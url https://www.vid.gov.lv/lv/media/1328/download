--- v0 (2025-10-08)
+++ v1 (2026-02-07)
@@ -1547,71 +1547,103 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3751" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75A7DF18" w14:textId="77777777" w:rsidR="00BC3A2C" w:rsidRPr="00F2535D" w:rsidRDefault="00BC3A2C" w:rsidP="00C810F3">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="77AEE56F" w14:textId="13000216" w:rsidR="004547CB" w:rsidRDefault="004547CB" w:rsidP="00EB2F8A">
+    <w:p w14:paraId="77AEE56F" w14:textId="41EC1978" w:rsidR="004547CB" w:rsidRDefault="004547CB" w:rsidP="00EB2F8A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2535D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nodokļu parādam par katru nokavēto dienu tiek piemērota nokavējuma nauda 0,05 % apmērā no pamatparāda, tāpēc parāda kopsumma katru dienu mainās. </w:t>
+        <w:t>Nodokļu parādam par katru nokavēto dienu tiek piemērota nokavējuma nauda 0,05 % apmērā no pamatparāda</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6183">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6183" w:rsidRPr="00CA527E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>summas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA527E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6183" w:rsidRPr="00CA527E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Parāda kopsumma mainās divas reizes mēnesī – katra mēneša 1. un 15. datumā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EA40495" w14:textId="77777777" w:rsidR="004547CB" w:rsidRPr="00CF4AFD" w:rsidRDefault="004547CB" w:rsidP="00C810F3">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11025" w:type="dxa"/>
         <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -3044,67 +3076,51 @@
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="56DAC0F0" w14:textId="56FA851B" w:rsidR="002B6CB7" w:rsidRDefault="002B6CB7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t xml:space="preserve">Apliecinu, ka visa iesniegumā norādītā informācija ir </w:t>
-[...15 lines deleted...]
-              <w:t>patiesa.</w:t>
+              <w:t>Apliecinu, ka visa iesniegumā norādītā informācija ir pilnīga un patiesa.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3E8E645C" w14:textId="77777777" w:rsidR="002B6CB7" w:rsidRPr="00F2535D" w:rsidRDefault="002B6CB7" w:rsidP="004547CB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11058" w:type="dxa"/>
         <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -3360,154 +3376,154 @@
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00217E8E" w:rsidRPr="00F2535D" w:rsidSect="006E17B5">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="709" w:right="567" w:bottom="709" w:left="851" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2404BDDC" w14:textId="77777777" w:rsidR="00254CF4" w:rsidRDefault="00254CF4">
+    <w:p w14:paraId="2ED4A572" w14:textId="77777777" w:rsidR="00732A6E" w:rsidRDefault="00732A6E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1044B177" w14:textId="77777777" w:rsidR="00254CF4" w:rsidRDefault="00254CF4">
+    <w:p w14:paraId="3F68A6A3" w14:textId="77777777" w:rsidR="00732A6E" w:rsidRDefault="00732A6E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="RimTimes">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="652A683B" w14:textId="77777777" w:rsidR="00254CF4" w:rsidRDefault="00254CF4">
+    <w:p w14:paraId="6BB77820" w14:textId="77777777" w:rsidR="00732A6E" w:rsidRDefault="00732A6E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="014F0D37" w14:textId="77777777" w:rsidR="00254CF4" w:rsidRDefault="00254CF4">
+    <w:p w14:paraId="225C59EC" w14:textId="77777777" w:rsidR="00732A6E" w:rsidRDefault="00732A6E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="3A682BF1" w14:textId="0B023AFD" w:rsidR="008517AF" w:rsidRDefault="008517AF">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008525A7" w:rsidRPr="008525A7">
         <w:t>Nodokļu maksātājs motivētu iesniegumu nodokļu administrācijai</w:t>
       </w:r>
       <w:r w:rsidR="008525A7">
         <w:t xml:space="preserve"> var</w:t>
       </w:r>
@@ -3964,50 +3980,51 @@
     <w:rsid w:val="0006573D"/>
     <w:rsid w:val="000666D7"/>
     <w:rsid w:val="00066C63"/>
     <w:rsid w:val="00066CC8"/>
     <w:rsid w:val="00066EC9"/>
     <w:rsid w:val="00067630"/>
     <w:rsid w:val="0006780D"/>
     <w:rsid w:val="00067982"/>
     <w:rsid w:val="000708BC"/>
     <w:rsid w:val="00071B37"/>
     <w:rsid w:val="00071B41"/>
     <w:rsid w:val="00071B58"/>
     <w:rsid w:val="00072444"/>
     <w:rsid w:val="0007246E"/>
     <w:rsid w:val="00072A87"/>
     <w:rsid w:val="000731C0"/>
     <w:rsid w:val="000732D8"/>
     <w:rsid w:val="000746BE"/>
     <w:rsid w:val="00074C81"/>
     <w:rsid w:val="00074E64"/>
     <w:rsid w:val="0007519B"/>
     <w:rsid w:val="00075B52"/>
     <w:rsid w:val="00077672"/>
     <w:rsid w:val="000776C3"/>
     <w:rsid w:val="000776E4"/>
+    <w:rsid w:val="00077E1F"/>
     <w:rsid w:val="00077ECD"/>
     <w:rsid w:val="000802A5"/>
     <w:rsid w:val="00080814"/>
     <w:rsid w:val="0008084A"/>
     <w:rsid w:val="00080B67"/>
     <w:rsid w:val="00080C57"/>
     <w:rsid w:val="00080E8E"/>
     <w:rsid w:val="000811EA"/>
     <w:rsid w:val="000815E8"/>
     <w:rsid w:val="00081A42"/>
     <w:rsid w:val="00083D08"/>
     <w:rsid w:val="00083F36"/>
     <w:rsid w:val="0008477E"/>
     <w:rsid w:val="00084C9B"/>
     <w:rsid w:val="000855FE"/>
     <w:rsid w:val="00085832"/>
     <w:rsid w:val="00085A87"/>
     <w:rsid w:val="0008680A"/>
     <w:rsid w:val="000874BD"/>
     <w:rsid w:val="00090528"/>
     <w:rsid w:val="000906CD"/>
     <w:rsid w:val="00091496"/>
     <w:rsid w:val="00091861"/>
     <w:rsid w:val="00091A84"/>
     <w:rsid w:val="00092A8A"/>
@@ -4091,55 +4108,57 @@
     <w:rsid w:val="000E3B6E"/>
     <w:rsid w:val="000E3C37"/>
     <w:rsid w:val="000E43E0"/>
     <w:rsid w:val="000E4DDC"/>
     <w:rsid w:val="000E5793"/>
     <w:rsid w:val="000E6470"/>
     <w:rsid w:val="000E64FD"/>
     <w:rsid w:val="000E6FEF"/>
     <w:rsid w:val="000E7155"/>
     <w:rsid w:val="000E7C70"/>
     <w:rsid w:val="000F0300"/>
     <w:rsid w:val="000F09D3"/>
     <w:rsid w:val="000F1827"/>
     <w:rsid w:val="000F2B84"/>
     <w:rsid w:val="000F2E36"/>
     <w:rsid w:val="000F2E78"/>
     <w:rsid w:val="000F3A7B"/>
     <w:rsid w:val="000F3A9C"/>
     <w:rsid w:val="000F47A9"/>
     <w:rsid w:val="000F5853"/>
     <w:rsid w:val="000F6601"/>
     <w:rsid w:val="000F788D"/>
     <w:rsid w:val="000F7908"/>
     <w:rsid w:val="000F7BA9"/>
     <w:rsid w:val="001005B2"/>
+    <w:rsid w:val="00100704"/>
     <w:rsid w:val="001020AE"/>
     <w:rsid w:val="001021E9"/>
     <w:rsid w:val="00103059"/>
     <w:rsid w:val="001034AF"/>
     <w:rsid w:val="00103DC4"/>
+    <w:rsid w:val="0010420A"/>
     <w:rsid w:val="00104B12"/>
     <w:rsid w:val="001056C8"/>
     <w:rsid w:val="00105BAF"/>
     <w:rsid w:val="00106060"/>
     <w:rsid w:val="00107865"/>
     <w:rsid w:val="00107FC7"/>
     <w:rsid w:val="00110834"/>
     <w:rsid w:val="00110FCC"/>
     <w:rsid w:val="001113FA"/>
     <w:rsid w:val="00113C03"/>
     <w:rsid w:val="00113E3B"/>
     <w:rsid w:val="001148E7"/>
     <w:rsid w:val="00116F4F"/>
     <w:rsid w:val="00117335"/>
     <w:rsid w:val="001175D7"/>
     <w:rsid w:val="001218F5"/>
     <w:rsid w:val="0012227E"/>
     <w:rsid w:val="00122303"/>
     <w:rsid w:val="0012284B"/>
     <w:rsid w:val="00122B98"/>
     <w:rsid w:val="00122CC5"/>
     <w:rsid w:val="00122F51"/>
     <w:rsid w:val="001262BA"/>
     <w:rsid w:val="00126965"/>
     <w:rsid w:val="00127001"/>
@@ -4337,50 +4356,51 @@
     <w:rsid w:val="00222BC7"/>
     <w:rsid w:val="002242F4"/>
     <w:rsid w:val="0022486A"/>
     <w:rsid w:val="00224F0A"/>
     <w:rsid w:val="002253D8"/>
     <w:rsid w:val="00225C1F"/>
     <w:rsid w:val="00225CF5"/>
     <w:rsid w:val="00226346"/>
     <w:rsid w:val="00227D1A"/>
     <w:rsid w:val="00230B46"/>
     <w:rsid w:val="00230D83"/>
     <w:rsid w:val="0023175D"/>
     <w:rsid w:val="00231EDF"/>
     <w:rsid w:val="0023259D"/>
     <w:rsid w:val="002328D8"/>
     <w:rsid w:val="00233652"/>
     <w:rsid w:val="00233F1D"/>
     <w:rsid w:val="002354C3"/>
     <w:rsid w:val="00235FD1"/>
     <w:rsid w:val="002360CC"/>
     <w:rsid w:val="002361E2"/>
     <w:rsid w:val="00236256"/>
     <w:rsid w:val="00237624"/>
     <w:rsid w:val="00240C9C"/>
     <w:rsid w:val="00240F31"/>
+    <w:rsid w:val="00240FA2"/>
     <w:rsid w:val="00241ADE"/>
     <w:rsid w:val="00241B5C"/>
     <w:rsid w:val="00241F40"/>
     <w:rsid w:val="00242CC7"/>
     <w:rsid w:val="00243238"/>
     <w:rsid w:val="00245201"/>
     <w:rsid w:val="0024563C"/>
     <w:rsid w:val="00247BD2"/>
     <w:rsid w:val="0025061D"/>
     <w:rsid w:val="00250B0E"/>
     <w:rsid w:val="002513B7"/>
     <w:rsid w:val="00251929"/>
     <w:rsid w:val="0025239B"/>
     <w:rsid w:val="00253876"/>
     <w:rsid w:val="00253FF1"/>
     <w:rsid w:val="002543FC"/>
     <w:rsid w:val="002547C8"/>
     <w:rsid w:val="002548FB"/>
     <w:rsid w:val="00254ACA"/>
     <w:rsid w:val="00254CF4"/>
     <w:rsid w:val="00254D88"/>
     <w:rsid w:val="00255248"/>
     <w:rsid w:val="0025745A"/>
     <w:rsid w:val="00257B28"/>
     <w:rsid w:val="00257C1E"/>
@@ -4622,50 +4642,51 @@
     <w:rsid w:val="00361501"/>
     <w:rsid w:val="00361C26"/>
     <w:rsid w:val="00361F70"/>
     <w:rsid w:val="0036213E"/>
     <w:rsid w:val="00364ECC"/>
     <w:rsid w:val="003655AC"/>
     <w:rsid w:val="00365ED0"/>
     <w:rsid w:val="00365EDE"/>
     <w:rsid w:val="00366216"/>
     <w:rsid w:val="0036645F"/>
     <w:rsid w:val="0036698D"/>
     <w:rsid w:val="00366E4A"/>
     <w:rsid w:val="003675B1"/>
     <w:rsid w:val="00367921"/>
     <w:rsid w:val="00371905"/>
     <w:rsid w:val="0037365C"/>
     <w:rsid w:val="00373777"/>
     <w:rsid w:val="00373787"/>
     <w:rsid w:val="00373974"/>
     <w:rsid w:val="00373BBB"/>
     <w:rsid w:val="00374B10"/>
     <w:rsid w:val="00374F1C"/>
     <w:rsid w:val="003759AC"/>
     <w:rsid w:val="00375B7B"/>
     <w:rsid w:val="003762F9"/>
+    <w:rsid w:val="00376428"/>
     <w:rsid w:val="00376CAE"/>
     <w:rsid w:val="00377937"/>
     <w:rsid w:val="00380E8F"/>
     <w:rsid w:val="00381BF4"/>
     <w:rsid w:val="00381F5B"/>
     <w:rsid w:val="00382189"/>
     <w:rsid w:val="00383109"/>
     <w:rsid w:val="003834FA"/>
     <w:rsid w:val="0038530B"/>
     <w:rsid w:val="00385549"/>
     <w:rsid w:val="003860F3"/>
     <w:rsid w:val="00386C56"/>
     <w:rsid w:val="0039000E"/>
     <w:rsid w:val="00390E69"/>
     <w:rsid w:val="003912EC"/>
     <w:rsid w:val="003913CD"/>
     <w:rsid w:val="00391CD8"/>
     <w:rsid w:val="00392C6F"/>
     <w:rsid w:val="00393D2E"/>
     <w:rsid w:val="00394102"/>
     <w:rsid w:val="00394F12"/>
     <w:rsid w:val="003957A8"/>
     <w:rsid w:val="00395E65"/>
     <w:rsid w:val="00397A7B"/>
     <w:rsid w:val="00397FEC"/>
@@ -4917,50 +4938,51 @@
     <w:rsid w:val="004A5EF3"/>
     <w:rsid w:val="004A6850"/>
     <w:rsid w:val="004A6A94"/>
     <w:rsid w:val="004A6C74"/>
     <w:rsid w:val="004A6DDD"/>
     <w:rsid w:val="004A7360"/>
     <w:rsid w:val="004A7F66"/>
     <w:rsid w:val="004B1BF6"/>
     <w:rsid w:val="004B1FB1"/>
     <w:rsid w:val="004B1FF8"/>
     <w:rsid w:val="004B2749"/>
     <w:rsid w:val="004B28AA"/>
     <w:rsid w:val="004B2F30"/>
     <w:rsid w:val="004B40C6"/>
     <w:rsid w:val="004B4241"/>
     <w:rsid w:val="004B552C"/>
     <w:rsid w:val="004B592C"/>
     <w:rsid w:val="004B6971"/>
     <w:rsid w:val="004B6976"/>
     <w:rsid w:val="004B7855"/>
     <w:rsid w:val="004C100A"/>
     <w:rsid w:val="004C102A"/>
     <w:rsid w:val="004C1D6D"/>
     <w:rsid w:val="004C1F69"/>
     <w:rsid w:val="004C22EC"/>
+    <w:rsid w:val="004C37CE"/>
     <w:rsid w:val="004C390F"/>
     <w:rsid w:val="004C4EC3"/>
     <w:rsid w:val="004C4F9C"/>
     <w:rsid w:val="004C5A90"/>
     <w:rsid w:val="004C5E37"/>
     <w:rsid w:val="004C5E62"/>
     <w:rsid w:val="004C631C"/>
     <w:rsid w:val="004C68DA"/>
     <w:rsid w:val="004D01E6"/>
     <w:rsid w:val="004D055E"/>
     <w:rsid w:val="004D1ECC"/>
     <w:rsid w:val="004D1F8A"/>
     <w:rsid w:val="004D3861"/>
     <w:rsid w:val="004D4604"/>
     <w:rsid w:val="004D46A7"/>
     <w:rsid w:val="004D4EE6"/>
     <w:rsid w:val="004D5C34"/>
     <w:rsid w:val="004D6529"/>
     <w:rsid w:val="004D72EE"/>
     <w:rsid w:val="004E0D2D"/>
     <w:rsid w:val="004E0FDB"/>
     <w:rsid w:val="004E102D"/>
     <w:rsid w:val="004E11AB"/>
     <w:rsid w:val="004E15DE"/>
     <w:rsid w:val="004E1DD0"/>
@@ -4983,50 +5005,51 @@
     <w:rsid w:val="004F1230"/>
     <w:rsid w:val="004F145D"/>
     <w:rsid w:val="004F1B5A"/>
     <w:rsid w:val="004F1B81"/>
     <w:rsid w:val="004F284A"/>
     <w:rsid w:val="004F28BB"/>
     <w:rsid w:val="004F2BE6"/>
     <w:rsid w:val="004F3AB7"/>
     <w:rsid w:val="004F4BBD"/>
     <w:rsid w:val="004F54D2"/>
     <w:rsid w:val="004F5DA8"/>
     <w:rsid w:val="00500E30"/>
     <w:rsid w:val="0050126A"/>
     <w:rsid w:val="00501362"/>
     <w:rsid w:val="00501B6A"/>
     <w:rsid w:val="00502A82"/>
     <w:rsid w:val="00502DC6"/>
     <w:rsid w:val="00503BBF"/>
     <w:rsid w:val="00503D80"/>
     <w:rsid w:val="00504177"/>
     <w:rsid w:val="00505116"/>
     <w:rsid w:val="0050540F"/>
     <w:rsid w:val="0050606E"/>
     <w:rsid w:val="005062F6"/>
     <w:rsid w:val="005064F4"/>
+    <w:rsid w:val="005065F8"/>
     <w:rsid w:val="0050689A"/>
     <w:rsid w:val="00506A73"/>
     <w:rsid w:val="0050713D"/>
     <w:rsid w:val="005105E0"/>
     <w:rsid w:val="00510B1A"/>
     <w:rsid w:val="0051322C"/>
     <w:rsid w:val="00513365"/>
     <w:rsid w:val="005133B5"/>
     <w:rsid w:val="0051391A"/>
     <w:rsid w:val="005143DE"/>
     <w:rsid w:val="00514674"/>
     <w:rsid w:val="00515069"/>
     <w:rsid w:val="00516572"/>
     <w:rsid w:val="00516592"/>
     <w:rsid w:val="0051659C"/>
     <w:rsid w:val="00516D80"/>
     <w:rsid w:val="00516E2A"/>
     <w:rsid w:val="00517E0C"/>
     <w:rsid w:val="00520000"/>
     <w:rsid w:val="00520FC5"/>
     <w:rsid w:val="00521894"/>
     <w:rsid w:val="005224ED"/>
     <w:rsid w:val="00523067"/>
     <w:rsid w:val="005233C9"/>
     <w:rsid w:val="00523894"/>
@@ -5106,50 +5129,51 @@
     <w:rsid w:val="0057691A"/>
     <w:rsid w:val="00576958"/>
     <w:rsid w:val="00580E49"/>
     <w:rsid w:val="005814A9"/>
     <w:rsid w:val="005818BC"/>
     <w:rsid w:val="0058296F"/>
     <w:rsid w:val="00582BB4"/>
     <w:rsid w:val="00583318"/>
     <w:rsid w:val="005838B4"/>
     <w:rsid w:val="00583E68"/>
     <w:rsid w:val="00583F93"/>
     <w:rsid w:val="005852F8"/>
     <w:rsid w:val="00585478"/>
     <w:rsid w:val="00585A2E"/>
     <w:rsid w:val="00585BD8"/>
     <w:rsid w:val="00585C15"/>
     <w:rsid w:val="0058665F"/>
     <w:rsid w:val="00587CBF"/>
     <w:rsid w:val="005901DB"/>
     <w:rsid w:val="00590B84"/>
     <w:rsid w:val="00592960"/>
     <w:rsid w:val="00593E8B"/>
     <w:rsid w:val="0059443A"/>
     <w:rsid w:val="00594CE3"/>
     <w:rsid w:val="00595B03"/>
+    <w:rsid w:val="00596864"/>
     <w:rsid w:val="00596D97"/>
     <w:rsid w:val="005972E8"/>
     <w:rsid w:val="005A0D4C"/>
     <w:rsid w:val="005A1CC8"/>
     <w:rsid w:val="005A2388"/>
     <w:rsid w:val="005A28E8"/>
     <w:rsid w:val="005A3A7B"/>
     <w:rsid w:val="005A487B"/>
     <w:rsid w:val="005A5164"/>
     <w:rsid w:val="005A53B8"/>
     <w:rsid w:val="005A5806"/>
     <w:rsid w:val="005A7172"/>
     <w:rsid w:val="005A77A0"/>
     <w:rsid w:val="005A7B11"/>
     <w:rsid w:val="005B0A46"/>
     <w:rsid w:val="005B174B"/>
     <w:rsid w:val="005B200E"/>
     <w:rsid w:val="005B35FF"/>
     <w:rsid w:val="005B3B01"/>
     <w:rsid w:val="005B3B02"/>
     <w:rsid w:val="005B52F0"/>
     <w:rsid w:val="005B5328"/>
     <w:rsid w:val="005B5C28"/>
     <w:rsid w:val="005B5DD9"/>
     <w:rsid w:val="005B72B8"/>
@@ -5171,50 +5195,51 @@
     <w:rsid w:val="005C7CEB"/>
     <w:rsid w:val="005C7D0E"/>
     <w:rsid w:val="005D0040"/>
     <w:rsid w:val="005D1051"/>
     <w:rsid w:val="005D11EC"/>
     <w:rsid w:val="005D12C1"/>
     <w:rsid w:val="005D16D0"/>
     <w:rsid w:val="005D2331"/>
     <w:rsid w:val="005D26E1"/>
     <w:rsid w:val="005D3654"/>
     <w:rsid w:val="005D3899"/>
     <w:rsid w:val="005D3FA4"/>
     <w:rsid w:val="005D4C06"/>
     <w:rsid w:val="005D5BBC"/>
     <w:rsid w:val="005D5FDB"/>
     <w:rsid w:val="005D651B"/>
     <w:rsid w:val="005D6DAF"/>
     <w:rsid w:val="005D77AC"/>
     <w:rsid w:val="005D7A26"/>
     <w:rsid w:val="005E045A"/>
     <w:rsid w:val="005E04F8"/>
     <w:rsid w:val="005E0D45"/>
     <w:rsid w:val="005E102F"/>
     <w:rsid w:val="005E3689"/>
     <w:rsid w:val="005E3DD0"/>
+    <w:rsid w:val="005E50E0"/>
     <w:rsid w:val="005E5E9E"/>
     <w:rsid w:val="005E63E4"/>
     <w:rsid w:val="005E65FC"/>
     <w:rsid w:val="005E6CC9"/>
     <w:rsid w:val="005E6CFD"/>
     <w:rsid w:val="005E73E6"/>
     <w:rsid w:val="005F021A"/>
     <w:rsid w:val="005F05B2"/>
     <w:rsid w:val="005F09DC"/>
     <w:rsid w:val="005F0ACE"/>
     <w:rsid w:val="005F1549"/>
     <w:rsid w:val="005F16D9"/>
     <w:rsid w:val="005F2BA0"/>
     <w:rsid w:val="005F304B"/>
     <w:rsid w:val="005F3A6A"/>
     <w:rsid w:val="005F4429"/>
     <w:rsid w:val="005F49A5"/>
     <w:rsid w:val="005F511E"/>
     <w:rsid w:val="005F5301"/>
     <w:rsid w:val="005F5B7E"/>
     <w:rsid w:val="005F627D"/>
     <w:rsid w:val="005F6532"/>
     <w:rsid w:val="00600BDE"/>
     <w:rsid w:val="00600C16"/>
     <w:rsid w:val="006015C2"/>
@@ -5277,50 +5302,51 @@
     <w:rsid w:val="00641AF4"/>
     <w:rsid w:val="00641DDD"/>
     <w:rsid w:val="006426BA"/>
     <w:rsid w:val="006433AE"/>
     <w:rsid w:val="00643787"/>
     <w:rsid w:val="00643BF8"/>
     <w:rsid w:val="006441F6"/>
     <w:rsid w:val="0064560D"/>
     <w:rsid w:val="00646B0A"/>
     <w:rsid w:val="00646E38"/>
     <w:rsid w:val="00651389"/>
     <w:rsid w:val="006519E7"/>
     <w:rsid w:val="00652A53"/>
     <w:rsid w:val="00653348"/>
     <w:rsid w:val="0065346C"/>
     <w:rsid w:val="006535BD"/>
     <w:rsid w:val="00654176"/>
     <w:rsid w:val="006546C8"/>
     <w:rsid w:val="006552BB"/>
     <w:rsid w:val="006559F9"/>
     <w:rsid w:val="00656D0B"/>
     <w:rsid w:val="0065759F"/>
     <w:rsid w:val="00657C7F"/>
     <w:rsid w:val="00660F8A"/>
     <w:rsid w:val="00661927"/>
+    <w:rsid w:val="00661F4D"/>
     <w:rsid w:val="00662242"/>
     <w:rsid w:val="006623EC"/>
     <w:rsid w:val="0066286D"/>
     <w:rsid w:val="00662FD3"/>
     <w:rsid w:val="00664116"/>
     <w:rsid w:val="00664756"/>
     <w:rsid w:val="006648D6"/>
     <w:rsid w:val="006651AF"/>
     <w:rsid w:val="006655F7"/>
     <w:rsid w:val="00665BB0"/>
     <w:rsid w:val="0066632E"/>
     <w:rsid w:val="006667AD"/>
     <w:rsid w:val="00667F2C"/>
     <w:rsid w:val="006716CB"/>
     <w:rsid w:val="0067263B"/>
     <w:rsid w:val="006737A5"/>
     <w:rsid w:val="00674220"/>
     <w:rsid w:val="006744BF"/>
     <w:rsid w:val="00674872"/>
     <w:rsid w:val="00674B5E"/>
     <w:rsid w:val="00674BE6"/>
     <w:rsid w:val="00674D58"/>
     <w:rsid w:val="00674E5A"/>
     <w:rsid w:val="0067730C"/>
     <w:rsid w:val="00680A8C"/>
@@ -5364,50 +5390,51 @@
     <w:rsid w:val="00696912"/>
     <w:rsid w:val="006A0081"/>
     <w:rsid w:val="006A054F"/>
     <w:rsid w:val="006A0949"/>
     <w:rsid w:val="006A11D9"/>
     <w:rsid w:val="006A1464"/>
     <w:rsid w:val="006A1625"/>
     <w:rsid w:val="006A200F"/>
     <w:rsid w:val="006A4C67"/>
     <w:rsid w:val="006A5120"/>
     <w:rsid w:val="006A700C"/>
     <w:rsid w:val="006A7540"/>
     <w:rsid w:val="006A7FA5"/>
     <w:rsid w:val="006B2E14"/>
     <w:rsid w:val="006B3367"/>
     <w:rsid w:val="006B3572"/>
     <w:rsid w:val="006B3B3B"/>
     <w:rsid w:val="006B4508"/>
     <w:rsid w:val="006B4720"/>
     <w:rsid w:val="006B5667"/>
     <w:rsid w:val="006B57DC"/>
     <w:rsid w:val="006B5AC1"/>
     <w:rsid w:val="006B73A4"/>
     <w:rsid w:val="006C07AF"/>
     <w:rsid w:val="006C1A79"/>
+    <w:rsid w:val="006C20A5"/>
     <w:rsid w:val="006C3589"/>
     <w:rsid w:val="006C3753"/>
     <w:rsid w:val="006C3EAB"/>
     <w:rsid w:val="006C45B6"/>
     <w:rsid w:val="006C5AEA"/>
     <w:rsid w:val="006C6828"/>
     <w:rsid w:val="006C686D"/>
     <w:rsid w:val="006C6C5C"/>
     <w:rsid w:val="006C7554"/>
     <w:rsid w:val="006C76FC"/>
     <w:rsid w:val="006C7EFF"/>
     <w:rsid w:val="006D0FF3"/>
     <w:rsid w:val="006D16DB"/>
     <w:rsid w:val="006D1EEB"/>
     <w:rsid w:val="006D2B0A"/>
     <w:rsid w:val="006D2CC9"/>
     <w:rsid w:val="006D2E23"/>
     <w:rsid w:val="006D2F47"/>
     <w:rsid w:val="006D3102"/>
     <w:rsid w:val="006D3C13"/>
     <w:rsid w:val="006D4217"/>
     <w:rsid w:val="006D45E3"/>
     <w:rsid w:val="006D4F4F"/>
     <w:rsid w:val="006D5D00"/>
     <w:rsid w:val="006D619A"/>
@@ -5463,96 +5490,99 @@
     <w:rsid w:val="00717C71"/>
     <w:rsid w:val="007208EB"/>
     <w:rsid w:val="00720BEA"/>
     <w:rsid w:val="0072114A"/>
     <w:rsid w:val="00721942"/>
     <w:rsid w:val="00721ED8"/>
     <w:rsid w:val="0072338B"/>
     <w:rsid w:val="00723BBC"/>
     <w:rsid w:val="00723CE0"/>
     <w:rsid w:val="007240CD"/>
     <w:rsid w:val="00724100"/>
     <w:rsid w:val="007244D7"/>
     <w:rsid w:val="00725770"/>
     <w:rsid w:val="007258A2"/>
     <w:rsid w:val="00725A95"/>
     <w:rsid w:val="007262BD"/>
     <w:rsid w:val="007262EC"/>
     <w:rsid w:val="007268A2"/>
     <w:rsid w:val="00726C9B"/>
     <w:rsid w:val="007304EA"/>
     <w:rsid w:val="007305B7"/>
     <w:rsid w:val="00731507"/>
     <w:rsid w:val="00731726"/>
     <w:rsid w:val="00731ED6"/>
     <w:rsid w:val="00732295"/>
+    <w:rsid w:val="00732A6E"/>
     <w:rsid w:val="00732C14"/>
     <w:rsid w:val="00733B41"/>
     <w:rsid w:val="00734B8C"/>
     <w:rsid w:val="00735439"/>
     <w:rsid w:val="00735704"/>
     <w:rsid w:val="00735B33"/>
     <w:rsid w:val="00735F96"/>
     <w:rsid w:val="00736362"/>
     <w:rsid w:val="00736651"/>
     <w:rsid w:val="00736A0E"/>
     <w:rsid w:val="00736AB7"/>
     <w:rsid w:val="007370CE"/>
     <w:rsid w:val="007376EB"/>
     <w:rsid w:val="0074103A"/>
     <w:rsid w:val="00742235"/>
     <w:rsid w:val="00742937"/>
     <w:rsid w:val="00742BF3"/>
     <w:rsid w:val="00742F17"/>
     <w:rsid w:val="00744090"/>
     <w:rsid w:val="0074421D"/>
     <w:rsid w:val="00745A0D"/>
     <w:rsid w:val="007461CD"/>
     <w:rsid w:val="0074745A"/>
     <w:rsid w:val="00750044"/>
     <w:rsid w:val="007504EA"/>
     <w:rsid w:val="00751516"/>
     <w:rsid w:val="00751B37"/>
     <w:rsid w:val="007521AC"/>
     <w:rsid w:val="00752B62"/>
     <w:rsid w:val="00753263"/>
     <w:rsid w:val="00753682"/>
     <w:rsid w:val="007537CB"/>
     <w:rsid w:val="00753CFB"/>
     <w:rsid w:val="0075428B"/>
     <w:rsid w:val="007542EE"/>
     <w:rsid w:val="00754390"/>
     <w:rsid w:val="00754FFF"/>
     <w:rsid w:val="007556E5"/>
     <w:rsid w:val="00755A53"/>
     <w:rsid w:val="00755CB6"/>
     <w:rsid w:val="00755CB8"/>
+    <w:rsid w:val="00756F18"/>
     <w:rsid w:val="00757831"/>
     <w:rsid w:val="007607DA"/>
     <w:rsid w:val="007629CF"/>
     <w:rsid w:val="00762EA3"/>
     <w:rsid w:val="00763883"/>
+    <w:rsid w:val="00763DBB"/>
     <w:rsid w:val="00764FA1"/>
     <w:rsid w:val="00764FB0"/>
     <w:rsid w:val="00765777"/>
     <w:rsid w:val="00766C5A"/>
     <w:rsid w:val="00770AFB"/>
     <w:rsid w:val="007712E2"/>
     <w:rsid w:val="00771336"/>
     <w:rsid w:val="007715FB"/>
     <w:rsid w:val="00771CC0"/>
     <w:rsid w:val="00771D8A"/>
     <w:rsid w:val="00772BE4"/>
     <w:rsid w:val="00773471"/>
     <w:rsid w:val="00773AFF"/>
     <w:rsid w:val="00774A84"/>
     <w:rsid w:val="00774AEA"/>
     <w:rsid w:val="00774CBC"/>
     <w:rsid w:val="00775A72"/>
     <w:rsid w:val="00776BFF"/>
     <w:rsid w:val="00777E98"/>
     <w:rsid w:val="00777FB6"/>
     <w:rsid w:val="007809D9"/>
     <w:rsid w:val="00780E1A"/>
     <w:rsid w:val="00781617"/>
     <w:rsid w:val="00781917"/>
     <w:rsid w:val="00783972"/>
@@ -6486,50 +6516,51 @@
     <w:rsid w:val="00BB463D"/>
     <w:rsid w:val="00BB489C"/>
     <w:rsid w:val="00BB48B6"/>
     <w:rsid w:val="00BB580C"/>
     <w:rsid w:val="00BB5901"/>
     <w:rsid w:val="00BB6410"/>
     <w:rsid w:val="00BC00E6"/>
     <w:rsid w:val="00BC077F"/>
     <w:rsid w:val="00BC0D36"/>
     <w:rsid w:val="00BC2E17"/>
     <w:rsid w:val="00BC2F36"/>
     <w:rsid w:val="00BC3058"/>
     <w:rsid w:val="00BC3315"/>
     <w:rsid w:val="00BC3A2C"/>
     <w:rsid w:val="00BC43C5"/>
     <w:rsid w:val="00BC520D"/>
     <w:rsid w:val="00BC5B16"/>
     <w:rsid w:val="00BD0A1B"/>
     <w:rsid w:val="00BD15CD"/>
     <w:rsid w:val="00BD1877"/>
     <w:rsid w:val="00BD201E"/>
     <w:rsid w:val="00BD21FE"/>
     <w:rsid w:val="00BD2485"/>
     <w:rsid w:val="00BD312A"/>
     <w:rsid w:val="00BD4D09"/>
+    <w:rsid w:val="00BD4F6C"/>
     <w:rsid w:val="00BD57A5"/>
     <w:rsid w:val="00BD6700"/>
     <w:rsid w:val="00BD747F"/>
     <w:rsid w:val="00BD759E"/>
     <w:rsid w:val="00BE0E02"/>
     <w:rsid w:val="00BE2152"/>
     <w:rsid w:val="00BE32E8"/>
     <w:rsid w:val="00BE3609"/>
     <w:rsid w:val="00BE3A1D"/>
     <w:rsid w:val="00BE630F"/>
     <w:rsid w:val="00BE6E28"/>
     <w:rsid w:val="00BE71AC"/>
     <w:rsid w:val="00BE79A5"/>
     <w:rsid w:val="00BF11BF"/>
     <w:rsid w:val="00BF1D15"/>
     <w:rsid w:val="00BF2FA5"/>
     <w:rsid w:val="00BF3135"/>
     <w:rsid w:val="00BF36B8"/>
     <w:rsid w:val="00BF54E6"/>
     <w:rsid w:val="00BF5892"/>
     <w:rsid w:val="00BF59C9"/>
     <w:rsid w:val="00BF5A84"/>
     <w:rsid w:val="00BF5D0A"/>
     <w:rsid w:val="00BF78AA"/>
     <w:rsid w:val="00C007A5"/>
@@ -6652,50 +6683,51 @@
     <w:rsid w:val="00C84330"/>
     <w:rsid w:val="00C84482"/>
     <w:rsid w:val="00C84641"/>
     <w:rsid w:val="00C84771"/>
     <w:rsid w:val="00C84CEA"/>
     <w:rsid w:val="00C864C9"/>
     <w:rsid w:val="00C865E8"/>
     <w:rsid w:val="00C86797"/>
     <w:rsid w:val="00C869BE"/>
     <w:rsid w:val="00C86CB2"/>
     <w:rsid w:val="00C87418"/>
     <w:rsid w:val="00C87645"/>
     <w:rsid w:val="00C878A2"/>
     <w:rsid w:val="00C87EA5"/>
     <w:rsid w:val="00C90CC7"/>
     <w:rsid w:val="00C91F56"/>
     <w:rsid w:val="00C92671"/>
     <w:rsid w:val="00C9287C"/>
     <w:rsid w:val="00C934A9"/>
     <w:rsid w:val="00C9560B"/>
     <w:rsid w:val="00C96332"/>
     <w:rsid w:val="00C9678E"/>
     <w:rsid w:val="00C97F43"/>
     <w:rsid w:val="00CA00D3"/>
     <w:rsid w:val="00CA0D39"/>
+    <w:rsid w:val="00CA527E"/>
     <w:rsid w:val="00CA6F0A"/>
     <w:rsid w:val="00CB029C"/>
     <w:rsid w:val="00CB03D7"/>
     <w:rsid w:val="00CB0B2B"/>
     <w:rsid w:val="00CB0D11"/>
     <w:rsid w:val="00CB1301"/>
     <w:rsid w:val="00CB1818"/>
     <w:rsid w:val="00CB22B1"/>
     <w:rsid w:val="00CB2538"/>
     <w:rsid w:val="00CB2C72"/>
     <w:rsid w:val="00CB31B1"/>
     <w:rsid w:val="00CB35DC"/>
     <w:rsid w:val="00CB3781"/>
     <w:rsid w:val="00CB3B61"/>
     <w:rsid w:val="00CB3EB8"/>
     <w:rsid w:val="00CB471A"/>
     <w:rsid w:val="00CB50CD"/>
     <w:rsid w:val="00CB5E20"/>
     <w:rsid w:val="00CB627C"/>
     <w:rsid w:val="00CB6CCB"/>
     <w:rsid w:val="00CB6CEF"/>
     <w:rsid w:val="00CB6EC9"/>
     <w:rsid w:val="00CB728D"/>
     <w:rsid w:val="00CC0959"/>
     <w:rsid w:val="00CC0ADA"/>
@@ -6743,50 +6775,51 @@
     <w:rsid w:val="00CE5C73"/>
     <w:rsid w:val="00CE5EF2"/>
     <w:rsid w:val="00CE629E"/>
     <w:rsid w:val="00CE630E"/>
     <w:rsid w:val="00CE63F9"/>
     <w:rsid w:val="00CE6817"/>
     <w:rsid w:val="00CE6E32"/>
     <w:rsid w:val="00CE72E5"/>
     <w:rsid w:val="00CE7867"/>
     <w:rsid w:val="00CF03BB"/>
     <w:rsid w:val="00CF0DEB"/>
     <w:rsid w:val="00CF2646"/>
     <w:rsid w:val="00CF3C20"/>
     <w:rsid w:val="00CF4171"/>
     <w:rsid w:val="00CF4AFD"/>
     <w:rsid w:val="00CF4DD6"/>
     <w:rsid w:val="00CF53C6"/>
     <w:rsid w:val="00CF5CFF"/>
     <w:rsid w:val="00CF69CD"/>
     <w:rsid w:val="00CF74EF"/>
     <w:rsid w:val="00CF7BDD"/>
     <w:rsid w:val="00CF7CF5"/>
     <w:rsid w:val="00CF7F9A"/>
     <w:rsid w:val="00D00004"/>
     <w:rsid w:val="00D005CB"/>
+    <w:rsid w:val="00D02827"/>
     <w:rsid w:val="00D053FF"/>
     <w:rsid w:val="00D0581E"/>
     <w:rsid w:val="00D07214"/>
     <w:rsid w:val="00D07B71"/>
     <w:rsid w:val="00D1272C"/>
     <w:rsid w:val="00D12AC2"/>
     <w:rsid w:val="00D13349"/>
     <w:rsid w:val="00D14383"/>
     <w:rsid w:val="00D14961"/>
     <w:rsid w:val="00D17239"/>
     <w:rsid w:val="00D20248"/>
     <w:rsid w:val="00D20284"/>
     <w:rsid w:val="00D20F70"/>
     <w:rsid w:val="00D210F9"/>
     <w:rsid w:val="00D2217E"/>
     <w:rsid w:val="00D22856"/>
     <w:rsid w:val="00D22B2C"/>
     <w:rsid w:val="00D233F0"/>
     <w:rsid w:val="00D24709"/>
     <w:rsid w:val="00D24A1F"/>
     <w:rsid w:val="00D25258"/>
     <w:rsid w:val="00D252BE"/>
     <w:rsid w:val="00D257B2"/>
     <w:rsid w:val="00D2688A"/>
     <w:rsid w:val="00D2694D"/>
@@ -6831,50 +6864,51 @@
     <w:rsid w:val="00D460FD"/>
     <w:rsid w:val="00D46B76"/>
     <w:rsid w:val="00D47450"/>
     <w:rsid w:val="00D47864"/>
     <w:rsid w:val="00D47A83"/>
     <w:rsid w:val="00D504A4"/>
     <w:rsid w:val="00D5158A"/>
     <w:rsid w:val="00D52CCB"/>
     <w:rsid w:val="00D546A5"/>
     <w:rsid w:val="00D54A15"/>
     <w:rsid w:val="00D55868"/>
     <w:rsid w:val="00D55AE6"/>
     <w:rsid w:val="00D55EE0"/>
     <w:rsid w:val="00D56001"/>
     <w:rsid w:val="00D560D8"/>
     <w:rsid w:val="00D5714A"/>
     <w:rsid w:val="00D57B8F"/>
     <w:rsid w:val="00D57FA4"/>
     <w:rsid w:val="00D60588"/>
     <w:rsid w:val="00D6078B"/>
     <w:rsid w:val="00D60968"/>
     <w:rsid w:val="00D60CB2"/>
     <w:rsid w:val="00D61F1E"/>
     <w:rsid w:val="00D622A1"/>
     <w:rsid w:val="00D62476"/>
+    <w:rsid w:val="00D62938"/>
     <w:rsid w:val="00D63EE6"/>
     <w:rsid w:val="00D6417A"/>
     <w:rsid w:val="00D6434E"/>
     <w:rsid w:val="00D64786"/>
     <w:rsid w:val="00D652EA"/>
     <w:rsid w:val="00D65754"/>
     <w:rsid w:val="00D65EAA"/>
     <w:rsid w:val="00D67BF1"/>
     <w:rsid w:val="00D67FCE"/>
     <w:rsid w:val="00D67FF1"/>
     <w:rsid w:val="00D7034B"/>
     <w:rsid w:val="00D704C1"/>
     <w:rsid w:val="00D707E7"/>
     <w:rsid w:val="00D717AF"/>
     <w:rsid w:val="00D72A13"/>
     <w:rsid w:val="00D73C0B"/>
     <w:rsid w:val="00D74D2B"/>
     <w:rsid w:val="00D76876"/>
     <w:rsid w:val="00D76FC6"/>
     <w:rsid w:val="00D7721F"/>
     <w:rsid w:val="00D80B52"/>
     <w:rsid w:val="00D80BDE"/>
     <w:rsid w:val="00D80E74"/>
     <w:rsid w:val="00D81AF4"/>
     <w:rsid w:val="00D831F8"/>
@@ -6953,50 +6987,51 @@
     <w:rsid w:val="00DC5D42"/>
     <w:rsid w:val="00DC70B6"/>
     <w:rsid w:val="00DC7FB5"/>
     <w:rsid w:val="00DD166D"/>
     <w:rsid w:val="00DD1711"/>
     <w:rsid w:val="00DD1C0C"/>
     <w:rsid w:val="00DD1DC5"/>
     <w:rsid w:val="00DD374F"/>
     <w:rsid w:val="00DD49D7"/>
     <w:rsid w:val="00DD4B18"/>
     <w:rsid w:val="00DD5AF3"/>
     <w:rsid w:val="00DD6134"/>
     <w:rsid w:val="00DD718B"/>
     <w:rsid w:val="00DD7264"/>
     <w:rsid w:val="00DD74EE"/>
     <w:rsid w:val="00DD7DED"/>
     <w:rsid w:val="00DE0949"/>
     <w:rsid w:val="00DE1389"/>
     <w:rsid w:val="00DE208B"/>
     <w:rsid w:val="00DE22E0"/>
     <w:rsid w:val="00DE2E77"/>
     <w:rsid w:val="00DE35DF"/>
     <w:rsid w:val="00DE36E4"/>
     <w:rsid w:val="00DE4A94"/>
     <w:rsid w:val="00DE5712"/>
+    <w:rsid w:val="00DE6183"/>
     <w:rsid w:val="00DE6BB6"/>
     <w:rsid w:val="00DE7082"/>
     <w:rsid w:val="00DE74F6"/>
     <w:rsid w:val="00DE75F0"/>
     <w:rsid w:val="00DE7B9F"/>
     <w:rsid w:val="00DE7EE2"/>
     <w:rsid w:val="00DF071E"/>
     <w:rsid w:val="00DF0733"/>
     <w:rsid w:val="00DF136E"/>
     <w:rsid w:val="00DF1F99"/>
     <w:rsid w:val="00DF1FCC"/>
     <w:rsid w:val="00DF2570"/>
     <w:rsid w:val="00DF2E0F"/>
     <w:rsid w:val="00DF2F0D"/>
     <w:rsid w:val="00DF313B"/>
     <w:rsid w:val="00DF485B"/>
     <w:rsid w:val="00DF4D1A"/>
     <w:rsid w:val="00DF5668"/>
     <w:rsid w:val="00DF5CB1"/>
     <w:rsid w:val="00DF607E"/>
     <w:rsid w:val="00DF621D"/>
     <w:rsid w:val="00DF6EE3"/>
     <w:rsid w:val="00DF7190"/>
     <w:rsid w:val="00DF7400"/>
     <w:rsid w:val="00DF7750"/>
@@ -7229,50 +7264,51 @@
     <w:rsid w:val="00EE6BE1"/>
     <w:rsid w:val="00EE7675"/>
     <w:rsid w:val="00EE7749"/>
     <w:rsid w:val="00EE78E7"/>
     <w:rsid w:val="00EE7A1D"/>
     <w:rsid w:val="00EF0090"/>
     <w:rsid w:val="00EF0848"/>
     <w:rsid w:val="00EF0F59"/>
     <w:rsid w:val="00EF101F"/>
     <w:rsid w:val="00EF190B"/>
     <w:rsid w:val="00EF220E"/>
     <w:rsid w:val="00EF2F08"/>
     <w:rsid w:val="00EF3BBB"/>
     <w:rsid w:val="00EF43FD"/>
     <w:rsid w:val="00EF50E1"/>
     <w:rsid w:val="00EF52F3"/>
     <w:rsid w:val="00EF5BAE"/>
     <w:rsid w:val="00EF5BD3"/>
     <w:rsid w:val="00EF7A2A"/>
     <w:rsid w:val="00F00111"/>
     <w:rsid w:val="00F00677"/>
     <w:rsid w:val="00F01B73"/>
     <w:rsid w:val="00F01C71"/>
     <w:rsid w:val="00F01FFA"/>
     <w:rsid w:val="00F02F65"/>
+    <w:rsid w:val="00F03B2B"/>
     <w:rsid w:val="00F0451D"/>
     <w:rsid w:val="00F053F0"/>
     <w:rsid w:val="00F0553F"/>
     <w:rsid w:val="00F0561C"/>
     <w:rsid w:val="00F06E9B"/>
     <w:rsid w:val="00F072C2"/>
     <w:rsid w:val="00F07522"/>
     <w:rsid w:val="00F07D61"/>
     <w:rsid w:val="00F07EFC"/>
     <w:rsid w:val="00F111C9"/>
     <w:rsid w:val="00F130AF"/>
     <w:rsid w:val="00F13792"/>
     <w:rsid w:val="00F13E7C"/>
     <w:rsid w:val="00F148E1"/>
     <w:rsid w:val="00F15F81"/>
     <w:rsid w:val="00F1683F"/>
     <w:rsid w:val="00F179CD"/>
     <w:rsid w:val="00F20149"/>
     <w:rsid w:val="00F20C4B"/>
     <w:rsid w:val="00F2257E"/>
     <w:rsid w:val="00F229DC"/>
     <w:rsid w:val="00F22BE6"/>
     <w:rsid w:val="00F24201"/>
     <w:rsid w:val="00F251DD"/>
     <w:rsid w:val="00F2535D"/>
@@ -7463,50 +7499,51 @@
     <w:rsid w:val="00FE3A22"/>
     <w:rsid w:val="00FE3DB7"/>
     <w:rsid w:val="00FE41C0"/>
     <w:rsid w:val="00FE42E0"/>
     <w:rsid w:val="00FE433E"/>
     <w:rsid w:val="00FE493D"/>
     <w:rsid w:val="00FE5595"/>
     <w:rsid w:val="00FE67AD"/>
     <w:rsid w:val="00FE6839"/>
     <w:rsid w:val="00FE69E5"/>
     <w:rsid w:val="00FE70AA"/>
     <w:rsid w:val="00FE740E"/>
     <w:rsid w:val="00FE794B"/>
     <w:rsid w:val="00FE7BB2"/>
     <w:rsid w:val="00FE7DDC"/>
     <w:rsid w:val="00FF132A"/>
     <w:rsid w:val="00FF1498"/>
     <w:rsid w:val="00FF255C"/>
     <w:rsid w:val="00FF2960"/>
     <w:rsid w:val="00FF2979"/>
     <w:rsid w:val="00FF3789"/>
     <w:rsid w:val="00FF3A92"/>
     <w:rsid w:val="00FF585F"/>
     <w:rsid w:val="00FF5DBD"/>
     <w:rsid w:val="00FF611B"/>
+    <w:rsid w:val="00FF6295"/>
     <w:rsid w:val="00FF6C99"/>
     <w:rsid w:val="00FF797F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -9852,67 +9889,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37EA50AF-F50E-4240-A35B-C89306C277A5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>2834</Words>
-  <Characters>1616</Characters>
+  <Words>2859</Words>
+  <Characters>1631</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>VID</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4442</CharactersWithSpaces>
+  <CharactersWithSpaces>4482</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>4</dc:title>
   <dc:creator>Ivars Dambis</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>