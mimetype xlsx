--- v0 (2025-10-08)
+++ v1 (2025-11-30)
@@ -4,60 +4,60 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24931"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Oktobris\Lēmumi\2Lēmumi par nodokļu revīziju (auditu)\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vid00238\Documents\ārējā_lapa\2025\Novembris\2811\lemumi\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F616414A-D35E-4620-A5B2-99691AE20265}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D3924C25-2F6D-476D-98AB-6377B9A5F01C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nodokļu revīzija (audits)" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Nodokļu revīzija (audits)'!$A$2:$G$58</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="474" uniqueCount="397">
   <si>
     <t>Nodokļu revīzijas (audita) lēmumi</t>
   </si>
   <si>
     <t>Saīsinājumi:
 VSAOI - valsts sociālās apdrošināšanas obligātās iemaksas
 IIN - iedzīvotāju ienākuma nodoklis
@@ -1547,58 +1547,65 @@
 Lietā konstatēts, ka SIA “MCE” nosūtījusi darbiniekus darbam uz Vāciju un Dāniju, bet atbilstoši Darba likuma 14.2 panta prasībām nav veikusi darba ienākumu un algas nodokļu aprēķināšanu un samaksu pilnā apmērā par darbinieku Vācijā un Dānijā nostrādātajām stundām saskaņā ar Vācijā un Dānijā noteikto  minimālo  atalgojumu, kā arī nav aprēķinājusi IIN un VSAOI komandējuma naudas pārsniegumam virs 30%.</t>
   </si>
   <si>
     <t>SIA "MCE" papildus aprēķināta valsts budžetā iemaksājamā summa 78 093,80 EUR (UIN 10 255,00 EUR, nokavējuma nauda 2594,12 EUR un soda nauda 3076,50 EUR, VSAOI 26 320,24 EUR, nokavējuma nauda 4396,95 EUR, soda nauda 9623,43 EUR, IIN 14 242,53 EUR, nokavējuma nauda 2383,00 EUR, soda nauda 5202,03 EUR), kā arī noteikts budžetā nenomaksātā UIN apmērs (budžetam nodarītie zaudējumi) 4369,00 EUR, kas nav iekasējams noilguma dēļ.</t>
   </si>
   <si>
     <t>SIA HOMEforDREAMS</t>
   </si>
   <si>
     <t>18.08.2025.</t>
   </si>
   <si>
     <t>SIA “HOMEforDREAMS” realizēja preces gala pircējiem, neizmantojot PVN deklarācijās par 2022. gada janvāri–2023. gada aprīli deklarētos Gruzijas un Bulgārijas uzņēmumus. Uz aprēķinu pamata noteikta realizēto darījumu vērtība un aprēķināts PVN. Grāmatvedībā neuzrādītie ieņēmumi no realizācijas iekļauti UIN apliekamajā bāzē un aprēķināts UIN. SIA “HOMEforDREAMS” veica naudas izmaksas gan darbiniekiem ar darba līgumu, gan citām fiziskām personām bez darba līguma, kuras nav uzrādītas grāmatvedības uzskaitē. Tā kā maksājumi atbilst atlīdzībai par darbu, tie kvalificēti kā darba samaksa konkrētām personām, no kuras aprēķinātas VSAOI un IIN.</t>
   </si>
   <si>
     <t>SIA “HOMEforDREAMS” papildu nomaksai budžetā aprēķināts PVN 147 022,30 EUR, soda nauda 44 106,69 EUR un nokavējuma nauda 15 993,52 EUR, samazināts no budžeta atmaksājamais PVN par 180 279,67 EUR un saistībā ar to aprēķināta soda nauda 54 083,90 EUR, papildus aprēķināts UIN 267 234,00 EUR, soda nauda 80 170,20 EUR un nokavējuma nauda 36 179,87 EUR, VSAOI 241 990,20 EUR, soda nauda 241 990,20 EUR un nokavējuma nauda 28 295,56 EUR, IIN 147 494,28 EUR, soda nauda 147 494,28 EUR un nokavējuma nauda 17 242,07 EUR.</t>
   </si>
   <si>
     <t>Pievienotās vērtības nodokļa likuma 5.panta pirmā daļas 1.punkts, 43.panta pirmā un ceturtā daļa, Uzņēmumu ienākuma nodokļa 19.panta pirmā daļa, likuma "Par valsts sociālo apdrošināšanu" 14.panta pirmā daļa, 20.panta pirmā un otrā daļa, likuma "Par iedzīvotāju ienākuma nodokli" 29.panta pirmā daļa</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -1701,139 +1708,139 @@
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="30">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{16A88378-CB39-44A1-8A9D-9B24210459BD}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF0066"/>
       <color rgb="FFFF6699"/>
       <color rgb="FF97B7FF"/>
       <color rgb="FF002169"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -1882,91 +1889,91 @@
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="1"/>
           <a:ext cx="1235364" cy="1178638"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -2028,51 +2035,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -2170,67 +2177,67 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:I84"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A76" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A79" sqref="A79"/>
+      <selection pane="bottomLeft" activeCell="K76" sqref="K76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17.44140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="15.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="11.5546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="85.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="72.109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="16.5546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="69.109375" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="108.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="27" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="28"/>
       <c r="C1" s="28"/>
       <c r="D1" s="28"/>
       <c r="E1" s="28"/>
       <c r="F1" s="29" t="s">
         <v>1</v>
       </c>
@@ -2266,51 +2273,51 @@
     <row r="3" spans="1:9" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A3" s="14" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="10">
         <v>50003428031</v>
       </c>
       <c r="C3" s="10" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="9" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="9" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="10" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H3" s="8"/>
       <c r="I3" s="8"/>
     </row>
-    <row r="4" spans="1:9" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:9" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A4" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="10">
         <v>40003955193</v>
       </c>
       <c r="C4" s="13" t="s">
         <v>16</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>18</v>
       </c>
       <c r="F4" s="10" t="s">
         <v>19</v>
       </c>
       <c r="G4" s="11" t="s">
         <v>20</v>
       </c>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
     </row>
     <row r="5" spans="1:9" ht="66" x14ac:dyDescent="0.25">
@@ -2641,51 +2648,51 @@
     <row r="18" spans="1:9" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A18" s="14" t="s">
         <v>89</v>
       </c>
       <c r="B18" s="10">
         <v>40003273296</v>
       </c>
       <c r="C18" s="13" t="s">
         <v>90</v>
       </c>
       <c r="D18" s="16" t="s">
         <v>91</v>
       </c>
       <c r="E18" s="17" t="s">
         <v>92</v>
       </c>
       <c r="F18" s="10" t="s">
         <v>42</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>93</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="8"/>
     </row>
-    <row r="19" spans="1:9" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:9" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A19" s="14" t="s">
         <v>94</v>
       </c>
       <c r="B19" s="10">
         <v>40103181049</v>
       </c>
       <c r="C19" s="13" t="s">
         <v>95</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>96</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>97</v>
       </c>
       <c r="F19" s="10" t="s">
         <v>42</v>
       </c>
       <c r="G19" s="9" t="s">
         <v>98</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="8"/>
     </row>
     <row r="20" spans="1:9" ht="105.6" x14ac:dyDescent="0.25">
@@ -4238,62 +4245,62 @@
   </sheetData>
   <autoFilter ref="A2:G58" xr:uid="{00000000-0001-0000-0100-000000000000}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="F1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100B3C9C276AFEEAF44A5EEB1316BFEF153" ma:contentTypeVersion="0" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="ad519bfe87475cb025282f53f7303917">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea38c56bd2b816e995eaa7588db9f73d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
@@ -4367,68 +4374,68 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>