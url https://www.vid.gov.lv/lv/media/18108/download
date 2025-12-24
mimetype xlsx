--- v1 (2025-11-30)
+++ v2 (2025-12-24)
@@ -4,60 +4,60 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24931"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vid00238\Documents\ārējā_lapa\2025\Novembris\2811\lemumi\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Decembris\Lēmumi\2Lēmumi par nodokļu revīziju (auditu)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D3924C25-2F6D-476D-98AB-6377B9A5F01C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{EFA931D4-DEF7-4784-806F-C3CA42FCF6AB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nodokļu revīzija (audits)" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Nodokļu revīzija (audits)'!$A$2:$G$58</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="474" uniqueCount="397">
   <si>
     <t>Nodokļu revīzijas (audita) lēmumi</t>
   </si>
   <si>
     <t>Saīsinājumi:
 VSAOI - valsts sociālās apdrošināšanas obligātās iemaksas
 IIN - iedzīvotāju ienākuma nodoklis
@@ -1547,65 +1547,58 @@
 Lietā konstatēts, ka SIA “MCE” nosūtījusi darbiniekus darbam uz Vāciju un Dāniju, bet atbilstoši Darba likuma 14.2 panta prasībām nav veikusi darba ienākumu un algas nodokļu aprēķināšanu un samaksu pilnā apmērā par darbinieku Vācijā un Dānijā nostrādātajām stundām saskaņā ar Vācijā un Dānijā noteikto  minimālo  atalgojumu, kā arī nav aprēķinājusi IIN un VSAOI komandējuma naudas pārsniegumam virs 30%.</t>
   </si>
   <si>
     <t>SIA "MCE" papildus aprēķināta valsts budžetā iemaksājamā summa 78 093,80 EUR (UIN 10 255,00 EUR, nokavējuma nauda 2594,12 EUR un soda nauda 3076,50 EUR, VSAOI 26 320,24 EUR, nokavējuma nauda 4396,95 EUR, soda nauda 9623,43 EUR, IIN 14 242,53 EUR, nokavējuma nauda 2383,00 EUR, soda nauda 5202,03 EUR), kā arī noteikts budžetā nenomaksātā UIN apmērs (budžetam nodarītie zaudējumi) 4369,00 EUR, kas nav iekasējams noilguma dēļ.</t>
   </si>
   <si>
     <t>SIA HOMEforDREAMS</t>
   </si>
   <si>
     <t>18.08.2025.</t>
   </si>
   <si>
     <t>SIA “HOMEforDREAMS” realizēja preces gala pircējiem, neizmantojot PVN deklarācijās par 2022. gada janvāri–2023. gada aprīli deklarētos Gruzijas un Bulgārijas uzņēmumus. Uz aprēķinu pamata noteikta realizēto darījumu vērtība un aprēķināts PVN. Grāmatvedībā neuzrādītie ieņēmumi no realizācijas iekļauti UIN apliekamajā bāzē un aprēķināts UIN. SIA “HOMEforDREAMS” veica naudas izmaksas gan darbiniekiem ar darba līgumu, gan citām fiziskām personām bez darba līguma, kuras nav uzrādītas grāmatvedības uzskaitē. Tā kā maksājumi atbilst atlīdzībai par darbu, tie kvalificēti kā darba samaksa konkrētām personām, no kuras aprēķinātas VSAOI un IIN.</t>
   </si>
   <si>
     <t>SIA “HOMEforDREAMS” papildu nomaksai budžetā aprēķināts PVN 147 022,30 EUR, soda nauda 44 106,69 EUR un nokavējuma nauda 15 993,52 EUR, samazināts no budžeta atmaksājamais PVN par 180 279,67 EUR un saistībā ar to aprēķināta soda nauda 54 083,90 EUR, papildus aprēķināts UIN 267 234,00 EUR, soda nauda 80 170,20 EUR un nokavējuma nauda 36 179,87 EUR, VSAOI 241 990,20 EUR, soda nauda 241 990,20 EUR un nokavējuma nauda 28 295,56 EUR, IIN 147 494,28 EUR, soda nauda 147 494,28 EUR un nokavējuma nauda 17 242,07 EUR.</t>
   </si>
   <si>
     <t>Pievienotās vērtības nodokļa likuma 5.panta pirmā daļas 1.punkts, 43.panta pirmā un ceturtā daļa, Uzņēmumu ienākuma nodokļa 19.panta pirmā daļa, likuma "Par valsts sociālo apdrošināšanu" 14.panta pirmā daļa, 20.panta pirmā un otrā daļa, likuma "Par iedzīvotāju ienākuma nodokli" 29.panta pirmā daļa</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
-    </font>
-[...5 lines deleted...]
-      <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -1708,139 +1701,139 @@
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="30">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{16A88378-CB39-44A1-8A9D-9B24210459BD}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF0066"/>
       <color rgb="FFFF6699"/>
       <color rgb="FF97B7FF"/>
       <color rgb="FF002169"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -1889,91 +1882,91 @@
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="1"/>
           <a:ext cx="1235364" cy="1178638"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -2035,51 +2028,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -2177,67 +2170,67 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:I84"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A76" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="K76" sqref="K76"/>
+      <selection pane="bottomLeft" activeCell="D76" sqref="D76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17.44140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="15.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="11.5546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="85.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="72.109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="16.5546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="69.109375" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="108.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="27" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="28"/>
       <c r="C1" s="28"/>
       <c r="D1" s="28"/>
       <c r="E1" s="28"/>
       <c r="F1" s="29" t="s">
         <v>1</v>
       </c>
@@ -2273,51 +2266,51 @@
     <row r="3" spans="1:9" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A3" s="14" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="10">
         <v>50003428031</v>
       </c>
       <c r="C3" s="10" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="9" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="9" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="10" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H3" s="8"/>
       <c r="I3" s="8"/>
     </row>
-    <row r="4" spans="1:9" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:9" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A4" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="10">
         <v>40003955193</v>
       </c>
       <c r="C4" s="13" t="s">
         <v>16</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>18</v>
       </c>
       <c r="F4" s="10" t="s">
         <v>19</v>
       </c>
       <c r="G4" s="11" t="s">
         <v>20</v>
       </c>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
     </row>
     <row r="5" spans="1:9" ht="66" x14ac:dyDescent="0.25">
@@ -2648,51 +2641,51 @@
     <row r="18" spans="1:9" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A18" s="14" t="s">
         <v>89</v>
       </c>
       <c r="B18" s="10">
         <v>40003273296</v>
       </c>
       <c r="C18" s="13" t="s">
         <v>90</v>
       </c>
       <c r="D18" s="16" t="s">
         <v>91</v>
       </c>
       <c r="E18" s="17" t="s">
         <v>92</v>
       </c>
       <c r="F18" s="10" t="s">
         <v>42</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>93</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="8"/>
     </row>
-    <row r="19" spans="1:9" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:9" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A19" s="14" t="s">
         <v>94</v>
       </c>
       <c r="B19" s="10">
         <v>40103181049</v>
       </c>
       <c r="C19" s="13" t="s">
         <v>95</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>96</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>97</v>
       </c>
       <c r="F19" s="10" t="s">
         <v>42</v>
       </c>
       <c r="G19" s="9" t="s">
         <v>98</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="8"/>
     </row>
     <row r="20" spans="1:9" ht="105.6" x14ac:dyDescent="0.25">
@@ -4245,62 +4238,62 @@
   </sheetData>
   <autoFilter ref="A2:G58" xr:uid="{00000000-0001-0000-0100-000000000000}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="F1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
-</file>
-[...4 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100B3C9C276AFEEAF44A5EEB1316BFEF153" ma:contentTypeVersion="0" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="ad519bfe87475cb025282f53f7303917">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea38c56bd2b816e995eaa7588db9f73d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
@@ -4374,68 +4367,68 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>