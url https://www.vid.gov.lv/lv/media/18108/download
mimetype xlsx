--- v2 (2025-12-24)
+++ v3 (2026-01-13)
@@ -8,54 +8,54 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Decembris\Lēmumi\2Lēmumi par nodokļu revīziju (auditu)\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Janvāris\Lēmumi\2Lēmumi par nodokļu revīziju (auditu)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{EFA931D4-DEF7-4784-806F-C3CA42FCF6AB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1A6F7DE5-05E6-45A6-A6BA-5400797162C7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nodokļu revīzija (audits)" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Nodokļu revīzija (audits)'!$A$2:$G$58</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="474" uniqueCount="397">
   <si>
     <t>Nodokļu revīzijas (audita) lēmumi</t>
   </si>
   <si>
     <t>Saīsinājumi:
@@ -4238,62 +4238,62 @@
   </sheetData>
   <autoFilter ref="A2:G58" xr:uid="{00000000-0001-0000-0100-000000000000}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="F1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100B3C9C276AFEEAF44A5EEB1316BFEF153" ma:contentTypeVersion="0" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="ad519bfe87475cb025282f53f7303917">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea38c56bd2b816e995eaa7588db9f73d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
@@ -4367,68 +4367,68 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>