--- v3 (2026-01-13)
+++ v4 (2026-02-06)
@@ -8,54 +8,54 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Janvāris\Lēmumi\2Lēmumi par nodokļu revīziju (auditu)\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Februāris\Lēmumi\2Lēmumi par nodokļu revīziju (auditu)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{1A6F7DE5-05E6-45A6-A6BA-5400797162C7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4093070F-09E9-4BD8-BE4A-947563583FBE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nodokļu revīzija (audits)" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Nodokļu revīzija (audits)'!$A$2:$G$58</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="474" uniqueCount="397">
   <si>
     <t>Nodokļu revīzijas (audita) lēmumi</t>
   </si>
   <si>
     <t>Saīsinājumi:
@@ -2186,51 +2186,51 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:I84"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A76" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D76" sqref="D76"/>
+      <selection pane="bottomLeft" activeCell="A77" sqref="A77"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17.44140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="15.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="11.5546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="85.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="72.109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="16.5546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="69.109375" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="108.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="27" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="28"/>
       <c r="C1" s="28"/>
       <c r="D1" s="28"/>
       <c r="E1" s="28"/>
       <c r="F1" s="29" t="s">
         <v>1</v>
       </c>
@@ -4238,65 +4238,50 @@
   </sheetData>
   <autoFilter ref="A2:G58" xr:uid="{00000000-0001-0000-0100-000000000000}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="F1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100B3C9C276AFEEAF44A5EEB1316BFEF153" ma:contentTypeVersion="0" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="ad519bfe87475cb025282f53f7303917">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea38c56bd2b816e995eaa7588db9f73d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
@@ -4366,85 +4351,100 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Nodokļu revīzija (audits)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>