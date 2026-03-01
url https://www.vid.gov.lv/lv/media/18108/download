--- v4 (2026-02-06)
+++ v5 (2026-03-01)
@@ -11,51 +11,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Februāris\Lēmumi\2Lēmumi par nodokļu revīziju (auditu)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4093070F-09E9-4BD8-BE4A-947563583FBE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1CF590A1-7CD7-4B81-9BFC-41CCA50D0DC2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nodokļu revīzija (audits)" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Nodokļu revīzija (audits)'!$A$2:$G$58</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="474" uniqueCount="397">
   <si>
     <t>Nodokļu revīzijas (audita) lēmumi</t>
   </si>
   <si>
     <t>Saīsinājumi:
@@ -2185,51 +2185,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:I84"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A76" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="2" topLeftCell="A77" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A77" sqref="A77"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17.44140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="15.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="11.5546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="85.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="72.109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="16.5546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="69.109375" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="108.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="27" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="28"/>
       <c r="C1" s="28"/>
       <c r="D1" s="28"/>
       <c r="E1" s="28"/>
       <c r="F1" s="29" t="s">
         <v>1</v>
@@ -4352,99 +4352,99 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Nodokļu revīzija (audits)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>