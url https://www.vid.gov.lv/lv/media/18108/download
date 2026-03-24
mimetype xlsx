--- v5 (2026-03-01)
+++ v6 (2026-03-24)
@@ -8,74 +8,74 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Februāris\Lēmumi\2Lēmumi par nodokļu revīziju (auditu)\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Marts\Lēmumi\2Lēmumi par nodokļu revīziju (auditu)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{1CF590A1-7CD7-4B81-9BFC-41CCA50D0DC2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{22C1797C-2B8D-4C24-921D-1B3A399CB800}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nodokļu revīzija (audits)" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Nodokļu revīzija (audits)'!$A$2:$G$58</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="474" uniqueCount="397">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="486" uniqueCount="407">
   <si>
     <t>Nodokļu revīzijas (audita) lēmumi</t>
   </si>
   <si>
     <t>Saīsinājumi:
 VSAOI - valsts sociālās apdrošināšanas obligātās iemaksas
 IIN - iedzīvotāju ienākuma nodoklis
 PVN - pievienotās vērtības nodoklis
 MUN - mikrouzņēmuma nodoklis</t>
   </si>
   <si>
     <t>Adresāts</t>
   </si>
   <si>
     <t>Reģ.nr.</t>
   </si>
   <si>
     <t>Spēkā stāšanās datums</t>
   </si>
   <si>
     <t>Pārkāpuma būtība</t>
   </si>
   <si>
     <t>Piemērotā atbildība/sods/uzrēķins</t>
   </si>
@@ -1541,50 +1541,86 @@
   </si>
   <si>
     <t>26.06.2025.</t>
   </si>
   <si>
     <t>Nodokļu auditā konstatēts, ka saskaņā ar likuma “Par grāmatvedību” un Grāmatvedības likuma  noformētos darījumu dokumentus ar diviem darījumu partneriem nevar uzskatīt par attaisnojuma dokumentiem, uz kuru pamata būtu pieļaujams izdarīt ierakstus grāmatvedības reģistros, kā arī tie nav atzīstami par nodokļu rēķiniem Pievienotās vērtības nodokļa likuma 125. panta pirmās daļas izpratnē. Līdz ar to SIA “MCE” saimnieciskās darbības izdevumos par minētajiem darījumiem iegrāmatotā darījumu kopsumma 58 490,00 EUR pielīdzināma peļņas sadalei un iekļaujama ar uzņēmumu ienākuma nodokli apliekamajā bāzē. Tāpat SIA “MCE” nav tiesības PVN deklarācijā atskaitīt priekšnodokli 2152,50 EUR apmērā.
 Lietā konstatēts, ka SIA “MCE” nosūtījusi darbiniekus darbam uz Vāciju un Dāniju, bet atbilstoši Darba likuma 14.2 panta prasībām nav veikusi darba ienākumu un algas nodokļu aprēķināšanu un samaksu pilnā apmērā par darbinieku Vācijā un Dānijā nostrādātajām stundām saskaņā ar Vācijā un Dānijā noteikto  minimālo  atalgojumu, kā arī nav aprēķinājusi IIN un VSAOI komandējuma naudas pārsniegumam virs 30%.</t>
   </si>
   <si>
     <t>SIA "MCE" papildus aprēķināta valsts budžetā iemaksājamā summa 78 093,80 EUR (UIN 10 255,00 EUR, nokavējuma nauda 2594,12 EUR un soda nauda 3076,50 EUR, VSAOI 26 320,24 EUR, nokavējuma nauda 4396,95 EUR, soda nauda 9623,43 EUR, IIN 14 242,53 EUR, nokavējuma nauda 2383,00 EUR, soda nauda 5202,03 EUR), kā arī noteikts budžetā nenomaksātā UIN apmērs (budžetam nodarītie zaudējumi) 4369,00 EUR, kas nav iekasējams noilguma dēļ.</t>
   </si>
   <si>
     <t>SIA HOMEforDREAMS</t>
   </si>
   <si>
     <t>18.08.2025.</t>
   </si>
   <si>
     <t>SIA “HOMEforDREAMS” realizēja preces gala pircējiem, neizmantojot PVN deklarācijās par 2022. gada janvāri–2023. gada aprīli deklarētos Gruzijas un Bulgārijas uzņēmumus. Uz aprēķinu pamata noteikta realizēto darījumu vērtība un aprēķināts PVN. Grāmatvedībā neuzrādītie ieņēmumi no realizācijas iekļauti UIN apliekamajā bāzē un aprēķināts UIN. SIA “HOMEforDREAMS” veica naudas izmaksas gan darbiniekiem ar darba līgumu, gan citām fiziskām personām bez darba līguma, kuras nav uzrādītas grāmatvedības uzskaitē. Tā kā maksājumi atbilst atlīdzībai par darbu, tie kvalificēti kā darba samaksa konkrētām personām, no kuras aprēķinātas VSAOI un IIN.</t>
   </si>
   <si>
     <t>SIA “HOMEforDREAMS” papildu nomaksai budžetā aprēķināts PVN 147 022,30 EUR, soda nauda 44 106,69 EUR un nokavējuma nauda 15 993,52 EUR, samazināts no budžeta atmaksājamais PVN par 180 279,67 EUR un saistībā ar to aprēķināta soda nauda 54 083,90 EUR, papildus aprēķināts UIN 267 234,00 EUR, soda nauda 80 170,20 EUR un nokavējuma nauda 36 179,87 EUR, VSAOI 241 990,20 EUR, soda nauda 241 990,20 EUR un nokavējuma nauda 28 295,56 EUR, IIN 147 494,28 EUR, soda nauda 147 494,28 EUR un nokavējuma nauda 17 242,07 EUR.</t>
   </si>
   <si>
     <t>Pievienotās vērtības nodokļa likuma 5.panta pirmā daļas 1.punkts, 43.panta pirmā un ceturtā daļa, Uzņēmumu ienākuma nodokļa 19.panta pirmā daļa, likuma "Par valsts sociālo apdrošināšanu" 14.panta pirmā daļa, 20.panta pirmā un otrā daļa, likuma "Par iedzīvotāju ienākuma nodokli" 29.panta pirmā daļa</t>
+  </si>
+  <si>
+    <t>SIA “VikingsHR”</t>
+  </si>
+  <si>
+    <t>SIA “VikingsHR” PVN deklarācijās atskaitīja priekšnodokli par izdevumiem, kas nav saistīti ar tās saimniecisko darbību, kā arī nedeklarēja no Zviedrijas sabiedrības 2023. gada maijā saņemtās preces.
+SIA “VikingsHR” neaprēķināja UIN par ar saimniecisko darbību nesaistītiem izdevumiem un aizdevuma procentiem, kā arī neievēroja UIN deklarāciju iesniegšanas taksācijas periodu.
+SIA “VikingsHR”, nenosakot nodarbinātajiem darba apmaksu līdzvērtīgu Zviedrijā darbiniekiem noteiktajam atalgojumam, nepilnīgi deklarēja darba ņēmēju ienākumus, neieturēja algas nodokļus no komandējuma dienas naudas pārsnieguma un darbiniekiem atlīdzinātajiem izdevumiem par braukšanu sabiedriskajā transportā.</t>
+  </si>
+  <si>
+    <t>SIA “VikingsHR” papildus aprēķināts UIN 66 076,00 EUR, tā soda nauda 6436,10 EUR un nokavējuma nauda 6863,30 EUR, PVN 1501,14 EUR, tā soda nauda 835,34 EUR un nokavējuma nauda 262,34 EUR, VSAOI 446 333,21 EUR, to soda nauda 151 980,86 EUR un nokavējuma nauda 78 588,67 EUR, IIN 271 525,60 EUR, tā soda nauda 92 208,40 EUR un nokavējuma nauda 48 038,93 EUR, samazināts no budžeta atmaksājamais PVN 10 636,87 EUR un aprēķināta soda nauda 3082,01 EUR, vienlaikus samazināts UIN par 46 624,00 EUR.</t>
+  </si>
+  <si>
+    <t>SIA"VikingsHR" nav ievērojusi Grāmatvedības likuma 6., 8. un 11. pantu, likuma “Par nodokļiem un nodevām” 15. panta pirmās daļas 1., 2. punktu, 23. panta pirmo daļu, sestās daļas 5. punktu, septītās daļas 2. punktu, astoto un četrpadsmito daļu, 29. panta otro daļu, 32. panta pirmo, ceturto, piekto un sesto daļu, 32. panta 5.1 daļu (stājās spēkā 2023. gada 30. jūnijā), Pievienotās vērtības nodokļa likuma 92. panta pirmās daļas 1. un 5. punktu, 86. panta pirmo daļu, 141. panta pirmo daļu, 146. panta ceturto daļu, Uzņēmumu ienākuma nodokļa likuma 3. panta pirmo un otro daļu, 4. panta pirmo daļu, otrās daļas 2. punkta “a”, “e” apakšpunktu, 8. panta pirmo daļu, otrās daļas 2. un 5. punktu, 12. panta pirmās daļas 3. punktu, 17. panta pirmo un septīto daļu, 19. panta pirmo daļu, likuma “Par valsts sociālo apdrošināšanu” 5. panta pirmo un ceturto daļu, 6. panta pirmo un otro daļu, 14. panta pirmo daļu, 15. pantu, 16. pantu, 18. panta pirmo daļu, 20. panta pirmo un otro daļu, 21. panta pirmo un otro daļu; likuma “Par iedzīvotāju ienākuma nodokli” 3. panta otrās daļas 1. punktu, 8. panta pirmo un otro daļu, 9. panta pirmās daļas 16. punktu, 10. panta otro daļu, 13. panta pirmo daļu, 15. panta trešās daļas 1. punktu, piecpadsmito un septiņpadsmito daļu, 17. panta pirmo, otro un piekto daļu, 29. panta pirmās daļas 1. punktu, Darba likuma 14. panta pirmās daļas 1. un 3. punktu, un otro daļu, 14.2 panta pirmo, trešo un piekto daļu, 28. panta pirmo un otro daļu, 59. pantu,Ministru kabineta 2010. gada 12. oktobra noteikumu Nr. 969 “Kārtība, kādā atlīdzināmi ar komandējumiem saistītie izdevumi” 8.1. un 8.9. apakšpunktu, Ministru kabineta 2017. gada 14. novembra noteikumu Nr. 677 “Uzņēmumu ienākuma nodokļa likuma normu piemērošanas noteikumi” 6. punktu.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “Marels Būve” </t>
+  </si>
+  <si>
+    <t>04.02.2026.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “Marels Būve” 2022. gada janvārī–2024. gada septembrī grāmatvedības uzskaitē uzrādīja faktiski nenotikušus būvniecības pakalpojumu iegādes darījumus ar Latvijas uzņēmumiem, tādēļ PVN deklarācijās nepamatoti reversā kārtībā aprēķināja PVN un atskaitīja priekšnodokli. Šo darījumu izmaksas Uzņēmumu ienākuma nodokļa likuma izpratnē auditā kvalificētas kā ar saimniecisko darbību nesaistītie izdevumi un iekļautas SIA “Marels Būve” ar UIN apliekamajā bāzē.
+Vienlaikus auditā konstatēts, ka SIA “Marels Būve” 2022. gada janvārī–2024. gada septembrī nodarbināja personas, nenoslēdzot darba līgumus, neaprēķinot un nedeklarējot algas nodokļus.
+</t>
+  </si>
+  <si>
+    <t>SIA “Marels Būve” papildu nomaksai budžetā aprēķināts UIN 447 274,00 EUR, soda nauda 134 182,20 EUR un nokavējuma nauda 104 095,23 EUR, VSAOI 522 309,35 EUR, soda nauda 522 309,35 EUR un nokavējuma nauda 124 976,74 EUR, IIN 322 085,78 EUR, soda nauda 322 085,78  EUR un nokavējuma nauda 77 097,26 EUR. 
+Par 2022. gada janvāri–jūliju aprēķinātā budžetā nenomaksāto nodokļu summa 291 615,44 EUR (t. sk. UIN 116 706,00 EUR, VSAOI 108 265,15 EUR un IIN 66 644,29 EUR) atzīta par budžetam nodarītiem zaudējumiem, jo atbilstoši tiesiskajam regulējumam ir beidzies termiņš, kurā nodokļu administrācija ir tiesīga to noteikt SIA “Marels Būve” nomaksai budžetā.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “Marels Būve” nav ievērojusi Grāmatvedības likuma 6. panta otro un ceturto daļu, 8. panta pirmo daļu, 11. panta pirmo daļu, Pievienotās vērtības nodokļa likuma 92. panta pirmās daļas 7. punktu un 142. panta otro daļu, Uzņēmumu ienākuma nodokļa likuma 8. panta otrās daļās 2. punktu, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta otro daļu, kā arī likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļas nosacījumus._x000D_
+</t>
+  </si>
+  <si>
+    <t>23.01.2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -2185,52 +2221,52 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:I84"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A77" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A77" sqref="A77"/>
+      <pane ySplit="2" topLeftCell="A80" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A81" sqref="A81"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17.44140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="15.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="11.5546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="85.44140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="72.109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="16.5546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="69.109375" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="108.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="27" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="28"/>
       <c r="C1" s="28"/>
       <c r="D1" s="28"/>
       <c r="E1" s="28"/>
       <c r="F1" s="29" t="s">
         <v>1</v>
       </c>
@@ -2266,51 +2302,51 @@
     <row r="3" spans="1:9" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A3" s="14" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="10">
         <v>50003428031</v>
       </c>
       <c r="C3" s="10" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="9" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="9" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="10" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="11" t="s">
         <v>14</v>
       </c>
       <c r="H3" s="8"/>
       <c r="I3" s="8"/>
     </row>
-    <row r="4" spans="1:9" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:9" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A4" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="10">
         <v>40003955193</v>
       </c>
       <c r="C4" s="13" t="s">
         <v>16</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>18</v>
       </c>
       <c r="F4" s="10" t="s">
         <v>19</v>
       </c>
       <c r="G4" s="11" t="s">
         <v>20</v>
       </c>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
     </row>
     <row r="5" spans="1:9" ht="66" x14ac:dyDescent="0.25">
@@ -2641,51 +2677,51 @@
     <row r="18" spans="1:9" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A18" s="14" t="s">
         <v>89</v>
       </c>
       <c r="B18" s="10">
         <v>40003273296</v>
       </c>
       <c r="C18" s="13" t="s">
         <v>90</v>
       </c>
       <c r="D18" s="16" t="s">
         <v>91</v>
       </c>
       <c r="E18" s="17" t="s">
         <v>92</v>
       </c>
       <c r="F18" s="10" t="s">
         <v>42</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>93</v>
       </c>
       <c r="H18" s="8"/>
       <c r="I18" s="8"/>
     </row>
-    <row r="19" spans="1:9" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:9" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A19" s="14" t="s">
         <v>94</v>
       </c>
       <c r="B19" s="10">
         <v>40103181049</v>
       </c>
       <c r="C19" s="13" t="s">
         <v>95</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>96</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>97</v>
       </c>
       <c r="F19" s="10" t="s">
         <v>42</v>
       </c>
       <c r="G19" s="9" t="s">
         <v>98</v>
       </c>
       <c r="H19" s="8"/>
       <c r="I19" s="8"/>
     </row>
     <row r="20" spans="1:9" ht="105.6" x14ac:dyDescent="0.25">
@@ -4166,69 +4202,97 @@
     <row r="79" spans="1:9" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A79" s="14" t="s">
         <v>392</v>
       </c>
       <c r="B79" s="10">
         <v>40203198728</v>
       </c>
       <c r="C79" s="10" t="s">
         <v>393</v>
       </c>
       <c r="D79" s="9" t="s">
         <v>394</v>
       </c>
       <c r="E79" s="9" t="s">
         <v>395</v>
       </c>
       <c r="F79" s="10" t="s">
         <v>42</v>
       </c>
       <c r="G79" s="12" t="s">
         <v>396</v>
       </c>
       <c r="H79" s="8"/>
       <c r="I79" s="8"/>
     </row>
-    <row r="80" spans="1:9" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G80" s="12"/>
+    <row r="80" spans="1:9" ht="316.8" x14ac:dyDescent="0.25">
+      <c r="A80" s="14" t="s">
+        <v>397</v>
+      </c>
+      <c r="B80" s="10">
+        <v>43603086523</v>
+      </c>
+      <c r="C80" s="13" t="s">
+        <v>406</v>
+      </c>
+      <c r="D80" s="9" t="s">
+        <v>398</v>
+      </c>
+      <c r="E80" s="9" t="s">
+        <v>399</v>
+      </c>
+      <c r="F80" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G80" s="12" t="s">
+        <v>400</v>
+      </c>
       <c r="H80" s="8"/>
       <c r="I80" s="8"/>
     </row>
-    <row r="81" spans="1:7" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G81" s="12"/>
+    <row r="81" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+      <c r="A81" s="14" t="s">
+        <v>401</v>
+      </c>
+      <c r="B81" s="10">
+        <v>40103595112</v>
+      </c>
+      <c r="C81" s="10" t="s">
+        <v>402</v>
+      </c>
+      <c r="D81" s="9" t="s">
+        <v>403</v>
+      </c>
+      <c r="E81" s="9" t="s">
+        <v>404</v>
+      </c>
+      <c r="F81" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G81" s="12" t="s">
+        <v>405</v>
+      </c>
     </row>
     <row r="82" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A82" s="14"/>
       <c r="B82" s="10"/>
       <c r="C82" s="9"/>
       <c r="D82" s="9"/>
       <c r="E82" s="9"/>
       <c r="F82" s="12"/>
       <c r="G82" s="12"/>
     </row>
     <row r="83" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A83" s="14"/>
       <c r="B83" s="9"/>
       <c r="C83" s="9"/>
       <c r="D83" s="9"/>
       <c r="E83" s="9"/>
       <c r="F83" s="12"/>
       <c r="G83" s="12"/>
     </row>
     <row r="84" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A84" s="14"/>
       <c r="B84" s="9"/>
       <c r="C84" s="9"/>
       <c r="D84" s="9"/>
       <c r="E84" s="9"/>
@@ -4352,99 +4416,99 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
-</file>
-[...4 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Nodokļu revīzija (audits)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>