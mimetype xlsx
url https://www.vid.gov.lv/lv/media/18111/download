--- v0 (2025-10-08)
+++ v1 (2025-11-04)
@@ -6,58 +6,58 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Oktobris\Lēmumi\3Lēmumi par nodokļu apmēra precizēšanu\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Novembris\Lēmumi\3Lēmumi par nodokļu apmēra precizēšanu\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9783FF51-C63C-4464-B668-1CA1B6AD8282}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{806CADFF-1175-4F47-891D-E189F5381F63}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nodokļu apmēra precizēšana" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Nodokļu apmēra precizēšana'!$A$2:$G$3</definedName>
     <definedName name="_Hlk107235487" localSheetId="0">'Nodokļu apmēra precizēšana'!$F$85</definedName>
     <definedName name="_Hlk142472030" localSheetId="0">'Nodokļu apmēra precizēšana'!$A$219</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
@@ -11808,50 +11808,59 @@
     <mergeCell ref="F83:F84"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="2">
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100B3C9C276AFEEAF44A5EEB1316BFEF153" ma:contentTypeVersion="0" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="ad519bfe87475cb025282f53f7303917">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea38c56bd2b816e995eaa7588db9f73d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
@@ -11921,100 +11930,91 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>