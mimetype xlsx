--- v1 (2025-11-04)
+++ v2 (2025-11-30)
@@ -6,84 +6,73 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24931"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Novembris\Lēmumi\3Lēmumi par nodokļu apmēra precizēšanu\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vid00238\Documents\ārējā_lapa\2025\Novembris\2811\lemumi\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{806CADFF-1175-4F47-891D-E189F5381F63}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{64B7EBA7-48F6-4163-989F-E8C7A769381C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nodokļu apmēra precizēšana" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Nodokļu apmēra precizēšana'!$A$2:$G$3</definedName>
     <definedName name="_Hlk107235487" localSheetId="0">'Nodokļu apmēra precizēšana'!$F$85</definedName>
     <definedName name="_Hlk142472030" localSheetId="0">'Nodokļu apmēra precizēšana'!$A$219</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
-    </ext>
-[...9 lines deleted...]
-      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1348" uniqueCount="978">
   <si>
     <t>Lēmumi par nodokļu apmēra precizēšanu</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>Saīsinājumi:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
@@ -4129,58 +4118,65 @@
   </si>
   <si>
     <t xml:space="preserve">Likuma “Par nodokļiem un nodevām” 1. panta 18. punkta f) apakšpunkts, Pievienotās vērtības nodokļa likuma 5. panta pirmās daļas 1. punkts, 34. panta pirmā, otrā daļa, 41. panta pirmās daļas pirmais punkts, 84. panta pirmā daļa, 120. panta pirmā daļa, Uzņēmuma ienākuma nodokļa likuma 3. panta pirmā daļa, 4. panta otrās daļas 2. punkta d) un e) apakšpunkti, devītā daļa, 11. pants.
 </t>
   </si>
   <si>
     <t xml:space="preserve">SIA “D&amp;P” </t>
   </si>
   <si>
     <t>29.08.2024.</t>
   </si>
   <si>
     <t>Nodokļu kontrolē konstatēts, ka SIA “D&amp;P” akcīzes preču apritē izdarītais administratīvais pārkāpums ietekmē nodokļu apmēru. Tādējādi SIA “D&amp;P” papildu nomaksai budžetā aprēķināts akcīzes nodoklis 13 499,30 EUR un nokavējuma nauda 4097,04 EUR.</t>
   </si>
   <si>
     <t>SIA “D&amp;P” nodokļu apmēra precizēšanas rezultātā papildu nomaksai budžetā aprēķināts akcīzes nodoklis 13 499,30 EUR un nokavējuma nauda 4097,04 EUR.</t>
   </si>
   <si>
     <t>Likuma “Par nodokļiem un nodevām” 23.panta 5.4 daļa  un likuma “Par akcīzes nodokli” 14. panta pirmās daļas 6. punkts, kā arī 22. panta pirmā, 33. panta devītā un 34. panta otrā daļa.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -4376,289 +4372,286 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="80">
+  <cellXfs count="79">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{16A88378-CB39-44A1-8A9D-9B24210459BD}"/>
   </cellStyles>
   <dxfs count="32">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Arial"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="none"/>
@@ -5553,91 +5546,91 @@
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Kolonna3" headerRowDxfId="24" dataDxfId="23"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Kolonna4" headerRowDxfId="22" dataDxfId="21"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Kolonna5" headerRowDxfId="20" dataDxfId="19"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Kolonna6" headerRowDxfId="18" dataDxfId="17"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="Tabula13" displayName="Tabula13" ref="A13:G82" headerRowCount="0" totalsRowShown="0" headerRowDxfId="16" dataDxfId="15" tableBorderDxfId="14">
   <tableColumns count="7">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0100-000001000000}" name="Kolonna1" headerRowDxfId="13" dataDxfId="12"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0100-000002000000}" name="Kolonna2" headerRowDxfId="11" dataDxfId="10"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0100-000003000000}" name="Kolonna3" headerRowDxfId="9" dataDxfId="8"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0100-000004000000}" name="Kolonna4" headerRowDxfId="7" dataDxfId="6"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0100-000005000000}" name="Kolonna5" headerRowDxfId="5" dataDxfId="4"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0100-000006000000}" name="Kolonna6" headerRowDxfId="3" dataDxfId="2"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0100-000007000000}" name="Kolonna7" headerRowDxfId="1" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -5699,51 +5692,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -5841,328 +5834,328 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:H281"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A225" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="G226" sqref="G226"/>
+      <pane ySplit="2" topLeftCell="A226" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="N227" sqref="N227"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="14" style="1" customWidth="1"/>
     <col min="3" max="3" width="13.44140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="52.88671875" style="1" customWidth="1"/>
     <col min="5" max="5" width="40.5546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="12.44140625" style="2" customWidth="1"/>
     <col min="7" max="7" width="79.109375" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="103.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="74" t="s">
+      <c r="A1" s="75" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="75"/>
-[...3 lines deleted...]
-      <c r="F1" s="76" t="s">
+      <c r="B1" s="76"/>
+      <c r="C1" s="76"/>
+      <c r="D1" s="76"/>
+      <c r="E1" s="76"/>
+      <c r="F1" s="77" t="s">
         <v>1</v>
       </c>
-      <c r="G1" s="76"/>
+      <c r="G1" s="77"/>
       <c r="H1" s="9"/>
     </row>
     <row r="2" spans="1:8" ht="37.799999999999997" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="9"/>
     </row>
     <row r="3" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A3" s="60" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="6">
         <v>40103229913</v>
       </c>
       <c r="C3" s="11" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="10" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="F3" s="6" t="s">
+      <c r="F3" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="10" t="s">
         <v>14</v>
       </c>
       <c r="H3" s="9"/>
     </row>
     <row r="4" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A4" s="32" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="13">
         <v>40203071811</v>
       </c>
       <c r="C4" s="13" t="s">
         <v>16</v>
       </c>
       <c r="D4" s="12" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="12" t="s">
         <v>18</v>
       </c>
       <c r="F4" s="13" t="s">
         <v>19</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="H4" s="9"/>
     </row>
     <row r="5" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B5" s="6">
         <v>40203239886</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="14" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="F5" s="6" t="s">
+      <c r="F5" s="72" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="14" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="9"/>
     </row>
     <row r="6" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A6" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B6" s="6">
         <v>44103140475</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="F6" s="6" t="s">
+      <c r="F6" s="72" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="14" t="s">
         <v>30</v>
       </c>
       <c r="H6" s="9"/>
     </row>
     <row r="7" spans="1:8" ht="290.39999999999998" x14ac:dyDescent="0.25">
       <c r="A7" s="8" t="s">
         <v>31</v>
       </c>
       <c r="B7" s="6">
         <v>40008271681</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>32</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="F7" s="6" t="s">
+      <c r="F7" s="72" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="14" t="s">
         <v>35</v>
       </c>
       <c r="H7" s="9"/>
     </row>
     <row r="8" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A8" s="8" t="s">
         <v>36</v>
       </c>
       <c r="B8" s="6">
         <v>55403013531</v>
       </c>
       <c r="C8" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>38</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="F8" s="6" t="s">
+      <c r="F8" s="72" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="14" t="s">
         <v>40</v>
       </c>
       <c r="H8" s="9"/>
     </row>
     <row r="9" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A9" s="8" t="s">
         <v>41</v>
       </c>
       <c r="B9" s="6">
         <v>52403046681</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>42</v>
       </c>
       <c r="E9" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="F9" s="6" t="s">
+      <c r="F9" s="72" t="s">
         <v>44</v>
       </c>
       <c r="G9" s="14" t="s">
         <v>20</v>
       </c>
       <c r="H9" s="9"/>
     </row>
     <row r="10" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A10" s="8" t="s">
         <v>45</v>
       </c>
       <c r="B10" s="6">
         <v>45403038849</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>47</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="F10" s="6" t="s">
+      <c r="F10" s="72" t="s">
         <v>49</v>
       </c>
       <c r="G10" s="14" t="s">
         <v>50</v>
       </c>
       <c r="H10" s="9"/>
     </row>
     <row r="11" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
         <v>51</v>
       </c>
       <c r="B11" s="6">
         <v>40008283318</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>53</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="F11" s="6" t="s">
+      <c r="F11" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G11" s="14" t="s">
         <v>55</v>
       </c>
       <c r="H11" s="9"/>
     </row>
     <row r="12" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
         <v>56</v>
       </c>
       <c r="B12" s="6">
         <v>40203145152</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>58</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>59</v>
       </c>
       <c r="F12" s="11" t="s">
         <v>13</v>
@@ -6382,51 +6375,51 @@
       </c>
       <c r="F21" s="13" t="s">
         <v>19</v>
       </c>
       <c r="G21" s="12" t="s">
         <v>35</v>
       </c>
       <c r="H21" s="9"/>
     </row>
     <row r="22" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A22" s="32" t="s">
         <v>100</v>
       </c>
       <c r="B22" s="13">
         <v>40203263426</v>
       </c>
       <c r="C22" s="13" t="s">
         <v>101</v>
       </c>
       <c r="D22" s="12" t="s">
         <v>102</v>
       </c>
       <c r="E22" s="12" t="s">
         <v>103</v>
       </c>
-      <c r="F22" s="6" t="s">
+      <c r="F22" s="72" t="s">
         <v>88</v>
       </c>
       <c r="G22" s="12" t="s">
         <v>35</v>
       </c>
       <c r="H22" s="9"/>
     </row>
     <row r="23" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A23" s="32" t="s">
         <v>104</v>
       </c>
       <c r="B23" s="13">
         <v>40203230232</v>
       </c>
       <c r="C23" s="18" t="s">
         <v>105</v>
       </c>
       <c r="D23" s="12" t="s">
         <v>106</v>
       </c>
       <c r="E23" s="12" t="s">
         <v>107</v>
       </c>
       <c r="F23" s="13" t="s">
         <v>19</v>
@@ -6990,51 +6983,51 @@
     </row>
     <row r="47" spans="1:8" ht="409.6" x14ac:dyDescent="0.25">
       <c r="A47" s="32" t="s">
         <v>206</v>
       </c>
       <c r="B47" s="13">
         <v>40203110377</v>
       </c>
       <c r="C47" s="18" t="s">
         <v>207</v>
       </c>
       <c r="D47" s="12" t="s">
         <v>208</v>
       </c>
       <c r="E47" s="12" t="s">
         <v>209</v>
       </c>
       <c r="F47" s="13" t="s">
         <v>210</v>
       </c>
       <c r="G47" s="12" t="s">
         <v>13</v>
       </c>
       <c r="H47" s="9"/>
     </row>
-    <row r="48" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:8" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A48" s="32" t="s">
         <v>211</v>
       </c>
       <c r="B48" s="13">
         <v>40203349940</v>
       </c>
       <c r="C48" s="13" t="s">
         <v>212</v>
       </c>
       <c r="D48" s="12" t="s">
         <v>213</v>
       </c>
       <c r="E48" s="12" t="s">
         <v>214</v>
       </c>
       <c r="F48" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G48" s="12" t="s">
         <v>215</v>
       </c>
       <c r="H48" s="9"/>
     </row>
     <row r="49" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A49" s="32" t="s">
@@ -7815,1040 +7808,1040 @@
     <row r="82" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A82" s="32" t="s">
         <v>342</v>
       </c>
       <c r="B82" s="13">
         <v>40203361430</v>
       </c>
       <c r="C82" s="18" t="s">
         <v>335</v>
       </c>
       <c r="D82" s="12" t="s">
         <v>343</v>
       </c>
       <c r="E82" s="12" t="s">
         <v>344</v>
       </c>
       <c r="F82" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G82" s="12" t="s">
         <v>220</v>
       </c>
       <c r="H82" s="9"/>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A83" s="79" t="s">
+      <c r="A83" s="78" t="s">
         <v>345</v>
       </c>
-      <c r="B83" s="77">
+      <c r="B83" s="74">
         <v>40103766030</v>
       </c>
-      <c r="C83" s="77" t="s">
+      <c r="C83" s="74" t="s">
         <v>335</v>
       </c>
-      <c r="D83" s="78" t="s">
+      <c r="D83" s="73" t="s">
         <v>346</v>
       </c>
-      <c r="E83" s="78" t="s">
+      <c r="E83" s="73" t="s">
         <v>347</v>
       </c>
-      <c r="F83" s="77" t="s">
+      <c r="F83" s="74" t="s">
         <v>348</v>
       </c>
-      <c r="G83" s="79" t="s">
+      <c r="G83" s="78" t="s">
         <v>349</v>
       </c>
       <c r="H83" s="9"/>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A84" s="79"/>
-[...5 lines deleted...]
-      <c r="G84" s="79"/>
+      <c r="A84" s="78"/>
+      <c r="B84" s="74"/>
+      <c r="C84" s="74"/>
+      <c r="D84" s="73"/>
+      <c r="E84" s="73"/>
+      <c r="F84" s="74"/>
+      <c r="G84" s="78"/>
       <c r="H84" s="9"/>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A85" s="79" t="s">
+      <c r="A85" s="78" t="s">
         <v>350</v>
       </c>
-      <c r="B85" s="77">
+      <c r="B85" s="74">
         <v>40103853056</v>
       </c>
-      <c r="C85" s="77" t="s">
+      <c r="C85" s="74" t="s">
         <v>335</v>
       </c>
-      <c r="D85" s="78" t="s">
+      <c r="D85" s="73" t="s">
         <v>351</v>
       </c>
-      <c r="E85" s="78" t="s">
+      <c r="E85" s="73" t="s">
         <v>352</v>
       </c>
-      <c r="F85" s="77" t="s">
+      <c r="F85" s="74" t="s">
         <v>348</v>
       </c>
-      <c r="G85" s="79" t="s">
+      <c r="G85" s="78" t="s">
         <v>353</v>
       </c>
       <c r="H85" s="9"/>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A86" s="79"/>
-[...5 lines deleted...]
-      <c r="G86" s="79"/>
+      <c r="A86" s="78"/>
+      <c r="B86" s="74"/>
+      <c r="C86" s="74"/>
+      <c r="D86" s="73"/>
+      <c r="E86" s="73"/>
+      <c r="F86" s="74"/>
+      <c r="G86" s="78"/>
       <c r="H86" s="9"/>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A87" s="79" t="s">
+      <c r="A87" s="78" t="s">
         <v>354</v>
       </c>
-      <c r="B87" s="77">
+      <c r="B87" s="74">
         <v>50103659561</v>
       </c>
-      <c r="C87" s="77" t="s">
+      <c r="C87" s="74" t="s">
         <v>335</v>
       </c>
-      <c r="D87" s="78" t="s">
+      <c r="D87" s="73" t="s">
         <v>355</v>
       </c>
-      <c r="E87" s="78" t="s">
+      <c r="E87" s="73" t="s">
         <v>356</v>
       </c>
-      <c r="F87" s="77" t="s">
+      <c r="F87" s="74" t="s">
         <v>348</v>
       </c>
-      <c r="G87" s="79" t="s">
+      <c r="G87" s="78" t="s">
         <v>353</v>
       </c>
       <c r="H87" s="9"/>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A88" s="79"/>
-[...5 lines deleted...]
-      <c r="G88" s="79"/>
+      <c r="A88" s="78"/>
+      <c r="B88" s="74"/>
+      <c r="C88" s="74"/>
+      <c r="D88" s="73"/>
+      <c r="E88" s="73"/>
+      <c r="F88" s="74"/>
+      <c r="G88" s="78"/>
       <c r="H88" s="9"/>
     </row>
     <row r="89" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A89" s="8" t="s">
         <v>357</v>
       </c>
       <c r="B89" s="6">
         <v>41503087929</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>358</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>359</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>360</v>
       </c>
-      <c r="F89" s="6" t="s">
+      <c r="F89" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G89" s="14" t="s">
         <v>245</v>
       </c>
       <c r="H89" s="9"/>
     </row>
     <row r="90" spans="1:8" ht="198" x14ac:dyDescent="0.25">
       <c r="A90" s="8" t="s">
         <v>361</v>
       </c>
       <c r="B90" s="6">
         <v>40203319645</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>358</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>362</v>
       </c>
       <c r="E90" s="5" t="s">
         <v>363</v>
       </c>
-      <c r="F90" s="6" t="s">
+      <c r="F90" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G90" s="14" t="s">
         <v>245</v>
       </c>
       <c r="H90" s="9"/>
     </row>
     <row r="91" spans="1:8" ht="198" x14ac:dyDescent="0.25">
       <c r="A91" s="8" t="s">
         <v>364</v>
       </c>
       <c r="B91" s="6">
         <v>40103718295</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>365</v>
       </c>
       <c r="D91" s="5" t="s">
         <v>366</v>
       </c>
       <c r="E91" s="5" t="s">
         <v>367</v>
       </c>
       <c r="F91" s="37" t="s">
         <v>13</v>
       </c>
       <c r="G91" s="14" t="s">
         <v>245</v>
       </c>
       <c r="H91" s="9"/>
     </row>
     <row r="92" spans="1:8" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A92" s="58" t="s">
         <v>368</v>
       </c>
       <c r="B92" s="6">
         <v>40203369078</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>365</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>369</v>
       </c>
       <c r="E92" s="39" t="s">
         <v>370</v>
       </c>
-      <c r="F92" s="6" t="s">
+      <c r="F92" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G92" s="40" t="s">
         <v>245</v>
       </c>
       <c r="H92" s="9"/>
     </row>
     <row r="93" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A93" s="8" t="s">
         <v>371</v>
       </c>
       <c r="B93" s="41">
         <v>40203294680</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>372</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>373</v>
       </c>
       <c r="E93" s="5" t="s">
         <v>374</v>
       </c>
       <c r="F93" s="42" t="s">
         <v>13</v>
       </c>
       <c r="G93" s="5" t="s">
         <v>146</v>
       </c>
       <c r="H93" s="9"/>
     </row>
     <row r="94" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A94" s="59" t="s">
         <v>371</v>
       </c>
       <c r="B94" s="6">
         <v>40203294680</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>321</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>373</v>
       </c>
       <c r="E94" s="5" t="s">
         <v>375</v>
       </c>
-      <c r="F94" s="6" t="s">
+      <c r="F94" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G94" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H94" s="9"/>
     </row>
     <row r="95" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A95" s="8" t="s">
         <v>376</v>
       </c>
       <c r="B95" s="6">
         <v>45403030741</v>
       </c>
       <c r="C95" s="6" t="s">
         <v>321</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>377</v>
       </c>
       <c r="E95" s="5" t="s">
         <v>378</v>
       </c>
-      <c r="F95" s="6" t="s">
+      <c r="F95" s="72" t="s">
         <v>379</v>
       </c>
       <c r="G95" s="8" t="s">
         <v>380</v>
       </c>
       <c r="H95" s="9"/>
     </row>
     <row r="96" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A96" s="8" t="s">
         <v>381</v>
       </c>
       <c r="B96" s="6">
         <v>40203304870</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>382</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>383</v>
       </c>
       <c r="E96" s="5" t="s">
         <v>384</v>
       </c>
-      <c r="F96" s="6" t="s">
+      <c r="F96" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G96" s="43" t="s">
         <v>385</v>
       </c>
       <c r="H96" s="9"/>
     </row>
     <row r="97" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A97" s="58" t="s">
         <v>386</v>
       </c>
       <c r="B97" s="6">
         <v>50203347231</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>382</v>
       </c>
       <c r="D97" s="5" t="s">
         <v>387</v>
       </c>
       <c r="E97" s="5" t="s">
         <v>388</v>
       </c>
       <c r="F97" s="44" t="s">
         <v>13</v>
       </c>
       <c r="G97" s="14" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="98" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A98" s="8" t="s">
         <v>389</v>
       </c>
       <c r="B98" s="41">
         <v>44103128684</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>280</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>390</v>
       </c>
       <c r="E98" s="5" t="s">
         <v>391</v>
       </c>
-      <c r="F98" s="6" t="s">
+      <c r="F98" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G98" s="46" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="99" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A99" s="59" t="s">
         <v>392</v>
       </c>
       <c r="B99" s="6">
         <v>42403046694</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>393</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>394</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>395</v>
       </c>
-      <c r="F99" s="6" t="s">
+      <c r="F99" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G99" s="43" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="100" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A100" s="8" t="s">
         <v>396</v>
       </c>
       <c r="B100" s="6">
         <v>40203354674</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>397</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>398</v>
       </c>
       <c r="E100" s="5" t="s">
         <v>399</v>
       </c>
       <c r="F100" s="44" t="s">
         <v>13</v>
       </c>
       <c r="G100" s="14" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="101" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A101" s="8" t="s">
         <v>400</v>
       </c>
       <c r="B101" s="6">
         <v>42103113125</v>
       </c>
       <c r="C101" s="6" t="s">
         <v>401</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>402</v>
       </c>
       <c r="E101" s="5" t="s">
         <v>403</v>
       </c>
-      <c r="F101" s="6" t="s">
+      <c r="F101" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G101" s="46" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="102" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A102" s="8" t="s">
         <v>405</v>
       </c>
       <c r="B102" s="6">
         <v>40203339590</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>406</v>
       </c>
       <c r="D102" s="5" t="s">
         <v>407</v>
       </c>
       <c r="E102" s="5" t="s">
         <v>408</v>
       </c>
-      <c r="F102" s="6" t="s">
+      <c r="F102" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G102" s="14" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="103" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A103" s="60" t="s">
         <v>409</v>
       </c>
       <c r="B103" s="6">
         <v>42103079408</v>
       </c>
       <c r="C103" s="6" t="s">
         <v>410</v>
       </c>
       <c r="D103" s="10" t="s">
         <v>411</v>
       </c>
       <c r="E103" s="10" t="s">
         <v>412</v>
       </c>
-      <c r="F103" s="6" t="s">
+      <c r="F103" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G103" s="14" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="104" spans="1:7" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A104" s="8" t="s">
         <v>414</v>
       </c>
       <c r="B104" s="6">
         <v>40203339389</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>415</v>
       </c>
       <c r="D104" s="5" t="s">
         <v>416</v>
       </c>
       <c r="E104" s="5" t="s">
         <v>417</v>
       </c>
-      <c r="F104" s="6" t="s">
+      <c r="F104" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G104" s="14" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="105" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A105" s="60" t="s">
         <v>418</v>
       </c>
       <c r="B105" s="6">
         <v>40003826901</v>
       </c>
       <c r="C105" s="6" t="s">
         <v>419</v>
       </c>
       <c r="D105" s="10" t="s">
         <v>420</v>
       </c>
       <c r="E105" s="10" t="s">
         <v>421</v>
       </c>
-      <c r="F105" s="6" t="s">
+      <c r="F105" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G105" s="10" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="106" spans="1:7" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A106" s="8" t="s">
         <v>423</v>
       </c>
       <c r="B106" s="6">
         <v>40203351593</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>424</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>425</v>
       </c>
       <c r="E106" s="5" t="s">
         <v>426</v>
       </c>
-      <c r="F106" s="6" t="s">
+      <c r="F106" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G106" s="14" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="107" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:7" ht="198" x14ac:dyDescent="0.25">
       <c r="A107" s="8" t="s">
         <v>427</v>
       </c>
       <c r="B107" s="6">
         <v>40203372519</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>424</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>428</v>
       </c>
       <c r="E107" s="5" t="s">
         <v>429</v>
       </c>
-      <c r="F107" s="6" t="s">
+      <c r="F107" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G107" s="14" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="108" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A108" s="8" t="s">
         <v>430</v>
       </c>
       <c r="B108" s="6">
         <v>40103840850</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>431</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>432</v>
       </c>
       <c r="E108" s="5" t="s">
         <v>433</v>
       </c>
-      <c r="F108" s="6" t="s">
+      <c r="F108" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G108" s="14" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="109" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A109" s="8" t="s">
         <v>435</v>
       </c>
       <c r="B109" s="6">
         <v>40203335762</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>436</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>437</v>
       </c>
       <c r="E109" s="5" t="s">
         <v>438</v>
       </c>
-      <c r="F109" s="6" t="s">
+      <c r="F109" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G109" s="5" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="110" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A110" s="8" t="s">
         <v>439</v>
       </c>
       <c r="B110" s="6">
         <v>40203359101</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>436</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>440</v>
       </c>
       <c r="E110" s="5" t="s">
         <v>441</v>
       </c>
-      <c r="F110" s="6" t="s">
+      <c r="F110" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G110" s="14" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="111" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A111" s="60" t="s">
         <v>442</v>
       </c>
       <c r="B111" s="6">
         <v>48503018047</v>
       </c>
       <c r="C111" s="6" t="s">
         <v>443</v>
       </c>
       <c r="D111" s="10" t="s">
         <v>444</v>
       </c>
       <c r="E111" s="10" t="s">
         <v>445</v>
       </c>
-      <c r="F111" s="6" t="s">
+      <c r="F111" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G111" s="10" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="112" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A112" s="8" t="s">
         <v>447</v>
       </c>
       <c r="B112" s="6">
         <v>44103129181</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>448</v>
       </c>
       <c r="D112" s="5" t="s">
         <v>449</v>
       </c>
       <c r="E112" s="5" t="s">
         <v>450</v>
       </c>
-      <c r="F112" s="6" t="s">
+      <c r="F112" s="72" t="s">
         <v>127</v>
       </c>
       <c r="G112" s="14" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="113" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A113" s="8" t="s">
         <v>452</v>
       </c>
       <c r="B113" s="6">
         <v>40203374933</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>453</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>454</v>
       </c>
       <c r="E113" s="5" t="s">
         <v>455</v>
       </c>
-      <c r="F113" s="6" t="s">
+      <c r="F113" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G113" s="14" t="s">
         <v>275</v>
       </c>
       <c r="H113" s="9"/>
     </row>
     <row r="114" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A114" s="8" t="s">
         <v>456</v>
       </c>
       <c r="B114" s="6">
         <v>51503088771</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>457</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>458</v>
       </c>
       <c r="E114" s="5" t="s">
         <v>459</v>
       </c>
       <c r="F114" s="37" t="s">
         <v>13</v>
       </c>
       <c r="G114" s="14" t="s">
         <v>275</v>
       </c>
       <c r="H114" s="9"/>
     </row>
     <row r="115" spans="1:8" ht="237.6" x14ac:dyDescent="0.25">
       <c r="A115" s="8" t="s">
         <v>460</v>
       </c>
       <c r="B115" s="6">
         <v>40203181774</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>461</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>462</v>
       </c>
       <c r="E115" s="39" t="s">
         <v>463</v>
       </c>
-      <c r="F115" s="6" t="s">
+      <c r="F115" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G115" s="45" t="s">
         <v>464</v>
       </c>
       <c r="H115" s="9"/>
     </row>
     <row r="116" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A116" s="8" t="s">
         <v>465</v>
       </c>
       <c r="B116" s="6">
         <v>40003012105</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>410</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>466</v>
       </c>
       <c r="E116" s="5" t="s">
         <v>467</v>
       </c>
       <c r="F116" s="42" t="s">
         <v>468</v>
       </c>
       <c r="G116" s="14" t="s">
         <v>469</v>
       </c>
       <c r="H116" s="9"/>
     </row>
     <row r="117" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A117" s="8" t="s">
         <v>470</v>
       </c>
       <c r="B117" s="6">
         <v>40203376205</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>471</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>472</v>
       </c>
       <c r="E117" s="5" t="s">
         <v>473</v>
       </c>
-      <c r="F117" s="6" t="s">
+      <c r="F117" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G117" s="14" t="s">
         <v>245</v>
       </c>
       <c r="H117" s="9"/>
     </row>
     <row r="118" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A118" s="8" t="s">
         <v>474</v>
       </c>
       <c r="B118" s="6">
         <v>50203321891</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>475</v>
       </c>
       <c r="D118" s="5" t="s">
         <v>476</v>
       </c>
       <c r="E118" s="5" t="s">
         <v>477</v>
       </c>
-      <c r="F118" s="6" t="s">
+      <c r="F118" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G118" s="14" t="s">
         <v>245</v>
       </c>
       <c r="H118" s="9"/>
     </row>
     <row r="119" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A119" s="64" t="s">
         <v>478</v>
       </c>
       <c r="B119" s="6">
         <v>40103934554</v>
       </c>
       <c r="C119" s="6" t="s">
         <v>479</v>
       </c>
       <c r="D119" s="10" t="s">
         <v>480</v>
       </c>
       <c r="E119" s="10" t="s">
         <v>481</v>
       </c>
-      <c r="F119" s="6" t="s">
+      <c r="F119" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G119" s="47" t="s">
         <v>482</v>
       </c>
       <c r="H119" s="9"/>
     </row>
     <row r="120" spans="1:8" ht="198" x14ac:dyDescent="0.25">
       <c r="A120" s="8" t="s">
         <v>483</v>
       </c>
       <c r="B120" s="41">
         <v>50203369421</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>484</v>
       </c>
       <c r="D120" s="5" t="s">
         <v>485</v>
       </c>
       <c r="E120" s="5" t="s">
         <v>486</v>
       </c>
       <c r="F120" s="44" t="s">
         <v>487</v>
       </c>
       <c r="G120" s="14" t="s">
         <v>245</v>
       </c>
       <c r="H120" s="9"/>
     </row>
     <row r="121" spans="1:8" ht="409.6" x14ac:dyDescent="0.25">
       <c r="A121" s="59" t="s">
         <v>488</v>
       </c>
       <c r="B121" s="6">
         <v>50008095891</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>484</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>489</v>
       </c>
       <c r="E121" s="5" t="s">
         <v>490</v>
       </c>
-      <c r="F121" s="6" t="s">
+      <c r="F121" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G121" s="46" t="s">
         <v>491</v>
       </c>
       <c r="H121" s="9"/>
     </row>
     <row r="122" spans="1:8" ht="198" x14ac:dyDescent="0.25">
       <c r="A122" s="8" t="s">
         <v>492</v>
       </c>
       <c r="B122" s="6">
         <v>40203349315</v>
       </c>
       <c r="C122" s="6" t="s">
         <v>493</v>
       </c>
       <c r="D122" s="5" t="s">
         <v>494</v>
       </c>
       <c r="E122" s="5" t="s">
         <v>495</v>
       </c>
-      <c r="F122" s="6" t="s">
+      <c r="F122" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G122" s="14" t="s">
         <v>245</v>
       </c>
       <c r="H122" s="9"/>
     </row>
     <row r="123" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A123" s="8" t="s">
         <v>496</v>
       </c>
       <c r="B123" s="6">
         <v>40008033315</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>335</v>
       </c>
       <c r="D123" s="5" t="s">
         <v>497</v>
       </c>
       <c r="E123" s="5" t="s">
         <v>498</v>
       </c>
-      <c r="F123" s="6" t="s">
+      <c r="F123" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G123" s="14" t="s">
         <v>499</v>
       </c>
       <c r="H123" s="9"/>
     </row>
-    <row r="124" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A124" s="8" t="s">
         <v>500</v>
       </c>
       <c r="B124" s="6">
         <v>40103237959</v>
       </c>
       <c r="C124" s="6" t="s">
         <v>501</v>
       </c>
       <c r="D124" s="5" t="s">
         <v>502</v>
       </c>
       <c r="E124" s="5" t="s">
         <v>503</v>
       </c>
-      <c r="F124" s="6" t="s">
+      <c r="F124" s="72" t="s">
         <v>379</v>
       </c>
       <c r="G124" s="14" t="s">
         <v>504</v>
       </c>
       <c r="H124" s="9"/>
     </row>
     <row r="125" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A125" s="8" t="s">
         <v>505</v>
       </c>
       <c r="B125" s="6">
         <v>40203349940</v>
       </c>
       <c r="C125" s="6" t="s">
         <v>506</v>
       </c>
       <c r="D125" s="5" t="s">
         <v>507</v>
       </c>
       <c r="E125" s="5" t="s">
         <v>508</v>
       </c>
-      <c r="F125" s="6" t="s">
+      <c r="F125" s="72" t="s">
         <v>19</v>
       </c>
       <c r="G125" s="14" t="s">
         <v>275</v>
       </c>
       <c r="H125" s="9"/>
     </row>
     <row r="126" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A126" s="58" t="s">
         <v>509</v>
       </c>
       <c r="B126" s="6">
         <v>50203382631</v>
       </c>
       <c r="C126" s="6" t="s">
         <v>506</v>
       </c>
       <c r="D126" s="5" t="s">
         <v>510</v>
       </c>
       <c r="E126" s="5" t="s">
         <v>511</v>
       </c>
-      <c r="F126" s="6" t="s">
+      <c r="F126" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G126" s="14" t="s">
         <v>275</v>
       </c>
       <c r="H126" s="9"/>
     </row>
     <row r="127" spans="1:8" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A127" s="58" t="s">
         <v>512</v>
       </c>
       <c r="B127" s="48">
         <v>40203276045</v>
       </c>
       <c r="C127" s="49" t="s">
         <v>513</v>
       </c>
       <c r="D127" s="38" t="s">
         <v>514</v>
       </c>
       <c r="E127" s="38" t="s">
         <v>515</v>
       </c>
       <c r="F127" s="37" t="s">
         <v>13</v>
@@ -8900,2371 +8893,2371 @@
       </c>
       <c r="F129" s="37" t="s">
         <v>13</v>
       </c>
       <c r="G129" s="53" t="s">
         <v>245</v>
       </c>
       <c r="H129" s="9"/>
     </row>
     <row r="130" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A130" s="8" t="s">
         <v>526</v>
       </c>
       <c r="B130" s="6">
         <v>48503026542</v>
       </c>
       <c r="C130" s="6" t="s">
         <v>527</v>
       </c>
       <c r="D130" s="5" t="s">
         <v>528</v>
       </c>
       <c r="E130" s="5" t="s">
         <v>529</v>
       </c>
-      <c r="F130" s="6" t="s">
+      <c r="F130" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G130" s="5" t="s">
         <v>530</v>
       </c>
       <c r="H130" s="9"/>
     </row>
     <row r="131" spans="1:8" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A131" s="8" t="s">
         <v>531</v>
       </c>
       <c r="B131" s="6">
         <v>40203306547</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>527</v>
       </c>
       <c r="D131" s="5" t="s">
         <v>532</v>
       </c>
       <c r="E131" s="5" t="s">
         <v>533</v>
       </c>
-      <c r="F131" s="6" t="s">
+      <c r="F131" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G131" s="14" t="s">
         <v>534</v>
       </c>
       <c r="H131" s="9"/>
     </row>
     <row r="132" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A132" s="58" t="s">
         <v>535</v>
       </c>
       <c r="B132" s="37">
         <v>40203184728</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>536</v>
       </c>
       <c r="D132" s="5" t="s">
         <v>537</v>
       </c>
       <c r="E132" s="5" t="s">
         <v>538</v>
       </c>
-      <c r="F132" s="6" t="s">
+      <c r="F132" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G132" s="5" t="s">
         <v>539</v>
       </c>
       <c r="H132" s="9"/>
     </row>
     <row r="133" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A133" s="8" t="s">
         <v>540</v>
       </c>
       <c r="B133" s="41">
         <v>42103086876</v>
       </c>
       <c r="C133" s="55" t="s">
         <v>541</v>
       </c>
       <c r="D133" s="5" t="s">
         <v>542</v>
       </c>
       <c r="E133" s="5" t="s">
         <v>543</v>
       </c>
-      <c r="F133" s="6" t="s">
+      <c r="F133" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G133" s="14" t="s">
         <v>385</v>
       </c>
       <c r="H133" s="9"/>
     </row>
     <row r="134" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A134" s="59" t="s">
         <v>544</v>
       </c>
       <c r="B134" s="42">
         <v>40203258641</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>545</v>
       </c>
       <c r="D134" s="5" t="s">
         <v>546</v>
       </c>
       <c r="E134" s="5" t="s">
         <v>547</v>
       </c>
-      <c r="F134" s="6" t="s">
+      <c r="F134" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G134" s="14" t="s">
         <v>548</v>
       </c>
       <c r="H134" s="9"/>
     </row>
     <row r="135" spans="1:8" ht="198" x14ac:dyDescent="0.25">
       <c r="A135" s="8" t="s">
         <v>549</v>
       </c>
       <c r="B135" s="6">
         <v>40203292783</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>545</v>
       </c>
       <c r="D135" s="5" t="s">
         <v>550</v>
       </c>
       <c r="E135" s="5" t="s">
         <v>551</v>
       </c>
-      <c r="F135" s="6" t="s">
+      <c r="F135" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G135" s="14" t="s">
         <v>245</v>
       </c>
       <c r="H135" s="9"/>
     </row>
     <row r="136" spans="1:8" ht="198" x14ac:dyDescent="0.25">
       <c r="A136" s="8" t="s">
         <v>552</v>
       </c>
       <c r="B136" s="6">
         <v>40203395865</v>
       </c>
       <c r="C136" s="15" t="s">
         <v>553</v>
       </c>
       <c r="D136" s="5" t="s">
         <v>554</v>
       </c>
       <c r="E136" s="5" t="s">
         <v>555</v>
       </c>
-      <c r="F136" s="6" t="s">
+      <c r="F136" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G136" s="14" t="s">
         <v>241</v>
       </c>
       <c r="H136" s="9"/>
     </row>
     <row r="137" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A137" s="8" t="s">
         <v>556</v>
       </c>
       <c r="B137" s="6">
         <v>50203342291</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>557</v>
       </c>
       <c r="D137" s="5" t="s">
         <v>558</v>
       </c>
       <c r="E137" s="5" t="s">
         <v>559</v>
       </c>
-      <c r="F137" s="6" t="s">
+      <c r="F137" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G137" s="14" t="s">
         <v>245</v>
       </c>
       <c r="H137" s="9"/>
     </row>
     <row r="138" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A138" s="8" t="s">
         <v>560</v>
       </c>
       <c r="B138" s="6">
         <v>40203358163</v>
       </c>
       <c r="C138" s="15" t="s">
         <v>561</v>
       </c>
       <c r="D138" s="5" t="s">
         <v>562</v>
       </c>
       <c r="E138" s="5" t="s">
         <v>563</v>
       </c>
-      <c r="F138" s="6" t="s">
+      <c r="F138" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G138" s="14" t="s">
         <v>275</v>
       </c>
       <c r="H138" s="9"/>
     </row>
     <row r="139" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A139" s="8" t="s">
         <v>564</v>
       </c>
       <c r="B139" s="6">
         <v>40203382273</v>
       </c>
       <c r="C139" s="15" t="s">
         <v>565</v>
       </c>
       <c r="D139" s="5" t="s">
         <v>566</v>
       </c>
       <c r="E139" s="5" t="s">
         <v>567</v>
       </c>
-      <c r="F139" s="6" t="s">
+      <c r="F139" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G139" s="14" t="s">
         <v>568</v>
       </c>
       <c r="H139" s="9"/>
     </row>
     <row r="140" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A140" s="8" t="s">
         <v>569</v>
       </c>
       <c r="B140" s="6">
         <v>40103374551</v>
       </c>
       <c r="C140" s="15" t="s">
         <v>570</v>
       </c>
       <c r="D140" s="5" t="s">
         <v>571</v>
       </c>
       <c r="E140" s="5" t="s">
         <v>572</v>
       </c>
-      <c r="F140" s="6" t="s">
+      <c r="F140" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G140" s="14" t="s">
         <v>573</v>
       </c>
       <c r="H140" s="9"/>
     </row>
     <row r="141" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A141" s="8" t="s">
         <v>574</v>
       </c>
       <c r="B141" s="6">
         <v>40203253413</v>
       </c>
       <c r="C141" s="15" t="s">
         <v>570</v>
       </c>
       <c r="D141" s="5" t="s">
         <v>575</v>
       </c>
       <c r="E141" s="5" t="s">
         <v>576</v>
       </c>
-      <c r="F141" s="6" t="s">
+      <c r="F141" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G141" s="14" t="s">
         <v>573</v>
       </c>
       <c r="H141" s="9"/>
     </row>
     <row r="142" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A142" s="66" t="s">
         <v>577</v>
       </c>
       <c r="B142" s="6">
         <v>50203408911</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>578</v>
       </c>
       <c r="D142" s="5" t="s">
         <v>579</v>
       </c>
       <c r="E142" s="5" t="s">
         <v>580</v>
       </c>
-      <c r="F142" s="6" t="s">
+      <c r="F142" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G142" s="14" t="s">
         <v>581</v>
       </c>
       <c r="H142" s="9"/>
     </row>
     <row r="143" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A143" s="8" t="s">
         <v>582</v>
       </c>
       <c r="B143" s="6">
         <v>42103081313</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>583</v>
       </c>
       <c r="D143" s="5" t="s">
         <v>584</v>
       </c>
       <c r="E143" s="5" t="s">
         <v>585</v>
       </c>
-      <c r="F143" s="6" t="s">
+      <c r="F143" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G143" s="14" t="s">
         <v>568</v>
       </c>
       <c r="H143" s="9"/>
     </row>
     <row r="144" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A144" s="8" t="s">
         <v>586</v>
       </c>
       <c r="B144" s="6">
         <v>40203236377</v>
       </c>
       <c r="C144" s="6" t="s">
         <v>587</v>
       </c>
       <c r="D144" s="5" t="s">
         <v>588</v>
       </c>
       <c r="E144" s="5" t="s">
         <v>589</v>
       </c>
-      <c r="F144" s="6" t="s">
+      <c r="F144" s="72" t="s">
         <v>590</v>
       </c>
       <c r="G144" s="14" t="s">
         <v>591</v>
       </c>
       <c r="H144" s="9"/>
     </row>
     <row r="145" spans="1:7" ht="198" x14ac:dyDescent="0.25">
       <c r="A145" s="8" t="s">
         <v>592</v>
       </c>
       <c r="B145" s="6">
         <v>40203387266</v>
       </c>
       <c r="C145" s="15" t="s">
         <v>593</v>
       </c>
       <c r="D145" s="5" t="s">
         <v>594</v>
       </c>
       <c r="E145" s="5" t="s">
         <v>595</v>
       </c>
-      <c r="F145" s="6" t="s">
+      <c r="F145" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G145" s="14" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="146" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A146" s="60" t="s">
         <v>596</v>
       </c>
       <c r="B146" s="6">
         <v>43603081210</v>
       </c>
       <c r="C146" s="6" t="s">
         <v>593</v>
       </c>
       <c r="D146" s="10" t="s">
         <v>597</v>
       </c>
       <c r="E146" s="10" t="s">
         <v>598</v>
       </c>
-      <c r="F146" s="6" t="s">
+      <c r="F146" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G146" s="14" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="147" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A147" s="8" t="s">
         <v>600</v>
       </c>
       <c r="B147" s="6">
         <v>40203042437</v>
       </c>
       <c r="C147" s="15" t="s">
         <v>601</v>
       </c>
       <c r="D147" s="5" t="s">
         <v>602</v>
       </c>
       <c r="E147" s="5" t="s">
         <v>603</v>
       </c>
-      <c r="F147" s="6" t="s">
+      <c r="F147" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G147" s="14" t="s">
         <v>604</v>
       </c>
     </row>
     <row r="148" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A148" s="8" t="s">
         <v>605</v>
       </c>
       <c r="B148" s="6">
         <v>40203349298</v>
       </c>
       <c r="C148" s="15" t="s">
         <v>601</v>
       </c>
       <c r="D148" s="5" t="s">
         <v>606</v>
       </c>
       <c r="E148" s="5" t="s">
         <v>607</v>
       </c>
-      <c r="F148" s="6" t="s">
+      <c r="F148" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G148" s="14" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="149" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A149" s="8" t="s">
         <v>608</v>
       </c>
       <c r="B149" s="6">
         <v>40103048823</v>
       </c>
       <c r="C149" s="6" t="s">
         <v>609</v>
       </c>
       <c r="D149" s="5" t="s">
         <v>610</v>
       </c>
       <c r="E149" s="5" t="s">
         <v>611</v>
       </c>
-      <c r="F149" s="73" t="s">
+      <c r="F149" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G149" s="14" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="150" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A150" s="8" t="s">
         <v>612</v>
       </c>
       <c r="B150" s="6">
         <v>40203312825</v>
       </c>
       <c r="C150" s="6" t="s">
         <v>613</v>
       </c>
       <c r="D150" s="5" t="s">
         <v>614</v>
       </c>
       <c r="E150" s="5" t="s">
         <v>615</v>
       </c>
-      <c r="F150" s="73" t="s">
+      <c r="F150" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G150" s="14" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="151" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A151" s="8" t="s">
         <v>616</v>
       </c>
       <c r="B151" s="6">
         <v>40103631678</v>
       </c>
       <c r="C151" s="15" t="s">
         <v>617</v>
       </c>
       <c r="D151" s="5" t="s">
         <v>618</v>
       </c>
       <c r="E151" s="5" t="s">
         <v>619</v>
       </c>
-      <c r="F151" s="73" t="s">
+      <c r="F151" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G151" s="14" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="152" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A152" s="8" t="s">
         <v>620</v>
       </c>
       <c r="B152" s="6">
         <v>40003166927</v>
       </c>
       <c r="C152" s="6" t="s">
         <v>621</v>
       </c>
       <c r="D152" s="5" t="s">
         <v>622</v>
       </c>
       <c r="E152" s="5" t="s">
         <v>623</v>
       </c>
-      <c r="F152" s="73" t="s">
+      <c r="F152" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G152" s="14" t="s">
         <v>624</v>
       </c>
     </row>
     <row r="153" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A153" s="8" t="s">
         <v>625</v>
       </c>
       <c r="B153" s="6">
         <v>40002192265</v>
       </c>
       <c r="C153" s="6" t="s">
         <v>626</v>
       </c>
       <c r="D153" s="5" t="s">
         <v>627</v>
       </c>
       <c r="E153" s="5" t="s">
         <v>628</v>
       </c>
-      <c r="F153" s="73" t="s">
+      <c r="F153" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G153" s="14" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="154" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A154" s="8" t="s">
         <v>630</v>
       </c>
       <c r="B154" s="6">
         <v>40203277977</v>
       </c>
       <c r="C154" s="6" t="s">
         <v>617</v>
       </c>
       <c r="D154" s="5" t="s">
         <v>631</v>
       </c>
       <c r="E154" s="5" t="s">
         <v>632</v>
       </c>
-      <c r="F154" s="73" t="s">
+      <c r="F154" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G154" s="10" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="155" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A155" s="8" t="s">
         <v>634</v>
       </c>
       <c r="B155" s="6">
         <v>40203401377</v>
       </c>
       <c r="C155" s="6" t="s">
         <v>635</v>
       </c>
       <c r="D155" s="5" t="s">
         <v>636</v>
       </c>
       <c r="E155" s="5" t="s">
         <v>637</v>
       </c>
-      <c r="F155" s="73" t="s">
+      <c r="F155" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G155" s="14" t="s">
         <v>638</v>
       </c>
     </row>
     <row r="156" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A156" s="8" t="s">
         <v>639</v>
       </c>
       <c r="B156" s="6">
         <v>40203371424</v>
       </c>
       <c r="C156" s="6" t="s">
         <v>640</v>
       </c>
       <c r="D156" s="8" t="s">
         <v>641</v>
       </c>
       <c r="E156" s="8" t="s">
         <v>642</v>
       </c>
-      <c r="F156" s="73" t="s">
+      <c r="F156" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G156" s="8" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="157" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A157" s="8" t="s">
         <v>643</v>
       </c>
       <c r="B157" s="6">
         <v>40203014772</v>
       </c>
       <c r="C157" s="6" t="s">
         <v>644</v>
       </c>
       <c r="D157" s="5" t="s">
         <v>645</v>
       </c>
       <c r="E157" s="5" t="s">
         <v>646</v>
       </c>
-      <c r="F157" s="73" t="s">
+      <c r="F157" s="72" t="s">
         <v>127</v>
       </c>
       <c r="G157" s="14" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="158" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A158" s="8" t="s">
         <v>648</v>
       </c>
       <c r="B158" s="6">
         <v>40203247173</v>
       </c>
       <c r="C158" s="6" t="s">
         <v>635</v>
       </c>
       <c r="D158" s="10" t="s">
         <v>649</v>
       </c>
       <c r="E158" s="10" t="s">
         <v>650</v>
       </c>
-      <c r="F158" s="73" t="s">
+      <c r="F158" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G158" s="10" t="s">
         <v>651</v>
       </c>
     </row>
     <row r="159" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A159" s="60" t="s">
         <v>652</v>
       </c>
       <c r="B159" s="6">
         <v>42103085423</v>
       </c>
       <c r="C159" s="6" t="s">
         <v>653</v>
       </c>
       <c r="D159" s="10" t="s">
         <v>654</v>
       </c>
       <c r="E159" s="10" t="s">
         <v>655</v>
       </c>
-      <c r="F159" s="73" t="s">
+      <c r="F159" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G159" s="10" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="160" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A160" s="58" t="s">
         <v>657</v>
       </c>
       <c r="B160" s="6">
         <v>42403013960</v>
       </c>
       <c r="C160" s="6" t="s">
         <v>658</v>
       </c>
       <c r="D160" s="10" t="s">
         <v>659</v>
       </c>
       <c r="E160" s="10" t="s">
         <v>660</v>
       </c>
-      <c r="F160" s="73" t="s">
+      <c r="F160" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G160" s="10" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="161" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A161" s="8" t="s">
         <v>662</v>
       </c>
       <c r="B161" s="41">
         <v>40203385034</v>
       </c>
       <c r="C161" s="6" t="s">
         <v>663</v>
       </c>
       <c r="D161" s="5" t="s">
         <v>664</v>
       </c>
       <c r="E161" s="5" t="s">
         <v>665</v>
       </c>
-      <c r="F161" s="73" t="s">
+      <c r="F161" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G161" s="14" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="162" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A162" s="59" t="s">
         <v>666</v>
       </c>
       <c r="B162" s="6">
         <v>50203420721</v>
       </c>
       <c r="C162" s="6" t="s">
         <v>667</v>
       </c>
       <c r="D162" s="5" t="s">
         <v>668</v>
       </c>
       <c r="E162" s="5" t="s">
         <v>669</v>
       </c>
-      <c r="F162" s="73" t="s">
+      <c r="F162" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G162" s="14" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="163" spans="1:7" ht="237.6" x14ac:dyDescent="0.25">
       <c r="A163" s="8" t="s">
         <v>670</v>
       </c>
       <c r="B163" s="6">
         <v>40103458859</v>
       </c>
       <c r="C163" s="15" t="s">
         <v>671</v>
       </c>
       <c r="D163" s="5" t="s">
         <v>672</v>
       </c>
       <c r="E163" s="5" t="s">
         <v>673</v>
       </c>
-      <c r="F163" s="73" t="s">
+      <c r="F163" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G163" s="5" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="164" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A164" s="8" t="s">
         <v>675</v>
       </c>
       <c r="B164" s="6">
         <v>40203390783</v>
       </c>
       <c r="C164" s="6" t="s">
         <v>671</v>
       </c>
       <c r="D164" s="5" t="s">
         <v>676</v>
       </c>
       <c r="E164" s="5" t="s">
         <v>677</v>
       </c>
-      <c r="F164" s="73" t="s">
+      <c r="F164" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G164" s="14" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="165" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A165" s="8" t="s">
         <v>679</v>
       </c>
       <c r="B165" s="6">
         <v>40203396837</v>
       </c>
       <c r="C165" s="15" t="s">
         <v>680</v>
       </c>
       <c r="D165" s="5" t="s">
         <v>681</v>
       </c>
       <c r="E165" s="5" t="s">
         <v>682</v>
       </c>
-      <c r="F165" s="73" t="s">
+      <c r="F165" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G165" s="14" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="166" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A166" s="8" t="s">
         <v>683</v>
       </c>
       <c r="B166" s="6">
         <v>50103179811</v>
       </c>
       <c r="C166" s="15" t="s">
         <v>684</v>
       </c>
       <c r="D166" s="5" t="s">
         <v>685</v>
       </c>
       <c r="E166" s="5" t="s">
         <v>686</v>
       </c>
-      <c r="F166" s="73" t="s">
+      <c r="F166" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G166" s="10" t="s">
         <v>687</v>
       </c>
     </row>
-    <row r="167" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A167" s="60" t="s">
         <v>688</v>
       </c>
       <c r="B167" s="6">
         <v>40203371903</v>
       </c>
       <c r="C167" s="6" t="s">
         <v>689</v>
       </c>
       <c r="D167" s="10" t="s">
         <v>690</v>
       </c>
       <c r="E167" s="10" t="s">
         <v>691</v>
       </c>
-      <c r="F167" s="73" t="s">
+      <c r="F167" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G167" s="10" t="s">
         <v>692</v>
       </c>
     </row>
-    <row r="168" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A168" s="8" t="s">
         <v>693</v>
       </c>
       <c r="B168" s="6">
         <v>40203412830</v>
       </c>
       <c r="C168" s="6" t="s">
         <v>694</v>
       </c>
       <c r="D168" s="5" t="s">
         <v>695</v>
       </c>
       <c r="E168" s="5" t="s">
         <v>696</v>
       </c>
-      <c r="F168" s="73" t="s">
+      <c r="F168" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G168" s="10" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="169" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A169" s="8" t="s">
         <v>697</v>
       </c>
       <c r="B169" s="6">
         <v>40203373904</v>
       </c>
       <c r="C169" s="15" t="s">
         <v>684</v>
       </c>
       <c r="D169" s="5" t="s">
         <v>698</v>
       </c>
       <c r="E169" s="5" t="s">
         <v>699</v>
       </c>
-      <c r="F169" s="73" t="s">
+      <c r="F169" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G169" s="14" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="170" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A170" s="8" t="s">
         <v>700</v>
       </c>
       <c r="B170" s="6">
         <v>54103134451</v>
       </c>
       <c r="C170" s="15" t="s">
         <v>694</v>
       </c>
       <c r="D170" s="5" t="s">
         <v>701</v>
       </c>
       <c r="E170" s="5" t="s">
         <v>702</v>
       </c>
-      <c r="F170" s="73" t="s">
+      <c r="F170" s="72" t="s">
         <v>703</v>
       </c>
       <c r="G170" s="14" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="171" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A171" s="58" t="s">
         <v>704</v>
       </c>
       <c r="B171" s="6">
         <v>40002021948</v>
       </c>
       <c r="C171" s="6" t="s">
         <v>694</v>
       </c>
       <c r="D171" s="5" t="s">
         <v>705</v>
       </c>
       <c r="E171" s="5" t="s">
         <v>706</v>
       </c>
-      <c r="F171" s="73" t="s">
+      <c r="F171" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G171" s="14" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="172" spans="1:7" ht="198" x14ac:dyDescent="0.25">
       <c r="A172" s="8" t="s">
         <v>708</v>
       </c>
       <c r="B172" s="41">
         <v>40203394662</v>
       </c>
       <c r="C172" s="6" t="s">
         <v>709</v>
       </c>
       <c r="D172" s="5" t="s">
         <v>710</v>
       </c>
       <c r="E172" s="5" t="s">
         <v>711</v>
       </c>
-      <c r="F172" s="73" t="s">
+      <c r="F172" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G172" s="14" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="173" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A173" s="8" t="s">
         <v>712</v>
       </c>
       <c r="B173" s="41">
         <v>50203416641</v>
       </c>
       <c r="C173" s="15" t="s">
         <v>713</v>
       </c>
       <c r="D173" s="5" t="s">
         <v>714</v>
       </c>
       <c r="E173" s="5" t="s">
         <v>715</v>
       </c>
-      <c r="F173" s="73" t="s">
+      <c r="F173" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G173" s="14" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="174" spans="1:7" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A174" s="67" t="s">
         <v>716</v>
       </c>
       <c r="B174" s="6">
         <v>40103956744</v>
       </c>
       <c r="C174" s="6" t="s">
         <v>717</v>
       </c>
       <c r="D174" s="5" t="s">
         <v>718</v>
       </c>
       <c r="E174" s="5" t="s">
         <v>719</v>
       </c>
-      <c r="F174" s="73" t="s">
+      <c r="F174" s="72" t="s">
         <v>703</v>
       </c>
       <c r="G174" s="14" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="175" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A175" s="60" t="s">
         <v>721</v>
       </c>
       <c r="B175" s="41">
         <v>50103642601</v>
       </c>
       <c r="C175" s="6" t="s">
         <v>722</v>
       </c>
       <c r="D175" s="10" t="s">
         <v>723</v>
       </c>
       <c r="E175" s="10" t="s">
         <v>724</v>
       </c>
-      <c r="F175" s="73" t="s">
+      <c r="F175" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G175" s="10" t="s">
         <v>725</v>
       </c>
     </row>
     <row r="176" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A176" s="68" t="s">
         <v>726</v>
       </c>
       <c r="B176" s="6">
         <v>40203238132</v>
       </c>
       <c r="C176" s="6" t="s">
         <v>722</v>
       </c>
       <c r="D176" s="10" t="s">
         <v>727</v>
       </c>
       <c r="E176" s="10" t="s">
         <v>728</v>
       </c>
-      <c r="F176" s="73" t="s">
+      <c r="F176" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G176" s="10" t="s">
         <v>725</v>
       </c>
     </row>
     <row r="177" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A177" s="8" t="s">
         <v>729</v>
       </c>
       <c r="B177" s="6">
         <v>40203415502</v>
       </c>
       <c r="C177" s="15" t="s">
         <v>730</v>
       </c>
       <c r="D177" s="5" t="s">
         <v>731</v>
       </c>
       <c r="E177" s="5" t="s">
         <v>732</v>
       </c>
-      <c r="F177" s="73" t="s">
+      <c r="F177" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G177" s="14" t="s">
         <v>733</v>
       </c>
       <c r="H177" s="9"/>
     </row>
     <row r="178" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A178" s="8" t="s">
         <v>734</v>
       </c>
       <c r="B178" s="6">
         <v>43603059633</v>
       </c>
       <c r="C178" s="6" t="s">
         <v>735</v>
       </c>
       <c r="D178" s="5" t="s">
         <v>736</v>
       </c>
       <c r="E178" s="5" t="s">
         <v>737</v>
       </c>
-      <c r="F178" s="73" t="s">
+      <c r="F178" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G178" s="14" t="s">
         <v>738</v>
       </c>
       <c r="H178" s="9"/>
     </row>
-    <row r="179" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A179" s="8" t="s">
         <v>739</v>
       </c>
       <c r="B179" s="6">
         <v>40103530027</v>
       </c>
       <c r="C179" s="6" t="s">
         <v>740</v>
       </c>
       <c r="D179" s="10" t="s">
         <v>741</v>
       </c>
       <c r="E179" s="10" t="s">
         <v>742</v>
       </c>
-      <c r="F179" s="73" t="s">
+      <c r="F179" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G179" s="10" t="s">
         <v>743</v>
       </c>
       <c r="H179" s="9"/>
     </row>
     <row r="180" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A180" s="8" t="s">
         <v>744</v>
       </c>
       <c r="B180" s="6">
         <v>50103321151</v>
       </c>
       <c r="C180" s="6" t="s">
         <v>745</v>
       </c>
       <c r="D180" s="5" t="s">
         <v>746</v>
       </c>
       <c r="E180" s="5" t="s">
         <v>747</v>
       </c>
-      <c r="F180" s="73" t="s">
+      <c r="F180" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G180" s="14" t="s">
         <v>748</v>
       </c>
       <c r="H180" s="9"/>
     </row>
     <row r="181" spans="1:8" ht="237.6" x14ac:dyDescent="0.25">
       <c r="A181" s="8" t="s">
         <v>749</v>
       </c>
       <c r="B181" s="6">
         <v>40203411337</v>
       </c>
       <c r="C181" s="6" t="s">
         <v>750</v>
       </c>
       <c r="D181" s="5" t="s">
         <v>751</v>
       </c>
       <c r="E181" s="5" t="s">
         <v>752</v>
       </c>
-      <c r="F181" s="73" t="s">
+      <c r="F181" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G181" s="14" t="s">
         <v>753</v>
       </c>
       <c r="H181" s="9"/>
     </row>
     <row r="182" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A182" s="60" t="s">
         <v>754</v>
       </c>
       <c r="B182" s="6">
         <v>44103109128</v>
       </c>
       <c r="C182" s="6" t="s">
         <v>755</v>
       </c>
       <c r="D182" s="10" t="s">
         <v>756</v>
       </c>
       <c r="E182" s="10" t="s">
         <v>757</v>
       </c>
-      <c r="F182" s="73" t="s">
+      <c r="F182" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G182" s="10" t="s">
         <v>758</v>
       </c>
       <c r="H182" s="9"/>
     </row>
     <row r="183" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A183" s="8" t="s">
         <v>759</v>
       </c>
       <c r="B183" s="6">
         <v>40203293562</v>
       </c>
       <c r="C183" s="6" t="s">
         <v>760</v>
       </c>
       <c r="D183" s="5" t="s">
         <v>761</v>
       </c>
       <c r="E183" s="5" t="s">
         <v>762</v>
       </c>
-      <c r="F183" s="73" t="s">
+      <c r="F183" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G183" s="14" t="s">
         <v>763</v>
       </c>
       <c r="H183" s="9"/>
     </row>
     <row r="184" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A184" s="8" t="s">
         <v>764</v>
       </c>
       <c r="B184" s="6">
         <v>40203394287</v>
       </c>
       <c r="C184" s="15" t="s">
         <v>765</v>
       </c>
       <c r="D184" s="5" t="s">
         <v>766</v>
       </c>
       <c r="E184" s="5" t="s">
         <v>767</v>
       </c>
-      <c r="F184" s="73" t="s">
+      <c r="F184" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G184" s="14" t="s">
         <v>768</v>
       </c>
       <c r="H184" s="9"/>
     </row>
     <row r="185" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A185" s="60" t="s">
         <v>769</v>
       </c>
       <c r="B185" s="6">
         <v>41502007610</v>
       </c>
       <c r="C185" s="6" t="s">
         <v>770</v>
       </c>
       <c r="D185" s="10" t="s">
         <v>771</v>
       </c>
       <c r="E185" s="10" t="s">
         <v>772</v>
       </c>
-      <c r="F185" s="73" t="s">
+      <c r="F185" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G185" s="10" t="s">
         <v>773</v>
       </c>
       <c r="H185" s="9"/>
     </row>
     <row r="186" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A186" s="60" t="s">
         <v>774</v>
       </c>
       <c r="B186" s="6">
         <v>42103091519</v>
       </c>
       <c r="C186" s="6" t="s">
         <v>775</v>
       </c>
       <c r="D186" s="10" t="s">
         <v>776</v>
       </c>
       <c r="E186" s="10" t="s">
         <v>777</v>
       </c>
-      <c r="F186" s="73" t="s">
+      <c r="F186" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G186" s="10" t="s">
         <v>778</v>
       </c>
       <c r="H186" s="9"/>
     </row>
     <row r="187" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A187" s="60" t="s">
         <v>779</v>
       </c>
       <c r="B187" s="6">
         <v>40103699026</v>
       </c>
       <c r="C187" s="6" t="s">
         <v>780</v>
       </c>
       <c r="D187" s="10" t="s">
         <v>781</v>
       </c>
       <c r="E187" s="10" t="s">
         <v>782</v>
       </c>
-      <c r="F187" s="73" t="s">
+      <c r="F187" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G187" s="10" t="s">
         <v>783</v>
       </c>
       <c r="H187" s="9"/>
     </row>
     <row r="188" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A188" s="8" t="s">
         <v>784</v>
       </c>
       <c r="B188" s="6">
         <v>40203429057</v>
       </c>
       <c r="C188" s="6" t="s">
         <v>780</v>
       </c>
       <c r="D188" s="5" t="s">
         <v>785</v>
       </c>
       <c r="E188" s="5" t="s">
         <v>786</v>
       </c>
-      <c r="F188" s="73" t="s">
+      <c r="F188" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G188" s="14" t="s">
         <v>629</v>
       </c>
       <c r="H188" s="9"/>
     </row>
     <row r="189" spans="1:8" ht="330" x14ac:dyDescent="0.25">
       <c r="A189" s="60" t="s">
         <v>787</v>
       </c>
       <c r="B189" s="6">
         <v>40203059433</v>
       </c>
       <c r="C189" s="6" t="s">
         <v>788</v>
       </c>
       <c r="D189" s="10" t="s">
         <v>789</v>
       </c>
       <c r="E189" s="10" t="s">
         <v>790</v>
       </c>
-      <c r="F189" s="73" t="s">
+      <c r="F189" s="72" t="s">
         <v>791</v>
       </c>
       <c r="G189" s="10" t="s">
         <v>792</v>
       </c>
       <c r="H189" s="9"/>
     </row>
     <row r="190" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A190" s="8" t="s">
         <v>793</v>
       </c>
       <c r="B190" s="6">
         <v>42103098292</v>
       </c>
       <c r="C190" s="6" t="s">
         <v>794</v>
       </c>
       <c r="D190" s="5" t="s">
         <v>795</v>
       </c>
       <c r="E190" s="5" t="s">
         <v>796</v>
       </c>
-      <c r="F190" s="73" t="s">
+      <c r="F190" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G190" s="14" t="s">
         <v>797</v>
       </c>
       <c r="H190" s="9"/>
     </row>
     <row r="191" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A191" s="8" t="s">
         <v>798</v>
       </c>
       <c r="B191" s="6">
         <v>40203399617</v>
       </c>
       <c r="C191" s="15" t="s">
         <v>799</v>
       </c>
       <c r="D191" s="5" t="s">
         <v>800</v>
       </c>
       <c r="E191" s="5" t="s">
         <v>801</v>
       </c>
-      <c r="F191" s="73" t="s">
+      <c r="F191" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G191" s="14" t="s">
         <v>802</v>
       </c>
       <c r="H191" s="9"/>
     </row>
     <row r="192" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A192" s="7" t="s">
         <v>803</v>
       </c>
       <c r="B192" s="7">
         <v>50103683991</v>
       </c>
       <c r="C192" s="71" t="s">
         <v>804</v>
       </c>
       <c r="D192" s="7" t="s">
         <v>805</v>
       </c>
       <c r="E192" s="7" t="s">
         <v>806</v>
       </c>
-      <c r="F192" s="73" t="s">
+      <c r="F192" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G192" s="7" t="s">
         <v>807</v>
       </c>
       <c r="H192" s="17"/>
     </row>
     <row r="193" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A193" s="60" t="s">
         <v>808</v>
       </c>
       <c r="B193" s="6">
         <v>40203351818</v>
       </c>
       <c r="C193" s="6" t="s">
         <v>804</v>
       </c>
       <c r="D193" s="10" t="s">
         <v>809</v>
       </c>
       <c r="E193" s="10" t="s">
         <v>810</v>
       </c>
-      <c r="F193" s="73" t="s">
+      <c r="F193" s="72" t="s">
         <v>127</v>
       </c>
       <c r="G193" s="10" t="s">
         <v>811</v>
       </c>
       <c r="H193" s="9"/>
     </row>
     <row r="194" spans="1:8" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A194" s="60" t="s">
         <v>812</v>
       </c>
       <c r="B194" s="6">
         <v>40203029354</v>
       </c>
       <c r="C194" s="6" t="s">
         <v>813</v>
       </c>
       <c r="D194" s="10" t="s">
         <v>814</v>
       </c>
       <c r="E194" s="10" t="s">
         <v>815</v>
       </c>
-      <c r="F194" s="73" t="s">
+      <c r="F194" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G194" s="10" t="s">
         <v>816</v>
       </c>
       <c r="H194" s="9"/>
     </row>
     <row r="195" spans="1:8" ht="237.6" x14ac:dyDescent="0.25">
       <c r="A195" s="60" t="s">
         <v>817</v>
       </c>
       <c r="B195" s="7">
         <v>40103559906</v>
       </c>
       <c r="C195" s="7" t="s">
         <v>818</v>
       </c>
       <c r="D195" s="10" t="s">
         <v>819</v>
       </c>
       <c r="E195" s="10" t="s">
         <v>820</v>
       </c>
-      <c r="F195" s="73" t="s">
+      <c r="F195" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G195" s="10" t="s">
         <v>821</v>
       </c>
       <c r="H195" s="9"/>
     </row>
     <row r="196" spans="1:8" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A196" s="60" t="s">
         <v>822</v>
       </c>
       <c r="B196" s="7" t="s">
         <v>823</v>
       </c>
       <c r="C196" s="7" t="s">
         <v>824</v>
       </c>
       <c r="D196" s="10" t="s">
         <v>825</v>
       </c>
       <c r="E196" s="10" t="s">
         <v>826</v>
       </c>
-      <c r="F196" s="73" t="s">
+      <c r="F196" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G196" s="10" t="s">
         <v>827</v>
       </c>
       <c r="H196" s="9"/>
     </row>
     <row r="197" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A197" s="8" t="s">
         <v>828</v>
       </c>
       <c r="B197" s="6">
         <v>40203327642</v>
       </c>
       <c r="C197" s="6" t="s">
         <v>829</v>
       </c>
       <c r="D197" s="5" t="s">
         <v>830</v>
       </c>
       <c r="E197" s="10" t="s">
         <v>831</v>
       </c>
-      <c r="F197" s="73" t="s">
+      <c r="F197" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G197" s="10" t="s">
         <v>832</v>
       </c>
       <c r="H197" s="9"/>
     </row>
-    <row r="198" spans="1:8" ht="132" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A198" s="64" t="s">
         <v>833</v>
       </c>
       <c r="B198" s="37">
         <v>40103474459</v>
       </c>
       <c r="C198" s="37" t="s">
         <v>834</v>
       </c>
       <c r="D198" s="47" t="s">
         <v>835</v>
       </c>
       <c r="E198" s="56" t="s">
         <v>836</v>
       </c>
-      <c r="F198" s="73" t="s">
+      <c r="F198" s="37" t="s">
         <v>13</v>
       </c>
       <c r="G198" s="47" t="s">
         <v>837</v>
       </c>
       <c r="H198" s="9"/>
     </row>
     <row r="199" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A199" s="60" t="s">
         <v>838</v>
       </c>
       <c r="B199" s="6">
         <v>40003552140</v>
       </c>
       <c r="C199" s="6" t="s">
         <v>839</v>
       </c>
       <c r="D199" s="10" t="s">
         <v>840</v>
       </c>
       <c r="E199" s="10" t="s">
         <v>841</v>
       </c>
-      <c r="F199" s="73" t="s">
+      <c r="F199" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G199" s="10" t="s">
         <v>842</v>
       </c>
       <c r="H199" s="9"/>
     </row>
     <row r="200" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A200" s="60" t="s">
         <v>843</v>
       </c>
       <c r="B200" s="6">
         <v>42403037719</v>
       </c>
       <c r="C200" s="6" t="s">
         <v>839</v>
       </c>
       <c r="D200" s="10" t="s">
         <v>844</v>
       </c>
       <c r="E200" s="10" t="s">
         <v>845</v>
       </c>
-      <c r="F200" s="73" t="s">
+      <c r="F200" s="72" t="s">
         <v>846</v>
       </c>
       <c r="G200" s="10" t="s">
         <v>847</v>
       </c>
       <c r="H200" s="9"/>
     </row>
-    <row r="201" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A201" s="8" t="s">
         <v>848</v>
       </c>
       <c r="B201" s="6">
         <v>40103298690</v>
       </c>
       <c r="C201" s="6" t="s">
         <v>849</v>
       </c>
       <c r="D201" s="5" t="s">
         <v>850</v>
       </c>
       <c r="E201" s="5" t="s">
         <v>851</v>
       </c>
-      <c r="F201" s="73" t="s">
+      <c r="F201" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G201" s="14" t="s">
         <v>852</v>
       </c>
       <c r="H201" s="9"/>
     </row>
     <row r="202" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A202" s="8" t="s">
         <v>853</v>
       </c>
       <c r="B202" s="6">
         <v>42103093030</v>
       </c>
       <c r="C202" s="15" t="s">
         <v>854</v>
       </c>
       <c r="D202" s="5" t="s">
         <v>855</v>
       </c>
       <c r="E202" s="5" t="s">
         <v>856</v>
       </c>
-      <c r="F202" s="73" t="s">
+      <c r="F202" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G202" s="14" t="s">
         <v>857</v>
       </c>
       <c r="H202" s="9"/>
     </row>
-    <row r="203" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A203" s="58" t="s">
         <v>858</v>
       </c>
       <c r="B203" s="37">
         <v>40203435829</v>
       </c>
       <c r="C203" s="37" t="s">
         <v>859</v>
       </c>
       <c r="D203" s="38" t="s">
         <v>860</v>
       </c>
       <c r="E203" s="38" t="s">
         <v>861</v>
       </c>
-      <c r="F203" s="73" t="s">
+      <c r="F203" s="37" t="s">
         <v>13</v>
       </c>
       <c r="G203" s="43" t="s">
         <v>862</v>
       </c>
       <c r="H203" s="9"/>
     </row>
     <row r="204" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A204" s="8" t="s">
         <v>863</v>
       </c>
       <c r="B204" s="6">
         <v>40103511276</v>
       </c>
       <c r="C204" s="15" t="s">
         <v>864</v>
       </c>
       <c r="D204" s="5" t="s">
         <v>865</v>
       </c>
       <c r="E204" s="5" t="s">
         <v>866</v>
       </c>
-      <c r="F204" s="73" t="s">
+      <c r="F204" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G204" s="57" t="s">
         <v>867</v>
       </c>
       <c r="H204" s="9"/>
     </row>
     <row r="205" spans="1:8" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A205" s="8" t="s">
         <v>868</v>
       </c>
       <c r="B205" s="6">
         <v>40203382273</v>
       </c>
       <c r="C205" s="15" t="s">
         <v>869</v>
       </c>
       <c r="D205" s="5" t="s">
         <v>870</v>
       </c>
       <c r="E205" s="5" t="s">
         <v>871</v>
       </c>
-      <c r="F205" s="73" t="s">
+      <c r="F205" s="72" t="s">
         <v>19</v>
       </c>
       <c r="G205" s="5" t="s">
         <v>872</v>
       </c>
       <c r="H205" s="9"/>
     </row>
     <row r="206" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A206" s="8" t="s">
         <v>873</v>
       </c>
       <c r="B206" s="6">
         <v>42103103273</v>
       </c>
       <c r="C206" s="6" t="s">
         <v>874</v>
       </c>
       <c r="D206" s="5" t="s">
         <v>875</v>
       </c>
       <c r="E206" s="5" t="s">
         <v>876</v>
       </c>
-      <c r="F206" s="73" t="s">
+      <c r="F206" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G206" s="14" t="s">
         <v>877</v>
       </c>
       <c r="H206" s="9"/>
     </row>
     <row r="207" spans="1:8" ht="89.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A207" s="8" t="s">
         <v>878</v>
       </c>
       <c r="B207" s="6">
         <v>40103392256</v>
       </c>
       <c r="C207" s="6" t="s">
         <v>874</v>
       </c>
       <c r="D207" s="5" t="s">
         <v>879</v>
       </c>
       <c r="E207" s="5" t="s">
         <v>880</v>
       </c>
-      <c r="F207" s="73" t="s">
+      <c r="F207" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G207" s="14" t="s">
         <v>881</v>
       </c>
       <c r="H207" s="9"/>
     </row>
     <row r="208" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A208" s="8" t="s">
         <v>882</v>
       </c>
       <c r="B208" s="6">
         <v>40203352298</v>
       </c>
       <c r="C208" s="6" t="s">
         <v>883</v>
       </c>
       <c r="D208" s="5" t="s">
         <v>884</v>
       </c>
       <c r="E208" s="5" t="s">
         <v>885</v>
       </c>
-      <c r="F208" s="73" t="s">
+      <c r="F208" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G208" s="14" t="s">
         <v>886</v>
       </c>
       <c r="H208" s="9"/>
     </row>
     <row r="209" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A209" s="60" t="s">
         <v>887</v>
       </c>
       <c r="B209" s="6">
         <v>40203349353</v>
       </c>
       <c r="C209" s="6" t="s">
         <v>888</v>
       </c>
       <c r="D209" s="10" t="s">
         <v>889</v>
       </c>
       <c r="E209" s="10" t="s">
         <v>890</v>
       </c>
-      <c r="F209" s="73" t="s">
+      <c r="F209" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G209" s="10" t="s">
         <v>891</v>
       </c>
       <c r="H209" s="9"/>
     </row>
     <row r="210" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A210" s="8" t="s">
         <v>892</v>
       </c>
       <c r="B210" s="6">
         <v>40003403479</v>
       </c>
       <c r="C210" s="6" t="s">
         <v>893</v>
       </c>
       <c r="D210" s="5" t="s">
         <v>894</v>
       </c>
       <c r="E210" s="5" t="s">
         <v>895</v>
       </c>
-      <c r="F210" s="73" t="s">
+      <c r="F210" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G210" s="14" t="s">
         <v>896</v>
       </c>
       <c r="H210" s="9"/>
     </row>
     <row r="211" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A211" s="8" t="s">
         <v>897</v>
       </c>
       <c r="B211" s="6">
         <v>40203444249</v>
       </c>
       <c r="C211" s="6" t="s">
         <v>898</v>
       </c>
       <c r="D211" s="5" t="s">
         <v>899</v>
       </c>
       <c r="E211" s="5" t="s">
         <v>900</v>
       </c>
-      <c r="F211" s="73" t="s">
+      <c r="F211" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G211" s="14" t="s">
         <v>901</v>
       </c>
       <c r="H211" s="9"/>
     </row>
     <row r="212" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A212" s="8" t="s">
         <v>902</v>
       </c>
       <c r="B212" s="6">
         <v>40203397156</v>
       </c>
       <c r="C212" s="6" t="s">
         <v>903</v>
       </c>
       <c r="D212" s="5" t="s">
         <v>904</v>
       </c>
       <c r="E212" s="5" t="s">
         <v>905</v>
       </c>
-      <c r="F212" s="73" t="s">
+      <c r="F212" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G212" s="5" t="s">
         <v>867</v>
       </c>
       <c r="H212" s="9"/>
     </row>
     <row r="213" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A213" s="8" t="s">
         <v>906</v>
       </c>
       <c r="B213" s="6">
         <v>50203429171</v>
       </c>
       <c r="C213" s="6" t="s">
         <v>907</v>
       </c>
       <c r="D213" s="5" t="s">
         <v>908</v>
       </c>
       <c r="E213" s="5" t="s">
         <v>909</v>
       </c>
-      <c r="F213" s="73" t="s">
+      <c r="F213" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G213" s="5" t="s">
         <v>910</v>
       </c>
       <c r="H213" s="9"/>
     </row>
     <row r="214" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A214" s="8" t="s">
         <v>911</v>
       </c>
       <c r="B214" s="6">
         <v>40203423355</v>
       </c>
       <c r="C214" s="6" t="s">
         <v>912</v>
       </c>
       <c r="D214" s="5" t="s">
         <v>913</v>
       </c>
       <c r="E214" s="5" t="s">
         <v>914</v>
       </c>
-      <c r="F214" s="73" t="s">
+      <c r="F214" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G214" s="5" t="s">
         <v>915</v>
       </c>
       <c r="H214" s="9"/>
     </row>
     <row r="215" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A215" s="8" t="s">
         <v>916</v>
       </c>
       <c r="B215" s="6">
         <v>40203434274</v>
       </c>
       <c r="C215" s="6" t="s">
         <v>912</v>
       </c>
       <c r="D215" s="5" t="s">
         <v>917</v>
       </c>
       <c r="E215" s="5" t="s">
         <v>918</v>
       </c>
-      <c r="F215" s="73" t="s">
+      <c r="F215" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G215" s="5" t="s">
         <v>802</v>
       </c>
       <c r="H215" s="9"/>
     </row>
     <row r="216" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A216" s="58" t="s">
         <v>919</v>
       </c>
       <c r="B216" s="37">
         <v>40003991334</v>
       </c>
       <c r="C216" s="37" t="s">
         <v>920</v>
       </c>
       <c r="D216" s="38" t="s">
         <v>921</v>
       </c>
       <c r="E216" s="38" t="s">
         <v>922</v>
       </c>
-      <c r="F216" s="73" t="s">
+      <c r="F216" s="37" t="s">
         <v>379</v>
       </c>
       <c r="G216" s="43" t="s">
         <v>923</v>
       </c>
       <c r="H216" s="9"/>
     </row>
     <row r="217" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A217" s="8" t="s">
         <v>924</v>
       </c>
       <c r="B217" s="6">
         <v>40103051857</v>
       </c>
       <c r="C217" s="6" t="s">
         <v>925</v>
       </c>
       <c r="D217" s="5" t="s">
         <v>926</v>
       </c>
       <c r="E217" s="5" t="s">
         <v>927</v>
       </c>
-      <c r="F217" s="73" t="s">
+      <c r="F217" s="72" t="s">
         <v>127</v>
       </c>
       <c r="G217" s="14" t="s">
         <v>928</v>
       </c>
       <c r="H217" s="9"/>
     </row>
     <row r="218" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A218" s="8" t="s">
         <v>929</v>
       </c>
       <c r="B218" s="6">
         <v>41202009203</v>
       </c>
       <c r="C218" s="6" t="s">
         <v>930</v>
       </c>
       <c r="D218" s="5" t="s">
         <v>931</v>
       </c>
       <c r="E218" s="5" t="s">
         <v>932</v>
       </c>
-      <c r="F218" s="73" t="s">
+      <c r="F218" s="72" t="s">
         <v>379</v>
       </c>
       <c r="G218" s="14" t="s">
         <v>933</v>
       </c>
       <c r="H218" s="9"/>
     </row>
     <row r="219" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A219" s="8" t="s">
         <v>934</v>
       </c>
       <c r="B219" s="6">
         <v>40203455609</v>
       </c>
       <c r="C219" s="6" t="s">
         <v>935</v>
       </c>
       <c r="D219" s="8" t="s">
         <v>936</v>
       </c>
       <c r="E219" s="8" t="s">
         <v>937</v>
       </c>
-      <c r="F219" s="73" t="s">
+      <c r="F219" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G219" s="8" t="s">
         <v>901</v>
       </c>
       <c r="H219" s="9"/>
     </row>
     <row r="220" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A220" s="8" t="s">
         <v>938</v>
       </c>
       <c r="B220" s="6">
         <v>40103374551</v>
       </c>
       <c r="C220" s="6" t="s">
         <v>939</v>
       </c>
       <c r="D220" s="5" t="s">
         <v>940</v>
       </c>
       <c r="E220" s="5" t="s">
         <v>941</v>
       </c>
-      <c r="F220" s="73" t="s">
+      <c r="F220" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G220" s="8" t="s">
         <v>901</v>
       </c>
       <c r="H220" s="9"/>
     </row>
     <row r="221" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A221" s="59" t="s">
         <v>942</v>
       </c>
       <c r="B221" s="6">
         <v>40203440942</v>
       </c>
       <c r="C221" s="15" t="s">
         <v>943</v>
       </c>
       <c r="D221" s="5" t="s">
         <v>944</v>
       </c>
       <c r="E221" s="5" t="s">
         <v>945</v>
       </c>
-      <c r="F221" s="73" t="s">
+      <c r="F221" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G221" s="14" t="s">
         <v>901</v>
       </c>
       <c r="H221" s="9"/>
     </row>
     <row r="222" spans="1:8" ht="120.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A222" s="8" t="s">
         <v>946</v>
       </c>
       <c r="B222" s="6">
         <v>40203349921</v>
       </c>
       <c r="C222" s="6" t="s">
         <v>947</v>
       </c>
       <c r="D222" s="5" t="s">
         <v>948</v>
       </c>
       <c r="E222" s="5" t="s">
         <v>949</v>
       </c>
-      <c r="F222" s="73" t="s">
+      <c r="F222" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G222" s="14" t="s">
         <v>950</v>
       </c>
       <c r="H222" s="9"/>
     </row>
     <row r="223" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
-      <c r="A223" s="72" t="s">
+      <c r="A223" s="8" t="s">
         <v>951</v>
       </c>
       <c r="B223" s="6">
         <v>40203424312</v>
       </c>
       <c r="C223" s="6" t="s">
         <v>952</v>
       </c>
       <c r="D223" s="5" t="s">
         <v>953</v>
       </c>
       <c r="E223" s="5" t="s">
         <v>954</v>
       </c>
-      <c r="F223" s="73" t="s">
+      <c r="F223" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G223" s="14" t="s">
         <v>950</v>
       </c>
       <c r="H223" s="9"/>
     </row>
     <row r="224" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A224" s="8" t="s">
         <v>955</v>
       </c>
       <c r="B224" s="6">
         <v>40203460120</v>
       </c>
       <c r="C224" s="6" t="s">
         <v>956</v>
       </c>
       <c r="D224" s="5" t="s">
         <v>957</v>
       </c>
       <c r="E224" s="5" t="s">
         <v>958</v>
       </c>
-      <c r="F224" s="73" t="s">
+      <c r="F224" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G224" s="14" t="s">
         <v>959</v>
       </c>
       <c r="H224" s="9"/>
     </row>
     <row r="225" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A225" s="8" t="s">
         <v>960</v>
       </c>
       <c r="B225" s="6">
         <v>40103974082</v>
       </c>
       <c r="C225" s="6" t="s">
         <v>961</v>
       </c>
       <c r="D225" s="5" t="s">
         <v>962</v>
       </c>
       <c r="E225" s="5" t="s">
         <v>963</v>
       </c>
-      <c r="F225" s="73" t="s">
+      <c r="F225" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G225" s="14" t="s">
         <v>964</v>
       </c>
       <c r="H225" s="9"/>
     </row>
     <row r="226" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A226" s="8" t="s">
         <v>965</v>
       </c>
       <c r="B226" s="6">
         <v>40103603072</v>
       </c>
       <c r="C226" s="6" t="s">
         <v>898</v>
       </c>
       <c r="D226" s="5" t="s">
         <v>966</v>
       </c>
       <c r="E226" s="5" t="s">
         <v>967</v>
       </c>
-      <c r="F226" s="73" t="s">
+      <c r="F226" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G226" s="14" t="s">
         <v>968</v>
       </c>
       <c r="H226" s="9"/>
     </row>
     <row r="227" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A227" s="8" t="s">
         <v>969</v>
       </c>
       <c r="B227" s="6">
         <v>40003167227</v>
       </c>
       <c r="C227" s="6" t="s">
         <v>907</v>
       </c>
       <c r="D227" s="5" t="s">
         <v>970</v>
       </c>
       <c r="E227" s="5" t="s">
         <v>971</v>
       </c>
-      <c r="F227" s="73" t="s">
+      <c r="F227" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G227" s="14" t="s">
         <v>972</v>
       </c>
       <c r="H227" s="9"/>
     </row>
     <row r="228" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A228" s="8" t="s">
         <v>973</v>
       </c>
       <c r="B228" s="6">
         <v>40003752725</v>
       </c>
       <c r="C228" s="6" t="s">
         <v>974</v>
       </c>
       <c r="D228" s="5" t="s">
         <v>975</v>
       </c>
       <c r="E228" s="5" t="s">
         <v>976</v>
       </c>
-      <c r="F228" s="73" t="s">
+      <c r="F228" s="72" t="s">
         <v>379</v>
       </c>
       <c r="G228" s="14" t="s">
         <v>977</v>
       </c>
       <c r="H228" s="9"/>
     </row>
     <row r="229" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A229" s="8"/>
       <c r="B229" s="6"/>
       <c r="C229" s="6"/>
       <c r="D229" s="5"/>
       <c r="E229" s="5"/>
       <c r="F229" s="5"/>
       <c r="G229" s="5"/>
       <c r="H229" s="9"/>
     </row>
     <row r="230" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A230" s="8"/>
       <c r="B230" s="6"/>
       <c r="C230" s="6"/>
       <c r="D230" s="5"/>
       <c r="E230" s="5"/>
       <c r="F230" s="5"/>
       <c r="G230" s="5"/>
@@ -11808,59 +11801,65 @@
     <mergeCell ref="F83:F84"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="2">
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100B3C9C276AFEEAF44A5EEB1316BFEF153" ma:contentTypeVersion="0" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="ad519bfe87475cb025282f53f7303917">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea38c56bd2b816e995eaa7588db9f73d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
@@ -11930,90 +11929,84 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...13 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
@@ -12022,40 +12015,39 @@
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Nodokļu apmēra precizēšana</vt:lpstr>
       <vt:lpstr>'Nodokļu apmēra precizēšana'!_Hlk107235487</vt:lpstr>
       <vt:lpstr>'Nodokļu apmēra precizēšana'!_Hlk142472030</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Valsts ieņēmumu dienests</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Iveta Buškevica</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B3C9C276AFEEAF44A5EEB1316BFEF153</vt:lpwstr>
   </property>
 </Properties>
 </file>