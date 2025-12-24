--- v2 (2025-11-30)
+++ v3 (2025-12-24)
@@ -6,60 +6,60 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24931"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vid00238\Documents\ārējā_lapa\2025\Novembris\2811\lemumi\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Decembris\Lēmumi\3Lēmumi par nodokļu apmēra precizēšanu\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{64B7EBA7-48F6-4163-989F-E8C7A769381C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0BE1E357-82F5-40EF-A245-E989FE2A8664}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nodokļu apmēra precizēšana" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Nodokļu apmēra precizēšana'!$A$2:$G$3</definedName>
     <definedName name="_Hlk107235487" localSheetId="0">'Nodokļu apmēra precizēšana'!$F$85</definedName>
     <definedName name="_Hlk142472030" localSheetId="0">'Nodokļu apmēra precizēšana'!$A$219</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1348" uniqueCount="978">
   <si>
     <t>Lēmumi par nodokļu apmēra precizēšanu</t>
   </si>
   <si>
     <r>
@@ -4118,65 +4118,58 @@
   </si>
   <si>
     <t xml:space="preserve">Likuma “Par nodokļiem un nodevām” 1. panta 18. punkta f) apakšpunkts, Pievienotās vērtības nodokļa likuma 5. panta pirmās daļas 1. punkts, 34. panta pirmā, otrā daļa, 41. panta pirmās daļas pirmais punkts, 84. panta pirmā daļa, 120. panta pirmā daļa, Uzņēmuma ienākuma nodokļa likuma 3. panta pirmā daļa, 4. panta otrās daļas 2. punkta d) un e) apakšpunkti, devītā daļa, 11. pants.
 </t>
   </si>
   <si>
     <t xml:space="preserve">SIA “D&amp;P” </t>
   </si>
   <si>
     <t>29.08.2024.</t>
   </si>
   <si>
     <t>Nodokļu kontrolē konstatēts, ka SIA “D&amp;P” akcīzes preču apritē izdarītais administratīvais pārkāpums ietekmē nodokļu apmēru. Tādējādi SIA “D&amp;P” papildu nomaksai budžetā aprēķināts akcīzes nodoklis 13 499,30 EUR un nokavējuma nauda 4097,04 EUR.</t>
   </si>
   <si>
     <t>SIA “D&amp;P” nodokļu apmēra precizēšanas rezultātā papildu nomaksai budžetā aprēķināts akcīzes nodoklis 13 499,30 EUR un nokavējuma nauda 4097,04 EUR.</t>
   </si>
   <si>
     <t>Likuma “Par nodokļiem un nodevām” 23.panta 5.4 daļa  un likuma “Par akcīzes nodokli” 14. panta pirmās daļas 6. punkts, kā arī 22. panta pirmā, 33. panta devītā un 34. panta otrā daļa.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
-    </font>
-[...5 lines deleted...]
-      <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -4372,286 +4365,286 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="79">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="1" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="1" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{16A88378-CB39-44A1-8A9D-9B24210459BD}"/>
   </cellStyles>
   <dxfs count="32">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Arial"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="none"/>
@@ -5546,91 +5539,91 @@
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Kolonna3" headerRowDxfId="24" dataDxfId="23"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Kolonna4" headerRowDxfId="22" dataDxfId="21"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Kolonna5" headerRowDxfId="20" dataDxfId="19"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Kolonna6" headerRowDxfId="18" dataDxfId="17"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="Tabula13" displayName="Tabula13" ref="A13:G82" headerRowCount="0" totalsRowShown="0" headerRowDxfId="16" dataDxfId="15" tableBorderDxfId="14">
   <tableColumns count="7">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0100-000001000000}" name="Kolonna1" headerRowDxfId="13" dataDxfId="12"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0100-000002000000}" name="Kolonna2" headerRowDxfId="11" dataDxfId="10"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0100-000003000000}" name="Kolonna3" headerRowDxfId="9" dataDxfId="8"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0100-000004000000}" name="Kolonna4" headerRowDxfId="7" dataDxfId="6"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0100-000005000000}" name="Kolonna5" headerRowDxfId="5" dataDxfId="4"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0100-000006000000}" name="Kolonna6" headerRowDxfId="3" dataDxfId="2"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0100-000007000000}" name="Kolonna7" headerRowDxfId="1" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -5692,51 +5685,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -5834,93 +5827,93 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:H281"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A226" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="N227" sqref="N227"/>
+      <selection pane="bottomLeft" activeCell="A228" sqref="A228"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="14" style="1" customWidth="1"/>
     <col min="3" max="3" width="13.44140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="52.88671875" style="1" customWidth="1"/>
     <col min="5" max="5" width="40.5546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="12.44140625" style="2" customWidth="1"/>
     <col min="7" max="7" width="79.109375" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="103.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="75" t="s">
+      <c r="A1" s="73" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="76"/>
-[...3 lines deleted...]
-      <c r="F1" s="77" t="s">
+      <c r="B1" s="74"/>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="74"/>
+      <c r="F1" s="75" t="s">
         <v>1</v>
       </c>
-      <c r="G1" s="77"/>
+      <c r="G1" s="75"/>
       <c r="H1" s="9"/>
     </row>
     <row r="2" spans="1:8" ht="37.799999999999997" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="9"/>
@@ -6983,51 +6976,51 @@
     </row>
     <row r="47" spans="1:8" ht="409.6" x14ac:dyDescent="0.25">
       <c r="A47" s="32" t="s">
         <v>206</v>
       </c>
       <c r="B47" s="13">
         <v>40203110377</v>
       </c>
       <c r="C47" s="18" t="s">
         <v>207</v>
       </c>
       <c r="D47" s="12" t="s">
         <v>208</v>
       </c>
       <c r="E47" s="12" t="s">
         <v>209</v>
       </c>
       <c r="F47" s="13" t="s">
         <v>210</v>
       </c>
       <c r="G47" s="12" t="s">
         <v>13</v>
       </c>
       <c r="H47" s="9"/>
     </row>
-    <row r="48" spans="1:8" ht="171.6" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A48" s="32" t="s">
         <v>211</v>
       </c>
       <c r="B48" s="13">
         <v>40203349940</v>
       </c>
       <c r="C48" s="13" t="s">
         <v>212</v>
       </c>
       <c r="D48" s="12" t="s">
         <v>213</v>
       </c>
       <c r="E48" s="12" t="s">
         <v>214</v>
       </c>
       <c r="F48" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G48" s="12" t="s">
         <v>215</v>
       </c>
       <c r="H48" s="9"/>
     </row>
     <row r="49" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A49" s="32" t="s">
@@ -7811,145 +7804,145 @@
       </c>
       <c r="B82" s="13">
         <v>40203361430</v>
       </c>
       <c r="C82" s="18" t="s">
         <v>335</v>
       </c>
       <c r="D82" s="12" t="s">
         <v>343</v>
       </c>
       <c r="E82" s="12" t="s">
         <v>344</v>
       </c>
       <c r="F82" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G82" s="12" t="s">
         <v>220</v>
       </c>
       <c r="H82" s="9"/>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A83" s="78" t="s">
         <v>345</v>
       </c>
-      <c r="B83" s="74">
+      <c r="B83" s="76">
         <v>40103766030</v>
       </c>
-      <c r="C83" s="74" t="s">
+      <c r="C83" s="76" t="s">
         <v>335</v>
       </c>
-      <c r="D83" s="73" t="s">
+      <c r="D83" s="77" t="s">
         <v>346</v>
       </c>
-      <c r="E83" s="73" t="s">
+      <c r="E83" s="77" t="s">
         <v>347</v>
       </c>
-      <c r="F83" s="74" t="s">
+      <c r="F83" s="76" t="s">
         <v>348</v>
       </c>
       <c r="G83" s="78" t="s">
         <v>349</v>
       </c>
       <c r="H83" s="9"/>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A84" s="78"/>
-      <c r="B84" s="74"/>
-[...3 lines deleted...]
-      <c r="F84" s="74"/>
+      <c r="B84" s="76"/>
+      <c r="C84" s="76"/>
+      <c r="D84" s="77"/>
+      <c r="E84" s="77"/>
+      <c r="F84" s="76"/>
       <c r="G84" s="78"/>
       <c r="H84" s="9"/>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A85" s="78" t="s">
         <v>350</v>
       </c>
-      <c r="B85" s="74">
+      <c r="B85" s="76">
         <v>40103853056</v>
       </c>
-      <c r="C85" s="74" t="s">
+      <c r="C85" s="76" t="s">
         <v>335</v>
       </c>
-      <c r="D85" s="73" t="s">
+      <c r="D85" s="77" t="s">
         <v>351</v>
       </c>
-      <c r="E85" s="73" t="s">
+      <c r="E85" s="77" t="s">
         <v>352</v>
       </c>
-      <c r="F85" s="74" t="s">
+      <c r="F85" s="76" t="s">
         <v>348</v>
       </c>
       <c r="G85" s="78" t="s">
         <v>353</v>
       </c>
       <c r="H85" s="9"/>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A86" s="78"/>
-      <c r="B86" s="74"/>
-[...3 lines deleted...]
-      <c r="F86" s="74"/>
+      <c r="B86" s="76"/>
+      <c r="C86" s="76"/>
+      <c r="D86" s="77"/>
+      <c r="E86" s="77"/>
+      <c r="F86" s="76"/>
       <c r="G86" s="78"/>
       <c r="H86" s="9"/>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A87" s="78" t="s">
         <v>354</v>
       </c>
-      <c r="B87" s="74">
+      <c r="B87" s="76">
         <v>50103659561</v>
       </c>
-      <c r="C87" s="74" t="s">
+      <c r="C87" s="76" t="s">
         <v>335</v>
       </c>
-      <c r="D87" s="73" t="s">
+      <c r="D87" s="77" t="s">
         <v>355</v>
       </c>
-      <c r="E87" s="73" t="s">
+      <c r="E87" s="77" t="s">
         <v>356</v>
       </c>
-      <c r="F87" s="74" t="s">
+      <c r="F87" s="76" t="s">
         <v>348</v>
       </c>
       <c r="G87" s="78" t="s">
         <v>353</v>
       </c>
       <c r="H87" s="9"/>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A88" s="78"/>
-      <c r="B88" s="74"/>
-[...3 lines deleted...]
-      <c r="F88" s="74"/>
+      <c r="B88" s="76"/>
+      <c r="C88" s="76"/>
+      <c r="D88" s="77"/>
+      <c r="E88" s="77"/>
+      <c r="F88" s="76"/>
       <c r="G88" s="78"/>
       <c r="H88" s="9"/>
     </row>
     <row r="89" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A89" s="8" t="s">
         <v>357</v>
       </c>
       <c r="B89" s="6">
         <v>41503087929</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>358</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>359</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>360</v>
       </c>
       <c r="F89" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G89" s="14" t="s">
         <v>245</v>
       </c>
@@ -8331,51 +8324,51 @@
       </c>
     </row>
     <row r="106" spans="1:7" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A106" s="8" t="s">
         <v>423</v>
       </c>
       <c r="B106" s="6">
         <v>40203351593</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>424</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>425</v>
       </c>
       <c r="E106" s="5" t="s">
         <v>426</v>
       </c>
       <c r="F106" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G106" s="14" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="107" spans="1:7" ht="198" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A107" s="8" t="s">
         <v>427</v>
       </c>
       <c r="B107" s="6">
         <v>40203372519</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>424</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>428</v>
       </c>
       <c r="E107" s="5" t="s">
         <v>429</v>
       </c>
       <c r="F107" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G107" s="14" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="108" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A108" s="8" t="s">
         <v>430</v>
@@ -8733,51 +8726,51 @@
     </row>
     <row r="123" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A123" s="8" t="s">
         <v>496</v>
       </c>
       <c r="B123" s="6">
         <v>40008033315</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>335</v>
       </c>
       <c r="D123" s="5" t="s">
         <v>497</v>
       </c>
       <c r="E123" s="5" t="s">
         <v>498</v>
       </c>
       <c r="F123" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G123" s="14" t="s">
         <v>499</v>
       </c>
       <c r="H123" s="9"/>
     </row>
-    <row r="124" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A124" s="8" t="s">
         <v>500</v>
       </c>
       <c r="B124" s="6">
         <v>40103237959</v>
       </c>
       <c r="C124" s="6" t="s">
         <v>501</v>
       </c>
       <c r="D124" s="5" t="s">
         <v>502</v>
       </c>
       <c r="E124" s="5" t="s">
         <v>503</v>
       </c>
       <c r="F124" s="72" t="s">
         <v>379</v>
       </c>
       <c r="G124" s="14" t="s">
         <v>504</v>
       </c>
       <c r="H124" s="9"/>
     </row>
     <row r="125" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A125" s="8" t="s">
@@ -9743,74 +9736,74 @@
       </c>
     </row>
     <row r="166" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A166" s="8" t="s">
         <v>683</v>
       </c>
       <c r="B166" s="6">
         <v>50103179811</v>
       </c>
       <c r="C166" s="15" t="s">
         <v>684</v>
       </c>
       <c r="D166" s="5" t="s">
         <v>685</v>
       </c>
       <c r="E166" s="5" t="s">
         <v>686</v>
       </c>
       <c r="F166" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G166" s="10" t="s">
         <v>687</v>
       </c>
     </row>
-    <row r="167" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A167" s="60" t="s">
         <v>688</v>
       </c>
       <c r="B167" s="6">
         <v>40203371903</v>
       </c>
       <c r="C167" s="6" t="s">
         <v>689</v>
       </c>
       <c r="D167" s="10" t="s">
         <v>690</v>
       </c>
       <c r="E167" s="10" t="s">
         <v>691</v>
       </c>
       <c r="F167" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G167" s="10" t="s">
         <v>692</v>
       </c>
     </row>
-    <row r="168" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A168" s="8" t="s">
         <v>693</v>
       </c>
       <c r="B168" s="6">
         <v>40203412830</v>
       </c>
       <c r="C168" s="6" t="s">
         <v>694</v>
       </c>
       <c r="D168" s="5" t="s">
         <v>695</v>
       </c>
       <c r="E168" s="5" t="s">
         <v>696</v>
       </c>
       <c r="F168" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G168" s="10" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="169" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A169" s="8" t="s">
         <v>697</v>
@@ -10021,51 +10014,51 @@
     </row>
     <row r="178" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A178" s="8" t="s">
         <v>734</v>
       </c>
       <c r="B178" s="6">
         <v>43603059633</v>
       </c>
       <c r="C178" s="6" t="s">
         <v>735</v>
       </c>
       <c r="D178" s="5" t="s">
         <v>736</v>
       </c>
       <c r="E178" s="5" t="s">
         <v>737</v>
       </c>
       <c r="F178" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G178" s="14" t="s">
         <v>738</v>
       </c>
       <c r="H178" s="9"/>
     </row>
-    <row r="179" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A179" s="8" t="s">
         <v>739</v>
       </c>
       <c r="B179" s="6">
         <v>40103530027</v>
       </c>
       <c r="C179" s="6" t="s">
         <v>740</v>
       </c>
       <c r="D179" s="10" t="s">
         <v>741</v>
       </c>
       <c r="E179" s="10" t="s">
         <v>742</v>
       </c>
       <c r="F179" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G179" s="10" t="s">
         <v>743</v>
       </c>
       <c r="H179" s="9"/>
     </row>
     <row r="180" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A180" s="8" t="s">
@@ -10477,51 +10470,51 @@
     </row>
     <row r="197" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A197" s="8" t="s">
         <v>828</v>
       </c>
       <c r="B197" s="6">
         <v>40203327642</v>
       </c>
       <c r="C197" s="6" t="s">
         <v>829</v>
       </c>
       <c r="D197" s="5" t="s">
         <v>830</v>
       </c>
       <c r="E197" s="10" t="s">
         <v>831</v>
       </c>
       <c r="F197" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G197" s="10" t="s">
         <v>832</v>
       </c>
       <c r="H197" s="9"/>
     </row>
-    <row r="198" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A198" s="64" t="s">
         <v>833</v>
       </c>
       <c r="B198" s="37">
         <v>40103474459</v>
       </c>
       <c r="C198" s="37" t="s">
         <v>834</v>
       </c>
       <c r="D198" s="47" t="s">
         <v>835</v>
       </c>
       <c r="E198" s="56" t="s">
         <v>836</v>
       </c>
       <c r="F198" s="37" t="s">
         <v>13</v>
       </c>
       <c r="G198" s="47" t="s">
         <v>837</v>
       </c>
       <c r="H198" s="9"/>
     </row>
     <row r="199" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A199" s="60" t="s">
@@ -10549,99 +10542,99 @@
     </row>
     <row r="200" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A200" s="60" t="s">
         <v>843</v>
       </c>
       <c r="B200" s="6">
         <v>42403037719</v>
       </c>
       <c r="C200" s="6" t="s">
         <v>839</v>
       </c>
       <c r="D200" s="10" t="s">
         <v>844</v>
       </c>
       <c r="E200" s="10" t="s">
         <v>845</v>
       </c>
       <c r="F200" s="72" t="s">
         <v>846</v>
       </c>
       <c r="G200" s="10" t="s">
         <v>847</v>
       </c>
       <c r="H200" s="9"/>
     </row>
-    <row r="201" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A201" s="8" t="s">
         <v>848</v>
       </c>
       <c r="B201" s="6">
         <v>40103298690</v>
       </c>
       <c r="C201" s="6" t="s">
         <v>849</v>
       </c>
       <c r="D201" s="5" t="s">
         <v>850</v>
       </c>
       <c r="E201" s="5" t="s">
         <v>851</v>
       </c>
       <c r="F201" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G201" s="14" t="s">
         <v>852</v>
       </c>
       <c r="H201" s="9"/>
     </row>
     <row r="202" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A202" s="8" t="s">
         <v>853</v>
       </c>
       <c r="B202" s="6">
         <v>42103093030</v>
       </c>
       <c r="C202" s="15" t="s">
         <v>854</v>
       </c>
       <c r="D202" s="5" t="s">
         <v>855</v>
       </c>
       <c r="E202" s="5" t="s">
         <v>856</v>
       </c>
       <c r="F202" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G202" s="14" t="s">
         <v>857</v>
       </c>
       <c r="H202" s="9"/>
     </row>
-    <row r="203" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A203" s="58" t="s">
         <v>858</v>
       </c>
       <c r="B203" s="37">
         <v>40203435829</v>
       </c>
       <c r="C203" s="37" t="s">
         <v>859</v>
       </c>
       <c r="D203" s="38" t="s">
         <v>860</v>
       </c>
       <c r="E203" s="38" t="s">
         <v>861</v>
       </c>
       <c r="F203" s="37" t="s">
         <v>13</v>
       </c>
       <c r="G203" s="43" t="s">
         <v>862</v>
       </c>
       <c r="H203" s="9"/>
     </row>
     <row r="204" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A204" s="8" t="s">
@@ -11801,65 +11794,59 @@
     <mergeCell ref="F83:F84"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="2">
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100B3C9C276AFEEAF44A5EEB1316BFEF153" ma:contentTypeVersion="0" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="ad519bfe87475cb025282f53f7303917">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea38c56bd2b816e995eaa7588db9f73d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
@@ -11929,85 +11916,91 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>