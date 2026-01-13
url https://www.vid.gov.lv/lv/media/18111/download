--- v3 (2025-12-24)
+++ v4 (2026-01-13)
@@ -10,54 +10,54 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Decembris\Lēmumi\3Lēmumi par nodokļu apmēra precizēšanu\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Janvāris\Lēmumi\3Lēmumi par nodokļu apmēra precizēšanu\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0BE1E357-82F5-40EF-A245-E989FE2A8664}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E8875D5C-7B9B-4B70-BA3F-908E7F148FDF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nodokļu apmēra precizēšana" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Nodokļu apmēra precizēšana'!$A$2:$G$3</definedName>
     <definedName name="_Hlk107235487" localSheetId="0">'Nodokļu apmēra precizēšana'!$F$85</definedName>
     <definedName name="_Hlk142472030" localSheetId="0">'Nodokļu apmēra precizēšana'!$A$219</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1348" uniqueCount="978">
   <si>
     <t>Lēmumi par nodokļu apmēra precizēšanu</t>
   </si>
@@ -4585,66 +4585,66 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{16A88378-CB39-44A1-8A9D-9B24210459BD}"/>
   </cellStyles>
   <dxfs count="32">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Arial"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="none"/>
@@ -5859,61 +5859,61 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:H281"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A226" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A228" sqref="A228"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="14" style="1" customWidth="1"/>
     <col min="3" max="3" width="13.44140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="52.88671875" style="1" customWidth="1"/>
     <col min="5" max="5" width="40.5546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="12.44140625" style="2" customWidth="1"/>
     <col min="7" max="7" width="79.109375" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="103.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="73" t="s">
+      <c r="A1" s="76" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="74"/>
-[...3 lines deleted...]
-      <c r="F1" s="75" t="s">
+      <c r="B1" s="77"/>
+      <c r="C1" s="77"/>
+      <c r="D1" s="77"/>
+      <c r="E1" s="77"/>
+      <c r="F1" s="78" t="s">
         <v>1</v>
       </c>
-      <c r="G1" s="75"/>
+      <c r="G1" s="78"/>
       <c r="H1" s="9"/>
     </row>
     <row r="2" spans="1:8" ht="37.799999999999997" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="9"/>
@@ -7801,149 +7801,149 @@
     <row r="82" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A82" s="32" t="s">
         <v>342</v>
       </c>
       <c r="B82" s="13">
         <v>40203361430</v>
       </c>
       <c r="C82" s="18" t="s">
         <v>335</v>
       </c>
       <c r="D82" s="12" t="s">
         <v>343</v>
       </c>
       <c r="E82" s="12" t="s">
         <v>344</v>
       </c>
       <c r="F82" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G82" s="12" t="s">
         <v>220</v>
       </c>
       <c r="H82" s="9"/>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A83" s="78" t="s">
+      <c r="A83" s="74" t="s">
         <v>345</v>
       </c>
-      <c r="B83" s="76">
+      <c r="B83" s="73">
         <v>40103766030</v>
       </c>
-      <c r="C83" s="76" t="s">
+      <c r="C83" s="73" t="s">
         <v>335</v>
       </c>
-      <c r="D83" s="77" t="s">
+      <c r="D83" s="75" t="s">
         <v>346</v>
       </c>
-      <c r="E83" s="77" t="s">
+      <c r="E83" s="75" t="s">
         <v>347</v>
       </c>
-      <c r="F83" s="76" t="s">
+      <c r="F83" s="73" t="s">
         <v>348</v>
       </c>
-      <c r="G83" s="78" t="s">
+      <c r="G83" s="74" t="s">
         <v>349</v>
       </c>
       <c r="H83" s="9"/>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A84" s="78"/>
-[...5 lines deleted...]
-      <c r="G84" s="78"/>
+      <c r="A84" s="74"/>
+      <c r="B84" s="73"/>
+      <c r="C84" s="73"/>
+      <c r="D84" s="75"/>
+      <c r="E84" s="75"/>
+      <c r="F84" s="73"/>
+      <c r="G84" s="74"/>
       <c r="H84" s="9"/>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A85" s="78" t="s">
+      <c r="A85" s="74" t="s">
         <v>350</v>
       </c>
-      <c r="B85" s="76">
+      <c r="B85" s="73">
         <v>40103853056</v>
       </c>
-      <c r="C85" s="76" t="s">
+      <c r="C85" s="73" t="s">
         <v>335</v>
       </c>
-      <c r="D85" s="77" t="s">
+      <c r="D85" s="75" t="s">
         <v>351</v>
       </c>
-      <c r="E85" s="77" t="s">
+      <c r="E85" s="75" t="s">
         <v>352</v>
       </c>
-      <c r="F85" s="76" t="s">
+      <c r="F85" s="73" t="s">
         <v>348</v>
       </c>
-      <c r="G85" s="78" t="s">
+      <c r="G85" s="74" t="s">
         <v>353</v>
       </c>
       <c r="H85" s="9"/>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A86" s="78"/>
-[...5 lines deleted...]
-      <c r="G86" s="78"/>
+      <c r="A86" s="74"/>
+      <c r="B86" s="73"/>
+      <c r="C86" s="73"/>
+      <c r="D86" s="75"/>
+      <c r="E86" s="75"/>
+      <c r="F86" s="73"/>
+      <c r="G86" s="74"/>
       <c r="H86" s="9"/>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A87" s="78" t="s">
+      <c r="A87" s="74" t="s">
         <v>354</v>
       </c>
-      <c r="B87" s="76">
+      <c r="B87" s="73">
         <v>50103659561</v>
       </c>
-      <c r="C87" s="76" t="s">
+      <c r="C87" s="73" t="s">
         <v>335</v>
       </c>
-      <c r="D87" s="77" t="s">
+      <c r="D87" s="75" t="s">
         <v>355</v>
       </c>
-      <c r="E87" s="77" t="s">
+      <c r="E87" s="75" t="s">
         <v>356</v>
       </c>
-      <c r="F87" s="76" t="s">
+      <c r="F87" s="73" t="s">
         <v>348</v>
       </c>
-      <c r="G87" s="78" t="s">
+      <c r="G87" s="74" t="s">
         <v>353</v>
       </c>
       <c r="H87" s="9"/>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A88" s="78"/>
-[...5 lines deleted...]
-      <c r="G88" s="78"/>
+      <c r="A88" s="74"/>
+      <c r="B88" s="73"/>
+      <c r="C88" s="73"/>
+      <c r="D88" s="75"/>
+      <c r="E88" s="75"/>
+      <c r="F88" s="73"/>
+      <c r="G88" s="74"/>
       <c r="H88" s="9"/>
     </row>
     <row r="89" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A89" s="8" t="s">
         <v>357</v>
       </c>
       <c r="B89" s="6">
         <v>41503087929</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>358</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>359</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>360</v>
       </c>
       <c r="F89" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G89" s="14" t="s">
         <v>245</v>
       </c>
       <c r="H89" s="9"/>
@@ -11747,103 +11747,100 @@
       <c r="H279" s="9"/>
     </row>
     <row r="280" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A280" s="70"/>
       <c r="B280" s="70"/>
       <c r="C280" s="70"/>
       <c r="D280" s="70"/>
       <c r="E280" s="70"/>
       <c r="F280" s="9"/>
       <c r="G280" s="9"/>
       <c r="H280" s="9"/>
     </row>
     <row r="281" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A281" s="70"/>
       <c r="B281" s="70"/>
       <c r="C281" s="70"/>
       <c r="D281" s="70"/>
       <c r="E281" s="70"/>
       <c r="F281" s="9"/>
       <c r="G281" s="9"/>
       <c r="H281" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:G3" xr:uid="{00000000-0001-0000-0300-000000000000}"/>
   <mergeCells count="23">
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="F1:G1"/>
+    <mergeCell ref="B83:B84"/>
+    <mergeCell ref="C83:C84"/>
+    <mergeCell ref="D83:D84"/>
+    <mergeCell ref="E83:E84"/>
+    <mergeCell ref="F83:F84"/>
     <mergeCell ref="F87:F88"/>
     <mergeCell ref="A83:A84"/>
     <mergeCell ref="A85:A86"/>
     <mergeCell ref="A87:A88"/>
     <mergeCell ref="G83:G84"/>
     <mergeCell ref="G85:G86"/>
     <mergeCell ref="G87:G88"/>
     <mergeCell ref="B87:B88"/>
     <mergeCell ref="C87:C88"/>
     <mergeCell ref="D87:D88"/>
     <mergeCell ref="E87:E88"/>
     <mergeCell ref="B85:B86"/>
     <mergeCell ref="C85:C86"/>
     <mergeCell ref="D85:D86"/>
     <mergeCell ref="E85:E86"/>
     <mergeCell ref="F85:F86"/>
-    <mergeCell ref="A1:E1"/>
-[...5 lines deleted...]
-    <mergeCell ref="F83:F84"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="2">
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100B3C9C276AFEEAF44A5EEB1316BFEF153" ma:contentTypeVersion="0" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="ad519bfe87475cb025282f53f7303917">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea38c56bd2b816e995eaa7588db9f73d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
@@ -11917,90 +11914,93 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>