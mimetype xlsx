--- v4 (2026-01-13)
+++ v5 (2026-02-06)
@@ -10,54 +10,54 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Janvāris\Lēmumi\3Lēmumi par nodokļu apmēra precizēšanu\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Februāris\Lēmumi\3Lēmumi par nodokļu apmēra precizēšanu\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E8875D5C-7B9B-4B70-BA3F-908E7F148FDF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{262E2ADA-51BA-486B-A548-C2C0271F2B09}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nodokļu apmēra precizēšana" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Nodokļu apmēra precizēšana'!$A$2:$G$3</definedName>
     <definedName name="_Hlk107235487" localSheetId="0">'Nodokļu apmēra precizēšana'!$F$85</definedName>
     <definedName name="_Hlk142472030" localSheetId="0">'Nodokļu apmēra precizēšana'!$A$219</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1348" uniqueCount="978">
   <si>
     <t>Lēmumi par nodokļu apmēra precizēšanu</t>
   </si>
@@ -4367,51 +4367,51 @@
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="79">
+  <cellXfs count="80">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
@@ -4588,63 +4588,66 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{16A88378-CB39-44A1-8A9D-9B24210459BD}"/>
   </cellStyles>
   <dxfs count="32">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Arial"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="none"/>
@@ -5843,77 +5846,77 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:H281"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A226" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A228" sqref="A228"/>
+      <selection pane="bottomLeft" activeCell="D227" sqref="D227"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="14" style="1" customWidth="1"/>
     <col min="3" max="3" width="13.44140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="52.88671875" style="1" customWidth="1"/>
     <col min="5" max="5" width="40.5546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="12.44140625" style="2" customWidth="1"/>
     <col min="7" max="7" width="79.109375" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="103.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="76" t="s">
+      <c r="A1" s="74" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="77"/>
-[...3 lines deleted...]
-      <c r="F1" s="78" t="s">
+      <c r="B1" s="75"/>
+      <c r="C1" s="75"/>
+      <c r="D1" s="75"/>
+      <c r="E1" s="75"/>
+      <c r="F1" s="76" t="s">
         <v>1</v>
       </c>
-      <c r="G1" s="78"/>
+      <c r="G1" s="76"/>
       <c r="H1" s="9"/>
     </row>
     <row r="2" spans="1:8" ht="37.799999999999997" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="9"/>
@@ -7801,149 +7804,149 @@
     <row r="82" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A82" s="32" t="s">
         <v>342</v>
       </c>
       <c r="B82" s="13">
         <v>40203361430</v>
       </c>
       <c r="C82" s="18" t="s">
         <v>335</v>
       </c>
       <c r="D82" s="12" t="s">
         <v>343</v>
       </c>
       <c r="E82" s="12" t="s">
         <v>344</v>
       </c>
       <c r="F82" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G82" s="12" t="s">
         <v>220</v>
       </c>
       <c r="H82" s="9"/>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A83" s="74" t="s">
+      <c r="A83" s="79" t="s">
         <v>345</v>
       </c>
-      <c r="B83" s="73">
+      <c r="B83" s="77">
         <v>40103766030</v>
       </c>
-      <c r="C83" s="73" t="s">
+      <c r="C83" s="77" t="s">
         <v>335</v>
       </c>
-      <c r="D83" s="75" t="s">
+      <c r="D83" s="78" t="s">
         <v>346</v>
       </c>
-      <c r="E83" s="75" t="s">
+      <c r="E83" s="78" t="s">
         <v>347</v>
       </c>
-      <c r="F83" s="73" t="s">
+      <c r="F83" s="77" t="s">
         <v>348</v>
       </c>
-      <c r="G83" s="74" t="s">
+      <c r="G83" s="79" t="s">
         <v>349</v>
       </c>
       <c r="H83" s="9"/>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A84" s="74"/>
-[...5 lines deleted...]
-      <c r="G84" s="74"/>
+      <c r="A84" s="79"/>
+      <c r="B84" s="77"/>
+      <c r="C84" s="77"/>
+      <c r="D84" s="78"/>
+      <c r="E84" s="78"/>
+      <c r="F84" s="77"/>
+      <c r="G84" s="79"/>
       <c r="H84" s="9"/>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A85" s="74" t="s">
+      <c r="A85" s="79" t="s">
         <v>350</v>
       </c>
-      <c r="B85" s="73">
+      <c r="B85" s="77">
         <v>40103853056</v>
       </c>
-      <c r="C85" s="73" t="s">
+      <c r="C85" s="77" t="s">
         <v>335</v>
       </c>
-      <c r="D85" s="75" t="s">
+      <c r="D85" s="78" t="s">
         <v>351</v>
       </c>
-      <c r="E85" s="75" t="s">
+      <c r="E85" s="78" t="s">
         <v>352</v>
       </c>
-      <c r="F85" s="73" t="s">
+      <c r="F85" s="77" t="s">
         <v>348</v>
       </c>
-      <c r="G85" s="74" t="s">
+      <c r="G85" s="79" t="s">
         <v>353</v>
       </c>
       <c r="H85" s="9"/>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A86" s="74"/>
-[...5 lines deleted...]
-      <c r="G86" s="74"/>
+      <c r="A86" s="79"/>
+      <c r="B86" s="77"/>
+      <c r="C86" s="77"/>
+      <c r="D86" s="78"/>
+      <c r="E86" s="78"/>
+      <c r="F86" s="77"/>
+      <c r="G86" s="79"/>
       <c r="H86" s="9"/>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A87" s="74" t="s">
+      <c r="A87" s="79" t="s">
         <v>354</v>
       </c>
-      <c r="B87" s="73">
+      <c r="B87" s="77">
         <v>50103659561</v>
       </c>
-      <c r="C87" s="73" t="s">
+      <c r="C87" s="77" t="s">
         <v>335</v>
       </c>
-      <c r="D87" s="75" t="s">
+      <c r="D87" s="78" t="s">
         <v>355</v>
       </c>
-      <c r="E87" s="75" t="s">
+      <c r="E87" s="78" t="s">
         <v>356</v>
       </c>
-      <c r="F87" s="73" t="s">
+      <c r="F87" s="77" t="s">
         <v>348</v>
       </c>
-      <c r="G87" s="74" t="s">
+      <c r="G87" s="79" t="s">
         <v>353</v>
       </c>
       <c r="H87" s="9"/>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A88" s="74"/>
-[...5 lines deleted...]
-      <c r="G88" s="74"/>
+      <c r="A88" s="79"/>
+      <c r="B88" s="77"/>
+      <c r="C88" s="77"/>
+      <c r="D88" s="78"/>
+      <c r="E88" s="78"/>
+      <c r="F88" s="77"/>
+      <c r="G88" s="79"/>
       <c r="H88" s="9"/>
     </row>
     <row r="89" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A89" s="8" t="s">
         <v>357</v>
       </c>
       <c r="B89" s="6">
         <v>41503087929</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>358</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>359</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>360</v>
       </c>
       <c r="F89" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G89" s="14" t="s">
         <v>245</v>
       </c>
       <c r="H89" s="9"/>
@@ -11146,111 +11149,111 @@
       </c>
       <c r="B225" s="6">
         <v>40103974082</v>
       </c>
       <c r="C225" s="6" t="s">
         <v>961</v>
       </c>
       <c r="D225" s="5" t="s">
         <v>962</v>
       </c>
       <c r="E225" s="5" t="s">
         <v>963</v>
       </c>
       <c r="F225" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G225" s="14" t="s">
         <v>964</v>
       </c>
       <c r="H225" s="9"/>
     </row>
     <row r="226" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A226" s="8" t="s">
         <v>965</v>
       </c>
-      <c r="B226" s="6">
+      <c r="B226" s="73">
         <v>40103603072</v>
       </c>
-      <c r="C226" s="6" t="s">
+      <c r="C226" s="73" t="s">
         <v>898</v>
       </c>
       <c r="D226" s="5" t="s">
         <v>966</v>
       </c>
       <c r="E226" s="5" t="s">
         <v>967</v>
       </c>
-      <c r="F226" s="72" t="s">
+      <c r="F226" s="73" t="s">
         <v>13</v>
       </c>
       <c r="G226" s="14" t="s">
         <v>968</v>
       </c>
       <c r="H226" s="9"/>
     </row>
     <row r="227" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A227" s="8" t="s">
         <v>969</v>
       </c>
-      <c r="B227" s="6">
+      <c r="B227" s="73">
         <v>40003167227</v>
       </c>
-      <c r="C227" s="6" t="s">
+      <c r="C227" s="73" t="s">
         <v>907</v>
       </c>
       <c r="D227" s="5" t="s">
         <v>970</v>
       </c>
       <c r="E227" s="5" t="s">
         <v>971</v>
       </c>
-      <c r="F227" s="72" t="s">
+      <c r="F227" s="73" t="s">
         <v>13</v>
       </c>
       <c r="G227" s="14" t="s">
         <v>972</v>
       </c>
       <c r="H227" s="9"/>
     </row>
     <row r="228" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A228" s="8" t="s">
         <v>973</v>
       </c>
-      <c r="B228" s="6">
+      <c r="B228" s="73">
         <v>40003752725</v>
       </c>
-      <c r="C228" s="6" t="s">
+      <c r="C228" s="73" t="s">
         <v>974</v>
       </c>
       <c r="D228" s="5" t="s">
         <v>975</v>
       </c>
       <c r="E228" s="5" t="s">
         <v>976</v>
       </c>
-      <c r="F228" s="72" t="s">
+      <c r="F228" s="73" t="s">
         <v>379</v>
       </c>
       <c r="G228" s="14" t="s">
         <v>977</v>
       </c>
       <c r="H228" s="9"/>
     </row>
     <row r="229" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A229" s="8"/>
       <c r="B229" s="6"/>
       <c r="C229" s="6"/>
       <c r="D229" s="5"/>
       <c r="E229" s="5"/>
       <c r="F229" s="5"/>
       <c r="G229" s="5"/>
       <c r="H229" s="9"/>
     </row>
     <row r="230" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A230" s="8"/>
       <c r="B230" s="6"/>
       <c r="C230" s="6"/>
       <c r="D230" s="5"/>
       <c r="E230" s="5"/>
       <c r="F230" s="5"/>
       <c r="G230" s="5"/>
@@ -11747,103 +11750,112 @@
       <c r="H279" s="9"/>
     </row>
     <row r="280" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A280" s="70"/>
       <c r="B280" s="70"/>
       <c r="C280" s="70"/>
       <c r="D280" s="70"/>
       <c r="E280" s="70"/>
       <c r="F280" s="9"/>
       <c r="G280" s="9"/>
       <c r="H280" s="9"/>
     </row>
     <row r="281" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A281" s="70"/>
       <c r="B281" s="70"/>
       <c r="C281" s="70"/>
       <c r="D281" s="70"/>
       <c r="E281" s="70"/>
       <c r="F281" s="9"/>
       <c r="G281" s="9"/>
       <c r="H281" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:G3" xr:uid="{00000000-0001-0000-0300-000000000000}"/>
   <mergeCells count="23">
-    <mergeCell ref="A1:E1"/>
-[...5 lines deleted...]
-    <mergeCell ref="F83:F84"/>
     <mergeCell ref="F87:F88"/>
     <mergeCell ref="A83:A84"/>
     <mergeCell ref="A85:A86"/>
     <mergeCell ref="A87:A88"/>
     <mergeCell ref="G83:G84"/>
     <mergeCell ref="G85:G86"/>
     <mergeCell ref="G87:G88"/>
     <mergeCell ref="B87:B88"/>
     <mergeCell ref="C87:C88"/>
     <mergeCell ref="D87:D88"/>
     <mergeCell ref="E87:E88"/>
     <mergeCell ref="B85:B86"/>
     <mergeCell ref="C85:C86"/>
     <mergeCell ref="D85:D86"/>
     <mergeCell ref="E85:E86"/>
     <mergeCell ref="F85:F86"/>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="F1:G1"/>
+    <mergeCell ref="B83:B84"/>
+    <mergeCell ref="C83:C84"/>
+    <mergeCell ref="D83:D84"/>
+    <mergeCell ref="E83:E84"/>
+    <mergeCell ref="F83:F84"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="2">
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100B3C9C276AFEEAF44A5EEB1316BFEF153" ma:contentTypeVersion="0" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="ad519bfe87475cb025282f53f7303917">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea38c56bd2b816e995eaa7588db9f73d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
@@ -11913,94 +11925,85 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -12008,39 +12011,40 @@
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Nodokļu apmēra precizēšana</vt:lpstr>
       <vt:lpstr>'Nodokļu apmēra precizēšana'!_Hlk107235487</vt:lpstr>
       <vt:lpstr>'Nodokļu apmēra precizēšana'!_Hlk142472030</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Valsts ieņēmumu dienests</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Iveta Buškevica</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B3C9C276AFEEAF44A5EEB1316BFEF153</vt:lpwstr>
   </property>
 </Properties>
 </file>