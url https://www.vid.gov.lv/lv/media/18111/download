--- v5 (2026-02-06)
+++ v6 (2026-03-01)
@@ -13,51 +13,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Februāris\Lēmumi\3Lēmumi par nodokļu apmēra precizēšanu\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{262E2ADA-51BA-486B-A548-C2C0271F2B09}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{69E33D74-348F-41DA-A018-9AB9C6208254}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nodokļu apmēra precizēšana" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Nodokļu apmēra precizēšana'!$A$2:$G$3</definedName>
     <definedName name="_Hlk107235487" localSheetId="0">'Nodokļu apmēra precizēšana'!$F$85</definedName>
     <definedName name="_Hlk142472030" localSheetId="0">'Nodokļu apmēra precizēšana'!$A$219</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1348" uniqueCount="978">
   <si>
     <t>Lēmumi par nodokļu apmēra precizēšanu</t>
   </si>
@@ -4588,66 +4588,66 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{16A88378-CB39-44A1-8A9D-9B24210459BD}"/>
   </cellStyles>
   <dxfs count="32">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Arial"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="none"/>
@@ -5846,77 +5846,77 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:H281"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A226" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D227" sqref="D227"/>
+      <selection pane="bottomLeft" activeCell="A228" sqref="A228"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="14" style="1" customWidth="1"/>
     <col min="3" max="3" width="13.44140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="52.88671875" style="1" customWidth="1"/>
     <col min="5" max="5" width="40.5546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="12.44140625" style="2" customWidth="1"/>
     <col min="7" max="7" width="79.109375" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="103.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="74" t="s">
+      <c r="A1" s="77" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="75"/>
-[...3 lines deleted...]
-      <c r="F1" s="76" t="s">
+      <c r="B1" s="78"/>
+      <c r="C1" s="78"/>
+      <c r="D1" s="78"/>
+      <c r="E1" s="78"/>
+      <c r="F1" s="79" t="s">
         <v>1</v>
       </c>
-      <c r="G1" s="76"/>
+      <c r="G1" s="79"/>
       <c r="H1" s="9"/>
     </row>
     <row r="2" spans="1:8" ht="37.799999999999997" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="9"/>
@@ -7804,149 +7804,149 @@
     <row r="82" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A82" s="32" t="s">
         <v>342</v>
       </c>
       <c r="B82" s="13">
         <v>40203361430</v>
       </c>
       <c r="C82" s="18" t="s">
         <v>335</v>
       </c>
       <c r="D82" s="12" t="s">
         <v>343</v>
       </c>
       <c r="E82" s="12" t="s">
         <v>344</v>
       </c>
       <c r="F82" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G82" s="12" t="s">
         <v>220</v>
       </c>
       <c r="H82" s="9"/>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A83" s="79" t="s">
+      <c r="A83" s="75" t="s">
         <v>345</v>
       </c>
-      <c r="B83" s="77">
+      <c r="B83" s="74">
         <v>40103766030</v>
       </c>
-      <c r="C83" s="77" t="s">
+      <c r="C83" s="74" t="s">
         <v>335</v>
       </c>
-      <c r="D83" s="78" t="s">
+      <c r="D83" s="76" t="s">
         <v>346</v>
       </c>
-      <c r="E83" s="78" t="s">
+      <c r="E83" s="76" t="s">
         <v>347</v>
       </c>
-      <c r="F83" s="77" t="s">
+      <c r="F83" s="74" t="s">
         <v>348</v>
       </c>
-      <c r="G83" s="79" t="s">
+      <c r="G83" s="75" t="s">
         <v>349</v>
       </c>
       <c r="H83" s="9"/>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A84" s="79"/>
-[...5 lines deleted...]
-      <c r="G84" s="79"/>
+      <c r="A84" s="75"/>
+      <c r="B84" s="74"/>
+      <c r="C84" s="74"/>
+      <c r="D84" s="76"/>
+      <c r="E84" s="76"/>
+      <c r="F84" s="74"/>
+      <c r="G84" s="75"/>
       <c r="H84" s="9"/>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A85" s="79" t="s">
+      <c r="A85" s="75" t="s">
         <v>350</v>
       </c>
-      <c r="B85" s="77">
+      <c r="B85" s="74">
         <v>40103853056</v>
       </c>
-      <c r="C85" s="77" t="s">
+      <c r="C85" s="74" t="s">
         <v>335</v>
       </c>
-      <c r="D85" s="78" t="s">
+      <c r="D85" s="76" t="s">
         <v>351</v>
       </c>
-      <c r="E85" s="78" t="s">
+      <c r="E85" s="76" t="s">
         <v>352</v>
       </c>
-      <c r="F85" s="77" t="s">
+      <c r="F85" s="74" t="s">
         <v>348</v>
       </c>
-      <c r="G85" s="79" t="s">
+      <c r="G85" s="75" t="s">
         <v>353</v>
       </c>
       <c r="H85" s="9"/>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A86" s="79"/>
-[...5 lines deleted...]
-      <c r="G86" s="79"/>
+      <c r="A86" s="75"/>
+      <c r="B86" s="74"/>
+      <c r="C86" s="74"/>
+      <c r="D86" s="76"/>
+      <c r="E86" s="76"/>
+      <c r="F86" s="74"/>
+      <c r="G86" s="75"/>
       <c r="H86" s="9"/>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A87" s="79" t="s">
+      <c r="A87" s="75" t="s">
         <v>354</v>
       </c>
-      <c r="B87" s="77">
+      <c r="B87" s="74">
         <v>50103659561</v>
       </c>
-      <c r="C87" s="77" t="s">
+      <c r="C87" s="74" t="s">
         <v>335</v>
       </c>
-      <c r="D87" s="78" t="s">
+      <c r="D87" s="76" t="s">
         <v>355</v>
       </c>
-      <c r="E87" s="78" t="s">
+      <c r="E87" s="76" t="s">
         <v>356</v>
       </c>
-      <c r="F87" s="77" t="s">
+      <c r="F87" s="74" t="s">
         <v>348</v>
       </c>
-      <c r="G87" s="79" t="s">
+      <c r="G87" s="75" t="s">
         <v>353</v>
       </c>
       <c r="H87" s="9"/>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A88" s="79"/>
-[...5 lines deleted...]
-      <c r="G88" s="79"/>
+      <c r="A88" s="75"/>
+      <c r="B88" s="74"/>
+      <c r="C88" s="74"/>
+      <c r="D88" s="76"/>
+      <c r="E88" s="76"/>
+      <c r="F88" s="74"/>
+      <c r="G88" s="75"/>
       <c r="H88" s="9"/>
     </row>
     <row r="89" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A89" s="8" t="s">
         <v>357</v>
       </c>
       <c r="B89" s="6">
         <v>41503087929</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>358</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>359</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>360</v>
       </c>
       <c r="F89" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G89" s="14" t="s">
         <v>245</v>
       </c>
       <c r="H89" s="9"/>
@@ -11750,112 +11750,103 @@
       <c r="H279" s="9"/>
     </row>
     <row r="280" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A280" s="70"/>
       <c r="B280" s="70"/>
       <c r="C280" s="70"/>
       <c r="D280" s="70"/>
       <c r="E280" s="70"/>
       <c r="F280" s="9"/>
       <c r="G280" s="9"/>
       <c r="H280" s="9"/>
     </row>
     <row r="281" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A281" s="70"/>
       <c r="B281" s="70"/>
       <c r="C281" s="70"/>
       <c r="D281" s="70"/>
       <c r="E281" s="70"/>
       <c r="F281" s="9"/>
       <c r="G281" s="9"/>
       <c r="H281" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:G3" xr:uid="{00000000-0001-0000-0300-000000000000}"/>
   <mergeCells count="23">
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="F1:G1"/>
+    <mergeCell ref="B83:B84"/>
+    <mergeCell ref="C83:C84"/>
+    <mergeCell ref="D83:D84"/>
+    <mergeCell ref="E83:E84"/>
+    <mergeCell ref="F83:F84"/>
     <mergeCell ref="F87:F88"/>
     <mergeCell ref="A83:A84"/>
     <mergeCell ref="A85:A86"/>
     <mergeCell ref="A87:A88"/>
     <mergeCell ref="G83:G84"/>
     <mergeCell ref="G85:G86"/>
     <mergeCell ref="G87:G88"/>
     <mergeCell ref="B87:B88"/>
     <mergeCell ref="C87:C88"/>
     <mergeCell ref="D87:D88"/>
     <mergeCell ref="E87:E88"/>
     <mergeCell ref="B85:B86"/>
     <mergeCell ref="C85:C86"/>
     <mergeCell ref="D85:D86"/>
     <mergeCell ref="E85:E86"/>
     <mergeCell ref="F85:F86"/>
-    <mergeCell ref="A1:E1"/>
-[...5 lines deleted...]
-    <mergeCell ref="F83:F84"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="2">
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100B3C9C276AFEEAF44A5EEB1316BFEF153" ma:contentTypeVersion="0" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="ad519bfe87475cb025282f53f7303917">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea38c56bd2b816e995eaa7588db9f73d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
@@ -11925,85 +11916,94 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>