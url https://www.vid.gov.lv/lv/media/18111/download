--- v6 (2026-03-01)
+++ v7 (2026-03-24)
@@ -10,69 +10,80 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Februāris\Lēmumi\3Lēmumi par nodokļu apmēra precizēšanu\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Marts\Lēmumi\3Lēmumi par nodokļu apmēra precizēšanu\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{69E33D74-348F-41DA-A018-9AB9C6208254}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{68B9AE0B-1958-4D69-A3F0-0E3F08732EAB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nodokļu apmēra precizēšana" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Nodokļu apmēra precizēšana'!$A$2:$G$3</definedName>
     <definedName name="_Hlk107235487" localSheetId="0">'Nodokļu apmēra precizēšana'!$F$85</definedName>
     <definedName name="_Hlk142472030" localSheetId="0">'Nodokļu apmēra precizēšana'!$A$219</definedName>
   </definedNames>
-  <calcPr calcId="191028"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1348" uniqueCount="978">
   <si>
     <t>Lēmumi par nodokļu apmēra precizēšanu</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>Saīsinājumi:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
@@ -4588,66 +4599,66 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{16A88378-CB39-44A1-8A9D-9B24210459BD}"/>
   </cellStyles>
   <dxfs count="32">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Arial"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="none"/>
@@ -5845,78 +5856,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:H281"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A226" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A228" sqref="A228"/>
+      <pane ySplit="2" topLeftCell="A222" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="D228" sqref="D228"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14.109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="14" style="1" customWidth="1"/>
     <col min="3" max="3" width="13.44140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="52.88671875" style="1" customWidth="1"/>
     <col min="5" max="5" width="40.5546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="12.44140625" style="2" customWidth="1"/>
     <col min="7" max="7" width="79.109375" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="103.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="77" t="s">
+      <c r="A1" s="74" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="78"/>
-[...3 lines deleted...]
-      <c r="F1" s="79" t="s">
+      <c r="B1" s="75"/>
+      <c r="C1" s="75"/>
+      <c r="D1" s="75"/>
+      <c r="E1" s="75"/>
+      <c r="F1" s="76" t="s">
         <v>1</v>
       </c>
-      <c r="G1" s="79"/>
+      <c r="G1" s="76"/>
       <c r="H1" s="9"/>
     </row>
     <row r="2" spans="1:8" ht="37.799999999999997" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="9"/>
@@ -7804,149 +7815,149 @@
     <row r="82" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A82" s="32" t="s">
         <v>342</v>
       </c>
       <c r="B82" s="13">
         <v>40203361430</v>
       </c>
       <c r="C82" s="18" t="s">
         <v>335</v>
       </c>
       <c r="D82" s="12" t="s">
         <v>343</v>
       </c>
       <c r="E82" s="12" t="s">
         <v>344</v>
       </c>
       <c r="F82" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G82" s="12" t="s">
         <v>220</v>
       </c>
       <c r="H82" s="9"/>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A83" s="75" t="s">
+      <c r="A83" s="79" t="s">
         <v>345</v>
       </c>
-      <c r="B83" s="74">
+      <c r="B83" s="77">
         <v>40103766030</v>
       </c>
-      <c r="C83" s="74" t="s">
+      <c r="C83" s="77" t="s">
         <v>335</v>
       </c>
-      <c r="D83" s="76" t="s">
+      <c r="D83" s="78" t="s">
         <v>346</v>
       </c>
-      <c r="E83" s="76" t="s">
+      <c r="E83" s="78" t="s">
         <v>347</v>
       </c>
-      <c r="F83" s="74" t="s">
+      <c r="F83" s="77" t="s">
         <v>348</v>
       </c>
-      <c r="G83" s="75" t="s">
+      <c r="G83" s="79" t="s">
         <v>349</v>
       </c>
       <c r="H83" s="9"/>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A84" s="75"/>
-[...5 lines deleted...]
-      <c r="G84" s="75"/>
+      <c r="A84" s="79"/>
+      <c r="B84" s="77"/>
+      <c r="C84" s="77"/>
+      <c r="D84" s="78"/>
+      <c r="E84" s="78"/>
+      <c r="F84" s="77"/>
+      <c r="G84" s="79"/>
       <c r="H84" s="9"/>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A85" s="75" t="s">
+      <c r="A85" s="79" t="s">
         <v>350</v>
       </c>
-      <c r="B85" s="74">
+      <c r="B85" s="77">
         <v>40103853056</v>
       </c>
-      <c r="C85" s="74" t="s">
+      <c r="C85" s="77" t="s">
         <v>335</v>
       </c>
-      <c r="D85" s="76" t="s">
+      <c r="D85" s="78" t="s">
         <v>351</v>
       </c>
-      <c r="E85" s="76" t="s">
+      <c r="E85" s="78" t="s">
         <v>352</v>
       </c>
-      <c r="F85" s="74" t="s">
+      <c r="F85" s="77" t="s">
         <v>348</v>
       </c>
-      <c r="G85" s="75" t="s">
+      <c r="G85" s="79" t="s">
         <v>353</v>
       </c>
       <c r="H85" s="9"/>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A86" s="75"/>
-[...5 lines deleted...]
-      <c r="G86" s="75"/>
+      <c r="A86" s="79"/>
+      <c r="B86" s="77"/>
+      <c r="C86" s="77"/>
+      <c r="D86" s="78"/>
+      <c r="E86" s="78"/>
+      <c r="F86" s="77"/>
+      <c r="G86" s="79"/>
       <c r="H86" s="9"/>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A87" s="75" t="s">
+      <c r="A87" s="79" t="s">
         <v>354</v>
       </c>
-      <c r="B87" s="74">
+      <c r="B87" s="77">
         <v>50103659561</v>
       </c>
-      <c r="C87" s="74" t="s">
+      <c r="C87" s="77" t="s">
         <v>335</v>
       </c>
-      <c r="D87" s="76" t="s">
+      <c r="D87" s="78" t="s">
         <v>355</v>
       </c>
-      <c r="E87" s="76" t="s">
+      <c r="E87" s="78" t="s">
         <v>356</v>
       </c>
-      <c r="F87" s="74" t="s">
+      <c r="F87" s="77" t="s">
         <v>348</v>
       </c>
-      <c r="G87" s="75" t="s">
+      <c r="G87" s="79" t="s">
         <v>353</v>
       </c>
       <c r="H87" s="9"/>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A88" s="75"/>
-[...5 lines deleted...]
-      <c r="G88" s="75"/>
+      <c r="A88" s="79"/>
+      <c r="B88" s="77"/>
+      <c r="C88" s="77"/>
+      <c r="D88" s="78"/>
+      <c r="E88" s="78"/>
+      <c r="F88" s="77"/>
+      <c r="G88" s="79"/>
       <c r="H88" s="9"/>
     </row>
     <row r="89" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A89" s="8" t="s">
         <v>357</v>
       </c>
       <c r="B89" s="6">
         <v>41503087929</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>358</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>359</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>360</v>
       </c>
       <c r="F89" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G89" s="14" t="s">
         <v>245</v>
       </c>
       <c r="H89" s="9"/>
@@ -10756,51 +10767,51 @@
       </c>
       <c r="G208" s="14" t="s">
         <v>886</v>
       </c>
       <c r="H208" s="9"/>
     </row>
     <row r="209" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A209" s="60" t="s">
         <v>887</v>
       </c>
       <c r="B209" s="6">
         <v>40203349353</v>
       </c>
       <c r="C209" s="6" t="s">
         <v>888</v>
       </c>
       <c r="D209" s="10" t="s">
         <v>889</v>
       </c>
       <c r="E209" s="10" t="s">
         <v>890</v>
       </c>
       <c r="F209" s="72" t="s">
         <v>13</v>
       </c>
-      <c r="G209" s="10" t="s">
+      <c r="G209" s="14" t="s">
         <v>891</v>
       </c>
       <c r="H209" s="9"/>
     </row>
     <row r="210" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A210" s="8" t="s">
         <v>892</v>
       </c>
       <c r="B210" s="6">
         <v>40003403479</v>
       </c>
       <c r="C210" s="6" t="s">
         <v>893</v>
       </c>
       <c r="D210" s="5" t="s">
         <v>894</v>
       </c>
       <c r="E210" s="5" t="s">
         <v>895</v>
       </c>
       <c r="F210" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G210" s="14" t="s">
         <v>896</v>
@@ -10828,147 +10839,147 @@
       </c>
       <c r="G211" s="14" t="s">
         <v>901</v>
       </c>
       <c r="H211" s="9"/>
     </row>
     <row r="212" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A212" s="8" t="s">
         <v>902</v>
       </c>
       <c r="B212" s="6">
         <v>40203397156</v>
       </c>
       <c r="C212" s="6" t="s">
         <v>903</v>
       </c>
       <c r="D212" s="5" t="s">
         <v>904</v>
       </c>
       <c r="E212" s="5" t="s">
         <v>905</v>
       </c>
       <c r="F212" s="72" t="s">
         <v>13</v>
       </c>
-      <c r="G212" s="5" t="s">
+      <c r="G212" s="14" t="s">
         <v>867</v>
       </c>
       <c r="H212" s="9"/>
     </row>
     <row r="213" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A213" s="8" t="s">
         <v>906</v>
       </c>
       <c r="B213" s="6">
         <v>50203429171</v>
       </c>
       <c r="C213" s="6" t="s">
         <v>907</v>
       </c>
       <c r="D213" s="5" t="s">
         <v>908</v>
       </c>
       <c r="E213" s="5" t="s">
         <v>909</v>
       </c>
       <c r="F213" s="72" t="s">
         <v>13</v>
       </c>
-      <c r="G213" s="5" t="s">
+      <c r="G213" s="14" t="s">
         <v>910</v>
       </c>
       <c r="H213" s="9"/>
     </row>
     <row r="214" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A214" s="8" t="s">
         <v>911</v>
       </c>
       <c r="B214" s="6">
         <v>40203423355</v>
       </c>
       <c r="C214" s="6" t="s">
         <v>912</v>
       </c>
       <c r="D214" s="5" t="s">
         <v>913</v>
       </c>
       <c r="E214" s="5" t="s">
         <v>914</v>
       </c>
       <c r="F214" s="72" t="s">
         <v>13</v>
       </c>
-      <c r="G214" s="5" t="s">
+      <c r="G214" s="14" t="s">
         <v>915</v>
       </c>
       <c r="H214" s="9"/>
     </row>
     <row r="215" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A215" s="8" t="s">
         <v>916</v>
       </c>
       <c r="B215" s="6">
         <v>40203434274</v>
       </c>
       <c r="C215" s="6" t="s">
         <v>912</v>
       </c>
       <c r="D215" s="5" t="s">
         <v>917</v>
       </c>
       <c r="E215" s="5" t="s">
         <v>918</v>
       </c>
       <c r="F215" s="72" t="s">
         <v>13</v>
       </c>
-      <c r="G215" s="5" t="s">
+      <c r="G215" s="14" t="s">
         <v>802</v>
       </c>
       <c r="H215" s="9"/>
     </row>
     <row r="216" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A216" s="58" t="s">
         <v>919</v>
       </c>
       <c r="B216" s="37">
         <v>40003991334</v>
       </c>
       <c r="C216" s="37" t="s">
         <v>920</v>
       </c>
       <c r="D216" s="38" t="s">
         <v>921</v>
       </c>
       <c r="E216" s="38" t="s">
         <v>922</v>
       </c>
       <c r="F216" s="37" t="s">
         <v>379</v>
       </c>
-      <c r="G216" s="43" t="s">
+      <c r="G216" s="14" t="s">
         <v>923</v>
       </c>
       <c r="H216" s="9"/>
     </row>
     <row r="217" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A217" s="8" t="s">
         <v>924</v>
       </c>
       <c r="B217" s="6">
         <v>40103051857</v>
       </c>
       <c r="C217" s="6" t="s">
         <v>925</v>
       </c>
       <c r="D217" s="5" t="s">
         <v>926</v>
       </c>
       <c r="E217" s="5" t="s">
         <v>927</v>
       </c>
       <c r="F217" s="72" t="s">
         <v>127</v>
       </c>
       <c r="G217" s="14" t="s">
         <v>928</v>
@@ -10996,75 +11007,75 @@
       </c>
       <c r="G218" s="14" t="s">
         <v>933</v>
       </c>
       <c r="H218" s="9"/>
     </row>
     <row r="219" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A219" s="8" t="s">
         <v>934</v>
       </c>
       <c r="B219" s="6">
         <v>40203455609</v>
       </c>
       <c r="C219" s="6" t="s">
         <v>935</v>
       </c>
       <c r="D219" s="8" t="s">
         <v>936</v>
       </c>
       <c r="E219" s="8" t="s">
         <v>937</v>
       </c>
       <c r="F219" s="72" t="s">
         <v>13</v>
       </c>
-      <c r="G219" s="8" t="s">
+      <c r="G219" s="14" t="s">
         <v>901</v>
       </c>
       <c r="H219" s="9"/>
     </row>
     <row r="220" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A220" s="8" t="s">
         <v>938</v>
       </c>
       <c r="B220" s="6">
         <v>40103374551</v>
       </c>
       <c r="C220" s="6" t="s">
         <v>939</v>
       </c>
       <c r="D220" s="5" t="s">
         <v>940</v>
       </c>
       <c r="E220" s="5" t="s">
         <v>941</v>
       </c>
       <c r="F220" s="72" t="s">
         <v>13</v>
       </c>
-      <c r="G220" s="8" t="s">
+      <c r="G220" s="14" t="s">
         <v>901</v>
       </c>
       <c r="H220" s="9"/>
     </row>
     <row r="221" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A221" s="59" t="s">
         <v>942</v>
       </c>
       <c r="B221" s="6">
         <v>40203440942</v>
       </c>
       <c r="C221" s="15" t="s">
         <v>943</v>
       </c>
       <c r="D221" s="5" t="s">
         <v>944</v>
       </c>
       <c r="E221" s="5" t="s">
         <v>945</v>
       </c>
       <c r="F221" s="72" t="s">
         <v>13</v>
       </c>
       <c r="G221" s="14" t="s">
         <v>901</v>
@@ -11224,51 +11235,51 @@
       </c>
       <c r="C228" s="73" t="s">
         <v>974</v>
       </c>
       <c r="D228" s="5" t="s">
         <v>975</v>
       </c>
       <c r="E228" s="5" t="s">
         <v>976</v>
       </c>
       <c r="F228" s="73" t="s">
         <v>379</v>
       </c>
       <c r="G228" s="14" t="s">
         <v>977</v>
       </c>
       <c r="H228" s="9"/>
     </row>
     <row r="229" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A229" s="8"/>
       <c r="B229" s="6"/>
       <c r="C229" s="6"/>
       <c r="D229" s="5"/>
       <c r="E229" s="5"/>
       <c r="F229" s="5"/>
-      <c r="G229" s="5"/>
+      <c r="G229" s="14"/>
       <c r="H229" s="9"/>
     </row>
     <row r="230" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A230" s="8"/>
       <c r="B230" s="6"/>
       <c r="C230" s="6"/>
       <c r="D230" s="5"/>
       <c r="E230" s="5"/>
       <c r="F230" s="5"/>
       <c r="G230" s="5"/>
       <c r="H230" s="9"/>
     </row>
     <row r="231" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A231" s="8"/>
       <c r="B231" s="6"/>
       <c r="C231" s="6"/>
       <c r="D231" s="5"/>
       <c r="E231" s="5"/>
       <c r="F231" s="5"/>
       <c r="G231" s="5"/>
       <c r="H231" s="9"/>
     </row>
     <row r="232" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A232" s="8"/>
       <c r="B232" s="6"/>
@@ -11750,100 +11761,103 @@
       <c r="H279" s="9"/>
     </row>
     <row r="280" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A280" s="70"/>
       <c r="B280" s="70"/>
       <c r="C280" s="70"/>
       <c r="D280" s="70"/>
       <c r="E280" s="70"/>
       <c r="F280" s="9"/>
       <c r="G280" s="9"/>
       <c r="H280" s="9"/>
     </row>
     <row r="281" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A281" s="70"/>
       <c r="B281" s="70"/>
       <c r="C281" s="70"/>
       <c r="D281" s="70"/>
       <c r="E281" s="70"/>
       <c r="F281" s="9"/>
       <c r="G281" s="9"/>
       <c r="H281" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:G3" xr:uid="{00000000-0001-0000-0300-000000000000}"/>
   <mergeCells count="23">
-    <mergeCell ref="A1:E1"/>
-[...5 lines deleted...]
-    <mergeCell ref="F83:F84"/>
     <mergeCell ref="F87:F88"/>
     <mergeCell ref="A83:A84"/>
     <mergeCell ref="A85:A86"/>
     <mergeCell ref="A87:A88"/>
     <mergeCell ref="G83:G84"/>
     <mergeCell ref="G85:G86"/>
     <mergeCell ref="G87:G88"/>
     <mergeCell ref="B87:B88"/>
     <mergeCell ref="C87:C88"/>
     <mergeCell ref="D87:D88"/>
     <mergeCell ref="E87:E88"/>
     <mergeCell ref="B85:B86"/>
     <mergeCell ref="C85:C86"/>
     <mergeCell ref="D85:D86"/>
     <mergeCell ref="E85:E86"/>
     <mergeCell ref="F85:F86"/>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="F1:G1"/>
+    <mergeCell ref="B83:B84"/>
+    <mergeCell ref="C83:C84"/>
+    <mergeCell ref="D83:D84"/>
+    <mergeCell ref="E83:E84"/>
+    <mergeCell ref="F83:F84"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="2">
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100B3C9C276AFEEAF44A5EEB1316BFEF153" ma:contentTypeVersion="0" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="ad519bfe87475cb025282f53f7303917">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea38c56bd2b816e995eaa7588db9f73d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
@@ -11917,93 +11931,90 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>