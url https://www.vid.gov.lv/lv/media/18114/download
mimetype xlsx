--- v0 (2025-10-08)
+++ v1 (2025-11-30)
@@ -4,89 +4,78 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24931"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Oktobris\Lēmumi\4Lēmumi par deklarācijā iesniegto datu atbilstības pārbaudi\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vid00238\Documents\ārējā_lapa\2025\Novembris\2811\lemumi\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8C18CB37-7AC0-444D-9847-BD5F2A73889E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B09E6FD8-79F7-45AD-A8F4-527151B4D820}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Deklarāciju dati" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Deklarāciju dati'!$A$2:$G$114</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
-    </ext>
-[...9 lines deleted...]
-      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="682" uniqueCount="523">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="682" uniqueCount="525">
   <si>
     <t>Deklarācijā iesniegto datu atbilstības pārbaude</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>Saīsinājumi:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
 VSAOI - valsts sociālās apdrošināšanas obligātās iemaksas
@@ -174,50 +163,53 @@
   <si>
     <t>25.10.2021.</t>
   </si>
   <si>
     <t>Konstatēts, ka SIA “ADM Baltik Tranzīts” muitas noliktavas uzskaitē reģistrētās 10 370 000 gab. cigaretes ir nelikumīgi izņemtas no muitas uzraudzības, kā rezultātā SIA “ADM Baltik Tranzīts” kā muitas noliktavas turētājai un pieteiktās īpašās muitas procedūras – uzglabāšana muitas noliktavā – izmantotājai ir radies muitas maksājumu parāds.</t>
   </si>
   <si>
     <t> Ievedmuitas nodoklis 203 086,08 EUR un nokavējuma nauda 155,79 EUR, akcīzes nodoklis 1 258 918,00 EUR un nokavējuma nauda 7553,51 EUR, kā arī PVN 381 062,66 EUR un nokavējuma nauda 2286,38 EUR.</t>
   </si>
   <si>
     <t>Pieļaujot muitas noliktavas uzskaitē reģistrēto 10 370 000 gab. “Richman” zīmola cigarešu nelikumīgu izņemšanu no muitas uzraudzības, SIA “ADM Baltik Tranzīts” nav izpildījusi Savienības Muitas kodeksa 242.pantā noteiktos muitas noliktavas turētāja un procedūras izmantotāja pienākumus, tādējādi saskaņā ar Savienības Muitas kodeksa 79.panta 1.punkta “a” apakšpunktu un 3.punkta “a” apakšpunktu par muitas noliktavas procedūrā iztrūkstošo preci SIA “ADM Baltik Tranzīts” ir radies muitas maksājumu parāds.</t>
   </si>
   <si>
     <t>SIA “EPEx”</t>
   </si>
   <si>
     <t>08.11.2021.</t>
   </si>
   <si>
     <t xml:space="preserve">SIA “EPEx” pieteikumā izsniegt Saistošo izziņu par tarifu norādīja, ka precei piemērojams Kombinētās nomenklatūras kods 2106 90 92. </t>
   </si>
   <si>
     <t>Muitas pārvalde, izvērtējot preces sastāvu, secināja, ka precei nav piemērojams sabiedrības iesniegumā norādītais KN kods un izsniedza Saistošo izziņu par tarifu, preci klasificējot ar Kombinētās nomenklatūras kodu 3502 11 90.</t>
   </si>
   <si>
+    <t>kļuvis neapstrīdams</t>
+  </si>
+  <si>
     <t xml:space="preserve">KN izpratnē strīda preces būtiskākā īpašība ir tās sastāvs (olu baltuma pulveris 93,4% ar piedevām). KN vispārīgās interpretācijas 1.,  3. “b” un 6.noteikums, HS preču pozīciju 0408, 2106 un 3502 skaidrojumi, KN preču pozīcijas 3502, preču apakšpozīcijas 3502 11 un preču koda 3502 11 90 apraksti. </t>
   </si>
   <si>
     <t>01.11.2021.</t>
   </si>
   <si>
     <t>SIA “ADM Baltik Tranzīts” tika apturēta atļauja Nr.LVCGULV009999-2019-ADM4821 izmantot atbrīvojumu no vispārējā galvojuma pagaidu uzglabāšanas un uzglabāšanas muitas noliktavā procedūras nodrošināšanai uz laiku līdz 2021.gada 6.septembrim, vienlaikus uzliekot pienākumu novērst atļaujas apturēšanas iemeslus: nokārtot saistības par iztrūkstošajām precēm muitas noliktavā un informēt par iekšējiem kontroles pasākumiem, lai nepieļautu pārkāpumu atkārtošanos.</t>
   </si>
   <si>
     <t>Tā kā sabiedrība nav izpildījusi minētās prasības, SIA “ADM Baltik Tranzīts” izsniegtā atļauja izmantot atbrīvojumu no vispārējā galvojuma tika atcelta.</t>
   </si>
   <si>
     <t>Muitas pārvalde saskaņā ar Savienības Muitas kodeksa 28.panta 1.punkta “a” apakšpunktu un Ministru kabineta 2018.gada 13.februāra noteikumu Nr.86 “Muitas maksājumu parāda galvojumu un avansa iemaksu administrēšanas noteikumi” 73.1. apakšpunktu atcēla SIA “ADM Baltik Tranzīts” izsniegto atļauju Nr.LVCGULV009999-2019-ADM4821.</t>
   </si>
   <si>
     <t>SIA “JoeXs”</t>
   </si>
   <si>
     <t>06.01.2022.</t>
   </si>
   <si>
     <t>SIA “JoeXs” savlaicīgi nebija reģistrējusies VID PVN maksātāju reģistrā, kā arī aprēķinājusi un iemaksājusi budžetā PVN no pārsnieguma summas 14225,43 EUR apmērā.  2020.gada janvārī, aprīlī un novembrī SIA "JoeXs"ir sniegusi taksometru pakalpojumus ar vieglajiem taksometriem, bet nav veikusi VSAOI avansa maksājumus.</t>
   </si>
   <si>
     <t>SIA "JoeXs" noteikts budžetā maksājamais PVN 14225,43 EUR un nokavējuma nauda 1110,10 EUR. Par vieglajiem taksometriem, ar kuriem tika veikti pārvadājumi, bet netika samaksāts VSAOI avanss, noteikts iemaksāt budžetā aprēķināto VSAOI avansu 390,00 EUR.</t>
@@ -1261,50 +1253,53 @@
   <si>
     <t>SIA RC BŪVNIEKS noteikts pienākums 30 dienu laikā pēc lēmuma par datu atbilstības pārbaudes rezultātiem saņemšanas iemaksāt budžetā 54 933,28 EUR, tai skaitā: PVN summu 18 162,11 EUR, UIN summu 21 624,00 EUR, nokavējuma naudu 15 147,17 EUR. 21.02.2023. pieņemts lēmums Nr.30.4/17.19.1/17584 par SIA RC BŪVNIEKS izpildes nodrošinājuma atcelšanu transportlīdzeklim - piekabes transporta kravas kastei NIEWIADOW BR2 ar valsts reģ. Nr.V8418, jo minētā manta tika izsolīta izsolē.  </t>
   </si>
   <si>
     <t>Pamatojoties uz likuma “Par Valsts ieņēmumu dienestu” 10. panta pirmās daļas 3. un 4. punktu un otrās daļas 1. punktu, likuma “Par nodokļiem un nodevām” 18. panta pirmās daļas 2. punktu, 23. panta 5.1 un 14 daļu, 29. panta otro daļu un Pievienotās vērtības nodokļa likuma 31.panta ceturto daļu, 92. panta pirmās daļas 1. punktu, 92.panta pirmās daļas 5.punktu, 97.panta otro daļu, 121.panta pirmo daļu, UIN likuma 4.panta otrās daļas 2.punkta a) apakšpunktu, 8.panta pirmo daļu, 8.panta otrās daļas 2.punktu un 17.panta septīto daļu,</t>
   </si>
   <si>
     <t>SIA “Auto MB”</t>
   </si>
   <si>
     <t>13.02.2023.</t>
   </si>
   <si>
     <t xml:space="preserve">1. Ar PVN apliekamo sniegto pakalpojumu kopējā vērtība pārsniedza Pievienotās vērtības nodokļa likumā noteikto neapliekamo vērtību (40 000,00 euro), bet komercsabiedrība nav reģistrējusies VID PVN maksātāju reģistrā un valsts budžetā nav aprēķinājusi un nav iemaksājusi PVN no summas, kas pārsniedz likumā noteikto reģistrācijas slieksni.
 2. 2022. gada novembrī ir sniegusi taksometru pakalpojumus ar taksometru, bet nav veikusi valsts sociālās apdrošināšanas obligāto iemaksu avansa maksājumu 390,00 euro apmērā (3 x 130,00 euro) par  taksometru, ar kuru tika veikti pārvadājumi. 
 SIA “Auto MB” nav novērsusi datu atbilstības pārbaudes laikā konstatētās neatbilstības.
 </t>
   </si>
   <si>
     <t xml:space="preserve">SIA “Auto MB” noteikts pienākums 30 dienu laikā pēc lēmuma par datu atbilstības pārbaudes rezultātiem saņemšanas iemaksāt budžetā 
 12 097,66 euro, tai skaitā:
 - PVN 11 636,88 euro;
 - nokavējuma nauda par PVN nenomaksu 460,78 euro.
 Turklāt SIA “Auto MB” ir pienākums iemaksāt valsts budžetā datu atbilstības pārbaudes rezultātā aprēķināto VSAOI avansa summu 390,00 euro.
 </t>
+  </si>
+  <si>
+    <t>Kļuvis neapstrīdams </t>
   </si>
   <si>
     <t>SIA “BERION”</t>
   </si>
   <si>
     <t>21.02.2023.</t>
   </si>
   <si>
     <t xml:space="preserve">Ar PVN apliekamo sniegto pakalpojumu kopējā vērtība pārsniedza Pievienotās vērtības nodokļa likumā noteikto neapliekamo vērtību (40 000,00 euro), bet komercsabiedrība nav reģistrējusies VID PVN maksātāju reģistrā un valsts budžetā nav aprēķinājusi un nav iemaksājusi PVN no summas, kas pārsniedz likumā noteikto reģistrācijas slieksni. 
 SIA “BERION” nav novērsusi datu atbilstības pārbaudes laikā konstatētās neatbilstības.
 </t>
   </si>
   <si>
     <t xml:space="preserve">SIA “BERION” noteikts pienākums 30 dienu laikā pēc lēmuma par datu atbilstības pārbaudes rezultātiem saņemšanas iemaksāt budžetā 12 336,21 euro, tai skaitā:
 - PVN 12 062,71 euro;
 - nokavējuma nauda par PVN nenomaksu 273,50 euro.
 </t>
   </si>
   <si>
     <t>SIA “LM08”</t>
   </si>
   <si>
     <t>11.04.2023.</t>
   </si>
   <si>
@@ -1968,78 +1963,87 @@
   <si>
     <t>Neatsaucās uz VID aicinājumu labprātīgi veikt deklarāciju precizējumus, tas nav precizējusi DDZ par periodu no 2021. gada 1. septembra līdz 2022. gada 28. februārim, nav aprēķinājusi VSAOI un IIN, nav precizējusi PVN taksācijas perioda deklarācijas par 2021. gada septembri, oktobri, decembri, 2022. gada janvāri, februāri, martu (daļēji), nav aprēķinājusi PVN, kā arī nav iesniegusi UIN deklarācijas par 2021. gada septembri – decembri un 2022. gada janvāri – martu.</t>
   </si>
   <si>
     <t xml:space="preserve">SIA “SAFORT” noteikts pienākums 30 dienu laikā pēc lēmuma par datu atbilstības pārbaudē saņemšanas iemaksāt budžetā 66 045,65 EUR, tai skaitā:
 -	VSAOI - 13 062,65 EUR;
 -	IIN - 8 400,44 EUR;
 -	UIN – 26 342,57 EUR;
 -	PVN – 6 510,00 EUR;
 -	nokavējuma nauda par VSAOI nenomaksu - 2 915,82 EUR;
 -	nokavējuma nauda par IIN nenomaksu – 1 871,25 EUR;
 -	nokavējuma nauda par UIN nenomaksu – 5 650,68 EUR;
 -	nokavējuma nauda par PVN nenomaksu – 1 292,24 EUR.
 </t>
   </si>
   <si>
     <t>Likuma “Par grāmatvedību” (spēkā līdz 2021. gada 31. decembrim) 2. pants, Grāmatvedības likuma (spēkā no 2022. gada 1. janvāra) 6. panta otrā daļa, Darba likuma 131. panta pirmā daļa, 137. panta pirmā daļa, likuma “Par valsts sociālo apdrošināšanu” 5. panta pirmā un ceturtā daļa, 6. panta pirmā daļa, 14. panta pirmā daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 21. panta pirmā un otrā daļa, 23. panta pirmā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta pirmā un otrā daļa, 15. panta trešā daļa, piecpadsmitā un septiņpadsmitā daļa, 17. panta pirmā un piektā daļa, 29. panta pirmās daļas 1. punkts, Pievienotās vērtības nodokļa likuma 92. panta pirmā daļa, Uzņēmumu ienākuma nodokļa likuma 2. panta pirmās daļas 1. un 2. punkti, 4. panta pirmā un otrā daļa, 8.panta pirmā un otrā daļa.</t>
   </si>
   <si>
     <t>SIA “MULČA”</t>
   </si>
   <si>
     <t>16.06.2023.</t>
   </si>
   <si>
+    <t xml:space="preserve">SIA “MULČA” labprātīgi nav novērsusi tematiskajā pārbaudē norādītās neatbilstības, t.i: 
+- MUN deklarāciju neatbilstības novērsa daļēji, nav samaksājusi budžetā MUN un nokavējuma naudu par samaksas termiņa kavējumu;
+-  nav samaksājusi budžetā PVN un nokavējuma naudu par samaksas termiņa kavējumu.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “MULČA” noteikts pienākums 30 dienu laikā pēc lēmuma par datu atbilstības pārbaudē saņemšanas iemaksāt budžetā EUR 31 252,81, tai skaitā:
+- MUN 17 812,38 EUR un nokavējuma naudu 5 955,37 EUR;
+- PVN 5 705,38 EUR un nokavējuma naudu 1 779,68.
+</t>
+  </si>
+  <si>
     <t>Pievienotās vērtības nodokļa likuma 5.panta pirmās daļas 2. punkts, 32. panta pirmā daļa, 34. panta pirmā daļa, 41. panta pirmās daļas 1.punkts, 59. panta pirmā daļa, 84. panta pirmā daļa, 117. panta astotā daļa, 118. panta desmitā daļa un 119. panta otrā daļa, Mikrouzņēmumu nodokļa likuma 6. panta pirmā daļa. </t>
   </si>
   <si>
     <t>08.09.2023.</t>
-  </si>
-[...8 lines deleted...]
--  nav samaksājusi budžetā PVN un nokavējuma naudu par samaksas termiņa kavējumu.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -2140,148 +2144,154 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="35">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="16" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="16" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{16A88378-CB39-44A1-8A9D-9B24210459BD}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF0066"/>
       <color rgb="FFFF6699"/>
       <color rgb="FF97B7FF"/>
       <color rgb="FF002169"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -2330,91 +2340,91 @@
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1350818" cy="1341544"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -2476,51 +2486,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -2618,3109 +2628,3109 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:H148"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A112" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="E121" sqref="E121"/>
+      <selection pane="bottomLeft" activeCell="M113" sqref="M113"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="13.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="11.5546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="52.88671875" style="1" customWidth="1"/>
     <col min="5" max="5" width="64.109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="16.5546875" style="2" customWidth="1"/>
-    <col min="7" max="7" width="71.6640625" style="2" customWidth="1"/>
+    <col min="7" max="7" width="47.33203125" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="111.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="30" t="s">
+      <c r="A1" s="32" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="31"/>
-[...3 lines deleted...]
-      <c r="F1" s="32" t="s">
+      <c r="B1" s="33"/>
+      <c r="C1" s="33"/>
+      <c r="D1" s="33"/>
+      <c r="E1" s="33"/>
+      <c r="F1" s="34" t="s">
         <v>1</v>
       </c>
-      <c r="G1" s="32"/>
+      <c r="G1" s="34"/>
       <c r="H1" s="11"/>
     </row>
     <row r="2" spans="1:8" ht="37.799999999999997" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="11"/>
     </row>
     <row r="3" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A3" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="13">
         <v>50103878831</v>
       </c>
       <c r="C3" s="14" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="15" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="15" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="13"/>
       <c r="H3" s="11"/>
     </row>
-    <row r="4" spans="1:8" ht="132" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:8" ht="224.4" x14ac:dyDescent="0.25">
       <c r="A4" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="13">
         <v>40003345908</v>
       </c>
       <c r="C4" s="13" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="15" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="15" t="s">
         <v>17</v>
       </c>
       <c r="F4" s="13" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="16" t="s">
         <v>19</v>
       </c>
       <c r="H4" s="11"/>
     </row>
-    <row r="5" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" ht="203.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B5" s="13">
         <v>40003345908</v>
       </c>
       <c r="C5" s="13" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="12" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="12" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="12" t="s">
         <v>23</v>
       </c>
       <c r="H5" s="11"/>
     </row>
-    <row r="6" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A6" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="13">
         <v>40003345908</v>
       </c>
       <c r="C6" s="13" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="15" t="s">
         <v>24</v>
       </c>
       <c r="E6" s="15" t="s">
         <v>25</v>
       </c>
       <c r="F6" s="13" t="s">
         <v>18</v>
       </c>
       <c r="G6" s="16" t="s">
         <v>26</v>
       </c>
       <c r="H6" s="11"/>
     </row>
-    <row r="7" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" ht="163.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="17" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="18">
         <v>40003345908</v>
       </c>
       <c r="C7" s="18" t="s">
         <v>27</v>
       </c>
       <c r="D7" s="17" t="s">
         <v>28</v>
       </c>
       <c r="E7" s="17" t="s">
         <v>29</v>
       </c>
       <c r="F7" s="18" t="s">
         <v>18</v>
       </c>
       <c r="G7" s="17" t="s">
         <v>30</v>
       </c>
       <c r="H7" s="11"/>
     </row>
-    <row r="8" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
         <v>31</v>
       </c>
       <c r="B8" s="13">
         <v>40203136056</v>
       </c>
       <c r="C8" s="13" t="s">
         <v>32</v>
       </c>
       <c r="D8" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E8" s="15" t="s">
         <v>34</v>
       </c>
-      <c r="F8" s="13" t="s">
-        <v>44</v>
+      <c r="F8" s="16" t="s">
+        <v>35</v>
       </c>
       <c r="G8" s="16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H8" s="11"/>
     </row>
     <row r="9" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A9" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="8">
         <v>40003345908</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E9" s="7" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="F9" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F9" s="7" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H9" s="11"/>
     </row>
     <row r="10" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B10" s="13">
         <v>50203189731</v>
       </c>
       <c r="C10" s="13" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D10" s="15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E10" s="15" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="F10" s="13" t="s">
         <v>44</v>
       </c>
+      <c r="F10" s="16" t="s">
+        <v>45</v>
+      </c>
       <c r="G10" s="16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H10" s="11"/>
     </row>
     <row r="11" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A11" s="12" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B11" s="13">
         <v>40203254832</v>
       </c>
       <c r="C11" s="13" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D11" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E11" s="15" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>50</v>
+      </c>
+      <c r="F11" s="16" t="s">
+        <v>35</v>
       </c>
       <c r="G11" s="16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H11" s="11"/>
     </row>
     <row r="12" spans="1:8" ht="198" x14ac:dyDescent="0.25">
       <c r="A12" s="19" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B12" s="19">
         <v>48503019625</v>
       </c>
       <c r="C12" s="19" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D12" s="12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E12" s="12" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>54</v>
+      </c>
+      <c r="F12" s="19" t="s">
+        <v>45</v>
       </c>
       <c r="G12" s="12" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H12" s="11"/>
     </row>
     <row r="13" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A13" s="12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B13" s="13">
         <v>50008236071</v>
       </c>
       <c r="C13" s="13" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D13" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E13" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F13" s="13" t="s">
         <v>18</v>
       </c>
       <c r="G13" s="13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H13" s="11"/>
     </row>
     <row r="14" spans="1:8" ht="224.4" x14ac:dyDescent="0.25">
       <c r="A14" s="12" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B14" s="13">
         <v>40003386840</v>
       </c>
       <c r="C14" s="13" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E14" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F14" s="13" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G14" s="13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H14" s="11"/>
     </row>
     <row r="15" spans="1:8" ht="177" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B15" s="13">
         <v>48503016807</v>
       </c>
       <c r="C15" s="13" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E15" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F15" s="13" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G15" s="16" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H15" s="11"/>
     </row>
     <row r="16" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A16" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B16" s="13">
         <v>43603028563</v>
       </c>
       <c r="C16" s="13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E16" s="15" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="F16" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="F16" s="16" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="16" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H16" s="11"/>
     </row>
     <row r="17" spans="1:8" ht="224.4" x14ac:dyDescent="0.25">
       <c r="A17" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B17" s="13">
         <v>40103850774</v>
       </c>
       <c r="C17" s="13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E17" s="15" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>77</v>
+      </c>
+      <c r="F17" s="15" t="s">
+        <v>45</v>
       </c>
       <c r="G17" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H17" s="11"/>
     </row>
     <row r="18" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A18" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B18" s="13">
         <v>40203123579</v>
       </c>
       <c r="C18" s="13" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E18" s="15" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>81</v>
+      </c>
+      <c r="F18" s="15" t="s">
+        <v>45</v>
       </c>
       <c r="G18" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H18" s="11"/>
     </row>
-    <row r="19" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A19" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B19" s="13">
         <v>44103126081</v>
       </c>
       <c r="C19" s="13" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E19" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F19" s="13" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="G19" s="16" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H19" s="11"/>
     </row>
     <row r="20" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A20" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B20" s="13">
         <v>50103906181</v>
       </c>
       <c r="C20" s="13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E20" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F20" s="13" t="s">
         <v>18</v>
       </c>
       <c r="G20" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="H20" s="11"/>
     </row>
     <row r="21" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A21" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B21" s="13">
         <v>40008124366</v>
       </c>
       <c r="C21" s="13" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E21" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F21" s="13" t="s">
         <v>18</v>
       </c>
       <c r="G21" s="16" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H21" s="11"/>
     </row>
     <row r="22" spans="1:8" ht="101.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B22" s="13">
         <v>40203080208</v>
       </c>
       <c r="C22" s="13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E22" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F22" s="13" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G22" s="16" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H22" s="11"/>
     </row>
     <row r="23" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A23" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B23" s="13">
         <v>40103425720</v>
       </c>
       <c r="C23" s="13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E23" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F23" s="13" t="s">
         <v>18</v>
       </c>
       <c r="G23" s="16" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H23" s="11"/>
     </row>
     <row r="24" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A24" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B24" s="13">
         <v>50103906181</v>
       </c>
       <c r="C24" s="14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E24" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F24" s="13" t="s">
         <v>18</v>
       </c>
       <c r="G24" s="16" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H24" s="11"/>
     </row>
     <row r="25" spans="1:8" ht="198" x14ac:dyDescent="0.25">
       <c r="A25" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B25" s="13">
         <v>40203155038</v>
       </c>
       <c r="C25" s="14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E25" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F25" s="13" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G25" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H25" s="11"/>
     </row>
     <row r="26" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A26" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B26" s="13">
         <v>50203219881</v>
       </c>
       <c r="C26" s="13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E26" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F26" s="13" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G26" s="16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H26" s="11"/>
     </row>
     <row r="27" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A27" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B27" s="13">
         <v>40103215152</v>
       </c>
       <c r="C27" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E27" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F27" s="13" t="s">
         <v>18</v>
       </c>
       <c r="G27" s="16" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="H27" s="11"/>
     </row>
-    <row r="28" spans="1:8" ht="132" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A28" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B28" s="13">
         <v>40003395326</v>
       </c>
       <c r="C28" s="13" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E28" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F28" s="13" t="s">
         <v>18</v>
       </c>
       <c r="G28" s="16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="H28" s="11"/>
     </row>
     <row r="29" spans="1:8" s="1" customFormat="1" ht="250.8" x14ac:dyDescent="0.3">
       <c r="A29" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B29" s="13">
         <v>40003630587</v>
       </c>
       <c r="C29" s="13" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E29" s="15" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>133</v>
+      </c>
+      <c r="F29" s="15" t="s">
+        <v>45</v>
       </c>
       <c r="G29" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H29" s="20"/>
     </row>
     <row r="30" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A30" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B30" s="13">
         <v>42103079408</v>
       </c>
       <c r="C30" s="13" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E30" s="15" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>137</v>
+      </c>
+      <c r="F30" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G30" s="16" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H30" s="11"/>
     </row>
     <row r="31" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A31" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B31" s="13">
         <v>40203105978</v>
       </c>
       <c r="C31" s="13" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E31" s="15" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="F31" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="F31" s="16" t="s">
         <v>18</v>
       </c>
       <c r="G31" s="16" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="H31" s="11"/>
     </row>
     <row r="32" spans="1:8" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A32" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B32" s="13">
         <v>40103326443</v>
       </c>
       <c r="C32" s="13" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E32" s="15" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="F32" s="13" t="s">
+        <v>147</v>
+      </c>
+      <c r="F32" s="16" t="s">
         <v>18</v>
       </c>
       <c r="G32" s="16" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="H32" s="11"/>
     </row>
     <row r="33" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A33" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B33" s="13">
         <v>40103762537</v>
       </c>
       <c r="C33" s="13" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E33" s="15" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="F33" s="13" t="s">
+        <v>151</v>
+      </c>
+      <c r="F33" s="16" t="s">
         <v>18</v>
       </c>
       <c r="G33" s="16" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H33" s="11"/>
     </row>
     <row r="34" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A34" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B34" s="13">
         <v>40203136446</v>
       </c>
       <c r="C34" s="14" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>156</v>
+      </c>
+      <c r="F34" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G34" s="16" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="H34" s="11"/>
     </row>
-    <row r="35" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A35" s="13" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B35" s="13">
         <v>40003962180</v>
       </c>
       <c r="C35" s="13" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D35" s="10" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E35" s="10" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>161</v>
+      </c>
+      <c r="F35" s="10" t="s">
+        <v>45</v>
       </c>
       <c r="G35" s="10" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="H35" s="11"/>
     </row>
     <row r="36" spans="1:8" customFormat="1" ht="145.19999999999999" x14ac:dyDescent="0.3">
       <c r="A36" s="19" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B36" s="19">
         <v>40103613441</v>
       </c>
       <c r="C36" s="19" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D36" s="12" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E36" s="12" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>166</v>
+      </c>
+      <c r="F36" s="19" t="s">
+        <v>45</v>
       </c>
       <c r="G36" s="12" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A37" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B37" s="13">
         <v>4210309202</v>
       </c>
       <c r="C37" s="13" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E37" s="15" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>170</v>
+      </c>
+      <c r="F37" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G37" s="16" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H37" s="11"/>
     </row>
     <row r="38" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A38" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B38" s="13">
         <v>40003368614</v>
       </c>
       <c r="C38" s="13" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E38" s="15" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>175</v>
+      </c>
+      <c r="F38" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G38" s="16" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H38" s="11"/>
     </row>
     <row r="39" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A39" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B39" s="13">
         <v>40203175462</v>
       </c>
       <c r="C39" s="14" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>180</v>
+      </c>
+      <c r="F39" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G39" s="16" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="H39" s="11"/>
     </row>
     <row r="40" spans="1:8" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A40" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B40" s="13">
         <v>40203173828</v>
       </c>
       <c r="C40" s="13" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E40" s="15" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="F40" s="13" t="s">
+        <v>185</v>
+      </c>
+      <c r="F40" s="16" t="s">
         <v>13</v>
       </c>
       <c r="G40" s="16" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="H40" s="11"/>
     </row>
     <row r="41" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A41" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B41" s="13">
         <v>40203121366</v>
       </c>
       <c r="C41" s="14" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>189</v>
+      </c>
+      <c r="F41" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G41" s="16" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H41" s="11"/>
     </row>
-    <row r="42" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A42" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B42" s="13">
         <v>40203184728</v>
       </c>
       <c r="C42" s="14" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="F42" s="13" t="s">
+        <v>194</v>
+      </c>
+      <c r="F42" s="16" t="s">
         <v>18</v>
       </c>
       <c r="G42" s="16" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H42" s="11"/>
     </row>
     <row r="43" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A43" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B43" s="13">
         <v>40203121366</v>
       </c>
       <c r="C43" s="14" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>199</v>
+      </c>
+      <c r="F43" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G43" s="16" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="H43" s="11"/>
     </row>
     <row r="44" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A44" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B44" s="13">
         <v>40003551268</v>
       </c>
       <c r="C44" s="14" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>204</v>
+      </c>
+      <c r="F44" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G44" s="16" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H44" s="11"/>
     </row>
     <row r="45" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A45" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B45" s="13">
         <v>40008181424</v>
       </c>
       <c r="C45" s="14" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E45" s="15" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="F45" s="13" t="s">
+        <v>209</v>
+      </c>
+      <c r="F45" s="16" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="16" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H45" s="11"/>
     </row>
     <row r="46" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A46" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B46" s="13">
         <v>40203001195</v>
       </c>
       <c r="C46" s="14" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E46" s="15" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="F46" s="13" t="s">
+        <v>214</v>
+      </c>
+      <c r="F46" s="16" t="s">
         <v>13</v>
       </c>
       <c r="G46" s="16" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="H46" s="11"/>
     </row>
     <row r="47" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A47" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B47" s="13">
         <v>40203063693</v>
       </c>
       <c r="C47" s="14" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>219</v>
+      </c>
+      <c r="F47" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G47" s="16" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="H47" s="11"/>
     </row>
     <row r="48" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A48" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B48" s="13">
         <v>40203412864</v>
       </c>
       <c r="C48" s="13" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>223</v>
+      </c>
+      <c r="F48" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G48" s="16" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H48" s="11"/>
     </row>
-    <row r="49" spans="1:8" s="5" customFormat="1" ht="79.2" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:8" s="5" customFormat="1" ht="92.4" x14ac:dyDescent="0.3">
       <c r="A49" s="13" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B49" s="13">
         <v>40103813706</v>
       </c>
       <c r="C49" s="13" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D49" s="10" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E49" s="10" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>227</v>
+      </c>
+      <c r="F49" s="10" t="s">
+        <v>45</v>
       </c>
       <c r="G49" s="10" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H49" s="21"/>
     </row>
-    <row r="50" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:8" ht="134.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="10" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B50" s="13">
         <v>40103565565</v>
       </c>
       <c r="C50" s="22" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D50" s="10" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E50" s="10" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>232</v>
+      </c>
+      <c r="F50" s="10" t="s">
+        <v>45</v>
       </c>
       <c r="G50" s="10" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H50" s="11"/>
     </row>
     <row r="51" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A51" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B51" s="13">
         <v>40103773545</v>
       </c>
       <c r="C51" s="13" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="F51" s="13" t="s">
+        <v>237</v>
+      </c>
+      <c r="F51" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G51" s="16" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="H51" s="11"/>
     </row>
     <row r="52" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A52" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B52" s="13">
         <v>40103837795</v>
       </c>
       <c r="C52" s="13" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E52" s="15" t="s">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="F52" s="13" t="s">
+        <v>242</v>
+      </c>
+      <c r="F52" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G52" s="16" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="H52" s="11"/>
     </row>
     <row r="53" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A53" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B53" s="13">
         <v>40003329547</v>
       </c>
       <c r="C53" s="13" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E53" s="15" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>247</v>
+      </c>
+      <c r="F53" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G53" s="16" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="H53" s="11"/>
     </row>
     <row r="54" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A54" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B54" s="13">
         <v>40003751698</v>
       </c>
       <c r="C54" s="13" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E54" s="15" t="s">
-        <v>251</v>
-[...1 lines deleted...]
-      <c r="F54" s="13" t="s">
+        <v>252</v>
+      </c>
+      <c r="F54" s="16" t="s">
         <v>13</v>
       </c>
       <c r="G54" s="16" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="H54" s="11"/>
     </row>
     <row r="55" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A55" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B55" s="13">
         <v>40103451846</v>
       </c>
       <c r="C55" s="13" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>257</v>
+      </c>
+      <c r="F55" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G55" s="16" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="H55" s="11"/>
     </row>
     <row r="56" spans="1:8" ht="211.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B56" s="13">
         <v>41203057380</v>
       </c>
       <c r="C56" s="13" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E56" s="15" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>262</v>
+      </c>
+      <c r="F56" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G56" s="16" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="H56" s="11"/>
     </row>
     <row r="57" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A57" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B57" s="13" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C57" s="13" t="s">
-        <v>265</v>
-[...1 lines deleted...]
-      <c r="D57" s="23" t="s">
         <v>266</v>
       </c>
-      <c r="E57" s="24" t="s">
+      <c r="D57" s="24" t="s">
         <v>267</v>
       </c>
-      <c r="F57" s="13" t="s">
-        <v>44</v>
+      <c r="E57" s="25" t="s">
+        <v>268</v>
+      </c>
+      <c r="F57" s="9" t="s">
+        <v>45</v>
       </c>
       <c r="G57" s="9" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="H57" s="11"/>
     </row>
-    <row r="58" spans="1:8" ht="171.6" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:8" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A58" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B58" s="13">
         <v>40103260090</v>
       </c>
       <c r="C58" s="13" t="s">
-        <v>270</v>
-[...1 lines deleted...]
-      <c r="D58" s="23" t="s">
         <v>271</v>
       </c>
-      <c r="E58" s="24" t="s">
+      <c r="D58" s="24" t="s">
         <v>272</v>
       </c>
-      <c r="F58" s="13" t="s">
-        <v>44</v>
+      <c r="E58" s="25" t="s">
+        <v>273</v>
+      </c>
+      <c r="F58" s="9" t="s">
+        <v>45</v>
       </c>
       <c r="G58" s="9" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="H58" s="11"/>
     </row>
     <row r="59" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A59" s="15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B59" s="13">
         <v>40103449998</v>
       </c>
       <c r="C59" s="13" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="D59" s="23" t="s">
         <v>276</v>
       </c>
-      <c r="E59" s="24" t="s">
+      <c r="D59" s="24" t="s">
         <v>277</v>
       </c>
-      <c r="F59" s="25" t="s">
+      <c r="E59" s="25" t="s">
+        <v>278</v>
+      </c>
+      <c r="F59" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G59" s="9" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="H59" s="11"/>
     </row>
-    <row r="60" spans="1:8" ht="132" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A60" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B60" s="13">
         <v>40203175119</v>
       </c>
       <c r="C60" s="13" t="s">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="D60" s="23" t="s">
         <v>281</v>
       </c>
-      <c r="E60" s="24" t="s">
+      <c r="D60" s="24" t="s">
         <v>282</v>
       </c>
-      <c r="F60" s="13" t="s">
-        <v>44</v>
+      <c r="E60" s="25" t="s">
+        <v>283</v>
+      </c>
+      <c r="F60" s="25" t="s">
+        <v>45</v>
       </c>
       <c r="G60" s="9" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="H60" s="11"/>
     </row>
-    <row r="61" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A61" s="15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B61" s="13">
         <v>40203411680</v>
       </c>
       <c r="C61" s="13" t="s">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="D61" s="23" t="s">
         <v>286</v>
       </c>
-      <c r="E61" s="24" t="s">
+      <c r="D61" s="24" t="s">
         <v>287</v>
       </c>
-      <c r="F61" s="13" t="s">
-        <v>44</v>
+      <c r="E61" s="25" t="s">
+        <v>288</v>
+      </c>
+      <c r="F61" s="25" t="s">
+        <v>45</v>
       </c>
       <c r="G61" s="9" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="H61" s="11"/>
     </row>
     <row r="62" spans="1:8" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A62" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B62" s="13">
         <v>40203406158</v>
       </c>
       <c r="C62" s="13" t="s">
-        <v>285</v>
-[...4 lines deleted...]
-      <c r="E62" s="24" t="s">
+        <v>286</v>
+      </c>
+      <c r="D62" s="24" t="s">
         <v>291</v>
       </c>
-      <c r="F62" s="13" t="s">
-        <v>44</v>
+      <c r="E62" s="25" t="s">
+        <v>292</v>
+      </c>
+      <c r="F62" s="26" t="s">
+        <v>45</v>
       </c>
       <c r="G62" s="9" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H62" s="11"/>
     </row>
     <row r="63" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A63" s="15" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B63" s="13">
         <v>40203373270</v>
       </c>
       <c r="C63" s="13" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="E63" s="24" t="s">
         <v>296</v>
       </c>
-      <c r="F63" s="13" t="s">
-        <v>44</v>
+      <c r="E63" s="25" t="s">
+        <v>297</v>
+      </c>
+      <c r="F63" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G63" s="9" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H63" s="11"/>
     </row>
     <row r="64" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A64" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B64" s="13">
         <v>40203040008</v>
       </c>
       <c r="C64" s="13" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="E64" s="24" t="s">
         <v>301</v>
       </c>
-      <c r="F64" s="13" t="s">
-        <v>44</v>
+      <c r="E64" s="25" t="s">
+        <v>302</v>
+      </c>
+      <c r="F64" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G64" s="9" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H64" s="11"/>
     </row>
     <row r="65" spans="1:8" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A65" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B65" s="13">
         <v>40203373247</v>
       </c>
       <c r="C65" s="13" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>304</v>
-[...1 lines deleted...]
-      <c r="E65" s="24" t="s">
         <v>305</v>
       </c>
-      <c r="F65" s="13" t="s">
-        <v>44</v>
+      <c r="E65" s="25" t="s">
+        <v>306</v>
+      </c>
+      <c r="F65" s="15" t="s">
+        <v>45</v>
       </c>
       <c r="G65" s="9" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H65" s="11"/>
     </row>
     <row r="66" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A66" s="15" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B66" s="13">
         <v>40203406232</v>
       </c>
       <c r="C66" s="13" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="E66" s="24" t="s">
         <v>309</v>
       </c>
-      <c r="F66" s="13" t="s">
-        <v>44</v>
+      <c r="E66" s="25" t="s">
+        <v>310</v>
+      </c>
+      <c r="F66" s="15" t="s">
+        <v>45</v>
       </c>
       <c r="G66" s="9" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H66" s="11"/>
     </row>
     <row r="67" spans="1:8" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A67" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B67" s="13">
         <v>40203361089</v>
       </c>
       <c r="C67" s="13" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="E67" s="24" t="s">
         <v>312</v>
       </c>
-      <c r="F67" s="13" t="s">
-        <v>44</v>
+      <c r="E67" s="25" t="s">
+        <v>313</v>
+      </c>
+      <c r="F67" s="15" t="s">
+        <v>45</v>
       </c>
       <c r="G67" s="16" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="H67" s="11"/>
     </row>
-    <row r="68" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A68" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B68" s="13">
         <v>40203201746</v>
       </c>
       <c r="C68" s="13" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>318</v>
+      </c>
+      <c r="F68" s="15" t="s">
+        <v>45</v>
       </c>
       <c r="G68" s="16" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H68" s="11"/>
     </row>
     <row r="69" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A69" s="15" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B69" s="13">
         <v>40203375657</v>
       </c>
       <c r="C69" s="13" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="F69" s="13" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G69" s="16" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H69" s="11"/>
     </row>
     <row r="70" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A70" s="15" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B70" s="13">
         <v>40203376031</v>
       </c>
       <c r="C70" s="13" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>326</v>
+      </c>
+      <c r="F70" s="15" t="s">
+        <v>45</v>
       </c>
       <c r="G70" s="16" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H70" s="11"/>
     </row>
     <row r="71" spans="1:8" ht="198" x14ac:dyDescent="0.25">
       <c r="A71" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B71" s="13">
         <v>45403053725</v>
       </c>
       <c r="C71" s="13" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>329</v>
+      </c>
+      <c r="F71" s="15" t="s">
+        <v>45</v>
       </c>
       <c r="G71" s="16" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="H71" s="11"/>
     </row>
-    <row r="72" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A72" s="15" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B72" s="13">
         <v>40203390088</v>
       </c>
       <c r="C72" s="13" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>334</v>
+      </c>
+      <c r="F72" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G72" s="16" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H72" s="11"/>
     </row>
-    <row r="73" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A73" s="15" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B73" s="13">
         <v>40203423800</v>
       </c>
       <c r="C73" s="13" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>336</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>337</v>
+      </c>
+      <c r="F73" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G73" s="16" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="H73" s="11"/>
     </row>
-    <row r="74" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A74" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B74" s="13">
         <v>40203303220</v>
       </c>
       <c r="C74" s="13" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>341</v>
+      </c>
+      <c r="F74" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G74" s="16" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="H74" s="11"/>
     </row>
-    <row r="75" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A75" s="15" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B75" s="13">
         <v>40103501850</v>
       </c>
       <c r="C75" s="13" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>346</v>
+      </c>
+      <c r="F75" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G75" s="16" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="H75" s="11"/>
     </row>
     <row r="76" spans="1:8" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A76" s="15" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B76" s="13">
         <v>40203368710</v>
       </c>
       <c r="C76" s="13" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>351</v>
+      </c>
+      <c r="F76" s="16" t="s">
+        <v>352</v>
       </c>
       <c r="G76" s="16" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H76" s="11"/>
     </row>
     <row r="77" spans="1:8" ht="132" x14ac:dyDescent="0.25">
-      <c r="A77" s="24" t="s">
-[...2 lines deleted...]
-      <c r="B77" s="25">
+      <c r="A77" s="25" t="s">
+        <v>353</v>
+      </c>
+      <c r="B77" s="26">
         <v>40203408178</v>
       </c>
-      <c r="C77" s="25" t="s">
+      <c r="C77" s="26" t="s">
+        <v>354</v>
+      </c>
+      <c r="D77" s="25" t="s">
+        <v>355</v>
+      </c>
+      <c r="E77" s="25" t="s">
+        <v>356</v>
+      </c>
+      <c r="F77" s="9" t="s">
         <v>352</v>
       </c>
-      <c r="D77" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G77" s="9" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H77" s="11"/>
     </row>
     <row r="78" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A78" s="15" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B78" s="15">
         <v>40203342815</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="E78" s="15" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="F78" s="13" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G78" s="16" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="H78" s="11"/>
     </row>
-    <row r="79" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A79" s="15" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B79" s="15">
         <v>40203438134</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="E79" s="15" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="F79" s="13" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G79" s="16" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="H79" s="11"/>
     </row>
-    <row r="80" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A80" s="15" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B80" s="15">
         <v>40203271669</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>368</v>
+      </c>
+      <c r="F80" s="15" t="s">
+        <v>45</v>
       </c>
       <c r="G80" s="16" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="H80" s="11"/>
     </row>
     <row r="81" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
-      <c r="A81" s="24" t="s">
-[...2 lines deleted...]
-      <c r="B81" s="24">
+      <c r="A81" s="25" t="s">
+        <v>370</v>
+      </c>
+      <c r="B81" s="25">
         <v>40103971688</v>
       </c>
-      <c r="C81" s="24" t="s">
-[...5 lines deleted...]
-      <c r="E81" s="24" t="s">
+      <c r="C81" s="25" t="s">
         <v>371</v>
       </c>
-      <c r="F81" s="13" t="s">
-        <v>44</v>
+      <c r="D81" s="25" t="s">
+        <v>372</v>
+      </c>
+      <c r="E81" s="25" t="s">
+        <v>373</v>
+      </c>
+      <c r="F81" s="9" t="s">
+        <v>45</v>
       </c>
       <c r="G81" s="9" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="H81" s="11"/>
     </row>
     <row r="82" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A82" s="15" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B82" s="15">
         <v>44103120055</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>378</v>
+      </c>
+      <c r="F82" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G82" s="16" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="H82" s="11"/>
     </row>
     <row r="83" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A83" s="15" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B83" s="15">
         <v>40203414174</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>383</v>
+      </c>
+      <c r="F83" s="15" t="s">
+        <v>45</v>
       </c>
       <c r="G83" s="16" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H83" s="11"/>
     </row>
-    <row r="84" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A84" s="15" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B84" s="15">
         <v>40203332588</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>387</v>
+      </c>
+      <c r="F84" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G84" s="16" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H84" s="11"/>
     </row>
-    <row r="85" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A85" s="15" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B85" s="15">
         <v>40203429752</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>391</v>
+      </c>
+      <c r="F85" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G85" s="16" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="H85" s="11"/>
     </row>
     <row r="86" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A86" s="15" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="B86" s="15">
         <v>40203326007</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>396</v>
+      </c>
+      <c r="F86" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G86" s="16" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H86" s="11"/>
     </row>
     <row r="87" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A87" s="15" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="B87" s="15">
         <v>40203150115</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>400</v>
+      </c>
+      <c r="F87" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G87" s="16" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H87" s="11"/>
     </row>
     <row r="88" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
-      <c r="A88" s="24" t="s">
-[...2 lines deleted...]
-      <c r="B88" s="24">
+      <c r="A88" s="25" t="s">
+        <v>401</v>
+      </c>
+      <c r="B88" s="25">
         <v>40203436608</v>
       </c>
-      <c r="C88" s="24" t="s">
-[...9 lines deleted...]
-        <v>44</v>
+      <c r="C88" s="25" t="s">
+        <v>266</v>
+      </c>
+      <c r="D88" s="25" t="s">
+        <v>402</v>
+      </c>
+      <c r="E88" s="25" t="s">
+        <v>403</v>
+      </c>
+      <c r="F88" s="9" t="s">
+        <v>45</v>
       </c>
       <c r="G88" s="9" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H88" s="11"/>
     </row>
-    <row r="89" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A89" s="15" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B89" s="15">
         <v>40103415690</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>407</v>
+      </c>
+      <c r="F89" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G89" s="16" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="H89" s="11"/>
     </row>
-    <row r="90" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A90" s="15" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B90" s="15">
         <v>40203014772</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>412</v>
+      </c>
+      <c r="F90" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G90" s="16" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="H90" s="11"/>
     </row>
     <row r="91" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A91" s="15" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B91" s="15">
         <v>40103710200</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>415</v>
-[...2 lines deleted...]
-        <v>416</v>
+        <v>417</v>
+      </c>
+      <c r="F91" s="16" t="s">
+        <v>418</v>
       </c>
       <c r="G91" s="16" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="H91" s="11"/>
     </row>
     <row r="92" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A92" s="15" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B92" s="15">
         <v>40203428846</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>423</v>
+      </c>
+      <c r="F92" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G92" s="16" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H92" s="11"/>
     </row>
     <row r="93" spans="1:8" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A93" s="15" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B93" s="15">
         <v>40203460120</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="E93" s="15" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>427</v>
+      </c>
+      <c r="F93" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G93" s="16" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="H93" s="11"/>
     </row>
     <row r="94" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
-      <c r="A94" s="24" t="s">
-[...2 lines deleted...]
-      <c r="B94" s="24">
+      <c r="A94" s="25" t="s">
+        <v>429</v>
+      </c>
+      <c r="B94" s="25">
         <v>43601014658</v>
       </c>
-      <c r="C94" s="24" t="s">
-[...5 lines deleted...]
-      <c r="E94" s="24" t="s">
+      <c r="C94" s="25" t="s">
         <v>430</v>
       </c>
-      <c r="F94" s="13" t="s">
-        <v>44</v>
+      <c r="D94" s="25" t="s">
+        <v>431</v>
+      </c>
+      <c r="E94" s="25" t="s">
+        <v>432</v>
+      </c>
+      <c r="F94" s="9" t="s">
+        <v>45</v>
       </c>
       <c r="G94" s="9" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="H94" s="11"/>
     </row>
-    <row r="95" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A95" s="15" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B95" s="15">
         <v>48503027603</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="E95" s="15" t="s">
-        <v>435</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>437</v>
+      </c>
+      <c r="F95" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G95" s="16" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="H95" s="11"/>
     </row>
     <row r="96" spans="1:8" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A96" s="15" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B96" s="15">
         <v>40203423425</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>442</v>
+      </c>
+      <c r="F96" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G96" s="16" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H96" s="11"/>
     </row>
     <row r="97" spans="1:8" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A97" s="15" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B97" s="15">
         <v>50203455831</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>444</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>446</v>
+      </c>
+      <c r="F97" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G97" s="16" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H97" s="11"/>
     </row>
-    <row r="98" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A98" s="15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B98" s="15">
         <v>44103106367</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="E98" s="15" t="s">
-        <v>448</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>450</v>
+      </c>
+      <c r="F98" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G98" s="16" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="H98" s="11"/>
     </row>
-    <row r="99" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B99" s="24">
+    <row r="99" spans="1:8" ht="132" x14ac:dyDescent="0.25">
+      <c r="A99" s="25" t="s">
+        <v>452</v>
+      </c>
+      <c r="B99" s="25">
         <v>40103979499</v>
       </c>
-      <c r="C99" s="24" t="s">
-[...5 lines deleted...]
-      <c r="E99" s="24" t="s">
+      <c r="C99" s="25" t="s">
         <v>453</v>
       </c>
-      <c r="F99" s="13" t="s">
-        <v>44</v>
+      <c r="D99" s="25" t="s">
+        <v>454</v>
+      </c>
+      <c r="E99" s="25" t="s">
+        <v>455</v>
+      </c>
+      <c r="F99" s="9" t="s">
+        <v>45</v>
       </c>
       <c r="G99" s="9" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="H99" s="11"/>
     </row>
-    <row r="100" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A100" s="15" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B100" s="15">
         <v>40203471355</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="E100" s="15" t="s">
-        <v>458</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>460</v>
+      </c>
+      <c r="F100" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G100" s="16" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="H100" s="11"/>
     </row>
-    <row r="101" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A101" s="15" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B101" s="15">
         <v>40203442214</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="E101" s="15" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>464</v>
+      </c>
+      <c r="F101" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G101" s="16" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="H101" s="11"/>
     </row>
-    <row r="102" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A102" s="15" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B102" s="15">
         <v>40203326609</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>468</v>
+      </c>
+      <c r="F102" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G102" s="16" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="H102" s="11"/>
     </row>
-    <row r="103" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A103" s="15" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B103" s="15">
         <v>40203342800</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="E103" s="15" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>472</v>
+      </c>
+      <c r="F103" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G103" s="16" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H103" s="11"/>
     </row>
-    <row r="104" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A104" s="15" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B104" s="15">
         <v>40203192566</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>476</v>
+      </c>
+      <c r="F104" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G104" s="16" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="H104" s="11"/>
     </row>
-    <row r="105" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A105" s="15" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B105" s="15">
         <v>40203388577</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="E105" s="15" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>481</v>
+      </c>
+      <c r="F105" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G105" s="16" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H105" s="11"/>
     </row>
-    <row r="106" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:8" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A106" s="15" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B106" s="15">
         <v>53603065491</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="E106" s="15" t="s">
-        <v>483</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>485</v>
+      </c>
+      <c r="F106" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G106" s="16" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="H106" s="11"/>
     </row>
     <row r="107" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A107" s="15" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B107" s="15">
         <v>40003682837</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="E107" s="15" t="s">
-        <v>488</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>490</v>
+      </c>
+      <c r="F107" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G107" s="16" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="H107" s="11"/>
     </row>
     <row r="108" spans="1:8" ht="224.4" x14ac:dyDescent="0.25">
       <c r="A108" s="15" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B108" s="15" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="E108" s="15" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>496</v>
+      </c>
+      <c r="F108" s="16" t="s">
+        <v>45</v>
       </c>
       <c r="G108" s="15" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="H108" s="11"/>
     </row>
     <row r="109" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A109" s="15" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B109" s="15">
         <v>40203418119</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="E109" s="15" t="s">
+        <v>501</v>
+      </c>
+      <c r="F109" s="16" t="s">
+        <v>45</v>
+      </c>
+      <c r="G109" s="16" t="s">
+        <v>392</v>
+      </c>
+      <c r="H109" s="11"/>
+    </row>
+    <row r="110" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
+      <c r="A110" s="25" t="s">
+        <v>502</v>
+      </c>
+      <c r="B110" s="25">
+        <v>40203400174</v>
+      </c>
+      <c r="C110" s="27" t="s">
         <v>499</v>
       </c>
-      <c r="F109" s="13" t="s">
-[...26 lines deleted...]
-      <c r="G110" s="16" t="s">
+      <c r="D110" s="25" t="s">
         <v>503</v>
       </c>
+      <c r="E110" s="25" t="s">
+        <v>504</v>
+      </c>
+      <c r="F110" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G110" s="9" t="s">
+        <v>505</v>
+      </c>
       <c r="H110" s="11"/>
     </row>
-    <row r="111" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B111" s="28">
+    <row r="111" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
+      <c r="A111" s="29" t="s">
+        <v>506</v>
+      </c>
+      <c r="B111" s="29">
         <v>40103764608</v>
       </c>
-      <c r="C111" s="29" t="s">
-[...11 lines deleted...]
-      <c r="G111" s="16" t="s">
+      <c r="C111" s="30" t="s">
+        <v>524</v>
+      </c>
+      <c r="D111" s="29" t="s">
         <v>507</v>
       </c>
+      <c r="E111" s="29" t="s">
+        <v>508</v>
+      </c>
+      <c r="F111" s="29" t="s">
+        <v>45</v>
+      </c>
+      <c r="G111" s="31" t="s">
+        <v>509</v>
+      </c>
       <c r="H111" s="11"/>
     </row>
-    <row r="112" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B112" s="28">
+    <row r="112" spans="1:8" ht="144.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="29" t="s">
+        <v>510</v>
+      </c>
+      <c r="B112" s="29">
         <v>40203441100</v>
       </c>
-      <c r="C112" s="28" t="s">
-[...11 lines deleted...]
-      <c r="G112" s="16" t="s">
+      <c r="C112" s="29" t="s">
         <v>511</v>
       </c>
+      <c r="D112" s="29" t="s">
+        <v>336</v>
+      </c>
+      <c r="E112" s="29" t="s">
+        <v>512</v>
+      </c>
+      <c r="F112" s="29" t="s">
+        <v>45</v>
+      </c>
+      <c r="G112" s="28" t="s">
+        <v>513</v>
+      </c>
       <c r="H112" s="11"/>
     </row>
-    <row r="113" spans="1:8" ht="171.6" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B113" s="28">
+    <row r="113" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
+      <c r="A113" s="29" t="s">
+        <v>514</v>
+      </c>
+      <c r="B113" s="29">
         <v>40203279766</v>
       </c>
-      <c r="C113" s="28" t="s">
-[...5 lines deleted...]
-      <c r="E113" s="28" t="s">
+      <c r="C113" s="29" t="s">
         <v>515</v>
       </c>
-      <c r="F113" s="13" t="s">
-[...2 lines deleted...]
-      <c r="G113" s="16" t="s">
+      <c r="D113" s="29" t="s">
         <v>516</v>
       </c>
+      <c r="E113" s="29" t="s">
+        <v>517</v>
+      </c>
+      <c r="F113" s="29" t="s">
+        <v>45</v>
+      </c>
+      <c r="G113" s="28" t="s">
+        <v>518</v>
+      </c>
       <c r="H113" s="11"/>
     </row>
-    <row r="114" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A114" s="15" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B114" s="15">
         <v>40103344379</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="D114" s="15" t="s">
+        <v>521</v>
+      </c>
+      <c r="E114" s="15" t="s">
         <v>522</v>
       </c>
-      <c r="E114" s="15" t="s">
-[...6 lines deleted...]
-        <v>519</v>
+      <c r="F114" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G114" s="28" t="s">
+        <v>523</v>
       </c>
       <c r="H114" s="11"/>
     </row>
     <row r="115" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A115" s="15"/>
       <c r="B115" s="15"/>
       <c r="C115" s="15"/>
       <c r="D115" s="15"/>
       <c r="E115" s="15"/>
       <c r="F115" s="15"/>
-      <c r="G115" s="16"/>
+      <c r="G115" s="28"/>
       <c r="H115" s="11"/>
     </row>
     <row r="116" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A116" s="15"/>
       <c r="B116" s="15"/>
       <c r="C116" s="15"/>
       <c r="D116" s="15"/>
       <c r="E116" s="15"/>
       <c r="F116" s="15"/>
-      <c r="G116" s="16"/>
+      <c r="G116" s="28"/>
     </row>
     <row r="117" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A117" s="15"/>
       <c r="B117" s="15"/>
       <c r="C117" s="15"/>
       <c r="D117" s="15"/>
       <c r="E117" s="15"/>
       <c r="F117" s="15"/>
-      <c r="G117" s="16"/>
+      <c r="G117" s="28"/>
     </row>
     <row r="118" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A118" s="15"/>
       <c r="B118" s="15"/>
       <c r="C118" s="15"/>
       <c r="D118" s="15"/>
       <c r="E118" s="15"/>
       <c r="F118" s="15"/>
-      <c r="G118" s="16"/>
+      <c r="G118" s="28"/>
     </row>
     <row r="119" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A119" s="15"/>
       <c r="B119" s="15"/>
       <c r="C119" s="15"/>
       <c r="D119" s="15"/>
       <c r="E119" s="15"/>
       <c r="F119" s="15"/>
-      <c r="G119" s="16"/>
+      <c r="G119" s="28"/>
     </row>
     <row r="120" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A120" s="15"/>
       <c r="B120" s="15"/>
       <c r="C120" s="15"/>
       <c r="D120" s="15"/>
       <c r="E120" s="15"/>
       <c r="F120" s="15"/>
-      <c r="G120" s="16"/>
+      <c r="G120" s="28"/>
     </row>
     <row r="121" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A121" s="15"/>
       <c r="B121" s="15"/>
       <c r="C121" s="15"/>
       <c r="D121" s="15"/>
       <c r="E121" s="15"/>
       <c r="F121" s="15"/>
-      <c r="G121" s="16"/>
+      <c r="G121" s="28"/>
     </row>
     <row r="122" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A122" s="15"/>
       <c r="B122" s="15"/>
       <c r="C122" s="15"/>
       <c r="D122" s="15"/>
       <c r="E122" s="15"/>
       <c r="F122" s="15"/>
-      <c r="G122" s="16"/>
+      <c r="G122" s="28"/>
     </row>
     <row r="123" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A123" s="15"/>
       <c r="B123" s="15"/>
       <c r="C123" s="15"/>
       <c r="D123" s="15"/>
       <c r="E123" s="15"/>
       <c r="F123" s="15"/>
-      <c r="G123" s="16"/>
+      <c r="G123" s="28"/>
     </row>
     <row r="124" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A124" s="15"/>
       <c r="B124" s="15"/>
       <c r="C124" s="15"/>
       <c r="D124" s="15"/>
       <c r="E124" s="15"/>
       <c r="F124" s="15"/>
-      <c r="G124" s="16"/>
+      <c r="G124" s="28"/>
     </row>
     <row r="125" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A125" s="15"/>
       <c r="B125" s="15"/>
       <c r="C125" s="15"/>
       <c r="D125" s="15"/>
       <c r="E125" s="15"/>
       <c r="F125" s="15"/>
-      <c r="G125" s="16"/>
+      <c r="G125" s="28"/>
     </row>
     <row r="126" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A126" s="15"/>
       <c r="B126" s="15"/>
       <c r="C126" s="15"/>
       <c r="D126" s="15"/>
       <c r="E126" s="15"/>
       <c r="F126" s="15"/>
-      <c r="G126" s="16"/>
+      <c r="G126" s="28"/>
     </row>
     <row r="127" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A127" s="15"/>
       <c r="B127" s="15"/>
       <c r="C127" s="15"/>
       <c r="D127" s="15"/>
       <c r="E127" s="15"/>
       <c r="F127" s="15"/>
-      <c r="G127" s="16"/>
+      <c r="G127" s="28"/>
     </row>
     <row r="128" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A128" s="15"/>
       <c r="B128" s="15"/>
       <c r="C128" s="15"/>
       <c r="D128" s="15"/>
       <c r="E128" s="15"/>
       <c r="F128" s="15"/>
-      <c r="G128" s="16"/>
+      <c r="G128" s="28"/>
     </row>
     <row r="129" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A129" s="15"/>
       <c r="B129" s="15"/>
       <c r="C129" s="15"/>
       <c r="D129" s="15"/>
       <c r="E129" s="15"/>
       <c r="F129" s="15"/>
-      <c r="G129" s="16"/>
+      <c r="G129" s="28"/>
     </row>
     <row r="130" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A130" s="15"/>
       <c r="B130" s="15"/>
       <c r="C130" s="15"/>
       <c r="D130" s="15"/>
       <c r="E130" s="15"/>
       <c r="F130" s="15"/>
-      <c r="G130" s="16"/>
+      <c r="G130" s="28"/>
     </row>
     <row r="131" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A131" s="15"/>
       <c r="B131" s="15"/>
       <c r="C131" s="15"/>
       <c r="D131" s="15"/>
       <c r="E131" s="15"/>
       <c r="F131" s="15"/>
-      <c r="G131" s="16"/>
+      <c r="G131" s="28"/>
     </row>
     <row r="132" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A132" s="15"/>
       <c r="B132" s="15"/>
       <c r="C132" s="15"/>
       <c r="D132" s="15"/>
       <c r="E132" s="15"/>
       <c r="F132" s="15"/>
-      <c r="G132" s="16"/>
+      <c r="G132" s="28"/>
     </row>
     <row r="133" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A133" s="15"/>
       <c r="B133" s="15"/>
       <c r="C133" s="15"/>
       <c r="D133" s="15"/>
       <c r="E133" s="15"/>
       <c r="F133" s="15"/>
-      <c r="G133" s="16"/>
+      <c r="G133" s="28"/>
     </row>
     <row r="134" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A134" s="15"/>
       <c r="B134" s="15"/>
       <c r="C134" s="15"/>
       <c r="D134" s="15"/>
       <c r="E134" s="15"/>
       <c r="F134" s="15"/>
-      <c r="G134" s="16"/>
+      <c r="G134" s="28"/>
     </row>
     <row r="135" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A135" s="15"/>
       <c r="B135" s="15"/>
       <c r="C135" s="15"/>
       <c r="D135" s="15"/>
       <c r="E135" s="15"/>
       <c r="F135" s="15"/>
-      <c r="G135" s="16"/>
+      <c r="G135" s="28"/>
     </row>
     <row r="136" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A136" s="15"/>
       <c r="B136" s="15"/>
       <c r="C136" s="15"/>
       <c r="D136" s="15"/>
       <c r="E136" s="15"/>
       <c r="F136" s="15"/>
-      <c r="G136" s="16"/>
+      <c r="G136" s="28"/>
     </row>
     <row r="137" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A137" s="15"/>
       <c r="B137" s="15"/>
       <c r="C137" s="15"/>
       <c r="D137" s="15"/>
       <c r="E137" s="15"/>
       <c r="F137" s="15"/>
-      <c r="G137" s="16"/>
+      <c r="G137" s="28"/>
     </row>
     <row r="138" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A138" s="15"/>
       <c r="B138" s="15"/>
       <c r="C138" s="15"/>
       <c r="D138" s="15"/>
       <c r="E138" s="15"/>
       <c r="F138" s="15"/>
-      <c r="G138" s="16"/>
+      <c r="G138" s="28"/>
     </row>
     <row r="139" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A139" s="15"/>
       <c r="B139" s="15"/>
       <c r="C139" s="15"/>
       <c r="D139" s="15"/>
       <c r="E139" s="15"/>
       <c r="F139" s="15"/>
-      <c r="G139" s="16"/>
+      <c r="G139" s="28"/>
     </row>
     <row r="140" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A140" s="15"/>
       <c r="B140" s="15"/>
       <c r="C140" s="15"/>
       <c r="D140" s="15"/>
       <c r="E140" s="15"/>
       <c r="F140" s="15"/>
-      <c r="G140" s="16"/>
+      <c r="G140" s="28"/>
     </row>
     <row r="141" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A141" s="15"/>
       <c r="B141" s="15"/>
       <c r="C141" s="15"/>
       <c r="D141" s="15"/>
       <c r="E141" s="15"/>
       <c r="F141" s="15"/>
-      <c r="G141" s="16"/>
+      <c r="G141" s="28"/>
     </row>
     <row r="142" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A142" s="15"/>
       <c r="B142" s="15"/>
       <c r="C142" s="15"/>
       <c r="D142" s="15"/>
       <c r="E142" s="15"/>
       <c r="F142" s="15"/>
-      <c r="G142" s="16"/>
+      <c r="G142" s="28"/>
     </row>
     <row r="143" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A143" s="15"/>
       <c r="B143" s="15"/>
       <c r="C143" s="15"/>
       <c r="D143" s="15"/>
       <c r="E143" s="15"/>
       <c r="F143" s="15"/>
-      <c r="G143" s="16"/>
+      <c r="G143" s="28"/>
     </row>
     <row r="144" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A144" s="15"/>
       <c r="B144" s="15"/>
       <c r="C144" s="15"/>
       <c r="D144" s="15"/>
       <c r="E144" s="15"/>
       <c r="F144" s="15"/>
-      <c r="G144" s="16"/>
+      <c r="G144" s="28"/>
     </row>
     <row r="145" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A145" s="15"/>
       <c r="B145" s="15"/>
       <c r="C145" s="15"/>
       <c r="D145" s="15"/>
       <c r="E145" s="15"/>
       <c r="F145" s="15"/>
-      <c r="G145" s="16"/>
+      <c r="G145" s="28"/>
     </row>
     <row r="146" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A146" s="15"/>
       <c r="B146" s="15"/>
       <c r="C146" s="15"/>
       <c r="D146" s="15"/>
       <c r="E146" s="15"/>
       <c r="F146" s="15"/>
-      <c r="G146" s="27"/>
+      <c r="G146" s="28"/>
     </row>
     <row r="147" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A147" s="15"/>
       <c r="B147" s="15"/>
       <c r="C147" s="15"/>
       <c r="D147" s="15"/>
       <c r="E147" s="15"/>
       <c r="F147" s="15"/>
-      <c r="G147" s="27"/>
+      <c r="G147" s="28"/>
     </row>
     <row r="148" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A148" s="15"/>
       <c r="B148" s="15"/>
       <c r="C148" s="15"/>
       <c r="D148" s="15"/>
       <c r="E148" s="15"/>
       <c r="F148" s="15"/>
-      <c r="G148" s="27"/>
+      <c r="G148" s="28"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:G114" xr:uid="{00000000-0001-0000-0200-000000000000}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="F1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
@@ -5817,132 +5827,131 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Deklarāciju dati</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Valsts ieņēmumu dienests</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Iveta Buškevica</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B3C9C276AFEEAF44A5EEB1316BFEF153</vt:lpwstr>
   </property>
 </Properties>
 </file>