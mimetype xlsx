--- v1 (2025-11-30)
+++ v2 (2025-12-24)
@@ -4,60 +4,60 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24931"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vid00238\Documents\ārējā_lapa\2025\Novembris\2811\lemumi\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Decembris\Lēmumi\4Lēmumi par deklarācijā iesniegto datu atbilstības pārbaudi\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B09E6FD8-79F7-45AD-A8F4-527151B4D820}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{41BB8559-E5B8-4010-9C05-DA9A28F659F6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Deklarāciju dati" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Deklarāciju dati'!$A$2:$G$114</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="682" uniqueCount="525">
   <si>
     <t>Deklarācijā iesniegto datu atbilstības pārbaude</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
@@ -1985,65 +1985,58 @@
     <t>16.06.2023.</t>
   </si>
   <si>
     <t xml:space="preserve">SIA “MULČA” labprātīgi nav novērsusi tematiskajā pārbaudē norādītās neatbilstības, t.i: 
 - MUN deklarāciju neatbilstības novērsa daļēji, nav samaksājusi budžetā MUN un nokavējuma naudu par samaksas termiņa kavējumu;
 -  nav samaksājusi budžetā PVN un nokavējuma naudu par samaksas termiņa kavējumu.
 </t>
   </si>
   <si>
     <t xml:space="preserve">SIA “MULČA” noteikts pienākums 30 dienu laikā pēc lēmuma par datu atbilstības pārbaudē saņemšanas iemaksāt budžetā EUR 31 252,81, tai skaitā:
 - MUN 17 812,38 EUR un nokavējuma naudu 5 955,37 EUR;
 - PVN 5 705,38 EUR un nokavējuma naudu 1 779,68.
 </t>
   </si>
   <si>
     <t>Pievienotās vērtības nodokļa likuma 5.panta pirmās daļas 2. punkts, 32. panta pirmā daļa, 34. panta pirmā daļa, 41. panta pirmās daļas 1.punkts, 59. panta pirmā daļa, 84. panta pirmā daļa, 117. panta astotā daļa, 118. panta desmitā daļa un 119. panta otrā daļa, Mikrouzņēmumu nodokļa likuma 6. panta pirmā daļa. </t>
   </si>
   <si>
     <t>08.09.2023.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
-    </font>
-[...5 lines deleted...]
-      <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -2072,226 +2065,190 @@
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF97B7FF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="6">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...22 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="35">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="16" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="16" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{16A88378-CB39-44A1-8A9D-9B24210459BD}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF0066"/>
       <color rgb="FFFF6699"/>
       <color rgb="FF97B7FF"/>
       <color rgb="FF002169"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -2340,91 +2297,91 @@
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1350818" cy="1341544"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -2486,51 +2443,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -2628,92 +2585,92 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:H148"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A112" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="M113" sqref="M113"/>
+      <selection pane="bottomLeft" activeCell="A114" sqref="A114"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="13.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="11.5546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="52.88671875" style="1" customWidth="1"/>
     <col min="5" max="5" width="64.109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="16.5546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="47.33203125" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="111.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="32" t="s">
+      <c r="A1" s="28" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="33"/>
-[...3 lines deleted...]
-      <c r="F1" s="34" t="s">
+      <c r="B1" s="29"/>
+      <c r="C1" s="29"/>
+      <c r="D1" s="29"/>
+      <c r="E1" s="29"/>
+      <c r="F1" s="30" t="s">
         <v>1</v>
       </c>
-      <c r="G1" s="34"/>
+      <c r="G1" s="30"/>
       <c r="H1" s="11"/>
     </row>
     <row r="2" spans="1:8" ht="37.799999999999997" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="11"/>
@@ -3078,51 +3035,51 @@
     </row>
     <row r="18" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A18" s="15" t="s">
         <v>78</v>
       </c>
       <c r="B18" s="13">
         <v>40203123579</v>
       </c>
       <c r="C18" s="13" t="s">
         <v>79</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F18" s="15" t="s">
         <v>45</v>
       </c>
       <c r="G18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="H18" s="11"/>
     </row>
-    <row r="19" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A19" s="15" t="s">
         <v>82</v>
       </c>
       <c r="B19" s="13">
         <v>44103126081</v>
       </c>
       <c r="C19" s="13" t="s">
         <v>83</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F19" s="13" t="s">
         <v>35</v>
       </c>
       <c r="G19" s="16" t="s">
         <v>86</v>
       </c>
       <c r="H19" s="11"/>
     </row>
     <row r="20" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A20" s="15" t="s">
@@ -3294,51 +3251,51 @@
     </row>
     <row r="27" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A27" s="15" t="s">
         <v>120</v>
       </c>
       <c r="B27" s="13">
         <v>40103215152</v>
       </c>
       <c r="C27" s="13" t="s">
         <v>121</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F27" s="13" t="s">
         <v>18</v>
       </c>
       <c r="G27" s="16" t="s">
         <v>124</v>
       </c>
       <c r="H27" s="11"/>
     </row>
-    <row r="28" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A28" s="15" t="s">
         <v>125</v>
       </c>
       <c r="B28" s="13">
         <v>40003395326</v>
       </c>
       <c r="C28" s="13" t="s">
         <v>126</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F28" s="13" t="s">
         <v>18</v>
       </c>
       <c r="G28" s="16" t="s">
         <v>129</v>
       </c>
       <c r="H28" s="11"/>
     </row>
     <row r="29" spans="1:8" s="1" customFormat="1" ht="250.8" x14ac:dyDescent="0.3">
       <c r="A29" s="15" t="s">
@@ -3509,51 +3466,51 @@
       <c r="H35" s="11"/>
     </row>
     <row r="36" spans="1:8" customFormat="1" ht="145.19999999999999" x14ac:dyDescent="0.3">
       <c r="A36" s="19" t="s">
         <v>163</v>
       </c>
       <c r="B36" s="19">
         <v>40103613441</v>
       </c>
       <c r="C36" s="19" t="s">
         <v>164</v>
       </c>
       <c r="D36" s="12" t="s">
         <v>165</v>
       </c>
       <c r="E36" s="12" t="s">
         <v>166</v>
       </c>
       <c r="F36" s="19" t="s">
         <v>45</v>
       </c>
       <c r="G36" s="12" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="37" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A37" s="15" t="s">
         <v>167</v>
       </c>
       <c r="B37" s="13">
         <v>4210309202</v>
       </c>
       <c r="C37" s="13" t="s">
         <v>168</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>170</v>
       </c>
       <c r="F37" s="16" t="s">
         <v>45</v>
       </c>
       <c r="G37" s="16" t="s">
         <v>171</v>
       </c>
       <c r="H37" s="11"/>
     </row>
     <row r="38" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A38" s="15" t="s">
@@ -3629,51 +3586,51 @@
     </row>
     <row r="41" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A41" s="15" t="s">
         <v>187</v>
       </c>
       <c r="B41" s="13">
         <v>40203121366</v>
       </c>
       <c r="C41" s="14" t="s">
         <v>183</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>189</v>
       </c>
       <c r="F41" s="16" t="s">
         <v>45</v>
       </c>
       <c r="G41" s="16" t="s">
         <v>190</v>
       </c>
       <c r="H41" s="11"/>
     </row>
-    <row r="42" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A42" s="15" t="s">
         <v>191</v>
       </c>
       <c r="B42" s="13">
         <v>40203184728</v>
       </c>
       <c r="C42" s="14" t="s">
         <v>192</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>193</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>194</v>
       </c>
       <c r="F42" s="16" t="s">
         <v>18</v>
       </c>
       <c r="G42" s="16" t="s">
         <v>195</v>
       </c>
       <c r="H42" s="11"/>
     </row>
     <row r="43" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A43" s="15" t="s">
@@ -4013,51 +3970,51 @@
     </row>
     <row r="57" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A57" s="15" t="s">
         <v>264</v>
       </c>
       <c r="B57" s="13" t="s">
         <v>265</v>
       </c>
       <c r="C57" s="13" t="s">
         <v>266</v>
       </c>
       <c r="D57" s="24" t="s">
         <v>267</v>
       </c>
       <c r="E57" s="25" t="s">
         <v>268</v>
       </c>
       <c r="F57" s="9" t="s">
         <v>45</v>
       </c>
       <c r="G57" s="9" t="s">
         <v>269</v>
       </c>
       <c r="H57" s="11"/>
     </row>
-    <row r="58" spans="1:8" ht="184.8" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:8" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A58" s="15" t="s">
         <v>270</v>
       </c>
       <c r="B58" s="13">
         <v>40103260090</v>
       </c>
       <c r="C58" s="13" t="s">
         <v>271</v>
       </c>
       <c r="D58" s="24" t="s">
         <v>272</v>
       </c>
       <c r="E58" s="25" t="s">
         <v>273</v>
       </c>
       <c r="F58" s="9" t="s">
         <v>45</v>
       </c>
       <c r="G58" s="9" t="s">
         <v>274</v>
       </c>
       <c r="H58" s="11"/>
     </row>
     <row r="59" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A59" s="15" t="s">
@@ -4253,51 +4210,51 @@
     </row>
     <row r="67" spans="1:8" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A67" s="15" t="s">
         <v>311</v>
       </c>
       <c r="B67" s="13">
         <v>40203361089</v>
       </c>
       <c r="C67" s="13" t="s">
         <v>308</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>312</v>
       </c>
       <c r="E67" s="25" t="s">
         <v>313</v>
       </c>
       <c r="F67" s="15" t="s">
         <v>45</v>
       </c>
       <c r="G67" s="16" t="s">
         <v>314</v>
       </c>
       <c r="H67" s="11"/>
     </row>
-    <row r="68" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A68" s="15" t="s">
         <v>315</v>
       </c>
       <c r="B68" s="13">
         <v>40203201746</v>
       </c>
       <c r="C68" s="13" t="s">
         <v>316</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>317</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>318</v>
       </c>
       <c r="F68" s="15" t="s">
         <v>45</v>
       </c>
       <c r="G68" s="16" t="s">
         <v>319</v>
       </c>
       <c r="H68" s="11"/>
     </row>
     <row r="69" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A69" s="15" t="s">
@@ -5262,475 +5219,475 @@
     <row r="109" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A109" s="15" t="s">
         <v>498</v>
       </c>
       <c r="B109" s="15">
         <v>40203418119</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>499</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>500</v>
       </c>
       <c r="E109" s="15" t="s">
         <v>501</v>
       </c>
       <c r="F109" s="16" t="s">
         <v>45</v>
       </c>
       <c r="G109" s="16" t="s">
         <v>392</v>
       </c>
       <c r="H109" s="11"/>
     </row>
     <row r="110" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
-      <c r="A110" s="25" t="s">
+      <c r="A110" s="15" t="s">
         <v>502</v>
       </c>
-      <c r="B110" s="25">
+      <c r="B110" s="15">
         <v>40203400174</v>
       </c>
       <c r="C110" s="27" t="s">
         <v>499</v>
       </c>
-      <c r="D110" s="25" t="s">
+      <c r="D110" s="15" t="s">
         <v>503</v>
       </c>
-      <c r="E110" s="25" t="s">
+      <c r="E110" s="15" t="s">
         <v>504</v>
       </c>
-      <c r="F110" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G110" s="9" t="s">
+      <c r="F110" s="16" t="s">
+        <v>45</v>
+      </c>
+      <c r="G110" s="16" t="s">
         <v>505</v>
       </c>
       <c r="H110" s="11"/>
     </row>
-    <row r="111" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
-      <c r="A111" s="29" t="s">
+    <row r="111" spans="1:8" ht="198" x14ac:dyDescent="0.25">
+      <c r="A111" s="15" t="s">
         <v>506</v>
       </c>
-      <c r="B111" s="29">
+      <c r="B111" s="15">
         <v>40103764608</v>
       </c>
-      <c r="C111" s="30" t="s">
+      <c r="C111" s="27" t="s">
         <v>524</v>
       </c>
-      <c r="D111" s="29" t="s">
+      <c r="D111" s="15" t="s">
         <v>507</v>
       </c>
-      <c r="E111" s="29" t="s">
+      <c r="E111" s="15" t="s">
         <v>508</v>
       </c>
-      <c r="F111" s="29" t="s">
-[...2 lines deleted...]
-      <c r="G111" s="31" t="s">
+      <c r="F111" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G111" s="16" t="s">
         <v>509</v>
       </c>
       <c r="H111" s="11"/>
     </row>
     <row r="112" spans="1:8" ht="144.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A112" s="29" t="s">
+      <c r="A112" s="15" t="s">
         <v>510</v>
       </c>
-      <c r="B112" s="29">
+      <c r="B112" s="15">
         <v>40203441100</v>
       </c>
-      <c r="C112" s="29" t="s">
+      <c r="C112" s="15" t="s">
         <v>511</v>
       </c>
-      <c r="D112" s="29" t="s">
+      <c r="D112" s="15" t="s">
         <v>336</v>
       </c>
-      <c r="E112" s="29" t="s">
+      <c r="E112" s="15" t="s">
         <v>512</v>
       </c>
-      <c r="F112" s="29" t="s">
-[...2 lines deleted...]
-      <c r="G112" s="28" t="s">
+      <c r="F112" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G112" s="16" t="s">
         <v>513</v>
       </c>
       <c r="H112" s="11"/>
     </row>
     <row r="113" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
-      <c r="A113" s="29" t="s">
+      <c r="A113" s="15" t="s">
         <v>514</v>
       </c>
-      <c r="B113" s="29">
+      <c r="B113" s="15">
         <v>40203279766</v>
       </c>
-      <c r="C113" s="29" t="s">
+      <c r="C113" s="15" t="s">
         <v>515</v>
       </c>
-      <c r="D113" s="29" t="s">
+      <c r="D113" s="15" t="s">
         <v>516</v>
       </c>
-      <c r="E113" s="29" t="s">
+      <c r="E113" s="15" t="s">
         <v>517</v>
       </c>
-      <c r="F113" s="29" t="s">
-[...2 lines deleted...]
-      <c r="G113" s="28" t="s">
+      <c r="F113" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G113" s="16" t="s">
         <v>518</v>
       </c>
       <c r="H113" s="11"/>
     </row>
     <row r="114" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A114" s="15" t="s">
         <v>519</v>
       </c>
       <c r="B114" s="15">
         <v>40103344379</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>520</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>521</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>522</v>
       </c>
       <c r="F114" s="15" t="s">
         <v>45</v>
       </c>
-      <c r="G114" s="28" t="s">
+      <c r="G114" s="16" t="s">
         <v>523</v>
       </c>
       <c r="H114" s="11"/>
     </row>
     <row r="115" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A115" s="15"/>
       <c r="B115" s="15"/>
       <c r="C115" s="15"/>
       <c r="D115" s="15"/>
       <c r="E115" s="15"/>
       <c r="F115" s="15"/>
-      <c r="G115" s="28"/>
+      <c r="G115" s="16"/>
       <c r="H115" s="11"/>
     </row>
     <row r="116" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A116" s="15"/>
       <c r="B116" s="15"/>
       <c r="C116" s="15"/>
       <c r="D116" s="15"/>
       <c r="E116" s="15"/>
       <c r="F116" s="15"/>
-      <c r="G116" s="28"/>
+      <c r="G116" s="16"/>
     </row>
     <row r="117" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A117" s="15"/>
       <c r="B117" s="15"/>
       <c r="C117" s="15"/>
       <c r="D117" s="15"/>
       <c r="E117" s="15"/>
       <c r="F117" s="15"/>
-      <c r="G117" s="28"/>
+      <c r="G117" s="16"/>
     </row>
     <row r="118" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A118" s="15"/>
       <c r="B118" s="15"/>
       <c r="C118" s="15"/>
       <c r="D118" s="15"/>
       <c r="E118" s="15"/>
       <c r="F118" s="15"/>
-      <c r="G118" s="28"/>
+      <c r="G118" s="16"/>
     </row>
     <row r="119" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A119" s="15"/>
       <c r="B119" s="15"/>
       <c r="C119" s="15"/>
       <c r="D119" s="15"/>
       <c r="E119" s="15"/>
       <c r="F119" s="15"/>
-      <c r="G119" s="28"/>
+      <c r="G119" s="16"/>
     </row>
     <row r="120" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A120" s="15"/>
       <c r="B120" s="15"/>
       <c r="C120" s="15"/>
       <c r="D120" s="15"/>
       <c r="E120" s="15"/>
       <c r="F120" s="15"/>
-      <c r="G120" s="28"/>
+      <c r="G120" s="16"/>
     </row>
     <row r="121" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A121" s="15"/>
       <c r="B121" s="15"/>
       <c r="C121" s="15"/>
       <c r="D121" s="15"/>
       <c r="E121" s="15"/>
       <c r="F121" s="15"/>
-      <c r="G121" s="28"/>
+      <c r="G121" s="16"/>
     </row>
     <row r="122" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A122" s="15"/>
       <c r="B122" s="15"/>
       <c r="C122" s="15"/>
       <c r="D122" s="15"/>
       <c r="E122" s="15"/>
       <c r="F122" s="15"/>
-      <c r="G122" s="28"/>
+      <c r="G122" s="16"/>
     </row>
     <row r="123" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A123" s="15"/>
       <c r="B123" s="15"/>
       <c r="C123" s="15"/>
       <c r="D123" s="15"/>
       <c r="E123" s="15"/>
       <c r="F123" s="15"/>
-      <c r="G123" s="28"/>
+      <c r="G123" s="16"/>
     </row>
     <row r="124" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A124" s="15"/>
       <c r="B124" s="15"/>
       <c r="C124" s="15"/>
       <c r="D124" s="15"/>
       <c r="E124" s="15"/>
       <c r="F124" s="15"/>
-      <c r="G124" s="28"/>
+      <c r="G124" s="16"/>
     </row>
     <row r="125" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A125" s="15"/>
       <c r="B125" s="15"/>
       <c r="C125" s="15"/>
       <c r="D125" s="15"/>
       <c r="E125" s="15"/>
       <c r="F125" s="15"/>
-      <c r="G125" s="28"/>
+      <c r="G125" s="16"/>
     </row>
     <row r="126" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A126" s="15"/>
       <c r="B126" s="15"/>
       <c r="C126" s="15"/>
       <c r="D126" s="15"/>
       <c r="E126" s="15"/>
       <c r="F126" s="15"/>
-      <c r="G126" s="28"/>
+      <c r="G126" s="16"/>
     </row>
     <row r="127" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A127" s="15"/>
       <c r="B127" s="15"/>
       <c r="C127" s="15"/>
       <c r="D127" s="15"/>
       <c r="E127" s="15"/>
       <c r="F127" s="15"/>
-      <c r="G127" s="28"/>
+      <c r="G127" s="16"/>
     </row>
     <row r="128" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A128" s="15"/>
       <c r="B128" s="15"/>
       <c r="C128" s="15"/>
       <c r="D128" s="15"/>
       <c r="E128" s="15"/>
       <c r="F128" s="15"/>
-      <c r="G128" s="28"/>
+      <c r="G128" s="16"/>
     </row>
     <row r="129" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A129" s="15"/>
       <c r="B129" s="15"/>
       <c r="C129" s="15"/>
       <c r="D129" s="15"/>
       <c r="E129" s="15"/>
       <c r="F129" s="15"/>
-      <c r="G129" s="28"/>
+      <c r="G129" s="16"/>
     </row>
     <row r="130" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A130" s="15"/>
       <c r="B130" s="15"/>
       <c r="C130" s="15"/>
       <c r="D130" s="15"/>
       <c r="E130" s="15"/>
       <c r="F130" s="15"/>
-      <c r="G130" s="28"/>
+      <c r="G130" s="16"/>
     </row>
     <row r="131" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A131" s="15"/>
       <c r="B131" s="15"/>
       <c r="C131" s="15"/>
       <c r="D131" s="15"/>
       <c r="E131" s="15"/>
       <c r="F131" s="15"/>
-      <c r="G131" s="28"/>
+      <c r="G131" s="16"/>
     </row>
     <row r="132" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A132" s="15"/>
       <c r="B132" s="15"/>
       <c r="C132" s="15"/>
       <c r="D132" s="15"/>
       <c r="E132" s="15"/>
       <c r="F132" s="15"/>
-      <c r="G132" s="28"/>
+      <c r="G132" s="16"/>
     </row>
     <row r="133" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A133" s="15"/>
       <c r="B133" s="15"/>
       <c r="C133" s="15"/>
       <c r="D133" s="15"/>
       <c r="E133" s="15"/>
       <c r="F133" s="15"/>
-      <c r="G133" s="28"/>
+      <c r="G133" s="16"/>
     </row>
     <row r="134" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A134" s="15"/>
       <c r="B134" s="15"/>
       <c r="C134" s="15"/>
       <c r="D134" s="15"/>
       <c r="E134" s="15"/>
       <c r="F134" s="15"/>
-      <c r="G134" s="28"/>
+      <c r="G134" s="16"/>
     </row>
     <row r="135" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A135" s="15"/>
       <c r="B135" s="15"/>
       <c r="C135" s="15"/>
       <c r="D135" s="15"/>
       <c r="E135" s="15"/>
       <c r="F135" s="15"/>
-      <c r="G135" s="28"/>
+      <c r="G135" s="16"/>
     </row>
     <row r="136" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A136" s="15"/>
       <c r="B136" s="15"/>
       <c r="C136" s="15"/>
       <c r="D136" s="15"/>
       <c r="E136" s="15"/>
       <c r="F136" s="15"/>
-      <c r="G136" s="28"/>
+      <c r="G136" s="16"/>
     </row>
     <row r="137" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A137" s="15"/>
       <c r="B137" s="15"/>
       <c r="C137" s="15"/>
       <c r="D137" s="15"/>
       <c r="E137" s="15"/>
       <c r="F137" s="15"/>
-      <c r="G137" s="28"/>
+      <c r="G137" s="16"/>
     </row>
     <row r="138" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A138" s="15"/>
       <c r="B138" s="15"/>
       <c r="C138" s="15"/>
       <c r="D138" s="15"/>
       <c r="E138" s="15"/>
       <c r="F138" s="15"/>
-      <c r="G138" s="28"/>
+      <c r="G138" s="16"/>
     </row>
     <row r="139" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A139" s="15"/>
       <c r="B139" s="15"/>
       <c r="C139" s="15"/>
       <c r="D139" s="15"/>
       <c r="E139" s="15"/>
       <c r="F139" s="15"/>
-      <c r="G139" s="28"/>
+      <c r="G139" s="16"/>
     </row>
     <row r="140" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A140" s="15"/>
       <c r="B140" s="15"/>
       <c r="C140" s="15"/>
       <c r="D140" s="15"/>
       <c r="E140" s="15"/>
       <c r="F140" s="15"/>
-      <c r="G140" s="28"/>
+      <c r="G140" s="16"/>
     </row>
     <row r="141" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A141" s="15"/>
       <c r="B141" s="15"/>
       <c r="C141" s="15"/>
       <c r="D141" s="15"/>
       <c r="E141" s="15"/>
       <c r="F141" s="15"/>
-      <c r="G141" s="28"/>
+      <c r="G141" s="16"/>
     </row>
     <row r="142" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A142" s="15"/>
       <c r="B142" s="15"/>
       <c r="C142" s="15"/>
       <c r="D142" s="15"/>
       <c r="E142" s="15"/>
       <c r="F142" s="15"/>
-      <c r="G142" s="28"/>
+      <c r="G142" s="16"/>
     </row>
     <row r="143" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A143" s="15"/>
       <c r="B143" s="15"/>
       <c r="C143" s="15"/>
       <c r="D143" s="15"/>
       <c r="E143" s="15"/>
       <c r="F143" s="15"/>
-      <c r="G143" s="28"/>
+      <c r="G143" s="16"/>
     </row>
     <row r="144" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A144" s="15"/>
       <c r="B144" s="15"/>
       <c r="C144" s="15"/>
       <c r="D144" s="15"/>
       <c r="E144" s="15"/>
       <c r="F144" s="15"/>
-      <c r="G144" s="28"/>
+      <c r="G144" s="16"/>
     </row>
     <row r="145" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A145" s="15"/>
       <c r="B145" s="15"/>
       <c r="C145" s="15"/>
       <c r="D145" s="15"/>
       <c r="E145" s="15"/>
       <c r="F145" s="15"/>
-      <c r="G145" s="28"/>
+      <c r="G145" s="16"/>
     </row>
     <row r="146" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A146" s="15"/>
       <c r="B146" s="15"/>
       <c r="C146" s="15"/>
       <c r="D146" s="15"/>
       <c r="E146" s="15"/>
       <c r="F146" s="15"/>
-      <c r="G146" s="28"/>
+      <c r="G146" s="16"/>
     </row>
     <row r="147" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A147" s="15"/>
       <c r="B147" s="15"/>
       <c r="C147" s="15"/>
       <c r="D147" s="15"/>
       <c r="E147" s="15"/>
       <c r="F147" s="15"/>
-      <c r="G147" s="28"/>
+      <c r="G147" s="16"/>
     </row>
     <row r="148" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A148" s="15"/>
       <c r="B148" s="15"/>
       <c r="C148" s="15"/>
       <c r="D148" s="15"/>
       <c r="E148" s="15"/>
       <c r="F148" s="15"/>
-      <c r="G148" s="28"/>
+      <c r="G148" s="16"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:G114" xr:uid="{00000000-0001-0000-0200-000000000000}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="F1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
@@ -5868,58 +5825,58 @@
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Deklarāciju dati</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>