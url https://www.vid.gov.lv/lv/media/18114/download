--- v2 (2025-12-24)
+++ v3 (2026-01-13)
@@ -8,54 +8,54 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Decembris\Lēmumi\4Lēmumi par deklarācijā iesniegto datu atbilstības pārbaudi\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Janvāris\Lēmumi\4Lēmumi par deklarācijā iesniegto datu atbilstības pārbaudi\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{41BB8559-E5B8-4010-9C05-DA9A28F659F6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1B6F93E4-4F6E-4A6B-8CC9-4966D83D2665}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Deklarāciju dati" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Deklarāciju dati'!$A$2:$G$114</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="682" uniqueCount="525">
   <si>
     <t>Deklarācijā iesniegto datu atbilstības pārbaude</t>
   </si>
   <si>
     <r>
@@ -1942,87 +1942,85 @@
   <si>
     <t>SIA “Kristāldzidrs”</t>
   </si>
   <si>
     <t>27.03.2023.</t>
   </si>
   <si>
     <t>SIA “Kristāldzidrs” noteikts pienākums 30 dienu laikā pēc lēmuma par datu atbilstības pārbaudes rezultātiem saņemšanas iemaksāt budžetā 
 15 390,75 euro, tai skaitā:
 - PVN 15 276,18 euro;
 - nokavējuma nauda par PVN nenomaksu 114,57 euro.</t>
   </si>
   <si>
     <t xml:space="preserve">Likuma “Par Valsts ieņēmumu dienestu” 10. panta pirmās daļas 3. un 4. punkts un otrās daļas 1. punkts, likuma “Par nodokļiem un nodevām” 18. panta pirmās daļas 2. punkts, 23. panta 5.1 daļa, 29. panta otrā daļa, Pievienotās vērtības nodokļa likuma 5. panta pirmās daļas 2. punkts, 34. panta pirmā un desmitā daļa, 41. panta pirmās daļas 1. punkts, 84. panta pirmā daļa, 117. panta astotā daļa, 118. panta desmitā daļa, 119. panta otrā un piektā daļa. </t>
   </si>
   <si>
     <t>SIA “SAFORT”</t>
   </si>
   <si>
     <t>12.06.2023.</t>
   </si>
   <si>
     <t>Neatsaucās uz VID aicinājumu labprātīgi veikt deklarāciju precizējumus, tas nav precizējusi DDZ par periodu no 2021. gada 1. septembra līdz 2022. gada 28. februārim, nav aprēķinājusi VSAOI un IIN, nav precizējusi PVN taksācijas perioda deklarācijas par 2021. gada septembri, oktobri, decembri, 2022. gada janvāri, februāri, martu (daļēji), nav aprēķinājusi PVN, kā arī nav iesniegusi UIN deklarācijas par 2021. gada septembri – decembri un 2022. gada janvāri – martu.</t>
   </si>
   <si>
-    <t xml:space="preserve">SIA “SAFORT” noteikts pienākums 30 dienu laikā pēc lēmuma par datu atbilstības pārbaudē saņemšanas iemaksāt budžetā 66 045,65 EUR, tai skaitā:
+    <t>Likuma “Par grāmatvedību” (spēkā līdz 2021. gada 31. decembrim) 2. pants, Grāmatvedības likuma (spēkā no 2022. gada 1. janvāra) 6. panta otrā daļa, Darba likuma 131. panta pirmā daļa, 137. panta pirmā daļa, likuma “Par valsts sociālo apdrošināšanu” 5. panta pirmā un ceturtā daļa, 6. panta pirmā daļa, 14. panta pirmā daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 21. panta pirmā un otrā daļa, 23. panta pirmā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta pirmā un otrā daļa, 15. panta trešā daļa, piecpadsmitā un septiņpadsmitā daļa, 17. panta pirmā un piektā daļa, 29. panta pirmās daļas 1. punkts, Pievienotās vērtības nodokļa likuma 92. panta pirmā daļa, Uzņēmumu ienākuma nodokļa likuma 2. panta pirmās daļas 1. un 2. punkti, 4. panta pirmā un otrā daļa, 8.panta pirmā un otrā daļa.</t>
+  </si>
+  <si>
+    <t>SIA “MULČA”</t>
+  </si>
+  <si>
+    <t>16.06.2023.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “MULČA” noteikts pienākums 30 dienu laikā pēc lēmuma par datu atbilstības pārbaudē saņemšanas iemaksāt budžetā EUR 31 252,81, tai skaitā:
+- MUN 17 812,38 EUR un nokavējuma naudu 5 955,37 EUR;
+- PVN 5 705,38 EUR un nokavējuma naudu 1 779,68.
+</t>
+  </si>
+  <si>
+    <t>Pievienotās vērtības nodokļa likuma 5.panta pirmās daļas 2. punkts, 32. panta pirmā daļa, 34. panta pirmā daļa, 41. panta pirmās daļas 1.punkts, 59. panta pirmā daļa, 84. panta pirmā daļa, 117. panta astotā daļa, 118. panta desmitā daļa un 119. panta otrā daļa, Mikrouzņēmumu nodokļa likuma 6. panta pirmā daļa. </t>
+  </si>
+  <si>
+    <t>08.09.2023.</t>
+  </si>
+  <si>
+    <t>SIA “MULČA” labprātīgi nav novērsusi tematiskajā pārbaudē norādītās neatbilstības, t.i: 
+- MUN deklarāciju neatbilstības novērsa daļēji, nav samaksājusi budžetā MUN un nokavējuma naudu par samaksas termiņa kavējumu;
+-  nav samaksājusi budžetā PVN un nokavējuma naudu par samaksas termiņa kavējumu.</t>
+  </si>
+  <si>
+    <t>SIA “SAFORT” noteikts pienākums 30 dienu laikā pēc lēmuma par datu atbilstības pārbaudē saņemšanas iemaksāt budžetā 66 045,65 EUR, tai skaitā:
 -	VSAOI - 13 062,65 EUR;
 -	IIN - 8 400,44 EUR;
 -	UIN – 26 342,57 EUR;
 -	PVN – 6 510,00 EUR;
 -	nokavējuma nauda par VSAOI nenomaksu - 2 915,82 EUR;
 -	nokavējuma nauda par IIN nenomaksu – 1 871,25 EUR;
 -	nokavējuma nauda par UIN nenomaksu – 5 650,68 EUR;
--	nokavējuma nauda par PVN nenomaksu – 1 292,24 EUR.
-[...27 lines deleted...]
-    <t>08.09.2023.</t>
+-	nokavējuma nauda par PVN nenomaksu – 1 292,24 EUR.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -2601,51 +2599,51 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:H148"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A112" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A114" sqref="A114"/>
+      <selection pane="bottomLeft" activeCell="G112" sqref="G112"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="13.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="11.5546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="52.88671875" style="1" customWidth="1"/>
     <col min="5" max="5" width="64.109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="16.5546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="47.33203125" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="111.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="28" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="29"/>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
       <c r="E1" s="29"/>
       <c r="F1" s="30" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="30"/>
@@ -5250,51 +5248,51 @@
       <c r="C110" s="27" t="s">
         <v>499</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>503</v>
       </c>
       <c r="E110" s="15" t="s">
         <v>504</v>
       </c>
       <c r="F110" s="16" t="s">
         <v>45</v>
       </c>
       <c r="G110" s="16" t="s">
         <v>505</v>
       </c>
       <c r="H110" s="11"/>
     </row>
     <row r="111" spans="1:8" ht="198" x14ac:dyDescent="0.25">
       <c r="A111" s="15" t="s">
         <v>506</v>
       </c>
       <c r="B111" s="15">
         <v>40103764608</v>
       </c>
       <c r="C111" s="27" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>507</v>
       </c>
       <c r="E111" s="15" t="s">
         <v>508</v>
       </c>
       <c r="F111" s="15" t="s">
         <v>45</v>
       </c>
       <c r="G111" s="16" t="s">
         <v>509</v>
       </c>
       <c r="H111" s="11"/>
     </row>
     <row r="112" spans="1:8" ht="144.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="15" t="s">
         <v>510</v>
       </c>
       <c r="B112" s="15">
         <v>40203441100</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>511</v>
       </c>
@@ -5304,81 +5302,81 @@
       <c r="E112" s="15" t="s">
         <v>512</v>
       </c>
       <c r="F112" s="15" t="s">
         <v>45</v>
       </c>
       <c r="G112" s="16" t="s">
         <v>513</v>
       </c>
       <c r="H112" s="11"/>
     </row>
     <row r="113" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A113" s="15" t="s">
         <v>514</v>
       </c>
       <c r="B113" s="15">
         <v>40203279766</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>515</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>516</v>
       </c>
       <c r="E113" s="15" t="s">
+        <v>524</v>
+      </c>
+      <c r="F113" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G113" s="16" t="s">
         <v>517</v>
       </c>
-      <c r="F113" s="15" t="s">
-[...2 lines deleted...]
-      <c r="G113" s="16" t="s">
+      <c r="H113" s="11"/>
+    </row>
+    <row r="114" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
+      <c r="A114" s="15" t="s">
         <v>518</v>
-      </c>
-[...4 lines deleted...]
-        <v>519</v>
       </c>
       <c r="B114" s="15">
         <v>40103344379</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>519</v>
+      </c>
+      <c r="D114" s="15" t="s">
+        <v>523</v>
+      </c>
+      <c r="E114" s="15" t="s">
         <v>520</v>
       </c>
-      <c r="D114" s="15" t="s">
+      <c r="F114" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G114" s="16" t="s">
         <v>521</v>
-      </c>
-[...7 lines deleted...]
-        <v>523</v>
       </c>
       <c r="H114" s="11"/>
     </row>
     <row r="115" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A115" s="15"/>
       <c r="B115" s="15"/>
       <c r="C115" s="15"/>
       <c r="D115" s="15"/>
       <c r="E115" s="15"/>
       <c r="F115" s="15"/>
       <c r="G115" s="16"/>
       <c r="H115" s="11"/>
     </row>
     <row r="116" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A116" s="15"/>
       <c r="B116" s="15"/>
       <c r="C116" s="15"/>
       <c r="D116" s="15"/>
       <c r="E116" s="15"/>
       <c r="F116" s="15"/>
       <c r="G116" s="16"/>
     </row>
     <row r="117" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A117" s="15"/>
       <c r="B117" s="15"/>
@@ -5670,50 +5668,65 @@
   </sheetData>
   <autoFilter ref="A2:G114" xr:uid="{00000000-0001-0000-0200-000000000000}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="F1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100B3C9C276AFEEAF44A5EEB1316BFEF153" ma:contentTypeVersion="0" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="ad519bfe87475cb025282f53f7303917">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea38c56bd2b816e995eaa7588db9f73d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
@@ -5783,100 +5796,85 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Deklarāciju dati</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>