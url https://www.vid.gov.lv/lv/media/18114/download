--- v3 (2026-01-13)
+++ v4 (2026-02-06)
@@ -8,54 +8,54 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Janvāris\Lēmumi\4Lēmumi par deklarācijā iesniegto datu atbilstības pārbaudi\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Februāris\Lēmumi\4Lēmumi par deklarācijā iesniegto datu atbilstības pārbaudi\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{1B6F93E4-4F6E-4A6B-8CC9-4966D83D2665}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A0537D7B-F14C-48CB-9D9C-7C9726E657D3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Deklarāciju dati" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Deklarāciju dati'!$A$2:$G$114</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="682" uniqueCount="525">
   <si>
     <t>Deklarācijā iesniegto datu atbilstības pārbaude</t>
   </si>
   <si>
     <r>
@@ -1969,58 +1969,58 @@
   <si>
     <t>SIA “MULČA”</t>
   </si>
   <si>
     <t>16.06.2023.</t>
   </si>
   <si>
     <t xml:space="preserve">SIA “MULČA” noteikts pienākums 30 dienu laikā pēc lēmuma par datu atbilstības pārbaudē saņemšanas iemaksāt budžetā EUR 31 252,81, tai skaitā:
 - MUN 17 812,38 EUR un nokavējuma naudu 5 955,37 EUR;
 - PVN 5 705,38 EUR un nokavējuma naudu 1 779,68.
 </t>
   </si>
   <si>
     <t>Pievienotās vērtības nodokļa likuma 5.panta pirmās daļas 2. punkts, 32. panta pirmā daļa, 34. panta pirmā daļa, 41. panta pirmās daļas 1.punkts, 59. panta pirmā daļa, 84. panta pirmā daļa, 117. panta astotā daļa, 118. panta desmitā daļa un 119. panta otrā daļa, Mikrouzņēmumu nodokļa likuma 6. panta pirmā daļa. </t>
   </si>
   <si>
     <t>08.09.2023.</t>
   </si>
   <si>
     <t>SIA “MULČA” labprātīgi nav novērsusi tematiskajā pārbaudē norādītās neatbilstības, t.i: 
 - MUN deklarāciju neatbilstības novērsa daļēji, nav samaksājusi budžetā MUN un nokavējuma naudu par samaksas termiņa kavējumu;
 -  nav samaksājusi budžetā PVN un nokavējuma naudu par samaksas termiņa kavējumu.</t>
   </si>
   <si>
     <t>SIA “SAFORT” noteikts pienākums 30 dienu laikā pēc lēmuma par datu atbilstības pārbaudē saņemšanas iemaksāt budžetā 66 045,65 EUR, tai skaitā:
--	VSAOI - 13 062,65 EUR;
-[...6 lines deleted...]
--	nokavējuma nauda par PVN nenomaksu – 1 292,24 EUR.</t>
+-VSAOI - 13 062,65 EUR;
+-IIN - 8 400,44 EUR;
+-UIN – 26 342,57 EUR;
+-PVN – 6 510,00 EUR;
+-nokavējuma nauda par VSAOI nenomaksu - 2 915,82 EUR;
+-nokavējuma nauda par IIN nenomaksu – 1 871,25 EUR;
+-nokavējuma nauda par UIN nenomaksu – 5 650,68 EUR;
+-nokavējuma nauda par PVN nenomaksu – 1 292,24 EUR.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -2599,51 +2599,51 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:H148"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A112" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="G112" sqref="G112"/>
+      <selection pane="bottomLeft" activeCell="E112" sqref="E112"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="13.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="11.5546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="52.88671875" style="1" customWidth="1"/>
     <col min="5" max="5" width="64.109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="16.5546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="47.33203125" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="111.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="28" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="29"/>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
       <c r="E1" s="29"/>
       <c r="F1" s="30" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="30"/>
@@ -5674,59 +5674,50 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100B3C9C276AFEEAF44A5EEB1316BFEF153" ma:contentTypeVersion="0" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="ad519bfe87475cb025282f53f7303917">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea38c56bd2b816e995eaa7588db9f73d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
@@ -5796,85 +5787,94 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Deklarāciju dati</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>