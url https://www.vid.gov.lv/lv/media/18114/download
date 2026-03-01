--- v4 (2026-02-06)
+++ v5 (2026-03-01)
@@ -11,51 +11,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Februāris\Lēmumi\4Lēmumi par deklarācijā iesniegto datu atbilstības pārbaudi\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A0537D7B-F14C-48CB-9D9C-7C9726E657D3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4B34E871-0529-4777-A4AA-47D9E0CDF151}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Deklarāciju dati" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Deklarāciju dati'!$A$2:$G$114</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="682" uniqueCount="525">
   <si>
     <t>Deklarācijā iesniegto datu atbilstības pārbaude</t>
   </si>
   <si>
     <r>
@@ -2599,51 +2599,51 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:H148"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A112" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="E112" sqref="E112"/>
+      <selection pane="bottomLeft" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="13.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="11.5546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="52.88671875" style="1" customWidth="1"/>
     <col min="5" max="5" width="64.109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="16.5546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="47.33203125" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="111.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="28" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="29"/>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
       <c r="E1" s="29"/>
       <c r="F1" s="30" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="30"/>
@@ -5674,50 +5674,59 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100B3C9C276AFEEAF44A5EEB1316BFEF153" ma:contentTypeVersion="0" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="ad519bfe87475cb025282f53f7303917">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea38c56bd2b816e995eaa7588db9f73d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
@@ -5787,94 +5796,85 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Deklarāciju dati</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>