--- v5 (2026-03-01)
+++ v6 (2026-03-24)
@@ -8,67 +8,78 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Februāris\Lēmumi\4Lēmumi par deklarācijā iesniegto datu atbilstības pārbaudi\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Marts\Lēmumi\4Lēmumi par deklarācijā iesniegto datu atbilstības pārbaudi\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4B34E871-0529-4777-A4AA-47D9E0CDF151}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B8645097-A725-43D8-89D8-A8096C8D9A94}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Deklarāciju dati" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Deklarāciju dati'!$A$2:$G$114</definedName>
   </definedNames>
-  <calcPr calcId="191028"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="682" uniqueCount="525">
   <si>
     <t>Deklarācijā iesniegto datu atbilstības pārbaude</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="186"/>
       </rPr>
       <t>Saīsinājumi:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
@@ -2599,51 +2610,51 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:H148"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A112" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" sqref="A1:E1"/>
+      <selection pane="bottomLeft" activeCell="D112" sqref="D112"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="13.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="11.5546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="52.88671875" style="1" customWidth="1"/>
     <col min="5" max="5" width="64.109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="16.5546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="47.33203125" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="111.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="28" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="29"/>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
       <c r="E1" s="29"/>
       <c r="F1" s="30" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="30"/>
@@ -5668,65 +5679,50 @@
   </sheetData>
   <autoFilter ref="A2:G114" xr:uid="{00000000-0001-0000-0200-000000000000}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="F1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100B3C9C276AFEEAF44A5EEB1316BFEF153" ma:contentTypeVersion="0" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="ad519bfe87475cb025282f53f7303917">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea38c56bd2b816e995eaa7588db9f73d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
@@ -5796,85 +5792,100 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Deklarāciju dati</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>