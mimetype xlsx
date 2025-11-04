--- v0 (2025-10-08)
+++ v1 (2025-11-04)
@@ -4,78 +4,78 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Oktobris\Lēmumi\5Lēmumi par muitas maksājumu parādu\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Novembris\Lēmumi\5Lēmumi par muitas maksājumu parādu\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A24F4DCC-FE13-42B3-A94E-3F15AFBB0E23}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{57922AD7-C433-4BC3-BCDE-566A0F3C4300}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Muitas maksājumu parāds" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Muitas maksājumu parāds'!$A$2:$G$602</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3751" uniqueCount="1838">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3757" uniqueCount="1841">
   <si>
     <t>Muitas maksājumu parāds</t>
   </si>
   <si>
     <t>Saīsinājumi:
 VSAOI - valsts sociālās apdrošināšanas obligātās iemaksas
 IIN - iedzīvotāju ienākuma nodoklis
 PVN - pievienotās vērtības nodoklis
 MUN - mikrouzņēmuma nodoklis
 AN - akcīzes nodoklis</t>
   </si>
   <si>
     <t>Adresāts</t>
   </si>
   <si>
     <t>Reģ.nr.</t>
   </si>
   <si>
     <t>Spēkā stāšanās datums</t>
   </si>
   <si>
     <t>Pārkāpuma būtība</t>
   </si>
   <si>
     <t>Piemērotā atbildība/sods/uzrēķins</t>
@@ -6203,50 +6203,59 @@
     <t>15.08.2025.</t>
   </si>
   <si>
     <t>Tranzīta procedūra nav pabeigta pareizi, tranzīta procedūrā nodotā prece nav uzrādīta galamērķa muitas iestādē. Par preces izņemšanu no muitas uzraudzības radies muitas maksājumu parāds, par kura samaksu ir atbildīgs TIR karnetes turētājs.</t>
   </si>
   <si>
     <t>Nolemts noteikt muitas maksājumu parādu un nokavējuma naudu 1129,93 EUR, ko veido PVN pamatparāds 1089,09 EUR un PVN nokavējuma nauda 40,84 EUR, iegrāmatot un dzēst, to samaksājot valsts budžetā ar UAB ‘EUDARA’ 2025. gada 12. augustā  veikto maksājumu.</t>
   </si>
   <si>
     <t>Nolemts noteikt muitas maksājumu parādu un nokavējuma naudu 1123,40 EUR, ko veido PVN pamatparāds 1089,09 EUR un PVN nokavējuma nauda 34,31 EUR, iegrāmatot un dzēst, to samaksājot valsts budžetā ar UAB ‘EUDARA’ 2025. gada 12. augustā  veikto maksājumu.</t>
   </si>
   <si>
     <t>SIA “Magnum opus”</t>
   </si>
   <si>
     <t>29.08.2025.</t>
   </si>
   <si>
     <t xml:space="preserve">SIA “Magnum opus”, noformējot muitas deklarācijas, dzīvnieku tauku un augu eļļu nepārtikas maisījumu deklarēja ar neatbilstošu KN kodu, kā rezultātā piemērota neatbilstoša (zemāka) ievedmuitas nodokļa tarifa likme. </t>
   </si>
   <si>
     <t>Par minēto pārkāpumu sabiedrības VID deponēto naudas līdzekļu uzskaites kontā iemaksātā drošības nauda 354 068,09 EUR tika ieskaitīta valsts budžetā.</t>
   </si>
   <si>
     <t xml:space="preserve">Regulas Nr. 952/2013, 56. panta 1. punkts un 2. punkta “a” apakšpunkts, 2024. gada 30. maija regula (ES) 2024/1652 (KN kodam 1518 00 95 no Krievijas eksportētiem produktiem piemērojama ievedmuitas nodokļa likme 50%). </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “Kārumu fabrika”     </t>
+  </si>
+  <si>
+    <t>10.09.2025.</t>
+  </si>
+  <si>
+    <t>Nolemts noteikt muitas maksājumu parādu un nokavējuma naudu 4186,51 EUR, ko veido muitas nodokļa pamatparāds 509,25 EUR un muitas nodokļa nokavējuma nauda 2,90, PVN pamatparāds 3671,69 EUR un PVN nokavējuma nauda 2,67 EUR, iegrāmatot un dzēst, to samaksājot valsts budžetā ar preču saņēmēja SIA "Kārumu fabrika" 2025. gada 15. jūlijā un 2025. gada 5. septembrī veiktajiem maksājumiem.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -6793,52 +6802,52 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:G610"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A595" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B599" sqref="B599"/>
+      <pane ySplit="2" topLeftCell="A597" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A603" sqref="A603"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="25.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="16.5546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="71.6640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="77.5546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="16.5546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="71.33203125" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="104.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="20" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="21"/>
       <c r="C1" s="21"/>
       <c r="D1" s="21"/>
       <c r="E1" s="21"/>
       <c r="F1" s="22" t="s">
         <v>1</v>
       </c>
@@ -20530,77 +20539,77 @@
         <v>1815</v>
       </c>
       <c r="B597" s="16" t="s">
         <v>1816</v>
       </c>
       <c r="C597" s="7" t="s">
         <v>1817</v>
       </c>
       <c r="D597" s="6" t="s">
         <v>1818</v>
       </c>
       <c r="E597" s="6" t="s">
         <v>1819</v>
       </c>
       <c r="F597" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G597" s="9" t="s">
         <v>1820</v>
       </c>
     </row>
     <row r="598" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A598" s="8" t="s">
         <v>896</v>
       </c>
-      <c r="B598" s="7">
+      <c r="B598" s="16">
         <v>40003081501</v>
       </c>
-      <c r="C598" s="4" t="s">
+      <c r="C598" s="7" t="s">
         <v>1821</v>
       </c>
       <c r="D598" s="6" t="s">
         <v>1023</v>
       </c>
       <c r="E598" s="6" t="s">
         <v>1822</v>
       </c>
       <c r="F598" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G598" s="9" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="599" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A599" s="8" t="s">
         <v>1823</v>
       </c>
       <c r="B599" s="16">
         <v>40203247510</v>
       </c>
-      <c r="C599" s="4" t="s">
+      <c r="C599" s="7" t="s">
         <v>1824</v>
       </c>
       <c r="D599" s="6" t="s">
         <v>1825</v>
       </c>
       <c r="E599" s="6" t="s">
         <v>1826</v>
       </c>
       <c r="F599" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G599" s="9" t="s">
         <v>1800</v>
       </c>
     </row>
     <row r="600" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A600" s="8" t="s">
         <v>1827</v>
       </c>
       <c r="B600" s="16" t="s">
         <v>1828</v>
       </c>
       <c r="C600" s="7" t="s">
         <v>1829</v>
       </c>
@@ -20641,58 +20650,72 @@
       </c>
     </row>
     <row r="602" spans="1:7" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A602" s="8" t="s">
         <v>1833</v>
       </c>
       <c r="B602" s="16">
         <v>40203476738</v>
       </c>
       <c r="C602" s="7" t="s">
         <v>1834</v>
       </c>
       <c r="D602" s="6" t="s">
         <v>1835</v>
       </c>
       <c r="E602" s="6" t="s">
         <v>1836</v>
       </c>
       <c r="F602" s="6" t="s">
         <v>308</v>
       </c>
       <c r="G602" s="9" t="s">
         <v>1837</v>
       </c>
     </row>
-    <row r="603" spans="1:7" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G603" s="9"/>
+    <row r="603" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+      <c r="A603" s="8" t="s">
+        <v>1838</v>
+      </c>
+      <c r="B603" s="16">
+        <v>40103627757</v>
+      </c>
+      <c r="C603" s="7" t="s">
+        <v>1839</v>
+      </c>
+      <c r="D603" s="6" t="s">
+        <v>1171</v>
+      </c>
+      <c r="E603" s="6" t="s">
+        <v>1840</v>
+      </c>
+      <c r="F603" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G603" s="9" t="s">
+        <v>337</v>
+      </c>
     </row>
     <row r="604" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A604" s="8"/>
       <c r="B604" s="16"/>
       <c r="C604" s="7"/>
       <c r="D604" s="6"/>
       <c r="E604" s="6"/>
       <c r="F604" s="6"/>
       <c r="G604" s="9"/>
     </row>
     <row r="605" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A605" s="8"/>
       <c r="B605" s="16"/>
       <c r="C605" s="7"/>
       <c r="D605" s="6"/>
       <c r="E605" s="6"/>
       <c r="F605" s="6"/>
       <c r="G605" s="9"/>
     </row>
     <row r="606" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A606" s="8"/>
       <c r="B606" s="16"/>
       <c r="C606" s="7"/>
       <c r="D606" s="6"/>
       <c r="E606" s="6"/>
@@ -20739,50 +20762,65 @@
   <autoFilter ref="A2:G602" xr:uid="{7CC72F7F-3422-4391-9B04-AA58965B0402}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="F1:G1"/>
   </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100B3C9C276AFEEAF44A5EEB1316BFEF153" ma:contentTypeVersion="0" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="ad519bfe87475cb025282f53f7303917">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea38c56bd2b816e995eaa7588db9f73d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
@@ -20852,100 +20890,85 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-  </ds:schemaRefs>
-[...21 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Muitas maksājumu parāds</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>