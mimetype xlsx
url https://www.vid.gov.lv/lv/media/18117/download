--- v1 (2025-11-04)
+++ v2 (2025-11-30)
@@ -4,78 +4,78 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24931"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Novembris\Lēmumi\5Lēmumi par muitas maksājumu parādu\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vid00238\Documents\ārējā_lapa\2025\Novembris\2811\lemumi\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{57922AD7-C433-4BC3-BCDE-566A0F3C4300}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E9D7AC60-049A-4EF2-AFEC-163E30453E50}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Muitas maksājumu parāds" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Muitas maksājumu parāds'!$A$2:$G$602</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3757" uniqueCount="1841">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3775" uniqueCount="1853">
   <si>
     <t>Muitas maksājumu parāds</t>
   </si>
   <si>
     <t>Saīsinājumi:
 VSAOI - valsts sociālās apdrošināšanas obligātās iemaksas
 IIN - iedzīvotāju ienākuma nodoklis
 PVN - pievienotās vērtības nodoklis
 MUN - mikrouzņēmuma nodoklis
 AN - akcīzes nodoklis</t>
   </si>
   <si>
     <t>Adresāts</t>
   </si>
   <si>
     <t>Reģ.nr.</t>
   </si>
   <si>
     <t>Spēkā stāšanās datums</t>
   </si>
   <si>
     <t>Pārkāpuma būtība</t>
   </si>
   <si>
     <t>Piemērotā atbildība/sods/uzrēķins</t>
@@ -6212,50 +6212,86 @@
     <t>Nolemts noteikt muitas maksājumu parādu un nokavējuma naudu 1123,40 EUR, ko veido PVN pamatparāds 1089,09 EUR un PVN nokavējuma nauda 34,31 EUR, iegrāmatot un dzēst, to samaksājot valsts budžetā ar UAB ‘EUDARA’ 2025. gada 12. augustā  veikto maksājumu.</t>
   </si>
   <si>
     <t>SIA “Magnum opus”</t>
   </si>
   <si>
     <t>29.08.2025.</t>
   </si>
   <si>
     <t xml:space="preserve">SIA “Magnum opus”, noformējot muitas deklarācijas, dzīvnieku tauku un augu eļļu nepārtikas maisījumu deklarēja ar neatbilstošu KN kodu, kā rezultātā piemērota neatbilstoša (zemāka) ievedmuitas nodokļa tarifa likme. </t>
   </si>
   <si>
     <t>Par minēto pārkāpumu sabiedrības VID deponēto naudas līdzekļu uzskaites kontā iemaksātā drošības nauda 354 068,09 EUR tika ieskaitīta valsts budžetā.</t>
   </si>
   <si>
     <t xml:space="preserve">Regulas Nr. 952/2013, 56. panta 1. punkts un 2. punkta “a” apakšpunkts, 2024. gada 30. maija regula (ES) 2024/1652 (KN kodam 1518 00 95 no Krievijas eksportētiem produktiem piemērojama ievedmuitas nodokļa likme 50%). </t>
   </si>
   <si>
     <t xml:space="preserve">SIA “Kārumu fabrika”     </t>
   </si>
   <si>
     <t>10.09.2025.</t>
   </si>
   <si>
     <t>Nolemts noteikt muitas maksājumu parādu un nokavējuma naudu 4186,51 EUR, ko veido muitas nodokļa pamatparāds 509,25 EUR un muitas nodokļa nokavējuma nauda 2,90, PVN pamatparāds 3671,69 EUR un PVN nokavējuma nauda 2,67 EUR, iegrāmatot un dzēst, to samaksājot valsts budžetā ar preču saņēmēja SIA "Kārumu fabrika" 2025. gada 15. jūlijā un 2025. gada 5. septembrī veiktajiem maksājumiem.</t>
+  </si>
+  <si>
+    <t>UAB "Bunasta"</t>
+  </si>
+  <si>
+    <t>03.10.2025.</t>
+  </si>
+  <si>
+    <t>Nolemts noteikt muitas maksājumu parādu un nokavējuma naudu 953,82 EUR, ko veido muitas nodokļa pamatparāds 304,47 EUR un muitas nodokļa nokavējuma nauda 6,05, PVN pamatparāds 596,75 EUR un PVN nokavējuma nauda 46,55 EUR, iegrāmatot un dzēst, to samaksājot valsts budžetā ar procedūras izmatotāja 2025. gada 19. septembrī veiktajiem maksājumiem.</t>
+  </si>
+  <si>
+    <t>SIA “ADM Baltik Tranzīts”</t>
+  </si>
+  <si>
+    <t>25.09.2025.</t>
+  </si>
+  <si>
+    <t>SIA “ADM Baltik Tranzīts” muitas noliktavas procedūrai deklarētā ārpussavienības prece – cukurs 6750,00 kg – tika izņemts no muitas uzraudzības, kā rezultātā radies muitas maksājumu parāds.</t>
+  </si>
+  <si>
+    <t>Par minēto pārkāpumu SIA “ADM Baltik Tranzīts” papildu nomaksai budžetā tika noteikts ievedmuitas nodoklis 2828,25 EUR un nokavējuma nauda 16,71 EUR, kā arī PVN 1493,48 EUR.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Regulas Nr. 952/2013, 79. panta 1. punkta “a” apakšpunkts un 3. punkta “a” apakšpunkts.  </t>
+  </si>
+  <si>
+    <t>SIA "BalticPly"</t>
+  </si>
+  <si>
+    <t>Nodokļu kontrolē konstatēts, ka uzņēmums precei – riepas iekrāvējam, nepamatoti piemēroja papildprocedūru 52W un secīgi īpašo PVN režīmu preču importa darījumos pamatlīdzekļu importam, tādējādi nodokļu kontroles rezultātā radies muitas maksājumu parāds 231,00 EUR.</t>
+  </si>
+  <si>
+    <t>Nolemts noteikt PVN parādu 218,85 EUR un tā nokavējuma naudu 12,15 EUR, uzliekot par pienākumu iemaksāt tos valsts budžetā.</t>
+  </si>
+  <si>
+    <t>PVN likuma 85. panta piektā daļa</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -6499,91 +6535,91 @@
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="0"/>
           <a:ext cx="1301750" cy="1253954"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -6645,51 +6681,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -6787,67 +6823,67 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:G610"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A597" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A603" sqref="A603"/>
+      <pane ySplit="2" topLeftCell="A598" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="K599" sqref="K599"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="25.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="16.5546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="71.6640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="77.5546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="16.5546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="71.33203125" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="104.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="20" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="21"/>
       <c r="C1" s="21"/>
       <c r="D1" s="21"/>
       <c r="E1" s="21"/>
       <c r="F1" s="22" t="s">
         <v>1</v>
       </c>
@@ -7797,51 +7833,51 @@
       </c>
     </row>
     <row r="43" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A43" s="8" t="s">
         <v>77</v>
       </c>
       <c r="B43" s="7">
         <v>40103286441</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>127</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>11</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>133</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="9" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="44" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A44" s="8" t="s">
         <v>134</v>
       </c>
       <c r="B44" s="7">
         <v>40103731700</v>
       </c>
       <c r="C44" s="7" t="s">
         <v>135</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>136</v>
       </c>
       <c r="E44" s="6" t="s">
         <v>137</v>
       </c>
       <c r="F44" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="11" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="45" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A45" s="8" t="s">
         <v>139</v>
@@ -14996,51 +15032,51 @@
       </c>
     </row>
     <row r="356" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A356" s="8" t="s">
         <v>1077</v>
       </c>
       <c r="B356" s="7">
         <v>50003179251</v>
       </c>
       <c r="C356" s="7" t="s">
         <v>1070</v>
       </c>
       <c r="D356" s="6" t="s">
         <v>1078</v>
       </c>
       <c r="E356" s="6" t="s">
         <v>1079</v>
       </c>
       <c r="F356" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G356" s="9" t="s">
         <v>1080</v>
       </c>
     </row>
-    <row r="357" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="357" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A357" s="8" t="s">
         <v>1081</v>
       </c>
       <c r="B357" s="7">
         <v>40003842925</v>
       </c>
       <c r="C357" s="7" t="s">
         <v>1070</v>
       </c>
       <c r="D357" s="14" t="s">
         <v>1082</v>
       </c>
       <c r="E357" s="6" t="s">
         <v>1083</v>
       </c>
       <c r="F357" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G357" s="14" t="s">
         <v>1084</v>
       </c>
     </row>
     <row r="358" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A358" s="8" t="s">
         <v>896</v>
@@ -15937,97 +15973,97 @@
       </c>
     </row>
     <row r="397" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A397" s="8" t="s">
         <v>1203</v>
       </c>
       <c r="B397" s="7">
         <v>40003885144</v>
       </c>
       <c r="C397" s="7" t="s">
         <v>1204</v>
       </c>
       <c r="D397" s="6" t="s">
         <v>1205</v>
       </c>
       <c r="E397" s="6" t="s">
         <v>1206</v>
       </c>
       <c r="F397" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G397" s="9" t="s">
         <v>460</v>
       </c>
     </row>
-    <row r="398" spans="1:7" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="398" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A398" s="8" t="s">
         <v>1169</v>
       </c>
       <c r="B398" s="7">
         <v>40203390317</v>
       </c>
       <c r="C398" s="7" t="s">
         <v>1207</v>
       </c>
       <c r="D398" s="6" t="s">
         <v>1171</v>
       </c>
       <c r="E398" s="6" t="s">
         <v>1208</v>
       </c>
       <c r="F398" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G398" s="9" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="399" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A399" s="8" t="s">
         <v>1209</v>
       </c>
       <c r="B399" s="16">
         <v>140740014042</v>
       </c>
       <c r="C399" s="7" t="s">
         <v>1207</v>
       </c>
       <c r="D399" s="6" t="s">
         <v>39</v>
       </c>
       <c r="E399" s="6" t="s">
         <v>1210</v>
       </c>
       <c r="F399" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G399" s="9" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="400" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="400" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A400" s="8" t="s">
         <v>1211</v>
       </c>
       <c r="B400" s="7" t="s">
         <v>1212</v>
       </c>
       <c r="C400" s="7" t="s">
         <v>1213</v>
       </c>
       <c r="D400" s="6" t="s">
         <v>1214</v>
       </c>
       <c r="E400" s="6" t="s">
         <v>1215</v>
       </c>
       <c r="F400" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G400" s="9" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="401" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A401" s="8" t="s">
         <v>1216</v>
@@ -17315,51 +17351,51 @@
       </c>
     </row>
     <row r="457" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A457" s="8" t="s">
         <v>1411</v>
       </c>
       <c r="B457" s="7">
         <v>40003821730</v>
       </c>
       <c r="C457" s="7" t="s">
         <v>1412</v>
       </c>
       <c r="D457" s="6" t="s">
         <v>11</v>
       </c>
       <c r="E457" s="6" t="s">
         <v>1413</v>
       </c>
       <c r="F457" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G457" s="9" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="458" spans="1:7" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="458" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A458" s="8" t="s">
         <v>1414</v>
       </c>
       <c r="B458" s="7">
         <v>40203340782</v>
       </c>
       <c r="C458" s="7" t="s">
         <v>1415</v>
       </c>
       <c r="D458" s="6" t="s">
         <v>1416</v>
       </c>
       <c r="E458" s="6" t="s">
         <v>1417</v>
       </c>
       <c r="F458" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G458" s="9" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="459" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A459" s="8" t="s">
         <v>1418</v>
@@ -20644,105 +20680,147 @@
       </c>
       <c r="F601" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G601" s="9" t="s">
         <v>1820</v>
       </c>
     </row>
     <row r="602" spans="1:7" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A602" s="8" t="s">
         <v>1833</v>
       </c>
       <c r="B602" s="16">
         <v>40203476738</v>
       </c>
       <c r="C602" s="7" t="s">
         <v>1834</v>
       </c>
       <c r="D602" s="6" t="s">
         <v>1835</v>
       </c>
       <c r="E602" s="6" t="s">
         <v>1836</v>
       </c>
       <c r="F602" s="6" t="s">
-        <v>308</v>
+        <v>470</v>
       </c>
       <c r="G602" s="9" t="s">
         <v>1837</v>
       </c>
     </row>
     <row r="603" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A603" s="8" t="s">
         <v>1838</v>
       </c>
       <c r="B603" s="16">
         <v>40103627757</v>
       </c>
       <c r="C603" s="7" t="s">
         <v>1839</v>
       </c>
       <c r="D603" s="6" t="s">
         <v>1171</v>
       </c>
       <c r="E603" s="6" t="s">
         <v>1840</v>
       </c>
       <c r="F603" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G603" s="9" t="s">
         <v>337</v>
       </c>
     </row>
-    <row r="604" spans="1:7" x14ac:dyDescent="0.25">
-[...24 lines deleted...]
-      <c r="G606" s="9"/>
+    <row r="604" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+      <c r="A604" s="8" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B604" s="16" t="s">
+        <v>847</v>
+      </c>
+      <c r="C604" s="7" t="s">
+        <v>1842</v>
+      </c>
+      <c r="D604" s="6" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E604" s="6" t="s">
+        <v>1843</v>
+      </c>
+      <c r="F604" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G604" s="9" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="605" spans="1:7" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A605" s="8" t="s">
+        <v>1844</v>
+      </c>
+      <c r="B605" s="16">
+        <v>40003345908</v>
+      </c>
+      <c r="C605" s="7" t="s">
+        <v>1845</v>
+      </c>
+      <c r="D605" s="6" t="s">
+        <v>1846</v>
+      </c>
+      <c r="E605" s="6" t="s">
+        <v>1847</v>
+      </c>
+      <c r="F605" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G605" s="9" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="606" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A606" s="8" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B606" s="16">
+        <v>40203179322</v>
+      </c>
+      <c r="C606" s="4">
+        <v>45950</v>
+      </c>
+      <c r="D606" s="6" t="s">
+        <v>1850</v>
+      </c>
+      <c r="E606" s="6" t="s">
+        <v>1851</v>
+      </c>
+      <c r="F606" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G606" s="9" t="s">
+        <v>1852</v>
+      </c>
     </row>
     <row r="607" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A607" s="8"/>
       <c r="B607" s="16"/>
       <c r="C607" s="7"/>
       <c r="D607" s="6"/>
       <c r="E607" s="6"/>
       <c r="F607" s="6"/>
       <c r="G607" s="9"/>
     </row>
     <row r="608" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A608" s="8"/>
       <c r="B608" s="16"/>
       <c r="C608" s="7"/>
       <c r="D608" s="6"/>
       <c r="E608" s="6"/>
       <c r="F608" s="6"/>
       <c r="G608" s="9"/>
     </row>
     <row r="609" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A609" s="8"/>
       <c r="B609" s="16"/>
       <c r="C609" s="7"/>
       <c r="D609" s="6"/>
       <c r="E609" s="6"/>
@@ -20901,58 +20979,52 @@
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>