--- v2 (2025-11-30)
+++ v3 (2025-12-24)
@@ -4,78 +4,78 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24931"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vid00238\Documents\ārējā_lapa\2025\Novembris\2811\lemumi\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Decembris\Lēmumi\5Lēmumi par muitas maksājumu parādu\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E9D7AC60-049A-4EF2-AFEC-163E30453E50}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{2F903EE2-4B89-4A2A-9CC6-1FB701274C97}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Muitas maksājumu parāds" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Muitas maksājumu parāds'!$A$2:$G$602</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3775" uniqueCount="1853">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3782" uniqueCount="1858">
   <si>
     <t>Muitas maksājumu parāds</t>
   </si>
   <si>
     <t>Saīsinājumi:
 VSAOI - valsts sociālās apdrošināšanas obligātās iemaksas
 IIN - iedzīvotāju ienākuma nodoklis
 PVN - pievienotās vērtības nodoklis
 MUN - mikrouzņēmuma nodoklis
 AN - akcīzes nodoklis</t>
   </si>
   <si>
     <t>Adresāts</t>
   </si>
   <si>
     <t>Reģ.nr.</t>
   </si>
   <si>
     <t>Spēkā stāšanās datums</t>
   </si>
   <si>
     <t>Pārkāpuma būtība</t>
   </si>
   <si>
     <t>Piemērotā atbildība/sods/uzrēķins</t>
@@ -6241,57 +6241,72 @@
   <si>
     <t>03.10.2025.</t>
   </si>
   <si>
     <t>Nolemts noteikt muitas maksājumu parādu un nokavējuma naudu 953,82 EUR, ko veido muitas nodokļa pamatparāds 304,47 EUR un muitas nodokļa nokavējuma nauda 6,05, PVN pamatparāds 596,75 EUR un PVN nokavējuma nauda 46,55 EUR, iegrāmatot un dzēst, to samaksājot valsts budžetā ar procedūras izmatotāja 2025. gada 19. septembrī veiktajiem maksājumiem.</t>
   </si>
   <si>
     <t>SIA “ADM Baltik Tranzīts”</t>
   </si>
   <si>
     <t>25.09.2025.</t>
   </si>
   <si>
     <t>SIA “ADM Baltik Tranzīts” muitas noliktavas procedūrai deklarētā ārpussavienības prece – cukurs 6750,00 kg – tika izņemts no muitas uzraudzības, kā rezultātā radies muitas maksājumu parāds.</t>
   </si>
   <si>
     <t>Par minēto pārkāpumu SIA “ADM Baltik Tranzīts” papildu nomaksai budžetā tika noteikts ievedmuitas nodoklis 2828,25 EUR un nokavējuma nauda 16,71 EUR, kā arī PVN 1493,48 EUR.</t>
   </si>
   <si>
     <t xml:space="preserve">Regulas Nr. 952/2013, 79. panta 1. punkta “a” apakšpunkts un 3. punkta “a” apakšpunkts.  </t>
   </si>
   <si>
     <t>SIA "BalticPly"</t>
   </si>
   <si>
+    <t>20.10.2025.</t>
+  </si>
+  <si>
     <t>Nodokļu kontrolē konstatēts, ka uzņēmums precei – riepas iekrāvējam, nepamatoti piemēroja papildprocedūru 52W un secīgi īpašo PVN režīmu preču importa darījumos pamatlīdzekļu importam, tādējādi nodokļu kontroles rezultātā radies muitas maksājumu parāds 231,00 EUR.</t>
   </si>
   <si>
     <t>Nolemts noteikt PVN parādu 218,85 EUR un tā nokavējuma naudu 12,15 EUR, uzliekot par pienākumu iemaksāt tos valsts budžetā.</t>
   </si>
   <si>
     <t>PVN likuma 85. panta piektā daļa</t>
+  </si>
+  <si>
+    <t>AS “VALMIERAS STIKLA ŠĶIEDRA”</t>
+  </si>
+  <si>
+    <t>Tranzīta procedūra nav pabeigta pareizi, Savienības tranzīta procedūrā nodotā prece nav uzrādīta galamērķa muitas iestādē. Par preces izņemšanu no muitas uzraudzības radies muitas maksājumu parāds,  par kura samaksu ir atbildīgs preču saņēmējs.</t>
+  </si>
+  <si>
+    <t>Nolemts noteikt muitas maksājumu parādu un nokavējuma naudu 841,13 EUR, ko veido muitas nodokļa pamatparāds 181,18 EUR un muitas nodokļa nokavējuma nauda 2,27 EUR, PVN pamatparāds 623,39 EUR un PVN nokavējuma nauda 34,29 EUR, iegrāmatot un dzēst, to samaksājot valsts budžetā ar preču saņēmēja AS “VALMIERAS STIKLA ŠĶIEDRA” 2025. gada 5. novembrī veiktajiem maksājumiem.</t>
+  </si>
+  <si>
+    <t>11.11.2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -6535,91 +6550,91 @@
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="0"/>
           <a:ext cx="1301750" cy="1253954"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -6681,51 +6696,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -6823,67 +6838,67 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:G610"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A598" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="K599" sqref="K599"/>
+      <pane ySplit="2" topLeftCell="A601" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A607" sqref="A607"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="25.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="16.5546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="71.6640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="77.5546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="16.5546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="71.33203125" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="104.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="20" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="21"/>
       <c r="C1" s="21"/>
       <c r="D1" s="21"/>
       <c r="E1" s="21"/>
       <c r="F1" s="22" t="s">
         <v>1</v>
       </c>
@@ -7833,51 +7848,51 @@
       </c>
     </row>
     <row r="43" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A43" s="8" t="s">
         <v>77</v>
       </c>
       <c r="B43" s="7">
         <v>40103286441</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>127</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>11</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>133</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="9" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="44" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A44" s="8" t="s">
         <v>134</v>
       </c>
       <c r="B44" s="7">
         <v>40103731700</v>
       </c>
       <c r="C44" s="7" t="s">
         <v>135</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>136</v>
       </c>
       <c r="E44" s="6" t="s">
         <v>137</v>
       </c>
       <c r="F44" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="11" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="45" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A45" s="8" t="s">
         <v>139</v>
@@ -15032,51 +15047,51 @@
       </c>
     </row>
     <row r="356" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A356" s="8" t="s">
         <v>1077</v>
       </c>
       <c r="B356" s="7">
         <v>50003179251</v>
       </c>
       <c r="C356" s="7" t="s">
         <v>1070</v>
       </c>
       <c r="D356" s="6" t="s">
         <v>1078</v>
       </c>
       <c r="E356" s="6" t="s">
         <v>1079</v>
       </c>
       <c r="F356" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G356" s="9" t="s">
         <v>1080</v>
       </c>
     </row>
-    <row r="357" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="357" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A357" s="8" t="s">
         <v>1081</v>
       </c>
       <c r="B357" s="7">
         <v>40003842925</v>
       </c>
       <c r="C357" s="7" t="s">
         <v>1070</v>
       </c>
       <c r="D357" s="14" t="s">
         <v>1082</v>
       </c>
       <c r="E357" s="6" t="s">
         <v>1083</v>
       </c>
       <c r="F357" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G357" s="14" t="s">
         <v>1084</v>
       </c>
     </row>
     <row r="358" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A358" s="8" t="s">
         <v>896</v>
@@ -15973,97 +15988,97 @@
       </c>
     </row>
     <row r="397" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A397" s="8" t="s">
         <v>1203</v>
       </c>
       <c r="B397" s="7">
         <v>40003885144</v>
       </c>
       <c r="C397" s="7" t="s">
         <v>1204</v>
       </c>
       <c r="D397" s="6" t="s">
         <v>1205</v>
       </c>
       <c r="E397" s="6" t="s">
         <v>1206</v>
       </c>
       <c r="F397" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G397" s="9" t="s">
         <v>460</v>
       </c>
     </row>
-    <row r="398" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="398" spans="1:7" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A398" s="8" t="s">
         <v>1169</v>
       </c>
       <c r="B398" s="7">
         <v>40203390317</v>
       </c>
       <c r="C398" s="7" t="s">
         <v>1207</v>
       </c>
       <c r="D398" s="6" t="s">
         <v>1171</v>
       </c>
       <c r="E398" s="6" t="s">
         <v>1208</v>
       </c>
       <c r="F398" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G398" s="9" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="399" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A399" s="8" t="s">
         <v>1209</v>
       </c>
       <c r="B399" s="16">
         <v>140740014042</v>
       </c>
       <c r="C399" s="7" t="s">
         <v>1207</v>
       </c>
       <c r="D399" s="6" t="s">
         <v>39</v>
       </c>
       <c r="E399" s="6" t="s">
         <v>1210</v>
       </c>
       <c r="F399" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G399" s="9" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="400" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="400" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A400" s="8" t="s">
         <v>1211</v>
       </c>
       <c r="B400" s="7" t="s">
         <v>1212</v>
       </c>
       <c r="C400" s="7" t="s">
         <v>1213</v>
       </c>
       <c r="D400" s="6" t="s">
         <v>1214</v>
       </c>
       <c r="E400" s="6" t="s">
         <v>1215</v>
       </c>
       <c r="F400" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G400" s="9" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="401" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A401" s="8" t="s">
         <v>1216</v>
@@ -17351,51 +17366,51 @@
       </c>
     </row>
     <row r="457" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A457" s="8" t="s">
         <v>1411</v>
       </c>
       <c r="B457" s="7">
         <v>40003821730</v>
       </c>
       <c r="C457" s="7" t="s">
         <v>1412</v>
       </c>
       <c r="D457" s="6" t="s">
         <v>11</v>
       </c>
       <c r="E457" s="6" t="s">
         <v>1413</v>
       </c>
       <c r="F457" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G457" s="9" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="458" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="458" spans="1:7" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A458" s="8" t="s">
         <v>1414</v>
       </c>
       <c r="B458" s="7">
         <v>40203340782</v>
       </c>
       <c r="C458" s="7" t="s">
         <v>1415</v>
       </c>
       <c r="D458" s="6" t="s">
         <v>1416</v>
       </c>
       <c r="E458" s="6" t="s">
         <v>1417</v>
       </c>
       <c r="F458" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G458" s="9" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="459" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A459" s="8" t="s">
         <v>1418</v>
@@ -20762,74 +20777,88 @@
         <v>40003345908</v>
       </c>
       <c r="C605" s="7" t="s">
         <v>1845</v>
       </c>
       <c r="D605" s="6" t="s">
         <v>1846</v>
       </c>
       <c r="E605" s="6" t="s">
         <v>1847</v>
       </c>
       <c r="F605" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G605" s="9" t="s">
         <v>1848</v>
       </c>
     </row>
     <row r="606" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A606" s="8" t="s">
         <v>1849</v>
       </c>
       <c r="B606" s="16">
         <v>40203179322</v>
       </c>
-      <c r="C606" s="4">
-        <v>45950</v>
+      <c r="C606" s="4" t="s">
+        <v>1850</v>
       </c>
       <c r="D606" s="6" t="s">
-        <v>1850</v>
+        <v>1851</v>
       </c>
       <c r="E606" s="6" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
       <c r="F606" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G606" s="9" t="s">
-        <v>1852</v>
-[...9 lines deleted...]
-      <c r="G607" s="9"/>
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="607" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+      <c r="A607" s="8" t="s">
+        <v>1854</v>
+      </c>
+      <c r="B607" s="16">
+        <v>40003031676</v>
+      </c>
+      <c r="C607" s="4" t="s">
+        <v>1857</v>
+      </c>
+      <c r="D607" s="6" t="s">
+        <v>1855</v>
+      </c>
+      <c r="E607" s="6" t="s">
+        <v>1856</v>
+      </c>
+      <c r="F607" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G607" s="9" t="s">
+        <v>337</v>
+      </c>
     </row>
     <row r="608" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A608" s="8"/>
       <c r="B608" s="16"/>
       <c r="C608" s="7"/>
       <c r="D608" s="6"/>
       <c r="E608" s="6"/>
       <c r="F608" s="6"/>
       <c r="G608" s="9"/>
     </row>
     <row r="609" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A609" s="8"/>
       <c r="B609" s="16"/>
       <c r="C609" s="7"/>
       <c r="D609" s="6"/>
       <c r="E609" s="6"/>
       <c r="F609" s="6"/>
       <c r="G609" s="9"/>
     </row>
     <row r="610" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A610" s="8"/>
       <c r="B610" s="16"/>
       <c r="C610" s="7"/>
       <c r="D610" s="6"/>
       <c r="E610" s="6"/>
@@ -20979,52 +21008,58 @@
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>