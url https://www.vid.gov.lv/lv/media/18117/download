--- v3 (2025-12-24)
+++ v4 (2026-01-13)
@@ -8,74 +8,74 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Decembris\Lēmumi\5Lēmumi par muitas maksājumu parādu\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Janvāris\Lēmumi\5Lēmumi par muitas maksājumu parādu\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{2F903EE2-4B89-4A2A-9CC6-1FB701274C97}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{40C6E0D4-94F0-4FF3-8B7C-D09D1A73B338}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Muitas maksājumu parāds" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Muitas maksājumu parāds'!$A$2:$G$602</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3782" uniqueCount="1858">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3839" uniqueCount="1889">
   <si>
     <t>Muitas maksājumu parāds</t>
   </si>
   <si>
     <t>Saīsinājumi:
 VSAOI - valsts sociālās apdrošināšanas obligātās iemaksas
 IIN - iedzīvotāju ienākuma nodoklis
 PVN - pievienotās vērtības nodoklis
 MUN - mikrouzņēmuma nodoklis
 AN - akcīzes nodoklis</t>
   </si>
   <si>
     <t>Adresāts</t>
   </si>
   <si>
     <t>Reģ.nr.</t>
   </si>
   <si>
     <t>Spēkā stāšanās datums</t>
   </si>
   <si>
     <t>Pārkāpuma būtība</t>
   </si>
   <si>
     <t>Piemērotā atbildība/sods/uzrēķins</t>
@@ -6256,57 +6256,152 @@
   <si>
     <t>Par minēto pārkāpumu SIA “ADM Baltik Tranzīts” papildu nomaksai budžetā tika noteikts ievedmuitas nodoklis 2828,25 EUR un nokavējuma nauda 16,71 EUR, kā arī PVN 1493,48 EUR.</t>
   </si>
   <si>
     <t xml:space="preserve">Regulas Nr. 952/2013, 79. panta 1. punkta “a” apakšpunkts un 3. punkta “a” apakšpunkts.  </t>
   </si>
   <si>
     <t>SIA "BalticPly"</t>
   </si>
   <si>
     <t>20.10.2025.</t>
   </si>
   <si>
     <t>Nodokļu kontrolē konstatēts, ka uzņēmums precei – riepas iekrāvējam, nepamatoti piemēroja papildprocedūru 52W un secīgi īpašo PVN režīmu preču importa darījumos pamatlīdzekļu importam, tādējādi nodokļu kontroles rezultātā radies muitas maksājumu parāds 231,00 EUR.</t>
   </si>
   <si>
     <t>Nolemts noteikt PVN parādu 218,85 EUR un tā nokavējuma naudu 12,15 EUR, uzliekot par pienākumu iemaksāt tos valsts budžetā.</t>
   </si>
   <si>
     <t>PVN likuma 85. panta piektā daļa</t>
   </si>
   <si>
     <t>AS “VALMIERAS STIKLA ŠĶIEDRA”</t>
   </si>
   <si>
+    <t>11.11.2025.</t>
+  </si>
+  <si>
     <t>Tranzīta procedūra nav pabeigta pareizi, Savienības tranzīta procedūrā nodotā prece nav uzrādīta galamērķa muitas iestādē. Par preces izņemšanu no muitas uzraudzības radies muitas maksājumu parāds,  par kura samaksu ir atbildīgs preču saņēmējs.</t>
   </si>
   <si>
     <t>Nolemts noteikt muitas maksājumu parādu un nokavējuma naudu 841,13 EUR, ko veido muitas nodokļa pamatparāds 181,18 EUR un muitas nodokļa nokavējuma nauda 2,27 EUR, PVN pamatparāds 623,39 EUR un PVN nokavējuma nauda 34,29 EUR, iegrāmatot un dzēst, to samaksājot valsts budžetā ar preču saņēmēja AS “VALMIERAS STIKLA ŠĶIEDRA” 2025. gada 5. novembrī veiktajiem maksājumiem.</t>
   </si>
   <si>
-    <t>11.11.2025.</t>
+    <t>SIA “SGS LATVIJA LTD”</t>
+  </si>
+  <si>
+    <t>14.11.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nodokļu kontrolē konstatēts, ka uzņēmums laišanai brīvā apgrozībā daļai preču ir piemērojis neatbilstošu preces kodu ar ievedmuitas nodokļa pamatlikmi 0 % apmērā, faktiski precēm piemērojams cits preces kods, aprēķinot papildu nodokli 25 % apmērā. Nodokļu kontroles rezultātā radies muitas maksājumu parāds 4935,99 EUR. </t>
+  </si>
+  <si>
+    <t>Nolemts noteikt papildu nodokļa parādu 3 910,59 EUR un tā nokavējuma naudu 126,64 EUR apmērā, PVN parādu 821,22 EUR un tā nokavējuma naudu 77,54 EUR apmērā, uzliekot par pienākumu iemaksāt tos valsts budžetā.</t>
+  </si>
+  <si>
+    <t>Neatbilstoša preces tarifa klasifikācija (Komisijas 2024. gada 23. septembra Īstenošanas regula (ES) 2024/2522, ar ko groza I pielikumu Padomes 1987. gada 23. jūlija Regulā (EEK) Nr. 2658/87 par tarifu un statistikas nomenklatūru un kopējo muitas tarifu, un Komisijas 2019. gada 31. janvāra Īstenošanas Regula (ES) 2019/159, ar ko nosaka galīgos aizsardzības pasākumus pret konkrētu tērauda ražojumu importu)</t>
+  </si>
+  <si>
+    <t>SIA “DIT Supplies”</t>
+  </si>
+  <si>
+    <t>17.11.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nodokļu kontrolē konstatēts, ka uzņēmums laišanai brīvā apgrozībā precēm ir piemērojis neatbilstošu preces kodu ar ievedmuitas nodokļa pamatlikmi 2,7 % apmērā, faktiski precēm piemērojams cits preces kods ar ievedmuitas nodokļa pamatlikmi 6 % apmērā. Nodokļu kontroles rezultātā radies muitas maksājumu parāds 56,56 EUR. </t>
+  </si>
+  <si>
+    <t>Nolemts noteikt ievedmuitas nodokļa parādu 41,53 EUR un tā nokavējuma naudu 4,10 EUR apmērā, PVN parādu 8,72 EUR un tā nokavējuma naudu 2,21 EUR apmērā, uzliekot par pienākumu iemaksāt tos valsts budžetā.</t>
+  </si>
+  <si>
+    <t>SIA “DIKOLA”</t>
+  </si>
+  <si>
+    <t>26.11.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nodokļu kontrolē konstatēts, ka uzņēmums laišanai brīvā apgrozībā precēm ir piemērojis neatbilstošus preces kodus ar ievedmuitas nodokļa pamatlikmi 6,5 % un 0 % apmērā, faktiski precēm piemērojami citi preces kodi ar  sākotnēji deklarēto ievedmuitas nodokļa pamatlikmi 6,5 % apmērā un papildu nodokli 25 % apmērā. Nodokļu kontroles rezultātā radies muitas maksājumu parāds 60 660,32 EUR. </t>
+  </si>
+  <si>
+    <t>Nolemts noteikt papildu nodokļa parādu 43 248,75 EUR un tā nokavējuma naudu 5 338,10 EUR apmērā, PVN parādu 9 082,24 EUR un tā nokavējuma naudu 2 991,23 EUR apmērā, uzliekot par pienākumu iemaksāt tos valsts budžetā.</t>
+  </si>
+  <si>
+    <t>Neatbilstoša preces tarifa klasifikācija (Komisijas 2022. gada 20. septembra Īstenošanas regula (ES) 2022/1998, ar ko groza I pielikumu Padomes
+1987. gada 23. jūlija Regulā (EEK) Nr. 2658/87 par tarifu un statistikas nomenklatūru un kopējo muitas tarifu, Komisijas 2023. gada 26. septembra Īstenošanas regula (ES) 2023/2364, ar ko groza I pielikumu Padomes
+1987. gada 23. jūlija Regulā (EEK) Nr. 2658/87 par tarifu un statistikas nomenklatūru un kopējo muitas tarifu, un Komisijas 2019. gada 31. janvāra Īstenošanas Regula (ES) 2019/159, ar ko nosaka galīgos aizsardzības pasākumus pret konkrētu tērauda ražojumu importu)</t>
+  </si>
+  <si>
+    <t>SIA “RENIAR”</t>
+  </si>
+  <si>
+    <t>01.12.2025.</t>
+  </si>
+  <si>
+    <t>Tranzīta procedūra nav pabeigta pareizi, Savienības tranzīta procedūrā nodotā prece nav uzrādīta galamērķa muitas iestādē. Par preces izņemšanu no muitas uzraudzības radies muitas maksājumu parāds, par kura samaksu ir atbildīgi procedūras izmantotājs, preču saņēmējs un pārvadātājs.</t>
+  </si>
+  <si>
+    <t>Nolemts noteikt muitas maksājumu parādu un nokavējuma naudu 412,02 EUR, ko veid  PVN pamatparāds 408,66 EUR un PVN nokavējuma nauda 3,36 EUR, iegrāmatot un dzēst, to samaksājot valsts budžetā ar preču saņēmēja AS “RENIAR” 2025. gada 29. septembrī un 2025. gada 25. novembrī veiktajiem maksājumiem.</t>
+  </si>
+  <si>
+    <t>SIA “Baltic Transport Group”</t>
+  </si>
+  <si>
+    <t>04.12.2025.</t>
+  </si>
+  <si>
+    <t>Tranzīta procedūra nav pabeigta pareizi, Savienības tranzīta procedūrā nodotā prece nav uzrādīta galamērķa muitas iestādē. Par preces izņemšanu no muitas uzraudzības radies muitas maksājumu parāds, par kura samaksu ir atbildīgi procedūras izmantotājs un pārvadātājs.</t>
+  </si>
+  <si>
+    <t>Nolemts noteikt muitas maksājumu parādu 5956,18 EUR,  ko veido muitas nodoklis 867,18 EUR un muitas nodokļa nokavējuma nauda 19,34 EUR, PVN 4751,32 EUR un PVN nokavējuma naudu 318,34 EUR.</t>
+  </si>
+  <si>
+    <t>UAB "Transextra"v</t>
+  </si>
+  <si>
+    <t>SIA "Topply"</t>
+  </si>
+  <si>
+    <t>03.12.2025.</t>
+  </si>
+  <si>
+    <t>Nodokļu kontrolē konstatēts, ka uzņēmums precei – metāla materiāli, nepamatoti piemēroja papildprocedūru 52W un secīgi īpašo PVN režīmu preču importa darījumos pamatlīdzekļu importam, tādējādi nodokļu kontroles rezultātā radies muitas maksājumu parāds 8241,30 EUR.</t>
+  </si>
+  <si>
+    <t>Nolemts noteikt PVN parādu 7434,64 EUR un tā nokavējuma naudu 806,66 EUR, uzliekot par pienākumu iemaksāt tos valsts budžetā.</t>
+  </si>
+  <si>
+    <t>“BRING CARGO INTERNATIONAL NORGE” AS</t>
+  </si>
+  <si>
+    <t>NO923825916</t>
+  </si>
+  <si>
+    <t>09.12.2025.</t>
+  </si>
+  <si>
+    <t>Savienības tranzīta procedūrā nodotā prece nav uzrādīta galamērķa muitas iestādē. Par preces izņemšanu no muitas uzraudzības radies muitas maksājumu parāds, par kura samaksu ir atbildīgi procedūras izmantotājs, preču saņēmējs un pārvadātājs.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -6392,51 +6487,51 @@
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="23">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
@@ -6450,50 +6545,56 @@
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="16" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{16A88378-CB39-44A1-8A9D-9B24210459BD}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF0066"/>
       <color rgb="FFFF6699"/>
       <color rgb="FF97B7FF"/>
       <color rgb="FF002169"/>
     </mruColors>
   </colors>
@@ -6850,81 +6951,81 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="A1:G610"/>
+  <dimension ref="A1:H627"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A601" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A607" sqref="A607"/>
+      <pane ySplit="2" topLeftCell="A610" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B614" sqref="B614"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="25.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="16.5546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="71.6640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="77.5546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="16.5546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="71.33203125" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="104.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="20" t="s">
+      <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="21"/>
-[...3 lines deleted...]
-      <c r="F1" s="22" t="s">
+      <c r="B1" s="23"/>
+      <c r="C1" s="23"/>
+      <c r="D1" s="23"/>
+      <c r="E1" s="23"/>
+      <c r="F1" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="G1" s="22"/>
+      <c r="G1" s="24"/>
     </row>
     <row r="2" spans="1:7" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
@@ -20801,133 +20902,419 @@
       </c>
       <c r="C606" s="4" t="s">
         <v>1850</v>
       </c>
       <c r="D606" s="6" t="s">
         <v>1851</v>
       </c>
       <c r="E606" s="6" t="s">
         <v>1852</v>
       </c>
       <c r="F606" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G606" s="9" t="s">
         <v>1853</v>
       </c>
     </row>
     <row r="607" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A607" s="8" t="s">
         <v>1854</v>
       </c>
       <c r="B607" s="16">
         <v>40003031676</v>
       </c>
       <c r="C607" s="4" t="s">
+        <v>1855</v>
+      </c>
+      <c r="D607" s="6" t="s">
+        <v>1856</v>
+      </c>
+      <c r="E607" s="6" t="s">
         <v>1857</v>
-      </c>
-[...4 lines deleted...]
-        <v>1856</v>
       </c>
       <c r="F607" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G607" s="9" t="s">
         <v>337</v>
       </c>
     </row>
-    <row r="608" spans="1:7" x14ac:dyDescent="0.25">
-[...24 lines deleted...]
-      <c r="G610" s="9"/>
+    <row r="608" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+      <c r="A608" s="8" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B608" s="16">
+        <v>40003057800</v>
+      </c>
+      <c r="C608" s="4" t="s">
+        <v>1859</v>
+      </c>
+      <c r="D608" s="6" t="s">
+        <v>1860</v>
+      </c>
+      <c r="E608" s="6" t="s">
+        <v>1861</v>
+      </c>
+      <c r="F608" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G608" s="9" t="s">
+        <v>1862</v>
+      </c>
+    </row>
+    <row r="609" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+      <c r="A609" s="8" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B609" s="16">
+        <v>40203308603</v>
+      </c>
+      <c r="C609" s="4" t="s">
+        <v>1864</v>
+      </c>
+      <c r="D609" s="6" t="s">
+        <v>1865</v>
+      </c>
+      <c r="E609" s="6" t="s">
+        <v>1866</v>
+      </c>
+      <c r="F609" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G609" s="9" t="s">
+        <v>1702</v>
+      </c>
+      <c r="H609" s="5"/>
+    </row>
+    <row r="610" spans="1:8" ht="118.8" x14ac:dyDescent="0.25">
+      <c r="A610" s="17" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B610" s="20">
+        <v>50003818431</v>
+      </c>
+      <c r="C610" s="21" t="s">
+        <v>1868</v>
+      </c>
+      <c r="D610" s="12" t="s">
+        <v>1869</v>
+      </c>
+      <c r="E610" s="12" t="s">
+        <v>1870</v>
+      </c>
+      <c r="F610" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G610" s="15" t="s">
+        <v>1871</v>
+      </c>
+      <c r="H610" s="5"/>
+    </row>
+    <row r="611" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A611" s="6" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B611" s="7">
+        <v>40003601959</v>
+      </c>
+      <c r="C611" s="7" t="s">
+        <v>1873</v>
+      </c>
+      <c r="D611" s="6" t="s">
+        <v>1874</v>
+      </c>
+      <c r="E611" s="6" t="s">
+        <v>1875</v>
+      </c>
+      <c r="F611" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G611" s="9" t="s">
+        <v>337</v>
+      </c>
+      <c r="H611" s="5"/>
+    </row>
+    <row r="612" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A612" s="6" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B612" s="7">
+        <v>40103456773</v>
+      </c>
+      <c r="C612" s="7" t="s">
+        <v>1873</v>
+      </c>
+      <c r="D612" s="6" t="s">
+        <v>1874</v>
+      </c>
+      <c r="E612" s="6" t="s">
+        <v>1875</v>
+      </c>
+      <c r="F612" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G612" s="9" t="s">
+        <v>337</v>
+      </c>
+      <c r="H612" s="5"/>
+    </row>
+    <row r="613" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A613" s="8" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B613" s="20" t="s">
+        <v>847</v>
+      </c>
+      <c r="C613" s="21" t="s">
+        <v>1877</v>
+      </c>
+      <c r="D613" s="12" t="s">
+        <v>1878</v>
+      </c>
+      <c r="E613" s="12" t="s">
+        <v>1879</v>
+      </c>
+      <c r="F613" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G613" s="9" t="s">
+        <v>337</v>
+      </c>
+      <c r="H613" s="5"/>
+    </row>
+    <row r="614" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A614" s="8" t="s">
+        <v>1880</v>
+      </c>
+      <c r="B614" s="20" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C614" s="21" t="s">
+        <v>1877</v>
+      </c>
+      <c r="D614" s="12" t="s">
+        <v>1878</v>
+      </c>
+      <c r="E614" s="12" t="s">
+        <v>1879</v>
+      </c>
+      <c r="F614" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G614" s="9" t="s">
+        <v>337</v>
+      </c>
+      <c r="H614" s="5"/>
+    </row>
+    <row r="615" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A615" s="8" t="s">
+        <v>1881</v>
+      </c>
+      <c r="B615" s="20">
+        <v>40203214416</v>
+      </c>
+      <c r="C615" s="21" t="s">
+        <v>1882</v>
+      </c>
+      <c r="D615" s="12" t="s">
+        <v>1883</v>
+      </c>
+      <c r="E615" s="12" t="s">
+        <v>1884</v>
+      </c>
+      <c r="F615" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G615" s="15" t="s">
+        <v>1853</v>
+      </c>
+      <c r="H615" s="5"/>
+    </row>
+    <row r="616" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A616" s="8" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B616" s="20" t="s">
+        <v>1886</v>
+      </c>
+      <c r="C616" s="21" t="s">
+        <v>1887</v>
+      </c>
+      <c r="D616" s="12" t="s">
+        <v>1888</v>
+      </c>
+      <c r="E616" s="12" t="s">
+        <v>1875</v>
+      </c>
+      <c r="F616" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G616" s="15" t="s">
+        <v>337</v>
+      </c>
+      <c r="H616" s="5"/>
+    </row>
+    <row r="617" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A617" s="8"/>
+      <c r="B617" s="20"/>
+      <c r="C617" s="21"/>
+      <c r="D617" s="12"/>
+      <c r="E617" s="12"/>
+      <c r="F617" s="6"/>
+      <c r="G617" s="15"/>
+      <c r="H617" s="5"/>
+    </row>
+    <row r="618" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A618" s="8"/>
+      <c r="B618" s="20"/>
+      <c r="C618" s="21"/>
+      <c r="D618" s="12"/>
+      <c r="E618" s="12"/>
+      <c r="F618" s="6"/>
+      <c r="G618" s="15"/>
+      <c r="H618" s="5"/>
+    </row>
+    <row r="619" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A619" s="8"/>
+      <c r="B619" s="20"/>
+      <c r="C619" s="21"/>
+      <c r="D619" s="12"/>
+      <c r="E619" s="12"/>
+      <c r="F619" s="6"/>
+      <c r="G619" s="15"/>
+      <c r="H619" s="5"/>
+    </row>
+    <row r="620" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A620" s="8"/>
+      <c r="B620" s="20"/>
+      <c r="C620" s="21"/>
+      <c r="D620" s="12"/>
+      <c r="E620" s="12"/>
+      <c r="F620" s="6"/>
+      <c r="G620" s="15"/>
+      <c r="H620" s="5"/>
+    </row>
+    <row r="621" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A621" s="8"/>
+      <c r="B621" s="20"/>
+      <c r="C621" s="21"/>
+      <c r="D621" s="12"/>
+      <c r="E621" s="12"/>
+      <c r="F621" s="6"/>
+      <c r="G621" s="15"/>
+      <c r="H621" s="5"/>
+    </row>
+    <row r="622" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A622" s="8"/>
+      <c r="B622" s="20"/>
+      <c r="C622" s="21"/>
+      <c r="D622" s="12"/>
+      <c r="E622" s="12"/>
+      <c r="F622" s="6"/>
+      <c r="G622" s="15"/>
+      <c r="H622" s="5"/>
+    </row>
+    <row r="623" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A623" s="8"/>
+      <c r="B623" s="20"/>
+      <c r="C623" s="21"/>
+      <c r="D623" s="12"/>
+      <c r="E623" s="12"/>
+      <c r="F623" s="6"/>
+      <c r="G623" s="15"/>
+      <c r="H623" s="5"/>
+    </row>
+    <row r="624" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A624" s="8"/>
+      <c r="B624" s="20"/>
+      <c r="C624" s="21"/>
+      <c r="D624" s="12"/>
+      <c r="E624" s="12"/>
+      <c r="F624" s="6"/>
+      <c r="G624" s="15"/>
+      <c r="H624" s="5"/>
+    </row>
+    <row r="625" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A625" s="8"/>
+      <c r="B625" s="20"/>
+      <c r="C625" s="21"/>
+      <c r="D625" s="12"/>
+      <c r="E625" s="12"/>
+      <c r="F625" s="6"/>
+      <c r="G625" s="15"/>
+    </row>
+    <row r="626" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A626" s="8"/>
+      <c r="B626" s="20"/>
+      <c r="C626" s="21"/>
+      <c r="D626" s="12"/>
+      <c r="E626" s="12"/>
+      <c r="F626" s="6"/>
+      <c r="G626" s="15"/>
+    </row>
+    <row r="627" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A627" s="8"/>
+      <c r="B627" s="16"/>
+      <c r="C627" s="4"/>
+      <c r="D627" s="6"/>
+      <c r="E627" s="6"/>
+      <c r="F627" s="6"/>
+      <c r="G627" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:G602" xr:uid="{7CC72F7F-3422-4391-9B04-AA58965B0402}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="F1:G1"/>
   </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100B3C9C276AFEEAF44A5EEB1316BFEF153" ma:contentTypeVersion="0" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="ad519bfe87475cb025282f53f7303917">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea38c56bd2b816e995eaa7588db9f73d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
@@ -20997,85 +21384,94 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
-[...13 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Muitas maksājumu parāds</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>