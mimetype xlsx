--- v4 (2026-01-13)
+++ v5 (2026-02-06)
@@ -8,74 +8,74 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Janvāris\Lēmumi\5Lēmumi par muitas maksājumu parādu\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Februāris\Lēmumi\5Lēmumi par muitas maksājumu parādu\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{40C6E0D4-94F0-4FF3-8B7C-D09D1A73B338}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7570F00B-C47D-46CC-922B-780041C3DF20}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Muitas maksājumu parāds" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Muitas maksājumu parāds'!$A$2:$G$602</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3839" uniqueCount="1889">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3852" uniqueCount="1898">
   <si>
     <t>Muitas maksājumu parāds</t>
   </si>
   <si>
     <t>Saīsinājumi:
 VSAOI - valsts sociālās apdrošināšanas obligātās iemaksas
 IIN - iedzīvotāju ienākuma nodoklis
 PVN - pievienotās vērtības nodoklis
 MUN - mikrouzņēmuma nodoklis
 AN - akcīzes nodoklis</t>
   </si>
   <si>
     <t>Adresāts</t>
   </si>
   <si>
     <t>Reģ.nr.</t>
   </si>
   <si>
     <t>Spēkā stāšanās datums</t>
   </si>
   <si>
     <t>Pārkāpuma būtība</t>
   </si>
   <si>
     <t>Piemērotā atbildība/sods/uzrēķins</t>
@@ -6358,50 +6358,80 @@
     <t>UAB "Transextra"v</t>
   </si>
   <si>
     <t>SIA "Topply"</t>
   </si>
   <si>
     <t>03.12.2025.</t>
   </si>
   <si>
     <t>Nodokļu kontrolē konstatēts, ka uzņēmums precei – metāla materiāli, nepamatoti piemēroja papildprocedūru 52W un secīgi īpašo PVN režīmu preču importa darījumos pamatlīdzekļu importam, tādējādi nodokļu kontroles rezultātā radies muitas maksājumu parāds 8241,30 EUR.</t>
   </si>
   <si>
     <t>Nolemts noteikt PVN parādu 7434,64 EUR un tā nokavējuma naudu 806,66 EUR, uzliekot par pienākumu iemaksāt tos valsts budžetā.</t>
   </si>
   <si>
     <t>“BRING CARGO INTERNATIONAL NORGE” AS</t>
   </si>
   <si>
     <t>NO923825916</t>
   </si>
   <si>
     <t>09.12.2025.</t>
   </si>
   <si>
     <t>Savienības tranzīta procedūrā nodotā prece nav uzrādīta galamērķa muitas iestādē. Par preces izņemšanu no muitas uzraudzības radies muitas maksājumu parāds, par kura samaksu ir atbildīgi procedūras izmantotājs, preču saņēmējs un pārvadātājs.</t>
+  </si>
+  <si>
+    <t>“Zollmax Transit Logistik”GmbH</t>
+  </si>
+  <si>
+    <t>24.12.2025.</t>
+  </si>
+  <si>
+    <t>Tranzīta procedūra nav pabeigta pareizi, daļa no Savienības tranzīta procedūrā nodotās preces nav uzrādīta galamērķa muitas iestādē. Par preces izņemšanu no muitas uzraudzības radies muitas maksājumu parāds, par kura samaksu ir  atbildīgs procedūras izmantotājs.</t>
+  </si>
+  <si>
+    <t>Nolemts noteikt muitas maksājumu parādu 1527,21 EUR,  ko veido muitas nodoklis 956,62 EUR un muitas nodokļa nokavējuma nauda 13,27 EUR, PVN 537,95 EUR un PVN nokavējuma naudu 19,37 EUR.</t>
+  </si>
+  <si>
+    <t>SIA "LOTOSS-IMS"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nodokļu kontrolē konstatēts, ka uzņēmums laišanai brīvā apgrozībā precēm ir piemērojis neatbilstošus preces kodus ar ievedmuitas nodokļa pamatlikmi 0 % apmērā, faktiski precēm piemērojami citi preces kodi ar  sākotnēji deklarēto ievedmuitas nodokļa pamatlikmi 0 % apmērā, kā arī galīgā antidempinga maksājuma likmi 27,1 % un kompensācijas maksājuma likmi 12 % apmērā. Nodokļu kontroles rezultātā radies muitas maksājumu parāds 648,64 EUR. </t>
+  </si>
+  <si>
+    <t>Nolemts noteikt galīgā antidempinga maksājuma parādu 318,28 EUR un tā nokavējuma naudu 38,74 EUR apmērā, kompensācijas maksājuma parādu 140,93 EUR un tā nokavējuma naudu 17,15 EUR, PVN parādu 96,44 EUR un tā nokavējuma naudu 37,10 EUR apmērā, uzliekot par pienākumu iemaksāt tos valsts budžetā.</t>
+  </si>
+  <si>
+    <t>Neatbilstoša preces tarifa klasifikācija (Komisijas 2021.gada 12.oktobra Īstenošanas regula (ES) 2021/1832, ar ko groza I pielikumu Padomes
+1987. gada 23. jūlija Regulā (EEK) Nr. 2658/87 par tarifu un statistikas nomenklatūru un kopējo muitas tarifu, Komisijas 2022. gada 20. septembra Īstenošanas regula (ES) 2022/1998, ar ko groza I pielikumu Padomes
+1987. gada 23. jūlija Regulā (EEK) Nr. 2658/87 par tarifu un statistikas nomenklatūru un kopējo muitas tarifu, Komisijas 2023. gada 26. septembra Īstenošanas regula (ES) 2023/2364, ar ko groza I pielikumu Padomes
+1987. gada 23. jūlija Regulā (EEK) Nr. 2658/87 par tarifu un statistikas nomenklatūru un kopējo muitas tarifu)</t>
+  </si>
+  <si>
+    <t>29.12.2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -6954,52 +6984,52 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:H627"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A610" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B614" sqref="B614"/>
+      <pane ySplit="2" topLeftCell="A612" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A618" sqref="A618"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="25.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="16.5546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="71.6640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="77.5546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="16.5546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="71.33203125" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="104.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="23"/>
       <c r="C1" s="23"/>
       <c r="D1" s="23"/>
       <c r="E1" s="23"/>
       <c r="F1" s="24" t="s">
         <v>1</v>
       </c>
@@ -21132,68 +21162,96 @@
     </row>
     <row r="616" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A616" s="8" t="s">
         <v>1885</v>
       </c>
       <c r="B616" s="20" t="s">
         <v>1886</v>
       </c>
       <c r="C616" s="21" t="s">
         <v>1887</v>
       </c>
       <c r="D616" s="12" t="s">
         <v>1888</v>
       </c>
       <c r="E616" s="12" t="s">
         <v>1875</v>
       </c>
       <c r="F616" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G616" s="15" t="s">
         <v>337</v>
       </c>
       <c r="H616" s="5"/>
     </row>
-    <row r="617" spans="1:8" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G617" s="15"/>
+    <row r="617" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A617" s="8" t="s">
+        <v>1889</v>
+      </c>
+      <c r="B617" s="20" t="s">
+        <v>1772</v>
+      </c>
+      <c r="C617" s="21" t="s">
+        <v>1890</v>
+      </c>
+      <c r="D617" s="12" t="s">
+        <v>1891</v>
+      </c>
+      <c r="E617" s="12" t="s">
+        <v>1892</v>
+      </c>
+      <c r="F617" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G617" s="15" t="s">
+        <v>337</v>
+      </c>
       <c r="H617" s="5"/>
     </row>
-    <row r="618" spans="1:8" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G618" s="15"/>
+    <row r="618" spans="1:8" ht="132" x14ac:dyDescent="0.25">
+      <c r="A618" s="8" t="s">
+        <v>1893</v>
+      </c>
+      <c r="B618" s="20">
+        <v>40103011623</v>
+      </c>
+      <c r="C618" s="21" t="s">
+        <v>1897</v>
+      </c>
+      <c r="D618" s="12" t="s">
+        <v>1894</v>
+      </c>
+      <c r="E618" s="12" t="s">
+        <v>1895</v>
+      </c>
+      <c r="F618" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G618" s="15" t="s">
+        <v>1896</v>
+      </c>
       <c r="H618" s="5"/>
     </row>
     <row r="619" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A619" s="8"/>
       <c r="B619" s="20"/>
       <c r="C619" s="21"/>
       <c r="D619" s="12"/>
       <c r="E619" s="12"/>
       <c r="F619" s="6"/>
       <c r="G619" s="15"/>
       <c r="H619" s="5"/>
     </row>
     <row r="620" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A620" s="8"/>
       <c r="B620" s="20"/>
       <c r="C620" s="21"/>
       <c r="D620" s="12"/>
       <c r="E620" s="12"/>
       <c r="F620" s="6"/>
       <c r="G620" s="15"/>
       <c r="H620" s="5"/>
     </row>
     <row r="621" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A621" s="8"/>
       <c r="B621" s="20"/>
@@ -21396,58 +21454,58 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>