--- v5 (2026-02-06)
+++ v6 (2026-03-01)
@@ -11,71 +11,71 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Februāris\Lēmumi\5Lēmumi par muitas maksājumu parādu\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7570F00B-C47D-46CC-922B-780041C3DF20}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{242F314A-078E-4212-ABE4-20D6C6DC916B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Muitas maksājumu parāds" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Muitas maksājumu parāds'!$A$2:$G$602</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Muitas maksājumu parāds'!$A$2:$G$623</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3852" uniqueCount="1898">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3882" uniqueCount="1915">
   <si>
     <t>Muitas maksājumu parāds</t>
   </si>
   <si>
     <t>Saīsinājumi:
 VSAOI - valsts sociālās apdrošināšanas obligātās iemaksas
 IIN - iedzīvotāju ienākuma nodoklis
 PVN - pievienotās vērtības nodoklis
 MUN - mikrouzņēmuma nodoklis
 AN - akcīzes nodoklis</t>
   </si>
   <si>
     <t>Adresāts</t>
   </si>
   <si>
     <t>Reģ.nr.</t>
   </si>
   <si>
     <t>Spēkā stāšanās datums</t>
   </si>
   <si>
     <t>Pārkāpuma būtība</t>
   </si>
   <si>
     <t>Piemērotā atbildība/sods/uzrēķins</t>
@@ -6375,63 +6375,116 @@
   <si>
     <t>NO923825916</t>
   </si>
   <si>
     <t>09.12.2025.</t>
   </si>
   <si>
     <t>Savienības tranzīta procedūrā nodotā prece nav uzrādīta galamērķa muitas iestādē. Par preces izņemšanu no muitas uzraudzības radies muitas maksājumu parāds, par kura samaksu ir atbildīgi procedūras izmantotājs, preču saņēmējs un pārvadātājs.</t>
   </si>
   <si>
     <t>“Zollmax Transit Logistik”GmbH</t>
   </si>
   <si>
     <t>24.12.2025.</t>
   </si>
   <si>
     <t>Tranzīta procedūra nav pabeigta pareizi, daļa no Savienības tranzīta procedūrā nodotās preces nav uzrādīta galamērķa muitas iestādē. Par preces izņemšanu no muitas uzraudzības radies muitas maksājumu parāds, par kura samaksu ir  atbildīgs procedūras izmantotājs.</t>
   </si>
   <si>
     <t>Nolemts noteikt muitas maksājumu parādu 1527,21 EUR,  ko veido muitas nodoklis 956,62 EUR un muitas nodokļa nokavējuma nauda 13,27 EUR, PVN 537,95 EUR un PVN nokavējuma naudu 19,37 EUR.</t>
   </si>
   <si>
     <t>SIA "LOTOSS-IMS"</t>
   </si>
   <si>
+    <t>29.12.2025.</t>
+  </si>
+  <si>
     <t xml:space="preserve">Nodokļu kontrolē konstatēts, ka uzņēmums laišanai brīvā apgrozībā precēm ir piemērojis neatbilstošus preces kodus ar ievedmuitas nodokļa pamatlikmi 0 % apmērā, faktiski precēm piemērojami citi preces kodi ar  sākotnēji deklarēto ievedmuitas nodokļa pamatlikmi 0 % apmērā, kā arī galīgā antidempinga maksājuma likmi 27,1 % un kompensācijas maksājuma likmi 12 % apmērā. Nodokļu kontroles rezultātā radies muitas maksājumu parāds 648,64 EUR. </t>
   </si>
   <si>
     <t>Nolemts noteikt galīgā antidempinga maksājuma parādu 318,28 EUR un tā nokavējuma naudu 38,74 EUR apmērā, kompensācijas maksājuma parādu 140,93 EUR un tā nokavējuma naudu 17,15 EUR, PVN parādu 96,44 EUR un tā nokavējuma naudu 37,10 EUR apmērā, uzliekot par pienākumu iemaksāt tos valsts budžetā.</t>
   </si>
   <si>
     <t>Neatbilstoša preces tarifa klasifikācija (Komisijas 2021.gada 12.oktobra Īstenošanas regula (ES) 2021/1832, ar ko groza I pielikumu Padomes
 1987. gada 23. jūlija Regulā (EEK) Nr. 2658/87 par tarifu un statistikas nomenklatūru un kopējo muitas tarifu, Komisijas 2022. gada 20. septembra Īstenošanas regula (ES) 2022/1998, ar ko groza I pielikumu Padomes
 1987. gada 23. jūlija Regulā (EEK) Nr. 2658/87 par tarifu un statistikas nomenklatūru un kopējo muitas tarifu, Komisijas 2023. gada 26. septembra Īstenošanas regula (ES) 2023/2364, ar ko groza I pielikumu Padomes
 1987. gada 23. jūlija Regulā (EEK) Nr. 2658/87 par tarifu un statistikas nomenklatūru un kopējo muitas tarifu)</t>
   </si>
   <si>
-    <t>29.12.2025.</t>
+    <t>SIA “OceanR Production”</t>
+  </si>
+  <si>
+    <t>14.01.2026.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nodokļu kontrolē konstatēts, ka uzņēmums laišanai brīvā apgrozībā deklarēja no 
+Taivānas ievestu preci - audums, neiekļaujot preces muitas vērtībā piegādes izmaksas 3885,29 EUR apmērā. Nodokļu kontroles rezultātā radies muitas maksājumu parāds 1178,34 EUR. </t>
+  </si>
+  <si>
+    <t>Nolemts noteikt ievedmuitas nodokļa parādu 209,82 EUR un tā nokavējuma naudu 6,27 EUR apmērā, PVN parādu 881,18 EUR un tā nokavējuma naudu 81,07 EUR apmērā, uzliekot par pienākumu iemaksāt tos valsts budžetā.</t>
+  </si>
+  <si>
+    <t>SIA “187”</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nodokļu kontrolē konstatēts, ka uzņēmums laišanai brīvā apgrozībā daļai preču ir piemērojis neatbilstošu preces kodu ar ievedmuitas nodokļa pamatlikmi 0 % apmērā, faktiski daļai preču piemērojams cits preces kods ar  ievedmuitas nodokļa pamatlikmi 1,7 % apmērā. Nodokļu kontroles rezultātā radies muitas maksājumu parāds 374,75 EUR. </t>
+  </si>
+  <si>
+    <t>Nolemts noteikt ievedmuitas nodokļa parādu 276,98 EUR un tā nokavējuma naudu 25,71 EUR apmērā, PVN parādu 58,16 EUR un tā nokavējuma naudu 13,90 EUR apmērā, uzliekot par pienākumu iemaksāt tos valsts budžetā.</t>
+  </si>
+  <si>
+    <t>Neatbilstoša preces tarifa klasifikācija (Komisijas 2023. gada 26. septembra Īstenošanas regula (ES) 2023/2364, ar ko groza I pielikumu Padomes
+1987. gada 23. jūlija Regulā (EEK) Nr. 2658/87 par tarifu un statistikas nomenklatūru un kopējo muitas tarifu)</t>
+  </si>
+  <si>
+    <t>SIA “COMPASS TRANSIT”</t>
+  </si>
+  <si>
+    <t>16.01.2026.</t>
+  </si>
+  <si>
+    <t>Tranzīta procedūras nav pabeigtas pareizi, daļa no Savienības tranzīta procedūrā nodotās preces nav uzrādīta galamērķa muitas iestādē. Par preces izņemšanu no muitas uzraudzības radies muitas maksājumu parāds, par kura samaksu ir  atbildīgs procedūras izmantotājs</t>
+  </si>
+  <si>
+    <t>Nolemts noteikt muitas maksājumu parādu un nokavējuma naudu 158,34 EUR, ko veido muitas nodokļa pamatparāds 69,04 EUR un muitas nodokļa nokavējuma nauda 0,35 EUR, PVN pamatparāds 86,99 EUR un PVN nokavējuma nauda 1,96 EUR, iegrāmatot un dzēst, to samaksājot valsts budžetā ar SIA "Compass Transit" 2026. gada 13. janvārī veiktajiem maksājumiem.</t>
+  </si>
+  <si>
+    <t>23.01.2026.</t>
+  </si>
+  <si>
+    <t>Nolemts noteikt muitas maksājumu parādu 20142,52 EUR, ko veido PVN pamatparāds 19992,57 EUR un tā nokavējuma nauda 149,95 EUR.</t>
+  </si>
+  <si>
+    <t>SIA “PAREX BROKERU SISTĒMA”</t>
+  </si>
+  <si>
+    <t>Nolemts noteikt muitas maksājumu parādu 3956,74 EUR,  ko veido muitas nodoklis2482,03 EUR un muitas nodokļa nokavējuma nauda 33,58 EUR, PVN 1395,77 EUR un PVN nokavējuma naudu 45,36 EUR.</t>
+  </si>
+  <si>
+    <t>22.01.2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -6981,55 +7034,55 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="A1:H627"/>
+  <dimension ref="A1:H635"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A612" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A618" sqref="A618"/>
+      <pane ySplit="2" topLeftCell="A618" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A623" sqref="A623"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="25.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="16.5546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="71.6640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="77.5546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="16.5546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="71.33203125" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="104.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="23"/>
       <c r="C1" s="23"/>
       <c r="D1" s="23"/>
       <c r="E1" s="23"/>
       <c r="F1" s="24" t="s">
         <v>1</v>
       </c>
@@ -21194,182 +21247,327 @@
       <c r="C617" s="21" t="s">
         <v>1890</v>
       </c>
       <c r="D617" s="12" t="s">
         <v>1891</v>
       </c>
       <c r="E617" s="12" t="s">
         <v>1892</v>
       </c>
       <c r="F617" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G617" s="15" t="s">
         <v>337</v>
       </c>
       <c r="H617" s="5"/>
     </row>
     <row r="618" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A618" s="8" t="s">
         <v>1893</v>
       </c>
       <c r="B618" s="20">
         <v>40103011623</v>
       </c>
       <c r="C618" s="21" t="s">
+        <v>1894</v>
+      </c>
+      <c r="D618" s="12" t="s">
+        <v>1895</v>
+      </c>
+      <c r="E618" s="12" t="s">
+        <v>1896</v>
+      </c>
+      <c r="F618" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G618" s="15" t="s">
         <v>1897</v>
       </c>
-      <c r="D618" s="12" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H618" s="5"/>
     </row>
-    <row r="619" spans="1:8" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G619" s="15"/>
+    <row r="619" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A619" s="8" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B619" s="20">
+        <v>40203440675</v>
+      </c>
+      <c r="C619" s="21" t="s">
+        <v>1899</v>
+      </c>
+      <c r="D619" s="12" t="s">
+        <v>1900</v>
+      </c>
+      <c r="E619" s="12" t="s">
+        <v>1901</v>
+      </c>
+      <c r="F619" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G619" s="15" t="s">
+        <v>406</v>
+      </c>
       <c r="H619" s="5"/>
     </row>
-    <row r="620" spans="1:8" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G620" s="15"/>
+    <row r="620" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+      <c r="A620" s="8" t="s">
+        <v>1902</v>
+      </c>
+      <c r="B620" s="20">
+        <v>40003962123</v>
+      </c>
+      <c r="C620" s="21" t="s">
+        <v>1899</v>
+      </c>
+      <c r="D620" s="12" t="s">
+        <v>1903</v>
+      </c>
+      <c r="E620" s="12" t="s">
+        <v>1904</v>
+      </c>
+      <c r="F620" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G620" s="15" t="s">
+        <v>1905</v>
+      </c>
       <c r="H620" s="5"/>
     </row>
-    <row r="621" spans="1:8" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G621" s="15"/>
+    <row r="621" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+      <c r="A621" s="8" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B621" s="20">
+        <v>40103171214</v>
+      </c>
+      <c r="C621" s="21" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D621" s="12" t="s">
+        <v>1908</v>
+      </c>
+      <c r="E621" s="12" t="s">
+        <v>1909</v>
+      </c>
+      <c r="F621" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G621" s="15" t="s">
+        <v>337</v>
+      </c>
       <c r="H621" s="5"/>
     </row>
-    <row r="622" spans="1:8" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G622" s="15"/>
+    <row r="622" spans="1:8" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A622" s="8" t="s">
+        <v>1787</v>
+      </c>
+      <c r="B622" s="20">
+        <v>40103716665</v>
+      </c>
+      <c r="C622" s="21" t="s">
+        <v>1910</v>
+      </c>
+      <c r="D622" s="12" t="s">
+        <v>1789</v>
+      </c>
+      <c r="E622" s="12" t="s">
+        <v>1911</v>
+      </c>
+      <c r="F622" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G622" s="15" t="s">
+        <v>1791</v>
+      </c>
       <c r="H622" s="5"/>
     </row>
-    <row r="623" spans="1:8" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G623" s="15"/>
+    <row r="623" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A623" s="8" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B623" s="16">
+        <v>40003384089</v>
+      </c>
+      <c r="C623" s="4" t="s">
+        <v>1914</v>
+      </c>
+      <c r="D623" s="6" t="s">
+        <v>1878</v>
+      </c>
+      <c r="E623" s="6" t="s">
+        <v>1913</v>
+      </c>
+      <c r="F623" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G623" s="9" t="s">
+        <v>337</v>
+      </c>
       <c r="H623" s="5"/>
     </row>
     <row r="624" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A624" s="8"/>
-      <c r="B624" s="20"/>
-[...2 lines deleted...]
-      <c r="E624" s="12"/>
+      <c r="B624" s="16"/>
+      <c r="C624" s="4"/>
+      <c r="D624" s="6"/>
+      <c r="E624" s="6"/>
       <c r="F624" s="6"/>
-      <c r="G624" s="15"/>
+      <c r="G624" s="9"/>
       <c r="H624" s="5"/>
     </row>
     <row r="625" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A625" s="8"/>
-      <c r="B625" s="20"/>
-[...2 lines deleted...]
-      <c r="E625" s="12"/>
+      <c r="B625" s="16"/>
+      <c r="C625" s="4"/>
+      <c r="D625" s="6"/>
+      <c r="E625" s="6"/>
       <c r="F625" s="6"/>
-      <c r="G625" s="15"/>
+      <c r="G625" s="9"/>
     </row>
     <row r="626" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A626" s="8"/>
-      <c r="B626" s="20"/>
-[...2 lines deleted...]
-      <c r="E626" s="12"/>
+      <c r="B626" s="16"/>
+      <c r="C626" s="4"/>
+      <c r="D626" s="6"/>
+      <c r="E626" s="6"/>
       <c r="F626" s="6"/>
-      <c r="G626" s="15"/>
+      <c r="G626" s="9"/>
     </row>
     <row r="627" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A627" s="8"/>
       <c r="B627" s="16"/>
       <c r="C627" s="4"/>
       <c r="D627" s="6"/>
       <c r="E627" s="6"/>
       <c r="F627" s="6"/>
       <c r="G627" s="9"/>
     </row>
+    <row r="628" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A628" s="8"/>
+      <c r="B628" s="16"/>
+      <c r="C628" s="4"/>
+      <c r="D628" s="6"/>
+      <c r="E628" s="6"/>
+      <c r="F628" s="6"/>
+      <c r="G628" s="9"/>
+    </row>
+    <row r="629" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A629" s="8"/>
+      <c r="B629" s="16"/>
+      <c r="C629" s="4"/>
+      <c r="D629" s="6"/>
+      <c r="E629" s="6"/>
+      <c r="F629" s="6"/>
+      <c r="G629" s="9"/>
+    </row>
+    <row r="630" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A630" s="8"/>
+      <c r="B630" s="16"/>
+      <c r="C630" s="4"/>
+      <c r="D630" s="6"/>
+      <c r="E630" s="6"/>
+      <c r="F630" s="6"/>
+      <c r="G630" s="9"/>
+    </row>
+    <row r="631" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A631" s="8"/>
+      <c r="B631" s="16"/>
+      <c r="C631" s="4"/>
+      <c r="D631" s="6"/>
+      <c r="E631" s="6"/>
+      <c r="F631" s="6"/>
+      <c r="G631" s="9"/>
+    </row>
+    <row r="632" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A632" s="8"/>
+      <c r="B632" s="16"/>
+      <c r="C632" s="4"/>
+      <c r="D632" s="6"/>
+      <c r="E632" s="6"/>
+      <c r="F632" s="6"/>
+      <c r="G632" s="9"/>
+    </row>
+    <row r="633" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A633" s="8"/>
+      <c r="B633" s="16"/>
+      <c r="C633" s="4"/>
+      <c r="D633" s="6"/>
+      <c r="E633" s="6"/>
+      <c r="F633" s="6"/>
+      <c r="G633" s="9"/>
+    </row>
+    <row r="634" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A634" s="8"/>
+      <c r="B634" s="16"/>
+      <c r="C634" s="4"/>
+      <c r="D634" s="6"/>
+      <c r="E634" s="6"/>
+      <c r="F634" s="6"/>
+      <c r="G634" s="9"/>
+    </row>
+    <row r="635" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A635" s="6"/>
+      <c r="B635" s="6"/>
+      <c r="C635" s="6"/>
+      <c r="D635" s="6"/>
+      <c r="E635" s="6"/>
+      <c r="F635" s="6"/>
+      <c r="G635" s="9"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A2:G602" xr:uid="{7CC72F7F-3422-4391-9B04-AA58965B0402}"/>
+  <autoFilter ref="A2:G623" xr:uid="{7CC72F7F-3422-4391-9B04-AA58965B0402}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="F1:G1"/>
   </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100B3C9C276AFEEAF44A5EEB1316BFEF153" ma:contentTypeVersion="0" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="ad519bfe87475cb025282f53f7303917">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea38c56bd2b816e995eaa7588db9f73d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
@@ -21443,93 +21641,90 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Muitas maksājumu parāds</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>