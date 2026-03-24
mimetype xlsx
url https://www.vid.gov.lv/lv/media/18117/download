--- v6 (2026-03-01)
+++ v7 (2026-03-24)
@@ -8,74 +8,74 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Februāris\Lēmumi\5Lēmumi par muitas maksājumu parādu\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Marts\Lēmumi\5Lēmumi par muitas maksājumu parādu\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{242F314A-078E-4212-ABE4-20D6C6DC916B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3DD3BDCD-DA39-4174-90A5-D5D41B2ACAAF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Muitas maksājumu parāds" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Muitas maksājumu parāds'!$A$2:$G$623</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3882" uniqueCount="1915">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3901" uniqueCount="1927">
   <si>
     <t>Muitas maksājumu parāds</t>
   </si>
   <si>
     <t>Saīsinājumi:
 VSAOI - valsts sociālās apdrošināšanas obligātās iemaksas
 IIN - iedzīvotāju ienākuma nodoklis
 PVN - pievienotās vērtības nodoklis
 MUN - mikrouzņēmuma nodoklis
 AN - akcīzes nodoklis</t>
   </si>
   <si>
     <t>Adresāts</t>
   </si>
   <si>
     <t>Reģ.nr.</t>
   </si>
   <si>
     <t>Spēkā stāšanās datums</t>
   </si>
   <si>
     <t>Pārkāpuma būtība</t>
   </si>
   <si>
     <t>Piemērotā atbildība/sods/uzrēķins</t>
@@ -6437,54 +6437,92 @@
     <t>Neatbilstoša preces tarifa klasifikācija (Komisijas 2023. gada 26. septembra Īstenošanas regula (ES) 2023/2364, ar ko groza I pielikumu Padomes
 1987. gada 23. jūlija Regulā (EEK) Nr. 2658/87 par tarifu un statistikas nomenklatūru un kopējo muitas tarifu)</t>
   </si>
   <si>
     <t>SIA “COMPASS TRANSIT”</t>
   </si>
   <si>
     <t>16.01.2026.</t>
   </si>
   <si>
     <t>Tranzīta procedūras nav pabeigtas pareizi, daļa no Savienības tranzīta procedūrā nodotās preces nav uzrādīta galamērķa muitas iestādē. Par preces izņemšanu no muitas uzraudzības radies muitas maksājumu parāds, par kura samaksu ir  atbildīgs procedūras izmantotājs</t>
   </si>
   <si>
     <t>Nolemts noteikt muitas maksājumu parādu un nokavējuma naudu 158,34 EUR, ko veido muitas nodokļa pamatparāds 69,04 EUR un muitas nodokļa nokavējuma nauda 0,35 EUR, PVN pamatparāds 86,99 EUR un PVN nokavējuma nauda 1,96 EUR, iegrāmatot un dzēst, to samaksājot valsts budžetā ar SIA "Compass Transit" 2026. gada 13. janvārī veiktajiem maksājumiem.</t>
   </si>
   <si>
     <t>23.01.2026.</t>
   </si>
   <si>
     <t>Nolemts noteikt muitas maksājumu parādu 20142,52 EUR, ko veido PVN pamatparāds 19992,57 EUR un tā nokavējuma nauda 149,95 EUR.</t>
   </si>
   <si>
     <t>SIA “PAREX BROKERU SISTĒMA”</t>
   </si>
   <si>
-    <t>Nolemts noteikt muitas maksājumu parādu 3956,74 EUR,  ko veido muitas nodoklis2482,03 EUR un muitas nodokļa nokavējuma nauda 33,58 EUR, PVN 1395,77 EUR un PVN nokavējuma naudu 45,36 EUR.</t>
-[...1 lines deleted...]
-  <si>
     <t>22.01.2026.</t>
+  </si>
+  <si>
+    <t>Nolemts noteikt muitas maksājumu parādu 3956,74 EUR,  ko veido muitas nodoklis 2482,03 EUR un muitas nodokļa nokavējuma nauda 33,58 EUR, PVN 1395,77 EUR un PVN nokavējuma naudu 45,36 EUR.</t>
+  </si>
+  <si>
+    <t>SIA "INTERSOL"</t>
+  </si>
+  <si>
+    <t>29.01.2026.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nodokļu kontrolē konstatēts, ka uzņēmums laišanai brīvā apgrozībā deklarēja no 
+Ukrainas ievestu preci - centrālapkures katli, neiekļaujot preces muitas vērtībā piegādes izmaksas 1700,00 EUR apmērā. Nodokļu kontroles rezultātā radies muitas maksājumu parāds 431,08 EUR. </t>
+  </si>
+  <si>
+    <t>Nolemts noteikt PVN parādu 357,00 EUR un tā nokavējuma naudu 74,08 EUR apmērā, uzliekot par pienākumu iemaksāt tos valsts budžetā.</t>
+  </si>
+  <si>
+    <t>SIA “Apeks serviss”</t>
+  </si>
+  <si>
+    <t xml:space="preserve">06.01.2026.
+</t>
+  </si>
+  <si>
+    <t>SIA “Apeks serviss” muitas noliktavas procedūrai deklarētā ārpussavienības prece – 1333,522 kg ūdenspīpes tabakas – tika izņemta no muitas uzraudzības, kā rezultātā radies muitas maksājumu parāds.</t>
+  </si>
+  <si>
+    <t>Par minēto pārkāpumu SIA “Apeks serviss” papildu nomaksai budžetā tika noteikts ievedmuitas nodoklis 4540,03 EUR un nokavējuma nauda 355,49 EUR, akcīzes nodoklis 107 015,14 EUR un nokavējuma nauda 42 806,06 EUR, kā arī PVN 24 699,49 EUR un nokavējuma nauda 9879,80 EUR..</t>
+  </si>
+  <si>
+    <t>Pārsūdzēts</t>
+  </si>
+  <si>
+    <t>“CANUB GROUP TRANSPORT” MMC</t>
+  </si>
+  <si>
+    <t>LTAZ0000000020745</t>
+  </si>
+  <si>
+    <t>17.02.2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -7037,52 +7075,52 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:H635"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A618" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A623" sqref="A623"/>
+      <pane ySplit="2" topLeftCell="A621" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A626" sqref="A626"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="25.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="16.5546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="71.6640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="77.5546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="16.5546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="71.33203125" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="104.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="23"/>
       <c r="C1" s="23"/>
       <c r="D1" s="23"/>
       <c r="E1" s="23"/>
       <c r="F1" s="24" t="s">
         <v>1</v>
       </c>
@@ -21367,93 +21405,135 @@
       <c r="C622" s="21" t="s">
         <v>1910</v>
       </c>
       <c r="D622" s="12" t="s">
         <v>1789</v>
       </c>
       <c r="E622" s="12" t="s">
         <v>1911</v>
       </c>
       <c r="F622" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G622" s="15" t="s">
         <v>1791</v>
       </c>
       <c r="H622" s="5"/>
     </row>
     <row r="623" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A623" s="8" t="s">
         <v>1912</v>
       </c>
       <c r="B623" s="16">
         <v>40003384089</v>
       </c>
       <c r="C623" s="4" t="s">
-        <v>1914</v>
+        <v>1913</v>
       </c>
       <c r="D623" s="6" t="s">
         <v>1878</v>
       </c>
       <c r="E623" s="6" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="F623" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G623" s="9" t="s">
         <v>337</v>
       </c>
       <c r="H623" s="5"/>
     </row>
-    <row r="624" spans="1:8" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G624" s="9"/>
+    <row r="624" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A624" s="8" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B624" s="16">
+        <v>40003572541</v>
+      </c>
+      <c r="C624" s="4" t="s">
+        <v>1916</v>
+      </c>
+      <c r="D624" s="6" t="s">
+        <v>1917</v>
+      </c>
+      <c r="E624" s="6" t="s">
+        <v>1918</v>
+      </c>
+      <c r="F624" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G624" s="9" t="s">
+        <v>406</v>
+      </c>
       <c r="H624" s="5"/>
     </row>
-    <row r="625" spans="1:7" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="G626" s="9"/>
+    <row r="625" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A625" s="8" t="s">
+        <v>1919</v>
+      </c>
+      <c r="B625" s="16">
+        <v>41503055853</v>
+      </c>
+      <c r="C625" s="4" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D625" s="6" t="s">
+        <v>1921</v>
+      </c>
+      <c r="E625" s="6" t="s">
+        <v>1922</v>
+      </c>
+      <c r="F625" s="6" t="s">
+        <v>1923</v>
+      </c>
+      <c r="G625" s="9" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="626" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A626" s="8" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B626" s="16" t="s">
+        <v>1925</v>
+      </c>
+      <c r="C626" s="4" t="s">
+        <v>1926</v>
+      </c>
+      <c r="D626" s="6" t="s">
+        <v>1878</v>
+      </c>
+      <c r="E626" s="6" t="s">
+        <v>1914</v>
+      </c>
+      <c r="F626" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G626" s="9" t="s">
+        <v>337</v>
+      </c>
     </row>
     <row r="627" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A627" s="8"/>
       <c r="B627" s="16"/>
       <c r="C627" s="4"/>
       <c r="D627" s="6"/>
       <c r="E627" s="6"/>
       <c r="F627" s="6"/>
       <c r="G627" s="9"/>
     </row>
     <row r="628" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A628" s="8"/>
       <c r="B628" s="16"/>
       <c r="C628" s="4"/>
       <c r="D628" s="6"/>
       <c r="E628" s="6"/>
       <c r="F628" s="6"/>
       <c r="G628" s="9"/>
     </row>
     <row r="629" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A629" s="8"/>
       <c r="B629" s="16"/>
       <c r="C629" s="4"/>
       <c r="D629" s="6"/>
       <c r="E629" s="6"/>
@@ -21674,57 +21754,57 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Muitas maksājumu parāds</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>