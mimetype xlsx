--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -11,71 +11,71 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Oktobris\Lēmumi\6Lēmumi par nodokļu kontroles rēķinu\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C25BDF4A-60FB-400A-9026-3345667CE273}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8D148D88-6217-4A33-9D88-6DB5CF7709B7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nodokļu kontroles rēķins" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Nodokļu kontroles rēķins'!$A$2:$G$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3643" uniqueCount="2568">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3769" uniqueCount="2651">
   <si>
     <t>Nodokļu kontroles rēķins</t>
   </si>
   <si>
     <t>Saīsinājumi:
 VSAOI - valsts sociālās apdrošināšanas obligātās iemaksas
 IIN - iedzīvotāju ienākuma nodoklis
 PVN - pievienotās vērtības nodoklis
 MUN - mikrouzņēmuma nodoklis
 AN - akcīzes nodoklis</t>
   </si>
   <si>
     <t>Adresāts</t>
   </si>
   <si>
     <t>Reģ.nr.</t>
   </si>
   <si>
     <t>Spēkā stāšanās datums</t>
   </si>
   <si>
     <t>Pārkāpuma būtība</t>
   </si>
   <si>
     <t>Piemērotā atbildība/sods/uzrēķins</t>
@@ -9816,80 +9816,441 @@
 - PVN 10383,95 EUR;
 - nokavējuma nauda 1648,68 EUR;
 - VSAOI 3772,24 EUR;
 - nokavējuma nauda 836,30 EUR;
 - IIN 3134,16 EUR;
 - nokavējuma nauda 686,59 EUR.</t>
   </si>
   <si>
     <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, Pievienotās vērtības nodokļa likuma 34. panta desmitā daļa, 84. panta pirmā daļa, 117. panta astotā daļa, 118. panta desmitā daļa, 119. panta otrā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.9 daļa un likuma “Par valsts sociālo apdrošināšanu” 14. panta 12.1 daļa.</t>
   </si>
   <si>
     <t xml:space="preserve"> SIA “DG&amp;NK”</t>
   </si>
   <si>
     <t>Nav veikta reģistrācija VID PVN reģistrā, sasniedzot reģistrācijas slieksni 40 000,00 EUR.  </t>
   </si>
   <si>
     <t>Budžetā noteikts iemaksāt 15732,54 EUR, t. sk.:
 - PVN 12991,36 EUR;
 - nokavējuma nauda 2741,18 EUR.</t>
   </si>
   <si>
     <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, Pievienotās vērtības nodokļa likuma 34. panta desmitā daļa, 84. panta pirmā daļa, 117. panta astotā daļa, 118. panta desmitā daļa, 119. panta otrā daļa.</t>
   </si>
   <si>
-    <t>SIA MBENZ</t>
+    <t>SIA "MBENZ"</t>
   </si>
   <si>
     <t>01.09.2025.</t>
   </si>
   <si>
     <t>Nav veikta reģistrācija VID PVN reģistrā, sasniedzot reģistrācijas slieksni 50 000,00 EUR. Nodarbinātajām personām nav aprēķināta darba alga par faktiski nostrādātajām stundām, nav aprēķināti nodokļi no valdes locekļa domājamā ienākuma.</t>
   </si>
   <si>
     <t>Budžetā noteikts iemaksāt 2197,28 EUR, t. sk.:
 - PVN 785,49 EUR;
 - nokavējuma nauda 91,60 EUR;
 - VSAOI 825,15 EUR;
 - nokavējuma nauda 127,64 EUR</t>
   </si>
   <si>
+    <t>SIA "GPSKA"</t>
+  </si>
+  <si>
     <t>Nodarbinātajām personām nav aprēķināta darba alga par faktiski nostrādātajām stundām, nav aprēķināti nodokļi no valdes locekļa domājamā ienākuma.</t>
   </si>
   <si>
     <t>Budžetā noteikts iemaksāt 2556,49 EUR, t. sk.:
 - VSAOI 1466,82 EUR;
 - nokavējuma nauda 124,09 EUR;
 - IIN 888,10 EUR;
 - nokavējuma nauda 77,48 EUR.</t>
   </si>
   <si>
     <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.9 daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā un 12.1 daļa, 18. panta pirmā daļa, 23. panta pirmā daļa.</t>
   </si>
   <si>
-    <t>SIA "GPSKA"</t>
+    <t>SIA "VELTIC"</t>
+  </si>
+  <si>
+    <t>03.09.2025.</t>
+  </si>
+  <si>
+    <t>Nodarbinātajām personām nav aprēķināta darba alga par faktiski nostrādātajām stundām, darba algas aprēķināšanā piemērotas zemākas stundu tarifa likmes par valstī noteiktajām. Nav aprēķināti nodokļi no valdes locekļa domājamā ienākuma.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 2342,53 EUR, t. sk.:
+- VSAOI 1657,56 EUR;
+- nokavējuma nauda 95,38 EUR;
+- IIN 566,10 EUR;
+- nokavējuma nauda 23,49 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.9 daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā un 12.1 daļa, 18. panta pirmā daļa, 20. panta pirmā daļa.</t>
+  </si>
+  <si>
+    <t>IK "FUTBALIST"</t>
+  </si>
+  <si>
+    <t>04.09.2025.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 1322,05 EUR, t. sk.:
+- VSAOI 1151,69 EUR;
+- nokavējuma nauda 170,36 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā un18. panta pirmā daļa, 20. panta pirmā daļa.</t>
+  </si>
+  <si>
+    <t>SIA "EasyJourney"</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 1784,96 EUR, t. sk.:
+- VSAOI 1137,06 EUR;
+- nokavējuma nauda 54,62 EUR;
+- IIN 566,10 EUR;
+- nokavējuma nauda 27,18 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.9 daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā un 12.1 daļa, 21. panta pirmā un otrā daļa, 23. panta pirmā daļa.</t>
+  </si>
+  <si>
+    <t>SIA "KLITY"</t>
+  </si>
+  <si>
+    <t>05.09.2025.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 3216,24 EUR; t. sk.:
+- VSAOI 2123,24 EUR;
+- nojavējuma nauda 142,30 EUR
+- IIN 888,10 EUR;
+- nokavējuma nauda 62,60 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.9 daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā un 12.1 daļa, 18. panta pirmā daļa.</t>
+  </si>
+  <si>
+    <t>SIA "ATEO"</t>
+  </si>
+  <si>
+    <t>08.09.2025.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 1612,35 EUR, t. sk.:
+- VSAOI 1296,76 EUR;
+- nokavējuma nauda 116,23 EUR;
+- IIN 188,70 EUR;
+- nokavējuma nauda 10,66 EUR.</t>
+  </si>
+  <si>
+    <t>SIA "SIN SHIRTS"</t>
+  </si>
+  <si>
+    <t>11.09.2025.</t>
+  </si>
+  <si>
+    <t>budžetā noteikts iemaksāt 24179,58 EUR, t.sk.
+PVN- 9828,36 EUR;
+nokavējuma nauda - 1199,11 EUR;
+UIN- 11723,00 EUR;
+nokavējuma nauda- 1429,11 EUR</t>
+  </si>
+  <si>
+    <t>pamatojoties uz likuma “Par nodokļiem un nodevām” 15. panta pirmās daļas 1.  un 2. punktu, 23. panta 5.2 daļas 3. punktu, 29. panta otro un trešo daļu, Pievienotās vērtības nodokļa likuma 92 panta pirmās daļas 1. punktu, 106. panta pirmo daļu, Uzņēmumu ienākuma nodokļa likuma 3. panta pirmo un otro daļu, 4. panta pirmo daļu, 4. panta otrās daļas 2.punkta a) apakšpunktu, 4. panta devīto daļu, 8. panta pirmo daļu un otrās daļas 2. punktu, 17. panta pirmo daļu un septīto daļu; Ministru kabineta 13.02.2018. noteikumu Nr. 93 “Noteikumi par uzņēmumu ienākuma nodokļa deklarācijā iekļaujamo informāciju” 2. punktu</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SIA "Reno Art" </t>
+  </si>
+  <si>
+    <t>budžetā noteikts iemaksāt 20 682,58 EUR, t.sk.
+PVN- 6 886,76 EUR;
+nokavējuma naida - 2 554,99 EUR;
+UIN- 8 199,00  EUR;
+nokavējuma nauda- 3 041,83 EUR</t>
+  </si>
+  <si>
+    <t>likuma “Par nodokļiem un nodevām” 15. panta pirmās daļu, 23. panta 5.2 daļas 3. punktu, 29. panta otro un trešo daļu, Pievienotās vērtības nodokļa likuma 92. panta pirmo daļu;  Uzņēmumu ienākuma nodokļa likuma 2. panta pirmo daļu, 3. panta pirmo un otro daļu, 4. panta otro un devīto daļu, 8. panta pirmo daļu un otrās daļas 2. punktu, 17. panta pirmo daļu</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SIA "URBANSHUTTLE" </t>
+  </si>
+  <si>
+    <t>10.09.2025.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 1479,74 EUR, t. sk.:
+- VSAOI 849,67 EUR;
+- nokavējuma nauda 38,96 EUR;
+- IIN 566,10 EUR;
+- nokavējuma nauda 25,01 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.9 daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā un 12.1 daļa, 18. panta pirmā daļa, 20 panta pirmā daļa, 23. panta pirmā daļa.</t>
+  </si>
+  <si>
+    <t>SIA  "SeYuL"</t>
+  </si>
+  <si>
+    <t>Nav veikta reģistrācija VID PVN reģistrā, sasniedzot reģistrācijas slieksni 50 000,00 EUR. Nav aprēķināti nodokļi no valdes locekļa domājamā ienākuma.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 11927,34 EUR, t. sk.:
+- PVN 6795,69 EUR;
+- nokavējuma nauda 443,23 EUR;
+- VSAOI 3331,01 EUR;
+- nokavējuma nauda 189,25 EUR;
+- IIN 1104,50 EUR;
+- nokavējuma nauda 63,66 EUR</t>
+  </si>
+  <si>
+    <t>SIA “LuxRoof”</t>
+  </si>
+  <si>
+    <t xml:space="preserve">09.09.2025. </t>
+  </si>
+  <si>
+    <t>1. Nav deklarētas visas darba ņēmēju  nostrādātās darba stundas, nav deklarēti darba ienākumi pilnā apmērā, tādējādi pilnā apmērā netika deklarēti un samaksāti valsts budžetā nodokļi. 
+2. Konstatēti izdevumi, kuri nav sasitīti ar SIA ”LuxRoof”saimniecisko darbību, t.i. izlietoti skaidras naudas līdzekļi no kases, kā arī transportlīdzekļu izmantošanas izdevumi nav pamatoti ar attaisnojuma dokumentiem.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 46 594,23 EUR, t.sk.:
+ - VSAOI 5 004,05 EUR;
+ - nokavējuma nauda 773,38 EUR;
+ -  IIN 2 433,47 EUR;
+ - nokavējuma nauda 378,90 EUR;
+ - UIN 36 107 EUR;
+ - nokavējuma nauda 1 783,45 EUR; 
+ - PVN 98,60 EUR;
+ - nokavējuma nauda 15,38 EUR; 
+- samazināts no budžeta atmaksājamais PVN 666,72 EUR. </t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļau, 16. panta otrā daļa, 21. panta pirmā un otrā daļa un 23. panta pirmā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 1. panta pirmās daļas 1. punkta, 2. pants, 3. panta pirmās daļa un trešās daļas 1. punkts, 4. panta pirmās daļas 1. punkts, 8. panta pirmā un otrā daļa, 15. panta trešā un septiņpadsmito daļa (spēkā līdz 31.12.2024.), 16.1. panta pirmā daļa, 17. panta pirmā daļa un piektās daļas 3. punkts, 29. panta pirmās daļas 1.,4.,5. punkts, Pievienotās vērtības nodokļa likuma 5. panta pirmās daļas 3. punkts, 92. panta pirmās daļas 1. punkts, 100. panta otrās daļas 1.,2.punkts, 106. panta pirmā daļa, Uzņēmumu ienākuma nodokļa likuma 3. panta pirmā un otrā daļa, 4. panta otrās daļas 2. punkta “a” apakšpunkts un devītā daļa, 8. panta pirmā un otrā daļa, 17. panta pirmā un septītā daļa, un Ministru kabineta 2018. gada 13. februāra noteikumu Nr. 93 “Noteikumi par uzņēmumu ienākuma nodokļa deklarācijā iekļaujamo informāciju” 2. punkts</t>
+  </si>
+  <si>
+    <t>SIA “GAMEDAY”</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Periodā no 06.01.2023. līdz 14.07.2024. SIA “GAMEDAY” valdes loceklim  izmaksāta darba alga no kuras nav aprēķinātas VSAOI un IIN.
+2. valdes loceklis par saņemto avansu nav veicis norēķinu 90 dienu laikā, tādejādi gūstot labumu par kuru nav aprēķinātas VSAOI un IIN.
+3. SIA “GAMEDAY” ir sniegusi pakalpojumus, kuru summa pārsniegusi likumā noteikto slieksni, bet nav reģistrējusies PVN maksātāju reģistrā, tādejādi par summu, kas pārsniedza PVN slieksni nav aprēķināts PVN.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budžetā noteikts iemaksāt 106 843,44 EUR, tai skaitā:
+-VSAOI 48 364,24 EUR;
+- VSAOI nokavējuma nauda 11 042,60 EUR;
+- IIN 29 996,68 EUR;
+- IIN nokavējuma nauda 6 789,07 EUR;
+- PVN 9 029,98 EUR
+-PVN nokavējuma nauda 1 620,87 EUR.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3.punkts, likuma “Par iedzīvotāju ienākuma nodokli” 3. panta pirmā daļa, 8. panta pirmā un otrā daļa, 16.1 panta pirmā daļa, 17. panta pirmā un piektā daļa, 29. panta pirmās daļas 1. punkts, 31. panta trešā daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, 16. panta otrā daļa, 20. panta pirmā un otrā daļa, Pievienotās vērtības nodokļa likuma 5. panta pirmās daļas 1. un 2. punkts,34. panta pirmā daļa, 34. panta desmitā daļa (redakcija, kas spēkā līdz 31.12.2023.), 119. panta otrā daļa (redakcija, kas spēkā līdz 31.12.2023.), 84. panta pirmā daļa, 41. panta pirmās daļas 1. punkts, 117. panta astotā daļa, 118. panta desmitā daļa, 119. panta piektā daļa, 59. panta otrā daļa. 
+</t>
+  </si>
+  <si>
+    <t>SIA “EVENT TECHNOLOGY”</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. par periodā no 01.01.2023. līdz 11.03.2024. saņemto avansu SIA “EVENT TECHNOLOGY” valdes loceklis nav veicis norēķinu 90 dienu laikā, tādejādi gūstot labumu, par kuru nav aprēķinātas VSAOI un IIN.
+2.. SIA “EVENT TECHNOLOGY” ir sniegusi pakalpojumus, kuru summa pārsniegusi likumā noteikto slieksni, bet nav reģistrējusies PVN maksātāju reģistrā, tādejādi par summu, kas pārsniedza PVN slieksni nav aprēķināts PVN.
+3. Periodā no 01.01.2023. līdz 11.03.2024. veikti pirkumi par kuriem nav iesniegti darījumu apliecinoši dokumenti. Tādejādi pirkumi nav atzīstami par ar saimniecisko darbību saistītām izmaksām un no tiem ir aprēķināms UIN.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budžetā noteikts iemaksāt 891 254,46 EUR, tai skaitā:
+-VSAOI 321 170,99 EUR;
+- VSAOI nokavējuma nauda 92 470,26 EUR;
+- IIN 196 904,48 EUR;
+- IIN nokavējuma nauda 57 305,02 EUR;
+- PVN 140 721,44 EUR
+-PVN nokavējuma nauda 46 880,27EUR;
+-UIN 26 719,00 EUR;
+-UIN nokavējuma nauda 9 083,00 EUR.
+</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.7 daļa, 15. panta septiņpadsmitā daļa (redakcija spēkā līdz 31.12.2024.), 17. panta pirmā, piektā daļa, 29. panta pirmās daļas 1. un 4. punkts, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, 16. panta otrā daļa 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 21. panta pirmā un otrā daļa, 23. panta pirmā daļa, likuma “Pievienotās vērtības nodokļa likums” 5. panta pirmās daļas 1. punkts, 34. panta desmitā daļa (redakcija spēkā līdz 31.12.2023.), 41. panta pirmās daļas 1. punkts, 59. panta otrā daļa, 84. panta pirmā daļa, 117. panta astotā daļa, 118. panta desmitā daļa, 119. panta otrā daļa (redakcija spēkā līdz 31.12.2023.), Uzņēmuma ienākuma nodokļa likuma 3. panta pirmā daļa, 4. panta devītā daļa, 8. panta otrās daļas 1. punkts, 17. panta pirmā un septītā daļa.</t>
+  </si>
+  <si>
+    <t>IK "MERKT"</t>
+  </si>
+  <si>
+    <t>PVN deklarācijās nav deklarēti ieņēmumi no pakalpojumu sniegšanas, nav aprēķināts PVN.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 1935,77 EUR, t. sk.:
+- PVN 1839,75 EUR;
+- nokavējuma nauda 96,02 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, Pievienotās vērtības nodokļa likuma 34. panta pirmā daļa, 84. panta pirmā daļa, 117. panta pirmā daļa, 118. pirmā daļa, 119. panta pirmā daļa.</t>
+  </si>
+  <si>
+    <t>SIA "GELEOS"</t>
+  </si>
+  <si>
+    <t>Nodarbinātajām personām nav aprēķināta darba alga par faktiski nostrādātajām stundām, kā arī darba alga aprēķināšanā piemērotas zemākas stundu tarifa likmes par valstī noteiktajām.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 2565,55 EUR, t. sk.:
+- VSAOI 2419,49 EUR;
+- nokavējuma nauda 146,05 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, 18. panta pirmā daļa, 20. panta pirmā daļa.</t>
+  </si>
+  <si>
+    <t>SIA "DE ORDITUS"</t>
+  </si>
+  <si>
+    <t>Nodarbinātajām personām nav aprēķināta darba alga par faktiski nostrādātajām stundām, darba alga aprēķināšanā piemērotas zemākas stundu tarifa likmes par valstī noteiktajām. Nav aprēķināti nodokļi no valdes locekļa domājamā ienākuma.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 489,47 EUR, t. sk.:
+- VSAOI 279,70 EUR;
+- nokavējuma nauda 12,58 EUR;
+- IIN 188,70 EUR;
+- nokavējuma nauda 8,49 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.9 daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā un 12.1 daļa, 18. panta pirmā daļa, 20 panta pirmā un otrā daļa.</t>
+  </si>
+  <si>
+    <t>SIA "COPG"</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 2046,57 EUR, t. sk.:
+- VSAOI 1643,65 EUR;
+- nokavējuma nauda 198,75 EUR;
+- IIN 188,70 EUR;
+- nokavējuma nauda 15,47 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.9 daļa, likuma “Par valsts sociālo apdrošināšanu” 1. panta 2. punkta "m" apakšpunkts, 14. panta 12.1 daļa.</t>
+  </si>
+  <si>
+    <t>SIA “NAUDA RUNĀ”</t>
+  </si>
+  <si>
+    <t>18.09.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.Nav veikta reģistrācija PVN maksātāju reģistrā.
+2.Darba ņēmējiem nav aprēķināti darba ienākumi par nostrādātajām stundām atbilstoši darba līguma un nodarbinātības nosacījumiem
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budžetā noteikts iemaksāt 28 588,80 EUR, t. sk:
+– PVN 16 678,30 EUR;
+– nokavējuma nauda 1014,39 EUR;
+– VSAOI 10 332,42 EUR;
+– nokavējuma nauda 563,69 EUR.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 23. panta četrpadsmitā daļa, 29. panta otrā daļa.
+2.Pievienotās vērtības nodokļa likuma 88. panta pirmā daļa, 19. panta pirmā daļa;
+3.Grāmatvedības likuma 5. un 6. pants.
+4.Likuma “Par valsts sociālo apdrošināšanu” 18. panta pirmā daļa. 
+</t>
+  </si>
+  <si>
+    <t>SIA "INTEGRYX"</t>
+  </si>
+  <si>
+    <t>Par ieņēmumiem no saimnieciskās darbības nav aprēķināts PVN un UIN.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budžetā noteikts iemaksāt 17 650,60 EUR, t.sk.:
+-PVN 5651,06 EUR;
+-nokavējuma naudu 1581,38 EUR;
+-UIN 8140,22 EUR;
+-nokavējuma naudu 2277,94 EUR.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1) Pievienotās vērtības nodokļa likuma 5.pants, 41.panta pirmās daļas 1.punkts, 84.panta pirmā daļa, 118.panta pirmā daļa, 119.panta pirmā daļa._x000D_
+2) Uzņēmumu ienākuma nodokļa likuma 4.panta pirmā daļa, 4.panta otrās daļas 2.punkts, 4.panta devītā daļa, 8.panta pirmā daļa, 8.panta otrās daļas 2.punkts, 8.panta 2.1daļas 2.punkts, 17.panta pirmā un septītā daļa._x000D_
+3) Ministru kabineta 2017.gada 14.novembra noteikumu Nr.677 “Uzņēmumu ienākuma nodokļa likuma normu piemērošanas noteikumi” 6.punkts._x000D_
+4) Likuma “Par nodokļiem un nodevām 15.panta pirmās daļas 4.punkts, 5.punkts un 11.punkts, 23.panta 5.2daļas 3.punkts, 5.4daļa, 5.5daļa, 6.daļas 1.,4.,5.,9.punkts,7.daļas 2.un 8.punkts, 23.panta piektā daļa, 29.panta otrā daļa. _x000D_
+</t>
+  </si>
+  <si>
+    <t>SIA “ASLAN”</t>
+  </si>
+  <si>
+    <t>19.09.2025.</t>
+  </si>
+  <si>
+    <t>SIA “ASLAN” nav reģistrējusies PVN maksātāju reģistrā, no visiem ieņēmumiem nav aprēķinajusi un samaksājusi PVN budžetā.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budžetā noteikts iemaksāt 24 679,02 EUR, t.sk.:
+- PVN 21 529,37 EUR;
+- nokavējuma nauda 3 149,65 EUR;
+</t>
+  </si>
+  <si>
+    <t>Likuma "Par nodokļiem un nodevām” 15. panta pirmās daļas 1. un 2. punkts, 23. panta 5.2 daļas 3. punkts un 29. panta otrā un trešā daļā, Pievienotās vērtības nodokļa likuma 1. panta otrā daļa, 5. panta pirmās daļas 2. punkts, 19. panta pirmā daļa, 32. panta pirmā un otrā daļa, 34. panta pirmā daļa, 41. panta pirmās daļas 1. punkts, 55. panta pirmās daļas 2. punkts, 84. panta pirmā daļa, 88. panta pirmā daļa, 119. panta pirmā daļa, 117. panta astotā daļa, 118. panta desmitā daļa, 119. panta piektā daļa.</t>
+  </si>
+  <si>
+    <t>SIA “NORDLAT2015”</t>
+  </si>
+  <si>
+    <t>22.09.2025.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 17469,44 EUR, t. sk.:_x000D_
+- VSAOI 15937,60 EUR;_x000D_
+- nokavējuma nauda 1142,27 EUR;_x000D_
+- IIN 377,40 EUR;_x000D_
+- nokavējuma nauda 12,17 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.9 daļa, likuma “Par valsts sociālo apdrošināšanu” 12. panta pirmā daļa, 14. panta pirmā un 12.1 daļa, 18. panta pirmā daļa.</t>
+  </si>
+  <si>
+    <t>SIA "Būvnieks PJ"</t>
+  </si>
+  <si>
+    <t>Nodarbinātajām personām nav aprēķināta darba alga par faktiski nostrādātajām stundām. Nav aprēķināti nodokļi no darbiniekiem faktiski izmaksātajām darba algām un no valdes locekļa domājamā ienākuma.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 51990,18 EUR, t. sk.:_x000D_
+- VSAOI 29903,00 EUR;_x000D_
+- nokavējuma nauda 1216,60 EUR;_x000D_
+- IIN 20054,67 EUR;_x000D_
+- nokavējuma nauda 815,91 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā un 12.1 daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, likuma "Par iedzīvotāju ienākuma nodokli" 8. panta 2.9 daļa, 16.1 panta pirmā daļa, 29. panta  pirmās daļas 1. punkts.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -10040,51 +10401,51 @@
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="41">
+  <cellXfs count="42">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
@@ -10152,50 +10513,53 @@
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{16A88378-CB39-44A1-8A9D-9B24210459BD}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF0066"/>
       <color rgb="FFFF6699"/>
       <color rgb="FF97B7FF"/>
       <color rgb="FF002169"/>
     </mruColors>
   </colors>
@@ -10555,16080 +10919,17130 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:M855"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A601" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A607" sqref="A607"/>
+      <pane ySplit="2" topLeftCell="A620" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A628" sqref="A628"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="22.109375" style="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="9.33203125" style="2"/>
+    <col min="1" max="1" width="22.140625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="18.42578125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="16.28515625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="65.140625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="56.85546875" style="1" customWidth="1"/>
+    <col min="6" max="6" width="17.5703125" style="2" customWidth="1"/>
+    <col min="7" max="7" width="76.140625" style="2" customWidth="1"/>
+    <col min="8" max="16384" width="9.28515625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="104.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="38" t="s">
+    <row r="1" spans="1:7" ht="104.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="39" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="39"/>
-[...3 lines deleted...]
-      <c r="F1" s="40" t="s">
+      <c r="B1" s="40"/>
+      <c r="C1" s="40"/>
+      <c r="D1" s="40"/>
+      <c r="E1" s="40"/>
+      <c r="F1" s="41" t="s">
         <v>1</v>
       </c>
-      <c r="G1" s="40"/>
-[...1 lines deleted...]
-    <row r="2" spans="1:7" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G1" s="41"/>
+    </row>
+    <row r="2" spans="1:7" ht="43.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="3" spans="1:7" s="4" customFormat="1" ht="92.4" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:7" s="4" customFormat="1" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A3" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="13">
         <v>45402006916</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="14" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="14" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="14" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="4" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A4" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="13">
         <v>40103316924</v>
       </c>
       <c r="C4" s="13" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="14" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F4" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="14" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="5" spans="1:7" ht="237.6" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:7" ht="229.5" x14ac:dyDescent="0.2">
       <c r="A5" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="13">
         <v>40203170709</v>
       </c>
       <c r="C5" s="13" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="10" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="15" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="6" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A6" s="12" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="13">
         <v>40003831156</v>
       </c>
       <c r="C6" s="13" t="s">
         <v>25</v>
       </c>
       <c r="D6" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>27</v>
       </c>
       <c r="F6" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="15" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="7" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:7" ht="140.25" x14ac:dyDescent="0.2">
       <c r="A7" s="12" t="s">
         <v>29</v>
       </c>
       <c r="B7" s="13">
         <v>41203026677</v>
       </c>
       <c r="C7" s="13" t="s">
         <v>30</v>
       </c>
       <c r="D7" s="12" t="s">
         <v>31</v>
       </c>
       <c r="E7" s="12" t="s">
         <v>32</v>
       </c>
       <c r="F7" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="12" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="8" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A8" s="12" t="s">
         <v>34</v>
       </c>
       <c r="B8" s="13">
         <v>40203383546</v>
       </c>
       <c r="C8" s="13" t="s">
         <v>30</v>
       </c>
       <c r="D8" s="10" t="s">
         <v>35</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>36</v>
       </c>
       <c r="F8" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="14" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="9" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A9" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B9" s="13">
         <v>40103617532</v>
       </c>
       <c r="C9" s="13" t="s">
         <v>39</v>
       </c>
       <c r="D9" s="14" t="s">
         <v>40</v>
       </c>
       <c r="E9" s="14" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="14" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="10" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A10" s="12" t="s">
         <v>43</v>
       </c>
       <c r="B10" s="13">
         <v>40003518244</v>
       </c>
       <c r="C10" s="13" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>45</v>
       </c>
       <c r="E10" s="14" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G10" s="14" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="11" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:7" ht="140.25" x14ac:dyDescent="0.2">
       <c r="A11" s="12" t="s">
         <v>48</v>
       </c>
       <c r="B11" s="13">
         <v>43603062510</v>
       </c>
       <c r="C11" s="13" t="s">
         <v>49</v>
       </c>
       <c r="D11" s="10" t="s">
         <v>50</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>51</v>
       </c>
       <c r="F11" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G11" s="15" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="12" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A12" s="12" t="s">
         <v>53</v>
       </c>
       <c r="B12" s="13">
         <v>40203300169</v>
       </c>
       <c r="C12" s="13" t="s">
         <v>54</v>
       </c>
       <c r="D12" s="10" t="s">
         <v>55</v>
       </c>
       <c r="E12" s="14" t="s">
         <v>56</v>
       </c>
       <c r="F12" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G12" s="14" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="13" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A13" s="12" t="s">
         <v>58</v>
       </c>
       <c r="B13" s="13">
         <v>40003982257</v>
       </c>
       <c r="C13" s="13" t="s">
         <v>59</v>
       </c>
       <c r="D13" s="10" t="s">
         <v>60</v>
       </c>
       <c r="E13" s="14" t="s">
         <v>61</v>
       </c>
       <c r="F13" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G13" s="14" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="14" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:7" ht="178.5" x14ac:dyDescent="0.2">
       <c r="A14" s="16" t="s">
         <v>63</v>
       </c>
       <c r="B14" s="13">
         <v>40203220662</v>
       </c>
       <c r="C14" s="13" t="s">
         <v>64</v>
       </c>
       <c r="D14" s="10" t="s">
         <v>65</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>66</v>
       </c>
       <c r="F14" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G14" s="15" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="15" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A15" s="12" t="s">
         <v>68</v>
       </c>
       <c r="B15" s="17">
         <v>40203455609</v>
       </c>
       <c r="C15" s="13" t="s">
         <v>69</v>
       </c>
       <c r="D15" s="10" t="s">
         <v>70</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>71</v>
       </c>
       <c r="F15" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G15" s="15" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="16" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A16" s="12" t="s">
         <v>73</v>
       </c>
       <c r="B16" s="13">
         <v>40203326045</v>
       </c>
       <c r="C16" s="13" t="s">
         <v>69</v>
       </c>
       <c r="D16" s="10" t="s">
         <v>74</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>75</v>
       </c>
       <c r="F16" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="15" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="17" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A17" s="12" t="s">
         <v>77</v>
       </c>
       <c r="B17" s="13">
         <v>40103969429</v>
       </c>
       <c r="C17" s="13" t="s">
         <v>64</v>
       </c>
       <c r="D17" s="14" t="s">
         <v>78</v>
       </c>
       <c r="E17" s="14" t="s">
         <v>79</v>
       </c>
       <c r="F17" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G17" s="14" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="18" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:7" ht="140.25" x14ac:dyDescent="0.2">
       <c r="A18" s="12" t="s">
         <v>81</v>
       </c>
       <c r="B18" s="13">
         <v>42103088434</v>
       </c>
       <c r="C18" s="18" t="s">
         <v>82</v>
       </c>
       <c r="D18" s="14" t="s">
         <v>83</v>
       </c>
       <c r="E18" s="14" t="s">
         <v>84</v>
       </c>
       <c r="F18" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="14" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="19" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A19" s="12" t="s">
         <v>86</v>
       </c>
       <c r="B19" s="13">
         <v>40103755681</v>
       </c>
       <c r="C19" s="13" t="s">
         <v>87</v>
       </c>
       <c r="D19" s="14" t="s">
         <v>88</v>
       </c>
       <c r="E19" s="14" t="s">
         <v>89</v>
       </c>
       <c r="F19" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="14" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="20" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A20" s="12" t="s">
         <v>91</v>
       </c>
       <c r="B20" s="13">
         <v>40203001960</v>
       </c>
       <c r="C20" s="13" t="s">
         <v>87</v>
       </c>
       <c r="D20" s="10" t="s">
         <v>92</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>93</v>
       </c>
       <c r="F20" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G20" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="21" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A21" s="12" t="s">
         <v>95</v>
       </c>
       <c r="B21" s="13">
         <v>40203341631</v>
       </c>
       <c r="C21" s="13" t="s">
         <v>82</v>
       </c>
       <c r="D21" s="10" t="s">
         <v>96</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>97</v>
       </c>
       <c r="F21" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G21" s="10" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="22" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A22" s="12" t="s">
         <v>99</v>
       </c>
       <c r="B22" s="13">
         <v>50203397641</v>
       </c>
       <c r="C22" s="13" t="s">
         <v>82</v>
       </c>
       <c r="D22" s="10" t="s">
         <v>100</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>101</v>
       </c>
       <c r="F22" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G22" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="23" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:7" ht="165.75" x14ac:dyDescent="0.2">
       <c r="A23" s="12" t="s">
         <v>102</v>
       </c>
       <c r="B23" s="13">
         <v>40203361572</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>103</v>
       </c>
       <c r="D23" s="10" t="s">
         <v>104</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>105</v>
       </c>
       <c r="F23" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G23" s="14" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="24" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:7" ht="191.25" x14ac:dyDescent="0.2">
       <c r="A24" s="12" t="s">
         <v>107</v>
       </c>
       <c r="B24" s="13">
         <v>40203440942</v>
       </c>
       <c r="C24" s="13" t="s">
         <v>108</v>
       </c>
       <c r="D24" s="10" t="s">
         <v>109</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>110</v>
       </c>
       <c r="F24" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G24" s="10" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="25" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A25" s="12" t="s">
         <v>112</v>
       </c>
       <c r="B25" s="13">
         <v>40203443671</v>
       </c>
       <c r="C25" s="13" t="s">
         <v>113</v>
       </c>
       <c r="D25" s="10" t="s">
         <v>114</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>115</v>
       </c>
       <c r="F25" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G25" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="26" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A26" s="12" t="s">
         <v>116</v>
       </c>
       <c r="B26" s="13">
         <v>40203375676</v>
       </c>
       <c r="C26" s="13" t="s">
         <v>113</v>
       </c>
       <c r="D26" s="10" t="s">
         <v>117</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>118</v>
       </c>
       <c r="F26" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G26" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="27" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:7" ht="178.5" x14ac:dyDescent="0.2">
       <c r="A27" s="12" t="s">
         <v>119</v>
       </c>
       <c r="B27" s="13">
         <v>40203441030</v>
       </c>
       <c r="C27" s="13" t="s">
         <v>120</v>
       </c>
       <c r="D27" s="10" t="s">
         <v>121</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>122</v>
       </c>
       <c r="F27" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="10" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="28" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A28" s="12" t="s">
         <v>124</v>
       </c>
       <c r="B28" s="13">
         <v>40203452617</v>
       </c>
       <c r="C28" s="13" t="s">
         <v>125</v>
       </c>
       <c r="D28" s="14" t="s">
         <v>126</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>127</v>
       </c>
       <c r="F28" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G28" s="10" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="29" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A29" s="12" t="s">
         <v>129</v>
       </c>
       <c r="B29" s="13">
         <v>40203455346</v>
       </c>
       <c r="C29" s="13" t="s">
         <v>103</v>
       </c>
       <c r="D29" s="10" t="s">
         <v>130</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>131</v>
       </c>
       <c r="F29" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G29" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="30" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A30" s="12" t="s">
         <v>132</v>
       </c>
       <c r="B30" s="13">
         <v>40203340246</v>
       </c>
       <c r="C30" s="13" t="s">
         <v>103</v>
       </c>
       <c r="D30" s="10" t="s">
         <v>133</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>134</v>
       </c>
       <c r="F30" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G30" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="31" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A31" s="12" t="s">
         <v>135</v>
       </c>
       <c r="B31" s="13">
         <v>40203349921</v>
       </c>
       <c r="C31" s="13" t="s">
         <v>136</v>
       </c>
       <c r="D31" s="10" t="s">
         <v>137</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>138</v>
       </c>
       <c r="F31" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G31" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="32" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A32" s="12" t="s">
         <v>139</v>
       </c>
       <c r="B32" s="13">
         <v>40203484754</v>
       </c>
       <c r="C32" s="13" t="s">
         <v>136</v>
       </c>
       <c r="D32" s="10" t="s">
         <v>140</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>141</v>
       </c>
       <c r="F32" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G32" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="33" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A33" s="12" t="s">
         <v>142</v>
       </c>
       <c r="B33" s="13" t="s">
         <v>143</v>
       </c>
       <c r="C33" s="13" t="s">
         <v>136</v>
       </c>
       <c r="D33" s="10" t="s">
         <v>144</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>145</v>
       </c>
       <c r="F33" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G33" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="34" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:7" ht="178.5" x14ac:dyDescent="0.2">
       <c r="A34" s="12" t="s">
         <v>146</v>
       </c>
       <c r="B34" s="13">
         <v>40203346588</v>
       </c>
       <c r="C34" s="13" t="s">
         <v>103</v>
       </c>
       <c r="D34" s="10" t="s">
         <v>147</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>148</v>
       </c>
       <c r="F34" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G34" s="10" t="s">
         <v>149</v>
       </c>
     </row>
-    <row r="35" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A35" s="12" t="s">
         <v>150</v>
       </c>
       <c r="B35" s="13" t="s">
         <v>151</v>
       </c>
       <c r="C35" s="13" t="s">
         <v>103</v>
       </c>
       <c r="D35" s="10" t="s">
         <v>152</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>153</v>
       </c>
       <c r="F35" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G35" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="36" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A36" s="12" t="s">
         <v>154</v>
       </c>
       <c r="B36" s="13">
         <v>40203405148</v>
       </c>
       <c r="C36" s="13" t="s">
         <v>136</v>
       </c>
       <c r="D36" s="10" t="s">
         <v>155</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>156</v>
       </c>
       <c r="F36" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G36" s="10" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="37" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A37" s="12" t="s">
         <v>157</v>
       </c>
       <c r="B37" s="13">
         <v>40203419453</v>
       </c>
       <c r="C37" s="13" t="s">
         <v>158</v>
       </c>
       <c r="D37" s="10" t="s">
         <v>159</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>160</v>
       </c>
       <c r="F37" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G37" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="38" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A38" s="12" t="s">
         <v>161</v>
       </c>
       <c r="B38" s="13">
         <v>41703001707</v>
       </c>
       <c r="C38" s="13" t="s">
         <v>120</v>
       </c>
       <c r="D38" s="10" t="s">
         <v>162</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>163</v>
       </c>
       <c r="F38" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G38" s="14" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="39" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A39" s="12" t="s">
         <v>165</v>
       </c>
       <c r="B39" s="13">
         <v>40203145913</v>
       </c>
       <c r="C39" s="13" t="s">
         <v>166</v>
       </c>
       <c r="D39" s="10" t="s">
         <v>167</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>168</v>
       </c>
       <c r="F39" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G39" s="14" t="s">
         <v>169</v>
       </c>
     </row>
-    <row r="40" spans="1:7" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:7" ht="91.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="12" t="s">
         <v>170</v>
       </c>
       <c r="B40" s="13">
         <v>40203447762</v>
       </c>
       <c r="C40" s="13" t="s">
         <v>171</v>
       </c>
       <c r="D40" s="10" t="s">
         <v>172</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>173</v>
       </c>
       <c r="F40" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G40" s="14" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="41" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:7" ht="178.5" x14ac:dyDescent="0.2">
       <c r="A41" s="12" t="s">
         <v>175</v>
       </c>
       <c r="B41" s="13">
         <v>40003777945</v>
       </c>
       <c r="C41" s="18" t="s">
         <v>176</v>
       </c>
       <c r="D41" s="14" t="s">
         <v>177</v>
       </c>
       <c r="E41" s="14" t="s">
         <v>178</v>
       </c>
       <c r="F41" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="14" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="42" spans="1:7" ht="277.2" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:7" ht="267.75" x14ac:dyDescent="0.2">
       <c r="A42" s="12" t="s">
         <v>180</v>
       </c>
       <c r="B42" s="13">
         <v>40203197718</v>
       </c>
       <c r="C42" s="13" t="s">
         <v>181</v>
       </c>
       <c r="D42" s="10" t="s">
         <v>182</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>183</v>
       </c>
       <c r="F42" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="10" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="43" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A43" s="12" t="s">
         <v>185</v>
       </c>
       <c r="B43" s="13">
         <v>40203266954</v>
       </c>
       <c r="C43" s="13" t="s">
         <v>171</v>
       </c>
       <c r="D43" s="19" t="s">
         <v>186</v>
       </c>
       <c r="E43" s="19" t="s">
         <v>187</v>
       </c>
       <c r="F43" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="19" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="44" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A44" s="12" t="s">
         <v>189</v>
       </c>
       <c r="B44" s="13">
         <v>40203001960</v>
       </c>
       <c r="C44" s="13" t="s">
         <v>190</v>
       </c>
       <c r="D44" s="14" t="s">
         <v>191</v>
       </c>
       <c r="E44" s="14" t="s">
         <v>192</v>
       </c>
       <c r="F44" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="14" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="45" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A45" s="12" t="s">
         <v>194</v>
       </c>
       <c r="B45" s="13">
         <v>40203478300</v>
       </c>
       <c r="C45" s="13" t="s">
         <v>195</v>
       </c>
       <c r="D45" s="14" t="s">
         <v>196</v>
       </c>
       <c r="E45" s="14" t="s">
         <v>197</v>
       </c>
       <c r="F45" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="14" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="46" spans="1:7" ht="165" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:7" ht="165" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="12" t="s">
         <v>198</v>
       </c>
       <c r="B46" s="13">
         <v>40103491868</v>
       </c>
       <c r="C46" s="13" t="s">
         <v>199</v>
       </c>
       <c r="D46" s="14" t="s">
         <v>200</v>
       </c>
       <c r="E46" s="14" t="s">
         <v>201</v>
       </c>
       <c r="F46" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G46" s="14" t="s">
         <v>202</v>
       </c>
     </row>
-    <row r="47" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A47" s="12" t="s">
         <v>203</v>
       </c>
       <c r="B47" s="13">
         <v>41203075013</v>
       </c>
       <c r="C47" s="13" t="s">
         <v>204</v>
       </c>
       <c r="D47" s="14" t="s">
         <v>205</v>
       </c>
       <c r="E47" s="14" t="s">
         <v>206</v>
       </c>
       <c r="F47" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G47" s="14" t="s">
         <v>207</v>
       </c>
     </row>
-    <row r="48" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A48" s="12" t="s">
         <v>208</v>
       </c>
       <c r="B48" s="13">
         <v>40103221943</v>
       </c>
       <c r="C48" s="13" t="s">
         <v>204</v>
       </c>
       <c r="D48" s="14" t="s">
         <v>209</v>
       </c>
       <c r="E48" s="14" t="s">
         <v>210</v>
       </c>
       <c r="F48" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G48" s="14" t="s">
         <v>211</v>
       </c>
     </row>
-    <row r="49" spans="1:7" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:7" ht="79.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="12" t="s">
         <v>212</v>
       </c>
       <c r="B49" s="13">
         <v>40203471355</v>
       </c>
       <c r="C49" s="13" t="s">
         <v>213</v>
       </c>
       <c r="D49" s="14" t="s">
         <v>214</v>
       </c>
       <c r="E49" s="14" t="s">
         <v>215</v>
       </c>
       <c r="F49" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="14" t="s">
         <v>216</v>
       </c>
     </row>
-    <row r="50" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A50" s="12" t="s">
         <v>217</v>
       </c>
       <c r="B50" s="13">
         <v>42103084644</v>
       </c>
       <c r="C50" s="13" t="s">
         <v>218</v>
       </c>
       <c r="D50" s="14" t="s">
         <v>219</v>
       </c>
       <c r="E50" s="14" t="s">
         <v>220</v>
       </c>
       <c r="F50" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G50" s="14" t="s">
         <v>221</v>
       </c>
     </row>
-    <row r="51" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A51" s="12" t="s">
         <v>222</v>
       </c>
       <c r="B51" s="13">
         <v>40103621631</v>
       </c>
       <c r="C51" s="13" t="s">
         <v>223</v>
       </c>
       <c r="D51" s="14" t="s">
         <v>224</v>
       </c>
       <c r="E51" s="14" t="s">
         <v>225</v>
       </c>
       <c r="F51" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G51" s="14" t="s">
         <v>226</v>
       </c>
     </row>
-    <row r="52" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A52" s="12" t="s">
         <v>227</v>
       </c>
       <c r="B52" s="13">
         <v>50203455831</v>
       </c>
       <c r="C52" s="13" t="s">
         <v>228</v>
       </c>
       <c r="D52" s="14" t="s">
         <v>229</v>
       </c>
       <c r="E52" s="14" t="s">
         <v>230</v>
       </c>
       <c r="F52" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G52" s="14" t="s">
         <v>216</v>
       </c>
     </row>
-    <row r="53" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:7" ht="165.75" x14ac:dyDescent="0.2">
       <c r="A53" s="12" t="s">
         <v>231</v>
       </c>
       <c r="B53" s="13">
         <v>40203312825</v>
       </c>
       <c r="C53" s="13" t="s">
         <v>232</v>
       </c>
       <c r="D53" s="10" t="s">
         <v>233</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>234</v>
       </c>
       <c r="F53" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G53" s="10" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="54" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:7" ht="153" x14ac:dyDescent="0.2">
       <c r="A54" s="12" t="s">
         <v>235</v>
       </c>
       <c r="B54" s="13">
         <v>40203344106</v>
       </c>
       <c r="C54" s="13" t="s">
         <v>232</v>
       </c>
       <c r="D54" s="10" t="s">
         <v>236</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>237</v>
       </c>
       <c r="F54" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G54" s="10" t="s">
         <v>238</v>
       </c>
     </row>
-    <row r="55" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A55" s="12" t="s">
         <v>239</v>
       </c>
       <c r="B55" s="13">
         <v>40003638082</v>
       </c>
       <c r="C55" s="9" t="s">
         <v>240</v>
       </c>
       <c r="D55" s="10" t="s">
         <v>241</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>242</v>
       </c>
       <c r="F55" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G55" s="15" t="s">
         <v>243</v>
       </c>
     </row>
-    <row r="56" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A56" s="12" t="s">
         <v>244</v>
       </c>
       <c r="B56" s="13">
         <v>40203349404</v>
       </c>
       <c r="C56" s="13" t="s">
         <v>245</v>
       </c>
       <c r="D56" s="10" t="s">
         <v>246</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>247</v>
       </c>
       <c r="F56" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G56" s="10" t="s">
         <v>248</v>
       </c>
     </row>
-    <row r="57" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A57" s="12" t="s">
         <v>249</v>
       </c>
       <c r="B57" s="13">
         <v>40203167338</v>
       </c>
       <c r="C57" s="13" t="s">
         <v>250</v>
       </c>
       <c r="D57" s="10" t="s">
         <v>251</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>252</v>
       </c>
       <c r="F57" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G57" s="10" t="s">
         <v>253</v>
       </c>
     </row>
-    <row r="58" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:7" ht="178.5" x14ac:dyDescent="0.2">
       <c r="A58" s="12" t="s">
         <v>254</v>
       </c>
       <c r="B58" s="13">
         <v>40203242231</v>
       </c>
       <c r="C58" s="13" t="s">
         <v>255</v>
       </c>
       <c r="D58" s="10" t="s">
         <v>256</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>257</v>
       </c>
       <c r="F58" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G58" s="10" t="s">
         <v>258</v>
       </c>
     </row>
-    <row r="59" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
       <c r="A59" s="12" t="s">
         <v>259</v>
       </c>
       <c r="B59" s="13">
         <v>44103128881</v>
       </c>
       <c r="C59" s="13" t="s">
         <v>260</v>
       </c>
       <c r="D59" s="10" t="s">
         <v>261</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>262</v>
       </c>
       <c r="F59" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G59" s="10" t="s">
         <v>263</v>
       </c>
     </row>
-    <row r="60" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A60" s="12" t="s">
         <v>264</v>
       </c>
       <c r="B60" s="13">
         <v>40203368161</v>
       </c>
       <c r="C60" s="13" t="s">
         <v>265</v>
       </c>
       <c r="D60" s="10" t="s">
         <v>266</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>267</v>
       </c>
       <c r="F60" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G60" s="10" t="s">
         <v>268</v>
       </c>
     </row>
-    <row r="61" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:7" ht="140.25" x14ac:dyDescent="0.2">
       <c r="A61" s="12" t="s">
         <v>269</v>
       </c>
       <c r="B61" s="13">
         <v>40103571364</v>
       </c>
       <c r="C61" s="9" t="s">
         <v>270</v>
       </c>
       <c r="D61" s="10" t="s">
         <v>271</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>272</v>
       </c>
       <c r="F61" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G61" s="15" t="s">
         <v>273</v>
       </c>
     </row>
-    <row r="62" spans="1:7" ht="97.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:7" ht="97.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="12" t="s">
         <v>274</v>
       </c>
       <c r="B62" s="13">
         <v>40203293045</v>
       </c>
       <c r="C62" s="13" t="s">
         <v>275</v>
       </c>
       <c r="D62" s="14" t="s">
         <v>276</v>
       </c>
       <c r="E62" s="14" t="s">
         <v>277</v>
       </c>
       <c r="F62" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G62" s="14" t="s">
         <v>278</v>
       </c>
     </row>
-    <row r="63" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:7" ht="178.5" x14ac:dyDescent="0.2">
       <c r="A63" s="12" t="s">
         <v>279</v>
       </c>
       <c r="B63" s="13">
         <v>42103112882</v>
       </c>
       <c r="C63" s="13" t="s">
         <v>280</v>
       </c>
       <c r="D63" s="10" t="s">
         <v>281</v>
       </c>
       <c r="E63" s="10" t="s">
         <v>282</v>
       </c>
       <c r="F63" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G63" s="10" t="s">
         <v>283</v>
       </c>
     </row>
-    <row r="64" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A64" s="12" t="s">
         <v>284</v>
       </c>
       <c r="B64" s="13">
         <v>40203444111</v>
       </c>
       <c r="C64" s="13" t="s">
         <v>285</v>
       </c>
       <c r="D64" s="10" t="s">
         <v>286</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>287</v>
       </c>
       <c r="F64" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G64" s="10" t="s">
         <v>248</v>
       </c>
     </row>
-    <row r="65" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
       <c r="A65" s="12" t="s">
         <v>288</v>
       </c>
       <c r="B65" s="13">
         <v>40203492395</v>
       </c>
       <c r="C65" s="13" t="s">
         <v>289</v>
       </c>
       <c r="D65" s="10" t="s">
         <v>290</v>
       </c>
       <c r="E65" s="10" t="s">
         <v>291</v>
       </c>
       <c r="F65" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G65" s="10" t="s">
         <v>292</v>
       </c>
     </row>
-    <row r="66" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A66" s="12" t="s">
         <v>293</v>
       </c>
       <c r="B66" s="13">
         <v>40203341364</v>
       </c>
       <c r="C66" s="13" t="s">
         <v>289</v>
       </c>
       <c r="D66" s="10" t="s">
         <v>294</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>295</v>
       </c>
       <c r="F66" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G66" s="15" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="67" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
       <c r="A67" s="12" t="s">
         <v>296</v>
       </c>
       <c r="B67" s="13">
         <v>40203492323</v>
       </c>
       <c r="C67" s="13" t="s">
         <v>285</v>
       </c>
       <c r="D67" s="10" t="s">
         <v>297</v>
       </c>
       <c r="E67" s="10" t="s">
         <v>298</v>
       </c>
       <c r="F67" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G67" s="10" t="s">
         <v>292</v>
       </c>
     </row>
-    <row r="68" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A68" s="12" t="s">
         <v>299</v>
       </c>
       <c r="B68" s="13">
         <v>50203335641</v>
       </c>
       <c r="C68" s="13" t="s">
         <v>300</v>
       </c>
       <c r="D68" s="10" t="s">
         <v>301</v>
       </c>
       <c r="E68" s="10" t="s">
         <v>302</v>
       </c>
       <c r="F68" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G68" s="10" t="s">
         <v>303</v>
       </c>
     </row>
-    <row r="69" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A69" s="12" t="s">
         <v>304</v>
       </c>
       <c r="B69" s="13">
         <v>40103911975</v>
       </c>
       <c r="C69" s="9" t="s">
         <v>289</v>
       </c>
       <c r="D69" s="14" t="s">
         <v>305</v>
       </c>
       <c r="E69" s="14" t="s">
         <v>306</v>
       </c>
       <c r="F69" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G69" s="14" t="s">
         <v>307</v>
       </c>
     </row>
-    <row r="70" spans="1:7" ht="250.8" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:7" ht="242.25" x14ac:dyDescent="0.2">
       <c r="A70" s="12" t="s">
         <v>308</v>
       </c>
       <c r="B70" s="13">
         <v>40103630102</v>
       </c>
       <c r="C70" s="9" t="s">
         <v>309</v>
       </c>
       <c r="D70" s="10" t="s">
         <v>310</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>311</v>
       </c>
       <c r="F70" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G70" s="14" t="s">
         <v>312</v>
       </c>
     </row>
-    <row r="71" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A71" s="12" t="s">
         <v>313</v>
       </c>
       <c r="B71" s="13">
         <v>40203251179</v>
       </c>
       <c r="C71" s="13" t="s">
         <v>300</v>
       </c>
       <c r="D71" s="10" t="s">
         <v>314</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>315</v>
       </c>
       <c r="F71" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G71" s="14" t="s">
         <v>316</v>
       </c>
     </row>
-    <row r="72" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A72" s="12" t="s">
         <v>317</v>
       </c>
       <c r="B72" s="13">
         <v>43602005370</v>
       </c>
       <c r="C72" s="13" t="s">
         <v>318</v>
       </c>
       <c r="D72" s="10" t="s">
         <v>319</v>
       </c>
       <c r="E72" s="10" t="s">
         <v>320</v>
       </c>
       <c r="F72" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G72" s="14" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="73" spans="1:7" ht="78.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:7" ht="78.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="12" t="s">
         <v>322</v>
       </c>
       <c r="B73" s="13">
         <v>40203342853</v>
       </c>
       <c r="C73" s="13" t="s">
         <v>323</v>
       </c>
       <c r="D73" s="10" t="s">
         <v>324</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>325</v>
       </c>
       <c r="F73" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G73" s="10" t="s">
         <v>326</v>
       </c>
     </row>
-    <row r="74" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
       <c r="A74" s="12" t="s">
         <v>327</v>
       </c>
       <c r="B74" s="13">
         <v>40203325001</v>
       </c>
       <c r="C74" s="13" t="s">
         <v>323</v>
       </c>
       <c r="D74" s="10" t="s">
         <v>328</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>329</v>
       </c>
       <c r="F74" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G74" s="10" t="s">
         <v>330</v>
       </c>
     </row>
-    <row r="75" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:7" ht="153" x14ac:dyDescent="0.2">
       <c r="A75" s="12" t="s">
         <v>331</v>
       </c>
       <c r="B75" s="13">
         <v>40203486562</v>
       </c>
       <c r="C75" s="13" t="s">
         <v>323</v>
       </c>
       <c r="D75" s="10" t="s">
         <v>332</v>
       </c>
       <c r="E75" s="10" t="s">
         <v>333</v>
       </c>
       <c r="F75" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G75" s="10" t="s">
         <v>334</v>
       </c>
     </row>
-    <row r="76" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A76" s="12" t="s">
         <v>335</v>
       </c>
       <c r="B76" s="13">
         <v>40203303220</v>
       </c>
       <c r="C76" s="13" t="s">
         <v>336</v>
       </c>
       <c r="D76" s="10" t="s">
         <v>337</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>338</v>
       </c>
       <c r="F76" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G76" s="10" t="s">
         <v>216</v>
       </c>
     </row>
-    <row r="77" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A77" s="12" t="s">
         <v>339</v>
       </c>
       <c r="B77" s="20">
         <v>40203443296</v>
       </c>
       <c r="C77" s="20" t="s">
         <v>340</v>
       </c>
       <c r="D77" s="10" t="s">
         <v>341</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>342</v>
       </c>
       <c r="F77" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G77" s="10" t="s">
         <v>278</v>
       </c>
     </row>
-    <row r="78" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A78" s="12" t="s">
         <v>343</v>
       </c>
       <c r="B78" s="13">
         <v>40203397635</v>
       </c>
       <c r="C78" s="9" t="s">
         <v>340</v>
       </c>
       <c r="D78" s="10" t="s">
         <v>344</v>
       </c>
       <c r="E78" s="10" t="s">
         <v>345</v>
       </c>
       <c r="F78" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G78" s="10" t="s">
         <v>346</v>
       </c>
     </row>
-    <row r="79" spans="1:7" ht="330" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:7" ht="344.25" x14ac:dyDescent="0.2">
       <c r="A79" s="12" t="s">
         <v>347</v>
       </c>
       <c r="B79" s="13">
         <v>40003911682</v>
       </c>
       <c r="C79" s="9" t="s">
         <v>323</v>
       </c>
       <c r="D79" s="10" t="s">
         <v>348</v>
       </c>
       <c r="E79" s="14" t="s">
         <v>349</v>
       </c>
       <c r="F79" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G79" s="10" t="s">
         <v>350</v>
       </c>
     </row>
-    <row r="80" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A80" s="12" t="s">
         <v>351</v>
       </c>
       <c r="B80" s="13">
         <v>40103787371</v>
       </c>
       <c r="C80" s="9" t="s">
         <v>352</v>
       </c>
       <c r="D80" s="10" t="s">
         <v>353</v>
       </c>
       <c r="E80" s="10" t="s">
         <v>354</v>
       </c>
       <c r="F80" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G80" s="10" t="s">
         <v>355</v>
       </c>
     </row>
-    <row r="81" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:7" ht="51" x14ac:dyDescent="0.2">
       <c r="A81" s="12" t="s">
         <v>356</v>
       </c>
       <c r="B81" s="13">
         <v>40203369383</v>
       </c>
       <c r="C81" s="9" t="s">
         <v>357</v>
       </c>
       <c r="D81" s="10" t="s">
         <v>358</v>
       </c>
       <c r="E81" s="10" t="s">
         <v>359</v>
       </c>
       <c r="F81" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G81" s="10" t="s">
         <v>360</v>
       </c>
     </row>
-    <row r="82" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A82" s="13" t="s">
         <v>361</v>
       </c>
       <c r="B82" s="20">
         <v>40203478527</v>
       </c>
       <c r="C82" s="20" t="s">
         <v>362</v>
       </c>
       <c r="D82" s="10" t="s">
         <v>363</v>
       </c>
       <c r="E82" s="10" t="s">
         <v>364</v>
       </c>
       <c r="F82" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G82" s="10" t="s">
         <v>278</v>
       </c>
     </row>
-    <row r="83" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A83" s="12" t="s">
         <v>365</v>
       </c>
       <c r="B83" s="13">
         <v>40203338345</v>
       </c>
       <c r="C83" s="9" t="s">
         <v>366</v>
       </c>
       <c r="D83" s="10" t="s">
         <v>367</v>
       </c>
       <c r="E83" s="10" t="s">
         <v>368</v>
       </c>
       <c r="F83" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G83" s="10" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="84" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A84" s="12" t="s">
         <v>370</v>
       </c>
       <c r="B84" s="13">
         <v>40203486416</v>
       </c>
       <c r="C84" s="9" t="s">
         <v>371</v>
       </c>
       <c r="D84" s="10" t="s">
         <v>372</v>
       </c>
       <c r="E84" s="10" t="s">
         <v>373</v>
       </c>
       <c r="F84" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G84" s="10" t="s">
         <v>374</v>
       </c>
     </row>
-    <row r="85" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A85" s="12" t="s">
         <v>375</v>
       </c>
       <c r="B85" s="13">
         <v>40203498326</v>
       </c>
       <c r="C85" s="9" t="s">
         <v>362</v>
       </c>
       <c r="D85" s="10" t="s">
         <v>372</v>
       </c>
       <c r="E85" s="10" t="s">
         <v>376</v>
       </c>
       <c r="F85" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G85" s="10" t="s">
         <v>377</v>
       </c>
     </row>
-    <row r="86" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A86" s="12" t="s">
         <v>378</v>
       </c>
       <c r="B86" s="13">
         <v>41503087191</v>
       </c>
       <c r="C86" s="9" t="s">
         <v>371</v>
       </c>
       <c r="D86" s="10" t="s">
         <v>379</v>
       </c>
       <c r="E86" s="10" t="s">
         <v>380</v>
       </c>
       <c r="F86" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G86" s="10" t="s">
         <v>381</v>
       </c>
     </row>
-    <row r="87" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A87" s="12" t="s">
         <v>382</v>
       </c>
       <c r="B87" s="13">
         <v>40203042206</v>
       </c>
       <c r="C87" s="9" t="s">
         <v>383</v>
       </c>
       <c r="D87" s="10" t="s">
         <v>384</v>
       </c>
       <c r="E87" s="10" t="s">
         <v>385</v>
       </c>
       <c r="F87" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G87" s="10" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="88" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A88" s="12" t="s">
         <v>386</v>
       </c>
       <c r="B88" s="20">
         <v>40203492323</v>
       </c>
       <c r="C88" s="21" t="s">
         <v>387</v>
       </c>
       <c r="D88" s="10" t="s">
         <v>388</v>
       </c>
       <c r="E88" s="10" t="s">
         <v>389</v>
       </c>
       <c r="F88" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G88" s="10" t="s">
         <v>278</v>
       </c>
     </row>
-    <row r="89" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A89" s="12" t="s">
         <v>390</v>
       </c>
       <c r="B89" s="13">
         <v>40203478527</v>
       </c>
       <c r="C89" s="9" t="s">
         <v>383</v>
       </c>
       <c r="D89" s="10" t="s">
         <v>391</v>
       </c>
       <c r="E89" s="10" t="s">
         <v>392</v>
       </c>
       <c r="F89" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G89" s="10" t="s">
         <v>393</v>
       </c>
     </row>
-    <row r="90" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A90" s="12" t="s">
         <v>394</v>
       </c>
       <c r="B90" s="13">
         <v>40203497778</v>
       </c>
       <c r="C90" s="9" t="s">
         <v>395</v>
       </c>
       <c r="D90" s="10" t="s">
         <v>372</v>
       </c>
       <c r="E90" s="10" t="s">
         <v>396</v>
       </c>
       <c r="F90" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G90" s="10" t="s">
         <v>397</v>
       </c>
     </row>
-    <row r="91" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A91" s="12" t="s">
         <v>398</v>
       </c>
       <c r="B91" s="13">
         <v>43603083141</v>
       </c>
       <c r="C91" s="9" t="s">
         <v>399</v>
       </c>
       <c r="D91" s="10" t="s">
         <v>400</v>
       </c>
       <c r="E91" s="10" t="s">
         <v>401</v>
       </c>
       <c r="F91" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G91" s="10" t="s">
         <v>402</v>
       </c>
     </row>
-    <row r="92" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A92" s="12" t="s">
         <v>403</v>
       </c>
       <c r="B92" s="13">
         <v>45403049081</v>
       </c>
       <c r="C92" s="13" t="s">
         <v>404</v>
       </c>
       <c r="D92" s="10" t="s">
         <v>405</v>
       </c>
       <c r="E92" s="10" t="s">
         <v>406</v>
       </c>
       <c r="F92" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G92" s="10" t="s">
         <v>407</v>
       </c>
     </row>
-    <row r="93" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A93" s="12" t="s">
         <v>408</v>
       </c>
       <c r="B93" s="13">
         <v>40203290157</v>
       </c>
       <c r="C93" s="13" t="s">
         <v>409</v>
       </c>
       <c r="D93" s="10" t="s">
         <v>410</v>
       </c>
       <c r="E93" s="10" t="s">
         <v>411</v>
       </c>
       <c r="F93" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G93" s="10" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="94" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A94" s="12" t="s">
         <v>413</v>
       </c>
       <c r="B94" s="13">
         <v>40203025954</v>
       </c>
       <c r="C94" s="13" t="s">
         <v>414</v>
       </c>
       <c r="D94" s="10" t="s">
         <v>415</v>
       </c>
       <c r="E94" s="10" t="s">
         <v>416</v>
       </c>
       <c r="F94" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G94" s="10" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="95" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A95" s="12" t="s">
         <v>418</v>
       </c>
       <c r="B95" s="13">
         <v>40203424543</v>
       </c>
       <c r="C95" s="13" t="s">
         <v>409</v>
       </c>
       <c r="D95" s="10" t="s">
         <v>419</v>
       </c>
       <c r="E95" s="10" t="s">
         <v>420</v>
       </c>
       <c r="F95" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G95" s="10" t="s">
         <v>421</v>
       </c>
     </row>
-    <row r="96" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:7" ht="51" x14ac:dyDescent="0.2">
       <c r="A96" s="12" t="s">
         <v>422</v>
       </c>
       <c r="B96" s="13">
         <v>40203307025</v>
       </c>
       <c r="C96" s="13" t="s">
         <v>399</v>
       </c>
       <c r="D96" s="10" t="s">
         <v>358</v>
       </c>
       <c r="E96" s="10" t="s">
         <v>423</v>
       </c>
       <c r="F96" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G96" s="10" t="s">
         <v>424</v>
       </c>
     </row>
-    <row r="97" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A97" s="12" t="s">
         <v>425</v>
       </c>
       <c r="B97" s="13">
         <v>40203216120</v>
       </c>
       <c r="C97" s="13" t="s">
         <v>399</v>
       </c>
       <c r="D97" s="10" t="s">
         <v>426</v>
       </c>
       <c r="E97" s="10" t="s">
         <v>427</v>
       </c>
       <c r="F97" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G97" s="10" t="s">
         <v>428</v>
       </c>
     </row>
-    <row r="98" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A98" s="12" t="s">
         <v>429</v>
       </c>
       <c r="B98" s="13">
         <v>40203501096</v>
       </c>
       <c r="C98" s="13" t="s">
         <v>430</v>
       </c>
       <c r="D98" s="10" t="s">
         <v>372</v>
       </c>
       <c r="E98" s="10" t="s">
         <v>431</v>
       </c>
       <c r="F98" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G98" s="10" t="s">
         <v>432</v>
       </c>
     </row>
-    <row r="99" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A99" s="12" t="s">
         <v>433</v>
       </c>
       <c r="B99" s="13">
         <v>40203429108</v>
       </c>
       <c r="C99" s="13" t="s">
         <v>434</v>
       </c>
       <c r="D99" s="10" t="s">
         <v>435</v>
       </c>
       <c r="E99" s="10" t="s">
         <v>436</v>
       </c>
       <c r="F99" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G99" s="10" t="s">
         <v>437</v>
       </c>
     </row>
-    <row r="100" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A100" s="12" t="s">
         <v>438</v>
       </c>
       <c r="B100" s="13">
         <v>40203492395</v>
       </c>
       <c r="C100" s="13" t="s">
         <v>439</v>
       </c>
       <c r="D100" s="10" t="s">
         <v>440</v>
       </c>
       <c r="E100" s="10" t="s">
         <v>441</v>
       </c>
       <c r="F100" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G100" s="10" t="s">
         <v>442</v>
       </c>
     </row>
-    <row r="101" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A101" s="12" t="s">
         <v>443</v>
       </c>
       <c r="B101" s="13">
         <v>40203486562</v>
       </c>
       <c r="C101" s="13" t="s">
         <v>439</v>
       </c>
       <c r="D101" s="10" t="s">
         <v>444</v>
       </c>
       <c r="E101" s="10" t="s">
         <v>445</v>
       </c>
       <c r="F101" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G101" s="10" t="s">
         <v>442</v>
       </c>
     </row>
-    <row r="102" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A102" s="12" t="s">
         <v>446</v>
       </c>
       <c r="B102" s="13">
         <v>40203461465</v>
       </c>
       <c r="C102" s="13" t="s">
         <v>439</v>
       </c>
       <c r="D102" s="10" t="s">
         <v>447</v>
       </c>
       <c r="E102" s="10" t="s">
         <v>448</v>
       </c>
       <c r="F102" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G102" s="10" t="s">
         <v>442</v>
       </c>
     </row>
-    <row r="103" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A103" s="12" t="s">
         <v>449</v>
       </c>
       <c r="B103" s="13">
         <v>40203452640</v>
       </c>
       <c r="C103" s="13" t="s">
         <v>450</v>
       </c>
       <c r="D103" s="10" t="s">
         <v>451</v>
       </c>
       <c r="E103" s="10" t="s">
         <v>452</v>
       </c>
       <c r="F103" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G103" s="10" t="s">
         <v>407</v>
       </c>
     </row>
-    <row r="104" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A104" s="12" t="s">
         <v>453</v>
       </c>
       <c r="B104" s="13">
         <v>40203443671</v>
       </c>
       <c r="C104" s="13" t="s">
         <v>454</v>
       </c>
       <c r="D104" s="10" t="s">
         <v>455</v>
       </c>
       <c r="E104" s="10" t="s">
         <v>456</v>
       </c>
       <c r="F104" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G104" s="10" t="s">
         <v>457</v>
       </c>
     </row>
-    <row r="105" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A105" s="12" t="s">
         <v>458</v>
       </c>
       <c r="B105" s="13">
         <v>40203421532</v>
       </c>
       <c r="C105" s="13" t="s">
         <v>459</v>
       </c>
       <c r="D105" s="10" t="s">
         <v>460</v>
       </c>
       <c r="E105" s="10" t="s">
         <v>461</v>
       </c>
       <c r="F105" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G105" s="10" t="s">
         <v>462</v>
       </c>
     </row>
-    <row r="106" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A106" s="12" t="s">
         <v>463</v>
       </c>
       <c r="B106" s="13">
         <v>40203444111</v>
       </c>
       <c r="C106" s="13" t="s">
         <v>454</v>
       </c>
       <c r="D106" s="10" t="s">
         <v>464</v>
       </c>
       <c r="E106" s="10" t="s">
         <v>465</v>
       </c>
       <c r="F106" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G106" s="10" t="s">
         <v>462</v>
       </c>
     </row>
-    <row r="107" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A107" s="12" t="s">
         <v>466</v>
       </c>
       <c r="B107" s="13">
         <v>40003535390</v>
       </c>
       <c r="C107" s="13" t="s">
         <v>467</v>
       </c>
       <c r="D107" s="10" t="s">
         <v>468</v>
       </c>
       <c r="E107" s="10" t="s">
         <v>469</v>
       </c>
       <c r="F107" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G107" s="10" t="s">
         <v>470</v>
       </c>
     </row>
-    <row r="108" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A108" s="12" t="s">
         <v>471</v>
       </c>
       <c r="B108" s="13">
         <v>40203433122</v>
       </c>
       <c r="C108" s="13" t="s">
         <v>472</v>
       </c>
       <c r="D108" s="10" t="s">
         <v>473</v>
       </c>
       <c r="E108" s="10" t="s">
         <v>474</v>
       </c>
       <c r="F108" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G108" s="14" t="s">
         <v>475</v>
       </c>
     </row>
-    <row r="109" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A109" s="12" t="s">
         <v>476</v>
       </c>
       <c r="B109" s="13">
         <v>42103106373</v>
       </c>
       <c r="C109" s="13" t="s">
         <v>467</v>
       </c>
       <c r="D109" s="10" t="s">
         <v>477</v>
       </c>
       <c r="E109" s="10" t="s">
         <v>478</v>
       </c>
       <c r="F109" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G109" s="10" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="110" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A110" s="12" t="s">
         <v>479</v>
       </c>
       <c r="B110" s="13">
         <v>50203507851</v>
       </c>
       <c r="C110" s="13" t="s">
         <v>480</v>
       </c>
       <c r="D110" s="10" t="s">
         <v>372</v>
       </c>
       <c r="E110" s="10" t="s">
         <v>481</v>
       </c>
       <c r="F110" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G110" s="10" t="s">
         <v>482</v>
       </c>
     </row>
-    <row r="111" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A111" s="12" t="s">
         <v>483</v>
       </c>
       <c r="B111" s="13">
         <v>40003604705</v>
       </c>
       <c r="C111" s="13" t="s">
         <v>480</v>
       </c>
       <c r="D111" s="10" t="s">
         <v>484</v>
       </c>
       <c r="E111" s="10" t="s">
         <v>485</v>
       </c>
       <c r="F111" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G111" s="10" t="s">
         <v>486</v>
       </c>
     </row>
-    <row r="112" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A112" s="12" t="s">
         <v>487</v>
       </c>
       <c r="B112" s="13">
         <v>40203067746</v>
       </c>
       <c r="C112" s="13" t="s">
         <v>488</v>
       </c>
       <c r="D112" s="10" t="s">
         <v>489</v>
       </c>
       <c r="E112" s="10" t="s">
         <v>490</v>
       </c>
       <c r="F112" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G112" s="10" t="s">
         <v>491</v>
       </c>
     </row>
-    <row r="113" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:8" ht="102" x14ac:dyDescent="0.2">
       <c r="A113" s="12" t="s">
         <v>492</v>
       </c>
       <c r="B113" s="13">
         <v>40203435655</v>
       </c>
       <c r="C113" s="13" t="s">
         <v>467</v>
       </c>
       <c r="D113" s="10" t="s">
         <v>493</v>
       </c>
       <c r="E113" s="10" t="s">
         <v>494</v>
       </c>
       <c r="F113" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G113" s="10" t="s">
         <v>495</v>
       </c>
       <c r="H113" s="11"/>
     </row>
-    <row r="114" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:8" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A114" s="12" t="s">
         <v>496</v>
       </c>
       <c r="B114" s="13">
         <v>40003748293</v>
       </c>
       <c r="C114" s="9" t="s">
         <v>497</v>
       </c>
       <c r="D114" s="10" t="s">
         <v>498</v>
       </c>
       <c r="E114" s="10" t="s">
         <v>499</v>
       </c>
       <c r="F114" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G114" s="10" t="s">
         <v>500</v>
       </c>
       <c r="H114" s="11"/>
     </row>
-    <row r="115" spans="1:8" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:8" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A115" s="12" t="s">
         <v>501</v>
       </c>
       <c r="B115" s="13">
         <v>40203202686</v>
       </c>
       <c r="C115" s="9" t="s">
         <v>497</v>
       </c>
       <c r="D115" s="10" t="s">
         <v>502</v>
       </c>
       <c r="E115" s="10" t="s">
         <v>503</v>
       </c>
       <c r="F115" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G115" s="10" t="s">
         <v>504</v>
       </c>
       <c r="H115" s="11"/>
     </row>
-    <row r="116" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A116" s="12" t="s">
         <v>505</v>
       </c>
       <c r="B116" s="13">
         <v>41503081911</v>
       </c>
       <c r="C116" s="9" t="s">
         <v>497</v>
       </c>
       <c r="D116" s="10" t="s">
         <v>506</v>
       </c>
       <c r="E116" s="10" t="s">
         <v>507</v>
       </c>
       <c r="F116" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G116" s="10" t="s">
         <v>508</v>
       </c>
       <c r="H116" s="11"/>
     </row>
-    <row r="117" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:8" ht="51" x14ac:dyDescent="0.2">
       <c r="A117" s="12" t="s">
         <v>509</v>
       </c>
       <c r="B117" s="13">
         <v>40203491370</v>
       </c>
       <c r="C117" s="9" t="s">
         <v>510</v>
       </c>
       <c r="D117" s="10" t="s">
         <v>511</v>
       </c>
       <c r="E117" s="10" t="s">
         <v>512</v>
       </c>
       <c r="F117" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G117" s="10" t="s">
         <v>513</v>
       </c>
       <c r="H117" s="11"/>
     </row>
-    <row r="118" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:8" ht="140.25" x14ac:dyDescent="0.2">
       <c r="A118" s="12" t="s">
         <v>514</v>
       </c>
       <c r="B118" s="13">
         <v>54103132041</v>
       </c>
       <c r="C118" s="9" t="s">
         <v>515</v>
       </c>
       <c r="D118" s="10" t="s">
         <v>516</v>
       </c>
       <c r="E118" s="10" t="s">
         <v>517</v>
       </c>
       <c r="F118" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G118" s="10" t="s">
         <v>518</v>
       </c>
       <c r="H118" s="11"/>
     </row>
-    <row r="119" spans="1:8" ht="132" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:8" ht="140.25" x14ac:dyDescent="0.2">
       <c r="A119" s="12" t="s">
         <v>157</v>
       </c>
       <c r="B119" s="13">
         <v>40203419453</v>
       </c>
       <c r="C119" s="9" t="s">
         <v>515</v>
       </c>
       <c r="D119" s="10" t="s">
         <v>519</v>
       </c>
       <c r="E119" s="10" t="s">
         <v>520</v>
       </c>
       <c r="F119" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G119" s="10" t="s">
         <v>521</v>
       </c>
       <c r="H119" s="11"/>
     </row>
-    <row r="120" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:8" ht="102" x14ac:dyDescent="0.2">
       <c r="A120" s="12" t="s">
         <v>522</v>
       </c>
       <c r="B120" s="13">
         <v>40203408619</v>
       </c>
       <c r="C120" s="9" t="s">
         <v>523</v>
       </c>
       <c r="D120" s="10" t="s">
         <v>524</v>
       </c>
       <c r="E120" s="10" t="s">
         <v>525</v>
       </c>
       <c r="F120" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G120" s="10" t="s">
         <v>526</v>
       </c>
       <c r="H120" s="11"/>
     </row>
-    <row r="121" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A121" s="12" t="s">
         <v>527</v>
       </c>
       <c r="B121" s="13">
         <v>48503027800</v>
       </c>
       <c r="C121" s="9" t="s">
         <v>523</v>
       </c>
       <c r="D121" s="10" t="s">
         <v>528</v>
       </c>
       <c r="E121" s="10" t="s">
         <v>529</v>
       </c>
       <c r="F121" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G121" s="10" t="s">
         <v>530</v>
       </c>
       <c r="H121" s="11"/>
     </row>
-    <row r="122" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A122" s="12" t="s">
         <v>531</v>
       </c>
       <c r="B122" s="13">
         <v>40203325675</v>
       </c>
       <c r="C122" s="9" t="s">
         <v>532</v>
       </c>
       <c r="D122" s="10" t="s">
         <v>533</v>
       </c>
       <c r="E122" s="10" t="s">
         <v>534</v>
       </c>
       <c r="F122" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G122" s="10" t="s">
         <v>535</v>
       </c>
       <c r="H122" s="11"/>
     </row>
-    <row r="123" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A123" s="12" t="s">
         <v>536</v>
       </c>
       <c r="B123" s="13">
         <v>43603091079</v>
       </c>
       <c r="C123" s="9" t="s">
         <v>532</v>
       </c>
       <c r="D123" s="10" t="s">
         <v>537</v>
       </c>
       <c r="E123" s="10" t="s">
         <v>538</v>
       </c>
       <c r="F123" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G123" s="10" t="s">
         <v>539</v>
       </c>
       <c r="H123" s="11"/>
     </row>
-    <row r="124" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A124" s="12" t="s">
         <v>540</v>
       </c>
       <c r="B124" s="13">
         <v>40203357350</v>
       </c>
       <c r="C124" s="9" t="s">
         <v>532</v>
       </c>
       <c r="D124" s="10" t="s">
         <v>358</v>
       </c>
       <c r="E124" s="10" t="s">
         <v>541</v>
       </c>
       <c r="F124" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G124" s="10" t="s">
         <v>542</v>
       </c>
       <c r="H124" s="11"/>
     </row>
-    <row r="125" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:8" ht="51" x14ac:dyDescent="0.2">
       <c r="A125" s="12" t="s">
         <v>543</v>
       </c>
       <c r="B125" s="13">
         <v>40003440742</v>
       </c>
       <c r="C125" s="9" t="s">
         <v>544</v>
       </c>
       <c r="D125" s="10" t="s">
         <v>545</v>
       </c>
       <c r="E125" s="10" t="s">
         <v>546</v>
       </c>
       <c r="F125" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G125" s="10" t="s">
         <v>548</v>
       </c>
       <c r="H125" s="11"/>
     </row>
-    <row r="126" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:8" ht="102" x14ac:dyDescent="0.2">
       <c r="A126" s="12" t="s">
         <v>549</v>
       </c>
       <c r="B126" s="13">
         <v>51503051001</v>
       </c>
       <c r="C126" s="9" t="s">
         <v>532</v>
       </c>
       <c r="D126" s="10" t="s">
         <v>550</v>
       </c>
       <c r="E126" s="10" t="s">
         <v>551</v>
       </c>
       <c r="F126" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G126" s="10" t="s">
         <v>552</v>
       </c>
       <c r="H126" s="11"/>
     </row>
-    <row r="127" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:8" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A127" s="12" t="s">
         <v>553</v>
       </c>
       <c r="B127" s="13">
         <v>40203441030</v>
       </c>
       <c r="C127" s="9" t="s">
         <v>554</v>
       </c>
       <c r="D127" s="10" t="s">
         <v>555</v>
       </c>
       <c r="E127" s="10" t="s">
         <v>556</v>
       </c>
       <c r="F127" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G127" s="10" t="s">
         <v>462</v>
       </c>
       <c r="H127" s="11"/>
     </row>
-    <row r="128" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:8" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A128" s="12" t="s">
         <v>557</v>
       </c>
       <c r="B128" s="13">
         <v>40203507756</v>
       </c>
       <c r="C128" s="9" t="s">
         <v>554</v>
       </c>
       <c r="D128" s="10" t="s">
         <v>372</v>
       </c>
       <c r="E128" s="10" t="s">
         <v>558</v>
       </c>
       <c r="F128" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G128" s="10" t="s">
         <v>559</v>
       </c>
       <c r="H128" s="11"/>
     </row>
-    <row r="129" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A129" s="12" t="s">
         <v>560</v>
       </c>
       <c r="B129" s="13">
         <v>40203423389</v>
       </c>
       <c r="C129" s="9" t="s">
         <v>561</v>
       </c>
       <c r="D129" s="10" t="s">
         <v>562</v>
       </c>
       <c r="E129" s="10" t="s">
         <v>563</v>
       </c>
       <c r="F129" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G129" s="10" t="s">
         <v>564</v>
       </c>
       <c r="H129" s="11"/>
     </row>
-    <row r="130" spans="1:8" ht="132" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:8" ht="140.25" x14ac:dyDescent="0.2">
       <c r="A130" s="12" t="s">
         <v>565</v>
       </c>
       <c r="B130" s="13">
         <v>40203173141</v>
       </c>
       <c r="C130" s="9" t="s">
         <v>566</v>
       </c>
       <c r="D130" s="10" t="s">
         <v>567</v>
       </c>
       <c r="E130" s="10" t="s">
         <v>568</v>
       </c>
       <c r="F130" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G130" s="10" t="s">
         <v>569</v>
       </c>
       <c r="H130" s="11"/>
     </row>
-    <row r="131" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:8" ht="102" x14ac:dyDescent="0.2">
       <c r="A131" s="12" t="s">
         <v>570</v>
       </c>
       <c r="B131" s="13">
         <v>40103765124</v>
       </c>
       <c r="C131" s="9" t="s">
         <v>571</v>
       </c>
       <c r="D131" s="10" t="s">
         <v>572</v>
       </c>
       <c r="E131" s="10" t="s">
         <v>573</v>
       </c>
       <c r="F131" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G131" s="10" t="s">
         <v>355</v>
       </c>
       <c r="H131" s="11"/>
     </row>
-    <row r="132" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A132" s="12" t="s">
         <v>574</v>
       </c>
       <c r="B132" s="13">
         <v>40203324631</v>
       </c>
       <c r="C132" s="9" t="s">
         <v>575</v>
       </c>
       <c r="D132" s="10" t="s">
         <v>576</v>
       </c>
       <c r="E132" s="10" t="s">
         <v>577</v>
       </c>
       <c r="F132" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G132" s="10" t="s">
         <v>578</v>
       </c>
       <c r="H132" s="11"/>
     </row>
-    <row r="133" spans="1:8" ht="132" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:8" ht="140.25" x14ac:dyDescent="0.2">
       <c r="A133" s="12" t="s">
         <v>579</v>
       </c>
       <c r="B133" s="13">
         <v>50203451261</v>
       </c>
       <c r="C133" s="9" t="s">
         <v>575</v>
       </c>
       <c r="D133" s="10" t="s">
         <v>580</v>
       </c>
       <c r="E133" s="10" t="s">
         <v>581</v>
       </c>
       <c r="F133" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G133" s="10" t="s">
         <v>582</v>
       </c>
       <c r="H133" s="11"/>
     </row>
-    <row r="134" spans="1:8" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:8" ht="76.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A134" s="12" t="s">
         <v>583</v>
       </c>
       <c r="B134" s="13">
         <v>40103961938</v>
       </c>
       <c r="C134" s="9" t="s">
         <v>584</v>
       </c>
       <c r="D134" s="10" t="s">
         <v>585</v>
       </c>
       <c r="E134" s="10" t="s">
         <v>586</v>
       </c>
       <c r="F134" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G134" s="10" t="s">
         <v>587</v>
       </c>
       <c r="H134" s="11"/>
     </row>
-    <row r="135" spans="1:8" ht="79.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:8" ht="79.150000000000006" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A135" s="12" t="s">
         <v>588</v>
       </c>
       <c r="B135" s="13">
         <v>40203451486</v>
       </c>
       <c r="C135" s="9" t="s">
         <v>589</v>
       </c>
       <c r="D135" s="10" t="s">
         <v>590</v>
       </c>
       <c r="E135" s="10" t="s">
         <v>591</v>
       </c>
       <c r="F135" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G135" s="10" t="s">
         <v>592</v>
       </c>
       <c r="H135" s="11"/>
     </row>
-    <row r="136" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:8" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A136" s="12" t="s">
         <v>418</v>
       </c>
       <c r="B136" s="13">
         <v>40203424543</v>
       </c>
       <c r="C136" s="9" t="s">
         <v>593</v>
       </c>
       <c r="D136" s="10" t="s">
         <v>594</v>
       </c>
       <c r="E136" s="10" t="s">
         <v>595</v>
       </c>
       <c r="F136" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G136" s="10" t="s">
         <v>596</v>
       </c>
       <c r="H136" s="11"/>
     </row>
-    <row r="137" spans="1:8" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:8" ht="99.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A137" s="12" t="s">
         <v>597</v>
       </c>
       <c r="B137" s="13">
         <v>40103709095</v>
       </c>
       <c r="C137" s="9" t="s">
         <v>598</v>
       </c>
       <c r="D137" s="10" t="s">
         <v>599</v>
       </c>
       <c r="E137" s="10" t="s">
         <v>600</v>
       </c>
       <c r="F137" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G137" s="10" t="s">
         <v>601</v>
       </c>
       <c r="H137" s="11"/>
     </row>
-    <row r="138" spans="1:8" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:8" ht="92.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A138" s="12" t="s">
         <v>602</v>
       </c>
       <c r="B138" s="13">
         <v>40203260913</v>
       </c>
       <c r="C138" s="9" t="s">
         <v>598</v>
       </c>
       <c r="D138" s="10" t="s">
         <v>603</v>
       </c>
       <c r="E138" s="10" t="s">
         <v>604</v>
       </c>
       <c r="F138" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G138" s="10" t="s">
         <v>605</v>
       </c>
       <c r="H138" s="11"/>
     </row>
-    <row r="139" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A139" s="12" t="s">
         <v>606</v>
       </c>
       <c r="B139" s="13">
         <v>40103314868</v>
       </c>
       <c r="C139" s="9" t="s">
         <v>607</v>
       </c>
       <c r="D139" s="10" t="s">
         <v>608</v>
       </c>
       <c r="E139" s="10" t="s">
         <v>609</v>
       </c>
       <c r="F139" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G139" s="10" t="s">
         <v>610</v>
       </c>
       <c r="H139" s="11"/>
     </row>
-    <row r="140" spans="1:8" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:8" ht="68.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A140" s="12" t="s">
         <v>611</v>
       </c>
       <c r="B140" s="13">
         <v>40103944641</v>
       </c>
       <c r="C140" s="9" t="s">
         <v>612</v>
       </c>
       <c r="D140" s="10" t="s">
         <v>613</v>
       </c>
       <c r="E140" s="10" t="s">
         <v>614</v>
       </c>
       <c r="F140" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G140" s="10" t="s">
         <v>615</v>
       </c>
       <c r="H140" s="11"/>
     </row>
-    <row r="141" spans="1:8" ht="87" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:8" ht="87" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A141" s="12" t="s">
         <v>616</v>
       </c>
       <c r="B141" s="13">
         <v>40203307025</v>
       </c>
       <c r="C141" s="9" t="s">
         <v>617</v>
       </c>
       <c r="D141" s="10" t="s">
         <v>618</v>
       </c>
       <c r="E141" s="10" t="s">
         <v>619</v>
       </c>
       <c r="F141" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G141" s="10" t="s">
         <v>278</v>
       </c>
       <c r="H141" s="11"/>
     </row>
-    <row r="142" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:8" ht="153" x14ac:dyDescent="0.2">
       <c r="A142" s="12" t="s">
         <v>620</v>
       </c>
       <c r="B142" s="13">
         <v>41503080259</v>
       </c>
       <c r="C142" s="9" t="s">
         <v>617</v>
       </c>
       <c r="D142" s="10" t="s">
         <v>621</v>
       </c>
       <c r="E142" s="10" t="s">
         <v>622</v>
       </c>
       <c r="F142" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G142" s="10" t="s">
         <v>623</v>
       </c>
       <c r="H142" s="11"/>
     </row>
-    <row r="143" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:8" ht="102" x14ac:dyDescent="0.2">
       <c r="A143" s="12" t="s">
         <v>624</v>
       </c>
       <c r="B143" s="13">
         <v>40103498584</v>
       </c>
       <c r="C143" s="9" t="s">
         <v>625</v>
       </c>
       <c r="D143" s="10" t="s">
         <v>626</v>
       </c>
       <c r="E143" s="10" t="s">
         <v>627</v>
       </c>
       <c r="F143" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G143" s="10" t="s">
         <v>628</v>
       </c>
       <c r="H143" s="11"/>
     </row>
-    <row r="144" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:8" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A144" s="12" t="s">
         <v>629</v>
       </c>
       <c r="B144" s="13">
         <v>40203286486</v>
       </c>
       <c r="C144" s="9" t="s">
         <v>630</v>
       </c>
       <c r="D144" s="10" t="s">
         <v>631</v>
       </c>
       <c r="E144" s="10" t="s">
         <v>632</v>
       </c>
       <c r="F144" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G144" s="10" t="s">
         <v>14</v>
       </c>
       <c r="H144" s="11"/>
     </row>
-    <row r="145" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:8" ht="51" x14ac:dyDescent="0.2">
       <c r="A145" s="12" t="s">
         <v>633</v>
       </c>
       <c r="B145" s="13">
         <v>40003415270</v>
       </c>
       <c r="C145" s="9" t="s">
         <v>634</v>
       </c>
       <c r="D145" s="10" t="s">
         <v>635</v>
       </c>
       <c r="E145" s="10" t="s">
         <v>636</v>
       </c>
       <c r="F145" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G145" s="10" t="s">
         <v>637</v>
       </c>
       <c r="H145" s="11"/>
     </row>
-    <row r="146" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:8" ht="102" x14ac:dyDescent="0.2">
       <c r="A146" s="12" t="s">
         <v>638</v>
       </c>
       <c r="B146" s="13">
         <v>40203516566</v>
       </c>
       <c r="C146" s="9" t="s">
         <v>639</v>
       </c>
       <c r="D146" s="10" t="s">
         <v>372</v>
       </c>
       <c r="E146" s="10" t="s">
         <v>640</v>
       </c>
       <c r="F146" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G146" s="10" t="s">
         <v>526</v>
       </c>
       <c r="H146" s="11"/>
     </row>
-    <row r="147" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:8" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A147" s="12" t="s">
         <v>641</v>
       </c>
       <c r="B147" s="13">
         <v>40203342478</v>
       </c>
       <c r="C147" s="9" t="s">
         <v>639</v>
       </c>
       <c r="D147" s="10" t="s">
         <v>642</v>
       </c>
       <c r="E147" s="10" t="s">
         <v>643</v>
       </c>
       <c r="F147" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G147" s="10" t="s">
         <v>644</v>
       </c>
       <c r="H147" s="11"/>
     </row>
-    <row r="148" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:8" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A148" s="12" t="s">
         <v>645</v>
       </c>
       <c r="B148" s="13">
         <v>40203337424</v>
       </c>
       <c r="C148" s="9" t="s">
         <v>639</v>
       </c>
       <c r="D148" s="10" t="s">
         <v>646</v>
       </c>
       <c r="E148" s="10" t="s">
         <v>647</v>
       </c>
       <c r="F148" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G148" s="10" t="s">
         <v>648</v>
       </c>
       <c r="H148" s="11"/>
     </row>
-    <row r="149" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A149" s="12" t="s">
         <v>649</v>
       </c>
       <c r="B149" s="13">
         <v>40103962717</v>
       </c>
       <c r="C149" s="9" t="s">
         <v>650</v>
       </c>
       <c r="D149" s="10" t="s">
         <v>651</v>
       </c>
       <c r="E149" s="10" t="s">
         <v>652</v>
       </c>
       <c r="F149" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G149" s="10" t="s">
         <v>615</v>
       </c>
       <c r="H149" s="11"/>
     </row>
-    <row r="150" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:8" ht="102" x14ac:dyDescent="0.2">
       <c r="A150" s="12" t="s">
         <v>653</v>
       </c>
       <c r="B150" s="13">
         <v>40203401714</v>
       </c>
       <c r="C150" s="9" t="s">
         <v>654</v>
       </c>
       <c r="D150" s="10" t="s">
         <v>655</v>
       </c>
       <c r="E150" s="10" t="s">
         <v>656</v>
       </c>
       <c r="F150" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G150" s="14" t="s">
         <v>657</v>
       </c>
       <c r="H150" s="11"/>
     </row>
-    <row r="151" spans="1:8" ht="171.6" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:8" ht="178.5" x14ac:dyDescent="0.2">
       <c r="A151" s="19" t="s">
         <v>658</v>
       </c>
       <c r="B151" s="18">
         <v>40203458624</v>
       </c>
       <c r="C151" s="22" t="s">
         <v>659</v>
       </c>
       <c r="D151" s="14" t="s">
         <v>660</v>
       </c>
       <c r="E151" s="14" t="s">
         <v>661</v>
       </c>
       <c r="F151" s="18" t="s">
         <v>13</v>
       </c>
       <c r="G151" s="14" t="s">
         <v>662</v>
       </c>
       <c r="H151" s="11"/>
     </row>
-    <row r="152" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:8" ht="153" x14ac:dyDescent="0.2">
       <c r="A152" s="16" t="s">
         <v>663</v>
       </c>
       <c r="B152" s="23">
         <v>40003395627</v>
       </c>
       <c r="C152" s="24" t="s">
         <v>664</v>
       </c>
       <c r="D152" s="10" t="s">
         <v>665</v>
       </c>
       <c r="E152" s="10" t="s">
         <v>666</v>
       </c>
       <c r="F152" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G152" s="25" t="s">
         <v>667</v>
       </c>
       <c r="H152" s="11"/>
     </row>
-    <row r="153" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:8" ht="51" x14ac:dyDescent="0.2">
       <c r="A153" s="12" t="s">
         <v>668</v>
       </c>
       <c r="B153" s="13">
         <v>50003349121</v>
       </c>
       <c r="C153" s="13" t="s">
         <v>669</v>
       </c>
       <c r="D153" s="10" t="s">
         <v>670</v>
       </c>
       <c r="E153" s="10" t="s">
         <v>671</v>
       </c>
       <c r="F153" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G153" s="10" t="s">
         <v>672</v>
       </c>
       <c r="H153" s="11"/>
     </row>
-    <row r="154" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A154" s="12" t="s">
         <v>673</v>
       </c>
       <c r="B154" s="13">
         <v>40103937870</v>
       </c>
       <c r="C154" s="13" t="s">
         <v>674</v>
       </c>
       <c r="D154" s="10" t="s">
         <v>675</v>
       </c>
       <c r="E154" s="10" t="s">
         <v>676</v>
       </c>
       <c r="F154" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G154" s="10" t="s">
         <v>677</v>
       </c>
       <c r="H154" s="11"/>
     </row>
-    <row r="155" spans="1:8" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:8" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A155" s="12" t="s">
         <v>678</v>
       </c>
       <c r="B155" s="13">
         <v>40203078580</v>
       </c>
       <c r="C155" s="13" t="s">
         <v>589</v>
       </c>
       <c r="D155" s="10" t="s">
         <v>679</v>
       </c>
       <c r="E155" s="10" t="s">
         <v>680</v>
       </c>
       <c r="F155" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G155" s="15" t="s">
         <v>681</v>
       </c>
       <c r="H155" s="11"/>
     </row>
-    <row r="156" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:8" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A156" s="16" t="s">
         <v>682</v>
       </c>
       <c r="B156" s="23">
         <v>40103785597</v>
       </c>
       <c r="C156" s="23" t="s">
         <v>625</v>
       </c>
       <c r="D156" s="10" t="s">
         <v>683</v>
       </c>
       <c r="E156" s="10" t="s">
         <v>684</v>
       </c>
       <c r="F156" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G156" s="26" t="s">
         <v>681</v>
       </c>
       <c r="H156" s="11"/>
     </row>
-    <row r="157" spans="1:8" ht="86.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:8" ht="86.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A157" s="27" t="s">
         <v>685</v>
       </c>
       <c r="B157" s="28">
         <v>40203439356</v>
       </c>
       <c r="C157" s="28" t="s">
         <v>659</v>
       </c>
       <c r="D157" s="10" t="s">
         <v>686</v>
       </c>
       <c r="E157" s="10" t="s">
         <v>687</v>
       </c>
       <c r="F157" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G157" s="29" t="s">
         <v>688</v>
       </c>
       <c r="H157" s="11"/>
     </row>
-    <row r="158" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A158" s="27" t="s">
         <v>689</v>
       </c>
       <c r="B158" s="28">
         <v>40203220357</v>
       </c>
       <c r="C158" s="28" t="s">
         <v>690</v>
       </c>
       <c r="D158" s="10" t="s">
         <v>358</v>
       </c>
       <c r="E158" s="10" t="s">
         <v>691</v>
       </c>
       <c r="F158" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G158" s="30" t="s">
         <v>692</v>
       </c>
       <c r="H158" s="11"/>
     </row>
-    <row r="159" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A159" s="27" t="s">
         <v>570</v>
       </c>
       <c r="B159" s="28">
         <v>40103765124</v>
       </c>
       <c r="C159" s="28" t="s">
         <v>693</v>
       </c>
       <c r="D159" s="10" t="s">
         <v>572</v>
       </c>
       <c r="E159" s="10" t="s">
         <v>694</v>
       </c>
       <c r="F159" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G159" s="30" t="s">
         <v>695</v>
       </c>
       <c r="H159" s="11"/>
     </row>
-    <row r="160" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A160" s="12" t="s">
         <v>696</v>
       </c>
       <c r="B160" s="31">
         <v>40203243241</v>
       </c>
       <c r="C160" s="32" t="s">
         <v>697</v>
       </c>
       <c r="D160" s="10" t="s">
         <v>698</v>
       </c>
       <c r="E160" s="10" t="s">
         <v>699</v>
       </c>
       <c r="F160" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G160" s="33" t="s">
         <v>700</v>
       </c>
       <c r="H160" s="11"/>
     </row>
-    <row r="161" spans="1:8" ht="114" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:8" ht="114" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A161" s="34" t="s">
         <v>701</v>
       </c>
       <c r="B161" s="20">
         <v>40203253894</v>
       </c>
       <c r="C161" s="13" t="s">
         <v>612</v>
       </c>
       <c r="D161" s="10" t="s">
         <v>702</v>
       </c>
       <c r="E161" s="10" t="s">
         <v>703</v>
       </c>
       <c r="F161" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G161" s="12" t="s">
         <v>704</v>
       </c>
       <c r="H161" s="11"/>
     </row>
-    <row r="162" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A162" s="12" t="s">
         <v>705</v>
       </c>
       <c r="B162" s="13">
         <v>41503088977</v>
       </c>
       <c r="C162" s="13" t="s">
         <v>612</v>
       </c>
       <c r="D162" s="10" t="s">
         <v>358</v>
       </c>
       <c r="E162" s="10" t="s">
         <v>706</v>
       </c>
       <c r="F162" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G162" s="10" t="s">
         <v>707</v>
       </c>
       <c r="H162" s="11"/>
     </row>
-    <row r="163" spans="1:8" ht="135.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:8" ht="135.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A163" s="12" t="s">
         <v>708</v>
       </c>
       <c r="B163" s="13">
         <v>40003449898</v>
       </c>
       <c r="C163" s="13" t="s">
         <v>612</v>
       </c>
       <c r="D163" s="10" t="s">
         <v>709</v>
       </c>
       <c r="E163" s="10" t="s">
         <v>710</v>
       </c>
       <c r="F163" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G163" s="14" t="s">
         <v>711</v>
       </c>
       <c r="H163" s="11"/>
     </row>
-    <row r="164" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:8" ht="153" x14ac:dyDescent="0.2">
       <c r="A164" s="16" t="s">
         <v>712</v>
       </c>
       <c r="B164" s="23">
         <v>40003835478</v>
       </c>
       <c r="C164" s="23" t="s">
         <v>713</v>
       </c>
       <c r="D164" s="10" t="s">
         <v>714</v>
       </c>
       <c r="E164" s="10" t="s">
         <v>715</v>
       </c>
       <c r="F164" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G164" s="25" t="s">
         <v>716</v>
       </c>
       <c r="H164" s="11"/>
     </row>
-    <row r="165" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:8" ht="102" x14ac:dyDescent="0.2">
       <c r="A165" s="16" t="s">
         <v>717</v>
       </c>
       <c r="B165" s="13">
         <v>40203457845</v>
       </c>
       <c r="C165" s="13" t="s">
         <v>718</v>
       </c>
       <c r="D165" s="10" t="s">
         <v>642</v>
       </c>
       <c r="E165" s="10" t="s">
         <v>719</v>
       </c>
       <c r="F165" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G165" s="10" t="s">
         <v>720</v>
       </c>
       <c r="H165" s="11"/>
     </row>
-    <row r="166" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:8" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A166" s="16" t="s">
         <v>721</v>
       </c>
       <c r="B166" s="13">
         <v>40203504923</v>
       </c>
       <c r="C166" s="13" t="s">
         <v>722</v>
       </c>
       <c r="D166" s="10" t="s">
         <v>646</v>
       </c>
       <c r="E166" s="10" t="s">
         <v>723</v>
       </c>
       <c r="F166" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G166" s="10" t="s">
         <v>724</v>
       </c>
       <c r="H166" s="11"/>
     </row>
-    <row r="167" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A167" s="16" t="s">
         <v>725</v>
       </c>
       <c r="B167" s="13">
         <v>40003688079</v>
       </c>
       <c r="C167" s="13" t="s">
         <v>726</v>
       </c>
       <c r="D167" s="10" t="s">
         <v>727</v>
       </c>
       <c r="E167" s="10" t="s">
         <v>728</v>
       </c>
       <c r="F167" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G167" s="10" t="s">
         <v>729</v>
       </c>
       <c r="H167" s="11"/>
     </row>
-    <row r="168" spans="1:8" ht="99.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:8" ht="99.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A168" s="16" t="s">
         <v>730</v>
       </c>
       <c r="B168" s="13">
         <v>40203016487</v>
       </c>
       <c r="C168" s="13" t="s">
         <v>731</v>
       </c>
       <c r="D168" s="10" t="s">
         <v>732</v>
       </c>
       <c r="E168" s="10" t="s">
         <v>733</v>
       </c>
       <c r="F168" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G168" s="10" t="s">
         <v>734</v>
       </c>
       <c r="H168" s="11"/>
     </row>
-    <row r="169" spans="1:8" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:8" ht="92.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A169" s="16" t="s">
         <v>735</v>
       </c>
       <c r="B169" s="13">
         <v>40203444535</v>
       </c>
       <c r="C169" s="5" t="s">
         <v>726</v>
       </c>
       <c r="D169" s="10" t="s">
         <v>736</v>
       </c>
       <c r="E169" s="10" t="s">
         <v>737</v>
       </c>
       <c r="F169" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G169" s="10" t="s">
         <v>738</v>
       </c>
       <c r="H169" s="11"/>
     </row>
-    <row r="170" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:8" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A170" s="16" t="s">
         <v>739</v>
       </c>
       <c r="B170" s="13">
         <v>50203453351</v>
       </c>
       <c r="C170" s="13" t="s">
         <v>740</v>
       </c>
       <c r="D170" s="10" t="s">
         <v>493</v>
       </c>
       <c r="E170" s="10" t="s">
         <v>741</v>
       </c>
       <c r="F170" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G170" s="10" t="s">
         <v>742</v>
       </c>
       <c r="H170" s="11"/>
     </row>
-    <row r="171" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A171" s="16" t="s">
         <v>743</v>
       </c>
       <c r="B171" s="13">
         <v>40203350598</v>
       </c>
       <c r="C171" s="13" t="s">
         <v>744</v>
       </c>
       <c r="D171" s="10" t="s">
         <v>745</v>
       </c>
       <c r="E171" s="10" t="s">
         <v>746</v>
       </c>
       <c r="F171" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G171" s="10" t="s">
         <v>747</v>
       </c>
       <c r="H171" s="11"/>
     </row>
-    <row r="172" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A172" s="16" t="s">
         <v>748</v>
       </c>
       <c r="B172" s="13">
         <v>40203065228</v>
       </c>
       <c r="C172" s="13" t="s">
         <v>749</v>
       </c>
       <c r="D172" s="10" t="s">
         <v>750</v>
       </c>
       <c r="E172" s="10" t="s">
         <v>751</v>
       </c>
       <c r="F172" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G172" s="10" t="s">
         <v>752</v>
       </c>
       <c r="H172" s="11"/>
     </row>
-    <row r="173" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A173" s="16" t="s">
         <v>753</v>
       </c>
       <c r="B173" s="13">
         <v>90013082759</v>
       </c>
       <c r="C173" s="13" t="s">
         <v>754</v>
       </c>
       <c r="D173" s="16" t="s">
         <v>755</v>
       </c>
       <c r="E173" s="10" t="s">
         <v>756</v>
       </c>
       <c r="F173" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G173" s="10" t="s">
         <v>757</v>
       </c>
       <c r="H173" s="11"/>
     </row>
-    <row r="174" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A174" s="16" t="s">
         <v>753</v>
       </c>
       <c r="B174" s="13">
         <v>90013082759</v>
       </c>
       <c r="C174" s="13" t="s">
         <v>754</v>
       </c>
       <c r="D174" s="16" t="s">
         <v>755</v>
       </c>
       <c r="E174" s="10" t="s">
         <v>758</v>
       </c>
       <c r="F174" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G174" s="10" t="s">
         <v>759</v>
       </c>
       <c r="H174" s="11"/>
     </row>
-    <row r="175" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A175" s="16" t="s">
         <v>753</v>
       </c>
       <c r="B175" s="13">
         <v>90013082759</v>
       </c>
       <c r="C175" s="13" t="s">
         <v>754</v>
       </c>
       <c r="D175" s="16" t="s">
         <v>760</v>
       </c>
       <c r="E175" s="10" t="s">
         <v>761</v>
       </c>
       <c r="F175" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G175" s="10" t="s">
         <v>757</v>
       </c>
       <c r="H175" s="11"/>
     </row>
-    <row r="176" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A176" s="16" t="s">
         <v>753</v>
       </c>
       <c r="B176" s="13">
         <v>90013082759</v>
       </c>
       <c r="C176" s="13" t="s">
         <v>754</v>
       </c>
       <c r="D176" s="16" t="s">
         <v>755</v>
       </c>
       <c r="E176" s="10" t="s">
         <v>762</v>
       </c>
       <c r="F176" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G176" s="10" t="s">
         <v>757</v>
       </c>
       <c r="H176" s="11"/>
     </row>
-    <row r="177" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A177" s="16" t="s">
         <v>753</v>
       </c>
       <c r="B177" s="13">
         <v>90013082759</v>
       </c>
       <c r="C177" s="13" t="s">
         <v>754</v>
       </c>
       <c r="D177" s="16" t="s">
         <v>755</v>
       </c>
       <c r="E177" s="10" t="s">
         <v>763</v>
       </c>
       <c r="F177" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G177" s="10" t="s">
         <v>757</v>
       </c>
     </row>
-    <row r="178" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A178" s="16" t="s">
         <v>753</v>
       </c>
       <c r="B178" s="13">
         <v>90013082759</v>
       </c>
       <c r="C178" s="13" t="s">
         <v>754</v>
       </c>
       <c r="D178" s="16" t="s">
         <v>755</v>
       </c>
       <c r="E178" s="10" t="s">
         <v>764</v>
       </c>
       <c r="F178" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G178" s="10" t="s">
         <v>757</v>
       </c>
     </row>
-    <row r="179" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A179" s="16" t="s">
         <v>765</v>
       </c>
       <c r="B179" s="13">
         <v>41503069590</v>
       </c>
       <c r="C179" s="13" t="s">
         <v>766</v>
       </c>
       <c r="D179" s="16" t="s">
         <v>767</v>
       </c>
       <c r="E179" s="10" t="s">
         <v>768</v>
       </c>
       <c r="F179" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G179" s="10" t="s">
         <v>769</v>
       </c>
     </row>
-    <row r="180" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A180" s="16" t="s">
         <v>770</v>
       </c>
       <c r="B180" s="13">
         <v>40203445831</v>
       </c>
       <c r="C180" s="13" t="s">
         <v>771</v>
       </c>
       <c r="D180" s="16" t="s">
         <v>772</v>
       </c>
       <c r="E180" s="10" t="s">
         <v>773</v>
       </c>
       <c r="F180" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G180" s="10" t="s">
         <v>774</v>
       </c>
     </row>
-    <row r="181" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:7" ht="51" x14ac:dyDescent="0.2">
       <c r="A181" s="16" t="s">
         <v>775</v>
       </c>
       <c r="B181" s="13">
         <v>40203050627</v>
       </c>
       <c r="C181" s="13" t="s">
         <v>776</v>
       </c>
       <c r="D181" s="16" t="s">
         <v>777</v>
       </c>
       <c r="E181" s="10" t="s">
         <v>778</v>
       </c>
       <c r="F181" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G181" s="10" t="s">
         <v>779</v>
       </c>
     </row>
-    <row r="182" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:7" ht="51" x14ac:dyDescent="0.2">
       <c r="A182" s="16" t="s">
         <v>780</v>
       </c>
       <c r="B182" s="13">
         <v>48503019625</v>
       </c>
       <c r="C182" s="13" t="s">
         <v>781</v>
       </c>
       <c r="D182" s="16" t="s">
         <v>782</v>
       </c>
       <c r="E182" s="10" t="s">
         <v>783</v>
       </c>
       <c r="F182" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G182" s="10" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="183" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A183" s="16" t="s">
         <v>784</v>
       </c>
       <c r="B183" s="13">
         <v>40103566344</v>
       </c>
       <c r="C183" s="13" t="s">
         <v>785</v>
       </c>
       <c r="D183" s="16" t="s">
         <v>786</v>
       </c>
       <c r="E183" s="10" t="s">
         <v>787</v>
       </c>
       <c r="F183" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G183" s="10" t="s">
         <v>788</v>
       </c>
     </row>
-    <row r="184" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
       <c r="A184" s="16" t="s">
         <v>789</v>
       </c>
       <c r="B184" s="13">
         <v>40203314436</v>
       </c>
       <c r="C184" s="13" t="s">
         <v>790</v>
       </c>
       <c r="D184" s="16" t="s">
         <v>791</v>
       </c>
       <c r="E184" s="10" t="s">
         <v>792</v>
       </c>
       <c r="F184" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G184" s="10" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="185" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A185" s="16" t="s">
         <v>793</v>
       </c>
       <c r="B185" s="13">
         <v>40203402461</v>
       </c>
       <c r="C185" s="13" t="s">
         <v>794</v>
       </c>
       <c r="D185" s="16" t="s">
         <v>642</v>
       </c>
       <c r="E185" s="10" t="s">
         <v>795</v>
       </c>
       <c r="F185" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G185" s="10" t="s">
         <v>796</v>
       </c>
     </row>
-    <row r="186" spans="1:7" ht="107.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:7" ht="107.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A186" s="16" t="s">
         <v>797</v>
       </c>
       <c r="B186" s="13">
         <v>50203230431</v>
       </c>
       <c r="C186" s="13" t="s">
         <v>798</v>
       </c>
       <c r="D186" s="16" t="s">
         <v>799</v>
       </c>
       <c r="E186" s="10" t="s">
         <v>800</v>
       </c>
       <c r="F186" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G186" s="10" t="s">
         <v>801</v>
       </c>
     </row>
-    <row r="187" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A187" s="16" t="s">
         <v>802</v>
       </c>
       <c r="B187" s="13">
         <v>44103085135</v>
       </c>
       <c r="C187" s="13" t="s">
         <v>726</v>
       </c>
       <c r="D187" s="16" t="s">
         <v>803</v>
       </c>
       <c r="E187" s="10" t="s">
         <v>804</v>
       </c>
       <c r="F187" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G187" s="10" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="188" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A188" s="16" t="s">
         <v>806</v>
       </c>
       <c r="B188" s="13">
         <v>40203231399</v>
       </c>
       <c r="C188" s="13" t="s">
         <v>807</v>
       </c>
       <c r="D188" s="16" t="s">
         <v>808</v>
       </c>
       <c r="E188" s="10" t="s">
         <v>809</v>
       </c>
       <c r="F188" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G188" s="10" t="s">
         <v>810</v>
       </c>
     </row>
-    <row r="189" spans="1:7" ht="92.7" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:7" ht="92.65" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A189" s="16" t="s">
         <v>811</v>
       </c>
       <c r="B189" s="13">
         <v>40003923624</v>
       </c>
       <c r="C189" s="13" t="s">
         <v>812</v>
       </c>
       <c r="D189" s="16" t="s">
         <v>813</v>
       </c>
       <c r="E189" s="10" t="s">
         <v>814</v>
       </c>
       <c r="F189" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G189" s="10" t="s">
         <v>815</v>
       </c>
     </row>
-    <row r="190" spans="1:7" ht="91.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:7" ht="91.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A190" s="16" t="s">
         <v>816</v>
       </c>
       <c r="B190" s="13">
         <v>41203050753</v>
       </c>
       <c r="C190" s="13" t="s">
         <v>794</v>
       </c>
       <c r="D190" s="16" t="s">
         <v>817</v>
       </c>
       <c r="E190" s="10" t="s">
         <v>818</v>
       </c>
       <c r="F190" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G190" s="10" t="s">
         <v>819</v>
       </c>
     </row>
-    <row r="191" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A191" s="16" t="s">
         <v>820</v>
       </c>
       <c r="B191" s="13">
         <v>40103252356</v>
       </c>
       <c r="C191" s="13" t="s">
         <v>821</v>
       </c>
       <c r="D191" s="16" t="s">
         <v>822</v>
       </c>
       <c r="E191" s="10" t="s">
         <v>823</v>
       </c>
       <c r="F191" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G191" s="10" t="s">
         <v>824</v>
       </c>
     </row>
-    <row r="192" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A192" s="16" t="s">
         <v>825</v>
       </c>
       <c r="B192" s="13">
         <v>90013082759</v>
       </c>
       <c r="C192" s="13" t="s">
         <v>826</v>
       </c>
       <c r="D192" s="16" t="s">
         <v>827</v>
       </c>
       <c r="E192" s="10" t="s">
         <v>828</v>
       </c>
       <c r="F192" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G192" s="10" t="s">
         <v>829</v>
       </c>
     </row>
-    <row r="193" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A193" s="16" t="s">
         <v>830</v>
       </c>
       <c r="B193" s="13">
         <v>40003762704</v>
       </c>
       <c r="C193" s="13" t="s">
         <v>831</v>
       </c>
       <c r="D193" s="16" t="s">
         <v>832</v>
       </c>
       <c r="E193" s="10" t="s">
         <v>833</v>
       </c>
       <c r="F193" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G193" s="10" t="s">
         <v>824</v>
       </c>
     </row>
-    <row r="194" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A194" s="16" t="s">
         <v>834</v>
       </c>
       <c r="B194" s="13">
         <v>40203116223</v>
       </c>
       <c r="C194" s="13" t="s">
         <v>835</v>
       </c>
       <c r="D194" s="16" t="s">
         <v>836</v>
       </c>
       <c r="E194" s="10" t="s">
         <v>837</v>
       </c>
       <c r="F194" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G194" s="10" t="s">
         <v>838</v>
       </c>
     </row>
-    <row r="195" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A195" s="16" t="s">
         <v>839</v>
       </c>
       <c r="B195" s="13">
         <v>44103144250</v>
       </c>
       <c r="C195" s="13" t="s">
         <v>840</v>
       </c>
       <c r="D195" s="16" t="s">
         <v>841</v>
       </c>
       <c r="E195" s="10" t="s">
         <v>842</v>
       </c>
       <c r="F195" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G195" s="10" t="s">
         <v>843</v>
       </c>
     </row>
-    <row r="196" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A196" s="16" t="s">
         <v>844</v>
       </c>
       <c r="B196" s="13">
         <v>41503071010</v>
       </c>
       <c r="C196" s="13" t="s">
         <v>845</v>
       </c>
       <c r="D196" s="16" t="s">
         <v>846</v>
       </c>
       <c r="E196" s="14" t="s">
         <v>847</v>
       </c>
       <c r="F196" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G196" s="14" t="s">
         <v>848</v>
       </c>
     </row>
-    <row r="197" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A197" s="16" t="s">
         <v>849</v>
       </c>
       <c r="B197" s="13">
         <v>40203319344</v>
       </c>
       <c r="C197" s="13" t="s">
         <v>845</v>
       </c>
       <c r="D197" s="16" t="s">
         <v>850</v>
       </c>
       <c r="E197" s="14" t="s">
         <v>851</v>
       </c>
       <c r="F197" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G197" s="14" t="s">
         <v>852</v>
       </c>
     </row>
-    <row r="198" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:7" ht="165.75" x14ac:dyDescent="0.2">
       <c r="A198" s="16" t="s">
         <v>853</v>
       </c>
       <c r="B198" s="13">
         <v>50203099601</v>
       </c>
       <c r="C198" s="13" t="s">
         <v>854</v>
       </c>
       <c r="D198" s="16" t="s">
         <v>855</v>
       </c>
       <c r="E198" s="19" t="s">
         <v>856</v>
       </c>
       <c r="F198" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G198" s="14" t="s">
         <v>857</v>
       </c>
     </row>
-    <row r="199" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:7" ht="51" x14ac:dyDescent="0.2">
       <c r="A199" s="16" t="s">
         <v>858</v>
       </c>
       <c r="B199" s="13">
         <v>40203473873</v>
       </c>
       <c r="C199" s="13" t="s">
         <v>854</v>
       </c>
       <c r="D199" s="16" t="s">
         <v>502</v>
       </c>
       <c r="E199" s="19" t="s">
         <v>859</v>
       </c>
       <c r="F199" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G199" s="14" t="s">
         <v>860</v>
       </c>
     </row>
-    <row r="200" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A200" s="16" t="s">
         <v>861</v>
       </c>
       <c r="B200" s="13">
         <v>55403052331</v>
       </c>
       <c r="C200" s="13" t="s">
         <v>862</v>
       </c>
       <c r="D200" s="16" t="s">
         <v>863</v>
       </c>
       <c r="E200" s="19" t="s">
         <v>864</v>
       </c>
       <c r="F200" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G200" s="14" t="s">
         <v>865</v>
       </c>
     </row>
-    <row r="201" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A201" s="16" t="s">
         <v>866</v>
       </c>
       <c r="B201" s="13">
         <v>40203017463</v>
       </c>
       <c r="C201" s="13" t="s">
         <v>867</v>
       </c>
       <c r="D201" s="16" t="s">
         <v>868</v>
       </c>
       <c r="E201" s="19" t="s">
         <v>869</v>
       </c>
       <c r="F201" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G201" s="14" t="s">
         <v>870</v>
       </c>
     </row>
-    <row r="202" spans="1:7" ht="97.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:7" ht="97.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A202" s="16" t="s">
         <v>871</v>
       </c>
       <c r="B202" s="13">
         <v>40103193847</v>
       </c>
       <c r="C202" s="13" t="s">
         <v>872</v>
       </c>
       <c r="D202" s="16" t="s">
         <v>873</v>
       </c>
       <c r="E202" s="19" t="s">
         <v>874</v>
       </c>
       <c r="F202" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G202" s="14" t="s">
         <v>875</v>
       </c>
     </row>
-    <row r="203" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A203" s="16" t="s">
         <v>876</v>
       </c>
       <c r="B203" s="13">
         <v>40203124023</v>
       </c>
       <c r="C203" s="13" t="s">
         <v>877</v>
       </c>
       <c r="D203" s="16" t="s">
         <v>878</v>
       </c>
       <c r="E203" s="19" t="s">
         <v>879</v>
       </c>
       <c r="F203" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G203" s="14" t="s">
         <v>880</v>
       </c>
     </row>
-    <row r="204" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A204" s="16" t="s">
         <v>881</v>
       </c>
       <c r="B204" s="13">
         <v>50003465381</v>
       </c>
       <c r="C204" s="13" t="s">
         <v>882</v>
       </c>
       <c r="D204" s="16" t="s">
         <v>576</v>
       </c>
       <c r="E204" s="19" t="s">
         <v>883</v>
       </c>
       <c r="F204" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G204" s="14" t="s">
         <v>884</v>
       </c>
     </row>
-    <row r="205" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A205" s="16" t="s">
         <v>885</v>
       </c>
       <c r="B205" s="13">
         <v>40003885731</v>
       </c>
       <c r="C205" s="13" t="s">
         <v>840</v>
       </c>
       <c r="D205" s="16" t="s">
         <v>886</v>
       </c>
       <c r="E205" s="19" t="s">
         <v>887</v>
       </c>
       <c r="F205" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G205" s="14" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="206" spans="1:7" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="206" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A206" s="16" t="s">
         <v>889</v>
       </c>
       <c r="B206" s="13">
         <v>40203397368</v>
       </c>
       <c r="C206" s="13" t="s">
         <v>872</v>
       </c>
       <c r="D206" s="16" t="s">
         <v>890</v>
       </c>
       <c r="E206" s="19" t="s">
         <v>891</v>
       </c>
       <c r="F206" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G206" s="14" t="s">
         <v>892</v>
       </c>
     </row>
-    <row r="207" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A207" s="16" t="s">
         <v>893</v>
       </c>
       <c r="B207" s="13">
         <v>40203375676</v>
       </c>
       <c r="C207" s="13" t="s">
         <v>894</v>
       </c>
       <c r="D207" s="16" t="s">
         <v>895</v>
       </c>
       <c r="E207" s="19" t="s">
         <v>896</v>
       </c>
       <c r="F207" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G207" s="14" t="s">
         <v>865</v>
       </c>
     </row>
-    <row r="208" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A208" s="16" t="s">
         <v>897</v>
       </c>
       <c r="B208" s="13">
         <v>40203081805</v>
       </c>
       <c r="C208" s="13" t="s">
         <v>894</v>
       </c>
       <c r="D208" s="16" t="s">
         <v>898</v>
       </c>
       <c r="E208" s="12" t="s">
         <v>899</v>
       </c>
       <c r="F208" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G208" s="10" t="s">
         <v>900</v>
       </c>
     </row>
-    <row r="209" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="209" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A209" s="16" t="s">
         <v>901</v>
       </c>
       <c r="B209" s="13">
         <v>40203124023</v>
       </c>
       <c r="C209" s="13" t="s">
         <v>812</v>
       </c>
       <c r="D209" s="16" t="s">
         <v>902</v>
       </c>
       <c r="E209" s="19" t="s">
         <v>903</v>
       </c>
       <c r="F209" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G209" s="14" t="s">
         <v>904</v>
       </c>
     </row>
-    <row r="210" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:7" ht="140.25" x14ac:dyDescent="0.2">
       <c r="A210" s="16" t="s">
         <v>905</v>
       </c>
       <c r="B210" s="13">
         <v>40008120858</v>
       </c>
       <c r="C210" s="9" t="s">
         <v>906</v>
       </c>
       <c r="D210" s="16" t="s">
         <v>907</v>
       </c>
       <c r="E210" s="19" t="s">
         <v>908</v>
       </c>
       <c r="F210" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G210" s="14" t="s">
         <v>909</v>
       </c>
     </row>
-    <row r="211" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A211" s="16" t="s">
         <v>910</v>
       </c>
       <c r="B211" s="13">
         <v>49002002760</v>
       </c>
       <c r="C211" s="9" t="s">
         <v>877</v>
       </c>
       <c r="D211" s="16" t="s">
         <v>911</v>
       </c>
       <c r="E211" s="19" t="s">
         <v>912</v>
       </c>
       <c r="F211" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G211" s="14" t="s">
         <v>913</v>
       </c>
     </row>
-    <row r="212" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="212" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A212" s="16" t="s">
         <v>914</v>
       </c>
       <c r="B212" s="13">
         <v>40203260970</v>
       </c>
       <c r="C212" s="9" t="s">
         <v>877</v>
       </c>
       <c r="D212" s="16" t="s">
         <v>915</v>
       </c>
       <c r="E212" s="19" t="s">
         <v>916</v>
       </c>
       <c r="F212" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G212" s="14" t="s">
         <v>917</v>
       </c>
     </row>
-    <row r="213" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="213" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A213" s="16" t="s">
         <v>918</v>
       </c>
       <c r="B213" s="13">
         <v>40003428538</v>
       </c>
       <c r="C213" s="9" t="s">
         <v>877</v>
       </c>
       <c r="D213" s="16" t="s">
         <v>919</v>
       </c>
       <c r="E213" s="19" t="s">
         <v>920</v>
       </c>
       <c r="F213" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G213" s="14" t="s">
         <v>921</v>
       </c>
     </row>
-    <row r="214" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
+    <row r="214" spans="1:7" ht="178.5" x14ac:dyDescent="0.2">
       <c r="A214" s="16" t="s">
         <v>922</v>
       </c>
       <c r="B214" s="13">
         <v>40003015900</v>
       </c>
       <c r="C214" s="9" t="s">
         <v>923</v>
       </c>
       <c r="D214" s="16" t="s">
         <v>924</v>
       </c>
       <c r="E214" s="19" t="s">
         <v>925</v>
       </c>
       <c r="F214" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G214" s="10" t="s">
         <v>926</v>
       </c>
     </row>
-    <row r="215" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="215" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A215" s="16" t="s">
         <v>927</v>
       </c>
       <c r="B215" s="13">
         <v>40203094566</v>
       </c>
       <c r="C215" s="9" t="s">
         <v>928</v>
       </c>
       <c r="D215" s="16" t="s">
         <v>929</v>
       </c>
       <c r="E215" s="12" t="s">
         <v>930</v>
       </c>
       <c r="F215" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G215" s="14" t="s">
         <v>931</v>
       </c>
     </row>
-    <row r="216" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A216" s="16" t="s">
         <v>932</v>
       </c>
       <c r="B216" s="13">
         <v>40203341631</v>
       </c>
       <c r="C216" s="9" t="s">
         <v>933</v>
       </c>
       <c r="D216" s="16" t="s">
         <v>934</v>
       </c>
       <c r="E216" s="12" t="s">
         <v>935</v>
       </c>
       <c r="F216" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G216" s="12" t="s">
         <v>936</v>
       </c>
     </row>
-    <row r="217" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="217" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A217" s="16" t="s">
         <v>937</v>
       </c>
       <c r="B217" s="13">
         <v>40203340246</v>
       </c>
       <c r="C217" s="9" t="s">
         <v>933</v>
       </c>
       <c r="D217" s="16" t="s">
         <v>938</v>
       </c>
       <c r="E217" s="12" t="s">
         <v>939</v>
       </c>
       <c r="F217" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G217" s="12" t="s">
         <v>940</v>
       </c>
     </row>
-    <row r="218" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="218" spans="1:7" ht="153" x14ac:dyDescent="0.2">
       <c r="A218" s="16" t="s">
         <v>941</v>
       </c>
       <c r="B218" s="13">
         <v>40203260720</v>
       </c>
       <c r="C218" s="9" t="s">
         <v>942</v>
       </c>
       <c r="D218" s="16" t="s">
         <v>943</v>
       </c>
       <c r="E218" s="12" t="s">
         <v>944</v>
       </c>
       <c r="F218" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G218" s="12" t="s">
         <v>945</v>
       </c>
     </row>
-    <row r="219" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="219" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A219" s="16" t="s">
         <v>946</v>
       </c>
       <c r="B219" s="13">
         <v>48503005377</v>
       </c>
       <c r="C219" s="9" t="s">
         <v>947</v>
       </c>
       <c r="D219" s="16" t="s">
         <v>948</v>
       </c>
       <c r="E219" s="12" t="s">
         <v>949</v>
       </c>
       <c r="F219" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G219" s="12" t="s">
         <v>950</v>
       </c>
     </row>
-    <row r="220" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="220" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
       <c r="A220" s="16" t="s">
         <v>951</v>
       </c>
       <c r="B220" s="13">
         <v>40103028507</v>
       </c>
       <c r="C220" s="9" t="s">
         <v>952</v>
       </c>
       <c r="D220" s="16" t="s">
         <v>953</v>
       </c>
       <c r="E220" s="12" t="s">
         <v>954</v>
       </c>
       <c r="F220" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G220" s="12" t="s">
         <v>955</v>
       </c>
     </row>
-    <row r="221" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
+    <row r="221" spans="1:7" ht="178.5" x14ac:dyDescent="0.2">
       <c r="A221" s="16" t="s">
         <v>956</v>
       </c>
       <c r="B221" s="13">
         <v>40103403687</v>
       </c>
       <c r="C221" s="9" t="s">
         <v>957</v>
       </c>
       <c r="D221" s="16" t="s">
         <v>958</v>
       </c>
       <c r="E221" s="12" t="s">
         <v>959</v>
       </c>
       <c r="F221" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G221" s="12" t="s">
         <v>960</v>
       </c>
     </row>
-    <row r="222" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="222" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A222" s="16" t="s">
         <v>961</v>
       </c>
       <c r="B222" s="13">
         <v>40203172447</v>
       </c>
       <c r="C222" s="9" t="s">
         <v>962</v>
       </c>
       <c r="D222" s="16" t="s">
         <v>963</v>
       </c>
       <c r="E222" s="12" t="s">
         <v>964</v>
       </c>
       <c r="F222" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G222" s="12" t="s">
         <v>965</v>
       </c>
     </row>
-    <row r="223" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="223" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A223" s="16" t="s">
         <v>966</v>
       </c>
       <c r="B223" s="13">
         <v>40003569081</v>
       </c>
       <c r="C223" s="9" t="s">
         <v>967</v>
       </c>
       <c r="D223" s="16" t="s">
         <v>968</v>
       </c>
       <c r="E223" s="12" t="s">
         <v>969</v>
       </c>
       <c r="F223" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G223" s="12" t="s">
         <v>970</v>
       </c>
     </row>
-    <row r="224" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="224" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A224" s="16" t="s">
         <v>971</v>
       </c>
       <c r="B224" s="13">
         <v>41503049965</v>
       </c>
       <c r="C224" s="9" t="s">
         <v>972</v>
       </c>
       <c r="D224" s="16" t="s">
         <v>973</v>
       </c>
       <c r="E224" s="12" t="s">
         <v>974</v>
       </c>
       <c r="F224" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G224" s="12" t="s">
         <v>975</v>
       </c>
     </row>
-    <row r="225" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="225" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A225" s="16" t="s">
         <v>976</v>
       </c>
       <c r="B225" s="13">
         <v>40103980411</v>
       </c>
       <c r="C225" s="9" t="s">
         <v>977</v>
       </c>
       <c r="D225" s="16" t="s">
         <v>978</v>
       </c>
       <c r="E225" s="12" t="s">
         <v>979</v>
       </c>
       <c r="F225" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G225" s="12" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="226" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="226" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
       <c r="A226" s="16" t="s">
         <v>980</v>
       </c>
       <c r="B226" s="13">
         <v>40002097755</v>
       </c>
       <c r="C226" s="13" t="s">
         <v>981</v>
       </c>
       <c r="D226" s="16" t="s">
         <v>982</v>
       </c>
       <c r="E226" s="12" t="s">
         <v>983</v>
       </c>
       <c r="F226" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G226" s="12" t="s">
         <v>984</v>
       </c>
     </row>
-    <row r="227" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="227" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A227" s="16" t="s">
         <v>985</v>
       </c>
       <c r="B227" s="13">
         <v>40103745414</v>
       </c>
       <c r="C227" s="13" t="s">
         <v>977</v>
       </c>
       <c r="D227" s="16" t="s">
         <v>986</v>
       </c>
       <c r="E227" s="12" t="s">
         <v>987</v>
       </c>
       <c r="F227" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G227" s="12" t="s">
         <v>988</v>
       </c>
     </row>
-    <row r="228" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A228" s="16" t="s">
         <v>989</v>
       </c>
       <c r="B228" s="13">
         <v>40203482857</v>
       </c>
       <c r="C228" s="13" t="s">
         <v>990</v>
       </c>
       <c r="D228" s="16" t="s">
         <v>991</v>
       </c>
       <c r="E228" s="12" t="s">
         <v>992</v>
       </c>
       <c r="F228" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G228" s="12" t="s">
         <v>993</v>
       </c>
     </row>
-    <row r="229" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="229" spans="1:7" ht="140.25" x14ac:dyDescent="0.2">
       <c r="A229" s="16" t="s">
         <v>994</v>
       </c>
       <c r="B229" s="13">
         <v>40203198179</v>
       </c>
       <c r="C229" s="13" t="s">
         <v>990</v>
       </c>
       <c r="D229" s="16" t="s">
         <v>995</v>
       </c>
       <c r="E229" s="12" t="s">
         <v>996</v>
       </c>
       <c r="F229" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G229" s="12" t="s">
         <v>997</v>
       </c>
     </row>
-    <row r="230" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="230" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A230" s="16" t="s">
         <v>998</v>
       </c>
       <c r="B230" s="13">
         <v>40203307909</v>
       </c>
       <c r="C230" s="13" t="s">
         <v>999</v>
       </c>
       <c r="D230" s="16" t="s">
         <v>1000</v>
       </c>
       <c r="E230" s="12" t="s">
         <v>1001</v>
       </c>
       <c r="F230" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G230" s="12" t="s">
         <v>1002</v>
       </c>
     </row>
-    <row r="231" spans="1:7" ht="250.8" x14ac:dyDescent="0.25">
+    <row r="231" spans="1:7" ht="255" x14ac:dyDescent="0.2">
       <c r="A231" s="16" t="s">
         <v>1003</v>
       </c>
       <c r="B231" s="13">
         <v>40203486825</v>
       </c>
       <c r="C231" s="13" t="s">
         <v>1004</v>
       </c>
       <c r="D231" s="16" t="s">
         <v>1005</v>
       </c>
       <c r="E231" s="12" t="s">
         <v>1006</v>
       </c>
       <c r="F231" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G231" s="12" t="s">
         <v>1007</v>
       </c>
     </row>
-    <row r="232" spans="1:7" s="1" customFormat="1" ht="105.6" x14ac:dyDescent="0.3">
+    <row r="232" spans="1:7" s="1" customFormat="1" ht="102" x14ac:dyDescent="0.25">
       <c r="A232" s="16" t="s">
         <v>1008</v>
       </c>
       <c r="B232" s="13">
         <v>40203245238</v>
       </c>
       <c r="C232" s="13" t="s">
         <v>1009</v>
       </c>
       <c r="D232" s="16" t="s">
         <v>1010</v>
       </c>
       <c r="E232" s="12" t="s">
         <v>1011</v>
       </c>
       <c r="F232" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G232" s="12" t="s">
         <v>1012</v>
       </c>
     </row>
-    <row r="233" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="233" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A233" s="16" t="s">
         <v>1013</v>
       </c>
       <c r="B233" s="13">
         <v>40103831557</v>
       </c>
       <c r="C233" s="13" t="s">
         <v>1014</v>
       </c>
       <c r="D233" s="16" t="s">
         <v>1015</v>
       </c>
       <c r="E233" s="12" t="s">
         <v>1016</v>
       </c>
       <c r="F233" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G233" s="12" t="s">
         <v>1017</v>
       </c>
     </row>
-    <row r="234" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="234" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A234" s="16" t="s">
         <v>1018</v>
       </c>
       <c r="B234" s="13">
         <v>40008117985</v>
       </c>
       <c r="C234" s="13" t="s">
         <v>1009</v>
       </c>
       <c r="D234" s="16" t="s">
         <v>1019</v>
       </c>
       <c r="E234" s="12" t="s">
         <v>1020</v>
       </c>
       <c r="F234" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G234" s="12" t="s">
         <v>1021</v>
       </c>
     </row>
-    <row r="235" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="235" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A235" s="16" t="s">
         <v>1022</v>
       </c>
       <c r="B235" s="13">
         <v>40103546954</v>
       </c>
       <c r="C235" s="13" t="s">
         <v>1023</v>
       </c>
       <c r="D235" s="16" t="s">
         <v>1024</v>
       </c>
       <c r="E235" s="12" t="s">
         <v>1025</v>
       </c>
       <c r="F235" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G235" s="12" t="s">
         <v>1026</v>
       </c>
     </row>
-    <row r="236" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="236" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A236" s="16" t="s">
         <v>1027</v>
       </c>
       <c r="B236" s="13">
         <v>40003959496</v>
       </c>
       <c r="C236" s="13" t="s">
         <v>1028</v>
       </c>
       <c r="D236" s="16" t="s">
         <v>1029</v>
       </c>
       <c r="E236" s="12" t="s">
         <v>1030</v>
       </c>
       <c r="F236" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G236" s="12" t="s">
         <v>1031</v>
       </c>
     </row>
-    <row r="237" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
+    <row r="237" spans="1:7" ht="165.75" x14ac:dyDescent="0.2">
       <c r="A237" s="16" t="s">
         <v>1032</v>
       </c>
       <c r="B237" s="13">
         <v>40203322912</v>
       </c>
       <c r="C237" s="13" t="s">
         <v>1033</v>
       </c>
       <c r="D237" s="16" t="s">
         <v>1034</v>
       </c>
       <c r="E237" s="12" t="s">
         <v>1035</v>
       </c>
       <c r="F237" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G237" s="12" t="s">
         <v>1036</v>
       </c>
     </row>
-    <row r="238" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="238" spans="1:7" ht="153" x14ac:dyDescent="0.2">
       <c r="A238" s="16" t="s">
         <v>1037</v>
       </c>
       <c r="B238" s="13">
         <v>40103926472</v>
       </c>
       <c r="C238" s="13" t="s">
         <v>1038</v>
       </c>
       <c r="D238" s="16" t="s">
         <v>1039</v>
       </c>
       <c r="E238" s="12" t="s">
         <v>1040</v>
       </c>
       <c r="F238" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G238" s="12" t="s">
         <v>1041</v>
       </c>
     </row>
-    <row r="239" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
+    <row r="239" spans="1:7" ht="178.5" x14ac:dyDescent="0.2">
       <c r="A239" s="16" t="s">
         <v>1042</v>
       </c>
       <c r="B239" s="13">
         <v>40203470877</v>
       </c>
       <c r="C239" s="13" t="s">
         <v>1043</v>
       </c>
       <c r="D239" s="16" t="s">
         <v>1044</v>
       </c>
       <c r="E239" s="12" t="s">
         <v>1045</v>
       </c>
       <c r="F239" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G239" s="12" t="s">
         <v>1046</v>
       </c>
     </row>
-    <row r="240" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
+    <row r="240" spans="1:7" ht="178.5" x14ac:dyDescent="0.2">
       <c r="A240" s="16" t="s">
         <v>1047</v>
       </c>
       <c r="B240" s="13">
         <v>40203326524</v>
       </c>
       <c r="C240" s="13" t="s">
         <v>1048</v>
       </c>
       <c r="D240" s="16" t="s">
         <v>1049</v>
       </c>
       <c r="E240" s="12" t="s">
         <v>1050</v>
       </c>
       <c r="F240" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G240" s="12" t="s">
         <v>1051</v>
       </c>
     </row>
-    <row r="241" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="241" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A241" s="16" t="s">
         <v>1052</v>
       </c>
       <c r="B241" s="13">
         <v>40203232445</v>
       </c>
       <c r="C241" s="13" t="s">
         <v>1048</v>
       </c>
       <c r="D241" s="16" t="s">
         <v>1053</v>
       </c>
       <c r="E241" s="12" t="s">
         <v>1054</v>
       </c>
       <c r="F241" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G241" s="12" t="s">
         <v>1055</v>
       </c>
     </row>
-    <row r="242" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="242" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A242" s="12" t="s">
         <v>1056</v>
       </c>
       <c r="B242" s="13">
         <v>40203093823</v>
       </c>
       <c r="C242" s="9" t="s">
         <v>1057</v>
       </c>
       <c r="D242" s="16" t="s">
         <v>1058</v>
       </c>
       <c r="E242" s="19" t="s">
         <v>1059</v>
       </c>
       <c r="F242" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G242" s="12" t="s">
         <v>1060</v>
       </c>
     </row>
-    <row r="243" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="243" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A243" s="12" t="s">
         <v>1061</v>
       </c>
       <c r="B243" s="13">
         <v>40103950578</v>
       </c>
       <c r="C243" s="13" t="s">
         <v>1062</v>
       </c>
       <c r="D243" s="16" t="s">
         <v>1063</v>
       </c>
       <c r="E243" s="12" t="s">
         <v>1064</v>
       </c>
       <c r="F243" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G243" s="12" t="s">
         <v>1066</v>
       </c>
     </row>
-    <row r="244" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="244" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A244" s="12" t="s">
         <v>1067</v>
       </c>
       <c r="B244" s="13">
         <v>40003825906</v>
       </c>
       <c r="C244" s="13" t="s">
         <v>1038</v>
       </c>
       <c r="D244" s="16" t="s">
         <v>1068</v>
       </c>
       <c r="E244" s="12" t="s">
         <v>1069</v>
       </c>
       <c r="F244" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G244" s="12" t="s">
         <v>913</v>
       </c>
     </row>
-    <row r="245" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="245" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A245" s="12" t="s">
         <v>1070</v>
       </c>
       <c r="B245" s="13">
         <v>41203019285</v>
       </c>
       <c r="C245" s="13" t="s">
         <v>1038</v>
       </c>
       <c r="D245" s="16" t="s">
         <v>1071</v>
       </c>
       <c r="E245" s="12" t="s">
         <v>1072</v>
       </c>
       <c r="F245" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G245" s="12" t="s">
         <v>913</v>
       </c>
     </row>
-    <row r="246" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="246" spans="1:7" ht="51" x14ac:dyDescent="0.2">
       <c r="A246" s="12" t="s">
         <v>1073</v>
       </c>
       <c r="B246" s="13">
         <v>40103162279</v>
       </c>
       <c r="C246" s="13" t="s">
         <v>1023</v>
       </c>
       <c r="D246" s="12" t="s">
         <v>1074</v>
       </c>
       <c r="E246" s="12" t="s">
         <v>1075</v>
       </c>
       <c r="F246" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G246" s="12" t="s">
         <v>1076</v>
       </c>
     </row>
-    <row r="247" spans="1:7" ht="277.2" x14ac:dyDescent="0.25">
+    <row r="247" spans="1:7" ht="267.75" x14ac:dyDescent="0.2">
       <c r="A247" s="12" t="s">
         <v>1077</v>
       </c>
       <c r="B247" s="13" t="s">
         <v>1078</v>
       </c>
       <c r="C247" s="13" t="s">
         <v>1062</v>
       </c>
       <c r="D247" s="12" t="s">
         <v>1079</v>
       </c>
       <c r="E247" s="12" t="s">
         <v>1080</v>
       </c>
       <c r="F247" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G247" s="12" t="s">
         <v>1081</v>
       </c>
     </row>
-    <row r="248" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="248" spans="1:7" ht="51" x14ac:dyDescent="0.2">
       <c r="A248" s="12" t="s">
         <v>1082</v>
       </c>
       <c r="B248" s="13">
         <v>40103910522</v>
       </c>
       <c r="C248" s="13" t="s">
         <v>1083</v>
       </c>
       <c r="D248" s="12" t="s">
         <v>1084</v>
       </c>
       <c r="E248" s="12" t="s">
         <v>1085</v>
       </c>
       <c r="F248" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G248" s="12" t="s">
         <v>1076</v>
       </c>
     </row>
-    <row r="249" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="249" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A249" s="12" t="s">
         <v>1086</v>
       </c>
       <c r="B249" s="13">
         <v>46101000102</v>
       </c>
       <c r="C249" s="13" t="s">
         <v>1038</v>
       </c>
       <c r="D249" s="12" t="s">
         <v>1087</v>
       </c>
       <c r="E249" s="12" t="s">
         <v>1088</v>
       </c>
       <c r="F249" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G249" s="12" t="s">
         <v>1089</v>
       </c>
     </row>
-    <row r="250" spans="1:7" ht="93.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="250" spans="1:7" ht="93.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A250" s="12" t="s">
         <v>1090</v>
       </c>
       <c r="B250" s="13">
         <v>50003751651</v>
       </c>
       <c r="C250" s="13" t="s">
         <v>1091</v>
       </c>
       <c r="D250" s="12" t="s">
         <v>1092</v>
       </c>
       <c r="E250" s="12" t="s">
         <v>1093</v>
       </c>
       <c r="F250" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G250" s="12" t="s">
         <v>1094</v>
       </c>
     </row>
-    <row r="251" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="251" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A251" s="12" t="s">
         <v>1095</v>
       </c>
       <c r="B251" s="13">
         <v>40103966013</v>
       </c>
       <c r="C251" s="13" t="s">
         <v>1096</v>
       </c>
       <c r="D251" s="12" t="s">
         <v>1097</v>
       </c>
       <c r="E251" s="12" t="s">
         <v>1098</v>
       </c>
       <c r="F251" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G251" s="12" t="s">
         <v>1099</v>
       </c>
     </row>
-    <row r="252" spans="1:7" ht="146.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="252" spans="1:7" ht="146.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A252" s="12" t="s">
         <v>1100</v>
       </c>
       <c r="B252" s="13">
         <v>40203506375</v>
       </c>
       <c r="C252" s="13" t="s">
         <v>1101</v>
       </c>
       <c r="D252" s="12" t="s">
         <v>1102</v>
       </c>
       <c r="E252" s="12" t="s">
         <v>1103</v>
       </c>
       <c r="F252" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G252" s="12" t="s">
         <v>1104</v>
       </c>
     </row>
-    <row r="253" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="253" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
       <c r="A253" s="12" t="s">
         <v>1105</v>
       </c>
       <c r="B253" s="13">
         <v>50203399271</v>
       </c>
       <c r="C253" s="13" t="s">
         <v>1101</v>
       </c>
       <c r="D253" s="12" t="s">
         <v>1106</v>
       </c>
       <c r="E253" s="12" t="s">
         <v>1107</v>
       </c>
       <c r="F253" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G253" s="12" t="s">
         <v>1108</v>
       </c>
     </row>
-    <row r="254" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="254" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A254" s="12" t="s">
         <v>1109</v>
       </c>
       <c r="B254" s="13">
         <v>40203457489</v>
       </c>
       <c r="C254" s="13" t="s">
         <v>1110</v>
       </c>
       <c r="D254" s="12" t="s">
         <v>1111</v>
       </c>
       <c r="E254" s="12" t="s">
         <v>1112</v>
       </c>
       <c r="F254" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G254" s="12" t="s">
         <v>1113</v>
       </c>
     </row>
-    <row r="255" spans="1:7" ht="95.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="255" spans="1:7" ht="95.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A255" s="12" t="s">
         <v>1114</v>
       </c>
       <c r="B255" s="13">
         <v>50203524141</v>
       </c>
       <c r="C255" s="13" t="s">
         <v>1115</v>
       </c>
       <c r="D255" s="12" t="s">
         <v>1116</v>
       </c>
       <c r="E255" s="12" t="s">
         <v>1117</v>
       </c>
       <c r="F255" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G255" s="12" t="s">
         <v>1118</v>
       </c>
     </row>
-    <row r="256" spans="1:7" ht="117" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="256" spans="1:7" ht="117" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A256" s="12" t="s">
         <v>1119</v>
       </c>
       <c r="B256" s="13">
         <v>44103142387</v>
       </c>
       <c r="C256" s="13" t="s">
         <v>1120</v>
       </c>
       <c r="D256" s="12" t="s">
         <v>1121</v>
       </c>
       <c r="E256" s="12" t="s">
         <v>1122</v>
       </c>
       <c r="F256" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G256" s="12" t="s">
         <v>1123</v>
       </c>
     </row>
-    <row r="257" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="257" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A257" s="12" t="s">
         <v>1124</v>
       </c>
       <c r="B257" s="13">
         <v>44103081129</v>
       </c>
       <c r="C257" s="13" t="s">
         <v>1125</v>
       </c>
       <c r="D257" s="12" t="s">
         <v>1126</v>
       </c>
       <c r="E257" s="12" t="s">
         <v>1127</v>
       </c>
       <c r="F257" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G257" s="12" t="s">
         <v>1128</v>
       </c>
       <c r="H257" s="11"/>
       <c r="I257" s="11"/>
       <c r="J257" s="11"/>
       <c r="K257" s="11"/>
       <c r="L257" s="11"/>
       <c r="M257" s="11"/>
     </row>
-    <row r="258" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="258" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A258" s="12" t="s">
         <v>1129</v>
       </c>
       <c r="B258" s="13">
         <v>40203355059</v>
       </c>
       <c r="C258" s="13" t="s">
         <v>1130</v>
       </c>
       <c r="D258" s="12" t="s">
         <v>1131</v>
       </c>
       <c r="E258" s="12" t="s">
         <v>1132</v>
       </c>
       <c r="F258" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G258" s="12" t="s">
         <v>1104</v>
       </c>
       <c r="H258" s="11"/>
       <c r="I258" s="11"/>
       <c r="J258" s="11"/>
       <c r="K258" s="11"/>
       <c r="L258" s="11"/>
       <c r="M258" s="11"/>
     </row>
-    <row r="259" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="259" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A259" s="12" t="s">
         <v>1133</v>
       </c>
       <c r="B259" s="13">
         <v>40103741215</v>
       </c>
       <c r="C259" s="13" t="s">
         <v>1134</v>
       </c>
       <c r="D259" s="12" t="s">
         <v>1135</v>
       </c>
       <c r="E259" s="12" t="s">
         <v>1136</v>
       </c>
       <c r="F259" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G259" s="12" t="s">
         <v>1137</v>
       </c>
       <c r="H259" s="11"/>
       <c r="I259" s="11"/>
       <c r="J259" s="11"/>
       <c r="K259" s="11"/>
       <c r="L259" s="11"/>
       <c r="M259" s="11"/>
     </row>
-    <row r="260" spans="1:13" ht="211.2" x14ac:dyDescent="0.25">
+    <row r="260" spans="1:13" ht="204" x14ac:dyDescent="0.2">
       <c r="A260" s="12" t="s">
         <v>1138</v>
       </c>
       <c r="B260" s="13">
         <v>50203410121</v>
       </c>
       <c r="C260" s="13" t="s">
         <v>1139</v>
       </c>
       <c r="D260" s="12" t="s">
         <v>1140</v>
       </c>
       <c r="E260" s="12" t="s">
         <v>1141</v>
       </c>
       <c r="F260" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G260" s="12" t="s">
         <v>1142</v>
       </c>
       <c r="H260" s="11"/>
       <c r="I260" s="11"/>
       <c r="J260" s="11"/>
       <c r="K260" s="11"/>
       <c r="L260" s="11"/>
       <c r="M260" s="35"/>
     </row>
-    <row r="261" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="261" spans="1:13" ht="102" x14ac:dyDescent="0.2">
       <c r="A261" s="12" t="s">
         <v>1143</v>
       </c>
       <c r="B261" s="13">
         <v>40203254688</v>
       </c>
       <c r="C261" s="13" t="s">
         <v>1115</v>
       </c>
       <c r="D261" s="12" t="s">
         <v>1144</v>
       </c>
       <c r="E261" s="12" t="s">
         <v>1145</v>
       </c>
       <c r="F261" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G261" s="12" t="s">
         <v>1146</v>
       </c>
       <c r="H261" s="11"/>
       <c r="I261" s="11"/>
       <c r="J261" s="11"/>
       <c r="K261" s="11"/>
       <c r="L261" s="11"/>
       <c r="M261" s="11"/>
     </row>
-    <row r="262" spans="1:13" ht="119.4" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="262" spans="1:13" ht="119.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A262" s="12" t="s">
         <v>1147</v>
       </c>
       <c r="B262" s="13">
         <v>40103890391</v>
       </c>
       <c r="C262" s="13" t="s">
         <v>1134</v>
       </c>
       <c r="D262" s="12" t="s">
         <v>1148</v>
       </c>
       <c r="E262" s="12" t="s">
         <v>1149</v>
       </c>
       <c r="F262" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G262" s="12" t="s">
         <v>1150</v>
       </c>
       <c r="H262" s="11"/>
       <c r="I262" s="11"/>
       <c r="J262" s="11"/>
       <c r="K262" s="11"/>
       <c r="L262" s="11"/>
       <c r="M262" s="11"/>
     </row>
-    <row r="263" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="263" spans="1:13" ht="102" x14ac:dyDescent="0.2">
       <c r="A263" s="12" t="s">
         <v>1151</v>
       </c>
       <c r="B263" s="13">
         <v>40103354979</v>
       </c>
       <c r="C263" s="13" t="s">
         <v>1152</v>
       </c>
       <c r="D263" s="12" t="s">
         <v>1153</v>
       </c>
       <c r="E263" s="12" t="s">
         <v>1154</v>
       </c>
       <c r="F263" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G263" s="12" t="s">
         <v>1155</v>
       </c>
       <c r="H263" s="11"/>
       <c r="I263" s="11"/>
       <c r="J263" s="11"/>
       <c r="K263" s="11"/>
       <c r="L263" s="11"/>
       <c r="M263" s="11"/>
     </row>
-    <row r="264" spans="1:13" ht="74.400000000000006" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="264" spans="1:13" ht="74.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A264" s="12" t="s">
         <v>1156</v>
       </c>
       <c r="B264" s="13">
         <v>40103957078</v>
       </c>
       <c r="C264" s="13" t="s">
         <v>1096</v>
       </c>
       <c r="D264" s="12" t="s">
         <v>1157</v>
       </c>
       <c r="E264" s="12" t="s">
         <v>1158</v>
       </c>
       <c r="F264" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G264" s="12" t="s">
         <v>1159</v>
       </c>
       <c r="H264" s="11"/>
       <c r="I264" s="11"/>
       <c r="J264" s="11"/>
       <c r="K264" s="11"/>
       <c r="L264" s="11"/>
       <c r="M264" s="11"/>
     </row>
-    <row r="265" spans="1:13" ht="97.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="265" spans="1:13" ht="97.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A265" s="12" t="s">
         <v>1160</v>
       </c>
       <c r="B265" s="13">
         <v>40002056297</v>
       </c>
       <c r="C265" s="13" t="s">
         <v>1161</v>
       </c>
       <c r="D265" s="12" t="s">
         <v>1162</v>
       </c>
       <c r="E265" s="12" t="s">
         <v>1163</v>
       </c>
       <c r="F265" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G265" s="12" t="s">
         <v>1164</v>
       </c>
       <c r="H265" s="11"/>
       <c r="I265" s="11"/>
       <c r="J265" s="11"/>
       <c r="K265" s="11"/>
       <c r="L265" s="11"/>
       <c r="M265" s="11"/>
     </row>
-    <row r="266" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="266" spans="1:13" ht="102" x14ac:dyDescent="0.2">
       <c r="A266" s="12" t="s">
         <v>1165</v>
       </c>
       <c r="B266" s="13">
         <v>40203524296</v>
       </c>
       <c r="C266" s="13" t="s">
         <v>1166</v>
       </c>
       <c r="D266" s="12" t="s">
         <v>1167</v>
       </c>
       <c r="E266" s="12" t="s">
         <v>1168</v>
       </c>
       <c r="F266" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G266" s="12" t="s">
         <v>1169</v>
       </c>
       <c r="H266" s="11"/>
       <c r="I266" s="11"/>
       <c r="J266" s="11"/>
       <c r="K266" s="11"/>
       <c r="L266" s="11"/>
       <c r="M266" s="11"/>
     </row>
-    <row r="267" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="267" spans="1:13" ht="102" x14ac:dyDescent="0.2">
       <c r="A267" s="12" t="s">
         <v>1170</v>
       </c>
       <c r="B267" s="13">
         <v>50203422671</v>
       </c>
       <c r="C267" s="13" t="s">
         <v>1166</v>
       </c>
       <c r="D267" s="12" t="s">
         <v>1171</v>
       </c>
       <c r="E267" s="12" t="s">
         <v>1172</v>
       </c>
       <c r="F267" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G267" s="12" t="s">
         <v>1173</v>
       </c>
       <c r="H267" s="11"/>
       <c r="I267" s="11"/>
       <c r="J267" s="11"/>
       <c r="K267" s="11"/>
       <c r="L267" s="11"/>
       <c r="M267" s="11"/>
     </row>
-    <row r="268" spans="1:13" ht="109.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="268" spans="1:13" ht="109.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A268" s="12" t="s">
         <v>1174</v>
       </c>
       <c r="B268" s="13">
         <v>40003757879</v>
       </c>
       <c r="C268" s="13" t="s">
         <v>1125</v>
       </c>
       <c r="D268" s="12" t="s">
         <v>1175</v>
       </c>
       <c r="E268" s="12" t="s">
         <v>1176</v>
       </c>
       <c r="F268" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G268" s="12" t="s">
         <v>1177</v>
       </c>
       <c r="H268" s="11"/>
       <c r="I268" s="11"/>
       <c r="J268" s="11"/>
       <c r="K268" s="11"/>
       <c r="L268" s="11"/>
       <c r="M268" s="11"/>
     </row>
-    <row r="269" spans="1:13" ht="171.6" x14ac:dyDescent="0.25">
+    <row r="269" spans="1:13" ht="165.75" x14ac:dyDescent="0.2">
       <c r="A269" s="12" t="s">
         <v>1178</v>
       </c>
       <c r="B269" s="13">
         <v>40203431352</v>
       </c>
       <c r="C269" s="13" t="s">
         <v>1179</v>
       </c>
       <c r="D269" s="12" t="s">
         <v>1180</v>
       </c>
       <c r="E269" s="12" t="s">
         <v>1181</v>
       </c>
       <c r="F269" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G269" s="12" t="s">
         <v>1182</v>
       </c>
       <c r="H269" s="11"/>
       <c r="I269" s="11"/>
       <c r="J269" s="11"/>
       <c r="K269" s="11"/>
       <c r="L269" s="11"/>
       <c r="M269" s="11"/>
     </row>
-    <row r="270" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="270" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A270" s="12" t="s">
         <v>1183</v>
       </c>
       <c r="B270" s="13">
         <v>40203421532</v>
       </c>
       <c r="C270" s="13" t="s">
         <v>1179</v>
       </c>
       <c r="D270" s="12" t="s">
         <v>1184</v>
       </c>
       <c r="E270" s="12" t="s">
         <v>1185</v>
       </c>
       <c r="F270" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G270" s="12" t="s">
         <v>1186</v>
       </c>
       <c r="H270" s="11"/>
       <c r="I270" s="11"/>
       <c r="J270" s="11"/>
       <c r="K270" s="11"/>
       <c r="L270" s="11"/>
       <c r="M270" s="11"/>
     </row>
-    <row r="271" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="271" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A271" s="12" t="s">
         <v>1187</v>
       </c>
       <c r="B271" s="13">
         <v>41502039673</v>
       </c>
       <c r="C271" s="13" t="s">
         <v>1179</v>
       </c>
       <c r="D271" s="12" t="s">
         <v>1188</v>
       </c>
       <c r="E271" s="12" t="s">
         <v>1189</v>
       </c>
       <c r="F271" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G271" s="12" t="s">
         <v>1186</v>
       </c>
       <c r="H271" s="11"/>
       <c r="I271" s="11"/>
       <c r="J271" s="11"/>
       <c r="K271" s="11"/>
       <c r="L271" s="11"/>
       <c r="M271" s="11"/>
     </row>
-    <row r="272" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="272" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A272" s="12" t="s">
         <v>1190</v>
       </c>
       <c r="B272" s="13">
         <v>40203453701</v>
       </c>
       <c r="C272" s="13" t="s">
         <v>1191</v>
       </c>
       <c r="D272" s="12" t="s">
         <v>1192</v>
       </c>
       <c r="E272" s="12" t="s">
         <v>1193</v>
       </c>
       <c r="F272" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G272" s="12" t="s">
         <v>1194</v>
       </c>
       <c r="H272" s="11"/>
       <c r="I272" s="11"/>
       <c r="J272" s="11"/>
       <c r="K272" s="11"/>
       <c r="L272" s="11"/>
       <c r="M272" s="11"/>
     </row>
-    <row r="273" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="273" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A273" s="12" t="s">
         <v>1195</v>
       </c>
       <c r="B273" s="13">
         <v>40203441238</v>
       </c>
       <c r="C273" s="13" t="s">
         <v>1196</v>
       </c>
       <c r="D273" s="12" t="s">
         <v>1197</v>
       </c>
       <c r="E273" s="12" t="s">
         <v>1198</v>
       </c>
       <c r="F273" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G273" s="12" t="s">
         <v>1199</v>
       </c>
     </row>
-    <row r="274" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="274" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
       <c r="A274" s="12" t="s">
         <v>1200</v>
       </c>
       <c r="B274" s="13">
         <v>40203434005</v>
       </c>
       <c r="C274" s="13" t="s">
         <v>1191</v>
       </c>
       <c r="D274" s="12" t="s">
         <v>1201</v>
       </c>
       <c r="E274" s="12" t="s">
         <v>1202</v>
       </c>
       <c r="F274" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G274" s="12" t="s">
         <v>1203</v>
       </c>
     </row>
-    <row r="275" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="275" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A275" s="12" t="s">
         <v>1204</v>
       </c>
       <c r="B275" s="13">
         <v>40002195596</v>
       </c>
       <c r="C275" s="13" t="s">
         <v>1191</v>
       </c>
       <c r="D275" s="12" t="s">
         <v>1205</v>
       </c>
       <c r="E275" s="12" t="s">
         <v>1206</v>
       </c>
       <c r="F275" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G275" s="12" t="s">
         <v>1207</v>
       </c>
     </row>
-    <row r="276" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="276" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A276" s="12" t="s">
         <v>1208</v>
       </c>
       <c r="B276" s="13">
         <v>40203386218</v>
       </c>
       <c r="C276" s="13" t="s">
         <v>1209</v>
       </c>
       <c r="D276" s="12" t="s">
         <v>1210</v>
       </c>
       <c r="E276" s="12" t="s">
         <v>1211</v>
       </c>
       <c r="F276" s="13" t="s">
         <v>1212</v>
       </c>
       <c r="G276" s="12" t="s">
         <v>1213</v>
       </c>
     </row>
-    <row r="277" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="277" spans="1:7" ht="140.25" x14ac:dyDescent="0.2">
       <c r="A277" s="12" t="s">
         <v>1214</v>
       </c>
       <c r="B277" s="13">
         <v>40003718284</v>
       </c>
       <c r="C277" s="13" t="s">
         <v>1196</v>
       </c>
       <c r="D277" s="12" t="s">
         <v>1215</v>
       </c>
       <c r="E277" s="12" t="s">
         <v>1216</v>
       </c>
       <c r="F277" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G277" s="12" t="s">
         <v>1217</v>
       </c>
     </row>
-    <row r="278" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="278" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
       <c r="A278" s="12" t="s">
         <v>1218</v>
       </c>
       <c r="B278" s="13">
         <v>40203445899</v>
       </c>
       <c r="C278" s="13" t="s">
         <v>1219</v>
       </c>
       <c r="D278" s="12" t="s">
         <v>1220</v>
       </c>
       <c r="E278" s="12" t="s">
         <v>1221</v>
       </c>
       <c r="F278" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G278" s="12" t="s">
         <v>1222</v>
       </c>
     </row>
-    <row r="279" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="279" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A279" s="12" t="s">
         <v>1223</v>
       </c>
       <c r="B279" s="13">
         <v>40203474243</v>
       </c>
       <c r="C279" s="13" t="s">
         <v>1219</v>
       </c>
       <c r="D279" s="12" t="s">
         <v>1224</v>
       </c>
       <c r="E279" s="12" t="s">
         <v>1225</v>
       </c>
       <c r="F279" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G279" s="12" t="s">
         <v>1226</v>
       </c>
     </row>
-    <row r="280" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="280" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A280" s="12" t="s">
         <v>1227</v>
       </c>
       <c r="B280" s="13">
         <v>40203514809</v>
       </c>
       <c r="C280" s="13" t="s">
         <v>1228</v>
       </c>
       <c r="D280" s="12" t="s">
         <v>1229</v>
       </c>
       <c r="E280" s="12" t="s">
         <v>1230</v>
       </c>
       <c r="F280" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G280" s="12" t="s">
         <v>1231</v>
       </c>
     </row>
-    <row r="281" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="281" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A281" s="12" t="s">
         <v>1232</v>
       </c>
       <c r="B281" s="13">
         <v>40103613441</v>
       </c>
       <c r="C281" s="13" t="s">
         <v>1233</v>
       </c>
       <c r="D281" s="12" t="s">
         <v>1234</v>
       </c>
       <c r="E281" s="12" t="s">
         <v>1235</v>
       </c>
       <c r="F281" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G281" s="12" t="s">
         <v>1236</v>
       </c>
     </row>
-    <row r="282" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
+    <row r="282" spans="1:7" ht="178.5" x14ac:dyDescent="0.2">
       <c r="A282" s="12" t="s">
         <v>1237</v>
       </c>
       <c r="B282" s="13">
         <v>50203486511</v>
       </c>
       <c r="C282" s="13" t="s">
         <v>1233</v>
       </c>
       <c r="D282" s="12" t="s">
         <v>1238</v>
       </c>
       <c r="E282" s="12" t="s">
         <v>1239</v>
       </c>
       <c r="F282" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G282" s="12" t="s">
         <v>1240</v>
       </c>
     </row>
-    <row r="283" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="283" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
       <c r="A283" s="12" t="s">
         <v>1241</v>
       </c>
       <c r="B283" s="13">
         <v>40203474084</v>
       </c>
       <c r="C283" s="13" t="s">
         <v>1242</v>
       </c>
       <c r="D283" s="12" t="s">
         <v>1243</v>
       </c>
       <c r="E283" s="12" t="s">
         <v>1244</v>
       </c>
       <c r="F283" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G283" s="12" t="s">
         <v>1245</v>
       </c>
     </row>
-    <row r="284" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="284" spans="1:7" ht="153" x14ac:dyDescent="0.2">
       <c r="A284" s="12" t="s">
         <v>1246</v>
       </c>
       <c r="B284" s="13">
         <v>40203434151</v>
       </c>
       <c r="C284" s="13" t="s">
         <v>1242</v>
       </c>
       <c r="D284" s="12" t="s">
         <v>1247</v>
       </c>
       <c r="E284" s="12" t="s">
         <v>1248</v>
       </c>
       <c r="F284" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G284" s="12" t="s">
         <v>1245</v>
       </c>
     </row>
-    <row r="285" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="285" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A285" s="12" t="s">
         <v>1249</v>
       </c>
       <c r="B285" s="13">
         <v>40203285372</v>
       </c>
       <c r="C285" s="13" t="s">
         <v>1242</v>
       </c>
       <c r="D285" s="12" t="s">
         <v>1250</v>
       </c>
       <c r="E285" s="12" t="s">
         <v>1251</v>
       </c>
       <c r="F285" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G285" s="12" t="s">
         <v>1252</v>
       </c>
     </row>
-    <row r="286" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="286" spans="1:7" ht="153" x14ac:dyDescent="0.2">
       <c r="A286" s="12" t="s">
         <v>1253</v>
       </c>
       <c r="B286" s="13">
         <v>40203411267</v>
       </c>
       <c r="C286" s="13" t="s">
         <v>1254</v>
       </c>
       <c r="D286" s="12" t="s">
         <v>1255</v>
       </c>
       <c r="E286" s="12" t="s">
         <v>1256</v>
       </c>
       <c r="F286" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G286" s="12" t="s">
         <v>1245</v>
       </c>
     </row>
-    <row r="287" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="287" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A287" s="12" t="s">
         <v>1257</v>
       </c>
       <c r="B287" s="13">
         <v>40003027064</v>
       </c>
       <c r="C287" s="13" t="s">
         <v>1161</v>
       </c>
       <c r="D287" s="12" t="s">
         <v>1258</v>
       </c>
       <c r="E287" s="12" t="s">
         <v>1259</v>
       </c>
       <c r="F287" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G287" s="12" t="s">
         <v>1252</v>
       </c>
     </row>
-    <row r="288" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="288" spans="1:7" ht="165.75" x14ac:dyDescent="0.2">
       <c r="A288" s="12" t="s">
         <v>1260</v>
       </c>
       <c r="B288" s="13">
         <v>40203486524</v>
       </c>
       <c r="C288" s="13" t="s">
         <v>1161</v>
       </c>
       <c r="D288" s="12" t="s">
         <v>1261</v>
       </c>
       <c r="E288" s="12" t="s">
         <v>1262</v>
       </c>
       <c r="F288" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G288" s="12" t="s">
         <v>1245</v>
       </c>
     </row>
-    <row r="289" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="289" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
       <c r="A289" s="12" t="s">
         <v>1263</v>
       </c>
       <c r="B289" s="13">
         <v>43603078723</v>
       </c>
       <c r="C289" s="13" t="s">
         <v>1264</v>
       </c>
       <c r="D289" s="12" t="s">
         <v>1265</v>
       </c>
       <c r="E289" s="12" t="s">
         <v>1266</v>
       </c>
       <c r="F289" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G289" s="12" t="s">
         <v>1267</v>
       </c>
     </row>
-    <row r="290" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="290" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A290" s="12" t="s">
         <v>1268</v>
       </c>
       <c r="B290" s="13">
         <v>40203510794</v>
       </c>
       <c r="C290" s="13" t="s">
         <v>1269</v>
       </c>
       <c r="D290" s="12" t="s">
         <v>1270</v>
       </c>
       <c r="E290" s="12" t="s">
         <v>1271</v>
       </c>
       <c r="F290" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G290" s="12" t="s">
         <v>1272</v>
       </c>
     </row>
-    <row r="291" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="291" spans="1:7" ht="140.25" x14ac:dyDescent="0.2">
       <c r="A291" s="12" t="s">
         <v>1273</v>
       </c>
       <c r="B291" s="13">
         <v>40203441435</v>
       </c>
       <c r="C291" s="13" t="s">
         <v>1269</v>
       </c>
       <c r="D291" s="12" t="s">
         <v>1274</v>
       </c>
       <c r="E291" s="12" t="s">
         <v>1275</v>
       </c>
       <c r="F291" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G291" s="12" t="s">
         <v>1276</v>
       </c>
     </row>
-    <row r="292" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="292" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A292" s="12" t="s">
         <v>1277</v>
       </c>
       <c r="B292" s="13">
         <v>40002194919</v>
       </c>
       <c r="C292" s="13" t="s">
         <v>1264</v>
       </c>
       <c r="D292" s="12" t="s">
         <v>1278</v>
       </c>
       <c r="E292" s="12" t="s">
         <v>1279</v>
       </c>
       <c r="F292" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G292" s="12" t="s">
         <v>1280</v>
       </c>
     </row>
-    <row r="293" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="293" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A293" s="12" t="s">
         <v>1281</v>
       </c>
       <c r="B293" s="13">
         <v>40002197008</v>
       </c>
       <c r="C293" s="13" t="s">
         <v>1282</v>
       </c>
       <c r="D293" s="12" t="s">
         <v>1283</v>
       </c>
       <c r="E293" s="12" t="s">
         <v>1284</v>
       </c>
       <c r="F293" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G293" s="12" t="s">
         <v>1285</v>
       </c>
     </row>
-    <row r="294" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="294" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A294" s="12" t="s">
         <v>1286</v>
       </c>
       <c r="B294" s="13">
         <v>40203524008</v>
       </c>
       <c r="C294" s="13" t="s">
         <v>1264</v>
       </c>
       <c r="D294" s="12" t="s">
         <v>1287</v>
       </c>
       <c r="E294" s="12" t="s">
         <v>1288</v>
       </c>
       <c r="F294" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G294" s="12" t="s">
         <v>1289</v>
       </c>
     </row>
-    <row r="295" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="295" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A295" s="12" t="s">
         <v>1290</v>
       </c>
       <c r="B295" s="13">
         <v>40203523623</v>
       </c>
       <c r="C295" s="13" t="s">
         <v>1264</v>
       </c>
       <c r="D295" s="12" t="s">
         <v>1291</v>
       </c>
       <c r="E295" s="12" t="s">
         <v>1292</v>
       </c>
       <c r="F295" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G295" s="12" t="s">
         <v>1289</v>
       </c>
     </row>
-    <row r="296" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="296" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A296" s="12" t="s">
         <v>1293</v>
       </c>
       <c r="B296" s="13">
         <v>40203524135</v>
       </c>
       <c r="C296" s="13" t="s">
         <v>1264</v>
       </c>
       <c r="D296" s="12" t="s">
         <v>1294</v>
       </c>
       <c r="E296" s="12" t="s">
         <v>1295</v>
       </c>
       <c r="F296" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G296" s="12" t="s">
         <v>1296</v>
       </c>
     </row>
-    <row r="297" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="297" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
       <c r="A297" s="12" t="s">
         <v>1297</v>
       </c>
       <c r="B297" s="13">
         <v>40203337000</v>
       </c>
       <c r="C297" s="13" t="s">
         <v>1298</v>
       </c>
       <c r="D297" s="12" t="s">
         <v>1299</v>
       </c>
       <c r="E297" s="12" t="s">
         <v>1300</v>
       </c>
       <c r="F297" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G297" s="12" t="s">
         <v>1301</v>
       </c>
     </row>
-    <row r="298" spans="1:7" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="298" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A298" s="12" t="s">
         <v>1302</v>
       </c>
       <c r="B298" s="13">
         <v>40203431598</v>
       </c>
       <c r="C298" s="13" t="s">
         <v>1298</v>
       </c>
       <c r="D298" s="12" t="s">
         <v>1303</v>
       </c>
       <c r="E298" s="12" t="s">
         <v>1304</v>
       </c>
       <c r="F298" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G298" s="12" t="s">
         <v>1305</v>
       </c>
     </row>
-    <row r="299" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="299" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A299" s="12" t="s">
         <v>1306</v>
       </c>
       <c r="B299" s="13">
         <v>40203454340</v>
       </c>
       <c r="C299" s="13" t="s">
         <v>1298</v>
       </c>
       <c r="D299" s="12" t="s">
         <v>1307</v>
       </c>
       <c r="E299" s="12" t="s">
         <v>1308</v>
       </c>
       <c r="F299" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G299" s="12" t="s">
         <v>1309</v>
       </c>
     </row>
-    <row r="300" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="300" spans="1:7" ht="153" x14ac:dyDescent="0.2">
       <c r="A300" s="12" t="s">
         <v>1310</v>
       </c>
       <c r="B300" s="13">
         <v>50203433181</v>
       </c>
       <c r="C300" s="13" t="s">
         <v>1311</v>
       </c>
       <c r="D300" s="12" t="s">
         <v>1312</v>
       </c>
       <c r="E300" s="12" t="s">
         <v>1313</v>
       </c>
       <c r="F300" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G300" s="12" t="s">
         <v>1314</v>
       </c>
     </row>
-    <row r="301" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="301" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A301" s="12" t="s">
         <v>1315</v>
       </c>
       <c r="B301" s="13">
         <v>40203531851</v>
       </c>
       <c r="C301" s="13" t="s">
         <v>1311</v>
       </c>
       <c r="D301" s="12" t="s">
         <v>1316</v>
       </c>
       <c r="E301" s="12" t="s">
         <v>1317</v>
       </c>
       <c r="F301" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G301" s="12" t="s">
         <v>1318</v>
       </c>
     </row>
-    <row r="302" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="302" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A302" s="12" t="s">
         <v>1319</v>
       </c>
       <c r="B302" s="13">
         <v>40203476456</v>
       </c>
       <c r="C302" s="13" t="s">
         <v>1311</v>
       </c>
       <c r="D302" s="12" t="s">
         <v>1320</v>
       </c>
       <c r="E302" s="12" t="s">
         <v>1321</v>
       </c>
       <c r="F302" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G302" s="12" t="s">
         <v>1322</v>
       </c>
     </row>
-    <row r="303" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="303" spans="1:7" ht="140.25" x14ac:dyDescent="0.2">
       <c r="A303" s="12" t="s">
         <v>1323</v>
       </c>
       <c r="B303" s="13">
         <v>40203520203</v>
       </c>
       <c r="C303" s="13" t="s">
         <v>1311</v>
       </c>
       <c r="D303" s="12" t="s">
         <v>1324</v>
       </c>
       <c r="E303" s="12" t="s">
         <v>1325</v>
       </c>
       <c r="F303" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G303" s="12" t="s">
         <v>1326</v>
       </c>
     </row>
-    <row r="304" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="304" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A304" s="12" t="s">
         <v>1327</v>
       </c>
       <c r="B304" s="13">
         <v>40203433353</v>
       </c>
       <c r="C304" s="13" t="s">
         <v>1311</v>
       </c>
       <c r="D304" s="12" t="s">
         <v>1328</v>
       </c>
       <c r="E304" s="12" t="s">
         <v>1329</v>
       </c>
       <c r="F304" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G304" s="12" t="s">
         <v>1330</v>
       </c>
     </row>
-    <row r="305" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="305" spans="1:7" ht="140.25" x14ac:dyDescent="0.2">
       <c r="A305" s="12" t="s">
         <v>1331</v>
       </c>
       <c r="B305" s="13">
         <v>40203442267</v>
       </c>
       <c r="C305" s="13" t="s">
         <v>1332</v>
       </c>
       <c r="D305" s="12" t="s">
         <v>1333</v>
       </c>
       <c r="E305" s="12" t="s">
         <v>1334</v>
       </c>
       <c r="F305" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G305" s="12" t="s">
         <v>1335</v>
       </c>
     </row>
-    <row r="306" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="306" spans="1:7" ht="51" x14ac:dyDescent="0.2">
       <c r="A306" s="12" t="s">
         <v>1336</v>
       </c>
       <c r="B306" s="13">
         <v>40203530358</v>
       </c>
       <c r="C306" s="13" t="s">
         <v>1332</v>
       </c>
       <c r="D306" s="12" t="s">
         <v>1337</v>
       </c>
       <c r="E306" s="12" t="s">
         <v>1338</v>
       </c>
       <c r="F306" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G306" s="12" t="s">
         <v>1339</v>
       </c>
     </row>
-    <row r="307" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="307" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A307" s="12" t="s">
         <v>1340</v>
       </c>
       <c r="B307" s="13">
         <v>50203548281</v>
       </c>
       <c r="C307" s="13" t="s">
         <v>1332</v>
       </c>
       <c r="D307" s="12" t="s">
         <v>1341</v>
       </c>
       <c r="E307" s="12" t="s">
         <v>1342</v>
       </c>
       <c r="F307" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G307" s="12" t="s">
         <v>1343</v>
       </c>
     </row>
-    <row r="308" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="308" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A308" s="10" t="s">
         <v>1344</v>
       </c>
       <c r="B308" s="13">
         <v>40203535637</v>
       </c>
       <c r="C308" s="13" t="s">
         <v>1332</v>
       </c>
       <c r="D308" s="10" t="s">
         <v>1345</v>
       </c>
       <c r="E308" s="10" t="s">
         <v>1346</v>
       </c>
       <c r="F308" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G308" s="15" t="s">
         <v>1343</v>
       </c>
     </row>
-    <row r="309" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="309" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
       <c r="A309" s="10" t="s">
         <v>1347</v>
       </c>
       <c r="B309" s="13">
         <v>40103734069</v>
       </c>
       <c r="C309" s="13" t="s">
         <v>1332</v>
       </c>
       <c r="D309" s="10" t="s">
         <v>1348</v>
       </c>
       <c r="E309" s="10" t="s">
         <v>1349</v>
       </c>
       <c r="F309" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G309" s="15" t="s">
         <v>1350</v>
       </c>
     </row>
-    <row r="310" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="310" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A310" s="10" t="s">
         <v>1351</v>
       </c>
       <c r="B310" s="13">
         <v>40203338415</v>
       </c>
       <c r="C310" s="13" t="s">
         <v>1332</v>
       </c>
       <c r="D310" s="10" t="s">
         <v>1352</v>
       </c>
       <c r="E310" s="10" t="s">
         <v>1353</v>
       </c>
       <c r="F310" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G310" s="15" t="s">
         <v>1354</v>
       </c>
     </row>
-    <row r="311" spans="1:7" ht="198" x14ac:dyDescent="0.25">
+    <row r="311" spans="1:7" ht="204" x14ac:dyDescent="0.2">
       <c r="A311" s="10" t="s">
         <v>1355</v>
       </c>
       <c r="B311" s="13">
         <v>40203453256</v>
       </c>
       <c r="C311" s="13" t="s">
         <v>1356</v>
       </c>
       <c r="D311" s="10" t="s">
         <v>1357</v>
       </c>
       <c r="E311" s="10" t="s">
         <v>1358</v>
       </c>
       <c r="F311" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G311" s="15" t="s">
         <v>1359</v>
       </c>
     </row>
-    <row r="312" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="312" spans="1:7" ht="153" x14ac:dyDescent="0.2">
       <c r="A312" s="10" t="s">
         <v>1360</v>
       </c>
       <c r="B312" s="13">
         <v>40203466886</v>
       </c>
       <c r="C312" s="13" t="s">
         <v>1356</v>
       </c>
       <c r="D312" s="10" t="s">
         <v>1361</v>
       </c>
       <c r="E312" s="10" t="s">
         <v>1362</v>
       </c>
       <c r="F312" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G312" s="15" t="s">
         <v>1363</v>
       </c>
     </row>
-    <row r="313" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="313" spans="1:7" ht="51" x14ac:dyDescent="0.2">
       <c r="A313" s="10" t="s">
         <v>1364</v>
       </c>
       <c r="B313" s="13">
         <v>40203493193</v>
       </c>
       <c r="C313" s="13" t="s">
         <v>1356</v>
       </c>
       <c r="D313" s="10" t="s">
         <v>1365</v>
       </c>
       <c r="E313" s="10" t="s">
         <v>1366</v>
       </c>
       <c r="F313" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G313" s="15" t="s">
         <v>303</v>
       </c>
     </row>
-    <row r="314" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="314" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A314" s="14" t="s">
         <v>1367</v>
       </c>
       <c r="B314" s="18">
         <v>40103561775</v>
       </c>
       <c r="C314" s="18" t="s">
         <v>1332</v>
       </c>
       <c r="D314" s="14" t="s">
         <v>1368</v>
       </c>
       <c r="E314" s="14" t="s">
         <v>1369</v>
       </c>
       <c r="F314" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G314" s="15" t="s">
         <v>1370</v>
       </c>
     </row>
-    <row r="315" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="315" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A315" s="10" t="s">
         <v>1371</v>
       </c>
       <c r="B315" s="13">
         <v>43603005768</v>
       </c>
       <c r="C315" s="13" t="s">
         <v>1356</v>
       </c>
       <c r="D315" s="10" t="s">
         <v>1372</v>
       </c>
       <c r="E315" s="10" t="s">
         <v>1373</v>
       </c>
       <c r="F315" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G315" s="15" t="s">
         <v>1374</v>
       </c>
     </row>
-    <row r="316" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="316" spans="1:7" ht="153" x14ac:dyDescent="0.2">
       <c r="A316" s="10" t="s">
         <v>1375</v>
       </c>
       <c r="B316" s="13">
         <v>40203523106</v>
       </c>
       <c r="C316" s="13" t="s">
         <v>1376</v>
       </c>
       <c r="D316" s="10" t="s">
         <v>1377</v>
       </c>
       <c r="E316" s="10" t="s">
         <v>1378</v>
       </c>
       <c r="F316" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G316" s="15" t="s">
         <v>1363</v>
       </c>
     </row>
-    <row r="317" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="317" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
       <c r="A317" s="10" t="s">
         <v>1379</v>
       </c>
       <c r="B317" s="13">
         <v>40203472717</v>
       </c>
       <c r="C317" s="13" t="s">
         <v>1376</v>
       </c>
       <c r="D317" s="10" t="s">
         <v>1380</v>
       </c>
       <c r="E317" s="10" t="s">
         <v>1381</v>
       </c>
       <c r="F317" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G317" s="15" t="s">
         <v>1363</v>
       </c>
     </row>
-    <row r="318" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="318" spans="1:7" ht="102" x14ac:dyDescent="0.2">
       <c r="A318" s="10" t="s">
         <v>1382</v>
       </c>
       <c r="B318" s="13">
         <v>40203103286</v>
       </c>
       <c r="C318" s="13" t="s">
         <v>1383</v>
       </c>
       <c r="D318" s="10" t="s">
         <v>1384</v>
       </c>
       <c r="E318" s="10" t="s">
         <v>1385</v>
       </c>
       <c r="F318" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G318" s="15" t="s">
         <v>1386</v>
       </c>
     </row>
-    <row r="319" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="319" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A319" s="10" t="s">
         <v>1387</v>
       </c>
       <c r="B319" s="13">
         <v>40203520167</v>
       </c>
       <c r="C319" s="13" t="s">
         <v>1388</v>
       </c>
       <c r="D319" s="10" t="s">
         <v>1389</v>
       </c>
       <c r="E319" s="10" t="s">
         <v>1390</v>
       </c>
       <c r="F319" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G319" s="15" t="s">
         <v>1391</v>
       </c>
     </row>
-    <row r="320" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="320" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A320" s="10" t="s">
         <v>1392</v>
       </c>
       <c r="B320" s="13">
         <v>40203391609</v>
       </c>
       <c r="C320" s="13" t="s">
         <v>1383</v>
       </c>
       <c r="D320" s="10" t="s">
         <v>1393</v>
       </c>
       <c r="E320" s="10" t="s">
         <v>1394</v>
       </c>
       <c r="F320" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G320" s="15" t="s">
         <v>1395</v>
       </c>
     </row>
-    <row r="321" spans="1:13" ht="132" x14ac:dyDescent="0.25">
+    <row r="321" spans="1:13" ht="127.5" x14ac:dyDescent="0.2">
       <c r="A321" s="10" t="s">
         <v>1396</v>
       </c>
       <c r="B321" s="13">
         <v>40203403594</v>
       </c>
       <c r="C321" s="13" t="s">
         <v>1397</v>
       </c>
       <c r="D321" s="10" t="s">
         <v>1398</v>
       </c>
       <c r="E321" s="10" t="s">
         <v>1399</v>
       </c>
       <c r="F321" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G321" s="15" t="s">
         <v>1400</v>
       </c>
       <c r="H321" s="11"/>
       <c r="I321" s="11"/>
       <c r="J321" s="11"/>
       <c r="K321" s="11"/>
       <c r="L321" s="11"/>
       <c r="M321" s="11"/>
     </row>
-    <row r="322" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="322" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A322" s="10" t="s">
         <v>1401</v>
       </c>
       <c r="B322" s="13">
         <v>50103561921</v>
       </c>
       <c r="C322" s="13" t="s">
         <v>1402</v>
       </c>
       <c r="D322" s="10" t="s">
         <v>1403</v>
       </c>
       <c r="E322" s="10" t="s">
         <v>1404</v>
       </c>
       <c r="F322" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G322" s="15" t="s">
         <v>1164</v>
       </c>
       <c r="H322" s="11"/>
       <c r="I322" s="11"/>
       <c r="J322" s="11"/>
       <c r="K322" s="11"/>
       <c r="L322" s="11"/>
       <c r="M322" s="11"/>
     </row>
-    <row r="323" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="323" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A323" s="10" t="s">
         <v>1405</v>
       </c>
       <c r="B323" s="13">
         <v>40203136215</v>
       </c>
       <c r="C323" s="9" t="s">
         <v>1196</v>
       </c>
       <c r="D323" s="10" t="s">
         <v>1406</v>
       </c>
       <c r="E323" s="10" t="s">
         <v>1407</v>
       </c>
       <c r="F323" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G323" s="15" t="s">
         <v>1408</v>
       </c>
       <c r="H323" s="11"/>
       <c r="I323" s="11"/>
       <c r="J323" s="11"/>
       <c r="K323" s="11"/>
       <c r="L323" s="11"/>
       <c r="M323" s="11"/>
     </row>
-    <row r="324" spans="1:13" ht="75.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="324" spans="1:13" ht="75.599999999999994" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A324" s="10" t="s">
         <v>1409</v>
       </c>
       <c r="B324" s="13" t="s">
         <v>1410</v>
       </c>
       <c r="C324" s="13" t="s">
         <v>1233</v>
       </c>
       <c r="D324" s="10" t="s">
         <v>1411</v>
       </c>
       <c r="E324" s="10" t="s">
         <v>1412</v>
       </c>
       <c r="F324" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G324" s="15" t="s">
         <v>1413</v>
       </c>
       <c r="H324" s="11"/>
       <c r="I324" s="11"/>
       <c r="J324" s="11"/>
       <c r="K324" s="11"/>
       <c r="L324" s="11"/>
       <c r="M324" s="11"/>
     </row>
-    <row r="325" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="325" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A325" s="10" t="s">
         <v>1414</v>
       </c>
       <c r="B325" s="13">
         <v>40103443336</v>
       </c>
       <c r="C325" s="13" t="s">
         <v>1415</v>
       </c>
       <c r="D325" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E325" s="10" t="s">
         <v>1417</v>
       </c>
       <c r="F325" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G325" s="15" t="s">
         <v>1418</v>
       </c>
       <c r="H325" s="11"/>
       <c r="I325" s="11"/>
       <c r="J325" s="11"/>
       <c r="K325" s="11"/>
       <c r="L325" s="11"/>
       <c r="M325" s="11"/>
     </row>
-    <row r="326" spans="1:13" ht="66.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="326" spans="1:13" ht="66.599999999999994" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A326" s="10" t="s">
         <v>1419</v>
       </c>
       <c r="B326" s="13">
         <v>40203428827</v>
       </c>
       <c r="C326" s="13" t="s">
         <v>1420</v>
       </c>
       <c r="D326" s="10" t="s">
         <v>1421</v>
       </c>
       <c r="E326" s="10" t="s">
         <v>1422</v>
       </c>
       <c r="F326" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G326" s="15" t="s">
         <v>1423</v>
       </c>
       <c r="H326" s="11"/>
       <c r="I326" s="11"/>
       <c r="J326" s="11"/>
       <c r="K326" s="11"/>
       <c r="L326" s="11"/>
       <c r="M326" s="11"/>
     </row>
-    <row r="327" spans="1:13" ht="74.400000000000006" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="327" spans="1:13" ht="74.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A327" s="10" t="s">
         <v>1424</v>
       </c>
       <c r="B327" s="13">
         <v>50203414871</v>
       </c>
       <c r="C327" s="13" t="s">
         <v>1420</v>
       </c>
       <c r="D327" s="10" t="s">
         <v>1425</v>
       </c>
       <c r="E327" s="10" t="s">
         <v>1426</v>
       </c>
       <c r="F327" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G327" s="15" t="s">
         <v>1427</v>
       </c>
       <c r="H327" s="11"/>
       <c r="I327" s="11"/>
       <c r="J327" s="11"/>
       <c r="K327" s="11"/>
       <c r="L327" s="11"/>
       <c r="M327" s="11"/>
     </row>
-    <row r="328" spans="1:13" ht="49.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="328" spans="1:13" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A328" s="10" t="s">
         <v>1428</v>
       </c>
       <c r="B328" s="13">
         <v>40203507794</v>
       </c>
       <c r="C328" s="13" t="s">
         <v>1415</v>
       </c>
       <c r="D328" s="10" t="s">
         <v>1429</v>
       </c>
       <c r="E328" s="10" t="s">
         <v>1430</v>
       </c>
       <c r="F328" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G328" s="15" t="s">
         <v>1431</v>
       </c>
       <c r="H328" s="11"/>
       <c r="I328" s="11"/>
       <c r="J328" s="11"/>
       <c r="K328" s="11"/>
       <c r="L328" s="11"/>
       <c r="M328" s="11"/>
     </row>
-    <row r="329" spans="1:13" ht="64.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="329" spans="1:13" ht="64.900000000000006" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A329" s="10" t="s">
         <v>1432</v>
       </c>
       <c r="B329" s="13">
         <v>40203484650</v>
       </c>
       <c r="C329" s="13" t="s">
         <v>1415</v>
       </c>
       <c r="D329" s="10" t="s">
         <v>1433</v>
       </c>
       <c r="E329" s="10" t="s">
         <v>1434</v>
       </c>
       <c r="F329" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G329" s="15" t="s">
         <v>1435</v>
       </c>
       <c r="H329" s="11"/>
       <c r="I329" s="11"/>
       <c r="J329" s="11"/>
       <c r="K329" s="11"/>
       <c r="L329" s="11"/>
       <c r="M329" s="11"/>
     </row>
-    <row r="330" spans="1:13" ht="54.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="330" spans="1:13" ht="54.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A330" s="10" t="s">
         <v>1436</v>
       </c>
       <c r="B330" s="13">
         <v>40203523727</v>
       </c>
       <c r="C330" s="13" t="s">
         <v>1437</v>
       </c>
       <c r="D330" s="10" t="s">
         <v>1438</v>
       </c>
       <c r="E330" s="10" t="s">
         <v>1439</v>
       </c>
       <c r="F330" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G330" s="15" t="s">
         <v>1440</v>
       </c>
       <c r="H330" s="11"/>
       <c r="I330" s="11"/>
       <c r="J330" s="11"/>
       <c r="K330" s="11"/>
       <c r="L330" s="11"/>
       <c r="M330" s="11"/>
     </row>
-    <row r="331" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="331" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A331" s="10" t="s">
         <v>1441</v>
       </c>
       <c r="B331" s="13">
         <v>40203123615</v>
       </c>
       <c r="C331" s="13" t="s">
         <v>1415</v>
       </c>
       <c r="D331" s="10" t="s">
         <v>1442</v>
       </c>
       <c r="E331" s="10" t="s">
         <v>1443</v>
       </c>
       <c r="F331" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G331" s="15" t="s">
         <v>1444</v>
       </c>
       <c r="H331" s="11"/>
       <c r="I331" s="11"/>
       <c r="J331" s="11"/>
       <c r="K331" s="11"/>
       <c r="L331" s="11"/>
       <c r="M331" s="11"/>
     </row>
-    <row r="332" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="332" spans="1:13" ht="102" x14ac:dyDescent="0.2">
       <c r="A332" s="10" t="s">
         <v>1445</v>
       </c>
       <c r="B332" s="13">
         <v>40003655504</v>
       </c>
       <c r="C332" s="13" t="s">
         <v>1437</v>
       </c>
       <c r="D332" s="10" t="s">
         <v>1446</v>
       </c>
       <c r="E332" s="10" t="s">
         <v>1447</v>
       </c>
       <c r="F332" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G332" s="15" t="s">
         <v>1448</v>
       </c>
       <c r="H332" s="11"/>
       <c r="I332" s="11"/>
       <c r="J332" s="11"/>
       <c r="K332" s="11"/>
       <c r="L332" s="11"/>
       <c r="M332" s="11"/>
     </row>
-    <row r="333" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="333" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A333" s="10" t="s">
         <v>1449</v>
       </c>
       <c r="B333" s="13">
         <v>40203526032</v>
       </c>
       <c r="C333" s="13" t="s">
         <v>1450</v>
       </c>
       <c r="D333" s="10" t="s">
         <v>1451</v>
       </c>
       <c r="E333" s="10" t="s">
         <v>1452</v>
       </c>
       <c r="F333" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G333" s="15" t="s">
         <v>1453</v>
       </c>
       <c r="H333" s="11"/>
       <c r="I333" s="11"/>
       <c r="J333" s="11"/>
       <c r="K333" s="11"/>
       <c r="L333" s="11"/>
       <c r="M333" s="11"/>
     </row>
-    <row r="334" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="334" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A334" s="10" t="s">
         <v>1454</v>
       </c>
       <c r="B334" s="13">
         <v>43603082184</v>
       </c>
       <c r="C334" s="13" t="s">
         <v>1402</v>
       </c>
       <c r="D334" s="10" t="s">
         <v>1455</v>
       </c>
       <c r="E334" s="10" t="s">
         <v>1456</v>
       </c>
       <c r="F334" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G334" s="15" t="s">
         <v>1457</v>
       </c>
       <c r="H334" s="11"/>
       <c r="I334" s="11"/>
       <c r="J334" s="11"/>
       <c r="K334" s="11"/>
       <c r="L334" s="11"/>
       <c r="M334" s="11"/>
     </row>
-    <row r="335" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="335" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A335" s="10" t="s">
         <v>1458</v>
       </c>
       <c r="B335" s="13">
         <v>40103893608</v>
       </c>
       <c r="C335" s="13" t="s">
         <v>1402</v>
       </c>
       <c r="D335" s="10" t="s">
         <v>1459</v>
       </c>
       <c r="E335" s="10" t="s">
         <v>1460</v>
       </c>
       <c r="F335" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G335" s="15" t="s">
         <v>1461</v>
       </c>
       <c r="H335" s="11"/>
       <c r="I335" s="11"/>
       <c r="J335" s="11"/>
       <c r="K335" s="11"/>
       <c r="L335" s="11"/>
       <c r="M335" s="11"/>
     </row>
-    <row r="336" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="336" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A336" s="10" t="s">
         <v>1462</v>
       </c>
       <c r="B336" s="13">
         <v>40203174024</v>
       </c>
       <c r="C336" s="13" t="s">
         <v>1463</v>
       </c>
       <c r="D336" s="10" t="s">
         <v>1464</v>
       </c>
       <c r="E336" s="10" t="s">
         <v>1465</v>
       </c>
       <c r="F336" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G336" s="14" t="s">
         <v>1466</v>
       </c>
       <c r="H336" s="11"/>
       <c r="I336" s="11"/>
       <c r="J336" s="11"/>
       <c r="K336" s="11"/>
       <c r="L336" s="11"/>
       <c r="M336" s="11"/>
     </row>
-    <row r="337" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="337" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A337" s="10" t="s">
         <v>1467</v>
       </c>
       <c r="B337" s="13">
         <v>40203528584</v>
       </c>
       <c r="C337" s="13" t="s">
         <v>1468</v>
       </c>
       <c r="D337" s="10" t="s">
         <v>1451</v>
       </c>
       <c r="E337" s="10" t="s">
         <v>1469</v>
       </c>
       <c r="F337" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G337" s="15" t="s">
         <v>1470</v>
       </c>
       <c r="H337" s="11"/>
       <c r="I337" s="11"/>
       <c r="J337" s="11"/>
       <c r="K337" s="11"/>
       <c r="L337" s="11"/>
       <c r="M337" s="11"/>
     </row>
-    <row r="338" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="338" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A338" s="10" t="s">
         <v>1471</v>
       </c>
       <c r="B338" s="13">
         <v>40203405398</v>
       </c>
       <c r="C338" s="13" t="s">
         <v>1468</v>
       </c>
       <c r="D338" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E338" s="10" t="s">
         <v>1472</v>
       </c>
       <c r="F338" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G338" s="15" t="s">
         <v>1473</v>
       </c>
       <c r="H338" s="11"/>
       <c r="I338" s="11"/>
       <c r="J338" s="11"/>
       <c r="K338" s="11"/>
       <c r="L338" s="11"/>
       <c r="M338" s="11"/>
     </row>
-    <row r="339" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="339" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A339" s="10" t="s">
         <v>1474</v>
       </c>
       <c r="B339" s="13">
         <v>40203499285</v>
       </c>
       <c r="C339" s="13" t="s">
         <v>1475</v>
       </c>
       <c r="D339" s="10" t="s">
         <v>1476</v>
       </c>
       <c r="E339" s="10" t="s">
         <v>1477</v>
       </c>
       <c r="F339" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G339" s="15" t="s">
         <v>1478</v>
       </c>
       <c r="H339" s="11"/>
       <c r="I339" s="11"/>
       <c r="J339" s="11"/>
       <c r="K339" s="11"/>
       <c r="L339" s="11"/>
       <c r="M339" s="11"/>
     </row>
-    <row r="340" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="340" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A340" s="10" t="s">
         <v>1479</v>
       </c>
       <c r="B340" s="13">
         <v>40203305128</v>
       </c>
       <c r="C340" s="13" t="s">
         <v>1480</v>
       </c>
       <c r="D340" s="10" t="s">
         <v>1481</v>
       </c>
       <c r="E340" s="10" t="s">
         <v>1482</v>
       </c>
       <c r="F340" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G340" s="15" t="s">
         <v>1483</v>
       </c>
       <c r="H340" s="11"/>
       <c r="I340" s="11"/>
       <c r="J340" s="11"/>
       <c r="K340" s="11"/>
       <c r="L340" s="11"/>
       <c r="M340" s="11"/>
     </row>
-    <row r="341" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="341" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A341" s="10" t="s">
         <v>1484</v>
       </c>
       <c r="B341" s="13">
         <v>40103691145</v>
       </c>
       <c r="C341" s="13" t="s">
         <v>1485</v>
       </c>
       <c r="D341" s="10" t="s">
         <v>1455</v>
       </c>
       <c r="E341" s="10" t="s">
         <v>1486</v>
       </c>
       <c r="F341" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G341" s="15" t="s">
         <v>1487</v>
       </c>
       <c r="H341" s="11"/>
       <c r="I341" s="11"/>
       <c r="J341" s="11"/>
       <c r="K341" s="11"/>
       <c r="L341" s="11"/>
       <c r="M341" s="11"/>
     </row>
-    <row r="342" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="342" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A342" s="10" t="s">
         <v>1488</v>
       </c>
       <c r="B342" s="13">
         <v>41203069360</v>
       </c>
       <c r="C342" s="13" t="s">
         <v>1480</v>
       </c>
       <c r="D342" s="10" t="s">
         <v>1489</v>
       </c>
       <c r="E342" s="10" t="s">
         <v>1490</v>
       </c>
       <c r="F342" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G342" s="15" t="s">
         <v>1491</v>
       </c>
       <c r="H342" s="11"/>
       <c r="I342" s="11"/>
       <c r="J342" s="11"/>
       <c r="K342" s="11"/>
       <c r="L342" s="11"/>
       <c r="M342" s="11"/>
     </row>
-    <row r="343" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="343" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A343" s="10" t="s">
         <v>1492</v>
       </c>
       <c r="B343" s="13">
         <v>40103296420</v>
       </c>
       <c r="C343" s="13" t="s">
         <v>1493</v>
       </c>
       <c r="D343" s="10" t="s">
         <v>1494</v>
       </c>
       <c r="E343" s="10" t="s">
         <v>1495</v>
       </c>
       <c r="F343" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G343" s="15" t="s">
         <v>1496</v>
       </c>
       <c r="H343" s="11"/>
       <c r="I343" s="11"/>
       <c r="J343" s="11"/>
       <c r="K343" s="11"/>
       <c r="L343" s="11"/>
       <c r="M343" s="11"/>
     </row>
-    <row r="344" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="344" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A344" s="10" t="s">
         <v>1497</v>
       </c>
       <c r="B344" s="13">
         <v>40203400174</v>
       </c>
       <c r="C344" s="13" t="s">
         <v>1485</v>
       </c>
       <c r="D344" s="10" t="s">
         <v>1455</v>
       </c>
       <c r="E344" s="10" t="s">
         <v>1498</v>
       </c>
       <c r="F344" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G344" s="15" t="s">
         <v>1499</v>
       </c>
       <c r="H344" s="11"/>
       <c r="I344" s="11"/>
       <c r="J344" s="11"/>
       <c r="K344" s="11"/>
       <c r="L344" s="11"/>
       <c r="M344" s="11"/>
     </row>
-    <row r="345" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="345" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A345" s="10" t="s">
         <v>1500</v>
       </c>
       <c r="B345" s="13">
         <v>42103105503</v>
       </c>
       <c r="C345" s="13" t="s">
         <v>1415</v>
       </c>
       <c r="D345" s="10" t="s">
         <v>1501</v>
       </c>
       <c r="E345" s="10" t="s">
         <v>1502</v>
       </c>
       <c r="F345" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G345" s="15" t="s">
         <v>1503</v>
       </c>
       <c r="H345" s="11"/>
       <c r="I345" s="11"/>
       <c r="J345" s="11"/>
       <c r="K345" s="11"/>
       <c r="L345" s="11"/>
       <c r="M345" s="11"/>
     </row>
-    <row r="346" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="346" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A346" s="10" t="s">
         <v>1504</v>
       </c>
       <c r="B346" s="13">
         <v>40203172447</v>
       </c>
       <c r="C346" s="13" t="s">
         <v>1505</v>
       </c>
       <c r="D346" s="10" t="s">
         <v>1506</v>
       </c>
       <c r="E346" s="10" t="s">
         <v>1507</v>
       </c>
       <c r="F346" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G346" s="15" t="s">
         <v>1508</v>
       </c>
       <c r="H346" s="11"/>
       <c r="I346" s="11"/>
       <c r="J346" s="11"/>
       <c r="K346" s="11"/>
       <c r="L346" s="11"/>
       <c r="M346" s="11"/>
     </row>
-    <row r="347" spans="1:13" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="347" spans="1:13" ht="165.75" x14ac:dyDescent="0.2">
       <c r="A347" s="10" t="s">
         <v>1509</v>
       </c>
       <c r="B347" s="13">
         <v>40203001354</v>
       </c>
       <c r="C347" s="13" t="s">
         <v>1510</v>
       </c>
       <c r="D347" s="10" t="s">
         <v>1511</v>
       </c>
       <c r="E347" s="10" t="s">
         <v>1512</v>
       </c>
       <c r="F347" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G347" s="15" t="s">
         <v>1513</v>
       </c>
       <c r="H347" s="11"/>
       <c r="I347" s="11"/>
       <c r="J347" s="11"/>
       <c r="K347" s="11"/>
       <c r="L347" s="11"/>
       <c r="M347" s="11"/>
     </row>
-    <row r="348" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="348" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A348" s="10" t="s">
         <v>1514</v>
       </c>
       <c r="B348" s="13">
         <v>40203318419</v>
       </c>
       <c r="C348" s="13" t="s">
         <v>1515</v>
       </c>
       <c r="D348" s="10" t="s">
         <v>1455</v>
       </c>
       <c r="E348" s="10" t="s">
         <v>1516</v>
       </c>
       <c r="F348" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G348" s="15" t="s">
         <v>1517</v>
       </c>
       <c r="H348" s="11"/>
       <c r="I348" s="11"/>
       <c r="J348" s="11"/>
       <c r="K348" s="11"/>
       <c r="L348" s="11"/>
       <c r="M348" s="11"/>
     </row>
-    <row r="349" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="349" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A349" s="10" t="s">
         <v>1518</v>
       </c>
       <c r="B349" s="13">
         <v>40203357755</v>
       </c>
       <c r="C349" s="13" t="s">
         <v>1519</v>
       </c>
       <c r="D349" s="10" t="s">
         <v>1455</v>
       </c>
       <c r="E349" s="10" t="s">
         <v>1520</v>
       </c>
       <c r="F349" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G349" s="15" t="s">
         <v>1499</v>
       </c>
       <c r="H349" s="11"/>
       <c r="I349" s="11"/>
       <c r="J349" s="11"/>
       <c r="K349" s="11"/>
       <c r="L349" s="11"/>
       <c r="M349" s="11"/>
     </row>
-    <row r="350" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="350" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A350" s="10" t="s">
         <v>1521</v>
       </c>
       <c r="B350" s="13">
         <v>40203391929</v>
       </c>
       <c r="C350" s="13" t="s">
         <v>1522</v>
       </c>
       <c r="D350" s="10" t="s">
         <v>1455</v>
       </c>
       <c r="E350" s="10" t="s">
         <v>1523</v>
       </c>
       <c r="F350" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G350" s="15" t="s">
         <v>1524</v>
       </c>
       <c r="H350" s="11"/>
       <c r="I350" s="11"/>
       <c r="J350" s="11"/>
       <c r="K350" s="11"/>
       <c r="L350" s="11"/>
       <c r="M350" s="11"/>
     </row>
-    <row r="351" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="351" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A351" s="10" t="s">
         <v>1525</v>
       </c>
       <c r="B351" s="13">
         <v>40203298201</v>
       </c>
       <c r="C351" s="13" t="s">
         <v>1510</v>
       </c>
       <c r="D351" s="10" t="s">
         <v>1455</v>
       </c>
       <c r="E351" s="10" t="s">
         <v>1526</v>
       </c>
       <c r="F351" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G351" s="15" t="s">
         <v>1487</v>
       </c>
       <c r="H351" s="11"/>
       <c r="I351" s="11"/>
       <c r="J351" s="11"/>
       <c r="K351" s="11"/>
       <c r="L351" s="11"/>
       <c r="M351" s="11"/>
     </row>
-    <row r="352" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="352" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A352" s="10" t="s">
         <v>1527</v>
       </c>
       <c r="B352" s="13">
         <v>50103907261</v>
       </c>
       <c r="C352" s="13" t="s">
         <v>1522</v>
       </c>
       <c r="D352" s="10" t="s">
         <v>1528</v>
       </c>
       <c r="E352" s="10" t="s">
         <v>1529</v>
       </c>
       <c r="F352" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G352" s="15" t="s">
         <v>1530</v>
       </c>
       <c r="H352" s="11"/>
       <c r="I352" s="11"/>
       <c r="J352" s="11"/>
       <c r="K352" s="11"/>
       <c r="L352" s="11"/>
       <c r="M352" s="11"/>
     </row>
-    <row r="353" spans="1:13" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="353" spans="1:13" ht="153" x14ac:dyDescent="0.2">
       <c r="A353" s="10" t="s">
         <v>1531</v>
       </c>
       <c r="B353" s="13">
         <v>40008181871</v>
       </c>
       <c r="C353" s="13" t="s">
         <v>1532</v>
       </c>
       <c r="D353" s="10" t="s">
         <v>1533</v>
       </c>
       <c r="E353" s="10" t="s">
         <v>1534</v>
       </c>
       <c r="F353" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G353" s="15" t="s">
         <v>1535</v>
       </c>
       <c r="H353" s="11"/>
       <c r="I353" s="11"/>
       <c r="J353" s="11"/>
       <c r="K353" s="11"/>
       <c r="L353" s="11"/>
       <c r="M353" s="11"/>
     </row>
-    <row r="354" spans="1:13" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="354" spans="1:13" ht="69" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A354" s="10" t="s">
         <v>1536</v>
       </c>
       <c r="B354" s="13">
         <v>40203212275</v>
       </c>
       <c r="C354" s="13" t="s">
         <v>1537</v>
       </c>
       <c r="D354" s="10" t="s">
         <v>1538</v>
       </c>
       <c r="E354" s="10" t="s">
         <v>1539</v>
       </c>
       <c r="F354" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G354" s="15" t="s">
         <v>1540</v>
       </c>
       <c r="H354" s="11"/>
       <c r="I354" s="11"/>
       <c r="J354" s="11"/>
       <c r="K354" s="11"/>
       <c r="L354" s="11"/>
       <c r="M354" s="11"/>
     </row>
-    <row r="355" spans="1:13" ht="83.4" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="355" spans="1:13" ht="83.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A355" s="10" t="s">
         <v>1541</v>
       </c>
       <c r="B355" s="13">
         <v>40103985993</v>
       </c>
       <c r="C355" s="13" t="s">
         <v>1510</v>
       </c>
       <c r="D355" s="10" t="s">
         <v>1542</v>
       </c>
       <c r="E355" s="10" t="s">
         <v>1543</v>
       </c>
       <c r="F355" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G355" s="15" t="s">
         <v>1544</v>
       </c>
       <c r="H355" s="11"/>
       <c r="I355" s="11"/>
       <c r="J355" s="11"/>
       <c r="K355" s="11"/>
       <c r="L355" s="11"/>
       <c r="M355" s="11"/>
     </row>
-    <row r="356" spans="1:13" ht="48.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="356" spans="1:13" ht="48.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A356" s="10" t="s">
         <v>1545</v>
       </c>
       <c r="B356" s="13">
         <v>40103583749</v>
       </c>
       <c r="C356" s="13" t="s">
         <v>1546</v>
       </c>
       <c r="D356" s="10" t="s">
         <v>1547</v>
       </c>
       <c r="E356" s="10" t="s">
         <v>1548</v>
       </c>
       <c r="F356" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G356" s="15" t="s">
         <v>1549</v>
       </c>
       <c r="H356" s="11"/>
       <c r="I356" s="11"/>
       <c r="J356" s="11"/>
       <c r="K356" s="11"/>
       <c r="L356" s="11"/>
       <c r="M356" s="11"/>
     </row>
-    <row r="357" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="357" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A357" s="10" t="s">
         <v>1550</v>
       </c>
       <c r="B357" s="13">
         <v>40203058476</v>
       </c>
       <c r="C357" s="13" t="s">
         <v>1551</v>
       </c>
       <c r="D357" s="10" t="s">
         <v>1552</v>
       </c>
       <c r="E357" s="10" t="s">
         <v>1553</v>
       </c>
       <c r="F357" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G357" s="15" t="s">
         <v>1554</v>
       </c>
       <c r="H357" s="11"/>
       <c r="I357" s="11"/>
       <c r="J357" s="11"/>
       <c r="K357" s="11"/>
       <c r="L357" s="11"/>
       <c r="M357" s="11"/>
     </row>
-    <row r="358" spans="1:13" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="358" spans="1:13" ht="153" x14ac:dyDescent="0.2">
       <c r="A358" s="10" t="s">
         <v>1555</v>
       </c>
       <c r="B358" s="13">
         <v>50203022911</v>
       </c>
       <c r="C358" s="13" t="s">
         <v>1510</v>
       </c>
       <c r="D358" s="10" t="s">
         <v>1556</v>
       </c>
       <c r="E358" s="10" t="s">
         <v>1557</v>
       </c>
       <c r="F358" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G358" s="15" t="s">
         <v>1558</v>
       </c>
       <c r="H358" s="11"/>
       <c r="I358" s="11"/>
       <c r="J358" s="11"/>
       <c r="K358" s="11"/>
       <c r="L358" s="11"/>
       <c r="M358" s="11"/>
     </row>
-    <row r="359" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="359" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A359" s="12" t="s">
         <v>1559</v>
       </c>
       <c r="B359" s="13">
         <v>40203061940</v>
       </c>
       <c r="C359" s="13" t="s">
         <v>1560</v>
       </c>
       <c r="D359" s="10" t="s">
         <v>1561</v>
       </c>
       <c r="E359" s="10" t="s">
         <v>1562</v>
       </c>
       <c r="F359" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G359" s="15" t="s">
         <v>1487</v>
       </c>
       <c r="H359" s="11"/>
       <c r="I359" s="11"/>
       <c r="J359" s="11"/>
       <c r="K359" s="11"/>
       <c r="L359" s="11"/>
       <c r="M359" s="11"/>
     </row>
-    <row r="360" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="360" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A360" s="12" t="s">
         <v>1563</v>
       </c>
       <c r="B360" s="13">
         <v>40001008181</v>
       </c>
       <c r="C360" s="9" t="s">
         <v>1564</v>
       </c>
       <c r="D360" s="10" t="s">
         <v>1565</v>
       </c>
       <c r="E360" s="10" t="s">
         <v>1566</v>
       </c>
       <c r="F360" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G360" s="15" t="s">
         <v>1567</v>
       </c>
       <c r="H360" s="11"/>
       <c r="I360" s="11"/>
       <c r="J360" s="11"/>
       <c r="K360" s="11"/>
       <c r="L360" s="11"/>
       <c r="M360" s="11"/>
     </row>
-    <row r="361" spans="1:13" ht="65.400000000000006" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="361" spans="1:13" ht="65.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A361" s="12" t="s">
         <v>1568</v>
       </c>
       <c r="B361" s="13">
         <v>40203487356</v>
       </c>
       <c r="C361" s="9" t="s">
         <v>1569</v>
       </c>
       <c r="D361" s="10" t="s">
         <v>1570</v>
       </c>
       <c r="E361" s="10" t="s">
         <v>1571</v>
       </c>
       <c r="F361" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G361" s="15" t="s">
         <v>1572</v>
       </c>
       <c r="H361" s="11"/>
       <c r="I361" s="11"/>
       <c r="J361" s="11"/>
       <c r="K361" s="11"/>
       <c r="L361" s="11"/>
       <c r="M361" s="11"/>
     </row>
-    <row r="362" spans="1:13" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="362" spans="1:13" ht="61.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A362" s="12" t="s">
         <v>1573</v>
       </c>
       <c r="B362" s="13">
         <v>40203521463</v>
       </c>
       <c r="C362" s="9" t="s">
         <v>1574</v>
       </c>
       <c r="D362" s="10" t="s">
         <v>1575</v>
       </c>
       <c r="E362" s="10" t="s">
         <v>1576</v>
       </c>
       <c r="F362" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G362" s="15" t="s">
         <v>1470</v>
       </c>
       <c r="H362" s="11"/>
       <c r="I362" s="11"/>
       <c r="J362" s="11"/>
       <c r="K362" s="11"/>
       <c r="L362" s="11"/>
       <c r="M362" s="11"/>
     </row>
-    <row r="363" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="363" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A363" s="12" t="s">
         <v>1577</v>
       </c>
       <c r="B363" s="13">
         <v>40203384058</v>
       </c>
       <c r="C363" s="9" t="s">
         <v>1578</v>
       </c>
       <c r="D363" s="10" t="s">
         <v>1455</v>
       </c>
       <c r="E363" s="10" t="s">
         <v>1579</v>
       </c>
       <c r="F363" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G363" s="15" t="s">
         <v>1580</v>
       </c>
       <c r="H363" s="11"/>
       <c r="I363" s="11"/>
       <c r="J363" s="11"/>
       <c r="K363" s="11"/>
       <c r="L363" s="11"/>
       <c r="M363" s="11"/>
     </row>
-    <row r="364" spans="1:13" ht="198" x14ac:dyDescent="0.25">
+    <row r="364" spans="1:13" ht="204" x14ac:dyDescent="0.2">
       <c r="A364" s="12" t="s">
         <v>1581</v>
       </c>
       <c r="B364" s="13">
         <v>40203436330</v>
       </c>
       <c r="C364" s="9" t="s">
         <v>1578</v>
       </c>
       <c r="D364" s="10" t="s">
         <v>1582</v>
       </c>
       <c r="E364" s="10" t="s">
         <v>1583</v>
       </c>
       <c r="F364" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G364" s="15" t="s">
         <v>1584</v>
       </c>
       <c r="H364" s="11"/>
       <c r="I364" s="11"/>
       <c r="J364" s="11"/>
       <c r="K364" s="11"/>
       <c r="L364" s="11"/>
       <c r="M364" s="11"/>
     </row>
-    <row r="365" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="365" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A365" s="12" t="s">
         <v>1585</v>
       </c>
       <c r="B365" s="13">
         <v>40203320644</v>
       </c>
       <c r="C365" s="9" t="s">
         <v>1586</v>
       </c>
       <c r="D365" s="10" t="s">
         <v>1587</v>
       </c>
       <c r="E365" s="10" t="s">
         <v>1588</v>
       </c>
       <c r="F365" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G365" s="15" t="s">
         <v>1589</v>
       </c>
       <c r="H365" s="11"/>
       <c r="I365" s="11"/>
       <c r="J365" s="11"/>
       <c r="K365" s="11"/>
       <c r="L365" s="11"/>
       <c r="M365" s="11"/>
     </row>
-    <row r="366" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="366" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A366" s="12" t="s">
         <v>1590</v>
       </c>
       <c r="B366" s="13">
         <v>40203512263</v>
       </c>
       <c r="C366" s="9" t="s">
         <v>1586</v>
       </c>
       <c r="D366" s="10" t="s">
         <v>1591</v>
       </c>
       <c r="E366" s="10" t="s">
         <v>1592</v>
       </c>
       <c r="F366" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G366" s="15" t="s">
         <v>1593</v>
       </c>
       <c r="H366" s="11"/>
       <c r="I366" s="11"/>
       <c r="J366" s="11"/>
       <c r="K366" s="11"/>
       <c r="L366" s="11"/>
       <c r="M366" s="11"/>
     </row>
-    <row r="367" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="367" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A367" s="12" t="s">
         <v>1594</v>
       </c>
       <c r="B367" s="13">
         <v>40203501594</v>
       </c>
       <c r="C367" s="9" t="s">
         <v>1595</v>
       </c>
       <c r="D367" s="10" t="s">
         <v>1591</v>
       </c>
       <c r="E367" s="10" t="s">
         <v>1596</v>
       </c>
       <c r="F367" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G367" s="15" t="s">
         <v>1593</v>
       </c>
       <c r="H367" s="11"/>
       <c r="I367" s="11"/>
       <c r="J367" s="11"/>
       <c r="K367" s="11"/>
       <c r="L367" s="11"/>
       <c r="M367" s="11"/>
     </row>
-    <row r="368" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="368" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A368" s="12" t="s">
         <v>1597</v>
       </c>
       <c r="B368" s="13">
         <v>40103268376</v>
       </c>
       <c r="C368" s="9" t="s">
         <v>1578</v>
       </c>
       <c r="D368" s="10" t="s">
         <v>1598</v>
       </c>
       <c r="E368" s="10" t="s">
         <v>1599</v>
       </c>
       <c r="F368" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G368" s="15" t="s">
         <v>1600</v>
       </c>
       <c r="H368" s="11"/>
       <c r="I368" s="11"/>
       <c r="J368" s="11"/>
       <c r="K368" s="11"/>
       <c r="L368" s="11"/>
       <c r="M368" s="11"/>
     </row>
-    <row r="369" spans="1:13" ht="132" x14ac:dyDescent="0.25">
+    <row r="369" spans="1:13" ht="127.5" x14ac:dyDescent="0.2">
       <c r="A369" s="12" t="s">
         <v>1601</v>
       </c>
       <c r="B369" s="13">
         <v>40103708511</v>
       </c>
       <c r="C369" s="9" t="s">
         <v>1595</v>
       </c>
       <c r="D369" s="10" t="s">
         <v>1602</v>
       </c>
       <c r="E369" s="10" t="s">
         <v>1603</v>
       </c>
       <c r="F369" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G369" s="15" t="s">
         <v>1604</v>
       </c>
       <c r="H369" s="11"/>
       <c r="I369" s="11"/>
       <c r="J369" s="11"/>
       <c r="K369" s="11"/>
       <c r="L369" s="11"/>
       <c r="M369" s="11"/>
     </row>
-    <row r="370" spans="1:13" ht="184.8" x14ac:dyDescent="0.25">
+    <row r="370" spans="1:13" ht="178.5" x14ac:dyDescent="0.2">
       <c r="A370" s="12" t="s">
         <v>1605</v>
       </c>
       <c r="B370" s="13">
         <v>50203111181</v>
       </c>
       <c r="C370" s="9" t="s">
         <v>1606</v>
       </c>
       <c r="D370" s="10" t="s">
         <v>1607</v>
       </c>
       <c r="E370" s="10" t="s">
         <v>1608</v>
       </c>
       <c r="F370" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G370" s="15" t="s">
         <v>1609</v>
       </c>
       <c r="H370" s="11"/>
       <c r="I370" s="11"/>
       <c r="J370" s="11"/>
       <c r="K370" s="11"/>
       <c r="L370" s="11"/>
       <c r="M370" s="11"/>
     </row>
-    <row r="371" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="371" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A371" s="12" t="s">
         <v>1610</v>
       </c>
       <c r="B371" s="13">
         <v>40203513771</v>
       </c>
       <c r="C371" s="9" t="s">
         <v>1606</v>
       </c>
       <c r="D371" s="10" t="s">
         <v>1591</v>
       </c>
       <c r="E371" s="10" t="s">
         <v>1611</v>
       </c>
       <c r="F371" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G371" s="15" t="s">
         <v>1593</v>
       </c>
       <c r="H371" s="11"/>
       <c r="I371" s="11"/>
       <c r="J371" s="11"/>
       <c r="K371" s="11"/>
       <c r="L371" s="11"/>
       <c r="M371" s="11"/>
     </row>
-    <row r="372" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="372" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A372" s="12" t="s">
         <v>1612</v>
       </c>
       <c r="B372" s="13">
         <v>40203504124</v>
       </c>
       <c r="C372" s="9" t="s">
         <v>1606</v>
       </c>
       <c r="D372" s="10" t="s">
         <v>1591</v>
       </c>
       <c r="E372" s="10" t="s">
         <v>1613</v>
       </c>
       <c r="F372" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G372" s="15" t="s">
         <v>1614</v>
       </c>
       <c r="H372" s="11"/>
       <c r="I372" s="11"/>
       <c r="J372" s="11"/>
       <c r="K372" s="11"/>
       <c r="L372" s="11"/>
       <c r="M372" s="11"/>
     </row>
-    <row r="373" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="373" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A373" s="12" t="s">
         <v>1615</v>
       </c>
       <c r="B373" s="13">
         <v>40103947633</v>
       </c>
       <c r="C373" s="9" t="s">
         <v>1616</v>
       </c>
       <c r="D373" s="10" t="s">
         <v>1617</v>
       </c>
       <c r="E373" s="10" t="s">
         <v>1618</v>
       </c>
       <c r="F373" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G373" s="15" t="s">
         <v>1487</v>
       </c>
       <c r="H373" s="11"/>
       <c r="I373" s="11"/>
       <c r="J373" s="11"/>
       <c r="K373" s="11"/>
       <c r="L373" s="11"/>
       <c r="M373" s="11"/>
     </row>
-    <row r="374" spans="1:13" s="6" customFormat="1" ht="66" x14ac:dyDescent="0.25">
+    <row r="374" spans="1:13" s="6" customFormat="1" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A374" s="12" t="s">
         <v>1619</v>
       </c>
       <c r="B374" s="13">
         <v>42103111887</v>
       </c>
       <c r="C374" s="9" t="s">
         <v>1620</v>
       </c>
       <c r="D374" s="10" t="s">
         <v>1621</v>
       </c>
       <c r="E374" s="10" t="s">
         <v>1622</v>
       </c>
       <c r="F374" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G374" s="15" t="s">
         <v>1623</v>
       </c>
       <c r="H374" s="35"/>
       <c r="I374" s="35"/>
       <c r="J374" s="35"/>
       <c r="K374" s="35"/>
       <c r="L374" s="35"/>
       <c r="M374" s="35"/>
     </row>
-    <row r="375" spans="1:13" s="6" customFormat="1" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="375" spans="1:13" s="6" customFormat="1" ht="127.5" x14ac:dyDescent="0.2">
       <c r="A375" s="12" t="s">
         <v>1624</v>
       </c>
       <c r="B375" s="13">
         <v>40103476587</v>
       </c>
       <c r="C375" s="9" t="s">
         <v>1625</v>
       </c>
       <c r="D375" s="10" t="s">
         <v>1626</v>
       </c>
       <c r="E375" s="10" t="s">
         <v>1627</v>
       </c>
       <c r="F375" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G375" s="15" t="s">
         <v>1628</v>
       </c>
       <c r="H375" s="35"/>
       <c r="I375" s="35"/>
       <c r="J375" s="35"/>
       <c r="K375" s="35"/>
       <c r="L375" s="35"/>
       <c r="M375" s="35"/>
     </row>
-    <row r="376" spans="1:13" ht="211.2" x14ac:dyDescent="0.25">
+    <row r="376" spans="1:13" ht="216.75" x14ac:dyDescent="0.2">
       <c r="A376" s="12" t="s">
         <v>1629</v>
       </c>
       <c r="B376" s="13">
         <v>40103287714</v>
       </c>
       <c r="C376" s="9" t="s">
         <v>1620</v>
       </c>
       <c r="D376" s="10" t="s">
         <v>1630</v>
       </c>
       <c r="E376" s="10" t="s">
         <v>1631</v>
       </c>
       <c r="F376" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G376" s="15" t="s">
         <v>1632</v>
       </c>
       <c r="H376" s="11"/>
       <c r="I376" s="11"/>
       <c r="J376" s="11"/>
       <c r="K376" s="11"/>
       <c r="L376" s="11"/>
       <c r="M376" s="11"/>
     </row>
-    <row r="377" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="377" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A377" s="12" t="s">
         <v>1633</v>
       </c>
       <c r="B377" s="13">
         <v>40103219440</v>
       </c>
       <c r="C377" s="9" t="s">
         <v>1634</v>
       </c>
       <c r="D377" s="10" t="s">
         <v>1635</v>
       </c>
       <c r="E377" s="10" t="s">
         <v>1636</v>
       </c>
       <c r="F377" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G377" s="15" t="s">
         <v>1637</v>
       </c>
       <c r="H377" s="11"/>
       <c r="I377" s="11"/>
       <c r="J377" s="11"/>
       <c r="K377" s="11"/>
       <c r="L377" s="11"/>
       <c r="M377" s="11"/>
     </row>
-    <row r="378" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="378" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A378" s="12" t="s">
         <v>1638</v>
       </c>
       <c r="B378" s="13">
         <v>50103719201</v>
       </c>
       <c r="C378" s="9" t="s">
         <v>1639</v>
       </c>
       <c r="D378" s="10" t="s">
         <v>1640</v>
       </c>
       <c r="E378" s="10" t="s">
         <v>1641</v>
       </c>
       <c r="F378" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G378" s="15" t="s">
         <v>1642</v>
       </c>
       <c r="H378" s="11"/>
       <c r="I378" s="11"/>
       <c r="J378" s="11"/>
       <c r="K378" s="11"/>
       <c r="L378" s="11"/>
       <c r="M378" s="11"/>
     </row>
-    <row r="379" spans="1:13" s="1" customFormat="1" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="379" spans="1:13" s="1" customFormat="1" ht="51" x14ac:dyDescent="0.2">
       <c r="A379" s="12" t="s">
         <v>1643</v>
       </c>
       <c r="B379" s="13">
         <v>50203349181</v>
       </c>
       <c r="C379" s="9" t="s">
         <v>1644</v>
       </c>
       <c r="D379" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E379" s="10" t="s">
         <v>1645</v>
       </c>
       <c r="F379" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G379" s="15" t="s">
         <v>1646</v>
       </c>
       <c r="H379" s="36"/>
       <c r="I379" s="36"/>
       <c r="J379" s="36"/>
       <c r="K379" s="36"/>
       <c r="L379" s="36"/>
       <c r="M379" s="36"/>
     </row>
-    <row r="380" spans="1:13" s="1" customFormat="1" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="380" spans="1:13" s="1" customFormat="1" ht="51" x14ac:dyDescent="0.2">
       <c r="A380" s="12" t="s">
         <v>579</v>
       </c>
       <c r="B380" s="13">
         <v>50203451261</v>
       </c>
       <c r="C380" s="9" t="s">
         <v>1644</v>
       </c>
       <c r="D380" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E380" s="10" t="s">
         <v>1647</v>
       </c>
       <c r="F380" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G380" s="15" t="s">
         <v>1648</v>
       </c>
       <c r="H380" s="36"/>
       <c r="I380" s="36"/>
       <c r="J380" s="36"/>
       <c r="K380" s="36"/>
       <c r="L380" s="36"/>
       <c r="M380" s="36"/>
     </row>
-    <row r="381" spans="1:13" s="1" customFormat="1" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="381" spans="1:13" s="1" customFormat="1" ht="51" x14ac:dyDescent="0.2">
       <c r="A381" s="12" t="s">
         <v>1649</v>
       </c>
       <c r="B381" s="13">
         <v>40203402067</v>
       </c>
       <c r="C381" s="9" t="s">
         <v>1650</v>
       </c>
       <c r="D381" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E381" s="10" t="s">
         <v>1651</v>
       </c>
       <c r="F381" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G381" s="15" t="s">
         <v>1648</v>
       </c>
       <c r="H381" s="36"/>
       <c r="I381" s="36"/>
       <c r="J381" s="36"/>
       <c r="K381" s="36"/>
       <c r="L381" s="36"/>
       <c r="M381" s="36"/>
     </row>
-    <row r="382" spans="1:13" s="1" customFormat="1" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="382" spans="1:13" s="1" customFormat="1" ht="51" x14ac:dyDescent="0.2">
       <c r="A382" s="12" t="s">
         <v>1652</v>
       </c>
       <c r="B382" s="13">
         <v>40203417255</v>
       </c>
       <c r="C382" s="9" t="s">
         <v>1650</v>
       </c>
       <c r="D382" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E382" s="10" t="s">
         <v>1653</v>
       </c>
       <c r="F382" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G382" s="15" t="s">
         <v>1654</v>
       </c>
       <c r="H382" s="36"/>
       <c r="I382" s="36"/>
       <c r="J382" s="36"/>
       <c r="K382" s="36"/>
       <c r="L382" s="36"/>
       <c r="M382" s="36"/>
     </row>
-    <row r="383" spans="1:13" s="1" customFormat="1" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="383" spans="1:13" s="1" customFormat="1" ht="51" x14ac:dyDescent="0.2">
       <c r="A383" s="12" t="s">
         <v>95</v>
       </c>
       <c r="B383" s="13">
         <v>40203341631</v>
       </c>
       <c r="C383" s="9" t="s">
         <v>1650</v>
       </c>
       <c r="D383" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E383" s="10" t="s">
         <v>1655</v>
       </c>
       <c r="F383" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G383" s="15" t="s">
         <v>1648</v>
       </c>
       <c r="H383" s="36"/>
       <c r="I383" s="36"/>
       <c r="J383" s="36"/>
       <c r="K383" s="36"/>
       <c r="L383" s="36"/>
       <c r="M383" s="36"/>
     </row>
-    <row r="384" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="384" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A384" s="12" t="s">
         <v>1656</v>
       </c>
       <c r="B384" s="13">
         <v>40203014819</v>
       </c>
       <c r="C384" s="9" t="s">
         <v>1657</v>
       </c>
       <c r="D384" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E384" s="10" t="s">
         <v>1658</v>
       </c>
       <c r="F384" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G384" s="15" t="s">
         <v>1487</v>
       </c>
       <c r="H384" s="11"/>
       <c r="I384" s="11"/>
       <c r="J384" s="11"/>
       <c r="K384" s="11"/>
       <c r="L384" s="11"/>
       <c r="M384" s="11"/>
     </row>
-    <row r="385" spans="1:13" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="385" spans="1:13" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A385" s="12" t="s">
         <v>1659</v>
       </c>
       <c r="B385" s="13">
         <v>50003273531</v>
       </c>
       <c r="C385" s="9" t="s">
         <v>1660</v>
       </c>
       <c r="D385" s="10" t="s">
         <v>1661</v>
       </c>
       <c r="E385" s="10" t="s">
         <v>1662</v>
       </c>
       <c r="F385" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G385" s="10" t="s">
         <v>1663</v>
       </c>
       <c r="H385" s="11"/>
       <c r="I385" s="11"/>
       <c r="J385" s="11"/>
       <c r="K385" s="11"/>
       <c r="L385" s="11"/>
       <c r="M385" s="11"/>
     </row>
-    <row r="386" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="386" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A386" s="12" t="s">
         <v>1664</v>
       </c>
       <c r="B386" s="13">
         <v>44103122573</v>
       </c>
       <c r="C386" s="9" t="s">
         <v>1665</v>
       </c>
       <c r="D386" s="10" t="s">
         <v>400</v>
       </c>
       <c r="E386" s="10" t="s">
         <v>1666</v>
       </c>
       <c r="F386" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G386" s="15" t="s">
         <v>1667</v>
       </c>
       <c r="H386" s="11"/>
       <c r="I386" s="11"/>
       <c r="J386" s="11"/>
       <c r="K386" s="11"/>
       <c r="L386" s="11"/>
       <c r="M386" s="11"/>
     </row>
-    <row r="387" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="387" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A387" s="12" t="s">
         <v>1668</v>
       </c>
       <c r="B387" s="13">
         <v>52103088421</v>
       </c>
       <c r="C387" s="9" t="s">
         <v>1660</v>
       </c>
       <c r="D387" s="10" t="s">
         <v>1669</v>
       </c>
       <c r="E387" s="10" t="s">
         <v>1670</v>
       </c>
       <c r="F387" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G387" s="15" t="s">
         <v>1671</v>
       </c>
       <c r="H387" s="11"/>
       <c r="I387" s="11"/>
       <c r="J387" s="11"/>
       <c r="K387" s="11"/>
       <c r="L387" s="11"/>
       <c r="M387" s="11"/>
     </row>
-    <row r="388" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="388" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A388" s="12" t="s">
         <v>1672</v>
       </c>
       <c r="B388" s="13">
         <v>42103084540</v>
       </c>
       <c r="C388" s="9" t="s">
         <v>1660</v>
       </c>
       <c r="D388" s="10" t="s">
         <v>1673</v>
       </c>
       <c r="E388" s="10" t="s">
         <v>1674</v>
       </c>
       <c r="F388" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G388" s="15" t="s">
         <v>1675</v>
       </c>
       <c r="H388" s="11"/>
       <c r="I388" s="11"/>
       <c r="J388" s="11"/>
       <c r="K388" s="11"/>
       <c r="L388" s="11"/>
       <c r="M388" s="11"/>
     </row>
-    <row r="389" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="389" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A389" s="12" t="s">
         <v>1676</v>
       </c>
       <c r="B389" s="13">
         <v>40203128824</v>
       </c>
       <c r="C389" s="9" t="s">
         <v>1657</v>
       </c>
       <c r="D389" s="10" t="s">
         <v>1677</v>
       </c>
       <c r="E389" s="10" t="s">
         <v>1678</v>
       </c>
       <c r="F389" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G389" s="15" t="s">
         <v>1679</v>
       </c>
       <c r="H389" s="11"/>
       <c r="I389" s="11"/>
       <c r="J389" s="11"/>
       <c r="K389" s="11"/>
       <c r="L389" s="11"/>
       <c r="M389" s="11"/>
     </row>
-    <row r="390" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="390" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A390" s="12" t="s">
         <v>1680</v>
       </c>
       <c r="B390" s="13">
         <v>40003229071</v>
       </c>
       <c r="C390" s="9" t="s">
         <v>1681</v>
       </c>
       <c r="D390" s="10" t="s">
         <v>1682</v>
       </c>
       <c r="E390" s="10" t="s">
         <v>1683</v>
       </c>
       <c r="F390" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G390" s="15" t="s">
         <v>1679</v>
       </c>
       <c r="H390" s="11"/>
       <c r="I390" s="11"/>
       <c r="J390" s="11"/>
       <c r="K390" s="11"/>
       <c r="L390" s="11"/>
       <c r="M390" s="11"/>
     </row>
-    <row r="391" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="391" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A391" s="12" t="s">
         <v>1684</v>
       </c>
       <c r="B391" s="23">
         <v>40203414526</v>
       </c>
       <c r="C391" s="9" t="s">
         <v>1685</v>
       </c>
       <c r="D391" s="10" t="s">
         <v>1686</v>
       </c>
       <c r="E391" s="10" t="s">
         <v>1687</v>
       </c>
       <c r="F391" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G391" s="15" t="s">
         <v>1679</v>
       </c>
       <c r="H391" s="11"/>
       <c r="I391" s="11"/>
       <c r="J391" s="11"/>
       <c r="K391" s="11"/>
       <c r="L391" s="11"/>
       <c r="M391" s="11"/>
     </row>
-    <row r="392" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="392" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A392" s="12" t="s">
         <v>1688</v>
       </c>
       <c r="B392" s="13">
         <v>40203437444</v>
       </c>
       <c r="C392" s="9" t="s">
         <v>1685</v>
       </c>
       <c r="D392" s="10" t="s">
         <v>1689</v>
       </c>
       <c r="E392" s="10" t="s">
         <v>1690</v>
       </c>
       <c r="F392" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G392" s="15" t="s">
         <v>1691</v>
       </c>
       <c r="H392" s="11"/>
       <c r="I392" s="11"/>
       <c r="J392" s="11"/>
       <c r="K392" s="11"/>
       <c r="L392" s="11"/>
       <c r="M392" s="11"/>
     </row>
-    <row r="393" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="393" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A393" s="12" t="s">
         <v>1692</v>
       </c>
       <c r="B393" s="13">
         <v>40203119037</v>
       </c>
       <c r="C393" s="9" t="s">
         <v>1665</v>
       </c>
       <c r="D393" s="10" t="s">
         <v>1693</v>
       </c>
       <c r="E393" s="10" t="s">
         <v>1694</v>
       </c>
       <c r="F393" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G393" s="15" t="s">
         <v>1695</v>
       </c>
       <c r="H393" s="11"/>
       <c r="I393" s="11"/>
       <c r="J393" s="11"/>
       <c r="K393" s="11"/>
       <c r="L393" s="11"/>
       <c r="M393" s="11"/>
     </row>
-    <row r="394" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="394" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A394" s="12" t="s">
         <v>1696</v>
       </c>
       <c r="B394" s="13">
         <v>40002208867</v>
       </c>
       <c r="C394" s="9" t="s">
         <v>1697</v>
       </c>
       <c r="D394" s="10" t="s">
         <v>1698</v>
       </c>
       <c r="E394" s="10" t="s">
         <v>1699</v>
       </c>
       <c r="F394" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G394" s="15" t="s">
         <v>1700</v>
       </c>
       <c r="H394" s="11"/>
       <c r="I394" s="11"/>
       <c r="J394" s="11"/>
       <c r="K394" s="11"/>
       <c r="L394" s="11"/>
       <c r="M394" s="11"/>
     </row>
-    <row r="395" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="395" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A395" s="12" t="s">
         <v>1701</v>
       </c>
       <c r="B395" s="13">
         <v>40203568642</v>
       </c>
       <c r="C395" s="9" t="s">
         <v>1657</v>
       </c>
       <c r="D395" s="10" t="s">
         <v>1702</v>
       </c>
       <c r="E395" s="10" t="s">
         <v>1703</v>
       </c>
       <c r="F395" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G395" s="15" t="s">
         <v>1704</v>
       </c>
       <c r="H395" s="11"/>
       <c r="I395" s="11"/>
       <c r="J395" s="11"/>
       <c r="K395" s="11"/>
       <c r="L395" s="11"/>
       <c r="M395" s="11"/>
     </row>
-    <row r="396" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="396" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A396" s="12" t="s">
         <v>1705</v>
       </c>
       <c r="B396" s="13">
         <v>40203061033</v>
       </c>
       <c r="C396" s="9" t="s">
         <v>1681</v>
       </c>
       <c r="D396" s="10" t="s">
         <v>1706</v>
       </c>
       <c r="E396" s="10" t="s">
         <v>1707</v>
       </c>
       <c r="F396" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G396" s="15" t="s">
         <v>1708</v>
       </c>
       <c r="H396" s="11"/>
       <c r="I396" s="11"/>
       <c r="J396" s="11"/>
       <c r="K396" s="11"/>
       <c r="L396" s="11"/>
       <c r="M396" s="11"/>
     </row>
-    <row r="397" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="397" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A397" s="12" t="s">
         <v>1709</v>
       </c>
       <c r="B397" s="13">
         <v>40203426703</v>
       </c>
       <c r="C397" s="9" t="s">
         <v>1710</v>
       </c>
       <c r="D397" s="10" t="s">
         <v>1711</v>
       </c>
       <c r="E397" s="10" t="s">
         <v>1712</v>
       </c>
       <c r="F397" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G397" s="15" t="s">
         <v>1713</v>
       </c>
       <c r="H397" s="11"/>
       <c r="I397" s="11"/>
       <c r="J397" s="11"/>
       <c r="K397" s="11"/>
       <c r="L397" s="11"/>
       <c r="M397" s="11"/>
     </row>
-    <row r="398" spans="1:13" ht="198" x14ac:dyDescent="0.25">
+    <row r="398" spans="1:13" ht="204" x14ac:dyDescent="0.2">
       <c r="A398" s="12" t="s">
         <v>1714</v>
       </c>
       <c r="B398" s="13">
         <v>40103231975</v>
       </c>
       <c r="C398" s="9" t="s">
         <v>1537</v>
       </c>
       <c r="D398" s="10" t="s">
         <v>1715</v>
       </c>
       <c r="E398" s="10" t="s">
         <v>1716</v>
       </c>
       <c r="F398" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G398" s="15" t="s">
         <v>1717</v>
       </c>
       <c r="H398" s="11"/>
       <c r="I398" s="11"/>
       <c r="J398" s="11"/>
       <c r="K398" s="11"/>
       <c r="L398" s="11"/>
       <c r="M398" s="11"/>
     </row>
-    <row r="399" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="399" spans="1:13" ht="102" x14ac:dyDescent="0.2">
       <c r="A399" s="12" t="s">
         <v>1718</v>
       </c>
       <c r="B399" s="13">
         <v>40003710859</v>
       </c>
       <c r="C399" s="9" t="s">
         <v>1574</v>
       </c>
       <c r="D399" s="10" t="s">
         <v>1719</v>
       </c>
       <c r="E399" s="10" t="s">
         <v>1720</v>
       </c>
       <c r="F399" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G399" s="15" t="s">
         <v>1721</v>
       </c>
       <c r="H399" s="11"/>
       <c r="I399" s="11"/>
       <c r="J399" s="11"/>
       <c r="K399" s="11"/>
       <c r="L399" s="11"/>
       <c r="M399" s="11"/>
     </row>
-    <row r="400" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="400" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A400" s="12" t="s">
         <v>1722</v>
       </c>
       <c r="B400" s="13">
         <v>42403018366</v>
       </c>
       <c r="C400" s="9" t="s">
         <v>1723</v>
       </c>
       <c r="D400" s="10" t="s">
         <v>1724</v>
       </c>
       <c r="E400" s="10" t="s">
         <v>1725</v>
       </c>
       <c r="F400" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G400" s="15" t="s">
         <v>1726</v>
       </c>
       <c r="H400" s="11"/>
       <c r="I400" s="11"/>
       <c r="J400" s="11"/>
       <c r="K400" s="11"/>
       <c r="L400" s="11"/>
       <c r="M400" s="11"/>
     </row>
-    <row r="401" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="401" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A401" s="12" t="s">
         <v>1727</v>
       </c>
       <c r="B401" s="13">
         <v>40203357721</v>
       </c>
       <c r="C401" s="9" t="s">
         <v>1728</v>
       </c>
       <c r="D401" s="10" t="s">
         <v>1729</v>
       </c>
       <c r="E401" s="10" t="s">
         <v>1730</v>
       </c>
       <c r="F401" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G401" s="15" t="s">
         <v>1731</v>
       </c>
       <c r="H401" s="11"/>
       <c r="I401" s="11"/>
       <c r="J401" s="11"/>
       <c r="K401" s="11"/>
       <c r="L401" s="11"/>
       <c r="M401" s="11"/>
     </row>
-    <row r="402" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="402" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A402" s="12" t="s">
         <v>1732</v>
       </c>
       <c r="B402" s="13">
         <v>44103034105</v>
       </c>
       <c r="C402" s="9" t="s">
         <v>1723</v>
       </c>
       <c r="D402" s="10" t="s">
         <v>1733</v>
       </c>
       <c r="E402" s="10" t="s">
         <v>1734</v>
       </c>
       <c r="F402" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G402" s="15" t="s">
         <v>1735</v>
       </c>
       <c r="H402" s="11"/>
       <c r="I402" s="11"/>
       <c r="J402" s="11"/>
       <c r="K402" s="11"/>
       <c r="L402" s="11"/>
       <c r="M402" s="11"/>
     </row>
-    <row r="403" spans="1:13" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="403" spans="1:13" ht="165.75" x14ac:dyDescent="0.2">
       <c r="A403" s="12" t="s">
         <v>1736</v>
       </c>
       <c r="B403" s="13">
         <v>40203334339</v>
       </c>
       <c r="C403" s="9" t="s">
         <v>1606</v>
       </c>
       <c r="D403" s="10" t="s">
         <v>1737</v>
       </c>
       <c r="E403" s="10" t="s">
         <v>1738</v>
       </c>
       <c r="F403" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G403" s="15" t="s">
         <v>1739</v>
       </c>
       <c r="H403" s="11"/>
       <c r="I403" s="11"/>
       <c r="J403" s="11"/>
       <c r="K403" s="11"/>
       <c r="L403" s="11"/>
       <c r="M403" s="11"/>
     </row>
-    <row r="404" spans="1:13" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="404" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A404" s="12" t="s">
         <v>1740</v>
       </c>
       <c r="B404" s="13">
         <v>40203162379</v>
       </c>
       <c r="C404" s="9" t="s">
         <v>1723</v>
       </c>
       <c r="D404" s="10" t="s">
         <v>1741</v>
       </c>
       <c r="E404" s="10" t="s">
         <v>1742</v>
       </c>
       <c r="F404" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G404" s="15" t="s">
         <v>1743</v>
       </c>
       <c r="H404" s="11"/>
       <c r="I404" s="11"/>
       <c r="J404" s="11"/>
       <c r="K404" s="11"/>
       <c r="L404" s="11"/>
       <c r="M404" s="11"/>
     </row>
-    <row r="405" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="405" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A405" s="12" t="s">
         <v>1744</v>
       </c>
       <c r="B405" s="13">
         <v>40003897726</v>
       </c>
       <c r="C405" s="9" t="s">
         <v>1620</v>
       </c>
       <c r="D405" s="10" t="s">
         <v>1745</v>
       </c>
       <c r="E405" s="10" t="s">
         <v>1746</v>
       </c>
       <c r="F405" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G405" s="15" t="s">
         <v>1747</v>
       </c>
       <c r="H405" s="11"/>
       <c r="I405" s="11"/>
       <c r="J405" s="11"/>
       <c r="K405" s="11"/>
       <c r="L405" s="11"/>
       <c r="M405" s="11"/>
     </row>
-    <row r="406" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="406" spans="1:13" ht="127.5" x14ac:dyDescent="0.2">
       <c r="A406" s="12" t="s">
         <v>1748</v>
       </c>
       <c r="B406" s="13">
         <v>40203451039</v>
       </c>
       <c r="C406" s="9" t="s">
         <v>1749</v>
       </c>
       <c r="D406" s="10" t="s">
         <v>1750</v>
       </c>
       <c r="E406" s="10" t="s">
         <v>1751</v>
       </c>
       <c r="F406" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G406" s="15" t="s">
         <v>1752</v>
       </c>
       <c r="H406" s="11"/>
       <c r="I406" s="11"/>
       <c r="J406" s="11"/>
       <c r="K406" s="11"/>
       <c r="L406" s="11"/>
       <c r="M406" s="11"/>
     </row>
-    <row r="407" spans="1:13" ht="211.2" x14ac:dyDescent="0.25">
+    <row r="407" spans="1:13" ht="216.75" x14ac:dyDescent="0.2">
       <c r="A407" s="12" t="s">
         <v>1753</v>
       </c>
       <c r="B407" s="13">
         <v>40203428475</v>
       </c>
       <c r="C407" s="9" t="s">
         <v>1657</v>
       </c>
       <c r="D407" s="10" t="s">
         <v>1754</v>
       </c>
       <c r="E407" s="10" t="s">
         <v>1755</v>
       </c>
       <c r="F407" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G407" s="15" t="s">
         <v>1756</v>
       </c>
       <c r="H407" s="11"/>
       <c r="I407" s="11"/>
       <c r="J407" s="11"/>
       <c r="K407" s="11"/>
       <c r="L407" s="11"/>
       <c r="M407" s="11"/>
     </row>
-    <row r="408" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="408" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A408" s="12" t="s">
         <v>1757</v>
       </c>
       <c r="B408" s="13">
         <v>40203082482</v>
       </c>
       <c r="C408" s="9" t="s">
         <v>1681</v>
       </c>
       <c r="D408" s="10" t="s">
         <v>1758</v>
       </c>
       <c r="E408" s="10" t="s">
         <v>1759</v>
       </c>
       <c r="F408" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G408" s="15" t="s">
         <v>1760</v>
       </c>
       <c r="H408" s="11"/>
       <c r="I408" s="11"/>
       <c r="J408" s="11"/>
       <c r="K408" s="11"/>
       <c r="L408" s="11"/>
       <c r="M408" s="11"/>
     </row>
-    <row r="409" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="409" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A409" s="12" t="s">
         <v>1761</v>
       </c>
       <c r="B409" s="13">
         <v>40203191448</v>
       </c>
       <c r="C409" s="9" t="s">
         <v>1762</v>
       </c>
       <c r="D409" s="10" t="s">
         <v>1763</v>
       </c>
       <c r="E409" s="10" t="s">
         <v>1764</v>
       </c>
       <c r="F409" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G409" s="15" t="s">
         <v>1765</v>
       </c>
       <c r="H409" s="11"/>
       <c r="I409" s="11"/>
       <c r="J409" s="11"/>
       <c r="K409" s="11"/>
       <c r="L409" s="11"/>
       <c r="M409" s="11"/>
     </row>
-    <row r="410" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="410" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A410" s="12" t="s">
         <v>1766</v>
       </c>
       <c r="B410" s="13">
         <v>40203364776</v>
       </c>
       <c r="C410" s="9" t="s">
         <v>1767</v>
       </c>
       <c r="D410" s="10" t="s">
         <v>1768</v>
       </c>
       <c r="E410" s="10" t="s">
         <v>1769</v>
       </c>
       <c r="F410" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G410" s="15" t="s">
         <v>1770</v>
       </c>
       <c r="H410" s="11"/>
       <c r="I410" s="11"/>
       <c r="J410" s="11"/>
       <c r="K410" s="11"/>
       <c r="L410" s="11"/>
       <c r="M410" s="11"/>
     </row>
-    <row r="411" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="411" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A411" s="12" t="s">
         <v>1771</v>
       </c>
       <c r="B411" s="13">
         <v>40203247281</v>
       </c>
       <c r="C411" s="9" t="s">
         <v>1772</v>
       </c>
       <c r="D411" s="10" t="s">
         <v>1773</v>
       </c>
       <c r="E411" s="10" t="s">
         <v>1774</v>
       </c>
       <c r="F411" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G411" s="15" t="s">
         <v>1775</v>
       </c>
       <c r="H411" s="11"/>
       <c r="I411" s="11"/>
       <c r="J411" s="11"/>
       <c r="K411" s="11"/>
       <c r="L411" s="11"/>
       <c r="M411" s="11"/>
     </row>
-    <row r="412" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="412" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A412" s="12" t="s">
         <v>1776</v>
       </c>
       <c r="B412" s="13">
         <v>50203358381</v>
       </c>
       <c r="C412" s="9" t="s">
         <v>1777</v>
       </c>
       <c r="D412" s="10" t="s">
         <v>1711</v>
       </c>
       <c r="E412" s="10" t="s">
         <v>1778</v>
       </c>
       <c r="F412" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G412" s="15" t="s">
         <v>1713</v>
       </c>
       <c r="H412" s="11"/>
       <c r="I412" s="11"/>
       <c r="J412" s="11"/>
       <c r="K412" s="11"/>
       <c r="L412" s="11"/>
       <c r="M412" s="11"/>
     </row>
-    <row r="413" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="413" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A413" s="12" t="s">
         <v>1779</v>
       </c>
       <c r="B413" s="13">
         <v>40203362262</v>
       </c>
       <c r="C413" s="9" t="s">
         <v>1780</v>
       </c>
       <c r="D413" s="10" t="s">
         <v>1781</v>
       </c>
       <c r="E413" s="10" t="s">
         <v>1782</v>
       </c>
       <c r="F413" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G413" s="15" t="s">
         <v>1783</v>
       </c>
       <c r="H413" s="11"/>
       <c r="I413" s="11"/>
       <c r="J413" s="11"/>
       <c r="K413" s="11"/>
       <c r="L413" s="11"/>
       <c r="M413" s="11"/>
     </row>
-    <row r="414" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="414" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A414" s="12" t="s">
         <v>1784</v>
       </c>
       <c r="B414" s="13">
         <v>50203216211</v>
       </c>
       <c r="C414" s="9" t="s">
         <v>1785</v>
       </c>
       <c r="D414" s="10" t="s">
         <v>1786</v>
       </c>
       <c r="E414" s="10" t="s">
         <v>1787</v>
       </c>
       <c r="F414" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G414" s="15" t="s">
         <v>1788</v>
       </c>
       <c r="H414" s="11"/>
       <c r="I414" s="11"/>
       <c r="J414" s="11"/>
       <c r="K414" s="11"/>
       <c r="L414" s="11"/>
       <c r="M414" s="11"/>
     </row>
-    <row r="415" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="415" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A415" s="12" t="s">
         <v>1789</v>
       </c>
       <c r="B415" s="13">
         <v>40003878373</v>
       </c>
       <c r="C415" s="9" t="s">
         <v>1767</v>
       </c>
       <c r="D415" s="10" t="s">
         <v>1790</v>
       </c>
       <c r="E415" s="10" t="s">
         <v>1791</v>
       </c>
       <c r="F415" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G415" s="15" t="s">
         <v>1792</v>
       </c>
       <c r="H415" s="11"/>
       <c r="I415" s="11"/>
       <c r="J415" s="11"/>
       <c r="K415" s="11"/>
       <c r="L415" s="11"/>
       <c r="M415" s="11"/>
     </row>
-    <row r="416" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="416" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A416" s="12" t="s">
         <v>1793</v>
       </c>
       <c r="B416" s="13">
         <v>40203523553</v>
       </c>
       <c r="C416" s="9" t="s">
         <v>1767</v>
       </c>
       <c r="D416" s="10" t="s">
         <v>1711</v>
       </c>
       <c r="E416" s="10" t="s">
         <v>1794</v>
       </c>
       <c r="F416" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G416" s="15" t="s">
         <v>1783</v>
       </c>
       <c r="H416" s="11"/>
       <c r="I416" s="11"/>
       <c r="J416" s="11"/>
       <c r="K416" s="11"/>
       <c r="L416" s="11"/>
       <c r="M416" s="11"/>
     </row>
-    <row r="417" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="417" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A417" s="12" t="s">
         <v>1795</v>
       </c>
       <c r="B417" s="13">
         <v>40203222470</v>
       </c>
       <c r="C417" s="9" t="s">
         <v>1777</v>
       </c>
       <c r="D417" s="10" t="s">
         <v>1796</v>
       </c>
       <c r="E417" s="10" t="s">
         <v>1797</v>
       </c>
       <c r="F417" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G417" s="15" t="s">
         <v>1798</v>
       </c>
       <c r="H417" s="11"/>
       <c r="I417" s="11"/>
       <c r="J417" s="11"/>
       <c r="K417" s="11"/>
       <c r="L417" s="11"/>
       <c r="M417" s="11"/>
     </row>
-    <row r="418" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="418" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A418" s="12" t="s">
         <v>1799</v>
       </c>
       <c r="B418" s="13">
         <v>40203271508</v>
       </c>
       <c r="C418" s="9" t="s">
         <v>1800</v>
       </c>
       <c r="D418" s="10" t="s">
         <v>1801</v>
       </c>
       <c r="E418" s="10" t="s">
         <v>1802</v>
       </c>
       <c r="F418" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G418" s="15" t="s">
         <v>1775</v>
       </c>
       <c r="H418" s="11"/>
       <c r="I418" s="11"/>
       <c r="J418" s="11"/>
       <c r="K418" s="11"/>
       <c r="L418" s="11"/>
       <c r="M418" s="11"/>
     </row>
-    <row r="419" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="419" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A419" s="12" t="s">
         <v>1803</v>
       </c>
       <c r="B419" s="13">
         <v>40103674643</v>
       </c>
       <c r="C419" s="9" t="s">
         <v>1804</v>
       </c>
       <c r="D419" s="10" t="s">
         <v>1805</v>
       </c>
       <c r="E419" s="10" t="s">
         <v>1806</v>
       </c>
       <c r="F419" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G419" s="15" t="s">
         <v>1807</v>
       </c>
       <c r="H419" s="11"/>
       <c r="I419" s="11"/>
       <c r="J419" s="11"/>
       <c r="K419" s="11"/>
       <c r="L419" s="11"/>
       <c r="M419" s="11"/>
     </row>
-    <row r="420" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="420" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A420" s="12" t="s">
         <v>1808</v>
       </c>
       <c r="B420" s="13">
         <v>40203399477</v>
       </c>
       <c r="C420" s="9" t="s">
         <v>1809</v>
       </c>
       <c r="D420" s="10" t="s">
         <v>1786</v>
       </c>
       <c r="E420" s="10" t="s">
         <v>1810</v>
       </c>
       <c r="F420" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G420" s="15" t="s">
         <v>1788</v>
       </c>
       <c r="H420" s="11"/>
       <c r="I420" s="11"/>
       <c r="J420" s="11"/>
       <c r="K420" s="11"/>
       <c r="L420" s="11"/>
       <c r="M420" s="11"/>
     </row>
-    <row r="421" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="421" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A421" s="12" t="s">
         <v>1811</v>
       </c>
       <c r="B421" s="13">
         <v>40203453063</v>
       </c>
       <c r="C421" s="9" t="s">
         <v>1804</v>
       </c>
       <c r="D421" s="10" t="s">
         <v>1812</v>
       </c>
       <c r="E421" s="10" t="s">
         <v>1813</v>
       </c>
       <c r="F421" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G421" s="15" t="s">
         <v>1814</v>
       </c>
       <c r="H421" s="11"/>
       <c r="I421" s="11"/>
       <c r="J421" s="11"/>
       <c r="K421" s="11"/>
       <c r="L421" s="11"/>
       <c r="M421" s="11"/>
     </row>
-    <row r="422" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="422" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A422" s="12" t="s">
         <v>1815</v>
       </c>
       <c r="B422" s="13">
         <v>40203476812</v>
       </c>
       <c r="C422" s="9" t="s">
         <v>1816</v>
       </c>
       <c r="D422" s="10" t="s">
         <v>1817</v>
       </c>
       <c r="E422" s="10" t="s">
         <v>1818</v>
       </c>
       <c r="F422" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G422" s="15" t="s">
         <v>1819</v>
       </c>
       <c r="H422" s="11"/>
       <c r="I422" s="11"/>
       <c r="J422" s="11"/>
       <c r="K422" s="11"/>
       <c r="L422" s="11"/>
       <c r="M422" s="11"/>
     </row>
-    <row r="423" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="423" spans="1:13" ht="102" x14ac:dyDescent="0.2">
       <c r="A423" s="12" t="s">
         <v>1820</v>
       </c>
       <c r="B423" s="13">
         <v>40203364776</v>
       </c>
       <c r="C423" s="9" t="s">
         <v>1767</v>
       </c>
       <c r="D423" s="10" t="s">
         <v>1821</v>
       </c>
       <c r="E423" s="10" t="s">
         <v>1822</v>
       </c>
       <c r="F423" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G423" s="15" t="s">
         <v>1823</v>
       </c>
       <c r="H423" s="11"/>
       <c r="I423" s="11"/>
       <c r="J423" s="11"/>
       <c r="K423" s="11"/>
       <c r="L423" s="11"/>
       <c r="M423" s="11"/>
     </row>
-    <row r="424" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="424" spans="1:13" ht="102" x14ac:dyDescent="0.2">
       <c r="A424" s="12" t="s">
         <v>1824</v>
       </c>
       <c r="B424" s="13">
         <v>50203213361</v>
       </c>
       <c r="C424" s="9" t="s">
         <v>1825</v>
       </c>
       <c r="D424" s="10" t="s">
         <v>1826</v>
       </c>
       <c r="E424" s="10" t="s">
         <v>1827</v>
       </c>
       <c r="F424" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G424" s="15" t="s">
         <v>1823</v>
       </c>
       <c r="H424" s="11"/>
       <c r="I424" s="11"/>
       <c r="J424" s="11"/>
       <c r="K424" s="11"/>
       <c r="L424" s="11"/>
       <c r="M424" s="11"/>
     </row>
-    <row r="425" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="425" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A425" s="12" t="s">
         <v>1828</v>
       </c>
       <c r="B425" s="13">
         <v>40203390548</v>
       </c>
       <c r="C425" s="9" t="s">
         <v>1829</v>
       </c>
       <c r="D425" s="10" t="s">
         <v>1830</v>
       </c>
       <c r="E425" s="10" t="s">
         <v>1831</v>
       </c>
       <c r="F425" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G425" s="15" t="s">
         <v>1832</v>
       </c>
       <c r="H425" s="11"/>
       <c r="I425" s="11"/>
       <c r="J425" s="11"/>
       <c r="K425" s="11"/>
       <c r="L425" s="11"/>
       <c r="M425" s="11"/>
     </row>
-    <row r="426" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="426" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A426" s="12" t="s">
         <v>1833</v>
       </c>
       <c r="B426" s="13">
         <v>40103374975</v>
       </c>
       <c r="C426" s="9" t="s">
         <v>1834</v>
       </c>
       <c r="D426" s="10" t="s">
         <v>1835</v>
       </c>
       <c r="E426" s="10" t="s">
         <v>1836</v>
       </c>
       <c r="F426" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G426" s="15" t="s">
         <v>1837</v>
       </c>
       <c r="H426" s="11"/>
       <c r="I426" s="11"/>
       <c r="J426" s="11"/>
       <c r="K426" s="11"/>
       <c r="L426" s="11"/>
       <c r="M426" s="11"/>
     </row>
-    <row r="427" spans="1:13" ht="102" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="427" spans="1:13" ht="102" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A427" s="12" t="s">
         <v>1838</v>
       </c>
       <c r="B427" s="13">
         <v>40203286560</v>
       </c>
       <c r="C427" s="9" t="s">
         <v>1839</v>
       </c>
       <c r="D427" s="10" t="s">
         <v>1840</v>
       </c>
       <c r="E427" s="10" t="s">
         <v>1841</v>
       </c>
       <c r="F427" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G427" s="15" t="s">
         <v>1842</v>
       </c>
       <c r="H427" s="11"/>
       <c r="I427" s="11"/>
       <c r="J427" s="11"/>
       <c r="K427" s="11"/>
       <c r="L427" s="11"/>
       <c r="M427" s="11"/>
     </row>
-    <row r="428" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="428" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A428" s="12" t="s">
         <v>1843</v>
       </c>
       <c r="B428" s="13">
         <v>40203564231</v>
       </c>
       <c r="C428" s="9" t="s">
         <v>1834</v>
       </c>
       <c r="D428" s="10" t="s">
         <v>1844</v>
       </c>
       <c r="E428" s="10" t="s">
         <v>1845</v>
       </c>
       <c r="F428" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G428" s="15" t="s">
         <v>1846</v>
       </c>
       <c r="H428" s="11"/>
       <c r="I428" s="11"/>
       <c r="J428" s="11"/>
       <c r="K428" s="11"/>
       <c r="L428" s="11"/>
       <c r="M428" s="11"/>
     </row>
-    <row r="429" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="429" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A429" s="12" t="s">
         <v>1847</v>
       </c>
       <c r="B429" s="13">
         <v>40203357492</v>
       </c>
       <c r="C429" s="9" t="s">
         <v>1848</v>
       </c>
       <c r="D429" s="10" t="s">
         <v>1849</v>
       </c>
       <c r="E429" s="10" t="s">
         <v>1850</v>
       </c>
       <c r="F429" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G429" s="15" t="s">
         <v>1851</v>
       </c>
       <c r="H429" s="11"/>
       <c r="I429" s="11"/>
       <c r="J429" s="11"/>
       <c r="K429" s="11"/>
       <c r="L429" s="11"/>
       <c r="M429" s="11"/>
     </row>
-    <row r="430" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="430" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A430" s="12" t="s">
         <v>1852</v>
       </c>
       <c r="B430" s="13">
         <v>40203339711</v>
       </c>
       <c r="C430" s="9" t="s">
         <v>1853</v>
       </c>
       <c r="D430" s="10" t="s">
         <v>1854</v>
       </c>
       <c r="E430" s="10" t="s">
         <v>1855</v>
       </c>
       <c r="F430" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G430" s="15" t="s">
         <v>1856</v>
       </c>
       <c r="H430" s="11"/>
       <c r="I430" s="11"/>
       <c r="J430" s="11"/>
       <c r="K430" s="11"/>
       <c r="L430" s="11"/>
       <c r="M430" s="11"/>
     </row>
-    <row r="431" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="431" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A431" s="12" t="s">
         <v>1857</v>
       </c>
       <c r="B431" s="13">
         <v>40103839601</v>
       </c>
       <c r="C431" s="9" t="s">
         <v>1853</v>
       </c>
       <c r="D431" s="10" t="s">
         <v>1858</v>
       </c>
       <c r="E431" s="10" t="s">
         <v>1859</v>
       </c>
       <c r="F431" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G431" s="15" t="s">
         <v>1837</v>
       </c>
       <c r="H431" s="11"/>
       <c r="I431" s="11"/>
       <c r="J431" s="11"/>
       <c r="K431" s="11"/>
       <c r="L431" s="11"/>
       <c r="M431" s="11"/>
     </row>
-    <row r="432" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="432" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A432" s="12" t="s">
         <v>1860</v>
       </c>
       <c r="B432" s="13">
         <v>40103825724</v>
       </c>
       <c r="C432" s="9" t="s">
         <v>1861</v>
       </c>
       <c r="D432" s="10" t="s">
         <v>1862</v>
       </c>
       <c r="E432" s="10" t="s">
         <v>1863</v>
       </c>
       <c r="F432" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G432" s="10" t="s">
         <v>1864</v>
       </c>
       <c r="H432" s="11"/>
       <c r="I432" s="11"/>
       <c r="J432" s="11"/>
       <c r="K432" s="11"/>
       <c r="L432" s="11"/>
       <c r="M432" s="11"/>
     </row>
-    <row r="433" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A433" s="12" t="s">
         <v>1865</v>
       </c>
       <c r="B433" s="13">
         <v>40203467059</v>
       </c>
       <c r="C433" s="9" t="s">
         <v>1866</v>
       </c>
       <c r="D433" s="10" t="s">
         <v>1867</v>
       </c>
       <c r="E433" s="10" t="s">
         <v>1868</v>
       </c>
       <c r="F433" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G433" s="15" t="s">
         <v>1856</v>
       </c>
       <c r="H433" s="11"/>
       <c r="I433" s="11"/>
       <c r="J433" s="11"/>
       <c r="K433" s="11"/>
       <c r="L433" s="11"/>
       <c r="M433" s="11"/>
     </row>
-    <row r="434" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A434" s="12" t="s">
         <v>1869</v>
       </c>
       <c r="B434" s="13">
         <v>40203525639</v>
       </c>
       <c r="C434" s="9" t="s">
         <v>1866</v>
       </c>
       <c r="D434" s="10" t="s">
         <v>1870</v>
       </c>
       <c r="E434" s="10" t="s">
         <v>1871</v>
       </c>
       <c r="F434" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G434" s="15" t="s">
         <v>1872</v>
       </c>
       <c r="H434" s="11"/>
       <c r="I434" s="11"/>
       <c r="J434" s="11"/>
       <c r="K434" s="11"/>
       <c r="L434" s="11"/>
       <c r="M434" s="11"/>
     </row>
-    <row r="435" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:13" ht="102" x14ac:dyDescent="0.2">
       <c r="A435" s="12" t="s">
         <v>1873</v>
       </c>
       <c r="B435" s="13">
         <v>40103924611</v>
       </c>
       <c r="C435" s="9" t="s">
         <v>1861</v>
       </c>
       <c r="D435" s="10" t="s">
         <v>1874</v>
       </c>
       <c r="E435" s="10" t="s">
         <v>1875</v>
       </c>
       <c r="F435" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G435" s="15" t="s">
         <v>1876</v>
       </c>
       <c r="H435" s="11"/>
       <c r="I435" s="11"/>
       <c r="J435" s="11"/>
       <c r="K435" s="11"/>
       <c r="L435" s="11"/>
       <c r="M435" s="11"/>
     </row>
-    <row r="436" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A436" s="12" t="s">
         <v>1877</v>
       </c>
       <c r="B436" s="13">
         <v>40203521444</v>
       </c>
       <c r="C436" s="9" t="s">
         <v>1878</v>
       </c>
       <c r="D436" s="10" t="s">
         <v>1849</v>
       </c>
       <c r="E436" s="10" t="s">
         <v>1879</v>
       </c>
       <c r="F436" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G436" s="15" t="s">
         <v>1851</v>
       </c>
       <c r="H436" s="11"/>
       <c r="I436" s="11"/>
       <c r="J436" s="11"/>
       <c r="K436" s="11"/>
       <c r="L436" s="11"/>
       <c r="M436" s="11"/>
     </row>
-    <row r="437" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="437" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A437" s="12" t="s">
         <v>1880</v>
       </c>
       <c r="B437" s="13">
         <v>40203520307</v>
       </c>
       <c r="C437" s="13" t="s">
         <v>1878</v>
       </c>
       <c r="D437" s="10" t="s">
         <v>1881</v>
       </c>
       <c r="E437" s="10" t="s">
         <v>1882</v>
       </c>
       <c r="F437" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G437" s="15" t="s">
         <v>1872</v>
       </c>
       <c r="H437" s="11"/>
       <c r="I437" s="11"/>
       <c r="J437" s="11"/>
       <c r="K437" s="11"/>
       <c r="L437" s="11"/>
       <c r="M437" s="11"/>
     </row>
-    <row r="438" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="438" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A438" s="12" t="s">
         <v>1883</v>
       </c>
       <c r="B438" s="13">
         <v>43601026426</v>
       </c>
       <c r="C438" s="13" t="s">
         <v>1878</v>
       </c>
       <c r="D438" s="10" t="s">
         <v>1884</v>
       </c>
       <c r="E438" s="10" t="s">
         <v>1885</v>
       </c>
       <c r="F438" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G438" s="15" t="s">
         <v>1886</v>
       </c>
       <c r="H438" s="11"/>
       <c r="I438" s="11"/>
       <c r="J438" s="11"/>
       <c r="K438" s="11"/>
       <c r="L438" s="11"/>
       <c r="M438" s="11"/>
     </row>
-    <row r="439" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="439" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A439" s="12" t="s">
         <v>1887</v>
       </c>
       <c r="B439" s="13">
         <v>40203532861</v>
       </c>
       <c r="C439" s="13" t="s">
         <v>1878</v>
       </c>
       <c r="D439" s="10" t="s">
         <v>1888</v>
       </c>
       <c r="E439" s="10" t="s">
         <v>1889</v>
       </c>
       <c r="F439" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G439" s="15" t="s">
         <v>1890</v>
       </c>
       <c r="H439" s="11"/>
       <c r="I439" s="11"/>
       <c r="J439" s="11"/>
       <c r="K439" s="11"/>
       <c r="L439" s="11"/>
       <c r="M439" s="11"/>
     </row>
-    <row r="440" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="440" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A440" s="12" t="s">
         <v>1891</v>
       </c>
       <c r="B440" s="13">
         <v>40203457949</v>
       </c>
       <c r="C440" s="13" t="s">
         <v>1878</v>
       </c>
       <c r="D440" s="10" t="s">
         <v>1892</v>
       </c>
       <c r="E440" s="10" t="s">
         <v>1893</v>
       </c>
       <c r="F440" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G440" s="15" t="s">
         <v>1856</v>
       </c>
       <c r="H440" s="11"/>
       <c r="I440" s="11"/>
       <c r="J440" s="11"/>
       <c r="K440" s="11"/>
       <c r="L440" s="11"/>
       <c r="M440" s="11"/>
     </row>
-    <row r="441" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="441" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A441" s="12" t="s">
         <v>1894</v>
       </c>
       <c r="B441" s="13">
         <v>40203288627</v>
       </c>
       <c r="C441" s="9" t="s">
         <v>1878</v>
       </c>
       <c r="D441" s="10" t="s">
         <v>1895</v>
       </c>
       <c r="E441" s="10" t="s">
         <v>1896</v>
       </c>
       <c r="F441" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G441" s="15" t="s">
         <v>1897</v>
       </c>
       <c r="H441" s="11"/>
       <c r="I441" s="11"/>
       <c r="J441" s="11"/>
       <c r="K441" s="11"/>
       <c r="L441" s="11"/>
       <c r="M441" s="11"/>
     </row>
-    <row r="442" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="442" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A442" s="12" t="s">
         <v>1898</v>
       </c>
       <c r="B442" s="13">
         <v>40203098657</v>
       </c>
       <c r="C442" s="13" t="s">
         <v>1800</v>
       </c>
       <c r="D442" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E442" s="10" t="s">
         <v>1899</v>
       </c>
       <c r="F442" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G442" s="15" t="s">
         <v>1900</v>
       </c>
       <c r="H442" s="11"/>
       <c r="I442" s="11"/>
       <c r="J442" s="11"/>
       <c r="K442" s="11"/>
       <c r="L442" s="11"/>
       <c r="M442" s="11"/>
     </row>
-    <row r="443" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="443" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A443" s="12" t="s">
         <v>1901</v>
       </c>
       <c r="B443" s="13">
         <v>40203424238</v>
       </c>
       <c r="C443" s="9" t="s">
         <v>1878</v>
       </c>
       <c r="D443" s="10" t="s">
         <v>1902</v>
       </c>
       <c r="E443" s="10" t="s">
         <v>1903</v>
       </c>
       <c r="F443" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G443" s="15" t="s">
         <v>1904</v>
       </c>
       <c r="H443" s="11"/>
       <c r="I443" s="11"/>
       <c r="J443" s="11"/>
       <c r="K443" s="11"/>
       <c r="L443" s="11"/>
       <c r="M443" s="11"/>
     </row>
-    <row r="444" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="444" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A444" s="16" t="s">
         <v>1905</v>
       </c>
       <c r="B444" s="13">
         <v>40203524417</v>
       </c>
       <c r="C444" s="13" t="s">
         <v>1906</v>
       </c>
       <c r="D444" s="10" t="s">
         <v>1849</v>
       </c>
       <c r="E444" s="10" t="s">
         <v>1907</v>
       </c>
       <c r="F444" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G444" s="15" t="s">
         <v>1908</v>
       </c>
       <c r="H444" s="11"/>
       <c r="I444" s="11"/>
       <c r="J444" s="11"/>
       <c r="K444" s="11"/>
       <c r="L444" s="11"/>
       <c r="M444" s="11"/>
     </row>
-    <row r="445" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="445" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A445" s="16" t="s">
         <v>1909</v>
       </c>
       <c r="B445" s="13">
         <v>50203460071</v>
       </c>
       <c r="C445" s="13" t="s">
         <v>1906</v>
       </c>
       <c r="D445" s="10" t="s">
         <v>1849</v>
       </c>
       <c r="E445" s="10" t="s">
         <v>1910</v>
       </c>
       <c r="F445" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G445" s="15" t="s">
         <v>1908</v>
       </c>
       <c r="H445" s="11"/>
       <c r="I445" s="11"/>
       <c r="J445" s="11"/>
       <c r="K445" s="11"/>
       <c r="L445" s="11"/>
       <c r="M445" s="11"/>
     </row>
-    <row r="446" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="446" spans="1:13" ht="102" x14ac:dyDescent="0.2">
       <c r="A446" s="16" t="s">
         <v>1911</v>
       </c>
       <c r="B446" s="13">
         <v>50203560941</v>
       </c>
       <c r="C446" s="9" t="s">
         <v>1912</v>
       </c>
       <c r="D446" s="10" t="s">
         <v>1913</v>
       </c>
       <c r="E446" s="10" t="s">
         <v>1914</v>
       </c>
       <c r="F446" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G446" s="10" t="s">
         <v>1915</v>
       </c>
       <c r="H446" s="11"/>
       <c r="I446" s="11"/>
       <c r="J446" s="11"/>
       <c r="K446" s="11"/>
       <c r="L446" s="11"/>
       <c r="M446" s="11"/>
     </row>
-    <row r="447" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="447" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A447" s="16" t="s">
         <v>1916</v>
       </c>
       <c r="B447" s="13">
         <v>40203246055</v>
       </c>
       <c r="C447" s="9" t="s">
         <v>1878</v>
       </c>
       <c r="D447" s="10" t="s">
         <v>1917</v>
       </c>
       <c r="E447" s="10" t="s">
         <v>1918</v>
       </c>
       <c r="F447" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G447" s="15" t="s">
         <v>1919</v>
       </c>
       <c r="H447" s="11"/>
       <c r="I447" s="11"/>
       <c r="J447" s="11"/>
       <c r="K447" s="11"/>
       <c r="L447" s="11"/>
       <c r="M447" s="11"/>
     </row>
-    <row r="448" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="448" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A448" s="16" t="s">
         <v>1920</v>
       </c>
       <c r="B448" s="13">
         <v>50203523451</v>
       </c>
       <c r="C448" s="13" t="s">
         <v>1848</v>
       </c>
       <c r="D448" s="10" t="s">
         <v>1921</v>
       </c>
       <c r="E448" s="10" t="s">
         <v>1922</v>
       </c>
       <c r="F448" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G448" s="15" t="s">
         <v>1923</v>
       </c>
       <c r="H448" s="11"/>
       <c r="I448" s="11"/>
       <c r="J448" s="11"/>
       <c r="K448" s="11"/>
       <c r="L448" s="11"/>
       <c r="M448" s="11"/>
     </row>
-    <row r="449" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="449" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A449" s="16" t="s">
         <v>1924</v>
       </c>
       <c r="B449" s="13">
         <v>40203493210</v>
       </c>
       <c r="C449" s="13" t="s">
         <v>1848</v>
       </c>
       <c r="D449" s="10" t="s">
         <v>1921</v>
       </c>
       <c r="E449" s="10" t="s">
         <v>1925</v>
       </c>
       <c r="F449" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G449" s="7" t="s">
         <v>1923</v>
       </c>
       <c r="H449" s="11"/>
       <c r="I449" s="11"/>
       <c r="J449" s="11"/>
       <c r="K449" s="11"/>
       <c r="L449" s="11"/>
       <c r="M449" s="11"/>
     </row>
-    <row r="450" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="450" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A450" s="16" t="s">
         <v>1926</v>
       </c>
       <c r="B450" s="13">
         <v>40203509954</v>
       </c>
       <c r="C450" s="13" t="s">
         <v>1927</v>
       </c>
       <c r="D450" s="10" t="s">
         <v>1928</v>
       </c>
       <c r="E450" s="10" t="s">
         <v>1929</v>
       </c>
       <c r="F450" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G450" s="15" t="s">
         <v>1930</v>
       </c>
       <c r="H450" s="11"/>
       <c r="I450" s="11"/>
       <c r="J450" s="11"/>
       <c r="K450" s="11"/>
       <c r="L450" s="11"/>
       <c r="M450" s="11"/>
     </row>
-    <row r="451" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="451" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A451" s="16" t="s">
         <v>1931</v>
       </c>
       <c r="B451" s="13">
         <v>40203511516</v>
       </c>
       <c r="C451" s="13" t="s">
         <v>1927</v>
       </c>
       <c r="D451" s="10" t="s">
         <v>1932</v>
       </c>
       <c r="E451" s="10" t="s">
         <v>1933</v>
       </c>
       <c r="F451" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G451" s="15" t="s">
         <v>1934</v>
       </c>
       <c r="H451" s="11"/>
       <c r="I451" s="11"/>
       <c r="J451" s="11"/>
       <c r="K451" s="11"/>
       <c r="L451" s="11"/>
       <c r="M451" s="11"/>
     </row>
-    <row r="452" spans="1:13" ht="171.6" x14ac:dyDescent="0.25">
+    <row r="452" spans="1:13" ht="165.75" x14ac:dyDescent="0.2">
       <c r="A452" s="16" t="s">
         <v>1935</v>
       </c>
       <c r="B452" s="13">
         <v>50203373431</v>
       </c>
       <c r="C452" s="13" t="s">
         <v>1936</v>
       </c>
       <c r="D452" s="10" t="s">
         <v>1937</v>
       </c>
       <c r="E452" s="10" t="s">
         <v>1938</v>
       </c>
       <c r="F452" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G452" s="15" t="s">
         <v>1939</v>
       </c>
       <c r="H452" s="11"/>
       <c r="I452" s="11"/>
       <c r="J452" s="11"/>
       <c r="K452" s="11"/>
       <c r="L452" s="11"/>
       <c r="M452" s="11"/>
     </row>
-    <row r="453" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="453" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A453" s="16" t="s">
         <v>1940</v>
       </c>
       <c r="B453" s="13">
         <v>40203437779</v>
       </c>
       <c r="C453" s="13" t="s">
         <v>1927</v>
       </c>
       <c r="D453" s="10" t="s">
         <v>1941</v>
       </c>
       <c r="E453" s="10" t="s">
         <v>1942</v>
       </c>
       <c r="F453" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G453" s="15" t="s">
         <v>1943</v>
       </c>
       <c r="H453" s="11"/>
       <c r="I453" s="11"/>
       <c r="J453" s="11"/>
       <c r="K453" s="11"/>
       <c r="L453" s="11"/>
       <c r="M453" s="11"/>
     </row>
-    <row r="454" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="454" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A454" s="16" t="s">
         <v>1944</v>
       </c>
       <c r="B454" s="13">
         <v>40203394766</v>
       </c>
       <c r="C454" s="9" t="s">
         <v>1945</v>
       </c>
       <c r="D454" s="10" t="s">
         <v>1946</v>
       </c>
       <c r="E454" s="10" t="s">
         <v>1947</v>
       </c>
       <c r="F454" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G454" s="15" t="s">
         <v>1948</v>
       </c>
       <c r="H454" s="11"/>
       <c r="I454" s="11"/>
       <c r="J454" s="11"/>
       <c r="K454" s="11"/>
       <c r="L454" s="11"/>
       <c r="M454" s="11"/>
     </row>
-    <row r="455" spans="1:13" ht="171.6" x14ac:dyDescent="0.25">
+    <row r="455" spans="1:13" ht="178.5" x14ac:dyDescent="0.2">
       <c r="A455" s="16" t="s">
         <v>1949</v>
       </c>
       <c r="B455" s="13">
         <v>40203431117</v>
       </c>
       <c r="C455" s="13" t="s">
         <v>1945</v>
       </c>
       <c r="D455" s="10" t="s">
         <v>1950</v>
       </c>
       <c r="E455" s="10" t="s">
         <v>1951</v>
       </c>
       <c r="F455" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G455" s="15" t="s">
         <v>1952</v>
       </c>
       <c r="H455" s="11"/>
       <c r="I455" s="11"/>
       <c r="J455" s="11"/>
       <c r="K455" s="11"/>
       <c r="L455" s="11"/>
       <c r="M455" s="11"/>
     </row>
-    <row r="456" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="456" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A456" s="16" t="s">
         <v>1953</v>
       </c>
       <c r="B456" s="13">
         <v>40203434575</v>
       </c>
       <c r="C456" s="13" t="s">
         <v>1945</v>
       </c>
       <c r="D456" s="10" t="s">
         <v>1954</v>
       </c>
       <c r="E456" s="10" t="s">
         <v>1955</v>
       </c>
       <c r="F456" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G456" s="15" t="s">
         <v>1956</v>
       </c>
       <c r="H456" s="11"/>
       <c r="I456" s="11"/>
       <c r="J456" s="11"/>
       <c r="K456" s="11"/>
       <c r="L456" s="11"/>
       <c r="M456" s="11"/>
     </row>
-    <row r="457" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="457" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A457" s="16" t="s">
         <v>1957</v>
       </c>
       <c r="B457" s="13">
         <v>40203561786</v>
       </c>
       <c r="C457" s="13" t="s">
         <v>1958</v>
       </c>
       <c r="D457" s="10" t="s">
         <v>519</v>
       </c>
       <c r="E457" s="10" t="s">
         <v>1959</v>
       </c>
       <c r="F457" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G457" s="15" t="s">
         <v>1960</v>
       </c>
       <c r="H457" s="11"/>
       <c r="I457" s="11"/>
       <c r="J457" s="11"/>
       <c r="K457" s="11"/>
       <c r="L457" s="11"/>
       <c r="M457" s="11"/>
     </row>
-    <row r="458" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="458" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A458" s="16" t="s">
         <v>1961</v>
       </c>
       <c r="B458" s="13">
         <v>40203479274</v>
       </c>
       <c r="C458" s="13" t="s">
         <v>1958</v>
       </c>
       <c r="D458" s="10" t="s">
         <v>1962</v>
       </c>
       <c r="E458" s="10" t="s">
         <v>1963</v>
       </c>
       <c r="F458" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G458" s="15" t="s">
         <v>1964</v>
       </c>
       <c r="H458" s="11"/>
       <c r="I458" s="11"/>
       <c r="J458" s="11"/>
       <c r="K458" s="11"/>
       <c r="L458" s="11"/>
       <c r="M458" s="11"/>
     </row>
-    <row r="459" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="459" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A459" s="16" t="s">
         <v>1965</v>
       </c>
       <c r="B459" s="13">
         <v>41502039705</v>
       </c>
       <c r="C459" s="13" t="s">
         <v>1966</v>
       </c>
       <c r="D459" s="10" t="s">
         <v>1967</v>
       </c>
       <c r="E459" s="10" t="s">
         <v>1968</v>
       </c>
       <c r="F459" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G459" s="15" t="s">
         <v>1969</v>
       </c>
       <c r="H459" s="11"/>
       <c r="I459" s="11"/>
       <c r="J459" s="11"/>
       <c r="K459" s="11"/>
       <c r="L459" s="11"/>
       <c r="M459" s="11"/>
     </row>
-    <row r="460" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="460" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A460" s="16" t="s">
         <v>1970</v>
       </c>
       <c r="B460" s="13">
         <v>40203484631</v>
       </c>
       <c r="C460" s="13" t="s">
         <v>1966</v>
       </c>
       <c r="D460" s="10" t="s">
         <v>1954</v>
       </c>
       <c r="E460" s="10" t="s">
         <v>1971</v>
       </c>
       <c r="F460" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G460" s="15" t="s">
         <v>1972</v>
       </c>
       <c r="H460" s="11"/>
       <c r="I460" s="11"/>
       <c r="J460" s="11"/>
       <c r="K460" s="11"/>
       <c r="L460" s="11"/>
       <c r="M460" s="11"/>
     </row>
-    <row r="461" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="461" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A461" s="23" t="s">
         <v>1973</v>
       </c>
       <c r="B461" s="13">
         <v>42103100864</v>
       </c>
       <c r="C461" s="13" t="s">
         <v>1974</v>
       </c>
       <c r="D461" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E461" s="10" t="s">
         <v>1975</v>
       </c>
       <c r="F461" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G461" s="15" t="s">
         <v>1976</v>
       </c>
       <c r="H461" s="11"/>
       <c r="I461" s="11"/>
       <c r="J461" s="11"/>
       <c r="K461" s="11"/>
       <c r="L461" s="11"/>
       <c r="M461" s="11"/>
     </row>
-    <row r="462" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="462" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A462" s="13" t="s">
         <v>1977</v>
       </c>
       <c r="B462" s="13">
         <v>43603089572</v>
       </c>
       <c r="C462" s="13" t="s">
         <v>1966</v>
       </c>
       <c r="D462" s="10" t="s">
         <v>1978</v>
       </c>
       <c r="E462" s="10" t="s">
         <v>1979</v>
       </c>
       <c r="F462" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G462" s="15" t="s">
         <v>1980</v>
       </c>
       <c r="H462" s="11"/>
       <c r="I462" s="11"/>
       <c r="J462" s="11"/>
       <c r="K462" s="11"/>
       <c r="L462" s="11"/>
       <c r="M462" s="11"/>
     </row>
-    <row r="463" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="463" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A463" s="13" t="s">
         <v>1981</v>
       </c>
       <c r="B463" s="13">
         <v>40203527451</v>
       </c>
       <c r="C463" s="13" t="s">
         <v>1982</v>
       </c>
       <c r="D463" s="10" t="s">
         <v>1983</v>
       </c>
       <c r="E463" s="10" t="s">
         <v>1984</v>
       </c>
       <c r="F463" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G463" s="15" t="s">
         <v>1985</v>
       </c>
       <c r="H463" s="11"/>
       <c r="I463" s="11"/>
       <c r="J463" s="11"/>
       <c r="K463" s="11"/>
       <c r="L463" s="11"/>
       <c r="M463" s="11"/>
     </row>
-    <row r="464" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="464" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A464" s="12" t="s">
         <v>1986</v>
       </c>
       <c r="B464" s="13">
         <v>40203464245</v>
       </c>
       <c r="C464" s="13" t="s">
         <v>1982</v>
       </c>
       <c r="D464" s="10" t="s">
         <v>1987</v>
       </c>
       <c r="E464" s="10" t="s">
         <v>1988</v>
       </c>
       <c r="F464" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G464" s="15" t="s">
         <v>1517</v>
       </c>
       <c r="H464" s="11"/>
       <c r="I464" s="11"/>
       <c r="J464" s="11"/>
       <c r="K464" s="11"/>
       <c r="L464" s="11"/>
       <c r="M464" s="11"/>
     </row>
-    <row r="465" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="465" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A465" s="13" t="s">
         <v>1989</v>
       </c>
       <c r="B465" s="13">
         <v>40203513038</v>
       </c>
       <c r="C465" s="13" t="s">
         <v>1982</v>
       </c>
       <c r="D465" s="10" t="s">
         <v>1987</v>
       </c>
       <c r="E465" s="10" t="s">
         <v>1990</v>
       </c>
       <c r="F465" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G465" s="15" t="s">
         <v>1517</v>
       </c>
       <c r="H465" s="11"/>
       <c r="I465" s="11"/>
       <c r="J465" s="11"/>
       <c r="K465" s="11"/>
       <c r="L465" s="11"/>
       <c r="M465" s="11"/>
     </row>
-    <row r="466" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="466" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A466" s="13" t="s">
         <v>1991</v>
       </c>
       <c r="B466" s="13">
         <v>40203554125</v>
       </c>
       <c r="C466" s="13" t="s">
         <v>1982</v>
       </c>
       <c r="D466" s="10" t="s">
         <v>1987</v>
       </c>
       <c r="E466" s="10" t="s">
         <v>1992</v>
       </c>
       <c r="F466" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G466" s="15" t="s">
         <v>1993</v>
       </c>
       <c r="H466" s="11"/>
       <c r="I466" s="11"/>
       <c r="J466" s="11"/>
       <c r="K466" s="11"/>
       <c r="L466" s="11"/>
       <c r="M466" s="11"/>
     </row>
-    <row r="467" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="467" spans="1:13" ht="102" x14ac:dyDescent="0.2">
       <c r="A467" s="13" t="s">
         <v>1994</v>
       </c>
       <c r="B467" s="13">
         <v>40203357030</v>
       </c>
       <c r="C467" s="13" t="s">
         <v>1995</v>
       </c>
       <c r="D467" s="10" t="s">
         <v>1996</v>
       </c>
       <c r="E467" s="10" t="s">
         <v>1997</v>
       </c>
       <c r="F467" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G467" s="15" t="s">
         <v>1998</v>
       </c>
       <c r="H467" s="11"/>
       <c r="I467" s="11"/>
       <c r="J467" s="11"/>
       <c r="K467" s="11"/>
       <c r="L467" s="11"/>
       <c r="M467" s="11"/>
     </row>
-    <row r="468" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="468" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A468" s="12" t="s">
         <v>1999</v>
       </c>
       <c r="B468" s="13">
         <v>42103029248</v>
       </c>
       <c r="C468" s="9" t="s">
         <v>1982</v>
       </c>
       <c r="D468" s="10" t="s">
         <v>1978</v>
       </c>
       <c r="E468" s="10" t="s">
         <v>2000</v>
       </c>
       <c r="F468" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G468" s="15" t="s">
         <v>2001</v>
       </c>
       <c r="H468" s="11"/>
       <c r="I468" s="11"/>
       <c r="J468" s="11"/>
       <c r="K468" s="11"/>
       <c r="L468" s="11"/>
       <c r="M468" s="11"/>
     </row>
-    <row r="469" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="469" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A469" s="12" t="s">
         <v>2002</v>
       </c>
       <c r="B469" s="13">
         <v>40203391810</v>
       </c>
       <c r="C469" s="9" t="s">
         <v>1982</v>
       </c>
       <c r="D469" s="10" t="s">
         <v>2003</v>
       </c>
       <c r="E469" s="10" t="s">
         <v>2004</v>
       </c>
       <c r="F469" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G469" s="15" t="s">
         <v>2005</v>
       </c>
       <c r="H469" s="11"/>
       <c r="I469" s="11"/>
       <c r="J469" s="11"/>
       <c r="K469" s="11"/>
       <c r="L469" s="11"/>
       <c r="M469" s="11"/>
     </row>
-    <row r="470" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="470" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A470" s="12" t="s">
         <v>2006</v>
       </c>
       <c r="B470" s="13">
         <v>40103560587</v>
       </c>
       <c r="C470" s="9" t="s">
         <v>1982</v>
       </c>
       <c r="D470" s="10" t="s">
         <v>2007</v>
       </c>
       <c r="E470" s="10" t="s">
         <v>2008</v>
       </c>
       <c r="F470" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G470" s="15" t="s">
         <v>2009</v>
       </c>
       <c r="H470" s="11"/>
       <c r="I470" s="11"/>
       <c r="J470" s="11"/>
       <c r="K470" s="11"/>
       <c r="L470" s="11"/>
       <c r="M470" s="11"/>
     </row>
-    <row r="471" spans="1:13" ht="146.4" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="471" spans="1:13" ht="146.44999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A471" s="12" t="s">
         <v>2010</v>
       </c>
       <c r="B471" s="13">
         <v>41503088765</v>
       </c>
       <c r="C471" s="9" t="s">
         <v>2011</v>
       </c>
       <c r="D471" s="10" t="s">
         <v>2012</v>
       </c>
       <c r="E471" s="10" t="s">
         <v>2013</v>
       </c>
       <c r="F471" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G471" s="15" t="s">
         <v>2014</v>
       </c>
       <c r="H471" s="11"/>
       <c r="I471" s="11"/>
       <c r="J471" s="11"/>
       <c r="K471" s="11"/>
       <c r="L471" s="11"/>
       <c r="M471" s="11"/>
     </row>
-    <row r="472" spans="1:13" s="8" customFormat="1" ht="152.4" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="472" spans="1:13" s="8" customFormat="1" ht="152.44999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A472" s="12" t="s">
         <v>2015</v>
       </c>
       <c r="B472" s="13">
         <v>40103190821</v>
       </c>
       <c r="C472" s="9" t="s">
         <v>2011</v>
       </c>
       <c r="D472" s="12" t="s">
         <v>2016</v>
       </c>
       <c r="E472" s="12" t="s">
         <v>2017</v>
       </c>
       <c r="F472" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G472" s="12" t="s">
         <v>2018</v>
       </c>
       <c r="H472" s="37"/>
       <c r="I472" s="37"/>
       <c r="J472" s="37"/>
       <c r="K472" s="37"/>
       <c r="L472" s="37"/>
       <c r="M472" s="37"/>
     </row>
-    <row r="473" spans="1:13" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="473" spans="1:13" ht="61.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A473" s="12" t="s">
         <v>2019</v>
       </c>
       <c r="B473" s="13">
         <v>40203372167</v>
       </c>
       <c r="C473" s="9" t="s">
         <v>2020</v>
       </c>
       <c r="D473" s="12" t="s">
         <v>2021</v>
       </c>
       <c r="E473" s="12" t="s">
         <v>2022</v>
       </c>
       <c r="F473" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G473" s="12" t="s">
         <v>2023</v>
       </c>
       <c r="H473" s="11"/>
       <c r="I473" s="11"/>
       <c r="J473" s="11"/>
       <c r="K473" s="11"/>
       <c r="L473" s="11"/>
       <c r="M473" s="11"/>
     </row>
-    <row r="474" spans="1:13" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="474" spans="1:13" ht="48" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A474" s="12" t="s">
         <v>2024</v>
       </c>
       <c r="B474" s="13">
         <v>40203538262</v>
       </c>
       <c r="C474" s="9" t="s">
         <v>2025</v>
       </c>
       <c r="D474" s="12" t="s">
         <v>519</v>
       </c>
       <c r="E474" s="12" t="s">
         <v>2026</v>
       </c>
       <c r="F474" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G474" s="12" t="s">
         <v>2027</v>
       </c>
       <c r="H474" s="11"/>
       <c r="I474" s="11"/>
       <c r="J474" s="11"/>
       <c r="K474" s="11"/>
       <c r="L474" s="11"/>
       <c r="M474" s="11"/>
     </row>
-    <row r="475" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="475" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A475" s="12" t="s">
         <v>2028</v>
       </c>
       <c r="B475" s="13">
         <v>40203516180</v>
       </c>
       <c r="C475" s="9" t="s">
         <v>2020</v>
       </c>
       <c r="D475" s="12" t="s">
         <v>2029</v>
       </c>
       <c r="E475" s="12" t="s">
         <v>2030</v>
       </c>
       <c r="F475" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G475" s="12" t="s">
         <v>2031</v>
       </c>
       <c r="H475" s="11"/>
       <c r="I475" s="11"/>
       <c r="J475" s="11"/>
       <c r="K475" s="11"/>
       <c r="L475" s="11"/>
       <c r="M475" s="11"/>
     </row>
-    <row r="476" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="476" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A476" s="12" t="s">
         <v>2032</v>
       </c>
       <c r="B476" s="13">
         <v>41203074395</v>
       </c>
       <c r="C476" s="9" t="s">
         <v>2033</v>
       </c>
       <c r="D476" s="12" t="s">
         <v>2034</v>
       </c>
       <c r="E476" s="12" t="s">
         <v>2035</v>
       </c>
       <c r="F476" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G476" s="12" t="s">
         <v>2036</v>
       </c>
       <c r="H476" s="11"/>
       <c r="I476" s="11"/>
       <c r="J476" s="11"/>
       <c r="K476" s="11"/>
       <c r="L476" s="11"/>
       <c r="M476" s="11"/>
     </row>
-    <row r="477" spans="1:13" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="477" spans="1:13" ht="153" x14ac:dyDescent="0.2">
       <c r="A477" s="12" t="s">
         <v>2037</v>
       </c>
       <c r="B477" s="13">
         <v>40203512193</v>
       </c>
       <c r="C477" s="9" t="s">
         <v>2025</v>
       </c>
       <c r="D477" s="12" t="s">
         <v>2038</v>
       </c>
       <c r="E477" s="12" t="s">
         <v>2039</v>
       </c>
       <c r="F477" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G477" s="12" t="s">
         <v>2040</v>
       </c>
       <c r="H477" s="11"/>
       <c r="I477" s="11"/>
       <c r="J477" s="11"/>
       <c r="K477" s="11"/>
       <c r="L477" s="11"/>
       <c r="M477" s="11"/>
     </row>
-    <row r="478" spans="1:13" ht="171.6" x14ac:dyDescent="0.25">
+    <row r="478" spans="1:13" ht="165.75" x14ac:dyDescent="0.2">
       <c r="A478" s="12" t="s">
         <v>2041</v>
       </c>
       <c r="B478" s="13">
         <v>40003857850</v>
       </c>
       <c r="C478" s="9" t="s">
         <v>1906</v>
       </c>
       <c r="D478" s="12" t="s">
         <v>2042</v>
       </c>
       <c r="E478" s="12" t="s">
         <v>2043</v>
       </c>
       <c r="F478" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G478" s="12" t="s">
         <v>2044</v>
       </c>
       <c r="H478" s="11"/>
       <c r="I478" s="11"/>
       <c r="J478" s="11"/>
       <c r="K478" s="11"/>
       <c r="L478" s="11"/>
       <c r="M478" s="11"/>
     </row>
-    <row r="479" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="479" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A479" s="12" t="s">
         <v>2045</v>
       </c>
       <c r="B479" s="13">
         <v>40203534152</v>
       </c>
       <c r="C479" s="9" t="s">
         <v>2046</v>
       </c>
       <c r="D479" s="12" t="s">
         <v>2047</v>
       </c>
       <c r="E479" s="12" t="s">
         <v>2048</v>
       </c>
       <c r="F479" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G479" s="12" t="s">
         <v>2049</v>
       </c>
       <c r="H479" s="11"/>
       <c r="I479" s="11"/>
       <c r="J479" s="11"/>
       <c r="K479" s="11"/>
       <c r="L479" s="11"/>
       <c r="M479" s="11"/>
     </row>
-    <row r="480" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="480" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A480" s="12" t="s">
         <v>2050</v>
       </c>
       <c r="B480" s="13">
         <v>40203507258</v>
       </c>
       <c r="C480" s="9" t="s">
         <v>2025</v>
       </c>
       <c r="D480" s="12" t="s">
         <v>2051</v>
       </c>
       <c r="E480" s="12" t="s">
         <v>2052</v>
       </c>
       <c r="F480" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G480" s="12" t="s">
         <v>2053</v>
       </c>
       <c r="H480" s="11"/>
       <c r="I480" s="11"/>
       <c r="J480" s="11"/>
       <c r="K480" s="11"/>
       <c r="L480" s="11"/>
       <c r="M480" s="11"/>
     </row>
-    <row r="481" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="481" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A481" s="12" t="s">
         <v>2054</v>
       </c>
       <c r="B481" s="13">
         <v>40103319032</v>
       </c>
       <c r="C481" s="9" t="s">
         <v>2055</v>
       </c>
       <c r="D481" s="12" t="s">
         <v>2056</v>
       </c>
       <c r="E481" s="12" t="s">
         <v>2057</v>
       </c>
       <c r="F481" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G481" s="12" t="s">
         <v>2058</v>
       </c>
       <c r="H481" s="11"/>
       <c r="I481" s="11"/>
       <c r="J481" s="11"/>
       <c r="K481" s="11"/>
       <c r="L481" s="11"/>
       <c r="M481" s="11"/>
     </row>
-    <row r="482" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="482" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A482" s="12" t="s">
         <v>2059</v>
       </c>
       <c r="B482" s="13">
         <v>50203249161</v>
       </c>
       <c r="C482" s="9" t="s">
         <v>2060</v>
       </c>
       <c r="D482" s="12" t="s">
         <v>2061</v>
       </c>
       <c r="E482" s="12" t="s">
         <v>2062</v>
       </c>
       <c r="F482" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G482" s="12" t="s">
         <v>2063</v>
       </c>
       <c r="H482" s="11"/>
       <c r="I482" s="11"/>
       <c r="J482" s="11"/>
       <c r="K482" s="11"/>
       <c r="L482" s="11"/>
       <c r="M482" s="11"/>
     </row>
-    <row r="483" spans="1:13" ht="171.6" x14ac:dyDescent="0.25">
+    <row r="483" spans="1:13" ht="165.75" x14ac:dyDescent="0.2">
       <c r="A483" s="12" t="s">
         <v>2064</v>
       </c>
       <c r="B483" s="13">
         <v>40203044029</v>
       </c>
       <c r="C483" s="9" t="s">
         <v>1493</v>
       </c>
       <c r="D483" s="12" t="s">
         <v>2065</v>
       </c>
       <c r="E483" s="12" t="s">
         <v>2066</v>
       </c>
       <c r="F483" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G483" s="12" t="s">
         <v>2067</v>
       </c>
       <c r="H483" s="11"/>
       <c r="I483" s="11"/>
       <c r="J483" s="11"/>
       <c r="K483" s="11"/>
       <c r="L483" s="11"/>
       <c r="M483" s="11"/>
     </row>
-    <row r="484" spans="1:13" ht="171.6" x14ac:dyDescent="0.25">
+    <row r="484" spans="1:13" ht="165.75" x14ac:dyDescent="0.2">
       <c r="A484" s="12" t="s">
         <v>2068</v>
       </c>
       <c r="B484" s="13">
         <v>40203202845</v>
       </c>
       <c r="C484" s="9" t="s">
         <v>2069</v>
       </c>
       <c r="D484" s="12" t="s">
         <v>2070</v>
       </c>
       <c r="E484" s="12" t="s">
         <v>2071</v>
       </c>
       <c r="F484" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G484" s="12" t="s">
         <v>2072</v>
       </c>
       <c r="H484" s="11"/>
       <c r="I484" s="11"/>
       <c r="J484" s="11"/>
       <c r="K484" s="11"/>
       <c r="L484" s="11"/>
       <c r="M484" s="11"/>
     </row>
-    <row r="485" spans="1:13" ht="184.8" x14ac:dyDescent="0.25">
+    <row r="485" spans="1:13" ht="191.25" x14ac:dyDescent="0.2">
       <c r="A485" s="12" t="s">
         <v>2073</v>
       </c>
       <c r="B485" s="13">
         <v>40203501861</v>
       </c>
       <c r="C485" s="9" t="s">
         <v>2074</v>
       </c>
       <c r="D485" s="12" t="s">
         <v>2075</v>
       </c>
       <c r="E485" s="12" t="s">
         <v>2076</v>
       </c>
       <c r="F485" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G485" s="12" t="s">
         <v>2077</v>
       </c>
       <c r="H485" s="11"/>
       <c r="I485" s="11"/>
       <c r="J485" s="11"/>
       <c r="K485" s="11"/>
       <c r="L485" s="11"/>
       <c r="M485" s="11"/>
     </row>
-    <row r="486" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="486" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A486" s="12" t="s">
         <v>2078</v>
       </c>
       <c r="B486" s="13">
         <v>40203046354</v>
       </c>
       <c r="C486" s="9" t="s">
         <v>2074</v>
       </c>
       <c r="D486" s="12" t="s">
         <v>2079</v>
       </c>
       <c r="E486" s="12" t="s">
         <v>2080</v>
       </c>
       <c r="F486" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G486" s="12" t="s">
         <v>2081</v>
       </c>
       <c r="H486" s="11"/>
       <c r="I486" s="11"/>
       <c r="J486" s="11"/>
       <c r="K486" s="11"/>
       <c r="L486" s="11"/>
       <c r="M486" s="11"/>
     </row>
-    <row r="487" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="487" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A487" s="12" t="s">
         <v>2082</v>
       </c>
       <c r="B487" s="13">
         <v>40203528090</v>
       </c>
       <c r="C487" s="9" t="s">
         <v>2083</v>
       </c>
       <c r="D487" s="12" t="s">
         <v>1954</v>
       </c>
       <c r="E487" s="12" t="s">
         <v>2084</v>
       </c>
       <c r="F487" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G487" s="12" t="s">
         <v>2085</v>
       </c>
       <c r="H487" s="11"/>
       <c r="I487" s="11"/>
       <c r="J487" s="11"/>
       <c r="K487" s="11"/>
       <c r="L487" s="11"/>
       <c r="M487" s="11"/>
     </row>
-    <row r="488" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="488" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A488" s="12" t="s">
         <v>2086</v>
       </c>
       <c r="B488" s="13">
         <v>50203290661</v>
       </c>
       <c r="C488" s="9" t="s">
         <v>2087</v>
       </c>
       <c r="D488" s="12" t="s">
         <v>2088</v>
       </c>
       <c r="E488" s="12" t="s">
         <v>2089</v>
       </c>
       <c r="F488" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G488" s="12" t="s">
         <v>2090</v>
       </c>
       <c r="H488" s="11"/>
       <c r="I488" s="11"/>
       <c r="J488" s="11"/>
       <c r="K488" s="11"/>
       <c r="L488" s="11"/>
       <c r="M488" s="11"/>
     </row>
-    <row r="489" spans="1:13" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="489" spans="1:13" ht="165.75" x14ac:dyDescent="0.2">
       <c r="A489" s="12" t="s">
         <v>2091</v>
       </c>
       <c r="B489" s="13">
         <v>40203205767</v>
       </c>
       <c r="C489" s="9" t="s">
         <v>1829</v>
       </c>
       <c r="D489" s="12" t="s">
         <v>2092</v>
       </c>
       <c r="E489" s="12" t="s">
         <v>2093</v>
       </c>
       <c r="F489" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G489" s="12" t="s">
         <v>2094</v>
       </c>
       <c r="H489" s="11"/>
       <c r="I489" s="11"/>
       <c r="J489" s="11"/>
       <c r="K489" s="11"/>
       <c r="L489" s="11"/>
       <c r="M489" s="11"/>
     </row>
-    <row r="490" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="490" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A490" s="12" t="s">
         <v>2095</v>
       </c>
       <c r="B490" s="13">
         <v>40203493615</v>
       </c>
       <c r="C490" s="9" t="s">
         <v>2096</v>
       </c>
       <c r="D490" s="12" t="s">
         <v>1954</v>
       </c>
       <c r="E490" s="12" t="s">
         <v>2097</v>
       </c>
       <c r="F490" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G490" s="12" t="s">
         <v>2085</v>
       </c>
       <c r="H490" s="11"/>
       <c r="I490" s="11"/>
       <c r="J490" s="11"/>
       <c r="K490" s="11"/>
       <c r="L490" s="11"/>
       <c r="M490" s="11"/>
     </row>
-    <row r="491" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="491" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A491" s="12" t="s">
         <v>2098</v>
       </c>
       <c r="B491" s="13">
         <v>40203546715</v>
       </c>
       <c r="C491" s="9" t="s">
         <v>2033</v>
       </c>
       <c r="D491" s="12" t="s">
         <v>2099</v>
       </c>
       <c r="E491" s="12" t="s">
         <v>2100</v>
       </c>
       <c r="F491" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G491" s="12" t="s">
         <v>2101</v>
       </c>
       <c r="H491" s="11"/>
       <c r="I491" s="11"/>
       <c r="J491" s="11"/>
       <c r="K491" s="11"/>
       <c r="L491" s="11"/>
       <c r="M491" s="11"/>
     </row>
-    <row r="492" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="492" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A492" s="12" t="s">
         <v>2102</v>
       </c>
       <c r="B492" s="13">
         <v>40203558894</v>
       </c>
       <c r="C492" s="9" t="s">
         <v>2087</v>
       </c>
       <c r="D492" s="12" t="s">
         <v>519</v>
       </c>
       <c r="E492" s="12" t="s">
         <v>2103</v>
       </c>
       <c r="F492" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G492" s="12" t="s">
         <v>2104</v>
       </c>
       <c r="H492" s="11"/>
       <c r="I492" s="11"/>
       <c r="J492" s="11"/>
       <c r="K492" s="11"/>
       <c r="L492" s="11"/>
       <c r="M492" s="11"/>
     </row>
-    <row r="493" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="493" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A493" s="12" t="s">
         <v>2105</v>
       </c>
       <c r="B493" s="13">
         <v>50203274351</v>
       </c>
       <c r="C493" s="9" t="s">
         <v>2096</v>
       </c>
       <c r="D493" s="12" t="s">
         <v>2106</v>
       </c>
       <c r="E493" s="12" t="s">
         <v>2107</v>
       </c>
       <c r="F493" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G493" s="12" t="s">
         <v>2108</v>
       </c>
       <c r="H493" s="11"/>
       <c r="I493" s="11"/>
       <c r="J493" s="11"/>
       <c r="K493" s="11"/>
       <c r="L493" s="11"/>
       <c r="M493" s="11"/>
     </row>
-    <row r="494" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="494" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A494" s="12" t="s">
         <v>2109</v>
       </c>
       <c r="B494" s="13">
         <v>50203377931</v>
       </c>
       <c r="C494" s="9" t="s">
         <v>2096</v>
       </c>
       <c r="D494" s="12" t="s">
         <v>2110</v>
       </c>
       <c r="E494" s="12" t="s">
         <v>2111</v>
       </c>
       <c r="F494" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G494" s="12" t="s">
         <v>2112</v>
       </c>
       <c r="H494" s="11"/>
       <c r="I494" s="11"/>
       <c r="J494" s="11"/>
       <c r="K494" s="11"/>
       <c r="L494" s="11"/>
       <c r="M494" s="11"/>
     </row>
-    <row r="495" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="495" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A495" s="12" t="s">
         <v>2113</v>
       </c>
       <c r="B495" s="13">
         <v>40103771120</v>
       </c>
       <c r="C495" s="9" t="s">
         <v>2114</v>
       </c>
       <c r="D495" s="12" t="s">
         <v>2115</v>
       </c>
       <c r="E495" s="12" t="s">
         <v>2116</v>
       </c>
       <c r="F495" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G495" s="12" t="s">
         <v>2117</v>
       </c>
       <c r="H495" s="11"/>
       <c r="I495" s="11"/>
       <c r="J495" s="11"/>
       <c r="K495" s="11"/>
       <c r="L495" s="11"/>
       <c r="M495" s="11"/>
     </row>
-    <row r="496" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="496" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A496" s="12" t="s">
         <v>2118</v>
       </c>
       <c r="B496" s="13">
         <v>41502019234</v>
       </c>
       <c r="C496" s="9" t="s">
         <v>1660</v>
       </c>
       <c r="D496" s="12" t="s">
         <v>2119</v>
       </c>
       <c r="E496" s="12" t="s">
         <v>2120</v>
       </c>
       <c r="F496" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G496" s="12" t="s">
         <v>2121</v>
       </c>
       <c r="H496" s="11"/>
       <c r="I496" s="11"/>
       <c r="J496" s="11"/>
       <c r="K496" s="11"/>
       <c r="L496" s="11"/>
       <c r="M496" s="11"/>
     </row>
-    <row r="497" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="497" spans="1:13" ht="102" x14ac:dyDescent="0.2">
       <c r="A497" s="12" t="s">
         <v>2122</v>
       </c>
       <c r="B497" s="13">
         <v>40002056297</v>
       </c>
       <c r="C497" s="9" t="s">
         <v>1945</v>
       </c>
       <c r="D497" s="12" t="s">
         <v>2123</v>
       </c>
       <c r="E497" s="12" t="s">
         <v>2124</v>
       </c>
       <c r="F497" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G497" s="12" t="s">
         <v>2125</v>
       </c>
       <c r="H497" s="11"/>
       <c r="I497" s="11"/>
       <c r="J497" s="11"/>
       <c r="K497" s="11"/>
       <c r="L497" s="11"/>
       <c r="M497" s="11"/>
     </row>
-    <row r="498" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="498" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A498" s="12" t="s">
         <v>2126</v>
       </c>
       <c r="B498" s="13">
         <v>44103148182</v>
       </c>
       <c r="C498" s="9" t="s">
         <v>1906</v>
       </c>
       <c r="D498" s="12" t="s">
         <v>2127</v>
       </c>
       <c r="E498" s="12" t="s">
         <v>2128</v>
       </c>
       <c r="F498" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G498" s="12" t="s">
         <v>1503</v>
       </c>
       <c r="H498" s="11"/>
       <c r="I498" s="11"/>
       <c r="J498" s="11"/>
       <c r="K498" s="11"/>
       <c r="L498" s="11"/>
       <c r="M498" s="11"/>
     </row>
-    <row r="499" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="499" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A499" s="12" t="s">
         <v>2129</v>
       </c>
       <c r="B499" s="13">
         <v>50003373551</v>
       </c>
       <c r="C499" s="9" t="s">
         <v>2033</v>
       </c>
       <c r="D499" s="12" t="s">
         <v>2130</v>
       </c>
       <c r="E499" s="12" t="s">
         <v>2131</v>
       </c>
       <c r="F499" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G499" s="12" t="s">
         <v>2132</v>
       </c>
       <c r="H499" s="11"/>
       <c r="I499" s="11"/>
       <c r="J499" s="11"/>
       <c r="K499" s="11"/>
       <c r="L499" s="11"/>
       <c r="M499" s="11"/>
     </row>
-    <row r="500" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="500" spans="1:13" ht="102" x14ac:dyDescent="0.2">
       <c r="A500" s="12" t="s">
         <v>2133</v>
       </c>
       <c r="B500" s="13">
         <v>50203233781</v>
       </c>
       <c r="C500" s="9" t="s">
         <v>1974</v>
       </c>
       <c r="D500" s="12" t="s">
         <v>2134</v>
       </c>
       <c r="E500" s="12" t="s">
         <v>2135</v>
       </c>
       <c r="F500" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G500" s="12" t="s">
         <v>2136</v>
       </c>
       <c r="H500" s="11"/>
       <c r="I500" s="11"/>
       <c r="J500" s="11"/>
       <c r="K500" s="11"/>
       <c r="L500" s="11"/>
       <c r="M500" s="11"/>
     </row>
-    <row r="501" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="501" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A501" s="12" t="s">
         <v>2137</v>
       </c>
       <c r="B501" s="13">
         <v>40003613799</v>
       </c>
       <c r="C501" s="9" t="s">
         <v>2046</v>
       </c>
       <c r="D501" s="12" t="s">
         <v>2138</v>
       </c>
       <c r="E501" s="12" t="s">
         <v>2139</v>
       </c>
       <c r="F501" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G501" s="12" t="s">
         <v>2132</v>
       </c>
       <c r="H501" s="11"/>
       <c r="I501" s="11"/>
       <c r="J501" s="11"/>
       <c r="K501" s="11"/>
       <c r="L501" s="11"/>
       <c r="M501" s="11"/>
     </row>
-    <row r="502" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="502" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A502" s="12" t="s">
         <v>2140</v>
       </c>
       <c r="B502" s="13">
         <v>40203447692</v>
       </c>
       <c r="C502" s="9" t="s">
         <v>2046</v>
       </c>
       <c r="D502" s="12" t="s">
         <v>2141</v>
       </c>
       <c r="E502" s="12" t="s">
         <v>2142</v>
       </c>
       <c r="F502" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G502" s="12" t="s">
         <v>2143</v>
       </c>
       <c r="H502" s="11"/>
       <c r="I502" s="11"/>
       <c r="J502" s="11"/>
       <c r="K502" s="11"/>
       <c r="L502" s="11"/>
       <c r="M502" s="11"/>
     </row>
-    <row r="503" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="503" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A503" s="12" t="s">
         <v>2144</v>
       </c>
       <c r="B503" s="13">
         <v>40203501378</v>
       </c>
       <c r="C503" s="9" t="s">
         <v>2145</v>
       </c>
       <c r="D503" s="12" t="s">
         <v>2146</v>
       </c>
       <c r="E503" s="12" t="s">
         <v>2147</v>
       </c>
       <c r="F503" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G503" s="12" t="s">
         <v>2148</v>
       </c>
       <c r="H503" s="11"/>
       <c r="I503" s="11"/>
       <c r="J503" s="11"/>
       <c r="K503" s="11"/>
       <c r="L503" s="11"/>
       <c r="M503" s="11"/>
     </row>
-    <row r="504" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="504" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A504" s="12" t="s">
         <v>2149</v>
       </c>
       <c r="B504" s="13">
         <v>50203046411</v>
       </c>
       <c r="C504" s="9" t="s">
         <v>2083</v>
       </c>
       <c r="D504" s="12" t="s">
         <v>2150</v>
       </c>
       <c r="E504" s="12" t="s">
         <v>2151</v>
       </c>
       <c r="F504" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G504" s="12" t="s">
         <v>2152</v>
       </c>
       <c r="H504" s="11"/>
       <c r="I504" s="11"/>
       <c r="J504" s="11"/>
       <c r="K504" s="11"/>
       <c r="L504" s="11"/>
       <c r="M504" s="11"/>
     </row>
-    <row r="505" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="505" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A505" s="12" t="s">
         <v>2153</v>
       </c>
       <c r="B505" s="13">
         <v>40203085050</v>
       </c>
       <c r="C505" s="9" t="s">
         <v>2154</v>
       </c>
       <c r="D505" s="12" t="s">
         <v>2155</v>
       </c>
       <c r="E505" s="12" t="s">
         <v>2156</v>
       </c>
       <c r="F505" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G505" s="12" t="s">
         <v>2157</v>
       </c>
       <c r="H505" s="11"/>
       <c r="I505" s="11"/>
       <c r="J505" s="11"/>
       <c r="K505" s="11"/>
       <c r="L505" s="11"/>
       <c r="M505" s="11"/>
     </row>
-    <row r="506" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="506" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A506" s="12" t="s">
         <v>2158</v>
       </c>
       <c r="B506" s="13">
         <v>44103109912</v>
       </c>
       <c r="C506" s="9" t="s">
         <v>2159</v>
       </c>
       <c r="D506" s="12" t="s">
         <v>2160</v>
       </c>
       <c r="E506" s="12" t="s">
         <v>2161</v>
       </c>
       <c r="F506" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G506" s="12" t="s">
         <v>2162</v>
       </c>
       <c r="H506" s="11"/>
       <c r="I506" s="11"/>
       <c r="J506" s="11"/>
       <c r="K506" s="11"/>
       <c r="L506" s="11"/>
       <c r="M506" s="11"/>
     </row>
-    <row r="507" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="507" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A507" s="12" t="s">
         <v>2163</v>
       </c>
       <c r="B507" s="13">
         <v>41503078818</v>
       </c>
       <c r="C507" s="9" t="s">
         <v>2159</v>
       </c>
       <c r="D507" s="12" t="s">
         <v>2164</v>
       </c>
       <c r="E507" s="12" t="s">
         <v>2165</v>
       </c>
       <c r="F507" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G507" s="12" t="s">
         <v>2166</v>
       </c>
       <c r="H507" s="11"/>
       <c r="I507" s="11"/>
       <c r="J507" s="11"/>
       <c r="K507" s="11"/>
       <c r="L507" s="11"/>
       <c r="M507" s="11"/>
     </row>
-    <row r="508" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="508" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A508" s="12" t="s">
         <v>2167</v>
       </c>
       <c r="B508" s="13">
         <v>41503072162</v>
       </c>
       <c r="C508" s="9" t="s">
         <v>2168</v>
       </c>
       <c r="D508" s="12" t="s">
         <v>2169</v>
       </c>
       <c r="E508" s="12" t="s">
         <v>2170</v>
       </c>
       <c r="F508" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G508" s="12" t="s">
         <v>2171</v>
       </c>
       <c r="H508" s="11"/>
       <c r="I508" s="11"/>
       <c r="J508" s="11"/>
       <c r="K508" s="11"/>
       <c r="L508" s="11"/>
       <c r="M508" s="11"/>
     </row>
-    <row r="509" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="509" spans="1:13" ht="102" x14ac:dyDescent="0.2">
       <c r="A509" s="12" t="s">
         <v>2172</v>
       </c>
       <c r="B509" s="13">
         <v>41503074036</v>
       </c>
       <c r="C509" s="9" t="s">
         <v>2173</v>
       </c>
       <c r="D509" s="12" t="s">
         <v>2174</v>
       </c>
       <c r="E509" s="12" t="s">
         <v>2175</v>
       </c>
       <c r="F509" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G509" s="12" t="s">
         <v>2176</v>
       </c>
       <c r="H509" s="11"/>
       <c r="I509" s="11"/>
       <c r="J509" s="11"/>
       <c r="K509" s="11"/>
       <c r="L509" s="11"/>
       <c r="M509" s="11"/>
     </row>
-    <row r="510" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="510" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A510" s="12" t="s">
         <v>2177</v>
       </c>
       <c r="B510" s="13">
         <v>50203538461</v>
       </c>
       <c r="C510" s="9" t="s">
         <v>2145</v>
       </c>
       <c r="D510" s="12" t="s">
         <v>2178</v>
       </c>
       <c r="E510" s="12" t="s">
         <v>2179</v>
       </c>
       <c r="F510" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G510" s="12" t="s">
         <v>2085</v>
       </c>
       <c r="H510" s="11"/>
       <c r="I510" s="11"/>
       <c r="J510" s="11"/>
       <c r="K510" s="11"/>
       <c r="L510" s="11"/>
       <c r="M510" s="11"/>
     </row>
-    <row r="511" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="511" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A511" s="12" t="s">
         <v>2180</v>
       </c>
       <c r="B511" s="13">
         <v>40203570327</v>
       </c>
       <c r="C511" s="9" t="s">
         <v>2145</v>
       </c>
       <c r="D511" s="12" t="s">
         <v>2181</v>
       </c>
       <c r="E511" s="12" t="s">
         <v>2182</v>
       </c>
       <c r="F511" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G511" s="12" t="s">
         <v>2183</v>
       </c>
       <c r="H511" s="11"/>
       <c r="I511" s="11"/>
       <c r="J511" s="11"/>
       <c r="K511" s="11"/>
       <c r="L511" s="11"/>
       <c r="M511" s="11"/>
     </row>
-    <row r="512" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="512" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A512" s="12" t="s">
         <v>2184</v>
       </c>
       <c r="B512" s="13">
         <v>40203534311</v>
       </c>
       <c r="C512" s="9" t="s">
         <v>2145</v>
       </c>
       <c r="D512" s="12" t="s">
         <v>2185</v>
       </c>
       <c r="E512" s="12" t="s">
         <v>2186</v>
       </c>
       <c r="F512" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G512" s="12" t="s">
         <v>2187</v>
       </c>
       <c r="H512" s="11"/>
       <c r="I512" s="11"/>
       <c r="J512" s="11"/>
       <c r="K512" s="11"/>
       <c r="L512" s="11"/>
       <c r="M512" s="11"/>
     </row>
-    <row r="513" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="513" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A513" s="12" t="s">
         <v>2188</v>
       </c>
       <c r="B513" s="13">
         <v>40203511234</v>
       </c>
       <c r="C513" s="9" t="s">
         <v>2145</v>
       </c>
       <c r="D513" s="12" t="s">
         <v>2189</v>
       </c>
       <c r="E513" s="12" t="s">
         <v>2190</v>
       </c>
       <c r="F513" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G513" s="12" t="s">
         <v>2191</v>
       </c>
       <c r="H513" s="11"/>
       <c r="I513" s="11"/>
       <c r="J513" s="11"/>
       <c r="K513" s="11"/>
       <c r="L513" s="11"/>
       <c r="M513" s="11"/>
     </row>
-    <row r="514" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="514" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A514" s="12" t="s">
         <v>2192</v>
       </c>
       <c r="B514" s="13">
         <v>40203520059</v>
       </c>
       <c r="C514" s="9" t="s">
         <v>2145</v>
       </c>
       <c r="D514" s="12" t="s">
         <v>2193</v>
       </c>
       <c r="E514" s="12" t="s">
         <v>2194</v>
       </c>
       <c r="F514" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G514" s="12" t="s">
         <v>2195</v>
       </c>
       <c r="H514" s="11"/>
       <c r="I514" s="11"/>
       <c r="J514" s="11"/>
       <c r="K514" s="11"/>
       <c r="L514" s="11"/>
       <c r="M514" s="11"/>
     </row>
-    <row r="515" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="515" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A515" s="12" t="s">
         <v>2196</v>
       </c>
       <c r="B515" s="13">
         <v>40203514404</v>
       </c>
       <c r="C515" s="9" t="s">
         <v>2145</v>
       </c>
       <c r="D515" s="12" t="s">
         <v>2197</v>
       </c>
       <c r="E515" s="12" t="s">
         <v>2198</v>
       </c>
       <c r="F515" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G515" s="12" t="s">
         <v>2191</v>
       </c>
       <c r="H515" s="11"/>
       <c r="I515" s="11"/>
       <c r="J515" s="11"/>
       <c r="K515" s="11"/>
       <c r="L515" s="11"/>
       <c r="M515" s="11"/>
     </row>
-    <row r="516" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="516" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A516" s="12" t="s">
         <v>2199</v>
       </c>
       <c r="B516" s="13">
         <v>40203577838</v>
       </c>
       <c r="C516" s="9" t="s">
         <v>2200</v>
       </c>
       <c r="D516" s="12" t="s">
         <v>2201</v>
       </c>
       <c r="E516" s="12" t="s">
         <v>2202</v>
       </c>
       <c r="F516" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G516" s="12" t="s">
         <v>2195</v>
       </c>
       <c r="H516" s="11"/>
       <c r="I516" s="11"/>
       <c r="J516" s="11"/>
       <c r="K516" s="11"/>
       <c r="L516" s="11"/>
       <c r="M516" s="11"/>
     </row>
-    <row r="517" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="517" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A517" s="12" t="s">
         <v>2203</v>
       </c>
       <c r="B517" s="13">
         <v>40203520909</v>
       </c>
       <c r="C517" s="9" t="s">
         <v>2200</v>
       </c>
       <c r="D517" s="12" t="s">
         <v>2201</v>
       </c>
       <c r="E517" s="12" t="s">
         <v>2204</v>
       </c>
       <c r="F517" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G517" s="12" t="s">
         <v>2195</v>
       </c>
       <c r="H517" s="11"/>
       <c r="I517" s="11"/>
       <c r="J517" s="11"/>
       <c r="K517" s="11"/>
       <c r="L517" s="11"/>
       <c r="M517" s="11"/>
     </row>
-    <row r="518" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="518" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A518" s="12" t="s">
         <v>2205</v>
       </c>
       <c r="B518" s="13">
         <v>40203296215</v>
       </c>
       <c r="C518" s="9" t="s">
         <v>2206</v>
       </c>
       <c r="D518" s="12" t="s">
         <v>2207</v>
       </c>
       <c r="E518" s="12" t="s">
         <v>2208</v>
       </c>
       <c r="F518" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G518" s="12" t="s">
         <v>2209</v>
       </c>
       <c r="H518" s="11"/>
       <c r="I518" s="11"/>
       <c r="J518" s="11"/>
       <c r="K518" s="11"/>
       <c r="L518" s="11"/>
       <c r="M518" s="11"/>
     </row>
-    <row r="519" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="519" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A519" s="12" t="s">
         <v>2210</v>
       </c>
       <c r="B519" s="13">
         <v>40203545743</v>
       </c>
       <c r="C519" s="9" t="s">
         <v>2211</v>
       </c>
       <c r="D519" s="12" t="s">
         <v>2212</v>
       </c>
       <c r="E519" s="12" t="s">
         <v>2213</v>
       </c>
       <c r="F519" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G519" s="12" t="s">
         <v>2214</v>
       </c>
       <c r="H519" s="11"/>
       <c r="I519" s="11"/>
       <c r="J519" s="11"/>
       <c r="K519" s="11"/>
       <c r="L519" s="11"/>
       <c r="M519" s="11"/>
     </row>
-    <row r="520" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="520" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A520" s="12" t="s">
         <v>2215</v>
       </c>
       <c r="B520" s="13">
         <v>40203215229</v>
       </c>
       <c r="C520" s="9" t="s">
         <v>2216</v>
       </c>
       <c r="D520" s="12" t="s">
         <v>2217</v>
       </c>
       <c r="E520" s="12" t="s">
         <v>2218</v>
       </c>
       <c r="F520" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G520" s="12" t="s">
         <v>2219</v>
       </c>
       <c r="H520" s="11"/>
       <c r="I520" s="11"/>
       <c r="J520" s="11"/>
       <c r="K520" s="11"/>
       <c r="L520" s="11"/>
       <c r="M520" s="11"/>
     </row>
-    <row r="521" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="521" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A521" s="10" t="s">
         <v>2220</v>
       </c>
       <c r="B521" s="13">
         <v>40203091729</v>
       </c>
       <c r="C521" s="9" t="s">
         <v>2221</v>
       </c>
       <c r="D521" s="12" t="s">
         <v>2222</v>
       </c>
       <c r="E521" s="12" t="s">
         <v>2223</v>
       </c>
       <c r="F521" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G521" s="12" t="s">
         <v>2224</v>
       </c>
       <c r="H521" s="11"/>
       <c r="I521" s="11"/>
       <c r="J521" s="11"/>
       <c r="K521" s="11"/>
       <c r="L521" s="11"/>
       <c r="M521" s="11"/>
     </row>
-    <row r="522" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="522" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A522" s="10" t="s">
         <v>2225</v>
       </c>
       <c r="B522" s="13">
         <v>40203409135</v>
       </c>
       <c r="C522" s="9" t="s">
         <v>2216</v>
       </c>
       <c r="D522" s="10" t="s">
         <v>2226</v>
       </c>
       <c r="E522" s="12" t="s">
         <v>2227</v>
       </c>
       <c r="F522" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G522" s="12" t="s">
         <v>2228</v>
       </c>
       <c r="H522" s="11"/>
       <c r="I522" s="11"/>
       <c r="J522" s="11"/>
       <c r="K522" s="11"/>
       <c r="L522" s="11"/>
       <c r="M522" s="11"/>
     </row>
-    <row r="523" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="523" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A523" s="10" t="s">
         <v>2225</v>
       </c>
       <c r="B523" s="13">
         <v>40203409135</v>
       </c>
       <c r="C523" s="9" t="s">
         <v>2216</v>
       </c>
       <c r="D523" s="10" t="s">
         <v>2226</v>
       </c>
       <c r="E523" s="12" t="s">
         <v>2229</v>
       </c>
       <c r="F523" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G523" s="12" t="s">
         <v>2228</v>
       </c>
       <c r="H523" s="11"/>
       <c r="I523" s="11"/>
       <c r="J523" s="11"/>
       <c r="K523" s="11"/>
       <c r="L523" s="11"/>
       <c r="M523" s="11"/>
     </row>
-    <row r="524" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="524" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A524" s="10" t="s">
         <v>2230</v>
       </c>
       <c r="B524" s="13">
         <v>40203508408</v>
       </c>
       <c r="C524" s="9" t="s">
         <v>2231</v>
       </c>
       <c r="D524" s="10" t="s">
         <v>2232</v>
       </c>
       <c r="E524" s="12" t="s">
         <v>2233</v>
       </c>
       <c r="F524" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G524" s="12" t="s">
         <v>2195</v>
       </c>
       <c r="H524" s="11"/>
       <c r="I524" s="11"/>
       <c r="J524" s="11"/>
       <c r="K524" s="11"/>
       <c r="L524" s="11"/>
       <c r="M524" s="11"/>
     </row>
-    <row r="525" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="525" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A525" s="10" t="s">
         <v>2234</v>
       </c>
       <c r="B525" s="13">
         <v>50203520281</v>
       </c>
       <c r="C525" s="9" t="s">
         <v>2231</v>
       </c>
       <c r="D525" s="10" t="s">
         <v>2235</v>
       </c>
       <c r="E525" s="12" t="s">
         <v>2236</v>
       </c>
       <c r="F525" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G525" s="12" t="s">
         <v>2191</v>
       </c>
       <c r="H525" s="11"/>
       <c r="I525" s="11"/>
       <c r="J525" s="11"/>
       <c r="K525" s="11"/>
       <c r="L525" s="11"/>
       <c r="M525" s="11"/>
     </row>
-    <row r="526" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="526" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A526" s="10" t="s">
         <v>2237</v>
       </c>
       <c r="B526" s="13">
         <v>40002097755</v>
       </c>
       <c r="C526" s="9" t="s">
         <v>2231</v>
       </c>
       <c r="D526" s="10" t="s">
         <v>2238</v>
       </c>
       <c r="E526" s="12" t="s">
         <v>2239</v>
       </c>
       <c r="F526" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G526" s="12" t="s">
         <v>2240</v>
       </c>
       <c r="H526" s="11"/>
       <c r="I526" s="11"/>
       <c r="J526" s="11"/>
       <c r="K526" s="11"/>
       <c r="L526" s="11"/>
       <c r="M526" s="11"/>
     </row>
-    <row r="527" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="527" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A527" s="10" t="s">
         <v>2241</v>
       </c>
       <c r="B527" s="13">
         <v>40203366052</v>
       </c>
       <c r="C527" s="9" t="s">
         <v>2231</v>
       </c>
       <c r="D527" s="10" t="s">
         <v>2242</v>
       </c>
       <c r="E527" s="12" t="s">
         <v>2243</v>
       </c>
       <c r="F527" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G527" s="12" t="s">
         <v>2191</v>
       </c>
       <c r="H527" s="11"/>
       <c r="I527" s="11"/>
       <c r="J527" s="11"/>
       <c r="K527" s="11"/>
       <c r="L527" s="11"/>
       <c r="M527" s="11"/>
     </row>
-    <row r="528" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="528" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A528" s="10" t="s">
         <v>2244</v>
       </c>
       <c r="B528" s="13">
         <v>40203405561</v>
       </c>
       <c r="C528" s="9" t="s">
         <v>2221</v>
       </c>
       <c r="D528" s="10" t="s">
         <v>2245</v>
       </c>
       <c r="E528" s="12" t="s">
         <v>2246</v>
       </c>
       <c r="F528" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G528" s="12" t="s">
         <v>2240</v>
       </c>
       <c r="H528" s="11"/>
       <c r="I528" s="11"/>
       <c r="J528" s="11"/>
       <c r="K528" s="11"/>
       <c r="L528" s="11"/>
       <c r="M528" s="11"/>
     </row>
-    <row r="529" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="529" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A529" s="10" t="s">
         <v>2247</v>
       </c>
       <c r="B529" s="13">
         <v>40203519596</v>
       </c>
       <c r="C529" s="9" t="s">
         <v>2216</v>
       </c>
       <c r="D529" s="10" t="s">
         <v>2248</v>
       </c>
       <c r="E529" s="12" t="s">
         <v>2249</v>
       </c>
       <c r="F529" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G529" s="12" t="s">
         <v>2195</v>
       </c>
       <c r="H529" s="11"/>
       <c r="I529" s="11"/>
       <c r="J529" s="11"/>
       <c r="K529" s="11"/>
       <c r="L529" s="11"/>
       <c r="M529" s="11"/>
     </row>
-    <row r="530" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="530" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A530" s="10" t="s">
         <v>2250</v>
       </c>
       <c r="B530" s="13">
         <v>40002166756</v>
       </c>
       <c r="C530" s="9" t="s">
         <v>2216</v>
       </c>
       <c r="D530" s="10" t="s">
         <v>2251</v>
       </c>
       <c r="E530" s="12" t="s">
         <v>2252</v>
       </c>
       <c r="F530" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G530" s="12" t="s">
         <v>2253</v>
       </c>
       <c r="H530" s="11"/>
       <c r="I530" s="11"/>
       <c r="J530" s="11"/>
       <c r="K530" s="11"/>
       <c r="L530" s="11"/>
       <c r="M530" s="11"/>
     </row>
-    <row r="531" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="531" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A531" s="10" t="s">
         <v>2254</v>
       </c>
       <c r="B531" s="13">
         <v>40103461365</v>
       </c>
       <c r="C531" s="9" t="s">
         <v>2255</v>
       </c>
       <c r="D531" s="10" t="s">
         <v>2256</v>
       </c>
       <c r="E531" s="12" t="s">
         <v>2257</v>
       </c>
       <c r="F531" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G531" s="12" t="s">
         <v>2258</v>
       </c>
       <c r="H531" s="11"/>
       <c r="I531" s="11"/>
       <c r="J531" s="11"/>
       <c r="K531" s="11"/>
       <c r="L531" s="11"/>
       <c r="M531" s="11"/>
     </row>
-    <row r="532" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="532" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A532" s="10" t="s">
         <v>2259</v>
       </c>
       <c r="B532" s="13">
         <v>52103059441</v>
       </c>
       <c r="C532" s="9" t="s">
         <v>2260</v>
       </c>
       <c r="D532" s="10" t="s">
         <v>2261</v>
       </c>
       <c r="E532" s="12" t="s">
         <v>2262</v>
       </c>
       <c r="F532" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G532" s="12" t="s">
         <v>2263</v>
       </c>
       <c r="H532" s="11"/>
       <c r="I532" s="11"/>
       <c r="J532" s="11"/>
       <c r="K532" s="11"/>
       <c r="L532" s="11"/>
       <c r="M532" s="11"/>
     </row>
-    <row r="533" spans="1:13" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="533" spans="1:13" ht="55.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A533" s="10" t="s">
         <v>2264</v>
       </c>
       <c r="B533" s="13">
         <v>40203535603</v>
       </c>
       <c r="C533" s="9" t="s">
         <v>2265</v>
       </c>
       <c r="D533" s="10" t="s">
         <v>519</v>
       </c>
       <c r="E533" s="12" t="s">
         <v>2266</v>
       </c>
       <c r="F533" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G533" s="12" t="s">
         <v>2267</v>
       </c>
       <c r="H533" s="11"/>
       <c r="I533" s="11"/>
       <c r="J533" s="11"/>
       <c r="K533" s="11"/>
       <c r="L533" s="11"/>
       <c r="M533" s="11"/>
     </row>
-    <row r="534" spans="1:13" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="534" spans="1:13" ht="55.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A534" s="10" t="s">
         <v>2268</v>
       </c>
       <c r="B534" s="13">
         <v>40203448217</v>
       </c>
       <c r="C534" s="9" t="s">
         <v>2265</v>
       </c>
       <c r="D534" s="10" t="s">
         <v>1954</v>
       </c>
       <c r="E534" s="12" t="s">
         <v>2269</v>
       </c>
       <c r="F534" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G534" s="12" t="s">
         <v>2270</v>
       </c>
       <c r="H534" s="11"/>
       <c r="I534" s="11"/>
       <c r="J534" s="11"/>
       <c r="K534" s="11"/>
       <c r="L534" s="11"/>
       <c r="M534" s="11"/>
     </row>
-    <row r="535" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="535" spans="1:13" ht="127.5" x14ac:dyDescent="0.2">
       <c r="A535" s="10" t="s">
         <v>2271</v>
       </c>
       <c r="B535" s="13">
         <v>44101029735</v>
       </c>
       <c r="C535" s="9" t="s">
         <v>2231</v>
       </c>
       <c r="D535" s="10" t="s">
         <v>2272</v>
       </c>
       <c r="E535" s="12" t="s">
         <v>2273</v>
       </c>
       <c r="F535" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G535" s="12" t="s">
         <v>2274</v>
       </c>
       <c r="H535" s="11"/>
       <c r="I535" s="11"/>
       <c r="J535" s="11"/>
       <c r="K535" s="11"/>
       <c r="L535" s="11"/>
       <c r="M535" s="11"/>
     </row>
-    <row r="536" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="536" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A536" s="10" t="s">
         <v>2275</v>
       </c>
       <c r="B536" s="13">
         <v>40002209701</v>
       </c>
       <c r="C536" s="9" t="s">
         <v>2260</v>
       </c>
       <c r="D536" s="10" t="s">
         <v>519</v>
       </c>
       <c r="E536" s="12" t="s">
         <v>2276</v>
       </c>
       <c r="F536" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G536" s="12" t="s">
         <v>2277</v>
       </c>
       <c r="H536" s="11"/>
       <c r="I536" s="11"/>
       <c r="J536" s="11"/>
       <c r="K536" s="11"/>
       <c r="L536" s="11"/>
       <c r="M536" s="11"/>
     </row>
-    <row r="537" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="537" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A537" s="10" t="s">
         <v>2278</v>
       </c>
       <c r="B537" s="13">
         <v>40103511276</v>
       </c>
       <c r="C537" s="13" t="s">
         <v>2279</v>
       </c>
       <c r="D537" s="10" t="s">
         <v>2280</v>
       </c>
       <c r="E537" s="12" t="s">
         <v>2281</v>
       </c>
       <c r="F537" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G537" s="12" t="s">
         <v>2282</v>
       </c>
       <c r="H537" s="11"/>
       <c r="I537" s="11"/>
       <c r="J537" s="11"/>
       <c r="K537" s="11"/>
       <c r="L537" s="11"/>
       <c r="M537" s="11"/>
     </row>
-    <row r="538" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="538" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A538" s="10" t="s">
         <v>2283</v>
       </c>
       <c r="B538" s="13">
         <v>40008290979</v>
       </c>
       <c r="C538" s="13" t="s">
         <v>2284</v>
       </c>
       <c r="D538" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E538" s="10" t="s">
         <v>2285</v>
       </c>
       <c r="F538" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G538" s="12" t="s">
         <v>2286</v>
       </c>
       <c r="H538" s="11"/>
       <c r="I538" s="11"/>
       <c r="J538" s="11"/>
       <c r="K538" s="11"/>
       <c r="L538" s="11"/>
       <c r="M538" s="11"/>
     </row>
-    <row r="539" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="539" spans="1:13" ht="102" x14ac:dyDescent="0.2">
       <c r="A539" s="10" t="s">
         <v>2287</v>
       </c>
       <c r="B539" s="13">
         <v>50203482191</v>
       </c>
       <c r="C539" s="13" t="s">
         <v>2260</v>
       </c>
       <c r="D539" s="10" t="s">
         <v>2288</v>
       </c>
       <c r="E539" s="14" t="s">
         <v>2289</v>
       </c>
       <c r="F539" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G539" s="14" t="s">
         <v>2290</v>
       </c>
       <c r="H539" s="11"/>
       <c r="I539" s="11"/>
       <c r="J539" s="11"/>
       <c r="K539" s="11"/>
       <c r="L539" s="11"/>
       <c r="M539" s="11"/>
     </row>
-    <row r="540" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="540" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A540" s="10" t="s">
         <v>2291</v>
       </c>
       <c r="B540" s="13">
         <v>41203047293</v>
       </c>
       <c r="C540" s="9" t="s">
         <v>2260</v>
       </c>
       <c r="D540" s="10" t="s">
         <v>2292</v>
       </c>
       <c r="E540" s="10" t="s">
         <v>2293</v>
       </c>
       <c r="F540" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G540" s="15" t="s">
         <v>2219</v>
       </c>
       <c r="H540" s="11"/>
       <c r="I540" s="11"/>
       <c r="J540" s="11"/>
       <c r="K540" s="11"/>
       <c r="L540" s="11"/>
       <c r="M540" s="11"/>
     </row>
-    <row r="541" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="541" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A541" s="10" t="s">
         <v>2294</v>
       </c>
       <c r="B541" s="13">
         <v>40203310345</v>
       </c>
       <c r="C541" s="9" t="s">
         <v>2154</v>
       </c>
       <c r="D541" s="10" t="s">
         <v>2295</v>
       </c>
       <c r="E541" s="10" t="s">
         <v>2296</v>
       </c>
       <c r="F541" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G541" s="15" t="s">
         <v>2297</v>
       </c>
       <c r="H541" s="11"/>
       <c r="I541" s="11"/>
       <c r="J541" s="11"/>
       <c r="K541" s="11"/>
       <c r="L541" s="11"/>
       <c r="M541" s="11"/>
     </row>
-    <row r="542" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="542" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A542" s="10" t="s">
         <v>2298</v>
       </c>
       <c r="B542" s="13">
         <v>44102039092</v>
       </c>
       <c r="C542" s="13" t="s">
         <v>2299</v>
       </c>
       <c r="D542" s="10" t="s">
         <v>2300</v>
       </c>
       <c r="E542" s="10" t="s">
         <v>2301</v>
       </c>
       <c r="F542" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G542" s="15" t="s">
         <v>2302</v>
       </c>
       <c r="H542" s="11"/>
       <c r="I542" s="11"/>
       <c r="J542" s="11"/>
       <c r="K542" s="11"/>
       <c r="L542" s="11"/>
       <c r="M542" s="11"/>
     </row>
-    <row r="543" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="543" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A543" s="10" t="s">
         <v>2303</v>
       </c>
       <c r="B543" s="13">
         <v>40203508785</v>
       </c>
       <c r="C543" s="13" t="s">
         <v>2159</v>
       </c>
       <c r="D543" s="10" t="s">
         <v>2304</v>
       </c>
       <c r="E543" s="10" t="s">
         <v>2305</v>
       </c>
       <c r="F543" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G543" s="15" t="s">
         <v>2306</v>
       </c>
       <c r="H543" s="11"/>
       <c r="I543" s="11"/>
       <c r="J543" s="11"/>
       <c r="K543" s="11"/>
       <c r="L543" s="11"/>
       <c r="M543" s="11"/>
     </row>
-    <row r="544" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="544" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A544" s="10" t="s">
         <v>2307</v>
       </c>
       <c r="B544" s="13">
         <v>50203509941</v>
       </c>
       <c r="C544" s="13" t="s">
         <v>2154</v>
       </c>
       <c r="D544" s="10" t="s">
         <v>1954</v>
       </c>
       <c r="E544" s="10" t="s">
         <v>2308</v>
       </c>
       <c r="F544" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G544" s="15" t="s">
         <v>2309</v>
       </c>
       <c r="H544" s="11"/>
       <c r="I544" s="11"/>
       <c r="J544" s="11"/>
       <c r="K544" s="11"/>
       <c r="L544" s="11"/>
       <c r="M544" s="11"/>
     </row>
-    <row r="545" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="545" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A545" s="10" t="s">
         <v>2310</v>
       </c>
       <c r="B545" s="13">
         <v>40203511855</v>
       </c>
       <c r="C545" s="13" t="s">
         <v>2154</v>
       </c>
       <c r="D545" s="10" t="s">
         <v>1954</v>
       </c>
       <c r="E545" s="10" t="s">
         <v>2311</v>
       </c>
       <c r="F545" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G545" s="15" t="s">
         <v>2312</v>
       </c>
       <c r="H545" s="11"/>
       <c r="I545" s="11"/>
       <c r="J545" s="11"/>
       <c r="K545" s="11"/>
       <c r="L545" s="11"/>
       <c r="M545" s="11"/>
     </row>
-    <row r="546" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="546" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A546" s="10" t="s">
         <v>2313</v>
       </c>
       <c r="B546" s="13">
         <v>40203193716</v>
       </c>
       <c r="C546" s="13" t="s">
         <v>2314</v>
       </c>
       <c r="D546" s="10" t="s">
         <v>1954</v>
       </c>
       <c r="E546" s="10" t="s">
         <v>2315</v>
       </c>
       <c r="F546" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G546" s="15" t="s">
         <v>2316</v>
       </c>
       <c r="H546" s="11"/>
       <c r="I546" s="11"/>
       <c r="J546" s="11"/>
       <c r="K546" s="11"/>
       <c r="L546" s="11"/>
       <c r="M546" s="11"/>
     </row>
-    <row r="547" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="547" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A547" s="10" t="s">
         <v>2317</v>
       </c>
       <c r="B547" s="13">
         <v>50203510211</v>
       </c>
       <c r="C547" s="13" t="s">
         <v>2314</v>
       </c>
       <c r="D547" s="10" t="s">
         <v>2304</v>
       </c>
       <c r="E547" s="10" t="s">
         <v>2318</v>
       </c>
       <c r="F547" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G547" s="15" t="s">
         <v>2319</v>
       </c>
       <c r="H547" s="11"/>
       <c r="I547" s="11"/>
       <c r="J547" s="11"/>
       <c r="K547" s="11"/>
       <c r="L547" s="11"/>
       <c r="M547" s="11"/>
     </row>
-    <row r="548" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="548" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A548" s="10" t="s">
         <v>2320</v>
       </c>
       <c r="B548" s="13">
         <v>40203514283</v>
       </c>
       <c r="C548" s="13" t="s">
         <v>2314</v>
       </c>
       <c r="D548" s="10" t="s">
         <v>1849</v>
       </c>
       <c r="E548" s="10" t="s">
         <v>2321</v>
       </c>
       <c r="F548" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G548" s="15" t="s">
         <v>2322</v>
       </c>
       <c r="H548" s="11"/>
       <c r="I548" s="11"/>
       <c r="J548" s="11"/>
       <c r="K548" s="11"/>
       <c r="L548" s="11"/>
       <c r="M548" s="11"/>
     </row>
-    <row r="549" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="549" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A549" s="10" t="s">
         <v>2323</v>
       </c>
       <c r="B549" s="13">
         <v>40002199545</v>
       </c>
       <c r="C549" s="13" t="s">
         <v>2159</v>
       </c>
       <c r="D549" s="10" t="s">
         <v>2300</v>
       </c>
       <c r="E549" s="10" t="s">
         <v>2324</v>
       </c>
       <c r="F549" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G549" s="15" t="s">
         <v>2325</v>
       </c>
       <c r="H549" s="11"/>
       <c r="I549" s="11"/>
       <c r="J549" s="11"/>
       <c r="K549" s="11"/>
       <c r="L549" s="11"/>
       <c r="M549" s="11"/>
     </row>
-    <row r="550" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="550" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A550" s="10" t="s">
         <v>2326</v>
       </c>
       <c r="B550" s="13">
         <v>40002203130</v>
       </c>
       <c r="C550" s="13" t="s">
         <v>2327</v>
       </c>
       <c r="D550" s="10" t="s">
         <v>519</v>
       </c>
       <c r="E550" s="10" t="s">
         <v>2328</v>
       </c>
       <c r="F550" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G550" s="15" t="s">
         <v>2329</v>
       </c>
       <c r="H550" s="11"/>
       <c r="I550" s="11"/>
       <c r="J550" s="11"/>
       <c r="K550" s="11"/>
       <c r="L550" s="11"/>
       <c r="M550" s="11"/>
     </row>
-    <row r="551" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="551" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A551" s="10" t="s">
         <v>2330</v>
       </c>
       <c r="B551" s="13">
         <v>40203179568</v>
       </c>
       <c r="C551" s="13" t="s">
         <v>2154</v>
       </c>
       <c r="D551" s="10" t="s">
         <v>2331</v>
       </c>
       <c r="E551" s="10" t="s">
         <v>2332</v>
       </c>
       <c r="F551" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G551" s="15" t="s">
         <v>2333</v>
       </c>
       <c r="H551" s="11"/>
       <c r="I551" s="11"/>
       <c r="J551" s="11"/>
       <c r="K551" s="11"/>
       <c r="L551" s="11"/>
       <c r="M551" s="11"/>
     </row>
-    <row r="552" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="552" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A552" s="10" t="s">
         <v>2334</v>
       </c>
       <c r="B552" s="13">
         <v>40203527254</v>
       </c>
       <c r="C552" s="13" t="s">
         <v>2335</v>
       </c>
       <c r="D552" s="10" t="s">
         <v>1983</v>
       </c>
       <c r="E552" s="10" t="s">
         <v>2336</v>
       </c>
       <c r="F552" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G552" s="15" t="s">
         <v>2337</v>
       </c>
       <c r="H552" s="11"/>
       <c r="I552" s="11"/>
       <c r="J552" s="11"/>
       <c r="K552" s="11"/>
       <c r="L552" s="11"/>
       <c r="M552" s="11"/>
     </row>
-    <row r="553" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="553" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A553" s="10" t="s">
         <v>2338</v>
       </c>
       <c r="B553" s="13">
         <v>40203519030</v>
       </c>
       <c r="C553" s="13" t="s">
         <v>2335</v>
       </c>
       <c r="D553" s="10" t="s">
         <v>1983</v>
       </c>
       <c r="E553" s="10" t="s">
         <v>2339</v>
       </c>
       <c r="F553" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G553" s="15" t="s">
         <v>2337</v>
       </c>
       <c r="H553" s="11"/>
       <c r="I553" s="11"/>
       <c r="J553" s="11"/>
       <c r="K553" s="11"/>
       <c r="L553" s="11"/>
       <c r="M553" s="11"/>
     </row>
-    <row r="554" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="554" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A554" s="10" t="s">
         <v>2340</v>
       </c>
       <c r="B554" s="13">
         <v>40203571981</v>
       </c>
       <c r="C554" s="13" t="s">
         <v>2341</v>
       </c>
       <c r="D554" s="10" t="s">
         <v>2342</v>
       </c>
       <c r="E554" s="10" t="s">
         <v>2343</v>
       </c>
       <c r="F554" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G554" s="15" t="s">
         <v>2344</v>
       </c>
       <c r="H554" s="11"/>
       <c r="I554" s="11"/>
       <c r="J554" s="11"/>
       <c r="K554" s="11"/>
       <c r="L554" s="11"/>
       <c r="M554" s="11"/>
     </row>
-    <row r="555" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="555" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A555" s="10" t="s">
         <v>2345</v>
       </c>
       <c r="B555" s="13">
         <v>50203529971</v>
       </c>
       <c r="C555" s="13" t="s">
         <v>2168</v>
       </c>
       <c r="D555" s="10" t="s">
         <v>2346</v>
       </c>
       <c r="E555" s="10" t="s">
         <v>2347</v>
       </c>
       <c r="F555" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G555" s="15" t="s">
         <v>2348</v>
       </c>
       <c r="H555" s="11"/>
       <c r="I555" s="11"/>
       <c r="J555" s="11"/>
       <c r="K555" s="11"/>
       <c r="L555" s="11"/>
       <c r="M555" s="11"/>
     </row>
-    <row r="556" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="556" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A556" s="10" t="s">
         <v>2349</v>
       </c>
       <c r="B556" s="13">
         <v>50203410121</v>
       </c>
       <c r="C556" s="13" t="s">
         <v>2350</v>
       </c>
       <c r="D556" s="10" t="s">
         <v>2351</v>
       </c>
       <c r="E556" s="10" t="s">
         <v>2352</v>
       </c>
       <c r="F556" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G556" s="15" t="s">
         <v>2353</v>
       </c>
       <c r="H556" s="11"/>
       <c r="I556" s="11"/>
       <c r="J556" s="11"/>
       <c r="K556" s="11"/>
       <c r="L556" s="11"/>
       <c r="M556" s="11"/>
     </row>
-    <row r="557" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="557" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A557" s="10" t="s">
         <v>2354</v>
       </c>
       <c r="B557" s="13">
         <v>40203551152</v>
       </c>
       <c r="C557" s="13" t="s">
         <v>2335</v>
       </c>
       <c r="D557" s="10" t="s">
         <v>519</v>
       </c>
       <c r="E557" s="10" t="s">
         <v>2355</v>
       </c>
       <c r="F557" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G557" s="15" t="s">
         <v>2356</v>
       </c>
       <c r="H557" s="11"/>
       <c r="I557" s="11"/>
       <c r="J557" s="11"/>
       <c r="K557" s="11"/>
       <c r="L557" s="11"/>
       <c r="M557" s="11"/>
     </row>
-    <row r="558" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="558" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A558" s="10" t="s">
         <v>2357</v>
       </c>
       <c r="B558" s="13">
         <v>50002209811</v>
       </c>
       <c r="C558" s="13" t="s">
         <v>2358</v>
       </c>
       <c r="D558" s="10" t="s">
         <v>519</v>
       </c>
       <c r="E558" s="10" t="s">
         <v>2359</v>
       </c>
       <c r="F558" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G558" s="15" t="s">
         <v>2360</v>
       </c>
       <c r="H558" s="11"/>
       <c r="I558" s="11"/>
       <c r="J558" s="11"/>
       <c r="K558" s="11"/>
       <c r="L558" s="11"/>
       <c r="M558" s="11"/>
     </row>
-    <row r="559" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="559" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A559" s="10" t="s">
         <v>2361</v>
       </c>
       <c r="B559" s="13">
         <v>40203549124</v>
       </c>
       <c r="C559" s="13" t="s">
         <v>2168</v>
       </c>
       <c r="D559" s="10" t="s">
         <v>2362</v>
       </c>
       <c r="E559" s="10" t="s">
         <v>2363</v>
       </c>
       <c r="F559" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G559" s="15" t="s">
         <v>2360</v>
       </c>
       <c r="H559" s="11"/>
       <c r="I559" s="11"/>
       <c r="J559" s="11"/>
       <c r="K559" s="11"/>
       <c r="L559" s="11"/>
       <c r="M559" s="11"/>
     </row>
-    <row r="560" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="560" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A560" s="10" t="s">
         <v>2364</v>
       </c>
       <c r="B560" s="13">
         <v>40002206071</v>
       </c>
       <c r="C560" s="13" t="s">
         <v>2173</v>
       </c>
       <c r="D560" s="10" t="s">
         <v>2365</v>
       </c>
       <c r="E560" s="10" t="s">
         <v>2366</v>
       </c>
       <c r="F560" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G560" s="15" t="s">
         <v>2325</v>
       </c>
       <c r="H560" s="11"/>
       <c r="I560" s="11"/>
       <c r="J560" s="11"/>
       <c r="K560" s="11"/>
       <c r="L560" s="11"/>
       <c r="M560" s="11"/>
     </row>
-    <row r="561" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="561" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A561" s="10" t="s">
         <v>2367</v>
       </c>
       <c r="B561" s="13">
         <v>40203450122</v>
       </c>
       <c r="C561" s="13" t="s">
         <v>2168</v>
       </c>
       <c r="D561" s="10" t="s">
         <v>2368</v>
       </c>
       <c r="E561" s="10" t="s">
         <v>2369</v>
       </c>
       <c r="F561" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G561" s="15" t="s">
         <v>2370</v>
       </c>
       <c r="H561" s="11"/>
       <c r="I561" s="11"/>
       <c r="J561" s="11"/>
       <c r="K561" s="11"/>
       <c r="L561" s="11"/>
       <c r="M561" s="11"/>
     </row>
-    <row r="562" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="562" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A562" s="10" t="s">
         <v>2371</v>
       </c>
       <c r="B562" s="13">
         <v>40008279789</v>
       </c>
       <c r="C562" s="13" t="s">
         <v>2372</v>
       </c>
       <c r="D562" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E562" s="10" t="s">
         <v>2373</v>
       </c>
       <c r="F562" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G562" s="15" t="s">
         <v>2286</v>
       </c>
       <c r="H562" s="11"/>
       <c r="I562" s="11"/>
       <c r="J562" s="11"/>
       <c r="K562" s="11"/>
       <c r="L562" s="11"/>
       <c r="M562" s="11"/>
     </row>
-    <row r="563" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="563" spans="1:13" ht="102" x14ac:dyDescent="0.2">
       <c r="A563" s="10" t="s">
         <v>2374</v>
       </c>
       <c r="B563" s="13">
         <v>40203381441</v>
       </c>
       <c r="C563" s="13" t="s">
         <v>2375</v>
       </c>
       <c r="D563" s="10" t="s">
         <v>2376</v>
       </c>
       <c r="E563" s="10" t="s">
         <v>2377</v>
       </c>
       <c r="F563" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G563" s="15" t="s">
         <v>2378</v>
       </c>
       <c r="H563" s="11"/>
       <c r="I563" s="11"/>
       <c r="J563" s="11"/>
       <c r="K563" s="11"/>
       <c r="L563" s="11"/>
       <c r="M563" s="11"/>
     </row>
-    <row r="564" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="564" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A564" s="10" t="s">
         <v>2379</v>
       </c>
       <c r="B564" s="13">
         <v>40103400981</v>
       </c>
       <c r="C564" s="13" t="s">
         <v>2372</v>
       </c>
       <c r="D564" s="10" t="s">
         <v>2380</v>
       </c>
       <c r="E564" s="10" t="s">
         <v>2381</v>
       </c>
       <c r="F564" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G564" s="15" t="s">
         <v>2382</v>
       </c>
       <c r="H564" s="11"/>
       <c r="I564" s="11"/>
       <c r="J564" s="11"/>
       <c r="K564" s="11"/>
       <c r="L564" s="11"/>
       <c r="M564" s="11"/>
     </row>
-    <row r="565" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="565" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A565" s="10" t="s">
         <v>2383</v>
       </c>
       <c r="B565" s="13">
         <v>40203278296</v>
       </c>
       <c r="C565" s="13" t="s">
         <v>2255</v>
       </c>
       <c r="D565" s="10" t="s">
         <v>2384</v>
       </c>
       <c r="E565" s="10" t="s">
         <v>2385</v>
       </c>
       <c r="F565" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G565" s="15" t="s">
         <v>2386</v>
       </c>
       <c r="H565" s="11"/>
       <c r="I565" s="11"/>
       <c r="J565" s="11"/>
       <c r="K565" s="11"/>
       <c r="L565" s="11"/>
       <c r="M565" s="11"/>
     </row>
-    <row r="566" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="566" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A566" s="10" t="s">
         <v>2387</v>
       </c>
       <c r="B566" s="13">
         <v>40103959789</v>
       </c>
       <c r="C566" s="13" t="s">
         <v>2388</v>
       </c>
       <c r="D566" s="10" t="s">
         <v>400</v>
       </c>
       <c r="E566" s="10" t="s">
         <v>2389</v>
       </c>
       <c r="F566" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G566" s="15" t="s">
         <v>2390</v>
       </c>
       <c r="H566" s="11"/>
       <c r="I566" s="11"/>
       <c r="J566" s="11"/>
       <c r="K566" s="11"/>
       <c r="L566" s="11"/>
       <c r="M566" s="11"/>
     </row>
-    <row r="567" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="567" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A567" s="10" t="s">
         <v>2391</v>
       </c>
       <c r="B567" s="13">
         <v>40203098106</v>
       </c>
       <c r="C567" s="13" t="s">
         <v>2392</v>
       </c>
       <c r="D567" s="10" t="s">
         <v>2393</v>
       </c>
       <c r="E567" s="10" t="s">
         <v>2394</v>
       </c>
       <c r="F567" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G567" s="15" t="s">
         <v>2395</v>
       </c>
       <c r="H567" s="11"/>
       <c r="I567" s="11"/>
       <c r="J567" s="11"/>
       <c r="K567" s="11"/>
       <c r="L567" s="11"/>
       <c r="M567" s="11"/>
     </row>
-    <row r="568" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="568" spans="1:13" ht="102" x14ac:dyDescent="0.2">
       <c r="A568" s="10" t="s">
         <v>2396</v>
       </c>
       <c r="B568" s="13">
         <v>41203033433</v>
       </c>
       <c r="C568" s="13" t="s">
         <v>2397</v>
       </c>
       <c r="D568" s="10" t="s">
         <v>2398</v>
       </c>
       <c r="E568" s="10" t="s">
         <v>2399</v>
       </c>
       <c r="F568" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G568" s="15" t="s">
         <v>2400</v>
       </c>
       <c r="H568" s="11"/>
       <c r="I568" s="11"/>
       <c r="J568" s="11"/>
       <c r="K568" s="11"/>
       <c r="L568" s="11"/>
       <c r="M568" s="11"/>
     </row>
-    <row r="569" spans="1:13" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="569" spans="1:13" ht="140.25" x14ac:dyDescent="0.2">
       <c r="A569" s="10" t="s">
         <v>2401</v>
       </c>
       <c r="B569" s="13">
         <v>42103087142</v>
       </c>
       <c r="C569" s="13" t="s">
         <v>2255</v>
       </c>
       <c r="D569" s="10" t="s">
         <v>2402</v>
       </c>
       <c r="E569" s="10" t="s">
         <v>2403</v>
       </c>
       <c r="F569" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G569" s="15" t="s">
         <v>2404</v>
       </c>
       <c r="H569" s="11"/>
       <c r="I569" s="11"/>
       <c r="J569" s="11"/>
       <c r="K569" s="11"/>
       <c r="L569" s="11"/>
       <c r="M569" s="11"/>
     </row>
-    <row r="570" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="570" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A570" s="10" t="s">
         <v>2405</v>
       </c>
       <c r="B570" s="13">
         <v>40103424532</v>
       </c>
       <c r="C570" s="9" t="s">
         <v>2406</v>
       </c>
       <c r="D570" s="10" t="s">
         <v>2407</v>
       </c>
       <c r="E570" s="10" t="s">
         <v>2408</v>
       </c>
       <c r="F570" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G570" s="15" t="s">
         <v>2409</v>
       </c>
       <c r="H570" s="11"/>
       <c r="I570" s="11"/>
       <c r="J570" s="11"/>
       <c r="K570" s="11"/>
       <c r="L570" s="11"/>
       <c r="M570" s="11"/>
     </row>
-    <row r="571" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="571" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A571" s="10" t="s">
         <v>2410</v>
       </c>
       <c r="B571" s="13">
         <v>40203437228</v>
       </c>
       <c r="C571" s="13" t="s">
         <v>2411</v>
       </c>
       <c r="D571" s="10" t="s">
         <v>2412</v>
       </c>
       <c r="E571" s="10" t="s">
         <v>2413</v>
       </c>
       <c r="F571" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G571" s="15" t="s">
         <v>2414</v>
       </c>
       <c r="H571" s="11"/>
       <c r="I571" s="11"/>
       <c r="J571" s="11"/>
       <c r="K571" s="11"/>
       <c r="L571" s="11"/>
       <c r="M571" s="11"/>
     </row>
-    <row r="572" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="572" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A572" s="10" t="s">
         <v>2415</v>
       </c>
       <c r="B572" s="13">
         <v>50203463561</v>
       </c>
       <c r="C572" s="13" t="s">
         <v>2416</v>
       </c>
       <c r="D572" s="10" t="s">
         <v>2365</v>
       </c>
       <c r="E572" s="10" t="s">
         <v>2417</v>
       </c>
       <c r="F572" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G572" s="15" t="s">
         <v>2325</v>
       </c>
       <c r="H572" s="11"/>
       <c r="I572" s="11"/>
       <c r="J572" s="11"/>
       <c r="K572" s="11"/>
       <c r="L572" s="11"/>
       <c r="M572" s="11"/>
     </row>
-    <row r="573" spans="1:13" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="573" spans="1:13" ht="165.75" x14ac:dyDescent="0.2">
       <c r="A573" s="10" t="s">
         <v>2418</v>
       </c>
       <c r="B573" s="13">
         <v>40103640134</v>
       </c>
       <c r="C573" s="13" t="s">
         <v>2419</v>
       </c>
       <c r="D573" s="10" t="s">
         <v>2420</v>
       </c>
       <c r="E573" s="10" t="s">
         <v>2421</v>
       </c>
       <c r="F573" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G573" s="15" t="s">
         <v>2422</v>
       </c>
       <c r="H573" s="11"/>
       <c r="I573" s="11"/>
       <c r="J573" s="11"/>
       <c r="K573" s="11"/>
       <c r="L573" s="11"/>
       <c r="M573" s="11"/>
     </row>
-    <row r="574" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="574" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A574" s="10" t="s">
         <v>2423</v>
       </c>
       <c r="B574" s="13">
         <v>40103466911</v>
       </c>
       <c r="C574" s="13" t="s">
         <v>2424</v>
       </c>
       <c r="D574" s="10" t="s">
         <v>2425</v>
       </c>
       <c r="E574" s="10" t="s">
         <v>2426</v>
       </c>
       <c r="F574" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G574" s="15" t="s">
         <v>2427</v>
       </c>
       <c r="H574" s="11"/>
       <c r="I574" s="11"/>
       <c r="J574" s="11"/>
       <c r="K574" s="11"/>
       <c r="L574" s="11"/>
       <c r="M574" s="11"/>
     </row>
-    <row r="575" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="575" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A575" s="10" t="s">
         <v>2428</v>
       </c>
       <c r="B575" s="13">
         <v>40103583749</v>
       </c>
       <c r="C575" s="13" t="s">
         <v>2429</v>
       </c>
       <c r="D575" s="10" t="s">
         <v>2430</v>
       </c>
       <c r="E575" s="10" t="s">
         <v>2431</v>
       </c>
       <c r="F575" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G575" s="15" t="s">
         <v>2432</v>
       </c>
       <c r="H575" s="11"/>
       <c r="I575" s="11"/>
       <c r="J575" s="11"/>
       <c r="K575" s="11"/>
       <c r="L575" s="11"/>
       <c r="M575" s="11"/>
     </row>
-    <row r="576" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="576" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A576" s="10" t="s">
         <v>2433</v>
       </c>
       <c r="B576" s="13">
         <v>42102043051</v>
       </c>
       <c r="C576" s="13" t="s">
         <v>2327</v>
       </c>
       <c r="D576" s="10" t="s">
         <v>2434</v>
       </c>
       <c r="E576" s="10" t="s">
         <v>2435</v>
       </c>
       <c r="F576" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G576" s="15" t="s">
         <v>2436</v>
       </c>
       <c r="H576" s="11"/>
       <c r="I576" s="11"/>
       <c r="J576" s="11"/>
       <c r="K576" s="11"/>
       <c r="L576" s="11"/>
       <c r="M576" s="11"/>
     </row>
-    <row r="577" spans="1:13" ht="184.8" x14ac:dyDescent="0.25">
+    <row r="577" spans="1:13" ht="178.5" x14ac:dyDescent="0.2">
       <c r="A577" s="10" t="s">
         <v>2437</v>
       </c>
       <c r="B577" s="13">
         <v>50103242311</v>
       </c>
       <c r="C577" s="13" t="s">
         <v>2438</v>
       </c>
       <c r="D577" s="10" t="s">
         <v>2439</v>
       </c>
       <c r="E577" s="10" t="s">
         <v>2440</v>
       </c>
       <c r="F577" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G577" s="15" t="s">
         <v>2441</v>
       </c>
       <c r="H577" s="11"/>
       <c r="I577" s="11"/>
       <c r="J577" s="11"/>
       <c r="K577" s="11"/>
       <c r="L577" s="11"/>
       <c r="M577" s="11"/>
     </row>
-    <row r="578" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="578" spans="1:13" ht="102" x14ac:dyDescent="0.2">
       <c r="A578" s="10" t="s">
         <v>2442</v>
       </c>
       <c r="B578" s="13">
         <v>40203375040</v>
       </c>
       <c r="C578" s="13" t="s">
         <v>2438</v>
       </c>
       <c r="D578" s="10" t="s">
         <v>2443</v>
       </c>
       <c r="E578" s="10" t="s">
         <v>2444</v>
       </c>
       <c r="F578" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G578" s="15" t="s">
         <v>2445</v>
       </c>
       <c r="H578" s="11"/>
       <c r="I578" s="11"/>
       <c r="J578" s="11"/>
       <c r="K578" s="11"/>
       <c r="L578" s="11"/>
       <c r="M578" s="11"/>
     </row>
-    <row r="579" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="579" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A579" s="10" t="s">
         <v>2446</v>
       </c>
       <c r="B579" s="13">
         <v>40203075457</v>
       </c>
       <c r="C579" s="13" t="s">
         <v>2429</v>
       </c>
       <c r="D579" s="10" t="s">
         <v>2447</v>
       </c>
       <c r="E579" s="10" t="s">
         <v>2448</v>
       </c>
       <c r="F579" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G579" s="15" t="s">
         <v>2449</v>
       </c>
       <c r="H579" s="11"/>
       <c r="I579" s="11"/>
       <c r="J579" s="11"/>
       <c r="K579" s="11"/>
       <c r="L579" s="11"/>
       <c r="M579" s="11"/>
     </row>
-    <row r="580" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="580" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A580" s="10" t="s">
         <v>2450</v>
       </c>
       <c r="B580" s="13">
         <v>40003045892</v>
       </c>
       <c r="C580" s="13" t="s">
         <v>2451</v>
       </c>
       <c r="D580" s="10" t="s">
         <v>2452</v>
       </c>
       <c r="E580" s="10" t="s">
         <v>2453</v>
       </c>
       <c r="F580" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G580" s="15" t="s">
         <v>2454</v>
       </c>
       <c r="H580" s="11"/>
       <c r="I580" s="11"/>
       <c r="J580" s="11"/>
       <c r="K580" s="11"/>
       <c r="L580" s="11"/>
       <c r="M580" s="11"/>
     </row>
-    <row r="581" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="581" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A581" s="10" t="s">
         <v>2455</v>
       </c>
       <c r="B581" s="13">
         <v>40103676856</v>
       </c>
       <c r="C581" s="13" t="s">
         <v>2456</v>
       </c>
       <c r="D581" s="10" t="s">
         <v>2457</v>
       </c>
       <c r="E581" s="10" t="s">
         <v>2458</v>
       </c>
       <c r="F581" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G581" s="15" t="s">
         <v>2459</v>
       </c>
       <c r="H581" s="11"/>
       <c r="I581" s="11"/>
       <c r="J581" s="11"/>
       <c r="K581" s="11"/>
       <c r="L581" s="11"/>
       <c r="M581" s="11"/>
     </row>
-    <row r="582" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="582" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A582" s="10" t="s">
         <v>2460</v>
       </c>
       <c r="B582" s="13">
         <v>40002201159</v>
       </c>
       <c r="C582" s="13" t="s">
         <v>2451</v>
       </c>
       <c r="D582" s="10" t="s">
         <v>2300</v>
       </c>
       <c r="E582" s="10" t="s">
         <v>2461</v>
       </c>
       <c r="F582" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G582" s="15" t="s">
         <v>2462</v>
       </c>
       <c r="H582" s="11"/>
       <c r="I582" s="11"/>
       <c r="J582" s="11"/>
       <c r="K582" s="11"/>
       <c r="L582" s="11"/>
       <c r="M582" s="11"/>
     </row>
-    <row r="583" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="583" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A583" s="10" t="s">
         <v>2463</v>
       </c>
       <c r="B583" s="13">
         <v>40002201464</v>
       </c>
       <c r="C583" s="13" t="s">
         <v>2464</v>
       </c>
       <c r="D583" s="10" t="s">
         <v>2434</v>
       </c>
       <c r="E583" s="10" t="s">
         <v>2465</v>
       </c>
       <c r="F583" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G583" s="15" t="s">
         <v>2436</v>
       </c>
       <c r="H583" s="11"/>
       <c r="I583" s="11"/>
       <c r="J583" s="11"/>
       <c r="K583" s="11"/>
       <c r="L583" s="11"/>
       <c r="M583" s="11"/>
     </row>
-    <row r="584" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="584" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A584" s="10" t="s">
         <v>2466</v>
       </c>
       <c r="B584" s="13">
         <v>40203497960</v>
       </c>
       <c r="C584" s="13" t="s">
         <v>2467</v>
       </c>
       <c r="D584" s="10" t="s">
         <v>2468</v>
       </c>
       <c r="E584" s="10" t="s">
         <v>2469</v>
       </c>
       <c r="F584" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G584" s="15" t="s">
         <v>2470</v>
       </c>
       <c r="H584" s="11"/>
       <c r="I584" s="11"/>
       <c r="J584" s="11"/>
       <c r="K584" s="11"/>
       <c r="L584" s="11"/>
       <c r="M584" s="11"/>
     </row>
-    <row r="585" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="585" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A585" s="10" t="s">
         <v>2471</v>
       </c>
       <c r="B585" s="13">
         <v>40002200863</v>
       </c>
       <c r="C585" s="13" t="s">
         <v>2464</v>
       </c>
       <c r="D585" s="10" t="s">
         <v>2472</v>
       </c>
       <c r="E585" s="10" t="s">
         <v>2473</v>
       </c>
       <c r="F585" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G585" s="15" t="s">
         <v>2474</v>
       </c>
       <c r="H585" s="11"/>
       <c r="I585" s="11"/>
       <c r="J585" s="11"/>
       <c r="K585" s="11"/>
       <c r="L585" s="11"/>
       <c r="M585" s="11"/>
     </row>
-    <row r="586" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="586" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A586" s="10" t="s">
         <v>2475</v>
       </c>
       <c r="B586" s="13">
         <v>40103733716</v>
       </c>
       <c r="C586" s="13" t="s">
         <v>2476</v>
       </c>
       <c r="D586" s="10" t="s">
         <v>2477</v>
       </c>
       <c r="E586" s="10" t="s">
         <v>2478</v>
       </c>
       <c r="F586" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G586" s="15" t="s">
         <v>2479</v>
       </c>
       <c r="H586" s="11"/>
       <c r="I586" s="11"/>
       <c r="J586" s="11"/>
       <c r="K586" s="11"/>
       <c r="L586" s="11"/>
       <c r="M586" s="11"/>
     </row>
-    <row r="587" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="587" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A587" s="10" t="s">
         <v>2480</v>
       </c>
       <c r="B587" s="13">
         <v>40203508198</v>
       </c>
       <c r="C587" s="13" t="s">
         <v>2481</v>
       </c>
       <c r="D587" s="10" t="s">
         <v>2482</v>
       </c>
       <c r="E587" s="10" t="s">
         <v>2483</v>
       </c>
       <c r="F587" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G587" s="15" t="s">
         <v>2484</v>
       </c>
       <c r="H587" s="11"/>
       <c r="I587" s="11"/>
       <c r="J587" s="11"/>
       <c r="K587" s="11"/>
       <c r="L587" s="11"/>
       <c r="M587" s="11"/>
     </row>
-    <row r="588" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="588" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A588" s="10" t="s">
         <v>2485</v>
       </c>
       <c r="B588" s="13">
         <v>40103506504</v>
       </c>
       <c r="C588" s="13" t="s">
         <v>2221</v>
       </c>
       <c r="D588" s="10" t="s">
         <v>2486</v>
       </c>
       <c r="E588" s="10" t="s">
         <v>2487</v>
       </c>
       <c r="F588" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G588" s="15" t="s">
         <v>2488</v>
       </c>
       <c r="H588" s="11"/>
       <c r="I588" s="11"/>
       <c r="J588" s="11"/>
       <c r="K588" s="11"/>
       <c r="L588" s="11"/>
       <c r="M588" s="11"/>
     </row>
-    <row r="589" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="589" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A589" s="10" t="s">
         <v>2489</v>
       </c>
       <c r="B589" s="13">
         <v>40103755037</v>
       </c>
       <c r="C589" s="13" t="s">
         <v>2490</v>
       </c>
       <c r="D589" s="10" t="s">
         <v>2491</v>
       </c>
       <c r="E589" s="10" t="s">
         <v>2492</v>
       </c>
       <c r="F589" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G589" s="15" t="s">
         <v>2493</v>
       </c>
       <c r="H589" s="11"/>
       <c r="I589" s="11"/>
       <c r="J589" s="11"/>
       <c r="K589" s="11"/>
       <c r="L589" s="11"/>
       <c r="M589" s="11"/>
     </row>
-    <row r="590" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="590" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A590" s="10" t="s">
         <v>2494</v>
       </c>
       <c r="B590" s="13">
         <v>40103856584</v>
       </c>
       <c r="C590" s="13" t="s">
         <v>2260</v>
       </c>
       <c r="D590" s="10" t="s">
         <v>2495</v>
       </c>
       <c r="E590" s="10" t="s">
         <v>2496</v>
       </c>
       <c r="F590" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G590" s="15" t="s">
         <v>2488</v>
       </c>
       <c r="H590" s="11"/>
       <c r="I590" s="11"/>
       <c r="J590" s="11"/>
       <c r="K590" s="11"/>
       <c r="L590" s="11"/>
       <c r="M590" s="11"/>
     </row>
-    <row r="591" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="591" spans="1:13" ht="51" x14ac:dyDescent="0.2">
       <c r="A591" s="10" t="s">
         <v>2497</v>
       </c>
       <c r="B591" s="13">
         <v>40003898399</v>
       </c>
       <c r="C591" s="13" t="s">
         <v>2173</v>
       </c>
       <c r="D591" s="10" t="s">
         <v>2498</v>
       </c>
       <c r="E591" s="10" t="s">
         <v>2499</v>
       </c>
       <c r="F591" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G591" s="15" t="s">
         <v>2500</v>
       </c>
       <c r="H591" s="11"/>
       <c r="I591" s="11"/>
       <c r="J591" s="11"/>
       <c r="K591" s="11"/>
       <c r="L591" s="11"/>
       <c r="M591" s="11"/>
     </row>
-    <row r="592" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="592" spans="1:13" ht="102" x14ac:dyDescent="0.2">
       <c r="A592" s="10" t="s">
         <v>2501</v>
       </c>
       <c r="B592" s="13">
         <v>40003548910</v>
       </c>
       <c r="C592" s="13" t="s">
         <v>2154</v>
       </c>
       <c r="D592" s="10" t="s">
         <v>2502</v>
       </c>
       <c r="E592" s="10" t="s">
         <v>2503</v>
       </c>
       <c r="F592" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G592" s="15" t="s">
         <v>2504</v>
       </c>
       <c r="H592" s="11"/>
       <c r="I592" s="11"/>
       <c r="J592" s="11"/>
       <c r="K592" s="11"/>
       <c r="L592" s="11"/>
       <c r="M592" s="11"/>
     </row>
-    <row r="593" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="593" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A593" s="10" t="s">
         <v>2505</v>
       </c>
       <c r="B593" s="13">
         <v>44103138324</v>
       </c>
       <c r="C593" s="13" t="s">
         <v>2506</v>
       </c>
       <c r="D593" s="10" t="s">
         <v>2507</v>
       </c>
       <c r="E593" s="10" t="s">
         <v>2508</v>
       </c>
       <c r="F593" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G593" s="15" t="s">
         <v>2509</v>
       </c>
       <c r="H593" s="11"/>
       <c r="I593" s="11"/>
       <c r="J593" s="11"/>
       <c r="K593" s="11"/>
       <c r="L593" s="11"/>
       <c r="M593" s="11"/>
     </row>
-    <row r="594" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="594" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A594" s="10" t="s">
         <v>2510</v>
       </c>
       <c r="B594" s="13">
         <v>42103103714</v>
       </c>
       <c r="C594" s="13" t="s">
         <v>2438</v>
       </c>
       <c r="D594" s="10" t="s">
         <v>2511</v>
       </c>
       <c r="E594" s="10" t="s">
         <v>2512</v>
       </c>
       <c r="F594" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G594" s="15" t="s">
         <v>2513</v>
       </c>
       <c r="H594" s="11"/>
       <c r="I594" s="11"/>
       <c r="J594" s="11"/>
       <c r="K594" s="11"/>
       <c r="L594" s="11"/>
       <c r="M594" s="11"/>
     </row>
-    <row r="595" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="595" spans="1:13" ht="127.5" x14ac:dyDescent="0.2">
       <c r="A595" s="10" t="s">
         <v>2514</v>
       </c>
       <c r="B595" s="13">
         <v>40203178098</v>
       </c>
       <c r="C595" s="13" t="s">
         <v>2515</v>
       </c>
       <c r="D595" s="10" t="s">
         <v>2516</v>
       </c>
       <c r="E595" s="10" t="s">
         <v>2517</v>
       </c>
       <c r="F595" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G595" s="15" t="s">
         <v>2518</v>
       </c>
       <c r="H595" s="11"/>
       <c r="I595" s="11"/>
       <c r="J595" s="11"/>
       <c r="K595" s="11"/>
       <c r="L595" s="11"/>
       <c r="M595" s="11"/>
     </row>
-    <row r="596" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="596" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A596" s="10" t="s">
         <v>2519</v>
       </c>
       <c r="B596" s="13">
         <v>50103194261</v>
       </c>
       <c r="C596" s="13" t="s">
         <v>2464</v>
       </c>
       <c r="D596" s="10" t="s">
         <v>2520</v>
       </c>
       <c r="E596" s="10" t="s">
         <v>2521</v>
       </c>
       <c r="F596" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G596" s="15" t="s">
         <v>2522</v>
       </c>
       <c r="H596" s="11"/>
       <c r="I596" s="11"/>
       <c r="J596" s="11"/>
       <c r="K596" s="11"/>
       <c r="L596" s="11"/>
       <c r="M596" s="11"/>
     </row>
-    <row r="597" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="597" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A597" s="10" t="s">
         <v>2523</v>
       </c>
       <c r="B597" s="13">
         <v>40203057589</v>
       </c>
       <c r="C597" s="13" t="s">
         <v>2464</v>
       </c>
       <c r="D597" s="10" t="s">
         <v>2524</v>
       </c>
       <c r="E597" s="10" t="s">
         <v>2525</v>
       </c>
       <c r="F597" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G597" s="15" t="s">
         <v>2526</v>
       </c>
       <c r="H597" s="11"/>
       <c r="I597" s="11"/>
       <c r="J597" s="11"/>
       <c r="K597" s="11"/>
       <c r="L597" s="11"/>
       <c r="M597" s="11"/>
     </row>
-    <row r="598" spans="1:13" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="598" spans="1:13" ht="140.25" x14ac:dyDescent="0.2">
       <c r="A598" s="10" t="s">
         <v>2527</v>
       </c>
       <c r="B598" s="13">
         <v>40003233626</v>
       </c>
       <c r="C598" s="13" t="s">
         <v>2528</v>
       </c>
       <c r="D598" s="10" t="s">
         <v>2529</v>
       </c>
       <c r="E598" s="10" t="s">
         <v>2530</v>
       </c>
       <c r="F598" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G598" s="15" t="s">
         <v>2531</v>
       </c>
       <c r="H598" s="11"/>
       <c r="I598" s="11"/>
       <c r="J598" s="11"/>
       <c r="K598" s="11"/>
       <c r="L598" s="11"/>
       <c r="M598" s="11"/>
     </row>
-    <row r="599" spans="1:13" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="599" spans="1:13" ht="153" x14ac:dyDescent="0.2">
       <c r="A599" s="10" t="s">
         <v>2532</v>
       </c>
       <c r="B599" s="13">
         <v>40203246055</v>
       </c>
       <c r="C599" s="13" t="s">
         <v>2476</v>
       </c>
       <c r="D599" s="10" t="s">
         <v>2533</v>
       </c>
       <c r="E599" s="10" t="s">
         <v>2534</v>
       </c>
       <c r="F599" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G599" s="15" t="s">
         <v>2535</v>
       </c>
       <c r="H599" s="11"/>
       <c r="I599" s="11"/>
       <c r="J599" s="11"/>
       <c r="K599" s="11"/>
       <c r="L599" s="11"/>
       <c r="M599" s="11"/>
     </row>
-    <row r="600" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="600" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A600" s="10" t="s">
         <v>2536</v>
       </c>
       <c r="B600" s="13">
         <v>40203578960</v>
       </c>
       <c r="C600" s="13" t="s">
         <v>2476</v>
       </c>
       <c r="D600" s="10" t="s">
         <v>1954</v>
       </c>
       <c r="E600" s="10" t="s">
         <v>2537</v>
       </c>
       <c r="F600" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G600" s="15" t="s">
         <v>2538</v>
       </c>
       <c r="H600" s="11"/>
       <c r="I600" s="11"/>
       <c r="J600" s="11"/>
       <c r="K600" s="11"/>
       <c r="L600" s="11"/>
       <c r="M600" s="11"/>
     </row>
-    <row r="601" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="601" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A601" s="10" t="s">
         <v>2539</v>
       </c>
       <c r="B601" s="13">
         <v>40203552459</v>
       </c>
       <c r="C601" s="13" t="s">
         <v>2476</v>
       </c>
       <c r="D601" s="10" t="s">
         <v>2540</v>
       </c>
       <c r="E601" s="10" t="s">
         <v>2541</v>
       </c>
       <c r="F601" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G601" s="15" t="s">
         <v>2542</v>
       </c>
       <c r="H601" s="11"/>
       <c r="I601" s="11"/>
       <c r="J601" s="11"/>
       <c r="K601" s="11"/>
       <c r="L601" s="11"/>
       <c r="M601" s="11"/>
     </row>
-    <row r="602" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="602" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A602" s="10" t="s">
         <v>2543</v>
       </c>
       <c r="B602" s="13">
         <v>40203431598</v>
       </c>
       <c r="C602" s="13" t="s">
         <v>2544</v>
       </c>
       <c r="D602" s="10" t="s">
         <v>2545</v>
       </c>
       <c r="E602" s="10" t="s">
         <v>2546</v>
       </c>
       <c r="F602" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G602" s="15" t="s">
         <v>2547</v>
       </c>
       <c r="H602" s="11"/>
       <c r="I602" s="11"/>
       <c r="J602" s="11"/>
       <c r="K602" s="11"/>
       <c r="L602" s="11"/>
       <c r="M602" s="11"/>
     </row>
-    <row r="603" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="603" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A603" s="10" t="s">
         <v>2548</v>
       </c>
       <c r="B603" s="13">
         <v>40203534449</v>
       </c>
       <c r="C603" s="13" t="s">
         <v>2528</v>
       </c>
       <c r="D603" s="10" t="s">
         <v>2434</v>
       </c>
       <c r="E603" s="10" t="s">
         <v>2549</v>
       </c>
       <c r="F603" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G603" s="15" t="s">
         <v>2550</v>
       </c>
       <c r="H603" s="11"/>
       <c r="I603" s="11"/>
       <c r="J603" s="11"/>
       <c r="K603" s="11"/>
       <c r="L603" s="11"/>
       <c r="M603" s="11"/>
     </row>
-    <row r="604" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="604" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A604" s="10" t="s">
         <v>2551</v>
       </c>
       <c r="B604" s="13">
         <v>41203071986</v>
       </c>
       <c r="C604" s="13" t="s">
         <v>2552</v>
       </c>
       <c r="D604" s="10" t="s">
         <v>2553</v>
       </c>
       <c r="E604" s="10" t="s">
         <v>2554</v>
       </c>
       <c r="F604" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G604" s="15" t="s">
         <v>2555</v>
       </c>
       <c r="H604" s="11"/>
       <c r="I604" s="11"/>
       <c r="J604" s="11"/>
       <c r="K604" s="11"/>
       <c r="L604" s="11"/>
       <c r="M604" s="11"/>
     </row>
-    <row r="605" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="605" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A605" s="10" t="s">
         <v>2556</v>
       </c>
       <c r="B605" s="13">
         <v>42103110186</v>
       </c>
       <c r="C605" s="13" t="s">
         <v>2552</v>
       </c>
       <c r="D605" s="10" t="s">
         <v>2557</v>
       </c>
       <c r="E605" s="10" t="s">
         <v>2558</v>
       </c>
       <c r="F605" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G605" s="15" t="s">
         <v>2559</v>
       </c>
       <c r="H605" s="11"/>
       <c r="I605" s="11"/>
       <c r="J605" s="11"/>
       <c r="K605" s="11"/>
       <c r="L605" s="11"/>
       <c r="M605" s="11"/>
     </row>
-    <row r="606" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="606" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A606" s="10" t="s">
         <v>2560</v>
       </c>
       <c r="B606" s="13">
         <v>40103932089</v>
       </c>
       <c r="C606" s="13" t="s">
         <v>2561</v>
       </c>
       <c r="D606" s="10" t="s">
         <v>2562</v>
       </c>
       <c r="E606" s="10" t="s">
         <v>2563</v>
       </c>
       <c r="F606" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G606" s="15" t="s">
         <v>2547</v>
       </c>
       <c r="H606" s="11"/>
       <c r="I606" s="11"/>
       <c r="J606" s="11"/>
       <c r="K606" s="11"/>
       <c r="L606" s="11"/>
       <c r="M606" s="11"/>
     </row>
-    <row r="607" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="607" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A607" s="10" t="s">
-        <v>2567</v>
+        <v>2564</v>
       </c>
       <c r="B607" s="13">
         <v>40203512564</v>
       </c>
       <c r="C607" s="13" t="s">
         <v>2561</v>
       </c>
       <c r="D607" s="10" t="s">
-        <v>2564</v>
+        <v>2565</v>
       </c>
       <c r="E607" s="10" t="s">
-        <v>2565</v>
+        <v>2566</v>
       </c>
       <c r="F607" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G607" s="15" t="s">
-        <v>2566</v>
+        <v>2567</v>
       </c>
       <c r="H607" s="11"/>
       <c r="I607" s="11"/>
       <c r="J607" s="11"/>
       <c r="K607" s="11"/>
       <c r="L607" s="11"/>
       <c r="M607" s="11"/>
     </row>
-    <row r="608" spans="1:13" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G608" s="15"/>
+    <row r="608" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A608" s="10" t="s">
+        <v>2568</v>
+      </c>
+      <c r="B608" s="13">
+        <v>40203579792</v>
+      </c>
+      <c r="C608" s="13" t="s">
+        <v>2569</v>
+      </c>
+      <c r="D608" s="10" t="s">
+        <v>2570</v>
+      </c>
+      <c r="E608" s="10" t="s">
+        <v>2571</v>
+      </c>
+      <c r="F608" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G608" s="10" t="s">
+        <v>2572</v>
+      </c>
       <c r="H608" s="11"/>
       <c r="I608" s="11"/>
       <c r="J608" s="11"/>
       <c r="K608" s="11"/>
       <c r="L608" s="11"/>
       <c r="M608" s="11"/>
     </row>
-    <row r="609" spans="1:13" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G609" s="15"/>
+    <row r="609" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A609" s="10" t="s">
+        <v>2573</v>
+      </c>
+      <c r="B609" s="13">
+        <v>40002210202</v>
+      </c>
+      <c r="C609" s="13" t="s">
+        <v>2574</v>
+      </c>
+      <c r="D609" s="10" t="s">
+        <v>2434</v>
+      </c>
+      <c r="E609" s="10" t="s">
+        <v>2575</v>
+      </c>
+      <c r="F609" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G609" s="10" t="s">
+        <v>2576</v>
+      </c>
       <c r="H609" s="11"/>
       <c r="I609" s="11"/>
       <c r="J609" s="11"/>
       <c r="K609" s="11"/>
       <c r="L609" s="11"/>
       <c r="M609" s="11"/>
     </row>
-    <row r="610" spans="1:13" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G610" s="15"/>
+    <row r="610" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A610" s="10" t="s">
+        <v>2577</v>
+      </c>
+      <c r="B610" s="13">
+        <v>40203609349</v>
+      </c>
+      <c r="C610" s="13" t="s">
+        <v>2574</v>
+      </c>
+      <c r="D610" s="10" t="s">
+        <v>2565</v>
+      </c>
+      <c r="E610" s="10" t="s">
+        <v>2578</v>
+      </c>
+      <c r="F610" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G610" s="10" t="s">
+        <v>2579</v>
+      </c>
       <c r="H610" s="11"/>
       <c r="I610" s="11"/>
       <c r="J610" s="11"/>
       <c r="K610" s="11"/>
       <c r="L610" s="11"/>
       <c r="M610" s="11"/>
     </row>
-    <row r="611" spans="1:13" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G611" s="15"/>
+    <row r="611" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A611" s="10" t="s">
+        <v>2580</v>
+      </c>
+      <c r="B611" s="13">
+        <v>40203577768</v>
+      </c>
+      <c r="C611" s="13" t="s">
+        <v>2581</v>
+      </c>
+      <c r="D611" s="10" t="s">
+        <v>2565</v>
+      </c>
+      <c r="E611" s="10" t="s">
+        <v>2582</v>
+      </c>
+      <c r="F611" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G611" s="10" t="s">
+        <v>2583</v>
+      </c>
       <c r="H611" s="11"/>
       <c r="I611" s="11"/>
       <c r="J611" s="11"/>
       <c r="K611" s="11"/>
       <c r="L611" s="11"/>
       <c r="M611" s="11"/>
     </row>
-    <row r="612" spans="1:13" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G612" s="15"/>
+    <row r="612" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A612" s="10" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B612" s="13">
+        <v>40203534415</v>
+      </c>
+      <c r="C612" s="13" t="s">
+        <v>2585</v>
+      </c>
+      <c r="D612" s="10" t="s">
+        <v>2565</v>
+      </c>
+      <c r="E612" s="10" t="s">
+        <v>2586</v>
+      </c>
+      <c r="F612" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G612" s="10" t="s">
+        <v>2583</v>
+      </c>
       <c r="H612" s="11"/>
       <c r="I612" s="11"/>
       <c r="J612" s="11"/>
       <c r="K612" s="11"/>
       <c r="L612" s="11"/>
       <c r="M612" s="11"/>
     </row>
-    <row r="613" spans="1:13" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G613" s="15"/>
+    <row r="613" spans="1:13" ht="102" x14ac:dyDescent="0.2">
+      <c r="A613" s="10" t="s">
+        <v>2587</v>
+      </c>
+      <c r="B613" s="13">
+        <v>40203279855</v>
+      </c>
+      <c r="C613" s="9" t="s">
+        <v>2588</v>
+      </c>
+      <c r="D613" s="10" t="s">
+        <v>2443</v>
+      </c>
+      <c r="E613" s="10" t="s">
+        <v>2589</v>
+      </c>
+      <c r="F613" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G613" s="15" t="s">
+        <v>2590</v>
+      </c>
       <c r="H613" s="11"/>
       <c r="I613" s="11"/>
       <c r="J613" s="11"/>
       <c r="K613" s="11"/>
       <c r="L613" s="11"/>
       <c r="M613" s="11"/>
     </row>
-    <row r="614" spans="1:13" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G614" s="15"/>
+    <row r="614" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A614" s="10" t="s">
+        <v>2591</v>
+      </c>
+      <c r="B614" s="13">
+        <v>50203278781</v>
+      </c>
+      <c r="C614" s="9" t="s">
+        <v>2588</v>
+      </c>
+      <c r="D614" s="10" t="s">
+        <v>2443</v>
+      </c>
+      <c r="E614" s="10" t="s">
+        <v>2592</v>
+      </c>
+      <c r="F614" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G614" s="15" t="s">
+        <v>2593</v>
+      </c>
       <c r="H614" s="11"/>
       <c r="I614" s="11"/>
       <c r="J614" s="11"/>
       <c r="K614" s="11"/>
       <c r="L614" s="11"/>
       <c r="M614" s="11"/>
     </row>
-    <row r="615" spans="1:13" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G615" s="15"/>
+    <row r="615" spans="1:13" ht="72" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A615" s="10" t="s">
+        <v>2594</v>
+      </c>
+      <c r="B615" s="13">
+        <v>40203590446</v>
+      </c>
+      <c r="C615" s="13" t="s">
+        <v>2595</v>
+      </c>
+      <c r="D615" s="10" t="s">
+        <v>2565</v>
+      </c>
+      <c r="E615" s="10" t="s">
+        <v>2596</v>
+      </c>
+      <c r="F615" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G615" s="15" t="s">
+        <v>2597</v>
+      </c>
       <c r="H615" s="11"/>
       <c r="I615" s="11"/>
       <c r="J615" s="11"/>
       <c r="K615" s="11"/>
       <c r="L615" s="11"/>
       <c r="M615" s="11"/>
     </row>
-    <row r="616" spans="1:13" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G616" s="15"/>
+    <row r="616" spans="1:13" ht="72" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A616" s="10" t="s">
+        <v>2598</v>
+      </c>
+      <c r="B616" s="13">
+        <v>40203482359</v>
+      </c>
+      <c r="C616" s="13" t="s">
+        <v>2595</v>
+      </c>
+      <c r="D616" s="10" t="s">
+        <v>2599</v>
+      </c>
+      <c r="E616" s="10" t="s">
+        <v>2600</v>
+      </c>
+      <c r="F616" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G616" s="15" t="s">
+        <v>1872</v>
+      </c>
       <c r="H616" s="11"/>
       <c r="I616" s="11"/>
       <c r="J616" s="11"/>
       <c r="K616" s="11"/>
       <c r="L616" s="11"/>
       <c r="M616" s="11"/>
     </row>
-    <row r="623" spans="1:13" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G623" s="11"/>
+    <row r="617" spans="1:13" ht="178.5" x14ac:dyDescent="0.2">
+      <c r="A617" s="10" t="s">
+        <v>2601</v>
+      </c>
+      <c r="B617" s="13">
+        <v>40203448715</v>
+      </c>
+      <c r="C617" s="13" t="s">
+        <v>2602</v>
+      </c>
+      <c r="D617" s="10" t="s">
+        <v>2603</v>
+      </c>
+      <c r="E617" s="10" t="s">
+        <v>2604</v>
+      </c>
+      <c r="F617" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G617" s="15" t="s">
+        <v>2605</v>
+      </c>
+      <c r="H617" s="11"/>
+      <c r="I617" s="11"/>
+      <c r="J617" s="11"/>
+      <c r="K617" s="11"/>
+      <c r="L617" s="11"/>
+      <c r="M617" s="11"/>
+    </row>
+    <row r="618" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
+      <c r="A618" s="10" t="s">
+        <v>2606</v>
+      </c>
+      <c r="B618" s="13">
+        <v>44103129942</v>
+      </c>
+      <c r="C618" s="13" t="s">
+        <v>2595</v>
+      </c>
+      <c r="D618" s="10" t="s">
+        <v>2607</v>
+      </c>
+      <c r="E618" s="10" t="s">
+        <v>2608</v>
+      </c>
+      <c r="F618" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G618" s="15" t="s">
+        <v>2609</v>
+      </c>
+      <c r="H618" s="11"/>
+      <c r="I618" s="11"/>
+      <c r="J618" s="11"/>
+      <c r="K618" s="11"/>
+      <c r="L618" s="11"/>
+      <c r="M618" s="11"/>
+    </row>
+    <row r="619" spans="1:13" ht="153" x14ac:dyDescent="0.2">
+      <c r="A619" s="10" t="s">
+        <v>2610</v>
+      </c>
+      <c r="B619" s="13">
+        <v>40203095650</v>
+      </c>
+      <c r="C619" s="13" t="s">
+        <v>2595</v>
+      </c>
+      <c r="D619" s="10" t="s">
+        <v>2611</v>
+      </c>
+      <c r="E619" s="10" t="s">
+        <v>2612</v>
+      </c>
+      <c r="F619" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G619" s="15" t="s">
+        <v>2613</v>
+      </c>
+      <c r="H619" s="11"/>
+      <c r="I619" s="11"/>
+      <c r="J619" s="11"/>
+      <c r="K619" s="11"/>
+      <c r="L619" s="11"/>
+      <c r="M619" s="11"/>
+    </row>
+    <row r="620" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A620" s="10" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B620" s="38">
+        <v>40002208941</v>
+      </c>
+      <c r="C620" s="13" t="s">
+        <v>2588</v>
+      </c>
+      <c r="D620" s="10" t="s">
+        <v>2615</v>
+      </c>
+      <c r="E620" s="10" t="s">
+        <v>2616</v>
+      </c>
+      <c r="F620" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G620" s="15" t="s">
+        <v>2617</v>
+      </c>
+      <c r="H620" s="11"/>
+      <c r="I620" s="11"/>
+      <c r="J620" s="11"/>
+      <c r="K620" s="11"/>
+      <c r="L620" s="11"/>
+      <c r="M620" s="11"/>
+    </row>
+    <row r="621" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A621" s="10" t="s">
+        <v>2618</v>
+      </c>
+      <c r="B621" s="38">
+        <v>40003691257</v>
+      </c>
+      <c r="C621" s="13" t="s">
+        <v>2588</v>
+      </c>
+      <c r="D621" s="10" t="s">
+        <v>2619</v>
+      </c>
+      <c r="E621" s="10" t="s">
+        <v>2620</v>
+      </c>
+      <c r="F621" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G621" s="15" t="s">
+        <v>2621</v>
+      </c>
+      <c r="H621" s="11"/>
+      <c r="I621" s="11"/>
+      <c r="J621" s="11"/>
+      <c r="K621" s="11"/>
+      <c r="L621" s="11"/>
+      <c r="M621" s="11"/>
+    </row>
+    <row r="622" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A622" s="10" t="s">
+        <v>2622</v>
+      </c>
+      <c r="B622" s="38">
+        <v>40203608589</v>
+      </c>
+      <c r="C622" s="13" t="s">
+        <v>2588</v>
+      </c>
+      <c r="D622" s="10" t="s">
+        <v>2623</v>
+      </c>
+      <c r="E622" s="10" t="s">
+        <v>2624</v>
+      </c>
+      <c r="F622" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G622" s="15" t="s">
+        <v>2625</v>
+      </c>
+      <c r="H622" s="11"/>
+      <c r="I622" s="11"/>
+      <c r="J622" s="11"/>
+      <c r="K622" s="11"/>
+      <c r="L622" s="11"/>
+      <c r="M622" s="11"/>
+    </row>
+    <row r="623" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A623" s="10" t="s">
+        <v>2626</v>
+      </c>
+      <c r="B623" s="38">
+        <v>40203549849</v>
+      </c>
+      <c r="C623" s="13" t="s">
+        <v>2595</v>
+      </c>
+      <c r="D623" s="10" t="s">
+        <v>1921</v>
+      </c>
+      <c r="E623" s="10" t="s">
+        <v>2627</v>
+      </c>
+      <c r="F623" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G623" s="15" t="s">
+        <v>2628</v>
+      </c>
       <c r="H623" s="11"/>
       <c r="I623" s="11"/>
       <c r="J623" s="11"/>
       <c r="K623" s="11"/>
       <c r="L623" s="11"/>
       <c r="M623" s="11"/>
     </row>
-    <row r="624" spans="1:13" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G624" s="11"/>
+    <row r="624" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A624" s="10" t="s">
+        <v>2629</v>
+      </c>
+      <c r="B624" s="38">
+        <v>40203595655</v>
+      </c>
+      <c r="C624" s="13" t="s">
+        <v>2630</v>
+      </c>
+      <c r="D624" s="10" t="s">
+        <v>2631</v>
+      </c>
+      <c r="E624" s="10" t="s">
+        <v>2632</v>
+      </c>
+      <c r="F624" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G624" s="15" t="s">
+        <v>2633</v>
+      </c>
       <c r="H624" s="11"/>
       <c r="I624" s="11"/>
       <c r="J624" s="11"/>
       <c r="K624" s="11"/>
       <c r="L624" s="11"/>
       <c r="M624" s="11"/>
     </row>
-    <row r="845" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="625" spans="1:7" ht="140.25" x14ac:dyDescent="0.2">
+      <c r="A625" s="10" t="s">
+        <v>2634</v>
+      </c>
+      <c r="B625" s="38">
+        <v>40103788979</v>
+      </c>
+      <c r="C625" s="13" t="s">
+        <v>2630</v>
+      </c>
+      <c r="D625" s="10" t="s">
+        <v>2635</v>
+      </c>
+      <c r="E625" s="10" t="s">
+        <v>2636</v>
+      </c>
+      <c r="F625" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G625" s="15" t="s">
+        <v>2637</v>
+      </c>
+    </row>
+    <row r="626" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A626" s="10" t="s">
+        <v>2638</v>
+      </c>
+      <c r="B626" s="38">
+        <v>40203448804</v>
+      </c>
+      <c r="C626" s="13" t="s">
+        <v>2639</v>
+      </c>
+      <c r="D626" s="10" t="s">
+        <v>2640</v>
+      </c>
+      <c r="E626" s="10" t="s">
+        <v>2641</v>
+      </c>
+      <c r="F626" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G626" s="15" t="s">
+        <v>2642</v>
+      </c>
+    </row>
+    <row r="627" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A627" s="10" t="s">
+        <v>2643</v>
+      </c>
+      <c r="B627" s="38">
+        <v>40203342162</v>
+      </c>
+      <c r="C627" s="13" t="s">
+        <v>2644</v>
+      </c>
+      <c r="D627" s="10" t="s">
+        <v>2623</v>
+      </c>
+      <c r="E627" s="10" t="s">
+        <v>2645</v>
+      </c>
+      <c r="F627" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G627" s="15" t="s">
+        <v>2646</v>
+      </c>
+    </row>
+    <row r="628" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A628" s="10" t="s">
+        <v>2647</v>
+      </c>
+      <c r="B628" s="38">
+        <v>40203585483</v>
+      </c>
+      <c r="C628" s="13" t="s">
+        <v>2644</v>
+      </c>
+      <c r="D628" s="10" t="s">
+        <v>2648</v>
+      </c>
+      <c r="E628" s="10" t="s">
+        <v>2649</v>
+      </c>
+      <c r="F628" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G628" s="15" t="s">
+        <v>2650</v>
+      </c>
+    </row>
+    <row r="629" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A629" s="10"/>
+      <c r="B629" s="38"/>
+      <c r="C629" s="13"/>
+      <c r="D629" s="10"/>
+      <c r="E629" s="10"/>
+      <c r="F629" s="13"/>
+      <c r="G629" s="15"/>
+    </row>
+    <row r="630" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A630" s="10"/>
+      <c r="B630" s="38"/>
+      <c r="C630" s="13"/>
+      <c r="D630" s="10"/>
+      <c r="E630" s="10"/>
+      <c r="F630" s="13"/>
+      <c r="G630" s="15"/>
+    </row>
+    <row r="631" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A631" s="10"/>
+      <c r="B631" s="38"/>
+      <c r="C631" s="13"/>
+      <c r="D631" s="10"/>
+      <c r="E631" s="10"/>
+      <c r="F631" s="13"/>
+      <c r="G631" s="15"/>
+    </row>
+    <row r="632" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A632" s="10"/>
+      <c r="B632" s="38"/>
+      <c r="C632" s="13"/>
+      <c r="D632" s="10"/>
+      <c r="E632" s="10"/>
+      <c r="F632" s="13"/>
+      <c r="G632" s="15"/>
+    </row>
+    <row r="633" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A633" s="10"/>
+      <c r="B633" s="38"/>
+      <c r="C633" s="13"/>
+      <c r="D633" s="10"/>
+      <c r="E633" s="10"/>
+      <c r="F633" s="13"/>
+      <c r="G633" s="15"/>
+    </row>
+    <row r="634" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A634" s="10"/>
+      <c r="B634" s="38"/>
+      <c r="C634" s="13"/>
+      <c r="D634" s="10"/>
+      <c r="E634" s="10"/>
+      <c r="F634" s="13"/>
+      <c r="G634" s="15"/>
+    </row>
+    <row r="635" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A635" s="10"/>
+      <c r="B635" s="38"/>
+      <c r="C635" s="13"/>
+      <c r="D635" s="10"/>
+      <c r="E635" s="10"/>
+      <c r="F635" s="13"/>
+      <c r="G635" s="15"/>
+    </row>
+    <row r="636" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A636" s="10"/>
+      <c r="B636" s="38"/>
+      <c r="C636" s="13"/>
+      <c r="D636" s="10"/>
+      <c r="E636" s="10"/>
+      <c r="F636" s="13"/>
+      <c r="G636" s="15"/>
+    </row>
+    <row r="637" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A637" s="10"/>
+      <c r="B637" s="38"/>
+      <c r="C637" s="13"/>
+      <c r="D637" s="10"/>
+      <c r="E637" s="10"/>
+      <c r="F637" s="13"/>
+      <c r="G637" s="15"/>
+    </row>
+    <row r="638" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A638" s="10"/>
+      <c r="B638" s="38"/>
+      <c r="C638" s="13"/>
+      <c r="D638" s="10"/>
+      <c r="E638" s="10"/>
+      <c r="F638" s="13"/>
+      <c r="G638" s="15"/>
+    </row>
+    <row r="639" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A639" s="10"/>
+      <c r="B639" s="38"/>
+      <c r="C639" s="13"/>
+      <c r="D639" s="10"/>
+      <c r="E639" s="10"/>
+      <c r="F639" s="13"/>
+      <c r="G639" s="15"/>
+    </row>
+    <row r="640" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A640" s="10"/>
+      <c r="B640" s="38"/>
+      <c r="C640" s="13"/>
+      <c r="D640" s="10"/>
+      <c r="E640" s="10"/>
+      <c r="F640" s="13"/>
+      <c r="G640" s="15"/>
+    </row>
+    <row r="641" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A641" s="10"/>
+      <c r="B641" s="38"/>
+      <c r="C641" s="13"/>
+      <c r="D641" s="10"/>
+      <c r="E641" s="10"/>
+      <c r="F641" s="13"/>
+      <c r="G641" s="15"/>
+    </row>
+    <row r="642" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A642" s="10"/>
+      <c r="B642" s="38"/>
+      <c r="C642" s="13"/>
+      <c r="D642" s="10"/>
+      <c r="E642" s="10"/>
+      <c r="F642" s="13"/>
+      <c r="G642" s="15"/>
+    </row>
+    <row r="643" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A643" s="10"/>
+      <c r="B643" s="38"/>
+      <c r="C643" s="13"/>
+      <c r="D643" s="10"/>
+      <c r="E643" s="10"/>
+      <c r="F643" s="13"/>
+      <c r="G643" s="15"/>
+    </row>
+    <row r="644" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A644" s="10"/>
+      <c r="B644" s="38"/>
+      <c r="C644" s="13"/>
+      <c r="D644" s="10"/>
+      <c r="E644" s="10"/>
+      <c r="F644" s="13"/>
+      <c r="G644" s="15"/>
+    </row>
+    <row r="645" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A645" s="10"/>
+      <c r="B645" s="38"/>
+      <c r="C645" s="13"/>
+      <c r="D645" s="10"/>
+      <c r="E645" s="10"/>
+      <c r="F645" s="13"/>
+      <c r="G645" s="15"/>
+    </row>
+    <row r="646" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A646" s="10"/>
+      <c r="B646" s="38"/>
+      <c r="C646" s="13"/>
+      <c r="D646" s="10"/>
+      <c r="E646" s="10"/>
+      <c r="F646" s="13"/>
+      <c r="G646" s="15"/>
+    </row>
+    <row r="647" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A647" s="10"/>
+      <c r="B647" s="38"/>
+      <c r="C647" s="13"/>
+      <c r="D647" s="10"/>
+      <c r="E647" s="10"/>
+      <c r="F647" s="13"/>
+      <c r="G647" s="15"/>
+    </row>
+    <row r="648" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A648" s="10"/>
+      <c r="B648" s="38"/>
+      <c r="C648" s="13"/>
+      <c r="D648" s="10"/>
+      <c r="E648" s="10"/>
+      <c r="F648" s="13"/>
+      <c r="G648" s="15"/>
+    </row>
+    <row r="649" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A649" s="10"/>
+      <c r="B649" s="38"/>
+      <c r="C649" s="13"/>
+      <c r="D649" s="10"/>
+      <c r="E649" s="10"/>
+      <c r="F649" s="13"/>
+      <c r="G649" s="15"/>
+    </row>
+    <row r="650" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A650" s="10"/>
+      <c r="B650" s="38"/>
+      <c r="C650" s="13"/>
+      <c r="D650" s="10"/>
+      <c r="E650" s="10"/>
+      <c r="F650" s="13"/>
+      <c r="G650" s="15"/>
+    </row>
+    <row r="651" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A651" s="10"/>
+      <c r="B651" s="38"/>
+      <c r="C651" s="13"/>
+      <c r="D651" s="10"/>
+      <c r="E651" s="10"/>
+      <c r="F651" s="13"/>
+      <c r="G651" s="15"/>
+    </row>
+    <row r="652" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A652" s="10"/>
+      <c r="B652" s="38"/>
+      <c r="C652" s="13"/>
+      <c r="D652" s="10"/>
+      <c r="E652" s="10"/>
+      <c r="F652" s="13"/>
+      <c r="G652" s="15"/>
+    </row>
+    <row r="653" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A653" s="10"/>
+      <c r="B653" s="38"/>
+      <c r="C653" s="13"/>
+      <c r="D653" s="10"/>
+      <c r="E653" s="10"/>
+      <c r="F653" s="13"/>
+      <c r="G653" s="15"/>
+    </row>
+    <row r="654" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A654" s="10"/>
+      <c r="B654" s="38"/>
+      <c r="C654" s="13"/>
+      <c r="D654" s="10"/>
+      <c r="E654" s="10"/>
+      <c r="F654" s="13"/>
+      <c r="G654" s="15"/>
+    </row>
+    <row r="655" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A655" s="10"/>
+      <c r="B655" s="38"/>
+      <c r="C655" s="13"/>
+      <c r="D655" s="10"/>
+      <c r="E655" s="10"/>
+      <c r="F655" s="13"/>
+      <c r="G655" s="15"/>
+    </row>
+    <row r="656" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A656" s="10"/>
+      <c r="B656" s="38"/>
+      <c r="C656" s="13"/>
+      <c r="D656" s="10"/>
+      <c r="E656" s="10"/>
+      <c r="F656" s="13"/>
+      <c r="G656" s="15"/>
+    </row>
+    <row r="657" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A657" s="10"/>
+      <c r="B657" s="38"/>
+      <c r="C657" s="13"/>
+      <c r="D657" s="10"/>
+      <c r="E657" s="10"/>
+      <c r="F657" s="13"/>
+      <c r="G657" s="15"/>
+    </row>
+    <row r="658" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A658" s="10"/>
+      <c r="B658" s="38"/>
+      <c r="C658" s="13"/>
+      <c r="D658" s="10"/>
+      <c r="E658" s="10"/>
+      <c r="F658" s="13"/>
+      <c r="G658" s="15"/>
+    </row>
+    <row r="659" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A659" s="10"/>
+      <c r="B659" s="38"/>
+      <c r="C659" s="13"/>
+      <c r="D659" s="10"/>
+      <c r="E659" s="10"/>
+      <c r="F659" s="13"/>
+      <c r="G659" s="15"/>
+    </row>
+    <row r="660" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A660" s="10"/>
+      <c r="B660" s="38"/>
+      <c r="C660" s="13"/>
+      <c r="D660" s="10"/>
+      <c r="E660" s="10"/>
+      <c r="F660" s="13"/>
+      <c r="G660" s="15"/>
+    </row>
+    <row r="661" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A661" s="10"/>
+      <c r="B661" s="38"/>
+      <c r="C661" s="13"/>
+      <c r="D661" s="10"/>
+      <c r="E661" s="10"/>
+      <c r="F661" s="13"/>
+      <c r="G661" s="15"/>
+    </row>
+    <row r="662" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A662" s="10"/>
+      <c r="B662" s="38"/>
+      <c r="C662" s="13"/>
+      <c r="D662" s="10"/>
+      <c r="E662" s="10"/>
+      <c r="F662" s="13"/>
+      <c r="G662" s="15"/>
+    </row>
+    <row r="663" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A663" s="10"/>
+      <c r="B663" s="38"/>
+      <c r="C663" s="13"/>
+      <c r="D663" s="10"/>
+      <c r="E663" s="10"/>
+      <c r="F663" s="13"/>
+      <c r="G663" s="15"/>
+    </row>
+    <row r="664" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A664" s="10"/>
+      <c r="B664" s="38"/>
+      <c r="C664" s="13"/>
+      <c r="D664" s="10"/>
+      <c r="E664" s="10"/>
+      <c r="F664" s="13"/>
+      <c r="G664" s="15"/>
+    </row>
+    <row r="665" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A665" s="10"/>
+      <c r="B665" s="38"/>
+      <c r="C665" s="13"/>
+      <c r="D665" s="10"/>
+      <c r="E665" s="10"/>
+      <c r="F665" s="13"/>
+      <c r="G665" s="15"/>
+    </row>
+    <row r="666" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A666" s="10"/>
+      <c r="B666" s="38"/>
+      <c r="C666" s="13"/>
+      <c r="D666" s="10"/>
+      <c r="E666" s="10"/>
+      <c r="F666" s="13"/>
+      <c r="G666" s="15"/>
+    </row>
+    <row r="667" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A667" s="10"/>
+      <c r="B667" s="38"/>
+      <c r="C667" s="13"/>
+      <c r="D667" s="10"/>
+      <c r="E667" s="10"/>
+      <c r="F667" s="13"/>
+      <c r="G667" s="15"/>
+    </row>
+    <row r="668" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A668" s="10"/>
+      <c r="B668" s="38"/>
+      <c r="C668" s="13"/>
+      <c r="D668" s="10"/>
+      <c r="E668" s="10"/>
+      <c r="F668" s="13"/>
+      <c r="G668" s="15"/>
+    </row>
+    <row r="669" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A669" s="10"/>
+      <c r="B669" s="38"/>
+      <c r="C669" s="13"/>
+      <c r="D669" s="10"/>
+      <c r="E669" s="10"/>
+      <c r="F669" s="13"/>
+      <c r="G669" s="15"/>
+    </row>
+    <row r="670" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A670" s="10"/>
+      <c r="B670" s="38"/>
+      <c r="C670" s="13"/>
+      <c r="D670" s="10"/>
+      <c r="E670" s="10"/>
+      <c r="F670" s="13"/>
+      <c r="G670" s="15"/>
+    </row>
+    <row r="671" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A671" s="10"/>
+      <c r="B671" s="38"/>
+      <c r="C671" s="13"/>
+      <c r="D671" s="10"/>
+      <c r="E671" s="10"/>
+      <c r="F671" s="13"/>
+      <c r="G671" s="15"/>
+    </row>
+    <row r="672" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A672" s="10"/>
+      <c r="B672" s="38"/>
+      <c r="C672" s="13"/>
+      <c r="D672" s="10"/>
+      <c r="E672" s="10"/>
+      <c r="F672" s="13"/>
+      <c r="G672" s="15"/>
+    </row>
+    <row r="673" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A673" s="10"/>
+      <c r="B673" s="38"/>
+      <c r="C673" s="13"/>
+      <c r="D673" s="10"/>
+      <c r="E673" s="10"/>
+      <c r="F673" s="13"/>
+      <c r="G673" s="15"/>
+    </row>
+    <row r="674" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A674" s="10"/>
+      <c r="B674" s="38"/>
+      <c r="C674" s="13"/>
+      <c r="D674" s="10"/>
+      <c r="E674" s="10"/>
+      <c r="F674" s="13"/>
+      <c r="G674" s="15"/>
+    </row>
+    <row r="675" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A675" s="10"/>
+      <c r="B675" s="38"/>
+      <c r="C675" s="13"/>
+      <c r="D675" s="10"/>
+      <c r="E675" s="10"/>
+      <c r="F675" s="13"/>
+      <c r="G675" s="15"/>
+    </row>
+    <row r="676" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A676" s="10"/>
+      <c r="B676" s="38"/>
+      <c r="C676" s="13"/>
+      <c r="D676" s="10"/>
+      <c r="E676" s="10"/>
+      <c r="F676" s="13"/>
+      <c r="G676" s="15"/>
+    </row>
+    <row r="677" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A677" s="10"/>
+      <c r="B677" s="38"/>
+      <c r="C677" s="13"/>
+      <c r="D677" s="10"/>
+      <c r="E677" s="10"/>
+      <c r="F677" s="13"/>
+      <c r="G677" s="15"/>
+    </row>
+    <row r="678" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A678" s="10"/>
+      <c r="B678" s="38"/>
+      <c r="C678" s="13"/>
+      <c r="D678" s="10"/>
+      <c r="E678" s="10"/>
+      <c r="F678" s="13"/>
+      <c r="G678" s="15"/>
+    </row>
+    <row r="679" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A679" s="10"/>
+      <c r="B679" s="38"/>
+      <c r="C679" s="13"/>
+      <c r="D679" s="10"/>
+      <c r="E679" s="10"/>
+      <c r="F679" s="13"/>
+      <c r="G679" s="15"/>
+    </row>
+    <row r="680" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A680" s="10"/>
+      <c r="B680" s="38"/>
+      <c r="C680" s="13"/>
+      <c r="D680" s="10"/>
+      <c r="E680" s="10"/>
+      <c r="F680" s="13"/>
+      <c r="G680" s="15"/>
+    </row>
+    <row r="681" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A681" s="10"/>
+      <c r="B681" s="38"/>
+      <c r="C681" s="13"/>
+      <c r="D681" s="10"/>
+      <c r="E681" s="10"/>
+      <c r="F681" s="13"/>
+      <c r="G681" s="15"/>
+    </row>
+    <row r="682" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A682" s="10"/>
+      <c r="B682" s="38"/>
+      <c r="C682" s="13"/>
+      <c r="D682" s="10"/>
+      <c r="E682" s="10"/>
+      <c r="F682" s="13"/>
+      <c r="G682" s="15"/>
+    </row>
+    <row r="683" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A683" s="10"/>
+      <c r="B683" s="38"/>
+      <c r="C683" s="13"/>
+      <c r="D683" s="10"/>
+      <c r="E683" s="10"/>
+      <c r="F683" s="13"/>
+      <c r="G683" s="15"/>
+    </row>
+    <row r="684" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A684" s="10"/>
+      <c r="B684" s="38"/>
+      <c r="C684" s="13"/>
+      <c r="D684" s="10"/>
+      <c r="E684" s="10"/>
+      <c r="F684" s="13"/>
+      <c r="G684" s="15"/>
+    </row>
+    <row r="685" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A685" s="10"/>
+      <c r="B685" s="38"/>
+      <c r="C685" s="13"/>
+      <c r="D685" s="10"/>
+      <c r="E685" s="10"/>
+      <c r="F685" s="13"/>
+      <c r="G685" s="15"/>
+    </row>
+    <row r="686" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A686" s="10"/>
+      <c r="B686" s="38"/>
+      <c r="C686" s="13"/>
+      <c r="D686" s="10"/>
+      <c r="E686" s="10"/>
+      <c r="F686" s="13"/>
+      <c r="G686" s="15"/>
+    </row>
+    <row r="687" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A687" s="10"/>
+      <c r="B687" s="38"/>
+      <c r="C687" s="13"/>
+      <c r="D687" s="10"/>
+      <c r="E687" s="10"/>
+      <c r="F687" s="13"/>
+      <c r="G687" s="15"/>
+    </row>
+    <row r="688" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A688" s="10"/>
+      <c r="B688" s="38"/>
+      <c r="C688" s="13"/>
+      <c r="D688" s="10"/>
+      <c r="E688" s="10"/>
+      <c r="F688" s="13"/>
+      <c r="G688" s="15"/>
+    </row>
+    <row r="689" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A689" s="10"/>
+      <c r="B689" s="38"/>
+      <c r="C689" s="13"/>
+      <c r="D689" s="10"/>
+      <c r="E689" s="10"/>
+      <c r="F689" s="13"/>
+      <c r="G689" s="15"/>
+    </row>
+    <row r="690" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A690" s="10"/>
+      <c r="B690" s="38"/>
+      <c r="C690" s="13"/>
+      <c r="D690" s="10"/>
+      <c r="E690" s="10"/>
+      <c r="F690" s="13"/>
+      <c r="G690" s="15"/>
+    </row>
+    <row r="691" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A691" s="10"/>
+      <c r="B691" s="38"/>
+      <c r="C691" s="13"/>
+      <c r="D691" s="10"/>
+      <c r="E691" s="10"/>
+      <c r="F691" s="13"/>
+      <c r="G691" s="15"/>
+    </row>
+    <row r="692" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A692" s="10"/>
+      <c r="B692" s="38"/>
+      <c r="C692" s="13"/>
+      <c r="D692" s="10"/>
+      <c r="E692" s="10"/>
+      <c r="F692" s="13"/>
+      <c r="G692" s="15"/>
+    </row>
+    <row r="693" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A693" s="10"/>
+      <c r="B693" s="38"/>
+      <c r="C693" s="13"/>
+      <c r="D693" s="10"/>
+      <c r="E693" s="10"/>
+      <c r="F693" s="13"/>
+      <c r="G693" s="15"/>
+    </row>
+    <row r="694" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A694" s="10"/>
+      <c r="B694" s="38"/>
+      <c r="C694" s="13"/>
+      <c r="D694" s="10"/>
+      <c r="E694" s="10"/>
+      <c r="F694" s="13"/>
+      <c r="G694" s="15"/>
+    </row>
+    <row r="695" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A695" s="10"/>
+      <c r="B695" s="38"/>
+      <c r="C695" s="13"/>
+      <c r="D695" s="10"/>
+      <c r="E695" s="10"/>
+      <c r="F695" s="13"/>
+      <c r="G695" s="15"/>
+    </row>
+    <row r="696" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A696" s="10"/>
+      <c r="B696" s="38"/>
+      <c r="C696" s="13"/>
+      <c r="D696" s="10"/>
+      <c r="E696" s="10"/>
+      <c r="F696" s="13"/>
+      <c r="G696" s="15"/>
+    </row>
+    <row r="697" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A697" s="10"/>
+      <c r="B697" s="38"/>
+      <c r="C697" s="13"/>
+      <c r="D697" s="10"/>
+      <c r="E697" s="10"/>
+      <c r="F697" s="13"/>
+      <c r="G697" s="15"/>
+    </row>
+    <row r="698" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A698" s="10"/>
+      <c r="B698" s="38"/>
+      <c r="C698" s="13"/>
+      <c r="D698" s="10"/>
+      <c r="E698" s="10"/>
+      <c r="F698" s="13"/>
+      <c r="G698" s="15"/>
+    </row>
+    <row r="845" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A845" s="36"/>
       <c r="B845" s="36"/>
       <c r="C845" s="36"/>
       <c r="D845" s="36"/>
       <c r="E845" s="36"/>
       <c r="F845" s="11"/>
       <c r="G845" s="11"/>
       <c r="H845" s="11"/>
       <c r="I845" s="11"/>
       <c r="J845" s="11"/>
       <c r="K845" s="11"/>
       <c r="L845" s="11"/>
       <c r="M845" s="11"/>
     </row>
-    <row r="855" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="855" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A855" s="36"/>
       <c r="B855" s="36"/>
       <c r="C855" s="36"/>
       <c r="D855" s="36"/>
       <c r="E855" s="36"/>
       <c r="F855" s="11"/>
       <c r="G855" s="11"/>
       <c r="H855" s="11"/>
       <c r="I855" s="11"/>
       <c r="J855" s="11"/>
       <c r="K855" s="11"/>
       <c r="L855" s="11"/>
       <c r="M855" s="11"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:G2" xr:uid="{00000000-0001-0000-0400-000000000000}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="F1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
@@ -26738,99 +28152,99 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Nodokļu kontroles rēķins</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>