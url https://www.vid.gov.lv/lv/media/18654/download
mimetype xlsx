--- v1 (2025-10-26)
+++ v2 (2025-11-22)
@@ -4,78 +4,78 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24931"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Oktobris\Lēmumi\6Lēmumi par nodokļu kontroles rēķinu\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vid00238\Documents\ārējā_lapa\2025\Novembris\2111\lemumi\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8D148D88-6217-4A33-9D88-6DB5CF7709B7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{72878CBB-D963-4D0A-99C1-69A0FF0062BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nodokļu kontroles rēķins" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Nodokļu kontroles rēķins'!$A$2:$G$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3769" uniqueCount="2651">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3888" uniqueCount="2738">
   <si>
     <t>Nodokļu kontroles rēķins</t>
   </si>
   <si>
     <t>Saīsinājumi:
 VSAOI - valsts sociālās apdrošināšanas obligātās iemaksas
 IIN - iedzīvotāju ienākuma nodoklis
 PVN - pievienotās vērtības nodoklis
 MUN - mikrouzņēmuma nodoklis
 AN - akcīzes nodoklis</t>
   </si>
   <si>
     <t>Adresāts</t>
   </si>
   <si>
     <t>Reģ.nr.</t>
   </si>
   <si>
     <t>Spēkā stāšanās datums</t>
   </si>
   <si>
     <t>Pārkāpuma būtība</t>
   </si>
   <si>
     <t>Piemērotā atbildība/sods/uzrēķins</t>
@@ -6891,78 +6891,66 @@
   <si>
     <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punktu, 29. panta otro un trešo daļa,likuma “Par valsts sociālo apdrošināšanu”  14. panta 12.1. daļa.</t>
   </si>
   <si>
     <t>SIA “PLINT”</t>
   </si>
   <si>
     <t>08.04.2025.</t>
   </si>
   <si>
     <t>SIA “PLINT” četriem darba ņēmējiem ir veikusi darba algas izmaksu, kas nav atspoguļota uzņēmuma grāmatvedībā 11.2023. un 07.2024., tādējādi iesniegtajos darba devēja ziņojumos nav deklarēta darba alga un no tās aprēķinātie algas nodokļi.</t>
   </si>
   <si>
     <t xml:space="preserve">SIA “PLINT” budžetā noteikts iemaksāt 2 007,02 EUR, tai skaitā:
 -	VSAOI 1 087,02 EUR;
 - VSAOI nokavējuma nauda 202,91 EUR;
 - IIN 603,85 EUR;
 - IIN nokavējuma nauda 113,24 EUR.
 </t>
   </si>
   <si>
     <t xml:space="preserve">Likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.7 daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 31. panta pirmā daļa.
 </t>
   </si>
   <si>
-    <t>SIA “TOP GRUPA”</t>
-[...13 lines deleted...]
-  <si>
     <t>SIA “SMARRT”</t>
   </si>
   <si>
     <t>14.04.2025.</t>
   </si>
   <si>
     <t>Ar PVN apliekamo sniegto pakalpojumu kopējā vērtība pārsniedza Pievienotās vērtības nodokļa likumā noteikto neapliekamo vērtību (40 000 EUR), bet komercsabiedrība savlaicīgi nav reģistrējusies VID PVN maksātāju reģistrā un valsts budžetā nav aprēķinājusi un nav iemaksājusi PVN no summas, kas pārsniedz likumā noteikto reģistrācijas slieksni.
 SIA “SMARRT” neatsaucās uz VID paziņojumā izteikto aicinājumu labprātīgi aprēķināt un veikt PVN nomaksu valsts budžetā.</t>
   </si>
   <si>
     <t>SIA “SMARRT” noteikts pienākums 30 dienu laikā no nodokļu kontroles rēķina paziņošanas dienas iemaksāt budžetā 5431,71  EUR, tai skaitā:
 - PVN 4 513,26 EUR;
 - nokavējuma nauda 918,45 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts. Pievienotās vērtības nodokļa likuma 34. panta desmitā daļa, 84. panta pirmā daļa, 117. panta astotā daļa, 118. panta desmitā daļa, 119. panta otrā daļa.</t>
   </si>
   <si>
     <t>SIA "EcoOil"</t>
   </si>
   <si>
     <t>22.04.2025.</t>
   </si>
   <si>
     <t>Nepamatoti palielinātas ar saimniecisko darbības saistītās izmaksas. 
 90 dienu laikā pēc izslēgšanas no VID PVN maksātāju reģistra, nav aprēķināts un iemaksāts valsts budžetā PVN, kas aprēķināts no izslēgšanas dienā grāmatvedības uzskaitē esošo krājumu vērtības.</t>
   </si>
   <si>
     <t>Budžetā noteikts iemaksāt 100 223,62  EUR, t.sk. _x000D_
 - UIN 22 120,00 EUR,_x000D_
 - nokavējuma nauda 8848,00 EUR;_x000D_
 - PVN 78 103,62 EUR.</t>
   </si>
   <si>
     <t>1) Pievienotās vērtības nodokļa likuma 70.panta pirmās daļas 9.punkts, 92.panta pirmās daļas 1.un 5.punkts, 97.panta otrā daļa, 104.panta trešā daļa, 118.panta devītā daļa, 121.panta pirmā daļa, 125.panta pirmā daļa.
 2) Uzņēmumu ienākuma nodokļa likuma 4. panta otrās daļas 2. punkta “a” apakšpunkts, 8. panta pirmā un otrās daļas 2. punkts.
 3) Likuma “Par nodokļiem un nodevām 7.3 pants, 15.panta pirmās daļas 1. un 2.punkts, 23. panta piektā daļa, 34.1. panta pirmās daļas 5.punkts. </t>
   </si>
   <si>
     <t>SIA “ Leorius”</t>
   </si>
@@ -6994,69 +6982,50 @@
 - VSAOI 1553,60 EUR;
 - nokavējuma nauda 130,12 EUR;
 - IIN 437,00 EUR;
 - nokavējuma nauda 55,45 EUR.</t>
   </si>
   <si>
     <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, Pievienotās vērtības nodokļa likuma 34. panta desmitā daļa, 84. panta pirmā daļa, 117. panta astotā daļa, 118. panta desmitā daļa, 119. panta otrā daļa, likuma “Par valsts sociālo apdrošināšanu” 1. panta 2. punkta "m" apakšpunkts, 14. panta pirmā daļa un 12.1 daļa, 18. panta pirmā daļa, likuma ”Par iedzīvotāju ienākuma nodokli” 8. panta 2.9 daļa.</t>
   </si>
   <si>
     <t>SIA “WEST”</t>
   </si>
   <si>
     <t>Nav veikta reģistrācija VID PVN maksātāju reģistrā, sasniedzot reģistrācijas slieksni 50 000 EUR. Nodarbinātajām personām nav aprēķināta darba alga par nostrādātajām stundām, nav reģistrēti kā darba ņēmēji.</t>
   </si>
   <si>
     <t>Budžetā noteikts iemaksāt 3237,38 EUR, t. sk.
 - PVN 946,19 EUR;
 - nokavējuma nauda 34,59;
 - VSAOI 2097,84 EUR;
 - nokavējuma nauda 158,76.</t>
   </si>
   <si>
     <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, Pievienotās vērtības nodokļa likuma 34. panta desmitā daļa, 84. panta pirmā daļa, 117. panta astotā daļa, 118. panta desmitā daļa, 119. panta otrā daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, 18. panta pirmā daļa, 20.panta pirmā daļa.</t>
   </si>
   <si>
-    <t>SIA “TLV77”</t>
-[...17 lines deleted...]
-  <si>
     <t xml:space="preserve"> SIA "POLONES SERVICE"</t>
   </si>
   <si>
     <t>28.04.2025.</t>
   </si>
   <si>
     <t>Nav veikta reģistrācija VID PVN maksātāju reģistrā, sasniedzot reģistrācijas slieksni 40 000 EUR. Nodarbinātajām personām nav aprēķināta darba alga par faktiski nostrādātajām stundām.</t>
   </si>
   <si>
     <t>Budžetā noteikts iemaksāt 6799,76 EUR, t. sk.
 - PVN 5086,22 EUR;
 - nokavējuma nauda 1509,61 EUR;
 - VSAOI 151,06 EUR;
 - nokavējuma nauda 52,87 EUR.</t>
   </si>
   <si>
     <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, Pievienotās vērtības nodokļa likuma 34. panta desmitā daļa, 84. panta pirmā daļa, 117. panta astotā daļa, 118. panta desmitā daļa, 119. panta otrā daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, 18. panta pirmā daļa, 20. panta pirmā daļa.</t>
   </si>
   <si>
     <t>SIA “ Brigada Pro”</t>
   </si>
   <si>
     <t xml:space="preserve">SIA “Brigada Pro” izvairījās no PVN nodokļa maksāšanas par veiktajiem darījumiem, kuru vērtība pārsniedz 40 000,00 EUR [skat. paziņojumu]. SIA “Brigada Pro” aprēķināts PVN 3 567,74 EUR un nokavējuma nauda 913,34 EUR </t>
   </si>
   <si>
@@ -7125,55 +7094,61 @@
 Veikti ar uzņēmuma saimniecisko darbību nesaistīti darījumi, par kuriem nav aprēķināts UIN._x000D_
 _x000D_
 PVN deklarācijās nav deklarēti nodokļu maksātāja veiktie darījumi un nav aprēķināts PVN.</t>
   </si>
   <si>
     <t>Noteikts samazināt no budžeta atmaksājamo PVN 2512,88 EUR. 
 Budžetā noteikts iemaksāt 20 639,80 EUR, t.sk:
 -PVN 6913,83 EUR;
 -nokavējuma nauda 1397,17 EUR;
 -UIN 9543,00 EUR;
 -nokavējuma nauda 2785,80 EUR.</t>
   </si>
   <si>
     <t xml:space="preserve">1) Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa._x000D_
 2) Pievienotās vērtības nodokļa likuma 5. panta pirmā daļa, 34. panta pirmā daļa, 92. panta pirmā daļa._x000D_
 3) Uzņēmumu ienākuma nodokļa likuma 3. panta pirmā un otrā daļa, 4. panta otrās daļas 2. punkta “a” apakšpunkts, 8. panta pirmā un otrā daļa._x000D_
 4) Grāmatvedības likuma 6. panta otrā daļa. </t>
   </si>
   <si>
     <t xml:space="preserve"> SIA "ASALT" </t>
   </si>
   <si>
     <t>02.05.2025.</t>
   </si>
   <si>
+    <t>Nodarbinātajām personām darba alga nav aprēķināta par faktiski nostrādātajām stundām, nav aprēķināti nodokļi no valdes locekļa domājamā ienākuma.</t>
+  </si>
+  <si>
     <t>Budžetā noteikts iemaksāt 2839,52 EUR, t. sk.:
 - VSAOI 1816,77 EUR;
 - nokavējuma nauda 282,87 EUR;
 - IIN 644,00 EUR;
 - nokavējuma nauda 95,88.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, 18. panta pirmā daļa, 20. panta pirmā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.9. daļa.</t>
   </si>
   <si>
     <t>SIA "BLURS"</t>
   </si>
   <si>
     <t>Nav veikta reģistrācija VID PVN maksātāju reģistrā, sasniedzot reģistrācijas slieksni 50 000,00 EUR. Nodarbinātajām personām darba alga nav aprēķināta par faktiski nostrādātajām stundām, nav aprēķināti nodokļi no valdes locekļa domājamā ienākuma.</t>
   </si>
   <si>
     <t>Budžetā noteikts iemaksāt 5416,76 EUR, tai sk.:
 - PVN 597,03 EUR;
 - nokavējuma nauda 36,12 EUR;
 - VSAOI 2775,79 EUR;
 - nokavējuma nauda 359,18 EUR;
 - IIN 1449,00 EUR
 - nokavējuma nauda 199,64 EUR.</t>
   </si>
   <si>
     <t>SIA “VĪTIŅI L”</t>
   </si>
   <si>
     <t>PVN deklarācijās atskaitīts priekšnodoklis par nenotikušiem darījumiem. 
 Nodarbinātajām personām nav aprēķināts iedzīvotāju ienākuma nodoklis.</t>
   </si>
   <si>
     <t>Par periodu no 2022. gada maija līdz 2023. gada maijam papildus budžetā aprēķināts 52619,69 EUR, t.sk.:
@@ -7286,50 +7261,53 @@
   <si>
     <t>Ar PVN apliekamo sniegto pakalpojumu kopējā vērtība pārsniedza Pievienotās vērtības nodokļa likumā noteikto neapliekamo vērtību (50 000 EUR), bet komercsabiedrība savlaicīgi nav reģistrējusies VID PVN maksātāju reģistrā un valsts budžetā nav aprēķinājusi un nav iemaksājusi PVN no summas, kas pārsniedz likumā noteikto reģistrācijas slieksni. SIA “SINA”  neatsaucās uz VID paziņojumā izteikto aicinājumu labprātīgi aprēķināt un veikt PVN nomaksu valsts budžetā.</t>
   </si>
   <si>
     <t>SIA “SINA” noteikts pienākums 30 dienu laikā no nodokļu kontroles rēķina paziņošanas dienas iemaksāt budžetā 2 362,29 EUR, tai skaitā: SIA “SINA” noteikts pienākums 30 dienu laikā no nodokļu kontroles rēķina paziņošanas dienas iemaksāt budžetā 2 362,29 EUR, tai skaitā:
 - PVN 2 280,78 EUR;
 - nokavējuma nauda 81,51 EUR.</t>
   </si>
   <si>
     <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts. Pievienotās vērtības nodokļa likuma 34. panta desmitā daļa, 84. panta pirmā daļa, 117. panta astotā daļa, 118. panta desmitā daļa, 119. panta otrā daļa</t>
   </si>
   <si>
     <t xml:space="preserve"> SIA "BLAV"</t>
   </si>
   <si>
     <t>SIA “BLAV” neaprēķināja un neiemaksāja valsts budžetā PVN par priekšnodoklī atskaitītiem darījumiem, par kuriem nav pierādījusi sasaisti ar uzņēmuma saimniecisko darbību un PVN apliekamiem darījumiem,  neaprēķināja un neiemaksāja valsts budžetā UIN par 2023. gada februāri, martu, aprīli, jūniju, jūliju un augustu ar saimniecisko darbību nesaistītiem izdevumiem,  neaprēķināja un neiemaksāja valsts budžetā VSAOI un IIN no valdes locekļa domājamā jeb nosacītā ienākuma .</t>
   </si>
   <si>
     <t xml:space="preserve">SIA “BLAV” noteikts pienākums 30 dienu laikā no nodokļu kontroles rēķina paziņošanas dienas iemaksāt valsts budžetā: PVN 668,19 EUR un nokavējuma naudu 195,82 EUR, UIN 795,25 EUR un nokavējuma naudu 236,81 EUR, VSAOI 843,20 EUR un nokavējuma naudu 158,86 EUR, IIN 713,00 EUR un nokavējuma nauda 177,24 EUR.   </t>
   </si>
   <si>
     <t>Likuma “Par nodokļiem un nodevām” 15. panta pirmās daļu, 23. panta 5.2 daļas 3. punktu, 29. panta otro un trešo daļu, Pievienotās vērtības nodokļa likuma 84. panta pirmo daļu, 92. panta pirmo daļu;  Uzņēmumu ienākuma nodokļa likuma 2. panta pirmo daļu, 3. panta pirmo un otro daļu, 4. panta otro un devīto daļu, 8. panta pirmo daļu un otrās daļas 2. punktu, 17. panta pirmā daļa, likuma “Par valsts sociālo apdrošināšanu” 1. panta 2. punkta “m” apakšpunktu, 14. panta 121 daļu, 21. panta pirmo daļu, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.9 daļu.</t>
   </si>
   <si>
     <t>SIA  "KEROB"</t>
+  </si>
+  <si>
+    <t>08.05.2025.</t>
   </si>
   <si>
     <t>Nav aprēķināti nodokļi no valdes locekļa domājamā ienākuma.</t>
   </si>
   <si>
     <t>Budžetā noteikts iemaksāt 1192,92 EUR, t. sk.:
 - VSAOI 899,98 EUR;
 - nokavējuma nauda 109,48 EUR;
 - IIN 161,00 EUR;
 - nokavējuma nauda 22,46 EUR.</t>
   </si>
   <si>
     <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta 12.1 daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.9 daļa.</t>
   </si>
   <si>
     <t>SIA “W30”</t>
   </si>
   <si>
     <t>Budžetā noteikts iemaksāt 2659,03 EUR, t. sk.:
 - VSAOI 1354,56 EUR;
 - nokavējuma nauda 65,92 EUR;
 - IIN 1182,40 EUR;
 - nokavējuma nauda 56,15 EUR</t>
   </si>
   <si>
@@ -10208,63 +10186,437 @@
     <t>Budžetā noteikts iemaksāt 17469,44 EUR, t. sk.:_x000D_
 - VSAOI 15937,60 EUR;_x000D_
 - nokavējuma nauda 1142,27 EUR;_x000D_
 - IIN 377,40 EUR;_x000D_
 - nokavējuma nauda 12,17 EUR.</t>
   </si>
   <si>
     <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.9 daļa, likuma “Par valsts sociālo apdrošināšanu” 12. panta pirmā daļa, 14. panta pirmā un 12.1 daļa, 18. panta pirmā daļa.</t>
   </si>
   <si>
     <t>SIA "Būvnieks PJ"</t>
   </si>
   <si>
     <t>Nodarbinātajām personām nav aprēķināta darba alga par faktiski nostrādātajām stundām. Nav aprēķināti nodokļi no darbiniekiem faktiski izmaksātajām darba algām un no valdes locekļa domājamā ienākuma.</t>
   </si>
   <si>
     <t>Budžetā noteikts iemaksāt 51990,18 EUR, t. sk.:_x000D_
 - VSAOI 29903,00 EUR;_x000D_
 - nokavējuma nauda 1216,60 EUR;_x000D_
 - IIN 20054,67 EUR;_x000D_
 - nokavējuma nauda 815,91 EUR.</t>
   </si>
   <si>
     <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā un 12.1 daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, likuma "Par iedzīvotāju ienākuma nodokli" 8. panta 2.9 daļa, 16.1 panta pirmā daļa, 29. panta  pirmās daļas 1. punkts.</t>
   </si>
+  <si>
+    <t xml:space="preserve">SIA "NIKASERVISS" </t>
+  </si>
+  <si>
+    <t>23.09.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Periodā no 2022. gada novembra līdz 2025. gada februārim grāmatvedības reģistros iegrāmatotas ar saimniecisko darbību nesaistītas izmaksas par ko papildus nomaksai valsts budžetā aprēķināms UIN un PVN. Periodā no 2023. gada oktobra līdz 2024. gada aprīlim algota darba ienākumam pielīdzināms izsniegtais avanss, par kuru nav veikts norēķins, tādējādi pilnā apmērā nav deklarēti un aprēķināti nodokļi no darba ienākumiem – VSAOI un IIN. </t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 14 053,15 EUR.t.sk.:
+ -UIN 4 985,00 EUR un nokavējuma nauda 1 377,42 EUR;
+ -PVN 2 158,43 EUR un nokavējuma nauda 822,59 EUR;
+ -VSAOI 2 331,42 EUR un nokavējuma nauda 588,28 EUR;
+ -IIN 1 429,36 EUR un nokavējuma nauda 360,66 EUR.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Likuma “Par nodokļiem un nodevām” 15. panta pirmās daļas 1.  un 2. punkts, 23. panta 5.2 daļas 3. punkts, Uzņēmumu ienākuma nodokļa likuma 3. panta pirmā un otrā daļa, 4. panta pirmā daļa, otrās daļas 2. punkta “a” apakšpunkts, devītā daļa, 8. panta pirmā daļa, otrās daļas 1. un 2. punkts, 17. panta pirmā un septītā daļa, Pievienotās vērtības nodokļa likuma 92. panta pirmās daļas 1. punkts, Grāmatvedības likuma 6. panta otrā un ceturtā daļa, 8. panta pirmā un otrā daļa, Darba likuma 59. pants, likuma “Par valsts sociālo apdrošināšanu” 5. panta pirmā un ceturtā daļa, 13. panta otrā un sestā daļa, 14. panta pirmā daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 21. panta pirmā un otrā daļa, 23. panta pirmā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 3. panta pirmā daļa, 4. panta pirmās daļas 1. punkts, 8. panta otrā daļa, 8. panta 2.7 un 2.8  daļa, 15. panta piecpadsmitā daļa un septiņpadsmitā daļa (piemērojama līdz 31.12.2024., 16.1 panta pirmā daļa, 17. panta piektās daļas 3. punkts. 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SIA "KONSTRUKTA"</t>
+  </si>
+  <si>
+    <t>24.09.2025.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 2169,84 EUR, t. sk.:
+- VSAOI 1206,49 EUR;
+- nokavējuma nauda 189,29 EUR;
+- IIN 671,70 EUR;
+- nokavējuma nauda 102,36 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.9 daļa, likuma “Par valsts sociālo apdrošināšanu” 1. panta 2. punkta "m" apakšpunkts, 14. panta pirmā un 12.1 daļa, 18. panta pirmā daļa.</t>
+  </si>
+  <si>
+    <t>SIA “TOPO BŪVE”</t>
+  </si>
+  <si>
+    <t>1. 2023. gada janvārī – aprīlī un augustā - decembrī tika nepamatoti aprēķināta komandējuma dienas nauda par komandējumiem Latvijā, rezultātā aprēķinātas VSAOI un IIN.
+2. 2023. gada janvārī – novembrī darbiniekiem nepamatoti aprēķinātā komandējuma dienas nauda par nosūtīšanu uz Vāciju, rezultatā aprēķinātas VSAOI un IIN.
+3. 2023. gada janvārī – 2024. gada februārī darbiniekiem, kuri tika nosūtīti darbu veikšanai Vācijā, darba alga nav aprēķināta atbilstoši Vācijā noteiktajai minimālajai stundas tarifa likmei.
+2023. gada februārī - 2024. gada janvārī darbiniekiem nav aprēķināta piemaksa par virsstundu darbu, darbu nakts stundās un svētku dienās un aprēķinātā alga neatbilst darba līgumu nosacījumiem, konstatētas neatbilstības starp aprēķināto un darba devēju ziņojumos deklarēto darba algu, tādējādi darba alga darbiniekiem nav aprēķināta pilnā apmērā, un nav veiktas VSAOI un IIN pilnā apmērā.
+4. Veikti maksājumi par ar uzņēmuma saimniecisko darbību nesaistītajiem darījumiem 2022. gada augustā un septembrī, 2023. gada martā, augustā un septembrī, kas faktiski nav notikuši un par kuriem nav aprēķināts UIN. </t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 131216,83 EUR.t.sk.:
+ - VSAOI 47881,23 EUR,
+ - nokavējuma nauda 17344,90 EUR;
+ -  IIN 23484,29 EUR,
+- nokavējuma nauda 8621,00 EUR;  
+ -  UIN 24550,00 EUR,
+- nokavējuma nauda 9335,41 EUR;  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grāmatvedības likuma 6. panta otrā, trešā un ceturtā daļa, 8. panta pirmā un otrā daļa, 11. panta pirmā un piektā daļa, Pievienotās vērtības nodokļa likuma 92. panta pirmās daļas 5. punkts, 97. panta pirmā daļa, 125. panta pirmā un ceturtā daļa, Uzņēmumu ienākuma nodokļa likuma 4. panta otrās daļas 2. punkta a) apakšpunkts, 8. panta otrās daļas 2. punkts, 17. panta pirmā un septītā daļa, Ministru kabineta 12.10.2010. noteikumu Nr. 969 “Kārtība, kādā atlīdzināmi ar komandējumiem saistītie izdevumi” 2.1. un 21.1. apakšpunkts, Gada pārskatu un konsolidēto gada pārskatu likuma 14. panta pirmās daļas 9. punkts, Darba likuma 14.2 pants, 14. panta pirmā un otāo daļa, 14. panta 2.5 daļa, 18. panta ceturtā daļa, 28. pants, 61. panta ceturtā daļa, 74. panta otrā un trešā daļa, 137. panta pirmā daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, 17. panta piektās daļas 3. punkts, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 21. panta pirmā un otrā daļa, 23. panta pirmā daļa, 29. panta pirmās daļas 1. punkts, likuma “Par iedzīvotāju ienākuma nodokli” 15. panta trešā daļa un septiņpadsmitā daļa, 16.1 panta pirmā daļa, 17. panta pirmā daļa un piektās daļas 3. punkts, 29. panta pirmās daļas 1. punkts, likuma “Par nodokļiem un nodevām” 15. panta pirmās daļas 1. un 2. punktu,  23. panta piektā daļa, 5.2 daļas 3. punkts, 115. panta pirmā, otrā un trešā daļa. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “ETRADING” </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nav veikta reģistrācija VID PVN maksātāju reģistrā, sasniedzot reģistrācijas slieksni 40 000 EUR._x000D_
+_x000D_
+Veikti ar uzņēmuma saimniecisko darbību nesaistīti darījumi, par kuriem nav aprēķināts UIN._x000D_
+_x000D_
+Nav deklarēti darba ņēmēji un nav aprēķināti darba ņēmēju darba ienākumi un ar tiem saistītie nodokļi._x000D_
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budžetā noteikts iemaksāt 160 563,07 EUR, t.sk.:_x000D_
+- PVN 52 179,77 EUR;_x000D_
+- nokavējuma nauda 10 925,29 EUR;_x000D_
+- UIN 10 613,00 EUR; _x000D_
+- nokavējuma nauda 3216,14 EUR;_x000D_
+- VSAOI 40 836,51 EUR;_x000D_
+- nokavējuma nauda 11 170,36 EUR;_x000D_
+- IIN 24 828,10 EUR;_x000D_
+- nokavējuma nauda 6793,90 EUR._x000D_
+</t>
+  </si>
+  <si>
+    <t>1) Likuma “Par nodokļiem un nodevām” 15. panta pirmās daļas 1. punkts, 2. punkts, 4. punkts, 5. punkts un 11. punkts, 23. panta piektā daļa, 23. panta sestās daļas 1. punkts, 4.  5. un 9. punkts, 23. panta septītās daļas 2. punkts, 29. panta trešā daļa.
+2) Pievienotās vērtības nodokļa likuma 5. panta pirmās daļas 2. punkts, 31. panta pirmā daļa, 34. panta 10. daļa, 41. panta pirmās daļas 1. punkts, 59. panta otrā daļa, 84. panta pirmā daļa, 11. daļa, 118. panta pirmā daļa, 119. panta pirmā daļa, otrā daļa, piektā daļa. 3) Uzņēmumu ienākuma nodokļa likuma 3. panta pirmā, otrā daļa, 4. panta devītā daļa, 8. panta otrās daļas 2. punkts, 17. panta pirmā, septītā daļa.
+4) Likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, 18. panta pirmā daļa, 20. panta  pirmā, otrā daļa, 21. panta pirmā, otrā daļa, 23. panta pirmā daļa.
+5) Likuma “Par iedzīvotāju ienākuma nodokli” 8. panta otrā daļa, 15. panta septiņpadsmitā daļa, 16. panta pirmās daļas 1. punkts.</t>
+  </si>
+  <si>
+    <t>SIA “Acteks DM”</t>
+  </si>
+  <si>
+    <t>01.10.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Veikti ar uzņēmuma saimniecisko darbību nesaistīti darījumi, par kuriem nav aprēķināts UIN.
+Kapitālsabiedrības valdes loceklim nav aprēķināta minimālā mēneša alga.
+</t>
+  </si>
+  <si>
+    <t> Budžetā noteikts iemaksāt 218 801,24 EUR, t.sk.:
+- UIN 163 651,75  EUR; 
+- nokavējuma nauda 54 546,91 EUR;
+- VSAOI 336,90 EUR;
+- nokavējuma nauda 58,40 EUR;
+- IIN 176,89 EUR;
+- nokavējuma nauda 30,39 EUR.</t>
+  </si>
+  <si>
+    <t>1) Likuma “Par nodokļiem un nodevām” 23.panta 5.2 daļas 3.punkts. 
+2) Pievienotās vērtības nodokļa likuma 92.panta pirmās daļas 1. punkts. 
+3) Uzņēmumu ienākuma nodokļa likuma 4.panta otrās daļas 2.punkta “a” apakšpunkts, 8.panta pirmā daļa.
+4) Grāmatvedības likuma 6. un 8. pants.
+5) Likuma “Par valsts sociālo apdrošināšanu” 1.panta 2.daļas “m” apakšpunkts un 14.panta 12.1 daļa.</t>
+  </si>
+  <si>
+    <t>SIA “Sils AM”</t>
+  </si>
+  <si>
+    <t>Nav aprēķinātas valsts sociālās apdrošināšanas obligātās iemaksas un iedzīvotāju ienākuma nodoklis par saņemtajiem personāla nomas pakalpojumiem no ārvalstu uzņēmuma.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budžetā noteikts iemaksāt 179 704,18 EUR, tai skaitā:
+- VSAOI 85 283,19 EUR;
+-nokavējuma nauda 26 120,98 EUR;
+- IIN 52 285,68 EUR;
+- nokavējuma nauda 16 014,33 EUR. 
+</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā, trešā un septītā daļa,  likuma “Par iedzīvotāju ienākuma nodokli” , 17.1 panta pirmā, otrā, trešā un ceturtā daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, 16. panta otrā daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 21. panta pirmā daļa, 23. panta pirmā daļa.</t>
+  </si>
+  <si>
+    <t>SIA “Ideju Galvaspilsēta”</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budžetā noteikts iemaksāt 129 069,72  EUR, tai skaitā:
+- VSAOI 65 611,18 EUR;
+-nokavējuma nauda 14 403,15 EUR;
+- IIN 40 225,10 EUR;
+- nokavējuma nauda 8 830,29 EUR.
+</t>
+  </si>
+  <si>
+    <t>SIA “MS OZOLS”</t>
+  </si>
+  <si>
+    <t>02.10.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budžetā noteikts iemaksāt 290 508,61 EUR, tai skaitā:
+- VSAOI 147 394,58 EUR;
+- nokavējuma nauda 32 700,68 EUR;
+- IIN 90 365,12 EUR;
+- nokavējuma nauda 20 048,23 EUR.
+</t>
+  </si>
+  <si>
+    <t>SIA “DS FOREST”</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budžetā noteikts iemaksāt 180 468,44 EUR, tai skaitā:
+- VSAOI 86 342,73 EUR;
+- nokavējuma nauda 25 535,25 EUR;
+- IIN 52 935,25 EUR;
+- nokavējuma nauda 15 655,21 EUR.
+</t>
+  </si>
+  <si>
+    <t>Bērnu un jauniešu tenisa atbalsts biedrība</t>
+  </si>
+  <si>
+    <t>06.10.2025.</t>
+  </si>
+  <si>
+    <t>2022. un 2023.gadā organizētās tenisa nodarbības bērniem un jauniešiem par maksu ir uzskatāmas par interešu izglītību un saņemtā maksa par treniņu nodarbībām tenisā ir kvalificējama par ieņēmumiem no saimnieciskās darbības, kas ir apliekama ar PVN. Atbilstoši iesniegtajiem uzņēmuma gada pārskatiem biedrības ieņēmumi no saimnieciskās darbības 2022. gadā bija 113 432,00 EUR un 2023. gadā – 142 265,00 EUR. Tātad biedrības ar PVN apliekamo darījumu vērtība 12 mēnešu periodā (2022. gada decembrī) pārsniedza 40 000,00 EUR. Tādējādi biedrībai bija pienākums reģistrēties VID PVN maksātāju reģistrā un no 40 000,00 EUR ar PVN apliekamo darījumu pārsnieguma aprēķināt un iemaksāt valsts budžetā PVN, to iekļaujot pārsnieguma vērtībā.</t>
+  </si>
+  <si>
+    <t>noteikts budžetā maksājamais PVN 33 743,97 EUR un  nokavējuma nauda 8738,47 EUR.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pievienotās vērtības nodokļa likuma 34. panta desmitā daļa (spēkā līdz 31.12.2024.), 41. panta pirmās daļas 1.punkts, 52.panta pirmās daļas 12.punkts, 119. panta pirmā daļa, kā arī likuma “Par nodokļiem un nodevām” 23. panta septītās daļas 2. punkts un 29. panta otrā daļa._x000D_
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “7 Figures”
+</t>
+  </si>
+  <si>
+    <t>16.10.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Administratīvā pārkāpuma lietā konstatēts, ka SIA “7 Figures” ir pārkāpusi akcīzes preču aprites kārtību, kas attiecīgi ietekmē valsts budžetā maksājamā akcīzes nodokļa apmēru. </t>
+  </si>
+  <si>
+    <t>noteikts budžetā maksājamais akcīzes nodoklis 305 898,54 EUR un nokavējuma nauda 77 851,18 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.² daļas 3. punkts, 23. panta panta 5.4 daļa, 29. panta otrā daļa, Likuma “Par akcīzes nodokli” 2. panta 1.2 un 1.3 daļas 2. punkts, 4.1 panta pirmā daļa, 4.2 pants,  13.1 pants un 13.2 pants (spēkā esošajā redakcijā no 2023. gada 13. februāra līdz 2024. gada 29. februārim), 22. panta pirmā daļa, 33. panta piektā, astotā daļa, devītā</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “AUTOBALTIJA MOTORS” _x000D_
+</t>
+  </si>
+  <si>
+    <t>2022.gada jūlijā septembrī 3 lietotus transportlīdzekļus fiziskām personām, nepamatoti piemērojot šiem darījumiem Pievienotās vērtības nodokļa likuma 138. pantā noteikto īpašo PVN piemērošanas režīmu,bez tam 2023.gada jūlijā noformējot un iegrāmatojot dokumentus par faktiski neesošu darījumu ar Lietuvā reģistrētu komersantu, nepamatoti piemēroja PVN 0 % likmi. </t>
+  </si>
+  <si>
+    <t>papildu nomaksai budžetā noteikts PVN 13 850,19 EUR un nokavējuma naudu 4768,96 EUR</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un septītā daļa, Pievienotās vērtības nodokļa likuma 34. panta pirmā daļa, 41. panta pirmās daļas 1. punkts, 43. panta ceturtās daļas 1. un 2. punkts,138. pants </t>
+  </si>
+  <si>
+    <t>2024. gada janvārī un martā PVN deklarācijās atskaitīja priekšnodokli par preču iegādi no Latvijas un Dānijas uzņēmuma. Lietā nav gūts apstiprinājums no Latvijas uzņēmuma iegādāto preču (logi un durvis) izmantošanai komercsabiedrības saimnieciskajā darbībā ar PVN apliekamu darījumu nodrošināšanai, kas dod tiesības atskaitīt priekšnodokli, un ir apstrīdama darījuma ar Dānijas uzņēmumu faktiskā esība (apkures sistēmas iegāde). Pie lietā konstatētajiem apstākļiem noformēto iegādes preču vērtība kvalificējama kā ar saimniecisko darbību nesaistītie izdevumi, palielinot ar UIN apliekamo bāzi no nosacīti sadalītās peļņas. </t>
+  </si>
+  <si>
+    <t>noteikts budžetā maksājamais PVN 6021,75 EUR un PVN nokavējuma nauda 1229,94 EUR, UIN 18 419,80 EUR un UIN nokavējuma nauda 3928,20 EUR.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "AZCON"
+</t>
+  </si>
+  <si>
+    <t>17.09.2025.</t>
+  </si>
+  <si>
+    <t>2023. gada jūnijā–septembrī grāmatvedības uzskaitē uzrādīja faktiski nenotikušus pakalpojumu iegādes darījumus ar ārvalstu uzņēmumiem. Pie lietā konstatētajiem apstākļiem minēto noformēto un iegrāmatoto pakalpojumu iegādes vērtība kvalificējama kā ar saimniecisko darbību nesaistītie izdevumi, palielinot ar UIN apliekamo bāzi no nosacīti sadalītās peļņas.</t>
+  </si>
+  <si>
+    <t>papildu nomaksai budžetā noteikts UIN 36 597,00 EUR un aprēķināta nokavējuma nauda 11 563,76 EUR.</t>
+  </si>
+  <si>
+    <t>Uzņēmumu ienākuma nodokļa 4. panta pirmā un otrā daļa, 8. panta pirmā daļa un otrās daļas 2. punkts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “VITIGO”_x000D_
+</t>
+  </si>
+  <si>
+    <t>25.09.2025.</t>
+  </si>
+  <si>
+    <t>2025. gada martā un aprīlī grāmatvedības uzskaitē iegrāmatotie uzņēmuma pirkšanas akti nav atzīstami par grāmatvedības attaisnojuma dokumentiem Grāmatvedības likuma 11. panta pirmās daļas izpratnē. Tādējādi SIA “VITIGO” atbilstoši uzņēmuma pirkšanas aktiem veiktie maksājumi skaidrā naudā ir kvalificējami kā ar saimniecisko darbību nesaistītie izdevumi, palielinot ar UIN apliekamo bāzi</t>
+  </si>
+  <si>
+    <t>noteikts budžetā maksājamais UIN 5538,00 EUR un nokavējuma nauda 44,45 EUR.</t>
+  </si>
+  <si>
+    <t>Uzņēmumu ienākuma nodokļa likuma 4. panta pirmā daļa, otrās daļas 2. punkta “a” apakšpunkts un 8. panta pirmā un otrā daļa.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “EVO 5”_x000D_
+</t>
+  </si>
+  <si>
+    <t>30.09.2025.</t>
+  </si>
+  <si>
+    <t>neaprēķināja darba algu par visām taksometru vadītāju faktiski nostrādātajām stundām, tādējādi izvairoties no VSAOI maksāšanas. Turklāt SIA “EVO 5” neaprēķināja un nesamaksāja VSAOI un IIN no valdes locekļa domājamā ienākuma valstī noteiktās minimālās darba algas apmērā.</t>
+  </si>
+  <si>
+    <t>papildus aprēķināts VSAOI 2809,23 EUR un to nokavējuma nauda 221,63 EUR, IIN 1154,70 EUR un tā nokavējuma nauda 105,93 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punktu, 29. panta otro un trešo daļu, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.9 daļu un likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmo daļu un 12.1 daļu, 18. panta pirmo daļu, 20. panta pirmo daļu un 23. panta pirmo daļu.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “SHENFIS”
+</t>
+  </si>
+  <si>
+    <t>03.10.2025.</t>
+  </si>
+  <si>
+    <t>2024. gada augustā–novembrī darba ņēmējiem veikusi nepilnīgu darba laika uzskaiti, attiecīgi šajos mēnešos pilnā apmērā nav aprēķināta darba alga un no tās valsts budžetā pilnā apmērā nav aprēķinātas un iemaksātas VSAOI.</t>
+  </si>
+  <si>
+    <t>noteiktas budžetā maksājamās VSAOI 1024,01 EUR un nokavējuma nauda 99,56 EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Llikuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, 18. panta pirmā un otrā daļa, 20. panta pirmā un otrā daļa. </t>
+  </si>
+  <si>
+    <t>SIA "ALVEKO"</t>
+  </si>
+  <si>
+    <t>10.10.2025.</t>
+  </si>
+  <si>
+    <t> Nepamatoti atskaitīts priekšnodoklis, tādējādi samazināts valsts budžetā maksājamais PVN, papildus aprēķināts PVN par gūtajiem ieņēmumiem.Darījumi, kas nav saistīti ar saimniecisko darbību iekļaujami ar UIN apliekamājā bāzē,  palielinot UIN.</t>
+  </si>
+  <si>
+    <t>Samazināt no valsts budžeta atmaksājamo PVN 8446,59 EUR, papildus aprēķināt un iemaksāt valsts budžetā PVN 8743,28 EUR un nokavējuma naudu 1068,95 EUR. Papildus aprēķināts UIN 8522 EUR un nokavējuma nauda 1378,28 EUR.</t>
+  </si>
+  <si>
+    <t>Pamatojoties uz likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punktu, 29. panta otro un trešo daļu, Uzņēmuma ienākuma nodokļa likuma 2. panta 1. daļu, 4. panta 1. daļu un 2. daļas 2. punkta a) apakšpunktu, 8. panta 1. daļu un 2. daļas 2. punktu, Grāmatvedības likuma 8. panta pirmo un otro daļu, Pievienotās vērtības nodokļa likuma 84.panta 1. daļu, 92.panta 1. daļas 1. apakšpunktu, 32. panta 1. daļu un 2. daļu</t>
+  </si>
+  <si>
+    <t>SIA "EcoPark"</t>
+  </si>
+  <si>
+    <t>17.10.2025.</t>
+  </si>
+  <si>
+    <t>Nepamatoti palielinātas ar saimniecisko darbību saistītās izmaksas. _x000D_
+Veikti ar uzņēmuma saimniecisko darbību nesaistīti darījumi, par kuriem nav aprēķināts UIN.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 411 605,41 EUR, t.sk.:_x000D_
+- UIN 315 925,00 EUR;_x000D_
+- nokavējuma nauda _x000D_
+95 680,41 EUR.</t>
+  </si>
+  <si>
+    <t>1) Pievienotās vērtības nodokļa likums  92.panta pirmās daļas 1.punkts, 5.punkts, 97.panta otrā daļa, 121.panta pirmā daļa._x000D_
+2) Uzņēmumu ienākuma nodokļa likuma 4. panta otrās daļas 2. punkta “a” apakšpunkts, 8. panta pirmā un otrās daļas 2. punkts._x000D_
+3) Likuma “Par nodokļiem un nodevām 7.3 pants, 15.panta pirmās daļas 1. un 2.punkts, 23. panta četrpadsmitā daļa,_x000D_
+5.5 daļa._x000D_
+4) Grāmatvedības likuma  6. panta otrā un ceturtā daļa, 8. panta pirmā daļa.</t>
+  </si>
+  <si>
+    <t>BBC INVEST SIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15.10.2025._x000D_
+</t>
+  </si>
+  <si>
+    <t>Periodā no 2022. gada augusta līdz 2023. gada aprīlim BBC INVEST SIA grāmatvedības reģistros iegrāmatoja ar saimniecisko darbību nesaistītas izmaksas par ko papildus nomaksai valsts budžetā aprēķināms UIN.</t>
+  </si>
+  <si>
+    <t>Noteikts iemaksāt budžetā:   UIN 107834,00 EUR un nokavējuma nauda 43108,67 EUR</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 15. panta pirmās daļas 1.  un 2. punkts, 18. panta pirmās daļas 2. punkts, 23. panta piektā daļa un 5.2prim daļas 3. punkts, 23. panta sestās daļas 5.punkts, 23. panta četrpadsmitā daļa, 29. panta otrā, trešā un septītā daļa, 38. pants. Uzņēmumu ienākuma nodokļa likuma 3. panta pirmā un otrā daļa, 4. panta pirmā daļa, 4. panta otrās daļas 2. punkta “a apakšpunkts, 4. panta devītā daļa, 8. panta pirmā daļa un otrā daļa, 17. panta pirmā un septītā daļa. Ministru kabineta  13.02.2018.  noteikumu Nr. 93 “Noteikumi par uzņēmumu ienākuma nodokļa deklarācijā iekļaujamo informāciju” 2. punkts. Grāmatvedības likuma 6. panta otrā daļa un ceturtā daļa, 8. panta pirmā un otrā daļa, 11. panta pirmā un piektā daļa. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “LEROTS” </t>
+  </si>
+  <si>
+    <t>PVN deklarācijās pilnā apjomā nav uzrādīti ieņēmumi no preču realizācijas .</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budžetā noteikts iemaksāt: _x000D_
+5 986,08 EUR, t.sk. _x000D_
+- PVN 5 126,79 EUR;_x000D_
+- nokavējuma nauda 859,29 EUR. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1) Pievienotās vērtības nodokļa likuma 5.panta pirmās daļas 1.punkts._x000D_
+2) Likuma “Par nodokļiem un nodevām” 23. panta sestās daļas 5., 6.punkts un septītā daļa,  29. panta otrā daļa. </t>
+  </si>
+  <si>
+    <t>SIA “QLS LATVIJA”</t>
+  </si>
+  <si>
+    <t>Periodā no 2023. gada jūlija līdz decembrim nav deklarēti darba ienākumi un aprēķinātas VSAOI pilnā apmērā, veikti ar PVN apliekamie darījumi, par kuriem nav deklarēts PVN pilnā apmērā, grāmatvedības reģistros iegrāmati ar saimniecisko darbību nesaistīti darījumi, par kuriem nepamatoti atskaitīts priekšnodoklis un nav aprēķināts  UIN.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 7 409,61 EUR, tai skaitā:
+ - VSAOI 2 942,85 EUR un nokavējuma nauda 990,39 EUR;
+ -  PVN 2 421,86 EUR un nokavējuma nauda 801,84 EUR;
+ -  UIN 193,00 EUR un nokavējuma nauda 59,67 EUR.  </t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 15. panta pirmās daļas 1. un 2. punkts, 23. panta otrā daļa, 23. panta 5.5 daļa, 23. panta sestās daļas 5. punkts, 29. panta otrā un septītā daļa, likuma “Par valsts sociālo apdrošināšanu” 1. panta 2. punkta “a” apakšpunkts, 5. panta pirmā un ceturtā daļa, 13. panta otrā daļa, 14. panta pirmā daļa, 16. panta otrā daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 21. panta pirmā un otā daļa, 23. panta pirmā daļa, Pievienotās vērtības nodokļa likuma 5. panta pirmās daļas 2. punkts, 35. panta trešā daļa, 41. panta pirmās daļas 1. punkts un 2. punkta “a” apakšpunkts, 42. panta desmitā daļa, 84. panta pirmā daļa, 92. panta pirmā daļa, 117. panta pirmā daļa, 118. panta pirmā daļa, 119. panta pirmā daļa, 126. pants, Uzņēmumu ienākuma nodokļa likuma 3. panta pirmā un otrā daļa, 4. panta pirmā un devītā daļa, 4. panta otrās daļas 2. punkta “a” apakšpunkts, 8. panta pirmā daļa, 8. panta otrās daļas 1. un 2. punkts,17. panta pirmā un septītā daļa, Ministru kabineta 07.09.2010. noteikumu Nr. 827 “Noteikumi par valsts sociālās apdrošināšanas obligāto iemaksu veicēju reģistrāciju un ziņojumiem par valsts sociālās apdrošināšanas obligātajām iemaksām un iedzīvotāju ienākuma nodokli” 8.1. apakšpunkts</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -10399,175 +10751,175 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="42">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{16A88378-CB39-44A1-8A9D-9B24210459BD}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF0066"/>
       <color rgb="FFFF6699"/>
       <color rgb="FF97B7FF"/>
       <color rgb="FF002169"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -10616,91 +10968,91 @@
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="0"/>
           <a:ext cx="1301750" cy="1253954"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -10762,51 +11114,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -10904,17158 +11256,17420 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="A1:M855"/>
+  <dimension ref="A1:M853"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A620" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A628" sqref="A628"/>
+      <pane ySplit="2" topLeftCell="A646" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="K647" sqref="K647"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="22.140625" style="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="9.28515625" style="2"/>
+    <col min="1" max="1" width="22.109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="18.44140625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="16.33203125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="65.109375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="52.33203125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="17.5546875" style="2" customWidth="1"/>
+    <col min="7" max="7" width="76.109375" style="2" customWidth="1"/>
+    <col min="8" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="104.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:7" ht="104.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="40"/>
       <c r="C1" s="40"/>
       <c r="D1" s="40"/>
       <c r="E1" s="40"/>
       <c r="F1" s="41" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="41"/>
     </row>
-    <row r="2" spans="1:7" ht="43.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:7" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="3" spans="1:7" s="4" customFormat="1" ht="89.25" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" s="4" customFormat="1" ht="92.4" x14ac:dyDescent="0.3">
       <c r="A3" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="13">
         <v>45402006916</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="14" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="14" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="14" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="4" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A4" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="13">
         <v>40103316924</v>
       </c>
       <c r="C4" s="13" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="14" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F4" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="14" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="5" spans="1:7" ht="229.5" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:7" ht="264" x14ac:dyDescent="0.25">
       <c r="A5" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="13">
         <v>40203170709</v>
       </c>
       <c r="C5" s="13" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="10" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="15" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="6" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A6" s="12" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="13">
         <v>40003831156</v>
       </c>
       <c r="C6" s="13" t="s">
         <v>25</v>
       </c>
       <c r="D6" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>27</v>
       </c>
       <c r="F6" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="15" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="7" spans="1:7" ht="140.25" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A7" s="12" t="s">
         <v>29</v>
       </c>
       <c r="B7" s="13">
         <v>41203026677</v>
       </c>
       <c r="C7" s="13" t="s">
         <v>30</v>
       </c>
       <c r="D7" s="12" t="s">
         <v>31</v>
       </c>
       <c r="E7" s="12" t="s">
         <v>32</v>
       </c>
       <c r="F7" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="12" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="8" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
         <v>34</v>
       </c>
       <c r="B8" s="13">
         <v>40203383546</v>
       </c>
       <c r="C8" s="13" t="s">
         <v>30</v>
       </c>
       <c r="D8" s="10" t="s">
         <v>35</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>36</v>
       </c>
       <c r="F8" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="14" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="9" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A9" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B9" s="13">
         <v>40103617532</v>
       </c>
       <c r="C9" s="13" t="s">
         <v>39</v>
       </c>
       <c r="D9" s="14" t="s">
         <v>40</v>
       </c>
       <c r="E9" s="14" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="14" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="10" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
         <v>43</v>
       </c>
       <c r="B10" s="13">
         <v>40003518244</v>
       </c>
       <c r="C10" s="13" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>45</v>
       </c>
       <c r="E10" s="14" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G10" s="14" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="11" spans="1:7" ht="140.25" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A11" s="12" t="s">
         <v>48</v>
       </c>
       <c r="B11" s="13">
         <v>43603062510</v>
       </c>
       <c r="C11" s="13" t="s">
         <v>49</v>
       </c>
       <c r="D11" s="10" t="s">
         <v>50</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>51</v>
       </c>
       <c r="F11" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G11" s="15" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="12" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A12" s="12" t="s">
         <v>53</v>
       </c>
       <c r="B12" s="13">
         <v>40203300169</v>
       </c>
       <c r="C12" s="13" t="s">
         <v>54</v>
       </c>
       <c r="D12" s="10" t="s">
         <v>55</v>
       </c>
       <c r="E12" s="14" t="s">
         <v>56</v>
       </c>
       <c r="F12" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G12" s="14" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="13" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A13" s="12" t="s">
         <v>58</v>
       </c>
       <c r="B13" s="13">
         <v>40003982257</v>
       </c>
       <c r="C13" s="13" t="s">
         <v>59</v>
       </c>
       <c r="D13" s="10" t="s">
         <v>60</v>
       </c>
       <c r="E13" s="14" t="s">
         <v>61</v>
       </c>
       <c r="F13" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G13" s="14" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="14" spans="1:7" ht="178.5" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A14" s="16" t="s">
         <v>63</v>
       </c>
       <c r="B14" s="13">
         <v>40203220662</v>
       </c>
       <c r="C14" s="13" t="s">
         <v>64</v>
       </c>
       <c r="D14" s="10" t="s">
         <v>65</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>66</v>
       </c>
       <c r="F14" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G14" s="15" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="15" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A15" s="12" t="s">
         <v>68</v>
       </c>
       <c r="B15" s="17">
         <v>40203455609</v>
       </c>
       <c r="C15" s="13" t="s">
         <v>69</v>
       </c>
       <c r="D15" s="10" t="s">
         <v>70</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>71</v>
       </c>
       <c r="F15" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G15" s="15" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="16" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>73</v>
       </c>
       <c r="B16" s="13">
         <v>40203326045</v>
       </c>
       <c r="C16" s="13" t="s">
         <v>69</v>
       </c>
       <c r="D16" s="10" t="s">
         <v>74</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>75</v>
       </c>
       <c r="F16" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="15" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="17" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A17" s="12" t="s">
         <v>77</v>
       </c>
       <c r="B17" s="13">
         <v>40103969429</v>
       </c>
       <c r="C17" s="13" t="s">
         <v>64</v>
       </c>
       <c r="D17" s="14" t="s">
         <v>78</v>
       </c>
       <c r="E17" s="14" t="s">
         <v>79</v>
       </c>
       <c r="F17" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G17" s="14" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="18" spans="1:7" ht="140.25" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>81</v>
       </c>
       <c r="B18" s="13">
         <v>42103088434</v>
       </c>
       <c r="C18" s="18" t="s">
         <v>82</v>
       </c>
       <c r="D18" s="14" t="s">
         <v>83</v>
       </c>
       <c r="E18" s="14" t="s">
         <v>84</v>
       </c>
       <c r="F18" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="14" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="19" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A19" s="12" t="s">
         <v>86</v>
       </c>
       <c r="B19" s="13">
         <v>40103755681</v>
       </c>
       <c r="C19" s="13" t="s">
         <v>87</v>
       </c>
       <c r="D19" s="14" t="s">
         <v>88</v>
       </c>
       <c r="E19" s="14" t="s">
         <v>89</v>
       </c>
       <c r="F19" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="14" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="20" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A20" s="12" t="s">
         <v>91</v>
       </c>
       <c r="B20" s="13">
         <v>40203001960</v>
       </c>
       <c r="C20" s="13" t="s">
         <v>87</v>
       </c>
       <c r="D20" s="10" t="s">
         <v>92</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>93</v>
       </c>
       <c r="F20" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G20" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="21" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A21" s="12" t="s">
         <v>95</v>
       </c>
       <c r="B21" s="13">
         <v>40203341631</v>
       </c>
       <c r="C21" s="13" t="s">
         <v>82</v>
       </c>
       <c r="D21" s="10" t="s">
         <v>96</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>97</v>
       </c>
       <c r="F21" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G21" s="10" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="22" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A22" s="12" t="s">
         <v>99</v>
       </c>
       <c r="B22" s="13">
         <v>50203397641</v>
       </c>
       <c r="C22" s="13" t="s">
         <v>82</v>
       </c>
       <c r="D22" s="10" t="s">
         <v>100</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>101</v>
       </c>
       <c r="F22" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G22" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="23" spans="1:7" ht="165.75" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A23" s="12" t="s">
         <v>102</v>
       </c>
       <c r="B23" s="13">
         <v>40203361572</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>103</v>
       </c>
       <c r="D23" s="10" t="s">
         <v>104</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>105</v>
       </c>
       <c r="F23" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G23" s="14" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="24" spans="1:7" ht="191.25" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A24" s="12" t="s">
         <v>107</v>
       </c>
       <c r="B24" s="13">
         <v>40203440942</v>
       </c>
       <c r="C24" s="13" t="s">
         <v>108</v>
       </c>
       <c r="D24" s="10" t="s">
         <v>109</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>110</v>
       </c>
       <c r="F24" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G24" s="10" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="25" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A25" s="12" t="s">
         <v>112</v>
       </c>
       <c r="B25" s="13">
         <v>40203443671</v>
       </c>
       <c r="C25" s="13" t="s">
         <v>113</v>
       </c>
       <c r="D25" s="10" t="s">
         <v>114</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>115</v>
       </c>
       <c r="F25" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G25" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="26" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A26" s="12" t="s">
         <v>116</v>
       </c>
       <c r="B26" s="13">
         <v>40203375676</v>
       </c>
       <c r="C26" s="13" t="s">
         <v>113</v>
       </c>
       <c r="D26" s="10" t="s">
         <v>117</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>118</v>
       </c>
       <c r="F26" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G26" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="27" spans="1:7" ht="178.5" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A27" s="12" t="s">
         <v>119</v>
       </c>
       <c r="B27" s="13">
         <v>40203441030</v>
       </c>
       <c r="C27" s="13" t="s">
         <v>120</v>
       </c>
       <c r="D27" s="10" t="s">
         <v>121</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>122</v>
       </c>
       <c r="F27" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="10" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="28" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A28" s="12" t="s">
         <v>124</v>
       </c>
       <c r="B28" s="13">
         <v>40203452617</v>
       </c>
       <c r="C28" s="13" t="s">
         <v>125</v>
       </c>
       <c r="D28" s="14" t="s">
         <v>126</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>127</v>
       </c>
       <c r="F28" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G28" s="10" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="29" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A29" s="12" t="s">
         <v>129</v>
       </c>
       <c r="B29" s="13">
         <v>40203455346</v>
       </c>
       <c r="C29" s="13" t="s">
         <v>103</v>
       </c>
       <c r="D29" s="10" t="s">
         <v>130</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>131</v>
       </c>
       <c r="F29" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G29" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="30" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A30" s="12" t="s">
         <v>132</v>
       </c>
       <c r="B30" s="13">
         <v>40203340246</v>
       </c>
       <c r="C30" s="13" t="s">
         <v>103</v>
       </c>
       <c r="D30" s="10" t="s">
         <v>133</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>134</v>
       </c>
       <c r="F30" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G30" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="31" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A31" s="12" t="s">
         <v>135</v>
       </c>
       <c r="B31" s="13">
         <v>40203349921</v>
       </c>
       <c r="C31" s="13" t="s">
         <v>136</v>
       </c>
       <c r="D31" s="10" t="s">
         <v>137</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>138</v>
       </c>
       <c r="F31" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G31" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="32" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A32" s="12" t="s">
         <v>139</v>
       </c>
       <c r="B32" s="13">
         <v>40203484754</v>
       </c>
       <c r="C32" s="13" t="s">
         <v>136</v>
       </c>
       <c r="D32" s="10" t="s">
         <v>140</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>141</v>
       </c>
       <c r="F32" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G32" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="33" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A33" s="12" t="s">
         <v>142</v>
       </c>
       <c r="B33" s="13" t="s">
         <v>143</v>
       </c>
       <c r="C33" s="13" t="s">
         <v>136</v>
       </c>
       <c r="D33" s="10" t="s">
         <v>144</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>145</v>
       </c>
       <c r="F33" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G33" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="34" spans="1:7" ht="178.5" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A34" s="12" t="s">
         <v>146</v>
       </c>
       <c r="B34" s="13">
         <v>40203346588</v>
       </c>
       <c r="C34" s="13" t="s">
         <v>103</v>
       </c>
       <c r="D34" s="10" t="s">
         <v>147</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>148</v>
       </c>
       <c r="F34" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G34" s="10" t="s">
         <v>149</v>
       </c>
     </row>
-    <row r="35" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A35" s="12" t="s">
         <v>150</v>
       </c>
       <c r="B35" s="13" t="s">
         <v>151</v>
       </c>
       <c r="C35" s="13" t="s">
         <v>103</v>
       </c>
       <c r="D35" s="10" t="s">
         <v>152</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>153</v>
       </c>
       <c r="F35" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G35" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="36" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A36" s="12" t="s">
         <v>154</v>
       </c>
       <c r="B36" s="13">
         <v>40203405148</v>
       </c>
       <c r="C36" s="13" t="s">
         <v>136</v>
       </c>
       <c r="D36" s="10" t="s">
         <v>155</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>156</v>
       </c>
       <c r="F36" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G36" s="10" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="37" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A37" s="12" t="s">
         <v>157</v>
       </c>
       <c r="B37" s="13">
         <v>40203419453</v>
       </c>
       <c r="C37" s="13" t="s">
         <v>158</v>
       </c>
       <c r="D37" s="10" t="s">
         <v>159</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>160</v>
       </c>
       <c r="F37" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G37" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="38" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A38" s="12" t="s">
         <v>161</v>
       </c>
       <c r="B38" s="13">
         <v>41703001707</v>
       </c>
       <c r="C38" s="13" t="s">
         <v>120</v>
       </c>
       <c r="D38" s="10" t="s">
         <v>162</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>163</v>
       </c>
       <c r="F38" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G38" s="14" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="39" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A39" s="12" t="s">
         <v>165</v>
       </c>
       <c r="B39" s="13">
         <v>40203145913</v>
       </c>
       <c r="C39" s="13" t="s">
         <v>166</v>
       </c>
       <c r="D39" s="10" t="s">
         <v>167</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>168</v>
       </c>
       <c r="F39" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G39" s="14" t="s">
         <v>169</v>
       </c>
     </row>
-    <row r="40" spans="1:7" ht="91.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:7" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="12" t="s">
         <v>170</v>
       </c>
       <c r="B40" s="13">
         <v>40203447762</v>
       </c>
       <c r="C40" s="13" t="s">
         <v>171</v>
       </c>
       <c r="D40" s="10" t="s">
         <v>172</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>173</v>
       </c>
       <c r="F40" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G40" s="14" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="41" spans="1:7" ht="178.5" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A41" s="12" t="s">
         <v>175</v>
       </c>
       <c r="B41" s="13">
         <v>40003777945</v>
       </c>
       <c r="C41" s="18" t="s">
         <v>176</v>
       </c>
       <c r="D41" s="14" t="s">
         <v>177</v>
       </c>
       <c r="E41" s="14" t="s">
         <v>178</v>
       </c>
       <c r="F41" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="14" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="42" spans="1:7" ht="267.75" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:7" ht="277.2" x14ac:dyDescent="0.25">
       <c r="A42" s="12" t="s">
         <v>180</v>
       </c>
       <c r="B42" s="13">
         <v>40203197718</v>
       </c>
       <c r="C42" s="13" t="s">
         <v>181</v>
       </c>
       <c r="D42" s="10" t="s">
         <v>182</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>183</v>
       </c>
       <c r="F42" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="10" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="43" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A43" s="12" t="s">
         <v>185</v>
       </c>
       <c r="B43" s="13">
         <v>40203266954</v>
       </c>
       <c r="C43" s="13" t="s">
         <v>171</v>
       </c>
       <c r="D43" s="19" t="s">
         <v>186</v>
       </c>
       <c r="E43" s="19" t="s">
         <v>187</v>
       </c>
       <c r="F43" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="19" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="44" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A44" s="12" t="s">
         <v>189</v>
       </c>
       <c r="B44" s="13">
         <v>40203001960</v>
       </c>
       <c r="C44" s="13" t="s">
         <v>190</v>
       </c>
       <c r="D44" s="14" t="s">
         <v>191</v>
       </c>
       <c r="E44" s="14" t="s">
         <v>192</v>
       </c>
       <c r="F44" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="14" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="45" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A45" s="12" t="s">
         <v>194</v>
       </c>
       <c r="B45" s="13">
         <v>40203478300</v>
       </c>
       <c r="C45" s="13" t="s">
         <v>195</v>
       </c>
       <c r="D45" s="14" t="s">
         <v>196</v>
       </c>
       <c r="E45" s="14" t="s">
         <v>197</v>
       </c>
       <c r="F45" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="14" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="46" spans="1:7" ht="165" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:7" ht="165" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="12" t="s">
         <v>198</v>
       </c>
       <c r="B46" s="13">
         <v>40103491868</v>
       </c>
       <c r="C46" s="13" t="s">
         <v>199</v>
       </c>
       <c r="D46" s="14" t="s">
         <v>200</v>
       </c>
       <c r="E46" s="14" t="s">
         <v>201</v>
       </c>
       <c r="F46" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G46" s="14" t="s">
         <v>202</v>
       </c>
     </row>
-    <row r="47" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A47" s="12" t="s">
         <v>203</v>
       </c>
       <c r="B47" s="13">
         <v>41203075013</v>
       </c>
       <c r="C47" s="13" t="s">
         <v>204</v>
       </c>
       <c r="D47" s="14" t="s">
         <v>205</v>
       </c>
       <c r="E47" s="14" t="s">
         <v>206</v>
       </c>
       <c r="F47" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G47" s="14" t="s">
         <v>207</v>
       </c>
     </row>
-    <row r="48" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A48" s="12" t="s">
         <v>208</v>
       </c>
       <c r="B48" s="13">
         <v>40103221943</v>
       </c>
       <c r="C48" s="13" t="s">
         <v>204</v>
       </c>
       <c r="D48" s="14" t="s">
         <v>209</v>
       </c>
       <c r="E48" s="14" t="s">
         <v>210</v>
       </c>
       <c r="F48" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G48" s="14" t="s">
         <v>211</v>
       </c>
     </row>
-    <row r="49" spans="1:7" ht="79.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:7" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="12" t="s">
         <v>212</v>
       </c>
       <c r="B49" s="13">
         <v>40203471355</v>
       </c>
       <c r="C49" s="13" t="s">
         <v>213</v>
       </c>
       <c r="D49" s="14" t="s">
         <v>214</v>
       </c>
       <c r="E49" s="14" t="s">
         <v>215</v>
       </c>
       <c r="F49" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="14" t="s">
         <v>216</v>
       </c>
     </row>
-    <row r="50" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A50" s="12" t="s">
         <v>217</v>
       </c>
       <c r="B50" s="13">
         <v>42103084644</v>
       </c>
       <c r="C50" s="13" t="s">
         <v>218</v>
       </c>
       <c r="D50" s="14" t="s">
         <v>219</v>
       </c>
       <c r="E50" s="14" t="s">
         <v>220</v>
       </c>
       <c r="F50" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G50" s="14" t="s">
         <v>221</v>
       </c>
     </row>
-    <row r="51" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A51" s="12" t="s">
         <v>222</v>
       </c>
       <c r="B51" s="13">
         <v>40103621631</v>
       </c>
       <c r="C51" s="13" t="s">
         <v>223</v>
       </c>
       <c r="D51" s="14" t="s">
         <v>224</v>
       </c>
       <c r="E51" s="14" t="s">
         <v>225</v>
       </c>
       <c r="F51" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G51" s="14" t="s">
         <v>226</v>
       </c>
     </row>
-    <row r="52" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A52" s="12" t="s">
         <v>227</v>
       </c>
       <c r="B52" s="13">
         <v>50203455831</v>
       </c>
       <c r="C52" s="13" t="s">
         <v>228</v>
       </c>
       <c r="D52" s="14" t="s">
         <v>229</v>
       </c>
       <c r="E52" s="14" t="s">
         <v>230</v>
       </c>
       <c r="F52" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G52" s="14" t="s">
         <v>216</v>
       </c>
     </row>
-    <row r="53" spans="1:7" ht="165.75" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A53" s="12" t="s">
         <v>231</v>
       </c>
       <c r="B53" s="13">
         <v>40203312825</v>
       </c>
       <c r="C53" s="13" t="s">
         <v>232</v>
       </c>
       <c r="D53" s="10" t="s">
         <v>233</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>234</v>
       </c>
       <c r="F53" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G53" s="10" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="54" spans="1:7" ht="153" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A54" s="12" t="s">
         <v>235</v>
       </c>
       <c r="B54" s="13">
         <v>40203344106</v>
       </c>
       <c r="C54" s="13" t="s">
         <v>232</v>
       </c>
       <c r="D54" s="10" t="s">
         <v>236</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>237</v>
       </c>
       <c r="F54" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G54" s="10" t="s">
         <v>238</v>
       </c>
     </row>
-    <row r="55" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A55" s="12" t="s">
         <v>239</v>
       </c>
       <c r="B55" s="13">
         <v>40003638082</v>
       </c>
       <c r="C55" s="9" t="s">
         <v>240</v>
       </c>
       <c r="D55" s="10" t="s">
         <v>241</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>242</v>
       </c>
       <c r="F55" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G55" s="15" t="s">
         <v>243</v>
       </c>
     </row>
-    <row r="56" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A56" s="12" t="s">
         <v>244</v>
       </c>
       <c r="B56" s="13">
         <v>40203349404</v>
       </c>
       <c r="C56" s="13" t="s">
         <v>245</v>
       </c>
       <c r="D56" s="10" t="s">
         <v>246</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>247</v>
       </c>
       <c r="F56" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G56" s="10" t="s">
         <v>248</v>
       </c>
     </row>
-    <row r="57" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A57" s="12" t="s">
         <v>249</v>
       </c>
       <c r="B57" s="13">
         <v>40203167338</v>
       </c>
       <c r="C57" s="13" t="s">
         <v>250</v>
       </c>
       <c r="D57" s="10" t="s">
         <v>251</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>252</v>
       </c>
       <c r="F57" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G57" s="10" t="s">
         <v>253</v>
       </c>
     </row>
-    <row r="58" spans="1:7" ht="178.5" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A58" s="12" t="s">
         <v>254</v>
       </c>
       <c r="B58" s="13">
         <v>40203242231</v>
       </c>
       <c r="C58" s="13" t="s">
         <v>255</v>
       </c>
       <c r="D58" s="10" t="s">
         <v>256</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>257</v>
       </c>
       <c r="F58" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G58" s="10" t="s">
         <v>258</v>
       </c>
     </row>
-    <row r="59" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A59" s="12" t="s">
         <v>259</v>
       </c>
       <c r="B59" s="13">
         <v>44103128881</v>
       </c>
       <c r="C59" s="13" t="s">
         <v>260</v>
       </c>
       <c r="D59" s="10" t="s">
         <v>261</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>262</v>
       </c>
       <c r="F59" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G59" s="10" t="s">
         <v>263</v>
       </c>
     </row>
-    <row r="60" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A60" s="12" t="s">
         <v>264</v>
       </c>
       <c r="B60" s="13">
         <v>40203368161</v>
       </c>
       <c r="C60" s="13" t="s">
         <v>265</v>
       </c>
       <c r="D60" s="10" t="s">
         <v>266</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>267</v>
       </c>
       <c r="F60" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G60" s="10" t="s">
         <v>268</v>
       </c>
     </row>
-    <row r="61" spans="1:7" ht="140.25" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A61" s="12" t="s">
         <v>269</v>
       </c>
       <c r="B61" s="13">
         <v>40103571364</v>
       </c>
       <c r="C61" s="9" t="s">
         <v>270</v>
       </c>
       <c r="D61" s="10" t="s">
         <v>271</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>272</v>
       </c>
       <c r="F61" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G61" s="15" t="s">
         <v>273</v>
       </c>
     </row>
-    <row r="62" spans="1:7" ht="97.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:7" ht="97.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="12" t="s">
         <v>274</v>
       </c>
       <c r="B62" s="13">
         <v>40203293045</v>
       </c>
       <c r="C62" s="13" t="s">
         <v>275</v>
       </c>
       <c r="D62" s="14" t="s">
         <v>276</v>
       </c>
       <c r="E62" s="14" t="s">
         <v>277</v>
       </c>
       <c r="F62" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G62" s="14" t="s">
         <v>278</v>
       </c>
     </row>
-    <row r="63" spans="1:7" ht="178.5" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A63" s="12" t="s">
         <v>279</v>
       </c>
       <c r="B63" s="13">
         <v>42103112882</v>
       </c>
       <c r="C63" s="13" t="s">
         <v>280</v>
       </c>
       <c r="D63" s="10" t="s">
         <v>281</v>
       </c>
       <c r="E63" s="10" t="s">
         <v>282</v>
       </c>
       <c r="F63" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G63" s="10" t="s">
         <v>283</v>
       </c>
     </row>
-    <row r="64" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A64" s="12" t="s">
         <v>284</v>
       </c>
       <c r="B64" s="13">
         <v>40203444111</v>
       </c>
       <c r="C64" s="13" t="s">
         <v>285</v>
       </c>
       <c r="D64" s="10" t="s">
         <v>286</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>287</v>
       </c>
       <c r="F64" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G64" s="10" t="s">
         <v>248</v>
       </c>
     </row>
-    <row r="65" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A65" s="12" t="s">
         <v>288</v>
       </c>
       <c r="B65" s="13">
         <v>40203492395</v>
       </c>
       <c r="C65" s="13" t="s">
         <v>289</v>
       </c>
       <c r="D65" s="10" t="s">
         <v>290</v>
       </c>
       <c r="E65" s="10" t="s">
         <v>291</v>
       </c>
       <c r="F65" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G65" s="10" t="s">
         <v>292</v>
       </c>
     </row>
-    <row r="66" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A66" s="12" t="s">
         <v>293</v>
       </c>
       <c r="B66" s="13">
         <v>40203341364</v>
       </c>
       <c r="C66" s="13" t="s">
         <v>289</v>
       </c>
       <c r="D66" s="10" t="s">
         <v>294</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>295</v>
       </c>
       <c r="F66" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G66" s="15" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="67" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A67" s="12" t="s">
         <v>296</v>
       </c>
       <c r="B67" s="13">
         <v>40203492323</v>
       </c>
       <c r="C67" s="13" t="s">
         <v>285</v>
       </c>
       <c r="D67" s="10" t="s">
         <v>297</v>
       </c>
       <c r="E67" s="10" t="s">
         <v>298</v>
       </c>
       <c r="F67" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G67" s="10" t="s">
         <v>292</v>
       </c>
     </row>
-    <row r="68" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A68" s="12" t="s">
         <v>299</v>
       </c>
       <c r="B68" s="13">
         <v>50203335641</v>
       </c>
       <c r="C68" s="13" t="s">
         <v>300</v>
       </c>
       <c r="D68" s="10" t="s">
         <v>301</v>
       </c>
       <c r="E68" s="10" t="s">
         <v>302</v>
       </c>
       <c r="F68" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G68" s="10" t="s">
         <v>303</v>
       </c>
     </row>
-    <row r="69" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A69" s="12" t="s">
         <v>304</v>
       </c>
       <c r="B69" s="13">
         <v>40103911975</v>
       </c>
       <c r="C69" s="9" t="s">
         <v>289</v>
       </c>
       <c r="D69" s="14" t="s">
         <v>305</v>
       </c>
       <c r="E69" s="14" t="s">
         <v>306</v>
       </c>
       <c r="F69" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G69" s="14" t="s">
         <v>307</v>
       </c>
     </row>
-    <row r="70" spans="1:7" ht="242.25" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:7" ht="250.8" x14ac:dyDescent="0.25">
       <c r="A70" s="12" t="s">
         <v>308</v>
       </c>
       <c r="B70" s="13">
         <v>40103630102</v>
       </c>
       <c r="C70" s="9" t="s">
         <v>309</v>
       </c>
       <c r="D70" s="10" t="s">
         <v>310</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>311</v>
       </c>
       <c r="F70" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G70" s="14" t="s">
         <v>312</v>
       </c>
     </row>
-    <row r="71" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A71" s="12" t="s">
         <v>313</v>
       </c>
       <c r="B71" s="13">
         <v>40203251179</v>
       </c>
       <c r="C71" s="13" t="s">
         <v>300</v>
       </c>
       <c r="D71" s="10" t="s">
         <v>314</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>315</v>
       </c>
       <c r="F71" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G71" s="14" t="s">
         <v>316</v>
       </c>
     </row>
-    <row r="72" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A72" s="12" t="s">
         <v>317</v>
       </c>
       <c r="B72" s="13">
         <v>43602005370</v>
       </c>
       <c r="C72" s="13" t="s">
         <v>318</v>
       </c>
       <c r="D72" s="10" t="s">
         <v>319</v>
       </c>
       <c r="E72" s="10" t="s">
         <v>320</v>
       </c>
       <c r="F72" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G72" s="14" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="73" spans="1:7" ht="78.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:7" ht="78.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="12" t="s">
         <v>322</v>
       </c>
       <c r="B73" s="13">
         <v>40203342853</v>
       </c>
       <c r="C73" s="13" t="s">
         <v>323</v>
       </c>
       <c r="D73" s="10" t="s">
         <v>324</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>325</v>
       </c>
       <c r="F73" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G73" s="10" t="s">
         <v>326</v>
       </c>
     </row>
-    <row r="74" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A74" s="12" t="s">
         <v>327</v>
       </c>
       <c r="B74" s="13">
         <v>40203325001</v>
       </c>
       <c r="C74" s="13" t="s">
         <v>323</v>
       </c>
       <c r="D74" s="10" t="s">
         <v>328</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>329</v>
       </c>
       <c r="F74" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G74" s="10" t="s">
         <v>330</v>
       </c>
     </row>
-    <row r="75" spans="1:7" ht="153" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A75" s="12" t="s">
         <v>331</v>
       </c>
       <c r="B75" s="13">
         <v>40203486562</v>
       </c>
       <c r="C75" s="13" t="s">
         <v>323</v>
       </c>
       <c r="D75" s="10" t="s">
         <v>332</v>
       </c>
       <c r="E75" s="10" t="s">
         <v>333</v>
       </c>
       <c r="F75" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G75" s="10" t="s">
         <v>334</v>
       </c>
     </row>
-    <row r="76" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A76" s="12" t="s">
         <v>335</v>
       </c>
       <c r="B76" s="13">
         <v>40203303220</v>
       </c>
       <c r="C76" s="13" t="s">
         <v>336</v>
       </c>
       <c r="D76" s="10" t="s">
         <v>337</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>338</v>
       </c>
       <c r="F76" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G76" s="10" t="s">
         <v>216</v>
       </c>
     </row>
-    <row r="77" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="77" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A77" s="12" t="s">
         <v>339</v>
       </c>
       <c r="B77" s="20">
         <v>40203443296</v>
       </c>
       <c r="C77" s="20" t="s">
         <v>340</v>
       </c>
       <c r="D77" s="10" t="s">
         <v>341</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>342</v>
       </c>
       <c r="F77" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G77" s="10" t="s">
         <v>278</v>
       </c>
     </row>
-    <row r="78" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A78" s="12" t="s">
         <v>343</v>
       </c>
       <c r="B78" s="13">
         <v>40203397635</v>
       </c>
       <c r="C78" s="9" t="s">
         <v>340</v>
       </c>
       <c r="D78" s="10" t="s">
         <v>344</v>
       </c>
       <c r="E78" s="10" t="s">
         <v>345</v>
       </c>
       <c r="F78" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G78" s="10" t="s">
         <v>346</v>
       </c>
     </row>
-    <row r="79" spans="1:7" ht="344.25" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:7" ht="330" x14ac:dyDescent="0.25">
       <c r="A79" s="12" t="s">
         <v>347</v>
       </c>
       <c r="B79" s="13">
         <v>40003911682</v>
       </c>
       <c r="C79" s="9" t="s">
         <v>323</v>
       </c>
       <c r="D79" s="10" t="s">
         <v>348</v>
       </c>
       <c r="E79" s="14" t="s">
         <v>349</v>
       </c>
       <c r="F79" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G79" s="10" t="s">
         <v>350</v>
       </c>
     </row>
-    <row r="80" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A80" s="12" t="s">
         <v>351</v>
       </c>
       <c r="B80" s="13">
         <v>40103787371</v>
       </c>
       <c r="C80" s="9" t="s">
         <v>352</v>
       </c>
       <c r="D80" s="10" t="s">
         <v>353</v>
       </c>
       <c r="E80" s="10" t="s">
         <v>354</v>
       </c>
       <c r="F80" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G80" s="10" t="s">
         <v>355</v>
       </c>
     </row>
-    <row r="81" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A81" s="12" t="s">
         <v>356</v>
       </c>
       <c r="B81" s="13">
         <v>40203369383</v>
       </c>
       <c r="C81" s="9" t="s">
         <v>357</v>
       </c>
       <c r="D81" s="10" t="s">
         <v>358</v>
       </c>
       <c r="E81" s="10" t="s">
         <v>359</v>
       </c>
       <c r="F81" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G81" s="10" t="s">
         <v>360</v>
       </c>
     </row>
-    <row r="82" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A82" s="13" t="s">
         <v>361</v>
       </c>
       <c r="B82" s="20">
         <v>40203478527</v>
       </c>
       <c r="C82" s="20" t="s">
         <v>362</v>
       </c>
       <c r="D82" s="10" t="s">
         <v>363</v>
       </c>
       <c r="E82" s="10" t="s">
         <v>364</v>
       </c>
       <c r="F82" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G82" s="10" t="s">
         <v>278</v>
       </c>
     </row>
-    <row r="83" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A83" s="12" t="s">
         <v>365</v>
       </c>
       <c r="B83" s="13">
         <v>40203338345</v>
       </c>
       <c r="C83" s="9" t="s">
         <v>366</v>
       </c>
       <c r="D83" s="10" t="s">
         <v>367</v>
       </c>
       <c r="E83" s="10" t="s">
         <v>368</v>
       </c>
       <c r="F83" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G83" s="10" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="84" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="84" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A84" s="12" t="s">
         <v>370</v>
       </c>
       <c r="B84" s="13">
         <v>40203486416</v>
       </c>
       <c r="C84" s="9" t="s">
         <v>371</v>
       </c>
       <c r="D84" s="10" t="s">
         <v>372</v>
       </c>
       <c r="E84" s="10" t="s">
         <v>373</v>
       </c>
       <c r="F84" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G84" s="10" t="s">
         <v>374</v>
       </c>
     </row>
-    <row r="85" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="85" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A85" s="12" t="s">
         <v>375</v>
       </c>
       <c r="B85" s="13">
         <v>40203498326</v>
       </c>
       <c r="C85" s="9" t="s">
         <v>362</v>
       </c>
       <c r="D85" s="10" t="s">
         <v>372</v>
       </c>
       <c r="E85" s="10" t="s">
         <v>376</v>
       </c>
       <c r="F85" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G85" s="10" t="s">
         <v>377</v>
       </c>
     </row>
-    <row r="86" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="86" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A86" s="12" t="s">
         <v>378</v>
       </c>
       <c r="B86" s="13">
         <v>41503087191</v>
       </c>
       <c r="C86" s="9" t="s">
         <v>371</v>
       </c>
       <c r="D86" s="10" t="s">
         <v>379</v>
       </c>
       <c r="E86" s="10" t="s">
         <v>380</v>
       </c>
       <c r="F86" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G86" s="10" t="s">
         <v>381</v>
       </c>
     </row>
-    <row r="87" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="87" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A87" s="12" t="s">
         <v>382</v>
       </c>
       <c r="B87" s="13">
         <v>40203042206</v>
       </c>
       <c r="C87" s="9" t="s">
         <v>383</v>
       </c>
       <c r="D87" s="10" t="s">
         <v>384</v>
       </c>
       <c r="E87" s="10" t="s">
         <v>385</v>
       </c>
       <c r="F87" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G87" s="10" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="88" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="88" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A88" s="12" t="s">
         <v>386</v>
       </c>
       <c r="B88" s="20">
         <v>40203492323</v>
       </c>
       <c r="C88" s="21" t="s">
         <v>387</v>
       </c>
       <c r="D88" s="10" t="s">
         <v>388</v>
       </c>
       <c r="E88" s="10" t="s">
         <v>389</v>
       </c>
       <c r="F88" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G88" s="10" t="s">
         <v>278</v>
       </c>
     </row>
-    <row r="89" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="89" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A89" s="12" t="s">
         <v>390</v>
       </c>
       <c r="B89" s="13">
         <v>40203478527</v>
       </c>
       <c r="C89" s="9" t="s">
         <v>383</v>
       </c>
       <c r="D89" s="10" t="s">
         <v>391</v>
       </c>
       <c r="E89" s="10" t="s">
         <v>392</v>
       </c>
       <c r="F89" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G89" s="10" t="s">
         <v>393</v>
       </c>
     </row>
-    <row r="90" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="90" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A90" s="12" t="s">
         <v>394</v>
       </c>
       <c r="B90" s="13">
         <v>40203497778</v>
       </c>
       <c r="C90" s="9" t="s">
         <v>395</v>
       </c>
       <c r="D90" s="10" t="s">
         <v>372</v>
       </c>
       <c r="E90" s="10" t="s">
         <v>396</v>
       </c>
       <c r="F90" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G90" s="10" t="s">
         <v>397</v>
       </c>
     </row>
-    <row r="91" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="91" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A91" s="12" t="s">
         <v>398</v>
       </c>
       <c r="B91" s="13">
         <v>43603083141</v>
       </c>
       <c r="C91" s="9" t="s">
         <v>399</v>
       </c>
       <c r="D91" s="10" t="s">
         <v>400</v>
       </c>
       <c r="E91" s="10" t="s">
         <v>401</v>
       </c>
       <c r="F91" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G91" s="10" t="s">
         <v>402</v>
       </c>
     </row>
-    <row r="92" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="92" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A92" s="12" t="s">
         <v>403</v>
       </c>
       <c r="B92" s="13">
         <v>45403049081</v>
       </c>
       <c r="C92" s="13" t="s">
         <v>404</v>
       </c>
       <c r="D92" s="10" t="s">
         <v>405</v>
       </c>
       <c r="E92" s="10" t="s">
         <v>406</v>
       </c>
       <c r="F92" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G92" s="10" t="s">
         <v>407</v>
       </c>
     </row>
-    <row r="93" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="93" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A93" s="12" t="s">
         <v>408</v>
       </c>
       <c r="B93" s="13">
         <v>40203290157</v>
       </c>
       <c r="C93" s="13" t="s">
         <v>409</v>
       </c>
       <c r="D93" s="10" t="s">
         <v>410</v>
       </c>
       <c r="E93" s="10" t="s">
         <v>411</v>
       </c>
       <c r="F93" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G93" s="10" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="94" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="94" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A94" s="12" t="s">
         <v>413</v>
       </c>
       <c r="B94" s="13">
         <v>40203025954</v>
       </c>
       <c r="C94" s="13" t="s">
         <v>414</v>
       </c>
       <c r="D94" s="10" t="s">
         <v>415</v>
       </c>
       <c r="E94" s="10" t="s">
         <v>416</v>
       </c>
       <c r="F94" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G94" s="10" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="95" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="95" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A95" s="12" t="s">
         <v>418</v>
       </c>
       <c r="B95" s="13">
         <v>40203424543</v>
       </c>
       <c r="C95" s="13" t="s">
         <v>409</v>
       </c>
       <c r="D95" s="10" t="s">
         <v>419</v>
       </c>
       <c r="E95" s="10" t="s">
         <v>420</v>
       </c>
       <c r="F95" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G95" s="10" t="s">
         <v>421</v>
       </c>
     </row>
-    <row r="96" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+    <row r="96" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A96" s="12" t="s">
         <v>422</v>
       </c>
       <c r="B96" s="13">
         <v>40203307025</v>
       </c>
       <c r="C96" s="13" t="s">
         <v>399</v>
       </c>
       <c r="D96" s="10" t="s">
         <v>358</v>
       </c>
       <c r="E96" s="10" t="s">
         <v>423</v>
       </c>
       <c r="F96" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G96" s="10" t="s">
         <v>424</v>
       </c>
     </row>
-    <row r="97" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="97" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A97" s="12" t="s">
         <v>425</v>
       </c>
       <c r="B97" s="13">
         <v>40203216120</v>
       </c>
       <c r="C97" s="13" t="s">
         <v>399</v>
       </c>
       <c r="D97" s="10" t="s">
         <v>426</v>
       </c>
       <c r="E97" s="10" t="s">
         <v>427</v>
       </c>
       <c r="F97" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G97" s="10" t="s">
         <v>428</v>
       </c>
     </row>
-    <row r="98" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="98" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A98" s="12" t="s">
         <v>429</v>
       </c>
       <c r="B98" s="13">
         <v>40203501096</v>
       </c>
       <c r="C98" s="13" t="s">
         <v>430</v>
       </c>
       <c r="D98" s="10" t="s">
         <v>372</v>
       </c>
       <c r="E98" s="10" t="s">
         <v>431</v>
       </c>
       <c r="F98" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G98" s="10" t="s">
         <v>432</v>
       </c>
     </row>
-    <row r="99" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="99" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A99" s="12" t="s">
         <v>433</v>
       </c>
       <c r="B99" s="13">
         <v>40203429108</v>
       </c>
       <c r="C99" s="13" t="s">
         <v>434</v>
       </c>
       <c r="D99" s="10" t="s">
         <v>435</v>
       </c>
       <c r="E99" s="10" t="s">
         <v>436</v>
       </c>
       <c r="F99" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G99" s="10" t="s">
         <v>437</v>
       </c>
     </row>
-    <row r="100" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="100" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A100" s="12" t="s">
         <v>438</v>
       </c>
       <c r="B100" s="13">
         <v>40203492395</v>
       </c>
       <c r="C100" s="13" t="s">
         <v>439</v>
       </c>
       <c r="D100" s="10" t="s">
         <v>440</v>
       </c>
       <c r="E100" s="10" t="s">
         <v>441</v>
       </c>
       <c r="F100" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G100" s="10" t="s">
         <v>442</v>
       </c>
     </row>
-    <row r="101" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="101" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A101" s="12" t="s">
         <v>443</v>
       </c>
       <c r="B101" s="13">
         <v>40203486562</v>
       </c>
       <c r="C101" s="13" t="s">
         <v>439</v>
       </c>
       <c r="D101" s="10" t="s">
         <v>444</v>
       </c>
       <c r="E101" s="10" t="s">
         <v>445</v>
       </c>
       <c r="F101" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G101" s="10" t="s">
         <v>442</v>
       </c>
     </row>
-    <row r="102" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="102" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A102" s="12" t="s">
         <v>446</v>
       </c>
       <c r="B102" s="13">
         <v>40203461465</v>
       </c>
       <c r="C102" s="13" t="s">
         <v>439</v>
       </c>
       <c r="D102" s="10" t="s">
         <v>447</v>
       </c>
       <c r="E102" s="10" t="s">
         <v>448</v>
       </c>
       <c r="F102" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G102" s="10" t="s">
         <v>442</v>
       </c>
     </row>
-    <row r="103" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="103" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A103" s="12" t="s">
         <v>449</v>
       </c>
       <c r="B103" s="13">
         <v>40203452640</v>
       </c>
       <c r="C103" s="13" t="s">
         <v>450</v>
       </c>
       <c r="D103" s="10" t="s">
         <v>451</v>
       </c>
       <c r="E103" s="10" t="s">
         <v>452</v>
       </c>
       <c r="F103" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G103" s="10" t="s">
         <v>407</v>
       </c>
     </row>
-    <row r="104" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="104" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A104" s="12" t="s">
         <v>453</v>
       </c>
       <c r="B104" s="13">
         <v>40203443671</v>
       </c>
       <c r="C104" s="13" t="s">
         <v>454</v>
       </c>
       <c r="D104" s="10" t="s">
         <v>455</v>
       </c>
       <c r="E104" s="10" t="s">
         <v>456</v>
       </c>
       <c r="F104" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G104" s="10" t="s">
         <v>457</v>
       </c>
     </row>
-    <row r="105" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="105" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A105" s="12" t="s">
         <v>458</v>
       </c>
       <c r="B105" s="13">
         <v>40203421532</v>
       </c>
       <c r="C105" s="13" t="s">
         <v>459</v>
       </c>
       <c r="D105" s="10" t="s">
         <v>460</v>
       </c>
       <c r="E105" s="10" t="s">
         <v>461</v>
       </c>
       <c r="F105" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G105" s="10" t="s">
         <v>462</v>
       </c>
     </row>
-    <row r="106" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="106" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A106" s="12" t="s">
         <v>463</v>
       </c>
       <c r="B106" s="13">
         <v>40203444111</v>
       </c>
       <c r="C106" s="13" t="s">
         <v>454</v>
       </c>
       <c r="D106" s="10" t="s">
         <v>464</v>
       </c>
       <c r="E106" s="10" t="s">
         <v>465</v>
       </c>
       <c r="F106" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G106" s="10" t="s">
         <v>462</v>
       </c>
     </row>
-    <row r="107" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="107" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A107" s="12" t="s">
         <v>466</v>
       </c>
       <c r="B107" s="13">
         <v>40003535390</v>
       </c>
       <c r="C107" s="13" t="s">
         <v>467</v>
       </c>
       <c r="D107" s="10" t="s">
         <v>468</v>
       </c>
       <c r="E107" s="10" t="s">
         <v>469</v>
       </c>
       <c r="F107" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G107" s="10" t="s">
         <v>470</v>
       </c>
     </row>
-    <row r="108" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="108" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A108" s="12" t="s">
         <v>471</v>
       </c>
       <c r="B108" s="13">
         <v>40203433122</v>
       </c>
       <c r="C108" s="13" t="s">
         <v>472</v>
       </c>
       <c r="D108" s="10" t="s">
         <v>473</v>
       </c>
       <c r="E108" s="10" t="s">
         <v>474</v>
       </c>
       <c r="F108" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G108" s="14" t="s">
         <v>475</v>
       </c>
     </row>
-    <row r="109" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="109" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A109" s="12" t="s">
         <v>476</v>
       </c>
       <c r="B109" s="13">
         <v>42103106373</v>
       </c>
       <c r="C109" s="13" t="s">
         <v>467</v>
       </c>
       <c r="D109" s="10" t="s">
         <v>477</v>
       </c>
       <c r="E109" s="10" t="s">
         <v>478</v>
       </c>
       <c r="F109" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G109" s="10" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="110" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="110" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A110" s="12" t="s">
         <v>479</v>
       </c>
       <c r="B110" s="13">
         <v>50203507851</v>
       </c>
       <c r="C110" s="13" t="s">
         <v>480</v>
       </c>
       <c r="D110" s="10" t="s">
         <v>372</v>
       </c>
       <c r="E110" s="10" t="s">
         <v>481</v>
       </c>
       <c r="F110" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G110" s="10" t="s">
         <v>482</v>
       </c>
     </row>
-    <row r="111" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="111" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A111" s="12" t="s">
         <v>483</v>
       </c>
       <c r="B111" s="13">
         <v>40003604705</v>
       </c>
       <c r="C111" s="13" t="s">
         <v>480</v>
       </c>
       <c r="D111" s="10" t="s">
         <v>484</v>
       </c>
       <c r="E111" s="10" t="s">
         <v>485</v>
       </c>
       <c r="F111" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G111" s="10" t="s">
         <v>486</v>
       </c>
     </row>
-    <row r="112" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="112" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A112" s="12" t="s">
         <v>487</v>
       </c>
       <c r="B112" s="13">
         <v>40203067746</v>
       </c>
       <c r="C112" s="13" t="s">
         <v>488</v>
       </c>
       <c r="D112" s="10" t="s">
         <v>489</v>
       </c>
       <c r="E112" s="10" t="s">
         <v>490</v>
       </c>
       <c r="F112" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G112" s="10" t="s">
         <v>491</v>
       </c>
     </row>
-    <row r="113" spans="1:8" ht="102" x14ac:dyDescent="0.2">
+    <row r="113" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A113" s="12" t="s">
         <v>492</v>
       </c>
       <c r="B113" s="13">
         <v>40203435655</v>
       </c>
       <c r="C113" s="13" t="s">
         <v>467</v>
       </c>
       <c r="D113" s="10" t="s">
         <v>493</v>
       </c>
       <c r="E113" s="10" t="s">
         <v>494</v>
       </c>
       <c r="F113" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G113" s="10" t="s">
         <v>495</v>
       </c>
       <c r="H113" s="11"/>
     </row>
-    <row r="114" spans="1:8" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="114" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A114" s="12" t="s">
         <v>496</v>
       </c>
       <c r="B114" s="13">
         <v>40003748293</v>
       </c>
       <c r="C114" s="9" t="s">
         <v>497</v>
       </c>
       <c r="D114" s="10" t="s">
         <v>498</v>
       </c>
       <c r="E114" s="10" t="s">
         <v>499</v>
       </c>
       <c r="F114" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G114" s="10" t="s">
         <v>500</v>
       </c>
       <c r="H114" s="11"/>
     </row>
-    <row r="115" spans="1:8" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="115" spans="1:8" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A115" s="12" t="s">
         <v>501</v>
       </c>
       <c r="B115" s="13">
         <v>40203202686</v>
       </c>
       <c r="C115" s="9" t="s">
         <v>497</v>
       </c>
       <c r="D115" s="10" t="s">
         <v>502</v>
       </c>
       <c r="E115" s="10" t="s">
         <v>503</v>
       </c>
       <c r="F115" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G115" s="10" t="s">
         <v>504</v>
       </c>
       <c r="H115" s="11"/>
     </row>
-    <row r="116" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="116" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A116" s="12" t="s">
         <v>505</v>
       </c>
       <c r="B116" s="13">
         <v>41503081911</v>
       </c>
       <c r="C116" s="9" t="s">
         <v>497</v>
       </c>
       <c r="D116" s="10" t="s">
         <v>506</v>
       </c>
       <c r="E116" s="10" t="s">
         <v>507</v>
       </c>
       <c r="F116" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G116" s="10" t="s">
         <v>508</v>
       </c>
       <c r="H116" s="11"/>
     </row>
-    <row r="117" spans="1:8" ht="51" x14ac:dyDescent="0.2">
+    <row r="117" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A117" s="12" t="s">
         <v>509</v>
       </c>
       <c r="B117" s="13">
         <v>40203491370</v>
       </c>
       <c r="C117" s="9" t="s">
         <v>510</v>
       </c>
       <c r="D117" s="10" t="s">
         <v>511</v>
       </c>
       <c r="E117" s="10" t="s">
         <v>512</v>
       </c>
       <c r="F117" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G117" s="10" t="s">
         <v>513</v>
       </c>
       <c r="H117" s="11"/>
     </row>
-    <row r="118" spans="1:8" ht="140.25" x14ac:dyDescent="0.2">
+    <row r="118" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A118" s="12" t="s">
         <v>514</v>
       </c>
       <c r="B118" s="13">
         <v>54103132041</v>
       </c>
       <c r="C118" s="9" t="s">
         <v>515</v>
       </c>
       <c r="D118" s="10" t="s">
         <v>516</v>
       </c>
       <c r="E118" s="10" t="s">
         <v>517</v>
       </c>
       <c r="F118" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G118" s="10" t="s">
         <v>518</v>
       </c>
       <c r="H118" s="11"/>
     </row>
-    <row r="119" spans="1:8" ht="140.25" x14ac:dyDescent="0.2">
+    <row r="119" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A119" s="12" t="s">
         <v>157</v>
       </c>
       <c r="B119" s="13">
         <v>40203419453</v>
       </c>
       <c r="C119" s="9" t="s">
         <v>515</v>
       </c>
       <c r="D119" s="10" t="s">
         <v>519</v>
       </c>
       <c r="E119" s="10" t="s">
         <v>520</v>
       </c>
       <c r="F119" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G119" s="10" t="s">
         <v>521</v>
       </c>
       <c r="H119" s="11"/>
     </row>
-    <row r="120" spans="1:8" ht="102" x14ac:dyDescent="0.2">
+    <row r="120" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A120" s="12" t="s">
         <v>522</v>
       </c>
       <c r="B120" s="13">
         <v>40203408619</v>
       </c>
       <c r="C120" s="9" t="s">
         <v>523</v>
       </c>
       <c r="D120" s="10" t="s">
         <v>524</v>
       </c>
       <c r="E120" s="10" t="s">
         <v>525</v>
       </c>
       <c r="F120" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G120" s="10" t="s">
         <v>526</v>
       </c>
       <c r="H120" s="11"/>
     </row>
-    <row r="121" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="121" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A121" s="12" t="s">
         <v>527</v>
       </c>
       <c r="B121" s="13">
         <v>48503027800</v>
       </c>
       <c r="C121" s="9" t="s">
         <v>523</v>
       </c>
       <c r="D121" s="10" t="s">
         <v>528</v>
       </c>
       <c r="E121" s="10" t="s">
         <v>529</v>
       </c>
       <c r="F121" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G121" s="10" t="s">
         <v>530</v>
       </c>
       <c r="H121" s="11"/>
     </row>
-    <row r="122" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="122" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A122" s="12" t="s">
         <v>531</v>
       </c>
       <c r="B122" s="13">
         <v>40203325675</v>
       </c>
       <c r="C122" s="9" t="s">
         <v>532</v>
       </c>
       <c r="D122" s="10" t="s">
         <v>533</v>
       </c>
       <c r="E122" s="10" t="s">
         <v>534</v>
       </c>
       <c r="F122" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G122" s="10" t="s">
         <v>535</v>
       </c>
       <c r="H122" s="11"/>
     </row>
-    <row r="123" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="123" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A123" s="12" t="s">
         <v>536</v>
       </c>
       <c r="B123" s="13">
         <v>43603091079</v>
       </c>
       <c r="C123" s="9" t="s">
         <v>532</v>
       </c>
       <c r="D123" s="10" t="s">
         <v>537</v>
       </c>
       <c r="E123" s="10" t="s">
         <v>538</v>
       </c>
       <c r="F123" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G123" s="10" t="s">
         <v>539</v>
       </c>
       <c r="H123" s="11"/>
     </row>
-    <row r="124" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="124" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A124" s="12" t="s">
         <v>540</v>
       </c>
       <c r="B124" s="13">
         <v>40203357350</v>
       </c>
       <c r="C124" s="9" t="s">
         <v>532</v>
       </c>
       <c r="D124" s="10" t="s">
         <v>358</v>
       </c>
       <c r="E124" s="10" t="s">
         <v>541</v>
       </c>
       <c r="F124" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G124" s="10" t="s">
         <v>542</v>
       </c>
       <c r="H124" s="11"/>
     </row>
-    <row r="125" spans="1:8" ht="51" x14ac:dyDescent="0.2">
+    <row r="125" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A125" s="12" t="s">
         <v>543</v>
       </c>
       <c r="B125" s="13">
         <v>40003440742</v>
       </c>
       <c r="C125" s="9" t="s">
         <v>544</v>
       </c>
       <c r="D125" s="10" t="s">
         <v>545</v>
       </c>
       <c r="E125" s="10" t="s">
         <v>546</v>
       </c>
       <c r="F125" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G125" s="10" t="s">
         <v>548</v>
       </c>
       <c r="H125" s="11"/>
     </row>
-    <row r="126" spans="1:8" ht="102" x14ac:dyDescent="0.2">
+    <row r="126" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A126" s="12" t="s">
         <v>549</v>
       </c>
       <c r="B126" s="13">
         <v>51503051001</v>
       </c>
       <c r="C126" s="9" t="s">
         <v>532</v>
       </c>
       <c r="D126" s="10" t="s">
         <v>550</v>
       </c>
       <c r="E126" s="10" t="s">
         <v>551</v>
       </c>
       <c r="F126" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G126" s="10" t="s">
         <v>552</v>
       </c>
       <c r="H126" s="11"/>
     </row>
-    <row r="127" spans="1:8" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="127" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A127" s="12" t="s">
         <v>553</v>
       </c>
       <c r="B127" s="13">
         <v>40203441030</v>
       </c>
       <c r="C127" s="9" t="s">
         <v>554</v>
       </c>
       <c r="D127" s="10" t="s">
         <v>555</v>
       </c>
       <c r="E127" s="10" t="s">
         <v>556</v>
       </c>
       <c r="F127" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G127" s="10" t="s">
         <v>462</v>
       </c>
       <c r="H127" s="11"/>
     </row>
-    <row r="128" spans="1:8" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="128" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A128" s="12" t="s">
         <v>557</v>
       </c>
       <c r="B128" s="13">
         <v>40203507756</v>
       </c>
       <c r="C128" s="9" t="s">
         <v>554</v>
       </c>
       <c r="D128" s="10" t="s">
         <v>372</v>
       </c>
       <c r="E128" s="10" t="s">
         <v>558</v>
       </c>
       <c r="F128" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G128" s="10" t="s">
         <v>559</v>
       </c>
       <c r="H128" s="11"/>
     </row>
-    <row r="129" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="129" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A129" s="12" t="s">
         <v>560</v>
       </c>
       <c r="B129" s="13">
         <v>40203423389</v>
       </c>
       <c r="C129" s="9" t="s">
         <v>561</v>
       </c>
       <c r="D129" s="10" t="s">
         <v>562</v>
       </c>
       <c r="E129" s="10" t="s">
         <v>563</v>
       </c>
       <c r="F129" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G129" s="10" t="s">
         <v>564</v>
       </c>
       <c r="H129" s="11"/>
     </row>
-    <row r="130" spans="1:8" ht="140.25" x14ac:dyDescent="0.2">
+    <row r="130" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A130" s="12" t="s">
         <v>565</v>
       </c>
       <c r="B130" s="13">
         <v>40203173141</v>
       </c>
       <c r="C130" s="9" t="s">
         <v>566</v>
       </c>
       <c r="D130" s="10" t="s">
         <v>567</v>
       </c>
       <c r="E130" s="10" t="s">
         <v>568</v>
       </c>
       <c r="F130" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G130" s="10" t="s">
         <v>569</v>
       </c>
       <c r="H130" s="11"/>
     </row>
-    <row r="131" spans="1:8" ht="102" x14ac:dyDescent="0.2">
+    <row r="131" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A131" s="12" t="s">
         <v>570</v>
       </c>
       <c r="B131" s="13">
         <v>40103765124</v>
       </c>
       <c r="C131" s="9" t="s">
         <v>571</v>
       </c>
       <c r="D131" s="10" t="s">
         <v>572</v>
       </c>
       <c r="E131" s="10" t="s">
         <v>573</v>
       </c>
       <c r="F131" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G131" s="10" t="s">
         <v>355</v>
       </c>
       <c r="H131" s="11"/>
     </row>
-    <row r="132" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="132" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A132" s="12" t="s">
         <v>574</v>
       </c>
       <c r="B132" s="13">
         <v>40203324631</v>
       </c>
       <c r="C132" s="9" t="s">
         <v>575</v>
       </c>
       <c r="D132" s="10" t="s">
         <v>576</v>
       </c>
       <c r="E132" s="10" t="s">
         <v>577</v>
       </c>
       <c r="F132" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G132" s="10" t="s">
         <v>578</v>
       </c>
       <c r="H132" s="11"/>
     </row>
-    <row r="133" spans="1:8" ht="140.25" x14ac:dyDescent="0.2">
+    <row r="133" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A133" s="12" t="s">
         <v>579</v>
       </c>
       <c r="B133" s="13">
         <v>50203451261</v>
       </c>
       <c r="C133" s="9" t="s">
         <v>575</v>
       </c>
       <c r="D133" s="10" t="s">
         <v>580</v>
       </c>
       <c r="E133" s="10" t="s">
         <v>581</v>
       </c>
       <c r="F133" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G133" s="10" t="s">
         <v>582</v>
       </c>
       <c r="H133" s="11"/>
     </row>
-    <row r="134" spans="1:8" ht="76.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="134" spans="1:8" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A134" s="12" t="s">
         <v>583</v>
       </c>
       <c r="B134" s="13">
         <v>40103961938</v>
       </c>
       <c r="C134" s="9" t="s">
         <v>584</v>
       </c>
       <c r="D134" s="10" t="s">
         <v>585</v>
       </c>
       <c r="E134" s="10" t="s">
         <v>586</v>
       </c>
       <c r="F134" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G134" s="10" t="s">
         <v>587</v>
       </c>
       <c r="H134" s="11"/>
     </row>
-    <row r="135" spans="1:8" ht="79.150000000000006" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="135" spans="1:8" ht="79.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A135" s="12" t="s">
         <v>588</v>
       </c>
       <c r="B135" s="13">
         <v>40203451486</v>
       </c>
       <c r="C135" s="9" t="s">
         <v>589</v>
       </c>
       <c r="D135" s="10" t="s">
         <v>590</v>
       </c>
       <c r="E135" s="10" t="s">
         <v>591</v>
       </c>
       <c r="F135" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G135" s="10" t="s">
         <v>592</v>
       </c>
       <c r="H135" s="11"/>
     </row>
-    <row r="136" spans="1:8" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="136" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A136" s="12" t="s">
         <v>418</v>
       </c>
       <c r="B136" s="13">
         <v>40203424543</v>
       </c>
       <c r="C136" s="9" t="s">
         <v>593</v>
       </c>
       <c r="D136" s="10" t="s">
         <v>594</v>
       </c>
       <c r="E136" s="10" t="s">
         <v>595</v>
       </c>
       <c r="F136" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G136" s="10" t="s">
         <v>596</v>
       </c>
       <c r="H136" s="11"/>
     </row>
-    <row r="137" spans="1:8" ht="99.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="137" spans="1:8" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A137" s="12" t="s">
         <v>597</v>
       </c>
       <c r="B137" s="13">
         <v>40103709095</v>
       </c>
       <c r="C137" s="9" t="s">
         <v>598</v>
       </c>
       <c r="D137" s="10" t="s">
         <v>599</v>
       </c>
       <c r="E137" s="10" t="s">
         <v>600</v>
       </c>
       <c r="F137" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G137" s="10" t="s">
         <v>601</v>
       </c>
       <c r="H137" s="11"/>
     </row>
-    <row r="138" spans="1:8" ht="92.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="138" spans="1:8" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A138" s="12" t="s">
         <v>602</v>
       </c>
       <c r="B138" s="13">
         <v>40203260913</v>
       </c>
       <c r="C138" s="9" t="s">
         <v>598</v>
       </c>
       <c r="D138" s="10" t="s">
         <v>603</v>
       </c>
       <c r="E138" s="10" t="s">
         <v>604</v>
       </c>
       <c r="F138" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G138" s="10" t="s">
         <v>605</v>
       </c>
       <c r="H138" s="11"/>
     </row>
-    <row r="139" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="139" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A139" s="12" t="s">
         <v>606</v>
       </c>
       <c r="B139" s="13">
         <v>40103314868</v>
       </c>
       <c r="C139" s="9" t="s">
         <v>607</v>
       </c>
       <c r="D139" s="10" t="s">
         <v>608</v>
       </c>
       <c r="E139" s="10" t="s">
         <v>609</v>
       </c>
       <c r="F139" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G139" s="10" t="s">
         <v>610</v>
       </c>
       <c r="H139" s="11"/>
     </row>
-    <row r="140" spans="1:8" ht="68.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="140" spans="1:8" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A140" s="12" t="s">
         <v>611</v>
       </c>
       <c r="B140" s="13">
         <v>40103944641</v>
       </c>
       <c r="C140" s="9" t="s">
         <v>612</v>
       </c>
       <c r="D140" s="10" t="s">
         <v>613</v>
       </c>
       <c r="E140" s="10" t="s">
         <v>614</v>
       </c>
       <c r="F140" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G140" s="10" t="s">
         <v>615</v>
       </c>
       <c r="H140" s="11"/>
     </row>
-    <row r="141" spans="1:8" ht="87" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="141" spans="1:8" ht="87" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A141" s="12" t="s">
         <v>616</v>
       </c>
       <c r="B141" s="13">
         <v>40203307025</v>
       </c>
       <c r="C141" s="9" t="s">
         <v>617</v>
       </c>
       <c r="D141" s="10" t="s">
         <v>618</v>
       </c>
       <c r="E141" s="10" t="s">
         <v>619</v>
       </c>
       <c r="F141" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G141" s="10" t="s">
         <v>278</v>
       </c>
       <c r="H141" s="11"/>
     </row>
-    <row r="142" spans="1:8" ht="153" x14ac:dyDescent="0.2">
+    <row r="142" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A142" s="12" t="s">
         <v>620</v>
       </c>
       <c r="B142" s="13">
         <v>41503080259</v>
       </c>
       <c r="C142" s="9" t="s">
         <v>617</v>
       </c>
       <c r="D142" s="10" t="s">
         <v>621</v>
       </c>
       <c r="E142" s="10" t="s">
         <v>622</v>
       </c>
       <c r="F142" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G142" s="10" t="s">
         <v>623</v>
       </c>
       <c r="H142" s="11"/>
     </row>
-    <row r="143" spans="1:8" ht="102" x14ac:dyDescent="0.2">
+    <row r="143" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A143" s="12" t="s">
         <v>624</v>
       </c>
       <c r="B143" s="13">
         <v>40103498584</v>
       </c>
       <c r="C143" s="9" t="s">
         <v>625</v>
       </c>
       <c r="D143" s="10" t="s">
         <v>626</v>
       </c>
       <c r="E143" s="10" t="s">
         <v>627</v>
       </c>
       <c r="F143" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G143" s="10" t="s">
         <v>628</v>
       </c>
       <c r="H143" s="11"/>
     </row>
-    <row r="144" spans="1:8" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="144" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A144" s="12" t="s">
         <v>629</v>
       </c>
       <c r="B144" s="13">
         <v>40203286486</v>
       </c>
       <c r="C144" s="9" t="s">
         <v>630</v>
       </c>
       <c r="D144" s="10" t="s">
         <v>631</v>
       </c>
       <c r="E144" s="10" t="s">
         <v>632</v>
       </c>
       <c r="F144" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G144" s="10" t="s">
         <v>14</v>
       </c>
       <c r="H144" s="11"/>
     </row>
-    <row r="145" spans="1:8" ht="51" x14ac:dyDescent="0.2">
+    <row r="145" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A145" s="12" t="s">
         <v>633</v>
       </c>
       <c r="B145" s="13">
         <v>40003415270</v>
       </c>
       <c r="C145" s="9" t="s">
         <v>634</v>
       </c>
       <c r="D145" s="10" t="s">
         <v>635</v>
       </c>
       <c r="E145" s="10" t="s">
         <v>636</v>
       </c>
       <c r="F145" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G145" s="10" t="s">
         <v>637</v>
       </c>
       <c r="H145" s="11"/>
     </row>
-    <row r="146" spans="1:8" ht="102" x14ac:dyDescent="0.2">
+    <row r="146" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A146" s="12" t="s">
         <v>638</v>
       </c>
       <c r="B146" s="13">
         <v>40203516566</v>
       </c>
       <c r="C146" s="9" t="s">
         <v>639</v>
       </c>
       <c r="D146" s="10" t="s">
         <v>372</v>
       </c>
       <c r="E146" s="10" t="s">
         <v>640</v>
       </c>
       <c r="F146" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G146" s="10" t="s">
         <v>526</v>
       </c>
       <c r="H146" s="11"/>
     </row>
-    <row r="147" spans="1:8" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="147" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A147" s="12" t="s">
         <v>641</v>
       </c>
       <c r="B147" s="13">
         <v>40203342478</v>
       </c>
       <c r="C147" s="9" t="s">
         <v>639</v>
       </c>
       <c r="D147" s="10" t="s">
         <v>642</v>
       </c>
       <c r="E147" s="10" t="s">
         <v>643</v>
       </c>
       <c r="F147" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G147" s="10" t="s">
         <v>644</v>
       </c>
       <c r="H147" s="11"/>
     </row>
-    <row r="148" spans="1:8" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="148" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A148" s="12" t="s">
         <v>645</v>
       </c>
       <c r="B148" s="13">
         <v>40203337424</v>
       </c>
       <c r="C148" s="9" t="s">
         <v>639</v>
       </c>
       <c r="D148" s="10" t="s">
         <v>646</v>
       </c>
       <c r="E148" s="10" t="s">
         <v>647</v>
       </c>
       <c r="F148" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G148" s="10" t="s">
         <v>648</v>
       </c>
       <c r="H148" s="11"/>
     </row>
-    <row r="149" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="149" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A149" s="12" t="s">
         <v>649</v>
       </c>
       <c r="B149" s="13">
         <v>40103962717</v>
       </c>
       <c r="C149" s="9" t="s">
         <v>650</v>
       </c>
       <c r="D149" s="10" t="s">
         <v>651</v>
       </c>
       <c r="E149" s="10" t="s">
         <v>652</v>
       </c>
       <c r="F149" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G149" s="10" t="s">
         <v>615</v>
       </c>
       <c r="H149" s="11"/>
     </row>
-    <row r="150" spans="1:8" ht="102" x14ac:dyDescent="0.2">
+    <row r="150" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A150" s="12" t="s">
         <v>653</v>
       </c>
       <c r="B150" s="13">
         <v>40203401714</v>
       </c>
       <c r="C150" s="9" t="s">
         <v>654</v>
       </c>
       <c r="D150" s="10" t="s">
         <v>655</v>
       </c>
       <c r="E150" s="10" t="s">
         <v>656</v>
       </c>
       <c r="F150" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G150" s="14" t="s">
         <v>657</v>
       </c>
       <c r="H150" s="11"/>
     </row>
-    <row r="151" spans="1:8" ht="178.5" x14ac:dyDescent="0.2">
+    <row r="151" spans="1:8" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A151" s="19" t="s">
         <v>658</v>
       </c>
       <c r="B151" s="18">
         <v>40203458624</v>
       </c>
       <c r="C151" s="22" t="s">
         <v>659</v>
       </c>
       <c r="D151" s="14" t="s">
         <v>660</v>
       </c>
       <c r="E151" s="14" t="s">
         <v>661</v>
       </c>
       <c r="F151" s="18" t="s">
         <v>13</v>
       </c>
       <c r="G151" s="14" t="s">
         <v>662</v>
       </c>
       <c r="H151" s="11"/>
     </row>
-    <row r="152" spans="1:8" ht="153" x14ac:dyDescent="0.2">
+    <row r="152" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A152" s="16" t="s">
         <v>663</v>
       </c>
       <c r="B152" s="23">
         <v>40003395627</v>
       </c>
       <c r="C152" s="24" t="s">
         <v>664</v>
       </c>
       <c r="D152" s="10" t="s">
         <v>665</v>
       </c>
       <c r="E152" s="10" t="s">
         <v>666</v>
       </c>
       <c r="F152" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G152" s="25" t="s">
         <v>667</v>
       </c>
       <c r="H152" s="11"/>
     </row>
-    <row r="153" spans="1:8" ht="51" x14ac:dyDescent="0.2">
+    <row r="153" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A153" s="12" t="s">
         <v>668</v>
       </c>
       <c r="B153" s="13">
         <v>50003349121</v>
       </c>
       <c r="C153" s="13" t="s">
         <v>669</v>
       </c>
       <c r="D153" s="10" t="s">
         <v>670</v>
       </c>
       <c r="E153" s="10" t="s">
         <v>671</v>
       </c>
       <c r="F153" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G153" s="10" t="s">
         <v>672</v>
       </c>
       <c r="H153" s="11"/>
     </row>
-    <row r="154" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="154" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A154" s="12" t="s">
         <v>673</v>
       </c>
       <c r="B154" s="13">
         <v>40103937870</v>
       </c>
       <c r="C154" s="13" t="s">
         <v>674</v>
       </c>
       <c r="D154" s="10" t="s">
         <v>675</v>
       </c>
       <c r="E154" s="10" t="s">
         <v>676</v>
       </c>
       <c r="F154" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G154" s="10" t="s">
         <v>677</v>
       </c>
       <c r="H154" s="11"/>
     </row>
-    <row r="155" spans="1:8" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="155" spans="1:8" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A155" s="12" t="s">
         <v>678</v>
       </c>
       <c r="B155" s="13">
         <v>40203078580</v>
       </c>
       <c r="C155" s="13" t="s">
         <v>589</v>
       </c>
       <c r="D155" s="10" t="s">
         <v>679</v>
       </c>
       <c r="E155" s="10" t="s">
         <v>680</v>
       </c>
       <c r="F155" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G155" s="15" t="s">
         <v>681</v>
       </c>
       <c r="H155" s="11"/>
     </row>
-    <row r="156" spans="1:8" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="156" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A156" s="16" t="s">
         <v>682</v>
       </c>
       <c r="B156" s="23">
         <v>40103785597</v>
       </c>
       <c r="C156" s="23" t="s">
         <v>625</v>
       </c>
       <c r="D156" s="10" t="s">
         <v>683</v>
       </c>
       <c r="E156" s="10" t="s">
         <v>684</v>
       </c>
       <c r="F156" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G156" s="26" t="s">
         <v>681</v>
       </c>
       <c r="H156" s="11"/>
     </row>
-    <row r="157" spans="1:8" ht="86.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="157" spans="1:8" ht="86.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A157" s="27" t="s">
         <v>685</v>
       </c>
       <c r="B157" s="28">
         <v>40203439356</v>
       </c>
       <c r="C157" s="28" t="s">
         <v>659</v>
       </c>
       <c r="D157" s="10" t="s">
         <v>686</v>
       </c>
       <c r="E157" s="10" t="s">
         <v>687</v>
       </c>
       <c r="F157" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G157" s="29" t="s">
         <v>688</v>
       </c>
       <c r="H157" s="11"/>
     </row>
-    <row r="158" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="158" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A158" s="27" t="s">
         <v>689</v>
       </c>
       <c r="B158" s="28">
         <v>40203220357</v>
       </c>
       <c r="C158" s="28" t="s">
         <v>690</v>
       </c>
       <c r="D158" s="10" t="s">
         <v>358</v>
       </c>
       <c r="E158" s="10" t="s">
         <v>691</v>
       </c>
       <c r="F158" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G158" s="30" t="s">
         <v>692</v>
       </c>
       <c r="H158" s="11"/>
     </row>
-    <row r="159" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="159" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A159" s="27" t="s">
         <v>570</v>
       </c>
       <c r="B159" s="28">
         <v>40103765124</v>
       </c>
       <c r="C159" s="28" t="s">
         <v>693</v>
       </c>
       <c r="D159" s="10" t="s">
         <v>572</v>
       </c>
       <c r="E159" s="10" t="s">
         <v>694</v>
       </c>
       <c r="F159" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G159" s="30" t="s">
         <v>695</v>
       </c>
       <c r="H159" s="11"/>
     </row>
-    <row r="160" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="160" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A160" s="12" t="s">
         <v>696</v>
       </c>
       <c r="B160" s="31">
         <v>40203243241</v>
       </c>
       <c r="C160" s="32" t="s">
         <v>697</v>
       </c>
       <c r="D160" s="10" t="s">
         <v>698</v>
       </c>
       <c r="E160" s="10" t="s">
         <v>699</v>
       </c>
       <c r="F160" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G160" s="33" t="s">
         <v>700</v>
       </c>
       <c r="H160" s="11"/>
     </row>
-    <row r="161" spans="1:8" ht="114" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="161" spans="1:8" ht="114" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A161" s="34" t="s">
         <v>701</v>
       </c>
       <c r="B161" s="20">
         <v>40203253894</v>
       </c>
       <c r="C161" s="13" t="s">
         <v>612</v>
       </c>
       <c r="D161" s="10" t="s">
         <v>702</v>
       </c>
       <c r="E161" s="10" t="s">
         <v>703</v>
       </c>
       <c r="F161" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G161" s="12" t="s">
         <v>704</v>
       </c>
       <c r="H161" s="11"/>
     </row>
-    <row r="162" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="162" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A162" s="12" t="s">
         <v>705</v>
       </c>
       <c r="B162" s="13">
         <v>41503088977</v>
       </c>
       <c r="C162" s="13" t="s">
         <v>612</v>
       </c>
       <c r="D162" s="10" t="s">
         <v>358</v>
       </c>
       <c r="E162" s="10" t="s">
         <v>706</v>
       </c>
       <c r="F162" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G162" s="10" t="s">
         <v>707</v>
       </c>
       <c r="H162" s="11"/>
     </row>
-    <row r="163" spans="1:8" ht="135.6" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="163" spans="1:8" ht="135.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A163" s="12" t="s">
         <v>708</v>
       </c>
       <c r="B163" s="13">
         <v>40003449898</v>
       </c>
       <c r="C163" s="13" t="s">
         <v>612</v>
       </c>
       <c r="D163" s="10" t="s">
         <v>709</v>
       </c>
       <c r="E163" s="10" t="s">
         <v>710</v>
       </c>
       <c r="F163" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G163" s="14" t="s">
         <v>711</v>
       </c>
       <c r="H163" s="11"/>
     </row>
-    <row r="164" spans="1:8" ht="153" x14ac:dyDescent="0.2">
+    <row r="164" spans="1:8" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A164" s="16" t="s">
         <v>712</v>
       </c>
       <c r="B164" s="23">
         <v>40003835478</v>
       </c>
       <c r="C164" s="23" t="s">
         <v>713</v>
       </c>
       <c r="D164" s="10" t="s">
         <v>714</v>
       </c>
       <c r="E164" s="10" t="s">
         <v>715</v>
       </c>
       <c r="F164" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G164" s="25" t="s">
         <v>716</v>
       </c>
       <c r="H164" s="11"/>
     </row>
-    <row r="165" spans="1:8" ht="102" x14ac:dyDescent="0.2">
+    <row r="165" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A165" s="16" t="s">
         <v>717</v>
       </c>
       <c r="B165" s="13">
         <v>40203457845</v>
       </c>
       <c r="C165" s="13" t="s">
         <v>718</v>
       </c>
       <c r="D165" s="10" t="s">
         <v>642</v>
       </c>
       <c r="E165" s="10" t="s">
         <v>719</v>
       </c>
       <c r="F165" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G165" s="10" t="s">
         <v>720</v>
       </c>
       <c r="H165" s="11"/>
     </row>
-    <row r="166" spans="1:8" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="166" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A166" s="16" t="s">
         <v>721</v>
       </c>
       <c r="B166" s="13">
         <v>40203504923</v>
       </c>
       <c r="C166" s="13" t="s">
         <v>722</v>
       </c>
       <c r="D166" s="10" t="s">
         <v>646</v>
       </c>
       <c r="E166" s="10" t="s">
         <v>723</v>
       </c>
       <c r="F166" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G166" s="10" t="s">
         <v>724</v>
       </c>
       <c r="H166" s="11"/>
     </row>
-    <row r="167" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="167" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A167" s="16" t="s">
         <v>725</v>
       </c>
       <c r="B167" s="13">
         <v>40003688079</v>
       </c>
       <c r="C167" s="13" t="s">
         <v>726</v>
       </c>
       <c r="D167" s="10" t="s">
         <v>727</v>
       </c>
       <c r="E167" s="10" t="s">
         <v>728</v>
       </c>
       <c r="F167" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G167" s="10" t="s">
         <v>729</v>
       </c>
       <c r="H167" s="11"/>
     </row>
-    <row r="168" spans="1:8" ht="99.6" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="168" spans="1:8" ht="99.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A168" s="16" t="s">
         <v>730</v>
       </c>
       <c r="B168" s="13">
         <v>40203016487</v>
       </c>
       <c r="C168" s="13" t="s">
         <v>731</v>
       </c>
       <c r="D168" s="10" t="s">
         <v>732</v>
       </c>
       <c r="E168" s="10" t="s">
         <v>733</v>
       </c>
       <c r="F168" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G168" s="10" t="s">
         <v>734</v>
       </c>
       <c r="H168" s="11"/>
     </row>
-    <row r="169" spans="1:8" ht="92.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="169" spans="1:8" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A169" s="16" t="s">
         <v>735</v>
       </c>
       <c r="B169" s="13">
         <v>40203444535</v>
       </c>
       <c r="C169" s="5" t="s">
         <v>726</v>
       </c>
       <c r="D169" s="10" t="s">
         <v>736</v>
       </c>
       <c r="E169" s="10" t="s">
         <v>737</v>
       </c>
       <c r="F169" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G169" s="10" t="s">
         <v>738</v>
       </c>
       <c r="H169" s="11"/>
     </row>
-    <row r="170" spans="1:8" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="170" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A170" s="16" t="s">
         <v>739</v>
       </c>
       <c r="B170" s="13">
         <v>50203453351</v>
       </c>
       <c r="C170" s="13" t="s">
         <v>740</v>
       </c>
       <c r="D170" s="10" t="s">
         <v>493</v>
       </c>
       <c r="E170" s="10" t="s">
         <v>741</v>
       </c>
       <c r="F170" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G170" s="10" t="s">
         <v>742</v>
       </c>
       <c r="H170" s="11"/>
     </row>
-    <row r="171" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="171" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A171" s="16" t="s">
         <v>743</v>
       </c>
       <c r="B171" s="13">
         <v>40203350598</v>
       </c>
       <c r="C171" s="13" t="s">
         <v>744</v>
       </c>
       <c r="D171" s="10" t="s">
         <v>745</v>
       </c>
       <c r="E171" s="10" t="s">
         <v>746</v>
       </c>
       <c r="F171" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G171" s="10" t="s">
         <v>747</v>
       </c>
       <c r="H171" s="11"/>
     </row>
-    <row r="172" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="172" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A172" s="16" t="s">
         <v>748</v>
       </c>
       <c r="B172" s="13">
         <v>40203065228</v>
       </c>
       <c r="C172" s="13" t="s">
         <v>749</v>
       </c>
       <c r="D172" s="10" t="s">
         <v>750</v>
       </c>
       <c r="E172" s="10" t="s">
         <v>751</v>
       </c>
       <c r="F172" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G172" s="10" t="s">
         <v>752</v>
       </c>
       <c r="H172" s="11"/>
     </row>
-    <row r="173" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="173" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A173" s="16" t="s">
         <v>753</v>
       </c>
       <c r="B173" s="13">
         <v>90013082759</v>
       </c>
       <c r="C173" s="13" t="s">
         <v>754</v>
       </c>
       <c r="D173" s="16" t="s">
         <v>755</v>
       </c>
       <c r="E173" s="10" t="s">
         <v>756</v>
       </c>
       <c r="F173" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G173" s="10" t="s">
         <v>757</v>
       </c>
       <c r="H173" s="11"/>
     </row>
-    <row r="174" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="174" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A174" s="16" t="s">
         <v>753</v>
       </c>
       <c r="B174" s="13">
         <v>90013082759</v>
       </c>
       <c r="C174" s="13" t="s">
         <v>754</v>
       </c>
       <c r="D174" s="16" t="s">
         <v>755</v>
       </c>
       <c r="E174" s="10" t="s">
         <v>758</v>
       </c>
       <c r="F174" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G174" s="10" t="s">
         <v>759</v>
       </c>
       <c r="H174" s="11"/>
     </row>
-    <row r="175" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="175" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A175" s="16" t="s">
         <v>753</v>
       </c>
       <c r="B175" s="13">
         <v>90013082759</v>
       </c>
       <c r="C175" s="13" t="s">
         <v>754</v>
       </c>
       <c r="D175" s="16" t="s">
         <v>760</v>
       </c>
       <c r="E175" s="10" t="s">
         <v>761</v>
       </c>
       <c r="F175" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G175" s="10" t="s">
         <v>757</v>
       </c>
       <c r="H175" s="11"/>
     </row>
-    <row r="176" spans="1:8" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="176" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A176" s="16" t="s">
         <v>753</v>
       </c>
       <c r="B176" s="13">
         <v>90013082759</v>
       </c>
       <c r="C176" s="13" t="s">
         <v>754</v>
       </c>
       <c r="D176" s="16" t="s">
         <v>755</v>
       </c>
       <c r="E176" s="10" t="s">
         <v>762</v>
       </c>
       <c r="F176" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G176" s="10" t="s">
         <v>757</v>
       </c>
       <c r="H176" s="11"/>
     </row>
-    <row r="177" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="177" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A177" s="16" t="s">
         <v>753</v>
       </c>
       <c r="B177" s="13">
         <v>90013082759</v>
       </c>
       <c r="C177" s="13" t="s">
         <v>754</v>
       </c>
       <c r="D177" s="16" t="s">
         <v>755</v>
       </c>
       <c r="E177" s="10" t="s">
         <v>763</v>
       </c>
       <c r="F177" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G177" s="10" t="s">
         <v>757</v>
       </c>
     </row>
-    <row r="178" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="178" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A178" s="16" t="s">
         <v>753</v>
       </c>
       <c r="B178" s="13">
         <v>90013082759</v>
       </c>
       <c r="C178" s="13" t="s">
         <v>754</v>
       </c>
       <c r="D178" s="16" t="s">
         <v>755</v>
       </c>
       <c r="E178" s="10" t="s">
         <v>764</v>
       </c>
       <c r="F178" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G178" s="10" t="s">
         <v>757</v>
       </c>
     </row>
-    <row r="179" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="179" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A179" s="16" t="s">
         <v>765</v>
       </c>
       <c r="B179" s="13">
         <v>41503069590</v>
       </c>
       <c r="C179" s="13" t="s">
         <v>766</v>
       </c>
       <c r="D179" s="16" t="s">
         <v>767</v>
       </c>
       <c r="E179" s="10" t="s">
         <v>768</v>
       </c>
       <c r="F179" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G179" s="10" t="s">
         <v>769</v>
       </c>
     </row>
-    <row r="180" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="180" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A180" s="16" t="s">
         <v>770</v>
       </c>
       <c r="B180" s="13">
         <v>40203445831</v>
       </c>
       <c r="C180" s="13" t="s">
         <v>771</v>
       </c>
       <c r="D180" s="16" t="s">
         <v>772</v>
       </c>
       <c r="E180" s="10" t="s">
         <v>773</v>
       </c>
       <c r="F180" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G180" s="10" t="s">
         <v>774</v>
       </c>
     </row>
-    <row r="181" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+    <row r="181" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A181" s="16" t="s">
         <v>775</v>
       </c>
       <c r="B181" s="13">
         <v>40203050627</v>
       </c>
       <c r="C181" s="13" t="s">
         <v>776</v>
       </c>
       <c r="D181" s="16" t="s">
         <v>777</v>
       </c>
       <c r="E181" s="10" t="s">
         <v>778</v>
       </c>
       <c r="F181" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G181" s="10" t="s">
         <v>779</v>
       </c>
     </row>
-    <row r="182" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+    <row r="182" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A182" s="16" t="s">
         <v>780</v>
       </c>
       <c r="B182" s="13">
         <v>48503019625</v>
       </c>
       <c r="C182" s="13" t="s">
         <v>781</v>
       </c>
       <c r="D182" s="16" t="s">
         <v>782</v>
       </c>
       <c r="E182" s="10" t="s">
         <v>783</v>
       </c>
       <c r="F182" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G182" s="10" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="183" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="183" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A183" s="16" t="s">
         <v>784</v>
       </c>
       <c r="B183" s="13">
         <v>40103566344</v>
       </c>
       <c r="C183" s="13" t="s">
         <v>785</v>
       </c>
       <c r="D183" s="16" t="s">
         <v>786</v>
       </c>
       <c r="E183" s="10" t="s">
         <v>787</v>
       </c>
       <c r="F183" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G183" s="10" t="s">
         <v>788</v>
       </c>
     </row>
-    <row r="184" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
+    <row r="184" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A184" s="16" t="s">
         <v>789</v>
       </c>
       <c r="B184" s="13">
         <v>40203314436</v>
       </c>
       <c r="C184" s="13" t="s">
         <v>790</v>
       </c>
       <c r="D184" s="16" t="s">
         <v>791</v>
       </c>
       <c r="E184" s="10" t="s">
         <v>792</v>
       </c>
       <c r="F184" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G184" s="10" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="185" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="185" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A185" s="16" t="s">
         <v>793</v>
       </c>
       <c r="B185" s="13">
         <v>40203402461</v>
       </c>
       <c r="C185" s="13" t="s">
         <v>794</v>
       </c>
       <c r="D185" s="16" t="s">
         <v>642</v>
       </c>
       <c r="E185" s="10" t="s">
         <v>795</v>
       </c>
       <c r="F185" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G185" s="10" t="s">
         <v>796</v>
       </c>
     </row>
-    <row r="186" spans="1:7" ht="107.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="186" spans="1:7" ht="107.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A186" s="16" t="s">
         <v>797</v>
       </c>
       <c r="B186" s="13">
         <v>50203230431</v>
       </c>
       <c r="C186" s="13" t="s">
         <v>798</v>
       </c>
       <c r="D186" s="16" t="s">
         <v>799</v>
       </c>
       <c r="E186" s="10" t="s">
         <v>800</v>
       </c>
       <c r="F186" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G186" s="10" t="s">
         <v>801</v>
       </c>
     </row>
-    <row r="187" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="187" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A187" s="16" t="s">
         <v>802</v>
       </c>
       <c r="B187" s="13">
         <v>44103085135</v>
       </c>
       <c r="C187" s="13" t="s">
         <v>726</v>
       </c>
       <c r="D187" s="16" t="s">
         <v>803</v>
       </c>
       <c r="E187" s="10" t="s">
         <v>804</v>
       </c>
       <c r="F187" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G187" s="10" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="188" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="188" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A188" s="16" t="s">
         <v>806</v>
       </c>
       <c r="B188" s="13">
         <v>40203231399</v>
       </c>
       <c r="C188" s="13" t="s">
         <v>807</v>
       </c>
       <c r="D188" s="16" t="s">
         <v>808</v>
       </c>
       <c r="E188" s="10" t="s">
         <v>809</v>
       </c>
       <c r="F188" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G188" s="10" t="s">
         <v>810</v>
       </c>
     </row>
-    <row r="189" spans="1:7" ht="92.65" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="189" spans="1:7" ht="92.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A189" s="16" t="s">
         <v>811</v>
       </c>
       <c r="B189" s="13">
         <v>40003923624</v>
       </c>
       <c r="C189" s="13" t="s">
         <v>812</v>
       </c>
       <c r="D189" s="16" t="s">
         <v>813</v>
       </c>
       <c r="E189" s="10" t="s">
         <v>814</v>
       </c>
       <c r="F189" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G189" s="10" t="s">
         <v>815</v>
       </c>
     </row>
-    <row r="190" spans="1:7" ht="91.15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="190" spans="1:7" ht="91.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A190" s="16" t="s">
         <v>816</v>
       </c>
       <c r="B190" s="13">
         <v>41203050753</v>
       </c>
       <c r="C190" s="13" t="s">
         <v>794</v>
       </c>
       <c r="D190" s="16" t="s">
         <v>817</v>
       </c>
       <c r="E190" s="10" t="s">
         <v>818</v>
       </c>
       <c r="F190" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G190" s="10" t="s">
         <v>819</v>
       </c>
     </row>
-    <row r="191" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="191" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A191" s="16" t="s">
         <v>820</v>
       </c>
       <c r="B191" s="13">
         <v>40103252356</v>
       </c>
       <c r="C191" s="13" t="s">
         <v>821</v>
       </c>
       <c r="D191" s="16" t="s">
         <v>822</v>
       </c>
       <c r="E191" s="10" t="s">
         <v>823</v>
       </c>
       <c r="F191" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G191" s="10" t="s">
         <v>824</v>
       </c>
     </row>
-    <row r="192" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="192" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A192" s="16" t="s">
         <v>825</v>
       </c>
       <c r="B192" s="13">
         <v>90013082759</v>
       </c>
       <c r="C192" s="13" t="s">
         <v>826</v>
       </c>
       <c r="D192" s="16" t="s">
         <v>827</v>
       </c>
       <c r="E192" s="10" t="s">
         <v>828</v>
       </c>
       <c r="F192" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G192" s="10" t="s">
         <v>829</v>
       </c>
     </row>
-    <row r="193" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="193" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A193" s="16" t="s">
         <v>830</v>
       </c>
       <c r="B193" s="13">
         <v>40003762704</v>
       </c>
       <c r="C193" s="13" t="s">
         <v>831</v>
       </c>
       <c r="D193" s="16" t="s">
         <v>832</v>
       </c>
       <c r="E193" s="10" t="s">
         <v>833</v>
       </c>
       <c r="F193" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G193" s="10" t="s">
         <v>824</v>
       </c>
     </row>
-    <row r="194" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="194" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A194" s="16" t="s">
         <v>834</v>
       </c>
       <c r="B194" s="13">
         <v>40203116223</v>
       </c>
       <c r="C194" s="13" t="s">
         <v>835</v>
       </c>
       <c r="D194" s="16" t="s">
         <v>836</v>
       </c>
       <c r="E194" s="10" t="s">
         <v>837</v>
       </c>
       <c r="F194" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G194" s="10" t="s">
         <v>838</v>
       </c>
     </row>
-    <row r="195" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="195" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A195" s="16" t="s">
         <v>839</v>
       </c>
       <c r="B195" s="13">
         <v>44103144250</v>
       </c>
       <c r="C195" s="13" t="s">
         <v>840</v>
       </c>
       <c r="D195" s="16" t="s">
         <v>841</v>
       </c>
       <c r="E195" s="10" t="s">
         <v>842</v>
       </c>
       <c r="F195" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G195" s="10" t="s">
         <v>843</v>
       </c>
     </row>
-    <row r="196" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="196" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A196" s="16" t="s">
         <v>844</v>
       </c>
       <c r="B196" s="13">
         <v>41503071010</v>
       </c>
       <c r="C196" s="13" t="s">
         <v>845</v>
       </c>
       <c r="D196" s="16" t="s">
         <v>846</v>
       </c>
       <c r="E196" s="14" t="s">
         <v>847</v>
       </c>
       <c r="F196" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G196" s="14" t="s">
         <v>848</v>
       </c>
     </row>
-    <row r="197" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="197" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A197" s="16" t="s">
         <v>849</v>
       </c>
       <c r="B197" s="13">
         <v>40203319344</v>
       </c>
       <c r="C197" s="13" t="s">
         <v>845</v>
       </c>
       <c r="D197" s="16" t="s">
         <v>850</v>
       </c>
       <c r="E197" s="14" t="s">
         <v>851</v>
       </c>
       <c r="F197" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G197" s="14" t="s">
         <v>852</v>
       </c>
     </row>
-    <row r="198" spans="1:7" ht="165.75" x14ac:dyDescent="0.2">
+    <row r="198" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A198" s="16" t="s">
         <v>853</v>
       </c>
       <c r="B198" s="13">
         <v>50203099601</v>
       </c>
       <c r="C198" s="13" t="s">
         <v>854</v>
       </c>
       <c r="D198" s="16" t="s">
         <v>855</v>
       </c>
       <c r="E198" s="19" t="s">
         <v>856</v>
       </c>
       <c r="F198" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G198" s="14" t="s">
         <v>857</v>
       </c>
     </row>
-    <row r="199" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+    <row r="199" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A199" s="16" t="s">
         <v>858</v>
       </c>
       <c r="B199" s="13">
         <v>40203473873</v>
       </c>
       <c r="C199" s="13" t="s">
         <v>854</v>
       </c>
       <c r="D199" s="16" t="s">
         <v>502</v>
       </c>
       <c r="E199" s="19" t="s">
         <v>859</v>
       </c>
       <c r="F199" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G199" s="14" t="s">
         <v>860</v>
       </c>
     </row>
-    <row r="200" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="200" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A200" s="16" t="s">
         <v>861</v>
       </c>
       <c r="B200" s="13">
         <v>55403052331</v>
       </c>
       <c r="C200" s="13" t="s">
         <v>862</v>
       </c>
       <c r="D200" s="16" t="s">
         <v>863</v>
       </c>
       <c r="E200" s="19" t="s">
         <v>864</v>
       </c>
       <c r="F200" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G200" s="14" t="s">
         <v>865</v>
       </c>
     </row>
-    <row r="201" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="201" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A201" s="16" t="s">
         <v>866</v>
       </c>
       <c r="B201" s="13">
         <v>40203017463</v>
       </c>
       <c r="C201" s="13" t="s">
         <v>867</v>
       </c>
       <c r="D201" s="16" t="s">
         <v>868</v>
       </c>
       <c r="E201" s="19" t="s">
         <v>869</v>
       </c>
       <c r="F201" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G201" s="14" t="s">
         <v>870</v>
       </c>
     </row>
-    <row r="202" spans="1:7" ht="97.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="202" spans="1:7" ht="97.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A202" s="16" t="s">
         <v>871</v>
       </c>
       <c r="B202" s="13">
         <v>40103193847</v>
       </c>
       <c r="C202" s="13" t="s">
         <v>872</v>
       </c>
       <c r="D202" s="16" t="s">
         <v>873</v>
       </c>
       <c r="E202" s="19" t="s">
         <v>874</v>
       </c>
       <c r="F202" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G202" s="14" t="s">
         <v>875</v>
       </c>
     </row>
-    <row r="203" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="203" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A203" s="16" t="s">
         <v>876</v>
       </c>
       <c r="B203" s="13">
         <v>40203124023</v>
       </c>
       <c r="C203" s="13" t="s">
         <v>877</v>
       </c>
       <c r="D203" s="16" t="s">
         <v>878</v>
       </c>
       <c r="E203" s="19" t="s">
         <v>879</v>
       </c>
       <c r="F203" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G203" s="14" t="s">
         <v>880</v>
       </c>
     </row>
-    <row r="204" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="204" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A204" s="16" t="s">
         <v>881</v>
       </c>
       <c r="B204" s="13">
         <v>50003465381</v>
       </c>
       <c r="C204" s="13" t="s">
         <v>882</v>
       </c>
       <c r="D204" s="16" t="s">
         <v>576</v>
       </c>
       <c r="E204" s="19" t="s">
         <v>883</v>
       </c>
       <c r="F204" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G204" s="14" t="s">
         <v>884</v>
       </c>
     </row>
-    <row r="205" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="205" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A205" s="16" t="s">
         <v>885</v>
       </c>
       <c r="B205" s="13">
         <v>40003885731</v>
       </c>
       <c r="C205" s="13" t="s">
         <v>840</v>
       </c>
       <c r="D205" s="16" t="s">
         <v>886</v>
       </c>
       <c r="E205" s="19" t="s">
         <v>887</v>
       </c>
       <c r="F205" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G205" s="14" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="206" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="206" spans="1:7" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A206" s="16" t="s">
         <v>889</v>
       </c>
       <c r="B206" s="13">
         <v>40203397368</v>
       </c>
       <c r="C206" s="13" t="s">
         <v>872</v>
       </c>
       <c r="D206" s="16" t="s">
         <v>890</v>
       </c>
       <c r="E206" s="19" t="s">
         <v>891</v>
       </c>
       <c r="F206" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G206" s="14" t="s">
         <v>892</v>
       </c>
     </row>
-    <row r="207" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="207" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A207" s="16" t="s">
         <v>893</v>
       </c>
       <c r="B207" s="13">
         <v>40203375676</v>
       </c>
       <c r="C207" s="13" t="s">
         <v>894</v>
       </c>
       <c r="D207" s="16" t="s">
         <v>895</v>
       </c>
       <c r="E207" s="19" t="s">
         <v>896</v>
       </c>
       <c r="F207" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G207" s="14" t="s">
         <v>865</v>
       </c>
     </row>
-    <row r="208" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="208" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A208" s="16" t="s">
         <v>897</v>
       </c>
       <c r="B208" s="13">
         <v>40203081805</v>
       </c>
       <c r="C208" s="13" t="s">
         <v>894</v>
       </c>
       <c r="D208" s="16" t="s">
         <v>898</v>
       </c>
       <c r="E208" s="12" t="s">
         <v>899</v>
       </c>
       <c r="F208" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G208" s="10" t="s">
         <v>900</v>
       </c>
     </row>
-    <row r="209" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="209" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A209" s="16" t="s">
         <v>901</v>
       </c>
       <c r="B209" s="13">
         <v>40203124023</v>
       </c>
       <c r="C209" s="13" t="s">
         <v>812</v>
       </c>
       <c r="D209" s="16" t="s">
         <v>902</v>
       </c>
       <c r="E209" s="19" t="s">
         <v>903</v>
       </c>
       <c r="F209" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G209" s="14" t="s">
         <v>904</v>
       </c>
     </row>
-    <row r="210" spans="1:7" ht="140.25" x14ac:dyDescent="0.2">
+    <row r="210" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A210" s="16" t="s">
         <v>905</v>
       </c>
       <c r="B210" s="13">
         <v>40008120858</v>
       </c>
       <c r="C210" s="9" t="s">
         <v>906</v>
       </c>
       <c r="D210" s="16" t="s">
         <v>907</v>
       </c>
       <c r="E210" s="19" t="s">
         <v>908</v>
       </c>
       <c r="F210" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G210" s="14" t="s">
         <v>909</v>
       </c>
     </row>
-    <row r="211" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="211" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A211" s="16" t="s">
         <v>910</v>
       </c>
       <c r="B211" s="13">
         <v>49002002760</v>
       </c>
       <c r="C211" s="9" t="s">
         <v>877</v>
       </c>
       <c r="D211" s="16" t="s">
         <v>911</v>
       </c>
       <c r="E211" s="19" t="s">
         <v>912</v>
       </c>
       <c r="F211" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G211" s="14" t="s">
         <v>913</v>
       </c>
     </row>
-    <row r="212" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="212" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A212" s="16" t="s">
         <v>914</v>
       </c>
       <c r="B212" s="13">
         <v>40203260970</v>
       </c>
       <c r="C212" s="9" t="s">
         <v>877</v>
       </c>
       <c r="D212" s="16" t="s">
         <v>915</v>
       </c>
       <c r="E212" s="19" t="s">
         <v>916</v>
       </c>
       <c r="F212" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G212" s="14" t="s">
         <v>917</v>
       </c>
     </row>
-    <row r="213" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="213" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A213" s="16" t="s">
         <v>918</v>
       </c>
       <c r="B213" s="13">
         <v>40003428538</v>
       </c>
       <c r="C213" s="9" t="s">
         <v>877</v>
       </c>
       <c r="D213" s="16" t="s">
         <v>919</v>
       </c>
       <c r="E213" s="19" t="s">
         <v>920</v>
       </c>
       <c r="F213" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G213" s="14" t="s">
         <v>921</v>
       </c>
     </row>
-    <row r="214" spans="1:7" ht="178.5" x14ac:dyDescent="0.2">
+    <row r="214" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A214" s="16" t="s">
         <v>922</v>
       </c>
       <c r="B214" s="13">
         <v>40003015900</v>
       </c>
       <c r="C214" s="9" t="s">
         <v>923</v>
       </c>
       <c r="D214" s="16" t="s">
         <v>924</v>
       </c>
       <c r="E214" s="19" t="s">
         <v>925</v>
       </c>
       <c r="F214" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G214" s="10" t="s">
         <v>926</v>
       </c>
     </row>
-    <row r="215" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="215" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A215" s="16" t="s">
         <v>927</v>
       </c>
       <c r="B215" s="13">
         <v>40203094566</v>
       </c>
       <c r="C215" s="9" t="s">
         <v>928</v>
       </c>
       <c r="D215" s="16" t="s">
         <v>929</v>
       </c>
       <c r="E215" s="12" t="s">
         <v>930</v>
       </c>
       <c r="F215" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G215" s="14" t="s">
         <v>931</v>
       </c>
     </row>
-    <row r="216" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="216" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A216" s="16" t="s">
         <v>932</v>
       </c>
       <c r="B216" s="13">
         <v>40203341631</v>
       </c>
       <c r="C216" s="9" t="s">
         <v>933</v>
       </c>
       <c r="D216" s="16" t="s">
         <v>934</v>
       </c>
       <c r="E216" s="12" t="s">
         <v>935</v>
       </c>
       <c r="F216" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G216" s="12" t="s">
         <v>936</v>
       </c>
     </row>
-    <row r="217" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="217" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A217" s="16" t="s">
         <v>937</v>
       </c>
       <c r="B217" s="13">
         <v>40203340246</v>
       </c>
       <c r="C217" s="9" t="s">
         <v>933</v>
       </c>
       <c r="D217" s="16" t="s">
         <v>938</v>
       </c>
       <c r="E217" s="12" t="s">
         <v>939</v>
       </c>
       <c r="F217" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G217" s="12" t="s">
         <v>940</v>
       </c>
     </row>
-    <row r="218" spans="1:7" ht="153" x14ac:dyDescent="0.2">
+    <row r="218" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A218" s="16" t="s">
         <v>941</v>
       </c>
       <c r="B218" s="13">
         <v>40203260720</v>
       </c>
       <c r="C218" s="9" t="s">
         <v>942</v>
       </c>
       <c r="D218" s="16" t="s">
         <v>943</v>
       </c>
       <c r="E218" s="12" t="s">
         <v>944</v>
       </c>
       <c r="F218" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G218" s="12" t="s">
         <v>945</v>
       </c>
     </row>
-    <row r="219" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="219" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A219" s="16" t="s">
         <v>946</v>
       </c>
       <c r="B219" s="13">
         <v>48503005377</v>
       </c>
       <c r="C219" s="9" t="s">
         <v>947</v>
       </c>
       <c r="D219" s="16" t="s">
         <v>948</v>
       </c>
       <c r="E219" s="12" t="s">
         <v>949</v>
       </c>
       <c r="F219" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G219" s="12" t="s">
         <v>950</v>
       </c>
     </row>
-    <row r="220" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
+    <row r="220" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A220" s="16" t="s">
         <v>951</v>
       </c>
       <c r="B220" s="13">
         <v>40103028507</v>
       </c>
       <c r="C220" s="9" t="s">
         <v>952</v>
       </c>
       <c r="D220" s="16" t="s">
         <v>953</v>
       </c>
       <c r="E220" s="12" t="s">
         <v>954</v>
       </c>
       <c r="F220" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G220" s="12" t="s">
         <v>955</v>
       </c>
     </row>
-    <row r="221" spans="1:7" ht="178.5" x14ac:dyDescent="0.2">
+    <row r="221" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A221" s="16" t="s">
         <v>956</v>
       </c>
       <c r="B221" s="13">
         <v>40103403687</v>
       </c>
       <c r="C221" s="9" t="s">
         <v>957</v>
       </c>
       <c r="D221" s="16" t="s">
         <v>958</v>
       </c>
       <c r="E221" s="12" t="s">
         <v>959</v>
       </c>
       <c r="F221" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G221" s="12" t="s">
         <v>960</v>
       </c>
     </row>
-    <row r="222" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="222" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A222" s="16" t="s">
         <v>961</v>
       </c>
       <c r="B222" s="13">
         <v>40203172447</v>
       </c>
       <c r="C222" s="9" t="s">
         <v>962</v>
       </c>
       <c r="D222" s="16" t="s">
         <v>963</v>
       </c>
       <c r="E222" s="12" t="s">
         <v>964</v>
       </c>
       <c r="F222" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G222" s="12" t="s">
         <v>965</v>
       </c>
     </row>
-    <row r="223" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="223" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A223" s="16" t="s">
         <v>966</v>
       </c>
       <c r="B223" s="13">
         <v>40003569081</v>
       </c>
       <c r="C223" s="9" t="s">
         <v>967</v>
       </c>
       <c r="D223" s="16" t="s">
         <v>968</v>
       </c>
       <c r="E223" s="12" t="s">
         <v>969</v>
       </c>
       <c r="F223" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G223" s="12" t="s">
         <v>970</v>
       </c>
     </row>
-    <row r="224" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="224" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A224" s="16" t="s">
         <v>971</v>
       </c>
       <c r="B224" s="13">
         <v>41503049965</v>
       </c>
       <c r="C224" s="9" t="s">
         <v>972</v>
       </c>
       <c r="D224" s="16" t="s">
         <v>973</v>
       </c>
       <c r="E224" s="12" t="s">
         <v>974</v>
       </c>
       <c r="F224" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G224" s="12" t="s">
         <v>975</v>
       </c>
     </row>
-    <row r="225" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="225" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A225" s="16" t="s">
         <v>976</v>
       </c>
       <c r="B225" s="13">
         <v>40103980411</v>
       </c>
       <c r="C225" s="9" t="s">
         <v>977</v>
       </c>
       <c r="D225" s="16" t="s">
         <v>978</v>
       </c>
       <c r="E225" s="12" t="s">
         <v>979</v>
       </c>
       <c r="F225" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G225" s="12" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="226" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
+    <row r="226" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A226" s="16" t="s">
         <v>980</v>
       </c>
       <c r="B226" s="13">
         <v>40002097755</v>
       </c>
       <c r="C226" s="13" t="s">
         <v>981</v>
       </c>
       <c r="D226" s="16" t="s">
         <v>982</v>
       </c>
       <c r="E226" s="12" t="s">
         <v>983</v>
       </c>
       <c r="F226" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G226" s="12" t="s">
         <v>984</v>
       </c>
     </row>
-    <row r="227" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="227" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A227" s="16" t="s">
         <v>985</v>
       </c>
       <c r="B227" s="13">
         <v>40103745414</v>
       </c>
       <c r="C227" s="13" t="s">
         <v>977</v>
       </c>
       <c r="D227" s="16" t="s">
         <v>986</v>
       </c>
       <c r="E227" s="12" t="s">
         <v>987</v>
       </c>
       <c r="F227" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G227" s="12" t="s">
         <v>988</v>
       </c>
     </row>
-    <row r="228" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="228" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A228" s="16" t="s">
         <v>989</v>
       </c>
       <c r="B228" s="13">
         <v>40203482857</v>
       </c>
       <c r="C228" s="13" t="s">
         <v>990</v>
       </c>
       <c r="D228" s="16" t="s">
         <v>991</v>
       </c>
       <c r="E228" s="12" t="s">
         <v>992</v>
       </c>
       <c r="F228" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G228" s="12" t="s">
         <v>993</v>
       </c>
     </row>
-    <row r="229" spans="1:7" ht="140.25" x14ac:dyDescent="0.2">
+    <row r="229" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A229" s="16" t="s">
         <v>994</v>
       </c>
       <c r="B229" s="13">
         <v>40203198179</v>
       </c>
       <c r="C229" s="13" t="s">
         <v>990</v>
       </c>
       <c r="D229" s="16" t="s">
         <v>995</v>
       </c>
       <c r="E229" s="12" t="s">
         <v>996</v>
       </c>
       <c r="F229" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G229" s="12" t="s">
         <v>997</v>
       </c>
     </row>
-    <row r="230" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="230" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A230" s="16" t="s">
         <v>998</v>
       </c>
       <c r="B230" s="13">
         <v>40203307909</v>
       </c>
       <c r="C230" s="13" t="s">
         <v>999</v>
       </c>
       <c r="D230" s="16" t="s">
         <v>1000</v>
       </c>
       <c r="E230" s="12" t="s">
         <v>1001</v>
       </c>
       <c r="F230" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G230" s="12" t="s">
         <v>1002</v>
       </c>
     </row>
-    <row r="231" spans="1:7" ht="255" x14ac:dyDescent="0.2">
+    <row r="231" spans="1:7" ht="250.8" x14ac:dyDescent="0.25">
       <c r="A231" s="16" t="s">
         <v>1003</v>
       </c>
       <c r="B231" s="13">
         <v>40203486825</v>
       </c>
       <c r="C231" s="13" t="s">
         <v>1004</v>
       </c>
       <c r="D231" s="16" t="s">
         <v>1005</v>
       </c>
       <c r="E231" s="12" t="s">
         <v>1006</v>
       </c>
       <c r="F231" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G231" s="12" t="s">
         <v>1007</v>
       </c>
     </row>
-    <row r="232" spans="1:7" s="1" customFormat="1" ht="102" x14ac:dyDescent="0.25">
+    <row r="232" spans="1:7" s="1" customFormat="1" ht="105.6" x14ac:dyDescent="0.3">
       <c r="A232" s="16" t="s">
         <v>1008</v>
       </c>
       <c r="B232" s="13">
         <v>40203245238</v>
       </c>
       <c r="C232" s="13" t="s">
         <v>1009</v>
       </c>
       <c r="D232" s="16" t="s">
         <v>1010</v>
       </c>
       <c r="E232" s="12" t="s">
         <v>1011</v>
       </c>
       <c r="F232" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G232" s="12" t="s">
         <v>1012</v>
       </c>
     </row>
-    <row r="233" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="233" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A233" s="16" t="s">
         <v>1013</v>
       </c>
       <c r="B233" s="13">
         <v>40103831557</v>
       </c>
       <c r="C233" s="13" t="s">
         <v>1014</v>
       </c>
       <c r="D233" s="16" t="s">
         <v>1015</v>
       </c>
       <c r="E233" s="12" t="s">
         <v>1016</v>
       </c>
       <c r="F233" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G233" s="12" t="s">
         <v>1017</v>
       </c>
     </row>
-    <row r="234" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="234" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A234" s="16" t="s">
         <v>1018</v>
       </c>
       <c r="B234" s="13">
         <v>40008117985</v>
       </c>
       <c r="C234" s="13" t="s">
         <v>1009</v>
       </c>
       <c r="D234" s="16" t="s">
         <v>1019</v>
       </c>
       <c r="E234" s="12" t="s">
         <v>1020</v>
       </c>
       <c r="F234" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G234" s="12" t="s">
         <v>1021</v>
       </c>
     </row>
-    <row r="235" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="235" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A235" s="16" t="s">
         <v>1022</v>
       </c>
       <c r="B235" s="13">
         <v>40103546954</v>
       </c>
       <c r="C235" s="13" t="s">
         <v>1023</v>
       </c>
       <c r="D235" s="16" t="s">
         <v>1024</v>
       </c>
       <c r="E235" s="12" t="s">
         <v>1025</v>
       </c>
       <c r="F235" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G235" s="12" t="s">
         <v>1026</v>
       </c>
     </row>
-    <row r="236" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="236" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A236" s="16" t="s">
         <v>1027</v>
       </c>
       <c r="B236" s="13">
         <v>40003959496</v>
       </c>
       <c r="C236" s="13" t="s">
         <v>1028</v>
       </c>
       <c r="D236" s="16" t="s">
         <v>1029</v>
       </c>
       <c r="E236" s="12" t="s">
         <v>1030</v>
       </c>
       <c r="F236" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G236" s="12" t="s">
         <v>1031</v>
       </c>
     </row>
-    <row r="237" spans="1:7" ht="165.75" x14ac:dyDescent="0.2">
+    <row r="237" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A237" s="16" t="s">
         <v>1032</v>
       </c>
       <c r="B237" s="13">
         <v>40203322912</v>
       </c>
       <c r="C237" s="13" t="s">
         <v>1033</v>
       </c>
       <c r="D237" s="16" t="s">
         <v>1034</v>
       </c>
       <c r="E237" s="12" t="s">
         <v>1035</v>
       </c>
       <c r="F237" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G237" s="12" t="s">
         <v>1036</v>
       </c>
     </row>
-    <row r="238" spans="1:7" ht="153" x14ac:dyDescent="0.2">
+    <row r="238" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A238" s="16" t="s">
         <v>1037</v>
       </c>
       <c r="B238" s="13">
         <v>40103926472</v>
       </c>
       <c r="C238" s="13" t="s">
         <v>1038</v>
       </c>
       <c r="D238" s="16" t="s">
         <v>1039</v>
       </c>
       <c r="E238" s="12" t="s">
         <v>1040</v>
       </c>
       <c r="F238" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G238" s="12" t="s">
         <v>1041</v>
       </c>
     </row>
-    <row r="239" spans="1:7" ht="178.5" x14ac:dyDescent="0.2">
+    <row r="239" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A239" s="16" t="s">
         <v>1042</v>
       </c>
       <c r="B239" s="13">
         <v>40203470877</v>
       </c>
       <c r="C239" s="13" t="s">
         <v>1043</v>
       </c>
       <c r="D239" s="16" t="s">
         <v>1044</v>
       </c>
       <c r="E239" s="12" t="s">
         <v>1045</v>
       </c>
       <c r="F239" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G239" s="12" t="s">
         <v>1046</v>
       </c>
     </row>
-    <row r="240" spans="1:7" ht="178.5" x14ac:dyDescent="0.2">
+    <row r="240" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A240" s="16" t="s">
         <v>1047</v>
       </c>
       <c r="B240" s="13">
         <v>40203326524</v>
       </c>
       <c r="C240" s="13" t="s">
         <v>1048</v>
       </c>
       <c r="D240" s="16" t="s">
         <v>1049</v>
       </c>
       <c r="E240" s="12" t="s">
         <v>1050</v>
       </c>
       <c r="F240" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G240" s="12" t="s">
         <v>1051</v>
       </c>
     </row>
-    <row r="241" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="241" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A241" s="16" t="s">
         <v>1052</v>
       </c>
       <c r="B241" s="13">
         <v>40203232445</v>
       </c>
       <c r="C241" s="13" t="s">
         <v>1048</v>
       </c>
       <c r="D241" s="16" t="s">
         <v>1053</v>
       </c>
       <c r="E241" s="12" t="s">
         <v>1054</v>
       </c>
       <c r="F241" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G241" s="12" t="s">
         <v>1055</v>
       </c>
     </row>
-    <row r="242" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="242" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A242" s="12" t="s">
         <v>1056</v>
       </c>
       <c r="B242" s="13">
         <v>40203093823</v>
       </c>
       <c r="C242" s="9" t="s">
         <v>1057</v>
       </c>
       <c r="D242" s="16" t="s">
         <v>1058</v>
       </c>
       <c r="E242" s="19" t="s">
         <v>1059</v>
       </c>
       <c r="F242" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G242" s="12" t="s">
         <v>1060</v>
       </c>
     </row>
-    <row r="243" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="243" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A243" s="12" t="s">
         <v>1061</v>
       </c>
       <c r="B243" s="13">
         <v>40103950578</v>
       </c>
       <c r="C243" s="13" t="s">
         <v>1062</v>
       </c>
       <c r="D243" s="16" t="s">
         <v>1063</v>
       </c>
       <c r="E243" s="12" t="s">
         <v>1064</v>
       </c>
       <c r="F243" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G243" s="12" t="s">
         <v>1066</v>
       </c>
     </row>
-    <row r="244" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="244" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A244" s="12" t="s">
         <v>1067</v>
       </c>
       <c r="B244" s="13">
         <v>40003825906</v>
       </c>
       <c r="C244" s="13" t="s">
         <v>1038</v>
       </c>
       <c r="D244" s="16" t="s">
         <v>1068</v>
       </c>
       <c r="E244" s="12" t="s">
         <v>1069</v>
       </c>
       <c r="F244" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G244" s="12" t="s">
         <v>913</v>
       </c>
     </row>
-    <row r="245" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="245" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A245" s="12" t="s">
         <v>1070</v>
       </c>
       <c r="B245" s="13">
         <v>41203019285</v>
       </c>
       <c r="C245" s="13" t="s">
         <v>1038</v>
       </c>
       <c r="D245" s="16" t="s">
         <v>1071</v>
       </c>
       <c r="E245" s="12" t="s">
         <v>1072</v>
       </c>
       <c r="F245" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G245" s="12" t="s">
         <v>913</v>
       </c>
     </row>
-    <row r="246" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+    <row r="246" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A246" s="12" t="s">
         <v>1073</v>
       </c>
       <c r="B246" s="13">
         <v>40103162279</v>
       </c>
       <c r="C246" s="13" t="s">
         <v>1023</v>
       </c>
       <c r="D246" s="12" t="s">
         <v>1074</v>
       </c>
       <c r="E246" s="12" t="s">
         <v>1075</v>
       </c>
       <c r="F246" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G246" s="12" t="s">
         <v>1076</v>
       </c>
     </row>
-    <row r="247" spans="1:7" ht="267.75" x14ac:dyDescent="0.2">
+    <row r="247" spans="1:7" ht="277.2" x14ac:dyDescent="0.25">
       <c r="A247" s="12" t="s">
         <v>1077</v>
       </c>
       <c r="B247" s="13" t="s">
         <v>1078</v>
       </c>
       <c r="C247" s="13" t="s">
         <v>1062</v>
       </c>
       <c r="D247" s="12" t="s">
         <v>1079</v>
       </c>
       <c r="E247" s="12" t="s">
         <v>1080</v>
       </c>
       <c r="F247" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G247" s="12" t="s">
         <v>1081</v>
       </c>
     </row>
-    <row r="248" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+    <row r="248" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A248" s="12" t="s">
         <v>1082</v>
       </c>
       <c r="B248" s="13">
         <v>40103910522</v>
       </c>
       <c r="C248" s="13" t="s">
         <v>1083</v>
       </c>
       <c r="D248" s="12" t="s">
         <v>1084</v>
       </c>
       <c r="E248" s="12" t="s">
         <v>1085</v>
       </c>
       <c r="F248" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G248" s="12" t="s">
         <v>1076</v>
       </c>
     </row>
-    <row r="249" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="249" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A249" s="12" t="s">
         <v>1086</v>
       </c>
       <c r="B249" s="13">
         <v>46101000102</v>
       </c>
       <c r="C249" s="13" t="s">
         <v>1038</v>
       </c>
       <c r="D249" s="12" t="s">
         <v>1087</v>
       </c>
       <c r="E249" s="12" t="s">
         <v>1088</v>
       </c>
       <c r="F249" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G249" s="12" t="s">
         <v>1089</v>
       </c>
     </row>
-    <row r="250" spans="1:7" ht="93.6" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="250" spans="1:7" ht="93.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A250" s="12" t="s">
         <v>1090</v>
       </c>
       <c r="B250" s="13">
         <v>50003751651</v>
       </c>
       <c r="C250" s="13" t="s">
         <v>1091</v>
       </c>
       <c r="D250" s="12" t="s">
         <v>1092</v>
       </c>
       <c r="E250" s="12" t="s">
         <v>1093</v>
       </c>
       <c r="F250" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G250" s="12" t="s">
         <v>1094</v>
       </c>
     </row>
-    <row r="251" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="251" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A251" s="12" t="s">
         <v>1095</v>
       </c>
       <c r="B251" s="13">
         <v>40103966013</v>
       </c>
       <c r="C251" s="13" t="s">
         <v>1096</v>
       </c>
       <c r="D251" s="12" t="s">
         <v>1097</v>
       </c>
       <c r="E251" s="12" t="s">
         <v>1098</v>
       </c>
       <c r="F251" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G251" s="12" t="s">
         <v>1099</v>
       </c>
     </row>
-    <row r="252" spans="1:7" ht="146.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="252" spans="1:7" ht="146.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A252" s="12" t="s">
         <v>1100</v>
       </c>
       <c r="B252" s="13">
         <v>40203506375</v>
       </c>
       <c r="C252" s="13" t="s">
         <v>1101</v>
       </c>
       <c r="D252" s="12" t="s">
         <v>1102</v>
       </c>
       <c r="E252" s="12" t="s">
         <v>1103</v>
       </c>
       <c r="F252" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G252" s="12" t="s">
         <v>1104</v>
       </c>
     </row>
-    <row r="253" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
+    <row r="253" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A253" s="12" t="s">
         <v>1105</v>
       </c>
       <c r="B253" s="13">
         <v>50203399271</v>
       </c>
       <c r="C253" s="13" t="s">
         <v>1101</v>
       </c>
       <c r="D253" s="12" t="s">
         <v>1106</v>
       </c>
       <c r="E253" s="12" t="s">
         <v>1107</v>
       </c>
       <c r="F253" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G253" s="12" t="s">
         <v>1108</v>
       </c>
     </row>
-    <row r="254" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="254" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A254" s="12" t="s">
         <v>1109</v>
       </c>
       <c r="B254" s="13">
         <v>40203457489</v>
       </c>
       <c r="C254" s="13" t="s">
         <v>1110</v>
       </c>
       <c r="D254" s="12" t="s">
         <v>1111</v>
       </c>
       <c r="E254" s="12" t="s">
         <v>1112</v>
       </c>
       <c r="F254" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G254" s="12" t="s">
         <v>1113</v>
       </c>
     </row>
-    <row r="255" spans="1:7" ht="95.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="255" spans="1:7" ht="95.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A255" s="12" t="s">
         <v>1114</v>
       </c>
       <c r="B255" s="13">
         <v>50203524141</v>
       </c>
       <c r="C255" s="13" t="s">
         <v>1115</v>
       </c>
       <c r="D255" s="12" t="s">
         <v>1116</v>
       </c>
       <c r="E255" s="12" t="s">
         <v>1117</v>
       </c>
       <c r="F255" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G255" s="12" t="s">
         <v>1118</v>
       </c>
     </row>
-    <row r="256" spans="1:7" ht="117" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="256" spans="1:7" ht="117" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A256" s="12" t="s">
         <v>1119</v>
       </c>
       <c r="B256" s="13">
         <v>44103142387</v>
       </c>
       <c r="C256" s="13" t="s">
         <v>1120</v>
       </c>
       <c r="D256" s="12" t="s">
         <v>1121</v>
       </c>
       <c r="E256" s="12" t="s">
         <v>1122</v>
       </c>
       <c r="F256" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G256" s="12" t="s">
         <v>1123</v>
       </c>
     </row>
-    <row r="257" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="257" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A257" s="12" t="s">
         <v>1124</v>
       </c>
       <c r="B257" s="13">
         <v>44103081129</v>
       </c>
       <c r="C257" s="13" t="s">
         <v>1125</v>
       </c>
       <c r="D257" s="12" t="s">
         <v>1126</v>
       </c>
       <c r="E257" s="12" t="s">
         <v>1127</v>
       </c>
       <c r="F257" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G257" s="12" t="s">
         <v>1128</v>
       </c>
       <c r="H257" s="11"/>
       <c r="I257" s="11"/>
       <c r="J257" s="11"/>
       <c r="K257" s="11"/>
       <c r="L257" s="11"/>
       <c r="M257" s="11"/>
     </row>
-    <row r="258" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="258" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A258" s="12" t="s">
         <v>1129</v>
       </c>
       <c r="B258" s="13">
         <v>40203355059</v>
       </c>
       <c r="C258" s="13" t="s">
         <v>1130</v>
       </c>
       <c r="D258" s="12" t="s">
         <v>1131</v>
       </c>
       <c r="E258" s="12" t="s">
         <v>1132</v>
       </c>
       <c r="F258" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G258" s="12" t="s">
         <v>1104</v>
       </c>
       <c r="H258" s="11"/>
       <c r="I258" s="11"/>
       <c r="J258" s="11"/>
       <c r="K258" s="11"/>
       <c r="L258" s="11"/>
       <c r="M258" s="11"/>
     </row>
-    <row r="259" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="259" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A259" s="12" t="s">
         <v>1133</v>
       </c>
       <c r="B259" s="13">
         <v>40103741215</v>
       </c>
       <c r="C259" s="13" t="s">
         <v>1134</v>
       </c>
       <c r="D259" s="12" t="s">
         <v>1135</v>
       </c>
       <c r="E259" s="12" t="s">
         <v>1136</v>
       </c>
       <c r="F259" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G259" s="12" t="s">
         <v>1137</v>
       </c>
       <c r="H259" s="11"/>
       <c r="I259" s="11"/>
       <c r="J259" s="11"/>
       <c r="K259" s="11"/>
       <c r="L259" s="11"/>
       <c r="M259" s="11"/>
     </row>
-    <row r="260" spans="1:13" ht="204" x14ac:dyDescent="0.2">
+    <row r="260" spans="1:13" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A260" s="12" t="s">
         <v>1138</v>
       </c>
       <c r="B260" s="13">
         <v>50203410121</v>
       </c>
       <c r="C260" s="13" t="s">
         <v>1139</v>
       </c>
       <c r="D260" s="12" t="s">
         <v>1140</v>
       </c>
       <c r="E260" s="12" t="s">
         <v>1141</v>
       </c>
       <c r="F260" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G260" s="12" t="s">
         <v>1142</v>
       </c>
       <c r="H260" s="11"/>
       <c r="I260" s="11"/>
       <c r="J260" s="11"/>
       <c r="K260" s="11"/>
       <c r="L260" s="11"/>
       <c r="M260" s="35"/>
     </row>
-    <row r="261" spans="1:13" ht="102" x14ac:dyDescent="0.2">
+    <row r="261" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A261" s="12" t="s">
         <v>1143</v>
       </c>
       <c r="B261" s="13">
         <v>40203254688</v>
       </c>
       <c r="C261" s="13" t="s">
         <v>1115</v>
       </c>
       <c r="D261" s="12" t="s">
         <v>1144</v>
       </c>
       <c r="E261" s="12" t="s">
         <v>1145</v>
       </c>
       <c r="F261" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G261" s="12" t="s">
         <v>1146</v>
       </c>
       <c r="H261" s="11"/>
       <c r="I261" s="11"/>
       <c r="J261" s="11"/>
       <c r="K261" s="11"/>
       <c r="L261" s="11"/>
       <c r="M261" s="11"/>
     </row>
-    <row r="262" spans="1:13" ht="119.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="262" spans="1:13" ht="119.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A262" s="12" t="s">
         <v>1147</v>
       </c>
       <c r="B262" s="13">
         <v>40103890391</v>
       </c>
       <c r="C262" s="13" t="s">
         <v>1134</v>
       </c>
       <c r="D262" s="12" t="s">
         <v>1148</v>
       </c>
       <c r="E262" s="12" t="s">
         <v>1149</v>
       </c>
       <c r="F262" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G262" s="12" t="s">
         <v>1150</v>
       </c>
       <c r="H262" s="11"/>
       <c r="I262" s="11"/>
       <c r="J262" s="11"/>
       <c r="K262" s="11"/>
       <c r="L262" s="11"/>
       <c r="M262" s="11"/>
     </row>
-    <row r="263" spans="1:13" ht="102" x14ac:dyDescent="0.2">
+    <row r="263" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A263" s="12" t="s">
         <v>1151</v>
       </c>
       <c r="B263" s="13">
         <v>40103354979</v>
       </c>
       <c r="C263" s="13" t="s">
         <v>1152</v>
       </c>
       <c r="D263" s="12" t="s">
         <v>1153</v>
       </c>
       <c r="E263" s="12" t="s">
         <v>1154</v>
       </c>
       <c r="F263" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G263" s="12" t="s">
         <v>1155</v>
       </c>
       <c r="H263" s="11"/>
       <c r="I263" s="11"/>
       <c r="J263" s="11"/>
       <c r="K263" s="11"/>
       <c r="L263" s="11"/>
       <c r="M263" s="11"/>
     </row>
-    <row r="264" spans="1:13" ht="74.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="264" spans="1:13" ht="74.400000000000006" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A264" s="12" t="s">
         <v>1156</v>
       </c>
       <c r="B264" s="13">
         <v>40103957078</v>
       </c>
       <c r="C264" s="13" t="s">
         <v>1096</v>
       </c>
       <c r="D264" s="12" t="s">
         <v>1157</v>
       </c>
       <c r="E264" s="12" t="s">
         <v>1158</v>
       </c>
       <c r="F264" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G264" s="12" t="s">
         <v>1159</v>
       </c>
       <c r="H264" s="11"/>
       <c r="I264" s="11"/>
       <c r="J264" s="11"/>
       <c r="K264" s="11"/>
       <c r="L264" s="11"/>
       <c r="M264" s="11"/>
     </row>
-    <row r="265" spans="1:13" ht="97.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="265" spans="1:13" ht="97.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A265" s="12" t="s">
         <v>1160</v>
       </c>
       <c r="B265" s="13">
         <v>40002056297</v>
       </c>
       <c r="C265" s="13" t="s">
         <v>1161</v>
       </c>
       <c r="D265" s="12" t="s">
         <v>1162</v>
       </c>
       <c r="E265" s="12" t="s">
         <v>1163</v>
       </c>
       <c r="F265" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G265" s="12" t="s">
         <v>1164</v>
       </c>
       <c r="H265" s="11"/>
       <c r="I265" s="11"/>
       <c r="J265" s="11"/>
       <c r="K265" s="11"/>
       <c r="L265" s="11"/>
       <c r="M265" s="11"/>
     </row>
-    <row r="266" spans="1:13" ht="102" x14ac:dyDescent="0.2">
+    <row r="266" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A266" s="12" t="s">
         <v>1165</v>
       </c>
       <c r="B266" s="13">
         <v>40203524296</v>
       </c>
       <c r="C266" s="13" t="s">
         <v>1166</v>
       </c>
       <c r="D266" s="12" t="s">
         <v>1167</v>
       </c>
       <c r="E266" s="12" t="s">
         <v>1168</v>
       </c>
       <c r="F266" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G266" s="12" t="s">
         <v>1169</v>
       </c>
       <c r="H266" s="11"/>
       <c r="I266" s="11"/>
       <c r="J266" s="11"/>
       <c r="K266" s="11"/>
       <c r="L266" s="11"/>
       <c r="M266" s="11"/>
     </row>
-    <row r="267" spans="1:13" ht="102" x14ac:dyDescent="0.2">
+    <row r="267" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A267" s="12" t="s">
         <v>1170</v>
       </c>
       <c r="B267" s="13">
         <v>50203422671</v>
       </c>
       <c r="C267" s="13" t="s">
         <v>1166</v>
       </c>
       <c r="D267" s="12" t="s">
         <v>1171</v>
       </c>
       <c r="E267" s="12" t="s">
         <v>1172</v>
       </c>
       <c r="F267" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G267" s="12" t="s">
         <v>1173</v>
       </c>
       <c r="H267" s="11"/>
       <c r="I267" s="11"/>
       <c r="J267" s="11"/>
       <c r="K267" s="11"/>
       <c r="L267" s="11"/>
       <c r="M267" s="11"/>
     </row>
-    <row r="268" spans="1:13" ht="109.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="268" spans="1:13" ht="109.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A268" s="12" t="s">
         <v>1174</v>
       </c>
       <c r="B268" s="13">
         <v>40003757879</v>
       </c>
       <c r="C268" s="13" t="s">
         <v>1125</v>
       </c>
       <c r="D268" s="12" t="s">
         <v>1175</v>
       </c>
       <c r="E268" s="12" t="s">
         <v>1176</v>
       </c>
       <c r="F268" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G268" s="12" t="s">
         <v>1177</v>
       </c>
       <c r="H268" s="11"/>
       <c r="I268" s="11"/>
       <c r="J268" s="11"/>
       <c r="K268" s="11"/>
       <c r="L268" s="11"/>
       <c r="M268" s="11"/>
     </row>
-    <row r="269" spans="1:13" ht="165.75" x14ac:dyDescent="0.2">
+    <row r="269" spans="1:13" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A269" s="12" t="s">
         <v>1178</v>
       </c>
       <c r="B269" s="13">
         <v>40203431352</v>
       </c>
       <c r="C269" s="13" t="s">
         <v>1179</v>
       </c>
       <c r="D269" s="12" t="s">
         <v>1180</v>
       </c>
       <c r="E269" s="12" t="s">
         <v>1181</v>
       </c>
       <c r="F269" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G269" s="12" t="s">
         <v>1182</v>
       </c>
       <c r="H269" s="11"/>
       <c r="I269" s="11"/>
       <c r="J269" s="11"/>
       <c r="K269" s="11"/>
       <c r="L269" s="11"/>
       <c r="M269" s="11"/>
     </row>
-    <row r="270" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="270" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A270" s="12" t="s">
         <v>1183</v>
       </c>
       <c r="B270" s="13">
         <v>40203421532</v>
       </c>
       <c r="C270" s="13" t="s">
         <v>1179</v>
       </c>
       <c r="D270" s="12" t="s">
         <v>1184</v>
       </c>
       <c r="E270" s="12" t="s">
         <v>1185</v>
       </c>
       <c r="F270" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G270" s="12" t="s">
         <v>1186</v>
       </c>
       <c r="H270" s="11"/>
       <c r="I270" s="11"/>
       <c r="J270" s="11"/>
       <c r="K270" s="11"/>
       <c r="L270" s="11"/>
       <c r="M270" s="11"/>
     </row>
-    <row r="271" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="271" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A271" s="12" t="s">
         <v>1187</v>
       </c>
       <c r="B271" s="13">
         <v>41502039673</v>
       </c>
       <c r="C271" s="13" t="s">
         <v>1179</v>
       </c>
       <c r="D271" s="12" t="s">
         <v>1188</v>
       </c>
       <c r="E271" s="12" t="s">
         <v>1189</v>
       </c>
       <c r="F271" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G271" s="12" t="s">
         <v>1186</v>
       </c>
       <c r="H271" s="11"/>
       <c r="I271" s="11"/>
       <c r="J271" s="11"/>
       <c r="K271" s="11"/>
       <c r="L271" s="11"/>
       <c r="M271" s="11"/>
     </row>
-    <row r="272" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="272" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A272" s="12" t="s">
         <v>1190</v>
       </c>
       <c r="B272" s="13">
         <v>40203453701</v>
       </c>
       <c r="C272" s="13" t="s">
         <v>1191</v>
       </c>
       <c r="D272" s="12" t="s">
         <v>1192</v>
       </c>
       <c r="E272" s="12" t="s">
         <v>1193</v>
       </c>
       <c r="F272" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G272" s="12" t="s">
         <v>1194</v>
       </c>
       <c r="H272" s="11"/>
       <c r="I272" s="11"/>
       <c r="J272" s="11"/>
       <c r="K272" s="11"/>
       <c r="L272" s="11"/>
       <c r="M272" s="11"/>
     </row>
-    <row r="273" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="273" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A273" s="12" t="s">
         <v>1195</v>
       </c>
       <c r="B273" s="13">
         <v>40203441238</v>
       </c>
       <c r="C273" s="13" t="s">
         <v>1196</v>
       </c>
       <c r="D273" s="12" t="s">
         <v>1197</v>
       </c>
       <c r="E273" s="12" t="s">
         <v>1198</v>
       </c>
       <c r="F273" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G273" s="12" t="s">
         <v>1199</v>
       </c>
     </row>
-    <row r="274" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
+    <row r="274" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A274" s="12" t="s">
         <v>1200</v>
       </c>
       <c r="B274" s="13">
         <v>40203434005</v>
       </c>
       <c r="C274" s="13" t="s">
         <v>1191</v>
       </c>
       <c r="D274" s="12" t="s">
         <v>1201</v>
       </c>
       <c r="E274" s="12" t="s">
         <v>1202</v>
       </c>
       <c r="F274" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G274" s="12" t="s">
         <v>1203</v>
       </c>
     </row>
-    <row r="275" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="275" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A275" s="12" t="s">
         <v>1204</v>
       </c>
       <c r="B275" s="13">
         <v>40002195596</v>
       </c>
       <c r="C275" s="13" t="s">
         <v>1191</v>
       </c>
       <c r="D275" s="12" t="s">
         <v>1205</v>
       </c>
       <c r="E275" s="12" t="s">
         <v>1206</v>
       </c>
       <c r="F275" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G275" s="12" t="s">
         <v>1207</v>
       </c>
     </row>
-    <row r="276" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="276" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A276" s="12" t="s">
         <v>1208</v>
       </c>
       <c r="B276" s="13">
         <v>40203386218</v>
       </c>
       <c r="C276" s="13" t="s">
         <v>1209</v>
       </c>
       <c r="D276" s="12" t="s">
         <v>1210</v>
       </c>
       <c r="E276" s="12" t="s">
         <v>1211</v>
       </c>
       <c r="F276" s="13" t="s">
         <v>1212</v>
       </c>
       <c r="G276" s="12" t="s">
         <v>1213</v>
       </c>
     </row>
-    <row r="277" spans="1:7" ht="140.25" x14ac:dyDescent="0.2">
+    <row r="277" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A277" s="12" t="s">
         <v>1214</v>
       </c>
       <c r="B277" s="13">
         <v>40003718284</v>
       </c>
       <c r="C277" s="13" t="s">
         <v>1196</v>
       </c>
       <c r="D277" s="12" t="s">
         <v>1215</v>
       </c>
       <c r="E277" s="12" t="s">
         <v>1216</v>
       </c>
       <c r="F277" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G277" s="12" t="s">
         <v>1217</v>
       </c>
     </row>
-    <row r="278" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
+    <row r="278" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A278" s="12" t="s">
         <v>1218</v>
       </c>
       <c r="B278" s="13">
         <v>40203445899</v>
       </c>
       <c r="C278" s="13" t="s">
         <v>1219</v>
       </c>
       <c r="D278" s="12" t="s">
         <v>1220</v>
       </c>
       <c r="E278" s="12" t="s">
         <v>1221</v>
       </c>
       <c r="F278" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G278" s="12" t="s">
         <v>1222</v>
       </c>
     </row>
-    <row r="279" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="279" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A279" s="12" t="s">
         <v>1223</v>
       </c>
       <c r="B279" s="13">
         <v>40203474243</v>
       </c>
       <c r="C279" s="13" t="s">
         <v>1219</v>
       </c>
       <c r="D279" s="12" t="s">
         <v>1224</v>
       </c>
       <c r="E279" s="12" t="s">
         <v>1225</v>
       </c>
       <c r="F279" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G279" s="12" t="s">
         <v>1226</v>
       </c>
     </row>
-    <row r="280" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="280" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A280" s="12" t="s">
         <v>1227</v>
       </c>
       <c r="B280" s="13">
         <v>40203514809</v>
       </c>
       <c r="C280" s="13" t="s">
         <v>1228</v>
       </c>
       <c r="D280" s="12" t="s">
         <v>1229</v>
       </c>
       <c r="E280" s="12" t="s">
         <v>1230</v>
       </c>
       <c r="F280" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G280" s="12" t="s">
         <v>1231</v>
       </c>
     </row>
-    <row r="281" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="281" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A281" s="12" t="s">
         <v>1232</v>
       </c>
       <c r="B281" s="13">
         <v>40103613441</v>
       </c>
       <c r="C281" s="13" t="s">
         <v>1233</v>
       </c>
       <c r="D281" s="12" t="s">
         <v>1234</v>
       </c>
       <c r="E281" s="12" t="s">
         <v>1235</v>
       </c>
       <c r="F281" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G281" s="12" t="s">
         <v>1236</v>
       </c>
     </row>
-    <row r="282" spans="1:7" ht="178.5" x14ac:dyDescent="0.2">
+    <row r="282" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A282" s="12" t="s">
         <v>1237</v>
       </c>
       <c r="B282" s="13">
         <v>50203486511</v>
       </c>
       <c r="C282" s="13" t="s">
         <v>1233</v>
       </c>
       <c r="D282" s="12" t="s">
         <v>1238</v>
       </c>
       <c r="E282" s="12" t="s">
         <v>1239</v>
       </c>
       <c r="F282" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G282" s="12" t="s">
         <v>1240</v>
       </c>
     </row>
-    <row r="283" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
+    <row r="283" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A283" s="12" t="s">
         <v>1241</v>
       </c>
       <c r="B283" s="13">
         <v>40203474084</v>
       </c>
       <c r="C283" s="13" t="s">
         <v>1242</v>
       </c>
       <c r="D283" s="12" t="s">
         <v>1243</v>
       </c>
       <c r="E283" s="12" t="s">
         <v>1244</v>
       </c>
       <c r="F283" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G283" s="12" t="s">
         <v>1245</v>
       </c>
     </row>
-    <row r="284" spans="1:7" ht="153" x14ac:dyDescent="0.2">
+    <row r="284" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A284" s="12" t="s">
         <v>1246</v>
       </c>
       <c r="B284" s="13">
         <v>40203434151</v>
       </c>
       <c r="C284" s="13" t="s">
         <v>1242</v>
       </c>
       <c r="D284" s="12" t="s">
         <v>1247</v>
       </c>
       <c r="E284" s="12" t="s">
         <v>1248</v>
       </c>
       <c r="F284" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G284" s="12" t="s">
         <v>1245</v>
       </c>
     </row>
-    <row r="285" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="285" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A285" s="12" t="s">
         <v>1249</v>
       </c>
       <c r="B285" s="13">
         <v>40203285372</v>
       </c>
       <c r="C285" s="13" t="s">
         <v>1242</v>
       </c>
       <c r="D285" s="12" t="s">
         <v>1250</v>
       </c>
       <c r="E285" s="12" t="s">
         <v>1251</v>
       </c>
       <c r="F285" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G285" s="12" t="s">
         <v>1252</v>
       </c>
     </row>
-    <row r="286" spans="1:7" ht="153" x14ac:dyDescent="0.2">
+    <row r="286" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A286" s="12" t="s">
         <v>1253</v>
       </c>
       <c r="B286" s="13">
         <v>40203411267</v>
       </c>
       <c r="C286" s="13" t="s">
         <v>1254</v>
       </c>
       <c r="D286" s="12" t="s">
         <v>1255</v>
       </c>
       <c r="E286" s="12" t="s">
         <v>1256</v>
       </c>
       <c r="F286" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G286" s="12" t="s">
         <v>1245</v>
       </c>
     </row>
-    <row r="287" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="287" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A287" s="12" t="s">
         <v>1257</v>
       </c>
       <c r="B287" s="13">
         <v>40003027064</v>
       </c>
       <c r="C287" s="13" t="s">
         <v>1161</v>
       </c>
       <c r="D287" s="12" t="s">
         <v>1258</v>
       </c>
       <c r="E287" s="12" t="s">
         <v>1259</v>
       </c>
       <c r="F287" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G287" s="12" t="s">
         <v>1252</v>
       </c>
     </row>
-    <row r="288" spans="1:7" ht="165.75" x14ac:dyDescent="0.2">
+    <row r="288" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A288" s="12" t="s">
         <v>1260</v>
       </c>
       <c r="B288" s="13">
         <v>40203486524</v>
       </c>
       <c r="C288" s="13" t="s">
         <v>1161</v>
       </c>
       <c r="D288" s="12" t="s">
         <v>1261</v>
       </c>
       <c r="E288" s="12" t="s">
         <v>1262</v>
       </c>
       <c r="F288" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G288" s="12" t="s">
         <v>1245</v>
       </c>
     </row>
-    <row r="289" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
+    <row r="289" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A289" s="12" t="s">
         <v>1263</v>
       </c>
       <c r="B289" s="13">
         <v>43603078723</v>
       </c>
       <c r="C289" s="13" t="s">
         <v>1264</v>
       </c>
       <c r="D289" s="12" t="s">
         <v>1265</v>
       </c>
       <c r="E289" s="12" t="s">
         <v>1266</v>
       </c>
       <c r="F289" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G289" s="12" t="s">
         <v>1267</v>
       </c>
     </row>
-    <row r="290" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="290" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A290" s="12" t="s">
         <v>1268</v>
       </c>
       <c r="B290" s="13">
         <v>40203510794</v>
       </c>
       <c r="C290" s="13" t="s">
         <v>1269</v>
       </c>
       <c r="D290" s="12" t="s">
         <v>1270</v>
       </c>
       <c r="E290" s="12" t="s">
         <v>1271</v>
       </c>
       <c r="F290" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G290" s="12" t="s">
         <v>1272</v>
       </c>
     </row>
-    <row r="291" spans="1:7" ht="140.25" x14ac:dyDescent="0.2">
+    <row r="291" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A291" s="12" t="s">
         <v>1273</v>
       </c>
       <c r="B291" s="13">
         <v>40203441435</v>
       </c>
       <c r="C291" s="13" t="s">
         <v>1269</v>
       </c>
       <c r="D291" s="12" t="s">
         <v>1274</v>
       </c>
       <c r="E291" s="12" t="s">
         <v>1275</v>
       </c>
       <c r="F291" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G291" s="12" t="s">
         <v>1276</v>
       </c>
     </row>
-    <row r="292" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="292" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A292" s="12" t="s">
         <v>1277</v>
       </c>
       <c r="B292" s="13">
         <v>40002194919</v>
       </c>
       <c r="C292" s="13" t="s">
         <v>1264</v>
       </c>
       <c r="D292" s="12" t="s">
         <v>1278</v>
       </c>
       <c r="E292" s="12" t="s">
         <v>1279</v>
       </c>
       <c r="F292" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G292" s="12" t="s">
         <v>1280</v>
       </c>
     </row>
-    <row r="293" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="293" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A293" s="12" t="s">
         <v>1281</v>
       </c>
       <c r="B293" s="13">
         <v>40002197008</v>
       </c>
       <c r="C293" s="13" t="s">
         <v>1282</v>
       </c>
       <c r="D293" s="12" t="s">
         <v>1283</v>
       </c>
       <c r="E293" s="12" t="s">
         <v>1284</v>
       </c>
       <c r="F293" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G293" s="12" t="s">
         <v>1285</v>
       </c>
     </row>
-    <row r="294" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="294" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A294" s="12" t="s">
         <v>1286</v>
       </c>
       <c r="B294" s="13">
         <v>40203524008</v>
       </c>
       <c r="C294" s="13" t="s">
         <v>1264</v>
       </c>
       <c r="D294" s="12" t="s">
         <v>1287</v>
       </c>
       <c r="E294" s="12" t="s">
         <v>1288</v>
       </c>
       <c r="F294" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G294" s="12" t="s">
         <v>1289</v>
       </c>
     </row>
-    <row r="295" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="295" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A295" s="12" t="s">
         <v>1290</v>
       </c>
       <c r="B295" s="13">
         <v>40203523623</v>
       </c>
       <c r="C295" s="13" t="s">
         <v>1264</v>
       </c>
       <c r="D295" s="12" t="s">
         <v>1291</v>
       </c>
       <c r="E295" s="12" t="s">
         <v>1292</v>
       </c>
       <c r="F295" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G295" s="12" t="s">
         <v>1289</v>
       </c>
     </row>
-    <row r="296" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="296" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A296" s="12" t="s">
         <v>1293</v>
       </c>
       <c r="B296" s="13">
         <v>40203524135</v>
       </c>
       <c r="C296" s="13" t="s">
         <v>1264</v>
       </c>
       <c r="D296" s="12" t="s">
         <v>1294</v>
       </c>
       <c r="E296" s="12" t="s">
         <v>1295</v>
       </c>
       <c r="F296" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G296" s="12" t="s">
         <v>1296</v>
       </c>
     </row>
-    <row r="297" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
+    <row r="297" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A297" s="12" t="s">
         <v>1297</v>
       </c>
       <c r="B297" s="13">
         <v>40203337000</v>
       </c>
       <c r="C297" s="13" t="s">
         <v>1298</v>
       </c>
       <c r="D297" s="12" t="s">
         <v>1299</v>
       </c>
       <c r="E297" s="12" t="s">
         <v>1300</v>
       </c>
       <c r="F297" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G297" s="12" t="s">
         <v>1301</v>
       </c>
     </row>
-    <row r="298" spans="1:7" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="298" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A298" s="12" t="s">
         <v>1302</v>
       </c>
       <c r="B298" s="13">
         <v>40203431598</v>
       </c>
       <c r="C298" s="13" t="s">
         <v>1298</v>
       </c>
       <c r="D298" s="12" t="s">
         <v>1303</v>
       </c>
       <c r="E298" s="12" t="s">
         <v>1304</v>
       </c>
       <c r="F298" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G298" s="12" t="s">
         <v>1305</v>
       </c>
     </row>
-    <row r="299" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="299" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A299" s="12" t="s">
         <v>1306</v>
       </c>
       <c r="B299" s="13">
         <v>40203454340</v>
       </c>
       <c r="C299" s="13" t="s">
         <v>1298</v>
       </c>
       <c r="D299" s="12" t="s">
         <v>1307</v>
       </c>
       <c r="E299" s="12" t="s">
         <v>1308</v>
       </c>
       <c r="F299" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G299" s="12" t="s">
         <v>1309</v>
       </c>
     </row>
-    <row r="300" spans="1:7" ht="153" x14ac:dyDescent="0.2">
+    <row r="300" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A300" s="12" t="s">
         <v>1310</v>
       </c>
       <c r="B300" s="13">
         <v>50203433181</v>
       </c>
       <c r="C300" s="13" t="s">
         <v>1311</v>
       </c>
       <c r="D300" s="12" t="s">
         <v>1312</v>
       </c>
       <c r="E300" s="12" t="s">
         <v>1313</v>
       </c>
       <c r="F300" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G300" s="12" t="s">
         <v>1314</v>
       </c>
     </row>
-    <row r="301" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="301" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A301" s="12" t="s">
         <v>1315</v>
       </c>
       <c r="B301" s="13">
         <v>40203531851</v>
       </c>
       <c r="C301" s="13" t="s">
         <v>1311</v>
       </c>
       <c r="D301" s="12" t="s">
         <v>1316</v>
       </c>
       <c r="E301" s="12" t="s">
         <v>1317</v>
       </c>
       <c r="F301" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G301" s="12" t="s">
         <v>1318</v>
       </c>
     </row>
-    <row r="302" spans="1:7" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="302" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A302" s="12" t="s">
         <v>1319</v>
       </c>
       <c r="B302" s="13">
         <v>40203476456</v>
       </c>
       <c r="C302" s="13" t="s">
         <v>1311</v>
       </c>
       <c r="D302" s="12" t="s">
         <v>1320</v>
       </c>
       <c r="E302" s="12" t="s">
         <v>1321</v>
       </c>
       <c r="F302" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G302" s="12" t="s">
         <v>1322</v>
       </c>
     </row>
-    <row r="303" spans="1:7" ht="140.25" x14ac:dyDescent="0.2">
+    <row r="303" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A303" s="12" t="s">
         <v>1323</v>
       </c>
       <c r="B303" s="13">
         <v>40203520203</v>
       </c>
       <c r="C303" s="13" t="s">
         <v>1311</v>
       </c>
       <c r="D303" s="12" t="s">
         <v>1324</v>
       </c>
       <c r="E303" s="12" t="s">
         <v>1325</v>
       </c>
       <c r="F303" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G303" s="12" t="s">
         <v>1326</v>
       </c>
     </row>
-    <row r="304" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="304" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A304" s="12" t="s">
         <v>1327</v>
       </c>
       <c r="B304" s="13">
         <v>40203433353</v>
       </c>
       <c r="C304" s="13" t="s">
         <v>1311</v>
       </c>
       <c r="D304" s="12" t="s">
         <v>1328</v>
       </c>
       <c r="E304" s="12" t="s">
         <v>1329</v>
       </c>
       <c r="F304" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G304" s="12" t="s">
         <v>1330</v>
       </c>
     </row>
-    <row r="305" spans="1:7" ht="140.25" x14ac:dyDescent="0.2">
+    <row r="305" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A305" s="12" t="s">
         <v>1331</v>
       </c>
       <c r="B305" s="13">
         <v>40203442267</v>
       </c>
       <c r="C305" s="13" t="s">
         <v>1332</v>
       </c>
       <c r="D305" s="12" t="s">
         <v>1333</v>
       </c>
       <c r="E305" s="12" t="s">
         <v>1334</v>
       </c>
       <c r="F305" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G305" s="12" t="s">
         <v>1335</v>
       </c>
     </row>
-    <row r="306" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+    <row r="306" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A306" s="12" t="s">
         <v>1336</v>
       </c>
       <c r="B306" s="13">
         <v>40203530358</v>
       </c>
       <c r="C306" s="13" t="s">
         <v>1332</v>
       </c>
       <c r="D306" s="12" t="s">
         <v>1337</v>
       </c>
       <c r="E306" s="12" t="s">
         <v>1338</v>
       </c>
       <c r="F306" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G306" s="12" t="s">
         <v>1339</v>
       </c>
     </row>
-    <row r="307" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="307" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A307" s="12" t="s">
         <v>1340</v>
       </c>
       <c r="B307" s="13">
         <v>50203548281</v>
       </c>
       <c r="C307" s="13" t="s">
         <v>1332</v>
       </c>
       <c r="D307" s="12" t="s">
         <v>1341</v>
       </c>
       <c r="E307" s="12" t="s">
         <v>1342</v>
       </c>
       <c r="F307" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G307" s="12" t="s">
         <v>1343</v>
       </c>
     </row>
-    <row r="308" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="308" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A308" s="10" t="s">
         <v>1344</v>
       </c>
       <c r="B308" s="13">
         <v>40203535637</v>
       </c>
       <c r="C308" s="13" t="s">
         <v>1332</v>
       </c>
       <c r="D308" s="10" t="s">
         <v>1345</v>
       </c>
       <c r="E308" s="10" t="s">
         <v>1346</v>
       </c>
       <c r="F308" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G308" s="15" t="s">
         <v>1343</v>
       </c>
     </row>
-    <row r="309" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
+    <row r="309" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A309" s="10" t="s">
         <v>1347</v>
       </c>
       <c r="B309" s="13">
         <v>40103734069</v>
       </c>
       <c r="C309" s="13" t="s">
         <v>1332</v>
       </c>
       <c r="D309" s="10" t="s">
         <v>1348</v>
       </c>
       <c r="E309" s="10" t="s">
         <v>1349</v>
       </c>
       <c r="F309" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G309" s="15" t="s">
         <v>1350</v>
       </c>
     </row>
-    <row r="310" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="310" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A310" s="10" t="s">
         <v>1351</v>
       </c>
       <c r="B310" s="13">
         <v>40203338415</v>
       </c>
       <c r="C310" s="13" t="s">
         <v>1332</v>
       </c>
       <c r="D310" s="10" t="s">
         <v>1352</v>
       </c>
       <c r="E310" s="10" t="s">
         <v>1353</v>
       </c>
       <c r="F310" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G310" s="15" t="s">
         <v>1354</v>
       </c>
     </row>
-    <row r="311" spans="1:7" ht="204" x14ac:dyDescent="0.2">
+    <row r="311" spans="1:7" ht="198" x14ac:dyDescent="0.25">
       <c r="A311" s="10" t="s">
         <v>1355</v>
       </c>
       <c r="B311" s="13">
         <v>40203453256</v>
       </c>
       <c r="C311" s="13" t="s">
         <v>1356</v>
       </c>
       <c r="D311" s="10" t="s">
         <v>1357</v>
       </c>
       <c r="E311" s="10" t="s">
         <v>1358</v>
       </c>
       <c r="F311" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G311" s="15" t="s">
         <v>1359</v>
       </c>
     </row>
-    <row r="312" spans="1:7" ht="153" x14ac:dyDescent="0.2">
+    <row r="312" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A312" s="10" t="s">
         <v>1360</v>
       </c>
       <c r="B312" s="13">
         <v>40203466886</v>
       </c>
       <c r="C312" s="13" t="s">
         <v>1356</v>
       </c>
       <c r="D312" s="10" t="s">
         <v>1361</v>
       </c>
       <c r="E312" s="10" t="s">
         <v>1362</v>
       </c>
       <c r="F312" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G312" s="15" t="s">
         <v>1363</v>
       </c>
     </row>
-    <row r="313" spans="1:7" ht="51" x14ac:dyDescent="0.2">
+    <row r="313" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A313" s="10" t="s">
         <v>1364</v>
       </c>
       <c r="B313" s="13">
         <v>40203493193</v>
       </c>
       <c r="C313" s="13" t="s">
         <v>1356</v>
       </c>
       <c r="D313" s="10" t="s">
         <v>1365</v>
       </c>
       <c r="E313" s="10" t="s">
         <v>1366</v>
       </c>
       <c r="F313" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G313" s="15" t="s">
         <v>303</v>
       </c>
     </row>
-    <row r="314" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="314" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A314" s="14" t="s">
         <v>1367</v>
       </c>
       <c r="B314" s="18">
         <v>40103561775</v>
       </c>
       <c r="C314" s="18" t="s">
         <v>1332</v>
       </c>
       <c r="D314" s="14" t="s">
         <v>1368</v>
       </c>
       <c r="E314" s="14" t="s">
         <v>1369</v>
       </c>
       <c r="F314" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G314" s="15" t="s">
         <v>1370</v>
       </c>
     </row>
-    <row r="315" spans="1:7" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="315" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A315" s="10" t="s">
         <v>1371</v>
       </c>
       <c r="B315" s="13">
         <v>43603005768</v>
       </c>
       <c r="C315" s="13" t="s">
         <v>1356</v>
       </c>
       <c r="D315" s="10" t="s">
         <v>1372</v>
       </c>
       <c r="E315" s="10" t="s">
         <v>1373</v>
       </c>
       <c r="F315" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G315" s="15" t="s">
         <v>1374</v>
       </c>
     </row>
-    <row r="316" spans="1:7" ht="153" x14ac:dyDescent="0.2">
+    <row r="316" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A316" s="10" t="s">
         <v>1375</v>
       </c>
       <c r="B316" s="13">
         <v>40203523106</v>
       </c>
       <c r="C316" s="13" t="s">
         <v>1376</v>
       </c>
       <c r="D316" s="10" t="s">
         <v>1377</v>
       </c>
       <c r="E316" s="10" t="s">
         <v>1378</v>
       </c>
       <c r="F316" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G316" s="15" t="s">
         <v>1363</v>
       </c>
     </row>
-    <row r="317" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
+    <row r="317" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A317" s="10" t="s">
         <v>1379</v>
       </c>
       <c r="B317" s="13">
         <v>40203472717</v>
       </c>
       <c r="C317" s="13" t="s">
         <v>1376</v>
       </c>
       <c r="D317" s="10" t="s">
         <v>1380</v>
       </c>
       <c r="E317" s="10" t="s">
         <v>1381</v>
       </c>
       <c r="F317" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G317" s="15" t="s">
         <v>1363</v>
       </c>
     </row>
-    <row r="318" spans="1:7" ht="102" x14ac:dyDescent="0.2">
+    <row r="318" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A318" s="10" t="s">
         <v>1382</v>
       </c>
       <c r="B318" s="13">
         <v>40203103286</v>
       </c>
       <c r="C318" s="13" t="s">
         <v>1383</v>
       </c>
       <c r="D318" s="10" t="s">
         <v>1384</v>
       </c>
       <c r="E318" s="10" t="s">
         <v>1385</v>
       </c>
       <c r="F318" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G318" s="15" t="s">
         <v>1386</v>
       </c>
     </row>
-    <row r="319" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="319" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A319" s="10" t="s">
         <v>1387</v>
       </c>
       <c r="B319" s="13">
         <v>40203520167</v>
       </c>
       <c r="C319" s="13" t="s">
         <v>1388</v>
       </c>
       <c r="D319" s="10" t="s">
         <v>1389</v>
       </c>
       <c r="E319" s="10" t="s">
         <v>1390</v>
       </c>
       <c r="F319" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G319" s="15" t="s">
         <v>1391</v>
       </c>
     </row>
-    <row r="320" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="320" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A320" s="10" t="s">
         <v>1392</v>
       </c>
       <c r="B320" s="13">
         <v>40203391609</v>
       </c>
       <c r="C320" s="13" t="s">
         <v>1383</v>
       </c>
       <c r="D320" s="10" t="s">
         <v>1393</v>
       </c>
       <c r="E320" s="10" t="s">
         <v>1394</v>
       </c>
       <c r="F320" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G320" s="15" t="s">
         <v>1395</v>
       </c>
     </row>
-    <row r="321" spans="1:13" ht="127.5" x14ac:dyDescent="0.2">
+    <row r="321" spans="1:13" ht="132" x14ac:dyDescent="0.25">
       <c r="A321" s="10" t="s">
         <v>1396</v>
       </c>
       <c r="B321" s="13">
         <v>40203403594</v>
       </c>
       <c r="C321" s="13" t="s">
         <v>1397</v>
       </c>
       <c r="D321" s="10" t="s">
         <v>1398</v>
       </c>
       <c r="E321" s="10" t="s">
         <v>1399</v>
       </c>
       <c r="F321" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G321" s="15" t="s">
         <v>1400</v>
       </c>
       <c r="H321" s="11"/>
       <c r="I321" s="11"/>
       <c r="J321" s="11"/>
       <c r="K321" s="11"/>
       <c r="L321" s="11"/>
       <c r="M321" s="11"/>
     </row>
-    <row r="322" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="322" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A322" s="10" t="s">
         <v>1401</v>
       </c>
       <c r="B322" s="13">
         <v>50103561921</v>
       </c>
       <c r="C322" s="13" t="s">
         <v>1402</v>
       </c>
       <c r="D322" s="10" t="s">
         <v>1403</v>
       </c>
       <c r="E322" s="10" t="s">
         <v>1404</v>
       </c>
       <c r="F322" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G322" s="15" t="s">
         <v>1164</v>
       </c>
       <c r="H322" s="11"/>
       <c r="I322" s="11"/>
       <c r="J322" s="11"/>
       <c r="K322" s="11"/>
       <c r="L322" s="11"/>
       <c r="M322" s="11"/>
     </row>
-    <row r="323" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="323" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A323" s="10" t="s">
         <v>1405</v>
       </c>
       <c r="B323" s="13">
         <v>40203136215</v>
       </c>
       <c r="C323" s="9" t="s">
         <v>1196</v>
       </c>
       <c r="D323" s="10" t="s">
         <v>1406</v>
       </c>
       <c r="E323" s="10" t="s">
         <v>1407</v>
       </c>
       <c r="F323" s="9" t="s">
         <v>13</v>
       </c>
       <c r="G323" s="15" t="s">
         <v>1408</v>
       </c>
       <c r="H323" s="11"/>
       <c r="I323" s="11"/>
       <c r="J323" s="11"/>
       <c r="K323" s="11"/>
       <c r="L323" s="11"/>
       <c r="M323" s="11"/>
     </row>
-    <row r="324" spans="1:13" ht="75.599999999999994" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="324" spans="1:13" ht="75.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A324" s="10" t="s">
         <v>1409</v>
       </c>
       <c r="B324" s="13" t="s">
         <v>1410</v>
       </c>
       <c r="C324" s="13" t="s">
         <v>1233</v>
       </c>
       <c r="D324" s="10" t="s">
         <v>1411</v>
       </c>
       <c r="E324" s="10" t="s">
         <v>1412</v>
       </c>
       <c r="F324" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G324" s="15" t="s">
         <v>1413</v>
       </c>
       <c r="H324" s="11"/>
       <c r="I324" s="11"/>
       <c r="J324" s="11"/>
       <c r="K324" s="11"/>
       <c r="L324" s="11"/>
       <c r="M324" s="11"/>
     </row>
-    <row r="325" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="325" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A325" s="10" t="s">
         <v>1414</v>
       </c>
       <c r="B325" s="13">
         <v>40103443336</v>
       </c>
       <c r="C325" s="13" t="s">
         <v>1415</v>
       </c>
       <c r="D325" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E325" s="10" t="s">
         <v>1417</v>
       </c>
       <c r="F325" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G325" s="15" t="s">
         <v>1418</v>
       </c>
       <c r="H325" s="11"/>
       <c r="I325" s="11"/>
       <c r="J325" s="11"/>
       <c r="K325" s="11"/>
       <c r="L325" s="11"/>
       <c r="M325" s="11"/>
     </row>
-    <row r="326" spans="1:13" ht="66.599999999999994" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="326" spans="1:13" ht="66.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A326" s="10" t="s">
         <v>1419</v>
       </c>
       <c r="B326" s="13">
         <v>40203428827</v>
       </c>
       <c r="C326" s="13" t="s">
         <v>1420</v>
       </c>
       <c r="D326" s="10" t="s">
         <v>1421</v>
       </c>
       <c r="E326" s="10" t="s">
         <v>1422</v>
       </c>
       <c r="F326" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G326" s="15" t="s">
         <v>1423</v>
       </c>
       <c r="H326" s="11"/>
       <c r="I326" s="11"/>
       <c r="J326" s="11"/>
       <c r="K326" s="11"/>
       <c r="L326" s="11"/>
       <c r="M326" s="11"/>
     </row>
-    <row r="327" spans="1:13" ht="74.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="327" spans="1:13" ht="74.400000000000006" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A327" s="10" t="s">
         <v>1424</v>
       </c>
       <c r="B327" s="13">
         <v>50203414871</v>
       </c>
       <c r="C327" s="13" t="s">
         <v>1420</v>
       </c>
       <c r="D327" s="10" t="s">
         <v>1425</v>
       </c>
       <c r="E327" s="10" t="s">
         <v>1426</v>
       </c>
       <c r="F327" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G327" s="15" t="s">
         <v>1427</v>
       </c>
       <c r="H327" s="11"/>
       <c r="I327" s="11"/>
       <c r="J327" s="11"/>
       <c r="K327" s="11"/>
       <c r="L327" s="11"/>
       <c r="M327" s="11"/>
     </row>
-    <row r="328" spans="1:13" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="328" spans="1:13" ht="49.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A328" s="10" t="s">
         <v>1428</v>
       </c>
       <c r="B328" s="13">
         <v>40203507794</v>
       </c>
       <c r="C328" s="13" t="s">
         <v>1415</v>
       </c>
       <c r="D328" s="10" t="s">
         <v>1429</v>
       </c>
       <c r="E328" s="10" t="s">
         <v>1430</v>
       </c>
       <c r="F328" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G328" s="15" t="s">
         <v>1431</v>
       </c>
       <c r="H328" s="11"/>
       <c r="I328" s="11"/>
       <c r="J328" s="11"/>
       <c r="K328" s="11"/>
       <c r="L328" s="11"/>
       <c r="M328" s="11"/>
     </row>
-    <row r="329" spans="1:13" ht="64.900000000000006" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="329" spans="1:13" ht="64.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A329" s="10" t="s">
         <v>1432</v>
       </c>
       <c r="B329" s="13">
         <v>40203484650</v>
       </c>
       <c r="C329" s="13" t="s">
         <v>1415</v>
       </c>
       <c r="D329" s="10" t="s">
         <v>1433</v>
       </c>
       <c r="E329" s="10" t="s">
         <v>1434</v>
       </c>
       <c r="F329" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G329" s="15" t="s">
         <v>1435</v>
       </c>
       <c r="H329" s="11"/>
       <c r="I329" s="11"/>
       <c r="J329" s="11"/>
       <c r="K329" s="11"/>
       <c r="L329" s="11"/>
       <c r="M329" s="11"/>
     </row>
-    <row r="330" spans="1:13" ht="54.6" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="330" spans="1:13" ht="54.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A330" s="10" t="s">
         <v>1436</v>
       </c>
       <c r="B330" s="13">
         <v>40203523727</v>
       </c>
       <c r="C330" s="13" t="s">
         <v>1437</v>
       </c>
       <c r="D330" s="10" t="s">
         <v>1438</v>
       </c>
       <c r="E330" s="10" t="s">
         <v>1439</v>
       </c>
       <c r="F330" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G330" s="15" t="s">
         <v>1440</v>
       </c>
       <c r="H330" s="11"/>
       <c r="I330" s="11"/>
       <c r="J330" s="11"/>
       <c r="K330" s="11"/>
       <c r="L330" s="11"/>
       <c r="M330" s="11"/>
     </row>
-    <row r="331" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="331" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A331" s="10" t="s">
         <v>1441</v>
       </c>
       <c r="B331" s="13">
         <v>40203123615</v>
       </c>
       <c r="C331" s="13" t="s">
         <v>1415</v>
       </c>
       <c r="D331" s="10" t="s">
         <v>1442</v>
       </c>
       <c r="E331" s="10" t="s">
         <v>1443</v>
       </c>
       <c r="F331" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G331" s="15" t="s">
         <v>1444</v>
       </c>
       <c r="H331" s="11"/>
       <c r="I331" s="11"/>
       <c r="J331" s="11"/>
       <c r="K331" s="11"/>
       <c r="L331" s="11"/>
       <c r="M331" s="11"/>
     </row>
-    <row r="332" spans="1:13" ht="102" x14ac:dyDescent="0.2">
+    <row r="332" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A332" s="10" t="s">
         <v>1445</v>
       </c>
       <c r="B332" s="13">
         <v>40003655504</v>
       </c>
       <c r="C332" s="13" t="s">
         <v>1437</v>
       </c>
       <c r="D332" s="10" t="s">
         <v>1446</v>
       </c>
       <c r="E332" s="10" t="s">
         <v>1447</v>
       </c>
       <c r="F332" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G332" s="15" t="s">
         <v>1448</v>
       </c>
       <c r="H332" s="11"/>
       <c r="I332" s="11"/>
       <c r="J332" s="11"/>
       <c r="K332" s="11"/>
       <c r="L332" s="11"/>
       <c r="M332" s="11"/>
     </row>
-    <row r="333" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="333" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A333" s="10" t="s">
         <v>1449</v>
       </c>
       <c r="B333" s="13">
         <v>40203526032</v>
       </c>
       <c r="C333" s="13" t="s">
         <v>1450</v>
       </c>
       <c r="D333" s="10" t="s">
         <v>1451</v>
       </c>
       <c r="E333" s="10" t="s">
         <v>1452</v>
       </c>
       <c r="F333" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G333" s="15" t="s">
         <v>1453</v>
       </c>
       <c r="H333" s="11"/>
       <c r="I333" s="11"/>
       <c r="J333" s="11"/>
       <c r="K333" s="11"/>
       <c r="L333" s="11"/>
       <c r="M333" s="11"/>
     </row>
-    <row r="334" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="334" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A334" s="10" t="s">
         <v>1454</v>
       </c>
       <c r="B334" s="13">
         <v>43603082184</v>
       </c>
       <c r="C334" s="13" t="s">
         <v>1402</v>
       </c>
       <c r="D334" s="10" t="s">
         <v>1455</v>
       </c>
       <c r="E334" s="10" t="s">
         <v>1456</v>
       </c>
       <c r="F334" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G334" s="15" t="s">
         <v>1457</v>
       </c>
       <c r="H334" s="11"/>
       <c r="I334" s="11"/>
       <c r="J334" s="11"/>
       <c r="K334" s="11"/>
       <c r="L334" s="11"/>
       <c r="M334" s="11"/>
     </row>
-    <row r="335" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="335" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A335" s="10" t="s">
         <v>1458</v>
       </c>
       <c r="B335" s="13">
         <v>40103893608</v>
       </c>
       <c r="C335" s="13" t="s">
         <v>1402</v>
       </c>
       <c r="D335" s="10" t="s">
         <v>1459</v>
       </c>
       <c r="E335" s="10" t="s">
         <v>1460</v>
       </c>
       <c r="F335" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G335" s="15" t="s">
         <v>1461</v>
       </c>
       <c r="H335" s="11"/>
       <c r="I335" s="11"/>
       <c r="J335" s="11"/>
       <c r="K335" s="11"/>
       <c r="L335" s="11"/>
       <c r="M335" s="11"/>
     </row>
-    <row r="336" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="336" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A336" s="10" t="s">
         <v>1462</v>
       </c>
       <c r="B336" s="13">
         <v>40203174024</v>
       </c>
       <c r="C336" s="13" t="s">
         <v>1463</v>
       </c>
       <c r="D336" s="10" t="s">
         <v>1464</v>
       </c>
       <c r="E336" s="10" t="s">
         <v>1465</v>
       </c>
       <c r="F336" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G336" s="14" t="s">
         <v>1466</v>
       </c>
       <c r="H336" s="11"/>
       <c r="I336" s="11"/>
       <c r="J336" s="11"/>
       <c r="K336" s="11"/>
       <c r="L336" s="11"/>
       <c r="M336" s="11"/>
     </row>
-    <row r="337" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="337" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A337" s="10" t="s">
         <v>1467</v>
       </c>
       <c r="B337" s="13">
         <v>40203528584</v>
       </c>
       <c r="C337" s="13" t="s">
         <v>1468</v>
       </c>
       <c r="D337" s="10" t="s">
         <v>1451</v>
       </c>
       <c r="E337" s="10" t="s">
         <v>1469</v>
       </c>
       <c r="F337" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G337" s="15" t="s">
         <v>1470</v>
       </c>
       <c r="H337" s="11"/>
       <c r="I337" s="11"/>
       <c r="J337" s="11"/>
       <c r="K337" s="11"/>
       <c r="L337" s="11"/>
       <c r="M337" s="11"/>
     </row>
-    <row r="338" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="338" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A338" s="10" t="s">
         <v>1471</v>
       </c>
       <c r="B338" s="13">
         <v>40203405398</v>
       </c>
       <c r="C338" s="13" t="s">
         <v>1468</v>
       </c>
       <c r="D338" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E338" s="10" t="s">
         <v>1472</v>
       </c>
       <c r="F338" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G338" s="15" t="s">
         <v>1473</v>
       </c>
       <c r="H338" s="11"/>
       <c r="I338" s="11"/>
       <c r="J338" s="11"/>
       <c r="K338" s="11"/>
       <c r="L338" s="11"/>
       <c r="M338" s="11"/>
     </row>
-    <row r="339" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="339" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A339" s="10" t="s">
         <v>1474</v>
       </c>
       <c r="B339" s="13">
         <v>40203499285</v>
       </c>
       <c r="C339" s="13" t="s">
         <v>1475</v>
       </c>
       <c r="D339" s="10" t="s">
         <v>1476</v>
       </c>
       <c r="E339" s="10" t="s">
         <v>1477</v>
       </c>
       <c r="F339" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G339" s="15" t="s">
         <v>1478</v>
       </c>
       <c r="H339" s="11"/>
       <c r="I339" s="11"/>
       <c r="J339" s="11"/>
       <c r="K339" s="11"/>
       <c r="L339" s="11"/>
       <c r="M339" s="11"/>
     </row>
-    <row r="340" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="340" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A340" s="10" t="s">
         <v>1479</v>
       </c>
       <c r="B340" s="13">
         <v>40203305128</v>
       </c>
       <c r="C340" s="13" t="s">
         <v>1480</v>
       </c>
       <c r="D340" s="10" t="s">
         <v>1481</v>
       </c>
       <c r="E340" s="10" t="s">
         <v>1482</v>
       </c>
       <c r="F340" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G340" s="15" t="s">
         <v>1483</v>
       </c>
       <c r="H340" s="11"/>
       <c r="I340" s="11"/>
       <c r="J340" s="11"/>
       <c r="K340" s="11"/>
       <c r="L340" s="11"/>
       <c r="M340" s="11"/>
     </row>
-    <row r="341" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="341" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A341" s="10" t="s">
         <v>1484</v>
       </c>
       <c r="B341" s="13">
         <v>40103691145</v>
       </c>
       <c r="C341" s="13" t="s">
         <v>1485</v>
       </c>
       <c r="D341" s="10" t="s">
         <v>1455</v>
       </c>
       <c r="E341" s="10" t="s">
         <v>1486</v>
       </c>
       <c r="F341" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G341" s="15" t="s">
         <v>1487</v>
       </c>
       <c r="H341" s="11"/>
       <c r="I341" s="11"/>
       <c r="J341" s="11"/>
       <c r="K341" s="11"/>
       <c r="L341" s="11"/>
       <c r="M341" s="11"/>
     </row>
-    <row r="342" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="342" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A342" s="10" t="s">
         <v>1488</v>
       </c>
       <c r="B342" s="13">
         <v>41203069360</v>
       </c>
       <c r="C342" s="13" t="s">
         <v>1480</v>
       </c>
       <c r="D342" s="10" t="s">
         <v>1489</v>
       </c>
       <c r="E342" s="10" t="s">
         <v>1490</v>
       </c>
       <c r="F342" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G342" s="15" t="s">
         <v>1491</v>
       </c>
       <c r="H342" s="11"/>
       <c r="I342" s="11"/>
       <c r="J342" s="11"/>
       <c r="K342" s="11"/>
       <c r="L342" s="11"/>
       <c r="M342" s="11"/>
     </row>
-    <row r="343" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="343" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A343" s="10" t="s">
         <v>1492</v>
       </c>
       <c r="B343" s="13">
         <v>40103296420</v>
       </c>
       <c r="C343" s="13" t="s">
         <v>1493</v>
       </c>
       <c r="D343" s="10" t="s">
         <v>1494</v>
       </c>
       <c r="E343" s="10" t="s">
         <v>1495</v>
       </c>
       <c r="F343" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G343" s="15" t="s">
         <v>1496</v>
       </c>
       <c r="H343" s="11"/>
       <c r="I343" s="11"/>
       <c r="J343" s="11"/>
       <c r="K343" s="11"/>
       <c r="L343" s="11"/>
       <c r="M343" s="11"/>
     </row>
-    <row r="344" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="344" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A344" s="10" t="s">
         <v>1497</v>
       </c>
       <c r="B344" s="13">
         <v>40203400174</v>
       </c>
       <c r="C344" s="13" t="s">
         <v>1485</v>
       </c>
       <c r="D344" s="10" t="s">
         <v>1455</v>
       </c>
       <c r="E344" s="10" t="s">
         <v>1498</v>
       </c>
       <c r="F344" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G344" s="15" t="s">
         <v>1499</v>
       </c>
       <c r="H344" s="11"/>
       <c r="I344" s="11"/>
       <c r="J344" s="11"/>
       <c r="K344" s="11"/>
       <c r="L344" s="11"/>
       <c r="M344" s="11"/>
     </row>
-    <row r="345" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="345" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A345" s="10" t="s">
         <v>1500</v>
       </c>
       <c r="B345" s="13">
         <v>42103105503</v>
       </c>
       <c r="C345" s="13" t="s">
         <v>1415</v>
       </c>
       <c r="D345" s="10" t="s">
         <v>1501</v>
       </c>
       <c r="E345" s="10" t="s">
         <v>1502</v>
       </c>
       <c r="F345" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G345" s="15" t="s">
         <v>1503</v>
       </c>
       <c r="H345" s="11"/>
       <c r="I345" s="11"/>
       <c r="J345" s="11"/>
       <c r="K345" s="11"/>
       <c r="L345" s="11"/>
       <c r="M345" s="11"/>
     </row>
-    <row r="346" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="346" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A346" s="10" t="s">
         <v>1504</v>
       </c>
       <c r="B346" s="13">
         <v>40203172447</v>
       </c>
       <c r="C346" s="13" t="s">
         <v>1505</v>
       </c>
       <c r="D346" s="10" t="s">
         <v>1506</v>
       </c>
       <c r="E346" s="10" t="s">
         <v>1507</v>
       </c>
       <c r="F346" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G346" s="15" t="s">
         <v>1508</v>
       </c>
       <c r="H346" s="11"/>
       <c r="I346" s="11"/>
       <c r="J346" s="11"/>
       <c r="K346" s="11"/>
       <c r="L346" s="11"/>
       <c r="M346" s="11"/>
     </row>
-    <row r="347" spans="1:13" ht="165.75" x14ac:dyDescent="0.2">
+    <row r="347" spans="1:13" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A347" s="10" t="s">
         <v>1509</v>
       </c>
       <c r="B347" s="13">
         <v>40203001354</v>
       </c>
       <c r="C347" s="13" t="s">
         <v>1510</v>
       </c>
       <c r="D347" s="10" t="s">
         <v>1511</v>
       </c>
       <c r="E347" s="10" t="s">
         <v>1512</v>
       </c>
       <c r="F347" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G347" s="15" t="s">
         <v>1513</v>
       </c>
       <c r="H347" s="11"/>
       <c r="I347" s="11"/>
       <c r="J347" s="11"/>
       <c r="K347" s="11"/>
       <c r="L347" s="11"/>
       <c r="M347" s="11"/>
     </row>
-    <row r="348" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="348" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A348" s="10" t="s">
         <v>1514</v>
       </c>
       <c r="B348" s="13">
         <v>40203318419</v>
       </c>
       <c r="C348" s="13" t="s">
         <v>1515</v>
       </c>
       <c r="D348" s="10" t="s">
         <v>1455</v>
       </c>
       <c r="E348" s="10" t="s">
         <v>1516</v>
       </c>
       <c r="F348" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G348" s="15" t="s">
         <v>1517</v>
       </c>
       <c r="H348" s="11"/>
       <c r="I348" s="11"/>
       <c r="J348" s="11"/>
       <c r="K348" s="11"/>
       <c r="L348" s="11"/>
       <c r="M348" s="11"/>
     </row>
-    <row r="349" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="349" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A349" s="10" t="s">
         <v>1518</v>
       </c>
       <c r="B349" s="13">
         <v>40203357755</v>
       </c>
       <c r="C349" s="13" t="s">
         <v>1519</v>
       </c>
       <c r="D349" s="10" t="s">
         <v>1455</v>
       </c>
       <c r="E349" s="10" t="s">
         <v>1520</v>
       </c>
       <c r="F349" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G349" s="15" t="s">
         <v>1499</v>
       </c>
       <c r="H349" s="11"/>
       <c r="I349" s="11"/>
       <c r="J349" s="11"/>
       <c r="K349" s="11"/>
       <c r="L349" s="11"/>
       <c r="M349" s="11"/>
     </row>
-    <row r="350" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="350" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A350" s="10" t="s">
         <v>1521</v>
       </c>
       <c r="B350" s="13">
         <v>40203391929</v>
       </c>
       <c r="C350" s="13" t="s">
         <v>1522</v>
       </c>
       <c r="D350" s="10" t="s">
         <v>1455</v>
       </c>
       <c r="E350" s="10" t="s">
         <v>1523</v>
       </c>
       <c r="F350" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G350" s="15" t="s">
         <v>1524</v>
       </c>
       <c r="H350" s="11"/>
       <c r="I350" s="11"/>
       <c r="J350" s="11"/>
       <c r="K350" s="11"/>
       <c r="L350" s="11"/>
       <c r="M350" s="11"/>
     </row>
-    <row r="351" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="351" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A351" s="10" t="s">
         <v>1525</v>
       </c>
       <c r="B351" s="13">
         <v>40203298201</v>
       </c>
       <c r="C351" s="13" t="s">
         <v>1510</v>
       </c>
       <c r="D351" s="10" t="s">
         <v>1455</v>
       </c>
       <c r="E351" s="10" t="s">
         <v>1526</v>
       </c>
       <c r="F351" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G351" s="15" t="s">
         <v>1487</v>
       </c>
       <c r="H351" s="11"/>
       <c r="I351" s="11"/>
       <c r="J351" s="11"/>
       <c r="K351" s="11"/>
       <c r="L351" s="11"/>
       <c r="M351" s="11"/>
     </row>
-    <row r="352" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="352" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A352" s="10" t="s">
         <v>1527</v>
       </c>
       <c r="B352" s="13">
         <v>50103907261</v>
       </c>
       <c r="C352" s="13" t="s">
         <v>1522</v>
       </c>
       <c r="D352" s="10" t="s">
         <v>1528</v>
       </c>
       <c r="E352" s="10" t="s">
         <v>1529</v>
       </c>
       <c r="F352" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G352" s="15" t="s">
         <v>1530</v>
       </c>
       <c r="H352" s="11"/>
       <c r="I352" s="11"/>
       <c r="J352" s="11"/>
       <c r="K352" s="11"/>
       <c r="L352" s="11"/>
       <c r="M352" s="11"/>
     </row>
-    <row r="353" spans="1:13" ht="153" x14ac:dyDescent="0.2">
+    <row r="353" spans="1:13" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A353" s="10" t="s">
         <v>1531</v>
       </c>
       <c r="B353" s="13">
         <v>40008181871</v>
       </c>
       <c r="C353" s="13" t="s">
         <v>1532</v>
       </c>
       <c r="D353" s="10" t="s">
         <v>1533</v>
       </c>
       <c r="E353" s="10" t="s">
         <v>1534</v>
       </c>
       <c r="F353" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G353" s="15" t="s">
         <v>1535</v>
       </c>
       <c r="H353" s="11"/>
       <c r="I353" s="11"/>
       <c r="J353" s="11"/>
       <c r="K353" s="11"/>
       <c r="L353" s="11"/>
       <c r="M353" s="11"/>
     </row>
-    <row r="354" spans="1:13" ht="69" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="354" spans="1:13" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A354" s="10" t="s">
         <v>1536</v>
       </c>
       <c r="B354" s="13">
         <v>40203212275</v>
       </c>
       <c r="C354" s="13" t="s">
         <v>1537</v>
       </c>
       <c r="D354" s="10" t="s">
         <v>1538</v>
       </c>
       <c r="E354" s="10" t="s">
         <v>1539</v>
       </c>
       <c r="F354" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G354" s="15" t="s">
         <v>1540</v>
       </c>
       <c r="H354" s="11"/>
       <c r="I354" s="11"/>
       <c r="J354" s="11"/>
       <c r="K354" s="11"/>
       <c r="L354" s="11"/>
       <c r="M354" s="11"/>
     </row>
-    <row r="355" spans="1:13" ht="83.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="355" spans="1:13" ht="83.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A355" s="10" t="s">
         <v>1541</v>
       </c>
       <c r="B355" s="13">
         <v>40103985993</v>
       </c>
       <c r="C355" s="13" t="s">
         <v>1510</v>
       </c>
       <c r="D355" s="10" t="s">
         <v>1542</v>
       </c>
       <c r="E355" s="10" t="s">
         <v>1543</v>
       </c>
       <c r="F355" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G355" s="15" t="s">
         <v>1544</v>
       </c>
       <c r="H355" s="11"/>
       <c r="I355" s="11"/>
       <c r="J355" s="11"/>
       <c r="K355" s="11"/>
       <c r="L355" s="11"/>
       <c r="M355" s="11"/>
     </row>
-    <row r="356" spans="1:13" ht="48.6" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="356" spans="1:13" ht="48.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A356" s="10" t="s">
         <v>1545</v>
       </c>
       <c r="B356" s="13">
         <v>40103583749</v>
       </c>
       <c r="C356" s="13" t="s">
         <v>1546</v>
       </c>
       <c r="D356" s="10" t="s">
         <v>1547</v>
       </c>
       <c r="E356" s="10" t="s">
         <v>1548</v>
       </c>
       <c r="F356" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G356" s="15" t="s">
         <v>1549</v>
       </c>
       <c r="H356" s="11"/>
       <c r="I356" s="11"/>
       <c r="J356" s="11"/>
       <c r="K356" s="11"/>
       <c r="L356" s="11"/>
       <c r="M356" s="11"/>
     </row>
-    <row r="357" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="357" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A357" s="10" t="s">
         <v>1550</v>
       </c>
       <c r="B357" s="13">
         <v>40203058476</v>
       </c>
       <c r="C357" s="13" t="s">
         <v>1551</v>
       </c>
       <c r="D357" s="10" t="s">
         <v>1552</v>
       </c>
       <c r="E357" s="10" t="s">
         <v>1553</v>
       </c>
       <c r="F357" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G357" s="15" t="s">
         <v>1554</v>
       </c>
       <c r="H357" s="11"/>
       <c r="I357" s="11"/>
       <c r="J357" s="11"/>
       <c r="K357" s="11"/>
       <c r="L357" s="11"/>
       <c r="M357" s="11"/>
     </row>
-    <row r="358" spans="1:13" ht="153" x14ac:dyDescent="0.2">
+    <row r="358" spans="1:13" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A358" s="10" t="s">
         <v>1555</v>
       </c>
       <c r="B358" s="13">
         <v>50203022911</v>
       </c>
       <c r="C358" s="13" t="s">
         <v>1510</v>
       </c>
       <c r="D358" s="10" t="s">
         <v>1556</v>
       </c>
       <c r="E358" s="10" t="s">
         <v>1557</v>
       </c>
       <c r="F358" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G358" s="15" t="s">
         <v>1558</v>
       </c>
       <c r="H358" s="11"/>
       <c r="I358" s="11"/>
       <c r="J358" s="11"/>
       <c r="K358" s="11"/>
       <c r="L358" s="11"/>
       <c r="M358" s="11"/>
     </row>
-    <row r="359" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="359" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A359" s="12" t="s">
         <v>1559</v>
       </c>
       <c r="B359" s="13">
         <v>40203061940</v>
       </c>
       <c r="C359" s="13" t="s">
         <v>1560</v>
       </c>
       <c r="D359" s="10" t="s">
         <v>1561</v>
       </c>
       <c r="E359" s="10" t="s">
         <v>1562</v>
       </c>
       <c r="F359" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G359" s="15" t="s">
         <v>1487</v>
       </c>
       <c r="H359" s="11"/>
       <c r="I359" s="11"/>
       <c r="J359" s="11"/>
       <c r="K359" s="11"/>
       <c r="L359" s="11"/>
       <c r="M359" s="11"/>
     </row>
-    <row r="360" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="360" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A360" s="12" t="s">
         <v>1563</v>
       </c>
       <c r="B360" s="13">
         <v>40001008181</v>
       </c>
       <c r="C360" s="9" t="s">
         <v>1564</v>
       </c>
       <c r="D360" s="10" t="s">
         <v>1565</v>
       </c>
       <c r="E360" s="10" t="s">
         <v>1566</v>
       </c>
       <c r="F360" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G360" s="15" t="s">
         <v>1567</v>
       </c>
       <c r="H360" s="11"/>
       <c r="I360" s="11"/>
       <c r="J360" s="11"/>
       <c r="K360" s="11"/>
       <c r="L360" s="11"/>
       <c r="M360" s="11"/>
     </row>
-    <row r="361" spans="1:13" ht="65.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="361" spans="1:13" ht="65.400000000000006" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A361" s="12" t="s">
         <v>1568</v>
       </c>
       <c r="B361" s="13">
         <v>40203487356</v>
       </c>
       <c r="C361" s="9" t="s">
         <v>1569</v>
       </c>
       <c r="D361" s="10" t="s">
         <v>1570</v>
       </c>
       <c r="E361" s="10" t="s">
         <v>1571</v>
       </c>
       <c r="F361" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G361" s="15" t="s">
         <v>1572</v>
       </c>
       <c r="H361" s="11"/>
       <c r="I361" s="11"/>
       <c r="J361" s="11"/>
       <c r="K361" s="11"/>
       <c r="L361" s="11"/>
       <c r="M361" s="11"/>
     </row>
-    <row r="362" spans="1:13" ht="61.15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="362" spans="1:13" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A362" s="12" t="s">
         <v>1573</v>
       </c>
       <c r="B362" s="13">
         <v>40203521463</v>
       </c>
       <c r="C362" s="9" t="s">
         <v>1574</v>
       </c>
       <c r="D362" s="10" t="s">
         <v>1575</v>
       </c>
       <c r="E362" s="10" t="s">
         <v>1576</v>
       </c>
       <c r="F362" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G362" s="15" t="s">
         <v>1470</v>
       </c>
       <c r="H362" s="11"/>
       <c r="I362" s="11"/>
       <c r="J362" s="11"/>
       <c r="K362" s="11"/>
       <c r="L362" s="11"/>
       <c r="M362" s="11"/>
     </row>
-    <row r="363" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="363" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A363" s="12" t="s">
         <v>1577</v>
       </c>
       <c r="B363" s="13">
         <v>40203384058</v>
       </c>
       <c r="C363" s="9" t="s">
         <v>1578</v>
       </c>
       <c r="D363" s="10" t="s">
         <v>1455</v>
       </c>
       <c r="E363" s="10" t="s">
         <v>1579</v>
       </c>
       <c r="F363" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G363" s="15" t="s">
         <v>1580</v>
       </c>
       <c r="H363" s="11"/>
       <c r="I363" s="11"/>
       <c r="J363" s="11"/>
       <c r="K363" s="11"/>
       <c r="L363" s="11"/>
       <c r="M363" s="11"/>
     </row>
-    <row r="364" spans="1:13" ht="204" x14ac:dyDescent="0.2">
+    <row r="364" spans="1:13" ht="198" x14ac:dyDescent="0.25">
       <c r="A364" s="12" t="s">
         <v>1581</v>
       </c>
       <c r="B364" s="13">
         <v>40203436330</v>
       </c>
       <c r="C364" s="9" t="s">
         <v>1578</v>
       </c>
       <c r="D364" s="10" t="s">
         <v>1582</v>
       </c>
       <c r="E364" s="10" t="s">
         <v>1583</v>
       </c>
       <c r="F364" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G364" s="15" t="s">
         <v>1584</v>
       </c>
       <c r="H364" s="11"/>
       <c r="I364" s="11"/>
       <c r="J364" s="11"/>
       <c r="K364" s="11"/>
       <c r="L364" s="11"/>
       <c r="M364" s="11"/>
     </row>
-    <row r="365" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="365" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A365" s="12" t="s">
         <v>1585</v>
       </c>
       <c r="B365" s="13">
         <v>40203320644</v>
       </c>
       <c r="C365" s="9" t="s">
         <v>1586</v>
       </c>
       <c r="D365" s="10" t="s">
         <v>1587</v>
       </c>
       <c r="E365" s="10" t="s">
         <v>1588</v>
       </c>
       <c r="F365" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G365" s="15" t="s">
         <v>1589</v>
       </c>
       <c r="H365" s="11"/>
       <c r="I365" s="11"/>
       <c r="J365" s="11"/>
       <c r="K365" s="11"/>
       <c r="L365" s="11"/>
       <c r="M365" s="11"/>
     </row>
-    <row r="366" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="366" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A366" s="12" t="s">
         <v>1590</v>
       </c>
       <c r="B366" s="13">
         <v>40203512263</v>
       </c>
       <c r="C366" s="9" t="s">
         <v>1586</v>
       </c>
       <c r="D366" s="10" t="s">
         <v>1591</v>
       </c>
       <c r="E366" s="10" t="s">
         <v>1592</v>
       </c>
       <c r="F366" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G366" s="15" t="s">
         <v>1593</v>
       </c>
       <c r="H366" s="11"/>
       <c r="I366" s="11"/>
       <c r="J366" s="11"/>
       <c r="K366" s="11"/>
       <c r="L366" s="11"/>
       <c r="M366" s="11"/>
     </row>
-    <row r="367" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="367" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A367" s="12" t="s">
         <v>1594</v>
       </c>
       <c r="B367" s="13">
         <v>40203501594</v>
       </c>
       <c r="C367" s="9" t="s">
         <v>1595</v>
       </c>
       <c r="D367" s="10" t="s">
         <v>1591</v>
       </c>
       <c r="E367" s="10" t="s">
         <v>1596</v>
       </c>
       <c r="F367" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G367" s="15" t="s">
         <v>1593</v>
       </c>
       <c r="H367" s="11"/>
       <c r="I367" s="11"/>
       <c r="J367" s="11"/>
       <c r="K367" s="11"/>
       <c r="L367" s="11"/>
       <c r="M367" s="11"/>
     </row>
-    <row r="368" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="368" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A368" s="12" t="s">
         <v>1597</v>
       </c>
       <c r="B368" s="13">
         <v>40103268376</v>
       </c>
       <c r="C368" s="9" t="s">
         <v>1578</v>
       </c>
       <c r="D368" s="10" t="s">
         <v>1598</v>
       </c>
       <c r="E368" s="10" t="s">
         <v>1599</v>
       </c>
       <c r="F368" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G368" s="15" t="s">
         <v>1600</v>
       </c>
       <c r="H368" s="11"/>
       <c r="I368" s="11"/>
       <c r="J368" s="11"/>
       <c r="K368" s="11"/>
       <c r="L368" s="11"/>
       <c r="M368" s="11"/>
     </row>
-    <row r="369" spans="1:13" ht="127.5" x14ac:dyDescent="0.2">
+    <row r="369" spans="1:13" ht="132" x14ac:dyDescent="0.25">
       <c r="A369" s="12" t="s">
         <v>1601</v>
       </c>
       <c r="B369" s="13">
         <v>40103708511</v>
       </c>
       <c r="C369" s="9" t="s">
         <v>1595</v>
       </c>
       <c r="D369" s="10" t="s">
         <v>1602</v>
       </c>
       <c r="E369" s="10" t="s">
         <v>1603</v>
       </c>
       <c r="F369" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G369" s="15" t="s">
         <v>1604</v>
       </c>
       <c r="H369" s="11"/>
       <c r="I369" s="11"/>
       <c r="J369" s="11"/>
       <c r="K369" s="11"/>
       <c r="L369" s="11"/>
       <c r="M369" s="11"/>
     </row>
-    <row r="370" spans="1:13" ht="178.5" x14ac:dyDescent="0.2">
+    <row r="370" spans="1:13" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A370" s="12" t="s">
         <v>1605</v>
       </c>
       <c r="B370" s="13">
         <v>50203111181</v>
       </c>
       <c r="C370" s="9" t="s">
         <v>1606</v>
       </c>
       <c r="D370" s="10" t="s">
         <v>1607</v>
       </c>
       <c r="E370" s="10" t="s">
         <v>1608</v>
       </c>
       <c r="F370" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G370" s="15" t="s">
         <v>1609</v>
       </c>
       <c r="H370" s="11"/>
       <c r="I370" s="11"/>
       <c r="J370" s="11"/>
       <c r="K370" s="11"/>
       <c r="L370" s="11"/>
       <c r="M370" s="11"/>
     </row>
-    <row r="371" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="371" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A371" s="12" t="s">
         <v>1610</v>
       </c>
       <c r="B371" s="13">
         <v>40203513771</v>
       </c>
       <c r="C371" s="9" t="s">
         <v>1606</v>
       </c>
       <c r="D371" s="10" t="s">
         <v>1591</v>
       </c>
       <c r="E371" s="10" t="s">
         <v>1611</v>
       </c>
       <c r="F371" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G371" s="15" t="s">
         <v>1593</v>
       </c>
       <c r="H371" s="11"/>
       <c r="I371" s="11"/>
       <c r="J371" s="11"/>
       <c r="K371" s="11"/>
       <c r="L371" s="11"/>
       <c r="M371" s="11"/>
     </row>
-    <row r="372" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="372" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A372" s="12" t="s">
         <v>1612</v>
       </c>
       <c r="B372" s="13">
         <v>40203504124</v>
       </c>
       <c r="C372" s="9" t="s">
         <v>1606</v>
       </c>
       <c r="D372" s="10" t="s">
         <v>1591</v>
       </c>
       <c r="E372" s="10" t="s">
         <v>1613</v>
       </c>
       <c r="F372" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G372" s="15" t="s">
         <v>1614</v>
       </c>
       <c r="H372" s="11"/>
       <c r="I372" s="11"/>
       <c r="J372" s="11"/>
       <c r="K372" s="11"/>
       <c r="L372" s="11"/>
       <c r="M372" s="11"/>
     </row>
-    <row r="373" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="373" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A373" s="12" t="s">
         <v>1615</v>
       </c>
       <c r="B373" s="13">
         <v>40103947633</v>
       </c>
       <c r="C373" s="9" t="s">
         <v>1616</v>
       </c>
       <c r="D373" s="10" t="s">
         <v>1617</v>
       </c>
       <c r="E373" s="10" t="s">
         <v>1618</v>
       </c>
       <c r="F373" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G373" s="15" t="s">
         <v>1487</v>
       </c>
       <c r="H373" s="11"/>
       <c r="I373" s="11"/>
       <c r="J373" s="11"/>
       <c r="K373" s="11"/>
       <c r="L373" s="11"/>
       <c r="M373" s="11"/>
     </row>
-    <row r="374" spans="1:13" s="6" customFormat="1" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="374" spans="1:13" s="6" customFormat="1" ht="66" x14ac:dyDescent="0.25">
       <c r="A374" s="12" t="s">
         <v>1619</v>
       </c>
       <c r="B374" s="13">
         <v>42103111887</v>
       </c>
       <c r="C374" s="9" t="s">
         <v>1620</v>
       </c>
       <c r="D374" s="10" t="s">
         <v>1621</v>
       </c>
       <c r="E374" s="10" t="s">
         <v>1622</v>
       </c>
       <c r="F374" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G374" s="15" t="s">
         <v>1623</v>
       </c>
       <c r="H374" s="35"/>
       <c r="I374" s="35"/>
       <c r="J374" s="35"/>
       <c r="K374" s="35"/>
       <c r="L374" s="35"/>
       <c r="M374" s="35"/>
     </row>
-    <row r="375" spans="1:13" s="6" customFormat="1" ht="127.5" x14ac:dyDescent="0.2">
+    <row r="375" spans="1:13" s="6" customFormat="1" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A375" s="12" t="s">
         <v>1624</v>
       </c>
       <c r="B375" s="13">
         <v>40103476587</v>
       </c>
       <c r="C375" s="9" t="s">
         <v>1625</v>
       </c>
       <c r="D375" s="10" t="s">
         <v>1626</v>
       </c>
       <c r="E375" s="10" t="s">
         <v>1627</v>
       </c>
       <c r="F375" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G375" s="15" t="s">
         <v>1628</v>
       </c>
       <c r="H375" s="35"/>
       <c r="I375" s="35"/>
       <c r="J375" s="35"/>
       <c r="K375" s="35"/>
       <c r="L375" s="35"/>
       <c r="M375" s="35"/>
     </row>
-    <row r="376" spans="1:13" ht="216.75" x14ac:dyDescent="0.2">
+    <row r="376" spans="1:13" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A376" s="12" t="s">
         <v>1629</v>
       </c>
       <c r="B376" s="13">
         <v>40103287714</v>
       </c>
       <c r="C376" s="9" t="s">
         <v>1620</v>
       </c>
       <c r="D376" s="10" t="s">
         <v>1630</v>
       </c>
       <c r="E376" s="10" t="s">
         <v>1631</v>
       </c>
       <c r="F376" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G376" s="15" t="s">
         <v>1632</v>
       </c>
       <c r="H376" s="11"/>
       <c r="I376" s="11"/>
       <c r="J376" s="11"/>
       <c r="K376" s="11"/>
       <c r="L376" s="11"/>
       <c r="M376" s="11"/>
     </row>
-    <row r="377" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="377" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A377" s="12" t="s">
         <v>1633</v>
       </c>
       <c r="B377" s="13">
         <v>40103219440</v>
       </c>
       <c r="C377" s="9" t="s">
         <v>1634</v>
       </c>
       <c r="D377" s="10" t="s">
         <v>1635</v>
       </c>
       <c r="E377" s="10" t="s">
         <v>1636</v>
       </c>
       <c r="F377" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G377" s="15" t="s">
         <v>1637</v>
       </c>
       <c r="H377" s="11"/>
       <c r="I377" s="11"/>
       <c r="J377" s="11"/>
       <c r="K377" s="11"/>
       <c r="L377" s="11"/>
       <c r="M377" s="11"/>
     </row>
-    <row r="378" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="378" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A378" s="12" t="s">
         <v>1638</v>
       </c>
       <c r="B378" s="13">
         <v>50103719201</v>
       </c>
       <c r="C378" s="9" t="s">
         <v>1639</v>
       </c>
       <c r="D378" s="10" t="s">
         <v>1640</v>
       </c>
       <c r="E378" s="10" t="s">
         <v>1641</v>
       </c>
       <c r="F378" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G378" s="15" t="s">
         <v>1642</v>
       </c>
       <c r="H378" s="11"/>
       <c r="I378" s="11"/>
       <c r="J378" s="11"/>
       <c r="K378" s="11"/>
       <c r="L378" s="11"/>
       <c r="M378" s="11"/>
     </row>
-    <row r="379" spans="1:13" s="1" customFormat="1" ht="51" x14ac:dyDescent="0.2">
+    <row r="379" spans="1:13" s="1" customFormat="1" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A379" s="12" t="s">
         <v>1643</v>
       </c>
       <c r="B379" s="13">
         <v>50203349181</v>
       </c>
       <c r="C379" s="9" t="s">
         <v>1644</v>
       </c>
       <c r="D379" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E379" s="10" t="s">
         <v>1645</v>
       </c>
       <c r="F379" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G379" s="15" t="s">
         <v>1646</v>
       </c>
       <c r="H379" s="36"/>
       <c r="I379" s="36"/>
       <c r="J379" s="36"/>
       <c r="K379" s="36"/>
       <c r="L379" s="36"/>
       <c r="M379" s="36"/>
     </row>
-    <row r="380" spans="1:13" s="1" customFormat="1" ht="51" x14ac:dyDescent="0.2">
+    <row r="380" spans="1:13" s="1" customFormat="1" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A380" s="12" t="s">
         <v>579</v>
       </c>
       <c r="B380" s="13">
         <v>50203451261</v>
       </c>
       <c r="C380" s="9" t="s">
         <v>1644</v>
       </c>
       <c r="D380" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E380" s="10" t="s">
         <v>1647</v>
       </c>
       <c r="F380" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G380" s="15" t="s">
         <v>1648</v>
       </c>
       <c r="H380" s="36"/>
       <c r="I380" s="36"/>
       <c r="J380" s="36"/>
       <c r="K380" s="36"/>
       <c r="L380" s="36"/>
       <c r="M380" s="36"/>
     </row>
-    <row r="381" spans="1:13" s="1" customFormat="1" ht="51" x14ac:dyDescent="0.2">
+    <row r="381" spans="1:13" s="1" customFormat="1" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A381" s="12" t="s">
         <v>1649</v>
       </c>
       <c r="B381" s="13">
         <v>40203402067</v>
       </c>
       <c r="C381" s="9" t="s">
         <v>1650</v>
       </c>
       <c r="D381" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E381" s="10" t="s">
         <v>1651</v>
       </c>
       <c r="F381" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G381" s="15" t="s">
         <v>1648</v>
       </c>
       <c r="H381" s="36"/>
       <c r="I381" s="36"/>
       <c r="J381" s="36"/>
       <c r="K381" s="36"/>
       <c r="L381" s="36"/>
       <c r="M381" s="36"/>
     </row>
-    <row r="382" spans="1:13" s="1" customFormat="1" ht="51" x14ac:dyDescent="0.2">
+    <row r="382" spans="1:13" s="1" customFormat="1" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A382" s="12" t="s">
         <v>1652</v>
       </c>
       <c r="B382" s="13">
         <v>40203417255</v>
       </c>
       <c r="C382" s="9" t="s">
         <v>1650</v>
       </c>
       <c r="D382" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E382" s="10" t="s">
         <v>1653</v>
       </c>
       <c r="F382" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G382" s="15" t="s">
         <v>1654</v>
       </c>
       <c r="H382" s="36"/>
       <c r="I382" s="36"/>
       <c r="J382" s="36"/>
       <c r="K382" s="36"/>
       <c r="L382" s="36"/>
       <c r="M382" s="36"/>
     </row>
-    <row r="383" spans="1:13" s="1" customFormat="1" ht="51" x14ac:dyDescent="0.2">
+    <row r="383" spans="1:13" s="1" customFormat="1" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A383" s="12" t="s">
         <v>95</v>
       </c>
       <c r="B383" s="13">
         <v>40203341631</v>
       </c>
       <c r="C383" s="9" t="s">
         <v>1650</v>
       </c>
       <c r="D383" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E383" s="10" t="s">
         <v>1655</v>
       </c>
       <c r="F383" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G383" s="15" t="s">
         <v>1648</v>
       </c>
       <c r="H383" s="36"/>
       <c r="I383" s="36"/>
       <c r="J383" s="36"/>
       <c r="K383" s="36"/>
       <c r="L383" s="36"/>
       <c r="M383" s="36"/>
     </row>
-    <row r="384" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="384" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A384" s="12" t="s">
         <v>1656</v>
       </c>
       <c r="B384" s="13">
         <v>40203014819</v>
       </c>
       <c r="C384" s="9" t="s">
         <v>1657</v>
       </c>
       <c r="D384" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E384" s="10" t="s">
         <v>1658</v>
       </c>
       <c r="F384" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G384" s="15" t="s">
         <v>1487</v>
       </c>
       <c r="H384" s="11"/>
       <c r="I384" s="11"/>
       <c r="J384" s="11"/>
       <c r="K384" s="11"/>
       <c r="L384" s="11"/>
       <c r="M384" s="11"/>
     </row>
-    <row r="385" spans="1:13" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="385" spans="1:13" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A385" s="12" t="s">
         <v>1659</v>
       </c>
       <c r="B385" s="13">
         <v>50003273531</v>
       </c>
       <c r="C385" s="9" t="s">
         <v>1660</v>
       </c>
       <c r="D385" s="10" t="s">
         <v>1661</v>
       </c>
       <c r="E385" s="10" t="s">
         <v>1662</v>
       </c>
       <c r="F385" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G385" s="10" t="s">
         <v>1663</v>
       </c>
       <c r="H385" s="11"/>
       <c r="I385" s="11"/>
       <c r="J385" s="11"/>
       <c r="K385" s="11"/>
       <c r="L385" s="11"/>
       <c r="M385" s="11"/>
     </row>
-    <row r="386" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="386" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A386" s="12" t="s">
         <v>1664</v>
       </c>
       <c r="B386" s="13">
         <v>44103122573</v>
       </c>
       <c r="C386" s="9" t="s">
         <v>1665</v>
       </c>
       <c r="D386" s="10" t="s">
         <v>400</v>
       </c>
       <c r="E386" s="10" t="s">
         <v>1666</v>
       </c>
       <c r="F386" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G386" s="15" t="s">
         <v>1667</v>
       </c>
       <c r="H386" s="11"/>
       <c r="I386" s="11"/>
       <c r="J386" s="11"/>
       <c r="K386" s="11"/>
       <c r="L386" s="11"/>
       <c r="M386" s="11"/>
     </row>
-    <row r="387" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="387" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A387" s="12" t="s">
         <v>1668</v>
       </c>
       <c r="B387" s="13">
         <v>52103088421</v>
       </c>
       <c r="C387" s="9" t="s">
         <v>1660</v>
       </c>
       <c r="D387" s="10" t="s">
         <v>1669</v>
       </c>
       <c r="E387" s="10" t="s">
         <v>1670</v>
       </c>
       <c r="F387" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G387" s="15" t="s">
         <v>1671</v>
       </c>
       <c r="H387" s="11"/>
       <c r="I387" s="11"/>
       <c r="J387" s="11"/>
       <c r="K387" s="11"/>
       <c r="L387" s="11"/>
       <c r="M387" s="11"/>
     </row>
-    <row r="388" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="388" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A388" s="12" t="s">
         <v>1672</v>
       </c>
       <c r="B388" s="13">
         <v>42103084540</v>
       </c>
       <c r="C388" s="9" t="s">
         <v>1660</v>
       </c>
       <c r="D388" s="10" t="s">
         <v>1673</v>
       </c>
       <c r="E388" s="10" t="s">
         <v>1674</v>
       </c>
       <c r="F388" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G388" s="15" t="s">
         <v>1675</v>
       </c>
       <c r="H388" s="11"/>
       <c r="I388" s="11"/>
       <c r="J388" s="11"/>
       <c r="K388" s="11"/>
       <c r="L388" s="11"/>
       <c r="M388" s="11"/>
     </row>
-    <row r="389" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="389" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A389" s="12" t="s">
         <v>1676</v>
       </c>
       <c r="B389" s="13">
         <v>40203128824</v>
       </c>
       <c r="C389" s="9" t="s">
         <v>1657</v>
       </c>
       <c r="D389" s="10" t="s">
         <v>1677</v>
       </c>
       <c r="E389" s="10" t="s">
         <v>1678</v>
       </c>
       <c r="F389" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G389" s="15" t="s">
         <v>1679</v>
       </c>
       <c r="H389" s="11"/>
       <c r="I389" s="11"/>
       <c r="J389" s="11"/>
       <c r="K389" s="11"/>
       <c r="L389" s="11"/>
       <c r="M389" s="11"/>
     </row>
-    <row r="390" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="390" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A390" s="12" t="s">
         <v>1680</v>
       </c>
       <c r="B390" s="13">
         <v>40003229071</v>
       </c>
       <c r="C390" s="9" t="s">
         <v>1681</v>
       </c>
       <c r="D390" s="10" t="s">
         <v>1682</v>
       </c>
       <c r="E390" s="10" t="s">
         <v>1683</v>
       </c>
       <c r="F390" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G390" s="15" t="s">
         <v>1679</v>
       </c>
       <c r="H390" s="11"/>
       <c r="I390" s="11"/>
       <c r="J390" s="11"/>
       <c r="K390" s="11"/>
       <c r="L390" s="11"/>
       <c r="M390" s="11"/>
     </row>
-    <row r="391" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="391" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A391" s="12" t="s">
         <v>1684</v>
       </c>
       <c r="B391" s="23">
         <v>40203414526</v>
       </c>
       <c r="C391" s="9" t="s">
         <v>1685</v>
       </c>
       <c r="D391" s="10" t="s">
         <v>1686</v>
       </c>
       <c r="E391" s="10" t="s">
         <v>1687</v>
       </c>
       <c r="F391" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G391" s="15" t="s">
         <v>1679</v>
       </c>
       <c r="H391" s="11"/>
       <c r="I391" s="11"/>
       <c r="J391" s="11"/>
       <c r="K391" s="11"/>
       <c r="L391" s="11"/>
       <c r="M391" s="11"/>
     </row>
-    <row r="392" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="392" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A392" s="12" t="s">
         <v>1688</v>
       </c>
       <c r="B392" s="13">
         <v>40203437444</v>
       </c>
       <c r="C392" s="9" t="s">
         <v>1685</v>
       </c>
       <c r="D392" s="10" t="s">
         <v>1689</v>
       </c>
       <c r="E392" s="10" t="s">
         <v>1690</v>
       </c>
       <c r="F392" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G392" s="15" t="s">
         <v>1691</v>
       </c>
       <c r="H392" s="11"/>
       <c r="I392" s="11"/>
       <c r="J392" s="11"/>
       <c r="K392" s="11"/>
       <c r="L392" s="11"/>
       <c r="M392" s="11"/>
     </row>
-    <row r="393" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="393" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A393" s="12" t="s">
         <v>1692</v>
       </c>
       <c r="B393" s="13">
         <v>40203119037</v>
       </c>
       <c r="C393" s="9" t="s">
         <v>1665</v>
       </c>
       <c r="D393" s="10" t="s">
         <v>1693</v>
       </c>
       <c r="E393" s="10" t="s">
         <v>1694</v>
       </c>
       <c r="F393" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G393" s="15" t="s">
         <v>1695</v>
       </c>
       <c r="H393" s="11"/>
       <c r="I393" s="11"/>
       <c r="J393" s="11"/>
       <c r="K393" s="11"/>
       <c r="L393" s="11"/>
       <c r="M393" s="11"/>
     </row>
-    <row r="394" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="394" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A394" s="12" t="s">
         <v>1696</v>
       </c>
       <c r="B394" s="13">
         <v>40002208867</v>
       </c>
       <c r="C394" s="9" t="s">
         <v>1697</v>
       </c>
       <c r="D394" s="10" t="s">
         <v>1698</v>
       </c>
       <c r="E394" s="10" t="s">
         <v>1699</v>
       </c>
       <c r="F394" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G394" s="15" t="s">
         <v>1700</v>
       </c>
       <c r="H394" s="11"/>
       <c r="I394" s="11"/>
       <c r="J394" s="11"/>
       <c r="K394" s="11"/>
       <c r="L394" s="11"/>
       <c r="M394" s="11"/>
     </row>
-    <row r="395" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="395" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A395" s="12" t="s">
         <v>1701</v>
       </c>
       <c r="B395" s="13">
         <v>40203568642</v>
       </c>
       <c r="C395" s="9" t="s">
         <v>1657</v>
       </c>
       <c r="D395" s="10" t="s">
         <v>1702</v>
       </c>
       <c r="E395" s="10" t="s">
         <v>1703</v>
       </c>
       <c r="F395" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G395" s="15" t="s">
         <v>1704</v>
       </c>
       <c r="H395" s="11"/>
       <c r="I395" s="11"/>
       <c r="J395" s="11"/>
       <c r="K395" s="11"/>
       <c r="L395" s="11"/>
       <c r="M395" s="11"/>
     </row>
-    <row r="396" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="396" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A396" s="12" t="s">
         <v>1705</v>
       </c>
       <c r="B396" s="13">
         <v>40203061033</v>
       </c>
       <c r="C396" s="9" t="s">
         <v>1681</v>
       </c>
       <c r="D396" s="10" t="s">
         <v>1706</v>
       </c>
       <c r="E396" s="10" t="s">
         <v>1707</v>
       </c>
       <c r="F396" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G396" s="15" t="s">
         <v>1708</v>
       </c>
       <c r="H396" s="11"/>
       <c r="I396" s="11"/>
       <c r="J396" s="11"/>
       <c r="K396" s="11"/>
       <c r="L396" s="11"/>
       <c r="M396" s="11"/>
     </row>
-    <row r="397" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="397" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A397" s="12" t="s">
         <v>1709</v>
       </c>
       <c r="B397" s="13">
         <v>40203426703</v>
       </c>
       <c r="C397" s="9" t="s">
         <v>1710</v>
       </c>
       <c r="D397" s="10" t="s">
         <v>1711</v>
       </c>
       <c r="E397" s="10" t="s">
         <v>1712</v>
       </c>
       <c r="F397" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G397" s="15" t="s">
         <v>1713</v>
       </c>
       <c r="H397" s="11"/>
       <c r="I397" s="11"/>
       <c r="J397" s="11"/>
       <c r="K397" s="11"/>
       <c r="L397" s="11"/>
       <c r="M397" s="11"/>
     </row>
-    <row r="398" spans="1:13" ht="204" x14ac:dyDescent="0.2">
+    <row r="398" spans="1:13" ht="198" x14ac:dyDescent="0.25">
       <c r="A398" s="12" t="s">
         <v>1714</v>
       </c>
       <c r="B398" s="13">
         <v>40103231975</v>
       </c>
       <c r="C398" s="9" t="s">
         <v>1537</v>
       </c>
       <c r="D398" s="10" t="s">
         <v>1715</v>
       </c>
       <c r="E398" s="10" t="s">
         <v>1716</v>
       </c>
       <c r="F398" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G398" s="15" t="s">
         <v>1717</v>
       </c>
       <c r="H398" s="11"/>
       <c r="I398" s="11"/>
       <c r="J398" s="11"/>
       <c r="K398" s="11"/>
       <c r="L398" s="11"/>
       <c r="M398" s="11"/>
     </row>
-    <row r="399" spans="1:13" ht="102" x14ac:dyDescent="0.2">
+    <row r="399" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A399" s="12" t="s">
         <v>1718</v>
       </c>
       <c r="B399" s="13">
         <v>40003710859</v>
       </c>
       <c r="C399" s="9" t="s">
         <v>1574</v>
       </c>
       <c r="D399" s="10" t="s">
         <v>1719</v>
       </c>
       <c r="E399" s="10" t="s">
         <v>1720</v>
       </c>
       <c r="F399" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G399" s="15" t="s">
         <v>1721</v>
       </c>
       <c r="H399" s="11"/>
       <c r="I399" s="11"/>
       <c r="J399" s="11"/>
       <c r="K399" s="11"/>
       <c r="L399" s="11"/>
       <c r="M399" s="11"/>
     </row>
-    <row r="400" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="400" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A400" s="12" t="s">
         <v>1722</v>
       </c>
       <c r="B400" s="13">
         <v>42403018366</v>
       </c>
       <c r="C400" s="9" t="s">
         <v>1723</v>
       </c>
       <c r="D400" s="10" t="s">
         <v>1724</v>
       </c>
       <c r="E400" s="10" t="s">
         <v>1725</v>
       </c>
       <c r="F400" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G400" s="15" t="s">
         <v>1726</v>
       </c>
       <c r="H400" s="11"/>
       <c r="I400" s="11"/>
       <c r="J400" s="11"/>
       <c r="K400" s="11"/>
       <c r="L400" s="11"/>
       <c r="M400" s="11"/>
     </row>
-    <row r="401" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="401" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A401" s="12" t="s">
         <v>1727</v>
       </c>
       <c r="B401" s="13">
         <v>40203357721</v>
       </c>
       <c r="C401" s="9" t="s">
         <v>1728</v>
       </c>
       <c r="D401" s="10" t="s">
         <v>1729</v>
       </c>
       <c r="E401" s="10" t="s">
         <v>1730</v>
       </c>
       <c r="F401" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G401" s="15" t="s">
         <v>1731</v>
       </c>
       <c r="H401" s="11"/>
       <c r="I401" s="11"/>
       <c r="J401" s="11"/>
       <c r="K401" s="11"/>
       <c r="L401" s="11"/>
       <c r="M401" s="11"/>
     </row>
-    <row r="402" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="402" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A402" s="12" t="s">
         <v>1732</v>
       </c>
       <c r="B402" s="13">
         <v>44103034105</v>
       </c>
       <c r="C402" s="9" t="s">
         <v>1723</v>
       </c>
       <c r="D402" s="10" t="s">
         <v>1733</v>
       </c>
       <c r="E402" s="10" t="s">
         <v>1734</v>
       </c>
       <c r="F402" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G402" s="15" t="s">
         <v>1735</v>
       </c>
       <c r="H402" s="11"/>
       <c r="I402" s="11"/>
       <c r="J402" s="11"/>
       <c r="K402" s="11"/>
       <c r="L402" s="11"/>
       <c r="M402" s="11"/>
     </row>
-    <row r="403" spans="1:13" ht="165.75" x14ac:dyDescent="0.2">
+    <row r="403" spans="1:13" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A403" s="12" t="s">
         <v>1736</v>
       </c>
       <c r="B403" s="13">
         <v>40203334339</v>
       </c>
       <c r="C403" s="9" t="s">
         <v>1606</v>
       </c>
       <c r="D403" s="10" t="s">
         <v>1737</v>
       </c>
       <c r="E403" s="10" t="s">
         <v>1738</v>
       </c>
       <c r="F403" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G403" s="15" t="s">
         <v>1739</v>
       </c>
       <c r="H403" s="11"/>
       <c r="I403" s="11"/>
       <c r="J403" s="11"/>
       <c r="K403" s="11"/>
       <c r="L403" s="11"/>
       <c r="M403" s="11"/>
     </row>
-    <row r="404" spans="1:13" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="404" spans="1:13" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A404" s="12" t="s">
         <v>1740</v>
       </c>
       <c r="B404" s="13">
         <v>40203162379</v>
       </c>
       <c r="C404" s="9" t="s">
         <v>1723</v>
       </c>
       <c r="D404" s="10" t="s">
         <v>1741</v>
       </c>
       <c r="E404" s="10" t="s">
         <v>1742</v>
       </c>
       <c r="F404" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G404" s="15" t="s">
         <v>1743</v>
       </c>
       <c r="H404" s="11"/>
       <c r="I404" s="11"/>
       <c r="J404" s="11"/>
       <c r="K404" s="11"/>
       <c r="L404" s="11"/>
       <c r="M404" s="11"/>
     </row>
-    <row r="405" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="405" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A405" s="12" t="s">
         <v>1744</v>
       </c>
       <c r="B405" s="13">
         <v>40003897726</v>
       </c>
       <c r="C405" s="9" t="s">
         <v>1620</v>
       </c>
       <c r="D405" s="10" t="s">
         <v>1745</v>
       </c>
       <c r="E405" s="10" t="s">
         <v>1746</v>
       </c>
       <c r="F405" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G405" s="15" t="s">
         <v>1747</v>
       </c>
       <c r="H405" s="11"/>
       <c r="I405" s="11"/>
       <c r="J405" s="11"/>
       <c r="K405" s="11"/>
       <c r="L405" s="11"/>
       <c r="M405" s="11"/>
     </row>
-    <row r="406" spans="1:13" ht="127.5" x14ac:dyDescent="0.2">
+    <row r="406" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A406" s="12" t="s">
         <v>1748</v>
       </c>
       <c r="B406" s="13">
         <v>40203451039</v>
       </c>
       <c r="C406" s="9" t="s">
         <v>1749</v>
       </c>
       <c r="D406" s="10" t="s">
         <v>1750</v>
       </c>
       <c r="E406" s="10" t="s">
         <v>1751</v>
       </c>
       <c r="F406" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G406" s="15" t="s">
         <v>1752</v>
       </c>
       <c r="H406" s="11"/>
       <c r="I406" s="11"/>
       <c r="J406" s="11"/>
       <c r="K406" s="11"/>
       <c r="L406" s="11"/>
       <c r="M406" s="11"/>
     </row>
-    <row r="407" spans="1:13" ht="216.75" x14ac:dyDescent="0.2">
+    <row r="407" spans="1:13" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A407" s="12" t="s">
         <v>1753</v>
       </c>
       <c r="B407" s="13">
         <v>40203428475</v>
       </c>
       <c r="C407" s="9" t="s">
         <v>1657</v>
       </c>
       <c r="D407" s="10" t="s">
         <v>1754</v>
       </c>
       <c r="E407" s="10" t="s">
         <v>1755</v>
       </c>
       <c r="F407" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G407" s="15" t="s">
         <v>1756</v>
       </c>
       <c r="H407" s="11"/>
       <c r="I407" s="11"/>
       <c r="J407" s="11"/>
       <c r="K407" s="11"/>
       <c r="L407" s="11"/>
       <c r="M407" s="11"/>
     </row>
-    <row r="408" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="408" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A408" s="12" t="s">
         <v>1757</v>
       </c>
       <c r="B408" s="13">
         <v>40203082482</v>
       </c>
       <c r="C408" s="9" t="s">
         <v>1681</v>
       </c>
       <c r="D408" s="10" t="s">
         <v>1758</v>
       </c>
       <c r="E408" s="10" t="s">
         <v>1759</v>
       </c>
       <c r="F408" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G408" s="15" t="s">
         <v>1760</v>
       </c>
       <c r="H408" s="11"/>
       <c r="I408" s="11"/>
       <c r="J408" s="11"/>
       <c r="K408" s="11"/>
       <c r="L408" s="11"/>
       <c r="M408" s="11"/>
     </row>
-    <row r="409" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="409" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A409" s="12" t="s">
         <v>1761</v>
       </c>
       <c r="B409" s="13">
         <v>40203191448</v>
       </c>
       <c r="C409" s="9" t="s">
         <v>1762</v>
       </c>
       <c r="D409" s="10" t="s">
         <v>1763</v>
       </c>
       <c r="E409" s="10" t="s">
         <v>1764</v>
       </c>
       <c r="F409" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G409" s="15" t="s">
         <v>1765</v>
       </c>
       <c r="H409" s="11"/>
       <c r="I409" s="11"/>
       <c r="J409" s="11"/>
       <c r="K409" s="11"/>
       <c r="L409" s="11"/>
       <c r="M409" s="11"/>
     </row>
-    <row r="410" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="410" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A410" s="12" t="s">
         <v>1766</v>
       </c>
       <c r="B410" s="13">
         <v>40203364776</v>
       </c>
       <c r="C410" s="9" t="s">
         <v>1767</v>
       </c>
       <c r="D410" s="10" t="s">
         <v>1768</v>
       </c>
       <c r="E410" s="10" t="s">
         <v>1769</v>
       </c>
       <c r="F410" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G410" s="15" t="s">
         <v>1770</v>
       </c>
       <c r="H410" s="11"/>
       <c r="I410" s="11"/>
       <c r="J410" s="11"/>
       <c r="K410" s="11"/>
       <c r="L410" s="11"/>
       <c r="M410" s="11"/>
     </row>
-    <row r="411" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="411" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A411" s="12" t="s">
         <v>1771</v>
       </c>
       <c r="B411" s="13">
         <v>40203247281</v>
       </c>
       <c r="C411" s="9" t="s">
         <v>1772</v>
       </c>
       <c r="D411" s="10" t="s">
         <v>1773</v>
       </c>
       <c r="E411" s="10" t="s">
         <v>1774</v>
       </c>
       <c r="F411" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G411" s="15" t="s">
         <v>1775</v>
       </c>
       <c r="H411" s="11"/>
       <c r="I411" s="11"/>
       <c r="J411" s="11"/>
       <c r="K411" s="11"/>
       <c r="L411" s="11"/>
       <c r="M411" s="11"/>
     </row>
-    <row r="412" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="412" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A412" s="12" t="s">
         <v>1776</v>
       </c>
       <c r="B412" s="13">
         <v>50203358381</v>
       </c>
       <c r="C412" s="9" t="s">
         <v>1777</v>
       </c>
       <c r="D412" s="10" t="s">
         <v>1711</v>
       </c>
       <c r="E412" s="10" t="s">
         <v>1778</v>
       </c>
       <c r="F412" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G412" s="15" t="s">
         <v>1713</v>
       </c>
       <c r="H412" s="11"/>
       <c r="I412" s="11"/>
       <c r="J412" s="11"/>
       <c r="K412" s="11"/>
       <c r="L412" s="11"/>
       <c r="M412" s="11"/>
     </row>
-    <row r="413" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="413" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A413" s="12" t="s">
         <v>1779</v>
       </c>
       <c r="B413" s="13">
         <v>40203362262</v>
       </c>
       <c r="C413" s="9" t="s">
         <v>1780</v>
       </c>
       <c r="D413" s="10" t="s">
         <v>1781</v>
       </c>
       <c r="E413" s="10" t="s">
         <v>1782</v>
       </c>
       <c r="F413" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G413" s="15" t="s">
         <v>1783</v>
       </c>
       <c r="H413" s="11"/>
       <c r="I413" s="11"/>
       <c r="J413" s="11"/>
       <c r="K413" s="11"/>
       <c r="L413" s="11"/>
       <c r="M413" s="11"/>
     </row>
-    <row r="414" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="414" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A414" s="12" t="s">
         <v>1784</v>
       </c>
       <c r="B414" s="13">
         <v>50203216211</v>
       </c>
       <c r="C414" s="9" t="s">
         <v>1785</v>
       </c>
       <c r="D414" s="10" t="s">
         <v>1786</v>
       </c>
       <c r="E414" s="10" t="s">
         <v>1787</v>
       </c>
       <c r="F414" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G414" s="15" t="s">
         <v>1788</v>
       </c>
       <c r="H414" s="11"/>
       <c r="I414" s="11"/>
       <c r="J414" s="11"/>
       <c r="K414" s="11"/>
       <c r="L414" s="11"/>
       <c r="M414" s="11"/>
     </row>
-    <row r="415" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="415" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A415" s="12" t="s">
         <v>1789</v>
       </c>
       <c r="B415" s="13">
         <v>40003878373</v>
       </c>
       <c r="C415" s="9" t="s">
         <v>1767</v>
       </c>
       <c r="D415" s="10" t="s">
         <v>1790</v>
       </c>
       <c r="E415" s="10" t="s">
         <v>1791</v>
       </c>
       <c r="F415" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G415" s="15" t="s">
         <v>1792</v>
       </c>
       <c r="H415" s="11"/>
       <c r="I415" s="11"/>
       <c r="J415" s="11"/>
       <c r="K415" s="11"/>
       <c r="L415" s="11"/>
       <c r="M415" s="11"/>
     </row>
-    <row r="416" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="416" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A416" s="12" t="s">
         <v>1793</v>
       </c>
       <c r="B416" s="13">
         <v>40203523553</v>
       </c>
       <c r="C416" s="9" t="s">
         <v>1767</v>
       </c>
       <c r="D416" s="10" t="s">
         <v>1711</v>
       </c>
       <c r="E416" s="10" t="s">
         <v>1794</v>
       </c>
       <c r="F416" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G416" s="15" t="s">
         <v>1783</v>
       </c>
       <c r="H416" s="11"/>
       <c r="I416" s="11"/>
       <c r="J416" s="11"/>
       <c r="K416" s="11"/>
       <c r="L416" s="11"/>
       <c r="M416" s="11"/>
     </row>
-    <row r="417" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="417" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A417" s="12" t="s">
         <v>1795</v>
       </c>
       <c r="B417" s="13">
         <v>40203222470</v>
       </c>
       <c r="C417" s="9" t="s">
         <v>1777</v>
       </c>
       <c r="D417" s="10" t="s">
         <v>1796</v>
       </c>
       <c r="E417" s="10" t="s">
         <v>1797</v>
       </c>
       <c r="F417" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G417" s="15" t="s">
         <v>1798</v>
       </c>
       <c r="H417" s="11"/>
       <c r="I417" s="11"/>
       <c r="J417" s="11"/>
       <c r="K417" s="11"/>
       <c r="L417" s="11"/>
       <c r="M417" s="11"/>
     </row>
-    <row r="418" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="418" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A418" s="12" t="s">
         <v>1799</v>
       </c>
       <c r="B418" s="13">
         <v>40203271508</v>
       </c>
       <c r="C418" s="9" t="s">
         <v>1800</v>
       </c>
       <c r="D418" s="10" t="s">
         <v>1801</v>
       </c>
       <c r="E418" s="10" t="s">
         <v>1802</v>
       </c>
       <c r="F418" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G418" s="15" t="s">
         <v>1775</v>
       </c>
       <c r="H418" s="11"/>
       <c r="I418" s="11"/>
       <c r="J418" s="11"/>
       <c r="K418" s="11"/>
       <c r="L418" s="11"/>
       <c r="M418" s="11"/>
     </row>
-    <row r="419" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="419" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A419" s="12" t="s">
         <v>1803</v>
       </c>
       <c r="B419" s="13">
         <v>40103674643</v>
       </c>
       <c r="C419" s="9" t="s">
         <v>1804</v>
       </c>
       <c r="D419" s="10" t="s">
         <v>1805</v>
       </c>
       <c r="E419" s="10" t="s">
         <v>1806</v>
       </c>
       <c r="F419" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G419" s="15" t="s">
         <v>1807</v>
       </c>
       <c r="H419" s="11"/>
       <c r="I419" s="11"/>
       <c r="J419" s="11"/>
       <c r="K419" s="11"/>
       <c r="L419" s="11"/>
       <c r="M419" s="11"/>
     </row>
-    <row r="420" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="420" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A420" s="12" t="s">
         <v>1808</v>
       </c>
       <c r="B420" s="13">
         <v>40203399477</v>
       </c>
       <c r="C420" s="9" t="s">
         <v>1809</v>
       </c>
       <c r="D420" s="10" t="s">
         <v>1786</v>
       </c>
       <c r="E420" s="10" t="s">
         <v>1810</v>
       </c>
       <c r="F420" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G420" s="15" t="s">
         <v>1788</v>
       </c>
       <c r="H420" s="11"/>
       <c r="I420" s="11"/>
       <c r="J420" s="11"/>
       <c r="K420" s="11"/>
       <c r="L420" s="11"/>
       <c r="M420" s="11"/>
     </row>
-    <row r="421" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="421" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A421" s="12" t="s">
         <v>1811</v>
       </c>
       <c r="B421" s="13">
         <v>40203453063</v>
       </c>
       <c r="C421" s="9" t="s">
         <v>1804</v>
       </c>
       <c r="D421" s="10" t="s">
         <v>1812</v>
       </c>
       <c r="E421" s="10" t="s">
         <v>1813</v>
       </c>
       <c r="F421" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G421" s="15" t="s">
         <v>1814</v>
       </c>
       <c r="H421" s="11"/>
       <c r="I421" s="11"/>
       <c r="J421" s="11"/>
       <c r="K421" s="11"/>
       <c r="L421" s="11"/>
       <c r="M421" s="11"/>
     </row>
-    <row r="422" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="422" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A422" s="12" t="s">
         <v>1815</v>
       </c>
       <c r="B422" s="13">
         <v>40203476812</v>
       </c>
       <c r="C422" s="9" t="s">
         <v>1816</v>
       </c>
       <c r="D422" s="10" t="s">
         <v>1817</v>
       </c>
       <c r="E422" s="10" t="s">
         <v>1818</v>
       </c>
       <c r="F422" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G422" s="15" t="s">
         <v>1819</v>
       </c>
       <c r="H422" s="11"/>
       <c r="I422" s="11"/>
       <c r="J422" s="11"/>
       <c r="K422" s="11"/>
       <c r="L422" s="11"/>
       <c r="M422" s="11"/>
     </row>
-    <row r="423" spans="1:13" ht="102" x14ac:dyDescent="0.2">
+    <row r="423" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A423" s="12" t="s">
         <v>1820</v>
       </c>
       <c r="B423" s="13">
-        <v>40203364776</v>
+        <v>50203213361</v>
       </c>
       <c r="C423" s="9" t="s">
-        <v>1767</v>
+        <v>1821</v>
       </c>
       <c r="D423" s="10" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="E423" s="10" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
       <c r="F423" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G423" s="15" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="H423" s="11"/>
       <c r="I423" s="11"/>
       <c r="J423" s="11"/>
       <c r="K423" s="11"/>
       <c r="L423" s="11"/>
       <c r="M423" s="11"/>
     </row>
-    <row r="424" spans="1:13" ht="102" x14ac:dyDescent="0.2">
+    <row r="424" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A424" s="12" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="B424" s="13">
-        <v>50203213361</v>
+        <v>40203390548</v>
       </c>
       <c r="C424" s="9" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="D424" s="10" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
       <c r="E424" s="10" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
       <c r="F424" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G424" s="15" t="s">
-        <v>1823</v>
+        <v>1829</v>
       </c>
       <c r="H424" s="11"/>
       <c r="I424" s="11"/>
       <c r="J424" s="11"/>
       <c r="K424" s="11"/>
       <c r="L424" s="11"/>
       <c r="M424" s="11"/>
     </row>
-    <row r="425" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="425" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A425" s="12" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
       <c r="B425" s="13">
-        <v>40203390548</v>
+        <v>40103374975</v>
       </c>
       <c r="C425" s="9" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="D425" s="10" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="E425" s="10" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
       <c r="F425" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G425" s="15" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="H425" s="11"/>
       <c r="I425" s="11"/>
       <c r="J425" s="11"/>
       <c r="K425" s="11"/>
       <c r="L425" s="11"/>
       <c r="M425" s="11"/>
     </row>
-    <row r="426" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="426" spans="1:13" ht="102" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A426" s="12" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
       <c r="B426" s="13">
-        <v>40103374975</v>
+        <v>40203286560</v>
       </c>
       <c r="C426" s="9" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="D426" s="10" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="E426" s="10" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="F426" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G426" s="15" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="H426" s="11"/>
       <c r="I426" s="11"/>
       <c r="J426" s="11"/>
       <c r="K426" s="11"/>
       <c r="L426" s="11"/>
       <c r="M426" s="11"/>
     </row>
-    <row r="427" spans="1:13" ht="102" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="427" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A427" s="12" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="B427" s="13">
-        <v>40203286560</v>
+        <v>40203564231</v>
       </c>
       <c r="C427" s="9" t="s">
-        <v>1839</v>
+        <v>1831</v>
       </c>
       <c r="D427" s="10" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="E427" s="10" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
       <c r="F427" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G427" s="15" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
       <c r="H427" s="11"/>
       <c r="I427" s="11"/>
       <c r="J427" s="11"/>
       <c r="K427" s="11"/>
       <c r="L427" s="11"/>
       <c r="M427" s="11"/>
     </row>
-    <row r="428" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="428" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A428" s="12" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
       <c r="B428" s="13">
-        <v>40203564231</v>
+        <v>40203339711</v>
       </c>
       <c r="C428" s="9" t="s">
-        <v>1834</v>
+        <v>1845</v>
       </c>
       <c r="D428" s="10" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="E428" s="10" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="F428" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G428" s="15" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="H428" s="11"/>
       <c r="I428" s="11"/>
       <c r="J428" s="11"/>
       <c r="K428" s="11"/>
       <c r="L428" s="11"/>
       <c r="M428" s="11"/>
     </row>
-    <row r="429" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="429" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A429" s="12" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="B429" s="13">
-        <v>40203357492</v>
+        <v>40103839601</v>
       </c>
       <c r="C429" s="9" t="s">
-        <v>1848</v>
+        <v>1845</v>
       </c>
       <c r="D429" s="10" t="s">
-        <v>1849</v>
+        <v>1850</v>
       </c>
       <c r="E429" s="10" t="s">
-        <v>1850</v>
+        <v>1851</v>
       </c>
       <c r="F429" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G429" s="15" t="s">
-        <v>1851</v>
+        <v>1834</v>
       </c>
       <c r="H429" s="11"/>
       <c r="I429" s="11"/>
       <c r="J429" s="11"/>
       <c r="K429" s="11"/>
       <c r="L429" s="11"/>
       <c r="M429" s="11"/>
     </row>
-    <row r="430" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="430" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A430" s="12" t="s">
         <v>1852</v>
       </c>
       <c r="B430" s="13">
-        <v>40203339711</v>
+        <v>40103825724</v>
       </c>
       <c r="C430" s="9" t="s">
         <v>1853</v>
       </c>
       <c r="D430" s="10" t="s">
         <v>1854</v>
       </c>
       <c r="E430" s="10" t="s">
         <v>1855</v>
       </c>
       <c r="F430" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="G430" s="15" t="s">
+      <c r="G430" s="10" t="s">
         <v>1856</v>
       </c>
       <c r="H430" s="11"/>
       <c r="I430" s="11"/>
       <c r="J430" s="11"/>
       <c r="K430" s="11"/>
       <c r="L430" s="11"/>
       <c r="M430" s="11"/>
     </row>
-    <row r="431" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="431" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A431" s="12" t="s">
         <v>1857</v>
       </c>
       <c r="B431" s="13">
-        <v>40103839601</v>
+        <v>40203467059</v>
       </c>
       <c r="C431" s="9" t="s">
-        <v>1853</v>
+        <v>1858</v>
       </c>
       <c r="D431" s="10" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
       <c r="E431" s="10" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="F431" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G431" s="15" t="s">
-        <v>1837</v>
+        <v>1848</v>
       </c>
       <c r="H431" s="11"/>
       <c r="I431" s="11"/>
       <c r="J431" s="11"/>
       <c r="K431" s="11"/>
       <c r="L431" s="11"/>
       <c r="M431" s="11"/>
     </row>
-    <row r="432" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="432" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A432" s="12" t="s">
-        <v>1860</v>
+        <v>1861</v>
       </c>
       <c r="B432" s="13">
-        <v>40103825724</v>
+        <v>40203525639</v>
       </c>
       <c r="C432" s="9" t="s">
-        <v>1861</v>
+        <v>1858</v>
       </c>
       <c r="D432" s="10" t="s">
         <v>1862</v>
       </c>
       <c r="E432" s="10" t="s">
         <v>1863</v>
       </c>
       <c r="F432" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="G432" s="10" t="s">
+      <c r="G432" s="15" t="s">
         <v>1864</v>
       </c>
       <c r="H432" s="11"/>
       <c r="I432" s="11"/>
       <c r="J432" s="11"/>
       <c r="K432" s="11"/>
       <c r="L432" s="11"/>
       <c r="M432" s="11"/>
     </row>
-    <row r="433" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="433" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A433" s="12" t="s">
         <v>1865</v>
       </c>
       <c r="B433" s="13">
-        <v>40203467059</v>
+        <v>40103924611</v>
       </c>
       <c r="C433" s="9" t="s">
+        <v>1853</v>
+      </c>
+      <c r="D433" s="10" t="s">
         <v>1866</v>
       </c>
-      <c r="D433" s="10" t="s">
+      <c r="E433" s="10" t="s">
         <v>1867</v>
       </c>
-      <c r="E433" s="10" t="s">
+      <c r="F433" s="13" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G433" s="15" t="s">
         <v>1868</v>
-      </c>
-[...4 lines deleted...]
-        <v>1856</v>
       </c>
       <c r="H433" s="11"/>
       <c r="I433" s="11"/>
       <c r="J433" s="11"/>
       <c r="K433" s="11"/>
       <c r="L433" s="11"/>
       <c r="M433" s="11"/>
     </row>
-    <row r="434" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="434" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A434" s="12" t="s">
         <v>1869</v>
       </c>
       <c r="B434" s="13">
-        <v>40203525639</v>
+        <v>40203521444</v>
       </c>
       <c r="C434" s="9" t="s">
-        <v>1866</v>
+        <v>1870</v>
       </c>
       <c r="D434" s="10" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="E434" s="10" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
       <c r="F434" s="13" t="s">
-        <v>13</v>
+        <v>1065</v>
       </c>
       <c r="G434" s="15" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="H434" s="11"/>
       <c r="I434" s="11"/>
       <c r="J434" s="11"/>
       <c r="K434" s="11"/>
       <c r="L434" s="11"/>
       <c r="M434" s="11"/>
     </row>
-    <row r="435" spans="1:13" ht="102" x14ac:dyDescent="0.2">
+    <row r="435" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A435" s="12" t="s">
-        <v>1873</v>
+        <v>1874</v>
       </c>
       <c r="B435" s="13">
-        <v>40103924611</v>
-[...2 lines deleted...]
-        <v>1861</v>
+        <v>40203520307</v>
+      </c>
+      <c r="C435" s="13" t="s">
+        <v>1870</v>
       </c>
       <c r="D435" s="10" t="s">
-        <v>1874</v>
+        <v>1875</v>
       </c>
       <c r="E435" s="10" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
       <c r="F435" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G435" s="15" t="s">
-        <v>1876</v>
+        <v>1864</v>
       </c>
       <c r="H435" s="11"/>
       <c r="I435" s="11"/>
       <c r="J435" s="11"/>
       <c r="K435" s="11"/>
       <c r="L435" s="11"/>
       <c r="M435" s="11"/>
     </row>
-    <row r="436" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="436" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A436" s="12" t="s">
         <v>1877</v>
       </c>
       <c r="B436" s="13">
-        <v>40203521444</v>
-[...1 lines deleted...]
-      <c r="C436" s="9" t="s">
+        <v>43601026426</v>
+      </c>
+      <c r="C436" s="13" t="s">
+        <v>1870</v>
+      </c>
+      <c r="D436" s="10" t="s">
         <v>1878</v>
-      </c>
-[...1 lines deleted...]
-        <v>1849</v>
       </c>
       <c r="E436" s="10" t="s">
         <v>1879</v>
       </c>
       <c r="F436" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G436" s="15" t="s">
-        <v>1851</v>
+        <v>1880</v>
       </c>
       <c r="H436" s="11"/>
       <c r="I436" s="11"/>
       <c r="J436" s="11"/>
       <c r="K436" s="11"/>
       <c r="L436" s="11"/>
       <c r="M436" s="11"/>
     </row>
-    <row r="437" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="437" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A437" s="12" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="B437" s="13">
-        <v>40203520307</v>
+        <v>40203532861</v>
       </c>
       <c r="C437" s="13" t="s">
-        <v>1878</v>
+        <v>1870</v>
       </c>
       <c r="D437" s="10" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="E437" s="10" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="F437" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G437" s="15" t="s">
-        <v>1872</v>
+        <v>1884</v>
       </c>
       <c r="H437" s="11"/>
       <c r="I437" s="11"/>
       <c r="J437" s="11"/>
       <c r="K437" s="11"/>
       <c r="L437" s="11"/>
       <c r="M437" s="11"/>
     </row>
-    <row r="438" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="438" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A438" s="12" t="s">
-        <v>1883</v>
+        <v>1885</v>
       </c>
       <c r="B438" s="13">
-        <v>43601026426</v>
+        <v>40203457949</v>
       </c>
       <c r="C438" s="13" t="s">
-        <v>1878</v>
+        <v>1870</v>
       </c>
       <c r="D438" s="10" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
       <c r="E438" s="10" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
       <c r="F438" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G438" s="15" t="s">
-        <v>1886</v>
+        <v>1848</v>
       </c>
       <c r="H438" s="11"/>
       <c r="I438" s="11"/>
       <c r="J438" s="11"/>
       <c r="K438" s="11"/>
       <c r="L438" s="11"/>
       <c r="M438" s="11"/>
     </row>
-    <row r="439" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="439" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A439" s="12" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="B439" s="13">
-        <v>40203532861</v>
-[...2 lines deleted...]
-        <v>1878</v>
+        <v>40203288627</v>
+      </c>
+      <c r="C439" s="9" t="s">
+        <v>1870</v>
       </c>
       <c r="D439" s="10" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="E439" s="10" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="F439" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G439" s="15" t="s">
-        <v>1890</v>
+        <v>1891</v>
       </c>
       <c r="H439" s="11"/>
       <c r="I439" s="11"/>
       <c r="J439" s="11"/>
       <c r="K439" s="11"/>
       <c r="L439" s="11"/>
       <c r="M439" s="11"/>
     </row>
-    <row r="440" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="440" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A440" s="12" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
       <c r="B440" s="13">
-        <v>40203457949</v>
+        <v>40203098657</v>
       </c>
       <c r="C440" s="13" t="s">
-        <v>1878</v>
+        <v>1800</v>
       </c>
       <c r="D440" s="10" t="s">
-        <v>1892</v>
+        <v>1416</v>
       </c>
       <c r="E440" s="10" t="s">
         <v>1893</v>
       </c>
       <c r="F440" s="13" t="s">
-        <v>1065</v>
+        <v>13</v>
       </c>
       <c r="G440" s="15" t="s">
-        <v>1856</v>
+        <v>1894</v>
       </c>
       <c r="H440" s="11"/>
       <c r="I440" s="11"/>
       <c r="J440" s="11"/>
       <c r="K440" s="11"/>
       <c r="L440" s="11"/>
       <c r="M440" s="11"/>
     </row>
-    <row r="441" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="441" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A441" s="12" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="B441" s="13">
-        <v>40203288627</v>
+        <v>40203424238</v>
       </c>
       <c r="C441" s="9" t="s">
-        <v>1878</v>
+        <v>1870</v>
       </c>
       <c r="D441" s="10" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="E441" s="10" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="F441" s="13" t="s">
-        <v>1065</v>
+        <v>13</v>
       </c>
       <c r="G441" s="15" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="H441" s="11"/>
       <c r="I441" s="11"/>
       <c r="J441" s="11"/>
       <c r="K441" s="11"/>
       <c r="L441" s="11"/>
       <c r="M441" s="11"/>
     </row>
-    <row r="442" spans="1:13" ht="51" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>1898</v>
+    <row r="442" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+      <c r="A442" s="16" t="s">
+        <v>1899</v>
       </c>
       <c r="B442" s="13">
-        <v>40203098657</v>
+        <v>40203524417</v>
       </c>
       <c r="C442" s="13" t="s">
-        <v>1800</v>
+        <v>1900</v>
       </c>
       <c r="D442" s="10" t="s">
-        <v>1416</v>
+        <v>1871</v>
       </c>
       <c r="E442" s="10" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="F442" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G442" s="15" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
       <c r="H442" s="11"/>
       <c r="I442" s="11"/>
       <c r="J442" s="11"/>
       <c r="K442" s="11"/>
       <c r="L442" s="11"/>
       <c r="M442" s="11"/>
     </row>
-    <row r="443" spans="1:13" ht="51" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>1901</v>
+    <row r="443" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+      <c r="A443" s="16" t="s">
+        <v>1903</v>
       </c>
       <c r="B443" s="13">
-        <v>40203424238</v>
-[...2 lines deleted...]
-        <v>1878</v>
+        <v>50203460071</v>
+      </c>
+      <c r="C443" s="13" t="s">
+        <v>1900</v>
       </c>
       <c r="D443" s="10" t="s">
+        <v>1871</v>
+      </c>
+      <c r="E443" s="10" t="s">
+        <v>1904</v>
+      </c>
+      <c r="F443" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G443" s="15" t="s">
         <v>1902</v>
-      </c>
-[...7 lines deleted...]
-        <v>1904</v>
       </c>
       <c r="H443" s="11"/>
       <c r="I443" s="11"/>
       <c r="J443" s="11"/>
       <c r="K443" s="11"/>
       <c r="L443" s="11"/>
       <c r="M443" s="11"/>
     </row>
-    <row r="444" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="444" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A444" s="16" t="s">
         <v>1905</v>
       </c>
       <c r="B444" s="13">
-        <v>40203524417</v>
-[...1 lines deleted...]
-      <c r="C444" s="13" t="s">
+        <v>50203560941</v>
+      </c>
+      <c r="C444" s="9" t="s">
         <v>1906</v>
       </c>
       <c r="D444" s="10" t="s">
-        <v>1849</v>
+        <v>1907</v>
       </c>
       <c r="E444" s="10" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="F444" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="G444" s="15" t="s">
-        <v>1908</v>
+      <c r="G444" s="10" t="s">
+        <v>1909</v>
       </c>
       <c r="H444" s="11"/>
       <c r="I444" s="11"/>
       <c r="J444" s="11"/>
       <c r="K444" s="11"/>
       <c r="L444" s="11"/>
       <c r="M444" s="11"/>
     </row>
-    <row r="445" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="445" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A445" s="16" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="B445" s="13">
-        <v>50203460071</v>
-[...2 lines deleted...]
-        <v>1906</v>
+        <v>40203246055</v>
+      </c>
+      <c r="C445" s="9" t="s">
+        <v>1870</v>
       </c>
       <c r="D445" s="10" t="s">
-        <v>1849</v>
+        <v>1911</v>
       </c>
       <c r="E445" s="10" t="s">
-        <v>1910</v>
+        <v>1912</v>
       </c>
       <c r="F445" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G445" s="15" t="s">
-        <v>1908</v>
+        <v>1913</v>
       </c>
       <c r="H445" s="11"/>
       <c r="I445" s="11"/>
       <c r="J445" s="11"/>
       <c r="K445" s="11"/>
       <c r="L445" s="11"/>
       <c r="M445" s="11"/>
     </row>
-    <row r="446" spans="1:13" ht="102" x14ac:dyDescent="0.2">
+    <row r="446" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A446" s="16" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="B446" s="13">
-        <v>50203560941</v>
-[...2 lines deleted...]
-        <v>1912</v>
+        <v>50203523451</v>
+      </c>
+      <c r="C446" s="13" t="s">
+        <v>1915</v>
       </c>
       <c r="D446" s="10" t="s">
-        <v>1913</v>
+        <v>1916</v>
       </c>
       <c r="E446" s="10" t="s">
-        <v>1914</v>
+        <v>1917</v>
       </c>
       <c r="F446" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="G446" s="10" t="s">
-        <v>1915</v>
+      <c r="G446" s="15" t="s">
+        <v>1918</v>
       </c>
       <c r="H446" s="11"/>
       <c r="I446" s="11"/>
       <c r="J446" s="11"/>
       <c r="K446" s="11"/>
       <c r="L446" s="11"/>
       <c r="M446" s="11"/>
     </row>
-    <row r="447" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="447" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A447" s="16" t="s">
+        <v>1919</v>
+      </c>
+      <c r="B447" s="13">
+        <v>40203493210</v>
+      </c>
+      <c r="C447" s="13" t="s">
+        <v>1915</v>
+      </c>
+      <c r="D447" s="10" t="s">
         <v>1916</v>
       </c>
-      <c r="B447" s="13">
-[...7 lines deleted...]
-      </c>
       <c r="E447" s="10" t="s">
+        <v>1920</v>
+      </c>
+      <c r="F447" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G447" s="7" t="s">
         <v>1918</v>
-      </c>
-[...4 lines deleted...]
-        <v>1919</v>
       </c>
       <c r="H447" s="11"/>
       <c r="I447" s="11"/>
       <c r="J447" s="11"/>
       <c r="K447" s="11"/>
       <c r="L447" s="11"/>
       <c r="M447" s="11"/>
     </row>
-    <row r="448" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="448" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A448" s="16" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
       <c r="B448" s="13">
-        <v>50203523451</v>
+        <v>40203509954</v>
       </c>
       <c r="C448" s="13" t="s">
-        <v>1848</v>
+        <v>1922</v>
       </c>
       <c r="D448" s="10" t="s">
-        <v>1921</v>
+        <v>1923</v>
       </c>
       <c r="E448" s="10" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
       <c r="F448" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G448" s="15" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="H448" s="11"/>
       <c r="I448" s="11"/>
       <c r="J448" s="11"/>
       <c r="K448" s="11"/>
       <c r="L448" s="11"/>
       <c r="M448" s="11"/>
     </row>
-    <row r="449" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="449" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A449" s="16" t="s">
-        <v>1924</v>
+        <v>1926</v>
       </c>
       <c r="B449" s="13">
-        <v>40203493210</v>
+        <v>40203511516</v>
       </c>
       <c r="C449" s="13" t="s">
-        <v>1848</v>
+        <v>1922</v>
       </c>
       <c r="D449" s="10" t="s">
-        <v>1921</v>
+        <v>1927</v>
       </c>
       <c r="E449" s="10" t="s">
-        <v>1925</v>
+        <v>1928</v>
       </c>
       <c r="F449" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="G449" s="7" t="s">
-        <v>1923</v>
+      <c r="G449" s="15" t="s">
+        <v>1929</v>
       </c>
       <c r="H449" s="11"/>
       <c r="I449" s="11"/>
       <c r="J449" s="11"/>
       <c r="K449" s="11"/>
       <c r="L449" s="11"/>
       <c r="M449" s="11"/>
     </row>
-    <row r="450" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="450" spans="1:13" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A450" s="16" t="s">
-        <v>1926</v>
+        <v>1930</v>
       </c>
       <c r="B450" s="13">
-        <v>40203509954</v>
+        <v>50203373431</v>
       </c>
       <c r="C450" s="13" t="s">
-        <v>1927</v>
+        <v>1931</v>
       </c>
       <c r="D450" s="10" t="s">
-        <v>1928</v>
+        <v>1932</v>
       </c>
       <c r="E450" s="10" t="s">
-        <v>1929</v>
-[...1 lines deleted...]
-      <c r="F450" s="13" t="s">
+        <v>1933</v>
+      </c>
+      <c r="F450" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G450" s="15" t="s">
-        <v>1930</v>
+        <v>1934</v>
       </c>
       <c r="H450" s="11"/>
       <c r="I450" s="11"/>
       <c r="J450" s="11"/>
       <c r="K450" s="11"/>
       <c r="L450" s="11"/>
       <c r="M450" s="11"/>
     </row>
-    <row r="451" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="451" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A451" s="16" t="s">
-        <v>1931</v>
+        <v>1935</v>
       </c>
       <c r="B451" s="13">
-        <v>40203511516</v>
+        <v>40203437779</v>
       </c>
       <c r="C451" s="13" t="s">
-        <v>1927</v>
+        <v>1922</v>
       </c>
       <c r="D451" s="10" t="s">
-        <v>1932</v>
+        <v>1936</v>
       </c>
       <c r="E451" s="10" t="s">
-        <v>1933</v>
-[...1 lines deleted...]
-      <c r="F451" s="13" t="s">
+        <v>1937</v>
+      </c>
+      <c r="F451" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G451" s="15" t="s">
-        <v>1934</v>
+        <v>1938</v>
       </c>
       <c r="H451" s="11"/>
       <c r="I451" s="11"/>
       <c r="J451" s="11"/>
       <c r="K451" s="11"/>
       <c r="L451" s="11"/>
       <c r="M451" s="11"/>
     </row>
-    <row r="452" spans="1:13" ht="165.75" x14ac:dyDescent="0.2">
+    <row r="452" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A452" s="16" t="s">
-        <v>1935</v>
+        <v>1939</v>
       </c>
       <c r="B452" s="13">
-        <v>50203373431</v>
-[...2 lines deleted...]
-        <v>1936</v>
+        <v>40203394766</v>
+      </c>
+      <c r="C452" s="9" t="s">
+        <v>1940</v>
       </c>
       <c r="D452" s="10" t="s">
-        <v>1937</v>
+        <v>1941</v>
       </c>
       <c r="E452" s="10" t="s">
-        <v>1938</v>
+        <v>1942</v>
       </c>
       <c r="F452" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G452" s="15" t="s">
-        <v>1939</v>
+        <v>1943</v>
       </c>
       <c r="H452" s="11"/>
       <c r="I452" s="11"/>
       <c r="J452" s="11"/>
       <c r="K452" s="11"/>
       <c r="L452" s="11"/>
       <c r="M452" s="11"/>
     </row>
-    <row r="453" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="453" spans="1:13" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A453" s="16" t="s">
+        <v>1944</v>
+      </c>
+      <c r="B453" s="13">
+        <v>40203431117</v>
+      </c>
+      <c r="C453" s="13" t="s">
         <v>1940</v>
       </c>
-      <c r="B453" s="13">
-[...4 lines deleted...]
-      </c>
       <c r="D453" s="10" t="s">
-        <v>1941</v>
+        <v>1945</v>
       </c>
       <c r="E453" s="10" t="s">
-        <v>1942</v>
+        <v>1946</v>
       </c>
       <c r="F453" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G453" s="15" t="s">
-        <v>1943</v>
+        <v>1947</v>
       </c>
       <c r="H453" s="11"/>
       <c r="I453" s="11"/>
       <c r="J453" s="11"/>
       <c r="K453" s="11"/>
       <c r="L453" s="11"/>
       <c r="M453" s="11"/>
     </row>
-    <row r="454" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="454" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A454" s="16" t="s">
-        <v>1944</v>
+        <v>1948</v>
       </c>
       <c r="B454" s="13">
-        <v>40203394766</v>
-[...2 lines deleted...]
-        <v>1945</v>
+        <v>40203434575</v>
+      </c>
+      <c r="C454" s="13" t="s">
+        <v>1940</v>
       </c>
       <c r="D454" s="10" t="s">
-        <v>1946</v>
+        <v>1949</v>
       </c>
       <c r="E454" s="10" t="s">
-        <v>1947</v>
+        <v>1950</v>
       </c>
       <c r="F454" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G454" s="15" t="s">
-        <v>1948</v>
+        <v>1951</v>
       </c>
       <c r="H454" s="11"/>
       <c r="I454" s="11"/>
       <c r="J454" s="11"/>
       <c r="K454" s="11"/>
       <c r="L454" s="11"/>
       <c r="M454" s="11"/>
     </row>
-    <row r="455" spans="1:13" ht="178.5" x14ac:dyDescent="0.2">
+    <row r="455" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A455" s="16" t="s">
-        <v>1949</v>
+        <v>1952</v>
       </c>
       <c r="B455" s="13">
-        <v>40203431117</v>
+        <v>40203561786</v>
       </c>
       <c r="C455" s="13" t="s">
-        <v>1945</v>
+        <v>1953</v>
       </c>
       <c r="D455" s="10" t="s">
-        <v>1950</v>
+        <v>519</v>
       </c>
       <c r="E455" s="10" t="s">
-        <v>1951</v>
+        <v>1954</v>
       </c>
       <c r="F455" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G455" s="15" t="s">
-        <v>1952</v>
+        <v>1955</v>
       </c>
       <c r="H455" s="11"/>
       <c r="I455" s="11"/>
       <c r="J455" s="11"/>
       <c r="K455" s="11"/>
       <c r="L455" s="11"/>
       <c r="M455" s="11"/>
     </row>
-    <row r="456" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="456" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A456" s="16" t="s">
+        <v>1956</v>
+      </c>
+      <c r="B456" s="13">
+        <v>40203479274</v>
+      </c>
+      <c r="C456" s="13" t="s">
         <v>1953</v>
       </c>
-      <c r="B456" s="13">
-[...4 lines deleted...]
-      </c>
       <c r="D456" s="10" t="s">
-        <v>1954</v>
+        <v>1957</v>
       </c>
       <c r="E456" s="10" t="s">
-        <v>1955</v>
+        <v>1958</v>
       </c>
       <c r="F456" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G456" s="15" t="s">
-        <v>1956</v>
+        <v>1959</v>
       </c>
       <c r="H456" s="11"/>
       <c r="I456" s="11"/>
       <c r="J456" s="11"/>
       <c r="K456" s="11"/>
       <c r="L456" s="11"/>
       <c r="M456" s="11"/>
     </row>
-    <row r="457" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="457" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A457" s="16" t="s">
-        <v>1957</v>
+        <v>1960</v>
       </c>
       <c r="B457" s="13">
-        <v>40203561786</v>
+        <v>41502039705</v>
       </c>
       <c r="C457" s="13" t="s">
-        <v>1958</v>
+        <v>1961</v>
       </c>
       <c r="D457" s="10" t="s">
-        <v>519</v>
+        <v>1962</v>
       </c>
       <c r="E457" s="10" t="s">
-        <v>1959</v>
+        <v>1963</v>
       </c>
       <c r="F457" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G457" s="15" t="s">
-        <v>1960</v>
+        <v>1964</v>
       </c>
       <c r="H457" s="11"/>
       <c r="I457" s="11"/>
       <c r="J457" s="11"/>
       <c r="K457" s="11"/>
       <c r="L457" s="11"/>
       <c r="M457" s="11"/>
     </row>
-    <row r="458" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="458" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A458" s="16" t="s">
+        <v>1965</v>
+      </c>
+      <c r="B458" s="13">
+        <v>40203484631</v>
+      </c>
+      <c r="C458" s="13" t="s">
         <v>1961</v>
       </c>
-      <c r="B458" s="13">
-[...4 lines deleted...]
-      </c>
       <c r="D458" s="10" t="s">
-        <v>1962</v>
+        <v>1949</v>
       </c>
       <c r="E458" s="10" t="s">
-        <v>1963</v>
+        <v>1966</v>
       </c>
       <c r="F458" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G458" s="15" t="s">
-        <v>1964</v>
+        <v>1967</v>
       </c>
       <c r="H458" s="11"/>
       <c r="I458" s="11"/>
       <c r="J458" s="11"/>
       <c r="K458" s="11"/>
       <c r="L458" s="11"/>
       <c r="M458" s="11"/>
     </row>
-    <row r="459" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>1965</v>
+    <row r="459" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A459" s="23" t="s">
+        <v>1968</v>
       </c>
       <c r="B459" s="13">
-        <v>41502039705</v>
+        <v>42103100864</v>
       </c>
       <c r="C459" s="13" t="s">
-        <v>1966</v>
+        <v>1969</v>
       </c>
       <c r="D459" s="10" t="s">
-        <v>1967</v>
+        <v>1416</v>
       </c>
       <c r="E459" s="10" t="s">
-        <v>1968</v>
+        <v>1970</v>
       </c>
       <c r="F459" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G459" s="15" t="s">
-        <v>1969</v>
+        <v>1971</v>
       </c>
       <c r="H459" s="11"/>
       <c r="I459" s="11"/>
       <c r="J459" s="11"/>
       <c r="K459" s="11"/>
       <c r="L459" s="11"/>
       <c r="M459" s="11"/>
     </row>
-    <row r="460" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>1970</v>
+    <row r="460" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+      <c r="A460" s="13" t="s">
+        <v>1972</v>
       </c>
       <c r="B460" s="13">
-        <v>40203484631</v>
+        <v>43603089572</v>
       </c>
       <c r="C460" s="13" t="s">
-        <v>1966</v>
+        <v>1961</v>
       </c>
       <c r="D460" s="10" t="s">
-        <v>1954</v>
+        <v>1973</v>
       </c>
       <c r="E460" s="10" t="s">
-        <v>1971</v>
-[...1 lines deleted...]
-      <c r="F460" s="23" t="s">
+        <v>1974</v>
+      </c>
+      <c r="F460" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G460" s="15" t="s">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="H460" s="11"/>
       <c r="I460" s="11"/>
       <c r="J460" s="11"/>
       <c r="K460" s="11"/>
       <c r="L460" s="11"/>
       <c r="M460" s="11"/>
     </row>
-    <row r="461" spans="1:13" ht="51" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>1973</v>
+    <row r="461" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A461" s="13" t="s">
+        <v>1976</v>
       </c>
       <c r="B461" s="13">
-        <v>42103100864</v>
+        <v>40203527451</v>
       </c>
       <c r="C461" s="13" t="s">
-        <v>1974</v>
+        <v>1977</v>
       </c>
       <c r="D461" s="10" t="s">
-        <v>1416</v>
+        <v>1978</v>
       </c>
       <c r="E461" s="10" t="s">
-        <v>1975</v>
-[...1 lines deleted...]
-      <c r="F461" s="23" t="s">
+        <v>1979</v>
+      </c>
+      <c r="F461" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G461" s="15" t="s">
-        <v>1976</v>
+        <v>1980</v>
       </c>
       <c r="H461" s="11"/>
       <c r="I461" s="11"/>
       <c r="J461" s="11"/>
       <c r="K461" s="11"/>
       <c r="L461" s="11"/>
       <c r="M461" s="11"/>
     </row>
-    <row r="462" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
-      <c r="A462" s="13" t="s">
+    <row r="462" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A462" s="12" t="s">
+        <v>1981</v>
+      </c>
+      <c r="B462" s="13">
+        <v>40203464245</v>
+      </c>
+      <c r="C462" s="13" t="s">
         <v>1977</v>
       </c>
-      <c r="B462" s="13">
-[...4 lines deleted...]
-      </c>
       <c r="D462" s="10" t="s">
-        <v>1978</v>
+        <v>1982</v>
       </c>
       <c r="E462" s="10" t="s">
-        <v>1979</v>
+        <v>1983</v>
       </c>
       <c r="F462" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G462" s="15" t="s">
-        <v>1980</v>
+        <v>1517</v>
       </c>
       <c r="H462" s="11"/>
       <c r="I462" s="11"/>
       <c r="J462" s="11"/>
       <c r="K462" s="11"/>
       <c r="L462" s="11"/>
       <c r="M462" s="11"/>
     </row>
-    <row r="463" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="463" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A463" s="13" t="s">
-        <v>1981</v>
+        <v>1984</v>
       </c>
       <c r="B463" s="13">
-        <v>40203527451</v>
+        <v>40203513038</v>
       </c>
       <c r="C463" s="13" t="s">
+        <v>1977</v>
+      </c>
+      <c r="D463" s="10" t="s">
         <v>1982</v>
       </c>
-      <c r="D463" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E463" s="10" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="F463" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G463" s="15" t="s">
-        <v>1985</v>
+        <v>1517</v>
       </c>
       <c r="H463" s="11"/>
       <c r="I463" s="11"/>
       <c r="J463" s="11"/>
       <c r="K463" s="11"/>
       <c r="L463" s="11"/>
       <c r="M463" s="11"/>
     </row>
-    <row r="464" spans="1:13" ht="51" x14ac:dyDescent="0.2">
-      <c r="A464" s="12" t="s">
+    <row r="464" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A464" s="13" t="s">
         <v>1986</v>
       </c>
       <c r="B464" s="13">
-        <v>40203464245</v>
+        <v>40203554125</v>
       </c>
       <c r="C464" s="13" t="s">
+        <v>1977</v>
+      </c>
+      <c r="D464" s="10" t="s">
         <v>1982</v>
       </c>
-      <c r="D464" s="10" t="s">
+      <c r="E464" s="10" t="s">
         <v>1987</v>
       </c>
-      <c r="E464" s="10" t="s">
+      <c r="F464" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G464" s="15" t="s">
         <v>1988</v>
-      </c>
-[...4 lines deleted...]
-        <v>1517</v>
       </c>
       <c r="H464" s="11"/>
       <c r="I464" s="11"/>
       <c r="J464" s="11"/>
       <c r="K464" s="11"/>
       <c r="L464" s="11"/>
       <c r="M464" s="11"/>
     </row>
-    <row r="465" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="465" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A465" s="13" t="s">
         <v>1989</v>
       </c>
       <c r="B465" s="13">
-        <v>40203513038</v>
+        <v>40203357030</v>
       </c>
       <c r="C465" s="13" t="s">
-        <v>1982</v>
+        <v>1990</v>
       </c>
       <c r="D465" s="10" t="s">
-        <v>1987</v>
+        <v>1991</v>
       </c>
       <c r="E465" s="10" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="F465" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G465" s="15" t="s">
-        <v>1517</v>
+        <v>1993</v>
       </c>
       <c r="H465" s="11"/>
       <c r="I465" s="11"/>
       <c r="J465" s="11"/>
       <c r="K465" s="11"/>
       <c r="L465" s="11"/>
       <c r="M465" s="11"/>
     </row>
-    <row r="466" spans="1:13" ht="51" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>1991</v>
+    <row r="466" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A466" s="12" t="s">
+        <v>1994</v>
       </c>
       <c r="B466" s="13">
-        <v>40203554125</v>
-[...2 lines deleted...]
-        <v>1982</v>
+        <v>42103029248</v>
+      </c>
+      <c r="C466" s="9" t="s">
+        <v>1977</v>
       </c>
       <c r="D466" s="10" t="s">
-        <v>1987</v>
+        <v>1973</v>
       </c>
       <c r="E466" s="10" t="s">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="F466" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G466" s="15" t="s">
-        <v>1993</v>
+        <v>1996</v>
       </c>
       <c r="H466" s="11"/>
       <c r="I466" s="11"/>
       <c r="J466" s="11"/>
       <c r="K466" s="11"/>
       <c r="L466" s="11"/>
       <c r="M466" s="11"/>
     </row>
-    <row r="467" spans="1:13" ht="102" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>1994</v>
+    <row r="467" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+      <c r="A467" s="12" t="s">
+        <v>1997</v>
       </c>
       <c r="B467" s="13">
-        <v>40203357030</v>
-[...2 lines deleted...]
-        <v>1995</v>
+        <v>40203391810</v>
+      </c>
+      <c r="C467" s="9" t="s">
+        <v>1977</v>
       </c>
       <c r="D467" s="10" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="E467" s="10" t="s">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="F467" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G467" s="15" t="s">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="H467" s="11"/>
       <c r="I467" s="11"/>
       <c r="J467" s="11"/>
       <c r="K467" s="11"/>
       <c r="L467" s="11"/>
       <c r="M467" s="11"/>
     </row>
-    <row r="468" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="468" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A468" s="12" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="B468" s="13">
-        <v>42103029248</v>
+        <v>40103560587</v>
       </c>
       <c r="C468" s="9" t="s">
-        <v>1982</v>
+        <v>1977</v>
       </c>
       <c r="D468" s="10" t="s">
-        <v>1978</v>
+        <v>2002</v>
       </c>
       <c r="E468" s="10" t="s">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="F468" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G468" s="15" t="s">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="H468" s="11"/>
       <c r="I468" s="11"/>
       <c r="J468" s="11"/>
       <c r="K468" s="11"/>
       <c r="L468" s="11"/>
       <c r="M468" s="11"/>
     </row>
-    <row r="469" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="469" spans="1:13" ht="146.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A469" s="12" t="s">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="B469" s="13">
-        <v>40203391810</v>
+        <v>41503088765</v>
       </c>
       <c r="C469" s="9" t="s">
-        <v>1982</v>
+        <v>2006</v>
       </c>
       <c r="D469" s="10" t="s">
-        <v>2003</v>
+        <v>2007</v>
       </c>
       <c r="E469" s="10" t="s">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="F469" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G469" s="15" t="s">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="H469" s="11"/>
       <c r="I469" s="11"/>
       <c r="J469" s="11"/>
       <c r="K469" s="11"/>
       <c r="L469" s="11"/>
       <c r="M469" s="11"/>
     </row>
-    <row r="470" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="470" spans="1:13" s="8" customFormat="1" ht="152.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A470" s="12" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B470" s="13">
+        <v>40103190821</v>
+      </c>
+      <c r="C470" s="9" t="s">
         <v>2006</v>
       </c>
-      <c r="B470" s="13">
-[...9 lines deleted...]
-        <v>2008</v>
+      <c r="D470" s="12" t="s">
+        <v>2011</v>
+      </c>
+      <c r="E470" s="12" t="s">
+        <v>2012</v>
       </c>
       <c r="F470" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="G470" s="15" t="s">
-[...9 lines deleted...]
-    <row r="471" spans="1:13" ht="146.44999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="G470" s="12" t="s">
+        <v>2013</v>
+      </c>
+      <c r="H470" s="37"/>
+      <c r="I470" s="37"/>
+      <c r="J470" s="37"/>
+      <c r="K470" s="37"/>
+      <c r="L470" s="37"/>
+      <c r="M470" s="37"/>
+    </row>
+    <row r="471" spans="1:13" ht="61.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A471" s="12" t="s">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="B471" s="13">
-        <v>41503088765</v>
+        <v>40203372167</v>
       </c>
       <c r="C471" s="9" t="s">
-        <v>2011</v>
-[...5 lines deleted...]
-        <v>2013</v>
+        <v>2015</v>
+      </c>
+      <c r="D471" s="12" t="s">
+        <v>2016</v>
+      </c>
+      <c r="E471" s="12" t="s">
+        <v>2017</v>
       </c>
       <c r="F471" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="G471" s="15" t="s">
-        <v>2014</v>
+      <c r="G471" s="12" t="s">
+        <v>2018</v>
       </c>
       <c r="H471" s="11"/>
       <c r="I471" s="11"/>
       <c r="J471" s="11"/>
       <c r="K471" s="11"/>
       <c r="L471" s="11"/>
       <c r="M471" s="11"/>
     </row>
-    <row r="472" spans="1:13" s="8" customFormat="1" ht="152.44999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="472" spans="1:13" ht="48" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A472" s="12" t="s">
+        <v>2019</v>
+      </c>
+      <c r="B472" s="13">
+        <v>40203538262</v>
+      </c>
+      <c r="C472" s="9" t="s">
+        <v>2020</v>
+      </c>
+      <c r="D472" s="12" t="s">
+        <v>519</v>
+      </c>
+      <c r="E472" s="12" t="s">
+        <v>2021</v>
+      </c>
+      <c r="F472" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G472" s="12" t="s">
+        <v>2022</v>
+      </c>
+      <c r="H472" s="11"/>
+      <c r="I472" s="11"/>
+      <c r="J472" s="11"/>
+      <c r="K472" s="11"/>
+      <c r="L472" s="11"/>
+      <c r="M472" s="11"/>
+    </row>
+    <row r="473" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A473" s="12" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B473" s="13">
+        <v>40203516180</v>
+      </c>
+      <c r="C473" s="9" t="s">
         <v>2015</v>
       </c>
-      <c r="B472" s="13">
-[...33 lines deleted...]
-      </c>
       <c r="D473" s="12" t="s">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="E473" s="12" t="s">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="F473" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G473" s="12" t="s">
-        <v>2023</v>
+        <v>2026</v>
       </c>
       <c r="H473" s="11"/>
       <c r="I473" s="11"/>
       <c r="J473" s="11"/>
       <c r="K473" s="11"/>
       <c r="L473" s="11"/>
       <c r="M473" s="11"/>
     </row>
-    <row r="474" spans="1:13" ht="48" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="474" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A474" s="12" t="s">
-        <v>2024</v>
+        <v>2027</v>
       </c>
       <c r="B474" s="13">
-        <v>40203538262</v>
+        <v>41203074395</v>
       </c>
       <c r="C474" s="9" t="s">
-        <v>2025</v>
+        <v>2028</v>
       </c>
       <c r="D474" s="12" t="s">
-        <v>519</v>
+        <v>2029</v>
       </c>
       <c r="E474" s="12" t="s">
-        <v>2026</v>
+        <v>2030</v>
       </c>
       <c r="F474" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G474" s="12" t="s">
-        <v>2027</v>
+        <v>2031</v>
       </c>
       <c r="H474" s="11"/>
       <c r="I474" s="11"/>
       <c r="J474" s="11"/>
       <c r="K474" s="11"/>
       <c r="L474" s="11"/>
       <c r="M474" s="11"/>
     </row>
-    <row r="475" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="475" spans="1:13" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A475" s="12" t="s">
-        <v>2028</v>
+        <v>2032</v>
       </c>
       <c r="B475" s="13">
-        <v>40203516180</v>
+        <v>40203512193</v>
       </c>
       <c r="C475" s="9" t="s">
         <v>2020</v>
       </c>
       <c r="D475" s="12" t="s">
-        <v>2029</v>
+        <v>2033</v>
       </c>
       <c r="E475" s="12" t="s">
-        <v>2030</v>
+        <v>2034</v>
       </c>
       <c r="F475" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G475" s="12" t="s">
-        <v>2031</v>
+        <v>2035</v>
       </c>
       <c r="H475" s="11"/>
       <c r="I475" s="11"/>
       <c r="J475" s="11"/>
       <c r="K475" s="11"/>
       <c r="L475" s="11"/>
       <c r="M475" s="11"/>
     </row>
-    <row r="476" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="476" spans="1:13" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A476" s="12" t="s">
-        <v>2032</v>
+        <v>2036</v>
       </c>
       <c r="B476" s="13">
-        <v>41203074395</v>
+        <v>40003857850</v>
       </c>
       <c r="C476" s="9" t="s">
-        <v>2033</v>
+        <v>1900</v>
       </c>
       <c r="D476" s="12" t="s">
-        <v>2034</v>
+        <v>2037</v>
       </c>
       <c r="E476" s="12" t="s">
-        <v>2035</v>
+        <v>2038</v>
       </c>
       <c r="F476" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G476" s="12" t="s">
-        <v>2036</v>
+        <v>2039</v>
       </c>
       <c r="H476" s="11"/>
       <c r="I476" s="11"/>
       <c r="J476" s="11"/>
       <c r="K476" s="11"/>
       <c r="L476" s="11"/>
       <c r="M476" s="11"/>
     </row>
-    <row r="477" spans="1:13" ht="153" x14ac:dyDescent="0.2">
+    <row r="477" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A477" s="12" t="s">
-        <v>2037</v>
+        <v>2040</v>
       </c>
       <c r="B477" s="13">
-        <v>40203512193</v>
+        <v>40203534152</v>
       </c>
       <c r="C477" s="9" t="s">
-        <v>2025</v>
+        <v>2041</v>
       </c>
       <c r="D477" s="12" t="s">
-        <v>2038</v>
+        <v>2042</v>
       </c>
       <c r="E477" s="12" t="s">
-        <v>2039</v>
+        <v>2043</v>
       </c>
       <c r="F477" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G477" s="12" t="s">
-        <v>2040</v>
+        <v>2044</v>
       </c>
       <c r="H477" s="11"/>
       <c r="I477" s="11"/>
       <c r="J477" s="11"/>
       <c r="K477" s="11"/>
       <c r="L477" s="11"/>
       <c r="M477" s="11"/>
     </row>
-    <row r="478" spans="1:13" ht="165.75" x14ac:dyDescent="0.2">
+    <row r="478" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A478" s="12" t="s">
-        <v>2041</v>
+        <v>2045</v>
       </c>
       <c r="B478" s="13">
-        <v>40003857850</v>
+        <v>40203507258</v>
       </c>
       <c r="C478" s="9" t="s">
-        <v>1906</v>
+        <v>2020</v>
       </c>
       <c r="D478" s="12" t="s">
-        <v>2042</v>
+        <v>2046</v>
       </c>
       <c r="E478" s="12" t="s">
-        <v>2043</v>
+        <v>2047</v>
       </c>
       <c r="F478" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G478" s="12" t="s">
-        <v>2044</v>
+        <v>2048</v>
       </c>
       <c r="H478" s="11"/>
       <c r="I478" s="11"/>
       <c r="J478" s="11"/>
       <c r="K478" s="11"/>
       <c r="L478" s="11"/>
       <c r="M478" s="11"/>
     </row>
-    <row r="479" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="479" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A479" s="12" t="s">
-        <v>2045</v>
+        <v>2049</v>
       </c>
       <c r="B479" s="13">
-        <v>40203534152</v>
+        <v>40103319032</v>
       </c>
       <c r="C479" s="9" t="s">
-        <v>2046</v>
+        <v>2050</v>
       </c>
       <c r="D479" s="12" t="s">
-        <v>2047</v>
+        <v>2051</v>
       </c>
       <c r="E479" s="12" t="s">
-        <v>2048</v>
+        <v>2052</v>
       </c>
       <c r="F479" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G479" s="12" t="s">
-        <v>2049</v>
+        <v>2053</v>
       </c>
       <c r="H479" s="11"/>
       <c r="I479" s="11"/>
       <c r="J479" s="11"/>
       <c r="K479" s="11"/>
       <c r="L479" s="11"/>
       <c r="M479" s="11"/>
     </row>
-    <row r="480" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="480" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A480" s="12" t="s">
-        <v>2050</v>
+        <v>2054</v>
       </c>
       <c r="B480" s="13">
-        <v>40203507258</v>
+        <v>50203249161</v>
       </c>
       <c r="C480" s="9" t="s">
-        <v>2025</v>
+        <v>2055</v>
       </c>
       <c r="D480" s="12" t="s">
-        <v>2051</v>
+        <v>2056</v>
       </c>
       <c r="E480" s="12" t="s">
-        <v>2052</v>
+        <v>2057</v>
       </c>
       <c r="F480" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G480" s="12" t="s">
-        <v>2053</v>
+        <v>2058</v>
       </c>
       <c r="H480" s="11"/>
       <c r="I480" s="11"/>
       <c r="J480" s="11"/>
       <c r="K480" s="11"/>
       <c r="L480" s="11"/>
       <c r="M480" s="11"/>
     </row>
-    <row r="481" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="481" spans="1:13" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A481" s="12" t="s">
-        <v>2054</v>
+        <v>2059</v>
       </c>
       <c r="B481" s="13">
-        <v>40103319032</v>
+        <v>40203044029</v>
       </c>
       <c r="C481" s="9" t="s">
-        <v>2055</v>
+        <v>1493</v>
       </c>
       <c r="D481" s="12" t="s">
-        <v>2056</v>
+        <v>2060</v>
       </c>
       <c r="E481" s="12" t="s">
-        <v>2057</v>
+        <v>2061</v>
       </c>
       <c r="F481" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G481" s="12" t="s">
-        <v>2058</v>
+        <v>2062</v>
       </c>
       <c r="H481" s="11"/>
       <c r="I481" s="11"/>
       <c r="J481" s="11"/>
       <c r="K481" s="11"/>
       <c r="L481" s="11"/>
       <c r="M481" s="11"/>
     </row>
-    <row r="482" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="482" spans="1:13" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A482" s="12" t="s">
-        <v>2059</v>
+        <v>2063</v>
       </c>
       <c r="B482" s="13">
-        <v>50203249161</v>
+        <v>40203202845</v>
       </c>
       <c r="C482" s="9" t="s">
-        <v>2060</v>
+        <v>2064</v>
       </c>
       <c r="D482" s="12" t="s">
-        <v>2061</v>
+        <v>2065</v>
       </c>
       <c r="E482" s="12" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="F482" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G482" s="12" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="H482" s="11"/>
       <c r="I482" s="11"/>
       <c r="J482" s="11"/>
       <c r="K482" s="11"/>
       <c r="L482" s="11"/>
       <c r="M482" s="11"/>
     </row>
-    <row r="483" spans="1:13" ht="165.75" x14ac:dyDescent="0.2">
+    <row r="483" spans="1:13" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A483" s="12" t="s">
-        <v>2064</v>
+        <v>2068</v>
       </c>
       <c r="B483" s="13">
-        <v>40203044029</v>
+        <v>40203501861</v>
       </c>
       <c r="C483" s="9" t="s">
-        <v>1493</v>
+        <v>2069</v>
       </c>
       <c r="D483" s="12" t="s">
-        <v>2065</v>
+        <v>2070</v>
       </c>
       <c r="E483" s="12" t="s">
-        <v>2066</v>
+        <v>2071</v>
       </c>
       <c r="F483" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G483" s="12" t="s">
-        <v>2067</v>
+        <v>2072</v>
       </c>
       <c r="H483" s="11"/>
       <c r="I483" s="11"/>
       <c r="J483" s="11"/>
       <c r="K483" s="11"/>
       <c r="L483" s="11"/>
       <c r="M483" s="11"/>
     </row>
-    <row r="484" spans="1:13" ht="165.75" x14ac:dyDescent="0.2">
+    <row r="484" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A484" s="12" t="s">
-        <v>2068</v>
+        <v>2073</v>
       </c>
       <c r="B484" s="13">
-        <v>40203202845</v>
+        <v>40203046354</v>
       </c>
       <c r="C484" s="9" t="s">
         <v>2069</v>
       </c>
       <c r="D484" s="12" t="s">
-        <v>2070</v>
+        <v>2074</v>
       </c>
       <c r="E484" s="12" t="s">
-        <v>2071</v>
+        <v>2075</v>
       </c>
       <c r="F484" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G484" s="12" t="s">
-        <v>2072</v>
+        <v>2076</v>
       </c>
       <c r="H484" s="11"/>
       <c r="I484" s="11"/>
       <c r="J484" s="11"/>
       <c r="K484" s="11"/>
       <c r="L484" s="11"/>
       <c r="M484" s="11"/>
     </row>
-    <row r="485" spans="1:13" ht="191.25" x14ac:dyDescent="0.2">
+    <row r="485" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A485" s="12" t="s">
-        <v>2073</v>
+        <v>2077</v>
       </c>
       <c r="B485" s="13">
-        <v>40203501861</v>
+        <v>40203528090</v>
       </c>
       <c r="C485" s="9" t="s">
-        <v>2074</v>
+        <v>2078</v>
       </c>
       <c r="D485" s="12" t="s">
-        <v>2075</v>
+        <v>1949</v>
       </c>
       <c r="E485" s="12" t="s">
-        <v>2076</v>
+        <v>2079</v>
       </c>
       <c r="F485" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G485" s="12" t="s">
-        <v>2077</v>
+        <v>2080</v>
       </c>
       <c r="H485" s="11"/>
       <c r="I485" s="11"/>
       <c r="J485" s="11"/>
       <c r="K485" s="11"/>
       <c r="L485" s="11"/>
       <c r="M485" s="11"/>
     </row>
-    <row r="486" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="486" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A486" s="12" t="s">
-        <v>2078</v>
+        <v>2081</v>
       </c>
       <c r="B486" s="13">
-        <v>40203046354</v>
+        <v>50203290661</v>
       </c>
       <c r="C486" s="9" t="s">
-        <v>2074</v>
+        <v>2082</v>
       </c>
       <c r="D486" s="12" t="s">
-        <v>2079</v>
+        <v>2083</v>
       </c>
       <c r="E486" s="12" t="s">
-        <v>2080</v>
+        <v>2084</v>
       </c>
       <c r="F486" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G486" s="12" t="s">
-        <v>2081</v>
+        <v>2085</v>
       </c>
       <c r="H486" s="11"/>
       <c r="I486" s="11"/>
       <c r="J486" s="11"/>
       <c r="K486" s="11"/>
       <c r="L486" s="11"/>
       <c r="M486" s="11"/>
     </row>
-    <row r="487" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="487" spans="1:13" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A487" s="12" t="s">
-        <v>2082</v>
+        <v>2086</v>
       </c>
       <c r="B487" s="13">
-        <v>40203528090</v>
+        <v>40203205767</v>
       </c>
       <c r="C487" s="9" t="s">
-        <v>2083</v>
+        <v>1826</v>
       </c>
       <c r="D487" s="12" t="s">
-        <v>1954</v>
+        <v>2087</v>
       </c>
       <c r="E487" s="12" t="s">
-        <v>2084</v>
+        <v>2088</v>
       </c>
       <c r="F487" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G487" s="12" t="s">
-        <v>2085</v>
+        <v>2089</v>
       </c>
       <c r="H487" s="11"/>
       <c r="I487" s="11"/>
       <c r="J487" s="11"/>
       <c r="K487" s="11"/>
       <c r="L487" s="11"/>
       <c r="M487" s="11"/>
     </row>
-    <row r="488" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="488" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A488" s="12" t="s">
-        <v>2086</v>
+        <v>2090</v>
       </c>
       <c r="B488" s="13">
-        <v>50203290661</v>
+        <v>40203493615</v>
       </c>
       <c r="C488" s="9" t="s">
-        <v>2087</v>
+        <v>2091</v>
       </c>
       <c r="D488" s="12" t="s">
-        <v>2088</v>
+        <v>1949</v>
       </c>
       <c r="E488" s="12" t="s">
-        <v>2089</v>
+        <v>2092</v>
       </c>
       <c r="F488" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G488" s="12" t="s">
-        <v>2090</v>
+        <v>2080</v>
       </c>
       <c r="H488" s="11"/>
       <c r="I488" s="11"/>
       <c r="J488" s="11"/>
       <c r="K488" s="11"/>
       <c r="L488" s="11"/>
       <c r="M488" s="11"/>
     </row>
-    <row r="489" spans="1:13" ht="165.75" x14ac:dyDescent="0.2">
+    <row r="489" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A489" s="12" t="s">
-        <v>2091</v>
+        <v>2093</v>
       </c>
       <c r="B489" s="13">
-        <v>40203205767</v>
+        <v>40203546715</v>
       </c>
       <c r="C489" s="9" t="s">
-        <v>1829</v>
+        <v>2028</v>
       </c>
       <c r="D489" s="12" t="s">
-        <v>2092</v>
+        <v>2094</v>
       </c>
       <c r="E489" s="12" t="s">
-        <v>2093</v>
+        <v>2095</v>
       </c>
       <c r="F489" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G489" s="12" t="s">
-        <v>2094</v>
+        <v>2096</v>
       </c>
       <c r="H489" s="11"/>
       <c r="I489" s="11"/>
       <c r="J489" s="11"/>
       <c r="K489" s="11"/>
       <c r="L489" s="11"/>
       <c r="M489" s="11"/>
     </row>
-    <row r="490" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="490" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A490" s="12" t="s">
-        <v>2095</v>
+        <v>2097</v>
       </c>
       <c r="B490" s="13">
-        <v>40203493615</v>
+        <v>40203558894</v>
       </c>
       <c r="C490" s="9" t="s">
-        <v>2096</v>
+        <v>2082</v>
       </c>
       <c r="D490" s="12" t="s">
-        <v>1954</v>
+        <v>519</v>
       </c>
       <c r="E490" s="12" t="s">
-        <v>2097</v>
+        <v>2098</v>
       </c>
       <c r="F490" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G490" s="12" t="s">
-        <v>2085</v>
+        <v>2099</v>
       </c>
       <c r="H490" s="11"/>
       <c r="I490" s="11"/>
       <c r="J490" s="11"/>
       <c r="K490" s="11"/>
       <c r="L490" s="11"/>
       <c r="M490" s="11"/>
     </row>
-    <row r="491" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="491" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A491" s="12" t="s">
-        <v>2098</v>
+        <v>2100</v>
       </c>
       <c r="B491" s="13">
-        <v>40203546715</v>
+        <v>50203274351</v>
       </c>
       <c r="C491" s="9" t="s">
-        <v>2033</v>
+        <v>2091</v>
       </c>
       <c r="D491" s="12" t="s">
-        <v>2099</v>
+        <v>2101</v>
       </c>
       <c r="E491" s="12" t="s">
-        <v>2100</v>
+        <v>2102</v>
       </c>
       <c r="F491" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G491" s="12" t="s">
-        <v>2101</v>
+        <v>2103</v>
       </c>
       <c r="H491" s="11"/>
       <c r="I491" s="11"/>
       <c r="J491" s="11"/>
       <c r="K491" s="11"/>
       <c r="L491" s="11"/>
       <c r="M491" s="11"/>
     </row>
-    <row r="492" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="492" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A492" s="12" t="s">
-        <v>2102</v>
+        <v>2104</v>
       </c>
       <c r="B492" s="13">
-        <v>40203558894</v>
+        <v>50203377931</v>
       </c>
       <c r="C492" s="9" t="s">
-        <v>2087</v>
+        <v>2091</v>
       </c>
       <c r="D492" s="12" t="s">
-        <v>519</v>
+        <v>2105</v>
       </c>
       <c r="E492" s="12" t="s">
-        <v>2103</v>
+        <v>2106</v>
       </c>
       <c r="F492" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G492" s="12" t="s">
-        <v>2104</v>
+        <v>2107</v>
       </c>
       <c r="H492" s="11"/>
       <c r="I492" s="11"/>
       <c r="J492" s="11"/>
       <c r="K492" s="11"/>
       <c r="L492" s="11"/>
       <c r="M492" s="11"/>
     </row>
-    <row r="493" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="493" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A493" s="12" t="s">
-        <v>2105</v>
+        <v>2108</v>
       </c>
       <c r="B493" s="13">
-        <v>50203274351</v>
+        <v>40103771120</v>
       </c>
       <c r="C493" s="9" t="s">
-        <v>2096</v>
+        <v>2109</v>
       </c>
       <c r="D493" s="12" t="s">
-        <v>2106</v>
+        <v>2110</v>
       </c>
       <c r="E493" s="12" t="s">
-        <v>2107</v>
+        <v>2111</v>
       </c>
       <c r="F493" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G493" s="12" t="s">
-        <v>2108</v>
+        <v>2112</v>
       </c>
       <c r="H493" s="11"/>
       <c r="I493" s="11"/>
       <c r="J493" s="11"/>
       <c r="K493" s="11"/>
       <c r="L493" s="11"/>
       <c r="M493" s="11"/>
     </row>
-    <row r="494" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="494" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A494" s="12" t="s">
-        <v>2109</v>
+        <v>2113</v>
       </c>
       <c r="B494" s="13">
-        <v>50203377931</v>
+        <v>41502019234</v>
       </c>
       <c r="C494" s="9" t="s">
-        <v>2096</v>
+        <v>1660</v>
       </c>
       <c r="D494" s="12" t="s">
-        <v>2110</v>
+        <v>2114</v>
       </c>
       <c r="E494" s="12" t="s">
-        <v>2111</v>
+        <v>2115</v>
       </c>
       <c r="F494" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G494" s="12" t="s">
-        <v>2112</v>
+        <v>2116</v>
       </c>
       <c r="H494" s="11"/>
       <c r="I494" s="11"/>
       <c r="J494" s="11"/>
       <c r="K494" s="11"/>
       <c r="L494" s="11"/>
       <c r="M494" s="11"/>
     </row>
-    <row r="495" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="495" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A495" s="12" t="s">
-        <v>2113</v>
+        <v>2117</v>
       </c>
       <c r="B495" s="13">
-        <v>40103771120</v>
+        <v>40002056297</v>
       </c>
       <c r="C495" s="9" t="s">
-        <v>2114</v>
+        <v>1940</v>
       </c>
       <c r="D495" s="12" t="s">
-        <v>2115</v>
+        <v>2118</v>
       </c>
       <c r="E495" s="12" t="s">
-        <v>2116</v>
+        <v>2119</v>
       </c>
       <c r="F495" s="13" t="s">
-        <v>13</v>
+        <v>547</v>
       </c>
       <c r="G495" s="12" t="s">
-        <v>2117</v>
+        <v>2120</v>
       </c>
       <c r="H495" s="11"/>
       <c r="I495" s="11"/>
       <c r="J495" s="11"/>
       <c r="K495" s="11"/>
       <c r="L495" s="11"/>
       <c r="M495" s="11"/>
     </row>
-    <row r="496" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="496" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A496" s="12" t="s">
-        <v>2118</v>
+        <v>2121</v>
       </c>
       <c r="B496" s="13">
-        <v>41502019234</v>
+        <v>44103148182</v>
       </c>
       <c r="C496" s="9" t="s">
-        <v>1660</v>
+        <v>1900</v>
       </c>
       <c r="D496" s="12" t="s">
-        <v>2119</v>
+        <v>2122</v>
       </c>
       <c r="E496" s="12" t="s">
-        <v>2120</v>
+        <v>2123</v>
       </c>
       <c r="F496" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G496" s="12" t="s">
-        <v>2121</v>
+        <v>1503</v>
       </c>
       <c r="H496" s="11"/>
       <c r="I496" s="11"/>
       <c r="J496" s="11"/>
       <c r="K496" s="11"/>
       <c r="L496" s="11"/>
       <c r="M496" s="11"/>
     </row>
-    <row r="497" spans="1:13" ht="102" x14ac:dyDescent="0.2">
+    <row r="497" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A497" s="12" t="s">
-        <v>2122</v>
+        <v>2124</v>
       </c>
       <c r="B497" s="13">
-        <v>40002056297</v>
+        <v>50003373551</v>
       </c>
       <c r="C497" s="9" t="s">
-        <v>1945</v>
+        <v>2028</v>
       </c>
       <c r="D497" s="12" t="s">
-        <v>2123</v>
+        <v>2125</v>
       </c>
       <c r="E497" s="12" t="s">
-        <v>2124</v>
+        <v>2126</v>
       </c>
       <c r="F497" s="13" t="s">
-        <v>547</v>
+        <v>13</v>
       </c>
       <c r="G497" s="12" t="s">
-        <v>2125</v>
+        <v>2127</v>
       </c>
       <c r="H497" s="11"/>
       <c r="I497" s="11"/>
       <c r="J497" s="11"/>
       <c r="K497" s="11"/>
       <c r="L497" s="11"/>
       <c r="M497" s="11"/>
     </row>
-    <row r="498" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="498" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A498" s="12" t="s">
-        <v>2126</v>
+        <v>2128</v>
       </c>
       <c r="B498" s="13">
-        <v>44103148182</v>
+        <v>50203233781</v>
       </c>
       <c r="C498" s="9" t="s">
-        <v>1906</v>
+        <v>1969</v>
       </c>
       <c r="D498" s="12" t="s">
-        <v>2127</v>
+        <v>2129</v>
       </c>
       <c r="E498" s="12" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="F498" s="13" t="s">
-        <v>13</v>
+        <v>547</v>
       </c>
       <c r="G498" s="12" t="s">
-        <v>1503</v>
+        <v>2131</v>
       </c>
       <c r="H498" s="11"/>
       <c r="I498" s="11"/>
       <c r="J498" s="11"/>
       <c r="K498" s="11"/>
       <c r="L498" s="11"/>
       <c r="M498" s="11"/>
     </row>
-    <row r="499" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="499" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A499" s="12" t="s">
-        <v>2129</v>
+        <v>2132</v>
       </c>
       <c r="B499" s="13">
-        <v>50003373551</v>
+        <v>40003613799</v>
       </c>
       <c r="C499" s="9" t="s">
-        <v>2033</v>
+        <v>2041</v>
       </c>
       <c r="D499" s="12" t="s">
-        <v>2130</v>
+        <v>2133</v>
       </c>
       <c r="E499" s="12" t="s">
-        <v>2131</v>
+        <v>2134</v>
       </c>
       <c r="F499" s="13" t="s">
-        <v>13</v>
+        <v>547</v>
       </c>
       <c r="G499" s="12" t="s">
-        <v>2132</v>
+        <v>2127</v>
       </c>
       <c r="H499" s="11"/>
       <c r="I499" s="11"/>
       <c r="J499" s="11"/>
       <c r="K499" s="11"/>
       <c r="L499" s="11"/>
       <c r="M499" s="11"/>
     </row>
-    <row r="500" spans="1:13" ht="102" x14ac:dyDescent="0.2">
+    <row r="500" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A500" s="12" t="s">
-        <v>2133</v>
+        <v>2135</v>
       </c>
       <c r="B500" s="13">
-        <v>50203233781</v>
+        <v>40203447692</v>
       </c>
       <c r="C500" s="9" t="s">
-        <v>1974</v>
+        <v>2041</v>
       </c>
       <c r="D500" s="12" t="s">
-        <v>2134</v>
+        <v>2136</v>
       </c>
       <c r="E500" s="12" t="s">
-        <v>2135</v>
+        <v>2137</v>
       </c>
       <c r="F500" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G500" s="12" t="s">
-        <v>2136</v>
+        <v>2138</v>
       </c>
       <c r="H500" s="11"/>
       <c r="I500" s="11"/>
       <c r="J500" s="11"/>
       <c r="K500" s="11"/>
       <c r="L500" s="11"/>
       <c r="M500" s="11"/>
     </row>
-    <row r="501" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="501" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A501" s="12" t="s">
-        <v>2137</v>
+        <v>2139</v>
       </c>
       <c r="B501" s="13">
-        <v>40003613799</v>
+        <v>40203501378</v>
       </c>
       <c r="C501" s="9" t="s">
-        <v>2046</v>
+        <v>2140</v>
       </c>
       <c r="D501" s="12" t="s">
-        <v>2138</v>
+        <v>2141</v>
       </c>
       <c r="E501" s="12" t="s">
-        <v>2139</v>
+        <v>2142</v>
       </c>
       <c r="F501" s="13" t="s">
-        <v>547</v>
+        <v>13</v>
       </c>
       <c r="G501" s="12" t="s">
-        <v>2132</v>
+        <v>2143</v>
       </c>
       <c r="H501" s="11"/>
       <c r="I501" s="11"/>
       <c r="J501" s="11"/>
       <c r="K501" s="11"/>
       <c r="L501" s="11"/>
       <c r="M501" s="11"/>
     </row>
-    <row r="502" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="502" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A502" s="12" t="s">
-        <v>2140</v>
+        <v>2144</v>
       </c>
       <c r="B502" s="13">
-        <v>40203447692</v>
+        <v>50203046411</v>
       </c>
       <c r="C502" s="9" t="s">
-        <v>2046</v>
+        <v>2078</v>
       </c>
       <c r="D502" s="12" t="s">
-        <v>2141</v>
+        <v>2145</v>
       </c>
       <c r="E502" s="12" t="s">
-        <v>2142</v>
+        <v>2146</v>
       </c>
       <c r="F502" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G502" s="12" t="s">
-        <v>2143</v>
+        <v>2147</v>
       </c>
       <c r="H502" s="11"/>
       <c r="I502" s="11"/>
       <c r="J502" s="11"/>
       <c r="K502" s="11"/>
       <c r="L502" s="11"/>
       <c r="M502" s="11"/>
     </row>
-    <row r="503" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="503" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A503" s="12" t="s">
-        <v>2144</v>
+        <v>2148</v>
       </c>
       <c r="B503" s="13">
-        <v>40203501378</v>
+        <v>40203085050</v>
       </c>
       <c r="C503" s="9" t="s">
-        <v>2145</v>
+        <v>2149</v>
       </c>
       <c r="D503" s="12" t="s">
-        <v>2146</v>
+        <v>2150</v>
       </c>
       <c r="E503" s="12" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
       <c r="F503" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G503" s="12" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="H503" s="11"/>
       <c r="I503" s="11"/>
       <c r="J503" s="11"/>
       <c r="K503" s="11"/>
       <c r="L503" s="11"/>
       <c r="M503" s="11"/>
     </row>
-    <row r="504" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="504" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A504" s="12" t="s">
-        <v>2149</v>
+        <v>2153</v>
       </c>
       <c r="B504" s="13">
-        <v>50203046411</v>
+        <v>44103109912</v>
       </c>
       <c r="C504" s="9" t="s">
-        <v>2083</v>
+        <v>2154</v>
       </c>
       <c r="D504" s="12" t="s">
-        <v>2150</v>
+        <v>2155</v>
       </c>
       <c r="E504" s="12" t="s">
-        <v>2151</v>
+        <v>2156</v>
       </c>
       <c r="F504" s="13" t="s">
-        <v>547</v>
+        <v>13</v>
       </c>
       <c r="G504" s="12" t="s">
-        <v>2152</v>
+        <v>2157</v>
       </c>
       <c r="H504" s="11"/>
       <c r="I504" s="11"/>
       <c r="J504" s="11"/>
       <c r="K504" s="11"/>
       <c r="L504" s="11"/>
       <c r="M504" s="11"/>
     </row>
-    <row r="505" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="505" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A505" s="12" t="s">
-        <v>2153</v>
+        <v>2158</v>
       </c>
       <c r="B505" s="13">
-        <v>40203085050</v>
+        <v>41503078818</v>
       </c>
       <c r="C505" s="9" t="s">
         <v>2154</v>
       </c>
       <c r="D505" s="12" t="s">
-        <v>2155</v>
+        <v>2159</v>
       </c>
       <c r="E505" s="12" t="s">
-        <v>2156</v>
+        <v>2160</v>
       </c>
       <c r="F505" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G505" s="12" t="s">
-        <v>2157</v>
+        <v>2161</v>
       </c>
       <c r="H505" s="11"/>
       <c r="I505" s="11"/>
       <c r="J505" s="11"/>
       <c r="K505" s="11"/>
       <c r="L505" s="11"/>
       <c r="M505" s="11"/>
     </row>
-    <row r="506" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="506" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A506" s="12" t="s">
-        <v>2158</v>
+        <v>2162</v>
       </c>
       <c r="B506" s="13">
-        <v>44103109912</v>
+        <v>41503072162</v>
       </c>
       <c r="C506" s="9" t="s">
-        <v>2159</v>
+        <v>2163</v>
       </c>
       <c r="D506" s="12" t="s">
-        <v>2160</v>
+        <v>2164</v>
       </c>
       <c r="E506" s="12" t="s">
-        <v>2161</v>
+        <v>2165</v>
       </c>
       <c r="F506" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G506" s="12" t="s">
-        <v>2162</v>
+        <v>2166</v>
       </c>
       <c r="H506" s="11"/>
       <c r="I506" s="11"/>
       <c r="J506" s="11"/>
       <c r="K506" s="11"/>
       <c r="L506" s="11"/>
       <c r="M506" s="11"/>
     </row>
-    <row r="507" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="507" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A507" s="12" t="s">
-        <v>2163</v>
+        <v>2167</v>
       </c>
       <c r="B507" s="13">
-        <v>41503078818</v>
+        <v>41503074036</v>
       </c>
       <c r="C507" s="9" t="s">
-        <v>2159</v>
+        <v>2168</v>
       </c>
       <c r="D507" s="12" t="s">
-        <v>2164</v>
+        <v>2169</v>
       </c>
       <c r="E507" s="12" t="s">
-        <v>2165</v>
+        <v>2170</v>
       </c>
       <c r="F507" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G507" s="12" t="s">
-        <v>2166</v>
+        <v>2171</v>
       </c>
       <c r="H507" s="11"/>
       <c r="I507" s="11"/>
       <c r="J507" s="11"/>
       <c r="K507" s="11"/>
       <c r="L507" s="11"/>
       <c r="M507" s="11"/>
     </row>
-    <row r="508" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="508" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A508" s="12" t="s">
-        <v>2167</v>
+        <v>2172</v>
       </c>
       <c r="B508" s="13">
-        <v>41503072162</v>
+        <v>50203538461</v>
       </c>
       <c r="C508" s="9" t="s">
-        <v>2168</v>
+        <v>2140</v>
       </c>
       <c r="D508" s="12" t="s">
-        <v>2169</v>
+        <v>2173</v>
       </c>
       <c r="E508" s="12" t="s">
-        <v>2170</v>
+        <v>2174</v>
       </c>
       <c r="F508" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G508" s="12" t="s">
-        <v>2171</v>
+        <v>2080</v>
       </c>
       <c r="H508" s="11"/>
       <c r="I508" s="11"/>
       <c r="J508" s="11"/>
       <c r="K508" s="11"/>
       <c r="L508" s="11"/>
       <c r="M508" s="11"/>
     </row>
-    <row r="509" spans="1:13" ht="102" x14ac:dyDescent="0.2">
+    <row r="509" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A509" s="12" t="s">
-        <v>2172</v>
+        <v>2175</v>
       </c>
       <c r="B509" s="13">
-        <v>41503074036</v>
+        <v>40203570327</v>
       </c>
       <c r="C509" s="9" t="s">
-        <v>2173</v>
+        <v>2140</v>
       </c>
       <c r="D509" s="12" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="E509" s="12" t="s">
-        <v>2175</v>
+        <v>2177</v>
       </c>
       <c r="F509" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G509" s="12" t="s">
-        <v>2176</v>
+        <v>2178</v>
       </c>
       <c r="H509" s="11"/>
       <c r="I509" s="11"/>
       <c r="J509" s="11"/>
       <c r="K509" s="11"/>
       <c r="L509" s="11"/>
       <c r="M509" s="11"/>
     </row>
-    <row r="510" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="510" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A510" s="12" t="s">
-        <v>2177</v>
+        <v>2179</v>
       </c>
       <c r="B510" s="13">
-        <v>50203538461</v>
+        <v>40203534311</v>
       </c>
       <c r="C510" s="9" t="s">
-        <v>2145</v>
+        <v>2140</v>
       </c>
       <c r="D510" s="12" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="E510" s="12" t="s">
-        <v>2179</v>
+        <v>2181</v>
       </c>
       <c r="F510" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G510" s="12" t="s">
-        <v>2085</v>
+        <v>2182</v>
       </c>
       <c r="H510" s="11"/>
       <c r="I510" s="11"/>
       <c r="J510" s="11"/>
       <c r="K510" s="11"/>
       <c r="L510" s="11"/>
       <c r="M510" s="11"/>
     </row>
-    <row r="511" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="511" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A511" s="12" t="s">
-        <v>2180</v>
+        <v>2183</v>
       </c>
       <c r="B511" s="13">
-        <v>40203570327</v>
+        <v>40203511234</v>
       </c>
       <c r="C511" s="9" t="s">
-        <v>2145</v>
+        <v>2140</v>
       </c>
       <c r="D511" s="12" t="s">
-        <v>2181</v>
+        <v>2184</v>
       </c>
       <c r="E511" s="12" t="s">
-        <v>2182</v>
+        <v>2185</v>
       </c>
       <c r="F511" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G511" s="12" t="s">
-        <v>2183</v>
+        <v>2186</v>
       </c>
       <c r="H511" s="11"/>
       <c r="I511" s="11"/>
       <c r="J511" s="11"/>
       <c r="K511" s="11"/>
       <c r="L511" s="11"/>
       <c r="M511" s="11"/>
     </row>
-    <row r="512" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="512" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A512" s="12" t="s">
-        <v>2184</v>
+        <v>2187</v>
       </c>
       <c r="B512" s="13">
-        <v>40203534311</v>
+        <v>40203520059</v>
       </c>
       <c r="C512" s="9" t="s">
-        <v>2145</v>
+        <v>2140</v>
       </c>
       <c r="D512" s="12" t="s">
-        <v>2185</v>
+        <v>2188</v>
       </c>
       <c r="E512" s="12" t="s">
-        <v>2186</v>
+        <v>2189</v>
       </c>
       <c r="F512" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G512" s="12" t="s">
-        <v>2187</v>
+        <v>2190</v>
       </c>
       <c r="H512" s="11"/>
       <c r="I512" s="11"/>
       <c r="J512" s="11"/>
       <c r="K512" s="11"/>
       <c r="L512" s="11"/>
       <c r="M512" s="11"/>
     </row>
-    <row r="513" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="513" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A513" s="12" t="s">
-        <v>2188</v>
+        <v>2191</v>
       </c>
       <c r="B513" s="13">
-        <v>40203511234</v>
+        <v>40203514404</v>
       </c>
       <c r="C513" s="9" t="s">
-        <v>2145</v>
+        <v>2140</v>
       </c>
       <c r="D513" s="12" t="s">
-        <v>2189</v>
+        <v>2192</v>
       </c>
       <c r="E513" s="12" t="s">
-        <v>2190</v>
+        <v>2193</v>
       </c>
       <c r="F513" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G513" s="12" t="s">
-        <v>2191</v>
+        <v>2186</v>
       </c>
       <c r="H513" s="11"/>
       <c r="I513" s="11"/>
       <c r="J513" s="11"/>
       <c r="K513" s="11"/>
       <c r="L513" s="11"/>
       <c r="M513" s="11"/>
     </row>
-    <row r="514" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="514" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A514" s="12" t="s">
-        <v>2192</v>
+        <v>2194</v>
       </c>
       <c r="B514" s="13">
-        <v>40203520059</v>
+        <v>40203577838</v>
       </c>
       <c r="C514" s="9" t="s">
-        <v>2145</v>
+        <v>2195</v>
       </c>
       <c r="D514" s="12" t="s">
-        <v>2193</v>
+        <v>2196</v>
       </c>
       <c r="E514" s="12" t="s">
-        <v>2194</v>
+        <v>2197</v>
       </c>
       <c r="F514" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G514" s="12" t="s">
-        <v>2195</v>
+        <v>2190</v>
       </c>
       <c r="H514" s="11"/>
       <c r="I514" s="11"/>
       <c r="J514" s="11"/>
       <c r="K514" s="11"/>
       <c r="L514" s="11"/>
       <c r="M514" s="11"/>
     </row>
-    <row r="515" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="515" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A515" s="12" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B515" s="13">
+        <v>40203520909</v>
+      </c>
+      <c r="C515" s="9" t="s">
+        <v>2195</v>
+      </c>
+      <c r="D515" s="12" t="s">
         <v>2196</v>
       </c>
-      <c r="B515" s="13">
-[...7 lines deleted...]
-      </c>
       <c r="E515" s="12" t="s">
-        <v>2198</v>
+        <v>2199</v>
       </c>
       <c r="F515" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G515" s="12" t="s">
-        <v>2191</v>
+        <v>2190</v>
       </c>
       <c r="H515" s="11"/>
       <c r="I515" s="11"/>
       <c r="J515" s="11"/>
       <c r="K515" s="11"/>
       <c r="L515" s="11"/>
       <c r="M515" s="11"/>
     </row>
-    <row r="516" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="516" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A516" s="12" t="s">
-        <v>2199</v>
+        <v>2200</v>
       </c>
       <c r="B516" s="13">
-        <v>40203577838</v>
+        <v>40203296215</v>
       </c>
       <c r="C516" s="9" t="s">
-        <v>2200</v>
+        <v>2201</v>
       </c>
       <c r="D516" s="12" t="s">
-        <v>2201</v>
+        <v>2202</v>
       </c>
       <c r="E516" s="12" t="s">
-        <v>2202</v>
+        <v>2203</v>
       </c>
       <c r="F516" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G516" s="12" t="s">
-        <v>2195</v>
+        <v>2204</v>
       </c>
       <c r="H516" s="11"/>
       <c r="I516" s="11"/>
       <c r="J516" s="11"/>
       <c r="K516" s="11"/>
       <c r="L516" s="11"/>
       <c r="M516" s="11"/>
     </row>
-    <row r="517" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="517" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A517" s="12" t="s">
-        <v>2203</v>
+        <v>2205</v>
       </c>
       <c r="B517" s="13">
-        <v>40203520909</v>
+        <v>40203545743</v>
       </c>
       <c r="C517" s="9" t="s">
-        <v>2200</v>
+        <v>2206</v>
       </c>
       <c r="D517" s="12" t="s">
-        <v>2201</v>
+        <v>2207</v>
       </c>
       <c r="E517" s="12" t="s">
-        <v>2204</v>
+        <v>2208</v>
       </c>
       <c r="F517" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G517" s="12" t="s">
-        <v>2195</v>
+        <v>2209</v>
       </c>
       <c r="H517" s="11"/>
       <c r="I517" s="11"/>
       <c r="J517" s="11"/>
       <c r="K517" s="11"/>
       <c r="L517" s="11"/>
       <c r="M517" s="11"/>
     </row>
-    <row r="518" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="518" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A518" s="12" t="s">
-        <v>2205</v>
+        <v>2210</v>
       </c>
       <c r="B518" s="13">
-        <v>40203296215</v>
+        <v>40203215229</v>
       </c>
       <c r="C518" s="9" t="s">
-        <v>2206</v>
+        <v>2211</v>
       </c>
       <c r="D518" s="12" t="s">
-        <v>2207</v>
+        <v>2212</v>
       </c>
       <c r="E518" s="12" t="s">
-        <v>2208</v>
+        <v>2213</v>
       </c>
       <c r="F518" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G518" s="12" t="s">
-        <v>2209</v>
+        <v>2214</v>
       </c>
       <c r="H518" s="11"/>
       <c r="I518" s="11"/>
       <c r="J518" s="11"/>
       <c r="K518" s="11"/>
       <c r="L518" s="11"/>
       <c r="M518" s="11"/>
     </row>
-    <row r="519" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>2210</v>
+    <row r="519" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A519" s="10" t="s">
+        <v>2215</v>
       </c>
       <c r="B519" s="13">
-        <v>40203545743</v>
+        <v>40203091729</v>
       </c>
       <c r="C519" s="9" t="s">
-        <v>2211</v>
+        <v>2216</v>
       </c>
       <c r="D519" s="12" t="s">
-        <v>2212</v>
+        <v>2217</v>
       </c>
       <c r="E519" s="12" t="s">
-        <v>2213</v>
+        <v>2218</v>
       </c>
       <c r="F519" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G519" s="12" t="s">
-        <v>2214</v>
+        <v>2219</v>
       </c>
       <c r="H519" s="11"/>
       <c r="I519" s="11"/>
       <c r="J519" s="11"/>
       <c r="K519" s="11"/>
       <c r="L519" s="11"/>
       <c r="M519" s="11"/>
     </row>
-    <row r="520" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>2215</v>
+    <row r="520" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+      <c r="A520" s="10" t="s">
+        <v>2220</v>
       </c>
       <c r="B520" s="13">
-        <v>40203215229</v>
+        <v>40203409135</v>
       </c>
       <c r="C520" s="9" t="s">
-        <v>2216</v>
-[...2 lines deleted...]
-        <v>2217</v>
+        <v>2211</v>
+      </c>
+      <c r="D520" s="10" t="s">
+        <v>2221</v>
       </c>
       <c r="E520" s="12" t="s">
-        <v>2218</v>
+        <v>2222</v>
       </c>
       <c r="F520" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G520" s="12" t="s">
-        <v>2219</v>
+        <v>2223</v>
       </c>
       <c r="H520" s="11"/>
       <c r="I520" s="11"/>
       <c r="J520" s="11"/>
       <c r="K520" s="11"/>
       <c r="L520" s="11"/>
       <c r="M520" s="11"/>
     </row>
-    <row r="521" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="521" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A521" s="10" t="s">
         <v>2220</v>
       </c>
       <c r="B521" s="13">
-        <v>40203091729</v>
+        <v>40203409135</v>
       </c>
       <c r="C521" s="9" t="s">
+        <v>2211</v>
+      </c>
+      <c r="D521" s="10" t="s">
         <v>2221</v>
       </c>
-      <c r="D521" s="12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E521" s="12" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F521" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G521" s="12" t="s">
         <v>2223</v>
-      </c>
-[...4 lines deleted...]
-        <v>2224</v>
       </c>
       <c r="H521" s="11"/>
       <c r="I521" s="11"/>
       <c r="J521" s="11"/>
       <c r="K521" s="11"/>
       <c r="L521" s="11"/>
       <c r="M521" s="11"/>
     </row>
-    <row r="522" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="522" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A522" s="10" t="s">
         <v>2225</v>
       </c>
       <c r="B522" s="13">
-        <v>40203409135</v>
+        <v>40203508408</v>
       </c>
       <c r="C522" s="9" t="s">
-        <v>2216</v>
+        <v>2226</v>
       </c>
       <c r="D522" s="10" t="s">
-        <v>2226</v>
+        <v>2227</v>
       </c>
       <c r="E522" s="12" t="s">
-        <v>2227</v>
+        <v>2228</v>
       </c>
       <c r="F522" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G522" s="12" t="s">
-        <v>2228</v>
+        <v>2190</v>
       </c>
       <c r="H522" s="11"/>
       <c r="I522" s="11"/>
       <c r="J522" s="11"/>
       <c r="K522" s="11"/>
       <c r="L522" s="11"/>
       <c r="M522" s="11"/>
     </row>
-    <row r="523" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="523" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A523" s="10" t="s">
-        <v>2225</v>
+        <v>2229</v>
       </c>
       <c r="B523" s="13">
-        <v>40203409135</v>
+        <v>50203520281</v>
       </c>
       <c r="C523" s="9" t="s">
-        <v>2216</v>
+        <v>2226</v>
       </c>
       <c r="D523" s="10" t="s">
-        <v>2226</v>
+        <v>2230</v>
       </c>
       <c r="E523" s="12" t="s">
-        <v>2229</v>
+        <v>2231</v>
       </c>
       <c r="F523" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G523" s="12" t="s">
-        <v>2228</v>
+        <v>2186</v>
       </c>
       <c r="H523" s="11"/>
       <c r="I523" s="11"/>
       <c r="J523" s="11"/>
       <c r="K523" s="11"/>
       <c r="L523" s="11"/>
       <c r="M523" s="11"/>
     </row>
-    <row r="524" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="524" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A524" s="10" t="s">
-        <v>2230</v>
+        <v>2232</v>
       </c>
       <c r="B524" s="13">
-        <v>40203508408</v>
+        <v>40002097755</v>
       </c>
       <c r="C524" s="9" t="s">
-        <v>2231</v>
+        <v>2226</v>
       </c>
       <c r="D524" s="10" t="s">
-        <v>2232</v>
+        <v>2233</v>
       </c>
       <c r="E524" s="12" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="F524" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G524" s="12" t="s">
-        <v>2195</v>
+        <v>2235</v>
       </c>
       <c r="H524" s="11"/>
       <c r="I524" s="11"/>
       <c r="J524" s="11"/>
       <c r="K524" s="11"/>
       <c r="L524" s="11"/>
       <c r="M524" s="11"/>
     </row>
-    <row r="525" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="525" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A525" s="10" t="s">
-        <v>2234</v>
+        <v>2236</v>
       </c>
       <c r="B525" s="13">
-        <v>50203520281</v>
+        <v>40203366052</v>
       </c>
       <c r="C525" s="9" t="s">
-        <v>2231</v>
+        <v>2226</v>
       </c>
       <c r="D525" s="10" t="s">
-        <v>2235</v>
+        <v>2237</v>
       </c>
       <c r="E525" s="12" t="s">
-        <v>2236</v>
+        <v>2238</v>
       </c>
       <c r="F525" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G525" s="12" t="s">
-        <v>2191</v>
+        <v>2186</v>
       </c>
       <c r="H525" s="11"/>
       <c r="I525" s="11"/>
       <c r="J525" s="11"/>
       <c r="K525" s="11"/>
       <c r="L525" s="11"/>
       <c r="M525" s="11"/>
     </row>
-    <row r="526" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="526" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A526" s="10" t="s">
-        <v>2237</v>
+        <v>2239</v>
       </c>
       <c r="B526" s="13">
-        <v>40002097755</v>
+        <v>40203405561</v>
       </c>
       <c r="C526" s="9" t="s">
-        <v>2231</v>
+        <v>2216</v>
       </c>
       <c r="D526" s="10" t="s">
-        <v>2238</v>
+        <v>2240</v>
       </c>
       <c r="E526" s="12" t="s">
-        <v>2239</v>
+        <v>2241</v>
       </c>
       <c r="F526" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G526" s="12" t="s">
-        <v>2240</v>
+        <v>2235</v>
       </c>
       <c r="H526" s="11"/>
       <c r="I526" s="11"/>
       <c r="J526" s="11"/>
       <c r="K526" s="11"/>
       <c r="L526" s="11"/>
       <c r="M526" s="11"/>
     </row>
-    <row r="527" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="527" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A527" s="10" t="s">
-        <v>2241</v>
+        <v>2242</v>
       </c>
       <c r="B527" s="13">
-        <v>40203366052</v>
+        <v>40203519596</v>
       </c>
       <c r="C527" s="9" t="s">
-        <v>2231</v>
+        <v>2211</v>
       </c>
       <c r="D527" s="10" t="s">
-        <v>2242</v>
+        <v>2243</v>
       </c>
       <c r="E527" s="12" t="s">
-        <v>2243</v>
+        <v>2244</v>
       </c>
       <c r="F527" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G527" s="12" t="s">
-        <v>2191</v>
+        <v>2190</v>
       </c>
       <c r="H527" s="11"/>
       <c r="I527" s="11"/>
       <c r="J527" s="11"/>
       <c r="K527" s="11"/>
       <c r="L527" s="11"/>
       <c r="M527" s="11"/>
     </row>
-    <row r="528" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="528" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A528" s="10" t="s">
-        <v>2244</v>
+        <v>2245</v>
       </c>
       <c r="B528" s="13">
-        <v>40203405561</v>
+        <v>40002166756</v>
       </c>
       <c r="C528" s="9" t="s">
-        <v>2221</v>
+        <v>2211</v>
       </c>
       <c r="D528" s="10" t="s">
-        <v>2245</v>
+        <v>2246</v>
       </c>
       <c r="E528" s="12" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
       <c r="F528" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G528" s="12" t="s">
-        <v>2240</v>
+        <v>2248</v>
       </c>
       <c r="H528" s="11"/>
       <c r="I528" s="11"/>
       <c r="J528" s="11"/>
       <c r="K528" s="11"/>
       <c r="L528" s="11"/>
       <c r="M528" s="11"/>
     </row>
-    <row r="529" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="529" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A529" s="10" t="s">
-        <v>2247</v>
+        <v>2249</v>
       </c>
       <c r="B529" s="13">
-        <v>40203519596</v>
+        <v>40103461365</v>
       </c>
       <c r="C529" s="9" t="s">
-        <v>2216</v>
+        <v>2250</v>
       </c>
       <c r="D529" s="10" t="s">
-        <v>2248</v>
+        <v>2251</v>
       </c>
       <c r="E529" s="12" t="s">
-        <v>2249</v>
+        <v>2252</v>
       </c>
       <c r="F529" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G529" s="12" t="s">
-        <v>2195</v>
+        <v>2253</v>
       </c>
       <c r="H529" s="11"/>
       <c r="I529" s="11"/>
       <c r="J529" s="11"/>
       <c r="K529" s="11"/>
       <c r="L529" s="11"/>
       <c r="M529" s="11"/>
     </row>
-    <row r="530" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="530" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A530" s="10" t="s">
-        <v>2250</v>
+        <v>2254</v>
       </c>
       <c r="B530" s="13">
-        <v>40002166756</v>
+        <v>52103059441</v>
       </c>
       <c r="C530" s="9" t="s">
-        <v>2216</v>
+        <v>2255</v>
       </c>
       <c r="D530" s="10" t="s">
-        <v>2251</v>
+        <v>2256</v>
       </c>
       <c r="E530" s="12" t="s">
-        <v>2252</v>
+        <v>2257</v>
       </c>
       <c r="F530" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G530" s="12" t="s">
-        <v>2253</v>
+        <v>2258</v>
       </c>
       <c r="H530" s="11"/>
       <c r="I530" s="11"/>
       <c r="J530" s="11"/>
       <c r="K530" s="11"/>
       <c r="L530" s="11"/>
       <c r="M530" s="11"/>
     </row>
-    <row r="531" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="531" spans="1:13" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A531" s="10" t="s">
-        <v>2254</v>
+        <v>2259</v>
       </c>
       <c r="B531" s="13">
-        <v>40103461365</v>
+        <v>40203535603</v>
       </c>
       <c r="C531" s="9" t="s">
-        <v>2255</v>
+        <v>2260</v>
       </c>
       <c r="D531" s="10" t="s">
-        <v>2256</v>
+        <v>519</v>
       </c>
       <c r="E531" s="12" t="s">
-        <v>2257</v>
+        <v>2261</v>
       </c>
       <c r="F531" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G531" s="12" t="s">
-        <v>2258</v>
+        <v>2262</v>
       </c>
       <c r="H531" s="11"/>
       <c r="I531" s="11"/>
       <c r="J531" s="11"/>
       <c r="K531" s="11"/>
       <c r="L531" s="11"/>
       <c r="M531" s="11"/>
     </row>
-    <row r="532" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="532" spans="1:13" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A532" s="10" t="s">
-        <v>2259</v>
+        <v>2263</v>
       </c>
       <c r="B532" s="13">
-        <v>52103059441</v>
+        <v>40203448217</v>
       </c>
       <c r="C532" s="9" t="s">
         <v>2260</v>
       </c>
       <c r="D532" s="10" t="s">
-        <v>2261</v>
+        <v>1949</v>
       </c>
       <c r="E532" s="12" t="s">
-        <v>2262</v>
+        <v>2264</v>
       </c>
       <c r="F532" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G532" s="12" t="s">
-        <v>2263</v>
+        <v>2265</v>
       </c>
       <c r="H532" s="11"/>
       <c r="I532" s="11"/>
       <c r="J532" s="11"/>
       <c r="K532" s="11"/>
       <c r="L532" s="11"/>
       <c r="M532" s="11"/>
     </row>
-    <row r="533" spans="1:13" ht="55.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="533" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A533" s="10" t="s">
-        <v>2264</v>
+        <v>2266</v>
       </c>
       <c r="B533" s="13">
-        <v>40203535603</v>
+        <v>44101029735</v>
       </c>
       <c r="C533" s="9" t="s">
-        <v>2265</v>
+        <v>2226</v>
       </c>
       <c r="D533" s="10" t="s">
-        <v>519</v>
+        <v>2267</v>
       </c>
       <c r="E533" s="12" t="s">
-        <v>2266</v>
+        <v>2268</v>
       </c>
       <c r="F533" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G533" s="12" t="s">
-        <v>2267</v>
+        <v>2269</v>
       </c>
       <c r="H533" s="11"/>
       <c r="I533" s="11"/>
       <c r="J533" s="11"/>
       <c r="K533" s="11"/>
       <c r="L533" s="11"/>
       <c r="M533" s="11"/>
     </row>
-    <row r="534" spans="1:13" ht="55.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="534" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A534" s="10" t="s">
-        <v>2268</v>
+        <v>2270</v>
       </c>
       <c r="B534" s="13">
-        <v>40203448217</v>
+        <v>40002209701</v>
       </c>
       <c r="C534" s="9" t="s">
-        <v>2265</v>
+        <v>2255</v>
       </c>
       <c r="D534" s="10" t="s">
-        <v>1954</v>
+        <v>519</v>
       </c>
       <c r="E534" s="12" t="s">
-        <v>2269</v>
+        <v>2271</v>
       </c>
       <c r="F534" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G534" s="12" t="s">
-        <v>2270</v>
+        <v>2272</v>
       </c>
       <c r="H534" s="11"/>
       <c r="I534" s="11"/>
       <c r="J534" s="11"/>
       <c r="K534" s="11"/>
       <c r="L534" s="11"/>
       <c r="M534" s="11"/>
     </row>
-    <row r="535" spans="1:13" ht="127.5" x14ac:dyDescent="0.2">
+    <row r="535" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A535" s="10" t="s">
-        <v>2271</v>
+        <v>2273</v>
       </c>
       <c r="B535" s="13">
-        <v>44101029735</v>
-[...2 lines deleted...]
-        <v>2231</v>
+        <v>40103511276</v>
+      </c>
+      <c r="C535" s="13" t="s">
+        <v>2274</v>
       </c>
       <c r="D535" s="10" t="s">
-        <v>2272</v>
+        <v>2275</v>
       </c>
       <c r="E535" s="12" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
       <c r="F535" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G535" s="12" t="s">
-        <v>2274</v>
+        <v>2277</v>
       </c>
       <c r="H535" s="11"/>
       <c r="I535" s="11"/>
       <c r="J535" s="11"/>
       <c r="K535" s="11"/>
       <c r="L535" s="11"/>
       <c r="M535" s="11"/>
     </row>
-    <row r="536" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="536" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A536" s="10" t="s">
-        <v>2275</v>
+        <v>2278</v>
       </c>
       <c r="B536" s="13">
-        <v>40002209701</v>
-[...2 lines deleted...]
-        <v>2260</v>
+        <v>40008290979</v>
+      </c>
+      <c r="C536" s="13" t="s">
+        <v>2279</v>
       </c>
       <c r="D536" s="10" t="s">
-        <v>519</v>
-[...2 lines deleted...]
-        <v>2276</v>
+        <v>1416</v>
+      </c>
+      <c r="E536" s="10" t="s">
+        <v>2280</v>
       </c>
       <c r="F536" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G536" s="12" t="s">
-        <v>2277</v>
+        <v>2281</v>
       </c>
       <c r="H536" s="11"/>
       <c r="I536" s="11"/>
       <c r="J536" s="11"/>
       <c r="K536" s="11"/>
       <c r="L536" s="11"/>
       <c r="M536" s="11"/>
     </row>
-    <row r="537" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="537" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A537" s="10" t="s">
-        <v>2278</v>
+        <v>2282</v>
       </c>
       <c r="B537" s="13">
-        <v>40103511276</v>
+        <v>50203482191</v>
       </c>
       <c r="C537" s="13" t="s">
-        <v>2279</v>
+        <v>2255</v>
       </c>
       <c r="D537" s="10" t="s">
-        <v>2280</v>
-[...2 lines deleted...]
-        <v>2281</v>
+        <v>2283</v>
+      </c>
+      <c r="E537" s="14" t="s">
+        <v>2284</v>
       </c>
       <c r="F537" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="G537" s="12" t="s">
-        <v>2282</v>
+      <c r="G537" s="14" t="s">
+        <v>2285</v>
       </c>
       <c r="H537" s="11"/>
       <c r="I537" s="11"/>
       <c r="J537" s="11"/>
       <c r="K537" s="11"/>
       <c r="L537" s="11"/>
       <c r="M537" s="11"/>
     </row>
-    <row r="538" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="538" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A538" s="10" t="s">
-        <v>2283</v>
+        <v>2286</v>
       </c>
       <c r="B538" s="13">
-        <v>40008290979</v>
-[...2 lines deleted...]
-        <v>2284</v>
+        <v>41203047293</v>
+      </c>
+      <c r="C538" s="9" t="s">
+        <v>2255</v>
       </c>
       <c r="D538" s="10" t="s">
-        <v>1416</v>
+        <v>2287</v>
       </c>
       <c r="E538" s="10" t="s">
-        <v>2285</v>
+        <v>2288</v>
       </c>
       <c r="F538" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="G538" s="12" t="s">
-        <v>2286</v>
+      <c r="G538" s="15" t="s">
+        <v>2214</v>
       </c>
       <c r="H538" s="11"/>
       <c r="I538" s="11"/>
       <c r="J538" s="11"/>
       <c r="K538" s="11"/>
       <c r="L538" s="11"/>
       <c r="M538" s="11"/>
     </row>
-    <row r="539" spans="1:13" ht="102" x14ac:dyDescent="0.2">
+    <row r="539" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A539" s="10" t="s">
-        <v>2287</v>
+        <v>2289</v>
       </c>
       <c r="B539" s="13">
-        <v>50203482191</v>
-[...2 lines deleted...]
-        <v>2260</v>
+        <v>40203310345</v>
+      </c>
+      <c r="C539" s="9" t="s">
+        <v>2149</v>
       </c>
       <c r="D539" s="10" t="s">
-        <v>2288</v>
-[...2 lines deleted...]
-        <v>2289</v>
+        <v>2290</v>
+      </c>
+      <c r="E539" s="10" t="s">
+        <v>2291</v>
       </c>
       <c r="F539" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="G539" s="14" t="s">
-        <v>2290</v>
+      <c r="G539" s="15" t="s">
+        <v>2292</v>
       </c>
       <c r="H539" s="11"/>
       <c r="I539" s="11"/>
       <c r="J539" s="11"/>
       <c r="K539" s="11"/>
       <c r="L539" s="11"/>
       <c r="M539" s="11"/>
     </row>
-    <row r="540" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="540" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A540" s="10" t="s">
-        <v>2291</v>
+        <v>2293</v>
       </c>
       <c r="B540" s="13">
-        <v>41203047293</v>
-[...2 lines deleted...]
-        <v>2260</v>
+        <v>44102039092</v>
+      </c>
+      <c r="C540" s="13" t="s">
+        <v>2294</v>
       </c>
       <c r="D540" s="10" t="s">
-        <v>2292</v>
+        <v>2295</v>
       </c>
       <c r="E540" s="10" t="s">
-        <v>2293</v>
+        <v>2296</v>
       </c>
       <c r="F540" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G540" s="15" t="s">
-        <v>2219</v>
+        <v>2297</v>
       </c>
       <c r="H540" s="11"/>
       <c r="I540" s="11"/>
       <c r="J540" s="11"/>
       <c r="K540" s="11"/>
       <c r="L540" s="11"/>
       <c r="M540" s="11"/>
     </row>
-    <row r="541" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="541" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A541" s="10" t="s">
-        <v>2294</v>
+        <v>2298</v>
       </c>
       <c r="B541" s="13">
-        <v>40203310345</v>
-[...1 lines deleted...]
-      <c r="C541" s="9" t="s">
+        <v>40203508785</v>
+      </c>
+      <c r="C541" s="13" t="s">
         <v>2154</v>
       </c>
       <c r="D541" s="10" t="s">
-        <v>2295</v>
+        <v>2299</v>
       </c>
       <c r="E541" s="10" t="s">
-        <v>2296</v>
+        <v>2300</v>
       </c>
       <c r="F541" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G541" s="15" t="s">
-        <v>2297</v>
+        <v>2301</v>
       </c>
       <c r="H541" s="11"/>
       <c r="I541" s="11"/>
       <c r="J541" s="11"/>
       <c r="K541" s="11"/>
       <c r="L541" s="11"/>
       <c r="M541" s="11"/>
     </row>
-    <row r="542" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="542" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A542" s="10" t="s">
-        <v>2298</v>
+        <v>2302</v>
       </c>
       <c r="B542" s="13">
-        <v>44102039092</v>
+        <v>50203509941</v>
       </c>
       <c r="C542" s="13" t="s">
-        <v>2299</v>
+        <v>2149</v>
       </c>
       <c r="D542" s="10" t="s">
-        <v>2300</v>
+        <v>1949</v>
       </c>
       <c r="E542" s="10" t="s">
-        <v>2301</v>
+        <v>2303</v>
       </c>
       <c r="F542" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G542" s="15" t="s">
-        <v>2302</v>
+        <v>2304</v>
       </c>
       <c r="H542" s="11"/>
       <c r="I542" s="11"/>
       <c r="J542" s="11"/>
       <c r="K542" s="11"/>
       <c r="L542" s="11"/>
       <c r="M542" s="11"/>
     </row>
-    <row r="543" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="543" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A543" s="10" t="s">
-        <v>2303</v>
+        <v>2305</v>
       </c>
       <c r="B543" s="13">
-        <v>40203508785</v>
+        <v>40203511855</v>
       </c>
       <c r="C543" s="13" t="s">
-        <v>2159</v>
+        <v>2149</v>
       </c>
       <c r="D543" s="10" t="s">
-        <v>2304</v>
+        <v>1949</v>
       </c>
       <c r="E543" s="10" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="F543" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G543" s="15" t="s">
-        <v>2306</v>
+        <v>2307</v>
       </c>
       <c r="H543" s="11"/>
       <c r="I543" s="11"/>
       <c r="J543" s="11"/>
       <c r="K543" s="11"/>
       <c r="L543" s="11"/>
       <c r="M543" s="11"/>
     </row>
-    <row r="544" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="544" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A544" s="10" t="s">
-        <v>2307</v>
+        <v>2308</v>
       </c>
       <c r="B544" s="13">
-        <v>50203509941</v>
+        <v>40203193716</v>
       </c>
       <c r="C544" s="13" t="s">
-        <v>2154</v>
+        <v>2309</v>
       </c>
       <c r="D544" s="10" t="s">
-        <v>1954</v>
+        <v>1949</v>
       </c>
       <c r="E544" s="10" t="s">
-        <v>2308</v>
+        <v>2310</v>
       </c>
       <c r="F544" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G544" s="15" t="s">
-        <v>2309</v>
+        <v>2311</v>
       </c>
       <c r="H544" s="11"/>
       <c r="I544" s="11"/>
       <c r="J544" s="11"/>
       <c r="K544" s="11"/>
       <c r="L544" s="11"/>
       <c r="M544" s="11"/>
     </row>
-    <row r="545" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="545" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A545" s="10" t="s">
-        <v>2310</v>
+        <v>2312</v>
       </c>
       <c r="B545" s="13">
-        <v>40203511855</v>
+        <v>50203510211</v>
       </c>
       <c r="C545" s="13" t="s">
-        <v>2154</v>
+        <v>2309</v>
       </c>
       <c r="D545" s="10" t="s">
-        <v>1954</v>
+        <v>2299</v>
       </c>
       <c r="E545" s="10" t="s">
-        <v>2311</v>
+        <v>2313</v>
       </c>
       <c r="F545" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G545" s="15" t="s">
-        <v>2312</v>
+        <v>2314</v>
       </c>
       <c r="H545" s="11"/>
       <c r="I545" s="11"/>
       <c r="J545" s="11"/>
       <c r="K545" s="11"/>
       <c r="L545" s="11"/>
       <c r="M545" s="11"/>
     </row>
-    <row r="546" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="546" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A546" s="10" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
       <c r="B546" s="13">
-        <v>40203193716</v>
+        <v>40203514283</v>
       </c>
       <c r="C546" s="13" t="s">
-        <v>2314</v>
+        <v>2309</v>
       </c>
       <c r="D546" s="10" t="s">
-        <v>1954</v>
+        <v>1871</v>
       </c>
       <c r="E546" s="10" t="s">
-        <v>2315</v>
+        <v>2316</v>
       </c>
       <c r="F546" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G546" s="15" t="s">
-        <v>2316</v>
+        <v>2317</v>
       </c>
       <c r="H546" s="11"/>
       <c r="I546" s="11"/>
       <c r="J546" s="11"/>
       <c r="K546" s="11"/>
       <c r="L546" s="11"/>
       <c r="M546" s="11"/>
     </row>
-    <row r="547" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="547" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A547" s="10" t="s">
-        <v>2317</v>
+        <v>2318</v>
       </c>
       <c r="B547" s="13">
-        <v>50203510211</v>
+        <v>40002199545</v>
       </c>
       <c r="C547" s="13" t="s">
-        <v>2314</v>
+        <v>2154</v>
       </c>
       <c r="D547" s="10" t="s">
-        <v>2304</v>
+        <v>2295</v>
       </c>
       <c r="E547" s="10" t="s">
-        <v>2318</v>
+        <v>2319</v>
       </c>
       <c r="F547" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G547" s="15" t="s">
-        <v>2319</v>
+        <v>2320</v>
       </c>
       <c r="H547" s="11"/>
       <c r="I547" s="11"/>
       <c r="J547" s="11"/>
       <c r="K547" s="11"/>
       <c r="L547" s="11"/>
       <c r="M547" s="11"/>
     </row>
-    <row r="548" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="548" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A548" s="10" t="s">
-        <v>2320</v>
+        <v>2321</v>
       </c>
       <c r="B548" s="13">
-        <v>40203514283</v>
+        <v>40002203130</v>
       </c>
       <c r="C548" s="13" t="s">
-        <v>2314</v>
+        <v>2322</v>
       </c>
       <c r="D548" s="10" t="s">
-        <v>1849</v>
+        <v>519</v>
       </c>
       <c r="E548" s="10" t="s">
-        <v>2321</v>
+        <v>2323</v>
       </c>
       <c r="F548" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G548" s="15" t="s">
-        <v>2322</v>
+        <v>2324</v>
       </c>
       <c r="H548" s="11"/>
       <c r="I548" s="11"/>
       <c r="J548" s="11"/>
       <c r="K548" s="11"/>
       <c r="L548" s="11"/>
       <c r="M548" s="11"/>
     </row>
-    <row r="549" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="549" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A549" s="10" t="s">
-        <v>2323</v>
+        <v>2325</v>
       </c>
       <c r="B549" s="13">
-        <v>40002199545</v>
+        <v>40203179568</v>
       </c>
       <c r="C549" s="13" t="s">
-        <v>2159</v>
+        <v>2149</v>
       </c>
       <c r="D549" s="10" t="s">
-        <v>2300</v>
+        <v>2326</v>
       </c>
       <c r="E549" s="10" t="s">
-        <v>2324</v>
+        <v>2327</v>
       </c>
       <c r="F549" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G549" s="15" t="s">
-        <v>2325</v>
+        <v>2328</v>
       </c>
       <c r="H549" s="11"/>
       <c r="I549" s="11"/>
       <c r="J549" s="11"/>
       <c r="K549" s="11"/>
       <c r="L549" s="11"/>
       <c r="M549" s="11"/>
     </row>
-    <row r="550" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="550" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A550" s="10" t="s">
-        <v>2326</v>
+        <v>2329</v>
       </c>
       <c r="B550" s="13">
-        <v>40002203130</v>
+        <v>40203527254</v>
       </c>
       <c r="C550" s="13" t="s">
-        <v>2327</v>
+        <v>2330</v>
       </c>
       <c r="D550" s="10" t="s">
-        <v>519</v>
+        <v>1978</v>
       </c>
       <c r="E550" s="10" t="s">
-        <v>2328</v>
+        <v>2331</v>
       </c>
       <c r="F550" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G550" s="15" t="s">
-        <v>2329</v>
+        <v>2332</v>
       </c>
       <c r="H550" s="11"/>
       <c r="I550" s="11"/>
       <c r="J550" s="11"/>
       <c r="K550" s="11"/>
       <c r="L550" s="11"/>
       <c r="M550" s="11"/>
     </row>
-    <row r="551" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="551" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A551" s="10" t="s">
+        <v>2333</v>
+      </c>
+      <c r="B551" s="13">
+        <v>40203519030</v>
+      </c>
+      <c r="C551" s="13" t="s">
         <v>2330</v>
       </c>
-      <c r="B551" s="13">
-[...4 lines deleted...]
-      </c>
       <c r="D551" s="10" t="s">
-        <v>2331</v>
+        <v>1978</v>
       </c>
       <c r="E551" s="10" t="s">
+        <v>2334</v>
+      </c>
+      <c r="F551" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G551" s="15" t="s">
         <v>2332</v>
-      </c>
-[...4 lines deleted...]
-        <v>2333</v>
       </c>
       <c r="H551" s="11"/>
       <c r="I551" s="11"/>
       <c r="J551" s="11"/>
       <c r="K551" s="11"/>
       <c r="L551" s="11"/>
       <c r="M551" s="11"/>
     </row>
-    <row r="552" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="552" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A552" s="10" t="s">
-        <v>2334</v>
+        <v>2335</v>
       </c>
       <c r="B552" s="13">
-        <v>40203527254</v>
+        <v>40203571981</v>
       </c>
       <c r="C552" s="13" t="s">
-        <v>2335</v>
+        <v>2336</v>
       </c>
       <c r="D552" s="10" t="s">
-        <v>1983</v>
+        <v>2337</v>
       </c>
       <c r="E552" s="10" t="s">
-        <v>2336</v>
+        <v>2338</v>
       </c>
       <c r="F552" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G552" s="15" t="s">
-        <v>2337</v>
+        <v>2339</v>
       </c>
       <c r="H552" s="11"/>
       <c r="I552" s="11"/>
       <c r="J552" s="11"/>
       <c r="K552" s="11"/>
       <c r="L552" s="11"/>
       <c r="M552" s="11"/>
     </row>
-    <row r="553" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="553" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A553" s="10" t="s">
-        <v>2338</v>
+        <v>2340</v>
       </c>
       <c r="B553" s="13">
-        <v>40203519030</v>
+        <v>50203529971</v>
       </c>
       <c r="C553" s="13" t="s">
-        <v>2335</v>
+        <v>2163</v>
       </c>
       <c r="D553" s="10" t="s">
-        <v>1983</v>
+        <v>2341</v>
       </c>
       <c r="E553" s="10" t="s">
-        <v>2339</v>
+        <v>2342</v>
       </c>
       <c r="F553" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G553" s="15" t="s">
-        <v>2337</v>
+        <v>2343</v>
       </c>
       <c r="H553" s="11"/>
       <c r="I553" s="11"/>
       <c r="J553" s="11"/>
       <c r="K553" s="11"/>
       <c r="L553" s="11"/>
       <c r="M553" s="11"/>
     </row>
-    <row r="554" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="554" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A554" s="10" t="s">
-        <v>2340</v>
+        <v>2344</v>
       </c>
       <c r="B554" s="13">
-        <v>40203571981</v>
+        <v>50203410121</v>
       </c>
       <c r="C554" s="13" t="s">
-        <v>2341</v>
+        <v>2345</v>
       </c>
       <c r="D554" s="10" t="s">
-        <v>2342</v>
+        <v>2346</v>
       </c>
       <c r="E554" s="10" t="s">
-        <v>2343</v>
+        <v>2347</v>
       </c>
       <c r="F554" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G554" s="15" t="s">
-        <v>2344</v>
+        <v>2348</v>
       </c>
       <c r="H554" s="11"/>
       <c r="I554" s="11"/>
       <c r="J554" s="11"/>
       <c r="K554" s="11"/>
       <c r="L554" s="11"/>
       <c r="M554" s="11"/>
     </row>
-    <row r="555" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="555" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A555" s="10" t="s">
-        <v>2345</v>
+        <v>2349</v>
       </c>
       <c r="B555" s="13">
-        <v>50203529971</v>
+        <v>40203551152</v>
       </c>
       <c r="C555" s="13" t="s">
-        <v>2168</v>
+        <v>2330</v>
       </c>
       <c r="D555" s="10" t="s">
-        <v>2346</v>
+        <v>519</v>
       </c>
       <c r="E555" s="10" t="s">
-        <v>2347</v>
+        <v>2350</v>
       </c>
       <c r="F555" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G555" s="15" t="s">
-        <v>2348</v>
+        <v>2351</v>
       </c>
       <c r="H555" s="11"/>
       <c r="I555" s="11"/>
       <c r="J555" s="11"/>
       <c r="K555" s="11"/>
       <c r="L555" s="11"/>
       <c r="M555" s="11"/>
     </row>
-    <row r="556" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="556" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A556" s="10" t="s">
-        <v>2349</v>
+        <v>2352</v>
       </c>
       <c r="B556" s="13">
-        <v>50203410121</v>
+        <v>50002209811</v>
       </c>
       <c r="C556" s="13" t="s">
-        <v>2350</v>
+        <v>2353</v>
       </c>
       <c r="D556" s="10" t="s">
-        <v>2351</v>
+        <v>519</v>
       </c>
       <c r="E556" s="10" t="s">
-        <v>2352</v>
+        <v>2354</v>
       </c>
       <c r="F556" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G556" s="15" t="s">
-        <v>2353</v>
+        <v>2355</v>
       </c>
       <c r="H556" s="11"/>
       <c r="I556" s="11"/>
       <c r="J556" s="11"/>
       <c r="K556" s="11"/>
       <c r="L556" s="11"/>
       <c r="M556" s="11"/>
     </row>
-    <row r="557" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="557" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A557" s="10" t="s">
-        <v>2354</v>
+        <v>2356</v>
       </c>
       <c r="B557" s="13">
-        <v>40203551152</v>
+        <v>40203549124</v>
       </c>
       <c r="C557" s="13" t="s">
-        <v>2335</v>
+        <v>2163</v>
       </c>
       <c r="D557" s="10" t="s">
-        <v>519</v>
+        <v>2357</v>
       </c>
       <c r="E557" s="10" t="s">
+        <v>2358</v>
+      </c>
+      <c r="F557" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G557" s="15" t="s">
         <v>2355</v>
-      </c>
-[...4 lines deleted...]
-        <v>2356</v>
       </c>
       <c r="H557" s="11"/>
       <c r="I557" s="11"/>
       <c r="J557" s="11"/>
       <c r="K557" s="11"/>
       <c r="L557" s="11"/>
       <c r="M557" s="11"/>
     </row>
-    <row r="558" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="558" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A558" s="10" t="s">
-        <v>2357</v>
+        <v>2359</v>
       </c>
       <c r="B558" s="13">
-        <v>50002209811</v>
+        <v>40002206071</v>
       </c>
       <c r="C558" s="13" t="s">
-        <v>2358</v>
+        <v>2168</v>
       </c>
       <c r="D558" s="10" t="s">
-        <v>519</v>
+        <v>2360</v>
       </c>
       <c r="E558" s="10" t="s">
-        <v>2359</v>
+        <v>2361</v>
       </c>
       <c r="F558" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G558" s="15" t="s">
-        <v>2360</v>
+        <v>2320</v>
       </c>
       <c r="H558" s="11"/>
       <c r="I558" s="11"/>
       <c r="J558" s="11"/>
       <c r="K558" s="11"/>
       <c r="L558" s="11"/>
       <c r="M558" s="11"/>
     </row>
-    <row r="559" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="559" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A559" s="10" t="s">
-        <v>2361</v>
+        <v>2362</v>
       </c>
       <c r="B559" s="13">
-        <v>40203549124</v>
+        <v>40203450122</v>
       </c>
       <c r="C559" s="13" t="s">
-        <v>2168</v>
+        <v>2163</v>
       </c>
       <c r="D559" s="10" t="s">
-        <v>2362</v>
+        <v>2363</v>
       </c>
       <c r="E559" s="10" t="s">
-        <v>2363</v>
+        <v>2364</v>
       </c>
       <c r="F559" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G559" s="15" t="s">
-        <v>2360</v>
+        <v>2365</v>
       </c>
       <c r="H559" s="11"/>
       <c r="I559" s="11"/>
       <c r="J559" s="11"/>
       <c r="K559" s="11"/>
       <c r="L559" s="11"/>
       <c r="M559" s="11"/>
     </row>
-    <row r="560" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="560" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A560" s="10" t="s">
-        <v>2364</v>
+        <v>2366</v>
       </c>
       <c r="B560" s="13">
-        <v>40002206071</v>
+        <v>40008279789</v>
       </c>
       <c r="C560" s="13" t="s">
-        <v>2173</v>
+        <v>2367</v>
       </c>
       <c r="D560" s="10" t="s">
-        <v>2365</v>
+        <v>1416</v>
       </c>
       <c r="E560" s="10" t="s">
-        <v>2366</v>
+        <v>2368</v>
       </c>
       <c r="F560" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G560" s="15" t="s">
-        <v>2325</v>
+        <v>2281</v>
       </c>
       <c r="H560" s="11"/>
       <c r="I560" s="11"/>
       <c r="J560" s="11"/>
       <c r="K560" s="11"/>
       <c r="L560" s="11"/>
       <c r="M560" s="11"/>
     </row>
-    <row r="561" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="561" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A561" s="10" t="s">
-        <v>2367</v>
+        <v>2369</v>
       </c>
       <c r="B561" s="13">
-        <v>40203450122</v>
+        <v>40203381441</v>
       </c>
       <c r="C561" s="13" t="s">
-        <v>2168</v>
+        <v>2370</v>
       </c>
       <c r="D561" s="10" t="s">
-        <v>2368</v>
+        <v>2371</v>
       </c>
       <c r="E561" s="10" t="s">
-        <v>2369</v>
+        <v>2372</v>
       </c>
       <c r="F561" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G561" s="15" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="H561" s="11"/>
       <c r="I561" s="11"/>
       <c r="J561" s="11"/>
       <c r="K561" s="11"/>
       <c r="L561" s="11"/>
       <c r="M561" s="11"/>
     </row>
-    <row r="562" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="562" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A562" s="10" t="s">
-        <v>2371</v>
+        <v>2374</v>
       </c>
       <c r="B562" s="13">
-        <v>40008279789</v>
+        <v>40103400981</v>
       </c>
       <c r="C562" s="13" t="s">
-        <v>2372</v>
+        <v>2367</v>
       </c>
       <c r="D562" s="10" t="s">
-        <v>1416</v>
+        <v>2375</v>
       </c>
       <c r="E562" s="10" t="s">
-        <v>2373</v>
+        <v>2376</v>
       </c>
       <c r="F562" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G562" s="15" t="s">
-        <v>2286</v>
+        <v>2377</v>
       </c>
       <c r="H562" s="11"/>
       <c r="I562" s="11"/>
       <c r="J562" s="11"/>
       <c r="K562" s="11"/>
       <c r="L562" s="11"/>
       <c r="M562" s="11"/>
     </row>
-    <row r="563" spans="1:13" ht="102" x14ac:dyDescent="0.2">
+    <row r="563" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A563" s="10" t="s">
-        <v>2374</v>
+        <v>2378</v>
       </c>
       <c r="B563" s="13">
-        <v>40203381441</v>
+        <v>40203278296</v>
       </c>
       <c r="C563" s="13" t="s">
-        <v>2375</v>
+        <v>2250</v>
       </c>
       <c r="D563" s="10" t="s">
-        <v>2376</v>
+        <v>2379</v>
       </c>
       <c r="E563" s="10" t="s">
-        <v>2377</v>
+        <v>2380</v>
       </c>
       <c r="F563" s="13" t="s">
-        <v>13</v>
+        <v>1065</v>
       </c>
       <c r="G563" s="15" t="s">
-        <v>2378</v>
+        <v>2381</v>
       </c>
       <c r="H563" s="11"/>
       <c r="I563" s="11"/>
       <c r="J563" s="11"/>
       <c r="K563" s="11"/>
       <c r="L563" s="11"/>
       <c r="M563" s="11"/>
     </row>
-    <row r="564" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="564" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A564" s="10" t="s">
-        <v>2379</v>
+        <v>2382</v>
       </c>
       <c r="B564" s="13">
-        <v>40103400981</v>
+        <v>40103959789</v>
       </c>
       <c r="C564" s="13" t="s">
-        <v>2372</v>
+        <v>2383</v>
       </c>
       <c r="D564" s="10" t="s">
-        <v>2380</v>
+        <v>400</v>
       </c>
       <c r="E564" s="10" t="s">
-        <v>2381</v>
+        <v>2384</v>
       </c>
       <c r="F564" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G564" s="15" t="s">
-        <v>2382</v>
+        <v>2385</v>
       </c>
       <c r="H564" s="11"/>
       <c r="I564" s="11"/>
       <c r="J564" s="11"/>
       <c r="K564" s="11"/>
       <c r="L564" s="11"/>
       <c r="M564" s="11"/>
     </row>
-    <row r="565" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="565" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A565" s="10" t="s">
-        <v>2383</v>
+        <v>2386</v>
       </c>
       <c r="B565" s="13">
-        <v>40203278296</v>
+        <v>40203098106</v>
       </c>
       <c r="C565" s="13" t="s">
-        <v>2255</v>
+        <v>2387</v>
       </c>
       <c r="D565" s="10" t="s">
-        <v>2384</v>
+        <v>2388</v>
       </c>
       <c r="E565" s="10" t="s">
-        <v>2385</v>
+        <v>2389</v>
       </c>
       <c r="F565" s="13" t="s">
-        <v>1065</v>
+        <v>13</v>
       </c>
       <c r="G565" s="15" t="s">
-        <v>2386</v>
+        <v>2390</v>
       </c>
       <c r="H565" s="11"/>
       <c r="I565" s="11"/>
       <c r="J565" s="11"/>
       <c r="K565" s="11"/>
       <c r="L565" s="11"/>
       <c r="M565" s="11"/>
     </row>
-    <row r="566" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="566" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A566" s="10" t="s">
-        <v>2387</v>
+        <v>2391</v>
       </c>
       <c r="B566" s="13">
-        <v>40103959789</v>
+        <v>41203033433</v>
       </c>
       <c r="C566" s="13" t="s">
-        <v>2388</v>
+        <v>2392</v>
       </c>
       <c r="D566" s="10" t="s">
-        <v>400</v>
+        <v>2393</v>
       </c>
       <c r="E566" s="10" t="s">
-        <v>2389</v>
+        <v>2394</v>
       </c>
       <c r="F566" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G566" s="15" t="s">
-        <v>2390</v>
+        <v>2395</v>
       </c>
       <c r="H566" s="11"/>
       <c r="I566" s="11"/>
       <c r="J566" s="11"/>
       <c r="K566" s="11"/>
       <c r="L566" s="11"/>
       <c r="M566" s="11"/>
     </row>
-    <row r="567" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="567" spans="1:13" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A567" s="10" t="s">
-        <v>2391</v>
+        <v>2396</v>
       </c>
       <c r="B567" s="13">
-        <v>40203098106</v>
+        <v>42103087142</v>
       </c>
       <c r="C567" s="13" t="s">
-        <v>2392</v>
+        <v>2250</v>
       </c>
       <c r="D567" s="10" t="s">
-        <v>2393</v>
+        <v>2397</v>
       </c>
       <c r="E567" s="10" t="s">
-        <v>2394</v>
+        <v>2398</v>
       </c>
       <c r="F567" s="13" t="s">
-        <v>13</v>
+        <v>1065</v>
       </c>
       <c r="G567" s="15" t="s">
-        <v>2395</v>
+        <v>2399</v>
       </c>
       <c r="H567" s="11"/>
       <c r="I567" s="11"/>
       <c r="J567" s="11"/>
       <c r="K567" s="11"/>
       <c r="L567" s="11"/>
       <c r="M567" s="11"/>
     </row>
-    <row r="568" spans="1:13" ht="102" x14ac:dyDescent="0.2">
+    <row r="568" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A568" s="10" t="s">
-        <v>2396</v>
+        <v>2400</v>
       </c>
       <c r="B568" s="13">
-        <v>41203033433</v>
-[...2 lines deleted...]
-        <v>2397</v>
+        <v>40103424532</v>
+      </c>
+      <c r="C568" s="9" t="s">
+        <v>2401</v>
       </c>
       <c r="D568" s="10" t="s">
-        <v>2398</v>
+        <v>2402</v>
       </c>
       <c r="E568" s="10" t="s">
-        <v>2399</v>
+        <v>2403</v>
       </c>
       <c r="F568" s="13" t="s">
-        <v>13</v>
+        <v>1065</v>
       </c>
       <c r="G568" s="15" t="s">
-        <v>2400</v>
+        <v>2404</v>
       </c>
       <c r="H568" s="11"/>
       <c r="I568" s="11"/>
       <c r="J568" s="11"/>
       <c r="K568" s="11"/>
       <c r="L568" s="11"/>
       <c r="M568" s="11"/>
     </row>
-    <row r="569" spans="1:13" ht="140.25" x14ac:dyDescent="0.2">
+    <row r="569" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A569" s="10" t="s">
-        <v>2401</v>
+        <v>2405</v>
       </c>
       <c r="B569" s="13">
-        <v>42103087142</v>
+        <v>40203437228</v>
       </c>
       <c r="C569" s="13" t="s">
-        <v>2255</v>
+        <v>2406</v>
       </c>
       <c r="D569" s="10" t="s">
-        <v>2402</v>
+        <v>2407</v>
       </c>
       <c r="E569" s="10" t="s">
-        <v>2403</v>
+        <v>2408</v>
       </c>
       <c r="F569" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G569" s="15" t="s">
-        <v>2404</v>
+        <v>2409</v>
       </c>
       <c r="H569" s="11"/>
       <c r="I569" s="11"/>
       <c r="J569" s="11"/>
       <c r="K569" s="11"/>
       <c r="L569" s="11"/>
       <c r="M569" s="11"/>
     </row>
-    <row r="570" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="570" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A570" s="10" t="s">
-        <v>2405</v>
+        <v>2410</v>
       </c>
       <c r="B570" s="13">
-        <v>40103424532</v>
-[...2 lines deleted...]
-        <v>2406</v>
+        <v>50203463561</v>
+      </c>
+      <c r="C570" s="13" t="s">
+        <v>2411</v>
       </c>
       <c r="D570" s="10" t="s">
-        <v>2407</v>
+        <v>2360</v>
       </c>
       <c r="E570" s="10" t="s">
-        <v>2408</v>
+        <v>2412</v>
       </c>
       <c r="F570" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G570" s="15" t="s">
-        <v>2409</v>
+        <v>2320</v>
       </c>
       <c r="H570" s="11"/>
       <c r="I570" s="11"/>
       <c r="J570" s="11"/>
       <c r="K570" s="11"/>
       <c r="L570" s="11"/>
       <c r="M570" s="11"/>
     </row>
-    <row r="571" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="571" spans="1:13" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A571" s="10" t="s">
-        <v>2410</v>
+        <v>2413</v>
       </c>
       <c r="B571" s="13">
-        <v>40203437228</v>
+        <v>40103640134</v>
       </c>
       <c r="C571" s="13" t="s">
-        <v>2411</v>
+        <v>2414</v>
       </c>
       <c r="D571" s="10" t="s">
-        <v>2412</v>
+        <v>2415</v>
       </c>
       <c r="E571" s="10" t="s">
-        <v>2413</v>
+        <v>2416</v>
       </c>
       <c r="F571" s="13" t="s">
-        <v>1065</v>
+        <v>13</v>
       </c>
       <c r="G571" s="15" t="s">
-        <v>2414</v>
+        <v>2417</v>
       </c>
       <c r="H571" s="11"/>
       <c r="I571" s="11"/>
       <c r="J571" s="11"/>
       <c r="K571" s="11"/>
       <c r="L571" s="11"/>
       <c r="M571" s="11"/>
     </row>
-    <row r="572" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="572" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A572" s="10" t="s">
-        <v>2415</v>
+        <v>2418</v>
       </c>
       <c r="B572" s="13">
-        <v>50203463561</v>
+        <v>40103466911</v>
       </c>
       <c r="C572" s="13" t="s">
-        <v>2416</v>
+        <v>2419</v>
       </c>
       <c r="D572" s="10" t="s">
-        <v>2365</v>
+        <v>2420</v>
       </c>
       <c r="E572" s="10" t="s">
-        <v>2417</v>
+        <v>2421</v>
       </c>
       <c r="F572" s="13" t="s">
-        <v>1065</v>
+        <v>13</v>
       </c>
       <c r="G572" s="15" t="s">
-        <v>2325</v>
+        <v>2422</v>
       </c>
       <c r="H572" s="11"/>
       <c r="I572" s="11"/>
       <c r="J572" s="11"/>
       <c r="K572" s="11"/>
       <c r="L572" s="11"/>
       <c r="M572" s="11"/>
     </row>
-    <row r="573" spans="1:13" ht="165.75" x14ac:dyDescent="0.2">
+    <row r="573" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A573" s="10" t="s">
-        <v>2418</v>
+        <v>2423</v>
       </c>
       <c r="B573" s="13">
-        <v>40103640134</v>
+        <v>40103583749</v>
       </c>
       <c r="C573" s="13" t="s">
-        <v>2419</v>
+        <v>2424</v>
       </c>
       <c r="D573" s="10" t="s">
-        <v>2420</v>
+        <v>2425</v>
       </c>
       <c r="E573" s="10" t="s">
-        <v>2421</v>
+        <v>2426</v>
       </c>
       <c r="F573" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G573" s="15" t="s">
-        <v>2422</v>
+        <v>2427</v>
       </c>
       <c r="H573" s="11"/>
       <c r="I573" s="11"/>
       <c r="J573" s="11"/>
       <c r="K573" s="11"/>
       <c r="L573" s="11"/>
       <c r="M573" s="11"/>
     </row>
-    <row r="574" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="574" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A574" s="10" t="s">
-        <v>2423</v>
+        <v>2428</v>
       </c>
       <c r="B574" s="13">
-        <v>40103466911</v>
+        <v>42102043051</v>
       </c>
       <c r="C574" s="13" t="s">
-        <v>2424</v>
+        <v>2322</v>
       </c>
       <c r="D574" s="10" t="s">
-        <v>2425</v>
+        <v>2429</v>
       </c>
       <c r="E574" s="10" t="s">
-        <v>2426</v>
+        <v>2430</v>
       </c>
       <c r="F574" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G574" s="15" t="s">
-        <v>2427</v>
+        <v>2431</v>
       </c>
       <c r="H574" s="11"/>
       <c r="I574" s="11"/>
       <c r="J574" s="11"/>
       <c r="K574" s="11"/>
       <c r="L574" s="11"/>
       <c r="M574" s="11"/>
     </row>
-    <row r="575" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="575" spans="1:13" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A575" s="10" t="s">
-        <v>2428</v>
+        <v>2432</v>
       </c>
       <c r="B575" s="13">
-        <v>40103583749</v>
+        <v>50103242311</v>
       </c>
       <c r="C575" s="13" t="s">
-        <v>2429</v>
+        <v>2433</v>
       </c>
       <c r="D575" s="10" t="s">
-        <v>2430</v>
+        <v>2434</v>
       </c>
       <c r="E575" s="10" t="s">
-        <v>2431</v>
+        <v>2435</v>
       </c>
       <c r="F575" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G575" s="15" t="s">
-        <v>2432</v>
+        <v>2436</v>
       </c>
       <c r="H575" s="11"/>
       <c r="I575" s="11"/>
       <c r="J575" s="11"/>
       <c r="K575" s="11"/>
       <c r="L575" s="11"/>
       <c r="M575" s="11"/>
     </row>
-    <row r="576" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="576" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A576" s="10" t="s">
+        <v>2437</v>
+      </c>
+      <c r="B576" s="13">
+        <v>40203375040</v>
+      </c>
+      <c r="C576" s="13" t="s">
         <v>2433</v>
       </c>
-      <c r="B576" s="13">
-[...4 lines deleted...]
-      </c>
       <c r="D576" s="10" t="s">
-        <v>2434</v>
+        <v>2438</v>
       </c>
       <c r="E576" s="10" t="s">
-        <v>2435</v>
+        <v>2439</v>
       </c>
       <c r="F576" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G576" s="15" t="s">
-        <v>2436</v>
+        <v>2440</v>
       </c>
       <c r="H576" s="11"/>
       <c r="I576" s="11"/>
       <c r="J576" s="11"/>
       <c r="K576" s="11"/>
       <c r="L576" s="11"/>
       <c r="M576" s="11"/>
     </row>
-    <row r="577" spans="1:13" ht="178.5" x14ac:dyDescent="0.2">
+    <row r="577" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A577" s="10" t="s">
-        <v>2437</v>
+        <v>2441</v>
       </c>
       <c r="B577" s="13">
-        <v>50103242311</v>
+        <v>40203075457</v>
       </c>
       <c r="C577" s="13" t="s">
-        <v>2438</v>
+        <v>2424</v>
       </c>
       <c r="D577" s="10" t="s">
-        <v>2439</v>
+        <v>2442</v>
       </c>
       <c r="E577" s="10" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="F577" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G577" s="15" t="s">
-        <v>2441</v>
+        <v>2444</v>
       </c>
       <c r="H577" s="11"/>
       <c r="I577" s="11"/>
       <c r="J577" s="11"/>
       <c r="K577" s="11"/>
       <c r="L577" s="11"/>
       <c r="M577" s="11"/>
     </row>
-    <row r="578" spans="1:13" ht="102" x14ac:dyDescent="0.2">
+    <row r="578" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A578" s="10" t="s">
-        <v>2442</v>
+        <v>2445</v>
       </c>
       <c r="B578" s="13">
-        <v>40203375040</v>
+        <v>40003045892</v>
       </c>
       <c r="C578" s="13" t="s">
-        <v>2438</v>
+        <v>2446</v>
       </c>
       <c r="D578" s="10" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="E578" s="10" t="s">
-        <v>2444</v>
+        <v>2448</v>
       </c>
       <c r="F578" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G578" s="15" t="s">
-        <v>2445</v>
+        <v>2449</v>
       </c>
       <c r="H578" s="11"/>
       <c r="I578" s="11"/>
       <c r="J578" s="11"/>
       <c r="K578" s="11"/>
       <c r="L578" s="11"/>
       <c r="M578" s="11"/>
     </row>
-    <row r="579" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="579" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A579" s="10" t="s">
-        <v>2446</v>
+        <v>2450</v>
       </c>
       <c r="B579" s="13">
-        <v>40203075457</v>
+        <v>40103676856</v>
       </c>
       <c r="C579" s="13" t="s">
-        <v>2429</v>
+        <v>2451</v>
       </c>
       <c r="D579" s="10" t="s">
-        <v>2447</v>
+        <v>2452</v>
       </c>
       <c r="E579" s="10" t="s">
-        <v>2448</v>
+        <v>2453</v>
       </c>
       <c r="F579" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G579" s="15" t="s">
-        <v>2449</v>
+        <v>2454</v>
       </c>
       <c r="H579" s="11"/>
       <c r="I579" s="11"/>
       <c r="J579" s="11"/>
       <c r="K579" s="11"/>
       <c r="L579" s="11"/>
       <c r="M579" s="11"/>
     </row>
-    <row r="580" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="580" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A580" s="10" t="s">
-        <v>2450</v>
+        <v>2455</v>
       </c>
       <c r="B580" s="13">
-        <v>40003045892</v>
+        <v>40002201159</v>
       </c>
       <c r="C580" s="13" t="s">
-        <v>2451</v>
+        <v>2446</v>
       </c>
       <c r="D580" s="10" t="s">
-        <v>2452</v>
+        <v>2295</v>
       </c>
       <c r="E580" s="10" t="s">
-        <v>2453</v>
+        <v>2456</v>
       </c>
       <c r="F580" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G580" s="15" t="s">
-        <v>2454</v>
+        <v>2457</v>
       </c>
       <c r="H580" s="11"/>
       <c r="I580" s="11"/>
       <c r="J580" s="11"/>
       <c r="K580" s="11"/>
       <c r="L580" s="11"/>
       <c r="M580" s="11"/>
     </row>
-    <row r="581" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="581" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A581" s="10" t="s">
-        <v>2455</v>
+        <v>2458</v>
       </c>
       <c r="B581" s="13">
-        <v>40103676856</v>
+        <v>40002201464</v>
       </c>
       <c r="C581" s="13" t="s">
-        <v>2456</v>
+        <v>2459</v>
       </c>
       <c r="D581" s="10" t="s">
-        <v>2457</v>
+        <v>2429</v>
       </c>
       <c r="E581" s="10" t="s">
-        <v>2458</v>
+        <v>2460</v>
       </c>
       <c r="F581" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G581" s="15" t="s">
-        <v>2459</v>
+        <v>2431</v>
       </c>
       <c r="H581" s="11"/>
       <c r="I581" s="11"/>
       <c r="J581" s="11"/>
       <c r="K581" s="11"/>
       <c r="L581" s="11"/>
       <c r="M581" s="11"/>
     </row>
-    <row r="582" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="582" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A582" s="10" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="B582" s="13">
-        <v>40002201159</v>
+        <v>40203497960</v>
       </c>
       <c r="C582" s="13" t="s">
-        <v>2451</v>
+        <v>2462</v>
       </c>
       <c r="D582" s="10" t="s">
-        <v>2300</v>
+        <v>2463</v>
       </c>
       <c r="E582" s="10" t="s">
-        <v>2461</v>
+        <v>2464</v>
       </c>
       <c r="F582" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G582" s="15" t="s">
-        <v>2462</v>
+        <v>2465</v>
       </c>
       <c r="H582" s="11"/>
       <c r="I582" s="11"/>
       <c r="J582" s="11"/>
       <c r="K582" s="11"/>
       <c r="L582" s="11"/>
       <c r="M582" s="11"/>
     </row>
-    <row r="583" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="583" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A583" s="10" t="s">
-        <v>2463</v>
+        <v>2466</v>
       </c>
       <c r="B583" s="13">
-        <v>40002201464</v>
+        <v>40002200863</v>
       </c>
       <c r="C583" s="13" t="s">
-        <v>2464</v>
+        <v>2459</v>
       </c>
       <c r="D583" s="10" t="s">
-        <v>2434</v>
+        <v>2467</v>
       </c>
       <c r="E583" s="10" t="s">
-        <v>2465</v>
+        <v>2468</v>
       </c>
       <c r="F583" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G583" s="15" t="s">
-        <v>2436</v>
+        <v>2469</v>
       </c>
       <c r="H583" s="11"/>
       <c r="I583" s="11"/>
       <c r="J583" s="11"/>
       <c r="K583" s="11"/>
       <c r="L583" s="11"/>
       <c r="M583" s="11"/>
     </row>
-    <row r="584" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="584" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A584" s="10" t="s">
-        <v>2466</v>
+        <v>2470</v>
       </c>
       <c r="B584" s="13">
-        <v>40203497960</v>
+        <v>40103733716</v>
       </c>
       <c r="C584" s="13" t="s">
-        <v>2467</v>
+        <v>2471</v>
       </c>
       <c r="D584" s="10" t="s">
-        <v>2468</v>
+        <v>2472</v>
       </c>
       <c r="E584" s="10" t="s">
-        <v>2469</v>
+        <v>2473</v>
       </c>
       <c r="F584" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G584" s="15" t="s">
-        <v>2470</v>
+        <v>2474</v>
       </c>
       <c r="H584" s="11"/>
       <c r="I584" s="11"/>
       <c r="J584" s="11"/>
       <c r="K584" s="11"/>
       <c r="L584" s="11"/>
       <c r="M584" s="11"/>
     </row>
-    <row r="585" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="585" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A585" s="10" t="s">
-        <v>2471</v>
+        <v>2475</v>
       </c>
       <c r="B585" s="13">
-        <v>40002200863</v>
+        <v>40203508198</v>
       </c>
       <c r="C585" s="13" t="s">
-        <v>2464</v>
+        <v>2476</v>
       </c>
       <c r="D585" s="10" t="s">
-        <v>2472</v>
+        <v>2477</v>
       </c>
       <c r="E585" s="10" t="s">
-        <v>2473</v>
+        <v>2478</v>
       </c>
       <c r="F585" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G585" s="15" t="s">
-        <v>2474</v>
+        <v>2479</v>
       </c>
       <c r="H585" s="11"/>
       <c r="I585" s="11"/>
       <c r="J585" s="11"/>
       <c r="K585" s="11"/>
       <c r="L585" s="11"/>
       <c r="M585" s="11"/>
     </row>
-    <row r="586" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="586" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A586" s="10" t="s">
-        <v>2475</v>
+        <v>2480</v>
       </c>
       <c r="B586" s="13">
-        <v>40103733716</v>
+        <v>40103506504</v>
       </c>
       <c r="C586" s="13" t="s">
-        <v>2476</v>
+        <v>2216</v>
       </c>
       <c r="D586" s="10" t="s">
-        <v>2477</v>
+        <v>2481</v>
       </c>
       <c r="E586" s="10" t="s">
-        <v>2478</v>
+        <v>2482</v>
       </c>
       <c r="F586" s="13" t="s">
-        <v>13</v>
+        <v>547</v>
       </c>
       <c r="G586" s="15" t="s">
-        <v>2479</v>
+        <v>2483</v>
       </c>
       <c r="H586" s="11"/>
       <c r="I586" s="11"/>
       <c r="J586" s="11"/>
       <c r="K586" s="11"/>
       <c r="L586" s="11"/>
       <c r="M586" s="11"/>
     </row>
-    <row r="587" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="587" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A587" s="10" t="s">
-        <v>2480</v>
+        <v>2484</v>
       </c>
       <c r="B587" s="13">
-        <v>40203508198</v>
+        <v>40103755037</v>
       </c>
       <c r="C587" s="13" t="s">
-        <v>2481</v>
+        <v>2485</v>
       </c>
       <c r="D587" s="10" t="s">
-        <v>2482</v>
+        <v>2486</v>
       </c>
       <c r="E587" s="10" t="s">
-        <v>2483</v>
+        <v>2487</v>
       </c>
       <c r="F587" s="13" t="s">
-        <v>13</v>
+        <v>547</v>
       </c>
       <c r="G587" s="15" t="s">
-        <v>2484</v>
+        <v>2488</v>
       </c>
       <c r="H587" s="11"/>
       <c r="I587" s="11"/>
       <c r="J587" s="11"/>
       <c r="K587" s="11"/>
       <c r="L587" s="11"/>
       <c r="M587" s="11"/>
     </row>
-    <row r="588" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="588" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A588" s="10" t="s">
-        <v>2485</v>
+        <v>2489</v>
       </c>
       <c r="B588" s="13">
-        <v>40103506504</v>
+        <v>40103856584</v>
       </c>
       <c r="C588" s="13" t="s">
-        <v>2221</v>
+        <v>2255</v>
       </c>
       <c r="D588" s="10" t="s">
-        <v>2486</v>
+        <v>2490</v>
       </c>
       <c r="E588" s="10" t="s">
-        <v>2487</v>
+        <v>2491</v>
       </c>
       <c r="F588" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G588" s="15" t="s">
-        <v>2488</v>
+        <v>2483</v>
       </c>
       <c r="H588" s="11"/>
       <c r="I588" s="11"/>
       <c r="J588" s="11"/>
       <c r="K588" s="11"/>
       <c r="L588" s="11"/>
       <c r="M588" s="11"/>
     </row>
-    <row r="589" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="589" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A589" s="10" t="s">
-        <v>2489</v>
+        <v>2492</v>
       </c>
       <c r="B589" s="13">
-        <v>40103755037</v>
+        <v>40003898399</v>
       </c>
       <c r="C589" s="13" t="s">
-        <v>2490</v>
+        <v>2168</v>
       </c>
       <c r="D589" s="10" t="s">
-        <v>2491</v>
+        <v>2493</v>
       </c>
       <c r="E589" s="10" t="s">
-        <v>2492</v>
+        <v>2494</v>
       </c>
       <c r="F589" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G589" s="15" t="s">
-        <v>2493</v>
+        <v>2495</v>
       </c>
       <c r="H589" s="11"/>
       <c r="I589" s="11"/>
       <c r="J589" s="11"/>
       <c r="K589" s="11"/>
       <c r="L589" s="11"/>
       <c r="M589" s="11"/>
     </row>
-    <row r="590" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="590" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A590" s="10" t="s">
-        <v>2494</v>
+        <v>2496</v>
       </c>
       <c r="B590" s="13">
-        <v>40103856584</v>
+        <v>40003548910</v>
       </c>
       <c r="C590" s="13" t="s">
-        <v>2260</v>
+        <v>2149</v>
       </c>
       <c r="D590" s="10" t="s">
-        <v>2495</v>
+        <v>2497</v>
       </c>
       <c r="E590" s="10" t="s">
-        <v>2496</v>
+        <v>2498</v>
       </c>
       <c r="F590" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G590" s="15" t="s">
-        <v>2488</v>
+        <v>2499</v>
       </c>
       <c r="H590" s="11"/>
       <c r="I590" s="11"/>
       <c r="J590" s="11"/>
       <c r="K590" s="11"/>
       <c r="L590" s="11"/>
       <c r="M590" s="11"/>
     </row>
-    <row r="591" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="591" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A591" s="10" t="s">
-        <v>2497</v>
+        <v>2500</v>
       </c>
       <c r="B591" s="13">
-        <v>40003898399</v>
+        <v>44103138324</v>
       </c>
       <c r="C591" s="13" t="s">
-        <v>2173</v>
+        <v>2501</v>
       </c>
       <c r="D591" s="10" t="s">
-        <v>2498</v>
+        <v>2502</v>
       </c>
       <c r="E591" s="10" t="s">
-        <v>2499</v>
+        <v>2503</v>
       </c>
       <c r="F591" s="13" t="s">
-        <v>547</v>
+        <v>13</v>
       </c>
       <c r="G591" s="15" t="s">
-        <v>2500</v>
+        <v>2504</v>
       </c>
       <c r="H591" s="11"/>
       <c r="I591" s="11"/>
       <c r="J591" s="11"/>
       <c r="K591" s="11"/>
       <c r="L591" s="11"/>
       <c r="M591" s="11"/>
     </row>
-    <row r="592" spans="1:13" ht="102" x14ac:dyDescent="0.2">
+    <row r="592" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A592" s="10" t="s">
-        <v>2501</v>
+        <v>2505</v>
       </c>
       <c r="B592" s="13">
-        <v>40003548910</v>
+        <v>42103103714</v>
       </c>
       <c r="C592" s="13" t="s">
-        <v>2154</v>
+        <v>2433</v>
       </c>
       <c r="D592" s="10" t="s">
-        <v>2502</v>
+        <v>2506</v>
       </c>
       <c r="E592" s="10" t="s">
-        <v>2503</v>
+        <v>2507</v>
       </c>
       <c r="F592" s="13" t="s">
-        <v>547</v>
+        <v>13</v>
       </c>
       <c r="G592" s="15" t="s">
-        <v>2504</v>
+        <v>2508</v>
       </c>
       <c r="H592" s="11"/>
       <c r="I592" s="11"/>
       <c r="J592" s="11"/>
       <c r="K592" s="11"/>
       <c r="L592" s="11"/>
       <c r="M592" s="11"/>
     </row>
-    <row r="593" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="593" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A593" s="10" t="s">
-        <v>2505</v>
+        <v>2509</v>
       </c>
       <c r="B593" s="13">
-        <v>44103138324</v>
+        <v>40203178098</v>
       </c>
       <c r="C593" s="13" t="s">
-        <v>2506</v>
+        <v>2510</v>
       </c>
       <c r="D593" s="10" t="s">
-        <v>2507</v>
+        <v>2511</v>
       </c>
       <c r="E593" s="10" t="s">
-        <v>2508</v>
+        <v>2512</v>
       </c>
       <c r="F593" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G593" s="15" t="s">
-        <v>2509</v>
+        <v>2513</v>
       </c>
       <c r="H593" s="11"/>
       <c r="I593" s="11"/>
       <c r="J593" s="11"/>
       <c r="K593" s="11"/>
       <c r="L593" s="11"/>
       <c r="M593" s="11"/>
     </row>
-    <row r="594" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="594" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A594" s="10" t="s">
-        <v>2510</v>
+        <v>2514</v>
       </c>
       <c r="B594" s="13">
-        <v>42103103714</v>
+        <v>50103194261</v>
       </c>
       <c r="C594" s="13" t="s">
-        <v>2438</v>
+        <v>2459</v>
       </c>
       <c r="D594" s="10" t="s">
-        <v>2511</v>
+        <v>2515</v>
       </c>
       <c r="E594" s="10" t="s">
-        <v>2512</v>
+        <v>2516</v>
       </c>
       <c r="F594" s="13" t="s">
-        <v>13</v>
+        <v>547</v>
       </c>
       <c r="G594" s="15" t="s">
-        <v>2513</v>
+        <v>2517</v>
       </c>
       <c r="H594" s="11"/>
       <c r="I594" s="11"/>
       <c r="J594" s="11"/>
       <c r="K594" s="11"/>
       <c r="L594" s="11"/>
       <c r="M594" s="11"/>
     </row>
-    <row r="595" spans="1:13" ht="127.5" x14ac:dyDescent="0.2">
+    <row r="595" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A595" s="10" t="s">
-        <v>2514</v>
+        <v>2518</v>
       </c>
       <c r="B595" s="13">
-        <v>40203178098</v>
+        <v>40203057589</v>
       </c>
       <c r="C595" s="13" t="s">
-        <v>2515</v>
+        <v>2459</v>
       </c>
       <c r="D595" s="10" t="s">
-        <v>2516</v>
+        <v>2519</v>
       </c>
       <c r="E595" s="10" t="s">
-        <v>2517</v>
+        <v>2520</v>
       </c>
       <c r="F595" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G595" s="15" t="s">
-        <v>2518</v>
+        <v>2521</v>
       </c>
       <c r="H595" s="11"/>
       <c r="I595" s="11"/>
       <c r="J595" s="11"/>
       <c r="K595" s="11"/>
       <c r="L595" s="11"/>
       <c r="M595" s="11"/>
     </row>
-    <row r="596" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="596" spans="1:13" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A596" s="10" t="s">
-        <v>2519</v>
+        <v>2522</v>
       </c>
       <c r="B596" s="13">
-        <v>50103194261</v>
+        <v>40003233626</v>
       </c>
       <c r="C596" s="13" t="s">
-        <v>2464</v>
+        <v>2523</v>
       </c>
       <c r="D596" s="10" t="s">
-        <v>2520</v>
+        <v>2524</v>
       </c>
       <c r="E596" s="10" t="s">
-        <v>2521</v>
+        <v>2525</v>
       </c>
       <c r="F596" s="13" t="s">
-        <v>547</v>
+        <v>13</v>
       </c>
       <c r="G596" s="15" t="s">
-        <v>2522</v>
+        <v>2526</v>
       </c>
       <c r="H596" s="11"/>
       <c r="I596" s="11"/>
       <c r="J596" s="11"/>
       <c r="K596" s="11"/>
       <c r="L596" s="11"/>
       <c r="M596" s="11"/>
     </row>
-    <row r="597" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="597" spans="1:13" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A597" s="10" t="s">
-        <v>2523</v>
+        <v>2527</v>
       </c>
       <c r="B597" s="13">
-        <v>40203057589</v>
+        <v>40203246055</v>
       </c>
       <c r="C597" s="13" t="s">
-        <v>2464</v>
+        <v>2471</v>
       </c>
       <c r="D597" s="10" t="s">
-        <v>2524</v>
+        <v>2528</v>
       </c>
       <c r="E597" s="10" t="s">
-        <v>2525</v>
+        <v>2529</v>
       </c>
       <c r="F597" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G597" s="15" t="s">
-        <v>2526</v>
+        <v>2530</v>
       </c>
       <c r="H597" s="11"/>
       <c r="I597" s="11"/>
       <c r="J597" s="11"/>
       <c r="K597" s="11"/>
       <c r="L597" s="11"/>
       <c r="M597" s="11"/>
     </row>
-    <row r="598" spans="1:13" ht="140.25" x14ac:dyDescent="0.2">
+    <row r="598" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A598" s="10" t="s">
-        <v>2527</v>
+        <v>2531</v>
       </c>
       <c r="B598" s="13">
-        <v>40003233626</v>
+        <v>40203578960</v>
       </c>
       <c r="C598" s="13" t="s">
-        <v>2528</v>
+        <v>2471</v>
       </c>
       <c r="D598" s="10" t="s">
-        <v>2529</v>
+        <v>1949</v>
       </c>
       <c r="E598" s="10" t="s">
-        <v>2530</v>
+        <v>2532</v>
       </c>
       <c r="F598" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G598" s="15" t="s">
-        <v>2531</v>
+        <v>2533</v>
       </c>
       <c r="H598" s="11"/>
       <c r="I598" s="11"/>
       <c r="J598" s="11"/>
       <c r="K598" s="11"/>
       <c r="L598" s="11"/>
       <c r="M598" s="11"/>
     </row>
-    <row r="599" spans="1:13" ht="153" x14ac:dyDescent="0.2">
+    <row r="599" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A599" s="10" t="s">
-        <v>2532</v>
+        <v>2534</v>
       </c>
       <c r="B599" s="13">
-        <v>40203246055</v>
+        <v>40203552459</v>
       </c>
       <c r="C599" s="13" t="s">
-        <v>2476</v>
+        <v>2471</v>
       </c>
       <c r="D599" s="10" t="s">
-        <v>2533</v>
+        <v>2535</v>
       </c>
       <c r="E599" s="10" t="s">
-        <v>2534</v>
+        <v>2536</v>
       </c>
       <c r="F599" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G599" s="15" t="s">
-        <v>2535</v>
+        <v>2537</v>
       </c>
       <c r="H599" s="11"/>
       <c r="I599" s="11"/>
       <c r="J599" s="11"/>
       <c r="K599" s="11"/>
       <c r="L599" s="11"/>
       <c r="M599" s="11"/>
     </row>
-    <row r="600" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="600" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A600" s="10" t="s">
-        <v>2536</v>
+        <v>2538</v>
       </c>
       <c r="B600" s="13">
-        <v>40203578960</v>
+        <v>40203431598</v>
       </c>
       <c r="C600" s="13" t="s">
-        <v>2476</v>
+        <v>2539</v>
       </c>
       <c r="D600" s="10" t="s">
-        <v>1954</v>
+        <v>2540</v>
       </c>
       <c r="E600" s="10" t="s">
-        <v>2537</v>
+        <v>2541</v>
       </c>
       <c r="F600" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G600" s="15" t="s">
-        <v>2538</v>
+        <v>2542</v>
       </c>
       <c r="H600" s="11"/>
       <c r="I600" s="11"/>
       <c r="J600" s="11"/>
       <c r="K600" s="11"/>
       <c r="L600" s="11"/>
       <c r="M600" s="11"/>
     </row>
-    <row r="601" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="601" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A601" s="10" t="s">
-        <v>2539</v>
+        <v>2543</v>
       </c>
       <c r="B601" s="13">
-        <v>40203552459</v>
+        <v>40203534449</v>
       </c>
       <c r="C601" s="13" t="s">
-        <v>2476</v>
+        <v>2523</v>
       </c>
       <c r="D601" s="10" t="s">
-        <v>2540</v>
+        <v>2429</v>
       </c>
       <c r="E601" s="10" t="s">
-        <v>2541</v>
+        <v>2544</v>
       </c>
       <c r="F601" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G601" s="15" t="s">
-        <v>2542</v>
+        <v>2545</v>
       </c>
       <c r="H601" s="11"/>
       <c r="I601" s="11"/>
       <c r="J601" s="11"/>
       <c r="K601" s="11"/>
       <c r="L601" s="11"/>
       <c r="M601" s="11"/>
     </row>
-    <row r="602" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="602" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A602" s="10" t="s">
-        <v>2543</v>
+        <v>2546</v>
       </c>
       <c r="B602" s="13">
-        <v>40203431598</v>
+        <v>41203071986</v>
       </c>
       <c r="C602" s="13" t="s">
-        <v>2544</v>
+        <v>2547</v>
       </c>
       <c r="D602" s="10" t="s">
-        <v>2545</v>
+        <v>2548</v>
       </c>
       <c r="E602" s="10" t="s">
-        <v>2546</v>
+        <v>2549</v>
       </c>
       <c r="F602" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G602" s="15" t="s">
-        <v>2547</v>
+        <v>2550</v>
       </c>
       <c r="H602" s="11"/>
       <c r="I602" s="11"/>
       <c r="J602" s="11"/>
       <c r="K602" s="11"/>
       <c r="L602" s="11"/>
       <c r="M602" s="11"/>
     </row>
-    <row r="603" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="603" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A603" s="10" t="s">
-        <v>2548</v>
+        <v>2551</v>
       </c>
       <c r="B603" s="13">
-        <v>40203534449</v>
+        <v>42103110186</v>
       </c>
       <c r="C603" s="13" t="s">
-        <v>2528</v>
+        <v>2547</v>
       </c>
       <c r="D603" s="10" t="s">
-        <v>2434</v>
+        <v>2552</v>
       </c>
       <c r="E603" s="10" t="s">
-        <v>2549</v>
+        <v>2553</v>
       </c>
       <c r="F603" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G603" s="15" t="s">
-        <v>2550</v>
+        <v>2554</v>
       </c>
       <c r="H603" s="11"/>
       <c r="I603" s="11"/>
       <c r="J603" s="11"/>
       <c r="K603" s="11"/>
       <c r="L603" s="11"/>
       <c r="M603" s="11"/>
     </row>
-    <row r="604" spans="1:13" ht="89.25" x14ac:dyDescent="0.2">
+    <row r="604" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A604" s="10" t="s">
-        <v>2551</v>
+        <v>2555</v>
       </c>
       <c r="B604" s="13">
-        <v>41203071986</v>
+        <v>40103932089</v>
       </c>
       <c r="C604" s="13" t="s">
-        <v>2552</v>
+        <v>2556</v>
       </c>
       <c r="D604" s="10" t="s">
-        <v>2553</v>
+        <v>2557</v>
       </c>
       <c r="E604" s="10" t="s">
-        <v>2554</v>
+        <v>2558</v>
       </c>
       <c r="F604" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G604" s="15" t="s">
-        <v>2555</v>
+        <v>2542</v>
       </c>
       <c r="H604" s="11"/>
       <c r="I604" s="11"/>
       <c r="J604" s="11"/>
       <c r="K604" s="11"/>
       <c r="L604" s="11"/>
       <c r="M604" s="11"/>
     </row>
-    <row r="605" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="605" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A605" s="10" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B605" s="13">
+        <v>40203512564</v>
+      </c>
+      <c r="C605" s="13" t="s">
         <v>2556</v>
       </c>
-      <c r="B605" s="13">
-[...4 lines deleted...]
-      </c>
       <c r="D605" s="10" t="s">
-        <v>2557</v>
+        <v>2560</v>
       </c>
       <c r="E605" s="10" t="s">
-        <v>2558</v>
+        <v>2561</v>
       </c>
       <c r="F605" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G605" s="15" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="H605" s="11"/>
       <c r="I605" s="11"/>
       <c r="J605" s="11"/>
       <c r="K605" s="11"/>
       <c r="L605" s="11"/>
       <c r="M605" s="11"/>
     </row>
-    <row r="606" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="606" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A606" s="10" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="B606" s="13">
-        <v>40103932089</v>
+        <v>40203579792</v>
       </c>
       <c r="C606" s="13" t="s">
-        <v>2561</v>
+        <v>2564</v>
       </c>
       <c r="D606" s="10" t="s">
-        <v>2562</v>
+        <v>2565</v>
       </c>
       <c r="E606" s="10" t="s">
-        <v>2563</v>
+        <v>2566</v>
       </c>
       <c r="F606" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="G606" s="15" t="s">
-        <v>2547</v>
+      <c r="G606" s="10" t="s">
+        <v>2567</v>
       </c>
       <c r="H606" s="11"/>
       <c r="I606" s="11"/>
       <c r="J606" s="11"/>
       <c r="K606" s="11"/>
       <c r="L606" s="11"/>
       <c r="M606" s="11"/>
     </row>
-    <row r="607" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="607" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A607" s="10" t="s">
-        <v>2564</v>
+        <v>2568</v>
       </c>
       <c r="B607" s="13">
-        <v>40203512564</v>
+        <v>40002210202</v>
       </c>
       <c r="C607" s="13" t="s">
-        <v>2561</v>
+        <v>2569</v>
       </c>
       <c r="D607" s="10" t="s">
-        <v>2565</v>
+        <v>2429</v>
       </c>
       <c r="E607" s="10" t="s">
-        <v>2566</v>
+        <v>2570</v>
       </c>
       <c r="F607" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="G607" s="15" t="s">
-        <v>2567</v>
+      <c r="G607" s="10" t="s">
+        <v>2571</v>
       </c>
       <c r="H607" s="11"/>
       <c r="I607" s="11"/>
       <c r="J607" s="11"/>
       <c r="K607" s="11"/>
       <c r="L607" s="11"/>
       <c r="M607" s="11"/>
     </row>
-    <row r="608" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="608" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A608" s="10" t="s">
-        <v>2568</v>
+        <v>2572</v>
       </c>
       <c r="B608" s="13">
-        <v>40203579792</v>
+        <v>40203609349</v>
       </c>
       <c r="C608" s="13" t="s">
         <v>2569</v>
       </c>
       <c r="D608" s="10" t="s">
-        <v>2570</v>
+        <v>2560</v>
       </c>
       <c r="E608" s="10" t="s">
-        <v>2571</v>
+        <v>2573</v>
       </c>
       <c r="F608" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G608" s="10" t="s">
-        <v>2572</v>
+        <v>2574</v>
       </c>
       <c r="H608" s="11"/>
       <c r="I608" s="11"/>
       <c r="J608" s="11"/>
       <c r="K608" s="11"/>
       <c r="L608" s="11"/>
       <c r="M608" s="11"/>
     </row>
-    <row r="609" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="609" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A609" s="10" t="s">
-        <v>2573</v>
+        <v>2575</v>
       </c>
       <c r="B609" s="13">
-        <v>40002210202</v>
+        <v>40203577768</v>
       </c>
       <c r="C609" s="13" t="s">
-        <v>2574</v>
+        <v>2576</v>
       </c>
       <c r="D609" s="10" t="s">
-        <v>2434</v>
+        <v>2560</v>
       </c>
       <c r="E609" s="10" t="s">
-        <v>2575</v>
+        <v>2577</v>
       </c>
       <c r="F609" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G609" s="10" t="s">
-        <v>2576</v>
+        <v>2578</v>
       </c>
       <c r="H609" s="11"/>
       <c r="I609" s="11"/>
       <c r="J609" s="11"/>
       <c r="K609" s="11"/>
       <c r="L609" s="11"/>
       <c r="M609" s="11"/>
     </row>
-    <row r="610" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="610" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A610" s="10" t="s">
-        <v>2577</v>
+        <v>2579</v>
       </c>
       <c r="B610" s="13">
-        <v>40203609349</v>
+        <v>40203534415</v>
       </c>
       <c r="C610" s="13" t="s">
-        <v>2574</v>
+        <v>2580</v>
       </c>
       <c r="D610" s="10" t="s">
-        <v>2565</v>
+        <v>2560</v>
       </c>
       <c r="E610" s="10" t="s">
+        <v>2581</v>
+      </c>
+      <c r="F610" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G610" s="10" t="s">
         <v>2578</v>
-      </c>
-[...4 lines deleted...]
-        <v>2579</v>
       </c>
       <c r="H610" s="11"/>
       <c r="I610" s="11"/>
       <c r="J610" s="11"/>
       <c r="K610" s="11"/>
       <c r="L610" s="11"/>
       <c r="M610" s="11"/>
     </row>
-    <row r="611" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="611" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A611" s="10" t="s">
-        <v>2580</v>
+        <v>2582</v>
       </c>
       <c r="B611" s="13">
-        <v>40203577768</v>
-[...2 lines deleted...]
-        <v>2581</v>
+        <v>40203279855</v>
+      </c>
+      <c r="C611" s="9" t="s">
+        <v>2583</v>
       </c>
       <c r="D611" s="10" t="s">
-        <v>2565</v>
+        <v>2438</v>
       </c>
       <c r="E611" s="10" t="s">
-        <v>2582</v>
+        <v>2584</v>
       </c>
       <c r="F611" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="G611" s="10" t="s">
-        <v>2583</v>
+      <c r="G611" s="15" t="s">
+        <v>2585</v>
       </c>
       <c r="H611" s="11"/>
       <c r="I611" s="11"/>
       <c r="J611" s="11"/>
       <c r="K611" s="11"/>
       <c r="L611" s="11"/>
       <c r="M611" s="11"/>
     </row>
-    <row r="612" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="612" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A612" s="10" t="s">
-        <v>2584</v>
+        <v>2586</v>
       </c>
       <c r="B612" s="13">
-        <v>40203534415</v>
-[...2 lines deleted...]
-        <v>2585</v>
+        <v>50203278781</v>
+      </c>
+      <c r="C612" s="9" t="s">
+        <v>2583</v>
       </c>
       <c r="D612" s="10" t="s">
-        <v>2565</v>
+        <v>2438</v>
       </c>
       <c r="E612" s="10" t="s">
-        <v>2586</v>
+        <v>2587</v>
       </c>
       <c r="F612" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="G612" s="10" t="s">
-        <v>2583</v>
+      <c r="G612" s="15" t="s">
+        <v>2588</v>
       </c>
       <c r="H612" s="11"/>
       <c r="I612" s="11"/>
       <c r="J612" s="11"/>
       <c r="K612" s="11"/>
       <c r="L612" s="11"/>
       <c r="M612" s="11"/>
     </row>
-    <row r="613" spans="1:13" ht="102" x14ac:dyDescent="0.2">
+    <row r="613" spans="1:13" ht="72" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A613" s="10" t="s">
-        <v>2587</v>
+        <v>2589</v>
       </c>
       <c r="B613" s="13">
-        <v>40203279855</v>
-[...2 lines deleted...]
-        <v>2588</v>
+        <v>40203590446</v>
+      </c>
+      <c r="C613" s="13" t="s">
+        <v>2590</v>
       </c>
       <c r="D613" s="10" t="s">
-        <v>2443</v>
+        <v>2560</v>
       </c>
       <c r="E613" s="10" t="s">
-        <v>2589</v>
+        <v>2591</v>
       </c>
       <c r="F613" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G613" s="15" t="s">
-        <v>2590</v>
+        <v>2592</v>
       </c>
       <c r="H613" s="11"/>
       <c r="I613" s="11"/>
       <c r="J613" s="11"/>
       <c r="K613" s="11"/>
       <c r="L613" s="11"/>
       <c r="M613" s="11"/>
     </row>
-    <row r="614" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="614" spans="1:13" ht="72" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A614" s="10" t="s">
-        <v>2591</v>
+        <v>2593</v>
       </c>
       <c r="B614" s="13">
-        <v>50203278781</v>
-[...2 lines deleted...]
-        <v>2588</v>
+        <v>40203482359</v>
+      </c>
+      <c r="C614" s="13" t="s">
+        <v>2590</v>
       </c>
       <c r="D614" s="10" t="s">
-        <v>2443</v>
+        <v>2594</v>
       </c>
       <c r="E614" s="10" t="s">
-        <v>2592</v>
+        <v>2595</v>
       </c>
       <c r="F614" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G614" s="15" t="s">
-        <v>2593</v>
+        <v>1864</v>
       </c>
       <c r="H614" s="11"/>
       <c r="I614" s="11"/>
       <c r="J614" s="11"/>
       <c r="K614" s="11"/>
       <c r="L614" s="11"/>
       <c r="M614" s="11"/>
     </row>
-    <row r="615" spans="1:13" ht="72" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="615" spans="1:13" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A615" s="10" t="s">
-        <v>2594</v>
+        <v>2596</v>
       </c>
       <c r="B615" s="13">
-        <v>40203590446</v>
+        <v>40203448715</v>
       </c>
       <c r="C615" s="13" t="s">
-        <v>2595</v>
+        <v>2597</v>
       </c>
       <c r="D615" s="10" t="s">
-        <v>2565</v>
+        <v>2598</v>
       </c>
       <c r="E615" s="10" t="s">
-        <v>2596</v>
+        <v>2599</v>
       </c>
       <c r="F615" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G615" s="15" t="s">
-        <v>2597</v>
+        <v>2600</v>
       </c>
       <c r="H615" s="11"/>
       <c r="I615" s="11"/>
       <c r="J615" s="11"/>
       <c r="K615" s="11"/>
       <c r="L615" s="11"/>
       <c r="M615" s="11"/>
     </row>
-    <row r="616" spans="1:13" ht="72" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="616" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A616" s="10" t="s">
-        <v>2598</v>
+        <v>2601</v>
       </c>
       <c r="B616" s="13">
-        <v>40203482359</v>
+        <v>44103129942</v>
       </c>
       <c r="C616" s="13" t="s">
-        <v>2595</v>
+        <v>2590</v>
       </c>
       <c r="D616" s="10" t="s">
-        <v>2599</v>
+        <v>2602</v>
       </c>
       <c r="E616" s="10" t="s">
-        <v>2600</v>
+        <v>2603</v>
       </c>
       <c r="F616" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G616" s="15" t="s">
-        <v>1872</v>
+        <v>2604</v>
       </c>
       <c r="H616" s="11"/>
       <c r="I616" s="11"/>
       <c r="J616" s="11"/>
       <c r="K616" s="11"/>
       <c r="L616" s="11"/>
       <c r="M616" s="11"/>
     </row>
-    <row r="617" spans="1:13" ht="178.5" x14ac:dyDescent="0.2">
+    <row r="617" spans="1:13" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A617" s="10" t="s">
-        <v>2601</v>
+        <v>2605</v>
       </c>
       <c r="B617" s="13">
-        <v>40203448715</v>
+        <v>40203095650</v>
       </c>
       <c r="C617" s="13" t="s">
-        <v>2602</v>
+        <v>2590</v>
       </c>
       <c r="D617" s="10" t="s">
-        <v>2603</v>
+        <v>2606</v>
       </c>
       <c r="E617" s="10" t="s">
-        <v>2604</v>
+        <v>2607</v>
       </c>
       <c r="F617" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G617" s="15" t="s">
-        <v>2605</v>
+        <v>2608</v>
       </c>
       <c r="H617" s="11"/>
       <c r="I617" s="11"/>
       <c r="J617" s="11"/>
       <c r="K617" s="11"/>
       <c r="L617" s="11"/>
       <c r="M617" s="11"/>
     </row>
-    <row r="618" spans="1:13" ht="114.75" x14ac:dyDescent="0.2">
+    <row r="618" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A618" s="10" t="s">
-        <v>2606</v>
-[...2 lines deleted...]
-        <v>44103129942</v>
+        <v>2609</v>
+      </c>
+      <c r="B618" s="38">
+        <v>40002208941</v>
       </c>
       <c r="C618" s="13" t="s">
-        <v>2595</v>
+        <v>2583</v>
       </c>
       <c r="D618" s="10" t="s">
-        <v>2607</v>
+        <v>2610</v>
       </c>
       <c r="E618" s="10" t="s">
-        <v>2608</v>
+        <v>2611</v>
       </c>
       <c r="F618" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G618" s="15" t="s">
-        <v>2609</v>
+        <v>2612</v>
       </c>
       <c r="H618" s="11"/>
       <c r="I618" s="11"/>
       <c r="J618" s="11"/>
       <c r="K618" s="11"/>
       <c r="L618" s="11"/>
       <c r="M618" s="11"/>
     </row>
-    <row r="619" spans="1:13" ht="153" x14ac:dyDescent="0.2">
+    <row r="619" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A619" s="10" t="s">
-        <v>2610</v>
-[...2 lines deleted...]
-        <v>40203095650</v>
+        <v>2613</v>
+      </c>
+      <c r="B619" s="38">
+        <v>40003691257</v>
       </c>
       <c r="C619" s="13" t="s">
-        <v>2595</v>
+        <v>2583</v>
       </c>
       <c r="D619" s="10" t="s">
-        <v>2611</v>
+        <v>2614</v>
       </c>
       <c r="E619" s="10" t="s">
-        <v>2612</v>
+        <v>2615</v>
       </c>
       <c r="F619" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G619" s="15" t="s">
-        <v>2613</v>
+        <v>2616</v>
       </c>
       <c r="H619" s="11"/>
       <c r="I619" s="11"/>
       <c r="J619" s="11"/>
       <c r="K619" s="11"/>
       <c r="L619" s="11"/>
       <c r="M619" s="11"/>
     </row>
-    <row r="620" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="620" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A620" s="10" t="s">
-        <v>2614</v>
+        <v>2617</v>
       </c>
       <c r="B620" s="38">
-        <v>40002208941</v>
+        <v>40203608589</v>
       </c>
       <c r="C620" s="13" t="s">
-        <v>2588</v>
+        <v>2583</v>
       </c>
       <c r="D620" s="10" t="s">
-        <v>2615</v>
+        <v>2618</v>
       </c>
       <c r="E620" s="10" t="s">
-        <v>2616</v>
+        <v>2619</v>
       </c>
       <c r="F620" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G620" s="15" t="s">
-        <v>2617</v>
+        <v>2620</v>
       </c>
       <c r="H620" s="11"/>
       <c r="I620" s="11"/>
       <c r="J620" s="11"/>
       <c r="K620" s="11"/>
       <c r="L620" s="11"/>
       <c r="M620" s="11"/>
     </row>
-    <row r="621" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="621" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A621" s="10" t="s">
-        <v>2618</v>
+        <v>2621</v>
       </c>
       <c r="B621" s="38">
-        <v>40003691257</v>
+        <v>40203549849</v>
       </c>
       <c r="C621" s="13" t="s">
-        <v>2588</v>
+        <v>2590</v>
       </c>
       <c r="D621" s="10" t="s">
-        <v>2619</v>
+        <v>1916</v>
       </c>
       <c r="E621" s="10" t="s">
-        <v>2620</v>
+        <v>2622</v>
       </c>
       <c r="F621" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G621" s="15" t="s">
-        <v>2621</v>
+        <v>2623</v>
       </c>
       <c r="H621" s="11"/>
       <c r="I621" s="11"/>
       <c r="J621" s="11"/>
       <c r="K621" s="11"/>
       <c r="L621" s="11"/>
       <c r="M621" s="11"/>
     </row>
-    <row r="622" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="622" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A622" s="10" t="s">
-        <v>2622</v>
+        <v>2624</v>
       </c>
       <c r="B622" s="38">
-        <v>40203608589</v>
+        <v>40203595655</v>
       </c>
       <c r="C622" s="13" t="s">
-        <v>2588</v>
+        <v>2625</v>
       </c>
       <c r="D622" s="10" t="s">
-        <v>2623</v>
+        <v>2626</v>
       </c>
       <c r="E622" s="10" t="s">
-        <v>2624</v>
+        <v>2627</v>
       </c>
       <c r="F622" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G622" s="15" t="s">
-        <v>2625</v>
+        <v>2628</v>
       </c>
       <c r="H622" s="11"/>
       <c r="I622" s="11"/>
       <c r="J622" s="11"/>
       <c r="K622" s="11"/>
       <c r="L622" s="11"/>
       <c r="M622" s="11"/>
     </row>
-    <row r="623" spans="1:13" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="623" spans="1:13" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A623" s="10" t="s">
-        <v>2626</v>
+        <v>2629</v>
       </c>
       <c r="B623" s="38">
-        <v>40203549849</v>
+        <v>40103788979</v>
       </c>
       <c r="C623" s="13" t="s">
-        <v>2595</v>
+        <v>2625</v>
       </c>
       <c r="D623" s="10" t="s">
-        <v>1921</v>
+        <v>2630</v>
       </c>
       <c r="E623" s="10" t="s">
-        <v>2627</v>
+        <v>2631</v>
       </c>
       <c r="F623" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G623" s="15" t="s">
-        <v>2628</v>
+        <v>2632</v>
       </c>
       <c r="H623" s="11"/>
       <c r="I623" s="11"/>
       <c r="J623" s="11"/>
       <c r="K623" s="11"/>
       <c r="L623" s="11"/>
       <c r="M623" s="11"/>
     </row>
-    <row r="624" spans="1:13" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="624" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A624" s="10" t="s">
-        <v>2629</v>
+        <v>2633</v>
       </c>
       <c r="B624" s="38">
-        <v>40203595655</v>
+        <v>40203448804</v>
       </c>
       <c r="C624" s="13" t="s">
-        <v>2630</v>
+        <v>2634</v>
       </c>
       <c r="D624" s="10" t="s">
-        <v>2631</v>
+        <v>2635</v>
       </c>
       <c r="E624" s="10" t="s">
-        <v>2632</v>
+        <v>2636</v>
       </c>
       <c r="F624" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G624" s="15" t="s">
-        <v>2633</v>
+        <v>2637</v>
       </c>
       <c r="H624" s="11"/>
       <c r="I624" s="11"/>
       <c r="J624" s="11"/>
       <c r="K624" s="11"/>
       <c r="L624" s="11"/>
       <c r="M624" s="11"/>
     </row>
-    <row r="625" spans="1:7" ht="140.25" x14ac:dyDescent="0.2">
+    <row r="625" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A625" s="10" t="s">
-        <v>2634</v>
+        <v>2638</v>
       </c>
       <c r="B625" s="38">
-        <v>40103788979</v>
+        <v>40203342162</v>
       </c>
       <c r="C625" s="13" t="s">
-        <v>2630</v>
+        <v>2639</v>
       </c>
       <c r="D625" s="10" t="s">
-        <v>2635</v>
+        <v>2618</v>
       </c>
       <c r="E625" s="10" t="s">
-        <v>2636</v>
+        <v>2640</v>
       </c>
       <c r="F625" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G625" s="15" t="s">
-        <v>2637</v>
-[...2 lines deleted...]
-    <row r="626" spans="1:7" ht="89.25" x14ac:dyDescent="0.2">
+        <v>2641</v>
+      </c>
+    </row>
+    <row r="626" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A626" s="10" t="s">
-        <v>2638</v>
+        <v>2642</v>
       </c>
       <c r="B626" s="38">
-        <v>40203448804</v>
+        <v>40203585483</v>
       </c>
       <c r="C626" s="13" t="s">
         <v>2639</v>
       </c>
       <c r="D626" s="10" t="s">
-        <v>2640</v>
+        <v>2643</v>
       </c>
       <c r="E626" s="10" t="s">
-        <v>2641</v>
+        <v>2644</v>
       </c>
       <c r="F626" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G626" s="15" t="s">
-        <v>2642</v>
-[...2 lines deleted...]
-    <row r="627" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+        <v>2645</v>
+      </c>
+    </row>
+    <row r="627" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A627" s="10" t="s">
-        <v>2643</v>
+        <v>2646</v>
       </c>
       <c r="B627" s="38">
-        <v>40203342162</v>
+        <v>40103919714</v>
       </c>
       <c r="C627" s="13" t="s">
-        <v>2644</v>
+        <v>2647</v>
       </c>
       <c r="D627" s="10" t="s">
-        <v>2623</v>
+        <v>2648</v>
       </c>
       <c r="E627" s="10" t="s">
-        <v>2645</v>
+        <v>2649</v>
       </c>
       <c r="F627" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G627" s="15" t="s">
-        <v>2646</v>
-[...2 lines deleted...]
-    <row r="628" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
+        <v>2650</v>
+      </c>
+    </row>
+    <row r="628" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A628" s="10" t="s">
+        <v>2651</v>
+      </c>
+      <c r="B628" s="38">
+        <v>40203523591</v>
+      </c>
+      <c r="C628" s="13" t="s">
+        <v>2652</v>
+      </c>
+      <c r="D628" s="10" t="s">
+        <v>2618</v>
+      </c>
+      <c r="E628" s="10" t="s">
+        <v>2653</v>
+      </c>
+      <c r="F628" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G628" s="15" t="s">
+        <v>2654</v>
+      </c>
+    </row>
+    <row r="629" spans="1:7" ht="237.6" x14ac:dyDescent="0.25">
+      <c r="A629" s="10" t="s">
+        <v>2655</v>
+      </c>
+      <c r="B629" s="38">
+        <v>40203255221</v>
+      </c>
+      <c r="C629" s="13" t="s">
+        <v>2652</v>
+      </c>
+      <c r="D629" s="10" t="s">
+        <v>2656</v>
+      </c>
+      <c r="E629" s="10" t="s">
+        <v>2657</v>
+      </c>
+      <c r="F629" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G629" s="15" t="s">
+        <v>2658</v>
+      </c>
+    </row>
+    <row r="630" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
+      <c r="A630" s="10" t="s">
+        <v>2659</v>
+      </c>
+      <c r="B630" s="38">
+        <v>40203108620</v>
+      </c>
+      <c r="C630" s="13" t="s">
         <v>2647</v>
       </c>
-      <c r="B628" s="38">
-[...198 lines deleted...]
-    <row r="649" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="D630" s="10" t="s">
+        <v>2660</v>
+      </c>
+      <c r="E630" s="10" t="s">
+        <v>2661</v>
+      </c>
+      <c r="F630" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G630" s="15" t="s">
+        <v>2662</v>
+      </c>
+    </row>
+    <row r="631" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+      <c r="A631" s="10" t="s">
+        <v>2663</v>
+      </c>
+      <c r="B631" s="38">
+        <v>40203422932</v>
+      </c>
+      <c r="C631" s="13" t="s">
+        <v>2664</v>
+      </c>
+      <c r="D631" s="10" t="s">
+        <v>2665</v>
+      </c>
+      <c r="E631" s="10" t="s">
+        <v>2666</v>
+      </c>
+      <c r="F631" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G631" s="15" t="s">
+        <v>2667</v>
+      </c>
+    </row>
+    <row r="632" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+      <c r="A632" s="10" t="s">
+        <v>2668</v>
+      </c>
+      <c r="B632" s="38">
+        <v>40203342181</v>
+      </c>
+      <c r="C632" s="13" t="s">
+        <v>2664</v>
+      </c>
+      <c r="D632" s="10" t="s">
+        <v>2669</v>
+      </c>
+      <c r="E632" s="10" t="s">
+        <v>2670</v>
+      </c>
+      <c r="F632" s="13" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G632" s="15" t="s">
+        <v>2671</v>
+      </c>
+    </row>
+    <row r="633" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+      <c r="A633" s="10" t="s">
+        <v>2672</v>
+      </c>
+      <c r="B633" s="38">
+        <v>44103130689</v>
+      </c>
+      <c r="C633" s="13" t="s">
+        <v>2664</v>
+      </c>
+      <c r="D633" s="10" t="s">
+        <v>2669</v>
+      </c>
+      <c r="E633" s="10" t="s">
+        <v>2673</v>
+      </c>
+      <c r="F633" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G633" s="15" t="s">
+        <v>2671</v>
+      </c>
+    </row>
+    <row r="634" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+      <c r="A634" s="10" t="s">
+        <v>2674</v>
+      </c>
+      <c r="B634" s="38">
+        <v>40203339374</v>
+      </c>
+      <c r="C634" s="13" t="s">
+        <v>2675</v>
+      </c>
+      <c r="D634" s="10" t="s">
+        <v>2669</v>
+      </c>
+      <c r="E634" s="10" t="s">
+        <v>2676</v>
+      </c>
+      <c r="F634" s="13" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G634" s="15" t="s">
+        <v>2671</v>
+      </c>
+    </row>
+    <row r="635" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+      <c r="A635" s="10" t="s">
+        <v>2677</v>
+      </c>
+      <c r="B635" s="38">
+        <v>40203341434</v>
+      </c>
+      <c r="C635" s="13" t="s">
+        <v>2675</v>
+      </c>
+      <c r="D635" s="10" t="s">
+        <v>2669</v>
+      </c>
+      <c r="E635" s="10" t="s">
+        <v>2678</v>
+      </c>
+      <c r="F635" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G635" s="15" t="s">
+        <v>2671</v>
+      </c>
+    </row>
+    <row r="636" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+      <c r="A636" s="10" t="s">
+        <v>2679</v>
+      </c>
+      <c r="B636" s="38">
+        <v>40008219686</v>
+      </c>
+      <c r="C636" s="13" t="s">
+        <v>2680</v>
+      </c>
+      <c r="D636" s="10" t="s">
+        <v>2681</v>
+      </c>
+      <c r="E636" s="10" t="s">
+        <v>2682</v>
+      </c>
+      <c r="F636" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G636" s="15" t="s">
+        <v>2683</v>
+      </c>
+    </row>
+    <row r="637" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+      <c r="A637" s="10" t="s">
+        <v>2684</v>
+      </c>
+      <c r="B637" s="38">
+        <v>42103104438</v>
+      </c>
+      <c r="C637" s="13" t="s">
+        <v>2685</v>
+      </c>
+      <c r="D637" s="10" t="s">
+        <v>2686</v>
+      </c>
+      <c r="E637" s="10" t="s">
+        <v>2687</v>
+      </c>
+      <c r="F637" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G637" s="15" t="s">
+        <v>2688</v>
+      </c>
+    </row>
+    <row r="638" spans="1:7" ht="100.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A638" s="10" t="s">
+        <v>2689</v>
+      </c>
+      <c r="B638" s="38">
+        <v>42103103714</v>
+      </c>
+      <c r="C638" s="13" t="s">
+        <v>2433</v>
+      </c>
+      <c r="D638" s="10" t="s">
+        <v>2690</v>
+      </c>
+      <c r="E638" s="10" t="s">
+        <v>2691</v>
+      </c>
+      <c r="F638" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G638" s="15" t="s">
+        <v>2692</v>
+      </c>
+    </row>
+    <row r="639" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+      <c r="A639" s="10" t="s">
+        <v>2509</v>
+      </c>
+      <c r="B639" s="38">
+        <v>40203178098</v>
+      </c>
+      <c r="C639" s="13" t="s">
+        <v>2510</v>
+      </c>
+      <c r="D639" s="10" t="s">
+        <v>2693</v>
+      </c>
+      <c r="E639" s="10" t="s">
+        <v>2694</v>
+      </c>
+      <c r="F639" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G639" s="15" t="s">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="640" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+      <c r="A640" s="10" t="s">
+        <v>2695</v>
+      </c>
+      <c r="B640" s="38">
+        <v>40203146143</v>
+      </c>
+      <c r="C640" s="13" t="s">
+        <v>2696</v>
+      </c>
+      <c r="D640" s="10" t="s">
+        <v>2697</v>
+      </c>
+      <c r="E640" s="10" t="s">
+        <v>2698</v>
+      </c>
+      <c r="F640" s="13" t="s">
+        <v>547</v>
+      </c>
+      <c r="G640" s="15" t="s">
+        <v>2699</v>
+      </c>
+    </row>
+    <row r="641" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+      <c r="A641" s="10" t="s">
+        <v>2700</v>
+      </c>
+      <c r="B641" s="38">
+        <v>42103065037</v>
+      </c>
+      <c r="C641" s="13" t="s">
+        <v>2701</v>
+      </c>
+      <c r="D641" s="10" t="s">
+        <v>2702</v>
+      </c>
+      <c r="E641" s="10" t="s">
+        <v>2703</v>
+      </c>
+      <c r="F641" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G641" s="15" t="s">
+        <v>2704</v>
+      </c>
+    </row>
+    <row r="642" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A642" s="10" t="s">
+        <v>2705</v>
+      </c>
+      <c r="B642" s="38">
+        <v>40203497960</v>
+      </c>
+      <c r="C642" s="13" t="s">
+        <v>2706</v>
+      </c>
+      <c r="D642" s="10" t="s">
+        <v>2707</v>
+      </c>
+      <c r="E642" s="10" t="s">
+        <v>2708</v>
+      </c>
+      <c r="F642" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G642" s="15" t="s">
+        <v>2709</v>
+      </c>
+    </row>
+    <row r="643" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A643" s="10" t="s">
+        <v>2710</v>
+      </c>
+      <c r="B643" s="38">
+        <v>40203084820</v>
+      </c>
+      <c r="C643" s="13" t="s">
+        <v>2711</v>
+      </c>
+      <c r="D643" s="10" t="s">
+        <v>2712</v>
+      </c>
+      <c r="E643" s="10" t="s">
+        <v>2713</v>
+      </c>
+      <c r="F643" s="13" t="s">
+        <v>547</v>
+      </c>
+      <c r="G643" s="15" t="s">
+        <v>2714</v>
+      </c>
+    </row>
+    <row r="644" spans="1:7" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A644" s="10" t="s">
+        <v>2715</v>
+      </c>
+      <c r="B644" s="38">
+        <v>40003339954</v>
+      </c>
+      <c r="C644" s="13" t="s">
+        <v>2716</v>
+      </c>
+      <c r="D644" s="10" t="s">
+        <v>2717</v>
+      </c>
+      <c r="E644" s="10" t="s">
+        <v>2718</v>
+      </c>
+      <c r="F644" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G644" s="15" t="s">
+        <v>2719</v>
+      </c>
+    </row>
+    <row r="645" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+      <c r="A645" s="10" t="s">
+        <v>2720</v>
+      </c>
+      <c r="B645" s="38">
+        <v>44103112202</v>
+      </c>
+      <c r="C645" s="13" t="s">
+        <v>2721</v>
+      </c>
+      <c r="D645" s="10" t="s">
+        <v>2722</v>
+      </c>
+      <c r="E645" s="10" t="s">
+        <v>2723</v>
+      </c>
+      <c r="F645" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G645" s="15" t="s">
+        <v>2724</v>
+      </c>
+    </row>
+    <row r="646" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+      <c r="A646" s="10" t="s">
+        <v>2725</v>
+      </c>
+      <c r="B646" s="38">
+        <v>45403031041</v>
+      </c>
+      <c r="C646" s="13" t="s">
+        <v>2726</v>
+      </c>
+      <c r="D646" s="10" t="s">
+        <v>2727</v>
+      </c>
+      <c r="E646" s="10" t="s">
+        <v>2728</v>
+      </c>
+      <c r="F646" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G646" s="15" t="s">
+        <v>2729</v>
+      </c>
+    </row>
+    <row r="647" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A647" s="10" t="s">
+        <v>2730</v>
+      </c>
+      <c r="B647" s="38">
+        <v>40203026752</v>
+      </c>
+      <c r="C647" s="13" t="s">
+        <v>2685</v>
+      </c>
+      <c r="D647" s="10" t="s">
+        <v>2731</v>
+      </c>
+      <c r="E647" s="10" t="s">
+        <v>2732</v>
+      </c>
+      <c r="F647" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G647" s="15" t="s">
+        <v>2733</v>
+      </c>
+    </row>
+    <row r="648" spans="1:7" ht="198" x14ac:dyDescent="0.25">
+      <c r="A648" s="10" t="s">
+        <v>2734</v>
+      </c>
+      <c r="B648" s="38">
+        <v>40103813405</v>
+      </c>
+      <c r="C648" s="9">
+        <v>45945</v>
+      </c>
+      <c r="D648" s="10" t="s">
+        <v>2735</v>
+      </c>
+      <c r="E648" s="10" t="s">
+        <v>2736</v>
+      </c>
+      <c r="F648" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G648" s="15" t="s">
+        <v>2737</v>
+      </c>
+    </row>
+    <row r="649" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A649" s="10"/>
       <c r="B649" s="38"/>
       <c r="C649" s="13"/>
       <c r="D649" s="10"/>
       <c r="E649" s="10"/>
       <c r="F649" s="13"/>
       <c r="G649" s="15"/>
     </row>
-    <row r="650" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="650" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A650" s="10"/>
       <c r="B650" s="38"/>
       <c r="C650" s="13"/>
       <c r="D650" s="10"/>
       <c r="E650" s="10"/>
       <c r="F650" s="13"/>
       <c r="G650" s="15"/>
     </row>
-    <row r="651" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="651" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A651" s="10"/>
       <c r="B651" s="38"/>
       <c r="C651" s="13"/>
       <c r="D651" s="10"/>
       <c r="E651" s="10"/>
       <c r="F651" s="13"/>
       <c r="G651" s="15"/>
     </row>
-    <row r="652" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="652" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A652" s="10"/>
       <c r="B652" s="38"/>
       <c r="C652" s="13"/>
       <c r="D652" s="10"/>
       <c r="E652" s="10"/>
       <c r="F652" s="13"/>
       <c r="G652" s="15"/>
     </row>
-    <row r="653" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="653" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A653" s="10"/>
       <c r="B653" s="38"/>
       <c r="C653" s="13"/>
       <c r="D653" s="10"/>
       <c r="E653" s="10"/>
       <c r="F653" s="13"/>
       <c r="G653" s="15"/>
     </row>
-    <row r="654" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="654" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A654" s="10"/>
       <c r="B654" s="38"/>
       <c r="C654" s="13"/>
       <c r="D654" s="10"/>
       <c r="E654" s="10"/>
       <c r="F654" s="13"/>
       <c r="G654" s="15"/>
     </row>
-    <row r="655" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="655" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A655" s="10"/>
       <c r="B655" s="38"/>
       <c r="C655" s="13"/>
       <c r="D655" s="10"/>
       <c r="E655" s="10"/>
       <c r="F655" s="13"/>
       <c r="G655" s="15"/>
     </row>
-    <row r="656" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="656" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A656" s="10"/>
       <c r="B656" s="38"/>
       <c r="C656" s="13"/>
       <c r="D656" s="10"/>
       <c r="E656" s="10"/>
       <c r="F656" s="13"/>
       <c r="G656" s="15"/>
     </row>
-    <row r="657" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="657" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A657" s="10"/>
       <c r="B657" s="38"/>
       <c r="C657" s="13"/>
       <c r="D657" s="10"/>
       <c r="E657" s="10"/>
       <c r="F657" s="13"/>
       <c r="G657" s="15"/>
     </row>
-    <row r="658" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="658" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A658" s="10"/>
       <c r="B658" s="38"/>
       <c r="C658" s="13"/>
       <c r="D658" s="10"/>
       <c r="E658" s="10"/>
       <c r="F658" s="13"/>
       <c r="G658" s="15"/>
     </row>
-    <row r="659" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="659" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A659" s="10"/>
       <c r="B659" s="38"/>
       <c r="C659" s="13"/>
       <c r="D659" s="10"/>
       <c r="E659" s="10"/>
       <c r="F659" s="13"/>
       <c r="G659" s="15"/>
     </row>
-    <row r="660" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="660" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A660" s="10"/>
       <c r="B660" s="38"/>
       <c r="C660" s="13"/>
       <c r="D660" s="10"/>
       <c r="E660" s="10"/>
       <c r="F660" s="13"/>
       <c r="G660" s="15"/>
     </row>
-    <row r="661" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="661" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A661" s="10"/>
       <c r="B661" s="38"/>
       <c r="C661" s="13"/>
       <c r="D661" s="10"/>
       <c r="E661" s="10"/>
       <c r="F661" s="13"/>
       <c r="G661" s="15"/>
     </row>
-    <row r="662" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="662" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A662" s="10"/>
       <c r="B662" s="38"/>
       <c r="C662" s="13"/>
       <c r="D662" s="10"/>
       <c r="E662" s="10"/>
       <c r="F662" s="13"/>
       <c r="G662" s="15"/>
     </row>
-    <row r="663" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="663" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A663" s="10"/>
       <c r="B663" s="38"/>
       <c r="C663" s="13"/>
       <c r="D663" s="10"/>
       <c r="E663" s="10"/>
       <c r="F663" s="13"/>
       <c r="G663" s="15"/>
     </row>
-    <row r="664" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="664" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A664" s="10"/>
       <c r="B664" s="38"/>
       <c r="C664" s="13"/>
       <c r="D664" s="10"/>
       <c r="E664" s="10"/>
       <c r="F664" s="13"/>
       <c r="G664" s="15"/>
     </row>
-    <row r="665" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="665" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A665" s="10"/>
       <c r="B665" s="38"/>
       <c r="C665" s="13"/>
       <c r="D665" s="10"/>
       <c r="E665" s="10"/>
       <c r="F665" s="13"/>
       <c r="G665" s="15"/>
     </row>
-    <row r="666" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="666" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A666" s="10"/>
       <c r="B666" s="38"/>
       <c r="C666" s="13"/>
       <c r="D666" s="10"/>
       <c r="E666" s="10"/>
       <c r="F666" s="13"/>
       <c r="G666" s="15"/>
     </row>
-    <row r="667" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="667" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A667" s="10"/>
       <c r="B667" s="38"/>
       <c r="C667" s="13"/>
       <c r="D667" s="10"/>
       <c r="E667" s="10"/>
       <c r="F667" s="13"/>
       <c r="G667" s="15"/>
     </row>
-    <row r="668" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="668" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A668" s="10"/>
       <c r="B668" s="38"/>
       <c r="C668" s="13"/>
       <c r="D668" s="10"/>
       <c r="E668" s="10"/>
       <c r="F668" s="13"/>
       <c r="G668" s="15"/>
     </row>
-    <row r="669" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="669" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A669" s="10"/>
       <c r="B669" s="38"/>
       <c r="C669" s="13"/>
       <c r="D669" s="10"/>
       <c r="E669" s="10"/>
       <c r="F669" s="13"/>
       <c r="G669" s="15"/>
     </row>
-    <row r="670" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="670" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A670" s="10"/>
       <c r="B670" s="38"/>
       <c r="C670" s="13"/>
       <c r="D670" s="10"/>
       <c r="E670" s="10"/>
       <c r="F670" s="13"/>
       <c r="G670" s="15"/>
     </row>
-    <row r="671" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="671" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A671" s="10"/>
       <c r="B671" s="38"/>
       <c r="C671" s="13"/>
       <c r="D671" s="10"/>
       <c r="E671" s="10"/>
       <c r="F671" s="13"/>
       <c r="G671" s="15"/>
     </row>
-    <row r="672" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="672" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A672" s="10"/>
       <c r="B672" s="38"/>
       <c r="C672" s="13"/>
       <c r="D672" s="10"/>
       <c r="E672" s="10"/>
       <c r="F672" s="13"/>
       <c r="G672" s="15"/>
     </row>
-    <row r="673" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="673" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A673" s="10"/>
       <c r="B673" s="38"/>
       <c r="C673" s="13"/>
       <c r="D673" s="10"/>
       <c r="E673" s="10"/>
       <c r="F673" s="13"/>
       <c r="G673" s="15"/>
     </row>
-    <row r="674" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="674" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A674" s="10"/>
       <c r="B674" s="38"/>
       <c r="C674" s="13"/>
       <c r="D674" s="10"/>
       <c r="E674" s="10"/>
       <c r="F674" s="13"/>
       <c r="G674" s="15"/>
     </row>
-    <row r="675" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="675" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A675" s="10"/>
       <c r="B675" s="38"/>
       <c r="C675" s="13"/>
       <c r="D675" s="10"/>
       <c r="E675" s="10"/>
       <c r="F675" s="13"/>
       <c r="G675" s="15"/>
     </row>
-    <row r="676" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="676" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A676" s="10"/>
       <c r="B676" s="38"/>
       <c r="C676" s="13"/>
       <c r="D676" s="10"/>
       <c r="E676" s="10"/>
       <c r="F676" s="13"/>
       <c r="G676" s="15"/>
     </row>
-    <row r="677" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="677" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A677" s="10"/>
       <c r="B677" s="38"/>
       <c r="C677" s="13"/>
       <c r="D677" s="10"/>
       <c r="E677" s="10"/>
       <c r="F677" s="13"/>
       <c r="G677" s="15"/>
     </row>
-    <row r="678" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="678" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A678" s="10"/>
       <c r="B678" s="38"/>
       <c r="C678" s="13"/>
       <c r="D678" s="10"/>
       <c r="E678" s="10"/>
       <c r="F678" s="13"/>
       <c r="G678" s="15"/>
     </row>
-    <row r="679" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="679" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A679" s="10"/>
       <c r="B679" s="38"/>
       <c r="C679" s="13"/>
       <c r="D679" s="10"/>
       <c r="E679" s="10"/>
       <c r="F679" s="13"/>
       <c r="G679" s="15"/>
     </row>
-    <row r="680" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="680" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A680" s="10"/>
       <c r="B680" s="38"/>
       <c r="C680" s="13"/>
       <c r="D680" s="10"/>
       <c r="E680" s="10"/>
       <c r="F680" s="13"/>
       <c r="G680" s="15"/>
     </row>
-    <row r="681" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="681" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A681" s="10"/>
       <c r="B681" s="38"/>
       <c r="C681" s="13"/>
       <c r="D681" s="10"/>
       <c r="E681" s="10"/>
       <c r="F681" s="13"/>
       <c r="G681" s="15"/>
     </row>
-    <row r="682" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="682" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A682" s="10"/>
       <c r="B682" s="38"/>
       <c r="C682" s="13"/>
       <c r="D682" s="10"/>
       <c r="E682" s="10"/>
       <c r="F682" s="13"/>
       <c r="G682" s="15"/>
     </row>
-    <row r="683" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="683" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A683" s="10"/>
       <c r="B683" s="38"/>
       <c r="C683" s="13"/>
       <c r="D683" s="10"/>
       <c r="E683" s="10"/>
       <c r="F683" s="13"/>
       <c r="G683" s="15"/>
     </row>
-    <row r="684" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="684" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A684" s="10"/>
       <c r="B684" s="38"/>
       <c r="C684" s="13"/>
       <c r="D684" s="10"/>
       <c r="E684" s="10"/>
       <c r="F684" s="13"/>
       <c r="G684" s="15"/>
     </row>
-    <row r="685" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="685" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A685" s="10"/>
       <c r="B685" s="38"/>
       <c r="C685" s="13"/>
       <c r="D685" s="10"/>
       <c r="E685" s="10"/>
       <c r="F685" s="13"/>
       <c r="G685" s="15"/>
     </row>
-    <row r="686" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="686" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A686" s="10"/>
       <c r="B686" s="38"/>
       <c r="C686" s="13"/>
       <c r="D686" s="10"/>
       <c r="E686" s="10"/>
       <c r="F686" s="13"/>
       <c r="G686" s="15"/>
     </row>
-    <row r="687" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="687" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A687" s="10"/>
       <c r="B687" s="38"/>
       <c r="C687" s="13"/>
       <c r="D687" s="10"/>
       <c r="E687" s="10"/>
       <c r="F687" s="13"/>
       <c r="G687" s="15"/>
     </row>
-    <row r="688" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="688" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A688" s="10"/>
       <c r="B688" s="38"/>
       <c r="C688" s="13"/>
       <c r="D688" s="10"/>
       <c r="E688" s="10"/>
       <c r="F688" s="13"/>
       <c r="G688" s="15"/>
     </row>
-    <row r="689" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="689" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A689" s="10"/>
       <c r="B689" s="38"/>
       <c r="C689" s="13"/>
       <c r="D689" s="10"/>
       <c r="E689" s="10"/>
       <c r="F689" s="13"/>
       <c r="G689" s="15"/>
     </row>
-    <row r="690" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="690" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A690" s="10"/>
       <c r="B690" s="38"/>
       <c r="C690" s="13"/>
       <c r="D690" s="10"/>
       <c r="E690" s="10"/>
       <c r="F690" s="13"/>
       <c r="G690" s="15"/>
     </row>
-    <row r="691" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="691" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A691" s="10"/>
       <c r="B691" s="38"/>
       <c r="C691" s="13"/>
       <c r="D691" s="10"/>
       <c r="E691" s="10"/>
       <c r="F691" s="13"/>
       <c r="G691" s="15"/>
     </row>
-    <row r="692" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="692" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A692" s="10"/>
       <c r="B692" s="38"/>
       <c r="C692" s="13"/>
       <c r="D692" s="10"/>
       <c r="E692" s="10"/>
       <c r="F692" s="13"/>
       <c r="G692" s="15"/>
     </row>
-    <row r="693" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="693" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A693" s="10"/>
       <c r="B693" s="38"/>
       <c r="C693" s="13"/>
       <c r="D693" s="10"/>
       <c r="E693" s="10"/>
       <c r="F693" s="13"/>
       <c r="G693" s="15"/>
     </row>
-    <row r="694" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="694" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A694" s="10"/>
       <c r="B694" s="38"/>
       <c r="C694" s="13"/>
       <c r="D694" s="10"/>
       <c r="E694" s="10"/>
       <c r="F694" s="13"/>
       <c r="G694" s="15"/>
     </row>
-    <row r="695" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="695" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A695" s="10"/>
       <c r="B695" s="38"/>
       <c r="C695" s="13"/>
       <c r="D695" s="10"/>
       <c r="E695" s="10"/>
       <c r="F695" s="13"/>
       <c r="G695" s="15"/>
     </row>
-    <row r="696" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+    <row r="696" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A696" s="10"/>
       <c r="B696" s="38"/>
       <c r="C696" s="13"/>
       <c r="D696" s="10"/>
       <c r="E696" s="10"/>
       <c r="F696" s="13"/>
       <c r="G696" s="15"/>
     </row>
-    <row r="697" spans="1:7" ht="15" x14ac:dyDescent="0.2">
-[...45 lines deleted...]
-      <c r="M855" s="11"/>
+    <row r="843" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A843" s="36"/>
+      <c r="B843" s="36"/>
+      <c r="C843" s="36"/>
+      <c r="D843" s="36"/>
+      <c r="E843" s="36"/>
+      <c r="F843" s="11"/>
+      <c r="G843" s="11"/>
+      <c r="H843" s="11"/>
+      <c r="I843" s="11"/>
+      <c r="J843" s="11"/>
+      <c r="K843" s="11"/>
+      <c r="L843" s="11"/>
+      <c r="M843" s="11"/>
+    </row>
+    <row r="853" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A853" s="36"/>
+      <c r="B853" s="36"/>
+      <c r="C853" s="36"/>
+      <c r="D853" s="36"/>
+      <c r="E853" s="36"/>
+      <c r="F853" s="11"/>
+      <c r="G853" s="11"/>
+      <c r="H853" s="11"/>
+      <c r="I853" s="11"/>
+      <c r="J853" s="11"/>
+      <c r="K853" s="11"/>
+      <c r="L853" s="11"/>
+      <c r="M853" s="11"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:G2" xr:uid="{00000000-0001-0000-0400-000000000000}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="F1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
@@ -28152,99 +28766,93 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
-</file>
-[...4 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Nodokļu kontroles rēķins</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>