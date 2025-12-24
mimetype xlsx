--- v2 (2025-11-22)
+++ v3 (2025-12-24)
@@ -4,78 +4,78 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24931"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vid00238\Documents\ārējā_lapa\2025\Novembris\2111\lemumi\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Decembris\Lēmumi\6Lēmumi par nodokļu kontroles rēķinu\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{72878CBB-D963-4D0A-99C1-69A0FF0062BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D19C077F-8E60-4C6B-80D8-353BA4DB57A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nodokļu kontroles rēķins" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Nodokļu kontroles rēķins'!$A$2:$G$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3888" uniqueCount="2738">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4003" uniqueCount="2818">
   <si>
     <t>Nodokļu kontroles rēķins</t>
   </si>
   <si>
     <t>Saīsinājumi:
 VSAOI - valsts sociālās apdrošināšanas obligātās iemaksas
 IIN - iedzīvotāju ienākuma nodoklis
 PVN - pievienotās vērtības nodoklis
 MUN - mikrouzņēmuma nodoklis
 AN - akcīzes nodoklis</t>
   </si>
   <si>
     <t>Adresāts</t>
   </si>
   <si>
     <t>Reģ.nr.</t>
   </si>
   <si>
     <t>Spēkā stāšanās datums</t>
   </si>
   <si>
     <t>Pārkāpuma būtība</t>
   </si>
   <si>
     <t>Piemērotā atbildība/sods/uzrēķins</t>
@@ -10346,56 +10346,55 @@
     <t xml:space="preserve">Budžetā noteikts iemaksāt 129 069,72  EUR, tai skaitā:
 - VSAOI 65 611,18 EUR;
 -nokavējuma nauda 14 403,15 EUR;
 - IIN 40 225,10 EUR;
 - nokavējuma nauda 8 830,29 EUR.
 </t>
   </si>
   <si>
     <t>SIA “MS OZOLS”</t>
   </si>
   <si>
     <t>02.10.2025.</t>
   </si>
   <si>
     <t xml:space="preserve">Budžetā noteikts iemaksāt 290 508,61 EUR, tai skaitā:
 - VSAOI 147 394,58 EUR;
 - nokavējuma nauda 32 700,68 EUR;
 - IIN 90 365,12 EUR;
 - nokavējuma nauda 20 048,23 EUR.
 </t>
   </si>
   <si>
     <t>SIA “DS FOREST”</t>
   </si>
   <si>
-    <t xml:space="preserve">Budžetā noteikts iemaksāt 180 468,44 EUR, tai skaitā:
+    <t>Budžetā noteikts iemaksāt 180 468,44 EUR, tai skaitā:
 - VSAOI 86 342,73 EUR;
 - nokavējuma nauda 25 535,25 EUR;
 - IIN 52 935,25 EUR;
-- nokavējuma nauda 15 655,21 EUR.
-</t>
+- nokavējuma nauda 15 655,21 EUR.</t>
   </si>
   <si>
     <t>Bērnu un jauniešu tenisa atbalsts biedrība</t>
   </si>
   <si>
     <t>06.10.2025.</t>
   </si>
   <si>
     <t>2022. un 2023.gadā organizētās tenisa nodarbības bērniem un jauniešiem par maksu ir uzskatāmas par interešu izglītību un saņemtā maksa par treniņu nodarbībām tenisā ir kvalificējama par ieņēmumiem no saimnieciskās darbības, kas ir apliekama ar PVN. Atbilstoši iesniegtajiem uzņēmuma gada pārskatiem biedrības ieņēmumi no saimnieciskās darbības 2022. gadā bija 113 432,00 EUR un 2023. gadā – 142 265,00 EUR. Tātad biedrības ar PVN apliekamo darījumu vērtība 12 mēnešu periodā (2022. gada decembrī) pārsniedza 40 000,00 EUR. Tādējādi biedrībai bija pienākums reģistrēties VID PVN maksātāju reģistrā un no 40 000,00 EUR ar PVN apliekamo darījumu pārsnieguma aprēķināt un iemaksāt valsts budžetā PVN, to iekļaujot pārsnieguma vērtībā.</t>
   </si>
   <si>
     <t>noteikts budžetā maksājamais PVN 33 743,97 EUR un  nokavējuma nauda 8738,47 EUR.</t>
   </si>
   <si>
     <t xml:space="preserve">Pievienotās vērtības nodokļa likuma 34. panta desmitā daļa (spēkā līdz 31.12.2024.), 41. panta pirmās daļas 1.punkts, 52.panta pirmās daļas 12.punkts, 119. panta pirmā daļa, kā arī likuma “Par nodokļiem un nodevām” 23. panta septītās daļas 2. punkts un 29. panta otrā daļa._x000D_
 </t>
   </si>
   <si>
     <t xml:space="preserve">SIA “7 Figures”
 </t>
   </si>
   <si>
     <t>16.10.2025.</t>
   </si>
   <si>
@@ -10542,81 +10541,401 @@
     <t>Noteikts iemaksāt budžetā:   UIN 107834,00 EUR un nokavējuma nauda 43108,67 EUR</t>
   </si>
   <si>
     <t>Likuma “Par nodokļiem un nodevām” 15. panta pirmās daļas 1.  un 2. punkts, 18. panta pirmās daļas 2. punkts, 23. panta piektā daļa un 5.2prim daļas 3. punkts, 23. panta sestās daļas 5.punkts, 23. panta četrpadsmitā daļa, 29. panta otrā, trešā un septītā daļa, 38. pants. Uzņēmumu ienākuma nodokļa likuma 3. panta pirmā un otrā daļa, 4. panta pirmā daļa, 4. panta otrās daļas 2. punkta “a apakšpunkts, 4. panta devītā daļa, 8. panta pirmā daļa un otrā daļa, 17. panta pirmā un septītā daļa. Ministru kabineta  13.02.2018.  noteikumu Nr. 93 “Noteikumi par uzņēmumu ienākuma nodokļa deklarācijā iekļaujamo informāciju” 2. punkts. Grāmatvedības likuma 6. panta otrā daļa un ceturtā daļa, 8. panta pirmā un otrā daļa, 11. panta pirmā un piektā daļa. </t>
   </si>
   <si>
     <t xml:space="preserve">SIA “LEROTS” </t>
   </si>
   <si>
     <t>PVN deklarācijās pilnā apjomā nav uzrādīti ieņēmumi no preču realizācijas .</t>
   </si>
   <si>
     <t xml:space="preserve">Budžetā noteikts iemaksāt: _x000D_
 5 986,08 EUR, t.sk. _x000D_
 - PVN 5 126,79 EUR;_x000D_
 - nokavējuma nauda 859,29 EUR. </t>
   </si>
   <si>
     <t xml:space="preserve">1) Pievienotās vērtības nodokļa likuma 5.panta pirmās daļas 1.punkts._x000D_
 2) Likuma “Par nodokļiem un nodevām” 23. panta sestās daļas 5., 6.punkts un septītā daļa,  29. panta otrā daļa. </t>
   </si>
   <si>
     <t>SIA “QLS LATVIJA”</t>
   </si>
   <si>
+    <t>15.10.2025.</t>
+  </si>
+  <si>
     <t>Periodā no 2023. gada jūlija līdz decembrim nav deklarēti darba ienākumi un aprēķinātas VSAOI pilnā apmērā, veikti ar PVN apliekamie darījumi, par kuriem nav deklarēts PVN pilnā apmērā, grāmatvedības reģistros iegrāmati ar saimniecisko darbību nesaistīti darījumi, par kuriem nepamatoti atskaitīts priekšnodoklis un nav aprēķināts  UIN.</t>
   </si>
   <si>
     <t>Budžetā noteikts iemaksāt 7 409,61 EUR, tai skaitā:
  - VSAOI 2 942,85 EUR un nokavējuma nauda 990,39 EUR;
  -  PVN 2 421,86 EUR un nokavējuma nauda 801,84 EUR;
  -  UIN 193,00 EUR un nokavējuma nauda 59,67 EUR.  </t>
   </si>
   <si>
     <t>Likuma “Par nodokļiem un nodevām” 15. panta pirmās daļas 1. un 2. punkts, 23. panta otrā daļa, 23. panta 5.5 daļa, 23. panta sestās daļas 5. punkts, 29. panta otrā un septītā daļa, likuma “Par valsts sociālo apdrošināšanu” 1. panta 2. punkta “a” apakšpunkts, 5. panta pirmā un ceturtā daļa, 13. panta otrā daļa, 14. panta pirmā daļa, 16. panta otrā daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 21. panta pirmā un otā daļa, 23. panta pirmā daļa, Pievienotās vērtības nodokļa likuma 5. panta pirmās daļas 2. punkts, 35. panta trešā daļa, 41. panta pirmās daļas 1. punkts un 2. punkta “a” apakšpunkts, 42. panta desmitā daļa, 84. panta pirmā daļa, 92. panta pirmā daļa, 117. panta pirmā daļa, 118. panta pirmā daļa, 119. panta pirmā daļa, 126. pants, Uzņēmumu ienākuma nodokļa likuma 3. panta pirmā un otrā daļa, 4. panta pirmā un devītā daļa, 4. panta otrās daļas 2. punkta “a” apakšpunkts, 8. panta pirmā daļa, 8. panta otrās daļas 1. un 2. punkts,17. panta pirmā un septītā daļa, Ministru kabineta 07.09.2010. noteikumu Nr. 827 “Noteikumi par valsts sociālās apdrošināšanas obligāto iemaksu veicēju reģistrāciju un ziņojumiem par valsts sociālās apdrošināšanas obligātajām iemaksām un iedzīvotāju ienākuma nodokli” 8.1. apakšpunkts</t>
+  </si>
+  <si>
+    <t>SIA “Carvino plus”</t>
+  </si>
+  <si>
+    <t>14.10.2025.</t>
+  </si>
+  <si>
+    <t>Nodarbinātajām personām nav aprēķināta darba alga par faktiski nostrādātajām stundām, kā arī nav aprēķināti nodokļi no valdes locekļa domājamā ienākuma.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 2973,69 EUR, t. sk:
+- VSAOI 2189,99 EUR;
+- nokavējuma nauda 406,13 EUR;
+- IIN 349,70 EUR;
+- nokavējuma nauda 27,87 EUR.</t>
+  </si>
+  <si>
+    <t>MAHATYA SIA</t>
+  </si>
+  <si>
+    <t>Nav veikta reģistrācija VID PVN maksātāju reģistrā, nav aprēķināts un nav samaksāts PVN.
+Nodarbinātajām personām darba alga nav aprēķināta par faktiski nostrādātajām stundām.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 6668,98EUR, t.sk.:
+- PVN 3 604,81 EUR; 
+- nokavējuma nauda 187,43 EUR;           
+- VSAOI 2 755,27 EUR;
+- nokavējuma nauda 121,47 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts un sestās daļas 5. punkts, 29. panta otrā un trešā daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 21. panta pirmā un otrā daļa, 23. panta pirmā daļa, Pievienotās vērtības nodokļa likuma 5. panta pirmās daļas 2. punkts, 19. panta pirmā daļa, 32. panta pirmā un otrā daļa, 34. panta pirmā daļa, 41. panta pirmās daļas 1. punkts, 55. panta pirmās daļas 2. punkts, 84. panta pirmā daļa, 88. panta pirmā daļa, 117. panta astotā daļa, 118. panta septītā un desmita daļa, 119. panta pirmā un piektā daļa, 29.10.2024. Ministru kabineta noteikumu Nr. 680 „Grozījums Ministru kabineta 24.11.2015. noteikumos Nr. 656 „Noteikumi par minimālās mēneša darba algas apmēru normālā darba laika ietvaros un minimālās stundas tarifa likmes aprēķināšanu” 2. punkts.</t>
+  </si>
+  <si>
+    <t>SIA “CROCUS OPTIC”</t>
+  </si>
+  <si>
+    <t>30.10.2025.</t>
+  </si>
+  <si>
+    <t>Darījumiem realizācijā nav pierādīta  PVN 0% likmes piemērošanas pamatotība, nedeklarēta realizācija.</t>
+  </si>
+  <si>
+    <t>Papildus aprēķināts un noteikts iemaksāt valsts budžetā PVN 2329,10 EUR un nokavējuma naudu 596,29 EUR</t>
+  </si>
+  <si>
+    <t>Pamatojoties uz likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punktu, 29. panta otro un trešo daļu, Pievienotas vērtības nodokļa likuma 41. panta pirmās daļas 1. punktu, 84. panta pirmo daļu un 92. panta pirmo daļu.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SIA "FEARR"</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 7609,17 EUR, t. sk.:
+- VSAOI 3851,42 EUR;
+- nokavējuma nauda 623,63 EUR;
+- IIN 2687,00 EUR;
+- nokavējuma nauda 447,12 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.9 daļa, likuma “Par valsts sociālo apdrošināšanu", 14. panta pirmā un 12.1 daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SIA "EKK BŪVE"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nodarbinātajām personām nav aprēķināta darba alga par faktiski nostrādātajām stundām, darba alga aprēķināšanā piemērotas zemākas stundu tarifa likmes par valstī noteiktajām. </t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 3180,99 EUR, t. sk.:
+- VSAOI 2470,04 EUR;
+- nokavējuma nauda 710,95 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma “Par valsts sociālo apdrošināšanu" 18. panta pirmā daļa, 20. panta pirmā, 23. panta pirmā daļa.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "OWH" </t>
+  </si>
+  <si>
+    <t>31.10.2025.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 28 766,08 EUR, t.sk.:
+- PVN 21 987,76 EUR;
+- nokavējuma nauda 6 778,32 EUR</t>
+  </si>
+  <si>
+    <t>SIA “Dionysus”</t>
+  </si>
+  <si>
+    <t>Sabiedrība guvusi nedeklarētus ieņēmumus, nav aprēķināts un samaksāts PVN.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 5158,64, t.sk.:_x000D_
+- PVN 4345,00 EUR;_x000D_
+- nokavējuma nauda 813,64 EUR;_x000D_
+Samazināta no budžeta atmaksājamā PVN summa 1981,03 EUR</t>
+  </si>
+  <si>
+    <t>1)Grāmatvedības likuma 6. panta otrā un ceturtā daļa, 8. panta pirmā un otrā daļa. _x000D_
+2) Likuma “Par nodokļiem un nodevām” 23. panta sestā daļas 1., 5.punkts, septītās daļas 1., 2. punkts._x000D_
+3) Pievienotās vērtības nodokļa likuma 5.panta pirmās daļas 1.punkts, 34.panta pirmā daļa, 41.panta pirmās daļas 1.punkts.</t>
+  </si>
+  <si>
+    <t>SIA “A and V”</t>
+  </si>
+  <si>
+    <t>Budzētā noteikts iemaksāt 5002,69 EUR, t. sk.:
+- VSAOI 2841,40 EUR;
+- nokavējuma nauda 256,40 EUR;
+- IIN 1748,50 EUR;
+- nokavējuma nauda 159,39 EUR.</t>
+  </si>
+  <si>
+    <t>KARMABOX SIA</t>
+  </si>
+  <si>
+    <t>27.10.2025.</t>
+  </si>
+  <si>
+    <t>Nav uzrādīti visi gūtie ieņēmumi.
+Nodarbinātajām personām darba alga izmaksāta lielāka apmērā kā uzrādīts grāmatvedības reģistros.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 1234,29 EUR, t.sk.:
+- PVN 640,66 EUR; 
+- nokavējuma nauda 33,96 EUR;           
+- VSAOI 322,96 EUR;
+- IIN 216,22 EUR;
+- nokavējuma nauda 20,49 EUR. 
+Samazināts no budžeta atmaksājamais PVN 507,48 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts un 29. panta otrā un trešā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta otrā daļa, 15. panta trešā daļa, 15. panta piecpadsmitā daļa, 16.1 panta pirmā daļa, 17. panta piektā daļa, 29. panta pirmās daļas 1. punkta, 31. panta pirmā un trešā daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, 16. panta otrā daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 21. panta pirmā un otrā daļa, 23. panta pirmā daļa, Ministru kabineta 21.09.2010. noteikumu Nr. 899 “Likuma “Par iedzīvotāju ienākuma nodokli” normu piemērošanas kārtība” 18.1 punkts, Pievienotās vērtības nodokļa likuma 1. panta otrā daļa, 5. panta pirmās daļas 2. punkts, 32. panta pirmā un otrā daļa, 34. panta pirmā daļa, 41. panta pirmās daļas 1. punkts, 84. panta pirmā daļa, 119. panta pirmā daļa.</t>
+  </si>
+  <si>
+    <t>SIA "RIGOL"</t>
+  </si>
+  <si>
+    <t>06.11.2025.</t>
+  </si>
+  <si>
+    <t>Nav pierādīta izdevumus saistība ar saimniecisko darbību un jaunas ar PVN apliekamas vērtības radīšanai, tādējādi netiek atzīts PVN priekšnodoklis un darījumi iekļaujami ar UIN apliekamājā bāzē,  palielinot UIN</t>
+  </si>
+  <si>
+    <t>Papildus aprēķināts un noteikts iemaksāt valsts budžetā 46 774,38 EUR, PVN 17 834,36 EUR, UIN 21 231,00 EUR un nokavējuma nauda  7709,02 EUR</t>
+  </si>
+  <si>
+    <t>Pamatojoties uz likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punktu, 29. panta otro un trešo daļu, Pievienotās vērtības nodokļa likuma 84. panta pirmo daļu, 92. panta pirmo daļu, Uzņēmumu ienākuma nodokļa likuma 2. panta pirmo daļu, 3. panta pirmo un otro daļu, 4. panta otro un devīto daļu, 8. panta pirmo daļu un otrās daļas 2. punktu, 17. panta pirmo daļu</t>
+  </si>
+  <si>
+    <t>SIA “CBAPKA”</t>
+  </si>
+  <si>
+    <t>1. Periodā 2023. gada jūlijs - 2024. gada janvāris nav aprēķināta darba alga par visām nostrādātajām stundām, piemaksas par darbu nakts stundās, svētku dienās un virsstundu darba laiku, nepamatoti aprēķināti un izmaksāti naudas līdzekli, kas pielīdzināmi darba algai, nav deklarēti un samaksāti valsts budžetā VSAOI un IIN no darba ņēmēju darba ienākumiem pilnā apmērā.
+2. Veikti maksājumi par ar uzņēmuma saimniecisko darbību nesaistītajiem darījumiem, t.sk. par nekustamo īpašumu un automašīnu īri/nomu, degvielas iegādi automašīnam, par ar komandējuma braucieniem periodā 2023. gada februāris - 2024. gada maijs, par kuriem nav aprēķināts UIN, kā arī nepamatoti atskaitīts PVN.
+4.  SIA “CBAPKA”  nesavlaicīgi deklarējusi darījumus PVN dekalrācijā.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 107019,41‬ EUR.t.sk.:
+ - VSAOI 12308,30 EUR,
+ - nokavējuma nauda 4260,42 EUR;
+ -  IIN 2588,49 EUR,
+- nokavējuma nauda 901,64 EUR; - 
+ -  UIN 49536,00 EUR,
+- nokavējuma nauda 16455,49 EUR;
+ - PVN 15451,46 EUR,
+- nokavējuma nauda 5517,61 EUR.</t>
+  </si>
+  <si>
+    <t>Grāmatvedības likuma 6. panta otrā, trešā un ceturtā daļa, 8. panta pirmā un otrā daļa, 11. panta pirmā un piektā daļa, Pievienotās vērtības nodokļa likuma 32. panta pirmā daļa, 92. panta pirmā daļa, 97. panta pirmā daļa, 106. panta pirmā daļa,120. panta ceturtā daļa, 125. panta pirmā un ceturtā daļa, 131. panta pirmā daļa, Uzņēmumu ienākuma nodokļa likuma 3. panta pirmā un otrā daļa, 4. panta otrās daļas 2. punkta a) apakšpunkts un devītā daļa, 8. panta pirmā daļa un otrās daļas 2. punkts, 17. panta pirmā un septītā daļa, Ministru kabineta 18.02.2018. noteikumu Nr. 93 “Noteikumi par uzņēmumu ienākuma nodokļa deklarācijā iekļaujamo informāciju” 2. punkts, Gada pārskatu un konsolidēto gada pārskatu likuma 14. panta pirmās daļas 9. punkts, Darba likuma 28. pants, 67. panta pirmā daļa, 68. panta pirmā daļa, 69.panta pirmā daļa, 74. panta otrā un trešā daļa, 131. panta pirmā daļa, 137. panta pirmā un otrā daļa, 138. panta pirmā daļa, 145. panta pirmā, otrā un piektā daļa, likuma “Par valsts sociālo apdrošināšanu” 5. panta pirmā daļa, 14. panta pirmā daļa, 16. panta otrā daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 21. panta pirmā un otrā daļa, 23. panta pirmā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 3. panta pirmā daļa, 8. panta otrā daļa, 15. panta trešā daļa un septiņpadsmitā daļa, 16.1 panta pirmā daļa, 17. panta pirmā daļa un piektās daļas 3. punkts, 29. panta pirmās daļas 1. punkts, likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļa.</t>
+  </si>
+  <si>
+    <t>VILORD SIA</t>
+  </si>
+  <si>
+    <t>10.11.2025.</t>
+  </si>
+  <si>
+    <t>SIA “VILORD” ir izvairījusies no nodokļu nomaksas (VSAOI, IIN un PVN).  Konstatēts, ka nav uzskaitīti visi gūtie ieņēmumi, darba algas nav aprēķinātas pilnā apmērā un nav uzrādītas VID iesniegtajos pārskatos.  </t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 1815,68 EUR, t.sk.:
+- VSAOI 844,76 EUR un  nokavējuma nauda 149,44 EUR;
+- IIN 517,97 EUR un nokavējuma nauda 91,64 EUR;
+- PVN 17,36 EUR un nokavējuma nauda 3,55 EUR, samazināts no budžeta atmaksājamais PVN 190,96 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem  un nodevām” 23. panta  5.2 daļas 3. punkts un 29. panta otrā daļa, likuma “Par valsts sociālo apdrošināšanu” 5. panta pirmā un ceturtā daļa, 13. panta otrā daļa, 14. panta pirmā daļa, 16. panta otrā daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 21. panta pirmā un otrā daļa, 23. panta pirmā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta pirmā un otrā daļa, 15. panta septiņpadsmitā daļa, 17. panta piektā daļa, 16.1 panta pirmā daļa, 29. panta pirmās daļas 1. punkts, Pievienotās vērtības nodokļa likuma 5. panta pirmās daļas 2. punkts, 41. panta pirmās daļas 1. punkts, 119. panta pirmā daļa.</t>
+  </si>
+  <si>
+    <t>MMOM SIA</t>
+  </si>
+  <si>
+    <t>12.11.2025.</t>
+  </si>
+  <si>
+    <t>MMOM SIA periodā no 2022. gada oktobra līdz 2024. gada februārim MMOM SIA neaprēķināja IIN no izmaksātām algota darba ienākumam pielīdzināmām izmaksām, nepamatoti palielināja priekšnodokļā summas par iekšzemē iegādātajām precēm un saņemtajiem pakalpojumiem PVN deklarācijās, pilnā apmērā neaprēķināja, nedeklarēja un nesamaksāja valsts budžetā IIN no darba ienākumiem un PVN.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 90 470,81 EUR, t.sk.:
+-PVN 41 890,00 EUR un nokavējuma nauda 15 374,25 EUR;
+-IIN 23 961,70 EUR un nokavējuma nauda 9 244,86 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un septītā daļa, 38. pants, Pievienotās vērtības nodokļa likuma 92. panta pirmās daļas 1. punkts, ceturtā daļa, Grāmatvedības likuma 8. panta pirmā un otrā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 1. panta pirmās daļas 1. punkts, 3. panta pirmā daļa, 4. panta pirmās daļas 1. punkts, 8. panta pirmā un otrā daļa, 15. panta trešā daļa, septiņpadsmitā daļa, divdesmīt trešā daļa, 16.1 panta pirmā daļa, 17. panta piektā daļa, 29. panta pirmās daļas 1. punkts, Darba likuma 59. pants, Ministru kabineta 2010. gada 21. septembra noteikumu Nr. 899 “Likuma “Par iedzīvotāju ienākuma nodokli” normu piemērošanas kārtība” 18.1 punkts.</t>
+  </si>
+  <si>
+    <t>SIA "KEHT"</t>
+  </si>
+  <si>
+    <t>11.11.2025.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 4368,28 EUR, t. sk.:
+- VSAOI 2469,95 EUR;
+- nokavējuma nauda 315,52 EUR;
+- IIN 1371,10 EUR;
+- nokavējuma nauda 211,71 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.9 daļa, likuma “Par valsts sociālo apdrošināšanu", 14. panta pirmā un 12.1 daļa, 18. panta pirmā daļa, 20. panta pirmā daļa.</t>
+  </si>
+  <si>
+    <t>SIA "T&amp;M CAR SERVICE"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nav pierādījusi sasaisti  par priekšnodoklī atskaitītiem darījumiem  ar PVN apliekamiem darījumiem un saimniecisko darbību. Darījumi iekļaujami UIN apliekamājā bāzē,  palielinot UIN. </t>
+  </si>
+  <si>
+    <t>budžetā noteikts iemaksāt 11595,65 EUR, t.sk.:-PVN 3713,21 EUR un nokavējuma nauda 665,13 EUR, - UIN 6068,00 EUR
+- nokavējuma nauda 1149,31 EUR</t>
+  </si>
+  <si>
+    <t>likuma “Par nodokļiem un nodevām” 15. panta pirmo daļu, 23. panta 5.2 daļas 3. punktu, 29. panta otro un trešo daļu, Pievienotās vērtības nodokļa likuma 84. panta pirmo daļu, 92. panta pirmo daļu; Uzņēmumu ienākuma nodokļa likuma 2. panta pirmo daļu, 3. panta pirmo un otro daļu, 4. panta otro un devīto daļu, 8. panta pirmo daļu un otrās daļas 2. punktu, 17. panta pirmo daļu</t>
+  </si>
+  <si>
+    <t>SIA “GAG Transport Solutions”</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par 2024. gada maiju, 2025. gada janvāri, jūniju un jūliju PVN deklarācijās nav uzrādīti  realizācijas darījumi 100 875,75 EUR apmērā un nepamatoti atskaitīts priekšnodoklis 75 876,31 EUR apmērā.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budžetā noteikts iemaksāt 38 683,21 EUR, t.sk.:
+- PVN	34 746,46 EUR;
+- nokavējuma nauda 3 936,75 EUR.
+Samazināta PVN pārmaksa 2 371,47 EUR.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pievienotās vērtības nodokļa likuma  92. panta pirmās daļas 1. punkts, 125. panta pirmā, trešā, ceturtā, piektā daļa, Ministru kabineta 15.01.2023. noteikumu Nr. 40 “Noteikumi par pievienotās vērtības nodokļa deklarācijām” 19.1., 23.1., 25.4.4., 25.5.4., 25.6.3., 25.6.4.2., 25.6.5. punkts. </t>
+  </si>
+  <si>
+    <t>SIA “DRAGON CN”</t>
+  </si>
+  <si>
+    <t>14.11.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par 2024. gada 4. ceturksni nav pilnā apmērā aprēķināts un nomaksāts valsts budžetā maksājamais PVN;
+Par 2024. gada oktobri – decembri, nedeklarējot SIA “DRAGON CN” valdes loceklim ar algas nodokļiem apliekamo ienākumu, nav pilnā apmērā aprēķināts un nomaksāts valsts budžetā maksājamās VSAOI un IIN.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budžetā noteikts iemaksāt 6 558,31 EUR, t.sk.:
+- PVN 4 813,51 EUR; 
+- nokavējuma nauda no PVN 553,55 EUR; 
+- VSAOI 571,20 EUR;
+- nokavējuma nauda no VSAOI 74,26 EUR;
+- IIN 483,00 EUR;
+- nokavējuma nauda  no IIN 62,79 EUR.
+</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 28.1 pants, Pievienotās vērtības nodokļa likuma 5. panta pirmās daļas 1. un 2. punkts, 84. panta pirmā daļa, 117. panta pirmā un astotā daļa, 118. panta pirmā un desmitā daļa, likuma “Par valsts sociālo apdrošināšanu” 1. panta 2. punkta “m” apakšpunkts, 14. panta 12.1 daļa, 18. panta otrā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.9 daļa, 15. panta septiņpadsmitā daļa. </t>
+  </si>
+  <si>
+    <t>SIA “MAINSO MARKETING”</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dokumentāri nav pamatoti priekšnodokļa atskaitījumi un to sasaiste ar komercsabiedrības saimniecisko darbību. _x000D_
+_x000D_
+Veikti ar komercsabiedrības saimniecisko darbību nesaistīti darījumi, par kuriem nav aprēķināts UIN._x000D_
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budžetā noteikts iemaksāt 43 052,79 EUR, t.sk.:_x000D_
+- PVN 9 464,04 EUR;_x000D_
+- nokavējuma nauda 2 748,69 EUR;_x000D_
+- UIN 24 945,00 EU;_x000D_
+- nokavējuma nauda 5 895,06 EUR._x000D_
+Samazināts no budžeta atmaksājamais PVN 28 506,55 EUR._x000D_
+</t>
+  </si>
+  <si>
+    <t>1) Likuma “Par nodokļiem un nodevām” 15. panta pirmās daļas 1. un 2. punkts, 23. panta 5.2 daļas 3. punkts, 23. panta četrpadsmitā daļa, 29. panta otrā un trešā daļa. 
+2) Grāmatvedības likuma 6. panta otrā, trešā un ceturtā daļa, 8. panta pirmā un otrā daļa, 11. panta pirmā daļa.
+3)Pievienotās vērtības nodokļa likuma 92. panta pirmās daļas 1. punkts, 92. panta septītā daļa, 125. panta pirmā un ceturtā daļa.
+4) Uzņēmumu ienākuma nodokļa likuma 3. panta pirmā un otrā daļa, 4. panta otrās daļas 2.punkta “a” apakšpunkts, 8. panta pirmā daļa un otrās daļas 2. punkts.</t>
+  </si>
+  <si>
+    <t>SIA “Lucky Trade“</t>
+  </si>
+  <si>
+    <t>17.11.2025.</t>
+  </si>
+  <si>
+    <t>Nepamatoti piemērota PVN 0 % likme.
+Veikti ar uzņēmuma saimniecisko darbību nesaistīti darījumi, par kuriem nav aprēķināts UIN.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budžetā noteikts iemaksāt 21 447,79 EUR, t.sk.: 
+- PVN 7 029,16 EUR;
+- nokavējuma nauda 2 469,63 EUR; 
+- UIN 8 535,20 EUR;
+- nokavējuma nauda 3 414,00 EUR.
+Samazināts no budžeta atmaksājamais PVN 5 915,07 EUR. </t>
+  </si>
+  <si>
+    <t>1) Uzņēmumu ienākuma nodokļa 3.panta pirmā un otrā daļa, 4.panta otrās daļas 2.punkta “a” apakšpunkts,  devītā daļa, 8.panta pirmā daļa un otrās daļas 2.punkts, 17. panta pirmā daļa.
+2) Pievienotās vērtības nodokļa likuma 1. panta 21. punkts, 41.panta pirmās daļas 1. un 3.punkts, 43.panta ceturtā daļa, 51.panta pirmā daļa, 92.panta pirmās daļas 1.punkts, 125.panta pirmās daļas 3., 4., 5., 6., 7., 8., 9., 12., 15., 20.punkts.
+3) Likuma “Par nodokļiem un nodevām” 23. panta četrpadsmitā daļa, 29. panta otrā daļa.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
-    </font>
-[...5 lines deleted...]
-      <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -10751,175 +11070,175 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="42">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{16A88378-CB39-44A1-8A9D-9B24210459BD}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF0066"/>
       <color rgb="FFFF6699"/>
       <color rgb="FF97B7FF"/>
       <color rgb="FF002169"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
@@ -10968,91 +11287,91 @@
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1" y="0"/>
           <a:ext cx="1301750" cy="1253954"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -11114,51 +11433,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -11256,348 +11575,348 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:M853"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A646" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="K647" sqref="K647"/>
+      <pane ySplit="2" topLeftCell="A663" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A667" sqref="A667"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="22.109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="18.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="16.33203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="65.109375" style="1" customWidth="1"/>
-    <col min="5" max="5" width="52.33203125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="37" style="1" customWidth="1"/>
     <col min="6" max="6" width="17.5546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="76.109375" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="104.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="40"/>
       <c r="C1" s="40"/>
       <c r="D1" s="40"/>
       <c r="E1" s="40"/>
       <c r="F1" s="41" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="41"/>
     </row>
     <row r="2" spans="1:7" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="3" spans="1:7" s="4" customFormat="1" ht="92.4" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:7" s="4" customFormat="1" ht="105.6" x14ac:dyDescent="0.3">
       <c r="A3" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="13">
         <v>45402006916</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="14" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="14" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="14" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="4" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A4" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="13">
         <v>40103316924</v>
       </c>
       <c r="C4" s="13" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="14" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F4" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="14" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="5" spans="1:7" ht="264" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:7" ht="343.2" x14ac:dyDescent="0.25">
       <c r="A5" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="13">
         <v>40203170709</v>
       </c>
       <c r="C5" s="13" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="10" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="15" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A6" s="12" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="13">
         <v>40003831156</v>
       </c>
       <c r="C6" s="13" t="s">
         <v>25</v>
       </c>
       <c r="D6" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>27</v>
       </c>
       <c r="F6" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="15" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="7" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A7" s="12" t="s">
         <v>29</v>
       </c>
       <c r="B7" s="13">
         <v>41203026677</v>
       </c>
       <c r="C7" s="13" t="s">
         <v>30</v>
       </c>
       <c r="D7" s="12" t="s">
         <v>31</v>
       </c>
       <c r="E7" s="12" t="s">
         <v>32</v>
       </c>
       <c r="F7" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="12" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="8" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
         <v>34</v>
       </c>
       <c r="B8" s="13">
         <v>40203383546</v>
       </c>
       <c r="C8" s="13" t="s">
         <v>30</v>
       </c>
       <c r="D8" s="10" t="s">
         <v>35</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>36</v>
       </c>
       <c r="F8" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="14" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A9" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B9" s="13">
         <v>40103617532</v>
       </c>
       <c r="C9" s="13" t="s">
         <v>39</v>
       </c>
       <c r="D9" s="14" t="s">
         <v>40</v>
       </c>
       <c r="E9" s="14" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="14" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="10" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
         <v>43</v>
       </c>
       <c r="B10" s="13">
         <v>40003518244</v>
       </c>
       <c r="C10" s="13" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>45</v>
       </c>
       <c r="E10" s="14" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G10" s="14" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A11" s="12" t="s">
         <v>48</v>
       </c>
       <c r="B11" s="13">
         <v>43603062510</v>
       </c>
       <c r="C11" s="13" t="s">
         <v>49</v>
       </c>
       <c r="D11" s="10" t="s">
         <v>50</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>51</v>
       </c>
       <c r="F11" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G11" s="15" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="12" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A12" s="12" t="s">
         <v>53</v>
       </c>
       <c r="B12" s="13">
         <v>40203300169</v>
       </c>
       <c r="C12" s="13" t="s">
         <v>54</v>
       </c>
       <c r="D12" s="10" t="s">
         <v>55</v>
       </c>
       <c r="E12" s="14" t="s">
         <v>56</v>
       </c>
       <c r="F12" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G12" s="14" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="13" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A13" s="12" t="s">
         <v>58</v>
       </c>
       <c r="B13" s="13">
         <v>40003982257</v>
       </c>
       <c r="C13" s="13" t="s">
         <v>59</v>
       </c>
       <c r="D13" s="10" t="s">
         <v>60</v>
       </c>
       <c r="E13" s="14" t="s">
         <v>61</v>
       </c>
       <c r="F13" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G13" s="14" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A14" s="16" t="s">
         <v>63</v>
@@ -11645,97 +11964,97 @@
       </c>
     </row>
     <row r="16" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>73</v>
       </c>
       <c r="B16" s="13">
         <v>40203326045</v>
       </c>
       <c r="C16" s="13" t="s">
         <v>69</v>
       </c>
       <c r="D16" s="10" t="s">
         <v>74</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>75</v>
       </c>
       <c r="F16" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="15" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="17" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A17" s="12" t="s">
         <v>77</v>
       </c>
       <c r="B17" s="13">
         <v>40103969429</v>
       </c>
       <c r="C17" s="13" t="s">
         <v>64</v>
       </c>
       <c r="D17" s="14" t="s">
         <v>78</v>
       </c>
       <c r="E17" s="14" t="s">
         <v>79</v>
       </c>
       <c r="F17" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G17" s="14" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>81</v>
       </c>
       <c r="B18" s="13">
         <v>42103088434</v>
       </c>
       <c r="C18" s="18" t="s">
         <v>82</v>
       </c>
       <c r="D18" s="14" t="s">
         <v>83</v>
       </c>
       <c r="E18" s="14" t="s">
         <v>84</v>
       </c>
       <c r="F18" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="14" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="19" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A19" s="12" t="s">
         <v>86</v>
       </c>
       <c r="B19" s="13">
         <v>40103755681</v>
       </c>
       <c r="C19" s="13" t="s">
         <v>87</v>
       </c>
       <c r="D19" s="14" t="s">
         <v>88</v>
       </c>
       <c r="E19" s="14" t="s">
         <v>89</v>
       </c>
       <c r="F19" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="14" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A20" s="12" t="s">
         <v>91</v>
@@ -11760,74 +12079,74 @@
       </c>
     </row>
     <row r="21" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A21" s="12" t="s">
         <v>95</v>
       </c>
       <c r="B21" s="13">
         <v>40203341631</v>
       </c>
       <c r="C21" s="13" t="s">
         <v>82</v>
       </c>
       <c r="D21" s="10" t="s">
         <v>96</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>97</v>
       </c>
       <c r="F21" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G21" s="10" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="22" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A22" s="12" t="s">
         <v>99</v>
       </c>
       <c r="B22" s="13">
         <v>50203397641</v>
       </c>
       <c r="C22" s="13" t="s">
         <v>82</v>
       </c>
       <c r="D22" s="10" t="s">
         <v>100</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>101</v>
       </c>
       <c r="F22" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G22" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="23" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:7" ht="198" x14ac:dyDescent="0.25">
       <c r="A23" s="12" t="s">
         <v>102</v>
       </c>
       <c r="B23" s="13">
         <v>40203361572</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>103</v>
       </c>
       <c r="D23" s="10" t="s">
         <v>104</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>105</v>
       </c>
       <c r="F23" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G23" s="14" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A24" s="12" t="s">
         <v>107</v>
@@ -12105,97 +12424,97 @@
       </c>
     </row>
     <row r="36" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A36" s="12" t="s">
         <v>154</v>
       </c>
       <c r="B36" s="13">
         <v>40203405148</v>
       </c>
       <c r="C36" s="13" t="s">
         <v>136</v>
       </c>
       <c r="D36" s="10" t="s">
         <v>155</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>156</v>
       </c>
       <c r="F36" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G36" s="10" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="37" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A37" s="12" t="s">
         <v>157</v>
       </c>
       <c r="B37" s="13">
         <v>40203419453</v>
       </c>
       <c r="C37" s="13" t="s">
         <v>158</v>
       </c>
       <c r="D37" s="10" t="s">
         <v>159</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>160</v>
       </c>
       <c r="F37" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G37" s="10" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="38" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A38" s="12" t="s">
         <v>161</v>
       </c>
       <c r="B38" s="13">
         <v>41703001707</v>
       </c>
       <c r="C38" s="13" t="s">
         <v>120</v>
       </c>
       <c r="D38" s="10" t="s">
         <v>162</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>163</v>
       </c>
       <c r="F38" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G38" s="14" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="39" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A39" s="12" t="s">
         <v>165</v>
       </c>
       <c r="B39" s="13">
         <v>40203145913</v>
       </c>
       <c r="C39" s="13" t="s">
         <v>166</v>
       </c>
       <c r="D39" s="10" t="s">
         <v>167</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>168</v>
       </c>
       <c r="F39" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G39" s="14" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="40" spans="1:7" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="12" t="s">
         <v>170</v>
@@ -12220,74 +12539,74 @@
       </c>
     </row>
     <row r="41" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A41" s="12" t="s">
         <v>175</v>
       </c>
       <c r="B41" s="13">
         <v>40003777945</v>
       </c>
       <c r="C41" s="18" t="s">
         <v>176</v>
       </c>
       <c r="D41" s="14" t="s">
         <v>177</v>
       </c>
       <c r="E41" s="14" t="s">
         <v>178</v>
       </c>
       <c r="F41" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="14" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="42" spans="1:7" ht="277.2" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:7" ht="290.39999999999998" x14ac:dyDescent="0.25">
       <c r="A42" s="12" t="s">
         <v>180</v>
       </c>
       <c r="B42" s="13">
         <v>40203197718</v>
       </c>
       <c r="C42" s="13" t="s">
         <v>181</v>
       </c>
       <c r="D42" s="10" t="s">
         <v>182</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>183</v>
       </c>
       <c r="F42" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="10" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="43" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A43" s="12" t="s">
         <v>185</v>
       </c>
       <c r="B43" s="13">
         <v>40203266954</v>
       </c>
       <c r="C43" s="13" t="s">
         <v>171</v>
       </c>
       <c r="D43" s="19" t="s">
         <v>186</v>
       </c>
       <c r="E43" s="19" t="s">
         <v>187</v>
       </c>
       <c r="F43" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="19" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="44" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A44" s="12" t="s">
         <v>189</v>
@@ -12335,350 +12654,350 @@
       </c>
     </row>
     <row r="46" spans="1:7" ht="165" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="12" t="s">
         <v>198</v>
       </c>
       <c r="B46" s="13">
         <v>40103491868</v>
       </c>
       <c r="C46" s="13" t="s">
         <v>199</v>
       </c>
       <c r="D46" s="14" t="s">
         <v>200</v>
       </c>
       <c r="E46" s="14" t="s">
         <v>201</v>
       </c>
       <c r="F46" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G46" s="14" t="s">
         <v>202</v>
       </c>
     </row>
-    <row r="47" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A47" s="12" t="s">
         <v>203</v>
       </c>
       <c r="B47" s="13">
         <v>41203075013</v>
       </c>
       <c r="C47" s="13" t="s">
         <v>204</v>
       </c>
       <c r="D47" s="14" t="s">
         <v>205</v>
       </c>
       <c r="E47" s="14" t="s">
         <v>206</v>
       </c>
       <c r="F47" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G47" s="14" t="s">
         <v>207</v>
       </c>
     </row>
-    <row r="48" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A48" s="12" t="s">
         <v>208</v>
       </c>
       <c r="B48" s="13">
         <v>40103221943</v>
       </c>
       <c r="C48" s="13" t="s">
         <v>204</v>
       </c>
       <c r="D48" s="14" t="s">
         <v>209</v>
       </c>
       <c r="E48" s="14" t="s">
         <v>210</v>
       </c>
       <c r="F48" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G48" s="14" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="49" spans="1:7" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="12" t="s">
         <v>212</v>
       </c>
       <c r="B49" s="13">
         <v>40203471355</v>
       </c>
       <c r="C49" s="13" t="s">
         <v>213</v>
       </c>
       <c r="D49" s="14" t="s">
         <v>214</v>
       </c>
       <c r="E49" s="14" t="s">
         <v>215</v>
       </c>
       <c r="F49" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="14" t="s">
         <v>216</v>
       </c>
     </row>
-    <row r="50" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A50" s="12" t="s">
         <v>217</v>
       </c>
       <c r="B50" s="13">
         <v>42103084644</v>
       </c>
       <c r="C50" s="13" t="s">
         <v>218</v>
       </c>
       <c r="D50" s="14" t="s">
         <v>219</v>
       </c>
       <c r="E50" s="14" t="s">
         <v>220</v>
       </c>
       <c r="F50" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G50" s="14" t="s">
         <v>221</v>
       </c>
     </row>
-    <row r="51" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A51" s="12" t="s">
         <v>222</v>
       </c>
       <c r="B51" s="13">
         <v>40103621631</v>
       </c>
       <c r="C51" s="13" t="s">
         <v>223</v>
       </c>
       <c r="D51" s="14" t="s">
         <v>224</v>
       </c>
       <c r="E51" s="14" t="s">
         <v>225</v>
       </c>
       <c r="F51" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G51" s="14" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="52" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A52" s="12" t="s">
         <v>227</v>
       </c>
       <c r="B52" s="13">
         <v>50203455831</v>
       </c>
       <c r="C52" s="13" t="s">
         <v>228</v>
       </c>
       <c r="D52" s="14" t="s">
         <v>229</v>
       </c>
       <c r="E52" s="14" t="s">
         <v>230</v>
       </c>
       <c r="F52" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G52" s="14" t="s">
         <v>216</v>
       </c>
     </row>
-    <row r="53" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A53" s="12" t="s">
         <v>231</v>
       </c>
       <c r="B53" s="13">
         <v>40203312825</v>
       </c>
       <c r="C53" s="13" t="s">
         <v>232</v>
       </c>
       <c r="D53" s="10" t="s">
         <v>233</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>234</v>
       </c>
       <c r="F53" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G53" s="10" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="54" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A54" s="12" t="s">
         <v>235</v>
       </c>
       <c r="B54" s="13">
         <v>40203344106</v>
       </c>
       <c r="C54" s="13" t="s">
         <v>232</v>
       </c>
       <c r="D54" s="10" t="s">
         <v>236</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>237</v>
       </c>
       <c r="F54" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G54" s="10" t="s">
         <v>238</v>
       </c>
     </row>
-    <row r="55" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A55" s="12" t="s">
         <v>239</v>
       </c>
       <c r="B55" s="13">
         <v>40003638082</v>
       </c>
       <c r="C55" s="9" t="s">
         <v>240</v>
       </c>
       <c r="D55" s="10" t="s">
         <v>241</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>242</v>
       </c>
       <c r="F55" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G55" s="15" t="s">
         <v>243</v>
       </c>
     </row>
-    <row r="56" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A56" s="12" t="s">
         <v>244</v>
       </c>
       <c r="B56" s="13">
         <v>40203349404</v>
       </c>
       <c r="C56" s="13" t="s">
         <v>245</v>
       </c>
       <c r="D56" s="10" t="s">
         <v>246</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>247</v>
       </c>
       <c r="F56" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G56" s="10" t="s">
         <v>248</v>
       </c>
     </row>
-    <row r="57" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A57" s="12" t="s">
         <v>249</v>
       </c>
       <c r="B57" s="13">
         <v>40203167338</v>
       </c>
       <c r="C57" s="13" t="s">
         <v>250</v>
       </c>
       <c r="D57" s="10" t="s">
         <v>251</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>252</v>
       </c>
       <c r="F57" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G57" s="10" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="58" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A58" s="12" t="s">
         <v>254</v>
       </c>
       <c r="B58" s="13">
         <v>40203242231</v>
       </c>
       <c r="C58" s="13" t="s">
         <v>255</v>
       </c>
       <c r="D58" s="10" t="s">
         <v>256</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>257</v>
       </c>
       <c r="F58" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G58" s="10" t="s">
         <v>258</v>
       </c>
     </row>
-    <row r="59" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A59" s="12" t="s">
         <v>259</v>
       </c>
       <c r="B59" s="13">
         <v>44103128881</v>
       </c>
       <c r="C59" s="13" t="s">
         <v>260</v>
       </c>
       <c r="D59" s="10" t="s">
         <v>261</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>262</v>
       </c>
       <c r="F59" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G59" s="10" t="s">
         <v>263</v>
       </c>
     </row>
-    <row r="60" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A60" s="12" t="s">
         <v>264</v>
       </c>
       <c r="B60" s="13">
         <v>40203368161</v>
       </c>
       <c r="C60" s="13" t="s">
         <v>265</v>
       </c>
       <c r="D60" s="10" t="s">
         <v>266</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>267</v>
       </c>
       <c r="F60" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G60" s="10" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="61" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A61" s="12" t="s">
         <v>269</v>
@@ -12841,189 +13160,189 @@
       </c>
     </row>
     <row r="68" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A68" s="12" t="s">
         <v>299</v>
       </c>
       <c r="B68" s="13">
         <v>50203335641</v>
       </c>
       <c r="C68" s="13" t="s">
         <v>300</v>
       </c>
       <c r="D68" s="10" t="s">
         <v>301</v>
       </c>
       <c r="E68" s="10" t="s">
         <v>302</v>
       </c>
       <c r="F68" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G68" s="10" t="s">
         <v>303</v>
       </c>
     </row>
-    <row r="69" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A69" s="12" t="s">
         <v>304</v>
       </c>
       <c r="B69" s="13">
         <v>40103911975</v>
       </c>
       <c r="C69" s="9" t="s">
         <v>289</v>
       </c>
       <c r="D69" s="14" t="s">
         <v>305</v>
       </c>
       <c r="E69" s="14" t="s">
         <v>306</v>
       </c>
       <c r="F69" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G69" s="14" t="s">
         <v>307</v>
       </c>
     </row>
-    <row r="70" spans="1:7" ht="250.8" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:7" ht="356.4" x14ac:dyDescent="0.25">
       <c r="A70" s="12" t="s">
         <v>308</v>
       </c>
       <c r="B70" s="13">
         <v>40103630102</v>
       </c>
       <c r="C70" s="9" t="s">
         <v>309</v>
       </c>
       <c r="D70" s="10" t="s">
         <v>310</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>311</v>
       </c>
       <c r="F70" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G70" s="14" t="s">
         <v>312</v>
       </c>
     </row>
-    <row r="71" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A71" s="12" t="s">
         <v>313</v>
       </c>
       <c r="B71" s="13">
         <v>40203251179</v>
       </c>
       <c r="C71" s="13" t="s">
         <v>300</v>
       </c>
       <c r="D71" s="10" t="s">
         <v>314</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>315</v>
       </c>
       <c r="F71" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G71" s="14" t="s">
         <v>316</v>
       </c>
     </row>
-    <row r="72" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A72" s="12" t="s">
         <v>317</v>
       </c>
       <c r="B72" s="13">
         <v>43602005370</v>
       </c>
       <c r="C72" s="13" t="s">
         <v>318</v>
       </c>
       <c r="D72" s="10" t="s">
         <v>319</v>
       </c>
       <c r="E72" s="10" t="s">
         <v>320</v>
       </c>
       <c r="F72" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G72" s="14" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="73" spans="1:7" ht="78.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="12" t="s">
         <v>322</v>
       </c>
       <c r="B73" s="13">
         <v>40203342853</v>
       </c>
       <c r="C73" s="13" t="s">
         <v>323</v>
       </c>
       <c r="D73" s="10" t="s">
         <v>324</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>325</v>
       </c>
       <c r="F73" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G73" s="10" t="s">
         <v>326</v>
       </c>
     </row>
-    <row r="74" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A74" s="12" t="s">
         <v>327</v>
       </c>
       <c r="B74" s="13">
         <v>40203325001</v>
       </c>
       <c r="C74" s="13" t="s">
         <v>323</v>
       </c>
       <c r="D74" s="10" t="s">
         <v>328</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>329</v>
       </c>
       <c r="F74" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G74" s="10" t="s">
         <v>330</v>
       </c>
     </row>
-    <row r="75" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A75" s="12" t="s">
         <v>331</v>
       </c>
       <c r="B75" s="13">
         <v>40203486562</v>
       </c>
       <c r="C75" s="13" t="s">
         <v>323</v>
       </c>
       <c r="D75" s="10" t="s">
         <v>332</v>
       </c>
       <c r="E75" s="10" t="s">
         <v>333</v>
       </c>
       <c r="F75" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G75" s="10" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="76" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A76" s="12" t="s">
         <v>335</v>
@@ -13048,51 +13367,51 @@
       </c>
     </row>
     <row r="77" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A77" s="12" t="s">
         <v>339</v>
       </c>
       <c r="B77" s="20">
         <v>40203443296</v>
       </c>
       <c r="C77" s="20" t="s">
         <v>340</v>
       </c>
       <c r="D77" s="10" t="s">
         <v>341</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>342</v>
       </c>
       <c r="F77" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G77" s="10" t="s">
         <v>278</v>
       </c>
     </row>
-    <row r="78" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A78" s="12" t="s">
         <v>343</v>
       </c>
       <c r="B78" s="13">
         <v>40203397635</v>
       </c>
       <c r="C78" s="9" t="s">
         <v>340</v>
       </c>
       <c r="D78" s="10" t="s">
         <v>344</v>
       </c>
       <c r="E78" s="10" t="s">
         <v>345</v>
       </c>
       <c r="F78" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G78" s="10" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="79" spans="1:7" ht="330" x14ac:dyDescent="0.25">
       <c r="A79" s="12" t="s">
         <v>347</v>
@@ -13232,74 +13551,74 @@
       </c>
     </row>
     <row r="85" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A85" s="12" t="s">
         <v>375</v>
       </c>
       <c r="B85" s="13">
         <v>40203498326</v>
       </c>
       <c r="C85" s="9" t="s">
         <v>362</v>
       </c>
       <c r="D85" s="10" t="s">
         <v>372</v>
       </c>
       <c r="E85" s="10" t="s">
         <v>376</v>
       </c>
       <c r="F85" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G85" s="10" t="s">
         <v>377</v>
       </c>
     </row>
-    <row r="86" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A86" s="12" t="s">
         <v>378</v>
       </c>
       <c r="B86" s="13">
         <v>41503087191</v>
       </c>
       <c r="C86" s="9" t="s">
         <v>371</v>
       </c>
       <c r="D86" s="10" t="s">
         <v>379</v>
       </c>
       <c r="E86" s="10" t="s">
         <v>380</v>
       </c>
       <c r="F86" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G86" s="10" t="s">
         <v>381</v>
       </c>
     </row>
-    <row r="87" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A87" s="12" t="s">
         <v>382</v>
       </c>
       <c r="B87" s="13">
         <v>40203042206</v>
       </c>
       <c r="C87" s="9" t="s">
         <v>383</v>
       </c>
       <c r="D87" s="10" t="s">
         <v>384</v>
       </c>
       <c r="E87" s="10" t="s">
         <v>385</v>
       </c>
       <c r="F87" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G87" s="10" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="88" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A88" s="12" t="s">
         <v>386</v>
@@ -13347,235 +13666,235 @@
       </c>
     </row>
     <row r="90" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A90" s="12" t="s">
         <v>394</v>
       </c>
       <c r="B90" s="13">
         <v>40203497778</v>
       </c>
       <c r="C90" s="9" t="s">
         <v>395</v>
       </c>
       <c r="D90" s="10" t="s">
         <v>372</v>
       </c>
       <c r="E90" s="10" t="s">
         <v>396</v>
       </c>
       <c r="F90" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G90" s="10" t="s">
         <v>397</v>
       </c>
     </row>
-    <row r="91" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A91" s="12" t="s">
         <v>398</v>
       </c>
       <c r="B91" s="13">
         <v>43603083141</v>
       </c>
       <c r="C91" s="9" t="s">
         <v>399</v>
       </c>
       <c r="D91" s="10" t="s">
         <v>400</v>
       </c>
       <c r="E91" s="10" t="s">
         <v>401</v>
       </c>
       <c r="F91" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G91" s="10" t="s">
         <v>402</v>
       </c>
     </row>
-    <row r="92" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A92" s="12" t="s">
         <v>403</v>
       </c>
       <c r="B92" s="13">
         <v>45403049081</v>
       </c>
       <c r="C92" s="13" t="s">
         <v>404</v>
       </c>
       <c r="D92" s="10" t="s">
         <v>405</v>
       </c>
       <c r="E92" s="10" t="s">
         <v>406</v>
       </c>
       <c r="F92" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G92" s="10" t="s">
         <v>407</v>
       </c>
     </row>
-    <row r="93" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A93" s="12" t="s">
         <v>408</v>
       </c>
       <c r="B93" s="13">
         <v>40203290157</v>
       </c>
       <c r="C93" s="13" t="s">
         <v>409</v>
       </c>
       <c r="D93" s="10" t="s">
         <v>410</v>
       </c>
       <c r="E93" s="10" t="s">
         <v>411</v>
       </c>
       <c r="F93" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G93" s="10" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="94" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A94" s="12" t="s">
         <v>413</v>
       </c>
       <c r="B94" s="13">
         <v>40203025954</v>
       </c>
       <c r="C94" s="13" t="s">
         <v>414</v>
       </c>
       <c r="D94" s="10" t="s">
         <v>415</v>
       </c>
       <c r="E94" s="10" t="s">
         <v>416</v>
       </c>
       <c r="F94" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G94" s="10" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="95" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A95" s="12" t="s">
         <v>418</v>
       </c>
       <c r="B95" s="13">
         <v>40203424543</v>
       </c>
       <c r="C95" s="13" t="s">
         <v>409</v>
       </c>
       <c r="D95" s="10" t="s">
         <v>419</v>
       </c>
       <c r="E95" s="10" t="s">
         <v>420</v>
       </c>
       <c r="F95" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G95" s="10" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="96" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A96" s="12" t="s">
         <v>422</v>
       </c>
       <c r="B96" s="13">
         <v>40203307025</v>
       </c>
       <c r="C96" s="13" t="s">
         <v>399</v>
       </c>
       <c r="D96" s="10" t="s">
         <v>358</v>
       </c>
       <c r="E96" s="10" t="s">
         <v>423</v>
       </c>
       <c r="F96" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G96" s="10" t="s">
         <v>424</v>
       </c>
     </row>
-    <row r="97" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A97" s="12" t="s">
         <v>425</v>
       </c>
       <c r="B97" s="13">
         <v>40203216120</v>
       </c>
       <c r="C97" s="13" t="s">
         <v>399</v>
       </c>
       <c r="D97" s="10" t="s">
         <v>426</v>
       </c>
       <c r="E97" s="10" t="s">
         <v>427</v>
       </c>
       <c r="F97" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G97" s="10" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="98" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A98" s="12" t="s">
         <v>429</v>
       </c>
       <c r="B98" s="13">
         <v>40203501096</v>
       </c>
       <c r="C98" s="13" t="s">
         <v>430</v>
       </c>
       <c r="D98" s="10" t="s">
         <v>372</v>
       </c>
       <c r="E98" s="10" t="s">
         <v>431</v>
       </c>
       <c r="F98" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G98" s="10" t="s">
         <v>432</v>
       </c>
     </row>
-    <row r="99" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A99" s="12" t="s">
         <v>433</v>
       </c>
       <c r="B99" s="13">
         <v>40203429108</v>
       </c>
       <c r="C99" s="13" t="s">
         <v>434</v>
       </c>
       <c r="D99" s="10" t="s">
         <v>435</v>
       </c>
       <c r="E99" s="10" t="s">
         <v>436</v>
       </c>
       <c r="F99" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G99" s="10" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="100" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A100" s="12" t="s">
         <v>438</v>
@@ -13784,240 +14103,240 @@
       </c>
     </row>
     <row r="109" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A109" s="12" t="s">
         <v>476</v>
       </c>
       <c r="B109" s="13">
         <v>42103106373</v>
       </c>
       <c r="C109" s="13" t="s">
         <v>467</v>
       </c>
       <c r="D109" s="10" t="s">
         <v>477</v>
       </c>
       <c r="E109" s="10" t="s">
         <v>478</v>
       </c>
       <c r="F109" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G109" s="10" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="110" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A110" s="12" t="s">
         <v>479</v>
       </c>
       <c r="B110" s="13">
         <v>50203507851</v>
       </c>
       <c r="C110" s="13" t="s">
         <v>480</v>
       </c>
       <c r="D110" s="10" t="s">
         <v>372</v>
       </c>
       <c r="E110" s="10" t="s">
         <v>481</v>
       </c>
       <c r="F110" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G110" s="10" t="s">
         <v>482</v>
       </c>
     </row>
-    <row r="111" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A111" s="12" t="s">
         <v>483</v>
       </c>
       <c r="B111" s="13">
         <v>40003604705</v>
       </c>
       <c r="C111" s="13" t="s">
         <v>480</v>
       </c>
       <c r="D111" s="10" t="s">
         <v>484</v>
       </c>
       <c r="E111" s="10" t="s">
         <v>485</v>
       </c>
       <c r="F111" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G111" s="10" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="112" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A112" s="12" t="s">
         <v>487</v>
       </c>
       <c r="B112" s="13">
         <v>40203067746</v>
       </c>
       <c r="C112" s="13" t="s">
         <v>488</v>
       </c>
       <c r="D112" s="10" t="s">
         <v>489</v>
       </c>
       <c r="E112" s="10" t="s">
         <v>490</v>
       </c>
       <c r="F112" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G112" s="10" t="s">
         <v>491</v>
       </c>
     </row>
-    <row r="113" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A113" s="12" t="s">
         <v>492</v>
       </c>
       <c r="B113" s="13">
         <v>40203435655</v>
       </c>
       <c r="C113" s="13" t="s">
         <v>467</v>
       </c>
       <c r="D113" s="10" t="s">
         <v>493</v>
       </c>
       <c r="E113" s="10" t="s">
         <v>494</v>
       </c>
       <c r="F113" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G113" s="10" t="s">
         <v>495</v>
       </c>
       <c r="H113" s="11"/>
     </row>
     <row r="114" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A114" s="12" t="s">
         <v>496</v>
       </c>
       <c r="B114" s="13">
         <v>40003748293</v>
       </c>
       <c r="C114" s="9" t="s">
         <v>497</v>
       </c>
       <c r="D114" s="10" t="s">
         <v>498</v>
       </c>
       <c r="E114" s="10" t="s">
         <v>499</v>
       </c>
       <c r="F114" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G114" s="10" t="s">
         <v>500</v>
       </c>
       <c r="H114" s="11"/>
     </row>
-    <row r="115" spans="1:8" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A115" s="12" t="s">
         <v>501</v>
       </c>
       <c r="B115" s="13">
         <v>40203202686</v>
       </c>
       <c r="C115" s="9" t="s">
         <v>497</v>
       </c>
       <c r="D115" s="10" t="s">
         <v>502</v>
       </c>
       <c r="E115" s="10" t="s">
         <v>503</v>
       </c>
       <c r="F115" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G115" s="10" t="s">
         <v>504</v>
       </c>
       <c r="H115" s="11"/>
     </row>
     <row r="116" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A116" s="12" t="s">
         <v>505</v>
       </c>
       <c r="B116" s="13">
         <v>41503081911</v>
       </c>
       <c r="C116" s="9" t="s">
         <v>497</v>
       </c>
       <c r="D116" s="10" t="s">
         <v>506</v>
       </c>
       <c r="E116" s="10" t="s">
         <v>507</v>
       </c>
       <c r="F116" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G116" s="10" t="s">
         <v>508</v>
       </c>
       <c r="H116" s="11"/>
     </row>
-    <row r="117" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A117" s="12" t="s">
         <v>509</v>
       </c>
       <c r="B117" s="13">
         <v>40203491370</v>
       </c>
       <c r="C117" s="9" t="s">
         <v>510</v>
       </c>
       <c r="D117" s="10" t="s">
         <v>511</v>
       </c>
       <c r="E117" s="10" t="s">
         <v>512</v>
       </c>
       <c r="F117" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G117" s="10" t="s">
         <v>513</v>
       </c>
       <c r="H117" s="11"/>
     </row>
-    <row r="118" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:8" ht="198" x14ac:dyDescent="0.25">
       <c r="A118" s="12" t="s">
         <v>514</v>
       </c>
       <c r="B118" s="13">
         <v>54103132041</v>
       </c>
       <c r="C118" s="9" t="s">
         <v>515</v>
       </c>
       <c r="D118" s="10" t="s">
         <v>516</v>
       </c>
       <c r="E118" s="10" t="s">
         <v>517</v>
       </c>
       <c r="F118" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G118" s="10" t="s">
         <v>518</v>
       </c>
       <c r="H118" s="11"/>
     </row>
     <row r="119" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A119" s="12" t="s">
@@ -14045,51 +14364,51 @@
     </row>
     <row r="120" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A120" s="12" t="s">
         <v>522</v>
       </c>
       <c r="B120" s="13">
         <v>40203408619</v>
       </c>
       <c r="C120" s="9" t="s">
         <v>523</v>
       </c>
       <c r="D120" s="10" t="s">
         <v>524</v>
       </c>
       <c r="E120" s="10" t="s">
         <v>525</v>
       </c>
       <c r="F120" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G120" s="10" t="s">
         <v>526</v>
       </c>
       <c r="H120" s="11"/>
     </row>
-    <row r="121" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A121" s="12" t="s">
         <v>527</v>
       </c>
       <c r="B121" s="13">
         <v>48503027800</v>
       </c>
       <c r="C121" s="9" t="s">
         <v>523</v>
       </c>
       <c r="D121" s="10" t="s">
         <v>528</v>
       </c>
       <c r="E121" s="10" t="s">
         <v>529</v>
       </c>
       <c r="F121" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G121" s="10" t="s">
         <v>530</v>
       </c>
       <c r="H121" s="11"/>
     </row>
     <row r="122" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A122" s="12" t="s">
@@ -14141,51 +14460,51 @@
     </row>
     <row r="124" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A124" s="12" t="s">
         <v>540</v>
       </c>
       <c r="B124" s="13">
         <v>40203357350</v>
       </c>
       <c r="C124" s="9" t="s">
         <v>532</v>
       </c>
       <c r="D124" s="10" t="s">
         <v>358</v>
       </c>
       <c r="E124" s="10" t="s">
         <v>541</v>
       </c>
       <c r="F124" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G124" s="10" t="s">
         <v>542</v>
       </c>
       <c r="H124" s="11"/>
     </row>
-    <row r="125" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A125" s="12" t="s">
         <v>543</v>
       </c>
       <c r="B125" s="13">
         <v>40003440742</v>
       </c>
       <c r="C125" s="9" t="s">
         <v>544</v>
       </c>
       <c r="D125" s="10" t="s">
         <v>545</v>
       </c>
       <c r="E125" s="10" t="s">
         <v>546</v>
       </c>
       <c r="F125" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G125" s="10" t="s">
         <v>548</v>
       </c>
       <c r="H125" s="11"/>
     </row>
     <row r="126" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A126" s="12" t="s">
@@ -14237,51 +14556,51 @@
     </row>
     <row r="128" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A128" s="12" t="s">
         <v>557</v>
       </c>
       <c r="B128" s="13">
         <v>40203507756</v>
       </c>
       <c r="C128" s="9" t="s">
         <v>554</v>
       </c>
       <c r="D128" s="10" t="s">
         <v>372</v>
       </c>
       <c r="E128" s="10" t="s">
         <v>558</v>
       </c>
       <c r="F128" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G128" s="10" t="s">
         <v>559</v>
       </c>
       <c r="H128" s="11"/>
     </row>
-    <row r="129" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A129" s="12" t="s">
         <v>560</v>
       </c>
       <c r="B129" s="13">
         <v>40203423389</v>
       </c>
       <c r="C129" s="9" t="s">
         <v>561</v>
       </c>
       <c r="D129" s="10" t="s">
         <v>562</v>
       </c>
       <c r="E129" s="10" t="s">
         <v>563</v>
       </c>
       <c r="F129" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G129" s="10" t="s">
         <v>564</v>
       </c>
       <c r="H129" s="11"/>
     </row>
     <row r="130" spans="1:8" ht="132" x14ac:dyDescent="0.25">
       <c r="A130" s="12" t="s">
@@ -14333,51 +14652,51 @@
     </row>
     <row r="132" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A132" s="12" t="s">
         <v>574</v>
       </c>
       <c r="B132" s="13">
         <v>40203324631</v>
       </c>
       <c r="C132" s="9" t="s">
         <v>575</v>
       </c>
       <c r="D132" s="10" t="s">
         <v>576</v>
       </c>
       <c r="E132" s="10" t="s">
         <v>577</v>
       </c>
       <c r="F132" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G132" s="10" t="s">
         <v>578</v>
       </c>
       <c r="H132" s="11"/>
     </row>
-    <row r="133" spans="1:8" ht="132" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A133" s="12" t="s">
         <v>579</v>
       </c>
       <c r="B133" s="13">
         <v>50203451261</v>
       </c>
       <c r="C133" s="9" t="s">
         <v>575</v>
       </c>
       <c r="D133" s="10" t="s">
         <v>580</v>
       </c>
       <c r="E133" s="10" t="s">
         <v>581</v>
       </c>
       <c r="F133" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G133" s="10" t="s">
         <v>582</v>
       </c>
       <c r="H133" s="11"/>
     </row>
     <row r="134" spans="1:8" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A134" s="12" t="s">
@@ -14405,51 +14724,51 @@
     </row>
     <row r="135" spans="1:8" ht="79.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A135" s="12" t="s">
         <v>588</v>
       </c>
       <c r="B135" s="13">
         <v>40203451486</v>
       </c>
       <c r="C135" s="9" t="s">
         <v>589</v>
       </c>
       <c r="D135" s="10" t="s">
         <v>590</v>
       </c>
       <c r="E135" s="10" t="s">
         <v>591</v>
       </c>
       <c r="F135" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G135" s="10" t="s">
         <v>592</v>
       </c>
       <c r="H135" s="11"/>
     </row>
-    <row r="136" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A136" s="12" t="s">
         <v>418</v>
       </c>
       <c r="B136" s="13">
         <v>40203424543</v>
       </c>
       <c r="C136" s="9" t="s">
         <v>593</v>
       </c>
       <c r="D136" s="10" t="s">
         <v>594</v>
       </c>
       <c r="E136" s="10" t="s">
         <v>595</v>
       </c>
       <c r="F136" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G136" s="10" t="s">
         <v>596</v>
       </c>
       <c r="H136" s="11"/>
     </row>
     <row r="137" spans="1:8" ht="99.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A137" s="12" t="s">
@@ -14477,51 +14796,51 @@
     </row>
     <row r="138" spans="1:8" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A138" s="12" t="s">
         <v>602</v>
       </c>
       <c r="B138" s="13">
         <v>40203260913</v>
       </c>
       <c r="C138" s="9" t="s">
         <v>598</v>
       </c>
       <c r="D138" s="10" t="s">
         <v>603</v>
       </c>
       <c r="E138" s="10" t="s">
         <v>604</v>
       </c>
       <c r="F138" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G138" s="10" t="s">
         <v>605</v>
       </c>
       <c r="H138" s="11"/>
     </row>
-    <row r="139" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A139" s="12" t="s">
         <v>606</v>
       </c>
       <c r="B139" s="13">
         <v>40103314868</v>
       </c>
       <c r="C139" s="9" t="s">
         <v>607</v>
       </c>
       <c r="D139" s="10" t="s">
         <v>608</v>
       </c>
       <c r="E139" s="10" t="s">
         <v>609</v>
       </c>
       <c r="F139" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G139" s="10" t="s">
         <v>610</v>
       </c>
       <c r="H139" s="11"/>
     </row>
     <row r="140" spans="1:8" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A140" s="12" t="s">
@@ -14549,99 +14868,99 @@
     </row>
     <row r="141" spans="1:8" ht="87" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A141" s="12" t="s">
         <v>616</v>
       </c>
       <c r="B141" s="13">
         <v>40203307025</v>
       </c>
       <c r="C141" s="9" t="s">
         <v>617</v>
       </c>
       <c r="D141" s="10" t="s">
         <v>618</v>
       </c>
       <c r="E141" s="10" t="s">
         <v>619</v>
       </c>
       <c r="F141" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G141" s="10" t="s">
         <v>278</v>
       </c>
       <c r="H141" s="11"/>
     </row>
-    <row r="142" spans="1:8" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:8" ht="211.2" x14ac:dyDescent="0.25">
       <c r="A142" s="12" t="s">
         <v>620</v>
       </c>
       <c r="B142" s="13">
         <v>41503080259</v>
       </c>
       <c r="C142" s="9" t="s">
         <v>617</v>
       </c>
       <c r="D142" s="10" t="s">
         <v>621</v>
       </c>
       <c r="E142" s="10" t="s">
         <v>622</v>
       </c>
       <c r="F142" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G142" s="10" t="s">
         <v>623</v>
       </c>
       <c r="H142" s="11"/>
     </row>
     <row r="143" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A143" s="12" t="s">
         <v>624</v>
       </c>
       <c r="B143" s="13">
         <v>40103498584</v>
       </c>
       <c r="C143" s="9" t="s">
         <v>625</v>
       </c>
       <c r="D143" s="10" t="s">
         <v>626</v>
       </c>
       <c r="E143" s="10" t="s">
         <v>627</v>
       </c>
       <c r="F143" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G143" s="10" t="s">
         <v>628</v>
       </c>
       <c r="H143" s="11"/>
     </row>
-    <row r="144" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A144" s="12" t="s">
         <v>629</v>
       </c>
       <c r="B144" s="13">
         <v>40203286486</v>
       </c>
       <c r="C144" s="9" t="s">
         <v>630</v>
       </c>
       <c r="D144" s="10" t="s">
         <v>631</v>
       </c>
       <c r="E144" s="10" t="s">
         <v>632</v>
       </c>
       <c r="F144" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G144" s="10" t="s">
         <v>14</v>
       </c>
       <c r="H144" s="11"/>
     </row>
     <row r="145" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A145" s="12" t="s">
@@ -14717,51 +15036,51 @@
     </row>
     <row r="148" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A148" s="12" t="s">
         <v>645</v>
       </c>
       <c r="B148" s="13">
         <v>40203337424</v>
       </c>
       <c r="C148" s="9" t="s">
         <v>639</v>
       </c>
       <c r="D148" s="10" t="s">
         <v>646</v>
       </c>
       <c r="E148" s="10" t="s">
         <v>647</v>
       </c>
       <c r="F148" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G148" s="10" t="s">
         <v>648</v>
       </c>
       <c r="H148" s="11"/>
     </row>
-    <row r="149" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A149" s="12" t="s">
         <v>649</v>
       </c>
       <c r="B149" s="13">
         <v>40103962717</v>
       </c>
       <c r="C149" s="9" t="s">
         <v>650</v>
       </c>
       <c r="D149" s="10" t="s">
         <v>651</v>
       </c>
       <c r="E149" s="10" t="s">
         <v>652</v>
       </c>
       <c r="F149" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G149" s="10" t="s">
         <v>615</v>
       </c>
       <c r="H149" s="11"/>
     </row>
     <row r="150" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A150" s="12" t="s">
@@ -15221,51 +15540,51 @@
     </row>
     <row r="169" spans="1:8" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A169" s="16" t="s">
         <v>735</v>
       </c>
       <c r="B169" s="13">
         <v>40203444535</v>
       </c>
       <c r="C169" s="5" t="s">
         <v>726</v>
       </c>
       <c r="D169" s="10" t="s">
         <v>736</v>
       </c>
       <c r="E169" s="10" t="s">
         <v>737</v>
       </c>
       <c r="F169" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G169" s="10" t="s">
         <v>738</v>
       </c>
       <c r="H169" s="11"/>
     </row>
-    <row r="170" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A170" s="16" t="s">
         <v>739</v>
       </c>
       <c r="B170" s="13">
         <v>50203453351</v>
       </c>
       <c r="C170" s="13" t="s">
         <v>740</v>
       </c>
       <c r="D170" s="10" t="s">
         <v>493</v>
       </c>
       <c r="E170" s="10" t="s">
         <v>741</v>
       </c>
       <c r="F170" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G170" s="10" t="s">
         <v>742</v>
       </c>
       <c r="H170" s="11"/>
     </row>
     <row r="171" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A171" s="16" t="s">
@@ -15293,285 +15612,285 @@
     </row>
     <row r="172" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A172" s="16" t="s">
         <v>748</v>
       </c>
       <c r="B172" s="13">
         <v>40203065228</v>
       </c>
       <c r="C172" s="13" t="s">
         <v>749</v>
       </c>
       <c r="D172" s="10" t="s">
         <v>750</v>
       </c>
       <c r="E172" s="10" t="s">
         <v>751</v>
       </c>
       <c r="F172" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G172" s="10" t="s">
         <v>752</v>
       </c>
       <c r="H172" s="11"/>
     </row>
-    <row r="173" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A173" s="16" t="s">
         <v>753</v>
       </c>
       <c r="B173" s="13">
         <v>90013082759</v>
       </c>
       <c r="C173" s="13" t="s">
         <v>754</v>
       </c>
       <c r="D173" s="16" t="s">
         <v>755</v>
       </c>
       <c r="E173" s="10" t="s">
         <v>756</v>
       </c>
       <c r="F173" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G173" s="10" t="s">
         <v>757</v>
       </c>
       <c r="H173" s="11"/>
     </row>
-    <row r="174" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A174" s="16" t="s">
         <v>753</v>
       </c>
       <c r="B174" s="13">
         <v>90013082759</v>
       </c>
       <c r="C174" s="13" t="s">
         <v>754</v>
       </c>
       <c r="D174" s="16" t="s">
         <v>755</v>
       </c>
       <c r="E174" s="10" t="s">
         <v>758</v>
       </c>
       <c r="F174" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G174" s="10" t="s">
         <v>759</v>
       </c>
       <c r="H174" s="11"/>
     </row>
-    <row r="175" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A175" s="16" t="s">
         <v>753</v>
       </c>
       <c r="B175" s="13">
         <v>90013082759</v>
       </c>
       <c r="C175" s="13" t="s">
         <v>754</v>
       </c>
       <c r="D175" s="16" t="s">
         <v>760</v>
       </c>
       <c r="E175" s="10" t="s">
         <v>761</v>
       </c>
       <c r="F175" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G175" s="10" t="s">
         <v>757</v>
       </c>
       <c r="H175" s="11"/>
     </row>
-    <row r="176" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A176" s="16" t="s">
         <v>753</v>
       </c>
       <c r="B176" s="13">
         <v>90013082759</v>
       </c>
       <c r="C176" s="13" t="s">
         <v>754</v>
       </c>
       <c r="D176" s="16" t="s">
         <v>755</v>
       </c>
       <c r="E176" s="10" t="s">
         <v>762</v>
       </c>
       <c r="F176" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G176" s="10" t="s">
         <v>757</v>
       </c>
       <c r="H176" s="11"/>
     </row>
-    <row r="177" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A177" s="16" t="s">
         <v>753</v>
       </c>
       <c r="B177" s="13">
         <v>90013082759</v>
       </c>
       <c r="C177" s="13" t="s">
         <v>754</v>
       </c>
       <c r="D177" s="16" t="s">
         <v>755</v>
       </c>
       <c r="E177" s="10" t="s">
         <v>763</v>
       </c>
       <c r="F177" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G177" s="10" t="s">
         <v>757</v>
       </c>
     </row>
-    <row r="178" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A178" s="16" t="s">
         <v>753</v>
       </c>
       <c r="B178" s="13">
         <v>90013082759</v>
       </c>
       <c r="C178" s="13" t="s">
         <v>754</v>
       </c>
       <c r="D178" s="16" t="s">
         <v>755</v>
       </c>
       <c r="E178" s="10" t="s">
         <v>764</v>
       </c>
       <c r="F178" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G178" s="10" t="s">
         <v>757</v>
       </c>
     </row>
-    <row r="179" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A179" s="16" t="s">
         <v>765</v>
       </c>
       <c r="B179" s="13">
         <v>41503069590</v>
       </c>
       <c r="C179" s="13" t="s">
         <v>766</v>
       </c>
       <c r="D179" s="16" t="s">
         <v>767</v>
       </c>
       <c r="E179" s="10" t="s">
         <v>768</v>
       </c>
       <c r="F179" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G179" s="10" t="s">
         <v>769</v>
       </c>
     </row>
-    <row r="180" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A180" s="16" t="s">
         <v>770</v>
       </c>
       <c r="B180" s="13">
         <v>40203445831</v>
       </c>
       <c r="C180" s="13" t="s">
         <v>771</v>
       </c>
       <c r="D180" s="16" t="s">
         <v>772</v>
       </c>
       <c r="E180" s="10" t="s">
         <v>773</v>
       </c>
       <c r="F180" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G180" s="10" t="s">
         <v>774</v>
       </c>
     </row>
-    <row r="181" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A181" s="16" t="s">
         <v>775</v>
       </c>
       <c r="B181" s="13">
         <v>40203050627</v>
       </c>
       <c r="C181" s="13" t="s">
         <v>776</v>
       </c>
       <c r="D181" s="16" t="s">
         <v>777</v>
       </c>
       <c r="E181" s="10" t="s">
         <v>778</v>
       </c>
       <c r="F181" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G181" s="10" t="s">
         <v>779</v>
       </c>
     </row>
-    <row r="182" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A182" s="16" t="s">
         <v>780</v>
       </c>
       <c r="B182" s="13">
         <v>48503019625</v>
       </c>
       <c r="C182" s="13" t="s">
         <v>781</v>
       </c>
       <c r="D182" s="16" t="s">
         <v>782</v>
       </c>
       <c r="E182" s="10" t="s">
         <v>783</v>
       </c>
       <c r="F182" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G182" s="10" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="183" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A183" s="16" t="s">
         <v>784</v>
       </c>
       <c r="B183" s="13">
         <v>40103566344</v>
       </c>
       <c r="C183" s="13" t="s">
         <v>785</v>
       </c>
       <c r="D183" s="16" t="s">
         <v>786</v>
       </c>
       <c r="E183" s="10" t="s">
         <v>787</v>
       </c>
       <c r="F183" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G183" s="10" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="184" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A184" s="16" t="s">
         <v>789</v>
@@ -15711,120 +16030,120 @@
       </c>
     </row>
     <row r="190" spans="1:7" ht="91.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A190" s="16" t="s">
         <v>816</v>
       </c>
       <c r="B190" s="13">
         <v>41203050753</v>
       </c>
       <c r="C190" s="13" t="s">
         <v>794</v>
       </c>
       <c r="D190" s="16" t="s">
         <v>817</v>
       </c>
       <c r="E190" s="10" t="s">
         <v>818</v>
       </c>
       <c r="F190" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G190" s="10" t="s">
         <v>819</v>
       </c>
     </row>
-    <row r="191" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A191" s="16" t="s">
         <v>820</v>
       </c>
       <c r="B191" s="13">
         <v>40103252356</v>
       </c>
       <c r="C191" s="13" t="s">
         <v>821</v>
       </c>
       <c r="D191" s="16" t="s">
         <v>822</v>
       </c>
       <c r="E191" s="10" t="s">
         <v>823</v>
       </c>
       <c r="F191" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G191" s="10" t="s">
         <v>824</v>
       </c>
     </row>
-    <row r="192" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A192" s="16" t="s">
         <v>825</v>
       </c>
       <c r="B192" s="13">
         <v>90013082759</v>
       </c>
       <c r="C192" s="13" t="s">
         <v>826</v>
       </c>
       <c r="D192" s="16" t="s">
         <v>827</v>
       </c>
       <c r="E192" s="10" t="s">
         <v>828</v>
       </c>
       <c r="F192" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G192" s="10" t="s">
         <v>829</v>
       </c>
     </row>
-    <row r="193" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A193" s="16" t="s">
         <v>830</v>
       </c>
       <c r="B193" s="13">
         <v>40003762704</v>
       </c>
       <c r="C193" s="13" t="s">
         <v>831</v>
       </c>
       <c r="D193" s="16" t="s">
         <v>832</v>
       </c>
       <c r="E193" s="10" t="s">
         <v>833</v>
       </c>
       <c r="F193" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G193" s="10" t="s">
         <v>824</v>
       </c>
     </row>
-    <row r="194" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A194" s="16" t="s">
         <v>834</v>
       </c>
       <c r="B194" s="13">
         <v>40203116223</v>
       </c>
       <c r="C194" s="13" t="s">
         <v>835</v>
       </c>
       <c r="D194" s="16" t="s">
         <v>836</v>
       </c>
       <c r="E194" s="10" t="s">
         <v>837</v>
       </c>
       <c r="F194" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G194" s="10" t="s">
         <v>838</v>
       </c>
     </row>
     <row r="195" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A195" s="16" t="s">
         <v>839</v>
@@ -15849,74 +16168,74 @@
       </c>
     </row>
     <row r="196" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A196" s="16" t="s">
         <v>844</v>
       </c>
       <c r="B196" s="13">
         <v>41503071010</v>
       </c>
       <c r="C196" s="13" t="s">
         <v>845</v>
       </c>
       <c r="D196" s="16" t="s">
         <v>846</v>
       </c>
       <c r="E196" s="14" t="s">
         <v>847</v>
       </c>
       <c r="F196" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G196" s="14" t="s">
         <v>848</v>
       </c>
     </row>
-    <row r="197" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A197" s="16" t="s">
         <v>849</v>
       </c>
       <c r="B197" s="13">
         <v>40203319344</v>
       </c>
       <c r="C197" s="13" t="s">
         <v>845</v>
       </c>
       <c r="D197" s="16" t="s">
         <v>850</v>
       </c>
       <c r="E197" s="14" t="s">
         <v>851</v>
       </c>
       <c r="F197" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G197" s="14" t="s">
         <v>852</v>
       </c>
     </row>
-    <row r="198" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:7" ht="198" x14ac:dyDescent="0.25">
       <c r="A198" s="16" t="s">
         <v>853</v>
       </c>
       <c r="B198" s="13">
         <v>50203099601</v>
       </c>
       <c r="C198" s="13" t="s">
         <v>854</v>
       </c>
       <c r="D198" s="16" t="s">
         <v>855</v>
       </c>
       <c r="E198" s="19" t="s">
         <v>856</v>
       </c>
       <c r="F198" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G198" s="14" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="199" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A199" s="16" t="s">
         <v>858</v>
@@ -15987,51 +16306,51 @@
       </c>
     </row>
     <row r="202" spans="1:7" ht="97.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A202" s="16" t="s">
         <v>871</v>
       </c>
       <c r="B202" s="13">
         <v>40103193847</v>
       </c>
       <c r="C202" s="13" t="s">
         <v>872</v>
       </c>
       <c r="D202" s="16" t="s">
         <v>873</v>
       </c>
       <c r="E202" s="19" t="s">
         <v>874</v>
       </c>
       <c r="F202" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G202" s="14" t="s">
         <v>875</v>
       </c>
     </row>
-    <row r="203" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A203" s="16" t="s">
         <v>876</v>
       </c>
       <c r="B203" s="13">
         <v>40203124023</v>
       </c>
       <c r="C203" s="13" t="s">
         <v>877</v>
       </c>
       <c r="D203" s="16" t="s">
         <v>878</v>
       </c>
       <c r="E203" s="19" t="s">
         <v>879</v>
       </c>
       <c r="F203" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G203" s="14" t="s">
         <v>880</v>
       </c>
     </row>
     <row r="204" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A204" s="16" t="s">
         <v>881</v>
@@ -16079,74 +16398,74 @@
       </c>
     </row>
     <row r="206" spans="1:7" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A206" s="16" t="s">
         <v>889</v>
       </c>
       <c r="B206" s="13">
         <v>40203397368</v>
       </c>
       <c r="C206" s="13" t="s">
         <v>872</v>
       </c>
       <c r="D206" s="16" t="s">
         <v>890</v>
       </c>
       <c r="E206" s="19" t="s">
         <v>891</v>
       </c>
       <c r="F206" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G206" s="14" t="s">
         <v>892</v>
       </c>
     </row>
-    <row r="207" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A207" s="16" t="s">
         <v>893</v>
       </c>
       <c r="B207" s="13">
         <v>40203375676</v>
       </c>
       <c r="C207" s="13" t="s">
         <v>894</v>
       </c>
       <c r="D207" s="16" t="s">
         <v>895</v>
       </c>
       <c r="E207" s="19" t="s">
         <v>896</v>
       </c>
       <c r="F207" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G207" s="14" t="s">
         <v>865</v>
       </c>
     </row>
-    <row r="208" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A208" s="16" t="s">
         <v>897</v>
       </c>
       <c r="B208" s="13">
         <v>40203081805</v>
       </c>
       <c r="C208" s="13" t="s">
         <v>894</v>
       </c>
       <c r="D208" s="16" t="s">
         <v>898</v>
       </c>
       <c r="E208" s="12" t="s">
         <v>899</v>
       </c>
       <c r="F208" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G208" s="10" t="s">
         <v>900</v>
       </c>
     </row>
     <row r="209" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A209" s="16" t="s">
         <v>901</v>
@@ -16309,97 +16628,97 @@
       </c>
     </row>
     <row r="216" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A216" s="16" t="s">
         <v>932</v>
       </c>
       <c r="B216" s="13">
         <v>40203341631</v>
       </c>
       <c r="C216" s="9" t="s">
         <v>933</v>
       </c>
       <c r="D216" s="16" t="s">
         <v>934</v>
       </c>
       <c r="E216" s="12" t="s">
         <v>935</v>
       </c>
       <c r="F216" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G216" s="12" t="s">
         <v>936</v>
       </c>
     </row>
-    <row r="217" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="217" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A217" s="16" t="s">
         <v>937</v>
       </c>
       <c r="B217" s="13">
         <v>40203340246</v>
       </c>
       <c r="C217" s="9" t="s">
         <v>933</v>
       </c>
       <c r="D217" s="16" t="s">
         <v>938</v>
       </c>
       <c r="E217" s="12" t="s">
         <v>939</v>
       </c>
       <c r="F217" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G217" s="12" t="s">
         <v>940</v>
       </c>
     </row>
-    <row r="218" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="218" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A218" s="16" t="s">
         <v>941</v>
       </c>
       <c r="B218" s="13">
         <v>40203260720</v>
       </c>
       <c r="C218" s="9" t="s">
         <v>942</v>
       </c>
       <c r="D218" s="16" t="s">
         <v>943</v>
       </c>
       <c r="E218" s="12" t="s">
         <v>944</v>
       </c>
       <c r="F218" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G218" s="12" t="s">
         <v>945</v>
       </c>
     </row>
-    <row r="219" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="219" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A219" s="16" t="s">
         <v>946</v>
       </c>
       <c r="B219" s="13">
         <v>48503005377</v>
       </c>
       <c r="C219" s="9" t="s">
         <v>947</v>
       </c>
       <c r="D219" s="16" t="s">
         <v>948</v>
       </c>
       <c r="E219" s="12" t="s">
         <v>949</v>
       </c>
       <c r="F219" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G219" s="12" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="220" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A220" s="16" t="s">
         <v>951</v>
@@ -16539,120 +16858,120 @@
       </c>
     </row>
     <row r="226" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A226" s="16" t="s">
         <v>980</v>
       </c>
       <c r="B226" s="13">
         <v>40002097755</v>
       </c>
       <c r="C226" s="13" t="s">
         <v>981</v>
       </c>
       <c r="D226" s="16" t="s">
         <v>982</v>
       </c>
       <c r="E226" s="12" t="s">
         <v>983</v>
       </c>
       <c r="F226" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G226" s="12" t="s">
         <v>984</v>
       </c>
     </row>
-    <row r="227" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="227" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A227" s="16" t="s">
         <v>985</v>
       </c>
       <c r="B227" s="13">
         <v>40103745414</v>
       </c>
       <c r="C227" s="13" t="s">
         <v>977</v>
       </c>
       <c r="D227" s="16" t="s">
         <v>986</v>
       </c>
       <c r="E227" s="12" t="s">
         <v>987</v>
       </c>
       <c r="F227" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G227" s="12" t="s">
         <v>988</v>
       </c>
     </row>
-    <row r="228" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A228" s="16" t="s">
         <v>989</v>
       </c>
       <c r="B228" s="13">
         <v>40203482857</v>
       </c>
       <c r="C228" s="13" t="s">
         <v>990</v>
       </c>
       <c r="D228" s="16" t="s">
         <v>991</v>
       </c>
       <c r="E228" s="12" t="s">
         <v>992</v>
       </c>
       <c r="F228" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G228" s="12" t="s">
         <v>993</v>
       </c>
     </row>
     <row r="229" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A229" s="16" t="s">
         <v>994</v>
       </c>
       <c r="B229" s="13">
         <v>40203198179</v>
       </c>
       <c r="C229" s="13" t="s">
         <v>990</v>
       </c>
       <c r="D229" s="16" t="s">
         <v>995</v>
       </c>
       <c r="E229" s="12" t="s">
         <v>996</v>
       </c>
       <c r="F229" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G229" s="12" t="s">
         <v>997</v>
       </c>
     </row>
-    <row r="230" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="230" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A230" s="16" t="s">
         <v>998</v>
       </c>
       <c r="B230" s="13">
         <v>40203307909</v>
       </c>
       <c r="C230" s="13" t="s">
         <v>999</v>
       </c>
       <c r="D230" s="16" t="s">
         <v>1000</v>
       </c>
       <c r="E230" s="12" t="s">
         <v>1001</v>
       </c>
       <c r="F230" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G230" s="12" t="s">
         <v>1002</v>
       </c>
     </row>
     <row r="231" spans="1:7" ht="250.8" x14ac:dyDescent="0.25">
       <c r="A231" s="16" t="s">
         <v>1003</v>
@@ -16677,120 +16996,120 @@
       </c>
     </row>
     <row r="232" spans="1:7" s="1" customFormat="1" ht="105.6" x14ac:dyDescent="0.3">
       <c r="A232" s="16" t="s">
         <v>1008</v>
       </c>
       <c r="B232" s="13">
         <v>40203245238</v>
       </c>
       <c r="C232" s="13" t="s">
         <v>1009</v>
       </c>
       <c r="D232" s="16" t="s">
         <v>1010</v>
       </c>
       <c r="E232" s="12" t="s">
         <v>1011</v>
       </c>
       <c r="F232" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G232" s="12" t="s">
         <v>1012</v>
       </c>
     </row>
-    <row r="233" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="233" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A233" s="16" t="s">
         <v>1013</v>
       </c>
       <c r="B233" s="13">
         <v>40103831557</v>
       </c>
       <c r="C233" s="13" t="s">
         <v>1014</v>
       </c>
       <c r="D233" s="16" t="s">
         <v>1015</v>
       </c>
       <c r="E233" s="12" t="s">
         <v>1016</v>
       </c>
       <c r="F233" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G233" s="12" t="s">
         <v>1017</v>
       </c>
     </row>
-    <row r="234" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="234" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A234" s="16" t="s">
         <v>1018</v>
       </c>
       <c r="B234" s="13">
         <v>40008117985</v>
       </c>
       <c r="C234" s="13" t="s">
         <v>1009</v>
       </c>
       <c r="D234" s="16" t="s">
         <v>1019</v>
       </c>
       <c r="E234" s="12" t="s">
         <v>1020</v>
       </c>
       <c r="F234" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G234" s="12" t="s">
         <v>1021</v>
       </c>
     </row>
-    <row r="235" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="235" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A235" s="16" t="s">
         <v>1022</v>
       </c>
       <c r="B235" s="13">
         <v>40103546954</v>
       </c>
       <c r="C235" s="13" t="s">
         <v>1023</v>
       </c>
       <c r="D235" s="16" t="s">
         <v>1024</v>
       </c>
       <c r="E235" s="12" t="s">
         <v>1025</v>
       </c>
       <c r="F235" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G235" s="12" t="s">
         <v>1026</v>
       </c>
     </row>
-    <row r="236" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="236" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A236" s="16" t="s">
         <v>1027</v>
       </c>
       <c r="B236" s="13">
         <v>40003959496</v>
       </c>
       <c r="C236" s="13" t="s">
         <v>1028</v>
       </c>
       <c r="D236" s="16" t="s">
         <v>1029</v>
       </c>
       <c r="E236" s="12" t="s">
         <v>1030</v>
       </c>
       <c r="F236" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G236" s="12" t="s">
         <v>1031</v>
       </c>
     </row>
     <row r="237" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A237" s="16" t="s">
         <v>1032</v>
@@ -16976,97 +17295,97 @@
       </c>
     </row>
     <row r="245" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A245" s="12" t="s">
         <v>1070</v>
       </c>
       <c r="B245" s="13">
         <v>41203019285</v>
       </c>
       <c r="C245" s="13" t="s">
         <v>1038</v>
       </c>
       <c r="D245" s="16" t="s">
         <v>1071</v>
       </c>
       <c r="E245" s="12" t="s">
         <v>1072</v>
       </c>
       <c r="F245" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G245" s="12" t="s">
         <v>913</v>
       </c>
     </row>
-    <row r="246" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="246" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A246" s="12" t="s">
         <v>1073</v>
       </c>
       <c r="B246" s="13">
         <v>40103162279</v>
       </c>
       <c r="C246" s="13" t="s">
         <v>1023</v>
       </c>
       <c r="D246" s="12" t="s">
         <v>1074</v>
       </c>
       <c r="E246" s="12" t="s">
         <v>1075</v>
       </c>
       <c r="F246" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G246" s="12" t="s">
         <v>1076</v>
       </c>
     </row>
     <row r="247" spans="1:7" ht="277.2" x14ac:dyDescent="0.25">
       <c r="A247" s="12" t="s">
         <v>1077</v>
       </c>
       <c r="B247" s="13" t="s">
         <v>1078</v>
       </c>
       <c r="C247" s="13" t="s">
         <v>1062</v>
       </c>
       <c r="D247" s="12" t="s">
         <v>1079</v>
       </c>
       <c r="E247" s="12" t="s">
         <v>1080</v>
       </c>
       <c r="F247" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G247" s="12" t="s">
         <v>1081</v>
       </c>
     </row>
-    <row r="248" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="248" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A248" s="12" t="s">
         <v>1082</v>
       </c>
       <c r="B248" s="13">
         <v>40103910522</v>
       </c>
       <c r="C248" s="13" t="s">
         <v>1083</v>
       </c>
       <c r="D248" s="12" t="s">
         <v>1084</v>
       </c>
       <c r="E248" s="12" t="s">
         <v>1085</v>
       </c>
       <c r="F248" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G248" s="12" t="s">
         <v>1076</v>
       </c>
     </row>
     <row r="249" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A249" s="12" t="s">
         <v>1086</v>
@@ -17137,51 +17456,51 @@
       </c>
     </row>
     <row r="252" spans="1:7" ht="146.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A252" s="12" t="s">
         <v>1100</v>
       </c>
       <c r="B252" s="13">
         <v>40203506375</v>
       </c>
       <c r="C252" s="13" t="s">
         <v>1101</v>
       </c>
       <c r="D252" s="12" t="s">
         <v>1102</v>
       </c>
       <c r="E252" s="12" t="s">
         <v>1103</v>
       </c>
       <c r="F252" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G252" s="12" t="s">
         <v>1104</v>
       </c>
     </row>
-    <row r="253" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="253" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A253" s="12" t="s">
         <v>1105</v>
       </c>
       <c r="B253" s="13">
         <v>50203399271</v>
       </c>
       <c r="C253" s="13" t="s">
         <v>1101</v>
       </c>
       <c r="D253" s="12" t="s">
         <v>1106</v>
       </c>
       <c r="E253" s="12" t="s">
         <v>1107</v>
       </c>
       <c r="F253" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G253" s="12" t="s">
         <v>1108</v>
       </c>
     </row>
     <row r="254" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A254" s="12" t="s">
         <v>1109</v>
@@ -17229,51 +17548,51 @@
       </c>
     </row>
     <row r="256" spans="1:7" ht="117" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A256" s="12" t="s">
         <v>1119</v>
       </c>
       <c r="B256" s="13">
         <v>44103142387</v>
       </c>
       <c r="C256" s="13" t="s">
         <v>1120</v>
       </c>
       <c r="D256" s="12" t="s">
         <v>1121</v>
       </c>
       <c r="E256" s="12" t="s">
         <v>1122</v>
       </c>
       <c r="F256" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G256" s="12" t="s">
         <v>1123</v>
       </c>
     </row>
-    <row r="257" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="257" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A257" s="12" t="s">
         <v>1124</v>
       </c>
       <c r="B257" s="13">
         <v>44103081129</v>
       </c>
       <c r="C257" s="13" t="s">
         <v>1125</v>
       </c>
       <c r="D257" s="12" t="s">
         <v>1126</v>
       </c>
       <c r="E257" s="12" t="s">
         <v>1127</v>
       </c>
       <c r="F257" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G257" s="12" t="s">
         <v>1128</v>
       </c>
       <c r="H257" s="11"/>
       <c r="I257" s="11"/>
       <c r="J257" s="11"/>
       <c r="K257" s="11"/>
@@ -17287,51 +17606,51 @@
       <c r="B258" s="13">
         <v>40203355059</v>
       </c>
       <c r="C258" s="13" t="s">
         <v>1130</v>
       </c>
       <c r="D258" s="12" t="s">
         <v>1131</v>
       </c>
       <c r="E258" s="12" t="s">
         <v>1132</v>
       </c>
       <c r="F258" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G258" s="12" t="s">
         <v>1104</v>
       </c>
       <c r="H258" s="11"/>
       <c r="I258" s="11"/>
       <c r="J258" s="11"/>
       <c r="K258" s="11"/>
       <c r="L258" s="11"/>
       <c r="M258" s="11"/>
     </row>
-    <row r="259" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="259" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A259" s="12" t="s">
         <v>1133</v>
       </c>
       <c r="B259" s="13">
         <v>40103741215</v>
       </c>
       <c r="C259" s="13" t="s">
         <v>1134</v>
       </c>
       <c r="D259" s="12" t="s">
         <v>1135</v>
       </c>
       <c r="E259" s="12" t="s">
         <v>1136</v>
       </c>
       <c r="F259" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G259" s="12" t="s">
         <v>1137</v>
       </c>
       <c r="H259" s="11"/>
       <c r="I259" s="11"/>
       <c r="J259" s="11"/>
       <c r="K259" s="11"/>
@@ -17739,97 +18058,97 @@
       </c>
     </row>
     <row r="274" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A274" s="12" t="s">
         <v>1200</v>
       </c>
       <c r="B274" s="13">
         <v>40203434005</v>
       </c>
       <c r="C274" s="13" t="s">
         <v>1191</v>
       </c>
       <c r="D274" s="12" t="s">
         <v>1201</v>
       </c>
       <c r="E274" s="12" t="s">
         <v>1202</v>
       </c>
       <c r="F274" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G274" s="12" t="s">
         <v>1203</v>
       </c>
     </row>
-    <row r="275" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="275" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A275" s="12" t="s">
         <v>1204</v>
       </c>
       <c r="B275" s="13">
         <v>40002195596</v>
       </c>
       <c r="C275" s="13" t="s">
         <v>1191</v>
       </c>
       <c r="D275" s="12" t="s">
         <v>1205</v>
       </c>
       <c r="E275" s="12" t="s">
         <v>1206</v>
       </c>
       <c r="F275" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G275" s="12" t="s">
         <v>1207</v>
       </c>
     </row>
-    <row r="276" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="276" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A276" s="12" t="s">
         <v>1208</v>
       </c>
       <c r="B276" s="13">
         <v>40203386218</v>
       </c>
       <c r="C276" s="13" t="s">
         <v>1209</v>
       </c>
       <c r="D276" s="12" t="s">
         <v>1210</v>
       </c>
       <c r="E276" s="12" t="s">
         <v>1211</v>
       </c>
       <c r="F276" s="13" t="s">
         <v>1212</v>
       </c>
       <c r="G276" s="12" t="s">
         <v>1213</v>
       </c>
     </row>
-    <row r="277" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="277" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A277" s="12" t="s">
         <v>1214</v>
       </c>
       <c r="B277" s="13">
         <v>40003718284</v>
       </c>
       <c r="C277" s="13" t="s">
         <v>1196</v>
       </c>
       <c r="D277" s="12" t="s">
         <v>1215</v>
       </c>
       <c r="E277" s="12" t="s">
         <v>1216</v>
       </c>
       <c r="F277" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G277" s="12" t="s">
         <v>1217</v>
       </c>
     </row>
     <row r="278" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A278" s="12" t="s">
         <v>1218</v>
@@ -18061,74 +18380,74 @@
       </c>
     </row>
     <row r="288" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A288" s="12" t="s">
         <v>1260</v>
       </c>
       <c r="B288" s="13">
         <v>40203486524</v>
       </c>
       <c r="C288" s="13" t="s">
         <v>1161</v>
       </c>
       <c r="D288" s="12" t="s">
         <v>1261</v>
       </c>
       <c r="E288" s="12" t="s">
         <v>1262</v>
       </c>
       <c r="F288" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G288" s="12" t="s">
         <v>1245</v>
       </c>
     </row>
-    <row r="289" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="289" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A289" s="12" t="s">
         <v>1263</v>
       </c>
       <c r="B289" s="13">
         <v>43603078723</v>
       </c>
       <c r="C289" s="13" t="s">
         <v>1264</v>
       </c>
       <c r="D289" s="12" t="s">
         <v>1265</v>
       </c>
       <c r="E289" s="12" t="s">
         <v>1266</v>
       </c>
       <c r="F289" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G289" s="12" t="s">
         <v>1267</v>
       </c>
     </row>
-    <row r="290" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="290" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A290" s="12" t="s">
         <v>1268</v>
       </c>
       <c r="B290" s="13">
         <v>40203510794</v>
       </c>
       <c r="C290" s="13" t="s">
         <v>1269</v>
       </c>
       <c r="D290" s="12" t="s">
         <v>1270</v>
       </c>
       <c r="E290" s="12" t="s">
         <v>1271</v>
       </c>
       <c r="F290" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G290" s="12" t="s">
         <v>1272</v>
       </c>
     </row>
     <row r="291" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A291" s="12" t="s">
         <v>1273</v>
@@ -18268,51 +18587,51 @@
       </c>
     </row>
     <row r="297" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A297" s="12" t="s">
         <v>1297</v>
       </c>
       <c r="B297" s="13">
         <v>40203337000</v>
       </c>
       <c r="C297" s="13" t="s">
         <v>1298</v>
       </c>
       <c r="D297" s="12" t="s">
         <v>1299</v>
       </c>
       <c r="E297" s="12" t="s">
         <v>1300</v>
       </c>
       <c r="F297" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G297" s="12" t="s">
         <v>1301</v>
       </c>
     </row>
-    <row r="298" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="298" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A298" s="12" t="s">
         <v>1302</v>
       </c>
       <c r="B298" s="13">
         <v>40203431598</v>
       </c>
       <c r="C298" s="13" t="s">
         <v>1298</v>
       </c>
       <c r="D298" s="12" t="s">
         <v>1303</v>
       </c>
       <c r="E298" s="12" t="s">
         <v>1304</v>
       </c>
       <c r="F298" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G298" s="12" t="s">
         <v>1305</v>
       </c>
     </row>
     <row r="299" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A299" s="12" t="s">
         <v>1306</v>
@@ -18360,189 +18679,189 @@
       </c>
     </row>
     <row r="301" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A301" s="12" t="s">
         <v>1315</v>
       </c>
       <c r="B301" s="13">
         <v>40203531851</v>
       </c>
       <c r="C301" s="13" t="s">
         <v>1311</v>
       </c>
       <c r="D301" s="12" t="s">
         <v>1316</v>
       </c>
       <c r="E301" s="12" t="s">
         <v>1317</v>
       </c>
       <c r="F301" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G301" s="12" t="s">
         <v>1318</v>
       </c>
     </row>
-    <row r="302" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="302" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A302" s="12" t="s">
         <v>1319</v>
       </c>
       <c r="B302" s="13">
         <v>40203476456</v>
       </c>
       <c r="C302" s="13" t="s">
         <v>1311</v>
       </c>
       <c r="D302" s="12" t="s">
         <v>1320</v>
       </c>
       <c r="E302" s="12" t="s">
         <v>1321</v>
       </c>
       <c r="F302" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G302" s="12" t="s">
         <v>1322</v>
       </c>
     </row>
     <row r="303" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A303" s="12" t="s">
         <v>1323</v>
       </c>
       <c r="B303" s="13">
         <v>40203520203</v>
       </c>
       <c r="C303" s="13" t="s">
         <v>1311</v>
       </c>
       <c r="D303" s="12" t="s">
         <v>1324</v>
       </c>
       <c r="E303" s="12" t="s">
         <v>1325</v>
       </c>
       <c r="F303" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G303" s="12" t="s">
         <v>1326</v>
       </c>
     </row>
-    <row r="304" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="304" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A304" s="12" t="s">
         <v>1327</v>
       </c>
       <c r="B304" s="13">
         <v>40203433353</v>
       </c>
       <c r="C304" s="13" t="s">
         <v>1311</v>
       </c>
       <c r="D304" s="12" t="s">
         <v>1328</v>
       </c>
       <c r="E304" s="12" t="s">
         <v>1329</v>
       </c>
       <c r="F304" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G304" s="12" t="s">
         <v>1330</v>
       </c>
     </row>
     <row r="305" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A305" s="12" t="s">
         <v>1331</v>
       </c>
       <c r="B305" s="13">
         <v>40203442267</v>
       </c>
       <c r="C305" s="13" t="s">
         <v>1332</v>
       </c>
       <c r="D305" s="12" t="s">
         <v>1333</v>
       </c>
       <c r="E305" s="12" t="s">
         <v>1334</v>
       </c>
       <c r="F305" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G305" s="12" t="s">
         <v>1335</v>
       </c>
     </row>
-    <row r="306" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="306" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A306" s="12" t="s">
         <v>1336</v>
       </c>
       <c r="B306" s="13">
         <v>40203530358</v>
       </c>
       <c r="C306" s="13" t="s">
         <v>1332</v>
       </c>
       <c r="D306" s="12" t="s">
         <v>1337</v>
       </c>
       <c r="E306" s="12" t="s">
         <v>1338</v>
       </c>
       <c r="F306" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G306" s="12" t="s">
         <v>1339</v>
       </c>
     </row>
-    <row r="307" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="307" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A307" s="12" t="s">
         <v>1340</v>
       </c>
       <c r="B307" s="13">
         <v>50203548281</v>
       </c>
       <c r="C307" s="13" t="s">
         <v>1332</v>
       </c>
       <c r="D307" s="12" t="s">
         <v>1341</v>
       </c>
       <c r="E307" s="12" t="s">
         <v>1342</v>
       </c>
       <c r="F307" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G307" s="12" t="s">
         <v>1343</v>
       </c>
     </row>
-    <row r="308" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="308" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A308" s="10" t="s">
         <v>1344</v>
       </c>
       <c r="B308" s="13">
         <v>40203535637</v>
       </c>
       <c r="C308" s="13" t="s">
         <v>1332</v>
       </c>
       <c r="D308" s="10" t="s">
         <v>1345</v>
       </c>
       <c r="E308" s="10" t="s">
         <v>1346</v>
       </c>
       <c r="F308" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G308" s="15" t="s">
         <v>1343</v>
       </c>
     </row>
     <row r="309" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A309" s="10" t="s">
         <v>1347</v>
@@ -18613,97 +18932,97 @@
       </c>
     </row>
     <row r="312" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A312" s="10" t="s">
         <v>1360</v>
       </c>
       <c r="B312" s="13">
         <v>40203466886</v>
       </c>
       <c r="C312" s="13" t="s">
         <v>1356</v>
       </c>
       <c r="D312" s="10" t="s">
         <v>1361</v>
       </c>
       <c r="E312" s="10" t="s">
         <v>1362</v>
       </c>
       <c r="F312" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G312" s="15" t="s">
         <v>1363</v>
       </c>
     </row>
-    <row r="313" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="313" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A313" s="10" t="s">
         <v>1364</v>
       </c>
       <c r="B313" s="13">
         <v>40203493193</v>
       </c>
       <c r="C313" s="13" t="s">
         <v>1356</v>
       </c>
       <c r="D313" s="10" t="s">
         <v>1365</v>
       </c>
       <c r="E313" s="10" t="s">
         <v>1366</v>
       </c>
       <c r="F313" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G313" s="15" t="s">
         <v>303</v>
       </c>
     </row>
-    <row r="314" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="314" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A314" s="14" t="s">
         <v>1367</v>
       </c>
       <c r="B314" s="18">
         <v>40103561775</v>
       </c>
       <c r="C314" s="18" t="s">
         <v>1332</v>
       </c>
       <c r="D314" s="14" t="s">
         <v>1368</v>
       </c>
       <c r="E314" s="14" t="s">
         <v>1369</v>
       </c>
       <c r="F314" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G314" s="15" t="s">
         <v>1370</v>
       </c>
     </row>
-    <row r="315" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="315" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A315" s="10" t="s">
         <v>1371</v>
       </c>
       <c r="B315" s="13">
         <v>43603005768</v>
       </c>
       <c r="C315" s="13" t="s">
         <v>1356</v>
       </c>
       <c r="D315" s="10" t="s">
         <v>1372</v>
       </c>
       <c r="E315" s="10" t="s">
         <v>1373</v>
       </c>
       <c r="F315" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G315" s="15" t="s">
         <v>1374</v>
       </c>
     </row>
     <row r="316" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A316" s="10" t="s">
         <v>1375</v>
@@ -18728,51 +19047,51 @@
       </c>
     </row>
     <row r="317" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A317" s="10" t="s">
         <v>1379</v>
       </c>
       <c r="B317" s="13">
         <v>40203472717</v>
       </c>
       <c r="C317" s="13" t="s">
         <v>1376</v>
       </c>
       <c r="D317" s="10" t="s">
         <v>1380</v>
       </c>
       <c r="E317" s="10" t="s">
         <v>1381</v>
       </c>
       <c r="F317" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G317" s="15" t="s">
         <v>1363</v>
       </c>
     </row>
-    <row r="318" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="318" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A318" s="10" t="s">
         <v>1382</v>
       </c>
       <c r="B318" s="13">
         <v>40203103286</v>
       </c>
       <c r="C318" s="13" t="s">
         <v>1383</v>
       </c>
       <c r="D318" s="10" t="s">
         <v>1384</v>
       </c>
       <c r="E318" s="10" t="s">
         <v>1385</v>
       </c>
       <c r="F318" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G318" s="15" t="s">
         <v>1386</v>
       </c>
     </row>
     <row r="319" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A319" s="10" t="s">
         <v>1387</v>
@@ -18913,51 +19232,51 @@
       <c r="B324" s="13" t="s">
         <v>1410</v>
       </c>
       <c r="C324" s="13" t="s">
         <v>1233</v>
       </c>
       <c r="D324" s="10" t="s">
         <v>1411</v>
       </c>
       <c r="E324" s="10" t="s">
         <v>1412</v>
       </c>
       <c r="F324" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G324" s="15" t="s">
         <v>1413</v>
       </c>
       <c r="H324" s="11"/>
       <c r="I324" s="11"/>
       <c r="J324" s="11"/>
       <c r="K324" s="11"/>
       <c r="L324" s="11"/>
       <c r="M324" s="11"/>
     </row>
-    <row r="325" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="325" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A325" s="10" t="s">
         <v>1414</v>
       </c>
       <c r="B325" s="13">
         <v>40103443336</v>
       </c>
       <c r="C325" s="13" t="s">
         <v>1415</v>
       </c>
       <c r="D325" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E325" s="10" t="s">
         <v>1417</v>
       </c>
       <c r="F325" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G325" s="15" t="s">
         <v>1418</v>
       </c>
       <c r="H325" s="11"/>
       <c r="I325" s="11"/>
       <c r="J325" s="11"/>
       <c r="K325" s="11"/>
@@ -19087,109 +19406,109 @@
       <c r="B330" s="13">
         <v>40203523727</v>
       </c>
       <c r="C330" s="13" t="s">
         <v>1437</v>
       </c>
       <c r="D330" s="10" t="s">
         <v>1438</v>
       </c>
       <c r="E330" s="10" t="s">
         <v>1439</v>
       </c>
       <c r="F330" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G330" s="15" t="s">
         <v>1440</v>
       </c>
       <c r="H330" s="11"/>
       <c r="I330" s="11"/>
       <c r="J330" s="11"/>
       <c r="K330" s="11"/>
       <c r="L330" s="11"/>
       <c r="M330" s="11"/>
     </row>
-    <row r="331" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="331" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A331" s="10" t="s">
         <v>1441</v>
       </c>
       <c r="B331" s="13">
         <v>40203123615</v>
       </c>
       <c r="C331" s="13" t="s">
         <v>1415</v>
       </c>
       <c r="D331" s="10" t="s">
         <v>1442</v>
       </c>
       <c r="E331" s="10" t="s">
         <v>1443</v>
       </c>
       <c r="F331" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G331" s="15" t="s">
         <v>1444</v>
       </c>
       <c r="H331" s="11"/>
       <c r="I331" s="11"/>
       <c r="J331" s="11"/>
       <c r="K331" s="11"/>
       <c r="L331" s="11"/>
       <c r="M331" s="11"/>
     </row>
-    <row r="332" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="332" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A332" s="10" t="s">
         <v>1445</v>
       </c>
       <c r="B332" s="13">
         <v>40003655504</v>
       </c>
       <c r="C332" s="13" t="s">
         <v>1437</v>
       </c>
       <c r="D332" s="10" t="s">
         <v>1446</v>
       </c>
       <c r="E332" s="10" t="s">
         <v>1447</v>
       </c>
       <c r="F332" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G332" s="15" t="s">
         <v>1448</v>
       </c>
       <c r="H332" s="11"/>
       <c r="I332" s="11"/>
       <c r="J332" s="11"/>
       <c r="K332" s="11"/>
       <c r="L332" s="11"/>
       <c r="M332" s="11"/>
     </row>
-    <row r="333" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="333" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A333" s="10" t="s">
         <v>1449</v>
       </c>
       <c r="B333" s="13">
         <v>40203526032</v>
       </c>
       <c r="C333" s="13" t="s">
         <v>1450</v>
       </c>
       <c r="D333" s="10" t="s">
         <v>1451</v>
       </c>
       <c r="E333" s="10" t="s">
         <v>1452</v>
       </c>
       <c r="F333" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G333" s="15" t="s">
         <v>1453</v>
       </c>
       <c r="H333" s="11"/>
       <c r="I333" s="11"/>
       <c r="J333" s="11"/>
       <c r="K333" s="11"/>
@@ -19203,167 +19522,167 @@
       <c r="B334" s="13">
         <v>43603082184</v>
       </c>
       <c r="C334" s="13" t="s">
         <v>1402</v>
       </c>
       <c r="D334" s="10" t="s">
         <v>1455</v>
       </c>
       <c r="E334" s="10" t="s">
         <v>1456</v>
       </c>
       <c r="F334" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G334" s="15" t="s">
         <v>1457</v>
       </c>
       <c r="H334" s="11"/>
       <c r="I334" s="11"/>
       <c r="J334" s="11"/>
       <c r="K334" s="11"/>
       <c r="L334" s="11"/>
       <c r="M334" s="11"/>
     </row>
-    <row r="335" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="335" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A335" s="10" t="s">
         <v>1458</v>
       </c>
       <c r="B335" s="13">
         <v>40103893608</v>
       </c>
       <c r="C335" s="13" t="s">
         <v>1402</v>
       </c>
       <c r="D335" s="10" t="s">
         <v>1459</v>
       </c>
       <c r="E335" s="10" t="s">
         <v>1460</v>
       </c>
       <c r="F335" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G335" s="15" t="s">
         <v>1461</v>
       </c>
       <c r="H335" s="11"/>
       <c r="I335" s="11"/>
       <c r="J335" s="11"/>
       <c r="K335" s="11"/>
       <c r="L335" s="11"/>
       <c r="M335" s="11"/>
     </row>
-    <row r="336" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="336" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A336" s="10" t="s">
         <v>1462</v>
       </c>
       <c r="B336" s="13">
         <v>40203174024</v>
       </c>
       <c r="C336" s="13" t="s">
         <v>1463</v>
       </c>
       <c r="D336" s="10" t="s">
         <v>1464</v>
       </c>
       <c r="E336" s="10" t="s">
         <v>1465</v>
       </c>
       <c r="F336" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G336" s="14" t="s">
         <v>1466</v>
       </c>
       <c r="H336" s="11"/>
       <c r="I336" s="11"/>
       <c r="J336" s="11"/>
       <c r="K336" s="11"/>
       <c r="L336" s="11"/>
       <c r="M336" s="11"/>
     </row>
-    <row r="337" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="337" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A337" s="10" t="s">
         <v>1467</v>
       </c>
       <c r="B337" s="13">
         <v>40203528584</v>
       </c>
       <c r="C337" s="13" t="s">
         <v>1468</v>
       </c>
       <c r="D337" s="10" t="s">
         <v>1451</v>
       </c>
       <c r="E337" s="10" t="s">
         <v>1469</v>
       </c>
       <c r="F337" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G337" s="15" t="s">
         <v>1470</v>
       </c>
       <c r="H337" s="11"/>
       <c r="I337" s="11"/>
       <c r="J337" s="11"/>
       <c r="K337" s="11"/>
       <c r="L337" s="11"/>
       <c r="M337" s="11"/>
     </row>
-    <row r="338" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="338" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A338" s="10" t="s">
         <v>1471</v>
       </c>
       <c r="B338" s="13">
         <v>40203405398</v>
       </c>
       <c r="C338" s="13" t="s">
         <v>1468</v>
       </c>
       <c r="D338" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E338" s="10" t="s">
         <v>1472</v>
       </c>
       <c r="F338" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G338" s="15" t="s">
         <v>1473</v>
       </c>
       <c r="H338" s="11"/>
       <c r="I338" s="11"/>
       <c r="J338" s="11"/>
       <c r="K338" s="11"/>
       <c r="L338" s="11"/>
       <c r="M338" s="11"/>
     </row>
-    <row r="339" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="339" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A339" s="10" t="s">
         <v>1474</v>
       </c>
       <c r="B339" s="13">
         <v>40203499285</v>
       </c>
       <c r="C339" s="13" t="s">
         <v>1475</v>
       </c>
       <c r="D339" s="10" t="s">
         <v>1476</v>
       </c>
       <c r="E339" s="10" t="s">
         <v>1477</v>
       </c>
       <c r="F339" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G339" s="15" t="s">
         <v>1478</v>
       </c>
       <c r="H339" s="11"/>
       <c r="I339" s="11"/>
       <c r="J339" s="11"/>
       <c r="K339" s="11"/>
@@ -19377,80 +19696,80 @@
       <c r="B340" s="13">
         <v>40203305128</v>
       </c>
       <c r="C340" s="13" t="s">
         <v>1480</v>
       </c>
       <c r="D340" s="10" t="s">
         <v>1481</v>
       </c>
       <c r="E340" s="10" t="s">
         <v>1482</v>
       </c>
       <c r="F340" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G340" s="15" t="s">
         <v>1483</v>
       </c>
       <c r="H340" s="11"/>
       <c r="I340" s="11"/>
       <c r="J340" s="11"/>
       <c r="K340" s="11"/>
       <c r="L340" s="11"/>
       <c r="M340" s="11"/>
     </row>
-    <row r="341" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="341" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A341" s="10" t="s">
         <v>1484</v>
       </c>
       <c r="B341" s="13">
         <v>40103691145</v>
       </c>
       <c r="C341" s="13" t="s">
         <v>1485</v>
       </c>
       <c r="D341" s="10" t="s">
         <v>1455</v>
       </c>
       <c r="E341" s="10" t="s">
         <v>1486</v>
       </c>
       <c r="F341" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G341" s="15" t="s">
         <v>1487</v>
       </c>
       <c r="H341" s="11"/>
       <c r="I341" s="11"/>
       <c r="J341" s="11"/>
       <c r="K341" s="11"/>
       <c r="L341" s="11"/>
       <c r="M341" s="11"/>
     </row>
-    <row r="342" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="342" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A342" s="10" t="s">
         <v>1488</v>
       </c>
       <c r="B342" s="13">
         <v>41203069360</v>
       </c>
       <c r="C342" s="13" t="s">
         <v>1480</v>
       </c>
       <c r="D342" s="10" t="s">
         <v>1489</v>
       </c>
       <c r="E342" s="10" t="s">
         <v>1490</v>
       </c>
       <c r="F342" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G342" s="15" t="s">
         <v>1491</v>
       </c>
       <c r="H342" s="11"/>
       <c r="I342" s="11"/>
       <c r="J342" s="11"/>
       <c r="K342" s="11"/>
@@ -19464,51 +19783,51 @@
       <c r="B343" s="13">
         <v>40103296420</v>
       </c>
       <c r="C343" s="13" t="s">
         <v>1493</v>
       </c>
       <c r="D343" s="10" t="s">
         <v>1494</v>
       </c>
       <c r="E343" s="10" t="s">
         <v>1495</v>
       </c>
       <c r="F343" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G343" s="15" t="s">
         <v>1496</v>
       </c>
       <c r="H343" s="11"/>
       <c r="I343" s="11"/>
       <c r="J343" s="11"/>
       <c r="K343" s="11"/>
       <c r="L343" s="11"/>
       <c r="M343" s="11"/>
     </row>
-    <row r="344" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="344" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A344" s="10" t="s">
         <v>1497</v>
       </c>
       <c r="B344" s="13">
         <v>40203400174</v>
       </c>
       <c r="C344" s="13" t="s">
         <v>1485</v>
       </c>
       <c r="D344" s="10" t="s">
         <v>1455</v>
       </c>
       <c r="E344" s="10" t="s">
         <v>1498</v>
       </c>
       <c r="F344" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G344" s="15" t="s">
         <v>1499</v>
       </c>
       <c r="H344" s="11"/>
       <c r="I344" s="11"/>
       <c r="J344" s="11"/>
       <c r="K344" s="11"/>
@@ -19696,51 +20015,51 @@
       <c r="B351" s="13">
         <v>40203298201</v>
       </c>
       <c r="C351" s="13" t="s">
         <v>1510</v>
       </c>
       <c r="D351" s="10" t="s">
         <v>1455</v>
       </c>
       <c r="E351" s="10" t="s">
         <v>1526</v>
       </c>
       <c r="F351" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G351" s="15" t="s">
         <v>1487</v>
       </c>
       <c r="H351" s="11"/>
       <c r="I351" s="11"/>
       <c r="J351" s="11"/>
       <c r="K351" s="11"/>
       <c r="L351" s="11"/>
       <c r="M351" s="11"/>
     </row>
-    <row r="352" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="352" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A352" s="10" t="s">
         <v>1527</v>
       </c>
       <c r="B352" s="13">
         <v>50103907261</v>
       </c>
       <c r="C352" s="13" t="s">
         <v>1522</v>
       </c>
       <c r="D352" s="10" t="s">
         <v>1528</v>
       </c>
       <c r="E352" s="10" t="s">
         <v>1529</v>
       </c>
       <c r="F352" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G352" s="15" t="s">
         <v>1530</v>
       </c>
       <c r="H352" s="11"/>
       <c r="I352" s="11"/>
       <c r="J352" s="11"/>
       <c r="K352" s="11"/>
@@ -19841,51 +20160,51 @@
       <c r="B356" s="13">
         <v>40103583749</v>
       </c>
       <c r="C356" s="13" t="s">
         <v>1546</v>
       </c>
       <c r="D356" s="10" t="s">
         <v>1547</v>
       </c>
       <c r="E356" s="10" t="s">
         <v>1548</v>
       </c>
       <c r="F356" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G356" s="15" t="s">
         <v>1549</v>
       </c>
       <c r="H356" s="11"/>
       <c r="I356" s="11"/>
       <c r="J356" s="11"/>
       <c r="K356" s="11"/>
       <c r="L356" s="11"/>
       <c r="M356" s="11"/>
     </row>
-    <row r="357" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="357" spans="1:13" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A357" s="10" t="s">
         <v>1550</v>
       </c>
       <c r="B357" s="13">
         <v>40203058476</v>
       </c>
       <c r="C357" s="13" t="s">
         <v>1551</v>
       </c>
       <c r="D357" s="10" t="s">
         <v>1552</v>
       </c>
       <c r="E357" s="10" t="s">
         <v>1553</v>
       </c>
       <c r="F357" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G357" s="15" t="s">
         <v>1554</v>
       </c>
       <c r="H357" s="11"/>
       <c r="I357" s="11"/>
       <c r="J357" s="11"/>
       <c r="K357" s="11"/>
@@ -19899,51 +20218,51 @@
       <c r="B358" s="13">
         <v>50203022911</v>
       </c>
       <c r="C358" s="13" t="s">
         <v>1510</v>
       </c>
       <c r="D358" s="10" t="s">
         <v>1556</v>
       </c>
       <c r="E358" s="10" t="s">
         <v>1557</v>
       </c>
       <c r="F358" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G358" s="15" t="s">
         <v>1558</v>
       </c>
       <c r="H358" s="11"/>
       <c r="I358" s="11"/>
       <c r="J358" s="11"/>
       <c r="K358" s="11"/>
       <c r="L358" s="11"/>
       <c r="M358" s="11"/>
     </row>
-    <row r="359" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="359" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A359" s="12" t="s">
         <v>1559</v>
       </c>
       <c r="B359" s="13">
         <v>40203061940</v>
       </c>
       <c r="C359" s="13" t="s">
         <v>1560</v>
       </c>
       <c r="D359" s="10" t="s">
         <v>1561</v>
       </c>
       <c r="E359" s="10" t="s">
         <v>1562</v>
       </c>
       <c r="F359" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G359" s="15" t="s">
         <v>1487</v>
       </c>
       <c r="H359" s="11"/>
       <c r="I359" s="11"/>
       <c r="J359" s="11"/>
       <c r="K359" s="11"/>
@@ -20073,109 +20392,109 @@
       <c r="B364" s="13">
         <v>40203436330</v>
       </c>
       <c r="C364" s="9" t="s">
         <v>1578</v>
       </c>
       <c r="D364" s="10" t="s">
         <v>1582</v>
       </c>
       <c r="E364" s="10" t="s">
         <v>1583</v>
       </c>
       <c r="F364" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G364" s="15" t="s">
         <v>1584</v>
       </c>
       <c r="H364" s="11"/>
       <c r="I364" s="11"/>
       <c r="J364" s="11"/>
       <c r="K364" s="11"/>
       <c r="L364" s="11"/>
       <c r="M364" s="11"/>
     </row>
-    <row r="365" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="365" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A365" s="12" t="s">
         <v>1585</v>
       </c>
       <c r="B365" s="13">
         <v>40203320644</v>
       </c>
       <c r="C365" s="9" t="s">
         <v>1586</v>
       </c>
       <c r="D365" s="10" t="s">
         <v>1587</v>
       </c>
       <c r="E365" s="10" t="s">
         <v>1588</v>
       </c>
       <c r="F365" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G365" s="15" t="s">
         <v>1589</v>
       </c>
       <c r="H365" s="11"/>
       <c r="I365" s="11"/>
       <c r="J365" s="11"/>
       <c r="K365" s="11"/>
       <c r="L365" s="11"/>
       <c r="M365" s="11"/>
     </row>
-    <row r="366" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="366" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A366" s="12" t="s">
         <v>1590</v>
       </c>
       <c r="B366" s="13">
         <v>40203512263</v>
       </c>
       <c r="C366" s="9" t="s">
         <v>1586</v>
       </c>
       <c r="D366" s="10" t="s">
         <v>1591</v>
       </c>
       <c r="E366" s="10" t="s">
         <v>1592</v>
       </c>
       <c r="F366" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G366" s="15" t="s">
         <v>1593</v>
       </c>
       <c r="H366" s="11"/>
       <c r="I366" s="11"/>
       <c r="J366" s="11"/>
       <c r="K366" s="11"/>
       <c r="L366" s="11"/>
       <c r="M366" s="11"/>
     </row>
-    <row r="367" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="367" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A367" s="12" t="s">
         <v>1594</v>
       </c>
       <c r="B367" s="13">
         <v>40203501594</v>
       </c>
       <c r="C367" s="9" t="s">
         <v>1595</v>
       </c>
       <c r="D367" s="10" t="s">
         <v>1591</v>
       </c>
       <c r="E367" s="10" t="s">
         <v>1596</v>
       </c>
       <c r="F367" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G367" s="15" t="s">
         <v>1593</v>
       </c>
       <c r="H367" s="11"/>
       <c r="I367" s="11"/>
       <c r="J367" s="11"/>
       <c r="K367" s="11"/>
@@ -20247,80 +20566,80 @@
       <c r="B370" s="13">
         <v>50203111181</v>
       </c>
       <c r="C370" s="9" t="s">
         <v>1606</v>
       </c>
       <c r="D370" s="10" t="s">
         <v>1607</v>
       </c>
       <c r="E370" s="10" t="s">
         <v>1608</v>
       </c>
       <c r="F370" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G370" s="15" t="s">
         <v>1609</v>
       </c>
       <c r="H370" s="11"/>
       <c r="I370" s="11"/>
       <c r="J370" s="11"/>
       <c r="K370" s="11"/>
       <c r="L370" s="11"/>
       <c r="M370" s="11"/>
     </row>
-    <row r="371" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="371" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A371" s="12" t="s">
         <v>1610</v>
       </c>
       <c r="B371" s="13">
         <v>40203513771</v>
       </c>
       <c r="C371" s="9" t="s">
         <v>1606</v>
       </c>
       <c r="D371" s="10" t="s">
         <v>1591</v>
       </c>
       <c r="E371" s="10" t="s">
         <v>1611</v>
       </c>
       <c r="F371" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G371" s="15" t="s">
         <v>1593</v>
       </c>
       <c r="H371" s="11"/>
       <c r="I371" s="11"/>
       <c r="J371" s="11"/>
       <c r="K371" s="11"/>
       <c r="L371" s="11"/>
       <c r="M371" s="11"/>
     </row>
-    <row r="372" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="372" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A372" s="12" t="s">
         <v>1612</v>
       </c>
       <c r="B372" s="13">
         <v>40203504124</v>
       </c>
       <c r="C372" s="9" t="s">
         <v>1606</v>
       </c>
       <c r="D372" s="10" t="s">
         <v>1591</v>
       </c>
       <c r="E372" s="10" t="s">
         <v>1613</v>
       </c>
       <c r="F372" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G372" s="15" t="s">
         <v>1614</v>
       </c>
       <c r="H372" s="11"/>
       <c r="I372" s="11"/>
       <c r="J372" s="11"/>
       <c r="K372" s="11"/>
@@ -20334,80 +20653,80 @@
       <c r="B373" s="13">
         <v>40103947633</v>
       </c>
       <c r="C373" s="9" t="s">
         <v>1616</v>
       </c>
       <c r="D373" s="10" t="s">
         <v>1617</v>
       </c>
       <c r="E373" s="10" t="s">
         <v>1618</v>
       </c>
       <c r="F373" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G373" s="15" t="s">
         <v>1487</v>
       </c>
       <c r="H373" s="11"/>
       <c r="I373" s="11"/>
       <c r="J373" s="11"/>
       <c r="K373" s="11"/>
       <c r="L373" s="11"/>
       <c r="M373" s="11"/>
     </row>
-    <row r="374" spans="1:13" s="6" customFormat="1" ht="66" x14ac:dyDescent="0.25">
+    <row r="374" spans="1:13" s="6" customFormat="1" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A374" s="12" t="s">
         <v>1619</v>
       </c>
       <c r="B374" s="13">
         <v>42103111887</v>
       </c>
       <c r="C374" s="9" t="s">
         <v>1620</v>
       </c>
       <c r="D374" s="10" t="s">
         <v>1621</v>
       </c>
       <c r="E374" s="10" t="s">
         <v>1622</v>
       </c>
       <c r="F374" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G374" s="15" t="s">
         <v>1623</v>
       </c>
       <c r="H374" s="35"/>
       <c r="I374" s="35"/>
       <c r="J374" s="35"/>
       <c r="K374" s="35"/>
       <c r="L374" s="35"/>
       <c r="M374" s="35"/>
     </row>
-    <row r="375" spans="1:13" s="6" customFormat="1" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="375" spans="1:13" s="6" customFormat="1" ht="132" x14ac:dyDescent="0.25">
       <c r="A375" s="12" t="s">
         <v>1624</v>
       </c>
       <c r="B375" s="13">
         <v>40103476587</v>
       </c>
       <c r="C375" s="9" t="s">
         <v>1625</v>
       </c>
       <c r="D375" s="10" t="s">
         <v>1626</v>
       </c>
       <c r="E375" s="10" t="s">
         <v>1627</v>
       </c>
       <c r="F375" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G375" s="15" t="s">
         <v>1628</v>
       </c>
       <c r="H375" s="35"/>
       <c r="I375" s="35"/>
       <c r="J375" s="35"/>
       <c r="K375" s="35"/>
@@ -20421,51 +20740,51 @@
       <c r="B376" s="13">
         <v>40103287714</v>
       </c>
       <c r="C376" s="9" t="s">
         <v>1620</v>
       </c>
       <c r="D376" s="10" t="s">
         <v>1630</v>
       </c>
       <c r="E376" s="10" t="s">
         <v>1631</v>
       </c>
       <c r="F376" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G376" s="15" t="s">
         <v>1632</v>
       </c>
       <c r="H376" s="11"/>
       <c r="I376" s="11"/>
       <c r="J376" s="11"/>
       <c r="K376" s="11"/>
       <c r="L376" s="11"/>
       <c r="M376" s="11"/>
     </row>
-    <row r="377" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="377" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A377" s="12" t="s">
         <v>1633</v>
       </c>
       <c r="B377" s="13">
         <v>40103219440</v>
       </c>
       <c r="C377" s="9" t="s">
         <v>1634</v>
       </c>
       <c r="D377" s="10" t="s">
         <v>1635</v>
       </c>
       <c r="E377" s="10" t="s">
         <v>1636</v>
       </c>
       <c r="F377" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G377" s="15" t="s">
         <v>1637</v>
       </c>
       <c r="H377" s="11"/>
       <c r="I377" s="11"/>
       <c r="J377" s="11"/>
       <c r="K377" s="11"/>
@@ -20624,51 +20943,51 @@
       <c r="B383" s="13">
         <v>40203341631</v>
       </c>
       <c r="C383" s="9" t="s">
         <v>1650</v>
       </c>
       <c r="D383" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E383" s="10" t="s">
         <v>1655</v>
       </c>
       <c r="F383" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G383" s="15" t="s">
         <v>1648</v>
       </c>
       <c r="H383" s="36"/>
       <c r="I383" s="36"/>
       <c r="J383" s="36"/>
       <c r="K383" s="36"/>
       <c r="L383" s="36"/>
       <c r="M383" s="36"/>
     </row>
-    <row r="384" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="384" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A384" s="12" t="s">
         <v>1656</v>
       </c>
       <c r="B384" s="13">
         <v>40203014819</v>
       </c>
       <c r="C384" s="9" t="s">
         <v>1657</v>
       </c>
       <c r="D384" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E384" s="10" t="s">
         <v>1658</v>
       </c>
       <c r="F384" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G384" s="15" t="s">
         <v>1487</v>
       </c>
       <c r="H384" s="11"/>
       <c r="I384" s="11"/>
       <c r="J384" s="11"/>
       <c r="K384" s="11"/>
@@ -20682,225 +21001,225 @@
       <c r="B385" s="13">
         <v>50003273531</v>
       </c>
       <c r="C385" s="9" t="s">
         <v>1660</v>
       </c>
       <c r="D385" s="10" t="s">
         <v>1661</v>
       </c>
       <c r="E385" s="10" t="s">
         <v>1662</v>
       </c>
       <c r="F385" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G385" s="10" t="s">
         <v>1663</v>
       </c>
       <c r="H385" s="11"/>
       <c r="I385" s="11"/>
       <c r="J385" s="11"/>
       <c r="K385" s="11"/>
       <c r="L385" s="11"/>
       <c r="M385" s="11"/>
     </row>
-    <row r="386" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="386" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A386" s="12" t="s">
         <v>1664</v>
       </c>
       <c r="B386" s="13">
         <v>44103122573</v>
       </c>
       <c r="C386" s="9" t="s">
         <v>1665</v>
       </c>
       <c r="D386" s="10" t="s">
         <v>400</v>
       </c>
       <c r="E386" s="10" t="s">
         <v>1666</v>
       </c>
       <c r="F386" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G386" s="15" t="s">
         <v>1667</v>
       </c>
       <c r="H386" s="11"/>
       <c r="I386" s="11"/>
       <c r="J386" s="11"/>
       <c r="K386" s="11"/>
       <c r="L386" s="11"/>
       <c r="M386" s="11"/>
     </row>
-    <row r="387" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="387" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A387" s="12" t="s">
         <v>1668</v>
       </c>
       <c r="B387" s="13">
         <v>52103088421</v>
       </c>
       <c r="C387" s="9" t="s">
         <v>1660</v>
       </c>
       <c r="D387" s="10" t="s">
         <v>1669</v>
       </c>
       <c r="E387" s="10" t="s">
         <v>1670</v>
       </c>
       <c r="F387" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G387" s="15" t="s">
         <v>1671</v>
       </c>
       <c r="H387" s="11"/>
       <c r="I387" s="11"/>
       <c r="J387" s="11"/>
       <c r="K387" s="11"/>
       <c r="L387" s="11"/>
       <c r="M387" s="11"/>
     </row>
-    <row r="388" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="388" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A388" s="12" t="s">
         <v>1672</v>
       </c>
       <c r="B388" s="13">
         <v>42103084540</v>
       </c>
       <c r="C388" s="9" t="s">
         <v>1660</v>
       </c>
       <c r="D388" s="10" t="s">
         <v>1673</v>
       </c>
       <c r="E388" s="10" t="s">
         <v>1674</v>
       </c>
       <c r="F388" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G388" s="15" t="s">
         <v>1675</v>
       </c>
       <c r="H388" s="11"/>
       <c r="I388" s="11"/>
       <c r="J388" s="11"/>
       <c r="K388" s="11"/>
       <c r="L388" s="11"/>
       <c r="M388" s="11"/>
     </row>
-    <row r="389" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="389" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A389" s="12" t="s">
         <v>1676</v>
       </c>
       <c r="B389" s="13">
         <v>40203128824</v>
       </c>
       <c r="C389" s="9" t="s">
         <v>1657</v>
       </c>
       <c r="D389" s="10" t="s">
         <v>1677</v>
       </c>
       <c r="E389" s="10" t="s">
         <v>1678</v>
       </c>
       <c r="F389" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G389" s="15" t="s">
         <v>1679</v>
       </c>
       <c r="H389" s="11"/>
       <c r="I389" s="11"/>
       <c r="J389" s="11"/>
       <c r="K389" s="11"/>
       <c r="L389" s="11"/>
       <c r="M389" s="11"/>
     </row>
-    <row r="390" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="390" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A390" s="12" t="s">
         <v>1680</v>
       </c>
       <c r="B390" s="13">
         <v>40003229071</v>
       </c>
       <c r="C390" s="9" t="s">
         <v>1681</v>
       </c>
       <c r="D390" s="10" t="s">
         <v>1682</v>
       </c>
       <c r="E390" s="10" t="s">
         <v>1683</v>
       </c>
       <c r="F390" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G390" s="15" t="s">
         <v>1679</v>
       </c>
       <c r="H390" s="11"/>
       <c r="I390" s="11"/>
       <c r="J390" s="11"/>
       <c r="K390" s="11"/>
       <c r="L390" s="11"/>
       <c r="M390" s="11"/>
     </row>
-    <row r="391" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="391" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A391" s="12" t="s">
         <v>1684</v>
       </c>
       <c r="B391" s="23">
         <v>40203414526</v>
       </c>
       <c r="C391" s="9" t="s">
         <v>1685</v>
       </c>
       <c r="D391" s="10" t="s">
         <v>1686</v>
       </c>
       <c r="E391" s="10" t="s">
         <v>1687</v>
       </c>
       <c r="F391" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G391" s="15" t="s">
         <v>1679</v>
       </c>
       <c r="H391" s="11"/>
       <c r="I391" s="11"/>
       <c r="J391" s="11"/>
       <c r="K391" s="11"/>
       <c r="L391" s="11"/>
       <c r="M391" s="11"/>
     </row>
-    <row r="392" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="392" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A392" s="12" t="s">
         <v>1688</v>
       </c>
       <c r="B392" s="13">
         <v>40203437444</v>
       </c>
       <c r="C392" s="9" t="s">
         <v>1685</v>
       </c>
       <c r="D392" s="10" t="s">
         <v>1689</v>
       </c>
       <c r="E392" s="10" t="s">
         <v>1690</v>
       </c>
       <c r="F392" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G392" s="15" t="s">
         <v>1691</v>
       </c>
       <c r="H392" s="11"/>
       <c r="I392" s="11"/>
       <c r="J392" s="11"/>
       <c r="K392" s="11"/>
@@ -20914,51 +21233,51 @@
       <c r="B393" s="13">
         <v>40203119037</v>
       </c>
       <c r="C393" s="9" t="s">
         <v>1665</v>
       </c>
       <c r="D393" s="10" t="s">
         <v>1693</v>
       </c>
       <c r="E393" s="10" t="s">
         <v>1694</v>
       </c>
       <c r="F393" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G393" s="15" t="s">
         <v>1695</v>
       </c>
       <c r="H393" s="11"/>
       <c r="I393" s="11"/>
       <c r="J393" s="11"/>
       <c r="K393" s="11"/>
       <c r="L393" s="11"/>
       <c r="M393" s="11"/>
     </row>
-    <row r="394" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="394" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A394" s="12" t="s">
         <v>1696</v>
       </c>
       <c r="B394" s="13">
         <v>40002208867</v>
       </c>
       <c r="C394" s="9" t="s">
         <v>1697</v>
       </c>
       <c r="D394" s="10" t="s">
         <v>1698</v>
       </c>
       <c r="E394" s="10" t="s">
         <v>1699</v>
       </c>
       <c r="F394" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G394" s="15" t="s">
         <v>1700</v>
       </c>
       <c r="H394" s="11"/>
       <c r="I394" s="11"/>
       <c r="J394" s="11"/>
       <c r="K394" s="11"/>
@@ -20972,80 +21291,80 @@
       <c r="B395" s="13">
         <v>40203568642</v>
       </c>
       <c r="C395" s="9" t="s">
         <v>1657</v>
       </c>
       <c r="D395" s="10" t="s">
         <v>1702</v>
       </c>
       <c r="E395" s="10" t="s">
         <v>1703</v>
       </c>
       <c r="F395" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G395" s="15" t="s">
         <v>1704</v>
       </c>
       <c r="H395" s="11"/>
       <c r="I395" s="11"/>
       <c r="J395" s="11"/>
       <c r="K395" s="11"/>
       <c r="L395" s="11"/>
       <c r="M395" s="11"/>
     </row>
-    <row r="396" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="396" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A396" s="12" t="s">
         <v>1705</v>
       </c>
       <c r="B396" s="13">
         <v>40203061033</v>
       </c>
       <c r="C396" s="9" t="s">
         <v>1681</v>
       </c>
       <c r="D396" s="10" t="s">
         <v>1706</v>
       </c>
       <c r="E396" s="10" t="s">
         <v>1707</v>
       </c>
       <c r="F396" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G396" s="15" t="s">
         <v>1708</v>
       </c>
       <c r="H396" s="11"/>
       <c r="I396" s="11"/>
       <c r="J396" s="11"/>
       <c r="K396" s="11"/>
       <c r="L396" s="11"/>
       <c r="M396" s="11"/>
     </row>
-    <row r="397" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="397" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A397" s="12" t="s">
         <v>1709</v>
       </c>
       <c r="B397" s="13">
         <v>40203426703</v>
       </c>
       <c r="C397" s="9" t="s">
         <v>1710</v>
       </c>
       <c r="D397" s="10" t="s">
         <v>1711</v>
       </c>
       <c r="E397" s="10" t="s">
         <v>1712</v>
       </c>
       <c r="F397" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G397" s="15" t="s">
         <v>1713</v>
       </c>
       <c r="H397" s="11"/>
       <c r="I397" s="11"/>
       <c r="J397" s="11"/>
       <c r="K397" s="11"/>
@@ -21117,51 +21436,51 @@
       <c r="B400" s="13">
         <v>42403018366</v>
       </c>
       <c r="C400" s="9" t="s">
         <v>1723</v>
       </c>
       <c r="D400" s="10" t="s">
         <v>1724</v>
       </c>
       <c r="E400" s="10" t="s">
         <v>1725</v>
       </c>
       <c r="F400" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G400" s="15" t="s">
         <v>1726</v>
       </c>
       <c r="H400" s="11"/>
       <c r="I400" s="11"/>
       <c r="J400" s="11"/>
       <c r="K400" s="11"/>
       <c r="L400" s="11"/>
       <c r="M400" s="11"/>
     </row>
-    <row r="401" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="401" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A401" s="12" t="s">
         <v>1727</v>
       </c>
       <c r="B401" s="13">
         <v>40203357721</v>
       </c>
       <c r="C401" s="9" t="s">
         <v>1728</v>
       </c>
       <c r="D401" s="10" t="s">
         <v>1729</v>
       </c>
       <c r="E401" s="10" t="s">
         <v>1730</v>
       </c>
       <c r="F401" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G401" s="15" t="s">
         <v>1731</v>
       </c>
       <c r="H401" s="11"/>
       <c r="I401" s="11"/>
       <c r="J401" s="11"/>
       <c r="K401" s="11"/>
@@ -21204,51 +21523,51 @@
       <c r="B403" s="13">
         <v>40203334339</v>
       </c>
       <c r="C403" s="9" t="s">
         <v>1606</v>
       </c>
       <c r="D403" s="10" t="s">
         <v>1737</v>
       </c>
       <c r="E403" s="10" t="s">
         <v>1738</v>
       </c>
       <c r="F403" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G403" s="15" t="s">
         <v>1739</v>
       </c>
       <c r="H403" s="11"/>
       <c r="I403" s="11"/>
       <c r="J403" s="11"/>
       <c r="K403" s="11"/>
       <c r="L403" s="11"/>
       <c r="M403" s="11"/>
     </row>
-    <row r="404" spans="1:13" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="404" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A404" s="12" t="s">
         <v>1740</v>
       </c>
       <c r="B404" s="13">
         <v>40203162379</v>
       </c>
       <c r="C404" s="9" t="s">
         <v>1723</v>
       </c>
       <c r="D404" s="10" t="s">
         <v>1741</v>
       </c>
       <c r="E404" s="10" t="s">
         <v>1742</v>
       </c>
       <c r="F404" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G404" s="15" t="s">
         <v>1743</v>
       </c>
       <c r="H404" s="11"/>
       <c r="I404" s="11"/>
       <c r="J404" s="11"/>
       <c r="K404" s="11"/>
@@ -21349,196 +21668,196 @@
       <c r="B408" s="13">
         <v>40203082482</v>
       </c>
       <c r="C408" s="9" t="s">
         <v>1681</v>
       </c>
       <c r="D408" s="10" t="s">
         <v>1758</v>
       </c>
       <c r="E408" s="10" t="s">
         <v>1759</v>
       </c>
       <c r="F408" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G408" s="15" t="s">
         <v>1760</v>
       </c>
       <c r="H408" s="11"/>
       <c r="I408" s="11"/>
       <c r="J408" s="11"/>
       <c r="K408" s="11"/>
       <c r="L408" s="11"/>
       <c r="M408" s="11"/>
     </row>
-    <row r="409" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="409" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A409" s="12" t="s">
         <v>1761</v>
       </c>
       <c r="B409" s="13">
         <v>40203191448</v>
       </c>
       <c r="C409" s="9" t="s">
         <v>1762</v>
       </c>
       <c r="D409" s="10" t="s">
         <v>1763</v>
       </c>
       <c r="E409" s="10" t="s">
         <v>1764</v>
       </c>
       <c r="F409" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G409" s="15" t="s">
         <v>1765</v>
       </c>
       <c r="H409" s="11"/>
       <c r="I409" s="11"/>
       <c r="J409" s="11"/>
       <c r="K409" s="11"/>
       <c r="L409" s="11"/>
       <c r="M409" s="11"/>
     </row>
-    <row r="410" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="410" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A410" s="12" t="s">
         <v>1766</v>
       </c>
       <c r="B410" s="13">
         <v>40203364776</v>
       </c>
       <c r="C410" s="9" t="s">
         <v>1767</v>
       </c>
       <c r="D410" s="10" t="s">
         <v>1768</v>
       </c>
       <c r="E410" s="10" t="s">
         <v>1769</v>
       </c>
       <c r="F410" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G410" s="15" t="s">
         <v>1770</v>
       </c>
       <c r="H410" s="11"/>
       <c r="I410" s="11"/>
       <c r="J410" s="11"/>
       <c r="K410" s="11"/>
       <c r="L410" s="11"/>
       <c r="M410" s="11"/>
     </row>
-    <row r="411" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="411" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A411" s="12" t="s">
         <v>1771</v>
       </c>
       <c r="B411" s="13">
         <v>40203247281</v>
       </c>
       <c r="C411" s="9" t="s">
         <v>1772</v>
       </c>
       <c r="D411" s="10" t="s">
         <v>1773</v>
       </c>
       <c r="E411" s="10" t="s">
         <v>1774</v>
       </c>
       <c r="F411" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G411" s="15" t="s">
         <v>1775</v>
       </c>
       <c r="H411" s="11"/>
       <c r="I411" s="11"/>
       <c r="J411" s="11"/>
       <c r="K411" s="11"/>
       <c r="L411" s="11"/>
       <c r="M411" s="11"/>
     </row>
-    <row r="412" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="412" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A412" s="12" t="s">
         <v>1776</v>
       </c>
       <c r="B412" s="13">
         <v>50203358381</v>
       </c>
       <c r="C412" s="9" t="s">
         <v>1777</v>
       </c>
       <c r="D412" s="10" t="s">
         <v>1711</v>
       </c>
       <c r="E412" s="10" t="s">
         <v>1778</v>
       </c>
       <c r="F412" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G412" s="15" t="s">
         <v>1713</v>
       </c>
       <c r="H412" s="11"/>
       <c r="I412" s="11"/>
       <c r="J412" s="11"/>
       <c r="K412" s="11"/>
       <c r="L412" s="11"/>
       <c r="M412" s="11"/>
     </row>
-    <row r="413" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="413" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A413" s="12" t="s">
         <v>1779</v>
       </c>
       <c r="B413" s="13">
         <v>40203362262</v>
       </c>
       <c r="C413" s="9" t="s">
         <v>1780</v>
       </c>
       <c r="D413" s="10" t="s">
         <v>1781</v>
       </c>
       <c r="E413" s="10" t="s">
         <v>1782</v>
       </c>
       <c r="F413" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G413" s="15" t="s">
         <v>1783</v>
       </c>
       <c r="H413" s="11"/>
       <c r="I413" s="11"/>
       <c r="J413" s="11"/>
       <c r="K413" s="11"/>
       <c r="L413" s="11"/>
       <c r="M413" s="11"/>
     </row>
-    <row r="414" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="414" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A414" s="12" t="s">
         <v>1784</v>
       </c>
       <c r="B414" s="13">
         <v>50203216211</v>
       </c>
       <c r="C414" s="9" t="s">
         <v>1785</v>
       </c>
       <c r="D414" s="10" t="s">
         <v>1786</v>
       </c>
       <c r="E414" s="10" t="s">
         <v>1787</v>
       </c>
       <c r="F414" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G414" s="15" t="s">
         <v>1788</v>
       </c>
       <c r="H414" s="11"/>
       <c r="I414" s="11"/>
       <c r="J414" s="11"/>
       <c r="K414" s="11"/>
@@ -21552,109 +21871,109 @@
       <c r="B415" s="13">
         <v>40003878373</v>
       </c>
       <c r="C415" s="9" t="s">
         <v>1767</v>
       </c>
       <c r="D415" s="10" t="s">
         <v>1790</v>
       </c>
       <c r="E415" s="10" t="s">
         <v>1791</v>
       </c>
       <c r="F415" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G415" s="15" t="s">
         <v>1792</v>
       </c>
       <c r="H415" s="11"/>
       <c r="I415" s="11"/>
       <c r="J415" s="11"/>
       <c r="K415" s="11"/>
       <c r="L415" s="11"/>
       <c r="M415" s="11"/>
     </row>
-    <row r="416" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="416" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A416" s="12" t="s">
         <v>1793</v>
       </c>
       <c r="B416" s="13">
         <v>40203523553</v>
       </c>
       <c r="C416" s="9" t="s">
         <v>1767</v>
       </c>
       <c r="D416" s="10" t="s">
         <v>1711</v>
       </c>
       <c r="E416" s="10" t="s">
         <v>1794</v>
       </c>
       <c r="F416" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G416" s="15" t="s">
         <v>1783</v>
       </c>
       <c r="H416" s="11"/>
       <c r="I416" s="11"/>
       <c r="J416" s="11"/>
       <c r="K416" s="11"/>
       <c r="L416" s="11"/>
       <c r="M416" s="11"/>
     </row>
-    <row r="417" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="417" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A417" s="12" t="s">
         <v>1795</v>
       </c>
       <c r="B417" s="13">
         <v>40203222470</v>
       </c>
       <c r="C417" s="9" t="s">
         <v>1777</v>
       </c>
       <c r="D417" s="10" t="s">
         <v>1796</v>
       </c>
       <c r="E417" s="10" t="s">
         <v>1797</v>
       </c>
       <c r="F417" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G417" s="15" t="s">
         <v>1798</v>
       </c>
       <c r="H417" s="11"/>
       <c r="I417" s="11"/>
       <c r="J417" s="11"/>
       <c r="K417" s="11"/>
       <c r="L417" s="11"/>
       <c r="M417" s="11"/>
     </row>
-    <row r="418" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="418" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A418" s="12" t="s">
         <v>1799</v>
       </c>
       <c r="B418" s="13">
         <v>40203271508</v>
       </c>
       <c r="C418" s="9" t="s">
         <v>1800</v>
       </c>
       <c r="D418" s="10" t="s">
         <v>1801</v>
       </c>
       <c r="E418" s="10" t="s">
         <v>1802</v>
       </c>
       <c r="F418" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G418" s="15" t="s">
         <v>1775</v>
       </c>
       <c r="H418" s="11"/>
       <c r="I418" s="11"/>
       <c r="J418" s="11"/>
       <c r="K418" s="11"/>
@@ -21668,80 +21987,80 @@
       <c r="B419" s="13">
         <v>40103674643</v>
       </c>
       <c r="C419" s="9" t="s">
         <v>1804</v>
       </c>
       <c r="D419" s="10" t="s">
         <v>1805</v>
       </c>
       <c r="E419" s="10" t="s">
         <v>1806</v>
       </c>
       <c r="F419" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G419" s="15" t="s">
         <v>1807</v>
       </c>
       <c r="H419" s="11"/>
       <c r="I419" s="11"/>
       <c r="J419" s="11"/>
       <c r="K419" s="11"/>
       <c r="L419" s="11"/>
       <c r="M419" s="11"/>
     </row>
-    <row r="420" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="420" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A420" s="12" t="s">
         <v>1808</v>
       </c>
       <c r="B420" s="13">
         <v>40203399477</v>
       </c>
       <c r="C420" s="9" t="s">
         <v>1809</v>
       </c>
       <c r="D420" s="10" t="s">
         <v>1786</v>
       </c>
       <c r="E420" s="10" t="s">
         <v>1810</v>
       </c>
       <c r="F420" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G420" s="15" t="s">
         <v>1788</v>
       </c>
       <c r="H420" s="11"/>
       <c r="I420" s="11"/>
       <c r="J420" s="11"/>
       <c r="K420" s="11"/>
       <c r="L420" s="11"/>
       <c r="M420" s="11"/>
     </row>
-    <row r="421" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="421" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A421" s="12" t="s">
         <v>1811</v>
       </c>
       <c r="B421" s="13">
         <v>40203453063</v>
       </c>
       <c r="C421" s="9" t="s">
         <v>1804</v>
       </c>
       <c r="D421" s="10" t="s">
         <v>1812</v>
       </c>
       <c r="E421" s="10" t="s">
         <v>1813</v>
       </c>
       <c r="F421" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G421" s="15" t="s">
         <v>1814</v>
       </c>
       <c r="H421" s="11"/>
       <c r="I421" s="11"/>
       <c r="J421" s="11"/>
       <c r="K421" s="11"/>
@@ -21813,51 +22132,51 @@
       <c r="B424" s="13">
         <v>40203390548</v>
       </c>
       <c r="C424" s="9" t="s">
         <v>1826</v>
       </c>
       <c r="D424" s="10" t="s">
         <v>1827</v>
       </c>
       <c r="E424" s="10" t="s">
         <v>1828</v>
       </c>
       <c r="F424" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G424" s="15" t="s">
         <v>1829</v>
       </c>
       <c r="H424" s="11"/>
       <c r="I424" s="11"/>
       <c r="J424" s="11"/>
       <c r="K424" s="11"/>
       <c r="L424" s="11"/>
       <c r="M424" s="11"/>
     </row>
-    <row r="425" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="425" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A425" s="12" t="s">
         <v>1830</v>
       </c>
       <c r="B425" s="13">
         <v>40103374975</v>
       </c>
       <c r="C425" s="9" t="s">
         <v>1831</v>
       </c>
       <c r="D425" s="10" t="s">
         <v>1832</v>
       </c>
       <c r="E425" s="10" t="s">
         <v>1833</v>
       </c>
       <c r="F425" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G425" s="15" t="s">
         <v>1834</v>
       </c>
       <c r="H425" s="11"/>
       <c r="I425" s="11"/>
       <c r="J425" s="11"/>
       <c r="K425" s="11"/>
@@ -21871,109 +22190,109 @@
       <c r="B426" s="13">
         <v>40203286560</v>
       </c>
       <c r="C426" s="9" t="s">
         <v>1836</v>
       </c>
       <c r="D426" s="10" t="s">
         <v>1837</v>
       </c>
       <c r="E426" s="10" t="s">
         <v>1838</v>
       </c>
       <c r="F426" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G426" s="15" t="s">
         <v>1839</v>
       </c>
       <c r="H426" s="11"/>
       <c r="I426" s="11"/>
       <c r="J426" s="11"/>
       <c r="K426" s="11"/>
       <c r="L426" s="11"/>
       <c r="M426" s="11"/>
     </row>
-    <row r="427" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="427" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A427" s="12" t="s">
         <v>1840</v>
       </c>
       <c r="B427" s="13">
         <v>40203564231</v>
       </c>
       <c r="C427" s="9" t="s">
         <v>1831</v>
       </c>
       <c r="D427" s="10" t="s">
         <v>1841</v>
       </c>
       <c r="E427" s="10" t="s">
         <v>1842</v>
       </c>
       <c r="F427" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G427" s="15" t="s">
         <v>1843</v>
       </c>
       <c r="H427" s="11"/>
       <c r="I427" s="11"/>
       <c r="J427" s="11"/>
       <c r="K427" s="11"/>
       <c r="L427" s="11"/>
       <c r="M427" s="11"/>
     </row>
-    <row r="428" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="428" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A428" s="12" t="s">
         <v>1844</v>
       </c>
       <c r="B428" s="13">
         <v>40203339711</v>
       </c>
       <c r="C428" s="9" t="s">
         <v>1845</v>
       </c>
       <c r="D428" s="10" t="s">
         <v>1846</v>
       </c>
       <c r="E428" s="10" t="s">
         <v>1847</v>
       </c>
       <c r="F428" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G428" s="15" t="s">
         <v>1848</v>
       </c>
       <c r="H428" s="11"/>
       <c r="I428" s="11"/>
       <c r="J428" s="11"/>
       <c r="K428" s="11"/>
       <c r="L428" s="11"/>
       <c r="M428" s="11"/>
     </row>
-    <row r="429" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="429" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A429" s="12" t="s">
         <v>1849</v>
       </c>
       <c r="B429" s="13">
         <v>40103839601</v>
       </c>
       <c r="C429" s="9" t="s">
         <v>1845</v>
       </c>
       <c r="D429" s="10" t="s">
         <v>1850</v>
       </c>
       <c r="E429" s="10" t="s">
         <v>1851</v>
       </c>
       <c r="F429" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G429" s="15" t="s">
         <v>1834</v>
       </c>
       <c r="H429" s="11"/>
       <c r="I429" s="11"/>
       <c r="J429" s="11"/>
       <c r="K429" s="11"/>
@@ -21987,573 +22306,573 @@
       <c r="B430" s="13">
         <v>40103825724</v>
       </c>
       <c r="C430" s="9" t="s">
         <v>1853</v>
       </c>
       <c r="D430" s="10" t="s">
         <v>1854</v>
       </c>
       <c r="E430" s="10" t="s">
         <v>1855</v>
       </c>
       <c r="F430" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G430" s="10" t="s">
         <v>1856</v>
       </c>
       <c r="H430" s="11"/>
       <c r="I430" s="11"/>
       <c r="J430" s="11"/>
       <c r="K430" s="11"/>
       <c r="L430" s="11"/>
       <c r="M430" s="11"/>
     </row>
-    <row r="431" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="431" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A431" s="12" t="s">
         <v>1857</v>
       </c>
       <c r="B431" s="13">
         <v>40203467059</v>
       </c>
       <c r="C431" s="9" t="s">
         <v>1858</v>
       </c>
       <c r="D431" s="10" t="s">
         <v>1859</v>
       </c>
       <c r="E431" s="10" t="s">
         <v>1860</v>
       </c>
       <c r="F431" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G431" s="15" t="s">
         <v>1848</v>
       </c>
       <c r="H431" s="11"/>
       <c r="I431" s="11"/>
       <c r="J431" s="11"/>
       <c r="K431" s="11"/>
       <c r="L431" s="11"/>
       <c r="M431" s="11"/>
     </row>
-    <row r="432" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="432" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A432" s="12" t="s">
         <v>1861</v>
       </c>
       <c r="B432" s="13">
         <v>40203525639</v>
       </c>
       <c r="C432" s="9" t="s">
         <v>1858</v>
       </c>
       <c r="D432" s="10" t="s">
         <v>1862</v>
       </c>
       <c r="E432" s="10" t="s">
         <v>1863</v>
       </c>
       <c r="F432" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G432" s="15" t="s">
         <v>1864</v>
       </c>
       <c r="H432" s="11"/>
       <c r="I432" s="11"/>
       <c r="J432" s="11"/>
       <c r="K432" s="11"/>
       <c r="L432" s="11"/>
       <c r="M432" s="11"/>
     </row>
-    <row r="433" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A433" s="12" t="s">
         <v>1865</v>
       </c>
       <c r="B433" s="13">
         <v>40103924611</v>
       </c>
       <c r="C433" s="9" t="s">
         <v>1853</v>
       </c>
       <c r="D433" s="10" t="s">
         <v>1866</v>
       </c>
       <c r="E433" s="10" t="s">
         <v>1867</v>
       </c>
       <c r="F433" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G433" s="15" t="s">
         <v>1868</v>
       </c>
       <c r="H433" s="11"/>
       <c r="I433" s="11"/>
       <c r="J433" s="11"/>
       <c r="K433" s="11"/>
       <c r="L433" s="11"/>
       <c r="M433" s="11"/>
     </row>
-    <row r="434" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A434" s="12" t="s">
         <v>1869</v>
       </c>
       <c r="B434" s="13">
         <v>40203521444</v>
       </c>
       <c r="C434" s="9" t="s">
         <v>1870</v>
       </c>
       <c r="D434" s="10" t="s">
         <v>1871</v>
       </c>
       <c r="E434" s="10" t="s">
         <v>1872</v>
       </c>
       <c r="F434" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G434" s="15" t="s">
         <v>1873</v>
       </c>
       <c r="H434" s="11"/>
       <c r="I434" s="11"/>
       <c r="J434" s="11"/>
       <c r="K434" s="11"/>
       <c r="L434" s="11"/>
       <c r="M434" s="11"/>
     </row>
-    <row r="435" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A435" s="12" t="s">
         <v>1874</v>
       </c>
       <c r="B435" s="13">
         <v>40203520307</v>
       </c>
       <c r="C435" s="13" t="s">
         <v>1870</v>
       </c>
       <c r="D435" s="10" t="s">
         <v>1875</v>
       </c>
       <c r="E435" s="10" t="s">
         <v>1876</v>
       </c>
       <c r="F435" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G435" s="15" t="s">
         <v>1864</v>
       </c>
       <c r="H435" s="11"/>
       <c r="I435" s="11"/>
       <c r="J435" s="11"/>
       <c r="K435" s="11"/>
       <c r="L435" s="11"/>
       <c r="M435" s="11"/>
     </row>
-    <row r="436" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A436" s="12" t="s">
         <v>1877</v>
       </c>
       <c r="B436" s="13">
         <v>43601026426</v>
       </c>
       <c r="C436" s="13" t="s">
         <v>1870</v>
       </c>
       <c r="D436" s="10" t="s">
         <v>1878</v>
       </c>
       <c r="E436" s="10" t="s">
         <v>1879</v>
       </c>
       <c r="F436" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G436" s="15" t="s">
         <v>1880</v>
       </c>
       <c r="H436" s="11"/>
       <c r="I436" s="11"/>
       <c r="J436" s="11"/>
       <c r="K436" s="11"/>
       <c r="L436" s="11"/>
       <c r="M436" s="11"/>
     </row>
-    <row r="437" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="437" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A437" s="12" t="s">
         <v>1881</v>
       </c>
       <c r="B437" s="13">
         <v>40203532861</v>
       </c>
       <c r="C437" s="13" t="s">
         <v>1870</v>
       </c>
       <c r="D437" s="10" t="s">
         <v>1882</v>
       </c>
       <c r="E437" s="10" t="s">
         <v>1883</v>
       </c>
       <c r="F437" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G437" s="15" t="s">
         <v>1884</v>
       </c>
       <c r="H437" s="11"/>
       <c r="I437" s="11"/>
       <c r="J437" s="11"/>
       <c r="K437" s="11"/>
       <c r="L437" s="11"/>
       <c r="M437" s="11"/>
     </row>
-    <row r="438" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="438" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A438" s="12" t="s">
         <v>1885</v>
       </c>
       <c r="B438" s="13">
         <v>40203457949</v>
       </c>
       <c r="C438" s="13" t="s">
         <v>1870</v>
       </c>
       <c r="D438" s="10" t="s">
         <v>1886</v>
       </c>
       <c r="E438" s="10" t="s">
         <v>1887</v>
       </c>
       <c r="F438" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G438" s="15" t="s">
         <v>1848</v>
       </c>
       <c r="H438" s="11"/>
       <c r="I438" s="11"/>
       <c r="J438" s="11"/>
       <c r="K438" s="11"/>
       <c r="L438" s="11"/>
       <c r="M438" s="11"/>
     </row>
-    <row r="439" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="439" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A439" s="12" t="s">
         <v>1888</v>
       </c>
       <c r="B439" s="13">
         <v>40203288627</v>
       </c>
       <c r="C439" s="9" t="s">
         <v>1870</v>
       </c>
       <c r="D439" s="10" t="s">
         <v>1889</v>
       </c>
       <c r="E439" s="10" t="s">
         <v>1890</v>
       </c>
       <c r="F439" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G439" s="15" t="s">
         <v>1891</v>
       </c>
       <c r="H439" s="11"/>
       <c r="I439" s="11"/>
       <c r="J439" s="11"/>
       <c r="K439" s="11"/>
       <c r="L439" s="11"/>
       <c r="M439" s="11"/>
     </row>
-    <row r="440" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="440" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A440" s="12" t="s">
         <v>1892</v>
       </c>
       <c r="B440" s="13">
         <v>40203098657</v>
       </c>
       <c r="C440" s="13" t="s">
         <v>1800</v>
       </c>
       <c r="D440" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E440" s="10" t="s">
         <v>1893</v>
       </c>
       <c r="F440" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G440" s="15" t="s">
         <v>1894</v>
       </c>
       <c r="H440" s="11"/>
       <c r="I440" s="11"/>
       <c r="J440" s="11"/>
       <c r="K440" s="11"/>
       <c r="L440" s="11"/>
       <c r="M440" s="11"/>
     </row>
-    <row r="441" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="441" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A441" s="12" t="s">
         <v>1895</v>
       </c>
       <c r="B441" s="13">
         <v>40203424238</v>
       </c>
       <c r="C441" s="9" t="s">
         <v>1870</v>
       </c>
       <c r="D441" s="10" t="s">
         <v>1896</v>
       </c>
       <c r="E441" s="10" t="s">
         <v>1897</v>
       </c>
       <c r="F441" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G441" s="15" t="s">
         <v>1898</v>
       </c>
       <c r="H441" s="11"/>
       <c r="I441" s="11"/>
       <c r="J441" s="11"/>
       <c r="K441" s="11"/>
       <c r="L441" s="11"/>
       <c r="M441" s="11"/>
     </row>
-    <row r="442" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="442" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A442" s="16" t="s">
         <v>1899</v>
       </c>
       <c r="B442" s="13">
         <v>40203524417</v>
       </c>
       <c r="C442" s="13" t="s">
         <v>1900</v>
       </c>
       <c r="D442" s="10" t="s">
         <v>1871</v>
       </c>
       <c r="E442" s="10" t="s">
         <v>1901</v>
       </c>
       <c r="F442" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G442" s="15" t="s">
         <v>1902</v>
       </c>
       <c r="H442" s="11"/>
       <c r="I442" s="11"/>
       <c r="J442" s="11"/>
       <c r="K442" s="11"/>
       <c r="L442" s="11"/>
       <c r="M442" s="11"/>
     </row>
-    <row r="443" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="443" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A443" s="16" t="s">
         <v>1903</v>
       </c>
       <c r="B443" s="13">
         <v>50203460071</v>
       </c>
       <c r="C443" s="13" t="s">
         <v>1900</v>
       </c>
       <c r="D443" s="10" t="s">
         <v>1871</v>
       </c>
       <c r="E443" s="10" t="s">
         <v>1904</v>
       </c>
       <c r="F443" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G443" s="15" t="s">
         <v>1902</v>
       </c>
       <c r="H443" s="11"/>
       <c r="I443" s="11"/>
       <c r="J443" s="11"/>
       <c r="K443" s="11"/>
       <c r="L443" s="11"/>
       <c r="M443" s="11"/>
     </row>
-    <row r="444" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="444" spans="1:13" ht="132" x14ac:dyDescent="0.25">
       <c r="A444" s="16" t="s">
         <v>1905</v>
       </c>
       <c r="B444" s="13">
         <v>50203560941</v>
       </c>
       <c r="C444" s="9" t="s">
         <v>1906</v>
       </c>
       <c r="D444" s="10" t="s">
         <v>1907</v>
       </c>
       <c r="E444" s="10" t="s">
         <v>1908</v>
       </c>
       <c r="F444" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G444" s="10" t="s">
         <v>1909</v>
       </c>
       <c r="H444" s="11"/>
       <c r="I444" s="11"/>
       <c r="J444" s="11"/>
       <c r="K444" s="11"/>
       <c r="L444" s="11"/>
       <c r="M444" s="11"/>
     </row>
-    <row r="445" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="445" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A445" s="16" t="s">
         <v>1910</v>
       </c>
       <c r="B445" s="13">
         <v>40203246055</v>
       </c>
       <c r="C445" s="9" t="s">
         <v>1870</v>
       </c>
       <c r="D445" s="10" t="s">
         <v>1911</v>
       </c>
       <c r="E445" s="10" t="s">
         <v>1912</v>
       </c>
       <c r="F445" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G445" s="15" t="s">
         <v>1913</v>
       </c>
       <c r="H445" s="11"/>
       <c r="I445" s="11"/>
       <c r="J445" s="11"/>
       <c r="K445" s="11"/>
       <c r="L445" s="11"/>
       <c r="M445" s="11"/>
     </row>
-    <row r="446" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="446" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A446" s="16" t="s">
         <v>1914</v>
       </c>
       <c r="B446" s="13">
         <v>50203523451</v>
       </c>
       <c r="C446" s="13" t="s">
         <v>1915</v>
       </c>
       <c r="D446" s="10" t="s">
         <v>1916</v>
       </c>
       <c r="E446" s="10" t="s">
         <v>1917</v>
       </c>
       <c r="F446" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G446" s="15" t="s">
         <v>1918</v>
       </c>
       <c r="H446" s="11"/>
       <c r="I446" s="11"/>
       <c r="J446" s="11"/>
       <c r="K446" s="11"/>
       <c r="L446" s="11"/>
       <c r="M446" s="11"/>
     </row>
-    <row r="447" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="447" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A447" s="16" t="s">
         <v>1919</v>
       </c>
       <c r="B447" s="13">
         <v>40203493210</v>
       </c>
       <c r="C447" s="13" t="s">
         <v>1915</v>
       </c>
       <c r="D447" s="10" t="s">
         <v>1916</v>
       </c>
       <c r="E447" s="10" t="s">
         <v>1920</v>
       </c>
       <c r="F447" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G447" s="7" t="s">
         <v>1918</v>
       </c>
       <c r="H447" s="11"/>
       <c r="I447" s="11"/>
       <c r="J447" s="11"/>
       <c r="K447" s="11"/>
       <c r="L447" s="11"/>
       <c r="M447" s="11"/>
     </row>
-    <row r="448" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="448" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A448" s="16" t="s">
         <v>1921</v>
       </c>
       <c r="B448" s="13">
         <v>40203509954</v>
       </c>
       <c r="C448" s="13" t="s">
         <v>1922</v>
       </c>
       <c r="D448" s="10" t="s">
         <v>1923</v>
       </c>
       <c r="E448" s="10" t="s">
         <v>1924</v>
       </c>
       <c r="F448" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G448" s="15" t="s">
         <v>1925</v>
       </c>
       <c r="H448" s="11"/>
       <c r="I448" s="11"/>
       <c r="J448" s="11"/>
       <c r="K448" s="11"/>
       <c r="L448" s="11"/>
       <c r="M448" s="11"/>
     </row>
-    <row r="449" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="449" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A449" s="16" t="s">
         <v>1926</v>
       </c>
       <c r="B449" s="13">
         <v>40203511516</v>
       </c>
       <c r="C449" s="13" t="s">
         <v>1922</v>
       </c>
       <c r="D449" s="10" t="s">
         <v>1927</v>
       </c>
       <c r="E449" s="10" t="s">
         <v>1928</v>
       </c>
       <c r="F449" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G449" s="15" t="s">
         <v>1929</v>
       </c>
       <c r="H449" s="11"/>
       <c r="I449" s="11"/>
       <c r="J449" s="11"/>
       <c r="K449" s="11"/>
@@ -22596,51 +22915,51 @@
       <c r="B451" s="13">
         <v>40203437779</v>
       </c>
       <c r="C451" s="13" t="s">
         <v>1922</v>
       </c>
       <c r="D451" s="10" t="s">
         <v>1936</v>
       </c>
       <c r="E451" s="10" t="s">
         <v>1937</v>
       </c>
       <c r="F451" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G451" s="15" t="s">
         <v>1938</v>
       </c>
       <c r="H451" s="11"/>
       <c r="I451" s="11"/>
       <c r="J451" s="11"/>
       <c r="K451" s="11"/>
       <c r="L451" s="11"/>
       <c r="M451" s="11"/>
     </row>
-    <row r="452" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="452" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A452" s="16" t="s">
         <v>1939</v>
       </c>
       <c r="B452" s="13">
         <v>40203394766</v>
       </c>
       <c r="C452" s="9" t="s">
         <v>1940</v>
       </c>
       <c r="D452" s="10" t="s">
         <v>1941</v>
       </c>
       <c r="E452" s="10" t="s">
         <v>1942</v>
       </c>
       <c r="F452" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G452" s="15" t="s">
         <v>1943</v>
       </c>
       <c r="H452" s="11"/>
       <c r="I452" s="11"/>
       <c r="J452" s="11"/>
       <c r="K452" s="11"/>
@@ -22654,51 +22973,51 @@
       <c r="B453" s="13">
         <v>40203431117</v>
       </c>
       <c r="C453" s="13" t="s">
         <v>1940</v>
       </c>
       <c r="D453" s="10" t="s">
         <v>1945</v>
       </c>
       <c r="E453" s="10" t="s">
         <v>1946</v>
       </c>
       <c r="F453" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G453" s="15" t="s">
         <v>1947</v>
       </c>
       <c r="H453" s="11"/>
       <c r="I453" s="11"/>
       <c r="J453" s="11"/>
       <c r="K453" s="11"/>
       <c r="L453" s="11"/>
       <c r="M453" s="11"/>
     </row>
-    <row r="454" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="454" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A454" s="16" t="s">
         <v>1948</v>
       </c>
       <c r="B454" s="13">
         <v>40203434575</v>
       </c>
       <c r="C454" s="13" t="s">
         <v>1940</v>
       </c>
       <c r="D454" s="10" t="s">
         <v>1949</v>
       </c>
       <c r="E454" s="10" t="s">
         <v>1950</v>
       </c>
       <c r="F454" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G454" s="15" t="s">
         <v>1951</v>
       </c>
       <c r="H454" s="11"/>
       <c r="I454" s="11"/>
       <c r="J454" s="11"/>
       <c r="K454" s="11"/>
@@ -22712,51 +23031,51 @@
       <c r="B455" s="13">
         <v>40203561786</v>
       </c>
       <c r="C455" s="13" t="s">
         <v>1953</v>
       </c>
       <c r="D455" s="10" t="s">
         <v>519</v>
       </c>
       <c r="E455" s="10" t="s">
         <v>1954</v>
       </c>
       <c r="F455" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G455" s="15" t="s">
         <v>1955</v>
       </c>
       <c r="H455" s="11"/>
       <c r="I455" s="11"/>
       <c r="J455" s="11"/>
       <c r="K455" s="11"/>
       <c r="L455" s="11"/>
       <c r="M455" s="11"/>
     </row>
-    <row r="456" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="456" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A456" s="16" t="s">
         <v>1956</v>
       </c>
       <c r="B456" s="13">
         <v>40203479274</v>
       </c>
       <c r="C456" s="13" t="s">
         <v>1953</v>
       </c>
       <c r="D456" s="10" t="s">
         <v>1957</v>
       </c>
       <c r="E456" s="10" t="s">
         <v>1958</v>
       </c>
       <c r="F456" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G456" s="15" t="s">
         <v>1959</v>
       </c>
       <c r="H456" s="11"/>
       <c r="I456" s="11"/>
       <c r="J456" s="11"/>
       <c r="K456" s="11"/>
@@ -22770,51 +23089,51 @@
       <c r="B457" s="13">
         <v>41502039705</v>
       </c>
       <c r="C457" s="13" t="s">
         <v>1961</v>
       </c>
       <c r="D457" s="10" t="s">
         <v>1962</v>
       </c>
       <c r="E457" s="10" t="s">
         <v>1963</v>
       </c>
       <c r="F457" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G457" s="15" t="s">
         <v>1964</v>
       </c>
       <c r="H457" s="11"/>
       <c r="I457" s="11"/>
       <c r="J457" s="11"/>
       <c r="K457" s="11"/>
       <c r="L457" s="11"/>
       <c r="M457" s="11"/>
     </row>
-    <row r="458" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="458" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A458" s="16" t="s">
         <v>1965</v>
       </c>
       <c r="B458" s="13">
         <v>40203484631</v>
       </c>
       <c r="C458" s="13" t="s">
         <v>1961</v>
       </c>
       <c r="D458" s="10" t="s">
         <v>1949</v>
       </c>
       <c r="E458" s="10" t="s">
         <v>1966</v>
       </c>
       <c r="F458" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G458" s="15" t="s">
         <v>1967</v>
       </c>
       <c r="H458" s="11"/>
       <c r="I458" s="11"/>
       <c r="J458" s="11"/>
       <c r="K458" s="11"/>
@@ -23031,51 +23350,51 @@
       <c r="B466" s="13">
         <v>42103029248</v>
       </c>
       <c r="C466" s="9" t="s">
         <v>1977</v>
       </c>
       <c r="D466" s="10" t="s">
         <v>1973</v>
       </c>
       <c r="E466" s="10" t="s">
         <v>1995</v>
       </c>
       <c r="F466" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G466" s="15" t="s">
         <v>1996</v>
       </c>
       <c r="H466" s="11"/>
       <c r="I466" s="11"/>
       <c r="J466" s="11"/>
       <c r="K466" s="11"/>
       <c r="L466" s="11"/>
       <c r="M466" s="11"/>
     </row>
-    <row r="467" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="467" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A467" s="12" t="s">
         <v>1997</v>
       </c>
       <c r="B467" s="13">
         <v>40203391810</v>
       </c>
       <c r="C467" s="9" t="s">
         <v>1977</v>
       </c>
       <c r="D467" s="10" t="s">
         <v>1998</v>
       </c>
       <c r="E467" s="10" t="s">
         <v>1999</v>
       </c>
       <c r="F467" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G467" s="15" t="s">
         <v>2000</v>
       </c>
       <c r="H467" s="11"/>
       <c r="I467" s="11"/>
       <c r="J467" s="11"/>
       <c r="K467" s="11"/>
@@ -23205,80 +23524,80 @@
       <c r="B472" s="13">
         <v>40203538262</v>
       </c>
       <c r="C472" s="9" t="s">
         <v>2020</v>
       </c>
       <c r="D472" s="12" t="s">
         <v>519</v>
       </c>
       <c r="E472" s="12" t="s">
         <v>2021</v>
       </c>
       <c r="F472" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G472" s="12" t="s">
         <v>2022</v>
       </c>
       <c r="H472" s="11"/>
       <c r="I472" s="11"/>
       <c r="J472" s="11"/>
       <c r="K472" s="11"/>
       <c r="L472" s="11"/>
       <c r="M472" s="11"/>
     </row>
-    <row r="473" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="473" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A473" s="12" t="s">
         <v>2023</v>
       </c>
       <c r="B473" s="13">
         <v>40203516180</v>
       </c>
       <c r="C473" s="9" t="s">
         <v>2015</v>
       </c>
       <c r="D473" s="12" t="s">
         <v>2024</v>
       </c>
       <c r="E473" s="12" t="s">
         <v>2025</v>
       </c>
       <c r="F473" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G473" s="12" t="s">
         <v>2026</v>
       </c>
       <c r="H473" s="11"/>
       <c r="I473" s="11"/>
       <c r="J473" s="11"/>
       <c r="K473" s="11"/>
       <c r="L473" s="11"/>
       <c r="M473" s="11"/>
     </row>
-    <row r="474" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="474" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A474" s="12" t="s">
         <v>2027</v>
       </c>
       <c r="B474" s="13">
         <v>41203074395</v>
       </c>
       <c r="C474" s="9" t="s">
         <v>2028</v>
       </c>
       <c r="D474" s="12" t="s">
         <v>2029</v>
       </c>
       <c r="E474" s="12" t="s">
         <v>2030</v>
       </c>
       <c r="F474" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G474" s="12" t="s">
         <v>2031</v>
       </c>
       <c r="H474" s="11"/>
       <c r="I474" s="11"/>
       <c r="J474" s="11"/>
       <c r="K474" s="11"/>
@@ -23321,80 +23640,80 @@
       <c r="B476" s="13">
         <v>40003857850</v>
       </c>
       <c r="C476" s="9" t="s">
         <v>1900</v>
       </c>
       <c r="D476" s="12" t="s">
         <v>2037</v>
       </c>
       <c r="E476" s="12" t="s">
         <v>2038</v>
       </c>
       <c r="F476" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G476" s="12" t="s">
         <v>2039</v>
       </c>
       <c r="H476" s="11"/>
       <c r="I476" s="11"/>
       <c r="J476" s="11"/>
       <c r="K476" s="11"/>
       <c r="L476" s="11"/>
       <c r="M476" s="11"/>
     </row>
-    <row r="477" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="477" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A477" s="12" t="s">
         <v>2040</v>
       </c>
       <c r="B477" s="13">
         <v>40203534152</v>
       </c>
       <c r="C477" s="9" t="s">
         <v>2041</v>
       </c>
       <c r="D477" s="12" t="s">
         <v>2042</v>
       </c>
       <c r="E477" s="12" t="s">
         <v>2043</v>
       </c>
       <c r="F477" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G477" s="12" t="s">
         <v>2044</v>
       </c>
       <c r="H477" s="11"/>
       <c r="I477" s="11"/>
       <c r="J477" s="11"/>
       <c r="K477" s="11"/>
       <c r="L477" s="11"/>
       <c r="M477" s="11"/>
     </row>
-    <row r="478" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="478" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A478" s="12" t="s">
         <v>2045</v>
       </c>
       <c r="B478" s="13">
         <v>40203507258</v>
       </c>
       <c r="C478" s="9" t="s">
         <v>2020</v>
       </c>
       <c r="D478" s="12" t="s">
         <v>2046</v>
       </c>
       <c r="E478" s="12" t="s">
         <v>2047</v>
       </c>
       <c r="F478" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G478" s="12" t="s">
         <v>2048</v>
       </c>
       <c r="H478" s="11"/>
       <c r="I478" s="11"/>
       <c r="J478" s="11"/>
       <c r="K478" s="11"/>
@@ -23408,51 +23727,51 @@
       <c r="B479" s="13">
         <v>40103319032</v>
       </c>
       <c r="C479" s="9" t="s">
         <v>2050</v>
       </c>
       <c r="D479" s="12" t="s">
         <v>2051</v>
       </c>
       <c r="E479" s="12" t="s">
         <v>2052</v>
       </c>
       <c r="F479" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G479" s="12" t="s">
         <v>2053</v>
       </c>
       <c r="H479" s="11"/>
       <c r="I479" s="11"/>
       <c r="J479" s="11"/>
       <c r="K479" s="11"/>
       <c r="L479" s="11"/>
       <c r="M479" s="11"/>
     </row>
-    <row r="480" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="480" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A480" s="12" t="s">
         <v>2054</v>
       </c>
       <c r="B480" s="13">
         <v>50203249161</v>
       </c>
       <c r="C480" s="9" t="s">
         <v>2055</v>
       </c>
       <c r="D480" s="12" t="s">
         <v>2056</v>
       </c>
       <c r="E480" s="12" t="s">
         <v>2057</v>
       </c>
       <c r="F480" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G480" s="12" t="s">
         <v>2058</v>
       </c>
       <c r="H480" s="11"/>
       <c r="I480" s="11"/>
       <c r="J480" s="11"/>
       <c r="K480" s="11"/>
@@ -23553,80 +23872,80 @@
       <c r="B484" s="13">
         <v>40203046354</v>
       </c>
       <c r="C484" s="9" t="s">
         <v>2069</v>
       </c>
       <c r="D484" s="12" t="s">
         <v>2074</v>
       </c>
       <c r="E484" s="12" t="s">
         <v>2075</v>
       </c>
       <c r="F484" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G484" s="12" t="s">
         <v>2076</v>
       </c>
       <c r="H484" s="11"/>
       <c r="I484" s="11"/>
       <c r="J484" s="11"/>
       <c r="K484" s="11"/>
       <c r="L484" s="11"/>
       <c r="M484" s="11"/>
     </row>
-    <row r="485" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="485" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A485" s="12" t="s">
         <v>2077</v>
       </c>
       <c r="B485" s="13">
         <v>40203528090</v>
       </c>
       <c r="C485" s="9" t="s">
         <v>2078</v>
       </c>
       <c r="D485" s="12" t="s">
         <v>1949</v>
       </c>
       <c r="E485" s="12" t="s">
         <v>2079</v>
       </c>
       <c r="F485" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G485" s="12" t="s">
         <v>2080</v>
       </c>
       <c r="H485" s="11"/>
       <c r="I485" s="11"/>
       <c r="J485" s="11"/>
       <c r="K485" s="11"/>
       <c r="L485" s="11"/>
       <c r="M485" s="11"/>
     </row>
-    <row r="486" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="486" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A486" s="12" t="s">
         <v>2081</v>
       </c>
       <c r="B486" s="13">
         <v>50203290661</v>
       </c>
       <c r="C486" s="9" t="s">
         <v>2082</v>
       </c>
       <c r="D486" s="12" t="s">
         <v>2083</v>
       </c>
       <c r="E486" s="12" t="s">
         <v>2084</v>
       </c>
       <c r="F486" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G486" s="12" t="s">
         <v>2085</v>
       </c>
       <c r="H486" s="11"/>
       <c r="I486" s="11"/>
       <c r="J486" s="11"/>
       <c r="K486" s="11"/>
@@ -23640,109 +23959,109 @@
       <c r="B487" s="13">
         <v>40203205767</v>
       </c>
       <c r="C487" s="9" t="s">
         <v>1826</v>
       </c>
       <c r="D487" s="12" t="s">
         <v>2087</v>
       </c>
       <c r="E487" s="12" t="s">
         <v>2088</v>
       </c>
       <c r="F487" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G487" s="12" t="s">
         <v>2089</v>
       </c>
       <c r="H487" s="11"/>
       <c r="I487" s="11"/>
       <c r="J487" s="11"/>
       <c r="K487" s="11"/>
       <c r="L487" s="11"/>
       <c r="M487" s="11"/>
     </row>
-    <row r="488" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="488" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A488" s="12" t="s">
         <v>2090</v>
       </c>
       <c r="B488" s="13">
         <v>40203493615</v>
       </c>
       <c r="C488" s="9" t="s">
         <v>2091</v>
       </c>
       <c r="D488" s="12" t="s">
         <v>1949</v>
       </c>
       <c r="E488" s="12" t="s">
         <v>2092</v>
       </c>
       <c r="F488" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G488" s="12" t="s">
         <v>2080</v>
       </c>
       <c r="H488" s="11"/>
       <c r="I488" s="11"/>
       <c r="J488" s="11"/>
       <c r="K488" s="11"/>
       <c r="L488" s="11"/>
       <c r="M488" s="11"/>
     </row>
-    <row r="489" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="489" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A489" s="12" t="s">
         <v>2093</v>
       </c>
       <c r="B489" s="13">
         <v>40203546715</v>
       </c>
       <c r="C489" s="9" t="s">
         <v>2028</v>
       </c>
       <c r="D489" s="12" t="s">
         <v>2094</v>
       </c>
       <c r="E489" s="12" t="s">
         <v>2095</v>
       </c>
       <c r="F489" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G489" s="12" t="s">
         <v>2096</v>
       </c>
       <c r="H489" s="11"/>
       <c r="I489" s="11"/>
       <c r="J489" s="11"/>
       <c r="K489" s="11"/>
       <c r="L489" s="11"/>
       <c r="M489" s="11"/>
     </row>
-    <row r="490" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="490" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A490" s="12" t="s">
         <v>2097</v>
       </c>
       <c r="B490" s="13">
         <v>40203558894</v>
       </c>
       <c r="C490" s="9" t="s">
         <v>2082</v>
       </c>
       <c r="D490" s="12" t="s">
         <v>519</v>
       </c>
       <c r="E490" s="12" t="s">
         <v>2098</v>
       </c>
       <c r="F490" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G490" s="12" t="s">
         <v>2099</v>
       </c>
       <c r="H490" s="11"/>
       <c r="I490" s="11"/>
       <c r="J490" s="11"/>
       <c r="K490" s="11"/>
@@ -23785,51 +24104,51 @@
       <c r="B492" s="13">
         <v>50203377931</v>
       </c>
       <c r="C492" s="9" t="s">
         <v>2091</v>
       </c>
       <c r="D492" s="12" t="s">
         <v>2105</v>
       </c>
       <c r="E492" s="12" t="s">
         <v>2106</v>
       </c>
       <c r="F492" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G492" s="12" t="s">
         <v>2107</v>
       </c>
       <c r="H492" s="11"/>
       <c r="I492" s="11"/>
       <c r="J492" s="11"/>
       <c r="K492" s="11"/>
       <c r="L492" s="11"/>
       <c r="M492" s="11"/>
     </row>
-    <row r="493" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="493" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A493" s="12" t="s">
         <v>2108</v>
       </c>
       <c r="B493" s="13">
         <v>40103771120</v>
       </c>
       <c r="C493" s="9" t="s">
         <v>2109</v>
       </c>
       <c r="D493" s="12" t="s">
         <v>2110</v>
       </c>
       <c r="E493" s="12" t="s">
         <v>2111</v>
       </c>
       <c r="F493" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G493" s="12" t="s">
         <v>2112</v>
       </c>
       <c r="H493" s="11"/>
       <c r="I493" s="11"/>
       <c r="J493" s="11"/>
       <c r="K493" s="11"/>
@@ -24017,80 +24336,80 @@
       <c r="B500" s="13">
         <v>40203447692</v>
       </c>
       <c r="C500" s="9" t="s">
         <v>2041</v>
       </c>
       <c r="D500" s="12" t="s">
         <v>2136</v>
       </c>
       <c r="E500" s="12" t="s">
         <v>2137</v>
       </c>
       <c r="F500" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G500" s="12" t="s">
         <v>2138</v>
       </c>
       <c r="H500" s="11"/>
       <c r="I500" s="11"/>
       <c r="J500" s="11"/>
       <c r="K500" s="11"/>
       <c r="L500" s="11"/>
       <c r="M500" s="11"/>
     </row>
-    <row r="501" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="501" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A501" s="12" t="s">
         <v>2139</v>
       </c>
       <c r="B501" s="13">
         <v>40203501378</v>
       </c>
       <c r="C501" s="9" t="s">
         <v>2140</v>
       </c>
       <c r="D501" s="12" t="s">
         <v>2141</v>
       </c>
       <c r="E501" s="12" t="s">
         <v>2142</v>
       </c>
       <c r="F501" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G501" s="12" t="s">
         <v>2143</v>
       </c>
       <c r="H501" s="11"/>
       <c r="I501" s="11"/>
       <c r="J501" s="11"/>
       <c r="K501" s="11"/>
       <c r="L501" s="11"/>
       <c r="M501" s="11"/>
     </row>
-    <row r="502" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="502" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A502" s="12" t="s">
         <v>2144</v>
       </c>
       <c r="B502" s="13">
         <v>50203046411</v>
       </c>
       <c r="C502" s="9" t="s">
         <v>2078</v>
       </c>
       <c r="D502" s="12" t="s">
         <v>2145</v>
       </c>
       <c r="E502" s="12" t="s">
         <v>2146</v>
       </c>
       <c r="F502" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G502" s="12" t="s">
         <v>2147</v>
       </c>
       <c r="H502" s="11"/>
       <c r="I502" s="11"/>
       <c r="J502" s="11"/>
       <c r="K502" s="11"/>
@@ -24220,254 +24539,254 @@
       <c r="B507" s="13">
         <v>41503074036</v>
       </c>
       <c r="C507" s="9" t="s">
         <v>2168</v>
       </c>
       <c r="D507" s="12" t="s">
         <v>2169</v>
       </c>
       <c r="E507" s="12" t="s">
         <v>2170</v>
       </c>
       <c r="F507" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G507" s="12" t="s">
         <v>2171</v>
       </c>
       <c r="H507" s="11"/>
       <c r="I507" s="11"/>
       <c r="J507" s="11"/>
       <c r="K507" s="11"/>
       <c r="L507" s="11"/>
       <c r="M507" s="11"/>
     </row>
-    <row r="508" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="508" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A508" s="12" t="s">
         <v>2172</v>
       </c>
       <c r="B508" s="13">
         <v>50203538461</v>
       </c>
       <c r="C508" s="9" t="s">
         <v>2140</v>
       </c>
       <c r="D508" s="12" t="s">
         <v>2173</v>
       </c>
       <c r="E508" s="12" t="s">
         <v>2174</v>
       </c>
       <c r="F508" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G508" s="12" t="s">
         <v>2080</v>
       </c>
       <c r="H508" s="11"/>
       <c r="I508" s="11"/>
       <c r="J508" s="11"/>
       <c r="K508" s="11"/>
       <c r="L508" s="11"/>
       <c r="M508" s="11"/>
     </row>
-    <row r="509" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="509" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A509" s="12" t="s">
         <v>2175</v>
       </c>
       <c r="B509" s="13">
         <v>40203570327</v>
       </c>
       <c r="C509" s="9" t="s">
         <v>2140</v>
       </c>
       <c r="D509" s="12" t="s">
         <v>2176</v>
       </c>
       <c r="E509" s="12" t="s">
         <v>2177</v>
       </c>
       <c r="F509" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G509" s="12" t="s">
         <v>2178</v>
       </c>
       <c r="H509" s="11"/>
       <c r="I509" s="11"/>
       <c r="J509" s="11"/>
       <c r="K509" s="11"/>
       <c r="L509" s="11"/>
       <c r="M509" s="11"/>
     </row>
-    <row r="510" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="510" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A510" s="12" t="s">
         <v>2179</v>
       </c>
       <c r="B510" s="13">
         <v>40203534311</v>
       </c>
       <c r="C510" s="9" t="s">
         <v>2140</v>
       </c>
       <c r="D510" s="12" t="s">
         <v>2180</v>
       </c>
       <c r="E510" s="12" t="s">
         <v>2181</v>
       </c>
       <c r="F510" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G510" s="12" t="s">
         <v>2182</v>
       </c>
       <c r="H510" s="11"/>
       <c r="I510" s="11"/>
       <c r="J510" s="11"/>
       <c r="K510" s="11"/>
       <c r="L510" s="11"/>
       <c r="M510" s="11"/>
     </row>
-    <row r="511" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="511" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A511" s="12" t="s">
         <v>2183</v>
       </c>
       <c r="B511" s="13">
         <v>40203511234</v>
       </c>
       <c r="C511" s="9" t="s">
         <v>2140</v>
       </c>
       <c r="D511" s="12" t="s">
         <v>2184</v>
       </c>
       <c r="E511" s="12" t="s">
         <v>2185</v>
       </c>
       <c r="F511" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G511" s="12" t="s">
         <v>2186</v>
       </c>
       <c r="H511" s="11"/>
       <c r="I511" s="11"/>
       <c r="J511" s="11"/>
       <c r="K511" s="11"/>
       <c r="L511" s="11"/>
       <c r="M511" s="11"/>
     </row>
-    <row r="512" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="512" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A512" s="12" t="s">
         <v>2187</v>
       </c>
       <c r="B512" s="13">
         <v>40203520059</v>
       </c>
       <c r="C512" s="9" t="s">
         <v>2140</v>
       </c>
       <c r="D512" s="12" t="s">
         <v>2188</v>
       </c>
       <c r="E512" s="12" t="s">
         <v>2189</v>
       </c>
       <c r="F512" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G512" s="12" t="s">
         <v>2190</v>
       </c>
       <c r="H512" s="11"/>
       <c r="I512" s="11"/>
       <c r="J512" s="11"/>
       <c r="K512" s="11"/>
       <c r="L512" s="11"/>
       <c r="M512" s="11"/>
     </row>
-    <row r="513" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="513" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A513" s="12" t="s">
         <v>2191</v>
       </c>
       <c r="B513" s="13">
         <v>40203514404</v>
       </c>
       <c r="C513" s="9" t="s">
         <v>2140</v>
       </c>
       <c r="D513" s="12" t="s">
         <v>2192</v>
       </c>
       <c r="E513" s="12" t="s">
         <v>2193</v>
       </c>
       <c r="F513" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G513" s="12" t="s">
         <v>2186</v>
       </c>
       <c r="H513" s="11"/>
       <c r="I513" s="11"/>
       <c r="J513" s="11"/>
       <c r="K513" s="11"/>
       <c r="L513" s="11"/>
       <c r="M513" s="11"/>
     </row>
-    <row r="514" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="514" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A514" s="12" t="s">
         <v>2194</v>
       </c>
       <c r="B514" s="13">
         <v>40203577838</v>
       </c>
       <c r="C514" s="9" t="s">
         <v>2195</v>
       </c>
       <c r="D514" s="12" t="s">
         <v>2196</v>
       </c>
       <c r="E514" s="12" t="s">
         <v>2197</v>
       </c>
       <c r="F514" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G514" s="12" t="s">
         <v>2190</v>
       </c>
       <c r="H514" s="11"/>
       <c r="I514" s="11"/>
       <c r="J514" s="11"/>
       <c r="K514" s="11"/>
       <c r="L514" s="11"/>
       <c r="M514" s="11"/>
     </row>
-    <row r="515" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="515" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A515" s="12" t="s">
         <v>2198</v>
       </c>
       <c r="B515" s="13">
         <v>40203520909</v>
       </c>
       <c r="C515" s="9" t="s">
         <v>2195</v>
       </c>
       <c r="D515" s="12" t="s">
         <v>2196</v>
       </c>
       <c r="E515" s="12" t="s">
         <v>2199</v>
       </c>
       <c r="F515" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G515" s="12" t="s">
         <v>2190</v>
       </c>
       <c r="H515" s="11"/>
       <c r="I515" s="11"/>
       <c r="J515" s="11"/>
       <c r="K515" s="11"/>
@@ -24539,109 +24858,109 @@
       <c r="B518" s="13">
         <v>40203215229</v>
       </c>
       <c r="C518" s="9" t="s">
         <v>2211</v>
       </c>
       <c r="D518" s="12" t="s">
         <v>2212</v>
       </c>
       <c r="E518" s="12" t="s">
         <v>2213</v>
       </c>
       <c r="F518" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G518" s="12" t="s">
         <v>2214</v>
       </c>
       <c r="H518" s="11"/>
       <c r="I518" s="11"/>
       <c r="J518" s="11"/>
       <c r="K518" s="11"/>
       <c r="L518" s="11"/>
       <c r="M518" s="11"/>
     </row>
-    <row r="519" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="519" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A519" s="10" t="s">
         <v>2215</v>
       </c>
       <c r="B519" s="13">
         <v>40203091729</v>
       </c>
       <c r="C519" s="9" t="s">
         <v>2216</v>
       </c>
       <c r="D519" s="12" t="s">
         <v>2217</v>
       </c>
       <c r="E519" s="12" t="s">
         <v>2218</v>
       </c>
       <c r="F519" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G519" s="12" t="s">
         <v>2219</v>
       </c>
       <c r="H519" s="11"/>
       <c r="I519" s="11"/>
       <c r="J519" s="11"/>
       <c r="K519" s="11"/>
       <c r="L519" s="11"/>
       <c r="M519" s="11"/>
     </row>
-    <row r="520" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="520" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A520" s="10" t="s">
         <v>2220</v>
       </c>
       <c r="B520" s="13">
         <v>40203409135</v>
       </c>
       <c r="C520" s="9" t="s">
         <v>2211</v>
       </c>
       <c r="D520" s="10" t="s">
         <v>2221</v>
       </c>
       <c r="E520" s="12" t="s">
         <v>2222</v>
       </c>
       <c r="F520" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G520" s="12" t="s">
         <v>2223</v>
       </c>
       <c r="H520" s="11"/>
       <c r="I520" s="11"/>
       <c r="J520" s="11"/>
       <c r="K520" s="11"/>
       <c r="L520" s="11"/>
       <c r="M520" s="11"/>
     </row>
-    <row r="521" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="521" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A521" s="10" t="s">
         <v>2220</v>
       </c>
       <c r="B521" s="13">
         <v>40203409135</v>
       </c>
       <c r="C521" s="9" t="s">
         <v>2211</v>
       </c>
       <c r="D521" s="10" t="s">
         <v>2221</v>
       </c>
       <c r="E521" s="12" t="s">
         <v>2224</v>
       </c>
       <c r="F521" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G521" s="12" t="s">
         <v>2223</v>
       </c>
       <c r="H521" s="11"/>
       <c r="I521" s="11"/>
       <c r="J521" s="11"/>
       <c r="K521" s="11"/>
@@ -24655,51 +24974,51 @@
       <c r="B522" s="13">
         <v>40203508408</v>
       </c>
       <c r="C522" s="9" t="s">
         <v>2226</v>
       </c>
       <c r="D522" s="10" t="s">
         <v>2227</v>
       </c>
       <c r="E522" s="12" t="s">
         <v>2228</v>
       </c>
       <c r="F522" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G522" s="12" t="s">
         <v>2190</v>
       </c>
       <c r="H522" s="11"/>
       <c r="I522" s="11"/>
       <c r="J522" s="11"/>
       <c r="K522" s="11"/>
       <c r="L522" s="11"/>
       <c r="M522" s="11"/>
     </row>
-    <row r="523" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="523" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A523" s="10" t="s">
         <v>2229</v>
       </c>
       <c r="B523" s="13">
         <v>50203520281</v>
       </c>
       <c r="C523" s="9" t="s">
         <v>2226</v>
       </c>
       <c r="D523" s="10" t="s">
         <v>2230</v>
       </c>
       <c r="E523" s="12" t="s">
         <v>2231</v>
       </c>
       <c r="F523" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G523" s="12" t="s">
         <v>2186</v>
       </c>
       <c r="H523" s="11"/>
       <c r="I523" s="11"/>
       <c r="J523" s="11"/>
       <c r="K523" s="11"/>
@@ -24713,51 +25032,51 @@
       <c r="B524" s="13">
         <v>40002097755</v>
       </c>
       <c r="C524" s="9" t="s">
         <v>2226</v>
       </c>
       <c r="D524" s="10" t="s">
         <v>2233</v>
       </c>
       <c r="E524" s="12" t="s">
         <v>2234</v>
       </c>
       <c r="F524" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G524" s="12" t="s">
         <v>2235</v>
       </c>
       <c r="H524" s="11"/>
       <c r="I524" s="11"/>
       <c r="J524" s="11"/>
       <c r="K524" s="11"/>
       <c r="L524" s="11"/>
       <c r="M524" s="11"/>
     </row>
-    <row r="525" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="525" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A525" s="10" t="s">
         <v>2236</v>
       </c>
       <c r="B525" s="13">
         <v>40203366052</v>
       </c>
       <c r="C525" s="9" t="s">
         <v>2226</v>
       </c>
       <c r="D525" s="10" t="s">
         <v>2237</v>
       </c>
       <c r="E525" s="12" t="s">
         <v>2238</v>
       </c>
       <c r="F525" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G525" s="12" t="s">
         <v>2186</v>
       </c>
       <c r="H525" s="11"/>
       <c r="I525" s="11"/>
       <c r="J525" s="11"/>
       <c r="K525" s="11"/>
@@ -24771,51 +25090,51 @@
       <c r="B526" s="13">
         <v>40203405561</v>
       </c>
       <c r="C526" s="9" t="s">
         <v>2216</v>
       </c>
       <c r="D526" s="10" t="s">
         <v>2240</v>
       </c>
       <c r="E526" s="12" t="s">
         <v>2241</v>
       </c>
       <c r="F526" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G526" s="12" t="s">
         <v>2235</v>
       </c>
       <c r="H526" s="11"/>
       <c r="I526" s="11"/>
       <c r="J526" s="11"/>
       <c r="K526" s="11"/>
       <c r="L526" s="11"/>
       <c r="M526" s="11"/>
     </row>
-    <row r="527" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="527" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A527" s="10" t="s">
         <v>2242</v>
       </c>
       <c r="B527" s="13">
         <v>40203519596</v>
       </c>
       <c r="C527" s="9" t="s">
         <v>2211</v>
       </c>
       <c r="D527" s="10" t="s">
         <v>2243</v>
       </c>
       <c r="E527" s="12" t="s">
         <v>2244</v>
       </c>
       <c r="F527" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G527" s="12" t="s">
         <v>2190</v>
       </c>
       <c r="H527" s="11"/>
       <c r="I527" s="11"/>
       <c r="J527" s="11"/>
       <c r="K527" s="11"/>
@@ -24829,80 +25148,80 @@
       <c r="B528" s="13">
         <v>40002166756</v>
       </c>
       <c r="C528" s="9" t="s">
         <v>2211</v>
       </c>
       <c r="D528" s="10" t="s">
         <v>2246</v>
       </c>
       <c r="E528" s="12" t="s">
         <v>2247</v>
       </c>
       <c r="F528" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G528" s="12" t="s">
         <v>2248</v>
       </c>
       <c r="H528" s="11"/>
       <c r="I528" s="11"/>
       <c r="J528" s="11"/>
       <c r="K528" s="11"/>
       <c r="L528" s="11"/>
       <c r="M528" s="11"/>
     </row>
-    <row r="529" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="529" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A529" s="10" t="s">
         <v>2249</v>
       </c>
       <c r="B529" s="13">
         <v>40103461365</v>
       </c>
       <c r="C529" s="9" t="s">
         <v>2250</v>
       </c>
       <c r="D529" s="10" t="s">
         <v>2251</v>
       </c>
       <c r="E529" s="12" t="s">
         <v>2252</v>
       </c>
       <c r="F529" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G529" s="12" t="s">
         <v>2253</v>
       </c>
       <c r="H529" s="11"/>
       <c r="I529" s="11"/>
       <c r="J529" s="11"/>
       <c r="K529" s="11"/>
       <c r="L529" s="11"/>
       <c r="M529" s="11"/>
     </row>
-    <row r="530" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="530" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A530" s="10" t="s">
         <v>2254</v>
       </c>
       <c r="B530" s="13">
         <v>52103059441</v>
       </c>
       <c r="C530" s="9" t="s">
         <v>2255</v>
       </c>
       <c r="D530" s="10" t="s">
         <v>2256</v>
       </c>
       <c r="E530" s="12" t="s">
         <v>2257</v>
       </c>
       <c r="F530" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G530" s="12" t="s">
         <v>2258</v>
       </c>
       <c r="H530" s="11"/>
       <c r="I530" s="11"/>
       <c r="J530" s="11"/>
       <c r="K530" s="11"/>
@@ -24974,51 +25293,51 @@
       <c r="B533" s="13">
         <v>44101029735</v>
       </c>
       <c r="C533" s="9" t="s">
         <v>2226</v>
       </c>
       <c r="D533" s="10" t="s">
         <v>2267</v>
       </c>
       <c r="E533" s="12" t="s">
         <v>2268</v>
       </c>
       <c r="F533" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G533" s="12" t="s">
         <v>2269</v>
       </c>
       <c r="H533" s="11"/>
       <c r="I533" s="11"/>
       <c r="J533" s="11"/>
       <c r="K533" s="11"/>
       <c r="L533" s="11"/>
       <c r="M533" s="11"/>
     </row>
-    <row r="534" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="534" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A534" s="10" t="s">
         <v>2270</v>
       </c>
       <c r="B534" s="13">
         <v>40002209701</v>
       </c>
       <c r="C534" s="9" t="s">
         <v>2255</v>
       </c>
       <c r="D534" s="10" t="s">
         <v>519</v>
       </c>
       <c r="E534" s="12" t="s">
         <v>2271</v>
       </c>
       <c r="F534" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G534" s="12" t="s">
         <v>2272</v>
       </c>
       <c r="H534" s="11"/>
       <c r="I534" s="11"/>
       <c r="J534" s="11"/>
       <c r="K534" s="11"/>
@@ -25061,109 +25380,109 @@
       <c r="B536" s="13">
         <v>40008290979</v>
       </c>
       <c r="C536" s="13" t="s">
         <v>2279</v>
       </c>
       <c r="D536" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E536" s="10" t="s">
         <v>2280</v>
       </c>
       <c r="F536" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G536" s="12" t="s">
         <v>2281</v>
       </c>
       <c r="H536" s="11"/>
       <c r="I536" s="11"/>
       <c r="J536" s="11"/>
       <c r="K536" s="11"/>
       <c r="L536" s="11"/>
       <c r="M536" s="11"/>
     </row>
-    <row r="537" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="537" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A537" s="10" t="s">
         <v>2282</v>
       </c>
       <c r="B537" s="13">
         <v>50203482191</v>
       </c>
       <c r="C537" s="13" t="s">
         <v>2255</v>
       </c>
       <c r="D537" s="10" t="s">
         <v>2283</v>
       </c>
       <c r="E537" s="14" t="s">
         <v>2284</v>
       </c>
       <c r="F537" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G537" s="14" t="s">
         <v>2285</v>
       </c>
       <c r="H537" s="11"/>
       <c r="I537" s="11"/>
       <c r="J537" s="11"/>
       <c r="K537" s="11"/>
       <c r="L537" s="11"/>
       <c r="M537" s="11"/>
     </row>
-    <row r="538" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="538" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A538" s="10" t="s">
         <v>2286</v>
       </c>
       <c r="B538" s="13">
         <v>41203047293</v>
       </c>
       <c r="C538" s="9" t="s">
         <v>2255</v>
       </c>
       <c r="D538" s="10" t="s">
         <v>2287</v>
       </c>
       <c r="E538" s="10" t="s">
         <v>2288</v>
       </c>
       <c r="F538" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G538" s="15" t="s">
         <v>2214</v>
       </c>
       <c r="H538" s="11"/>
       <c r="I538" s="11"/>
       <c r="J538" s="11"/>
       <c r="K538" s="11"/>
       <c r="L538" s="11"/>
       <c r="M538" s="11"/>
     </row>
-    <row r="539" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="539" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A539" s="10" t="s">
         <v>2289</v>
       </c>
       <c r="B539" s="13">
         <v>40203310345</v>
       </c>
       <c r="C539" s="9" t="s">
         <v>2149</v>
       </c>
       <c r="D539" s="10" t="s">
         <v>2290</v>
       </c>
       <c r="E539" s="10" t="s">
         <v>2291</v>
       </c>
       <c r="F539" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G539" s="15" t="s">
         <v>2292</v>
       </c>
       <c r="H539" s="11"/>
       <c r="I539" s="11"/>
       <c r="J539" s="11"/>
       <c r="K539" s="11"/>
@@ -25177,254 +25496,254 @@
       <c r="B540" s="13">
         <v>44102039092</v>
       </c>
       <c r="C540" s="13" t="s">
         <v>2294</v>
       </c>
       <c r="D540" s="10" t="s">
         <v>2295</v>
       </c>
       <c r="E540" s="10" t="s">
         <v>2296</v>
       </c>
       <c r="F540" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G540" s="15" t="s">
         <v>2297</v>
       </c>
       <c r="H540" s="11"/>
       <c r="I540" s="11"/>
       <c r="J540" s="11"/>
       <c r="K540" s="11"/>
       <c r="L540" s="11"/>
       <c r="M540" s="11"/>
     </row>
-    <row r="541" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="541" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A541" s="10" t="s">
         <v>2298</v>
       </c>
       <c r="B541" s="13">
         <v>40203508785</v>
       </c>
       <c r="C541" s="13" t="s">
         <v>2154</v>
       </c>
       <c r="D541" s="10" t="s">
         <v>2299</v>
       </c>
       <c r="E541" s="10" t="s">
         <v>2300</v>
       </c>
       <c r="F541" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G541" s="15" t="s">
         <v>2301</v>
       </c>
       <c r="H541" s="11"/>
       <c r="I541" s="11"/>
       <c r="J541" s="11"/>
       <c r="K541" s="11"/>
       <c r="L541" s="11"/>
       <c r="M541" s="11"/>
     </row>
-    <row r="542" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="542" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A542" s="10" t="s">
         <v>2302</v>
       </c>
       <c r="B542" s="13">
         <v>50203509941</v>
       </c>
       <c r="C542" s="13" t="s">
         <v>2149</v>
       </c>
       <c r="D542" s="10" t="s">
         <v>1949</v>
       </c>
       <c r="E542" s="10" t="s">
         <v>2303</v>
       </c>
       <c r="F542" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G542" s="15" t="s">
         <v>2304</v>
       </c>
       <c r="H542" s="11"/>
       <c r="I542" s="11"/>
       <c r="J542" s="11"/>
       <c r="K542" s="11"/>
       <c r="L542" s="11"/>
       <c r="M542" s="11"/>
     </row>
-    <row r="543" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="543" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A543" s="10" t="s">
         <v>2305</v>
       </c>
       <c r="B543" s="13">
         <v>40203511855</v>
       </c>
       <c r="C543" s="13" t="s">
         <v>2149</v>
       </c>
       <c r="D543" s="10" t="s">
         <v>1949</v>
       </c>
       <c r="E543" s="10" t="s">
         <v>2306</v>
       </c>
       <c r="F543" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G543" s="15" t="s">
         <v>2307</v>
       </c>
       <c r="H543" s="11"/>
       <c r="I543" s="11"/>
       <c r="J543" s="11"/>
       <c r="K543" s="11"/>
       <c r="L543" s="11"/>
       <c r="M543" s="11"/>
     </row>
-    <row r="544" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="544" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A544" s="10" t="s">
         <v>2308</v>
       </c>
       <c r="B544" s="13">
         <v>40203193716</v>
       </c>
       <c r="C544" s="13" t="s">
         <v>2309</v>
       </c>
       <c r="D544" s="10" t="s">
         <v>1949</v>
       </c>
       <c r="E544" s="10" t="s">
         <v>2310</v>
       </c>
       <c r="F544" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G544" s="15" t="s">
         <v>2311</v>
       </c>
       <c r="H544" s="11"/>
       <c r="I544" s="11"/>
       <c r="J544" s="11"/>
       <c r="K544" s="11"/>
       <c r="L544" s="11"/>
       <c r="M544" s="11"/>
     </row>
-    <row r="545" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="545" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A545" s="10" t="s">
         <v>2312</v>
       </c>
       <c r="B545" s="13">
         <v>50203510211</v>
       </c>
       <c r="C545" s="13" t="s">
         <v>2309</v>
       </c>
       <c r="D545" s="10" t="s">
         <v>2299</v>
       </c>
       <c r="E545" s="10" t="s">
         <v>2313</v>
       </c>
       <c r="F545" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G545" s="15" t="s">
         <v>2314</v>
       </c>
       <c r="H545" s="11"/>
       <c r="I545" s="11"/>
       <c r="J545" s="11"/>
       <c r="K545" s="11"/>
       <c r="L545" s="11"/>
       <c r="M545" s="11"/>
     </row>
-    <row r="546" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="546" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A546" s="10" t="s">
         <v>2315</v>
       </c>
       <c r="B546" s="13">
         <v>40203514283</v>
       </c>
       <c r="C546" s="13" t="s">
         <v>2309</v>
       </c>
       <c r="D546" s="10" t="s">
         <v>1871</v>
       </c>
       <c r="E546" s="10" t="s">
         <v>2316</v>
       </c>
       <c r="F546" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G546" s="15" t="s">
         <v>2317</v>
       </c>
       <c r="H546" s="11"/>
       <c r="I546" s="11"/>
       <c r="J546" s="11"/>
       <c r="K546" s="11"/>
       <c r="L546" s="11"/>
       <c r="M546" s="11"/>
     </row>
-    <row r="547" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="547" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A547" s="10" t="s">
         <v>2318</v>
       </c>
       <c r="B547" s="13">
         <v>40002199545</v>
       </c>
       <c r="C547" s="13" t="s">
         <v>2154</v>
       </c>
       <c r="D547" s="10" t="s">
         <v>2295</v>
       </c>
       <c r="E547" s="10" t="s">
         <v>2319</v>
       </c>
       <c r="F547" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G547" s="15" t="s">
         <v>2320</v>
       </c>
       <c r="H547" s="11"/>
       <c r="I547" s="11"/>
       <c r="J547" s="11"/>
       <c r="K547" s="11"/>
       <c r="L547" s="11"/>
       <c r="M547" s="11"/>
     </row>
-    <row r="548" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="548" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A548" s="10" t="s">
         <v>2321</v>
       </c>
       <c r="B548" s="13">
         <v>40002203130</v>
       </c>
       <c r="C548" s="13" t="s">
         <v>2322</v>
       </c>
       <c r="D548" s="10" t="s">
         <v>519</v>
       </c>
       <c r="E548" s="10" t="s">
         <v>2323</v>
       </c>
       <c r="F548" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G548" s="15" t="s">
         <v>2324</v>
       </c>
       <c r="H548" s="11"/>
       <c r="I548" s="11"/>
       <c r="J548" s="11"/>
       <c r="K548" s="11"/>
@@ -25583,167 +25902,167 @@
       <c r="B554" s="13">
         <v>50203410121</v>
       </c>
       <c r="C554" s="13" t="s">
         <v>2345</v>
       </c>
       <c r="D554" s="10" t="s">
         <v>2346</v>
       </c>
       <c r="E554" s="10" t="s">
         <v>2347</v>
       </c>
       <c r="F554" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G554" s="15" t="s">
         <v>2348</v>
       </c>
       <c r="H554" s="11"/>
       <c r="I554" s="11"/>
       <c r="J554" s="11"/>
       <c r="K554" s="11"/>
       <c r="L554" s="11"/>
       <c r="M554" s="11"/>
     </row>
-    <row r="555" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="555" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A555" s="10" t="s">
         <v>2349</v>
       </c>
       <c r="B555" s="13">
         <v>40203551152</v>
       </c>
       <c r="C555" s="13" t="s">
         <v>2330</v>
       </c>
       <c r="D555" s="10" t="s">
         <v>519</v>
       </c>
       <c r="E555" s="10" t="s">
         <v>2350</v>
       </c>
       <c r="F555" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G555" s="15" t="s">
         <v>2351</v>
       </c>
       <c r="H555" s="11"/>
       <c r="I555" s="11"/>
       <c r="J555" s="11"/>
       <c r="K555" s="11"/>
       <c r="L555" s="11"/>
       <c r="M555" s="11"/>
     </row>
-    <row r="556" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="556" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A556" s="10" t="s">
         <v>2352</v>
       </c>
       <c r="B556" s="13">
         <v>50002209811</v>
       </c>
       <c r="C556" s="13" t="s">
         <v>2353</v>
       </c>
       <c r="D556" s="10" t="s">
         <v>519</v>
       </c>
       <c r="E556" s="10" t="s">
         <v>2354</v>
       </c>
       <c r="F556" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G556" s="15" t="s">
         <v>2355</v>
       </c>
       <c r="H556" s="11"/>
       <c r="I556" s="11"/>
       <c r="J556" s="11"/>
       <c r="K556" s="11"/>
       <c r="L556" s="11"/>
       <c r="M556" s="11"/>
     </row>
-    <row r="557" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="557" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A557" s="10" t="s">
         <v>2356</v>
       </c>
       <c r="B557" s="13">
         <v>40203549124</v>
       </c>
       <c r="C557" s="13" t="s">
         <v>2163</v>
       </c>
       <c r="D557" s="10" t="s">
         <v>2357</v>
       </c>
       <c r="E557" s="10" t="s">
         <v>2358</v>
       </c>
       <c r="F557" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G557" s="15" t="s">
         <v>2355</v>
       </c>
       <c r="H557" s="11"/>
       <c r="I557" s="11"/>
       <c r="J557" s="11"/>
       <c r="K557" s="11"/>
       <c r="L557" s="11"/>
       <c r="M557" s="11"/>
     </row>
-    <row r="558" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="558" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A558" s="10" t="s">
         <v>2359</v>
       </c>
       <c r="B558" s="13">
         <v>40002206071</v>
       </c>
       <c r="C558" s="13" t="s">
         <v>2168</v>
       </c>
       <c r="D558" s="10" t="s">
         <v>2360</v>
       </c>
       <c r="E558" s="10" t="s">
         <v>2361</v>
       </c>
       <c r="F558" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G558" s="15" t="s">
         <v>2320</v>
       </c>
       <c r="H558" s="11"/>
       <c r="I558" s="11"/>
       <c r="J558" s="11"/>
       <c r="K558" s="11"/>
       <c r="L558" s="11"/>
       <c r="M558" s="11"/>
     </row>
-    <row r="559" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="559" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A559" s="10" t="s">
         <v>2362</v>
       </c>
       <c r="B559" s="13">
         <v>40203450122</v>
       </c>
       <c r="C559" s="13" t="s">
         <v>2163</v>
       </c>
       <c r="D559" s="10" t="s">
         <v>2363</v>
       </c>
       <c r="E559" s="10" t="s">
         <v>2364</v>
       </c>
       <c r="F559" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G559" s="15" t="s">
         <v>2365</v>
       </c>
       <c r="H559" s="11"/>
       <c r="I559" s="11"/>
       <c r="J559" s="11"/>
       <c r="K559" s="11"/>
@@ -25786,51 +26105,51 @@
       <c r="B561" s="13">
         <v>40203381441</v>
       </c>
       <c r="C561" s="13" t="s">
         <v>2370</v>
       </c>
       <c r="D561" s="10" t="s">
         <v>2371</v>
       </c>
       <c r="E561" s="10" t="s">
         <v>2372</v>
       </c>
       <c r="F561" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G561" s="15" t="s">
         <v>2373</v>
       </c>
       <c r="H561" s="11"/>
       <c r="I561" s="11"/>
       <c r="J561" s="11"/>
       <c r="K561" s="11"/>
       <c r="L561" s="11"/>
       <c r="M561" s="11"/>
     </row>
-    <row r="562" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="562" spans="1:13" ht="132" x14ac:dyDescent="0.25">
       <c r="A562" s="10" t="s">
         <v>2374</v>
       </c>
       <c r="B562" s="13">
         <v>40103400981</v>
       </c>
       <c r="C562" s="13" t="s">
         <v>2367</v>
       </c>
       <c r="D562" s="10" t="s">
         <v>2375</v>
       </c>
       <c r="E562" s="10" t="s">
         <v>2376</v>
       </c>
       <c r="F562" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G562" s="15" t="s">
         <v>2377</v>
       </c>
       <c r="H562" s="11"/>
       <c r="I562" s="11"/>
       <c r="J562" s="11"/>
       <c r="K562" s="11"/>
@@ -25989,80 +26308,80 @@
       <c r="B568" s="13">
         <v>40103424532</v>
       </c>
       <c r="C568" s="9" t="s">
         <v>2401</v>
       </c>
       <c r="D568" s="10" t="s">
         <v>2402</v>
       </c>
       <c r="E568" s="10" t="s">
         <v>2403</v>
       </c>
       <c r="F568" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G568" s="15" t="s">
         <v>2404</v>
       </c>
       <c r="H568" s="11"/>
       <c r="I568" s="11"/>
       <c r="J568" s="11"/>
       <c r="K568" s="11"/>
       <c r="L568" s="11"/>
       <c r="M568" s="11"/>
     </row>
-    <row r="569" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="569" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A569" s="10" t="s">
         <v>2405</v>
       </c>
       <c r="B569" s="13">
         <v>40203437228</v>
       </c>
       <c r="C569" s="13" t="s">
         <v>2406</v>
       </c>
       <c r="D569" s="10" t="s">
         <v>2407</v>
       </c>
       <c r="E569" s="10" t="s">
         <v>2408</v>
       </c>
       <c r="F569" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G569" s="15" t="s">
         <v>2409</v>
       </c>
       <c r="H569" s="11"/>
       <c r="I569" s="11"/>
       <c r="J569" s="11"/>
       <c r="K569" s="11"/>
       <c r="L569" s="11"/>
       <c r="M569" s="11"/>
     </row>
-    <row r="570" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="570" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A570" s="10" t="s">
         <v>2410</v>
       </c>
       <c r="B570" s="13">
         <v>50203463561</v>
       </c>
       <c r="C570" s="13" t="s">
         <v>2411</v>
       </c>
       <c r="D570" s="10" t="s">
         <v>2360</v>
       </c>
       <c r="E570" s="10" t="s">
         <v>2412</v>
       </c>
       <c r="F570" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G570" s="15" t="s">
         <v>2320</v>
       </c>
       <c r="H570" s="11"/>
       <c r="I570" s="11"/>
       <c r="J570" s="11"/>
       <c r="K570" s="11"/>
@@ -26076,51 +26395,51 @@
       <c r="B571" s="13">
         <v>40103640134</v>
       </c>
       <c r="C571" s="13" t="s">
         <v>2414</v>
       </c>
       <c r="D571" s="10" t="s">
         <v>2415</v>
       </c>
       <c r="E571" s="10" t="s">
         <v>2416</v>
       </c>
       <c r="F571" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G571" s="15" t="s">
         <v>2417</v>
       </c>
       <c r="H571" s="11"/>
       <c r="I571" s="11"/>
       <c r="J571" s="11"/>
       <c r="K571" s="11"/>
       <c r="L571" s="11"/>
       <c r="M571" s="11"/>
     </row>
-    <row r="572" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="572" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A572" s="10" t="s">
         <v>2418</v>
       </c>
       <c r="B572" s="13">
         <v>40103466911</v>
       </c>
       <c r="C572" s="13" t="s">
         <v>2419</v>
       </c>
       <c r="D572" s="10" t="s">
         <v>2420</v>
       </c>
       <c r="E572" s="10" t="s">
         <v>2421</v>
       </c>
       <c r="F572" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G572" s="15" t="s">
         <v>2422</v>
       </c>
       <c r="H572" s="11"/>
       <c r="I572" s="11"/>
       <c r="J572" s="11"/>
       <c r="K572" s="11"/>
@@ -26134,51 +26453,51 @@
       <c r="B573" s="13">
         <v>40103583749</v>
       </c>
       <c r="C573" s="13" t="s">
         <v>2424</v>
       </c>
       <c r="D573" s="10" t="s">
         <v>2425</v>
       </c>
       <c r="E573" s="10" t="s">
         <v>2426</v>
       </c>
       <c r="F573" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G573" s="15" t="s">
         <v>2427</v>
       </c>
       <c r="H573" s="11"/>
       <c r="I573" s="11"/>
       <c r="J573" s="11"/>
       <c r="K573" s="11"/>
       <c r="L573" s="11"/>
       <c r="M573" s="11"/>
     </row>
-    <row r="574" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="574" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A574" s="10" t="s">
         <v>2428</v>
       </c>
       <c r="B574" s="13">
         <v>42102043051</v>
       </c>
       <c r="C574" s="13" t="s">
         <v>2322</v>
       </c>
       <c r="D574" s="10" t="s">
         <v>2429</v>
       </c>
       <c r="E574" s="10" t="s">
         <v>2430</v>
       </c>
       <c r="F574" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G574" s="15" t="s">
         <v>2431</v>
       </c>
       <c r="H574" s="11"/>
       <c r="I574" s="11"/>
       <c r="J574" s="11"/>
       <c r="K574" s="11"/>
@@ -26221,51 +26540,51 @@
       <c r="B576" s="13">
         <v>40203375040</v>
       </c>
       <c r="C576" s="13" t="s">
         <v>2433</v>
       </c>
       <c r="D576" s="10" t="s">
         <v>2438</v>
       </c>
       <c r="E576" s="10" t="s">
         <v>2439</v>
       </c>
       <c r="F576" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G576" s="15" t="s">
         <v>2440</v>
       </c>
       <c r="H576" s="11"/>
       <c r="I576" s="11"/>
       <c r="J576" s="11"/>
       <c r="K576" s="11"/>
       <c r="L576" s="11"/>
       <c r="M576" s="11"/>
     </row>
-    <row r="577" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="577" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A577" s="10" t="s">
         <v>2441</v>
       </c>
       <c r="B577" s="13">
         <v>40203075457</v>
       </c>
       <c r="C577" s="13" t="s">
         <v>2424</v>
       </c>
       <c r="D577" s="10" t="s">
         <v>2442</v>
       </c>
       <c r="E577" s="10" t="s">
         <v>2443</v>
       </c>
       <c r="F577" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G577" s="15" t="s">
         <v>2444</v>
       </c>
       <c r="H577" s="11"/>
       <c r="I577" s="11"/>
       <c r="J577" s="11"/>
       <c r="K577" s="11"/>
@@ -26308,138 +26627,138 @@
       <c r="B579" s="13">
         <v>40103676856</v>
       </c>
       <c r="C579" s="13" t="s">
         <v>2451</v>
       </c>
       <c r="D579" s="10" t="s">
         <v>2452</v>
       </c>
       <c r="E579" s="10" t="s">
         <v>2453</v>
       </c>
       <c r="F579" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G579" s="15" t="s">
         <v>2454</v>
       </c>
       <c r="H579" s="11"/>
       <c r="I579" s="11"/>
       <c r="J579" s="11"/>
       <c r="K579" s="11"/>
       <c r="L579" s="11"/>
       <c r="M579" s="11"/>
     </row>
-    <row r="580" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="580" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A580" s="10" t="s">
         <v>2455</v>
       </c>
       <c r="B580" s="13">
         <v>40002201159</v>
       </c>
       <c r="C580" s="13" t="s">
         <v>2446</v>
       </c>
       <c r="D580" s="10" t="s">
         <v>2295</v>
       </c>
       <c r="E580" s="10" t="s">
         <v>2456</v>
       </c>
       <c r="F580" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G580" s="15" t="s">
         <v>2457</v>
       </c>
       <c r="H580" s="11"/>
       <c r="I580" s="11"/>
       <c r="J580" s="11"/>
       <c r="K580" s="11"/>
       <c r="L580" s="11"/>
       <c r="M580" s="11"/>
     </row>
-    <row r="581" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="581" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A581" s="10" t="s">
         <v>2458</v>
       </c>
       <c r="B581" s="13">
         <v>40002201464</v>
       </c>
       <c r="C581" s="13" t="s">
         <v>2459</v>
       </c>
       <c r="D581" s="10" t="s">
         <v>2429</v>
       </c>
       <c r="E581" s="10" t="s">
         <v>2460</v>
       </c>
       <c r="F581" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G581" s="15" t="s">
         <v>2431</v>
       </c>
       <c r="H581" s="11"/>
       <c r="I581" s="11"/>
       <c r="J581" s="11"/>
       <c r="K581" s="11"/>
       <c r="L581" s="11"/>
       <c r="M581" s="11"/>
     </row>
-    <row r="582" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="582" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A582" s="10" t="s">
         <v>2461</v>
       </c>
       <c r="B582" s="13">
         <v>40203497960</v>
       </c>
       <c r="C582" s="13" t="s">
         <v>2462</v>
       </c>
       <c r="D582" s="10" t="s">
         <v>2463</v>
       </c>
       <c r="E582" s="10" t="s">
         <v>2464</v>
       </c>
       <c r="F582" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G582" s="15" t="s">
         <v>2465</v>
       </c>
       <c r="H582" s="11"/>
       <c r="I582" s="11"/>
       <c r="J582" s="11"/>
       <c r="K582" s="11"/>
       <c r="L582" s="11"/>
       <c r="M582" s="11"/>
     </row>
-    <row r="583" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="583" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A583" s="10" t="s">
         <v>2466</v>
       </c>
       <c r="B583" s="13">
         <v>40002200863</v>
       </c>
       <c r="C583" s="13" t="s">
         <v>2459</v>
       </c>
       <c r="D583" s="10" t="s">
         <v>2467</v>
       </c>
       <c r="E583" s="10" t="s">
         <v>2468</v>
       </c>
       <c r="F583" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G583" s="15" t="s">
         <v>2469</v>
       </c>
       <c r="H583" s="11"/>
       <c r="I583" s="11"/>
       <c r="J583" s="11"/>
       <c r="K583" s="11"/>
@@ -26453,51 +26772,51 @@
       <c r="B584" s="13">
         <v>40103733716</v>
       </c>
       <c r="C584" s="13" t="s">
         <v>2471</v>
       </c>
       <c r="D584" s="10" t="s">
         <v>2472</v>
       </c>
       <c r="E584" s="10" t="s">
         <v>2473</v>
       </c>
       <c r="F584" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G584" s="15" t="s">
         <v>2474</v>
       </c>
       <c r="H584" s="11"/>
       <c r="I584" s="11"/>
       <c r="J584" s="11"/>
       <c r="K584" s="11"/>
       <c r="L584" s="11"/>
       <c r="M584" s="11"/>
     </row>
-    <row r="585" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="585" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A585" s="10" t="s">
         <v>2475</v>
       </c>
       <c r="B585" s="13">
         <v>40203508198</v>
       </c>
       <c r="C585" s="13" t="s">
         <v>2476</v>
       </c>
       <c r="D585" s="10" t="s">
         <v>2477</v>
       </c>
       <c r="E585" s="10" t="s">
         <v>2478</v>
       </c>
       <c r="F585" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G585" s="15" t="s">
         <v>2479</v>
       </c>
       <c r="H585" s="11"/>
       <c r="I585" s="11"/>
       <c r="J585" s="11"/>
       <c r="K585" s="11"/>
@@ -26540,80 +26859,80 @@
       <c r="B587" s="13">
         <v>40103755037</v>
       </c>
       <c r="C587" s="13" t="s">
         <v>2485</v>
       </c>
       <c r="D587" s="10" t="s">
         <v>2486</v>
       </c>
       <c r="E587" s="10" t="s">
         <v>2487</v>
       </c>
       <c r="F587" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G587" s="15" t="s">
         <v>2488</v>
       </c>
       <c r="H587" s="11"/>
       <c r="I587" s="11"/>
       <c r="J587" s="11"/>
       <c r="K587" s="11"/>
       <c r="L587" s="11"/>
       <c r="M587" s="11"/>
     </row>
-    <row r="588" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="588" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A588" s="10" t="s">
         <v>2489</v>
       </c>
       <c r="B588" s="13">
         <v>40103856584</v>
       </c>
       <c r="C588" s="13" t="s">
         <v>2255</v>
       </c>
       <c r="D588" s="10" t="s">
         <v>2490</v>
       </c>
       <c r="E588" s="10" t="s">
         <v>2491</v>
       </c>
       <c r="F588" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G588" s="15" t="s">
         <v>2483</v>
       </c>
       <c r="H588" s="11"/>
       <c r="I588" s="11"/>
       <c r="J588" s="11"/>
       <c r="K588" s="11"/>
       <c r="L588" s="11"/>
       <c r="M588" s="11"/>
     </row>
-    <row r="589" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="589" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A589" s="10" t="s">
         <v>2492</v>
       </c>
       <c r="B589" s="13">
         <v>40003898399</v>
       </c>
       <c r="C589" s="13" t="s">
         <v>2168</v>
       </c>
       <c r="D589" s="10" t="s">
         <v>2493</v>
       </c>
       <c r="E589" s="10" t="s">
         <v>2494</v>
       </c>
       <c r="F589" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G589" s="15" t="s">
         <v>2495</v>
       </c>
       <c r="H589" s="11"/>
       <c r="I589" s="11"/>
       <c r="J589" s="11"/>
       <c r="K589" s="11"/>
@@ -26830,196 +27149,196 @@
       <c r="B597" s="13">
         <v>40203246055</v>
       </c>
       <c r="C597" s="13" t="s">
         <v>2471</v>
       </c>
       <c r="D597" s="10" t="s">
         <v>2528</v>
       </c>
       <c r="E597" s="10" t="s">
         <v>2529</v>
       </c>
       <c r="F597" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G597" s="15" t="s">
         <v>2530</v>
       </c>
       <c r="H597" s="11"/>
       <c r="I597" s="11"/>
       <c r="J597" s="11"/>
       <c r="K597" s="11"/>
       <c r="L597" s="11"/>
       <c r="M597" s="11"/>
     </row>
-    <row r="598" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="598" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A598" s="10" t="s">
         <v>2531</v>
       </c>
       <c r="B598" s="13">
         <v>40203578960</v>
       </c>
       <c r="C598" s="13" t="s">
         <v>2471</v>
       </c>
       <c r="D598" s="10" t="s">
         <v>1949</v>
       </c>
       <c r="E598" s="10" t="s">
         <v>2532</v>
       </c>
       <c r="F598" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G598" s="15" t="s">
         <v>2533</v>
       </c>
       <c r="H598" s="11"/>
       <c r="I598" s="11"/>
       <c r="J598" s="11"/>
       <c r="K598" s="11"/>
       <c r="L598" s="11"/>
       <c r="M598" s="11"/>
     </row>
-    <row r="599" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="599" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A599" s="10" t="s">
         <v>2534</v>
       </c>
       <c r="B599" s="13">
         <v>40203552459</v>
       </c>
       <c r="C599" s="13" t="s">
         <v>2471</v>
       </c>
       <c r="D599" s="10" t="s">
         <v>2535</v>
       </c>
       <c r="E599" s="10" t="s">
         <v>2536</v>
       </c>
       <c r="F599" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G599" s="15" t="s">
         <v>2537</v>
       </c>
       <c r="H599" s="11"/>
       <c r="I599" s="11"/>
       <c r="J599" s="11"/>
       <c r="K599" s="11"/>
       <c r="L599" s="11"/>
       <c r="M599" s="11"/>
     </row>
-    <row r="600" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="600" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A600" s="10" t="s">
         <v>2538</v>
       </c>
       <c r="B600" s="13">
         <v>40203431598</v>
       </c>
       <c r="C600" s="13" t="s">
         <v>2539</v>
       </c>
       <c r="D600" s="10" t="s">
         <v>2540</v>
       </c>
       <c r="E600" s="10" t="s">
         <v>2541</v>
       </c>
       <c r="F600" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G600" s="15" t="s">
         <v>2542</v>
       </c>
       <c r="H600" s="11"/>
       <c r="I600" s="11"/>
       <c r="J600" s="11"/>
       <c r="K600" s="11"/>
       <c r="L600" s="11"/>
       <c r="M600" s="11"/>
     </row>
-    <row r="601" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="601" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A601" s="10" t="s">
         <v>2543</v>
       </c>
       <c r="B601" s="13">
         <v>40203534449</v>
       </c>
       <c r="C601" s="13" t="s">
         <v>2523</v>
       </c>
       <c r="D601" s="10" t="s">
         <v>2429</v>
       </c>
       <c r="E601" s="10" t="s">
         <v>2544</v>
       </c>
       <c r="F601" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G601" s="15" t="s">
         <v>2545</v>
       </c>
       <c r="H601" s="11"/>
       <c r="I601" s="11"/>
       <c r="J601" s="11"/>
       <c r="K601" s="11"/>
       <c r="L601" s="11"/>
       <c r="M601" s="11"/>
     </row>
-    <row r="602" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="602" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A602" s="10" t="s">
         <v>2546</v>
       </c>
       <c r="B602" s="13">
         <v>41203071986</v>
       </c>
       <c r="C602" s="13" t="s">
         <v>2547</v>
       </c>
       <c r="D602" s="10" t="s">
         <v>2548</v>
       </c>
       <c r="E602" s="10" t="s">
         <v>2549</v>
       </c>
       <c r="F602" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G602" s="15" t="s">
         <v>2550</v>
       </c>
       <c r="H602" s="11"/>
       <c r="I602" s="11"/>
       <c r="J602" s="11"/>
       <c r="K602" s="11"/>
       <c r="L602" s="11"/>
       <c r="M602" s="11"/>
     </row>
-    <row r="603" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="603" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A603" s="10" t="s">
         <v>2551</v>
       </c>
       <c r="B603" s="13">
         <v>42103110186</v>
       </c>
       <c r="C603" s="13" t="s">
         <v>2547</v>
       </c>
       <c r="D603" s="10" t="s">
         <v>2552</v>
       </c>
       <c r="E603" s="10" t="s">
         <v>2553</v>
       </c>
       <c r="F603" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G603" s="15" t="s">
         <v>2554</v>
       </c>
       <c r="H603" s="11"/>
       <c r="I603" s="11"/>
       <c r="J603" s="11"/>
       <c r="K603" s="11"/>
@@ -27033,196 +27352,196 @@
       <c r="B604" s="13">
         <v>40103932089</v>
       </c>
       <c r="C604" s="13" t="s">
         <v>2556</v>
       </c>
       <c r="D604" s="10" t="s">
         <v>2557</v>
       </c>
       <c r="E604" s="10" t="s">
         <v>2558</v>
       </c>
       <c r="F604" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G604" s="15" t="s">
         <v>2542</v>
       </c>
       <c r="H604" s="11"/>
       <c r="I604" s="11"/>
       <c r="J604" s="11"/>
       <c r="K604" s="11"/>
       <c r="L604" s="11"/>
       <c r="M604" s="11"/>
     </row>
-    <row r="605" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="605" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A605" s="10" t="s">
         <v>2559</v>
       </c>
       <c r="B605" s="13">
         <v>40203512564</v>
       </c>
       <c r="C605" s="13" t="s">
         <v>2556</v>
       </c>
       <c r="D605" s="10" t="s">
         <v>2560</v>
       </c>
       <c r="E605" s="10" t="s">
         <v>2561</v>
       </c>
       <c r="F605" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G605" s="15" t="s">
         <v>2562</v>
       </c>
       <c r="H605" s="11"/>
       <c r="I605" s="11"/>
       <c r="J605" s="11"/>
       <c r="K605" s="11"/>
       <c r="L605" s="11"/>
       <c r="M605" s="11"/>
     </row>
-    <row r="606" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="606" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A606" s="10" t="s">
         <v>2563</v>
       </c>
       <c r="B606" s="13">
         <v>40203579792</v>
       </c>
       <c r="C606" s="13" t="s">
         <v>2564</v>
       </c>
       <c r="D606" s="10" t="s">
         <v>2565</v>
       </c>
       <c r="E606" s="10" t="s">
         <v>2566</v>
       </c>
       <c r="F606" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G606" s="10" t="s">
         <v>2567</v>
       </c>
       <c r="H606" s="11"/>
       <c r="I606" s="11"/>
       <c r="J606" s="11"/>
       <c r="K606" s="11"/>
       <c r="L606" s="11"/>
       <c r="M606" s="11"/>
     </row>
-    <row r="607" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="607" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A607" s="10" t="s">
         <v>2568</v>
       </c>
       <c r="B607" s="13">
         <v>40002210202</v>
       </c>
       <c r="C607" s="13" t="s">
         <v>2569</v>
       </c>
       <c r="D607" s="10" t="s">
         <v>2429</v>
       </c>
       <c r="E607" s="10" t="s">
         <v>2570</v>
       </c>
       <c r="F607" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G607" s="10" t="s">
         <v>2571</v>
       </c>
       <c r="H607" s="11"/>
       <c r="I607" s="11"/>
       <c r="J607" s="11"/>
       <c r="K607" s="11"/>
       <c r="L607" s="11"/>
       <c r="M607" s="11"/>
     </row>
-    <row r="608" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="608" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A608" s="10" t="s">
         <v>2572</v>
       </c>
       <c r="B608" s="13">
         <v>40203609349</v>
       </c>
       <c r="C608" s="13" t="s">
         <v>2569</v>
       </c>
       <c r="D608" s="10" t="s">
         <v>2560</v>
       </c>
       <c r="E608" s="10" t="s">
         <v>2573</v>
       </c>
       <c r="F608" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G608" s="10" t="s">
         <v>2574</v>
       </c>
       <c r="H608" s="11"/>
       <c r="I608" s="11"/>
       <c r="J608" s="11"/>
       <c r="K608" s="11"/>
       <c r="L608" s="11"/>
       <c r="M608" s="11"/>
     </row>
-    <row r="609" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="609" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A609" s="10" t="s">
         <v>2575</v>
       </c>
       <c r="B609" s="13">
         <v>40203577768</v>
       </c>
       <c r="C609" s="13" t="s">
         <v>2576</v>
       </c>
       <c r="D609" s="10" t="s">
         <v>2560</v>
       </c>
       <c r="E609" s="10" t="s">
         <v>2577</v>
       </c>
       <c r="F609" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G609" s="10" t="s">
         <v>2578</v>
       </c>
       <c r="H609" s="11"/>
       <c r="I609" s="11"/>
       <c r="J609" s="11"/>
       <c r="K609" s="11"/>
       <c r="L609" s="11"/>
       <c r="M609" s="11"/>
     </row>
-    <row r="610" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="610" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A610" s="10" t="s">
         <v>2579</v>
       </c>
       <c r="B610" s="13">
         <v>40203534415</v>
       </c>
       <c r="C610" s="13" t="s">
         <v>2580</v>
       </c>
       <c r="D610" s="10" t="s">
         <v>2560</v>
       </c>
       <c r="E610" s="10" t="s">
         <v>2581</v>
       </c>
       <c r="F610" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G610" s="10" t="s">
         <v>2578</v>
       </c>
       <c r="H610" s="11"/>
       <c r="I610" s="11"/>
       <c r="J610" s="11"/>
       <c r="K610" s="11"/>
@@ -27236,51 +27555,51 @@
       <c r="B611" s="13">
         <v>40203279855</v>
       </c>
       <c r="C611" s="9" t="s">
         <v>2583</v>
       </c>
       <c r="D611" s="10" t="s">
         <v>2438</v>
       </c>
       <c r="E611" s="10" t="s">
         <v>2584</v>
       </c>
       <c r="F611" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G611" s="15" t="s">
         <v>2585</v>
       </c>
       <c r="H611" s="11"/>
       <c r="I611" s="11"/>
       <c r="J611" s="11"/>
       <c r="K611" s="11"/>
       <c r="L611" s="11"/>
       <c r="M611" s="11"/>
     </row>
-    <row r="612" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="612" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A612" s="10" t="s">
         <v>2586</v>
       </c>
       <c r="B612" s="13">
         <v>50203278781</v>
       </c>
       <c r="C612" s="9" t="s">
         <v>2583</v>
       </c>
       <c r="D612" s="10" t="s">
         <v>2438</v>
       </c>
       <c r="E612" s="10" t="s">
         <v>2587</v>
       </c>
       <c r="F612" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G612" s="15" t="s">
         <v>2588</v>
       </c>
       <c r="H612" s="11"/>
       <c r="I612" s="11"/>
       <c r="J612" s="11"/>
       <c r="K612" s="11"/>
@@ -27352,225 +27671,225 @@
       <c r="B615" s="13">
         <v>40203448715</v>
       </c>
       <c r="C615" s="13" t="s">
         <v>2597</v>
       </c>
       <c r="D615" s="10" t="s">
         <v>2598</v>
       </c>
       <c r="E615" s="10" t="s">
         <v>2599</v>
       </c>
       <c r="F615" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G615" s="15" t="s">
         <v>2600</v>
       </c>
       <c r="H615" s="11"/>
       <c r="I615" s="11"/>
       <c r="J615" s="11"/>
       <c r="K615" s="11"/>
       <c r="L615" s="11"/>
       <c r="M615" s="11"/>
     </row>
-    <row r="616" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="616" spans="1:13" ht="132" x14ac:dyDescent="0.25">
       <c r="A616" s="10" t="s">
         <v>2601</v>
       </c>
       <c r="B616" s="13">
         <v>44103129942</v>
       </c>
       <c r="C616" s="13" t="s">
         <v>2590</v>
       </c>
       <c r="D616" s="10" t="s">
         <v>2602</v>
       </c>
       <c r="E616" s="10" t="s">
         <v>2603</v>
       </c>
       <c r="F616" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G616" s="15" t="s">
         <v>2604</v>
       </c>
       <c r="H616" s="11"/>
       <c r="I616" s="11"/>
       <c r="J616" s="11"/>
       <c r="K616" s="11"/>
       <c r="L616" s="11"/>
       <c r="M616" s="11"/>
     </row>
-    <row r="617" spans="1:13" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="617" spans="1:13" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A617" s="10" t="s">
         <v>2605</v>
       </c>
       <c r="B617" s="13">
         <v>40203095650</v>
       </c>
       <c r="C617" s="13" t="s">
         <v>2590</v>
       </c>
       <c r="D617" s="10" t="s">
         <v>2606</v>
       </c>
       <c r="E617" s="10" t="s">
         <v>2607</v>
       </c>
       <c r="F617" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G617" s="15" t="s">
         <v>2608</v>
       </c>
       <c r="H617" s="11"/>
       <c r="I617" s="11"/>
       <c r="J617" s="11"/>
       <c r="K617" s="11"/>
       <c r="L617" s="11"/>
       <c r="M617" s="11"/>
     </row>
-    <row r="618" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="618" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A618" s="10" t="s">
         <v>2609</v>
       </c>
       <c r="B618" s="38">
         <v>40002208941</v>
       </c>
       <c r="C618" s="13" t="s">
         <v>2583</v>
       </c>
       <c r="D618" s="10" t="s">
         <v>2610</v>
       </c>
       <c r="E618" s="10" t="s">
         <v>2611</v>
       </c>
       <c r="F618" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G618" s="15" t="s">
         <v>2612</v>
       </c>
       <c r="H618" s="11"/>
       <c r="I618" s="11"/>
       <c r="J618" s="11"/>
       <c r="K618" s="11"/>
       <c r="L618" s="11"/>
       <c r="M618" s="11"/>
     </row>
-    <row r="619" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="619" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A619" s="10" t="s">
         <v>2613</v>
       </c>
       <c r="B619" s="38">
         <v>40003691257</v>
       </c>
       <c r="C619" s="13" t="s">
         <v>2583</v>
       </c>
       <c r="D619" s="10" t="s">
         <v>2614</v>
       </c>
       <c r="E619" s="10" t="s">
         <v>2615</v>
       </c>
       <c r="F619" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G619" s="15" t="s">
         <v>2616</v>
       </c>
       <c r="H619" s="11"/>
       <c r="I619" s="11"/>
       <c r="J619" s="11"/>
       <c r="K619" s="11"/>
       <c r="L619" s="11"/>
       <c r="M619" s="11"/>
     </row>
-    <row r="620" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="620" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A620" s="10" t="s">
         <v>2617</v>
       </c>
       <c r="B620" s="38">
         <v>40203608589</v>
       </c>
       <c r="C620" s="13" t="s">
         <v>2583</v>
       </c>
       <c r="D620" s="10" t="s">
         <v>2618</v>
       </c>
       <c r="E620" s="10" t="s">
         <v>2619</v>
       </c>
       <c r="F620" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G620" s="15" t="s">
         <v>2620</v>
       </c>
       <c r="H620" s="11"/>
       <c r="I620" s="11"/>
       <c r="J620" s="11"/>
       <c r="K620" s="11"/>
       <c r="L620" s="11"/>
       <c r="M620" s="11"/>
     </row>
-    <row r="621" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="621" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A621" s="10" t="s">
         <v>2621</v>
       </c>
       <c r="B621" s="38">
         <v>40203549849</v>
       </c>
       <c r="C621" s="13" t="s">
         <v>2590</v>
       </c>
       <c r="D621" s="10" t="s">
         <v>1916</v>
       </c>
       <c r="E621" s="10" t="s">
         <v>2622</v>
       </c>
       <c r="F621" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G621" s="15" t="s">
         <v>2623</v>
       </c>
       <c r="H621" s="11"/>
       <c r="I621" s="11"/>
       <c r="J621" s="11"/>
       <c r="K621" s="11"/>
       <c r="L621" s="11"/>
       <c r="M621" s="11"/>
     </row>
-    <row r="622" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="622" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A622" s="10" t="s">
         <v>2624</v>
       </c>
       <c r="B622" s="38">
         <v>40203595655</v>
       </c>
       <c r="C622" s="13" t="s">
         <v>2625</v>
       </c>
       <c r="D622" s="10" t="s">
         <v>2626</v>
       </c>
       <c r="E622" s="10" t="s">
         <v>2627</v>
       </c>
       <c r="F622" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G622" s="15" t="s">
         <v>2628</v>
       </c>
       <c r="H622" s="11"/>
       <c r="I622" s="11"/>
       <c r="J622" s="11"/>
       <c r="K622" s="11"/>
@@ -27613,120 +27932,120 @@
       <c r="B624" s="38">
         <v>40203448804</v>
       </c>
       <c r="C624" s="13" t="s">
         <v>2634</v>
       </c>
       <c r="D624" s="10" t="s">
         <v>2635</v>
       </c>
       <c r="E624" s="10" t="s">
         <v>2636</v>
       </c>
       <c r="F624" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G624" s="15" t="s">
         <v>2637</v>
       </c>
       <c r="H624" s="11"/>
       <c r="I624" s="11"/>
       <c r="J624" s="11"/>
       <c r="K624" s="11"/>
       <c r="L624" s="11"/>
       <c r="M624" s="11"/>
     </row>
-    <row r="625" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="625" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A625" s="10" t="s">
         <v>2638</v>
       </c>
       <c r="B625" s="38">
         <v>40203342162</v>
       </c>
       <c r="C625" s="13" t="s">
         <v>2639</v>
       </c>
       <c r="D625" s="10" t="s">
         <v>2618</v>
       </c>
       <c r="E625" s="10" t="s">
         <v>2640</v>
       </c>
       <c r="F625" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G625" s="15" t="s">
         <v>2641</v>
       </c>
     </row>
-    <row r="626" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="626" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A626" s="10" t="s">
         <v>2642</v>
       </c>
       <c r="B626" s="38">
         <v>40203585483</v>
       </c>
       <c r="C626" s="13" t="s">
         <v>2639</v>
       </c>
       <c r="D626" s="10" t="s">
         <v>2643</v>
       </c>
       <c r="E626" s="10" t="s">
         <v>2644</v>
       </c>
       <c r="F626" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G626" s="15" t="s">
         <v>2645</v>
       </c>
     </row>
     <row r="627" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A627" s="10" t="s">
         <v>2646</v>
       </c>
       <c r="B627" s="38">
         <v>40103919714</v>
       </c>
       <c r="C627" s="13" t="s">
         <v>2647</v>
       </c>
       <c r="D627" s="10" t="s">
         <v>2648</v>
       </c>
       <c r="E627" s="10" t="s">
         <v>2649</v>
       </c>
       <c r="F627" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G627" s="15" t="s">
         <v>2650</v>
       </c>
     </row>
-    <row r="628" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="628" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A628" s="10" t="s">
         <v>2651</v>
       </c>
       <c r="B628" s="38">
         <v>40203523591</v>
       </c>
       <c r="C628" s="13" t="s">
         <v>2652</v>
       </c>
       <c r="D628" s="10" t="s">
         <v>2618</v>
       </c>
       <c r="E628" s="10" t="s">
         <v>2653</v>
       </c>
       <c r="F628" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G628" s="15" t="s">
         <v>2654</v>
       </c>
     </row>
     <row r="629" spans="1:7" ht="237.6" x14ac:dyDescent="0.25">
       <c r="A629" s="10" t="s">
         <v>2655</v>
@@ -27751,97 +28070,97 @@
       </c>
     </row>
     <row r="630" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A630" s="10" t="s">
         <v>2659</v>
       </c>
       <c r="B630" s="38">
         <v>40203108620</v>
       </c>
       <c r="C630" s="13" t="s">
         <v>2647</v>
       </c>
       <c r="D630" s="10" t="s">
         <v>2660</v>
       </c>
       <c r="E630" s="10" t="s">
         <v>2661</v>
       </c>
       <c r="F630" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G630" s="15" t="s">
         <v>2662</v>
       </c>
     </row>
-    <row r="631" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="631" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A631" s="10" t="s">
         <v>2663</v>
       </c>
       <c r="B631" s="38">
         <v>40203422932</v>
       </c>
       <c r="C631" s="13" t="s">
         <v>2664</v>
       </c>
       <c r="D631" s="10" t="s">
         <v>2665</v>
       </c>
       <c r="E631" s="10" t="s">
         <v>2666</v>
       </c>
       <c r="F631" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G631" s="15" t="s">
         <v>2667</v>
       </c>
     </row>
-    <row r="632" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="632" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A632" s="10" t="s">
         <v>2668</v>
       </c>
       <c r="B632" s="38">
         <v>40203342181</v>
       </c>
       <c r="C632" s="13" t="s">
         <v>2664</v>
       </c>
       <c r="D632" s="10" t="s">
         <v>2669</v>
       </c>
       <c r="E632" s="10" t="s">
         <v>2670</v>
       </c>
       <c r="F632" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G632" s="15" t="s">
         <v>2671</v>
       </c>
     </row>
-    <row r="633" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="633" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A633" s="10" t="s">
         <v>2672</v>
       </c>
       <c r="B633" s="38">
         <v>44103130689</v>
       </c>
       <c r="C633" s="13" t="s">
         <v>2664</v>
       </c>
       <c r="D633" s="10" t="s">
         <v>2669</v>
       </c>
       <c r="E633" s="10" t="s">
         <v>2673</v>
       </c>
       <c r="F633" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G633" s="15" t="s">
         <v>2671</v>
       </c>
     </row>
     <row r="634" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A634" s="10" t="s">
         <v>2674</v>
@@ -28149,236 +28468,502 @@
         <v>40203026752</v>
       </c>
       <c r="C647" s="13" t="s">
         <v>2685</v>
       </c>
       <c r="D647" s="10" t="s">
         <v>2731</v>
       </c>
       <c r="E647" s="10" t="s">
         <v>2732</v>
       </c>
       <c r="F647" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G647" s="15" t="s">
         <v>2733</v>
       </c>
     </row>
     <row r="648" spans="1:7" ht="198" x14ac:dyDescent="0.25">
       <c r="A648" s="10" t="s">
         <v>2734</v>
       </c>
       <c r="B648" s="38">
         <v>40103813405</v>
       </c>
-      <c r="C648" s="9">
-        <v>45945</v>
+      <c r="C648" s="9" t="s">
+        <v>2735</v>
       </c>
       <c r="D648" s="10" t="s">
-        <v>2735</v>
+        <v>2736</v>
       </c>
       <c r="E648" s="10" t="s">
-        <v>2736</v>
+        <v>2737</v>
       </c>
       <c r="F648" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G648" s="15" t="s">
-        <v>2737</v>
-[...171 lines deleted...]
-      <c r="G667" s="15"/>
+        <v>2738</v>
+      </c>
+    </row>
+    <row r="649" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+      <c r="A649" s="10" t="s">
+        <v>2739</v>
+      </c>
+      <c r="B649" s="38">
+        <v>40203499707</v>
+      </c>
+      <c r="C649" s="13" t="s">
+        <v>2740</v>
+      </c>
+      <c r="D649" s="10" t="s">
+        <v>2741</v>
+      </c>
+      <c r="E649" s="10" t="s">
+        <v>2742</v>
+      </c>
+      <c r="F649" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G649" s="15" t="s">
+        <v>2654</v>
+      </c>
+    </row>
+    <row r="650" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+      <c r="A650" s="10" t="s">
+        <v>2743</v>
+      </c>
+      <c r="B650" s="38">
+        <v>40203598098</v>
+      </c>
+      <c r="C650" s="13" t="s">
+        <v>2721</v>
+      </c>
+      <c r="D650" s="10" t="s">
+        <v>2744</v>
+      </c>
+      <c r="E650" s="10" t="s">
+        <v>2745</v>
+      </c>
+      <c r="F650" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G650" s="14" t="s">
+        <v>2746</v>
+      </c>
+    </row>
+    <row r="651" spans="1:7" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A651" s="10" t="s">
+        <v>2747</v>
+      </c>
+      <c r="B651" s="38">
+        <v>40203113458</v>
+      </c>
+      <c r="C651" s="9" t="s">
+        <v>2748</v>
+      </c>
+      <c r="D651" s="10" t="s">
+        <v>2749</v>
+      </c>
+      <c r="E651" s="10" t="s">
+        <v>2750</v>
+      </c>
+      <c r="F651" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G651" s="10" t="s">
+        <v>2751</v>
+      </c>
+    </row>
+    <row r="652" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+      <c r="A652" s="10" t="s">
+        <v>2752</v>
+      </c>
+      <c r="B652" s="38">
+        <v>40203447315</v>
+      </c>
+      <c r="C652" s="13" t="s">
+        <v>2748</v>
+      </c>
+      <c r="D652" s="10" t="s">
+        <v>2741</v>
+      </c>
+      <c r="E652" s="10" t="s">
+        <v>2753</v>
+      </c>
+      <c r="F652" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G652" s="10" t="s">
+        <v>2754</v>
+      </c>
+    </row>
+    <row r="653" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A653" s="10" t="s">
+        <v>2755</v>
+      </c>
+      <c r="B653" s="38">
+        <v>40103839476</v>
+      </c>
+      <c r="C653" s="13" t="s">
+        <v>2748</v>
+      </c>
+      <c r="D653" s="10" t="s">
+        <v>2756</v>
+      </c>
+      <c r="E653" s="10" t="s">
+        <v>2757</v>
+      </c>
+      <c r="F653" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G653" s="10" t="s">
+        <v>2758</v>
+      </c>
+    </row>
+    <row r="654" spans="1:7" ht="88.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A654" s="10" t="s">
+        <v>2759</v>
+      </c>
+      <c r="B654" s="38">
+        <v>44103112382</v>
+      </c>
+      <c r="C654" s="13" t="s">
+        <v>2760</v>
+      </c>
+      <c r="D654" s="10" t="s">
+        <v>1416</v>
+      </c>
+      <c r="E654" s="10" t="s">
+        <v>2761</v>
+      </c>
+      <c r="F654" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G654" s="15" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="655" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+      <c r="A655" s="10" t="s">
+        <v>2762</v>
+      </c>
+      <c r="B655" s="38">
+        <v>40103618631</v>
+      </c>
+      <c r="C655" s="13" t="s">
+        <v>2748</v>
+      </c>
+      <c r="D655" s="10" t="s">
+        <v>2763</v>
+      </c>
+      <c r="E655" s="10" t="s">
+        <v>2764</v>
+      </c>
+      <c r="F655" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G655" s="15" t="s">
+        <v>2765</v>
+      </c>
+    </row>
+    <row r="656" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+      <c r="A656" s="10" t="s">
+        <v>2766</v>
+      </c>
+      <c r="B656" s="38">
+        <v>40203488370</v>
+      </c>
+      <c r="C656" s="13" t="s">
+        <v>2625</v>
+      </c>
+      <c r="D656" s="10" t="s">
+        <v>2741</v>
+      </c>
+      <c r="E656" s="10" t="s">
+        <v>2767</v>
+      </c>
+      <c r="F656" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G656" s="15" t="s">
+        <v>2754</v>
+      </c>
+    </row>
+    <row r="657" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+      <c r="A657" s="10" t="s">
+        <v>2768</v>
+      </c>
+      <c r="B657" s="38">
+        <v>50203275111</v>
+      </c>
+      <c r="C657" s="13" t="s">
+        <v>2769</v>
+      </c>
+      <c r="D657" s="10" t="s">
+        <v>2770</v>
+      </c>
+      <c r="E657" s="10" t="s">
+        <v>2771</v>
+      </c>
+      <c r="F657" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G657" s="14" t="s">
+        <v>2772</v>
+      </c>
+    </row>
+    <row r="658" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+      <c r="A658" s="10" t="s">
+        <v>2773</v>
+      </c>
+      <c r="B658" s="38">
+        <v>40203142457</v>
+      </c>
+      <c r="C658" s="13" t="s">
+        <v>2774</v>
+      </c>
+      <c r="D658" s="10" t="s">
+        <v>2775</v>
+      </c>
+      <c r="E658" s="10" t="s">
+        <v>2776</v>
+      </c>
+      <c r="F658" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G658" s="14" t="s">
+        <v>2777</v>
+      </c>
+    </row>
+    <row r="659" spans="1:7" ht="237.6" x14ac:dyDescent="0.25">
+      <c r="A659" s="10" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B659" s="38">
+        <v>50203247391</v>
+      </c>
+      <c r="C659" s="13" t="s">
+        <v>2774</v>
+      </c>
+      <c r="D659" s="10" t="s">
+        <v>2779</v>
+      </c>
+      <c r="E659" s="10" t="s">
+        <v>2780</v>
+      </c>
+      <c r="F659" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G659" s="14" t="s">
+        <v>2781</v>
+      </c>
+    </row>
+    <row r="660" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+      <c r="A660" s="10" t="s">
+        <v>2782</v>
+      </c>
+      <c r="B660" s="38">
+        <v>40103932271</v>
+      </c>
+      <c r="C660" s="13" t="s">
+        <v>2783</v>
+      </c>
+      <c r="D660" s="10" t="s">
+        <v>2784</v>
+      </c>
+      <c r="E660" s="10" t="s">
+        <v>2785</v>
+      </c>
+      <c r="F660" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G660" s="14" t="s">
+        <v>2786</v>
+      </c>
+    </row>
+    <row r="661" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+      <c r="A661" s="10" t="s">
+        <v>2787</v>
+      </c>
+      <c r="B661" s="38">
+        <v>40103919714</v>
+      </c>
+      <c r="C661" s="13" t="s">
+        <v>2788</v>
+      </c>
+      <c r="D661" s="10" t="s">
+        <v>2789</v>
+      </c>
+      <c r="E661" s="10" t="s">
+        <v>2790</v>
+      </c>
+      <c r="F661" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G661" s="14" t="s">
+        <v>2791</v>
+      </c>
+    </row>
+    <row r="662" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+      <c r="A662" s="10" t="s">
+        <v>2792</v>
+      </c>
+      <c r="B662" s="38">
+        <v>40203520148</v>
+      </c>
+      <c r="C662" s="13" t="s">
+        <v>2793</v>
+      </c>
+      <c r="D662" s="10" t="s">
+        <v>2741</v>
+      </c>
+      <c r="E662" s="10" t="s">
+        <v>2794</v>
+      </c>
+      <c r="F662" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G662" s="15" t="s">
+        <v>2795</v>
+      </c>
+    </row>
+    <row r="663" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+      <c r="A663" s="10" t="s">
+        <v>2796</v>
+      </c>
+      <c r="B663" s="38">
+        <v>40203493916</v>
+      </c>
+      <c r="C663" s="9" t="s">
+        <v>2583</v>
+      </c>
+      <c r="D663" s="10" t="s">
+        <v>2797</v>
+      </c>
+      <c r="E663" s="10" t="s">
+        <v>2798</v>
+      </c>
+      <c r="F663" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G663" s="15" t="s">
+        <v>2799</v>
+      </c>
+    </row>
+    <row r="664" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+      <c r="A664" s="10" t="s">
+        <v>2800</v>
+      </c>
+      <c r="B664" s="38">
+        <v>40203202385</v>
+      </c>
+      <c r="C664" s="13" t="s">
+        <v>2788</v>
+      </c>
+      <c r="D664" s="10" t="s">
+        <v>2801</v>
+      </c>
+      <c r="E664" s="10" t="s">
+        <v>2802</v>
+      </c>
+      <c r="F664" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G664" s="15" t="s">
+        <v>2803</v>
+      </c>
+    </row>
+    <row r="665" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+      <c r="A665" s="10" t="s">
+        <v>2804</v>
+      </c>
+      <c r="B665" s="38">
+        <v>40203123615</v>
+      </c>
+      <c r="C665" s="13" t="s">
+        <v>2805</v>
+      </c>
+      <c r="D665" s="10" t="s">
+        <v>2806</v>
+      </c>
+      <c r="E665" s="10" t="s">
+        <v>2807</v>
+      </c>
+      <c r="F665" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G665" s="15" t="s">
+        <v>2808</v>
+      </c>
+    </row>
+    <row r="666" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+      <c r="A666" s="10" t="s">
+        <v>2809</v>
+      </c>
+      <c r="B666" s="38">
+        <v>40003809013</v>
+      </c>
+      <c r="C666" s="13" t="s">
+        <v>2788</v>
+      </c>
+      <c r="D666" s="10" t="s">
+        <v>2810</v>
+      </c>
+      <c r="E666" s="10" t="s">
+        <v>2811</v>
+      </c>
+      <c r="F666" s="13" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G666" s="15" t="s">
+        <v>2812</v>
+      </c>
+    </row>
+    <row r="667" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+      <c r="A667" s="10" t="s">
+        <v>2813</v>
+      </c>
+      <c r="B667" s="38">
+        <v>40203323903</v>
+      </c>
+      <c r="C667" s="9" t="s">
+        <v>2814</v>
+      </c>
+      <c r="D667" s="10" t="s">
+        <v>2815</v>
+      </c>
+      <c r="E667" s="10" t="s">
+        <v>2816</v>
+      </c>
+      <c r="F667" s="13" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G667" s="12" t="s">
+        <v>2817</v>
+      </c>
     </row>
     <row r="668" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A668" s="10"/>
       <c r="B668" s="38"/>
       <c r="C668" s="13"/>
       <c r="D668" s="10"/>
       <c r="E668" s="10"/>
       <c r="F668" s="13"/>
       <c r="G668" s="15"/>
     </row>
     <row r="669" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A669" s="10"/>
       <c r="B669" s="38"/>
       <c r="C669" s="13"/>
       <c r="D669" s="10"/>
       <c r="E669" s="10"/>
       <c r="F669" s="13"/>
       <c r="G669" s="15"/>
     </row>
     <row r="670" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A670" s="10"/>
       <c r="B670" s="38"/>
       <c r="C670" s="13"/>
       <c r="D670" s="10"/>
       <c r="E670" s="10"/>
@@ -28652,50 +29237,56 @@
   </sheetData>
   <autoFilter ref="A2:G2" xr:uid="{00000000-0001-0000-0400-000000000000}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="F1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100B3C9C276AFEEAF44A5EEB1316BFEF153" ma:contentTypeVersion="0" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="ad519bfe87475cb025282f53f7303917">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea38c56bd2b816e995eaa7588db9f73d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
@@ -28765,85 +29356,85 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>