--- v3 (2025-12-24)
+++ v4 (2026-01-13)
@@ -8,74 +8,74 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Decembris\Lēmumi\6Lēmumi par nodokļu kontroles rēķinu\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Janvāris\Lēmumi\6Lēmumi par nodokļu kontroles rēķinu\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D19C077F-8E60-4C6B-80D8-353BA4DB57A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1BA3382C-2AD8-4CED-980D-50E79E9CD63E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nodokļu kontroles rēķins" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Nodokļu kontroles rēķins'!$A$2:$G$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4003" uniqueCount="2818">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4099" uniqueCount="2885">
   <si>
     <t>Nodokļu kontroles rēķins</t>
   </si>
   <si>
     <t>Saīsinājumi:
 VSAOI - valsts sociālās apdrošināšanas obligātās iemaksas
 IIN - iedzīvotāju ienākuma nodoklis
 PVN - pievienotās vērtības nodoklis
 MUN - mikrouzņēmuma nodoklis
 AN - akcīzes nodoklis</t>
   </si>
   <si>
     <t>Adresāts</t>
   </si>
   <si>
     <t>Reģ.nr.</t>
   </si>
   <si>
     <t>Spēkā stāšanās datums</t>
   </si>
   <si>
     <t>Pārkāpuma būtība</t>
   </si>
   <si>
     <t>Piemērotā atbildība/sods/uzrēķins</t>
@@ -10878,50 +10878,284 @@
 3)Pievienotās vērtības nodokļa likuma 92. panta pirmās daļas 1. punkts, 92. panta septītā daļa, 125. panta pirmā un ceturtā daļa.
 4) Uzņēmumu ienākuma nodokļa likuma 3. panta pirmā un otrā daļa, 4. panta otrās daļas 2.punkta “a” apakšpunkts, 8. panta pirmā daļa un otrās daļas 2. punkts.</t>
   </si>
   <si>
     <t>SIA “Lucky Trade“</t>
   </si>
   <si>
     <t>17.11.2025.</t>
   </si>
   <si>
     <t>Nepamatoti piemērota PVN 0 % likme.
 Veikti ar uzņēmuma saimniecisko darbību nesaistīti darījumi, par kuriem nav aprēķināts UIN.</t>
   </si>
   <si>
     <t xml:space="preserve">Budžetā noteikts iemaksāt 21 447,79 EUR, t.sk.: 
 - PVN 7 029,16 EUR;
 - nokavējuma nauda 2 469,63 EUR; 
 - UIN 8 535,20 EUR;
 - nokavējuma nauda 3 414,00 EUR.
 Samazināts no budžeta atmaksājamais PVN 5 915,07 EUR. </t>
   </si>
   <si>
     <t>1) Uzņēmumu ienākuma nodokļa 3.panta pirmā un otrā daļa, 4.panta otrās daļas 2.punkta “a” apakšpunkts,  devītā daļa, 8.panta pirmā daļa un otrās daļas 2.punkts, 17. panta pirmā daļa.
 2) Pievienotās vērtības nodokļa likuma 1. panta 21. punkts, 41.panta pirmās daļas 1. un 3.punkts, 43.panta ceturtā daļa, 51.panta pirmā daļa, 92.panta pirmās daļas 1.punkts, 125.panta pirmās daļas 3., 4., 5., 6., 7., 8., 9., 12., 15., 20.punkts.
 3) Likuma “Par nodokļiem un nodevām” 23. panta četrpadsmitā daļa, 29. panta otrā daļa.</t>
+  </si>
+  <si>
+    <t>SIA "Sapfira"</t>
+  </si>
+  <si>
+    <t>22.10.2025.</t>
+  </si>
+  <si>
+    <t>Nodokļu kontrolē konstatēts, ka preču no Eiropas Savienības teritorijas iegādes vērtība kārtējā kalendārā gadā pārsniedza Pievienotās vērtības nodokļa likumā noteikto reģistrācijas slieksni, tādējādi komercsabiedrības pienākums bija reģistrēties VID PVN maksātāju reģistrā, iesniegt VID paziņojumus par PVN samaksu, aprēķinot un veicot PVN samaksu valsts budžetā no pārsnieguma summas.
+Tāpat nodokļu kontrolē konstatēts, ka komercsabiedrība veic ar PVN apliekamus darījumus, taču nav aprēķinājusi un iemaksājusi valsts budžetā PVN par apliekamajiem darījumiem pēc 2023. gada 25. maija. 
+Vēl nodokļu kontrolē konstatēts, ka skaidrās naudas izmaksas no uzņēmuma kases ir atzīstamas kā ar saimniecisko darbību nesaistīti izdevumi un ir pielīdzināmi peļņas sadalei un iekļaujami ar UIN apliekamajā bāzē.
+Nodokļu kontrolē arī konstatēts, ka komercsabiedrība nav aprēķinājusi valdes locekļa domājamo ienākumu minimālās mēneša darba algas apmērā, kā rezultātā nav aprēķinājusi VSAOI un IIN.</t>
+  </si>
+  <si>
+    <t>Noteikts budžetā maksājamais PVN 48 524,27 EUR un nokavējuma nauda 10 181,29 EUR, UIN 1175,00 EUR un nokavējuma nauda 308,32 EUR, VSAOI 1268,16 EUR un nokavējuma nauda 410,84 EUR, IIN 777,48 EUR un nokavējuma nauda 252,04 EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Likuma “Par nodokļiem un nodevām” 23. panta 5.² daļas 3. punktu, 29. panta otro daļu, Pievienotās vērtības nodokļa likuma 34. panta vienpadsmito daļu un 84. panta pirmo daļu, Uzņēmumu ienākuma nodokļa likuma 4. panta pirmo daļu, otrās daļas 2. punkta “a” apakšpunktu un devīto daļu, 19. panta pirmo daļu, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.⁹ daļu un likuma “Par valsts sociālo apdrošināšanu” 14. panta 12.¹ daļu.
+</t>
+  </si>
+  <si>
+    <t>SIA “ASAP Group”</t>
+  </si>
+  <si>
+    <t>Komersabiedrība 2024. gada janvārī–septembrī grāmatvedības uzskaitē uzrādīja preču un pakalpojumu iegādes darījumus, kuriem nav konstatēta saikne ar saimniecisko darbību un ar PVN apliekamu darījumu nodrošināšanu.
+Tādējādi liegtas priekšnodokļa atskaitīšanas tiesības par minētajiem darījumiem, kā arī noformēto un iegrāmatoto preču un pakalpojumu iegādes vērtība kvalificēta kā ar saimniecisko darbību nesaistītās izmaksas. </t>
+  </si>
+  <si>
+    <t>Samazināts no budžeta atmaksājamais PVN 3656,93 EUR, kā arī nomaksai budžetā aprēķināts PVN 378,30 EUR un nokavējuma nauda 63,55 EUR, UIN 9862,00 EUR un nokavējuma nauda 1747,03 EUR.</t>
+  </si>
+  <si>
+    <t>Pievienotās vērtības nodokļa likuma 92. panta pirmās daļas 1. un 7.punkts, Uzņēmumu ienākuma nodokļa likuma 4. panta otrās daļas 2. punkta “a” apakšpunkts, 8. panta pirmā un otrā daļa.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "Food Tech Trade"	
+</t>
+  </si>
+  <si>
+    <t>08.10.2025.</t>
+  </si>
+  <si>
+    <t>Saistītajai personai izsniegtais aizdevums faktiski tika lietots ilgāk nekā 12 mēnešus, tomēr UIN deklarācijā par 2023. gadu apliekamā bāze netika palielināta par minētā aizdevuma summu. Tāpat aizdevuma līgumos nebija paredzēta atlīdzība par kapitāla lietošanu, līdz ar to ar 2022., 2023. un 2024. gada taksācijas periodiem saistītie procentu ienākumi netika iekļauti ar nodokli apliekamajā bāzē. </t>
+  </si>
+  <si>
+    <t>Papildu nomaksai budžetā noteikts  UIN 59 384,00 EUR un nokavējuma nauda 12 173,74 EUR, kā arī noteikta UIN pārmaksa par 2024. gadu 25 806,25 EUR.</t>
+  </si>
+  <si>
+    <t>Uzņēmumu ienākuma nodokļa likuma 4.panta otrās daļas 2.punkta "d" un "e" apakšpunkts, 11.panta pirmā daļa un ceturtās daļas 4.punkts.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "RIETUMU NAFTA LV"_x000D_
+</t>
+  </si>
+  <si>
+    <t>Komercsabiedrība akcīzes preču noliktavā saražoja degvieleļļu, kas ir harmonizēta akcīzes prece. Tā kā prece tika izvesta no akcīzes preču noliktavas bez e-AD, tā uzskatāma par novirzītu no atliktā nodokļa maksāšanas režīma, un par izvesto daudzumu jāmaksā akcīzes nodoklis Latvijā. </t>
+  </si>
+  <si>
+    <t>Papildu nomaksai budžetā aprēķināts akcīzes nodoklis 40 114,53 EUR un nokavējuma nauda 4793,62 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma "Par akcīzes nodokli" 2. panta 1.3 daļas 1. un 3. punkts, 34. panta otrā daļa.</t>
+  </si>
+  <si>
+    <t>SIA “Terko”</t>
+  </si>
+  <si>
+    <t>Komercsabiedrība PVN deklarācijās nepamatoti deklarēja un grāmatvedības uzskaitē saimnieciskās darbības izmaksās iegrāmatoja faktiski nesaņemtus pakalpojumus no Ungārijas uzņēmuma. Tādējādi nodokļu kontrolē izdevumi saistībā ar minētajiem darījumiem kvalificēti kā ar saimniecisko darbību nesaistītie izdevumi, palielinot ar UIN apliekamo bāzi</t>
+  </si>
+  <si>
+    <t>Noteikts budžetā maksājamais UIN 70 640,00 EUR un nokavējuma nauda 28 256,00 EUR.</t>
+  </si>
+  <si>
+    <t>SIA "LAZARUS"</t>
+  </si>
+  <si>
+    <t>Komercsabiedrība grāmatvedības uzskaitē reģistrēja faktiski nenotikušus pakalpojumu iegādes un piegādes darījumus ar Ungārijā reģistrētu uzņēmumu. Noformēto un iegrāmatoto pakalpojumu iegādes darījumu vērtība kvalificējama kā ar saimniecisko darbību nesaistītie izdevumi, palielinot ar UIN apliekamo bāzi no nosacīti sadalītās peļņas.</t>
+  </si>
+  <si>
+    <t>Papildu nomaksai budžetā aprēķināts UIN 147 417,00 EUR un nokavējuma nauda 45 808,63 EUR.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uzņēmumu ienākuma nodokļa likuma 4.panta otrās daļas 2. punkta “a” apakšpunkts, 8. panta pirmā daļa un otrās daļas 2. punkts. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “Meijas un Havensones dietoloģija” </t>
+  </si>
+  <si>
+    <t>Līgums ar pašnodarbināto personu par sniegtajiem pakalpojumiem noformēts ar mērķi darba attiecības apslēpt aiz citas juridiskās formas, izmaksājot fiziskai personai atlīdzību, no kuras nav aprēķinātas VSAOI un ieturēts IIN</t>
+  </si>
+  <si>
+    <t>Papildu nomaksai budžetā noteiktas VSAOI 1634,42 euro un nokavējuma nauda 242,50 euro, IIN 1062,56 euro un nokavējuma nauda 155,90 euro</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem  un nodevām” 23. panta  5.2 daļas 3. punkta un 29. panta otro daļa, likuma “Par valsts sociālo apdrošināšanu” 1. panta 2. punkta “k” apakšpunkta, 18. panta pirmo daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.2 daļa un 15. panta treša un septiņpadsmito daļa.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “Ragnarok Solutions” 
+</t>
+  </si>
+  <si>
+    <t>19.11.2025.</t>
+  </si>
+  <si>
+    <t>Nodokļu kontrolē konstatēts, ka komercsabiedrība nav saņēmusi pakalpojumus no Lielbritānijas un Eiropas Savienības dalībvalstu darījumu partneriem, līdz ar to komercsabiedrības 2022. gada decembrī–2023. gada maijā grāmatvedības reģistros uzrādītās šo darījumu izmaksas Uzņēmumu ienākuma nodokļa likuma izpratnē kvalificējamas kā ar saimniecisko darbību nesaistītie izdevumi un iekļaujamas ar UIN apliekamajā bāzē. Tāpat konstatēts, ka komercsabiedrība 2023. gada janvārī izmaksājusi darba ņēmējam ienākumu, neaprēķinot un nedeklarējot algas nodokļus. </t>
+  </si>
+  <si>
+    <t>Papildu nomaksai budžetā aprēķināts UIN 40 179,00 EUR un nokavējuma nauda 14 509,52 EUR, VSAOI 1415,58 EUR un nokavējuma nauda 554,91 EUR, IIN 836,46 EUR un nokavējuma nauda 327,89 EUR.</t>
+  </si>
+  <si>
+    <t>Uzņēmumu ienākuma nodokļa likuma 3. panta pirmā un otrā daļa, 4. panta pirmā un devītā daļa, 8. panta pirmā daļa un otrās daļas 2. punkts, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta otrā daļa un likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa.</t>
+  </si>
+  <si>
+    <t>SIA "Vevata"</t>
+  </si>
+  <si>
+    <t>15.11.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nav veikusi VSAOI, IIN aprēķinu pilnā apmērā, nav aprēķinājusi UIN par izdevumiem, kas nav saistīti ar SIA “Vevata” saimniecisko darbību, kā arī nepamatoti iekļāvusi PVN deklarāciju priekšnodoklī PVN summas par minētajiem izdevumiem, un nav veikusi nodokļu nomaksu valsts budžetā </t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 58 497,44, t.sk. 
+VSAOI - 23 026,26 EUR un nokavējuma nauda 3 645,52 EUR; 
+IIN - 13 702,99 EUR un nokavējuma nauda 2 185,78 EUR, 
+UIN - 9 109,00 EUR un nokavējuma nauda 1 620,86 EUR,
+PVN -1 059,10 EUR un nokavējuma nauda 188,72 EUR,
+samazināta no valsts budžeta atmaksājamā PVN summa 3 959,21 EURun</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļa, 29. panta otrā daļa, Grāmatvedības likuma 6. panta otrā, trešā, ceturtā daļa, 8.panta pirmā daļa, 11.panta pirmā un piektā daļa, Ministru kabineta noteikumu Nr. 877 “Grāmatvedības kārtošanas noteikumi” 37., 38., 39.punkti, likuma “Par valsts sociālo apdrošināšanu” 5.panta pirmā daļa, 14. panta pirmā daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 16. panta otrā daļa, 21. panta pirmā un otrā daļa, 23. panta pirmā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 3. panta pirmā daļa, 4. panta pirmās daļas 1. punkts, 8. panta otrā daļa, 2.7 daļa, 15. panta septiņpadsmitā daļa, 16.1 panta pirmā daļa, 17. panta pirmā un piektā daļa, 29. panta pirmās daļas 4. punkts, Pievienotās vērtības nodokļa likuma 5. panta pirmās daļas 3. punkts, 92. panta pirmās daļas 1.punkts, 125.panta pirmā un ceturtā daļa, Uzņēmumu ienākuma nodokļa likuma 3. panta pirmā un otrā daļa, 4. panta otrās daļas 2. punkta “a” apakšpunkts, devītā daļa, 8. panta pirmo un otro daļu, 17. panta pirmā un septītā daļa, un Ministru kabineta 2018. gada 13. februāra noteikumu Nr. 93 “Noteikumi par uzņēmumu ienākuma nodokļa deklarācijā iekļaujamo informāciju” 2. punkts.</t>
+  </si>
+  <si>
+    <t>27.11.2025.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 4470,82 EUR, tai sk.:
+- VSAOI 3656,09 EUR;
+- nokavējuma nauda 378,46 EUR;
+- IIN 396,02 EUR;
+- nokavējuma nauda 40,25 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 23. panta septītā daļa, 29. panta otrā un trešā daļa, likuma “Par valsts sociālo apdrošināšanu” 20. panta pirmā, otrā, trešā un ceturtā daļa, 21. panta pirmā un otrā daļa, 23. panta pirmā daļa, likuma par “Iedzīvotāju ienākuma nodokli” 16.1. panta pirmā daļa, 29. panta 1. daļas 1. punkts.</t>
+  </si>
+  <si>
+    <t>SIA" ROUP"</t>
+  </si>
+  <si>
+    <t>Nodarbinātajām personām nav aprēķināta darba alga par faktiski nostrādātajām stundām un nav aprēķināti nodokļi no valdes locekļa domājamā ienākuma.</t>
+  </si>
+  <si>
+    <t>"Budžetā noteikts iemaksāt 3619,08 EUR, tai sk.:_x000D_
+- VSAOI 2396,71 EUR;_x000D_
+- nokavējuma nauda 225,28 EUR;_x000D_
+- IIN 943,50 EUR;_x000D_
+- nokavējuma nauda 53,59 EUR."</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 23. panta 6. daļas 5. punkts, 23. panta 7. daļas 2. punkts, 29. panta otrā un trešā daļa, likuma “Par valsts sociālo apdrošināšanu” 1. panta 2. punkta “m” apakšpunkts, 14. panta pirmā daļa un 12.1 daļa, 18. panta pirmā daļa, 20. panta pirmā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.9. daļa.</t>
+  </si>
+  <si>
+    <t>SIA "IDEM"</t>
+  </si>
+  <si>
+    <t>Darījumiem realizācijā nav pierādīta  PVN 0% likmes piemērošanas pamatotība un nedeklarēts 
+saņemtais avans</t>
+  </si>
+  <si>
+    <t>Papildus aprēķināts un noteikts iemaksāt valsts budžetā PVN 10 933,92 EUR un nokavējuma naudu 596,29 EUR</t>
+  </si>
+  <si>
+    <t>Pamatojoties uz likuma Par nodokļiem un nodevām 23. panta 5.2 daļas 3. punktu, 29. panta otro un trešo daļu, Pievienotas vērtības nodokļa likuma 43. panta ceturtā daļa, 41. panta pirmās daļas 1. punktu</t>
+  </si>
+  <si>
+    <t>KOTLI SIA</t>
+  </si>
+  <si>
+    <t>24.11.2025.</t>
+  </si>
+  <si>
+    <t>Nav veikta reģistrācija VID PVN maksātāju reģistrā, nav aprēķināts un nav samaksāts PVN.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 24 776,50 EUR, t.sk.:
+- PVN 20 800,60 EUR;
+- nokavējuma nauda 3 975,90 EUR.</t>
+  </si>
+  <si>
+    <t>Pievienotās vērtības nodokļa likuma 5. panta pirmās daļas 2. punkts, 19. panta pirmā daļa, 55. panta pirmās daļas 2. punkts, 32. panta pirmā un otrā daļa, 34. panta pirmā daļa, 41. panta pirmās daļas 1. punkts, 84. panta pirmā daļa, 88. panta pirmā daļa, 117. panta astotā daļa, 118.panta septītā un desmīta daļa, 119. panta pirmā daļa, likuma “Par nodokļiem un nodevām” 1. panta 19. punkts, 15. panta pirmās daļas 1. un 2. punkts.</t>
+  </si>
+  <si>
+    <t>AUSTRUKS SIA</t>
+  </si>
+  <si>
+    <t>05.12.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budžetā noteikts iemaksāt    96 123,01 EUR, t.sk.:
+- PVN 83 295,28 EUR; 
+- nokavējuma nauda 12 827,73 EUR.           </t>
+  </si>
+  <si>
+    <t>Pievienotās vērtības nodokļa likuma 1. panta 2. punkts, 5. panta pirmās daļas 2. punkts, 19. panta pirmā daļa, 32. panta pirmā un otrā daļa, 34. panta pirmā daļa, 41. panta pirmās daļas 1. punkts, 55. panta pirmās daļas 2. punkts, 84. panta pirmā daļa, 88. panta pirmā daļa, 117. panta astotā daļa, 118. panta septītā un desmitā daļa, 119. panta pirmā un piektā daļa, likuma “Par nodokļiem un nodevām” 1. panta 19. punkts, 15. panta pirmās daļas 1. un 2. punkts, 29. panta otrā daļa.</t>
+  </si>
+  <si>
+    <t>AZOIA SIA</t>
+  </si>
+  <si>
+    <t>03.12.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nav veikta reģistrācija VID PVN maksātāju reģistrā, nav aprēķināts un nav samaksāts PVN.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Budžetā noteikts iemaksāt    33 922,30 EUR, t.sk.:
+- PVN 32 479,24 EUR; 
+- nokavējuma nauda 1 443,06 EUR.           </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “EKORS” </t>
+  </si>
+  <si>
+    <t>08.12.2025.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt_x000D_
+63 880,66 EUR, t.sk. _x000D_
+- UIN 52 540,00 EUR;_x000D_
+- nokavējuma nauda  11 340,66 EUR.</t>
+  </si>
+  <si>
+    <t>1) Uzņēmumu ienākuma nodokļa likuma 8. panta pirmā  daļa un otrās daļas 2. punkts._x000D_
+2) Likuma “Par nodokļiem un nodevām” 23. panta četrpadsmitā daļa, 29. panta otrā daļa.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -11590,195 +11824,195 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:M853"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A663" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A667" sqref="A667"/>
+      <pane ySplit="2" topLeftCell="A678" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A683" sqref="A683"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="22.109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="18.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="16.33203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="65.109375" style="1" customWidth="1"/>
-    <col min="5" max="5" width="37" style="1" customWidth="1"/>
+    <col min="5" max="5" width="41.5546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="17.5546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="76.109375" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="104.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="40"/>
       <c r="C1" s="40"/>
       <c r="D1" s="40"/>
       <c r="E1" s="40"/>
       <c r="F1" s="41" t="s">
         <v>1</v>
       </c>
       <c r="G1" s="41"/>
     </row>
     <row r="2" spans="1:7" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="3" spans="1:7" s="4" customFormat="1" ht="105.6" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:7" s="4" customFormat="1" ht="92.4" x14ac:dyDescent="0.3">
       <c r="A3" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="13">
         <v>45402006916</v>
       </c>
       <c r="C3" s="13" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="14" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="14" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="14" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="4" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A4" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="13">
         <v>40103316924</v>
       </c>
       <c r="C4" s="13" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="14" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F4" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="14" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="5" spans="1:7" ht="343.2" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:7" ht="303.60000000000002" x14ac:dyDescent="0.25">
       <c r="A5" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="13">
         <v>40203170709</v>
       </c>
       <c r="C5" s="13" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="10" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="15" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A6" s="12" t="s">
         <v>24</v>
       </c>
       <c r="B6" s="13">
         <v>40003831156</v>
       </c>
       <c r="C6" s="13" t="s">
         <v>25</v>
       </c>
       <c r="D6" s="10" t="s">
         <v>26</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>27</v>
       </c>
       <c r="F6" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="15" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="7" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A7" s="12" t="s">
         <v>29</v>
       </c>
       <c r="B7" s="13">
         <v>41203026677</v>
       </c>
       <c r="C7" s="13" t="s">
         <v>30</v>
       </c>
       <c r="D7" s="12" t="s">
         <v>31</v>
       </c>
       <c r="E7" s="12" t="s">
         <v>32</v>
       </c>
       <c r="F7" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="12" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
         <v>34</v>
@@ -11803,51 +12037,51 @@
       </c>
     </row>
     <row r="9" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A9" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B9" s="13">
         <v>40103617532</v>
       </c>
       <c r="C9" s="13" t="s">
         <v>39</v>
       </c>
       <c r="D9" s="14" t="s">
         <v>40</v>
       </c>
       <c r="E9" s="14" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="14" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="10" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
         <v>43</v>
       </c>
       <c r="B10" s="13">
         <v>40003518244</v>
       </c>
       <c r="C10" s="13" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>45</v>
       </c>
       <c r="E10" s="14" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G10" s="14" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A11" s="12" t="s">
         <v>48</v>
@@ -11964,97 +12198,97 @@
       </c>
     </row>
     <row r="16" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
         <v>73</v>
       </c>
       <c r="B16" s="13">
         <v>40203326045</v>
       </c>
       <c r="C16" s="13" t="s">
         <v>69</v>
       </c>
       <c r="D16" s="10" t="s">
         <v>74</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>75</v>
       </c>
       <c r="F16" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="15" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="17" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A17" s="12" t="s">
         <v>77</v>
       </c>
       <c r="B17" s="13">
         <v>40103969429</v>
       </c>
       <c r="C17" s="13" t="s">
         <v>64</v>
       </c>
       <c r="D17" s="14" t="s">
         <v>78</v>
       </c>
       <c r="E17" s="14" t="s">
         <v>79</v>
       </c>
       <c r="F17" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G17" s="14" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>81</v>
       </c>
       <c r="B18" s="13">
         <v>42103088434</v>
       </c>
       <c r="C18" s="18" t="s">
         <v>82</v>
       </c>
       <c r="D18" s="14" t="s">
         <v>83</v>
       </c>
       <c r="E18" s="14" t="s">
         <v>84</v>
       </c>
       <c r="F18" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="14" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="19" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A19" s="12" t="s">
         <v>86</v>
       </c>
       <c r="B19" s="13">
         <v>40103755681</v>
       </c>
       <c r="C19" s="13" t="s">
         <v>87</v>
       </c>
       <c r="D19" s="14" t="s">
         <v>88</v>
       </c>
       <c r="E19" s="14" t="s">
         <v>89</v>
       </c>
       <c r="F19" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="14" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A20" s="12" t="s">
         <v>91</v>
@@ -12079,74 +12313,74 @@
       </c>
     </row>
     <row r="21" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A21" s="12" t="s">
         <v>95</v>
       </c>
       <c r="B21" s="13">
         <v>40203341631</v>
       </c>
       <c r="C21" s="13" t="s">
         <v>82</v>
       </c>
       <c r="D21" s="10" t="s">
         <v>96</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>97</v>
       </c>
       <c r="F21" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G21" s="10" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="22" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A22" s="12" t="s">
         <v>99</v>
       </c>
       <c r="B22" s="13">
         <v>50203397641</v>
       </c>
       <c r="C22" s="13" t="s">
         <v>82</v>
       </c>
       <c r="D22" s="10" t="s">
         <v>100</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>101</v>
       </c>
       <c r="F22" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G22" s="10" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="23" spans="1:7" ht="198" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A23" s="12" t="s">
         <v>102</v>
       </c>
       <c r="B23" s="13">
         <v>40203361572</v>
       </c>
       <c r="C23" s="9" t="s">
         <v>103</v>
       </c>
       <c r="D23" s="10" t="s">
         <v>104</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>105</v>
       </c>
       <c r="F23" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G23" s="14" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="24" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A24" s="12" t="s">
         <v>107</v>
@@ -12470,51 +12704,51 @@
       </c>
     </row>
     <row r="38" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A38" s="12" t="s">
         <v>161</v>
       </c>
       <c r="B38" s="13">
         <v>41703001707</v>
       </c>
       <c r="C38" s="13" t="s">
         <v>120</v>
       </c>
       <c r="D38" s="10" t="s">
         <v>162</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>163</v>
       </c>
       <c r="F38" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G38" s="14" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="39" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A39" s="12" t="s">
         <v>165</v>
       </c>
       <c r="B39" s="13">
         <v>40203145913</v>
       </c>
       <c r="C39" s="13" t="s">
         <v>166</v>
       </c>
       <c r="D39" s="10" t="s">
         <v>167</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>168</v>
       </c>
       <c r="F39" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G39" s="14" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="40" spans="1:7" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="12" t="s">
         <v>170</v>
@@ -12539,235 +12773,235 @@
       </c>
     </row>
     <row r="41" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A41" s="12" t="s">
         <v>175</v>
       </c>
       <c r="B41" s="13">
         <v>40003777945</v>
       </c>
       <c r="C41" s="18" t="s">
         <v>176</v>
       </c>
       <c r="D41" s="14" t="s">
         <v>177</v>
       </c>
       <c r="E41" s="14" t="s">
         <v>178</v>
       </c>
       <c r="F41" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="14" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="42" spans="1:7" ht="290.39999999999998" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:7" ht="264" x14ac:dyDescent="0.25">
       <c r="A42" s="12" t="s">
         <v>180</v>
       </c>
       <c r="B42" s="13">
         <v>40203197718</v>
       </c>
       <c r="C42" s="13" t="s">
         <v>181</v>
       </c>
       <c r="D42" s="10" t="s">
         <v>182</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>183</v>
       </c>
       <c r="F42" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="10" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="43" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A43" s="12" t="s">
         <v>185</v>
       </c>
       <c r="B43" s="13">
         <v>40203266954</v>
       </c>
       <c r="C43" s="13" t="s">
         <v>171</v>
       </c>
       <c r="D43" s="19" t="s">
         <v>186</v>
       </c>
       <c r="E43" s="19" t="s">
         <v>187</v>
       </c>
       <c r="F43" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="19" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="44" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A44" s="12" t="s">
         <v>189</v>
       </c>
       <c r="B44" s="13">
         <v>40203001960</v>
       </c>
       <c r="C44" s="13" t="s">
         <v>190</v>
       </c>
       <c r="D44" s="14" t="s">
         <v>191</v>
       </c>
       <c r="E44" s="14" t="s">
         <v>192</v>
       </c>
       <c r="F44" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="14" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="45" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:7" ht="68.400000000000006" x14ac:dyDescent="0.25">
       <c r="A45" s="12" t="s">
         <v>194</v>
       </c>
       <c r="B45" s="13">
         <v>40203478300</v>
       </c>
       <c r="C45" s="13" t="s">
         <v>195</v>
       </c>
       <c r="D45" s="14" t="s">
         <v>196</v>
       </c>
       <c r="E45" s="14" t="s">
         <v>197</v>
       </c>
       <c r="F45" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="14" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="46" spans="1:7" ht="165" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="12" t="s">
         <v>198</v>
       </c>
       <c r="B46" s="13">
         <v>40103491868</v>
       </c>
       <c r="C46" s="13" t="s">
         <v>199</v>
       </c>
       <c r="D46" s="14" t="s">
         <v>200</v>
       </c>
       <c r="E46" s="14" t="s">
         <v>201</v>
       </c>
       <c r="F46" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G46" s="14" t="s">
         <v>202</v>
       </c>
     </row>
-    <row r="47" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A47" s="12" t="s">
         <v>203</v>
       </c>
       <c r="B47" s="13">
         <v>41203075013</v>
       </c>
       <c r="C47" s="13" t="s">
         <v>204</v>
       </c>
       <c r="D47" s="14" t="s">
         <v>205</v>
       </c>
       <c r="E47" s="14" t="s">
         <v>206</v>
       </c>
       <c r="F47" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G47" s="14" t="s">
         <v>207</v>
       </c>
     </row>
-    <row r="48" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A48" s="12" t="s">
         <v>208</v>
       </c>
       <c r="B48" s="13">
         <v>40103221943</v>
       </c>
       <c r="C48" s="13" t="s">
         <v>204</v>
       </c>
       <c r="D48" s="14" t="s">
         <v>209</v>
       </c>
       <c r="E48" s="14" t="s">
         <v>210</v>
       </c>
       <c r="F48" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G48" s="14" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="49" spans="1:7" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="12" t="s">
         <v>212</v>
       </c>
       <c r="B49" s="13">
         <v>40203471355</v>
       </c>
       <c r="C49" s="13" t="s">
         <v>213</v>
       </c>
       <c r="D49" s="14" t="s">
         <v>214</v>
       </c>
       <c r="E49" s="14" t="s">
         <v>215</v>
       </c>
       <c r="F49" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="14" t="s">
         <v>216</v>
       </c>
     </row>
-    <row r="50" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A50" s="12" t="s">
         <v>217</v>
       </c>
       <c r="B50" s="13">
         <v>42103084644</v>
       </c>
       <c r="C50" s="13" t="s">
         <v>218</v>
       </c>
       <c r="D50" s="14" t="s">
         <v>219</v>
       </c>
       <c r="E50" s="14" t="s">
         <v>220</v>
       </c>
       <c r="F50" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G50" s="14" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="51" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A51" s="12" t="s">
         <v>222</v>
@@ -12884,51 +13118,51 @@
       </c>
     </row>
     <row r="56" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A56" s="12" t="s">
         <v>244</v>
       </c>
       <c r="B56" s="13">
         <v>40203349404</v>
       </c>
       <c r="C56" s="13" t="s">
         <v>245</v>
       </c>
       <c r="D56" s="10" t="s">
         <v>246</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>247</v>
       </c>
       <c r="F56" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G56" s="10" t="s">
         <v>248</v>
       </c>
     </row>
-    <row r="57" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A57" s="12" t="s">
         <v>249</v>
       </c>
       <c r="B57" s="13">
         <v>40203167338</v>
       </c>
       <c r="C57" s="13" t="s">
         <v>250</v>
       </c>
       <c r="D57" s="10" t="s">
         <v>251</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>252</v>
       </c>
       <c r="F57" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G57" s="10" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="58" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A58" s="12" t="s">
         <v>254</v>
@@ -12953,51 +13187,51 @@
       </c>
     </row>
     <row r="59" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A59" s="12" t="s">
         <v>259</v>
       </c>
       <c r="B59" s="13">
         <v>44103128881</v>
       </c>
       <c r="C59" s="13" t="s">
         <v>260</v>
       </c>
       <c r="D59" s="10" t="s">
         <v>261</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>262</v>
       </c>
       <c r="F59" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G59" s="10" t="s">
         <v>263</v>
       </c>
     </row>
-    <row r="60" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A60" s="12" t="s">
         <v>264</v>
       </c>
       <c r="B60" s="13">
         <v>40203368161</v>
       </c>
       <c r="C60" s="13" t="s">
         <v>265</v>
       </c>
       <c r="D60" s="10" t="s">
         <v>266</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>267</v>
       </c>
       <c r="F60" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G60" s="10" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="61" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A61" s="12" t="s">
         <v>269</v>
@@ -13183,74 +13417,74 @@
       </c>
     </row>
     <row r="69" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A69" s="12" t="s">
         <v>304</v>
       </c>
       <c r="B69" s="13">
         <v>40103911975</v>
       </c>
       <c r="C69" s="9" t="s">
         <v>289</v>
       </c>
       <c r="D69" s="14" t="s">
         <v>305</v>
       </c>
       <c r="E69" s="14" t="s">
         <v>306</v>
       </c>
       <c r="F69" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G69" s="14" t="s">
         <v>307</v>
       </c>
     </row>
-    <row r="70" spans="1:7" ht="356.4" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:7" ht="316.8" x14ac:dyDescent="0.25">
       <c r="A70" s="12" t="s">
         <v>308</v>
       </c>
       <c r="B70" s="13">
         <v>40103630102</v>
       </c>
       <c r="C70" s="9" t="s">
         <v>309</v>
       </c>
       <c r="D70" s="10" t="s">
         <v>310</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>311</v>
       </c>
       <c r="F70" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G70" s="14" t="s">
         <v>312</v>
       </c>
     </row>
-    <row r="71" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A71" s="12" t="s">
         <v>313</v>
       </c>
       <c r="B71" s="13">
         <v>40203251179</v>
       </c>
       <c r="C71" s="13" t="s">
         <v>300</v>
       </c>
       <c r="D71" s="10" t="s">
         <v>314</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>315</v>
       </c>
       <c r="F71" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G71" s="14" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="72" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A72" s="12" t="s">
         <v>317</v>
@@ -13275,51 +13509,51 @@
       </c>
     </row>
     <row r="73" spans="1:7" ht="78.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="12" t="s">
         <v>322</v>
       </c>
       <c r="B73" s="13">
         <v>40203342853</v>
       </c>
       <c r="C73" s="13" t="s">
         <v>323</v>
       </c>
       <c r="D73" s="10" t="s">
         <v>324</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>325</v>
       </c>
       <c r="F73" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G73" s="10" t="s">
         <v>326</v>
       </c>
     </row>
-    <row r="74" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A74" s="12" t="s">
         <v>327</v>
       </c>
       <c r="B74" s="13">
         <v>40203325001</v>
       </c>
       <c r="C74" s="13" t="s">
         <v>323</v>
       </c>
       <c r="D74" s="10" t="s">
         <v>328</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>329</v>
       </c>
       <c r="F74" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G74" s="10" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="75" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A75" s="12" t="s">
         <v>331</v>
@@ -13666,51 +13900,51 @@
       </c>
     </row>
     <row r="90" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A90" s="12" t="s">
         <v>394</v>
       </c>
       <c r="B90" s="13">
         <v>40203497778</v>
       </c>
       <c r="C90" s="9" t="s">
         <v>395</v>
       </c>
       <c r="D90" s="10" t="s">
         <v>372</v>
       </c>
       <c r="E90" s="10" t="s">
         <v>396</v>
       </c>
       <c r="F90" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G90" s="10" t="s">
         <v>397</v>
       </c>
     </row>
-    <row r="91" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A91" s="12" t="s">
         <v>398</v>
       </c>
       <c r="B91" s="13">
         <v>43603083141</v>
       </c>
       <c r="C91" s="9" t="s">
         <v>399</v>
       </c>
       <c r="D91" s="10" t="s">
         <v>400</v>
       </c>
       <c r="E91" s="10" t="s">
         <v>401</v>
       </c>
       <c r="F91" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G91" s="10" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="92" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A92" s="12" t="s">
         <v>403</v>
@@ -13758,51 +13992,51 @@
       </c>
     </row>
     <row r="94" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A94" s="12" t="s">
         <v>413</v>
       </c>
       <c r="B94" s="13">
         <v>40203025954</v>
       </c>
       <c r="C94" s="13" t="s">
         <v>414</v>
       </c>
       <c r="D94" s="10" t="s">
         <v>415</v>
       </c>
       <c r="E94" s="10" t="s">
         <v>416</v>
       </c>
       <c r="F94" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G94" s="10" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="95" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A95" s="12" t="s">
         <v>418</v>
       </c>
       <c r="B95" s="13">
         <v>40203424543</v>
       </c>
       <c r="C95" s="13" t="s">
         <v>409</v>
       </c>
       <c r="D95" s="10" t="s">
         <v>419</v>
       </c>
       <c r="E95" s="10" t="s">
         <v>420</v>
       </c>
       <c r="F95" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G95" s="10" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="96" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A96" s="12" t="s">
         <v>422</v>
@@ -14149,51 +14383,51 @@
       </c>
     </row>
     <row r="111" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A111" s="12" t="s">
         <v>483</v>
       </c>
       <c r="B111" s="13">
         <v>40003604705</v>
       </c>
       <c r="C111" s="13" t="s">
         <v>480</v>
       </c>
       <c r="D111" s="10" t="s">
         <v>484</v>
       </c>
       <c r="E111" s="10" t="s">
         <v>485</v>
       </c>
       <c r="F111" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G111" s="10" t="s">
         <v>486</v>
       </c>
     </row>
-    <row r="112" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A112" s="12" t="s">
         <v>487</v>
       </c>
       <c r="B112" s="13">
         <v>40203067746</v>
       </c>
       <c r="C112" s="13" t="s">
         <v>488</v>
       </c>
       <c r="D112" s="10" t="s">
         <v>489</v>
       </c>
       <c r="E112" s="10" t="s">
         <v>490</v>
       </c>
       <c r="F112" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G112" s="10" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="113" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A113" s="12" t="s">
         <v>492</v>
@@ -14220,51 +14454,51 @@
     </row>
     <row r="114" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A114" s="12" t="s">
         <v>496</v>
       </c>
       <c r="B114" s="13">
         <v>40003748293</v>
       </c>
       <c r="C114" s="9" t="s">
         <v>497</v>
       </c>
       <c r="D114" s="10" t="s">
         <v>498</v>
       </c>
       <c r="E114" s="10" t="s">
         <v>499</v>
       </c>
       <c r="F114" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G114" s="10" t="s">
         <v>500</v>
       </c>
       <c r="H114" s="11"/>
     </row>
-    <row r="115" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:8" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A115" s="12" t="s">
         <v>501</v>
       </c>
       <c r="B115" s="13">
         <v>40203202686</v>
       </c>
       <c r="C115" s="9" t="s">
         <v>497</v>
       </c>
       <c r="D115" s="10" t="s">
         <v>502</v>
       </c>
       <c r="E115" s="10" t="s">
         <v>503</v>
       </c>
       <c r="F115" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G115" s="10" t="s">
         <v>504</v>
       </c>
       <c r="H115" s="11"/>
     </row>
     <row r="116" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A116" s="12" t="s">
@@ -14364,51 +14598,51 @@
     </row>
     <row r="120" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A120" s="12" t="s">
         <v>522</v>
       </c>
       <c r="B120" s="13">
         <v>40203408619</v>
       </c>
       <c r="C120" s="9" t="s">
         <v>523</v>
       </c>
       <c r="D120" s="10" t="s">
         <v>524</v>
       </c>
       <c r="E120" s="10" t="s">
         <v>525</v>
       </c>
       <c r="F120" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G120" s="10" t="s">
         <v>526</v>
       </c>
       <c r="H120" s="11"/>
     </row>
-    <row r="121" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A121" s="12" t="s">
         <v>527</v>
       </c>
       <c r="B121" s="13">
         <v>48503027800</v>
       </c>
       <c r="C121" s="9" t="s">
         <v>523</v>
       </c>
       <c r="D121" s="10" t="s">
         <v>528</v>
       </c>
       <c r="E121" s="10" t="s">
         <v>529</v>
       </c>
       <c r="F121" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G121" s="10" t="s">
         <v>530</v>
       </c>
       <c r="H121" s="11"/>
     </row>
     <row r="122" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A122" s="12" t="s">
@@ -14460,51 +14694,51 @@
     </row>
     <row r="124" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A124" s="12" t="s">
         <v>540</v>
       </c>
       <c r="B124" s="13">
         <v>40203357350</v>
       </c>
       <c r="C124" s="9" t="s">
         <v>532</v>
       </c>
       <c r="D124" s="10" t="s">
         <v>358</v>
       </c>
       <c r="E124" s="10" t="s">
         <v>541</v>
       </c>
       <c r="F124" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G124" s="10" t="s">
         <v>542</v>
       </c>
       <c r="H124" s="11"/>
     </row>
-    <row r="125" spans="1:8" ht="66" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:8" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A125" s="12" t="s">
         <v>543</v>
       </c>
       <c r="B125" s="13">
         <v>40003440742</v>
       </c>
       <c r="C125" s="9" t="s">
         <v>544</v>
       </c>
       <c r="D125" s="10" t="s">
         <v>545</v>
       </c>
       <c r="E125" s="10" t="s">
         <v>546</v>
       </c>
       <c r="F125" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G125" s="10" t="s">
         <v>548</v>
       </c>
       <c r="H125" s="11"/>
     </row>
     <row r="126" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A126" s="12" t="s">
@@ -15036,51 +15270,51 @@
     </row>
     <row r="148" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A148" s="12" t="s">
         <v>645</v>
       </c>
       <c r="B148" s="13">
         <v>40203337424</v>
       </c>
       <c r="C148" s="9" t="s">
         <v>639</v>
       </c>
       <c r="D148" s="10" t="s">
         <v>646</v>
       </c>
       <c r="E148" s="10" t="s">
         <v>647</v>
       </c>
       <c r="F148" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G148" s="10" t="s">
         <v>648</v>
       </c>
       <c r="H148" s="11"/>
     </row>
-    <row r="149" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A149" s="12" t="s">
         <v>649</v>
       </c>
       <c r="B149" s="13">
         <v>40103962717</v>
       </c>
       <c r="C149" s="9" t="s">
         <v>650</v>
       </c>
       <c r="D149" s="10" t="s">
         <v>651</v>
       </c>
       <c r="E149" s="10" t="s">
         <v>652</v>
       </c>
       <c r="F149" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G149" s="10" t="s">
         <v>615</v>
       </c>
       <c r="H149" s="11"/>
     </row>
     <row r="150" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A150" s="12" t="s">
@@ -15540,51 +15774,51 @@
     </row>
     <row r="169" spans="1:8" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A169" s="16" t="s">
         <v>735</v>
       </c>
       <c r="B169" s="13">
         <v>40203444535</v>
       </c>
       <c r="C169" s="5" t="s">
         <v>726</v>
       </c>
       <c r="D169" s="10" t="s">
         <v>736</v>
       </c>
       <c r="E169" s="10" t="s">
         <v>737</v>
       </c>
       <c r="F169" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G169" s="10" t="s">
         <v>738</v>
       </c>
       <c r="H169" s="11"/>
     </row>
-    <row r="170" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A170" s="16" t="s">
         <v>739</v>
       </c>
       <c r="B170" s="13">
         <v>50203453351</v>
       </c>
       <c r="C170" s="13" t="s">
         <v>740</v>
       </c>
       <c r="D170" s="10" t="s">
         <v>493</v>
       </c>
       <c r="E170" s="10" t="s">
         <v>741</v>
       </c>
       <c r="F170" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G170" s="10" t="s">
         <v>742</v>
       </c>
       <c r="H170" s="11"/>
     </row>
     <row r="171" spans="1:8" ht="66" x14ac:dyDescent="0.25">
       <c r="A171" s="16" t="s">
@@ -15660,122 +15894,122 @@
     </row>
     <row r="174" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A174" s="16" t="s">
         <v>753</v>
       </c>
       <c r="B174" s="13">
         <v>90013082759</v>
       </c>
       <c r="C174" s="13" t="s">
         <v>754</v>
       </c>
       <c r="D174" s="16" t="s">
         <v>755</v>
       </c>
       <c r="E174" s="10" t="s">
         <v>758</v>
       </c>
       <c r="F174" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G174" s="10" t="s">
         <v>759</v>
       </c>
       <c r="H174" s="11"/>
     </row>
-    <row r="175" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A175" s="16" t="s">
         <v>753</v>
       </c>
       <c r="B175" s="13">
         <v>90013082759</v>
       </c>
       <c r="C175" s="13" t="s">
         <v>754</v>
       </c>
       <c r="D175" s="16" t="s">
         <v>760</v>
       </c>
       <c r="E175" s="10" t="s">
         <v>761</v>
       </c>
       <c r="F175" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G175" s="10" t="s">
         <v>757</v>
       </c>
       <c r="H175" s="11"/>
     </row>
-    <row r="176" spans="1:8" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:8" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A176" s="16" t="s">
         <v>753</v>
       </c>
       <c r="B176" s="13">
         <v>90013082759</v>
       </c>
       <c r="C176" s="13" t="s">
         <v>754</v>
       </c>
       <c r="D176" s="16" t="s">
         <v>755</v>
       </c>
       <c r="E176" s="10" t="s">
         <v>762</v>
       </c>
       <c r="F176" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G176" s="10" t="s">
         <v>757</v>
       </c>
       <c r="H176" s="11"/>
     </row>
     <row r="177" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A177" s="16" t="s">
         <v>753</v>
       </c>
       <c r="B177" s="13">
         <v>90013082759</v>
       </c>
       <c r="C177" s="13" t="s">
         <v>754</v>
       </c>
       <c r="D177" s="16" t="s">
         <v>755</v>
       </c>
       <c r="E177" s="10" t="s">
         <v>763</v>
       </c>
       <c r="F177" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G177" s="10" t="s">
         <v>757</v>
       </c>
     </row>
-    <row r="178" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A178" s="16" t="s">
         <v>753</v>
       </c>
       <c r="B178" s="13">
         <v>90013082759</v>
       </c>
       <c r="C178" s="13" t="s">
         <v>754</v>
       </c>
       <c r="D178" s="16" t="s">
         <v>755</v>
       </c>
       <c r="E178" s="10" t="s">
         <v>764</v>
       </c>
       <c r="F178" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G178" s="10" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="179" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A179" s="16" t="s">
         <v>765</v>
@@ -15800,97 +16034,97 @@
       </c>
     </row>
     <row r="180" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A180" s="16" t="s">
         <v>770</v>
       </c>
       <c r="B180" s="13">
         <v>40203445831</v>
       </c>
       <c r="C180" s="13" t="s">
         <v>771</v>
       </c>
       <c r="D180" s="16" t="s">
         <v>772</v>
       </c>
       <c r="E180" s="10" t="s">
         <v>773</v>
       </c>
       <c r="F180" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G180" s="10" t="s">
         <v>774</v>
       </c>
     </row>
-    <row r="181" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A181" s="16" t="s">
         <v>775</v>
       </c>
       <c r="B181" s="13">
         <v>40203050627</v>
       </c>
       <c r="C181" s="13" t="s">
         <v>776</v>
       </c>
       <c r="D181" s="16" t="s">
         <v>777</v>
       </c>
       <c r="E181" s="10" t="s">
         <v>778</v>
       </c>
       <c r="F181" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G181" s="10" t="s">
         <v>779</v>
       </c>
     </row>
-    <row r="182" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A182" s="16" t="s">
         <v>780</v>
       </c>
       <c r="B182" s="13">
         <v>48503019625</v>
       </c>
       <c r="C182" s="13" t="s">
         <v>781</v>
       </c>
       <c r="D182" s="16" t="s">
         <v>782</v>
       </c>
       <c r="E182" s="10" t="s">
         <v>783</v>
       </c>
       <c r="F182" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G182" s="10" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="183" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A183" s="16" t="s">
         <v>784</v>
       </c>
       <c r="B183" s="13">
         <v>40103566344</v>
       </c>
       <c r="C183" s="13" t="s">
         <v>785</v>
       </c>
       <c r="D183" s="16" t="s">
         <v>786</v>
       </c>
       <c r="E183" s="10" t="s">
         <v>787</v>
       </c>
       <c r="F183" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G183" s="10" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="184" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A184" s="16" t="s">
         <v>789</v>
@@ -16076,51 +16310,51 @@
       </c>
     </row>
     <row r="192" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A192" s="16" t="s">
         <v>825</v>
       </c>
       <c r="B192" s="13">
         <v>90013082759</v>
       </c>
       <c r="C192" s="13" t="s">
         <v>826</v>
       </c>
       <c r="D192" s="16" t="s">
         <v>827</v>
       </c>
       <c r="E192" s="10" t="s">
         <v>828</v>
       </c>
       <c r="F192" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G192" s="10" t="s">
         <v>829</v>
       </c>
     </row>
-    <row r="193" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A193" s="16" t="s">
         <v>830</v>
       </c>
       <c r="B193" s="13">
         <v>40003762704</v>
       </c>
       <c r="C193" s="13" t="s">
         <v>831</v>
       </c>
       <c r="D193" s="16" t="s">
         <v>832</v>
       </c>
       <c r="E193" s="10" t="s">
         <v>833</v>
       </c>
       <c r="F193" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G193" s="10" t="s">
         <v>824</v>
       </c>
     </row>
     <row r="194" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A194" s="16" t="s">
         <v>834</v>
@@ -16168,74 +16402,74 @@
       </c>
     </row>
     <row r="196" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A196" s="16" t="s">
         <v>844</v>
       </c>
       <c r="B196" s="13">
         <v>41503071010</v>
       </c>
       <c r="C196" s="13" t="s">
         <v>845</v>
       </c>
       <c r="D196" s="16" t="s">
         <v>846</v>
       </c>
       <c r="E196" s="14" t="s">
         <v>847</v>
       </c>
       <c r="F196" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G196" s="14" t="s">
         <v>848</v>
       </c>
     </row>
-    <row r="197" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A197" s="16" t="s">
         <v>849</v>
       </c>
       <c r="B197" s="13">
         <v>40203319344</v>
       </c>
       <c r="C197" s="13" t="s">
         <v>845</v>
       </c>
       <c r="D197" s="16" t="s">
         <v>850</v>
       </c>
       <c r="E197" s="14" t="s">
         <v>851</v>
       </c>
       <c r="F197" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G197" s="14" t="s">
         <v>852</v>
       </c>
     </row>
-    <row r="198" spans="1:7" ht="198" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A198" s="16" t="s">
         <v>853</v>
       </c>
       <c r="B198" s="13">
         <v>50203099601</v>
       </c>
       <c r="C198" s="13" t="s">
         <v>854</v>
       </c>
       <c r="D198" s="16" t="s">
         <v>855</v>
       </c>
       <c r="E198" s="19" t="s">
         <v>856</v>
       </c>
       <c r="F198" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G198" s="14" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="199" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A199" s="16" t="s">
         <v>858</v>
@@ -16306,51 +16540,51 @@
       </c>
     </row>
     <row r="202" spans="1:7" ht="97.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A202" s="16" t="s">
         <v>871</v>
       </c>
       <c r="B202" s="13">
         <v>40103193847</v>
       </c>
       <c r="C202" s="13" t="s">
         <v>872</v>
       </c>
       <c r="D202" s="16" t="s">
         <v>873</v>
       </c>
       <c r="E202" s="19" t="s">
         <v>874</v>
       </c>
       <c r="F202" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G202" s="14" t="s">
         <v>875</v>
       </c>
     </row>
-    <row r="203" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A203" s="16" t="s">
         <v>876</v>
       </c>
       <c r="B203" s="13">
         <v>40203124023</v>
       </c>
       <c r="C203" s="13" t="s">
         <v>877</v>
       </c>
       <c r="D203" s="16" t="s">
         <v>878</v>
       </c>
       <c r="E203" s="19" t="s">
         <v>879</v>
       </c>
       <c r="F203" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G203" s="14" t="s">
         <v>880</v>
       </c>
     </row>
     <row r="204" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A204" s="16" t="s">
         <v>881</v>
@@ -16398,51 +16632,51 @@
       </c>
     </row>
     <row r="206" spans="1:7" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A206" s="16" t="s">
         <v>889</v>
       </c>
       <c r="B206" s="13">
         <v>40203397368</v>
       </c>
       <c r="C206" s="13" t="s">
         <v>872</v>
       </c>
       <c r="D206" s="16" t="s">
         <v>890</v>
       </c>
       <c r="E206" s="19" t="s">
         <v>891</v>
       </c>
       <c r="F206" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G206" s="14" t="s">
         <v>892</v>
       </c>
     </row>
-    <row r="207" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A207" s="16" t="s">
         <v>893</v>
       </c>
       <c r="B207" s="13">
         <v>40203375676</v>
       </c>
       <c r="C207" s="13" t="s">
         <v>894</v>
       </c>
       <c r="D207" s="16" t="s">
         <v>895</v>
       </c>
       <c r="E207" s="19" t="s">
         <v>896</v>
       </c>
       <c r="F207" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G207" s="14" t="s">
         <v>865</v>
       </c>
     </row>
     <row r="208" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A208" s="16" t="s">
         <v>897</v>
@@ -16628,51 +16862,51 @@
       </c>
     </row>
     <row r="216" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A216" s="16" t="s">
         <v>932</v>
       </c>
       <c r="B216" s="13">
         <v>40203341631</v>
       </c>
       <c r="C216" s="9" t="s">
         <v>933</v>
       </c>
       <c r="D216" s="16" t="s">
         <v>934</v>
       </c>
       <c r="E216" s="12" t="s">
         <v>935</v>
       </c>
       <c r="F216" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G216" s="12" t="s">
         <v>936</v>
       </c>
     </row>
-    <row r="217" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="217" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A217" s="16" t="s">
         <v>937</v>
       </c>
       <c r="B217" s="13">
         <v>40203340246</v>
       </c>
       <c r="C217" s="9" t="s">
         <v>933</v>
       </c>
       <c r="D217" s="16" t="s">
         <v>938</v>
       </c>
       <c r="E217" s="12" t="s">
         <v>939</v>
       </c>
       <c r="F217" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G217" s="12" t="s">
         <v>940</v>
       </c>
     </row>
     <row r="218" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A218" s="16" t="s">
         <v>941</v>
@@ -17019,97 +17253,97 @@
       </c>
     </row>
     <row r="233" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A233" s="16" t="s">
         <v>1013</v>
       </c>
       <c r="B233" s="13">
         <v>40103831557</v>
       </c>
       <c r="C233" s="13" t="s">
         <v>1014</v>
       </c>
       <c r="D233" s="16" t="s">
         <v>1015</v>
       </c>
       <c r="E233" s="12" t="s">
         <v>1016</v>
       </c>
       <c r="F233" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G233" s="12" t="s">
         <v>1017</v>
       </c>
     </row>
-    <row r="234" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="234" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A234" s="16" t="s">
         <v>1018</v>
       </c>
       <c r="B234" s="13">
         <v>40008117985</v>
       </c>
       <c r="C234" s="13" t="s">
         <v>1009</v>
       </c>
       <c r="D234" s="16" t="s">
         <v>1019</v>
       </c>
       <c r="E234" s="12" t="s">
         <v>1020</v>
       </c>
       <c r="F234" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G234" s="12" t="s">
         <v>1021</v>
       </c>
     </row>
     <row r="235" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A235" s="16" t="s">
         <v>1022</v>
       </c>
       <c r="B235" s="13">
         <v>40103546954</v>
       </c>
       <c r="C235" s="13" t="s">
         <v>1023</v>
       </c>
       <c r="D235" s="16" t="s">
         <v>1024</v>
       </c>
       <c r="E235" s="12" t="s">
         <v>1025</v>
       </c>
       <c r="F235" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G235" s="12" t="s">
         <v>1026</v>
       </c>
     </row>
-    <row r="236" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="236" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A236" s="16" t="s">
         <v>1027</v>
       </c>
       <c r="B236" s="13">
         <v>40003959496</v>
       </c>
       <c r="C236" s="13" t="s">
         <v>1028</v>
       </c>
       <c r="D236" s="16" t="s">
         <v>1029</v>
       </c>
       <c r="E236" s="12" t="s">
         <v>1030</v>
       </c>
       <c r="F236" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G236" s="12" t="s">
         <v>1031</v>
       </c>
     </row>
     <row r="237" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A237" s="16" t="s">
         <v>1032</v>
@@ -17341,51 +17575,51 @@
       </c>
     </row>
     <row r="247" spans="1:7" ht="277.2" x14ac:dyDescent="0.25">
       <c r="A247" s="12" t="s">
         <v>1077</v>
       </c>
       <c r="B247" s="13" t="s">
         <v>1078</v>
       </c>
       <c r="C247" s="13" t="s">
         <v>1062</v>
       </c>
       <c r="D247" s="12" t="s">
         <v>1079</v>
       </c>
       <c r="E247" s="12" t="s">
         <v>1080</v>
       </c>
       <c r="F247" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G247" s="12" t="s">
         <v>1081</v>
       </c>
     </row>
-    <row r="248" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="248" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A248" s="12" t="s">
         <v>1082</v>
       </c>
       <c r="B248" s="13">
         <v>40103910522</v>
       </c>
       <c r="C248" s="13" t="s">
         <v>1083</v>
       </c>
       <c r="D248" s="12" t="s">
         <v>1084</v>
       </c>
       <c r="E248" s="12" t="s">
         <v>1085</v>
       </c>
       <c r="F248" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G248" s="12" t="s">
         <v>1076</v>
       </c>
     </row>
     <row r="249" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A249" s="12" t="s">
         <v>1086</v>
@@ -17456,51 +17690,51 @@
       </c>
     </row>
     <row r="252" spans="1:7" ht="146.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A252" s="12" t="s">
         <v>1100</v>
       </c>
       <c r="B252" s="13">
         <v>40203506375</v>
       </c>
       <c r="C252" s="13" t="s">
         <v>1101</v>
       </c>
       <c r="D252" s="12" t="s">
         <v>1102</v>
       </c>
       <c r="E252" s="12" t="s">
         <v>1103</v>
       </c>
       <c r="F252" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G252" s="12" t="s">
         <v>1104</v>
       </c>
     </row>
-    <row r="253" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="253" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A253" s="12" t="s">
         <v>1105</v>
       </c>
       <c r="B253" s="13">
         <v>50203399271</v>
       </c>
       <c r="C253" s="13" t="s">
         <v>1101</v>
       </c>
       <c r="D253" s="12" t="s">
         <v>1106</v>
       </c>
       <c r="E253" s="12" t="s">
         <v>1107</v>
       </c>
       <c r="F253" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G253" s="12" t="s">
         <v>1108</v>
       </c>
     </row>
     <row r="254" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A254" s="12" t="s">
         <v>1109</v>
@@ -17548,51 +17782,51 @@
       </c>
     </row>
     <row r="256" spans="1:7" ht="117" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A256" s="12" t="s">
         <v>1119</v>
       </c>
       <c r="B256" s="13">
         <v>44103142387</v>
       </c>
       <c r="C256" s="13" t="s">
         <v>1120</v>
       </c>
       <c r="D256" s="12" t="s">
         <v>1121</v>
       </c>
       <c r="E256" s="12" t="s">
         <v>1122</v>
       </c>
       <c r="F256" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G256" s="12" t="s">
         <v>1123</v>
       </c>
     </row>
-    <row r="257" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="257" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A257" s="12" t="s">
         <v>1124</v>
       </c>
       <c r="B257" s="13">
         <v>44103081129</v>
       </c>
       <c r="C257" s="13" t="s">
         <v>1125</v>
       </c>
       <c r="D257" s="12" t="s">
         <v>1126</v>
       </c>
       <c r="E257" s="12" t="s">
         <v>1127</v>
       </c>
       <c r="F257" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G257" s="12" t="s">
         <v>1128</v>
       </c>
       <c r="H257" s="11"/>
       <c r="I257" s="11"/>
       <c r="J257" s="11"/>
       <c r="K257" s="11"/>
@@ -17606,51 +17840,51 @@
       <c r="B258" s="13">
         <v>40203355059</v>
       </c>
       <c r="C258" s="13" t="s">
         <v>1130</v>
       </c>
       <c r="D258" s="12" t="s">
         <v>1131</v>
       </c>
       <c r="E258" s="12" t="s">
         <v>1132</v>
       </c>
       <c r="F258" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G258" s="12" t="s">
         <v>1104</v>
       </c>
       <c r="H258" s="11"/>
       <c r="I258" s="11"/>
       <c r="J258" s="11"/>
       <c r="K258" s="11"/>
       <c r="L258" s="11"/>
       <c r="M258" s="11"/>
     </row>
-    <row r="259" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="259" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A259" s="12" t="s">
         <v>1133</v>
       </c>
       <c r="B259" s="13">
         <v>40103741215</v>
       </c>
       <c r="C259" s="13" t="s">
         <v>1134</v>
       </c>
       <c r="D259" s="12" t="s">
         <v>1135</v>
       </c>
       <c r="E259" s="12" t="s">
         <v>1136</v>
       </c>
       <c r="F259" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G259" s="12" t="s">
         <v>1137</v>
       </c>
       <c r="H259" s="11"/>
       <c r="I259" s="11"/>
       <c r="J259" s="11"/>
       <c r="K259" s="11"/>
@@ -18058,51 +18292,51 @@
       </c>
     </row>
     <row r="274" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A274" s="12" t="s">
         <v>1200</v>
       </c>
       <c r="B274" s="13">
         <v>40203434005</v>
       </c>
       <c r="C274" s="13" t="s">
         <v>1191</v>
       </c>
       <c r="D274" s="12" t="s">
         <v>1201</v>
       </c>
       <c r="E274" s="12" t="s">
         <v>1202</v>
       </c>
       <c r="F274" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G274" s="12" t="s">
         <v>1203</v>
       </c>
     </row>
-    <row r="275" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="275" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A275" s="12" t="s">
         <v>1204</v>
       </c>
       <c r="B275" s="13">
         <v>40002195596</v>
       </c>
       <c r="C275" s="13" t="s">
         <v>1191</v>
       </c>
       <c r="D275" s="12" t="s">
         <v>1205</v>
       </c>
       <c r="E275" s="12" t="s">
         <v>1206</v>
       </c>
       <c r="F275" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G275" s="12" t="s">
         <v>1207</v>
       </c>
     </row>
     <row r="276" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A276" s="12" t="s">
         <v>1208</v>
@@ -18403,51 +18637,51 @@
       </c>
     </row>
     <row r="289" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
       <c r="A289" s="12" t="s">
         <v>1263</v>
       </c>
       <c r="B289" s="13">
         <v>43603078723</v>
       </c>
       <c r="C289" s="13" t="s">
         <v>1264</v>
       </c>
       <c r="D289" s="12" t="s">
         <v>1265</v>
       </c>
       <c r="E289" s="12" t="s">
         <v>1266</v>
       </c>
       <c r="F289" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G289" s="12" t="s">
         <v>1267</v>
       </c>
     </row>
-    <row r="290" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="290" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A290" s="12" t="s">
         <v>1268</v>
       </c>
       <c r="B290" s="13">
         <v>40203510794</v>
       </c>
       <c r="C290" s="13" t="s">
         <v>1269</v>
       </c>
       <c r="D290" s="12" t="s">
         <v>1270</v>
       </c>
       <c r="E290" s="12" t="s">
         <v>1271</v>
       </c>
       <c r="F290" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G290" s="12" t="s">
         <v>1272</v>
       </c>
     </row>
     <row r="291" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A291" s="12" t="s">
         <v>1273</v>
@@ -18587,51 +18821,51 @@
       </c>
     </row>
     <row r="297" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A297" s="12" t="s">
         <v>1297</v>
       </c>
       <c r="B297" s="13">
         <v>40203337000</v>
       </c>
       <c r="C297" s="13" t="s">
         <v>1298</v>
       </c>
       <c r="D297" s="12" t="s">
         <v>1299</v>
       </c>
       <c r="E297" s="12" t="s">
         <v>1300</v>
       </c>
       <c r="F297" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G297" s="12" t="s">
         <v>1301</v>
       </c>
     </row>
-    <row r="298" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="298" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A298" s="12" t="s">
         <v>1302</v>
       </c>
       <c r="B298" s="13">
         <v>40203431598</v>
       </c>
       <c r="C298" s="13" t="s">
         <v>1298</v>
       </c>
       <c r="D298" s="12" t="s">
         <v>1303</v>
       </c>
       <c r="E298" s="12" t="s">
         <v>1304</v>
       </c>
       <c r="F298" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G298" s="12" t="s">
         <v>1305</v>
       </c>
     </row>
     <row r="299" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A299" s="12" t="s">
         <v>1306</v>
@@ -18679,189 +18913,189 @@
       </c>
     </row>
     <row r="301" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A301" s="12" t="s">
         <v>1315</v>
       </c>
       <c r="B301" s="13">
         <v>40203531851</v>
       </c>
       <c r="C301" s="13" t="s">
         <v>1311</v>
       </c>
       <c r="D301" s="12" t="s">
         <v>1316</v>
       </c>
       <c r="E301" s="12" t="s">
         <v>1317</v>
       </c>
       <c r="F301" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G301" s="12" t="s">
         <v>1318</v>
       </c>
     </row>
-    <row r="302" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="302" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A302" s="12" t="s">
         <v>1319</v>
       </c>
       <c r="B302" s="13">
         <v>40203476456</v>
       </c>
       <c r="C302" s="13" t="s">
         <v>1311</v>
       </c>
       <c r="D302" s="12" t="s">
         <v>1320</v>
       </c>
       <c r="E302" s="12" t="s">
         <v>1321</v>
       </c>
       <c r="F302" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G302" s="12" t="s">
         <v>1322</v>
       </c>
     </row>
     <row r="303" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A303" s="12" t="s">
         <v>1323</v>
       </c>
       <c r="B303" s="13">
         <v>40203520203</v>
       </c>
       <c r="C303" s="13" t="s">
         <v>1311</v>
       </c>
       <c r="D303" s="12" t="s">
         <v>1324</v>
       </c>
       <c r="E303" s="12" t="s">
         <v>1325</v>
       </c>
       <c r="F303" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G303" s="12" t="s">
         <v>1326</v>
       </c>
     </row>
-    <row r="304" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="304" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A304" s="12" t="s">
         <v>1327</v>
       </c>
       <c r="B304" s="13">
         <v>40203433353</v>
       </c>
       <c r="C304" s="13" t="s">
         <v>1311</v>
       </c>
       <c r="D304" s="12" t="s">
         <v>1328</v>
       </c>
       <c r="E304" s="12" t="s">
         <v>1329</v>
       </c>
       <c r="F304" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G304" s="12" t="s">
         <v>1330</v>
       </c>
     </row>
     <row r="305" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A305" s="12" t="s">
         <v>1331</v>
       </c>
       <c r="B305" s="13">
         <v>40203442267</v>
       </c>
       <c r="C305" s="13" t="s">
         <v>1332</v>
       </c>
       <c r="D305" s="12" t="s">
         <v>1333</v>
       </c>
       <c r="E305" s="12" t="s">
         <v>1334</v>
       </c>
       <c r="F305" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G305" s="12" t="s">
         <v>1335</v>
       </c>
     </row>
-    <row r="306" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="306" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A306" s="12" t="s">
         <v>1336</v>
       </c>
       <c r="B306" s="13">
         <v>40203530358</v>
       </c>
       <c r="C306" s="13" t="s">
         <v>1332</v>
       </c>
       <c r="D306" s="12" t="s">
         <v>1337</v>
       </c>
       <c r="E306" s="12" t="s">
         <v>1338</v>
       </c>
       <c r="F306" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G306" s="12" t="s">
         <v>1339</v>
       </c>
     </row>
     <row r="307" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A307" s="12" t="s">
         <v>1340</v>
       </c>
       <c r="B307" s="13">
         <v>50203548281</v>
       </c>
       <c r="C307" s="13" t="s">
         <v>1332</v>
       </c>
       <c r="D307" s="12" t="s">
         <v>1341</v>
       </c>
       <c r="E307" s="12" t="s">
         <v>1342</v>
       </c>
       <c r="F307" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G307" s="12" t="s">
         <v>1343</v>
       </c>
     </row>
-    <row r="308" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="308" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A308" s="10" t="s">
         <v>1344</v>
       </c>
       <c r="B308" s="13">
         <v>40203535637</v>
       </c>
       <c r="C308" s="13" t="s">
         <v>1332</v>
       </c>
       <c r="D308" s="10" t="s">
         <v>1345</v>
       </c>
       <c r="E308" s="10" t="s">
         <v>1346</v>
       </c>
       <c r="F308" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G308" s="15" t="s">
         <v>1343</v>
       </c>
     </row>
     <row r="309" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A309" s="10" t="s">
         <v>1347</v>
@@ -18955,74 +19189,74 @@
       </c>
     </row>
     <row r="313" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A313" s="10" t="s">
         <v>1364</v>
       </c>
       <c r="B313" s="13">
         <v>40203493193</v>
       </c>
       <c r="C313" s="13" t="s">
         <v>1356</v>
       </c>
       <c r="D313" s="10" t="s">
         <v>1365</v>
       </c>
       <c r="E313" s="10" t="s">
         <v>1366</v>
       </c>
       <c r="F313" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G313" s="15" t="s">
         <v>303</v>
       </c>
     </row>
-    <row r="314" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="314" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A314" s="14" t="s">
         <v>1367</v>
       </c>
       <c r="B314" s="18">
         <v>40103561775</v>
       </c>
       <c r="C314" s="18" t="s">
         <v>1332</v>
       </c>
       <c r="D314" s="14" t="s">
         <v>1368</v>
       </c>
       <c r="E314" s="14" t="s">
         <v>1369</v>
       </c>
       <c r="F314" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G314" s="15" t="s">
         <v>1370</v>
       </c>
     </row>
-    <row r="315" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="315" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A315" s="10" t="s">
         <v>1371</v>
       </c>
       <c r="B315" s="13">
         <v>43603005768</v>
       </c>
       <c r="C315" s="13" t="s">
         <v>1356</v>
       </c>
       <c r="D315" s="10" t="s">
         <v>1372</v>
       </c>
       <c r="E315" s="10" t="s">
         <v>1373</v>
       </c>
       <c r="F315" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G315" s="15" t="s">
         <v>1374</v>
       </c>
     </row>
     <row r="316" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A316" s="10" t="s">
         <v>1375</v>
@@ -19047,51 +19281,51 @@
       </c>
     </row>
     <row r="317" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A317" s="10" t="s">
         <v>1379</v>
       </c>
       <c r="B317" s="13">
         <v>40203472717</v>
       </c>
       <c r="C317" s="13" t="s">
         <v>1376</v>
       </c>
       <c r="D317" s="10" t="s">
         <v>1380</v>
       </c>
       <c r="E317" s="10" t="s">
         <v>1381</v>
       </c>
       <c r="F317" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G317" s="15" t="s">
         <v>1363</v>
       </c>
     </row>
-    <row r="318" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="318" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A318" s="10" t="s">
         <v>1382</v>
       </c>
       <c r="B318" s="13">
         <v>40203103286</v>
       </c>
       <c r="C318" s="13" t="s">
         <v>1383</v>
       </c>
       <c r="D318" s="10" t="s">
         <v>1384</v>
       </c>
       <c r="E318" s="10" t="s">
         <v>1385</v>
       </c>
       <c r="F318" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G318" s="15" t="s">
         <v>1386</v>
       </c>
     </row>
     <row r="319" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A319" s="10" t="s">
         <v>1387</v>
@@ -19406,109 +19640,109 @@
       <c r="B330" s="13">
         <v>40203523727</v>
       </c>
       <c r="C330" s="13" t="s">
         <v>1437</v>
       </c>
       <c r="D330" s="10" t="s">
         <v>1438</v>
       </c>
       <c r="E330" s="10" t="s">
         <v>1439</v>
       </c>
       <c r="F330" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G330" s="15" t="s">
         <v>1440</v>
       </c>
       <c r="H330" s="11"/>
       <c r="I330" s="11"/>
       <c r="J330" s="11"/>
       <c r="K330" s="11"/>
       <c r="L330" s="11"/>
       <c r="M330" s="11"/>
     </row>
-    <row r="331" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="331" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A331" s="10" t="s">
         <v>1441</v>
       </c>
       <c r="B331" s="13">
         <v>40203123615</v>
       </c>
       <c r="C331" s="13" t="s">
         <v>1415</v>
       </c>
       <c r="D331" s="10" t="s">
         <v>1442</v>
       </c>
       <c r="E331" s="10" t="s">
         <v>1443</v>
       </c>
       <c r="F331" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G331" s="15" t="s">
         <v>1444</v>
       </c>
       <c r="H331" s="11"/>
       <c r="I331" s="11"/>
       <c r="J331" s="11"/>
       <c r="K331" s="11"/>
       <c r="L331" s="11"/>
       <c r="M331" s="11"/>
     </row>
-    <row r="332" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="332" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A332" s="10" t="s">
         <v>1445</v>
       </c>
       <c r="B332" s="13">
         <v>40003655504</v>
       </c>
       <c r="C332" s="13" t="s">
         <v>1437</v>
       </c>
       <c r="D332" s="10" t="s">
         <v>1446</v>
       </c>
       <c r="E332" s="10" t="s">
         <v>1447</v>
       </c>
       <c r="F332" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G332" s="15" t="s">
         <v>1448</v>
       </c>
       <c r="H332" s="11"/>
       <c r="I332" s="11"/>
       <c r="J332" s="11"/>
       <c r="K332" s="11"/>
       <c r="L332" s="11"/>
       <c r="M332" s="11"/>
     </row>
-    <row r="333" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="333" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A333" s="10" t="s">
         <v>1449</v>
       </c>
       <c r="B333" s="13">
         <v>40203526032</v>
       </c>
       <c r="C333" s="13" t="s">
         <v>1450</v>
       </c>
       <c r="D333" s="10" t="s">
         <v>1451</v>
       </c>
       <c r="E333" s="10" t="s">
         <v>1452</v>
       </c>
       <c r="F333" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G333" s="15" t="s">
         <v>1453</v>
       </c>
       <c r="H333" s="11"/>
       <c r="I333" s="11"/>
       <c r="J333" s="11"/>
       <c r="K333" s="11"/>
@@ -19522,51 +19756,51 @@
       <c r="B334" s="13">
         <v>43603082184</v>
       </c>
       <c r="C334" s="13" t="s">
         <v>1402</v>
       </c>
       <c r="D334" s="10" t="s">
         <v>1455</v>
       </c>
       <c r="E334" s="10" t="s">
         <v>1456</v>
       </c>
       <c r="F334" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G334" s="15" t="s">
         <v>1457</v>
       </c>
       <c r="H334" s="11"/>
       <c r="I334" s="11"/>
       <c r="J334" s="11"/>
       <c r="K334" s="11"/>
       <c r="L334" s="11"/>
       <c r="M334" s="11"/>
     </row>
-    <row r="335" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="335" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A335" s="10" t="s">
         <v>1458</v>
       </c>
       <c r="B335" s="13">
         <v>40103893608</v>
       </c>
       <c r="C335" s="13" t="s">
         <v>1402</v>
       </c>
       <c r="D335" s="10" t="s">
         <v>1459</v>
       </c>
       <c r="E335" s="10" t="s">
         <v>1460</v>
       </c>
       <c r="F335" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G335" s="15" t="s">
         <v>1461</v>
       </c>
       <c r="H335" s="11"/>
       <c r="I335" s="11"/>
       <c r="J335" s="11"/>
       <c r="K335" s="11"/>
@@ -19580,109 +19814,109 @@
       <c r="B336" s="13">
         <v>40203174024</v>
       </c>
       <c r="C336" s="13" t="s">
         <v>1463</v>
       </c>
       <c r="D336" s="10" t="s">
         <v>1464</v>
       </c>
       <c r="E336" s="10" t="s">
         <v>1465</v>
       </c>
       <c r="F336" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G336" s="14" t="s">
         <v>1466</v>
       </c>
       <c r="H336" s="11"/>
       <c r="I336" s="11"/>
       <c r="J336" s="11"/>
       <c r="K336" s="11"/>
       <c r="L336" s="11"/>
       <c r="M336" s="11"/>
     </row>
-    <row r="337" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="337" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A337" s="10" t="s">
         <v>1467</v>
       </c>
       <c r="B337" s="13">
         <v>40203528584</v>
       </c>
       <c r="C337" s="13" t="s">
         <v>1468</v>
       </c>
       <c r="D337" s="10" t="s">
         <v>1451</v>
       </c>
       <c r="E337" s="10" t="s">
         <v>1469</v>
       </c>
       <c r="F337" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G337" s="15" t="s">
         <v>1470</v>
       </c>
       <c r="H337" s="11"/>
       <c r="I337" s="11"/>
       <c r="J337" s="11"/>
       <c r="K337" s="11"/>
       <c r="L337" s="11"/>
       <c r="M337" s="11"/>
     </row>
-    <row r="338" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="338" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A338" s="10" t="s">
         <v>1471</v>
       </c>
       <c r="B338" s="13">
         <v>40203405398</v>
       </c>
       <c r="C338" s="13" t="s">
         <v>1468</v>
       </c>
       <c r="D338" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E338" s="10" t="s">
         <v>1472</v>
       </c>
       <c r="F338" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G338" s="15" t="s">
         <v>1473</v>
       </c>
       <c r="H338" s="11"/>
       <c r="I338" s="11"/>
       <c r="J338" s="11"/>
       <c r="K338" s="11"/>
       <c r="L338" s="11"/>
       <c r="M338" s="11"/>
     </row>
-    <row r="339" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="339" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A339" s="10" t="s">
         <v>1474</v>
       </c>
       <c r="B339" s="13">
         <v>40203499285</v>
       </c>
       <c r="C339" s="13" t="s">
         <v>1475</v>
       </c>
       <c r="D339" s="10" t="s">
         <v>1476</v>
       </c>
       <c r="E339" s="10" t="s">
         <v>1477</v>
       </c>
       <c r="F339" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G339" s="15" t="s">
         <v>1478</v>
       </c>
       <c r="H339" s="11"/>
       <c r="I339" s="11"/>
       <c r="J339" s="11"/>
       <c r="K339" s="11"/>
@@ -19725,51 +19959,51 @@
       <c r="B341" s="13">
         <v>40103691145</v>
       </c>
       <c r="C341" s="13" t="s">
         <v>1485</v>
       </c>
       <c r="D341" s="10" t="s">
         <v>1455</v>
       </c>
       <c r="E341" s="10" t="s">
         <v>1486</v>
       </c>
       <c r="F341" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G341" s="15" t="s">
         <v>1487</v>
       </c>
       <c r="H341" s="11"/>
       <c r="I341" s="11"/>
       <c r="J341" s="11"/>
       <c r="K341" s="11"/>
       <c r="L341" s="11"/>
       <c r="M341" s="11"/>
     </row>
-    <row r="342" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="342" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A342" s="10" t="s">
         <v>1488</v>
       </c>
       <c r="B342" s="13">
         <v>41203069360</v>
       </c>
       <c r="C342" s="13" t="s">
         <v>1480</v>
       </c>
       <c r="D342" s="10" t="s">
         <v>1489</v>
       </c>
       <c r="E342" s="10" t="s">
         <v>1490</v>
       </c>
       <c r="F342" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G342" s="15" t="s">
         <v>1491</v>
       </c>
       <c r="H342" s="11"/>
       <c r="I342" s="11"/>
       <c r="J342" s="11"/>
       <c r="K342" s="11"/>
@@ -19783,51 +20017,51 @@
       <c r="B343" s="13">
         <v>40103296420</v>
       </c>
       <c r="C343" s="13" t="s">
         <v>1493</v>
       </c>
       <c r="D343" s="10" t="s">
         <v>1494</v>
       </c>
       <c r="E343" s="10" t="s">
         <v>1495</v>
       </c>
       <c r="F343" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G343" s="15" t="s">
         <v>1496</v>
       </c>
       <c r="H343" s="11"/>
       <c r="I343" s="11"/>
       <c r="J343" s="11"/>
       <c r="K343" s="11"/>
       <c r="L343" s="11"/>
       <c r="M343" s="11"/>
     </row>
-    <row r="344" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="344" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A344" s="10" t="s">
         <v>1497</v>
       </c>
       <c r="B344" s="13">
         <v>40203400174</v>
       </c>
       <c r="C344" s="13" t="s">
         <v>1485</v>
       </c>
       <c r="D344" s="10" t="s">
         <v>1455</v>
       </c>
       <c r="E344" s="10" t="s">
         <v>1498</v>
       </c>
       <c r="F344" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G344" s="15" t="s">
         <v>1499</v>
       </c>
       <c r="H344" s="11"/>
       <c r="I344" s="11"/>
       <c r="J344" s="11"/>
       <c r="K344" s="11"/>
@@ -20160,51 +20394,51 @@
       <c r="B356" s="13">
         <v>40103583749</v>
       </c>
       <c r="C356" s="13" t="s">
         <v>1546</v>
       </c>
       <c r="D356" s="10" t="s">
         <v>1547</v>
       </c>
       <c r="E356" s="10" t="s">
         <v>1548</v>
       </c>
       <c r="F356" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G356" s="15" t="s">
         <v>1549</v>
       </c>
       <c r="H356" s="11"/>
       <c r="I356" s="11"/>
       <c r="J356" s="11"/>
       <c r="K356" s="11"/>
       <c r="L356" s="11"/>
       <c r="M356" s="11"/>
     </row>
-    <row r="357" spans="1:13" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="357" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A357" s="10" t="s">
         <v>1550</v>
       </c>
       <c r="B357" s="13">
         <v>40203058476</v>
       </c>
       <c r="C357" s="13" t="s">
         <v>1551</v>
       </c>
       <c r="D357" s="10" t="s">
         <v>1552</v>
       </c>
       <c r="E357" s="10" t="s">
         <v>1553</v>
       </c>
       <c r="F357" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G357" s="15" t="s">
         <v>1554</v>
       </c>
       <c r="H357" s="11"/>
       <c r="I357" s="11"/>
       <c r="J357" s="11"/>
       <c r="K357" s="11"/>
@@ -20450,51 +20684,51 @@
       <c r="B366" s="13">
         <v>40203512263</v>
       </c>
       <c r="C366" s="9" t="s">
         <v>1586</v>
       </c>
       <c r="D366" s="10" t="s">
         <v>1591</v>
       </c>
       <c r="E366" s="10" t="s">
         <v>1592</v>
       </c>
       <c r="F366" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G366" s="15" t="s">
         <v>1593</v>
       </c>
       <c r="H366" s="11"/>
       <c r="I366" s="11"/>
       <c r="J366" s="11"/>
       <c r="K366" s="11"/>
       <c r="L366" s="11"/>
       <c r="M366" s="11"/>
     </row>
-    <row r="367" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="367" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A367" s="12" t="s">
         <v>1594</v>
       </c>
       <c r="B367" s="13">
         <v>40203501594</v>
       </c>
       <c r="C367" s="9" t="s">
         <v>1595</v>
       </c>
       <c r="D367" s="10" t="s">
         <v>1591</v>
       </c>
       <c r="E367" s="10" t="s">
         <v>1596</v>
       </c>
       <c r="F367" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G367" s="15" t="s">
         <v>1593</v>
       </c>
       <c r="H367" s="11"/>
       <c r="I367" s="11"/>
       <c r="J367" s="11"/>
       <c r="K367" s="11"/>
@@ -20595,51 +20829,51 @@
       <c r="B371" s="13">
         <v>40203513771</v>
       </c>
       <c r="C371" s="9" t="s">
         <v>1606</v>
       </c>
       <c r="D371" s="10" t="s">
         <v>1591</v>
       </c>
       <c r="E371" s="10" t="s">
         <v>1611</v>
       </c>
       <c r="F371" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G371" s="15" t="s">
         <v>1593</v>
       </c>
       <c r="H371" s="11"/>
       <c r="I371" s="11"/>
       <c r="J371" s="11"/>
       <c r="K371" s="11"/>
       <c r="L371" s="11"/>
       <c r="M371" s="11"/>
     </row>
-    <row r="372" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="372" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A372" s="12" t="s">
         <v>1612</v>
       </c>
       <c r="B372" s="13">
         <v>40203504124</v>
       </c>
       <c r="C372" s="9" t="s">
         <v>1606</v>
       </c>
       <c r="D372" s="10" t="s">
         <v>1591</v>
       </c>
       <c r="E372" s="10" t="s">
         <v>1613</v>
       </c>
       <c r="F372" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G372" s="15" t="s">
         <v>1614</v>
       </c>
       <c r="H372" s="11"/>
       <c r="I372" s="11"/>
       <c r="J372" s="11"/>
       <c r="K372" s="11"/>
@@ -20653,80 +20887,80 @@
       <c r="B373" s="13">
         <v>40103947633</v>
       </c>
       <c r="C373" s="9" t="s">
         <v>1616</v>
       </c>
       <c r="D373" s="10" t="s">
         <v>1617</v>
       </c>
       <c r="E373" s="10" t="s">
         <v>1618</v>
       </c>
       <c r="F373" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G373" s="15" t="s">
         <v>1487</v>
       </c>
       <c r="H373" s="11"/>
       <c r="I373" s="11"/>
       <c r="J373" s="11"/>
       <c r="K373" s="11"/>
       <c r="L373" s="11"/>
       <c r="M373" s="11"/>
     </row>
-    <row r="374" spans="1:13" s="6" customFormat="1" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="374" spans="1:13" s="6" customFormat="1" ht="66" x14ac:dyDescent="0.25">
       <c r="A374" s="12" t="s">
         <v>1619</v>
       </c>
       <c r="B374" s="13">
         <v>42103111887</v>
       </c>
       <c r="C374" s="9" t="s">
         <v>1620</v>
       </c>
       <c r="D374" s="10" t="s">
         <v>1621</v>
       </c>
       <c r="E374" s="10" t="s">
         <v>1622</v>
       </c>
       <c r="F374" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G374" s="15" t="s">
         <v>1623</v>
       </c>
       <c r="H374" s="35"/>
       <c r="I374" s="35"/>
       <c r="J374" s="35"/>
       <c r="K374" s="35"/>
       <c r="L374" s="35"/>
       <c r="M374" s="35"/>
     </row>
-    <row r="375" spans="1:13" s="6" customFormat="1" ht="132" x14ac:dyDescent="0.25">
+    <row r="375" spans="1:13" s="6" customFormat="1" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A375" s="12" t="s">
         <v>1624</v>
       </c>
       <c r="B375" s="13">
         <v>40103476587</v>
       </c>
       <c r="C375" s="9" t="s">
         <v>1625</v>
       </c>
       <c r="D375" s="10" t="s">
         <v>1626</v>
       </c>
       <c r="E375" s="10" t="s">
         <v>1627</v>
       </c>
       <c r="F375" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G375" s="15" t="s">
         <v>1628</v>
       </c>
       <c r="H375" s="35"/>
       <c r="I375" s="35"/>
       <c r="J375" s="35"/>
       <c r="K375" s="35"/>
@@ -20740,51 +20974,51 @@
       <c r="B376" s="13">
         <v>40103287714</v>
       </c>
       <c r="C376" s="9" t="s">
         <v>1620</v>
       </c>
       <c r="D376" s="10" t="s">
         <v>1630</v>
       </c>
       <c r="E376" s="10" t="s">
         <v>1631</v>
       </c>
       <c r="F376" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G376" s="15" t="s">
         <v>1632</v>
       </c>
       <c r="H376" s="11"/>
       <c r="I376" s="11"/>
       <c r="J376" s="11"/>
       <c r="K376" s="11"/>
       <c r="L376" s="11"/>
       <c r="M376" s="11"/>
     </row>
-    <row r="377" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="377" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A377" s="12" t="s">
         <v>1633</v>
       </c>
       <c r="B377" s="13">
         <v>40103219440</v>
       </c>
       <c r="C377" s="9" t="s">
         <v>1634</v>
       </c>
       <c r="D377" s="10" t="s">
         <v>1635</v>
       </c>
       <c r="E377" s="10" t="s">
         <v>1636</v>
       </c>
       <c r="F377" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G377" s="15" t="s">
         <v>1637</v>
       </c>
       <c r="H377" s="11"/>
       <c r="I377" s="11"/>
       <c r="J377" s="11"/>
       <c r="K377" s="11"/>
@@ -20943,51 +21177,51 @@
       <c r="B383" s="13">
         <v>40203341631</v>
       </c>
       <c r="C383" s="9" t="s">
         <v>1650</v>
       </c>
       <c r="D383" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E383" s="10" t="s">
         <v>1655</v>
       </c>
       <c r="F383" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G383" s="15" t="s">
         <v>1648</v>
       </c>
       <c r="H383" s="36"/>
       <c r="I383" s="36"/>
       <c r="J383" s="36"/>
       <c r="K383" s="36"/>
       <c r="L383" s="36"/>
       <c r="M383" s="36"/>
     </row>
-    <row r="384" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="384" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A384" s="12" t="s">
         <v>1656</v>
       </c>
       <c r="B384" s="13">
         <v>40203014819</v>
       </c>
       <c r="C384" s="9" t="s">
         <v>1657</v>
       </c>
       <c r="D384" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E384" s="10" t="s">
         <v>1658</v>
       </c>
       <c r="F384" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G384" s="15" t="s">
         <v>1487</v>
       </c>
       <c r="H384" s="11"/>
       <c r="I384" s="11"/>
       <c r="J384" s="11"/>
       <c r="K384" s="11"/>
@@ -21030,80 +21264,80 @@
       <c r="B386" s="13">
         <v>44103122573</v>
       </c>
       <c r="C386" s="9" t="s">
         <v>1665</v>
       </c>
       <c r="D386" s="10" t="s">
         <v>400</v>
       </c>
       <c r="E386" s="10" t="s">
         <v>1666</v>
       </c>
       <c r="F386" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G386" s="15" t="s">
         <v>1667</v>
       </c>
       <c r="H386" s="11"/>
       <c r="I386" s="11"/>
       <c r="J386" s="11"/>
       <c r="K386" s="11"/>
       <c r="L386" s="11"/>
       <c r="M386" s="11"/>
     </row>
-    <row r="387" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="387" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A387" s="12" t="s">
         <v>1668</v>
       </c>
       <c r="B387" s="13">
         <v>52103088421</v>
       </c>
       <c r="C387" s="9" t="s">
         <v>1660</v>
       </c>
       <c r="D387" s="10" t="s">
         <v>1669</v>
       </c>
       <c r="E387" s="10" t="s">
         <v>1670</v>
       </c>
       <c r="F387" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G387" s="15" t="s">
         <v>1671</v>
       </c>
       <c r="H387" s="11"/>
       <c r="I387" s="11"/>
       <c r="J387" s="11"/>
       <c r="K387" s="11"/>
       <c r="L387" s="11"/>
       <c r="M387" s="11"/>
     </row>
-    <row r="388" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="388" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A388" s="12" t="s">
         <v>1672</v>
       </c>
       <c r="B388" s="13">
         <v>42103084540</v>
       </c>
       <c r="C388" s="9" t="s">
         <v>1660</v>
       </c>
       <c r="D388" s="10" t="s">
         <v>1673</v>
       </c>
       <c r="E388" s="10" t="s">
         <v>1674</v>
       </c>
       <c r="F388" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G388" s="15" t="s">
         <v>1675</v>
       </c>
       <c r="H388" s="11"/>
       <c r="I388" s="11"/>
       <c r="J388" s="11"/>
       <c r="K388" s="11"/>
@@ -21146,80 +21380,80 @@
       <c r="B390" s="13">
         <v>40003229071</v>
       </c>
       <c r="C390" s="9" t="s">
         <v>1681</v>
       </c>
       <c r="D390" s="10" t="s">
         <v>1682</v>
       </c>
       <c r="E390" s="10" t="s">
         <v>1683</v>
       </c>
       <c r="F390" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G390" s="15" t="s">
         <v>1679</v>
       </c>
       <c r="H390" s="11"/>
       <c r="I390" s="11"/>
       <c r="J390" s="11"/>
       <c r="K390" s="11"/>
       <c r="L390" s="11"/>
       <c r="M390" s="11"/>
     </row>
-    <row r="391" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="391" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A391" s="12" t="s">
         <v>1684</v>
       </c>
       <c r="B391" s="23">
         <v>40203414526</v>
       </c>
       <c r="C391" s="9" t="s">
         <v>1685</v>
       </c>
       <c r="D391" s="10" t="s">
         <v>1686</v>
       </c>
       <c r="E391" s="10" t="s">
         <v>1687</v>
       </c>
       <c r="F391" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G391" s="15" t="s">
         <v>1679</v>
       </c>
       <c r="H391" s="11"/>
       <c r="I391" s="11"/>
       <c r="J391" s="11"/>
       <c r="K391" s="11"/>
       <c r="L391" s="11"/>
       <c r="M391" s="11"/>
     </row>
-    <row r="392" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="392" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A392" s="12" t="s">
         <v>1688</v>
       </c>
       <c r="B392" s="13">
         <v>40203437444</v>
       </c>
       <c r="C392" s="9" t="s">
         <v>1685</v>
       </c>
       <c r="D392" s="10" t="s">
         <v>1689</v>
       </c>
       <c r="E392" s="10" t="s">
         <v>1690</v>
       </c>
       <c r="F392" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G392" s="15" t="s">
         <v>1691</v>
       </c>
       <c r="H392" s="11"/>
       <c r="I392" s="11"/>
       <c r="J392" s="11"/>
       <c r="K392" s="11"/>
@@ -21291,80 +21525,80 @@
       <c r="B395" s="13">
         <v>40203568642</v>
       </c>
       <c r="C395" s="9" t="s">
         <v>1657</v>
       </c>
       <c r="D395" s="10" t="s">
         <v>1702</v>
       </c>
       <c r="E395" s="10" t="s">
         <v>1703</v>
       </c>
       <c r="F395" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G395" s="15" t="s">
         <v>1704</v>
       </c>
       <c r="H395" s="11"/>
       <c r="I395" s="11"/>
       <c r="J395" s="11"/>
       <c r="K395" s="11"/>
       <c r="L395" s="11"/>
       <c r="M395" s="11"/>
     </row>
-    <row r="396" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="396" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A396" s="12" t="s">
         <v>1705</v>
       </c>
       <c r="B396" s="13">
         <v>40203061033</v>
       </c>
       <c r="C396" s="9" t="s">
         <v>1681</v>
       </c>
       <c r="D396" s="10" t="s">
         <v>1706</v>
       </c>
       <c r="E396" s="10" t="s">
         <v>1707</v>
       </c>
       <c r="F396" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G396" s="15" t="s">
         <v>1708</v>
       </c>
       <c r="H396" s="11"/>
       <c r="I396" s="11"/>
       <c r="J396" s="11"/>
       <c r="K396" s="11"/>
       <c r="L396" s="11"/>
       <c r="M396" s="11"/>
     </row>
-    <row r="397" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="397" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A397" s="12" t="s">
         <v>1709</v>
       </c>
       <c r="B397" s="13">
         <v>40203426703</v>
       </c>
       <c r="C397" s="9" t="s">
         <v>1710</v>
       </c>
       <c r="D397" s="10" t="s">
         <v>1711</v>
       </c>
       <c r="E397" s="10" t="s">
         <v>1712</v>
       </c>
       <c r="F397" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G397" s="15" t="s">
         <v>1713</v>
       </c>
       <c r="H397" s="11"/>
       <c r="I397" s="11"/>
       <c r="J397" s="11"/>
       <c r="K397" s="11"/>
@@ -21436,51 +21670,51 @@
       <c r="B400" s="13">
         <v>42403018366</v>
       </c>
       <c r="C400" s="9" t="s">
         <v>1723</v>
       </c>
       <c r="D400" s="10" t="s">
         <v>1724</v>
       </c>
       <c r="E400" s="10" t="s">
         <v>1725</v>
       </c>
       <c r="F400" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G400" s="15" t="s">
         <v>1726</v>
       </c>
       <c r="H400" s="11"/>
       <c r="I400" s="11"/>
       <c r="J400" s="11"/>
       <c r="K400" s="11"/>
       <c r="L400" s="11"/>
       <c r="M400" s="11"/>
     </row>
-    <row r="401" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="401" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A401" s="12" t="s">
         <v>1727</v>
       </c>
       <c r="B401" s="13">
         <v>40203357721</v>
       </c>
       <c r="C401" s="9" t="s">
         <v>1728</v>
       </c>
       <c r="D401" s="10" t="s">
         <v>1729</v>
       </c>
       <c r="E401" s="10" t="s">
         <v>1730</v>
       </c>
       <c r="F401" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G401" s="15" t="s">
         <v>1731</v>
       </c>
       <c r="H401" s="11"/>
       <c r="I401" s="11"/>
       <c r="J401" s="11"/>
       <c r="K401" s="11"/>
@@ -21668,138 +21902,138 @@
       <c r="B408" s="13">
         <v>40203082482</v>
       </c>
       <c r="C408" s="9" t="s">
         <v>1681</v>
       </c>
       <c r="D408" s="10" t="s">
         <v>1758</v>
       </c>
       <c r="E408" s="10" t="s">
         <v>1759</v>
       </c>
       <c r="F408" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G408" s="15" t="s">
         <v>1760</v>
       </c>
       <c r="H408" s="11"/>
       <c r="I408" s="11"/>
       <c r="J408" s="11"/>
       <c r="K408" s="11"/>
       <c r="L408" s="11"/>
       <c r="M408" s="11"/>
     </row>
-    <row r="409" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="409" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A409" s="12" t="s">
         <v>1761</v>
       </c>
       <c r="B409" s="13">
         <v>40203191448</v>
       </c>
       <c r="C409" s="9" t="s">
         <v>1762</v>
       </c>
       <c r="D409" s="10" t="s">
         <v>1763</v>
       </c>
       <c r="E409" s="10" t="s">
         <v>1764</v>
       </c>
       <c r="F409" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G409" s="15" t="s">
         <v>1765</v>
       </c>
       <c r="H409" s="11"/>
       <c r="I409" s="11"/>
       <c r="J409" s="11"/>
       <c r="K409" s="11"/>
       <c r="L409" s="11"/>
       <c r="M409" s="11"/>
     </row>
-    <row r="410" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="410" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A410" s="12" t="s">
         <v>1766</v>
       </c>
       <c r="B410" s="13">
         <v>40203364776</v>
       </c>
       <c r="C410" s="9" t="s">
         <v>1767</v>
       </c>
       <c r="D410" s="10" t="s">
         <v>1768</v>
       </c>
       <c r="E410" s="10" t="s">
         <v>1769</v>
       </c>
       <c r="F410" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G410" s="15" t="s">
         <v>1770</v>
       </c>
       <c r="H410" s="11"/>
       <c r="I410" s="11"/>
       <c r="J410" s="11"/>
       <c r="K410" s="11"/>
       <c r="L410" s="11"/>
       <c r="M410" s="11"/>
     </row>
-    <row r="411" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="411" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A411" s="12" t="s">
         <v>1771</v>
       </c>
       <c r="B411" s="13">
         <v>40203247281</v>
       </c>
       <c r="C411" s="9" t="s">
         <v>1772</v>
       </c>
       <c r="D411" s="10" t="s">
         <v>1773</v>
       </c>
       <c r="E411" s="10" t="s">
         <v>1774</v>
       </c>
       <c r="F411" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G411" s="15" t="s">
         <v>1775</v>
       </c>
       <c r="H411" s="11"/>
       <c r="I411" s="11"/>
       <c r="J411" s="11"/>
       <c r="K411" s="11"/>
       <c r="L411" s="11"/>
       <c r="M411" s="11"/>
     </row>
-    <row r="412" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="412" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A412" s="12" t="s">
         <v>1776</v>
       </c>
       <c r="B412" s="13">
         <v>50203358381</v>
       </c>
       <c r="C412" s="9" t="s">
         <v>1777</v>
       </c>
       <c r="D412" s="10" t="s">
         <v>1711</v>
       </c>
       <c r="E412" s="10" t="s">
         <v>1778</v>
       </c>
       <c r="F412" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G412" s="15" t="s">
         <v>1713</v>
       </c>
       <c r="H412" s="11"/>
       <c r="I412" s="11"/>
       <c r="J412" s="11"/>
       <c r="K412" s="11"/>
@@ -21813,51 +22047,51 @@
       <c r="B413" s="13">
         <v>40203362262</v>
       </c>
       <c r="C413" s="9" t="s">
         <v>1780</v>
       </c>
       <c r="D413" s="10" t="s">
         <v>1781</v>
       </c>
       <c r="E413" s="10" t="s">
         <v>1782</v>
       </c>
       <c r="F413" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G413" s="15" t="s">
         <v>1783</v>
       </c>
       <c r="H413" s="11"/>
       <c r="I413" s="11"/>
       <c r="J413" s="11"/>
       <c r="K413" s="11"/>
       <c r="L413" s="11"/>
       <c r="M413" s="11"/>
     </row>
-    <row r="414" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="414" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A414" s="12" t="s">
         <v>1784</v>
       </c>
       <c r="B414" s="13">
         <v>50203216211</v>
       </c>
       <c r="C414" s="9" t="s">
         <v>1785</v>
       </c>
       <c r="D414" s="10" t="s">
         <v>1786</v>
       </c>
       <c r="E414" s="10" t="s">
         <v>1787</v>
       </c>
       <c r="F414" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G414" s="15" t="s">
         <v>1788</v>
       </c>
       <c r="H414" s="11"/>
       <c r="I414" s="11"/>
       <c r="J414" s="11"/>
       <c r="K414" s="11"/>
@@ -21871,109 +22105,109 @@
       <c r="B415" s="13">
         <v>40003878373</v>
       </c>
       <c r="C415" s="9" t="s">
         <v>1767</v>
       </c>
       <c r="D415" s="10" t="s">
         <v>1790</v>
       </c>
       <c r="E415" s="10" t="s">
         <v>1791</v>
       </c>
       <c r="F415" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G415" s="15" t="s">
         <v>1792</v>
       </c>
       <c r="H415" s="11"/>
       <c r="I415" s="11"/>
       <c r="J415" s="11"/>
       <c r="K415" s="11"/>
       <c r="L415" s="11"/>
       <c r="M415" s="11"/>
     </row>
-    <row r="416" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="416" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A416" s="12" t="s">
         <v>1793</v>
       </c>
       <c r="B416" s="13">
         <v>40203523553</v>
       </c>
       <c r="C416" s="9" t="s">
         <v>1767</v>
       </c>
       <c r="D416" s="10" t="s">
         <v>1711</v>
       </c>
       <c r="E416" s="10" t="s">
         <v>1794</v>
       </c>
       <c r="F416" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G416" s="15" t="s">
         <v>1783</v>
       </c>
       <c r="H416" s="11"/>
       <c r="I416" s="11"/>
       <c r="J416" s="11"/>
       <c r="K416" s="11"/>
       <c r="L416" s="11"/>
       <c r="M416" s="11"/>
     </row>
-    <row r="417" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="417" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A417" s="12" t="s">
         <v>1795</v>
       </c>
       <c r="B417" s="13">
         <v>40203222470</v>
       </c>
       <c r="C417" s="9" t="s">
         <v>1777</v>
       </c>
       <c r="D417" s="10" t="s">
         <v>1796</v>
       </c>
       <c r="E417" s="10" t="s">
         <v>1797</v>
       </c>
       <c r="F417" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G417" s="15" t="s">
         <v>1798</v>
       </c>
       <c r="H417" s="11"/>
       <c r="I417" s="11"/>
       <c r="J417" s="11"/>
       <c r="K417" s="11"/>
       <c r="L417" s="11"/>
       <c r="M417" s="11"/>
     </row>
-    <row r="418" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="418" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A418" s="12" t="s">
         <v>1799</v>
       </c>
       <c r="B418" s="13">
         <v>40203271508</v>
       </c>
       <c r="C418" s="9" t="s">
         <v>1800</v>
       </c>
       <c r="D418" s="10" t="s">
         <v>1801</v>
       </c>
       <c r="E418" s="10" t="s">
         <v>1802</v>
       </c>
       <c r="F418" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G418" s="15" t="s">
         <v>1775</v>
       </c>
       <c r="H418" s="11"/>
       <c r="I418" s="11"/>
       <c r="J418" s="11"/>
       <c r="K418" s="11"/>
@@ -21987,80 +22221,80 @@
       <c r="B419" s="13">
         <v>40103674643</v>
       </c>
       <c r="C419" s="9" t="s">
         <v>1804</v>
       </c>
       <c r="D419" s="10" t="s">
         <v>1805</v>
       </c>
       <c r="E419" s="10" t="s">
         <v>1806</v>
       </c>
       <c r="F419" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G419" s="15" t="s">
         <v>1807</v>
       </c>
       <c r="H419" s="11"/>
       <c r="I419" s="11"/>
       <c r="J419" s="11"/>
       <c r="K419" s="11"/>
       <c r="L419" s="11"/>
       <c r="M419" s="11"/>
     </row>
-    <row r="420" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="420" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A420" s="12" t="s">
         <v>1808</v>
       </c>
       <c r="B420" s="13">
         <v>40203399477</v>
       </c>
       <c r="C420" s="9" t="s">
         <v>1809</v>
       </c>
       <c r="D420" s="10" t="s">
         <v>1786</v>
       </c>
       <c r="E420" s="10" t="s">
         <v>1810</v>
       </c>
       <c r="F420" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G420" s="15" t="s">
         <v>1788</v>
       </c>
       <c r="H420" s="11"/>
       <c r="I420" s="11"/>
       <c r="J420" s="11"/>
       <c r="K420" s="11"/>
       <c r="L420" s="11"/>
       <c r="M420" s="11"/>
     </row>
-    <row r="421" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="421" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A421" s="12" t="s">
         <v>1811</v>
       </c>
       <c r="B421" s="13">
         <v>40203453063</v>
       </c>
       <c r="C421" s="9" t="s">
         <v>1804</v>
       </c>
       <c r="D421" s="10" t="s">
         <v>1812</v>
       </c>
       <c r="E421" s="10" t="s">
         <v>1813</v>
       </c>
       <c r="F421" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G421" s="15" t="s">
         <v>1814</v>
       </c>
       <c r="H421" s="11"/>
       <c r="I421" s="11"/>
       <c r="J421" s="11"/>
       <c r="K421" s="11"/>
@@ -22132,51 +22366,51 @@
       <c r="B424" s="13">
         <v>40203390548</v>
       </c>
       <c r="C424" s="9" t="s">
         <v>1826</v>
       </c>
       <c r="D424" s="10" t="s">
         <v>1827</v>
       </c>
       <c r="E424" s="10" t="s">
         <v>1828</v>
       </c>
       <c r="F424" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G424" s="15" t="s">
         <v>1829</v>
       </c>
       <c r="H424" s="11"/>
       <c r="I424" s="11"/>
       <c r="J424" s="11"/>
       <c r="K424" s="11"/>
       <c r="L424" s="11"/>
       <c r="M424" s="11"/>
     </row>
-    <row r="425" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="425" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A425" s="12" t="s">
         <v>1830</v>
       </c>
       <c r="B425" s="13">
         <v>40103374975</v>
       </c>
       <c r="C425" s="9" t="s">
         <v>1831</v>
       </c>
       <c r="D425" s="10" t="s">
         <v>1832</v>
       </c>
       <c r="E425" s="10" t="s">
         <v>1833</v>
       </c>
       <c r="F425" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G425" s="15" t="s">
         <v>1834</v>
       </c>
       <c r="H425" s="11"/>
       <c r="I425" s="11"/>
       <c r="J425" s="11"/>
       <c r="K425" s="11"/>
@@ -22190,109 +22424,109 @@
       <c r="B426" s="13">
         <v>40203286560</v>
       </c>
       <c r="C426" s="9" t="s">
         <v>1836</v>
       </c>
       <c r="D426" s="10" t="s">
         <v>1837</v>
       </c>
       <c r="E426" s="10" t="s">
         <v>1838</v>
       </c>
       <c r="F426" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G426" s="15" t="s">
         <v>1839</v>
       </c>
       <c r="H426" s="11"/>
       <c r="I426" s="11"/>
       <c r="J426" s="11"/>
       <c r="K426" s="11"/>
       <c r="L426" s="11"/>
       <c r="M426" s="11"/>
     </row>
-    <row r="427" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="427" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A427" s="12" t="s">
         <v>1840</v>
       </c>
       <c r="B427" s="13">
         <v>40203564231</v>
       </c>
       <c r="C427" s="9" t="s">
         <v>1831</v>
       </c>
       <c r="D427" s="10" t="s">
         <v>1841</v>
       </c>
       <c r="E427" s="10" t="s">
         <v>1842</v>
       </c>
       <c r="F427" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G427" s="15" t="s">
         <v>1843</v>
       </c>
       <c r="H427" s="11"/>
       <c r="I427" s="11"/>
       <c r="J427" s="11"/>
       <c r="K427" s="11"/>
       <c r="L427" s="11"/>
       <c r="M427" s="11"/>
     </row>
-    <row r="428" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="428" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A428" s="12" t="s">
         <v>1844</v>
       </c>
       <c r="B428" s="13">
         <v>40203339711</v>
       </c>
       <c r="C428" s="9" t="s">
         <v>1845</v>
       </c>
       <c r="D428" s="10" t="s">
         <v>1846</v>
       </c>
       <c r="E428" s="10" t="s">
         <v>1847</v>
       </c>
       <c r="F428" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G428" s="15" t="s">
         <v>1848</v>
       </c>
       <c r="H428" s="11"/>
       <c r="I428" s="11"/>
       <c r="J428" s="11"/>
       <c r="K428" s="11"/>
       <c r="L428" s="11"/>
       <c r="M428" s="11"/>
     </row>
-    <row r="429" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="429" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A429" s="12" t="s">
         <v>1849</v>
       </c>
       <c r="B429" s="13">
         <v>40103839601</v>
       </c>
       <c r="C429" s="9" t="s">
         <v>1845</v>
       </c>
       <c r="D429" s="10" t="s">
         <v>1850</v>
       </c>
       <c r="E429" s="10" t="s">
         <v>1851</v>
       </c>
       <c r="F429" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G429" s="15" t="s">
         <v>1834</v>
       </c>
       <c r="H429" s="11"/>
       <c r="I429" s="11"/>
       <c r="J429" s="11"/>
       <c r="K429" s="11"/>
@@ -22306,167 +22540,167 @@
       <c r="B430" s="13">
         <v>40103825724</v>
       </c>
       <c r="C430" s="9" t="s">
         <v>1853</v>
       </c>
       <c r="D430" s="10" t="s">
         <v>1854</v>
       </c>
       <c r="E430" s="10" t="s">
         <v>1855</v>
       </c>
       <c r="F430" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G430" s="10" t="s">
         <v>1856</v>
       </c>
       <c r="H430" s="11"/>
       <c r="I430" s="11"/>
       <c r="J430" s="11"/>
       <c r="K430" s="11"/>
       <c r="L430" s="11"/>
       <c r="M430" s="11"/>
     </row>
-    <row r="431" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="431" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A431" s="12" t="s">
         <v>1857</v>
       </c>
       <c r="B431" s="13">
         <v>40203467059</v>
       </c>
       <c r="C431" s="9" t="s">
         <v>1858</v>
       </c>
       <c r="D431" s="10" t="s">
         <v>1859</v>
       </c>
       <c r="E431" s="10" t="s">
         <v>1860</v>
       </c>
       <c r="F431" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G431" s="15" t="s">
         <v>1848</v>
       </c>
       <c r="H431" s="11"/>
       <c r="I431" s="11"/>
       <c r="J431" s="11"/>
       <c r="K431" s="11"/>
       <c r="L431" s="11"/>
       <c r="M431" s="11"/>
     </row>
-    <row r="432" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="432" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A432" s="12" t="s">
         <v>1861</v>
       </c>
       <c r="B432" s="13">
         <v>40203525639</v>
       </c>
       <c r="C432" s="9" t="s">
         <v>1858</v>
       </c>
       <c r="D432" s="10" t="s">
         <v>1862</v>
       </c>
       <c r="E432" s="10" t="s">
         <v>1863</v>
       </c>
       <c r="F432" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G432" s="15" t="s">
         <v>1864</v>
       </c>
       <c r="H432" s="11"/>
       <c r="I432" s="11"/>
       <c r="J432" s="11"/>
       <c r="K432" s="11"/>
       <c r="L432" s="11"/>
       <c r="M432" s="11"/>
     </row>
-    <row r="433" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A433" s="12" t="s">
         <v>1865</v>
       </c>
       <c r="B433" s="13">
         <v>40103924611</v>
       </c>
       <c r="C433" s="9" t="s">
         <v>1853</v>
       </c>
       <c r="D433" s="10" t="s">
         <v>1866</v>
       </c>
       <c r="E433" s="10" t="s">
         <v>1867</v>
       </c>
       <c r="F433" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G433" s="15" t="s">
         <v>1868</v>
       </c>
       <c r="H433" s="11"/>
       <c r="I433" s="11"/>
       <c r="J433" s="11"/>
       <c r="K433" s="11"/>
       <c r="L433" s="11"/>
       <c r="M433" s="11"/>
     </row>
-    <row r="434" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A434" s="12" t="s">
         <v>1869</v>
       </c>
       <c r="B434" s="13">
         <v>40203521444</v>
       </c>
       <c r="C434" s="9" t="s">
         <v>1870</v>
       </c>
       <c r="D434" s="10" t="s">
         <v>1871</v>
       </c>
       <c r="E434" s="10" t="s">
         <v>1872</v>
       </c>
       <c r="F434" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G434" s="15" t="s">
         <v>1873</v>
       </c>
       <c r="H434" s="11"/>
       <c r="I434" s="11"/>
       <c r="J434" s="11"/>
       <c r="K434" s="11"/>
       <c r="L434" s="11"/>
       <c r="M434" s="11"/>
     </row>
-    <row r="435" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A435" s="12" t="s">
         <v>1874</v>
       </c>
       <c r="B435" s="13">
         <v>40203520307</v>
       </c>
       <c r="C435" s="13" t="s">
         <v>1870</v>
       </c>
       <c r="D435" s="10" t="s">
         <v>1875</v>
       </c>
       <c r="E435" s="10" t="s">
         <v>1876</v>
       </c>
       <c r="F435" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G435" s="15" t="s">
         <v>1864</v>
       </c>
       <c r="H435" s="11"/>
       <c r="I435" s="11"/>
       <c r="J435" s="11"/>
       <c r="K435" s="11"/>
@@ -22480,399 +22714,399 @@
       <c r="B436" s="13">
         <v>43601026426</v>
       </c>
       <c r="C436" s="13" t="s">
         <v>1870</v>
       </c>
       <c r="D436" s="10" t="s">
         <v>1878</v>
       </c>
       <c r="E436" s="10" t="s">
         <v>1879</v>
       </c>
       <c r="F436" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G436" s="15" t="s">
         <v>1880</v>
       </c>
       <c r="H436" s="11"/>
       <c r="I436" s="11"/>
       <c r="J436" s="11"/>
       <c r="K436" s="11"/>
       <c r="L436" s="11"/>
       <c r="M436" s="11"/>
     </row>
-    <row r="437" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="437" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A437" s="12" t="s">
         <v>1881</v>
       </c>
       <c r="B437" s="13">
         <v>40203532861</v>
       </c>
       <c r="C437" s="13" t="s">
         <v>1870</v>
       </c>
       <c r="D437" s="10" t="s">
         <v>1882</v>
       </c>
       <c r="E437" s="10" t="s">
         <v>1883</v>
       </c>
       <c r="F437" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G437" s="15" t="s">
         <v>1884</v>
       </c>
       <c r="H437" s="11"/>
       <c r="I437" s="11"/>
       <c r="J437" s="11"/>
       <c r="K437" s="11"/>
       <c r="L437" s="11"/>
       <c r="M437" s="11"/>
     </row>
-    <row r="438" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="438" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A438" s="12" t="s">
         <v>1885</v>
       </c>
       <c r="B438" s="13">
         <v>40203457949</v>
       </c>
       <c r="C438" s="13" t="s">
         <v>1870</v>
       </c>
       <c r="D438" s="10" t="s">
         <v>1886</v>
       </c>
       <c r="E438" s="10" t="s">
         <v>1887</v>
       </c>
       <c r="F438" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G438" s="15" t="s">
         <v>1848</v>
       </c>
       <c r="H438" s="11"/>
       <c r="I438" s="11"/>
       <c r="J438" s="11"/>
       <c r="K438" s="11"/>
       <c r="L438" s="11"/>
       <c r="M438" s="11"/>
     </row>
-    <row r="439" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="439" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A439" s="12" t="s">
         <v>1888</v>
       </c>
       <c r="B439" s="13">
         <v>40203288627</v>
       </c>
       <c r="C439" s="9" t="s">
         <v>1870</v>
       </c>
       <c r="D439" s="10" t="s">
         <v>1889</v>
       </c>
       <c r="E439" s="10" t="s">
         <v>1890</v>
       </c>
       <c r="F439" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G439" s="15" t="s">
         <v>1891</v>
       </c>
       <c r="H439" s="11"/>
       <c r="I439" s="11"/>
       <c r="J439" s="11"/>
       <c r="K439" s="11"/>
       <c r="L439" s="11"/>
       <c r="M439" s="11"/>
     </row>
-    <row r="440" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="440" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A440" s="12" t="s">
         <v>1892</v>
       </c>
       <c r="B440" s="13">
         <v>40203098657</v>
       </c>
       <c r="C440" s="13" t="s">
         <v>1800</v>
       </c>
       <c r="D440" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E440" s="10" t="s">
         <v>1893</v>
       </c>
       <c r="F440" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G440" s="15" t="s">
         <v>1894</v>
       </c>
       <c r="H440" s="11"/>
       <c r="I440" s="11"/>
       <c r="J440" s="11"/>
       <c r="K440" s="11"/>
       <c r="L440" s="11"/>
       <c r="M440" s="11"/>
     </row>
-    <row r="441" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="441" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A441" s="12" t="s">
         <v>1895</v>
       </c>
       <c r="B441" s="13">
         <v>40203424238</v>
       </c>
       <c r="C441" s="9" t="s">
         <v>1870</v>
       </c>
       <c r="D441" s="10" t="s">
         <v>1896</v>
       </c>
       <c r="E441" s="10" t="s">
         <v>1897</v>
       </c>
       <c r="F441" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G441" s="15" t="s">
         <v>1898</v>
       </c>
       <c r="H441" s="11"/>
       <c r="I441" s="11"/>
       <c r="J441" s="11"/>
       <c r="K441" s="11"/>
       <c r="L441" s="11"/>
       <c r="M441" s="11"/>
     </row>
-    <row r="442" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="442" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A442" s="16" t="s">
         <v>1899</v>
       </c>
       <c r="B442" s="13">
         <v>40203524417</v>
       </c>
       <c r="C442" s="13" t="s">
         <v>1900</v>
       </c>
       <c r="D442" s="10" t="s">
         <v>1871</v>
       </c>
       <c r="E442" s="10" t="s">
         <v>1901</v>
       </c>
       <c r="F442" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G442" s="15" t="s">
         <v>1902</v>
       </c>
       <c r="H442" s="11"/>
       <c r="I442" s="11"/>
       <c r="J442" s="11"/>
       <c r="K442" s="11"/>
       <c r="L442" s="11"/>
       <c r="M442" s="11"/>
     </row>
-    <row r="443" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="443" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A443" s="16" t="s">
         <v>1903</v>
       </c>
       <c r="B443" s="13">
         <v>50203460071</v>
       </c>
       <c r="C443" s="13" t="s">
         <v>1900</v>
       </c>
       <c r="D443" s="10" t="s">
         <v>1871</v>
       </c>
       <c r="E443" s="10" t="s">
         <v>1904</v>
       </c>
       <c r="F443" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G443" s="15" t="s">
         <v>1902</v>
       </c>
       <c r="H443" s="11"/>
       <c r="I443" s="11"/>
       <c r="J443" s="11"/>
       <c r="K443" s="11"/>
       <c r="L443" s="11"/>
       <c r="M443" s="11"/>
     </row>
-    <row r="444" spans="1:13" ht="132" x14ac:dyDescent="0.25">
+    <row r="444" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A444" s="16" t="s">
         <v>1905</v>
       </c>
       <c r="B444" s="13">
         <v>50203560941</v>
       </c>
       <c r="C444" s="9" t="s">
         <v>1906</v>
       </c>
       <c r="D444" s="10" t="s">
         <v>1907</v>
       </c>
       <c r="E444" s="10" t="s">
         <v>1908</v>
       </c>
       <c r="F444" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G444" s="10" t="s">
         <v>1909</v>
       </c>
       <c r="H444" s="11"/>
       <c r="I444" s="11"/>
       <c r="J444" s="11"/>
       <c r="K444" s="11"/>
       <c r="L444" s="11"/>
       <c r="M444" s="11"/>
     </row>
-    <row r="445" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="445" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A445" s="16" t="s">
         <v>1910</v>
       </c>
       <c r="B445" s="13">
         <v>40203246055</v>
       </c>
       <c r="C445" s="9" t="s">
         <v>1870</v>
       </c>
       <c r="D445" s="10" t="s">
         <v>1911</v>
       </c>
       <c r="E445" s="10" t="s">
         <v>1912</v>
       </c>
       <c r="F445" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G445" s="15" t="s">
         <v>1913</v>
       </c>
       <c r="H445" s="11"/>
       <c r="I445" s="11"/>
       <c r="J445" s="11"/>
       <c r="K445" s="11"/>
       <c r="L445" s="11"/>
       <c r="M445" s="11"/>
     </row>
-    <row r="446" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="446" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A446" s="16" t="s">
         <v>1914</v>
       </c>
       <c r="B446" s="13">
         <v>50203523451</v>
       </c>
       <c r="C446" s="13" t="s">
         <v>1915</v>
       </c>
       <c r="D446" s="10" t="s">
         <v>1916</v>
       </c>
       <c r="E446" s="10" t="s">
         <v>1917</v>
       </c>
       <c r="F446" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G446" s="15" t="s">
         <v>1918</v>
       </c>
       <c r="H446" s="11"/>
       <c r="I446" s="11"/>
       <c r="J446" s="11"/>
       <c r="K446" s="11"/>
       <c r="L446" s="11"/>
       <c r="M446" s="11"/>
     </row>
-    <row r="447" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="447" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A447" s="16" t="s">
         <v>1919</v>
       </c>
       <c r="B447" s="13">
         <v>40203493210</v>
       </c>
       <c r="C447" s="13" t="s">
         <v>1915</v>
       </c>
       <c r="D447" s="10" t="s">
         <v>1916</v>
       </c>
       <c r="E447" s="10" t="s">
         <v>1920</v>
       </c>
       <c r="F447" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G447" s="7" t="s">
         <v>1918</v>
       </c>
       <c r="H447" s="11"/>
       <c r="I447" s="11"/>
       <c r="J447" s="11"/>
       <c r="K447" s="11"/>
       <c r="L447" s="11"/>
       <c r="M447" s="11"/>
     </row>
-    <row r="448" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="448" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A448" s="16" t="s">
         <v>1921</v>
       </c>
       <c r="B448" s="13">
         <v>40203509954</v>
       </c>
       <c r="C448" s="13" t="s">
         <v>1922</v>
       </c>
       <c r="D448" s="10" t="s">
         <v>1923</v>
       </c>
       <c r="E448" s="10" t="s">
         <v>1924</v>
       </c>
       <c r="F448" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G448" s="15" t="s">
         <v>1925</v>
       </c>
       <c r="H448" s="11"/>
       <c r="I448" s="11"/>
       <c r="J448" s="11"/>
       <c r="K448" s="11"/>
       <c r="L448" s="11"/>
       <c r="M448" s="11"/>
     </row>
-    <row r="449" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="449" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A449" s="16" t="s">
         <v>1926</v>
       </c>
       <c r="B449" s="13">
         <v>40203511516</v>
       </c>
       <c r="C449" s="13" t="s">
         <v>1922</v>
       </c>
       <c r="D449" s="10" t="s">
         <v>1927</v>
       </c>
       <c r="E449" s="10" t="s">
         <v>1928</v>
       </c>
       <c r="F449" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G449" s="15" t="s">
         <v>1929</v>
       </c>
       <c r="H449" s="11"/>
       <c r="I449" s="11"/>
       <c r="J449" s="11"/>
       <c r="K449" s="11"/>
@@ -22915,51 +23149,51 @@
       <c r="B451" s="13">
         <v>40203437779</v>
       </c>
       <c r="C451" s="13" t="s">
         <v>1922</v>
       </c>
       <c r="D451" s="10" t="s">
         <v>1936</v>
       </c>
       <c r="E451" s="10" t="s">
         <v>1937</v>
       </c>
       <c r="F451" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G451" s="15" t="s">
         <v>1938</v>
       </c>
       <c r="H451" s="11"/>
       <c r="I451" s="11"/>
       <c r="J451" s="11"/>
       <c r="K451" s="11"/>
       <c r="L451" s="11"/>
       <c r="M451" s="11"/>
     </row>
-    <row r="452" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="452" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A452" s="16" t="s">
         <v>1939</v>
       </c>
       <c r="B452" s="13">
         <v>40203394766</v>
       </c>
       <c r="C452" s="9" t="s">
         <v>1940</v>
       </c>
       <c r="D452" s="10" t="s">
         <v>1941</v>
       </c>
       <c r="E452" s="10" t="s">
         <v>1942</v>
       </c>
       <c r="F452" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G452" s="15" t="s">
         <v>1943</v>
       </c>
       <c r="H452" s="11"/>
       <c r="I452" s="11"/>
       <c r="J452" s="11"/>
       <c r="K452" s="11"/>
@@ -22973,51 +23207,51 @@
       <c r="B453" s="13">
         <v>40203431117</v>
       </c>
       <c r="C453" s="13" t="s">
         <v>1940</v>
       </c>
       <c r="D453" s="10" t="s">
         <v>1945</v>
       </c>
       <c r="E453" s="10" t="s">
         <v>1946</v>
       </c>
       <c r="F453" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G453" s="15" t="s">
         <v>1947</v>
       </c>
       <c r="H453" s="11"/>
       <c r="I453" s="11"/>
       <c r="J453" s="11"/>
       <c r="K453" s="11"/>
       <c r="L453" s="11"/>
       <c r="M453" s="11"/>
     </row>
-    <row r="454" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="454" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A454" s="16" t="s">
         <v>1948</v>
       </c>
       <c r="B454" s="13">
         <v>40203434575</v>
       </c>
       <c r="C454" s="13" t="s">
         <v>1940</v>
       </c>
       <c r="D454" s="10" t="s">
         <v>1949</v>
       </c>
       <c r="E454" s="10" t="s">
         <v>1950</v>
       </c>
       <c r="F454" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G454" s="15" t="s">
         <v>1951</v>
       </c>
       <c r="H454" s="11"/>
       <c r="I454" s="11"/>
       <c r="J454" s="11"/>
       <c r="K454" s="11"/>
@@ -23031,51 +23265,51 @@
       <c r="B455" s="13">
         <v>40203561786</v>
       </c>
       <c r="C455" s="13" t="s">
         <v>1953</v>
       </c>
       <c r="D455" s="10" t="s">
         <v>519</v>
       </c>
       <c r="E455" s="10" t="s">
         <v>1954</v>
       </c>
       <c r="F455" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G455" s="15" t="s">
         <v>1955</v>
       </c>
       <c r="H455" s="11"/>
       <c r="I455" s="11"/>
       <c r="J455" s="11"/>
       <c r="K455" s="11"/>
       <c r="L455" s="11"/>
       <c r="M455" s="11"/>
     </row>
-    <row r="456" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="456" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A456" s="16" t="s">
         <v>1956</v>
       </c>
       <c r="B456" s="13">
         <v>40203479274</v>
       </c>
       <c r="C456" s="13" t="s">
         <v>1953</v>
       </c>
       <c r="D456" s="10" t="s">
         <v>1957</v>
       </c>
       <c r="E456" s="10" t="s">
         <v>1958</v>
       </c>
       <c r="F456" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G456" s="15" t="s">
         <v>1959</v>
       </c>
       <c r="H456" s="11"/>
       <c r="I456" s="11"/>
       <c r="J456" s="11"/>
       <c r="K456" s="11"/>
@@ -23089,51 +23323,51 @@
       <c r="B457" s="13">
         <v>41502039705</v>
       </c>
       <c r="C457" s="13" t="s">
         <v>1961</v>
       </c>
       <c r="D457" s="10" t="s">
         <v>1962</v>
       </c>
       <c r="E457" s="10" t="s">
         <v>1963</v>
       </c>
       <c r="F457" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G457" s="15" t="s">
         <v>1964</v>
       </c>
       <c r="H457" s="11"/>
       <c r="I457" s="11"/>
       <c r="J457" s="11"/>
       <c r="K457" s="11"/>
       <c r="L457" s="11"/>
       <c r="M457" s="11"/>
     </row>
-    <row r="458" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="458" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A458" s="16" t="s">
         <v>1965</v>
       </c>
       <c r="B458" s="13">
         <v>40203484631</v>
       </c>
       <c r="C458" s="13" t="s">
         <v>1961</v>
       </c>
       <c r="D458" s="10" t="s">
         <v>1949</v>
       </c>
       <c r="E458" s="10" t="s">
         <v>1966</v>
       </c>
       <c r="F458" s="23" t="s">
         <v>13</v>
       </c>
       <c r="G458" s="15" t="s">
         <v>1967</v>
       </c>
       <c r="H458" s="11"/>
       <c r="I458" s="11"/>
       <c r="J458" s="11"/>
       <c r="K458" s="11"/>
@@ -23350,51 +23584,51 @@
       <c r="B466" s="13">
         <v>42103029248</v>
       </c>
       <c r="C466" s="9" t="s">
         <v>1977</v>
       </c>
       <c r="D466" s="10" t="s">
         <v>1973</v>
       </c>
       <c r="E466" s="10" t="s">
         <v>1995</v>
       </c>
       <c r="F466" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G466" s="15" t="s">
         <v>1996</v>
       </c>
       <c r="H466" s="11"/>
       <c r="I466" s="11"/>
       <c r="J466" s="11"/>
       <c r="K466" s="11"/>
       <c r="L466" s="11"/>
       <c r="M466" s="11"/>
     </row>
-    <row r="467" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="467" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A467" s="12" t="s">
         <v>1997</v>
       </c>
       <c r="B467" s="13">
         <v>40203391810</v>
       </c>
       <c r="C467" s="9" t="s">
         <v>1977</v>
       </c>
       <c r="D467" s="10" t="s">
         <v>1998</v>
       </c>
       <c r="E467" s="10" t="s">
         <v>1999</v>
       </c>
       <c r="F467" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G467" s="15" t="s">
         <v>2000</v>
       </c>
       <c r="H467" s="11"/>
       <c r="I467" s="11"/>
       <c r="J467" s="11"/>
       <c r="K467" s="11"/>
@@ -23524,80 +23758,80 @@
       <c r="B472" s="13">
         <v>40203538262</v>
       </c>
       <c r="C472" s="9" t="s">
         <v>2020</v>
       </c>
       <c r="D472" s="12" t="s">
         <v>519</v>
       </c>
       <c r="E472" s="12" t="s">
         <v>2021</v>
       </c>
       <c r="F472" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G472" s="12" t="s">
         <v>2022</v>
       </c>
       <c r="H472" s="11"/>
       <c r="I472" s="11"/>
       <c r="J472" s="11"/>
       <c r="K472" s="11"/>
       <c r="L472" s="11"/>
       <c r="M472" s="11"/>
     </row>
-    <row r="473" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="473" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A473" s="12" t="s">
         <v>2023</v>
       </c>
       <c r="B473" s="13">
         <v>40203516180</v>
       </c>
       <c r="C473" s="9" t="s">
         <v>2015</v>
       </c>
       <c r="D473" s="12" t="s">
         <v>2024</v>
       </c>
       <c r="E473" s="12" t="s">
         <v>2025</v>
       </c>
       <c r="F473" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G473" s="12" t="s">
         <v>2026</v>
       </c>
       <c r="H473" s="11"/>
       <c r="I473" s="11"/>
       <c r="J473" s="11"/>
       <c r="K473" s="11"/>
       <c r="L473" s="11"/>
       <c r="M473" s="11"/>
     </row>
-    <row r="474" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="474" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A474" s="12" t="s">
         <v>2027</v>
       </c>
       <c r="B474" s="13">
         <v>41203074395</v>
       </c>
       <c r="C474" s="9" t="s">
         <v>2028</v>
       </c>
       <c r="D474" s="12" t="s">
         <v>2029</v>
       </c>
       <c r="E474" s="12" t="s">
         <v>2030</v>
       </c>
       <c r="F474" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G474" s="12" t="s">
         <v>2031</v>
       </c>
       <c r="H474" s="11"/>
       <c r="I474" s="11"/>
       <c r="J474" s="11"/>
       <c r="K474" s="11"/>
@@ -23640,80 +23874,80 @@
       <c r="B476" s="13">
         <v>40003857850</v>
       </c>
       <c r="C476" s="9" t="s">
         <v>1900</v>
       </c>
       <c r="D476" s="12" t="s">
         <v>2037</v>
       </c>
       <c r="E476" s="12" t="s">
         <v>2038</v>
       </c>
       <c r="F476" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G476" s="12" t="s">
         <v>2039</v>
       </c>
       <c r="H476" s="11"/>
       <c r="I476" s="11"/>
       <c r="J476" s="11"/>
       <c r="K476" s="11"/>
       <c r="L476" s="11"/>
       <c r="M476" s="11"/>
     </row>
-    <row r="477" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="477" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A477" s="12" t="s">
         <v>2040</v>
       </c>
       <c r="B477" s="13">
         <v>40203534152</v>
       </c>
       <c r="C477" s="9" t="s">
         <v>2041</v>
       </c>
       <c r="D477" s="12" t="s">
         <v>2042</v>
       </c>
       <c r="E477" s="12" t="s">
         <v>2043</v>
       </c>
       <c r="F477" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G477" s="12" t="s">
         <v>2044</v>
       </c>
       <c r="H477" s="11"/>
       <c r="I477" s="11"/>
       <c r="J477" s="11"/>
       <c r="K477" s="11"/>
       <c r="L477" s="11"/>
       <c r="M477" s="11"/>
     </row>
-    <row r="478" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="478" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A478" s="12" t="s">
         <v>2045</v>
       </c>
       <c r="B478" s="13">
         <v>40203507258</v>
       </c>
       <c r="C478" s="9" t="s">
         <v>2020</v>
       </c>
       <c r="D478" s="12" t="s">
         <v>2046</v>
       </c>
       <c r="E478" s="12" t="s">
         <v>2047</v>
       </c>
       <c r="F478" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G478" s="12" t="s">
         <v>2048</v>
       </c>
       <c r="H478" s="11"/>
       <c r="I478" s="11"/>
       <c r="J478" s="11"/>
       <c r="K478" s="11"/>
@@ -23727,51 +23961,51 @@
       <c r="B479" s="13">
         <v>40103319032</v>
       </c>
       <c r="C479" s="9" t="s">
         <v>2050</v>
       </c>
       <c r="D479" s="12" t="s">
         <v>2051</v>
       </c>
       <c r="E479" s="12" t="s">
         <v>2052</v>
       </c>
       <c r="F479" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G479" s="12" t="s">
         <v>2053</v>
       </c>
       <c r="H479" s="11"/>
       <c r="I479" s="11"/>
       <c r="J479" s="11"/>
       <c r="K479" s="11"/>
       <c r="L479" s="11"/>
       <c r="M479" s="11"/>
     </row>
-    <row r="480" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="480" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A480" s="12" t="s">
         <v>2054</v>
       </c>
       <c r="B480" s="13">
         <v>50203249161</v>
       </c>
       <c r="C480" s="9" t="s">
         <v>2055</v>
       </c>
       <c r="D480" s="12" t="s">
         <v>2056</v>
       </c>
       <c r="E480" s="12" t="s">
         <v>2057</v>
       </c>
       <c r="F480" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G480" s="12" t="s">
         <v>2058</v>
       </c>
       <c r="H480" s="11"/>
       <c r="I480" s="11"/>
       <c r="J480" s="11"/>
       <c r="K480" s="11"/>
@@ -23872,80 +24106,80 @@
       <c r="B484" s="13">
         <v>40203046354</v>
       </c>
       <c r="C484" s="9" t="s">
         <v>2069</v>
       </c>
       <c r="D484" s="12" t="s">
         <v>2074</v>
       </c>
       <c r="E484" s="12" t="s">
         <v>2075</v>
       </c>
       <c r="F484" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G484" s="12" t="s">
         <v>2076</v>
       </c>
       <c r="H484" s="11"/>
       <c r="I484" s="11"/>
       <c r="J484" s="11"/>
       <c r="K484" s="11"/>
       <c r="L484" s="11"/>
       <c r="M484" s="11"/>
     </row>
-    <row r="485" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="485" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A485" s="12" t="s">
         <v>2077</v>
       </c>
       <c r="B485" s="13">
         <v>40203528090</v>
       </c>
       <c r="C485" s="9" t="s">
         <v>2078</v>
       </c>
       <c r="D485" s="12" t="s">
         <v>1949</v>
       </c>
       <c r="E485" s="12" t="s">
         <v>2079</v>
       </c>
       <c r="F485" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G485" s="12" t="s">
         <v>2080</v>
       </c>
       <c r="H485" s="11"/>
       <c r="I485" s="11"/>
       <c r="J485" s="11"/>
       <c r="K485" s="11"/>
       <c r="L485" s="11"/>
       <c r="M485" s="11"/>
     </row>
-    <row r="486" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="486" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A486" s="12" t="s">
         <v>2081</v>
       </c>
       <c r="B486" s="13">
         <v>50203290661</v>
       </c>
       <c r="C486" s="9" t="s">
         <v>2082</v>
       </c>
       <c r="D486" s="12" t="s">
         <v>2083</v>
       </c>
       <c r="E486" s="12" t="s">
         <v>2084</v>
       </c>
       <c r="F486" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G486" s="12" t="s">
         <v>2085</v>
       </c>
       <c r="H486" s="11"/>
       <c r="I486" s="11"/>
       <c r="J486" s="11"/>
       <c r="K486" s="11"/>
@@ -23959,109 +24193,109 @@
       <c r="B487" s="13">
         <v>40203205767</v>
       </c>
       <c r="C487" s="9" t="s">
         <v>1826</v>
       </c>
       <c r="D487" s="12" t="s">
         <v>2087</v>
       </c>
       <c r="E487" s="12" t="s">
         <v>2088</v>
       </c>
       <c r="F487" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G487" s="12" t="s">
         <v>2089</v>
       </c>
       <c r="H487" s="11"/>
       <c r="I487" s="11"/>
       <c r="J487" s="11"/>
       <c r="K487" s="11"/>
       <c r="L487" s="11"/>
       <c r="M487" s="11"/>
     </row>
-    <row r="488" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="488" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A488" s="12" t="s">
         <v>2090</v>
       </c>
       <c r="B488" s="13">
         <v>40203493615</v>
       </c>
       <c r="C488" s="9" t="s">
         <v>2091</v>
       </c>
       <c r="D488" s="12" t="s">
         <v>1949</v>
       </c>
       <c r="E488" s="12" t="s">
         <v>2092</v>
       </c>
       <c r="F488" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G488" s="12" t="s">
         <v>2080</v>
       </c>
       <c r="H488" s="11"/>
       <c r="I488" s="11"/>
       <c r="J488" s="11"/>
       <c r="K488" s="11"/>
       <c r="L488" s="11"/>
       <c r="M488" s="11"/>
     </row>
-    <row r="489" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="489" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A489" s="12" t="s">
         <v>2093</v>
       </c>
       <c r="B489" s="13">
         <v>40203546715</v>
       </c>
       <c r="C489" s="9" t="s">
         <v>2028</v>
       </c>
       <c r="D489" s="12" t="s">
         <v>2094</v>
       </c>
       <c r="E489" s="12" t="s">
         <v>2095</v>
       </c>
       <c r="F489" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G489" s="12" t="s">
         <v>2096</v>
       </c>
       <c r="H489" s="11"/>
       <c r="I489" s="11"/>
       <c r="J489" s="11"/>
       <c r="K489" s="11"/>
       <c r="L489" s="11"/>
       <c r="M489" s="11"/>
     </row>
-    <row r="490" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="490" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A490" s="12" t="s">
         <v>2097</v>
       </c>
       <c r="B490" s="13">
         <v>40203558894</v>
       </c>
       <c r="C490" s="9" t="s">
         <v>2082</v>
       </c>
       <c r="D490" s="12" t="s">
         <v>519</v>
       </c>
       <c r="E490" s="12" t="s">
         <v>2098</v>
       </c>
       <c r="F490" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G490" s="12" t="s">
         <v>2099</v>
       </c>
       <c r="H490" s="11"/>
       <c r="I490" s="11"/>
       <c r="J490" s="11"/>
       <c r="K490" s="11"/>
@@ -24104,51 +24338,51 @@
       <c r="B492" s="13">
         <v>50203377931</v>
       </c>
       <c r="C492" s="9" t="s">
         <v>2091</v>
       </c>
       <c r="D492" s="12" t="s">
         <v>2105</v>
       </c>
       <c r="E492" s="12" t="s">
         <v>2106</v>
       </c>
       <c r="F492" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G492" s="12" t="s">
         <v>2107</v>
       </c>
       <c r="H492" s="11"/>
       <c r="I492" s="11"/>
       <c r="J492" s="11"/>
       <c r="K492" s="11"/>
       <c r="L492" s="11"/>
       <c r="M492" s="11"/>
     </row>
-    <row r="493" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="493" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A493" s="12" t="s">
         <v>2108</v>
       </c>
       <c r="B493" s="13">
         <v>40103771120</v>
       </c>
       <c r="C493" s="9" t="s">
         <v>2109</v>
       </c>
       <c r="D493" s="12" t="s">
         <v>2110</v>
       </c>
       <c r="E493" s="12" t="s">
         <v>2111</v>
       </c>
       <c r="F493" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G493" s="12" t="s">
         <v>2112</v>
       </c>
       <c r="H493" s="11"/>
       <c r="I493" s="11"/>
       <c r="J493" s="11"/>
       <c r="K493" s="11"/>
@@ -24336,51 +24570,51 @@
       <c r="B500" s="13">
         <v>40203447692</v>
       </c>
       <c r="C500" s="9" t="s">
         <v>2041</v>
       </c>
       <c r="D500" s="12" t="s">
         <v>2136</v>
       </c>
       <c r="E500" s="12" t="s">
         <v>2137</v>
       </c>
       <c r="F500" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G500" s="12" t="s">
         <v>2138</v>
       </c>
       <c r="H500" s="11"/>
       <c r="I500" s="11"/>
       <c r="J500" s="11"/>
       <c r="K500" s="11"/>
       <c r="L500" s="11"/>
       <c r="M500" s="11"/>
     </row>
-    <row r="501" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="501" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A501" s="12" t="s">
         <v>2139</v>
       </c>
       <c r="B501" s="13">
         <v>40203501378</v>
       </c>
       <c r="C501" s="9" t="s">
         <v>2140</v>
       </c>
       <c r="D501" s="12" t="s">
         <v>2141</v>
       </c>
       <c r="E501" s="12" t="s">
         <v>2142</v>
       </c>
       <c r="F501" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G501" s="12" t="s">
         <v>2143</v>
       </c>
       <c r="H501" s="11"/>
       <c r="I501" s="11"/>
       <c r="J501" s="11"/>
       <c r="K501" s="11"/>
@@ -24539,254 +24773,254 @@
       <c r="B507" s="13">
         <v>41503074036</v>
       </c>
       <c r="C507" s="9" t="s">
         <v>2168</v>
       </c>
       <c r="D507" s="12" t="s">
         <v>2169</v>
       </c>
       <c r="E507" s="12" t="s">
         <v>2170</v>
       </c>
       <c r="F507" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G507" s="12" t="s">
         <v>2171</v>
       </c>
       <c r="H507" s="11"/>
       <c r="I507" s="11"/>
       <c r="J507" s="11"/>
       <c r="K507" s="11"/>
       <c r="L507" s="11"/>
       <c r="M507" s="11"/>
     </row>
-    <row r="508" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="508" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A508" s="12" t="s">
         <v>2172</v>
       </c>
       <c r="B508" s="13">
         <v>50203538461</v>
       </c>
       <c r="C508" s="9" t="s">
         <v>2140</v>
       </c>
       <c r="D508" s="12" t="s">
         <v>2173</v>
       </c>
       <c r="E508" s="12" t="s">
         <v>2174</v>
       </c>
       <c r="F508" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G508" s="12" t="s">
         <v>2080</v>
       </c>
       <c r="H508" s="11"/>
       <c r="I508" s="11"/>
       <c r="J508" s="11"/>
       <c r="K508" s="11"/>
       <c r="L508" s="11"/>
       <c r="M508" s="11"/>
     </row>
-    <row r="509" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="509" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A509" s="12" t="s">
         <v>2175</v>
       </c>
       <c r="B509" s="13">
         <v>40203570327</v>
       </c>
       <c r="C509" s="9" t="s">
         <v>2140</v>
       </c>
       <c r="D509" s="12" t="s">
         <v>2176</v>
       </c>
       <c r="E509" s="12" t="s">
         <v>2177</v>
       </c>
       <c r="F509" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G509" s="12" t="s">
         <v>2178</v>
       </c>
       <c r="H509" s="11"/>
       <c r="I509" s="11"/>
       <c r="J509" s="11"/>
       <c r="K509" s="11"/>
       <c r="L509" s="11"/>
       <c r="M509" s="11"/>
     </row>
-    <row r="510" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="510" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A510" s="12" t="s">
         <v>2179</v>
       </c>
       <c r="B510" s="13">
         <v>40203534311</v>
       </c>
       <c r="C510" s="9" t="s">
         <v>2140</v>
       </c>
       <c r="D510" s="12" t="s">
         <v>2180</v>
       </c>
       <c r="E510" s="12" t="s">
         <v>2181</v>
       </c>
       <c r="F510" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G510" s="12" t="s">
         <v>2182</v>
       </c>
       <c r="H510" s="11"/>
       <c r="I510" s="11"/>
       <c r="J510" s="11"/>
       <c r="K510" s="11"/>
       <c r="L510" s="11"/>
       <c r="M510" s="11"/>
     </row>
-    <row r="511" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="511" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A511" s="12" t="s">
         <v>2183</v>
       </c>
       <c r="B511" s="13">
         <v>40203511234</v>
       </c>
       <c r="C511" s="9" t="s">
         <v>2140</v>
       </c>
       <c r="D511" s="12" t="s">
         <v>2184</v>
       </c>
       <c r="E511" s="12" t="s">
         <v>2185</v>
       </c>
       <c r="F511" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G511" s="12" t="s">
         <v>2186</v>
       </c>
       <c r="H511" s="11"/>
       <c r="I511" s="11"/>
       <c r="J511" s="11"/>
       <c r="K511" s="11"/>
       <c r="L511" s="11"/>
       <c r="M511" s="11"/>
     </row>
-    <row r="512" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="512" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A512" s="12" t="s">
         <v>2187</v>
       </c>
       <c r="B512" s="13">
         <v>40203520059</v>
       </c>
       <c r="C512" s="9" t="s">
         <v>2140</v>
       </c>
       <c r="D512" s="12" t="s">
         <v>2188</v>
       </c>
       <c r="E512" s="12" t="s">
         <v>2189</v>
       </c>
       <c r="F512" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G512" s="12" t="s">
         <v>2190</v>
       </c>
       <c r="H512" s="11"/>
       <c r="I512" s="11"/>
       <c r="J512" s="11"/>
       <c r="K512" s="11"/>
       <c r="L512" s="11"/>
       <c r="M512" s="11"/>
     </row>
-    <row r="513" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="513" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A513" s="12" t="s">
         <v>2191</v>
       </c>
       <c r="B513" s="13">
         <v>40203514404</v>
       </c>
       <c r="C513" s="9" t="s">
         <v>2140</v>
       </c>
       <c r="D513" s="12" t="s">
         <v>2192</v>
       </c>
       <c r="E513" s="12" t="s">
         <v>2193</v>
       </c>
       <c r="F513" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G513" s="12" t="s">
         <v>2186</v>
       </c>
       <c r="H513" s="11"/>
       <c r="I513" s="11"/>
       <c r="J513" s="11"/>
       <c r="K513" s="11"/>
       <c r="L513" s="11"/>
       <c r="M513" s="11"/>
     </row>
-    <row r="514" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="514" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A514" s="12" t="s">
         <v>2194</v>
       </c>
       <c r="B514" s="13">
         <v>40203577838</v>
       </c>
       <c r="C514" s="9" t="s">
         <v>2195</v>
       </c>
       <c r="D514" s="12" t="s">
         <v>2196</v>
       </c>
       <c r="E514" s="12" t="s">
         <v>2197</v>
       </c>
       <c r="F514" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G514" s="12" t="s">
         <v>2190</v>
       </c>
       <c r="H514" s="11"/>
       <c r="I514" s="11"/>
       <c r="J514" s="11"/>
       <c r="K514" s="11"/>
       <c r="L514" s="11"/>
       <c r="M514" s="11"/>
     </row>
-    <row r="515" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="515" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A515" s="12" t="s">
         <v>2198</v>
       </c>
       <c r="B515" s="13">
         <v>40203520909</v>
       </c>
       <c r="C515" s="9" t="s">
         <v>2195</v>
       </c>
       <c r="D515" s="12" t="s">
         <v>2196</v>
       </c>
       <c r="E515" s="12" t="s">
         <v>2199</v>
       </c>
       <c r="F515" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G515" s="12" t="s">
         <v>2190</v>
       </c>
       <c r="H515" s="11"/>
       <c r="I515" s="11"/>
       <c r="J515" s="11"/>
       <c r="K515" s="11"/>
@@ -24858,109 +25092,109 @@
       <c r="B518" s="13">
         <v>40203215229</v>
       </c>
       <c r="C518" s="9" t="s">
         <v>2211</v>
       </c>
       <c r="D518" s="12" t="s">
         <v>2212</v>
       </c>
       <c r="E518" s="12" t="s">
         <v>2213</v>
       </c>
       <c r="F518" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G518" s="12" t="s">
         <v>2214</v>
       </c>
       <c r="H518" s="11"/>
       <c r="I518" s="11"/>
       <c r="J518" s="11"/>
       <c r="K518" s="11"/>
       <c r="L518" s="11"/>
       <c r="M518" s="11"/>
     </row>
-    <row r="519" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="519" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A519" s="10" t="s">
         <v>2215</v>
       </c>
       <c r="B519" s="13">
         <v>40203091729</v>
       </c>
       <c r="C519" s="9" t="s">
         <v>2216</v>
       </c>
       <c r="D519" s="12" t="s">
         <v>2217</v>
       </c>
       <c r="E519" s="12" t="s">
         <v>2218</v>
       </c>
       <c r="F519" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G519" s="12" t="s">
         <v>2219</v>
       </c>
       <c r="H519" s="11"/>
       <c r="I519" s="11"/>
       <c r="J519" s="11"/>
       <c r="K519" s="11"/>
       <c r="L519" s="11"/>
       <c r="M519" s="11"/>
     </row>
-    <row r="520" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="520" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A520" s="10" t="s">
         <v>2220</v>
       </c>
       <c r="B520" s="13">
         <v>40203409135</v>
       </c>
       <c r="C520" s="9" t="s">
         <v>2211</v>
       </c>
       <c r="D520" s="10" t="s">
         <v>2221</v>
       </c>
       <c r="E520" s="12" t="s">
         <v>2222</v>
       </c>
       <c r="F520" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G520" s="12" t="s">
         <v>2223</v>
       </c>
       <c r="H520" s="11"/>
       <c r="I520" s="11"/>
       <c r="J520" s="11"/>
       <c r="K520" s="11"/>
       <c r="L520" s="11"/>
       <c r="M520" s="11"/>
     </row>
-    <row r="521" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="521" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A521" s="10" t="s">
         <v>2220</v>
       </c>
       <c r="B521" s="13">
         <v>40203409135</v>
       </c>
       <c r="C521" s="9" t="s">
         <v>2211</v>
       </c>
       <c r="D521" s="10" t="s">
         <v>2221</v>
       </c>
       <c r="E521" s="12" t="s">
         <v>2224</v>
       </c>
       <c r="F521" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G521" s="12" t="s">
         <v>2223</v>
       </c>
       <c r="H521" s="11"/>
       <c r="I521" s="11"/>
       <c r="J521" s="11"/>
       <c r="K521" s="11"/>
@@ -24974,51 +25208,51 @@
       <c r="B522" s="13">
         <v>40203508408</v>
       </c>
       <c r="C522" s="9" t="s">
         <v>2226</v>
       </c>
       <c r="D522" s="10" t="s">
         <v>2227</v>
       </c>
       <c r="E522" s="12" t="s">
         <v>2228</v>
       </c>
       <c r="F522" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G522" s="12" t="s">
         <v>2190</v>
       </c>
       <c r="H522" s="11"/>
       <c r="I522" s="11"/>
       <c r="J522" s="11"/>
       <c r="K522" s="11"/>
       <c r="L522" s="11"/>
       <c r="M522" s="11"/>
     </row>
-    <row r="523" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="523" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A523" s="10" t="s">
         <v>2229</v>
       </c>
       <c r="B523" s="13">
         <v>50203520281</v>
       </c>
       <c r="C523" s="9" t="s">
         <v>2226</v>
       </c>
       <c r="D523" s="10" t="s">
         <v>2230</v>
       </c>
       <c r="E523" s="12" t="s">
         <v>2231</v>
       </c>
       <c r="F523" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G523" s="12" t="s">
         <v>2186</v>
       </c>
       <c r="H523" s="11"/>
       <c r="I523" s="11"/>
       <c r="J523" s="11"/>
       <c r="K523" s="11"/>
@@ -25090,51 +25324,51 @@
       <c r="B526" s="13">
         <v>40203405561</v>
       </c>
       <c r="C526" s="9" t="s">
         <v>2216</v>
       </c>
       <c r="D526" s="10" t="s">
         <v>2240</v>
       </c>
       <c r="E526" s="12" t="s">
         <v>2241</v>
       </c>
       <c r="F526" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G526" s="12" t="s">
         <v>2235</v>
       </c>
       <c r="H526" s="11"/>
       <c r="I526" s="11"/>
       <c r="J526" s="11"/>
       <c r="K526" s="11"/>
       <c r="L526" s="11"/>
       <c r="M526" s="11"/>
     </row>
-    <row r="527" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="527" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A527" s="10" t="s">
         <v>2242</v>
       </c>
       <c r="B527" s="13">
         <v>40203519596</v>
       </c>
       <c r="C527" s="9" t="s">
         <v>2211</v>
       </c>
       <c r="D527" s="10" t="s">
         <v>2243</v>
       </c>
       <c r="E527" s="12" t="s">
         <v>2244</v>
       </c>
       <c r="F527" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G527" s="12" t="s">
         <v>2190</v>
       </c>
       <c r="H527" s="11"/>
       <c r="I527" s="11"/>
       <c r="J527" s="11"/>
       <c r="K527" s="11"/>
@@ -25177,51 +25411,51 @@
       <c r="B529" s="13">
         <v>40103461365</v>
       </c>
       <c r="C529" s="9" t="s">
         <v>2250</v>
       </c>
       <c r="D529" s="10" t="s">
         <v>2251</v>
       </c>
       <c r="E529" s="12" t="s">
         <v>2252</v>
       </c>
       <c r="F529" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G529" s="12" t="s">
         <v>2253</v>
       </c>
       <c r="H529" s="11"/>
       <c r="I529" s="11"/>
       <c r="J529" s="11"/>
       <c r="K529" s="11"/>
       <c r="L529" s="11"/>
       <c r="M529" s="11"/>
     </row>
-    <row r="530" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="530" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A530" s="10" t="s">
         <v>2254</v>
       </c>
       <c r="B530" s="13">
         <v>52103059441</v>
       </c>
       <c r="C530" s="9" t="s">
         <v>2255</v>
       </c>
       <c r="D530" s="10" t="s">
         <v>2256</v>
       </c>
       <c r="E530" s="12" t="s">
         <v>2257</v>
       </c>
       <c r="F530" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G530" s="12" t="s">
         <v>2258</v>
       </c>
       <c r="H530" s="11"/>
       <c r="I530" s="11"/>
       <c r="J530" s="11"/>
       <c r="K530" s="11"/>
@@ -25293,51 +25527,51 @@
       <c r="B533" s="13">
         <v>44101029735</v>
       </c>
       <c r="C533" s="9" t="s">
         <v>2226</v>
       </c>
       <c r="D533" s="10" t="s">
         <v>2267</v>
       </c>
       <c r="E533" s="12" t="s">
         <v>2268</v>
       </c>
       <c r="F533" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G533" s="12" t="s">
         <v>2269</v>
       </c>
       <c r="H533" s="11"/>
       <c r="I533" s="11"/>
       <c r="J533" s="11"/>
       <c r="K533" s="11"/>
       <c r="L533" s="11"/>
       <c r="M533" s="11"/>
     </row>
-    <row r="534" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="534" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A534" s="10" t="s">
         <v>2270</v>
       </c>
       <c r="B534" s="13">
         <v>40002209701</v>
       </c>
       <c r="C534" s="9" t="s">
         <v>2255</v>
       </c>
       <c r="D534" s="10" t="s">
         <v>519</v>
       </c>
       <c r="E534" s="12" t="s">
         <v>2271</v>
       </c>
       <c r="F534" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G534" s="12" t="s">
         <v>2272</v>
       </c>
       <c r="H534" s="11"/>
       <c r="I534" s="11"/>
       <c r="J534" s="11"/>
       <c r="K534" s="11"/>
@@ -25380,109 +25614,109 @@
       <c r="B536" s="13">
         <v>40008290979</v>
       </c>
       <c r="C536" s="13" t="s">
         <v>2279</v>
       </c>
       <c r="D536" s="10" t="s">
         <v>1416</v>
       </c>
       <c r="E536" s="10" t="s">
         <v>2280</v>
       </c>
       <c r="F536" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G536" s="12" t="s">
         <v>2281</v>
       </c>
       <c r="H536" s="11"/>
       <c r="I536" s="11"/>
       <c r="J536" s="11"/>
       <c r="K536" s="11"/>
       <c r="L536" s="11"/>
       <c r="M536" s="11"/>
     </row>
-    <row r="537" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="537" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A537" s="10" t="s">
         <v>2282</v>
       </c>
       <c r="B537" s="13">
         <v>50203482191</v>
       </c>
       <c r="C537" s="13" t="s">
         <v>2255</v>
       </c>
       <c r="D537" s="10" t="s">
         <v>2283</v>
       </c>
       <c r="E537" s="14" t="s">
         <v>2284</v>
       </c>
       <c r="F537" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G537" s="14" t="s">
         <v>2285</v>
       </c>
       <c r="H537" s="11"/>
       <c r="I537" s="11"/>
       <c r="J537" s="11"/>
       <c r="K537" s="11"/>
       <c r="L537" s="11"/>
       <c r="M537" s="11"/>
     </row>
-    <row r="538" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="538" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A538" s="10" t="s">
         <v>2286</v>
       </c>
       <c r="B538" s="13">
         <v>41203047293</v>
       </c>
       <c r="C538" s="9" t="s">
         <v>2255</v>
       </c>
       <c r="D538" s="10" t="s">
         <v>2287</v>
       </c>
       <c r="E538" s="10" t="s">
         <v>2288</v>
       </c>
       <c r="F538" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G538" s="15" t="s">
         <v>2214</v>
       </c>
       <c r="H538" s="11"/>
       <c r="I538" s="11"/>
       <c r="J538" s="11"/>
       <c r="K538" s="11"/>
       <c r="L538" s="11"/>
       <c r="M538" s="11"/>
     </row>
-    <row r="539" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="539" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A539" s="10" t="s">
         <v>2289</v>
       </c>
       <c r="B539" s="13">
         <v>40203310345</v>
       </c>
       <c r="C539" s="9" t="s">
         <v>2149</v>
       </c>
       <c r="D539" s="10" t="s">
         <v>2290</v>
       </c>
       <c r="E539" s="10" t="s">
         <v>2291</v>
       </c>
       <c r="F539" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G539" s="15" t="s">
         <v>2292</v>
       </c>
       <c r="H539" s="11"/>
       <c r="I539" s="11"/>
       <c r="J539" s="11"/>
       <c r="K539" s="11"/>
@@ -25496,254 +25730,254 @@
       <c r="B540" s="13">
         <v>44102039092</v>
       </c>
       <c r="C540" s="13" t="s">
         <v>2294</v>
       </c>
       <c r="D540" s="10" t="s">
         <v>2295</v>
       </c>
       <c r="E540" s="10" t="s">
         <v>2296</v>
       </c>
       <c r="F540" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G540" s="15" t="s">
         <v>2297</v>
       </c>
       <c r="H540" s="11"/>
       <c r="I540" s="11"/>
       <c r="J540" s="11"/>
       <c r="K540" s="11"/>
       <c r="L540" s="11"/>
       <c r="M540" s="11"/>
     </row>
-    <row r="541" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="541" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A541" s="10" t="s">
         <v>2298</v>
       </c>
       <c r="B541" s="13">
         <v>40203508785</v>
       </c>
       <c r="C541" s="13" t="s">
         <v>2154</v>
       </c>
       <c r="D541" s="10" t="s">
         <v>2299</v>
       </c>
       <c r="E541" s="10" t="s">
         <v>2300</v>
       </c>
       <c r="F541" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G541" s="15" t="s">
         <v>2301</v>
       </c>
       <c r="H541" s="11"/>
       <c r="I541" s="11"/>
       <c r="J541" s="11"/>
       <c r="K541" s="11"/>
       <c r="L541" s="11"/>
       <c r="M541" s="11"/>
     </row>
-    <row r="542" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="542" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A542" s="10" t="s">
         <v>2302</v>
       </c>
       <c r="B542" s="13">
         <v>50203509941</v>
       </c>
       <c r="C542" s="13" t="s">
         <v>2149</v>
       </c>
       <c r="D542" s="10" t="s">
         <v>1949</v>
       </c>
       <c r="E542" s="10" t="s">
         <v>2303</v>
       </c>
       <c r="F542" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G542" s="15" t="s">
         <v>2304</v>
       </c>
       <c r="H542" s="11"/>
       <c r="I542" s="11"/>
       <c r="J542" s="11"/>
       <c r="K542" s="11"/>
       <c r="L542" s="11"/>
       <c r="M542" s="11"/>
     </row>
-    <row r="543" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="543" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A543" s="10" t="s">
         <v>2305</v>
       </c>
       <c r="B543" s="13">
         <v>40203511855</v>
       </c>
       <c r="C543" s="13" t="s">
         <v>2149</v>
       </c>
       <c r="D543" s="10" t="s">
         <v>1949</v>
       </c>
       <c r="E543" s="10" t="s">
         <v>2306</v>
       </c>
       <c r="F543" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G543" s="15" t="s">
         <v>2307</v>
       </c>
       <c r="H543" s="11"/>
       <c r="I543" s="11"/>
       <c r="J543" s="11"/>
       <c r="K543" s="11"/>
       <c r="L543" s="11"/>
       <c r="M543" s="11"/>
     </row>
-    <row r="544" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="544" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A544" s="10" t="s">
         <v>2308</v>
       </c>
       <c r="B544" s="13">
         <v>40203193716</v>
       </c>
       <c r="C544" s="13" t="s">
         <v>2309</v>
       </c>
       <c r="D544" s="10" t="s">
         <v>1949</v>
       </c>
       <c r="E544" s="10" t="s">
         <v>2310</v>
       </c>
       <c r="F544" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G544" s="15" t="s">
         <v>2311</v>
       </c>
       <c r="H544" s="11"/>
       <c r="I544" s="11"/>
       <c r="J544" s="11"/>
       <c r="K544" s="11"/>
       <c r="L544" s="11"/>
       <c r="M544" s="11"/>
     </row>
-    <row r="545" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="545" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A545" s="10" t="s">
         <v>2312</v>
       </c>
       <c r="B545" s="13">
         <v>50203510211</v>
       </c>
       <c r="C545" s="13" t="s">
         <v>2309</v>
       </c>
       <c r="D545" s="10" t="s">
         <v>2299</v>
       </c>
       <c r="E545" s="10" t="s">
         <v>2313</v>
       </c>
       <c r="F545" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G545" s="15" t="s">
         <v>2314</v>
       </c>
       <c r="H545" s="11"/>
       <c r="I545" s="11"/>
       <c r="J545" s="11"/>
       <c r="K545" s="11"/>
       <c r="L545" s="11"/>
       <c r="M545" s="11"/>
     </row>
-    <row r="546" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="546" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A546" s="10" t="s">
         <v>2315</v>
       </c>
       <c r="B546" s="13">
         <v>40203514283</v>
       </c>
       <c r="C546" s="13" t="s">
         <v>2309</v>
       </c>
       <c r="D546" s="10" t="s">
         <v>1871</v>
       </c>
       <c r="E546" s="10" t="s">
         <v>2316</v>
       </c>
       <c r="F546" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G546" s="15" t="s">
         <v>2317</v>
       </c>
       <c r="H546" s="11"/>
       <c r="I546" s="11"/>
       <c r="J546" s="11"/>
       <c r="K546" s="11"/>
       <c r="L546" s="11"/>
       <c r="M546" s="11"/>
     </row>
-    <row r="547" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="547" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A547" s="10" t="s">
         <v>2318</v>
       </c>
       <c r="B547" s="13">
         <v>40002199545</v>
       </c>
       <c r="C547" s="13" t="s">
         <v>2154</v>
       </c>
       <c r="D547" s="10" t="s">
         <v>2295</v>
       </c>
       <c r="E547" s="10" t="s">
         <v>2319</v>
       </c>
       <c r="F547" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G547" s="15" t="s">
         <v>2320</v>
       </c>
       <c r="H547" s="11"/>
       <c r="I547" s="11"/>
       <c r="J547" s="11"/>
       <c r="K547" s="11"/>
       <c r="L547" s="11"/>
       <c r="M547" s="11"/>
     </row>
-    <row r="548" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="548" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A548" s="10" t="s">
         <v>2321</v>
       </c>
       <c r="B548" s="13">
         <v>40002203130</v>
       </c>
       <c r="C548" s="13" t="s">
         <v>2322</v>
       </c>
       <c r="D548" s="10" t="s">
         <v>519</v>
       </c>
       <c r="E548" s="10" t="s">
         <v>2323</v>
       </c>
       <c r="F548" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G548" s="15" t="s">
         <v>2324</v>
       </c>
       <c r="H548" s="11"/>
       <c r="I548" s="11"/>
       <c r="J548" s="11"/>
       <c r="K548" s="11"/>
@@ -25931,80 +26165,80 @@
       <c r="B555" s="13">
         <v>40203551152</v>
       </c>
       <c r="C555" s="13" t="s">
         <v>2330</v>
       </c>
       <c r="D555" s="10" t="s">
         <v>519</v>
       </c>
       <c r="E555" s="10" t="s">
         <v>2350</v>
       </c>
       <c r="F555" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G555" s="15" t="s">
         <v>2351</v>
       </c>
       <c r="H555" s="11"/>
       <c r="I555" s="11"/>
       <c r="J555" s="11"/>
       <c r="K555" s="11"/>
       <c r="L555" s="11"/>
       <c r="M555" s="11"/>
     </row>
-    <row r="556" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="556" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A556" s="10" t="s">
         <v>2352</v>
       </c>
       <c r="B556" s="13">
         <v>50002209811</v>
       </c>
       <c r="C556" s="13" t="s">
         <v>2353</v>
       </c>
       <c r="D556" s="10" t="s">
         <v>519</v>
       </c>
       <c r="E556" s="10" t="s">
         <v>2354</v>
       </c>
       <c r="F556" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G556" s="15" t="s">
         <v>2355</v>
       </c>
       <c r="H556" s="11"/>
       <c r="I556" s="11"/>
       <c r="J556" s="11"/>
       <c r="K556" s="11"/>
       <c r="L556" s="11"/>
       <c r="M556" s="11"/>
     </row>
-    <row r="557" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="557" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A557" s="10" t="s">
         <v>2356</v>
       </c>
       <c r="B557" s="13">
         <v>40203549124</v>
       </c>
       <c r="C557" s="13" t="s">
         <v>2163</v>
       </c>
       <c r="D557" s="10" t="s">
         <v>2357</v>
       </c>
       <c r="E557" s="10" t="s">
         <v>2358</v>
       </c>
       <c r="F557" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G557" s="15" t="s">
         <v>2355</v>
       </c>
       <c r="H557" s="11"/>
       <c r="I557" s="11"/>
       <c r="J557" s="11"/>
       <c r="K557" s="11"/>
@@ -26308,80 +26542,80 @@
       <c r="B568" s="13">
         <v>40103424532</v>
       </c>
       <c r="C568" s="9" t="s">
         <v>2401</v>
       </c>
       <c r="D568" s="10" t="s">
         <v>2402</v>
       </c>
       <c r="E568" s="10" t="s">
         <v>2403</v>
       </c>
       <c r="F568" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G568" s="15" t="s">
         <v>2404</v>
       </c>
       <c r="H568" s="11"/>
       <c r="I568" s="11"/>
       <c r="J568" s="11"/>
       <c r="K568" s="11"/>
       <c r="L568" s="11"/>
       <c r="M568" s="11"/>
     </row>
-    <row r="569" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="569" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A569" s="10" t="s">
         <v>2405</v>
       </c>
       <c r="B569" s="13">
         <v>40203437228</v>
       </c>
       <c r="C569" s="13" t="s">
         <v>2406</v>
       </c>
       <c r="D569" s="10" t="s">
         <v>2407</v>
       </c>
       <c r="E569" s="10" t="s">
         <v>2408</v>
       </c>
       <c r="F569" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G569" s="15" t="s">
         <v>2409</v>
       </c>
       <c r="H569" s="11"/>
       <c r="I569" s="11"/>
       <c r="J569" s="11"/>
       <c r="K569" s="11"/>
       <c r="L569" s="11"/>
       <c r="M569" s="11"/>
     </row>
-    <row r="570" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="570" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A570" s="10" t="s">
         <v>2410</v>
       </c>
       <c r="B570" s="13">
         <v>50203463561</v>
       </c>
       <c r="C570" s="13" t="s">
         <v>2411</v>
       </c>
       <c r="D570" s="10" t="s">
         <v>2360</v>
       </c>
       <c r="E570" s="10" t="s">
         <v>2412</v>
       </c>
       <c r="F570" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G570" s="15" t="s">
         <v>2320</v>
       </c>
       <c r="H570" s="11"/>
       <c r="I570" s="11"/>
       <c r="J570" s="11"/>
       <c r="K570" s="11"/>
@@ -26453,51 +26687,51 @@
       <c r="B573" s="13">
         <v>40103583749</v>
       </c>
       <c r="C573" s="13" t="s">
         <v>2424</v>
       </c>
       <c r="D573" s="10" t="s">
         <v>2425</v>
       </c>
       <c r="E573" s="10" t="s">
         <v>2426</v>
       </c>
       <c r="F573" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G573" s="15" t="s">
         <v>2427</v>
       </c>
       <c r="H573" s="11"/>
       <c r="I573" s="11"/>
       <c r="J573" s="11"/>
       <c r="K573" s="11"/>
       <c r="L573" s="11"/>
       <c r="M573" s="11"/>
     </row>
-    <row r="574" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="574" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A574" s="10" t="s">
         <v>2428</v>
       </c>
       <c r="B574" s="13">
         <v>42102043051</v>
       </c>
       <c r="C574" s="13" t="s">
         <v>2322</v>
       </c>
       <c r="D574" s="10" t="s">
         <v>2429</v>
       </c>
       <c r="E574" s="10" t="s">
         <v>2430</v>
       </c>
       <c r="F574" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G574" s="15" t="s">
         <v>2431</v>
       </c>
       <c r="H574" s="11"/>
       <c r="I574" s="11"/>
       <c r="J574" s="11"/>
       <c r="K574" s="11"/>
@@ -26540,51 +26774,51 @@
       <c r="B576" s="13">
         <v>40203375040</v>
       </c>
       <c r="C576" s="13" t="s">
         <v>2433</v>
       </c>
       <c r="D576" s="10" t="s">
         <v>2438</v>
       </c>
       <c r="E576" s="10" t="s">
         <v>2439</v>
       </c>
       <c r="F576" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G576" s="15" t="s">
         <v>2440</v>
       </c>
       <c r="H576" s="11"/>
       <c r="I576" s="11"/>
       <c r="J576" s="11"/>
       <c r="K576" s="11"/>
       <c r="L576" s="11"/>
       <c r="M576" s="11"/>
     </row>
-    <row r="577" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="577" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A577" s="10" t="s">
         <v>2441</v>
       </c>
       <c r="B577" s="13">
         <v>40203075457</v>
       </c>
       <c r="C577" s="13" t="s">
         <v>2424</v>
       </c>
       <c r="D577" s="10" t="s">
         <v>2442</v>
       </c>
       <c r="E577" s="10" t="s">
         <v>2443</v>
       </c>
       <c r="F577" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G577" s="15" t="s">
         <v>2444</v>
       </c>
       <c r="H577" s="11"/>
       <c r="I577" s="11"/>
       <c r="J577" s="11"/>
       <c r="K577" s="11"/>
@@ -26627,138 +26861,138 @@
       <c r="B579" s="13">
         <v>40103676856</v>
       </c>
       <c r="C579" s="13" t="s">
         <v>2451</v>
       </c>
       <c r="D579" s="10" t="s">
         <v>2452</v>
       </c>
       <c r="E579" s="10" t="s">
         <v>2453</v>
       </c>
       <c r="F579" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G579" s="15" t="s">
         <v>2454</v>
       </c>
       <c r="H579" s="11"/>
       <c r="I579" s="11"/>
       <c r="J579" s="11"/>
       <c r="K579" s="11"/>
       <c r="L579" s="11"/>
       <c r="M579" s="11"/>
     </row>
-    <row r="580" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="580" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A580" s="10" t="s">
         <v>2455</v>
       </c>
       <c r="B580" s="13">
         <v>40002201159</v>
       </c>
       <c r="C580" s="13" t="s">
         <v>2446</v>
       </c>
       <c r="D580" s="10" t="s">
         <v>2295</v>
       </c>
       <c r="E580" s="10" t="s">
         <v>2456</v>
       </c>
       <c r="F580" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G580" s="15" t="s">
         <v>2457</v>
       </c>
       <c r="H580" s="11"/>
       <c r="I580" s="11"/>
       <c r="J580" s="11"/>
       <c r="K580" s="11"/>
       <c r="L580" s="11"/>
       <c r="M580" s="11"/>
     </row>
-    <row r="581" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="581" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A581" s="10" t="s">
         <v>2458</v>
       </c>
       <c r="B581" s="13">
         <v>40002201464</v>
       </c>
       <c r="C581" s="13" t="s">
         <v>2459</v>
       </c>
       <c r="D581" s="10" t="s">
         <v>2429</v>
       </c>
       <c r="E581" s="10" t="s">
         <v>2460</v>
       </c>
       <c r="F581" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G581" s="15" t="s">
         <v>2431</v>
       </c>
       <c r="H581" s="11"/>
       <c r="I581" s="11"/>
       <c r="J581" s="11"/>
       <c r="K581" s="11"/>
       <c r="L581" s="11"/>
       <c r="M581" s="11"/>
     </row>
-    <row r="582" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="582" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A582" s="10" t="s">
         <v>2461</v>
       </c>
       <c r="B582" s="13">
         <v>40203497960</v>
       </c>
       <c r="C582" s="13" t="s">
         <v>2462</v>
       </c>
       <c r="D582" s="10" t="s">
         <v>2463</v>
       </c>
       <c r="E582" s="10" t="s">
         <v>2464</v>
       </c>
       <c r="F582" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G582" s="15" t="s">
         <v>2465</v>
       </c>
       <c r="H582" s="11"/>
       <c r="I582" s="11"/>
       <c r="J582" s="11"/>
       <c r="K582" s="11"/>
       <c r="L582" s="11"/>
       <c r="M582" s="11"/>
     </row>
-    <row r="583" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="583" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A583" s="10" t="s">
         <v>2466</v>
       </c>
       <c r="B583" s="13">
         <v>40002200863</v>
       </c>
       <c r="C583" s="13" t="s">
         <v>2459</v>
       </c>
       <c r="D583" s="10" t="s">
         <v>2467</v>
       </c>
       <c r="E583" s="10" t="s">
         <v>2468</v>
       </c>
       <c r="F583" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G583" s="15" t="s">
         <v>2469</v>
       </c>
       <c r="H583" s="11"/>
       <c r="I583" s="11"/>
       <c r="J583" s="11"/>
       <c r="K583" s="11"/>
@@ -26772,51 +27006,51 @@
       <c r="B584" s="13">
         <v>40103733716</v>
       </c>
       <c r="C584" s="13" t="s">
         <v>2471</v>
       </c>
       <c r="D584" s="10" t="s">
         <v>2472</v>
       </c>
       <c r="E584" s="10" t="s">
         <v>2473</v>
       </c>
       <c r="F584" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G584" s="15" t="s">
         <v>2474</v>
       </c>
       <c r="H584" s="11"/>
       <c r="I584" s="11"/>
       <c r="J584" s="11"/>
       <c r="K584" s="11"/>
       <c r="L584" s="11"/>
       <c r="M584" s="11"/>
     </row>
-    <row r="585" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="585" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A585" s="10" t="s">
         <v>2475</v>
       </c>
       <c r="B585" s="13">
         <v>40203508198</v>
       </c>
       <c r="C585" s="13" t="s">
         <v>2476</v>
       </c>
       <c r="D585" s="10" t="s">
         <v>2477</v>
       </c>
       <c r="E585" s="10" t="s">
         <v>2478</v>
       </c>
       <c r="F585" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G585" s="15" t="s">
         <v>2479</v>
       </c>
       <c r="H585" s="11"/>
       <c r="I585" s="11"/>
       <c r="J585" s="11"/>
       <c r="K585" s="11"/>
@@ -26859,80 +27093,80 @@
       <c r="B587" s="13">
         <v>40103755037</v>
       </c>
       <c r="C587" s="13" t="s">
         <v>2485</v>
       </c>
       <c r="D587" s="10" t="s">
         <v>2486</v>
       </c>
       <c r="E587" s="10" t="s">
         <v>2487</v>
       </c>
       <c r="F587" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G587" s="15" t="s">
         <v>2488</v>
       </c>
       <c r="H587" s="11"/>
       <c r="I587" s="11"/>
       <c r="J587" s="11"/>
       <c r="K587" s="11"/>
       <c r="L587" s="11"/>
       <c r="M587" s="11"/>
     </row>
-    <row r="588" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="588" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A588" s="10" t="s">
         <v>2489</v>
       </c>
       <c r="B588" s="13">
         <v>40103856584</v>
       </c>
       <c r="C588" s="13" t="s">
         <v>2255</v>
       </c>
       <c r="D588" s="10" t="s">
         <v>2490</v>
       </c>
       <c r="E588" s="10" t="s">
         <v>2491</v>
       </c>
       <c r="F588" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G588" s="15" t="s">
         <v>2483</v>
       </c>
       <c r="H588" s="11"/>
       <c r="I588" s="11"/>
       <c r="J588" s="11"/>
       <c r="K588" s="11"/>
       <c r="L588" s="11"/>
       <c r="M588" s="11"/>
     </row>
-    <row r="589" spans="1:13" ht="66" x14ac:dyDescent="0.25">
+    <row r="589" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A589" s="10" t="s">
         <v>2492</v>
       </c>
       <c r="B589" s="13">
         <v>40003898399</v>
       </c>
       <c r="C589" s="13" t="s">
         <v>2168</v>
       </c>
       <c r="D589" s="10" t="s">
         <v>2493</v>
       </c>
       <c r="E589" s="10" t="s">
         <v>2494</v>
       </c>
       <c r="F589" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G589" s="15" t="s">
         <v>2495</v>
       </c>
       <c r="H589" s="11"/>
       <c r="I589" s="11"/>
       <c r="J589" s="11"/>
       <c r="K589" s="11"/>
@@ -27149,138 +27383,138 @@
       <c r="B597" s="13">
         <v>40203246055</v>
       </c>
       <c r="C597" s="13" t="s">
         <v>2471</v>
       </c>
       <c r="D597" s="10" t="s">
         <v>2528</v>
       </c>
       <c r="E597" s="10" t="s">
         <v>2529</v>
       </c>
       <c r="F597" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G597" s="15" t="s">
         <v>2530</v>
       </c>
       <c r="H597" s="11"/>
       <c r="I597" s="11"/>
       <c r="J597" s="11"/>
       <c r="K597" s="11"/>
       <c r="L597" s="11"/>
       <c r="M597" s="11"/>
     </row>
-    <row r="598" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="598" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A598" s="10" t="s">
         <v>2531</v>
       </c>
       <c r="B598" s="13">
         <v>40203578960</v>
       </c>
       <c r="C598" s="13" t="s">
         <v>2471</v>
       </c>
       <c r="D598" s="10" t="s">
         <v>1949</v>
       </c>
       <c r="E598" s="10" t="s">
         <v>2532</v>
       </c>
       <c r="F598" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G598" s="15" t="s">
         <v>2533</v>
       </c>
       <c r="H598" s="11"/>
       <c r="I598" s="11"/>
       <c r="J598" s="11"/>
       <c r="K598" s="11"/>
       <c r="L598" s="11"/>
       <c r="M598" s="11"/>
     </row>
-    <row r="599" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="599" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A599" s="10" t="s">
         <v>2534</v>
       </c>
       <c r="B599" s="13">
         <v>40203552459</v>
       </c>
       <c r="C599" s="13" t="s">
         <v>2471</v>
       </c>
       <c r="D599" s="10" t="s">
         <v>2535</v>
       </c>
       <c r="E599" s="10" t="s">
         <v>2536</v>
       </c>
       <c r="F599" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G599" s="15" t="s">
         <v>2537</v>
       </c>
       <c r="H599" s="11"/>
       <c r="I599" s="11"/>
       <c r="J599" s="11"/>
       <c r="K599" s="11"/>
       <c r="L599" s="11"/>
       <c r="M599" s="11"/>
     </row>
-    <row r="600" spans="1:13" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="600" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A600" s="10" t="s">
         <v>2538</v>
       </c>
       <c r="B600" s="13">
         <v>40203431598</v>
       </c>
       <c r="C600" s="13" t="s">
         <v>2539</v>
       </c>
       <c r="D600" s="10" t="s">
         <v>2540</v>
       </c>
       <c r="E600" s="10" t="s">
         <v>2541</v>
       </c>
       <c r="F600" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G600" s="15" t="s">
         <v>2542</v>
       </c>
       <c r="H600" s="11"/>
       <c r="I600" s="11"/>
       <c r="J600" s="11"/>
       <c r="K600" s="11"/>
       <c r="L600" s="11"/>
       <c r="M600" s="11"/>
     </row>
-    <row r="601" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="601" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A601" s="10" t="s">
         <v>2543</v>
       </c>
       <c r="B601" s="13">
         <v>40203534449</v>
       </c>
       <c r="C601" s="13" t="s">
         <v>2523</v>
       </c>
       <c r="D601" s="10" t="s">
         <v>2429</v>
       </c>
       <c r="E601" s="10" t="s">
         <v>2544</v>
       </c>
       <c r="F601" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G601" s="15" t="s">
         <v>2545</v>
       </c>
       <c r="H601" s="11"/>
       <c r="I601" s="11"/>
       <c r="J601" s="11"/>
       <c r="K601" s="11"/>
@@ -27294,51 +27528,51 @@
       <c r="B602" s="13">
         <v>41203071986</v>
       </c>
       <c r="C602" s="13" t="s">
         <v>2547</v>
       </c>
       <c r="D602" s="10" t="s">
         <v>2548</v>
       </c>
       <c r="E602" s="10" t="s">
         <v>2549</v>
       </c>
       <c r="F602" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G602" s="15" t="s">
         <v>2550</v>
       </c>
       <c r="H602" s="11"/>
       <c r="I602" s="11"/>
       <c r="J602" s="11"/>
       <c r="K602" s="11"/>
       <c r="L602" s="11"/>
       <c r="M602" s="11"/>
     </row>
-    <row r="603" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="603" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A603" s="10" t="s">
         <v>2551</v>
       </c>
       <c r="B603" s="13">
         <v>42103110186</v>
       </c>
       <c r="C603" s="13" t="s">
         <v>2547</v>
       </c>
       <c r="D603" s="10" t="s">
         <v>2552</v>
       </c>
       <c r="E603" s="10" t="s">
         <v>2553</v>
       </c>
       <c r="F603" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G603" s="15" t="s">
         <v>2554</v>
       </c>
       <c r="H603" s="11"/>
       <c r="I603" s="11"/>
       <c r="J603" s="11"/>
       <c r="K603" s="11"/>
@@ -27352,196 +27586,196 @@
       <c r="B604" s="13">
         <v>40103932089</v>
       </c>
       <c r="C604" s="13" t="s">
         <v>2556</v>
       </c>
       <c r="D604" s="10" t="s">
         <v>2557</v>
       </c>
       <c r="E604" s="10" t="s">
         <v>2558</v>
       </c>
       <c r="F604" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G604" s="15" t="s">
         <v>2542</v>
       </c>
       <c r="H604" s="11"/>
       <c r="I604" s="11"/>
       <c r="J604" s="11"/>
       <c r="K604" s="11"/>
       <c r="L604" s="11"/>
       <c r="M604" s="11"/>
     </row>
-    <row r="605" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="605" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A605" s="10" t="s">
         <v>2559</v>
       </c>
       <c r="B605" s="13">
         <v>40203512564</v>
       </c>
       <c r="C605" s="13" t="s">
         <v>2556</v>
       </c>
       <c r="D605" s="10" t="s">
         <v>2560</v>
       </c>
       <c r="E605" s="10" t="s">
         <v>2561</v>
       </c>
       <c r="F605" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G605" s="15" t="s">
         <v>2562</v>
       </c>
       <c r="H605" s="11"/>
       <c r="I605" s="11"/>
       <c r="J605" s="11"/>
       <c r="K605" s="11"/>
       <c r="L605" s="11"/>
       <c r="M605" s="11"/>
     </row>
-    <row r="606" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="606" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A606" s="10" t="s">
         <v>2563</v>
       </c>
       <c r="B606" s="13">
         <v>40203579792</v>
       </c>
       <c r="C606" s="13" t="s">
         <v>2564</v>
       </c>
       <c r="D606" s="10" t="s">
         <v>2565</v>
       </c>
       <c r="E606" s="10" t="s">
         <v>2566</v>
       </c>
       <c r="F606" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G606" s="10" t="s">
         <v>2567</v>
       </c>
       <c r="H606" s="11"/>
       <c r="I606" s="11"/>
       <c r="J606" s="11"/>
       <c r="K606" s="11"/>
       <c r="L606" s="11"/>
       <c r="M606" s="11"/>
     </row>
-    <row r="607" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="607" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A607" s="10" t="s">
         <v>2568</v>
       </c>
       <c r="B607" s="13">
         <v>40002210202</v>
       </c>
       <c r="C607" s="13" t="s">
         <v>2569</v>
       </c>
       <c r="D607" s="10" t="s">
         <v>2429</v>
       </c>
       <c r="E607" s="10" t="s">
         <v>2570</v>
       </c>
       <c r="F607" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G607" s="10" t="s">
         <v>2571</v>
       </c>
       <c r="H607" s="11"/>
       <c r="I607" s="11"/>
       <c r="J607" s="11"/>
       <c r="K607" s="11"/>
       <c r="L607" s="11"/>
       <c r="M607" s="11"/>
     </row>
-    <row r="608" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="608" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A608" s="10" t="s">
         <v>2572</v>
       </c>
       <c r="B608" s="13">
         <v>40203609349</v>
       </c>
       <c r="C608" s="13" t="s">
         <v>2569</v>
       </c>
       <c r="D608" s="10" t="s">
         <v>2560</v>
       </c>
       <c r="E608" s="10" t="s">
         <v>2573</v>
       </c>
       <c r="F608" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G608" s="10" t="s">
         <v>2574</v>
       </c>
       <c r="H608" s="11"/>
       <c r="I608" s="11"/>
       <c r="J608" s="11"/>
       <c r="K608" s="11"/>
       <c r="L608" s="11"/>
       <c r="M608" s="11"/>
     </row>
-    <row r="609" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="609" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A609" s="10" t="s">
         <v>2575</v>
       </c>
       <c r="B609" s="13">
         <v>40203577768</v>
       </c>
       <c r="C609" s="13" t="s">
         <v>2576</v>
       </c>
       <c r="D609" s="10" t="s">
         <v>2560</v>
       </c>
       <c r="E609" s="10" t="s">
         <v>2577</v>
       </c>
       <c r="F609" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G609" s="10" t="s">
         <v>2578</v>
       </c>
       <c r="H609" s="11"/>
       <c r="I609" s="11"/>
       <c r="J609" s="11"/>
       <c r="K609" s="11"/>
       <c r="L609" s="11"/>
       <c r="M609" s="11"/>
     </row>
-    <row r="610" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="610" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A610" s="10" t="s">
         <v>2579</v>
       </c>
       <c r="B610" s="13">
         <v>40203534415</v>
       </c>
       <c r="C610" s="13" t="s">
         <v>2580</v>
       </c>
       <c r="D610" s="10" t="s">
         <v>2560</v>
       </c>
       <c r="E610" s="10" t="s">
         <v>2581</v>
       </c>
       <c r="F610" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G610" s="10" t="s">
         <v>2578</v>
       </c>
       <c r="H610" s="11"/>
       <c r="I610" s="11"/>
       <c r="J610" s="11"/>
       <c r="K610" s="11"/>
@@ -27555,51 +27789,51 @@
       <c r="B611" s="13">
         <v>40203279855</v>
       </c>
       <c r="C611" s="9" t="s">
         <v>2583</v>
       </c>
       <c r="D611" s="10" t="s">
         <v>2438</v>
       </c>
       <c r="E611" s="10" t="s">
         <v>2584</v>
       </c>
       <c r="F611" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G611" s="15" t="s">
         <v>2585</v>
       </c>
       <c r="H611" s="11"/>
       <c r="I611" s="11"/>
       <c r="J611" s="11"/>
       <c r="K611" s="11"/>
       <c r="L611" s="11"/>
       <c r="M611" s="11"/>
     </row>
-    <row r="612" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="612" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A612" s="10" t="s">
         <v>2586</v>
       </c>
       <c r="B612" s="13">
         <v>50203278781</v>
       </c>
       <c r="C612" s="9" t="s">
         <v>2583</v>
       </c>
       <c r="D612" s="10" t="s">
         <v>2438</v>
       </c>
       <c r="E612" s="10" t="s">
         <v>2587</v>
       </c>
       <c r="F612" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G612" s="15" t="s">
         <v>2588</v>
       </c>
       <c r="H612" s="11"/>
       <c r="I612" s="11"/>
       <c r="J612" s="11"/>
       <c r="K612" s="11"/>
@@ -27671,225 +27905,225 @@
       <c r="B615" s="13">
         <v>40203448715</v>
       </c>
       <c r="C615" s="13" t="s">
         <v>2597</v>
       </c>
       <c r="D615" s="10" t="s">
         <v>2598</v>
       </c>
       <c r="E615" s="10" t="s">
         <v>2599</v>
       </c>
       <c r="F615" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G615" s="15" t="s">
         <v>2600</v>
       </c>
       <c r="H615" s="11"/>
       <c r="I615" s="11"/>
       <c r="J615" s="11"/>
       <c r="K615" s="11"/>
       <c r="L615" s="11"/>
       <c r="M615" s="11"/>
     </row>
-    <row r="616" spans="1:13" ht="132" x14ac:dyDescent="0.25">
+    <row r="616" spans="1:13" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A616" s="10" t="s">
         <v>2601</v>
       </c>
       <c r="B616" s="13">
         <v>44103129942</v>
       </c>
       <c r="C616" s="13" t="s">
         <v>2590</v>
       </c>
       <c r="D616" s="10" t="s">
         <v>2602</v>
       </c>
       <c r="E616" s="10" t="s">
         <v>2603</v>
       </c>
       <c r="F616" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G616" s="15" t="s">
         <v>2604</v>
       </c>
       <c r="H616" s="11"/>
       <c r="I616" s="11"/>
       <c r="J616" s="11"/>
       <c r="K616" s="11"/>
       <c r="L616" s="11"/>
       <c r="M616" s="11"/>
     </row>
-    <row r="617" spans="1:13" ht="158.4" x14ac:dyDescent="0.25">
+    <row r="617" spans="1:13" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A617" s="10" t="s">
         <v>2605</v>
       </c>
       <c r="B617" s="13">
         <v>40203095650</v>
       </c>
       <c r="C617" s="13" t="s">
         <v>2590</v>
       </c>
       <c r="D617" s="10" t="s">
         <v>2606</v>
       </c>
       <c r="E617" s="10" t="s">
         <v>2607</v>
       </c>
       <c r="F617" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G617" s="15" t="s">
         <v>2608</v>
       </c>
       <c r="H617" s="11"/>
       <c r="I617" s="11"/>
       <c r="J617" s="11"/>
       <c r="K617" s="11"/>
       <c r="L617" s="11"/>
       <c r="M617" s="11"/>
     </row>
-    <row r="618" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="618" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A618" s="10" t="s">
         <v>2609</v>
       </c>
       <c r="B618" s="38">
         <v>40002208941</v>
       </c>
       <c r="C618" s="13" t="s">
         <v>2583</v>
       </c>
       <c r="D618" s="10" t="s">
         <v>2610</v>
       </c>
       <c r="E618" s="10" t="s">
         <v>2611</v>
       </c>
       <c r="F618" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G618" s="15" t="s">
         <v>2612</v>
       </c>
       <c r="H618" s="11"/>
       <c r="I618" s="11"/>
       <c r="J618" s="11"/>
       <c r="K618" s="11"/>
       <c r="L618" s="11"/>
       <c r="M618" s="11"/>
     </row>
-    <row r="619" spans="1:13" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="619" spans="1:13" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A619" s="10" t="s">
         <v>2613</v>
       </c>
       <c r="B619" s="38">
         <v>40003691257</v>
       </c>
       <c r="C619" s="13" t="s">
         <v>2583</v>
       </c>
       <c r="D619" s="10" t="s">
         <v>2614</v>
       </c>
       <c r="E619" s="10" t="s">
         <v>2615</v>
       </c>
       <c r="F619" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G619" s="15" t="s">
         <v>2616</v>
       </c>
       <c r="H619" s="11"/>
       <c r="I619" s="11"/>
       <c r="J619" s="11"/>
       <c r="K619" s="11"/>
       <c r="L619" s="11"/>
       <c r="M619" s="11"/>
     </row>
-    <row r="620" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="620" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A620" s="10" t="s">
         <v>2617</v>
       </c>
       <c r="B620" s="38">
         <v>40203608589</v>
       </c>
       <c r="C620" s="13" t="s">
         <v>2583</v>
       </c>
       <c r="D620" s="10" t="s">
         <v>2618</v>
       </c>
       <c r="E620" s="10" t="s">
         <v>2619</v>
       </c>
       <c r="F620" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G620" s="15" t="s">
         <v>2620</v>
       </c>
       <c r="H620" s="11"/>
       <c r="I620" s="11"/>
       <c r="J620" s="11"/>
       <c r="K620" s="11"/>
       <c r="L620" s="11"/>
       <c r="M620" s="11"/>
     </row>
-    <row r="621" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="621" spans="1:13" ht="66" x14ac:dyDescent="0.25">
       <c r="A621" s="10" t="s">
         <v>2621</v>
       </c>
       <c r="B621" s="38">
         <v>40203549849</v>
       </c>
       <c r="C621" s="13" t="s">
         <v>2590</v>
       </c>
       <c r="D621" s="10" t="s">
         <v>1916</v>
       </c>
       <c r="E621" s="10" t="s">
         <v>2622</v>
       </c>
       <c r="F621" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G621" s="15" t="s">
         <v>2623</v>
       </c>
       <c r="H621" s="11"/>
       <c r="I621" s="11"/>
       <c r="J621" s="11"/>
       <c r="K621" s="11"/>
       <c r="L621" s="11"/>
       <c r="M621" s="11"/>
     </row>
-    <row r="622" spans="1:13" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="622" spans="1:13" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A622" s="10" t="s">
         <v>2624</v>
       </c>
       <c r="B622" s="38">
         <v>40203595655</v>
       </c>
       <c r="C622" s="13" t="s">
         <v>2625</v>
       </c>
       <c r="D622" s="10" t="s">
         <v>2626</v>
       </c>
       <c r="E622" s="10" t="s">
         <v>2627</v>
       </c>
       <c r="F622" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G622" s="15" t="s">
         <v>2628</v>
       </c>
       <c r="H622" s="11"/>
       <c r="I622" s="11"/>
       <c r="J622" s="11"/>
       <c r="K622" s="11"/>
@@ -28001,51 +28235,51 @@
       </c>
     </row>
     <row r="627" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A627" s="10" t="s">
         <v>2646</v>
       </c>
       <c r="B627" s="38">
         <v>40103919714</v>
       </c>
       <c r="C627" s="13" t="s">
         <v>2647</v>
       </c>
       <c r="D627" s="10" t="s">
         <v>2648</v>
       </c>
       <c r="E627" s="10" t="s">
         <v>2649</v>
       </c>
       <c r="F627" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G627" s="15" t="s">
         <v>2650</v>
       </c>
     </row>
-    <row r="628" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="628" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A628" s="10" t="s">
         <v>2651</v>
       </c>
       <c r="B628" s="38">
         <v>40203523591</v>
       </c>
       <c r="C628" s="13" t="s">
         <v>2652</v>
       </c>
       <c r="D628" s="10" t="s">
         <v>2618</v>
       </c>
       <c r="E628" s="10" t="s">
         <v>2653</v>
       </c>
       <c r="F628" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G628" s="15" t="s">
         <v>2654</v>
       </c>
     </row>
     <row r="629" spans="1:7" ht="237.6" x14ac:dyDescent="0.25">
       <c r="A629" s="10" t="s">
         <v>2655</v>
@@ -28484,51 +28718,51 @@
       </c>
     </row>
     <row r="648" spans="1:7" ht="198" x14ac:dyDescent="0.25">
       <c r="A648" s="10" t="s">
         <v>2734</v>
       </c>
       <c r="B648" s="38">
         <v>40103813405</v>
       </c>
       <c r="C648" s="9" t="s">
         <v>2735</v>
       </c>
       <c r="D648" s="10" t="s">
         <v>2736</v>
       </c>
       <c r="E648" s="10" t="s">
         <v>2737</v>
       </c>
       <c r="F648" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G648" s="15" t="s">
         <v>2738</v>
       </c>
     </row>
-    <row r="649" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="649" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A649" s="10" t="s">
         <v>2739</v>
       </c>
       <c r="B649" s="38">
         <v>40203499707</v>
       </c>
       <c r="C649" s="13" t="s">
         <v>2740</v>
       </c>
       <c r="D649" s="10" t="s">
         <v>2741</v>
       </c>
       <c r="E649" s="10" t="s">
         <v>2742</v>
       </c>
       <c r="F649" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G649" s="15" t="s">
         <v>2654</v>
       </c>
     </row>
     <row r="650" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A650" s="10" t="s">
         <v>2743</v>
@@ -28553,74 +28787,74 @@
       </c>
     </row>
     <row r="651" spans="1:7" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A651" s="10" t="s">
         <v>2747</v>
       </c>
       <c r="B651" s="38">
         <v>40203113458</v>
       </c>
       <c r="C651" s="9" t="s">
         <v>2748</v>
       </c>
       <c r="D651" s="10" t="s">
         <v>2749</v>
       </c>
       <c r="E651" s="10" t="s">
         <v>2750</v>
       </c>
       <c r="F651" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G651" s="10" t="s">
         <v>2751</v>
       </c>
     </row>
-    <row r="652" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="652" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A652" s="10" t="s">
         <v>2752</v>
       </c>
       <c r="B652" s="38">
         <v>40203447315</v>
       </c>
       <c r="C652" s="13" t="s">
         <v>2748</v>
       </c>
       <c r="D652" s="10" t="s">
         <v>2741</v>
       </c>
       <c r="E652" s="10" t="s">
         <v>2753</v>
       </c>
       <c r="F652" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G652" s="10" t="s">
         <v>2754</v>
       </c>
     </row>
-    <row r="653" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="653" spans="1:7" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A653" s="10" t="s">
         <v>2755</v>
       </c>
       <c r="B653" s="38">
         <v>40103839476</v>
       </c>
       <c r="C653" s="13" t="s">
         <v>2748</v>
       </c>
       <c r="D653" s="10" t="s">
         <v>2756</v>
       </c>
       <c r="E653" s="10" t="s">
         <v>2757</v>
       </c>
       <c r="F653" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G653" s="10" t="s">
         <v>2758</v>
       </c>
     </row>
     <row r="654" spans="1:7" ht="88.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A654" s="10" t="s">
         <v>2759</v>
@@ -28645,51 +28879,51 @@
       </c>
     </row>
     <row r="655" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A655" s="10" t="s">
         <v>2762</v>
       </c>
       <c r="B655" s="38">
         <v>40103618631</v>
       </c>
       <c r="C655" s="13" t="s">
         <v>2748</v>
       </c>
       <c r="D655" s="10" t="s">
         <v>2763</v>
       </c>
       <c r="E655" s="10" t="s">
         <v>2764</v>
       </c>
       <c r="F655" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G655" s="15" t="s">
         <v>2765</v>
       </c>
     </row>
-    <row r="656" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="656" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A656" s="10" t="s">
         <v>2766</v>
       </c>
       <c r="B656" s="38">
         <v>40203488370</v>
       </c>
       <c r="C656" s="13" t="s">
         <v>2625</v>
       </c>
       <c r="D656" s="10" t="s">
         <v>2741</v>
       </c>
       <c r="E656" s="10" t="s">
         <v>2767</v>
       </c>
       <c r="F656" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G656" s="15" t="s">
         <v>2754</v>
       </c>
     </row>
     <row r="657" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A657" s="10" t="s">
         <v>2768</v>
@@ -28737,166 +28971,166 @@
       </c>
     </row>
     <row r="659" spans="1:7" ht="237.6" x14ac:dyDescent="0.25">
       <c r="A659" s="10" t="s">
         <v>2778</v>
       </c>
       <c r="B659" s="38">
         <v>50203247391</v>
       </c>
       <c r="C659" s="13" t="s">
         <v>2774</v>
       </c>
       <c r="D659" s="10" t="s">
         <v>2779</v>
       </c>
       <c r="E659" s="10" t="s">
         <v>2780</v>
       </c>
       <c r="F659" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G659" s="14" t="s">
         <v>2781</v>
       </c>
     </row>
-    <row r="660" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="660" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A660" s="10" t="s">
         <v>2782</v>
       </c>
       <c r="B660" s="38">
         <v>40103932271</v>
       </c>
       <c r="C660" s="13" t="s">
         <v>2783</v>
       </c>
       <c r="D660" s="10" t="s">
         <v>2784</v>
       </c>
       <c r="E660" s="10" t="s">
         <v>2785</v>
       </c>
       <c r="F660" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G660" s="14" t="s">
         <v>2786</v>
       </c>
     </row>
     <row r="661" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A661" s="10" t="s">
         <v>2787</v>
       </c>
       <c r="B661" s="38">
         <v>40103919714</v>
       </c>
       <c r="C661" s="13" t="s">
         <v>2788</v>
       </c>
       <c r="D661" s="10" t="s">
         <v>2789</v>
       </c>
       <c r="E661" s="10" t="s">
         <v>2790</v>
       </c>
       <c r="F661" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G661" s="14" t="s">
         <v>2791</v>
       </c>
     </row>
-    <row r="662" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="662" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A662" s="10" t="s">
         <v>2792</v>
       </c>
       <c r="B662" s="38">
         <v>40203520148</v>
       </c>
       <c r="C662" s="13" t="s">
         <v>2793</v>
       </c>
       <c r="D662" s="10" t="s">
         <v>2741</v>
       </c>
       <c r="E662" s="10" t="s">
         <v>2794</v>
       </c>
       <c r="F662" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G662" s="15" t="s">
         <v>2795</v>
       </c>
     </row>
     <row r="663" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A663" s="10" t="s">
         <v>2796</v>
       </c>
       <c r="B663" s="38">
         <v>40203493916</v>
       </c>
       <c r="C663" s="9" t="s">
         <v>2583</v>
       </c>
       <c r="D663" s="10" t="s">
         <v>2797</v>
       </c>
       <c r="E663" s="10" t="s">
         <v>2798</v>
       </c>
       <c r="F663" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G663" s="15" t="s">
         <v>2799</v>
       </c>
     </row>
-    <row r="664" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="664" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A664" s="10" t="s">
         <v>2800</v>
       </c>
       <c r="B664" s="38">
         <v>40203202385</v>
       </c>
       <c r="C664" s="13" t="s">
         <v>2788</v>
       </c>
       <c r="D664" s="10" t="s">
         <v>2801</v>
       </c>
       <c r="E664" s="10" t="s">
         <v>2802</v>
       </c>
       <c r="F664" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G664" s="15" t="s">
         <v>2803</v>
       </c>
     </row>
-    <row r="665" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="665" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A665" s="10" t="s">
         <v>2804</v>
       </c>
       <c r="B665" s="38">
         <v>40203123615</v>
       </c>
       <c r="C665" s="13" t="s">
         <v>2805</v>
       </c>
       <c r="D665" s="10" t="s">
         <v>2806</v>
       </c>
       <c r="E665" s="10" t="s">
         <v>2807</v>
       </c>
       <c r="F665" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G665" s="15" t="s">
         <v>2808</v>
       </c>
     </row>
     <row r="666" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A666" s="10" t="s">
         <v>2809</v>
@@ -28921,193 +29155,417 @@
       </c>
     </row>
     <row r="667" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A667" s="10" t="s">
         <v>2813</v>
       </c>
       <c r="B667" s="38">
         <v>40203323903</v>
       </c>
       <c r="C667" s="9" t="s">
         <v>2814</v>
       </c>
       <c r="D667" s="10" t="s">
         <v>2815</v>
       </c>
       <c r="E667" s="10" t="s">
         <v>2816</v>
       </c>
       <c r="F667" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G667" s="12" t="s">
         <v>2817</v>
       </c>
     </row>
-    <row r="668" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
-[...141 lines deleted...]
-      <c r="G683" s="15"/>
+    <row r="668" spans="1:7" ht="211.2" x14ac:dyDescent="0.25">
+      <c r="A668" s="10" t="s">
+        <v>2818</v>
+      </c>
+      <c r="B668" s="38">
+        <v>41503087083</v>
+      </c>
+      <c r="C668" s="13" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D668" s="10" t="s">
+        <v>2820</v>
+      </c>
+      <c r="E668" s="10" t="s">
+        <v>2821</v>
+      </c>
+      <c r="F668" s="13" t="s">
+        <v>547</v>
+      </c>
+      <c r="G668" s="13" t="s">
+        <v>2822</v>
+      </c>
+    </row>
+    <row r="669" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+      <c r="A669" s="10" t="s">
+        <v>2823</v>
+      </c>
+      <c r="B669" s="38">
+        <v>40203158161</v>
+      </c>
+      <c r="C669" s="13" t="s">
+        <v>2685</v>
+      </c>
+      <c r="D669" s="10" t="s">
+        <v>2824</v>
+      </c>
+      <c r="E669" s="10" t="s">
+        <v>2825</v>
+      </c>
+      <c r="F669" s="13" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G669" s="10" t="s">
+        <v>2826</v>
+      </c>
+    </row>
+    <row r="670" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+      <c r="A670" s="10" t="s">
+        <v>2827</v>
+      </c>
+      <c r="B670" s="38">
+        <v>43603080003</v>
+      </c>
+      <c r="C670" s="13" t="s">
+        <v>2828</v>
+      </c>
+      <c r="D670" s="10" t="s">
+        <v>2829</v>
+      </c>
+      <c r="E670" s="10" t="s">
+        <v>2830</v>
+      </c>
+      <c r="F670" s="13" t="s">
+        <v>547</v>
+      </c>
+      <c r="G670" s="15" t="s">
+        <v>2831</v>
+      </c>
+    </row>
+    <row r="671" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+      <c r="A671" s="10" t="s">
+        <v>2832</v>
+      </c>
+      <c r="B671" s="38">
+        <v>50103925801</v>
+      </c>
+      <c r="C671" s="13" t="s">
+        <v>2783</v>
+      </c>
+      <c r="D671" s="10" t="s">
+        <v>2833</v>
+      </c>
+      <c r="E671" s="10" t="s">
+        <v>2834</v>
+      </c>
+      <c r="F671" s="13" t="s">
+        <v>547</v>
+      </c>
+      <c r="G671" s="15" t="s">
+        <v>2835</v>
+      </c>
+    </row>
+    <row r="672" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+      <c r="A672" s="10" t="s">
+        <v>2836</v>
+      </c>
+      <c r="B672" s="38">
+        <v>40203313784</v>
+      </c>
+      <c r="C672" s="13" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D672" s="10" t="s">
+        <v>2837</v>
+      </c>
+      <c r="E672" s="10" t="s">
+        <v>2838</v>
+      </c>
+      <c r="F672" s="13" t="s">
+        <v>547</v>
+      </c>
+      <c r="G672" s="15" t="s">
+        <v>2704</v>
+      </c>
+    </row>
+    <row r="673" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+      <c r="A673" s="10" t="s">
+        <v>2839</v>
+      </c>
+      <c r="B673" s="38">
+        <v>44103130250</v>
+      </c>
+      <c r="C673" s="13" t="s">
+        <v>2769</v>
+      </c>
+      <c r="D673" s="10" t="s">
+        <v>2840</v>
+      </c>
+      <c r="E673" s="10" t="s">
+        <v>2841</v>
+      </c>
+      <c r="F673" s="13" t="s">
+        <v>547</v>
+      </c>
+      <c r="G673" s="15" t="s">
+        <v>2842</v>
+      </c>
+    </row>
+    <row r="674" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A674" s="10" t="s">
+        <v>2843</v>
+      </c>
+      <c r="B674" s="38">
+        <v>40103982003</v>
+      </c>
+      <c r="C674" s="13" t="s">
+        <v>2716</v>
+      </c>
+      <c r="D674" s="10" t="s">
+        <v>2844</v>
+      </c>
+      <c r="E674" s="10" t="s">
+        <v>2845</v>
+      </c>
+      <c r="F674" s="13" t="s">
+        <v>547</v>
+      </c>
+      <c r="G674" s="15" t="s">
+        <v>2846</v>
+      </c>
+    </row>
+    <row r="675" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+      <c r="A675" s="10" t="s">
+        <v>2847</v>
+      </c>
+      <c r="B675" s="38">
+        <v>50203000401</v>
+      </c>
+      <c r="C675" s="13" t="s">
+        <v>2848</v>
+      </c>
+      <c r="D675" s="10" t="s">
+        <v>2849</v>
+      </c>
+      <c r="E675" s="10" t="s">
+        <v>2850</v>
+      </c>
+      <c r="F675" s="13" t="s">
+        <v>547</v>
+      </c>
+      <c r="G675" s="15" t="s">
+        <v>2851</v>
+      </c>
+    </row>
+    <row r="676" spans="1:7" ht="198" x14ac:dyDescent="0.25">
+      <c r="A676" s="10" t="s">
+        <v>2852</v>
+      </c>
+      <c r="B676" s="38">
+        <v>43603091435</v>
+      </c>
+      <c r="C676" s="13" t="s">
+        <v>2853</v>
+      </c>
+      <c r="D676" s="10" t="s">
+        <v>2854</v>
+      </c>
+      <c r="E676" s="14" t="s">
+        <v>2855</v>
+      </c>
+      <c r="F676" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G676" s="15" t="s">
+        <v>2856</v>
+      </c>
+    </row>
+    <row r="677" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+      <c r="A677" s="10" t="s">
+        <v>2378</v>
+      </c>
+      <c r="B677" s="38">
+        <v>40203278296</v>
+      </c>
+      <c r="C677" s="13" t="s">
+        <v>2857</v>
+      </c>
+      <c r="D677" s="10" t="s">
+        <v>2429</v>
+      </c>
+      <c r="E677" s="10" t="s">
+        <v>2858</v>
+      </c>
+      <c r="F677" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G677" s="15" t="s">
+        <v>2859</v>
+      </c>
+    </row>
+    <row r="678" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+      <c r="A678" s="10" t="s">
+        <v>2860</v>
+      </c>
+      <c r="B678" s="38">
+        <v>40203558803</v>
+      </c>
+      <c r="C678" s="13" t="s">
+        <v>2857</v>
+      </c>
+      <c r="D678" s="10" t="s">
+        <v>2861</v>
+      </c>
+      <c r="E678" s="10" t="s">
+        <v>2862</v>
+      </c>
+      <c r="F678" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G678" s="15" t="s">
+        <v>2863</v>
+      </c>
+    </row>
+    <row r="679" spans="1:7" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A679" s="10" t="s">
+        <v>2864</v>
+      </c>
+      <c r="B679" s="38">
+        <v>40103518787</v>
+      </c>
+      <c r="C679" s="13" t="s">
+        <v>2857</v>
+      </c>
+      <c r="D679" s="10" t="s">
+        <v>2865</v>
+      </c>
+      <c r="E679" s="10" t="s">
+        <v>2866</v>
+      </c>
+      <c r="F679" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G679" s="15" t="s">
+        <v>2867</v>
+      </c>
+    </row>
+    <row r="680" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+      <c r="A680" s="10" t="s">
+        <v>2868</v>
+      </c>
+      <c r="B680" s="38">
+        <v>40203546221</v>
+      </c>
+      <c r="C680" s="13" t="s">
+        <v>2869</v>
+      </c>
+      <c r="D680" s="10" t="s">
+        <v>2870</v>
+      </c>
+      <c r="E680" s="10" t="s">
+        <v>2871</v>
+      </c>
+      <c r="F680" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G680" s="15" t="s">
+        <v>2872</v>
+      </c>
+    </row>
+    <row r="681" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+      <c r="A681" s="10" t="s">
+        <v>2873</v>
+      </c>
+      <c r="B681" s="38">
+        <v>40203543615</v>
+      </c>
+      <c r="C681" s="13" t="s">
+        <v>2874</v>
+      </c>
+      <c r="D681" s="10" t="s">
+        <v>2870</v>
+      </c>
+      <c r="E681" s="10" t="s">
+        <v>2875</v>
+      </c>
+      <c r="F681" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G681" s="15" t="s">
+        <v>2876</v>
+      </c>
+    </row>
+    <row r="682" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+      <c r="A682" s="10" t="s">
+        <v>2877</v>
+      </c>
+      <c r="B682" s="38">
+        <v>40203630984</v>
+      </c>
+      <c r="C682" s="13" t="s">
+        <v>2878</v>
+      </c>
+      <c r="D682" s="10" t="s">
+        <v>2879</v>
+      </c>
+      <c r="E682" s="10" t="s">
+        <v>2880</v>
+      </c>
+      <c r="F682" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G682" s="15" t="s">
+        <v>2876</v>
+      </c>
+    </row>
+    <row r="683" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A683" s="10" t="s">
+        <v>2881</v>
+      </c>
+      <c r="B683" s="38">
+        <v>40003037039</v>
+      </c>
+      <c r="C683" s="13" t="s">
+        <v>2882</v>
+      </c>
+      <c r="D683" s="10" t="s">
+        <v>1973</v>
+      </c>
+      <c r="E683" s="10" t="s">
+        <v>2883</v>
+      </c>
+      <c r="F683" s="13" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G683" s="15" t="s">
+        <v>2884</v>
+      </c>
     </row>
     <row r="684" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A684" s="10"/>
       <c r="B684" s="38"/>
       <c r="C684" s="13"/>
       <c r="D684" s="10"/>
       <c r="E684" s="10"/>
       <c r="F684" s="13"/>
       <c r="G684" s="15"/>
     </row>
     <row r="685" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A685" s="10"/>
       <c r="B685" s="38"/>
       <c r="C685" s="13"/>
       <c r="D685" s="10"/>
       <c r="E685" s="10"/>
       <c r="F685" s="13"/>
       <c r="G685" s="15"/>
     </row>
     <row r="686" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A686" s="10"/>
       <c r="B686" s="38"/>
       <c r="C686" s="13"/>
       <c r="D686" s="10"/>
       <c r="E686" s="10"/>
@@ -29237,53 +29695,56 @@
   </sheetData>
   <autoFilter ref="A2:G2" xr:uid="{00000000-0001-0000-0400-000000000000}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="F1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100B3C9C276AFEEAF44A5EEB1316BFEF153" ma:contentTypeVersion="0" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="ad519bfe87475cb025282f53f7303917">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea38c56bd2b816e995eaa7588db9f73d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
@@ -29357,93 +29818,90 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Nodokļu kontroles rēķins</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>