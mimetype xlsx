--- v4 (2026-01-13)
+++ v5 (2026-02-06)
@@ -8,74 +8,74 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Janvāris\Lēmumi\6Lēmumi par nodokļu kontroles rēķinu\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Februāris\Lēmumi\6Lēmumi par nodokļu kontroles rēķinu\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{1BA3382C-2AD8-4CED-980D-50E79E9CD63E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{37760506-5A9A-4203-8168-ABE42FD6CF77}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nodokļu kontroles rēķins" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Nodokļu kontroles rēķins'!$A$2:$G$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4099" uniqueCount="2885">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4195" uniqueCount="2957">
   <si>
     <t>Nodokļu kontroles rēķins</t>
   </si>
   <si>
     <t>Saīsinājumi:
 VSAOI - valsts sociālās apdrošināšanas obligātās iemaksas
 IIN - iedzīvotāju ienākuma nodoklis
 PVN - pievienotās vērtības nodoklis
 MUN - mikrouzņēmuma nodoklis
 AN - akcīzes nodoklis</t>
   </si>
   <si>
     <t>Adresāts</t>
   </si>
   <si>
     <t>Reģ.nr.</t>
   </si>
   <si>
     <t>Spēkā stāšanās datums</t>
   </si>
   <si>
     <t>Pārkāpuma būtība</t>
   </si>
   <si>
     <t>Piemērotā atbildība/sods/uzrēķins</t>
@@ -11113,56 +11113,320 @@
   <si>
     <t xml:space="preserve">Nav veikta reģistrācija VID PVN maksātāju reģistrā, nav aprēķināts un nav samaksāts PVN.
 </t>
   </si>
   <si>
     <t xml:space="preserve"> Budžetā noteikts iemaksāt    33 922,30 EUR, t.sk.:
 - PVN 32 479,24 EUR; 
 - nokavējuma nauda 1 443,06 EUR.           </t>
   </si>
   <si>
     <t xml:space="preserve">SIA “EKORS” </t>
   </si>
   <si>
     <t>08.12.2025.</t>
   </si>
   <si>
     <t>Budžetā noteikts iemaksāt_x000D_
 63 880,66 EUR, t.sk. _x000D_
 - UIN 52 540,00 EUR;_x000D_
 - nokavējuma nauda  11 340,66 EUR.</t>
   </si>
   <si>
     <t>1) Uzņēmumu ienākuma nodokļa likuma 8. panta pirmā  daļa un otrās daļas 2. punkts._x000D_
 2) Likuma “Par nodokļiem un nodevām” 23. panta četrpadsmitā daļa, 29. panta otrā daļa.</t>
   </si>
+  <si>
+    <t>Cozy Bear SIA</t>
+  </si>
+  <si>
+    <t>10.12.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Veikti ar uzņēmuma saimniecisko darbību nesaistīti darījumi, par kuriem nav aprēķināts UIN un nepamatoti atskaitīts priekšnodoklis.
+Darba ņēmējs nav norēķinājies par saņemto avansu 90 dienu laikā no avansa izsniegšanas dienas.  </t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 14728,93 EUR, t.sk.:
+- PVN 222,06 EUR; 
+- nokavējuma nauda 47,52 EUR;           
+- UIN 2653,00 EUR;
+ - nokavējuma nauda 448,90 EUR;
+ - VSAOI 5961,14 EUR;
+- nokavējuma nauda 1064,38 EUR;
+ - IIN 3685,18 EUR;
+- nokavējuma nauda 646,75 EUR</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 15. panta pirmās daļas 1.  un 2. punktu, 23. panta 5.4 daļu, 29. panta otro un trešo daļu, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmo daļu, 18. panta pirmo daļu, 20. panta pirmo un otro daļu, 21. panta pirmo un otro daļu, 23. panta pirmo daļu, likuma “Par iedzīvotāju ienākuma nodokli” 1. panta pirmās daļas 1.punktu, 4. panta pirmās daļas 1. punktu, 8. panta pirmo daļu un otro daļu, 8 panta 2.7 daļu, 15. panta septiņpadsmito daļu (redakcija spēkā līdz 10.12.2024., kas piemērojama līdz 31.12.2024.), 15. panta trešo daļu (redakcija spēkā no 11.12.2024. un piemērojama no 01.01.2025.), 16.1.panta divpadsmito daļu, 17. panta pirmo daļu, otro daļu un piekto daļu, 29. panta pirmās daļas 1. punktu, 31. panta pirmo un trešo daļu, Pievienotās vērtības nodokļa likuma 92.panta pirmās daļas 1.punktu, ceturto daļu, 106.panta pirmo daļu, Uzņēmumu ienākuma nodokļa likuma 3. panta pirmo daļu, 4. panta pirmo, otrās daļas 2.punkta a) apakšpunktu, devīto daļu, 8. panta pirmo un otro daļu, 17.panta pirmo un septīto daļu, Grāmatvedības likuma 11.panta pirmo daļu, 8.panta pirmo daļu, Ministru kabineta 13.02.2018. noteikumu Nr.93 “Noteikumi par uzņēmumu ienākuma nodokļa deklarācijā iekļaujamo informāciju” 2. punktu.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “PARS TERMINĀLS” </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nodokļu kontrolē konstatēts, ka iesniedzēja akcīzes preču noliktavā saražoja degvieleļļu, kas ir harmonizēta akcīzes prece. Tā kā prece tika izvesta no akcīzes preču noliktavas bez e-AD, tā uzskatāma par novirzītu no atliktā nodokļa maksāšanas režīma, un par izvesto daudzumu jāmaksā akcīzes nodoklis Latvijā. </t>
+  </si>
+  <si>
+    <t>Papildu nomaksai budžetā aprēķināts akcīzes nodoklis 63 103,95 EUR un nokavējuma nauda 6184,19 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par akcīzes nodokli” 25. panta ceturtās daļas 1. punkta b un c apakšpunkts, piektā daļa, 1.panta otrās daļas 1. punkts, 5. pants un 33. panta otrā daļa, 2. panta 1.2 daļa, 2. panta 1.3 daļas 1. un 3. punkts, 34. panta otrā daļa, 33. panta septītā daļa, devītā daļa, 22. panta pirmā daļa, 23. panta ceturtā daļa. Likuma “Par nodokļiem un nodevām” 29. panta otrā daļa, 23. panta 5.5 daļa, 5.2 daļas 3. punkts.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “JB CELTNIEKS” 
+</t>
+  </si>
+  <si>
+    <t>01.12.2025.</t>
+  </si>
+  <si>
+    <t>Nodokļu kontrolē konstatēts, ka iesniedzēja 2023. gada janvārī, aprīlī–novembrī, 2024. gada janvārī–jūnijā grāmatvedības reģistros reģistrēja dokumentus, kuros norādītie preču/pakalpojumu iegādes darījumi faktiski nav notikuši. Sabiedrība minētajos taksācijas periodos nepamatoti atskaitīja priekšnodokli un samazināja ar UIN apliekamo bāzi.</t>
+  </si>
+  <si>
+    <t>Papildu nomaksai budžetā aprēķināts PVN 19264,95 EUR un nokavējuma nauda 6032,54 EUR, UIN 22934,47 EUR un nokavējuma nauda 6789,12 EUR</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.² daļas 3. punkts, 29. panta otro daļs, Pievienotās vērtības nodokļa likuma likuma 92. panta pirmās daļas 1. punkts, Uzņēmumu ienākuma nodokļa likuma 4. panta pirmā daļa, otrās daļas 2. punkta a) apakšpunkts un 8. panta pirmā un otrā daļa.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "Ultimate Beauty"_x000D_
+</t>
+  </si>
+  <si>
+    <t>Nodokļu kontrolē konstatēts, ka grāmatvedības uzskaitē nav uzrādījusi visus gūtos ieņēmumus par sniegtajiem pakalpojumiem, tādējādi samazinājusi budžetā maksājamo PVN.
+Tāpat konstatēts, ka minēto ienākumu gūšanai nodarbināja personas bez darba tiesisko attiecību noformēšanas, neveicot pilnā apmērā nodokļu nomaksu.</t>
+  </si>
+  <si>
+    <t>Papildu nomaksai budžetā noteikts PVN 13 551,11 EUR un nokavējuma nauda 728,83 EUR, VSAOI 22 299,77 EUR un nokavējuma nauda 1196,21 EUR .</t>
+  </si>
+  <si>
+    <t>Pievienotās vērtības likuma 5. panta pirmās daļas 2. punkta, 32.panta pirmā un otrā daļa, likuma “Par valsts sociālo apdrošināšanu” 14.panta pirmā daļa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "WOXPARTS"_x000D_
+</t>
+  </si>
+  <si>
+    <t>04.12.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nodokļu kontrolē konstatēts, ka realizācijas darījumiem nepamatoti piemēroja PVN 0 procentu likmi, jo nav konstatējama preces piegāde sabiedrības norādītajam darījumu partnerim un sabiedrība zināja par darījumu faktisko norisi, proti, ka tā iesaistās nepamatotā nodokļu samazināšanā.
+</t>
+  </si>
+  <si>
+    <t>Par 2022. gada augustu nomaksai budžetā aprēķināts PVN 28 514,67 EUR un nokavējuma nauda 11 405,87 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 29. panta otrā un septītā daļa, Pievienotās vērtības nodokļa likuma 1. panta 20., 21., 23. un 24.punkts, 5. panta pirmās daļas 1.punkts, 8. panta pirmā daļa, 31. panta pirmā daļa, 43. panta ceturtā daļa, 146. panta pirmā daļa, Grāmatvedības likuma 6. pants un 8. panta pirmā un otrā daļa.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “Lodge of Water and Trees”  </t>
+  </si>
+  <si>
+    <t>16.12.2025.</t>
+  </si>
+  <si>
+    <t>No 01.01.2025. līdz 30.06.2025. nav uzskaitītas visas darbinieku nostrādātās stundas, netiek aprēķināta darba alga pilnā apmērā un netiek veiktas VSAOI valsts budžetā, neatsaucās uz VID paziņojumā izteikto aicinājumu labprātīgi aprēķināt un veikt VSAOI nomaksu valsts budžetā.</t>
+  </si>
+  <si>
+    <t>SIA “Lodge of Water and Trees” noteikts  iemaksāt budžetā 907,38 EUR, t.sk.:
+- VSAOI 827,53 EUR;
+- nokavējuma nauda 79,85 EUR.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Likuma “Par nodokļiem un nodevām” 15. panta pirmās daļas 1. un 2.punkts, 23. panta 5.2 daļas 3.punkts, 29. panta otrā un trešā daļa, likuma “Par valsts sociālo apdrošināšanu” 5. panta pirmā un ceturtā daļa, 14. panta pirmā daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 21. panta pirmā un otrā daļa, 23. panta pirmā daļa.
+</t>
+  </si>
+  <si>
+    <t>SELLY SIA</t>
+  </si>
+  <si>
+    <t>Nav veikta reģistrācija VID PVN maksātāju reģistrā, saņemot pakalpojumus no citas dalībvalsts un kuri ir uzskatāmi par saimnieciskajai darbībai saņemtiem pakalpojumiem ar sniegšanas vietu Latvijā</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Budžetā noteikts iemaksāt:
+- PVN 52 539,01 EUR; 
+- nokavējuma nauda 8810,48 EUR.</t>
+  </si>
+  <si>
+    <t>Pievienotās vērtības nodokļa likuma 1. panta otrā daļa, 5. panta pirmās daļas 2. punkts, 19. panta pirmā daļa, 32. panta pirmā un otrā daļa, 34. panta pirmā daļa, 41. panta pirmās daļas 1. punkts, 55. panta pirmās daļas 2. punkts, 84. panta pirmā daļa, 88. panta pirmā daļa, 117. panta astotā daļa, 118. panta septītā daļa, 118. panta desmitā daļa, 119. panta pirmā un piektā daļa, likuma “Par nodokļiem un nodevām” 1. panta 19. punkts, 15. panta pirmās daļas 1. un 2. punkts, 29. panta otrā daļa un trešā daļa.</t>
+  </si>
+  <si>
+    <t>SIA "ANMOL KEBAB"</t>
+  </si>
+  <si>
+    <t>23.12.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. SIA “ANMOL KEBAB” no 02.2025. līdz 09.2025. saņēmusi pakalpojumus no ES reģistrēta nodokļu maksātāja, bet pirms pakalpojumu saņemšanas nav reģistrējusies VID PVN maksātāju reģistrā. Tādejādi no gūtiem ieņēmumiem nav aprēķināts PVN. 
+2. SIA “ANMOL KEBAB” VID nav iesniegusi Darba devēja ziņojumus par 08.2025. un 09.2025., tādejādi nedeklarējot darba ņēmējiem aprēķināto darba algu un attiecīgi VSAOI no tās. Pēc VID rīcībā esošās informācijas SIA “ANMOL KEBAB” veic aktīvu saimniecisko darbību reģistrētajās struktūrvienībās. 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Noteikti maksājumi valsts budžetā kopsummā 41448,27 EUR, tai skaitā:
+   - PVN 36754,49 EUR,  nokavējuma nauda – 1994,38 EUR
+  - VSAOI 2663,63 EUR, nokavējuma nauda – 35,77 EUR.
+</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām”, 15. panta pirmās daļas 1. un 2. punkts, 23. panta 5. daļa un 29. panta otrā daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, 16. panta otrā daļa 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 21. panta pirmā un otrā daļa, un 23. panta pirmā daļa, Pievienotās vērtības likuma 3. panta 11. daļa, 19. panta pirmā daļa, 41. panta pirmās daļas pirmais punkts, 55. panta pirmā daļa, 59. panta pirmā daļa, 84. panta pirmā daļa, 117. panta astotā daļa, 118. panta 10. daļa, 119. panta piektā daļa un Pievienotās vērtības nodokļa likuma Pārejas noteikumu 47. punkts un 59. panta devītā daļu (spēkā no 01.07.2025.).</t>
+  </si>
+  <si>
+    <t>SIA  “Surrey”  </t>
+  </si>
+  <si>
+    <t>25.12.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “Surrey” periodā no 17.05.2025. līdz 31.08.2025. neuzrādīja visus saimnieciskajā darbībā gūtos ieņēmumus, neveica reģistrāciju VID PVN maksātāju reģistrā, neaprēkināja PVN un neiesniedza paziņojumu par PVN samaksu,  labprātīgi neveica PVN nomaksu valsts budžetā.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Noteikts iemaksāt budžetā 10393,08 EUR, t.sk.:
+ - PVN 9986,34 EUR;
+ - nokavējuma nauda 406,74 EUR.
+</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 1. panta 19. punkts, 15. panta pirmās daļas 1. un 2.punkts, 29. panta otrā daļa, Pievienotās vērtības nodokļa likuma 1. panta 2. punkts, 5.panta pirmās daļas 2.punkts, 19. panta pirmā daļa, 32. panta pirmā un otrā daļa, 34.panta pirmā daļā, 41.panta pirmās daļas 1.punkts, 55.panta pirmās daļas 2. punkts, 84. panta pirmā daļa, 88.panta pirmā daļa, 117. panta astotā daļa, 118. panta septītā un desmitā daļa, 119. panta pirmā un piektā daļa  </t>
+  </si>
+  <si>
+    <t>SIA “66 &amp; Partneri”</t>
+  </si>
+  <si>
+    <t>29.12.2025.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 5609,89 EUR, tai sk.:
+- VSAOI 5024,87 EUR;
+- nokavējuma nauda 585,02 EUR</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 23. panta 6. daļas 5. punkts, 23. panta 7. daļas 2. punkts, 29. panta otrā un trešā daļa, likuma “Par valsts sociālo apdrošināšanu" 14. panta pirmā daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 23. panta pirmā daļa.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “DK WARE”  </t>
+  </si>
+  <si>
+    <t>30.12.2025.</t>
+  </si>
+  <si>
+    <t>SIA “DK WARE” periodā no 2024. gada februāra līdz 2025. gada martam ir izmaksājusi atalgojumu  par kuru nav aprēķinājusi un iemaksājusi valsts budžetā VSAOI, IIN, kā arī SIA “DK WARE” ir pārsniegusi PVN likumā noteikto reģistrācijas slieksni, nav reģistrējusies VID PVN maksātāju reģistrā un nav iesniegusi Paziņojumus par PVN samaksu. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Noteikts iemaksāt budžetā 177 534,62 EUR, t.sk.:
+- VSAOI 78 207,57 EUR;
+- nokavējuma nauda 13 413,38 EUR;
+- IIN 47 748,15 EUR;
+- nokavējuma nauda 8 120,72 EUR;
+- PVN 25 918,93 EUR;
+- nokavējuma nauda 4 125,87 EUR
+</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 15. panta pirmās daļas 1. un 2. punktu,  23. panta 5.2 daļu un 29. panta otro un trešo daļu, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmo daļu, 16. panta otro  daļu, 18. panta pirmo daļu, 20. panta pirmo un otro daļu, 21. panta pirmo un otro daļu, 23. panta pirmo daļu,  likuma “Par iedzīvotāju ienākuma nodokli” 8. panta otro un trešo daļu, 9. panta pirmo daļu, 15.panta trešo daļu, 16.1panta pirmo dalu, 17.panta pirmo un piekto daļu, 23.panta pirmo daļu, Pievienotās vērtības nodokļa likuma 41. panta pirmās daļas 1. punktu, 59. panta pirmo, otro un piekto daļu un 119. panta pirmo daļu.</t>
+  </si>
+  <si>
+    <t>SIA “VIVIMARKET”</t>
+  </si>
+  <si>
+    <t>02.01.2026.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025. gada janvārī, februārī, aprīlī – septembrī nav aprēķinājusi VSAOI un IIN par fiziskas personas gūto labumu;_x000D_
+2024. gada oktobrī – decembrī un 2025. gada janvārī - septembrī nav aprēķinājusi  PVN par veiktajiem apliekamajiem darījumiem; _x000D_
+2024. gada oktobrī – decembrī un 2025. gada janvārī - septembrī nav aprēķinājusi  PVN par veiktajiem apliekamajiem darījumiem; 2024. gada oktobrī – decembrī un 2025. gada janvārī - septembrī nav aprēķinājusi  PVN par veiktajiem apliekamajiem darījumiem;_x000D_
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Noteikts pienākums iemaksāt budžetā 64 937,47 EUR, tai skaitā:
+ - VSAOI 12408,45 EUR, nokavējuma nauda 321,08 EUR;
+ - IIN 8305,18 EUR, nokavējuma nauda 214,90 EUR;
+ - PVN 39452,59 EUR, nokavējuma nauda 2061,13;
+ - UIN 2032,00 EUR; nokavējuma nauda, nokavējuma nauda  142,14 EUR
+</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta sestās daļas 9. punkts, 23. panta septītās daļas 2. punkts, 23. panta astotā un četrpadsmito daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, 16. panta otrā daļa, 18. panta pirmā daļa, 20. panta pirmā, otrā daļa, 21. panta pirmā, otrā daļa, 23. panta pirmā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 1. panta pirmās daļas 1. punkts, 3. panta pirmā daļa, 4. panta pirmās daļas 1. punkts, 8. panta pirmā un otrā daļa, 8. panta 2.7 daļa, 15. panta pirmā, trešā daļa, 17. panta pirmā, otrā, piektā daļa, 29. panta pirmās daļas pirmais punkts, 31. panta pirmā un trešā daļa, Pievienotās vērtības nodokļa likuma 4. panta pirmā daļa, 5. panta pirmās daļas 1. punkts, 34. panta pirmā daļa, 41. panta pirmās daļas 1. punkts, 84. panta pirmā daļa, 118. panta pirmā daļa, 119. panta pirmā daļa, 120. panta pirmā daļa, Uzņēmumu ienākuma nodokļa likuma 3. panta pirmā un otrā daļa, 4. panta pirmā daļa, otrās daļas 2. punkta “a” apakšpunkts un devītā daļa, 8. panta pirmā daļa un otrās daļas 2. punkts, 17. panta pirmā un septītā daļa.</t>
+  </si>
+  <si>
+    <t>SIA “INSA GROUP”</t>
+  </si>
+  <si>
+    <t>SIA "INSA GROUP" ir izvairījusies no nodokļu nomaksas. Konstatēts, ka SIA "INSA GROUP" darbiniekiem nav pilnā apmērā aprēķinātas darba algas un darba algas nodokļi (VSAOI un IIN) par periodu no 2025. gada janvāra līdz 2025. gada jūnijam.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 5345,76 EUR, tai skaitā:
+ - VSAOI 4096,09 EUR un nokavējuma nauda 367,86 EUR;
+ - IIN 804,38 EUR un nokavējuma nauda 77,53 EUR.    </t>
+  </si>
+  <si>
+    <t>Likuma "Par nodokļiem un nodevām" 15. panta pirmās daļas 1., 2.  un 3. punkts, 15. panta trešās daļas 1. punkts, 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma "Par valsts sociālo apdrošināšanu" 5. panta pirmā un ceturtā daļa, 14. panta pirmā daļa, 16. panta otrā daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 21. panta pirmā un otrā daļa, 23. panta pirmā daļa, likuma "Par iedzīvotāju ienākuma nodokli" 1. panta pirmās daļas 1. punkts, 3. panta pirmā daļa, 4. panta pirmās daļas 1. punkts, 8. panta otrā daļa, 15. panta trešā daļa, 17. panta pirmā, otrā un piektā daļa, 29. panta pirmās daļas 1. punkts, 31. panta pirmā un trešā daļa, Darba likuma 59. pants, 68. pants, 137. panta pirmā daļa.</t>
+  </si>
+  <si>
+    <t>SIA "Sapņu virtuve"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “Sapņu virtuve” neaprēķināja darba algu par visām tās vienīgā darba ņēmēja faktiski nostrādātajām stundām, tādējādi izvairoties no VSAOI maksāšanas. </t>
+  </si>
+  <si>
+    <t>SIA “Sapņu virtuve” par 2024. gada janvāri – 2025. gada jūliju papildu aprēķinātas VSAOI 5498,80 EUR un to nokavējuma nauda 762,95 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 21. panta pirmā un otrā daļa, 23. panta pirmā daļa.</t>
+  </si>
+  <si>
+    <t>SIA "IC Trading"</t>
+  </si>
+  <si>
+    <t>19.12.2025.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “IC Trading” akcīzes preču noliktavā saražoja degvieleļļu, kas ir harmonizēta akcīzes prece. Tā kā prece tika izvesta no akcīzes preču noliktavas bez e-AD, tā uzskatāma par novirzītu no atliktā nodokļa maksāšanas režīma, un par izvesto daudzumu jāmaksā akcīzes nodoklis Latvijā. </t>
+  </si>
+  <si>
+    <t>SIA “IC Trading” papildu nomaksai budžetā aprēķināts akcīzes nodoklis 137 303,10 EUR un nokavējuma nauda 18 329,96 EUR.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Likuma "Par akcīzes nodokli" 2. panta 1.3 daļas 1. un 3. punkts, 34. panta otrā daļa._x000D_
+</t>
+  </si>
+  <si>
+    <t>SIA "GOTIKA AUTO"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “GOTIKA AUTO” akcīzes preču noliktavā saražoja degvieleļļu, kas ir harmonizēta akcīzes prece. Tā kā prece tika izvesta no akcīzes preču noliktavas bez e-AD, tā uzskatāma par novirzītu no atliktā nodokļa maksāšanas režīma, un par izvesto daudzumu jāmaksā akcīzes nodoklis Latvijā. </t>
+  </si>
+  <si>
+    <t>SIA “GOTIKA AUTO” papildu nomaksai budžetā aprēķināts akcīzes nodoklis 37 827,59 EUR un nokavējuma nauda 4482,57 EUR.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -11180,50 +11444,57 @@
     </font>
     <font>
       <sz val="22"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF97B7FF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
@@ -11419,51 +11690,51 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{16A88378-CB39-44A1-8A9D-9B24210459BD}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF0066"/>
       <color rgb="FFFF6699"/>
       <color rgb="FF97B7FF"/>
       <color rgb="FF002169"/>
     </mruColors>
@@ -11824,52 +12095,52 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:M853"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A678" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A683" sqref="A683"/>
+      <pane ySplit="2" topLeftCell="A696" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A699" sqref="A699"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="22.109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="18.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="16.33203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="65.109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="41.5546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="17.5546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="76.109375" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="104.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="39" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="40"/>
       <c r="C1" s="40"/>
       <c r="D1" s="40"/>
       <c r="E1" s="40"/>
       <c r="F1" s="41" t="s">
         <v>1</v>
       </c>
@@ -11922,51 +12193,51 @@
       </c>
     </row>
     <row r="4" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A4" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="13">
         <v>40103316924</v>
       </c>
       <c r="C4" s="13" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="14" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F4" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="14" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="5" spans="1:7" ht="303.60000000000002" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:7" ht="330" x14ac:dyDescent="0.25">
       <c r="A5" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="13">
         <v>40203170709</v>
       </c>
       <c r="C5" s="13" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="10" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="15" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A6" s="12" t="s">
         <v>24</v>
@@ -12244,51 +12515,51 @@
       </c>
     </row>
     <row r="18" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>81</v>
       </c>
       <c r="B18" s="13">
         <v>42103088434</v>
       </c>
       <c r="C18" s="18" t="s">
         <v>82</v>
       </c>
       <c r="D18" s="14" t="s">
         <v>83</v>
       </c>
       <c r="E18" s="14" t="s">
         <v>84</v>
       </c>
       <c r="F18" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="14" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="19" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A19" s="12" t="s">
         <v>86</v>
       </c>
       <c r="B19" s="13">
         <v>40103755681</v>
       </c>
       <c r="C19" s="13" t="s">
         <v>87</v>
       </c>
       <c r="D19" s="14" t="s">
         <v>88</v>
       </c>
       <c r="E19" s="14" t="s">
         <v>89</v>
       </c>
       <c r="F19" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="14" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A20" s="12" t="s">
         <v>91</v>
@@ -12773,51 +13044,51 @@
       </c>
     </row>
     <row r="41" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A41" s="12" t="s">
         <v>175</v>
       </c>
       <c r="B41" s="13">
         <v>40003777945</v>
       </c>
       <c r="C41" s="18" t="s">
         <v>176</v>
       </c>
       <c r="D41" s="14" t="s">
         <v>177</v>
       </c>
       <c r="E41" s="14" t="s">
         <v>178</v>
       </c>
       <c r="F41" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="14" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="42" spans="1:7" ht="264" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:7" ht="277.2" x14ac:dyDescent="0.25">
       <c r="A42" s="12" t="s">
         <v>180</v>
       </c>
       <c r="B42" s="13">
         <v>40203197718</v>
       </c>
       <c r="C42" s="13" t="s">
         <v>181</v>
       </c>
       <c r="D42" s="10" t="s">
         <v>182</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>183</v>
       </c>
       <c r="F42" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="10" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="43" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A43" s="12" t="s">
         <v>185</v>
@@ -12842,51 +13113,51 @@
       </c>
     </row>
     <row r="44" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A44" s="12" t="s">
         <v>189</v>
       </c>
       <c r="B44" s="13">
         <v>40203001960</v>
       </c>
       <c r="C44" s="13" t="s">
         <v>190</v>
       </c>
       <c r="D44" s="14" t="s">
         <v>191</v>
       </c>
       <c r="E44" s="14" t="s">
         <v>192</v>
       </c>
       <c r="F44" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="14" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="45" spans="1:7" ht="68.400000000000006" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A45" s="12" t="s">
         <v>194</v>
       </c>
       <c r="B45" s="13">
         <v>40203478300</v>
       </c>
       <c r="C45" s="13" t="s">
         <v>195</v>
       </c>
       <c r="D45" s="14" t="s">
         <v>196</v>
       </c>
       <c r="E45" s="14" t="s">
         <v>197</v>
       </c>
       <c r="F45" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="14" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="46" spans="1:7" ht="165" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="12" t="s">
         <v>198</v>
@@ -13417,51 +13688,51 @@
       </c>
     </row>
     <row r="69" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A69" s="12" t="s">
         <v>304</v>
       </c>
       <c r="B69" s="13">
         <v>40103911975</v>
       </c>
       <c r="C69" s="9" t="s">
         <v>289</v>
       </c>
       <c r="D69" s="14" t="s">
         <v>305</v>
       </c>
       <c r="E69" s="14" t="s">
         <v>306</v>
       </c>
       <c r="F69" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G69" s="14" t="s">
         <v>307</v>
       </c>
     </row>
-    <row r="70" spans="1:7" ht="316.8" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:7" ht="330" x14ac:dyDescent="0.25">
       <c r="A70" s="12" t="s">
         <v>308</v>
       </c>
       <c r="B70" s="13">
         <v>40103630102</v>
       </c>
       <c r="C70" s="9" t="s">
         <v>309</v>
       </c>
       <c r="D70" s="10" t="s">
         <v>310</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>311</v>
       </c>
       <c r="F70" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G70" s="14" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="71" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A71" s="12" t="s">
         <v>313</v>
@@ -13509,51 +13780,51 @@
       </c>
     </row>
     <row r="73" spans="1:7" ht="78.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="12" t="s">
         <v>322</v>
       </c>
       <c r="B73" s="13">
         <v>40203342853</v>
       </c>
       <c r="C73" s="13" t="s">
         <v>323</v>
       </c>
       <c r="D73" s="10" t="s">
         <v>324</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>325</v>
       </c>
       <c r="F73" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G73" s="10" t="s">
         <v>326</v>
       </c>
     </row>
-    <row r="74" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A74" s="12" t="s">
         <v>327</v>
       </c>
       <c r="B74" s="13">
         <v>40203325001</v>
       </c>
       <c r="C74" s="13" t="s">
         <v>323</v>
       </c>
       <c r="D74" s="10" t="s">
         <v>328</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>329</v>
       </c>
       <c r="F74" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G74" s="10" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="75" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A75" s="12" t="s">
         <v>331</v>
@@ -13992,51 +14263,51 @@
       </c>
     </row>
     <row r="94" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A94" s="12" t="s">
         <v>413</v>
       </c>
       <c r="B94" s="13">
         <v>40203025954</v>
       </c>
       <c r="C94" s="13" t="s">
         <v>414</v>
       </c>
       <c r="D94" s="10" t="s">
         <v>415</v>
       </c>
       <c r="E94" s="10" t="s">
         <v>416</v>
       </c>
       <c r="F94" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G94" s="10" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="95" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A95" s="12" t="s">
         <v>418</v>
       </c>
       <c r="B95" s="13">
         <v>40203424543</v>
       </c>
       <c r="C95" s="13" t="s">
         <v>409</v>
       </c>
       <c r="D95" s="10" t="s">
         <v>419</v>
       </c>
       <c r="E95" s="10" t="s">
         <v>420</v>
       </c>
       <c r="F95" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G95" s="10" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="96" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A96" s="12" t="s">
         <v>422</v>
@@ -14383,51 +14654,51 @@
       </c>
     </row>
     <row r="111" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A111" s="12" t="s">
         <v>483</v>
       </c>
       <c r="B111" s="13">
         <v>40003604705</v>
       </c>
       <c r="C111" s="13" t="s">
         <v>480</v>
       </c>
       <c r="D111" s="10" t="s">
         <v>484</v>
       </c>
       <c r="E111" s="10" t="s">
         <v>485</v>
       </c>
       <c r="F111" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G111" s="10" t="s">
         <v>486</v>
       </c>
     </row>
-    <row r="112" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A112" s="12" t="s">
         <v>487</v>
       </c>
       <c r="B112" s="13">
         <v>40203067746</v>
       </c>
       <c r="C112" s="13" t="s">
         <v>488</v>
       </c>
       <c r="D112" s="10" t="s">
         <v>489</v>
       </c>
       <c r="E112" s="10" t="s">
         <v>490</v>
       </c>
       <c r="F112" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G112" s="10" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="113" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A113" s="12" t="s">
         <v>492</v>
@@ -16011,51 +16282,51 @@
       </c>
     </row>
     <row r="179" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A179" s="16" t="s">
         <v>765</v>
       </c>
       <c r="B179" s="13">
         <v>41503069590</v>
       </c>
       <c r="C179" s="13" t="s">
         <v>766</v>
       </c>
       <c r="D179" s="16" t="s">
         <v>767</v>
       </c>
       <c r="E179" s="10" t="s">
         <v>768</v>
       </c>
       <c r="F179" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G179" s="10" t="s">
         <v>769</v>
       </c>
     </row>
-    <row r="180" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A180" s="16" t="s">
         <v>770</v>
       </c>
       <c r="B180" s="13">
         <v>40203445831</v>
       </c>
       <c r="C180" s="13" t="s">
         <v>771</v>
       </c>
       <c r="D180" s="16" t="s">
         <v>772</v>
       </c>
       <c r="E180" s="10" t="s">
         <v>773</v>
       </c>
       <c r="F180" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G180" s="10" t="s">
         <v>774</v>
       </c>
     </row>
     <row r="181" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A181" s="16" t="s">
         <v>775</v>
@@ -16080,51 +16351,51 @@
       </c>
     </row>
     <row r="182" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A182" s="16" t="s">
         <v>780</v>
       </c>
       <c r="B182" s="13">
         <v>48503019625</v>
       </c>
       <c r="C182" s="13" t="s">
         <v>781</v>
       </c>
       <c r="D182" s="16" t="s">
         <v>782</v>
       </c>
       <c r="E182" s="10" t="s">
         <v>783</v>
       </c>
       <c r="F182" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G182" s="10" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="183" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A183" s="16" t="s">
         <v>784</v>
       </c>
       <c r="B183" s="13">
         <v>40103566344</v>
       </c>
       <c r="C183" s="13" t="s">
         <v>785</v>
       </c>
       <c r="D183" s="16" t="s">
         <v>786</v>
       </c>
       <c r="E183" s="10" t="s">
         <v>787</v>
       </c>
       <c r="F183" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G183" s="10" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="184" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A184" s="16" t="s">
         <v>789</v>
@@ -16540,51 +16811,51 @@
       </c>
     </row>
     <row r="202" spans="1:7" ht="97.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A202" s="16" t="s">
         <v>871</v>
       </c>
       <c r="B202" s="13">
         <v>40103193847</v>
       </c>
       <c r="C202" s="13" t="s">
         <v>872</v>
       </c>
       <c r="D202" s="16" t="s">
         <v>873</v>
       </c>
       <c r="E202" s="19" t="s">
         <v>874</v>
       </c>
       <c r="F202" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G202" s="14" t="s">
         <v>875</v>
       </c>
     </row>
-    <row r="203" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A203" s="16" t="s">
         <v>876</v>
       </c>
       <c r="B203" s="13">
         <v>40203124023</v>
       </c>
       <c r="C203" s="13" t="s">
         <v>877</v>
       </c>
       <c r="D203" s="16" t="s">
         <v>878</v>
       </c>
       <c r="E203" s="19" t="s">
         <v>879</v>
       </c>
       <c r="F203" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G203" s="14" t="s">
         <v>880</v>
       </c>
     </row>
     <row r="204" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A204" s="16" t="s">
         <v>881</v>
@@ -29523,166 +29794,552 @@
       </c>
     </row>
     <row r="683" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A683" s="10" t="s">
         <v>2881</v>
       </c>
       <c r="B683" s="38">
         <v>40003037039</v>
       </c>
       <c r="C683" s="13" t="s">
         <v>2882</v>
       </c>
       <c r="D683" s="10" t="s">
         <v>1973</v>
       </c>
       <c r="E683" s="10" t="s">
         <v>2883</v>
       </c>
       <c r="F683" s="13" t="s">
         <v>1065</v>
       </c>
       <c r="G683" s="15" t="s">
         <v>2884</v>
       </c>
     </row>
-    <row r="684" spans="1:7" ht="14.4" x14ac:dyDescent="0.25">
-[...114 lines deleted...]
-      <c r="G696" s="15"/>
+    <row r="684" spans="1:7" ht="198" x14ac:dyDescent="0.25">
+      <c r="A684" s="10" t="s">
+        <v>2885</v>
+      </c>
+      <c r="B684" s="38">
+        <v>40203541826</v>
+      </c>
+      <c r="C684" s="13" t="s">
+        <v>2886</v>
+      </c>
+      <c r="D684" s="10" t="s">
+        <v>2887</v>
+      </c>
+      <c r="E684" s="10" t="s">
+        <v>2888</v>
+      </c>
+      <c r="F684" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G684" s="15" t="s">
+        <v>2889</v>
+      </c>
+    </row>
+    <row r="685" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+      <c r="A685" s="10" t="s">
+        <v>2890</v>
+      </c>
+      <c r="B685" s="38">
+        <v>40003046489</v>
+      </c>
+      <c r="C685" s="13" t="s">
+        <v>2869</v>
+      </c>
+      <c r="D685" s="10" t="s">
+        <v>2891</v>
+      </c>
+      <c r="E685" s="10" t="s">
+        <v>2892</v>
+      </c>
+      <c r="F685" s="13" t="s">
+        <v>547</v>
+      </c>
+      <c r="G685" s="15" t="s">
+        <v>2893</v>
+      </c>
+    </row>
+    <row r="686" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+      <c r="A686" s="10" t="s">
+        <v>2894</v>
+      </c>
+      <c r="B686" s="38">
+        <v>40203386646</v>
+      </c>
+      <c r="C686" s="13" t="s">
+        <v>2895</v>
+      </c>
+      <c r="D686" s="10" t="s">
+        <v>2896</v>
+      </c>
+      <c r="E686" s="10" t="s">
+        <v>2897</v>
+      </c>
+      <c r="F686" s="13" t="s">
+        <v>547</v>
+      </c>
+      <c r="G686" s="15" t="s">
+        <v>2898</v>
+      </c>
+    </row>
+    <row r="687" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+      <c r="A687" s="10" t="s">
+        <v>2899</v>
+      </c>
+      <c r="B687" s="38">
+        <v>40203249723</v>
+      </c>
+      <c r="C687" s="13" t="s">
+        <v>2878</v>
+      </c>
+      <c r="D687" s="10" t="s">
+        <v>2900</v>
+      </c>
+      <c r="E687" s="10" t="s">
+        <v>2901</v>
+      </c>
+      <c r="F687" s="13" t="s">
+        <v>547</v>
+      </c>
+      <c r="G687" s="15" t="s">
+        <v>2902</v>
+      </c>
+    </row>
+    <row r="688" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+      <c r="A688" s="10" t="s">
+        <v>2903</v>
+      </c>
+      <c r="B688" s="38">
+        <v>41503088888</v>
+      </c>
+      <c r="C688" s="13" t="s">
+        <v>2904</v>
+      </c>
+      <c r="D688" s="10" t="s">
+        <v>2905</v>
+      </c>
+      <c r="E688" s="10" t="s">
+        <v>2906</v>
+      </c>
+      <c r="F688" s="13" t="s">
+        <v>547</v>
+      </c>
+      <c r="G688" s="15" t="s">
+        <v>2907</v>
+      </c>
+    </row>
+    <row r="689" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+      <c r="A689" s="10" t="s">
+        <v>2908</v>
+      </c>
+      <c r="B689" s="38">
+        <v>40203553172</v>
+      </c>
+      <c r="C689" s="13" t="s">
+        <v>2909</v>
+      </c>
+      <c r="D689" s="10" t="s">
+        <v>2910</v>
+      </c>
+      <c r="E689" s="10" t="s">
+        <v>2911</v>
+      </c>
+      <c r="F689" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G689" s="15" t="s">
+        <v>2912</v>
+      </c>
+    </row>
+    <row r="690" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+      <c r="A690" s="10" t="s">
+        <v>2913</v>
+      </c>
+      <c r="B690" s="38">
+        <v>40203544907</v>
+      </c>
+      <c r="C690" s="13" t="s">
+        <v>2909</v>
+      </c>
+      <c r="D690" s="10" t="s">
+        <v>2914</v>
+      </c>
+      <c r="E690" s="10" t="s">
+        <v>2915</v>
+      </c>
+      <c r="F690" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G690" s="15" t="s">
+        <v>2916</v>
+      </c>
+    </row>
+    <row r="691" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+      <c r="A691" s="10" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B691" s="38">
+        <v>40203613819</v>
+      </c>
+      <c r="C691" s="9" t="s">
+        <v>2918</v>
+      </c>
+      <c r="D691" s="10" t="s">
+        <v>2919</v>
+      </c>
+      <c r="E691" s="10" t="s">
+        <v>2920</v>
+      </c>
+      <c r="F691" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G691" s="15" t="s">
+        <v>2921</v>
+      </c>
+    </row>
+    <row r="692" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+      <c r="A692" s="10" t="s">
+        <v>2922</v>
+      </c>
+      <c r="B692" s="38">
+        <v>40203576279</v>
+      </c>
+      <c r="C692" s="9" t="s">
+        <v>2923</v>
+      </c>
+      <c r="D692" s="10" t="s">
+        <v>2924</v>
+      </c>
+      <c r="E692" s="10" t="s">
+        <v>2925</v>
+      </c>
+      <c r="F692" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G692" s="15" t="s">
+        <v>2926</v>
+      </c>
+    </row>
+    <row r="693" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A693" s="10" t="s">
+        <v>2927</v>
+      </c>
+      <c r="B693" s="38">
+        <v>40203088305</v>
+      </c>
+      <c r="C693" s="13" t="s">
+        <v>2928</v>
+      </c>
+      <c r="D693" s="10" t="s">
+        <v>2429</v>
+      </c>
+      <c r="E693" s="10" t="s">
+        <v>2929</v>
+      </c>
+      <c r="F693" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G693" s="15" t="s">
+        <v>2930</v>
+      </c>
+    </row>
+    <row r="694" spans="1:7" ht="93.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A694" s="10" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B694" s="38">
+        <v>40203540411</v>
+      </c>
+      <c r="C694" s="13" t="s">
+        <v>2932</v>
+      </c>
+      <c r="D694" s="10" t="s">
+        <v>2933</v>
+      </c>
+      <c r="E694" s="10" t="s">
+        <v>2934</v>
+      </c>
+      <c r="F694" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G694" s="15" t="s">
+        <v>2935</v>
+      </c>
+    </row>
+    <row r="695" spans="1:7" ht="171.6" x14ac:dyDescent="0.25">
+      <c r="A695" s="10" t="s">
+        <v>2936</v>
+      </c>
+      <c r="B695" s="38">
+        <v>40103919343</v>
+      </c>
+      <c r="C695" s="13" t="s">
+        <v>2937</v>
+      </c>
+      <c r="D695" s="10" t="s">
+        <v>2938</v>
+      </c>
+      <c r="E695" s="10" t="s">
+        <v>2939</v>
+      </c>
+      <c r="F695" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G695" s="15" t="s">
+        <v>2940</v>
+      </c>
+    </row>
+    <row r="696" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+      <c r="A696" s="10" t="s">
+        <v>2941</v>
+      </c>
+      <c r="B696" s="38">
+        <v>40203490159</v>
+      </c>
+      <c r="C696" s="13" t="s">
+        <v>2928</v>
+      </c>
+      <c r="D696" s="10" t="s">
+        <v>2942</v>
+      </c>
+      <c r="E696" s="10" t="s">
+        <v>2943</v>
+      </c>
+      <c r="F696" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G696" s="15" t="s">
+        <v>2944</v>
+      </c>
+    </row>
+    <row r="697" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A697" s="10" t="s">
+        <v>2945</v>
+      </c>
+      <c r="B697" s="13">
+        <v>40203182394</v>
+      </c>
+      <c r="C697" s="13" t="s">
+        <v>2886</v>
+      </c>
+      <c r="D697" s="10" t="s">
+        <v>2946</v>
+      </c>
+      <c r="E697" s="10" t="s">
+        <v>2947</v>
+      </c>
+      <c r="F697" s="13" t="s">
+        <v>547</v>
+      </c>
+      <c r="G697" s="13" t="s">
+        <v>2948</v>
+      </c>
+    </row>
+    <row r="698" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+      <c r="A698" s="10" t="s">
+        <v>2949</v>
+      </c>
+      <c r="B698" s="13">
+        <v>50103227721</v>
+      </c>
+      <c r="C698" s="13" t="s">
+        <v>2950</v>
+      </c>
+      <c r="D698" s="10" t="s">
+        <v>2951</v>
+      </c>
+      <c r="E698" s="10" t="s">
+        <v>2952</v>
+      </c>
+      <c r="F698" s="13" t="s">
+        <v>547</v>
+      </c>
+      <c r="G698" s="10" t="s">
+        <v>2953</v>
+      </c>
+    </row>
+    <row r="699" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+      <c r="A699" s="10" t="s">
+        <v>2954</v>
+      </c>
+      <c r="B699" s="13">
+        <v>40003165118</v>
+      </c>
+      <c r="C699" s="13" t="s">
+        <v>2950</v>
+      </c>
+      <c r="D699" s="10" t="s">
+        <v>2955</v>
+      </c>
+      <c r="E699" s="10" t="s">
+        <v>2956</v>
+      </c>
+      <c r="F699" s="13" t="s">
+        <v>547</v>
+      </c>
+      <c r="G699" s="13" t="s">
+        <v>2835</v>
+      </c>
+    </row>
+    <row r="700" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A700" s="10"/>
+      <c r="B700" s="10"/>
+      <c r="C700" s="10"/>
+      <c r="D700" s="10"/>
+      <c r="E700" s="10"/>
+      <c r="F700" s="15"/>
+      <c r="G700" s="15"/>
+    </row>
+    <row r="701" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A701" s="10"/>
+      <c r="B701" s="10"/>
+      <c r="C701" s="10"/>
+      <c r="D701" s="10"/>
+      <c r="E701" s="10"/>
+      <c r="F701" s="15"/>
+      <c r="G701" s="15"/>
+    </row>
+    <row r="702" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A702" s="10"/>
+      <c r="B702" s="10"/>
+      <c r="C702" s="10"/>
+      <c r="D702" s="10"/>
+      <c r="E702" s="10"/>
+      <c r="F702" s="15"/>
+      <c r="G702" s="15"/>
+    </row>
+    <row r="703" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A703" s="10"/>
+      <c r="B703" s="10"/>
+      <c r="C703" s="10"/>
+      <c r="D703" s="10"/>
+      <c r="E703" s="10"/>
+      <c r="F703" s="15"/>
+      <c r="G703" s="15"/>
+    </row>
+    <row r="704" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A704" s="10"/>
+      <c r="B704" s="10"/>
+      <c r="C704" s="10"/>
+      <c r="D704" s="10"/>
+      <c r="E704" s="10"/>
+      <c r="F704" s="15"/>
+      <c r="G704" s="15"/>
+    </row>
+    <row r="705" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A705" s="10"/>
+      <c r="B705" s="10"/>
+      <c r="C705" s="10"/>
+      <c r="D705" s="10"/>
+      <c r="E705" s="10"/>
+      <c r="F705" s="15"/>
+      <c r="G705" s="15"/>
+    </row>
+    <row r="706" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A706" s="10"/>
+      <c r="B706" s="10"/>
+      <c r="C706" s="10"/>
+      <c r="D706" s="10"/>
+      <c r="E706" s="10"/>
+      <c r="F706" s="15"/>
+      <c r="G706" s="15"/>
+    </row>
+    <row r="707" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A707" s="10"/>
+      <c r="B707" s="10"/>
+      <c r="C707" s="10"/>
+      <c r="D707" s="10"/>
+      <c r="E707" s="10"/>
+      <c r="F707" s="15"/>
+      <c r="G707" s="15"/>
+    </row>
+    <row r="708" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A708" s="10"/>
+      <c r="B708" s="10"/>
+      <c r="C708" s="10"/>
+      <c r="D708" s="10"/>
+      <c r="E708" s="10"/>
+      <c r="F708" s="15"/>
+      <c r="G708" s="15"/>
+    </row>
+    <row r="709" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A709" s="10"/>
+      <c r="B709" s="10"/>
+      <c r="C709" s="10"/>
+      <c r="D709" s="10"/>
+      <c r="E709" s="10"/>
+      <c r="F709" s="15"/>
+      <c r="G709" s="15"/>
+    </row>
+    <row r="710" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A710" s="10"/>
+      <c r="B710" s="10"/>
+      <c r="C710" s="10"/>
+      <c r="D710" s="10"/>
+      <c r="E710" s="10"/>
+      <c r="F710" s="15"/>
+      <c r="G710" s="15"/>
+    </row>
+    <row r="711" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A711" s="10"/>
+      <c r="B711" s="10"/>
+      <c r="C711" s="10"/>
+      <c r="D711" s="10"/>
+      <c r="E711" s="10"/>
+      <c r="F711" s="15"/>
+      <c r="G711" s="15"/>
+    </row>
+    <row r="712" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A712" s="10"/>
+      <c r="B712" s="10"/>
+      <c r="C712" s="10"/>
+      <c r="D712" s="10"/>
+      <c r="E712" s="10"/>
+      <c r="F712" s="15"/>
+      <c r="G712" s="15"/>
+    </row>
+    <row r="713" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A713" s="10"/>
+      <c r="B713" s="10"/>
+      <c r="C713" s="10"/>
+      <c r="D713" s="10"/>
+      <c r="E713" s="10"/>
+      <c r="F713" s="15"/>
+      <c r="G713" s="15"/>
+    </row>
+    <row r="714" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A714" s="10"/>
+      <c r="B714" s="10"/>
+      <c r="C714" s="10"/>
+      <c r="D714" s="10"/>
+      <c r="E714" s="10"/>
+      <c r="F714" s="15"/>
+      <c r="G714" s="15"/>
     </row>
     <row r="843" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A843" s="36"/>
       <c r="B843" s="36"/>
       <c r="C843" s="36"/>
       <c r="D843" s="36"/>
       <c r="E843" s="36"/>
       <c r="F843" s="11"/>
       <c r="G843" s="11"/>
       <c r="H843" s="11"/>
       <c r="I843" s="11"/>
       <c r="J843" s="11"/>
       <c r="K843" s="11"/>
       <c r="L843" s="11"/>
       <c r="M843" s="11"/>
     </row>
     <row r="853" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A853" s="36"/>
       <c r="B853" s="36"/>
       <c r="C853" s="36"/>
       <c r="D853" s="36"/>
       <c r="E853" s="36"/>
       <c r="F853" s="11"/>
       <c r="G853" s="11"/>
       <c r="H853" s="11"/>
@@ -29695,59 +30352,50 @@
   </sheetData>
   <autoFilter ref="A2:G2" xr:uid="{00000000-0001-0000-0400-000000000000}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="F1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100B3C9C276AFEEAF44A5EEB1316BFEF153" ma:contentTypeVersion="0" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="ad519bfe87475cb025282f53f7303917">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea38c56bd2b816e995eaa7588db9f73d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
@@ -29817,90 +30465,99 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Nodokļu kontroles rēķins</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>