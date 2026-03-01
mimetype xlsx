--- v5 (2026-02-06)
+++ v6 (2026-03-01)
@@ -11,71 +11,71 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Februāris\Lēmumi\6Lēmumi par nodokļu kontroles rēķinu\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{37760506-5A9A-4203-8168-ABE42FD6CF77}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{818B6895-D5AF-4128-8901-AB0CAAFEA8EE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nodokļu kontroles rēķins" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Nodokļu kontroles rēķins'!$A$2:$G$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4195" uniqueCount="2957">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4285" uniqueCount="3020">
   <si>
     <t>Nodokļu kontroles rēķins</t>
   </si>
   <si>
     <t>Saīsinājumi:
 VSAOI - valsts sociālās apdrošināšanas obligātās iemaksas
 IIN - iedzīvotāju ienākuma nodoklis
 PVN - pievienotās vērtības nodoklis
 MUN - mikrouzņēmuma nodoklis
 AN - akcīzes nodoklis</t>
   </si>
   <si>
     <t>Adresāts</t>
   </si>
   <si>
     <t>Reģ.nr.</t>
   </si>
   <si>
     <t>Spēkā stāšanās datums</t>
   </si>
   <si>
     <t>Pārkāpuma būtība</t>
   </si>
   <si>
     <t>Piemērotā atbildība/sods/uzrēķins</t>
@@ -11376,50 +11376,321 @@
   </si>
   <si>
     <t>SIA "IC Trading"</t>
   </si>
   <si>
     <t>19.12.2025.</t>
   </si>
   <si>
     <t xml:space="preserve">SIA “IC Trading” akcīzes preču noliktavā saražoja degvieleļļu, kas ir harmonizēta akcīzes prece. Tā kā prece tika izvesta no akcīzes preču noliktavas bez e-AD, tā uzskatāma par novirzītu no atliktā nodokļa maksāšanas režīma, un par izvesto daudzumu jāmaksā akcīzes nodoklis Latvijā. </t>
   </si>
   <si>
     <t>SIA “IC Trading” papildu nomaksai budžetā aprēķināts akcīzes nodoklis 137 303,10 EUR un nokavējuma nauda 18 329,96 EUR.</t>
   </si>
   <si>
     <t xml:space="preserve">Likuma "Par akcīzes nodokli" 2. panta 1.3 daļas 1. un 3. punkts, 34. panta otrā daļa._x000D_
 </t>
   </si>
   <si>
     <t>SIA "GOTIKA AUTO"</t>
   </si>
   <si>
     <t xml:space="preserve">SIA “GOTIKA AUTO” akcīzes preču noliktavā saražoja degvieleļļu, kas ir harmonizēta akcīzes prece. Tā kā prece tika izvesta no akcīzes preču noliktavas bez e-AD, tā uzskatāma par novirzītu no atliktā nodokļa maksāšanas režīma, un par izvesto daudzumu jāmaksā akcīzes nodoklis Latvijā. </t>
   </si>
   <si>
     <t>SIA “GOTIKA AUTO” papildu nomaksai budžetā aprēķināts akcīzes nodoklis 37 827,59 EUR un nokavējuma nauda 4482,57 EUR.</t>
+  </si>
+  <si>
+    <t>SIA “WHGV”</t>
+  </si>
+  <si>
+    <t>13.01.2026.</t>
+  </si>
+  <si>
+    <t>SIA "WHGV" izvairījās no pievienotās vērtības nodokļa maksāšanas par veiktajiem darījumiem, kuru vērtība pārsniedza 55 000,00 EUR. Nodarbinātajām personām nav aprēķināta darba alga par faktiski nostrādātajām stundām, nav aprēķināti nodokļi no valdes locekļa domājamā ienākuma.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 3660,53 EUR, t. sk.:
+- PVN 1126,34 EUR;
+- nokavējuma nauda 72,09 EUR;
+- VSAOI 1867,98 EUR;
+- nokavējuma nauda 181,15 EUR;
+- IIN 377,40 EUR;
+- nokavējuma nauda 35,57 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.2 daļas 3. punkts, 6. daļas 4. un 5. punkts, 7. daļas 2. punkts, 29. panta otrā un trešā daļa, Pievienotās vērtības nodokļa likuma 34. panta desmitā daļa, 84. panta pirmā daļa, 117. panta astotā daļa, 118. panta desmitā daļa, 119. panta otrā daļa, likuma “Par valsts sociālo apdrošināšanu” 1. panta 2. punkta “m” apakšpunkts, 14. panta pirmā daļa, 12.1 daļa, 20. panta pirmā, otrā, trešā un ceturtā daļa, 21. panta pirmā un otrā daļa, 23. panta pirmā daļa, likuma ”Par iedzīvotāju ienākuma nodokli” 8. panta 2.9 daļa un Darba likuma 67. un 68. pants.</t>
+  </si>
+  <si>
+    <t>HAS KEBABS SIA</t>
+  </si>
+  <si>
+    <t>12.01.2026.</t>
+  </si>
+  <si>
+    <t>Nav savlaicīgi veikta reģistrācija VID PVN maksātāju reģistrā, nav aprēķināts un nav samaksāts PVN.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budžetā noteikts iemaksāt 42 172,88 EUR, t.sk.:
+- PVN 39 683,68 EUR; 
+- nokavējuma nauda 2 489,20 EUR.   </t>
+  </si>
+  <si>
+    <t>Pievienotās vērtības nodokļa likuma 1. panta 2. punkts, 5. panta pirmās daļas 2. punkts, 19. panta pirmās daļas 1 punkts, 32. panta pirmā un otrā daļa, 34. panta pirmā daļa, 41. panta pirmās daļas 1. punkts, 55. panta pirmās daļas 2. punkts, 84. panta pirmā daļa, 88. panta pirmā daļa, 117. panta astotā daļa, 118. panta septītā un desmitā daļa, 119. panta pirmā un piektā daļa, likuma “Par nodokļiem un nodevām” 1. panta 19. punkts, 15. panta pirmās daļas 1. un 2. punkts, 29. panta otrā daļa.</t>
+  </si>
+  <si>
+    <t>ANTEHO SIA</t>
+  </si>
+  <si>
+    <t>1.SIA “ANTEHO” nodarbinātajām personām nav deklarējusi darba ienākumus pilnā apmērā, atbilstoši saņemtajiem ienākumiem, VSAOI un IIN no darbinieku faktiski saņemtajiem darba ienākumiem. Rezultātā papildus aprēķināti darba ienākumi 46 darbiniekiem, t.sk. 20 (divdesmit) neidentificētām personām un VSAOI un IIN.
+2.Periodā no 2025. gada aprīļa līdz 2025. gada jūnijam SIA ”ANTEHO” veica ar nodokli apliekamos darījumus, kuru kopējā vērtība pārsniedz 50 000,00 EUR, un nav reģistrējusies PVN maksātāja reģistrā normatīvajos aktos noteiktajā termiņā.Tādējādi SIA “ANTEHO” aprēķināts valsts budžetā maksājamais PVN.
+3.SIA “ANTEHO” banka konta pārskatā periodā no 02.04.2025. līdz 24.07.2025. veikusi maksājumus ar pamatojumu “RĒĶINS numurs” vai “Avansa rēķins numurs”, bet saistībā ar minētajiem maksājumiem nav iesniegusi darījumu apliecinošus dokumentus.
+Tādējādi SIA “ANTEHO” veiktās iegādes nav atzīstamas par SIA “ANTEHO” ar saimniecisko darbību saistītām izmaksām un ir aprēķināms UIN.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 63 557,98  EUR.t.sk.:
+- VSAOI 28 067,61 EUR,
+- nokavējuma nauda 1978,00 EUR;
+-  IIN 18 837,49  EUR;
+- nokavējuma nauda 1327,04 EUR;
+-  PVN 8 964,92 EUR;
+- nokavējuma nauda 570,06 EUR;
+-  UIN 3 565,00  EUR;
+- nokavējuma nauda 247,86 EUR;  </t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām”  23. panta piekto daļu, 5.2 daļas 3. punktu, četrpadsmitā daļa, 29. panta otrā daļa, Grāmatvedības likuma 6. panta otrā, trešā, ceturtā daļa 8. panta pirmā daļa, 11. panta pirmā un piektā daļa, Ministru kabineta noteikumu Nr. 877 “Grāmatvedības kārtošanas noteikumi” 37., 38., 39. punkti, likuma “Par valsts sociālo apdrošināšanu” 5. panta pirmā daļa, 14. panta pirmā daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 16. panta otrā daļa, 21. panta pirmā un otrā daļa un 23. panta pirmā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 1. panta pirmās daļas 1. punkts, 2. pants, 3. panta pirmā daļa, 4. panta pirmās daļas 1. punkts, 8. panta pirmā un otrā daļau, 2.7 daļa, 15. panta septiņpadsmitā daļa (spēkā līdz 31.12.2024.), 16.1 panta pirmā daļa, 17. panta pirmā un piektās daļas 3. punkts, 29. panta pirmās daļas 1.,4. punkts, Pievienotās vērtības nodokļa likuma 5. panta pirmās daļas 3. punkts, 92. panta pirmās daļas 1. punkts, 125. panta pirmā un ceturtā daļa, Uzņēmumu ienākuma nodokļa likuma 3. panta pirmā un otrā daļa, 4. panta otrās daļas 2. punkta “a” apakšpunkts un devītā daļa, 8. panta pirmā un otrā daļa, 17. panta pirmā un septītā daļa, un Ministru kabineta 2018. gada 13. februāra noteikumu Nr. 93 “Noteikumi par uzņēmumu ienākuma nodokļa deklarācijā iekļaujamo informāciju” 2. punkts.</t>
+  </si>
+  <si>
+    <t>SIA "RIDEEASE"</t>
+  </si>
+  <si>
+    <t>14.01.2026.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 5230,09 EUR, tai sk.:
+- VSAOI 3157,39 EUR;
+- nokavējuma nauda 241,75 EUR;
+- IIN 1698,30 EUR;
+- nokavējuma nauda 132,65 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 17. panta otrās daļas 9. punkts, 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.9 daļa, likuma “Par valsts sociālo apdrošināšanu” 12. panta pirmā daļa, 14. panta pirmā daļa un 18. panta pirmā daļa. </t>
+  </si>
+  <si>
+    <t>SIA "FLEETWAYS"</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 2374,11 EUR, tai sk.:
+- VSAOI 1669,17 EUR;
+- nokavējuma nauda 103,93 EUR;
+- IIN 566,10 EUR;
+- nokavējuma nauda 34,91 EUR.</t>
+  </si>
+  <si>
+    <t>SIA "Viking 25"</t>
+  </si>
+  <si>
+    <t>15.01.2026.</t>
+  </si>
+  <si>
+    <t>SIA Viking 25 izvairījās no pievienotās vērtības nodokļa maksāšanas par veiktajiem darījumiem, kuru vērtība pārsniedza 55 000,00 EUR. Nodarbinātajām personām nav aprēķināta darba alga par faktiski nostrādātajām stundām. Darba algas aprēķināšanā piemērota zemāka stundas tarifa likme par valstī noteikto attiecīgajā periodā un nav aprēķināta darba samaksa par nostrādātajām virsstundām.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 4034,88 EUR, tai sk.:
+- PVN 2979,83 EUR;
+- nokavējuma nauda 129,02 EUR;
+- VSAOI 874,17 EUR;
+- nokavējuma nauda 51,86 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 17. panta otrās daļas 9. punkts, 23. panta 5.2 daļas 3. punkts, 6. daļas 5. punkts, 7. daļas 2. punkts, 29. panta otrā un trešā daļa, Pievienotās vērtības nodokļa likuma 34. panta desmitā daļa, 84. panta pirmā daļa, 117. panta astotā daļa, 118. panta desmitā daļa, 119. panta otrā daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, 18. panta pirmā daļa, 20. panta pirmā daļa, Darba likuma 68. pants.</t>
+  </si>
+  <si>
+    <t>SIA “DRIVIO”</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 3386,83 EUR, tai sk:
+- VSAOI 2168,05 EUR;
+- nokavējuma nauda 144,29 EUR
+- IIN 1007,96 EUR;
+- nokavējuma nauda 66,53 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 17. panta otrās daļas 9. punkts,  23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma “Par valsts sociālo apdrošināšanu” 1. panta 2. punkta "m" apakšpunkts, 14. panta 12.1 daļa, likuma ”Par iedzīvotāju ienākuma nodokli” 8. panta 2.9 daļa.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “Elstats” </t>
+  </si>
+  <si>
+    <t>16.01.2026.</t>
+  </si>
+  <si>
+    <t>Nodarbinātajām personām nav aprēķināta darba alga par faktiski nostrādātajām stundām, darba alga aprēķināšanā piemērota zemāka stundas tarifa likme par valstī noteikto attiecīgajā periodā un nav aprēķināti nodokļi no valdes locekļa domājamā ienākuma.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 3704,50 EUR, tai sk.:
+- VSAOI 2561,60 EUR;
+- nokavējuma nauda 152,22 EUR;
+- IIN 943,50 EUR;
+- nokavējuma nauda 47,18 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 17. panta otrās daļas 9. punkts, 23. panta 5.2 daļas 3. punkts, 6. daļas 4.  un 5. punkts, 7. daļas 2. punkts, 29. panta otrā un trešā daļa, likuma “Par valsts sociālo apdrošināšanu”, 14. panta pirmā daļa, 121 daļa, 18. panta pirmā daļa, 20. panta pirmā daļa.</t>
+  </si>
+  <si>
+    <t>SIA "VERMI MARKET"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PVN deklarācijās atskaitīts priekšnodoklis par nenotikušiem darījumiem._x000D_
+Veikti ar uzņēmuma saimniecisko darbību nesaistīti darījumi, par kuriem nav aprēķināts UIN._x000D_
+Darba ņēmējs nav norēķinājies par saņemto avansu 90 dienu laikā no avansa izsniegšanas dienas._x000D_
+</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 362 964,15 EUR, tai sk.:
+– PVN 87 634,26 EUR;
+– nokavējuma nauda 24 162,87 EUR;
+– UIN 158 623,00 EUR;
+– nokavējuma nauda 43 095,84 EUR;
+– VSAOI 24 515,61 EUR;
+– nokavējuma nauda 6141,88 EUR;
+ – IIN 15 022,82 EUR;
+– nokavējuma nauda 3763,53 EUR;
+– PVN pārmaksas samazinājums  4,34 EUR.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1) Likuma “Par nodokļiem un nodevām” 15. pants, 23. pants, 29. panta otrā un trešā daļa. 
+2) Pievienotās vērtības nodokļa likuma 31. panta pirmā daļa, 32. panta pirmā un otrā daļa, 34. panta pirmā daļa, 84. panta pirmā daļā, 119. panta pirmā daļa. 
+3) Grāmatvedības likuma 2. panta pirmā daļa, 3. panta pirmās daļas 1. punkts. 
+4) Uzņēmuma ienākuma nodokļa likuma 3. panta pirmā daļa un 4. panta devītā daļa. 
+5) Likuma “Par iedzīvotāju ienākuma nodokli” 3. pants, 8. panta 2.7.daļa, 17. pants, 31. pants. 
+6)Likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, 16. panta otrā daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 21. panta pirmā un otrā daļa, 23. panta pirmā daļa.
+</t>
+  </si>
+  <si>
+    <t>SIA “COURLAND VILLAGE”</t>
+  </si>
+  <si>
+    <t>22.12.2025.</t>
+  </si>
+  <si>
+    <t>1.Nav iesniegta PVN deklarācija.
+2.Nav veikta atkārtota reģistrācija VID PVN maksātāju reģistrā, sasniedzot reģistrācijas slieksni 50 000 EUR (turpina veikt saimniecisko darbību pēc izslēgšanas no PVN maksātāju reģistra).</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 28 490,62 EUR, tai sk:_x000D_
+– PVN 26 512,12 EUR;_x000D_
+– nokavējuma nauda 1 978,50 EUR.</t>
+  </si>
+  <si>
+    <t>1.Likuma “Par nodokļiem un nodevām” 23.panta 5.2daļas 3.punkts, 23.panta četrpadsmitā daļa, 29. panta otrā daļa.
+2.Pievienotās vērtības likuma 19.panta pirmā daļa, 84.panta pirmā daļa,   88.panta pirmā daļa, 117.panta astotā daļa, 118.panta desmitā daļa, 119. panta otrā daļa.
+3.Grāmatvedības likuma 5. un 6.pants.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “SCHASTJE”  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.	Darba ņēmējiem nav aprēķināti darba ienākumi par nostrādātajām stundām atbilstoši darba līguma un nodarbinātības nosacījumiem.
+2.	Grāmatvedības uzskaitē nav deklarēti ienākumi pilnā apmērā.
+</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 25 331,57 EUR, t.sk.:
+- VSAOI 4 326,16 EUR;
+- nokavējuma nauda 319,56 EUR;
+- IIN 2 896,27 EUR;
+- nokavējuma nauda 213,94 EUR;
+- PVN 16 720,38 EUR;
+- nokavējuma nauda 855,26 EUR;</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 15. panta pirmās daļas 1. un 2. punkts, 23. panta piektā daļa, 5.2 daļa, sestās daļas 5. punkts, četrpadsmitā daļa, 29. panta otrā un trešā daļa, 38. pants, Pievienotās vērtības nodokļa likuma 1. panta otrā daļa, 5. panta pirmās daļas 2. punkts, 29. panta otrā daļa, 32. panta pirmā un otrā daļa, 34. panta pirmā daļa, 41. panta pirmās daļas 1. punkts, 119. panta pirmā daļa, 120. panta pirmā un otrā daļa, likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, 16. panta otrā daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 21. panta pirmā un otrā daļa, 23. panta pirmā daļa, Darba likuma 67. panta pirmā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta otrā daļa, 17. panta piektā daļa, 16.1 panta pirmā daļa, 29. panta pirmās daļas 1. punkts, 15. panta trešā daļa, 12. panta pirmā daļa, 197. panta pirmā daļa, Ministru kabineta 2010. gada 21. septembra noteikumu Nr. 899 “Likuma “Par iedzīvotāju ienākuma nodokli” normu piemērošanas kārtība” 18.1 punkts.</t>
+  </si>
+  <si>
+    <t>SIA "DEVALOKA"</t>
+  </si>
+  <si>
+    <t>20.02.2026.</t>
+  </si>
+  <si>
+    <t>Priekšnodoklī atsevišķu darījumu saistība ar saimniecisko darbību  nav pierādīta. Aprēķināms PVN un darījumi iekļaujami UIN apliekamājā bāzē,  palielinot UIN. </t>
+  </si>
+  <si>
+    <t>Papildu aprēķināms un noteikts valsts budžetā iemaksāt : PVN 15235,48EUR, nokavējuma nauda 2386,23EUR. UIN 19659,20 EUR, nnokavējuma nauda 3223,46 EUR</t>
+  </si>
+  <si>
+    <t>Uzņēmuma ienākuma nodokļa likuma 8. panta pirmā daļa, otrā daļa, 4.panta pirmā daļa, otrās daļa, 3.panta pirmā daļa, 4.panta devītā daļa, 17.panta pirmā daļa, septītā daļa, Likuma “Par nodokļiem un nodevām” 15. panta pirmās daļas 1.punkts un 2.punkts, 23.panta 14.daļa, 29.panta otrā daļa, Pievienotās vērtības nodokļa likuma 92.pants</t>
+  </si>
+  <si>
+    <t>SAPNA SIA</t>
+  </si>
+  <si>
+    <t>19.01.2026.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budžetā noteikts iemaksāt    54740,03 EUR, t.sk.:
+- PVN 48995,61 EUR; 
+- nokavējuma nauda 5744,42 EUR.   </t>
+  </si>
+  <si>
+    <t>Pievienotās vērtības nodokļa likuma 1. panta 2. punkts, 5. panta pirmās daļas 2. punkts, 19. panta pirmā daļa, 32. panta pirmā un otrā daļa, 34. panta pirmā daļa, 41. panta pirmās daļas 1. punkts, 55. panta pirmās daļas 2. punkts, 59. panta pirmā daļa, 84. panta pirmā daļa, 88. panta pirmā daļa, 117. panta astotā daļa, 118. panta septītā un desmitā daļa, 119. panta pirmā un piektā daļa, likuma “Par nodokļiem un nodevām” 1. panta 19. punkts, 15. panta pirmās daļas 1. un 2. punkts, 23. panta sestās daļas 5. punkts, 29. panta otrā daļa.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “VORU”  
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budžetā noteikts iemaksāt 97 686,41 EUR, t.sk.:
+- PVN 83 480,92 EUR;
+- nokavējuma nauda 14 205,49 EUR.
+</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 17. panta otrās daļas 9. punkts,15. panta pirmās daļas 1. un 2. punkts, 23. panta 5.2 daļas 3. punkts un 29. panta otrā un trešā daļa, Pievienotās vērtības nodokļa likuma 1  panta otrā daļa, 5. panta pirmās daļas 2. punkts, 19. panta pirmā daļa, 32. panta pirmā un otrā daļa, 34. panta pirmā daļa, 41. panta pirmās daļas 1. punkts, 55. panta pirmās daļas 2. punkts, 84. panta pirmā daļa, 88. panta pirmā daļa, 117. panta astotā daļa, 118. panta septītā daļa, 118. panta desmitā daļa, 119. panta pirmā un piektā daļa.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “Portugal”  
+</t>
+  </si>
+  <si>
+    <t>21.01.2026.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 1. panta 19. punkts, 15. panta pirmās daļas 1. un 2. punkts, 29. panta otrā daļa; Pievienotās vērtības nodokļa likuma 1. panta 2. punkts, 5. panta pirmās daļas 2. punkts, 19. panta pirmā daļa, 32. panta pirmā un otrā daļa, 34. panta pirmā un desmitā daļa, 41. panta pirmās daļas 1. punkts, 55. panta pirmās daļas 2. punkts, 59. panta pirmā un otrā daļa, 66. panta pirmā daļa,  84. panta pirmā daļā, 88. panta pirmā daļa, 117. panta pirmā un astotā daļā, 118. panta pirmā, septītā un desmitā daļa, 119. panta pirmā un piektā daļa, 120. panta pirmā daļa; likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 21. panta pirmā un otrā daļa, 23. panta pirmā daļa; likuma “Par iedzīvotāju ienākuma nodokli” 4. panta pirmās daļas 1. punkts, 8. panta otrā daļa, 15. panta trešā  un septiņpadsmitā daļa, 16.1 panta pirmā daļa, 29. panta pirmās daļas 1. punkts, 31. panta pirmā daļa; Ministru kabineta 21.09.2010. noteikumu Nr. 899 “Likuma “Par iedzīvotāju ienākuma nodokli” normu piemērošanas kārtība” 18.1 punkts.</t>
+  </si>
+  <si>
+    <t>SIA “Portugal” periodā no 20.01.2024. līdz 31.08.2025.  neuzrādīja visus saimnieciskajā darbībā gūtos ieņēmumus, kā arī pilnībā nesamaksāja algas nodokļus no darbiniekiem izmaksātās darba algas.
+SIA “Portugal” neatsaucās uz VID paziņojumā izteikto aicinājumu labprātīgi aprēķināt un veikt PVN, VSAOI, IIN nomaksu valsts budžetā.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 64467,27 EUR, t.sk.:
+- PVN 52533,62 EUR;
+- VSAOI 1953,78 EUR;
+- IIN 1197,84 EUR;
+- nokavējuma nauda 8782,03 EUR.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -11577,51 +11848,51 @@
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="42">
+  <cellXfs count="44">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
@@ -11692,50 +11963,56 @@
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{16A88378-CB39-44A1-8A9D-9B24210459BD}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF0066"/>
       <color rgb="FFFF6699"/>
       <color rgb="FF97B7FF"/>
       <color rgb="FF002169"/>
     </mruColors>
   </colors>
@@ -12095,78 +12372,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:M853"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A696" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A699" sqref="A699"/>
+      <pane ySplit="2" topLeftCell="A710" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A714" sqref="A714"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="22.109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="18.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="16.33203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="65.109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="41.5546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="17.5546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="76.109375" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="104.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="39" t="s">
+      <c r="A1" s="41" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="40"/>
-[...3 lines deleted...]
-      <c r="F1" s="41" t="s">
+      <c r="B1" s="42"/>
+      <c r="C1" s="42"/>
+      <c r="D1" s="42"/>
+      <c r="E1" s="42"/>
+      <c r="F1" s="43" t="s">
         <v>1</v>
       </c>
-      <c r="G1" s="41"/>
+      <c r="G1" s="43"/>
     </row>
     <row r="2" spans="1:7" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:7" s="4" customFormat="1" ht="92.4" x14ac:dyDescent="0.3">
@@ -12193,51 +12470,51 @@
       </c>
     </row>
     <row r="4" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A4" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="13">
         <v>40103316924</v>
       </c>
       <c r="C4" s="13" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="14" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F4" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="14" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="5" spans="1:7" ht="330" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:7" ht="303.60000000000002" x14ac:dyDescent="0.25">
       <c r="A5" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="13">
         <v>40203170709</v>
       </c>
       <c r="C5" s="13" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="10" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="15" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A6" s="12" t="s">
         <v>24</v>
@@ -12515,51 +12792,51 @@
       </c>
     </row>
     <row r="18" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>81</v>
       </c>
       <c r="B18" s="13">
         <v>42103088434</v>
       </c>
       <c r="C18" s="18" t="s">
         <v>82</v>
       </c>
       <c r="D18" s="14" t="s">
         <v>83</v>
       </c>
       <c r="E18" s="14" t="s">
         <v>84</v>
       </c>
       <c r="F18" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="14" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="19" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A19" s="12" t="s">
         <v>86</v>
       </c>
       <c r="B19" s="13">
         <v>40103755681</v>
       </c>
       <c r="C19" s="13" t="s">
         <v>87</v>
       </c>
       <c r="D19" s="14" t="s">
         <v>88</v>
       </c>
       <c r="E19" s="14" t="s">
         <v>89</v>
       </c>
       <c r="F19" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="14" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A20" s="12" t="s">
         <v>91</v>
@@ -13044,51 +13321,51 @@
       </c>
     </row>
     <row r="41" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A41" s="12" t="s">
         <v>175</v>
       </c>
       <c r="B41" s="13">
         <v>40003777945</v>
       </c>
       <c r="C41" s="18" t="s">
         <v>176</v>
       </c>
       <c r="D41" s="14" t="s">
         <v>177</v>
       </c>
       <c r="E41" s="14" t="s">
         <v>178</v>
       </c>
       <c r="F41" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="14" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="42" spans="1:7" ht="277.2" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:7" ht="264" x14ac:dyDescent="0.25">
       <c r="A42" s="12" t="s">
         <v>180</v>
       </c>
       <c r="B42" s="13">
         <v>40203197718</v>
       </c>
       <c r="C42" s="13" t="s">
         <v>181</v>
       </c>
       <c r="D42" s="10" t="s">
         <v>182</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>183</v>
       </c>
       <c r="F42" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="10" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="43" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A43" s="12" t="s">
         <v>185</v>
@@ -13113,51 +13390,51 @@
       </c>
     </row>
     <row r="44" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A44" s="12" t="s">
         <v>189</v>
       </c>
       <c r="B44" s="13">
         <v>40203001960</v>
       </c>
       <c r="C44" s="13" t="s">
         <v>190</v>
       </c>
       <c r="D44" s="14" t="s">
         <v>191</v>
       </c>
       <c r="E44" s="14" t="s">
         <v>192</v>
       </c>
       <c r="F44" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="14" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="45" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:7" ht="68.400000000000006" x14ac:dyDescent="0.25">
       <c r="A45" s="12" t="s">
         <v>194</v>
       </c>
       <c r="B45" s="13">
         <v>40203478300</v>
       </c>
       <c r="C45" s="13" t="s">
         <v>195</v>
       </c>
       <c r="D45" s="14" t="s">
         <v>196</v>
       </c>
       <c r="E45" s="14" t="s">
         <v>197</v>
       </c>
       <c r="F45" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="14" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="46" spans="1:7" ht="165" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="12" t="s">
         <v>198</v>
@@ -13688,51 +13965,51 @@
       </c>
     </row>
     <row r="69" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A69" s="12" t="s">
         <v>304</v>
       </c>
       <c r="B69" s="13">
         <v>40103911975</v>
       </c>
       <c r="C69" s="9" t="s">
         <v>289</v>
       </c>
       <c r="D69" s="14" t="s">
         <v>305</v>
       </c>
       <c r="E69" s="14" t="s">
         <v>306</v>
       </c>
       <c r="F69" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G69" s="14" t="s">
         <v>307</v>
       </c>
     </row>
-    <row r="70" spans="1:7" ht="330" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:7" ht="316.8" x14ac:dyDescent="0.25">
       <c r="A70" s="12" t="s">
         <v>308</v>
       </c>
       <c r="B70" s="13">
         <v>40103630102</v>
       </c>
       <c r="C70" s="9" t="s">
         <v>309</v>
       </c>
       <c r="D70" s="10" t="s">
         <v>310</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>311</v>
       </c>
       <c r="F70" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G70" s="14" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="71" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A71" s="12" t="s">
         <v>313</v>
@@ -13780,51 +14057,51 @@
       </c>
     </row>
     <row r="73" spans="1:7" ht="78.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="12" t="s">
         <v>322</v>
       </c>
       <c r="B73" s="13">
         <v>40203342853</v>
       </c>
       <c r="C73" s="13" t="s">
         <v>323</v>
       </c>
       <c r="D73" s="10" t="s">
         <v>324</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>325</v>
       </c>
       <c r="F73" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G73" s="10" t="s">
         <v>326</v>
       </c>
     </row>
-    <row r="74" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A74" s="12" t="s">
         <v>327</v>
       </c>
       <c r="B74" s="13">
         <v>40203325001</v>
       </c>
       <c r="C74" s="13" t="s">
         <v>323</v>
       </c>
       <c r="D74" s="10" t="s">
         <v>328</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>329</v>
       </c>
       <c r="F74" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G74" s="10" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="75" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A75" s="12" t="s">
         <v>331</v>
@@ -14263,51 +14540,51 @@
       </c>
     </row>
     <row r="94" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A94" s="12" t="s">
         <v>413</v>
       </c>
       <c r="B94" s="13">
         <v>40203025954</v>
       </c>
       <c r="C94" s="13" t="s">
         <v>414</v>
       </c>
       <c r="D94" s="10" t="s">
         <v>415</v>
       </c>
       <c r="E94" s="10" t="s">
         <v>416</v>
       </c>
       <c r="F94" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G94" s="10" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="95" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A95" s="12" t="s">
         <v>418</v>
       </c>
       <c r="B95" s="13">
         <v>40203424543</v>
       </c>
       <c r="C95" s="13" t="s">
         <v>409</v>
       </c>
       <c r="D95" s="10" t="s">
         <v>419</v>
       </c>
       <c r="E95" s="10" t="s">
         <v>420</v>
       </c>
       <c r="F95" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G95" s="10" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="96" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A96" s="12" t="s">
         <v>422</v>
@@ -14654,51 +14931,51 @@
       </c>
     </row>
     <row r="111" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A111" s="12" t="s">
         <v>483</v>
       </c>
       <c r="B111" s="13">
         <v>40003604705</v>
       </c>
       <c r="C111" s="13" t="s">
         <v>480</v>
       </c>
       <c r="D111" s="10" t="s">
         <v>484</v>
       </c>
       <c r="E111" s="10" t="s">
         <v>485</v>
       </c>
       <c r="F111" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G111" s="10" t="s">
         <v>486</v>
       </c>
     </row>
-    <row r="112" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A112" s="12" t="s">
         <v>487</v>
       </c>
       <c r="B112" s="13">
         <v>40203067746</v>
       </c>
       <c r="C112" s="13" t="s">
         <v>488</v>
       </c>
       <c r="D112" s="10" t="s">
         <v>489</v>
       </c>
       <c r="E112" s="10" t="s">
         <v>490</v>
       </c>
       <c r="F112" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G112" s="10" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="113" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A113" s="12" t="s">
         <v>492</v>
@@ -16282,51 +16559,51 @@
       </c>
     </row>
     <row r="179" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A179" s="16" t="s">
         <v>765</v>
       </c>
       <c r="B179" s="13">
         <v>41503069590</v>
       </c>
       <c r="C179" s="13" t="s">
         <v>766</v>
       </c>
       <c r="D179" s="16" t="s">
         <v>767</v>
       </c>
       <c r="E179" s="10" t="s">
         <v>768</v>
       </c>
       <c r="F179" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G179" s="10" t="s">
         <v>769</v>
       </c>
     </row>
-    <row r="180" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A180" s="16" t="s">
         <v>770</v>
       </c>
       <c r="B180" s="13">
         <v>40203445831</v>
       </c>
       <c r="C180" s="13" t="s">
         <v>771</v>
       </c>
       <c r="D180" s="16" t="s">
         <v>772</v>
       </c>
       <c r="E180" s="10" t="s">
         <v>773</v>
       </c>
       <c r="F180" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G180" s="10" t="s">
         <v>774</v>
       </c>
     </row>
     <row r="181" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A181" s="16" t="s">
         <v>775</v>
@@ -16351,51 +16628,51 @@
       </c>
     </row>
     <row r="182" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A182" s="16" t="s">
         <v>780</v>
       </c>
       <c r="B182" s="13">
         <v>48503019625</v>
       </c>
       <c r="C182" s="13" t="s">
         <v>781</v>
       </c>
       <c r="D182" s="16" t="s">
         <v>782</v>
       </c>
       <c r="E182" s="10" t="s">
         <v>783</v>
       </c>
       <c r="F182" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G182" s="10" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="183" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A183" s="16" t="s">
         <v>784</v>
       </c>
       <c r="B183" s="13">
         <v>40103566344</v>
       </c>
       <c r="C183" s="13" t="s">
         <v>785</v>
       </c>
       <c r="D183" s="16" t="s">
         <v>786</v>
       </c>
       <c r="E183" s="10" t="s">
         <v>787</v>
       </c>
       <c r="F183" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G183" s="10" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="184" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A184" s="16" t="s">
         <v>789</v>
@@ -16811,51 +17088,51 @@
       </c>
     </row>
     <row r="202" spans="1:7" ht="97.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A202" s="16" t="s">
         <v>871</v>
       </c>
       <c r="B202" s="13">
         <v>40103193847</v>
       </c>
       <c r="C202" s="13" t="s">
         <v>872</v>
       </c>
       <c r="D202" s="16" t="s">
         <v>873</v>
       </c>
       <c r="E202" s="19" t="s">
         <v>874</v>
       </c>
       <c r="F202" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G202" s="14" t="s">
         <v>875</v>
       </c>
     </row>
-    <row r="203" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A203" s="16" t="s">
         <v>876</v>
       </c>
       <c r="B203" s="13">
         <v>40203124023</v>
       </c>
       <c r="C203" s="13" t="s">
         <v>877</v>
       </c>
       <c r="D203" s="16" t="s">
         <v>878</v>
       </c>
       <c r="E203" s="19" t="s">
         <v>879</v>
       </c>
       <c r="F203" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G203" s="14" t="s">
         <v>880</v>
       </c>
     </row>
     <row r="204" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A204" s="16" t="s">
         <v>881</v>
@@ -30162,184 +30439,781 @@
       </c>
     </row>
     <row r="699" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A699" s="10" t="s">
         <v>2954</v>
       </c>
       <c r="B699" s="13">
         <v>40003165118</v>
       </c>
       <c r="C699" s="13" t="s">
         <v>2950</v>
       </c>
       <c r="D699" s="10" t="s">
         <v>2955</v>
       </c>
       <c r="E699" s="10" t="s">
         <v>2956</v>
       </c>
       <c r="F699" s="13" t="s">
         <v>547</v>
       </c>
       <c r="G699" s="13" t="s">
         <v>2835</v>
       </c>
     </row>
-    <row r="700" spans="1:7" x14ac:dyDescent="0.25">
-[...132 lines deleted...]
-      <c r="G714" s="15"/>
+    <row r="700" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+      <c r="A700" s="10" t="s">
+        <v>2957</v>
+      </c>
+      <c r="B700" s="13">
+        <v>40203613700</v>
+      </c>
+      <c r="C700" s="13" t="s">
+        <v>2958</v>
+      </c>
+      <c r="D700" s="10" t="s">
+        <v>2959</v>
+      </c>
+      <c r="E700" s="10" t="s">
+        <v>2960</v>
+      </c>
+      <c r="F700" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G700" s="15" t="s">
+        <v>2961</v>
+      </c>
+    </row>
+    <row r="701" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+      <c r="A701" s="10" t="s">
+        <v>2962</v>
+      </c>
+      <c r="B701" s="13">
+        <v>40203639803</v>
+      </c>
+      <c r="C701" s="13" t="s">
+        <v>2963</v>
+      </c>
+      <c r="D701" s="10" t="s">
+        <v>2964</v>
+      </c>
+      <c r="E701" s="10" t="s">
+        <v>2965</v>
+      </c>
+      <c r="F701" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G701" s="15" t="s">
+        <v>2966</v>
+      </c>
+    </row>
+    <row r="702" spans="1:7" ht="225.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A702" s="10" t="s">
+        <v>2967</v>
+      </c>
+      <c r="B702" s="13">
+        <v>40203639502</v>
+      </c>
+      <c r="C702" s="13" t="s">
+        <v>2958</v>
+      </c>
+      <c r="D702" s="10" t="s">
+        <v>2968</v>
+      </c>
+      <c r="E702" s="10" t="s">
+        <v>2969</v>
+      </c>
+      <c r="F702" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G702" s="15" t="s">
+        <v>2970</v>
+      </c>
+    </row>
+    <row r="703" spans="1:7" ht="87" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A703" s="10" t="s">
+        <v>2971</v>
+      </c>
+      <c r="B703" s="13">
+        <v>40203588600</v>
+      </c>
+      <c r="C703" s="13" t="s">
+        <v>2972</v>
+      </c>
+      <c r="D703" s="10" t="s">
+        <v>2618</v>
+      </c>
+      <c r="E703" s="10" t="s">
+        <v>2973</v>
+      </c>
+      <c r="F703" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G703" s="15" t="s">
+        <v>2974</v>
+      </c>
+    </row>
+    <row r="704" spans="1:7" ht="95.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A704" s="10" t="s">
+        <v>2975</v>
+      </c>
+      <c r="B704" s="13">
+        <v>40203609211</v>
+      </c>
+      <c r="C704" s="13" t="s">
+        <v>2972</v>
+      </c>
+      <c r="D704" s="10" t="s">
+        <v>2861</v>
+      </c>
+      <c r="E704" s="10" t="s">
+        <v>2976</v>
+      </c>
+      <c r="F704" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G704" s="15" t="s">
+        <v>2974</v>
+      </c>
+    </row>
+    <row r="705" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
+      <c r="A705" s="10" t="s">
+        <v>2977</v>
+      </c>
+      <c r="B705" s="13">
+        <v>40203630912</v>
+      </c>
+      <c r="C705" s="13" t="s">
+        <v>2978</v>
+      </c>
+      <c r="D705" s="10" t="s">
+        <v>2979</v>
+      </c>
+      <c r="E705" s="10" t="s">
+        <v>2980</v>
+      </c>
+      <c r="F705" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G705" s="15" t="s">
+        <v>2981</v>
+      </c>
+    </row>
+    <row r="706" spans="1:7" ht="91.2" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A706" s="10" t="s">
+        <v>2982</v>
+      </c>
+      <c r="B706" s="13">
+        <v>40203579862</v>
+      </c>
+      <c r="C706" s="13" t="s">
+        <v>2978</v>
+      </c>
+      <c r="D706" s="10" t="s">
+        <v>1916</v>
+      </c>
+      <c r="E706" s="10" t="s">
+        <v>2983</v>
+      </c>
+      <c r="F706" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G706" s="15" t="s">
+        <v>2984</v>
+      </c>
+    </row>
+    <row r="707" spans="1:7" ht="84.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A707" s="10" t="s">
+        <v>2985</v>
+      </c>
+      <c r="B707" s="13">
+        <v>40203564829</v>
+      </c>
+      <c r="C707" s="13" t="s">
+        <v>2986</v>
+      </c>
+      <c r="D707" s="10" t="s">
+        <v>2987</v>
+      </c>
+      <c r="E707" s="10" t="s">
+        <v>2988</v>
+      </c>
+      <c r="F707" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G707" s="15" t="s">
+        <v>2989</v>
+      </c>
+    </row>
+    <row r="708" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
+      <c r="A708" s="10" t="s">
+        <v>2990</v>
+      </c>
+      <c r="B708" s="13">
+        <v>40203103676</v>
+      </c>
+      <c r="C708" s="9" t="s">
+        <v>2986</v>
+      </c>
+      <c r="D708" s="10" t="s">
+        <v>2991</v>
+      </c>
+      <c r="E708" s="10" t="s">
+        <v>2992</v>
+      </c>
+      <c r="F708" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G708" s="15" t="s">
+        <v>2993</v>
+      </c>
+    </row>
+    <row r="709" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+      <c r="A709" s="10" t="s">
+        <v>2994</v>
+      </c>
+      <c r="B709" s="13">
+        <v>41203023026</v>
+      </c>
+      <c r="C709" s="9" t="s">
+        <v>2995</v>
+      </c>
+      <c r="D709" s="10" t="s">
+        <v>2996</v>
+      </c>
+      <c r="E709" s="10" t="s">
+        <v>2997</v>
+      </c>
+      <c r="F709" s="13" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G709" s="15" t="s">
+        <v>2998</v>
+      </c>
+    </row>
+    <row r="710" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
+      <c r="A710" s="10" t="s">
+        <v>2999</v>
+      </c>
+      <c r="B710" s="13">
+        <v>40203133327</v>
+      </c>
+      <c r="C710" s="9" t="s">
+        <v>2963</v>
+      </c>
+      <c r="D710" s="10" t="s">
+        <v>3000</v>
+      </c>
+      <c r="E710" s="10" t="s">
+        <v>3001</v>
+      </c>
+      <c r="F710" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G710" s="15" t="s">
+        <v>3002</v>
+      </c>
+    </row>
+    <row r="711" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A711" s="10" t="s">
+        <v>3003</v>
+      </c>
+      <c r="B711" s="13">
+        <v>40103962717</v>
+      </c>
+      <c r="C711" s="9" t="s">
+        <v>3004</v>
+      </c>
+      <c r="D711" s="10" t="s">
+        <v>3005</v>
+      </c>
+      <c r="E711" s="10" t="s">
+        <v>3006</v>
+      </c>
+      <c r="F711" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G711" s="15" t="s">
+        <v>3007</v>
+      </c>
+    </row>
+    <row r="712" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+      <c r="A712" s="10" t="s">
+        <v>3008</v>
+      </c>
+      <c r="B712" s="13">
+        <v>40203559353</v>
+      </c>
+      <c r="C712" s="9" t="s">
+        <v>3009</v>
+      </c>
+      <c r="D712" s="10" t="s">
+        <v>2870</v>
+      </c>
+      <c r="E712" s="10" t="s">
+        <v>3010</v>
+      </c>
+      <c r="F712" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G712" s="15" t="s">
+        <v>3011</v>
+      </c>
+    </row>
+    <row r="713" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+      <c r="A713" s="10" t="s">
+        <v>3012</v>
+      </c>
+      <c r="B713" s="13">
+        <v>40203526102</v>
+      </c>
+      <c r="C713" s="9" t="s">
+        <v>3009</v>
+      </c>
+      <c r="D713" s="10" t="s">
+        <v>2870</v>
+      </c>
+      <c r="E713" s="10" t="s">
+        <v>3013</v>
+      </c>
+      <c r="F713" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G713" s="15" t="s">
+        <v>3014</v>
+      </c>
+    </row>
+    <row r="714" spans="1:7" ht="174.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A714" s="10" t="s">
+        <v>3015</v>
+      </c>
+      <c r="B714" s="13">
+        <v>40203352300</v>
+      </c>
+      <c r="C714" s="9" t="s">
+        <v>3016</v>
+      </c>
+      <c r="D714" s="10" t="s">
+        <v>3018</v>
+      </c>
+      <c r="E714" s="10" t="s">
+        <v>3019</v>
+      </c>
+      <c r="F714" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G714" s="15" t="s">
+        <v>3017</v>
+      </c>
+    </row>
+    <row r="715" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A715" s="10"/>
+      <c r="B715" s="13"/>
+      <c r="C715" s="9"/>
+      <c r="D715" s="10"/>
+      <c r="E715" s="10"/>
+      <c r="F715" s="13"/>
+      <c r="G715" s="15"/>
+    </row>
+    <row r="716" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A716" s="10"/>
+      <c r="B716" s="13"/>
+      <c r="C716" s="9"/>
+      <c r="D716" s="10"/>
+      <c r="E716" s="10"/>
+      <c r="F716" s="13"/>
+      <c r="G716" s="15"/>
+    </row>
+    <row r="717" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A717" s="10"/>
+      <c r="B717" s="13"/>
+      <c r="C717" s="9"/>
+      <c r="D717" s="10"/>
+      <c r="E717" s="10"/>
+      <c r="F717" s="13"/>
+      <c r="G717" s="15"/>
+    </row>
+    <row r="718" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A718" s="10"/>
+      <c r="B718" s="13"/>
+      <c r="C718" s="9"/>
+      <c r="D718" s="10"/>
+      <c r="E718" s="10"/>
+      <c r="F718" s="13"/>
+      <c r="G718" s="15"/>
+    </row>
+    <row r="719" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A719" s="10"/>
+      <c r="B719" s="13"/>
+      <c r="C719" s="9"/>
+      <c r="D719" s="10"/>
+      <c r="E719" s="10"/>
+      <c r="F719" s="13"/>
+      <c r="G719" s="15"/>
+    </row>
+    <row r="720" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A720" s="10"/>
+      <c r="B720" s="13"/>
+      <c r="C720" s="9"/>
+      <c r="D720" s="10"/>
+      <c r="E720" s="10"/>
+      <c r="F720" s="13"/>
+      <c r="G720" s="15"/>
+    </row>
+    <row r="721" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A721" s="10"/>
+      <c r="B721" s="13"/>
+      <c r="C721" s="9"/>
+      <c r="D721" s="10"/>
+      <c r="E721" s="10"/>
+      <c r="F721" s="13"/>
+      <c r="G721" s="15"/>
+    </row>
+    <row r="722" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A722" s="10"/>
+      <c r="B722" s="13"/>
+      <c r="C722" s="9"/>
+      <c r="D722" s="10"/>
+      <c r="E722" s="10"/>
+      <c r="F722" s="13"/>
+      <c r="G722" s="15"/>
+    </row>
+    <row r="723" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A723" s="10"/>
+      <c r="B723" s="13"/>
+      <c r="C723" s="9"/>
+      <c r="D723" s="10"/>
+      <c r="E723" s="10"/>
+      <c r="F723" s="13"/>
+      <c r="G723" s="15"/>
+    </row>
+    <row r="724" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A724" s="39"/>
+      <c r="B724" s="39"/>
+      <c r="C724" s="39"/>
+      <c r="D724" s="39"/>
+      <c r="E724" s="39"/>
+      <c r="F724" s="40"/>
+      <c r="G724" s="15"/>
+    </row>
+    <row r="725" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A725" s="39"/>
+      <c r="B725" s="39"/>
+      <c r="C725" s="39"/>
+      <c r="D725" s="39"/>
+      <c r="E725" s="39"/>
+      <c r="F725" s="40"/>
+      <c r="G725" s="15"/>
+    </row>
+    <row r="726" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A726" s="39"/>
+      <c r="B726" s="39"/>
+      <c r="C726" s="39"/>
+      <c r="D726" s="39"/>
+      <c r="E726" s="39"/>
+      <c r="F726" s="40"/>
+      <c r="G726" s="15"/>
+    </row>
+    <row r="727" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A727" s="39"/>
+      <c r="B727" s="39"/>
+      <c r="C727" s="39"/>
+      <c r="D727" s="39"/>
+      <c r="E727" s="39"/>
+      <c r="F727" s="40"/>
+      <c r="G727" s="15"/>
+    </row>
+    <row r="728" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A728" s="39"/>
+      <c r="B728" s="39"/>
+      <c r="C728" s="39"/>
+      <c r="D728" s="39"/>
+      <c r="E728" s="39"/>
+      <c r="F728" s="40"/>
+      <c r="G728" s="15"/>
+    </row>
+    <row r="729" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A729" s="39"/>
+      <c r="B729" s="39"/>
+      <c r="C729" s="39"/>
+      <c r="D729" s="39"/>
+      <c r="E729" s="39"/>
+      <c r="F729" s="40"/>
+      <c r="G729" s="15"/>
+    </row>
+    <row r="730" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A730" s="39"/>
+      <c r="B730" s="39"/>
+      <c r="C730" s="39"/>
+      <c r="D730" s="39"/>
+      <c r="E730" s="39"/>
+      <c r="F730" s="40"/>
+      <c r="G730" s="15"/>
+    </row>
+    <row r="731" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A731" s="39"/>
+      <c r="B731" s="39"/>
+      <c r="C731" s="39"/>
+      <c r="D731" s="39"/>
+      <c r="E731" s="39"/>
+      <c r="F731" s="40"/>
+      <c r="G731" s="15"/>
+    </row>
+    <row r="732" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A732" s="39"/>
+      <c r="B732" s="39"/>
+      <c r="C732" s="39"/>
+      <c r="D732" s="39"/>
+      <c r="E732" s="39"/>
+      <c r="F732" s="40"/>
+      <c r="G732" s="15"/>
+    </row>
+    <row r="733" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A733" s="39"/>
+      <c r="B733" s="39"/>
+      <c r="C733" s="39"/>
+      <c r="D733" s="39"/>
+      <c r="E733" s="39"/>
+      <c r="F733" s="40"/>
+      <c r="G733" s="15"/>
+    </row>
+    <row r="734" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A734" s="39"/>
+      <c r="B734" s="39"/>
+      <c r="C734" s="39"/>
+      <c r="D734" s="39"/>
+      <c r="E734" s="39"/>
+      <c r="F734" s="40"/>
+      <c r="G734" s="40"/>
+    </row>
+    <row r="735" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A735" s="39"/>
+      <c r="B735" s="39"/>
+      <c r="C735" s="39"/>
+      <c r="D735" s="39"/>
+      <c r="E735" s="39"/>
+      <c r="F735" s="40"/>
+      <c r="G735" s="40"/>
+    </row>
+    <row r="736" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A736" s="39"/>
+      <c r="B736" s="39"/>
+      <c r="C736" s="39"/>
+      <c r="D736" s="39"/>
+      <c r="E736" s="39"/>
+      <c r="F736" s="40"/>
+      <c r="G736" s="40"/>
+    </row>
+    <row r="737" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A737" s="39"/>
+      <c r="B737" s="39"/>
+      <c r="C737" s="39"/>
+      <c r="D737" s="39"/>
+      <c r="E737" s="39"/>
+      <c r="F737" s="40"/>
+      <c r="G737" s="40"/>
+    </row>
+    <row r="738" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A738" s="39"/>
+      <c r="B738" s="39"/>
+      <c r="C738" s="39"/>
+      <c r="D738" s="39"/>
+      <c r="E738" s="39"/>
+      <c r="F738" s="40"/>
+      <c r="G738" s="40"/>
+    </row>
+    <row r="739" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A739" s="39"/>
+      <c r="B739" s="39"/>
+      <c r="C739" s="39"/>
+      <c r="D739" s="39"/>
+      <c r="E739" s="39"/>
+      <c r="F739" s="40"/>
+      <c r="G739" s="40"/>
+    </row>
+    <row r="740" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A740" s="39"/>
+      <c r="B740" s="39"/>
+      <c r="C740" s="39"/>
+      <c r="D740" s="39"/>
+      <c r="E740" s="39"/>
+      <c r="F740" s="40"/>
+      <c r="G740" s="40"/>
+    </row>
+    <row r="741" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A741" s="39"/>
+      <c r="B741" s="39"/>
+      <c r="C741" s="39"/>
+      <c r="D741" s="39"/>
+      <c r="E741" s="39"/>
+      <c r="F741" s="40"/>
+      <c r="G741" s="40"/>
+    </row>
+    <row r="742" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A742" s="39"/>
+      <c r="B742" s="39"/>
+      <c r="C742" s="39"/>
+      <c r="D742" s="39"/>
+      <c r="E742" s="39"/>
+      <c r="F742" s="40"/>
+      <c r="G742" s="40"/>
+    </row>
+    <row r="743" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A743" s="39"/>
+      <c r="B743" s="39"/>
+      <c r="C743" s="39"/>
+      <c r="D743" s="39"/>
+      <c r="E743" s="39"/>
+      <c r="F743" s="40"/>
+      <c r="G743" s="40"/>
+    </row>
+    <row r="744" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A744" s="39"/>
+      <c r="B744" s="39"/>
+      <c r="C744" s="39"/>
+      <c r="D744" s="39"/>
+      <c r="E744" s="39"/>
+      <c r="F744" s="40"/>
+      <c r="G744" s="40"/>
+    </row>
+    <row r="745" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A745" s="39"/>
+      <c r="B745" s="39"/>
+      <c r="C745" s="39"/>
+      <c r="D745" s="39"/>
+      <c r="E745" s="39"/>
+      <c r="F745" s="40"/>
+      <c r="G745" s="40"/>
+    </row>
+    <row r="746" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A746" s="39"/>
+      <c r="B746" s="39"/>
+      <c r="C746" s="39"/>
+      <c r="D746" s="39"/>
+      <c r="E746" s="39"/>
+      <c r="F746" s="40"/>
+      <c r="G746" s="40"/>
+    </row>
+    <row r="747" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A747" s="39"/>
+      <c r="B747" s="39"/>
+      <c r="C747" s="39"/>
+      <c r="D747" s="39"/>
+      <c r="E747" s="39"/>
+      <c r="F747" s="40"/>
+      <c r="G747" s="40"/>
+    </row>
+    <row r="748" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A748" s="39"/>
+      <c r="B748" s="39"/>
+      <c r="C748" s="39"/>
+      <c r="D748" s="39"/>
+      <c r="E748" s="39"/>
+      <c r="F748" s="40"/>
+      <c r="G748" s="40"/>
+    </row>
+    <row r="749" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A749" s="39"/>
+      <c r="B749" s="39"/>
+      <c r="C749" s="39"/>
+      <c r="D749" s="39"/>
+      <c r="E749" s="39"/>
+      <c r="F749" s="40"/>
+      <c r="G749" s="40"/>
+    </row>
+    <row r="750" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A750" s="39"/>
+      <c r="B750" s="39"/>
+      <c r="C750" s="39"/>
+      <c r="D750" s="39"/>
+      <c r="E750" s="39"/>
+      <c r="F750" s="40"/>
+      <c r="G750" s="40"/>
+    </row>
+    <row r="751" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A751" s="39"/>
+      <c r="B751" s="39"/>
+      <c r="C751" s="39"/>
+      <c r="D751" s="39"/>
+      <c r="E751" s="39"/>
+      <c r="F751" s="40"/>
+      <c r="G751" s="40"/>
+    </row>
+    <row r="752" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A752" s="39"/>
+      <c r="B752" s="39"/>
+      <c r="C752" s="39"/>
+      <c r="D752" s="39"/>
+      <c r="E752" s="39"/>
+      <c r="F752" s="40"/>
+      <c r="G752" s="40"/>
+    </row>
+    <row r="753" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A753" s="39"/>
+      <c r="B753" s="39"/>
+      <c r="C753" s="39"/>
+      <c r="D753" s="39"/>
+      <c r="E753" s="39"/>
+      <c r="F753" s="40"/>
+      <c r="G753" s="40"/>
+    </row>
+    <row r="754" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A754" s="39"/>
+      <c r="B754" s="39"/>
+      <c r="C754" s="39"/>
+      <c r="D754" s="39"/>
+      <c r="E754" s="39"/>
+      <c r="F754" s="40"/>
+      <c r="G754" s="40"/>
+    </row>
+    <row r="755" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A755" s="39"/>
+      <c r="B755" s="39"/>
+      <c r="C755" s="39"/>
+      <c r="D755" s="39"/>
+      <c r="E755" s="39"/>
+      <c r="F755" s="40"/>
+      <c r="G755" s="40"/>
+    </row>
+    <row r="756" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A756" s="39"/>
+      <c r="B756" s="39"/>
+      <c r="C756" s="39"/>
+      <c r="D756" s="39"/>
+      <c r="E756" s="39"/>
+      <c r="F756" s="40"/>
+      <c r="G756" s="40"/>
+    </row>
+    <row r="757" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A757" s="39"/>
+      <c r="B757" s="39"/>
+      <c r="C757" s="39"/>
+      <c r="D757" s="39"/>
+      <c r="E757" s="39"/>
+      <c r="F757" s="40"/>
+      <c r="G757" s="40"/>
     </row>
     <row r="843" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A843" s="36"/>
       <c r="B843" s="36"/>
       <c r="C843" s="36"/>
       <c r="D843" s="36"/>
       <c r="E843" s="36"/>
       <c r="F843" s="11"/>
       <c r="G843" s="11"/>
       <c r="H843" s="11"/>
       <c r="I843" s="11"/>
       <c r="J843" s="11"/>
       <c r="K843" s="11"/>
       <c r="L843" s="11"/>
       <c r="M843" s="11"/>
     </row>
     <row r="853" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A853" s="36"/>
       <c r="B853" s="36"/>
       <c r="C853" s="36"/>
       <c r="D853" s="36"/>
       <c r="E853" s="36"/>
       <c r="F853" s="11"/>
       <c r="G853" s="11"/>
       <c r="H853" s="11"/>
@@ -30352,50 +31226,59 @@
   </sheetData>
   <autoFilter ref="A2:G2" xr:uid="{00000000-0001-0000-0400-000000000000}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="F1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100B3C9C276AFEEAF44A5EEB1316BFEF153" ma:contentTypeVersion="0" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="ad519bfe87475cb025282f53f7303917">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea38c56bd2b816e995eaa7588db9f73d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
@@ -30465,97 +31348,88 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Nodokļu kontroles rēķins</vt:lpstr>