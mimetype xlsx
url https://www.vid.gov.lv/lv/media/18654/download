--- v6 (2026-03-01)
+++ v7 (2026-03-24)
@@ -8,74 +8,74 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Februāris\Lēmumi\6Lēmumi par nodokļu kontroles rēķinu\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Marts\Lēmumi\6Lēmumi par nodokļu kontroles rēķinu\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{818B6895-D5AF-4128-8901-AB0CAAFEA8EE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{45148405-28C9-4389-9174-A46AB44FEE99}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="868" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nodokļu kontroles rēķins" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Nodokļu kontroles rēķins'!$A$2:$G$2</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Nodokļu kontroles rēķins'!$A$2:$G$726</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4285" uniqueCount="3020">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4369" uniqueCount="3083">
   <si>
     <t>Nodokļu kontroles rēķins</t>
   </si>
   <si>
     <t>Saīsinājumi:
 VSAOI - valsts sociālās apdrošināšanas obligātās iemaksas
 IIN - iedzīvotāju ienākuma nodoklis
 PVN - pievienotās vērtības nodoklis
 MUN - mikrouzņēmuma nodoklis
 AN - akcīzes nodoklis</t>
   </si>
   <si>
     <t>Adresāts</t>
   </si>
   <si>
     <t>Reģ.nr.</t>
   </si>
   <si>
     <t>Spēkā stāšanās datums</t>
   </si>
   <si>
     <t>Pārkāpuma būtība</t>
   </si>
   <si>
     <t>Piemērotā atbildība/sods/uzrēķins</t>
@@ -11635,62 +11635,289 @@
   </si>
   <si>
     <t>Pievienotās vērtības nodokļa likuma 1. panta 2. punkts, 5. panta pirmās daļas 2. punkts, 19. panta pirmā daļa, 32. panta pirmā un otrā daļa, 34. panta pirmā daļa, 41. panta pirmās daļas 1. punkts, 55. panta pirmās daļas 2. punkts, 59. panta pirmā daļa, 84. panta pirmā daļa, 88. panta pirmā daļa, 117. panta astotā daļa, 118. panta septītā un desmitā daļa, 119. panta pirmā un piektā daļa, likuma “Par nodokļiem un nodevām” 1. panta 19. punkts, 15. panta pirmās daļas 1. un 2. punkts, 23. panta sestās daļas 5. punkts, 29. panta otrā daļa.</t>
   </si>
   <si>
     <t xml:space="preserve">SIA “VORU”  
 </t>
   </si>
   <si>
     <t xml:space="preserve">Budžetā noteikts iemaksāt 97 686,41 EUR, t.sk.:
 - PVN 83 480,92 EUR;
 - nokavējuma nauda 14 205,49 EUR.
 </t>
   </si>
   <si>
     <t>Likuma “Par nodokļiem un nodevām” 17. panta otrās daļas 9. punkts,15. panta pirmās daļas 1. un 2. punkts, 23. panta 5.2 daļas 3. punkts un 29. panta otrā un trešā daļa, Pievienotās vērtības nodokļa likuma 1  panta otrā daļa, 5. panta pirmās daļas 2. punkts, 19. panta pirmā daļa, 32. panta pirmā un otrā daļa, 34. panta pirmā daļa, 41. panta pirmās daļas 1. punkts, 55. panta pirmās daļas 2. punkts, 84. panta pirmā daļa, 88. panta pirmā daļa, 117. panta astotā daļa, 118. panta septītā daļa, 118. panta desmitā daļa, 119. panta pirmā un piektā daļa.</t>
   </si>
   <si>
     <t xml:space="preserve">SIA “Portugal”  
 </t>
   </si>
   <si>
     <t>21.01.2026.</t>
   </si>
   <si>
-    <t>Likuma “Par nodokļiem un nodevām” 1. panta 19. punkts, 15. panta pirmās daļas 1. un 2. punkts, 29. panta otrā daļa; Pievienotās vērtības nodokļa likuma 1. panta 2. punkts, 5. panta pirmās daļas 2. punkts, 19. panta pirmā daļa, 32. panta pirmā un otrā daļa, 34. panta pirmā un desmitā daļa, 41. panta pirmās daļas 1. punkts, 55. panta pirmās daļas 2. punkts, 59. panta pirmā un otrā daļa, 66. panta pirmā daļa,  84. panta pirmā daļā, 88. panta pirmā daļa, 117. panta pirmā un astotā daļā, 118. panta pirmā, septītā un desmitā daļa, 119. panta pirmā un piektā daļa, 120. panta pirmā daļa; likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 21. panta pirmā un otrā daļa, 23. panta pirmā daļa; likuma “Par iedzīvotāju ienākuma nodokli” 4. panta pirmās daļas 1. punkts, 8. panta otrā daļa, 15. panta trešā  un septiņpadsmitā daļa, 16.1 panta pirmā daļa, 29. panta pirmās daļas 1. punkts, 31. panta pirmā daļa; Ministru kabineta 21.09.2010. noteikumu Nr. 899 “Likuma “Par iedzīvotāju ienākuma nodokli” normu piemērošanas kārtība” 18.1 punkts.</t>
-[...1 lines deleted...]
-  <si>
     <t>SIA “Portugal” periodā no 20.01.2024. līdz 31.08.2025.  neuzrādīja visus saimnieciskajā darbībā gūtos ieņēmumus, kā arī pilnībā nesamaksāja algas nodokļus no darbiniekiem izmaksātās darba algas.
 SIA “Portugal” neatsaucās uz VID paziņojumā izteikto aicinājumu labprātīgi aprēķināt un veikt PVN, VSAOI, IIN nomaksu valsts budžetā.</t>
   </si>
   <si>
     <t>Budžetā noteikts iemaksāt 64467,27 EUR, t.sk.:
 - PVN 52533,62 EUR;
 - VSAOI 1953,78 EUR;
 - IIN 1197,84 EUR;
 - nokavējuma nauda 8782,03 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 1. panta 19. punkts, 15. panta pirmās daļas 1. un 2. punkts, 29. panta otrā daļa; Pievienotās vērtības nodokļa likuma 1. panta 2. punkts, 5. panta pirmās daļas 2. punkts, 19. panta pirmā daļa, 32. panta pirmā un otrā daļa, 34. panta pirmā un desmitā daļa, 41. panta pirmās daļas 1. punkts, 55. panta pirmās daļas 2. punkts, 59. panta pirmā un otrā daļa, 66. panta pirmā daļa,  84. panta pirmā daļā, 88. panta pirmā daļa, 117. panta pirmā un astotā daļā, 118. panta pirmā, septītā un desmitā daļa, 119. panta pirmā un piektā daļa, 120. panta pirmā daļa; likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 21. panta pirmā un otrā daļa, 23. panta pirmā daļa; likuma “Par iedzīvotāju ienākuma nodokli” 4. panta pirmās daļas 1. punkts, 8. panta otrā daļa, 15. panta trešā  un septiņpadsmitā daļa, 16.1 panta pirmā daļa, 29. panta pirmās daļas 1. punkts, 31. panta pirmā daļa; Ministru kabineta 21.09.2010. noteikumu Nr. 899 “Likuma “Par iedzīvotāju ienākuma nodokli” normu piemērošanas kārtība” 18.1 punkts.</t>
+  </si>
+  <si>
+    <t>SIA "OZONA SPOGULIS"</t>
+  </si>
+  <si>
+    <t>02.02.2026.</t>
+  </si>
+  <si>
+    <t>SIA “OZONA SPOGULIS” periodā no 2023. gada augusta līdz 2025. gada maijam ir izvairījusies no nodokļu nomaksas (VSAOI, IIN un PVN).
+Konstatēts, ka  darba alga nav aprēķināta un nav uzrādīta  VID iesniegtajos pārskatos. Papildus SIA "OZONA SPOGULIS" nav reģistrējusies VID PVN maksātāju reģistrā, un līdz ar to neveica PVN nomaksu valsts budžetā.          </t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt  47 523,01 EUR, t.sk.:
+- VSAOI 8 055,38 EUR;
+- nokavējuma nauda 1 836,79 EUR;
+- IIN 4 228,26 EUR;
+- nokavējuma nauda 914,52 EUR;
+- PVN 26 920,83 EUR;
+- nokavējuma nauda 5 567,23 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem  un nodevām” 15. panta pirmās daļas 1. un 2. punkts, 15. panta trešās daļas 1. punkts, 23. panta piektā daļa, 23. panta  5.2 daļas 3. punkta un 29. panta otrā daļa, likuma “Par valsts sociālo apdrošināšanu” 5. panta pirmā un ceturtā daļa, 13. panta pirmā un otrā daļa, 13. panta sestā daļa, 14. panta pirmā daļa, 16. panta otrā daļa, 18. panta pirmā daļa, 20. panta pirmā un otrā daļa, 21. panta pirmā un otrā daļa, 23. panta pirmā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 1. panta pirmās daļas 1. punkts, 4. panta pirmās daļas 1. punkts, 8. panta pirma un otrā daļa, 15. panta trešās daļas 1. punkts, 15. panta septiņpadsmitā daļa, 17. panta pirmā, otrā un piektā daļa un 29. panta pirmās daļas 1. punkts, Darba likuma 1., 3. pants, 41. panta trešā daļa, 59. un 137. pants.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA “TRIP AND RIDE”  </t>
+  </si>
+  <si>
+    <t>Nav uzrādīti visi gūtie ieņēmumi, nav aprēķināts un iemaksāts valsts budžetā PVN.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 89 720,37 EUR, t.sk.:
+- PVN 74 714,30 EUR;
+- nokavējuma nauda 15 006,07EUR.</t>
+  </si>
+  <si>
+    <t>Pievienotās vērtības nodokļa likuma 34. panta pirmā daļa,
+41. panta pirmā daļa, 84. panta pirmā daļa, 119. panta pirmā daļa,
+120. panta pirmā daļa.</t>
+  </si>
+  <si>
+    <t>SIA “FISH TEAM”</t>
+  </si>
+  <si>
+    <t>03.02.2026.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PVN deklarācijās deklarēti nenotikuši darījumi ar ES uzņēmumiem. </t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemalksāt _x000D_
+182 548,85 EUR, tai skaitā:_x000D_
+– PVN 139 814,82 EUR;_x000D_
+– nokavējuma nauda 42 734,03 EUR.</t>
+  </si>
+  <si>
+    <t>Pievienotās vērtības nodokļa likuma 43. panta ceturtā daļa.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> SIA "DENZIL"</t>
+  </si>
+  <si>
+    <t>04.02.2026.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 1325,34 EUR, tai sk.:
+- VSAOI 1230,36 EUR;
+- nokavējuma nauda 94,98 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 17. panta otrās daļas 9. punkts, 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, likuma “Par valsts sociālo apdrošināšanu” 18. panta pirmā daļa, 20. panta pirmā daļa un 23. panta pirmā daļa.</t>
+  </si>
+  <si>
+    <t>IK "LTM69"</t>
+  </si>
+  <si>
+    <t>11.02.2026.</t>
+  </si>
+  <si>
+    <t>LTM69 IK izvairījās no mikrouzņēmumu nodokļa maksāšanas no gūtajiem saimnieciskās darbības ieņēmumiem.</t>
+  </si>
+  <si>
+    <t>Budžetā noteikts iemaksāt 7280,84 EUR, tai sk.:
+- MUN 6776,05 EUR;
+- nokavējuma nauda 504,79 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 17. panta otrās daļas 9. punkts, 23. panta 5.2 daļas 3. punkts, 6. daļas 4. un 5. punkts, 7. daļas 2. punkts, 29. panta otrā un trešā daļa, Mikrouzņēmumu nodokļa likuma 5. panta otrā daļa un 7. panta otrā daļa.</t>
+  </si>
+  <si>
+    <t>SIA "GS JUMTI"</t>
+  </si>
+  <si>
+    <t>16.03.2026.</t>
+  </si>
+  <si>
+    <t>Nodokļu maksātājs ir pieļāvis pārkāpumu uzņēmuma ienākuma nodokļa aprēķināšanā</t>
+  </si>
+  <si>
+    <t xml:space="preserve">nodokļu kontrolē aprēķināts UIN 14 640,71 EUR , tai skaitā pamatsumma  11 730,00 EUR  un nokavējuma nauda 2910,71 EUR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uzņēmuma ienākuma nodokļa likuma 8. panta pirmā daļa, otrā daļa, 4.panta pirmā daļa, otrās daļa, 3.panta pirmā daļa, 4.panta devītā daļa, 17.panta pirmā daļa, septītā daļa, Likuma “Par nodokļiem un nodevām” 15. panta pirmās daļas 1.punkts un 2.punkts, 23.panta 14.daļa, 29.panta otrā daļa, </t>
+  </si>
+  <si>
+    <t>SIA "Barrel"</t>
+  </si>
+  <si>
+    <t>30.01.2026.</t>
+  </si>
+  <si>
+    <t>Nodokļu kontrolē konstatēts, ka starp SIA “Barrel” un fiziskām personām, ar kurām tikuši noslēgti pakalpojuma līgumi, pastāvēja darba tiesiskās attiecības, secīgi sabiedrības veiktie maksājumi fiziskajām personām uzskatāmi par darba algu, kas apliekama ar algas nodokli un VSAOI.  Apstrīdēšanas procesā konstatēts, ka 2024. gada janvārī-martā SIA “Barrel” darba ņēmējiem veikusi nepilnīgu darba laika uzskaiti, attiecīgi šajos mēnešos pilnā apmērā nav aprēķināta darba alga un no tās valsts budžetā pilnā apmērā nav aprēķinātas un iemaksātas VSAOI.</t>
+  </si>
+  <si>
+    <t>SIA “Barrel” noteiktas budžetā maksājamās VSAOI 4394,77 EUR un nokavējuma nauda 663,03 EUR, IIN 2329,62 EUR un nokavējuma nauda 322,37 EUR.</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 23. panta 5.² daļas 3. punkts, 29. panta otrā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.² daļa, 17.panta pirmā un otrā daļa, 29.panta pirmās daļas 1.punkts, likuma "Par valsts sociālo apdrošināšanu"  14.panta pirmā daļa, 20.panta pirmā un otrā daļa, 21.panta pirmā un otrā daļa.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA "ZJC" </t>
+  </si>
+  <si>
+    <t>10.02.2026.</t>
+  </si>
+  <si>
+    <t>SIA “ZJC”, darbojoties vienotā saimnieciskās darbības modelī ar saistīto uzņēmumu, grāmatvedības uzskaitē nav uzrādījusi visus faktiski gūtos ieņēmumus no pašražotās produkcijas pārdošanas, tādējādi samazinājusi budžetā maksājamo PVN.
+Bez tam SIA “ZJC” 2023. gada jūlijā grāmatvedības uzskaitē uzrādīja un PVN deklarācijās deklarēja faktiski nenotikušu pakalpojuma iegādes un tālākās realizācijas darījumu.
+Tāpat SIA “ZJC” 2023. gada augustā grāmatvedības uzskaitē uzrādīja maksājumu par izklaides pasākumu, kas kvalificējams kā ar saimniecisko darbību nesaistītie izdevumi, palielinot ar UIN apliekamo bāzi no nosacīti sadalītās peļņas. 
+Vienlaikus kontrolē konstatēts, ka SIA “ZJC” ražošanas procesa nodrošināšanai nodarbināja personas bez darba tiesisko attiecību noformēšanas, neveicot nodokļu nomaksu.</t>
+  </si>
+  <si>
+    <t>SIA “ZJC” papildu nomaksai budžetā noteikts PVN 4867,06 EUR un nokavējuma nauda 1500,11 EUR, UIN 4656,00EUR un nokavējuma nauda 1639,44 EUR, VSAOI 18 341,96 EUR un nokavējuma nauda 4826,24 EUR, IIN 9115,69 EUR un nokavējuma nauda 2352,74 EUR.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Likuma “Par nodokļiem un nodevām” 29. panta otrā daļa, 23. panta 5.2 daļas 3. punkts, 29. panta otrā daļa, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta 2.² daļa, likuma "Par valsts sociālo apdrošināšanu"  14.panta pirmā daļa, 21.panta pirmā un otrā daļa, Uzņēmumu ienākuma nodokļa likuma 19. panta pirmā daļa,  Pievienotās vērtības nodokļa likuma 5.panta pirmā daļa, 92. panta pirmās daļas 1. punktu </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA BPE LATVIA
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA BPE LATVIA nosūtījusi darbiniekus darbam uz Zviedriju, bet atbilstoši Darba likuma 14.² panta prasībām nav veikusi darba ienākumu un algas nodokļu aprēķināšanu un samaksu pilnā apmērā par darbinieku Zviedrijā nostrādātajām stundām saskaņā ar Zviedrijā noteikto minimālo atalgojumu, kā arī nav aprēķinājusi IIN un VSAOI komandējuma naudas un papildu izdevumu par braukšanu pārsniegumam virs 30 procentiem.
+SIA BPE LATVIA nav uzskaitījusi darba ņēmējiem visas nostrādātās darba stundas un nav pilnā apmērā aprēķinājusi un deklarējusi ienākumus uzņēmuma darba ņēmējiem un attiecīgi pilnā apmērā nav veikusi VSAOI, IIN aprēķināšanu un nomaksu.
+</t>
+  </si>
+  <si>
+    <t>SIA BPE LATVIA papildu nomaksai budžetā aprēķinātas VSAOI 123 240,35 euro, VSAOI soda nauda 25 501,34 euro un VSAOI nokavējuma nauda 10 602,32 euro, IIN 71 864,51 euro, IIN soda nauda 14 969,60 euro un IIN nokavējuma nauda 6204,92 euro.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Likuma “Par valsts sociālo apdrošināšanu” 14. panta pirmā daļa, 20.panta pirmā un otrā daļa, 21.panta pirmā un otrā daļa,   likuma “Par iedzīvotāju ienākuma nodokli” 9. panta pirmās daļas 16. punktu,17. panta pirmā daļa, 29. panta pirmās daļas 1. punkts, Darba likuma 14.² panta pirmā, trešā un piektā daļa._x000D_
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SIA RUFORT
+</t>
+  </si>
+  <si>
+    <t>SIA “RUFORT” grāmatvedības uzskaitē uzrādīja darījumus par pakalpojumiem, kuri nav saistīti ar uzņēmuma saimniecisko darbību, līdz ar to iegrāmatoto pakalpojumu iegādes vērtība kvalificējama kā ar saimniecisko darbību nesaistītie izdevumi, palielinot ar UIN apliekamo bāzi no nosacīti sadalītās peļņas.</t>
+  </si>
+  <si>
+    <t>SIA “RUFORT” papildu nomaksai budžetā noteikts UIN 9651,00 EUR un aprēķināta nokavējuma nauda 1886,12 EUR.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uzņēmumu ienākuma nodokļa likuma 8. panta otrās daļas 2. punkts, 4. panta pirmā un otrā daļa, 8. panta pirmā daļa un otrās daļas 2. punkts._x000D_
+</t>
+  </si>
+  <si>
+    <t>SIA "ZENTENES ZIVJU KOMBINĀTS"</t>
+  </si>
+  <si>
+    <t>SIA “ZENTENES ZIVJU KOMBINĀTS” UIN deklarācijā par 2024. gada decembri nepamatoti samazināja taksācijas perioda ar UIN apliekamo bāzi par atmaksāta aizdevuma summu, vienlaikus deklarējot UIN pārmaksu 38 722,00 EUR, jo iepriekšējos pārskata periodos sabiedrība nav norādījusi aizdevumus saistītām personām un nodoklis nav iekļauts apliekamajā bāzē.</t>
+  </si>
+  <si>
+    <t>SIA “ZENTENES ZIVJU KOMBINĀTS” noteikts deklarētās UIN pārmaksas 38 722,00 EUR samazinājums.</t>
+  </si>
+  <si>
+    <t>Uzņēmumu ienākuma nodokļa likuma 4. panta otrās daļas 2. punkta “a” apakšpunkt, 8. panta otrās daļas 2. punkts un 11. panta piektā daļa.</t>
+  </si>
+  <si>
+    <t>SIA "Copolymers"</t>
+  </si>
+  <si>
+    <t>SIA “Copolymers” sasniedza PVN reģistrācijas slieksni, bet komercsabiedrība nav reģistrējusies PVN maksātāju reģistrā, nav aprēķinājusi un samaksājusi PVN no darījumu vērtības, kas pārsniedza noteikto PVN reģistrācijas slieksni, kā arī no darījumiem turpmākos taksācijas periodos. Tā kā pārbaudei netika iesniegti pieprasītie grāmatvedības uzskaites dokumenti, realizēto darījumu vērtība un maksājamais PVN 2023. gada novembrī–2025. gada februārī noteikti uz aprēķinu pamata, pamatojoties uz VID pieejamo informāciju.
+SIA "Copolymers" 2023. gada augustā–2025. gada februārī veica naudas līdzekļu izmaksas, kuru saistība ar saimniecisko darbību netika pierādīta, tādējādi minētās izmaksas ir pielīdzinātas peļņas sadalei un iekļautas ar UIN apliekamajā bāzē.
+SIA “Copolymers” 2023. gada augustā–2024. gada decembrī ir veikusi darbiniekiem naudas izmaksas, kuras neatbilda darba devēja ziņojumos norādītajam. Ņemot vērā minēto maksājumu raksturu, maksājumi kvalificēti kā darba samaksa, no kuras aprēķinātas VSAOI un IIN.</t>
+  </si>
+  <si>
+    <t>SIA “Copolymers” papildu nomaksai budžetā noteikts PVN 25 824,10 EUR un nokavējuma nauda 4295,30 EUR, UIN 16 919,00 EUR un nokavējuma nauda 3907,70 EUR, VSAOI 2045,95 EUR un nokavējuma nauda 193,34 EUR, IIN 4424,45 EUR un nokavējuma nauda 993,83 EUR.</t>
+  </si>
+  <si>
+    <t>Pievienotās vērtības nodokļa likuma 34.panta desmitā daļa, 59. panta pirmā un otrā daļa, 84.panta pirmā daļa,  Uzņēmumu ienākuma nodokļa likuma 4. panta otrās daļas 2.punkta “a” apakšpunkts, 8.pants, likuma “Par iedzīvotāju ienākuma nodokli” 8. panta otrā daļa, 17. panta septītā daļa, likuma "Par valsts sociālo apdrošināšanu" 14.panta pirmā daļa, 20.panta pirmā daļa
+ </t>
+  </si>
+  <si>
+    <t>SIA “SDS2”</t>
+  </si>
+  <si>
+    <t>17.02.2026.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. PVN deklarācijās deklarēti nenotikuši darījumi ar ES uzņēmumiem; 
+2.Atskaitītais priekšnodoklis nav saistīts ar PVN apliekamo darījumu nodrošināšanu.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budžetā noteikts iemaksāt 63 264,55 EUR, t.sk.:
+•	UIN – 41 252,00 EUR
+•	Nokavējuma nauda – 8 452,55 EUR
+•	PVN – 11 781,27 EUR
+•	Nokavējuma nauda – 1 778,73 EUR
+•	Samazināts no budžeta atmaksājamais PVN – 1 594,08 EUR
+</t>
+  </si>
+  <si>
+    <t>Likuma “Par nodokļiem un nodevām” 15. panta pirmās daļas 1., 2. punkts, 23. panta 5.2 daļas 3. punkts, 29. panta otrā un trešā daļa, Uzņēmumu ienākuma nodokļa likuma 4. panta pirmā daļa, otrās daļas 2. punkta a) apakšpunkts, devītā daļa, 8. panta otrās daļas 2. punkta; 17. panta pirmā daļa un septītā daļa, Pievienotās vērtības nodokļa likuma 92. panta pirmās daļas 1. un 5. punkts, 98. panta pirmā, otrā un trešā daļa, 125. pants.</t>
+  </si>
+  <si>
+    <t>SIA "WE CONNECT CONSTRUCTION"</t>
+  </si>
+  <si>
+    <t>Nodokļu maksātājs ir pieļāvis pārkāpumu pievienotās vērtības nodokļa  un Uzņēmuma ienākuma nodokļa aprēķināšanā</t>
+  </si>
+  <si>
+    <t>Papildu aprēķināms un noteikts valsts budžetā iemaksāt : PVN 1692,62 EUR, nokavējuma nauda 276,00 EUR. UIN 2015,03 EUR, nnokavējuma nauda 328,70 EUR</t>
+  </si>
+  <si>
+    <t>20.03.2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -11848,51 +12075,51 @@
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="44">
+  <cellXfs count="42">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
@@ -11963,56 +12190,50 @@
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{16A88378-CB39-44A1-8A9D-9B24210459BD}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF0066"/>
       <color rgb="FFFF6699"/>
       <color rgb="FF97B7FF"/>
       <color rgb="FF002169"/>
     </mruColors>
   </colors>
@@ -12372,78 +12593,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:M853"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A710" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A714" sqref="A714"/>
+      <pane ySplit="2" topLeftCell="A725" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A728" sqref="A728"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="22.109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="18.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="16.33203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="65.109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="41.5546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="17.5546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="76.109375" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="104.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="41" t="s">
+      <c r="A1" s="39" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="42"/>
-[...3 lines deleted...]
-      <c r="F1" s="43" t="s">
+      <c r="B1" s="40"/>
+      <c r="C1" s="40"/>
+      <c r="D1" s="40"/>
+      <c r="E1" s="40"/>
+      <c r="F1" s="41" t="s">
         <v>1</v>
       </c>
-      <c r="G1" s="43"/>
+      <c r="G1" s="41"/>
     </row>
     <row r="2" spans="1:7" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:7" s="4" customFormat="1" ht="92.4" x14ac:dyDescent="0.3">
@@ -12470,51 +12691,51 @@
       </c>
     </row>
     <row r="4" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A4" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="13">
         <v>40103316924</v>
       </c>
       <c r="C4" s="13" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="14" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F4" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="14" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="5" spans="1:7" ht="303.60000000000002" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:7" ht="330" x14ac:dyDescent="0.25">
       <c r="A5" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="13">
         <v>40203170709</v>
       </c>
       <c r="C5" s="13" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="10" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="15" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A6" s="12" t="s">
         <v>24</v>
@@ -12792,51 +13013,51 @@
       </c>
     </row>
     <row r="18" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
         <v>81</v>
       </c>
       <c r="B18" s="13">
         <v>42103088434</v>
       </c>
       <c r="C18" s="18" t="s">
         <v>82</v>
       </c>
       <c r="D18" s="14" t="s">
         <v>83</v>
       </c>
       <c r="E18" s="14" t="s">
         <v>84</v>
       </c>
       <c r="F18" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="14" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="19" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A19" s="12" t="s">
         <v>86</v>
       </c>
       <c r="B19" s="13">
         <v>40103755681</v>
       </c>
       <c r="C19" s="13" t="s">
         <v>87</v>
       </c>
       <c r="D19" s="14" t="s">
         <v>88</v>
       </c>
       <c r="E19" s="14" t="s">
         <v>89</v>
       </c>
       <c r="F19" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="14" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A20" s="12" t="s">
         <v>91</v>
@@ -13321,51 +13542,51 @@
       </c>
     </row>
     <row r="41" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
       <c r="A41" s="12" t="s">
         <v>175</v>
       </c>
       <c r="B41" s="13">
         <v>40003777945</v>
       </c>
       <c r="C41" s="18" t="s">
         <v>176</v>
       </c>
       <c r="D41" s="14" t="s">
         <v>177</v>
       </c>
       <c r="E41" s="14" t="s">
         <v>178</v>
       </c>
       <c r="F41" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="14" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="42" spans="1:7" ht="264" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:7" ht="277.2" x14ac:dyDescent="0.25">
       <c r="A42" s="12" t="s">
         <v>180</v>
       </c>
       <c r="B42" s="13">
         <v>40203197718</v>
       </c>
       <c r="C42" s="13" t="s">
         <v>181</v>
       </c>
       <c r="D42" s="10" t="s">
         <v>182</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>183</v>
       </c>
       <c r="F42" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="10" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="43" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A43" s="12" t="s">
         <v>185</v>
@@ -13390,51 +13611,51 @@
       </c>
     </row>
     <row r="44" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A44" s="12" t="s">
         <v>189</v>
       </c>
       <c r="B44" s="13">
         <v>40203001960</v>
       </c>
       <c r="C44" s="13" t="s">
         <v>190</v>
       </c>
       <c r="D44" s="14" t="s">
         <v>191</v>
       </c>
       <c r="E44" s="14" t="s">
         <v>192</v>
       </c>
       <c r="F44" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="14" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="45" spans="1:7" ht="68.400000000000006" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A45" s="12" t="s">
         <v>194</v>
       </c>
       <c r="B45" s="13">
         <v>40203478300</v>
       </c>
       <c r="C45" s="13" t="s">
         <v>195</v>
       </c>
       <c r="D45" s="14" t="s">
         <v>196</v>
       </c>
       <c r="E45" s="14" t="s">
         <v>197</v>
       </c>
       <c r="F45" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="14" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="46" spans="1:7" ht="165" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="12" t="s">
         <v>198</v>
@@ -13965,51 +14186,51 @@
       </c>
     </row>
     <row r="69" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A69" s="12" t="s">
         <v>304</v>
       </c>
       <c r="B69" s="13">
         <v>40103911975</v>
       </c>
       <c r="C69" s="9" t="s">
         <v>289</v>
       </c>
       <c r="D69" s="14" t="s">
         <v>305</v>
       </c>
       <c r="E69" s="14" t="s">
         <v>306</v>
       </c>
       <c r="F69" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G69" s="14" t="s">
         <v>307</v>
       </c>
     </row>
-    <row r="70" spans="1:7" ht="316.8" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:7" ht="330" x14ac:dyDescent="0.25">
       <c r="A70" s="12" t="s">
         <v>308</v>
       </c>
       <c r="B70" s="13">
         <v>40103630102</v>
       </c>
       <c r="C70" s="9" t="s">
         <v>309</v>
       </c>
       <c r="D70" s="10" t="s">
         <v>310</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>311</v>
       </c>
       <c r="F70" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G70" s="14" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="71" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
       <c r="A71" s="12" t="s">
         <v>313</v>
@@ -14057,51 +14278,51 @@
       </c>
     </row>
     <row r="73" spans="1:7" ht="78.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="12" t="s">
         <v>322</v>
       </c>
       <c r="B73" s="13">
         <v>40203342853</v>
       </c>
       <c r="C73" s="13" t="s">
         <v>323</v>
       </c>
       <c r="D73" s="10" t="s">
         <v>324</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>325</v>
       </c>
       <c r="F73" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G73" s="10" t="s">
         <v>326</v>
       </c>
     </row>
-    <row r="74" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A74" s="12" t="s">
         <v>327</v>
       </c>
       <c r="B74" s="13">
         <v>40203325001</v>
       </c>
       <c r="C74" s="13" t="s">
         <v>323</v>
       </c>
       <c r="D74" s="10" t="s">
         <v>328</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>329</v>
       </c>
       <c r="F74" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G74" s="10" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="75" spans="1:7" ht="158.4" x14ac:dyDescent="0.25">
       <c r="A75" s="12" t="s">
         <v>331</v>
@@ -14540,51 +14761,51 @@
       </c>
     </row>
     <row r="94" spans="1:7" ht="118.8" x14ac:dyDescent="0.25">
       <c r="A94" s="12" t="s">
         <v>413</v>
       </c>
       <c r="B94" s="13">
         <v>40203025954</v>
       </c>
       <c r="C94" s="13" t="s">
         <v>414</v>
       </c>
       <c r="D94" s="10" t="s">
         <v>415</v>
       </c>
       <c r="E94" s="10" t="s">
         <v>416</v>
       </c>
       <c r="F94" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G94" s="10" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="95" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A95" s="12" t="s">
         <v>418</v>
       </c>
       <c r="B95" s="13">
         <v>40203424543</v>
       </c>
       <c r="C95" s="13" t="s">
         <v>409</v>
       </c>
       <c r="D95" s="10" t="s">
         <v>419</v>
       </c>
       <c r="E95" s="10" t="s">
         <v>420</v>
       </c>
       <c r="F95" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G95" s="10" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="96" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A96" s="12" t="s">
         <v>422</v>
@@ -14931,51 +15152,51 @@
       </c>
     </row>
     <row r="111" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
       <c r="A111" s="12" t="s">
         <v>483</v>
       </c>
       <c r="B111" s="13">
         <v>40003604705</v>
       </c>
       <c r="C111" s="13" t="s">
         <v>480</v>
       </c>
       <c r="D111" s="10" t="s">
         <v>484</v>
       </c>
       <c r="E111" s="10" t="s">
         <v>485</v>
       </c>
       <c r="F111" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G111" s="10" t="s">
         <v>486</v>
       </c>
     </row>
-    <row r="112" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A112" s="12" t="s">
         <v>487</v>
       </c>
       <c r="B112" s="13">
         <v>40203067746</v>
       </c>
       <c r="C112" s="13" t="s">
         <v>488</v>
       </c>
       <c r="D112" s="10" t="s">
         <v>489</v>
       </c>
       <c r="E112" s="10" t="s">
         <v>490</v>
       </c>
       <c r="F112" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G112" s="10" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="113" spans="1:8" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A113" s="12" t="s">
         <v>492</v>
@@ -16559,51 +16780,51 @@
       </c>
     </row>
     <row r="179" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A179" s="16" t="s">
         <v>765</v>
       </c>
       <c r="B179" s="13">
         <v>41503069590</v>
       </c>
       <c r="C179" s="13" t="s">
         <v>766</v>
       </c>
       <c r="D179" s="16" t="s">
         <v>767</v>
       </c>
       <c r="E179" s="10" t="s">
         <v>768</v>
       </c>
       <c r="F179" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G179" s="10" t="s">
         <v>769</v>
       </c>
     </row>
-    <row r="180" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A180" s="16" t="s">
         <v>770</v>
       </c>
       <c r="B180" s="13">
         <v>40203445831</v>
       </c>
       <c r="C180" s="13" t="s">
         <v>771</v>
       </c>
       <c r="D180" s="16" t="s">
         <v>772</v>
       </c>
       <c r="E180" s="10" t="s">
         <v>773</v>
       </c>
       <c r="F180" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G180" s="10" t="s">
         <v>774</v>
       </c>
     </row>
     <row r="181" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A181" s="16" t="s">
         <v>775</v>
@@ -16628,51 +16849,51 @@
       </c>
     </row>
     <row r="182" spans="1:7" ht="79.2" x14ac:dyDescent="0.25">
       <c r="A182" s="16" t="s">
         <v>780</v>
       </c>
       <c r="B182" s="13">
         <v>48503019625</v>
       </c>
       <c r="C182" s="13" t="s">
         <v>781</v>
       </c>
       <c r="D182" s="16" t="s">
         <v>782</v>
       </c>
       <c r="E182" s="10" t="s">
         <v>783</v>
       </c>
       <c r="F182" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G182" s="10" t="s">
         <v>417</v>
       </c>
     </row>
-    <row r="183" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A183" s="16" t="s">
         <v>784</v>
       </c>
       <c r="B183" s="13">
         <v>40103566344</v>
       </c>
       <c r="C183" s="13" t="s">
         <v>785</v>
       </c>
       <c r="D183" s="16" t="s">
         <v>786</v>
       </c>
       <c r="E183" s="10" t="s">
         <v>787</v>
       </c>
       <c r="F183" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G183" s="10" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="184" spans="1:7" ht="132" x14ac:dyDescent="0.25">
       <c r="A184" s="16" t="s">
         <v>789</v>
@@ -17088,51 +17309,51 @@
       </c>
     </row>
     <row r="202" spans="1:7" ht="97.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A202" s="16" t="s">
         <v>871</v>
       </c>
       <c r="B202" s="13">
         <v>40103193847</v>
       </c>
       <c r="C202" s="13" t="s">
         <v>872</v>
       </c>
       <c r="D202" s="16" t="s">
         <v>873</v>
       </c>
       <c r="E202" s="19" t="s">
         <v>874</v>
       </c>
       <c r="F202" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G202" s="14" t="s">
         <v>875</v>
       </c>
     </row>
-    <row r="203" spans="1:7" ht="92.4" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
       <c r="A203" s="16" t="s">
         <v>876</v>
       </c>
       <c r="B203" s="13">
         <v>40203124023</v>
       </c>
       <c r="C203" s="13" t="s">
         <v>877</v>
       </c>
       <c r="D203" s="16" t="s">
         <v>878</v>
       </c>
       <c r="E203" s="19" t="s">
         <v>879</v>
       </c>
       <c r="F203" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G203" s="14" t="s">
         <v>880</v>
       </c>
     </row>
     <row r="204" spans="1:7" ht="66" x14ac:dyDescent="0.25">
       <c r="A204" s="16" t="s">
         <v>881</v>
@@ -30772,513 +30993,715 @@
       </c>
       <c r="D713" s="10" t="s">
         <v>2870</v>
       </c>
       <c r="E713" s="10" t="s">
         <v>3013</v>
       </c>
       <c r="F713" s="13" t="s">
         <v>13</v>
       </c>
       <c r="G713" s="15" t="s">
         <v>3014</v>
       </c>
     </row>
     <row r="714" spans="1:7" ht="174.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A714" s="10" t="s">
         <v>3015</v>
       </c>
       <c r="B714" s="13">
         <v>40203352300</v>
       </c>
       <c r="C714" s="9" t="s">
         <v>3016</v>
       </c>
       <c r="D714" s="10" t="s">
+        <v>3017</v>
+      </c>
+      <c r="E714" s="10" t="s">
         <v>3018</v>
       </c>
-      <c r="E714" s="10" t="s">
+      <c r="F714" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G714" s="15" t="s">
         <v>3019</v>
       </c>
-      <c r="F714" s="13" t="s">
-[...130 lines deleted...]
-      <c r="G728" s="15"/>
+    </row>
+    <row r="715" spans="1:7" ht="132" x14ac:dyDescent="0.25">
+      <c r="A715" s="10" t="s">
+        <v>3020</v>
+      </c>
+      <c r="B715" s="13">
+        <v>40203486238</v>
+      </c>
+      <c r="C715" s="9" t="s">
+        <v>3021</v>
+      </c>
+      <c r="D715" s="10" t="s">
+        <v>3022</v>
+      </c>
+      <c r="E715" s="10" t="s">
+        <v>3023</v>
+      </c>
+      <c r="F715" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G715" s="15" t="s">
+        <v>3024</v>
+      </c>
+    </row>
+    <row r="716" spans="1:7" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A716" s="10" t="s">
+        <v>3025</v>
+      </c>
+      <c r="B716" s="13">
+        <v>40103900172</v>
+      </c>
+      <c r="C716" s="9" t="s">
+        <v>2580</v>
+      </c>
+      <c r="D716" s="10" t="s">
+        <v>3026</v>
+      </c>
+      <c r="E716" s="10" t="s">
+        <v>3027</v>
+      </c>
+      <c r="F716" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G716" s="15" t="s">
+        <v>3028</v>
+      </c>
+    </row>
+    <row r="717" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A717" s="10" t="s">
+        <v>3029</v>
+      </c>
+      <c r="B717" s="13">
+        <v>40203142762</v>
+      </c>
+      <c r="C717" s="9" t="s">
+        <v>3030</v>
+      </c>
+      <c r="D717" s="10" t="s">
+        <v>3031</v>
+      </c>
+      <c r="E717" s="10" t="s">
+        <v>3032</v>
+      </c>
+      <c r="F717" s="13" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G717" s="15" t="s">
+        <v>3033</v>
+      </c>
+    </row>
+    <row r="718" spans="1:7" ht="63.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A718" s="10" t="s">
+        <v>3034</v>
+      </c>
+      <c r="B718" s="13">
+        <v>40203269984</v>
+      </c>
+      <c r="C718" s="9" t="s">
+        <v>3035</v>
+      </c>
+      <c r="D718" s="10" t="s">
+        <v>2429</v>
+      </c>
+      <c r="E718" s="10" t="s">
+        <v>3036</v>
+      </c>
+      <c r="F718" s="13" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G718" s="15" t="s">
+        <v>3037</v>
+      </c>
+    </row>
+    <row r="719" spans="1:7" ht="39.6" x14ac:dyDescent="0.25">
+      <c r="A719" s="10" t="s">
+        <v>3038</v>
+      </c>
+      <c r="B719" s="13">
+        <v>40002215055</v>
+      </c>
+      <c r="C719" s="9" t="s">
+        <v>3039</v>
+      </c>
+      <c r="D719" s="10" t="s">
+        <v>3040</v>
+      </c>
+      <c r="E719" s="10" t="s">
+        <v>3041</v>
+      </c>
+      <c r="F719" s="13" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G719" s="15" t="s">
+        <v>3042</v>
+      </c>
+    </row>
+    <row r="720" spans="1:7" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A720" s="10" t="s">
+        <v>3043</v>
+      </c>
+      <c r="B720" s="13">
+        <v>40203500264</v>
+      </c>
+      <c r="C720" s="9" t="s">
+        <v>3044</v>
+      </c>
+      <c r="D720" s="10" t="s">
+        <v>3045</v>
+      </c>
+      <c r="E720" s="10" t="s">
+        <v>3046</v>
+      </c>
+      <c r="F720" s="13" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G720" s="15" t="s">
+        <v>3047</v>
+      </c>
+    </row>
+    <row r="721" spans="1:7" ht="105.6" x14ac:dyDescent="0.25">
+      <c r="A721" s="10" t="s">
+        <v>3048</v>
+      </c>
+      <c r="B721" s="13">
+        <v>40203484275</v>
+      </c>
+      <c r="C721" s="9" t="s">
+        <v>3049</v>
+      </c>
+      <c r="D721" s="10" t="s">
+        <v>3050</v>
+      </c>
+      <c r="E721" s="10" t="s">
+        <v>3051</v>
+      </c>
+      <c r="F721" s="13" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G721" s="15" t="s">
+        <v>3052</v>
+      </c>
+    </row>
+    <row r="722" spans="1:7" ht="184.8" x14ac:dyDescent="0.25">
+      <c r="A722" s="10" t="s">
+        <v>3053</v>
+      </c>
+      <c r="B722" s="13">
+        <v>41203055500</v>
+      </c>
+      <c r="C722" s="9" t="s">
+        <v>3054</v>
+      </c>
+      <c r="D722" s="10" t="s">
+        <v>3055</v>
+      </c>
+      <c r="E722" s="10" t="s">
+        <v>3056</v>
+      </c>
+      <c r="F722" s="13" t="s">
+        <v>547</v>
+      </c>
+      <c r="G722" s="15" t="s">
+        <v>3057</v>
+      </c>
+    </row>
+    <row r="723" spans="1:7" ht="145.19999999999999" x14ac:dyDescent="0.25">
+      <c r="A723" s="10" t="s">
+        <v>3058</v>
+      </c>
+      <c r="B723" s="13">
+        <v>40203315662</v>
+      </c>
+      <c r="C723" s="9" t="s">
+        <v>2958</v>
+      </c>
+      <c r="D723" s="10" t="s">
+        <v>3059</v>
+      </c>
+      <c r="E723" s="10" t="s">
+        <v>3060</v>
+      </c>
+      <c r="F723" s="13" t="s">
+        <v>547</v>
+      </c>
+      <c r="G723" s="15" t="s">
+        <v>3061</v>
+      </c>
+    </row>
+    <row r="724" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+      <c r="A724" s="10" t="s">
+        <v>3062</v>
+      </c>
+      <c r="B724" s="13">
+        <v>50203283231</v>
+      </c>
+      <c r="C724" s="9" t="s">
+        <v>3016</v>
+      </c>
+      <c r="D724" s="10" t="s">
+        <v>3063</v>
+      </c>
+      <c r="E724" s="10" t="s">
+        <v>3064</v>
+      </c>
+      <c r="F724" s="13" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G724" s="15" t="s">
+        <v>3065</v>
+      </c>
+    </row>
+    <row r="725" spans="1:7" ht="66" x14ac:dyDescent="0.25">
+      <c r="A725" s="10" t="s">
+        <v>3066</v>
+      </c>
+      <c r="B725" s="13">
+        <v>40003710859</v>
+      </c>
+      <c r="C725" s="13" t="s">
+        <v>3021</v>
+      </c>
+      <c r="D725" s="10" t="s">
+        <v>3067</v>
+      </c>
+      <c r="E725" s="10" t="s">
+        <v>3068</v>
+      </c>
+      <c r="F725" s="13" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G725" s="15" t="s">
+        <v>3069</v>
+      </c>
+    </row>
+    <row r="726" spans="1:7" ht="211.2" x14ac:dyDescent="0.25">
+      <c r="A726" s="10" t="s">
+        <v>3070</v>
+      </c>
+      <c r="B726" s="13">
+        <v>40203403804</v>
+      </c>
+      <c r="C726" s="13" t="s">
+        <v>3049</v>
+      </c>
+      <c r="D726" s="10" t="s">
+        <v>3071</v>
+      </c>
+      <c r="E726" s="10" t="s">
+        <v>3072</v>
+      </c>
+      <c r="F726" s="13" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G726" s="15" t="s">
+        <v>3073</v>
+      </c>
+    </row>
+    <row r="727" spans="1:7" ht="118.8" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A727" s="10" t="s">
+        <v>3074</v>
+      </c>
+      <c r="B727" s="13">
+        <v>40203508751</v>
+      </c>
+      <c r="C727" s="13" t="s">
+        <v>3075</v>
+      </c>
+      <c r="D727" s="10" t="s">
+        <v>3076</v>
+      </c>
+      <c r="E727" s="10" t="s">
+        <v>3077</v>
+      </c>
+      <c r="F727" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G727" s="15" t="s">
+        <v>3078</v>
+      </c>
+    </row>
+    <row r="728" spans="1:7" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A728" s="10" t="s">
+        <v>3079</v>
+      </c>
+      <c r="B728" s="13">
+        <v>40203515274</v>
+      </c>
+      <c r="C728" s="9" t="s">
+        <v>3082</v>
+      </c>
+      <c r="D728" s="10" t="s">
+        <v>3080</v>
+      </c>
+      <c r="E728" s="10" t="s">
+        <v>3081</v>
+      </c>
+      <c r="F728" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G728" s="15" t="s">
+        <v>3007</v>
+      </c>
     </row>
     <row r="729" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A729" s="39"/>
-[...4 lines deleted...]
-      <c r="F729" s="40"/>
+      <c r="A729" s="10"/>
+      <c r="B729" s="13"/>
+      <c r="C729" s="10"/>
+      <c r="D729" s="10"/>
+      <c r="E729" s="10"/>
+      <c r="F729" s="13"/>
       <c r="G729" s="15"/>
     </row>
     <row r="730" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A730" s="39"/>
-[...4 lines deleted...]
-      <c r="F730" s="40"/>
+      <c r="A730" s="10"/>
+      <c r="B730" s="13"/>
+      <c r="C730" s="10"/>
+      <c r="D730" s="10"/>
+      <c r="E730" s="10"/>
+      <c r="F730" s="13"/>
       <c r="G730" s="15"/>
     </row>
     <row r="731" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A731" s="39"/>
-[...4 lines deleted...]
-      <c r="F731" s="40"/>
+      <c r="A731" s="10"/>
+      <c r="B731" s="13"/>
+      <c r="C731" s="10"/>
+      <c r="D731" s="10"/>
+      <c r="E731" s="10"/>
+      <c r="F731" s="13"/>
       <c r="G731" s="15"/>
     </row>
     <row r="732" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A732" s="39"/>
-[...4 lines deleted...]
-      <c r="F732" s="40"/>
+      <c r="A732" s="10"/>
+      <c r="B732" s="13"/>
+      <c r="C732" s="10"/>
+      <c r="D732" s="10"/>
+      <c r="E732" s="10"/>
+      <c r="F732" s="13"/>
       <c r="G732" s="15"/>
     </row>
     <row r="733" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A733" s="39"/>
-[...4 lines deleted...]
-      <c r="F733" s="40"/>
+      <c r="A733" s="10"/>
+      <c r="B733" s="13"/>
+      <c r="C733" s="10"/>
+      <c r="D733" s="10"/>
+      <c r="E733" s="10"/>
+      <c r="F733" s="13"/>
       <c r="G733" s="15"/>
     </row>
     <row r="734" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A734" s="39"/>
-[...5 lines deleted...]
-      <c r="G734" s="40"/>
+      <c r="A734" s="10"/>
+      <c r="B734" s="13"/>
+      <c r="C734" s="10"/>
+      <c r="D734" s="10"/>
+      <c r="E734" s="10"/>
+      <c r="F734" s="13"/>
+      <c r="G734" s="15"/>
     </row>
     <row r="735" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A735" s="39"/>
-[...5 lines deleted...]
-      <c r="G735" s="40"/>
+      <c r="A735" s="10"/>
+      <c r="B735" s="13"/>
+      <c r="C735" s="10"/>
+      <c r="D735" s="10"/>
+      <c r="E735" s="10"/>
+      <c r="F735" s="15"/>
+      <c r="G735" s="15"/>
     </row>
     <row r="736" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A736" s="39"/>
-[...5 lines deleted...]
-      <c r="G736" s="40"/>
+      <c r="A736" s="10"/>
+      <c r="B736" s="10"/>
+      <c r="C736" s="10"/>
+      <c r="D736" s="10"/>
+      <c r="E736" s="10"/>
+      <c r="F736" s="15"/>
+      <c r="G736" s="15"/>
     </row>
     <row r="737" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A737" s="39"/>
-[...5 lines deleted...]
-      <c r="G737" s="40"/>
+      <c r="A737" s="10"/>
+      <c r="B737" s="10"/>
+      <c r="C737" s="10"/>
+      <c r="D737" s="10"/>
+      <c r="E737" s="10"/>
+      <c r="F737" s="15"/>
+      <c r="G737" s="15"/>
     </row>
     <row r="738" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A738" s="39"/>
-[...5 lines deleted...]
-      <c r="G738" s="40"/>
+      <c r="A738" s="10"/>
+      <c r="B738" s="10"/>
+      <c r="C738" s="10"/>
+      <c r="D738" s="10"/>
+      <c r="E738" s="10"/>
+      <c r="F738" s="15"/>
+      <c r="G738" s="15"/>
     </row>
     <row r="739" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A739" s="39"/>
-[...5 lines deleted...]
-      <c r="G739" s="40"/>
+      <c r="A739" s="10"/>
+      <c r="B739" s="10"/>
+      <c r="C739" s="10"/>
+      <c r="D739" s="10"/>
+      <c r="E739" s="10"/>
+      <c r="F739" s="15"/>
+      <c r="G739" s="15"/>
     </row>
     <row r="740" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A740" s="39"/>
-[...5 lines deleted...]
-      <c r="G740" s="40"/>
+      <c r="A740" s="10"/>
+      <c r="B740" s="10"/>
+      <c r="C740" s="10"/>
+      <c r="D740" s="10"/>
+      <c r="E740" s="10"/>
+      <c r="F740" s="15"/>
+      <c r="G740" s="15"/>
     </row>
     <row r="741" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A741" s="39"/>
-[...5 lines deleted...]
-      <c r="G741" s="40"/>
+      <c r="A741" s="10"/>
+      <c r="B741" s="10"/>
+      <c r="C741" s="10"/>
+      <c r="D741" s="10"/>
+      <c r="E741" s="10"/>
+      <c r="F741" s="15"/>
+      <c r="G741" s="15"/>
     </row>
     <row r="742" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A742" s="39"/>
-[...5 lines deleted...]
-      <c r="G742" s="40"/>
+      <c r="A742" s="10"/>
+      <c r="B742" s="10"/>
+      <c r="C742" s="10"/>
+      <c r="D742" s="10"/>
+      <c r="E742" s="10"/>
+      <c r="F742" s="15"/>
+      <c r="G742" s="15"/>
     </row>
     <row r="743" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A743" s="39"/>
-[...5 lines deleted...]
-      <c r="G743" s="40"/>
+      <c r="A743" s="10"/>
+      <c r="B743" s="10"/>
+      <c r="C743" s="10"/>
+      <c r="D743" s="10"/>
+      <c r="E743" s="10"/>
+      <c r="F743" s="15"/>
+      <c r="G743" s="15"/>
     </row>
     <row r="744" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A744" s="39"/>
-[...5 lines deleted...]
-      <c r="G744" s="40"/>
+      <c r="A744" s="10"/>
+      <c r="B744" s="10"/>
+      <c r="C744" s="10"/>
+      <c r="D744" s="10"/>
+      <c r="E744" s="10"/>
+      <c r="F744" s="15"/>
+      <c r="G744" s="15"/>
     </row>
     <row r="745" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A745" s="39"/>
-[...5 lines deleted...]
-      <c r="G745" s="40"/>
+      <c r="A745" s="10"/>
+      <c r="B745" s="10"/>
+      <c r="C745" s="10"/>
+      <c r="D745" s="10"/>
+      <c r="E745" s="10"/>
+      <c r="F745" s="15"/>
+      <c r="G745" s="15"/>
     </row>
     <row r="746" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A746" s="39"/>
-[...5 lines deleted...]
-      <c r="G746" s="40"/>
+      <c r="A746" s="10"/>
+      <c r="B746" s="10"/>
+      <c r="C746" s="10"/>
+      <c r="D746" s="10"/>
+      <c r="E746" s="10"/>
+      <c r="F746" s="15"/>
+      <c r="G746" s="15"/>
     </row>
     <row r="747" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A747" s="39"/>
-[...5 lines deleted...]
-      <c r="G747" s="40"/>
+      <c r="A747" s="10"/>
+      <c r="B747" s="10"/>
+      <c r="C747" s="10"/>
+      <c r="D747" s="10"/>
+      <c r="E747" s="10"/>
+      <c r="F747" s="15"/>
+      <c r="G747" s="15"/>
     </row>
     <row r="748" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A748" s="39"/>
-[...5 lines deleted...]
-      <c r="G748" s="40"/>
+      <c r="A748" s="10"/>
+      <c r="B748" s="10"/>
+      <c r="C748" s="10"/>
+      <c r="D748" s="10"/>
+      <c r="E748" s="10"/>
+      <c r="F748" s="15"/>
+      <c r="G748" s="15"/>
     </row>
     <row r="749" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A749" s="39"/>
-[...5 lines deleted...]
-      <c r="G749" s="40"/>
+      <c r="A749" s="10"/>
+      <c r="B749" s="10"/>
+      <c r="C749" s="10"/>
+      <c r="D749" s="10"/>
+      <c r="E749" s="10"/>
+      <c r="F749" s="15"/>
+      <c r="G749" s="15"/>
     </row>
     <row r="750" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A750" s="39"/>
-[...5 lines deleted...]
-      <c r="G750" s="40"/>
+      <c r="A750" s="10"/>
+      <c r="B750" s="10"/>
+      <c r="C750" s="10"/>
+      <c r="D750" s="10"/>
+      <c r="E750" s="10"/>
+      <c r="F750" s="15"/>
+      <c r="G750" s="15"/>
     </row>
     <row r="751" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A751" s="39"/>
-[...5 lines deleted...]
-      <c r="G751" s="40"/>
+      <c r="A751" s="10"/>
+      <c r="B751" s="10"/>
+      <c r="C751" s="10"/>
+      <c r="D751" s="10"/>
+      <c r="E751" s="10"/>
+      <c r="F751" s="15"/>
+      <c r="G751" s="15"/>
     </row>
     <row r="752" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A752" s="39"/>
-[...5 lines deleted...]
-      <c r="G752" s="40"/>
+      <c r="A752" s="10"/>
+      <c r="B752" s="10"/>
+      <c r="C752" s="10"/>
+      <c r="D752" s="10"/>
+      <c r="E752" s="10"/>
+      <c r="F752" s="15"/>
+      <c r="G752" s="15"/>
     </row>
     <row r="753" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A753" s="39"/>
-[...5 lines deleted...]
-      <c r="G753" s="40"/>
+      <c r="A753" s="10"/>
+      <c r="B753" s="10"/>
+      <c r="C753" s="10"/>
+      <c r="D753" s="10"/>
+      <c r="E753" s="10"/>
+      <c r="F753" s="15"/>
+      <c r="G753" s="15"/>
     </row>
     <row r="754" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A754" s="39"/>
-[...5 lines deleted...]
-      <c r="G754" s="40"/>
+      <c r="A754" s="10"/>
+      <c r="B754" s="10"/>
+      <c r="C754" s="10"/>
+      <c r="D754" s="10"/>
+      <c r="E754" s="10"/>
+      <c r="F754" s="15"/>
+      <c r="G754" s="15"/>
     </row>
     <row r="755" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A755" s="39"/>
-[...5 lines deleted...]
-      <c r="G755" s="40"/>
+      <c r="A755" s="10"/>
+      <c r="B755" s="10"/>
+      <c r="C755" s="10"/>
+      <c r="D755" s="10"/>
+      <c r="E755" s="10"/>
+      <c r="F755" s="15"/>
+      <c r="G755" s="15"/>
     </row>
     <row r="756" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A756" s="39"/>
-[...5 lines deleted...]
-      <c r="G756" s="40"/>
+      <c r="A756" s="10"/>
+      <c r="B756" s="10"/>
+      <c r="C756" s="10"/>
+      <c r="D756" s="10"/>
+      <c r="E756" s="10"/>
+      <c r="F756" s="15"/>
+      <c r="G756" s="15"/>
     </row>
     <row r="757" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A757" s="39"/>
-[...5 lines deleted...]
-      <c r="G757" s="40"/>
+      <c r="A757" s="10"/>
+      <c r="B757" s="10"/>
+      <c r="C757" s="10"/>
+      <c r="D757" s="10"/>
+      <c r="E757" s="10"/>
+      <c r="F757" s="15"/>
+      <c r="G757" s="15"/>
     </row>
     <row r="843" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A843" s="36"/>
       <c r="B843" s="36"/>
       <c r="C843" s="36"/>
       <c r="D843" s="36"/>
       <c r="E843" s="36"/>
       <c r="F843" s="11"/>
       <c r="G843" s="11"/>
       <c r="H843" s="11"/>
       <c r="I843" s="11"/>
       <c r="J843" s="11"/>
       <c r="K843" s="11"/>
       <c r="L843" s="11"/>
       <c r="M843" s="11"/>
     </row>
     <row r="853" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A853" s="36"/>
       <c r="B853" s="36"/>
       <c r="C853" s="36"/>
       <c r="D853" s="36"/>
       <c r="E853" s="36"/>
       <c r="F853" s="11"/>
       <c r="G853" s="11"/>
       <c r="H853" s="11"/>
       <c r="I853" s="11"/>
       <c r="J853" s="11"/>
       <c r="K853" s="11"/>
       <c r="L853" s="11"/>
       <c r="M853" s="11"/>
     </row>
   </sheetData>
-  <autoFilter ref="A2:G2" xr:uid="{00000000-0001-0000-0400-000000000000}"/>
+  <autoFilter ref="A2:G726" xr:uid="{00000000-0001-0000-0400-000000000000}"/>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="F1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100B3C9C276AFEEAF44A5EEB1316BFEF153" ma:contentTypeVersion="0" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="ad519bfe87475cb025282f53f7303917">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea38c56bd2b816e995eaa7588db9f73d">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
@@ -31348,123 +31771,118 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DB585D1-3761-49E9-BB7D-46E613E9FEB3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9152A0AC-D206-4D98-B8A8-1C64BBE93C38}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B48F8D78-D7B4-4707-A864-008B00487D19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-  </ds:schemaRefs>
-[...13 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Nodokļu kontroles rēķins</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Valsts ieņēmumu dienests</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Iveta Buškevica</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B3C9C276AFEEAF44A5EEB1316BFEF153</vt:lpwstr>
   </property>
 </Properties>
 </file>