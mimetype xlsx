--- v0 (2025-10-06)
+++ v1 (2025-12-16)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\GNP00234\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{244C903C-3908-45B2-A475-A38DBC222009}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D8E6350B-0509-46A2-BDED-5C395C568D36}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{D6036B0D-B8F5-489A-B9CE-6D23CCED0882}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="277" uniqueCount="277">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="278" uniqueCount="278">
   <si>
     <t xml:space="preserve">Dabas resursu nodokļa objektu kodu saraksts </t>
   </si>
   <si>
     <t>DRN objektu kodi un nosakumi (grupēti)</t>
   </si>
   <si>
     <t>1.1. Dabas resursu ieguve, izņemot ūdeņu ieguvi</t>
   </si>
   <si>
     <t>1.1.01. – Augsne</t>
   </si>
   <si>
     <t>1.1.02. – Smilšmāls un mālsmilts, aleirīts</t>
   </si>
   <si>
     <t>1.1.03. – Kvarca smilts</t>
   </si>
   <si>
     <t>1.1.04. – Smilts</t>
   </si>
   <si>
     <t>1.1.05. – Smilts-grants</t>
   </si>
   <si>
@@ -864,50 +864,53 @@
     <t>17. Nepārstrādāts un nepārstrādājams plastmasas iepakojums</t>
   </si>
   <si>
     <t>17.1.  – Pārstrādājams plastmasas iepakojums, kas netika pārstrādāts</t>
   </si>
   <si>
     <t xml:space="preserve">17.2.  – Nepārstrādājams plastmasas iepakojums, kas netika reģenerēts	</t>
   </si>
   <si>
     <t>17.3.-    Nepārstrādājams plastmasas iepakojums, kas tika reģenerēts</t>
   </si>
   <si>
     <t>16.3.1. – Linuma plātnes no biezas auklas</t>
   </si>
   <si>
     <t>16.3.2.  – Linuma plātnes no plānas auklas</t>
   </si>
   <si>
     <t>16.3.3. – Citi plastmasas zvejas rīki vai to daļas</t>
   </si>
   <si>
     <t>16.3.4. – Zvejas rīka daļas, kas nav no plastmasas</t>
   </si>
   <si>
     <t>16.3.5. – Bojas, pludiņi, virves</t>
+  </si>
+  <si>
+    <t>1.1.20. - Ogļūdeņraži</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1280,54 +1283,54 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EF142AF5-545F-419B-848B-8C223E1AC01E}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:A278"/>
+  <dimension ref="A1:A279"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A256" workbookViewId="0">
-      <selection activeCell="A279" sqref="A279"/>
+    <sheetView tabSelected="1" topLeftCell="A3" workbookViewId="0">
+      <selection activeCell="A24" sqref="A24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="132.77734375" customWidth="1"/>
     <col min="2" max="2" width="8.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" ht="18" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A3" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A4" s="5" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A5" s="2" t="s">
@@ -1403,1321 +1406,1326 @@
       <c r="A19" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A20" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A22" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A23" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A24" s="5" t="s">
+      <c r="A24" s="2" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="25" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A25" s="5" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="25" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A25" s="2" t="s">
+    <row r="26" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="26" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A26" s="5" t="s">
+    <row r="27" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A27" s="5" t="s">
         <v>24</v>
-      </c>
-[...3 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A28" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A29" s="2" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="30" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A30" s="2" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="30" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A30" s="6" t="s">
+    <row r="31" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A31" s="6" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="31" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A31" s="3" t="s">
+    <row r="32" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A32" s="3" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="32" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A32" s="5" t="s">
+    <row r="33" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A33" s="5" t="s">
         <v>30</v>
-      </c>
-[...3 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A34" s="2" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A35" s="2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="36" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A36" s="2" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="36" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A36" s="5" t="s">
+    <row r="37" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A37" s="5" t="s">
         <v>34</v>
-      </c>
-[...3 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="38" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A38" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="39" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A39" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="40" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A40" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="41" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A41" s="2" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="42" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A42" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="43" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A43" s="2" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="44" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A44" s="2" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="44" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A44" s="5" t="s">
+    <row r="45" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A45" s="5" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="45" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A45" s="2" t="s">
+    <row r="46" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A46" s="2" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="46" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A46" s="5" t="s">
+    <row r="47" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A47" s="5" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="47" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A47" s="2" t="s">
+    <row r="48" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A48" s="2" t="s">
         <v>257</v>
       </c>
     </row>
-    <row r="48" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A48" s="5" t="s">
+    <row r="49" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A49" s="5" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="49" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A49" s="2" t="s">
+    <row r="50" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A50" s="2" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="50" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A50" s="5" t="s">
+    <row r="51" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A51" s="5" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="51" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A51" s="2" t="s">
+    <row r="52" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A52" s="2" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="52" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A52" s="5" t="s">
+    <row r="53" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A53" s="5" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="53" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A53" s="2" t="s">
+    <row r="54" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A54" s="2" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="54" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A54" s="5" t="s">
+    <row r="55" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A55" s="5" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="55" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A55" s="2" t="s">
+    <row r="56" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A56" s="2" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="56" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A56" s="5" t="s">
+    <row r="57" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A57" s="5" t="s">
         <v>53</v>
-      </c>
-[...3 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="58" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A58" s="2" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
     </row>
     <row r="59" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A59" s="2" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="60" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A60" s="2" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="60" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A60" s="5" t="s">
+    <row r="61" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A61" s="5" t="s">
         <v>57</v>
-      </c>
-[...3 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="62" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A62" s="2" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="63" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A63" s="2" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="64" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A64" s="2" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="65" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A65" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="66" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A66" s="2" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
     </row>
     <row r="67" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A67" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="68" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A68" s="2" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="69" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A69" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="70" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A70" s="2" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="71" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A71" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="72" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A72" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="73" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A73" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="74" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A74" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
     </row>
     <row r="75" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A75" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="76" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A76" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="77" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A77" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="78" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A78" s="2" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
     </row>
     <row r="79" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A79" s="2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="80" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A80" s="2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="81" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A81" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="82" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A82" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="83" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A83" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="84" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A84" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="85" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A85" s="2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="86" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A86" s="2" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
     </row>
     <row r="87" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A87" s="2" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="88" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A88" s="2" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="89" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A89" s="2" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="90" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A90" s="2" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="91" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A91" s="2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
     <row r="92" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A92" s="2" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="93" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A93" s="2" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="94" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A94" s="2" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="95" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A95" s="2" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
     </row>
     <row r="96" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A96" s="2" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="97" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A97" s="2" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
     </row>
     <row r="98" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A98" s="2" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="99" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A99" s="2" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="100" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A100" s="2" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
     </row>
     <row r="101" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A101" s="2" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
     </row>
     <row r="102" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A102" s="2" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="103" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A103" s="2" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="104" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A104" s="2" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="104" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A104" s="5" t="s">
+    <row r="105" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A105" s="5" t="s">
         <v>101</v>
-      </c>
-[...3 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="106" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A106" s="2" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
     </row>
     <row r="107" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A107" s="2" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="108" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A108" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
     </row>
     <row r="109" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A109" s="2" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
     </row>
     <row r="110" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A110" s="2" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="111" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A111" s="2" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="112" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A112" s="2" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
     </row>
     <row r="113" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A113" s="2" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="114" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A114" s="2" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="115" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A115" s="2" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
     </row>
     <row r="116" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A116" s="2" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
     </row>
     <row r="117" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A117" s="2" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="118" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A118" s="2" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="119" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A119" s="2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="120" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A120" s="2" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="121" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A121" s="2" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
     </row>
     <row r="122" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A122" s="2" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="123" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A123" s="2" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="124" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A124" s="2" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
     </row>
     <row r="125" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A125" s="2" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="126" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A126" s="2" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
     <row r="127" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A127" s="2" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
     </row>
     <row r="128" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A128" s="2" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
     </row>
     <row r="129" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A129" s="2" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
     </row>
     <row r="130" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A130" s="2" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
     </row>
     <row r="131" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A131" s="2" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="132" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A132" s="2" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="132" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A132" s="6" t="s">
+    <row r="133" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A133" s="6" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="133" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A133" s="3" t="s">
+    <row r="134" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A134" s="3" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="134" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A134" s="6" t="s">
+    <row r="135" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A135" s="6" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="135" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A135" s="3" t="s">
+    <row r="136" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A136" s="3" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="136" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A136" s="6" t="s">
+    <row r="137" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A137" s="6" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="137" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A137" s="3" t="s">
+    <row r="138" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A138" s="3" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="138" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A138" s="6" t="s">
+    <row r="139" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A139" s="6" t="s">
         <v>135</v>
-      </c>
-[...3 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="140" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A140" s="3" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
     </row>
     <row r="141" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A141" s="3" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
     </row>
     <row r="142" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A142" s="3" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
     </row>
     <row r="143" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A143" s="3" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
     </row>
     <row r="144" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A144" s="3" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
     </row>
     <row r="145" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A145" s="3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="146" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A146" s="3" t="s">
         <v>142</v>
       </c>
     </row>
-    <row r="146" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A146" s="6" t="s">
+    <row r="147" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A147" s="6" t="s">
         <v>143</v>
-      </c>
-[...3 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="148" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A148" s="3" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
     </row>
     <row r="149" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A149" s="3" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
     </row>
     <row r="150" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A150" s="3" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
     </row>
     <row r="151" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A151" s="3" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
     </row>
     <row r="152" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A152" s="3" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
     </row>
     <row r="153" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A153" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="154" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A154" s="3" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="154" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A154" s="6" t="s">
+    <row r="155" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A155" s="6" t="s">
         <v>151</v>
-      </c>
-[...3 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="156" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A156" s="3" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
     </row>
     <row r="157" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A157" s="3" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
     </row>
     <row r="158" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A158" s="3" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
     </row>
     <row r="159" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A159" s="3" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
     </row>
     <row r="160" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A160" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="161" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A161" s="3" t="s">
         <v>157</v>
       </c>
     </row>
-    <row r="161" spans="1:1" ht="43.2" x14ac:dyDescent="0.3">
-      <c r="A161" s="3" t="s">
+    <row r="162" spans="1:1" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A162" s="3" t="s">
         <v>158</v>
-      </c>
-[...3 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="163" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A163" s="3" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
     </row>
     <row r="164" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A164" s="3" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
     </row>
     <row r="165" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A165" s="3" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
     </row>
     <row r="166" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A166" s="3" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
     </row>
     <row r="167" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A167" s="3" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="168" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A168" s="3" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
     </row>
     <row r="169" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A169" s="3" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
     </row>
     <row r="170" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A170" s="3" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
     </row>
     <row r="171" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A171" s="3" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
     </row>
     <row r="172" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A172" s="3" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
     </row>
     <row r="173" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A173" s="3" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="174" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A174" s="3" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="175" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A175" s="3" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
     </row>
     <row r="176" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A176" s="3" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
     </row>
     <row r="177" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A177" s="3" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
     </row>
     <row r="178" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A178" s="3" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
     </row>
     <row r="179" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A179" s="3" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
     </row>
     <row r="180" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A180" s="3" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
     </row>
     <row r="181" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A181" s="3" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
     </row>
     <row r="182" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A182" s="3" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
     </row>
     <row r="183" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A183" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
     </row>
     <row r="184" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A184" s="3" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
     </row>
     <row r="185" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A185" s="3" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
     </row>
     <row r="186" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A186" s="3" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
     </row>
     <row r="187" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A187" s="3" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="188" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A188" s="3" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
     </row>
     <row r="189" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A189" s="3" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
     </row>
     <row r="190" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A190" s="3" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
     </row>
     <row r="191" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A191" s="3" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
     </row>
     <row r="192" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A192" s="3" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
     </row>
     <row r="193" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A193" s="3" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
     </row>
     <row r="194" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A194" s="3" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
     </row>
     <row r="195" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A195" s="3" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
     </row>
     <row r="196" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A196" s="3" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
     </row>
     <row r="197" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A197" s="3" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
     </row>
     <row r="198" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A198" s="3" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
     </row>
     <row r="199" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A199" s="3" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
     </row>
     <row r="200" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A200" s="3" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
     </row>
     <row r="201" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A201" s="3" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
     </row>
     <row r="202" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A202" s="3" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
     </row>
     <row r="203" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A203" s="3" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
     </row>
     <row r="204" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A204" s="3" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
     </row>
     <row r="205" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A205" s="3" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
     </row>
     <row r="206" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A206" s="3" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
     </row>
     <row r="207" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A207" s="3" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
     </row>
     <row r="208" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A208" s="3" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="209" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A209" s="3" t="s">
         <v>205</v>
       </c>
     </row>
-    <row r="209" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A209" s="6" t="s">
+    <row r="210" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A210" s="6" t="s">
         <v>206</v>
-      </c>
-[...3 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="211" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A211" s="3" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
     </row>
     <row r="212" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A212" s="3" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
     </row>
     <row r="213" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A213" s="3" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
     </row>
     <row r="214" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A214" s="3" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
     </row>
     <row r="215" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A215" s="3" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
     </row>
     <row r="216" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A216" s="3" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
     </row>
     <row r="217" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A217" s="3" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
     </row>
     <row r="218" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A218" s="3" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
     </row>
     <row r="219" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A219" s="3" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
     </row>
     <row r="220" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A220" s="3" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
     </row>
     <row r="221" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A221" s="3" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
     </row>
     <row r="222" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A222" s="3" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
     </row>
     <row r="223" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A223" s="3" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
     </row>
     <row r="224" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A224" s="3" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
     </row>
     <row r="225" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A225" s="3" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
     </row>
     <row r="226" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A226" s="3" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="227" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A227" s="3" t="s">
         <v>223</v>
       </c>
     </row>
-    <row r="227" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A227" s="6" t="s">
+    <row r="228" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A228" s="6" t="s">
         <v>224</v>
-      </c>
-[...3 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="229" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A229" s="3" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
     </row>
     <row r="230" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A230" s="3" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
     </row>
     <row r="231" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A231" s="3" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="232" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A232" s="3" t="s">
         <v>228</v>
       </c>
     </row>
-    <row r="232" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A232" s="6" t="s">
+    <row r="233" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A233" s="6" t="s">
         <v>229</v>
-      </c>
-[...3 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="234" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A234" s="3" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
     </row>
     <row r="235" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A235" s="3" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
     </row>
     <row r="236" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A236" s="3" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="237" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A237" s="3" t="s">
         <v>233</v>
       </c>
     </row>
-    <row r="237" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A237" s="6" t="s">
+    <row r="238" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A238" s="6" t="s">
         <v>234</v>
-      </c>
-[...3 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="239" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A239" s="3" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
     </row>
     <row r="240" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A240" s="3" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
     </row>
     <row r="241" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A241" s="3" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
     </row>
     <row r="242" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A242" s="3" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="243" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A243" s="3" t="s">
         <v>239</v>
       </c>
     </row>
-    <row r="243" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A243" s="6" t="s">
+    <row r="244" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A244" s="6" t="s">
         <v>240</v>
-      </c>
-[...3 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="245" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A245" s="3" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
     </row>
     <row r="246" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A246" s="3" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
     </row>
     <row r="247" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A247" s="3" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
     </row>
     <row r="248" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A248" s="3" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
     </row>
     <row r="249" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A249" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="250" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A250" s="3" t="s">
         <v>246</v>
       </c>
     </row>
-    <row r="250" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A250" s="6" t="s">
+    <row r="251" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A251" s="6" t="s">
         <v>247</v>
-      </c>
-[...3 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="252" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A252" s="3" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
     </row>
     <row r="253" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A253" s="3" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
     </row>
     <row r="254" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A254" s="3" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
     </row>
     <row r="255" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A255" s="3" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
     </row>
     <row r="256" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A256" s="3" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
     </row>
     <row r="257" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A257" s="3" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="258" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A258" s="3" t="s">
         <v>254</v>
       </c>
     </row>
-    <row r="258" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A258" s="6" t="s">
+    <row r="259" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A259" s="6" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="259" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A259" s="3" t="s">
+    <row r="260" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A260" s="3" t="s">
         <v>256</v>
       </c>
     </row>
-    <row r="260" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A260" s="7" t="s">
+    <row r="261" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A261" s="7" t="s">
         <v>258</v>
       </c>
     </row>
-    <row r="261" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A261" s="8" t="s">
+    <row r="262" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A262" s="8" t="s">
         <v>260</v>
       </c>
     </row>
-    <row r="262" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A262" s="7" t="s">
+    <row r="263" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A263" s="7" t="s">
         <v>259</v>
-      </c>
-[...3 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="264" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A264" s="8" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
     </row>
     <row r="265" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A265" s="8" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="266" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A266" s="8" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="267" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A267" s="8" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
     </row>
     <row r="268" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A268" s="8" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
     </row>
     <row r="269" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A269" s="8" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
     </row>
     <row r="270" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A270" s="8" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
     </row>
     <row r="271" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A271" s="8" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
     </row>
     <row r="272" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A272" s="8" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
     </row>
     <row r="273" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A273" s="8" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
     </row>
     <row r="274" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A274" s="8" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="275" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A275" s="8" t="s">
         <v>276</v>
       </c>
     </row>
-    <row r="275" spans="1:1" x14ac:dyDescent="0.3">
-      <c r="A275" s="7" t="s">
+    <row r="276" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A276" s="7" t="s">
         <v>268</v>
-      </c>
-[...3 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="277" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A277" s="9" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
     </row>
     <row r="278" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A278" s="9" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="279" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A279" s="9" t="s">
         <v>271</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>