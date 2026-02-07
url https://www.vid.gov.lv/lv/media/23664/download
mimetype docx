--- v0 (2025-10-10)
+++ v1 (2026-02-07)
@@ -1,3900 +1,4716 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="03FCC2D4" w14:textId="77777777" w:rsidR="000C0CDA" w:rsidRPr="00065D82" w:rsidRDefault="000C0CDA" w:rsidP="000C0CDA">
+    <w:p w14:paraId="6885EB54" w14:textId="1CEEE8C3" w:rsidR="00D663ED" w:rsidRDefault="00C4087D" w:rsidP="00861949">
       <w:pPr>
-        <w:pStyle w:val="Header"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="539"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00065D82">
+      <w:r w:rsidRPr="00F63740">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-          <w:sz w:val="19"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>1. pielikums</w:t>
+        <w:t>Pielikums</w:t>
       </w:r>
+      <w:r w:rsidR="00D663ED" w:rsidRPr="00F63740">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Ministru kabineta</w:t>
+      </w:r>
+      <w:r w:rsidR="00D663ED" w:rsidRPr="00F63740">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2018. gada 13. februāra</w:t>
+      </w:r>
+      <w:r w:rsidR="00D663ED" w:rsidRPr="00F63740">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>noteikumiem Nr. 86</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="piel-649600"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="19F2CE2F" w14:textId="71651AE3" w:rsidR="003B1804" w:rsidRPr="00F63740" w:rsidRDefault="003B1804" w:rsidP="00861949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-          <w:sz w:val="19"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:br/>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00065D82">
+      <w:r w:rsidRPr="003B1804">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-          <w:sz w:val="19"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Ministru kabineta</w:t>
+        <w:t>(</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00456468">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-          <w:sz w:val="19"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:br/>
+        <w:t>Pielikums MK 11.11.2025. noteikumu Nr. 660 redakcijā</w:t>
       </w:r>
-      <w:r w:rsidRPr="00065D82">
+      <w:r w:rsidRPr="003B1804">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>2018. gada 13. februāra</w:t>
-[...15 lines deleted...]
-        <w:t>noteikumiem Nr. 86</w:t>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12CAEF6C" w14:textId="77777777" w:rsidR="000C0CDA" w:rsidRPr="00065D82" w:rsidRDefault="000C0CDA" w:rsidP="000C0CDA">
+    <w:p w14:paraId="4803362F" w14:textId="77777777" w:rsidR="00861949" w:rsidRDefault="00861949" w:rsidP="00861949">
       <w:pPr>
-        <w:spacing w:before="130" w:line="260" w:lineRule="exact"/>
-[...1 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="300"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...42 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24EF024A" w14:textId="77777777" w:rsidR="000C0CDA" w:rsidRPr="00065D82" w:rsidRDefault="000C0CDA" w:rsidP="000C0CDA">
+    <w:p w14:paraId="0370B020" w14:textId="1C42C16D" w:rsidR="00D663ED" w:rsidRDefault="00D663ED" w:rsidP="00861949">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:spacing w:line="260" w:lineRule="exact"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="300"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00065D82">
+      <w:r w:rsidRPr="00F63740">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>AIZPILDA DRUKĀTIEM BURTIEM</w:t>
       </w:r>
+      <w:r w:rsidRPr="00F63740">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F63740">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>to be completed in block letters</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="00378FC0" w14:textId="77777777" w:rsidR="000C0CDA" w:rsidRPr="00065D82" w:rsidRDefault="000C0CDA" w:rsidP="000C0CDA">
+    <w:p w14:paraId="585C15AA" w14:textId="77777777" w:rsidR="001D2563" w:rsidRPr="00F63740" w:rsidRDefault="001D2563" w:rsidP="00861949">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:spacing w:line="260" w:lineRule="exact"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="300"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...23 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
-          <w:top w:w="28" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="28" w:type="dxa"/>
+          <w:top w:w="30" w:type="dxa"/>
+          <w:left w:w="30" w:type="dxa"/>
+          <w:bottom w:w="30" w:type="dxa"/>
+          <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9257"/>
+        <w:gridCol w:w="9005"/>
+        <w:gridCol w:w="66"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000C0CDA" w:rsidRPr="00543BAC" w14:paraId="13CE5EAF" w14:textId="77777777" w:rsidTr="00230281">
+      <w:tr w:rsidR="00F63740" w:rsidRPr="00C4087D" w14:paraId="3D851791" w14:textId="1BE6955D" w:rsidTr="00F63740">
         <w:trPr>
-          <w:trHeight w:val="227"/>
+          <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9287" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15216750" w14:textId="77777777" w:rsidR="00F63740" w:rsidRPr="00C4087D" w:rsidRDefault="00F63740" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77FCE467" w14:textId="77777777" w:rsidR="00F63740" w:rsidRPr="00C4087D" w:rsidRDefault="00F63740" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C0CDA" w:rsidRPr="00543BAC" w14:paraId="484A9CDA" w14:textId="77777777" w:rsidTr="00230281">
+      <w:tr w:rsidR="00F63740" w:rsidRPr="00C4087D" w14:paraId="520E2205" w14:textId="3BD33888" w:rsidTr="00F63740">
         <w:trPr>
-          <w:trHeight w:val="227"/>
+          <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9287" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35E5F5A9" w14:textId="77777777" w:rsidR="00F63740" w:rsidRPr="00C4087D" w:rsidRDefault="00F63740" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="312C8FA6" w14:textId="77777777" w:rsidR="00F63740" w:rsidRPr="00C4087D" w:rsidRDefault="00F63740" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C0CDA" w:rsidRPr="00543BAC" w14:paraId="7AEA5759" w14:textId="77777777" w:rsidTr="00230281">
+      <w:tr w:rsidR="00F63740" w:rsidRPr="00C4087D" w14:paraId="2F07B9CE" w14:textId="158FAFC5" w:rsidTr="00F63740">
         <w:trPr>
-          <w:trHeight w:val="227"/>
+          <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9287" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="033BFA8E" w14:textId="77777777" w:rsidR="00F63740" w:rsidRPr="00C4087D" w:rsidRDefault="00F63740" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4456D196" w14:textId="77777777" w:rsidR="00F63740" w:rsidRPr="00C4087D" w:rsidRDefault="00F63740" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C0CDA" w:rsidRPr="00543BAC" w14:paraId="1CE2DD0F" w14:textId="77777777" w:rsidTr="00230281">
+      <w:tr w:rsidR="001D2563" w:rsidRPr="00C4087D" w14:paraId="7C752E83" w14:textId="77777777" w:rsidTr="00F63740">
         <w:trPr>
-          <w:trHeight w:val="227"/>
+          <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9287" w:type="dxa"/>
-[...7 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F34F740" w14:textId="77777777" w:rsidR="001D2563" w:rsidRPr="00C4087D" w:rsidRDefault="001D2563" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DFE3647" w14:textId="77777777" w:rsidR="001D2563" w:rsidRPr="00C4087D" w:rsidRDefault="001D2563" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F63740" w:rsidRPr="00C4087D" w14:paraId="1F99278B" w14:textId="51B34A19" w:rsidTr="00F63740">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17B9674A" w14:textId="77777777" w:rsidR="00F63740" w:rsidRDefault="00F63740" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...16 lines deleted...]
-                <w:szCs w:val="17"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(iesniedzējs*– nosaukums, juridiskā adrese un reģistrācijas numurs vai vārds,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>uzvārds, adrese,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>personas kods/personas identifikācijas numurs vai pases numurs /</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">personas kods/personas identifikācijas numurs vai pases numurs / </w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>applicant* – name, registered office and registration number or name, surname, address,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>personal identification number or passport number</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="322EE0BA" w14:textId="77777777" w:rsidR="001D2563" w:rsidRDefault="001D2563" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...27 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="566FF1B9" w14:textId="37CC70C0" w:rsidR="00861949" w:rsidRPr="00C4087D" w:rsidRDefault="00861949" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...23 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="662E7C6B" w14:textId="77777777" w:rsidR="00F63740" w:rsidRPr="00C4087D" w:rsidRDefault="00F63740" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="464747FD" w14:textId="77777777" w:rsidR="000C0CDA" w:rsidRPr="00065D82" w:rsidRDefault="000C0CDA" w:rsidP="000C0CDA">
+    <w:p w14:paraId="518EB119" w14:textId="6F308D06" w:rsidR="00D663ED" w:rsidRPr="00F63740" w:rsidRDefault="00EA62E6" w:rsidP="00861949">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="3"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>INFORMĀCIJA</w:t>
+      </w:r>
+      <w:r w:rsidR="00D663ED" w:rsidRPr="00F63740">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>drošības naudas atmaks</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ai</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A2CEF5C" w14:textId="5610F51B" w:rsidR="00D663ED" w:rsidRDefault="00EA62E6" w:rsidP="00861949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="300"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>INFORMATION</w:t>
+      </w:r>
+      <w:r w:rsidR="00D663ED" w:rsidRPr="00C4087D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D663ED" w:rsidRPr="00C4087D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>regarding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D663ED" w:rsidRPr="00C4087D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D663ED" w:rsidRPr="00C4087D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>repayment</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D663ED" w:rsidRPr="00C4087D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D663ED" w:rsidRPr="00C4087D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D663ED" w:rsidRPr="00C4087D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D663ED" w:rsidRPr="00C4087D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>security</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="542CE98B" w14:textId="77777777" w:rsidR="00861949" w:rsidRPr="00C4087D" w:rsidRDefault="00861949" w:rsidP="00861949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="300"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37A18FF3" w14:textId="77777777" w:rsidR="000C0CDA" w:rsidRPr="004917F7" w:rsidRDefault="000C0CDA" w:rsidP="000C0CDA">
+    <w:p w14:paraId="58E7901C" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00F63740" w:rsidRDefault="00D663ED" w:rsidP="00861949">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="300"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...1 lines deleted...]
-          <w:sz w:val="22"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004917F7">
+      <w:r w:rsidRPr="00F63740">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...1 lines deleted...]
-          <w:sz w:val="22"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>IESNIEGUMS</w:t>
-[...10 lines deleted...]
-        <w:t>par drošības naudas atmaksu</w:t>
+        <w:t>Lūdzu drošības naudu______ EUR apmērā, kas ieskaitīta Valsts ieņēmumu dienesta deponēto naudas līdzekļu uzskaites kontā, atmaksāt:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C1C2B5A" w14:textId="77777777" w:rsidR="000C0CDA" w:rsidRPr="00065D82" w:rsidRDefault="000C0CDA" w:rsidP="000C0CDA">
+    <w:p w14:paraId="2DC192C2" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRDefault="00D663ED" w:rsidP="00861949">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="300"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00065D82">
+      <w:r w:rsidRPr="00C4087D">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">ЗАЯВЛЕНИЕ о возврате денежного залога </w:t>
+        <w:t xml:space="preserve">Please return the security paid into the deposit account of the State Revenue Service in the amount of EUR </w:t>
       </w:r>
-      <w:r w:rsidRPr="00065D82">
+      <w:r w:rsidRPr="00861949">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">/ </w:t>
+        <w:t>______</w:t>
       </w:r>
-      <w:r w:rsidRPr="00065D82">
+      <w:r w:rsidRPr="00861949">
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:br/>
-        <w:t>APPLICATION regarding repayment of security</w:t>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FB7FFDF" w14:textId="77777777" w:rsidR="000C0CDA" w:rsidRPr="00065D82" w:rsidRDefault="000C0CDA" w:rsidP="000C0CDA">
+    <w:p w14:paraId="3BFF63FD" w14:textId="77777777" w:rsidR="00861949" w:rsidRPr="00C4087D" w:rsidRDefault="00861949" w:rsidP="00861949">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="300"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...819 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
-          <w:top w:w="28" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="28" w:type="dxa"/>
+          <w:top w:w="30" w:type="dxa"/>
+          <w:left w:w="30" w:type="dxa"/>
+          <w:bottom w:w="30" w:type="dxa"/>
+          <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1832"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="285"/>
+        <w:gridCol w:w="9071"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000C0CDA" w:rsidRPr="00543BAC" w14:paraId="45E5A616" w14:textId="77777777" w:rsidTr="00270CAE">
-[...8 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="76830EB3" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7627F8DC" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="1E49FA27" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CD7CFC2" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="2127C6B4" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="170E783F" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="00702FCF" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D5D9150" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...344 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(juridiskās personas nosaukums, juridiskā adrese un reģistrācijas numurs vai vārds, uzvārds, adrese, personas kods/personas identifikācijas numurs vai pases numurs /</w:t>
+            </w:r>
+            <w:r w:rsidR="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00C4087D" w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>name, registered office and registration number of legal person or name, surname, father’s name**, address, personal identification number or passport number</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="008765C4" w14:textId="77777777" w:rsidR="00861949" w:rsidRDefault="00861949" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...30 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DFEBB9D" w14:textId="79004643" w:rsidR="00861949" w:rsidRPr="00C4087D" w:rsidRDefault="00861949" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4CD6FD89" w14:textId="77777777" w:rsidR="000C0CDA" w:rsidRPr="00065D82" w:rsidRDefault="000C0CDA" w:rsidP="000C0CDA">
+    <w:p w14:paraId="6AE6CD65" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00F63740" w:rsidRDefault="00D663ED" w:rsidP="00861949">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="300"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-          <w:sz w:val="19"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F63740">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Lūdzu veikt atmaksājamās drošības naudas pārskaitījumu EUR uz:</w:t>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...333 lines deleted...]
-    <w:p w14:paraId="0D837F15" w14:textId="77777777" w:rsidR="000C0CDA" w:rsidRPr="00065D82" w:rsidRDefault="000C0CDA" w:rsidP="000C0CDA">
+    <w:p w14:paraId="33629A8C" w14:textId="21670153" w:rsidR="00D663ED" w:rsidRDefault="00D663ED" w:rsidP="00861949">
       <w:pPr>
-        <w:pStyle w:val="NoSpacing"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="300"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C4087D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C4087D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Please return the security paid in EUR currency to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46E3368F" w14:textId="77777777" w:rsidR="00861949" w:rsidRPr="00C4087D" w:rsidRDefault="00861949" w:rsidP="00861949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="300"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
-          <w:top w:w="28" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="28" w:type="dxa"/>
+          <w:top w:w="30" w:type="dxa"/>
+          <w:left w:w="30" w:type="dxa"/>
+          <w:bottom w:w="30" w:type="dxa"/>
+          <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2311"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2303"/>
+        <w:gridCol w:w="9071"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000C0CDA" w:rsidRPr="00543BAC" w14:paraId="3E0452B8" w14:textId="77777777" w:rsidTr="00230281">
-[...24 lines deleted...]
-              <w:t>The security was paid to cover debt of customs duties that has arisen/may have arisen</w:t>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="04FE1E9A" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68CFBFCE" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C0CDA" w:rsidRPr="00543BAC" w14:paraId="4E0AB211" w14:textId="77777777" w:rsidTr="00230281">
-[...45 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="2F942271" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23E8A87A" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="778C5153" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60FA25E3" w14:textId="7AAC984E" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...31 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(saņēmēja bankas nosaukums, SWIFT kods (11 zīmes) un konta numurs/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>name of the recipient’s bank, SWIFT code (11 characters) and account number</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C0CDA" w:rsidRPr="00543BAC" w14:paraId="330F15D3" w14:textId="77777777" w:rsidTr="00230281">
-[...8 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="1C2A923E" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D18D184" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="2FC6903B" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28390D79" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D663ED" w:rsidRPr="00C4087D" w14:paraId="364D4267" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F9806E4" w14:textId="7B92A7E9" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...19 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(korespondentbankas nosaukums,SWIFT kods (11 zīmes) un konta numurs/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:br/>
-              <w:t>customs declaration No __________________________of ___. ___. 20__.</w:t>
-[...102 lines deleted...]
-            </w:pPr>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>name of the correspondent bank, SWIFT code (11</w:t>
+            </w:r>
+            <w:r w:rsidR="00861949">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>characters) and account number</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7B1B6BBA" w14:textId="77777777" w:rsidR="000C0CDA" w:rsidRPr="00065D82" w:rsidRDefault="000C0CDA" w:rsidP="000C0CDA">
+    <w:p w14:paraId="4CF940B5" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
       <w:pPr>
-        <w:spacing w:line="260" w:lineRule="exact"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vanish/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5078" w:type="pct"/>
+        <w:tblInd w:w="-142" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="30" w:type="dxa"/>
+          <w:left w:w="30" w:type="dxa"/>
+          <w:bottom w:w="30" w:type="dxa"/>
+          <w:right w:w="30" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="454"/>
+        <w:gridCol w:w="311"/>
+        <w:gridCol w:w="2084"/>
+        <w:gridCol w:w="2511"/>
+        <w:gridCol w:w="3543"/>
+        <w:gridCol w:w="310"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="1F16056A" w14:textId="77777777" w:rsidTr="00861949">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1134510C" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="19C72B0A" w14:textId="77777777" w:rsidTr="00861949">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2ADA74FF" w14:textId="4CF9975C" w:rsidR="00D663ED" w:rsidRPr="00F63740" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="679"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F63740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Drošības nauda iemaksāta, lai segtu muitas maksājumu parādu, </w:t>
+            </w:r>
+            <w:r w:rsidR="00861949">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F63740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>kas radies/var rasties</w:t>
+            </w:r>
+            <w:r w:rsidR="00861949" w:rsidRPr="00F63740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> par precēm, kuras deklarētas 20__. gada ___. ____________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00861949" w:rsidRPr="00C4087D" w14:paraId="7215B4B2" w14:textId="77777777" w:rsidTr="00861949">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1546" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6758B470" w14:textId="22283554" w:rsidR="00861949" w:rsidRPr="00C4087D" w:rsidRDefault="00861949" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(nevajadzīgo svītrot)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1363" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="510F186F" w14:textId="77777777" w:rsidR="00861949" w:rsidRPr="00C4087D" w:rsidRDefault="00861949" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B293BCE" w14:textId="2C522819" w:rsidR="00861949" w:rsidRPr="00C4087D" w:rsidRDefault="00861949" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="169" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07E833BE" w14:textId="77777777" w:rsidR="00861949" w:rsidRPr="00C4087D" w:rsidRDefault="00861949" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="3F4A9AC6" w14:textId="77777777" w:rsidTr="00861949">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45C2051A" w14:textId="2A8317AF" w:rsidR="00D663ED" w:rsidRPr="00F63740" w:rsidRDefault="00861949" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F63740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>muitas deklarācijā Nr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="10C3E11F" w14:textId="77777777" w:rsidTr="00861949">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="246" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF06563" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="169" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A6E801F" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1130" w:type="pct"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C361A73" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3286" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32A18AEA" w14:textId="6064F88A" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="007943A8" w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ja ir iespējams norādīt, norāda </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>muitas deklarācijas numur</w:t>
+            </w:r>
+            <w:r w:rsidR="007943A8" w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A5B0460" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="45A01AAF" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vanish/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
-          <w:top w:w="28" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="28" w:type="dxa"/>
+          <w:top w:w="30" w:type="dxa"/>
+          <w:left w:w="30" w:type="dxa"/>
+          <w:bottom w:w="30" w:type="dxa"/>
+          <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3924"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1827"/>
+        <w:gridCol w:w="1047"/>
+        <w:gridCol w:w="1047"/>
+        <w:gridCol w:w="1228"/>
+        <w:gridCol w:w="1229"/>
+        <w:gridCol w:w="4332"/>
+        <w:gridCol w:w="188"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000C0CDA" w:rsidRPr="00543BAC" w14:paraId="4DB6AE91" w14:textId="77777777" w:rsidTr="00230281">
-[...96 lines deleted...]
-            </w:pPr>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="39019076" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FEF439D" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C0CDA" w:rsidRPr="00543BAC" w14:paraId="4FD6099A" w14:textId="77777777" w:rsidTr="00230281">
-[...10 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="5860B942" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C0FE213" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...17 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>The security was paid to cover debt of customs duties that has arisen/may have arisen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="249D154E" w14:textId="77777777" w:rsidTr="00861949">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11B00853" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="293C087C" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2846" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F1E3697" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(delete that which does not apply)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="260" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45212BE0" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="786A64DF" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF2B915" w14:textId="77777777" w:rsidR="00C4087D" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...17 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>in respect of goods declared in the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C0ABB9D" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...23 lines deleted...]
-              <w:pStyle w:val="NoSpacing"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>customs declaration No __________________________of ___. ___. 20__.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39471E83" w14:textId="6EB713EF" w:rsidR="00C4087D" w:rsidRPr="00C4087D" w:rsidRDefault="00C4087D" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...166 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(if it is possible to specify number of the customs declaration)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="2088F58A" w14:textId="77777777" w:rsidTr="00861949">
+        <w:trPr>
+          <w:trHeight w:val="784"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24ACC4B0" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13024937" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1397" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59BF7C13" w14:textId="434FFA8C" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2207CE7A" w14:textId="4C9032B0" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="613B42F8" w14:textId="77777777" w:rsidR="000C0CDA" w:rsidRPr="00065D82" w:rsidRDefault="000C0CDA" w:rsidP="000C0CDA">
+    <w:p w14:paraId="41407318" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
       <w:pPr>
-        <w:spacing w:line="260" w:lineRule="exact"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vanish/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
-          <w:top w:w="28" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="28" w:type="dxa"/>
+          <w:top w:w="30" w:type="dxa"/>
+          <w:left w:w="30" w:type="dxa"/>
+          <w:bottom w:w="30" w:type="dxa"/>
+          <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9257"/>
+        <w:gridCol w:w="3858"/>
+        <w:gridCol w:w="274"/>
+        <w:gridCol w:w="2576"/>
+        <w:gridCol w:w="274"/>
+        <w:gridCol w:w="2089"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000C0CDA" w:rsidRPr="00543BAC" w14:paraId="3E2E2A13" w14:textId="77777777" w:rsidTr="00230281">
-[...21 lines deleted...]
-              <w:t>Kontaktinformācija:</w:t>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="2C1C8B76" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="608C2FE4" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D16254D" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55A1F541" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="414AA93D" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="684B4ED7" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C0CDA" w:rsidRPr="00543BAC" w14:paraId="006D5B81" w14:textId="77777777" w:rsidTr="00230281">
-[...23 lines deleted...]
-              <w:t>Контактная информация: / Contact details:</w:t>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="4C339817" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:trPr>
+          <w:trHeight w:val="225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E1F0349" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66CDE40E" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03B2D371" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E664E2B" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35D1C9B3" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="0D23E200" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="725E8FCE" w14:textId="74DF8325" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(vārds, uzvārds)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(name, surname</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30BFCFCB" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49935F42" w14:textId="3DB71E26" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(paraksts)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>signature</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35BA4FE1" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4797299A" w14:textId="350C6D73" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(datums)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>date</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7E5C08E0" w14:textId="77777777" w:rsidR="000C0CDA" w:rsidRPr="00065D82" w:rsidRDefault="000C0CDA" w:rsidP="000C0CDA">
+    <w:p w14:paraId="34A1C070" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
       <w:pPr>
-        <w:spacing w:line="260" w:lineRule="exact"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vanish/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
-          <w:top w:w="28" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="28" w:type="dxa"/>
+          <w:top w:w="30" w:type="dxa"/>
+          <w:left w:w="30" w:type="dxa"/>
+          <w:bottom w:w="30" w:type="dxa"/>
+          <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1416"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2777"/>
+        <w:gridCol w:w="9071"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000C0CDA" w:rsidRPr="00543BAC" w14:paraId="062B006D" w14:textId="77777777" w:rsidTr="00230281">
-[...10 lines deleted...]
-                <w:sz w:val="19"/>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="59BBFAB0" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:trPr>
+          <w:trHeight w:val="450"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C2EDE19" w14:textId="77777777" w:rsidR="00861949" w:rsidRDefault="00861949" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-GB"/>
-[...25 lines deleted...]
-                <w:sz w:val="19"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C60697F" w14:textId="44409207" w:rsidR="00D663ED" w:rsidRPr="00861949" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-GB"/>
-[...14 lines deleted...]
-                <w:sz w:val="19"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00861949">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-GB"/>
-[...46 lines deleted...]
-            </w:pPr>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Kontaktinformācija:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C0CDA" w:rsidRPr="00D43E71" w14:paraId="6DF50F4D" w14:textId="77777777" w:rsidTr="00230281">
-[...142 lines deleted...]
-            </w:pPr>
+      <w:tr w:rsidR="00D663ED" w:rsidRPr="00C4087D" w14:paraId="0D06C319" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B8D0BB4" w14:textId="38CF9FDB" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Contact details:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6D58EC17" w14:textId="77777777" w:rsidR="000C0CDA" w:rsidRPr="00D43E71" w:rsidRDefault="000C0CDA" w:rsidP="000C0CDA">
+    <w:p w14:paraId="57774D3A" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
       <w:pPr>
-        <w:spacing w:line="260" w:lineRule="exact"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vanish/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07661696" w14:textId="77777777" w:rsidR="000C0CDA" w:rsidRPr="00065D82" w:rsidRDefault="000C0CDA" w:rsidP="000C0CDA">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblCellMar>
+          <w:top w:w="30" w:type="dxa"/>
+          <w:left w:w="30" w:type="dxa"/>
+          <w:bottom w:w="30" w:type="dxa"/>
+          <w:right w:w="30" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1844"/>
+        <w:gridCol w:w="2181"/>
+        <w:gridCol w:w="405"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2181"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="5C812EC7" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16DA9E49" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00861949" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00861949">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>tālrunis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BF725CB" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3371BD54" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D791E87" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00861949" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00861949">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>e-pasta adrese</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A94E0CF" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D663ED" w:rsidRPr="00C4087D" w14:paraId="1B456EB5" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62EC705E" w14:textId="7D275CBD" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>phone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="239FAB74" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F814ACC" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E1F3CCA" w14:textId="6A1DB3FF" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>e-mail</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="414142"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F6BF290" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="51B4DAE9" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
       <w:pPr>
-        <w:spacing w:line="260" w:lineRule="exact"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vanish/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="outset" w:sz="2" w:space="0" w:color="414142"/>
+          <w:left w:val="outset" w:sz="2" w:space="0" w:color="414142"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="414142"/>
+          <w:right w:val="outset" w:sz="2" w:space="0" w:color="414142"/>
         </w:tblBorders>
         <w:tblCellMar>
-          <w:top w:w="28" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="28" w:type="dxa"/>
+          <w:top w:w="30" w:type="dxa"/>
+          <w:left w:w="30" w:type="dxa"/>
+          <w:bottom w:w="30" w:type="dxa"/>
+          <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9247"/>
+        <w:gridCol w:w="9071"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000C0CDA" w:rsidRPr="00543BAC" w14:paraId="18B21C7C" w14:textId="77777777" w:rsidTr="00230281">
-[...68 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="6845B964" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2628B6A6" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="223F0F96" w14:textId="77777777" w:rsidR="00861949" w:rsidRPr="00C4087D" w:rsidRDefault="00861949" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D663ED" w:rsidRPr="00C4087D" w14:paraId="1AD70DD8" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="414142"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="414142"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="414142"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55E6319B" w14:textId="04FCA2D9" w:rsidR="00D663ED" w:rsidRPr="00F63740" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F63740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>* Ja piemēro Savienības tranzīta procedūru – Savienības tranzīta procedūras izmantotājs.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44E1428C" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00F63740" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F63740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...20 lines deleted...]
-                <w:sz w:val="19"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="en-GB"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>N. B. Izmaksas par pārskaitījuma veikšanu un valūtas konvertāciju, kā arī izmaksas par noraidītu maksājumu, ja norādīti nekorekti saņēmēja rekvizīti, tiek segtas no iemaksātās drošības naudas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10C2C39D" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F63740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ja iesniegumā norādīto informāciju ir nepieciešams papildināt vai precizēt, lūdzu precizēto informāciju, norādot muitas deklarācijas datumu un numuru, sūtīt uz e-pasta adresi: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F63740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-GB"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>MP.lietvediba@vid.gov.lv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="03FB761A" w14:textId="77777777" w:rsidR="000C0CDA" w:rsidRPr="00065D82" w:rsidRDefault="000C0CDA" w:rsidP="000C0CDA">
+    <w:p w14:paraId="473AC699" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRDefault="00D663ED" w:rsidP="00861949">
       <w:pPr>
-        <w:spacing w:line="260" w:lineRule="exact"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vanish/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D7142D9" w14:textId="77777777" w:rsidR="00861949" w:rsidRDefault="00861949">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="outset" w:sz="2" w:space="0" w:color="414142"/>
+          <w:left w:val="outset" w:sz="2" w:space="0" w:color="414142"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="414142"/>
+          <w:right w:val="outset" w:sz="2" w:space="0" w:color="414142"/>
         </w:tblBorders>
         <w:tblCellMar>
-          <w:top w:w="28" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="28" w:type="dxa"/>
+          <w:top w:w="30" w:type="dxa"/>
+          <w:left w:w="30" w:type="dxa"/>
+          <w:bottom w:w="30" w:type="dxa"/>
+          <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9247"/>
+        <w:gridCol w:w="9071"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000C0CDA" w:rsidRPr="00543BAC" w14:paraId="53130060" w14:textId="77777777" w:rsidTr="00230281">
-[...121 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="01BE63F2" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB33327" w14:textId="27F71870" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C4087D" w:rsidRPr="00C4087D" w14:paraId="30BA214D" w14:textId="77777777" w:rsidTr="00D663ED">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="414142"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="414142"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="414142"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="414142"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="000CE94D" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>* In case of application of the Union transit procedure – holder of the Union transit procedure.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A5ECCCD" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>** In case where transfer has to be made to the Russian Federation.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71E383D2" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>N. B. Costs of transfer and currency conversion, as well as costs incurred as a result of rejected payment due to provision of incorrect details of the recipient, shall be borne by the security lodged.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4044F6BA" w14:textId="77777777" w:rsidR="00D663ED" w:rsidRPr="00C4087D" w:rsidRDefault="00D663ED" w:rsidP="00861949">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>If there is a need to supplement or update the information provided in the application, please send the revised information indicating the date and number of customs declaration to the following email address: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C4087D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...89 lines deleted...]
-              <w:t xml:space="preserve"> MP.lietvediba@vid.gov.lv</w:t>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>MP.lietvediba@vid.gov.lv</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1B024901" w14:textId="77777777" w:rsidR="000C0CDA" w:rsidRPr="00065D82" w:rsidRDefault="000C0CDA" w:rsidP="000C0CDA">
+    <w:p w14:paraId="2B5AB7E1" w14:textId="228F30BB" w:rsidR="00B72692" w:rsidRPr="00C4087D" w:rsidRDefault="001D2563" w:rsidP="001D2563">
       <w:pPr>
-        <w:spacing w:line="260" w:lineRule="exact"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="piel2"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00F63740">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...175 lines deleted...]
-    <w:sectPr w:rsidR="00962CF4" w:rsidSect="00270CAE">
+    <w:sectPr w:rsidR="00B72692" w:rsidRPr="00C4087D" w:rsidSect="00861949">
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="849" w:bottom="142" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="1134" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="09578701" w14:textId="77777777" w:rsidR="00506783" w:rsidRDefault="00506783" w:rsidP="00861949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="05E1CD3A" w14:textId="77777777" w:rsidR="00506783" w:rsidRDefault="00506783" w:rsidP="00861949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...2 lines deleted...]
-    <w:charset w:val="BA"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="50F32936" w14:textId="77777777" w:rsidR="00506783" w:rsidRDefault="00506783" w:rsidP="00861949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="3C678D5F" w14:textId="77777777" w:rsidR="00506783" w:rsidRDefault="00506783" w:rsidP="00861949">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1753696577"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="4CDBB1CC" w14:textId="07FAF1D0" w:rsidR="00861949" w:rsidRPr="00861949" w:rsidRDefault="00861949">
+        <w:pPr>
+          <w:pStyle w:val="Header"/>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00861949">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00861949">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00861949">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00861949">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00861949">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="6A06A476" w14:textId="77777777" w:rsidR="00861949" w:rsidRDefault="00861949">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000C0CDA"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00E14321"/>
+    <w:rsidRoot w:val="00D663ED"/>
+    <w:rsid w:val="00034B31"/>
+    <w:rsid w:val="000929C5"/>
+    <w:rsid w:val="000E5646"/>
+    <w:rsid w:val="00180BC8"/>
+    <w:rsid w:val="001B27F8"/>
+    <w:rsid w:val="001D2563"/>
+    <w:rsid w:val="003470CB"/>
+    <w:rsid w:val="00364814"/>
+    <w:rsid w:val="003969CB"/>
+    <w:rsid w:val="003B1804"/>
+    <w:rsid w:val="003E080E"/>
+    <w:rsid w:val="00456468"/>
+    <w:rsid w:val="00471FF4"/>
+    <w:rsid w:val="00506783"/>
+    <w:rsid w:val="005132E9"/>
+    <w:rsid w:val="005A6BC0"/>
+    <w:rsid w:val="00655216"/>
+    <w:rsid w:val="00723B29"/>
+    <w:rsid w:val="007943A8"/>
+    <w:rsid w:val="00861949"/>
+    <w:rsid w:val="00872869"/>
+    <w:rsid w:val="008D458C"/>
+    <w:rsid w:val="00946B5E"/>
+    <w:rsid w:val="00A0301A"/>
+    <w:rsid w:val="00AC0CEC"/>
+    <w:rsid w:val="00B72692"/>
+    <w:rsid w:val="00B97584"/>
+    <w:rsid w:val="00BB23D8"/>
+    <w:rsid w:val="00C4087D"/>
+    <w:rsid w:val="00CA1C19"/>
+    <w:rsid w:val="00CF776C"/>
+    <w:rsid w:val="00D17D65"/>
+    <w:rsid w:val="00D663ED"/>
+    <w:rsid w:val="00E20D02"/>
+    <w:rsid w:val="00EA62E6"/>
+    <w:rsid w:val="00F63740"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0A5C6625"/>
-  <w15:docId w15:val="{68CD7233-91E2-4A7B-8B99-525B9EEC9DC9}"/>
+  <w14:docId w14:val="6CA29FBB"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{9DD6A605-6032-482B-91E6-103A6708D3D5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4009,51 +4825,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -4235,452 +5051,1132 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000C0CDA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D663ED"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D663ED"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D663ED"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D663ED"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D663ED"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D663ED"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D663ED"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D663ED"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D663ED"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D663ED"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D663ED"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D663ED"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D663ED"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D663ED"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D663ED"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D663ED"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D663ED"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D663ED"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D663ED"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00D663ED"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D663ED"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00D663ED"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D663ED"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00D663ED"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D663ED"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D663ED"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D663ED"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00D663ED"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D663ED"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D663ED"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D663ED"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lv-LV"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D17D65"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003470CB"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003470CB"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003470CB"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003470CB"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003470CB"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000C0CDA"/>
+    <w:rsid w:val="00861949"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000C0CDA"/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00861949"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
-[...3 lines deleted...]
-    <w:rsid w:val="000C0CDA"/>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00861949"/>
     <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00861949"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="placeholderparagraph">
+    <w:name w:val="placeholder_paragraph"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="1971471288">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1747921849">
+          <w:marLeft w:val="150"/>
+          <w:marRight w:val="150"/>
+          <w:marTop w:val="480"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2092972002">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2058577152">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75AE035D-9168-44EE-8BD3-3D92DEC05EB6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{1b8a7570-3ec8-4c4e-9532-5dbb2f157b31}" enabled="1" method="Standard" siteId="{fd50a0e4-c289-4266-b7ff-7d9cf5066e91}" contentBits="0" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>3362</Words>
-  <Characters>1917</Characters>
+  <Words>2212</Words>
+  <Characters>1262</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5269</CharactersWithSpaces>
+  <CharactersWithSpaces>3468</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>sandra.spulge</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Marika Vībāne</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>