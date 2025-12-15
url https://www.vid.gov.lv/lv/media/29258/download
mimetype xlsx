--- v0 (2025-10-04)
+++ v1 (2025-12-15)
@@ -2,71 +2,71 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vidz0179\Desktop\Erika_Lazareva\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\rigr0177\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\1PDP5GQH\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0CDEA844-51F3-4576-9C89-DC8C968975BD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0F13E953-44AE-478D-B691-997EAFD33B5A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="82">
   <si>
     <t>N.p.k.</t>
   </si>
   <si>
     <t>Reģ. kods</t>
   </si>
   <si>
     <t>Lēmuma datums</t>
   </si>
   <si>
     <t>1.</t>
   </si>
   <si>
     <t>Lēmuma spēkā stāšanas datums</t>
   </si>
   <si>
     <t>Nosaukums</t>
   </si>
   <si>
     <t xml:space="preserve">Lēmumi par stipendijas nolikumu reģistrāciju </t>
   </si>
   <si>
     <t>Lēmuma publ. datums VID tīmekļvietnē</t>
   </si>
   <si>
@@ -198,86 +198,128 @@
   <si>
     <t>19.08.2025.</t>
   </si>
   <si>
     <t>13.</t>
   </si>
   <si>
     <t>Rīgas Ekonomikas augstskolas-Stockholm School of Economics in Riga nodibinājums</t>
   </si>
   <si>
     <t>12.</t>
   </si>
   <si>
     <t>14.</t>
   </si>
   <si>
     <t>15.</t>
   </si>
   <si>
     <t>21.08.2025.</t>
   </si>
   <si>
     <t>22.08.2025.</t>
   </si>
   <si>
-    <t>REASSERN-2025/15 “Rīgas Ekonomikas augstskolas – Stockholm School of Economics in Riga nodibinājuma Stipendiju nolikums" -  Ziedotāju Stipendija”</t>
-[...10 lines deleted...]
-  <si>
     <t>16.</t>
   </si>
   <si>
     <t>17.</t>
-  </si>
-[...2 lines deleted...]
-Vidzemes Augstskolas studentu iesaisti "Zaļā klase 2025" pasākuma STEAM aktivitātē "Robotu cīņas"</t>
   </si>
   <si>
     <t>02.09.2025.</t>
   </si>
   <si>
     <t>03.09.2025.</t>
   </si>
   <si>
     <t xml:space="preserve">nodibinājums
 "Vidzemes Augstskolas Fonds"
 </t>
   </si>
   <si>
-    <t>VAF-2025/16 AS "Latvijas Finieris" stipendijas nolikums par
+    <t>18.</t>
+  </si>
+  <si>
+    <t>nodibinājums "Rīgas Stradiņa universitātes fonds"</t>
+  </si>
+  <si>
+    <t>RSUF-2025/18 "Ilgoņa Gunāra Brasliņa piemiņas stipendijas nolikums"</t>
+  </si>
+  <si>
+    <t>VAF-2025/17 "AS "Latvijas Finieris" stipendijas nolikums par
+Vidzemes Augstskolas studentu iesaisti "Zaļā klase 2025" pasākuma STEAM aktivitātē "Robotu cīņas""</t>
+  </si>
+  <si>
+    <t>VAF-2025/16 "AS "Latvijas Finieris" stipendijas nolikums par
 Vidzemes Augstskolas studentu iesaisti XIII Latvijas Skolu jaunatnes
-dziesmu un deju svētku STEAM zinātņu stendu aktivitātēs</t>
+dziesmu un deju svētku STEAM zinātņu stendu aktivitātēs"</t>
+  </si>
+  <si>
+    <t>06.11.2025.</t>
+  </si>
+  <si>
+    <t>07.11.2025.</t>
+  </si>
+  <si>
+    <t>19.</t>
+  </si>
+  <si>
+    <t>13.11.2025.</t>
+  </si>
+  <si>
+    <t>14.11.2025.</t>
+  </si>
+  <si>
+    <t>nodibinājums "Latvijas Biozinātņu un tehnoloģiju universitātes Attīstības fonds"</t>
+  </si>
+  <si>
+    <t>20.</t>
+  </si>
+  <si>
+    <t>BSEPSC-2025/20 "Nolikums par stipendiju piešķiršanu pētnieciskā projekta “EUROMOD” turpināšanai"</t>
+  </si>
+  <si>
+    <t>LBTUAF-2025/19 "Nolikums "Inovāciju granti studentiem""</t>
+  </si>
+  <si>
+    <t>REASSERN-2025/15 "Rīgas Ekonomikas augstskolas – Stockholm School of Economics in Riga nodibinājuma Stipendiju nolikums" -  Ziedotāju Stipendija"</t>
+  </si>
+  <si>
+    <t>REASSERN-2025/14 "Rīgas Ekonomikas augstskolas – Stockholm School of Economics in Riga nodibinājuma Stipendiju nolikums" -  Nodibinājuma Stipendija"</t>
+  </si>
+  <si>
+    <t>REASSERN-2025/13 "Rīgas Ekonomikas augstskolas – Stockholm School of Economics in Riga nodibinājuma Stipendiju nolikums" -  Absolventu Stipendija"</t>
+  </si>
+  <si>
+    <t>REASSERN-2025/12 "Rīgas Ekonomikas augstskolas – Stockholm School of Economics in Riga nodibinājuma Stipendiju nolikums" -  Baltijas Stipendija"</t>
+  </si>
+  <si>
+    <t>27.11.2025.</t>
+  </si>
+  <si>
+    <t>28.11.2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF002060"/>
       <name val="Verdana"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -312,51 +354,51 @@
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF002060"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom/>
@@ -368,106 +410,156 @@
       </left>
       <right style="hair">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color theme="2"/>
       </left>
       <right style="hair">
         <color theme="2"/>
       </right>
       <top style="hair">
         <color theme="2"/>
       </top>
       <bottom style="hair">
         <color theme="2"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="hair">
+        <color auto="1"/>
+      </left>
+      <right style="hair">
+        <color auto="1"/>
+      </right>
+      <top style="hair">
+        <color auto="1"/>
+      </top>
+      <bottom style="hair">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color auto="1"/>
+      </left>
+      <right style="hair">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="hair">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="23">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="5" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -716,1028 +808,1151 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AH37"/>
+  <dimension ref="A1:AH40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="M5" sqref="M5"/>
+      <selection activeCell="G4" sqref="G4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="8.44140625" customWidth="1"/>
+    <col min="1" max="1" width="8.42578125" customWidth="1"/>
     <col min="2" max="2" width="15" customWidth="1"/>
-    <col min="3" max="3" width="18.5546875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="7" width="22.6640625" customWidth="1"/>
+    <col min="3" max="3" width="18.5703125" customWidth="1"/>
+    <col min="4" max="4" width="44.140625" customWidth="1"/>
+    <col min="5" max="5" width="19.5703125" customWidth="1"/>
+    <col min="6" max="6" width="17.5703125" customWidth="1"/>
+    <col min="7" max="7" width="22.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:34" x14ac:dyDescent="0.25">
-      <c r="A1" s="22" t="s">
+    <row r="1" spans="1:34" x14ac:dyDescent="0.2">
+      <c r="A1" s="30" t="s">
         <v>6</v>
       </c>
-      <c r="B1" s="22"/>
-[...4 lines deleted...]
-      <c r="G1" s="22"/>
+      <c r="B1" s="30"/>
+      <c r="C1" s="30"/>
+      <c r="D1" s="30"/>
+      <c r="E1" s="30"/>
+      <c r="F1" s="30"/>
+      <c r="G1" s="30"/>
       <c r="H1" s="4"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
       <c r="W1" s="3"/>
       <c r="X1" s="3"/>
       <c r="Y1" s="3"/>
       <c r="Z1" s="3"/>
       <c r="AA1" s="3"/>
       <c r="AB1" s="3"/>
       <c r="AC1" s="3"/>
       <c r="AD1" s="3"/>
       <c r="AE1" s="3"/>
       <c r="AF1" s="3"/>
       <c r="AG1" s="3"/>
       <c r="AH1" s="3"/>
     </row>
-    <row r="2" spans="1:34" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A2" s="1"/>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="4"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
       <c r="L2" s="3"/>
       <c r="M2" s="3"/>
       <c r="N2" s="3"/>
       <c r="O2" s="3"/>
       <c r="P2" s="3"/>
       <c r="Q2" s="3"/>
       <c r="R2" s="3"/>
       <c r="S2" s="3"/>
       <c r="T2" s="3"/>
       <c r="U2" s="3"/>
       <c r="V2" s="3"/>
       <c r="W2" s="3"/>
       <c r="X2" s="3"/>
       <c r="Y2" s="3"/>
       <c r="Z2" s="3"/>
       <c r="AA2" s="3"/>
       <c r="AB2" s="3"/>
       <c r="AC2" s="3"/>
       <c r="AD2" s="3"/>
       <c r="AE2" s="3"/>
       <c r="AF2" s="3"/>
       <c r="AG2" s="3"/>
       <c r="AH2" s="3"/>
     </row>
-    <row r="3" spans="1:34" ht="37.799999999999997" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:34" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A3" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="11" t="s">
         <v>8</v>
       </c>
       <c r="E3" s="11" t="s">
         <v>2</v>
       </c>
       <c r="F3" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="5" t="s">
         <v>4</v>
       </c>
       <c r="H3" s="4"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
       <c r="Z3" s="3"/>
       <c r="AA3" s="3"/>
       <c r="AB3" s="3"/>
       <c r="AC3" s="3"/>
       <c r="AD3" s="3"/>
       <c r="AE3" s="3"/>
       <c r="AF3" s="3"/>
       <c r="AG3" s="3"/>
       <c r="AH3" s="3"/>
     </row>
-    <row r="4" spans="1:34" ht="79.8" customHeight="1" x14ac:dyDescent="0.25">
-[...21 lines deleted...]
-      <c r="H4" s="3"/>
+    <row r="4" spans="1:34" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A4" s="27" t="s">
+        <v>73</v>
+      </c>
+      <c r="B4" s="28">
+        <v>40008067241</v>
+      </c>
+      <c r="C4" s="28" t="s">
+        <v>16</v>
+      </c>
+      <c r="D4" s="28" t="s">
+        <v>74</v>
+      </c>
+      <c r="E4" s="28" t="s">
+        <v>80</v>
+      </c>
+      <c r="F4" s="28" t="s">
+        <v>80</v>
+      </c>
+      <c r="G4" s="29" t="s">
+        <v>81</v>
+      </c>
+      <c r="H4" s="4"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
       <c r="L4" s="3"/>
       <c r="M4" s="3"/>
       <c r="N4" s="3"/>
       <c r="O4" s="3"/>
       <c r="P4" s="3"/>
       <c r="Q4" s="3"/>
       <c r="R4" s="3"/>
       <c r="S4" s="3"/>
       <c r="T4" s="3"/>
       <c r="U4" s="3"/>
       <c r="V4" s="3"/>
       <c r="W4" s="3"/>
       <c r="X4" s="3"/>
       <c r="Y4" s="3"/>
       <c r="Z4" s="3"/>
       <c r="AA4" s="3"/>
       <c r="AB4" s="3"/>
       <c r="AC4" s="3"/>
       <c r="AD4" s="3"/>
       <c r="AE4" s="3"/>
       <c r="AF4" s="3"/>
       <c r="AG4" s="3"/>
       <c r="AH4" s="3"/>
     </row>
-    <row r="5" spans="1:34" ht="83.4" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D5" s="19" t="s">
+    <row r="5" spans="1:34" s="26" customFormat="1" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A5" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="B5" s="23">
+        <v>40008133301</v>
+      </c>
+      <c r="C5" s="23" t="s">
+        <v>72</v>
+      </c>
+      <c r="D5" s="23" t="s">
+        <v>75</v>
+      </c>
+      <c r="E5" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="F5" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="G5" s="23" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="6" spans="1:34" ht="51" x14ac:dyDescent="0.2">
+      <c r="A6" s="24" t="s">
+        <v>62</v>
+      </c>
+      <c r="B6" s="25">
+        <v>40008174899</v>
+      </c>
+      <c r="C6" s="25" t="s">
+        <v>63</v>
+      </c>
+      <c r="D6" s="25" t="s">
+        <v>64</v>
+      </c>
+      <c r="E6" s="25" t="s">
         <v>67</v>
       </c>
-      <c r="E5" s="19" t="s">
-[...56 lines deleted...]
-        <v>56</v>
+      <c r="F6" s="25" t="s">
+        <v>67</v>
+      </c>
+      <c r="G6" s="25" t="s">
+        <v>68</v>
       </c>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="3"/>
       <c r="O6" s="3"/>
       <c r="P6" s="3"/>
       <c r="Q6" s="3"/>
       <c r="R6" s="3"/>
       <c r="S6" s="3"/>
       <c r="T6" s="3"/>
       <c r="U6" s="3"/>
       <c r="V6" s="3"/>
       <c r="W6" s="3"/>
       <c r="X6" s="3"/>
       <c r="Y6" s="3"/>
       <c r="Z6" s="3"/>
       <c r="AA6" s="3"/>
       <c r="AB6" s="3"/>
       <c r="AC6" s="3"/>
       <c r="AD6" s="3"/>
       <c r="AE6" s="3"/>
       <c r="AF6" s="3"/>
       <c r="AG6" s="3"/>
       <c r="AH6" s="3"/>
     </row>
-    <row r="7" spans="1:34" ht="85.8" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>40008164674</v>
+    <row r="7" spans="1:34" ht="79.900000000000006" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="20" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" s="20">
+        <v>40008142412</v>
       </c>
       <c r="C7" s="19" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>61</v>
+      </c>
+      <c r="D7" s="19" t="s">
+        <v>65</v>
       </c>
       <c r="E7" s="19" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F7" s="19" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G7" s="19" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
       <c r="Z7" s="3"/>
       <c r="AA7" s="3"/>
       <c r="AB7" s="3"/>
       <c r="AC7" s="3"/>
       <c r="AD7" s="3"/>
       <c r="AE7" s="3"/>
       <c r="AF7" s="3"/>
       <c r="AG7" s="3"/>
       <c r="AH7" s="3"/>
     </row>
-    <row r="8" spans="1:34" ht="75.599999999999994" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>40008164674</v>
+    <row r="8" spans="1:34" ht="83.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" s="20">
+        <v>40008142412</v>
       </c>
       <c r="C8" s="19" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="D8" s="20" t="s">
+        <v>61</v>
+      </c>
+      <c r="D8" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" s="19" t="s">
         <v>59</v>
       </c>
-      <c r="E8" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="19" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G8" s="19" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
       <c r="K8" s="3"/>
       <c r="L8" s="3"/>
       <c r="M8" s="3"/>
       <c r="N8" s="3"/>
       <c r="O8" s="3"/>
       <c r="P8" s="3"/>
       <c r="Q8" s="3"/>
       <c r="R8" s="3"/>
       <c r="S8" s="3"/>
       <c r="T8" s="3"/>
       <c r="U8" s="3"/>
       <c r="V8" s="3"/>
       <c r="W8" s="3"/>
       <c r="X8" s="3"/>
       <c r="Y8" s="3"/>
       <c r="Z8" s="3"/>
       <c r="AA8" s="3"/>
       <c r="AB8" s="3"/>
       <c r="AC8" s="3"/>
       <c r="AD8" s="3"/>
       <c r="AE8" s="3"/>
       <c r="AF8" s="3"/>
       <c r="AG8" s="3"/>
       <c r="AH8" s="3"/>
     </row>
-    <row r="9" spans="1:34" ht="75.599999999999994" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:34" ht="86.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="19" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B9" s="19">
         <v>40008164674</v>
       </c>
       <c r="C9" s="19" t="s">
         <v>51</v>
       </c>
-      <c r="D9" s="20" t="s">
-        <v>60</v>
+      <c r="D9" s="21" t="s">
+        <v>76</v>
       </c>
       <c r="E9" s="19" t="s">
         <v>55</v>
       </c>
       <c r="F9" s="19" t="s">
         <v>55</v>
       </c>
       <c r="G9" s="19" t="s">
         <v>56</v>
       </c>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
       <c r="N9" s="3"/>
       <c r="O9" s="3"/>
       <c r="P9" s="3"/>
       <c r="Q9" s="3"/>
       <c r="R9" s="3"/>
       <c r="S9" s="3"/>
       <c r="T9" s="3"/>
       <c r="U9" s="3"/>
       <c r="V9" s="3"/>
       <c r="W9" s="3"/>
       <c r="X9" s="3"/>
       <c r="Y9" s="3"/>
       <c r="Z9" s="3"/>
       <c r="AA9" s="3"/>
       <c r="AB9" s="3"/>
       <c r="AC9" s="3"/>
       <c r="AD9" s="3"/>
       <c r="AE9" s="3"/>
       <c r="AF9" s="3"/>
       <c r="AG9" s="3"/>
       <c r="AH9" s="3"/>
     </row>
-    <row r="10" spans="1:34" ht="50.4" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:34" ht="85.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="19" t="s">
-        <v>46</v>
-[...8 lines deleted...]
-        <v>47</v>
+        <v>53</v>
+      </c>
+      <c r="B10" s="19">
+        <v>40008164674</v>
+      </c>
+      <c r="C10" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" s="21" t="s">
+        <v>77</v>
       </c>
       <c r="E10" s="19" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="F10" s="19" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="G10" s="19" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
       <c r="N10" s="3"/>
       <c r="O10" s="3"/>
       <c r="P10" s="3"/>
       <c r="Q10" s="3"/>
       <c r="R10" s="3"/>
       <c r="S10" s="3"/>
       <c r="T10" s="3"/>
       <c r="U10" s="3"/>
       <c r="V10" s="3"/>
       <c r="W10" s="3"/>
       <c r="X10" s="3"/>
       <c r="Y10" s="3"/>
       <c r="Z10" s="3"/>
       <c r="AA10" s="3"/>
       <c r="AB10" s="3"/>
       <c r="AC10" s="3"/>
       <c r="AD10" s="3"/>
       <c r="AE10" s="3"/>
       <c r="AF10" s="3"/>
       <c r="AG10" s="3"/>
       <c r="AH10" s="3"/>
     </row>
-    <row r="11" spans="1:34" ht="63" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-        <v>45</v>
+    <row r="11" spans="1:34" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A11" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="B11" s="19">
+        <v>40008164674</v>
+      </c>
+      <c r="C11" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="D11" s="21" t="s">
+        <v>78</v>
+      </c>
+      <c r="E11" s="19" t="s">
+        <v>55</v>
+      </c>
+      <c r="F11" s="19" t="s">
+        <v>55</v>
+      </c>
+      <c r="G11" s="19" t="s">
+        <v>56</v>
       </c>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
       <c r="Z11" s="3"/>
       <c r="AA11" s="3"/>
       <c r="AB11" s="3"/>
       <c r="AC11" s="3"/>
       <c r="AD11" s="3"/>
       <c r="AE11" s="3"/>
       <c r="AF11" s="3"/>
       <c r="AG11" s="3"/>
       <c r="AH11" s="3"/>
     </row>
-    <row r="12" spans="1:34" ht="63" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-        <v>45</v>
+    <row r="12" spans="1:34" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A12" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" s="19">
+        <v>40008164674</v>
+      </c>
+      <c r="C12" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="D12" s="21" t="s">
+        <v>79</v>
+      </c>
+      <c r="E12" s="19" t="s">
+        <v>55</v>
+      </c>
+      <c r="F12" s="19" t="s">
+        <v>55</v>
+      </c>
+      <c r="G12" s="19" t="s">
+        <v>56</v>
       </c>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
       <c r="K12" s="3"/>
       <c r="L12" s="3"/>
       <c r="M12" s="3"/>
       <c r="N12" s="3"/>
       <c r="O12" s="3"/>
       <c r="P12" s="3"/>
       <c r="Q12" s="3"/>
       <c r="R12" s="3"/>
       <c r="S12" s="3"/>
       <c r="T12" s="3"/>
       <c r="U12" s="3"/>
       <c r="V12" s="3"/>
       <c r="W12" s="3"/>
       <c r="X12" s="3"/>
       <c r="Y12" s="3"/>
       <c r="Z12" s="3"/>
       <c r="AA12" s="3"/>
       <c r="AB12" s="3"/>
       <c r="AC12" s="3"/>
       <c r="AD12" s="3"/>
       <c r="AE12" s="3"/>
       <c r="AF12" s="3"/>
       <c r="AG12" s="3"/>
       <c r="AH12" s="3"/>
     </row>
-    <row r="13" spans="1:34" ht="50.4" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>34</v>
+    <row r="13" spans="1:34" ht="51" x14ac:dyDescent="0.2">
+      <c r="A13" s="19" t="s">
+        <v>46</v>
       </c>
       <c r="B13" s="13">
         <v>40008067097</v>
       </c>
       <c r="C13" s="13" t="s">
         <v>35</v>
       </c>
       <c r="D13" s="13" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>45854</v>
+        <v>47</v>
+      </c>
+      <c r="E13" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="F13" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="G13" s="19" t="s">
+        <v>49</v>
       </c>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3"/>
       <c r="P13" s="3"/>
       <c r="Q13" s="3"/>
       <c r="R13" s="3"/>
       <c r="S13" s="3"/>
       <c r="T13" s="3"/>
       <c r="U13" s="3"/>
       <c r="V13" s="3"/>
       <c r="W13" s="3"/>
       <c r="X13" s="3"/>
       <c r="Y13" s="3"/>
       <c r="Z13" s="3"/>
       <c r="AA13" s="3"/>
       <c r="AB13" s="3"/>
       <c r="AC13" s="3"/>
       <c r="AD13" s="3"/>
       <c r="AE13" s="3"/>
       <c r="AF13" s="3"/>
       <c r="AG13" s="3"/>
       <c r="AH13" s="3"/>
     </row>
-    <row r="14" spans="1:34" ht="50.4" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:34" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A14" s="12" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="B14" s="13">
-        <v>40008067097</v>
+        <v>50008137521</v>
       </c>
       <c r="C14" s="13" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D14" s="13" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="E14" s="13" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="F14" s="13" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>45854</v>
+        <v>44</v>
+      </c>
+      <c r="G14" s="13" t="s">
+        <v>45</v>
       </c>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="J14" s="3"/>
       <c r="K14" s="3"/>
       <c r="L14" s="3"/>
       <c r="M14" s="3"/>
       <c r="N14" s="3"/>
       <c r="O14" s="3"/>
       <c r="P14" s="3"/>
       <c r="Q14" s="3"/>
       <c r="R14" s="3"/>
       <c r="S14" s="3"/>
       <c r="T14" s="3"/>
       <c r="U14" s="3"/>
       <c r="V14" s="3"/>
       <c r="W14" s="3"/>
       <c r="X14" s="3"/>
       <c r="Y14" s="3"/>
       <c r="Z14" s="3"/>
       <c r="AA14" s="3"/>
       <c r="AB14" s="3"/>
       <c r="AC14" s="3"/>
       <c r="AD14" s="3"/>
       <c r="AE14" s="3"/>
       <c r="AF14" s="3"/>
       <c r="AG14" s="3"/>
       <c r="AH14" s="3"/>
     </row>
-    <row r="15" spans="1:34" ht="50.4" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:34" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A15" s="12" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="B15" s="13">
-        <v>40008198596</v>
+        <v>50008137521</v>
       </c>
       <c r="C15" s="13" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="D15" s="13" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="E15" s="13" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="F15" s="13" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="G15" s="13" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
       <c r="W15" s="3"/>
       <c r="X15" s="3"/>
       <c r="Y15" s="3"/>
       <c r="Z15" s="3"/>
       <c r="AA15" s="3"/>
       <c r="AB15" s="3"/>
       <c r="AC15" s="3"/>
       <c r="AD15" s="3"/>
       <c r="AE15" s="3"/>
       <c r="AF15" s="3"/>
       <c r="AG15" s="3"/>
       <c r="AH15" s="3"/>
     </row>
-    <row r="16" spans="1:34" ht="63" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:34" ht="51" x14ac:dyDescent="0.2">
       <c r="A16" s="12" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="B16" s="13">
-        <v>40008210953</v>
+        <v>40008067097</v>
       </c>
       <c r="C16" s="13" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D16" s="13" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="E16" s="13" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="F16" s="13" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>36</v>
+      </c>
+      <c r="G16" s="18">
+        <v>45854</v>
       </c>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
       <c r="N16" s="3"/>
       <c r="O16" s="3"/>
       <c r="P16" s="3"/>
       <c r="Q16" s="3"/>
       <c r="R16" s="3"/>
       <c r="S16" s="3"/>
       <c r="T16" s="3"/>
       <c r="U16" s="3"/>
       <c r="V16" s="3"/>
       <c r="W16" s="3"/>
       <c r="X16" s="3"/>
       <c r="Y16" s="3"/>
       <c r="Z16" s="3"/>
       <c r="AA16" s="3"/>
       <c r="AB16" s="3"/>
       <c r="AC16" s="3"/>
       <c r="AD16" s="3"/>
       <c r="AE16" s="3"/>
       <c r="AF16" s="3"/>
       <c r="AG16" s="3"/>
       <c r="AH16" s="3"/>
     </row>
-    <row r="17" spans="1:7" s="6" customFormat="1" ht="50.4" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:34" ht="51" x14ac:dyDescent="0.2">
       <c r="A17" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" s="13">
+        <v>40008067097</v>
+      </c>
+      <c r="C17" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="D17" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="E17" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="F17" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="G17" s="18">
+        <v>45854</v>
+      </c>
+      <c r="H17" s="3"/>
+      <c r="I17" s="3"/>
+      <c r="J17" s="3"/>
+      <c r="K17" s="3"/>
+      <c r="L17" s="3"/>
+      <c r="M17" s="3"/>
+      <c r="N17" s="3"/>
+      <c r="O17" s="3"/>
+      <c r="P17" s="3"/>
+      <c r="Q17" s="3"/>
+      <c r="R17" s="3"/>
+      <c r="S17" s="3"/>
+      <c r="T17" s="3"/>
+      <c r="U17" s="3"/>
+      <c r="V17" s="3"/>
+      <c r="W17" s="3"/>
+      <c r="X17" s="3"/>
+      <c r="Y17" s="3"/>
+      <c r="Z17" s="3"/>
+      <c r="AA17" s="3"/>
+      <c r="AB17" s="3"/>
+      <c r="AC17" s="3"/>
+      <c r="AD17" s="3"/>
+      <c r="AE17" s="3"/>
+      <c r="AF17" s="3"/>
+      <c r="AG17" s="3"/>
+      <c r="AH17" s="3"/>
+    </row>
+    <row r="18" spans="1:34" ht="51" x14ac:dyDescent="0.2">
+      <c r="A18" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="B18" s="13">
+        <v>40008198596</v>
+      </c>
+      <c r="C18" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D18" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="E18" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="F18" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="G18" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="H18" s="3"/>
+      <c r="I18" s="3"/>
+      <c r="J18" s="3"/>
+      <c r="K18" s="3"/>
+      <c r="L18" s="3"/>
+      <c r="M18" s="3"/>
+      <c r="N18" s="3"/>
+      <c r="O18" s="3"/>
+      <c r="P18" s="3"/>
+      <c r="Q18" s="3"/>
+      <c r="R18" s="3"/>
+      <c r="S18" s="3"/>
+      <c r="T18" s="3"/>
+      <c r="U18" s="3"/>
+      <c r="V18" s="3"/>
+      <c r="W18" s="3"/>
+      <c r="X18" s="3"/>
+      <c r="Y18" s="3"/>
+      <c r="Z18" s="3"/>
+      <c r="AA18" s="3"/>
+      <c r="AB18" s="3"/>
+      <c r="AC18" s="3"/>
+      <c r="AD18" s="3"/>
+      <c r="AE18" s="3"/>
+      <c r="AF18" s="3"/>
+      <c r="AG18" s="3"/>
+      <c r="AH18" s="3"/>
+    </row>
+    <row r="19" spans="1:34" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A19" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="B19" s="13">
+        <v>40008210953</v>
+      </c>
+      <c r="C19" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D19" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="E19" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="F19" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="G19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="H19" s="3"/>
+      <c r="I19" s="3"/>
+      <c r="J19" s="3"/>
+      <c r="K19" s="3"/>
+      <c r="L19" s="3"/>
+      <c r="M19" s="3"/>
+      <c r="N19" s="3"/>
+      <c r="O19" s="3"/>
+      <c r="P19" s="3"/>
+      <c r="Q19" s="3"/>
+      <c r="R19" s="3"/>
+      <c r="S19" s="3"/>
+      <c r="T19" s="3"/>
+      <c r="U19" s="3"/>
+      <c r="V19" s="3"/>
+      <c r="W19" s="3"/>
+      <c r="X19" s="3"/>
+      <c r="Y19" s="3"/>
+      <c r="Z19" s="3"/>
+      <c r="AA19" s="3"/>
+      <c r="AB19" s="3"/>
+      <c r="AC19" s="3"/>
+      <c r="AD19" s="3"/>
+      <c r="AE19" s="3"/>
+      <c r="AF19" s="3"/>
+      <c r="AG19" s="3"/>
+      <c r="AH19" s="3"/>
+    </row>
+    <row r="20" spans="1:34" s="6" customFormat="1" ht="51" x14ac:dyDescent="0.2">
+      <c r="A20" s="12" t="s">
         <v>22</v>
       </c>
-      <c r="B17" s="13">
+      <c r="B20" s="13">
         <v>40008210954</v>
       </c>
-      <c r="C17" s="13" t="s">
+      <c r="C20" s="13" t="s">
         <v>24</v>
       </c>
-      <c r="D17" s="13" t="s">
+      <c r="D20" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="E17" s="13" t="s">
+      <c r="E20" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="F17" s="13" t="s">
+      <c r="F20" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="G17" s="13" t="s">
+      <c r="G20" s="13" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="18" spans="1:7" s="6" customFormat="1" ht="50.4" x14ac:dyDescent="0.25">
-      <c r="A18" s="12" t="s">
+    <row r="21" spans="1:34" s="6" customFormat="1" ht="51" x14ac:dyDescent="0.2">
+      <c r="A21" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="B18" s="13">
+      <c r="B21" s="13">
         <v>40008174899</v>
       </c>
-      <c r="C18" s="13" t="s">
+      <c r="C21" s="13" t="s">
         <v>23</v>
       </c>
-      <c r="D18" s="13" t="s">
+      <c r="D21" s="13" t="s">
         <v>19</v>
       </c>
-      <c r="E18" s="13" t="s">
+      <c r="E21" s="13" t="s">
         <v>20</v>
       </c>
-      <c r="F18" s="13" t="s">
+      <c r="F21" s="13" t="s">
         <v>20</v>
       </c>
-      <c r="G18" s="13" t="s">
+      <c r="G21" s="13" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="19" spans="1:7" s="7" customFormat="1" ht="75.599999999999994" x14ac:dyDescent="0.25">
-      <c r="A19" s="12" t="s">
+    <row r="22" spans="1:34" s="7" customFormat="1" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A22" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="B19" s="13">
+      <c r="B22" s="13">
         <v>40008067241</v>
       </c>
-      <c r="C19" s="13" t="s">
+      <c r="C22" s="13" t="s">
         <v>16</v>
       </c>
-      <c r="D19" s="13" t="s">
+      <c r="D22" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="E19" s="13" t="s">
+      <c r="E22" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="F19" s="13" t="s">
+      <c r="F22" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="G19" s="13" t="s">
+      <c r="G22" s="13" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="20" spans="1:7" s="7" customFormat="1" ht="25.2" x14ac:dyDescent="0.25">
-      <c r="A20" s="14" t="s">
+    <row r="23" spans="1:34" s="7" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A23" s="14" t="s">
         <v>3</v>
       </c>
-      <c r="B20" s="15">
+      <c r="B23" s="15">
         <v>40008200674</v>
       </c>
-      <c r="C20" s="16" t="s">
+      <c r="C23" s="16" t="s">
         <v>11</v>
       </c>
-      <c r="D20" s="16" t="s">
+      <c r="D23" s="16" t="s">
         <v>12</v>
       </c>
-      <c r="E20" s="17" t="s">
+      <c r="E23" s="17" t="s">
         <v>9</v>
       </c>
-      <c r="F20" s="17" t="s">
+      <c r="F23" s="17" t="s">
         <v>9</v>
       </c>
-      <c r="G20" s="17" t="s">
+      <c r="G23" s="17" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="21" spans="1:7" s="6" customFormat="1" x14ac:dyDescent="0.25"/>
-[...31 lines deleted...]
-    <row r="29" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:34" s="6" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="25" spans="1:34" s="6" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:34" s="6" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:34" s="6" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="1:34" s="6" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="1:34" s="8" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A29" s="6"/>
       <c r="B29" s="6"/>
       <c r="C29" s="6"/>
       <c r="D29" s="6"/>
       <c r="E29" s="6"/>
       <c r="F29" s="6"/>
       <c r="G29" s="6"/>
     </row>
-    <row r="30" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:34" s="8" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A30" s="6"/>
       <c r="B30" s="6"/>
       <c r="C30" s="6"/>
       <c r="D30" s="6"/>
       <c r="E30" s="6"/>
       <c r="F30" s="6"/>
       <c r="G30" s="6"/>
     </row>
-    <row r="31" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:34" s="8" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A31" s="6"/>
       <c r="B31" s="6"/>
       <c r="C31" s="6"/>
       <c r="D31" s="6"/>
       <c r="E31" s="6"/>
       <c r="F31" s="6"/>
       <c r="G31" s="6"/>
     </row>
-    <row r="32" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:34" s="8" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A32" s="6"/>
       <c r="B32" s="6"/>
       <c r="C32" s="6"/>
       <c r="D32" s="6"/>
       <c r="E32" s="6"/>
       <c r="F32" s="6"/>
       <c r="G32" s="6"/>
     </row>
-    <row r="33" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A33" s="6"/>
       <c r="B33" s="6"/>
       <c r="C33" s="6"/>
       <c r="D33" s="6"/>
       <c r="E33" s="6"/>
       <c r="F33" s="6"/>
       <c r="G33" s="6"/>
     </row>
-    <row r="34" spans="1:7" s="6" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="36" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="6"/>
+      <c r="B34" s="6"/>
+      <c r="C34" s="6"/>
+      <c r="D34" s="6"/>
+      <c r="E34" s="6"/>
+      <c r="F34" s="6"/>
+      <c r="G34" s="6"/>
+    </row>
+    <row r="35" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="6"/>
+      <c r="B35" s="6"/>
+      <c r="C35" s="6"/>
+      <c r="D35" s="6"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="6"/>
+      <c r="G35" s="6"/>
+    </row>
+    <row r="36" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A36" s="6"/>
       <c r="B36" s="6"/>
       <c r="C36" s="6"/>
       <c r="D36" s="6"/>
       <c r="E36" s="6"/>
       <c r="F36" s="6"/>
       <c r="G36" s="6"/>
     </row>
-    <row r="37" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G37" s="6"/>
+    <row r="37" spans="1:7" s="6" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="6"/>
+      <c r="B39" s="6"/>
+      <c r="C39" s="6"/>
+      <c r="D39" s="6"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="6"/>
+      <c r="G39" s="6"/>
+    </row>
+    <row r="40" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="6"/>
+      <c r="B40" s="6"/>
+      <c r="C40" s="6"/>
+      <c r="D40" s="6"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="6"/>
+      <c r="G40" s="6"/>
     </row>
   </sheetData>
   <sheetProtection deleteColumns="0" deleteRows="0"/>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>