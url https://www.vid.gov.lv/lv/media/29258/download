--- v1 (2025-12-15)
+++ v2 (2026-01-05)
@@ -1,72 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\rigr0177\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\1PDP5GQH\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Decembris\22\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0F13E953-44AE-478D-B691-997EAFD33B5A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{AEBAC19C-471D-4C51-A614-E5BED55D46ED}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="88">
   <si>
     <t>N.p.k.</t>
   </si>
   <si>
     <t>Reģ. kods</t>
   </si>
   <si>
     <t>Lēmuma datums</t>
   </si>
   <si>
     <t>1.</t>
   </si>
   <si>
     <t>Lēmuma spēkā stāšanas datums</t>
   </si>
   <si>
     <t>Nosaukums</t>
   </si>
   <si>
     <t xml:space="preserve">Lēmumi par stipendijas nolikumu reģistrāciju </t>
   </si>
   <si>
     <t>Lēmuma publ. datums VID tīmekļvietnē</t>
   </si>
   <si>
@@ -276,50 +276,68 @@
     <t>20.</t>
   </si>
   <si>
     <t>BSEPSC-2025/20 "Nolikums par stipendiju piešķiršanu pētnieciskā projekta “EUROMOD” turpināšanai"</t>
   </si>
   <si>
     <t>LBTUAF-2025/19 "Nolikums "Inovāciju granti studentiem""</t>
   </si>
   <si>
     <t>REASSERN-2025/15 "Rīgas Ekonomikas augstskolas – Stockholm School of Economics in Riga nodibinājuma Stipendiju nolikums" -  Ziedotāju Stipendija"</t>
   </si>
   <si>
     <t>REASSERN-2025/14 "Rīgas Ekonomikas augstskolas – Stockholm School of Economics in Riga nodibinājuma Stipendiju nolikums" -  Nodibinājuma Stipendija"</t>
   </si>
   <si>
     <t>REASSERN-2025/13 "Rīgas Ekonomikas augstskolas – Stockholm School of Economics in Riga nodibinājuma Stipendiju nolikums" -  Absolventu Stipendija"</t>
   </si>
   <si>
     <t>REASSERN-2025/12 "Rīgas Ekonomikas augstskolas – Stockholm School of Economics in Riga nodibinājuma Stipendiju nolikums" -  Baltijas Stipendija"</t>
   </si>
   <si>
     <t>27.11.2025.</t>
   </si>
   <si>
     <t>28.11.2025.</t>
+  </si>
+  <si>
+    <t>21.</t>
+  </si>
+  <si>
+    <t>22.</t>
+  </si>
+  <si>
+    <t>22.12.2025.</t>
+  </si>
+  <si>
+    <t>23.12.2025.</t>
+  </si>
+  <si>
+    <t>BSEPSC-2025/21 "Nolikums par stipendiju piešķiršanu pētnieciskā projekta "Starptautisko studentu integrācija un nodarbinātības iespējas Latvijā" darba pabeigšana"</t>
+  </si>
+  <si>
+    <t>LBTUAF-2025/22 "Meža attīstības fonda stipendijas nolikums"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF002060"/>
       <name val="Verdana"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -808,1151 +826,1251 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AH40"/>
+  <dimension ref="A1:AH42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G4" sqref="G4"/>
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="8.42578125" customWidth="1"/>
+    <col min="1" max="1" width="8.44140625" customWidth="1"/>
     <col min="2" max="2" width="15" customWidth="1"/>
-    <col min="3" max="3" width="18.5703125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="7" width="22.7109375" customWidth="1"/>
+    <col min="3" max="3" width="18.5546875" customWidth="1"/>
+    <col min="4" max="4" width="44.109375" customWidth="1"/>
+    <col min="5" max="5" width="19.5546875" customWidth="1"/>
+    <col min="6" max="6" width="17.5546875" customWidth="1"/>
+    <col min="7" max="7" width="22.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:34" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A1" s="30" t="s">
         <v>6</v>
       </c>
       <c r="B1" s="30"/>
       <c r="C1" s="30"/>
       <c r="D1" s="30"/>
       <c r="E1" s="30"/>
       <c r="F1" s="30"/>
       <c r="G1" s="30"/>
       <c r="H1" s="4"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
       <c r="W1" s="3"/>
       <c r="X1" s="3"/>
       <c r="Y1" s="3"/>
       <c r="Z1" s="3"/>
       <c r="AA1" s="3"/>
       <c r="AB1" s="3"/>
       <c r="AC1" s="3"/>
       <c r="AD1" s="3"/>
       <c r="AE1" s="3"/>
       <c r="AF1" s="3"/>
       <c r="AG1" s="3"/>
       <c r="AH1" s="3"/>
     </row>
-    <row r="2" spans="1:34" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:34" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="4"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
       <c r="L2" s="3"/>
       <c r="M2" s="3"/>
       <c r="N2" s="3"/>
       <c r="O2" s="3"/>
       <c r="P2" s="3"/>
       <c r="Q2" s="3"/>
       <c r="R2" s="3"/>
       <c r="S2" s="3"/>
       <c r="T2" s="3"/>
       <c r="U2" s="3"/>
       <c r="V2" s="3"/>
       <c r="W2" s="3"/>
       <c r="X2" s="3"/>
       <c r="Y2" s="3"/>
       <c r="Z2" s="3"/>
       <c r="AA2" s="3"/>
       <c r="AB2" s="3"/>
       <c r="AC2" s="3"/>
       <c r="AD2" s="3"/>
       <c r="AE2" s="3"/>
       <c r="AF2" s="3"/>
       <c r="AG2" s="3"/>
       <c r="AH2" s="3"/>
     </row>
-    <row r="3" spans="1:34" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:34" ht="37.799999999999997" x14ac:dyDescent="0.25">
       <c r="A3" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="11" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="11" t="s">
         <v>8</v>
       </c>
       <c r="E3" s="11" t="s">
         <v>2</v>
       </c>
       <c r="F3" s="11" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="5" t="s">
         <v>4</v>
       </c>
       <c r="H3" s="4"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
       <c r="Z3" s="3"/>
       <c r="AA3" s="3"/>
       <c r="AB3" s="3"/>
       <c r="AC3" s="3"/>
       <c r="AD3" s="3"/>
       <c r="AE3" s="3"/>
       <c r="AF3" s="3"/>
       <c r="AG3" s="3"/>
       <c r="AH3" s="3"/>
     </row>
-    <row r="4" spans="1:34" ht="76.5" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-        <v>74</v>
+    <row r="4" spans="1:34" ht="75.599999999999994" x14ac:dyDescent="0.25">
+      <c r="A4" s="22" t="s">
+        <v>83</v>
+      </c>
+      <c r="B4" s="23">
+        <v>40008133301</v>
+      </c>
+      <c r="C4" s="23" t="s">
+        <v>72</v>
+      </c>
+      <c r="D4" s="23" t="s">
+        <v>87</v>
       </c>
       <c r="E4" s="28" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="F4" s="28" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>84</v>
+      </c>
+      <c r="G4" s="28" t="s">
+        <v>85</v>
       </c>
       <c r="H4" s="4"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
       <c r="L4" s="3"/>
       <c r="M4" s="3"/>
       <c r="N4" s="3"/>
       <c r="O4" s="3"/>
       <c r="P4" s="3"/>
       <c r="Q4" s="3"/>
       <c r="R4" s="3"/>
       <c r="S4" s="3"/>
       <c r="T4" s="3"/>
       <c r="U4" s="3"/>
       <c r="V4" s="3"/>
       <c r="W4" s="3"/>
       <c r="X4" s="3"/>
       <c r="Y4" s="3"/>
       <c r="Z4" s="3"/>
       <c r="AA4" s="3"/>
       <c r="AB4" s="3"/>
       <c r="AC4" s="3"/>
       <c r="AD4" s="3"/>
       <c r="AE4" s="3"/>
       <c r="AF4" s="3"/>
       <c r="AG4" s="3"/>
       <c r="AH4" s="3"/>
     </row>
-    <row r="5" spans="1:34" s="26" customFormat="1" ht="76.5" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="H6" s="3"/>
+    <row r="5" spans="1:34" ht="75.599999999999994" x14ac:dyDescent="0.25">
+      <c r="A5" s="27" t="s">
+        <v>82</v>
+      </c>
+      <c r="B5" s="28">
+        <v>40008067241</v>
+      </c>
+      <c r="C5" s="28" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" s="28" t="s">
+        <v>86</v>
+      </c>
+      <c r="E5" s="28" t="s">
+        <v>84</v>
+      </c>
+      <c r="F5" s="28" t="s">
+        <v>84</v>
+      </c>
+      <c r="G5" s="28" t="s">
+        <v>85</v>
+      </c>
+      <c r="H5" s="4"/>
+      <c r="I5" s="3"/>
+      <c r="J5" s="3"/>
+      <c r="K5" s="3"/>
+      <c r="L5" s="3"/>
+      <c r="M5" s="3"/>
+      <c r="N5" s="3"/>
+      <c r="O5" s="3"/>
+      <c r="P5" s="3"/>
+      <c r="Q5" s="3"/>
+      <c r="R5" s="3"/>
+      <c r="S5" s="3"/>
+      <c r="T5" s="3"/>
+      <c r="U5" s="3"/>
+      <c r="V5" s="3"/>
+      <c r="W5" s="3"/>
+      <c r="X5" s="3"/>
+      <c r="Y5" s="3"/>
+      <c r="Z5" s="3"/>
+      <c r="AA5" s="3"/>
+      <c r="AB5" s="3"/>
+      <c r="AC5" s="3"/>
+      <c r="AD5" s="3"/>
+      <c r="AE5" s="3"/>
+      <c r="AF5" s="3"/>
+      <c r="AG5" s="3"/>
+      <c r="AH5" s="3"/>
+    </row>
+    <row r="6" spans="1:34" ht="75.599999999999994" x14ac:dyDescent="0.25">
+      <c r="A6" s="27" t="s">
+        <v>73</v>
+      </c>
+      <c r="B6" s="28">
+        <v>40008067241</v>
+      </c>
+      <c r="C6" s="28" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" s="28" t="s">
+        <v>74</v>
+      </c>
+      <c r="E6" s="28" t="s">
+        <v>80</v>
+      </c>
+      <c r="F6" s="28" t="s">
+        <v>80</v>
+      </c>
+      <c r="G6" s="29" t="s">
+        <v>81</v>
+      </c>
+      <c r="H6" s="4"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="3"/>
       <c r="O6" s="3"/>
       <c r="P6" s="3"/>
       <c r="Q6" s="3"/>
       <c r="R6" s="3"/>
       <c r="S6" s="3"/>
       <c r="T6" s="3"/>
       <c r="U6" s="3"/>
       <c r="V6" s="3"/>
       <c r="W6" s="3"/>
       <c r="X6" s="3"/>
       <c r="Y6" s="3"/>
       <c r="Z6" s="3"/>
       <c r="AA6" s="3"/>
       <c r="AB6" s="3"/>
       <c r="AC6" s="3"/>
       <c r="AD6" s="3"/>
       <c r="AE6" s="3"/>
       <c r="AF6" s="3"/>
       <c r="AG6" s="3"/>
       <c r="AH6" s="3"/>
     </row>
-    <row r="7" spans="1:34" ht="79.900000000000006" customHeight="1" x14ac:dyDescent="0.2">
-[...69 lines deleted...]
-        <v>60</v>
+    <row r="7" spans="1:34" s="26" customFormat="1" ht="75.599999999999994" x14ac:dyDescent="0.25">
+      <c r="A7" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" s="23">
+        <v>40008133301</v>
+      </c>
+      <c r="C7" s="23" t="s">
+        <v>72</v>
+      </c>
+      <c r="D7" s="23" t="s">
+        <v>75</v>
+      </c>
+      <c r="E7" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="F7" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="G7" s="23" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:34" ht="50.4" x14ac:dyDescent="0.25">
+      <c r="A8" s="24" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" s="25">
+        <v>40008174899</v>
+      </c>
+      <c r="C8" s="25" t="s">
+        <v>63</v>
+      </c>
+      <c r="D8" s="25" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" s="25" t="s">
+        <v>67</v>
+      </c>
+      <c r="F8" s="25" t="s">
+        <v>67</v>
+      </c>
+      <c r="G8" s="25" t="s">
+        <v>68</v>
       </c>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
       <c r="K8" s="3"/>
       <c r="L8" s="3"/>
       <c r="M8" s="3"/>
       <c r="N8" s="3"/>
       <c r="O8" s="3"/>
       <c r="P8" s="3"/>
       <c r="Q8" s="3"/>
       <c r="R8" s="3"/>
       <c r="S8" s="3"/>
       <c r="T8" s="3"/>
       <c r="U8" s="3"/>
       <c r="V8" s="3"/>
       <c r="W8" s="3"/>
       <c r="X8" s="3"/>
       <c r="Y8" s="3"/>
       <c r="Z8" s="3"/>
       <c r="AA8" s="3"/>
       <c r="AB8" s="3"/>
       <c r="AC8" s="3"/>
       <c r="AD8" s="3"/>
       <c r="AE8" s="3"/>
       <c r="AF8" s="3"/>
       <c r="AG8" s="3"/>
       <c r="AH8" s="3"/>
     </row>
-    <row r="9" spans="1:34" ht="86.45" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-        <v>40008164674</v>
+    <row r="9" spans="1:34" ht="79.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="20" t="s">
+        <v>58</v>
+      </c>
+      <c r="B9" s="20">
+        <v>40008142412</v>
       </c>
       <c r="C9" s="19" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>61</v>
+      </c>
+      <c r="D9" s="19" t="s">
+        <v>65</v>
       </c>
       <c r="E9" s="19" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F9" s="19" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G9" s="19" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
       <c r="N9" s="3"/>
       <c r="O9" s="3"/>
       <c r="P9" s="3"/>
       <c r="Q9" s="3"/>
       <c r="R9" s="3"/>
       <c r="S9" s="3"/>
       <c r="T9" s="3"/>
       <c r="U9" s="3"/>
       <c r="V9" s="3"/>
       <c r="W9" s="3"/>
       <c r="X9" s="3"/>
       <c r="Y9" s="3"/>
       <c r="Z9" s="3"/>
       <c r="AA9" s="3"/>
       <c r="AB9" s="3"/>
       <c r="AC9" s="3"/>
       <c r="AD9" s="3"/>
       <c r="AE9" s="3"/>
       <c r="AF9" s="3"/>
       <c r="AG9" s="3"/>
       <c r="AH9" s="3"/>
     </row>
-    <row r="10" spans="1:34" ht="85.9" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-        <v>40008164674</v>
+    <row r="10" spans="1:34" ht="83.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" s="20">
+        <v>40008142412</v>
       </c>
       <c r="C10" s="19" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>61</v>
+      </c>
+      <c r="D10" s="19" t="s">
+        <v>66</v>
       </c>
       <c r="E10" s="19" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F10" s="19" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G10" s="19" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
       <c r="N10" s="3"/>
       <c r="O10" s="3"/>
       <c r="P10" s="3"/>
       <c r="Q10" s="3"/>
       <c r="R10" s="3"/>
       <c r="S10" s="3"/>
       <c r="T10" s="3"/>
       <c r="U10" s="3"/>
       <c r="V10" s="3"/>
       <c r="W10" s="3"/>
       <c r="X10" s="3"/>
       <c r="Y10" s="3"/>
       <c r="Z10" s="3"/>
       <c r="AA10" s="3"/>
       <c r="AB10" s="3"/>
       <c r="AC10" s="3"/>
       <c r="AD10" s="3"/>
       <c r="AE10" s="3"/>
       <c r="AF10" s="3"/>
       <c r="AG10" s="3"/>
       <c r="AH10" s="3"/>
     </row>
-    <row r="11" spans="1:34" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:34" ht="86.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="19" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="B11" s="19">
         <v>40008164674</v>
       </c>
       <c r="C11" s="19" t="s">
         <v>51</v>
       </c>
       <c r="D11" s="21" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="E11" s="19" t="s">
         <v>55</v>
       </c>
       <c r="F11" s="19" t="s">
         <v>55</v>
       </c>
       <c r="G11" s="19" t="s">
         <v>56</v>
       </c>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
       <c r="Z11" s="3"/>
       <c r="AA11" s="3"/>
       <c r="AB11" s="3"/>
       <c r="AC11" s="3"/>
       <c r="AD11" s="3"/>
       <c r="AE11" s="3"/>
       <c r="AF11" s="3"/>
       <c r="AG11" s="3"/>
       <c r="AH11" s="3"/>
     </row>
-    <row r="12" spans="1:34" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:34" ht="85.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="19" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B12" s="19">
         <v>40008164674</v>
       </c>
       <c r="C12" s="19" t="s">
         <v>51</v>
       </c>
       <c r="D12" s="21" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E12" s="19" t="s">
         <v>55</v>
       </c>
       <c r="F12" s="19" t="s">
         <v>55</v>
       </c>
       <c r="G12" s="19" t="s">
         <v>56</v>
       </c>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
       <c r="K12" s="3"/>
       <c r="L12" s="3"/>
       <c r="M12" s="3"/>
       <c r="N12" s="3"/>
       <c r="O12" s="3"/>
       <c r="P12" s="3"/>
       <c r="Q12" s="3"/>
       <c r="R12" s="3"/>
       <c r="S12" s="3"/>
       <c r="T12" s="3"/>
       <c r="U12" s="3"/>
       <c r="V12" s="3"/>
       <c r="W12" s="3"/>
       <c r="X12" s="3"/>
       <c r="Y12" s="3"/>
       <c r="Z12" s="3"/>
       <c r="AA12" s="3"/>
       <c r="AB12" s="3"/>
       <c r="AC12" s="3"/>
       <c r="AD12" s="3"/>
       <c r="AE12" s="3"/>
       <c r="AF12" s="3"/>
       <c r="AG12" s="3"/>
       <c r="AH12" s="3"/>
     </row>
-    <row r="13" spans="1:34" ht="51" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:34" ht="75.599999999999994" x14ac:dyDescent="0.25">
       <c r="A13" s="19" t="s">
-        <v>46</v>
-[...8 lines deleted...]
-        <v>47</v>
+        <v>50</v>
+      </c>
+      <c r="B13" s="19">
+        <v>40008164674</v>
+      </c>
+      <c r="C13" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="D13" s="21" t="s">
+        <v>78</v>
       </c>
       <c r="E13" s="19" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="F13" s="19" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="G13" s="19" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3"/>
       <c r="P13" s="3"/>
       <c r="Q13" s="3"/>
       <c r="R13" s="3"/>
       <c r="S13" s="3"/>
       <c r="T13" s="3"/>
       <c r="U13" s="3"/>
       <c r="V13" s="3"/>
       <c r="W13" s="3"/>
       <c r="X13" s="3"/>
       <c r="Y13" s="3"/>
       <c r="Z13" s="3"/>
       <c r="AA13" s="3"/>
       <c r="AB13" s="3"/>
       <c r="AC13" s="3"/>
       <c r="AD13" s="3"/>
       <c r="AE13" s="3"/>
       <c r="AF13" s="3"/>
       <c r="AG13" s="3"/>
       <c r="AH13" s="3"/>
     </row>
-    <row r="14" spans="1:34" ht="63.75" x14ac:dyDescent="0.2">
-[...19 lines deleted...]
-        <v>45</v>
+    <row r="14" spans="1:34" ht="75.599999999999994" x14ac:dyDescent="0.25">
+      <c r="A14" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="B14" s="19">
+        <v>40008164674</v>
+      </c>
+      <c r="C14" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="D14" s="21" t="s">
+        <v>79</v>
+      </c>
+      <c r="E14" s="19" t="s">
+        <v>55</v>
+      </c>
+      <c r="F14" s="19" t="s">
+        <v>55</v>
+      </c>
+      <c r="G14" s="19" t="s">
+        <v>56</v>
       </c>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="J14" s="3"/>
       <c r="K14" s="3"/>
       <c r="L14" s="3"/>
       <c r="M14" s="3"/>
       <c r="N14" s="3"/>
       <c r="O14" s="3"/>
       <c r="P14" s="3"/>
       <c r="Q14" s="3"/>
       <c r="R14" s="3"/>
       <c r="S14" s="3"/>
       <c r="T14" s="3"/>
       <c r="U14" s="3"/>
       <c r="V14" s="3"/>
       <c r="W14" s="3"/>
       <c r="X14" s="3"/>
       <c r="Y14" s="3"/>
       <c r="Z14" s="3"/>
       <c r="AA14" s="3"/>
       <c r="AB14" s="3"/>
       <c r="AC14" s="3"/>
       <c r="AD14" s="3"/>
       <c r="AE14" s="3"/>
       <c r="AF14" s="3"/>
       <c r="AG14" s="3"/>
       <c r="AH14" s="3"/>
     </row>
-    <row r="15" spans="1:34" ht="63.75" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>39</v>
+    <row r="15" spans="1:34" ht="50.4" x14ac:dyDescent="0.25">
+      <c r="A15" s="19" t="s">
+        <v>46</v>
       </c>
       <c r="B15" s="13">
-        <v>50008137521</v>
+        <v>40008067097</v>
       </c>
       <c r="C15" s="13" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="D15" s="13" t="s">
-        <v>42</v>
-[...8 lines deleted...]
-        <v>45</v>
+        <v>47</v>
+      </c>
+      <c r="E15" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="F15" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="G15" s="19" t="s">
+        <v>49</v>
       </c>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
       <c r="W15" s="3"/>
       <c r="X15" s="3"/>
       <c r="Y15" s="3"/>
       <c r="Z15" s="3"/>
       <c r="AA15" s="3"/>
       <c r="AB15" s="3"/>
       <c r="AC15" s="3"/>
       <c r="AD15" s="3"/>
       <c r="AE15" s="3"/>
       <c r="AF15" s="3"/>
       <c r="AG15" s="3"/>
       <c r="AH15" s="3"/>
     </row>
-    <row r="16" spans="1:34" ht="51" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:34" ht="63" x14ac:dyDescent="0.25">
       <c r="A16" s="12" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="B16" s="13">
-        <v>40008067097</v>
+        <v>50008137521</v>
       </c>
       <c r="C16" s="13" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D16" s="13" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="E16" s="13" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="F16" s="13" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>45854</v>
+        <v>44</v>
+      </c>
+      <c r="G16" s="13" t="s">
+        <v>45</v>
       </c>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
       <c r="N16" s="3"/>
       <c r="O16" s="3"/>
       <c r="P16" s="3"/>
       <c r="Q16" s="3"/>
       <c r="R16" s="3"/>
       <c r="S16" s="3"/>
       <c r="T16" s="3"/>
       <c r="U16" s="3"/>
       <c r="V16" s="3"/>
       <c r="W16" s="3"/>
       <c r="X16" s="3"/>
       <c r="Y16" s="3"/>
       <c r="Z16" s="3"/>
       <c r="AA16" s="3"/>
       <c r="AB16" s="3"/>
       <c r="AC16" s="3"/>
       <c r="AD16" s="3"/>
       <c r="AE16" s="3"/>
       <c r="AF16" s="3"/>
       <c r="AG16" s="3"/>
       <c r="AH16" s="3"/>
     </row>
-    <row r="17" spans="1:34" ht="51" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:34" ht="63" x14ac:dyDescent="0.25">
       <c r="A17" s="12" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B17" s="13">
-        <v>40008067097</v>
+        <v>50008137521</v>
       </c>
       <c r="C17" s="13" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D17" s="13" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="E17" s="13" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="F17" s="13" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>45854</v>
+        <v>44</v>
+      </c>
+      <c r="G17" s="13" t="s">
+        <v>45</v>
       </c>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
       <c r="P17" s="3"/>
       <c r="Q17" s="3"/>
       <c r="R17" s="3"/>
       <c r="S17" s="3"/>
       <c r="T17" s="3"/>
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
       <c r="AF17" s="3"/>
       <c r="AG17" s="3"/>
       <c r="AH17" s="3"/>
     </row>
-    <row r="18" spans="1:34" ht="51" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:34" ht="50.4" x14ac:dyDescent="0.25">
       <c r="A18" s="12" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B18" s="13">
-        <v>40008198596</v>
+        <v>40008067097</v>
       </c>
       <c r="C18" s="13" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D18" s="13" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E18" s="13" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="F18" s="13" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>36</v>
+      </c>
+      <c r="G18" s="18">
+        <v>45854</v>
       </c>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
       <c r="P18" s="3"/>
       <c r="Q18" s="3"/>
       <c r="R18" s="3"/>
       <c r="S18" s="3"/>
       <c r="T18" s="3"/>
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3"/>
       <c r="AF18" s="3"/>
       <c r="AG18" s="3"/>
       <c r="AH18" s="3"/>
     </row>
-    <row r="19" spans="1:34" ht="63.75" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:34" ht="50.4" x14ac:dyDescent="0.25">
       <c r="A19" s="12" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B19" s="13">
-        <v>40008210953</v>
+        <v>40008067097</v>
       </c>
       <c r="C19" s="13" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D19" s="13" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E19" s="13" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="F19" s="13" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>36</v>
+      </c>
+      <c r="G19" s="18">
+        <v>45854</v>
       </c>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
       <c r="P19" s="3"/>
       <c r="Q19" s="3"/>
       <c r="R19" s="3"/>
       <c r="S19" s="3"/>
       <c r="T19" s="3"/>
       <c r="U19" s="3"/>
       <c r="V19" s="3"/>
       <c r="W19" s="3"/>
       <c r="X19" s="3"/>
       <c r="Y19" s="3"/>
       <c r="Z19" s="3"/>
       <c r="AA19" s="3"/>
       <c r="AB19" s="3"/>
       <c r="AC19" s="3"/>
       <c r="AD19" s="3"/>
       <c r="AE19" s="3"/>
       <c r="AF19" s="3"/>
       <c r="AG19" s="3"/>
       <c r="AH19" s="3"/>
     </row>
-    <row r="20" spans="1:34" s="6" customFormat="1" ht="51" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:34" ht="50.4" x14ac:dyDescent="0.25">
       <c r="A20" s="12" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="B20" s="13">
-        <v>40008210954</v>
+        <v>40008198596</v>
       </c>
       <c r="C20" s="13" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="D20" s="13" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E20" s="13" t="s">
         <v>25</v>
       </c>
       <c r="F20" s="13" t="s">
         <v>25</v>
       </c>
       <c r="G20" s="13" t="s">
         <v>26</v>
       </c>
-    </row>
-    <row r="21" spans="1:34" s="6" customFormat="1" ht="51" x14ac:dyDescent="0.2">
+      <c r="H20" s="3"/>
+      <c r="I20" s="3"/>
+      <c r="J20" s="3"/>
+      <c r="K20" s="3"/>
+      <c r="L20" s="3"/>
+      <c r="M20" s="3"/>
+      <c r="N20" s="3"/>
+      <c r="O20" s="3"/>
+      <c r="P20" s="3"/>
+      <c r="Q20" s="3"/>
+      <c r="R20" s="3"/>
+      <c r="S20" s="3"/>
+      <c r="T20" s="3"/>
+      <c r="U20" s="3"/>
+      <c r="V20" s="3"/>
+      <c r="W20" s="3"/>
+      <c r="X20" s="3"/>
+      <c r="Y20" s="3"/>
+      <c r="Z20" s="3"/>
+      <c r="AA20" s="3"/>
+      <c r="AB20" s="3"/>
+      <c r="AC20" s="3"/>
+      <c r="AD20" s="3"/>
+      <c r="AE20" s="3"/>
+      <c r="AF20" s="3"/>
+      <c r="AG20" s="3"/>
+      <c r="AH20" s="3"/>
+    </row>
+    <row r="21" spans="1:34" ht="63" x14ac:dyDescent="0.25">
       <c r="A21" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="B21" s="13">
+        <v>40008210953</v>
+      </c>
+      <c r="C21" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D21" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="E21" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="F21" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="G21" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="H21" s="3"/>
+      <c r="I21" s="3"/>
+      <c r="J21" s="3"/>
+      <c r="K21" s="3"/>
+      <c r="L21" s="3"/>
+      <c r="M21" s="3"/>
+      <c r="N21" s="3"/>
+      <c r="O21" s="3"/>
+      <c r="P21" s="3"/>
+      <c r="Q21" s="3"/>
+      <c r="R21" s="3"/>
+      <c r="S21" s="3"/>
+      <c r="T21" s="3"/>
+      <c r="U21" s="3"/>
+      <c r="V21" s="3"/>
+      <c r="W21" s="3"/>
+      <c r="X21" s="3"/>
+      <c r="Y21" s="3"/>
+      <c r="Z21" s="3"/>
+      <c r="AA21" s="3"/>
+      <c r="AB21" s="3"/>
+      <c r="AC21" s="3"/>
+      <c r="AD21" s="3"/>
+      <c r="AE21" s="3"/>
+      <c r="AF21" s="3"/>
+      <c r="AG21" s="3"/>
+      <c r="AH21" s="3"/>
+    </row>
+    <row r="22" spans="1:34" s="6" customFormat="1" ht="50.4" x14ac:dyDescent="0.25">
+      <c r="A22" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="B22" s="13">
+        <v>40008210954</v>
+      </c>
+      <c r="C22" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D22" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="E22" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="F22" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="G22" s="13" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="23" spans="1:34" s="6" customFormat="1" ht="50.4" x14ac:dyDescent="0.25">
+      <c r="A23" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="B21" s="13">
+      <c r="B23" s="13">
         <v>40008174899</v>
       </c>
-      <c r="C21" s="13" t="s">
+      <c r="C23" s="13" t="s">
         <v>23</v>
       </c>
-      <c r="D21" s="13" t="s">
+      <c r="D23" s="13" t="s">
         <v>19</v>
       </c>
-      <c r="E21" s="13" t="s">
+      <c r="E23" s="13" t="s">
         <v>20</v>
       </c>
-      <c r="F21" s="13" t="s">
+      <c r="F23" s="13" t="s">
         <v>20</v>
       </c>
-      <c r="G21" s="13" t="s">
+      <c r="G23" s="13" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="22" spans="1:34" s="7" customFormat="1" ht="76.5" x14ac:dyDescent="0.2">
-      <c r="A22" s="12" t="s">
+    <row r="24" spans="1:34" s="7" customFormat="1" ht="75.599999999999994" x14ac:dyDescent="0.25">
+      <c r="A24" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="B22" s="13">
+      <c r="B24" s="13">
         <v>40008067241</v>
       </c>
-      <c r="C22" s="13" t="s">
+      <c r="C24" s="13" t="s">
         <v>16</v>
       </c>
-      <c r="D22" s="13" t="s">
+      <c r="D24" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="E22" s="13" t="s">
+      <c r="E24" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="F22" s="13" t="s">
+      <c r="F24" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="G22" s="13" t="s">
+      <c r="G24" s="13" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="23" spans="1:34" s="7" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A23" s="14" t="s">
+    <row r="25" spans="1:34" s="7" customFormat="1" ht="25.2" x14ac:dyDescent="0.25">
+      <c r="A25" s="14" t="s">
         <v>3</v>
       </c>
-      <c r="B23" s="15">
+      <c r="B25" s="15">
         <v>40008200674</v>
       </c>
-      <c r="C23" s="16" t="s">
+      <c r="C25" s="16" t="s">
         <v>11</v>
       </c>
-      <c r="D23" s="16" t="s">
+      <c r="D25" s="16" t="s">
         <v>12</v>
       </c>
-      <c r="E23" s="17" t="s">
+      <c r="E25" s="17" t="s">
         <v>9</v>
       </c>
-      <c r="F23" s="17" t="s">
+      <c r="F25" s="17" t="s">
         <v>9</v>
       </c>
-      <c r="G23" s="17" t="s">
+      <c r="G25" s="17" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="24" spans="1:34" s="6" customFormat="1" x14ac:dyDescent="0.2"/>
-[...22 lines deleted...]
-    <row r="31" spans="1:34" s="8" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:34" s="6" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="27" spans="1:34" s="6" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="28" spans="1:34" s="6" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="29" spans="1:34" s="6" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="30" spans="1:34" s="6" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="31" spans="1:34" s="8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A31" s="6"/>
       <c r="B31" s="6"/>
       <c r="C31" s="6"/>
       <c r="D31" s="6"/>
       <c r="E31" s="6"/>
       <c r="F31" s="6"/>
       <c r="G31" s="6"/>
     </row>
-    <row r="32" spans="1:34" s="8" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:34" s="8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A32" s="6"/>
       <c r="B32" s="6"/>
       <c r="C32" s="6"/>
       <c r="D32" s="6"/>
       <c r="E32" s="6"/>
       <c r="F32" s="6"/>
       <c r="G32" s="6"/>
     </row>
-    <row r="33" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A33" s="6"/>
       <c r="B33" s="6"/>
       <c r="C33" s="6"/>
       <c r="D33" s="6"/>
       <c r="E33" s="6"/>
       <c r="F33" s="6"/>
       <c r="G33" s="6"/>
     </row>
-    <row r="34" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A34" s="6"/>
       <c r="B34" s="6"/>
       <c r="C34" s="6"/>
       <c r="D34" s="6"/>
       <c r="E34" s="6"/>
       <c r="F34" s="6"/>
       <c r="G34" s="6"/>
     </row>
-    <row r="35" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A35" s="6"/>
       <c r="B35" s="6"/>
       <c r="C35" s="6"/>
       <c r="D35" s="6"/>
       <c r="E35" s="6"/>
       <c r="F35" s="6"/>
       <c r="G35" s="6"/>
     </row>
-    <row r="36" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A36" s="6"/>
       <c r="B36" s="6"/>
       <c r="C36" s="6"/>
       <c r="D36" s="6"/>
       <c r="E36" s="6"/>
       <c r="F36" s="6"/>
       <c r="G36" s="6"/>
     </row>
-    <row r="37" spans="1:7" s="6" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
-[...16 lines deleted...]
-      <c r="G40" s="6"/>
+    <row r="37" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="6"/>
+      <c r="B37" s="6"/>
+      <c r="C37" s="6"/>
+      <c r="D37" s="6"/>
+      <c r="E37" s="6"/>
+      <c r="F37" s="6"/>
+      <c r="G37" s="6"/>
+    </row>
+    <row r="38" spans="1:7" s="9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="6"/>
+      <c r="B38" s="6"/>
+      <c r="C38" s="6"/>
+      <c r="D38" s="6"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="6"/>
+      <c r="G38" s="6"/>
+    </row>
+    <row r="39" spans="1:7" s="6" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="41" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="6"/>
+      <c r="B41" s="6"/>
+      <c r="C41" s="6"/>
+      <c r="D41" s="6"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="6"/>
+      <c r="G41" s="6"/>
+    </row>
+    <row r="42" spans="1:7" s="8" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="6"/>
+      <c r="B42" s="6"/>
+      <c r="C42" s="6"/>
+      <c r="D42" s="6"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="6"/>
+      <c r="G42" s="6"/>
     </row>
   </sheetData>
   <sheetProtection deleteColumns="0" deleteRows="0"/>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>