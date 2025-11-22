--- v0 (2025-10-07)
+++ v1 (2025-11-22)
@@ -3,97 +3,97 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\superstore\3_GNP_AD\NMMMD\Inna\Darbs 2020_2024\2025.gads\NM skaits\Excel publicēšanai\01.10\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\superstore\3_GNP_AD\NMMMD\Inna\Darbs 2020_2024\2025.gads\NM skaits\Excel publicēšanai\01.11\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2192E1E7-6ED6-47CC-A652-40E90E63E5E1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D7349FF0-2FD1-4ECA-83C6-5D4B2A3C5EBA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C8C2BA84-9A39-4722-9C9A-2B040491896A}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C8C2BA84-9A39-4722-9C9A-2B040491896A}"/>
   </bookViews>
   <sheets>
     <sheet name="MUN" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="J45" i="1" l="1"/>
   <c r="J34" i="1"/>
   <c r="J24" i="1"/>
   <c r="J14" i="1"/>
   <c r="J5" i="1"/>
   <c r="H45" i="1"/>
   <c r="H34" i="1"/>
   <c r="H24" i="1"/>
   <c r="H14" i="1"/>
   <c r="H5" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="63">
   <si>
     <t>Plānošanas reģions/Pilsēta/Novads</t>
   </si>
   <si>
     <t>Datums</t>
   </si>
   <si>
     <t>01.01.2025.</t>
   </si>
   <si>
     <t>01.02.2025.</t>
   </si>
   <si>
     <t>01.03.2025.</t>
   </si>
   <si>
     <t>01.04.2025.</t>
   </si>
   <si>
     <t>01.05.2025.</t>
   </si>
   <si>
     <t>01.06.2025.</t>
   </si>
   <si>
@@ -235,50 +235,53 @@
     <t>Dobeles novads</t>
   </si>
   <si>
     <t>Jelgavas novads</t>
   </si>
   <si>
     <t>Jēkabpils novads</t>
   </si>
   <si>
     <t>* Dati atbilstoši VID Datu noliktavas sistēmā esošajai informācijai. Ja nodokļu maksātājs nav norādījis adresi vai norādītā adrese ir ārpus Latvijas, nodokļu maksātājs tiek pieskaitīts pie Rīgas pilsētas.</t>
   </si>
   <si>
     <t>Mikrouzņēmumu nodokļa maksātāju skaits 2025. gadā*</t>
   </si>
   <si>
     <t>01.07.2025.</t>
   </si>
   <si>
     <t>01.08.2025.</t>
   </si>
   <si>
     <t>01.09.2025.</t>
   </si>
   <si>
     <t>01.10.2025.</t>
+  </si>
+  <si>
+    <t>01.11.2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
@@ -357,119 +360,95 @@
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
-      <right/>
-[...7 lines deleted...]
-      </left>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top/>
-      <bottom style="thin">
-[...13 lines deleted...]
-      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
@@ -485,145 +464,160 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
-      <right style="thin">
-[...13 lines deleted...]
-      </left>
       <right/>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color theme="0"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color theme="0"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="3" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="3" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="4" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="4" fillId="4" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="3" fontId="3" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="3" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -923,1845 +917,1995 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{243205FA-98FF-4BF5-8469-9A568D86B75A}">
-  <dimension ref="A1:K52"/>
+  <dimension ref="A1:L52"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="O10" sqref="O10"/>
+      <selection pane="bottomLeft" activeCell="O15" sqref="O15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="30" style="1" customWidth="1"/>
     <col min="2" max="8" width="13" style="1" customWidth="1"/>
     <col min="9" max="9" width="12.28515625" style="1" customWidth="1"/>
     <col min="10" max="10" width="11.85546875" style="1" customWidth="1"/>
-    <col min="11" max="11" width="10.85546875" style="1" customWidth="1"/>
-    <col min="12" max="21" width="9.140625" style="1"/>
+    <col min="11" max="12" width="10.85546875" style="1" customWidth="1"/>
+    <col min="13" max="21" width="9.140625" style="1"/>
     <col min="22" max="22" width="18.140625" style="1" customWidth="1"/>
     <col min="23" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="16" t="s">
+    <row r="1" spans="1:12" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="14" t="s">
         <v>57</v>
       </c>
-      <c r="B1" s="16"/>
-[...11 lines deleted...]
-      <c r="A2" s="14" t="s">
+      <c r="B1" s="14"/>
+      <c r="C1" s="14"/>
+      <c r="D1" s="14"/>
+      <c r="E1" s="14"/>
+      <c r="F1" s="14"/>
+      <c r="G1" s="14"/>
+      <c r="H1" s="14"/>
+      <c r="I1" s="14"/>
+      <c r="J1" s="14"/>
+      <c r="K1" s="14"/>
+      <c r="L1" s="14"/>
+    </row>
+    <row r="2" spans="1:12" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="12" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="17" t="s">
+      <c r="B2" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="18"/>
-[...10 lines deleted...]
-      <c r="A3" s="15"/>
+      <c r="C2" s="17"/>
+      <c r="D2" s="17"/>
+      <c r="E2" s="17"/>
+      <c r="F2" s="17"/>
+      <c r="G2" s="17"/>
+      <c r="H2" s="17"/>
+      <c r="I2" s="17"/>
+      <c r="J2" s="17"/>
+      <c r="K2" s="17"/>
+      <c r="L2" s="17"/>
+    </row>
+    <row r="3" spans="1:12" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="13"/>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="G3" s="12" t="s">
+      <c r="G3" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="H3" s="12" t="s">
+      <c r="H3" s="10" t="s">
         <v>58</v>
       </c>
-      <c r="I3" s="12" t="s">
+      <c r="I3" s="10" t="s">
         <v>59</v>
       </c>
-      <c r="J3" s="12" t="s">
+      <c r="J3" s="10" t="s">
         <v>60</v>
       </c>
-      <c r="K3" s="11" t="s">
+      <c r="K3" s="2" t="s">
         <v>61</v>
       </c>
-    </row>
-    <row r="4" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L3" s="18" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="4">
         <v>11001</v>
       </c>
       <c r="C4" s="5">
         <v>11145</v>
       </c>
       <c r="D4" s="4">
         <v>11347</v>
       </c>
       <c r="E4" s="4">
         <v>11492</v>
       </c>
       <c r="F4" s="4">
         <v>11735</v>
       </c>
-      <c r="G4" s="13">
+      <c r="G4" s="11">
         <v>11912</v>
       </c>
-      <c r="H4" s="13">
+      <c r="H4" s="11">
         <v>12094</v>
       </c>
-      <c r="I4" s="13">
+      <c r="I4" s="11">
         <v>12240</v>
       </c>
-      <c r="J4" s="13">
+      <c r="J4" s="11">
         <v>12466</v>
       </c>
-      <c r="K4" s="6">
+      <c r="K4" s="11">
         <v>12656</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="7" t="s">
+      <c r="L4" s="11">
+        <v>12806</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A5" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="B5" s="8">
+      <c r="B5" s="7">
         <v>1375</v>
       </c>
-      <c r="C5" s="8">
+      <c r="C5" s="7">
         <v>1381</v>
       </c>
-      <c r="D5" s="8">
+      <c r="D5" s="7">
         <v>1386</v>
       </c>
-      <c r="E5" s="8">
+      <c r="E5" s="7">
         <v>1409</v>
       </c>
-      <c r="F5" s="8">
+      <c r="F5" s="7">
         <v>1440</v>
       </c>
-      <c r="G5" s="8">
+      <c r="G5" s="7">
         <v>1461</v>
       </c>
-      <c r="H5" s="8">
+      <c r="H5" s="7">
         <f>SUM(H6:H13)</f>
         <v>1484</v>
       </c>
-      <c r="I5" s="8">
+      <c r="I5" s="7">
         <v>1498</v>
       </c>
-      <c r="J5" s="8">
+      <c r="J5" s="7">
         <f>SUM(J6:J13)</f>
         <v>1525</v>
       </c>
-      <c r="K5" s="8">
+      <c r="K5" s="7">
         <v>1549</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="9" t="s">
+      <c r="L5" s="7">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A6" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="B6" s="10">
+      <c r="B6" s="9">
         <v>309</v>
       </c>
-      <c r="C6" s="10">
+      <c r="C6" s="9">
         <v>310</v>
       </c>
-      <c r="D6" s="10">
+      <c r="D6" s="9">
         <v>309</v>
       </c>
-      <c r="E6" s="10">
+      <c r="E6" s="9">
         <v>315</v>
       </c>
-      <c r="F6" s="10">
+      <c r="F6" s="9">
         <v>319</v>
       </c>
-      <c r="G6" s="10">
+      <c r="G6" s="9">
         <v>323</v>
       </c>
-      <c r="H6" s="10">
+      <c r="H6" s="9">
         <v>326</v>
       </c>
-      <c r="I6" s="10">
+      <c r="I6" s="9">
         <v>331</v>
       </c>
-      <c r="J6" s="10">
+      <c r="J6" s="9">
         <v>331</v>
       </c>
-      <c r="K6" s="10">
+      <c r="K6" s="9">
         <v>336</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="9" t="s">
+      <c r="L6" s="9">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A7" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="B7" s="10">
+      <c r="B7" s="9">
         <v>143</v>
       </c>
-      <c r="C7" s="10">
+      <c r="C7" s="9">
         <v>145</v>
       </c>
-      <c r="D7" s="10">
+      <c r="D7" s="9">
         <v>143</v>
       </c>
-      <c r="E7" s="10">
+      <c r="E7" s="9">
         <v>143</v>
       </c>
-      <c r="F7" s="10">
+      <c r="F7" s="9">
         <v>148</v>
       </c>
-      <c r="G7" s="10">
+      <c r="G7" s="9">
         <v>154</v>
       </c>
-      <c r="H7" s="10">
+      <c r="H7" s="9">
         <v>158</v>
       </c>
-      <c r="I7" s="10">
+      <c r="I7" s="9">
         <v>159</v>
       </c>
-      <c r="J7" s="10">
+      <c r="J7" s="9">
         <v>159</v>
       </c>
-      <c r="K7" s="10">
+      <c r="K7" s="9">
         <v>159</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="9" t="s">
+      <c r="L7" s="9">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A8" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="B8" s="10">
+      <c r="B8" s="9">
         <v>118</v>
       </c>
-      <c r="C8" s="10">
+      <c r="C8" s="9">
         <v>118</v>
       </c>
-      <c r="D8" s="10">
+      <c r="D8" s="9">
         <v>116</v>
       </c>
-      <c r="E8" s="10">
+      <c r="E8" s="9">
         <v>117</v>
       </c>
-      <c r="F8" s="10">
+      <c r="F8" s="9">
         <v>120</v>
       </c>
-      <c r="G8" s="10">
+      <c r="G8" s="9">
         <v>122</v>
       </c>
-      <c r="H8" s="10">
+      <c r="H8" s="9">
         <v>129</v>
       </c>
-      <c r="I8" s="10">
+      <c r="I8" s="9">
         <v>125</v>
       </c>
-      <c r="J8" s="10">
+      <c r="J8" s="9">
         <v>129</v>
       </c>
-      <c r="K8" s="10">
+      <c r="K8" s="9">
         <v>129</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="9" t="s">
+      <c r="L8" s="9">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A9" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="B9" s="10">
+      <c r="B9" s="9">
         <v>176</v>
       </c>
-      <c r="C9" s="10">
+      <c r="C9" s="9">
         <v>179</v>
       </c>
-      <c r="D9" s="10">
+      <c r="D9" s="9">
         <v>179</v>
       </c>
-      <c r="E9" s="10">
+      <c r="E9" s="9">
         <v>189</v>
       </c>
-      <c r="F9" s="10">
+      <c r="F9" s="9">
         <v>190</v>
       </c>
-      <c r="G9" s="10">
+      <c r="G9" s="9">
         <v>190</v>
       </c>
-      <c r="H9" s="10">
+      <c r="H9" s="9">
         <v>193</v>
       </c>
-      <c r="I9" s="10">
+      <c r="I9" s="9">
         <v>195</v>
       </c>
-      <c r="J9" s="10">
+      <c r="J9" s="9">
         <v>198</v>
       </c>
-      <c r="K9" s="10">
+      <c r="K9" s="9">
         <v>202</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="9" t="s">
+      <c r="L9" s="9">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A10" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="B10" s="10">
+      <c r="B10" s="9">
         <v>123</v>
       </c>
-      <c r="C10" s="10">
+      <c r="C10" s="9">
         <v>121</v>
       </c>
-      <c r="D10" s="10">
+      <c r="D10" s="9">
         <v>124</v>
       </c>
-      <c r="E10" s="10">
+      <c r="E10" s="9">
         <v>128</v>
       </c>
-      <c r="F10" s="10">
+      <c r="F10" s="9">
         <v>131</v>
       </c>
-      <c r="G10" s="10">
+      <c r="G10" s="9">
         <v>131</v>
       </c>
-      <c r="H10" s="10">
+      <c r="H10" s="9">
         <v>133</v>
       </c>
-      <c r="I10" s="10">
+      <c r="I10" s="9">
         <v>133</v>
       </c>
-      <c r="J10" s="10">
+      <c r="J10" s="9">
         <v>136</v>
       </c>
-      <c r="K10" s="10">
+      <c r="K10" s="9">
         <v>136</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="9" t="s">
+      <c r="L10" s="9">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A11" s="8" t="s">
         <v>15</v>
       </c>
-      <c r="B11" s="10">
+      <c r="B11" s="9">
         <v>233</v>
       </c>
-      <c r="C11" s="10">
+      <c r="C11" s="9">
         <v>233</v>
       </c>
-      <c r="D11" s="10">
+      <c r="D11" s="9">
         <v>236</v>
       </c>
-      <c r="E11" s="10">
+      <c r="E11" s="9">
         <v>235</v>
       </c>
-      <c r="F11" s="10">
+      <c r="F11" s="9">
         <v>244</v>
       </c>
-      <c r="G11" s="10">
+      <c r="G11" s="9">
         <v>247</v>
       </c>
-      <c r="H11" s="10">
+      <c r="H11" s="9">
         <v>247</v>
       </c>
-      <c r="I11" s="10">
+      <c r="I11" s="9">
         <v>254</v>
       </c>
-      <c r="J11" s="10">
+      <c r="J11" s="9">
         <v>265</v>
       </c>
-      <c r="K11" s="10">
+      <c r="K11" s="9">
         <v>276</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="9" t="s">
+      <c r="L11" s="9">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A12" s="8" t="s">
         <v>16</v>
       </c>
-      <c r="B12" s="10">
+      <c r="B12" s="9">
         <v>208</v>
       </c>
-      <c r="C12" s="10">
+      <c r="C12" s="9">
         <v>211</v>
       </c>
-      <c r="D12" s="10">
+      <c r="D12" s="9">
         <v>213</v>
       </c>
-      <c r="E12" s="10">
+      <c r="E12" s="9">
         <v>215</v>
       </c>
-      <c r="F12" s="10">
+      <c r="F12" s="9">
         <v>220</v>
       </c>
-      <c r="G12" s="10">
+      <c r="G12" s="9">
         <v>223</v>
       </c>
-      <c r="H12" s="10">
+      <c r="H12" s="9">
         <v>228</v>
       </c>
-      <c r="I12" s="10">
+      <c r="I12" s="9">
         <v>232</v>
       </c>
-      <c r="J12" s="10">
+      <c r="J12" s="9">
         <v>238</v>
       </c>
-      <c r="K12" s="10">
+      <c r="K12" s="9">
         <v>241</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" s="9" t="s">
+      <c r="L12" s="9">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A13" s="8" t="s">
         <v>17</v>
       </c>
-      <c r="B13" s="10">
+      <c r="B13" s="9">
         <v>65</v>
       </c>
-      <c r="C13" s="10">
+      <c r="C13" s="9">
         <v>64</v>
       </c>
-      <c r="D13" s="10">
+      <c r="D13" s="9">
         <v>66</v>
       </c>
-      <c r="E13" s="10">
+      <c r="E13" s="9">
         <v>67</v>
       </c>
-      <c r="F13" s="10">
+      <c r="F13" s="9">
         <v>68</v>
       </c>
-      <c r="G13" s="10">
+      <c r="G13" s="9">
         <v>71</v>
       </c>
-      <c r="H13" s="10">
+      <c r="H13" s="9">
         <v>70</v>
       </c>
-      <c r="I13" s="10">
+      <c r="I13" s="9">
         <v>69</v>
       </c>
-      <c r="J13" s="10">
+      <c r="J13" s="9">
         <v>69</v>
       </c>
-      <c r="K13" s="10">
+      <c r="K13" s="9">
         <v>70</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A14" s="7" t="s">
+      <c r="L13" s="9">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A14" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="B14" s="8">
+      <c r="B14" s="7">
         <v>616</v>
       </c>
-      <c r="C14" s="8">
+      <c r="C14" s="7">
         <v>626</v>
       </c>
-      <c r="D14" s="8">
+      <c r="D14" s="7">
         <v>629</v>
       </c>
-      <c r="E14" s="8">
+      <c r="E14" s="7">
         <v>629</v>
       </c>
-      <c r="F14" s="8">
+      <c r="F14" s="7">
         <v>648</v>
       </c>
-      <c r="G14" s="8">
+      <c r="G14" s="7">
         <v>656</v>
       </c>
-      <c r="H14" s="8">
+      <c r="H14" s="7">
         <f>SUM(H15:H23)</f>
         <v>663</v>
       </c>
-      <c r="I14" s="8">
+      <c r="I14" s="7">
         <v>670</v>
       </c>
-      <c r="J14" s="8">
+      <c r="J14" s="7">
         <f>SUM(J15:J23)</f>
         <v>689</v>
       </c>
-      <c r="K14" s="8">
+      <c r="K14" s="7">
         <v>688</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" s="9" t="s">
+      <c r="L14" s="7">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A15" s="8" t="s">
         <v>19</v>
       </c>
-      <c r="B15" s="10">
+      <c r="B15" s="9">
         <v>164</v>
       </c>
-      <c r="C15" s="10">
+      <c r="C15" s="9">
         <v>158</v>
       </c>
-      <c r="D15" s="10">
+      <c r="D15" s="9">
         <v>159</v>
       </c>
-      <c r="E15" s="10">
+      <c r="E15" s="9">
         <v>158</v>
       </c>
-      <c r="F15" s="10">
+      <c r="F15" s="9">
         <v>166</v>
       </c>
-      <c r="G15" s="10">
+      <c r="G15" s="9">
         <v>166</v>
       </c>
-      <c r="H15" s="10">
+      <c r="H15" s="9">
         <v>169</v>
       </c>
-      <c r="I15" s="10">
+      <c r="I15" s="9">
         <v>174</v>
       </c>
-      <c r="J15" s="10">
+      <c r="J15" s="9">
         <v>181</v>
       </c>
-      <c r="K15" s="10">
+      <c r="K15" s="9">
         <v>184</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A16" s="9" t="s">
+      <c r="L15" s="9">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A16" s="8" t="s">
         <v>20</v>
       </c>
-      <c r="B16" s="10">
+      <c r="B16" s="9">
         <v>62</v>
       </c>
-      <c r="C16" s="10">
+      <c r="C16" s="9">
         <v>65</v>
       </c>
-      <c r="D16" s="10">
+      <c r="D16" s="9">
         <v>66</v>
       </c>
-      <c r="E16" s="10">
+      <c r="E16" s="9">
         <v>67</v>
       </c>
-      <c r="F16" s="10">
+      <c r="F16" s="9">
         <v>68</v>
       </c>
-      <c r="G16" s="10">
+      <c r="G16" s="9">
         <v>70</v>
       </c>
-      <c r="H16" s="10">
+      <c r="H16" s="9">
         <v>73</v>
       </c>
-      <c r="I16" s="10">
+      <c r="I16" s="9">
         <v>71</v>
       </c>
-      <c r="J16" s="10">
+      <c r="J16" s="9">
         <v>72</v>
       </c>
-      <c r="K16" s="10">
+      <c r="K16" s="9">
         <v>72</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A17" s="9" t="s">
+      <c r="L16" s="9">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A17" s="8" t="s">
         <v>21</v>
       </c>
-      <c r="B17" s="10">
+      <c r="B17" s="9">
         <v>45</v>
       </c>
-      <c r="C17" s="10">
+      <c r="C17" s="9">
         <v>49</v>
       </c>
-      <c r="D17" s="10">
+      <c r="D17" s="9">
         <v>48</v>
       </c>
-      <c r="E17" s="10">
+      <c r="E17" s="9">
         <v>48</v>
       </c>
-      <c r="F17" s="10">
+      <c r="F17" s="9">
         <v>47</v>
       </c>
-      <c r="G17" s="10">
+      <c r="G17" s="9">
         <v>48</v>
       </c>
-      <c r="H17" s="10">
+      <c r="H17" s="9">
         <v>47</v>
       </c>
-      <c r="I17" s="10">
+      <c r="I17" s="9">
         <v>48</v>
       </c>
-      <c r="J17" s="10">
+      <c r="J17" s="9">
         <v>48</v>
       </c>
-      <c r="K17" s="10">
+      <c r="K17" s="9">
         <v>48</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" s="9" t="s">
+      <c r="L17" s="9">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A18" s="8" t="s">
         <v>22</v>
       </c>
-      <c r="B18" s="10">
+      <c r="B18" s="9">
         <v>56</v>
       </c>
-      <c r="C18" s="10">
+      <c r="C18" s="9">
         <v>62</v>
       </c>
-      <c r="D18" s="10">
+      <c r="D18" s="9">
         <v>60</v>
       </c>
-      <c r="E18" s="10">
+      <c r="E18" s="9">
         <v>60</v>
       </c>
-      <c r="F18" s="10">
+      <c r="F18" s="9">
         <v>60</v>
       </c>
-      <c r="G18" s="10">
+      <c r="G18" s="9">
         <v>61</v>
       </c>
-      <c r="H18" s="10">
+      <c r="H18" s="9">
         <v>62</v>
       </c>
-      <c r="I18" s="10">
+      <c r="I18" s="9">
         <v>65</v>
       </c>
-      <c r="J18" s="10">
+      <c r="J18" s="9">
         <v>64</v>
       </c>
-      <c r="K18" s="10">
+      <c r="K18" s="9">
         <v>62</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A19" s="9" t="s">
+      <c r="L18" s="9">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A19" s="8" t="s">
         <v>23</v>
       </c>
-      <c r="B19" s="10">
+      <c r="B19" s="9">
         <v>76</v>
       </c>
-      <c r="C19" s="10">
+      <c r="C19" s="9">
         <v>79</v>
       </c>
-      <c r="D19" s="10">
+      <c r="D19" s="9">
         <v>80</v>
       </c>
-      <c r="E19" s="10">
+      <c r="E19" s="9">
         <v>80</v>
       </c>
-      <c r="F19" s="10">
+      <c r="F19" s="9">
         <v>79</v>
       </c>
-      <c r="G19" s="10">
+      <c r="G19" s="9">
         <v>79</v>
       </c>
-      <c r="H19" s="10">
+      <c r="H19" s="9">
         <v>80</v>
       </c>
-      <c r="I19" s="10">
+      <c r="I19" s="9">
         <v>77</v>
       </c>
-      <c r="J19" s="10">
+      <c r="J19" s="9">
         <v>81</v>
       </c>
-      <c r="K19" s="10">
+      <c r="K19" s="9">
         <v>79</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" s="9" t="s">
+      <c r="L19" s="9">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A20" s="8" t="s">
         <v>24</v>
       </c>
-      <c r="B20" s="10">
+      <c r="B20" s="9">
         <v>20</v>
       </c>
-      <c r="C20" s="10">
+      <c r="C20" s="9">
         <v>21</v>
       </c>
-      <c r="D20" s="10">
+      <c r="D20" s="9">
         <v>21</v>
       </c>
-      <c r="E20" s="10">
+      <c r="E20" s="9">
         <v>22</v>
       </c>
-      <c r="F20" s="10">
+      <c r="F20" s="9">
         <v>23</v>
       </c>
-      <c r="G20" s="10">
+      <c r="G20" s="9">
         <v>23</v>
       </c>
-      <c r="H20" s="10">
+      <c r="H20" s="9">
         <v>23</v>
       </c>
-      <c r="I20" s="10">
+      <c r="I20" s="9">
         <v>23</v>
       </c>
-      <c r="J20" s="10">
+      <c r="J20" s="9">
         <v>24</v>
       </c>
-      <c r="K20" s="10">
+      <c r="K20" s="9">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A21" s="9" t="s">
+      <c r="L20" s="9">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A21" s="8" t="s">
         <v>25</v>
       </c>
-      <c r="B21" s="10">
+      <c r="B21" s="9">
         <v>75</v>
       </c>
-      <c r="C21" s="10">
+      <c r="C21" s="9">
         <v>78</v>
       </c>
-      <c r="D21" s="10">
+      <c r="D21" s="9">
         <v>78</v>
       </c>
-      <c r="E21" s="10">
+      <c r="E21" s="9">
         <v>78</v>
       </c>
-      <c r="F21" s="10">
+      <c r="F21" s="9">
         <v>82</v>
       </c>
-      <c r="G21" s="10">
+      <c r="G21" s="9">
         <v>83</v>
       </c>
-      <c r="H21" s="10">
+      <c r="H21" s="9">
         <v>83</v>
       </c>
-      <c r="I21" s="10">
+      <c r="I21" s="9">
         <v>85</v>
       </c>
-      <c r="J21" s="10">
+      <c r="J21" s="9">
         <v>86</v>
       </c>
-      <c r="K21" s="10">
+      <c r="K21" s="9">
         <v>87</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A22" s="9" t="s">
+      <c r="L21" s="9">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A22" s="8" t="s">
         <v>26</v>
       </c>
-      <c r="B22" s="10">
+      <c r="B22" s="9">
         <v>64</v>
       </c>
-      <c r="C22" s="10">
+      <c r="C22" s="9">
         <v>61</v>
       </c>
-      <c r="D22" s="10">
+      <c r="D22" s="9">
         <v>62</v>
       </c>
-      <c r="E22" s="10">
+      <c r="E22" s="9">
         <v>62</v>
       </c>
-      <c r="F22" s="10">
+      <c r="F22" s="9">
         <v>66</v>
       </c>
-      <c r="G22" s="10">
+      <c r="G22" s="9">
         <v>67</v>
       </c>
-      <c r="H22" s="10">
+      <c r="H22" s="9">
         <v>68</v>
       </c>
-      <c r="I22" s="10">
+      <c r="I22" s="9">
         <v>67</v>
       </c>
-      <c r="J22" s="10">
+      <c r="J22" s="9">
         <v>67</v>
       </c>
-      <c r="K22" s="10">
+      <c r="K22" s="9">
         <v>66</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A23" s="9" t="s">
+      <c r="L22" s="9">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A23" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="B23" s="10">
+      <c r="B23" s="9">
         <v>54</v>
       </c>
-      <c r="C23" s="10">
+      <c r="C23" s="9">
         <v>53</v>
       </c>
-      <c r="D23" s="10">
+      <c r="D23" s="9">
         <v>55</v>
       </c>
-      <c r="E23" s="10">
+      <c r="E23" s="9">
         <v>54</v>
       </c>
-      <c r="F23" s="10">
+      <c r="F23" s="9">
         <v>57</v>
       </c>
-      <c r="G23" s="10">
+      <c r="G23" s="9">
         <v>59</v>
       </c>
-      <c r="H23" s="10">
+      <c r="H23" s="9">
         <v>58</v>
       </c>
-      <c r="I23" s="10">
+      <c r="I23" s="9">
         <v>60</v>
       </c>
-      <c r="J23" s="10">
+      <c r="J23" s="9">
         <v>66</v>
       </c>
-      <c r="K23" s="10">
+      <c r="K23" s="9">
         <v>66</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A24" s="7" t="s">
+      <c r="L23" s="9">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A24" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="B24" s="8">
+      <c r="B24" s="7">
         <v>6547</v>
       </c>
-      <c r="C24" s="8">
+      <c r="C24" s="7">
         <v>6637</v>
       </c>
-      <c r="D24" s="8">
+      <c r="D24" s="7">
         <v>6774</v>
       </c>
-      <c r="E24" s="8">
+      <c r="E24" s="7">
         <v>6864</v>
       </c>
-      <c r="F24" s="8">
+      <c r="F24" s="7">
         <v>7003</v>
       </c>
-      <c r="G24" s="8">
+      <c r="G24" s="7">
         <v>7117</v>
       </c>
-      <c r="H24" s="8">
+      <c r="H24" s="7">
         <f>SUM(H25:H33)</f>
         <v>7231</v>
       </c>
-      <c r="I24" s="8">
+      <c r="I24" s="7">
         <v>7307</v>
       </c>
-      <c r="J24" s="8">
+      <c r="J24" s="7">
         <f>SUM(J25:J33)</f>
         <v>7443</v>
       </c>
-      <c r="K24" s="8">
+      <c r="K24" s="7">
         <v>7560</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A25" s="9" t="s">
+      <c r="L24" s="7">
+        <v>7679</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A25" s="8" t="s">
         <v>29</v>
       </c>
-      <c r="B25" s="10">
+      <c r="B25" s="9">
         <v>4815</v>
       </c>
-      <c r="C25" s="10">
+      <c r="C25" s="9">
         <v>4850</v>
       </c>
-      <c r="D25" s="10">
+      <c r="D25" s="9">
         <v>4944</v>
       </c>
-      <c r="E25" s="10">
+      <c r="E25" s="9">
         <v>4999</v>
       </c>
-      <c r="F25" s="10">
+      <c r="F25" s="9">
         <v>5106</v>
       </c>
-      <c r="G25" s="10">
+      <c r="G25" s="9">
         <v>5184</v>
       </c>
-      <c r="H25" s="10">
+      <c r="H25" s="9">
         <v>5257</v>
       </c>
-      <c r="I25" s="10">
+      <c r="I25" s="9">
         <v>5310</v>
       </c>
-      <c r="J25" s="10">
+      <c r="J25" s="9">
         <v>5395</v>
       </c>
-      <c r="K25" s="10">
+      <c r="K25" s="9">
         <v>5477</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A26" s="9" t="s">
+      <c r="L25" s="9">
+        <v>5558</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A26" s="8" t="s">
         <v>30</v>
       </c>
-      <c r="B26" s="10">
+      <c r="B26" s="9">
         <v>387</v>
       </c>
-      <c r="C26" s="10">
+      <c r="C26" s="9">
         <v>402</v>
       </c>
-      <c r="D26" s="10">
+      <c r="D26" s="9">
         <v>412</v>
       </c>
-      <c r="E26" s="10">
+      <c r="E26" s="9">
         <v>420</v>
       </c>
-      <c r="F26" s="10">
+      <c r="F26" s="9">
         <v>425</v>
       </c>
-      <c r="G26" s="10">
+      <c r="G26" s="9">
         <v>434</v>
       </c>
-      <c r="H26" s="10">
+      <c r="H26" s="9">
         <v>439</v>
       </c>
-      <c r="I26" s="10">
+      <c r="I26" s="9">
         <v>444</v>
       </c>
-      <c r="J26" s="10">
+      <c r="J26" s="9">
         <v>455</v>
       </c>
-      <c r="K26" s="10">
+      <c r="K26" s="9">
         <v>463</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A27" s="9" t="s">
+      <c r="L26" s="9">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A27" s="8" t="s">
         <v>31</v>
       </c>
-      <c r="B27" s="10">
+      <c r="B27" s="9">
         <v>182</v>
       </c>
-      <c r="C27" s="10">
+      <c r="C27" s="9">
         <v>186</v>
       </c>
-      <c r="D27" s="10">
+      <c r="D27" s="9">
         <v>193</v>
       </c>
-      <c r="E27" s="10">
+      <c r="E27" s="9">
         <v>199</v>
       </c>
-      <c r="F27" s="10">
+      <c r="F27" s="9">
         <v>201</v>
       </c>
-      <c r="G27" s="10">
+      <c r="G27" s="9">
         <v>205</v>
       </c>
-      <c r="H27" s="10">
+      <c r="H27" s="9">
         <v>208</v>
       </c>
-      <c r="I27" s="10">
+      <c r="I27" s="9">
         <v>206</v>
       </c>
-      <c r="J27" s="10">
+      <c r="J27" s="9">
         <v>210</v>
       </c>
-      <c r="K27" s="10">
+      <c r="K27" s="9">
         <v>210</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A28" s="9" t="s">
+      <c r="L27" s="9">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A28" s="8" t="s">
         <v>32</v>
       </c>
-      <c r="B28" s="10">
+      <c r="B28" s="9">
         <v>200</v>
       </c>
-      <c r="C28" s="10">
+      <c r="C28" s="9">
         <v>207</v>
       </c>
-      <c r="D28" s="10">
+      <c r="D28" s="9">
         <v>216</v>
       </c>
-      <c r="E28" s="10">
+      <c r="E28" s="9">
         <v>221</v>
       </c>
-      <c r="F28" s="10">
+      <c r="F28" s="9">
         <v>226</v>
       </c>
-      <c r="G28" s="10">
+      <c r="G28" s="9">
         <v>228</v>
       </c>
-      <c r="H28" s="10">
+      <c r="H28" s="9">
         <v>236</v>
       </c>
-      <c r="I28" s="10">
+      <c r="I28" s="9">
         <v>245</v>
       </c>
-      <c r="J28" s="10">
+      <c r="J28" s="9">
         <v>253</v>
       </c>
-      <c r="K28" s="10">
+      <c r="K28" s="9">
         <v>261</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A29" s="9" t="s">
+      <c r="L28" s="9">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A29" s="8" t="s">
         <v>33</v>
       </c>
-      <c r="B29" s="10">
+      <c r="B29" s="9">
         <v>260</v>
       </c>
-      <c r="C29" s="10">
+      <c r="C29" s="9">
         <v>265</v>
       </c>
-      <c r="D29" s="10">
+      <c r="D29" s="9">
         <v>279</v>
       </c>
-      <c r="E29" s="10">
+      <c r="E29" s="9">
         <v>278</v>
       </c>
-      <c r="F29" s="10">
+      <c r="F29" s="9">
         <v>284</v>
       </c>
-      <c r="G29" s="10">
+      <c r="G29" s="9">
         <v>292</v>
       </c>
-      <c r="H29" s="10">
+      <c r="H29" s="9">
         <v>291</v>
       </c>
-      <c r="I29" s="10">
+      <c r="I29" s="9">
         <v>293</v>
       </c>
-      <c r="J29" s="10">
+      <c r="J29" s="9">
         <v>300</v>
       </c>
-      <c r="K29" s="10">
+      <c r="K29" s="9">
         <v>315</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A30" s="9" t="s">
+      <c r="L29" s="9">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A30" s="8" t="s">
         <v>34</v>
       </c>
-      <c r="B30" s="10">
+      <c r="B30" s="9">
         <v>113</v>
       </c>
-      <c r="C30" s="10">
+      <c r="C30" s="9">
         <v>116</v>
       </c>
-      <c r="D30" s="10">
+      <c r="D30" s="9">
         <v>114</v>
       </c>
-      <c r="E30" s="10">
+      <c r="E30" s="9">
         <v>117</v>
       </c>
-      <c r="F30" s="10">
+      <c r="F30" s="9">
         <v>124</v>
       </c>
-      <c r="G30" s="10">
+      <c r="G30" s="9">
         <v>125</v>
       </c>
-      <c r="H30" s="10">
+      <c r="H30" s="9">
         <v>129</v>
       </c>
-      <c r="I30" s="10">
+      <c r="I30" s="9">
         <v>127</v>
       </c>
-      <c r="J30" s="10">
+      <c r="J30" s="9">
         <v>128</v>
       </c>
-      <c r="K30" s="10">
+      <c r="K30" s="9">
         <v>132</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A31" s="9" t="s">
+      <c r="L30" s="9">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A31" s="8" t="s">
         <v>35</v>
       </c>
-      <c r="B31" s="10">
+      <c r="B31" s="9">
         <v>251</v>
       </c>
-      <c r="C31" s="10">
+      <c r="C31" s="9">
         <v>260</v>
       </c>
-      <c r="D31" s="10">
+      <c r="D31" s="9">
         <v>262</v>
       </c>
-      <c r="E31" s="10">
+      <c r="E31" s="9">
         <v>267</v>
       </c>
-      <c r="F31" s="10">
+      <c r="F31" s="9">
         <v>270</v>
       </c>
-      <c r="G31" s="10">
+      <c r="G31" s="9">
         <v>272</v>
       </c>
-      <c r="H31" s="10">
+      <c r="H31" s="9">
         <v>281</v>
       </c>
-      <c r="I31" s="10">
+      <c r="I31" s="9">
         <v>282</v>
       </c>
-      <c r="J31" s="10">
+      <c r="J31" s="9">
         <v>292</v>
       </c>
-      <c r="K31" s="10">
+      <c r="K31" s="9">
         <v>292</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A32" s="9" t="s">
+      <c r="L31" s="9">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A32" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="B32" s="10">
+      <c r="B32" s="9">
         <v>137</v>
       </c>
-      <c r="C32" s="10">
+      <c r="C32" s="9">
         <v>143</v>
       </c>
-      <c r="D32" s="10">
+      <c r="D32" s="9">
         <v>142</v>
       </c>
-      <c r="E32" s="10">
+      <c r="E32" s="9">
         <v>146</v>
       </c>
-      <c r="F32" s="10">
+      <c r="F32" s="9">
         <v>150</v>
       </c>
-      <c r="G32" s="10">
+      <c r="G32" s="9">
         <v>152</v>
       </c>
-      <c r="H32" s="10">
+      <c r="H32" s="9">
         <v>153</v>
       </c>
-      <c r="I32" s="10">
+      <c r="I32" s="9">
         <v>157</v>
       </c>
-      <c r="J32" s="10">
+      <c r="J32" s="9">
         <v>166</v>
       </c>
-      <c r="K32" s="10">
+      <c r="K32" s="9">
         <v>166</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A33" s="9" t="s">
+      <c r="L32" s="9">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A33" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="B33" s="10">
+      <c r="B33" s="9">
         <v>202</v>
       </c>
-      <c r="C33" s="10">
+      <c r="C33" s="9">
         <v>208</v>
       </c>
-      <c r="D33" s="10">
+      <c r="D33" s="9">
         <v>212</v>
       </c>
-      <c r="E33" s="10">
+      <c r="E33" s="9">
         <v>217</v>
       </c>
-      <c r="F33" s="10">
+      <c r="F33" s="9">
         <v>217</v>
       </c>
-      <c r="G33" s="10">
+      <c r="G33" s="9">
         <v>225</v>
       </c>
-      <c r="H33" s="10">
+      <c r="H33" s="9">
         <v>237</v>
       </c>
-      <c r="I33" s="10">
+      <c r="I33" s="9">
         <v>243</v>
       </c>
-      <c r="J33" s="10">
+      <c r="J33" s="9">
         <v>244</v>
       </c>
-      <c r="K33" s="10">
+      <c r="K33" s="9">
         <v>244</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A34" s="7" t="s">
+      <c r="L33" s="9">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A34" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="B34" s="8">
+      <c r="B34" s="7">
         <v>1572</v>
       </c>
-      <c r="C34" s="8">
+      <c r="C34" s="7">
         <v>1597</v>
       </c>
-      <c r="D34" s="8">
+      <c r="D34" s="7">
         <v>1627</v>
       </c>
-      <c r="E34" s="8">
+      <c r="E34" s="7">
         <v>1646</v>
       </c>
-      <c r="F34" s="8">
+      <c r="F34" s="7">
         <v>1687</v>
       </c>
-      <c r="G34" s="8">
+      <c r="G34" s="7">
         <v>1710</v>
       </c>
-      <c r="H34" s="8">
+      <c r="H34" s="7">
         <f>SUM(H35:H44)</f>
         <v>1737</v>
       </c>
-      <c r="I34" s="8">
+      <c r="I34" s="7">
         <v>1763</v>
       </c>
-      <c r="J34" s="8">
+      <c r="J34" s="7">
         <f>SUM(J35:J44)</f>
         <v>1782</v>
       </c>
-      <c r="K34" s="8">
+      <c r="K34" s="7">
         <v>1817</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A35" s="9" t="s">
+      <c r="L34" s="7">
+        <v>1828</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A35" s="8" t="s">
         <v>39</v>
       </c>
-      <c r="B35" s="10">
+      <c r="B35" s="9">
         <v>82</v>
       </c>
-      <c r="C35" s="10">
+      <c r="C35" s="9">
         <v>81</v>
       </c>
-      <c r="D35" s="10">
+      <c r="D35" s="9">
         <v>81</v>
       </c>
-      <c r="E35" s="10">
+      <c r="E35" s="9">
         <v>81</v>
       </c>
-      <c r="F35" s="10">
+      <c r="F35" s="9">
         <v>79</v>
       </c>
-      <c r="G35" s="10">
+      <c r="G35" s="9">
         <v>78</v>
       </c>
-      <c r="H35" s="10">
+      <c r="H35" s="9">
         <v>78</v>
       </c>
-      <c r="I35" s="10">
+      <c r="I35" s="9">
         <v>79</v>
       </c>
-      <c r="J35" s="10">
+      <c r="J35" s="9">
         <v>79</v>
       </c>
-      <c r="K35" s="10">
+      <c r="K35" s="9">
         <v>81</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A36" s="9" t="s">
+      <c r="L35" s="9">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A36" s="8" t="s">
         <v>40</v>
       </c>
-      <c r="B36" s="10">
+      <c r="B36" s="9">
         <v>251</v>
       </c>
-      <c r="C36" s="10">
+      <c r="C36" s="9">
         <v>253</v>
       </c>
-      <c r="D36" s="10">
+      <c r="D36" s="9">
         <v>256</v>
       </c>
-      <c r="E36" s="10">
+      <c r="E36" s="9">
         <v>254</v>
       </c>
-      <c r="F36" s="10">
+      <c r="F36" s="9">
         <v>259</v>
       </c>
-      <c r="G36" s="10">
+      <c r="G36" s="9">
         <v>260</v>
       </c>
-      <c r="H36" s="10">
+      <c r="H36" s="9">
         <v>264</v>
       </c>
-      <c r="I36" s="10">
+      <c r="I36" s="9">
         <v>264</v>
       </c>
-      <c r="J36" s="10">
+      <c r="J36" s="9">
         <v>267</v>
       </c>
-      <c r="K36" s="10">
+      <c r="K36" s="9">
         <v>273</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A37" s="9" t="s">
+      <c r="L36" s="9">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A37" s="8" t="s">
         <v>41</v>
       </c>
-      <c r="B37" s="10">
+      <c r="B37" s="9">
         <v>90</v>
       </c>
-      <c r="C37" s="10">
+      <c r="C37" s="9">
         <v>93</v>
       </c>
-      <c r="D37" s="10">
+      <c r="D37" s="9">
         <v>92</v>
       </c>
-      <c r="E37" s="10">
+      <c r="E37" s="9">
         <v>92</v>
       </c>
-      <c r="F37" s="10">
+      <c r="F37" s="9">
         <v>94</v>
       </c>
-      <c r="G37" s="10">
+      <c r="G37" s="9">
         <v>94</v>
       </c>
-      <c r="H37" s="10">
+      <c r="H37" s="9">
         <v>95</v>
       </c>
-      <c r="I37" s="10">
+      <c r="I37" s="9">
         <v>97</v>
       </c>
-      <c r="J37" s="10">
+      <c r="J37" s="9">
         <v>98</v>
       </c>
-      <c r="K37" s="10">
+      <c r="K37" s="9">
         <v>98</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A38" s="9" t="s">
+      <c r="L37" s="9">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A38" s="8" t="s">
         <v>42</v>
       </c>
-      <c r="B38" s="10">
+      <c r="B38" s="9">
         <v>176</v>
       </c>
-      <c r="C38" s="10">
+      <c r="C38" s="9">
         <v>175</v>
       </c>
-      <c r="D38" s="10">
+      <c r="D38" s="9">
         <v>180</v>
       </c>
-      <c r="E38" s="10">
+      <c r="E38" s="9">
         <v>182</v>
       </c>
-      <c r="F38" s="10">
+      <c r="F38" s="9">
         <v>189</v>
       </c>
-      <c r="G38" s="10">
+      <c r="G38" s="9">
         <v>191</v>
       </c>
-      <c r="H38" s="10">
+      <c r="H38" s="9">
         <v>191</v>
       </c>
-      <c r="I38" s="10">
+      <c r="I38" s="9">
         <v>195</v>
       </c>
-      <c r="J38" s="10">
+      <c r="J38" s="9">
         <v>196</v>
       </c>
-      <c r="K38" s="10">
+      <c r="K38" s="9">
         <v>200</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A39" s="9" t="s">
+      <c r="L38" s="9">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A39" s="8" t="s">
         <v>43</v>
       </c>
-      <c r="B39" s="10">
+      <c r="B39" s="9">
         <v>124</v>
       </c>
-      <c r="C39" s="10">
+      <c r="C39" s="9">
         <v>130</v>
       </c>
-      <c r="D39" s="10">
+      <c r="D39" s="9">
         <v>134</v>
       </c>
-      <c r="E39" s="10">
+      <c r="E39" s="9">
         <v>136</v>
       </c>
-      <c r="F39" s="10">
+      <c r="F39" s="9">
         <v>141</v>
       </c>
-      <c r="G39" s="10">
+      <c r="G39" s="9">
         <v>144</v>
       </c>
-      <c r="H39" s="10">
+      <c r="H39" s="9">
         <v>145</v>
       </c>
-      <c r="I39" s="10">
+      <c r="I39" s="9">
         <v>147</v>
       </c>
-      <c r="J39" s="10">
+      <c r="J39" s="9">
         <v>151</v>
       </c>
-      <c r="K39" s="10">
+      <c r="K39" s="9">
         <v>152</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A40" s="9" t="s">
+      <c r="L39" s="9">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A40" s="8" t="s">
         <v>44</v>
       </c>
-      <c r="B40" s="10">
+      <c r="B40" s="9">
         <v>337</v>
       </c>
-      <c r="C40" s="10">
+      <c r="C40" s="9">
         <v>340</v>
       </c>
-      <c r="D40" s="10">
+      <c r="D40" s="9">
         <v>350</v>
       </c>
-      <c r="E40" s="10">
+      <c r="E40" s="9">
         <v>356</v>
       </c>
-      <c r="F40" s="10">
+      <c r="F40" s="9">
         <v>361</v>
       </c>
-      <c r="G40" s="10">
+      <c r="G40" s="9">
         <v>369</v>
       </c>
-      <c r="H40" s="10">
+      <c r="H40" s="9">
         <v>380</v>
       </c>
-      <c r="I40" s="10">
+      <c r="I40" s="9">
         <v>384</v>
       </c>
-      <c r="J40" s="10">
+      <c r="J40" s="9">
         <v>382</v>
       </c>
-      <c r="K40" s="10">
+      <c r="K40" s="9">
         <v>389</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A41" s="9" t="s">
+      <c r="L40" s="9">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A41" s="8" t="s">
         <v>45</v>
       </c>
-      <c r="B41" s="10">
+      <c r="B41" s="9">
         <v>76</v>
       </c>
-      <c r="C41" s="10">
+      <c r="C41" s="9">
         <v>76</v>
       </c>
-      <c r="D41" s="10">
+      <c r="D41" s="9">
         <v>82</v>
       </c>
-      <c r="E41" s="10">
+      <c r="E41" s="9">
         <v>84</v>
       </c>
-      <c r="F41" s="10">
+      <c r="F41" s="9">
         <v>83</v>
       </c>
-      <c r="G41" s="10">
+      <c r="G41" s="9">
         <v>86</v>
       </c>
-      <c r="H41" s="10">
+      <c r="H41" s="9">
         <v>87</v>
       </c>
-      <c r="I41" s="10">
+      <c r="I41" s="9">
         <v>87</v>
       </c>
-      <c r="J41" s="10">
+      <c r="J41" s="9">
         <v>89</v>
       </c>
-      <c r="K41" s="10">
+      <c r="K41" s="9">
         <v>91</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A42" s="9" t="s">
+      <c r="L41" s="9">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A42" s="8" t="s">
         <v>46</v>
       </c>
-      <c r="B42" s="10">
+      <c r="B42" s="9">
         <v>104</v>
       </c>
-      <c r="C42" s="10">
+      <c r="C42" s="9">
         <v>109</v>
       </c>
-      <c r="D42" s="10">
+      <c r="D42" s="9">
         <v>110</v>
       </c>
-      <c r="E42" s="10">
+      <c r="E42" s="9">
         <v>111</v>
       </c>
-      <c r="F42" s="10">
+      <c r="F42" s="9">
         <v>116</v>
       </c>
-      <c r="G42" s="10">
+      <c r="G42" s="9">
         <v>119</v>
       </c>
-      <c r="H42" s="10">
+      <c r="H42" s="9">
         <v>120</v>
       </c>
-      <c r="I42" s="10">
+      <c r="I42" s="9">
         <v>125</v>
       </c>
-      <c r="J42" s="10">
+      <c r="J42" s="9">
         <v>125</v>
       </c>
-      <c r="K42" s="10">
+      <c r="K42" s="9">
         <v>125</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A43" s="9" t="s">
+      <c r="L42" s="9">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A43" s="8" t="s">
         <v>47</v>
       </c>
-      <c r="B43" s="10">
+      <c r="B43" s="9">
         <v>302</v>
       </c>
-      <c r="C43" s="10">
+      <c r="C43" s="9">
         <v>307</v>
       </c>
-      <c r="D43" s="10">
+      <c r="D43" s="9">
         <v>310</v>
       </c>
-      <c r="E43" s="10">
+      <c r="E43" s="9">
         <v>316</v>
       </c>
-      <c r="F43" s="10">
+      <c r="F43" s="9">
         <v>329</v>
       </c>
-      <c r="G43" s="10">
+      <c r="G43" s="9">
         <v>332</v>
       </c>
-      <c r="H43" s="10">
+      <c r="H43" s="9">
         <v>338</v>
       </c>
-      <c r="I43" s="10">
+      <c r="I43" s="9">
         <v>347</v>
       </c>
-      <c r="J43" s="10">
+      <c r="J43" s="9">
         <v>356</v>
       </c>
-      <c r="K43" s="10">
+      <c r="K43" s="9">
         <v>367</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A44" s="9" t="s">
+      <c r="L43" s="9">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A44" s="8" t="s">
         <v>48</v>
       </c>
-      <c r="B44" s="10">
+      <c r="B44" s="9">
         <v>30</v>
       </c>
-      <c r="C44" s="10">
+      <c r="C44" s="9">
         <v>33</v>
       </c>
-      <c r="D44" s="10">
+      <c r="D44" s="9">
         <v>32</v>
       </c>
-      <c r="E44" s="10">
+      <c r="E44" s="9">
         <v>34</v>
       </c>
-      <c r="F44" s="10">
+      <c r="F44" s="9">
         <v>36</v>
       </c>
-      <c r="G44" s="10">
+      <c r="G44" s="9">
         <v>37</v>
       </c>
-      <c r="H44" s="10">
+      <c r="H44" s="9">
         <v>39</v>
       </c>
-      <c r="I44" s="10">
+      <c r="I44" s="9">
         <v>38</v>
       </c>
-      <c r="J44" s="10">
+      <c r="J44" s="9">
         <v>39</v>
       </c>
-      <c r="K44" s="10">
+      <c r="K44" s="9">
         <v>41</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A45" s="7" t="s">
+      <c r="L44" s="9">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A45" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="B45" s="8">
+      <c r="B45" s="7">
         <v>891</v>
       </c>
-      <c r="C45" s="8">
+      <c r="C45" s="7">
         <v>904</v>
       </c>
-      <c r="D45" s="8">
+      <c r="D45" s="7">
         <v>931</v>
       </c>
-      <c r="E45" s="8">
+      <c r="E45" s="7">
         <v>944</v>
       </c>
-      <c r="F45" s="8">
+      <c r="F45" s="7">
         <v>957</v>
       </c>
-      <c r="G45" s="8">
+      <c r="G45" s="7">
         <v>968</v>
       </c>
-      <c r="H45" s="8">
+      <c r="H45" s="7">
         <f>SUM(H46:H51)</f>
         <v>979</v>
       </c>
-      <c r="I45" s="8">
+      <c r="I45" s="7">
         <v>1002</v>
       </c>
-      <c r="J45" s="8">
+      <c r="J45" s="7">
         <f>SUM(J46:J51)</f>
         <v>1027</v>
       </c>
-      <c r="K45" s="8">
+      <c r="K45" s="7">
         <v>1042</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A46" s="9" t="s">
+      <c r="L45" s="7">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A46" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="B46" s="10">
+      <c r="B46" s="9">
         <v>258</v>
       </c>
-      <c r="C46" s="10">
+      <c r="C46" s="9">
         <v>259</v>
       </c>
-      <c r="D46" s="10">
+      <c r="D46" s="9">
         <v>267</v>
       </c>
-      <c r="E46" s="10">
+      <c r="E46" s="9">
         <v>272</v>
       </c>
-      <c r="F46" s="10">
+      <c r="F46" s="9">
         <v>273</v>
       </c>
-      <c r="G46" s="10">
+      <c r="G46" s="9">
         <v>275</v>
       </c>
-      <c r="H46" s="10">
+      <c r="H46" s="9">
         <v>278</v>
       </c>
-      <c r="I46" s="10">
+      <c r="I46" s="9">
         <v>281</v>
       </c>
-      <c r="J46" s="10">
+      <c r="J46" s="9">
         <v>287</v>
       </c>
-      <c r="K46" s="10">
+      <c r="K46" s="9">
         <v>292</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A47" s="9" t="s">
+      <c r="L46" s="9">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A47" s="8" t="s">
         <v>51</v>
       </c>
-      <c r="B47" s="10">
+      <c r="B47" s="9">
         <v>94</v>
       </c>
-      <c r="C47" s="10">
+      <c r="C47" s="9">
         <v>97</v>
       </c>
-      <c r="D47" s="10">
+      <c r="D47" s="9">
         <v>99</v>
       </c>
-      <c r="E47" s="10">
+      <c r="E47" s="9">
         <v>98</v>
       </c>
-      <c r="F47" s="10">
+      <c r="F47" s="9">
         <v>98</v>
       </c>
-      <c r="G47" s="10">
+      <c r="G47" s="9">
         <v>98</v>
       </c>
-      <c r="H47" s="10">
+      <c r="H47" s="9">
         <v>100</v>
       </c>
-      <c r="I47" s="10">
+      <c r="I47" s="9">
         <v>99</v>
       </c>
-      <c r="J47" s="10">
+      <c r="J47" s="9">
         <v>102</v>
       </c>
-      <c r="K47" s="10">
+      <c r="K47" s="9">
         <v>103</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A48" s="9" t="s">
+      <c r="L47" s="9">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A48" s="8" t="s">
         <v>52</v>
       </c>
-      <c r="B48" s="10">
+      <c r="B48" s="9">
         <v>166</v>
       </c>
-      <c r="C48" s="10">
+      <c r="C48" s="9">
         <v>169</v>
       </c>
-      <c r="D48" s="10">
+      <c r="D48" s="9">
         <v>175</v>
       </c>
-      <c r="E48" s="10">
+      <c r="E48" s="9">
         <v>179</v>
       </c>
-      <c r="F48" s="10">
+      <c r="F48" s="9">
         <v>178</v>
       </c>
-      <c r="G48" s="10">
+      <c r="G48" s="9">
         <v>182</v>
       </c>
-      <c r="H48" s="10">
+      <c r="H48" s="9">
         <v>183</v>
       </c>
-      <c r="I48" s="10">
+      <c r="I48" s="9">
         <v>185</v>
       </c>
-      <c r="J48" s="10">
+      <c r="J48" s="9">
         <v>185</v>
       </c>
-      <c r="K48" s="10">
+      <c r="K48" s="9">
         <v>194</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A49" s="9" t="s">
+      <c r="L48" s="9">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A49" s="8" t="s">
         <v>53</v>
       </c>
-      <c r="B49" s="10">
+      <c r="B49" s="9">
         <v>122</v>
       </c>
-      <c r="C49" s="10">
+      <c r="C49" s="9">
         <v>123</v>
       </c>
-      <c r="D49" s="10">
+      <c r="D49" s="9">
         <v>122</v>
       </c>
-      <c r="E49" s="10">
+      <c r="E49" s="9">
         <v>123</v>
       </c>
-      <c r="F49" s="10">
+      <c r="F49" s="9">
         <v>126</v>
       </c>
-      <c r="G49" s="10">
+      <c r="G49" s="9">
         <v>128</v>
       </c>
-      <c r="H49" s="10">
+      <c r="H49" s="9">
         <v>127</v>
       </c>
-      <c r="I49" s="10">
+      <c r="I49" s="9">
         <v>132</v>
       </c>
-      <c r="J49" s="10">
+      <c r="J49" s="9">
         <v>133</v>
       </c>
-      <c r="K49" s="10">
+      <c r="K49" s="9">
         <v>134</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A50" s="9" t="s">
+      <c r="L49" s="9">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A50" s="8" t="s">
         <v>54</v>
       </c>
-      <c r="B50" s="10">
+      <c r="B50" s="9">
         <v>109</v>
       </c>
-      <c r="C50" s="10">
+      <c r="C50" s="9">
         <v>110</v>
       </c>
-      <c r="D50" s="10">
+      <c r="D50" s="9">
         <v>115</v>
       </c>
-      <c r="E50" s="10">
+      <c r="E50" s="9">
         <v>119</v>
       </c>
-      <c r="F50" s="10">
+      <c r="F50" s="9">
         <v>118</v>
       </c>
-      <c r="G50" s="10">
+      <c r="G50" s="9">
         <v>119</v>
       </c>
-      <c r="H50" s="10">
+      <c r="H50" s="9">
         <v>119</v>
       </c>
-      <c r="I50" s="10">
+      <c r="I50" s="9">
         <v>122</v>
       </c>
-      <c r="J50" s="10">
+      <c r="J50" s="9">
         <v>132</v>
       </c>
-      <c r="K50" s="10">
+      <c r="K50" s="9">
         <v>134</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A51" s="9" t="s">
+      <c r="L50" s="9">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A51" s="8" t="s">
         <v>55</v>
       </c>
-      <c r="B51" s="10">
+      <c r="B51" s="9">
         <v>142</v>
       </c>
-      <c r="C51" s="10">
+      <c r="C51" s="9">
         <v>146</v>
       </c>
-      <c r="D51" s="10">
+      <c r="D51" s="9">
         <v>153</v>
       </c>
-      <c r="E51" s="10">
+      <c r="E51" s="9">
         <v>153</v>
       </c>
-      <c r="F51" s="10">
+      <c r="F51" s="9">
         <v>164</v>
       </c>
-      <c r="G51" s="10">
+      <c r="G51" s="9">
         <v>166</v>
       </c>
-      <c r="H51" s="10">
+      <c r="H51" s="9">
         <v>172</v>
       </c>
-      <c r="I51" s="10">
+      <c r="I51" s="9">
         <v>183</v>
       </c>
-      <c r="J51" s="10">
+      <c r="J51" s="9">
         <v>188</v>
       </c>
-      <c r="K51" s="10">
+      <c r="K51" s="9">
         <v>185</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A52" s="19" t="s">
+      <c r="L51" s="9">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="15" t="s">
         <v>56</v>
       </c>
-      <c r="B52" s="19"/>
-[...8 lines deleted...]
-      <c r="K52" s="19"/>
+      <c r="B52" s="15"/>
+      <c r="C52" s="15"/>
+      <c r="D52" s="15"/>
+      <c r="E52" s="15"/>
+      <c r="F52" s="15"/>
+      <c r="G52" s="15"/>
+      <c r="H52" s="15"/>
+      <c r="I52" s="15"/>
+      <c r="J52" s="15"/>
+      <c r="K52" s="15"/>
+      <c r="L52" s="15"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:A3"/>
-    <mergeCell ref="A1:K1"/>
-[...1 lines deleted...]
-    <mergeCell ref="A52:K52"/>
+    <mergeCell ref="A52:L52"/>
+    <mergeCell ref="B2:L2"/>
+    <mergeCell ref="A1:L1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>MUN</vt:lpstr>
     </vt:vector>