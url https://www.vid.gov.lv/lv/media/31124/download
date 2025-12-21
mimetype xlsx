--- v1 (2025-11-22)
+++ v2 (2025-12-21)
@@ -3,97 +3,97 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\superstore\3_GNP_AD\NMMMD\Inna\Darbs 2020_2024\2025.gads\NM skaits\Excel publicēšanai\01.11\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\superstore\3_GNP_AD\NMMMD\Inna\Darbs 2020_2024\2025.gads\NM skaits\Excel publicēšanai\01.12\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D7349FF0-2FD1-4ECA-83C6-5D4B2A3C5EBA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{20271CEF-6BEE-4EA0-858D-F69C6F0FB550}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C8C2BA84-9A39-4722-9C9A-2B040491896A}"/>
   </bookViews>
   <sheets>
     <sheet name="MUN" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="J45" i="1" l="1"/>
   <c r="J34" i="1"/>
   <c r="J24" i="1"/>
   <c r="J14" i="1"/>
   <c r="J5" i="1"/>
   <c r="H45" i="1"/>
   <c r="H34" i="1"/>
   <c r="H24" i="1"/>
   <c r="H14" i="1"/>
   <c r="H5" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="64">
   <si>
     <t>Plānošanas reģions/Pilsēta/Novads</t>
   </si>
   <si>
     <t>Datums</t>
   </si>
   <si>
     <t>01.01.2025.</t>
   </si>
   <si>
     <t>01.02.2025.</t>
   </si>
   <si>
     <t>01.03.2025.</t>
   </si>
   <si>
     <t>01.04.2025.</t>
   </si>
   <si>
     <t>01.05.2025.</t>
   </si>
   <si>
     <t>01.06.2025.</t>
   </si>
   <si>
@@ -238,50 +238,53 @@
     <t>Jelgavas novads</t>
   </si>
   <si>
     <t>Jēkabpils novads</t>
   </si>
   <si>
     <t>* Dati atbilstoši VID Datu noliktavas sistēmā esošajai informācijai. Ja nodokļu maksātājs nav norādījis adresi vai norādītā adrese ir ārpus Latvijas, nodokļu maksātājs tiek pieskaitīts pie Rīgas pilsētas.</t>
   </si>
   <si>
     <t>Mikrouzņēmumu nodokļa maksātāju skaits 2025. gadā*</t>
   </si>
   <si>
     <t>01.07.2025.</t>
   </si>
   <si>
     <t>01.08.2025.</t>
   </si>
   <si>
     <t>01.09.2025.</t>
   </si>
   <si>
     <t>01.10.2025.</t>
   </si>
   <si>
     <t>01.11.2025.</t>
+  </si>
+  <si>
+    <t>01.12.2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
@@ -318,51 +321,51 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF012069"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF264487"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE6E8EE"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="16">
+  <borders count="17">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -507,113 +510,129 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
+      <left style="thin">
+        <color theme="0"/>
+      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
+      <top style="thin">
+        <color theme="0"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="20">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="4" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
@@ -917,1995 +936,2145 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{243205FA-98FF-4BF5-8469-9A568D86B75A}">
-  <dimension ref="A1:L52"/>
+  <dimension ref="A1:M52"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="O15" sqref="O15"/>
+      <selection pane="bottomLeft" activeCell="Q1" sqref="Q1:U1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="30" style="1" customWidth="1"/>
     <col min="2" max="8" width="13" style="1" customWidth="1"/>
     <col min="9" max="9" width="12.28515625" style="1" customWidth="1"/>
     <col min="10" max="10" width="11.85546875" style="1" customWidth="1"/>
-    <col min="11" max="12" width="10.85546875" style="1" customWidth="1"/>
-    <col min="13" max="21" width="9.140625" style="1"/>
+    <col min="11" max="13" width="10.85546875" style="1" customWidth="1"/>
+    <col min="14" max="21" width="9.140625" style="1"/>
     <col min="22" max="22" width="18.140625" style="1" customWidth="1"/>
     <col min="23" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="14" t="s">
+    <row r="1" spans="1:13" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="17" t="s">
         <v>57</v>
       </c>
-      <c r="B1" s="14"/>
-[...11 lines deleted...]
-    <row r="2" spans="1:12" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
+      <c r="E1" s="17"/>
+      <c r="F1" s="17"/>
+      <c r="G1" s="17"/>
+      <c r="H1" s="17"/>
+      <c r="I1" s="17"/>
+      <c r="J1" s="17"/>
+      <c r="K1" s="17"/>
+      <c r="L1" s="17"/>
+      <c r="M1" s="17"/>
+    </row>
+    <row r="2" spans="1:13" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="12" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="16" t="s">
+      <c r="B2" s="15" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="17"/>
-[...10 lines deleted...]
-    <row r="3" spans="1:12" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C2" s="16"/>
+      <c r="D2" s="16"/>
+      <c r="E2" s="16"/>
+      <c r="F2" s="16"/>
+      <c r="G2" s="16"/>
+      <c r="H2" s="16"/>
+      <c r="I2" s="16"/>
+      <c r="J2" s="16"/>
+      <c r="K2" s="16"/>
+      <c r="L2" s="16"/>
+      <c r="M2" s="16"/>
+    </row>
+    <row r="3" spans="1:13" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="13"/>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="10" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="10" t="s">
         <v>58</v>
       </c>
       <c r="I3" s="10" t="s">
         <v>59</v>
       </c>
       <c r="J3" s="10" t="s">
         <v>60</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>61</v>
       </c>
       <c r="L3" s="18" t="s">
         <v>62</v>
       </c>
-    </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M3" s="19" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="4">
         <v>11001</v>
       </c>
       <c r="C4" s="5">
         <v>11145</v>
       </c>
       <c r="D4" s="4">
         <v>11347</v>
       </c>
       <c r="E4" s="4">
         <v>11492</v>
       </c>
       <c r="F4" s="4">
         <v>11735</v>
       </c>
       <c r="G4" s="11">
         <v>11912</v>
       </c>
       <c r="H4" s="11">
         <v>12094</v>
       </c>
       <c r="I4" s="11">
         <v>12240</v>
       </c>
       <c r="J4" s="11">
         <v>12466</v>
       </c>
       <c r="K4" s="11">
         <v>12656</v>
       </c>
       <c r="L4" s="11">
         <v>12806</v>
       </c>
-    </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M4" s="11">
+        <v>12958</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="7">
         <v>1375</v>
       </c>
       <c r="C5" s="7">
         <v>1381</v>
       </c>
       <c r="D5" s="7">
         <v>1386</v>
       </c>
       <c r="E5" s="7">
         <v>1409</v>
       </c>
       <c r="F5" s="7">
         <v>1440</v>
       </c>
       <c r="G5" s="7">
         <v>1461</v>
       </c>
       <c r="H5" s="7">
         <f>SUM(H6:H13)</f>
         <v>1484</v>
       </c>
       <c r="I5" s="7">
         <v>1498</v>
       </c>
       <c r="J5" s="7">
         <f>SUM(J6:J13)</f>
         <v>1525</v>
       </c>
       <c r="K5" s="7">
         <v>1549</v>
       </c>
       <c r="L5" s="7">
         <v>1565</v>
       </c>
-    </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M5" s="7">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A6" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="9">
         <v>309</v>
       </c>
       <c r="C6" s="9">
         <v>310</v>
       </c>
       <c r="D6" s="9">
         <v>309</v>
       </c>
       <c r="E6" s="9">
         <v>315</v>
       </c>
       <c r="F6" s="9">
         <v>319</v>
       </c>
       <c r="G6" s="9">
         <v>323</v>
       </c>
       <c r="H6" s="9">
         <v>326</v>
       </c>
       <c r="I6" s="9">
         <v>331</v>
       </c>
       <c r="J6" s="9">
         <v>331</v>
       </c>
       <c r="K6" s="9">
         <v>336</v>
       </c>
       <c r="L6" s="9">
         <v>341</v>
       </c>
-    </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M6" s="9">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A7" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="9">
         <v>143</v>
       </c>
       <c r="C7" s="9">
         <v>145</v>
       </c>
       <c r="D7" s="9">
         <v>143</v>
       </c>
       <c r="E7" s="9">
         <v>143</v>
       </c>
       <c r="F7" s="9">
         <v>148</v>
       </c>
       <c r="G7" s="9">
         <v>154</v>
       </c>
       <c r="H7" s="9">
         <v>158</v>
       </c>
       <c r="I7" s="9">
         <v>159</v>
       </c>
       <c r="J7" s="9">
         <v>159</v>
       </c>
       <c r="K7" s="9">
         <v>159</v>
       </c>
       <c r="L7" s="9">
         <v>159</v>
       </c>
-    </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M7" s="9">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A8" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="9">
         <v>118</v>
       </c>
       <c r="C8" s="9">
         <v>118</v>
       </c>
       <c r="D8" s="9">
         <v>116</v>
       </c>
       <c r="E8" s="9">
         <v>117</v>
       </c>
       <c r="F8" s="9">
         <v>120</v>
       </c>
       <c r="G8" s="9">
         <v>122</v>
       </c>
       <c r="H8" s="9">
         <v>129</v>
       </c>
       <c r="I8" s="9">
         <v>125</v>
       </c>
       <c r="J8" s="9">
         <v>129</v>
       </c>
       <c r="K8" s="9">
         <v>129</v>
       </c>
       <c r="L8" s="9">
         <v>128</v>
       </c>
-    </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M8" s="9">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A9" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="9">
         <v>176</v>
       </c>
       <c r="C9" s="9">
         <v>179</v>
       </c>
       <c r="D9" s="9">
         <v>179</v>
       </c>
       <c r="E9" s="9">
         <v>189</v>
       </c>
       <c r="F9" s="9">
         <v>190</v>
       </c>
       <c r="G9" s="9">
         <v>190</v>
       </c>
       <c r="H9" s="9">
         <v>193</v>
       </c>
       <c r="I9" s="9">
         <v>195</v>
       </c>
       <c r="J9" s="9">
         <v>198</v>
       </c>
       <c r="K9" s="9">
         <v>202</v>
       </c>
       <c r="L9" s="9">
         <v>202</v>
       </c>
-    </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M9" s="9">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A10" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="9">
         <v>123</v>
       </c>
       <c r="C10" s="9">
         <v>121</v>
       </c>
       <c r="D10" s="9">
         <v>124</v>
       </c>
       <c r="E10" s="9">
         <v>128</v>
       </c>
       <c r="F10" s="9">
         <v>131</v>
       </c>
       <c r="G10" s="9">
         <v>131</v>
       </c>
       <c r="H10" s="9">
         <v>133</v>
       </c>
       <c r="I10" s="9">
         <v>133</v>
       </c>
       <c r="J10" s="9">
         <v>136</v>
       </c>
       <c r="K10" s="9">
         <v>136</v>
       </c>
       <c r="L10" s="9">
         <v>137</v>
       </c>
-    </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M10" s="9">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A11" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="9">
         <v>233</v>
       </c>
       <c r="C11" s="9">
         <v>233</v>
       </c>
       <c r="D11" s="9">
         <v>236</v>
       </c>
       <c r="E11" s="9">
         <v>235</v>
       </c>
       <c r="F11" s="9">
         <v>244</v>
       </c>
       <c r="G11" s="9">
         <v>247</v>
       </c>
       <c r="H11" s="9">
         <v>247</v>
       </c>
       <c r="I11" s="9">
         <v>254</v>
       </c>
       <c r="J11" s="9">
         <v>265</v>
       </c>
       <c r="K11" s="9">
         <v>276</v>
       </c>
       <c r="L11" s="9">
         <v>285</v>
       </c>
-    </row>
-    <row r="12" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M11" s="9">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A12" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="9">
         <v>208</v>
       </c>
       <c r="C12" s="9">
         <v>211</v>
       </c>
       <c r="D12" s="9">
         <v>213</v>
       </c>
       <c r="E12" s="9">
         <v>215</v>
       </c>
       <c r="F12" s="9">
         <v>220</v>
       </c>
       <c r="G12" s="9">
         <v>223</v>
       </c>
       <c r="H12" s="9">
         <v>228</v>
       </c>
       <c r="I12" s="9">
         <v>232</v>
       </c>
       <c r="J12" s="9">
         <v>238</v>
       </c>
       <c r="K12" s="9">
         <v>241</v>
       </c>
       <c r="L12" s="9">
         <v>241</v>
       </c>
-    </row>
-    <row r="13" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M12" s="9">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A13" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="9">
         <v>65</v>
       </c>
       <c r="C13" s="9">
         <v>64</v>
       </c>
       <c r="D13" s="9">
         <v>66</v>
       </c>
       <c r="E13" s="9">
         <v>67</v>
       </c>
       <c r="F13" s="9">
         <v>68</v>
       </c>
       <c r="G13" s="9">
         <v>71</v>
       </c>
       <c r="H13" s="9">
         <v>70</v>
       </c>
       <c r="I13" s="9">
         <v>69</v>
       </c>
       <c r="J13" s="9">
         <v>69</v>
       </c>
       <c r="K13" s="9">
         <v>70</v>
       </c>
       <c r="L13" s="9">
         <v>72</v>
       </c>
-    </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M13" s="9">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A14" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="7">
         <v>616</v>
       </c>
       <c r="C14" s="7">
         <v>626</v>
       </c>
       <c r="D14" s="7">
         <v>629</v>
       </c>
       <c r="E14" s="7">
         <v>629</v>
       </c>
       <c r="F14" s="7">
         <v>648</v>
       </c>
       <c r="G14" s="7">
         <v>656</v>
       </c>
       <c r="H14" s="7">
         <f>SUM(H15:H23)</f>
         <v>663</v>
       </c>
       <c r="I14" s="7">
         <v>670</v>
       </c>
       <c r="J14" s="7">
         <f>SUM(J15:J23)</f>
         <v>689</v>
       </c>
       <c r="K14" s="7">
         <v>688</v>
       </c>
       <c r="L14" s="7">
         <v>698</v>
       </c>
-    </row>
-    <row r="15" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M14" s="7">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A15" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="9">
         <v>164</v>
       </c>
       <c r="C15" s="9">
         <v>158</v>
       </c>
       <c r="D15" s="9">
         <v>159</v>
       </c>
       <c r="E15" s="9">
         <v>158</v>
       </c>
       <c r="F15" s="9">
         <v>166</v>
       </c>
       <c r="G15" s="9">
         <v>166</v>
       </c>
       <c r="H15" s="9">
         <v>169</v>
       </c>
       <c r="I15" s="9">
         <v>174</v>
       </c>
       <c r="J15" s="9">
         <v>181</v>
       </c>
       <c r="K15" s="9">
         <v>184</v>
       </c>
       <c r="L15" s="9">
         <v>187</v>
       </c>
-    </row>
-    <row r="16" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M15" s="9">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A16" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="9">
         <v>62</v>
       </c>
       <c r="C16" s="9">
         <v>65</v>
       </c>
       <c r="D16" s="9">
         <v>66</v>
       </c>
       <c r="E16" s="9">
         <v>67</v>
       </c>
       <c r="F16" s="9">
         <v>68</v>
       </c>
       <c r="G16" s="9">
         <v>70</v>
       </c>
       <c r="H16" s="9">
         <v>73</v>
       </c>
       <c r="I16" s="9">
         <v>71</v>
       </c>
       <c r="J16" s="9">
         <v>72</v>
       </c>
       <c r="K16" s="9">
         <v>72</v>
       </c>
       <c r="L16" s="9">
         <v>71</v>
       </c>
-    </row>
-    <row r="17" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M16" s="9">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A17" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="9">
         <v>45</v>
       </c>
       <c r="C17" s="9">
         <v>49</v>
       </c>
       <c r="D17" s="9">
         <v>48</v>
       </c>
       <c r="E17" s="9">
         <v>48</v>
       </c>
       <c r="F17" s="9">
         <v>47</v>
       </c>
       <c r="G17" s="9">
         <v>48</v>
       </c>
       <c r="H17" s="9">
         <v>47</v>
       </c>
       <c r="I17" s="9">
         <v>48</v>
       </c>
       <c r="J17" s="9">
         <v>48</v>
       </c>
       <c r="K17" s="9">
         <v>48</v>
       </c>
       <c r="L17" s="9">
         <v>51</v>
       </c>
-    </row>
-    <row r="18" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M17" s="9">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A18" s="8" t="s">
         <v>22</v>
       </c>
       <c r="B18" s="9">
         <v>56</v>
       </c>
       <c r="C18" s="9">
         <v>62</v>
       </c>
       <c r="D18" s="9">
         <v>60</v>
       </c>
       <c r="E18" s="9">
         <v>60</v>
       </c>
       <c r="F18" s="9">
         <v>60</v>
       </c>
       <c r="G18" s="9">
         <v>61</v>
       </c>
       <c r="H18" s="9">
         <v>62</v>
       </c>
       <c r="I18" s="9">
         <v>65</v>
       </c>
       <c r="J18" s="9">
         <v>64</v>
       </c>
       <c r="K18" s="9">
         <v>62</v>
       </c>
       <c r="L18" s="9">
         <v>65</v>
       </c>
-    </row>
-    <row r="19" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M18" s="9">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A19" s="8" t="s">
         <v>23</v>
       </c>
       <c r="B19" s="9">
         <v>76</v>
       </c>
       <c r="C19" s="9">
         <v>79</v>
       </c>
       <c r="D19" s="9">
         <v>80</v>
       </c>
       <c r="E19" s="9">
         <v>80</v>
       </c>
       <c r="F19" s="9">
         <v>79</v>
       </c>
       <c r="G19" s="9">
         <v>79</v>
       </c>
       <c r="H19" s="9">
         <v>80</v>
       </c>
       <c r="I19" s="9">
         <v>77</v>
       </c>
       <c r="J19" s="9">
         <v>81</v>
       </c>
       <c r="K19" s="9">
         <v>79</v>
       </c>
       <c r="L19" s="9">
         <v>77</v>
       </c>
-    </row>
-    <row r="20" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M19" s="9">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A20" s="8" t="s">
         <v>24</v>
       </c>
       <c r="B20" s="9">
         <v>20</v>
       </c>
       <c r="C20" s="9">
         <v>21</v>
       </c>
       <c r="D20" s="9">
         <v>21</v>
       </c>
       <c r="E20" s="9">
         <v>22</v>
       </c>
       <c r="F20" s="9">
         <v>23</v>
       </c>
       <c r="G20" s="9">
         <v>23</v>
       </c>
       <c r="H20" s="9">
         <v>23</v>
       </c>
       <c r="I20" s="9">
         <v>23</v>
       </c>
       <c r="J20" s="9">
         <v>24</v>
       </c>
       <c r="K20" s="9">
         <v>24</v>
       </c>
       <c r="L20" s="9">
         <v>24</v>
       </c>
-    </row>
-    <row r="21" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M20" s="9">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A21" s="8" t="s">
         <v>25</v>
       </c>
       <c r="B21" s="9">
         <v>75</v>
       </c>
       <c r="C21" s="9">
         <v>78</v>
       </c>
       <c r="D21" s="9">
         <v>78</v>
       </c>
       <c r="E21" s="9">
         <v>78</v>
       </c>
       <c r="F21" s="9">
         <v>82</v>
       </c>
       <c r="G21" s="9">
         <v>83</v>
       </c>
       <c r="H21" s="9">
         <v>83</v>
       </c>
       <c r="I21" s="9">
         <v>85</v>
       </c>
       <c r="J21" s="9">
         <v>86</v>
       </c>
       <c r="K21" s="9">
         <v>87</v>
       </c>
       <c r="L21" s="9">
         <v>88</v>
       </c>
-    </row>
-    <row r="22" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M21" s="9">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A22" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="9">
         <v>64</v>
       </c>
       <c r="C22" s="9">
         <v>61</v>
       </c>
       <c r="D22" s="9">
         <v>62</v>
       </c>
       <c r="E22" s="9">
         <v>62</v>
       </c>
       <c r="F22" s="9">
         <v>66</v>
       </c>
       <c r="G22" s="9">
         <v>67</v>
       </c>
       <c r="H22" s="9">
         <v>68</v>
       </c>
       <c r="I22" s="9">
         <v>67</v>
       </c>
       <c r="J22" s="9">
         <v>67</v>
       </c>
       <c r="K22" s="9">
         <v>66</v>
       </c>
       <c r="L22" s="9">
         <v>65</v>
       </c>
-    </row>
-    <row r="23" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M22" s="9">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A23" s="8" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="9">
         <v>54</v>
       </c>
       <c r="C23" s="9">
         <v>53</v>
       </c>
       <c r="D23" s="9">
         <v>55</v>
       </c>
       <c r="E23" s="9">
         <v>54</v>
       </c>
       <c r="F23" s="9">
         <v>57</v>
       </c>
       <c r="G23" s="9">
         <v>59</v>
       </c>
       <c r="H23" s="9">
         <v>58</v>
       </c>
       <c r="I23" s="9">
         <v>60</v>
       </c>
       <c r="J23" s="9">
         <v>66</v>
       </c>
       <c r="K23" s="9">
         <v>66</v>
       </c>
       <c r="L23" s="9">
         <v>70</v>
       </c>
-    </row>
-    <row r="24" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M23" s="9">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A24" s="6" t="s">
         <v>28</v>
       </c>
       <c r="B24" s="7">
         <v>6547</v>
       </c>
       <c r="C24" s="7">
         <v>6637</v>
       </c>
       <c r="D24" s="7">
         <v>6774</v>
       </c>
       <c r="E24" s="7">
         <v>6864</v>
       </c>
       <c r="F24" s="7">
         <v>7003</v>
       </c>
       <c r="G24" s="7">
         <v>7117</v>
       </c>
       <c r="H24" s="7">
         <f>SUM(H25:H33)</f>
         <v>7231</v>
       </c>
       <c r="I24" s="7">
         <v>7307</v>
       </c>
       <c r="J24" s="7">
         <f>SUM(J25:J33)</f>
         <v>7443</v>
       </c>
       <c r="K24" s="7">
         <v>7560</v>
       </c>
       <c r="L24" s="7">
         <v>7679</v>
       </c>
-    </row>
-    <row r="25" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M24" s="7">
+        <v>7792</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A25" s="8" t="s">
         <v>29</v>
       </c>
       <c r="B25" s="9">
         <v>4815</v>
       </c>
       <c r="C25" s="9">
         <v>4850</v>
       </c>
       <c r="D25" s="9">
         <v>4944</v>
       </c>
       <c r="E25" s="9">
         <v>4999</v>
       </c>
       <c r="F25" s="9">
         <v>5106</v>
       </c>
       <c r="G25" s="9">
         <v>5184</v>
       </c>
       <c r="H25" s="9">
         <v>5257</v>
       </c>
       <c r="I25" s="9">
         <v>5310</v>
       </c>
       <c r="J25" s="9">
         <v>5395</v>
       </c>
       <c r="K25" s="9">
         <v>5477</v>
       </c>
       <c r="L25" s="9">
         <v>5558</v>
       </c>
-    </row>
-    <row r="26" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M25" s="9">
+        <v>5644</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A26" s="8" t="s">
         <v>30</v>
       </c>
       <c r="B26" s="9">
         <v>387</v>
       </c>
       <c r="C26" s="9">
         <v>402</v>
       </c>
       <c r="D26" s="9">
         <v>412</v>
       </c>
       <c r="E26" s="9">
         <v>420</v>
       </c>
       <c r="F26" s="9">
         <v>425</v>
       </c>
       <c r="G26" s="9">
         <v>434</v>
       </c>
       <c r="H26" s="9">
         <v>439</v>
       </c>
       <c r="I26" s="9">
         <v>444</v>
       </c>
       <c r="J26" s="9">
         <v>455</v>
       </c>
       <c r="K26" s="9">
         <v>463</v>
       </c>
       <c r="L26" s="9">
         <v>475</v>
       </c>
-    </row>
-    <row r="27" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M26" s="9">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A27" s="8" t="s">
         <v>31</v>
       </c>
       <c r="B27" s="9">
         <v>182</v>
       </c>
       <c r="C27" s="9">
         <v>186</v>
       </c>
       <c r="D27" s="9">
         <v>193</v>
       </c>
       <c r="E27" s="9">
         <v>199</v>
       </c>
       <c r="F27" s="9">
         <v>201</v>
       </c>
       <c r="G27" s="9">
         <v>205</v>
       </c>
       <c r="H27" s="9">
         <v>208</v>
       </c>
       <c r="I27" s="9">
         <v>206</v>
       </c>
       <c r="J27" s="9">
         <v>210</v>
       </c>
       <c r="K27" s="9">
         <v>210</v>
       </c>
       <c r="L27" s="9">
         <v>214</v>
       </c>
-    </row>
-    <row r="28" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M27" s="9">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A28" s="8" t="s">
         <v>32</v>
       </c>
       <c r="B28" s="9">
         <v>200</v>
       </c>
       <c r="C28" s="9">
         <v>207</v>
       </c>
       <c r="D28" s="9">
         <v>216</v>
       </c>
       <c r="E28" s="9">
         <v>221</v>
       </c>
       <c r="F28" s="9">
         <v>226</v>
       </c>
       <c r="G28" s="9">
         <v>228</v>
       </c>
       <c r="H28" s="9">
         <v>236</v>
       </c>
       <c r="I28" s="9">
         <v>245</v>
       </c>
       <c r="J28" s="9">
         <v>253</v>
       </c>
       <c r="K28" s="9">
         <v>261</v>
       </c>
       <c r="L28" s="9">
         <v>263</v>
       </c>
-    </row>
-    <row r="29" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M28" s="9">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A29" s="8" t="s">
         <v>33</v>
       </c>
       <c r="B29" s="9">
         <v>260</v>
       </c>
       <c r="C29" s="9">
         <v>265</v>
       </c>
       <c r="D29" s="9">
         <v>279</v>
       </c>
       <c r="E29" s="9">
         <v>278</v>
       </c>
       <c r="F29" s="9">
         <v>284</v>
       </c>
       <c r="G29" s="9">
         <v>292</v>
       </c>
       <c r="H29" s="9">
         <v>291</v>
       </c>
       <c r="I29" s="9">
         <v>293</v>
       </c>
       <c r="J29" s="9">
         <v>300</v>
       </c>
       <c r="K29" s="9">
         <v>315</v>
       </c>
       <c r="L29" s="9">
         <v>320</v>
       </c>
-    </row>
-    <row r="30" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M29" s="9">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A30" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B30" s="9">
         <v>113</v>
       </c>
       <c r="C30" s="9">
         <v>116</v>
       </c>
       <c r="D30" s="9">
         <v>114</v>
       </c>
       <c r="E30" s="9">
         <v>117</v>
       </c>
       <c r="F30" s="9">
         <v>124</v>
       </c>
       <c r="G30" s="9">
         <v>125</v>
       </c>
       <c r="H30" s="9">
         <v>129</v>
       </c>
       <c r="I30" s="9">
         <v>127</v>
       </c>
       <c r="J30" s="9">
         <v>128</v>
       </c>
       <c r="K30" s="9">
         <v>132</v>
       </c>
       <c r="L30" s="9">
         <v>137</v>
       </c>
-    </row>
-    <row r="31" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M30" s="9">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A31" s="8" t="s">
         <v>35</v>
       </c>
       <c r="B31" s="9">
         <v>251</v>
       </c>
       <c r="C31" s="9">
         <v>260</v>
       </c>
       <c r="D31" s="9">
         <v>262</v>
       </c>
       <c r="E31" s="9">
         <v>267</v>
       </c>
       <c r="F31" s="9">
         <v>270</v>
       </c>
       <c r="G31" s="9">
         <v>272</v>
       </c>
       <c r="H31" s="9">
         <v>281</v>
       </c>
       <c r="I31" s="9">
         <v>282</v>
       </c>
       <c r="J31" s="9">
         <v>292</v>
       </c>
       <c r="K31" s="9">
         <v>292</v>
       </c>
       <c r="L31" s="9">
         <v>299</v>
       </c>
-    </row>
-    <row r="32" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M31" s="9">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A32" s="8" t="s">
         <v>36</v>
       </c>
       <c r="B32" s="9">
         <v>137</v>
       </c>
       <c r="C32" s="9">
         <v>143</v>
       </c>
       <c r="D32" s="9">
         <v>142</v>
       </c>
       <c r="E32" s="9">
         <v>146</v>
       </c>
       <c r="F32" s="9">
         <v>150</v>
       </c>
       <c r="G32" s="9">
         <v>152</v>
       </c>
       <c r="H32" s="9">
         <v>153</v>
       </c>
       <c r="I32" s="9">
         <v>157</v>
       </c>
       <c r="J32" s="9">
         <v>166</v>
       </c>
       <c r="K32" s="9">
         <v>166</v>
       </c>
       <c r="L32" s="9">
         <v>168</v>
       </c>
-    </row>
-    <row r="33" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M32" s="9">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A33" s="8" t="s">
         <v>37</v>
       </c>
       <c r="B33" s="9">
         <v>202</v>
       </c>
       <c r="C33" s="9">
         <v>208</v>
       </c>
       <c r="D33" s="9">
         <v>212</v>
       </c>
       <c r="E33" s="9">
         <v>217</v>
       </c>
       <c r="F33" s="9">
         <v>217</v>
       </c>
       <c r="G33" s="9">
         <v>225</v>
       </c>
       <c r="H33" s="9">
         <v>237</v>
       </c>
       <c r="I33" s="9">
         <v>243</v>
       </c>
       <c r="J33" s="9">
         <v>244</v>
       </c>
       <c r="K33" s="9">
         <v>244</v>
       </c>
       <c r="L33" s="9">
         <v>245</v>
       </c>
-    </row>
-    <row r="34" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M33" s="9">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A34" s="6" t="s">
         <v>38</v>
       </c>
       <c r="B34" s="7">
         <v>1572</v>
       </c>
       <c r="C34" s="7">
         <v>1597</v>
       </c>
       <c r="D34" s="7">
         <v>1627</v>
       </c>
       <c r="E34" s="7">
         <v>1646</v>
       </c>
       <c r="F34" s="7">
         <v>1687</v>
       </c>
       <c r="G34" s="7">
         <v>1710</v>
       </c>
       <c r="H34" s="7">
         <f>SUM(H35:H44)</f>
         <v>1737</v>
       </c>
       <c r="I34" s="7">
         <v>1763</v>
       </c>
       <c r="J34" s="7">
         <f>SUM(J35:J44)</f>
         <v>1782</v>
       </c>
       <c r="K34" s="7">
         <v>1817</v>
       </c>
       <c r="L34" s="7">
         <v>1828</v>
       </c>
-    </row>
-    <row r="35" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M34" s="7">
+        <v>1839</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A35" s="8" t="s">
         <v>39</v>
       </c>
       <c r="B35" s="9">
         <v>82</v>
       </c>
       <c r="C35" s="9">
         <v>81</v>
       </c>
       <c r="D35" s="9">
         <v>81</v>
       </c>
       <c r="E35" s="9">
         <v>81</v>
       </c>
       <c r="F35" s="9">
         <v>79</v>
       </c>
       <c r="G35" s="9">
         <v>78</v>
       </c>
       <c r="H35" s="9">
         <v>78</v>
       </c>
       <c r="I35" s="9">
         <v>79</v>
       </c>
       <c r="J35" s="9">
         <v>79</v>
       </c>
       <c r="K35" s="9">
         <v>81</v>
       </c>
       <c r="L35" s="9">
         <v>83</v>
       </c>
-    </row>
-    <row r="36" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M35" s="9">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A36" s="8" t="s">
         <v>40</v>
       </c>
       <c r="B36" s="9">
         <v>251</v>
       </c>
       <c r="C36" s="9">
         <v>253</v>
       </c>
       <c r="D36" s="9">
         <v>256</v>
       </c>
       <c r="E36" s="9">
         <v>254</v>
       </c>
       <c r="F36" s="9">
         <v>259</v>
       </c>
       <c r="G36" s="9">
         <v>260</v>
       </c>
       <c r="H36" s="9">
         <v>264</v>
       </c>
       <c r="I36" s="9">
         <v>264</v>
       </c>
       <c r="J36" s="9">
         <v>267</v>
       </c>
       <c r="K36" s="9">
         <v>273</v>
       </c>
       <c r="L36" s="9">
         <v>273</v>
       </c>
-    </row>
-    <row r="37" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M36" s="9">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A37" s="8" t="s">
         <v>41</v>
       </c>
       <c r="B37" s="9">
         <v>90</v>
       </c>
       <c r="C37" s="9">
         <v>93</v>
       </c>
       <c r="D37" s="9">
         <v>92</v>
       </c>
       <c r="E37" s="9">
         <v>92</v>
       </c>
       <c r="F37" s="9">
         <v>94</v>
       </c>
       <c r="G37" s="9">
         <v>94</v>
       </c>
       <c r="H37" s="9">
         <v>95</v>
       </c>
       <c r="I37" s="9">
         <v>97</v>
       </c>
       <c r="J37" s="9">
         <v>98</v>
       </c>
       <c r="K37" s="9">
         <v>98</v>
       </c>
       <c r="L37" s="9">
         <v>100</v>
       </c>
-    </row>
-    <row r="38" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M37" s="9">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A38" s="8" t="s">
         <v>42</v>
       </c>
       <c r="B38" s="9">
         <v>176</v>
       </c>
       <c r="C38" s="9">
         <v>175</v>
       </c>
       <c r="D38" s="9">
         <v>180</v>
       </c>
       <c r="E38" s="9">
         <v>182</v>
       </c>
       <c r="F38" s="9">
         <v>189</v>
       </c>
       <c r="G38" s="9">
         <v>191</v>
       </c>
       <c r="H38" s="9">
         <v>191</v>
       </c>
       <c r="I38" s="9">
         <v>195</v>
       </c>
       <c r="J38" s="9">
         <v>196</v>
       </c>
       <c r="K38" s="9">
         <v>200</v>
       </c>
       <c r="L38" s="9">
         <v>196</v>
       </c>
-    </row>
-    <row r="39" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M38" s="9">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A39" s="8" t="s">
         <v>43</v>
       </c>
       <c r="B39" s="9">
         <v>124</v>
       </c>
       <c r="C39" s="9">
         <v>130</v>
       </c>
       <c r="D39" s="9">
         <v>134</v>
       </c>
       <c r="E39" s="9">
         <v>136</v>
       </c>
       <c r="F39" s="9">
         <v>141</v>
       </c>
       <c r="G39" s="9">
         <v>144</v>
       </c>
       <c r="H39" s="9">
         <v>145</v>
       </c>
       <c r="I39" s="9">
         <v>147</v>
       </c>
       <c r="J39" s="9">
         <v>151</v>
       </c>
       <c r="K39" s="9">
         <v>152</v>
       </c>
       <c r="L39" s="9">
         <v>151</v>
       </c>
-    </row>
-    <row r="40" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M39" s="9">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A40" s="8" t="s">
         <v>44</v>
       </c>
       <c r="B40" s="9">
         <v>337</v>
       </c>
       <c r="C40" s="9">
         <v>340</v>
       </c>
       <c r="D40" s="9">
         <v>350</v>
       </c>
       <c r="E40" s="9">
         <v>356</v>
       </c>
       <c r="F40" s="9">
         <v>361</v>
       </c>
       <c r="G40" s="9">
         <v>369</v>
       </c>
       <c r="H40" s="9">
         <v>380</v>
       </c>
       <c r="I40" s="9">
         <v>384</v>
       </c>
       <c r="J40" s="9">
         <v>382</v>
       </c>
       <c r="K40" s="9">
         <v>389</v>
       </c>
       <c r="L40" s="9">
         <v>396</v>
       </c>
-    </row>
-    <row r="41" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M40" s="9">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A41" s="8" t="s">
         <v>45</v>
       </c>
       <c r="B41" s="9">
         <v>76</v>
       </c>
       <c r="C41" s="9">
         <v>76</v>
       </c>
       <c r="D41" s="9">
         <v>82</v>
       </c>
       <c r="E41" s="9">
         <v>84</v>
       </c>
       <c r="F41" s="9">
         <v>83</v>
       </c>
       <c r="G41" s="9">
         <v>86</v>
       </c>
       <c r="H41" s="9">
         <v>87</v>
       </c>
       <c r="I41" s="9">
         <v>87</v>
       </c>
       <c r="J41" s="9">
         <v>89</v>
       </c>
       <c r="K41" s="9">
         <v>91</v>
       </c>
       <c r="L41" s="9">
         <v>91</v>
       </c>
-    </row>
-    <row r="42" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M41" s="9">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A42" s="8" t="s">
         <v>46</v>
       </c>
       <c r="B42" s="9">
         <v>104</v>
       </c>
       <c r="C42" s="9">
         <v>109</v>
       </c>
       <c r="D42" s="9">
         <v>110</v>
       </c>
       <c r="E42" s="9">
         <v>111</v>
       </c>
       <c r="F42" s="9">
         <v>116</v>
       </c>
       <c r="G42" s="9">
         <v>119</v>
       </c>
       <c r="H42" s="9">
         <v>120</v>
       </c>
       <c r="I42" s="9">
         <v>125</v>
       </c>
       <c r="J42" s="9">
         <v>125</v>
       </c>
       <c r="K42" s="9">
         <v>125</v>
       </c>
       <c r="L42" s="9">
         <v>124</v>
       </c>
-    </row>
-    <row r="43" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M42" s="9">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A43" s="8" t="s">
         <v>47</v>
       </c>
       <c r="B43" s="9">
         <v>302</v>
       </c>
       <c r="C43" s="9">
         <v>307</v>
       </c>
       <c r="D43" s="9">
         <v>310</v>
       </c>
       <c r="E43" s="9">
         <v>316</v>
       </c>
       <c r="F43" s="9">
         <v>329</v>
       </c>
       <c r="G43" s="9">
         <v>332</v>
       </c>
       <c r="H43" s="9">
         <v>338</v>
       </c>
       <c r="I43" s="9">
         <v>347</v>
       </c>
       <c r="J43" s="9">
         <v>356</v>
       </c>
       <c r="K43" s="9">
         <v>367</v>
       </c>
       <c r="L43" s="9">
         <v>373</v>
       </c>
-    </row>
-    <row r="44" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M43" s="9">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A44" s="8" t="s">
         <v>48</v>
       </c>
       <c r="B44" s="9">
         <v>30</v>
       </c>
       <c r="C44" s="9">
         <v>33</v>
       </c>
       <c r="D44" s="9">
         <v>32</v>
       </c>
       <c r="E44" s="9">
         <v>34</v>
       </c>
       <c r="F44" s="9">
         <v>36</v>
       </c>
       <c r="G44" s="9">
         <v>37</v>
       </c>
       <c r="H44" s="9">
         <v>39</v>
       </c>
       <c r="I44" s="9">
         <v>38</v>
       </c>
       <c r="J44" s="9">
         <v>39</v>
       </c>
       <c r="K44" s="9">
         <v>41</v>
       </c>
       <c r="L44" s="9">
         <v>41</v>
       </c>
-    </row>
-    <row r="45" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M44" s="9">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A45" s="6" t="s">
         <v>49</v>
       </c>
       <c r="B45" s="7">
         <v>891</v>
       </c>
       <c r="C45" s="7">
         <v>904</v>
       </c>
       <c r="D45" s="7">
         <v>931</v>
       </c>
       <c r="E45" s="7">
         <v>944</v>
       </c>
       <c r="F45" s="7">
         <v>957</v>
       </c>
       <c r="G45" s="7">
         <v>968</v>
       </c>
       <c r="H45" s="7">
         <f>SUM(H46:H51)</f>
         <v>979</v>
       </c>
       <c r="I45" s="7">
         <v>1002</v>
       </c>
       <c r="J45" s="7">
         <f>SUM(J46:J51)</f>
         <v>1027</v>
       </c>
       <c r="K45" s="7">
         <v>1042</v>
       </c>
       <c r="L45" s="7">
         <v>1036</v>
       </c>
-    </row>
-    <row r="46" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M45" s="7">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A46" s="8" t="s">
         <v>50</v>
       </c>
       <c r="B46" s="9">
         <v>258</v>
       </c>
       <c r="C46" s="9">
         <v>259</v>
       </c>
       <c r="D46" s="9">
         <v>267</v>
       </c>
       <c r="E46" s="9">
         <v>272</v>
       </c>
       <c r="F46" s="9">
         <v>273</v>
       </c>
       <c r="G46" s="9">
         <v>275</v>
       </c>
       <c r="H46" s="9">
         <v>278</v>
       </c>
       <c r="I46" s="9">
         <v>281</v>
       </c>
       <c r="J46" s="9">
         <v>287</v>
       </c>
       <c r="K46" s="9">
         <v>292</v>
       </c>
       <c r="L46" s="9">
         <v>290</v>
       </c>
-    </row>
-    <row r="47" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M46" s="9">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A47" s="8" t="s">
         <v>51</v>
       </c>
       <c r="B47" s="9">
         <v>94</v>
       </c>
       <c r="C47" s="9">
         <v>97</v>
       </c>
       <c r="D47" s="9">
         <v>99</v>
       </c>
       <c r="E47" s="9">
         <v>98</v>
       </c>
       <c r="F47" s="9">
         <v>98</v>
       </c>
       <c r="G47" s="9">
         <v>98</v>
       </c>
       <c r="H47" s="9">
         <v>100</v>
       </c>
       <c r="I47" s="9">
         <v>99</v>
       </c>
       <c r="J47" s="9">
         <v>102</v>
       </c>
       <c r="K47" s="9">
         <v>103</v>
       </c>
       <c r="L47" s="9">
         <v>105</v>
       </c>
-    </row>
-    <row r="48" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M47" s="9">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A48" s="8" t="s">
         <v>52</v>
       </c>
       <c r="B48" s="9">
         <v>166</v>
       </c>
       <c r="C48" s="9">
         <v>169</v>
       </c>
       <c r="D48" s="9">
         <v>175</v>
       </c>
       <c r="E48" s="9">
         <v>179</v>
       </c>
       <c r="F48" s="9">
         <v>178</v>
       </c>
       <c r="G48" s="9">
         <v>182</v>
       </c>
       <c r="H48" s="9">
         <v>183</v>
       </c>
       <c r="I48" s="9">
         <v>185</v>
       </c>
       <c r="J48" s="9">
         <v>185</v>
       </c>
       <c r="K48" s="9">
         <v>194</v>
       </c>
       <c r="L48" s="9">
         <v>194</v>
       </c>
-    </row>
-    <row r="49" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M48" s="9">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A49" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B49" s="9">
         <v>122</v>
       </c>
       <c r="C49" s="9">
         <v>123</v>
       </c>
       <c r="D49" s="9">
         <v>122</v>
       </c>
       <c r="E49" s="9">
         <v>123</v>
       </c>
       <c r="F49" s="9">
         <v>126</v>
       </c>
       <c r="G49" s="9">
         <v>128</v>
       </c>
       <c r="H49" s="9">
         <v>127</v>
       </c>
       <c r="I49" s="9">
         <v>132</v>
       </c>
       <c r="J49" s="9">
         <v>133</v>
       </c>
       <c r="K49" s="9">
         <v>134</v>
       </c>
       <c r="L49" s="9">
         <v>132</v>
       </c>
-    </row>
-    <row r="50" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M49" s="9">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A50" s="8" t="s">
         <v>54</v>
       </c>
       <c r="B50" s="9">
         <v>109</v>
       </c>
       <c r="C50" s="9">
         <v>110</v>
       </c>
       <c r="D50" s="9">
         <v>115</v>
       </c>
       <c r="E50" s="9">
         <v>119</v>
       </c>
       <c r="F50" s="9">
         <v>118</v>
       </c>
       <c r="G50" s="9">
         <v>119</v>
       </c>
       <c r="H50" s="9">
         <v>119</v>
       </c>
       <c r="I50" s="9">
         <v>122</v>
       </c>
       <c r="J50" s="9">
         <v>132</v>
       </c>
       <c r="K50" s="9">
         <v>134</v>
       </c>
       <c r="L50" s="9">
         <v>133</v>
       </c>
-    </row>
-    <row r="51" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M50" s="9">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A51" s="8" t="s">
         <v>55</v>
       </c>
       <c r="B51" s="9">
         <v>142</v>
       </c>
       <c r="C51" s="9">
         <v>146</v>
       </c>
       <c r="D51" s="9">
         <v>153</v>
       </c>
       <c r="E51" s="9">
         <v>153</v>
       </c>
       <c r="F51" s="9">
         <v>164</v>
       </c>
       <c r="G51" s="9">
         <v>166</v>
       </c>
       <c r="H51" s="9">
         <v>172</v>
       </c>
       <c r="I51" s="9">
         <v>183</v>
       </c>
       <c r="J51" s="9">
         <v>188</v>
       </c>
       <c r="K51" s="9">
         <v>185</v>
       </c>
       <c r="L51" s="9">
         <v>182</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A52" s="15" t="s">
+      <c r="M51" s="9">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="14" t="s">
         <v>56</v>
       </c>
-      <c r="B52" s="15"/>
-[...9 lines deleted...]
-      <c r="L52" s="15"/>
+      <c r="B52" s="14"/>
+      <c r="C52" s="14"/>
+      <c r="D52" s="14"/>
+      <c r="E52" s="14"/>
+      <c r="F52" s="14"/>
+      <c r="G52" s="14"/>
+      <c r="H52" s="14"/>
+      <c r="I52" s="14"/>
+      <c r="J52" s="14"/>
+      <c r="K52" s="14"/>
+      <c r="L52" s="14"/>
+      <c r="M52" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:A3"/>
-    <mergeCell ref="A52:L52"/>
-[...1 lines deleted...]
-    <mergeCell ref="A1:L1"/>
+    <mergeCell ref="A1:M1"/>
+    <mergeCell ref="B2:M2"/>
+    <mergeCell ref="A52:M52"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>MUN</vt:lpstr>
     </vt:vector>