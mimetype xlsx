--- v0 (2025-10-07)
+++ v1 (2025-11-22)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\superstore\3_GNP_AD\NMMMD\Inna\Darbs 2020_2024\2025.gads\NM skaits\Excel publicēšanai\01.10\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\superstore\3_GNP_AD\NMMMD\Inna\Darbs 2020_2024\2025.gads\NM skaits\Excel publicēšanai\01.11\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CE91098C-D432-4B2F-ACF1-D0ACBF9206A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3F42E436-7239-4792-A5FF-A0492AA34FDF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C8C2BA84-9A39-4722-9C9A-2B040491896A}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C8C2BA84-9A39-4722-9C9A-2B040491896A}"/>
   </bookViews>
   <sheets>
     <sheet name="JP" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="63">
   <si>
     <t>Plānošanas reģions/Pilsēta/Novads</t>
   </si>
   <si>
     <t>Datums</t>
   </si>
   <si>
     <t>01.01.2025.</t>
   </si>
   <si>
     <t>01.02.2025.</t>
   </si>
   <si>
     <t>01.03.2025.</t>
   </si>
   <si>
     <t>01.04.2025.</t>
   </si>
   <si>
     <t>01.05.2025.</t>
   </si>
   <si>
     <t>01.06.2025.</t>
   </si>
   <si>
@@ -218,102 +218,116 @@
     <t>Dobeles novads</t>
   </si>
   <si>
     <t>Jelgavas novads</t>
   </si>
   <si>
     <t>Jēkabpils novads</t>
   </si>
   <si>
     <t>* Dati atbilstoši VID Datu noliktavas sistēmā esošajai informācijai.</t>
   </si>
   <si>
     <t>Nodokļu maksātāju - juridisko personu skaits 2025. gadā*</t>
   </si>
   <si>
     <t>01.07.2025.</t>
   </si>
   <si>
     <t>01.08.2025.</t>
   </si>
   <si>
     <t>01.09.2025.</t>
   </si>
   <si>
     <t>01.10.2025.</t>
+  </si>
+  <si>
+    <t>01.11.2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="6" x14ac:knownFonts="1">
+  <numFmts count="1">
+    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+  </numFmts>
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF012069"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF264487"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE6E8EE"/>
         <bgColor indexed="64"/>
@@ -334,59 +348,50 @@
       </left>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
-      <diagonal/>
-[...7 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
@@ -493,110 +498,123 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color theme="0"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="3" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="3" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="4" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="3" fillId="3" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="43" fontId="3" fillId="2" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="3" fillId="2" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -893,1830 +911,1981 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{243205FA-98FF-4BF5-8469-9A568D86B75A}">
   <dimension ref="A1:M52"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="N11" sqref="N11"/>
+      <selection pane="bottomLeft" activeCell="K64" sqref="K64"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="30" style="1" customWidth="1"/>
     <col min="2" max="8" width="13" style="1" customWidth="1"/>
     <col min="9" max="9" width="12.42578125" style="1" customWidth="1"/>
     <col min="10" max="10" width="11.5703125" style="1" customWidth="1"/>
     <col min="11" max="11" width="11.140625" style="1" customWidth="1"/>
-    <col min="12" max="16384" width="9.140625" style="1"/>
+    <col min="12" max="12" width="11.42578125" style="1" customWidth="1"/>
+    <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="20" t="s">
+      <c r="A1" s="17" t="s">
         <v>57</v>
       </c>
-      <c r="B1" s="20"/>
-[...8 lines deleted...]
-      <c r="K1" s="20"/>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
+      <c r="E1" s="17"/>
+      <c r="F1" s="17"/>
+      <c r="G1" s="17"/>
+      <c r="H1" s="17"/>
+      <c r="I1" s="17"/>
+      <c r="J1" s="17"/>
+      <c r="K1" s="17"/>
+      <c r="L1" s="17"/>
     </row>
     <row r="2" spans="1:13" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="15" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="17" t="s">
+      <c r="B2" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="18"/>
-[...7 lines deleted...]
-      <c r="K2" s="18"/>
+      <c r="C2" s="20"/>
+      <c r="D2" s="20"/>
+      <c r="E2" s="20"/>
+      <c r="F2" s="20"/>
+      <c r="G2" s="20"/>
+      <c r="H2" s="20"/>
+      <c r="I2" s="20"/>
+      <c r="J2" s="20"/>
+      <c r="K2" s="20"/>
+      <c r="L2" s="20"/>
     </row>
     <row r="3" spans="1:13" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="16"/>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="10" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>58</v>
       </c>
       <c r="I3" s="12" t="s">
         <v>59</v>
       </c>
       <c r="J3" s="10" t="s">
         <v>60</v>
       </c>
       <c r="K3" s="10" t="s">
         <v>61</v>
       </c>
+      <c r="L3" s="10" t="s">
+        <v>62</v>
+      </c>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="4">
         <v>189831</v>
       </c>
       <c r="C4" s="5">
         <v>189743</v>
       </c>
       <c r="D4" s="4">
         <v>189911</v>
       </c>
       <c r="E4" s="4">
         <v>190132</v>
       </c>
       <c r="F4" s="4">
         <v>190295</v>
       </c>
       <c r="G4" s="4">
         <v>190511</v>
       </c>
       <c r="H4" s="13">
         <v>190740</v>
       </c>
       <c r="I4" s="4">
         <v>190850</v>
       </c>
       <c r="J4" s="4">
         <v>191176</v>
       </c>
       <c r="K4" s="4">
         <v>191556</v>
       </c>
+      <c r="L4" s="4">
+        <v>192031</v>
+      </c>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="7">
         <v>23736</v>
       </c>
       <c r="C5" s="7">
         <v>23727</v>
       </c>
       <c r="D5" s="7">
         <v>23737</v>
       </c>
       <c r="E5" s="7">
         <v>23771</v>
       </c>
       <c r="F5" s="7">
         <v>23786</v>
       </c>
       <c r="G5" s="7">
         <v>23782</v>
       </c>
       <c r="H5" s="7">
         <v>23800</v>
       </c>
       <c r="I5" s="7">
         <v>23796</v>
       </c>
       <c r="J5" s="7">
         <v>23808</v>
       </c>
       <c r="K5" s="7">
         <v>23852</v>
       </c>
+      <c r="L5" s="7">
+        <v>23900</v>
+      </c>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A6" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="9">
         <v>4950</v>
       </c>
       <c r="C6" s="9">
         <v>4931</v>
       </c>
       <c r="D6" s="9">
         <v>4934</v>
       </c>
       <c r="E6" s="9">
         <v>4941</v>
       </c>
       <c r="F6" s="9">
         <v>4953</v>
       </c>
       <c r="G6" s="9">
         <v>4955</v>
       </c>
       <c r="H6" s="9">
         <v>4952</v>
       </c>
       <c r="I6" s="9">
         <v>4961</v>
       </c>
       <c r="J6" s="14">
         <v>4966</v>
       </c>
       <c r="K6" s="14">
         <v>4966</v>
       </c>
+      <c r="L6" s="14">
+        <v>4961</v>
+      </c>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A7" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="9">
         <v>2089</v>
       </c>
       <c r="C7" s="9">
         <v>2086</v>
       </c>
       <c r="D7" s="9">
         <v>2080</v>
       </c>
       <c r="E7" s="9">
         <v>2079</v>
       </c>
       <c r="F7" s="9">
         <v>2076</v>
       </c>
       <c r="G7" s="9">
         <v>2071</v>
       </c>
       <c r="H7" s="9">
         <v>2074</v>
       </c>
       <c r="I7" s="9">
         <v>2071</v>
       </c>
       <c r="J7" s="14">
         <v>2074</v>
       </c>
       <c r="K7" s="14">
         <v>2083</v>
       </c>
+      <c r="L7" s="14">
+        <v>2093</v>
+      </c>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A8" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="9">
         <v>3419</v>
       </c>
       <c r="C8" s="9">
         <v>3423</v>
       </c>
       <c r="D8" s="9">
         <v>3417</v>
       </c>
       <c r="E8" s="9">
         <v>3415</v>
       </c>
       <c r="F8" s="9">
         <v>3414</v>
       </c>
       <c r="G8" s="9">
         <v>3411</v>
       </c>
       <c r="H8" s="9">
         <v>3421</v>
       </c>
       <c r="I8" s="9">
         <v>3413</v>
       </c>
       <c r="J8" s="14">
         <v>3414</v>
       </c>
       <c r="K8" s="14">
         <v>3418</v>
       </c>
+      <c r="L8" s="14">
+        <v>3429</v>
+      </c>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A9" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="9">
         <v>2707</v>
       </c>
       <c r="C9" s="9">
         <v>2712</v>
       </c>
       <c r="D9" s="9">
         <v>2720</v>
       </c>
       <c r="E9" s="9">
         <v>2728</v>
       </c>
       <c r="F9" s="9">
         <v>2733</v>
       </c>
       <c r="G9" s="9">
         <v>2736</v>
       </c>
       <c r="H9" s="9">
         <v>2743</v>
       </c>
       <c r="I9" s="9">
         <v>2747</v>
       </c>
       <c r="J9" s="14">
         <v>2741</v>
       </c>
       <c r="K9" s="14">
         <v>2749</v>
       </c>
+      <c r="L9" s="14">
+        <v>2754</v>
+      </c>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A10" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="9">
         <v>2630</v>
       </c>
       <c r="C10" s="9">
         <v>2636</v>
       </c>
       <c r="D10" s="9">
         <v>2639</v>
       </c>
       <c r="E10" s="9">
         <v>2643</v>
       </c>
       <c r="F10" s="9">
         <v>2643</v>
       </c>
       <c r="G10" s="9">
         <v>2640</v>
       </c>
       <c r="H10" s="9">
         <v>2642</v>
       </c>
       <c r="I10" s="9">
         <v>2638</v>
       </c>
       <c r="J10" s="14">
         <v>2641</v>
       </c>
       <c r="K10" s="14">
         <v>2640</v>
       </c>
+      <c r="L10" s="14">
+        <v>2646</v>
+      </c>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A11" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="9">
         <v>3068</v>
       </c>
       <c r="C11" s="9">
         <v>3058</v>
       </c>
       <c r="D11" s="9">
         <v>3066</v>
       </c>
       <c r="E11" s="9">
         <v>3084</v>
       </c>
       <c r="F11" s="9">
         <v>3083</v>
       </c>
       <c r="G11" s="9">
         <v>3079</v>
       </c>
       <c r="H11" s="9">
         <v>3081</v>
       </c>
       <c r="I11" s="9">
         <v>3083</v>
       </c>
       <c r="J11" s="14">
         <v>3086</v>
       </c>
       <c r="K11" s="14">
         <v>3094</v>
       </c>
+      <c r="L11" s="14">
+        <v>3098</v>
+      </c>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A12" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="9">
         <v>3844</v>
       </c>
       <c r="C12" s="9">
         <v>3856</v>
       </c>
       <c r="D12" s="9">
         <v>3856</v>
       </c>
       <c r="E12" s="9">
         <v>3850</v>
       </c>
       <c r="F12" s="9">
         <v>3854</v>
       </c>
       <c r="G12" s="9">
         <v>3856</v>
       </c>
       <c r="H12" s="9">
         <v>3859</v>
       </c>
       <c r="I12" s="9">
         <v>3857</v>
       </c>
       <c r="J12" s="14">
         <v>3861</v>
       </c>
       <c r="K12" s="14">
         <v>3874</v>
       </c>
+      <c r="L12" s="14">
+        <v>3888</v>
+      </c>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A13" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="9">
         <v>1029</v>
       </c>
       <c r="C13" s="9">
         <v>1025</v>
       </c>
       <c r="D13" s="9">
         <v>1025</v>
       </c>
       <c r="E13" s="9">
         <v>1031</v>
       </c>
       <c r="F13" s="9">
         <v>1030</v>
       </c>
       <c r="G13" s="9">
         <v>1034</v>
       </c>
       <c r="H13" s="9">
         <v>1028</v>
       </c>
       <c r="I13" s="9">
         <v>1026</v>
       </c>
       <c r="J13" s="14">
         <v>1025</v>
       </c>
       <c r="K13" s="14">
         <v>1028</v>
       </c>
+      <c r="L13" s="14">
+        <v>1031</v>
+      </c>
       <c r="M13" s="11"/>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A14" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="7">
         <v>14731</v>
       </c>
       <c r="C14" s="7">
         <v>14700</v>
       </c>
       <c r="D14" s="7">
         <v>14720</v>
       </c>
       <c r="E14" s="7">
         <v>14712</v>
       </c>
       <c r="F14" s="7">
         <v>14668</v>
       </c>
       <c r="G14" s="7">
         <v>14670</v>
       </c>
       <c r="H14" s="7">
         <v>14668</v>
       </c>
       <c r="I14" s="7">
         <v>14645</v>
       </c>
       <c r="J14" s="7">
         <v>14657</v>
       </c>
       <c r="K14" s="7">
         <v>14704</v>
       </c>
+      <c r="L14" s="7">
+        <v>14708</v>
+      </c>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A15" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="9">
         <v>3919</v>
       </c>
       <c r="C15" s="9">
         <v>3892</v>
       </c>
       <c r="D15" s="9">
         <v>3891</v>
       </c>
       <c r="E15" s="9">
         <v>3885</v>
       </c>
       <c r="F15" s="9">
         <v>3868</v>
       </c>
       <c r="G15" s="9">
         <v>3869</v>
       </c>
       <c r="H15" s="9">
         <v>3869</v>
       </c>
       <c r="I15" s="9">
         <v>3881</v>
       </c>
       <c r="J15" s="14">
         <v>3890</v>
       </c>
       <c r="K15" s="14">
         <v>3907</v>
       </c>
+      <c r="L15" s="14">
+        <v>3907</v>
+      </c>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A16" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="9">
         <v>1572</v>
       </c>
       <c r="C16" s="9">
         <v>1568</v>
       </c>
       <c r="D16" s="9">
         <v>1568</v>
       </c>
       <c r="E16" s="9">
         <v>1565</v>
       </c>
       <c r="F16" s="9">
         <v>1558</v>
       </c>
       <c r="G16" s="9">
         <v>1560</v>
       </c>
       <c r="H16" s="9">
         <v>1559</v>
       </c>
       <c r="I16" s="9">
         <v>1555</v>
       </c>
       <c r="J16" s="14">
         <v>1556</v>
       </c>
       <c r="K16" s="14">
         <v>1565</v>
       </c>
-    </row>
-    <row r="17" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L16" s="14">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A17" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="9">
         <v>1480</v>
       </c>
       <c r="C17" s="9">
         <v>1484</v>
       </c>
       <c r="D17" s="9">
         <v>1489</v>
       </c>
       <c r="E17" s="9">
         <v>1492</v>
       </c>
       <c r="F17" s="9">
         <v>1487</v>
       </c>
       <c r="G17" s="9">
         <v>1485</v>
       </c>
       <c r="H17" s="9">
         <v>1480</v>
       </c>
       <c r="I17" s="9">
         <v>1472</v>
       </c>
       <c r="J17" s="14">
         <v>1468</v>
       </c>
       <c r="K17" s="14">
         <v>1468</v>
       </c>
-    </row>
-    <row r="18" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L17" s="14">
+        <v>1467</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A18" s="8" t="s">
         <v>22</v>
       </c>
       <c r="B18" s="9">
         <v>1435</v>
       </c>
       <c r="C18" s="9">
         <v>1434</v>
       </c>
       <c r="D18" s="9">
         <v>1439</v>
       </c>
       <c r="E18" s="9">
         <v>1437</v>
       </c>
       <c r="F18" s="9">
         <v>1438</v>
       </c>
       <c r="G18" s="9">
         <v>1439</v>
       </c>
       <c r="H18" s="9">
         <v>1435</v>
       </c>
       <c r="I18" s="9">
         <v>1436</v>
       </c>
       <c r="J18" s="14">
         <v>1436</v>
       </c>
       <c r="K18" s="14">
         <v>1443</v>
       </c>
-    </row>
-    <row r="19" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L18" s="14">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A19" s="8" t="s">
         <v>23</v>
       </c>
       <c r="B19" s="9">
         <v>1178</v>
       </c>
       <c r="C19" s="9">
         <v>1182</v>
       </c>
       <c r="D19" s="9">
         <v>1182</v>
       </c>
       <c r="E19" s="9">
         <v>1170</v>
       </c>
       <c r="F19" s="9">
         <v>1156</v>
       </c>
       <c r="G19" s="9">
         <v>1151</v>
       </c>
       <c r="H19" s="9">
         <v>1149</v>
       </c>
       <c r="I19" s="9">
         <v>1129</v>
       </c>
       <c r="J19" s="14">
         <v>1128</v>
       </c>
       <c r="K19" s="14">
         <v>1122</v>
       </c>
-    </row>
-    <row r="20" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L19" s="14">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A20" s="8" t="s">
         <v>24</v>
       </c>
       <c r="B20" s="9">
         <v>755</v>
       </c>
       <c r="C20" s="9">
         <v>755</v>
       </c>
       <c r="D20" s="9">
         <v>763</v>
       </c>
       <c r="E20" s="9">
         <v>768</v>
       </c>
       <c r="F20" s="9">
         <v>768</v>
       </c>
       <c r="G20" s="9">
         <v>766</v>
       </c>
       <c r="H20" s="9">
         <v>776</v>
       </c>
       <c r="I20" s="9">
         <v>786</v>
       </c>
       <c r="J20" s="14">
         <v>797</v>
       </c>
       <c r="K20" s="14">
         <v>806</v>
       </c>
-    </row>
-    <row r="21" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L20" s="14">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A21" s="8" t="s">
         <v>25</v>
       </c>
       <c r="B21" s="9">
         <v>1170</v>
       </c>
       <c r="C21" s="9">
         <v>1169</v>
       </c>
       <c r="D21" s="9">
         <v>1170</v>
       </c>
       <c r="E21" s="9">
         <v>1171</v>
       </c>
       <c r="F21" s="9">
         <v>1175</v>
       </c>
       <c r="G21" s="9">
         <v>1176</v>
       </c>
       <c r="H21" s="9">
         <v>1177</v>
       </c>
       <c r="I21" s="9">
         <v>1176</v>
       </c>
       <c r="J21" s="14">
         <v>1180</v>
       </c>
       <c r="K21" s="14">
         <v>1182</v>
       </c>
-    </row>
-    <row r="22" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L21" s="14">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A22" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="9">
         <v>1364</v>
       </c>
       <c r="C22" s="9">
         <v>1362</v>
       </c>
       <c r="D22" s="9">
         <v>1364</v>
       </c>
       <c r="E22" s="9">
         <v>1365</v>
       </c>
       <c r="F22" s="9">
         <v>1364</v>
       </c>
       <c r="G22" s="9">
         <v>1370</v>
       </c>
       <c r="H22" s="9">
         <v>1372</v>
       </c>
       <c r="I22" s="9">
         <v>1371</v>
       </c>
       <c r="J22" s="14">
         <v>1369</v>
       </c>
       <c r="K22" s="14">
         <v>1369</v>
       </c>
-    </row>
-    <row r="23" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L22" s="14">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A23" s="8" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="9">
         <v>1858</v>
       </c>
       <c r="C23" s="9">
         <v>1854</v>
       </c>
       <c r="D23" s="9">
         <v>1854</v>
       </c>
       <c r="E23" s="9">
         <v>1859</v>
       </c>
       <c r="F23" s="9">
         <v>1854</v>
       </c>
       <c r="G23" s="9">
         <v>1854</v>
       </c>
       <c r="H23" s="9">
         <v>1851</v>
       </c>
       <c r="I23" s="9">
         <v>1839</v>
       </c>
       <c r="J23" s="14">
         <v>1833</v>
       </c>
       <c r="K23" s="14">
         <v>1842</v>
       </c>
-    </row>
-    <row r="24" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L23" s="14">
+        <v>1849</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A24" s="6" t="s">
         <v>28</v>
       </c>
       <c r="B24" s="7">
         <v>107195</v>
       </c>
       <c r="C24" s="7">
         <v>107127</v>
       </c>
       <c r="D24" s="7">
         <v>107196</v>
       </c>
       <c r="E24" s="7">
         <v>107307</v>
       </c>
       <c r="F24" s="7">
         <v>107417</v>
       </c>
       <c r="G24" s="7">
         <v>107588</v>
       </c>
       <c r="H24" s="7">
         <v>107728</v>
       </c>
       <c r="I24" s="7">
         <v>107801</v>
       </c>
       <c r="J24" s="7">
         <v>108056</v>
       </c>
       <c r="K24" s="7">
         <v>108214</v>
       </c>
-    </row>
-    <row r="25" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L24" s="7">
+        <v>108535</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A25" s="8" t="s">
         <v>29</v>
       </c>
       <c r="B25" s="9">
         <v>81603</v>
       </c>
       <c r="C25" s="9">
         <v>81468</v>
       </c>
       <c r="D25" s="9">
         <v>81510</v>
       </c>
       <c r="E25" s="9">
         <v>81545</v>
       </c>
       <c r="F25" s="9">
         <v>81558</v>
       </c>
       <c r="G25" s="9">
         <v>81648</v>
       </c>
       <c r="H25" s="9">
         <v>81715</v>
       </c>
       <c r="I25" s="9">
         <v>81706</v>
       </c>
       <c r="J25" s="14">
         <v>81856</v>
       </c>
       <c r="K25" s="14">
         <v>81913</v>
       </c>
-    </row>
-    <row r="26" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L25" s="14">
+        <v>82135</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A26" s="8" t="s">
         <v>30</v>
       </c>
       <c r="B26" s="9">
         <v>4779</v>
       </c>
       <c r="C26" s="9">
         <v>4783</v>
       </c>
       <c r="D26" s="9">
         <v>4776</v>
       </c>
       <c r="E26" s="9">
         <v>4786</v>
       </c>
       <c r="F26" s="9">
         <v>4813</v>
       </c>
       <c r="G26" s="9">
         <v>4831</v>
       </c>
       <c r="H26" s="9">
         <v>4848</v>
       </c>
       <c r="I26" s="9">
         <v>4869</v>
       </c>
       <c r="J26" s="14">
         <v>4888</v>
       </c>
       <c r="K26" s="14">
         <v>4899</v>
       </c>
-    </row>
-    <row r="27" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L26" s="14">
+        <v>4921</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A27" s="8" t="s">
         <v>31</v>
       </c>
       <c r="B27" s="9">
         <v>2274</v>
       </c>
       <c r="C27" s="9">
         <v>2274</v>
       </c>
       <c r="D27" s="9">
         <v>2292</v>
       </c>
       <c r="E27" s="9">
         <v>2302</v>
       </c>
       <c r="F27" s="9">
         <v>2316</v>
       </c>
       <c r="G27" s="9">
         <v>2330</v>
       </c>
       <c r="H27" s="9">
         <v>2330</v>
       </c>
       <c r="I27" s="9">
         <v>2335</v>
       </c>
       <c r="J27" s="14">
         <v>2357</v>
       </c>
       <c r="K27" s="14">
         <v>2366</v>
       </c>
-    </row>
-    <row r="28" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L27" s="14">
+        <v>2379</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A28" s="8" t="s">
         <v>32</v>
       </c>
       <c r="B28" s="9">
         <v>3147</v>
       </c>
       <c r="C28" s="9">
         <v>3149</v>
       </c>
       <c r="D28" s="9">
         <v>3148</v>
       </c>
       <c r="E28" s="9">
         <v>3160</v>
       </c>
       <c r="F28" s="9">
         <v>3164</v>
       </c>
       <c r="G28" s="9">
         <v>3170</v>
       </c>
       <c r="H28" s="9">
         <v>3177</v>
       </c>
       <c r="I28" s="9">
         <v>3181</v>
       </c>
       <c r="J28" s="14">
         <v>3197</v>
       </c>
       <c r="K28" s="14">
         <v>3210</v>
       </c>
-    </row>
-    <row r="29" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L28" s="14">
+        <v>3226</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A29" s="8" t="s">
         <v>33</v>
       </c>
       <c r="B29" s="9">
         <v>5198</v>
       </c>
       <c r="C29" s="9">
         <v>5232</v>
       </c>
       <c r="D29" s="9">
         <v>5246</v>
       </c>
       <c r="E29" s="9">
         <v>5254</v>
       </c>
       <c r="F29" s="9">
         <v>5270</v>
       </c>
       <c r="G29" s="9">
         <v>5287</v>
       </c>
       <c r="H29" s="9">
         <v>5310</v>
       </c>
       <c r="I29" s="9">
         <v>5345</v>
       </c>
       <c r="J29" s="14">
         <v>5379</v>
       </c>
       <c r="K29" s="14">
         <v>5397</v>
       </c>
-    </row>
-    <row r="30" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L29" s="14">
+        <v>5418</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A30" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B30" s="9">
         <v>1487</v>
       </c>
       <c r="C30" s="9">
         <v>1490</v>
       </c>
       <c r="D30" s="9">
         <v>1492</v>
       </c>
       <c r="E30" s="9">
         <v>1501</v>
       </c>
       <c r="F30" s="9">
         <v>1507</v>
       </c>
       <c r="G30" s="9">
         <v>1505</v>
       </c>
       <c r="H30" s="9">
         <v>1511</v>
       </c>
       <c r="I30" s="9">
         <v>1516</v>
       </c>
       <c r="J30" s="14">
         <v>1518</v>
       </c>
       <c r="K30" s="14">
         <v>1520</v>
       </c>
-    </row>
-    <row r="31" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L30" s="14">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A31" s="8" t="s">
         <v>35</v>
       </c>
       <c r="B31" s="9">
         <v>3474</v>
       </c>
       <c r="C31" s="9">
         <v>3478</v>
       </c>
       <c r="D31" s="9">
         <v>3480</v>
       </c>
       <c r="E31" s="9">
         <v>3487</v>
       </c>
       <c r="F31" s="9">
         <v>3502</v>
       </c>
       <c r="G31" s="9">
         <v>3507</v>
       </c>
       <c r="H31" s="9">
         <v>3520</v>
       </c>
       <c r="I31" s="9">
         <v>3516</v>
       </c>
       <c r="J31" s="14">
         <v>3529</v>
       </c>
       <c r="K31" s="14">
         <v>3548</v>
       </c>
-    </row>
-    <row r="32" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L31" s="14">
+        <v>3567</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A32" s="8" t="s">
         <v>36</v>
       </c>
       <c r="B32" s="9">
         <v>1922</v>
       </c>
       <c r="C32" s="9">
         <v>1920</v>
       </c>
       <c r="D32" s="9">
         <v>1920</v>
       </c>
       <c r="E32" s="9">
         <v>1930</v>
       </c>
       <c r="F32" s="9">
         <v>1926</v>
       </c>
       <c r="G32" s="9">
         <v>1931</v>
       </c>
       <c r="H32" s="9">
         <v>1932</v>
       </c>
       <c r="I32" s="9">
         <v>1929</v>
       </c>
       <c r="J32" s="14">
         <v>1933</v>
       </c>
       <c r="K32" s="14">
         <v>1946</v>
       </c>
-    </row>
-    <row r="33" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L32" s="14">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A33" s="8" t="s">
         <v>37</v>
       </c>
       <c r="B33" s="9">
         <v>3311</v>
       </c>
       <c r="C33" s="9">
         <v>3333</v>
       </c>
       <c r="D33" s="9">
         <v>3332</v>
       </c>
       <c r="E33" s="9">
         <v>3342</v>
       </c>
       <c r="F33" s="9">
         <v>3361</v>
       </c>
       <c r="G33" s="9">
         <v>3379</v>
       </c>
       <c r="H33" s="9">
         <v>3385</v>
       </c>
       <c r="I33" s="9">
         <v>3404</v>
       </c>
       <c r="J33" s="14">
         <v>3399</v>
       </c>
       <c r="K33" s="14">
         <v>3415</v>
       </c>
-    </row>
-    <row r="34" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L33" s="14">
+        <v>3425</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A34" s="6" t="s">
         <v>38</v>
       </c>
       <c r="B34" s="7">
         <v>26869</v>
       </c>
       <c r="C34" s="7">
         <v>26875</v>
       </c>
       <c r="D34" s="7">
         <v>26924</v>
       </c>
       <c r="E34" s="7">
         <v>26958</v>
       </c>
       <c r="F34" s="7">
         <v>27008</v>
       </c>
       <c r="G34" s="7">
         <v>27044</v>
       </c>
       <c r="H34" s="7">
         <v>27091</v>
       </c>
       <c r="I34" s="7">
         <v>27108</v>
       </c>
       <c r="J34" s="7">
         <v>27120</v>
       </c>
       <c r="K34" s="7">
         <v>27202</v>
       </c>
-    </row>
-    <row r="35" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L34" s="7">
+        <v>27246</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A35" s="8" t="s">
         <v>39</v>
       </c>
       <c r="B35" s="9">
         <v>1376</v>
       </c>
       <c r="C35" s="9">
         <v>1380</v>
       </c>
       <c r="D35" s="9">
         <v>1383</v>
       </c>
       <c r="E35" s="9">
         <v>1378</v>
       </c>
       <c r="F35" s="9">
         <v>1379</v>
       </c>
       <c r="G35" s="9">
         <v>1379</v>
       </c>
       <c r="H35" s="9">
         <v>1378</v>
       </c>
       <c r="I35" s="9">
         <v>1383</v>
       </c>
       <c r="J35" s="14">
         <v>1379</v>
       </c>
       <c r="K35" s="14">
         <v>1384</v>
       </c>
-    </row>
-    <row r="36" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L35" s="14">
+        <v>1382</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A36" s="8" t="s">
         <v>40</v>
       </c>
       <c r="B36" s="9">
         <v>4633</v>
       </c>
       <c r="C36" s="9">
         <v>4662</v>
       </c>
       <c r="D36" s="9">
         <v>4669</v>
       </c>
       <c r="E36" s="9">
         <v>4668</v>
       </c>
       <c r="F36" s="9">
         <v>4684</v>
       </c>
       <c r="G36" s="9">
         <v>4683</v>
       </c>
       <c r="H36" s="9">
         <v>4698</v>
       </c>
       <c r="I36" s="9">
         <v>4698</v>
       </c>
       <c r="J36" s="14">
         <v>4712</v>
       </c>
       <c r="K36" s="14">
         <v>4731</v>
       </c>
-    </row>
-    <row r="37" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L36" s="14">
+        <v>4751</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A37" s="8" t="s">
         <v>41</v>
       </c>
       <c r="B37" s="9">
         <v>1489</v>
       </c>
       <c r="C37" s="9">
         <v>1491</v>
       </c>
       <c r="D37" s="9">
         <v>1493</v>
       </c>
       <c r="E37" s="9">
         <v>1494</v>
       </c>
       <c r="F37" s="9">
         <v>1493</v>
       </c>
       <c r="G37" s="9">
         <v>1495</v>
       </c>
       <c r="H37" s="9">
         <v>1495</v>
       </c>
       <c r="I37" s="9">
         <v>1493</v>
       </c>
       <c r="J37" s="14">
         <v>1493</v>
       </c>
       <c r="K37" s="14">
         <v>1506</v>
       </c>
-    </row>
-    <row r="38" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L37" s="14">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A38" s="8" t="s">
         <v>42</v>
       </c>
       <c r="B38" s="9">
         <v>3061</v>
       </c>
       <c r="C38" s="9">
         <v>3062</v>
       </c>
       <c r="D38" s="9">
         <v>3062</v>
       </c>
       <c r="E38" s="9">
         <v>3052</v>
       </c>
       <c r="F38" s="9">
         <v>3056</v>
       </c>
       <c r="G38" s="9">
         <v>3067</v>
       </c>
       <c r="H38" s="9">
         <v>3073</v>
       </c>
       <c r="I38" s="9">
         <v>3078</v>
       </c>
       <c r="J38" s="14">
         <v>3076</v>
       </c>
       <c r="K38" s="14">
         <v>3085</v>
       </c>
-    </row>
-    <row r="39" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L38" s="14">
+        <v>3093</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A39" s="8" t="s">
         <v>43</v>
       </c>
       <c r="B39" s="9">
         <v>3006</v>
       </c>
       <c r="C39" s="9">
         <v>3008</v>
       </c>
       <c r="D39" s="9">
         <v>3002</v>
       </c>
       <c r="E39" s="9">
         <v>3009</v>
       </c>
       <c r="F39" s="9">
         <v>3021</v>
       </c>
       <c r="G39" s="9">
         <v>3024</v>
       </c>
       <c r="H39" s="9">
         <v>3024</v>
       </c>
       <c r="I39" s="9">
         <v>3026</v>
       </c>
       <c r="J39" s="14">
         <v>3036</v>
       </c>
       <c r="K39" s="14">
         <v>3042</v>
       </c>
-    </row>
-    <row r="40" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L39" s="14">
+        <v>3047</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A40" s="8" t="s">
         <v>44</v>
       </c>
       <c r="B40" s="9">
         <v>5272</v>
       </c>
       <c r="C40" s="9">
         <v>5241</v>
       </c>
       <c r="D40" s="9">
         <v>5261</v>
       </c>
       <c r="E40" s="9">
         <v>5278</v>
       </c>
       <c r="F40" s="9">
         <v>5285</v>
       </c>
       <c r="G40" s="9">
         <v>5289</v>
       </c>
       <c r="H40" s="9">
         <v>5306</v>
       </c>
       <c r="I40" s="9">
         <v>5306</v>
       </c>
       <c r="J40" s="14">
         <v>5303</v>
       </c>
       <c r="K40" s="14">
         <v>5324</v>
       </c>
-    </row>
-    <row r="41" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L40" s="14">
+        <v>5327</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A41" s="8" t="s">
         <v>45</v>
       </c>
       <c r="B41" s="9">
         <v>989</v>
       </c>
       <c r="C41" s="9">
         <v>990</v>
       </c>
       <c r="D41" s="9">
         <v>991</v>
       </c>
       <c r="E41" s="9">
         <v>1000</v>
       </c>
       <c r="F41" s="9">
         <v>996</v>
       </c>
       <c r="G41" s="9">
         <v>999</v>
       </c>
       <c r="H41" s="9">
         <v>996</v>
       </c>
       <c r="I41" s="9">
         <v>994</v>
       </c>
       <c r="J41" s="14">
         <v>998</v>
       </c>
       <c r="K41" s="14">
         <v>1000</v>
       </c>
-    </row>
-    <row r="42" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L41" s="14">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A42" s="8" t="s">
         <v>46</v>
       </c>
       <c r="B42" s="9">
         <v>1744</v>
       </c>
       <c r="C42" s="9">
         <v>1743</v>
       </c>
       <c r="D42" s="9">
         <v>1755</v>
       </c>
       <c r="E42" s="9">
         <v>1756</v>
       </c>
       <c r="F42" s="9">
         <v>1766</v>
       </c>
       <c r="G42" s="9">
         <v>1768</v>
       </c>
       <c r="H42" s="9">
         <v>1773</v>
       </c>
       <c r="I42" s="9">
         <v>1772</v>
       </c>
       <c r="J42" s="14">
         <v>1769</v>
       </c>
       <c r="K42" s="14">
         <v>1766</v>
       </c>
-    </row>
-    <row r="43" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L42" s="14">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A43" s="8" t="s">
         <v>47</v>
       </c>
       <c r="B43" s="9">
         <v>4704</v>
       </c>
       <c r="C43" s="9">
         <v>4703</v>
       </c>
       <c r="D43" s="9">
         <v>4713</v>
       </c>
       <c r="E43" s="9">
         <v>4727</v>
       </c>
       <c r="F43" s="9">
         <v>4730</v>
       </c>
       <c r="G43" s="9">
         <v>4740</v>
       </c>
       <c r="H43" s="9">
         <v>4750</v>
       </c>
       <c r="I43" s="9">
         <v>4757</v>
       </c>
       <c r="J43" s="14">
         <v>4753</v>
       </c>
       <c r="K43" s="14">
         <v>4765</v>
       </c>
-    </row>
-    <row r="44" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L43" s="14">
+        <v>4769</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A44" s="8" t="s">
         <v>48</v>
       </c>
       <c r="B44" s="9">
         <v>595</v>
       </c>
       <c r="C44" s="9">
         <v>595</v>
       </c>
       <c r="D44" s="9">
         <v>595</v>
       </c>
       <c r="E44" s="9">
         <v>596</v>
       </c>
       <c r="F44" s="9">
         <v>598</v>
       </c>
       <c r="G44" s="9">
         <v>600</v>
       </c>
       <c r="H44" s="9">
         <v>598</v>
       </c>
       <c r="I44" s="9">
         <v>601</v>
       </c>
       <c r="J44" s="14">
         <v>601</v>
       </c>
       <c r="K44" s="14">
         <v>599</v>
       </c>
-    </row>
-    <row r="45" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L44" s="14">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A45" s="6" t="s">
         <v>49</v>
       </c>
       <c r="B45" s="7">
         <v>17300</v>
       </c>
       <c r="C45" s="7">
         <v>17314</v>
       </c>
       <c r="D45" s="7">
         <v>17334</v>
       </c>
       <c r="E45" s="7">
         <v>17384</v>
       </c>
       <c r="F45" s="7">
         <v>17416</v>
       </c>
       <c r="G45" s="7">
         <v>17427</v>
       </c>
       <c r="H45" s="7">
         <v>17453</v>
       </c>
       <c r="I45" s="7">
         <v>17500</v>
       </c>
       <c r="J45" s="7">
         <v>17535</v>
       </c>
       <c r="K45" s="7">
         <v>17584</v>
       </c>
-    </row>
-    <row r="46" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L45" s="7">
+        <v>17642</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A46" s="8" t="s">
         <v>50</v>
       </c>
       <c r="B46" s="9">
         <v>4129</v>
       </c>
       <c r="C46" s="9">
         <v>4140</v>
       </c>
       <c r="D46" s="9">
         <v>4144</v>
       </c>
       <c r="E46" s="9">
         <v>4157</v>
       </c>
       <c r="F46" s="9">
         <v>4173</v>
       </c>
       <c r="G46" s="9">
         <v>4185</v>
       </c>
       <c r="H46" s="9">
         <v>4186</v>
       </c>
       <c r="I46" s="9">
         <v>4208</v>
       </c>
       <c r="J46" s="14">
         <v>4218</v>
       </c>
       <c r="K46" s="14">
         <v>4222</v>
       </c>
-    </row>
-    <row r="47" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L46" s="14">
+        <v>4240</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A47" s="8" t="s">
         <v>51</v>
       </c>
       <c r="B47" s="9">
         <v>2105</v>
       </c>
       <c r="C47" s="9">
         <v>2105</v>
       </c>
       <c r="D47" s="9">
         <v>2103</v>
       </c>
       <c r="E47" s="9">
         <v>2100</v>
       </c>
       <c r="F47" s="9">
         <v>2107</v>
       </c>
       <c r="G47" s="9">
         <v>2106</v>
       </c>
       <c r="H47" s="9">
         <v>2110</v>
       </c>
       <c r="I47" s="9">
         <v>2117</v>
       </c>
       <c r="J47" s="14">
         <v>2119</v>
       </c>
       <c r="K47" s="14">
         <v>2119</v>
       </c>
-    </row>
-    <row r="48" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L47" s="14">
+        <v>2125</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A48" s="8" t="s">
         <v>52</v>
       </c>
       <c r="B48" s="9">
         <v>3400</v>
       </c>
       <c r="C48" s="9">
         <v>3395</v>
       </c>
       <c r="D48" s="9">
         <v>3399</v>
       </c>
       <c r="E48" s="9">
         <v>3414</v>
       </c>
       <c r="F48" s="9">
         <v>3418</v>
       </c>
       <c r="G48" s="9">
         <v>3424</v>
       </c>
       <c r="H48" s="9">
         <v>3428</v>
       </c>
       <c r="I48" s="9">
         <v>3431</v>
       </c>
       <c r="J48" s="14">
         <v>3440</v>
       </c>
       <c r="K48" s="14">
         <v>3446</v>
       </c>
-    </row>
-    <row r="49" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L48" s="14">
+        <v>3456</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A49" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B49" s="9">
         <v>2139</v>
       </c>
       <c r="C49" s="9">
         <v>2141</v>
       </c>
       <c r="D49" s="9">
         <v>2144</v>
       </c>
       <c r="E49" s="9">
         <v>2148</v>
       </c>
       <c r="F49" s="9">
         <v>2143</v>
       </c>
       <c r="G49" s="9">
         <v>2137</v>
       </c>
       <c r="H49" s="9">
         <v>2137</v>
       </c>
       <c r="I49" s="9">
         <v>2145</v>
       </c>
       <c r="J49" s="14">
         <v>2147</v>
       </c>
       <c r="K49" s="14">
         <v>2154</v>
       </c>
-    </row>
-    <row r="50" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L49" s="14">
+        <v>2155</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A50" s="8" t="s">
         <v>54</v>
       </c>
       <c r="B50" s="9">
         <v>2659</v>
       </c>
       <c r="C50" s="9">
         <v>2660</v>
       </c>
       <c r="D50" s="9">
         <v>2672</v>
       </c>
       <c r="E50" s="9">
         <v>2678</v>
       </c>
       <c r="F50" s="9">
         <v>2690</v>
       </c>
       <c r="G50" s="9">
         <v>2688</v>
       </c>
       <c r="H50" s="9">
         <v>2691</v>
       </c>
       <c r="I50" s="9">
         <v>2692</v>
       </c>
       <c r="J50" s="14">
         <v>2697</v>
       </c>
       <c r="K50" s="14">
         <v>2709</v>
       </c>
-    </row>
-    <row r="51" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="L50" s="14">
+        <v>2718</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A51" s="8" t="s">
         <v>55</v>
       </c>
       <c r="B51" s="9">
         <v>2868</v>
       </c>
       <c r="C51" s="9">
         <v>2873</v>
       </c>
       <c r="D51" s="9">
         <v>2872</v>
       </c>
       <c r="E51" s="9">
         <v>2887</v>
       </c>
       <c r="F51" s="9">
         <v>2885</v>
       </c>
       <c r="G51" s="9">
         <v>2887</v>
       </c>
       <c r="H51" s="9">
         <v>2901</v>
       </c>
       <c r="I51" s="9">
         <v>2907</v>
       </c>
       <c r="J51" s="14">
         <v>2914</v>
       </c>
       <c r="K51" s="14">
         <v>2934</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A52" s="19" t="s">
+      <c r="L51" s="14">
+        <v>2948</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A52" s="18" t="s">
         <v>56</v>
       </c>
-      <c r="B52" s="19"/>
-[...8 lines deleted...]
-      <c r="K52" s="19"/>
+      <c r="B52" s="18"/>
+      <c r="C52" s="18"/>
+      <c r="D52" s="18"/>
+      <c r="E52" s="18"/>
+      <c r="F52" s="18"/>
+      <c r="G52" s="18"/>
+      <c r="H52" s="18"/>
+      <c r="I52" s="18"/>
+      <c r="J52" s="18"/>
+      <c r="K52" s="18"/>
+      <c r="L52" s="18"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:A3"/>
-    <mergeCell ref="B2:K2"/>
-[...1 lines deleted...]
-    <mergeCell ref="A52:K52"/>
+    <mergeCell ref="B2:L2"/>
+    <mergeCell ref="A1:L1"/>
+    <mergeCell ref="A52:L52"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>JP</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>