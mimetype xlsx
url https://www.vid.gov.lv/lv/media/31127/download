--- v1 (2025-11-22)
+++ v2 (2025-12-21)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\superstore\3_GNP_AD\NMMMD\Inna\Darbs 2020_2024\2025.gads\NM skaits\Excel publicēšanai\01.11\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\superstore\3_GNP_AD\NMMMD\Inna\Darbs 2020_2024\2025.gads\NM skaits\Excel publicēšanai\01.12\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3F42E436-7239-4792-A5FF-A0492AA34FDF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9641F6A6-5F55-494C-AE9C-AD92A16EFB08}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C8C2BA84-9A39-4722-9C9A-2B040491896A}"/>
   </bookViews>
   <sheets>
     <sheet name="JP" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="64">
   <si>
     <t>Plānošanas reģions/Pilsēta/Novads</t>
   </si>
   <si>
     <t>Datums</t>
   </si>
   <si>
     <t>01.01.2025.</t>
   </si>
   <si>
     <t>01.02.2025.</t>
   </si>
   <si>
     <t>01.03.2025.</t>
   </si>
   <si>
     <t>01.04.2025.</t>
   </si>
   <si>
     <t>01.05.2025.</t>
   </si>
   <si>
     <t>01.06.2025.</t>
   </si>
   <si>
@@ -221,50 +221,53 @@
     <t>Jelgavas novads</t>
   </si>
   <si>
     <t>Jēkabpils novads</t>
   </si>
   <si>
     <t>* Dati atbilstoši VID Datu noliktavas sistēmā esošajai informācijai.</t>
   </si>
   <si>
     <t>Nodokļu maksātāju - juridisko personu skaits 2025. gadā*</t>
   </si>
   <si>
     <t>01.07.2025.</t>
   </si>
   <si>
     <t>01.08.2025.</t>
   </si>
   <si>
     <t>01.09.2025.</t>
   </si>
   <si>
     <t>01.10.2025.</t>
   </si>
   <si>
     <t>01.11.2025.</t>
+  </si>
+  <si>
+    <t>01.12.2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
@@ -514,103 +517,102 @@
       <right/>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="21">
+  <cellXfs count="20">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="4" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="3" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="43" fontId="3" fillId="2" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="3" fillId="2" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -911,1981 +913,2130 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{243205FA-98FF-4BF5-8469-9A568D86B75A}">
   <dimension ref="A1:M52"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="K64" sqref="K64"/>
+      <selection pane="bottomLeft" activeCell="Q1" sqref="Q1:T1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="30" style="1" customWidth="1"/>
     <col min="2" max="8" width="13" style="1" customWidth="1"/>
     <col min="9" max="9" width="12.42578125" style="1" customWidth="1"/>
     <col min="10" max="10" width="11.5703125" style="1" customWidth="1"/>
     <col min="11" max="11" width="11.140625" style="1" customWidth="1"/>
-    <col min="12" max="12" width="11.42578125" style="1" customWidth="1"/>
-    <col min="13" max="16384" width="9.140625" style="1"/>
+    <col min="12" max="13" width="11.42578125" style="1" customWidth="1"/>
+    <col min="14" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="17" t="s">
+      <c r="A1" s="18" t="s">
         <v>57</v>
       </c>
-      <c r="B1" s="17"/>
-[...9 lines deleted...]
-      <c r="L1" s="17"/>
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+      <c r="H1" s="18"/>
+      <c r="I1" s="18"/>
+      <c r="J1" s="18"/>
+      <c r="K1" s="18"/>
+      <c r="L1" s="18"/>
+      <c r="M1" s="18"/>
     </row>
     <row r="2" spans="1:13" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="15" t="s">
+      <c r="A2" s="14" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="19" t="s">
+      <c r="B2" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="20"/>
-[...8 lines deleted...]
-      <c r="L2" s="20"/>
+      <c r="C2" s="17"/>
+      <c r="D2" s="17"/>
+      <c r="E2" s="17"/>
+      <c r="F2" s="17"/>
+      <c r="G2" s="17"/>
+      <c r="H2" s="17"/>
+      <c r="I2" s="17"/>
+      <c r="J2" s="17"/>
+      <c r="K2" s="17"/>
+      <c r="L2" s="17"/>
+      <c r="M2" s="17"/>
     </row>
     <row r="3" spans="1:13" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="16"/>
+      <c r="A3" s="15"/>
       <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="10" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="I3" s="12" t="s">
+      <c r="I3" s="11" t="s">
         <v>59</v>
       </c>
       <c r="J3" s="10" t="s">
         <v>60</v>
       </c>
       <c r="K3" s="10" t="s">
         <v>61</v>
       </c>
       <c r="L3" s="10" t="s">
         <v>62</v>
+      </c>
+      <c r="M3" s="10" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="4">
         <v>189831</v>
       </c>
       <c r="C4" s="5">
         <v>189743</v>
       </c>
       <c r="D4" s="4">
         <v>189911</v>
       </c>
       <c r="E4" s="4">
         <v>190132</v>
       </c>
       <c r="F4" s="4">
         <v>190295</v>
       </c>
       <c r="G4" s="4">
         <v>190511</v>
       </c>
-      <c r="H4" s="13">
+      <c r="H4" s="12">
         <v>190740</v>
       </c>
       <c r="I4" s="4">
         <v>190850</v>
       </c>
       <c r="J4" s="4">
         <v>191176</v>
       </c>
       <c r="K4" s="4">
         <v>191556</v>
       </c>
       <c r="L4" s="4">
         <v>192031</v>
+      </c>
+      <c r="M4" s="4">
+        <v>192276</v>
       </c>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="7">
         <v>23736</v>
       </c>
       <c r="C5" s="7">
         <v>23727</v>
       </c>
       <c r="D5" s="7">
         <v>23737</v>
       </c>
       <c r="E5" s="7">
         <v>23771</v>
       </c>
       <c r="F5" s="7">
         <v>23786</v>
       </c>
       <c r="G5" s="7">
         <v>23782</v>
       </c>
       <c r="H5" s="7">
         <v>23800</v>
       </c>
       <c r="I5" s="7">
         <v>23796</v>
       </c>
       <c r="J5" s="7">
         <v>23808</v>
       </c>
       <c r="K5" s="7">
         <v>23852</v>
       </c>
       <c r="L5" s="7">
         <v>23900</v>
       </c>
+      <c r="M5" s="7">
+        <v>23932</v>
+      </c>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A6" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="9">
         <v>4950</v>
       </c>
       <c r="C6" s="9">
         <v>4931</v>
       </c>
       <c r="D6" s="9">
         <v>4934</v>
       </c>
       <c r="E6" s="9">
         <v>4941</v>
       </c>
       <c r="F6" s="9">
         <v>4953</v>
       </c>
       <c r="G6" s="9">
         <v>4955</v>
       </c>
       <c r="H6" s="9">
         <v>4952</v>
       </c>
       <c r="I6" s="9">
         <v>4961</v>
       </c>
-      <c r="J6" s="14">
+      <c r="J6" s="13">
         <v>4966</v>
       </c>
-      <c r="K6" s="14">
+      <c r="K6" s="13">
         <v>4966</v>
       </c>
-      <c r="L6" s="14">
+      <c r="L6" s="13">
         <v>4961</v>
+      </c>
+      <c r="M6" s="13">
+        <v>4969</v>
       </c>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A7" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="9">
         <v>2089</v>
       </c>
       <c r="C7" s="9">
         <v>2086</v>
       </c>
       <c r="D7" s="9">
         <v>2080</v>
       </c>
       <c r="E7" s="9">
         <v>2079</v>
       </c>
       <c r="F7" s="9">
         <v>2076</v>
       </c>
       <c r="G7" s="9">
         <v>2071</v>
       </c>
       <c r="H7" s="9">
         <v>2074</v>
       </c>
       <c r="I7" s="9">
         <v>2071</v>
       </c>
-      <c r="J7" s="14">
+      <c r="J7" s="13">
         <v>2074</v>
       </c>
-      <c r="K7" s="14">
+      <c r="K7" s="13">
         <v>2083</v>
       </c>
-      <c r="L7" s="14">
+      <c r="L7" s="13">
         <v>2093</v>
+      </c>
+      <c r="M7" s="13">
+        <v>2088</v>
       </c>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A8" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="9">
         <v>3419</v>
       </c>
       <c r="C8" s="9">
         <v>3423</v>
       </c>
       <c r="D8" s="9">
         <v>3417</v>
       </c>
       <c r="E8" s="9">
         <v>3415</v>
       </c>
       <c r="F8" s="9">
         <v>3414</v>
       </c>
       <c r="G8" s="9">
         <v>3411</v>
       </c>
       <c r="H8" s="9">
         <v>3421</v>
       </c>
       <c r="I8" s="9">
         <v>3413</v>
       </c>
-      <c r="J8" s="14">
+      <c r="J8" s="13">
         <v>3414</v>
       </c>
-      <c r="K8" s="14">
+      <c r="K8" s="13">
         <v>3418</v>
       </c>
-      <c r="L8" s="14">
+      <c r="L8" s="13">
         <v>3429</v>
+      </c>
+      <c r="M8" s="13">
+        <v>3425</v>
       </c>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A9" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="9">
         <v>2707</v>
       </c>
       <c r="C9" s="9">
         <v>2712</v>
       </c>
       <c r="D9" s="9">
         <v>2720</v>
       </c>
       <c r="E9" s="9">
         <v>2728</v>
       </c>
       <c r="F9" s="9">
         <v>2733</v>
       </c>
       <c r="G9" s="9">
         <v>2736</v>
       </c>
       <c r="H9" s="9">
         <v>2743</v>
       </c>
       <c r="I9" s="9">
         <v>2747</v>
       </c>
-      <c r="J9" s="14">
+      <c r="J9" s="13">
         <v>2741</v>
       </c>
-      <c r="K9" s="14">
+      <c r="K9" s="13">
         <v>2749</v>
       </c>
-      <c r="L9" s="14">
+      <c r="L9" s="13">
         <v>2754</v>
+      </c>
+      <c r="M9" s="13">
+        <v>2752</v>
       </c>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A10" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="9">
         <v>2630</v>
       </c>
       <c r="C10" s="9">
         <v>2636</v>
       </c>
       <c r="D10" s="9">
         <v>2639</v>
       </c>
       <c r="E10" s="9">
         <v>2643</v>
       </c>
       <c r="F10" s="9">
         <v>2643</v>
       </c>
       <c r="G10" s="9">
         <v>2640</v>
       </c>
       <c r="H10" s="9">
         <v>2642</v>
       </c>
       <c r="I10" s="9">
         <v>2638</v>
       </c>
-      <c r="J10" s="14">
+      <c r="J10" s="13">
         <v>2641</v>
       </c>
-      <c r="K10" s="14">
+      <c r="K10" s="13">
         <v>2640</v>
       </c>
-      <c r="L10" s="14">
+      <c r="L10" s="13">
         <v>2646</v>
+      </c>
+      <c r="M10" s="13">
+        <v>2662</v>
       </c>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A11" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B11" s="9">
         <v>3068</v>
       </c>
       <c r="C11" s="9">
         <v>3058</v>
       </c>
       <c r="D11" s="9">
         <v>3066</v>
       </c>
       <c r="E11" s="9">
         <v>3084</v>
       </c>
       <c r="F11" s="9">
         <v>3083</v>
       </c>
       <c r="G11" s="9">
         <v>3079</v>
       </c>
       <c r="H11" s="9">
         <v>3081</v>
       </c>
       <c r="I11" s="9">
         <v>3083</v>
       </c>
-      <c r="J11" s="14">
+      <c r="J11" s="13">
         <v>3086</v>
       </c>
-      <c r="K11" s="14">
+      <c r="K11" s="13">
         <v>3094</v>
       </c>
-      <c r="L11" s="14">
+      <c r="L11" s="13">
         <v>3098</v>
+      </c>
+      <c r="M11" s="13">
+        <v>3107</v>
       </c>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A12" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="9">
         <v>3844</v>
       </c>
       <c r="C12" s="9">
         <v>3856</v>
       </c>
       <c r="D12" s="9">
         <v>3856</v>
       </c>
       <c r="E12" s="9">
         <v>3850</v>
       </c>
       <c r="F12" s="9">
         <v>3854</v>
       </c>
       <c r="G12" s="9">
         <v>3856</v>
       </c>
       <c r="H12" s="9">
         <v>3859</v>
       </c>
       <c r="I12" s="9">
         <v>3857</v>
       </c>
-      <c r="J12" s="14">
+      <c r="J12" s="13">
         <v>3861</v>
       </c>
-      <c r="K12" s="14">
+      <c r="K12" s="13">
         <v>3874</v>
       </c>
-      <c r="L12" s="14">
+      <c r="L12" s="13">
         <v>3888</v>
+      </c>
+      <c r="M12" s="13">
+        <v>3898</v>
       </c>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A13" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="9">
         <v>1029</v>
       </c>
       <c r="C13" s="9">
         <v>1025</v>
       </c>
       <c r="D13" s="9">
         <v>1025</v>
       </c>
       <c r="E13" s="9">
         <v>1031</v>
       </c>
       <c r="F13" s="9">
         <v>1030</v>
       </c>
       <c r="G13" s="9">
         <v>1034</v>
       </c>
       <c r="H13" s="9">
         <v>1028</v>
       </c>
       <c r="I13" s="9">
         <v>1026</v>
       </c>
-      <c r="J13" s="14">
+      <c r="J13" s="13">
         <v>1025</v>
       </c>
-      <c r="K13" s="14">
+      <c r="K13" s="13">
         <v>1028</v>
       </c>
-      <c r="L13" s="14">
+      <c r="L13" s="13">
         <v>1031</v>
       </c>
-      <c r="M13" s="11"/>
+      <c r="M13" s="13">
+        <v>1031</v>
+      </c>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A14" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="7">
         <v>14731</v>
       </c>
       <c r="C14" s="7">
         <v>14700</v>
       </c>
       <c r="D14" s="7">
         <v>14720</v>
       </c>
       <c r="E14" s="7">
         <v>14712</v>
       </c>
       <c r="F14" s="7">
         <v>14668</v>
       </c>
       <c r="G14" s="7">
         <v>14670</v>
       </c>
       <c r="H14" s="7">
         <v>14668</v>
       </c>
       <c r="I14" s="7">
         <v>14645</v>
       </c>
       <c r="J14" s="7">
         <v>14657</v>
       </c>
       <c r="K14" s="7">
         <v>14704</v>
       </c>
       <c r="L14" s="7">
         <v>14708</v>
       </c>
+      <c r="M14" s="7">
+        <v>14707</v>
+      </c>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A15" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="9">
         <v>3919</v>
       </c>
       <c r="C15" s="9">
         <v>3892</v>
       </c>
       <c r="D15" s="9">
         <v>3891</v>
       </c>
       <c r="E15" s="9">
         <v>3885</v>
       </c>
       <c r="F15" s="9">
         <v>3868</v>
       </c>
       <c r="G15" s="9">
         <v>3869</v>
       </c>
       <c r="H15" s="9">
         <v>3869</v>
       </c>
       <c r="I15" s="9">
         <v>3881</v>
       </c>
-      <c r="J15" s="14">
+      <c r="J15" s="13">
         <v>3890</v>
       </c>
-      <c r="K15" s="14">
+      <c r="K15" s="13">
         <v>3907</v>
       </c>
-      <c r="L15" s="14">
+      <c r="L15" s="13">
+        <v>3907</v>
+      </c>
+      <c r="M15" s="13">
         <v>3907</v>
       </c>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A16" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="9">
         <v>1572</v>
       </c>
       <c r="C16" s="9">
         <v>1568</v>
       </c>
       <c r="D16" s="9">
         <v>1568</v>
       </c>
       <c r="E16" s="9">
         <v>1565</v>
       </c>
       <c r="F16" s="9">
         <v>1558</v>
       </c>
       <c r="G16" s="9">
         <v>1560</v>
       </c>
       <c r="H16" s="9">
         <v>1559</v>
       </c>
       <c r="I16" s="9">
         <v>1555</v>
       </c>
-      <c r="J16" s="14">
+      <c r="J16" s="13">
         <v>1556</v>
       </c>
-      <c r="K16" s="14">
+      <c r="K16" s="13">
         <v>1565</v>
       </c>
-      <c r="L16" s="14">
+      <c r="L16" s="13">
         <v>1565</v>
       </c>
-    </row>
-    <row r="17" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M16" s="13">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A17" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="9">
         <v>1480</v>
       </c>
       <c r="C17" s="9">
         <v>1484</v>
       </c>
       <c r="D17" s="9">
         <v>1489</v>
       </c>
       <c r="E17" s="9">
         <v>1492</v>
       </c>
       <c r="F17" s="9">
         <v>1487</v>
       </c>
       <c r="G17" s="9">
         <v>1485</v>
       </c>
       <c r="H17" s="9">
         <v>1480</v>
       </c>
       <c r="I17" s="9">
         <v>1472</v>
       </c>
-      <c r="J17" s="14">
+      <c r="J17" s="13">
         <v>1468</v>
       </c>
-      <c r="K17" s="14">
+      <c r="K17" s="13">
         <v>1468</v>
       </c>
-      <c r="L17" s="14">
+      <c r="L17" s="13">
         <v>1467</v>
       </c>
-    </row>
-    <row r="18" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M17" s="13">
+        <v>1464</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A18" s="8" t="s">
         <v>22</v>
       </c>
       <c r="B18" s="9">
         <v>1435</v>
       </c>
       <c r="C18" s="9">
         <v>1434</v>
       </c>
       <c r="D18" s="9">
         <v>1439</v>
       </c>
       <c r="E18" s="9">
         <v>1437</v>
       </c>
       <c r="F18" s="9">
         <v>1438</v>
       </c>
       <c r="G18" s="9">
         <v>1439</v>
       </c>
       <c r="H18" s="9">
         <v>1435</v>
       </c>
       <c r="I18" s="9">
         <v>1436</v>
       </c>
-      <c r="J18" s="14">
+      <c r="J18" s="13">
         <v>1436</v>
       </c>
-      <c r="K18" s="14">
+      <c r="K18" s="13">
         <v>1443</v>
       </c>
-      <c r="L18" s="14">
+      <c r="L18" s="13">
         <v>1445</v>
       </c>
-    </row>
-    <row r="19" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M18" s="13">
+        <v>1443</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A19" s="8" t="s">
         <v>23</v>
       </c>
       <c r="B19" s="9">
         <v>1178</v>
       </c>
       <c r="C19" s="9">
         <v>1182</v>
       </c>
       <c r="D19" s="9">
         <v>1182</v>
       </c>
       <c r="E19" s="9">
         <v>1170</v>
       </c>
       <c r="F19" s="9">
         <v>1156</v>
       </c>
       <c r="G19" s="9">
         <v>1151</v>
       </c>
       <c r="H19" s="9">
         <v>1149</v>
       </c>
       <c r="I19" s="9">
         <v>1129</v>
       </c>
-      <c r="J19" s="14">
+      <c r="J19" s="13">
         <v>1128</v>
       </c>
-      <c r="K19" s="14">
+      <c r="K19" s="13">
         <v>1122</v>
       </c>
-      <c r="L19" s="14">
+      <c r="L19" s="13">
         <v>1109</v>
       </c>
-    </row>
-    <row r="20" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M19" s="13">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A20" s="8" t="s">
         <v>24</v>
       </c>
       <c r="B20" s="9">
         <v>755</v>
       </c>
       <c r="C20" s="9">
         <v>755</v>
       </c>
       <c r="D20" s="9">
         <v>763</v>
       </c>
       <c r="E20" s="9">
         <v>768</v>
       </c>
       <c r="F20" s="9">
         <v>768</v>
       </c>
       <c r="G20" s="9">
         <v>766</v>
       </c>
       <c r="H20" s="9">
         <v>776</v>
       </c>
       <c r="I20" s="9">
         <v>786</v>
       </c>
-      <c r="J20" s="14">
+      <c r="J20" s="13">
         <v>797</v>
       </c>
-      <c r="K20" s="14">
+      <c r="K20" s="13">
         <v>806</v>
       </c>
-      <c r="L20" s="14">
+      <c r="L20" s="13">
         <v>809</v>
       </c>
-    </row>
-    <row r="21" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M20" s="13">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A21" s="8" t="s">
         <v>25</v>
       </c>
       <c r="B21" s="9">
         <v>1170</v>
       </c>
       <c r="C21" s="9">
         <v>1169</v>
       </c>
       <c r="D21" s="9">
         <v>1170</v>
       </c>
       <c r="E21" s="9">
         <v>1171</v>
       </c>
       <c r="F21" s="9">
         <v>1175</v>
       </c>
       <c r="G21" s="9">
         <v>1176</v>
       </c>
       <c r="H21" s="9">
         <v>1177</v>
       </c>
       <c r="I21" s="9">
         <v>1176</v>
       </c>
-      <c r="J21" s="14">
+      <c r="J21" s="13">
         <v>1180</v>
       </c>
-      <c r="K21" s="14">
+      <c r="K21" s="13">
         <v>1182</v>
       </c>
-      <c r="L21" s="14">
+      <c r="L21" s="13">
         <v>1187</v>
       </c>
-    </row>
-    <row r="22" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M21" s="13">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A22" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="9">
         <v>1364</v>
       </c>
       <c r="C22" s="9">
         <v>1362</v>
       </c>
       <c r="D22" s="9">
         <v>1364</v>
       </c>
       <c r="E22" s="9">
         <v>1365</v>
       </c>
       <c r="F22" s="9">
         <v>1364</v>
       </c>
       <c r="G22" s="9">
         <v>1370</v>
       </c>
       <c r="H22" s="9">
         <v>1372</v>
       </c>
       <c r="I22" s="9">
         <v>1371</v>
       </c>
-      <c r="J22" s="14">
+      <c r="J22" s="13">
         <v>1369</v>
       </c>
-      <c r="K22" s="14">
+      <c r="K22" s="13">
         <v>1369</v>
       </c>
-      <c r="L22" s="14">
+      <c r="L22" s="13">
         <v>1370</v>
       </c>
-    </row>
-    <row r="23" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M22" s="13">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A23" s="8" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="9">
         <v>1858</v>
       </c>
       <c r="C23" s="9">
         <v>1854</v>
       </c>
       <c r="D23" s="9">
         <v>1854</v>
       </c>
       <c r="E23" s="9">
         <v>1859</v>
       </c>
       <c r="F23" s="9">
         <v>1854</v>
       </c>
       <c r="G23" s="9">
         <v>1854</v>
       </c>
       <c r="H23" s="9">
         <v>1851</v>
       </c>
       <c r="I23" s="9">
         <v>1839</v>
       </c>
-      <c r="J23" s="14">
+      <c r="J23" s="13">
         <v>1833</v>
       </c>
-      <c r="K23" s="14">
+      <c r="K23" s="13">
         <v>1842</v>
       </c>
-      <c r="L23" s="14">
+      <c r="L23" s="13">
         <v>1849</v>
       </c>
-    </row>
-    <row r="24" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M23" s="13">
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A24" s="6" t="s">
         <v>28</v>
       </c>
       <c r="B24" s="7">
         <v>107195</v>
       </c>
       <c r="C24" s="7">
         <v>107127</v>
       </c>
       <c r="D24" s="7">
         <v>107196</v>
       </c>
       <c r="E24" s="7">
         <v>107307</v>
       </c>
       <c r="F24" s="7">
         <v>107417</v>
       </c>
       <c r="G24" s="7">
         <v>107588</v>
       </c>
       <c r="H24" s="7">
         <v>107728</v>
       </c>
       <c r="I24" s="7">
         <v>107801</v>
       </c>
       <c r="J24" s="7">
         <v>108056</v>
       </c>
       <c r="K24" s="7">
         <v>108214</v>
       </c>
       <c r="L24" s="7">
         <v>108535</v>
       </c>
-    </row>
-    <row r="25" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M24" s="7">
+        <v>108632</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A25" s="8" t="s">
         <v>29</v>
       </c>
       <c r="B25" s="9">
         <v>81603</v>
       </c>
       <c r="C25" s="9">
         <v>81468</v>
       </c>
       <c r="D25" s="9">
         <v>81510</v>
       </c>
       <c r="E25" s="9">
         <v>81545</v>
       </c>
       <c r="F25" s="9">
         <v>81558</v>
       </c>
       <c r="G25" s="9">
         <v>81648</v>
       </c>
       <c r="H25" s="9">
         <v>81715</v>
       </c>
       <c r="I25" s="9">
         <v>81706</v>
       </c>
-      <c r="J25" s="14">
+      <c r="J25" s="13">
         <v>81856</v>
       </c>
-      <c r="K25" s="14">
+      <c r="K25" s="13">
         <v>81913</v>
       </c>
-      <c r="L25" s="14">
+      <c r="L25" s="13">
         <v>82135</v>
       </c>
-    </row>
-    <row r="26" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M25" s="13">
+        <v>82192</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A26" s="8" t="s">
         <v>30</v>
       </c>
       <c r="B26" s="9">
         <v>4779</v>
       </c>
       <c r="C26" s="9">
         <v>4783</v>
       </c>
       <c r="D26" s="9">
         <v>4776</v>
       </c>
       <c r="E26" s="9">
         <v>4786</v>
       </c>
       <c r="F26" s="9">
         <v>4813</v>
       </c>
       <c r="G26" s="9">
         <v>4831</v>
       </c>
       <c r="H26" s="9">
         <v>4848</v>
       </c>
       <c r="I26" s="9">
         <v>4869</v>
       </c>
-      <c r="J26" s="14">
+      <c r="J26" s="13">
         <v>4888</v>
       </c>
-      <c r="K26" s="14">
+      <c r="K26" s="13">
         <v>4899</v>
       </c>
-      <c r="L26" s="14">
+      <c r="L26" s="13">
         <v>4921</v>
       </c>
-    </row>
-    <row r="27" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M26" s="13">
+        <v>4925</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A27" s="8" t="s">
         <v>31</v>
       </c>
       <c r="B27" s="9">
         <v>2274</v>
       </c>
       <c r="C27" s="9">
         <v>2274</v>
       </c>
       <c r="D27" s="9">
         <v>2292</v>
       </c>
       <c r="E27" s="9">
         <v>2302</v>
       </c>
       <c r="F27" s="9">
         <v>2316</v>
       </c>
       <c r="G27" s="9">
         <v>2330</v>
       </c>
       <c r="H27" s="9">
         <v>2330</v>
       </c>
       <c r="I27" s="9">
         <v>2335</v>
       </c>
-      <c r="J27" s="14">
+      <c r="J27" s="13">
         <v>2357</v>
       </c>
-      <c r="K27" s="14">
+      <c r="K27" s="13">
         <v>2366</v>
       </c>
-      <c r="L27" s="14">
+      <c r="L27" s="13">
         <v>2379</v>
       </c>
-    </row>
-    <row r="28" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M27" s="13">
+        <v>2372</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A28" s="8" t="s">
         <v>32</v>
       </c>
       <c r="B28" s="9">
         <v>3147</v>
       </c>
       <c r="C28" s="9">
         <v>3149</v>
       </c>
       <c r="D28" s="9">
         <v>3148</v>
       </c>
       <c r="E28" s="9">
         <v>3160</v>
       </c>
       <c r="F28" s="9">
         <v>3164</v>
       </c>
       <c r="G28" s="9">
         <v>3170</v>
       </c>
       <c r="H28" s="9">
         <v>3177</v>
       </c>
       <c r="I28" s="9">
         <v>3181</v>
       </c>
-      <c r="J28" s="14">
+      <c r="J28" s="13">
         <v>3197</v>
       </c>
-      <c r="K28" s="14">
+      <c r="K28" s="13">
         <v>3210</v>
       </c>
-      <c r="L28" s="14">
+      <c r="L28" s="13">
         <v>3226</v>
       </c>
-    </row>
-    <row r="29" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M28" s="13">
+        <v>3234</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A29" s="8" t="s">
         <v>33</v>
       </c>
       <c r="B29" s="9">
         <v>5198</v>
       </c>
       <c r="C29" s="9">
         <v>5232</v>
       </c>
       <c r="D29" s="9">
         <v>5246</v>
       </c>
       <c r="E29" s="9">
         <v>5254</v>
       </c>
       <c r="F29" s="9">
         <v>5270</v>
       </c>
       <c r="G29" s="9">
         <v>5287</v>
       </c>
       <c r="H29" s="9">
         <v>5310</v>
       </c>
       <c r="I29" s="9">
         <v>5345</v>
       </c>
-      <c r="J29" s="14">
+      <c r="J29" s="13">
         <v>5379</v>
       </c>
-      <c r="K29" s="14">
+      <c r="K29" s="13">
         <v>5397</v>
       </c>
-      <c r="L29" s="14">
+      <c r="L29" s="13">
         <v>5418</v>
       </c>
-    </row>
-    <row r="30" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M29" s="13">
+        <v>5435</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A30" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B30" s="9">
         <v>1487</v>
       </c>
       <c r="C30" s="9">
         <v>1490</v>
       </c>
       <c r="D30" s="9">
         <v>1492</v>
       </c>
       <c r="E30" s="9">
         <v>1501</v>
       </c>
       <c r="F30" s="9">
         <v>1507</v>
       </c>
       <c r="G30" s="9">
         <v>1505</v>
       </c>
       <c r="H30" s="9">
         <v>1511</v>
       </c>
       <c r="I30" s="9">
         <v>1516</v>
       </c>
-      <c r="J30" s="14">
+      <c r="J30" s="13">
         <v>1518</v>
       </c>
-      <c r="K30" s="14">
+      <c r="K30" s="13">
         <v>1520</v>
       </c>
-      <c r="L30" s="14">
+      <c r="L30" s="13">
         <v>1517</v>
       </c>
-    </row>
-    <row r="31" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M30" s="13">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A31" s="8" t="s">
         <v>35</v>
       </c>
       <c r="B31" s="9">
         <v>3474</v>
       </c>
       <c r="C31" s="9">
         <v>3478</v>
       </c>
       <c r="D31" s="9">
         <v>3480</v>
       </c>
       <c r="E31" s="9">
         <v>3487</v>
       </c>
       <c r="F31" s="9">
         <v>3502</v>
       </c>
       <c r="G31" s="9">
         <v>3507</v>
       </c>
       <c r="H31" s="9">
         <v>3520</v>
       </c>
       <c r="I31" s="9">
         <v>3516</v>
       </c>
-      <c r="J31" s="14">
+      <c r="J31" s="13">
         <v>3529</v>
       </c>
-      <c r="K31" s="14">
+      <c r="K31" s="13">
         <v>3548</v>
       </c>
-      <c r="L31" s="14">
+      <c r="L31" s="13">
         <v>3567</v>
       </c>
-    </row>
-    <row r="32" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M31" s="13">
+        <v>3577</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A32" s="8" t="s">
         <v>36</v>
       </c>
       <c r="B32" s="9">
         <v>1922</v>
       </c>
       <c r="C32" s="9">
         <v>1920</v>
       </c>
       <c r="D32" s="9">
         <v>1920</v>
       </c>
       <c r="E32" s="9">
         <v>1930</v>
       </c>
       <c r="F32" s="9">
         <v>1926</v>
       </c>
       <c r="G32" s="9">
         <v>1931</v>
       </c>
       <c r="H32" s="9">
         <v>1932</v>
       </c>
       <c r="I32" s="9">
         <v>1929</v>
       </c>
-      <c r="J32" s="14">
+      <c r="J32" s="13">
         <v>1933</v>
       </c>
-      <c r="K32" s="14">
+      <c r="K32" s="13">
         <v>1946</v>
       </c>
-      <c r="L32" s="14">
+      <c r="L32" s="13">
         <v>1947</v>
       </c>
-    </row>
-    <row r="33" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M32" s="13">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A33" s="8" t="s">
         <v>37</v>
       </c>
       <c r="B33" s="9">
         <v>3311</v>
       </c>
       <c r="C33" s="9">
         <v>3333</v>
       </c>
       <c r="D33" s="9">
         <v>3332</v>
       </c>
       <c r="E33" s="9">
         <v>3342</v>
       </c>
       <c r="F33" s="9">
         <v>3361</v>
       </c>
       <c r="G33" s="9">
         <v>3379</v>
       </c>
       <c r="H33" s="9">
         <v>3385</v>
       </c>
       <c r="I33" s="9">
         <v>3404</v>
       </c>
-      <c r="J33" s="14">
+      <c r="J33" s="13">
         <v>3399</v>
       </c>
-      <c r="K33" s="14">
+      <c r="K33" s="13">
         <v>3415</v>
       </c>
-      <c r="L33" s="14">
+      <c r="L33" s="13">
         <v>3425</v>
       </c>
-    </row>
-    <row r="34" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M33" s="13">
+        <v>3426</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A34" s="6" t="s">
         <v>38</v>
       </c>
       <c r="B34" s="7">
         <v>26869</v>
       </c>
       <c r="C34" s="7">
         <v>26875</v>
       </c>
       <c r="D34" s="7">
         <v>26924</v>
       </c>
       <c r="E34" s="7">
         <v>26958</v>
       </c>
       <c r="F34" s="7">
         <v>27008</v>
       </c>
       <c r="G34" s="7">
         <v>27044</v>
       </c>
       <c r="H34" s="7">
         <v>27091</v>
       </c>
       <c r="I34" s="7">
         <v>27108</v>
       </c>
       <c r="J34" s="7">
         <v>27120</v>
       </c>
       <c r="K34" s="7">
         <v>27202</v>
       </c>
       <c r="L34" s="7">
         <v>27246</v>
       </c>
-    </row>
-    <row r="35" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M34" s="7">
+        <v>27328</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A35" s="8" t="s">
         <v>39</v>
       </c>
       <c r="B35" s="9">
         <v>1376</v>
       </c>
       <c r="C35" s="9">
         <v>1380</v>
       </c>
       <c r="D35" s="9">
         <v>1383</v>
       </c>
       <c r="E35" s="9">
         <v>1378</v>
       </c>
       <c r="F35" s="9">
         <v>1379</v>
       </c>
       <c r="G35" s="9">
         <v>1379</v>
       </c>
       <c r="H35" s="9">
         <v>1378</v>
       </c>
       <c r="I35" s="9">
         <v>1383</v>
       </c>
-      <c r="J35" s="14">
+      <c r="J35" s="13">
         <v>1379</v>
       </c>
-      <c r="K35" s="14">
+      <c r="K35" s="13">
         <v>1384</v>
       </c>
-      <c r="L35" s="14">
+      <c r="L35" s="13">
         <v>1382</v>
       </c>
-    </row>
-    <row r="36" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M35" s="13">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A36" s="8" t="s">
         <v>40</v>
       </c>
       <c r="B36" s="9">
         <v>4633</v>
       </c>
       <c r="C36" s="9">
         <v>4662</v>
       </c>
       <c r="D36" s="9">
         <v>4669</v>
       </c>
       <c r="E36" s="9">
         <v>4668</v>
       </c>
       <c r="F36" s="9">
         <v>4684</v>
       </c>
       <c r="G36" s="9">
         <v>4683</v>
       </c>
       <c r="H36" s="9">
         <v>4698</v>
       </c>
       <c r="I36" s="9">
         <v>4698</v>
       </c>
-      <c r="J36" s="14">
+      <c r="J36" s="13">
         <v>4712</v>
       </c>
-      <c r="K36" s="14">
+      <c r="K36" s="13">
         <v>4731</v>
       </c>
-      <c r="L36" s="14">
+      <c r="L36" s="13">
         <v>4751</v>
       </c>
-    </row>
-    <row r="37" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M36" s="13">
+        <v>4770</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A37" s="8" t="s">
         <v>41</v>
       </c>
       <c r="B37" s="9">
         <v>1489</v>
       </c>
       <c r="C37" s="9">
         <v>1491</v>
       </c>
       <c r="D37" s="9">
         <v>1493</v>
       </c>
       <c r="E37" s="9">
         <v>1494</v>
       </c>
       <c r="F37" s="9">
         <v>1493</v>
       </c>
       <c r="G37" s="9">
         <v>1495</v>
       </c>
       <c r="H37" s="9">
         <v>1495</v>
       </c>
       <c r="I37" s="9">
         <v>1493</v>
       </c>
-      <c r="J37" s="14">
+      <c r="J37" s="13">
         <v>1493</v>
       </c>
-      <c r="K37" s="14">
+      <c r="K37" s="13">
         <v>1506</v>
       </c>
-      <c r="L37" s="14">
+      <c r="L37" s="13">
         <v>1510</v>
       </c>
-    </row>
-    <row r="38" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M37" s="13">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A38" s="8" t="s">
         <v>42</v>
       </c>
       <c r="B38" s="9">
         <v>3061</v>
       </c>
       <c r="C38" s="9">
         <v>3062</v>
       </c>
       <c r="D38" s="9">
         <v>3062</v>
       </c>
       <c r="E38" s="9">
         <v>3052</v>
       </c>
       <c r="F38" s="9">
         <v>3056</v>
       </c>
       <c r="G38" s="9">
         <v>3067</v>
       </c>
       <c r="H38" s="9">
         <v>3073</v>
       </c>
       <c r="I38" s="9">
         <v>3078</v>
       </c>
-      <c r="J38" s="14">
+      <c r="J38" s="13">
         <v>3076</v>
       </c>
-      <c r="K38" s="14">
+      <c r="K38" s="13">
         <v>3085</v>
       </c>
-      <c r="L38" s="14">
+      <c r="L38" s="13">
         <v>3093</v>
       </c>
-    </row>
-    <row r="39" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M38" s="13">
+        <v>3091</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A39" s="8" t="s">
         <v>43</v>
       </c>
       <c r="B39" s="9">
         <v>3006</v>
       </c>
       <c r="C39" s="9">
         <v>3008</v>
       </c>
       <c r="D39" s="9">
         <v>3002</v>
       </c>
       <c r="E39" s="9">
         <v>3009</v>
       </c>
       <c r="F39" s="9">
         <v>3021</v>
       </c>
       <c r="G39" s="9">
         <v>3024</v>
       </c>
       <c r="H39" s="9">
         <v>3024</v>
       </c>
       <c r="I39" s="9">
         <v>3026</v>
       </c>
-      <c r="J39" s="14">
+      <c r="J39" s="13">
         <v>3036</v>
       </c>
-      <c r="K39" s="14">
+      <c r="K39" s="13">
         <v>3042</v>
       </c>
-      <c r="L39" s="14">
+      <c r="L39" s="13">
         <v>3047</v>
       </c>
-    </row>
-    <row r="40" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M39" s="13">
+        <v>3057</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A40" s="8" t="s">
         <v>44</v>
       </c>
       <c r="B40" s="9">
         <v>5272</v>
       </c>
       <c r="C40" s="9">
         <v>5241</v>
       </c>
       <c r="D40" s="9">
         <v>5261</v>
       </c>
       <c r="E40" s="9">
         <v>5278</v>
       </c>
       <c r="F40" s="9">
         <v>5285</v>
       </c>
       <c r="G40" s="9">
         <v>5289</v>
       </c>
       <c r="H40" s="9">
         <v>5306</v>
       </c>
       <c r="I40" s="9">
         <v>5306</v>
       </c>
-      <c r="J40" s="14">
+      <c r="J40" s="13">
         <v>5303</v>
       </c>
-      <c r="K40" s="14">
+      <c r="K40" s="13">
         <v>5324</v>
       </c>
-      <c r="L40" s="14">
+      <c r="L40" s="13">
         <v>5327</v>
       </c>
-    </row>
-    <row r="41" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M40" s="13">
+        <v>5356</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A41" s="8" t="s">
         <v>45</v>
       </c>
       <c r="B41" s="9">
         <v>989</v>
       </c>
       <c r="C41" s="9">
         <v>990</v>
       </c>
       <c r="D41" s="9">
         <v>991</v>
       </c>
       <c r="E41" s="9">
         <v>1000</v>
       </c>
       <c r="F41" s="9">
         <v>996</v>
       </c>
       <c r="G41" s="9">
         <v>999</v>
       </c>
       <c r="H41" s="9">
         <v>996</v>
       </c>
       <c r="I41" s="9">
         <v>994</v>
       </c>
-      <c r="J41" s="14">
+      <c r="J41" s="13">
         <v>998</v>
       </c>
-      <c r="K41" s="14">
+      <c r="K41" s="13">
         <v>1000</v>
       </c>
-      <c r="L41" s="14">
+      <c r="L41" s="13">
         <v>1004</v>
       </c>
-    </row>
-    <row r="42" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M41" s="13">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A42" s="8" t="s">
         <v>46</v>
       </c>
       <c r="B42" s="9">
         <v>1744</v>
       </c>
       <c r="C42" s="9">
         <v>1743</v>
       </c>
       <c r="D42" s="9">
         <v>1755</v>
       </c>
       <c r="E42" s="9">
         <v>1756</v>
       </c>
       <c r="F42" s="9">
         <v>1766</v>
       </c>
       <c r="G42" s="9">
         <v>1768</v>
       </c>
       <c r="H42" s="9">
         <v>1773</v>
       </c>
       <c r="I42" s="9">
         <v>1772</v>
       </c>
-      <c r="J42" s="14">
+      <c r="J42" s="13">
         <v>1769</v>
       </c>
-      <c r="K42" s="14">
+      <c r="K42" s="13">
         <v>1766</v>
       </c>
-      <c r="L42" s="14">
+      <c r="L42" s="13">
         <v>1765</v>
       </c>
-    </row>
-    <row r="43" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M42" s="13">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A43" s="8" t="s">
         <v>47</v>
       </c>
       <c r="B43" s="9">
         <v>4704</v>
       </c>
       <c r="C43" s="9">
         <v>4703</v>
       </c>
       <c r="D43" s="9">
         <v>4713</v>
       </c>
       <c r="E43" s="9">
         <v>4727</v>
       </c>
       <c r="F43" s="9">
         <v>4730</v>
       </c>
       <c r="G43" s="9">
         <v>4740</v>
       </c>
       <c r="H43" s="9">
         <v>4750</v>
       </c>
       <c r="I43" s="9">
         <v>4757</v>
       </c>
-      <c r="J43" s="14">
+      <c r="J43" s="13">
         <v>4753</v>
       </c>
-      <c r="K43" s="14">
+      <c r="K43" s="13">
         <v>4765</v>
       </c>
-      <c r="L43" s="14">
+      <c r="L43" s="13">
         <v>4769</v>
       </c>
-    </row>
-    <row r="44" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M43" s="13">
+        <v>4782</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A44" s="8" t="s">
         <v>48</v>
       </c>
       <c r="B44" s="9">
         <v>595</v>
       </c>
       <c r="C44" s="9">
         <v>595</v>
       </c>
       <c r="D44" s="9">
         <v>595</v>
       </c>
       <c r="E44" s="9">
         <v>596</v>
       </c>
       <c r="F44" s="9">
         <v>598</v>
       </c>
       <c r="G44" s="9">
         <v>600</v>
       </c>
       <c r="H44" s="9">
         <v>598</v>
       </c>
       <c r="I44" s="9">
         <v>601</v>
       </c>
-      <c r="J44" s="14">
+      <c r="J44" s="13">
         <v>601</v>
       </c>
-      <c r="K44" s="14">
+      <c r="K44" s="13">
         <v>599</v>
       </c>
-      <c r="L44" s="14">
+      <c r="L44" s="13">
         <v>598</v>
       </c>
-    </row>
-    <row r="45" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M44" s="13">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A45" s="6" t="s">
         <v>49</v>
       </c>
       <c r="B45" s="7">
         <v>17300</v>
       </c>
       <c r="C45" s="7">
         <v>17314</v>
       </c>
       <c r="D45" s="7">
         <v>17334</v>
       </c>
       <c r="E45" s="7">
         <v>17384</v>
       </c>
       <c r="F45" s="7">
         <v>17416</v>
       </c>
       <c r="G45" s="7">
         <v>17427</v>
       </c>
       <c r="H45" s="7">
         <v>17453</v>
       </c>
       <c r="I45" s="7">
         <v>17500</v>
       </c>
       <c r="J45" s="7">
         <v>17535</v>
       </c>
       <c r="K45" s="7">
         <v>17584</v>
       </c>
       <c r="L45" s="7">
         <v>17642</v>
       </c>
-    </row>
-    <row r="46" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M45" s="7">
+        <v>17677</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A46" s="8" t="s">
         <v>50</v>
       </c>
       <c r="B46" s="9">
         <v>4129</v>
       </c>
       <c r="C46" s="9">
         <v>4140</v>
       </c>
       <c r="D46" s="9">
         <v>4144</v>
       </c>
       <c r="E46" s="9">
         <v>4157</v>
       </c>
       <c r="F46" s="9">
         <v>4173</v>
       </c>
       <c r="G46" s="9">
         <v>4185</v>
       </c>
       <c r="H46" s="9">
         <v>4186</v>
       </c>
       <c r="I46" s="9">
         <v>4208</v>
       </c>
-      <c r="J46" s="14">
+      <c r="J46" s="13">
         <v>4218</v>
       </c>
-      <c r="K46" s="14">
+      <c r="K46" s="13">
         <v>4222</v>
       </c>
-      <c r="L46" s="14">
+      <c r="L46" s="13">
         <v>4240</v>
       </c>
-    </row>
-    <row r="47" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M46" s="13">
+        <v>4251</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A47" s="8" t="s">
         <v>51</v>
       </c>
       <c r="B47" s="9">
         <v>2105</v>
       </c>
       <c r="C47" s="9">
         <v>2105</v>
       </c>
       <c r="D47" s="9">
         <v>2103</v>
       </c>
       <c r="E47" s="9">
         <v>2100</v>
       </c>
       <c r="F47" s="9">
         <v>2107</v>
       </c>
       <c r="G47" s="9">
         <v>2106</v>
       </c>
       <c r="H47" s="9">
         <v>2110</v>
       </c>
       <c r="I47" s="9">
         <v>2117</v>
       </c>
-      <c r="J47" s="14">
+      <c r="J47" s="13">
         <v>2119</v>
       </c>
-      <c r="K47" s="14">
+      <c r="K47" s="13">
         <v>2119</v>
       </c>
-      <c r="L47" s="14">
+      <c r="L47" s="13">
         <v>2125</v>
       </c>
-    </row>
-    <row r="48" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M47" s="13">
+        <v>2129</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A48" s="8" t="s">
         <v>52</v>
       </c>
       <c r="B48" s="9">
         <v>3400</v>
       </c>
       <c r="C48" s="9">
         <v>3395</v>
       </c>
       <c r="D48" s="9">
         <v>3399</v>
       </c>
       <c r="E48" s="9">
         <v>3414</v>
       </c>
       <c r="F48" s="9">
         <v>3418</v>
       </c>
       <c r="G48" s="9">
         <v>3424</v>
       </c>
       <c r="H48" s="9">
         <v>3428</v>
       </c>
       <c r="I48" s="9">
         <v>3431</v>
       </c>
-      <c r="J48" s="14">
+      <c r="J48" s="13">
         <v>3440</v>
       </c>
-      <c r="K48" s="14">
+      <c r="K48" s="13">
         <v>3446</v>
       </c>
-      <c r="L48" s="14">
+      <c r="L48" s="13">
         <v>3456</v>
       </c>
-    </row>
-    <row r="49" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M48" s="13">
+        <v>3460</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A49" s="8" t="s">
         <v>53</v>
       </c>
       <c r="B49" s="9">
         <v>2139</v>
       </c>
       <c r="C49" s="9">
         <v>2141</v>
       </c>
       <c r="D49" s="9">
         <v>2144</v>
       </c>
       <c r="E49" s="9">
         <v>2148</v>
       </c>
       <c r="F49" s="9">
         <v>2143</v>
       </c>
       <c r="G49" s="9">
         <v>2137</v>
       </c>
       <c r="H49" s="9">
         <v>2137</v>
       </c>
       <c r="I49" s="9">
         <v>2145</v>
       </c>
-      <c r="J49" s="14">
+      <c r="J49" s="13">
         <v>2147</v>
       </c>
-      <c r="K49" s="14">
+      <c r="K49" s="13">
         <v>2154</v>
       </c>
-      <c r="L49" s="14">
+      <c r="L49" s="13">
         <v>2155</v>
       </c>
-    </row>
-    <row r="50" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M49" s="13">
+        <v>2156</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A50" s="8" t="s">
         <v>54</v>
       </c>
       <c r="B50" s="9">
         <v>2659</v>
       </c>
       <c r="C50" s="9">
         <v>2660</v>
       </c>
       <c r="D50" s="9">
         <v>2672</v>
       </c>
       <c r="E50" s="9">
         <v>2678</v>
       </c>
       <c r="F50" s="9">
         <v>2690</v>
       </c>
       <c r="G50" s="9">
         <v>2688</v>
       </c>
       <c r="H50" s="9">
         <v>2691</v>
       </c>
       <c r="I50" s="9">
         <v>2692</v>
       </c>
-      <c r="J50" s="14">
+      <c r="J50" s="13">
         <v>2697</v>
       </c>
-      <c r="K50" s="14">
+      <c r="K50" s="13">
         <v>2709</v>
       </c>
-      <c r="L50" s="14">
+      <c r="L50" s="13">
         <v>2718</v>
       </c>
-    </row>
-    <row r="51" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="M50" s="13">
+        <v>2726</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A51" s="8" t="s">
         <v>55</v>
       </c>
       <c r="B51" s="9">
         <v>2868</v>
       </c>
       <c r="C51" s="9">
         <v>2873</v>
       </c>
       <c r="D51" s="9">
         <v>2872</v>
       </c>
       <c r="E51" s="9">
         <v>2887</v>
       </c>
       <c r="F51" s="9">
         <v>2885</v>
       </c>
       <c r="G51" s="9">
         <v>2887</v>
       </c>
       <c r="H51" s="9">
         <v>2901</v>
       </c>
       <c r="I51" s="9">
         <v>2907</v>
       </c>
-      <c r="J51" s="14">
+      <c r="J51" s="13">
         <v>2914</v>
       </c>
-      <c r="K51" s="14">
+      <c r="K51" s="13">
         <v>2934</v>
       </c>
-      <c r="L51" s="14">
+      <c r="L51" s="13">
         <v>2948</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A52" s="18" t="s">
+      <c r="M51" s="13">
+        <v>2955</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A52" s="19" t="s">
         <v>56</v>
       </c>
-      <c r="B52" s="18"/>
-[...9 lines deleted...]
-      <c r="L52" s="18"/>
+      <c r="B52" s="19"/>
+      <c r="C52" s="19"/>
+      <c r="D52" s="19"/>
+      <c r="E52" s="19"/>
+      <c r="F52" s="19"/>
+      <c r="G52" s="19"/>
+      <c r="H52" s="19"/>
+      <c r="I52" s="19"/>
+      <c r="J52" s="19"/>
+      <c r="K52" s="19"/>
+      <c r="L52" s="19"/>
+      <c r="M52" s="19"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:A3"/>
-    <mergeCell ref="B2:L2"/>
-[...1 lines deleted...]
-    <mergeCell ref="A52:L52"/>
+    <mergeCell ref="B2:M2"/>
+    <mergeCell ref="A1:M1"/>
+    <mergeCell ref="A52:M52"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>JP</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>