--- v0 (2025-10-07)
+++ v1 (2025-12-21)
@@ -1,116 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\GNP00110\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\B5JFYELF\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\gnp00112\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\DXR9NMWI\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B8B88067-DE16-465B-9AA9-D50F3167A04D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{07AC2048-650F-4622-809D-45C3803E0AA2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="14565" yWindow="360" windowWidth="14220" windowHeight="15075" xr2:uid="{B160A2A6-62BE-4D6D-99C6-397595076C65}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{B160A2A6-62BE-4D6D-99C6-397595076C65}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabula" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="57">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="58">
   <si>
     <t>1. ceturksnis</t>
   </si>
   <si>
     <t>2. ceturksnis</t>
   </si>
   <si>
     <t>Kurzemes plānošanas reģions</t>
   </si>
   <si>
     <t>Latgales plānošanas reģions</t>
   </si>
   <si>
     <t>Rīgas plānošanas reģions</t>
   </si>
   <si>
     <t>Vidzemes plānošanas reģions</t>
   </si>
   <si>
     <t>Zemgales plānošanas reģions</t>
   </si>
   <si>
-    <t>Reģions nav norādīts</t>
-[...1 lines deleted...]
-  <si>
     <t>Pašnodarbināto personu skaits 2025. gadā*</t>
   </si>
   <si>
-    <t>Plānošanas reģions/Pilsēta/Novads</t>
-[...1 lines deleted...]
-  <si>
     <t>VALSTĪ</t>
   </si>
   <si>
     <t>Liepāja</t>
   </si>
   <si>
     <t>Ventspils</t>
   </si>
   <si>
     <t>Dienvidkurzemes novads</t>
   </si>
   <si>
     <t>Kuldīgas novads</t>
   </si>
   <si>
     <t>Saldus novads</t>
   </si>
   <si>
     <t>Talsu novads</t>
   </si>
   <si>
     <t>Tukuma novads</t>
   </si>
   <si>
     <t>Ventspils novads</t>
@@ -202,51 +194,63 @@
   <si>
     <t>Jelgava</t>
   </si>
   <si>
     <t>Aizkraukles novads</t>
   </si>
   <si>
     <t>Bauskas novads</t>
   </si>
   <si>
     <t>Dobeles novads</t>
   </si>
   <si>
     <t>Jelgavas novads</t>
   </si>
   <si>
     <t>Jēkabpils novads</t>
   </si>
   <si>
     <t>Iesniedza pārskatu</t>
   </si>
   <si>
     <t>Iesniedza pārskatu, kurā ir norādīts obligāto iemaksu objekts</t>
   </si>
   <si>
-    <t>* Informācija no pārskata "Pašnodarbinātā vai darba ņēmēja ziņojums"</t>
+    <t>Dati uz 12.11.2025</t>
+  </si>
+  <si>
+    <t>3. ceturksnis</t>
+  </si>
+  <si>
+    <t>Plānošanas reģions/Pilsēta/Novads**</t>
+  </si>
+  <si>
+    <t>** Ja nodokļu maksātājs nav norādījis adresi vai norādītā adrese ir ārpus Latvijas, nodokļu maksātājs tiek pieskaitīts pie Rīgas pilsētas.</t>
+  </si>
+  <si>
+    <t>* Informācija no pārskata "Pašnodarbinātā vai darba ņēmēja ziņojums". Apkopotā informācija var mainīties atbilstoši nodokļu maksātāju iesniegtajiem pārskatu precizējumiem, kavēti iesniegtajiem pārskatiem, kā arī nodokļu maksātāju norādītās adreses maiņai.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -270,77 +274,83 @@
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF012069"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF264487"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE6E8EE"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="12">
+  <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -429,120 +439,152 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
         <color theme="0"/>
-      </left>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...9 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="18">
+  <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="1" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{58BE9132-B0AB-4B7F-8E2D-501144750BDC}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0037A4"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
@@ -841,963 +883,1269 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4B2C4DB2-72CA-4E95-9642-99EB8611B122}">
-  <dimension ref="A4:E58"/>
+  <dimension ref="A1:N54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="F18" sqref="F18"/>
+      <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="H53" sqref="H53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
-    <col min="2" max="5" width="14.28515625" customWidth="1"/>
+    <col min="2" max="4" width="14.28515625" customWidth="1"/>
+    <col min="5" max="7" width="13" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="4" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A4" s="17" t="s">
+    <row r="1" spans="1:7" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="B1" s="19"/>
+      <c r="C1" s="19"/>
+      <c r="D1" s="19"/>
+      <c r="E1" s="19"/>
+      <c r="F1" s="20"/>
+      <c r="G1" s="20"/>
+    </row>
+    <row r="2" spans="1:7" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="3"/>
+      <c r="B2" s="2"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="1"/>
+      <c r="G2" s="1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="30.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="B3" s="16" t="s">
+        <v>51</v>
+      </c>
+      <c r="C3" s="17"/>
+      <c r="D3" s="18"/>
+      <c r="E3" s="16" t="s">
+        <v>52</v>
+      </c>
+      <c r="F3" s="17"/>
+      <c r="G3" s="17"/>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A4" s="15"/>
+      <c r="B4" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="G4" s="4" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A5" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="11">
+        <v>50376</v>
+      </c>
+      <c r="C5" s="11">
+        <v>49654</v>
+      </c>
+      <c r="D5" s="11">
+        <v>47769</v>
+      </c>
+      <c r="E5" s="11">
+        <v>43300</v>
+      </c>
+      <c r="F5" s="11">
+        <v>43759</v>
+      </c>
+      <c r="G5" s="11">
+        <v>42516</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A6" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="B6" s="7">
+        <v>8018</v>
+      </c>
+      <c r="C6" s="7">
+        <v>7936</v>
+      </c>
+      <c r="D6" s="7">
+        <v>7744</v>
+      </c>
+      <c r="E6" s="7">
+        <v>6897</v>
+      </c>
+      <c r="F6" s="7">
+        <v>7019</v>
+      </c>
+      <c r="G6" s="7">
+        <v>6975</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A7" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="B4" s="17"/>
-[...21 lines deleted...]
-      <c r="A7" s="12" t="s">
+      <c r="B7" s="9">
+        <v>2617</v>
+      </c>
+      <c r="C7" s="9">
+        <v>2578</v>
+      </c>
+      <c r="D7" s="9">
+        <v>2427</v>
+      </c>
+      <c r="E7" s="9">
+        <v>2297</v>
+      </c>
+      <c r="F7" s="10">
+        <v>2305</v>
+      </c>
+      <c r="G7" s="10">
+        <v>2192</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A8" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="B7" s="14" t="s">
-[...24 lines deleted...]
-      <c r="A9" s="5" t="s">
+      <c r="B8" s="9">
+        <v>925</v>
+      </c>
+      <c r="C8" s="9">
+        <v>912</v>
+      </c>
+      <c r="D8" s="9">
+        <v>892</v>
+      </c>
+      <c r="E8" s="9">
+        <v>795</v>
+      </c>
+      <c r="F8" s="10">
+        <v>810</v>
+      </c>
+      <c r="G8" s="10">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A9" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="B9" s="6">
-[...13 lines deleted...]
-      <c r="A10" s="7" t="s">
+      <c r="B9" s="9">
+        <v>909</v>
+      </c>
+      <c r="C9" s="9">
+        <v>918</v>
+      </c>
+      <c r="D9" s="9">
+        <v>942</v>
+      </c>
+      <c r="E9" s="9">
+        <v>780</v>
+      </c>
+      <c r="F9" s="10">
+        <v>803</v>
+      </c>
+      <c r="G9" s="10">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A10" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="9">
+        <v>773</v>
+      </c>
+      <c r="C10" s="9">
+        <v>777</v>
+      </c>
+      <c r="D10" s="9">
+        <v>762</v>
+      </c>
+      <c r="E10" s="9">
+        <v>647</v>
+      </c>
+      <c r="F10" s="10">
+        <v>678</v>
+      </c>
+      <c r="G10" s="10">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A11" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="B11" s="9">
+        <v>585</v>
+      </c>
+      <c r="C11" s="9">
+        <v>575</v>
+      </c>
+      <c r="D11" s="9">
+        <v>599</v>
+      </c>
+      <c r="E11" s="9">
+        <v>505</v>
+      </c>
+      <c r="F11" s="10">
+        <v>508</v>
+      </c>
+      <c r="G11" s="10">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A12" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="B12" s="9">
+        <v>855</v>
+      </c>
+      <c r="C12" s="9">
+        <v>836</v>
+      </c>
+      <c r="D12" s="9">
+        <v>809</v>
+      </c>
+      <c r="E12" s="9">
+        <v>725</v>
+      </c>
+      <c r="F12" s="10">
+        <v>742</v>
+      </c>
+      <c r="G12" s="10">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A13" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" s="9">
+        <v>1135</v>
+      </c>
+      <c r="C13" s="9">
+        <v>1124</v>
+      </c>
+      <c r="D13" s="9">
+        <v>1110</v>
+      </c>
+      <c r="E13" s="9">
+        <v>973</v>
+      </c>
+      <c r="F13" s="10">
+        <v>994</v>
+      </c>
+      <c r="G13" s="10">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A14" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="9">
+        <v>219</v>
+      </c>
+      <c r="C14" s="9">
+        <v>216</v>
+      </c>
+      <c r="D14" s="9">
+        <v>203</v>
+      </c>
+      <c r="E14" s="9">
+        <v>175</v>
+      </c>
+      <c r="F14" s="10">
+        <v>179</v>
+      </c>
+      <c r="G14" s="10">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A15" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="B10" s="8">
-[...56 lines deleted...]
-      <c r="D13" s="10">
+      <c r="B15" s="7">
+        <v>6261</v>
+      </c>
+      <c r="C15" s="7">
+        <v>6279</v>
+      </c>
+      <c r="D15" s="7">
+        <v>6266</v>
+      </c>
+      <c r="E15" s="7">
+        <v>5369</v>
+      </c>
+      <c r="F15" s="7">
+        <v>5551</v>
+      </c>
+      <c r="G15" s="7">
+        <v>5627</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A16" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B16" s="9">
+        <v>2151</v>
+      </c>
+      <c r="C16" s="9">
+        <v>2197</v>
+      </c>
+      <c r="D16" s="9">
+        <v>2113</v>
+      </c>
+      <c r="E16" s="9">
+        <v>1875</v>
+      </c>
+      <c r="F16" s="10">
+        <v>1971</v>
+      </c>
+      <c r="G16" s="10">
+        <v>1891</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A17" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B17" s="9">
+        <v>808</v>
+      </c>
+      <c r="C17" s="9">
+        <v>823</v>
+      </c>
+      <c r="D17" s="9">
+        <v>798</v>
+      </c>
+      <c r="E17" s="9">
+        <v>704</v>
+      </c>
+      <c r="F17" s="10">
+        <v>739</v>
+      </c>
+      <c r="G17" s="10">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A18" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18" s="9">
+        <v>484</v>
+      </c>
+      <c r="C18" s="9">
+        <v>487</v>
+      </c>
+      <c r="D18" s="9">
+        <v>493</v>
+      </c>
+      <c r="E18" s="9">
+        <v>412</v>
+      </c>
+      <c r="F18" s="10">
+        <v>433</v>
+      </c>
+      <c r="G18" s="10">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A19" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B19" s="9">
+        <v>442</v>
+      </c>
+      <c r="C19" s="9">
+        <v>428</v>
+      </c>
+      <c r="D19" s="9">
+        <v>449</v>
+      </c>
+      <c r="E19" s="9">
+        <v>358</v>
+      </c>
+      <c r="F19" s="10">
+        <v>348</v>
+      </c>
+      <c r="G19" s="10">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A20" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="B20" s="9">
+        <v>516</v>
+      </c>
+      <c r="C20" s="9">
+        <v>507</v>
+      </c>
+      <c r="D20" s="9">
+        <v>502</v>
+      </c>
+      <c r="E20" s="9">
+        <v>438</v>
+      </c>
+      <c r="F20" s="10">
+        <v>447</v>
+      </c>
+      <c r="G20" s="10">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A21" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B21" s="9">
+        <v>306</v>
+      </c>
+      <c r="C21" s="9">
+        <v>301</v>
+      </c>
+      <c r="D21" s="9">
+        <v>301</v>
+      </c>
+      <c r="E21" s="9">
+        <v>266</v>
+      </c>
+      <c r="F21" s="10">
+        <v>275</v>
+      </c>
+      <c r="G21" s="10">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A22" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="B22" s="9">
+        <v>454</v>
+      </c>
+      <c r="C22" s="9">
+        <v>446</v>
+      </c>
+      <c r="D22" s="9">
+        <v>462</v>
+      </c>
+      <c r="E22" s="9">
+        <v>395</v>
+      </c>
+      <c r="F22" s="10">
+        <v>386</v>
+      </c>
+      <c r="G22" s="10">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A23" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="B23" s="9">
+        <v>532</v>
+      </c>
+      <c r="C23" s="9">
+        <v>530</v>
+      </c>
+      <c r="D23" s="9">
+        <v>542</v>
+      </c>
+      <c r="E23" s="9">
+        <v>465</v>
+      </c>
+      <c r="F23" s="10">
+        <v>482</v>
+      </c>
+      <c r="G23" s="10">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A24" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="B24" s="9">
+        <v>568</v>
+      </c>
+      <c r="C24" s="9">
+        <v>560</v>
+      </c>
+      <c r="D24" s="9">
+        <v>606</v>
+      </c>
+      <c r="E24" s="9">
+        <v>456</v>
+      </c>
+      <c r="F24" s="10">
+        <v>470</v>
+      </c>
+      <c r="G24" s="10">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A25" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B25" s="7">
+        <v>24563</v>
+      </c>
+      <c r="C25" s="7">
+        <v>24004</v>
+      </c>
+      <c r="D25" s="7">
+        <v>22714</v>
+      </c>
+      <c r="E25" s="7">
+        <v>21058</v>
+      </c>
+      <c r="F25" s="7">
+        <v>21042</v>
+      </c>
+      <c r="G25" s="7">
+        <v>20051</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A26" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="B26" s="9">
+        <v>17334</v>
+      </c>
+      <c r="C26" s="9">
+        <v>16916</v>
+      </c>
+      <c r="D26" s="9">
+        <v>16075</v>
+      </c>
+      <c r="E26" s="9">
+        <v>14886</v>
+      </c>
+      <c r="F26" s="10">
+        <v>14826</v>
+      </c>
+      <c r="G26" s="10">
+        <v>14217</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A27" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="B27" s="9">
+        <v>1738</v>
+      </c>
+      <c r="C27" s="9">
+        <v>1714</v>
+      </c>
+      <c r="D27" s="9">
+        <v>1651</v>
+      </c>
+      <c r="E27" s="9">
+        <v>1476</v>
+      </c>
+      <c r="F27" s="10">
+        <v>1510</v>
+      </c>
+      <c r="G27" s="10">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A28" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="B28" s="9">
+        <v>671</v>
+      </c>
+      <c r="C28" s="9">
+        <v>662</v>
+      </c>
+      <c r="D28" s="9">
+        <v>604</v>
+      </c>
+      <c r="E28" s="9">
+        <v>557</v>
+      </c>
+      <c r="F28" s="10">
+        <v>572</v>
+      </c>
+      <c r="G28" s="10">
+        <v>526</v>
+      </c>
+      <c r="J28" s="2"/>
+      <c r="K28" s="2"/>
+      <c r="L28" s="2"/>
+      <c r="M28" s="2"/>
+      <c r="N28" s="2"/>
+    </row>
+    <row r="29" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A29" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="B29" s="9">
+        <v>874</v>
+      </c>
+      <c r="C29" s="9">
+        <v>839</v>
+      </c>
+      <c r="D29" s="9">
+        <v>772</v>
+      </c>
+      <c r="E29" s="9">
+        <v>754</v>
+      </c>
+      <c r="F29" s="10">
+        <v>741</v>
+      </c>
+      <c r="G29" s="10">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A30" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="B30" s="9">
+        <v>1092</v>
+      </c>
+      <c r="C30" s="9">
+        <v>1079</v>
+      </c>
+      <c r="D30" s="9">
+        <v>973</v>
+      </c>
+      <c r="E30" s="9">
+        <v>961</v>
+      </c>
+      <c r="F30" s="10">
+        <v>948</v>
+      </c>
+      <c r="G30" s="10">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A31" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="B31" s="9">
+        <v>449</v>
+      </c>
+      <c r="C31" s="9">
+        <v>441</v>
+      </c>
+      <c r="D31" s="9">
+        <v>412</v>
+      </c>
+      <c r="E31" s="9">
+        <v>385</v>
+      </c>
+      <c r="F31" s="10">
+        <v>388</v>
+      </c>
+      <c r="G31" s="10">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A32" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="B32" s="9">
+        <v>908</v>
+      </c>
+      <c r="C32" s="9">
+        <v>868</v>
+      </c>
+      <c r="D32" s="9">
+        <v>835</v>
+      </c>
+      <c r="E32" s="9">
+        <v>758</v>
+      </c>
+      <c r="F32" s="10">
+        <v>751</v>
+      </c>
+      <c r="G32" s="10">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A33" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="B33" s="9">
+        <v>640</v>
+      </c>
+      <c r="C33" s="9">
+        <v>634</v>
+      </c>
+      <c r="D33" s="9">
+        <v>604</v>
+      </c>
+      <c r="E33" s="9">
+        <v>550</v>
+      </c>
+      <c r="F33" s="10">
+        <v>554</v>
+      </c>
+      <c r="G33" s="10">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A34" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B34" s="9">
+        <v>857</v>
+      </c>
+      <c r="C34" s="9">
+        <v>851</v>
+      </c>
+      <c r="D34" s="9">
+        <v>788</v>
+      </c>
+      <c r="E34" s="9">
+        <v>731</v>
+      </c>
+      <c r="F34" s="10">
+        <v>752</v>
+      </c>
+      <c r="G34" s="10">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A35" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B35" s="7">
+        <v>6684</v>
+      </c>
+      <c r="C35" s="7">
+        <v>6577</v>
+      </c>
+      <c r="D35" s="7">
+        <v>6333</v>
+      </c>
+      <c r="E35" s="7">
+        <v>5781</v>
+      </c>
+      <c r="F35" s="7">
+        <v>5813</v>
+      </c>
+      <c r="G35" s="7">
+        <v>5602</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A36" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="B36" s="9">
+        <v>284</v>
+      </c>
+      <c r="C36" s="9">
+        <v>269</v>
+      </c>
+      <c r="D36" s="9">
+        <v>279</v>
+      </c>
+      <c r="E36" s="9">
+        <v>236</v>
+      </c>
+      <c r="F36" s="10">
+        <v>224</v>
+      </c>
+      <c r="G36" s="10">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A37" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B37" s="9">
+        <v>1125</v>
+      </c>
+      <c r="C37" s="9">
+        <v>1117</v>
+      </c>
+      <c r="D37" s="9">
+        <v>1060</v>
+      </c>
+      <c r="E37" s="9">
+        <v>974</v>
+      </c>
+      <c r="F37" s="10">
+        <v>989</v>
+      </c>
+      <c r="G37" s="10">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A38" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B38" s="9">
+        <v>459</v>
+      </c>
+      <c r="C38" s="9">
+        <v>447</v>
+      </c>
+      <c r="D38" s="9">
+        <v>447</v>
+      </c>
+      <c r="E38" s="9">
+        <v>409</v>
+      </c>
+      <c r="F38" s="10">
+        <v>402</v>
+      </c>
+      <c r="G38" s="10">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A39" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B39" s="9">
+        <v>608</v>
+      </c>
+      <c r="C39" s="9">
+        <v>592</v>
+      </c>
+      <c r="D39" s="9">
+        <v>574</v>
+      </c>
+      <c r="E39" s="9">
+        <v>535</v>
+      </c>
+      <c r="F39" s="10">
+        <v>538</v>
+      </c>
+      <c r="G39" s="10">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A40" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B40" s="9">
+        <v>759</v>
+      </c>
+      <c r="C40" s="9">
         <v>762</v>
       </c>
-      <c r="E13" s="10">
-[...44 lines deleted...]
-      <c r="C16" s="10">
+      <c r="D40" s="9">
+        <v>722</v>
+      </c>
+      <c r="E40" s="9">
+        <v>669</v>
+      </c>
+      <c r="F40" s="10">
+        <v>686</v>
+      </c>
+      <c r="G40" s="10">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A41" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="B41" s="9">
+        <v>1362</v>
+      </c>
+      <c r="C41" s="9">
+        <v>1349</v>
+      </c>
+      <c r="D41" s="9">
+        <v>1284</v>
+      </c>
+      <c r="E41" s="9">
+        <v>1174</v>
+      </c>
+      <c r="F41" s="10">
+        <v>1179</v>
+      </c>
+      <c r="G41" s="10">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A42" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="B42" s="9">
+        <v>289</v>
+      </c>
+      <c r="C42" s="9">
+        <v>289</v>
+      </c>
+      <c r="D42" s="9">
+        <v>267</v>
+      </c>
+      <c r="E42" s="9">
+        <v>247</v>
+      </c>
+      <c r="F42" s="10">
+        <v>253</v>
+      </c>
+      <c r="G42" s="10">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A43" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="B43" s="9">
+        <v>437</v>
+      </c>
+      <c r="C43" s="9">
+        <v>435</v>
+      </c>
+      <c r="D43" s="9">
+        <v>419</v>
+      </c>
+      <c r="E43" s="9">
+        <v>356</v>
+      </c>
+      <c r="F43" s="10">
+        <v>371</v>
+      </c>
+      <c r="G43" s="10">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A44" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B44" s="9">
+        <v>140</v>
+      </c>
+      <c r="C44" s="9">
+        <v>131</v>
+      </c>
+      <c r="D44" s="9">
+        <v>132</v>
+      </c>
+      <c r="E44" s="9">
+        <v>121</v>
+      </c>
+      <c r="F44" s="10">
+        <v>116</v>
+      </c>
+      <c r="G44" s="10">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A45" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B45" s="9">
+        <v>1221</v>
+      </c>
+      <c r="C45" s="9">
+        <v>1186</v>
+      </c>
+      <c r="D45" s="9">
+        <v>1149</v>
+      </c>
+      <c r="E45" s="9">
+        <v>1060</v>
+      </c>
+      <c r="F45" s="10">
+        <v>1055</v>
+      </c>
+      <c r="G45" s="10">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A46" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B46" s="7">
+        <v>4850</v>
+      </c>
+      <c r="C46" s="7">
+        <v>4858</v>
+      </c>
+      <c r="D46" s="7">
+        <v>4712</v>
+      </c>
+      <c r="E46" s="7">
+        <v>4195</v>
+      </c>
+      <c r="F46" s="7">
+        <v>4334</v>
+      </c>
+      <c r="G46" s="7">
+        <v>4261</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A47" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B47" s="9">
+        <v>1334</v>
+      </c>
+      <c r="C47" s="9">
+        <v>1343</v>
+      </c>
+      <c r="D47" s="9">
+        <v>1280</v>
+      </c>
+      <c r="E47" s="9">
+        <v>1150</v>
+      </c>
+      <c r="F47" s="10">
+        <v>1185</v>
+      </c>
+      <c r="G47" s="10">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A48" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="B48" s="9">
+        <v>604</v>
+      </c>
+      <c r="C48" s="9">
+        <v>566</v>
+      </c>
+      <c r="D48" s="9">
+        <v>544</v>
+      </c>
+      <c r="E48" s="9">
+        <v>524</v>
+      </c>
+      <c r="F48" s="10">
+        <v>516</v>
+      </c>
+      <c r="G48" s="10">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A49" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="B49" s="9">
+        <v>868</v>
+      </c>
+      <c r="C49" s="9">
+        <v>857</v>
+      </c>
+      <c r="D49" s="9">
+        <v>842</v>
+      </c>
+      <c r="E49" s="9">
         <v>751</v>
       </c>
-      <c r="D16" s="10">
-[...180 lines deleted...]
-      <c r="B27" s="10">
+      <c r="F49" s="10">
+        <v>772</v>
+      </c>
+      <c r="G49" s="10">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A50" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="B50" s="9">
+        <v>561</v>
+      </c>
+      <c r="C50" s="9">
+        <v>582</v>
+      </c>
+      <c r="D50" s="9">
+        <v>573</v>
+      </c>
+      <c r="E50" s="9">
+        <v>498</v>
+      </c>
+      <c r="F50" s="10">
+        <v>529</v>
+      </c>
+      <c r="G50" s="10">
         <v>519</v>
       </c>
-      <c r="C27" s="10">
-[...418 lines deleted...]
-      <c r="A52" s="9" t="s">
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A51" s="8" t="s">
         <v>49</v>
       </c>
-      <c r="B52" s="10">
-[...13 lines deleted...]
-      <c r="A53" s="9" t="s">
+      <c r="B51" s="9">
+        <v>557</v>
+      </c>
+      <c r="C51" s="9">
+        <v>558</v>
+      </c>
+      <c r="D51" s="9">
+        <v>544</v>
+      </c>
+      <c r="E51" s="9">
+        <v>465</v>
+      </c>
+      <c r="F51" s="10">
+        <v>483</v>
+      </c>
+      <c r="G51" s="10">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A52" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="B53" s="10">
-[...81 lines deleted...]
-      <c r="A58" s="11" t="s">
+      <c r="B52" s="9">
+        <v>926</v>
+      </c>
+      <c r="C52" s="9">
+        <v>952</v>
+      </c>
+      <c r="D52" s="9">
+        <v>929</v>
+      </c>
+      <c r="E52" s="9">
+        <v>807</v>
+      </c>
+      <c r="F52" s="10">
+        <v>849</v>
+      </c>
+      <c r="G52" s="10">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="B53" s="22"/>
+      <c r="C53" s="22"/>
+      <c r="D53" s="22"/>
+      <c r="E53" s="22"/>
+      <c r="F53" s="23"/>
+      <c r="G53" s="23"/>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A54" s="12" t="s">
         <v>56</v>
       </c>
+      <c r="B54" s="13"/>
+      <c r="C54" s="13"/>
+      <c r="D54" s="13"/>
+      <c r="E54" s="13"/>
+      <c r="F54" s="13"/>
+      <c r="G54" s="13"/>
     </row>
   </sheetData>
-  <mergeCells count="4">
-[...3 lines deleted...]
-    <mergeCell ref="A4:E4"/>
+  <mergeCells count="6">
+    <mergeCell ref="A54:G54"/>
+    <mergeCell ref="A3:A4"/>
+    <mergeCell ref="B3:D3"/>
+    <mergeCell ref="E3:G3"/>
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A53:G53"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Tabula</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Valsts ieņēmumu dienests</Company>
   <LinksUpToDate>false</LinksUpToDate>