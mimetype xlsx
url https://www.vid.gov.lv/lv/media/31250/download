--- v1 (2025-12-21)
+++ v2 (2026-02-27)
@@ -2,82 +2,82 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\gnp00112\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\DXR9NMWI\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\superstore\3_GNP_AD\NMMMD\Kristine\Publicēšanai DV un PNZ 2025\Pašnodarbināto ziņojumi\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{07AC2048-650F-4622-809D-45C3803E0AA2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{40C4542A-0B46-44CD-947B-F6B18607D204}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{B160A2A6-62BE-4D6D-99C6-397595076C65}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{B160A2A6-62BE-4D6D-99C6-397595076C65}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabula" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="59">
   <si>
     <t>1. ceturksnis</t>
   </si>
   <si>
     <t>2. ceturksnis</t>
   </si>
   <si>
     <t>Kurzemes plānošanas reģions</t>
   </si>
   <si>
     <t>Latgales plānošanas reģions</t>
   </si>
   <si>
     <t>Rīgas plānošanas reģions</t>
   </si>
   <si>
     <t>Vidzemes plānošanas reģions</t>
   </si>
   <si>
     <t>Zemgales plānošanas reģions</t>
   </si>
   <si>
     <t>Pašnodarbināto personu skaits 2025. gadā*</t>
   </si>
   <si>
@@ -194,63 +194,66 @@
   <si>
     <t>Jelgava</t>
   </si>
   <si>
     <t>Aizkraukles novads</t>
   </si>
   <si>
     <t>Bauskas novads</t>
   </si>
   <si>
     <t>Dobeles novads</t>
   </si>
   <si>
     <t>Jelgavas novads</t>
   </si>
   <si>
     <t>Jēkabpils novads</t>
   </si>
   <si>
     <t>Iesniedza pārskatu</t>
   </si>
   <si>
     <t>Iesniedza pārskatu, kurā ir norādīts obligāto iemaksu objekts</t>
   </si>
   <si>
-    <t>Dati uz 12.11.2025</t>
-[...1 lines deleted...]
-  <si>
     <t>3. ceturksnis</t>
   </si>
   <si>
     <t>Plānošanas reģions/Pilsēta/Novads**</t>
   </si>
   <si>
     <t>** Ja nodokļu maksātājs nav norādījis adresi vai norādītā adrese ir ārpus Latvijas, nodokļu maksātājs tiek pieskaitīts pie Rīgas pilsētas.</t>
   </si>
   <si>
     <t>* Informācija no pārskata "Pašnodarbinātā vai darba ņēmēja ziņojums". Apkopotā informācija var mainīties atbilstoši nodokļu maksātāju iesniegtajiem pārskatu precizējumiem, kavēti iesniegtajiem pārskatiem, kā arī nodokļu maksātāju norādītās adreses maiņai.</t>
+  </si>
+  <si>
+    <t>4. ceturksnis</t>
+  </si>
+  <si>
+    <t>Dati uz 12.02.2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -306,51 +309,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF012069"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF264487"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE6E8EE"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="14">
+  <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -438,61 +441,50 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...9 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="0"/>
@@ -524,67 +516,67 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="1" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{58BE9132-B0AB-4B7F-8E2D-501144750BDC}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0037A4"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
@@ -889,1260 +881,1557 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4B2C4DB2-72CA-4E95-9642-99EB8611B122}">
-  <dimension ref="A1:N54"/>
+  <dimension ref="A1:I54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="H53" sqref="H53"/>
+      <selection pane="bottomLeft" activeCell="I40" sqref="I40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="30" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="7" width="13" customWidth="1"/>
+    <col min="1" max="1" width="30" style="2" customWidth="1"/>
+    <col min="2" max="5" width="14.28515625" style="2" customWidth="1"/>
+    <col min="6" max="9" width="13" style="2" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A1" s="19" t="s">
         <v>7</v>
       </c>
       <c r="B1" s="19"/>
       <c r="C1" s="19"/>
       <c r="D1" s="19"/>
       <c r="E1" s="19"/>
-      <c r="F1" s="20"/>
+      <c r="F1" s="19"/>
       <c r="G1" s="20"/>
-    </row>
-    <row r="2" spans="1:7" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H1" s="20"/>
+      <c r="I1" s="20"/>
+    </row>
+    <row r="2" spans="1:9" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="3"/>
-      <c r="B2" s="2"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
-      <c r="E2" s="1"/>
-[...4 lines deleted...]
-    <row r="3" spans="1:7" ht="30.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E2" s="3"/>
+      <c r="F2" s="1"/>
+      <c r="I2" s="1" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" ht="30.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="14" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B3" s="16" t="s">
         <v>51</v>
       </c>
       <c r="C3" s="17"/>
-      <c r="D3" s="18"/>
-      <c r="E3" s="16" t="s">
+      <c r="D3" s="17"/>
+      <c r="E3" s="18"/>
+      <c r="F3" s="16" t="s">
         <v>52</v>
       </c>
-      <c r="F3" s="17"/>
       <c r="G3" s="17"/>
-    </row>
-    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="H3" s="17"/>
+      <c r="I3" s="17"/>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="15"/>
       <c r="B4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="4" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="E4" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="F4" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="F4" s="4" t="s">
+      <c r="G4" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="G4" s="4" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="H4" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="I4" s="4" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="11">
-        <v>50376</v>
+        <v>51351</v>
       </c>
       <c r="C5" s="11">
-        <v>49654</v>
+        <v>51375</v>
       </c>
       <c r="D5" s="11">
-        <v>47769</v>
+        <v>52148</v>
       </c>
       <c r="E5" s="11">
-        <v>43300</v>
+        <v>51160</v>
       </c>
       <c r="F5" s="11">
-        <v>43759</v>
+        <v>43979</v>
       </c>
       <c r="G5" s="11">
-        <v>42516</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+        <v>45015</v>
+      </c>
+      <c r="H5" s="11">
+        <v>45896</v>
+      </c>
+      <c r="I5" s="11">
+        <v>45382</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="7">
-        <v>8018</v>
+        <v>8165</v>
       </c>
       <c r="C6" s="7">
-        <v>7936</v>
+        <v>8235</v>
       </c>
       <c r="D6" s="7">
-        <v>7744</v>
+        <v>8476</v>
       </c>
       <c r="E6" s="7">
-        <v>6897</v>
+        <v>8206</v>
       </c>
       <c r="F6" s="7">
-        <v>7019</v>
+        <v>6992</v>
       </c>
       <c r="G6" s="7">
-        <v>6975</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+        <v>7237</v>
+      </c>
+      <c r="H6" s="7">
+        <v>7547</v>
+      </c>
+      <c r="I6" s="7">
+        <v>7319</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="9">
-        <v>2617</v>
+        <v>2657</v>
       </c>
       <c r="C7" s="9">
-        <v>2578</v>
+        <v>2671</v>
       </c>
       <c r="D7" s="9">
-        <v>2427</v>
+        <v>2662</v>
       </c>
       <c r="E7" s="9">
-        <v>2297</v>
-[...2 lines deleted...]
-        <v>2305</v>
+        <v>2560</v>
+      </c>
+      <c r="F7" s="9">
+        <v>2322</v>
       </c>
       <c r="G7" s="10">
-        <v>2192</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+        <v>2374</v>
+      </c>
+      <c r="H7" s="10">
+        <v>2371</v>
+      </c>
+      <c r="I7" s="10">
+        <v>2304</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="9">
-        <v>925</v>
+        <v>930</v>
       </c>
       <c r="C8" s="9">
-        <v>912</v>
+        <v>934</v>
       </c>
       <c r="D8" s="9">
-        <v>892</v>
+        <v>958</v>
       </c>
       <c r="E8" s="9">
-        <v>795</v>
-[...2 lines deleted...]
-        <v>810</v>
+        <v>924</v>
+      </c>
+      <c r="F8" s="9">
+        <v>797</v>
       </c>
       <c r="G8" s="10">
-        <v>813</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+        <v>823</v>
+      </c>
+      <c r="H8" s="10">
+        <v>864</v>
+      </c>
+      <c r="I8" s="10">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="9">
-        <v>909</v>
+        <v>929</v>
       </c>
       <c r="C9" s="9">
-        <v>918</v>
+        <v>955</v>
       </c>
       <c r="D9" s="9">
-        <v>942</v>
+        <v>1036</v>
       </c>
       <c r="E9" s="9">
-        <v>780</v>
-[...2 lines deleted...]
-        <v>803</v>
+        <v>1060</v>
+      </c>
+      <c r="F9" s="9">
+        <v>795</v>
       </c>
       <c r="G9" s="10">
-        <v>848</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+        <v>830</v>
+      </c>
+      <c r="H9" s="10">
+        <v>921</v>
+      </c>
+      <c r="I9" s="10">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="9">
-        <v>773</v>
+        <v>799</v>
       </c>
       <c r="C10" s="9">
-        <v>777</v>
+        <v>818</v>
       </c>
       <c r="D10" s="9">
-        <v>762</v>
+        <v>849</v>
       </c>
       <c r="E10" s="9">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>678</v>
+        <v>780</v>
+      </c>
+      <c r="F10" s="9">
+        <v>667</v>
       </c>
       <c r="G10" s="10">
-        <v>676</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+        <v>711</v>
+      </c>
+      <c r="H10" s="10">
+        <v>751</v>
+      </c>
+      <c r="I10" s="10">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="9">
-        <v>585</v>
+        <v>594</v>
       </c>
       <c r="C11" s="9">
-        <v>575</v>
+        <v>594</v>
       </c>
       <c r="D11" s="9">
+        <v>661</v>
+      </c>
+      <c r="E11" s="9">
+        <v>618</v>
+      </c>
+      <c r="F11" s="9">
+        <v>508</v>
+      </c>
+      <c r="G11" s="10">
+        <v>518</v>
+      </c>
+      <c r="H11" s="10">
         <v>599</v>
       </c>
-      <c r="E11" s="9">
-[...9 lines deleted...]
-    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="I11" s="10">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="9">
-        <v>855</v>
+        <v>870</v>
       </c>
       <c r="C12" s="9">
-        <v>836</v>
+        <v>869</v>
       </c>
       <c r="D12" s="9">
-        <v>809</v>
+        <v>887</v>
       </c>
       <c r="E12" s="9">
-        <v>725</v>
-[...2 lines deleted...]
-        <v>742</v>
+        <v>886</v>
+      </c>
+      <c r="F12" s="9">
+        <v>734</v>
       </c>
       <c r="G12" s="10">
-        <v>734</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+        <v>768</v>
+      </c>
+      <c r="H12" s="10">
+        <v>794</v>
+      </c>
+      <c r="I12" s="10">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="9">
-        <v>1135</v>
+        <v>1157</v>
       </c>
       <c r="C13" s="9">
-        <v>1124</v>
+        <v>1164</v>
       </c>
       <c r="D13" s="9">
-        <v>1110</v>
+        <v>1193</v>
       </c>
       <c r="E13" s="9">
-        <v>973</v>
-[...2 lines deleted...]
-        <v>994</v>
+        <v>1165</v>
+      </c>
+      <c r="F13" s="9">
+        <v>989</v>
       </c>
       <c r="G13" s="10">
-        <v>987</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+        <v>1025</v>
+      </c>
+      <c r="H13" s="10">
+        <v>1050</v>
+      </c>
+      <c r="I13" s="10">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="9">
-        <v>219</v>
+        <v>229</v>
       </c>
       <c r="C14" s="9">
-        <v>216</v>
+        <v>230</v>
       </c>
       <c r="D14" s="9">
-        <v>203</v>
+        <v>230</v>
       </c>
       <c r="E14" s="9">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>179</v>
+        <v>213</v>
+      </c>
+      <c r="F14" s="9">
+        <v>180</v>
       </c>
       <c r="G14" s="10">
-        <v>177</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+        <v>188</v>
+      </c>
+      <c r="H14" s="10">
+        <v>197</v>
+      </c>
+      <c r="I14" s="10">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B15" s="7">
-        <v>6261</v>
+        <v>6359</v>
       </c>
       <c r="C15" s="7">
-        <v>6279</v>
+        <v>6442</v>
       </c>
       <c r="D15" s="7">
-        <v>6266</v>
+        <v>6705</v>
       </c>
       <c r="E15" s="7">
-        <v>5369</v>
+        <v>6893</v>
       </c>
       <c r="F15" s="7">
-        <v>5551</v>
+        <v>5443</v>
       </c>
       <c r="G15" s="7">
-        <v>5627</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+        <v>5679</v>
+      </c>
+      <c r="H15" s="7">
+        <v>5971</v>
+      </c>
+      <c r="I15" s="7">
+        <v>6211</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="9">
-        <v>2151</v>
+        <v>2174</v>
       </c>
       <c r="C16" s="9">
-        <v>2197</v>
+        <v>2242</v>
       </c>
       <c r="D16" s="9">
-        <v>2113</v>
+        <v>2247</v>
       </c>
       <c r="E16" s="9">
-        <v>1875</v>
-[...2 lines deleted...]
-        <v>1971</v>
+        <v>2174</v>
+      </c>
+      <c r="F16" s="9">
+        <v>1895</v>
       </c>
       <c r="G16" s="10">
-        <v>1891</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14" x14ac:dyDescent="0.25">
+        <v>2011</v>
+      </c>
+      <c r="H16" s="10">
+        <v>1992</v>
+      </c>
+      <c r="I16" s="10">
+        <v>1941</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="9">
-        <v>808</v>
+        <v>813</v>
       </c>
       <c r="C17" s="9">
-        <v>823</v>
+        <v>836</v>
       </c>
       <c r="D17" s="9">
-        <v>798</v>
+        <v>837</v>
       </c>
       <c r="E17" s="9">
-        <v>704</v>
-[...2 lines deleted...]
-        <v>739</v>
+        <v>850</v>
+      </c>
+      <c r="F17" s="9">
+        <v>709</v>
       </c>
       <c r="G17" s="10">
-        <v>719</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14" x14ac:dyDescent="0.25">
+        <v>748</v>
+      </c>
+      <c r="H17" s="10">
+        <v>749</v>
+      </c>
+      <c r="I17" s="10">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="9">
+        <v>492</v>
+      </c>
+      <c r="C18" s="9">
+        <v>501</v>
+      </c>
+      <c r="D18" s="9">
+        <v>531</v>
+      </c>
+      <c r="E18" s="9">
+        <v>539</v>
+      </c>
+      <c r="F18" s="9">
+        <v>421</v>
+      </c>
+      <c r="G18" s="10">
+        <v>444</v>
+      </c>
+      <c r="H18" s="10">
         <v>484</v>
       </c>
-      <c r="C18" s="9">
-[...15 lines deleted...]
-    <row r="19" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="I18" s="10">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="9">
-        <v>442</v>
+        <v>452</v>
       </c>
       <c r="C19" s="9">
-        <v>428</v>
+        <v>445</v>
       </c>
       <c r="D19" s="9">
-        <v>449</v>
+        <v>482</v>
       </c>
       <c r="E19" s="9">
-        <v>358</v>
-[...2 lines deleted...]
-        <v>348</v>
+        <v>485</v>
+      </c>
+      <c r="F19" s="9">
+        <v>366</v>
       </c>
       <c r="G19" s="10">
-        <v>380</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14" x14ac:dyDescent="0.25">
+        <v>361</v>
+      </c>
+      <c r="H19" s="10">
+        <v>404</v>
+      </c>
+      <c r="I19" s="10">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="9">
-        <v>516</v>
+        <v>526</v>
       </c>
       <c r="C20" s="9">
-        <v>507</v>
+        <v>520</v>
       </c>
       <c r="D20" s="9">
-        <v>502</v>
+        <v>541</v>
       </c>
       <c r="E20" s="9">
-        <v>438</v>
-[...2 lines deleted...]
-        <v>447</v>
+        <v>640</v>
+      </c>
+      <c r="F20" s="9">
+        <v>442</v>
       </c>
       <c r="G20" s="10">
-        <v>457</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14" x14ac:dyDescent="0.25">
+        <v>455</v>
+      </c>
+      <c r="H20" s="10">
+        <v>489</v>
+      </c>
+      <c r="I20" s="10">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="8" t="s">
         <v>22</v>
       </c>
       <c r="B21" s="9">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="C21" s="9">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="D21" s="9">
-        <v>301</v>
+        <v>320</v>
       </c>
       <c r="E21" s="9">
-        <v>266</v>
-[...2 lines deleted...]
-        <v>275</v>
+        <v>316</v>
+      </c>
+      <c r="F21" s="9">
+        <v>272</v>
       </c>
       <c r="G21" s="10">
-        <v>278</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14" x14ac:dyDescent="0.25">
+        <v>280</v>
+      </c>
+      <c r="H21" s="10">
+        <v>294</v>
+      </c>
+      <c r="I21" s="10">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="8" t="s">
         <v>23</v>
       </c>
       <c r="B22" s="9">
-        <v>454</v>
+        <v>464</v>
       </c>
       <c r="C22" s="9">
-        <v>446</v>
+        <v>458</v>
       </c>
       <c r="D22" s="9">
-        <v>462</v>
+        <v>498</v>
       </c>
       <c r="E22" s="9">
-        <v>395</v>
-[...2 lines deleted...]
-        <v>386</v>
+        <v>531</v>
+      </c>
+      <c r="F22" s="9">
+        <v>399</v>
       </c>
       <c r="G22" s="10">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14" x14ac:dyDescent="0.25">
+        <v>394</v>
+      </c>
+      <c r="H22" s="10">
+        <v>441</v>
+      </c>
+      <c r="I22" s="10">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="8" t="s">
         <v>24</v>
       </c>
       <c r="B23" s="9">
-        <v>532</v>
+        <v>548</v>
       </c>
       <c r="C23" s="9">
-        <v>530</v>
+        <v>553</v>
       </c>
       <c r="D23" s="9">
-        <v>542</v>
+        <v>594</v>
       </c>
       <c r="E23" s="9">
-        <v>465</v>
-[...2 lines deleted...]
-        <v>482</v>
+        <v>661</v>
+      </c>
+      <c r="F23" s="9">
+        <v>478</v>
       </c>
       <c r="G23" s="10">
-        <v>506</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14" x14ac:dyDescent="0.25">
+        <v>504</v>
+      </c>
+      <c r="H23" s="10">
+        <v>554</v>
+      </c>
+      <c r="I23" s="10">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
         <v>25</v>
       </c>
       <c r="B24" s="9">
-        <v>568</v>
+        <v>577</v>
       </c>
       <c r="C24" s="9">
-        <v>560</v>
+        <v>579</v>
       </c>
       <c r="D24" s="9">
-        <v>606</v>
+        <v>655</v>
       </c>
       <c r="E24" s="9">
-        <v>456</v>
-[...2 lines deleted...]
-        <v>470</v>
+        <v>697</v>
+      </c>
+      <c r="F24" s="9">
+        <v>461</v>
       </c>
       <c r="G24" s="10">
-        <v>530</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14" x14ac:dyDescent="0.25">
+        <v>482</v>
+      </c>
+      <c r="H24" s="10">
+        <v>564</v>
+      </c>
+      <c r="I24" s="10">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B25" s="7">
-        <v>24563</v>
+        <v>25082</v>
       </c>
       <c r="C25" s="7">
-        <v>24004</v>
+        <v>24907</v>
       </c>
       <c r="D25" s="7">
-        <v>22714</v>
+        <v>24941</v>
       </c>
       <c r="E25" s="7">
-        <v>21058</v>
+        <v>24047</v>
       </c>
       <c r="F25" s="7">
-        <v>21042</v>
+        <v>21430</v>
       </c>
       <c r="G25" s="7">
-        <v>20051</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14" x14ac:dyDescent="0.25">
+        <v>21698</v>
+      </c>
+      <c r="H25" s="7">
+        <v>21741</v>
+      </c>
+      <c r="I25" s="7">
+        <v>21159</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B26" s="9">
-        <v>17334</v>
+        <v>17650</v>
       </c>
       <c r="C26" s="9">
-        <v>16916</v>
+        <v>17510</v>
       </c>
       <c r="D26" s="9">
-        <v>16075</v>
+        <v>17570</v>
       </c>
       <c r="E26" s="9">
-        <v>14886</v>
-[...2 lines deleted...]
-        <v>14826</v>
+        <v>16910</v>
+      </c>
+      <c r="F26" s="9">
+        <v>15111</v>
       </c>
       <c r="G26" s="10">
-        <v>14217</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14" x14ac:dyDescent="0.25">
+        <v>15253</v>
+      </c>
+      <c r="H26" s="10">
+        <v>15347</v>
+      </c>
+      <c r="I26" s="10">
+        <v>14940</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="8" t="s">
         <v>27</v>
       </c>
       <c r="B27" s="9">
-        <v>1738</v>
+        <v>1819</v>
       </c>
       <c r="C27" s="9">
-        <v>1714</v>
+        <v>1813</v>
       </c>
       <c r="D27" s="9">
-        <v>1651</v>
+        <v>1825</v>
       </c>
       <c r="E27" s="9">
-        <v>1476</v>
-[...2 lines deleted...]
-        <v>1510</v>
+        <v>1756</v>
+      </c>
+      <c r="F27" s="9">
+        <v>1540</v>
       </c>
       <c r="G27" s="10">
-        <v>1469</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14" x14ac:dyDescent="0.25">
+        <v>1581</v>
+      </c>
+      <c r="H27" s="10">
+        <v>1606</v>
+      </c>
+      <c r="I27" s="10">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="8" t="s">
         <v>28</v>
       </c>
       <c r="B28" s="9">
-        <v>671</v>
+        <v>681</v>
       </c>
       <c r="C28" s="9">
-        <v>662</v>
+        <v>691</v>
       </c>
       <c r="D28" s="9">
-        <v>604</v>
+        <v>669</v>
       </c>
       <c r="E28" s="9">
-        <v>557</v>
-[...2 lines deleted...]
-        <v>572</v>
+        <v>653</v>
+      </c>
+      <c r="F28" s="9">
+        <v>565</v>
       </c>
       <c r="G28" s="10">
-        <v>526</v>
-[...7 lines deleted...]
-    <row r="29" spans="1:14" x14ac:dyDescent="0.25">
+        <v>598</v>
+      </c>
+      <c r="H28" s="10">
+        <v>574</v>
+      </c>
+      <c r="I28" s="10">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="8" t="s">
         <v>29</v>
       </c>
       <c r="B29" s="9">
-        <v>874</v>
+        <v>884</v>
       </c>
       <c r="C29" s="9">
-        <v>839</v>
+        <v>869</v>
       </c>
       <c r="D29" s="9">
-        <v>772</v>
+        <v>864</v>
       </c>
       <c r="E29" s="9">
-        <v>754</v>
-[...2 lines deleted...]
-        <v>741</v>
+        <v>836</v>
+      </c>
+      <c r="F29" s="9">
+        <v>759</v>
       </c>
       <c r="G29" s="10">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14" x14ac:dyDescent="0.25">
+        <v>762</v>
+      </c>
+      <c r="H29" s="10">
+        <v>752</v>
+      </c>
+      <c r="I29" s="10">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="8" t="s">
         <v>30</v>
       </c>
       <c r="B30" s="9">
-        <v>1092</v>
+        <v>1120</v>
       </c>
       <c r="C30" s="9">
-        <v>1079</v>
+        <v>1122</v>
       </c>
       <c r="D30" s="9">
-        <v>973</v>
+        <v>1111</v>
       </c>
       <c r="E30" s="9">
+        <v>1087</v>
+      </c>
+      <c r="F30" s="9">
+        <v>987</v>
+      </c>
+      <c r="G30" s="10">
+        <v>990</v>
+      </c>
+      <c r="H30" s="10">
         <v>961</v>
       </c>
-      <c r="F30" s="10">
-[...6 lines deleted...]
-    <row r="31" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="I30" s="10">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="8" t="s">
         <v>31</v>
       </c>
       <c r="B31" s="9">
-        <v>449</v>
+        <v>461</v>
       </c>
       <c r="C31" s="9">
-        <v>441</v>
+        <v>462</v>
       </c>
       <c r="D31" s="9">
-        <v>412</v>
+        <v>460</v>
       </c>
       <c r="E31" s="9">
-        <v>385</v>
-[...2 lines deleted...]
-        <v>388</v>
+        <v>447</v>
+      </c>
+      <c r="F31" s="9">
+        <v>394</v>
       </c>
       <c r="G31" s="10">
-        <v>365</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14" x14ac:dyDescent="0.25">
+        <v>404</v>
+      </c>
+      <c r="H31" s="10">
+        <v>404</v>
+      </c>
+      <c r="I31" s="10">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="8" t="s">
         <v>32</v>
       </c>
       <c r="B32" s="9">
-        <v>908</v>
+        <v>927</v>
       </c>
       <c r="C32" s="9">
-        <v>868</v>
+        <v>896</v>
       </c>
       <c r="D32" s="9">
-        <v>835</v>
+        <v>905</v>
       </c>
       <c r="E32" s="9">
-        <v>758</v>
-[...2 lines deleted...]
-        <v>751</v>
+        <v>892</v>
+      </c>
+      <c r="F32" s="9">
+        <v>766</v>
       </c>
       <c r="G32" s="10">
-        <v>722</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
+        <v>764</v>
+      </c>
+      <c r="H32" s="10">
+        <v>775</v>
+      </c>
+      <c r="I32" s="10">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="8" t="s">
         <v>33</v>
       </c>
       <c r="B33" s="9">
-        <v>640</v>
+        <v>664</v>
       </c>
       <c r="C33" s="9">
-        <v>634</v>
+        <v>664</v>
       </c>
       <c r="D33" s="9">
-        <v>604</v>
+        <v>674</v>
       </c>
       <c r="E33" s="9">
-        <v>550</v>
-[...2 lines deleted...]
-        <v>554</v>
+        <v>638</v>
+      </c>
+      <c r="F33" s="9">
+        <v>566</v>
       </c>
       <c r="G33" s="10">
-        <v>519</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+        <v>575</v>
+      </c>
+      <c r="H33" s="10">
+        <v>566</v>
+      </c>
+      <c r="I33" s="10">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B34" s="9">
-        <v>857</v>
+        <v>876</v>
       </c>
       <c r="C34" s="9">
-        <v>851</v>
+        <v>880</v>
       </c>
       <c r="D34" s="9">
-        <v>788</v>
+        <v>863</v>
       </c>
       <c r="E34" s="9">
-        <v>731</v>
-[...2 lines deleted...]
-        <v>752</v>
+        <v>828</v>
+      </c>
+      <c r="F34" s="9">
+        <v>742</v>
       </c>
       <c r="G34" s="10">
-        <v>696</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
+        <v>771</v>
+      </c>
+      <c r="H34" s="10">
+        <v>756</v>
+      </c>
+      <c r="I34" s="10">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B35" s="7">
-        <v>6684</v>
+        <v>6813</v>
       </c>
       <c r="C35" s="7">
-        <v>6577</v>
+        <v>6787</v>
       </c>
       <c r="D35" s="7">
-        <v>6333</v>
+        <v>6914</v>
       </c>
       <c r="E35" s="7">
-        <v>5781</v>
+        <v>6916</v>
       </c>
       <c r="F35" s="7">
-        <v>5813</v>
+        <v>5860</v>
       </c>
       <c r="G35" s="7">
-        <v>5602</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+        <v>5956</v>
+      </c>
+      <c r="H35" s="7">
+        <v>6053</v>
+      </c>
+      <c r="I35" s="7">
+        <v>6104</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="8" t="s">
         <v>35</v>
       </c>
       <c r="B36" s="9">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="C36" s="9">
-        <v>269</v>
+        <v>279</v>
       </c>
       <c r="D36" s="9">
-        <v>279</v>
+        <v>298</v>
       </c>
       <c r="E36" s="9">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>224</v>
+        <v>334</v>
+      </c>
+      <c r="F36" s="9">
+        <v>243</v>
       </c>
       <c r="G36" s="10">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+        <v>235</v>
+      </c>
+      <c r="H36" s="10">
+        <v>252</v>
+      </c>
+      <c r="I36" s="10">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="8" t="s">
         <v>36</v>
       </c>
       <c r="B37" s="9">
-        <v>1125</v>
+        <v>1153</v>
       </c>
       <c r="C37" s="9">
-        <v>1117</v>
+        <v>1167</v>
       </c>
       <c r="D37" s="9">
-        <v>1060</v>
+        <v>1173</v>
       </c>
       <c r="E37" s="9">
-        <v>974</v>
-[...2 lines deleted...]
-        <v>989</v>
+        <v>1146</v>
+      </c>
+      <c r="F37" s="9">
+        <v>990</v>
       </c>
       <c r="G37" s="10">
-        <v>946</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+        <v>1024</v>
+      </c>
+      <c r="H37" s="10">
+        <v>1035</v>
+      </c>
+      <c r="I37" s="10">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="8" t="s">
         <v>37</v>
       </c>
       <c r="B38" s="9">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C38" s="9">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="D38" s="9">
-        <v>447</v>
+        <v>468</v>
       </c>
       <c r="E38" s="9">
+        <v>497</v>
+      </c>
+      <c r="F38" s="9">
         <v>409</v>
       </c>
-      <c r="F38" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="G38" s="10">
-        <v>397</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+        <v>403</v>
+      </c>
+      <c r="H38" s="10">
+        <v>414</v>
+      </c>
+      <c r="I38" s="10">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="8" t="s">
         <v>38</v>
       </c>
       <c r="B39" s="9">
-        <v>608</v>
+        <v>622</v>
       </c>
       <c r="C39" s="9">
-        <v>592</v>
+        <v>613</v>
       </c>
       <c r="D39" s="9">
-        <v>574</v>
+        <v>629</v>
       </c>
       <c r="E39" s="9">
-        <v>535</v>
-[...2 lines deleted...]
-        <v>538</v>
+        <v>615</v>
+      </c>
+      <c r="F39" s="9">
+        <v>545</v>
       </c>
       <c r="G39" s="10">
-        <v>522</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
+        <v>553</v>
+      </c>
+      <c r="H39" s="10">
+        <v>571</v>
+      </c>
+      <c r="I39" s="10">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="8" t="s">
         <v>39</v>
       </c>
       <c r="B40" s="9">
-        <v>759</v>
+        <v>768</v>
       </c>
       <c r="C40" s="9">
-        <v>762</v>
+        <v>783</v>
       </c>
       <c r="D40" s="9">
-        <v>722</v>
+        <v>785</v>
       </c>
       <c r="E40" s="9">
-        <v>669</v>
-[...2 lines deleted...]
-        <v>686</v>
+        <v>817</v>
+      </c>
+      <c r="F40" s="9">
+        <v>670</v>
       </c>
       <c r="G40" s="10">
-        <v>653</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
+        <v>698</v>
+      </c>
+      <c r="H40" s="10">
+        <v>696</v>
+      </c>
+      <c r="I40" s="10">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="8" t="s">
         <v>40</v>
       </c>
       <c r="B41" s="9">
-        <v>1362</v>
+        <v>1381</v>
       </c>
       <c r="C41" s="9">
-        <v>1349</v>
+        <v>1379</v>
       </c>
       <c r="D41" s="9">
-        <v>1284</v>
+        <v>1406</v>
       </c>
       <c r="E41" s="9">
-        <v>1174</v>
-[...2 lines deleted...]
-        <v>1179</v>
+        <v>1371</v>
+      </c>
+      <c r="F41" s="9">
+        <v>1181</v>
       </c>
       <c r="G41" s="10">
-        <v>1132</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
+        <v>1195</v>
+      </c>
+      <c r="H41" s="10">
+        <v>1220</v>
+      </c>
+      <c r="I41" s="10">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="8" t="s">
         <v>41</v>
       </c>
       <c r="B42" s="9">
-        <v>289</v>
+        <v>305</v>
       </c>
       <c r="C42" s="9">
-        <v>289</v>
+        <v>306</v>
       </c>
       <c r="D42" s="9">
-        <v>267</v>
+        <v>300</v>
       </c>
       <c r="E42" s="9">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>278</v>
+      </c>
+      <c r="F42" s="9">
+        <v>260</v>
       </c>
       <c r="G42" s="10">
-        <v>243</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
+        <v>265</v>
+      </c>
+      <c r="H42" s="10">
+        <v>269</v>
+      </c>
+      <c r="I42" s="10">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="8" t="s">
         <v>42</v>
       </c>
       <c r="B43" s="9">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="C43" s="9">
-        <v>435</v>
+        <v>443</v>
       </c>
       <c r="D43" s="9">
-        <v>419</v>
+        <v>452</v>
       </c>
       <c r="E43" s="9">
-        <v>356</v>
-[...2 lines deleted...]
-        <v>371</v>
+        <v>469</v>
+      </c>
+      <c r="F43" s="9">
+        <v>360</v>
       </c>
       <c r="G43" s="10">
-        <v>365</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
+        <v>376</v>
+      </c>
+      <c r="H43" s="10">
+        <v>389</v>
+      </c>
+      <c r="I43" s="10">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="8" t="s">
         <v>44</v>
       </c>
       <c r="B44" s="9">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="C44" s="9">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D44" s="9">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="E44" s="9">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>144</v>
+      </c>
+      <c r="F44" s="9">
+        <v>118</v>
       </c>
       <c r="G44" s="10">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
+        <v>114</v>
+      </c>
+      <c r="H44" s="10">
+        <v>124</v>
+      </c>
+      <c r="I44" s="10">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="8" t="s">
         <v>43</v>
       </c>
       <c r="B45" s="9">
-        <v>1221</v>
+        <v>1255</v>
       </c>
       <c r="C45" s="9">
-        <v>1186</v>
+        <v>1236</v>
       </c>
       <c r="D45" s="9">
-        <v>1149</v>
+        <v>1267</v>
       </c>
       <c r="E45" s="9">
-        <v>1060</v>
-[...2 lines deleted...]
-        <v>1055</v>
+        <v>1245</v>
+      </c>
+      <c r="F45" s="9">
+        <v>1084</v>
       </c>
       <c r="G45" s="10">
-        <v>988</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
+        <v>1093</v>
+      </c>
+      <c r="H45" s="10">
+        <v>1083</v>
+      </c>
+      <c r="I45" s="10">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B46" s="7">
-        <v>4850</v>
+        <v>4932</v>
       </c>
       <c r="C46" s="7">
-        <v>4858</v>
+        <v>5004</v>
       </c>
       <c r="D46" s="7">
-        <v>4712</v>
+        <v>5112</v>
       </c>
       <c r="E46" s="7">
-        <v>4195</v>
+        <v>5098</v>
       </c>
       <c r="F46" s="7">
-        <v>4334</v>
+        <v>4254</v>
       </c>
       <c r="G46" s="7">
-        <v>4261</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
+        <v>4445</v>
+      </c>
+      <c r="H46" s="7">
+        <v>4584</v>
+      </c>
+      <c r="I46" s="7">
+        <v>4589</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="8" t="s">
         <v>45</v>
       </c>
       <c r="B47" s="9">
-        <v>1334</v>
+        <v>1366</v>
       </c>
       <c r="C47" s="9">
-        <v>1343</v>
+        <v>1393</v>
       </c>
       <c r="D47" s="9">
-        <v>1280</v>
+        <v>1402</v>
       </c>
       <c r="E47" s="9">
-        <v>1150</v>
-[...2 lines deleted...]
-        <v>1185</v>
+        <v>1351</v>
+      </c>
+      <c r="F47" s="9">
+        <v>1175</v>
       </c>
       <c r="G47" s="10">
-        <v>1146</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
+        <v>1224</v>
+      </c>
+      <c r="H47" s="10">
+        <v>1242</v>
+      </c>
+      <c r="I47" s="10">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="8" t="s">
         <v>46</v>
       </c>
       <c r="B48" s="9">
-        <v>604</v>
+        <v>617</v>
       </c>
       <c r="C48" s="9">
-        <v>566</v>
+        <v>588</v>
       </c>
       <c r="D48" s="9">
-        <v>544</v>
+        <v>599</v>
       </c>
       <c r="E48" s="9">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>516</v>
+        <v>583</v>
+      </c>
+      <c r="F48" s="9">
+        <v>534</v>
       </c>
       <c r="G48" s="10">
-        <v>490</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
+        <v>533</v>
+      </c>
+      <c r="H48" s="10">
+        <v>529</v>
+      </c>
+      <c r="I48" s="10">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="8" t="s">
         <v>47</v>
       </c>
       <c r="B49" s="9">
-        <v>868</v>
+        <v>873</v>
       </c>
       <c r="C49" s="9">
-        <v>857</v>
+        <v>872</v>
       </c>
       <c r="D49" s="9">
-        <v>842</v>
+        <v>913</v>
       </c>
       <c r="E49" s="9">
-        <v>751</v>
-[...2 lines deleted...]
-        <v>772</v>
+        <v>921</v>
+      </c>
+      <c r="F49" s="9">
+        <v>754</v>
       </c>
       <c r="G49" s="10">
-        <v>768</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+        <v>784</v>
+      </c>
+      <c r="H49" s="10">
+        <v>829</v>
+      </c>
+      <c r="I49" s="10">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="8" t="s">
         <v>48</v>
       </c>
       <c r="B50" s="9">
-        <v>561</v>
+        <v>575</v>
       </c>
       <c r="C50" s="9">
-        <v>582</v>
+        <v>601</v>
       </c>
       <c r="D50" s="9">
-        <v>573</v>
+        <v>617</v>
       </c>
       <c r="E50" s="9">
-        <v>498</v>
-[...2 lines deleted...]
-        <v>529</v>
+        <v>635</v>
+      </c>
+      <c r="F50" s="9">
+        <v>510</v>
       </c>
       <c r="G50" s="10">
-        <v>519</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+        <v>545</v>
+      </c>
+      <c r="H50" s="10">
+        <v>557</v>
+      </c>
+      <c r="I50" s="10">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="8" t="s">
         <v>49</v>
       </c>
       <c r="B51" s="9">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="C51" s="9">
-        <v>558</v>
+        <v>578</v>
       </c>
       <c r="D51" s="9">
-        <v>544</v>
+        <v>590</v>
       </c>
       <c r="E51" s="9">
-        <v>465</v>
-[...2 lines deleted...]
-        <v>483</v>
+        <v>590</v>
+      </c>
+      <c r="F51" s="9">
+        <v>467</v>
       </c>
       <c r="G51" s="10">
-        <v>486</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+        <v>497</v>
+      </c>
+      <c r="H51" s="10">
+        <v>523</v>
+      </c>
+      <c r="I51" s="10">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="8" t="s">
         <v>50</v>
       </c>
       <c r="B52" s="9">
-        <v>926</v>
+        <v>937</v>
       </c>
       <c r="C52" s="9">
-        <v>952</v>
+        <v>972</v>
       </c>
       <c r="D52" s="9">
-        <v>929</v>
+        <v>991</v>
       </c>
       <c r="E52" s="9">
-        <v>807</v>
-[...2 lines deleted...]
-        <v>849</v>
+        <v>1018</v>
+      </c>
+      <c r="F52" s="9">
+        <v>814</v>
       </c>
       <c r="G52" s="10">
-        <v>852</v>
-[...13 lines deleted...]
-    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+        <v>862</v>
+      </c>
+      <c r="H52" s="10">
+        <v>904</v>
+      </c>
+      <c r="I52" s="10">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="23" t="s">
+        <v>56</v>
+      </c>
+      <c r="B53" s="21"/>
+      <c r="C53" s="21"/>
+      <c r="D53" s="21"/>
+      <c r="E53" s="21"/>
+      <c r="F53" s="21"/>
+      <c r="G53" s="22"/>
+      <c r="H53" s="22"/>
+      <c r="I53" s="22"/>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="12" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B54" s="13"/>
       <c r="C54" s="13"/>
       <c r="D54" s="13"/>
       <c r="E54" s="13"/>
       <c r="F54" s="13"/>
       <c r="G54" s="13"/>
+      <c r="H54" s="13"/>
+      <c r="I54" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="6">
-    <mergeCell ref="A54:G54"/>
+    <mergeCell ref="A54:I54"/>
+    <mergeCell ref="A1:I1"/>
     <mergeCell ref="A3:A4"/>
-    <mergeCell ref="B3:D3"/>
-[...2 lines deleted...]
-    <mergeCell ref="A53:G53"/>
+    <mergeCell ref="B3:E3"/>
+    <mergeCell ref="F3:I3"/>
+    <mergeCell ref="A53:I53"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Tabula</vt:lpstr>
     </vt:vector>