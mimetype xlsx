--- v0 (2025-10-07)
+++ v1 (2025-11-11)
@@ -1,133 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\gnp00112\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\570OK9M6\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\VID00996\Documents\Pieprasījumi\2025.gads\Publicēšanai DV un PNZ 2025\08.2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CB8A4623-0428-4E46-B1CE-98B94DF859B7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{076580E4-C2E4-46CF-8A97-E9293706A4E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{B160A2A6-62BE-4D6D-99C6-397595076C65}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{B160A2A6-62BE-4D6D-99C6-397595076C65}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabula" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <si>
     <t>februāris</t>
   </si>
   <si>
     <t>janvāris</t>
   </si>
   <si>
     <t>marts</t>
   </si>
   <si>
     <t>aprīlis</t>
   </si>
   <si>
     <t>Periods</t>
   </si>
   <si>
     <t>Divas           darba vietas</t>
   </si>
   <si>
     <t>Vairāk par trīs        darba vietām</t>
   </si>
   <si>
     <t>maijs</t>
   </si>
   <si>
     <t>Trīs             darba vietas</t>
   </si>
   <si>
     <t>* Informācija no pārskata "Darba devēja ziņojums". Apkopotā informācija var mainīties atbilstoši nodokļu maksātāju iesniegtajiem pārskatu precizējumiem, ko nosaka likuma “Par nodokļiem un nodevām” 16.pants, paredzot nodokļu maksātājiem iespēju iesniegt nodokļu administrācijai iesniegumu par pārskata labojumu vai nodokļu (ar nodokli apliekamā objekta) aprēķina precizējumu triju gadu laikā pēc konkrētajos likumos noteiktā maksāšanas termiņa. Bez tam apkopoto informāciju var mainīt arī dati no kavēti iesniegtiem pārskatiem.</t>
   </si>
   <si>
     <t>Darba ņēmēju skaits 2025. gadā*</t>
   </si>
   <si>
     <t>jūnijs</t>
   </si>
   <si>
     <t xml:space="preserve">Darba ņēmēju skaits </t>
   </si>
   <si>
     <t>Viena             darba vieta</t>
   </si>
   <si>
     <t>jūlijs</t>
   </si>
   <si>
-    <t>Dati uz 10.09.2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Darba ņēmēju sadalījums pēc darba vietu skaita</t>
+  </si>
+  <si>
+    <t>Dati uz 06.10.2025</t>
+  </si>
+  <si>
+    <t>augusts</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -725,318 +728,341 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3647CED8-C79A-43DC-B92D-86CAEA1791A3}">
-  <dimension ref="A1:J14"/>
+  <dimension ref="A1:J15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="I12" sqref="I12"/>
+      <selection activeCell="I11" sqref="I11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="2" max="6" width="13.85546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="10" width="10.5703125" customWidth="1"/>
+    <col min="2" max="6" width="13.81640625" customWidth="1"/>
+    <col min="7" max="7" width="12.26953125" customWidth="1"/>
+    <col min="10" max="10" width="10.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B1" s="11"/>
       <c r="C1" s="11"/>
       <c r="D1" s="11"/>
       <c r="E1" s="11"/>
       <c r="F1" s="11"/>
       <c r="H1" s="1"/>
     </row>
-    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A2" s="2"/>
       <c r="B2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="17" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F2" s="18"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
     </row>
-    <row r="3" spans="1:10" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:10" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B3" s="15" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="12" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D3" s="13"/>
       <c r="E3" s="13"/>
       <c r="F3" s="13"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
     </row>
-    <row r="4" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="10"/>
       <c r="B4" s="16"/>
       <c r="C4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
     </row>
-    <row r="5" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="5">
-        <v>801122</v>
+        <v>801191</v>
       </c>
       <c r="C5" s="5">
-        <v>703371</v>
+        <v>703412</v>
       </c>
       <c r="D5" s="5">
-        <v>76452</v>
+        <v>76476</v>
       </c>
       <c r="E5" s="5">
-        <v>13958</v>
+        <v>13961</v>
       </c>
       <c r="F5" s="5">
-        <v>7341</v>
+        <v>7342</v>
       </c>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
     </row>
-    <row r="6" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="7">
-        <v>800023</v>
+        <v>800101</v>
       </c>
       <c r="C6" s="7">
-        <v>703576</v>
+        <v>703601</v>
       </c>
       <c r="D6" s="7">
-        <v>75313</v>
+        <v>75357</v>
       </c>
       <c r="E6" s="7">
-        <v>13775</v>
+        <v>13783</v>
       </c>
       <c r="F6" s="7">
-        <v>7359</v>
+        <v>7360</v>
       </c>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
     </row>
-    <row r="7" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="7">
-        <v>804388</v>
+        <v>804483</v>
       </c>
       <c r="C7" s="7">
-        <v>706299</v>
+        <v>706364</v>
       </c>
       <c r="D7" s="7">
-        <v>76663</v>
+        <v>76685</v>
       </c>
       <c r="E7" s="7">
-        <v>13922</v>
+        <v>13929</v>
       </c>
       <c r="F7" s="7">
-        <v>7504</v>
+        <v>7505</v>
       </c>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
     </row>
-    <row r="8" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="8">
-        <v>808304</v>
+        <v>808456</v>
       </c>
       <c r="C8" s="8">
-        <v>709106</v>
+        <v>709215</v>
       </c>
       <c r="D8" s="8">
-        <v>77648</v>
+        <v>77666</v>
       </c>
       <c r="E8" s="8">
-        <v>14016</v>
+        <v>14033</v>
       </c>
       <c r="F8" s="8">
-        <v>7534</v>
+        <v>7542</v>
       </c>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
     </row>
-    <row r="9" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="7">
-        <v>811066</v>
+        <v>811301</v>
       </c>
       <c r="C9" s="7">
-        <v>708298</v>
+        <v>708456</v>
       </c>
       <c r="D9" s="7">
-        <v>80430</v>
+        <v>80476</v>
       </c>
       <c r="E9" s="7">
-        <v>14644</v>
+        <v>14666</v>
       </c>
       <c r="F9" s="7">
-        <v>7694</v>
+        <v>7703</v>
       </c>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
     </row>
-    <row r="10" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="7">
-        <v>821164</v>
+        <v>821633</v>
       </c>
       <c r="C10" s="7">
-        <v>717449</v>
+        <v>717734</v>
       </c>
       <c r="D10" s="7">
-        <v>80946</v>
+        <v>81053</v>
       </c>
       <c r="E10" s="7">
-        <v>15002</v>
+        <v>15052</v>
       </c>
       <c r="F10" s="7">
-        <v>7767</v>
+        <v>7794</v>
       </c>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
     </row>
-    <row r="11" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="7">
-        <v>824215</v>
+        <v>825727</v>
       </c>
       <c r="C11" s="7">
-        <v>725646</v>
+        <v>726588</v>
       </c>
       <c r="D11" s="7">
-        <v>77422</v>
+        <v>77808</v>
       </c>
       <c r="E11" s="7">
-        <v>13849</v>
+        <v>13977</v>
       </c>
       <c r="F11" s="7">
-        <v>7298</v>
+        <v>7354</v>
       </c>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
     </row>
-    <row r="12" spans="1:10" ht="57" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F12" s="14"/>
+    <row r="12" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B12" s="7">
+        <v>822368</v>
+      </c>
+      <c r="C12" s="7">
+        <v>723808</v>
+      </c>
+      <c r="D12" s="7">
+        <v>77572</v>
+      </c>
+      <c r="E12" s="7">
+        <v>13813</v>
+      </c>
+      <c r="F12" s="7">
+        <v>7175</v>
+      </c>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
     </row>
-    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="F13" s="1"/>
+    <row r="13" spans="1:10" ht="57" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="14" t="s">
+        <v>9</v>
+      </c>
+      <c r="B13" s="14"/>
+      <c r="C13" s="14"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="14"/>
+      <c r="F13" s="14"/>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
     </row>
-    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:10" x14ac:dyDescent="0.35">
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
     </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="C15" s="1"/>
+      <c r="D15" s="1"/>
+      <c r="E15" s="1"/>
+      <c r="F15" s="1"/>
+      <c r="H15" s="1"/>
+      <c r="I15" s="1"/>
+      <c r="J15" s="1"/>
+    </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="C3:F3"/>
-    <mergeCell ref="A12:F12"/>
+    <mergeCell ref="A13:F13"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <phoneticPr fontId="8" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>