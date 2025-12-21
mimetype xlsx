--- v1 (2025-11-11)
+++ v2 (2025-12-21)
@@ -2,440 +2,436 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\VID00996\Documents\Pieprasījumi\2025.gads\Publicēšanai DV un PNZ 2025\08.2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Decembris\12\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{076580E4-C2E4-46CF-8A97-E9293706A4E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C0C51616-5605-444B-B5E3-35FC6DE18904}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{B160A2A6-62BE-4D6D-99C6-397595076C65}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{E2B3B068-53D1-4E7D-B73E-2FAD04CE803A}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabula" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
+  <si>
+    <t>Darba ņēmēju skaits 2025. gadā*</t>
+  </si>
+  <si>
+    <t>Dati uz 12.12.2025</t>
+  </si>
+  <si>
+    <t>Periods</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Darba ņēmēju skaits </t>
+  </si>
+  <si>
+    <t>Darba ņēmēju sadalījums pēc darba vietu skaita</t>
+  </si>
+  <si>
+    <t>Viena             darba vieta</t>
+  </si>
+  <si>
+    <t>Divas           darba vietas</t>
+  </si>
+  <si>
+    <t>Trīs             darba vietas</t>
+  </si>
+  <si>
+    <t>Vairāk par trīs        darba vietām</t>
+  </si>
+  <si>
+    <t>janvāris</t>
+  </si>
   <si>
     <t>februāris</t>
   </si>
   <si>
-    <t>janvāris</t>
-[...1 lines deleted...]
-  <si>
     <t>marts</t>
   </si>
   <si>
     <t>aprīlis</t>
   </si>
   <si>
-    <t>Periods</t>
-[...7 lines deleted...]
-  <si>
     <t>maijs</t>
   </si>
   <si>
-    <t>Trīs             darba vietas</t>
+    <t>jūnijs</t>
+  </si>
+  <si>
+    <t>jūlijs</t>
+  </si>
+  <si>
+    <t>augusts</t>
+  </si>
+  <si>
+    <t>septembris</t>
+  </si>
+  <si>
+    <t>oktobris</t>
   </si>
   <si>
     <t>* Informācija no pārskata "Darba devēja ziņojums". Apkopotā informācija var mainīties atbilstoši nodokļu maksātāju iesniegtajiem pārskatu precizējumiem, ko nosaka likuma “Par nodokļiem un nodevām” 16.pants, paredzot nodokļu maksātājiem iespēju iesniegt nodokļu administrācijai iesniegumu par pārskata labojumu vai nodokļu (ar nodokli apliekamā objekta) aprēķina precizējumu triju gadu laikā pēc konkrētajos likumos noteiktā maksāšanas termiņa. Bez tam apkopoto informāciju var mainīt arī dati no kavēti iesniegtiem pārskatiem.</t>
-  </si>
-[...22 lines deleted...]
-    <t>augusts</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
+      <sz val="11"/>
       <color theme="1"/>
-      <name val="Times New Roman"/>
-      <family val="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
       <charset val="186"/>
-    </font>
-[...6 lines deleted...]
-      <charset val="186"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
       <sz val="14"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
-    </font>
-[...21 lines deleted...]
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF002060"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...19 lines deleted...]
-      </right>
+      <left/>
+      <right/>
       <top/>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="1"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-4.9989318521683403E-2"/>
       </right>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-4.9989318521683403E-2"/>
+      </left>
+      <right/>
       <top style="thin">
         <color theme="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-4.9989318521683403E-2"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-4.9989318521683403E-2"/>
       </right>
       <top style="thin">
         <color theme="1"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-4.9989318521683403E-2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="1"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-4.9989318521683403E-2"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-4.9989318521683403E-2"/>
       </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-4.9989318521683403E-2"/>
+      </left>
       <right style="thin">
         <color theme="0" tint="-4.9989318521683403E-2"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...29 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="20">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="5" fillId="3" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{58BE9132-B0AB-4B7F-8E2D-501144750BDC}"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{97DC0F83-E00F-4864-9C44-FC6320A8609F}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <colors>
-[...3 lines deleted...]
-  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -727,362 +723,410 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3647CED8-C79A-43DC-B92D-86CAEA1791A3}">
-  <dimension ref="A1:J15"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EB49FC39-4A07-4EBC-9A21-9FFFABA5B277}">
+  <dimension ref="A1:J17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="I11" sqref="I11"/>
+      <selection activeCell="W15" sqref="W15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="2" max="6" width="13.81640625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="10" width="10.54296875" customWidth="1"/>
+    <col min="1" max="1" width="9.109375" style="1"/>
+    <col min="2" max="6" width="13.88671875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="12.33203125" style="1" customWidth="1"/>
+    <col min="8" max="9" width="9.109375" style="1"/>
+    <col min="10" max="10" width="10.5546875" style="1" customWidth="1"/>
+    <col min="11" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="11" t="s">
+    <row r="1" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="10" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="10"/>
+      <c r="C1" s="10"/>
+      <c r="D1" s="10"/>
+      <c r="E1" s="10"/>
+      <c r="F1" s="10"/>
+      <c r="H1" s="2"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="3"/>
+      <c r="B2" s="3"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="F2" s="12"/>
+      <c r="H2" s="2"/>
+      <c r="I2" s="2"/>
+    </row>
+    <row r="3" spans="1:10" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="13" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="15" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="D3" s="18"/>
+      <c r="E3" s="18"/>
+      <c r="F3" s="18"/>
+      <c r="H3" s="2"/>
+      <c r="I3" s="2"/>
+    </row>
+    <row r="4" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="14"/>
+      <c r="B4" s="16"/>
+      <c r="C4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="2"/>
+      <c r="I4" s="2"/>
+      <c r="J4" s="2"/>
+    </row>
+    <row r="5" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B5" s="6">
+        <v>801248</v>
+      </c>
+      <c r="C5" s="6">
+        <v>703448</v>
+      </c>
+      <c r="D5" s="6">
+        <v>76483</v>
+      </c>
+      <c r="E5" s="6">
+        <v>13971</v>
+      </c>
+      <c r="F5" s="6">
+        <v>7346</v>
+      </c>
+      <c r="H5" s="2"/>
+      <c r="I5" s="2"/>
+      <c r="J5" s="2"/>
+    </row>
+    <row r="6" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="B1" s="11"/>
-[...10 lines deleted...]
-      <c r="E2" s="17" t="s">
+      <c r="B6" s="8">
+        <v>800163</v>
+      </c>
+      <c r="C6" s="8">
+        <v>703643</v>
+      </c>
+      <c r="D6" s="8">
+        <v>75366</v>
+      </c>
+      <c r="E6" s="8">
+        <v>13790</v>
+      </c>
+      <c r="F6" s="8">
+        <v>7364</v>
+      </c>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
+      <c r="J6" s="2"/>
+    </row>
+    <row r="7" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7" s="8">
+        <v>804553</v>
+      </c>
+      <c r="C7" s="8">
+        <v>706412</v>
+      </c>
+      <c r="D7" s="8">
+        <v>76694</v>
+      </c>
+      <c r="E7" s="8">
+        <v>13937</v>
+      </c>
+      <c r="F7" s="8">
+        <v>7510</v>
+      </c>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
+      <c r="J7" s="2"/>
+    </row>
+    <row r="8" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="B8" s="9">
+        <v>808569</v>
+      </c>
+      <c r="C8" s="9">
+        <v>709291</v>
+      </c>
+      <c r="D8" s="9">
+        <v>77686</v>
+      </c>
+      <c r="E8" s="9">
+        <v>14043</v>
+      </c>
+      <c r="F8" s="9">
+        <v>7549</v>
+      </c>
+      <c r="H8" s="2"/>
+      <c r="I8" s="2"/>
+      <c r="J8" s="2"/>
+    </row>
+    <row r="9" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="B9" s="8">
+        <v>811496</v>
+      </c>
+      <c r="C9" s="8">
+        <v>708563</v>
+      </c>
+      <c r="D9" s="8">
+        <v>80543</v>
+      </c>
+      <c r="E9" s="8">
+        <v>14679</v>
+      </c>
+      <c r="F9" s="8">
+        <v>7711</v>
+      </c>
+      <c r="H9" s="2"/>
+      <c r="I9" s="2"/>
+      <c r="J9" s="2"/>
+    </row>
+    <row r="10" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="B10" s="8">
+        <v>821921</v>
+      </c>
+      <c r="C10" s="8">
+        <v>717901</v>
+      </c>
+      <c r="D10" s="8">
+        <v>81131</v>
+      </c>
+      <c r="E10" s="8">
+        <v>15079</v>
+      </c>
+      <c r="F10" s="8">
+        <v>7810</v>
+      </c>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
+      <c r="J10" s="2"/>
+    </row>
+    <row r="11" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B11" s="8">
+        <v>826408</v>
+      </c>
+      <c r="C11" s="8">
+        <v>727027</v>
+      </c>
+      <c r="D11" s="8">
+        <v>77986</v>
+      </c>
+      <c r="E11" s="8">
+        <v>14023</v>
+      </c>
+      <c r="F11" s="8">
+        <v>7372</v>
+      </c>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
+      <c r="J11" s="2"/>
+    </row>
+    <row r="12" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="F2" s="18"/>
-[...200 lines deleted...]
-      <c r="A12" s="6" t="s">
+      <c r="B12" s="8">
+        <v>824609</v>
+      </c>
+      <c r="C12" s="8">
+        <v>725204</v>
+      </c>
+      <c r="D12" s="8">
+        <v>78209</v>
+      </c>
+      <c r="E12" s="8">
+        <v>13940</v>
+      </c>
+      <c r="F12" s="8">
+        <v>7256</v>
+      </c>
+      <c r="H12" s="2"/>
+      <c r="I12" s="2"/>
+      <c r="J12" s="2"/>
+    </row>
+    <row r="13" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="B12" s="7">
-[...47 lines deleted...]
-      <c r="J15" s="1"/>
+      <c r="B13" s="8">
+        <v>815514</v>
+      </c>
+      <c r="C13" s="8">
+        <v>715963</v>
+      </c>
+      <c r="D13" s="8">
+        <v>78120</v>
+      </c>
+      <c r="E13" s="8">
+        <v>13981</v>
+      </c>
+      <c r="F13" s="8">
+        <v>7450</v>
+      </c>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
+      <c r="J13" s="2"/>
+    </row>
+    <row r="14" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="B14" s="8">
+        <v>813236</v>
+      </c>
+      <c r="C14" s="8">
+        <v>714031</v>
+      </c>
+      <c r="D14" s="8">
+        <v>77721</v>
+      </c>
+      <c r="E14" s="8">
+        <v>13950</v>
+      </c>
+      <c r="F14" s="8">
+        <v>7534</v>
+      </c>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
+      <c r="J14" s="2"/>
+    </row>
+    <row r="15" spans="1:10" ht="57" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="B15" s="19"/>
+      <c r="C15" s="19"/>
+      <c r="D15" s="19"/>
+      <c r="E15" s="19"/>
+      <c r="F15" s="19"/>
+      <c r="H15" s="2"/>
+      <c r="I15" s="2"/>
+      <c r="J15" s="2"/>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
+      <c r="J16" s="2"/>
+    </row>
+    <row r="17" spans="3:10" x14ac:dyDescent="0.3">
+      <c r="C17" s="2"/>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2"/>
+      <c r="H17" s="2"/>
+      <c r="I17" s="2"/>
+      <c r="J17" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="6">
+    <mergeCell ref="A15:F15"/>
+    <mergeCell ref="A1:F1"/>
+    <mergeCell ref="E2:F2"/>
     <mergeCell ref="A3:A4"/>
-    <mergeCell ref="A1:F1"/>
+    <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:F3"/>
-    <mergeCell ref="A13:F13"/>
-[...1 lines deleted...]
-    <mergeCell ref="E2:F2"/>
   </mergeCells>
-  <phoneticPr fontId="8" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Tabula</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Valsts ieņēmumu dienests</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Kristīne Sproģe</dc:creator>
+  <dc:creator>Dagnija Masaļska</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>