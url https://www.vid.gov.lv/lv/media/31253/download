--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -2,436 +2,458 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Decembris\12\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Janvāris\9\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C0C51616-5605-444B-B5E3-35FC6DE18904}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{EAD6F96A-0A39-4D06-96DD-77442E5F2748}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{E2B3B068-53D1-4E7D-B73E-2FAD04CE803A}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{B160A2A6-62BE-4D6D-99C6-397595076C65}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabula" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
+  <si>
+    <t>februāris</t>
+  </si>
+  <si>
+    <t>janvāris</t>
+  </si>
+  <si>
+    <t>marts</t>
+  </si>
+  <si>
+    <t>aprīlis</t>
+  </si>
+  <si>
+    <t>Periods</t>
+  </si>
+  <si>
+    <t>Divas           darba vietas</t>
+  </si>
+  <si>
+    <t>Vairāk par trīs        darba vietām</t>
+  </si>
+  <si>
+    <t>maijs</t>
+  </si>
+  <si>
+    <t>Trīs             darba vietas</t>
+  </si>
+  <si>
+    <t>* Informācija no pārskata "Darba devēja ziņojums". Apkopotā informācija var mainīties atbilstoši nodokļu maksātāju iesniegtajiem pārskatu precizējumiem, ko nosaka likuma “Par nodokļiem un nodevām” 16.pants, paredzot nodokļu maksātājiem iespēju iesniegt nodokļu administrācijai iesniegumu par pārskata labojumu vai nodokļu (ar nodokli apliekamā objekta) aprēķina precizējumu triju gadu laikā pēc konkrētajos likumos noteiktā maksāšanas termiņa. Bez tam apkopoto informāciju var mainīt arī dati no kavēti iesniegtiem pārskatiem.</t>
+  </si>
   <si>
     <t>Darba ņēmēju skaits 2025. gadā*</t>
   </si>
   <si>
-    <t>Dati uz 12.12.2025</t>
-[...2 lines deleted...]
-    <t>Periods</t>
+    <t>jūnijs</t>
   </si>
   <si>
     <t xml:space="preserve">Darba ņēmēju skaits </t>
   </si>
   <si>
+    <t>Viena             darba vieta</t>
+  </si>
+  <si>
+    <t>jūlijs</t>
+  </si>
+  <si>
     <t>Darba ņēmēju sadalījums pēc darba vietu skaita</t>
   </si>
   <si>
-    <t>Viena             darba vieta</t>
-[...31 lines deleted...]
-  <si>
     <t>augusts</t>
   </si>
   <si>
     <t>septembris</t>
   </si>
   <si>
     <t>oktobris</t>
   </si>
   <si>
-    <t>* Informācija no pārskata "Darba devēja ziņojums". Apkopotā informācija var mainīties atbilstoši nodokļu maksātāju iesniegtajiem pārskatu precizējumiem, ko nosaka likuma “Par nodokļiem un nodevām” 16.pants, paredzot nodokļu maksātājiem iespēju iesniegt nodokļu administrācijai iesniegumu par pārskata labojumu vai nodokļu (ar nodokli apliekamā objekta) aprēķina precizējumu triju gadu laikā pēc konkrētajos likumos noteiktā maksāšanas termiņa. Bez tam apkopoto informāciju var mainīt arī dati no kavēti iesniegtiem pārskatiem.</t>
+    <t>novembris</t>
+  </si>
+  <si>
+    <t>Dati uz 07.01.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
+      <sz val="10"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
-      <family val="2"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
       <charset val="186"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
-[...7 lines deleted...]
-      <b/>
       <sz val="14"/>
-      <color theme="1"/>
-[...13 lines deleted...]
-      <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF002060"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-      <right/>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top/>
       <bottom style="thin">
-        <color theme="1"/>
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="1"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-4.9989318521683403E-2"/>
       </right>
-      <top style="thin">
-[...9 lines deleted...]
-      <right/>
       <top style="thin">
         <color theme="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-4.9989318521683403E-2"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-4.9989318521683403E-2"/>
       </right>
       <top style="thin">
         <color theme="1"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-4.9989318521683403E-2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="1"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-4.9989318521683403E-2"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-4.9989318521683403E-2"/>
       </left>
-      <right/>
-[...9 lines deleted...]
-      </left>
       <right style="thin">
         <color theme="0" tint="-4.9989318521683403E-2"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="1"/>
-      </bottom>
-[...26 lines deleted...]
-        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-4.9989318521683403E-2"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-4.9989318521683403E-2"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="5" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="5" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="5" fillId="3" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
-    </xf>
-[...19 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{97DC0F83-E00F-4864-9C44-FC6320A8609F}"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{58BE9132-B0AB-4B7F-8E2D-501144750BDC}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FF0037A4"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -723,410 +745,431 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EB49FC39-4A07-4EBC-9A21-9FFFABA5B277}">
-  <dimension ref="A1:J17"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3647CED8-C79A-43DC-B92D-86CAEA1791A3}">
+  <dimension ref="A1:J18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="W15" sqref="W15"/>
+      <selection activeCell="N9" sqref="N9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="9.109375" style="1"/>
-[...4 lines deleted...]
-    <col min="11" max="16384" width="9.109375" style="1"/>
+    <col min="2" max="6" width="13.88671875" customWidth="1"/>
+    <col min="7" max="7" width="12.33203125" customWidth="1"/>
+    <col min="10" max="10" width="10.5546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="10" t="s">
+      <c r="A1" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="14"/>
+      <c r="C1" s="14"/>
+      <c r="D1" s="14"/>
+      <c r="E1" s="14"/>
+      <c r="F1" s="14"/>
+      <c r="H1" s="1"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A2" s="2"/>
+      <c r="B2" s="2"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" s="21"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+    </row>
+    <row r="3" spans="1:10" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C3" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" s="16"/>
+      <c r="E3" s="16"/>
+      <c r="F3" s="16"/>
+      <c r="H3" s="1"/>
+      <c r="I3" s="1"/>
+    </row>
+    <row r="4" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="13"/>
+      <c r="B4" s="19"/>
+      <c r="C4" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="H4" s="1"/>
+      <c r="I4" s="1"/>
+      <c r="J4" s="1"/>
+    </row>
+    <row r="5" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="B5" s="9">
+        <v>801254</v>
+      </c>
+      <c r="C5" s="4">
+        <v>703457</v>
+      </c>
+      <c r="D5" s="4">
+        <v>76477</v>
+      </c>
+      <c r="E5" s="4">
+        <v>13973</v>
+      </c>
+      <c r="F5" s="4">
+        <v>7347</v>
+      </c>
+      <c r="H5" s="1"/>
+      <c r="I5" s="1"/>
+      <c r="J5" s="1"/>
+    </row>
+    <row r="6" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="10"/>
-[...18 lines deleted...]
-      <c r="A3" s="13" t="s">
+      <c r="B6" s="10">
+        <v>800173</v>
+      </c>
+      <c r="C6" s="5">
+        <v>703651</v>
+      </c>
+      <c r="D6" s="5">
+        <v>75365</v>
+      </c>
+      <c r="E6" s="5">
+        <v>13792</v>
+      </c>
+      <c r="F6" s="5">
+        <v>7365</v>
+      </c>
+      <c r="H6" s="1"/>
+      <c r="I6" s="1"/>
+      <c r="J6" s="1"/>
+    </row>
+    <row r="7" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="15" t="s">
+      <c r="B7" s="10">
+        <v>804568</v>
+      </c>
+      <c r="C7" s="5">
+        <v>706423</v>
+      </c>
+      <c r="D7" s="5">
+        <v>76697</v>
+      </c>
+      <c r="E7" s="5">
+        <v>13936</v>
+      </c>
+      <c r="F7" s="5">
+        <v>7512</v>
+      </c>
+      <c r="H7" s="1"/>
+      <c r="I7" s="1"/>
+      <c r="J7" s="1"/>
+    </row>
+    <row r="8" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="C3" s="17" t="s">
-[...17 lines deleted...]
-      <c r="E4" s="4" t="s">
+      <c r="B8" s="11">
+        <v>808588</v>
+      </c>
+      <c r="C8" s="6">
+        <v>709306</v>
+      </c>
+      <c r="D8" s="6">
+        <v>77688</v>
+      </c>
+      <c r="E8" s="6">
+        <v>14044</v>
+      </c>
+      <c r="F8" s="6">
+        <v>7550</v>
+      </c>
+      <c r="H8" s="1"/>
+      <c r="I8" s="1"/>
+      <c r="J8" s="1"/>
+    </row>
+    <row r="9" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="F4" s="4" t="s">
-[...7 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="B9" s="10">
+        <v>811530</v>
+      </c>
+      <c r="C9" s="5">
+        <v>708586</v>
+      </c>
+      <c r="D9" s="5">
+        <v>80551</v>
+      </c>
+      <c r="E9" s="5">
+        <v>14681</v>
+      </c>
+      <c r="F9" s="5">
+        <v>7712</v>
+      </c>
+      <c r="H9" s="1"/>
+      <c r="I9" s="1"/>
+      <c r="J9" s="1"/>
+    </row>
+    <row r="10" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B10" s="10">
+        <v>821970</v>
+      </c>
+      <c r="C10" s="5">
+        <v>717936</v>
+      </c>
+      <c r="D10" s="5">
+        <v>81140</v>
+      </c>
+      <c r="E10" s="5">
+        <v>15084</v>
+      </c>
+      <c r="F10" s="5">
+        <v>7810</v>
+      </c>
+      <c r="H10" s="1"/>
+      <c r="I10" s="1"/>
+      <c r="J10" s="1"/>
+    </row>
+    <row r="11" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="10">
+        <v>826504</v>
+      </c>
+      <c r="C11" s="5">
+        <v>727084</v>
+      </c>
+      <c r="D11" s="5">
+        <v>78015</v>
+      </c>
+      <c r="E11" s="5">
+        <v>14033</v>
+      </c>
+      <c r="F11" s="5">
+        <v>7372</v>
+      </c>
+      <c r="H11" s="1"/>
+      <c r="I11" s="1"/>
+      <c r="J11" s="1"/>
+    </row>
+    <row r="12" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" s="10">
+        <v>824738</v>
+      </c>
+      <c r="C12" s="5">
+        <v>725265</v>
+      </c>
+      <c r="D12" s="5">
+        <v>78256</v>
+      </c>
+      <c r="E12" s="5">
+        <v>13956</v>
+      </c>
+      <c r="F12" s="5">
+        <v>7261</v>
+      </c>
+      <c r="H12" s="1"/>
+      <c r="I12" s="1"/>
+      <c r="J12" s="1"/>
+    </row>
+    <row r="13" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B13" s="10">
+        <v>815848</v>
+      </c>
+      <c r="C13" s="5">
+        <v>716173</v>
+      </c>
+      <c r="D13" s="5">
+        <v>78208</v>
+      </c>
+      <c r="E13" s="5">
+        <v>14008</v>
+      </c>
+      <c r="F13" s="5">
+        <v>7459</v>
+      </c>
+      <c r="H13" s="1"/>
+      <c r="I13" s="1"/>
+      <c r="J13" s="1"/>
+    </row>
+    <row r="14" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B14" s="10">
+        <v>814652</v>
+      </c>
+      <c r="C14" s="5">
+        <v>715032</v>
+      </c>
+      <c r="D14" s="5">
+        <v>78028</v>
+      </c>
+      <c r="E14" s="5">
+        <v>14006</v>
+      </c>
+      <c r="F14" s="5">
+        <v>7586</v>
+      </c>
+      <c r="H14" s="1"/>
+      <c r="I14" s="1"/>
+      <c r="J14" s="1"/>
+    </row>
+    <row r="15" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B15" s="10">
+        <v>809151</v>
+      </c>
+      <c r="C15" s="5">
+        <v>711395</v>
+      </c>
+      <c r="D15" s="5">
+        <v>76493</v>
+      </c>
+      <c r="E15" s="5">
+        <v>13740</v>
+      </c>
+      <c r="F15" s="5">
+        <v>7523</v>
+      </c>
+      <c r="H15" s="1"/>
+      <c r="I15" s="1"/>
+      <c r="J15" s="1"/>
+    </row>
+    <row r="16" spans="1:10" ht="57" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="17" t="s">
         <v>9</v>
       </c>
-      <c r="B5" s="6">
-[...245 lines deleted...]
-      <c r="J16" s="2"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="17"/>
+      <c r="E16" s="17"/>
+      <c r="F16" s="17"/>
+      <c r="H16" s="1"/>
+      <c r="I16" s="1"/>
+      <c r="J16" s="1"/>
     </row>
     <row r="17" spans="3:10" x14ac:dyDescent="0.3">
-      <c r="C17" s="2"/>
-[...5 lines deleted...]
-      <c r="J17" s="2"/>
+      <c r="C17" s="1"/>
+      <c r="D17" s="1"/>
+      <c r="E17" s="1"/>
+      <c r="F17" s="1"/>
+      <c r="H17" s="1"/>
+      <c r="I17" s="1"/>
+      <c r="J17" s="1"/>
+    </row>
+    <row r="18" spans="3:10" x14ac:dyDescent="0.3">
+      <c r="C18" s="1"/>
+      <c r="D18" s="1"/>
+      <c r="E18" s="1"/>
+      <c r="F18" s="1"/>
+      <c r="H18" s="1"/>
+      <c r="I18" s="1"/>
+      <c r="J18" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="6">
-    <mergeCell ref="A15:F15"/>
+    <mergeCell ref="A3:A4"/>
     <mergeCell ref="A1:F1"/>
+    <mergeCell ref="C3:F3"/>
+    <mergeCell ref="A16:F16"/>
+    <mergeCell ref="B3:B4"/>
     <mergeCell ref="E2:F2"/>
-    <mergeCell ref="A3:A4"/>
-[...1 lines deleted...]
-    <mergeCell ref="C3:F3"/>
   </mergeCells>
+  <phoneticPr fontId="8" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Tabula</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Valsts ieņēmumu dienests</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Dagnija Masaļska</dc:creator>
+  <dc:creator>Kristīne Sproģe</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>