--- v3 (2026-01-11)
+++ v4 (2026-03-02)
@@ -2,82 +2,82 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Janvāris\9\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\gnp00112\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\DXR9NMWI\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{EAD6F96A-0A39-4D06-96DD-77442E5F2748}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6C371928-D35E-460F-AC1F-40AEC801382D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{B160A2A6-62BE-4D6D-99C6-397595076C65}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{B160A2A6-62BE-4D6D-99C6-397595076C65}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabula" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
     <t>februāris</t>
   </si>
   <si>
     <t>janvāris</t>
   </si>
   <si>
     <t>marts</t>
   </si>
   <si>
     <t>aprīlis</t>
   </si>
   <si>
     <t>Periods</t>
   </si>
   <si>
     <t>Divas           darba vietas</t>
   </si>
   <si>
     <t>Vairāk par trīs        darba vietām</t>
   </si>
   <si>
     <t>maijs</t>
   </si>
   <si>
@@ -95,51 +95,54 @@
   <si>
     <t xml:space="preserve">Darba ņēmēju skaits </t>
   </si>
   <si>
     <t>Viena             darba vieta</t>
   </si>
   <si>
     <t>jūlijs</t>
   </si>
   <si>
     <t>Darba ņēmēju sadalījums pēc darba vietu skaita</t>
   </si>
   <si>
     <t>augusts</t>
   </si>
   <si>
     <t>septembris</t>
   </si>
   <si>
     <t>oktobris</t>
   </si>
   <si>
     <t>novembris</t>
   </si>
   <si>
-    <t>Dati uz 07.01.2026</t>
+    <t>decembris</t>
+  </si>
+  <si>
+    <t>Dati uz 11.02.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -353,94 +356,94 @@
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...28 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{58BE9132-B0AB-4B7F-8E2D-501144750BDC}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0037A4"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -746,410 +749,433 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3647CED8-C79A-43DC-B92D-86CAEA1791A3}">
-  <dimension ref="A1:J18"/>
+  <dimension ref="A1:J19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="N9" sqref="N9"/>
+      <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="2" max="6" width="13.88671875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="10" width="10.5546875" customWidth="1"/>
+    <col min="1" max="6" width="13.85546875" customWidth="1"/>
+    <col min="7" max="7" width="12.28515625" customWidth="1"/>
+    <col min="10" max="10" width="10.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="14" t="s">
+    <row r="1" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="B1" s="14"/>
-[...3 lines deleted...]
-      <c r="F1" s="14"/>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
       <c r="H1" s="1"/>
     </row>
-    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A2" s="2"/>
       <c r="B2" s="2"/>
       <c r="D2" s="2"/>
-      <c r="E2" s="20" t="s">
-[...2 lines deleted...]
-      <c r="F2" s="21"/>
+      <c r="E2" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" s="16"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
     </row>
-    <row r="3" spans="1:10" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="12" t="s">
+    <row r="3" spans="1:10" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="B3" s="18" t="s">
+      <c r="B3" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="C3" s="15" t="s">
+      <c r="C3" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="D3" s="16"/>
-[...1 lines deleted...]
-      <c r="F3" s="16"/>
+      <c r="D3" s="11"/>
+      <c r="E3" s="11"/>
+      <c r="F3" s="11"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
     </row>
-    <row r="4" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B4" s="19"/>
+    <row r="4" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="8"/>
+      <c r="B4" s="14"/>
       <c r="C4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
     </row>
-    <row r="5" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="7" t="s">
+    <row r="5" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="17" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="9">
-        <v>801254</v>
+      <c r="B5" s="19">
+        <v>801274</v>
       </c>
       <c r="C5" s="4">
-        <v>703457</v>
+        <v>703473</v>
       </c>
       <c r="D5" s="4">
-        <v>76477</v>
+        <v>76481</v>
       </c>
       <c r="E5" s="4">
-        <v>13973</v>
+        <v>13972</v>
       </c>
       <c r="F5" s="4">
-        <v>7347</v>
+        <v>7348</v>
       </c>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
     </row>
-    <row r="6" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="8" t="s">
+    <row r="6" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="18" t="s">
         <v>0</v>
       </c>
-      <c r="B6" s="10">
-        <v>800173</v>
+      <c r="B6" s="20">
+        <v>800189</v>
       </c>
       <c r="C6" s="5">
-        <v>703651</v>
+        <v>703665</v>
       </c>
       <c r="D6" s="5">
-        <v>75365</v>
+        <v>75366</v>
       </c>
       <c r="E6" s="5">
         <v>13792</v>
       </c>
       <c r="F6" s="5">
-        <v>7365</v>
+        <v>7366</v>
       </c>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
     </row>
-    <row r="7" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="8" t="s">
+    <row r="7" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="10">
-        <v>804568</v>
+      <c r="B7" s="20">
+        <v>804586</v>
       </c>
       <c r="C7" s="5">
-        <v>706423</v>
+        <v>706431</v>
       </c>
       <c r="D7" s="5">
-        <v>76697</v>
+        <v>76705</v>
       </c>
       <c r="E7" s="5">
-        <v>13936</v>
+        <v>13937</v>
       </c>
       <c r="F7" s="5">
-        <v>7512</v>
+        <v>7513</v>
       </c>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
     </row>
-    <row r="8" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="8" t="s">
+    <row r="8" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="11">
-        <v>808588</v>
+      <c r="B8" s="21">
+        <v>808606</v>
       </c>
       <c r="C8" s="6">
-        <v>709306</v>
+        <v>709316</v>
       </c>
       <c r="D8" s="6">
-        <v>77688</v>
+        <v>77694</v>
       </c>
       <c r="E8" s="6">
         <v>14044</v>
       </c>
       <c r="F8" s="6">
-        <v>7550</v>
+        <v>7552</v>
       </c>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
     </row>
-    <row r="9" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="8" t="s">
+    <row r="9" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="18" t="s">
         <v>7</v>
       </c>
-      <c r="B9" s="10">
-        <v>811530</v>
+      <c r="B9" s="20">
+        <v>811556</v>
       </c>
       <c r="C9" s="5">
-        <v>708586</v>
+        <v>708589</v>
       </c>
       <c r="D9" s="5">
-        <v>80551</v>
+        <v>80572</v>
       </c>
       <c r="E9" s="5">
-        <v>14681</v>
+        <v>14679</v>
       </c>
       <c r="F9" s="5">
-        <v>7712</v>
+        <v>7716</v>
       </c>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
     </row>
-    <row r="10" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="8" t="s">
+    <row r="10" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="18" t="s">
         <v>11</v>
       </c>
-      <c r="B10" s="10">
-        <v>821970</v>
+      <c r="B10" s="20">
+        <v>822009</v>
       </c>
       <c r="C10" s="5">
-        <v>717936</v>
+        <v>717952</v>
       </c>
       <c r="D10" s="5">
-        <v>81140</v>
+        <v>81158</v>
       </c>
       <c r="E10" s="5">
-        <v>15084</v>
+        <v>15086</v>
       </c>
       <c r="F10" s="5">
-        <v>7810</v>
+        <v>7813</v>
       </c>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
     </row>
-    <row r="11" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="8" t="s">
+    <row r="11" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="18" t="s">
         <v>14</v>
       </c>
-      <c r="B11" s="10">
-        <v>826504</v>
+      <c r="B11" s="20">
+        <v>826561</v>
       </c>
       <c r="C11" s="5">
-        <v>727084</v>
+        <v>727107</v>
       </c>
       <c r="D11" s="5">
-        <v>78015</v>
+        <v>78041</v>
       </c>
       <c r="E11" s="5">
-        <v>14033</v>
+        <v>14036</v>
       </c>
       <c r="F11" s="5">
-        <v>7372</v>
+        <v>7377</v>
       </c>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
     </row>
-    <row r="12" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="8" t="s">
+    <row r="12" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="18" t="s">
         <v>16</v>
       </c>
-      <c r="B12" s="10">
-        <v>824738</v>
+      <c r="B12" s="20">
+        <v>824850</v>
       </c>
       <c r="C12" s="5">
-        <v>725265</v>
+        <v>725327</v>
       </c>
       <c r="D12" s="5">
-        <v>78256</v>
+        <v>78293</v>
       </c>
       <c r="E12" s="5">
-        <v>13956</v>
+        <v>13962</v>
       </c>
       <c r="F12" s="5">
-        <v>7261</v>
+        <v>7268</v>
       </c>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
     </row>
-    <row r="13" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="8" t="s">
+    <row r="13" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="B13" s="10">
-        <v>815848</v>
+      <c r="B13" s="20">
+        <v>816091</v>
       </c>
       <c r="C13" s="5">
-        <v>716173</v>
+        <v>716306</v>
       </c>
       <c r="D13" s="5">
-        <v>78208</v>
+        <v>78278</v>
       </c>
       <c r="E13" s="5">
-        <v>14008</v>
+        <v>14037</v>
       </c>
       <c r="F13" s="5">
-        <v>7459</v>
+        <v>7470</v>
       </c>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
     </row>
-    <row r="14" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="8" t="s">
+    <row r="14" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="18" t="s">
         <v>18</v>
       </c>
-      <c r="B14" s="10">
-        <v>814652</v>
+      <c r="B14" s="20">
+        <v>815196</v>
       </c>
       <c r="C14" s="5">
-        <v>715032</v>
+        <v>715298</v>
       </c>
       <c r="D14" s="5">
-        <v>78028</v>
+        <v>78225</v>
       </c>
       <c r="E14" s="5">
-        <v>14006</v>
+        <v>14069</v>
       </c>
       <c r="F14" s="5">
-        <v>7586</v>
+        <v>7604</v>
       </c>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
     </row>
-    <row r="15" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="8" t="s">
+    <row r="15" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="B15" s="10">
-        <v>809151</v>
+      <c r="B15" s="20">
+        <v>811578</v>
       </c>
       <c r="C15" s="5">
-        <v>711395</v>
+        <v>712998</v>
       </c>
       <c r="D15" s="5">
-        <v>76493</v>
+        <v>77038</v>
       </c>
       <c r="E15" s="5">
-        <v>13740</v>
+        <v>13936</v>
       </c>
       <c r="F15" s="5">
-        <v>7523</v>
+        <v>7606</v>
       </c>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
     </row>
-    <row r="16" spans="1:10" ht="57" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="F16" s="17"/>
+    <row r="16" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="B16" s="20">
+        <v>806541</v>
+      </c>
+      <c r="C16" s="5">
+        <v>709387</v>
+      </c>
+      <c r="D16" s="5">
+        <v>75780</v>
+      </c>
+      <c r="E16" s="5">
+        <v>13836</v>
+      </c>
+      <c r="F16" s="5">
+        <v>7538</v>
+      </c>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
     </row>
-    <row r="17" spans="3:10" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="F17" s="1"/>
+    <row r="17" spans="1:10" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="B17" s="12"/>
+      <c r="C17" s="12"/>
+      <c r="D17" s="12"/>
+      <c r="E17" s="12"/>
+      <c r="F17" s="12"/>
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
     </row>
-    <row r="18" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:10" x14ac:dyDescent="0.25">
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
     </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="C19" s="1"/>
+      <c r="D19" s="1"/>
+      <c r="E19" s="1"/>
+      <c r="F19" s="1"/>
+      <c r="H19" s="1"/>
+      <c r="I19" s="1"/>
+      <c r="J19" s="1"/>
+    </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="C3:F3"/>
-    <mergeCell ref="A16:F16"/>
+    <mergeCell ref="A17:F17"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="E2:F2"/>
   </mergeCells>
   <phoneticPr fontId="8" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>