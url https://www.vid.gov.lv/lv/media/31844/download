--- v0 (2025-10-09)
+++ v1 (2025-11-05)
@@ -6,68 +6,68 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ccb00116\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CB8C749F-4CAF-4F11-8B06-2F83C76BEF75}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3AAF8BAE-E461-4459-96CD-8A8D91A4A129}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="98">
   <si>
     <t xml:space="preserve">Juridiskas personas nosaukums/Fiziskas personas vārds, uzvārds
 </t>
   </si>
   <si>
     <t>1.pozīcija. Transportlīdzeklis MITSUBISHI PAJEROTransportlīdzekļa/virsbūves veids: Vieglais plašlietojuma Valsts reģistrācijas numurs: ES17 (numuri noņemti) VIN numurs: JMB0NV230PJ002390Degvielas ...</t>
   </si>
   <si>
     <t>2.pozīcija. Transportlīdzeklis GOES 520 MAXTransportlīdzekļa/virsbūves veids: Kvadricikls bezceļu Valsts reģistrācijas numurs: OX366 VIN numurs: LCELDTS2476006506Degvielas tips: BenzīnsIzlaiduma g...</t>
   </si>
   <si>
     <t>3.pozīcija. Transportlīdzeklis KYMCO SUPER 9 50 Transportlīdzekļa/virsbūves veids: Mopēds Valsts reģistrācijas numurs: P192 VIN numurs: RFBS1001039800179Degvielas tips: DīzeļdegvielaTransmisijas v...</t>
   </si>
   <si>
     <t>4.pozīcija. YAMAHATransportlīdzekļa veids: Kuteris Valsts reģistrācijas numurs: LZ2906 VIN numurs: FIAMT12690A101Izlaiduma gads: 2009Aizdedzes atslēga: nav Reģistrācijas apliecība: nav (ir iespēja...</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>2501</t>
   </si>
@@ -128,54 +128,237 @@
   <si>
     <t>360</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>685,99</t>
   </si>
   <si>
     <t>251,99</t>
   </si>
   <si>
     <t>161,99</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>655,01</t>
   </si>
   <si>
+    <t>750,99</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>501</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>362,01</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>505,00</t>
+  </si>
+  <si>
+    <t>898,00</t>
+  </si>
+  <si>
+    <t>790,00</t>
+  </si>
+  <si>
+    <t>503,00</t>
+  </si>
+  <si>
+    <t>978,00</t>
+  </si>
+  <si>
+    <t>1083,00</t>
+  </si>
+  <si>
+    <t>350</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>1000</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>612,99</t>
+  </si>
+  <si>
+    <t>812,99</t>
+  </si>
+  <si>
+    <t>52,99</t>
+  </si>
+  <si>
+    <t>512,99</t>
+  </si>
+  <si>
+    <t>823,12</t>
+  </si>
+  <si>
+    <t>723,12</t>
+  </si>
+  <si>
+    <t>123,12</t>
+  </si>
+  <si>
+    <t>523,12</t>
+  </si>
+  <si>
+    <t>1223,08</t>
+  </si>
+  <si>
+    <t>699,08</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>678,09</t>
+  </si>
+  <si>
+    <t>231,99</t>
+  </si>
+  <si>
+    <t>516,99</t>
+  </si>
+  <si>
+    <t>118,99</t>
+  </si>
+  <si>
+    <t>368,99</t>
+  </si>
+  <si>
+    <t>188,99</t>
+  </si>
+  <si>
+    <t>359,99</t>
+  </si>
+  <si>
+    <t>141,99</t>
+  </si>
+  <si>
+    <t>655</t>
+  </si>
+  <si>
+    <t>709.99</t>
+  </si>
+  <si>
+    <t>601.00</t>
+  </si>
+  <si>
+    <t>689,99</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>349</t>
+  </si>
+  <si>
+    <t>555</t>
+  </si>
+  <si>
+    <t>701</t>
+  </si>
+  <si>
+    <t>686</t>
+  </si>
+  <si>
+    <t>705.24</t>
+  </si>
+  <si>
+    <t>700,09</t>
+  </si>
+  <si>
+    <t>500,09</t>
+  </si>
+  <si>
+    <t>750,09</t>
+  </si>
+  <si>
+    <t>600,09</t>
+  </si>
+  <si>
+    <t>900</t>
+  </si>
+  <si>
+    <t>850</t>
+  </si>
+  <si>
+    <t>700</t>
+  </si>
+  <si>
+    <t>800</t>
+  </si>
+  <si>
+    <t>500.01</t>
+  </si>
+  <si>
+    <t>550.01</t>
+  </si>
+  <si>
+    <t>105.01</t>
+  </si>
+  <si>
+    <t>1000.01</t>
+  </si>
+  <si>
+    <t>387.13</t>
+  </si>
+  <si>
+    <t>187.13</t>
+  </si>
+  <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
-    <t>Piedāvāuma iesniegšanas laiks</t>
+    <t>Piedāvājuma iesniegšanas laiks</t>
   </si>
   <si>
     <t>/fiziska persona/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="165" formatCode="m/d/yy\ h:mm:ss"/>
   </numFmts>
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -231,55 +414,55 @@
     </dxf>
     <dxf>
       <numFmt numFmtId="165" formatCode="m/d/yy\ h:mm:ss"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A1:G22" totalsRowShown="0" headerRowDxfId="0">
-  <autoFilter ref="A1:G22" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A1:G53" totalsRowShown="0" headerRowDxfId="0">
+  <autoFilter ref="A1:G53" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="7">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Nr.p.k." dataDxfId="7"/>
-    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Piedāvāuma iesniegšanas laiks" dataDxfId="6"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Piedāvājuma iesniegšanas laiks" dataDxfId="6"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Juridiskas personas nosaukums/Fiziskas personas vārds, uzvārds_x000a_" dataDxfId="5"/>
     <tableColumn id="14" xr3:uid="{00000000-0010-0000-0000-00000E000000}" name="1.pozīcija. Transportlīdzeklis MITSUBISHI PAJEROTransportlīdzekļa/virsbūves veids: Vieglais plašlietojuma Valsts reģistrācijas numurs: ES17 (numuri noņemti) VIN numurs: JMB0NV230PJ002390Degvielas ..." dataDxfId="4"/>
     <tableColumn id="15" xr3:uid="{00000000-0010-0000-0000-00000F000000}" name="2.pozīcija. Transportlīdzeklis GOES 520 MAXTransportlīdzekļa/virsbūves veids: Kvadricikls bezceļu Valsts reģistrācijas numurs: OX366 VIN numurs: LCELDTS2476006506Degvielas tips: BenzīnsIzlaiduma g..." dataDxfId="3"/>
     <tableColumn id="16" xr3:uid="{00000000-0010-0000-0000-000010000000}" name="3.pozīcija. Transportlīdzeklis KYMCO SUPER 9 50 Transportlīdzekļa/virsbūves veids: Mopēds Valsts reģistrācijas numurs: P192 VIN numurs: RFBS1001039800179Degvielas tips: DīzeļdegvielaTransmisijas v..." dataDxfId="2"/>
     <tableColumn id="17" xr3:uid="{00000000-0010-0000-0000-000011000000}" name="4.pozīcija. YAMAHATransportlīdzekļa veids: Kuteris Valsts reģistrācijas numurs: LZ2906 VIN numurs: FIAMT12690A101Izlaiduma gads: 2009Aizdedzes atslēga: nav Reģistrācijas apliecība: nav (ir iespēja..." dataDxfId="1"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -547,484 +730,1087 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G22"/>
+  <dimension ref="A1:G53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="L9" sqref="L9"/>
+      <selection activeCell="O5" sqref="O5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="7" width="20" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="5" customFormat="1" ht="195" x14ac:dyDescent="0.25">
       <c r="A1" s="4" t="s">
-        <v>34</v>
+        <v>95</v>
       </c>
       <c r="B1" s="4" t="s">
-        <v>35</v>
+        <v>96</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" s="1">
         <v>45933.727951388901</v>
       </c>
       <c r="C2" s="3" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" s="1">
         <v>45933.742083333302</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="3"/>
       <c r="G3" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" s="1">
         <v>45933.795219907399</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" s="1">
         <v>45933.901273148098</v>
       </c>
       <c r="C5" s="3" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" s="1">
         <v>45933.9464814815</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" s="1">
         <v>45934.729895833298</v>
       </c>
       <c r="C7" s="3" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" s="1">
         <v>45935.1649189815</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" s="1">
         <v>45935.693356481497</v>
       </c>
       <c r="C9" s="3" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" s="1">
         <v>45935.802939814799</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" s="1">
         <v>45935.886388888903</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="G11" s="3"/>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" s="1">
         <v>45935.887291666702</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G12" s="3"/>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" s="1">
         <v>45935.9430671296</v>
       </c>
       <c r="C13" s="3" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" s="1">
         <v>45935.9454050926</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>6</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F14" s="3"/>
       <c r="G14" s="3"/>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" s="1">
         <v>45936.366608796299</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" s="1">
         <v>45936.804710648103</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="3"/>
       <c r="F16" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G16" s="3"/>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" s="1">
         <v>45937.429375</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" s="1">
         <v>45937.4753009259</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="3" t="s">
         <v>28</v>
       </c>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" s="1">
         <v>45937.477627314802</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E19" s="3"/>
       <c r="F19" s="3" t="s">
         <v>30</v>
       </c>
       <c r="G19" s="3"/>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" s="1">
         <v>45937.892824074101</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" s="1">
         <v>45937.961562500001</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" s="1">
         <v>45937.993657407402</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A23">
+        <v>22</v>
+      </c>
+      <c r="B23" s="1">
+        <v>45938.358344907399</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D23" s="3"/>
+      <c r="E23" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F23" s="3"/>
+      <c r="G23" s="3"/>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A24">
+        <v>23</v>
+      </c>
+      <c r="B24" s="1">
+        <v>45938.379733796297</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F24" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G24" s="2" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A25">
+        <v>24</v>
+      </c>
+      <c r="B25" s="1">
+        <v>45938.403090277803</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D25" s="3"/>
+      <c r="E25" s="3"/>
+      <c r="F25" s="3"/>
+      <c r="G25" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A26">
+        <v>25</v>
+      </c>
+      <c r="B26" s="1">
+        <v>45938.405960648102</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="E26" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="G26" s="3"/>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A27">
+        <v>26</v>
+      </c>
+      <c r="B27" s="1">
+        <v>45938.452395833301</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E27" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F27" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A28">
+        <v>27</v>
+      </c>
+      <c r="B28" s="1">
+        <v>45938.5883217593</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D28" s="3"/>
+      <c r="E28" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F28" s="3"/>
+      <c r="G28" s="3"/>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A29">
+        <v>28</v>
+      </c>
+      <c r="B29" s="1">
+        <v>45938.589155092603</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D29" s="3"/>
+      <c r="E29" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F29" s="3"/>
+      <c r="G29" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A30">
+        <v>29</v>
+      </c>
+      <c r="B30" s="1">
+        <v>45938.590104166702</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D30" s="3"/>
+      <c r="E30" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F30" s="3"/>
+      <c r="G30" s="3"/>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A31">
+        <v>30</v>
+      </c>
+      <c r="B31" s="1">
+        <v>45938.591342592597</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D31" s="3"/>
+      <c r="E31" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F31" s="3"/>
+      <c r="G31" s="3"/>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A32">
+        <v>31</v>
+      </c>
+      <c r="B32" s="1">
+        <v>45938.658773148098</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="G32" s="2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A33">
+        <v>32</v>
+      </c>
+      <c r="B33" s="1">
+        <v>45938.740405092598</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="E33" s="3"/>
+      <c r="F33" s="3"/>
+      <c r="G33" s="3"/>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A34">
+        <v>33</v>
+      </c>
+      <c r="B34" s="1">
+        <v>45938.829537037003</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A35">
+        <v>34</v>
+      </c>
+      <c r="B35" s="1">
+        <v>45938.834699074097</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A36">
+        <v>35</v>
+      </c>
+      <c r="B36" s="1">
+        <v>45938.838657407403</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="F36" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A37">
+        <v>36</v>
+      </c>
+      <c r="B37" s="1">
+        <v>45938.8538078704</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A38">
+        <v>37</v>
+      </c>
+      <c r="B38" s="1">
+        <v>45938.855578703697</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D38" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A39">
+        <v>38</v>
+      </c>
+      <c r="B39" s="1">
+        <v>45938.862187500003</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D39" s="3"/>
+      <c r="E39" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F39" s="3"/>
+      <c r="G39" s="3"/>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A40">
+        <v>39</v>
+      </c>
+      <c r="B40" s="1">
+        <v>45938.881469907399</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D40" s="3"/>
+      <c r="E40" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F40" s="3"/>
+      <c r="G40" s="3"/>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A41">
+        <v>40</v>
+      </c>
+      <c r="B41" s="1">
+        <v>45938.882592592599</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D41" s="3"/>
+      <c r="E41" s="3"/>
+      <c r="F41" s="3"/>
+      <c r="G41" s="2" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A42">
+        <v>41</v>
+      </c>
+      <c r="B42" s="1">
+        <v>45938.903182870403</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D42" s="3"/>
+      <c r="E42" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="F42" s="3"/>
+      <c r="G42" s="3"/>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A43">
+        <v>42</v>
+      </c>
+      <c r="B43" s="1">
+        <v>45938.918402777803</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="E43" s="3"/>
+      <c r="F43" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="G43" s="2" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A44">
+        <v>43</v>
+      </c>
+      <c r="B44" s="1">
+        <v>45938.919456018499</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F44" s="3"/>
+      <c r="G44" s="3"/>
+    </row>
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A45">
+        <v>44</v>
+      </c>
+      <c r="B45" s="1">
+        <v>45938.933773148099</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D45" s="3"/>
+      <c r="E45" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F45" s="3"/>
+      <c r="G45" s="3"/>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A46">
+        <v>45</v>
+      </c>
+      <c r="B46" s="1">
+        <v>45938.939456018503</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D46" s="3"/>
+      <c r="E46" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F46" s="3"/>
+      <c r="G46" s="3"/>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A47">
+        <v>46</v>
+      </c>
+      <c r="B47" s="1">
+        <v>45938.947060185201</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D47" s="3"/>
+      <c r="E47" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="F47" s="3"/>
+      <c r="G47" s="3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A48">
+        <v>47</v>
+      </c>
+      <c r="B48" s="1">
+        <v>45938.952083333301</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D48" s="3"/>
+      <c r="E48" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="F48" s="3"/>
+      <c r="G48" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A49">
+        <v>48</v>
+      </c>
+      <c r="B49" s="1">
+        <v>45938.956215277802</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D49" s="3"/>
+      <c r="E49" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F49" s="3"/>
+      <c r="G49" s="2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A50">
+        <v>49</v>
+      </c>
+      <c r="B50" s="1">
+        <v>45938.956273148098</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D50" s="3"/>
+      <c r="E50" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="F50" s="3"/>
+      <c r="G50" s="2" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A51">
+        <v>50</v>
+      </c>
+      <c r="B51" s="1">
+        <v>45938.956354166701</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D51" s="3"/>
+      <c r="E51" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F51" s="3"/>
+      <c r="G51" s="3"/>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A52">
+        <v>51</v>
+      </c>
+      <c r="B52" s="1">
+        <v>45938.959212962996</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F52" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="G52" s="2" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A53">
+        <v>52</v>
+      </c>
+      <c r="B53" s="1">
+        <v>45938.997974537</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D53" s="3"/>
+      <c r="E53" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F53" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="G53" s="3"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>