--- v0 (2025-10-09)
+++ v1 (2025-11-28)
@@ -6,68 +6,68 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\rmri0851\Desktop\Uzaicinajumu mape\2025.gads\Lietota tehnika\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{66AF068B-5E67-45B9-A7CA-22B4C75D6107}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{598E942F-5B67-4E67-B513-8F7E40231270}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-900" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="158" uniqueCount="50">
   <si>
     <t xml:space="preserve">Juridiskas personas nosaukums/Fiziskas personas vārds, uzvārds 
 </t>
   </si>
   <si>
     <t>1.pozīcija. Portatīvais dators “Dell” ar lādētāju
 Daudzums: 1 gab.
 Cita informācija: Lietots, tehniskais stāvoklis nav zināms
 Fotoattēli: skat. Vispārējo noteikumu 1.pielikuma 1.-3.attēlu 
 Piedāvā...</t>
   </si>
   <si>
     <t>2.pozīcija.  Ārējais cietais disks “Transcend StoreJet 2 TB”
 Daudzums: 1 gab.
 Cita informācija: Lietota, tehniskais stāvoklis nav zināms
 Fotoattēli: Skat. Vispārējo noteikumu pielikuma 4. - 6.attē...</t>
   </si>
   <si>
     <t>3.pozīcija. Sistēmbloks “DELL OPTIPLEX 9010”
 Daudzums: 1 gab.
 Cita informācija: Lietota, tehniskais stāvoklis nav zināms
 Fotoattēli: Skat. Vispārējo noteikumu pielikuma 7. - 10.attēlu  
 Piedāvātā ...</t>
   </si>
   <si>
@@ -108,50 +108,122 @@
     <t>20,00</t>
   </si>
   <si>
     <t>5,00</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>55.25</t>
   </si>
   <si>
     <t>25.25</t>
   </si>
   <si>
     <t>25.35</t>
   </si>
   <si>
     <t>72.50</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>35,01</t>
+  </si>
+  <si>
+    <t>75,00</t>
+  </si>
+  <si>
+    <t>40,00</t>
+  </si>
+  <si>
+    <t>0,00</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>42.88</t>
+  </si>
+  <si>
+    <t>57.44</t>
+  </si>
+  <si>
+    <t>75.50</t>
+  </si>
+  <si>
+    <t>42.99</t>
+  </si>
+  <si>
+    <t>56,99</t>
+  </si>
+  <si>
+    <t>22,99</t>
+  </si>
+  <si>
+    <t>23,99</t>
+  </si>
+  <si>
+    <t>18,99</t>
+  </si>
+  <si>
+    <t>73,03</t>
+  </si>
+  <si>
+    <t>25,53</t>
+  </si>
+  <si>
+    <t>20,30</t>
+  </si>
+  <si>
+    <t>20,05</t>
+  </si>
+  <si>
+    <t>88.69</t>
+  </si>
+  <si>
+    <t>14.38</t>
+  </si>
+  <si>
+    <t>34.69</t>
+  </si>
+  <si>
+    <t>65</t>
   </si>
   <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
     <t>Piedāvājuma iesniegšanas laiks</t>
   </si>
   <si>
     <t>Fiziska persona</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="165" formatCode="m/d/yy\ h:mm:ss"/>
   </numFmts>
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -210,52 +282,52 @@
     </dxf>
     <dxf>
       <numFmt numFmtId="165" formatCode="m/d/yy\ h:mm:ss"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A1:H14" totalsRowShown="0">
-  <autoFilter ref="A1:H14" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A1:H26" totalsRowShown="0">
+  <autoFilter ref="A1:H26" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="8">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Nr.p.k." dataDxfId="7"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Piedāvājuma iesniegšanas laiks" dataDxfId="6"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Juridiskas personas nosaukums/Fiziskas personas vārds, uzvārds _x000a_" dataDxfId="5"/>
     <tableColumn id="14" xr3:uid="{00000000-0010-0000-0000-00000E000000}" name="1.pozīcija. Portatīvais dators “Dell” ar lādētāju_x000a_Daudzums: 1 gab._x000a_Cita informācija: Lietots, tehniskais stāvoklis nav zināms_x000a_Fotoattēli: skat. Vispārējo noteikumu 1.pielikuma 1.-3.attēlu _x000a_Piedāvā..." dataDxfId="4"/>
     <tableColumn id="15" xr3:uid="{00000000-0010-0000-0000-00000F000000}" name="2.pozīcija.  Ārējais cietais disks “Transcend StoreJet 2 TB”_x000a_Daudzums: 1 gab._x000a_Cita informācija: Lietota, tehniskais stāvoklis nav zināms_x000a_Fotoattēli: Skat. Vispārējo noteikumu pielikuma 4. - 6.attē..." dataDxfId="3"/>
     <tableColumn id="16" xr3:uid="{00000000-0010-0000-0000-000010000000}" name="3.pozīcija. Sistēmbloks “DELL OPTIPLEX 9010”_x000a_Daudzums: 1 gab._x000a_Cita informācija: Lietota, tehniskais stāvoklis nav zināms_x000a_Fotoattēli: Skat. Vispārējo noteikumu pielikuma 7. - 10.attēlu  _x000a_Piedāvātā ..." dataDxfId="2"/>
     <tableColumn id="17" xr3:uid="{00000000-0010-0000-0000-000011000000}" name="4.pozīcija.  Planšetdators “Lenovo TB-X304L”_x000a_Daudzums: 1 gab._x000a_Cita informācija: Lietots, tehniskais stāvoklis nav zināms_x000a_Fotoattēli: Skat. Vispārējo noteikumu pielikuma 11. - 14.attēlu  _x000a_Piedāvātā..." dataDxfId="1"/>
     <tableColumn id="18" xr3:uid="{00000000-0010-0000-0000-000012000000}" name="Pirms piedāvājuma iesniegšanas, lūdzam pārliecināties par norādīto cenu korektumu." dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -527,422 +599,734 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H26"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A3" workbookViewId="0">
-      <selection activeCell="K10" sqref="K10"/>
+    <sheetView tabSelected="1" topLeftCell="A6" workbookViewId="0">
+      <selection activeCell="M12" sqref="M12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="8" width="20" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A1" s="4" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="B1" s="4" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" s="1">
         <v>45933.632210648102</v>
       </c>
       <c r="C2" s="4" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" s="1">
         <v>45933.747581018499</v>
       </c>
       <c r="C3" s="4" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" s="1">
         <v>45933.796527777798</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" s="1">
         <v>45935.951446759304</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" s="1">
         <v>45936.314131944397</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" s="1">
         <v>45936.3416782407</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" s="1">
         <v>45936.353113425903</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>15</v>
       </c>
       <c r="G8" s="4" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" s="1">
         <v>45936.376608796301</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>7</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" s="1">
         <v>45936.541377314803</v>
       </c>
       <c r="C10" s="4" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>18</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="11" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" s="1">
         <v>45936.695092592599</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>10</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>10</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>10</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" s="1">
         <v>45936.851412037002</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>19</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" s="1">
         <v>45937.587523148097</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>12</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="45" x14ac:dyDescent="0.25">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" s="1">
         <v>45937.994965277801</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>16</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H14" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A15">
+        <v>14</v>
+      </c>
+      <c r="B15" s="1">
+        <v>45938.389710648102</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="H15" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A16">
+        <v>15</v>
+      </c>
+      <c r="B16" s="1">
+        <v>45938.400115740696</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="H16" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A17">
+        <v>16</v>
+      </c>
+      <c r="B17" s="1">
+        <v>45938.424224536997</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E17" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F17" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G17" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H17" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A18">
+        <v>17</v>
+      </c>
+      <c r="B18" s="1">
+        <v>45938.4764236111</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H18" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A19">
+        <v>18</v>
+      </c>
+      <c r="B19" s="1">
+        <v>45938.600497685198</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="H19" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A20">
+        <v>19</v>
+      </c>
+      <c r="B20" s="1">
+        <v>45938.610208333303</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H20" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A21">
+        <v>20</v>
+      </c>
+      <c r="B21" s="1">
+        <v>45938.836145833302</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H21" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A22">
+        <v>21</v>
+      </c>
+      <c r="B22" s="1">
+        <v>45938.853263888901</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H22" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A23">
+        <v>22</v>
+      </c>
+      <c r="B23" s="1">
+        <v>45938.858680555597</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E23" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="F23" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="G23" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H23" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A24">
+        <v>23</v>
+      </c>
+      <c r="B24" s="1">
+        <v>45938.882256944402</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E24" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F24" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G24" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H24" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A25">
+        <v>24</v>
+      </c>
+      <c r="B25" s="1">
+        <v>45938.915891203702</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="H25" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A26">
+        <v>25</v>
+      </c>
+      <c r="B26" s="1">
+        <v>45938.915972222203</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="H26" s="2" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>