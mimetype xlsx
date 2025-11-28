--- v0 (2025-10-09)
+++ v1 (2025-11-28)
@@ -6,98 +6,263 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\LREG0208\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B8B8B5F5-D8BC-4E19-B334-9A7F4672403E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0B56ED8C-A6EA-462D-883B-235D51FA8809}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="14" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="65">
   <si>
     <t xml:space="preserve">Juridiskās personas nosaukums/Fiziskas personas vārds, uzvārds
 </t>
   </si>
   <si>
     <t>1.pozīcija                Nosaukums: kvadricikls CAM-AM OUTLANDER 1000 X MR ar identifikācijas numuru 3JBLWLP17DJ001469  Cita informācija : ir iespējams reģistrēt CSDD kā bezceļu kvadriciklu., teh...</t>
   </si>
   <si>
     <t>1700,-</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
+    <t>2345.67</t>
+  </si>
+  <si>
+    <t>2599</t>
+  </si>
+  <si>
+    <t>1500EUR</t>
+  </si>
+  <si>
+    <t>700</t>
+  </si>
+  <si>
+    <t>1500</t>
+  </si>
+  <si>
+    <t>2250</t>
+  </si>
+  <si>
+    <t>1200</t>
+  </si>
+  <si>
+    <t>2300</t>
+  </si>
+  <si>
+    <t>2777.77</t>
+  </si>
+  <si>
+    <t>2600.00</t>
+  </si>
+  <si>
+    <t>2783.13</t>
+  </si>
+  <si>
+    <t>2500€</t>
+  </si>
+  <si>
+    <t>3101.99</t>
+  </si>
+  <si>
+    <t>1850</t>
+  </si>
+  <si>
+    <t>3509,99</t>
+  </si>
+  <si>
+    <t>3789</t>
+  </si>
+  <si>
+    <t>3200</t>
+  </si>
+  <si>
+    <t>3028</t>
+  </si>
+  <si>
+    <t>4001,15</t>
+  </si>
+  <si>
+    <t>2600</t>
+  </si>
+  <si>
+    <t>3216</t>
+  </si>
+  <si>
+    <t>2625 EUR</t>
+  </si>
+  <si>
+    <t>3510,99€</t>
+  </si>
+  <si>
+    <t>1300</t>
+  </si>
+  <si>
+    <t>3555.55</t>
+  </si>
+  <si>
+    <t>3269,99</t>
+  </si>
+  <si>
+    <t>3333.33</t>
+  </si>
+  <si>
+    <t>3333.00</t>
+  </si>
+  <si>
+    <t>3223,47</t>
+  </si>
+  <si>
+    <t>3699.99</t>
+  </si>
+  <si>
+    <t>3320.50</t>
+  </si>
+  <si>
+    <t>4130</t>
+  </si>
+  <si>
+    <t>3722.57</t>
+  </si>
+  <si>
+    <t>3571,65</t>
+  </si>
+  <si>
+    <t>3669.69</t>
+  </si>
+  <si>
+    <t>3876,99</t>
+  </si>
+  <si>
+    <t>5000</t>
+  </si>
+  <si>
+    <t>4812</t>
+  </si>
+  <si>
+    <t>4614</t>
+  </si>
+  <si>
+    <t>4407</t>
+  </si>
+  <si>
+    <t>4225</t>
+  </si>
+  <si>
+    <t>5019</t>
+  </si>
+  <si>
+    <t>1223,80</t>
+  </si>
+  <si>
+    <t>3388,88</t>
+  </si>
+  <si>
+    <t>2984.69</t>
+  </si>
+  <si>
+    <t>3412,23</t>
+  </si>
+  <si>
+    <t>3346</t>
+  </si>
+  <si>
+    <t>3699,99</t>
+  </si>
+  <si>
+    <t>3899,99</t>
+  </si>
+  <si>
+    <t>4299,99</t>
+  </si>
+  <si>
+    <t>3227</t>
+  </si>
+  <si>
+    <t>3799.10€</t>
+  </si>
+  <si>
+    <t>3456</t>
+  </si>
+  <si>
+    <t>1850.00</t>
+  </si>
+  <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
+    <t>Piedāvājuma iesniegšanas laiks</t>
+  </si>
+  <si>
     <t>/fiziska persona/</t>
   </si>
   <si>
-    <t>Piedāvājuma iesniegšanas laiks</t>
+    <t>/juridiska persona/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="m/d/yy\ h:mm:ss"/>
   </numFmts>
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -138,52 +303,52 @@
     </dxf>
     <dxf>
       <numFmt numFmtId="164" formatCode="m/d/yy\ h:mm:ss"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A1:D6" totalsRowShown="0" headerRowDxfId="0">
-  <autoFilter ref="A1:D6" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A1:D61" totalsRowShown="0" headerRowDxfId="0">
+  <autoFilter ref="A1:D61" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="4">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Nr.p.k." dataDxfId="4"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Piedāvājuma iesniegšanas laiks" dataDxfId="3"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Juridiskās personas nosaukums/Fiziskas personas vārds, uzvārds_x000a_" dataDxfId="2"/>
     <tableColumn id="14" xr3:uid="{00000000-0010-0000-0000-00000E000000}" name="1.pozīcija                Nosaukums: kvadricikls CAM-AM OUTLANDER 1000 X MR ar identifikācijas numuru 3JBLWLP17DJ001469  Cita informācija : ir iespējams reģistrēt CSDD kā bezceļu kvadriciklu., teh..." dataDxfId="1"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -451,144 +616,913 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:D6"/>
+  <dimension ref="A1:D61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.28515625" customWidth="1"/>
-    <col min="2" max="4" width="20" bestFit="1" customWidth="1"/>
+    <col min="1" max="4" width="20" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="165" x14ac:dyDescent="0.25">
       <c r="A1" s="4" t="s">
-        <v>7</v>
+        <v>61</v>
       </c>
       <c r="B1" s="4" t="s">
-        <v>9</v>
+        <v>62</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" s="1">
         <v>45937.679976851803</v>
       </c>
       <c r="C2" s="3" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" s="1">
         <v>45937.796076388899</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" s="1">
         <v>45937.851145833301</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" s="1">
         <v>45937.882581018501</v>
       </c>
       <c r="C5" s="3" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" s="1">
         <v>45937.972465277802</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>6</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7">
+        <v>6</v>
+      </c>
+      <c r="B7" s="1">
+        <v>45938.3566319444</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8">
+        <v>7</v>
+      </c>
+      <c r="B8" s="1">
+        <v>45938.367870370399</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A9">
+        <v>8</v>
+      </c>
+      <c r="B9" s="1">
+        <v>45938.373981481498</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10">
+        <v>9</v>
+      </c>
+      <c r="B10" s="1">
+        <v>45938.403136574103</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11">
+        <v>10</v>
+      </c>
+      <c r="B11" s="1">
+        <v>45938.404849537001</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12">
+        <v>11</v>
+      </c>
+      <c r="B12" s="1">
+        <v>45938.435219907398</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13">
+        <v>12</v>
+      </c>
+      <c r="B13" s="1">
+        <v>45938.436550925901</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14">
+        <v>13</v>
+      </c>
+      <c r="B14" s="1">
+        <v>45938.709965277798</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15">
+        <v>14</v>
+      </c>
+      <c r="B15" s="1">
+        <v>45938.713831018496</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16">
+        <v>15</v>
+      </c>
+      <c r="B16" s="1">
+        <v>45939.434386574103</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A17">
+        <v>16</v>
+      </c>
+      <c r="B17" s="1">
+        <v>45939.458402777796</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A18">
+        <v>17</v>
+      </c>
+      <c r="B18" s="1">
+        <v>45939.546481481499</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A19">
+        <v>18</v>
+      </c>
+      <c r="B19" s="1">
+        <v>45939.650358796302</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A20">
+        <v>19</v>
+      </c>
+      <c r="B20" s="1">
+        <v>45939.837118055599</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A21">
+        <v>20</v>
+      </c>
+      <c r="B21" s="1">
+        <v>45939.894768518498</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A22">
+        <v>21</v>
+      </c>
+      <c r="B22" s="1">
+        <v>45940.346261574101</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A23">
+        <v>22</v>
+      </c>
+      <c r="B23" s="1">
+        <v>45940.383391203701</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A24">
+        <v>23</v>
+      </c>
+      <c r="B24" s="1">
+        <v>45940.412604166697</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A25">
+        <v>24</v>
+      </c>
+      <c r="B25" s="1">
+        <v>45940.419479166703</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A26">
+        <v>25</v>
+      </c>
+      <c r="B26" s="1">
+        <v>45940.4238078704</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A27">
+        <v>26</v>
+      </c>
+      <c r="B27" s="1">
+        <v>45940.432291666701</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A28">
+        <v>27</v>
+      </c>
+      <c r="B28" s="1">
+        <v>45940.512650463003</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A29">
+        <v>28</v>
+      </c>
+      <c r="B29" s="1">
+        <v>45940.523900462998</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A30">
+        <v>29</v>
+      </c>
+      <c r="B30" s="1">
+        <v>45940.525115740696</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A31">
+        <v>30</v>
+      </c>
+      <c r="B31" s="1">
+        <v>45940.5317939815</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A32">
+        <v>31</v>
+      </c>
+      <c r="B32" s="1">
+        <v>45940.619988425897</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A33">
+        <v>32</v>
+      </c>
+      <c r="B33" s="1">
+        <v>45940.683321759301</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A34">
+        <v>33</v>
+      </c>
+      <c r="B34" s="1">
+        <v>45940.698020833297</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A35">
+        <v>34</v>
+      </c>
+      <c r="B35" s="1">
+        <v>45940.749432870398</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A36">
+        <v>35</v>
+      </c>
+      <c r="B36" s="1">
+        <v>45940.753611111097</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A37">
+        <v>36</v>
+      </c>
+      <c r="B37" s="1">
+        <v>45940.777511574102</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A38">
+        <v>37</v>
+      </c>
+      <c r="B38" s="1">
+        <v>45940.8222916667</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A39">
+        <v>38</v>
+      </c>
+      <c r="B39" s="1">
+        <v>45940.828067129602</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A40">
+        <v>39</v>
+      </c>
+      <c r="B40" s="1">
+        <v>45940.832986111098</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A41">
+        <v>40</v>
+      </c>
+      <c r="B41" s="1">
+        <v>45940.834201388898</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A42">
+        <v>41</v>
+      </c>
+      <c r="B42" s="1">
+        <v>45940.850567129601</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A43">
+        <v>42</v>
+      </c>
+      <c r="B43" s="1">
+        <v>45940.855358796303</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D43" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A44">
+        <v>43</v>
+      </c>
+      <c r="B44" s="1">
+        <v>45940.855370370402</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A45">
+        <v>44</v>
+      </c>
+      <c r="B45" s="1">
+        <v>45940.856782407398</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A46">
+        <v>45</v>
+      </c>
+      <c r="B46" s="1">
+        <v>45940.857615740701</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A47">
+        <v>46</v>
+      </c>
+      <c r="B47" s="1">
+        <v>45940.8584722222</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A48">
+        <v>47</v>
+      </c>
+      <c r="B48" s="1">
+        <v>45940.859861111101</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A49">
+        <v>48</v>
+      </c>
+      <c r="B49" s="1">
+        <v>45940.8605439815</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A50">
+        <v>49</v>
+      </c>
+      <c r="B50" s="1">
+        <v>45940.863807870403</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D50" s="3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A51">
+        <v>50</v>
+      </c>
+      <c r="B51" s="1">
+        <v>45940.883877314802</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D51" s="3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A52">
+        <v>51</v>
+      </c>
+      <c r="B52" s="1">
+        <v>45940.901041666701</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A53">
+        <v>52</v>
+      </c>
+      <c r="B53" s="1">
+        <v>45940.903530092597</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D53" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A54">
+        <v>53</v>
+      </c>
+      <c r="B54" s="1">
+        <v>45940.904884259297</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A55">
+        <v>54</v>
+      </c>
+      <c r="B55" s="1">
+        <v>45940.906863425902</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D55" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A56">
+        <v>55</v>
+      </c>
+      <c r="B56" s="1">
+        <v>45940.919004629599</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D56" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A57">
+        <v>56</v>
+      </c>
+      <c r="B57" s="1">
+        <v>45940.931331018503</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A58">
+        <v>57</v>
+      </c>
+      <c r="B58" s="1">
+        <v>45940.9321180556</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A59">
+        <v>58</v>
+      </c>
+      <c r="B59" s="1">
+        <v>45940.942025463002</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D59" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A60">
+        <v>59</v>
+      </c>
+      <c r="B60" s="1">
+        <v>45940.974305555603</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A61">
+        <v>60</v>
+      </c>
+      <c r="B61" s="1">
+        <v>45940.992754629602</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>