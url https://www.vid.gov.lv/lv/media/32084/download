--- v0 (2025-10-20)
+++ v1 (2025-11-28)
@@ -6,142 +6,205 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\rmri0851\Desktop\Uzaicinajumu mape\2025.gads\Drons\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5D05DFB3-418C-4ADC-A298-C7548C57C7E4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FE16875C-6836-4FFB-B496-16BE734E51E2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-900" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="22">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="43">
   <si>
     <t xml:space="preserve">Juridiskas personas nosaukums/Fiziskas personas vārds, uzvārds 
 </t>
   </si>
   <si>
     <t>1.pozīcija. JVC videokamera  
 Daudzums: 1 gab.
 Cita informācija: Tehniskais stāvoklis nav zināms, strāvas vadam ir vajadzīgs adapters.
 Fotoattēli: Skat. Vispārējo noteikumu pielikuma 1. - 4. attēl...</t>
   </si>
   <si>
     <t>2.pozīcija.  GoPro 7 kamera
 Daudzums: 1 gab.
 Cita informācija: Tehniskais stāvoklis nav zināms
 Fotoattēli: Skat. Vispārējo noteikumu pielikuma 5. - 7.attēlu  
 Piedāvātā cena jānorāda EUR bez PVN (...</t>
   </si>
   <si>
     <t>3.pozīcija.  Drons
 Daudzums: 1 gab.
 Cita informācija: Tehniskais stāvoklis nav zināms
 Fotoattēli: Skat. Vispārējo noteikumu pielikuma 8. - 9.attēlu  
 Piedāvātā cena jānorāda EUR bez PVN (PVN netie...</t>
   </si>
   <si>
     <t>Pirms piedāvājuma iesniegšanas, lūdzam pārliecināties par norādīto cenu korektumu.</t>
   </si>
   <si>
-    <t>anonymous</t>
-[...1 lines deleted...]
-  <si>
     <t>1</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Apliecinu, ka manas piedāvātās cenas ir norādītas korektas.</t>
   </si>
   <si>
     <t>1€</t>
   </si>
   <si>
     <t>90€</t>
   </si>
   <si>
     <t xml:space="preserve">80€ </t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>20.00</t>
   </si>
   <si>
+    <t>35,99</t>
+  </si>
+  <si>
+    <t>10.00</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>12,99</t>
+  </si>
+  <si>
+    <t>36,99</t>
+  </si>
+  <si>
+    <t>27,99</t>
+  </si>
+  <si>
+    <t>neinteresē</t>
+  </si>
+  <si>
+    <t>95,99</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>6.55</t>
+  </si>
+  <si>
+    <t>52.75</t>
+  </si>
+  <si>
+    <t>152.51</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
-    <t>Piedavajuma iesniegšanas laiks</t>
+    <t>Piedavājuma iesniegšanas laiks</t>
   </si>
   <si>
     <t>Fiziska persona</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="165" formatCode="m/d/yy\ h:mm:ss"/>
   </numFmts>
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -151,102 +214,98 @@
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="9">
+  <dxfs count="8">
     <dxf>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-    </dxf>
-[...1 lines deleted...]
-      <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="165" formatCode="m/d/yy\ h:mm:ss"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A1:H7" totalsRowShown="0" headerRowDxfId="0">
-[...4 lines deleted...]
-    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="E-pasts" dataDxfId="6"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A1:G18" totalsRowShown="0" headerRowDxfId="0">
+  <autoFilter ref="A1:G18" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+  <tableColumns count="7">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Nr.p.k." dataDxfId="7"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Piedavājuma iesniegšanas laiks" dataDxfId="6"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Juridiskas personas nosaukums/Fiziskas personas vārds, uzvārds _x000a_" dataDxfId="5"/>
     <tableColumn id="14" xr3:uid="{00000000-0010-0000-0000-00000E000000}" name="1.pozīcija. JVC videokamera  _x000a_Daudzums: 1 gab._x000a_Cita informācija: Tehniskais stāvoklis nav zināms, strāvas vadam ir vajadzīgs adapters._x000a_Fotoattēli: Skat. Vispārējo noteikumu pielikuma 1. - 4. attēl..." dataDxfId="4"/>
     <tableColumn id="15" xr3:uid="{00000000-0010-0000-0000-00000F000000}" name="2.pozīcija.  GoPro 7 kamera_x000a_Daudzums: 1 gab._x000a_Cita informācija: Tehniskais stāvoklis nav zināms_x000a_Fotoattēli: Skat. Vispārējo noteikumu pielikuma 5. - 7.attēlu  _x000a_Piedāvātā cena jānorāda EUR bez PVN (..." dataDxfId="3"/>
     <tableColumn id="16" xr3:uid="{00000000-0010-0000-0000-000010000000}" name="3.pozīcija.  Drons_x000a_Daudzums: 1 gab._x000a_Cita informācija: Tehniskais stāvoklis nav zināms_x000a_Fotoattēli: Skat. Vispārējo noteikumu pielikuma 8. - 9.attēlu  _x000a_Piedāvātā cena jānorāda EUR bez PVN (PVN netie..." dataDxfId="2"/>
     <tableColumn id="17" xr3:uid="{00000000-0010-0000-0000-000011000000}" name="Pirms piedāvājuma iesniegšanas, lūdzam pārliecināties par norādīto cenu korektumu." dataDxfId="1"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -514,234 +573,460 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:G18"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H2" sqref="H2:H7"/>
+    <sheetView tabSelected="1" topLeftCell="A8" workbookViewId="0">
+      <selection activeCell="G2" sqref="G2:G18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.7109375" customWidth="1"/>
-    <col min="2" max="8" width="20" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="8.140625" customWidth="1"/>
+    <col min="2" max="7" width="20" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="210" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" ht="210" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="H1" s="2" t="s">
-[...3 lines deleted...]
-    <row r="2" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+    </row>
+    <row r="2" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" s="1">
         <v>45947.609386574099</v>
       </c>
       <c r="C2" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D2" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E2" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="D2" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E2" s="3" t="s">
+      <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="F2" s="3" t="s">
-[...9 lines deleted...]
-    <row r="3" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="G2" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" s="1">
         <v>45947.6812615741</v>
       </c>
       <c r="C3" s="4" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="D3" s="4" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="E3" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="F3" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="F3" s="4" t="s">
-[...9 lines deleted...]
-    <row r="4" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="G3" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" s="1">
         <v>45947.905856481499</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>42</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F4" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="F4" s="3" t="s">
-[...9 lines deleted...]
-    <row r="5" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="G4" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" s="1">
         <v>45947.906122685199</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>6</v>
-[...13 lines deleted...]
-    <row r="6" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+        <v>42</v>
+      </c>
+      <c r="D5" s="4"/>
+      <c r="E5" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F5" s="4"/>
+      <c r="G5" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" s="1">
         <v>45949.009594907402</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>42</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>5</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="7" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+        <v>12</v>
+      </c>
+      <c r="G6" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" s="1">
         <v>45949.917233796303</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D7" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" s="4"/>
+      <c r="E7" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F7" s="4"/>
+      <c r="G7" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A8">
+        <v>7</v>
+      </c>
+      <c r="B8" s="1">
+        <v>45951.406585648103</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" s="4"/>
+      <c r="E8" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8" s="4"/>
+      <c r="G8" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A9">
+        <v>8</v>
+      </c>
+      <c r="B9" s="1">
+        <v>45951.628541666701</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A10">
+        <v>9</v>
+      </c>
+      <c r="B10" s="1">
+        <v>45951.794930555603</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A11">
+        <v>10</v>
+      </c>
+      <c r="B11" s="1">
+        <v>45952.425995370402</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D11" s="4"/>
+      <c r="E11" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="E7" s="4"/>
-[...5 lines deleted...]
-        <v>10</v>
+      <c r="F11" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A12">
+        <v>11</v>
+      </c>
+      <c r="B12" s="1">
+        <v>45952.440057870401</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E12" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F12" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A13">
+        <v>12</v>
+      </c>
+      <c r="B13" s="1">
+        <v>45952.535115740699</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E13" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F13" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="G13" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A14">
+        <v>13</v>
+      </c>
+      <c r="B14" s="1">
+        <v>45952.678460648101</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G14" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A15">
+        <v>14</v>
+      </c>
+      <c r="B15" s="1">
+        <v>45952.7515277778</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G15" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A16">
+        <v>15</v>
+      </c>
+      <c r="B16" s="1">
+        <v>45952.9300925926</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A17">
+        <v>16</v>
+      </c>
+      <c r="B17" s="1">
+        <v>45952.944027777798</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="G17" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A18">
+        <v>17</v>
+      </c>
+      <c r="B18" s="1">
+        <v>45952.953275462998</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>8</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>