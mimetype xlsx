--- v0 (2025-10-27)
+++ v1 (2026-01-09)
@@ -6,214 +6,724 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\rreg0625\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A2495671-07ED-470F-98B1-FFBA2C9086F9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{48DC3223-0247-4F73-B914-9EEC13AF003D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2970" yWindow="1320" windowWidth="21600" windowHeight="12525" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="397" uniqueCount="182">
   <si>
     <t>Juridiskas personas nosaukums/Fiziskas personas vārds, uzvārds</t>
   </si>
   <si>
     <t>1.pozīcija 
 Juvelierizstrādājumi: Baltā zelta sakausējuma auskari “Piaget” (Ref: G38PX300; ID Nr.E29212) ar iestrādātiem 100 baltas krāsas naturālajiem briljantiem 1 pāris  
 Prove: 750 
   Svars: 1...</t>
   </si>
   <si>
     <t>2.pozīcija: 
 Juvelierizstrādājumi: Baltā zelta sakausējuma auskari “Piaget” (Ref: G38PX300;  ID Nr.E29211) ar iestrādātiem 100 baltas krāsas naturālajiem briljantiem 1 pāris  
 Prove: 750  
 Svars: ...</t>
   </si>
   <si>
     <t>3.pozīcija 
 Juvelierizstrādājumi: Baltā zelta sakausējuma kaklarota “Piaget” (Ref: G33P0038; ID Nr.E25571) ar iestrādātiem 62 baltas krāsas naturālajiem briljantiem 1 gab.
   Prove: 750  
 Svars: 17...</t>
   </si>
   <si>
     <t>4.pozīcija 
 Juvelierizstrādājumi: baltā zelta sakausējuma kaklarota “Piaget”(Ref: G33PX900; ID Nr.E29525) ar iestrādātiem 79 baltas krāsas naturālajiem briljantiem 1 gab.
 Prove: 750  
 Svars: 17,72...</t>
   </si>
   <si>
     <t>5.pozīcija 
 Juvelierizstrādājumi: baltā zelta sakausējuma gredzens “Piaget” (Ref: G34PX652; ID Nr.E29161) ar iestrādātiem 121 baltas krāsas naturālajiem briljantiem 1 gab.  
 Prove: 750  
 Svars: 12...</t>
   </si>
   <si>
     <t xml:space="preserve">Pirms piedāvājuma iesniegšanas, lūdzam pārliecināties par norādīto cenu korektumu. 
 </t>
   </si>
   <si>
     <t>Fiziska persona</t>
   </si>
   <si>
     <t>50.00</t>
   </si>
   <si>
     <t>Apliecinu, ka manas piedāvātās cenas ir norādītas korektas.</t>
   </si>
   <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>110,00</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>201.00</t>
+  </si>
+  <si>
+    <t>268.68</t>
+  </si>
+  <si>
+    <t>110.00</t>
+  </si>
+  <si>
+    <t>409</t>
+  </si>
+  <si>
+    <t>369</t>
+  </si>
+  <si>
+    <t>609</t>
+  </si>
+  <si>
+    <t>629</t>
+  </si>
+  <si>
+    <t>639</t>
+  </si>
+  <si>
+    <t>202.00</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>867</t>
+  </si>
+  <si>
+    <t>866</t>
+  </si>
+  <si>
+    <t>917</t>
+  </si>
+  <si>
+    <t>992</t>
+  </si>
+  <si>
+    <t>997</t>
+  </si>
+  <si>
+    <t xml:space="preserve">300.00 EUR </t>
+  </si>
+  <si>
+    <t>1234,56</t>
+  </si>
+  <si>
+    <t>878,78</t>
+  </si>
+  <si>
+    <t>1374,32</t>
+  </si>
+  <si>
+    <t>1378,90</t>
+  </si>
+  <si>
+    <t>1777,77</t>
+  </si>
+  <si>
+    <t>210,21</t>
+  </si>
+  <si>
+    <t>301,21</t>
+  </si>
+  <si>
+    <t>402,21</t>
+  </si>
+  <si>
+    <t>403,21</t>
+  </si>
+  <si>
+    <t>353,31</t>
+  </si>
+  <si>
+    <t>231.99</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>357.99</t>
+  </si>
+  <si>
+    <t>309.99</t>
+  </si>
+  <si>
+    <t>211,99</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>252</t>
+  </si>
+  <si>
+    <t>500,00</t>
+  </si>
+  <si>
+    <t>250,50</t>
+  </si>
+  <si>
+    <t>303,03</t>
+  </si>
+  <si>
+    <t>225,25</t>
+  </si>
+  <si>
+    <t>333,33</t>
+  </si>
+  <si>
+    <t>255,55</t>
+  </si>
+  <si>
+    <t>616.01</t>
+  </si>
+  <si>
+    <t>577.5</t>
+  </si>
+  <si>
+    <t>770.07</t>
+  </si>
+  <si>
+    <t>616.06</t>
+  </si>
+  <si>
+    <t>1003,00</t>
+  </si>
+  <si>
+    <t>703,00</t>
+  </si>
+  <si>
+    <t>1102,00</t>
+  </si>
+  <si>
+    <t>1200,00</t>
+  </si>
+  <si>
+    <t>820,00</t>
+  </si>
+  <si>
+    <t>1210,00</t>
+  </si>
+  <si>
+    <t>1300,00</t>
+  </si>
+  <si>
+    <t>358.68</t>
+  </si>
+  <si>
+    <t>1005,00</t>
+  </si>
+  <si>
+    <t>1450,00</t>
+  </si>
+  <si>
+    <t>1320,00</t>
+  </si>
+  <si>
+    <t>405</t>
+  </si>
+  <si>
+    <t>305</t>
+  </si>
+  <si>
+    <t>505</t>
+  </si>
+  <si>
+    <t>850,00</t>
+  </si>
+  <si>
+    <t>271</t>
+  </si>
+  <si>
+    <t>323</t>
+  </si>
+  <si>
+    <t>503</t>
+  </si>
+  <si>
+    <t>325</t>
+  </si>
+  <si>
+    <t>333</t>
+  </si>
+  <si>
+    <t>404</t>
+  </si>
+  <si>
+    <t>301</t>
+  </si>
+  <si>
+    <t>211</t>
+  </si>
+  <si>
+    <t>351</t>
+  </si>
+  <si>
+    <t>299,99</t>
+  </si>
+  <si>
+    <t>355</t>
+  </si>
+  <si>
+    <t>450</t>
+  </si>
+  <si>
+    <t>359</t>
+  </si>
+  <si>
+    <t>303</t>
+  </si>
+  <si>
+    <t>257,00</t>
+  </si>
+  <si>
+    <t>880.02</t>
+  </si>
+  <si>
+    <t>870.02</t>
+  </si>
+  <si>
+    <t>1300.02</t>
+  </si>
+  <si>
+    <t>1305.02</t>
+  </si>
+  <si>
+    <t>987.02</t>
+  </si>
+  <si>
+    <t>550.02</t>
+  </si>
+  <si>
+    <t>883.52</t>
+  </si>
+  <si>
+    <t>886.02</t>
+  </si>
+  <si>
+    <t>641.88</t>
+  </si>
+  <si>
+    <t>311</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>651,99</t>
+  </si>
+  <si>
+    <t>581,99</t>
+  </si>
+  <si>
+    <t>675,99</t>
+  </si>
+  <si>
+    <t>578,99</t>
+  </si>
+  <si>
+    <t>695,99</t>
+  </si>
+  <si>
+    <t>812,99</t>
+  </si>
+  <si>
+    <t>1201,99</t>
+  </si>
+  <si>
+    <t>905,99</t>
+  </si>
+  <si>
+    <t>857,99</t>
+  </si>
+  <si>
+    <t>901,99</t>
+  </si>
+  <si>
+    <t>1278,99</t>
+  </si>
+  <si>
+    <t>1320,99</t>
+  </si>
+  <si>
+    <t>1015,99</t>
+  </si>
+  <si>
+    <t>701</t>
+  </si>
+  <si>
+    <t>777</t>
+  </si>
+  <si>
+    <t>689</t>
+  </si>
+  <si>
+    <t>778</t>
+  </si>
+  <si>
+    <t>801</t>
+  </si>
+  <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>212</t>
+  </si>
+  <si>
+    <t>1721,12</t>
+  </si>
+  <si>
+    <t>1518,00</t>
+  </si>
+  <si>
+    <t>1567,89</t>
+  </si>
+  <si>
+    <t>2304,00</t>
+  </si>
+  <si>
+    <t>2889,10</t>
+  </si>
+  <si>
+    <t>501,99</t>
+  </si>
+  <si>
+    <t>500,99</t>
+  </si>
+  <si>
+    <t>601,99</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>1063</t>
+  </si>
+  <si>
+    <t>1006</t>
+  </si>
+  <si>
+    <t>768</t>
+  </si>
+  <si>
+    <t>1432</t>
+  </si>
+  <si>
+    <t>1781</t>
+  </si>
+  <si>
+    <t>435</t>
+  </si>
+  <si>
+    <t>468</t>
+  </si>
+  <si>
+    <t>375</t>
+  </si>
+  <si>
+    <t>479</t>
+  </si>
+  <si>
+    <t>412</t>
+  </si>
+  <si>
+    <t>1516</t>
+  </si>
+  <si>
+    <t>1713</t>
+  </si>
+  <si>
+    <t>1033,78</t>
+  </si>
+  <si>
+    <t>1818,59</t>
+  </si>
+  <si>
+    <t>2226</t>
+  </si>
+  <si>
+    <t>1314</t>
+  </si>
+  <si>
+    <t>1336</t>
+  </si>
+  <si>
+    <t>927</t>
+  </si>
+  <si>
+    <t>2025,8</t>
+  </si>
+  <si>
+    <t>2526</t>
+  </si>
+  <si>
+    <t>376,99</t>
+  </si>
+  <si>
+    <t>358,99</t>
+  </si>
+  <si>
+    <t>280,99</t>
+  </si>
+  <si>
+    <t>402,99</t>
+  </si>
+  <si>
+    <t>431,00</t>
+  </si>
+  <si>
+    <t>3101.00</t>
+  </si>
+  <si>
+    <t>2201.00</t>
+  </si>
+  <si>
+    <t>4101.00</t>
+  </si>
+  <si>
+    <t>5101.00</t>
+  </si>
+  <si>
+    <t>710.00</t>
+  </si>
+  <si>
+    <t>520.00</t>
+  </si>
+  <si>
+    <t>910.00</t>
+  </si>
+  <si>
+    <t>1235.00</t>
+  </si>
+  <si>
+    <t>550.00 EUR</t>
+  </si>
+  <si>
+    <t>750.01 EUR</t>
+  </si>
+  <si>
+    <t>535.00 EUR</t>
+  </si>
+  <si>
+    <t>575.00 EUR</t>
+  </si>
+  <si>
+    <t>555.00 EUR</t>
+  </si>
+  <si>
+    <t>1065,64 EUR</t>
+  </si>
+  <si>
+    <t>1055,78 EUR</t>
+  </si>
+  <si>
+    <t>1539,39 EUR</t>
+  </si>
+  <si>
+    <t>1543,18 EUR</t>
+  </si>
+  <si>
+    <t>1171,76 EUR</t>
+  </si>
+  <si>
     <t>Numurs pēc kārtas</t>
   </si>
   <si>
     <t>Piedāvājuma iesniegšanas laiks</t>
+  </si>
+  <si>
+    <t>Juridiska persona</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
-    <numFmt numFmtId="165" formatCode="m/d/yy\ h:mm:ss"/>
+    <numFmt numFmtId="164" formatCode="m/d/yy\ h:mm:ss"/>
   </numFmts>
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="9">
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
-      <numFmt numFmtId="165" formatCode="m/d/yy\ h:mm:ss"/>
+      <numFmt numFmtId="164" formatCode="m/d/yy\ h:mm:ss"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A1:I2" totalsRowShown="0">
-  <autoFilter ref="A1:I2" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A1:I63" totalsRowShown="0">
+  <autoFilter ref="A1:I63" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="9">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Numurs pēc kārtas" dataDxfId="8"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Piedāvājuma iesniegšanas laiks" dataDxfId="7"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Juridiskas personas nosaukums/Fiziskas personas vārds, uzvārds" dataDxfId="6"/>
     <tableColumn id="14" xr3:uid="{00000000-0010-0000-0000-00000E000000}" name="1.pozīcija _x000a_Juvelierizstrādājumi: Baltā zelta sakausējuma auskari “Piaget” (Ref: G38PX300; ID Nr.E29212) ar iestrādātiem 100 baltas krāsas naturālajiem briljantiem 1 pāris  _x000a_Prove: 750 _x000a_  Svars: 1..." dataDxfId="5"/>
     <tableColumn id="15" xr3:uid="{00000000-0010-0000-0000-00000F000000}" name="2.pozīcija: _x000a_Juvelierizstrādājumi: Baltā zelta sakausējuma auskari “Piaget” (Ref: G38PX300;  ID Nr.E29211) ar iestrādātiem 100 baltas krāsas naturālajiem briljantiem 1 pāris  _x000a_Prove: 750  _x000a_Svars: ..." dataDxfId="4"/>
     <tableColumn id="16" xr3:uid="{00000000-0010-0000-0000-000010000000}" name="3.pozīcija _x000a_Juvelierizstrādājumi: Baltā zelta sakausējuma kaklarota “Piaget” (Ref: G33P0038; ID Nr.E25571) ar iestrādātiem 62 baltas krāsas naturālajiem briljantiem 1 gab._x000a_  Prove: 750  _x000a_Svars: 17..." dataDxfId="3"/>
     <tableColumn id="17" xr3:uid="{00000000-0010-0000-0000-000011000000}" name="4.pozīcija _x000a_Juvelierizstrādājumi: baltā zelta sakausējuma kaklarota “Piaget”(Ref: G33PX900; ID Nr.E29525) ar iestrādātiem 79 baltas krāsas naturālajiem briljantiem 1 gab._x000a_Prove: 750  _x000a_Svars: 17,72..." dataDxfId="2"/>
     <tableColumn id="18" xr3:uid="{00000000-0010-0000-0000-000012000000}" name="5.pozīcija _x000a_Juvelierizstrādājumi: baltā zelta sakausējuma gredzens “Piaget” (Ref: G34PX652; ID Nr.E29161) ar iestrādātiem 121 baltas krāsas naturālajiem briljantiem 1 gab.  _x000a_Prove: 750  _x000a_Svars: 12..." dataDxfId="1"/>
     <tableColumn id="19" xr3:uid="{00000000-0010-0000-0000-000013000000}" name="Pirms piedāvājuma iesniegšanas, lūdzam pārliecināties par norādīto cenu korektumu. _x000a_" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -486,108 +996,1793 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:I2"/>
+  <dimension ref="A1:I63"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B10" sqref="B10"/>
+    <sheetView tabSelected="1" topLeftCell="A30" workbookViewId="0">
+      <selection activeCell="C2" sqref="C2:C62"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="9" width="20" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
-        <v>10</v>
+        <v>179</v>
       </c>
       <c r="B1" s="3" t="s">
-        <v>11</v>
+        <v>180</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="I1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" s="1">
         <v>45956.4503356481</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="2" t="s">
         <v>8</v>
       </c>
       <c r="I2" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A3">
+        <v>2</v>
+      </c>
+      <c r="B3" s="1">
+        <v>45957.412210648101</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H3" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I3" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A4">
+        <v>3</v>
+      </c>
+      <c r="B4" s="1">
+        <v>45957.4859027778</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="H4" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A5">
+        <v>4</v>
+      </c>
+      <c r="B5" s="1">
+        <v>45957.799490740697</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="F5" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H5" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="I5" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A6">
+        <v>5</v>
+      </c>
+      <c r="B6" s="1">
+        <v>45957.802465277797</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F6" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="I6" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A7">
+        <v>6</v>
+      </c>
+      <c r="B7" s="1">
+        <v>45959.382337962998</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="F7" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H7" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="I7" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A8">
+        <v>7</v>
+      </c>
+      <c r="B8" s="1">
+        <v>45959.450960648101</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="I8" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9">
+        <v>8</v>
+      </c>
+      <c r="B9" s="1">
+        <v>45959.574224536998</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D9" s="3"/>
+      <c r="E9" s="3"/>
+      <c r="F9" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H9" s="3"/>
+      <c r="I9" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10">
+        <v>9</v>
+      </c>
+      <c r="B10" s="1">
+        <v>45959.733912037002</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I10" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11">
+        <v>10</v>
+      </c>
+      <c r="B11" s="1">
+        <v>45960.363321759301</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E11" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="F11" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="G11" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H11" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I11" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12">
+        <v>11</v>
+      </c>
+      <c r="B12" s="1">
+        <v>45960.370497685202</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D12" s="3"/>
+      <c r="E12" s="3"/>
+      <c r="F12" s="3"/>
+      <c r="G12" s="3"/>
+      <c r="H12" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="I12" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13">
+        <v>12</v>
+      </c>
+      <c r="B13" s="1">
+        <v>45960.426689814798</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F13" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="G13" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="H13" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="I13" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14">
+        <v>13</v>
+      </c>
+      <c r="B14" s="1">
+        <v>45960.4389814815</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D14" s="3"/>
+      <c r="E14" s="3"/>
+      <c r="F14" s="3"/>
+      <c r="G14" s="3"/>
+      <c r="H14" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I14" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A15">
+        <v>14</v>
+      </c>
+      <c r="B15" s="1">
+        <v>45960.445740740703</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F15" s="3"/>
+      <c r="G15" s="3"/>
+      <c r="H15" s="3"/>
+      <c r="I15" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16">
+        <v>15</v>
+      </c>
+      <c r="B16" s="1">
+        <v>45960.4741319444</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I16" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17">
+        <v>16</v>
+      </c>
+      <c r="B17" s="1">
+        <v>45960.479293981502</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="H17" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="I17" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18">
+        <v>17</v>
+      </c>
+      <c r="B18" s="1">
+        <v>45960.506666666697</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="I18" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19">
+        <v>18</v>
+      </c>
+      <c r="B19" s="1">
+        <v>45960.549270833297</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D19" s="3"/>
+      <c r="E19" s="3"/>
+      <c r="F19" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H19" s="3"/>
+      <c r="I19" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20">
+        <v>19</v>
+      </c>
+      <c r="B20" s="1">
+        <v>45960.555324074099</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="H20" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="I20" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21">
+        <v>20</v>
+      </c>
+      <c r="B21" s="1">
+        <v>45960.573784722197</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D21" s="3"/>
+      <c r="E21" s="3"/>
+      <c r="F21" s="3"/>
+      <c r="G21" s="3"/>
+      <c r="H21" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="I21" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22">
+        <v>21</v>
+      </c>
+      <c r="B22" s="1">
+        <v>45960.634305555599</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="E22" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="G22" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H22" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="I22" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23">
+        <v>22</v>
+      </c>
+      <c r="B23" s="1">
+        <v>45960.694386574098</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D23" s="3"/>
+      <c r="E23" s="3"/>
+      <c r="F23" s="3"/>
+      <c r="G23" s="3"/>
+      <c r="H23" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="I23" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24">
+        <v>23</v>
+      </c>
+      <c r="B24" s="1">
+        <v>45960.725381944401</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F24" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="G24" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H24" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="I24" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25">
+        <v>24</v>
+      </c>
+      <c r="B25" s="1">
+        <v>45960.733634259297</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="H25" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="I25" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26">
+        <v>25</v>
+      </c>
+      <c r="B26" s="1">
+        <v>45960.749699074098</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="H26" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="I26" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27">
+        <v>26</v>
+      </c>
+      <c r="B27" s="1">
+        <v>45960.758726851796</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="E27" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F27" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="G27" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="H27" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="I27" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28">
+        <v>27</v>
+      </c>
+      <c r="B28" s="1">
+        <v>45960.762719907398</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H28" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I28" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A29">
+        <v>28</v>
+      </c>
+      <c r="B29" s="1">
+        <v>45960.763634259303</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H29" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A30">
+        <v>29</v>
+      </c>
+      <c r="B30" s="1">
+        <v>45960.784074074101</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="E30" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F30" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="G30" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="H30" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="I30" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31">
+        <v>30</v>
+      </c>
+      <c r="B31" s="1">
+        <v>45960.795115740701</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="E31" s="3"/>
+      <c r="F31" s="3"/>
+      <c r="G31" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="H31" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="I31" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32">
+        <v>31</v>
+      </c>
+      <c r="B32" s="1">
+        <v>45960.795138888898</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="G32" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="H32" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="I32" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A33">
+        <v>32</v>
+      </c>
+      <c r="B33" s="1">
+        <v>45960.796435185199</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D33" s="3"/>
+      <c r="E33" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G33" s="3"/>
+      <c r="H33" s="3"/>
+      <c r="I33" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34">
+        <v>33</v>
+      </c>
+      <c r="B34" s="1">
+        <v>45960.7967824074</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="E34" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F34" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="G34" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="H34" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="I34" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35">
+        <v>34</v>
+      </c>
+      <c r="B35" s="1">
+        <v>45960.809722222199</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="E35" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F35" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="G35" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="H35" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="I35" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A36">
+        <v>35</v>
+      </c>
+      <c r="B36" s="1">
+        <v>45960.811967592599</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="E36" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="F36" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="H36" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="I36" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A37">
+        <v>36</v>
+      </c>
+      <c r="B37" s="1">
+        <v>45960.816469907397</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F37" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="G37" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="H37" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="I37" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A38">
+        <v>37</v>
+      </c>
+      <c r="B38" s="1">
+        <v>45960.817997685197</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="E38" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F38" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="G38" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="H38" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="I38" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A39">
+        <v>38</v>
+      </c>
+      <c r="B39" s="1">
+        <v>45960.845648148097</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H39" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="I39" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A40">
+        <v>39</v>
+      </c>
+      <c r="B40" s="1">
+        <v>45960.875590277799</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="E40" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="F40" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="G40" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="H40" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="I40" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A41">
+        <v>40</v>
+      </c>
+      <c r="B41" s="1">
+        <v>45960.878194444398</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="E41" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="F41" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="G41" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="H41" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="I41" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A42">
+        <v>41</v>
+      </c>
+      <c r="B42" s="1">
+        <v>45960.892858796302</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="E42" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F42" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="G42" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="H42" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="I42" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A43">
+        <v>42</v>
+      </c>
+      <c r="B43" s="1">
+        <v>45960.897395833301</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="E43" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="F43" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="G43" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="H43" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="I43" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A44">
+        <v>43</v>
+      </c>
+      <c r="B44" s="1">
+        <v>45960.909942129598</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D44" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H44" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="I44" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A45">
+        <v>44</v>
+      </c>
+      <c r="B45" s="1">
+        <v>45960.910057870402</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="E45" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F45" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="G45" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="H45" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="I45" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A46">
+        <v>45</v>
+      </c>
+      <c r="B46" s="1">
+        <v>45960.911736111098</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="H46" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="I46" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A47">
+        <v>46</v>
+      </c>
+      <c r="B47" s="1">
+        <v>45960.921990740702</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D47" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="H47" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="I47" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A48">
+        <v>47</v>
+      </c>
+      <c r="B48" s="1">
+        <v>45960.926493055602</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="E48" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="F48" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="G48" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="H48" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="I48" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A49">
+        <v>48</v>
+      </c>
+      <c r="B49" s="1">
+        <v>45960.9304513889</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="E49" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="F49" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="G49" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="H49" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I49" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A50">
+        <v>49</v>
+      </c>
+      <c r="B50" s="1">
+        <v>45960.931296296301</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D50" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="H50" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="I50" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A51">
+        <v>50</v>
+      </c>
+      <c r="B51" s="1">
+        <v>45960.931990740697</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D51" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="H51" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="I51" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A52">
+        <v>51</v>
+      </c>
+      <c r="B52" s="1">
+        <v>45960.932708333297</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D52" s="3"/>
+      <c r="E52" s="3"/>
+      <c r="F52" s="3"/>
+      <c r="G52" s="3"/>
+      <c r="H52" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="I52" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53">
+        <v>52</v>
+      </c>
+      <c r="B53" s="1">
+        <v>45960.933275463001</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="E53" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="F53" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="G53" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H53" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A54">
+        <v>53</v>
+      </c>
+      <c r="B54" s="1">
+        <v>45960.933680555601</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D54" s="3"/>
+      <c r="E54" s="3"/>
+      <c r="F54" s="3"/>
+      <c r="G54" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="H54" s="3"/>
+      <c r="I54" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A55">
+        <v>54</v>
+      </c>
+      <c r="B55" s="1">
+        <v>45960.934097222198</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="E55" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="F55" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="G55" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="H55" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="I55" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A56">
+        <v>55</v>
+      </c>
+      <c r="B56" s="1">
+        <v>45960.934328703697</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D56" s="3"/>
+      <c r="E56" s="3"/>
+      <c r="F56" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="G56" s="3"/>
+      <c r="H56" s="3"/>
+      <c r="I56" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A57">
+        <v>56</v>
+      </c>
+      <c r="B57" s="1">
+        <v>45960.935995370397</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="E57" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="H57" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="I57" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A58">
+        <v>57</v>
+      </c>
+      <c r="B58" s="1">
+        <v>45960.937442129602</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="E58" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="F58" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="H58" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="I58" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A59">
+        <v>58</v>
+      </c>
+      <c r="B59" s="1">
+        <v>45960.947048611102</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D59" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="H59" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="I59" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A60">
+        <v>59</v>
+      </c>
+      <c r="B60" s="1">
+        <v>45960.948159722197</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="E60" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="F60" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="G60" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="H60" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="I60" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A61">
+        <v>60</v>
+      </c>
+      <c r="B61" s="1">
+        <v>45960.980405092603</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="E61" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="F61" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="G61" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="H61" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="I61" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62">
+        <v>61</v>
+      </c>
+      <c r="B62" s="1">
+        <v>45960.9847800926</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D62" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="H62" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="I62" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A63">
+        <v>62</v>
+      </c>
+      <c r="B63" s="1">
+        <v>45960.997650463003</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="D63" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="H63" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="I63" s="3" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>