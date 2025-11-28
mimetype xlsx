--- v0 (2025-10-27)
+++ v1 (2025-11-28)
@@ -3,71 +3,71 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\rmri0851\Desktop\Uzaicinajumu mape\2025.gads\Briljanti\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\rmri0851\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\P7FB4F7J\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DC082CB3-E746-4E52-9673-E2B8D38571BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F860BA0A-5D87-4C6B-A92F-A979C76E40CE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-900" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="254" uniqueCount="98">
   <si>
     <t xml:space="preserve">Juridiskas personas nosaukums/Fiziskas personas vārds, uzvārds 
 </t>
   </si>
   <si>
     <t>1.pozīcija
 Vīriešu pulkstenis “Oskar Emil”
 Apraksts Pulkstenis izgatavots no tērauda sakausējuma, iestrādāti akmeņi – stikli, lietots
 Daudzums 1 gab.
 Svars 128,30 g
 Attēlus skat. Vispārējo noteiku...</t>
   </si>
   <si>
     <t>2.pozīcija
 Dabīgie briljanti
 Apraksts apaļa, briljanta slīpējuma, ~ 4,2 - ~ 4,3 mm Ø
 Daudzums 2 gab.
 Svars 0,61 ct
 Minimālā materiālā vērtība 800,00 EUR
 Attēlus skat. Vispārējo noteikumu 1.pieliku...</t>
   </si>
   <si>
     <t>3.pozīcija
 Dabīgie briljanti 
 Apraksts apaļi, briljanta slīpējuma, ~ 2,7 - ~ 3,3 mm Ø
@@ -133,173 +133,416 @@
   <si>
     <t>10.pozīcija
 Dabīgais briljants 
 Apraksts apaļš, briljanta slīpējuma, ~ 4,2 mm Ø
 Daudzums 1 gab.
 Svars 0,30(5) ct
 Minimālā materiālā vērtība 580,00 EUR
 Attēlus skat. Vispārējo noteikumu 1.pielikuma...</t>
   </si>
   <si>
     <t>11.pozīcija
 Dabīgie briljanti 
 Apraksts taisnstūra, princeses slīpējuma ,~ 2,4 - ~ 3,1 mm
 Daudzums 8 gab.
 Svars 0,98 ct
 Minimālā materiālā vērtība 750,00 EUR
 Attēlus skat. Vispārējo noteikumu 1.pi...</t>
   </si>
   <si>
     <t>23,33</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>33,07</t>
+  </si>
+  <si>
+    <t>35,00</t>
+  </si>
+  <si>
+    <t>51,00</t>
+  </si>
+  <si>
+    <t>50.00</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>5,55</t>
+  </si>
+  <si>
+    <t>5,01</t>
+  </si>
+  <si>
+    <t>4,02</t>
+  </si>
+  <si>
+    <t>5,02</t>
+  </si>
+  <si>
+    <t>2,02</t>
+  </si>
+  <si>
+    <t>3,03</t>
+  </si>
+  <si>
+    <t>1,20</t>
+  </si>
+  <si>
+    <t>3,09</t>
+  </si>
+  <si>
+    <t>5,05</t>
+  </si>
+  <si>
+    <t>2,11</t>
+  </si>
+  <si>
+    <t>35,15</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>1001,51</t>
+  </si>
+  <si>
+    <t>1251,51</t>
+  </si>
+  <si>
+    <t>404</t>
+  </si>
+  <si>
+    <t>757</t>
+  </si>
+  <si>
+    <t>252</t>
+  </si>
+  <si>
+    <t>606</t>
+  </si>
+  <si>
+    <t>137,51</t>
+  </si>
+  <si>
+    <t>145,51</t>
+  </si>
+  <si>
+    <t>187,51</t>
+  </si>
+  <si>
+    <t>31,00</t>
+  </si>
+  <si>
+    <t>110,00</t>
+  </si>
+  <si>
+    <t>375,00</t>
+  </si>
+  <si>
+    <t>502,00</t>
+  </si>
+  <si>
+    <t>205,00</t>
+  </si>
+  <si>
+    <t>290,00</t>
+  </si>
+  <si>
+    <t>87,00</t>
+  </si>
+  <si>
+    <t>250,00</t>
+  </si>
+  <si>
+    <t>61,00</t>
+  </si>
+  <si>
+    <t>63,00</t>
+  </si>
+  <si>
+    <t>77,00</t>
+  </si>
+  <si>
+    <t>0,00</t>
+  </si>
+  <si>
+    <t>70,00</t>
+  </si>
+  <si>
+    <t>73,00</t>
+  </si>
+  <si>
+    <t>78,00</t>
+  </si>
+  <si>
+    <t>100.00</t>
+  </si>
+  <si>
+    <t>61,01</t>
+  </si>
+  <si>
+    <t>81,01</t>
+  </si>
+  <si>
+    <t>91,01</t>
+  </si>
+  <si>
+    <t>71,01</t>
+  </si>
+  <si>
+    <t>54,01</t>
+  </si>
+  <si>
+    <t>56,01</t>
+  </si>
+  <si>
+    <t>00,00</t>
+  </si>
+  <si>
+    <t>75,00</t>
+  </si>
+  <si>
+    <t>69,00</t>
+  </si>
+  <si>
+    <t>35,04</t>
+  </si>
+  <si>
+    <t>66,05</t>
+  </si>
+  <si>
+    <t>100,01</t>
+  </si>
+  <si>
+    <t>111,12</t>
+  </si>
+  <si>
+    <t>66,60</t>
+  </si>
+  <si>
+    <t>66,66</t>
+  </si>
+  <si>
+    <t>54,33</t>
+  </si>
+  <si>
+    <t>54,32</t>
+  </si>
+  <si>
+    <t>65,43</t>
+  </si>
+  <si>
+    <t>1000,01</t>
+  </si>
+  <si>
+    <t>750,01</t>
+  </si>
+  <si>
+    <t>11,11</t>
+  </si>
+  <si>
+    <t>39,12</t>
+  </si>
+  <si>
+    <t>51,02</t>
+  </si>
+  <si>
+    <t>36,09</t>
+  </si>
+  <si>
+    <t>55,55</t>
+  </si>
+  <si>
+    <t>49,23</t>
+  </si>
+  <si>
+    <t>35,98</t>
+  </si>
+  <si>
+    <t>42,65</t>
+  </si>
+  <si>
+    <t>15,98</t>
+  </si>
+  <si>
+    <t>12,09</t>
+  </si>
+  <si>
+    <t>14,75</t>
+  </si>
+  <si>
+    <t>0.00</t>
+  </si>
+  <si>
+    <t>79.00</t>
+  </si>
+  <si>
+    <t>69.00</t>
+  </si>
+  <si>
+    <t>2,00</t>
+  </si>
+  <si>
+    <t>60,00</t>
+  </si>
+  <si>
+    <t>30.01</t>
+  </si>
+  <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
-    <t>Piedavājuma iesniegšanas laiks</t>
+    <t>Piedāvājuma iesniegšanas laiks</t>
   </si>
   <si>
     <t>Fiziska persona</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
-    <numFmt numFmtId="165" formatCode="m/d/yy\ h:mm:ss"/>
+    <numFmt numFmtId="164" formatCode="m/d/yy\ h:mm:ss"/>
   </numFmts>
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="14">
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
-      <numFmt numFmtId="165" formatCode="m/d/yy\ h:mm:ss"/>
+      <numFmt numFmtId="164" formatCode="m/d/yy\ h:mm:ss"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A1:N2" totalsRowShown="0">
-  <autoFilter ref="A1:N2" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table1" displayName="Table1" ref="A1:N21" totalsRowShown="0">
+  <autoFilter ref="A1:N21" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="14">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Nr.p.k." dataDxfId="13"/>
-    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Piedavājuma iesniegšanas laiks" dataDxfId="12"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Piedāvājuma iesniegšanas laiks" dataDxfId="12"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Juridiskas personas nosaukums/Fiziskas personas vārds, uzvārds _x000a_" dataDxfId="11"/>
     <tableColumn id="20" xr3:uid="{00000000-0010-0000-0000-000014000000}" name="1.pozīcija_x000a_Vīriešu pulkstenis “Oskar Emil”_x000a_Apraksts Pulkstenis izgatavots no tērauda sakausējuma, iestrādāti akmeņi – stikli, lietots_x000a_Daudzums 1 gab._x000a_Svars 128,30 g_x000a_Attēlus skat. Vispārējo noteiku..." dataDxfId="10"/>
     <tableColumn id="21" xr3:uid="{00000000-0010-0000-0000-000015000000}" name="2.pozīcija_x000a_Dabīgie briljanti_x000a_Apraksts apaļa, briljanta slīpējuma, ~ 4,2 - ~ 4,3 mm Ø_x000a_Daudzums 2 gab._x000a_Svars 0,61 ct_x000a_Minimālā materiālā vērtība 800,00 EUR_x000a_Attēlus skat. Vispārējo noteikumu 1.pieliku..." dataDxfId="9"/>
     <tableColumn id="22" xr3:uid="{00000000-0010-0000-0000-000016000000}" name="3.pozīcija_x000a_Dabīgie briljanti _x000a_Apraksts apaļi, briljanta slīpējuma, ~ 2,7 - ~ 3,3 mm Ø_x000a_Daudzums 38 gab._x000a_Svars 4,39 ct_x000a_Minimālā materiālā vērtība 4000,00 EUR_x000a_Attēlus skat. Vispārējo noteikumu 1.piel..." dataDxfId="8"/>
     <tableColumn id="23" xr3:uid="{00000000-0010-0000-0000-000017000000}" name="4.pozīcija_x000a_Dabīgie briljanti _x000a_Apraksts apaļi, briljanta slīpējuma, ~ 3,3 - ~ 3,5 mm Ø_x000a_Daudzums 30 gab._x000a_Svars 4,66 ct_x000a_Minimālā materiālā vērtība 5000,00 EUR_x000a_Attēlus skat. Vispārējo noteikumu 1.piel..." dataDxfId="7"/>
     <tableColumn id="24" xr3:uid="{00000000-0010-0000-0000-000018000000}" name="5.pozīcija_x000a_Dabīgie briljanti _x000a_Apraksts apaļi, briljanta slīpējuma, ~ 3,1 - ~ 3,3 mm Ø_x000a_Daudzums 15 gab._x000a_Svars 1,80 ct_x000a_Minimālā materiālā vērtība 1600,00 EUR_x000a_Attēlus skat. Vispārējo noteikumu 1.piel..." dataDxfId="6"/>
     <tableColumn id="25" xr3:uid="{00000000-0010-0000-0000-000019000000}" name="6.pozīcija_x000a_Dabīgie briljanti _x000a_Apraksts apaļi, briljanta slīpējuma, ~ 3,4 - ~ 3,3 mm Ø_x000a_Daudzums 20 gab._x000a_Svars 3,21 ct_x000a_Minimālā materiālā vērtība 3000,00 EUR_x000a_Attēlus skat. Vispārējo noteikumu 1.piel..." dataDxfId="5"/>
     <tableColumn id="26" xr3:uid="{00000000-0010-0000-0000-00001A000000}" name="7.pozīcija_x000a_Dabīgie briljanti _x000a_Apraksts apaļi, briljanta slīpējuma, ~ 3,2 - ~ 3,4 mm Ø_x000a_Daudzums 12 gab._x000a_Svars 1,56(7) ct_x000a_Minimālā materiālā vērtība 1000,00 EUR_x000a_Attēlus skat. Vispārējo noteikumu 1.p..." dataDxfId="4"/>
     <tableColumn id="27" xr3:uid="{00000000-0010-0000-0000-00001B000000}" name="8.pozīcija_x000a_Dabīgie briljanti _x000a_Apraksts apaļi, briljanta slīpējuma, ~ 4,1 - ~ 4,4 mm Ø_x000a_Daudzums 6 gab._x000a_Svars 1,79(7) ct_x000a_Minimālā materiālā vērtība 2400,00 EUR_x000a_Attēlus skat. Vispārējo noteikumu 1.pi..." dataDxfId="3"/>
     <tableColumn id="28" xr3:uid="{00000000-0010-0000-0000-00001C000000}" name="9.pozīcija_x000a_Dabīgais briljants _x000a_Apraksts lāse, briljanta slīpējuma, ~ 6,0 x ~ 3,9 mm_x000a_Daudzums 1 gab._x000a_Svars 0,35(7) ct_x000a_Minimālā materiālā vērtība 550,00 EUR_x000a_Attēlus skat. Vispārējo noteikumu 1.pieli..." dataDxfId="2"/>
     <tableColumn id="29" xr3:uid="{00000000-0010-0000-0000-00001D000000}" name="10.pozīcija_x000a_Dabīgais briljants _x000a_Apraksts apaļš, briljanta slīpējuma, ~ 4,2 mm Ø_x000a_Daudzums 1 gab._x000a_Svars 0,30(5) ct_x000a_Minimālā materiālā vērtība 580,00 EUR_x000a_Attēlus skat. Vispārējo noteikumu 1.pielikuma..." dataDxfId="1"/>
     <tableColumn id="30" xr3:uid="{00000000-0010-0000-0000-00001E000000}" name="11.pozīcija_x000a_Dabīgie briljanti _x000a_Apraksts taisnstūra, princeses slīpējuma ,~ 2,4 - ~ 3,1 mm_x000a_Daudzums 8 gab._x000a_Svars 0,98 ct_x000a_Minimālā materiālā vērtība 750,00 EUR_x000a_Attēlus skat. Vispārējo noteikumu 1.pi..." dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -574,147 +817,983 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:N21"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" workbookViewId="0">
-      <selection activeCell="N20" sqref="N20"/>
+      <selection activeCell="J17" sqref="J17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.42578125" customWidth="1"/>
+    <col min="1" max="1" width="10.28515625" customWidth="1"/>
     <col min="2" max="14" width="20" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="195" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>15</v>
+        <v>96</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>8</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>9</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="N1" s="4" t="s">
+      <c r="N1" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" s="1">
         <v>45954.459282407399</v>
       </c>
       <c r="C2" s="4" t="s">
-        <v>16</v>
+        <v>97</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="N2" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="3" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A3">
+        <v>2</v>
+      </c>
+      <c r="B3" s="1">
+        <v>45957.8023958333</v>
+      </c>
+      <c r="C3" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="I3" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="J3" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="K3" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="L3" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="M3" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="N3" s="3" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A4">
+        <v>3</v>
+      </c>
+      <c r="B4" s="1">
+        <v>45957.953067129602</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="K4" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="L4" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="M4" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="N4" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A5">
+        <v>4</v>
+      </c>
+      <c r="B5" s="1">
+        <v>45959.741180555597</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F5" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="G5" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="H5" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I5" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="J5" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K5" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="L5" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="M5" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="N5" s="4" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A6">
+        <v>5</v>
+      </c>
+      <c r="B6" s="1">
+        <v>45959.925879629598</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H6" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="I6" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="J6" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="K6" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="L6" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="M6" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="N6" s="3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A7">
+        <v>6</v>
+      </c>
+      <c r="B7" s="1">
+        <v>45960.3102083333</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="F7" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="G7" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H7" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="I7" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="J7" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A8">
+        <v>7</v>
+      </c>
+      <c r="B8" s="1">
+        <v>45960.379826388897</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H8" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I8" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J8" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="K8" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="L8" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="M8" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="N8" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A9">
+        <v>8</v>
+      </c>
+      <c r="B9" s="1">
+        <v>45960.491458333301</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="I9" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="J9" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K9" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A10">
+        <v>9</v>
+      </c>
+      <c r="B10" s="1">
+        <v>45960.543182870402</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E10" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F10" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G10" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="I10" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="J10" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="N10" s="4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A11">
+        <v>10</v>
+      </c>
+      <c r="B11" s="1">
+        <v>45960.718055555597</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="E11" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="F11" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="G11" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="I11" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="J11" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="N11" s="4" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A12">
+        <v>11</v>
+      </c>
+      <c r="B12" s="1">
+        <v>45960.718993055598</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="E12" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="F12" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G12" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="H12" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="I12" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="J12" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="K12" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="M12" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="N12" s="4" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A13">
+        <v>12</v>
+      </c>
+      <c r="B13" s="1">
+        <v>45960.736712963</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="H13" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="I13" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="J13" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="K13" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="L13" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="M13" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="N13" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A14">
+        <v>13</v>
+      </c>
+      <c r="B14" s="1">
+        <v>45960.810185185197</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="E14" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="G14" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="H14" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="I14" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="J14" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="K14" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="L14" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="M14" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="N14" s="4" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A15">
+        <v>14</v>
+      </c>
+      <c r="B15" s="1">
+        <v>45960.814016203702</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="E15" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="F15" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G15" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="H15" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="I15" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="J15" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="K15" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="L15" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="M15" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="N15" s="4" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A16">
+        <v>15</v>
+      </c>
+      <c r="B16" s="1">
+        <v>45960.831932870402</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="G16" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="H16" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="I16" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="J16" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="K16" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="L16" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="M16" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="N16" s="4" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A17">
+        <v>16</v>
+      </c>
+      <c r="B17" s="1">
+        <v>45960.846759259301</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="H17" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I17" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="J17" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="K17" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="L17" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="M17" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="N17" s="4" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A18">
+        <v>17</v>
+      </c>
+      <c r="B18" s="1">
+        <v>45960.847384259301</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="E18" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="F18" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="G18" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="H18" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="I18" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="J18" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="K18" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="L18" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="M18" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="N18" s="4" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A19">
+        <v>18</v>
+      </c>
+      <c r="B19" s="1">
+        <v>45960.876701388901</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="H19" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="I19" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="J19" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="K19" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="L19" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="M19" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="N19" s="3" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A20">
+        <v>19</v>
+      </c>
+      <c r="B20" s="1">
+        <v>45960.984710648103</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="E20" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="F20" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="G20" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="H20" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="I20" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="J20" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="K20" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="L20" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="M20" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="N20" s="4" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A21">
+        <v>20</v>
+      </c>
+      <c r="B21" s="1">
+        <v>45960.998541666697</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H21" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="I21" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J21" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="K21" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="L21" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="M21" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="N21" s="3" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>