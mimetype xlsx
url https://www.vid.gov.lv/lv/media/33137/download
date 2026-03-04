--- v0 (2026-01-11)
+++ v1 (2026-03-04)
@@ -1,82 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\superstore\3_GNP_AD\NMMMD\Inna\Darbs 2020_2026\2026.gads\NM skaits\Excel publicēšanai\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\superstore\3_GNP_AD\NMMMD\Inna\Darbs 2020_2026\2026.gads\NM skaits\Excel publicēšanai\01.03\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{52015E52-2452-46BD-A55C-6CB930CAF86B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2D8B6B0F-A4A9-463B-96C5-D226B1896124}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C8C2BA84-9A39-4722-9C9A-2B040491896A}"/>
   </bookViews>
   <sheets>
     <sheet name="JP" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="D45" i="1" l="1"/>
+  <c r="D34" i="1"/>
+  <c r="D24" i="1"/>
+  <c r="D14" i="1"/>
+  <c r="D5" i="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55" uniqueCount="55">
   <si>
     <t>Plānošanas reģions/Pilsēta/Novads</t>
   </si>
   <si>
     <t>Datums</t>
   </si>
   <si>
     <t>VALSTĪ</t>
   </si>
   <si>
     <t>Kurzemes plānošanas reģions</t>
   </si>
   <si>
     <t>Liepāja</t>
   </si>
   <si>
     <t>Ventspils</t>
   </si>
   <si>
     <t>Dienvidkurzemes novads</t>
   </si>
   <si>
     <t>Kuldīgas novads</t>
   </si>
   <si>
@@ -191,50 +202,56 @@
     <t>Jelgava</t>
   </si>
   <si>
     <t>Aizkraukles novads</t>
   </si>
   <si>
     <t>Bauskas novads</t>
   </si>
   <si>
     <t>Dobeles novads</t>
   </si>
   <si>
     <t>Jelgavas novads</t>
   </si>
   <si>
     <t>Jēkabpils novads</t>
   </si>
   <si>
     <t>* Dati atbilstoši VID Datu noliktavas sistēmā esošajai informācijai.</t>
   </si>
   <si>
     <t>01.01.2026.</t>
   </si>
   <si>
     <t>Nodokļu maksātāju - juridisko personu skaits 2026. gadā*</t>
+  </si>
+  <si>
+    <t>01.02.2026.</t>
+  </si>
+  <si>
+    <t>01.03.2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
@@ -407,133 +424,135 @@
       <left style="thin">
         <color theme="0"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color theme="1"/>
-[...7 lines deleted...]
-      <left style="thin">
         <color theme="0"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="43" fontId="3" fillId="2" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="3" fontId="3" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="43" fontId="5" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="43" fontId="3" fillId="2" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="3" fillId="2" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -809,482 +828,785 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{243205FA-98FF-4BF5-8469-9A568D86B75A}">
-  <dimension ref="A1:C52"/>
+  <dimension ref="A1:D52"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="H21" sqref="H21"/>
+      <selection pane="bottomLeft" activeCell="I53" sqref="I53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="36" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="37.7109375" style="1" customWidth="1"/>
+    <col min="2" max="4" width="16.140625" style="1" customWidth="1"/>
+    <col min="5" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:4" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="11" t="s">
         <v>52</v>
       </c>
       <c r="B1" s="11"/>
-    </row>
-    <row r="2" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C1" s="11"/>
+      <c r="D1" s="11"/>
+    </row>
+    <row r="2" spans="1:4" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="9" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="8" t="s">
+      <c r="B2" s="13" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="13"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C2" s="14"/>
+      <c r="D2" s="14"/>
+    </row>
+    <row r="3" spans="1:4" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="10"/>
       <c r="B3" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="C3" s="13"/>
-[...1 lines deleted...]
-    <row r="4" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C3" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D3" s="6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="14">
-[...4 lines deleted...]
-    <row r="5" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="B4" s="8">
+        <v>192485</v>
+      </c>
+      <c r="C4" s="8">
+        <v>192808</v>
+      </c>
+      <c r="D4" s="8">
+        <v>193371</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="4">
-        <v>23948</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:3" x14ac:dyDescent="0.2">
+        <v>23947</v>
+      </c>
+      <c r="C5" s="4">
+        <v>24012</v>
+      </c>
+      <c r="D5" s="4">
+        <f>SUM(D6:D13)</f>
+        <v>24080</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="7">
         <v>4968</v>
       </c>
-    </row>
-    <row r="7" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C6" s="7">
+        <v>4974</v>
+      </c>
+      <c r="D6" s="7">
+        <v>4976</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="7">
         <v>2088</v>
       </c>
-    </row>
-    <row r="8" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C7" s="7">
+        <v>2094</v>
+      </c>
+      <c r="D7" s="7">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="7">
         <v>3422</v>
       </c>
-    </row>
-    <row r="9" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C8" s="7">
+        <v>3421</v>
+      </c>
+      <c r="D8" s="7">
+        <v>3428</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="7">
-        <v>2762</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:3" x14ac:dyDescent="0.2">
+        <v>2761</v>
+      </c>
+      <c r="C9" s="7">
+        <v>2779</v>
+      </c>
+      <c r="D9" s="7">
+        <v>2793</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="7">
         <v>2670</v>
       </c>
-    </row>
-    <row r="11" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C10" s="7">
+        <v>2693</v>
+      </c>
+      <c r="D10" s="7">
+        <v>2705</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="7">
         <v>3111</v>
       </c>
-    </row>
-    <row r="12" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C11" s="7">
+        <v>3116</v>
+      </c>
+      <c r="D11" s="7">
+        <v>3137</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="7">
         <v>3894</v>
       </c>
-    </row>
-    <row r="13" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C12" s="7">
+        <v>3897</v>
+      </c>
+      <c r="D12" s="7">
+        <v>3905</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="7">
         <v>1033</v>
       </c>
-    </row>
-    <row r="14" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C13" s="7">
+        <v>1038</v>
+      </c>
+      <c r="D13" s="7">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="4">
-        <v>14715</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:3" x14ac:dyDescent="0.2">
+        <v>14714</v>
+      </c>
+      <c r="C14" s="4">
+        <v>14701</v>
+      </c>
+      <c r="D14" s="4">
+        <f>SUM(D15:D23)</f>
+        <v>14734</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A15" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="7">
         <v>3910</v>
       </c>
-    </row>
-    <row r="16" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C15" s="7">
+        <v>3900</v>
+      </c>
+      <c r="D15" s="7">
+        <v>3908</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="7">
         <v>1571</v>
       </c>
-    </row>
-    <row r="17" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C16" s="7">
+        <v>1565</v>
+      </c>
+      <c r="D16" s="7">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A17" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="7">
         <v>1453</v>
       </c>
-    </row>
-    <row r="18" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C17" s="7">
+        <v>1452</v>
+      </c>
+      <c r="D17" s="7">
+        <v>1456</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="7">
         <v>1450</v>
       </c>
-    </row>
-    <row r="19" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C18" s="7">
+        <v>1451</v>
+      </c>
+      <c r="D18" s="7">
+        <v>1453</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="7">
         <v>1097</v>
       </c>
-    </row>
-    <row r="20" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C19" s="7">
+        <v>1093</v>
+      </c>
+      <c r="D19" s="7">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="7">
         <v>812</v>
       </c>
-    </row>
-    <row r="21" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C20" s="7">
+        <v>811</v>
+      </c>
+      <c r="D20" s="7">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A21" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="7">
         <v>1197</v>
       </c>
-    </row>
-    <row r="22" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C21" s="7">
+        <v>1195</v>
+      </c>
+      <c r="D21" s="7">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A22" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="7">
-        <v>1367</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:2" x14ac:dyDescent="0.2">
+        <v>1366</v>
+      </c>
+      <c r="C22" s="7">
+        <v>1369</v>
+      </c>
+      <c r="D22" s="7">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A23" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="7">
         <v>1858</v>
       </c>
-    </row>
-    <row r="24" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C23" s="7">
+        <v>1865</v>
+      </c>
+      <c r="D23" s="7">
+        <v>1880</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="4">
         <v>108726</v>
       </c>
-    </row>
-    <row r="25" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C24" s="4">
+        <v>108908</v>
+      </c>
+      <c r="D24" s="4">
+        <f>SUM(D25:D33)</f>
+        <v>109237</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A25" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="7">
         <v>82213</v>
       </c>
-    </row>
-    <row r="26" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C25" s="7">
+        <v>82339</v>
+      </c>
+      <c r="D25" s="7">
+        <v>82537</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B26" s="7">
         <v>4932</v>
       </c>
-    </row>
-    <row r="27" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C26" s="7">
+        <v>4939</v>
+      </c>
+      <c r="D26" s="7">
+        <v>4966</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A27" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="7">
         <v>2377</v>
       </c>
-    </row>
-    <row r="28" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C27" s="7">
+        <v>2386</v>
+      </c>
+      <c r="D27" s="7">
+        <v>2401</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A28" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B28" s="7">
         <v>3242</v>
       </c>
-    </row>
-    <row r="29" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C28" s="7">
+        <v>3270</v>
+      </c>
+      <c r="D28" s="7">
+        <v>3276</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A29" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B29" s="7">
         <v>5458</v>
       </c>
-    </row>
-    <row r="30" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C29" s="7">
+        <v>5467</v>
+      </c>
+      <c r="D29" s="7">
+        <v>5518</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A30" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B30" s="7">
         <v>1522</v>
       </c>
-    </row>
-    <row r="31" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C30" s="7">
+        <v>1525</v>
+      </c>
+      <c r="D30" s="7">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B31" s="7">
         <v>3592</v>
       </c>
-    </row>
-    <row r="32" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C31" s="7">
+        <v>3601</v>
+      </c>
+      <c r="D31" s="7">
+        <v>3622</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A32" s="5" t="s">
         <v>30</v>
       </c>
       <c r="B32" s="7">
         <v>1949</v>
       </c>
-    </row>
-    <row r="33" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C32" s="7">
+        <v>1931</v>
+      </c>
+      <c r="D32" s="7">
+        <v>1939</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A33" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B33" s="7">
         <v>3441</v>
       </c>
-    </row>
-    <row r="34" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C33" s="7">
+        <v>3450</v>
+      </c>
+      <c r="D33" s="7">
+        <v>3452</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B34" s="4">
         <v>27377</v>
       </c>
-    </row>
-    <row r="35" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C34" s="4">
+        <v>27449</v>
+      </c>
+      <c r="D34" s="4">
+        <f>SUM(D35:D44)</f>
+        <v>27538</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A35" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B35" s="7">
         <v>1388</v>
       </c>
-    </row>
-    <row r="36" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C35" s="7">
+        <v>1386</v>
+      </c>
+      <c r="D35" s="7">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A36" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B36" s="7">
         <v>4768</v>
       </c>
-    </row>
-    <row r="37" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C36" s="7">
+        <v>4776</v>
+      </c>
+      <c r="D36" s="7">
+        <v>4787</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A37" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B37" s="7">
         <v>1507</v>
       </c>
-    </row>
-    <row r="38" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C37" s="7">
+        <v>1514</v>
+      </c>
+      <c r="D37" s="7">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B38" s="7">
         <v>3102</v>
       </c>
-    </row>
-    <row r="39" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C38" s="7">
+        <v>3112</v>
+      </c>
+      <c r="D38" s="7">
+        <v>3120</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A39" s="5" t="s">
         <v>37</v>
       </c>
       <c r="B39" s="7">
         <v>3064</v>
       </c>
-    </row>
-    <row r="40" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C39" s="7">
+        <v>3069</v>
+      </c>
+      <c r="D39" s="7">
+        <v>3083</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A40" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B40" s="7">
         <v>5382</v>
       </c>
-    </row>
-    <row r="41" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C40" s="7">
+        <v>5408</v>
+      </c>
+      <c r="D40" s="7">
+        <v>5426</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A41" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B41" s="7">
         <v>1011</v>
       </c>
-    </row>
-    <row r="42" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C41" s="7">
+        <v>1012</v>
+      </c>
+      <c r="D41" s="7">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A42" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B42" s="7">
         <v>1765</v>
       </c>
-    </row>
-    <row r="43" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C42" s="7">
+        <v>1769</v>
+      </c>
+      <c r="D42" s="7">
+        <v>1766</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A43" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B43" s="7">
         <v>4783</v>
       </c>
-    </row>
-    <row r="44" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C43" s="7">
+        <v>4795</v>
+      </c>
+      <c r="D43" s="7">
+        <v>4819</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B44" s="7">
         <v>607</v>
       </c>
-    </row>
-    <row r="45" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C44" s="7">
+        <v>608</v>
+      </c>
+      <c r="D44" s="7">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B45" s="4">
-        <v>17722</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:2" x14ac:dyDescent="0.2">
+        <v>17721</v>
+      </c>
+      <c r="C45" s="4">
+        <v>17738</v>
+      </c>
+      <c r="D45" s="4">
+        <f>SUM(D46:D51)</f>
+        <v>17782</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A46" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B46" s="7">
         <v>4268</v>
       </c>
-    </row>
-    <row r="47" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C46" s="7">
+        <v>4272</v>
+      </c>
+      <c r="D46" s="7">
+        <v>4275</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A47" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B47" s="7">
         <v>2130</v>
       </c>
-    </row>
-    <row r="48" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C47" s="7">
+        <v>2136</v>
+      </c>
+      <c r="D47" s="7">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A48" s="5" t="s">
         <v>46</v>
       </c>
       <c r="B48" s="7">
-        <v>3469</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:2" x14ac:dyDescent="0.2">
+        <v>3468</v>
+      </c>
+      <c r="C48" s="7">
+        <v>3473</v>
+      </c>
+      <c r="D48" s="7">
+        <v>3491</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A49" s="5" t="s">
         <v>47</v>
       </c>
       <c r="B49" s="7">
         <v>2163</v>
       </c>
-    </row>
-    <row r="50" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C49" s="7">
+        <v>2159</v>
+      </c>
+      <c r="D49" s="7">
+        <v>2162</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>48</v>
       </c>
       <c r="B50" s="7">
         <v>2730</v>
       </c>
-    </row>
-    <row r="51" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C50" s="7">
+        <v>2726</v>
+      </c>
+      <c r="D50" s="7">
+        <v>2736</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A51" s="5" t="s">
         <v>49</v>
       </c>
       <c r="B51" s="7">
         <v>2962</v>
       </c>
-    </row>
-    <row r="52" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C51" s="7">
+        <v>2972</v>
+      </c>
+      <c r="D51" s="7">
+        <v>2972</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="12" t="s">
         <v>50</v>
       </c>
       <c r="B52" s="12"/>
+      <c r="C52" s="12"/>
+      <c r="D52" s="12"/>
     </row>
   </sheetData>
-  <mergeCells count="3">
-    <mergeCell ref="A52:B52"/>
+  <mergeCells count="4">
     <mergeCell ref="A2:A3"/>
-    <mergeCell ref="A1:B1"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="B2:D2"/>
+    <mergeCell ref="A52:D52"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>JP</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>