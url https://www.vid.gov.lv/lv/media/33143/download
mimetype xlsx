--- v0 (2026-02-02)
+++ v1 (2026-03-04)
@@ -2,82 +2,82 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\superstore\3_GNP_AD\NMMMD\Inna\Darbs 2020_2026\2026.gads\NM skaits\Excel publicēšanai\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\superstore\3_GNP_AD\NMMMD\Inna\Darbs 2020_2026\2026.gads\NM skaits\Excel publicēšanai\01.03\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3A525B92-0E0B-41A0-918E-9608B779AD16}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5C4CA15C-57ED-4F27-870C-A3F79E614863}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C8C2BA84-9A39-4722-9C9A-2B040491896A}"/>
   </bookViews>
   <sheets>
     <sheet name="MUN" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55" uniqueCount="55">
   <si>
     <t>Plānošanas reģions/Pilsēta/Novads</t>
   </si>
   <si>
     <t>Datums</t>
   </si>
   <si>
     <t>VALSTĪ</t>
   </si>
   <si>
     <t>Kurzemes plānošanas reģions</t>
   </si>
   <si>
     <t>Liepāja</t>
   </si>
   <si>
     <t>Ventspils</t>
   </si>
   <si>
     <t>Dienvidkurzemes novads</t>
   </si>
   <si>
     <t>Kuldīgas novads</t>
   </si>
   <si>
@@ -192,50 +192,56 @@
     <t>Jelgava</t>
   </si>
   <si>
     <t>Aizkraukles novads</t>
   </si>
   <si>
     <t>Bauskas novads</t>
   </si>
   <si>
     <t>Dobeles novads</t>
   </si>
   <si>
     <t>Jelgavas novads</t>
   </si>
   <si>
     <t>Jēkabpils novads</t>
   </si>
   <si>
     <t>* Dati atbilstoši VID Datu noliktavas sistēmā esošajai informācijai. Ja nodokļu maksātājs nav norādījis adresi vai norādītā adrese ir ārpus Latvijas, nodokļu maksātājs tiek pieskaitīts pie Rīgas pilsētas.</t>
   </si>
   <si>
     <t>01.01.2026.</t>
   </si>
   <si>
     <t>Mikrouzņēmumu nodokļa maksātāju skaits 2026. gadā*</t>
+  </si>
+  <si>
+    <t>01.02.2026.</t>
+  </si>
+  <si>
+    <t>01.03.2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
@@ -283,51 +289,51 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF012069"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF264487"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE6E8EE"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -404,117 +410,136 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
-      <diagonal/>
-[...7 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right style="thin">
         <color theme="1"/>
       </right>
       <top style="thin">
         <color theme="0"/>
       </top>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color theme="0"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="0"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -816,483 +841,781 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{243205FA-98FF-4BF5-8469-9A568D86B75A}">
-  <dimension ref="A1:C52"/>
+  <dimension ref="A1:G52"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="F56" sqref="F56"/>
+      <selection pane="bottomLeft" activeCell="J49" sqref="J49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="37.42578125" style="1" customWidth="1"/>
-    <col min="2" max="2" width="19.7109375" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="11" max="16384" width="9.140625" style="1"/>
+    <col min="2" max="4" width="16.140625" style="1" customWidth="1"/>
+    <col min="5" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="12" t="s">
+    <row r="1" spans="1:4" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="14" t="s">
         <v>52</v>
       </c>
-      <c r="B1" s="12"/>
-[...2 lines deleted...]
-      <c r="A2" s="10" t="s">
+      <c r="B1" s="14"/>
+      <c r="C1" s="14"/>
+      <c r="D1" s="14"/>
+    </row>
+    <row r="2" spans="1:4" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="11" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="8" t="s">
+      <c r="B2" s="15" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="13"/>
-[...3 lines deleted...]
-      <c r="B3" s="14" t="s">
+      <c r="C2" s="16"/>
+      <c r="D2" s="16"/>
+    </row>
+    <row r="3" spans="1:4" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="12"/>
+      <c r="B3" s="9" t="s">
         <v>51</v>
       </c>
-    </row>
-    <row r="4" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C3" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D3" s="8" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="7">
         <v>13171</v>
       </c>
-      <c r="C4" s="13"/>
-[...1 lines deleted...]
-    <row r="5" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C4" s="7">
+        <v>12464</v>
+      </c>
+      <c r="D4" s="7">
+        <v>12661</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="4">
         <v>1573</v>
       </c>
-    </row>
-    <row r="6" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C5" s="4">
+        <v>1491</v>
+      </c>
+      <c r="D5" s="4">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="6">
         <v>332</v>
       </c>
-    </row>
-    <row r="7" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C6" s="6">
+        <v>315</v>
+      </c>
+      <c r="D6" s="6">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="6">
         <v>161</v>
       </c>
-    </row>
-    <row r="8" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C7" s="6">
+        <v>154</v>
+      </c>
+      <c r="D7" s="6">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6">
         <v>135</v>
       </c>
-    </row>
-    <row r="9" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C8" s="6">
+        <v>129</v>
+      </c>
+      <c r="D8" s="6">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="6">
         <v>207</v>
       </c>
-    </row>
-    <row r="10" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C9" s="6">
+        <v>194</v>
+      </c>
+      <c r="D9" s="6">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="6">
         <v>140</v>
       </c>
-    </row>
-    <row r="11" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C10" s="6">
+        <v>140</v>
+      </c>
+      <c r="D10" s="6">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="6">
         <v>286</v>
       </c>
-    </row>
-    <row r="12" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C11" s="6">
+        <v>262</v>
+      </c>
+      <c r="D11" s="6">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="6">
         <v>241</v>
       </c>
-    </row>
-    <row r="13" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C12" s="6">
+        <v>235</v>
+      </c>
+      <c r="D12" s="6">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="6">
         <v>71</v>
       </c>
-    </row>
-    <row r="14" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C13" s="6">
+        <v>62</v>
+      </c>
+      <c r="D13" s="6">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="4">
         <v>729</v>
       </c>
-    </row>
-    <row r="15" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C14" s="4">
+        <v>698</v>
+      </c>
+      <c r="D14" s="4">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A15" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="6">
         <v>207</v>
       </c>
-    </row>
-    <row r="16" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C15" s="6">
+        <v>197</v>
+      </c>
+      <c r="D15" s="6">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="6">
         <v>76</v>
       </c>
-    </row>
-    <row r="17" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C16" s="6">
+        <v>72</v>
+      </c>
+      <c r="D16" s="6">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A17" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="6">
         <v>50</v>
       </c>
-    </row>
-    <row r="18" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C17" s="6">
+        <v>50</v>
+      </c>
+      <c r="D17" s="6">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="6">
         <v>66</v>
       </c>
-    </row>
-    <row r="19" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C18" s="6">
+        <v>66</v>
+      </c>
+      <c r="D18" s="6">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="6">
         <v>80</v>
       </c>
-    </row>
-    <row r="20" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C19" s="6">
+        <v>72</v>
+      </c>
+      <c r="D19" s="6">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="6">
         <v>22</v>
       </c>
-    </row>
-    <row r="21" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C20" s="6">
+        <v>23</v>
+      </c>
+      <c r="D20" s="6">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A21" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="6">
         <v>94</v>
       </c>
-    </row>
-    <row r="22" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C21" s="6">
+        <v>94</v>
+      </c>
+      <c r="D21" s="6">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A22" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="6">
         <v>64</v>
       </c>
-    </row>
-    <row r="23" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C22" s="6">
+        <v>59</v>
+      </c>
+      <c r="D22" s="6">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A23" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="6">
         <v>70</v>
       </c>
-    </row>
-    <row r="24" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C23" s="6">
+        <v>65</v>
+      </c>
+      <c r="D23" s="6">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="4">
         <v>7932</v>
       </c>
-    </row>
-    <row r="25" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C24" s="4">
+        <v>7449</v>
+      </c>
+      <c r="D24" s="4">
+        <v>7585</v>
+      </c>
+      <c r="G24" s="10"/>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A25" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="6">
         <v>5749</v>
       </c>
-    </row>
-    <row r="26" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C25" s="6">
+        <v>5349</v>
+      </c>
+      <c r="D25" s="6">
+        <v>5431</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A26" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B26" s="6">
         <v>504</v>
       </c>
-    </row>
-    <row r="27" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C26" s="6">
+        <v>479</v>
+      </c>
+      <c r="D26" s="6">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A27" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="6">
         <v>211</v>
       </c>
-    </row>
-    <row r="28" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C27" s="6">
+        <v>214</v>
+      </c>
+      <c r="D27" s="6">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A28" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B28" s="6">
         <v>259</v>
       </c>
-    </row>
-    <row r="29" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C28" s="6">
+        <v>251</v>
+      </c>
+      <c r="D28" s="6">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A29" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B29" s="6">
         <v>340</v>
       </c>
-    </row>
-    <row r="30" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C29" s="6">
+        <v>330</v>
+      </c>
+      <c r="D29" s="6">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A30" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B30" s="6">
         <v>141</v>
       </c>
-    </row>
-    <row r="31" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C30" s="6">
+        <v>128</v>
+      </c>
+      <c r="D30" s="6">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B31" s="6">
         <v>309</v>
       </c>
-    </row>
-    <row r="32" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C31" s="6">
+        <v>289</v>
+      </c>
+      <c r="D31" s="6">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A32" s="5" t="s">
         <v>30</v>
       </c>
       <c r="B32" s="6">
         <v>164</v>
       </c>
-    </row>
-    <row r="33" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C32" s="6">
+        <v>167</v>
+      </c>
+      <c r="D32" s="6">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A33" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B33" s="6">
         <v>255</v>
       </c>
-    </row>
-    <row r="34" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C33" s="6">
+        <v>242</v>
+      </c>
+      <c r="D33" s="6">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B34" s="4">
         <v>1868</v>
       </c>
-    </row>
-    <row r="35" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C34" s="4">
+        <v>1783</v>
+      </c>
+      <c r="D34" s="4">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A35" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B35" s="6">
         <v>81</v>
       </c>
-    </row>
-    <row r="36" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C35" s="6">
+        <v>72</v>
+      </c>
+      <c r="D35" s="6">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A36" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B36" s="6">
         <v>280</v>
       </c>
-    </row>
-    <row r="37" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C36" s="6">
+        <v>266</v>
+      </c>
+      <c r="D36" s="6">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A37" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B37" s="6">
         <v>103</v>
       </c>
-    </row>
-    <row r="38" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C37" s="6">
+        <v>91</v>
+      </c>
+      <c r="D37" s="6">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A38" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B38" s="6">
         <v>203</v>
       </c>
-    </row>
-    <row r="39" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C38" s="6">
+        <v>193</v>
+      </c>
+      <c r="D38" s="6">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A39" s="5" t="s">
         <v>37</v>
       </c>
       <c r="B39" s="6">
         <v>158</v>
       </c>
-    </row>
-    <row r="40" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C39" s="6">
+        <v>158</v>
+      </c>
+      <c r="D39" s="6">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A40" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B40" s="6">
         <v>409</v>
       </c>
-    </row>
-    <row r="41" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C40" s="6">
+        <v>399</v>
+      </c>
+      <c r="D40" s="6">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A41" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B41" s="6">
         <v>89</v>
       </c>
-    </row>
-    <row r="42" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C41" s="6">
+        <v>84</v>
+      </c>
+      <c r="D41" s="6">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A42" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B42" s="6">
         <v>130</v>
       </c>
-    </row>
-    <row r="43" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C42" s="6">
+        <v>128</v>
+      </c>
+      <c r="D42" s="6">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A43" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B43" s="6">
         <v>375</v>
       </c>
-    </row>
-    <row r="44" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C43" s="6">
+        <v>356</v>
+      </c>
+      <c r="D43" s="6">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A44" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B44" s="6">
         <v>40</v>
       </c>
-    </row>
-    <row r="45" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C44" s="6">
+        <v>36</v>
+      </c>
+      <c r="D44" s="6">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B45" s="4">
         <v>1069</v>
       </c>
-    </row>
-    <row r="46" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C45" s="4">
+        <v>1043</v>
+      </c>
+      <c r="D45" s="4">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A46" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B46" s="6">
         <v>297</v>
       </c>
-    </row>
-    <row r="47" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C46" s="6">
+        <v>284</v>
+      </c>
+      <c r="D46" s="6">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A47" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B47" s="6">
         <v>101</v>
       </c>
-    </row>
-    <row r="48" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C47" s="6">
+        <v>102</v>
+      </c>
+      <c r="D47" s="6">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A48" s="5" t="s">
         <v>46</v>
       </c>
       <c r="B48" s="6">
         <v>202</v>
       </c>
-    </row>
-    <row r="49" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C48" s="6">
+        <v>199</v>
+      </c>
+      <c r="D48" s="6">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A49" s="5" t="s">
         <v>47</v>
       </c>
       <c r="B49" s="6">
         <v>141</v>
       </c>
-    </row>
-    <row r="50" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C49" s="6">
+        <v>138</v>
+      </c>
+      <c r="D49" s="6">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A50" s="5" t="s">
         <v>48</v>
       </c>
       <c r="B50" s="6">
         <v>137</v>
       </c>
-    </row>
-    <row r="51" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="C50" s="6">
+        <v>133</v>
+      </c>
+      <c r="D50" s="6">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A51" s="5" t="s">
         <v>49</v>
       </c>
       <c r="B51" s="6">
         <v>191</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A52" s="9" t="s">
+      <c r="C51" s="6">
+        <v>187</v>
+      </c>
+      <c r="D51" s="6">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="13" t="s">
         <v>50</v>
       </c>
-      <c r="B52" s="9"/>
+      <c r="B52" s="13"/>
+      <c r="C52" s="13"/>
+      <c r="D52" s="13"/>
     </row>
   </sheetData>
-  <mergeCells count="3">
-    <mergeCell ref="A52:B52"/>
+  <mergeCells count="4">
     <mergeCell ref="A2:A3"/>
-    <mergeCell ref="A1:B1"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="B2:D2"/>
+    <mergeCell ref="A52:D52"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>MUN</vt:lpstr>
     </vt:vector>