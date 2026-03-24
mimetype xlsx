--- v0 (2026-03-01)
+++ v1 (2026-03-24)
@@ -5,108 +5,150 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\superstore\3_Lietotaju_Dati\NP\Marija_Polanica\Mawa\Izmaiņas likumdošanā\Stipendijas atbrīvojamas no aplikšanas ar IIN\2026\Sabiedrisko attiecību daļa\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6666DC95-9A8C-4537-81EB-7CD9EE7026B1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{86AF80E4-0F4D-4566-A1EA-8B02E26968A7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="4995" yWindow="2865" windowWidth="16815" windowHeight="8070" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="14" uniqueCount="13">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
   <si>
     <t>N.p.k.</t>
   </si>
   <si>
     <t>Reģ. kods</t>
   </si>
   <si>
     <t>Lēmuma datums</t>
   </si>
   <si>
     <t>1.</t>
   </si>
   <si>
     <t>Lēmuma spēkā stāšanas datums</t>
   </si>
   <si>
     <t>Nosaukums</t>
   </si>
   <si>
     <t xml:space="preserve">Lēmumi par stipendijas nolikumu reģistrāciju </t>
   </si>
   <si>
     <t>Lēmuma publ. datums VID tīmekļvietnē</t>
   </si>
   <si>
     <t>Nolikuma reģistrācijas numurs/
 nosaukums, ja tāds ir</t>
   </si>
   <si>
     <t>24.02.2026.</t>
   </si>
   <si>
     <t>25.02.2026.</t>
   </si>
   <si>
     <t>biedrība BALTIJAS STARPTAUTISKAIS EKONOMIKAS POLITIKAS STUDIJU CENTRS</t>
   </si>
   <si>
+    <t>2.</t>
+  </si>
+  <si>
+    <t>3.</t>
+  </si>
+  <si>
+    <t>nodibinājums "Latvijas Biozinātņu un tehnoloģiju universitātes Attīstības fonds"</t>
+  </si>
+  <si>
+    <t>05.03.2026.</t>
+  </si>
+  <si>
+    <t>06.03.2026.</t>
+  </si>
+  <si>
+    <t>13.11.2025.</t>
+  </si>
+  <si>
     <t>BSEPSC-2026/1 
-"Nolikums par stipendiju piešķiršanu pētnieciskā projekta “EUROMOD” turpināšanai"</t>
+"Nolikums par stipendiju piešķiršanu pētnieciskā projekta "EUROMOD" turpināšanai"</t>
+  </si>
+  <si>
+    <t>LBTUAF-2026/3 "Latvijas Biozinātņu un tehnoloģiju universitātes Padomes stipendijas nolikums"</t>
+  </si>
+  <si>
+    <t>nodibinājums "Rīgas Stradiņa universitātes fonds"</t>
+  </si>
+  <si>
+    <t>RSUF-2026/2 "Sporta atbalsta stipendijas nolikums"</t>
+  </si>
+  <si>
+    <t>4.</t>
+  </si>
+  <si>
+    <t>nodibinājums Rīgas Juridiskās augstskolas fonds</t>
+  </si>
+  <si>
+    <t>16.03.2026.</t>
+  </si>
+  <si>
+    <t>17.03.2026.</t>
+  </si>
+  <si>
+    <t>RJAF-2026/4 "Rīgas Juridiskās augstskolas fonda stipendiju nolikums stipendijai "Atbalsts Rīgas Juridiskās augstskolas studentiem dalībai starptautiskās tiesu izspēlēs""</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF002060"/>
       <name val="Verdana"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -201,89 +243,104 @@
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color auto="1"/>
       </left>
       <right style="hair">
         <color auto="1"/>
       </right>
       <top style="hair">
         <color auto="1"/>
       </top>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="18">
+  <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="5" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -528,77 +585,77 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AH322"/>
+  <dimension ref="A1:AH325"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5"/>
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.42578125" customWidth="1"/>
     <col min="2" max="2" width="15" customWidth="1"/>
     <col min="3" max="3" width="18.5703125" customWidth="1"/>
     <col min="4" max="4" width="44.140625" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" customWidth="1"/>
     <col min="6" max="6" width="17.5703125" customWidth="1"/>
     <col min="7" max="7" width="22.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" x14ac:dyDescent="0.2">
-      <c r="A1" s="9" t="s">
+      <c r="A1" s="21" t="s">
         <v>6</v>
       </c>
-      <c r="B1" s="9"/>
-[...4 lines deleted...]
-      <c r="G1" s="9"/>
+      <c r="B1" s="21"/>
+      <c r="C1" s="21"/>
+      <c r="D1" s="21"/>
+      <c r="E1" s="21"/>
+      <c r="F1" s="21"/>
+      <c r="G1" s="21"/>
       <c r="H1" s="4"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
       <c r="W1" s="3"/>
       <c r="X1" s="3"/>
       <c r="Y1" s="3"/>
       <c r="Z1" s="3"/>
       <c r="AA1" s="3"/>
       <c r="AB1" s="3"/>
       <c r="AC1" s="3"/>
       <c r="AD1" s="3"/>
       <c r="AE1" s="3"/>
       <c r="AF1" s="3"/>
@@ -669,495 +726,645 @@
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
       <c r="Z3" s="3"/>
       <c r="AA3" s="3"/>
       <c r="AB3" s="3"/>
       <c r="AC3" s="3"/>
       <c r="AD3" s="3"/>
       <c r="AE3" s="3"/>
       <c r="AF3" s="3"/>
       <c r="AG3" s="3"/>
       <c r="AH3" s="3"/>
     </row>
-    <row r="4" spans="1:34" s="14" customFormat="1" ht="63.75" x14ac:dyDescent="0.2">
-      <c r="A4" s="10" t="s">
+    <row r="4" spans="1:34" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A4" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="18">
+        <v>50008142471</v>
+      </c>
+      <c r="C4" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="G4" s="19" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" s="4"/>
+      <c r="I4" s="3"/>
+      <c r="J4" s="3"/>
+      <c r="K4" s="3"/>
+      <c r="L4" s="3"/>
+      <c r="M4" s="3"/>
+      <c r="N4" s="3"/>
+      <c r="O4" s="3"/>
+      <c r="P4" s="3"/>
+      <c r="Q4" s="3"/>
+      <c r="R4" s="3"/>
+      <c r="S4" s="3"/>
+      <c r="T4" s="3"/>
+      <c r="U4" s="3"/>
+      <c r="V4" s="3"/>
+      <c r="W4" s="3"/>
+      <c r="X4" s="3"/>
+      <c r="Y4" s="3"/>
+      <c r="Z4" s="3"/>
+      <c r="AA4" s="3"/>
+      <c r="AB4" s="3"/>
+      <c r="AC4" s="3"/>
+      <c r="AD4" s="3"/>
+      <c r="AE4" s="3"/>
+      <c r="AF4" s="3"/>
+      <c r="AG4" s="3"/>
+      <c r="AH4" s="3"/>
+    </row>
+    <row r="5" spans="1:34" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A5" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" s="18">
+        <v>40008133301</v>
+      </c>
+      <c r="C5" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F5" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" s="19" t="s">
+        <v>16</v>
+      </c>
+      <c r="H5" s="4"/>
+      <c r="I5" s="3"/>
+      <c r="J5" s="3"/>
+      <c r="K5" s="3"/>
+      <c r="L5" s="3"/>
+      <c r="M5" s="3"/>
+      <c r="N5" s="3"/>
+      <c r="O5" s="3"/>
+      <c r="P5" s="3"/>
+      <c r="Q5" s="3"/>
+      <c r="R5" s="3"/>
+      <c r="S5" s="3"/>
+      <c r="T5" s="3"/>
+      <c r="U5" s="3"/>
+      <c r="V5" s="3"/>
+      <c r="W5" s="3"/>
+      <c r="X5" s="3"/>
+      <c r="Y5" s="3"/>
+      <c r="Z5" s="3"/>
+      <c r="AA5" s="3"/>
+      <c r="AB5" s="3"/>
+      <c r="AC5" s="3"/>
+      <c r="AD5" s="3"/>
+      <c r="AE5" s="3"/>
+      <c r="AF5" s="3"/>
+      <c r="AG5" s="3"/>
+      <c r="AH5" s="3"/>
+    </row>
+    <row r="6" spans="1:34" ht="51" x14ac:dyDescent="0.2">
+      <c r="A6" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" s="18">
+        <v>40008174899</v>
+      </c>
+      <c r="C6" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="F6" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="H6" s="4"/>
+      <c r="I6" s="3"/>
+      <c r="J6" s="3"/>
+      <c r="K6" s="3"/>
+      <c r="L6" s="3"/>
+      <c r="M6" s="3"/>
+      <c r="N6" s="3"/>
+      <c r="O6" s="3"/>
+      <c r="P6" s="3"/>
+      <c r="Q6" s="3"/>
+      <c r="R6" s="3"/>
+      <c r="S6" s="3"/>
+      <c r="T6" s="3"/>
+      <c r="U6" s="3"/>
+      <c r="V6" s="3"/>
+      <c r="W6" s="3"/>
+      <c r="X6" s="3"/>
+      <c r="Y6" s="3"/>
+      <c r="Z6" s="3"/>
+      <c r="AA6" s="3"/>
+      <c r="AB6" s="3"/>
+      <c r="AC6" s="3"/>
+      <c r="AD6" s="3"/>
+      <c r="AE6" s="3"/>
+      <c r="AF6" s="3"/>
+      <c r="AG6" s="3"/>
+      <c r="AH6" s="3"/>
+    </row>
+    <row r="7" spans="1:34" s="13" customFormat="1" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A7" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="B4" s="11">
+      <c r="B7" s="10">
         <v>40008067241</v>
       </c>
-      <c r="C4" s="12" t="s">
+      <c r="C7" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="D4" s="12" t="s">
-[...2 lines deleted...]
-      <c r="E4" s="13" t="s">
+      <c r="D7" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="F4" s="13" t="s">
+      <c r="F7" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="G4" s="13" t="s">
+      <c r="G7" s="12" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="5" spans="1:34" s="14" customFormat="1" x14ac:dyDescent="0.2"/>
-[...122 lines deleted...]
-    <row r="40" spans="1:7" s="14" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="8" spans="1:34" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="9" spans="1:34" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="10" spans="1:34" s="8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="13"/>
+      <c r="B10" s="13"/>
+      <c r="C10" s="13"/>
+      <c r="D10" s="13"/>
+      <c r="E10" s="13"/>
+      <c r="F10" s="13"/>
+      <c r="G10" s="13"/>
+    </row>
+    <row r="11" spans="1:34" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="12" spans="1:34" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="13" spans="1:34" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="14" spans="1:34" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="15" spans="1:34" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="16" spans="1:34" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="17" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="18" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="19" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="20" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="21" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="22" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="23" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="24" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="25" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:7" s="14" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="13"/>
+      <c r="B27" s="13"/>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="13"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="13"/>
+    </row>
+    <row r="28" spans="1:7" s="14" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="13"/>
+      <c r="B28" s="13"/>
+      <c r="C28" s="13"/>
+      <c r="D28" s="13"/>
+      <c r="E28" s="13"/>
+      <c r="F28" s="13"/>
+      <c r="G28" s="13"/>
+    </row>
+    <row r="29" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="33" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="34" spans="1:7" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="13"/>
+      <c r="B34" s="13"/>
+      <c r="C34" s="13"/>
+      <c r="D34" s="13"/>
+      <c r="E34" s="13"/>
+      <c r="F34" s="13"/>
+      <c r="G34" s="13"/>
+    </row>
+    <row r="35" spans="1:7" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="13"/>
+      <c r="B35" s="13"/>
+      <c r="C35" s="13"/>
+      <c r="D35" s="13"/>
+      <c r="E35" s="13"/>
+      <c r="F35" s="13"/>
+      <c r="G35" s="13"/>
+    </row>
+    <row r="36" spans="1:7" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="13"/>
+      <c r="B36" s="13"/>
+      <c r="C36" s="13"/>
+      <c r="D36" s="13"/>
+      <c r="E36" s="13"/>
+      <c r="F36" s="13"/>
+      <c r="G36" s="13"/>
+    </row>
+    <row r="37" spans="1:7" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="13"/>
+      <c r="B37" s="13"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="13"/>
+      <c r="E37" s="13"/>
+      <c r="F37" s="13"/>
+      <c r="G37" s="13"/>
+    </row>
+    <row r="38" spans="1:7" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="13"/>
+      <c r="B38" s="13"/>
+      <c r="C38" s="13"/>
+      <c r="D38" s="13"/>
+      <c r="E38" s="13"/>
+      <c r="F38" s="13"/>
+      <c r="G38" s="13"/>
+    </row>
+    <row r="39" spans="1:7" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="13"/>
+      <c r="B39" s="13"/>
+      <c r="C39" s="13"/>
+      <c r="D39" s="13"/>
+      <c r="E39" s="13"/>
+      <c r="F39" s="13"/>
+      <c r="G39" s="13"/>
+    </row>
+    <row r="40" spans="1:7" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="13"/>
+      <c r="B40" s="13"/>
+      <c r="C40" s="13"/>
+      <c r="D40" s="13"/>
+      <c r="E40" s="13"/>
+      <c r="F40" s="13"/>
+      <c r="G40" s="13"/>
+    </row>
     <row r="41" spans="1:7" s="16" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="14"/>
-[...295 lines deleted...]
-    <row r="322" s="14" customFormat="1" x14ac:dyDescent="0.2"/>
+      <c r="A41" s="13"/>
+      <c r="B41" s="13"/>
+      <c r="C41" s="13"/>
+      <c r="D41" s="13"/>
+      <c r="E41" s="13"/>
+      <c r="F41" s="13"/>
+      <c r="G41" s="13"/>
+    </row>
+    <row r="42" spans="1:7" s="13" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="44" spans="1:7" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="13"/>
+      <c r="B44" s="13"/>
+      <c r="C44" s="13"/>
+      <c r="D44" s="13"/>
+      <c r="E44" s="13"/>
+      <c r="F44" s="13"/>
+      <c r="G44" s="13"/>
+    </row>
+    <row r="45" spans="1:7" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="13"/>
+      <c r="B45" s="13"/>
+      <c r="C45" s="13"/>
+      <c r="D45" s="13"/>
+      <c r="E45" s="13"/>
+      <c r="F45" s="13"/>
+      <c r="G45" s="13"/>
+    </row>
+    <row r="46" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="47" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="48" spans="1:7" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="49" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="50" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="51" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="52" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="53" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="54" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="55" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="56" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="57" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="58" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="59" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="60" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="61" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="62" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="63" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="64" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="65" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="66" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="67" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="68" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="69" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="70" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="71" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="72" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="73" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="74" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="75" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="76" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="77" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="78" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="79" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="80" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="81" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="82" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="83" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="84" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="85" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="86" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="87" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="88" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="89" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="90" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="91" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="92" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="93" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="94" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="95" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="96" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="97" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="98" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="99" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="100" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="101" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="102" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="103" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="104" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="105" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="106" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="107" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="108" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="109" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="110" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="111" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="112" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="113" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="114" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="115" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="116" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="117" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="118" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="119" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="120" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="121" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="122" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="123" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="124" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="125" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="126" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="127" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="128" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="129" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="130" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="131" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="132" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="133" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="134" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="135" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="136" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="137" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="138" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="139" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="140" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="141" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="142" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="143" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="144" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="145" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="146" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="147" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="148" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="149" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="150" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="151" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="152" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="153" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="154" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="155" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="156" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="157" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="158" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="159" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="160" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="161" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="162" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="163" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="164" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="165" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="166" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="167" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="168" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="169" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="170" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="171" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="172" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="173" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="174" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="175" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="176" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="177" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="178" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="179" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="180" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="181" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="182" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="183" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="184" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="185" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="186" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="187" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="188" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="189" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="190" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="191" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="192" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="193" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="194" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="195" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="196" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="197" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="198" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="199" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="200" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="201" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="202" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="203" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="204" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="205" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="206" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="207" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="208" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="209" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="210" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="211" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="212" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="213" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="214" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="215" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="216" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="217" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="218" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="219" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="220" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="221" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="222" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="223" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="224" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="225" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="226" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="227" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="228" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="229" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="230" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="231" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="232" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="233" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="234" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="235" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="236" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="237" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="238" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="239" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="240" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="241" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="242" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="243" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="244" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="245" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="246" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="247" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="248" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="249" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="250" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="251" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="252" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="253" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="254" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="255" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="256" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="257" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="258" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="259" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="260" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="261" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="262" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="263" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="264" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="265" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="266" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="267" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="268" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="269" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="270" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="271" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="272" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="273" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="274" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="275" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="276" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="277" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="278" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="279" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="280" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="281" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="282" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="283" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="284" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="285" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="286" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="287" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="288" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="289" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="290" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="291" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="292" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="293" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="294" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="295" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="296" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="297" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="298" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="299" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="300" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="301" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="302" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="303" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="304" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="305" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="306" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="307" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="308" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="309" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="310" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="311" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="312" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="313" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="314" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="315" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="316" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="317" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="318" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="319" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="320" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="321" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="322" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="323" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="324" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="325" s="13" customFormat="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <sheetProtection deleteColumns="0" deleteRows="0"/>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>