--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -11,87 +11,87 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\rmri1556\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3ACA67F5-0351-4056-A016-18C0162CF5CF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8136AC61-D7D0-43A4-A001-E3C5B756FC6B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="599" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Intelekt. īpašuma aizsardzība" sheetId="1" r:id="rId1"/>
     <sheet name="Apzīmējumi" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Intelekt. īpašuma aizsardzība'!$A$3:$D$1317</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Intelekt. īpašuma aizsardzība'!$A$3:$D$1323</definedName>
     <definedName name="_Hlt117917926" localSheetId="0">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="apģērbi__apavi__aksesuāri">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="gaisa_atsvaidzinātāji_u.c.">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="OLE_LINK1" localSheetId="0">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="OLE_LINK2" localSheetId="0">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="OLE_LINK3" localSheetId="0">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="OLE_LINK5" localSheetId="0">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3972" uniqueCount="3634">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3990" uniqueCount="3647">
   <si>
     <t>                                                                                 Kopsavilkums par VID Muitas pārvaldē saņemtajiem pieprasījumiem par intelektuālā īpašuma aizsardzību</t>
   </si>
   <si>
     <t>Intelektuālā īpašuma nosaukums, reģistrācijas numurs</t>
   </si>
   <si>
     <t>Tiesību subjekta nosaukums</t>
   </si>
   <si>
     <t>Intelektuālā īpašuma aizsardzības termiņš</t>
   </si>
   <si>
     <t>Dooney &amp; Bourke Inc.</t>
   </si>
   <si>
     <t>ādas izstrādājumi, somas, apģērbi, apavi</t>
   </si>
   <si>
     <t>rotaļlietas u.c.</t>
   </si>
   <si>
     <t>CDR 002640482-0001, CDR 002665810-0001, CDR 002172031-0001, EUTM 000120741 Kawasaki /fig./, EUTM 004111175 K /fig./, EUTM 004111191 K /fig./, EUTM 000202424 JET SKI /fig./, EUTM 004122611 KAWASAKI RACING TEAM, EUTM 000091314 KRT, EUTM 004140422 K-CARE, EUTM 004140406 LET THE GOOD TIMES ROLL, EUTM 004112314 Ninja /fig./, EUTM 000120808 MULE, EUTM 5158076 Versys, EUTM 011970746 Z, ITM 1174588 Z, ITM 1209296 Kawasaki, ITM 1213482 K Kawasaki, EUTM 004111118 K Kawasaki, EUTM 004111142 Kawasaki, ITM 1223061 Kawasaki, EUTM 000121384 Ninja, EUTM 008974461 ZX, EUTM 777987, ITM 1090717 W, EUTM 004113924 V Kawasaki, ITM 1090877 ZRX, ITM 1165079 Ninja, ITM 1213481 K</t>
   </si>
   <si>
@@ -429,141 +429,118 @@
   <si>
     <t>Danfoss A/S</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 005914429 Strepsils, EUTM 007318116 Streps, EUTM 008563348Strefen, EUTM 008563306 Strepfen, EUTM 008883944 S Logo (greyscale), EUTM 008884074 S logo on Corner - cool, EUTM 008884165 S logo on Corner - Orange, EUTM 008884249S logo on Corner - Original - Colour, EUTM 008884322S logo on corner - SF Lemon - Colour, EUTM 008884397S logo on Corner - SF Strawberry - Colour, EUTM 008884454S logo on Corner - Soothing - Colour, EUTM 008884504S logo on Corner - STBN - Colour, EUTM 009190778 S logo on Corner - warm.EUTM 011077443 S logo Orange &amp; Vitamin C 2, EUTM 008884561 S logo on Corner with flash - greyscale, EUTM 008884637 S logo on Corner with flash - colour, EUTM 010396703S logo with Crosses. EUTM 011491917S logo Junior (Pink) 
 </t>
   </si>
   <si>
     <t>Reckitt &amp; Colman (Overseas) Limited</t>
   </si>
   <si>
     <t>RAINBOW SPA</t>
   </si>
   <si>
     <t xml:space="preserve">CDR002225888-0001, EUTM 010503662/Talking Tom, EUTM 010503671/Talking Ben, EUTM 010504264/Talking Ginger, EUTM 010747236/Talking Angela, EUTM 010504249/Talking Pierre, EUTM 010503696/Talking Gina, EUTM 010504181/Talking Friends, EUTM 009939893/Ourfit7, CDR 001827809-0001, CDR 001812173-0001, CDR 001964602-0001, CDR 001964610-0001, CDR 001980533-0001 ,CDR 002225722-0001, CDR 002225722-0002, CDR 002225888-0003 CDR 002225961-0001, CDR 002225961-0002, CDR 002225961 -0003, CDR 002225961-0004, CDR 002399659-0001, CDR 002424945-0001, CDR 002225722-0003, EUTM 009683608/ Talking Ben the Dog, EUTM 009913666/Talking Ginger, EUTM 010504314/ Talking Angela, EUTM 010601722/nawm, EUTM 010227296 /nawm, EUTM 009493719Talking Tom Cat, EUTM 010227536/Talking Tom, EUTM 010227361/nawm, EUTM 010227403/ nawm, EUTM 010747269 /nawm, EUTM 010503647 /nawm, EUTM 010227429/nawm, EUTM 010503654/nawm, CDR 002225722-0003, CDR 002225771-0001, CDR 002225771-0002, CDR 002225771-0003, CDR 002225805-0001, CDR 002225805-0002, CDR 002225805-0001, CDR 002225821-0002, CDR 002225821-0003, CDR 002225821-0001, CDR 002225888- 0002, EUTM 010227544/ Talking Ben, EUTM 009683665/Talking Gina the Giraffe, EUTM 010227551/Talking Gina, EUTM009888322/ Talking Pierre the Parrot, EUTM010504322/Talking Pierre 
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 8702664/Artic Ice, EUTM 8708851/ouble Gaviscon Fireman Logo, EUTM 10875359/First Signs, EUTM 7478001/Fizzlove, EUTM 8171837/Gavigard, EUTM 5432273/Gaviscon Droplet device, EUTM 5709019/Gaviscon Fireman device, EUTM 9262941/Gaviscon swirl device, EUTM 5432299/Gaviscon Tablet device, EUTM 8508319/ Gaviscon torso device,  EUTM 11096377/Instants (logo), EUTM 8708901/Power of 2 
 </t>
   </si>
   <si>
     <t>medicīnas produkts Gaviscon</t>
   </si>
   <si>
-    <t>EUTM 911859 CHORUS, EUTM 911657 CHORUS, EUTM 911653 GEWISS</t>
-[...4 lines deleted...]
-  <si>
     <t>elektropreces</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM522011/TOM´S OF MAINE NATURE´S, EUTM 009014176/SINCE 1970 Tom´s OF MAINE, EUTM 000522052/TOM´S OF MAINE, ITM 954355/ TOM´S OF MAINE 
 </t>
   </si>
   <si>
     <t>Tom´s of Maine Inc.</t>
   </si>
   <si>
     <t>Reckitt Benckiser LLC</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 009593922/MALIBU BLACK, EUTM 000397125/MALIBU COCONUT ICEPAK, EUTM 010886687/fig./, EUTM 009422916/ MALIBU VIVA, EUTM 010438638/MALIBU SUNSHINE, EUTM 05466131MALIBU SOUND CLASH,  EUTM 09593898/MALIBU RED, EUTM 000497651MALIBU LIME, EUTM 008591737 MALIBOOM BOOM, EUTM 009650037 MALIBU FRESH, 011159597/ MALIBU SUNDAE, EUTM 000396994/MALIBU LIME ICEPAK, EUTM 004101887/MALIBU Chill, EUTM 011966546/MALIBU,  EUTM 010467017/MALIBU SUNSHINE, EUTM 000940734/MALIBU, EUTM 000940700/MALIBU, EUTM 009670043/MALIBU, EUTM 000756940, EUTM 09467771/MALIBU COCKTAILS, EUTM 009467689/MALIBU COCKTAILS CARIBBEAN COSMO SPIRIT OF THE CARIBBEAN, EUTM 009467812/ MALIBU COCKTAILS ISLAND PUNCH SPIRIT OF THE CARIBBEAN, EUTM 009467721/MALIBU COCKTAILS MELON MARGARITA SPIRIT OF THE CARIBBEAN, EUTM 009467655/ MALIBU COCKTAILS TROPICAL CAIPIRINHA SPIRIT OF THE CARIBBEAN, EUTM 009593971/MALIBU WHITE, EUTM 000418384 /MALIBU,  EUTM 000886689/MALIBU, EUTM 008604753/MALIBU, EUTM 010886761/MALIBU COCKTAILS RUM PUNCH, EUTM 008591976/RADIO MALIBOOM BOOM, EUTM 010038131/MALIBU COCKTAILS CARIBBEAN COSMO, EUTM 010038172/MALIBU COCKTAILS RUM PUNCH, EUTM 010038206/MALIBU COCKTAILS MELON MARGARITA, EUTM 010038248/MALIBU COCKTAILS TROPICAL MOJITO, EUTM 011618485/MALIBOOTH, EUTM 011937133/MALIBU, EUTM 011159597/MALIBU SUNDAE, CDR 002034108-0001, CDR 002034108-0002, CDR 002034108-0003, CDR 002034108-0004 
-[...2 lines deleted...]
-  <si>
     <t>The Absolut Company Aktiebolag</t>
   </si>
   <si>
     <t>EUTM 002843019 ORACLE, EUTM 003404449 ORACLE , EUTM 1542300 ORACLE</t>
   </si>
   <si>
     <t>Oracle International Corporation</t>
   </si>
   <si>
     <t xml:space="preserve">datortehnikas un programmatūras produkti </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 8646481 Unilever, EUTM 003646916 Unilever </t>
   </si>
   <si>
     <t>Unilever N.V</t>
   </si>
   <si>
     <t>Beiersdorf AG</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM4373783/Finlandia, EUTM 009880055/Finlandia - Vodka of Finland, EUTM 008925638/Finlandia - Vodka of Finland,CDR 001865692-0001/, CDR 001865692-0002, CDR 001865692-0003, CDR 002142653-0001, CDR 002085233-0001 
 </t>
   </si>
   <si>
     <t>alkohols</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 009717761 SEE BY CHLOE, EUTM 003683661 CHLOE, EUTM 002113454 SEE BY CHLOE
 </t>
   </si>
   <si>
-    <t xml:space="preserve">CHLOE' S.A.S. </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM1923986/BOTOX Botulinum Toxin Type A Purified Neurotoxin Complex, EUTM 001999481/BOTOX, EUTM 002015832/BOTOX, EUTM 002575371/ It's not magic, its BOTOX, EUTM 003700317/ BOTOX ,EUTM 005244942/ FROM THE CREATORS OF BOTOX, EUTM 009382185/BOTOX, EUTM 009417651/BOTOX 
 </t>
   </si>
   <si>
     <t>Allergan, Inc.</t>
   </si>
   <si>
     <t>kosmētisks līdzeklis</t>
   </si>
   <si>
     <t>EUTM 000225953 RADO</t>
   </si>
   <si>
     <t xml:space="preserve">RADO UHREN AG (RADO WATCH CO. LTD.) (MONTRES RADO S.A.) </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 4821773 Gashütte ORIGINAL </t>
   </si>
   <si>
     <t>Glashütter Uhrenbetrieb GmbH</t>
   </si>
   <si>
     <t>Lange Uhren GmbH</t>
-  </si>
-[...8 lines deleted...]
-    <t>Guess? Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">dažādas preces
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM007257471 Composable, EUTM 000456822 Nomination, EUTM 17215625 Composable, ITM 1069273 Nomination, ITM 0769289 Nomination </t>
   </si>
   <si>
     <t xml:space="preserve">Nomination di Antonio e Paolo Gensini s.n.c. </t>
   </si>
   <si>
     <t>juvelierizstrādājumi</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 007320229OMEGA, EUTM008148892 ΩOMEGA, ITM936242, ITM 953967OMEGA, ITM 997036OMEGA 
 </t>
   </si>
   <si>
     <t>Omega SA</t>
   </si>
   <si>
     <t>EUTM 007072689 TOMTOM /fig./, EUTM 009060765 TOMTOM, ITM 969888 TOMTOM, ITM 969889 /fig./, ITM 969890 /fig./</t>
   </si>
   <si>
@@ -724,54 +701,50 @@
     </r>
   </si>
   <si>
     <t>Irish Distillers Limited</t>
   </si>
   <si>
     <t xml:space="preserve">PERNOD RICARD ITALIA S.P.A. </t>
   </si>
   <si>
     <t>ITM 838377 Abraxane /fig./, ITM 920690/ABRAXANE</t>
   </si>
   <si>
     <t>Abraxis Bioscience, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 00024794/BOB MARLEY, EUTM 001118702/MARLEY, EUTM 002419596/BOB MARLEY, EUTM 005837612/MAMA MARLEYS, EUTM 008371437/MAMA MARLEYS, EUTM 008854151/BOB MARLEY, EUTM 010920866/MARLEY'S ONE LOVE CAFE, EUTM 011765856/MARLEY ONE LOVE COFFEEHOUSE, EUTM 008260821/ MARLEY COFFEE STIR IT UP  
 </t>
   </si>
   <si>
     <t>Fifty-Six Hope Road Music Limited</t>
   </si>
   <si>
     <t>apģērbi, aksesuāri, mūzikas ieraksti u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 000234351 LIU.JO /fig./, EUTM1107343/Les plumes de LIU.JO,  EUTM 011645199/Rebel Queen, EUTM 011715042/LJ ,EUTM 000747923/Liu.Jo, EUTM 0976811/Liu.Jo, EUTM 004717724/Liu.Jo 
-[...2 lines deleted...]
-  <si>
     <t>apģērbi u.c.</t>
   </si>
   <si>
     <t>Bayerische Motoren Werke AG</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM001140979/SNOW MANTRA, EUTM 001140987/RESOLUTE, EUTM 001895903/EXPEDITION PARKA,EUTM 002637395/ASK ANYONE WHO KNOWS, EUTM 003898021/CANADA GOOSE, EUTM 004294336/ CHILLIWACK PARKA, EUTM 05454954/CANADA GOOSE EXPEDITION CLOTHING OUTFITTERS, EUTM 006413777/ CANADA GOOSE BEDDING, EUTM 011377421/ARCTIC TECH, EUTM 011377579/ARCTIC-TECH, EUTM 011378163/TRI-DURANCE, EUTM 011378254/TRI-DURANCE HS, EUTM 011378429/TRI-DURANCE SS, EUTM 008259947/CANADA GOOSE HOME, EUTM 008357675/ THERMAL MAPPING, EUTM 0085090309/CANADA GOOSE ADVENTURE TOURS, EUTM 008627549/CANADA GOOSE, EUTM 008712903/HYBRIDGE, EUTM 009861923/UNIFORM OF THE COLDEST PLACES ON EARTH, EUTM 010007731/BRANTA BY CANADA GOOSE, EUTM 010494979/CANADA GOOSE ARCTIC PROGRAM, EUTM 010563237/TEI, EUTM 010572899/THERMAL EXPERIENCE INDEX, EUTM 001096270/ARCTIC PROGRAM, EUTM 001096700/SNOW GOOSE 
 </t>
   </si>
   <si>
     <t>Canada Goose International AG</t>
   </si>
   <si>
     <t>apģērbi</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM12002515/MBUS, EUTM 12002523/CTR,  EUTM 12003307/MAGPUL DYNAMICS, EUTM 12003414/MOE, EUTM 12003497/UNFAIR ADVANTAGE, EUTM 12003505/PRS, EUTM 12003521/XTM, EUTM 12003638/FCS, EUTM 12003695/AFG, EUTM 12003729/MIAD,  EUTM 12003752/UBR, EUTM 12332557/MS1, EUTM 12832408/M-LOK, EUTM 12846218/M, EUTM 12002259/RSA, EUTM 8757387/QRIOCITY, EUTM 012003349/MAGPUL, EUTM 8757395/MAGPUL, EUTM 12003448, EUTM 12003513, EUTM 12260618/REVITALIZING AMERICAN MANUFACTURI NG MAPGUL DESIGNED AND MADE IN THE USA, EUTM 12003265/ REVITALIZING AMERICAN MANUFACTUIN G DESIGNED IN COLORADO – MADE IN THE USA,EUTM 9816786/PROFESSIONAL TRAINING AND SIMULATION PTS BY MAGPUL, EUTM 1200631/EMAG, EUTM 11824241/PMAG, EUTM 12002317/MS4, EUTM 12002358/ACS, EUTM 12002391/MS3, EUTM 12002457/STR 
 </t>
   </si>
   <si>
     <t>Magpul Industries Corp.</t>
   </si>
   <si>
     <t>Nokia Corporation</t>
   </si>
@@ -1090,106 +1063,50 @@
     <t xml:space="preserve">EUTM 007543151 SHEBA,  EUTM 009781279, EUTM 010465433, EUTM 010465491, EUTM 010825289 SHEBA FOLLOW YOUR PASSION, EUTM 010864701 SHEBA FINESSE, CDR 000181219 - 0001, CDR 000181219 - 0002, CDR 000181219 - 0004, CDR 000181219 - 0007,  CDR 000179379 - 0069, CDR 000179379 - 0092, EUTM 016130692 Sheba, CDR 003806066-0001, CDR 002932384-0001, EUTM 010864701 SHEBA FINESSE, CDR 002932384-0012 
 CDR 000179379-0092, CDR 002932384-0002, CDR 002932384-0011, EUTM 016130676  Sheba, EUTM 015377534 SHEBA PERFECT PORTIONS, EUTM 017661539 SHEBA CRAFT COLLECTION, EUTM 017961731 SHEBA CREAMY SNACKS, CDR 000181219-0001 
 </t>
   </si>
   <si>
     <t xml:space="preserve">CDR 001790973-0001, EUTM 008 846 834, EUTM 006292668, EUTM 006292668 BABYZEN, EUTM 009857061 YOYO 
 </t>
   </si>
   <si>
     <t>BABYZEN SAS</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM012348876, EUTM 008915415,  EUTM 009165821, EUTM 009165747, EUTM 009583998 GALAXY MELT INTO, EUTM 010172344 GALAXY FLUTES, EUTM 002692622 GALAXY, EUTM 003527975, CDR 001160519 - 0001, CDR 001160519 - 0002,  EUTM 003527942, EUTM 012348504, EUTM 012348652, EUTM 012380994, EUTM 012348694, EUTM 012348827, CDR 000170741 - 0005, CDR 000748421 - 0004, CDR 000748421 - 0005, CDR 0007 48421 - 0006, CDR 000748421 - 0007, CDR 000748421 - 0008, CDR 0007484 21 - 0009, CDR 000748421 - 0010, CDR 000170741 - 0001, CDR 000170741 - 0002, CDR 000545173 - 0001, CDR 000545173 - 0002, CDR 000545173 - 0003, CDR 000545173 - 0004, CDR 000545173 - 0005, CDR 000545173 - 0006, CDR 001296974 - 0001, CDR 001256028 - 0001, CDR 0001291066 - 0002, CDR 0001 291066 - 0003, CDR 002012757 - 0002, CDR 002227215 - 0001, CDR 00222 7215 - 0002, CDR 000170741 - 0004, CDR 000170741 - 0006, CDR 000170741 - 0007, CDR 000170741 - 0008, CDR 000748421 - 0001, CDR 000748421 - 0002, CDR 000748421 - 0003, CDR 000748421 - 0012, CDR 000748421 - 0013, CDR 000748421 - 0011, CDR 000748421 - 0014, EUTM000001701 DOVE, EUTM 001010669 DOVE PROMISES, EUTM 008797565GALAXY BUBBLES, EUTM 008915365 Galaxy Minstrels, EUTM 008915415 Galaxy Ripple, CDR 000170 741-0001,  EUTM 001010669 DOVE PROMISES
 </t>
   </si>
   <si>
     <t>EUTM 004848206 EUR</t>
   </si>
   <si>
     <t>Rail Cargo Austria AG</t>
   </si>
   <si>
     <t xml:space="preserve"> koka paletes</t>
   </si>
   <si>
-    <r>
-[...54 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM8604811/ABSOLUT BERRI ACAI, CDR 000690300-0002, CDR 000690300-0003, CDR 000690300-0004, CDR 000690300-0005, CDR 000690300 -0006, CDR 000690300-0007, CDR 000690300-0008, CDR 000690300-0009, CDR 000690300-0010, CDR 000690300-0011, CDR 000690300-0012, CDR 001899006-0001, CDR 001899006-0002, CDR 002190439-0004, CDR 002190439-0005, CDR 002190439-0006, CDR 002190439-0007, CDR 002190439-0008, CDR 002190439-0009, CDR 002223750-0001, CDR 002223750-0002, CDR 002223750-0003, CDR 002223750-0004, CDR 002223750-0005, CDR 002223750-0006, CDR 002223750-0007, CDR 002223750-0008, CDR 002223750-0009, CDR 002237677-0001, CDR 002237677-0002, CDR 002237677-0003,EUTM 009812686/ABSOLUT BLANK, EUTM 009814757/SWEDISH VODKA ABSOLUT SINCE 1879, EUTM 010599471/ABSOLUT CHERRYKRAN, EUTM 009814906/ABSOLUT COUNTRY OF SWEDEN VODKA Every drop of this superb vodka has been crafted only with..., EUTM 011956729/ABSOLUT COUNTRY OF SWEDEN ELYX COPPER CATALYZATION PERFECTED HANDCRAFTED VODKA PRODUCED AND..., EUTM 012238598/ ABSOLUT COUNTRY OF SWEDEN KURANT, EUTM 012238556/ABSOLUT COUNTRY OF SWEDEN ÄPPLE, EUTM 010076701/ABSOLUT COUNTRY OF SWEDEN GRÄPEVINE, EUTM 009724949/ABSOLUT Country of Sweden KURANT, EUTM 012238481/ ABSOLUT COUNTRY OF SWEDEN CHERRYS, EUTM 012238333/                   ABSO LUT COUNTRY OF SWEDEN GRÄPE, EUTM 001023654/ ABSOLUT Country of Sweden MANDRIN, EUTM, 01023613/ABSOLUT Country of Sweden MANDRIN, EUTM 006680516/ ABSOLUT MANGO Country of Sweden, EUTM 009484544/ ABSOLUT COUNTRY OF SWEDEN ORIENT APPLE, EUTM 009814849/ABSOLUT COUNTRY OF SWEDEN VODKA Every drop of this superb vodka has been crafted only with..., EUTM 009200668/ ABSOLUT ELYX, EUTM 009623422/ABSOLUT Country of Sweden ELYX, EUTM 001009505/ABSOLUT MANDRIN,  EUTM 005323415 /ABSOLUT Country of Sweden PEARS, EUTM003641693/ABSOLUT RASPBERRI, EUTM 005011961/ABSOLUT RUBY RED Country of Sweden, EUTM 010345411/ ABSOLUT Sparkling Fusion TUNE, EUTM 009384901 ATELIER ABSOLUT, EUTM 009725003/COUNTRY OF SWEDEN ABSOLUT,  EUTM 005953237/ IN AN ABSOLUT WORLD, EUTM 009814674/SWEDISH VODKA ABSOLUT SINCE 1879, EUTM 010828465/ABSOLUT TUNE, EUTM 010878651/ ABSOLUT CRAFT, EUTM 010996619/ABSOLUT PEPPAR, EUTM   010996536/ ABSOLUT KURANT, EUTM 010996445/ABSOLUT COUNTRY         OF SWEDEN ELYX, CTM 010996651/ABSOLUT CITRON, CTM 011096088/ABSOLUT VODKA, CTM 009723446/ABSOLUT VODKA, CTM 000740134, CTM 001515121, CTM 000482877, CTM 001515113, CTM00740092, CTM 000739987/ABSOLUT, CTM 000740043/ABSOLUT
 </t>
   </si>
   <si>
     <t>alkoholiskais dzēriens ABSOLUT</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM886097 5ELISABETTA FRANCHI + figura, ITM 1093268 figura geometrica,  ITM 959545 ELISABETTA FRANCHI 
 </t>
   </si>
   <si>
     <t>Betty Blue s.p.a.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 0477346 Davidoff, EUTM 0540856 Davidoff, EUTM 0419399 ZINO, EUTM 1176554 D Z
 </t>
   </si>
   <si>
     <t xml:space="preserve"> Davidoff &amp; Cie  S.A.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                     EUTM 004514113/ CALLIOPE, EUTM 001264159/TERRANOVA 
 </t>
   </si>
   <si>
@@ -1283,192 +1200,177 @@
   <si>
     <t xml:space="preserve">CDR 002386763-0001, CDR 002587402-0004, CDR 002197442-0001 
 CDR 002386763-0002,EUTM 011946167 93041540 GoPro, EUTM 012621901GOPRO, DR002736124-0002, CDR002736124-0001 
 CDR002773762-0001, CDR002587402-0003, CDR002756171-0001 
 CDR002762583-0002, EUTM006750376HERO,CDR002633750-0001 
 EUTM006750368GOPRO 
 </t>
   </si>
   <si>
     <t>GoPro Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 017191776 HAYK ARMENIAN BRANDY, EUTM 015182496 HEART TO HEART, EUTM 009797424 NAIRI, EUTM 009797317 OTBORNY, EUTM 009797391 VASPURAKAN, ICD DM/074289, EUTM 3489481 ARARAT, EUTM 13340815 EREBUNI, EUTM 1005042, EUTM 009797374 10674222 AKHTAMAR, EUTM 009797275 ANI, EUTM 1065090, EUTM 3489408 ARARAT, EUTM 011063096, EUTM 890065, EUTM 1063460, EUTM 890072, EUTM 1065147, EUTM 890064, EUTM 882087, EUTM 890062, EUTM 1065091, EUTM 890069, EUTM 1065092, EUTM 1065093 </t>
   </si>
   <si>
     <t>YEREVAN BRANDY COMPANY CJSCY</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 008574592 WHITE OAK, ITM 961239 Marque figurative, EUTM 010130755Chivas Regal 12 Blended Scotch Whisky, EUTM 010271691 Chivas Regal 18 Gold Signature, EUTM 010271741Chivas Regal 18 Gold Signature, EUTM 010444495THE ART OF HOSTING, EUTM 010588796 MADE FOR GENTLEMEN, EUTM 010645265 Chivas Regal Aged 25 Years, EUTM 010782217 CHIVAS REGAL Aged 12 Years, ESTD. 1801, EUTM 010924611, EUTM 010970069EVERY TASTE A NEW EXPERIENCE, EUTM 011002037 CHIVAS BROTHERS purveyors of fine whiskies EST° 1801; CHIVAS REGAL AGED 12 YEARS CHIVAS BROTHERS LTD, EUTM 011098456 CHIVAS REGAL AGED 12 YEARS; ESTD 1801, EUTM 011441649 Chivas Regal 1801, EUTM 011441672 Chivas Regal 12 BLENDED SCOTCH WHISKY, EUTM 011441722Chivas Regal 25YO bottle 3D (colour), EUTM 011570629 1Chivas Regal, EUTM011579372 CHIVAS REGAL AGED 18 YEARS GOLD SIGNA TURE, EUTM011636529 TREIBHIREAS-BUNAI TEACHD; FOUNDED 1801, EUTM 011636561CHIVAS REGAL,EUTM 011636578, EUTM 011636594 COLIN SCOTT, EUTM 011645991 CHIVAS REGAL, EUTM011646023, EUTM 011646064, EUTM 011646106CHIVAS REGAL 25 YEAR OLD, EUTM 011646775CHIVAS REGAL GOLD SIGNATURE, EUTM 011682283CHIVAS, EUTM 011734068 CHIVAS 18 ESTD. 1801, EUTM 011913779 CHIVAS, CHIVAS REGAL, AGED 12 YEARS, EUTM 011974516CHIVAS REGAL, EUTM 012859799AGED 12 YEARS, MADE FOR GENTLEMEN, CHIVAS, EUTM 012859799CHIVAS REGAL EXTRA, EUTM 012921243 BARRELHOUND, EUTM 013152244 CHIVAS REGAL Extra, EUTM013210851, EUTM013210877, ITM902720, EUTM009975129 The International Exhibition London 1884, EUTM 009922873 HIGHLAND CLAN,EUTM010202687Sur les traces du Clan Campbell, EUTM 010731149Clan Campbell Elements Air, EUTM 010731156 Clan Campbell Elements Fire, EUTM 010731164Clan Campbell Elements Earth, EUTM013957816 CLAN CAMPBELL, EUTM000152900CLAN CAMPBELL, EUTM000974964 HOUSE OF CAMPBELL, EUTM 01448589CHIVAS THE VENTURE, EUTM006323869, EUTM 007299605CHIVAS LIVE WITH CHIVALRY, EUTM007560501CHIVAS STUDIO, EUTM 008116642CHIVAS REGAL, EUTM 008157364 LES CHEVALIERS MODERNES 
 </t>
   </si>
   <si>
     <t>Chivas Holdings (IP) Limited</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 5248679 GIANVITO ROSSI, EUTM 015507163 GIANVITO ROSSI, EUTM 11716495GIANVITO ROSSI MILANO 
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM EU005843818LAISSEZ VOTRE EMPREINTE, EUTM EU 006270607DEJA TU HUELLA, EUTM EU009900234 Three dimensional mark , EUTM EU010198208 THE 24TH HOUR, EUTM EU010198241 GIN &amp; TEA, EUTM EU006274071, EUTM EU008707697 LISTEN TO YOUR BEAT, EUTM EU009538257 MacNair's Blended Scotch Whisky, EUTM EU006800916, EUTM EU009083379, EUTM EU009083411, EUTM EU002548113, ALLANTINE'S, EUTM EU008740672 CHRISTMAS RESERVE, EUTM EU008740706 BALLANTINE'S CHRISTMAS RESERVE, EUTM EU009079401, EUTM EU010827889, EUTM EU005843776LEAVE AN IMPRESSION, EUTM EU010198381, EUTM EU009900309 BURROUGH'S, EUTM EU0099124451 BURROUGH'S RESERVE, EUTM EU010486942 Three dimensional mark, EUTM EU010634152 1STUDIO,EUTMEU010634194 BEEFEATER STUDIO, EUTM EU010879153 JAMES BURROUGH, EUTM EU010879161  BURROUGH, EUTM EU011085024  MI LONDRES, EUTMEU011085065  THIS IS MY LONDON, EUTM EU011106366 GINSPIRE, EUTM EU011106374 GINSPIRED, EUTM EU011106391 GIN-SPIRED, EUTM EU011221785 #MYLONDON, EUTM EU010345627 BEEFEATER LONDON SESSIONS, EUTM EU010746857 EUTM EU010779891GIN COLLEGE, EUTM EU010198414, EUTM EU010222081, EUTM EU010222305, EUTM EU009425182 MACNAIR'S, EUTM EU009538281HARVEY MACNAIR &amp; CO. LTD, EUTM EU010826063, EUTM EU009660952HARVEY MACNAIR , EUTM EU009440157CULLINAN, EUTM EU009613571 GIN AND TALES, EUTM EU009471707, EUTM EU008514499TAKES YOU BEYOND, EUTM EU009475716, EUTM EU009486201, EUTM EU006625453,EUTMEU 006625719 BEEFEATER, EUTM EU014348452, EUTMEU006625719 BEEFEATER, EUTM EU008573016LONDONIZE, EUTM EU009440009 BURROUGH'S LEGACY,EUTM EU009440082 MONUMENT, EUTM EU009576455 MIDNIGHT PLEASURES, EUTM EU008435208 TAKES YOU BEYOND, EUTM EU009471996 </t>
   </si>
   <si>
     <t>Allied Domecq Spirits &amp; Wine Limited</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                    EUTM 007405293, EUTM 001045434 EUTM 007405285 (Trade mark without text), EUTM 004265997(Trade mark without text), EUTM 004748661, EUTM 001045434, EUTM 007405293 ENGLAND, EUTM 012499844 THE FOOTBALL ASSOCIATION, EUTM 009086026 ENGLAND, EUTM 012499761
 </t>
   </si>
   <si>
     <t>The Football Association Limited</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 000372458, CDR 002028399-0015, CDR 002028399-0014 93026226, CDR 002028399-0013 93026224, CDR 002028399-0012 93026222, CDR 002028399-0011 93026220, CDR 002028399-0010 93026218, CDR 002028399-0009 93026216, CDR 002028399-0008 93026214, CDR 002028399-0007, CDR 002028399-0006, CDR 002028399-0005, CDR 002028399-0004, CDR 002028399-0003,         CDR 002028399-0002, CDR 002028399-0001, CDR 000899083-0001, EUTM 010427979, EUTM 010427987, EUTM 000472506  
-[...2 lines deleted...]
-  <si>
     <t>Rimowa GmbH(HRB 14213)</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1143133QiviCon, EUTM 000215319 ·T··· , EUTM 000214528T-Online, EUTM 000214478-T---Online-, EUTM 006424055 T Home, EUTM 006660121 T-Home, EUTM 001961788 T Systems, EUTM 001935659 T-Systems, EUTM 004588208T, EUTM 002122141t, EUTM 004501342 T-Com, EUTM 000212613, EUTM 004589826 T, EUTM 003127611t, EUTM 001856079 t, EUTM 001855329 T-Com, EUTM 003125432t, EUTM 000485441T-Mobile, EUTM 000485391·T· · · Mobile·, CDR 1195101-0001, CDR 001195101-0002 WLAN POWER WPS RESET 5 SEK. LAN, CDR 000906847-0001, CDR 000906847-0003, CDR 001195101-0003WLAN POWER WPS RESET 5 SEK. LAN, CDR 001195101-0004 93039356, CDR 002004531-0001, CDR 000906847-0002 93039342,CDR 001195101-0005, EUTM 006367916T Home, EUTM 005046453T-Home, EUTM 002142784  ·T· · · Com·  
 </t>
   </si>
   <si>
     <t>Deutsche Telekom AG</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000309567Schneider KREUZNACH, EUTM 003677606B+W  </t>
   </si>
   <si>
     <t>Jos. Schneider Optische Werke GmbH</t>
   </si>
   <si>
     <t>B+W filtri</t>
   </si>
   <si>
     <t>EUTM 1319102Toppik, EUTM 015368491 Toppik, EUTM 015394471 Toppik</t>
   </si>
   <si>
     <t>Church &amp; Dwight Co. Inc.</t>
   </si>
   <si>
+    <t>Matu kopšanas produkti</t>
+  </si>
+  <si>
     <t xml:space="preserve">EUTM 10615607 URGOCLEAN, EUTM 010595651 URGOSTART, EUTM 011629342 HUMEX, EUTM 000989863 URGO, EUTM 012918901 URGO, EUTM 012918777 URGO,EUCTM 010372928 URGOTUL, EUTM 011458056 IMMUNOSTIM, EUTM 018127309 FILMOGEL
 </t>
   </si>
   <si>
     <t>URGO RECHERCHE INNOVATION ET DEVELOPPEMENT</t>
   </si>
   <si>
     <t>EUTM 2972040 FORCE, EUTM  002151884 REGLONE, EUTM  002815298 ACTELLIC, EUTM  002815264 KARATE, EUTM  003009453 AMISTAR, EUTM  003332442 BONZI, EUTM  006007207 MILAGRO</t>
   </si>
   <si>
     <t>Syngenta Limited</t>
   </si>
   <si>
     <t>augu aizsardzības līdzekļi</t>
   </si>
   <si>
     <t>Metallica, partnership</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM000481648TIGHT LIES,ITM 924914 TITALLIUM, EUTM 009671629 TOUR DRIVEN PERFORMANCE, EUTM 002068823TOUR PREFERRED, EUTM 009569088TOUR PREFERRED, EUTM 003950532P, EUTM 003362746 ovation, EUTM 012759627OWN THE SECOND SHOT, EUTM 008539322PENTA TP, EUTM 006125298PRO GOLD, EUTM 012530473 DHY, EUTM 007388861 DIABLO ST, EUTM 009095019F11, ITM 1074238, EUTM 006573596 IOTHANE, EUTM 012297561JETSPEED, EUTM 014539639KALEA, EUTM 010795847 M-1, EUTM 010060036MOVABLE WEIGHT TECHNOLOGY, EUTM 014373732 MYROUNDPRO, EUTM 010270511 TP, ITM 858666 NOODLE, EUTM 004341517YES! GOLF, EUTM 008942526A12, EUTM 005819321A4, EUTM 005819347A5, EUTM 008942501A9, EUTM 000802025 ADAMS, EUTM 001517465 ADAMS, EUTM 011795556ADAMS, EUTM 002833473 Adams Idea, EUTM 012997847 AEROBURNER, ITM 869703AGSI, EUTM 009558354BURNER, EUTM 005751491BURNER , EUTM 008942542V3, EUTM 006125272XTD, EUTM 004342581yes!, ITM 881790NOODLE, EUTM 014545578PSi, EUTM 003690252Puglielli, EUTM 011403292R1, ITM 933992R11, EUTM 013093166R15, EUTM 003391539 R7, EUTM 003759636r7, EUTM 007457765R9, EUTM 002790996 RAYLOR, EUTM 010289189RBZ  
  </t>
   </si>
   <si>
     <t>Taylor Made Golf Company, Inc.</t>
   </si>
   <si>
     <t>EUTM 018042778 PURE PREP, EUTM 015560873 TECH PREPEUTM 000161372 GANT, EUTM 006282776 GANT,  EUTM 008386864 GANT, EUTM 001652536 GANT, EUTM 002681062 GANT, EUTM 011527769 GANT, EUTM 004669149 GANT, EUTM 009320144 GANT, EUTM 011596467GANT,  EUTM 005170824 GANT-RUGGER, EUTM 008383051G,  EUTM 009041963 G, EUTM 003246816, EUTM 008294308 GANT, EUTM 009720251, EUTM 002685808</t>
   </si>
   <si>
     <t>Gant AB</t>
   </si>
   <si>
     <t>EUTM 2973378 COMME UNE EVIDENCE</t>
   </si>
   <si>
     <t>LABORATOIRES DE BIOLOGIE VEGETALE YVES ROCHER</t>
-  </si>
-[...5 lines deleted...]
-    <t>Fossil Group, Inc.</t>
   </si>
   <si>
     <t>EUTM 000526095 CAMPER /fig./, EUTM 001834738 /fig./, EUTM 002566594 /fig./, EUTM 002647865 /fig./, EUTM 002662450 CAMPER /fig./, EUTM 002884104 Camper /fig./, EUTM 002884153 CAMPER /fig./, EUTM 003516961 WABI, EUTM 004469417 /fig./, EUTM 004569372 PEU, EUTM 006805493 CAMPER FOR KIDS /fig./, RCD 000516215-0007, RCD 000342605-0007, RCD 001120323-0032, RCD 001120323-0033</t>
   </si>
   <si>
     <t>Camper S.L.</t>
   </si>
   <si>
     <t>apavi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 3251956/Gavi, EUTM 3877611/Gavilast,  EUTM4784906 /Gav, EUTM 4571626/Gav, EUTM 3947728/Cool, EUTM 3251972/ Gavis, CDR 000203310/Project Cooler Tablet, CDR 000552021-0001/Project Dada - Bi-Layer Tablet, CDR 000552021-0002/Project Dada -Bi-Layer tablet, CDR 000236971-0001/Project Saloon: Pill Container/Dispenser (Gaviscon/Lemsip, CDR 000236971-0002/Project Saloon: Pill Container/Dispenser (Gaviscon/Lemsip, CDR 000236971-0003/Project Saloon: Pill Container/Dispenser (Gaviscon/Lemsip 
 </t>
   </si>
   <si>
     <t>Reckitt Benckiser Healthcare (UK) Ltd</t>
   </si>
   <si>
     <t>EUTM207035XEROX, EUTM  006589535 xerox</t>
   </si>
   <si>
     <t>Xerox Corporation</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM	1046223	F, EUTM 18061271 T-WINNING TOD'S-WINNER IN NATURE NATURALLY IN NEXT GLOCALIZATION, EUTM 858452 TOD'S
 EUTM 1045303 D-BAG,EUTM 5184536 HOGAN, EUTM 5184528 T	
 EUTM 18016987	FAY TRAVEL JACKET, EUTM 17319443 TOD'S	
 EUTM 13437637 HOGAN CLUB, EUTM 1414446 T-FACTORY, EUTM 9691791	FAY, EUTM 8887804 FAY GRAND STADIUM, EUTM	1402694 TOD'S YORKY,EUTM11271343 HOGAN,EUTM9909185 FUTURE ROOTS
 EUTM 10339281 FAY BIKING JACKET, EUTM 5617105 HOGAN INTER  ACTIVE, EUTM 1099280 TOD'S SIGNATURE, EUTM 4208112 FAY	
 EUTM 1078778 TOD'S, EUTM 3324613 FAY, EUTM 1393593 VENETIAN TOD'S, EUTM 1383265 T, EUTM 12348801 J.P. CLUB, EUTM 18061267 T-WINNING, EUTM 15570955 ITALIAN DIARIES, EUTM 014723266 Trade FAY,  EUTM 12298345 INSTA DIARIES, EUTM 12298279 INSTA DIARIES
 EUTM 010623361 TOD'S,  EUTM 1445938 SHOE-KER, EUTM 13453394 HOGAN CASUAL BUSINESS, EUTM 1006548 TOD'S, EUTM 8887821 F	
 EUTM 10158889 TOD'S, EUTM 16503393 H, EUTM 5184734 FAY, EUTM 13762141 TOD'S CAPE BAG, EUTM	 5616008 H INTERACTIVE, EUTM  8437352 HOGAN, EUTM 18026127 FAY ARCHIVE, EUTM 18016971 FAY TOGGLE COAT, EUTM 16841405 H	, EUTM	18032434, EUTM 14723291 TOD'S, EUTM 1121319 TOD'S NO CODE, EUTM 4295531 TOD'S	</t>
   </si>
   <si>
     <t>Tod's S.P.A.</t>
   </si>
   <si>
     <t>Puma SE</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 008785651 LE MALE TERRIBLE (semi-figurative), EUTM 9038704 NINA (Verbale), EUTM 9291485 VICTORY, EUTM 9299942 VICTORY PACO RABANNE, EUTM 9468901 INVICTUS PACO RABANNE, EUTM 9505751 PACO RABANNE (Verbale), EUTM 9625682	 INVICTUS, EUTM 10409051 MADEMOISELLE RICCI (Verbale), EUTM 10643393 MADEMOISELLE RICCI, EUTM 10696839 LE BEAU MALE, EUTM10757128 Le Male, EUTM  JPG, EUTM 10665271 Jean Paul Gaultier, EUTM 2765246 JPG, EUTM 3944592 Jean Paul Gaultier, EUTM 8243826 Gaultier, EUTM 11172442 NINA L'EAU, CDR 192356 FLACON LOVE IN PARIS NINA RICCI, CDR 000324553 FLACON NINA NINA RICCI [NR5], CDR 820600-0001 BOTTLE (1 MILLION), CDR 870126 BOTTLE Colour 1 MILLION, CDR 1643909 ENVASE PR7F LADY MILLION (FINAL), CDR 2081521 ENVASE PR9 INVICTUS (FINAL), CDR 2443671-0001ENVASE L'EXTASE, CDR 3307461 ENVASE PURE XS, CDR 3833920-0001 ENVASE OLYMPÉA 2018, EUTM 018144767 PHANTOM PACO RABANNE, EUTM 018310792 LADY MILLION FABULOUS, EUTM 018310790 AIR METAL, EUTM 018324639 OLYMPÉA BLOSSOM, EUTM 018348265 MAJOR ME PACO RABANNE, EUTM 011327848 LA BELLE DE GAULTIER, EUTM 14055727 NINA APPLE (OUTER PACK), CDR 820600-0002 BOTTLE (1 MILLION), CDR 2443671- 0002 ENVASE L'EXTASE, CDR 2443671-0003 ENVASE L'EXTASE, EUTM 018063220 Jean Paul Gaultier "La Belle", EUTM 1938596 PREMIER JOUR (Verbale), EUTM 2412385 ULTRAVIOLET MAN paco rabanne (3D) (Figurative), EUTM 4378451 BLACK XS, EUTM 4365078 L'AIR DU TEMPS NINA RICCI, EUTM 5043021 FLACON NR5 (couleur framboise) (Tridimensionnelle), EUTM 5312459 NINA NINA RICCI (stylisée), EUTM 5338868 NINA NINA RICCI (face principale étui NR5) (Couleurs), EUTM 5400486 BLACK XS, EUTM  5420501 NR (logo) (Semi-figurative), EUTM 5682141 1 MILLION
 </t>
   </si>
   <si>
     <t>PUIG FRANCE, SAS</t>
   </si>
   <si>
     <t>higiēnas produkti</t>
   </si>
   <si>
-    <t>Ferrari S.p.A.</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 003971561 /fig./, EUTM 006256499 FACTOTUM, EUTM 006987689 FACTOTUM, EUTM 007595218 /fig./, EUTM 001937457 K.WAY /fig./, EUTM 004628715 LET IT RAIN, EUTM854200 K WAY, EUTM 000857557 K.WAY, EUTM 17891153 Briko, ITM 1163399 Briko, EUTM 11396521 K Way, EUTM 006256499 FACTOTUM</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 018160240 BRYGGA, EUTM5973698 NovaLite, EUTM 3387719 ComforTex, ITM 1009454 MAVIG, ITM1009455MAVIG,  CDR  3048198-0004, CDR 3048198 -0003, CDR 3048198-0002, CDR 3048198-0001, CDR 2677617-0003, CDR 2677617-0002, CDR 2677617-0001, CDR 2633503-0002, CDR 2633503-0001, CDR 3074939-0004, CDR 3074939-0003, CDR 3074939-0002 , CDR 3074939-0001, CDR 3013457-0006, CDR 3013457-0005, CDR 3013457-0004, CDR 3013457-0003, CDR 3013457-0002, CDR 3013457-0001, CDR 2484469-0002, CDR 2484469-0001, CDR 2201202-0005, CDR 2201202-0004, CDR 2201202‐0003, CDR 2201202‐0002, CDR 2201202-0001, CDR 1004550-0002, CDR 1004550-0001 
  </t>
   </si>
   <si>
     <t>MAVIG GmbH</t>
   </si>
   <si>
     <t>aktivitāšu aproce</t>
   </si>
   <si>
     <t>Diageo Brands B.V.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM12139416 YOSHIMURA, EUTM 011059862 YOSHIMURA, EUTM 017993213 YOSHIMURA </t>
   </si>
   <si>
     <t>Kabushiki Kaisha Yoshimura Japan</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                                                                                                                                                                                                                                                        EUTM 000401778, EUTM 000401547 UMBRO 
 </t>
   </si>
@@ -1542,61 +1444,54 @@
   <si>
     <t xml:space="preserve">STAG autogāzes sistēmas </t>
   </si>
   <si>
     <t>EUTM 541474 ANGELUS GRAND CRU CLASSÉ CHATEAU ANGELUS St- Emilion Grand Cru DE BOÜARD DE LAFOREST &amp; FILS PROPRIET</t>
   </si>
   <si>
     <t>GROUPEMENT FONCIER AGRICOLE CHATEAUX MAZERAT ET ANGELUS</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 11569696ASPIRO,EUTM 015460264TEELO, EUTM009084311 VICTO, EUTM009084377OCTO, EUTM 010778322OWALO, EUTM 009084427SECTO  CDR 001805797-0001, CDR 001805797-0002, CDR 001805797-0003, CDR 002098798-0001, CDR 002098798-0002, CDR 002614636-0001 
  </t>
   </si>
   <si>
     <t>Secto Design</t>
   </si>
   <si>
     <t>dizaina lampas</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 006637609-0001, CDR 008021679-0001, ICD 008165088-0001
 ICD 002683870-0001, CDR 002546481-0001Modèle CELESTE X6, CDR 002546481-0002 Modèle CELESTE X3, CDR 002546481-0003 Modèle CELESTE X1, CDR 002556704-0001Modèle CELESTE GLASS, CDR 002683870- 0001Modèle EL BADIA C1, EUTM 014970412 EL BADIA,EUTM 014959845 10434156 CELESTE 
 </t>
   </si>
   <si>
-    <t>LA MONTAGNE VERTE</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Pernod Ricard </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 013982707 THE DISTILLER'S SAFE, EUTM 013982814 THE COOPER'S CROZE, EUTM 013982913 THE BLENDER'S DOG, EUTM 014345516, EUTM 014345541, EUTM 014345672, EUTM 015175813  JAMESON, EUTM 009601221 Jameson, EUTM 012155511, EUTM 12196572, EUTM 012155404, EUTM 012155255, EUTM 001129329 JAMESON, EUTM 000100107  JAMESON, EUTM 009712985, EUTM 009713124, EUTM 011813839, EUTM 016269268 JAMESON, EUTM 014011712 OW STREET, EUTM 011762622 JAMESON BLACK BARREL, EUTM 012217568, EUTM 010689065, EUTM 009712845, EUTM 011751468, EUTM 011643566, EUTM 011036341, EUTM 016252091 JAMESON Established Since, EUTM 016871451 JAMESON John Jameson &amp; Son Limited JJ&amp;S, EUTM 012155164, EUTM 016871618  JAMESON, EUTM 009601352, EUTM 012943288 JAMESON ESTABLISHED SINCE 1780 SINE METU CASKMATES JJ&amp;S JOHN JAMESON &amp; SON LIMITED, EUTM 017253667 JAMESON ESTABLISHED SINCE 1780 SINE METU, CASKMATES JOHN JAMESON &amp; SON LIMITED JJ&amp;S, EUTM 012955241 CASKMATES, EUTM 013978317 SINE METU, EUTM 14533038 SINE METU </t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t>Trijicon, Inc</t>
   </si>
   <si>
     <t>CHAMPION PRODUCTS EUROPE LIMITED</t>
   </si>
   <si>
     <t>EUTM 2645448 MARVELL, EUTM 5681441 M, EUTM 18236941 M MARVELL, EUTM 18236938 M, EUTM 18236940 MARVELL</t>
   </si>
   <si>
     <t>Marvell Asia Pte, Ltd.</t>
   </si>
   <si>
     <t>integrālās shēmas, pusvadītāji</t>
   </si>
   <si>
     <t>Lucasfilm Ltd. LLC</t>
   </si>
   <si>
     <t>ITM 0732812 Richard Mille</t>
   </si>
   <si>
     <t>Turlen Holding SA</t>
   </si>
@@ -1629,223 +1524,183 @@
     <t>Lucasfilm Entertaiment Company Ltd.LLC</t>
   </si>
   <si>
     <t>EUTM 009593849/MabThera, EUTM 009593807/Tamiflu</t>
   </si>
   <si>
     <t>F. Hoffmann-La Roche AG</t>
   </si>
   <si>
     <t>farmaceitiskie produkti</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 011708013Buparid, EUTM 004670551Mucoclear , EUTM 002004034 Pari, EUTM 000577627Pari, EUTM 002374510Pari Smartmask, EUTM 010210441Tolero, EUTM 010523959Vantobra, EUTM 009153198Velox, EUTM 009555525Vortex, EUTM 010098952 Colfinair, EUTM 005348776Colifin, EUTM 011015211Ebase, EUTM 001947134E-Flow, EUTM 004869848eFlow, EUTM 010206861Erapid, EUTM 013364931eTrack, EUTM 005223979LC Print, EUTM 012217618Zirela, CDR 000528450-0001, CDR 000528450-0002,                     CDR 000358502-0001, CDR 000371695-0001, CDR 000371695-0002, CDR 000371695-0003, CDR 000371695-0004, CDR 000371695-0005, CDR 002411470-0001, CDR 002411470-0002, CDR 002411470-0003, CDR 002411470-0013, CDR 000528443-0001, CDR 003180033-0001, CDR 003180033-0002, CDR 003180033-0003, EUTM 071785020 Altera  
 </t>
   </si>
   <si>
     <t>Pari Pharma GmbH</t>
   </si>
   <si>
     <t>Europe Watch Group II BV</t>
   </si>
   <si>
     <t>Novo Nordisk FemCare AG</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 003833225 WOMAN BOSS HUGO BOSS, ITM 754225 HUGO BOSS, EUTM  004389508 CLAIROL HYDRIENCE, EUTM 004316592CLAIROL NICE N EASY, EUTM 003423571CLAIROL LASTING COLOR, EUTM  003423101CLAIROL LOVING CARE, EUTM 002951481 CLAIROL COLORWONDERFUL, EUTM 004757531 MASTERPIECE, EUTM  001469188FACEFINITY, EUTM10536084 GLOSSFINITY, EUTM  005369211MASTERTOUCH, EUTM009269879 LILY,EUTM 014867576 STELLA STELLA McCARTNEY, ITM934747A/ E, EUTM008558132,EUTM 001919208, ESCADA SENTIMEN, EUTM 008558108 ESCADA, EUTM 001111590 DARK, BLUE, EUTM  002742971 DEEP RED, ITM  1319522 BOSS HUGO BOSS, ITM  1297788 BOSS, EUTM  008276801 BOSS ORANGE, EUTM  000049254 HUGO BOSS, EUTM 000049221 BOSS, ITM  1147051, ITM  836705 SOUL, EUTM  10302511  NUIT POUR FEMME BOSS HUGO BOSS, ITM 1069374 JUST DIFFERENT, ITM  945297 XY HUGO, ITM  944245 XHUGOX, EUTM  2543759 BOSS BOTTLED, EUTM  3737004 BOSS HUGO BOSS INTENSE, EUTM  002433399 STELLA McCARTNEY, EUTM  003698396 MAXFACTOR THE MAKE-UP OF MAKE-UP ARTISTS, EUTM  011657004 MAX FACTOR, EUTM  000273730 MAX FACTOR, EUTM  005783691 STELLA McCARTNEY, ITM  1016000 STELLA  
-[...2 lines deleted...]
-  <si>
     <t>HFC Prestige International Holding Switzerland Sàrl (Hugo Boss, Escada, Max Factor)</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 004537734 BIOSYNTH, EUTM	018135030 BIOSYNTH CARBOSYNTH, EUTM 018135028 BIOSYNTH Carbosynth 
-[...2 lines deleted...]
-  <si>
     <t>BIOSYNTH AG</t>
   </si>
   <si>
     <t>diagnostika, farmaceitiskā rūpniecībā, ķīmiskā rūpniecībā, pārtikas un vides testēšana.</t>
-  </si>
-[...5 lines deleted...]
-    <t>Sport Fashion Service S.r.l.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000394460 JOHN DEERE, EUTM 000332874 JOHN DEERE, EUTM 001727122, EUTM 000063479HY-GARD, EUTM003851367 Plus-50 , EUTM 001637420COOL-GARD, EUTM 006258156, EUTM 000063289, EUTM 004390548 91011653 JOHN DEERE, EUTM 006107783 JOHN DEERE, EUTM 0062581311, EUTM 003286614
 </t>
   </si>
   <si>
     <t>Deere &amp; Company</t>
-  </si>
-[...3 lines deleted...]
-</t>
   </si>
   <si>
     <t xml:space="preserve">Marelli Europe S.p.A. </t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">EUTM 013722178 Sandisk, EUTM 1874791 Sandisk, EUTM 2919215 SanDisk, EUTM 010885366 SanDisk, EUTM008211559 SanDisk, EUTM 002773463Cruzer, EUTM 018039296 SanDisk Extreme, EUTM 018157939 NAWM, EUTM 003118452 SANDISK, EUTM 018039292 SanDisk Ultra </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color rgb="FFFF0000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
              </t>
     </r>
   </si>
   <si>
     <t>SanDisk LLC</t>
   </si>
   <si>
     <t>EUTM 001463496 KYOCERA, EUTM 008680225 KYOCERA, EUTM 001464064, EUTM 001689348 KYOCERA mita, EUTM 002964229 KYOCERA, EUTM 003804821, EUTM 003804879 KYOCERA</t>
   </si>
   <si>
     <t>Kyocera Corporation</t>
   </si>
   <si>
     <t>printeru toneri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 002492270/Phaeton, EUTM 000922784/ NAWM, EUTM 006429716, EUTM 010901114, EUTM001027640/R Line, EUTM 000978403/4Motion,  EUTM 001017730/DSG,  ITM 1077047/Käfer, ITM 0890624/Bulli,  ITM 1074886/Bulli, ITM 900497/Bluemotion,ITM 1101966/Bluemotion, EUTM 000703983/VW,  EUTM 000703702/ Volkswagen, EUTM 001354216/VW, EUTM 955050/UP!, EUTM 000751933/Polo, EUTM 000751909/Golf, EUTM 003789336/FOX, EUTM 001316801/Jetta, EUTM 000698019/Beetle, EUTM 000700740/ PASSAT, EUTM 006627194/CC, EUTM 004758389/ Scirocco, EUTM 001250299/EOS, ITM 0907978/Tiguan, EUTM 001984152/Touareg,  EUTM 009554189/Touareg, EUTM 002710812/ Touran, EUTM 003709037/ Sharan, EUTM 003753225/Caddy, EUTM 001269802/ Multivan, EUTM 010542661/California, ITM 0936448/ Amarok, ITM 1136510/Amarok, EUTM 001422633/TSI, EUTM 003082609/R-Line, ITM 1020716/R 
      </t>
   </si>
   <si>
     <t>Volkswagen AG</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 000314336 P.S.G. PARIS-SAINT-GERMAIN, EUTM 013108411 PARIS SAINT - GERMAIN, EUTM 013508882I CI C'EST PARIS, EUTM 014407753 GOLDEN BARRE, EUTM014968382 MY PARIS SAINT-GERMAIN, EUTM 01394629 8RUSHIN' PARIS, EUTM013975263 #tousparis, EUTM 000313981 PARIS SAINT-GERMAIN 1970 
-[...2 lines deleted...]
-  <si>
     <t>PARIS SAINT GERMAIN FOOTBALL</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 1012467/Durex, EUTM 10102011/FeelClose, EUTM 4061751 Fetherlite, EUTM 9845009/Fun Explosion, EUTM 9444894/Little Devil, EUTM 3052768/Love, EUTM 9790882/Love, EUTM 10686475/Love Sex, EUTM 9213349/Love Sex Durex, EUTM 6354906/Love Box, EUTM 2422541/Durex Close Fit, EUTM 9747619 Durex Deluxe, EUTM 1080977/Durex comfort, EUTM 10681914/Durex comfort, EUTM 10778751/Durex Excite me, EUTM 4030573/Durex Extended Pleasure, EUTM 10778421/Durex Extra Safe, EUTM 10574441/Durex Feel Intimate, EUTM 10778652/Durex Feel real, EUTM 10681922/Durex Feel Real, EUTM 10101004/Durex Feel Thin, EUTM 10518769/Durex Feelclose, EUTM 9539933/Durex go Longer, EUTM 10100956/Durex Love, EUTM 10573525/Durex Max, EUTM 2406643/Durex Non Latex, EUTM 2951994/Durex Play, EUTM 10411635/Durex Play, EUTM 2584050/Quality Durex Quality, EUTM 8950801/Durex Realfeel, EUTM 3882073/Durex Select, EUTM 2406627/Durex Sensation, EUTM 10753705/Durex Taste Me, EUTM 4339859/Dream, EUTM 11465226 Embrace, EUTM 10681898/Excite Me, EUTM 10479021/Feel Thin, EUTM 10479061Feel Thin Ultra, EUTM 9845017Avanti Ultima, EUTM 9081134 Discover, EUTM 200923Durex, EUTM 200907Durex, EUTM 10232833 Durex, EUTM 6985791Durex, EUTM 10775211Durex, EUTM 10775179 Durex, EUTM 10361161Love Box, EUTM 10402121Lovely Long, EUTM 11334992Lovers Connect, EUTM 11465234 Lovers Connect
 </t>
   </si>
   <si>
     <t>LRC Products Limited</t>
   </si>
   <si>
     <t>prezervatīvi u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">                                                                                                                                                                                                                      CDR 003029222-0001, CTM 012664009 93062536 HURRICANE, CDR 003124502-0004 93062534, CDR 003124502-0003 93062532, CDR 003124502-0002 93062530, CDR 003124502-0001 93062528, CDR 002854935-0001</t>
-[...1 lines deleted...]
-  <si>
     <t>Telebrands Corp.</t>
   </si>
   <si>
     <t>EUTM 000184135 TITLEIST, EUTM 005130141 Titleist /fig./, EUTM 001896521 PRO VI, EUTM 000165829 PINNACLE, EUTM 002336386 NXT TOUR, EUTM 004657573 Scotty Cameron, EUTM 004044459 Studio Style, EUTM 000568188 COBRA, EUTM 000567735 /fig./, EUTM 000568063 cobra /fig./, EUTM 000568311 KING COBRA, EUTM 000184093 FOOT-JOY, EUTM 003574373 FJ /fig./, EUTM 003574324 FJ, EUTM 002166551 DRYJOYS /fig./, EUTM 000165878 DRYJOYS</t>
   </si>
   <si>
     <t>Acushnet Company</t>
   </si>
   <si>
     <t>golfa piederumi, apģērbi, aksesuāri u.c.</t>
-  </si>
-[...7 lines deleted...]
-</t>
   </si>
   <si>
     <t>Genius GmbH</t>
   </si>
   <si>
     <t>virtuves tehnika</t>
   </si>
   <si>
     <t>Brabus GmbH</t>
   </si>
   <si>
     <t>a/m diski, rezerves daļas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM006377675/Nurofen Angel Wings Pack (Silver), EUTM 001001312/ Nurofen, EUTM 006394217/Nurofen Angel Wings Pack (Green), EUTM 006394316/Nurofen Angel Wings Pack (Purple), EUTM 006394282/Nurofen Angel Wings Pack (Red), EUTM 012251328/ Nurofen Cold &amp; Flu Get-Up, EUTM 012251369/Nurofen Day &amp; Night Cold &amp; Flue Get-Up, EUTM 011399193 /Nurofen Period Pain (Get-Up), EUTM 005598685/Nurofen Express, EUTM 006115554/ Nurofen Express Pack, EUTM 011193943/Nurofen Express Pack Get Up, EUTM 005554837/Nurofen Express Relief, EUTM 006115778/Express, EUTM 006378566/ Express, EUTM 010553171/Express, EUTM 005655659, EUTM 005655659/Immedia, EUTM 005719951/Immedia, EUTM 011392461/ Nurofen target device, EUTM 008859571, EUTM 011651321 Nurofen for lives bigger than pain, EUTM 006530067/Nurofen for Childen Pack, EUTM 006530117/Nurofen for Childen Pack, EUTM 009206558/Nuromol, EUTM 009726324/Angel Wings Pack, EUTM 008408668/Helix &amp; gold Bar,  EUTM 008408593/Helix, EUTM 008408692/Helix, EUTM 007300056/Nurofen Ultima, EUTM 007299969 Ultima 
 </t>
   </si>
   <si>
     <t>pretsāpju līdzeklis Nurofen</t>
   </si>
   <si>
     <t>parfimērija, kosmētika u.c.</t>
   </si>
   <si>
     <t>Lenovo (Beijing) Limited</t>
   </si>
   <si>
     <t>datori, portatīvie datori, planšetdatori, telefoni, aksesuāri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 012123519 Mobis, EUTM 012312518 Hyundai, EUTM 012347878H, EUTM 013188859 Kia, EUTM 012312229 Hyundai, EUTM 012347936 Hyundai, EUTM 012312781Hyundai, EUTM 012313391Hyundai, EUTM 012313623Hyundai, EUTM 012821575 Hyundai, EUTM010989119 Kia, EUTM013188834Kia, EUTM 01473677Kia Merchandise
 </t>
   </si>
   <si>
     <t>Mobis Parts Europe N.V.</t>
   </si>
   <si>
     <t>automašīnas, auto rezerves daļas</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                            EUTM 013245253 Octopus Print (Figurative), EUTM 013342647 Octopus, EUTM 1130246 Iuter 
 </t>
   </si>
   <si>
     <t>YOUTH SRL</t>
   </si>
   <si>
     <t>Jemie B.V.</t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t>AIGLE INTERNATIONAL S.A.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 014741706 SOMATULINE AUTOGEL  </t>
   </si>
   <si>
     <t>Ipsen Pharma SAS</t>
   </si>
   <si>
     <t>zāles</t>
   </si>
   <si>
     <t>Bora Creations S.L.</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 006367298-0001, CDR 6537635-0001, CDR 6538096-0001	
 CDR 6633749-0001, EUTM 5443254 TROTEC, EUTM 3267663	
 CDR 000242755-0002, CDR 000459631-0001, CDR 000752951-0001
 CDR 001202998-0001, EUTM 2119493 MARKING CENTER	
 EUTM 009015661 eco, EUTM 000604116 IDEAL, EUTM 003152411 TRODAT PROFESSIONAL LINE, CDR 000681754-0001, ITM 1333951 MAXLIGHT, EUTM 16054884 MAXLIGHT, EUTM 4241923, ITM 790964 PRINTY, ITM 1334139 PSI, ITM 16054942 PSI, ITM 986244 RAYJET, EUTM 674390 ROYAL MARK, EUTM 4734811, EUTM 16220352 TRODAT, EUTM 3082773, CDR 000052071-0001, EUTM 371625 GOLDRING, EUTM 12309357 INSTAPLATE, ITM 1004343, ITM 1348224 JUSTRITE, EUTM 2050516 DORMY, EUTM 18073900, CDR 000019708-0001, EUTM CERAMICORE CERAMICORE, CDR 002622910-0001, CDR 002716431-0001, EUTM 18004832, EUTM 11617297 TRODESIGN, EUTM 4212643 TROMARK, CDR 2764555-0001, CDR 002861443- 0001, CDR 001303606-0001, CDR 002171033-0001, CDR 002222687-0001, CDR 002225672-0001, CDR 002904854-0001, CDR 004535086-0001, CDR 005467511-0001, CDR 5841640-0001	</t>
   </si>
   <si>
     <t>Trodat GmbH</t>
@@ -1872,55 +1727,50 @@
     <t xml:space="preserve">
 EUTM  000033126 Levi's,  EUTM 000033159 LEVI'S, EUTM 012515326 LEVI'S, EUTM 1928050 LEVI'S, EUTM 000789701 LEVI STRAUSS  
 </t>
   </si>
   <si>
     <t>LEVI STRAUSS &amp; co EUROPE</t>
   </si>
   <si>
     <t xml:space="preserve">E UTM  304857  Novartis, EUTM  309955, EUTM  3070422  Sandoz  
 EUTM  3068863 S Sandoz, EUTM  000090233 Alcon , EUTM 8489205   Alcon, ITM0896377 VOTRIENT, EUTM 004065728 OMNITROPE, EUTM 0049196921 AFINITOR, EUTM 005981337 Jakavi, EUTM 006754949 GILENYA, EUTM 004731055 VOTUBIA, EUTM 010413029 NEPARVIS, EUTM 000354761 GLIVEC, EUTM 002783306 ACLASTA, EUTM 003220159 ZOMETA, EUTM 003346327S ANDOSTATIN, EUTM 010448835 ENTRESTO	
 </t>
   </si>
   <si>
     <t>Novartis AG</t>
   </si>
   <si>
     <t xml:space="preserve"> 
 ITM 1155209 DIOR HOMME COLOGNE, EUTM 002618494 DIOR ADDICT, ITM 0687422J'ADORE, EUTM 003400744  PURE POISON, EUTM 003806361 CAPTURE R60/80, EUTM 005461439  LA COLLECTION PARTICULIERE, 
 EUTM 000329243 EAU SAUVAGE, EUTM 003873833Dior, EUTM 003878923  Dior, EUTM 004574109PURE POISON Dior, EUTM 004227617  EAU SAUVAGE Dior, EUTM 004227583  TENDRE POISON, EUTM 004227609 POISON, EUTM 000329334 DIORISSIMO, EUTM 004397964  Fahrenheit Dior EUTM 004395414 DIOR HOMME Dior,EUTM 005718861 MIDNIGHT POISON, EUTM 000326843 MISS DIOR, EUTM 005143078 DIORSKIN FOREVER, EUTM 005654405FAHRENHEIT 32, EUTM 005244587  marque sans texte, EUTM 005820171  Dior Addict Lip Maximizer, EUTM 005858725  MIDNIGHT POISON, EUTM 006104343 marque sans texte, EUTM 005863411 Fahrenheit 32Dior, EUTM 007507528 DIORSHOW ICONIC, EUTM 007151021  DIOR 5 COULEURS DESIGNER, EUTM 008259641  L'OR J'ADORE, ITM 1008048 DIOR ADDICT LIP COLOR, ITM 0993963 LES ESCALES DE DIOR, ITM 1014526  Fahrenheit absolute EAU DE TOILETTE INTENSE Dior, ITM 1012849 AMBRE NUIT, ITM 1265096  Poison Girl, CTM 008492415 6 DIORSHOW MAXIMIZER , EUTM 1064983 2 marque sans texte, EUTM 009854423  Escale à Portofino Dior, EUTM 1108932 OUD ISPAHAN, EUTM 1140777HYPNOTIC POISON EAU SECRÈTE, EUTM 1221237  DIOR HOMME EAU FOR MEN, EUTM 1218251 SAUVAGE, EUTM 1217057  BEAUTY SHOT, EUTM 1227127  CD, EUTM 000329409  CHRISTIAN DIOR, EUTM 006627285 DUNE, EUTM 000332734 C D, EUTM 004227591 HYPNOTIC POISON, EUTM 001160886 Christian Dior j'adore Christian Dior, EUTM 003972577  PURE POISON Dior, EUTM 000329201  DIOR 
 </t>
   </si>
   <si>
     <t xml:space="preserve">   Parfums Christian Dior </t>
   </si>
   <si>
-    <t xml:space="preserve">
-[...3 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 015142136, EUTM 009325275 Clack, ITM 1327764 
 </t>
   </si>
   <si>
     <t>Take2-Design GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t xml:space="preserve">       
 ITM 1310530 10673521 AQUADISIAC, ITM 1007148BELLE DE JOUR REGARD D'ANGE SOIN DE LOTUS BLANC POUR UN EFFET RADICAL SUR LA LUMIERE DU REGARD, EUTM 008532442 10673523 KENZO, EUTM 008532475 10673524 KENZO, EUTM 008609372 10673525 marque sans texte, ITM 1177557 10673526 FLORALISTA, EUTM 008361859 10673527 EAU DE PARFUM ESSENTIELLE Rosa Damascena, Jasmin, Vanille, Encens, Muscs FLOWERBYKENZO ESSENTIELLE, EUTM 008340952 FLOWERBYKENZO ESSENTIELLE, ITM 1008318 FLOWERBYKENZO WINTER FLOWERS FLEURS D'HIVER, ITM 1351157 FLOWERBYKENZO LA FLEUR, EUTM 013274683 FLOWERBYKENZO L'EAU ORIGINELLE, EUTM 009967209 FLOWERTAG, EUTM 012479473KENZO JEU D'AMOUR, EUTM 01437376KENZO WORLD, ITM 1305625KENZO KENZOAMOUR KENZO, EUTM 008687824  KENZO AMOUR, ITM 1182755  KENZO HOMME NIGHT, EUTM08698532KENZOPOWER, EUTM 016203986L'EAU KENZO, EUTM 016203994L'EAU KENZO, EUTM 010240752MADLY KENZO, EUTM 010240761MADLY KENZO!, ITM 1304774 marque sans texte, EUTM 013948625TOTEM KENZO, EUTM 013040605 TOTEM, EUTM 005092853 VOYAGE D'AMOUR  
  </t>
   </si>
   <si>
     <t>KENZO SA</t>
   </si>
   <si>
     <t>ķermeņa kopšanas līdzekļi</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                   EUTM 2551 TRIM, EUTM 2543 TRIM, EUTM 14182869 TOOLS TRIM 
 </t>
   </si>
   <si>
     <t>Pacific World Corporation</t>
   </si>
   <si>
@@ -2213,56 +2063,50 @@
     <t>papīra izstrādājumi sanitārajiem vai sadzīves nolūkiem </t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM  003396207 Too Faced</t>
   </si>
   <si>
     <t>Too Faced Cosmetics LLC</t>
   </si>
   <si>
     <t xml:space="preserve">CDR  001089395-0004/EM, EUTM  004279188/EM SERVIER, EUTM  004279171/EM  SERVIER, EUTM  003673522/EM , EUTM  011588423/EM, EUTM  010006617/EM, EUTM  002539682/ EM, EUTM  011221736/EM  Lonsurf, EUTM  015850548/EM  WEHEALTH BY SERVIER, CDR  001089395-0001/EM, CDR  001089395-0002/EM, CDR  001089395-0003/EM  
 </t>
   </si>
   <si>
     <t>LES LABORATOIRES SERVIER</t>
   </si>
   <si>
     <t>EUTM  14784177  UEG-24, EUTM  14784169 UEG-36, EUTM  14788798 VEG-24, EUTM  14788781 UEI-24</t>
   </si>
   <si>
     <t>ARTECHE LANTEGI ELKARTEA, S.A.</t>
   </si>
   <si>
     <t>vienfāzes un divfāžu sprieguma transformatori</t>
   </si>
   <si>
-    <t>EUTM  004609871 WOOLRICH JOHN RICH &amp; BROS., EUTM  005339973 WOOLEN MILLS, EUTM  004699021Woolrich WOOLRICH WOOLEN MILLS WOOLRICH,PA., EUTM  010620111 Est.1830-WOOLRICH R-Woolrich Woolen Mills-Woolrich,PA., EUTM  008135584 PENN-RICH, EUTM  003215571 WOOLRICH JOHN RICH &amp; BROS., EUTM  008133761 marchio senza testo/nome, EUTM  007536386 WOOLEN MILLS, EUTM  005455332 marchio senza testo/nome, EUTM  012551016 WOOLRICH, EUTM  006708432 WOOLRICH, EUTM  000583989 Woolrich SINCE, EUTM  010602118 THE ORIGINAL OUTDOOR CLOTHING COMPANY-WOOLRICH-WOOLRICH WOOLEN MILLS-WOOLRICH,PENNSYLVANIA  2</t>
-[...4 lines deleted...]
-  <si>
     <t>Dr. Ing.h.c.F.Porsche AG</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                     EUTM 000318071 B&amp;O, EUTM 000317073 BEOSOUNDEUTM 010445591 Beoplay, EUTM 10401529 B&amp;O Play, EUTM000781666 B &amp; O, EUTM 00318261 Beolink, EUTM 000318113 BANG &amp; OLUFSEN 
 </t>
   </si>
   <si>
     <t>Bang &amp; Olufsen</t>
   </si>
   <si>
     <t>audio aprīkojums un aksesuāri</t>
   </si>
   <si>
     <t>EUTM  11658151  SEM</t>
   </si>
   <si>
     <t>Swedish Electromagnet Holding AB</t>
   </si>
   <si>
     <t>automobiļu detaļas</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 006990063,EUTM 011472735,EUTM 003171196,EUTM  003192945,EUTM 003192961,EUTM 006989347, EUTM  006578686, EUTM  006578819, EUTM  006989421, EUTM  013914353, EUTM  006983688, EUTM  009560517, EUTM  009560566, EUTM  011472529, EUTM  011472669, EUTM  010296168  UNIKKO, EUTM  006997712 marimekko, EUTM  006983589, EUTM  003174265  UNIKKO, EUTM  000307496 MARIMEKKO  
 </t>
   </si>
@@ -2289,53 +2133,50 @@
     <t>Fieldpoint (Cyprus) Limited</t>
   </si>
   <si>
     <t>katli u.c.</t>
   </si>
   <si>
     <t>Giorgio Armani S.p.a.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                                    ITM 122121CHS, ITM1221215CARL HANSEN &amp; SØN, EUTM009998436Y-STOLEN, EUTM01000688WISHBONE 
 </t>
   </si>
   <si>
     <t>CARL HANSEN &amp; SØN MØBELFABRIK A/S</t>
   </si>
   <si>
     <t>EUTM  014280259, EUTM  013649231 uhlsport, EUTM  002686558  KEMPA</t>
   </si>
   <si>
     <t>Uhlsport GmbH</t>
   </si>
   <si>
     <t>sporta apavi, cimdi, jakas garās bikses, jakas, krekli, šorti, sporta bumbas</t>
   </si>
   <si>
-    <t>EUTM  015318785 ADVENTURE TIME, EUTM  8528069 Ben 10 Ultimate Alien, ITM  955360 Ben 10 Alien Force, ITM  892033 BEN 10, EUTM  3297165 TOONAMI, EUTM  14228811, EUTM  8365538 Adventure Time, EUTM  8492175 Ben 10, EUTM  8429136 Ben 10 Alien Force, EUTM  1155282  CN, EUTM  7151939 CN Cartoon Network,  EUTM  4145884 THE POWERPUFF GIRLS, EUTM 015093545 Rick and Morty, EUTM 003297165 TOONAMI</t>
-[...1 lines deleted...]
-  <si>
     <t>The Cartoon Network Inc</t>
   </si>
   <si>
     <t>ITM 1088290  SOLATENOL</t>
   </si>
   <si>
     <t>fungicīdi lauksaimniecībā</t>
   </si>
   <si>
     <t>DAVID YURMAN IP LLC</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                EUTM 018056224 OMBRE FELINE, EUTM 1530994#gobeyond, EUTM 018221877 PRETTY HEART, EUTM 018383895 FRED, EUTM 011695624 SOLEIL D'OR, EUTM 18001142 FORCE 10, ITM 1598765 WINCH, EUTM 010641082 BAIE DES ANGES, EUTM  012291761 BELLE RIVE, EUTM  003132198 FRED, EUTM  013594312  FRED, EUTM  015503204  FRED 8°0, EUTM  1095883 PAIN DE SUCRE, EUTM  0963362  SUCCESS  20, CDR  000772819-0001  Fermoir de bracelet, CDR  004735744-0001 bague non pavée, CDR  004735744-0002  bague pavée, CDR  004735744-0003   Boucles d'oreilles, CDR  005663523-0001   Lunettes, CDR  005663523-0002   Lunettes, CDR  005663523-0003  Lunettes, CDR  005663523- 0004   Lunettes   
 </t>
   </si>
   <si>
     <t>FRED PARIS</t>
   </si>
   <si>
     <t>juvelierizstrādājumi, rotaslietas u.c.</t>
   </si>
   <si>
     <t>CRISTEL</t>
   </si>
   <si>
@@ -2463,50 +2304,53 @@
   <si>
     <t>elektronika</t>
   </si>
   <si>
     <t xml:space="preserve"> ITM  1357980, ICD  DM/097986, ICD  DM/095974, ICD  DM/093026  
 CDR  002430116-0006, CDR  002430116-0005, ICD  DM/085 025  </t>
   </si>
   <si>
     <t>mawa design Licht- und Wohnideen GmbH</t>
   </si>
   <si>
     <t>EUTM 009099474 OMNIPLUS, EUTM 000113373 MB, EUTM 000139865 MERCEDES-BENZ, EUTM 000139998 MERCEDES, EUTM 000140087 BENZ, EUTM 000140186 SMART, EUTM 000140335 /fig./, EUTM 000140400 MERCEDES BENZ  /fig./, EUTM 000833772 MAYBACH, EUTM 001022292 /fig./, EUTM 001423482 /fig./, EUTM 001424399 /fig./, EUTM 001554211 C /fig./, EUTM 001653278 AMG /fig./, EUTM 002738672 AMG /fig./, EUTM 002738953 AFFALTERBACH AMG /fig./, EUTM 005260682 MAY BACH /fig./, EUTM 005591921 MAYBACH, EUTM 006368153 /fig./, EUTM 006452254 /fig./, EUTM 008574584 /fig./; RCD 000011085-0001, RCD 000012869-0001, RCD 000051909-0001, RCD 000096441-0001, RCD 000011127-0001, RCD 000011101-0001, RCD 000011135-001, RCD 000011143-0001, RCD 000105242-0004, RCD 000129069-0001, RCD000224738-0002, RCDD 000224738-0003, RCD 000224886-0001, RCD 000244249-(0001-0003), RCD 000244249-0005, RCD 0003012470001, RCD 000513379-0001, RCD 000519103-0001, RCD 000526918-0001, RCD 000542006-0001, RCD 000671136-0001, RCD 000671136-0003, RCD 000690730-0001, RCD 000691902-0002, RCD 00079191-0001, RCD 000783493-0001, RCD 000824560-(0001-0003)</t>
   </si>
   <si>
     <t>Mercedes-Benz Group AG</t>
   </si>
   <si>
     <t>rezerves daļas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                      EUTM 015415433 MÖLKKY 5678, EUTM 010967115 MÖLKKY, ITM 797966 Mölkky 
 </t>
   </si>
   <si>
     <t>Tactic Games Oy</t>
+  </si>
+  <si>
+    <t>mÖlkky spēle</t>
   </si>
   <si>
     <t>Philip Morris Products S.A.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 006036289 YVES SAINT LAURENT, EUTM 010850964 OPIUM,  EUTM  006036231 YSL, EUTM  004672358 YSL, EUTM  008731424 OPIUM YVES SAINT LAURENT   
 </t>
   </si>
   <si>
     <t xml:space="preserve">Pernod Ricard Mexico </t>
   </si>
   <si>
     <t>preparāti kaitēkļu iznīcināšanai u.c.</t>
   </si>
   <si>
     <t>mūzika, video, datu ieraksti u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  004591699 MilkyWay and Design, EUTM  001189711  MilkyWay, EUTM  000128421  Milky Way, EUTM  000001389  Milky Way (Figurative), EUTM  007509094  10000002  Milky Way (Figurative), EUTM  011112638 MILKY WAY BRINGT LEICHTIGKEIT INS LEBEN, EUTM  003359346  MILKY WAY SHAKE IT!, CDR  794813-0008 MilkyWay Magic Stars Label, CDR  794813-0009  Milky Way Magic Stars Label, EUTM  001956648  MilkyWay and Design, EUTM  001384122 MilkyWay and Design, CDR  1097125-0001  Milky ay Font Design, CDR  794813-0001 MilkyWay Magic Stars Label, CDR  794813-0002 MilkyWay Magic Stars Label, CDR  794813-0003  MilkyWay Magic Stars Label, CDR  794813-0004 MilkyWay Magic Stars Label, CDR  794813-0005  MilkyWay Magic Stars Label, CDR  794813-0006 MilkyWay Magic Stars Label, CDR  794813-0007  MilkyWay Magic Stars Label  </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  012924718, EUTM 015438518 MONSTER ARMY, EUTM	
 EUTM 011669744 MONSTER ENERGY, EUTM 010892743 M MONSTER ENERGY, EUTM 011669851, EUTM  004823563 MONSTER ENERGY, EUTM  006368005 MONSTER ENERGY, EUTM  002784486 MONSTER, EUTM  011154739  M MONSTER ENERGY, EUTM  015334824, EUTM  12928231, EUTM 12924825, EUTM  012924973  </t>
   </si>
   <si>
@@ -2722,220 +2566,184 @@
 EUTM  013053137 GRAND DEPART  </t>
   </si>
   <si>
     <t>SOCIETE DU TOUR DE FRANCE</t>
   </si>
   <si>
     <t>PATAGONIA, INC.</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 002719086 ABSOLUE, EUTM 013055025 LA NUIT Trésor, EUTM 005459607 TRESOR, EUTM 016278319 COLO RISTA L'ORÉAL PARIS, EUTM 017183427 CERAVE, EUTM 008118903  L'OREAL PROFESSIONNEL, EUTM 013148291 KERASTASE, EUTM 002378537 MATRIX, EUTM 007034697 GENIFIQUE, EUTM 010115756 LA VIE EST BELLE, EUTM 006451553 L'ABSOLU, EUTM 001286897 MIRACLE, EUTM 005405279  LANCÔME, EUTM 018022441 DOLE, EUTM 013117981 L'OREAL, EUTM 013186952 ELSEVE, EUTM 002174548  L'OREAL EXCELLENCE, EUTM 013926662  MAGIC RETOUCH, EUTM 017887162REVITALIFT, EUTM 011158276 MEGA VOLUME MANGA, EUTM 003367877 INFAIL LIBLE, EUTM 007598031 MAYBELLINE, EUTM 006662423 THE COLOSSAL, EUTM 008782948 THE FALSIES, EUTM 009644311 FIT ME, EUTM 008613631 BABY LIPS, EUTM 003258811 SUPERSTAY, EUTM 015861917  MAYBELLINE TATTOOBROW, EUTM 012767448 LASH SENSATIONAL, EUTM 013146642 GARNIER, EUTM 000369975 FRUCTIS, EUTM 000609628 ESSIE, EUTM 008636318 MIXA, EUTM 002099968 URBAN DECAY, EUTM 005773511 NAKED, EUTM 01313073 HELENA RUBINSTEIN, EUTM 001505767 KIEHL'S, EUTM 005732375 CLARISONIC, EUTM 005308358 FUEL FOR LIFE, EUTM 005816699 NARTA, EUTM 013131669 VICHY, EUTM 010665966 OVERDOSE, ITM 1281612  it, ITM 1280610 10934951 it COSMETICS, EUTM 013779541 10934952 UD, EUTM 015746431 NYX PROFESSIONAL MAKEUP, EUTM 006156756 REDKEN </t>
   </si>
   <si>
     <t>parfimērija u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 01042032 ALVEUS </t>
   </si>
   <si>
     <t>Kovinoplastika Lož d.o.o.</t>
   </si>
   <si>
     <t xml:space="preserve"> dažāda izmēra un materiāla izlietnes, to elementi un detaļas, plītis, ieskaitot tās, kuras apvienotas ar izlietnēm, virtuves piederumi u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 017396672 HOKA ONE ONE, EUTM 017396698 HOKA, EUTM 003894623 UGG, EUTM 018310011 UGG, EUTM 018293585 FLUFF YEAH
-[...3 lines deleted...]
-  <si>
     <t>Deckers Outdoor Corporation</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 018065872 MEVLANA, EUTM 018065869 GORAN-TEE 
 EUTM 003083599 MEVLANA SADE YAPRAK CAY GORAN-TEE Luxus-Mischung </t>
   </si>
   <si>
     <t>GORAN-TEE Großhandel GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t xml:space="preserve"> tējas, to lapas, augstas kvalitātes austrumu tējas krēms, iepakojums u.c. </t>
   </si>
   <si>
     <t>EUTM 000027292 GAP</t>
   </si>
   <si>
     <t>Gap (ITM) Inc.</t>
   </si>
   <si>
     <t>parfimērija, apģērbi, aksesuāri u.c.</t>
   </si>
   <si>
     <t>EUTM 000027227 OLD NAVY</t>
   </si>
   <si>
     <t>Old Navy (ITM) Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                EUTM 000027037 BANANA REPUBLIC, EUTM 001097716 BANANA REPUBLIC, EUTM 001963941 BANANA REPUBLIC, EUTM 002909364 BANANA REPUBLIC, EUTM 000027003 BANANA REPUBLIC, EUTM 001674811 BANANA REPUBLIC 
 </t>
   </si>
   <si>
     <t>Banana Republic (ITM) Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 004739711 LEATHERMAN, EUTM 000041731 LEATHERMAN 
 </t>
   </si>
   <si>
     <t>LEATHERMAN TOOL GROUP INC</t>
   </si>
   <si>
     <t>rokas instrumenti, griezējinstrumenti, skuvekļi u.c.</t>
   </si>
   <si>
     <t>Swatch AG (Swatch SA) (Swatch LTD)</t>
   </si>
   <si>
-    <t xml:space="preserve">                                                                                                                           EUTM 010181527 Alcon, EUTM 004225439 Ciba Vision, EUTM 005616339 Ciba Vision, EUTM 002299675 Ciba Vision, EUTM 000811992 Freshlook Colorfriends, EUTM 001913219 Freshlook, EUTM  018012654 Freshlook Air Colors, EUTM 009241191 Freshlook Illuminate, EUTM 010988591 Dailies Freshlook Illuminate 
-[...2 lines deleted...]
-  <si>
     <t>Alcon Inc.</t>
   </si>
   <si>
     <t>kontaktlēcas</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">EUTM 017195066 Spigen </t>
   </si>
   <si>
     <t>Spigen Korea Co., Ltd.</t>
   </si>
   <si>
     <t>mobilo tālruņu un planšetdatoru korpusi, lādētāji, kabeļi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">
 CDR 004157204-0002 Photos of hooded sweatshirt, CDR 004157204-0006 Photo of T-shirt, CDR 004157204-0001 Photos of sweatshirt, CDR 004157204-0007 Photos of sweatshirt, EUTM 011444106 les deux (fig), EUTM 012308516 II LES DEUX, CDR 004157204-0003 Photo of Shirt, CDR 004157204-0005 photo of hooded sweatshirt, EUTM 011443983 LES DEUX, EUTM 017097726 (Trade mark without text) (fig) </t>
   </si>
   <si>
     <t>Les Deux ApS</t>
   </si>
   <si>
     <t>apģērbs, apavi, galvassegas</t>
   </si>
   <si>
     <t>VDW GmbH</t>
   </si>
   <si>
     <t>endotoniskie produkti steriliem instrumentiem</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 9387663 TREE FREE,  EUTM 9394446  UNBLEACHED - CHLORINE FREE, EUTM 2084234  SMOKING CULT, EUTM 10285815  PHARMA PRINT, EUTM 10996411  MCM MIQUEL Y COSTAS &amp; MIQUEL, EUTM 10998037  MC MIQUEL Y COSTAS, EUTM 11522406  SMOKING DELUXE, EUTM 4213237  SMK, EUTM 014818322  BIBLOPRINT, EUTM 4759403  MANTRA, EUTM 15621543  PERGACUP, EUTM 16315301  SUBLIDIGIT, EUTM 601369 1  SMOKING, EUTM 650994  TREE FREE, EUTM 651000  ARROZ, EUTM 684365   PH PURE HEMP CIGARETTE PAPER, EUTM 6923908 SPECIALPRINT, EUTM 6965909 SMOKING DELUXE
 EUTM 1204675  LOGO </t>
   </si>
   <si>
     <t>MIQUEL Y COSTAS Y &amp; MIQUEL, S.A.</t>
   </si>
   <si>
     <t xml:space="preserve">tabaka, smēķēšanas piederumi, sērkociņi, papīrs cigarešu ripināšanai, papīra bukleti apģērbs, apavi, galvassegas, galvassegas, koferi, lietussargi, spieķi, elektriskās, foto, optiskās, mērīšanas ierīces u.c. </t>
   </si>
   <si>
     <t>apavi</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM011082492ABCDE FGHJK, EUTM011822533ABCDE FGHJK, EUTM 011822525ABCDE FGHJK, EUTM010627164 ABCDE FGHJK, EUTM002267581 CLEVITE, ITM 1088531pc, ITM 1081123, ITM 1330576CareMetix 
-[...2 lines deleted...]
-  <si>
     <t>MAHLE International GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">filtri mašīnu vai motoru daļām, filtrēšanas iekārtas, dzinēju gaisa filtri, virzuļi, gredzeni, cilindrs, mašīnu pretslīdēšanas gultņi, lodīšu gultņi, gredzeni, mašīnu bloki, savienojošie stieņi mašīnām u.c. </t>
   </si>
   <si>
-    <t xml:space="preserve">
-[...3 lines deleted...]
-  <si>
     <t>FAURE LE PAGE PARIS</t>
-  </si>
-[...5 lines deleted...]
-    <t>Skechers U.S.A., Inc. II</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                     EUTM 952739 LUCOZADE, EUTM 18074044  LUCOZADE 
 </t>
   </si>
   <si>
     <t>Lucozade Ribena Suntory Limited</t>
   </si>
   <si>
     <t>dzērieni, tabletes, želejas, konditorejas izstrādājumi</t>
   </si>
   <si>
-    <t xml:space="preserve">                                                                                                                                     EUTM  008204901   Micro SD, EUTM  008204794  SD XC, EUTM  001275858  SD, ITM  907972  SD HC, EUTM  10825421   Micro SD XC, EUTM  10825446  Micro SD HC, CDR  000128566-0001, CDR  000128566-0002, CDR  000128566-0003, CDR  000128566-0004, ITM 1436255 MICROSDUC, ITM 1436233 SDUC, EUTM 1436233, EUTM 010825421 Micro SD XC, EUTM 010825446 Micro SD HC, EUTM 1436255, EUTM 010825388 
-[...2 lines deleted...]
-  <si>
     <t>SD-3C, LLC</t>
   </si>
   <si>
     <t>atmiņas kartes</t>
   </si>
   <si>
     <t>EUTM 013270293 VAPORESSO, EUTM 018016127 FEELM inside</t>
   </si>
   <si>
     <t xml:space="preserve">SHENZHEN SMOORE TECHNOLOGY LIMITED </t>
   </si>
   <si>
     <t>uzpilde elektroniskajām cigaretēm</t>
   </si>
   <si>
     <t>Fred Perry (Holdings) Limited</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 017941694, EUTM 017917768 POWER BULLET, EUTM 18055344, EUTM 017868808, EUTM 018063415, EUTM 18054723, EUTM 017866725, CDR 004515294-0004 Make up applicators, EUTM 018025046, CDR 004515294-0003 Make up applicators, EUTM 018045921, EUTM 017898323, CDR 004515294-0002Make up applicators, EUTM18102831 LIFE LINER, EUTM 018045924 N.Y.M.P.H., EUTM 018057025, EUTM 015755549 HUDABEAUTY, EUTM 016781221 FAUXFILTER, CDR 004515294-0001 Make up applicators, EUTM 017040825 THE OVERACHIEVER, EUTM 017997771 STICKY TACK </t>
   </si>
   <si>
     <t>Huda Beauty Limited</t>
   </si>
   <si>
     <t>kosmētika u.c.</t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t>virtuves kombaini, automāti</t>
   </si>
   <si>
     <t>šokolādes batoniņi u.c.</t>
   </si>
   <si>
     <t>rīsi, rizotto un nūdeles</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 506873 Samsung, EUTM 1877901 Samsung, EUTM 8429731 Samsung
 </t>
   </si>
   <si>
     <t>toneri, kārtridži u.c.</t>
   </si>
   <si>
     <t>Mars Incorporated - Pedigree</t>
   </si>
   <si>
     <t>suņu barība, produkti</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 015671837 ELEMENTS </t>
@@ -3235,82 +3043,76 @@
     <t>aksesuāri, rezerves daļas u.c.</t>
   </si>
   <si>
     <t>G.H. Mumm et Cie</t>
   </si>
   <si>
     <t>šampanietis, etiķetes, iepakojums, kastes u.c.</t>
   </si>
   <si>
     <t>JUNO THERAPEUTICS INC</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                     EUTM 000084673  JT 
 </t>
   </si>
   <si>
     <t>Volkswagen rezerves daļas, piederumi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">ARENA S.P.A. </t>
   </si>
   <si>
     <t xml:space="preserve">CDR  002989087-0001Envase para perfume, CDR  3051705-0001 a 0004  Envase para perfume, EUTM  5874441  SCANDAL, EUTM  16175739  Envase para perfume, EUTM  16175788  Envase para perfume, ITM  720476 Envase para perfume, ITM  720497   Envase para perfume, CDR 008281810-0001 Envase para perfume </t>
   </si>
   <si>
-    <t>ICD DM/201 679 Rybelsus pille</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CDR001387401-0003, CDR006861803-0003LumboTrainLady	
 CDR006861803-0002LumboTrain, CDR006861803-0001GenuTrain8
 CDR007966833-0007Sportsocken, CDR  007966833-0006  Sportsocken, CDR 007966833- 0004 Sportsocken, CDR  007966833-0003 Sport socken,  CDR 007966833-0002 Sportsocken, CDR 007966833-0001 Sportsocken, CDR006861795-0003 Lumbo TrainLady, CDR 006861795-0002 LumboTrain, CDR 006861795- 0001 GenuTrain, CDR 001450464-0014, EUTM 018225921 b:joynz, EUTM 018226134 joynz, EUTM 018187030 CoxaTrain, EUTM 011515905 curaflow, EUTM 012036893 CerviLoc, EUTM 008765992 BODYTRONIC, EUTM 010315951 AchilloTrain, EUTM 000063172 Bauerfeind, CDR 001303861-0004, CDR 001303861-0003, CDR 001303861- 0002, CDR 001303861-0001, CDR 000422985-0003, CDR 000422985-0002, EUTM 01085106 Spinova, EUTM 000542605 SOFTEC, EUTM 002513638 SecuTec, EUTM 008213316 SacroLoc, EUTM 010336501 Redux, EUTM 004247318 Omoloc, EUTM 007283311 Myo Train, EUTM 000992180 MANULOC, EUTM 007226202 ManuTrain, EUTM 010315943 MalleoLoc, EUTM 007226161 MalleoTrain, EUTM 010315935 LumboLoc, EUTM 007226194 LumboTrain, EUTM 002410074 LordoLoc, EUTM 007226186 GenuTrain, EUTM 009133026 Ergopad, EUTM 000548990 EPIPOINT, EUTM 007226178 EpiTrain, EUTM 003291853 DorsoTrain,CDR 001387401-0002, CDR 001387401-0001, CDR 000697578-0018	</t>
   </si>
   <si>
     <t>Bauerfeind AG</t>
   </si>
   <si>
     <t>ortopēdiskie priekšmeti, bandāžas, ortozes, protēzes, zolītes, ortopēdiskās kurpes, zeķes, spilventiņi, ceļa locītavas, ortopēdijas, protezēšanas instrumenti, apsēji, saites u.c.</t>
   </si>
   <si>
     <t>T.R.B. International SA</t>
   </si>
   <si>
     <t>EUTM 000504282 ARMANI,  EUTM 000504258 GIORGIO ARMANI, EUTM000505669/ACQUA DI GIO', EUTM 011771532 si! EUTM	000505594 EMPORIO ARMANI</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 000089227 PIONEER, EUTM 000881839 Pioneer</t>
   </si>
   <si>
     <t>automašīnu audio un automobiļu navigācijas sistēmas, televizori (CRT Lens and Plasma, bijušais produkts), PC DVD diskdziņi, ieskaitot PC DVD ierakstītājus, "set-top" DVD atskaņotāji un rakstītāji, DJ aprīkojums</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM  010730349 S Spin Master, EUTM  009208761 Spin Master</t>
   </si>
   <si>
-    <t>Alpargatas S.A.</t>
-[...1 lines deleted...]
-  <si>
     <t>Bacardi Martini Patrón International GmbH</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni, aksesuāri u.c.</t>
   </si>
   <si>
     <t>EUTM EU005807169 JUVEDERM, EUTM EU006547053 JUVEDERM FORMA, EUTM EU006547301 JUVEDERM VOLUMA, EUTM EU002196822 JUVEDERM, EUTM EU 006295638 JUVEDERM ULTRA, EUTM EU013541594 JUVEDERM VYBRANCE, EUTM EU008792863 JUVEDERM ULTRA SMILE, EUTM EU013413406 JUVEDERM VOLITE</t>
   </si>
   <si>
     <t>Allergan Holdings France SAS</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM000057034/F, EUTM 000057042/FILA, EUTM 000056960/FILA, EUTM 003545605/FILA, EUTM 000056945/F FILA 
 </t>
   </si>
   <si>
     <t>FILA LUXEMBOURG S.A.R.L.</t>
   </si>
   <si>
     <t>apģērbi, apakšveļa, apavi, brilles, inline slidas un aksesuāri</t>
   </si>
   <si>
     <t>TOM Cococha GmbH &amp; Co. KG</t>
   </si>
   <si>
@@ -3343,134 +3145,118 @@
 </t>
   </si>
   <si>
     <t>EUTM  17895989 ba&amp;sh</t>
   </si>
   <si>
     <t>BA&amp;SH</t>
   </si>
   <si>
     <t>Ninebot (Beijing) Tech. Co., Ltd.</t>
   </si>
   <si>
     <t>giroskūteri ar rokturi</t>
   </si>
   <si>
     <t>Moomin Characters Oy Ltd.</t>
   </si>
   <si>
     <t>EUTM  011678299  ZIPP, EUTM  013950936 ZIPP</t>
   </si>
   <si>
     <t>SRAM LLC</t>
   </si>
   <si>
     <t>Dell Products</t>
-  </si>
-[...2 lines deleted...]
-datorprogrammas, daļas un piederumi, tonera kasetnes, tintes kasetnes printeriem, datoru somas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 16072514 Dreamworks Trolls, EUTM 015372576 Dream works Trolls, EUTM 11841145School of Dragons, EUTM 006673594 Kung Fu Panda, EUTM 005112677 Kung Fu Panda, EUTM 008758377 Kung Fu Panda: Legends of Awesomeness, EUTM 009454431 Dreamworks Kung Fu Panda, EUTM 001653146 Shrek, EUTM 008319188 Shrek Forever After, EUTM 009921214 Dream works, EUTM 182220 Dreamworks, EUTM 009921263Dreamworks, EUTM 009921248Dreamworks Animation SKG, EUTM 011200631 Despicable Me, EUTM 012449609, EUTM 012352225 Downton Abbey, EUTM 12847241, EUTM 12937421Minions, EUTM 2494698 Jurassic Park III Dino Attack &amp; Design, EUTM 13065156 Jurassic World, EUTM 002702462 E.T. The Extra-Terrestrial, EUTM 002726917Johnny English, EUTM 002788321, EUTM 002788339 Miami Vice, EUTM 002848398  The Fast and The Furious, EUTM 003077021 The Fast and The Furious, EUTM 003077922 Van Helsing, EUTM 003294329 1Van Helsing, EUTM 004188348, EUTM 010500262, EUTM 012937553, EUTM 008489692 Scarface, EUTM 013065156Jurassic World, EUTM 002494698, EUTM 014521348, EUTM 014656441, EUTM 014908206Hybrid Dino, EUTM 014942511 The Secret Life of Pets, EUTM 014964738, EUTM 014964902, EUTM 014964894, EUTM 014964852, EUTM 014964837, EUTM 014964803, EUTM 014964951, EUTM 014964761, EUTM 014964936, EUTM 014964795, EUTM 014964829, EUTM 014554026 Trolls 
  </t>
   </si>
   <si>
     <t>Universal City Studios LLC</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 001864141-0002, EUTM 10817104 TMWT, EUTM	 10817121 TMWT	
 EUTM 5952411 UNO, EUTM 5952585 UNO, EUTM 235176 MATCHBOX
 EUTM 2487288 MATCHBOX, EUTM 169318 Fisher-Price, EUTM 169896 HOT WHEELS, EUTM 169920 MATTEL, EUTM 5614516 Laugh &amp; Learn	
 EUTM 010817071T MWT, EUTM 10817096 TMWT, EUTM12288726 BOOMCO, EUTM 005776810 BOB THE BUILDER,  EUTM 001582634 Bob the Builder, EUTM 13363932 B, EUTM 014784466 TMWT, EUTM 003463239  PINGU, EUTM 003275385 Pingu, EUTM 014914766 James, EUTM 014912596 Henry, EUTM 014912621 Henry, EUTM 005792767 FIREMAN SAM, EUTM 005799382 Fireman Sam, EUTM 12671194 FIREMAN SAM, EUTM 5045091 POLLY, EUTM 004511135 POLLY POCKET, EUTM 000401737 SCRABBLE
 EUTM 11672425 JUMPEROO, CDR000212774-0001, EUTM 7010887 HOT WHEELS, EUTM 008375164 MONSTER HIGH, EUTM 7170624 MONSTER HIGH, CDR 001863952-0001, CDR 001863952-0002, CDR 001863952-0003, CDR 001863952-0005, CDR 001863952-0006, CDR 001863952-0007, CDR 001863952-0008, CDR 001863952-0009, CDR 001864141-0001, EUTM 002233674 Angelina Ballerina, EUTM 014914824 Percy, EUTM 014919021 Toby, EUTM 2313864 MAX STEEL, EUTM 2486959 HOT WHEELS, EUTM 169748 FISHER-PRICE, EUTM 169979 BARBIE, EUTM 003464013 BARNEY
 EUTM 2545671 BARBIE	</t>
   </si>
   <si>
     <t>Mattel Inc.</t>
   </si>
   <si>
     <t>EUTM 018456587 OPTIMISING improving cv patient care, EUTM 1131449 OTEZLA, EUTM 1184702 OTEZLA, EUTM 018502709 DBITE</t>
   </si>
   <si>
     <t>Amgen Europe Gmbh</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM00150151DOC'S, EUTM 59089DR MARTENS AIR CUSHION SOLE,  EUTM 001215383DR MARTENS AIRCUSHION SOLE,  EUTM 006814172Dr. Martens Air Cushion Sole,  EUTM 006982995Dr. Martens Air cushion sole "Cappers",  EUTM 003573904Dr. Martens Air Cushion Sole,  EUTM 008730566Dr. MARTENS,  EUTM 59147Dr. MARTENS 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Dr. Martens International Trading GmbH </t>
   </si>
   <si>
     <t xml:space="preserve">EUT M  1041927 PLAY for her GIVENCHY, EUTM  0990713 PLAY GIVENCHY, EUTM  1325646 RWD PLAY F.FWD, EUTM  201061, EUTM  201186 TARTINE ET CHOCOLAT, EUTM  1146077  TEINT Couture, EUTM  3521002 VERY IRRESISTIBLE GIVENCHY, EUTM  5094321 VERY IRRÉSISTIBLE GIVENCHY GIVENCHY, EUTM  1115499 VERY IRRESISTIBLE GIVENCHY ELECTRIC ROSE, EUTM  1186554  Very Irrésistible L'Eau en rose GG GIVENCHY, EUTM  201210, EUTM  5391801 ange ou démon GIVENCHY PARIS, EUTM  1281293  CUSHION KISS, EUTM  12475455 DAHLIA DIVIN, EUTM  12773735 DAHLIA DIVIN GIVENCHY, EUTM  12484333  DAHLIA DIVIN GIVENCHY, EUTM  11758001  Gentlemen only Givenchy, EUTM  11301108 Gentlemen only Givenchy, EUTM  13231964 GENTLEMEN ONLY GIVENCHY CASUAL CHIC, EUTM  224949 GIVENCHY, EUTM  014013536 GIVENCHY LIVE IRRESISTIBLE, EUTM  015036544 L'ANGE NOIR GIVENCHY, EUTM  1300296 LE ROUGE PERFECTO, EUTM  1351981 LE ROUGE SCULPT, EUTM  1300366 GIVENCHY LE SOIN NOIR &amp; BLANC, EUTM  1174499 LINER Couture, EUTM  1303853   NOIR INTERDIT </t>
   </si>
   <si>
     <t xml:space="preserve">LVMH FRAGRANCE BRANDS </t>
   </si>
   <si>
     <t>smaržas, kosmētika ķermeņa kopšanas līdzekļi, ķermeņa kopšanas līdzekļi</t>
   </si>
   <si>
-    <t>EUTM 016732877	Bing, EUTM 016732869 Bing (figurativo), EUTM 018023122 Bing Bunny device, EUTM 016732851	BING BUNNY</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">CDR 00600002-0010 mules, outsoles, CDR 002641878-0002 Display stands	
 EUTM 533174 DF, CDR 000660568-0032 soles for footwear, slippers, CDR 002072942-0001 flip-flops, CDR 000600002-0003 mules, outsoles, CDR 000660568-0046 soles for footwear, slippers, CDR 000660568-0028 soles for footwear, slippers, CDR 002641878-0001 Display stands, CDR 000760863-0030 soles for footwear, CDR 000660568-0004 soles for footwear, slippers, ITM 998943 DE FONSECA, CDR 00600002-0021 mules, outsoles, CDR 000660568- 0007 soles for footwear, slippers, EUTM 739268 DE FONSECA (GANCIO BIANCO E NERO), CDR 000660568-0050 soles for footwear, slippers, CDR 00600002-0018 mules, outsoles, CDR 000660568-0003 soles for footwear, slippers, CDR 000660568-0009 soles for footwear, slippers, CDR 000760863- 0029 soles for footwear, EUTM 11898343 LOVE &amp; LACES DE FONSECA ITALY, EUTM 11616174 DE FONSECA ITALY PUMP IT, EUTM 2078137 MOPPINE, CDR 000660568-0006soles for footwear, slippers	</t>
   </si>
   <si>
     <t>DE FONSECA SPA</t>
   </si>
   <si>
     <t>vasaras apavi, zolītes apaviem, čības u.c.</t>
   </si>
   <si>
     <t>EUTM 17913208 TikTok, EUTM 18184341 TikTok, EUTM 18184895 TikTok EUTM 17913677 Nawm, EUTM 18186404 Nawm</t>
   </si>
   <si>
     <t>TikTok Information Technologies UK Limited</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 009565342 WORLD CUP 2018, EUTM  009425778  FIFA WORLD CUP, EUTM 006993133 Nawm, EUTM 013408232 RUSSIA 2018, EUTM 011012937 CONFEDERATIONS CUP, EUTM 015855786 Nawm, EUTM 017227083 FIFA WOMEN'S WORLD CUP FRANCE 2019, EUTM 009027343 FIFA, EUTM 014521281 NAwm, EUTM 011391745 FIFA WM, EUTM 004868030 Nawm, EUTM 016113607 FIFA QUALITY, EUTM 009096736 Nawm, EUTM 013014188 FOOTBALL WORLD CUP, EUTM 011290087 Nawm	</t>
-[...1 lines deleted...]
-  <si>
     <t>Fédération Internationale de Football Association (FIFA)</t>
   </si>
   <si>
     <t>apģērbs, apavi un galvassegas, nozīmītes, somas, sporta aprīkojums u.c.</t>
   </si>
   <si>
     <t>EUTM 011051695 Nawm,  EUTM 008964447 BIONTECH, EUTM 011051604 BIONTECH, EUTM 016241465 BIONTECH, EUTM 018247442 COMIRNATY</t>
   </si>
   <si>
     <t>BioNTech SE</t>
-  </si>
-[...1 lines deleted...]
-    <t>ITM 1211398 JACQUEMUS</t>
   </si>
   <si>
     <t>JACQUEMUS</t>
   </si>
   <si>
     <t>mēbeles u.c.</t>
   </si>
   <si>
     <t>EUTM013906193 HPE, EUTM 013917547 HEWLETT PACKARD	
 EUTM 014421598	ARUBA, EUTM 014665145 Nawm, EUTM 014063184 Hewlett Packard Enterprise, EUTM 014063283 HPE, EUTM 013906185	 HEWLETT PACKARD ENTERPRISE</t>
   </si>
   <si>
     <t>Hewlett Packard Enterprise Development LP</t>
   </si>
   <si>
     <t>CDR 002678854-0001</t>
   </si>
   <si>
     <t>Wever &amp; Ducré GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 016510844/EM AlphaMiner, EUTM 016510621/EM AlphaTrace
 EUTM 016510661/EM Alpha IcePack, EUTM 014100721/EM ALPHA
 CDR 004494235-0001/EM	</t>
   </si>
@@ -3510,61 +3296,50 @@
   <si>
     <t>elektriskās sistēmas, savienojošie termināļi, elektriskie savienotāji u.c.</t>
   </si>
   <si>
     <t>EUTM 008597114 MINOLTA, EUTM 000365213, EUTM 003332376 KONICA MINOLTA , EUTM 003332236 KONICA MINOLTA</t>
   </si>
   <si>
     <t>Konica Minolta, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve"> printeru kārtridži u.c.</t>
   </si>
   <si>
     <t>EUTM 006704051, EUTM 003449394AIRWELL, ITM 12058555AIRWELL</t>
   </si>
   <si>
     <t>AIRWELL RESIDENTIAL SAS</t>
   </si>
   <si>
     <t>World Wrestling Entertainment Inc.</t>
   </si>
   <si>
     <t>rotaļlietas, datorspēles, apģērbi, somas u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">ITM  1104623 (Trade mark without text), EUTM  000858886 (Trade mark without text), EUTM  000876987 GUESS KIDS, ITM  0992526  Gc, ITM  1026192 GUESS SEDUCTIVE, EUTM  000135681 GUESS, EUTM  000135640  GUESS ?, EUTM  000495077  (Trade mark without text), EUTM  000552646  GUESS ?, EUTM  000623090  GC COLLECTION, EUTM  000843409  G81, ITM  1026684 G BY GUESS, ITM  1028222  GUESS, ITM  1034778  G BY GUESS, EUTM  001914852 G BRAND, ITM  1086568 GUESS, ITM  1083509  GUESS BY MARCIANO, EUTM  002569069  GUESS BY MARCIANO, ITM  1088676 GUESS?, EUTM  001942598  G, EUTM  005538012 (Trade mark without text), ITM  1088677G BY GUESS, EUTM  003111283 Gc, ITM  1154951  Guess?, ITM  1154952   Guess?, ITM  1089696  GUESS, ITM  1143776  (Trade mark without text), ITM  1089695(Trade mark without text)  
-[...9 lines deleted...]
-  <si>
     <t>NIKE Innovate C.V.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                                                                                                                                                                                                                                                                                                      CDR  004755916-0005, CDR  004755916-0003, EUTM  017867367 Nicer Dicer Quick, CDR  004755916-0001
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000166702 ROCKIES, EUTM 000166629 ROYALS, EUTM 005457221 NY, EUTM001052620ANAHEIM ANGELS, EUTM003793891 Mets, EUTM 003439627 MLB.com, EUTM003439544 (Marque sans texte), EUTM00414569 WASHINGTON NATIONALS, EUTM 003436201 SF, EUTM 004086195 REDS, EUTM 004085916 ROCKIES, EUTM003437472 A's, EUTM 004084844 OAKLAND ATHLETICS A's, EUTM	 003439148 (Marque sans texte), EUTM 004085643 CUBS, EUTM 004086674 DIAMONDBACKS, EUTM 004085742 Yankees, EUTM 004084794 Braves, EUTM 003437795 Brewers, EUTM 000166801 CUBS, EUTM 004086245 NY, EUTM 003538221 PROVENUE, EUTM 003437498 RAYS, EUTM 003437861 Twins, EUTM 004086691 Orioles, EUTM 003438462 Padres, EUTM 003438504 SD, EUTM 004086187 SOX, EUTM 010979731 (Marque sans texte), EUTM 003437944 P, EUTM 003437837 M, EUTM 003440013 Cardinals, EUTM 004084893 Cardinals, EUTM 003438521 STL, EUTM 003439941 YANKEES, EUTM 003438314 MARINERS
 EUTM 004084778 A, EUTM 004086501 (Marque sans texte), EUTM 003437712 TB, EUTM0 02685501 MAJOR LEAGUE BASEBALL, EUTM 003439585 MLB, EUTM 003437928 Athletics, EUTM 003436516 CR, EUTM 004289039 CEUTM 004679411 T TEXAS RANGERS, EUTM 000166546 PIRATES, EUTM 0001655631 DEVIL RAYS, EUTM 000166827,  EUTM 000166744 REDS, EUTM 010413128 M	</t>
   </si>
   <si>
     <t>Major League Baseball Properties Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 017881890 Capri-Sun Logo, EUTM 000138404 Capri-Sonne, EUTM 000138271 Capri-Sun, EUTM 012768636 Capri-Sun Multivitamin, EUTM 012768727 Capri-Sun Orange	</t>
   </si>
   <si>
     <t>Capri Sun AG</t>
   </si>
   <si>
     <t>bezalkoholiski dzērieni, augļu dzērieni, sulas, nektāri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 002374041-0001, CDR 000475595-0002, CDR 000475595-0001, ITM 0900160 PILOT Greenball, EUTM 001561539 PILOT Capless, ITM1309693 PILOT KLEER, ITM 0866191 FRIXION, ITM 1078481 ball FRIXION CLICKER, ITM 1361161 SUPER GRIP, EUTM 011052743 PILOT, EUTM007014541V BALL, EUTM003878253Hi-Tecpoint	</t>
   </si>
@@ -3744,53 +3519,54 @@
   <si>
     <t>EUTM 000254326 Aiwa</t>
   </si>
   <si>
     <t>Aiwa Co. Ltd</t>
   </si>
   <si>
     <t>elektronika, audio aprīkojums u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 001526334 LEXMARK </t>
   </si>
   <si>
     <t>Lexmark International Incorporated</t>
   </si>
   <si>
     <t xml:space="preserve">tonera kasetnes, fotokopētāji, elektriski darbināmas drukas iekārtas, elektromagnētiski darbināmas drukas iekārtas, to detaļas u.c. </t>
   </si>
   <si>
     <t>EUTM 000348326FC Schalke 04, EUTM 010497014 S04, EUTM 000309914S 04</t>
   </si>
   <si>
     <t>FC Gelsenkirchen Schalke 04 e. V.</t>
   </si>
   <si>
-    <t>ķermeņa kopšanas līdzekļi
-[...1 lines deleted...]
-u.c.</t>
+    <t>metāla automašīnu nozīmītes,
+galda piederumi, dakšiņas un karotes, kabatas nazis,
+automašīnas atslēga,
+alus paliktņi u.c.</t>
   </si>
   <si>
     <t>ķermeņa kopšanas līdzekļi u.c.</t>
   </si>
   <si>
     <t>EUTM 007300643, ITM 0949004, ITM 0945330</t>
   </si>
   <si>
     <t>LLR- G5 LIMITED</t>
   </si>
   <si>
     <t>ķermeņa kopšanas līdzekļi, gēli, aerosoli, šķidrumi bez konservantiem u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 001103803 Schneider Electric </t>
   </si>
   <si>
     <t>SCHNEIDER ELECTRIC SE</t>
   </si>
   <si>
     <t>CDR 001984071-0003, CDR 001984071-0002, CDR 001984071-0001</t>
   </si>
   <si>
     <t>MADA Marx Datentechnik GmbH</t>
   </si>
@@ -3940,62 +3716,54 @@
   <si>
     <t xml:space="preserve">pārtikas griezēji </t>
   </si>
   <si>
     <t>EUTM 000039248 ABB, EUTM 000410944 ABB, EUTM 002629673 ABB, EUTM 002628972 ABB, EUTM 002628964 ABB</t>
   </si>
   <si>
     <t>ABB Asea Brown Bovery Ltd.</t>
   </si>
   <si>
     <t>BENEFIT COSMETICS LLC</t>
   </si>
   <si>
     <t>VEJA FAIR TRADE S.A.R.L.</t>
   </si>
   <si>
     <t>apavi ar elementiem un aksesuāriem</t>
   </si>
   <si>
     <t>EUTM 000509869 CYRILLUS</t>
   </si>
   <si>
     <t>CYRILLUS</t>
   </si>
   <si>
-    <t>apģērbs un aksesuāri,
-[...2 lines deleted...]
-  <si>
     <t>ITM 1187399 OLAPLEX</t>
   </si>
   <si>
     <t>OLAPLEX INC</t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t>Tee Turtle LLC</t>
   </si>
   <si>
     <t>ITM 1499883 pinkfong, ITM 1452088 pinkfong, ITM 1567565 Baby Shark's Big Show!, ITM 1443884 pinkfong Baby Shark, ITM 1499170 Baby Shark, ITM 1452578 Baby Shark</t>
   </si>
   <si>
     <t>The Pinkfong Company, Inc.</t>
   </si>
   <si>
     <t>Reckitt Benckiser Calgon B.V.</t>
   </si>
   <si>
     <t>Calgon ūdens mīkstinātājs u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 002304848 LULULEMON/EM, EUTM 002304863/EM, EUTM  003901915 LUON, CDR 006477725-0006/EM, CDR 003446533- 0001/ EM, CDR 006477725-0002/EM, CDR 005177003-0001/EM, CDR 001133458- 0007/ EM, CDR 001133458-0012/EM, CDR 004133387- 0001/EM	</t>
   </si>
   <si>
     <t>Lululemon Athletica Canada Inc.</t>
   </si>
   <si>
     <t>sporta apģērbi u.c.</t>
   </si>
@@ -4026,125 +3794,93 @@
   <si>
     <t xml:space="preserve"> EUTM  005704168, EUTM  005707112, EUTM  006072706, EUTM  006072681, EUTM  006359418, EUTM  013403159, EUTM  017371477  GOLD VANISH OXI ACTION, EUTM  017949102, EUTM  003052206  VANISH OXI DEEP, EUTM  003447935 Vanish DualPOwer, EUTM  003683679  POWER OF PINK, EUTM  012085809 VANISH GOLD, EUTM  013629829  OXI EXPERT  
 EUTM  017992944   PET EXPERT, EUTM  008591752 Oxi Action, EUTM  017165135, EUTM  017165143, EUTM  003975638  FIRST AID FOR STAINS  
 EUTM  003977601 TRUST PINK, EUTM  005140587  10000010  MULTI, STAINS, COLOURS, FABRICS, TEMP, EUTM  006358238 INTELLIGENT STAIN SEEKERS, EUTM  006382428 COLOUR MAGNET, EUTM  006967129 EQUILIBRUM, EUTM  008491573 POWERSHOT, EUTM  008493926  OXIACTION CRYSTAL WHITE, EUTM  009435736  OXI ACTION CLEAR, EUTM  006341879  STAIN SEEKING TECHNOLOGY  
 EUTM  006347371  RUN MAGNET, EUTM  009445371  VANISH, EUTM  010356806, EUTM  010695773, EUTM  010695831, EUTM  011126026  
 EUTM  011271401  Shake &amp; Clean, EUTM  003992831  TRUST PINK. FORGET STAINS, EUTM  004541918  PINK, EUTM  010155786, EUTM  010356731, EUTM  010492759  DYE MAGNETS, EUTM  010632875  VANISH CLEAN &amp; FRESH, EUTM  010650381  STAIN-BREAK, EUTM  010673788  NEUTRINO, EUTM  012929196  VANISH COLOR PROTECT, EUTM  013629845  OXI PRO, EUTM  015363054  VANISH PLATINUM 
 EUTM  009383282, EUTM  003002342  Vanish Oxi action, EUTM  002475770  Vanish, EUTM  003045143  Vanish, EUTM  002999365  Vanish Oxi action  </t>
   </si>
   <si>
     <t>Reckitt Benckiser Vanish BV</t>
   </si>
   <si>
     <t>traipu tīrīšanas līdzekļi</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                        EUTM 015294119 CORDURA COMBAT WOOL, EUTM 014658496 CORDURA COMBAT WOOL, EUTM 1242619 Cordura, EUTM 2853620 invista, EUTM 014592638,  EUTM 012918348, EUTM 012918314 INVISTA, EUTM 011190998 CORDURA FLAME DEFENSE,  
 </t>
   </si>
   <si>
     <t>INVISTA Textiles (UK) Limited</t>
   </si>
   <si>
     <t>audumi un tekstilpreces, šķiedras (sintētisko un tekstilmateriālu)</t>
   </si>
   <si>
-    <t>EUTM 005967864 Trade mark without text, EUTM 015538572 NATURALLY ACTIVE RETREATS, EUTM 008765273LIZ EARLE EYEBRIGHT, EUTM 005967294 LIZ EARLE, EUTM 005967831 LIZ EARLE CLEANSE &amp; POLISH HOT CLOTH CLEANSER, EUTM015538606 THE HOUSE OF LIZ EARLE
-[...11 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM  005710579 SOLTAN, EUTM  009536426 SOLTAN, EUTM  014276141 SOLTAN PROTECT &amp; REPEL, EUTM 018276409 SOLTAN PROTECT &amp; MOISTURISE, EUTM 018276404 SOLTAN PROTECT &amp; RECOVER, , EUTM 018276407 SOLTAN SENSITIVE &amp; ALLERGY PROTECT, EUTM 018276405 SOLTAN SOOTHE &amp; RECOVER  </t>
   </si>
   <si>
     <t>The Boots Company Plc - Soltan</t>
   </si>
   <si>
     <t>nemedicīniski kosmētikas un tualetes piederumi, ķirurģijas, medicīnas, zobārstniecības un veterinārijas aparāti, farmācijas, medicīniskie līdzekļi</t>
   </si>
   <si>
     <t>EUTM 000147652 MAXALT, EUTM 005119581 JANUVIA /fig./, EUTM 002053999 ARCOXIA, EUTM 008656498 /fig./, EUTM 000298364 MSD /fig./, EUTM 000077701 /fig./, EUTM 008649113 MSD, EUTM 003422664 MSD, EUTM 000535559 EMEND, EUTM 003422714 ZOCOR, EUTM 005099262 TREDAPTIVE, EUTM 000077669 /fig./, EUTM 000077602 /fig./, EUTM 001620053 FOSAMAX /fig./, EUTM 003422649 FOSAMAX, EUTM 003570884 GARDASIL, EUTM 003675972 FOSAVANCE, EUTM 005035696 ISENTRESS, EUTM 002228237 INVANZ /fig./, EUTM 000611921 INVANZ, EUTM 005738604 ISENTRESS, EUTM 004809356 JANUMET, EUTM 004375952 JANUVIA, EUTM 000986760 CANCIDAS, EUTM 000494260 STOCRIN, EUTM 003422681 SINGULAIR, EUTM 003571015 SILGARD</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 10634459 GL, EUTM 008867285 LG, EUTM 03882941 GUY LAROCHE, EUTM 04561817 GUY LAROCHE 
 </t>
   </si>
   <si>
     <t>SOCIETE GUY LAROCHE</t>
   </si>
   <si>
     <t>Renault SAS</t>
   </si>
   <si>
-    <t>EUTM 015323694 Trade mark without text, EUTM 012242913 Suitical</t>
-[...4 lines deleted...]
-  <si>
     <t>EUTM 009969965 FESTINA, EUTM 000204412 FESTINA FESTINA	
 EUTM 000200279LOTUS, EUTM 004220001 CALYPSO</t>
   </si>
   <si>
     <t>FESTINA LOTUS S.A.</t>
   </si>
   <si>
     <t>EUTM 004681169 CONCORD, ITM 796079 EBEL</t>
   </si>
   <si>
     <t>MGI LUXURY GROUP</t>
   </si>
   <si>
     <t>pulksteņi, rotaslietas un to piederumi</t>
   </si>
   <si>
-    <t>EUTM 013725205 MVMT</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 002737526, EUTM 002737302 SPDSL, EUTM 003012044 SIS INDEX
 EUTM 003346582 LX DEORE SHIMANO, EUTM 003345361 DEORE, EUTM 003481553 SPD, EUTM 003478062 ALTUS, EUTM 003498599 TOURNEY, EUTM 007189591 SHIMANO, EUTM 012246799 spd-x, EUTM 014484539 SHIMANO, ITM 882346 Deore XT, ITM 1338270 SHIMANO TZ	, ITM 882347 Deore LX, ITM 1338559 TOURNEY TX, ITM 1476646 SPD, ITM 1486325 SPD-SL, EUTM 001066240 TIAGRA, EUTM 001266659 SIS, EUTM 00169434 8ULTEGRA, EUTM 002234599 SHIMANO XTR, EUTM 002738243 SPDSL, ITM 801896 DURA-ACE, EUTM 014690622 SHIMANO DX, EUTM 017578221 SHIMANO, EUTM 017578162 SHIMANO	</t>
   </si>
   <si>
     <t>Shimano Inc.</t>
-  </si>
-[...5 lines deleted...]
-    <t>TRISTATE INTERNATIONAL SA</t>
   </si>
   <si>
     <t>EUTM 002630267 /fig./, EUTM 000152199  /fig./, EUTM 002626018 PERKINS, EUTM 000152223 PERKINS, EUTM 002589844 POWER EXCHANGE, EUTM 002589786 POWERPART, EUTM 000152157 POWERPART, EUTM 002162568 ECOPLUS  /fig./</t>
   </si>
   <si>
     <t>Perkins Holdings Ltd.</t>
   </si>
   <si>
     <t>motori, rezerves daļas u.c.</t>
   </si>
   <si>
     <t>EUTM 905683 WINX CLUB, EUTM 885894 WINX CLUB, EUTM 875554 WINX CLUB</t>
   </si>
   <si>
     <t xml:space="preserve">pulksteņi, juvelierizstrādājumi, somas, mugursomas, mūzikas instrumenti, rotaļlietas, šokolāde u.c. </t>
   </si>
   <si>
     <t xml:space="preserve"> CDR 007768197-0001/EM, EUTM 017989911/EM VacPack Go!</t>
   </si>
   <si>
     <t>JOHN MILLS LTD - VacPack Go!</t>
   </si>
   <si>
     <t xml:space="preserve"> mini vakuuma sūkņi, somas uzglabāšanai u.c.</t>
   </si>
@@ -4173,77 +3909,66 @@
     <t>EUTM 008903338 SIMONE ROCHA, EUTM 016549842 SIMONE ROCHA</t>
   </si>
   <si>
     <t>SR Studio Ltd.- Simone Rocha</t>
   </si>
   <si>
     <t xml:space="preserve">CDR002575290-0001, CDR 002608513-0001, CDR 003864438-0001 
 CDR 005313558-0001, CDR 008468615-0005, CDR 008468615-0004
 CDR 008468615-0003, CDR 008468615-0002, CDR 008468615-0001
 CDR 008360317-0002, CDR 008360317-0001, CDR 008026843-0006
 CDR 008026843-0005, CDR 008026843-0004, CDR 008026843-0003
 CDR 008026843-0002, CDR 008026843-0001, CDR 007569157-0002
 CDR 007569157-0001, CDR 006781613-0001, CDR 006613196-0003
 CDR 006613196-0002, CDR 006613196-0001, CDR 006609640-0002
 CDR 006609640-0001, CDR 006266425-0001, CDR 006069522-0001
 CDR 005846094-0001 
  </t>
   </si>
   <si>
     <t>100% Speedlab LLC</t>
   </si>
   <si>
     <t>aizsargbrilles, saulesbrilles, aksesuāri u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">
-[...3 lines deleted...]
-  <si>
     <t>RB Hygiene Home Switzerland AG - AIR WICK</t>
   </si>
   <si>
     <t>gaisa atsvaidzinātāji u.c.</t>
   </si>
   <si>
     <t>Nintendo Co., Ltd.</t>
   </si>
   <si>
     <t>videospēļu aparatūra u.c.</t>
   </si>
   <si>
     <t>Daniel Wellington AB</t>
   </si>
   <si>
     <t xml:space="preserve">juvelierizstrādājumi, pulksteņi un to aksesuāri </t>
-  </si>
-[...4 lines deleted...]
-    <t>Biodom 27 d.o.o., proizvodnja, trgovina in stortive</t>
   </si>
   <si>
     <t>CDR 008009294-0005, CDR 008009294-0004, CDR 008009294-0003, CDR 008009294-0002, CDR 008009294-0001</t>
   </si>
   <si>
     <t>Wheelheels GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>žiro slidas</t>
   </si>
   <si>
     <t>Wilkinson Sword GmbH</t>
   </si>
   <si>
     <t>EUTM 4835757 CANAIMA (denom)	, EUTM 14959621 CANAIMA, EUTM 17725698 CANAIMA AMAZONIAN, EUTM 18017010 SMALL BATCH GIN CANAIMA BORN IN THE AMAZON</t>
   </si>
   <si>
     <t>BARBERTON - CONSULTORES E SERVIÇOS LDA.</t>
   </si>
   <si>
     <t>Mast-Jägermeister SE</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 003447307/EM MAGGI, ITM 375835/WO Maggi
 </t>
@@ -4281,54 +4006,50 @@
     <t>Nestle produkti, pārtika, alkoholiskie dzērieni u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 003338696/EM NESQUIK, ITM 1299178/WO Nesquik</t>
   </si>
   <si>
     <t>Société des Produits Nestle</t>
   </si>
   <si>
     <t>EUTM 006543516 /fig./, EUTM 006355572 /fig./, EUTM 006323505 /fig./, EUTM 006305544 SOLESUNITED, EUTM 006305429 SolesUnited /fig./, EUTM 006214282 YOU by crocs /fig./, EUTM 006214266 YOU BY CROCS, EUTM 003455383 CROCS, EUTM 000934748 /fig./, EUTM 000933179 MAMBAZ, EUTM 000885432 CROSLITE, EUTM 000885028 CROCS, EUTM 000870682 /fig./, EUTM 000865154 CROCSKIN un Croc's Inc. piederošie ES dizaina paraugi, kas norādīti pielikumā</t>
   </si>
   <si>
     <t>Crocs, Inc.</t>
   </si>
   <si>
     <t>air up group GmbH</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 000030999/EM  E &amp; J, EUTM 002565455/EM E&amp;J</t>
   </si>
   <si>
     <t>E AND J GALLO</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni (izņemot alu), brendijs</t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t>STEGO-Holding GmbH</t>
   </si>
   <si>
     <t>elektriskās un elektroniskās iekārtas, mērīšanas un kontroles ierīcēm, termostati, gaisa plūsmas monitori, apgaismojums apkures, dzesēšanas, ventilācijas un gaisa kondicionēšanas iekārtām</t>
   </si>
   <si>
     <t>EUTM 002227890/EM CARLO ROSSI</t>
   </si>
   <si>
     <t>E AND J GALLO - CARLO ROSSI</t>
   </si>
   <si>
     <t>EUTM 011242153/EM A, EUTM 014549463/EM A</t>
   </si>
   <si>
     <t>E AND J GALLO - APOTHIC</t>
   </si>
   <si>
     <t>Pull Up Case GmbH</t>
   </si>
   <si>
     <t>EUROITALIA SRL</t>
   </si>
@@ -4676,50 +4397,53 @@
     <t>ITM 1514698 MADEMOISELLE ROCHAS, ITM 1608610 Girl ROCHAS PARIS, ITM 451949 ROCHAS PARIS</t>
   </si>
   <si>
     <t>INTERPARFUMS</t>
   </si>
   <si>
     <t>smaržas personīgai lietošanai</t>
   </si>
   <si>
     <t>EUTM 015538796 MODERN PRINCESS, EUTM 014026934 MODERN PRINCESS, EUTM 017911434 LANVIN, ITM	0801129A ÉCLAT D'ARPÈGE
 EUTM 008701278 MARRY ME</t>
   </si>
   <si>
     <t>EUTM 018586518 OUD SILK MOOD, EUTM 018586517 OUD SATIN MOOD, EUTM 018454320 AQUA CELESTIA, EUTM 018453831 AQUA UNIVERSALIS, EUTM 06104103 FRANCIS KURKDJIAN, EUTM 006104186 KK, EUTM 008273161 Maison Francis Kurkdjian Paris, EUTM 008273732 MAISON FRANCIS KURKDJIAN PARIS, ITM 1417298 FK</t>
   </si>
   <si>
     <t>PARFUM FRANCIS KURKDJIAN</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 002015370-0007 Diseño de la lámpara SKAN, CDR 002015370- 0008 Diseño de la lámpara SKAN, CDR 002015370-0009 Diseño de la lámpara SKAN, CDR 003069731-0001 Diseño de la lámpara PIN, CDR 003069616-0001 Diseño de la lámpara ALGORITHM, CDR 007792239- 0020 Diseño de la lámpara KONTUR, CDR 001228142-0028 Diseño de la lámpara SLIM, CDR 001400659-0032 Diseño de la lámpara UP, CDR 003069731-0002 Diseño de la lámpara PIN, CDR 00306 9731-0003 Diseño de la lámpara PIN, CDR 003069731-0004 Diseño de la lámpara PIN, CDR 003069731-0005 Diseño de la lámpara PIN, CDR 003069731- 0006 Diseño de la lámpara PIN, CDR 003069731-0007 Diseño de la lámpara PIN, CDR 003069731-0008 Diseño de la lámpara PIN, CDR 003069616-0002 Diseño de la lámpara ALGORITHM, CDR 003069616- 0003 Diseño de la lámpara ALGO RITHM, CDR 003069616-0004 Diseño de la lámpara ALGORITHM, CDR 0030 69616-0005 Diseño de la lámpara ALGORITHM, CDR 003069616-0006 Diseño de la lámpara ALGO RITHM CDR 003069616-0007 Diseño de la lámpara ALGORITHM, CDR 003069 616-0008 Diseño de la lámpara ALGO RITHM, CDR 003069616-0009 Diseño de la lámpara ALGORITHM, CDR 007792239- 0021 Diseño de la lámpara KONTUR, CDR 007792239-002 2Diseño de la lámpara KON TUR, CDR 007792239-0023 Diseño de la lámpara KONTUR, CDR 00779 2239-0024 Diseño de la lámpara KONTUR, CDR 001228142-0029 Diseño de la lámpara SLIM, CDR 001400659-0035 Diseño de la lámpara UP, CDR 002015370- 0006 Diseño de la lámpara SKAN	</t>
   </si>
   <si>
     <t>VIBIA LIGHTING S.L.U.</t>
   </si>
   <si>
+    <t>VIBIA-lampas</t>
+  </si>
+  <si>
     <t>ITM 1345920 PETRUS, ITM 1517537 PETRUS</t>
   </si>
   <si>
     <t>PETRUS</t>
   </si>
   <si>
     <t xml:space="preserve">alkoholiskie dzērieni </t>
   </si>
   <si>
     <t xml:space="preserve">CDR 001939075-0017, CDR 001939075-0015, CDR 001939075-0016, EUTM 018447820 NICE FLOR-S, EUTM 018447823 NICE FLOR-S, ITM 899855 Nice
 CDR 001939075-0006, CDR 001939075-0007, CDR 001939075-0008, CDR 001939075-0009, CDR 001939075-0010, CDR 001939075-0011, CDR 0019 39075 - 0012, CDR 001939075-0001, CDR 001939075-0002, CDR 0019 39075- 0003, CDR 001939075-0004, CDR 001939075-0005, CDR 001939075-0013	</t>
   </si>
   <si>
     <t>NICE S.P.A.</t>
   </si>
   <si>
     <t>EUTM 004853453COYOTE, EUTM 012029989COYOTE NAV, EUTM 018032612COYOTE UP, EUTM 013845391COYOTE MINI, EUTM 016902058 COYOTE NAV +, EUTM 012779211COYOTE NAV S</t>
   </si>
   <si>
     <t>COYOTE SYSTEM</t>
   </si>
   <si>
     <t>Fleshlight International S.L.</t>
   </si>
   <si>
@@ -4862,121 +4586,93 @@
   <si>
     <t>OM DEVELOPPEMENT</t>
   </si>
   <si>
     <t>LYL</t>
   </si>
   <si>
     <t>CDR 001844655-0002, CDR 001844655-0001, CDR 000910666-0003</t>
   </si>
   <si>
     <t>Cilag GmbH International</t>
   </si>
   <si>
     <t>ķirurģiskie instrumenti, ķirurģiskās šķēres</t>
   </si>
   <si>
     <t>CDR 002510883-0006, CDR	002510883-0005</t>
   </si>
   <si>
     <t>Cybex GmbH</t>
   </si>
   <si>
     <t>bērnu ratiņi</t>
   </si>
   <si>
-    <t>CDR001856873-000 1Bracelets, CDR04013472-0001 Bracelets, CDR001856949- 0001 Emballage de type blister, CDR002770776-0001 Vaporisateurs, EUTM0131 24516 PARA'KITO, EUTM013124491 PARA'KITO, CDR002335869-0001 Applicateurs anti-insectes</t>
-[...4 lines deleted...]
-  <si>
     <t>EUTM 018290044 JC JINCHENG LASER</t>
   </si>
   <si>
     <t>YITAIPACKING-MATERIACCESSORIES (KUNSHAN)</t>
   </si>
   <si>
     <t xml:space="preserve">CO2 lāzera griezēji </t>
   </si>
   <si>
     <t>ITM 1495047 LIL, ITM 1463738 lil, ITM 1459667 lil, ITM 1459368 MIIX	
 ITM 1459369 MIIX, ITM 1519362 MIIX, ITM 1455672 FIIT, ITM1463717 fiit
 ITM 1495923 FIIT	, ITM 1458410lil HYBRID, ITM1452040 lil HYBRID, ITM 1466305 lil SOLID, ITM 1469782 lil SOLID</t>
   </si>
   <si>
     <t>KT &amp; G Corporation</t>
-  </si>
-[...6 lines deleted...]
-    <t>BELSTAFF INTERNATIONAL LTD.</t>
   </si>
   <si>
     <t xml:space="preserve">ITM1211119/Marc O'Polo Pure, EUTM 000261537/MARC O'POLO, EUTM 010097624/MARC O'POLO, ITM1172895/Marc O'Polo  
 </t>
   </si>
   <si>
     <t>Marc O'Polo License AG</t>
   </si>
   <si>
     <t>apģērbs zīdaiņiem, bērniem un jauniešiem, apakšveļa, naktsveļa, peldkostīmi sievietēm un vīriešiem, segas, spilveni, dvieļi, somas, nelieli ādas izstrādājumi, saulesbrilles un to daļas, briļļu rāmji, juvelierizstrādājumi u.c.</t>
   </si>
   <si>
     <t>CDR 000352679-0005, CDR 000352679-0004, CDR 000352679-0003, CDR 000352679-0002, CDR 000352679-0001</t>
   </si>
   <si>
     <t>ABUS Kransysteme GmbH</t>
   </si>
   <si>
     <t>lifti, pacēlāji un konveijeri</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 015850068/EM WELSH RUGBY, EUTM 000419242/EM WRU
 EUTM 008396194/EM WRU, EUTM 009726357/EM WELSH RUGBY UNION, EUTM 009726571/EM WRU, EUTM 009727603/EM WRU
 EUTM 014651236/EM WRU, EUTM 016296543/EM WRU
 </t>
   </si>
   <si>
-    <t>The Welsh Rugby Union Limited</t>
-[...1 lines deleted...]
-  <si>
     <t>regbija apģērbs, somas, piederumi u.c.</t>
-  </si>
-[...9 lines deleted...]
-    <t>mūzikas instruments</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 011282845 Mick Jagger, EUTM 011283389 Rolling Stones, EUTM 006348668/Charlie Watts, EUTM 006348619/Keith Richards, EUTM 001021203/Mick Jagger, EUTM 008621121/Rolling Stones, EUTM 000169706, EUTM 008621071, EUTM 01616910494037163 Rolling Stones, EUTM 008621121 Rolling Stones, EUTM 008621071 nawm, EUTM 000169680 Rolling Stones, EUTM016258345 Charlie Watts, EUTM 000962019 Rolling Stones, EUTM 016171498 Mick Jagger, EUTM 016171662 nawm, EUTM	016171613 Keith Richards, EUTM 011282845 Mick Jagger, EUTM 011283389 Rolling Stones, EUTM 011282795 nawm 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Musidor B.V. </t>
   </si>
   <si>
     <t>apģērbi, suvenīri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 15090061 HDMI PREMIUM Certified Cable, EUTM 15090095 DEFINITION MULTIMEDIA INTERFACE PREMIUM Certified Cable	</t>
   </si>
   <si>
     <t>HDMI Licensing Administrator, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                                        
 CDR 004506558-0003, CDR 005261534-0001, CDR 003841832-0001, CDR 003841832-0002, CDR 004156446-0001, CDR 003877513-0002, CDR 005628 708-0001, CDR 005628708-0002, CDR 003877513-0001, CDR 005832946-0001
 CDR 003698430-0001, CDR 003698430-0002, CDR 004030542-0001001,  CDR 003698430-0002 ...NOKIA
 </t>
   </si>
   <si>
     <t>HMD GLOBAL OY</t>
@@ -5102,50 +4798,53 @@
     <t>elektrotehnikas un elektronikas mehāniskās ražošanas aparāti un ražošanas iekārtas, to daļas un piederumi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM1300106, EUTM11818507, EUTM11855971, EUTM9612326, EUTM 1043388, EUTM981786TORY BURCH, EUTM 11248135TORY BURCH, EUTM 1129130TORY BURCH, EUTM887081TORY BURCH, EUTM886915 TORY BURCH, EUTM1185906TORY SPORT, EUTM1288795TORY SPORT, EUTM1185451, EUTM1043796, EUTM854054, EUTM11248143, EUTM 1141379, EUTM1214872, EUTM850292,EUTM 11818515, EUTM14576896, EUTM 1296713LOVE RELENTLESSLY, EUTM 1289242, EUTM 1286062 
 </t>
   </si>
   <si>
     <t>RIVER LIGHT V, L.P.</t>
   </si>
   <si>
     <t>ādas izstrādājumi, somas, maki, skaistumkopšanas lietas, apavi sievietēm, apģērbi sievietēm, aksesuāri, cepures, lakati, šalles, rotaslietas, pulksteņi, saulesbrilles un brilles u.c.</t>
   </si>
   <si>
     <t>ITM 1221445 ADEPIDYN, ITM 1438956 ADEPIDYN</t>
   </si>
   <si>
     <t>fungicīds, augu aizsardzības līdzeklis</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 005682455/EM LIPSY, EUTM 006238133/EM LIPSY, EUTM 00725 4881/EM LIPSY, EUTM 012286886/EM LIPSY, EUTM 006239693/EM  L	</t>
   </si>
   <si>
     <t>LIPSY LIMITED</t>
   </si>
   <si>
+    <t>sieviešu virsdrēbes, džinsu bikses, apģērbu piegriezumi, tekstila etiķetes apģērba atpazīšanai, peldkostīmi u.c</t>
+  </si>
+  <si>
     <t>LATIMO S.A.</t>
   </si>
   <si>
     <t xml:space="preserve">CPVR EU 4868/Tanotika, CPVR EU 1613/Tankalcig, CPVR EU 20879/Tan01990, CPVR EU 15435/Tan01693, CPVR EU 17729/Tan01441, CPVR EU 22781/Tan02474, CPVR EU 13218/Tan00151, CPVR EU 15408/Tan02522Tan02522, CPVR EU 19808/Tan01549, CPVR EU 17727/Tan01549, CPVR EU 22835/Tan03266, CPVR EU 17773/Tan00993, CPVR EU 17757/Tan01653, CPVR EU 15768/Tan00125, CPVR EU 2279/Tanaledev, CPVR EU 20841/Tan02525, CPVR EU 25071/Tan03419, CPVR EU 30190/Tan06464,CPVR EU 38098/TAN09112, CPVR EU 38516/TAN08051 
 </t>
   </si>
   <si>
     <t>Rosen Tantau KG</t>
   </si>
   <si>
     <t>rozes un to stādi</t>
   </si>
   <si>
     <t>Makita Corporation</t>
   </si>
   <si>
     <t xml:space="preserve">elektroinstrumenti, bezvadu elektroinstrumenti, tostarp ripzāģi, leņķzāģi, ķēdes zāģi, lentzāģi, finierzāģi, grupzāģi, griezēji, griešanas mašīnas, knaibles, šķēres, ēveles, rievu griezēji, frēzes un trimmeri, urbju uzgaļi, triecienurbji, rotācijas urbjmašīnas, āmururbji un nojaukšanas āmuri, lauzēji, triecienskrūvgrieži, triecienuzgriežņu atslēgas, skrūvgrieži, uzgriežņu atslēgas, slīpmašīnas, slīpmašīnas, pulēšanas mašīnas u.c. </t>
   </si>
   <si>
     <t>Starbuzz Tobacco, Inc.</t>
   </si>
   <si>
     <t>elektroniskās cigaretes, tabaka, sveces u.c.</t>
   </si>
   <si>
@@ -5719,188 +5418,150 @@
   <si>
     <t>SCAB GIARDINO S.P.A.</t>
   </si>
   <si>
     <t>Louis Poulsen  A/S</t>
   </si>
   <si>
     <t>Imiracle (ShenZhen) Technology Co., Ltd.</t>
   </si>
   <si>
     <t>EUTM 000637751/EMTEMPO, EUTM 001863679/EMTEMPOCLASSIC	
 EUTM 004216461/EMTEMPO FASHION, EUTM 007073687/EMTEMPO COMPLETE CARE EUTM 011166162/EMTEMPO POCKET, EUTM 012259561/EMTEMPO PROTECT, EUTM 018017514/EMTEMPO	
 EUTM 018315286/EMTEMPO</t>
   </si>
   <si>
     <t>Essity Hygiene and Health Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                               CDR 003297704-0011, CDR 003297704-0001, EUTM 012876959 COLE HAAN, CDR 002771873-0001, CDR 002771873-0002, CDR 003297704	
 -0002, CDR 007991872-0001, EUTM 017305285 STITCHLITE, CDR 007488853-0015, CDR 003811553-0003, CDR 003811553-0001, CDR 003297704-0004, CDR 005806072-0022, EUTM 000277467 COLE-HAAN, EUTM 012775813 GRAND.OS, CDR 007991872-0002, CDR 007991872 -0004, CDR 007991872-0006, CDR 007488853-0002, CDR 007488853-0003, CDR 007488853-0009, CDR 007488853-0010, CDR 007488853-0006, CDR 007488853-0007, CDR007488853-0008, CDR 007488853-0014, CDR 007991872-0003, EUTM015284631 ZERØGRAND, CDR 007488853-0004, CDR 007488853-0005, CDR007488853-0013, CDR 007488853-0011, CDR 007715321-0001,  CDR007488853-0001, CDR 003297704-0003, EUTM 012135497COLE HAAN, CDR007488853-0012, CDR 007991872-0005, CDR005806072-0012, CDR 005806072-0011, CDR005806072-0013	</t>
   </si>
   <si>
     <t>EUTM	010125664 nawm, EUTM 003913167 GILEAD, EUTM 000789263 AmBisome</t>
   </si>
   <si>
-    <t>Gilead Sciences Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 015252935 V P VITAL PROTEINS	</t>
   </si>
   <si>
     <t>diētiskie preparāti un uztura bagātinātāji u.c.</t>
   </si>
   <si>
     <t>ITM 1498118 NUUN</t>
   </si>
   <si>
     <t>Hilti Aktiengesellschaft</t>
   </si>
   <si>
     <t>Hilti instrumenti u.c.</t>
   </si>
   <si>
     <t>EUTM 009586801 KRISS, ITM 1160654 KRISS</t>
   </si>
   <si>
     <t>Kriss Systems S.A.</t>
   </si>
   <si>
     <t>EUTM 008628554The Power of Plants BOTANICS, EUTM 01508666 3NATURE INSPIRED BOTANICS THE POWER OF PLANTS, EUTM 016264012BOTANICS, EUTM 017799222NATURE INSPIRED BOTANICS THE POWER OF PLANTS Established, EUTM 016521271BOTANICS	
 EUTM 011571122Boots BOTANICS THE POWER OF PLANTS, EUTM 015069362THE POWER OF PLANTS</t>
   </si>
   <si>
     <t>The Boots Company Plc - Botanics</t>
   </si>
   <si>
     <t xml:space="preserve">SMART </t>
   </si>
   <si>
     <t xml:space="preserve"> ITM  1370547 CLAUDIE PIERLOT, ITM  528638 CLAUDIE PIERLOT, EUTM 018683192 (Trade mark without text)	</t>
   </si>
   <si>
     <t>CLAUDIE PIERLOT</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 012781183/EM DOUGLAS LABORATORIES, EUTM 012781274/EM DOUGLAS LABORATORIES	</t>
   </si>
   <si>
-    <t>farmaceitiskais produkts diabēta ārstēšanai</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 000031369 MILKA, EUTM 000031310 (Marque sans texte)	
 EUTM 000031336 (Marque sans texte), EUTM 000031344 MILKA</t>
   </si>
   <si>
     <t>KRAFT FOODS SCHWEIZ HOLDING GMBH</t>
   </si>
   <si>
     <t>CDR 008721120-0008, CDR 008721120-0007 Tischleuchten - Leuchten, CDR 008721120-0006, CDR 008721120-0005, CDR 008721120-0004, CDR 008721120-0003, CDR 008721120-0002, CDR 009153448-0007, CDR 009153448-0006, CDR 009153448-0005, CDR 009153448-0004, CDR 009153448-0003, CDR 009153448-0002, CDR 009153448-0001, CDR 008721120-0001</t>
   </si>
   <si>
     <t>Sompex Im- und Export, Handelsgesellschaft mit beschränkter Haftung &amp; Co. Kommanditgesellschaft</t>
   </si>
   <si>
     <t>galda lampas u.c.</t>
   </si>
   <si>
     <t>EUTM 016883712/EMLOUNGE, ITM 1558327/WOLOUNGE</t>
   </si>
   <si>
     <t>LOUNGE UNDERWEAR LIMITED</t>
   </si>
   <si>
-    <t>Zhejiang Zhengte Co., Ltd.</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 000456822Nomination, EUTM17215625Composable, ITM1069273 Nomination, ITM0769289 Nomination, EUTM7257471 Composable</t>
   </si>
   <si>
     <t>Nomination di Antonio e Paolo Gensini s.n.c.</t>
-  </si>
-[...5 lines deleted...]
-    <t>Molinari Italia S.p.A.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                           EUTM 018349101 Zuru, EUTM 010929982 Zuru, EUTM 014018303 Buncho, EUTM 013713938 Zuru Bunch O Balloons 
 </t>
   </si>
   <si>
     <t>Zuru (Singapore ) PTE. LTD</t>
   </si>
   <si>
     <t>grafiskais dizains u.c.</t>
   </si>
   <si>
-    <t>Logitech International S.A.</t>
-[...1 lines deleted...]
-  <si>
     <t>ierīces datoriem, klaviatūras, peles, baterijas u.c.</t>
   </si>
   <si>
     <t>ITM 985527 Albonair, ITM 971403 Albonair</t>
   </si>
   <si>
     <t>Albonair GmbH</t>
   </si>
   <si>
     <t>darbgaldi, mašīnu un darbgaldu daļas, dzinēji (izņemot sauszemes transportlīdzekļus) un to daļas, sajūgi un piedziņas ierīces (izņemot sauszemes transportlīdzekļus), lauksaimniecības darbarīki, izņemot ar roku darbināmus darbarīkus, aparāti un instrumenti vadīšanai, pārslēgšanai, pārveidošanai u.c.</t>
   </si>
   <si>
     <t>POLLOGEN LTD</t>
   </si>
   <si>
     <t>EUTM 000220673 FRISTAM</t>
   </si>
   <si>
     <t>FRISTAM Pumpen KG (GmbH &amp; Co.)</t>
   </si>
   <si>
     <t>Bacardi and Company Ltd.</t>
-  </si>
-[...17 lines deleted...]
-    <t>alus, alkoholiskie un bezalkoholiskie dzērieni pudelēs, stikla trauki, mājsaimniecības piederumi un konteineri un apģērbs u.c.</t>
   </si>
   <si>
     <t>EUTM 01121109 1Benjamin Blümchen (Wortmarke), EUTM 014996871 Bibi &amp; Tina (Wort-/Bildmarke - Schriftzug), EUTM 011062668 Bibi &amp; Tina Wort-/ Bildmarke - Köpfe mit Hufeisen), EUTM 010368223 Bibi &amp; Tina (Wortmarke)	
 EUTM 011598653 Bibi Blocksberg (Wort-/Bildmarke), EUTM 010367795 Bibi Blocksberg (Wortmarke), EUTM 018083522 Benjamin Blümchen (Bildmarke)
 EUTM 018574021 Benjamin Blümchen (Wort-/Bildmarke mit Kopf)</t>
   </si>
   <si>
     <t>Kiddinx Studios GmbH</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 013168042 ANTMINER, EUTM 013913521 BITMAIN</t>
   </si>
   <si>
     <t>Bitmain Technologies Limited</t>
   </si>
   <si>
     <t>CDR 003622802-0001, EUTM 3473238 BOHEMIA CZECH REPUBLIC B LEAD CRYSTAL OVER 24%, EUTM 18180166 CRYSTALITE BOHEMIA
 ITM 1184597 CRYSTALITE BOHEMIA CZECH REPUBLIC</t>
   </si>
   <si>
     <t>Crystal BOHEMIA, a.s.</t>
   </si>
   <si>
     <t>EUTM 012726006 Classic refreshment. Re-crafted. Seth &amp; Riley's Garage. Kind of genius. Kind of., EUTM 003604535 GRIMBERGEN, ITM 1593435 GRIMBERGEN, ITM 1183178 Seth &amp; Riley's Garage, EUTM 015330343 BROOKLYN BREWERY, EUTM 015430895 BROOKLYN, EUTM 000044008 TUBORG, ITM 1135976 TUBORG, ITM 0947342 SOMERSBY, EUTM 012708475 Somersby - Stay open-minded, ITM 0879637 AB BROOKLYN BREWERY, EUTM 006840458 SOMERSBY, ITM 1717534 TUBORG, EUTM 015750813 Somersby Orchard Selection, ITM 1486785 SOMERSBY, EUTM 017986688 Grimbergen Abbey Brewery, ITM 1460960 ARDET NEC CONSUMITUR GRIMBERGEN ABBAYE FONDÉE EN · ABBEY FOUNDED IN 1128, EUTM 01056177 7Somersby Double Press, ITM 1568136 GARAGE HARD SELTZER, EUTM 015330301 B BROOKLYN BREWERY	
 ITM 1710937 H HOLSTEN</t>
@@ -6310,50 +5971,53 @@
   <si>
     <t>EUTM 002270817, EUTM 002931038 OSCAR, EUTM 003767118 ACADEMY AWARDS, EUTM 017553256</t>
   </si>
   <si>
     <t>Academy of Motion Picture Arts and Sciences</t>
   </si>
   <si>
     <t xml:space="preserve">"OSCAR" statuete </t>
   </si>
   <si>
     <t>EUTM 017964515 CLOZEAU, EUTM  016991895 gigiCLOZEAU</t>
   </si>
   <si>
     <t>ATELIERS CLOZEAU</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 007393796 Roundell, EUTM 007060106 Spring Sponge, EUTM 003654 696 Tamasu, EUTM 000021998 BRYCE, EUTM 000021956 Sriver, EUTM 000021931 BUTTERFLY, EUTM 00021915 BUTTERFLY, EUTM 000021899 Butterfly, EUTM 011844578 Lezoline, EUTM 011699162 Jun Mizutani, EUTM 009449018 DIGNICS, EUTM 010234631 Earth, EUTM 011145109 Butterfly	
 EUTM 006028203 SPINART, EUTM 001610088, EUTM 008544298 Butterfly Effect, EUTM 008138191 Innerschield,EUTM 008137572 Innerforce, EUTM 014740691 Impartial, EUTM 013776471  BryceHighspeed, EUTM 013287131 Spin Refresh, EUTM 011699221 Mizutani Jun, EUTM 006474282, EUTM 011237534, EUTM 012624722, EUTM 012624607 BUTTERFLY, EUTM 008419491 Innerfibre, EUTM 008138141 Innerblade, EUTM 005241658 Energyforce, EUTM 005114608 SOLCION, EUTM 002624435 D´Or, EUTM 001132919 Catapult, EUTM 018322727 Dima, EUTM 018321670 Dima, tcharov
 EUTM 018316365 Ovtcharov, EUTM 018112825, EUTM 017946590 VISCARIA, EUTM 017932135Butterfly, EUTM 017586661Tenergy, EUTM 016365108Zhang Jike, EUTM 015892029Rozena, EUTM 015425838Timo Boll
 EUTM 015425821Boll, EUTM 015098957, EUTM 015098965, EUTM 015098932		</t>
   </si>
   <si>
     <t>Tamasu Butterfly Europa GmbH</t>
   </si>
   <si>
+    <t>galda tenisa nūjas, apģērbs, šorti, T-krekli, treniņtērpi u.c.</t>
+  </si>
+  <si>
     <t xml:space="preserve">                                                                                                                                                                                                                   EUTM 012574612 SUPER-WAX, ITM 0206290 VLISCO	, ITM 0131446 VVH
 ITM 0776719 SUPER-WAX BLOCK PRINTS</t>
   </si>
   <si>
     <t>Vlisco B.V.</t>
   </si>
   <si>
     <t>audumi un tekstilizstrādājumi</t>
   </si>
   <si>
     <t>EUTM 12550257 ENTEROSGELUM</t>
   </si>
   <si>
     <t>juvelierizstrādājumi, apģērbs, apavi, galvassegas, koferi un ceļojumu somas u.c.</t>
   </si>
   <si>
     <t>EUTM 002423655 BENINCA'</t>
   </si>
   <si>
     <t>AUTOMATISMI BENINCA' - S.P.A.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  000000472 Sony, ITM  978971 Sony, ITM  1194843 A Sony, EUTM  160317 Walkman, ITM  1160752 Walkman, EUTM  547000 Cyber-shot, EUTM  6134019  Cyber-shot, EUTM  3615556 Handycam, EUTM  5335518, EUTM 5335575, EUTM 4638672 Xpod, EUTM 012679296 XPERIA, EUTM 012679544 XPERIA  </t>
   </si>
   <si>
@@ -6840,94 +6504,88 @@
   <si>
     <t>EUTM 018687659/EM CACHAREL</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 015455843, EUTM 015455827, EUTM 003169414SATA 
 </t>
   </si>
   <si>
     <t>SATA GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>pulverizatori, krāsas pistoles</t>
   </si>
   <si>
     <t xml:space="preserve">Duracell Batteries </t>
   </si>
   <si>
     <t>ITM 1501255/WO BE@RBRICK, ITM 1501256/WO BE@RBRICK	
 ITM 1707215/WO BE@RBRICK, ITM 1713860/WO BE@RBRICK
 ITM 1713859/WO @</t>
   </si>
   <si>
     <t>Medicom Toy Corporation</t>
   </si>
   <si>
-    <t>ADME (CY) LTD</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 001293281, EUTM 002502797 ARC'TERYX, EUTM 001293133 ARC'TERYX</t>
   </si>
   <si>
     <t>Amer Sports Canada, Inc.</t>
   </si>
   <si>
     <t>Gilead Sciences Ireland UC</t>
   </si>
   <si>
     <t>EUTM 009492182 SEIKO, EUTM 002430635  5</t>
   </si>
   <si>
     <t>SEIKO GROUP KABUSHIKI KAISHA t/a SEIKO GROUP CORPORATION</t>
   </si>
   <si>
     <t>PEARL JAM LLC</t>
   </si>
   <si>
     <t>ITM 1306775 L'INSOUMIS, ITM 514656 AMETHYST, ITM 1730021 93129696 LALIQUE, EUTM 008736084 Lalique</t>
   </si>
   <si>
     <t>Lalique Parfums SA</t>
   </si>
   <si>
     <t>EUTM 001894237/EM CHEETOS, EUTM 002403822/EM Cheetos</t>
   </si>
   <si>
     <t>uzkodas uz kukurūzas bāzes</t>
   </si>
   <si>
     <t>NIKE Innovate CV</t>
   </si>
   <si>
     <t>Christian Dior Couture SA</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 015056567-0029/EM, CDR 002710160-0004/EM, CDR 002710160- 0003/EM, CDR 002890285-0012/EM, CDR 002890285-0010/EM, CDR 002961425-0027/EM, CDR 002981381- 0023/EM, CDR 002981381-0022/EM, CDR 002981381-0020/EM, CDR 002986919-0015/EM, CDR 002997783- 0015/EM, CDR 003126317-0015/EM, CDR 015056567-0032/EM, CDR 015056567-0014/EM, CDR 015056567- 0023/EM, CDR 015056567-0020/EM, CDR 015056567-0027/EM, CDR 015056567-0016/EM, CDR 015056567- 0017/EM, CDR 015056567-0002/EM, CDR 015056567-0010/EM, CDR 015056567-0001/EM, CDR 015056567- 0009/EM, CDR 002300350-0006/EM, CDR 002300350-0005/EM, CDR 002300350-0003/EM, CDR 002300350- 0002/EM, CDR 002300350-0008/EM, CDR 002300350- 0009/EM, CDR 002300350-0001/EM, CDR 002300350- 0004/EM, CDR 002300350-0007/EM, CDR 002300350- 0006/EM, CDR 002300350-0005/EM, CDR 002300350- 0003/EM, CDR 002347849-0011/EM, CDR 002347849- 0012/EM, CDR 002353292-0002/EM, CDR 002353292- 0001/EM, CDR 002474189-0011/EM, CDR 002474189- 0009/EM, CDR 002474189- 0015/EM, CDR 002474189- 0019/EM, CDR 002474189-0010/EM, CDR 005248218-0028, CDR 002300350- 0019/EM, CDR 002474155-0018/EM, CDR 002474155- 0019/EM, CDR 002474155-0020/EM, CDR 006591426-0001, CDR 006591426- 0003, CDR 0067 13210-0017, CDR 006713210-0019, CDR 006713210-0020, CDR 006713210- 0021, CDR 004506145-0028, CDR 004506145-0027, CDR 004506145-0026, CDR 004506145-0025, CDR 004506145-0029, CDR 004506145-0031, CDR 004506145-0032, CDR 004928000-0022, CDR 004928000-0021, CDR 00492 8000-0020, CDR 004928000-0019, CDR 004928000-0018, CDR 004928000- 0017, CDR 004928000-0015, CDR 004928000-0014, CDR 004928000-0013, CDR 006713210-0022, CDR 006713210-0023, CDR 006713210-0024, CDR 006713210-0025	
 </t>
-  </si>
-[...1 lines deleted...]
-    <t>Finlandia Vodka Oy (Ltd)</t>
   </si>
   <si>
     <t>EUTM 012485322 PERCY PIG</t>
   </si>
   <si>
     <t>MARKS AND SPENCER P.L.C.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 5889142, EUTM 15298541, EUTM 14549381amiibo,  IR W01718658, EUTM 15298573, EUTM 17252859, EUTM 479931 MARO KART, EUTM16361751, EUTM 16991325, IR 1718656,  IR 1700827, IR 1581729, EUTM 2512606, EUTM 16606311, EUTM 13202841, EUTM 17469172, EUTM155192, SUPER MARIO BROS, EUTM 155135 SUPER MARIO, EUTM7075153 SUPER MARIO, IR 1594401 SUPER MARIO, EUTM 5205208 The Legend of Zelda, EUTM13480348 THE LEGEND OF ZELDA, IRW01737099, EUTM 16722829, EUTM 16722894, EUTM 18774225,EUTM 15298565, EUTM 15298607, IR 1715594 KIRBY, EUTM 4933842 KIRBY, EUTM3459071, CDR 003770213-0001, 0002, 0003, 0004, CDR  003764570-0001,CDR 003764562-0001,CDR 003837517-0001, CDR 007134523-0001,CDR 000483631- 0001, CDR 000483631-0010, EUTM 18368644 L, EUTM 009293465 NINTENDO 3DS, EUTM 017212671 GAMEBOY Device, EUTM 000155242 Nintendo Entertainment System, EUTM 017719741 NINTENDO LABO, EUTM 016997652 SNES Controller Device, EUTM 016997702 Nintendo Switch Console Device, ITM 1504465 RING FIT ADVENTURE, ITM 1504464 RING-CON, EUTM 18161044 M, EUTM 16070914 Nintendo Switch, EUTM 004907581 GAMEBOY, EUTM 000226597 N Cube Logo, EUTM 004907598 NINTENDO, EUTM 005021423 Nintendo, EUTM 011610243 Nintendo, EUTM 010766251 Official Nintendo Licensed Product, EUTM1 6855471 Nintendo Switch &amp; Logo, EUTM 016625618 Nintendo Switch &amp; Logo, EUTM 016606907 Joy-Con, EUTM 005087796 Wii	, EUTM 5028337 The Legend of Zelda, EUTM 016997637 NES Controller Design, EUTM 013169412 amiibo, EUTM 016606873 Nintendo Switch Logo alone, EUTM 14438519 amiibo Icon, ITM 1469820 SUPER MARIO	</t>
   </si>
   <si>
     <t>Zino Davidoff  S.A.</t>
   </si>
   <si>
     <t>LEGO A/S</t>
   </si>
   <si>
     <t xml:space="preserve">Lego </t>
   </si>
   <si>
     <t>CDR015008844-0002, ICDD076470 -0013, ICDD076470-0011, ICDD 076470 -0015, ICDD076470-0009, ICDD076470 -0007, ICDDM/094 624 -0004,ICDDM/094 624 -0001, CDR001810532-0005, ICDDM/084 982 -0006, ICDDM/084 982 -0007, ICDDM/090 221 -0006, ICDDM/090 221 -0005,ICDDM/076 470 -0005, CDR000868807-0001, CDR008 922926-0004, CDR 008337372-0014,ICDDM/ 084 982 -0002, ICDDM/ 084 982 -0005, CDR001076178-0005,CDR001076178-0006,CDR 001076178- 0014, CDR001076178- 0013,CDR001050645-0007, ICDDM084982- 003,ICDDM/094 624 -0003,ICDDM/094 624 -0005, CDR001664368-0007, ICDDM/094 624 -0002, ICD DM/094 624 -0003	93124378, ICDDM/094 624 -0005, CDR001664368-0007,ICDDM/094 624 -0002, CDR002137190- 0008, CDR015008844-0016, CDR 015008844-0015,CDR015008844- 0014 ,CDR015008844-0013, CDR015008844-0012,CDR015008844-0011, CDR015008844-0010,CDR015008844-0009,CDR015008844-0008,CDR 
 015008844- 0007,CDR015008844-0006,CDR015008844- 0004,CDR01500 8844-0003,CDR001076178-0015,CDR001076178-0017,CDR001664368-0002,CDR001050645-0003,CDR001050645-0004,CDR001050645-0002,CDR 0010,001050645-0006, CDR001076178-0001,CDR001076178-0003,CDR 
 001076178-0004,CDR001810532-0006,CDR001810532-0007,CDR001950981-0001,CDR001950981-0002,CDR001950981-0003,CDR001664368-0003,CDR001076178-0002,CDR001664368-0004,CDR001664368-0006,CDR001810532-0001,CDR001810532-0002,CDR001810532-0004,CDR001950981-0004,CDR002137190-0002,CDR002137190-0001,CDR002137190-0004,CDR002137190-0005,CDR002137190-0006,CDR002137190-0007,CDR002137190-0009,CDR002137190-0010,CDR002137190-0011,CDR002137190-0012,CDR002137190-0013,CDR008337372-0017,CDR008922926-0002,CDR008922926-0006,CDR007537964-0014,CDR007537964-0009,CDR007537964-0016,CDR000128681-0001,CDR000128681-0002,CDR000128681-0003,CDR000128681-0004,ICDD076470-0006,ICDD076470-0008,ICDD076470 -0014,ICDD076470-0010.ICDD076470-0012,ICDD076470-0001,ICDD076470-0002,ICDD076470-0003,ICDD076470-0004,ICDD076470-0016,ICDD076470-0017,ICDD076470-0018,ICDD076470-0019</t>
   </si>
   <si>
@@ -7015,53 +6673,50 @@
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">EUTM12347381/Megared, EUTM 11590247/Megared, EUTM 12207528/Megared, EUTM 12207429/Megared, EUTM 11590486/Megared, EUTM 12098257/MegaRojo, EUTM 12098356/MegaRood, EUTM 12098315/MegaRosso, EUTM 12098414/MegaRouge, EUTM 11858958/PowerRed, EUTM 11945607/SmartMega, EUTM 11945541/Mega03 </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Courier New"/>
         <family val="3"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">CDR 005610334-0002, CDR 009197999-0005, CDR 009197999-0010	
 CDR 009197999-0004, CDR 004024024-0003, CDR 004024024-0002	</t>
   </si>
   <si>
-    <t>matu veidošanas ierīce</t>
-[...1 lines deleted...]
-  <si>
     <t>SIA "Orkla Latvija"</t>
   </si>
   <si>
     <t>EUTM 11879855 BRUNELLO CUCINELLI</t>
   </si>
   <si>
     <t>BRUNELLO CUCINELLI S.P.A.</t>
   </si>
   <si>
     <t>WOLFSPEED, INC.</t>
   </si>
   <si>
     <t>elektroniskie komponenti, pusvadītāju izstrādājumi</t>
   </si>
   <si>
     <t>CDR 001384796-0003, CDR	004371185-0001, CDR 001428098-0001, CDR 001436281-0001</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                                         EUTM 003941135 SIDESHOW COLLECTIBLES  
 </t>
   </si>
   <si>
     <t>Sideshow Inc.</t>
   </si>
   <si>
@@ -7089,209 +6744,140 @@
     <t xml:space="preserve">gredzeni </t>
   </si>
   <si>
     <t>EUTM 003043379/EM NAN, ITM 1654555/WO NAN NATURA, EUTM 017867278/EM NAN NATURA</t>
   </si>
   <si>
     <t xml:space="preserve">piena pulveris zīdaiņiem un maziem bērniem, šķidrais piena maisījums zīdaiņiem u.c. </t>
   </si>
   <si>
     <t xml:space="preserve"> ITM 1574937/WO pure encapsulations, EUTM 009109844/EM Pure Encapsulations</t>
   </si>
   <si>
     <t>vitamīnu piedevas, diētiskie un uztura bagātinātāji, kalcija piedevas</t>
   </si>
   <si>
     <t>EUTM 009343781/EM NIDO, EUTM 002930980/EM NIDO</t>
   </si>
   <si>
     <t xml:space="preserve"> piena produktu dzērieni</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 003508165/EM SOLGAR, EUTM 003508132/EM SOLGAR, EUTM 011415759/EM Solgar since 194</t>
   </si>
   <si>
     <t>MOTOROLA MOBILITY LLC</t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">LA POSTE </t>
   </si>
   <si>
     <t>Treasury Wine Estates UK  Brands Limited</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">                                                                                                      </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>ICD D075046-0001/WO, EUTM 018518955/EM DOPPER,  EUTM 018549415/EM DOPPER, EUTM 018519790/EM  DOPPER, EUTM 017898526/EM, EUTM 011701448/EM DOPPER, EUTM011701372/EM DOPPER</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <t>Mallen B.V.</t>
   </si>
   <si>
     <t xml:space="preserve">Dopper dzērienu pudeles </t>
   </si>
   <si>
     <t>CDR 000731112-0029(Marque sans texte), EUTM 006060032 (Marque sans texte), CDR 000731112-0015 (Marque sans texte), ITM 1088694 BONOBO, ITM 1088532 BONOBO, EUTM 005163225 BONOBO</t>
   </si>
   <si>
     <t>MAGELLAN</t>
   </si>
   <si>
     <t>R.C. TRADEMARKS S.R.L.</t>
   </si>
   <si>
-    <t>CDR 003326842 Oi bell</t>
-[...19 lines deleted...]
-  <si>
     <t>PIONEER EUROPE NV</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                                     CDR 002573956-0002, EUTM 013333091 Nicer Dicer Magic Cube</t>
   </si>
   <si>
     <t>EUTM 006436571/EM PSoC, EUTM 001759711/EM CYPRESS, EUTM 010615474/EM</t>
   </si>
   <si>
     <t>CYPRESS SEMICONDUCTOR CORPORATION</t>
-  </si>
-[...16 lines deleted...]
-    <t xml:space="preserve">apgaismojuma profili un instalācijas </t>
   </si>
   <si>
     <t>Wirtgen GmbH</t>
   </si>
   <si>
     <t>EUTM 003805471, CDR 000604467-0001, EUTM 011422953 STABILO</t>
   </si>
   <si>
     <t>Schwan-STABILO Schwanhäußer GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 11888195 M, EUTM 11888047 M , EUTM 9620154  MAXIM 
 </t>
   </si>
   <si>
     <t>Maxim Integrated Products, Inc.</t>
   </si>
   <si>
-    <t>ITM 1650114 ORGENTEC, EUTM 004121687 alegria</t>
-[...7 lines deleted...]
-  <si>
     <t>EUTM 018788617 YOGURETTE, EUTM 000230110/EM Yogurette</t>
   </si>
   <si>
     <t>FERRERO OHG mbH</t>
   </si>
   <si>
     <t>EUTM 018555199 Fastgas, ITM 1674610 ExoticWhip</t>
   </si>
   <si>
-    <t>Global Catering Supplies BV</t>
-[...1 lines deleted...]
-  <si>
     <t>metāla baloni, kapsulas, pudeles, krējuma kārtridži un tvertnes gāzei, cilindri, un konteineri kriogēnām gāzēm u.c</t>
   </si>
   <si>
     <t>EUTM 017977716/EM CAPSLAB</t>
   </si>
   <si>
     <t>TEXTISS</t>
   </si>
   <si>
     <t>cepures</t>
-  </si>
-[...7 lines deleted...]
-    <t>akumulatoru lādētāji u.c.</t>
   </si>
   <si>
     <t>ITM 0787776 PFERD</t>
   </si>
   <si>
     <t>August Rüggeberg GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM5492673VDE, EUTM 005521059VDE, EUTM 003334232VDE 
 </t>
   </si>
   <si>
     <t>VDE Verband der Elektrotechnik Elektronik Informationstechnik e.V.</t>
   </si>
   <si>
     <t>elektriskās iekārtas rūpnieciskām mašīnām, darbagaldiem, portatīvie strāvas ģeneratori u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">Preces apraksts </t>
   </si>
   <si>
     <t>EUTM 018633148 UNITRA, EUTM 018633149 U, EUTM 018633151 U UNITRA</t>
   </si>
   <si>
     <t>UNITRA Sp. z o.o.</t>
@@ -7359,53 +6945,50 @@
   <si>
     <t>somas, ādas izstrādājumi u.c.</t>
   </si>
   <si>
     <t>medicīnas, ķirurģijas, terapeitiskie instrumenti, protēzēm un implantiem</t>
   </si>
   <si>
     <t>elektromotori, sūkņi, krāni u.c.</t>
   </si>
   <si>
     <t>pretsāpju līdzeklis kaklam Strepsils</t>
   </si>
   <si>
     <t>rotaļlietas, suvenīri, iPhone un iPad skolai</t>
   </si>
   <si>
     <t>apģērbi, apavi, somas un aksesuāri</t>
   </si>
   <si>
     <t>zobu pasta un mutes skalojamais ūdens, ķermeņa kopšanas līdzekļi, dezodorants, antiperspiranti, ziepes, skūšanās krēmi un ķermeņa losjoni, matu kopšanas līdzekļi u.c.</t>
   </si>
   <si>
     <t>uztura bagātinātāji, diētiskās pārtikas piedevas, vitamīni, minerāli un minerālu preparāti, omega-3 taukskābes, fosfolipīdi un antioksidanti, pārtikas eļļas un tauki u.c.</t>
   </si>
   <si>
-    <t>alkoholiskais dzēriens MALIBU</t>
-[...1 lines deleted...]
-  <si>
     <t>dažādas skaistumkopšanas preces, šampūni, krēmi, dezodoranti u.c.</t>
   </si>
   <si>
     <t>skaistumkopšanas līdzekļi, parfimērija, kosmētika, krēmi, dezodoranti, aksesuāri u.c.</t>
   </si>
   <si>
     <t>pulksteņi, aksesuāri u.c.</t>
   </si>
   <si>
     <t>somas, apģērbs, apavi, smaržas, aksesuāri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">pulksteņi u.c. </t>
   </si>
   <si>
     <t>navigācijas sistēmas, sporta pulksteņi u.c.</t>
   </si>
   <si>
     <t>sporta preces, hokeja nūjas</t>
   </si>
   <si>
     <t>apģērbi, apavi, somas, smaržas, brilles, rotaslietas u.c.</t>
   </si>
   <si>
     <t>mežkopības un dārzkopības instrumenti, motorzāģi u.c.</t>
@@ -7513,129 +7096,120 @@
   <si>
     <t xml:space="preserve">zobu sukas u.c. </t>
   </si>
   <si>
     <t>foto, video kameras, aizsargaprīkojums, kronšteini, balsti, piederumi un aksesuāri</t>
   </si>
   <si>
     <t xml:space="preserve">kurpes, somas un ādas izstrādājumi </t>
   </si>
   <si>
     <t xml:space="preserve">apģērbi, sporta preces, rotaļlietas, suvenīri, keramikas krūze u.c. </t>
   </si>
   <si>
     <t>koferi, somas no metāla, plastmasas vai auduma, somas portatīvajiem datoriem, kameru somas, futrāļi elektroniskām ierīcēm, dažādas kombinācijas, ceļasomas un čemodāni, tualetes maciņi u.c.</t>
   </si>
   <si>
     <t>telekomunikāciju aparāti, instrumenti, iekārtas, tīkli un to daļas un piederumi u.c.</t>
   </si>
   <si>
     <t>apģērbi, cepures, aksesuāri u.c.</t>
   </si>
   <si>
     <t>apģērbi, apavi, golfa spēles piederumi u.c.</t>
   </si>
   <si>
-    <t>pulksteņi, maki, juvelierizstrādājumi, dizainparaugi, smaržas, sieviešu somas, dažādi ādas izstrādājumi, datoru somas, mugursomas, jostas u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>farmaceitiskie preparāti, vielas, veterinārie un higiēnas līdzekļi, pārtika zīdaiņiem, dezinfekcijas līdzekļi, preparāti kaitēkļu iznīcināšanai u.c.</t>
   </si>
   <si>
     <t>kopēšanas iekārtas, portatīvie kopētāji, printeri, toneris, sausās tintes un printera tintes, papīrs, kopiju papīra izstrādājumi no kartona, iespieddarbi, avīzes, žurnāli, mācību un uzskates materiāli, kancelejas preces u.c.</t>
   </si>
   <si>
     <t>kosmētiskie līdzekļi, ziepes, ēteriskās eļļas, smaržas, ķermeņa dezodoranti, dušas želejas, šampūni un matu losjoni, saulesbrilles, brilles, briļļu rāmji un aksesuāri, apģērbi, apavi, galvassegas, apakšveļa, krekliņi</t>
   </si>
   <si>
     <t xml:space="preserve"> automātiskās un ar monētu darbināmas atrakciju iekārtas, elektriski darbināmas rotaļlietas bērniem, rokas spēlēm, rotaļlietas, spēles un rotaļlietas, elektronisko atrakciju aparāti u.c.</t>
   </si>
   <si>
     <t>ūdensnecaurlaidīgi zābaki u.c.</t>
   </si>
   <si>
     <t>somas, apavi, jostas</t>
   </si>
   <si>
     <t>parfimērija, kosmētika, ķermeņa un skaistumkopšanas līdzekļi u.c.</t>
   </si>
   <si>
     <t>ūdenspīpes, tabaka u.c.</t>
   </si>
   <si>
     <t>optika šaujamieročiem u.c.</t>
   </si>
   <si>
     <t>iekārtas vingrošanai un sportam, apģērbi, polo krekli, somas, maki, lietussargi, aksesuāri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> spēles un rotaļlietas, kompaktdiski, DVD diski un citi digitālie datu nesēji, iespiedprodukcija u.c.</t>
   </si>
   <si>
     <t>inhalatori u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">parfimērija u.c. </t>
   </si>
   <si>
-    <t>apģērbi, segas u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>lauksaimniecības un mežsaimniecības tehnikai rezerves daļas, eļļa, filtri, apģērbi, rotaļlietas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">transportlīdzekļu piedziņas sistēmas, apgaismes sistēmas, virsbūves kontroles sistēmas, spēka pievadu kontroles sistēmas, elektronisko instrumentu kopu, telemātikas sistēmas un datori, piekares sistēmas un sastāvdaļas, izplūdes sistēmas u.c. </t>
   </si>
   <si>
     <t>ķermeņa kopšanas līdzekļi, apģērbs un aksesuāri, apavu elementi un piederumi, personālpiederumi, mobilie tālruņi ar piederumiem un tehniskiem elementiem, elektriskās/elektroniskās un datoru rotaļlietas, spēles (ieskaitot elektronisko spēļu konsoles)</t>
   </si>
   <si>
     <t>lifti un liftu daļas, automašīnu lifti u.c.</t>
   </si>
   <si>
     <t>apģērbi, aksesuāri, piederumi u.c.</t>
   </si>
   <si>
     <t>uzturvielas, substrāti, mēslojumi, māla granulas u.c.</t>
   </si>
   <si>
     <t>apģērbi un apavi ar elementiem, somas un aksesuāri, tekstilizstrādājumi</t>
   </si>
   <si>
     <t>zīmogi, to piederumi, tintes kasetnes u.c.</t>
   </si>
   <si>
     <t>kontaktlēcas, kontaktlēcu kopšanas līdzekļi, šķīdums, smērvielas, acu pilieni u.c.</t>
   </si>
   <si>
     <t>apģērbs tīņiem, bērniem un zīdaiņiem</t>
   </si>
   <si>
     <t>ķermeņa kopšanas līdzekļi, parfimērija, kosmētika u.c.</t>
-  </si>
-[...1 lines deleted...]
-    <t>rotaļu automašīnas, elektronisko spēļu vadības ierīces, spēļu spēkratu stūres, pulksteņi, smaržas, spēles un modeļi, apģērbs, apavi un aksesuāri, publikācijas, grāmatas, žurnāli, brilles, mobilie telefoni, velosipēdi u.c</t>
   </si>
   <si>
     <t>ādas izstrādājumi, apģērbi, somas, apavi, smaržas, rotaslietas u.c.</t>
   </si>
   <si>
     <t>mājsaimniecības un virtuves piederumi un konteineri, rokas instrumenti un darbarīki, virtuves iekārtas, olu separators, stikla trauki, porcelāns un māla izstrādājumi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> nagu un skaistumkopšanas produkti u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> ceļu būves mašīnas (piem., veltņi) u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">krāsas, lakas, rūsas inhibitori, koksnes konservanti, tintes toneri, kasetnes, toneru kasetnes, printeri, skeneri, faksimilatori, daudzfunkcionālās ierīces, datoru programmatūra, termiskās lentes, lentes printeriem, siltuma papīrs </t>
   </si>
   <si>
     <t xml:space="preserve">zobu pasta, mutes skalojamais ūdens, šampūni, kondicionieri, matu kapsulas, tonizējoši līdzekļi, sauļošanās krēmi </t>
   </si>
   <si>
     <t xml:space="preserve">krēmi, šampūni, ķermeņa pieniņš, balzāms, aerosoli, želejas, kapsulas, losjoni, ziedes </t>
   </si>
   <si>
     <t xml:space="preserve">putekļu aizsargbarjera u.c. </t>
   </si>
@@ -7646,187 +7220,175 @@
     <t>apģērbi, aksesuāri u.c</t>
   </si>
   <si>
     <t>farmaceitiskie produkti (alopātiskie, homeopātiskie un fitoterapeitiskie) un higiēnas līdzekļi medicīnai un personīgai higiēnai, diētiskie produkti medicīniskiem nolūkiem, taukskābju, aminoskābju preparāti u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">mēbeles, spoguļi, elektriskās spuldzes, gaismas, statīvi, rāmji, plaukti, stendi, svečturi, vāzes, bļodas, trauki un porcelāns un stikls, papīrs, kartons un izstrādājumi no šiem materiāliem, līmvielas plastmasas iepakojummateriāli, spēles, rotaļlietas u.c.
  </t>
   </si>
   <si>
     <t xml:space="preserve">apģērbs un apavi ar elementiem un aksesuāriem u.c. </t>
   </si>
   <si>
     <t>video spēles, komiksu sērija/žurnāls, personīgie aksesuāri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">mugursomas, somas maisi, cita bagāža, cepures u.c. </t>
   </si>
   <si>
     <t xml:space="preserve"> ausu aizbāžņi, dzirdes aizsardzības ierīces nirējiem</t>
   </si>
   <si>
     <t>kosmētikas līdzekļi sievietēm, arī somas, sukas un vēl citi aksesuāri</t>
   </si>
   <si>
-    <t>apģērbi, apavi, galvassegas, tekstilizstrādājumi, veļa, šalles, ādas un zamšādas imitācijas, dzīvnieku ādas, bagāžas un somas, juvelierizstrādājumi, spēles, rotaļlietas, mēbeles, spoguļi, karnīzes, kosmētika un preparāti nesaturētājiem, tualetes piederumi u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">apģērbi, apavi, galvassegas, spēles, rotaļlietas, videospēļu aparāti, papīrs, kartons, iespieddarbi u.c. </t>
   </si>
   <si>
     <t>mēbeles, spoguļi, rāmji, paklāji, juvelierizstrādājumi, rotaslietas, mēbeles, spoguļi, rāmji, paklāji, linolejs, dzelzs izstrādājumi, juvelierizstrādājumi, dārgakmeņi, trauki mājsaimniecības vai virtuves vajadzībām, balināšanas līdzekļi, audumi, parastie metāli un to sakausējumi, rokas instrumenti u.c.</t>
   </si>
   <si>
     <t>smaržas, kosmētika, brilles, jo īpaši sporta un saulesbrilles, briļļu futrāļi, pulksteņi, jo īpaši sporta un modes pulksteņi, juvelierizstrādājumi, koferi, čemodāni un somas, sporta somas, plecu un medību somas, sporta apģērbs, tostarp sporta zābaki un sporta apavi u.c.</t>
   </si>
   <si>
     <t>sporta apavi (čības) bērniem</t>
   </si>
   <si>
     <t>radio vadības raidītāji, radio kontrolēti raidītāji, audio ieejas sistēmas galvenais jaudas enerģijas piegādātājs, audio ievades sistēma, durvju domofons u.c.</t>
   </si>
   <si>
     <t>džinsi, krekli, jakas, vestes, bikses, džemperi, šorti, cepures, kombinezoni, kleitas, blūzes, sporta krekli, t-krekli, svīteri, sporta mēteļi, uzvalki, biksītes, trikotāžas, šalles, pončo, zeķubikses, virsdrēbes, apakšveļa, svārki, zeķes, segas u.c.</t>
   </si>
   <si>
     <t>juvelierizstrādājumi (gredzens, kaklarota, kulons, rokassprādze, auskari, pulksteņi), visi produkti ir zeltā (dzeltenā, baltā, rozā) ar dārgakmeņiem vai bez tiem u.c.</t>
   </si>
   <si>
     <t>elektriskā lampas un apgaismojums, un gaismas atstarotāji, sanitārtehniskās iekārtas un aprīkojums, ūdensapgādes iekārtas, degļi, katli un sildītāji, vārīšanas, apkures, dzesēšanas un citas pārtikas un dzērienu apstrādes iekārtas un aprīkojums, kamīni u.c.</t>
   </si>
   <si>
     <t>šokolādes, konfektes, kafija, tēja, kakao un mākslīgā kafija, alus, minerālūdens, gāzēts ūdens u.c.</t>
   </si>
   <si>
     <t>kosmētika, tīrīšanas un higiēnas līdzekļi u.c.</t>
   </si>
   <si>
     <t>rezerves daļas, riteņu diski u.c.</t>
   </si>
   <si>
     <t>elektriskās/elektroniskās ierīces datoriem u.c.</t>
   </si>
   <si>
     <t>apģērbi, CD, DVD, mūzikas iekārtas, plakāti, kolekcionējamas fotogrāfijas u.c.</t>
   </si>
   <si>
+    <t xml:space="preserve">ķermeņa kopšanas līdzekļi, apģērbs un aksesuāri,
+rotaļlietas, spēles (ieskaitot elektroniskās spēļu konsoles) un sporta preces, tekstilzstrādājumi u.c.
+</t>
+  </si>
+  <si>
     <t xml:space="preserve">somas, galvassegas, džinsi, apakšveļa, krekli u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">apģērbi, apavi un galvassegas, somas, čemodāni, mugursomas, suņu būdas, redeļu kastes suņiem, kastes suņu pārvadāšanai, nemetāliski paliktņi, gultas, spilveni mājdzīvniekiem u.c. </t>
   </si>
   <si>
     <t>pusvadītāji, integrētās shēmas un neierakstīti elektroniski datu nesēji, pusvadītāju ierīces, proti, digitālās, analogās, interfeisa un jauktas signālu shēmas, mikroshēmas, iespiedshēmas plates u.c.</t>
   </si>
   <si>
     <t>apģērbs, apavi, galvassegas, juvelierizstrādājumi, āda un ādas imitācijas, personīgie aksesuāri u.c.</t>
   </si>
   <si>
     <t>aksesuāri un iekārtas mobiliem telefoniem un datoriem, austiņas telefoniem, somas kamerām u.c.</t>
   </si>
   <si>
     <t>gaļa, zivis, mājputni un medījums, gaļas ekstrakti, konservēti, žāvēti un vārīti augļi un dārzeņi, olas, piena produkti, želejas, ievārījumi, kompoti, piens un piena dzērieni, kafija un kafijas aizstājēji, tēja, kakao, dzeramā šokolāde, graudaugu batoniņi</t>
   </si>
   <si>
     <t>kafija, tēja, karstie un aukstie dzērieni, kafijas pupiņas, sviestmaizes, salāti, konditorejas izstrādājumi u.c., kā arī citas preces, kas paredzētas tirdzniecībai, krūzes, magnēti u.c.</t>
   </si>
   <si>
     <t>metināšanas mašīnas un piederumi</t>
   </si>
   <si>
     <t>apgaismošanas ierīces, spuldzes, neona lampas, to daļas</t>
   </si>
   <si>
     <t xml:space="preserve">pārtikas produkti, cepumi, kūkas, konditorejas izstrādājumi u.c. </t>
   </si>
   <si>
     <t>medicīnas instrumentu, farmaceitiskie izstrādājumi, sanitārijas ierīces u.c.</t>
   </si>
   <si>
     <t>sporta apģērbi un aksesuāri, peldkostīmi, pludmales apģērbi, ķermeņa pacēlāji, brilles, sandales, spuras, pleznas, peldošās jostas un ar tiem saistīti piederumi</t>
-  </si>
-[...2 lines deleted...]
-somas, smaržas, tualetes, tualetes piederumi, kosmētikas produkti, āda un ādas imitācijas, dzīvnieku ādas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">farmaceitiskie produkti, ko ievada ar injekciju palīdzību, ādas mitrināšanai un grumbu mazināšanai, medicīniski un ķirurģiski aparāti un instrumenti, dermas implanti, biosaderīgas vielas medicīniskiem nolūkiem grumbu mazināšanai, mākslīgā āda ķirurģiskiem nolūkiem, protēzes, ziepes, parfimērijas izstrādājumi, ēteriskās eļļas, kosmētikas līdzekļi ādas un ķermeņa kopšanai, krēmi, losjoni un ziedes un želejas, ādas atsvaidzinātāji un tonizējoši līdzekļi, matu losjoni, preparāti mutes un zobu kopšanai u.c.
   </t>
   </si>
   <si>
     <t>gaļa, zivis, mājputni un medījumi, gaļas ekstrakti, konservēti, saldēti, žāvēti un vārīti augļi un dārzeņi, želejas, ievārījumi, kompots, olas, piens un piena produkti, pārtikas eļļas un tauki, nesagatavoti un neapstrādāti lauksaimniecības, dārzkopības un mežsaimniecības produkti, graudaugi un sēklas, svaigi augļi, dārzeņi un zaļumi, augi un ziedi, ziedu sīpoli, stādi un sēklas stādīšanai, dzīvi dzīvnieki, pārtika un dzērieni dzīvniekiem, iesals u.c</t>
   </si>
   <si>
     <t>apģērbi un aksesuāri, apavi ar elementiem un piederumiem
 personīgie aksesuāri u.c.</t>
   </si>
   <si>
     <t>oglekļa šķiedru un alumīnija velosipēdu riteņi</t>
   </si>
   <si>
     <t>rotaļlietas, spēles, DVD grāmatas, ieraksti apģērbs u.c.</t>
   </si>
   <si>
     <t>apģērbs, apavi, galvassegas, bērnu sēdeklīši, krēsli, taburetes, galdi, līmējošie pārsēji, ziepes, sauļošanās krēms, odekoloni, bērnu pārtika, spēles un rotaļlietas, vingrošanas un sporta preces, rotājumi Ziemassvētku eglītēm, velosipēdi, lampas, lukturīši, velosipēdu lukturi, ierakstītas audio lentas un DVD, skaņu ierakstītāji un atskaņotāji, digitālās kameras izklaidei bērniem un zīdaiņiem, atslēgu piekariņi u.c.</t>
   </si>
   <si>
     <t>farmaceitiski preparāti, citokīnu inhibitori, imūnregulācijas preparāti un preparāti dažu veidu vēža un asins slimību ārstēšanai u.c.</t>
   </si>
   <si>
     <t>apģērbi, apavi, galvassegas, bižutērija u.c.</t>
   </si>
   <si>
-    <t>lejupielādējami attēlu faili, mobilo tālruņu zvana signāli, elektroniska, lejupielādējamas publikācijas, grāmatas, salvetes, galda paklāji, galda pārvalki un paliktņi, papīra karogi un vimpeļi, priekšautiņi no papīra, papīra dvieļi, salvetes, tualetes ruļļi, virtuves ruļļi, brilles, futrāļi, ķēdes, auklas, briļļu rāmji, magnēti, apģērbi, apavi, galvassegas, aksesuāri un piederumi u.c.</t>
+    <t xml:space="preserve">mākslas viedtālruņi, pašbildes nūjas, kā viedtālruņu aksesuāri, turētāji viedtālruņiem, mobilajiem tālruņiem, siksnas priekš viedtālruņiem, mobilie tālruņi, baterijas, USB uzlādes ierīces (akumulatoru lādētāji), USB kabeļi, austiņas, aizsargplēves, citi aksesuāri, kas paredzēti viedtālruņiem vai mobiliem tālruņiem, apģērbs, cepures, zeķes šalles, cimdi, apavi u.c. </t>
   </si>
   <si>
     <t>Covid 19 vakcīnas</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbs un aksesuāri, apavi, to detaļas un piederumi u.c.
 </t>
   </si>
   <si>
     <t>LED apgaismes ierīces u.c.</t>
   </si>
   <si>
-    <t>juvelierizstrādājumi, sudraba rotaslietas, dārgmetālu figūriņas -statuetes, medaļas, bižutērija, atslēgu piekariņi personīgie piederumi u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>gaisa kondicionēšanas iekārtas un piederumi u.c.</t>
   </si>
   <si>
     <t>vingrošanas un sporta preces, apģērbs, apavi, galvassegas, pulksteņi, ceļojumu futrāļi, somas, spēles, rotaļlietas, video spēļu ierīces, juvelierizstrādājumi u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">šaujamieroču optiskie aparāti, instrumenti, tēmēkļi un tvērumi, teleskopiskais tēmeklis, šautenes binokļi, monokļi, lāzera tālmēri, statīvi, apģērbs, cepures, krekli, sporta krekli u.c
-[...5 lines deleted...]
-  <si>
     <t xml:space="preserve">tabaka un tabakas izstrādājumi (ieskaitot aizstājējus) </t>
   </si>
   <si>
     <t xml:space="preserve"> agregāti cirkulācijas sūkņiem, zemūdens sūkņiem un centrbēdzes sūkņiem, elektronika sūkņiem un citu sistēmu vadības ierīcēm, elektromotori sūkņiem u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">spēles un rotaļlietas, kompaktdiski, lentes un DVD ar izdomātiem varoņiem un aktivitātēm bērniem, filmas, televīzijas programmas, grāmatas, mūzika un rotaļlietu lietošanas instrukcijas, kosmētika, tualetes piederumi, apģērbs, apavi, galvassegas, somas, maki u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">apģērbi, apavi, galvassegas, parfimērija, kosmētika, brilles, rotaslietas, somas, mugursomas, maki u.c. </t>
   </si>
   <si>
     <t>rokassomas un aksesuāri, plecu, krusteniskās saites, klēpjdatoru, sporta un bērnu somas, kabatas portfeļus, somiņas uz riteņiem, ceļojumu un bagāžas piederumus, aksesuārus u.c.</t>
   </si>
   <si>
     <t>izklaides industrija, ražo un pārraida filmas, koncertus, komēdijas, teātra filmas un sportu u.c.</t>
   </si>
   <si>
     <t>parfimērija, kosmētika, matu krāsas, lūpu krāsas u.c.</t>
   </si>
   <si>
     <t>apgaismošanas ierīces un iekārtas, griestu lampas, stāvlampas, spuldzes, kontaktligzdas, abažūra turētājs, lampu pakarināmās ierīces, elektriskās izlādes caurules, atstarotāji, gaismas sadalītājs u.c.</t>
   </si>
   <si>
     <t>apģērbs, galvassegas, preparāti balināšanai un citas veļas vielas, preparāti tīrīšanai, pulēšanai, attaukošanai un noberšanai, ziepes, parfimērijas izstrādājumi, ēteriskās eļļas, kosmētika, matu losjoni, zobu pastas, apakšveļa, zeķes, cimdi, apavi, apavu zoles, krēmi, pastas, vaski, kondicionieri, pulēšanai, tīrīšanai un aizsardzībai no lietus, apavu tīrīšanas lupatiņas, sukas, apavu maisiņi u.c.</t>
@@ -7834,89 +7396,71 @@
   <si>
     <t xml:space="preserve">elektriskās, elektroniskās ierīces un instrumenti elektrības pārvadāšanai, vadīšanai, pārslēgšanai, pārveidošanai, uzkrāšanai, regulēšanai, filtrēšanai, mērīšanai un kontrolei u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">ķīmiskie produkti, kas paredzēti ūdens attīrīšanai un atsāļošanai, absorbenti, katalizatori, jonu apmaiņas sveķi ar ierobežotu granulometriju izmantošanai ūdens attīrīšanā un daudzos citos pielietojumos, piemēram, saldinātāju hromatogrāfijā, aminoskābju atdalīšanā, farmācijas rūpniecībā kopumā, cukura attīrīšanā un citos pielietojumos pārtikas nozarē </t>
   </si>
   <si>
     <t xml:space="preserve"> elektroniskās un pjezoelektriskās šķiltavas un to piederumi, mērlentes, atslēgu piekariņi, spalvu nazītis, saulesbrilles u.c.</t>
   </si>
   <si>
     <t>parfimērijas izstrādājumi, kosmētika, smaržas, brilles, saulesbrilles, rāmji un lēcas, juvelierizstrādājumi, bižutērija, pulksteņi, gredzeni, rokassprādzes, kuloni, auskari, aproču pogas, aproces, pulksteņu siksnas, ķēdes, pulksteņu izstrādājumi, kaklasaišu saspraudes, metāla apavu un cepuru rotājumi, pulksteņi, atslēgu gredzeni, somas, maki, čemodāni, čemodāni, apģērbs, jostas, peldkostīmi, šalles, kaklasaites, apavi, apavi, zābaki, sandales, cimdi, cepures, mēbeles, spoguļi, attēlu rāmji u.c.</t>
   </si>
   <si>
     <t>kosmētika, ķermeņa kopšanas līdzekļi u.c.</t>
   </si>
   <si>
     <t>apģērbi, apavi, galvassegas, spēles, rotaļlietas, videospēļu aparāti, vingrošanas un sporta preces u.c.</t>
   </si>
   <si>
     <t>digitālās kameras, svari, sporta brilles, saulesbrilles, brilles, dzīvības glābšanas ierīces un aprīkojums, glābšanas vestes, pludiņi drošības nolūkiem, elektriskās baterijas, bezvadu skaļruņi, audio uztvērēji, elektriskie audio, video aparāti un instrumenti, kosmētika, ķermeņa kopšanas līdzekļi, vannas un dušas līdzekļi, skūšanās, sauļošanās līdzekļi, smaržas lietošanai mājās, zīdaiņu losjoni, bērnu ķermeņa eļļas, nemedicīniski bērnu krēmi, šampūni mājdzīvniekiem u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">rūdīti stikla trauki un galda piederumi </t>
   </si>
   <si>
-    <t>kosmētika, tualetes piederumi, losjoni, krēmi, želejas un līdzekļi ādai, skūšanās līdzekļi, tīrīšanas līdzekļi, toneri, smaržas, pretsviedru līdzekļi, dezodoranti, zobu tīrīšanas līdzekli, talks, meikaps, korektori plankumiem, acu kopšanas līdzekļi, depilācijas un pīlinga līdzekļi, nagu laka, lakas noņēmējs, mākslīgie nagi, vate u.c.</t>
-[...4 lines deleted...]
-  <si>
     <t>apģērbi, šalles, cepures, cimdi, kaklasaites, lakati, jostas, kurpes, rotaslietas, veļa, saulesbriļļu un optisko briļļu rāmji, somas, maki u.c.</t>
   </si>
   <si>
     <t>automašīnas, motocikli, divriteņi, motorolleri, tricikli, to detaļas un piederumi</t>
   </si>
   <si>
-    <t xml:space="preserve">mājdzīvnieku apģērbi un aizsargapģērbi </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> elektroniskas, digitālas un rokas ierīces, ar to saistītā programmatūra, telekomunikāciju aparāti un instrumenti, juvelierizstrādājumi, bižutērija, sienas pulksteņi, pulksteņi personīgai lietošanai, izsmalcināti atslēgu piekariņi, pulksteņu vai juvelierizstrādājumu futrāļi, dārgmetālu kastes un konteineri, to daļas un piederumi</t>
   </si>
   <si>
-    <t>rokas un sienas pulksteņi, pulksteņi no dārgmetāla vai ar to pārklāti, atomu pulksteņi, hronogrāfi (rokas pulksteņi), kvarca pulksteņi, izvelkamas metāla rokassprādzes, pulksteņu siksnas no ādas, horoloģiskie instrumenti ar kvarca kustībām, pulksteņu daļas, pulksteņu kastes, lodes (pulksteņu daļas), apģērbs, galvassegas, apavi u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> velosipēdi, velosipēdu daļas un sastāvdaļas, elektriskie akumulatori, signalizācija, velodatori, ātruma rādītāji, attāluma mērīšanas ierīces, velosipēdu ķiveres brilles, saulesbrilles, aizsargbrilles, briļļu ietvari un futrāļi, apģērbs, kas aizsargā pret negadījumiem, kuģniecības elektriskie, mērīšanas, signalizācijas, pārbaudes aparāti un instrumenti, datu apstrādes iekārtas un datori, visas iepriekš minētās preces izmantošanai laivās un saistībā ar laivām, frekvences indikators, mērītājs, dators airu laivām un sacensību airu laivām u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">kosmētika, smaržas, zobu pastas, matu losjoni, brilles, saulesbrilles un to piederumi, pulksteņi un hronometriskie instrumenti, apģērbi, apavi, galvassegas, somas, jostas, rotaļlietas u.c. </t>
-[...1 lines deleted...]
-  <si>
     <t>mēbeles, spoguļi, rāmji, konteineri, mājsaimniecības un virtuves piederumi un trauki, tekstilizstrādājumi, juvelierizstrādājumi, rokas darbarīki, galda piederumi, kosmētiskie un higiēnas izstrādājumi u.c.</t>
   </si>
   <si>
     <t>apģērbs, apavi, apģērba piederumi, somas, saulesbrilles</t>
   </si>
   <si>
     <t>apģērbi, apavi, galvassegas, galda piederumi, naži, dakšiņas, karotes, brilles, juvelierizstrādājumi, ādas un ādas izstrādājumi, koferi, apavi, somas, maki, mēbeles, mājsaimniecības vai virtuves piederumi un konteineri, jostas un šalles u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">krāsnis, degļi u.c. </t>
-[...1 lines deleted...]
-  <si>
     <t>galda piederumi, skuvekļi, žiletes, matu griešanas mašīnītes, matu trimmeri, šķēres, nagu vīles, atsperu knaibles, manikīra un pedikīra aprīkojums, aparāti higiēnas nolūkiem un skaistumkopšanai u.c.</t>
   </si>
   <si>
     <t>brilles, saulesbrilles, briļļu futrāļi, dārgmetāli un to sakausējumi, parfimērija, ēteriskās eļļas, kosmētika, matu losjoni, apģērbi, apavi, galvassegas, zīdaiņu autiņi, āda un ādas imitācijas, un to izstrādājumi u.c.</t>
   </si>
   <si>
     <t>farmaceitiskie, medicīniskie un veterinārie preparāti, sanitārie līdzekļi medicīniskiem nolūkiem, diētiskā pārtika un vielas izmantošanai medicīnā vai veterinārijā, zīdaiņu pārtika, uztura bagātinātāji cilvēkiem un dzīvniekiem, plāksteri, pārsienamie materiāli, materiāls zobu plombēšanai, zobu vasks, dezinfekcijas līdzekļi, preparāti kaitēkļu iznīcināšanai, fungicīdi, herbicīdi</t>
   </si>
   <si>
     <t>kakao produkti, dzērieni, pulveris, dzērieni no šokolādes, šokolādes pulveris u.c.</t>
   </si>
   <si>
     <t>augu aromatizētāji dzērieniem, ēteriskās eļļas dzērieniem, ar aromatizētājiem pildītas kapsulas, dzeršanas trauki, glāzes un krūzes, pudeles, dzeramais salmiņš, uzpildāmās garšas kapsulas, dzērienu aromatizētāji (izņemot ēteriskās eļļas), preparāti dzērienu pagatavošanai</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni, vīnu saturoši dzērieni</t>
   </si>
   <si>
     <t xml:space="preserve">somas, ceļojumu somas, ratiņu ceļojumu somas, čemodāni, mazie koferi, preču prezentācijas futrāļi, optikas futrāļi, maki u.c. </t>
   </si>
   <si>
     <t>kafijas automāti, tukšas kafijas kapsulas elektriskiem kafijas automātiem, atkārtoti uzpildāmas kafijas kapsulas, pildītas kafijas kapsulas, kafijas krūzes, cepumi</t>
   </si>
   <si>
     <t>šokolāde, šokolādes veidnes, cepumi ar šokolādes garšas pārklājumu, piena dzērieni, kas aromatizēti ar šokolādi, šokolādes izstrādājumi, brokastu pārslas, deserti, dārzeņi un kartupeļi (konservēti, saldēti, žāvēti vai termiski apstrādāti), augļi (konservēti, saldēti, žāvēti vai termiski apstrādāti), sēnes (konservētas, kaltētas vai termiski apstrādātas), burkas, burku vāki, plastmasas vāki kārbām un augu podiem u.c.</t>
@@ -7969,89 +7513,89 @@
   <si>
     <t xml:space="preserve"> juvelierizstrādājumi, pulksteņi, somas, apģērbi, apavi, galvassegas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">apavi </t>
   </si>
   <si>
     <t xml:space="preserve">dažādas preces, apģērbi, sporta preces, rotaļlietas, suvenīri u.c. </t>
   </si>
   <si>
     <t>smaržas personīgai lietošanai, smaržu pudeles, parfimērija un smaržvielas, šķidrās smaržas u.c.</t>
   </si>
   <si>
     <t>smaržas, smaržu ekstrakti, tualetes ūdeņi</t>
   </si>
   <si>
     <t>automatizācijas sistēmas vārtiem, garāžas durvīm, ceļa barjerām, nojumēm un slēģiem dzīvojamām, komerciālām un rūpnieciskām ēkām, kā arī signalizācijas un elektroniskās vadības sistēmas, kas apvieno tehnoloģiskās inovācijas un dizainu u.c.</t>
   </si>
   <si>
     <t>gaļa, zivis, mājputni un medījumi, gaļas ekstrakti, konservēti, saldēti, žāvēti un termiski apstrādāti augļi un dārzeņi, želejas, ievārījumi, kompoti, olas, piens un piena produkti, eļļas un tauki pārtikai, nesagatavoti un neapstrādāti lauksaimniecības, ūdens, dārzkopības un mežsaimniecības produkti, graudi un sēklas, svaigi augļi, dārzeņi un garšaugi, dabīgie augi un ziedi, puķu sīpoli, stādi un sēklas stādīšanai, dzīvi dzīvnieki, pārtika un dzērieni dzīvniekiem u.c.</t>
   </si>
   <si>
     <t>mobilie tālruņi, mobilo tālruņu somas, brīvroku austiņas mobilajiem tālruņiem, mobilo tālruņu brīvroku komplekti, turētāji, kabeļa adapteri u.c.</t>
   </si>
   <si>
+    <t xml:space="preserve"> kosmētika ādas kopšanai, krēmi, serumi, losjoni, šampūni, ārstnieciski ādas kopšanas līdzekļi, zobu pastas, mutes skalojamie līdzekļi, nagu kopšanas līdzekļi, ķirurģiskie, medicīniskie, zobārstniecības un veterinārie aparāti un instrumenti, kā arī mākslīgās ekstremitātes, acis un zobi, ortopēdiski izstrādājumi, šuvju materiāls, seksa piederumi, fizikālās terapijas aprīkojums, knupīši un piederumi barošanai, mākslīgās protēzes un implanti, ortopēdiskie un kustību palīglīdzekļi, visu iepriekš minēto izstrādājumu daļas un piederumi.</t>
+  </si>
+  <si>
     <t xml:space="preserve"> lauksaimniecības mašīnas, to rezerves daļas, mehānismi un sastāvdaļas, piederumi u.c.</t>
   </si>
   <si>
     <t>jakas, apģērbi, tostarp krekli, uzvalki, bikses u.c.</t>
   </si>
   <si>
     <t>apģērbs, apavi, galvassegas, tekstilizstrādājumi, koferi, somas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">sporta krekli ar kapuci, puloveri ar kapuci, topi ar kapuci, sporta krūšturi, mitrumu izvadoši sporta krūšturi, legingi, sporta bikses, bikses, vīriešu mēteļi, sieviešu mēteļi, ikdienas jakas, sandales un pludmales apavi, vestes, skriešanas apavi, kedas, somas kalnos kāpējiem, pārgājienu mugursomas u.c. </t>
   </si>
   <si>
     <t>apģērbi, modes aksesuāri, peldkostīmi, juvelierizstrādājumi, bižutērija, pulksteņi, apģērbi, apavi, galvassegas, somas u.c.</t>
   </si>
   <si>
     <t>dūnu jakas bez piedurknēm, ūdensizturīgas jakas, vīriešu apakšveļa, biksītes (īsas), ikdienas bikses</t>
   </si>
   <si>
-    <t>rokassprādzes pieaugušajiem, aerosols pret saules apdegumiem, odu un sarkano ērču atbaidīšanas līdzeklis "rullīša" veidā, odu un sarkano ērču atbaidīšanas līdzeklis aerosola veidā, sporta izdevuma rokassprādzes, odu un ērču atbaidīšanas līdzeklis "rullīša" veidā, zaļais moskītu un ērču atbaidīšanas aerosols</t>
-[...1 lines deleted...]
-  <si>
     <t>tabaka un smēķēšanas izstrādājumi, mitrinātāji, tabakas aizstājēji, tabakas grauzdētāji, tabakas dzesēšanas iekārtas, cigāru griezējs, cigāri, pelnu trauki smēķētājiem, elektriskie sildītāji, elektriskie sildīšanas pavedieni, tvaika ģenerēšanas ierīces, elektroniskās cigaretes, elektronisko cigarešu kasetnes, kociņi elektronisko cigarešu tīrīšanai un dezinfekcijai, elektroniskie cigarešu tīrīšanas līdzekļi, elektronisko cigarešu tīrīšanas birstes, spilventiņi elektronisko cigarešu tīrīšanai u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">juvelierizstrādājumi, bižutērija, pulksteņi un laika mērīšanas instrumenti, apģērbi, apavi, galvassegas, veļa tekstila vai plastmasas aizkari, kosmētika, tualetes līdzekļi, zobu pastas, smaržas, ēteriskās eļļas, balināšanas līdzekļi un citi mazgāšanas līdzekļi, ādas somas, kaklasiksnas, pavadas un apģērbs dzīvniekiem, priekšapmaksas aparātu mehānismi, kases aparāti, rēķināšanas mašīnas, datu apstrādes iekārtas un datori, kancelejas preces un biroja piederumi, izņemot mēbeles, līmvielas kancelejas vai mājsaimniecības vajadzībām, zīmēšanas materiāli un materiāli māksliniekiem, otas, mācību materiāli, plastmasas loksnes, folija un maisiņi iesaiņošanai un iepakošanai, klišejas u.c. </t>
-[...1 lines deleted...]
-  <si>
     <t>apģērbi, apavi, somas, smaržas, brilles, rotaslietas u.c</t>
   </si>
   <si>
     <t xml:space="preserve">gaisa žāvētāja kasetne, kārtridžs, filtru kasetne, gaisa filtri, kārtridžs filtra kasetne, gaisa žāvētāja kasetne, gaisa un eļļas filtri </t>
   </si>
   <si>
     <t xml:space="preserve"> apģērbi, apavi, galvassegas,juveleirizstrādājumi, pulksteņi, siksniņas, atslēgu piekariņi, somas, mugursomas, iepirkumu somas, plecu somas, rokassomas, jostas u.c.</t>
   </si>
   <si>
     <t>mēbeles, spoguļi, gleznu rāmji, nemetāliski uzglabāšanas vai transportēšanas konteineri</t>
   </si>
   <si>
+    <t>mehānismi ar monētām darbināmiem aparātiem, kases aparāti, rēķināšanas mašīnas, datu apstrādes iekārtas, dator programmatūra, ugunsdzēšamie aparāti juvelierizstrādājumi, pulksteņi un hronometriskie instrumenti, spēļu rotaļlietas, videospēļu aparāti, vingrošanas un sporta preces, Ziemassvētku eglīšu rotājumi, kafija, tēja, kakao un mākslīgā kafija,rīsi, tapioka un sāgo, milti un graudaugu izstrādājumi, maize, konditorejas izstrādājumi un konditorejas izstrādājumi, pārtikas ledus, cukurs, medus, melases sīrups, raugs, cepamais pulveris, sāls, sinepes, etiķis, mērces, garšvielas, saldējums u.c.</t>
+  </si>
+  <si>
     <t>kosmētika, parfimērijas izstrādājumi, odekolons, dezodoranti, vannas un dušas želeja, dušas eļļas, ziepes, līdzeklis roku tīrīšanai, ķermeņa eļļas, ķermeņa losjoni, roku losjons, nagu krēms, šampūni, matu losjoni, sveces un daktis sveču aizdedzināšanai, aromātiskās sveces, tauriņi, nakts lampas u.c.</t>
   </si>
   <si>
     <t>juvelierizstrādājumi, piespraudes, saktas, brošas, aproču pogas, nozīmītes no dārgmetāla, auduma, papīra u.c.</t>
   </si>
   <si>
     <t>vīnogas</t>
   </si>
   <si>
     <t>juvelierizstrājumi, korsetes, apģērbi, jakas, smokingi, šalles apakšveļa, pulksteņi, saulesbrilles, atslēgu piekariņi, gredzeni, ādas atslēgu piekariņi u.c.</t>
   </si>
   <si>
     <t>kārtridžs, filtra kasetne, gaisa žāvētāja kasetne, gaisa filtri, eļļas filtri u.c.</t>
   </si>
   <si>
     <t>kafija, tēja, uzlējumi, kafijas/tējas/uzlējuma pākstis, kafijas/tējas automāti</t>
   </si>
   <si>
     <t>juvelierizstrādājumi, pulksteņi un hronometriskie instrumenti</t>
   </si>
   <si>
     <t>mēbeles, spoguļi, gleznu rāmji, tekstilizstrādājumi un to aizstājēji, mājsaimniecības veļa, tekstila vai plastmasas aizkari, paklāji, paklājiņi, linolejs un citi grīdas segumi, netekstila sienas tapetes u.c.</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni, vīni, stiprie alkoholiskie dzērieni un liķieri, alus, porteris, bezalkoholiskie vīni, vīnogu sula, citrusaugļu sulas, un sagataves iepriekšminēto pagatavošanai</t>
@@ -8104,68 +7648,68 @@
   <si>
     <t>šokolāde, saldējums</t>
   </si>
   <si>
     <t>audiovizuālie pārdošanas palīglīdzekļi neatkarīgiem tirdzniecības pārstāvjiem, kas nodarbojas ar apģērbu, apakšveļas, mājsaimniecības veļas tirdzniecību (proti, audiokasešu, videokasešu lentes, CD-ROM, DVD ar pārdošanas padomiem, apmācības un motivācijas tēmām), mājsaimniecības piederumi, gultas, vannas, virtuves un galda veļa, paklājiņi, salvetes, palagi, vannas dvieļi, roku dvieļi, segas, aizkari u. c.</t>
   </si>
   <si>
     <t>lineārie aktuatori, medicīnas instrumentu izstrādājumi, apgaismošanas, apkures, tvaika ģenerēšanas, vārīšanas, dzesēšanas, žāvēšanas, ventilācijas, ūdens apgādes un sanitārijas ierīces, mēbeļu izstrādājumi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">tabaka, smēķēšanas izstrādājumi, sērkociņi u.c. </t>
   </si>
   <si>
     <t>sejas salvetes no papīra, tualetes papīrs, papīra kabatlakatiņi, papīra salvetes izmantošanai kosmētikā, papīra kabatlakatiņi u.c.</t>
   </si>
   <si>
     <t>somas, apavi, brilles, ādas izstrādājumi, juvelierizstrādājumi aksesuāri u.c.</t>
   </si>
   <si>
     <t>medicīnas instrumenti un farmaceitiski izstrādājumi, ķīmiskie produkti u.c.</t>
   </si>
   <si>
     <t>šķīstošās vai putojošās tabletes elektrolītu aizstājēju dzērienu ražošanai, minerālvielu piedevas, pulverveida elektrolītu aizstājēju dzērienu maisījums, vitamīnu piedevas, probiotikas uztura bagātinātāji, vitamīnu piedevas tablešu veidā izmantošanai dzirkstošu un nedzirkstošu dzērienu pagatavošanai, šķīstošās vai putojošās tabletes un pulveri dzērienu pagatavošanai, lai atbalstītu gremošanas veselību u.c.</t>
   </si>
   <si>
+    <t>šaujamieroči, munīcija un šāviņi, sprāgstvielas, pirotehnika, šautenes, harpūnu pistoles, pistoles, gaisa pistoles, revolveri, ložmetēji, mīnmetēji, artilērijas lielgabali, raķešu palaišanas iekārtas, motorizētie ieroči, lādiņi, raķetes, mīnas, sprāgstvielu drošinātāji, sprāgstvielu drošinātāji izmantošanai raktuvēs, ieroču plecu siksnas, kārtridži, kārtridžu iepildīšanas aparāti, kasetņu maisiņi, aparāti kasetņu lentu uzpildīšanai, kasetņu iepildīšanas aparāti, kārtridžu futrāļi, šaujamieroču tīrīšanas birstes, ieroču futrāļi, pistoles, ieroču stobri, šauteņu āmuri, šauteņu futrāļi, šauteņu tēmēkļu spoguļi, ieroču un šauteņu sprūda aizsargi, šautenes, tēmēkļi, ieroču trokšņa slāpētāji, rotaļu ieroči, pistoles un gaisa pistoles, loki un loka šaušanas ierīces, aparāti krāsas bumbiņu palaišanai, peintbola pistoles, krāsas bumbiņas, pistoļu vāciņi, harpūnu ieroči, rezerves daļas minētajam modelim un ieroču kopijām, jo īpaši iekrāvēji, rokturi, krāni, rāmji, mucas, cilindri, sprūdi, drošības fiksatori, drošības ierīces un virzuļu galvas, šāviņi un munīcija šiem ieroču modeļiem un atdarinājumiem, ieroču kopiju futrāļi un maciņi, modeļu un kopiju ieroči virtuālai šaušanai, mērķi, elektroniskie mērķi, šaujamieroču tēmēšanas teleskopi, optiskās lēcas, teleskopi, sporta brilles, novērošanas instrumenti, okulāri, briļļu futrāļi, apģērbs aizsardzībai pret negadījumiem, apstarošanu un uguni, cimdi aizsardzībai pret negadījumiem, ložu necaurlaidīgas vestes, glābšanas vestes, baterijas kabatas lukturiem, termoelektrolampas, lāzeri, kas nav paredzēti medicīniskiem nolūkiem, šaujamieroču tēmēšanas teleskopi, šaušanas aizsargbrilles, nakts redzamības brilles, palielināmās brilles, lēcas šaušanai, novērošanas instrumenti šaušanai, aizsargmaskas un brilles, dzirksteļu aizsargi, signalizācijas svilpes, suņu svilpes, ugunsdzēsības aparāti; simulatori, jo īpaši šaušanas simulatori, jo īpaši savienošanai ar televizoru vai datoru, programmatūra, jo īpaši šaušanas simulācijas programmatūra, magnētiskie datu nesēji, kas satur informāciju par šaušanas simulāciju, ierakstītas videospēles, aizsargbrilles u.c.</t>
+  </si>
+  <si>
     <t>spēles, puzles, prasmju spēles, manipulatīvas loģikas mīklas, loģikas spēles, mīklas, rotaļlietas u.c.</t>
   </si>
   <si>
     <t>parfimērija, kosmētika, brilles, saulesbrilles, briļļu ietvari, briļļu futrāļi, maki, portfeļi, futrāļi, kas paredzēti tualetes piederumu glabāšanai, somas, ceļojumu somas, čemodāni, koferi, apģērbi, aksesuāri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> uztura bagātinātāji, vitamīni, vitamīnu preparāti, minerālu uztura bagātinātāji, diētiskie uztura bagātinātāji, vitamīnu un minerālvielu preparāti izmantošanai kā pārtikas piedevas, enzīmu uztura bagātinātāj, augu izcelsmes uztura bagātinātāji, farmaceitiskie pārtikas produkti, eļļas pārtikai u.c.</t>
   </si>
   <si>
     <t>farmaceitiskie produkti, medicīniskie un veterinārie preparāti, medicīniskas higiēnas preces, diētiskā pārtika un vielas izmantošanai medicīnā vai veterinārijā, bērnu pārtika, uztura bagātinātāji cilvēkiem un dzīvniekiem, plāksteri, pārsienamie materiāli, materiāli zobu plombēšanai un zobu nospiedumiem, dezinfekcijas līdzekļi, produkti kaitēkļu iznīcināšanai, fungicīdi, herbicīdi u.c.</t>
   </si>
   <si>
     <t>apģērbi, apakšveļa, peldkostīmi, krūšturi, bikini u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">saulessargi, nojumes un lietussargi, āra atpūtas mēbeles, mājdzīvnieku mājas, āra mēbeles un žāvēšanas iekārtas u.c. </t>
-[...1 lines deleted...]
-  <si>
     <t>smaržas, dārgakmeņi u.c.</t>
   </si>
   <si>
     <t>ierīce sejas un ķermeņa ādas kopšanai, medicīniskā ierīce ādas apstrādei - kontūrēšanai, pievilkšanai un celulīta mazināšanai, ārstnieciski ādas kopšanas līdzekļi, skaistumkopšanas un kosmētikas produkti u.c.</t>
   </si>
   <si>
     <t>piena mašīnas un ierīces, dzesēšanas un sildīšanas aparāti, sūkņi pārtikas rūpniecībai, kā arī farmācijas un ķīmijas rūpniecībai, vārsti, uzpildes aparāti, visu iepriekš minēto preču daļas u.c.</t>
   </si>
   <si>
     <t>mazgāšanas un balināšanas līdzekļi, tīrīšanas, pulēšanas, attaukošanas un abrazīvie līdzekļi, ziepes, parfimērija, ēteriskās eļļas, kosmētika, matu losjoni, zobu pastas, losjoni pēc skūšanās, pretsviedru līdzekļi, aromterapijas eļļas, dušas želejas, pulveris, ķermeņa krēmi, losjoni un pūderi, elpas atsvaidzinātāji, vannas putas, dezodoranti, ēteriskās eļļas personīgai lietošanai, acu zīmulis, acu ēnas, uzacu zīmuļi u.c.</t>
   </si>
   <si>
     <t>Antminer serveri kriptovalūtu ieguvei un integrētās shēmas (ASIC)</t>
   </si>
   <si>
     <t>lampas un lustras, krāsoti, emaljēti un visu veidu kristāla stikli, iespiedmateriāli, uzlīmes, reklāmas materiāli u.c.</t>
   </si>
   <si>
     <t>apģērbi, ausu aizbāžņi vai sildītāji, kurjeru somas, plecu somas, somas, beisbola cepures, krūzes u.c.</t>
   </si>
   <si>
     <t>apģērbi, apavi, somas, brilles, rotaslietas, rotaļlietas u.c.</t>
   </si>
   <si>
     <t>apģērbi, somas, grāmatas, DVD, piekariņi, plakāti, uzlīmes, karogi, greznumlietiņas, spēļu kārtis, nozīmītes</t>
@@ -8189,50 +7733,53 @@
     <t>mobilie tālruņi, to futrāļi u.c.</t>
   </si>
   <si>
     <t>transportlīdzekļi, to rezerves daļas, aksesuāri, ādas izstrādājumi, somas, apģērbs, apavi, galvassegas, rotaļlietas, sporta preces u.c.</t>
   </si>
   <si>
     <t>vīriešu apģērbi un aksesuāri, somas, jostas, rotaslietas, ādas izstrādājumi, apavi, kaklasaites, smaržas</t>
   </si>
   <si>
     <t>smaržas un kosmētika, nagu kosmētika, ķermeņa kopšanas līdzekļi, brilles u.c.</t>
   </si>
   <si>
     <t>mazgāšanas un balināšanas līdzekļi, ziepes, parfimērijas preces, ēteriskās eļļas, kosmētika, matu losjoni, zobu pastas, personīgās kopšanas līdzekļi, meikaps, lūpu krāsas u.c.</t>
   </si>
   <si>
     <t>apģērbs, apavi, galvassegas, juvelierizstrādājumi, parfimērija, mēbeles, tekstilizstrādājumi, somas u.c.</t>
   </si>
   <si>
     <t>sejas vaigu, acu, lūpu kopšanas līdzekļi, ieskaitot bāzi, korektoru, sejas pūderi, izgaismotāju, grima paletes</t>
   </si>
   <si>
     <t>juvelierizstrādājumi, pulksteņi, pulksteņu siksniņas, pulksteņu daļas, futrāļi, hronometri, laika mērīšanas instrumenti kā pulksteņi, atslēgu piekariņi u.c.</t>
   </si>
   <si>
     <t>kases aparāti, elektroniskie svari, ierīces banknošu autentiskuma pārbaudei, banknošu skaitīšanas iekārtas, rēķināšanas mašīnas, optisko disku un svītrkodu lasītāji, printeri izmantošanai ar datoriem, kartes ar mikroprocesoriem, biroja piederumi u.c.</t>
+  </si>
+  <si>
+    <t>Skūteris Segway KickScooter GT</t>
   </si>
   <si>
     <t>velosipēdi, sauszemes transportlīdzekļi ar pedāļu piedziņu, to detaļas, izņemot riepas un riteņus, velosipēdu rāmji, stūres un velosipēdu stūres kāti, sēdekļi, sēdekļu balsti u.c.</t>
   </si>
   <si>
     <t>kosmētika, farmaceitiskie, medicīnas instrumentu izstrādājumi, trauki un stikla izstrādājumi u.c.</t>
   </si>
   <si>
     <t>farmaceitiskās zāles, preparāti, krēmi</t>
   </si>
   <si>
     <t>elektriskie instrumenti un piederumi mehāniskiem instrumentiem, elektriskie urbji, elektropneimatiskie āmuri, rotējošie āmuri, smilšpapīra slīpmašīnas, elektriskie smilšu strūklu aparāti, ekscentriskā slīpmašīna, disku slīpmašīna, koka lentes slīpmašīnas, pulēšanas diski, elektriskie zāģi, ripzāģi, finierzāģi, rāmja zāģi, motorzāģi, šķērszāģi, slīpzāģi, galda zāģi, radiālie roku zāģi, ķīmiskie izstrādājumi, līmvielas, līmes, sveķi, hermētiķi, saistvielas un epoksīda līmvielas, ķīmiskie enkuri, vinilestera sveķi, poliestera sveķi, līmējošie enkuri, gāzes izmantošanai instrumentos, pulveris izmantošanai instrumentos, vielas iepriekš minēto preču iznīcināšanai, metāla caurules, izolācijas dībeļi, instrumenti sienas enkuru atvēršanai, instrumentu turētājs, instrumentu izgrūdēji u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> gaļa, zivis, mājputni un medījumi, gaļas ekstrakti, konservēti, žāvēti un termiski apstrādāti augļi un dārzeņi, želejas, ievārījumi, olas, piens un piena produkti, pārtikas eļļas un tauki u.c. </t>
   </si>
   <si>
     <t>tēmēkļi šaujamieročiem</t>
   </si>
   <si>
     <t>datoru programmatūra, proti, spēles, elektroniskie spēļu automāti, elektroniskās spēles kā papildu ierīces televizoriem, spēles, rotaļlietas, vingrošanas un sporta preces, kas nav ietvertas citās preču grupās, Ziemassvētku eglīšu rotājumi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> kosmētika un tualetes piederumi, zobu pastas, parfimērija, ēteriskās eļļas u.c.</t>
   </si>
@@ -8249,55 +7796,50 @@
     <t>tālvadības pults mājas automatizācijai u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">apgaismojuma instalācijas, apgaismošanas aparāti, gaismas ķermeņi, apgaismošanas rotājumi (armatūra), dekoratīvs apgaismojums, elektriskās gaismas, apgaismošanas lampas, luminiscences spuldzes, LED spuldzes, apgaismojums, LED apgaismojuma aprīkojums, LED noskaņu apgaismojums 
 </t>
   </si>
   <si>
     <t>apģērbs, apavi, galvassegas, rotaļlietas un sporta preces, somas u.c.</t>
   </si>
   <si>
     <t>farmaceitiski preparāti, zāles, farmaceitiskie izstrādājumi</t>
   </si>
   <si>
     <t>skalošanas poga santehnikas izstrādājumiem, sifoniem, dušai, podiem u.c.</t>
   </si>
   <si>
     <t>apģērbs, apavi, galvassegas, somas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> dīvāni, gultas, sēdekļi, krēsli, krēslu kājas, krēslu pārvalki, galdi u.c.</t>
   </si>
   <si>
     <t>elektriskās sistēmas, skavas u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve"> ķermeņa kopšanas līdzekļi,
-[...3 lines deleted...]
-  <si>
     <t>ar pasta starpniecību sūtītas pakas, kas marķētas ar nosaukumu “Zalando”</t>
   </si>
   <si>
     <t>tabakas izstrādājumi, tabakas aizstājēji no tējas, cigarešu tabaka, košļājamā tabaka, pīpju tabaka, smēķēšanas piederumi, sērkociņi, ūdenspīpes un elektroniskās ūdenspīpes un to piederumi, elektroniskās cigaretes, cigāri, cigarillas, elektroniskais cigārs u.c.</t>
   </si>
   <si>
     <t>somas, aksesuāri u.c.</t>
   </si>
   <si>
     <t>smaržas, bižutērija, audumi, vāciņi tālruņiem un planšetdatoriem, grafiskie simboli, apģērbi, apavi, somas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbs, apavi, galvassegas, somas, tekstilizstrādājumi u.c. </t>
   </si>
   <si>
     <t>ceļojumu čemodāni un ceļojumu somas, mugursomas, apavi, kedas, pārgājienu zābaki, alpīnisma zābaki, ikdienas apavi, burāšanas apavi, tenisa apavi, jo īpaši basketbola apavi, slēpju zābaki un snovborda zābaki, pēcslēpošanas apavi un zābaki, zolītes un zoles, pēdas arkas zolītes u.c.</t>
   </si>
   <si>
     <t>pulksteņi, to daļu tīrīšanas līdzekļi u.c.</t>
   </si>
   <si>
     <t>apavi, sporta apavi, skriešanas kurpes, futbola aprīkojums, bumbas, krekli, apavi u.c.</t>
   </si>
   <si>
     <t>sieviešu, vīriešu un bērnu apģērbs, apavi, brilles, bižutērija, pulksteņi, rokassomas un maki u.c.</t>
@@ -8312,88 +7854,82 @@
     <t>sporta apģērbs, sporta bumbas, ikdienas krekli u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> krāsas, lakas, krāsvielas, tintes drukāšanai, marķēšanai un gravēšanai, marķieri, krāsainie zīmuļi, krīts, pildspalvas, zīmuļi, plānotāji, amatniecības un gleznošanas komplekti, skicēšanas tāfele, trafareti un raksti, zīmuļu asināmie, līmvielas, kancelejas preces, modelēšanas māls, krāsošanas spilventiņi, dārgmetāli un to sakausējumi, dārgakmeņi un pusdārgakmeņi, juvelierizstrādājumi, bižutērija, spēles un rotaļlietas sporta preces (izņemot apģērbu), rotājumi, dekoratīvi priekšmeti u.c.</t>
   </si>
   <si>
     <t>dzirdes aizsardzības ierīces, ausu aizbāžņi u.c.</t>
   </si>
   <si>
     <t>tabaka, smēķēšanas priekšmeti, sērkociņi, tabakas aizstājēji (nav medicīniskiem nolūkiem), šņaucamā tabaka un tabakas aizstājēji uz augu šķiedrām balstītu produktu veidā orālai lietošanai, šņaucamā tabaka, šņaucamā tabaka uz augu bāzes u.c.</t>
   </si>
   <si>
     <t>brilles, kosmētikas izstrādājumi, apģērbi, apavi, somas, cepures, rotaslietas u.c.</t>
   </si>
   <si>
     <t>rotaļlietas, puzles, izglītojošas rotaļlietas, iemaņu spēles, manipulatīvas loģikas mīklas, spēles u.c.</t>
   </si>
   <si>
     <t>matu fēni</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbs, apavi, modes izstrādājumi, jostas, ādas un ādas imitācija, visu veidu maciņi un vāciņi mobilajiem telefoniem, dārgmetāli un to sakausējumi, kancelejas un biroja preces, kosmētikas izstrādājumi, mēbeles, spoguļi, rāmji, sadzīves trauki u.c. </t>
   </si>
   <si>
     <t>augu izcelsmes uztura bagātinātāji, vitamīnu piedevas, uztura bagātinātāji, kas galvenokārt sastāv no minerālvielām</t>
-  </si>
-[...1 lines deleted...]
-    <t>zīmogi, telekomunikācijas, iespiestas grāmatas, papīrs, kartons dokumentu skapji, izplatīšanas automāti, kasetes, aparāti instrumenti u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">vīriešu šorti, divu materiālu žaketes, jakas ar kapuci, ādas apavi, šalles, izbalējis rūtains krekls ar īsām piedurknēm, jakas, džemperi u.c.
 </t>
   </si>
   <si>
+    <t>apģērbi, apavi, galvassegas, ceļojumu koferi, pludmales somas, sporta somas, iepirkumu somas ar riteņiem, maki, rokassomas, instrumentu somas, medību somas [medību piederumi], portfeļi, skolas somas, dārgmetāli un to sakausējumi un izstrādājumi no tiem u.c.</t>
+  </si>
+  <si>
     <t xml:space="preserve">pusvadītāji, pusvadītāju mikroshēmas, integrētās shēmas, datoru mikroshēmas, integrālās shēmas, sensori, pusvadītāju plāksnes, silīcija mikroshēmas, mikrokontrolleris, pusvadītāju atmiņas ierīces u.c.
 </t>
   </si>
   <si>
     <t>kalts (maināmi instrumenti lietošanai darbgaldos) u.c.</t>
   </si>
   <si>
     <t>zīmuļi, filca pildspalvas</t>
   </si>
   <si>
-    <t>apģērbs, rotaļlietas, komiksu izdrukas, animācijas filmas</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> slīpmašīnas, instrumenti, to daļas u.c.</t>
   </si>
   <si>
     <t>serveru sistēmas, tīmekļa lietojumprogrammas, mobilās lietotnes Blackberry, iPad un Co u.c.</t>
   </si>
   <si>
     <t>Epson Europe B.V.</t>
   </si>
   <si>
     <t>kārtridži, printeri u.c.</t>
   </si>
   <si>
     <t>EUTM  003478948 La Martina, EUTM  003476711, EUTM  006541668  LA MARTINA CUERO, EUTM  004949541LA MARTINA, EUTM  013780432  LA MARTINA, EUTM  397117LA MARTINA, EUTM  2539567TMWT, EUTM  017470568 LA MARTINA KIDS</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">                                                                                                                                    ITM  1421068  Taycan, EUTM  10788164   Panamera, EUTM  3915493 Panamera, EUTM  3915766 Cayman, EUTM  010195873 Cayman, EUTM  1393255  Cayenne, EUTM  12230082  Cayenne, EUTM  9396052  Boxste, EUTM  12897047  Macan, EUTM  10789089   Macan, EUTM  005832878 PORSCHE DESIGN, EUTM  002932085, EUTM  000345744 PORSCHE STUTTGART, EUTM  001700954, EUTM  000073098 PORSCHE, EUTM  002765972, EUTM  10769917  Macan, EUTM  9736232, EUTM  11737368 Porsche, EUTM  11737426 PORSCHE STUTTGART,  EUTM  73171 TARGA, EUTM  283879 CARRERA, EUTM  10842425 turbo, ITM  1055649  Spyder, EUTM  011251741, EUTM  014874614, EUTM  15610256  PIWIS  </t>
   </si>
   <si>
     <t>EUTM 015620438/EM  ARMANI JUNIOR, EUTM 013541974/EM  AJ 
 EUTM 000504308/EM GA, EUTM 001705185/EM AJ ARMANI JEANS 
 EUTM 013174073/EM  EA7 EMPORIO ARMANI, EUTM 013542121/EM  AJ, EUTM 015742638/EM  A|X ARMANI EXCHANGE, EUTM 015743891/EM, EUTM 015742687/EM EMPORIO ARMANI, EUTM 015743842/EM GIORGIO ARMANI, EUTM 015742562/EM ARMANI EXCHANGE, EUTM 015743991/EM, EUTM 015743867/EM  GA, EUTM 015742653/EM A|X, EUTM 015743801/EM ARMANI, EUTM 015620313/EM ARMANI COLLEZIONI / JEANS, EUTM 015620388/EM ARMANI JEANS, EUTM 015620412/EM ARMANI BABY, EUTM 013540811/EM  EA7 EMPORIO ARMANI, EUTM 015620297/EM  A ARMANI COLLEZIONI</t>
   </si>
   <si>
     <t>EUTM 000060392/EM NO FEAR, EUTM 004733441/EM NO FEAR, EUTM 004733408/EM NO FEAR, EUTM 010856284/EM, EUTM 010855741/EM, EUTM 005229661/EM, EUTM 009509225/EM, EUTM 016168783/EM, EUTM 002312510/EM, EUTM 005247432/EM, EUTM 015274897/EM</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 015012573-0005, CDR	015012573-0006, EUTM 017880062 mach dein smartphone einfach app, EUTM  017880060 mach dein handy einfach app, EUTM 018040716 IOMI, EUTM 017880066 get your smartphone simple app, EUTM 017880064 emporia Smartphone Führerschein, EUTM 017880065 emporia smartphone driving license, EUTM 017881531 emporia Handyschule, EUTM 012500567 EMPO, EUTM	012467056 eME, EUTM 12466942 4CARE, EUTM 018831618 Care-Indicator 50 %, EUTM 018831631 Care-Indicator 10 %, EUTM 018831629 Care-Indicator 0 %, EUTM 013305339 emporiaSMART, EUTM 012453098 emporiaCOVER, EUTM 012497699 EASYCOVER, EUTM 012089405 AXXTRA, EUTM 012089471 A, ITM 1000129 emporia Wir machen Kommunikation einfach., ITM 999468 emporia Simplify your Com, CDR 0150125 73-0004,CDR 015012573- 0003, CDR 015012573-0002, CDR 01501 2573-0001, CDR 015011559- 0002, CDR 015011559-0001, CDR 01500 5311-0010, CDR 015005311- 0009,CDR 015005311-0008,CDR 015005311-0007, CDR015005311- 0006,CDR015005311-0005,CDR015005311-0004,CDR 015005311- 0003, CDR 015005311-0002, CDR 015005311-0001, CDR 002564757- 0002, CDR 002564757-0001, CDR 002439562-0004, CDR 002439562- 0003, CDR 001827 296-0002, CDR 001827296-0001, CDR 000302476- 0001, CD R008621387-0008, CDR 008621387-0007, CDR 008621387- 0006	</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  001095033  Marque figurative, EUTM  001095207 D. YURMAN  
 EUTM  001095272  DAVID YURMAN, EUTM  015372352  DY SIGNATURE, ITM  0885582  D. YURMAN, ITM  0885583  DAVID YURMAN, ITM  1025921  DY, ITM  1016422, CDR  003227552-0001   modèle enregistré au niveau de l'UE, CDR  003227552-0002  modèle enregistré au niveau de l'UE  
 </t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 004656104 Gallo FAMILY VINEYARDS, EUTM 007372774Gallo, EUTM 008639338 Barefoot, EUTM 017978584 Gallo, EUTM 002275667 Nawm, EUTM 002275709 Barefoot, EUTM 017978585 GALLO FAMILY VINE YARDS,EUTM 002319655 Barefoot</t>
   </si>
   <si>
     <t xml:space="preserve">ICD DM/100 028, ICD DM/204 111, ICD DM/207 174, ICD DM/207 720
 ICD DM/103 495, ICD DM/103 494, ICD DM/098 854, ICD DM/098 620
 ICD DM/097 425, ICD DM/096 572, ICD DM/092 390, ICD DM/102829
 ICD DM/100 034, ICD DM/097 207, ICD DM/096 164, ICD DM/089 858
@@ -8414,53 +7950,50 @@
   <si>
     <t xml:space="preserve">EUTM 009844127/EM LOUIS VUITTON PARIS, EUTM 000311985 figurative, CDR 000084223-0002 Symboles graphiques, CDR 002424671-0001 Montres, CDR 000084223-0001, Symboles graphiques, CDR 003171230-0001 Valises, CDR 003799436-0001 Lunettes, EUTM 008466179 TURBULENCES, EUTM 016174815 LOUIS VUITTON, CDR 006578274-0001 Souliers, EUTM 014272496  V, CDR 002516708-0002 Maroquinerie (Ornementation pour -), Logos, CDR004678233-0001 Souliers, ITM 1127688 LV, CDR006578274-0003 Souliers CDR 004761401-0001 Chaussures, CDR 003463132-0001	Sacs [emballages], CDR 004157527-0001 Montres, CDR 000463799-0001 Montres, CDR 000463799-0002, CDR 000463799-0003 Montres, CDR 000463799-0004 Montres, ITM 1369936 Marque figurative (cf visuel dans la liste des droits), ITM 1369935 Marque figurative (cf visuel dans la liste des droits), EUTM 15214703 HEURES D'ABSENCE, EUTM 14901367 JE, TU, IL,  EUTM 17471038  LE JOUR SE LEVE, EUTM 15722051 LES FONTAINES PARFUMEES, EUTM 16993586  L'IMMENSITE, EUTM 6587844 LOUIS VUITTON TRUNKS &amp; BAGS (marque figurative : cf visuel dans la liste des droits), ITM 1411805 LV (marque figurative : cf visuel dans la liste des droits), EUTM 13369236  LV (marque figurative : cf visuel dans la liste des droits), ITM 1404143 LV (marque figurative : cf visuel dans la liste des droits), ITM 1472919 LVM (marque figurative : cf visuel dans la liste des droits), ITM 1259454 MATIERE NOIRE, EUTM 14902688 MILLE FEUX ITM 1285283 VVV (marque figurative : cf visuel dans la liste des droits), CDR003025154-0001 Sacs à dos, CDR005241577-0001 Sacs, CDR 002695858- 0001 Sac à main, CDR 007421698-0001 Housses de sacs de couchage, Sacs, CDR 002643429-0001 Sacs à main, CDR 002499467-0001 Sacs à main, CDR005518 222- 0001, EUTM 001172857/EM LOUIS VUITTON, EUTM 000015610/EM LOUIS VUITTON, EUTM 000015628/EM LV, EUTM 000015602/EM LV, EUTM 009844391/EM LV, EUTM 003958428/EM, EUTM 003958394/EM	</t>
   </si>
   <si>
     <t>Professional Hair Products Limited</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 008936637-0029, CDR 008936637-0030, CDR 008936637-0008, CDR 008936637-0012, EUTM 018537506 GHOSTBOND, CDR 008936637-0017, EUTM 018417380 Trade mark without text, EUTM 018072705, GHOSTBOND EUTM 018537070 GHOSTMEDICA, EUTM 018072710 PROFESSIONAL HAIR LABS, EUTM 018273378 Professional Hair Labs World Leader in Cosmetic Bonding, EUTM 018575484 Professional Hair Labs World Leader in Cosmetic Bonding LACE WIG GLUE, EUTM 018273383 SAFETY FIRST, EUTM 01827 3368 SAFETY FIRST, CD R008936637-0001, CDR 008936637-0014, CDR 0089 36637-0015, CDR 008936637-0002, CDR 008936637-0003, CDR 008936637- 0004, CDR 008936637-0005, CDR 008936637-0009, CDR 00893 6637-0010, CDR 008936637-0011, CDR 008936637-0020, CDR 008936637-0022, CDR 0089 36637-0021, CDR 008936637-0023, CDR 008936637-0016, CDR 008936637- 0013, CDR 008936637-0006, CDR 008936637-0007, CDR 008936637-0018,CDR008936637-0019 CDR 008936637-0024, CDR 008936637-0025, CDR 008936637-0026, CDR 008936637-0027	</t>
   </si>
   <si>
     <t>ITM 1498413/WO PSA GROUPE</t>
   </si>
   <si>
     <t>STELLANTIS AUTO SAS</t>
   </si>
   <si>
     <t>ar mašīnu darbināmi instrumenti, etiķetes</t>
   </si>
   <si>
     <t>ITM 989616 P, EUTM 018678846 R&amp;D, EUTM 018699269 PEAK PERFORMANCE, EUTM 018678978 HIPE, ITM 1058222 BLACK LIGHT, EUTM 002465300 HIPE, EUTM 000056408/EM PEAK PERFORMANCE, EUTM 000056325/EM, EUTM 018699274/EM</t>
   </si>
   <si>
     <t>EUTM 016950537 DRY AGER, BUILT FOR BEEF, CDR 004412138-0013, CDR 004412138-0012, CDR 004412138-0009, CDR 001462204-0001, CDR 004412138-0004, CDR 4412138-0001, CDR 004412138-0007</t>
   </si>
   <si>
-    <t>EUTM 006103899, CGIP 97410266, EUTM 008737447, EUTM 008737405, EUTM 017721051, EUTM 017948650, EUTM 012053369, EUTM 008737389, EUTM 016689333, EUTM 001126481, EUTM 017942425</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 000557058/EM, EUTM 010462398/EM, EUTM 011308947/EM
 EUTM 011310059/EM, EUTM 018111538/EM, EUTM 018061675/EM RBL, EUTM 018061674/EM RBL, CDR 005514866-0004/EM, CDR 005825023- 0002/EM, CDR 005514866-0016/EM, CDR 005514866- 0001/EM, CDR 005825023-0009/EM, CDR 005825023-0001/EM</t>
   </si>
   <si>
     <t>EUTM 018391129 Tympacur, ITM 1560243 XCELLARISPRO, EUTM 017146952 XCELLARISPRO, EUTM 013246822, EUTM 013246467 Tympacur, EUTM 01620046 1DERMAROLLER, EUTM006570436 Dermaroller</t>
   </si>
   <si>
     <t>EUTM 000064527 DURACELL,EUTM 000146704 (Marque sans texte)
 EUTM	008148934(Marque sans texte), EUTM 017885464 DURACELL, EUTM 017885471(Marque sans texte)</t>
   </si>
   <si>
     <t>CDR 004397438-0005/EM, CDR 004395671-0002/EM, CDR 004397438- 0002/EM, CDR 004397438-0003/EM, CDR 004397438-0004/EM, CDR 004395796-0001/EM, CDR 004395671-0001/EM, EUTM 007194459/EM ACTIVE REPAIR K+, EUTM 017896521/EM 3x Cushioning, EUTM 009250424/EM HYDRO'RESTOR, EUTM 003237674/EM AIR-PILLO, EUTM 015477284/EM AMOPÉ NAIL PERFECT, EUTM 015516446/EM AMOPÉ PERFECT SOLE, EUTM 013699277/EM AMOPÉ WET &amp; DRY, EUTM 017910765/EM ANTI FOOT FATIGUE, EUTM 002202679/EM AQUAJETS, EUTM 000667626/EM BACKGUARD, EUTM 008820102/EM BUSY FEET, EUTM 005494273/EM CLAIM BACK YOUR FOOTPRINT	
 EUTM 012024601/EM CLOG PROGRESS, EUTM 017896508/EM	, EUTM 011664431/EM SCHOLL TAILORED-FIT, EUTM 002673523/EM SCHOLL TRAVEL SOCKS, EUTM 017512971/EM CHOLL ULTRA SOFT, EUTM 018027683/EM SCHOLL UVIT COMPLEX, EUTM 011469822/EM SCHOLL VELVET SMOOTH, EUTM 012838413/EM Scholl Velvet Smooth Diamonds Crystals, EUTM 012993391/EM AMOPÉ, EUTM 012137642/EM Amopé	
 ITM 958745/WO BiOPRiNT, EUTM 012859708/EM Scholl Velvet Smooth Express Pedi, EUTM 013685029/EM SCHOLL VELVET SOFT, EUTM 012755377/EM SCHOLL DIAMOND CRYSTALS, EUTM 003901881/EM PARTY, EUTM 003132693/EM PARTY FEET, EUTM 003672466/EM PARTY FEET</t>
   </si>
   <si>
     <t>CDR 015029035-0001/EM, CDR 015029035-0002/EM, CDR 015029035- 0004/EM, CDR 015029035-0003/EM, CDR 015029035-0006/EM, CDR 015029035-0005/EM</t>
   </si>
   <si>
     <t>METALLICA</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1516399 COCOMELON, EUTM 018769924 COCOMELON ANIMAL TIME, EUTM 018274761 Blippi, EUTM 018755551 COCOMELON, EUTM 018277289 COCOMELON, EUTM 018175009 COCOMELON, EUTM 018175004 COCOMELON, ITM 1515399 COCOMELON, EUTM 018274759 BLIPPI, </t>
   </si>
   <si>
@@ -8485,65 +8018,57 @@
     <t>EUTM 000325548 PENHALIGON'S, EUTM 001543180 HAMMAM BOUQUET, EUTM 003499134 MALABAH, EUTM 003500634 ENDYMION, EUTM 009978131 JUNIPER SLING, EUTM 010811396 JUBILEE BOUQUET, EUTM 010814358 BLENHEIM BOUQUET, EUTM 011037249 HAMMAM BOUQUET, EUTM 011463511 IRIS PRIMA, CDR 002825463-0001 Bottles for perfumery, CDR 002825463-0002 Bottles for perfumery, CDR 002825463-0003 Bottles for perfumery, CDR 02825463-0004 Bottles for perfumery, CDR 005660198-0001 Bottles for perfumery (part of -), CDR 005660198-0002 Bottles for perfumery (part of -), CDR 006988663-0001Bottle caps, Bottles for perfumery (part of -), Lids for bottles, CDR 008267470- 0001Lids for bottles, Bottles for perfumery (part of -), Bottle caps, CDR 004682631-0001Bottles for perfumery (part of -), CDR 004682631- 0002Bottles for perfumery (part of -), CDR 004682631-0003 Bottles for perfumery (part of -), CDR 004682631-0004Bottles for perfumery (part of -), CDR 004682631-0005 Bottles for perfumery (part of -) CDR 004682631-0006Bottles for perfumery (part of -), CDR 004682631-0007 Bottles for perfumery (part of -), CDR 004682631- 0008Bottles for perfumery (part of -), CDR 004682631-0009 Bottles for perfumery (part of -),  CDR 004682631-0010Bottles for perfumery (part of -), , EUTM 11289931 PENHALIGON'S, EUTM 014341234 PORTRAITS PENHALIGON S, CDR 009061138-0001 Bottles for perfumery (part of -)</t>
   </si>
   <si>
     <t>EUTM 018641500PPP - Pierre Paulin, Alpha - Edition Paulin, Paulin, Paulin, EUTM 018641499PPP - Pierre Paulin, Alpha - Edition Paulin, Paulin, Paulin, EUTM 018641527PPP - Paulin Paulin Paulin Edition</t>
   </si>
   <si>
     <t>EUTM 018440291 Saboteur</t>
   </si>
   <si>
     <t>AMIGO Spiel + Freizeit GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 005089719/EM VIVIENNE WESTWOOD, EUTM 005805528/EM TOO FAST TO LIVE TOO YOUNG TO DIE, EUTM 010717874/EM WORLDS END, EUTM 015276413/EM ANDREAS KRONTHALER, EUTM 017566183/EM Andreas Kronthaler Vivienne Westwood, EUTM 017433871/EM A&amp;V, EUTM 018078490/EM, EUTM 000553370/EM ANGLOMANIA Vivienne Westwood, EUTM 000976183/EM Vivienne Westwood, EUTM 004174934/EM ANGLO MANIA, EUTM 005558788/EM, EUTM 011956117/EM CLIMATE REVOLUTION	
 </t>
   </si>
   <si>
     <t>EUTM 6130132 NO NAME, EUTM 010966976 S, EUTM 0011247582 NO NAME, EUTM 10688786 NO NAME, EUTM 1216817 5elit - Figurativa	, EUTM 018000865 Sin texto, EUTM 1216811 8elit - 3D, EUTM 1522246 elit Eighteen, EUTM 18000858e lit eighteen, EUTM 1513576 elit eighteen</t>
   </si>
   <si>
     <t>EUTM 009512096 XRLI-ION, EUTM 009512237 XR, EUTM 000541581, EUTM 000499004, EUTM 000498717, EUTM 002297604, EUTM 000541623, EUTM 002716843, EUTM 017093121 DEWALT, EUTM 003485893 DEWALT</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM017867472 M18, EUTM017488917 (Trade mark without text), EUTM 017089533 REDLITHIUM, EUTM 010274595 M28, EUTM 017511262 M18 HIGH DEMAND, EUTM 012099231 M18 FUEL, EUTM 010274661 M18, EUTM 010355626 M14, EUTM 012103529 M12 FUEL, EUTM 010274553 M12, EUTM 003360187 NOTHING BUT HEAVY DUTY MILWAUKEE, EUTM 012520938 Milwaukee, EUTM 015082506 MILWAUKEE, EUTM 009639147 MILWAUKEE	</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR 004667384-0001, EUTM 018079142 BOGNER, EUTM 018003584 BOGNER, EUTM 017646571, EUTM 017646589, EUTM 017444092 BGNR, EUTM 003499381 Bogner, EUTM 003500717 S, EUTM 003509916 B Fire + Ice, EUTM 003510096 B Bogner Jeans, EUTM 003512217 B, EUTM 003514353 B Bogner, EUTM 004919411 B Bogner Homeshopping, EUTM 005482062, EUTM 007411416 Sônia Bogner,  EUTM 008640948 B, EUTM 008899940 B 
-[...2 lines deleted...]
-  <si>
     <t>Willy Bogner GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 013532511 LITTLE MY, EUTM 009640384 MOOMIN, EUTM 013532973 Trade mark without tex, EUTM 013532809 Trade mark without text, EUTM 013532874 Trade mark without text, EUTM 013530308 MUUMI, EUTM 002255214 MUUMIT MUMIN THE MOOMINS, EUTM 012683462 MUUMI, EUTM 013532585 NUUSKAMUIKKUNEN, EUTM 013532528 MOOMIN, EUTM 009697434 MOOMIN, EUTM013533062 Trade mark without text, EUTM 010070671 MOOMIN, EUTM 013533153 Trade mark without text, EUTM013532643PIKKU MYY, EUTM 007036791 Trade mark without text, EUTM 009697392 Trade mark without text, EUTM 017165945 MOOMINVALLEY, EUTM 010709541 Tove Jansson	</t>
   </si>
   <si>
     <t>EUTM 000083345 DELL, EUTM 008295362 DELL, EUTM 000083295 DELL, EUTM 006420641 DELL, EUTM 003087641 DELL, EUTM 003370061 DEL, EUTM 015767965 DELL, EUTM 012754883 DELL</t>
-  </si>
-[...2 lines deleted...]
- </t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 13315247, UTM 13315254, EUTM 13315304, EUTM 13315106 
 EUTM 13315114 , EUTM 13315122, EUTM 13315130, EUTM 13315148, EUTM 13315155, EUTM 13315163, EUTM 13315197, EUTM 13315205, EUTM 13315213, EUTM 13315221, EUTM 13315239, EUTM 000517383, EUTM 2297216, EUTM 001280148 SMILEY, EUTM 000883198, EUTM 007051841HAPPY TRAVEL, EUTM 010561314 10000058 HAPPY TRAVELS, EUTM 008504607, EUTM 008504581, EUTM 001277391, EUTM 008504136, EUTM 008827198 HAPPY CASHMERE, EUTM 008841157, EUTM 000890758, EUTM 008890725, EUTM 008890659, EUTM 008890601, EUTM 008890543, EUTM 008505471, EUTM 008505331, EUTM 008505315, EUTM 008505539, EUTM 9429432, EUTM 008505703, EUTM 008505695, EUTM 008510653, EUTM 008505588, EUTM 008890592, EUTM 008505778, EUTM 008890881, EUTM 003751, EUTM 008505737 
 </t>
   </si>
   <si>
     <t>Exelite SpA</t>
   </si>
   <si>
     <t>EUTM 1141206 M (fig.), EUTM 1207028 M (fig.), CDR 000944475-0002 Borsa, EUTM 010878601 Figura di papero, CDR 000944475-0001 Borse, CDR 000715941- 0004 Articolo di abbigliamento, CDR 000715941-0005 Articoli di abbigliamento, EUTM 991914 Campana Moncler (fig.), CDR 000715941-0001 Calzature	, EUTM 1075327 Vignetta papero (fig.), CDR 000194089-0001 Articoli di abbigliamento, CDR 000944475-0003 Borse, EUTM 5972112 Moncler,EUTM 1119381 Moncler (fig.), EUTM 10876639 Papero tridimensionale, EUTM 00579 6594 Moncler, CDR 000715941-0002 Calzature, EUTM 0991913 Figura di campana vuota, CDR 000944475-0004 Borse, CDR DM/078098-1,2,3 Capi di abbigliamento, CDR 000715941-0003 Calzature, ITM 1299020 DIST DOWN INTEGRITY SYSTEM &amp;TRACEABILITY, CDR002484576-0001 Sandali, ITM 1448305 MONCLER GENIUS (fig.), ITM 1145779 MONCLER GAMME BLEU, CDR 000944475-0005 Borse, ITM 1451345 3 campane,  ITM 1450763 MON CLER GENIUS, EUTM 013444377 LONGUE SAISON MONCLER</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 0449562 AKNEMYCIN, EUTM 00507411 AKNEMYCIN PLUS	
 ITM 825625 AKNENORMIN, ITM 466932 AKNEROXID, ITM 1081432 BALNEUM,EUTM 5074241BALNEUM PLUS,ITM 839537 CRINOHERMAL, EUTM 15012966 DECODERM, EUTM 11536703 GELACET, EUTM 2859577 HERMAL, ITM 1223485 PEDICUL HERMAL, ITM 838105 TANNO-HERMAL, EUTM 312413 VAGI C, ITM445754 VERRUMAL	</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 006549638 BETALFATRUS, EUTM 003111631 CICLOPOLI, EUTM 010259836 CICLOSAN, EUTM 014587638 DAFNEGIN, EUTM 012235578 ECOCEL PLUS, EUTM 3677804 FEMIPRIM, EUTM 018105802 FINJUVE, EUTM 009406745 GYNOMUNAL, EUTM 007065881 KITONAIL, EUTM 011279981 MYCONAIL, EUTM 006648521 NIOGERMOX, EUTM 003847704 NORMAFLOR, EUTM 012251948 ONYTEC, EUTM 005240312 ONY-TEC, EUTM 5015565 POLICHEM, EUTM 004613758 POLINAIL, ITM 1044835 SILILEVO, EUTM 009241051 ZELOGLIN	
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 013558044 PIXUVRI, ITM 1034557 COVERSYL Perindopril arginine 5 mg, ITM 1039022 DIAMICRON MR, EUTM 010735223	 ARCALION, EUTM 007040851 ACERYCAL, EUTM 005683561 COVERAM, EUTM 005612577 COVERLAM, EUTM 011859865/EM DETRALEX 2, EUTM 004949186/EM FLUDEX, EUTM 008802861/EM FLUTENSIF, EUTM 006135792/EM  LOCABIOSOL, EUTM 006136527/EM LOCABIOTAL, EUTM 005036058/EM NATRILIX, EUTM 008445207/EM NATRIXAM, EUTM 005819834/EM NOLITERAX, EUTM 005154968/EMOSSEOR, EUTM 007134265/EM PNEUMOREL, EUTM 005657291/EM RESTANCE, EUTM 005723531/EM PRETERAX, EUTM 003505146/EM PROCORALAN, EUTM 002849008/EM  PROTELOS, EUTM 010704179/EM STABLON, EUTM 006068944/EM  TERAXANS, EUTM 009025347/EM TERTENSAM, EUTM 005727268/EM TERTENSIF, EUTM 008980641/EM TRIPLIXAM, EUTM 002432904/EM  VALDOXAN, EUTM 008802712/EM FLUDEXAM, EUTM 005612569/EM COVERDINE, EUTM 005941364/EM VIACORAM, EUTM 012780664/EM REAPTAN, EUTM 011738747/EM TRIVERAM, EUTM 012193264/EM LIPERTANCE, EUTM 006253314/EM COVERSORAL , EUTM 006501092/EM ARPLEXAM, EUTM 011440187/EM  PRESTALIA, EUTM 010772382/EM IMPLICOR, EUTM 005396965/EM ARPARIAL, EUTM 010827591/EM  COSYREL, EUTM 010829398/EM  COSIMPREL, EUTM 005217898/EM  VIALIBRAM , EUTM 004936407/EM ARVACORAM, EUTM 006623458/EM TRIPLINOR, EUTM 014438568/EM PROALTOR, EUTM 013960018/EM  CAREVALAN, EUTM 010749257/EM  STOVADIS, EUTM 012193371/EM  STAPRESSIAL, ITM 1130957/WO 10765984 PRESTILOL, ITM 1133970/WO 10765985 ASEMBIX </t>
   </si>
   <si>
@@ -8572,53 +8097,50 @@
   <si>
     <t>EUTM 000940619	HARRIS, EUTM 000508333	 HARRIS, EUTM 005959631, EUTM 004725941 LINCOLN ELECTRIC, EUTM 007086507, EUTM 004683331 OERLIKON, EUTM 015346935 LINCOLN ELECTRIC, EUTM 004982468 LINCOLN ELECTRIC, EUTM 000228163 LINCOLN, EUTM 005959762 HARRIS</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                                       EUTM 1200229  EIMI, EUTM 003988193 WELLA, EUTM 1485938 weDo/ PROFESSIONAL, EUTM 014245443 SYSTEM PROFESSIONAL, EUTM 0198117 Wellaflex , EUTM 0997661 WELLA PROFESSIONALS,  EUTM 000592113 LONDA, EUTM  1504372 KOLESTON PERFECT,  EUTM  003988193 WELLA, EUTM	000602573 KADUS, EUTM 1356723	INVIGO, ITM 1200229 EIMI, EUTM 004460771 COLOR FRESH, EUTM 17926463 BLONDOR, EUTM 1399770 SEB MAN, EUTM 000392019 NIOXIN
 </t>
   </si>
   <si>
     <t xml:space="preserve">CDR 004718856-0003 Infant carrier, EUTM 018110172 BABYBJÖRN Baby Carrier Move, CDR 006882932-0001 Baby carrier, CDR 008170385-0001 Toddler reins (part of), CDR 001963935-0001 Cradles, CDR 002769125-0001 Infant carrier, CDR 001022677-0001 Potties, CDR 001127658-0001 Infant carrier, CDR 001681701-0001 Leg joints for furniture, CDR 002666271-000 1Infant carrier, CDR 001810664-0001 Infant carrier, CDR 001856485-0001 Seat cushions, CDR 001876947- 0001 Infant carrier, CDR 002050559-0001 Bouncers, CDR 000336136- 0001 Buckle [haberdashery], CDR 000366976-0001 Carrying devices for babies, CDR 005643681-000 1Beds for children, EUTM 001216175 Trade mark without text, CDR 004363893-0001 Childs seat, CDR 002651463- 0001 Bouncers, CDR 002651588-0001 Toy, CDR 002672121-0001 Cutlery for infants, CDR 003512128-000 1Bouncer (part of), CDR 000015789-000 1Bib, CDR 000031513-0001 Carrying devices for babies, CDR 000336144-0001 Bib, CDR 000556766-0001 Bouncer, CDR 001647025-0001 Glasses, CDR 001113658- 000 1Children's chairs, CDR 004718856-0001 Infant carriers (part of), CDR 006487609-0001 Baby carrier, CDR 002852814-0001 Travel cots, CDR 000692553-0001 Carrying devices for babies, CDR 000692561-0001 Carrying devices for babies, CDR 000779517-0001 Toy, CDR 000259205-0001 Potty chair, CDR 000332705-0001 Garment, CDR 006882932-0002 Baby carrier, CDR 002651463-0002 Bouncers, CDR 003512128-0002 Bouncers (part of -), CDR 005643681-0002 Beds for children, CDR 005643681-0003 Beds for children, CDR 005643681-0004 Beds for children, CDR 001513920-0002 Carrying devices for babies (part of -), CDR 004718856- 0002 Infant carrier, CDR 006882932-0003 Baby carrier, CDR 001513920-0003 Carrying devices for babies (part of -), CDR 001127658-0003 Infant carriers, CDR 001647025-0002 Glasses, CDR 006882932-0004 Baby carrier	</t>
   </si>
   <si>
     <t>CDR 002920256-0018, CDR 002920256-0015, CDR 002920256-0012 Mito sospeso, CDR 002920256-0006, CDR 002920256-0004, CDR 002920256-0002, EUTM 003160017occhio</t>
   </si>
   <si>
     <t>EUTM 017947375  VAGABOND SHOEMAKERS, EUTM 017947374 VAGABOND, EUTM 017947372 VA VAGABOND ATELIER CREATION &amp; INNOVATION, EUTM 017947331 VAGABOND SHOEMAKERS EST. 1973, EUTM 010491884 VAGABOND, EUTM012293544 VAGABOND SHOEMAKERS</t>
   </si>
   <si>
     <t>EUTM 005882287RABBIT, ITM94 0022, ,EUTM 006337554Ezynut, EUTM 006920359HP, EUTM 007252448NEMESIS, EUTM 007374631DXT, EUTM 008956351MM4, EUTM 011772481MAKPAC, EUTM 012254058, EUTM 013337753MT, EUTM 014146294CXT, EUTM 015280506AFT, EUTM 016887606EFFICUT,EUTM017362484 AWS, EUTM018244591Impact Premier, EUTM 018022783XGT, EUTM 006687495Makita, EUTM 004264768makita, CDR 001963380-0007, CDR 000867742-0001, CDR 000335021-0001, CDR 000120969-0002, CDR 001250609-0001, EUTM 001452283Super Joint System-SJS, EUTM 001536762MAKPOWER, EUTM 003922101MAKLOK, EUTM 003977031AVT, EUTM 003977014MXT, EUTM 004149175Flipper, EUTM 004595575LXT, EUTM 004691671diamak, EUTM 004926432aquamak, EUTM 005865217Torque Tracer, EUTM 015280555 ADT</t>
   </si>
   <si>
     <t>ITM 013447925 Starbuzz,  EUTM 007394951 Starbuzz, EUTM 012717583 STARBUZZ TOBACCO SINCE 2005, EUTM 012281721 STARBUZZ TOBACCO SINCE 2005, CDR 015002768, CDR 006271912-0003, CDR 006271912-0002, CDR 006271912-0001, CDR 005651130-0004, CDR 00565 1130-0003, CDR 005651130-0002, CDR 005651130-0001, CDR 004755759-0005, CDR 004755759-0004, CDR 004755759-0003, CDR 004755759-0002, CDR 004755759-0001, EUTM 018321140 Blue Mist, EUTM 011809738 BLUE MIST, ITM 1031097 Blue Mist, ITM 1127941 CocoBuzz, EUTM 013654652, INTAGE BY STARBUZZ, ITM 1159496 STARBUZZ</t>
   </si>
   <si>
     <t>EUTM 004538997 FOU D'ABSINTHE, EUTM 005055694 L'ARTISAN PARFUMEUR PARIS, EUTM 005055801 L'Artisan Parfumeur, EUTM 005263256 AMBRE EXTRÊME, EUTM 008189045 L'EAU D'AMBRE
 EUTM 009998089 L'ARTISAN PARFUMEUR MON NUMÉRO, EUTM 014432983 L'ARTISAN PARFUMEUR 1976, EUTM 014434989 A P (logo), CDR 000368170-0001 Perfume bottles, CDR 000368170-0002 Perfume bottles, CDR 000368170-0003 Perfume bottles, CDR 002825489-0002 Bottles for perfumery</t>
-  </si>
-[...1 lines deleted...]
-    <t>ICD 205988, ICD 205997, ICD 075678, ICD 085323, ICD 201318, ICD 089493, ICD 082747, ICD 073401, ITM 1617017 CHOPARD, ITM 1310465 HAPPY DREAMS, ITM0 258707 L.U.C., ICD 080655, ITM 0669344 HAPPY HEARTS, ICD 205987, ICD 200059, ICD 200066, ICD 205986, ICD 219533, ITM 0866050 La Strada, ITM 0678948I CE CUBE, ITM 1356721 L'HEURE DU DIAMANT, EUTM 018265682 CHOPARD MAGICAL SETTING, ITM 1617018 Chopard</t>
   </si>
   <si>
     <t>EUTM 4138269, EUTM 017912610 SKIMMIES, EUTM 191536 Y-FRONT, EUTM 000578989, EUTM 016358145, EUTM 000191494 JOCKEY, EUTM 000191544, EUTM 191601</t>
   </si>
   <si>
     <t>EUTM 018618297 Eyes of Marrakesch, EUTM 018618295 FRIENDLY HUNTING, EUTM 018618294 friendlyHunting, EUTM 018618292	
 EUTM 018618287 friendlyHunting, EUTM 018618285 friendly hunting
 EUTM 018618253 fH, EUTM 008708596 fH friendly hunting</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 011445434 A ATKINSONS LONDON 1799 24 Fashion Decree, EUTM 011445558 A ATKINSONS LONDON 1799 The British Bouquet, EUTM 011445483 A ATKINSONS LONDON 1799 The Odd Fellow's Bouquet, EUTM 011445392 A ATKINSONS LONDON 1799 24 Old Bond Street, EUTM 011445509 A ATKINSONS LONDON 1799 The Nuptial Bouquet, EUTM 011445591 A ATKINSONS LONDON 1799 The Hyde Park Bouquet, EUTM 011445657 A ATKINSONS LONDON 1799 The Isle of Wight Bouquet, EUTM 011448719 A ATKINSONS, EUTM 011448801 A ATKINSONS LONDON 1799, EUTM 003149747 Canapa Hemp Chanure I COLONIALI di JeE ATKINSONS, EUTM 012027876 A ATKINSONS LONDON 1799 Oud Save The Queen, EUTM 012027983 A ATKINSONS LONDON 1799 Oud Save The King, EUTM 012104253 AATKINSONS LONDON 1799 NOBLE VANILLA Fine Perfumed Bath Line, EUTM 018064102ATKINSONS Rose Rhapsody, EUTM 018143082 A ATKINSONS LONDON 1799 PANDORA'S JAR, EUTM 018155288 ATKINSONS LONDON 1799 44 GERRARD STREET, EUTM 018227924 ATKINSONS Bal des Fleurs, EUTM 018474334 ATKINSONS, EUTM 018475381 A ATKINSONS LONDON 1799, EUTM 012104204 A ATKINSONS LONDON 1799 REGAL MUSK Fine Perfumed Bath Line, EUTM 012104221 A ATKINSONS LONDON 1799 IMPERIAL IRIS Fine Perfumed Bath Line, EUTM 011445301 A ATKINSONS LONDON 1799
 EUTM 018474354A	</t>
   </si>
   <si>
     <t>ICD DM/204 602, EUTM 018097980 PULL UP,  EUTM	018015182 PULL UP, CDR 001749565-0001</t>
   </si>
   <si>
     <t>EUTM 011126241/EM CARNIVOR, EUTM 014549505/EM CARNIVOR
 EUTM 017921334/EM CARNIVOR</t>
   </si>
   <si>
     <t>ITM 1510977 OPI, EUTM 018710245 O.P.I, ITM 1582124 NAWM, ITM 1565483 O·P·I, EUTM 018475494 OPI PRO SPA, EUTM 001831080 OPI, ITM 1683014 OPI XPRESSION, ITM 1561446 OPI NATURE STRONG, EUTM 018091203 O P I</t>
   </si>
   <si>
     <t>EUTM 015587108 K-2SO, EUTM 01558708 2JYN ERSO, EUTM 01544864 1STAR WARS MOBILE, EUTM015245095ROGUE ONE	
@@ -8716,85 +8238,94 @@
   </si>
   <si>
     <t xml:space="preserve">ITM 0927667 Dr. Wolff , ITM 1075465 Dr. Wolff's Acne Attack, ITM 0985168 Vagisan, EUTM 013272604 Linoseptic, EUTM 005401708 Linola, EUTM 17921711SafeCup, EUTM018032473 Unzwet, EUTM 018239687 dermowas, EUTM017985825proHaut, EUTM 017984902 dermexpHert, EUTM 018059181 Anefug, EUTM 018063605 Vinces, ITM 1408697 LINO, ITM 1551988 Sudormin 
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  001868843 CRISTEL, EUTM  006429005  CRISTEL, EUTM  010783538   CRISTEL France, CDR  000069141-0001 ANSE ZENITH 2 
 CDR  001171466-0001  CASTELINE, CDR  001171466-0002   FAIT TOUT CASTELINE, CDR  001171466-0003 CASSEROLE STRATE 2  
 CDR  001356026-0001  MUTINE, CDR  001356026-0002 MUTINE 
 CDR  002487090-0001  POIGNEE COOKWAY, CDR  002487041-0001  ANSE COOKWAY, CDR  003070424-0001  10920338  POIGNEE ZENITH 3, CDR  003070424-0002  10920339  ANSE ZENITH 3, CDR  003781392-0001  10920340  SAUCIER CASTEL PRO </t>
   </si>
   <si>
     <t>EUTM 006376735 TUMI ALPHA, EUTM 001140250 TUMI TRACER
 EUTM 006238141 TUMI, EUTM 003578143 TUMI, EUTM 002306728 TUMI, EUTM 003578176 TUMI, EUTM 000837427 TUMI, ITM 1431070 TUMI, ITM 1422244 TUMI</t>
   </si>
   <si>
     <t>ITM 1255219 THREE KINGS diamondshape right, ITM 520344 THREE KINGS, ITM 1134115 HREE KINGS, ITM 520347 (logo b-w), ITM 1244086 charcoal in circle on red background, ITM 1461968 THREE KINGS FOIL, EUTM 015951536 THREE KINGS</t>
   </si>
   <si>
     <t>ITM 1762363/WO WHITE FOX, EUTM 017516196/EM VEUX</t>
   </si>
   <si>
     <t>WHITE FOX BOUTIQUE PTY LTD</t>
   </si>
   <si>
+    <t>saulesbriļļu futrāļi,  ietvari, saulesbrilles saulesbriļļu auklas, siksnas,  vāciņi, sieviešu sandales, atslēgu piekariņi sieviešu rokassomas,  rotaslietas, kleitas apģērbi, kostīmi, vilnas zeķes, virsdrēbes, peldkostīmi u.c.</t>
+  </si>
+  <si>
     <t>Segway Inc.</t>
+  </si>
+  <si>
+    <t>motorolleri ratiņi, ratiņkrēsli, ratiņi vieglajām automašīnām, daļas un piederumi visām minētajām precēm u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 018629587 SEGWAY GT, EUTM 018561284 SEGWAY, EUTM 018561281, EUTM 018195400, EUTM 018065598, EUTM 018065596
 EUTM 017996310, EUTM013665807SEGWAY, EUTM 013665781, CDR 002553776-0002, CDR 002553776-0001, CDR 002517938-0002, CDR 002517938-0001, CDR 000643630-0002, CDR 000643630-0001, EUTM 002958684, EUTM 002721900i, EUTM 002957587SEGWAY, EUTM 002545762SEGWAY 
  </t>
   </si>
   <si>
     <t xml:space="preserve">CDR 001184535-0003, EUTM 004521431 CESAR, CDR 001052401-0002, CDR 001052401-0003, CDR 001052401-0004, CDR 001052401-0005, EUTM 002020162 CESAR, EUTM 002884476 CESAR CULINARIA, EUTM 017901083 CESAR DESIGNED BY DOGS, CDR 001052401-0001, CDR 001184535-0001, CDR 001184535-0007, CDR 000849021-0001, EUTM 000001090 CESAR, EUTM 000047894 (Trade mark without text), EUTM 007355977 Cesar, EUTM 000886853, EUTM 001343375, EUTM 009781337 Cesar, CDR 000849021-0002, CDR 001982430-0002 LIGHTLY GRILLED, EUTM 011034816 PAWS IN PLACES, CDR 001982430-000 1LIGHTLY GRILLED, CDR 002072876-00011 PAWS IN PLACES, CDR 002072876-0002
 EUTM 007334881 CESAR SUNRISE, EUTM 017919242 CESAR TWINNING, EUTM 003676749 CESAR DEVOTIONS, EUTM 016078248 (Trade mark without text)	</t>
   </si>
   <si>
     <t>BRITA SE</t>
   </si>
   <si>
     <t>ITM 1700467/WO	BRITA,ITM 1700479/WO BRITA, EUTM 018678832/EM MAXTRA PRO,  ICD  DM/089611 - 1/WO,  ICD  DM/089611 - 2/WO, ITM  840889 Maxtra, EUTM  015403892 MAXTRA+, ITM  1071047 BRITA,  ITM  1075445/WO, ITM  1071048/WO BRITA</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000226316 swatch /fig./, EUTM 000226019 SWATCH, ITM 1134259 SWATCH </t>
   </si>
   <si>
-    <t>ITM 1525955/WO35 AVOCADO COUPLE, ITM1464863/WO AVOCADO COUPLE, ITM 1648140/WO AVOCADO COUPLE, ITM1650658/WO, ITM 1524136/WO</t>
-[...1 lines deleted...]
-  <si>
     <t>BOTTEGA VENETA S.R.L. SOCIETA' UNIPERSONALE</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 015051812-0002/EM, CDR 015059382-0014/EM, EUTM 018084635/EM BOTTEGA VENETA, ITM 947399/WO BOTTEGA VENETA, EUTM 012834016/EM BOTTEGA VENETA, ITM 1594396/WO BOTTEGA for Bottegas, EUTM 003899184/EM BOTTEGA VENETA, EUTM 011894045/EM KNOT, EUTM 006632905/EM, EUTM 006632624/EM, EUTM 006687081/EM
 EUTM 006809362/EM BOTTEGA VENETA, ICD D202195-0003/WO, CDR 008870828-0001/EM, CDR 008871693-0013/EM, CDR 009182819-0007/EM, CDR 008871693-0017/EM, CDR 015012558-0010/EM, CDR 009182744-0001/ EM, CDR 015001962-0003/EM, ICD D103165-0004/WO, CDR 009185002- 0019/EM, CDR 015001962-0020/EM, ICD D200472-0005/WO	</t>
   </si>
   <si>
     <t>ITM 1800316/WO FLOEWATER</t>
   </si>
   <si>
     <t>HELL ENERGY MAGYARORSZÁG KORLÁTOLT FELELŐSSÉGŰ TÁRSASÁG</t>
+  </si>
+  <si>
+    <t>ūdeņi, negāzēts ūdens,ūdens pudelēs</t>
+  </si>
+  <si>
+    <t>bezalkoholiskie dzērieni uz augļu bāzes ar tējas garšu, ledus tēja, tējas dzērieni,  enerģijas dzērieni,  kafijas dzērieni, kas satur pienu u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 009530254/EM HELL ENERGY DRINK, EUTM 009530511/EM HELL ENERGY, EUTM 011485133/EM HELL Energy Drink, EUTM 014642136/EM HELL energy drink, EUTM 014749253/EM HELL ENERGY, EUTM 018329594/EM HELL, EUTM 018019513/EM XIXO, EUTM 018002049/EM, EUTM 018216919/EM POWERED BY HELL, EUTM 015367592/EM HELL ENERGY DRINK, EUTM 015357271/EM XIXO, EUTM 015357353/EM XIXO, CDR 001263628-0001/EM	</t>
   </si>
   <si>
     <t>EUTM 014189385 GARDEN OF LIFE, EUTM 009975418 GARDEN OF LIFE, EUTM 018141206 GARDEN OF LIFE</t>
   </si>
   <si>
     <t xml:space="preserve">ICDDM/078358,  EUTM 010184372 HILTI Marke ohne Text, EUTM 003424661 Marke ohne Text, EUTM 005961644	 HILTI, ICD DM/081496, ICD DM/074987, ICD DM/075963, ICD DM/082019, ICD DM/082519, ICDDM/076318, CDR 000677190-0002, ICD DM/079590, ITM 1288148 HI, ICD DM/094247, ICD DM/087261, ICD DM/089713, ICD DM/094068, ICD DM/094 426, ICD DM/101 288, ICD DM/102 390, ICD DM/102 855, ICD DM202316 Job floodllight stand, ICD DM/202028 Bodenradar, ICD DM/205983 Patronen, ICD DM/080065, ICD DM/074344, ICD DM/082217, ICD DM/ 074117, CDR 000909932-0001, CDR 000100649-0001, CDR 000100649-000, ICD DM/082425, ICD DM/081539, ICD DM/081434, ICD DM/076048, ICD DM/075961, ICD DM/079577, ICD DM/077611, ICD DM/081175, ICD DM/083873, ICD DM/091866, ICD DM/081247	</t>
   </si>
   <si>
     <t xml:space="preserve"> ITM 1030712/WO NESPRESSO, ITM 882456/WO NESPRESSO. WHAT ELSE?, ITM 1137705/WO NESPRESSO WHAT ELSE?,EUTM 002977569/EM NESTLE, EUTM 002793792/EM NESPRESSO	</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 013898135Nickelodeon Blaze and the Monster Machines, EUTM 013559349 Nickelodeon Dora and Friends, EUTM015086325 Nickelodeon Shimmer and Shine, EUTM011560521nickelodeon, EUTM 011298809Nickelodeon Blaze and the Monster Machines, EUTM 004285789 Nick Jr.,EUTM004322699Nick Jr.,EUTM 000180976 Nickelodeon, EUTM 002064285 Nickelodeon, EUTM 000180992Nick Jr., EUTM 014101141Nickelodeon Shimmer and Shine, EUTM 000932731Nick Jr., EUTM 001253657Nickelodeon, EUTM003515426 Nickelodeon, EUTM013263918Half Shell Heroes, EUTM015668891 Nickelodeon Blaze and the Monster Machine, CDR 002682203-0001, CDR 002682203-0002, CDR 002682203-0003, CDR 002682203-0004, CDR 002682203-0005, CDR 002682203-0006, CDR 002682203-0007, CDR 002682203-0008, CDR 002682203-0009, CDR 001364913-0001, CDR 001364913-0005, CDR 001364913-0006, CDR 001364913-0002, CDR 001364913-0003, CDR 001364913-0004, CDR 002722934-0002, CDR 002722934-0001 
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  008487613 BEATERATOR, EUTM  003391216  93041234  MANHUNT, EUTM  007356471  93041232  BULLY, EUTM  004237186  93041230  BULLY, EUTM  008351397  RED DEAD REDEMPTION, EUTM  002582765 RED DEAD REVOLVER, EUTM  003035425 MIDNIGHT CLUB, EUTM  011398179 MAX PAYNE, EUTM  012023487 2K, EUTM  008374365 T2 TAKE TWO INTERACTIVE, EUTM  010487114 R, EUTM  008274144 R, EUTM  008236441 BIOSHOCK, EUTM  006247969 BIOSHOCK, EUTM  009126053 XCOM, EUTM  008374357  CIVILIZATION, EUTM  000546754 CIVILIZATION, EUTM  013238407EVOLVE, EUTM  000372268 GRAND THEFT AUTO, EUTM  003556172 T2 TAKE TWO, EUTM  003391133 ROCKSTAR, EUTM  001154764 GT, EUTM  004486627  2K, EUTM  008374324 ROCKSTAR, EUTM  008374332 GRAND THEFT AUTO, EUTM  008374341 GTA </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 017618208/EM JACK DANIEL'S CRISP Old No. 7 BRAND BLEND TENNESSEE CIDER CRISP APPLE CIDER BLENDED WITH JACK DANIEL´S TENNESSEE WHISKEY, EUTM 018064396/EM JACK DANIEL'S ORIGINAL RECIPE TENNESSEE APPLE, EUTM 012582094/EM, EUTM 012179487/EM Jack Daniel, CDR 015026451- 0001/EM, CDR 015026451- 0002/EM, EUTM018763147/ EM  JACK DANIEL'S OLD NO. 7 BRAND, EUTM 018897944/EM JACK DANIEL'S OLD NO. 7 BRAND QUALITY TENNESSEE SOUR MASH WHISKEY, EUTM018841362/EM, EUTM 009058702/EM,  EUTM 000154278/EMJ ACK DANIEL'S, EUTM 000957365/EM JACK DANIEL'S, EUTM 002825560/EM JACK DANIEL'S, EUTM 009058413/EM JACK DANIEL'S Old No. 7 BRAND, EUTM 009058496/ EM JACK DANIEL'S Old No. 7 Brand, EUTM 000156356/ EM JACK DANIEL`S OLD TIME NO. 7 BRAND QUALITY Tennessee SOUR MASH WHISKEY, EUTM 000154211/EM JACK DANIEL'S, EUTM 000898429/EM JACK, EUTM 009043829/EM JACK DANIEL'S, EUTM 009768136/EM JACK DANIEL'S ORIGINAL RECIPE TENNESEE HONEY, EUTM 005652607/ EM GENTLEMAN JACK RARE TENNESSEE WHISKEY, EUTM 009043886/EM  JACK DANIEL'S, EUTM 017879671/EM  JACK DANIEL'S OLD NO.7 BRAND TENNESSEE SOUR MASH WHISKEY	
 EUTM 014676555/EM JACK DANIEL'S TENNESSEE FIRE                                                                                                                                               
 </t>
@@ -8818,198 +8349,180 @@
     <t>ThisCompany Limited</t>
   </si>
   <si>
     <t>smaržas, smaržu pudeles, iepakojums kartona kastītē u.c.</t>
   </si>
   <si>
     <t>NPT EP3242887 TIRZEPATIDE (GIP AND GLP-1 CO-AGONIST COMPOUNDS)</t>
   </si>
   <si>
     <t xml:space="preserve"> injicējamie farmaceitiskie preparāti</t>
   </si>
   <si>
     <t>EUTM  005559191  TURBO BOOSTER, EUTM  002722452  CLIP 'N TRIM, EUTM  004776944 GROOMEASE, EUTM  000201327  WAHL, EUTM  004986535 WAHL SHOWMAN, EUTM  004810032  CUTEK, EUTM  004436622  WAHL</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM  8945917  Kingston Technology, EUTM  6338099  Kingston Digital, EUTM  10049971  nawm, EUTM  11665494  Mobilelite, EUTM  8239535  SSDNOW, EUTM  Travelite  Travelite, EUTM  1644350  Valueram, EUTM  5124177 Kingston, EUTM  644484 Kingston, EUTM  4282661  Data Traveller, EUTM  13107032  HyperX, EUTM  9990458 HyperXperience, EUTM  11605516 HyperX Predator, EUTM  5403746  nawm, EUTM  3598257 HyperX, EUTM  10497584 Wi-Drive, EUTM  9990482  Wi-Share  </t>
   </si>
   <si>
     <t>Hublot SA Genève</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000167767 RABEL ASSAULT, EUTM 004502944 EMPIRE AT WAR, EUTM 004492591 THE SQUAD IS YOUR WEAPON, EUTM 004233946 GENERAL GRIEVOUS, EUTM 004233888 REVENGE OF THE SITH,EUTM 004150141 THE FORCE, EUTM 003430717 SECRET WEAPONS OVER NORMANDY, EUTM 003427473  SAM &amp; MAX , EUTM 002961670 THE CLONE WARS, EUTM 002792026 KNIGHTS OF THE OLD REPUBLIC, EUTM 002791275 AN EMPIRE DIVIDED, EUTM 002558674 ATTACK OF THE CLONES, EUTM 002533370 ROGUE LEADER, EUTM 002532174  AMIDALA, EUTM 002532166 STAR WARS GALAXIES, EUTM 002532158 STAR WARS GALACTIC BATTLEGROUNDS, EUTM 002495489  GLADIUS, EUTM 002491835 CLONE TROOPER, EUTM 002341345  STAR WARS BOUNTY HUNTER, EUTM 002245611 OBI-WAN, EUTM 002237337 SEE-THREEPIO (C-3PO), EUTM 002075893 ZAM WESELL, EUTM 002072049 COUNT DOOKU, EUTM 002071900 DARTH TYRANUS, EUTM 002071710 JANGO FETT, EUTM 001806249 LIGHTSABER, EUTM 001586395JEDI POWER BATTLES, EUTM 001113836 THE PHANTOM MENACE, EUTM 000855452ROGUE SQUADRON, EUTM 000855429 FORCE COMMANDER, EUTM 000582536 DARTH SIDIOUS, EUTM 000582460 DARTH MAUL, EUTM 000559948 OBI-WAN KENOBI, EUTM 000559922 JAR JAR BINKS, EUTM 000559823  DROIDS, EUTM 000559674 ANAKIN SKYWALKER, EUTM 000559666 SENATOR PALPATINE, EUTM 000559609 NABOO, EUTM 000559591 YODA, EUTM 000559567 SEE-THREEPIO (C-3PO), EUTM 000559559  MACE WINDU, EUTM 000559542 ARTOO-DETOO (R2-D2), EUTM 000559526 JABBA THE HUTT, EUTM 000559500 WATTO, EUTM 000559278 THE CURSE OF MONKEY ISLAND, EUTM 000175380 STAR WARS, EUTM 000167908 THE DIG, EUTM 000167890  FULL THROTTLE, EUTM 000167858 OUTLAWS, EUTM 000167833 X-WING 
 </t>
   </si>
   <si>
-    <t xml:space="preserve"> 
-[...3 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 009640434, EUTM 009721762 FLESHLIGHTGIRLS, EUTM009728569 FLESHJACK, EUTM009733411 FLESHLIGHT	, EUTM 003948445 FLESH LIGHT, EUTM 016500878 TURBO, EUTM 017206459 FLESHJACK BOYS, EUTM 017206442 FLESHJACK, EUTM 018198105 FLESHLIGHT GIRLS, EUTM 008803504 SEX IN A CAN, EUTM 008803413 REAL FEEL SUPER SKIN, EUTM 008374183 FLESHLIGHT Girls, EUTM 014431936 QUICK SHOT, EUTM 012210308 FLESHSKIN, EUTM 011898319P INK LADY, EUTM 011574571 FLESHLIGHTMD, EUTM 01149570 2FLIGHT MD	
 EUTM 011289766 fleshjackboys YS, EUTM 010888311 FLIGHT, EUTM 010321339 FREAKS!, EUTM 010321321 FREAKS!, EUTM 010257954 FLIGHT, EUTM 006047336 fleshjack, EUTM 006158505 FLESHLIGHT
 EUTM 006158778 fleshjack, EUTM 006325872 FLESHLIGHT GIRLS	</t>
   </si>
   <si>
     <t>EUTM 011727856/EM, EUTM 000105247/EM PEPSI, EUTM 012931201/EM PEPSI, EUTM 000105338/EM PEPSI, EUTM 004716106/EM PEPSI:COLA, EUTM 007361967/EM PEPSI-COLA, EUTM 000105825/EM PEPSI-COLA, EUTM 004616819/EM PEPSI, EUTM 010866812/EM LIVE FOR NOW, EUTM 012405478/EM pepsi, EUTM 000106179/EM PEPSI-COLA, EUTM 000106245 /EM, EUTM 004716155/EM PEPSI, EUTM 010013407/EM</t>
   </si>
   <si>
     <t>uzkodas uz kartupeļu bāzes, dārzeņu uzkodas, mērces</t>
   </si>
   <si>
     <t>EUTM 000278580/EM LAY'S, EUTM 011183381/EM Lay's, EUTM 003810603/EM Lay's, EUTM 011183472/EM, EUTM 011183423/ EMLay's, EUTM 014259287/EMLAY'S, EUTM 013501416/EMLAY'S MAXX, EUTM 017016411/EM</t>
   </si>
   <si>
     <t>EUTM 013046198ABBIGLIAMENTO, CALZATURE, CAPPELLI, EUTW01242358 ABBIGLIAMENTO, CALZATURE, CAPPELLI,  EUTMW00881244 ABBIGLIAMENTO, CALZATURE, CAPPELLI, ITM1432470 GOLDEN GOOSE DELUXE BRAND, EUTM 016908238 GGDB/SSTAR, EUTM 1522047 FOR DREAM USE ONLY NOT DESIGNED FOR OTHER ACTIVITIES, EUTM 18171306 figurativo, EUTM 18238055 GOLDEN GOOSE figurativo, EUTM 018171305 marchio figurativo, EUTM 1568651</t>
   </si>
   <si>
     <t>EUTM 004497954, EUTM 001534213 NEXAVAR, EUTM 002684140
 EUTM 001481936 Levitra, EUTM 005895388, EUTM 002809127 Xarelto, EUTM 004791406</t>
   </si>
   <si>
     <t xml:space="preserve">   
 CDR 002020065-0018, CDR 002020065-0001,CDR 002020065-0027, CDR 001130496-0001, CDR 002020065-0015, CDR 002020065-0026, CDR 002020065-0003, CDR 002257725-0003, CDR 002257725-0004, EUTM 009674656, EUTM 009822826DU BIST NICHT DU, WENN DU HUNGRIG BIST, EUTM 009822875 PACKED WITH PEANUT POWER, EUTM 009822784 UND DER HUNGER IST GEGESSEN, EUTM 009822719YOU'RE NOT YOU WHEN YOU'RE HUNGRY, EUTM 10746451, EUTM 010670503, CDR 002257725-0005, CDR 002257725-0001, EUTM 011755162SNICKERS SATISFIES, EUTM 011755154 SNICKERS YOU'RE NOT ON THE BALL WHEN YOU'RE HUNGRY, CDR 002257725-0006, EUTM 007179435 SNICKERS GET SOME NUTS, EUTM 001181189, EUTM 001771161 SNICKERS CRUNCHER, CDR 002020065-0024, CDR 002020065-0008, CDR 002020065-0010, EUTM 000001587 SNICKERS, CDR 002020065-0012, CDR 002020065-0005, CDR 002020065-0006, CDR 002257725-0002, EUTM 009674631, EUTM 002165439  
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 009775561 UNCLE BEN'S PERFECT EVERY TIME, EUTM 009722737 UNCLE BEN'S PERFECT EVERY TIME, EUTM 012653887  HAVE A RICE DAY, EUTM 011082021 UNCLE BEN'S SIGNATURE, EUTM 010849032, EUTM 000001496 UNCLE BEN'S, EUTM 000001298 UNCLE BEN'S, EUTM 006756142, EUTM 001943604  UNLCE BEN'S, EUTM 009615519 BEGIN WITH BEN, EUTM 009775677 UNLCE BEN'S PERFECT EVERY TIME, EUTM 010072619, EUTM 002616175 10000004 UNCLE BEN'S PERFECT ANY TIME, CDR 1263248-0003, CDR 1263248-0002, CDR 1263248-0001, CDR 1284285-0001, CDR 1284285-0002, CDR 1284285-0003, CDR 1284285-0004, CDR 1284285-0005, CDR 2030015-0007, CDR 2030015-0008, CDR 2030015-0005, CDR 2030015-0006, CDR 2030015-0003, CDR 2030015-0004, CDR 2030015-0001, CDR 2030015-0002, CDR 2035766-0003, CDR 2035766-0004, CDR 2035766-0002, CDR 2035766-0001, CDR 2035766-0007, CDR 2035766-0005, CDR 1264329-0001 10000024 UNCLE BENS, CDR 2035766-0006, EUTM 001253491 10000061 Trade mark without text, EUTM 002129179 10000005 UNCLE BEN'S </t>
   </si>
   <si>
     <t>EUTM 8198111 MARTIN MARGIELA, EUTM 18622008 MARGIELA
 EUTM 6163802 MARTIN MARGIELA, EUTM 11625548 MM6 Maison Margiela, EUTM 18017443 REPLICA, EUTM 8196669, EUTM 3515582, EUTM 4718227 , EUTM 1203030 , EUTM 18811396  mAison margiela, ITM 1262280 MAISON MARGIELA, EUTM 18568592 MAISON MARGIELA, EUTM 4378139 MM6, EUTM 11460359 MAISON MARGIELA, EUTM 3544103 MARTIN MARGIELA, EUTM 18703741 MM6, EUTM 18811393, EUTM 18703732 MAISON MARGIELA, EUTM 9353046 MAISON MARTIN MARGIELA EUTM 8640328 NAWM, EUTM 3544087  Maison Margiela, EUTM 4718086,  EUTM 149167215 AC, EUTM 8669541 MARTIN MARGIELA, EUTM 18365362 MM6, ITM 1251351 MM6 Maison Margiela</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                               EUTM 0906229 ADVAGRAF, EUTM 014763593 ASTELLAS, EUTM 018711523 ASTELLAS, EUTM 1236281 GRAFICZNY (ASTELLAS PHARMA iNC., EUTM 1109738 BETMIGA, EUTM 008671489 MODIGRAF, EUTM 008250649 MYCAMINE, EUTM 1176108 OMNIC OCAS, EUTM 000123679 PROGRAF, EUTM 018400465 PROGRAFT, EUTM 1048025 URIZIA, EUTM 1046863 VESOMNI, EUTM 1048784 VOLUTSA, EUTM 1327173 XOSPATA, EUTM 1109736 XTANDI</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 6679526X5, ITM 1141054 XTREME 3 ULTIMATE, ITM 1094131 HYDRO SILK, ITM 1040435 HYDRO, ITM 996724 WILKINSON SWORD HYDRO, EUTM 11877032 PERSONNA, EUTM 10051407 POWER SELECT, EUTM 11697241 Protector WILKINSON SWORD, EUTM 1952902 XTREME III, EUTM 13677836 WILKINSON, EUTM 139055 WILKINSON, EUTM 3818622 WILKINSON SWORD, EUTM 3819703 WILKINSON SWORD
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 000151811 TIFFANY &amp; CO., EUTM 000151936 TIFFANY, EUTM 000151985 TIFFANY &amp; CO. /fig./, EUTM 000152025 TIFFANY &amp; CO., EUTM 001271204 LUCIDA, EUTM 002775039 PURE TIFFANY, EUTM 002935799 THE TIFFANY MARK, EUTM 003574936 TIFFANY &amp; CO. /fig./, EUTM 004238457 TIFFANY GRAND, EUTM 004307096 TIFFANY &amp; CO., EUTM 007152168 T &amp; CO., EUTM 007190085 TIFFANY &amp; CO., EUTM 007488621 TIFFANY, EUTM 008824161 TIFFANY TESORO, EUTM 008829806 /fig./, EUTM 008939233 TIFFANY NOVO, EUTM 004509535 T &amp; CO., EUTM 000585381 ATLAS, EUTM 006428619 TIFFANY, EUTM 009547878 /fig./, CDR 002604827-0011, CDR 002604827-0010, CDR 002604827-0009, CDR 002604827-0008, CDR 002618595-0004, CDR 002618595-0003, CDR 002618595-0002, CDR 002618595-0001, CDR 002604827-0030, CDR 002604827-0029,, CDR 002604827-0028, CDR 002604827-0027, CDR 002604827-0026, CDR 002604827-0025, CDR 002604827-0024, CDR, CDR 002604827-0022, CDR002604827-0040, CDR 002604827-0039, CDR 002604827-0038, CDR 002604827-0037, CDR 002604827-0036, CDR 002604827-0035, CDR 002604827-0034, CDR 002604827-0033, CDR 002604827- 0032, CDR 002604827-0031, CDR 002604827-0015, CDR 002604827-0014, CDR 002604827-0013, CDR 002604827-0012	</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 12443362 PRADA, EUTM 9981663 PRADA MILANO DAL 1913, EUTM 9402405 PRADA MILANO, ITM 1061532 PRADA, ITM 1061531 PRADA, EUTM 9002734 MIU MIU, EUTM 13720073 PRADA JOURNAL, EUTM 13124458, EUTM 14322473 PRADA INSIDE, EUTM 15003056 LA FEMME PRADA MILANO DAL 1913, CDR 002937896- 0001, CDR 002937896-0002, EUTM 5176003 LUNA ROSSA, EUTM 13400635 PRADA MILANO DAL 1913, CDR 003367812-0001, CDR 003367812-0002, CDR 002569178-0001, CDR 002569178-0002, EUTM 8230104 Car Shoe, EUTM 10612241, EUTM 10612257PRADA MILANO, EUTM 027747, EUTM 9774522 PRADA CANDY, EUTM 11000791 PRZ POLARIZED, EUTM 11918241 BREVETTO DELLA REAL CASA FRATELLI PRADA Milano Via Manzoni, 19 - Galleria V.E.63.65 Valigerie - Ogge, EUTM 12151908 F.LLI PRADA Valigerie Borse Gioielli 20121 MILANO GALLERIA VITTORIO EMANUELE, EUTM 12313532 PRADA DOUBLE BAG, EUTM 831271 carshoe CS, EUTM	5644661	miu miu, CDR 002767335-0001, EUTM 271163 Prada, EUTM 5216312 PRADA,  EUTM 11918331 Prada, CDR 003367804- 0003, EUTM 10239515 LUNA ROSSA, EUTM	1158591, LUNA ROSSA, EUTM 4669421 Linea Rossa, EUTM 721142 Car Shoe, EUTM 9787565 Car, EUTM 8769598 CS MONOGRAM 1.0, CDR 2367425-0001, CDR 2367425- 0002, EUTM 12279782 PRADA MILANO DAL 1913, EUTM 4253191 MIU MIU, ITM 1066516 miu miu, EUTM 10393536 MIU MIU MUSING, EUTM 13609201 LES INFUSIONS DE PRADA MILANO DAL 1913, EUTM 13609193 PRADA OLFACTORIES, EUTM 15003049 L'HOMME PRADA MILANO DAL 1913, CDR 2668921-0001	</t>
   </si>
   <si>
     <t xml:space="preserve">ITM  1421068  93085508  Taycan, EUTM  10788164  93085506  Panamera, EUTM  3915493  93085504  Panamera, EUTM  3915766  93085502  Cayman, EUTM  010195873  93085500  Cayman, EUTM  1393255  93085498  Cayenne, EUTM  12230082  93085496  Cayenne, EUTM  9396052  93085494  Boxster, EUTM  12897047  93085492  Macan, EUTM  10789089  93085490  Macan  </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 008248189 SQ3, EUTM 000019398 TT, EUTM 002248847 S line, EUTM 001614072 Audi Original Teile, EUTM 000621086 Vorsprung durch Technik, EUTM 000307413 A7, EUTM 000018838 A4, EUTM 000018846 A6, EUTM 000019471 A8, EUTM 000019414 quattro, EUTM 000021162 RS3, EUTM 000021147 RS4, EUTM 000021121 RS6, EUTM 000021105 RS8, EUTM 000019430 S3, EUTM 000019489 S4, EUTM 000019497 S6, EUTM 000019513 S8, EUTM 000994707R8, EUTM 000019505 TTS, EUTM 004775177 A5, EUTM 000018762, EUTM 012109112 RS, EUTM 010549962 Q8, EUTM 006199194  A1, EUTM 010441277 Audi Vorsprung durch Technik 
 EUTM 010441111 Audi, CDR 002153676-0005, CDR 002153528-0006, CDR 002153528-0005,CDR 002153528-0004,CDR 002153528-0002, CDR 002153320-0001, CDR 002015453-0001, CDR 002002683-0003, CDR 002002683-0002, CDR 002002683-0001, CDR 001989914-0001, CDR 001981564-0007, CDR 001981564-0006, CDR 001981564-0005, CDR 001981564-0004, CDR 001981564-0003,CDR 001981564-0002, CDR 001981564-0001,CDR 001981374-0001,CDR001915133-0001,CDR 001914771 -0002, CDR 001913435-0001, ICD DM/080062 93018250 Fahrzeug Felge </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 18046436 DIM SPORT, EUTM 17917240 DIM HYDRA ACTIV 
 ITM 1392061 DIM SEDUCTION, ITM 1392059 DIM SEDUCTION, EUTM 16263981 DIM MORPHOTECH, EUTM 16236275 DIM HYDRABOOST, EUTM 15331151 DIM POWERFUL, EUTM 14781439 DIM L'AUSTRALIEN, EUTM 13619135 DIM, EUTM 13619151 DIM, EUTM 11124286 DIM SIGNATURE, EUTM 9803818 DIM, EUTM 7315153 DIM, EUTM 6743413 DIM, EUTM 6494579 DIM IN, EUTM 5401047 DIM L'AUSTRALIEN, EUTM 5291711 DIM LAB </t>
   </si>
   <si>
     <t>EUTM 18018220 TOY, CDR 007370861-0001, CDR 005579521-0001, EUTM 18225795 Moschino, EUTM 15531387, EUTM 12527982 MOSCHINO TEDDY BEAR, CDR 004044097-0004, CDR 002974386- 0002, EUTM 1166685 MOSCHINO CHEAPANDCHIC, EUTM5166863 PHILOSOPHY di ALBERTA FERRETTI, EUTM 6322887 MOSCHINO CHEAPANDCHIC, EUTM 9210029 MOSCHINO, CDR 002974386-0001, EUTM 18786925 MO5CH1NO JEANS, CDR 004044097-0001, CDR 002617811-0001, CDR 007370861-0004, CDR 007370861-0002, EUTM 18080639PHILOSPHY DI LORENZO SERAFINI,CDR 007370861-0003, EUTM 5166475 ALBERTA FERRETTI, CDR 004044097-0002, EUTM 18697968 MOSCHINO, CDR 004044097-0003, CDR 004044097-0005, CDR 005329166-0001, CDR 005329166-0002</t>
   </si>
   <si>
     <t>EUTM 010767325/EM THE BOTANIST,EUTM 011928116/EMle botaniste</t>
   </si>
   <si>
     <t>BRUICHLADDICH DISTILLERY COMPANY LTD</t>
   </si>
   <si>
     <t>alkoholiskie stiprie dzērieni</t>
   </si>
   <si>
     <t>COINTREAU</t>
   </si>
   <si>
     <t>EUTM 000633305/EM COINTREAU E. Cointreau, EUTM 000481168/EM COINTREAU, EUTM 000481192/EME. Cointreau, EUTM 000697656/EM, EUTM 04027447/EM COINTREAU, EUTM 006433288/EM COINTREAUPOLITAN, EUTM 008809964/EM COINTREAU, EUTM 009390501/EM Cointreau Cuisine Logo, EUTM 009435454/EM COINTREAU, EUTM 009808106/EM COINTREAU</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 001842618-0001/EM, CDR 001989955-0001/EM, CDR 001989955- 0002/EM	</t>
   </si>
   <si>
     <t>R en G EQUIPMENT</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  1205336  La petite Robe noire EAU DE PARFUM COUTURE GUERLAIN PARIS,   EUTM  011838471  SAMSARA, EUTM  1164197  TENUE DE PERFECTION, EUTM  011250421 ORCHIEE IMPERIALE POT DE CREME, EUTM 011250421 ORCHIEE IMPERIALE POT DE CREME, EUTM 1149561 L'homme idéal, EUTM 1116358 La petite Robe noire, EUTM 1120380  LA PETITE ROBE NOIRE MANCHES BALLONS, EUTM 1120379 LA PETITE ROBE NOIRE ROBE BUSTIER, EUTM 1100330 LA PETITE ROBE NOIRE, EUTM 000498055 CHAMADE, EUTM 001406875 CHAMPS ELYSEES, EUTM 014399273 MARQUE SANS TEXTE LA PETITE ROBE NOIRE, EUTM 016215352 MARQUE SANS TEXTE, EUTM 1461116 MARQUE FIGURATIVE, EUTM 1461115 MARQUE SNS TEXTE, EUTM 1337951 MARQUE SNS TEXTE, EUTM 010595106 GUERLAIN FLACONS, EUTM 010595049 GUERLAIN LA PETITE ROBE NOIRE, EUTM 000993998 IMAGINE, EUTM 013428453 NO NEED TO BE L HOMME IDEAL ANYMORE YOU HAVE YOUR FRAGRANCE, EUTM 006354781 Marque figurative (cf logo dans la liste des marques), EUTM 006354807 Marque figurative (cf logodans la liste des marques), ITM 1037775 Marque figurative (cf logo dans la liste des marques), EUTM 018169205 IMAGINE, EUTM 017891573 Marque figurative (cf logo dans la liste des marques), ITM 1482540 Marque figurative (cf logo dans la liste des marques), ITM 1027547 Marque figurative (cf logo dans la liste des marques), ITM 1485396 Marque figurative (cf logo dans la liste des marques), ITM 1505203 Marque figurative (cf logo dans la liste des marques), EUTM 1348839 mon GUERLAIN, EUTM 1338431BLACK PERFECTO BY La petite Robe noire, ITM 1524912 Marque figurative (cf logo dans la liste des marques), ITM 1509779 Marque figurative (cf logo dans la liste des marques), EUTM 015506611 MON GUERLAIN, EUTM 013384458 Marque tridimensionnelle (cf visuel dans la liste des marques), EUTM 013403217 La marque représente un flacon en verre en forme de goutte écrasée sur la base, creusé en son milieu, EUTM 007529142 ABEILLE ROYALE, EUTM 007110935 Guerlain, EUTM 006102891 KISS KISS, EUTM 006102875 KISS KISS, EUTM 006061055 LES METEORITES BILLES MYTIC, EUTM 006061063 TERRACOTTA, EUTM 005804299 ORCHIDEE IMPERIALE, EUTM 03391877 AQUA ALLEGORIA, EUTM 003396108 MONOGRAMME DOUBLE G, EUTM 003391851 L'INSTANT DE GUERLAIN, EUTM 000498097 HABIT ROUGE, EUTM 000497792 LES METEORITES, EUTM 000522086 KISS-KISS, EUTM 000497917 SHALIMAR, EUTM 000125773 GUERLAIN  
 </t>
   </si>
   <si>
     <t>EUTM  002549400  W, EUTM  000081646 Wilson, EUTM  000080945  W, EUTM  002549350  Wilson</t>
   </si>
   <si>
-    <t xml:space="preserve">                                                                                                                                           EUTM  009906736, EUTM  009906892 Fred Perry, EUTM  011427945  
-[...3 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 017907339 RAMAZZOTTI, EUTM 017907343 RAMAZZOTTI AMARO AUSANO RAMAZZOTTI casa fondata nel 1815 specialita della ditta Ausano Ramazzot, EUTM 017907345 RAMAZZOTTI AMARO AUSANO RAMAZZOTTI casa fondata nel 1815 specialita della ditta Ausano Ramazzot, EUTM 017916470 RAMAZZOTTI IL PREMIO, EUTM 017930760 RAMAZZOTTI SAMBUCA AUSANO RAMAZZOTTI casa fondata nel 1815 specialita della ditta italia, EUTM 017930763 RAMAZZOTTI SAMBUCA AUSANO RAMAZZOTTI casa fondate nel 1815 specialita della ditta, EUTM 01799877 RAMAZZOTTI IL PREMIO,EUTM 017988301 RAMAZZOTI APERITIVO ROSATO, EUTM 008598351 RAMAZZOTTI AMARO FRATELLI RAMAZZOTTI, EUTM 2498137 RAMAZZOTTI MENTA FELSINA, EUTM 15184351, EUTM 001850148 AMARETTO RAMAZZOTTI, EUTM 009815143, EUTM 008621716 RAMAZZOTTI, EUTM 009840059, EUTM 010858009, EUTM 012454435, EUTM 012692547, EUTM 012441341, EUTM 010850394, EUTM 012440971, EUTM 012440475, EUTM 001850254 AMBUCA RAMAZZOTTI 
 </t>
   </si>
   <si>
     <t>getras zirgiem, zirgu paklāji</t>
   </si>
   <si>
     <t>EUTM 009771742/EMJOHNNIE WALKER GOLD LABEL RESERVE, EUTM 003644978/EMJOHNNIE WALKER GOLD LABEL, EUTM 008166548/EM JOHNNIE WALKER DOUBLE BLACK, EUTM 003105871/EMJOHNNIE WALKER BLUE LABEL, EUTM 010838324/ EMJOHNNIE WALKER, EUTM 002619740/EMJOHNNIE WALKER, EUTM 018431420/EMJOHNNIE, EUTM 012324265/EMJOHN WALKER &amp; SONS SIGNATURE BLEND, EUTM 002696383/EMJ&amp;B, EUTM 002697258/EMJ&amp;B, EUTM 002697209/EMJ&amp;B, EUTM 001837392/EMJ&amp;B, EUTM 000497693/EMJ&amp;B, EUTM002696417/EM J B, EUTM 009089723/EM HAIG SUPREME, EUTM 011691664/EM HAIG CLUB, EUTM 003232311/EMHAIG, EUTM 003186574/EM GREEN LABEL, EUTM 008945248/EM XR, EUTM 008945529/EM WALKER &amp; SON, EUTM 008441818/EM Tanqueray STERLING, EUTM 018312954/EM TANQUERAY ROYALE, EUTM 013295027/EM TANQUERAY NO. TEN, EUTM 012802963/EM Tanqueray No. TEN, EUTM 002854735/EM TANQUERAY, EUTM 008270126/EM TANQUERAY, EUTM 008216996/EM Tanqueray, EUTM 001363738/ EM T, EUTM 001363704/EM T, EUTM 007573892/ EM DIMPLE GOLD CREST, EUTM 009080755/EM WHITE HORSE, EUTM 004825493/EM GORDON'S, EUTM 005062427/EM GORDON'S, EUTM 017893752/EM GORDON'S, EUTM 001875038/EM GORDON'S, EUTM 004825485/EM GORDON'S, EUTM 008223489/EM GOLD LABEL XR, EUTM 009771569/EM GOLD LABEL RESERVE, EUTM 002234870/EM E &amp; BLENDED AND BOTTLED s's Street, Lo NTMENT TO THEIR LA, EUTM 002219848/EM E, EUTM 002219509/EM E, EUTM 008166514/ EMDOUBLE BLACK, EUTM 014222582/EMCÎROC TEN, EUTM 011099587/EM CÎROC PLATINUM, EUTM 002681385/ EMcîroc, EUTM 004360061/EM CÎROC, EUTM 009921222/EM CÎROC, EUTM 002616530/EM BLUE LABEL, EUTM 002613925/EM BLACK LABEL, EUTM 016141591/EMAlexanderGordon EST LONDON,EUTM 001194265/EM Alexander Gordon, EUTM 004054037/EM, EUTM 013294971/EM, EUTM 018992741/EM, EUTM 003222999/EM, EUTM 018776112/EM, EUTM 018775550/EM, EUTM 018728934/EM, EUTM 002771020/EM, EUTM 002773646/EM, EUTM 002773984/EM, EUTM 002774800/EM, EUTM 002696045/EM, EUTM 002692135/EM, EUTM 002683324/EM, EUTM 008945826/EM, EUTM 008447914/EM, EUTM 005523451/EM, EUTM 003297967/EM, EUTM013845425/EM, EUTM 000518605/EM, EUTM 002606598/EM RED LABEL, EUTM 005028444/EM KEEP WALKING JOHNNIE WALKER, EUTM 018082735/EM KEEP WALKING, EUTM 001432897/EM KEEP WALKING, EUTM 001432822/EM KEEP WALKING, EUTM 009080871/EM JOHNNIE WALKER XR, EUTM 009706326/EM JOHNNIE WALKER PLATINUM LABEL, EUTM 003103744/EM JOHNNIE WALKER GREEN LABEL</t>
   </si>
   <si>
     <t>CERERIA TERENZI EVELINO S.R.L.</t>
   </si>
   <si>
     <t>smaržas, sveces, aromātiskās sveces, dūmus absorbējošas sveces, dušas želeja u.c.</t>
   </si>
   <si>
     <t>EUTM 013480728/EM V CANTO BY TERENZI EVELINO, EUTM 011908811/EM TT Tiziana Terenzi Since 1968 White Fire, EUTM 012000014/ EM TT Tiziana Terenzi Since 1968 Maremma, EUTM 012952792/EM TT Tiziana Terenzi Since 1968 Laudano Nero, EUTM 018682520/EM TT Tiziana Terenzi Since 1968 Kirkè, EUTM 012239364/EM TT Tiziana Terenzi Since 1968 Chimaera, EUTM 012232914/EM TT Tiziana Terenzi Since 1968 Casanova	
 EUTM 016339831/EM TT Tiziana Terenzi since 1968, EUTM 012952578/EM TT Tiziana Terenzi Arethusa, EUTM 011200961/EM TIZIANA TERENZI, EUTM 018351601/EM TE CERERIA TERENZI EVELINO, EUTM 011365434/ EM GIARDINO BENESSERE, EUTM 011365475/EM AIR THERAPY GIARDINO BENESSERE, ITM 1709864/WO TE, ITM 1709865/WO TERENZI BOUTIQUE, ITM 1502877/WO TIZIANA TERENZI, ,EUTM 019004478/EM SOLIS CIRCV SOLIS PHASES LVNÆ DECRESCENTIS PHASES LVNÆ ACCRESCENTIS, EUTM 019044568/EM TIZIANA TERENZI</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 007464233, EUTM 017675117, EUTM 009282691, EUTM 011567294 VEET THERMACREME, EUTM  008146367  VEET TOUCHABLY SMOOTH, EUTM  011505195, EUTM  012623261 VEET INFNI´SILK, EUTM  005952701, EUTM  017925253  VEET EASY-GEL, EUTM  0087971483 VEET EASY GRIP, EUTM  010210987  VEET BODYCURV, EUTM  002940294  VEET, EUTM  002436871  VEET, EUTM  008146318  TOUCHALY SMOOTH, EUTM  008198641 SUPREM´ESSENCE, EUTM  006317631  ProMinimise, EUTM  006778013  ProClear, EUTM  005130372 KLESA HOMMES SE RASENT; LES FEMMES ONT VEET, EUTM  006317556 LASTING SMOOTH, EUTM  012623229  INFINI´SILK, EUTM  009250424  HYDRO´RESTOR, EUTM  007007362 ExpertWax, EUTM  008971442  EASY STRIP, EUTM  004655239  CARESSABLY SMOOTH, EUTM  010210953  BODYCURV, EUTM  013464581VEET RADIANT TOUCH, EUTM  013869508  ACTI-GELWAX, EUTM  013747001  VEET SILK &amp; FRESH, EUTM  013464565  VEET HAIR MINIMIZER, EUTM  003967999   PERFECT TOUCH, EUTM  003557279  LIQUID RAZOR, EUTM  005076633  MEN SHAVE, WOMEN VEET, EUTM  003253961   BLADELESS RAZOR, EUTM  004393021   BLADELESS, EUTM  003309044 A FEELING THAT LASTS, EUTM  004188066, EUTM  008591927, EUTM  008605503, EUTM  009170689, EUTM  014110928  </t>
   </si>
   <si>
     <t>CDR 004387843-0001, ITM 1701422 KURT GEIGER LONDON	
 EUTM 018354454 KURT GEIGER</t>
   </si>
   <si>
     <t>Kurt Geiger Limited</t>
   </si>
   <si>
     <t>EUTM 005339924/EM FAI, EUTM 005339841/EM Ireland, EUTM 005795737/EM FAI NATIONAL LEAGUE OF IRELAND PREMIER DIVISION, EUTM	 005795513/EM FAI NATIONAL LEAGUE OF IRELAND, EUTM 005795448/EM FAI NATIONAL LEAGUE OF IRELANDFIRST DIVISION, EUTM 005715057/EM LEAGUE OF IRELAND, EUTM 018549391/EM, EUTM018548900/EM FAI CENTENARY 100, EUTM 018451513/EM LOITV,EUTM018131244/ EM LEAGUE OF IRELAND, EUTM 003155355/EMF A IRELAND, EUTM000515627/EM FAI, EUTM 003832045/EMFAIreland</t>
   </si>
   <si>
     <t>SOCIETE DE GESTION PIERRE CARDIN</t>
   </si>
   <si>
     <t>EUTM  005875554 PIERRE CARDIN</t>
   </si>
   <si>
     <t>СРС Европа ООД</t>
   </si>
   <si>
     <t>EUTM 018550144/EM CPC COUNTER-PRESSURE CASTING MACHINES, EUTM 017917500/EM  Counter Pressure Casting MACHINES, EUTM 017917496/EM CPC MACHINES, CDR 008632038- 0001/EM, CDR 008730154-0001/EM, CDR 015045132-0001/EM, CDR 015045132-0002/EM</t>
   </si>
   <si>
     <t>TsPC pretspiediena liešanas iekārtas</t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 019041580/EM LE MORTA </t>
   </si>
   <si>
     <t>ATELIER JHP</t>
   </si>
   <si>
     <t xml:space="preserve">dārgakmeņi u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">ICD D094683-0008/WO, ICD D209870-0001/WO, ICD D203203- 0001/WO, ICD D099235-0002/WO, ICD D085333-0001/WO, ICD D085333-0002/WO, ICD D206966-0001/WO, ICD D206964-0001/WO, ICD D207207-0003/WO, ICD D207207-0004/WO, ICD D207207- 0005/ WO, ICD D207207-0001/WO, ICD D207207-0002/WO, ICD D223966- 0001/WO, ICD D223916-0001/WO, ICD D200867-0005/WO, ICD D200867-0004/WO, ICD D200867-0003/WO, ICD D200867-0001/WO, ICD D200867-0002/WO, ICD D094683-0007/WO	, ICD D094683- 0006/WO, ICD D094683-0005/WO, ICD D094683-0009/WO	
 ICD D094683-0004/WO	</t>
   </si>
   <si>
     <t>EUTM 016062515/EM BIO-OIL, EUTM 004079216/EM Bio-Oil, EUTM 016062523/EM BI-OIL, EUTM 013641915/EM BI-OIL, EUTM 009295155/EM Bi-Oil-OIL, EUTM 009295155/EM  Bi-Oil, EUTM 008511842/EM BIOIL</t>
   </si>
   <si>
     <t>Geneva Laboratories Limited</t>
   </si>
   <si>
     <t>ādas kopšanas eļļas</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 001767664/EM REMINGTON, EUTM 000209411/EM REMINGTON, EUTM 008611451/EM REMINGTON, EUTM 009561036/EM REMINGTON,  ITM 1398089/WO REMINGTON, ITM 1664015/WO REMINGTON</t>
@@ -9077,53 +8590,50 @@
 ITM 1031174/W OPANDA, ITM 568873/WO CINQUECENTO</t>
   </si>
   <si>
     <t>ITM 966965 HK, EUTM 018151218 HK, EUTM 001763465 HK, EUTM 004694873 Heckler &amp; Koc</t>
   </si>
   <si>
     <t>HECKLER &amp; KOCH GmbH</t>
   </si>
   <si>
     <t>EUTM 018688583 ZEPBOUND, EUTM 18748013 EUTM 003702248 LILLY, EUTM 018778986, EUTM 018778978 MOUNJARO, EUTM 018531486, EUTM 018703777 MOUNJARO, EUTM 018209187 MOUNJARO, CDR 015003049-0004, CDR 015003049-0015, CDR 015003050- 0001, CDR 015003049-0027, CDR 015003049-0014, CDR 015003049-0034, CDR 015003049-0035</t>
   </si>
   <si>
     <t>EUTM 010730349/EM S SPIN MASTER, EUTM 009208761/EM SPIN MASTER</t>
   </si>
   <si>
     <t>ITM 1431727/WO	logitech,  ITM680876/Logitech, ITM 0731386/Logitech, EUTM 014169684/EM ASTRO GAMING, EUTM 011640588/EM JAYBIRD, EUTM 013635529/EM LOGI, ITM 998947/WO ULTIMATE EARS, ITM 1354616/WO G</t>
   </si>
   <si>
     <t>ITM 1149858 GENEO, EUTM 017819863, EUTM 017979805 CAPSUGEN, EUTM 018173429 OXYPOD, EUTM 018795886 POLLOGEN, EUTM 017415878 OXYGENEO, EUTM 07408057 TRIPOLLAR, CDR 008734180- 0001, CDR 008736797-0001, EUTM 006551832 POLLOGEN</t>
   </si>
   <si>
     <t>EUTM 000888321 BACARDI, EUTM 000885897 BOMBAY SAPPHIRE
 EUTM 000123265, EUTM 001366996, EUTM 002525384 ERISTOFF
 EUTM 001784735, EUTM 3117256 DEWAR'S, EUTM 3511276 MARTINIITM 0878510 MARTINI RACING, EUTM 000363374 GREY GOOSE, ITM 920326 MARTINI RACING, ITM 0890134 GREY GOOSE
 EUTM 002494896, EUTM 002367514 RON BACARDI MARCA DE FABRICA, EUTM 000888214, EUTM 000885863 SAPPHIRE</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">EUTM 018174466 MIRADOR, CDR 007549506-0003, CDR 007549506-0002, CDR 006778205-0001, CDR 007549506-0001	</t>
   </si>
   <si>
     <t>EUTM 16055774 NUR DIE PRO NATURE, EUTM 14364971 NUR DIE
 EUTM 14364996 NUR DER	, EUTM1046153 NUR DER NUR DIE	
 EUTM6852149 NUR DIE QUALITÄT, EUTM6711089 NUR DIE	
 EUTM 424144 4NUR DIE, EUTM 3374493 CLEVER PRICE NUR DIE
 EUTM 6874 NUR DIE</t>
   </si>
   <si>
     <t>EUTM 003257961/EM GABBIANO, ITM 1448468/WO, EUTM 003257979/EM CASTELLO di GABBIANO, ITM 1076401/WO, ITM 1390000/WO CAVALIE RE D'ORO</t>
   </si>
   <si>
     <t>ITM 1085968/WO19 CRIMES, ITM 1468908/WO19 CRIMES, ITM 1594331/WO, EUTM 017659574/EM RR, EUTM 000615872/EM SEPPELT, EUTM 000626739/EM WYNNS, ITM 1317579/WO ST HUBERTS THE STAG, ITM 1201294/WO RAWSON'S RETREAT, ITM 1670651/WO ST HUBERT’S, ITM 1670652/WO ST HUBERT THE STAG</t>
   </si>
   <si>
     <t>Southcorp Brands Pty Limited</t>
   </si>
   <si>
     <t>ITM 1417821/WO, EUTM 000626630/EM KOONUNGA HILL, EUTM 000615864/EM PENFOLDS, ITM 1553330/WO Penfolds, EUTM 017997619/EM, ITM 1407830/WO BEN FU, ITM 1507920/WO PENFOLDS, ITM1513754/WO PENFOLDS BIN 149, ITM1581512/WO PENFOLDS BIN 51, ITM 1513782/WO PENFOLDS BIN 600, ITM 1513839/WO PENFOLDS BIN 704, EUTM 000615260/EM PENFOLDS GRANGE, ITM 1508055/WO PENFOLDS LOT 518, ITM 1547756/WO PENFOLDS LOT. 015, ITM 1548205/WO PENFOLDS LOT. 020, ITM 1302568/WO PENFOLDS MAX'S, ITM 1317477/WO PENFOLDS RWT BIN 798, EUTM 018351630/EM PENFOLDS ST HENRI, EUTM 001439462/EM RWT</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 013592671 HERITAGE ART &amp; DESIGN OF THE OLYMPIC GAMES, ITM 1445565 BEIJING 2022, ITM 1327205 BEIJING 2022, ITM 1205034 BEIJING 2022, EUTM 018311409 TOKYO 2021, EUTM  018233834 TOKYO 2021, ITM 1127014 TOKYO 2020, EUTM 002827632 THE OLYMPICS, EUTM 002970366, ITM 1026242, EUTM 000876383 OLYMPIC GAMES, EUTM 009814294 OLYMPIC, ITM 1055101 OLYMPIAN, ITM 1496460 OLYMPIAN, ITM 1128499	 OLYMPIAD, ITM 1452513  OLYMPIC HERITAGE	</t>
   </si>
   <si>
     <t>EUTM  009208761 Spin Master, EUTM 010730349 S Spin Master, EUTM 015860174/EM THE ONE &amp; ONLY KINETIC SAND	
@@ -9205,172 +8715,166 @@
   <si>
     <t>M H C S</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni, ekstrakti alkoholiskie augļu ekstrakti</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 006819321/EM NIKEWOMEN, EUTM 012413613/EM RISK EVERYTHING, EUTM 016026338/EM ZONAL, EUTM 005733795/EM NIKEGOLF, EUTM 005698097/EM PACEKEEPER, EUTM 011600699/EM DESIGNED TO MOVE, EUTM 013146725/EM NIKE AIR, EUTM 012137493/ EM MAGISTA, EUTM 011718889/EM HYPERVENOM	, EUTM 011722931/ EM HYPERFLECT, EUTM 008117715/EM NIKE GRIND, EUTM 000278093/ EM NIKE TOWN, EUTM 000278077/EM AIR JORDAN, EUTM 000277889/ EM NIKE, EUTM 007554637/EM NIKE PRO COMBAT, EUTM 012441051/ EM COLORDRY, EUTM 015827231/EM NIKE HYPERSTRONG, EUTM 006455307/EM FLYWIRE, EUTM 016768418/EM NIKE JOYRIDE, EUTM 0121163 98/EM JUST DO IT, EUTM 003289253/EM 90, EUTM 000555763/ EM ACG, EUTM 000514984/EM JUST DO IT, EUTM 000278101/EM DRI-F.I.T., EUTM 014345284/EM, EUTM 001071000/EM, EUTM 012492583/EM FLIGHT23, EUTM 012600128/EM NIKE AEROLOFT, EUTM 000277624/EM CHALLENGE COURT, EUTM 005184619/EM LUNGE,EUTM 007448095/EM LUNARG, EUTM 016026379/EM JUST DO IT, EUTM 010687713/EM NIKE+ SPORT, EUTM 000277970/EM THERMA-F.I.T., EUTM007577381/EM TOTAL90, EUTM 006952089/EM VAPOR, EUTM 007054216/EM POWER PLATFORM, EUTM 010687788/EM NIKE+ TRAINING, EUTM 010687739/ EM NIKE+ BASKETBALL, EUTM 002584340/EM ACG, EUTM 006058606/ EM NIKEID., EUTM 010898344/EM NIKE PRO COMBAT HYPERSTRONG
 EUTM 003712023/EM LBJ, EUTM 004961041/EM PHYLAR, EUTM 018205522 AIR270, EUTM 002631349/EM PRESTO, EUTM 010616993/EM NIKE+ FUELBAND, EUTM 004719282/EM THE EYES LEAD THE BODY, EUTM 014626006/EM VOMERO, EUTM 009022187/EM T90, EUTM003014 552/EM TRIAX,  EUTM 001155530/EM Tn AIR	</t>
   </si>
   <si>
     <t>EUTM	018212726 CHRISTIAN DIOR, EUTM 008948077 CD, EUTM 008927436 CD, EUTM 006463046 Dior, EUTM 005830328 Dior, EUTM 004705398 Dior, CDR 000058300-0001, EUTM 000391615, ITM 1100187, CDR 002274977-0001, CDR000058300-0002, CDR 009187750-0001, CDR 009187750-0003, ICD DM/086702, ITM 1360032 J'ADIOR, ITM 1564053 CD ITM 1564066 CD CD CD CD CD, EUTM 017817255 CHRISTIAN DIOR, ITM 1738992, ITM 991522 Dior,ITM 951058 Dior,ITM	950302,ITM1205417 CD, ITM 1102827DIOR</t>
   </si>
   <si>
     <t>EUTM 000514901/EM SWOOSH,EUTM 012995973/EM MERCURIAL
 EUTM 013072988/EM NIKE AIR VAPORMAX, EUTM 004724324/EM TUNED AIR, EUTM 008423477/EM, EUTM 012101689/EM NIKE, EUTM 001187483/EM, EUTM 006952287/EM, EUTM 004966487/EM ATHLETICS WEST, EUTM 004653648/EM, EUTM 007534101/EM AIR FORCE I, EUTM 005141858/EM, EUTM 010777761/EM FLYKNIT, EUTM 006253645/EM BECOME LEGENDARY, EUTM 000277731/EM NIKE F.I.T., EUTM 000252361/EM STORM-F.I.T., EUTM 004626552/EM 90, EUTM 007585003/ EM COR72Z, EUTM 003279247/EM 90, EUTM 008539702/EM MS, EUTM 000827824/EM nike, EUTM 009022245/EM TIEMPO, EUTM 003712023/EM LBJ, EUTM 004961041/EM PHYLAR</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 002128124-0007, CDR 002128124-0009, EUTM 007546799 DENTAFLEX , EUTM 014204853 PEDIGREE. FEED THE GOOD, EUTM 017884522 PEDIGREE DOG DATES, CDR 001246557-0001, CDR 002128124-0001, CDR 002128124-0010, EUTM 017902186 PEDIGREE SEASON OF GOOD DOG, EUTM 008527517 POCKETS, CDR 001246557-0002, EUTM 005646823, EUTM 000001066 PEDIGREE, EUTM 011862356 HIDE AND SNIFF, CDR 000654140-000, CDR 000725064-0001, CDR 000275064-0002, CDR 000760673-0002, CDR 000760673-0003, CDR 000760673-0004, CDR 0001246557-0001 
 CDR 0001981457-0005, CDR 0001981457-0004, CDR 002009100-0001, CDR 002009100-0002, CDR 002035733-0013, EUTM 006112171 THE PEDIGREE ADOPTION DRIVE, EUTM 006299374 PEDIGREE JOINT CARE, EUTM 006708051, EUTM 009833427 XTRA VITAL PROTECTION, EUTM 009950668 PEDIGREE VITAL PROTECTION, EUTM 010258671 PEDIGREE DENTATUBOS, EUTM 010561215 PEDIGREE PUPPY TO DOG, EUTM 010930832, EUTM 011420461, EUTM 011420346 DENTURE YOUR DOG, EUTM 011420429 DOGGIE DENTURES, EUTM 011423936 EDIGREE 4 IN 1 NUTITION, EUTM 011423886 PEDIGREE VITAL NUTRITION, EUTM 011436516 LA VIE A BELLES DENTS, EUTM 000395434 PEDIGREE, EUTM 007249667 The PEDIGREE Adoption Drive, CDR 000760673-0001, CDR 000725064-0002, CDR 001981457-0004, EUTM 011641768 LA ViE À BELLES DENTS, EUTM 008758815 PEDIGREE JUMBONE, CDR 001981457-0005, EUTM 014354906 PEDIGREE, EUTM 017884765 PEDIGREE FESTIVAL OF GOOD DOG </t>
   </si>
   <si>
     <t xml:space="preserve"> CDR 004519874-0043, CDR 004519874-0001 Celebrations, CDR 001998592-0001, CDR 001188544-0001, EUTM 018055033 Bring the Whoop Whoop, CDR 004519874-0034, CDR 004519874-0035, CDR 004519874-0036, CDR 004519874-0049, CDR 004519874-0040, CDR 004519874-0037, CDR 004519874-0062, CDR 001951344-0002, CDR 004519874-0007 Special Mix, EUTM 017545211 CELEBRATIONS, EUTM 011432812 CELEBRATIONS ADVENTURES IN CHOCOLATE!, EUTM 007560345, EUTM 008188088 Celebrations, EUTM 010200699 CelEBraTiONs, EUTM 017545187, CELEBRATIONS, EUTM 003698214, EUTM 002522480, EUTM 005015698, CDR 004519874-0022, CDR 004519874-0024 Celebrations, CDR 004519874-0028 </t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM   50295221  havaianas (marchio tridimensionale), EUTM   55576789  Havaianas, EUTM  55637353  Figurativo (senza elementi denominativi), EUTM   58699183  marchio figurativo (senza elementi denominativi), EUTM   64515305  Havaianas, EUTM  011335593 Havaianas, EUTM  012464831 marchio figurativo (senza elementi denominativi) , EUTM  012470241  Marchi figurativo (senza elementi denominativi), EUTM  012092722   Havaianas, EUTM  011044369   HAVAIANAS ALWAYS SUMMER, EUTM  009748666  Alpargatas, EUTM  008170953  Marchio figurativo senza denominazione, EUTM  011107646   HAVAIANAS SPORT, EUTM  011056281   Havaianas, EUTM  008664096    Havaianas, EUTM  009901059  Havaianas, EUTM  011350857 Havaianas, EUTM  009888066   ALPA, EUTM  011335593  Havaianas (tridimensionale), EUTM  012460184  Havaianas, EUTM  009748724   Alpargatas, EUTM  011070414  figurativo (senza elementi denominativi) 
-[...2 lines deleted...]
-  <si>
     <t>ITM 1467989 Bienen Logo (reine Bildmarke), EUTM 007353469 PATRON	, EUTM 017817214	 PATRÓN, EUTM 001747666 PATRON</t>
   </si>
   <si>
     <t xml:space="preserve">          
 EUTM 009631029 ZUMBA SENTAO,  EUTM 008551186 ZUMBATOMIC, EUTM 008547952 ZUMBATHON, EUTM 006712475Zumba Fitness, EUTM 004972121 ZUMBA FITNESS, EUTM 006712434 ZUMBA fITNESS, EUTM 006712152 ZUMBA fitness, EUTM 008551269 ZUMBA, EUTM 009855859 ZUMBA FITNESS, EUTM 009855669 ZUMBA FITNESS
 EUTM 010219111ZUMBA 
 </t>
   </si>
   <si>
     <t>ICD DM/214904 VOIR PHOTOS SUR LISTE, ICD DM/213298 VOIR PHOTOS SUR LISTE, ICD DM/077956 VOIR PHOTOS SUR LISTE, ICD DM/075437 VOIR PHOTOS SUR LISTE, ICD DM/072781 VOIR PHOTOS SUR LISTE, ICD DM/202832 VOIR PHOTOS SUR LISTE, ICD DM/100828 VOIR PHOTOS SUR LISTE, ICD DM/200999 VOIR PHOTOS SUR LISTE, ICD DM/206548 VOIR PHOTOS SUR LISTE, ICD DM/205604 VOIR PHOTOS SUR LISTE, ICD DM/096328 VOIR PHOTOS SUR LISTE, ICD DM/091100 VOIR PHOTOS SUR LISTE, EUTM 012875803 CHAUMET, CDR 000895925-0003 Bagues	
 CDR 000697990-0001 Bagues, ITM 1360161 CHAUMET	, ITM 1345714 C, ITM 149055 CHAUMET PARIS L'art de la joaillerie depuis 1780, ITM1332186 JEUX DE LIENS, ITM1519398 JEUX DE LIENS HARMONY, ITM1373606 Liens d'Amour, ITM1373607 LIENS EVIDENCE, ITM1373605 LIENS SEDUCTION, ITM1278058 AIGRETTE IMPERIALE, ITM1067410 BEE MY LOVE, ITM1353320 TORSADE DE CHAUMET, ICDDM/086354 VOIR LISTE DES DROITS, ICDDM/081075</t>
   </si>
   <si>
     <t xml:space="preserve"> ITM  1262696  Marlboro, CDR  002490581-0010 MARLBORO, CDR  002490581-0009, CDR  002490581-0008  MARLBORO, CDR  002490581-0007, CDR  002490581-0006, CDR  002490581-0005, CDR  002490581-0004, CDR  002490581-0003, CDR  002490581-0002  MARLBORO, CDR  002490581-0001, EUTM  002 800 670 Basic, EUTM  001 653 708, EUTM  000 778 191 Marlboro, EUTM  000 075 606 MARLBORO, EUTM  000 075 812 BASIC, EUTM  000 075 705 BOND STREET, EUTM  000075564 PHILIP MORRIS, EUTM  0 943 443 RED &amp; WHITE, EUTM  003 197 399 PHILIP MORRIS SUPREME, CDR  002856989-0002, CDR  002856989-0001, ITM  1238460  93040336  Marlboro, ITM  1262697 Marlboro, ITM  1262698 Marlboro, ITM 1262699 Marlboro,ITM1239951  Marlboro, EUTM13209771Marlboro, EUTM  000186221VIRGINIA SLIMS FILTER,CDR  002490581-0020  MARLBORO, CDR  002490581-0019, CDR  002490581-0018  93031414  MARLBORO, CDR  002490581-0017, CDR  002490581-0016  MARLBORO, CDR  002490581-0015  93031404, CDR  002490581-0014  MARLBORO, CDR  002490581-0013, CDR  002490581-0012  MARLBORO, CDR  002490581-0011 </t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1307481 i5, EUTM 018898983 BMW Park	, ITM 1721016 iX9, ITM 1721017 iX8, ITM 1721015 iX7, ITM 1721014 iX6, ITM 1722227 iX5, EUTM 000653881 MINI COOPER ITM 1339740 MINI, CDR 002707240-0001, ITM 945064, EUTM 016244378, ITM 1238653 MINI, ITM 1241163, EUTM 003149325, ITM 1374845, ITM 1362589, ITM 1356117, ITM 1349847, ITM 1349846, EUTM 00497453 MINI, EUTM 000091835 BMW, EUTM 000143909 MINI, EUTM 003145034 MINI, EUTM 000302406 MINI, EUTM 004319844 M, CDR 000775747-0001, CDR 000304274-0006, EUTM 000091884  BMW, EUTM 003145067 91087800 MINI, EUTM 000653881 MINI COOPER, ITM 1354464, EUTM 014015143  BMW, ITM 1325739 93073642 iPerformance, CDR 002144352-0001, CDR 002205575-0012, CDR 002323766-0001, CDR 002205575-0005, CDR 002156554-0010, CDR 001908807-0002, CDR 001846346-0004, CDR 001772922-0009, CDR 001744640-0004, CDR 001693599-0001, CDR 001655861-0003, CDR 001636978-0014, CDR 001636978-0011, CDR 000936281-0002, CDR 001754979-0001, ITM 972752  JOHN COOPER WORKS, ITM 1083779, ITM 1000463 93055468 M, CDR 002460402-0009, CDR 001714668-0002, CDR 002015602-0003, ITM 1364755, ITM 1352556, ITM 1375115
  </t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM  3236619 FIGURATIVA OSO KAOS, EUTM  11882 TOUS MARCA DENOMINTIVA, ITM  1008239 FIGURATIVA cuadrado oso, tulipán, flor, EUTM  1755636 OSO TOUS (BOCA Y OJOS), EUTM  1450600 TOUS MARCA DENOMINATIVA, ITM  1152997   FIGURATIVA NIÑO  2, ITM  1152996   FIGURATIVA NIÑA, ITM  1064125 FIGURATIVA NIÑA, ITM  1051988 FIGURATIVA NIÑO, EUTM  2739381  DENOMINATIVA TOUS, EUTM  5477922  FIGURATIVA OSOS KAOS, EUTM  8378531  3D CAJA ENVOLTORIO, CDR  001990805-001/002 DISEÑO COMUNITARIO ELEFANTE, CDR  001598319  DISÑEO COMUNITARIO OSO BUBBLE, CDR  002149096-001/002/003/004/005  FIGURATIVO 3D LAZO, DUNA, DISCO MARIPOSA, CDR  002081851-001/002/003/004/005,  002081851-001/002/003/004/005 FLORES Y OSO INFINITY  
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve">                                                                                                                                                                                                                    EUTM 001508530 EVERLAST,EUTM 002507028 EVERLAST, EUTM 003295061 EVERLAST, EUTM 004909115 EVERLAST, EUTM 01390356 EVERLAST CHOICE OF CHAMPIONS, EUTM 013907407 EVERLAST, EUTM 009003393 EVERLAST, EUTM 013906888 EVERLAST E, EUTM 013925086EVERLAST E, EUTM 015120595 EVERLAST F.I.T., EUTM 004670899 EVERLAST, EUTM 01390344 EVERLAST, EUTM 003216306 EVERLAST CHOICE OF CHAMPIONS, EUTM 011269925 EVERLAST, EUTM 011374048 EVERLAST, EUTM 011698032 EVERLAST, EUTM 013503701 EVERLAST, EUTM 016370561 EVERLAST E, EUTM 013903307 E, EUTM 002203339 EVERLAST, EUTM 016384026, EUTM 010196327 EVERLAST, EUTM 011531878 EVERLAST, EUTM 015762057 EVERLAST F.I.T., EUTM 006180913 GREATNESS IS WITHIN, EUTM 013906722 GREATNESS IS WITHIN, EUTM 013903381 E, EUTM 012642121 E	
 EUTM 006181011, EUTM 012642286 E	
 </t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 008671521/EM MONTALE,ITM 1349853/WO, MTL MONTALE 3/WO MTL MONTALE, CDR 001835836-0001/EM, ITM  1156506, ITM  1020922, EUTM  009324237   M MANCERA, EUTM  008671521  10977166  MONTALE, ITM, EUTM  014675599  10977169  OUDMAZING, CDR  001835836-000, CDR 005910544-0001/EM   </t>
   </si>
   <si>
     <t xml:space="preserve">CDR  000942412-0002, CDR  001944984-0002, CDR  001944984-0003 
 CDR  001944984-0004, CDR  001944984-0005, CDR  001944984-0006  
 CDR  001944984-0001, CDR  000942412-0003, EUTM  004323317 MARS, EUTM  006360028 MARS WORK, REST AND PLAY, EUTM  006405062 MARS REFUEL, EUTM  009254251  Mars, EUTM  002152825 Mars , EUTM  002830172 Mars DRINK, CDR  000942313-0001, CDR  000942313-0002, CDR  000942313-0003, CDR  000942412-0001  
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000394189/EM BRAUN, CDR 000102827 - 0007/EM,  ICD  D079213/ WO, ICD D073819/WO, ICD D072551/WO, ICD DM/093 043, ICD DM/087897, ICD DM/091 110, ICD DM/098 341
 </t>
   </si>
   <si>
     <t>CDR 002546317, CDR 002546200</t>
   </si>
   <si>
     <t>Häfele SE &amp; Co KG</t>
   </si>
   <si>
     <t>instrumenti mēbeļu pēdu regulēšanai</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 018304869 ISLA DAWN, EUTM 018304866 EDDIE DENNIS	
 EUTM 018304872 JACK STARZ, EUTM 018561950 NXT 2.0	
 EUTM 019067034 THE PURE FUSION COLLECTIVEEUTM 006403125 DUDE LOVE, EUTM 006402994 MICK FOLEY, EUTM 006402911DH SMITH, EUTM 006375521 AYDEN JETER, EUTM006375431 WWE MAGAZINE &amp; Device, EUTM006374011AUSTIN 3:16, EUTM 006373997WHAT?, EUTM006373948LEGEND KILLER, EUTM 006373898 JESSE DALTON, EUTM 006373864 FESTUS DALTON, EUTM006368658 GLAMAZON, EUTM 002420925 SMACKDOWN, EUTM 002420917 SURVIVOR SERIES, EUTM 002420891 KING OF THE RING, EUTM 002420875 HEAT, EUTM 002238319 CHYNA, EUTM 002168334 SMACK DOWN RECORDS Logo, EUTM 00186820 HHH, EUTM 01768464HHH (Stylised), EUTM 001731165 LAYETH THE SMACKETH DOWN, EUTM 001731132 TITANTRON, EUTM 001730894 TRIPLE H, EUTM 009873399 TOUGH ENOUGH Logo, EUTM009861998 STONE COLD STEVE AUSTIN, EUTM 009857947 EDGE, EUTM 009857921 TRIPLE H, EUTM 009857905 SUMMERSLAM, EUTM 009857889 ROYAL RUMBLE, EUTM 09857871 EDDIE GUERRERO, EUTM 009857848 THE ROCK, EUTM 009857806 STONE COLD STEVE AUSTIN, EUTM 009857764 BIG SHOW, EUTM 009857723REY MYSTERIO, EUTM 011969631 BRODUS CLAY, EUTM 011906153 WWE SLAM CITY, EUTM 011905312 BELLA TWINS, EUTM 011826542 CURT AXEL, EUTM 011788965 CRUSH WEAR, EUTM 011788866 CRUSH GEAR, EUTM 011759073 TOTAL DIVAS, EUTM 011759008 CRUSH COUTURE, EUTM 011713435 DIVA DIARIES, EUTM 011705548 DIVALICIOUS, EUTM 011700747 WWE New Scratch Logo, EUTM 015747355 RAN METALIK, EUTM 015721111 WWE TALKING SMACK, EUTM 015690399S HINSUKE NAKAMURA, EUTM 015622897 INTERCONTINENTAL CHAMPION, EUTM 015596745 WWE STORY TIME, EUTM 015545569 NXT Logo (Horizontal)</t>
   </si>
   <si>
     <t>CDR 002500991, CDR 002500991-0008, CDR 002500991-0011, CDR 002500991-0025, CDR 002500991-0002, CDR 002500991- 0005, CDR 002500991-0012, CDR 002500991-0014, CDR 002500991-0015, CDR 002500991-0018, CDR 002500991- 0019, CDR 002500991-0023, CDR 002500991-0004, CDR 002557983- 0008, CDR 002500991-0006, CDR 002500991- 0007, CDR 002500991-0010, CDR 002500991-0017,  CDR 002500991-0020, CDR 002500991-0024, CDR 002500991- 0026, CDR 002557983- 0001, CDR 002557983-0003, CDR 002557983-0007,  CDR 002500991-0016, CDR 002500991- 0001, CDR 002500991-0003, CDR 002500991-0009, CDR 002557983-0002,  CDR 002500991- 0021, CDR 004034072- 0005, CDR 004034072-0003,  EUTM 018152863 Trade mark without text, EUTM 012948221 Trade mark without text, CDR 004034 072 -0001, CDR 004034072-0002, CDR 004034072-0004, EUTM 011045325 PAW PATROL, EUTM 012922571 PAW PATROL, EUTM 012948105 PAW PATROL, EUTM 018152851 Trade mark without text, EUTM 018152859 Trade mark without text, CDR 004034072-0006, CDR 004034072-0007, EUTM 010730349/EM S SPIN MASTER, EUTM	009208761/EM SPIN, ASTER,EUTM010960839/EM RYDER, EUTM 011463891/EM NO JOB IS TOO BIG, NO PUP IS TOO SMALL, EUTM 011030715/EM PUPS AT WORK, EUTM 018814070/ EM RUBBLE &amp; CREW</t>
   </si>
   <si>
     <t>CDR 005276623-0010, CDR 005276623-0011, CDR 6893665-0001, CDR 6893665-0002, EUTM 000342683 BLAHNIK, CDR 005276623-0007, CDR 007262274-0001, EUTM 5310685 MANOLO BLAHNIK, EUTM 2773547MANOLO,CDR005276623-0001,CDR005276623-0002,CDR005276623-0008, CDR 005276623-0009, EUTM 5120332, CDR 005276623-0006, CDR 005276623-0005, EUTM 5120365 BLAHNIK, EUTM 15679426 NAWM, EUTM 9336661 MANOLO BLAHNIK, CDR 005276623-0004, EUTM 14460448 NAWM, EUTM 14460455 NAWM, CDR 005276623-0003, EUTM 2754166 BLAHNIK</t>
   </si>
   <si>
     <t>EUTM 006461041 KAMASUTRA, CDR 000840442-0001 Modele de pendentif, CDR 000840442-0002 Modele de bague, CDR 000274840-0001 Modele de pendentif	, CDR 000274840-0004 Modele de bracelet, CDR000274840- 0005 Modele de bracelet, CDR 000274840-0006Modele de bracelet,CDR 000274840- 0011 Modele de bague,CDR000840442-0003 Modele de bracelet ouvert, CDR 000840442-0004Modele de pendentif Kamasutra, CDR001721762- 0003 Modele de bijoux, CDR 001721762- 0007 Modele de menottes Dinh Van 925, CDR001721762-0021 Modele de bague,CDR 002260778-0008Modele de bague, CDR 001721762-0018 Modele de boucles d'oreilles,CDR 001721762-0012Modele de menottes Dinh Van 750, CDR 001721762-0017 Modele de bijoux, CDR 001721762-0019 Modele de collier, CDR 002260778-0009 Modele de bague, CDR 002260778-0010 Modele de bague, CDR 002260778-0012 Modele de bague, CDR 002260778-0013 Modele de bague, CDR 004697449-0001 Modele de bague, CDR 004697449-0003 Modele de bague, CDR004697449- 0004 Modele de bague, EUTM 002998763 PI, EUTM 003584935 DINH VAN, EUTM 003586931 CIBLE, EUTM 008849201 PI INDEPENDENT, EUTM 011878816 SPIRALE, EUTM 015228877 LE CUBE DIAMANT, EUTM 003601341 PI CHINOIS</t>
   </si>
   <si>
     <t>CDR 005200524-0001/EM</t>
   </si>
   <si>
     <t>tualetes skalojamais</t>
   </si>
   <si>
-    <t>EUTM 007180748 RAINBOW BRITE, EUTM 005376561 hoops&amp; yoyo
-[...2 lines deleted...]
-  <si>
     <t>HALLMARK CARDS INCORPORATED</t>
   </si>
   <si>
     <t>apģērbi, kancelejas preces, apsveikuma kartītes u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 003712959-0016, CDR 003712959-0025, CDR 003712959-0026, CDR 003712959-0027, CDR 003712959-0028, CDR 003712959-0029, CDR 003712959-0009, CDR 001291066-0001, CDR 002012336-0003, EUTM 001541739, EUTM 001834373, CDR 003712959-0024, EUTM 010530558 M&amp;M'S IT DOESN'T GET BETTER THAN THE ORIGINAL, EUTM 010530483  M&amp;M'S NOTHING FANCY, JUST THE FACTS, EUTM 010530509  M&amp;M'S THE BIGGEST THING TO HAPPEN TO MILK, CHOCOLATE, EUTM 010722411 10000027 MS. BROWN, EUTM 010749191, EUTM 002744639 RED, EUTM 002743706 YELLOW, EUTM 012437885 MY M&amp;M'S, EUTM 003849148, EUTM 003853298, EUTM 003849023, EUTM 003853281, EUTM 003849122, EUTM 003849056, EUTM 011455731 M&amp;M'S, EUTM 001837384, EUTM 001838689, EUTM 009858151 NEVER LET 'EM SEE YOU MELT, EUTM 010065027 M&amp;M'S INTENSE, EUTM 002443232 M&amp;M'S, EUTM 000001446 M&amp;M'S, EUTM 005422142, EUTM 005422332, EUTM 005555164, EUTM 005555156, EUTM 001838713, EUTM 000656223 10000039 M&amp;M'S, EUTM 008749673 M&amp;M'S, EUTM 008504649, EUTM 008504615, CDR 003712959-0004, CDR 003712959-0005, CDR 003712959- 0007, CDR 003712959-0011, CDR 003712959-0012, CDR 003712959-0013, CDR 003712959-0015, CDR 003712959-0017 
 </t>
   </si>
   <si>
     <t>EUTM 018871160 LIFTER MOBILE ROBOTICS PRAMAC, EUTM 015077548 PRAMAC, EUTM 006941793 PRAMAC, EUTM 018871143 LIFTER MOBILE ROBOTICS PRAMAC</t>
   </si>
   <si>
     <t>PR INDUSTRIAL S.R.L.</t>
   </si>
   <si>
     <t>PRAMAC dīzeļa ģenerators GSW30Kw</t>
   </si>
   <si>
     <t>ICD D091620-0003/WO</t>
   </si>
   <si>
     <t>pārtikas konteineri</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 018329333 C, EUTM 018329326 CHAMPION, EUTM 018329321 CHAMPION, EUTM 017962208 100 YEARS FOR THE TEAMEUTM 11510252 HYDROWEAR BY CHAMPION, EUTM 122598 CHAMPION LOGO, EUTM 11510229 HYDROTECH BY CHAMPION, EUTM 122564 CHAMPION U.S.A. LOGO, EUTM 12628749 RUNNING MAN+C, EUTM 122630 CHAMPION, EUTM 11778586 RUNNING MAN (SOLO IMMAGINE), EUTM 5163183 CHAMPION TEAM UNIFORMS, EUTM 11296852 CHAMPION, EUTM 11298262  C LOGO, EUTM 11364841 CHAMPION, EUTM 3941424 AUTHENTIC ATHLETIC APPAREL, EUTM 5777834 CHAMPION LOGO, EUTM 122531 C LOGO, EUTM 11801255 RUNNING MAN IN A SEMICIRCLE (SOLO IMMAGINE), EUTM 11364767 CHAMPION, EUTM 122358 IT TAKES A LITTLE MORE TO MAKE A CHAMPION, EUTM 4870168 LOGO, EUTM 12628558 RUNNING MAN IN A SEMICIRCLE (SOLO IMMAGINE), EUTM 853556 X-PULSE, EUTM 12628855 CHAMPION </t>
   </si>
   <si>
     <t>EUTM 018714012 MOBSTER, EUTM 018711868 SOCIAL SMOKE	
 EUTM 018711889, EUTM 018701363 FOREVER YOUNGITM 1591058 ABSOLUTE ZERO, EUTM 013653721, EUTM 017926438 MESMERISE, EUTM 013653712, EUTM 017368135 Social, EUTM 011554698 SOCIAL SMOKE</t>
   </si>
   <si>
     <t>Honda Motor Europe LTD</t>
   </si>
   <si>
+    <t>gaisa spilveni automašīnām motocikli,  elektrības ģenerators u.c.</t>
+  </si>
+  <si>
     <t>EUTM 016253502 Pranamat, EUTM 016253528 PranaPillow, EUTM 016265332 Pranamat ECO, EUTM 018065860 Schmerzt so gut!, ITM1174027 PRANA MAT   ECO, ITM 1247756 PRANAMAT, CDR 001552605, CDR 001584731, CDR 005242559, ICD D210564</t>
   </si>
   <si>
     <t>EUTM 003922143/EM SKF, EUTM 000147074/EM SKF, EUTM 000146878/EM SKF, EUTM 001725845/EM SKF</t>
   </si>
   <si>
     <t>Aktiebolaget SKF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">rūpnieciskās eļļas un smērvielas, vaski,  putekļu absorbētāji, mitrinātāji un saistvielas, sveces un daktis apgaismošanai, lauksaimniecības instrumenti, olu inkubējamās mašīnas, tirdzniecības automāti, rokas instrumenti un darbarīki, galda piederumi, skuvekļi  neelektriskie kabeļi un stieples no parastajiem metāliem, mazas datortehnikas un metāla preces, metāla konteineri uzglabāšanai vai transportēšanai, plastmasas loksnes, plastmasas plēve un plastmasas maisiņi iepakošanai un iesaiņošana u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 005628144, EUTM 012644225 asics, ITM 1378136ASICS Tiger
 ITM 1396309 Asics TIGER, ITM 1416514 ASICSTIGER, EUTM 005653852 asics, EUTM 006383574 nawm, EUTM 003242187 nawm, EUTM811294/Asics, EUTM 5811328/Asics, EUTM 4709739/Asics, EUTM 5653852/Asics, EUTM 6383574, EUTM 3242187, EUTM 5626577, EUTM 56288086, EUTM 4360939/Onitsuka Tiger, EUTM 2965101/Onitsuka Tiger, EUTM 5166103/ Onitsuka Tiger 
  </t>
   </si>
   <si>
     <t>ASICS EUROPE BV</t>
   </si>
   <si>
     <t>EUTM 18202495 Palm Angels, EUTM 18182274 PALM ANGELS x PALM ANGELS. ALL RIGHTS RESERVED, EUTM 17866896 Pam Angels, EUTM 13896006 Palm Angels</t>
   </si>
   <si>
     <t xml:space="preserve">CDR  002193367-0001, CDR  002153254-0001, EUTM  017549585  
 EUTM  1343181 OLMECA, EUTM  012088928 SWITCH ON THE NIGHT, EUTM  009660978 Jesús Hernández, EUTM  008343741 OLMECA ALTOS, EUTM  007530868 OLMECA </t>
   </si>
   <si>
     <t>EUTM 004873411 BABOLAT, EUTM 000707034, ITM 1092433, ITM 1191772 PLAY, ITM 1196315 10434132 PLAY, ITM 1302911 10662609 POP, EUTM 003741981</t>
   </si>
   <si>
     <t>ICD DM/233039, ICD DM/222773,CDR 015058841-0004,CDR 015058841-0003, CDR 015058841-0002, CDR 015058841-0001, CDR 015021736-0005, EUTM 018591923 WATER 2.0, EUTM 018988175 Sip. Swap. Repeat., ICD DM/217 839, ICD DM/229 089, ICD DM/238796, ICD DM/200 432, EUTM 018002837 AIR UP, UTM 018988116 Water in. Pod on. Flavor up.,EUTM 018784963 PIO, EUTM 018868252 EXCITE THE ORDINARY, EUTM 018756748 SCENTASTE</t>
   </si>
   <si>
     <t>EUTM 8475063, EUTM 4121356 SMART STRAWEUTM 000141416 WD-40, EUTM 000141465 WD-40 /fig./, EUTM 000002981 /fig./, EUTM 000142562 /fig./, EUTM 008475063 /fig./, EUTM 010037042 WD-40 SPECIALIST, EUTM 010037232 WD-40 SPECIALIST /fig./, EUTM 010037398 WD-40 SPECIALIST /fig./, EUTM 004121356 SMART STRAW, EUTM 009926338 WD-40 COMPANY /fig./, EUTM 009926569 WD-40 COMPANY /fig./, M 38078 WD-40, M 38 077</t>
   </si>
@@ -9388,65 +8892,70 @@
   <si>
     <t>REMY COINTREAU EUROPE &amp; MEA SA</t>
   </si>
   <si>
     <t>EUTM 010331106/EM S&amp;E&amp;A METAXAOUZO BY METAXAS. METAXA, EUTM 002950855/EM ears 12 STARS LIMITED Nº OF BOTTLES THE GREEK SPIRIT e70cl 40%vol., EUTM 011088796/EM METAXA, ITM 466654/WO METAXA, ITM 994866/WO METAXA 5, ITM 994867/WO METAXA 5, ITM	998435/WO METAXA 5, ITM 1053461/WO METAXA 3 THE ORIGINAL GREEK SPIRIT 1888, ITM 1290572/WO METAXA ANGELS' TREASURE, ITM 1346886/WO METAXA</t>
   </si>
   <si>
     <t>ICD DM/221 603, ICD DM/221 587, ICD DM/206 773</t>
   </si>
   <si>
     <t>ANHUI HUAMI INFORMATION TECHNOLOGY CO., LTD.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000207704 THREE STARS SAFETY MATCHES, EUTM 000721092 THREE STARS, EUTM 018040586 THREE STARS SAFETY MATCHES 
 </t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                        EUTM 5867452 PLAYTEX MY SIZE, EUTM 3210036 PLAYTEX BEAUTY CROSS, EUTM  3123395 PLAYTEX REVEALS YOUR BODY’S BEAUTY, EUTM 3082088 PLAYTEX JUST MY STYLE, EUTM 2965440 PLAYTEX SECRETS MAKE-UP, EUTM 2932176 PLAYTEX SECRETS, EUTM 2604916PLAYTEX MAGIC FEELING, EUTM	568543PLAYTEX, EUTM 15971401 WONDERBRA FULL EFFECT, EUTM 15971443 WONDERBRA ULTIMATE PLUNGE, EUTM 15971468 WONDERBRA ULTIMATE STRAPLESS, EUTM 14984231 WONDERBRA WILD RIVIERA, EUTM 12678959 WONDERBRA MY PRETTY PUSH-UP, EUTM 12645529 WONDERBRA PERFECT MULTIWAY, EUTM 12591053 WONDERBRA NATURAL PUSH-UP, EUTM 12591152 WONDERBRA CRAZY DRESSING ROOM, EUTM11705225 WONDERBRA HYPNOTIC, EUTM 11550464 WONDERBRA SEXY SHAPING, EUTM11211381 WONDERBRA DECODER, EUTM 11014669 WONDERBRA GEL BRA, EUTM 10993715 WONDERBRA VARIABLE CLEAVAGE, EUTM 10742104 WONDERBRA NATURAL LIFT
 EUTM 10402287 WONDERBRA, EUTMB 10369668 WONDERBRA SEXY AS YOU WISH, EUTM 3131042WONDERBRA THE ORIGINAL, EUTM 3016755WONDERBRA, EUTM 2968709 WONDERBRA W-SPIRIT, EUTM 2047876 WONDERBRA PURE, EUTM 1311265WONDERBRA LIFESTYLE, EUTM 1311521 WONDERBRA, EUTM 047554 WONDERBRA BLISS		</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 018925274/EM POOPEYS, EUTM 018660388/EM POOPEYS BABY CARE BABY CARE POOPEYS POOPEYS	</t>
   </si>
   <si>
     <t>Poopeys GmbH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">vienreizējās lietošanas paklājiņi mazuļu pārģērbšanai,bērnu salvetes
+vienreizējās lietošanas autiņi, bērnu autiņbiksītes u.c.
+</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 009625518	ISDIN SUN PROTECTORS, EUTM 018125290 ISDIN LOVE YOUR SKIN, EUTM 001472547 ISDIN, EUTM 013687967 MARCA SIN TEXTO, EUTM 013691852 ISDIN, EUTM 006144687 FotoUltra ISDIN, EUTM 003296316 MARCA SIN TEXTO, EUTM 001075597 FOTOPROTEC TOR ISDIN, EUTM 003288339 ISDIN, CDR 005512779-0002 BOTELLAS CON BOMBAS, CDR 005512779-0001 BOTELLAS CON BOMBAS, CDR 007484514-0001 BOTELLAS, CDR 007484514-0002 TAPONES (PARA BOTELLAS), CDR 007484514- 0003 TAPONES (PARA BOTELLAS), CDR007484514-0004 TAPONES (PARA BOTELLAS)	</t>
   </si>
   <si>
     <t>EUTM 018311582 ONE BLA, EUTM 018311574 ONE GRÖN, EUTM 018311567 ONE, EUTM 018241900 ONE GUL, EUTM 016515603 GR ONE WHITE, EUTM 016517732 GEN ONE WHITE, EUTM 01651775 7GEN ONE PORTION, ,EUTM 013272737 NICK &amp; JOHNNY, EUTM 008978603 RONAN
 EUTM 008773327 KRONAN, EUTM 004545588 KARDUS, EUTM 009187642 KALIBER, EUTM 018318384 JAKOBSSONS, EUTM 008773269 GÖTEBORGS RAPÉ, EUTM 004075552 GÖTEBORGS RAPÉ, CDR 002664938-0004 GÖTEBORGS PRIMA FINTt, EUTM 017745068 GROV	
 EUTM 008773368 GROV, EUTM 008773351 GROVSNUS, EUTM 006257232 GROV, EUTM 006256994 GROV SNUS, EUTM 018841466 SWAVE MADE ON GOTLAND, EUTM 018841381 FACTORY BATCH SWAVE GOTLAND
 EUTM 018738046 Swave Apple XO, EUTM 018562501 SWAVE, EUTM 018213106 SWAVE, EUTM 008773236 RÖDA LACKET, EUTM 004075479 RÖDA LACKET, EUTM 009825803 CRUSHED ICE, EUTM 016214561 R42, EUTM 016214587 R42, EUTM 008885519 ONICO+, EUTM 011206307 ONICO, EUTM 010552933 100% KÄNSLA 0% NIKOTIN ONICO, EUTM 010542587 ONICO, EUTM 004821203 ONICO, EUTM 018449871 ONE RÖD, EUTM 018311592 ONE VIT, EUTM 018311587 ONE SVART, EUTM 018881316 G.3 BITE, EUTM 018881298 G.3 SWAY, EUTM 018894041 G.3, EUTM 018894132 G.3, EUTM 018336833 G.3 POW, EUTM018000839 G.3 Red Heat, EUTM 013208335 GENERATION 3 BY GENERAL G.3 EXTRA STRONG SLIM WHITE PORTION LONG LASTING MINIMAL DRIP &amp; SOFT FIT, EUTM 013207311 G.3, EUTM 013314604 GENERATION 3 BY GENERAL G.3, EUTM 018850559 LJUNGLÖFS ETTAN No1 ORIGINAL ANNO 1822, EUTM 018850592 Nº1 J. F. LJUNGLÖFS STOCKHOLM, EUTM 008966111 LJUNGLÖFS ETTAN ORIGINAL ANNO 1822, EUTM 008963035 LJUNGLÖFS ETTAN, EUTM 008773194 ETTAN, EUTM 007412497 ETTAN, EUTM 007412398 ETTAN, EUTM 003778495 ETTAN, EUTM 003778297 ETTAN, EUTM 013741392 XR, EUTM0 18929144 VOLT COLD FROST, EUTM 018891216 VOLT Cosmic Dust, EUTM 018537316 VOLT, ITM 1578450 VOLT, EUTM 018353680 VOLT PEARLS, EUTM 013701644, EUTM 010535011 TRE ANKARE, EUTM 008773335 TRE ANKARE, EUTM 018465358 THUNDER PEARLS, EUTM 018267921 The Lab, EUTM 011769304 The LaB, EUTM 009096314 THE LAB SERIES, EUTM 018841316S WAVE, EUTM 018841409 SWAVE MINI MADE ON GOTLAND, ITM 1727144 ZYN PEARLS TECHNOLOGY, ITM 1726440 ZYN PEARLS TECHNOLOGY, ITM 1726439 ZYN PEARLS TECHNOLOGY, EUTM 018535818 ZYN PEARLS, EUTM 018241925 ZYN NOW YOU CAN, EUTM 017965871 ZYN, EUTM 017579939 ZYN, EUTM 015278575 ZYNNT, EUTM 015285984 ZYNNT, EUTM 015272487 ZYN, EUTM 018842259 XR, EUTM 018842364 XR, EUTM 018317919 XR, ITM1162064 General THE ORIGINAL SWEDISH SNUS SINCE 1866, ITM 1157531 General, EUTM 013207411 GENERATION 3 BY GENERAL, EUTM 008773178 GENERAL, EUTM 003778487 General G General, EUTM 000841999 GENERAL, EUTM 018465354 G.4 PEARLS, ITM 1541979 G.4 NORTHERN WOODS, ITM 1541839 G.4 DARK FROST, ITM 1541934 G.4 DARK FROST, EUTM 017968469 G.4 BLUSH SLIM ALL WHITE, EUTM 017846684CRYO G.4 ALL WHITE, EUTM 018881374 G.3 RIZE, EUTM 018881243 G.3 HAIL, EUTM 018881340G .3 WINK</t>
   </si>
   <si>
-    <t>ITM 1298483, EUTM 013694864</t>
-[...1 lines deleted...]
-  <si>
     <t>WIRTGEN GROUP, Zweigniederlassung der John Deere GmbH &amp; Co. KG</t>
+  </si>
+  <si>
+    <t>ķīmisko un neķīmisko vielu filtrēšanas līdzekļi, rūpnieciskās eļļas un smērvielas; motoreļļa, transmisijas eļļa; smērvielas; putekļu noņemšanas līdzekļi,dzelzs izstrādājumi un nelieli metāla izstrādājumi; metāla izstrādājumi, jo īpaši celtniecības materiāli,būvelementi, cisternas, tvertnes, konteineri, transportēšanas preces, uzglabāšanas preces, iepakojums, mehāniskās iekārtas celtniecībai, zemes rakšanai, drupināšanai, jaukšanai, apstrādei, ieguvei un lauksaimniecība, sūkņi, kompresori, ģeneratori un ventilatori, roboti, pārvietošana un apstrāde aprīkojums, bagāžas, somas, kabatas portfeļi un citi nesēji, mugursomas, apģērbs, apavi, galvassegas, spēles, rotaļlietas, sporta preces un aprīkojums, smēķētāju preces,  šķiltavas,pelnu trauki,  sērkociņi u.c.</t>
   </si>
   <si>
     <t>EUTM 018343907/EM FESTO</t>
   </si>
   <si>
     <t>CDR 002997718-0013, CDR 001654567-0001 EUTM 018651853 HT2, EUTM 017992542 HT22, EUTM 017992177 HT11, EUTM 017993594 HT3, EUTM 004777901, EUTM 012264289, CDR 002997718-0018, CDR 002997718-0017, CDR 002997718-0016, CDR 002997718-0015, CDR 002997718-0014, CDR 005935509-0009</t>
   </si>
   <si>
     <t xml:space="preserve">ICD 002278218-0002 Aura Product with Nozzle Design-Line Version, EUTM, 002860518 GHD, EUTM 005795232 GHD, CDR 002706010- 0002, ICD 002555482- 0002GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN – OPEN, ICD 002555482-0004 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN – OPEN LINE IMAGES, ICD 002555482-0003 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN – CLOSED LINE IMAGES, ICD 002555482- 0001 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN – CLOSED RENDERED IMAGES, ICD 002706010-0004 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN 2015 – OPEN LINE IMAGES,ICD 002706010-0003 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN, ICD 002706010-0001 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN 2015 – CLOSED RENDERED IMAGES, ICD006243168- 0006GHD HELIOS HAIRDRYER WITHOUT NOZZLE (RENDERED), ICD 006243168-0005 GHD HELIOS HAIRDRYER WITHOUT NOZZLE (LINE DRAWING), ICD 006243168-0004 PRODUCT WITH NOZZLE (RENDERED), ICD006243168- 0003PRODUCT WITH NOZZLE (DRAWING), ICD006243168-0002GRILL (LINE DRAWING), ICD006243168- 0001GRILL (RENDERED), ICD 6576377-0004GISELLE DESIGN (CORDLESS STYLER), ICD6576377-0003GISELLE DESIGN (CORDLESS STYLER), ICD 6576377-0002GISELLE DESIGN (CORDLESS STYLER), ICD 6576377- 0001GISELLE DESIGN (CORDLESS STYLER), EUTM 011423712 UNPLUGGED, EUTM 1455057 GHD RISE, EUTM 013088554 GHD PLATINUM, EUTM 13811948 GHD ORACLE, EUTM 1445396 GHD HELIOS, EUTM 1486151 GHD GOOD HAIR DAY, EUTM 1089537 GHD GOLD, EUTM 18019343 GHD GLIDE, EUTM 015139579 GHD FLIGHT, EUTM 011950921 GHD CURVE, EUTM 012266482 GHD CONTOUR, EUTM 1516343 GHD CHRONOS, ICD 001394993-0001 26mm Tong, ICD 001395024- 0001 32mm Tong, ICD 001395016- 0001 OVAL WAND, ICD 001395230-0001 TAPERED WAND, ICD 002278218-0001 Aura Product without Nozzle Design - Line Version	
 </t>
   </si>
   <si>
     <t>Bugatti International S.A.</t>
   </si>
   <si>
     <t>spēles, rotaļlietas, vingrošanas un sporta preces, modeļu automašīnas u.c.</t>
   </si>
   <si>
     <t>CDR 009074420-0001, CDR 008203541-0001, CDR 008193809, CDR 007777800-0001, CDR 007658422-0001, CDR 006786554-0001, CDR 006636627-0001, CDR 006637088-0003, CDR 006637088-0002, CDR 006276655-0001, ICD DM/200 849, ICD DM/086 770, ICD DM/085 833
 CDR 000035472-0001, ITM 1400190 DIVO, EUTM 001535905 VEYRON, EUTM 000853028 EB, EUTM 000853077 EB BUGATTI, EUTM 000852954 EB, EUTM 001425800 CHIRON, EUTM 001394154 BUGATTI</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM002411882/EM/Vegeta, EUTM 004152666/EM/VEGETA, EUTM 003844818/EM 
  </t>
   </si>
@@ -9494,50 +9003,53 @@
     <t>MAJE</t>
   </si>
   <si>
     <t>apģērbi, somas, apavi, galvassegas, aksesuāri</t>
   </si>
   <si>
     <t>EUTM 003976578/EM DE FURSAC, EUTM 009861683/EM DE FURSAC</t>
   </si>
   <si>
     <t xml:space="preserve"> FURSAC</t>
   </si>
   <si>
     <t>kosmētikas izstrādājumi, smaržas, apģērbi, apavi, somas, cepures, juvelierizstrādājumi u.c.</t>
   </si>
   <si>
     <t>EUTM 004320371EM H&amp;M, EUTM 002662799/EM H&amp;M, ITM 1102244/WO H&amp;M, EUTM 018505579/EM COS, EUTM 018585581/EM COS, EUTM 018835850/EM &amp; OTHER STORIES, EUTM 017999303/EM &amp; OTHER STORIES</t>
   </si>
   <si>
     <t>EUTM 018543420 A NEW PERSPECTIVE ON PERFORMANCE APPAREL, EUTM 018390258 Trade mark without text, EUTM 018524427 VUORI, EUTM 018394907 INVESTMENT IN HAPPINESS, EUTM 018435475 DURA TERRA, EUTM 018390252 VERSATILITY IS A VIRTUE, EUTM 018390255 INVESTMENT IN HAPPINESS, EUTM 018512643 BUILT TO MOVE IN. STYLED FOR LIFE, EUTM 018542907 VDREAMKNIT, EUTM 018522677 Trade mark without text, EUTM 018435474 VERSA LIFE, EUTM 018524405 BUILT TO MOVE IN. STYLED FOR LIFE, EUTM 018390257 FROM LAND TO SEA TO LIFE, EUTM 018373659 V-CYCLED, EUTM 018617986 V1 UPLIFT, EUTM 018702652 vuori, EUTM 018732060 vuori, EUTM 018522688 INVESTMENT IN HAPPINESS</t>
   </si>
   <si>
     <t>EUTM 018194924 KANDHARI, EUTM 018261151 Kautabak Kandahari</t>
   </si>
   <si>
     <t>WAFADAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">košļājamā tabaka,  tabaka, tabakas filtri u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000345835/EM GUND, EUTM 018059189/EM Play!	
 EUTM 018097334/EM FLAPPY THE ELEPHANT, EUTM 018813756/EM FLORA THE BUNNY, CDR 004068435-0005/ EM, CDR 004068435-0006/EM, CDR 004068435-0002/EM, CDR 004068435-0003/EM, CDR 004068435-0004/ EM, CDR 004068435- 0001/EM
 </t>
   </si>
   <si>
     <t>EUTM 018125530 balma</t>
   </si>
   <si>
     <t>FABRYKA MEBLI "BALMA" S.A.</t>
   </si>
   <si>
     <t>ITM 967348/WO BIC, EUTM 000415067/EM BIC, EUTM 000414904/EM BIC, EUTM 018694178/EM BIC, EUTM 018773937/EM BIC</t>
   </si>
   <si>
     <t>SOCIETE BIC</t>
   </si>
   <si>
     <t>skuvekļi, elektroniskās šķiltavas u.c.</t>
   </si>
   <si>
     <t>CDR 002906230-0003/EM, CDR 002906230-0001/EM, CDR 002906347- 0001/ EM, CDR 001168538-0001/EM, CDR 002496869-0001/EM, CDR 007705884- 0001/EM, CDR 002468876-0002/EM, CDR 001169544- 0003/EM, CDR 008607964-0001/EM, CDR 004741791-0001/EM, CDR 008313787-0001/EM, CDR 008732002-0001/EM, CDR 000897624- 0001/EM, DR 001076343-0001/EM, CDR 005638707-0001/EM, CDR 005638707-0002/EM, CDR 004558500-0001/ EM, EUTM 010956787/ EM AIMPOINT, EUTM 017944139/EM T2, EUTM 015211311/EM T1, EUTM 018374230/EM DUTY RDS, EUTM011522761/EM AIMPOINT, EUTM 018006809/EM AIMPOINT, EUTM000723346/EM Aimpoint, EUTM 017969193/EM ACRO, ITM 1657799/WO COMP, ITM 1504049/WO MICRO, CDR 002906230-0002/EM,CDR 002946442-0001 /EM, CDR 002946442-0002/EM, CDR 007012125-0001/EM, CDR 002946442-0003/ EM, CDR 008607972-0001/EM, CDR 015004916- 0001/EM, CDR 000909528- 0001/EM	, CDR 000909528-0002/EM, CDR 000909551-0001/EM, CDR 008303994-0001/EM, CDR 002468876-0001/EM, CDR 001169544-0002/EM</t>
   </si>
   <si>
@@ -9548,119 +9060,125 @@
   </si>
   <si>
     <t>e-komercijas sistēmas u.c.</t>
   </si>
   <si>
     <t>EUTM 001387927 LuK, EUTM 003378742 INA INA, EUTM 003378726 INA, EUTM 004273348 RepXpert, EUTM 004914107 Schaeffler, EUTM 004966388 INA, EUTM 004966495, EUTM 005562798FAG</t>
   </si>
   <si>
     <t>ICD DM/225 926, ICD DM/225 858, ICD DM/225 845, ICD DM/225 903
 ICD DM/225 927, CDR 008843031-0001/EM, CDR 008788723-0001/ EM, CDR 008788723-0002/EM, EUTM 018344807/EMNOTHING, EUTM 018382935/EMNOTHING</t>
   </si>
   <si>
     <t>SEBAGO S.R.L.</t>
   </si>
   <si>
     <t>EUTM 892190 (cobbler design), EUTM 017995573 SEBAGO, EUTM 018103135 DOCKSIDES, EUTM 018194037 Campsides, EUTM 018710083/EM SEBAGO, EUTM 018656903/EMSEBAGO, EUTM 018518685/EM SEBAGO, EUTM 018819677/EM SEBAGO,EUTM 018518692/EM SEBAGO YACHT CLUB</t>
   </si>
   <si>
     <t>ITM 1673957S'ghetti, ITM1277896 HAPPY CHERRIES, ITM 1277657
 ITM 1277890HAPPY COLA, EUTM17900890 GOLDBÄREN, ITM 1572040 GOLDBEARS, ITM 1635745, ITM 1572606, ITM 1309724</t>
   </si>
   <si>
     <t>MASERATI S.P.A.</t>
   </si>
   <si>
+    <t>nemetāla emblēmas automašīnām, auto piederumi u.c</t>
+  </si>
+  <si>
     <t>EUTM 018122943/EM MASERATI GRANCABRIOEV,EUTM 003092996/EM MASERATI QUATTROPORTE, EUTM 008471245/EM MASERATI GRAN CABRIO,EUTM 018788616/EM Maserati TRIDENTE,EUTM010521681/EM MASERATI LEVANTE, EUTM 008297161/EM MASERATI GHIBLI, EUTM 018762605/EM Maserati Corse,EUTM 018121057/EM MASERATI EV, EUTM 018699286/EM MASERATI, EUTM 003504925/EM MASERATI, EUTM 003504982/EM MASERATI, EUTM 001212182/EM MASERATI, EUTM 006012496/EM MASERATI, EUTM 018107895/EM 1914 MASERATI CLASSICHE, EUTM 015898372/EM MASERATI, EUTM 018123876/ EM MASERATI GRANCONVERTIBLE EV, EUTM 018122942/EM MASERATI GRANTURISMO EV</t>
   </si>
   <si>
     <t>CDR 002858829-0005/EM</t>
   </si>
   <si>
     <t>dārgakmeņu imitācijas, sprādzes u.c.</t>
   </si>
   <si>
     <t>ROGER VIVIER  S.P.A.</t>
   </si>
   <si>
     <t>EUTM  17904103  AGOLDE, EUTM  11346244 CITIZENS OF HUMANITY, EUTM  3033040 CITIZENS OF HUMANITY, EUTM	003032968/EM HUMANITY JEANS, EUTM 008314999/EM HUMANITY,EUTM018093854/ EM HUMANITY, EUTM 004384641/EM h, EUTM  004338679/EM, EUTM 004395125/EM, EUTM 019048239/EM RSVP GALLERY</t>
   </si>
   <si>
     <t>null CITIZENS OF HUMANITY LLC</t>
   </si>
   <si>
     <t>EUTM 018383338 PSV EST 1913, EUTM 018776101 PSV, EUTM 018740753 PSV EST 1913</t>
+  </si>
+  <si>
+    <t>juvelierizstrādājumi, somas,stikla izstrādājumi,tekstilizstrādājumi, rotaļlietas un sporta preces u.c.</t>
   </si>
   <si>
     <t>RUGBY WORLD CUP LTD</t>
   </si>
   <si>
     <t>WELLA OPERATIONS US LLC</t>
   </si>
   <si>
     <t>EUTM 010056679/EM CLIPPER, EUTM 001007210/EM CLIPPER, EUTM 004758595/EM CLIPPER, EUTM 009154568/EM CLIPPER</t>
   </si>
   <si>
     <t>FLAMAGAS, SA</t>
   </si>
   <si>
     <t xml:space="preserve"> uzpildāmās gāzes šķiltavas u.c.
 </t>
   </si>
   <si>
     <t>NEW ERA CAP COMPANY LIMITED</t>
   </si>
   <si>
     <t>CDR 015035965-0001/EM, CDR 015035965-0002/EM, CDR 015035965-0003/ EM, CDR 015046662-0001/EM, CDR 015046662-0003/EM, CDR 015046662-0002/EM</t>
   </si>
   <si>
     <t>McLLOYD´S s.r.o.</t>
   </si>
   <si>
     <t>uzkodas no grauzdētas kukurūzas ar siera garšu</t>
   </si>
   <si>
     <t>NEW BALANCE ATHLETICS, INC</t>
   </si>
   <si>
-    <t>CDR 000352695-0001/EM</t>
-[...1 lines deleted...]
-  <si>
     <t>SIGMA DI AMBROGIANI SERGIO &amp; C. S.A.S.</t>
   </si>
   <si>
     <t>EUTM 018270016/EM Ames Stay true</t>
   </si>
   <si>
     <t>A.M.E.S. S.R.L.</t>
   </si>
   <si>
     <t>EUTM 018965942/EM STELLEST, ITM 1524065/WO STELLEST
 ITM 1616245/WO STELLEST</t>
   </si>
   <si>
     <t>LUXOTTICA GROUP S.P.A.</t>
+  </si>
+  <si>
+    <t>briļļu lēcas, saulesbriļļu lēcas, optiskās brilles, oftalmoloģiskā stikla lēcas, optiskās lēcas,oftalmoloģiskās lēcas</t>
   </si>
   <si>
     <t>ITM 1231641/WO ESSILOR	, ITM 1575044/WO essilor</t>
   </si>
   <si>
     <t>briļļu lēcas, saulesbriļļu lēcas, optiskās brilles, oftalmoloģiskā stikla lēcas, optiskās lēcas,oftalmoloģiskās lēcas, kino lēcas</t>
   </si>
   <si>
     <t>EUTM 000960542/EM CRIZAL</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 004514113/ CALLIOPE, EUTM 001264159/TERRANOVA 
 </t>
   </si>
   <si>
     <t>TEDDY S.P.A.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 012012282LUMADA, EUTM 015713753 FLAMEMO  
 CDR 002285577-0001, CDR 002613505-0001, CDR 002736314-0001, CDR 003300821-0001, EUTM 011891702 Religi, CDR 008782676-0001	  </t>
   </si>
   <si>
     <t>Lumada trgovina in proizvodnja d.o.o.</t>
   </si>
   <si>
@@ -9705,50 +9223,53 @@
     <t xml:space="preserve">CDR 002990796-0001 Muñecos, CDR 002990796-0002 Muñecos, CDR 002990796-0003 Muñecos, CDR 002990796-0004 Muñecos,CDR 002990796- 0005 Muñecos, CDR 002998179-0001 Juguetes, CDR 003081561-0001Juguetes CDR  005844297-0001/EM Muñecos (parte de-), CDR  005844297-0004/EM, Muñecos (parte de-), CDR  005844297-0015/ EM Muñecos (parte de-), CDR  005844297-0012/EM Muñecos (parte de-), CDR  005844297-0006/EM, CDR  005844297- 0002/EM, CDR  005844297-0019/EM, CDR  005844297-0022/EM, CDR  005844297-0010/EM, CDR  005844297-0023/EM, CDR  005844297- 0024/ EM Muñecos (parte de-), CDR  005844297-0003/EM, CDR  005844297-0020/ EM, CDR  005844297- 0009/EM, CDR  005844297- 0005/EM, CDR  005844297- 0018/EM, EUTM  014435655/ EM  IMC TOYS CRY BABIES, CDR  002990796- 0001/EM, CDR  002990796- 0004/EM, CDR  002990796-0002/EM, CDR  002990796-0003/EM, CDR  002990796-0005/EM, EUTM  017721796/ EM CRY BABIES MAGIC TEARS, CDR  005844297- 0016/EM, CDR  005844297-0021/ EM , CDR  005844297-0014/EM, CDR  005844297-0017/EM, CDR  005844297- 0011/EM, CDR  005844297-0013/EM, CDR  005844297-0007/EM, EUTM 00941465  FUFRIS, EUTM 011498987 BLUBLU THE BABY DOLPHIN, EUTM 011573953 LUCY IMC TOYS, EUTM 013360342 BluBlu friends, EUTM 013667159 KOKUM, EUTM 014412969 IMC TOYS BIM &amp; BAM, EUTM 014429799	 CLUB PETZ MARTINA THE LITTLE TURTLE, EUTM 014435655 IMC TOYS CRY BABIES, EUTM 014649776 IMC TOYS BAMBO, EUTM014823033 CLUB PETZ POPOMAX, EUTM 014959407 CLUB PETZ YOYO PANDA, EUTM 017721796 CRY BABIES MAGIC TEARS, EUTM 017883648 BEBÉS LLORONES LÁGRIMAS MÁGICAS, EUTM 018706489 BFF BY BEBÉS LLORONES  </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 005202072/EM icon SUNGLASS, EUTM 005111191/EM Oakley
 EUTM 005337506/EM O, EUTM 004973715/EM OAKLEY HIGH DEFINITION OPTICS, EUTM 002583730/EM, EUTM 005701842/EM RADAR, EUTM 002589141/EM SWITCH, EUTM 006855076/EM N3L OPTICS, EUTM 000594929/EM ROMEO, EUTM 000562637/EM RACING JACKET, EUTM 000538272/EM X, EUTM 002872521/EM FACTORY PILOT, EUTM 004589263/EM e, EUTM 002844546/EM, EUTM 002811396/EM WIRETAP, EUTM 006854954/EM N3L, EUTM 002413748/EM XX, EUTM 002357176/EM SCAR, EUTM 000704395 /EM XYZ OPTICS, EUTM 014266101/EM HDO OAKLEY HIGH DEFINITION OPTICS, EUTM 004071767/EM OAKLEY GIRL, EUTM 004087334/EM DARTBOARD, EUTM 002850477/EM SPLICE, EUTM 006855225/EM N3L OPTICS, CDR 002687335-0001/EM, CDR 000198205-0011/EM,CDR001680679-0004/ EM,CDR002481861-0002/ EM, CDR000198205-0010/EM, CDR0026258 30-0001/EM, CDR 002427294-0002/EM, CDR002282764-0002/EM, EUTM 016223901/EM OAKLEY, ITM1348723/WO OAKLEY CAPITAL, CDR 002432328- 0001/EM, CDR 002291666-0001/EM, CDR002427294-0003/EM	
 CDR000198205-0007/EM,CDR002389502-0002/EM,CDR000198205- 0006/EM, CDR002481861-0001/EM,CDR 000198205-0004/EM,CDR 002427294- 0005/EM, CDR002427294-0010/EM, CDR001680679- 0005/EM, CDR002085944 -0001/ EM, CDR002389502-0004/EM, EUTM003309011/EM O ,EUTM 009539487 /EM OAKLEY DUAL-PERIPHERAL TECHNOLOGY,EUTM001717297/ EM NAIL, EUTM 002792562/EM HALF JACKET, EUTM002074599/EM O STORE, EUTM 004719647/EM HDO, EUTM012521671/EM CROSSLINK
 EUTM000980326/EM O OAKLEY, EUTM009539412/EM O OAKLEY TRUE DIGITAL, EUTM003398179/EM OAKLEY, EUTM003321288/ EM OAKLEY VAULT, EUTM 009539461/EM OAKLEY TRUE DIGITAL, EUTM 000980284/EM O, EUTM005678396/EM FLAK JACKET, CDR002282764- 0004/EM, CDR002427294-0006/EM, CDR 000198205-0005/EM, CDR 002427294-0008/EM, CDR002166512- 0001/EM, CDR002282764-0003/EM,CDR002389502-0005/EM,CDR 002291666-0002/EM,CDR000198205- 0009/EM,CDR002311928-0001/ EM,CDR001680679-0006/EM,CDR002515551- 0001/EM, 
 CDR000198205- 0002/EM,CDR000678941-0005/EM,CDR 000678941- 0003/ EM, CDR003762244-0001/EM,CDR003762640-0001/EM, CDR003762251-0001/EM, CDR002020834-0001/EMCDR002051078- 0002/EM,CDR002051078-0001/EM, CDR001680679-0003/EM,CDR 000198205-0012/EM,CDR002389502-0006/EM, CDR 002389502- 0001/EM,CDR002472944-0001/EM,CDR002687350-0001/EM
 CDR002698951-0001/EM,CDR002856005-0001/EM,CDR002593509-0001/EM, CDR002772830-0001/EM,CDR002699009-0001/EM, CDR 000388830-0004/EM, ,CDR002698985-0001/EM, CDR 003350057-0001/EM,CDR001929712-0003/EM,CDR000580592-0004/EM, CDR000580592-0006/EM,CDR000580592- 0002/EM,CDR 000580592-0003/EM, CDR000580592-0001/EM,CDR003350065- 0001/EM,CDR003425396-0001/EM
 CDR003424928-0001/EM,CDR003425420-0001/EM,CDR000388830-0007/EM, CDR002825422-0001/EM,CDR002698936-0001/ EM,CDR002929141-0001/EM, 
 CDR002929596-0001/EM,CDR002929281-0001/EM,CDR002929240-0002/EM, CDR002929505-0001/EM,CDR002929240-0001/EM,CDR002999011-0001/EM, CDR001929712-0002/EM,CDR001929712- 0001/EM,CDR003350024-0001/EM, 
 CDR000678941-0002/EM,CDR002687285-0001/EM,CDR002699017-0001/EM
 CDR 000388830-0003/EM	</t>
   </si>
   <si>
     <t>PSV N.V.</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 005813094-0002/EM, CDR 005813094-0007/EM, CDR 008375224-0002/EM, CDR 005813094-0010/EM, CDR 005813094- 0020/EM ITM 1313292/WO SMART GAMES, EUTM 006515639/EM smart games,  CDR 005813094- 0002/EM, CDR 005813094-0011/EM, CDR 005813094- 0013/EM, CDR 007466339-0002/EM, CDR 005813094-0007/EM, CDR 008375224- 0002/EM, CDR 005643475-0001/EM, CDR 005813094- 0001/EM	</t>
   </si>
   <si>
     <t>ITM 1157442 TOM COCO</t>
   </si>
   <si>
     <t>DAUM</t>
+  </si>
+  <si>
+    <t>dekoratīvs stikls,stikla figūriņas, mākslinieciski priekšmeti no kristālstikla, svina kristāla figūriņas u.c.</t>
   </si>
   <si>
     <t>EUTM 018445366/EM Daum France, EUTM 018893230/EM Daum Intérieur, EUTM 019053863/EM DAUM</t>
   </si>
   <si>
     <t>AUTOMOBILES PEUGEOT</t>
   </si>
   <si>
     <t>EUTM 018088638/EMC COSTA, EUTM 001964485/EM COSTA DEL MAR, ITM 1213815/WO COSTA, EUTM 010832418/EMC COSTA</t>
   </si>
   <si>
     <t>EUTM 018732418/EM CHARLOTTE'S LAW OF ATTRACTION, EUTM 018710326/EM TILBURY LOVING CARE, EUTM 011193414/EM CT, EUTM 004003034/EM CHARLOTTE TILBURY, EUTM 017968199/EM HOUSE OF TILBURY H.O.T., EUTM 018101907/EM CHARLOTTE'S BEAUTY SECRETS, EUTM 017968198/EM HOUSE OF TILBURY, EUTM 018143846/EM CHARLOTTE DARLING, EUTM 016658684/EM, HARLOTTE TILBURY, EUTM 014780597/EM CHARLOTTE TILBURY, EUTM 017894 111/EM CHARLOTTE’S MAGIC MIRROR, ,EUTM 018101898/EM, HARLOTTE'S MIRACLE SERUM, EUTM 018383354/EM CHARLOTTE TILBURY, EUTM 18397246/EM CHARLOTTE’S BEST SKIN OUNDATION, EUTM 017760281/EM CHARLOTTE'S GENIUS MAGIC POWDER, EUTM 017504283/EM CT, EUTM 018101908/EM CHARLOTTE'S MIRACLE LIP OIL, EUTM 018741908/EM CT</t>
   </si>
   <si>
     <t>CDR 000017454-0001</t>
   </si>
   <si>
     <t>VIATRIS SPECIALTY LLC - 3D TABLET DESIGN</t>
   </si>
   <si>
     <t>Fontaine Limited</t>
   </si>
   <si>
     <t>ziepes, smaržas, ēteriskās eļļas, kosmētika, matu losjoni</t>
   </si>
@@ -9823,88 +9344,94 @@
 EUTM 005571021/EMNXP, EUTM 005649281/EMNXP,EUTM 005710082/ EMNXP (fig.), EUTM 003810793/EMFREESCALE</t>
   </si>
   <si>
     <t>NXP SEMICONDUCTORS NETHERLANDS B.V.</t>
   </si>
   <si>
     <t>pusvadītāji, sensori</t>
   </si>
   <si>
     <t>PARAGON PET PRODUCTS EUROPE B.V.</t>
   </si>
   <si>
     <t xml:space="preserve">kārumi suņiem </t>
   </si>
   <si>
     <t>EUTM 008327033/EMNEW ERA, ITM 1089473/WO 9FIFTY, EUTM 001675446/EMNE, EUTM 001675412/EM NEW ERA, EUTM 008322802/ EM NEW ERA 59FIFTY, EUTM 001675511/EM NEW ERA</t>
   </si>
   <si>
     <t>EUTM 018702777/EM MASHA AND THE BEAR, EUTM 018703313/EM ANIMACCORD, EUTM 015549959/EM MASHA AND THE BEAR, EUTM 011787348/EM Masha and The Bear, EUTM018113664/EM MASHA'S SONGS
 EUTM 012901633/EM Mascha und der Bär, EUTM015728009/EM Mascha und der Bär, EUTM 015728066/EM MASHA ET MICHKA, EUTM017993316/EM MASHA ET MICHKA, EUTM 013208038/EM Mascha und der Bär, ITM 1167882A/WOMASHA AND THE BEAR, EUTM 018112917/EM, TADABOOM!, EUTM015727985/EM Anmrd</t>
   </si>
   <si>
     <t>ANIMACCORD LTD</t>
   </si>
   <si>
+    <t>apģērbs, rotaļlietas, kancelejas preces, svārsta pulksteņi, vannas halāti, bērnu lietussargi,  ballīšu baloni, papīra ballīšu dekorācijas, ballīšu ielūgumi, svētku rakstāmpiederumi, papīra ballīšu piederumi, vannas rotaļlietas, ērnu albumi, bērnu pārtika (zīdaiņiem), bērnu dvieļi, plastmasas ballīšu cepures u.c.</t>
+  </si>
+  <si>
     <t>EUTM 000233890 VIAGRA, EUTM 019031923/EM VIAGRA	
 EUTM 018961491/EM VIAGRA, EUTM 012547402/EM VIAGRA	
 EUTM 018625079/EM VIAGRA, EUTM 005933908/EM VIAGRA</t>
   </si>
   <si>
     <t>VIATRIS SPECIALTY LLC - VIAGRA</t>
   </si>
   <si>
     <t>EUTM 000998245 VGR50</t>
   </si>
   <si>
     <t>EUTM 000998252 VGR100</t>
   </si>
   <si>
     <t>VIATRIS SPECIALTY LLC - VGR100</t>
   </si>
   <si>
     <t>VIATRIS SPECIALTY LLC - (VGR50)</t>
   </si>
   <si>
     <t>EUTM 000998237 VGR25</t>
   </si>
   <si>
     <t>EUTM 000998229 VGR</t>
   </si>
   <si>
     <t>VIATRIS SPECIALTY LLC - VGR25</t>
   </si>
   <si>
     <t>VIATRIS SPECIALTY LLC - VGR</t>
   </si>
   <si>
     <t>EUTM 000035121/EM STRATOCASTER, EUTM 000035105/EM  TELECASTER, EUTM 000035097/EM TELE, EUTM 004193496/EM F	
 EUTM 000035113/EM STRAT, EUTM 001578624/EM JAZZMASTER	
 ITM 1102170/WO JAGUAR EUTM  000042036   FENDER, EUTM  000042051 FENDER, EUTM  003318441  (Trade mark without text), EUTM  003318474  (Trade mark without text)</t>
   </si>
   <si>
     <t>FENDER MUSICAL INSTRUMENTS CORPORATION</t>
+  </si>
+  <si>
+    <t>skaņas pastiprinātāji,  elektriskās kontroles aprīkojums, skaņu atjaunošana aparatūras instrumentiem, apgaismošanas sistēmas, ģitāras,  ģitāru stīgas, mūzikas instrumenti</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 017975908/EM V50</t>
   </si>
   <si>
     <t>VIATRIS SPECIALTY LLC - V50</t>
   </si>
   <si>
     <t>EUTM 003409786 BRUFEN</t>
   </si>
   <si>
     <t>Viatris Healthcare GmbH - BRUFEN</t>
   </si>
   <si>
     <t>farmaceitiski izstrādājumi</t>
   </si>
   <si>
     <t>CDR 000337019-0002/EM, EUTM 001487404/EM SMIRNOFF Ste Pierre Smirnoff Fils VODKA Nº21, EUTM 001487693/EM SMIRNOFF Ste Pierre Smirnoff Fils VODKA N°21, EUTM 001540855/EM ICE, EUTM 002824100/ EM, EUTM 003487857/EM, EUTM 003487915/EM, EUTM 003728581/EM SMIRNOFF ICE, EUTM 003947827/EM SMIRNOFF ICE, EUTM 004000171/ EM SMIRNOFF ICE, EUTM 001249051/EM SMIRNOFF, EUTM012931788/ EM SMIRNOFF, EUTM 003065621/EM SMIRNOFF, EUTM 003078672/EM SMIRNOFF, EUTM 003453735/EM SMIRNOFF, EUTM 003078144/EM Smirnoff, EUTM 010309243/EM SMIRNOFF, EUTM 001766609/EM SMIRNOFF, EUTM 002107878/EM SMIRNOFF, EUTM 009928607/EM SMIRNOFF, EUTM 007174824/EM SMIRNOFF, EUTM 006791768/EM SMIRNOFF, EUTM 009036534/EM SMIRNOFF, EUTM 010093862/EM SMIRNOFF, EUTM 003588571/EM NORTH, EUTM 012946406/EM	
 EUTM 003487899/EM, EUTM 018728936/EM, EUTM 002872810/EM
 EUTM 001487511/EM, EUTM 001487487/EM, EUTM 005180724/EM	
 EUTM 006976914/EM, EUTM 001592153/EM, EUTM 013734298/EM	
 EUTM 012948618/EM VSV VS TS MCMXXXV, EUTM 013119813/EM STE SP FLS, EUTM 017881953/EM STE PIERRE SMIRNOFF FLS, EUTM 003501161/EM SMIRNOFF NORTH, EUTM001540913/EM SMIRNOFF ICE
 EUTM 004093423/EM SMIRNOFF BLACK ICE, EUTM 014337273/EM SMIRNOFF -I°CE ICE, EUTM 014337208/EM SMIRNOFF -I°CE, EUTM 013816715/EM SMIRNOFF - ICE, EUTM 004002812/EM SMIRNOFF
 EUTM 004000246/EM SMIRNOFF, EUTM 004000204/EM SMIRNOFF
 EUTM 004000212/EM SMIRNOFF, EUTM 003947819/EM SMIRNOFF, EUTM  012945838/EM SMIRNOFF, CDR 000022405-0007/EM, CDR 000022405-0008/EM, CDR 000022405-0009/EM, CDR 000337019-0003/EM	1</t>
@@ -9921,95 +9448,112 @@
   <si>
     <t xml:space="preserve">EUTM 009856105 nawm, EUTM 009855982 Arsenal, EUTM 000643098 Arsenal, EUTM 002866200 Arsenal, EUTM 004835229 nawm, EUTM 009995374 Spurs, EUTM 009995572 THFC, EUTM 004563276 nawm, EUTM 001903376 THFC Audere est facere, EUTM 014440085 The People's Club, EUTM 011681723 To dare is to do, EUTM 005711163 AVFC Prepard, EUTM 005566807 Prepared, EUTM 00979153 Premier League, EUTM 012039251 Fantasy Premier League, EUTM 011701811 nawm, EUTM 010295723 Arsenal, EUTM 000643205 Arsenal Victoria Concordia Crescit, EUTM 000643080 Gunners, EUTM 011771672 Arsenal, EUTM 007257512 Man City, ITM  
 012140505 MCFC, EUTM 013056791 W.H.U.F.C., EUTM 011121878 The Saints, EUTM 011121671 Southampton Football Club, EUTM 011682515 Audere-est-facere, EUTM 011681459 Tottenham Hotspur, EUTM01203933 Ultimate Fantasy Premier League,EUTM 012084281 Premier League, EUTM 003345386 Chelsea Football Club, EUTM 001746197 CFC, EUTM 012140687, Manchester City Football Club, EUTM 005081311 Aston Villa Prepared, EUTM 007518053 nawm, EUTM 009353293 Nawm, EUTM 011121911 Together we stand, EUTM 001899525 Spurs, EUTM 004867561 Tottenham Hotspur, EUTM 011121761 Southampton, EUTM 006462601 Chelsea, EUTM 008816969 L.F.C., EUTM 007024565 Liverpool FC, EUTM 011681681 THFC, EUTM 011121605 Southampton FC, EUTM 012140547 Spurs, EUTM 007157282 nawm, EUTM 011682507 Audere-est-facere, EUTM 015086333 Premier League	
 EUTM 002731974 FFC, EUTM 011681806 Tottenham Hotspur	</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                           EUTM 009585977 APTX, EUTM 009586033 APTX, EUTM 014827406 Trade mark without text</t>
   </si>
   <si>
     <t>QUALCOMM TECHNOLOGIES INTERNATIONAL, LTD</t>
   </si>
   <si>
     <t>E AND J GALLO - CARNIVOR</t>
   </si>
   <si>
     <t xml:space="preserve"> ITM 890247/WO MAGSAFE, CDR 002628875-0001/EM, CDR 002629204- 0001/EM, CDR 002629287-0001/EM, CDR 002629147-0001/EM, CDR 003750751-0001/EM, CDR002628859-0001/EM	, CDR003785294-0001/EM	
 CDR003785278-0001/EM, ITM 1175030/WO, ITM 1182022/WO, ITM 1177474/WO, ITM 1177889/WO, EUTM 013728555/EM Tue 9, EUTM 010710028/EM MACBOOK	, EUTM 009025677/EM IPAD, EUTM 010026953/EM IPOD, CDR 002199810-0002/EM, CDR 001334254-0002/EM
 EUTM 007156061/EM BEATS, EUTM 007157357/EM b	, EUTM 011017548/ EM BEATS PILL, EUTM 011131125/EM BEATS STUDIO, EUTM 008370827/EM BEATS BY DR. DRE, EUTM 008370819/EM BEATS, EUTM 008611188/EM Tour, EUTM 008433195/EM, EUTM 010258697/EM URBEATS, CDR 000889480-0001/EM, CDR 002199117-0001/EM, EUTM 018321063/EM MAGSAFE, CDR 008534861-0001/EM, CDR 001334221- 0001/EM, CDR 001334221-0002/EM, EUTM 014586838/EMAIRPODS,EUTM 012212221/EMDESIGNED BY APPLE IN CALIFORNIA, ITM 1378087/WO
 ITM 1377651/WO APPLE, ITM 1303517/WO IPHONE, CDR002629212-0001/ EM, CDR 008433494-0001/EM, CDR 008433817-0001/EM, CDR 009175706- 0001/EM, CDR 008205082-0001/EM, CDR001334254-0001/EM, CDR 002199117-0002/EM, CDR 005825965-0001/EM, CDR 015013190-0001/EM	
 EUTM 009784299/EM, EUTMSMART COVER, EUTM 011020427/EM LIGHTNING, EUTM 011472008/EM EARPODS</t>
   </si>
   <si>
     <t>APPLE RETAIL NETHERLANDS B.V.</t>
   </si>
   <si>
+    <t>kabeļu savienotāji,bezvadu lādētāji, USB lādētāj, pulksteņu siksnas, viedpulksteņi, planšetdatori, skaļruņi, austiņas, bezvadu skaļruņi, mobilo tālruņu maciņi, viedtālruņi u.c.</t>
+  </si>
+  <si>
     <t xml:space="preserve">EUTM 003964806/EM STEELFISH, EUTM 015085707/EM HURRICANE	
 ITM 1198047/WO AIRBORNE, ITM 734127/WO AVENGER, ITM 1254641/WO B, ITM 500006/WO B, ITM 1491073/WO B, ITM 1293097/WO BANDIT, ITM 1292736/WO BREITLIGHT, ITM 970173/WO BREITLING	
 ITM 613794/WO BREITLING, ITM 890749/WO BREITLINGITM 1288356 EXOSPACE, ITM 1302057 GHOSTITM 0500006 B, ITM 0845533 STARLINER, ITM 0892397 Transocean, ITM 0903403 GALACTIC, ITM 0970173 BREITLING, ITM1115984 Unitime,ITM1129579 CHRONO SPACE, ITM 1292736 Breitlight, EUTM 003964806 Steelfish, EUTM 009282013 Darwin, ITM 0615709  HRONO MAT, ITM 0892531 Skyracer, EUTM 0890749 Breitling, EUTM 1217921 Merlin, ITM 1254641 B, ITM 1288356 Exospace, ITM 1302057 Ghost, ITM 1491073 B, ITM 0613794 Breitling, EUTM 015085707 Hurricane, ITM 1045863 Breitling Jet Team, ITM 1085176 CHRONOMATIC, ITM 1198047 AIRBORNE, ITM 1460567 Legendary Future, ITM 0734127 Avenger, ITM 0778838 Superocean, ITM 0779327 MONTBRILLANT, ITM 0849619 COCKPIT	</t>
   </si>
   <si>
     <t>EUTM 019087942/EM WYCONITY, EUTM 018013343/EM WYCON ITALIAN COSMETICS, EUTM 015248552/EM WYCON 5 SENSES	
 EUTM 013133723/EM WYCON</t>
   </si>
   <si>
     <t>WYCON S.P.A.</t>
   </si>
   <si>
+    <t>iedeguma krēmi, kosmētiskie krēmi,mitrinoši krēmi,šķidrās smaržas, nagu lakaslūpu krāsas, otas, acu zīmuļu otas u.c.</t>
+  </si>
+  <si>
     <t>TOMMY HILFIGER LICENSING B.V.</t>
   </si>
   <si>
     <t>ITM 1319603/WO LAUNCHPAD, ITM 1493172/WO, ITM 1330520/WO NOVATION, ITM 1805343/WO novation, ITM 1343102/WO RED, ITM 1343103/WO REDNET, ITM 1347727/WO SCARLETT, ITM 1527969A/WO SUMMIT, EUTM 018343316/EM VOCASTER, ITM 1708898/WO 2i2	
 ITM 1330272/WO CIRCUIT, ITM 1347542/WO CLARETT,ITM 1618948/WO FLkey, ITM 1316412/WO FOCUSRITE, ITM 1348240/WO LAUNCHKEY</t>
   </si>
   <si>
     <t>Focusrite Group EMEA Ltd</t>
   </si>
   <si>
+    <t>Audio irrīces</t>
+  </si>
+  <si>
     <t xml:space="preserve">EUTM 000067744 BOSCH </t>
   </si>
   <si>
     <t>Robert Bosch GmbH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">elektriskie motori,starteri  (izņemot sauszemes transportlīdzekļiem),ģeneratori, iekšdedzes dzinēju aizdedzes sistēmas, spuldžu sveces,aizdedzes sveces,degvielas sūkņi, regulatori, sprauslas un sprauslu turētāji, dzinēja vārsti, degvielas filtri, eļļas filtri, gaisa filtri u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">CDR 002200741-0001		</t>
   </si>
   <si>
     <t>Schlüter-Systems KG</t>
   </si>
   <si>
     <t>piederumi flīžu un akmens instalācijām, risinājumi flīžu profiliem, atvienošanai, pamatnēm, kustības šuvēm, apsildāmām grīdām un mitrām telpām</t>
   </si>
   <si>
     <t>CDR 005136702-0001/EM, CDR 005136702-0002/EM, CDR 001124911- 0006/EM, CDR 002028167-0004/EM, ICD D215722-0002/WO, ICD D215722-0003/WO, ICD D215722-0007/WO, CDR 000266069-0004/EM	
 EUTM 011521168/EM KARTELL, EUTM 003510071/EM KARTELL	
 EUTM 018162511/EM KARTELL, EUTM 017060179/EM KARTELL
 EUTM 017966293/EM KARTELL, CDR 002551580-0001/EM, CDR 002551580-0002/EM, CDR 008445332-0001/EM, CDR 002551580-0004/EM	
 CDR 008427686-0001/EM</t>
   </si>
   <si>
     <t>KARTELL SPA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">apgaismojuma lampas, stāvlampas, 
+krēsli, āra mēbeles u.c.
+</t>
   </si>
   <si>
     <t>GIANNI VERSACE S.R.L.</t>
   </si>
   <si>
     <t>HASBRO CONSUMER PRODUCTS LICENCING LIMITED</t>
   </si>
   <si>
     <t>bērnu apģērbi, pidžamas ar apmetni, papīra dvieļi, salvetes, vienreizlietojamie papīra dvieļi, tālruņa kartes un kredītkartes, attēli, grafikas, rokasgrāmatas, plakāti, apsveikuma kartītes, pastkartes, attēlu kartes, uzlīmes, pretsviedru tualetes piederumi, aromterapijas eļļas, zīdaiņu eļļas, mitrās salvetes zīdaiņiem, dušas želejas, kristāli, ķermeņa krēmi, losjoni un pulveri, elpas atsvaidzinātāji, burbuļvannas, dezodoranti, pārsēju materiāls, zīdaiņu pārtika, vitamīni bērniem, ārstnieciskas zāļu tējas, dezinfekcijas līdzekļi u.c.</t>
   </si>
   <si>
     <t>MICHAEL KORS (SWITSERLAND) INT GMBH</t>
   </si>
   <si>
     <t>EUTM 013691324 MK Michael Kors, EUTM 003992088 Island Michael Kors
 EUTM 003140704 Kors, EUTM 003140456 Michael Kors, EUTM 003857844 Michael Michael Kors, EUTM 006453732 Michael Michael Kors, EUTM 006458939 KMKMKMKMK, EUTM 014273304 MK Michael Kors, EUTM 003201118 MK Michael Kors, EUTM 003235397 MK Michael Kors, EUTM 015298417 Michael Kors, EUTM 015298581 Michael Kors Access, EUTM 015472401 Travel Engineered, EUTM	016962301/EM MK, EUTM 018056184/EM MK, EUTM 018152343/EM MK, EUTM 018056187/EM MK
 EUTM 013691324/EM MK MICHAEL KORS, EUTM 016161622/EM MICHAEL KORS, EUTM 015980048/EM MICHAEL KORS, EUTM 015298417/EM MICHAEL KORS, EUTM 018152339/EM MICHAEL KORS</t>
   </si>
   <si>
     <t>EUTM 018190647/EM SH/FT, EUTM 013627062/EM PFG PERFORMANCE FISHING GEAR, EUTM 013627005/EM PFG, EUTM 006444616/EM OMNI-TECH, EUTM 010810075/EM OMNI-SHIELD, EUTM 006167233/EM OMNI-SHADE, EUTM 008684037/EM OMNI-HEAT, EUTM 001842475/EM OMNI-GRIP, EUTM 010768356/EM OMNI-FREEZE, EUTM 001842103/EM OMNI-DRY, EUTM 004152294/EM Columbia Sportswear Company, EUTM 004366671/EM COLUMBIA SPORTSWEAR COMPANY, EUTM 004421236/ EM Columbia Sportswear Company, EUTM 000511477/EM COLUMBIA SPORTSWEAR COMPANY, EUTM 006133052/EM Columbia Sportswear Company, EUTM 002663532/EM Columbia GRT, EUTM 012338315/EM Columbia	, EUTM 000511402/EM Columbia, EUTM 001719624/EM COLUMBIA, EUTM 004590121/EM Columbia, EUTM 006660393/EM BUGABOO, EUTM 010872745/EM BUGABOO, EUTM 001842566/EM	
 EUTM 004366861/EM, ITM 1014934/WO BUGABOOT, ITM 1035372/WO OMNI-WICK, ITM 951755/WO PHG PERFORMANCE HUNTING GEAR	
 ITM 709340/WO TITANIUM, EUTM 012245072/EM TURBODOWN
 EUTM 003111259/EM TITANIUM, EUTM 006225684/EM TESTED TOUGH
 EUTM 006451009/EM TECHLITE</t>
   </si>
@@ -10025,51 +9569,57 @@
 EUTM 003676401/EM DOLBY, EUTM 003676384/EM DOLBY, EUTM 006671961/EM DOLBY, EUTM 017105743/EM DD VOICE, EUTM 017138281/EM DD VISION, EUTM 013260666/EM DD DOLBY, EUTM 017114059/EM DD ATMOS,EUTM 018063481/EM COMPATIBLE DOLBY VISION, EUTM 010853166/EM ATMOS, EUTM 001031905/EM AAC	
 EUTM 003676781/EM, EUTM 001401538/EM, EUTM 006671978/EM</t>
   </si>
   <si>
     <t>DOLBY LABORATORIES LIC CORP</t>
   </si>
   <si>
     <t>skaļruņi, televizori, skaņas joslas u.c.</t>
   </si>
   <si>
     <t>EUTM 017984548 RAPTOR, EUTM 015829633 GOLDEN EAGLE, EUTM 014905913 DIAMONDBACK, EUTM 013866751 CROSSFIRE, EUTM 014905988 COPPERHEAD, EUTM 018091459 SONORA,EUTM 015829617 STRIKEFIRE, EUTM 017984521 VANQUISH, EUTM 015829583 RAZOR	
 EUTM 015829609 UH-1, EUTM 016778607 VORTEX,EUTM 014905806 VTX
 EUTM 015092901 AMG, EUTM 015829476 VTX, EUTM 015829534 AMG
 EUTM 005648506 VORTEX, EUTM 013867643 RAZOR, EUTM 015829492 VORTEX, EUTM	017984537/EM IMPACT, EUTM 014905897/EM FURY	
 EUTM 015829641/EMSPITFIRE, EUTM 015829633/EM GOLDEN EAGLE
 EUTM 013866751/EM CROSSFIRE, EUTM 018411755/EM CROSSFIRE
 EUTM 015829419/EMCROSSFIRE, EUTM 015829575/EMVENOM</t>
   </si>
   <si>
     <t>EUTM 019080737/EM exact PIPE CUTTING, EUTM 018949977/EM exact Pipe Cutting System, CDR 015070752-0001/EM, CDR 015070752-0002/EM</t>
   </si>
   <si>
     <t>Exact Tools Oy</t>
   </si>
   <si>
+    <t xml:space="preserve">zāģi,  cauruļu griešanas mašīnas, mašīnas metālu zāģēšanai, pašgājējas mašīnas zāģēšanai, zāģu soli, mobilās kokzāģētavas, zāģēšanas instrumenti zāģmašīnām, zāģēšanas darbgaldi, zāģu asmeņi u.c. </t>
+  </si>
+  <si>
     <t>Lego A/S</t>
+  </si>
+  <si>
+    <t>spēļu konstruktori, rotaļu konstruktori, miniatūras figūriņas no plastmasas, savienojamas rotaļu konstruktoru daļas, savienojumu rotaļu konstruktori, konstruktoru daļas, rotaļu darbarīki,  kārbas uzglabāšanas nolūkiem (plastmasas) u.c.</t>
   </si>
   <si>
     <t>NCPR LEGO Minifigure LEGO Minifigure, NCPR LEGO Friends figurine female LEGO Friends figurine female, NCPR LEGO® Minifigure Skeleton LEGO® Minifigure Skeleton, NCPR LEGO® Friends figure male LEGO® Friends figure male, NCPR LEGO® DUPLO® figure LEGO® DUPLO® figure, NCPR LEGO® Microfigure LEGO® Microfigure,NCPR LEGO DUPLO -10558 LEGO,DUPLO- 10558, NCPR LEGO DUPLO - 10514 LEGO DUPLO - 10514, NCPR LEGO DUPLO - 10595 LEGO DUPLO - 10595, NCPR LEGO DUPLO - 6153 LEGO DUPLO - 6153, NCPR LEGO CREATOR - 10256  LEGO CREATOR - 10256
 NCPR LEGO CREATOR - 10264 LEGO CREATOR - 10264, NCPR LEGO CREATOR - 31094  LEGO CREATOR - 31094, NCPR LEGO CREATOR - 10270 LEGO CREATOR - 10270, NCPR LEGO TECHNIC - 42110 LEGO TECHNIC - 42110, NCPR LEGO TECHNIC - 42099 LEGO TECHNIC-42099
 NCPR LEGO TECHNIC - 42096 LEGO TECHNIC - 42096, NCPR LEGO TECHNIC - 42108 LEGO TECHNIC - 42108, NCPR LEGO TECHNIC -42105 LEGO TECHNIC - 42105, NCPR LEGO TECHNIC -42115 LEGO TECHNIC - 42115, NCPR LEGO LEGENDS OF CHIMA - 70010 LEGO LEGENDS OF CHIMA - 70010, NCPR LEGO CITY - 60197 LEGO CITY - 60197, NCPR LEGO CITY - 60246 LEGO CITY - 60246, NCPR LEGO CITY - 60228 LEGO CITY - 60228, NCPR LEGO CITY - 60253 LEGO CITY - 60253,NCPR LEGO NINJAGO - 71702 LEGO NINJAGO - 71702, NCPR LEGO NINJAGO -70670 LEGO NINJAGO - 70670, NCPR LEGO HERO FACTORY - 44014 LEGO HERO FACTORY - 44014, NCPR LEGO SUPER HEROES (MARVEL &amp; DC) - 76125 LEGO SUPER HEROES (MARVEL &amp; DC) - 76125,NCPR LEGO SUPER HEROES (MARVEL &amp; DC) - 76148 LEGO SUPER HEROES (MARVEL &amp; DC) - 76148, NCPR LEGO SUPER HEROES (MARVEL &amp; DC) - 76139 LEGO SUPER HEROES (MARVEL &amp; DC) - 76139, CPR LEGO STAR WARS - 75252 LEGO STAR WARS - 5252	, NCPR LEGO STAR WARS -75211 LEGO STAR WARS -75211,NCPR LEGO STAR WARS -5267 LEGO STAR WARS -75267
 NCPR LEGO FRIENDS - 41035 LEGO FRIENDS - 41035, NCPR LEGO FRIENDS - 41039 LEGO FRIENDS - 41039, NCPR LEGO FRIENDS - 41015 LEGO FRIENDS - 41015, NCPR LEGO NEXO KNIGHTS - 70324 LEGO NEXO KNIGHTS - 70324, NCPR LEGO BRICK HEADZ - 41617 LEGO BRICK HEADZ - 41617, NCPR LEGO BRICK HEADZ - 40271,NCPR LEGO BRICK HEADZ - 41589LEGO BRICK HEADZ - 41589,NCPR LEGO BRICK HEADZ - 40378LEGO BRICK HEADZ - 40378, NCPR LEGO HARRY POTTER - 71043 LEGO HARRY POTTER - 71043, NCPR LEGO HARRY POTTER - 75954 LEGO HARRY POTTER - 75954, NCPR LEGO HARRY POTTER - 75979LEGO HARRY POTTER - 75979, NCPR LEGO HARRY POTTER - 75950 LEGO HARRY POTTER - 75950, NCPR LEGO OVERWATCH - 75972 LEGO OVERWATCH - 75972, NCPR LEGO OVERWATCH - 75973 LEGO OVERWATCH - 75973, NCPR LEGO MINECRAFT - 21144 LEGO MINECRAFT - 21144, NCPR LEGO MINECRAFT - 21131 LEGO MINECRAFT - 21131, NCPR LEGO MINECRAFT - 21157 LEGO MINECRAFT - 21157, NCPR LEGO MINECRAFT - 21137 LEGO MINECRAFT - 21137, NCPR LEGO ARCHITECTURE - 21042 LEGO ARCHITECTURE - 21042, NCPR LEGO ARCHITECTURE - 21043 LEGO ARCHITECTURE - 21043, NCPR LEGO ARCHITECTURE - 21044 LEGO ARCHITECTURE - 21044, NCPR LEGO TROLLS WORLD TOUR - 41255 LEGO TROLLS WORLD TOUR - 41255	
 NCPR LEGO TROLLS WORLD TOUR - 41253 LEGO TROLLS WORLD TOUR - 41253, NCPR LEGO JURASSIC WORLD - 75935 LEGO JURASSIC WORLD - 75935, NCPR LEGO JURASSIC WORLD - 75934 LEGO JURASSIC WORLD - 75934, NCPR LEGO DISNEY - 43172 LEGO DISNEY - 43172	
 NCPR LEGO DISNEY - 71040 LEGO DISNEY - 71040,NCPR LEGO DISNEY - 43174 LEGO DISNEY - 43174, NCPR LEGO DISNEY - 43178 LEGO DISNEY - 43178, NCPR LEGO IDEAS - 21321 LEGO IDEAS - 21321, NCPR LEGO HIDDEN SIDE - 70431 LEGO HIDDEN SIDE - 70431, NCPR LEGO HIDDEN SIDE - 70427 LEGO HIDDEN SIDE - 70427, NCPR LEGO SUPER MARIO - 71374 LEGO SUPER MARIO - 71374, NCPR LEGO SUPER MARIO - 71411 LEGO SUPER MARIO - 71411, NCPR LEGO DREAMZZZ - 71456 LEGO DREAMZZZ - 71456, NCPR LEGO DREAMZZZ - 71457 LEGO DREAMZZZ - 71457, NCPR LEGO Botanical Line - 40524 LEGO Botanical Line - 40524, NCPR LEGO Botanical Line - 10311 LEGO Botanical Line - 10311
 NCPR Storage box with 4 knobs Storage box with 4 knobs,NCPR Storage box with 8 knobs Storage box with 8 knobs,NCPR Storage box - head Storage box - head	
 NCPR LEGO BRICK HEADZ figure</t>
   </si>
   <si>
     <t>ICD D222066-0002/WO, ICD D222066-0004/WO,ICD D222066-0001/WO, ITM 1222605/WOprostoria, ITM 1222604/WOProstoria, ICD D238048-0002/WO
 ICD D238048-0003/WO, ICD D238048-0004/WO, ICD D238048-0005/WO
 ICD D238048-0001/WO, ICD D210615-0009/WO, ICD D210615-0011/WO	
 ICD D210615-0010/WO, ICD D210615-0008/WO, ICD D210615-0003/WO	
 ICD D210615-0006/WO, ICD D210615-0007/WO, ICD D210615-0001/WO	
 ICD D210615-0002/WO, ICD D210615-0004/WO, ICD D222066-0003/WO
 ICD D222066-0005/WO, ICD D077310-0001/WO, ICD D084748-0002/WO
 ICD D084748-0001/WO, ICD D092603-0002/WO, ICD D092603-0001/WO
 ICD D087055-0001/WO, ICD D087055-0003/WO, ICD D087055-0002/WO
 ICD D095553-0001/WO, ICD D095553-0002/WO, ICD D096079-0001/WO
 ICD D096079-0003/WO, ICD D096079-0002/WO, ICD D099446-0001/WO	
 ICD D098065-0003/WO, ICD D098065-0002/WO, ICD D098065-0001/WO	
 ICD D210134-0002/WO, ICD D210134-0003/WO, ICD D210134-0001/WO	
@@ -10122,57 +9672,63 @@
   </si>
   <si>
     <t>Tetra GmbH</t>
   </si>
   <si>
     <t>dzīvnieku kopšanas līdzekļi</t>
   </si>
   <si>
     <t>EUTM 003981842 ATOMIC, EUTM 004370268 ATOMIC, EUTM 014225106 REVENT	, EUTM 010981975 ATOMIC, EUTM 010982296 Marke ohne Text
 EUTM 004372009 Marke ohne Text, EUTM 017504689 Marke ohne Text	
 EUTM 009960923 REDSTER, EUTM 016779911 COUNT,EUTM 018054619 FOUR, EUTM 018205691 MAVEN, EUTM 018720908 Marke ohne Text	
 EUTM 008824021 CLOUD, EUTM 018206014 MAVERICK, EUTM 018295081 SNOWCLOUD, EUTM 018718404 ATOMIC, EUTM 008372302 SKINTEC, EUTM 011156205 BACKLAND, EUTM 015108095 BACKLAND
 EUTM 018373917 BENT, EUTM 018093923 HAWX, EUTM 018671473 BACKLAND SUMMIT</t>
   </si>
   <si>
     <t>spēles, rotaļlietas un rotaļlietas,videospēļu ierīces vingrošanas un sporta inventārs, apģērbi, apavi, galvassegas, bagāžas un pārnēsāšanas somas, rokas darbarīki, sniega lāpstas, brilles, sniega brilles, saulesbrilles, ķiveres, muguras aizsargi, apakšstilbu aizsargi,nelaimes gadījumu aizsardzības ierīces personiskai lietošanai, jo īpaši pastiprinājumi plecu un elkoņu, ceļgalu un citu ķermeņa daļu aizsardzībai, elektroniski meklēšanas aparāti apbedīto personu atrašanās vietas noteikšanai, elektroniski lavīnu raiduztvērēji,meklēšanas zondes u.c.</t>
   </si>
   <si>
     <t>EUTM 018858301/EM DAYCO Racing ( R ) TM, EUTM 018858328/EM DAYCO ( R ) Racing, EUTM 018858238/EM DAYCO RACING, EUTM 018466044/EM DAYCO POWER, EUTM 018466024/EM DAYCO POWER
 EUTM 004455416/EM DAYCO, EUTM 005839766/EM DAYCO</t>
   </si>
   <si>
     <t>DAYCO EUROPE SRL</t>
   </si>
   <si>
+    <t xml:space="preserve">jaudas pārvades siksnas sauszemes transportlīdzekļu dzinējiem, gumijas transmisijas siksnas  transportlīdzekļiem, sauszemes transportlīdzekļu transmisijas elementi, sauszemes transportlīdzekļu zobsiksnu spriegošanas ierīces,jostu spriegotāji, sauszemes transportlīdzekļu dzinēju zobsiksnu spriegošanas ierīces, spriegotāji (ar roku darbināmi instrumenti), metāla kabeļu spriegotāji laivām, piedziņas skriemeļi, skriemeļi,zobsiksnas skriemeļi,siksnu skriemeļi,skriemeļi (mašīnu daļas), transportlīdzekļu dinamo skriemeļi, skriemeļi (metāla aparatūra) u.c. </t>
+  </si>
+  <si>
     <t>GIANVITO ROSSI SRL</t>
   </si>
   <si>
     <t>CDR 015017235-0036, CDR 015017235-0051, CDR 015017235-0066, CDR 015017235-0055, CDR 015017235-0053, CDR 015017235-0039, CDR 015017235-0048, CDR 015017235-0034, CDR 015017235-0045, CDR 015017235-0044, CDR 015017235-0049, CDR 015017235-0040, CDR 015017235-0041, CDR 015017235-0042, CDR 015017235-0038, CDR 015017235-0046, CDR 015017235-0052, CDR 015017235-0035, CDR 015017235-0037, CDR 015017235-0043, CDR 015017235-0050, CDR 015017235-0047, CDR 015017235-0054</t>
   </si>
   <si>
     <t>IGUZZINI ILLUMINAZIONE S.P.A.</t>
+  </si>
+  <si>
+    <t>modulāras lampu sistēmas, kas sastāv no dažādiem elementiem (gaismas stieņa, savienojuma un pamatnes) vai "sienas" vai "piekares" vai "grīdas" vai "no augšas līdz griestiem" gaismas stieņa arhitektūras apgaismojumam, tajos ietilpst optiskie piederumi un gaismas sloksnes.</t>
   </si>
   <si>
     <t>ITM 1422973/WO PADCEV</t>
   </si>
   <si>
     <t>AGENSYS INC</t>
   </si>
   <si>
     <t>farmaceitiskie preparāti, specializēta farmaceitisko līdzekļu ražošana, ķīmijterapijas līdzekļi</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 009870247 MOSPILAN, EUTM 018983796 МОСПІЛАН </t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1559737/WO PETIT BATEAU, EUTM 004097358/EM PETIT BATEAU
 EUTM 018896247/EM PETIT BATEAU, ITM 849158/WO, EUTM 001923820/EM PETIT BATEAU
 </t>
   </si>
   <si>
     <t>PETIT-BATEAU</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbi, smaržas, brilles (optika) u.c. </t>
   </si>
   <si>
@@ -10207,86 +9763,85 @@
 </t>
   </si>
   <si>
     <t>ITM 1262280/WO MAISON MARGIELA, ITM 1263003/WO EUTM 018017443 REPLICA</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1429659 I DO EUTM  005383741 I DO, EUTM 008844862 IDO
  </t>
   </si>
   <si>
     <t>EUTM 018651670/EM Bulgarian Tribulus terrestris ultra</t>
   </si>
   <si>
     <t>КНМ ПРО</t>
   </si>
   <si>
     <t>uztura bagātinātāji</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 018573805, ITM 1577939 UNSUBSCRIBED, EUTM 018514023 AE77
 EUTM 018512798, EUTM 018746927 SMOOTHEZ BY AERIEEUTM  013945233 AE, EUTM  012644365 AE.COM, EUTM  011882321 AEO  
 EUTM  011739646, EUTM  010029891 AMERICAN EAGLE OUTFITTERS  
 EUTM  009676321, EUTM  006757835 AEO, EUTM  005232335 AMERICAN EAGLE, EUTM  001848449, EUTM  005227657, EUTM  005258603 LIVE YOUR LIFE, EUTM  005066113, EUTM  005287875 AMERICAN EAGLE OUTFITTERS, EUTM  004877701 AERIE, EUTM  005287503  AEO, EUTM  18017673, EUTM  015760523 AMERICAN EAGLE, EUTM  1506211, EUTM  15760531  A.EAGLE, EUTM  012833802 DON’T ASK WHY, EUTM  004901931, EUTM  004474326, EUTM  005287131 AE, EUTM  004386827 AE </t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 008640351 SARABANDA,EUTM 009150244 MINIBANDA, EUTM 008844391 MINIBANDA, EUTM 008640211 SARABANDA, EUTM 001152503S ARABANDA, EUTM008640351 SARABANDA, EUTM 008895492 S 
-[...2 lines deleted...]
-  <si>
     <t>EUTM 018781963/EM"Bee", EUTM	018781963/EM "Bee", EUTM 012071759/EM BICYCLE, EUTM 012071841/EM BICYCLE 808 The U.S. PLAYING CARD CO. MADE IN U.S.A., EUTM 018793241/EM BICYCLE TRUSTED SINCE 1885, EUTM 012071759/EM BICYCLE, EUTM 012071841/EM BICYCLE 808 The U.S. PLAYING CARD CO. MADE IN U.S.A., EUTM 018793241/EM BICYCLE TRUSTED SINCE 1885</t>
   </si>
   <si>
     <t>THE UNITED STATES PLAYING CARD COMPANY</t>
   </si>
   <si>
     <t>spēļu kārtis</t>
   </si>
   <si>
     <t>EUTM 89813 (Marque sans texte), EUTM 004548822 LOGAN MCV, ITM 1310537 TREZOR, EUTM 018138964 (Marque sans texte), EUTM 7147135 GENUINE PARTS GROUPERENAULT PIECES D'ORIGINE RENAULTGROUP PIEZAS DE ORIGEN, EUTM 10589653 G, EUTM 018689760 HIPSTER, ITM 1693788 HORSE, EUTM 018770581 (Trade mark without text), EUTM 018740991 BIGSTER, EUTM 018772150 R4, EUTM 018711847 RAFALE, EUTM 018728950 TURBO, EUTM 018677299 (Trade mark without text), EUTM 018775595 ALPENGLOW, EUTM 018799837 R3NLT, EUTM 018772959 R5, ITM 1688891 SOLARBAY,EUTM 018776523
 EUTM 018800773 A290, ITM 1685235 R5 TURBO 3 E, EUTM 018318137 RENAULT 4EVER, EUTM 018786836 THE ORIGINALS, EUTM 018729247 TURBO, EUTM 000820050, EUTM 017538356 (Trade mark without text)	
 EUTM 018487812 EstafettE, EUTM 009545971 CAPTUR,EUTM 016303729 marque figurative, EUTM 000800367 MOTRIO,EUTM 010684462 RENAULT
 EUTM 018040577 RENAULT, EUTM 011658374 RENAULT, EUTM 009732744 RENAULT, EUTM 006914089 RENAULT PRO PLUS, EUTM 014187091 SANDERO, EUTM 000495788 SCENIC, EUTM 005594809 STEPWAY, EUTM 005374905 TWIZI, EUTM 011219219 A ALPINE, EUTM 001095876 ALPINE, EUTM 017969323 A110, ITM 1332337 A110, EUTM 016460917 ALPINE A 110, EUTM 017092313 ARKANA, EUTM 007405814 DUSTER	, EUTM 005627047 ECO 2, EUTM 000626853E GEUS, EUTM 001579549E SPACE, EUTM 008731747 GORDINI, EUTM 008752685 GORDINI, EUTM 89722 INITIALE, EUTM 626911 LATITUDE, EUTM 004580387, EUTM 000891861 VEL SATIS, EUTM 007147143 GENUINE PARTS GROUPERENAULT PIECES D'ORIGINE RENAULTGROUP PIEZAS DE ORIGEN, EUTM 012035911 A, EUTM 010293488 R-LINK, EUTM 010751667 INITIALES PARIS, EUTM 000510156 kangoo,EUTM 000089763 Renault, EUTM 008535213 marque figurative, EUTM 009788233 LODGY	
 EUTM 009871914 SCENIC X-MOD</t>
   </si>
   <si>
     <t>EUTM 012479598/EM ART OF NATURE MASTIHA, EUTM 012479689/EM MASTIHA SHOP, EUTM 004175089/EM mastihashop VOYAGE TO THE EAST MEDITERRANEAN THE CHIOS MASTIHA GROWERS ASSOCI ATION, EUTM 004175063/EMΕΝΩΣΗ ΜΑΣΤΙΧΟΠΑΡΑΓΩΓΩΝ ΧΙΟΥ,	
 CGIP Mastiha Chiou, CGIP Mastihelaio Chiou, CGIP Tsikla Chiou, ITM 900845/WO ELMA</t>
   </si>
   <si>
     <t>ΕΝΩΣΗ ΜΑΣΤΙΧΟΠΑΡΑΓΩΓΩΝ ΧΙΟΥ</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000124446JAVA, EUTM 003449691, EUTM 000125781 SUN 
 EUTM 000124610 SUN, EUTM 000124594 Sun, EUTM 006551626 JAVA 
 </t>
   </si>
   <si>
     <t>ORACLE EMEA LTD</t>
   </si>
   <si>
     <t>operētājsistēmas, programmatūras un datortehnika</t>
+  </si>
+  <si>
+    <t>MS</t>
   </si>
   <si>
     <t>ITM 883565/WO Schindler, EUTM 016612707/EM, ITM 1265628/WO SCHINDLER</t>
   </si>
   <si>
     <t>INVENTIO AG</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 4661278 MAN, EUTM 11051935, EUTM 122812 NEOPLAN
 ITM 914360 MAN, ITM 1346555 MAN, ITM	542762 MAN, EUTM 3050309 MAN-Originalteil	
 </t>
   </si>
   <si>
     <t>EUTM 000007518 DOONEY &amp; BOURKE, EUTM 000007542, Marca gráfica, EUTM 000007567 DOONEY &amp; BOURKE ALL-WEATHER LEATHER (mixta)</t>
   </si>
   <si>
     <t>ARS FOODS IRELAND LIMITED - WHISKAS</t>
   </si>
   <si>
     <t>BALENCIAGA</t>
   </si>
   <si>
     <t>EUTM 009204009/EM N NICORETTE, EUTM 018688017/EM NICORETTE
 EUTM 018678399/EM BENADRYL, EUTM 018014558/EM ZARBEE'S	
 EUTM 018014695/EM ZARBEE'S NATURALS, EUTM 013782792/EM ZARBEE`S, EUTM 018688019/EM ZARBEE'S, EUTM 018214617/EM NEUTROGENA, EUTM 018437710/EM NEUTROGENA,EUTM 018666502/ EM NEUTROGENA, EUTM 004164018/EM LISTERINE,EUTM 003429859/ EM AVEENO, EUTM 016015547/EM OGX, EUTM 018674580/EM OGX	
@@ -10479,50 +10034,53 @@
     <t>CGIW PDO-FR-A0186 Barsac, CGIW PDO-FR-A0712 Blaye, CGIW PDO-FR-A0821 Bordeaux, CGIW PDO-FR-A0686 Cadillac, CGIW PDO-FR-A092 Canon Fronsac, CGIW PDO-FR-A0987 Côtes de Bordeaux, CGIW PDO-FR-A0306 Bordeaux supérieur, CGIW PDO-FR-A0668 Cérons, CGIW PDO-FR-A0271 Côtes de Blaye, CGIW PDO-FR-A0707 Côtes de Bordeaux-Saint-Macaire
 CGIW PDO-FR-A0828 Bourg / Côtes de Bourg / Bourgeais	, CGIW PDO-FR-A0488 Crémant de Bordeaux, CGIW PDO-FR-A0406 Entre-deux-Mers, CGIW PDO-FR-A1103 Fronsac, CGIW PDO-FR-A0927Graves de Vayres, CGIW PDO-FR-A1012 Graves, CGIW PDO-FR-A1014 Graves supérieures,CGIW PDO-FR-A0710 Haut-Médoc, CGIW PDO-FR-A0171 Lalande-de-Pomerol, CGIW PDO-FR-A0276 Listrac-Médoc, CGIW PDO-FR-A0170 Loupiac, CGIW PDO-FR-A1200 Lussac Saint-Emilion, CGIW PDO-FR-A0329 Margaux,CGIW PDO-FR-A0730 Médoc, CGIW PDO-FR-A0990 Montagne-Saint-Emilion,CGIW PDO-FR-A0731 Moulis / Moulis-en-Médoc, CGIW PDO-FR-A0713 Pauillac,CGIW PDO-FR-A0162 Pessac-Léognan, CGIW PDO-FR-A0273 Pomerol, CGIW PDO-FR-A0274 Premières Côtes de Bordeaux,CGIW PDO-FR-A0992 Puisseguin Saint-Emilion, CGIW PDO-FR-A0988 Saint-Emilion, CGIW PDO-FR-A0993 Saint-Emilion Grand Cru, CGIW PDO-FR-A0178 Saint-Estèphe, CGIW PDO-FR-A0991 Saint-Georges-Saint-Emilion, CGIW PDO-FR-A0500 Saint-Julien
 CGIW PDO-FR-A0714 Sainte-Croix-du-Mont, CGIW PDO-FR-A0407 Sainte-Foy-Bordeaux, CGIW PDO-FR-A0819 Sauternes</t>
   </si>
   <si>
     <t>CONSEIL INTERPROF DU VIN DE BORDEAUX</t>
   </si>
   <si>
     <t>EUTM 018761565 OEKO TEX,EUTM 017874217 LEATHER STANDARD</t>
   </si>
   <si>
     <t>Forschungsinstitut Hohenstein Prof. Dr. Jürgen Mecheels GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>EUTM 005122081/EM JANSPORT, EUTM 003506698/EM JANSPORT
 EUTM 005121561/EM JANSPORT,EUTM 018286470/EM EASTPAK U.S.A. SINCE 1952, EUTM 008668981/EM EASTPAK BUILT TO RESIST, EUTM 017705906/EM EASTPAK U.S.A. LAB, EUTM 013061189/EM EASTPAK U.S.A., EUTM 011763752/EM EASTPAK U.S.A., EUTM 017706003/EM EASTPAK U.S.A., EUTM 008296972/EM EASTPAKU.S.A., EUTM 018270414/EM EASTPAK U.S.A., EUTM 018269810/EM EASTPAK U.S.A.
 EUTM 004399218/EM EASTPAK, EUTM 000397984/EM EASTPAK, EUTM 009968363/EM EASTPAK, EUTM 000037077/EM EASTPAK, EUTM 000036996/EM EASTPAK, EUTM 000428185/EM JANSPORT GET OUT WHILE YOU CAN,EUTM 017947886/EMJ ANSPORT COMPANY SEATTLE
 EUTM 013061106/EM JANSPORT, EUTM 017947883/EM JANSPORT
 EUTM 017947885/EM JANSPORT, EUTM 000428144/EM JANSPORT
 EUTM 000182196/EM JANSPO</t>
   </si>
   <si>
     <t>Jansport Apparel Corp.</t>
   </si>
   <si>
+    <t>somas, mugursomas, skolas somas,mazas mugursomas, jostas somas, tekstila iepirkumu somas, pārtikas preču iepirkumu somas, ceļojuma somas, bagāžas uz riteņiem, ceļojumu bagāžas somas</t>
+  </si>
+  <si>
     <t>CDR 015092144-0001/EM</t>
   </si>
   <si>
     <t>JUL-KOM SPÓŁKA Z OGRANICZONĄ ODPOWIEDZIALNOŚCIĄ SPÓŁKA KOMANDYTOWA</t>
   </si>
   <si>
     <t>elektriskie pastiprinātāji, elektriskās caurules, elektriskie instrumenti</t>
   </si>
   <si>
     <t>EUTM 015901564 SENSIA ARENA, EUTM 018320013 GROHE,  PROFESSIONAL, EUTM 018336029 GROHE QuickFix, EUTM 018356830 GROHE SPA, EUTM 016077257 GROHE,EUTM 004556882 GROHE ENJOY WATER, EUTM 013528153 GROHE SmartControl,EUTM 009249475 Grohe Blue Pure, EUTM 008131567 GROHE Blue, EUTM 008518243 GROHE BauEdge, EUTM 015382211 GROHE, EUTM 000587824, EUTM 000226662 GROHE, EUTM 009257651 Grohe Power &amp; Soul, EUTM 009393422 GROHE Spa, EUTM 011402708 GROHE Professional,EUTM 011630506 GROHE Pure Freude an Wasser, EUTM 011638244 GROHE PROFESSIONAL WORK SMARTER, CDR 007872783-0004, EUTM 004163713 TEMPESTA, EUTM 001993385 SENSIA, EUTM 015833577 Sense Guard, EUTM 003163342 RAINSHOWER, EUTM 018356044 GROHE X,EUTM 018417309 GROHE X
 EUTM 018300701 GROHE TEMPESTA, EUTM 018528907 GROHE QUICKFIX, EUTM 000861302 EUROSMART, EUTM 004319034 Essence</t>
   </si>
   <si>
     <t>Grohe AG</t>
   </si>
   <si>
     <t xml:space="preserve">elektriskās, elektroniskās, optoelektroniskās un akustiskās ierīces, aparāti un no tiem sastāvošas sistēmas ūdensapgādes un notekūdeņu, piegādes, apgādes, sadales, izsūknēšanas, kā arī dzeramā un tehniskā ūdens sildīšanas uzraudzībai, kontrolei un regulēšanai, ierīces un aparāti ūdens spiediena, temperatūras un plūsmas ātruma uzraudzībai, mērīšanai, kontrolei un regulēšanai ūdensvados, tvertnēs u.c. </t>
   </si>
   <si>
     <t>EUTM 015234834/EM 47, EUTM 018916801/EM '47 HITCH, EUTM 018916776/EM '47 MVP, EUTM 018129753/EM SCRUM</t>
   </si>
   <si>
     <t>47 Brand Europe GmbH</t>
   </si>
   <si>
@@ -10541,50 +10099,53 @@
   <si>
     <t>bērnu apģērbi, kancelejas preces, apsveikuma kartītes u.c.</t>
   </si>
   <si>
     <t>Stussy, Inc.</t>
   </si>
   <si>
     <t>EUTM 000915546	 STUSSY, EUTM 001056266 STÜSSY (logo), EUTM 001254200/EM STUSSY, EUTM 001243732/EM, ITM 1387478/WO	
 ITM 1390322/WO 8</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 001647874/EM, CDR 000029194-0001/EM, CDR 000029194-0002/EM, EUTM 003382561/EM, CDR 000656657-0001/EM, CDR 000656657-0002/E, CDR 000656657-0005/EM, CDR 000656657-0003/EM, CDR 000656657- 0004/EM, CDR 002317834-0001/EM </t>
   </si>
   <si>
     <t>Beaute Prestige International (Narciso Rodriguez, Issey Miyake, ALAIA Paris, Zadig&amp;Voltaire)</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 004321303 SHISEIDO, ITM 815539 SHISEIDO, EUTM 6239685 SHISEIDO FLORES, ITM 1330208 SHISEIDO GINZA TOKYO, EUTM 11553641 SHISEIDO BIO-PERFORMANCE, EUTM 11504214 SHISEIDO BENEFIANCE, EUTM 12923298 EVERBLOOM, EUTM 13071998 Ever Bloom 
 EUTM 13610241 SHISEIDO Ever Bloom, ITM 933847 ZEN, EUTM 3187374 ZEN, EUTM 13039102 IBUKI, EUTM 13037197 ULTIMUNE, EUTM 11553666 FUTURE SOLUTION, EUTM 11553674 FUTURE SOLUTION LX </t>
   </si>
   <si>
     <t>SHISEIDO COMPANY LIMITED</t>
   </si>
   <si>
     <t>smaržas un kosmētikas līdzekļi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">parfimērija,  smaržas, tualetes ūdeņi </t>
   </si>
   <si>
     <t>EUTM 594150 FXRG, EUTM 539911 1125 R, EUTM 10390078 HARLEY-DAVIDSON HARD CANDY CUSTOM, EUTM 3530219
 EUTM 3090628 HARLEY DAVIDSON USA, EUTM 3530235 Authorized Harley-Davidson Rentals, EUTM 11624095 BAR &amp; SHIELD, EUTM	 4358099 Street Bob, EUTM 4366548 Street Glide	
 EUTM 4489829 Screamin' Eagle Destroyer, EUTM 13651187 Dark Custom, EUTM 84145 Motorclothes, EUTM 4410395 Night Rod
 EUTM	3522596 Night Train, EUTM 764845 Night Train, EUTM 966283 Revolution, EUTM 3522571 Road Glide, EUTM 001525625 Road Glide, EUTM 84152 Road King, EUTM 3522604 Road King, EUTM 3526472 Screamin' Eagle, EUTM 10381465 SEVENTY-TWO, EUTM 3834983 HARLEY DAVIDSON Faaker See EUROPEAN BIKE WEEK, EUTM 84186 SOFTAIL, EUTM 83287 Heritage Springer,EUTM 3522646 HOG, EUTM 83998 HOG, EUTM 001524875 HOG, EUTM 504084 HOG, EUTM 83618 HOG Harley Owners Group,EUTM 3090751 LADIES OF HARLEY, EUTM 003524139 Life Starts at the Edge, EUTM 84137 Low Rider, EUTM 3524147 Low Rider, EUTM 003522562 Motorclothes, EUTM 5390919 Harley-Davidson	, EUTM 84285 Tour Glide, EUTM 3485646 V-Rod, EUTM 1989458 V-Rod, EUTM 3085669 V-ROD, EUTM 6485171 V-Rod Muscle, EUTM 84343 Wide Glide , EUTM 3524162 Wide Glide, EUTM 12636882, EUTM 3526291 Sportster, EUTM 83931 Harley, EUTM 662148 Harley, EUTM 83691 Harley, EUTM 12218061 HOG, EUTM 13035183 Milwaukee-Eight, EUTM 15269798, EUTM 17395468 Daymaker, EUTM 16435224 Motor Harley Davidson Cycles, EUTM 17617002 48X, EUTM 17587171 HARLEY-DAVIDSON, EUTM 13924221 HOG, EUTM 17617028 Pan America, EUTM 6539845 Cross Bones, EUTM 9899444 Harley Davidson, EUTM 4489837 Destroyer, EUTM 001525195 Dyna, EUTM 83873 Electra Glide, EUTM 003477866 Electra Glide, EUTM 3524113 Screamin' Eagle, EUTM 83725 Motor Cycles Harley-Davidson, EUTM 10555605 HARLEY-DAVIDSON STREET, EUTM 3530177 HD, EUTM 001526276 H-D, EUTM 84111 Heritage Softail, EUTM 6539332 Scandinavian Harley Days Harley-Davidson Motorcycles, EUTM 4976783 Blackline, EUTM 000502559, EUTM 3530193, EUTM 83501, EUTM 5390935,EUTM 84244 Super Glide, EUTM 3522621 Super Glide, EUTM 003530227 Harley-Davidson Motor Clothes an American Legend, EUTM 83311 Motor Harley-Davidson Clothes an American Legend, EUTM 83584 Harley Davidson USA, EUTM 5330675 Harley Davidson Motorcycles, EUTM 001536309 Motor Harley-Davidson Cycles, EUTM 3530201 Harley-Davidson Motor Cycles, EUTM 5390976 Harley-Davidson Motor Cycles,EUTM 3527488 Motorcycles Harley-Davidson, EUTM	963066 Fat Boy, EUTM 3522653 Fat Boy,EUTM 8885022 Forty-Eight, EUTM 11546629 FREEWHEELER,EUTM 003527447 SOFTAIL, EUTM 010500676 SOFTAIL SLIM,EUTM 83360 Sportster, EUTM 5709654 European Bike Week,EUTM 4821005 HARLEY-DAVIDSON MOTOR CYCLES EUROPEAN BIKE WEEK, EUTM 4817375 HARLEY-DAVIDSON MOTOR CYCLES EUROPEAN BIKE WEEK FRAAKER SEE,EUTM 3898269 Fat Bob, EUTM 000083865 Fat Boy, EUTM 84236 Springer,EUTM 4891891 Street Rod, EUTM 10583474 STURGIS, EUTM 9431552 Superlow, EUTM 9060617 Superlow, EUTM 9167602 Switchback, EUTM 003825122 Harley Day, EUTM 3829108 Harley Days, EUTM 83683 Harley Owners Group, EUTM 2134500 Harley-Davidson, EUTM 3524196 Harley-Davidson, EUTM 3307411 HARLEY-DAVIDSON, EUTM 3526571 Harley-Davidson, EUTM 001172329 Harley-Davidson, EUTM 83279 Harley-Davidson, EUTM 1797018 Harley-Davidson, EUTM 83451 Genuine Harley-Davidson Motor Cycles</t>
   </si>
   <si>
     <t>Harley-Davidson Motor Company, Inc.</t>
   </si>
   <si>
     <t>EUTM 018010818/EM PACIOTTI, EUTM 000830885/EM CESARE PACIOTTI, EUTM 000397240/EM CESARE PACIOTTI, ITM 946087/WO 4US, ITM 948642/WO U 4US</t>
   </si>
   <si>
     <t>PACIOTTI SRL</t>
   </si>
   <si>
     <t>EUTM 016798671/EM LPG, CDR 001584525-0001/EM,EUTM 015510837/EM CELLU M6 ALLIANCE, ITM 1679590/WO LPG INNER POWER. BETTER LIFE.</t>
   </si>
   <si>
     <t>LPG SYSTEMS</t>
   </si>
   <si>
     <t>EUTM 000131656/EM TOMMY tommy HILFIGER, EUTM 001212679 /fig./, EUTM 000138529 /fig./, EUTM 001509165 /fig./, EUTM 000131532 /fig./, EUTM 003870541 /fig./, EUTM 001209790 TOMMY, EUTM 001147396 TOMMY, EUTM 001212422 TOMMY GIRL, EUTM 001888445 TOMMY GEAR, EUTM 003607397 HILFIGER RED LABEL, EUTM 002501971 HILFIGER DENIM, EUTM 001216951 TOMMY JEANS, EUTM 001233923 TOMMY JEANS, EUTM 001212091 TOMMY HILFIGER, EUTM 000131706 TOMMY HILFIGER, EUTM 000131631 TOMMY HILFIGER /fig./, EUTM 001211994 TOMMY HILFIGER /fig./, EUTM 001211457 /fig./, EUTM 001209790/EM TOMMY, EUTM 001147396/EM TOMMY, EUTM 000131532/EM, EUTM 000138529/EM, EUTM	001212679/EM</t>
   </si>
@@ -10619,53 +10180,50 @@
     <t>kompresori</t>
   </si>
   <si>
     <t>EUTM 018875326/EM OMCE</t>
   </si>
   <si>
     <t>O.M.C.E DI ROCCHETTI A. S.P.A.</t>
   </si>
   <si>
     <t>metāla tvertnes (konteineri)</t>
   </si>
   <si>
     <t>EUTM 018466902/EM, EUTM 014328728/EM, EUTM 018469585/EM THE LIONS SERIES, EUTM 006302095/EM THE LIONS, EUTM 003848504/EM THE LIONS, EUTM 017992450/EM THE LIONS,EUTM 018085458/EM THE LIONS, EUTM 002094654/EM THE BRITISH LIONS,EUTM 018468179/EM THE BRITISH &amp; IRISH LIONS SINCE 1888, EUTM 018363038/EM SINCE 1888</t>
   </si>
   <si>
     <t>BRITISH &amp; IRISH LIONS DESIGNATED ACTIVITY COMPANY</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 001628353/EM HOIST, EUTM 005132766/EM ROC-IT, CDR 005640968-0001/EM, CDR 003382159-0001/EM,CDR 003733260-0001/EM	
 CDR 003390541-0001/EM, CDR 003731769-0001/EM, CDR 000860499- 0001/EM	</t>
   </si>
   <si>
     <t>HOIST FITNESS SYSTEMS INC</t>
   </si>
   <si>
-    <t>sporta un fitnesa pakalpojumi</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 012849361 Cluse, EUTM 16800195 CLUSE, EUTM 015833858 CLUSE	
 </t>
   </si>
   <si>
     <t>VITA Zahnfabrik H. Rauter GmbH &amp; Co. KG (HRA 630648)</t>
   </si>
   <si>
     <t>EUTM 10937191 VITA, EUTM 019118768 VITA, EUTM 93134334 VITA</t>
   </si>
   <si>
     <t>EUTM 018749906/EM KHYBER NASWAR</t>
   </si>
   <si>
     <t>GENERAL BUSINESS SOLUTION</t>
   </si>
   <si>
     <t>Pruim tabaka</t>
   </si>
   <si>
     <t>EUTM 012996451/EM M, EUTM 012356283/EM WOBURN, EUTM 008156721/EM THE FATHER OF LOUD, EUTM 014557061/EM STRIKE	
 EUTM 006126049/EM STOMPWARE, EUTM 014323166/EM STOCKWELL
 EUTM 012356325/EM STANMORE, EUTM 014557037/EM PRIZEMAN
 EUTM 014556971/EM ORIGIN, EUTM 008769986/EM NATAL, EUTM 009001603/EM NATAL, EUTM 014556922/EM MONUMENT, EUTM 013971908/EM MONITOR, EUTM 013971965/EM MODE EQ, EUTM 013971924/EM MODE, EUTM 013971833/EM MINOR, EUTM 008159113/ EM Marshallamps, EUTM 013972039/EM MARSHALL HEADPHONES
 EUTM 012932588/EM MARSHALL GATEWAY, EUTM 013005392/EM MARSHALL CODE, EUTM 017543109/EM Marshall Amplification, EUTM 012996401/EM Marshall AMPLIFICATION, EUTM 017540551/EM Marshall AMPLIFICATION, EUTM 005967732/EM Marshall AMPLIFICATION	
 EUTM 012996419/EM Marshall, EUTM 012996427/EM MARSHALL,EUTM 015136336/EM Marshall, EUTM 000058065/EM Marshall, EUTM 014378533/ EM MARSHALL, EUTM 010697936/EM MARSHALL,EUTM 018104482/EM Marshall, EUTM 010357201/EM MARSHALL,EUTM 017536079/EM Marshall
@@ -10833,50 +10391,53 @@
     <t>EUTM 018282401/EM MALELIONS, EUTM 018023335/EM Malelions</t>
   </si>
   <si>
     <t>MALELIONS HOLDING B.V.</t>
   </si>
   <si>
     <t>džemperi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">CTM 003574274/BRIDGESTONE, CDR002009316-0002, CDR 001167928-0002,  CDR 001234124-0001, CDR 001234124-0002, CDR 002231019-0001, CDR 000415799-0005, CDR 000953179-0001, CDR 001237531-0001, CDR 000953328-0001, CDR 000789300-0001, CDR 000953278-0001, CDR 001234637-0002, CDR 001238679-0001, CDR 001231583-0001, CDR 000531009-0003, CDR 001903543-0001, CDR 000489711-0008, CDR 000620356-0001, CDR 000448550-0004, CDR 000448550-0005, CDR 002484147-0001, CDR 002094805-0001, CDR 002270835-0001, CDR 001836958-0001, CDR 001234090-0001, CDR 000531009-0002, CDR 000595541-0001, CDR 001252571-0001, CDR 002270843-0001, CDR 001233662-0001, CDR 000738216-0003, CDR 000738216-0002, CDR 000738216-0004, CDR 002059238-0001, CDR 000776018-0001, CDR 000953286-0001, CDR 001189765-0001, CDR 000953146-0001, CDR 000953161-0001, CDR 001133730-0001, CDR 001133730-0002, ITM 1105491, CDR 000448550-0003, CDR 001066971-0001, CDR 000910641-0001, CDR 001234637-0001, CDR 001212088-0003, CDR 001094536-0001, CDR 000289004-0001  
 </t>
   </si>
   <si>
     <t>BRIDGESTONE EUROPE NV/SA</t>
   </si>
   <si>
     <t xml:space="preserve">riepas </t>
   </si>
   <si>
     <t>CDR 015024995-0001/EM, EUTM 003588051/EM SECRID, ITM 1823624/WO
 ITM 1529506/WO BODYCARD, ITM 1362051/WO SECRID, ITM 1357044/WO SECRID A BETTER WORLD STARTS IN YOUR POCKET
 ITM 1356825/WO SECRID POCKET-SIZED REVOLUTION, ITM 1344168/WO SECRID POCKETWEAR, ITM	1549859/WO SMALL MATTERS</t>
   </si>
   <si>
     <t>SECRID B.V.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">portfeļi, karšu maki, maki kredītkartēm (ādas izstrādājumi),  rokassomas, naudas maki u.c. </t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>EUTM 003492568/EM LIFA, EUTM 012606034/EM MUSTO, EUTM 000821983/EM HPX, EUTM 000906552/EM MUSTO,EUTM 000478693/EM H H HELLY HANSEN, EUTM 000335950/EM MPX, EUTM 011767415/EM MUSTO, ITM 1185665/WO HH HELLY HANSEN, EUTM 003823036/EM
 EUTM 001642768/EM MUSTO</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Courier New"/>
         <family val="3"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t>Helly Hansen AS</t>
   </si>
@@ -10892,53 +10453,50 @@
   <si>
     <t>EUTM  1588482 JUVAMINE, EUTM  9508706 LABORATOIRES  JUVAMINE, EUTM  000299941 juvamine (marque 3D)</t>
   </si>
   <si>
     <t>JUVA</t>
   </si>
   <si>
     <t xml:space="preserve">probiotiskās piedevas, uztura bagātinātāji, vitamīnu piedevas u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM151480/BIGFOOT, EUTM 3031697/Bigfoot 4x4, Inc, EUTM 3683571/ SNAKE BITE, EUTM  014977151 Snake Bite, EUTM  013795679 BIGFOOT, EUTM 018383803/EM Snake Bite, EUTM 018775601/EM BIGFOOT
 </t>
   </si>
   <si>
     <t>EUTM 014484026 JOICO</t>
   </si>
   <si>
     <t>EUTM 000169599σημα με απεικονιση, EUTM 000169607RESERVA DE Don Julio, EUTM 001276633TEQUILA Don Julio, EUTM 003339496DON JULIO
 EUTM 003340411RESERVA DE DON JULIO, EUTM 003341252Julio Gonzalez E., EUTM 0065990881942 ΣΗΜΑ ΜΕ ΑΠΕΙΚΟΝΙΣΗ, EUTM 006599161Σημα με απεικονιση, EUTM 010606838DON JULIO REAL	
 EUTM 011557626DON JULIO 1942</t>
   </si>
   <si>
     <t>DIAGEO MEXICO COMERCIALIZADORA, S.A. de C.V.</t>
   </si>
   <si>
-    <t>Tekila</t>
-[...1 lines deleted...]
-  <si>
     <t>Playboy Enterprises International, Inc.</t>
   </si>
   <si>
     <t>EUTM 011566081 PLAYBOY CLUB, EUTM 007513153 PLAYBOY, ITM 0421058 AGolden Bunny,EUTM 007278492 GOLF,EUTM 011480654 BUNNY
 EUTM010067155 PHYSICAL,EUTM004546974 PLAYMATE OF THE YEAR
 EUTM 008697021 VIP, EUTM 010957538 VIP, EUTM 011772001 SUPER PLAYBOY</t>
   </si>
   <si>
     <t>CDR 005318433-0001/EM, CDR 005318482-0003/EM,CDR 005318482-0002/ EM, CDR 001351712-0005/EM, , CDR 001339139-0004/EM,CDR 001351712- 0004/EM	, CDR 002199034-0002/EM, CDR 005890001-0001/EM, CDR 006083580-0001/EM, CDR 006083580-0002/EM, CDR 006083580-0005/EM	
 CDR 006064010-0001/EM, CDR 006584934-0002/EM, CDR 007742408- 0001/EM	, CDR 007742408-0002/EM, CDR 015025264-0002/EM, EUTM 011022696/EM LOUBOUTIN, EUTM 011113552/EM CHRISTIAN LOUBOUTIN, EUTM 001026905/EM CHRISTIAN LOUBOUTIN, EUTM 002246080/EM Christian Louboutin,EUTM 011113586/EM Christian Louboutin
 EUTM 005282322/EM, EUTM 011113611/EM, EUTM 008845539/EM,ITM 1013915/WO Louboutin, ITM 1026083/WO Christian Louboutin, ITM 1626276/WO CL, EUTM 018673117/EM CL, EUTM 018673120/EM CL
 ITM 1696025/WO Christian Louboutin, ITM 1724583/WO Louboutin, ITM 1696024/WO CL, EUTM 019053733/EM LOUBOUTIN,CDR 002749911-0001/ EM, CDR 003833839-0001/EM, CDR 005318482-0004/EM, CDR 005318433- 0002/EM, CDR 015025264-0001/EM</t>
   </si>
   <si>
     <t>Christian Louboutin SAS</t>
   </si>
   <si>
     <t xml:space="preserve"> 
 EUTM 014285118 Quattro Stagioni, CDR 003162031-0002 bottle 2, CDR 003161660-0026 Lids for jars 4, CDR 003161660-0023 Lids for jars 1, CDR 003161660-0029 Lids for jars 7, CDR 003161660-0015 drinking glass 2, CDR 003161660-0025 Lids for jars 3, CDR 003161660-0028 Lids for jars 6, CDR 003161660-0014 drinking glass 1, CDR 003161660-0024 Lids for jars 2, CDR 003162031-0001, CDR 003161660-0013, CDR 003161660-0030 Lids for jars 8
 CDR 003161660-0027 Lids for jars 5</t>
   </si>
   <si>
     <t>Bormioli Rocco S.p.A.</t>
   </si>
   <si>
@@ -11058,64 +10616,50 @@
   </si>
   <si>
     <t>ķīmiskie produkti, neapstrādāti sintētiskie sveķi, neapstrādātas plastmasas, ugunsdzēsības un ugunsdrošības līdzekļi, cietinātāji un lodēšanas līdzekļi, miecēšanas līdzekļi dzīvnieku ādām, līmes rūpnieciskiem mērķiem, špakteles un citas pildvielas, komposts, mēslošanas līdzekļi, kūtsmēsli, bioloģiskie aģenti rūpnieciskiem un zinātniskiem mērķiem, krāsa</t>
   </si>
   <si>
     <t>EUTM 000543330/EM METEOSPASMYL</t>
   </si>
   <si>
     <t>LABORATOIRES MAYOLY SPINDLER</t>
   </si>
   <si>
     <t>atmiņas kartes u.c.</t>
   </si>
   <si>
     <t>EUTM 012254025/EM Saxenda, EUTM  013519418 Ozempic,  EUTM 018213481/EM novo nordisk, ICD D201679-0003/WO, ICDD201679-0007/WO
 ICD D201679-0008/WO, ICD D201679-0004/WO, ICD D201679-0002/WO	
 ICD D201679-0001/WO, ICD D201679-0005/WO, ICD D201679-0006/WO	
 ICD D201679-0009/WO, EUTM 017928459/EM 10000013 Rybelsus, EUTM 018328084/EM WEGOVY,EUTM 018544892/EM Awiqli, EUTM 018889211/ EM</t>
   </si>
   <si>
     <t>NOVO NORDISK A/S</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 8912 BDF, EUTM	15735 ATRIX, EUTM 8920	ABC, EUTM15727/ 8x4, EUTM 916905/Nivea Visage, EUTM 4730438/Nivea Soft, EUTM 951550/Nivea,  EUTM 7517139/Liposan, EUTM 7283864/Liposan, EUTM 937382/Elastoplast, EUTM 10256782/NIVEA, EUTM 3433737/ FLORENA, EUTM 12591/Nivea Creme, EUTM 428342, EUTM 605576,  EUTM 12609/NIVEA, EUTM 15750/Labello, EUTM 221127/Hidrofugal, EUTM 2798742/Harmony, EUTM 8961/Hansaplast, EUTM 765927/Eucerin, EUTM 710661/Eucerin, EUTM 2777209/ELASTOPLAST, EUTM 5204052/DUO, EUTM 1548031/doppel dusch, EUTM 363143/Beiersdorf,  EUTM 30494/BDF, EUTM 8912/BDF, EUTM 963574/ATRIX ,  EUTM 15735/ATRIX , EUTM 8920/ABC, EUTM 11900172/Nivea Sun, EUTM 12183968/Nivea Baby,  EUTM 12253043/AQUAPHOR, EUTM 11019601/AQUAPHOR,  EUTM 12443073/8 x 4, EUTM 10785/Gammon, EUTM 11187358/8 x 4, EUTM 10853216/Nivea Men, EUTM 11046836/Labello, EUTM 11398955/Hansaplast, EUTM 3557808/Nivea, EUTM 977953/Nivea Creme  
  </t>
-  </si>
-[...12 lines deleted...]
-    </r>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                       EUTM 018103012ÏNAO, EUTM 018315945 e, EUTM 018285748 DOUBLE TROUBLE, EUTM 018033019 e essence, EUTM 18170349 JUICY BOMB	
 EUTM 018269705 e essence, EUTM 018679312 e essence Lash Princess	
 EUTM 018861983 Lash PRINCESS, EUTM 018865568 (Marke ohne Text)	
 EUTM 018584337 INAO, EUTM 018692925 e essence I EXTREME, EUTM 018849546 I EX TREME, EUTM 013000419 I EXTREME,EUTM 018269704
 EUTM18884494 DEFINITION &amp; VOLUME DOUBLE TROUBLE MASCARA EXTRA BLACK, EUTM 018948410 JUICY BOMBEUTM009128661e by essence, EUTM012734505 e essence, EUTM 004109567  essence, EUTM 009128687essence, EUM009128711 essence 
 </t>
   </si>
   <si>
     <t xml:space="preserve">skaistumkopšanas līdzekļi vai grima līdzekļi un ādas kopšanas līdzekļi (izņemot medikamentus), tostarp saules aizsargkrēmi un iedeguma līdzekļi, roku vai kāju kopšanas līdzekļi, kosmētika, roku vai kāju kopšanas līdzekļi u.c. </t>
   </si>
   <si>
     <t>STEFANPLAST S.P.A.</t>
   </si>
   <si>
     <t>CDR 000339262-0001/EM</t>
   </si>
   <si>
     <t>plastmasas bļodas, konteineri, vannas u.c.</t>
   </si>
   <si>
     <t>PARAJUMPERS SPA</t>
   </si>
   <si>
@@ -11142,50 +10686,54 @@
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> LE</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>MON, ITM 1742198/WO LOVE ALWAYS WINS, ITM 1514008/WO MARSHMALLOW FIRESIDE, EUTM 015137342/EM POCKETBAC, ITM 1791253/WO NATIONAL GINGHAM DAY,ITM 1793173/WO NATIONAL GINGHAM WEEK, ITM 1489315/WO PEACH BELLINI, EUTM017950437/ EM POCKETBAC PALS, EUTM 015821101/EM POCKETKISS, EUTM 015821077/EM POCKETSHEA, ITM 1742199/WO STRAWBERRY SNOW FLAKES, ITM 1736122/WO RADIANT SKY, ITM 1610435/WO SPREAD LOVE NOT GERMS, ITM 1554488/WO STRAWBERRY POUND CAKE
 ITM 1502078/WO SUMMER BOARDWALK, ITM 1632087/WO SUN-DRENCHED LINEN, ITM 1767069/WO SUNSHINE DAY,ITM 1764619/WO SUNWASHED SANTAL, ITM 1498511/WO SWEATER WEATHER, ITM 1699687/WO SWEATER WEATHER, ITM 1016322/WO TRUE BLUE, ITM 1762757/WO TRUE BLUE SPA, ITM 1502606/WO TURQUOISE WATERS	
 ITM 1839347/WO TWISTED PEPPERMINT, ITM 1054105/WO  WALLFLOWERS, ITM 1509613/WO VANILLA BEAN NOEL,ITM 1497042/ WO WAIKIKI BEACH COCONUT, ITM 1551683/WO WELCOME HOME	
 EUTM 018936400/EM WHITE BARN, ITM 1473222/WO WHITE BARN	
 EUTM 015144298/EM WHITE BARN, ITM 1502934/WO WINE CELLAR
 EUTM 017781048/EM NATURAL VIBES,ITM 1502664/WO ALOHA KIWI PASSIONFRUIT, ITM 1764649/WO AMBER BLUSH, ITM 1722761/WO AMONG THE CLOUDS, ITM 1246732/WO BATH &amp; BODY WORKS	
 EUTM 014187884/EM BATH &amp; BODY WORKS,CDR 007814678-0003/EM</t>
     </r>
   </si>
   <si>
     <t>null Bath &amp; Body Works Brand Management Inc.</t>
   </si>
   <si>
+    <t xml:space="preserve">dāvanu maisiņi, dāvanu kastes, aromāti, smaržvielas, ziepes, aerosoli, losjoni,higiēnas gels, uz spirta bāzes veidots antibakteriāls ādas dezinfekcijas līdzeklis, kosmētiskie ķermeņa skrubji, attīroši roku tīrīšanas līdzekļi, sveces, lustras, telpu aerosoli, automašīnu smaržas, 
+ u.c. </t>
+  </si>
+  <si>
     <t xml:space="preserve">EUTM 015433436/EM DEFENDER, EUTM 017866806/EM EVOQUE, EUTM 010507903/EM F-TYPE, EUTM 015426737/EM E-PACE, EUTM 012767133/ EM SVR, EUTM 014875355/EM I-PACEEUTM 016482051 DEFENDER, EUTM 000143842 DISCOVERY, EUTM 017866807 XE, EUTM 000323592 XJ, EUTM 012718698 JAGUAR, EUTM 013184999 nawm, EUTM 016492332 JAGUAR, EUTM 015422926 LAND ROVER, EUTM 017879330 nawm, EUTM  013370572 Land Rover, EUTM  013370606 Range Rover, EUTM  013315833 Defender, EUTM 004847604 Land Rover, EUTM  005709481 Range Rover, EUTM  005709431 Range Rover, EUTM  000499343 Freelander, EUTM  000143792 Range Rover, EUTM  000189795 Jaguar, EUTM  005709456 Range Rover, EUTM  004071874 Range Rover, EUTM  000026658, EUTM  000026625 Jaguar, EUTM  000143644  Land Rover, EUTM  006447221Range Rover, EUTM  003648524 Range Rover, EUTM  005675343 Jaguar, EUTM  000026674, EUTM  000143842 Discovery  </t>
   </si>
   <si>
     <t>JAGUAR LAND ROVER LIMITED</t>
   </si>
   <si>
     <t>POP MART NETHERLANDS B.V.</t>
   </si>
   <si>
     <t>rotaļlietas, atslēgu piekariņi u.c.</t>
   </si>
   <si>
     <t>CDR 004555001-0006/EM</t>
   </si>
   <si>
     <t>ZAFFERANO SRL</t>
   </si>
   <si>
     <t>LED noskaņas gaismas</t>
   </si>
   <si>
     <t>EUTM 010186179/EM PEPPA PIG, EUTM 010186261/EM PEPPA PIG	
 EUTM 013084512/EM PJ Masks, EUTM 013084587/EM PJ Masks, EUTM 013957352/EM, EUTM 014396097/EM, EUTM 014395982/EM PJ Masks EUTM 018189029 Peppa Pig, EUTM 012216834 Peppa Pig, EUTM 010186261 Peppa Pig (fig.), EUTM 010186179 Peppa Pig, EUTM 015152911 SUPERPIGIAMINI, EUTM 015152929 SUPERPIJAMAS EUTM 015152978  PYJAMA HELDEN, EUTM 013957352, EUTM 013084512 PJ Masks, EUTM 013084587 PJ Masks, EUTM 014395982 PJ Masks, EUTM 014396097</t>
   </si>
   <si>
@@ -11265,53 +10813,50 @@
   </si>
   <si>
     <t>somas, lietussargi, ādas izstrādājumi, kabatas portfeļi, galdauti, pludmales dvieļi, siksnas, apavi, galvassegas, apģērbu ādas imitācijas, ādas apģērbi, jostas, sprādzes, apģērba piederumi u.c.</t>
   </si>
   <si>
     <t>EUTM 018441636/EM L'ALPINA, EUTM 016229668/EM AUSTRALIAN HARD COURT, EUTM 008437048/EM Australian Dream, EUTM 008222598/EM Australian by L'ALPINA, EUTM 004702866/EM Aussie	
 EUTM 015571805/EM A. RED COURT, EUTM 009764846/EM</t>
   </si>
   <si>
     <t>L'ALPINA MAGLIERIE SPORTIVE S.P.A.</t>
   </si>
   <si>
     <t>apģērbs</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1033725 THE GLENROTHES, ITM 1032425 THE GLENROTHES	
 ITM 0991310 ROBUR RESERVE,EUTM 000727842 HIGHLAND PARK, EUTM 000751099 GLENROTHES, ITM 1548238 MACALLAN, EUTM 000022228 MACALLAN	</t>
   </si>
   <si>
     <t>EDRINGTON DISTILLERS LTD</t>
   </si>
   <si>
     <t>stiprie alkoholiskie dzērieni u.c.</t>
   </si>
   <si>
-    <t>rezerves daļas,piederumi,aksesuāri u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>Škoda Auto a.s.</t>
   </si>
   <si>
     <t>BURBERRY LTD</t>
   </si>
   <si>
     <t>STARBUCKS CORPORATION</t>
   </si>
   <si>
     <t>YONEX CO.,LTD.</t>
   </si>
   <si>
     <t>ITM 1004640/WO PANDORA, EUTM 003397858/EM PANDORA, ITM 1518617/WO O, ITM 981362/WO O, ITM 1178636/WO PANDORA, ITM 979859/WO PANDORA, ITM 1086893/WO ALE, ITM 1519255/WO PANDORA, EUTM 000066886/EM ESSENCE, ITM 979835/WO LovePods, EUTM 006646491/EM PANDORA, ITM 1050640/WO UNFORGETTABLE MOMENTS, ITM 1594297/WO PANDORA BRILLIANCE</t>
   </si>
   <si>
     <t>ITM 1072677/WO COMMUTER SERIES, ITM 1120565/WO OTTERBOX
 ITM 1018698/WO OTTER BOX, ITM 1022540/WO, ITM 1075783/WO DEFENDER SERIES</t>
   </si>
   <si>
     <t>OTTER PRODUCTS EMEA UNLIMITED COMPANY</t>
   </si>
   <si>
     <t>mobilo tālruņu maciņi</t>
   </si>
   <si>
@@ -11438,64 +10983,73 @@
   <si>
     <t>TÜV Markenverbund e.V.</t>
   </si>
   <si>
     <t>elektropreces u.c.</t>
   </si>
   <si>
     <t>EUTM 018235157 LAVAZZA, EUTM 018591825 LAVAZZA A MODO MIO BARISTA TECHNOLOGY (FIGURATIVE), EUTM 018397566 LA RESERVA DE ¡TIERRA! PREMIUM BLEND HUMECO BIO-ORGANIC (FIGURATIVE), EUTM 018416406 PAULISTA (FIGURATIVE),EUTM 18345601 BLEND FOR BETTER (FIGURATIVE), EUTM 018359883   LAVAZZA COFFEE TO GO (FIGURATIVE)EUTM 011582616LAVAZZA QUALITA' ORO, ITM 1186133LAVAZZA, EUTM 317057 LAVAZZA, EUTM 15134984 LAVAZZA</t>
   </si>
   <si>
     <t>LUIGI LAVAZZA S.p.A.</t>
   </si>
   <si>
     <t>kafija</t>
   </si>
   <si>
     <t>kafija, kafijas kannas, šķīstošā kafija, kafijas krūzes, kafijas maisiņi, malta kafija u.c.</t>
   </si>
   <si>
     <t>EUTM7448293montura logo figurative</t>
   </si>
   <si>
     <t>MONTURA S.R.L.</t>
   </si>
   <si>
+    <t>apģērbi un aksesuāri alpīnisma,kāpšanas un āra aktivitātēm</t>
+  </si>
+  <si>
     <t xml:space="preserve">EUTM 018677050/EM SUSANNA FALKEN JEWELLERY Because i care	
 EUTM 018265824/EM SUSANNA FALKEN, EUTM 018682448/EM SF
 CDR 008678221-0001/EM	</t>
   </si>
   <si>
     <t>Susanna Falken Jewellery AB</t>
   </si>
   <si>
+    <t>rotaslietas, juvelierizstrādājumi, rotaslietu lādītes,  putekļu lupatiņa, filca maisiņi u.c.</t>
+  </si>
+  <si>
     <t xml:space="preserve"> EUTM 012219366 79981781 MONTBLANC,  EUTM 012201869, ITM	1298754/WO	10000003	MONTBLANC
 </t>
   </si>
   <si>
     <t xml:space="preserve">ICD D088738-0003/WO, ICD D088828-0001/WO,  EUTM 018382614/EM VALENTINO GARAVANI, EUTM 018169505/EM V, CDR 007382619- 0001/EM, EUTM	017009119/EM VLTN, EUTM 009615601/EM T-SHIRT COUTURE, EUTM 013822978/EM REDV, EUTM 013898481/EM RED V
 CDR 002167858-0001/EM, EUTM 010269331/EM RED V,EUTM 010843134/ EM RED V, EUTM 007539919/EM RED VALENTINO,EUTM 010500874/EM RED VALENTINO, EUTM	006937221/EM V, EUTM 010945236/EM VALENTINA, EUTM 010152866/EM VALENTINA VALENTINO, EUTM 001990407/EM VALENTINO, EUTM	007012149/EM VALENTINO GARAVANI, CDR 002154708-0001/EM, ICD D095792-0002/WO		</t>
+  </si>
+  <si>
+    <t>parfimērijas izstrādājumi ,rotaslietas, kosmētika,  apģērbs, apavi, dokumentu maciņi u.c.</t>
   </si>
   <si>
     <t>ITM 1535997/WO ARRA MYSTIC BLOOM, CPVR 43523 Arraone
 CPVR 43524 Arrafour, CPVR 40783 Arraten,CPVR 40779 Arraeleven
 CPVR 40782 Arrathirteen, CPVR 49473 Arrafourteenone, CPVR 43525 Arrasixteen, CPVR 40781 Arrafifteen, CPVR 49472 Arraeighteen, CPVR 40780 Arranineteen,CPVR 49470 Arratwentyfive
 CPVR 49471 Arratwentyseven, CPVR 49474 Arratwentyeight	
 CPVR 49469 Arratwentynine, CPVR 52663 Arrathirty, CPVR 58284 Arrathirtyone, CPVR 58280 Arrathirtytwo,ITM 1416455/WO ARRA PASSION FIRE, EUTM 017884676/EM ARRA AUTUMN GIANT
 ITM 1416001/WO ARRA SWEETIES, ITM 1466687/WO ARRA MYSTIC DREAM, ITM 1466683/WO ARRA MYSTIC STAR	
 ITM 1466608/WO ARRA PASSION GLOW, ITM 1466676/WO ARRA PASSION PUNCH, EUTM 018103410/EM ARRA PASSION STAR, ITM 1536561/WO ARRA SUGAR DROP,EUTM 018383563/ EM ARRA YUM!BO, ITM 1602198/WO ARRA HONEY POP</t>
   </si>
   <si>
     <t>GRAPA COMPANY LIMITED</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1299513 Lenovo </t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">EUTM 008566176/EM OREO, EUTM 000129577/EM OREO, EUTM 008640658/EM OREO, EUTM 009707613/EM belVita,EUTM 008747347/EM OREO, EUTM 010462877/EM OREO ORIGINAL, EUTM 004112835/EM BELVITA </t>
@@ -11543,114 +11097,120 @@
     <t>pārnesumkārbas motori, izņemot sauszemes transportlīdzekļiem paredzētos</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 008940587/EM ITALFILE, EUTM 012534202/EM JANE, EUTM 018019036/EM JANE ITALFILE, CDR 006145033-0002/EM,CDR 008362099-0001/EM, CDR 003531078-0001/EM	</t>
   </si>
   <si>
     <t>ITALFILE SRL</t>
   </si>
   <si>
     <t>tālvadības pultis</t>
   </si>
   <si>
     <t>SCAB GIARDINO SPA</t>
   </si>
   <si>
     <t>ICD D220464-0005/WO, ICD D220464-0006/WO, ICD D220464-0003/WO
 ICD D220464-0002/WO, ICD D220464-0001/WO, ICD D220464-0004/WO</t>
   </si>
   <si>
     <t>BEGA Gantenbrink-Leuchten KG</t>
   </si>
   <si>
     <t>CDR 002377713-0015, CDR 002377713-0006, CDR 015085127-0003, CDR 015085127-0001, CDR 015015635-0004, CDR 015015635-0002, CDR 00378 1160-0005, CDR 003780287-0025, CDR 002429993-0013, CDR 002377713- 0005, CDR 002377713-0004, CDR 002377713-0003, CDR 001626946-0008, CDR 001626946-0003, CDR 001108955-0001, CDR 000904131-0001, ITM 235033 Lichtbaustein, EUTM000026377 BEGA, EUTM 000026336 BEGA Leuchten</t>
   </si>
   <si>
+    <t xml:space="preserve"> apgaismes ierīces, to  aprīkojums, piederumi, daļas,  spuldzes, āra apgaismojums u.c.</t>
+  </si>
+  <si>
     <t xml:space="preserve">                         
 EUTM 006665319/EM 10000001 GILLETTE, EUTM 000803833/EM/  MACH3
 EUTM 004238771/EM 10000003 FUSION, EUTM 003997624/EM 10000004 FUSION, EUTM 001079896/EM 10000005 VENUS, EUTM 001930619/EM 10000006 Venus, EUTM 015538416/EM 10000007 ORAL-B, EUTM 003590064/EM 10000008 Oral-B, EUTM 000368712/EM 10000009 MACH
 EUTM 006915045/EM 10000010 PROGLIDE, EUTM 013191507/EM 10000011 PROSHIELD, EUTM 000315184/EM 10000012 SATIN CARE, EUTM 016542086/EM 10000013 FLYING EAGLE, CDR 000388582-0001/EM  
 CDR 000388574-0001/EM, CDR 000388590-0001/EM, CDR 000190194-0001/EM, CDR 000366968-0001/EM, CDR 000173000-0001/EM 
 </t>
   </si>
   <si>
     <t>THE GILLETTE COMPANY LLC</t>
   </si>
   <si>
+    <t>skuvekļi, skuvekļu asmeņi, manuālās zobu birstes, elektriskas zobu birstes, zobu birstes galviņas  u.c.</t>
+  </si>
+  <si>
     <t>ITM 1486516 NODALETO, EUTM 018525039 NODALETO, CDR 008425417- 0001, CDR 008713721-0001</t>
   </si>
   <si>
     <t>NODALETO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  kosmētiskie un tualetes līdzekļi, zobu pastas, parfimērija, ēteriskās eļļas, preparāti putekļu uzsūkšanai, mitrināšanai un saistīšanai, juvelierizstrādājumi,  pulksteņi un hronometriskie instrumenti,  somas, mēbeles, spoguļi, gleznu rāmji, nemetāliski uzglabāšanas vai transportēšanas konteineri, mājsaimniecības vai virtuves piederumi un trauki, apģērbi, apavi, galvassegas, apavi  u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000687434 e, EUTM 000687111 evolution,EUTM 017998772
 EUTM 000370122 SENNHEISER
 </t>
   </si>
   <si>
     <t>Sennheiser electronic GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>ierīces un instrumenti audio signālu ierakstīšanai, kā arī to daļas, austiņas, mikrofoni u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> ITM 164460 VELPEAU</t>
   </si>
   <si>
     <t>EUTM 018633205 ELFA,EUTM 018365272ELFBAR, EUTM018418043
 EUTM 018731012 ELFLIQ, EUTM 018838763/EM EBDESIGN, EUTM 018862291/EM MARYLIQ, EUTM 018856250/EM MaryLiq</t>
   </si>
   <si>
     <t>ITM 1558349/WO FERRERO ROCHER, ITM1249154/WO FERRERO ROCHER the golden experience, ITM1692374/WO FERRERO ROCHER	
 ITM1628989/WO FERRERO ROCHER ORIGINS, ITM1614931/WO FERRERO ROCHER GOLDEN TRAVELS, ITM1561733/WO FERRERO ROCHER ORIGINS, ITM1501324/WO FERRERO ROCHER GOLD - EDITION</t>
   </si>
   <si>
     <t>vafeles pārklātas ar šokolādi</t>
   </si>
   <si>
     <t>MOONBUG ENTERTAINMENT LIMITED</t>
   </si>
   <si>
     <t>EUTM4186169 PINK LADY, EUTM 2042679 PINK LADY, EUTM 968248 PINK LADY, EUTM 018111127 Pink Lady, EUTM 014353262 Pink Lady, EUTM 009914565 PINKIDS,EUTM 000968248/EM</t>
   </si>
   <si>
     <t>Apple and Pear Australia Limited</t>
   </si>
   <si>
     <t xml:space="preserve"> āboli, pārtika, alkoholiskie dzērieni u.c. </t>
   </si>
   <si>
     <t>EUTM 018234248 PIT VIPER, EUTM 018917967PIT VIPER, EUTM 018917965PIT VIPER, EUTM 018738091/EM BRAPSTRAP, EUTM 018737465/EM FLIGHT OPTICS, EUTM 018737464/EM FLIP-OFFS
 EUTM 018737463/EM LIFT-OFFS, EUTM 018754159/EM PIT VIPER
 EUTM 018775225/EM PIT VIPER, EUTM 018775261/EM PV</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 004205291 VECTIBIX, EUTM 005599998 
 </t>
-  </si>
-[...1 lines deleted...]
-    <t>masāžas eļļas, eļļošanas krēmi un želejas, orgasma krēmi medicīniskiem un nemedicīniskiem nolūkiem,medicīniskie seksuālie līdzekļi,farmaceitiskie produkti, pudeles, pudeļu formas, konteineri, izstrādājumi aizvākošanai</t>
   </si>
   <si>
     <t>EUTM 012548913 TALTZ, EUTM 010853596 TALTZ, EUTM 014461164 VERZENIOS, EUTM 010853001 OLUMIANT, EUTM 018129502, EUTM 018130857 RETSEVMO, EUTM 012763108 CYRAMZA, EUTM 010350635 CYRAMZA, EUTM 01284969 1trulicity, EUTM 009986159 TRULICITY, CDR 000124292-0009, EUTM 003915071 C, CDR 000124284-0001, EUTM 000299685 HUMALOG, EUTM 000299644 HUMATROPE,CDR 000124284- 0004, CDR 000124292-0012, EUTM 002869634, EUTM 001223916 CIALIS	
 EUTM 001235902 Lilly, EUTM 000237016 LILLY, EUTM 000828715 ALIMTA, EUTM 014826283 OLUMIANT</t>
   </si>
   <si>
     <t>EUTM 017891154/EM, EUTM 017891153/EM briko, EUTM 001847649/EM
 EUTM 003117751/EM, EUTM 017926883/EM KONTROLL, EUTM 003137395/EM KAPPA, EUTM 004951737/EM KAPPA,EUTM 005874995/ EM KAPPA,EUTM 008136996/EM KAPPA,EUTM 005875125/EM ROBE DI KAPPA, ITM871998/WO ROBE DI KAPPA, EUTM 018657259/EM BRIKO
 EUTM 018657250/EM KAPPA, EUTM 018028939/EM Kappa ski vacuum system technology, EUTM 018657252/EM, EUTM 018955011/EM SKI VACUUM SYSTEM TECHNOLOGY</t>
   </si>
   <si>
     <t>EUTM 011298247/EM AC/DC, EUTM 007594146/EM AC/DC, EUTM 014947717/EM AC/DC, EUTM 017962722/EM AC/DC, EUTM 018316239/EM ACDC, EUTM 018389095/EM ACDC, EUTM 018696965/EM BACK IN BLACK, EUTM 018696969/EM HIGHWAY TO HELL</t>
   </si>
   <si>
     <t>LEIDSEPLEIN PRESSE B.V.</t>
   </si>
   <si>
     <t>ITM 1447181 AM 318, EUTM 018396335 Loomen, EUTM 016280844 ANTONY MORATO, EUTM 010801181 MORATO,  EUTM 007447857 ANTONY MORATO,EUTM 010495323 MORATO,  EUTM 008803082 MORATO, EUTM 007219413 ANTONY MORATO, EUTM 005863956 ANTONY MORATO ITALIA, EUTM 005231444 ANTONY MORATO</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 001793611/EM DAB, CDR 004716330-0004/EM, 
 CDR 004067437-0001/EM	</t>
   </si>
   <si>
     <t>DAB PUMPS S.P.A.</t>
@@ -11857,54 +11417,50 @@
   </si>
   <si>
     <t>EUTM 018126278/EM AKIFIX</t>
   </si>
   <si>
     <t>EUTM 018575035/EM SQUID GAME,EUTM 018590303/EM SQUID GAME
 EUTM 018688589/EM SQUID GAME,EUTM 018575036/EM SQUID GAME
 EUTM 018579038/EM SQUID GAME, EUTM 018632790/EM	
 EUTM 018688590/EM</t>
   </si>
   <si>
     <t>NETFLIX CPX INTERNATIONAL B.V.</t>
   </si>
   <si>
     <t>ITM 1740523/WO, ICD D248094-0001/WO, ICD D238056-0001/WO, ICD D238625-0001/WO, ICD D239208-0001/WO, ICD D243980-0001/WO	
 ICD D238257-0001/WO, ITM 1638954/WO POLÈNE</t>
   </si>
   <si>
     <t>EUTM 018998385/EM TYRREL PROFESSIONAL</t>
   </si>
   <si>
     <t>MB Prabangos banga</t>
   </si>
   <si>
     <t>matu kopšanas līdzekļi, šampūni u.c.</t>
-  </si>
-[...2 lines deleted...]
-EUTM 019102961/EM KILLA EXTRA STRONG NICOPODS Cold Mint</t>
   </si>
   <si>
     <t>ITM 1824790/WO SAINT-TROPEZ</t>
   </si>
   <si>
     <t>MAIRIE</t>
   </si>
   <si>
     <t>EUTM 005582201/EM QUORIDOR</t>
   </si>
   <si>
     <t>GIGAMIC</t>
   </si>
   <si>
     <t>spēles, galda spēles, puzles, izglītojošas spēles</t>
   </si>
   <si>
     <t>ITM 1592394/WO ARIANA GRANDE CLOUD, ITM 1589877/WO ARIANA GRANDE CLOUD, ITM 1477022/WO ARIANA GRANDE THANK U, NEXT, ITM 1603085/WOGOD IS A WOMAN BY ARIANA GRANDE,ITM1802971/ WOLOVENOTES, EUTM018793436/EMARIANA GRANDE MOD VANILLA
 EUTM 018793440/EMARIANA GRANDE MOD BLUSH, EUTM	018793432/ EMARIANA GRANDE MOD, EUTM 013690649/EMARIANA GRANDE</t>
   </si>
   <si>
     <t>GRANDARI, INC.</t>
   </si>
   <si>
     <t>smaržas,šķidrās smaržas</t>
@@ -11987,50 +11543,53 @@
 EUTM 013444575/EM MOTO, EUTM 012314761/EM MOTO, EUTM 016999971/EM MOTO, EUTM 002565935/EM MOTO,EUTM 004590089/EM MAG ONE BY MOTOROLA, EUTM 015450001/EM M TURBOPOWER	
 EUTM 003457851/EM M, EUTM 003457728/EM M,EUTM 005523402/EM M
 EUTM 016999955/EM M, EUTM 003213444/EM M, EUTM 002883205/EM HELLOMOTO, EUTM 005160809/EM CRYSTALTALK, EUTM 019118441/ EM, ITM 1667711/WO M4DE, ITM 1753242/WO MOTO MOO, ITM 1600420/WO MOTOSYNC</t>
   </si>
   <si>
     <t>mobilie tālruņi  u.c.</t>
   </si>
   <si>
     <t>ITM 1530116 BUCKY, EUTM 011578564 BUCKFAST, EUTM  011338861 BUCKFAST, EUTM 2957306 BUCKFAST, EUTM 2957157, EUTM 000258798 BUCKFAST, EUTM017123357 BUCKY</t>
   </si>
   <si>
     <t>QUILATE SERVICES SA</t>
   </si>
   <si>
     <t>EUTM 01230+A2522:C25238516 II LES DEUX,EUTM 011443983 LES DEUX
 EUTM 017097726 II</t>
   </si>
   <si>
     <t>ITM 1481319 ZIMMERMANN</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 001398957/EM DUPLO, ITM 1791360/WO	
 </t>
   </si>
   <si>
+    <t>pralinē, šokolādes konfektes, vafeles, šokolāde, raukšķīgas šokolādes vafeles</t>
+  </si>
+  <si>
     <t>EUTM 011603651/EM TIC TAC, EUTM 009298183/EM TIC TAC, ITM 1210944/WO tic tac, ITM 1652292/WO tic tac</t>
   </si>
   <si>
     <t>cukura konfektes</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1357870/WO, ITM 1360296/WO, ITM 1422800/WO Kinder bueno
 ITM 1536704/WO Kinder Country, ITM 1241737/WO, ITM 1375307/WO Kinder, ITM 1535149/WO Kinder Maxi, ITM 1482068/WO,ITM 1634141/WO
 ITM 1374098/WO Kinder SURPRISE,EUTM 019122959/EM KINDER BUENO DARK, EUTM 019122974/EM KINDER BUENO	
 </t>
   </si>
   <si>
     <t>EUTM 009316878/EM NUTELLA, ITM 1191051/WO nutella, ITM 1073241/WO nutella, ITM 1633173/WO nutella, ITM 1407264/WO nutella
 ITM 1357583/WO nutella, ITM 1758169/WO nutella, ITM 1761839/WO
 ITM 1814119/WO nutella, ITM 1702822/WO spread a nutella smile
 ITM 1748245/WO nutella peanut</t>
   </si>
   <si>
     <t>uzklājama šokolāde ar lazdu riekstiem</t>
   </si>
   <si>
     <t>EUTM 000182790/EM QUALCOMM,EUTM 005903661/EM SNAPDRAGON
 ITM 1130107/WO, EUTM 012757787/EM QualcommQuick Charge, EUTM 012757878/EM, EUTM 015169964/EM QUALCOMM QUICK CHARGE	
 EUTM 017572281/EM Qualcomm snapdragon, EUTM 017660549/EM QUALCOMM, EUTM 017660572/EM Qualcomm,EUTM 017960124/EM QC2
 EUTM 017960125/EM QC3, EUTM 017960127/EM QC4, EUTM 018257461/ EM SNAPDRAGON RIDE,EUTM 018263282/EM SNAPDRAGON SOUND
@@ -12141,50 +11700,53 @@
   </si>
   <si>
     <t xml:space="preserve"> motociklistu ķivere</t>
   </si>
   <si>
     <t>EUTM 002197721 HARD ROCK, EUTM 000928499 ALL IS ONE, EUTM 003384187 HARD ROCK BAR, EUTM 000064592 HARD ROCK CAFE	
 EUTM 001063510 HARD ROCK CAFE, EUTM 002198018 HARD ROCK CASINO, EUTM 002547321 HARD ROCK CASINO, EUTM 002588796 HARD ROCKEUTM 004070843 HARD ROCK HOTEL, EUTM 000228783 HARD ROCK LIVE,  EUTM 004070413 HARD ROCK HOTEL /fig./, EUTM 004070348 HARD ROCK CAFE  /fig./, EUTM 004070298 HARD ROCK  /fig./, EUTM 003384187 HARD ROCK BAR, EUTM 002588796 HARD ROCK HOTEL, EUTM 002547321 HARD ROCK CASINO, EUTM 002198018 HARD ROCK CASINO, EUTM 002197721 HARD ROCK, EUTM 001070978 HARD ROCK ONLINE, EUTM 001070952 HARD ROCK PINHEADS, EUTM 001070911 HARD ROCK ONLINE  /fig./,  EUTM 001063544 HARD ROCK CAFE  /fig./, EUTM 001063510 HARD ROCK CAFE, EUTM 001063460 HARD ROCK LIVE, EUTM 001063452 HARD ROCK LIVE  /fig./, EUTM 000928663 SAVE THE PLANET, EUTM 000928499 ALL IS ONE, EUTM 000928416 LOVE ALL, SERV ALL, EUTM 000336628 HARD ROCK HOTEL  /fig./, EUTM 000064592 HARD ROCK CAFE, EUTM 000064485 HARD ROCK CAFE  /fig./, EUTM 002588796 HARD ROCK HOTEL, EUTM 002547321 Hard Rock CASINO /fig./</t>
   </si>
   <si>
     <t>EUTM 017889894/EM, EUTM 018869837/EM DoDo, EUTM 017889892/EM DoDO, EUTM 018869784/EM, EUTM 018193404/EM DODO CHARMING JEWELRY SINCE 1994</t>
   </si>
   <si>
     <t>DODO S.R.L.</t>
   </si>
   <si>
     <t>dārgakmeņi, dārglietas</t>
   </si>
   <si>
     <t>EUTM 013476155/EM fear god, EUTM 017806175/EM FEAR OF GOD	
 ITM 1578241/WO ESSENTIALS FEAR OF GOD, EUTM 019151606/EM ESSENTIALS FEAR OF GOD,EUTM 019151950/EM ESSENTIALS FEAR OF GOD, EUTM 018918836/EM ESSENTIALS</t>
   </si>
   <si>
     <t>Fear of God, LLC</t>
   </si>
   <si>
+    <t>juvelierizstrādājumi, ķēdes,  kaklarotas  rokassprādzes   gredzeni, apģērbi, apavi, galvassegas, jostas somas, ceļojumu somas, rokasomiņas, maki u.c</t>
+  </si>
+  <si>
     <t>RADLEY NETHERLANDS B.V.</t>
   </si>
   <si>
     <t>YITAIPACKING-MATERIACCESSORIES (KUNSHAN) CO LTD</t>
   </si>
   <si>
     <t>ITM 1083462 JOTUN, ITM	1416291 JOTUN</t>
   </si>
   <si>
     <t>Jotun A/S</t>
   </si>
   <si>
     <t>baloniņi u.c.</t>
   </si>
   <si>
     <t>OUTFIT7 LIMITED</t>
   </si>
   <si>
     <t>Chapter 4 Corp.</t>
   </si>
   <si>
     <t>EUTM 009905233/EM PINK FLOYD, EUTM 014996391/EM PINK FLOYD
 EUTM 018370323/EM PINK FLOYD, EUTM 018541172/EM PINK FLOYD
 EUTM 005261011/EM PINK FLOYD</t>
   </si>
@@ -12206,444 +11768,899 @@
     <t>EUTM 008740334 POWERTEX, EUTM 008740301 POWERTEX, EUTM 018081167 HAKLIFT</t>
   </si>
   <si>
     <t>Axel Johnson International Aktiebolag</t>
   </si>
   <si>
     <t>metāla detaļas celšanai un kravu apstrādei, sprādzes, siksnu un ķēžu spriegotāji, āķi, slēdzenes, trīši, stropes, tērauda troses, ķēdes, savienojuma posmi, karabīnes, kritiena apturēšanas bremzes, tērauda siksnas, celšanas, kravas un drošības siksnas, vinčas, konveijera lentes, rullīšu konveijeri, celšanas ragavas, poliesters, polipropilēns, PET siksnas</t>
   </si>
   <si>
     <t>UPT EP4201327</t>
   </si>
   <si>
     <t>Insulet Corporation</t>
   </si>
   <si>
     <t xml:space="preserve"> insulīna plāksteris ar integrētu sūkni</t>
   </si>
   <si>
     <t>EUTM 017088683/EM MOON, EUTM 019150779/EM MOON, EUTM 018305089/EM MOON POWER,EUTM 018693427/EM MOON CHARGING
 EUTM 018956543/EM RE:LIFE powered by MOON, EUTM 017895789/EM MOON POWER</t>
   </si>
   <si>
     <t>MOON POWER GmbH</t>
   </si>
   <si>
+    <t xml:space="preserve"> atmiņas moduļi, baterijas, ierīces un instrumenti enerģijas uzkrāšanai, uzlādējamas baterijas, mobilās lietotnes, elektriskās baterijas, sauszemes pārvietošanās līdzekļi, gaisa pārvietošanās līdzekļi, ūdens pārvietošanās līdzekļi; hibrīda transportlīdzekļi, elektriskie transportlīdzekļi,   galvassegas, apģērbs,glāzes, krūzes u.c.</t>
+  </si>
+  <si>
     <t>EUTM  002391167</t>
   </si>
   <si>
-    <t xml:space="preserve"> atmiņas moduļi, baterijas, ierīces un instrumenti enerģijas uzkrāšanai, uzlādējamas baterijas, mobilās lietotnes, elektriskās baterijas, sauszemes pārvietošanās līdzekļi, gaisa pārvietošanās līdzekļi, ūdens pārvietošanās līdzekļi, hibrīda transportlīdzekļi, elektriskie transportlīdzekļi,   galvassegas, apģērbs,glāzes, krūzes u.c.</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">kopšanas un skaistumkopšanas līdzekļi, kosmētika, tualetes piederumi, ādas kopšanas līdzekļi; mīkstinošs tīrīšanas līdzeklis, kondicionieris, roku un ķermeņa krēms, ķermeņa losjons, dušas želejas, pēdu, roku krēmi, dienas un nakts krēmi, acu  smaržas, istabas smaržas, sveces, kosmētika, lūpu spīdumi un lūpu mīkstinātāji, gultas un galda pārklāji, apģērbi, apavi, galvassegas,  somas, jostas, tualetes piederumu futrāļi un turētāji u.c. </t>
+    <t xml:space="preserve"> EUTM 9344383 GIOCHERIA 
+</t>
+  </si>
+  <si>
+    <t>Giocheria S.p.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 015382963/EM GIOCHI PREZIOSI GROUP, EUTM 009344292/EM GIOCHI PREZIOSI, EUTM 015383201/EM GIOCHI PREZIOSI, ITM 1041967/WO EMOTION PETS, EUTM 009164914/EM CICCIOBELLO	
+EUTM007028525/EM GORMITI, ITM 1376005/WO BE YOU U, ITM 1620810/WO UNIQUE EYES, ITM 1610996/WO AMICICCI, EUTM 012346045/EM PRIMÍ, EUTM 018795540/EM CANTA TU KARAOKE	
+EUTM 018898946/EM COCCOLOTTI, ITM 1828821/WO GO! POP
+</t>
+  </si>
+  <si>
+    <t>GIOCHI PREZIOSI S.P.A.</t>
+  </si>
+  <si>
+    <t>skolas somas, mugursomas, rotaļlietas, spēles</t>
+  </si>
+  <si>
+    <t>EUTM 018934543/EM HL HELIO da Silva</t>
+  </si>
+  <si>
+    <t>HELIO COSMETICS S.R.L.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDR 008410906-0001, CDR  000177324-0001, CDR  002013722-0001, CDR  000791199-0001, CDR  000776232-0001, CDR  001921362-0001, CDR  001921362-0003, CDR  001921362-0005, CDR  001921362-0007, CDR  001921362-0004, CDR  001921362-0006, CDR  001921362-0002, CDR 008410906-0001, Beleuchtungs körper, CDR 000177324-0001, CDR 002013722-0001 Heckleuchten für Fahrzeuge, CDR 000791199-0001Rückleuchte für Fahrzeuge, CDR 000776232-0001Leuchten für Kraftfahrzeuge  </t>
+  </si>
+  <si>
+    <t>Aspöck Systems GmbH</t>
+  </si>
+  <si>
+    <t>transportlīdzekļu apgaismojuma sistēmas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 004880589/EM DEAN &amp; DAN, ITM 1193591 Dean &amp; Dan Caten, EUTM 4347761 D2 DSQUARED2, EUTM 8142011DSQUARED2 SHE WOOD, ITM 1172079 BROTHERS BAR &amp; GRILL, EUTM 1201697 CERESIO7, ITM 1233104 DSQUARED2, ITM 1091413 DSQUARED2, EUTM 8141962 DSQUARED2 HE WOOD, EUTM 5287495 Dsquared, EUTM 8133548 DSQUARED², ITM 1184744 DSQUARED2, ITM 1252279 DSQUARED2, EUTM 4936662 D² DSQUARED², ITM 1198056 Catens, ITM 1074869 DSQUARED, EUTM 4880589 DEAN &amp; DAN, EUTM 4998266 DSQUARED² WOOD, ITM 1084427 DSQUARED2 POTION, EUTM 5217963 DSQUARED2, EUTM 4952131 DETERMINATION, ITM 1217910 DSQUARED2 WILD, EUTM 7471204 DSQ, ITM 1236814 DSQUARED2, EUTM 2509826 D² DSQUARED², EUTM 5217997 DSQUARED² WOOD	</t>
+  </si>
+  <si>
+    <t>DSQUARED2 TRADEMARKS LIMITED</t>
+  </si>
+  <si>
+    <t>THE WELSH RUGBY UNION LTD</t>
+  </si>
+  <si>
+    <t>GUCCIO GUCCI S.P.A.</t>
+  </si>
+  <si>
+    <t>LOGITECH EUROPE S.A.</t>
+  </si>
+  <si>
+    <t>CDR 001290597-0001</t>
+  </si>
+  <si>
+    <t>One drop only Chemisch-pharmazeutische Vertriebs-GmbH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">mēles tīrītājs </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ITM 1211398 JACQUEMUS, CDR 008516199-0002 Modele de sac à main Bambino </t>
+  </si>
+  <si>
+    <t>CDR 000094461-0002/EM, EUTM 018115766/EM PANTAGRUEL, EUTM 018115761/EM HOPPER, EUTM 018676743/EM EXTREMIS, CDR 001825787-0001/EM</t>
+  </si>
+  <si>
+    <t>EXTREMIS</t>
+  </si>
+  <si>
+    <t>mēbeles, galdi, piknika galdi</t>
+  </si>
+  <si>
+    <t>EUTM 012829842/EM TOMS, EUTM 012830551/EM TOMS, EUTM 014221816/EM TOMS, EUTM 012830791/EM TOMS, EUTM 012130647/EM TOMS, EUTM 011555497/EM TOMS, EUTM 014059695/EM TOMS, EUTM 011581931/EM TOMS, EUTM 012757969/EM TOMS, EUTM 012130563/EM TOMS, ITM 887771/WO TOMS, EUTM 014035745/EM TOMS FOR ONE ANOTHER, EUTM 011555729/EM TOMS ONE FOR ONE, EUTM 014035729/EM TOMS FOR ONE, ANOTHER, EUTM 013845755/EM TOMS PASSPORT REWARDS EUTM 012130415/EM TOMS ONE FOR ONE</t>
+  </si>
+  <si>
+    <t>TOMS SHOES INC</t>
+  </si>
+  <si>
+    <t>ikdienas apavi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 008774812/EM UEFA, EUTM 007463821/EM, EUTM 007464084/EM UEFA, EUTM 016417917/EM Together #WePlayStrong,EUTM 015611387/EM UEFA Together #WePlayStrong
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNION DES ASSOCIATIONS EUROPEENNES DE FOOTBALL </t>
+  </si>
+  <si>
+    <t>sporta apģērbs</t>
+  </si>
+  <si>
+    <t>GILEAD SCIENCES INC</t>
+  </si>
+  <si>
+    <t>ITM 1298483 WIRTGEN, EUTM 013694864</t>
+  </si>
+  <si>
+    <t>EUTM000431148FOSSIL,EUTM000811737AUTHENTIC FOSSIL GENUINE, EUTM 001940097FOSSIL, EUTM006271118FOSSIL,EUTM002107001FOSSIL</t>
+  </si>
+  <si>
+    <t>Fossil Group, Inc.</t>
+  </si>
+  <si>
+    <t>pulksteņi, maki, juvelierizstrādājumi, dizainparaugi, smaržas, sieviešu somas, dažādi ādas izstrādājumi, datorsomas, mugursomas, jostas u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ICD 015111293-0001 Derecho exclusivo de diseño de moto eléctrica; modelo deer blanca, ICD 015111293-0002 Derecho exclusivo de diseño de moto eléctrica: modelo deer negra, ICD 015111293-0003 Derecho exclusivo de diseño de moto eléctrica; modelo lion 0 negra, ICD 015111293-0004 Derecho exclusivo de diseño de moto eléctrica: modelo lion 0 blanca, ICD 015111293-0005Derecho exclusivo de diseño de moto eléctrica: modelo lion 0 gris	</t>
+  </si>
+  <si>
+    <t>ECOMOBILITY GREEN WORLD, S.L.</t>
+  </si>
+  <si>
+    <t>elektriskie motocikli u.c.</t>
+  </si>
+  <si>
+    <t>Ramdon Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDR 009149743-0008/EM, CDR 009149743-0009/EM, CDR 009149743- 0010/EM, CDR 009149743-0011/EM, CDR 009149743-0012/EM, CDR 004667384-0002/EM, CDR 009149743-0001/EM, CDR 009149743-0002/EM	
+CDR 009149743-0003/EM, CDR 009149743-0004/EM, CDR 004667384- 0003/EM, CDR 004667384-0004/EM, CDR 004667384-0005/EM, CDR 004667384-0001, EUTM 018079142 BOGNER, EUTM 018003584 BOGNER, EUTM 017646571, EUTM 017646589, EUTM 017444092 BGNR, EUTM 003499381 Bogner, EUTM 003500717 S, EUTM 003509916 B Fire + Ice, EUTM 003510096 B Bogner Jeans, EUTM 003512217 B, EUTM 003514353 B Bogner, EUTM 004919411 B Bogner Homeshopping, EUTM 005482062, EUTM 007411416 Sônia Bogner,  EUTM 008640948 B, EUTM 008899940 B 
+ </t>
+  </si>
+  <si>
+    <t>ITM 1257551/WO VILEBREQUIN, ITM 1237277/WO VILEBREQUIN
+EUTM 002391167/EM</t>
+  </si>
+  <si>
+    <t>trb international sa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 017396672 HOKA ONE ONE, EUTM 017396698 HOKA, EUTM 003894623 UGG, ITM 1162727/WO HOKA ONE ONEEUTM 018310011 UGG, EUTM 018293585 FLUFF YEAH, EUTM 010398014 UGG, EUTM 004686994 UGG, EUTM 007468713 (Marque sans texte), EUTM 006335632 UGG australia, EUTM 014560643 UGG, EUTM 010304152 UGG, CDR 000233614-0001, CDR 000233614-0002, CDR 000861 471 - 0011, CDR 000861471-0012, CDR 001057780-0001, CDR 001057780-0003	
+</t>
+  </si>
+  <si>
+    <t>EUTM 018270734/EM BRIOGEO SCALP REVIVAL, ITM 1456751/WO BE GENTLE, BE KIND, ITM 1456632/WO BLOSSOM &amp; BLOOM, ITM 1589471/WO BRIOGEO, ITM 1331751/WO BRIOGEO, ITM 1456633/WO COLOR ME BRILLIANT, ITM 1456856/WO CURL CHARISMA, ITM 1674541/WO DESTINED FOR DENSITY,ITM 1455936/WO DON'T DESPAIR, REPAIR !, ITM 1458948/WO FAREWELL FRIZZ,ITM 1456408/WO SCALP REVIVAL</t>
+  </si>
+  <si>
+    <t>BECCAIR, LLC</t>
+  </si>
+  <si>
+    <t>šampūni, matu kopšanas līdzekļi</t>
+  </si>
+  <si>
+    <t>CDR 015071248-0001/EM, CDR 015080372-0002/EM, CDR 015080372- 0003/ EM, EUTM 018876471/EM, EUTM 014521281/EM, EUTM 017996845/ EM QATAR 2022, EUTM 018119408/EM FIFA WORLD CUP Qatar 2022,EUTM 018119401/EM, CDR 006808325-0001/EM, EUTM 018778791/EM TAZUNI
+EUTM 005988571/EM FIFA QUALITY APPROVED,EUTM 017899753/EM ETTIE, EUTM 016113607/EM FIFA QUALITY, EUTM 017398561/EM eWORLD CUP, EUTM 018986659/EM MUNDIAL DE CLUBES FIFA
+EUTM 018396867/EM, EUTM 006537021/EM, EUTM 015855786/EM	
+EUTM 018681170/EM, EUTM 005129085/EM, EUTM 010828341/EM
+EUTM 010828887/EM, EUTM 009761347/EM WORLD CUP,  EUTM 017227083/EM FIFA WOMEN'S WORLD CUP FRANCE, EUTM018013482/ EM FIFA eCLUB WORLD CUP, ITM 910075/WO, EUTM 009672759/EM WORLD CUP 2022, EUTM 015991318/EM THE BEST FIFA FOOTBALL AWARDS, EUTM 018591977/EM BEYOND GREATNESS,EUTM 015175318/ EM France 98, EUTM 018122094/EM LIVING FOOTBALL, EUTM 009027343/EM FIFA, EUTM 018734816/EM WORLD CUP 2026, EUTM 018948251/EM MUNDIAL 26, EUTM 018876445/EM WE ARE 26
+EUTM 018876474/EM SOMOS 26,EUTM 018879147/EM NOUS SOMMES 26
+EUTM 012100525/EM FIFA WORLD CUP, EUTM 013014188/EM FOOTBALL WORLD CUP, EUTM 011392214/EM GERMANY 2006, EUTM 011392347/EM GERMANY, EUTM 006993133/EM, EUTM008989601/EM	
+EUTM 009610511/EM FIFA Women's World Cup, EUTM009565342/EM WORLD CUP 2018,EUTM	006517007/EM,EUTM 011391745/EM FIFA WM
+EUTM 009113391/EM, EUTM 008989402/EM	2014BRAZIL, EUTM 008964173/EM GERMANY 2011,EUTM 013455993/EMFRANCE 98 WORLD CUP, EUTM 004868030/EM, EUTM	009096736/EM, EUTM 005988795/EM FIFA QUALITY INSPECTED, EUTM 009425778/EM FIFA WORLD CUP	
+EUTM 011158334/EM, EUTM 009565409/EM	 WORLD CUP 2022, EUTM 009571498/EM QATAR 2022, CDR 002021279-0007/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ICD D073401-0020/WO, ICD D073401-0010/WO, ICD D073401-0013/WO	
+ICD D073401-0022/WO, ICD D089493-0002/WO, ICD D089493-0003/WO	
+ICD D089493-0007/WO, ICD D089493-0008/WO, ICD D073401-0011/WO,    ICD D073401-0023/WO, ICD D073401-0019/WO, ICD D073401-0001/WO,         ICD D073401-0009/WO, ICD D073401-0021/WO, ICD D073401-0008/WO,           ICD D073401-0012/WO, ICD D205987-0001/WO, ICD D205986-0001/WO,            ICD D200059-0001/WO, ICD D200066-0001/WO, ICD D201318-0001/WO	
+ICD D205988-0001/WO, ICD D219533-0003/WO, ICD D219533-0001/WO	
+ICD D219533-0002/WO, ICD D085323-0006/WO, ICD D085323-0004/WO	
+ICD D085323-0003/WO, ICD D085323-0005/WO, ICD D085323-0002/WO	
+ICD D089493-0004/WO, ICD D080655-0001/WO, ICD D089493-0006/WO	
+ICD D089493-0001/WO, ITM 1310465/WOHAPPY DREAMS,ITM 678948/ WOICE CUBE, ITM 258707/WOL.U.C., ITM 1356721/WO L'HEURE DU DIAMANT, EUTM 018265682/EM CHOPARD MAGICAL SETTING	
+ITM 669344/WO HAPPY HEARTS, ITM 1617018/WO Chopard, ITM 1617017/WO CHOPARD, ITM 1273715/WO FERDINAND BERTHOUD	
+ICD D205997-0001/WO, ICD D075678-0007/WO, ICD D075678-0003/WO	
+ICD D075678-0008/WO, ICD D075678-0002/WO, ICD D080655-0003/WO	
+ICD D080655-0004/WO, ICD D080655-0002/WO	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 005394283/EM CLARINS, EUTM 018226698/EM CLARINS
+EUTM 012459525/EM CLARINS, EUTM 017384819/EM MY CLARINS
+EUTM 018502685/EM CLARINS PRECIOUS, CDR 008609499-0003/EM	
+CDR 008609499-0001/EM, CDR 008737944-0001/EM,CDR 008739825-0001/ EM, CDR 002963272-0001/EM	</t>
+  </si>
+  <si>
+    <t>CLARINS</t>
+  </si>
+  <si>
+    <t>LABORATOIRES VIVACY</t>
+  </si>
+  <si>
+    <t>hipodermiskās šļirces</t>
+  </si>
+  <si>
+    <t>EUTM 007002132/EM STYLAGE, CDR 003841006-0001/EM, CDR 003841006-0002/EM, ICD D235800-0001/WO, ICD D235800-0002/WO, ITM 1403997/WO VIVACY PARIS,ITM 1424426/WO BI-SOFT INJECTION TECHNOLOGY, ITM 1258327/WO STYLAGE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 004067393 MYSTIQUE, EUTM 003115045 MATRIX 3EUTM 6679526X5, ITM 1141054 XTREME 3 ULTIMATE, ITM 1094131 HYDRO SILK, ITM 1040435 HYDRO, ITM 996724 WILKINSON SWORD HYDRO, EUTM 11877032 PERSONNA, EUTM 10051407 POWER SELECT, EUTM 11697241 Protector WILKINSON SWORD, EUTM 1952902 XTREME III, EUTM 13677836 WILKINSON, EUTM 139055 WILKINSON, EUTM 3818622 WILKINSON SWORD, EUTM 3819703 WILKINSON SWORD
+</t>
+  </si>
+  <si>
+    <t>CDR 000352695-0001/EM, EUTM 019185484/EM</t>
+  </si>
+  <si>
+    <t>EUTM 019074958 JNCO, EUTM 019074926 JNCO,EUTM 019074846 JNCO</t>
+  </si>
+  <si>
+    <t>Big Rig, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">apģērbi, to aksesuāri u.c. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM  017938526  BVB 09, EUTM  000844993 BVB 09, EUTM  017382359 BVB 09, ITM  1455318 Borusse, ITM  1458269 Borussin, EUTM  000845115 BORUSSIA DORTMUND, EUTM  017938524 BORUSSIA DORTMUND, EUTM  017938529 Dortmunder Jungs, ITM 1859311  BVB, ITM 1745526 BVB INSPIRED BY, ITM 1720078 BORUSSIA DORTMUND, ITM 1720157 BVB 09
+</t>
+  </si>
+  <si>
+    <t>BVB Merchandising GmbH</t>
+  </si>
+  <si>
+    <t>sporta inventārs, apģērbs, suvenīri u.c.</t>
+  </si>
+  <si>
+    <t>ITM 1550899/WO MILAN, EUTM 018158302/EM MILAN</t>
+  </si>
+  <si>
+    <t>MARCO DACHS SA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dzēšgumijas </t>
+  </si>
+  <si>
+    <t>EUTM 018812501 SILBON, EUTM 018813068 SB, EUTM 018964416 SILBON</t>
+  </si>
+  <si>
+    <t>SILBON ESPAÑA, S.L.U.</t>
+  </si>
+  <si>
+    <t>EUTM 018697043/EM N.G.P TOBACCO, EUTM 018179011/EM PABLO
+EUTM 017559972/EM KILLA, EUTM 019102975/EM EXTRA STRONG NICOPODS KILLA Apple, EUTM 019102944/EM EXTRA STRONG NICOPODS KILLA MINI BLUEBERRY, EUTM 019102893/EM KILLA DRY EXTRA STRONG NICOPODS COLD MINT, EUTM 019102908/EM PREMIUM QUALITY NICOPODS KILLA Exclusive Cherry Cola, EUTM 019102844/EM 50MG STRONG NICOPODS PABLO Exclusive Mango Ice	
+EUTM 019102973/EM DANGER STRONG NICOPODS PABLO ICE COLD MINI, EUTM 019102969/EM DANGER STRONG NICOPODS PABLO RED DRY, EUTM 019102961/EM KILLA EXTRA STRONG NICOPODS Cold Mint</t>
+  </si>
+  <si>
+    <t>N.G.P TOBACCO ApS</t>
+  </si>
+  <si>
+    <t>nikotīna paciņas bez tabakas, iekšķīgai lietošanai</t>
+  </si>
+  <si>
+    <t>EUTM 014228811/EM THE POWERPUFF GIRLS,EUTM 004145884/EM THE POWERPUFF GIRLS, EUTM 000852780/EM The Powerpuff Girls, EUTM 018470734/EM POWERPUFF, EUTM 015093545/EM RICK AND MORTY	
+EUTM 018054654/EM RICK AND MORTY, EUTM018584542/EM, EUTM 008365538/EM ADVENTURE TIME, EUTM 008429136/EM BEN 10ALIEN FORCE, EUTM  008528069/EM BEN 10 ULTIMATE ALIEN, EUTM 007151939/EM CN CARTOON NETWORK, EUTM 001155282/EM CN	
+EUTM 015318785/EM ADVENTURE TIME,ITM 955360/WO BEN 10 ALIEN FORCE, ITM 892033/WO BEN 10, EUTM 003297165/EM TOONAMI</t>
+  </si>
+  <si>
+    <t>CDR 000134168-0006</t>
+  </si>
+  <si>
+    <t>Krinner GmbH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ziemassvētku eglītes statīvs </t>
+  </si>
+  <si>
+    <t>CDR 015002771-0001/EM, CDR 015002771-0002/EM, CDR 015002771-0003/ EM, CDR 015009801-0003/EM, CDR 015009801-0002/EM, CDR 015068623- 0001/EM	, CDR 015009803-0001/EM, CDR 015043119-0001/EM, ITM 1812338/WO HEY2O, CDR 015068605-0001/EM, CDR 008487995-0007/EM
+CDR 008487995-0008/EM, CDR 008487995-0009/EM, CDR 008487995-0014/ EM, CDR 008487995-0012/EM, CDR 008487995-0013/EM, CDR 008487995- 0015/EM	, CDR 008487995-0016/EM, CDR 015009801-0001/EM, CDR 008487995-0017/EM, CDR 008487995-0018/EM,EUTM 016683633/EM HEY DUDE, EUTM 018653035/EM EY DUDE,EUTM 018782234/EM HEY DUDE
+ITM 1060473/WO hey Dude, ITM 1729640/WO HEY DUDE, EUTM 018970623/EM HEY DUDE, CDR 008487995-0001/EM, CDR 008487995- 0002/EM	, CDR 008487995-0003/EM, CDR 008487995-0004/EM, CDR 008487995-0005/EM, CDR 008487995-0011/EM, CDR 008487995-0006/EM	
+CDR 008487995-0010/EM</t>
+  </si>
+  <si>
+    <t>CROCS TRADING COMPANY PTE LTD</t>
+  </si>
+  <si>
+    <t>somas, džinsa apģērbi</t>
+  </si>
+  <si>
+    <t>EUTM 016732877/EM BING, EUTM 016732869/EM BING, EUTM 018023122/EM, EUTM 016732851/EM BING BUNNY</t>
+  </si>
+  <si>
+    <t>Acamar Films Limited Acamar Films Limited</t>
+  </si>
+  <si>
+    <t>apģērbs, rotaļlietas, leļļu aksesuāri</t>
+  </si>
+  <si>
+    <t>EUTM 017195066 Spigen EUTM 018964532/EM SPIGEN</t>
+  </si>
+  <si>
+    <t>ITM 1196173/WO NIGY, ITM 603354/WO TOPICREM,ITM 1170081/WO TOPICREM, ITM 1040096/WO TOPICREM soins bébé bio</t>
+  </si>
+  <si>
+    <t>LABORATOIRES NIGY S A</t>
+  </si>
+  <si>
+    <t>ķermeņa losjoni</t>
+  </si>
+  <si>
+    <t>CHATEAU ANGELUS</t>
+  </si>
+  <si>
+    <t>EUTM 015057276/EM FORLAXEXPRESS,EUTM 013974365/EM, MECTAGO EUTM 014180558/EMSMECTAVIT,EUTM015922503/EM SMECTAGO, EUTM 017771361/EMsmectaGo,EUTM014105647/EM SMECTAGO,EUTM 014741516/EMSMECTA SMART SOLUTION,EUTM 002775/EM smecta Simply unique, EUTM14741474/EMSMECTA EXPECT MORE, EUTM015344815/EMSMECTA EXPRESS, EUTM015344799/EM SMECTA COMFORT, EUTM015344732/EMSMECTA ACTIVE,EUTM  014952378/EM SMECTA SMILES,EUTM015344807/EM SMECTA FORTE
+EUTM 015466444/EM SMECTA, EUTM 007102759/EM smecta,EUTM 015466436/EM SMECTA, EUTM 013974316/EM SMECTA,EUTM 015466477/EM SMECTA, EUTM 015923519/EM SMECTA,ITM1874384/ WOTANAKAN, EUTM007402332/EM TANAKANMAX, EUTM007402341/ EM BITANAKAN, EUTM 06346803/EM tanakan you will remember, EUTM 005902259/EMtanakan based on evidence,EUTM005902242/EMTANAKAN BASED ON EVIDENCE, EUTM007094221/EM tanakan EGb 761,EUTM
+011386695/EM tanakan,EUTM011744571/EM tanakan,EUTM005545066/EM tanakan, EUTM 007094238/EM TANAKAN, EUTM00341894/EM FORLAXLIQUID, EUTM 014579049/EM FORLAXLIB, EUTM015293152/ EMFORLAXVIE, EUTM 015293038/EM FORLAXLIA,EUTM015292964/EM FORLAXION, EUTM 015293095/EM FORLAXPRO,EUTM 011287034/EM smectalia, EUTM 015054547/EM FORLAXGO,EUTM016542771/EM FORLAXGO, EUTM 016542797/EM FORLAXGO, EUTM 015057235/EM 	
+FORLAX EXPRESS, EUTM 017570151/EM forlax kids,EUTM015054182/ EM ORLAX GO, EUTM 017233313/EM FORLAX GO, EUTM 016542672/ EM FORLAX, EUTM 016542714/EM FORLAX, EUTM017807991/EM FORLAX, EUTM 017778267/EM forlax, EUTM 017570144/EM forlax</t>
+  </si>
+  <si>
+    <t>MAYOLY PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>EUTM 016664963/EM MARCHING ON TOGETHER,EUTM 007115901/EM LEEDS UNITED, EUTM 001311588/EM, EUTM 009353293/EM</t>
+  </si>
+  <si>
+    <t>LEEDS UNITED FOOTBALL CLUB LIMITED</t>
+  </si>
+  <si>
+    <t>sporta apģērbs, futbola bumbas, šalles</t>
+  </si>
+  <si>
+    <t>EUTM 019038069/EM AMEERAT AL ARAB, EUTM 018892612/EM KHAMRAH, EUTM 018973710/EM ASAD Lattafa, EUTM 019077817/EM ANGHAM, EUTM 018981522/EM YARA Lattafa, EUTM 018125528/EM Lattafa, EUTM 019157728/EM Lattafa</t>
+  </si>
+  <si>
+    <t>LATTAFA PERFUMES IND. LLC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ITM 1126166/WO Monchhichi, EUTM 009139346/EM, EUTM 009139312/EM, ITM 1126165/WO
+ </t>
+  </si>
+  <si>
+    <t>SEKIGUCHI CO LTD</t>
+  </si>
+  <si>
+    <t>EUTM 000165845/EM kipling, EUTM 001459155/EM KIPLING, EUTM 001016542/EM kipling,EUTM 001459288/EM KIPLING,	EUTM 001016492/EM KIPLING, EUTM 004903928/EM KIPLING, EUTM 018679398/EM NAPAPIJRI BE OUT THERE,	EUTM 005052816/EM NAPAPIJRI geographic, EUTM 000291021/EM NAPAPIJRI, EUTM 009840901/EM NAPAPIJRI, EUTM 015326325/EM NAPAPIJRI</t>
+  </si>
+  <si>
+    <t>VF International SAGL</t>
+  </si>
+  <si>
+    <t>EUTM	008518839/EM PIONEER DJ, EUTM	010902468/EM  SOUND TUNED BY ANDREW JONES A. JONES CHIEF SPEAKER ENGINEER</t>
+  </si>
+  <si>
+    <t>Pioneer Europe NV</t>
+  </si>
+  <si>
+    <t>skaņas pastiprināšanas iekārtas audio mikseri, skaļruņi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 8154098 Marca patrón tous, CDR 002081851-0005OSO	
+EUTM 018712249OSO nuevoEUTM  3236619 FIGURATIVA OSO KAOS, EUTM  11882 TOUS MARCA DENOMINTIVA, ITM  1008239 FIGURATIVA cuadrado oso, tulipán, f VA, ITM  1152997   FIGURATIVA NIÑO, ITM  1152996   FIGURATIVA NIÑA, ITM  1064125 FIGURATIVA NIÑA,ITM  1051988 FIGURATIVA NIÑO, EUTM  2739381  DENOMINATIVA TOUS, EUTM  5477922  FIGURATIVA OSOS KAOS, EUTM  8378531  3D CAJA ENVOLTORIO, CDR  001990805-001/002 DISEÑO COMUNITARIO ELEFANTE, CDR  001598319  DISÑEO COMUNITARIO OSO BUBBLE, CDR  002149096-001/002/003/004/005  FIGURATIVO 3D LAZO, DUNA, DISCO MARIPOSA, CDR  002081851-001/002/003/004/005,  002081851-001/002/003/004/005 FLORES Y OSO INFINITY  
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+CDR 001681032-0001/EM, EUTM 018934122/EMFLP, EUTM018934065/EM FAURE LE PAGE, EUTM 018383174 FLP, ITM 1105847, ITM 1105848, EUTM 12700449, EUTM 17996301, EUTM 8666018, EUTM 17996299, EUTM 15055742, EUTM 15069677, EUTM 17720582, EUTM 17996291, CDR 001681032-0001, CDR 003568823-0001 à 003568823-0006 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 009593922/MALIBU BLACK, EUTM 000397125/MALIBU COCONUT ICEPAK, EUTM 010886687/fig./, EUTM 009422916/ MALIBU VIVA, EUTM 010438638/MALIBU SUNSHINE, EUTM 05466131MALIBU SOUND CLASH,  EUTM 09593898/MALIBU RED, EUTM 000497651 MALIBU LIME, EUTM 008591737 MALIBOOM BOOM, EUTM 009650037 MALIBU FRESH, 011159597/ MALIBU SUNDAE, EUTM 000396994 MALIBU LIME ICEPAK, EUTM 004101887/MALIBU Chill, CDR 00047720- 0001/EM, EUTM	009467771/EM MALIBU COCKTAILS,EUTM 010467017/ EM MALIBU SUNSHINE, EUTM	009480948/EMMALIBU CREATIONEUTM 011966546/MALIBU,  EUTM 010467017/MALIBU SUNSHINE, EUTM 000940734/MALIBU, EUTM 000940700/MALIBU, EUTM 009670043/MALIBU, EUTM 000756940, EUTM 09467771/MALIBU COCKTAILS, EUTM 009467689/MALIBU COCKTAILS CARIBBEAN COSMO SPIRIT OF THE CARIBBEAN, EUTM 009467812/ MALIBU COCKTAILS ISLAND PUNCH SPIRIT OF THE CARIBBEAN, EUTM 009467721/MALIBU COCKTAILS MELON MARGARITA SPIRIT OF THE CARIBBEAN, EUTM 009467655/ MALIBU COCKTAILS TROPICAL CAIPIRINHA SPIRIT OF THE CARIBBEAN, EUTM 009593971/MALIBU WHITE, EUTM 000418384 /MALIBU,  EUTM 000886689/MALIBU, EUTM 008604753/MALIBU, EUTM 010886761/MALIBU COCKTAILS RUM PUNCH, EUTM 008591976/RADIO MALIBOOM BOOM, EUTM 010038131/MALIBU COCKTAILS CARIBBEAN COSMO, EUTM 010038172/MALIBU COCKTAILS RUM PUNCH, EUTM 010038206 MALIBU COCKTAILS MELON MARGARITA, EUTM 010038248/MALIBU COCKTAILS TROPICAL MOJITO, EUTM 011618485/MALIBOOTH, EUTM 011937133/MALIBU, EUTM 011159597/MALIBU SUNDAE, CDR 002034108-0001, CDR 002034108-0002, CDR 002034108-0003, CDR 002034108-0004 
+</t>
+  </si>
+  <si>
+    <t>alkoholiskais dzērins MALIBU</t>
+  </si>
+  <si>
+    <t>EUTM 006103899 PARMIGIANO-REGGIANO, EUTM 008737447 CONSORZIO DEL FORMAGGIO PARMIGIANO REGGIANO, EUTM 008737405 PARMIGIANO REGGIANO, EUTM 017721051 PARMIGIANO REGGIANO, EUTM 017948650, EUTM 008737389 PARMIGIANO REGGIANO, EUTM 001126481 PARMIGIANO REGGIANO, EUTM 017942425 PARMIGIANO REGGIANO, GIP PDO-IT-0016 Parmigiano Reggiano, EUTM 012053369/EM PARMIGIANO REGGIANO CONSORZIO TUTELA</t>
+  </si>
+  <si>
+    <t>CDR 002952846-0001/EM, CDR 002952846-0002/EM</t>
+  </si>
+  <si>
+    <t>FAVERO ELECTRONICS SRL</t>
+  </si>
+  <si>
+    <t>velosipēdu datori, velosipēdu pedāļi</t>
+  </si>
+  <si>
+    <t>EUTM 013055033/EM 1664 - sixteensixtyfour, EUTM 018685684/EM Kronenbourg 1664 BLANC, EUTM 018683108/EM 1664 BLANC, EUTM 019016525/EM 1664 , EUTM 018967049/EM 1664,ITM 1788958/WO 1664 Kronenbourg BLANC, EUTM 018967154/EM 1664, ITM 1749320/WO Kronenbourg 1664</t>
+  </si>
+  <si>
+    <t>BRASSERIES KRONENBOURG</t>
+  </si>
+  <si>
+    <t>alus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 0989696 GC, EUTM	000567511MARCIANO
+</t>
+  </si>
+  <si>
+    <t>Guess?, Inc.</t>
+  </si>
+  <si>
+    <t>pulksteņi, apģērbi,apavi, galvassegas u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 007180748 RAINBOW BRITE, EUTM 005376561 hoops&amp; yoyo
+EUTM 006609887 HALLMARK, EUTM 000193326 HALLMARK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+EUTM 008878779 AIR WICK,  EUTM 004526703 AIR WICK, EUTM 007442775 FRESHMATIC,TM 003624533  FRESHMATIC, EUTM 001150531 AIR WICK 
+</t>
+  </si>
+  <si>
+    <t>EUTM 015538572/EM NATURALLY ACTIVE RETREATS,EUTM 018701620/EM LIZ EARLE SMOOTH &amp; GLOW, EUTM 018836316/EM LIZ EARLE ORANGE FLOWER,EUTM	008765273/EMLIZ EARLE EYEBRIGHT
+EUTM	015538606/EM THE HOUSE OF LIZ EARLE	EUTM 005967294/ EM LIZ EARLE, EUTM 005967831/EM LIZ EARLE CLEANSE &amp; POLISH HOT CLOTH CLEANSER, EUTM008366718/EMLIZ EARLE SUPERSKIN
+EUTM	008367211/EM LIZ EARLE CLEANSE &amp; POLISH, EUTM 005967864/EM</t>
+  </si>
+  <si>
+    <t>LIZ EARLE BEAUTY CO LTD</t>
+  </si>
+  <si>
+    <t>kosmētika, skaistumkopšanas balzami krēmi,  smaržas sejas mitrinātāji skaistumkopšanas serumi u.c.</t>
+  </si>
+  <si>
+    <t>matu veidošanas ierīces</t>
+  </si>
+  <si>
+    <t>EUTM 018985551/EM Kind Patches Kind Patches Kind Patches Kind Patches</t>
+  </si>
+  <si>
+    <t>Kind Patches Limited</t>
+  </si>
+  <si>
+    <t>vitamīnu piedevu plāksteri, transdermālie plāksteri</t>
+  </si>
+  <si>
+    <t>CDR 001856873-0001/EM,EUTM 013124491/EMPARA'KITO, CDR 001856949-0001/EM, CDR 004013472-0001/EM, EUTM 018863065/EM parakito</t>
+  </si>
+  <si>
+    <t>BIOSYNEX</t>
+  </si>
+  <si>
+    <t xml:space="preserve">rokassprādzes, odu atbaidīšanas līdzekļi </t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                     EUTM  008204901   Micro SD, EUTM  008204794  SD XC, EUTM  001275858  SD, ITM  907972  SD HC, EUTM  10825421   Micro SD XC, EUTM  10825446  Micro SD HC, CDR  000128566-0001, CDR  000128566-0002,CDR  000128566- 0003, CDR  000128566-0004, EUTM	010825388/EM SD SMART, EUTM 018837191/EM SDUC, EUTM 018837197/EM	 micro SDUC
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Finlandia Vodka Oy </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> EUTM 4835757 CANAIMA (denom)	, EUTM 14959621 CANAIMA
+</t>
+  </si>
+  <si>
+    <t>DUG PORTUGAL, UNIPESSOAL LDA</t>
+  </si>
+  <si>
+    <t>EUTM 018934668/EM EXPEDITION 33, EUTM 018934698/EM CLAIR OBSCUR, ITM 1785397/WO CLAIR OBSCUR, ITM 1785398/WO EXPEDITION 33</t>
+  </si>
+  <si>
+    <t>SANDFALL INTERACTIVE</t>
+  </si>
+  <si>
+    <t>t-krekli u.c.</t>
+  </si>
+  <si>
+    <t>CDR 001386858-0022/EM, CDR 001386858-0025/EM, CDR 001386858-0027/ EM, CDR 001386858-0030/EM, CDR 001386858-0024/EM, CDR 001386858- 0026/EM, CDR 001386858-0029/EM, CDR 001386858-0028/EM, CDR 001386692-0001/EM, CDR 001386692-0004/EM, CDR 001386692-0011/EM	
+CDR 001386692-0012/EM, CDR 001386700-0002/EM, CDR 001386700-0001/ EM, ITM 1278105/WO ISEC, ITM 1298036/WO PURE LOOP, ITM 1278104/ WO PURELOOP, ITM 1841681/WO PLASMAC, ITM 1841469/WO UMAC,  EUTM 019162317/EM EDVANCED, EUTM 015080261/EM UpCentre, EUTM 001873215/EM COAX, EUTM002045748/ EM COAX, EUTM018052759/EM Circonomic Centre, EUTM 018130953/EM BluPort, ITM	1316257/WO CAREFORMANCE, ITM 1705585/WO CHEMAREMA, ITM1129879/WO COREMA, ITM 1192473/WO counter current, ITM 1726526/WO DuaFil	
+ITM 1705574/WO ecoGentle	, ITM 1039828/WO ecoSAVE, ITM 1042906/WO ECOSAVE, ITM 492633/WO EREMA, ITM 1661038/WO EREMA, ITM 1660881/WO erema group, ITM 1176080/WO INTAREMA, ITM 1469676/WO KEYCYCLE, ITM1483520/WO KEYCYCLE EREMA PLANT ENGINEERING
+ITM 994154/WO MPR, ITM 1400093/WO POWERFIL, ITM 1403274/WO POWERFIL, ITM 1341743/WO re360, ITM 1658239/WO ReFresher, ITM 1015825/WO RTF, ITM 1208193/WO smart start, ITM 1015824/WO TVE	
+ITM 1061121/WO	 TVEplus	, ITM 1312860/WO UMAC, ITM 1491090/WO VACUNITE, ITM	765459/WO VACUREMA, CDR 001386858-0002/EM	
+CDR 001386858-0001/EM</t>
+  </si>
+  <si>
+    <t>EREMA Engineering Recycling Maschinen und Anlagen Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">atkritumu pārstrādes sistēmas u.c. </t>
+  </si>
+  <si>
+    <t>CDR 015033609-0001/EM</t>
+  </si>
+  <si>
+    <t>JIAOJUN WU</t>
+  </si>
+  <si>
+    <t>ceļojumu čemodāni un ceļojumu somas u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 002822591/EM TIGI	, EUTM 000816918/EM BED HEAD, EUTM 018310787/EM TIGI</t>
+  </si>
+  <si>
+    <t>TIGI HOLDINGS LIMITED</t>
+  </si>
+  <si>
+    <t>matu veidošanas vaski, kosmētika un kosmētikas līdzekļi, matu kopšanas līdzekļi un procedūras</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 000234351 LIU.JO /fig./, EUTM1107343/Les plumes de LIU.JO,  EUTM 011645199/Rebel Queen, EUTM 011715042/LJ ,EUTM 000747923/Liu.Jo, EUTM 0976811/Liu.Jo, EUTM 004717724/Liu.Jo </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 5248679 GIANVITO ROSSI, EUTM 015507163 GIANVITO ROSSI, EUTM 11716495GIANVITO ROSSI MILANO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 000372458, CDR 002028399-0015, CDR 002028399-0014 93026226, CDR 002028399-0013 93026224, CDR 002028399-0012 93026222, CDR 002028399-0011 93026220, CDR 002028399-0010 93026218, CDR 002028399-0009 93026216, CDR 002028399-0008 93026214, CDR 002028399-0007, CDR 002028399-0006, CDR 002028399-0005, CDR 002028399-0004, CDR 002028399-0003,         CDR 002028399-0002, CDR 002028399-0001, CDR 000899083-0001, EUTM 010427979, EUTM 010427987, EUTM 000472506  </t>
+  </si>
+  <si>
+    <t>motocikli, rezerves daļas, apģērbi, t-krekli, cepures, dažādi aksesuāri u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 11557923/VCOG, EUTM 008203739/RMR, EUTM 002669984/ TRIPOWER, EUTM 010544294/CCAS, EUTM 010618445/SRS, EUTM 009680372/TRIJICON BRILLIANT AIMING SOLUTIONS, EUTM 010618395/TARS, EUTM 007492119 ACOG, EUTM 001445451/ TRIJICON, EUTM 011158383/ACCUPOINT,  EUTM 008209918/ ACCUPIN </t>
+  </si>
+  <si>
+    <t>EUTM 016442824/EM HUBLOT, ITM	1590882/WO H HUBLOT
+CDR 000952841-0003/EM, CDR 000952841-0001/EM, ICD D075168- 0004/WO, ICD D082508-0001/WO, ICD D082508-0002/WO, ICD D082508-0005/WO,ICD D082508-0004/WO, ICD D082508-0003/WO, ITM 1089825 KEY OF TIME , ITM 1258485 H HUBLOT BOUTIQUE EXCLUSIVE, ITM 1006223 H, ITM 1018417 KING POWER, ITM 1047327H, ITM 108982 6oceanographic, ITM 1128346 Magic Gold, EUTM 008273906 BLACK MAGIC, ITM 12690012 FIRMAMENT, ITM 1273313 H HUBLOT CLASSIC FUSION, ITM 1018417 King Power , EUTM 16660185, EUTM 016442824 HUBLOT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 003833225 WOMAN BOSS HUGO BOSS, ITM 754225 HUGO BOSS, EUTM  004389508 CLAIROL HYDRIENCE, EUTM 004316592CLAIROL NICE N EASY, EUTM 003423571CLAIROL LASTING COLOR, EUTM  003423101CLAIROL LOVING CARE, EUTM 002951481 CLAIROL COLORWONDERFUL, EUTM 004757531 MASTERPIECE, EUTM  001469188FACEFINITY, EUTM10536084 GLOSSFINITY, EUTM  005369211MASTERTOUCH, EUTM009269879 LILY,EUTM 014867576 STELLA STELLA McCARTNEY, ITM934747A/ E, EUTM008558132,EUTM 001919208, ESCADA SENTIMEN, EUTM 008558108 ESCADA, EUTM 001111590 DARK, BLUE, EUTM  002742971 DEEP RED, ITM  1319522 BOSS HUGO BOSS, ITM  1297788 BOSS, EUTM  008276801 BOSS ORANGE, EUTM  000049254 HUGO BOSS, EUTM 000049221 BOSS, ITM  1147051, ITM  836705 SOUL, EUTM  10302511  NUIT POUR FEMME BOSS HUGO BOSS, ITM 1069374 JUST DIFFERENT, ITM  945297 XY HUGO, ITM  944245 XHUGOX, EUTM  2543759 BOSS BOTTLED, EUTM  3737004 BOSS HUGO BOSS INTENSE, EUTM  002433399 STELLA McCARTNEY, EUTM  003698396 MAXFACTOR THE MAKE-UP OF MAKE-UP ARTISTS, EUTM  011657004 MAX FACTOR, EUTM  000273730 MAX FACTOR, EUTM  005783691 STELLA McCARTNEY, ITM  1016000 STELLA  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 004537734 BIOSYNTH, EUTM	018135030 BIOSYNTH CARBOSYNTH, EUTM 018135028 BIOSYNTH Carbosynth </t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                                                              EUTM 000161471 MAGNETI MARELLI, EUTM 000161521 MAGNETI MARELLI, EUTM  016638959 MAGNETI MARELLI, EUTM 1496804 M	
+EUTM	1494145 MARELLI, EUTM	1494683 M MARELLI </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 000314336 P.S.G. PARIS-SAINT-GERMAIN, EUTM 013108411 PARIS SAINT - GERMAIN, EUTM 013508882I CI C'EST PARIS, EUTM 014407753 GOLDEN BARRE, EUTM014968382 MY PARIS SAINT-GERMAIN, EUTM 01394629 8RUSHIN' PARIS, EUTM013975263 #tousparis, EUTM 000313981 PARIS SAINT-GERMAIN 1970 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> CDR 003029222-0001, CTM 012664009 93062536 HURRICANE, CDR 003124502-0004 93062534, CDR 003124502-0003 93062532, CDR 003124502-0002 93062530, CDR 003124502-0001 93062528, CDR 002854935-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                                                                                                                                                 
+CDR  001931213-0003, EUTM  002226306  91089752  Genius, EUTM  008804494 Salad Chef, CDR  001631847-0003, CDR  001631847-0004  
+CDR  001631847-0006, CDR  001631847-0007, CDR  001631847-0008  
+CDR  001631847-0009, CDR  001631847-0010, CDR  001931213-0009  
+CDR  001931213-0008, CDR  001931213-0007, CDR  001931213-0006  
+CDR  001931213-0005, CDR  001931213-0004  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                      EUTM002763266/EM/CANNA Thé solution for growth and bloom, EUTM010748242/EM/CANNA, EUTM015195266/EM CANNACURE, EUTM015195217/EM/CANNAZYM,, EUTM015183007/EM /CANNABOOST, EUTM 004436234/EM </t>
+  </si>
+  <si>
+    <t>EUTM 013435532 AIGLE, EUTM 17141029 MACADAMES, EUTM 011714136, EUTM 013121553, EUTM 011824571, EUTM 015713761, CDR 001979113-0001, CDR 005265857-0001 Bottes, CDR 005265873-0001 Bottes</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">EUTM 015921422 ca, EUTM 012734571CATRICE , EUTM 012863254 CATRICE, EUTM 009173221 CATRICE, EUTM </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">005430939 catrice, EUTM 015921422 CA, EUTM 012734571 CATRICE, EUTM 018675482 CATRICE COSMETICS HD LIQUID COVERAGE FOUNDATION </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 008640351 SARABANDA,EUTM 009150244 MINIBANDA, EUTM 008844391 MINIBANDA, EUTM 008640211 SARABANDA, EUTM 001152503S ARABANDA, EUTM008640351 SARABANDA, EUTM 008895492 S </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDR008707525-0005MOLD CLOSED shoes, CDR008707525-0004LADY SOCK shoes, CDR008707525-0002LADY AFTERHOUR shoes, CDR008707 525-0001Talon LADY,CDR 008754386-0002WAIST BAG, CDR008756266- 0001LINDSAY BAG (chain), CDR008754386-0001LINDSAY BAG (strap), EUTM1497643 Nawm, CDR 001203830-0001,CDR 003379833-0001, CDR 001203830-0001, ICD 100149, CDR 007721808-0001, CDR 008186043-0001, CDR 001262828-0002, CDR 008186043-0002, CDR 008186043-0003, CDR 002512152-0001, CDR 002513085-0001, CDR 007439385-0001, CDR 007439385-0002, CDR 007439385-0003, CDR 008186605-0001, EUTM 011865805Balenciaga, EUTM 006257042 BB, CDR 007722715-0001, EUTM 017416141 BB, EUTM 001048370 BB, ICD 100179, ICD 100180, CDR 006272498-0001, CDR 006272852- 0001, ICD 103381, CDR 006272852-0002, EUTM 1497643 Nawm, CDR 007008057-0001, CDR 005945631-0001, ICD 103372, CDR 007009402- 0001, CDR 006935219-0001, CDR 001262836-0001
+</t>
+  </si>
+  <si>
+    <t>masāžas eļļas, eļļošanas krēmi un želejas, orgasma krēmi medicīniskiem un nemedicīniskiem nolūkiem,medicīniskie seksuālie līdzekļi, farmaceitiskie produkti, pudeles, pudeļu formas, konteineri, izstrādājumi aizvākošanai</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ITM  1421068  Taycan, EUTM  10788164   Panamera, EUTM  3915493 Panamera, EUTM  3915766 Cayman, EUTM  010195873 Cayman, EUTM  1393255  Cayenne, EUTM  12230082  Cayenne, EUTM  9396052  Boxste, EUTM  12897047  Macan, EUTM  10789089   Macan, EUTM  005832878 PORSCHE DESIGN, EUTM  002932085, EUTM  000345744 PORSCHE STUTTGART, EUTM  001700954, EUTM  000073098 PORSCHE, EUTM  002765972, EUTM  10769917  Macan, EUTM  9736232, EUTM  11737368 Porsche, EUTM  11737426 PORSCHE STUTTGART,  EUTM  73171 TARGA, EUTM  283879 CARRERA, EUTM  10842425 turbo, ITM  1055649  Spyder, EUTM  011251741, EUTM  014874614, EUTM  15610256  PIWIS  </t>
+  </si>
+  <si>
+    <t>bezalkoholiskie dzērieni, apģērbi, galvassegas peldkostīmi, t-krekli, zeķes, sviedru krekli, šorti, kleitas, sandales, skriešanas kostīmi, sporta džemperi, apakšbikses, džemperi ar kapuci, vestes, bikses, pidžamas, naktskrekli u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                           EUTM 010181527 Alcon, EUTM 004225439 Ciba Vision, EUTM 005616339 Ciba Vision, EUTM 002299675 Ciba Vision, EUTM 000811992 Freshlook Colorfriends, EUTM 001913219 Freshlook, EUTM  018012654 Freshlook Air Colors, EUTM 009241191 Freshlook Illuminate, EUTM 010988591 Dailies Freshlook Illuminate 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM011082492ABCDE FGHJK, EUTM011822533ABCDE FGHJK, EUTM 011822525ABCDE FGHJK, EUTM010627164 ABCDE FGHJK, EUTM002267581 CLEVITE, ITM 1088531pc, ITM 1081123, ITM 1330576CareMetix </t>
+  </si>
+  <si>
+    <t>t-krekli, kurpes, somas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                           EUTM  009906736, EUTM  009906892 Fred Perry, EUTM  011427945  
+EUTM  011716751, EUTM  012654951, EUTM  014022495, CDR  001510306, CDR  001914607, CDR  002610261, EUTM  01143257, EUTM  005552328   Fred Perry, EUTM  005552476 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM009783821Nutri Bullet, EUTM 013261706RX, EUTM 013303847 Nutribullet RX, EUTM 004100483Magic Bullet, EUTM 013479258Bullet, EUTM 013921069Nutribullet, EUTM 014968879 NutriBullet, EUTM 004956462Magic Bullet, EUTM 008917049Baby Bullet </t>
+  </si>
+  <si>
+    <t>pulksteņi un hronoloģiski instrumenti, juvelierizstrādājumi, rotaslietas, apģērbi, galvassegas, šalles, cimdi, zeķes, jostas, apavi, apavu zoles, zolītes, un citi aksesuāri, rāvējslēdzēji, apavu tīrīšanas un pulēšanas līdzekļi, ugunsdrošais apģērbs, darba bikses, virsvalki, ceļgalu spilventiņi, cietās cepures, aizsargcimdi, aizsargbrilles, rūpniecības apavi, saulesbrilles, austiņas, mobilo tālruņu siksnas, atmiņas kartes, DVD, kompaktdiski, magnētiskie datu nesēji, video kasetes, rūpniecisko apavu zoles un zolītes, instrumentu jostas, instrumentu jostu piederumi, somas, somiņas ceļojumu somas, čemodāni, mugursomas, kabatas portfeļi, maki, kancelejas preces un biroja piederumi</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> zobārstniecības instrumenti, zobārstniecības un zobārstniecības tehnikas aparāti un aprīkojums, zobu sūkšanas sistēmas, zobārstniecības darbības lampas, laboratorijas mēbeles zobārstiem un zobu tehniķiem</t>
+  </si>
+  <si>
+    <t>audumi tekstila vajadzībām, gultas un galda pārklāji, apģērbs krekli, šalles, vestes, t-krekli, Bermudu šorti, apģērba stiprinājumi, bikšturi, apavi, dārgmetāli un to sakausējumi, juvelierizstrādājumi, brilles, optiskie izstrādājumi, somas, smaržas, tualetes, tualetes piederumi, kosmētikas produkti, āda un ādas imitācijas, dzīvnieku ādas u.c.</t>
+  </si>
+  <si>
+    <t>datoru aparatūra, datorprogrammas, daļas un piederumi, tonera kasetnes, tintes kasetnes printeriem, datoru somas u.c.</t>
+  </si>
+  <si>
+    <t>juvelierizstrādājumi, sudraba rotaslietas, dārgmetālu figūriņas - statuetes, medaļas, bižutērija, atslēgu piekariņi personīgie piederumi u.c.</t>
+  </si>
+  <si>
+    <t>rokas darbarīki un rokas instrumenti, galda piederumi, instrumenti pārtikas sagatavošanai virtuves piederumu griešanas ieliktņi, drupinātāji, piederumi pārtikas produktu rīvēšanai, impregnēšana, trauki mājsaimniecības un virtuves vajadzībām, stikla trauki, bļodas, paliktņi, silikona paklāji u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">šaujamieroču optiskie aparāti, instrumenti, tēmēkļi un tvērumi, teleskopiskais tēmeklis, šautenes binokļi, monokļi, lāzera tālmēri, statīvi, apģērbs, cepures, krekli, sporta krekli u.c.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> aizsardzības un drošības aprīkojums, aizsargķiveres, aizsargmaskas, aizsargzābaki, aizsarg apģērbs (bruņas), aizsargapģērbs, cimdi, apģērbs, galvassegas un apavi medicīnas personālam un pacientiem, medicīniskie pārsēji, autiņbiksītes zīdaiņiem un nesaturēšana, peldbikses zīdaiņiem, automašīnu sēdekļi, pārvalki, galvas balsti, bērnu drošības sēdekļi transportlīdzekļiem, izstrādājumi no ādas, proti, kastes, maki, čemodāni un čemodāni dokumentiem, maki, kredītkaršu futrāļi, atslēgu futrāļi, somas un čemodāni, atslēgu maisiņi, mugursomas, maki, apģērbs, apavi u.c.</t>
+  </si>
+  <si>
+    <t>ķermeņa kopšanas līdzekļi, personīgie piederumi u.c.</t>
+  </si>
+  <si>
+    <t>apģērbs un aksesuāri, tekstilizstrādājumi</t>
+  </si>
+  <si>
+    <t>EUTM 018306585 UNICORNIOS INESTABLES, EUTM 018281336 LABILNÍ JEDNOROŽCI, EUTM 017853623 UNSTABLE UNICORNS, EUTM 0181313 29 UNSTABLE GAMES, EUTM 1452668 SCRAM, EUTM 1460240 LLAMAS UNLEASHED, EUTM 018229310 HERE TO SLAY, EUTM 1465673 EXILED LEGENDS, EUTM 017988853 DARING CONTEST, EUTM 017987032 DARING CONTEST, EUTM 1435157 CHIBIPUFFS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDR0577432-0001, 0002, EUTM 93036722 STEGO, EUTM 4682481 STEGO, EUTM 4682381 STEGO, CDR 01881640-0001, CDR 029 2933-0006, CDR 0292933-0005, CDR 0292933-0003, CDR 02929 33-0002, CDR 0292933-0001, CDR 0577416-0013, CDR 0577416- 0012, CDR 0577416-0011, CDR 0577416-0010, CDR 0577416-0009, CDR 0577416-0008, CDR 0577416-0007, CDR 0577416-0006, CDR 0577416-0005, CDR 0577416-0003, CDR 0577416-0004, CDR 057 7416-0002, CDR 0577416-0001, CDR 0577432-0018, CDR 0577 432-0017, CDR 0577432-0016, CDR 0577432-0015, CDR 05774 32-0014, CDR 0577432-0013, CDR 0577432-0012, CDR 05774 32-0011, CDR 0577432-0010, CDR 0577432-0009, CDR 0577 432-0004, CDR 0577432-0003, CDR 0577432-0002 </t>
+  </si>
+  <si>
+    <t>globālie pozicionēšanas instrumenti (GPS)</t>
+  </si>
+  <si>
+    <t>kola (bezalkoholiskie dzērieni un gāzētie dzērieni), jakas, krekli, peldkostīmi, t-krekli, svīteri, zeķes, sporta krekli, šorti, kleitas, cepures (galvassegas), iešļūcenes, skriešanas tērpi, sporta krekliņi, apakšbikses, sporta krekli ar kapuci, vestes, bikses, pidžamas, naktskrekli u.c.</t>
+  </si>
+  <si>
+    <t>kafija, tēja, kakao un mākslīgā kafija, rīsi, tapioka un sāgo, milti un graudaugu izstrādājumi, maize, konditorejas izstrādājumi, pārtikas ledus, cukurs, medus, melases sīrups, raugs, cepamais pulveris, sāls, sinepes, etiķis, mērces (garšvielas), garšvielas, saldējums, gaļa, zivis, mājputni un medījumi, gaļas ekstrakti, konservēti, saldēti, žāvēti un termiski apstrādāti augļi un dārzeņi, želejas, ievārījumi, kompoti, olas, piens un piena produkti, eļļas un tauki pārtikai u.c.</t>
+  </si>
+  <si>
+    <t>ķirurģijas, medicīnas, zobārstniecības un veterinārijas aparāti un instrumenti, mākslīgās ekstremitātes, acis un zobi, ortopēdiskie izstrādājumi, šuvju materiāli, terapeitiskās un palīgierīces, kas paredzētas cilvēkiem ar invaliditāti, masāžas aparāti, bērnu aprūpes aparāti, ierīces un priekšmeti, aparāti, ierīces un priekšmeti seksuālām darbībām, juvelierizstrādājumi, pulksteņi, apģērbi, apavi, galvassegas, mājsaimniecības vai virtuves piederumi,galda piederumi, dakšiņas un karotes, skuvekļi tīrīšanas iekārtas, mājsaimniecības veļa, tekstila vai plastmasas aizkari, paklāji, paklājiņi, paklājiņi, linolejs un citi grīdas segumi, netekstila sienas tapetes, spēles rotaļlietas, videospēļu aparāti, vingrošanas un sporta preces, rotājumi, kafija, tēja, kakao un mākslīgā kafija, rīsi, tapioka un sāgo,milti un graudaugu izstrādājumi, maize, konditorejas izstrādājumi, pārtikas ledus, cukurs, medus, melases sīrups, raugs, cepamais pulveris, sāls, sinepes, etiķis, mērces (garšvielas), saldējums, alkoholiskie dzērieni, alus, minerālūdeņi un gāzētie ūdeņi un citi bezalkoholiskie dzērieni, augļu dzērieni un augļu sulas, sīrupi, tabaka, mēķētāju preces, sērkociņi, preparāti putekļu uzsūkšanai, mitrināšanai un saistīšanai, sveces un daktis apgaismošanai u.c.</t>
+  </si>
+  <si>
+    <t>apģērbs, t-krekli</t>
+  </si>
+  <si>
+    <t>instrumenti izmantošanai medicīnā, ierīces vēža ārstēšanai</t>
+  </si>
+  <si>
+    <t>mājsaimniecības vai virtuves piederumi un trauki, neapstrādāts vai daļēji apstrādāts stikls, izņemot stiklu, ko izmanto celtniecībā, stikla, porcelāna un māla trauki, juvelierizstrādājumi, bižutērija, pulksteņi hronometriskie instrumenti, apģērbi, apavi, galvassegas, mēbeles, spoguļi, rāmji, konteineri uzglabāšanai vai transportēšanai kauls, rags, vaļa bārkstis neapstrādāta vai pusfabrikāta; čaumalas, jūras putas, dzintars, rokas darbarīki un instrumenti, galda piederumi, dakšiņas un karotes, pistoles, izņemot šaujamieročus, skuvekļi, grāmatu iesiešanas izstrādājumi, fotogrāfijas, kancelejas preces un biroja piederumi, līmes kancelejas vai mājsaimniecības vajadzībām u.c.</t>
+  </si>
+  <si>
+    <t>juvelierizstrādājumi, bižutērija, pulksteņu izgatavošanas un hronometriskie instrumenti, tostarp pulksteņi, grezni atslēgu piekariņi, mākslas priekšmeti no dārgmetāliem, rokassomas, iepirkumu somas, mugursomas, ceļojumu somas, skolas somas, pludmales somas, tūrisma somas, kabatas portfeļi, somas, kosmētikas maisiņi, tualetes piederumu glabāšanai, ādas kastes, ādas vai ādas imitācijas izstrādājumi, parfimērija, smaržas, ķermeņa eļļas, kosmētika, sveces un daktis apgaismošanai, aromātiskās sveces, mākslinieciski priekšmeti no koka, vaska, ģipša, korķa, niedrēm, niedrēm, klūgām, raga, kaula, ziloņkaula, vaļa čaulas, gliemežvākiem, dzintara, perlamutra, jūras putām, visu šo materiālu aizstājēji vai plastmasas materiāli, iepakojuma konteineri un kastes, mājsaimniecības un vannas istabas veļa, sienu tapsējumi no tekstilmateriāliem, ceļojumu segas, spilvenu pārvalki, mēbeļu audumi, apģērbi, apavi, galvassegas, cimdi, jostas, apakšveļa, peldmēteļi, kimono, mežģīnes un izšuvumi, lentes un bantes, pogas, spiedpogas, āķi un cilpas, adatas un adatas, mākslīgie ziedi, galantērijas izstrādājumi, apģērba rotājumi, klipši vai stiprinājumi, matu rotājumi, matu sprādzes, matu lentes, galvas lentes u.c.</t>
+  </si>
+  <si>
+    <t>lūpu kosmētika, meikaps, plakstiņu ēnas, acu ēnu paletes, korektori, sejas korektors, korektori plankumiem, korektori līnijām un grumbām u.c.</t>
+  </si>
+  <si>
+    <t>audumi šortiem, krekliem, t-krekliem, krekliņiem, biksēm, jakām, vējjakām, sporta krekliem, legingiem, krūšturiem un cepurēm, audums, ko pārdod kā gatavu apģērbu sastāvdaļu, proti, šortu, kreklu, t-kreklu, kreklu, bikšu, jaku, vējjaku, sporta krekli, legingus, krūšturus un cepures, sastāvdaļas u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">līmvielas (lipīgi materiāli) kancelejas vai mājsaimniecības vajadzībām, zīmēšanas materiāli un materiāli māksliniekiem, otas, mācību vai mācību materiāli, plastmasas loksnes, plēves un maisiņi iesaiņošanai un iepakošanai, rakstzīmju, bloku drukāšana, spēļu rotaļlietas, videospēļu aparāti, vingrošanas un sporta preces u.c. </t>
+  </si>
+  <si>
+    <t>mobilo tālruņu maciņi, pludmales tērpi, t-krekli, zeķes, sporta krekli, čības, kurpes, galda spēles, adventes kalendāri, parastā metāla atslēgu piekariņi, interaktīvie spēļu krēsli videospēlēm, statujas no plastmasas materiāliem, vaska statujas, bronzas statujas, parastā metāla statujas, vaska figūriņas, adventes kalendārs ar šokolādēm, mobilo tālruņu aizsarg maciņu izgatavošana pēc pasūtījuma, galda spēles mīklu veidā u.c.</t>
+  </si>
+  <si>
+    <t>apģērbi, t-krekli, apavi, aksesuāri u.c.</t>
+  </si>
+  <si>
+    <t>somas, apģērbs, šalles, kleitas, krekli, topi, kamzoli, blūzes, t-krekli, trikotāža, proti, trikotāžas topi, džemperi, mēteļi, vestes, parkas, apmetņi, sporta krekli, krekliņi, topi ar kapuci, sporta apģērbs, peldkostīmi, jakas, bleizeri, uzvalki, legingi (bikses), kombinezoni, bikses, šorti, atpūtas apģērbs, naktsveļa, naktskrekli, pidžamas, peldmēteļi, cimdi, zeķes, apģērba jostas, cepures, apavi</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ķermeņa kopšanas līdzekļi, apģērbi un aksesuāri u.c.
+</t>
+  </si>
+  <si>
+    <t>rotaļlietas, lelles, celtniecības klucīši u.c.</t>
+  </si>
+  <si>
+    <t>pusvadītāji, integrālās shēmas, mikroprocesori, diodes, tranzistori, sensori, strāvas moduļi (dators) u.c.</t>
+  </si>
+  <si>
+    <t>ķermeņa tīrīšanas un skaistumkopšanas līdzekļi, galvas ādas kopšana (neārstnieciski), šampūni, matu kondicionieri, matu produkti, ādas kopšanas līdzekļi, līmes izmantošanai kosmētikā, matu gabalu savienošanas līme, mākslīgo matiņu piestiprināšanai, parūku un matu līmes un līmvielas, līmes noņemšanas līdzekļi, matu produkti u.c.</t>
+  </si>
+  <si>
+    <t>apģērbi, somas,juvelierizstrā dājumi, rokassprādzes,apģērbi atslēgu piekariņi, mūzikas lentes, piederumi, kasetes ieraksti u.c.</t>
+  </si>
+  <si>
+    <t>spēles, rotaļlietas, kāršu spēles,galda spēles, darbības un veiklības spēles,galda spēles, galda spēles, kauliņu spēles, Puzle, spēļu kārtis, monētas un žetoni (spēļu aprīkojums),kauliņi (spēļu aprīkojums), spēles figūras u.c.</t>
+  </si>
+  <si>
+    <t>smaržas juvelierizstrādājumi, apavi, maki, somas, portfeļi, atslēgu piekariņi,u.c.</t>
+  </si>
+  <si>
+    <t>somas, ziepes, parfimērijas preces ēteriskās eļļas, kosmētika, pildīti kosmētikas maciņi, matu veidošanas vasks; depilācijas vasks, šampūni, mājdzīvnieku šampūni (neārstnieciski kopšanas līdzekļi), šķidrumi matu un ķermeņa kopšanai, matu krāsas, dezodorētāji u.c.</t>
+  </si>
+  <si>
+    <t>konditorejas izstrādājumi, metāla kastes, uzglabāšanas konteineri mājsaimniecībai un virtuvei,  apģērbi, apavi, galvassegas, mobilo tālruņu maciņi, rotaslietas, atslēgu piekariņi, rakstāmpiederumi, plastmasas uzglabāšanas konteineri, tekstilizstrādājumi, rotaļlietu/telefonu maciņi, juvelierizstrādājumi, atslēgu piekariņi, rakstāmpiederumi, plastmasas uzglabāšanas konteineri, tekstilizstrādājumi, rotaļlietas u.c.</t>
+  </si>
+  <si>
+    <t>transportlīdzekļu izplūdes sistēmas, izpūtēji dzinējiem un mašīnām, iepakojuma materiāli, kartona iepakojums  transportlīdzekļiem transportlīdzekļu spoguļi,  transportlīdzekļu daļas, transportlīdzekļu spoileri,  polo krekli, galvassegas, apģērbs, jakas u.c.</t>
+  </si>
+  <si>
+    <t>apģērbs, apavi, somas, maki, galvassegas, saulesbrilles u.c.</t>
+  </si>
+  <si>
+    <t>šaujamieroči, gaisa pistoles, gaisa šautenes, trankvilizatoru pistoles, pneimatiskie ieroči, rotaļu ieroči u.c.</t>
+  </si>
+  <si>
+    <t>elektriskie iztvaicētāji,iztvaicētājs garšaugu un esenču iztvaicēšanai,  inhalatori, garšaugu dzirnaviņas,  apģērbi,  laboratorijas mēteļi, cepures, kleitas, svārki, sporta bikses, bikses, apakšveļa, šalles, vizieri un stieņi u.c.</t>
   </si>
   <si>
     <t>t-krekli</t>
   </si>
   <si>
-    <t>šokolādē pārklātas vafeles, pildīta šokolāde, maizes izstrādājumi un konditorejas izstrādājumi, šokolāde un deserti, šokolāde, pildītas šokolādes tāfelītes, šokolādes tāfelītes, šokolādes cepumi</t>
-[...63 lines deleted...]
-    <t xml:space="preserve">velosipēdu rāmji, dakšas (velosipēdu detaļas), velosipēd, sporta velosipēdi u.c. </t>
+    <t>apģērbs sportam,  sporta inventārs,  saulesbrilles, brilles (optika), sporta brilles, portfeļi, šalles, sporta aprīkojums, cimdi, sporta apavi, futbola krekli, futbola apģērbu modeļi, bērnu apģērbi, vīriešu apakšveļa  u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">pneimatiskie vārstu izpildmehānismi, izpildmehānismi AUTH rūpnieciskās automatizācijas vadības ierīces eleektriskie AUTH sensori, AUTH vārsti (sūkņu daļas), solenoīda vārsti u.c. </t>
+  </si>
+  <si>
+    <t>apģērbi, smaržas, smaržvielas u.c.</t>
+  </si>
+  <si>
+    <t>flīžu griezēji (rokas darbarīki)</t>
+  </si>
+  <si>
+    <t>dūnu mēteļi, t-krekli, jakas, trenčmētelis,  dūnu jakas,  mēteļi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">šokolāde,  kafija, šokolādes cepumi, ievārījumi, dabīgie ievārījumi. medus, augļu pasta,  konfektes, olīvu pasta,diētas kapsulas, uztura bagātinātāji, gardumi, tēja, pīrāgi, baklava, košļājamā gumija, zobu pastas, mutes skalojamais līdzeklis, ziepe, ēteriskās eļļas (eļļas), saules aizsargkrēms, olīveļļa, šampūns, roku krēmi,  kosmētika, kosmētiskie preparāti, zāļu kapsulas, gomoritīns,  roku losjoni, roku tīrīšanas līdzekļi, farmaceitiskie izstrādājumi,  odekoloni, smaržas un saistīti izstrādājumi, dabīgie sveķi mastika u.c. </t>
+  </si>
+  <si>
+    <t>liftu lentes, iespiedshēmu plates, iespiedshēmas, pārvietojamie celiņi, invertori (elektrība), inverteri strāvas padevei, pārvietojamas kāpnes (eskalatori0,  zobsiksnas motoriem, mašīnām, motoriem u.c.</t>
+  </si>
+  <si>
+    <t>elektroniskās cigaretes, šķidrums elektroniskajām cigaretēm, aromatizētāji izmantošanai elektroniskajās cigaretēs, iekšķīgi lietojamie iztvaicētāji smēķētājiem, ierīces tabakas sildīšanai inhalācijas nolūkiem,cigarešu uzgaļi, filtri, turētāji, šķiltavas, futrāļi u.c.</t>
+  </si>
+  <si>
+    <t>spēles, rotaļlietas, kāršu spēles, darbības un veiklības spēles, galda spēles, kauliņu spēles, puzle, spēļu kārtis, monētas un žetoni, spēļu aprīkojums, kauliņi spēles figūras u.c.</t>
+  </si>
+  <si>
+    <t>ādas apģērbs aizsardzībai pret negadījumiem vai traumām, ādas futrāļu maciņi, ādas maciņi viedtālruņiem, ādas apvalki planšetdatoriem,  grāmatu vāki no ādas, ādas zīmuļu futrāļi, ar ādu iesietas dienasgrāmatas, ādas pārvalki dienasgrāmatām, ādas grāmatzīmes, ādas mēbeļu pārvalki,  somas, maki, koferi, ceļojumu somas u.c.</t>
+  </si>
+  <si>
+    <t>t-krekli, džemperi ar kapuci, cepures u.c.</t>
+  </si>
+  <si>
+    <t>cepures, džemperi, t-krekli u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">apģērbi, somiņas, maki, mugursomas, sporta somas, motociklu seglu somas, ādas atslēgu piekariņi un atslēgu maciņi, čemodāni, iepirkumu somas, portfeļi, dokumentu maciņi, čeku grāmatiņu vāki, sajūga somiņas, bagāža, ceļojumu somas, ādas turētājs dzērienu traukiem, citas preces u.c. </t>
+  </si>
+  <si>
+    <t>apģērbs, masāžas ierīces u.c.</t>
+  </si>
+  <si>
+    <t>sporta apģērbs, t-krekli, regbija topi</t>
+  </si>
+  <si>
+    <t>magnēti, preču lifti, celšanas iekārtas, mehāniskie instrumenti, magnetizācijas ierīces, magnēti, magnetizējoši un demagnetizējoši izstrādājumi, magnēti rūpnieciskiem nolūkiem, supravadošas magnētiskās ierīces, pastāvīgie magnēti, celšanas magnēti, metāla stieples (elektriskās), metāla atloki (aproces) u.c.</t>
+  </si>
+  <si>
+    <t>iepakojuma dizains sporta zeķes, potīšu zeķes, pirkstu zeķes u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">šampūni, matu kondicionieri, matu šķidrumi u.c.
 </t>
   </si>
   <si>
-    <t>iepakojuma dizains, sporta zeķes, potīšu zeķes, pirkstu zeķes u.c.</t>
-[...269 lines deleted...]
-    <t>matu kopšanas produkti</t>
+    <t xml:space="preserve">velosipēdu rāmji, dakšas (velosipēdu detaļas), velosipēdi, sporta velosipēdi u.c. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">lodīšu gultņi, rullīšu gultņi kā mašīnu elementi u.c. </t>
+  </si>
+  <si>
+    <t>smaržas, bižutērija,audumi, vāciņi tālruņiem un planšetdatoriem, grafiskie simboli, apģērbi, apavi, somas u.c.</t>
+  </si>
+  <si>
+    <t>aksesuāri, jakas, t-krekli, sporta apakškrekli u.c.</t>
+  </si>
+  <si>
+    <t>tekila</t>
+  </si>
+  <si>
+    <t>sporta bumbas, sporta apavi, apģērbs,sporta somas, sporta apģērbu somas u.c.</t>
+  </si>
+  <si>
+    <t>rezerves daļas, piederumi, aksesuāri u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> somas, kabatas portfeļi, mugursomas, apģērbi, apavi, galvassegas, sporta preces un aprīkojums, vingrošanas izstrādājumi, kas nav ietverti citās klasēs, vingrošanas aprīkojums, pielāgotas somas sporta inventāram u.c.</t>
+  </si>
+  <si>
+    <t>ābolu vīna kokteiļi, sidrs, vīni, dzērieni uz vīna bāzes (vīna špriceri), alus, alus kokteiļi, bezalkoholiskie dzērieni, bezalkoholiskie  kokteiļi u.c.</t>
+  </si>
+  <si>
+    <t>mēbeles, krēsli, dīvāni, soli (mēbeles), tpūtas mēbeļu komplekti, āra mēbeles, terases mēbeles, sēdekļi kā mēbeles u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">rokassomas, džemperi, t-krekli  mati, brilles, alus krūzes u.c.
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> apavi, apģērbs, galvassegas juvelierizstrādājumi, bižutērija, pulksteņi, to daļas un piederumi</t>
+  </si>
+  <si>
+    <t>izklaides pakalpojumi, mobilo tālruņu, planšetdatoru, klēpjdatoru, kameru un portatīvo skaņas un video atskaņotāju, elektronisko grāmatu lasītāju, datoru, viedpulksteņu un personālo digitālo asistentu piederumi, proti, aizsargapvalki, vāciņi, futrāļi, priekšējās plāksnes, apvalki, siksnas un aizsargpārklājumi displeju ekrāniem, austiņas; austiņas, planšetdatoru tastatūras, peles paliktņi, rokturi, statīvi un stiprinājumi rokas digitālajām elektroniskajām ierīcēm, proti, mobilajiem tālruņiem, planšetdatoriem, kamerām un portatīvajiem skaņas un video atskaņotājiem, elektroniskajiem grāmatu lasītājiem, datoriem un personālajiem digitālajiem asistentiem apģērbs, austiņas, atslēgu piekariņi,  pildspalvas, pēļu figūriņas, tekstilizstrādājumi un tekstilizstrādājumu aizstājēji, dvieļi, gultas veļa, guļammaisi, vannas un dušas želejas, vannas želeja, vannas sāļi, ķermeņa skrubis, vannas putas, dezodorējošas ziepes, sejas skrubis, šķidrās vannas ziepes, šķidrās ziepes rokām un sejai; ādas ziepes, ziepes ķermeņa kopšanai pīlinga skrubji kosmētiskiem nolūkiem,vaigu sārtums, ķermeņa spīdums, korektori, kosmētika, acu ēnas, uzacu zīmuļi, lūpu balzami un lūpu spīdums, lūpu krāsa,bižutērija, rotaslietas, rokaspulksteņi u.c.</t>
+  </si>
+  <si>
+    <t>apģērbs, apavi, galvassegas, virsdrēbes, sporta apģērbs, futbola zābaki, kurpes, vestes, ūdensnecaurlaidīgs apģērbs, jostas,  velosipēdi,tricikli, laivas, visu iepriekš minēto preču pielikumi, detaļas, furnitūra un piederumi,paklāji, grīdsegas,mašas,linolejs, grīdas segumi esošajām grīdām, tapetes, kas nav no tekstilmateriāla, tapetes,viedkartes, telefona kartes, kodētas viedkartes, kodētas viedkartes, kodētas telefona kartes, magnētiskas telefona kartes,kodētas kartes, kodētas kartes, magnētiskās identifikācijas kartes, kameras un to daļas un piederumi, kameras filmas, pretatspīduma aizsargi, brilles un aizsargi,kompasi un barometri, pulksteņi (lūku zvaniņi), binokļi, kalkulatori, animācijas filmas, brilles, saulesbrilles, aizsargbrilles, futrāļi, maciņi, to auklas un rāmji, fotoaparātu un instrumentu futrāļi, kontaktlēcu turētāji, optiskās preces, hologrammas, televizori, videomagnetofona iekārtas, skaņas ierakstīšanas un atskaņošanas ierīces un instrumenti transportlīdzekļu numura zīmes un to stieņi, atslēgas,atslēgu sagataves,atslēgu piekariņi un atslēgu riņķi, slēdzenes un rotājumi, manikīra maciņi, nažu izgatavošanas piederumi, dakšiņas un karotes, skuvekļi, žiletes, skūšanās maciņi, rokas instrumenti un darbarīki, kabatas naži, uzkodas, gatavas uzkodas, uzkodas, saldētas kūkas, saldēti konditorejas izstrādājumi, saldētas gatavas maltītes, pēcskūšanās losjoni, odekolons, mājsaimniecības vai virtuves piederumi un trauki, elektriskie tosteri un katli, lampas u.c.</t>
+  </si>
+  <si>
+    <t>šokolādē pārklātas vafeles, pildīta šokolāde, maizes izstrādājumi un konditorejas izstrādājumi, šokolāde un deserti, šokolāde, pildītas šokolādes tāfelītes, šokolādes tāfelītes, šokolādes cepumi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">kopšanas un skaistumkopšanas līdzekļi, kosmētika, tualetes piederumi, ādas kopšanas līdzekļi; mīkstinošs tīrīšanas līdzeklis, kondicionieris, roku un ķermeņa krēms, ķermeņa losjons, dušas želejas, pēdu,  roku krēmi, dienas un nakts krēmi, acu  smaržas, istabas smaržas, sveces, kosmētika, lūpu spīdumi un lūpu mīkstinātāji, gultas un galda pārklāji, apģērbi, apavi, galvassegas, somas, jostas, tualetes piederumu futrāļi un turētāji u.c. </t>
+  </si>
+  <si>
+    <t>apģērbi, apavi,sporta apavi, galvassegas, bērnu gultiņasceļojumu čemodāni, apģērbu koferi, mugursomas, somas, maki, atslēgu futrāļi (ādas izstrādājumi), maciņi, kas paredzēti tualetes piederumu glabāšanai,  mapes, aploksnes (ādas izstrādājumi), ādas segas (kažokādas), ādas imitācija, kažokādas (dzīvnieku ādas), karšu turētāji, ādas polsterējums mēbelēm, dokumentu kastes  u.c.</t>
+  </si>
+  <si>
+    <t>bagāžas birkas (ādas izstrādājumi, somas, pārtikas preču maisiņi, beisbola cepures, apģērbs, t-krekli, kāju paklājiņi, auduma durvju paklājiņi, DVD diski, kompaktdiski, DVD futrāļi, diska formas ierakstu nesēji u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> vīriešu un sieviešu apģērbi, apakšveļa,bērnu apģērbs, t-krekli, sporta krekli, mēteļi, visu veidu zeķes, pludmales apģērbs, biksītes,bokseri, topiņi, somas, apavi, parfimērija, kosmētika, eau de smaržas, saulesbrilles un brilles, maciņi, aksesuāri u.c. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
   </numFmts>
-  <fonts count="33" x14ac:knownFonts="1">
+  <fonts count="38" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Courier New"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier New"/>
       <family val="3"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Times New Roman Baltic"/>
+      <family val="1"/>
+      <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Courier New"/>
       <family val="3"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier New"/>
       <family val="3"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier New"/>
       <family val="3"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier New"/>
       <family val="3"/>
       <charset val="186"/>
     </font>
@@ -12667,166 +12684,191 @@
       <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier New"/>
       <family val="3"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier New"/>
       <family val="3"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
+      <sz val="12"/>
+      <name val="Times New Roman Baltic"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
       <b/>
       <sz val="11"/>
       <name val="Times New Roman"/>
       <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Times New Roman Baltic"/>
+      <family val="1"/>
+      <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FFFF0000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF333333"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <i/>
-[...5 lines deleted...]
-    <font>
       <b/>
       <sz val="9"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF2E2E2E"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Courier New"/>
       <family val="3"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF333333"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Courier New"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
+      <name val="Times New Roman Baltic"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FF3C4043"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="9"/>
       <color rgb="FF3C4043"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Courier New"/>
       <family val="3"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -12919,412 +12961,442 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="44">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="9" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="14" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="110">
+  <cellXfs count="120">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...47 lines deleted...]
-    <xf numFmtId="9" fontId="16" fillId="0" borderId="1" xfId="22" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="17" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="23" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="19" fillId="0" borderId="1" xfId="22" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="23" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="20" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="20" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="20" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="16" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="19" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="26" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="19" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="19" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="20" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="19" fillId="0" borderId="1" xfId="22" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="20" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="19" fillId="0" borderId="3" xfId="20" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="19" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="19" fillId="0" borderId="1" xfId="20" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="19" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="19" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="12" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="9" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="22" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="24" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="16" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="16" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...44 lines deleted...]
-    <xf numFmtId="14" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="11" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...109 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="11" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="12" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="37" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="44">
     <cellStyle name="Currency 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Currency 2 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Currency 2 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Currency 2 2 2 2" xfId="13" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Currency 2 2 2 2 2" xfId="35" xr:uid="{313C43D6-72C0-4AEF-AE7A-1969A8911728}"/>
     <cellStyle name="Currency 2 2 2 3" xfId="26" xr:uid="{2DBA9CD4-7AD8-4F99-BA86-F99B2F7DD28D}"/>
     <cellStyle name="Currency 2 2 3" xfId="12" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Currency 2 2 3 2" xfId="34" xr:uid="{4595F7A1-A557-4FA5-B54E-976BC9BFDF44}"/>
     <cellStyle name="Currency 2 2 4" xfId="25" xr:uid="{F55BC74A-9345-4850-827A-7BF0F8CF0F32}"/>
     <cellStyle name="Currency 2 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Currency 2 3 2" xfId="14" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Currency 2 3 2 2" xfId="36" xr:uid="{CEC1EA78-89BB-47BE-9880-91C4D0D4D810}"/>
     <cellStyle name="Currency 2 3 3" xfId="27" xr:uid="{8AB3EB2D-1A19-4148-A57C-92A4CE43FC3D}"/>
     <cellStyle name="Currency 2 4" xfId="11" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Currency 2 4 2" xfId="33" xr:uid="{51F92761-3B4C-453B-B015-DA89411D95BE}"/>
     <cellStyle name="Currency 2 5" xfId="24" xr:uid="{B245A0CC-A21F-4EEF-B858-28B0685FC300}"/>
     <cellStyle name="Currency 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Currency 3 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Currency 3 2 2" xfId="16" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Currency 3 2 2 2" xfId="38" xr:uid="{167A6929-ADCF-480D-83AB-A0C9623F489B}"/>
     <cellStyle name="Currency 3 2 3" xfId="29" xr:uid="{C1278036-D9A9-43A9-9F8A-588ABBDD988C}"/>
     <cellStyle name="Currency 3 3" xfId="15" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
@@ -13632,18888 +13704,18977 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="..\AppData\Roaming\Microsoft\Excel\Downloads\Downloads\Downloads\Downloads\Downloads\Piel\WAGO%20Verwaltungsgesellschaft%20mbH" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2016.04.2021.xlsx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads\Downloads\Downloads\Downloads\Downloads\Piel\Stussy%20Inc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Tiesibu_subjektu_saraksts_%20tiesibu_veidu_paskaidrojumi_%2005.07.2024_.xlsx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads\Downloads\Downloads\Downloads\Downloads\Piel\Eli%20Lilly%20and%20Company%202015%20%20xxx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ks.vid.gov.lv/27/aprite/Koplietojamie%20dokumenti/Ties&#299;bu%20subjektu%20pieteikumi/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Roaming/Microsoft/Excel/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.11.2023.xlsx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads/Downloads/Downloads/Downloads/Downloads/Piel/GOOGLE%20LLC" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads\Downloads\Downloads\Downloads\Downloads\Piel\Skoda%20Auto%20a%20s" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads\Downloads\Downloads\Downloads\Downloads\Piel\apple" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Eli%20Lilly%20and%20Company%202015%20%20xxx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads\Downloads\Downloads\Downloads\Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2002.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="..\AppData\Roaming\Microsoft\Excel\Downloads\Downloads\Piel\Willy%20Bogner%20GmbH%20%20Co%202015" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads\Downloads\Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.03.2022.xlsx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Furla%20SPA" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.07.2025.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="..\AppData\Roaming\Microsoft\Excel\Downloads\Downloads\Downloads\Downloads\Downloads\Piel\WAGO%20Verwaltungsgesellschaft%20mbH" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2016.04.2021.xlsx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="..\AppData\Roaming\Microsoft\Downloads\Piel\crocs" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads\Downloads\Downloads\Downloads\Downloads\Piel\Stussy%20Inc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Tiesibu_subjektu_saraksts_%20tiesibu_veidu_paskaidrojumi_%2005.07.2024_.xlsx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads\Downloads\Downloads\Downloads\Downloads\Piel\Eli%20Lilly%20and%20Company%202015%20%20xxx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ks.vid.gov.lv/27/aprite/Koplietojamie%20dokumenti/Ties&#299;bu%20subjektu%20pieteikumi/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Roaming/Microsoft/Excel/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.11.2023.xlsx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads/Downloads/Downloads/Downloads/Downloads/Piel/GOOGLE%20LLC" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads\Downloads\Downloads\Downloads\Downloads\Piel\Skoda%20Auto%20a%20s" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads\Downloads\Downloads\Downloads\Downloads\Piel\apple" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Eli%20Lilly%20and%20Company%202015%20%20xxx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads\Downloads\Downloads\Downloads\Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2002.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Roaming/Microsoft/Excel/Downloads/Downloads/Piel/Willy%20Bogner%20GmbH%20%20Co%202015" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads\Downloads\Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.03.2022.xlsx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Furla%20SPA" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:E1317"/>
+  <dimension ref="A1:E1323"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="H5" sqref="H5"/>
+      <selection pane="bottomLeft" activeCell="C1330" sqref="C1330"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="44" style="4" customWidth="1"/>
+    <col min="1" max="1" width="44" style="5" customWidth="1"/>
     <col min="2" max="2" width="36.75" style="2" customWidth="1"/>
-    <col min="3" max="3" width="51.25" style="24" customWidth="1"/>
-    <col min="4" max="4" width="13.25" style="3" customWidth="1"/>
+    <col min="3" max="3" width="51.25" style="3" customWidth="1"/>
+    <col min="4" max="4" width="13.25" style="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="6" t="s">
+      <c r="A1" s="7" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="7"/>
+      <c r="B1" s="8"/>
+      <c r="C1" s="9"/>
     </row>
     <row r="3" spans="1:4" s="1" customFormat="1" ht="57" x14ac:dyDescent="0.25">
-      <c r="A3" s="35" t="s">
+      <c r="A3" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="8" t="s">
+      <c r="B3" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="8" t="s">
+      <c r="C3" s="11" t="s">
+        <v>2002</v>
+      </c>
+      <c r="D3" s="12" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="15" t="s">
+        <v>2882</v>
+      </c>
+      <c r="B4" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="C4" s="72" t="s">
+        <v>5</v>
+      </c>
+      <c r="D4" s="33">
+        <v>46143</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" ht="236.25" x14ac:dyDescent="0.25">
+      <c r="A5" s="15" t="s">
+        <v>2833</v>
+      </c>
+      <c r="B5" s="72" t="s">
+        <v>2834</v>
+      </c>
+      <c r="C5" s="72" t="s">
+        <v>6</v>
+      </c>
+      <c r="D5" s="33">
+        <v>46212</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="135" x14ac:dyDescent="0.25">
+      <c r="A6" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="B6" s="24" t="s">
+        <v>2746</v>
+      </c>
+      <c r="C6" s="72" t="s">
+        <v>2015</v>
+      </c>
+      <c r="D6" s="33">
+        <v>46080</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A7" s="15" t="s">
+        <v>3148</v>
+      </c>
+      <c r="B7" s="27" t="s">
+        <v>3149</v>
+      </c>
+      <c r="C7" s="72" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="38">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A8" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="B8" s="24" t="s">
+        <v>10</v>
+      </c>
+      <c r="C8" s="72" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" s="38">
+        <v>46020</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="273" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="24" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" s="72" t="s">
+        <v>14</v>
+      </c>
+      <c r="D9" s="38">
+        <v>45995</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A10" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="C10" s="72" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" s="33">
+        <v>46200</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" s="24" t="s">
+        <v>19</v>
+      </c>
+      <c r="C11" s="72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" s="33">
+        <v>45988</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A12" s="15" t="s">
+        <v>1883</v>
+      </c>
+      <c r="B12" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="C12" s="72" t="s">
+        <v>22</v>
+      </c>
+      <c r="D12" s="38">
+        <v>46205</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A13" s="15" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B13" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="C13" s="72" t="s">
+        <v>24</v>
+      </c>
+      <c r="D13" s="33">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="141" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="16" t="s">
+        <v>3503</v>
+      </c>
+      <c r="B14" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="C14" s="72" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D14" s="38">
+        <v>46313</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A15" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="B15" s="72" t="s">
+        <v>2808</v>
+      </c>
+      <c r="C15" s="72" t="s">
+        <v>2017</v>
+      </c>
+      <c r="D15" s="38">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B16" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="C16" s="72" t="s">
+        <v>30</v>
+      </c>
+      <c r="D16" s="38">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="236.25" x14ac:dyDescent="0.25">
+      <c r="A17" s="15" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B17" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="C17" s="72" t="s">
+        <v>34</v>
+      </c>
+      <c r="D17" s="33">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A18" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="B18" s="24" t="s">
+        <v>1950</v>
+      </c>
+      <c r="C18" s="72" t="s">
+        <v>37</v>
+      </c>
+      <c r="D18" s="38">
+        <v>46331</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="B19" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="C19" s="72" t="s">
+        <v>40</v>
+      </c>
+      <c r="D19" s="38">
+        <v>46020</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A20" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="B20" s="24" t="s">
+        <v>42</v>
+      </c>
+      <c r="C20" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D20" s="33">
+        <v>46097</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" s="24" t="s">
+        <v>45</v>
+      </c>
+      <c r="C21" s="72" t="s">
+        <v>46</v>
+      </c>
+      <c r="D21" s="38">
+        <v>46168</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="C22" s="72" t="s">
+        <v>2018</v>
+      </c>
+      <c r="D22" s="38">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A23" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" s="24" t="s">
+        <v>50</v>
+      </c>
+      <c r="C23" s="72" t="s">
+        <v>51</v>
+      </c>
+      <c r="D23" s="38">
+        <v>46167</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="162.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="16" t="s">
+        <v>54</v>
+      </c>
+      <c r="B24" s="24" t="s">
+        <v>55</v>
+      </c>
+      <c r="C24" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D24" s="38">
+        <v>46195</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A25" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="B25" s="24" t="s">
+        <v>57</v>
+      </c>
+      <c r="C25" s="72" t="s">
+        <v>2019</v>
+      </c>
+      <c r="D25" s="33">
+        <v>46297</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A26" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="B26" s="24" t="s">
+        <v>59</v>
+      </c>
+      <c r="C26" s="72" t="s">
+        <v>60</v>
+      </c>
+      <c r="D26" s="38">
+        <v>46237</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="105" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="15" t="s">
+        <v>3254</v>
+      </c>
+      <c r="B27" s="24" t="s">
+        <v>61</v>
+      </c>
+      <c r="C27" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D27" s="33">
+        <v>46240</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A28" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="B28" s="24" t="s">
+        <v>63</v>
+      </c>
+      <c r="C28" s="72" t="s">
+        <v>64</v>
+      </c>
+      <c r="D28" s="38">
+        <v>46048</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A29" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B29" s="24" t="s">
+        <v>66</v>
+      </c>
+      <c r="C29" s="72" t="s">
+        <v>67</v>
+      </c>
+      <c r="D29" s="33">
+        <v>46134</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="272.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="16" t="s">
+        <v>2524</v>
+      </c>
+      <c r="B30" s="24" t="s">
+        <v>68</v>
+      </c>
+      <c r="C30" s="72" t="s">
+        <v>69</v>
+      </c>
+      <c r="D30" s="33">
+        <v>46247</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A31" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="B31" s="24" t="s">
+        <v>71</v>
+      </c>
+      <c r="C31" s="72" t="s">
+        <v>72</v>
+      </c>
+      <c r="D31" s="38">
+        <v>46300</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A32" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="B32" s="24" t="s">
+        <v>74</v>
+      </c>
+      <c r="C32" s="72" t="s">
+        <v>75</v>
+      </c>
+      <c r="D32" s="33">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A33" s="15" t="s">
+        <v>3274</v>
+      </c>
+      <c r="B33" s="24" t="s">
+        <v>76</v>
+      </c>
+      <c r="C33" s="72" t="s">
+        <v>75</v>
+      </c>
+      <c r="D33" s="33">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A34" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="B34" s="24" t="s">
+        <v>78</v>
+      </c>
+      <c r="C34" s="72" t="s">
+        <v>79</v>
+      </c>
+      <c r="D34" s="33">
+        <v>46270</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A35" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="B35" s="24" t="s">
+        <v>82</v>
+      </c>
+      <c r="C35" s="72" t="s">
+        <v>83</v>
+      </c>
+      <c r="D35" s="33">
+        <v>46345</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" ht="281.25" x14ac:dyDescent="0.25">
+      <c r="A36" s="15" t="s">
+        <v>2638</v>
+      </c>
+      <c r="B36" s="24" t="s">
+        <v>84</v>
+      </c>
+      <c r="C36" s="72" t="s">
+        <v>85</v>
+      </c>
+      <c r="D36" s="33">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A37" s="16" t="s">
+        <v>2548</v>
+      </c>
+      <c r="B37" s="24" t="s">
+        <v>86</v>
+      </c>
+      <c r="C37" s="72" t="s">
+        <v>87</v>
+      </c>
+      <c r="D37" s="33">
+        <v>46019</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A38" s="19" t="s">
+        <v>88</v>
+      </c>
+      <c r="B38" s="34" t="s">
+        <v>89</v>
+      </c>
+      <c r="C38" s="72" t="s">
+        <v>90</v>
+      </c>
+      <c r="D38" s="48">
+        <v>46177</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A39" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="B39" s="24" t="s">
+        <v>92</v>
+      </c>
+      <c r="C39" s="72" t="s">
+        <v>93</v>
+      </c>
+      <c r="D39" s="33">
+        <v>46174</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" ht="135" x14ac:dyDescent="0.25">
+      <c r="A40" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="B40" s="24" t="s">
+        <v>95</v>
+      </c>
+      <c r="C40" s="72" t="s">
+        <v>96</v>
+      </c>
+      <c r="D40" s="33">
+        <v>46078</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A41" s="15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B41" s="24" t="s">
+        <v>98</v>
+      </c>
+      <c r="C41" s="72" t="s">
+        <v>2020</v>
+      </c>
+      <c r="D41" s="38">
+        <v>46054</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A42" s="13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B42" s="24" t="s">
+        <v>101</v>
+      </c>
+      <c r="C42" s="72" t="s">
+        <v>2021</v>
+      </c>
+      <c r="D42" s="33">
+        <v>46218</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A43" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B43" s="24" t="s">
+        <v>103</v>
+      </c>
+      <c r="C43" s="72" t="s">
+        <v>104</v>
+      </c>
+      <c r="D43" s="38">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A44" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B44" s="25" t="s">
+        <v>106</v>
+      </c>
+      <c r="C44" s="72" t="s">
+        <v>2022</v>
+      </c>
+      <c r="D44" s="38">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A45" s="13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B45" s="24" t="s">
+        <v>108</v>
+      </c>
+      <c r="C45" s="72" t="s">
+        <v>109</v>
+      </c>
+      <c r="D45" s="49">
+        <v>46225</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A46" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="B46" s="24" t="s">
+        <v>111</v>
+      </c>
+      <c r="C46" s="72" t="s">
+        <v>112</v>
+      </c>
+      <c r="D46" s="38">
+        <v>46119</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A47" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B47" s="24" t="s">
+        <v>114</v>
+      </c>
+      <c r="C47" s="72" t="s">
+        <v>2023</v>
+      </c>
+      <c r="D47" s="33">
+        <v>46288</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" ht="126.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="14" t="s">
+        <v>115</v>
+      </c>
+      <c r="B48" s="24" t="s">
+        <v>116</v>
+      </c>
+      <c r="C48" s="72" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D48" s="38">
+        <v>46280</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" ht="230.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="B49" s="25" t="s">
+        <v>3390</v>
+      </c>
+      <c r="C49" s="72" t="s">
+        <v>2025</v>
+      </c>
+      <c r="D49" s="38">
+        <v>46285</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="14" t="s">
+        <v>2608</v>
+      </c>
+      <c r="B50" s="24" t="s">
+        <v>2609</v>
+      </c>
+      <c r="C50" s="72" t="s">
+        <v>2026</v>
+      </c>
+      <c r="D50" s="38">
+        <v>46143</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="16" t="s">
+        <v>119</v>
+      </c>
+      <c r="B51" s="24" t="s">
+        <v>116</v>
+      </c>
+      <c r="C51" s="72" t="s">
+        <v>120</v>
+      </c>
+      <c r="D51" s="33">
+        <v>46280</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A52" s="13" t="s">
+        <v>122</v>
+      </c>
+      <c r="B52" s="24" t="s">
+        <v>123</v>
+      </c>
+      <c r="C52" s="72" t="s">
+        <v>2027</v>
+      </c>
+      <c r="D52" s="33">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A53" s="67" t="s">
+        <v>1948</v>
+      </c>
+      <c r="B53" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="C53" s="72" t="s">
+        <v>2028</v>
+      </c>
+      <c r="D53" s="38">
+        <v>46282</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A54" s="13" t="s">
+        <v>126</v>
+      </c>
+      <c r="B54" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="C54" s="72" t="s">
+        <v>128</v>
+      </c>
+      <c r="D54" s="33">
+        <v>46254</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A55" s="13" t="s">
+        <v>129</v>
+      </c>
+      <c r="B55" s="24" t="s">
+        <v>130</v>
+      </c>
+      <c r="C55" s="72" t="s">
+        <v>2029</v>
+      </c>
+      <c r="D55" s="33">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" ht="159" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="14" t="s">
+        <v>3103</v>
+      </c>
+      <c r="B56" s="25" t="s">
+        <v>131</v>
+      </c>
+      <c r="C56" s="72" t="s">
+        <v>2030</v>
+      </c>
+      <c r="D56" s="33">
+        <v>46311</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A57" s="14" t="s">
+        <v>132</v>
+      </c>
+      <c r="B57" s="24" t="s">
+        <v>3530</v>
+      </c>
+      <c r="C57" s="72" t="s">
+        <v>133</v>
+      </c>
+      <c r="D57" s="38">
+        <v>46323</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A58" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="B58" s="30" t="s">
+        <v>2893</v>
+      </c>
+      <c r="C58" s="72" t="s">
+        <v>2032</v>
+      </c>
+      <c r="D58" s="54">
+        <v>46123</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A59" s="14" t="s">
+        <v>135</v>
+      </c>
+      <c r="B59" s="25" t="s">
+        <v>136</v>
+      </c>
+      <c r="C59" s="72" t="s">
+        <v>137</v>
+      </c>
+      <c r="D59" s="38">
+        <v>46305</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A60" s="13" t="s">
+        <v>138</v>
+      </c>
+      <c r="B60" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="C60" s="72" t="s">
+        <v>918</v>
+      </c>
+      <c r="D60" s="38">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A61" s="13" t="s">
+        <v>140</v>
+      </c>
+      <c r="B61" s="24" t="s">
+        <v>141</v>
+      </c>
+      <c r="C61" s="72" t="s">
+        <v>918</v>
+      </c>
+      <c r="D61" s="38">
+        <v>46011</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A62" s="13" t="s">
+        <v>2908</v>
+      </c>
+      <c r="B62" s="25" t="s">
+        <v>142</v>
+      </c>
+      <c r="C62" s="72" t="s">
+        <v>918</v>
+      </c>
+      <c r="D62" s="38">
+        <v>46129</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A63" s="13" t="s">
+        <v>144</v>
+      </c>
+      <c r="B63" s="24" t="s">
+        <v>145</v>
+      </c>
+      <c r="C63" s="72" t="s">
+        <v>146</v>
+      </c>
+      <c r="D63" s="38">
+        <v>45975</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A64" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="B64" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="C64" s="72" t="s">
+        <v>2033</v>
+      </c>
+      <c r="D64" s="33">
+        <v>46330</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A65" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="B65" s="24" t="s">
+        <v>150</v>
+      </c>
+      <c r="C65" s="72" t="s">
+        <v>2034</v>
+      </c>
+      <c r="D65" s="33">
+        <v>45985</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A66" s="13" t="s">
+        <v>151</v>
+      </c>
+      <c r="B66" s="24" t="s">
+        <v>152</v>
+      </c>
+      <c r="C66" s="72" t="s">
+        <v>2035</v>
+      </c>
+      <c r="D66" s="33">
+        <v>46311</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A67" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="B67" s="24" t="s">
+        <v>154</v>
+      </c>
+      <c r="C67" s="72" t="s">
+        <v>155</v>
+      </c>
+      <c r="D67" s="33">
+        <v>46003</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A68" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="B68" s="24" t="s">
+        <v>157</v>
+      </c>
+      <c r="C68" s="72" t="s">
+        <v>158</v>
+      </c>
+      <c r="D68" s="33">
+        <v>46170</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="B69" s="24" t="s">
+        <v>160</v>
+      </c>
+      <c r="C69" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D69" s="33">
+        <v>45994</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4" ht="123" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="14" t="s">
+        <v>3444</v>
+      </c>
+      <c r="B70" s="91" t="s">
+        <v>2379</v>
+      </c>
+      <c r="C70" s="72" t="s">
+        <v>2036</v>
+      </c>
+      <c r="D70" s="33">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4" ht="81.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="16" t="s">
+        <v>2898</v>
+      </c>
+      <c r="B71" s="25" t="s">
+        <v>161</v>
+      </c>
+      <c r="C71" s="72" t="s">
+        <v>162</v>
+      </c>
+      <c r="D71" s="33">
+        <v>46097</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A72" s="15" t="s">
+        <v>3334</v>
+      </c>
+      <c r="B72" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="C72" s="72" t="s">
+        <v>165</v>
+      </c>
+      <c r="D72" s="33">
+        <v>46062</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A73" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="B73" s="24" t="s">
+        <v>167</v>
+      </c>
+      <c r="C73" s="72" t="s">
+        <v>168</v>
+      </c>
+      <c r="D73" s="38">
+        <v>46001</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4" ht="230.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="15" t="s">
+        <v>3378</v>
+      </c>
+      <c r="B74" s="24" t="s">
+        <v>169</v>
+      </c>
+      <c r="C74" s="72" t="s">
+        <v>170</v>
+      </c>
+      <c r="D74" s="38">
+        <v>45999</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A75" s="13" t="s">
+        <v>171</v>
+      </c>
+      <c r="B75" s="24" t="s">
+        <v>172</v>
+      </c>
+      <c r="C75" s="72" t="s">
+        <v>173</v>
+      </c>
+      <c r="D75" s="33">
+        <v>46033</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A76" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="B76" s="24" t="s">
+        <v>175</v>
+      </c>
+      <c r="C76" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D76" s="38">
+        <v>46028</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A77" s="16" t="s">
+        <v>176</v>
+      </c>
+      <c r="B77" s="24" t="s">
+        <v>177</v>
+      </c>
+      <c r="C77" s="72" t="s">
+        <v>2037</v>
+      </c>
+      <c r="D77" s="33">
+        <v>46043</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A78" s="29" t="s">
+        <v>180</v>
+      </c>
+      <c r="B78" s="32" t="s">
+        <v>181</v>
+      </c>
+      <c r="C78" s="72" t="s">
+        <v>2038</v>
+      </c>
+      <c r="D78" s="50">
+        <v>46069</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4" ht="135" x14ac:dyDescent="0.25">
+      <c r="A79" s="16" t="s">
+        <v>182</v>
+      </c>
+      <c r="B79" s="24" t="s">
+        <v>183</v>
+      </c>
+      <c r="C79" s="72" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D79" s="33">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A80" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="B80" s="25" t="s">
+        <v>185</v>
+      </c>
+      <c r="C80" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D80" s="33">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A81" s="13" t="s">
+        <v>186</v>
+      </c>
+      <c r="B81" s="24" t="s">
+        <v>187</v>
+      </c>
+      <c r="C81" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D81" s="33">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4" ht="198" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="16" t="s">
+        <v>2491</v>
+      </c>
+      <c r="B82" s="24" t="s">
+        <v>188</v>
+      </c>
+      <c r="C82" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D82" s="38">
+        <v>46084</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A83" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="B83" s="24" t="s">
+        <v>190</v>
+      </c>
+      <c r="C83" s="72" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D83" s="38">
+        <v>46093</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="14" t="s">
+        <v>191</v>
+      </c>
+      <c r="B84" s="24" t="s">
+        <v>192</v>
+      </c>
+      <c r="C84" s="72" t="s">
+        <v>193</v>
+      </c>
+      <c r="D84" s="33">
+        <v>46097</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A85" s="15" t="s">
+        <v>3545</v>
+      </c>
+      <c r="B85" s="24" t="s">
+        <v>2383</v>
+      </c>
+      <c r="C85" s="72" t="s">
+        <v>194</v>
+      </c>
+      <c r="D85" s="38">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4" ht="204.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="14" t="s">
+        <v>2578</v>
+      </c>
+      <c r="B86" s="24" t="s">
+        <v>195</v>
+      </c>
+      <c r="C86" s="72" t="s">
+        <v>2041</v>
+      </c>
+      <c r="D86" s="33">
+        <v>46115</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4" ht="183" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="16" t="s">
+        <v>196</v>
+      </c>
+      <c r="B87" s="24" t="s">
+        <v>197</v>
+      </c>
+      <c r="C87" s="72" t="s">
+        <v>198</v>
+      </c>
+      <c r="D87" s="33">
+        <v>46131</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4" ht="167.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="B88" s="24" t="s">
+        <v>200</v>
+      </c>
+      <c r="C88" s="72" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D88" s="33">
+        <v>46132</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="116" t="s">
+        <v>3275</v>
+      </c>
+      <c r="B89" s="24" t="s">
+        <v>201</v>
+      </c>
+      <c r="C89" s="72" t="s">
+        <v>202</v>
+      </c>
+      <c r="D89" s="33">
+        <v>46155</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A90" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="B90" s="24" t="s">
+        <v>205</v>
+      </c>
+      <c r="C90" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D90" s="33">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4" ht="192" x14ac:dyDescent="0.25">
+      <c r="A91" s="20" t="s">
+        <v>206</v>
+      </c>
+      <c r="B91" s="24" t="s">
+        <v>207</v>
+      </c>
+      <c r="C91" s="72" t="s">
+        <v>208</v>
+      </c>
+      <c r="D91" s="38">
+        <v>46319</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A92" s="15" t="s">
+        <v>209</v>
+      </c>
+      <c r="B92" s="24" t="s">
+        <v>210</v>
+      </c>
+      <c r="C92" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D92" s="33">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A93" s="16" t="s">
+        <v>211</v>
+      </c>
+      <c r="B93" s="24" t="s">
+        <v>212</v>
+      </c>
+      <c r="C93" s="72" t="s">
+        <v>2043</v>
+      </c>
+      <c r="D93" s="33">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A94" s="16" t="s">
+        <v>2555</v>
+      </c>
+      <c r="B94" s="24" t="s">
+        <v>2710</v>
+      </c>
+      <c r="C94" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D94" s="38">
+        <v>46070</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A95" s="15" t="s">
+        <v>213</v>
+      </c>
+      <c r="B95" s="24" t="s">
+        <v>214</v>
+      </c>
+      <c r="C95" s="72" t="s">
+        <v>17</v>
+      </c>
+      <c r="D95" s="38">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A96" s="15" t="s">
+        <v>215</v>
+      </c>
+      <c r="B96" s="24" t="s">
+        <v>216</v>
+      </c>
+      <c r="C96" s="72" t="s">
+        <v>217</v>
+      </c>
+      <c r="D96" s="38">
+        <v>46091</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A97" s="13" t="s">
+        <v>2414</v>
+      </c>
+      <c r="B97" s="24" t="s">
+        <v>3109</v>
+      </c>
+      <c r="C97" s="72" t="s">
+        <v>218</v>
+      </c>
+      <c r="D97" s="38">
+        <v>46206</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4" ht="255.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="16" t="s">
+        <v>219</v>
+      </c>
+      <c r="B98" s="24" t="s">
+        <v>220</v>
+      </c>
+      <c r="C98" s="72" t="s">
+        <v>17</v>
+      </c>
+      <c r="D98" s="33">
+        <v>46097</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4" ht="95.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="16" t="s">
+        <v>221</v>
+      </c>
+      <c r="B99" s="24" t="s">
+        <v>222</v>
+      </c>
+      <c r="C99" s="72" t="s">
+        <v>194</v>
+      </c>
+      <c r="D99" s="33">
+        <v>46100</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4" ht="225.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="16" t="s">
+        <v>2828</v>
+      </c>
+      <c r="B100" s="34" t="s">
+        <v>223</v>
+      </c>
+      <c r="C100" s="72" t="s">
+        <v>2044</v>
+      </c>
+      <c r="D100" s="38">
+        <v>46131</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A101" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="B101" s="24" t="s">
+        <v>225</v>
+      </c>
+      <c r="C101" s="72" t="s">
+        <v>226</v>
+      </c>
+      <c r="D101" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A102" s="15" t="s">
+        <v>227</v>
+      </c>
+      <c r="B102" s="24" t="s">
+        <v>228</v>
+      </c>
+      <c r="C102" s="72" t="s">
+        <v>229</v>
+      </c>
+      <c r="D102" s="38">
+        <v>46109</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4" ht="94.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="15" t="s">
+        <v>3287</v>
+      </c>
+      <c r="B103" s="24" t="s">
+        <v>3286</v>
+      </c>
+      <c r="C103" s="72" t="s">
+        <v>230</v>
+      </c>
+      <c r="D103" s="33">
+        <v>46078</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A104" s="15" t="s">
+        <v>231</v>
+      </c>
+      <c r="B104" s="34" t="s">
+        <v>232</v>
+      </c>
+      <c r="C104" s="72" t="s">
+        <v>2045</v>
+      </c>
+      <c r="D104" s="51">
+        <v>46111</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A105" s="13" t="s">
+        <v>233</v>
+      </c>
+      <c r="B105" s="24" t="s">
+        <v>234</v>
+      </c>
+      <c r="C105" s="72" t="s">
+        <v>2046</v>
+      </c>
+      <c r="D105" s="38">
+        <v>46103</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A106" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="B106" s="24" t="s">
+        <v>238</v>
+      </c>
+      <c r="C106" s="72" t="s">
+        <v>2047</v>
+      </c>
+      <c r="D106" s="33">
+        <v>46104</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A107" s="15" t="s">
+        <v>239</v>
+      </c>
+      <c r="B107" s="24" t="s">
+        <v>240</v>
+      </c>
+      <c r="C107" s="72" t="s">
+        <v>241</v>
+      </c>
+      <c r="D107" s="33">
+        <v>46178</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4" ht="202.5" x14ac:dyDescent="0.25">
+      <c r="A108" s="15" t="s">
+        <v>2450</v>
+      </c>
+      <c r="B108" s="24" t="s">
+        <v>242</v>
+      </c>
+      <c r="C108" s="72" t="s">
+        <v>2048</v>
+      </c>
+      <c r="D108" s="33">
+        <v>45975</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4" ht="157.5" x14ac:dyDescent="0.25">
+      <c r="A109" s="13" t="s">
+        <v>2451</v>
+      </c>
+      <c r="B109" s="24" t="s">
+        <v>243</v>
+      </c>
+      <c r="C109" s="72" t="s">
+        <v>2049</v>
+      </c>
+      <c r="D109" s="33">
+        <v>46119</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A110" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="B110" s="24" t="s">
+        <v>245</v>
+      </c>
+      <c r="C110" s="72" t="s">
+        <v>246</v>
+      </c>
+      <c r="D110" s="33">
+        <v>46140</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4" s="6" customFormat="1" ht="126" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="65" t="s">
+        <v>247</v>
+      </c>
+      <c r="B111" s="25" t="s">
+        <v>248</v>
+      </c>
+      <c r="C111" s="72" t="s">
+        <v>2050</v>
+      </c>
+      <c r="D111" s="38">
+        <v>46146</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A112" s="13" t="s">
+        <v>2832</v>
+      </c>
+      <c r="B112" s="24" t="s">
+        <v>249</v>
+      </c>
+      <c r="C112" s="72" t="s">
+        <v>2051</v>
+      </c>
+      <c r="D112" s="33">
+        <v>46148</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4" ht="157.5" x14ac:dyDescent="0.25">
+      <c r="A113" s="15" t="s">
+        <v>250</v>
+      </c>
+      <c r="B113" s="24" t="s">
+        <v>251</v>
+      </c>
+      <c r="C113" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D113" s="33">
+        <v>46147</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="16" t="s">
+        <v>2582</v>
+      </c>
+      <c r="B114" s="24" t="s">
+        <v>252</v>
+      </c>
+      <c r="C114" s="72" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D114" s="33">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A115" s="13" t="s">
+        <v>253</v>
+      </c>
+      <c r="B115" s="24" t="s">
+        <v>254</v>
+      </c>
+      <c r="C115" s="72" t="s">
+        <v>2054</v>
+      </c>
+      <c r="D115" s="33">
+        <v>46106</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A116" s="13" t="s">
+        <v>255</v>
+      </c>
+      <c r="B116" s="24" t="s">
+        <v>2883</v>
+      </c>
+      <c r="C116" s="72" t="s">
+        <v>96</v>
+      </c>
+      <c r="D116" s="38">
+        <v>46064</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="16" t="s">
+        <v>2581</v>
+      </c>
+      <c r="B117" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="C117" s="72" t="s">
+        <v>788</v>
+      </c>
+      <c r="D117" s="33">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A118" s="22" t="s">
+        <v>256</v>
+      </c>
+      <c r="B118" s="25" t="s">
+        <v>257</v>
+      </c>
+      <c r="C118" s="72" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D118" s="33">
+        <v>46196</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="16" t="s">
+        <v>258</v>
+      </c>
+      <c r="B119" s="24" t="s">
+        <v>259</v>
+      </c>
+      <c r="C119" s="72" t="s">
+        <v>2056</v>
+      </c>
+      <c r="D119" s="33">
+        <v>46153</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A120" s="13" t="s">
+        <v>260</v>
+      </c>
+      <c r="B120" s="25" t="s">
+        <v>261</v>
+      </c>
+      <c r="C120" s="72" t="s">
+        <v>2057</v>
+      </c>
+      <c r="D120" s="33">
+        <v>46209</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A121" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="B121" s="24" t="s">
+        <v>263</v>
+      </c>
+      <c r="C121" s="72" t="s">
+        <v>2058</v>
+      </c>
+      <c r="D121" s="38">
+        <v>45993</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4" ht="322.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="16" t="s">
+        <v>3324</v>
+      </c>
+      <c r="B122" s="72" t="s">
+        <v>3325</v>
+      </c>
+      <c r="C122" s="72" t="s">
+        <v>264</v>
+      </c>
+      <c r="D122" s="33">
+        <v>46267</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A123" s="13" t="s">
+        <v>265</v>
+      </c>
+      <c r="B123" s="24" t="s">
+        <v>266</v>
+      </c>
+      <c r="C123" s="72" t="s">
+        <v>2059</v>
+      </c>
+      <c r="D123" s="33">
+        <v>46202</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A124" s="13" t="s">
+        <v>2986</v>
+      </c>
+      <c r="B124" s="72" t="s">
+        <v>2985</v>
+      </c>
+      <c r="C124" s="72" t="s">
+        <v>267</v>
+      </c>
+      <c r="D124" s="33">
+        <v>46231</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A125" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="B125" s="24" t="s">
+        <v>269</v>
+      </c>
+      <c r="C125" s="72" t="s">
+        <v>796</v>
+      </c>
+      <c r="D125" s="33">
+        <v>46311</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A126" s="15" t="s">
+        <v>270</v>
+      </c>
+      <c r="B126" s="24" t="s">
+        <v>271</v>
+      </c>
+      <c r="C126" s="72" t="s">
+        <v>670</v>
+      </c>
+      <c r="D126" s="33">
+        <v>46253</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A127" s="13" t="s">
+        <v>272</v>
+      </c>
+      <c r="B127" s="24" t="s">
+        <v>273</v>
+      </c>
+      <c r="C127" s="72" t="s">
+        <v>2060</v>
+      </c>
+      <c r="D127" s="33">
+        <v>46245</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4" ht="111.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="15" t="s">
+        <v>274</v>
+      </c>
+      <c r="B128" s="24" t="s">
+        <v>275</v>
+      </c>
+      <c r="C128" s="72" t="s">
+        <v>276</v>
+      </c>
+      <c r="D128" s="33">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="16" t="s">
+        <v>279</v>
+      </c>
+      <c r="B129" s="24" t="s">
+        <v>280</v>
+      </c>
+      <c r="C129" s="72" t="s">
+        <v>281</v>
+      </c>
+      <c r="D129" s="33">
+        <v>46049</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4" ht="180" x14ac:dyDescent="0.25">
+      <c r="A130" s="14" t="s">
+        <v>282</v>
+      </c>
+      <c r="B130" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="C130" s="72" t="s">
+        <v>2061</v>
+      </c>
+      <c r="D130" s="33">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4" ht="135" x14ac:dyDescent="0.25">
+      <c r="A131" s="14" t="s">
+        <v>283</v>
+      </c>
+      <c r="B131" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="C131" s="72" t="s">
+        <v>96</v>
+      </c>
+      <c r="D131" s="33">
+        <v>46071</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A132" s="13" t="s">
+        <v>284</v>
+      </c>
+      <c r="B132" s="25" t="s">
+        <v>285</v>
+      </c>
+      <c r="C132" s="72" t="s">
+        <v>2062</v>
+      </c>
+      <c r="D132" s="33">
+        <v>46287</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4" ht="247.5" x14ac:dyDescent="0.25">
+      <c r="A133" s="16" t="s">
+        <v>2594</v>
+      </c>
+      <c r="B133" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="C133" s="72" t="s">
+        <v>2061</v>
+      </c>
+      <c r="D133" s="33">
+        <v>46057</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4" ht="258.75" x14ac:dyDescent="0.25">
+      <c r="A134" s="16" t="s">
+        <v>286</v>
+      </c>
+      <c r="B134" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="C134" s="72" t="s">
+        <v>30</v>
+      </c>
+      <c r="D134" s="33">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A135" s="13" t="s">
+        <v>287</v>
+      </c>
+      <c r="B135" s="24" t="s">
+        <v>288</v>
+      </c>
+      <c r="C135" s="72" t="s">
+        <v>289</v>
+      </c>
+      <c r="D135" s="33">
+        <v>46289</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A136" s="14" t="s">
+        <v>290</v>
+      </c>
+      <c r="B136" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C136" s="72" t="s">
+        <v>291</v>
+      </c>
+      <c r="D136" s="33">
+        <v>45966</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A137" s="13" t="s">
+        <v>292</v>
+      </c>
+      <c r="B137" s="25" t="s">
+        <v>293</v>
+      </c>
+      <c r="C137" s="72" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D137" s="33">
+        <v>45969</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A138" s="15" t="s">
+        <v>294</v>
+      </c>
+      <c r="B138" s="25" t="s">
+        <v>295</v>
+      </c>
+      <c r="C138" s="72" t="s">
+        <v>2064</v>
+      </c>
+      <c r="D138" s="33">
+        <v>46119</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A139" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="B139" s="25" t="s">
+        <v>297</v>
+      </c>
+      <c r="C139" s="72" t="s">
+        <v>2065</v>
+      </c>
+      <c r="D139" s="38">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A140" s="15" t="s">
+        <v>298</v>
+      </c>
+      <c r="B140" s="34" t="s">
+        <v>299</v>
+      </c>
+      <c r="C140" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D140" s="33">
+        <v>46349</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4" ht="288" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="13" t="s">
+        <v>300</v>
+      </c>
+      <c r="B141" s="25" t="s">
+        <v>301</v>
+      </c>
+      <c r="C141" s="72" t="s">
+        <v>2066</v>
+      </c>
+      <c r="D141" s="33">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="14" t="s">
+        <v>302</v>
+      </c>
+      <c r="B142" s="24" t="s">
+        <v>303</v>
+      </c>
+      <c r="C142" s="72" t="s">
+        <v>304</v>
+      </c>
+      <c r="D142" s="38">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A143" s="13" t="s">
+        <v>305</v>
+      </c>
+      <c r="B143" s="25" t="s">
+        <v>306</v>
+      </c>
+      <c r="C143" s="72" t="s">
+        <v>307</v>
+      </c>
+      <c r="D143" s="33">
+        <v>46020</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="14" t="s">
+        <v>2881</v>
+      </c>
+      <c r="B144" s="34" t="s">
+        <v>308</v>
+      </c>
+      <c r="C144" s="72" t="s">
+        <v>2067</v>
+      </c>
+      <c r="D144" s="33">
+        <v>46039</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A145" s="15" t="s">
+        <v>2895</v>
+      </c>
+      <c r="B145" s="24" t="s">
+        <v>309</v>
+      </c>
+      <c r="C145" s="72" t="s">
+        <v>310</v>
+      </c>
+      <c r="D145" s="33">
+        <v>46160</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="14" t="s">
+        <v>311</v>
+      </c>
+      <c r="B146" s="25" t="s">
+        <v>312</v>
+      </c>
+      <c r="C146" s="72" t="s">
+        <v>313</v>
+      </c>
+      <c r="D146" s="33">
+        <v>46043</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A147" s="15" t="s">
+        <v>2558</v>
+      </c>
+      <c r="B147" s="24" t="s">
+        <v>314</v>
+      </c>
+      <c r="C147" s="72" t="s">
+        <v>2068</v>
+      </c>
+      <c r="D147" s="33">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A148" s="15" t="s">
+        <v>315</v>
+      </c>
+      <c r="B148" s="24" t="s">
+        <v>316</v>
+      </c>
+      <c r="C148" s="72" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D148" s="33">
+        <v>46287</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A149" s="14" t="s">
+        <v>317</v>
+      </c>
+      <c r="B149" s="24" t="s">
+        <v>318</v>
+      </c>
+      <c r="C149" s="72" t="s">
+        <v>2069</v>
+      </c>
+      <c r="D149" s="33">
+        <v>46063</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="14" t="s">
+        <v>2864</v>
+      </c>
+      <c r="B150" s="24" t="s">
+        <v>319</v>
+      </c>
+      <c r="C150" s="72" t="s">
+        <v>2070</v>
+      </c>
+      <c r="D150" s="38">
+        <v>45989</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A151" s="13" t="s">
+        <v>2637</v>
+      </c>
+      <c r="B151" s="24" t="s">
+        <v>320</v>
+      </c>
+      <c r="C151" s="72" t="s">
+        <v>321</v>
+      </c>
+      <c r="D151" s="33">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A152" s="13" t="s">
+        <v>322</v>
+      </c>
+      <c r="B152" s="24" t="s">
+        <v>111</v>
+      </c>
+      <c r="C152" s="72" t="s">
+        <v>669</v>
+      </c>
+      <c r="D152" s="33">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A153" s="15" t="s">
+        <v>323</v>
+      </c>
+      <c r="B153" s="25" t="s">
+        <v>324</v>
+      </c>
+      <c r="C153" s="72" t="s">
+        <v>2071</v>
+      </c>
+      <c r="D153" s="38">
+        <v>46001</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="14" t="s">
+        <v>325</v>
+      </c>
+      <c r="B154" s="25" t="s">
+        <v>326</v>
+      </c>
+      <c r="C154" s="72" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D154" s="33">
+        <v>46101</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A155" s="13" t="s">
+        <v>327</v>
+      </c>
+      <c r="B155" s="24" t="s">
+        <v>328</v>
+      </c>
+      <c r="C155" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D155" s="38">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4" ht="369.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="16" t="s">
+        <v>329</v>
+      </c>
+      <c r="B156" s="24" t="s">
+        <v>330</v>
+      </c>
+      <c r="C156" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D156" s="38">
+        <v>46134</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="13" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B157" s="24" t="s">
+        <v>2847</v>
+      </c>
+      <c r="C157" s="72" t="s">
+        <v>2073</v>
+      </c>
+      <c r="D157" s="38">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4" ht="328.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="16" t="s">
+        <v>331</v>
+      </c>
+      <c r="B158" s="24" t="s">
+        <v>332</v>
+      </c>
+      <c r="C158" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D158" s="38">
+        <v>46137</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="15" t="s">
+        <v>333</v>
+      </c>
+      <c r="B159" s="24" t="s">
+        <v>334</v>
+      </c>
+      <c r="C159" s="72" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D159" s="33">
+        <v>46134</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4" ht="95.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="15" t="s">
+        <v>3547</v>
+      </c>
+      <c r="B160" s="25" t="s">
+        <v>335</v>
+      </c>
+      <c r="C160" s="72" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D160" s="33">
+        <v>46198</v>
+      </c>
+    </row>
+    <row r="161" spans="1:4" ht="133.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="14" t="s">
+        <v>336</v>
+      </c>
+      <c r="B161" s="25" t="s">
+        <v>337</v>
+      </c>
+      <c r="C161" s="72" t="s">
+        <v>2076</v>
+      </c>
+      <c r="D161" s="33">
+        <v>46179</v>
+      </c>
+    </row>
+    <row r="162" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A162" s="13" t="s">
+        <v>338</v>
+      </c>
+      <c r="B162" s="24" t="s">
+        <v>339</v>
+      </c>
+      <c r="C162" s="72" t="s">
+        <v>340</v>
+      </c>
+      <c r="D162" s="38">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="163" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A163" s="13" t="s">
+        <v>341</v>
+      </c>
+      <c r="B163" s="24" t="s">
+        <v>342</v>
+      </c>
+      <c r="C163" s="72" t="s">
+        <v>343</v>
+      </c>
+      <c r="D163" s="33">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="164" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A164" s="13" t="s">
+        <v>344</v>
+      </c>
+      <c r="B164" s="24" t="s">
+        <v>345</v>
+      </c>
+      <c r="C164" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D164" s="33">
+        <v>46164</v>
+      </c>
+    </row>
+    <row r="165" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A165" s="15" t="s">
+        <v>346</v>
+      </c>
+      <c r="B165" s="24" t="s">
+        <v>347</v>
+      </c>
+      <c r="C165" s="72" t="s">
+        <v>348</v>
+      </c>
+      <c r="D165" s="33">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="166" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A166" s="15" t="s">
+        <v>3018</v>
+      </c>
+      <c r="B166" s="24" t="s">
+        <v>349</v>
+      </c>
+      <c r="C166" s="72" t="s">
+        <v>2077</v>
+      </c>
+      <c r="D166" s="33">
+        <v>46334</v>
+      </c>
+    </row>
+    <row r="167" spans="1:4" ht="213.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="14" t="s">
+        <v>350</v>
+      </c>
+      <c r="B167" s="41" t="s">
+        <v>351</v>
+      </c>
+      <c r="C167" s="72" t="s">
+        <v>2078</v>
+      </c>
+      <c r="D167" s="38">
+        <v>46230</v>
+      </c>
+    </row>
+    <row r="168" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A168" s="15" t="s">
+        <v>352</v>
+      </c>
+      <c r="B168" s="24" t="s">
+        <v>353</v>
+      </c>
+      <c r="C168" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D168" s="38">
+        <v>46229</v>
+      </c>
+    </row>
+    <row r="169" spans="1:4" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="16" t="s">
+        <v>3273</v>
+      </c>
+      <c r="B169" s="24" t="s">
+        <v>251</v>
+      </c>
+      <c r="C169" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D169" s="33">
+        <v>46254</v>
+      </c>
+    </row>
+    <row r="170" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A170" s="13" t="s">
+        <v>354</v>
+      </c>
+      <c r="B170" s="24" t="s">
+        <v>355</v>
+      </c>
+      <c r="C170" s="72" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D170" s="33">
+        <v>46235</v>
+      </c>
+    </row>
+    <row r="171" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A171" s="15" t="s">
+        <v>356</v>
+      </c>
+      <c r="B171" s="24" t="s">
+        <v>357</v>
+      </c>
+      <c r="C171" s="72" t="s">
+        <v>358</v>
+      </c>
+      <c r="D171" s="33">
+        <v>46287</v>
+      </c>
+    </row>
+    <row r="172" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A172" s="14" t="s">
+        <v>359</v>
+      </c>
+      <c r="B172" s="24" t="s">
+        <v>360</v>
+      </c>
+      <c r="C172" s="72" t="s">
+        <v>2079</v>
+      </c>
+      <c r="D172" s="33">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="173" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A173" s="13" t="s">
+        <v>361</v>
+      </c>
+      <c r="B173" s="25" t="s">
+        <v>362</v>
+      </c>
+      <c r="C173" s="72" t="s">
+        <v>2080</v>
+      </c>
+      <c r="D173" s="33">
+        <v>46176</v>
+      </c>
+    </row>
+    <row r="174" spans="1:4" ht="237.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="23" t="s">
+        <v>363</v>
+      </c>
+      <c r="B174" s="34" t="s">
+        <v>364</v>
+      </c>
+      <c r="C174" s="72" t="s">
+        <v>163</v>
+      </c>
+      <c r="D174" s="33">
+        <v>46103</v>
+      </c>
+    </row>
+    <row r="175" spans="1:4" ht="101.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="14" t="s">
+        <v>3322</v>
+      </c>
+      <c r="B175" s="24" t="s">
+        <v>365</v>
+      </c>
+      <c r="C175" s="72" t="s">
+        <v>17</v>
+      </c>
+      <c r="D175" s="33">
+        <v>46286</v>
+      </c>
+    </row>
+    <row r="176" spans="1:4" ht="310.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="14" t="s">
+        <v>366</v>
+      </c>
+      <c r="B176" s="25" t="s">
+        <v>367</v>
+      </c>
+      <c r="C176" s="72" t="s">
+        <v>109</v>
+      </c>
+      <c r="D176" s="38">
+        <v>46278</v>
+      </c>
+    </row>
+    <row r="177" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A177" s="16" t="s">
+        <v>3351</v>
+      </c>
+      <c r="B177" s="24" t="s">
+        <v>116</v>
+      </c>
+      <c r="C177" s="72" t="s">
+        <v>368</v>
+      </c>
+      <c r="D177" s="33">
+        <v>46291</v>
+      </c>
+    </row>
+    <row r="178" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A178" s="15" t="s">
+        <v>369</v>
+      </c>
+      <c r="B178" s="72" t="s">
+        <v>3277</v>
+      </c>
+      <c r="C178" s="72" t="s">
+        <v>17</v>
+      </c>
+      <c r="D178" s="33">
+        <v>46247</v>
+      </c>
+    </row>
+    <row r="179" spans="1:5" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A179" s="16" t="s">
+        <v>370</v>
+      </c>
+      <c r="B179" s="25" t="s">
+        <v>371</v>
+      </c>
+      <c r="C179" s="72" t="s">
+        <v>372</v>
+      </c>
+      <c r="D179" s="33">
+        <v>46307</v>
+      </c>
+      <c r="E179" s="28"/>
+    </row>
+    <row r="180" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A180" s="13" t="s">
+        <v>374</v>
+      </c>
+      <c r="B180" s="24" t="s">
+        <v>375</v>
+      </c>
+      <c r="C180" s="72" t="s">
+        <v>3548</v>
+      </c>
+      <c r="D180" s="33">
+        <v>46104</v>
+      </c>
+    </row>
+    <row r="181" spans="1:5" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="15" t="s">
+        <v>376</v>
+      </c>
+      <c r="B181" s="24" t="s">
+        <v>377</v>
+      </c>
+      <c r="C181" s="72" t="s">
+        <v>2081</v>
+      </c>
+      <c r="D181" s="38">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="182" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A182" s="15" t="s">
+        <v>378</v>
+      </c>
+      <c r="B182" s="24" t="s">
+        <v>379</v>
+      </c>
+      <c r="C182" s="72" t="s">
+        <v>2082</v>
+      </c>
+      <c r="D182" s="33">
+        <v>45981</v>
+      </c>
+    </row>
+    <row r="183" spans="1:5" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="16" t="s">
+        <v>380</v>
+      </c>
+      <c r="B183" s="24" t="s">
+        <v>381</v>
+      </c>
+      <c r="C183" s="72" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D183" s="33">
+        <v>45997</v>
+      </c>
+    </row>
+    <row r="184" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A184" s="15" t="s">
+        <v>382</v>
+      </c>
+      <c r="B184" s="24" t="s">
+        <v>383</v>
+      </c>
+      <c r="C184" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D184" s="33">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="185" spans="1:5" ht="114.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="16" t="s">
+        <v>384</v>
+      </c>
+      <c r="B185" s="24" t="s">
+        <v>385</v>
+      </c>
+      <c r="C185" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D185" s="38">
+        <v>46138</v>
+      </c>
+    </row>
+    <row r="186" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A186" s="13" t="s">
+        <v>386</v>
+      </c>
+      <c r="B186" s="24" t="s">
+        <v>387</v>
+      </c>
+      <c r="C186" s="72" t="s">
+        <v>388</v>
+      </c>
+      <c r="D186" s="33">
+        <v>46005</v>
+      </c>
+    </row>
+    <row r="187" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A187" s="15" t="s">
+        <v>389</v>
+      </c>
+      <c r="B187" s="24" t="s">
+        <v>390</v>
+      </c>
+      <c r="C187" s="72" t="s">
+        <v>2084</v>
+      </c>
+      <c r="D187" s="38">
+        <v>46031</v>
+      </c>
+    </row>
+    <row r="188" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A188" s="13" t="s">
+        <v>391</v>
+      </c>
+      <c r="B188" s="24" t="s">
+        <v>392</v>
+      </c>
+      <c r="C188" s="72" t="s">
+        <v>393</v>
+      </c>
+      <c r="D188" s="33">
+        <v>46015</v>
+      </c>
+    </row>
+    <row r="189" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A189" s="13" t="s">
+        <v>2502</v>
+      </c>
+      <c r="B189" s="25" t="s">
+        <v>2501</v>
+      </c>
+      <c r="C189" s="72" t="s">
+        <v>163</v>
+      </c>
+      <c r="D189" s="38">
+        <v>46012</v>
+      </c>
+    </row>
+    <row r="190" spans="1:5" ht="305.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="14" t="s">
+        <v>394</v>
+      </c>
+      <c r="B190" s="42" t="s">
+        <v>395</v>
+      </c>
+      <c r="C190" s="72" t="s">
+        <v>2085</v>
+      </c>
+      <c r="D190" s="33">
+        <v>46021</v>
+      </c>
+    </row>
+    <row r="191" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A191" s="15" t="s">
+        <v>396</v>
+      </c>
+      <c r="B191" s="24" t="s">
+        <v>397</v>
+      </c>
+      <c r="C191" s="72" t="s">
+        <v>398</v>
+      </c>
+      <c r="D191" s="33">
+        <v>46039</v>
+      </c>
+    </row>
+    <row r="192" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A192" s="43" t="s">
+        <v>399</v>
+      </c>
+      <c r="B192" s="26" t="s">
+        <v>400</v>
+      </c>
+      <c r="C192" s="72" t="s">
+        <v>682</v>
+      </c>
+      <c r="D192" s="33">
+        <v>46003</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A193" s="14" t="s">
+        <v>401</v>
+      </c>
+      <c r="B193" s="25" t="s">
+        <v>402</v>
+      </c>
+      <c r="C193" s="72" t="s">
+        <v>403</v>
+      </c>
+      <c r="D193" s="33">
+        <v>46048</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="14" t="s">
+        <v>404</v>
+      </c>
+      <c r="B194" s="25" t="s">
+        <v>3488</v>
+      </c>
+      <c r="C194" s="72" t="s">
+        <v>2086</v>
+      </c>
+      <c r="D194" s="38">
+        <v>46046</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A195" s="15" t="s">
+        <v>2639</v>
+      </c>
+      <c r="B195" s="24" t="s">
+        <v>405</v>
+      </c>
+      <c r="C195" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D195" s="38">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4" ht="185.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="14" t="s">
+        <v>406</v>
+      </c>
+      <c r="B196" s="24" t="s">
+        <v>187</v>
+      </c>
+      <c r="C196" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D196" s="33">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A197" s="15" t="s">
+        <v>3549</v>
+      </c>
+      <c r="B197" s="25" t="s">
+        <v>407</v>
+      </c>
+      <c r="C197" s="72" t="s">
+        <v>2087</v>
+      </c>
+      <c r="D197" s="33">
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4" ht="165" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A198" s="44" t="s">
+        <v>2600</v>
+      </c>
+      <c r="B198" s="24" t="s">
+        <v>408</v>
+      </c>
+      <c r="C198" s="72" t="s">
+        <v>2088</v>
+      </c>
+      <c r="D198" s="33">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A199" s="13" t="s">
+        <v>409</v>
+      </c>
+      <c r="B199" s="25" t="s">
+        <v>410</v>
+      </c>
+      <c r="C199" s="72" t="s">
+        <v>411</v>
+      </c>
+      <c r="D199" s="33">
+        <v>46075</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A200" s="16" t="s">
+        <v>2409</v>
+      </c>
+      <c r="B200" s="24" t="s">
+        <v>412</v>
+      </c>
+      <c r="C200" s="72" t="s">
+        <v>2089</v>
+      </c>
+      <c r="D200" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A201" s="13" t="s">
+        <v>413</v>
+      </c>
+      <c r="B201" s="25" t="s">
+        <v>414</v>
+      </c>
+      <c r="C201" s="72" t="s">
+        <v>80</v>
+      </c>
+      <c r="D201" s="38">
+        <v>46117</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4" ht="113.25" x14ac:dyDescent="0.25">
+      <c r="A202" s="20" t="s">
+        <v>3550</v>
+      </c>
+      <c r="B202" s="34" t="s">
+        <v>2464</v>
+      </c>
+      <c r="C202" s="72" t="s">
+        <v>75</v>
+      </c>
+      <c r="D202" s="38">
+        <v>46361</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A203" s="15" t="s">
+        <v>415</v>
+      </c>
+      <c r="B203" s="25" t="s">
+        <v>416</v>
+      </c>
+      <c r="C203" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D203" s="33">
+        <v>46100</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A204" s="13" t="s">
+        <v>417</v>
+      </c>
+      <c r="B204" s="24" t="s">
+        <v>418</v>
+      </c>
+      <c r="C204" s="72" t="s">
+        <v>419</v>
+      </c>
+      <c r="D204" s="33">
+        <v>46152</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A205" s="15" t="s">
+        <v>420</v>
+      </c>
+      <c r="B205" s="24" t="s">
+        <v>421</v>
+      </c>
+      <c r="C205" s="72" t="s">
+        <v>422</v>
+      </c>
+      <c r="D205" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4" ht="308.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="16" t="s">
+        <v>2465</v>
+      </c>
+      <c r="B206" s="24" t="s">
+        <v>423</v>
+      </c>
+      <c r="C206" s="72" t="s">
+        <v>230</v>
+      </c>
+      <c r="D206" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A207" s="13" t="s">
+        <v>424</v>
+      </c>
+      <c r="B207" s="24" t="s">
+        <v>425</v>
+      </c>
+      <c r="C207" s="72" t="s">
+        <v>426</v>
+      </c>
+      <c r="D207" s="33">
+        <v>46137</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4" ht="142.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="16" t="s">
+        <v>427</v>
+      </c>
+      <c r="B208" s="24" t="s">
+        <v>428</v>
+      </c>
+      <c r="C208" s="72" t="s">
+        <v>2090</v>
+      </c>
+      <c r="D208" s="33">
+        <v>46153</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A209" s="13" t="s">
+        <v>2984</v>
+      </c>
+      <c r="B209" s="24" t="s">
+        <v>429</v>
+      </c>
+      <c r="C209" s="72" t="s">
+        <v>80</v>
+      </c>
+      <c r="D209" s="38">
+        <v>46164</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A210" s="15" t="s">
+        <v>3150</v>
+      </c>
+      <c r="B210" s="24" t="s">
+        <v>430</v>
+      </c>
+      <c r="C210" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D210" s="38">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4" ht="220.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="16" t="s">
+        <v>3551</v>
+      </c>
+      <c r="B211" s="24" t="s">
+        <v>431</v>
+      </c>
+      <c r="C211" s="72" t="s">
+        <v>2091</v>
+      </c>
+      <c r="D211" s="33">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="15" t="s">
+        <v>3552</v>
+      </c>
+      <c r="B212" s="25" t="s">
+        <v>432</v>
+      </c>
+      <c r="C212" s="72" t="s">
+        <v>433</v>
+      </c>
+      <c r="D212" s="33">
+        <v>46144</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A213" s="16" t="s">
+        <v>434</v>
+      </c>
+      <c r="B213" s="24" t="s">
+        <v>435</v>
+      </c>
+      <c r="C213" s="72" t="s">
+        <v>2092</v>
+      </c>
+      <c r="D213" s="33">
+        <v>46187</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A214" s="15" t="s">
+        <v>3553</v>
+      </c>
+      <c r="B214" s="25" t="s">
+        <v>436</v>
+      </c>
+      <c r="C214" s="72" t="s">
+        <v>2093</v>
+      </c>
+      <c r="D214" s="33">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A215" s="16" t="s">
+        <v>437</v>
+      </c>
+      <c r="B215" s="25" t="s">
+        <v>438</v>
+      </c>
+      <c r="C215" s="72" t="s">
+        <v>3100</v>
+      </c>
+      <c r="D215" s="33">
+        <v>46192</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A216" s="15" t="s">
+        <v>439</v>
+      </c>
+      <c r="B216" s="24" t="s">
+        <v>440</v>
+      </c>
+      <c r="C216" s="72" t="s">
+        <v>441</v>
+      </c>
+      <c r="D216" s="38">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4" ht="149.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="14" t="s">
+        <v>442</v>
+      </c>
+      <c r="B217" s="25" t="s">
+        <v>443</v>
+      </c>
+      <c r="C217" s="72" t="s">
+        <v>892</v>
+      </c>
+      <c r="D217" s="33">
+        <v>46222</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A218" s="13" t="s">
+        <v>3554</v>
+      </c>
+      <c r="B218" s="24" t="s">
+        <v>444</v>
+      </c>
+      <c r="C218" s="72" t="s">
+        <v>2094</v>
+      </c>
+      <c r="D218" s="38">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4" ht="235.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="16" t="s">
+        <v>445</v>
+      </c>
+      <c r="B219" s="24" t="s">
+        <v>446</v>
+      </c>
+      <c r="C219" s="72" t="s">
+        <v>447</v>
+      </c>
+      <c r="D219" s="33">
+        <v>46257</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4" ht="45.75" x14ac:dyDescent="0.25">
+      <c r="A220" s="21" t="s">
+        <v>3555</v>
+      </c>
+      <c r="B220" s="25" t="s">
+        <v>448</v>
+      </c>
+      <c r="C220" s="72" t="s">
+        <v>2095</v>
+      </c>
+      <c r="D220" s="33">
+        <v>46231</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A221" s="15" t="s">
+        <v>449</v>
+      </c>
+      <c r="B221" s="24" t="s">
+        <v>450</v>
+      </c>
+      <c r="C221" s="72" t="s">
+        <v>451</v>
+      </c>
+      <c r="D221" s="33">
+        <v>46242</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4" ht="86.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A222" s="15" t="s">
+        <v>3556</v>
+      </c>
+      <c r="B222" s="24" t="s">
+        <v>452</v>
+      </c>
+      <c r="C222" s="72" t="s">
+        <v>453</v>
+      </c>
+      <c r="D222" s="33">
+        <v>46224</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A223" s="15" t="s">
+        <v>3166</v>
+      </c>
+      <c r="B223" s="25" t="s">
+        <v>454</v>
+      </c>
+      <c r="C223" s="72" t="s">
+        <v>455</v>
+      </c>
+      <c r="D223" s="38">
+        <v>46244</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4" ht="186" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A224" s="16" t="s">
+        <v>456</v>
+      </c>
+      <c r="B224" s="24" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C224" s="72" t="s">
+        <v>457</v>
+      </c>
+      <c r="D224" s="38">
+        <v>46273</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4" ht="176.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A225" s="15" t="s">
+        <v>3015</v>
+      </c>
+      <c r="B225" s="34" t="s">
+        <v>3016</v>
+      </c>
+      <c r="C225" s="72" t="s">
+        <v>458</v>
+      </c>
+      <c r="D225" s="33">
+        <v>46177</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A226" s="13" t="s">
+        <v>3197</v>
+      </c>
+      <c r="B226" s="24" t="s">
+        <v>459</v>
+      </c>
+      <c r="C226" s="72" t="s">
+        <v>460</v>
+      </c>
+      <c r="D226" s="33">
+        <v>46248</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A227" s="15" t="s">
+        <v>461</v>
+      </c>
+      <c r="B227" s="24" t="s">
+        <v>462</v>
+      </c>
+      <c r="C227" s="72" t="s">
+        <v>463</v>
+      </c>
+      <c r="D227" s="33">
+        <v>46273</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A228" s="13" t="s">
+        <v>464</v>
+      </c>
+      <c r="B228" s="25" t="s">
+        <v>465</v>
+      </c>
+      <c r="C228" s="72" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D228" s="38">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A229" s="14" t="s">
+        <v>3557</v>
+      </c>
+      <c r="B229" s="25" t="s">
+        <v>466</v>
+      </c>
+      <c r="C229" s="72" t="s">
+        <v>2097</v>
+      </c>
+      <c r="D229" s="33">
+        <v>45989</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A230" s="15" t="s">
+        <v>3558</v>
+      </c>
+      <c r="B230" s="25" t="s">
+        <v>467</v>
+      </c>
+      <c r="C230" s="72" t="s">
+        <v>2098</v>
+      </c>
+      <c r="D230" s="33">
+        <v>46342</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A231" s="15" t="s">
+        <v>468</v>
+      </c>
+      <c r="B231" s="24" t="s">
+        <v>469</v>
+      </c>
+      <c r="C231" s="72" t="s">
+        <v>470</v>
+      </c>
+      <c r="D231" s="33">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A232" s="15" t="s">
+        <v>3559</v>
+      </c>
+      <c r="B232" s="25" t="s">
+        <v>471</v>
+      </c>
+      <c r="C232" s="89" t="s">
+        <v>3105</v>
+      </c>
+      <c r="D232" s="33">
+        <v>46005</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4" ht="198" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A233" s="15" t="s">
+        <v>472</v>
+      </c>
+      <c r="B233" s="25" t="s">
+        <v>473</v>
+      </c>
+      <c r="C233" s="72" t="s">
+        <v>2099</v>
+      </c>
+      <c r="D233" s="33">
+        <v>46012</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4" ht="34.5" x14ac:dyDescent="0.25">
+      <c r="A234" s="20" t="s">
+        <v>474</v>
+      </c>
+      <c r="B234" s="25" t="s">
+        <v>475</v>
+      </c>
+      <c r="C234" s="72" t="s">
+        <v>476</v>
+      </c>
+      <c r="D234" s="38">
+        <v>45999</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4" ht="103.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="14" t="s">
+        <v>477</v>
+      </c>
+      <c r="B235" s="24" t="s">
+        <v>478</v>
+      </c>
+      <c r="C235" s="72" t="s">
+        <v>2052</v>
+      </c>
+      <c r="D235" s="38">
+        <v>46148</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A236" s="15" t="s">
+        <v>479</v>
+      </c>
+      <c r="B236" s="24" t="s">
+        <v>480</v>
+      </c>
+      <c r="C236" s="72" t="s">
+        <v>988</v>
+      </c>
+      <c r="D236" s="38">
+        <v>46106</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4" ht="87" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="14" t="s">
+        <v>481</v>
+      </c>
+      <c r="B237" s="25" t="s">
+        <v>482</v>
+      </c>
+      <c r="C237" s="72" t="s">
+        <v>2100</v>
+      </c>
+      <c r="D237" s="38">
+        <v>46035</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="13" t="s">
+        <v>3560</v>
+      </c>
+      <c r="B238" s="24" t="s">
+        <v>319</v>
+      </c>
+      <c r="C238" s="72" t="s">
+        <v>2101</v>
+      </c>
+      <c r="D238" s="38">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4" ht="294.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="16" t="s">
+        <v>483</v>
+      </c>
+      <c r="B239" s="24" t="s">
+        <v>484</v>
+      </c>
+      <c r="C239" s="72" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D239" s="38">
+        <v>46390</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4" ht="165" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A240" s="14" t="s">
+        <v>3561</v>
+      </c>
+      <c r="B240" s="25" t="s">
+        <v>2884</v>
+      </c>
+      <c r="C240" s="72" t="s">
+        <v>2103</v>
+      </c>
+      <c r="D240" s="33">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A241" s="15" t="s">
+        <v>485</v>
+      </c>
+      <c r="B241" s="24" t="s">
+        <v>486</v>
+      </c>
+      <c r="C241" s="72" t="s">
+        <v>2104</v>
+      </c>
+      <c r="D241" s="33">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4" ht="213" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A242" s="15" t="s">
+        <v>487</v>
+      </c>
+      <c r="B242" s="24" t="s">
+        <v>488</v>
+      </c>
+      <c r="C242" s="72" t="s">
+        <v>489</v>
+      </c>
+      <c r="D242" s="33">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A243" s="16" t="s">
+        <v>490</v>
+      </c>
+      <c r="B243" s="24" t="s">
+        <v>491</v>
+      </c>
+      <c r="C243" s="72" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D243" s="33">
+        <v>46072</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A244" s="15" t="s">
+        <v>492</v>
+      </c>
+      <c r="B244" s="24" t="s">
+        <v>493</v>
+      </c>
+      <c r="C244" s="72" t="s">
+        <v>494</v>
+      </c>
+      <c r="D244" s="33">
+        <v>46076</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A245" s="15" t="s">
+        <v>3235</v>
+      </c>
+      <c r="B245" s="24" t="s">
+        <v>495</v>
+      </c>
+      <c r="C245" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D245" s="33">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4" ht="114.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A246" s="16" t="s">
+        <v>496</v>
+      </c>
+      <c r="B246" s="25" t="s">
+        <v>497</v>
+      </c>
+      <c r="C246" s="72" t="s">
+        <v>2106</v>
+      </c>
+      <c r="D246" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A247" s="20" t="s">
+        <v>2622</v>
+      </c>
+      <c r="B247" s="24" t="s">
+        <v>498</v>
+      </c>
+      <c r="C247" s="72" t="s">
+        <v>499</v>
+      </c>
+      <c r="D247" s="33">
+        <v>46089</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A248" s="15" t="s">
+        <v>500</v>
+      </c>
+      <c r="B248" s="24" t="s">
+        <v>235</v>
+      </c>
+      <c r="C248" s="72" t="s">
+        <v>2107</v>
+      </c>
+      <c r="D248" s="38">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A249" s="20" t="s">
+        <v>2862</v>
+      </c>
+      <c r="B249" s="24" t="s">
+        <v>2673</v>
+      </c>
+      <c r="C249" s="72" t="s">
+        <v>837</v>
+      </c>
+      <c r="D249" s="38">
+        <v>46064</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A250" s="15" t="s">
+        <v>3065</v>
+      </c>
+      <c r="B250" s="24" t="s">
+        <v>503</v>
+      </c>
+      <c r="C250" s="72" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D250" s="33">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A251" s="16" t="s">
+        <v>2426</v>
+      </c>
+      <c r="B251" s="24" t="s">
+        <v>504</v>
+      </c>
+      <c r="C251" s="72" t="s">
+        <v>2109</v>
+      </c>
+      <c r="D251" s="33">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A252" s="15" t="s">
+        <v>505</v>
+      </c>
+      <c r="B252" s="25" t="s">
+        <v>506</v>
+      </c>
+      <c r="C252" s="72" t="s">
         <v>2110</v>
       </c>
-      <c r="D3" s="9" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="12" t="s">
+      <c r="D252" s="38">
+        <v>46293</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A253" s="15" t="s">
+        <v>2854</v>
+      </c>
+      <c r="B253" s="24" t="s">
+        <v>507</v>
+      </c>
+      <c r="C253" s="72" t="s">
+        <v>508</v>
+      </c>
+      <c r="D253" s="38">
+        <v>46163</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A254" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B254" s="24" t="s">
+        <v>510</v>
+      </c>
+      <c r="C254" s="72" t="s">
+        <v>93</v>
+      </c>
+      <c r="D254" s="38">
+        <v>46150</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4" ht="312.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A255" s="16" t="s">
+        <v>2350</v>
+      </c>
+      <c r="B255" s="24" t="s">
+        <v>511</v>
+      </c>
+      <c r="C255" s="72" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D255" s="33">
+        <v>46114</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A256" s="13" t="s">
+        <v>512</v>
+      </c>
+      <c r="B256" s="24" t="s">
+        <v>513</v>
+      </c>
+      <c r="C256" s="72" t="s">
+        <v>2112</v>
+      </c>
+      <c r="D256" s="38">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A257" s="13" t="s">
+        <v>514</v>
+      </c>
+      <c r="B257" s="24" t="s">
+        <v>515</v>
+      </c>
+      <c r="C257" s="72" t="s">
+        <v>516</v>
+      </c>
+      <c r="D257" s="38">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A258" s="15" t="s">
+        <v>517</v>
+      </c>
+      <c r="B258" s="25" t="s">
+        <v>518</v>
+      </c>
+      <c r="C258" s="72" t="s">
+        <v>2113</v>
+      </c>
+      <c r="D258" s="38">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A259" s="15" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B259" s="24" t="s">
+        <v>452</v>
+      </c>
+      <c r="C259" s="72" t="s">
+        <v>453</v>
+      </c>
+      <c r="D259" s="38">
+        <v>46333</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A260" s="15" t="s">
+        <v>519</v>
+      </c>
+      <c r="B260" s="24" t="s">
+        <v>520</v>
+      </c>
+      <c r="C260" s="72" t="s">
+        <v>521</v>
+      </c>
+      <c r="D260" s="33">
+        <v>46212</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A261" s="15" t="s">
+        <v>522</v>
+      </c>
+      <c r="B261" s="24" t="s">
+        <v>523</v>
+      </c>
+      <c r="C261" s="72" t="s">
+        <v>75</v>
+      </c>
+      <c r="D261" s="38">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A262" s="16" t="s">
+        <v>525</v>
+      </c>
+      <c r="B262" s="24" t="s">
+        <v>526</v>
+      </c>
+      <c r="C262" s="72" t="s">
+        <v>527</v>
+      </c>
+      <c r="D262" s="38">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A263" s="15" t="s">
+        <v>529</v>
+      </c>
+      <c r="B263" s="24" t="s">
+        <v>530</v>
+      </c>
+      <c r="C263" s="72" t="s">
+        <v>2114</v>
+      </c>
+      <c r="D263" s="38">
+        <v>46128</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A264" s="15" t="s">
+        <v>531</v>
+      </c>
+      <c r="B264" s="24" t="s">
+        <v>532</v>
+      </c>
+      <c r="C264" s="72" t="s">
+        <v>2115</v>
+      </c>
+      <c r="D264" s="38">
+        <v>46159</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A265" s="13" t="s">
+        <v>3292</v>
+      </c>
+      <c r="B265" s="24" t="s">
+        <v>533</v>
+      </c>
+      <c r="C265" s="72" t="s">
+        <v>2116</v>
+      </c>
+      <c r="D265" s="33">
+        <v>45981</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4" ht="310.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A266" s="15" t="s">
+        <v>2387</v>
+      </c>
+      <c r="B266" s="24" t="s">
+        <v>534</v>
+      </c>
+      <c r="C266" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D266" s="33">
+        <v>46130</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A267" s="15" t="s">
+        <v>535</v>
+      </c>
+      <c r="B267" s="24" t="s">
+        <v>536</v>
+      </c>
+      <c r="C267" s="72" t="s">
+        <v>537</v>
+      </c>
+      <c r="D267" s="49">
+        <v>46199</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A268" s="15" t="s">
+        <v>538</v>
+      </c>
+      <c r="B268" s="24" t="s">
+        <v>539</v>
+      </c>
+      <c r="C268" s="72" t="s">
+        <v>540</v>
+      </c>
+      <c r="D268" s="49">
+        <v>46199</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4" ht="177" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A269" s="15" t="s">
+        <v>541</v>
+      </c>
+      <c r="B269" s="25" t="s">
+        <v>542</v>
+      </c>
+      <c r="C269" s="72" t="s">
+        <v>543</v>
+      </c>
+      <c r="D269" s="49">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A270" s="15" t="s">
+        <v>544</v>
+      </c>
+      <c r="B270" s="25" t="s">
+        <v>545</v>
+      </c>
+      <c r="C270" s="72" t="s">
+        <v>546</v>
+      </c>
+      <c r="D270" s="49">
+        <v>46141</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4" ht="117.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A271" s="16" t="s">
+        <v>547</v>
+      </c>
+      <c r="B271" s="24" t="s">
+        <v>548</v>
+      </c>
+      <c r="C271" s="72" t="s">
+        <v>2117</v>
+      </c>
+      <c r="D271" s="39">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A272" s="15" t="s">
+        <v>549</v>
+      </c>
+      <c r="B272" s="25" t="s">
+        <v>501</v>
+      </c>
+      <c r="C272" s="72" t="s">
+        <v>527</v>
+      </c>
+      <c r="D272" s="33">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A273" s="15" t="s">
+        <v>550</v>
+      </c>
+      <c r="B273" s="24" t="s">
+        <v>551</v>
+      </c>
+      <c r="C273" s="72" t="s">
+        <v>552</v>
+      </c>
+      <c r="D273" s="33">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A274" s="13" t="s">
+        <v>554</v>
+      </c>
+      <c r="B274" s="72" t="s">
+        <v>3142</v>
+      </c>
+      <c r="C274" s="72" t="s">
+        <v>555</v>
+      </c>
+      <c r="D274" s="33">
+        <v>46212</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A275" s="13" t="s">
+        <v>556</v>
+      </c>
+      <c r="B275" s="25" t="s">
+        <v>557</v>
+      </c>
+      <c r="C275" s="72" t="s">
+        <v>2118</v>
+      </c>
+      <c r="D275" s="33">
+        <v>46235</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4" ht="206.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A276" s="15" t="s">
+        <v>559</v>
+      </c>
+      <c r="B276" s="24" t="s">
+        <v>2888</v>
+      </c>
+      <c r="C276" s="72" t="s">
+        <v>560</v>
+      </c>
+      <c r="D276" s="33">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4" ht="120.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A277" s="15" t="s">
+        <v>3023</v>
+      </c>
+      <c r="B277" s="25" t="s">
+        <v>3022</v>
+      </c>
+      <c r="C277" s="72" t="s">
+        <v>3024</v>
+      </c>
+      <c r="D277" s="38">
+        <v>46178</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4" ht="167.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A278" s="16" t="s">
+        <v>3157</v>
+      </c>
+      <c r="B278" s="24" t="s">
+        <v>561</v>
+      </c>
+      <c r="C278" s="72" t="s">
+        <v>72</v>
+      </c>
+      <c r="D278" s="33">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A279" s="15" t="s">
+        <v>563</v>
+      </c>
+      <c r="B279" s="25" t="s">
+        <v>564</v>
+      </c>
+      <c r="C279" s="72" t="s">
+        <v>565</v>
+      </c>
+      <c r="D279" s="38">
+        <v>46254</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4" ht="123" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A280" s="15" t="s">
+        <v>566</v>
+      </c>
+      <c r="B280" s="24" t="s">
+        <v>567</v>
+      </c>
+      <c r="C280" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D280" s="38">
+        <v>45995</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A281" s="15" t="s">
+        <v>2535</v>
+      </c>
+      <c r="B281" s="24" t="s">
+        <v>568</v>
+      </c>
+      <c r="C281" s="72" t="s">
+        <v>53</v>
+      </c>
+      <c r="D281" s="38">
+        <v>45990</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A282" s="15" t="s">
+        <v>569</v>
+      </c>
+      <c r="B282" s="25" t="s">
+        <v>570</v>
+      </c>
+      <c r="C282" s="72" t="s">
+        <v>3562</v>
+      </c>
+      <c r="D282" s="38">
+        <v>46276</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A283" s="15" t="s">
+        <v>571</v>
+      </c>
+      <c r="B283" s="24" t="s">
+        <v>572</v>
+      </c>
+      <c r="C283" s="72" t="s">
+        <v>573</v>
+      </c>
+      <c r="D283" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4" ht="280.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A284" s="20" t="s">
+        <v>574</v>
+      </c>
+      <c r="B284" s="25" t="s">
+        <v>575</v>
+      </c>
+      <c r="C284" s="72" t="s">
+        <v>576</v>
+      </c>
+      <c r="D284" s="38">
+        <v>46275</v>
+      </c>
+    </row>
+    <row r="285" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A285" s="15" t="s">
+        <v>577</v>
+      </c>
+      <c r="B285" s="24" t="s">
+        <v>578</v>
+      </c>
+      <c r="C285" s="72" t="s">
+        <v>579</v>
+      </c>
+      <c r="D285" s="38">
+        <v>46314</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A286" s="15" t="s">
+        <v>580</v>
+      </c>
+      <c r="B286" s="24" t="s">
+        <v>581</v>
+      </c>
+      <c r="C286" s="72" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D286" s="38">
+        <v>46276</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4" ht="63" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A287" s="16" t="s">
+        <v>582</v>
+      </c>
+      <c r="B287" s="24" t="s">
+        <v>583</v>
+      </c>
+      <c r="C287" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D287" s="33">
+        <v>46158</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A288" s="15" t="s">
+        <v>584</v>
+      </c>
+      <c r="B288" s="25" t="s">
+        <v>585</v>
+      </c>
+      <c r="C288" s="72" t="s">
+        <v>586</v>
+      </c>
+      <c r="D288" s="38">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="289" spans="1:4" ht="135.75" x14ac:dyDescent="0.25">
+      <c r="A289" s="20" t="s">
+        <v>3563</v>
+      </c>
+      <c r="B289" s="24" t="s">
+        <v>587</v>
+      </c>
+      <c r="C289" s="72" t="s">
+        <v>2015</v>
+      </c>
+      <c r="D289" s="38">
+        <v>46126</v>
+      </c>
+    </row>
+    <row r="290" spans="1:4" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A290" s="13" t="s">
+        <v>588</v>
+      </c>
+      <c r="B290" s="24" t="s">
+        <v>589</v>
+      </c>
+      <c r="C290" s="72" t="s">
+        <v>590</v>
+      </c>
+      <c r="D290" s="33">
+        <v>45968</v>
+      </c>
+    </row>
+    <row r="291" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A291" s="15" t="s">
+        <v>591</v>
+      </c>
+      <c r="B291" s="24" t="s">
+        <v>592</v>
+      </c>
+      <c r="C291" s="72" t="s">
+        <v>593</v>
+      </c>
+      <c r="D291" s="38">
+        <v>45977</v>
+      </c>
+    </row>
+    <row r="292" spans="1:4" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A292" s="16" t="s">
+        <v>594</v>
+      </c>
+      <c r="B292" s="25" t="s">
+        <v>595</v>
+      </c>
+      <c r="C292" s="72" t="s">
+        <v>596</v>
+      </c>
+      <c r="D292" s="33">
+        <v>46004</v>
+      </c>
+    </row>
+    <row r="293" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A293" s="15" t="s">
+        <v>597</v>
+      </c>
+      <c r="B293" s="24" t="s">
+        <v>598</v>
+      </c>
+      <c r="C293" s="72" t="s">
+        <v>599</v>
+      </c>
+      <c r="D293" s="33">
+        <v>46317</v>
+      </c>
+    </row>
+    <row r="294" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A294" s="13" t="s">
+        <v>600</v>
+      </c>
+      <c r="B294" s="25" t="s">
+        <v>601</v>
+      </c>
+      <c r="C294" s="72" t="s">
+        <v>602</v>
+      </c>
+      <c r="D294" s="33">
+        <v>46004</v>
+      </c>
+    </row>
+    <row r="295" spans="1:4" ht="139.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A295" s="15" t="s">
+        <v>2340</v>
+      </c>
+      <c r="B295" s="24" t="s">
+        <v>603</v>
+      </c>
+      <c r="C295" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D295" s="38">
+        <v>46344</v>
+      </c>
+    </row>
+    <row r="296" spans="1:4" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A296" s="15" t="s">
+        <v>604</v>
+      </c>
+      <c r="B296" s="24" t="s">
+        <v>605</v>
+      </c>
+      <c r="C296" s="72" t="s">
+        <v>173</v>
+      </c>
+      <c r="D296" s="33">
+        <v>45980</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A297" s="15" t="s">
+        <v>606</v>
+      </c>
+      <c r="B297" s="25" t="s">
+        <v>607</v>
+      </c>
+      <c r="C297" s="72" t="s">
+        <v>608</v>
+      </c>
+      <c r="D297" s="33">
+        <v>46353</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A298" s="15" t="s">
+        <v>2545</v>
+      </c>
+      <c r="B298" s="25" t="s">
+        <v>568</v>
+      </c>
+      <c r="C298" s="72" t="s">
+        <v>53</v>
+      </c>
+      <c r="D298" s="33">
+        <v>46264</v>
+      </c>
+    </row>
+    <row r="299" spans="1:4" ht="119.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A299" s="15" t="s">
+        <v>3474</v>
+      </c>
+      <c r="B299" s="25" t="s">
+        <v>609</v>
+      </c>
+      <c r="C299" s="72" t="s">
+        <v>2120</v>
+      </c>
+      <c r="D299" s="33">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="300" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A300" s="15" t="s">
+        <v>610</v>
+      </c>
+      <c r="B300" s="24" t="s">
+        <v>111</v>
+      </c>
+      <c r="C300" s="72" t="s">
+        <v>611</v>
+      </c>
+      <c r="D300" s="38">
+        <v>46003</v>
+      </c>
+    </row>
+    <row r="301" spans="1:4" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A301" s="15" t="s">
+        <v>2343</v>
+      </c>
+      <c r="B301" s="25" t="s">
+        <v>612</v>
+      </c>
+      <c r="C301" s="72" t="s">
+        <v>2121</v>
+      </c>
+      <c r="D301" s="38">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="302" spans="1:4" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A302" s="20" t="s">
+        <v>613</v>
+      </c>
+      <c r="B302" s="25" t="s">
+        <v>614</v>
+      </c>
+      <c r="C302" s="72" t="s">
+        <v>615</v>
+      </c>
+      <c r="D302" s="38">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="303" spans="1:4" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A303" s="15" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B303" s="25" t="s">
+        <v>616</v>
+      </c>
+      <c r="C303" s="72" t="s">
+        <v>617</v>
+      </c>
+      <c r="D303" s="33">
+        <v>45980</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A304" s="15" t="s">
+        <v>618</v>
+      </c>
+      <c r="B304" s="25" t="s">
+        <v>619</v>
+      </c>
+      <c r="C304" s="72" t="s">
+        <v>620</v>
+      </c>
+      <c r="D304" s="38">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4" ht="260.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A305" s="16" t="s">
+        <v>621</v>
+      </c>
+      <c r="B305" s="24" t="s">
+        <v>3151</v>
+      </c>
+      <c r="C305" s="72" t="s">
+        <v>622</v>
+      </c>
+      <c r="D305" s="38">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A306" s="15" t="s">
+        <v>2490</v>
+      </c>
+      <c r="B306" s="25" t="s">
+        <v>623</v>
+      </c>
+      <c r="C306" s="72" t="s">
+        <v>2122</v>
+      </c>
+      <c r="D306" s="38">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="307" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A307" s="15" t="s">
+        <v>2470</v>
+      </c>
+      <c r="B307" s="25" t="s">
+        <v>624</v>
+      </c>
+      <c r="C307" s="72" t="s">
+        <v>2123</v>
+      </c>
+      <c r="D307" s="33">
+        <v>46035</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A308" s="15" t="s">
+        <v>2489</v>
+      </c>
+      <c r="B308" s="24" t="s">
+        <v>625</v>
+      </c>
+      <c r="C308" s="72" t="s">
+        <v>626</v>
+      </c>
+      <c r="D308" s="33">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="309" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A309" s="15" t="s">
+        <v>627</v>
+      </c>
+      <c r="B309" s="24" t="s">
+        <v>628</v>
+      </c>
+      <c r="C309" s="72" t="s">
+        <v>629</v>
+      </c>
+      <c r="D309" s="33">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="310" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A310" s="15" t="s">
+        <v>630</v>
+      </c>
+      <c r="B310" s="24" t="s">
+        <v>631</v>
+      </c>
+      <c r="C310" s="72" t="s">
+        <v>632</v>
+      </c>
+      <c r="D310" s="38">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="311" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A311" s="15" t="s">
+        <v>633</v>
+      </c>
+      <c r="B311" s="25" t="s">
+        <v>634</v>
+      </c>
+      <c r="C311" s="72" t="s">
+        <v>635</v>
+      </c>
+      <c r="D311" s="38">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="312" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A312" s="15" t="s">
+        <v>636</v>
+      </c>
+      <c r="B312" s="25" t="s">
+        <v>637</v>
+      </c>
+      <c r="C312" s="72" t="s">
+        <v>2124</v>
+      </c>
+      <c r="D312" s="38">
+        <v>46062</v>
+      </c>
+    </row>
+    <row r="313" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A313" s="15" t="s">
+        <v>638</v>
+      </c>
+      <c r="B313" s="25" t="s">
+        <v>639</v>
+      </c>
+      <c r="C313" s="72" t="s">
+        <v>640</v>
+      </c>
+      <c r="D313" s="33">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="314" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A314" s="13" t="s">
+        <v>641</v>
+      </c>
+      <c r="B314" s="24" t="s">
+        <v>642</v>
+      </c>
+      <c r="C314" s="72" t="s">
+        <v>643</v>
+      </c>
+      <c r="D314" s="33">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="315" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A315" s="15" t="s">
+        <v>644</v>
+      </c>
+      <c r="B315" s="24" t="s">
+        <v>645</v>
+      </c>
+      <c r="C315" s="72" t="s">
+        <v>646</v>
+      </c>
+      <c r="D315" s="33">
+        <v>46071</v>
+      </c>
+    </row>
+    <row r="316" spans="1:4" ht="297.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A316" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="B316" s="25" t="s">
+        <v>648</v>
+      </c>
+      <c r="C316" s="72" t="s">
+        <v>649</v>
+      </c>
+      <c r="D316" s="33">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="317" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A317" s="15" t="s">
+        <v>2682</v>
+      </c>
+      <c r="B317" s="34" t="s">
+        <v>2683</v>
+      </c>
+      <c r="C317" s="72" t="s">
+        <v>2125</v>
+      </c>
+      <c r="D317" s="33">
+        <v>46086</v>
+      </c>
+    </row>
+    <row r="318" spans="1:4" ht="191.25" x14ac:dyDescent="0.25">
+      <c r="A318" s="15" t="s">
+        <v>2576</v>
+      </c>
+      <c r="B318" s="25" t="s">
+        <v>650</v>
+      </c>
+      <c r="C318" s="72" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D318" s="33">
+        <v>46078</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A319" s="15" t="s">
+        <v>2714</v>
+      </c>
+      <c r="B319" s="25" t="s">
+        <v>2715</v>
+      </c>
+      <c r="C319" s="72" t="s">
+        <v>651</v>
+      </c>
+      <c r="D319" s="33">
+        <v>46071</v>
+      </c>
+    </row>
+    <row r="320" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A320" s="15" t="s">
+        <v>652</v>
+      </c>
+      <c r="B320" s="24" t="s">
+        <v>653</v>
+      </c>
+      <c r="C320" s="72" t="s">
+        <v>489</v>
+      </c>
+      <c r="D320" s="38">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="321" spans="1:4" ht="189" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A321" s="16" t="s">
+        <v>2577</v>
+      </c>
+      <c r="B321" s="24" t="s">
+        <v>654</v>
+      </c>
+      <c r="C321" s="72" t="s">
+        <v>527</v>
+      </c>
+      <c r="D321" s="33">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A322" s="13" t="s">
+        <v>2462</v>
+      </c>
+      <c r="B322" s="24" t="s">
+        <v>655</v>
+      </c>
+      <c r="C322" s="72" t="s">
+        <v>656</v>
+      </c>
+      <c r="D322" s="33">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="323" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A323" s="16" t="s">
+        <v>2463</v>
+      </c>
+      <c r="B323" s="72" t="s">
+        <v>2783</v>
+      </c>
+      <c r="C323" s="72" t="s">
+        <v>657</v>
+      </c>
+      <c r="D323" s="33">
+        <v>46092</v>
+      </c>
+    </row>
+    <row r="324" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A324" s="15" t="s">
+        <v>658</v>
+      </c>
+      <c r="B324" s="24" t="s">
+        <v>659</v>
+      </c>
+      <c r="C324" s="72" t="s">
+        <v>2127</v>
+      </c>
+      <c r="D324" s="33">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="325" spans="1:4" ht="208.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A325" s="15" t="s">
+        <v>660</v>
+      </c>
+      <c r="B325" s="24" t="s">
+        <v>661</v>
+      </c>
+      <c r="C325" s="72" t="s">
+        <v>662</v>
+      </c>
+      <c r="D325" s="33">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="326" spans="1:4" ht="45.75" x14ac:dyDescent="0.25">
+      <c r="A326" s="20" t="s">
+        <v>663</v>
+      </c>
+      <c r="B326" s="25" t="s">
+        <v>664</v>
+      </c>
+      <c r="C326" s="72" t="s">
+        <v>665</v>
+      </c>
+      <c r="D326" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="327" spans="1:4" ht="260.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A327" s="16" t="s">
+        <v>1895</v>
+      </c>
+      <c r="B327" s="25" t="s">
+        <v>666</v>
+      </c>
+      <c r="C327" s="72" t="s">
+        <v>527</v>
+      </c>
+      <c r="D327" s="38">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="328" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A328" s="14" t="s">
+        <v>667</v>
+      </c>
+      <c r="B328" s="24" t="s">
+        <v>3394</v>
+      </c>
+      <c r="C328" s="72" t="s">
+        <v>109</v>
+      </c>
+      <c r="D328" s="33">
+        <v>46118</v>
+      </c>
+    </row>
+    <row r="329" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A329" s="15" t="s">
+        <v>2611</v>
+      </c>
+      <c r="B329" s="24" t="s">
+        <v>668</v>
+      </c>
+      <c r="C329" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D329" s="33">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A330" s="14" t="s">
+        <v>3155</v>
+      </c>
+      <c r="B330" s="72" t="s">
+        <v>3156</v>
+      </c>
+      <c r="C330" s="72" t="s">
+        <v>669</v>
+      </c>
+      <c r="D330" s="33">
+        <v>46233</v>
+      </c>
+    </row>
+    <row r="331" spans="1:4" ht="135.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A331" s="14" t="s">
+        <v>671</v>
+      </c>
+      <c r="B331" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="C331" s="72" t="s">
+        <v>2128</v>
+      </c>
+      <c r="D331" s="38">
+        <v>46141</v>
+      </c>
+    </row>
+    <row r="332" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A332" s="40" t="s">
+        <v>672</v>
+      </c>
+      <c r="B332" s="32" t="s">
+        <v>673</v>
+      </c>
+      <c r="C332" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D332" s="48">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="333" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A333" s="13" t="s">
+        <v>674</v>
+      </c>
+      <c r="B333" s="24" t="s">
+        <v>675</v>
+      </c>
+      <c r="C333" s="72" t="s">
+        <v>676</v>
+      </c>
+      <c r="D333" s="38">
+        <v>46153</v>
+      </c>
+    </row>
+    <row r="334" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A334" s="15" t="s">
+        <v>677</v>
+      </c>
+      <c r="B334" s="24" t="s">
+        <v>2695</v>
+      </c>
+      <c r="C334" s="72" t="s">
+        <v>358</v>
+      </c>
+      <c r="D334" s="38">
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="335" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A335" s="15" t="s">
+        <v>678</v>
+      </c>
+      <c r="B335" s="24" t="s">
+        <v>111</v>
+      </c>
+      <c r="C335" s="72" t="s">
+        <v>679</v>
+      </c>
+      <c r="D335" s="33">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="336" spans="1:4" ht="101.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A336" s="15" t="s">
+        <v>680</v>
+      </c>
+      <c r="B336" s="25" t="s">
+        <v>681</v>
+      </c>
+      <c r="C336" s="72" t="s">
+        <v>682</v>
+      </c>
+      <c r="D336" s="38">
+        <v>46159</v>
+      </c>
+    </row>
+    <row r="337" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A337" s="15" t="s">
+        <v>683</v>
+      </c>
+      <c r="B337" s="25" t="s">
+        <v>684</v>
+      </c>
+      <c r="C337" s="72" t="s">
+        <v>685</v>
+      </c>
+      <c r="D337" s="38">
+        <v>46170</v>
+      </c>
+    </row>
+    <row r="338" spans="1:4" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A338" s="15" t="s">
+        <v>688</v>
+      </c>
+      <c r="B338" s="24" t="s">
+        <v>689</v>
+      </c>
+      <c r="C338" s="72" t="s">
+        <v>2129</v>
+      </c>
+      <c r="D338" s="33">
+        <v>46190</v>
+      </c>
+    </row>
+    <row r="339" spans="1:4" ht="325.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A339" s="14" t="s">
+        <v>690</v>
+      </c>
+      <c r="B339" s="24" t="s">
+        <v>691</v>
+      </c>
+      <c r="C339" s="72" t="s">
+        <v>553</v>
+      </c>
+      <c r="D339" s="33">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="340" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A340" s="15" t="s">
+        <v>2478</v>
+      </c>
+      <c r="B340" s="24" t="s">
+        <v>692</v>
+      </c>
+      <c r="C340" s="72" t="s">
+        <v>2130</v>
+      </c>
+      <c r="D340" s="33">
+        <v>46126</v>
+      </c>
+    </row>
+    <row r="341" spans="1:4" ht="273.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A341" s="16" t="s">
+        <v>2477</v>
+      </c>
+      <c r="B341" s="24" t="s">
+        <v>693</v>
+      </c>
+      <c r="C341" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D341" s="33">
+        <v>46192</v>
+      </c>
+    </row>
+    <row r="342" spans="1:4" ht="115.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A342" s="14" t="s">
+        <v>2838</v>
+      </c>
+      <c r="B342" s="25" t="s">
+        <v>694</v>
+      </c>
+      <c r="C342" s="72" t="s">
+        <v>695</v>
+      </c>
+      <c r="D342" s="33">
+        <v>46138</v>
+      </c>
+    </row>
+    <row r="343" spans="1:4" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A343" s="15" t="s">
+        <v>696</v>
+      </c>
+      <c r="B343" s="24" t="s">
+        <v>697</v>
+      </c>
+      <c r="C343" s="72" t="s">
+        <v>527</v>
+      </c>
+      <c r="D343" s="33">
+        <v>46119</v>
+      </c>
+    </row>
+    <row r="344" spans="1:4" ht="381.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A344" s="14" t="s">
+        <v>698</v>
+      </c>
+      <c r="B344" s="24" t="s">
+        <v>699</v>
+      </c>
+      <c r="C344" s="72" t="s">
+        <v>527</v>
+      </c>
+      <c r="D344" s="33">
+        <v>46120</v>
+      </c>
+    </row>
+    <row r="345" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A345" s="15" t="s">
+        <v>700</v>
+      </c>
+      <c r="B345" s="25" t="s">
+        <v>701</v>
+      </c>
+      <c r="C345" s="72" t="s">
+        <v>702</v>
+      </c>
+      <c r="D345" s="38">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="346" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A346" s="13" t="s">
+        <v>703</v>
+      </c>
+      <c r="B346" s="25" t="s">
+        <v>704</v>
+      </c>
+      <c r="C346" s="72" t="s">
+        <v>705</v>
+      </c>
+      <c r="D346" s="33">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="347" spans="1:4" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A347" s="16" t="s">
+        <v>706</v>
+      </c>
+      <c r="B347" s="24" t="s">
+        <v>707</v>
+      </c>
+      <c r="C347" s="72" t="s">
+        <v>708</v>
+      </c>
+      <c r="D347" s="33">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="348" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A348" s="13" t="s">
+        <v>709</v>
+      </c>
+      <c r="B348" s="34" t="s">
+        <v>710</v>
+      </c>
+      <c r="C348" s="72" t="s">
+        <v>682</v>
+      </c>
+      <c r="D348" s="33">
+        <v>46210</v>
+      </c>
+    </row>
+    <row r="349" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A349" s="16" t="s">
+        <v>711</v>
+      </c>
+      <c r="B349" s="25" t="s">
+        <v>712</v>
+      </c>
+      <c r="C349" s="72" t="s">
+        <v>713</v>
+      </c>
+      <c r="D349" s="33">
+        <v>46227</v>
+      </c>
+    </row>
+    <row r="350" spans="1:4" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A350" s="15" t="s">
+        <v>3101</v>
+      </c>
+      <c r="B350" s="24" t="s">
+        <v>3102</v>
+      </c>
+      <c r="C350" s="72" t="s">
+        <v>714</v>
+      </c>
+      <c r="D350" s="38">
+        <v>46205</v>
+      </c>
+    </row>
+    <row r="351" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A351" s="15" t="s">
+        <v>715</v>
+      </c>
+      <c r="B351" s="24" t="s">
+        <v>3069</v>
+      </c>
+      <c r="C351" s="72" t="s">
+        <v>716</v>
+      </c>
+      <c r="D351" s="33">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="352" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A352" s="15" t="s">
+        <v>717</v>
+      </c>
+      <c r="B352" s="24" t="s">
+        <v>718</v>
+      </c>
+      <c r="C352" s="72" t="s">
+        <v>2131</v>
+      </c>
+      <c r="D352" s="33">
+        <v>46280</v>
+      </c>
+    </row>
+    <row r="353" spans="1:4" ht="139.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A353" s="15" t="s">
+        <v>2868</v>
+      </c>
+      <c r="B353" s="24" t="s">
+        <v>719</v>
+      </c>
+      <c r="C353" s="72" t="s">
+        <v>17</v>
+      </c>
+      <c r="D353" s="33">
+        <v>46242</v>
+      </c>
+    </row>
+    <row r="354" spans="1:4" ht="336.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A354" s="15" t="s">
+        <v>720</v>
+      </c>
+      <c r="B354" s="25" t="s">
+        <v>721</v>
+      </c>
+      <c r="C354" s="72" t="s">
+        <v>722</v>
+      </c>
+      <c r="D354" s="33">
+        <v>46225</v>
+      </c>
+    </row>
+    <row r="355" spans="1:4" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A355" s="15" t="s">
+        <v>724</v>
+      </c>
+      <c r="B355" s="24" t="s">
+        <v>725</v>
+      </c>
+      <c r="C355" s="72" t="s">
+        <v>726</v>
+      </c>
+      <c r="D355" s="33">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="356" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A356" s="15" t="s">
+        <v>727</v>
+      </c>
+      <c r="B356" s="25" t="s">
+        <v>728</v>
+      </c>
+      <c r="C356" s="72" t="s">
+        <v>3564</v>
+      </c>
+      <c r="D356" s="38">
+        <v>46264</v>
+      </c>
+    </row>
+    <row r="357" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A357" s="15" t="s">
+        <v>729</v>
+      </c>
+      <c r="B357" s="24" t="s">
+        <v>730</v>
+      </c>
+      <c r="C357" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D357" s="33">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="358" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A358" s="15" t="s">
+        <v>731</v>
+      </c>
+      <c r="B358" s="24" t="s">
+        <v>732</v>
+      </c>
+      <c r="C358" s="72" t="s">
+        <v>733</v>
+      </c>
+      <c r="D358" s="33">
+        <v>46281</v>
+      </c>
+    </row>
+    <row r="359" spans="1:4" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A359" s="14" t="s">
+        <v>734</v>
+      </c>
+      <c r="B359" s="24" t="s">
+        <v>735</v>
+      </c>
+      <c r="C359" s="72" t="s">
+        <v>2132</v>
+      </c>
+      <c r="D359" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="360" spans="1:4" ht="135" x14ac:dyDescent="0.25">
+      <c r="A360" s="15" t="s">
+        <v>736</v>
+      </c>
+      <c r="B360" s="25" t="s">
+        <v>737</v>
+      </c>
+      <c r="C360" s="72" t="s">
+        <v>2133</v>
+      </c>
+      <c r="D360" s="38">
+        <v>46288</v>
+      </c>
+    </row>
+    <row r="361" spans="1:4" ht="264" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A361" s="16" t="s">
+        <v>739</v>
+      </c>
+      <c r="B361" s="72" t="s">
+        <v>3069</v>
+      </c>
+      <c r="C361" s="72" t="s">
+        <v>740</v>
+      </c>
+      <c r="D361" s="33">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="362" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A362" s="15" t="s">
+        <v>741</v>
+      </c>
+      <c r="B362" s="30" t="s">
+        <v>742</v>
+      </c>
+      <c r="C362" s="72" t="s">
+        <v>743</v>
+      </c>
+      <c r="D362" s="33">
+        <v>46316</v>
+      </c>
+    </row>
+    <row r="363" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A363" s="15" t="s">
+        <v>3447</v>
+      </c>
+      <c r="B363" s="24" t="s">
+        <v>744</v>
+      </c>
+      <c r="C363" s="72" t="s">
+        <v>2135</v>
+      </c>
+      <c r="D363" s="33">
+        <v>46323</v>
+      </c>
+    </row>
+    <row r="364" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A364" s="15" t="s">
+        <v>745</v>
+      </c>
+      <c r="B364" s="30" t="s">
+        <v>746</v>
+      </c>
+      <c r="C364" s="72" t="s">
+        <v>747</v>
+      </c>
+      <c r="D364" s="33">
+        <v>46319</v>
+      </c>
+    </row>
+    <row r="365" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A365" s="15" t="s">
+        <v>748</v>
+      </c>
+      <c r="B365" s="24" t="s">
+        <v>749</v>
+      </c>
+      <c r="C365" s="72" t="s">
+        <v>750</v>
+      </c>
+      <c r="D365" s="33">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="366" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A366" s="15" t="s">
+        <v>751</v>
+      </c>
+      <c r="B366" s="24" t="s">
+        <v>752</v>
+      </c>
+      <c r="C366" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D366" s="33">
+        <v>45965</v>
+      </c>
+    </row>
+    <row r="367" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A367" s="15" t="s">
+        <v>753</v>
+      </c>
+      <c r="B367" s="24" t="s">
+        <v>754</v>
+      </c>
+      <c r="C367" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D367" s="33">
+        <v>45965</v>
+      </c>
+    </row>
+    <row r="368" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A368" s="15" t="s">
+        <v>755</v>
+      </c>
+      <c r="B368" s="30" t="s">
+        <v>756</v>
+      </c>
+      <c r="C368" s="72" t="s">
+        <v>757</v>
+      </c>
+      <c r="D368" s="38">
+        <v>45966</v>
+      </c>
+    </row>
+    <row r="369" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A369" s="15" t="s">
+        <v>2439</v>
+      </c>
+      <c r="B369" s="24" t="s">
+        <v>758</v>
+      </c>
+      <c r="C369" s="72" t="s">
+        <v>80</v>
+      </c>
+      <c r="D369" s="33">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="370" spans="1:4" ht="77.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A370" s="13" t="s">
+        <v>3565</v>
+      </c>
+      <c r="B370" s="25" t="s">
+        <v>759</v>
+      </c>
+      <c r="C370" s="72" t="s">
+        <v>760</v>
+      </c>
+      <c r="D370" s="38">
+        <v>46309</v>
+      </c>
+    </row>
+    <row r="371" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A371" s="15" t="s">
+        <v>3484</v>
+      </c>
+      <c r="B371" s="30" t="s">
+        <v>761</v>
+      </c>
+      <c r="C371" s="72" t="s">
+        <v>762</v>
+      </c>
+      <c r="D371" s="33">
+        <v>46189</v>
+      </c>
+    </row>
+    <row r="372" spans="1:4" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A372" s="16" t="s">
+        <v>763</v>
+      </c>
+      <c r="B372" s="30" t="s">
+        <v>764</v>
+      </c>
+      <c r="C372" s="72" t="s">
+        <v>765</v>
+      </c>
+      <c r="D372" s="38">
+        <v>45979</v>
+      </c>
+    </row>
+    <row r="373" spans="1:4" ht="230.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A373" s="21" t="s">
+        <v>2420</v>
+      </c>
+      <c r="B373" s="25" t="s">
+        <v>766</v>
+      </c>
+      <c r="C373" s="72" t="s">
+        <v>767</v>
+      </c>
+      <c r="D373" s="38">
+        <v>46350</v>
+      </c>
+    </row>
+    <row r="374" spans="1:4" ht="131.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A374" s="15" t="s">
+        <v>768</v>
+      </c>
+      <c r="B374" s="30" t="s">
+        <v>769</v>
+      </c>
+      <c r="C374" s="72" t="s">
+        <v>770</v>
+      </c>
+      <c r="D374" s="38">
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="375" spans="1:4" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A375" s="13" t="s">
+        <v>3566</v>
+      </c>
+      <c r="B375" s="24" t="s">
+        <v>772</v>
+      </c>
+      <c r="C375" s="72" t="s">
+        <v>773</v>
+      </c>
+      <c r="D375" s="33">
+        <v>46361</v>
+      </c>
+    </row>
+    <row r="376" spans="1:4" ht="73.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A376" s="15" t="s">
+        <v>3504</v>
+      </c>
+      <c r="B376" s="30" t="s">
+        <v>774</v>
+      </c>
+      <c r="C376" s="72" t="s">
+        <v>2137</v>
+      </c>
+      <c r="D376" s="33">
+        <v>46361</v>
+      </c>
+    </row>
+    <row r="377" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A377" s="16" t="s">
+        <v>775</v>
+      </c>
+      <c r="B377" s="30" t="s">
+        <v>776</v>
+      </c>
+      <c r="C377" s="72" t="s">
+        <v>777</v>
+      </c>
+      <c r="D377" s="33">
+        <v>46003</v>
+      </c>
+    </row>
+    <row r="378" spans="1:4" ht="169.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A378" s="15" t="s">
+        <v>3113</v>
+      </c>
+      <c r="B378" s="72" t="s">
+        <v>3114</v>
+      </c>
+      <c r="C378" s="72" t="s">
+        <v>662</v>
+      </c>
+      <c r="D378" s="38">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="379" spans="1:4" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A379" s="15" t="s">
+        <v>3529</v>
+      </c>
+      <c r="B379" s="24" t="s">
+        <v>778</v>
+      </c>
+      <c r="C379" s="72" t="s">
+        <v>779</v>
+      </c>
+      <c r="D379" s="33">
+        <v>46323</v>
+      </c>
+    </row>
+    <row r="380" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A380" s="15" t="s">
+        <v>780</v>
+      </c>
+      <c r="B380" s="24" t="s">
+        <v>781</v>
+      </c>
+      <c r="C380" s="72" t="s">
+        <v>782</v>
+      </c>
+      <c r="D380" s="38">
+        <v>46000</v>
+      </c>
+    </row>
+    <row r="381" spans="1:4" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A381" s="20" t="s">
+        <v>3568</v>
+      </c>
+      <c r="B381" s="24" t="s">
+        <v>783</v>
+      </c>
+      <c r="C381" s="72" t="s">
+        <v>3567</v>
+      </c>
+      <c r="D381" s="38">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="382" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A382" s="15" t="s">
+        <v>784</v>
+      </c>
+      <c r="B382" s="30" t="s">
+        <v>785</v>
+      </c>
+      <c r="C382" s="72" t="s">
+        <v>786</v>
+      </c>
+      <c r="D382" s="33">
+        <v>46028</v>
+      </c>
+    </row>
+    <row r="383" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A383" s="14" t="s">
+        <v>3569</v>
+      </c>
+      <c r="B383" s="34" t="s">
+        <v>2525</v>
+      </c>
+      <c r="C383" s="72" t="s">
+        <v>787</v>
+      </c>
+      <c r="D383" s="33">
+        <v>46010</v>
+      </c>
+    </row>
+    <row r="384" spans="1:4" ht="171.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A384" s="20" t="s">
+        <v>2472</v>
+      </c>
+      <c r="B384" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="C384" s="72" t="s">
+        <v>788</v>
+      </c>
+      <c r="D384" s="33">
+        <v>46037</v>
+      </c>
+    </row>
+    <row r="385" spans="1:4" ht="192.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A385" s="15" t="s">
+        <v>2473</v>
+      </c>
+      <c r="B385" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="C385" s="72" t="s">
+        <v>789</v>
+      </c>
+      <c r="D385" s="33">
+        <v>46039</v>
+      </c>
+    </row>
+    <row r="386" spans="1:4" ht="34.5" x14ac:dyDescent="0.25">
+      <c r="A386" s="20" t="s">
+        <v>790</v>
+      </c>
+      <c r="B386" s="24" t="s">
+        <v>154</v>
+      </c>
+      <c r="C386" s="72" t="s">
+        <v>791</v>
+      </c>
+      <c r="D386" s="33">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="387" spans="1:4" ht="266.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A387" s="14" t="s">
+        <v>2572</v>
+      </c>
+      <c r="B387" s="34" t="s">
+        <v>792</v>
+      </c>
+      <c r="C387" s="72" t="s">
+        <v>793</v>
+      </c>
+      <c r="D387" s="33">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="388" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A388" s="13" t="s">
+        <v>794</v>
+      </c>
+      <c r="B388" s="25" t="s">
+        <v>277</v>
+      </c>
+      <c r="C388" s="72" t="s">
+        <v>278</v>
+      </c>
+      <c r="D388" s="33">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="389" spans="1:4" ht="198.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A389" s="16" t="s">
+        <v>2479</v>
+      </c>
+      <c r="B389" s="24" t="s">
+        <v>795</v>
+      </c>
+      <c r="C389" s="72" t="s">
+        <v>796</v>
+      </c>
+      <c r="D389" s="33">
+        <v>46037</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4" ht="57" x14ac:dyDescent="0.25">
+      <c r="A390" s="20" t="s">
+        <v>797</v>
+      </c>
+      <c r="B390" s="24" t="s">
+        <v>798</v>
+      </c>
+      <c r="C390" s="72" t="s">
+        <v>2138</v>
+      </c>
+      <c r="D390" s="33">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A391" s="13" t="s">
+        <v>799</v>
+      </c>
+      <c r="B391" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="C391" s="72" t="s">
+        <v>2139</v>
+      </c>
+      <c r="D391" s="38">
+        <v>46050</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4" ht="105.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A392" s="15" t="s">
+        <v>2480</v>
+      </c>
+      <c r="B392" s="25" t="s">
+        <v>800</v>
+      </c>
+      <c r="C392" s="72" t="s">
+        <v>801</v>
+      </c>
+      <c r="D392" s="38">
+        <v>46049</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4" ht="135" x14ac:dyDescent="0.25">
+      <c r="A393" s="13" t="s">
+        <v>2573</v>
+      </c>
+      <c r="B393" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="C393" s="72" t="s">
+        <v>802</v>
+      </c>
+      <c r="D393" s="38">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4" ht="315.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A394" s="16" t="s">
+        <v>803</v>
+      </c>
+      <c r="B394" s="25" t="s">
+        <v>3141</v>
+      </c>
+      <c r="C394" s="72" t="s">
+        <v>2140</v>
+      </c>
+      <c r="D394" s="33">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A395" s="15" t="s">
+        <v>804</v>
+      </c>
+      <c r="B395" s="30" t="s">
+        <v>805</v>
+      </c>
+      <c r="C395" s="72" t="s">
+        <v>806</v>
+      </c>
+      <c r="D395" s="38">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A396" s="15" t="s">
+        <v>807</v>
+      </c>
+      <c r="B396" s="30" t="s">
+        <v>808</v>
+      </c>
+      <c r="C396" s="72" t="s">
+        <v>3570</v>
+      </c>
+      <c r="D396" s="38">
+        <v>46057</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A397" s="13" t="s">
+        <v>809</v>
+      </c>
+      <c r="B397" s="24" t="s">
+        <v>642</v>
+      </c>
+      <c r="C397" s="72" t="s">
+        <v>2141</v>
+      </c>
+      <c r="D397" s="33">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="398" spans="1:4" ht="146.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A398" s="16" t="s">
+        <v>810</v>
+      </c>
+      <c r="B398" s="34" t="s">
+        <v>2729</v>
+      </c>
+      <c r="C398" s="72" t="s">
+        <v>811</v>
+      </c>
+      <c r="D398" s="33">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A399" s="15" t="s">
+        <v>2612</v>
+      </c>
+      <c r="B399" s="24" t="s">
+        <v>812</v>
+      </c>
+      <c r="C399" s="72" t="s">
+        <v>813</v>
+      </c>
+      <c r="D399" s="33">
+        <v>46071</v>
+      </c>
+    </row>
+    <row r="400" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A400" s="15" t="s">
+        <v>814</v>
+      </c>
+      <c r="B400" s="30" t="s">
+        <v>815</v>
+      </c>
+      <c r="C400" s="72" t="s">
+        <v>2142</v>
+      </c>
+      <c r="D400" s="33">
+        <v>46080</v>
+      </c>
+    </row>
+    <row r="401" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A401" s="13" t="s">
+        <v>2394</v>
+      </c>
+      <c r="B401" s="25" t="s">
+        <v>816</v>
+      </c>
+      <c r="C401" s="72" t="s">
+        <v>817</v>
+      </c>
+      <c r="D401" s="38">
+        <v>46101</v>
+      </c>
+    </row>
+    <row r="402" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A402" s="15" t="s">
+        <v>818</v>
+      </c>
+      <c r="B402" s="24" t="s">
+        <v>819</v>
+      </c>
+      <c r="C402" s="72" t="s">
+        <v>80</v>
+      </c>
+      <c r="D402" s="33">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="403" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A403" s="13" t="s">
+        <v>2395</v>
+      </c>
+      <c r="B403" s="24" t="s">
+        <v>642</v>
+      </c>
+      <c r="C403" s="72" t="s">
+        <v>820</v>
+      </c>
+      <c r="D403" s="33">
+        <v>46117</v>
+      </c>
+    </row>
+    <row r="404" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A404" s="15" t="s">
+        <v>821</v>
+      </c>
+      <c r="B404" s="30" t="s">
+        <v>822</v>
+      </c>
+      <c r="C404" s="72" t="s">
+        <v>823</v>
+      </c>
+      <c r="D404" s="33">
+        <v>46090</v>
+      </c>
+    </row>
+    <row r="405" spans="1:4" ht="240.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A405" s="13" t="s">
+        <v>2623</v>
+      </c>
+      <c r="B405" s="25" t="s">
+        <v>824</v>
+      </c>
+      <c r="C405" s="72" t="s">
+        <v>825</v>
+      </c>
+      <c r="D405" s="33">
+        <v>46091</v>
+      </c>
+    </row>
+    <row r="406" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A406" s="15" t="s">
+        <v>826</v>
+      </c>
+      <c r="B406" s="25" t="s">
+        <v>827</v>
+      </c>
+      <c r="C406" s="72" t="s">
+        <v>2143</v>
+      </c>
+      <c r="D406" s="38">
+        <v>46092</v>
+      </c>
+    </row>
+    <row r="407" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A407" s="16" t="s">
+        <v>828</v>
+      </c>
+      <c r="B407" s="24" t="s">
+        <v>829</v>
+      </c>
+      <c r="C407" s="72" t="s">
+        <v>553</v>
+      </c>
+      <c r="D407" s="33">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="408" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A408" s="15" t="s">
+        <v>830</v>
+      </c>
+      <c r="B408" s="30" t="s">
+        <v>831</v>
+      </c>
+      <c r="C408" s="72" t="s">
+        <v>832</v>
+      </c>
+      <c r="D408" s="38">
+        <v>46103</v>
+      </c>
+    </row>
+    <row r="409" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A409" s="15" t="s">
+        <v>833</v>
+      </c>
+      <c r="B409" s="30" t="s">
+        <v>834</v>
+      </c>
+      <c r="C409" s="72" t="s">
+        <v>3571</v>
+      </c>
+      <c r="D409" s="38">
+        <v>46321</v>
+      </c>
+    </row>
+    <row r="410" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A410" s="15" t="s">
+        <v>835</v>
+      </c>
+      <c r="B410" s="30" t="s">
+        <v>836</v>
+      </c>
+      <c r="C410" s="72" t="s">
+        <v>837</v>
+      </c>
+      <c r="D410" s="33">
+        <v>46152</v>
+      </c>
+    </row>
+    <row r="411" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A411" s="15" t="s">
+        <v>838</v>
+      </c>
+      <c r="B411" s="30" t="s">
+        <v>839</v>
+      </c>
+      <c r="C411" s="72" t="s">
+        <v>546</v>
+      </c>
+      <c r="D411" s="38">
+        <v>46092</v>
+      </c>
+    </row>
+    <row r="412" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A412" s="15" t="s">
+        <v>840</v>
+      </c>
+      <c r="B412" s="24" t="s">
+        <v>841</v>
+      </c>
+      <c r="C412" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D412" s="33">
+        <v>46179</v>
+      </c>
+    </row>
+    <row r="413" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A413" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="B413" s="30" t="s">
+        <v>843</v>
+      </c>
+      <c r="C413" s="72" t="s">
+        <v>844</v>
+      </c>
+      <c r="D413" s="38">
+        <v>46152</v>
+      </c>
+    </row>
+    <row r="414" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A414" s="15" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B414" s="24" t="s">
+        <v>845</v>
+      </c>
+      <c r="C414" s="72" t="s">
+        <v>846</v>
+      </c>
+      <c r="D414" s="33">
+        <v>46187</v>
+      </c>
+    </row>
+    <row r="415" spans="1:4" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A415" s="15" t="s">
+        <v>847</v>
+      </c>
+      <c r="B415" s="24" t="s">
+        <v>848</v>
+      </c>
+      <c r="C415" s="72" t="s">
+        <v>849</v>
+      </c>
+      <c r="D415" s="38">
+        <v>46187</v>
+      </c>
+    </row>
+    <row r="416" spans="1:4" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A416" s="16" t="s">
+        <v>850</v>
+      </c>
+      <c r="B416" s="30" t="s">
+        <v>851</v>
+      </c>
+      <c r="C416" s="72" t="s">
+        <v>852</v>
+      </c>
+      <c r="D416" s="38">
+        <v>46057</v>
+      </c>
+    </row>
+    <row r="417" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A417" s="15" t="s">
+        <v>853</v>
+      </c>
+      <c r="B417" s="30" t="s">
+        <v>854</v>
+      </c>
+      <c r="C417" s="72" t="s">
+        <v>855</v>
+      </c>
+      <c r="D417" s="33">
+        <v>46167</v>
+      </c>
+    </row>
+    <row r="418" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A418" s="13" t="s">
+        <v>856</v>
+      </c>
+      <c r="B418" s="24" t="s">
+        <v>857</v>
+      </c>
+      <c r="C418" s="72" t="s">
+        <v>858</v>
+      </c>
+      <c r="D418" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="419" spans="1:4" ht="149.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A419" s="31" t="s">
+        <v>859</v>
+      </c>
+      <c r="B419" s="24" t="s">
+        <v>860</v>
+      </c>
+      <c r="C419" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D419" s="33">
+        <v>46188</v>
+      </c>
+    </row>
+    <row r="420" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A420" s="13" t="s">
+        <v>861</v>
+      </c>
+      <c r="B420" s="25" t="s">
+        <v>862</v>
+      </c>
+      <c r="C420" s="72" t="s">
+        <v>863</v>
+      </c>
+      <c r="D420" s="33">
+        <v>46192</v>
+      </c>
+    </row>
+    <row r="421" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A421" s="13" t="s">
+        <v>864</v>
+      </c>
+      <c r="B421" s="24" t="s">
+        <v>865</v>
+      </c>
+      <c r="C421" s="72" t="s">
+        <v>866</v>
+      </c>
+      <c r="D421" s="33">
+        <v>46192</v>
+      </c>
+    </row>
+    <row r="422" spans="1:4" ht="377.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A422" s="14" t="s">
+        <v>867</v>
+      </c>
+      <c r="B422" s="24" t="s">
+        <v>3082</v>
+      </c>
+      <c r="C422" s="72" t="s">
+        <v>868</v>
+      </c>
+      <c r="D422" s="33">
+        <v>46193</v>
+      </c>
+    </row>
+    <row r="423" spans="1:4" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A423" s="15" t="s">
+        <v>869</v>
+      </c>
+      <c r="B423" s="30" t="s">
+        <v>870</v>
+      </c>
+      <c r="C423" s="72" t="s">
+        <v>871</v>
+      </c>
+      <c r="D423" s="33">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="424" spans="1:4" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A424" s="15" t="s">
+        <v>872</v>
+      </c>
+      <c r="B424" s="30" t="s">
+        <v>873</v>
+      </c>
+      <c r="C424" s="72" t="s">
+        <v>874</v>
+      </c>
+      <c r="D424" s="38">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="425" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A425" s="15" t="s">
+        <v>3289</v>
+      </c>
+      <c r="B425" s="30" t="s">
+        <v>875</v>
+      </c>
+      <c r="C425" s="72" t="s">
+        <v>470</v>
+      </c>
+      <c r="D425" s="38">
+        <v>46209</v>
+      </c>
+    </row>
+    <row r="426" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A426" s="18" t="s">
+        <v>876</v>
+      </c>
+      <c r="B426" s="30" t="s">
+        <v>877</v>
+      </c>
+      <c r="C426" s="72" t="s">
+        <v>878</v>
+      </c>
+      <c r="D426" s="38">
+        <v>46144</v>
+      </c>
+    </row>
+    <row r="427" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A427" s="15" t="s">
+        <v>879</v>
+      </c>
+      <c r="B427" s="30" t="s">
+        <v>880</v>
+      </c>
+      <c r="C427" s="72" t="s">
+        <v>881</v>
+      </c>
+      <c r="D427" s="38">
+        <v>46134</v>
+      </c>
+    </row>
+    <row r="428" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A428" s="15" t="s">
+        <v>882</v>
+      </c>
+      <c r="B428" s="25" t="s">
+        <v>564</v>
+      </c>
+      <c r="C428" s="72" t="s">
+        <v>883</v>
+      </c>
+      <c r="D428" s="38">
+        <v>46227</v>
+      </c>
+    </row>
+    <row r="429" spans="1:4" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A429" s="15" t="s">
+        <v>2926</v>
+      </c>
+      <c r="B429" s="24" t="s">
+        <v>884</v>
+      </c>
+      <c r="C429" s="72" t="s">
+        <v>2144</v>
+      </c>
+      <c r="D429" s="38">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="430" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A430" s="15" t="s">
+        <v>885</v>
+      </c>
+      <c r="B430" s="24" t="s">
+        <v>886</v>
+      </c>
+      <c r="C430" s="72" t="s">
+        <v>887</v>
+      </c>
+      <c r="D430" s="38">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="431" spans="1:4" ht="225" x14ac:dyDescent="0.25">
+      <c r="A431" s="15" t="s">
+        <v>3066</v>
+      </c>
+      <c r="B431" s="30" t="s">
+        <v>888</v>
+      </c>
+      <c r="C431" s="72" t="s">
+        <v>889</v>
+      </c>
+      <c r="D431" s="33">
+        <v>46244</v>
+      </c>
+    </row>
+    <row r="432" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A432" s="15" t="s">
+        <v>3288</v>
+      </c>
+      <c r="B432" s="30" t="s">
+        <v>890</v>
+      </c>
+      <c r="C432" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D432" s="33">
+        <v>46244</v>
+      </c>
+    </row>
+    <row r="433" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A433" s="16" t="s">
+        <v>891</v>
+      </c>
+      <c r="B433" s="24" t="s">
+        <v>526</v>
+      </c>
+      <c r="C433" s="72" t="s">
+        <v>527</v>
+      </c>
+      <c r="D433" s="38">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="434" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A434" s="13" t="s">
+        <v>2390</v>
+      </c>
+      <c r="B434" s="25" t="s">
+        <v>443</v>
+      </c>
+      <c r="C434" s="72" t="s">
+        <v>892</v>
+      </c>
+      <c r="D434" s="33">
+        <v>46001</v>
+      </c>
+    </row>
+    <row r="435" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A435" s="15" t="s">
+        <v>3076</v>
+      </c>
+      <c r="B435" s="24" t="s">
+        <v>893</v>
+      </c>
+      <c r="C435" s="72" t="s">
+        <v>2145</v>
+      </c>
+      <c r="D435" s="38">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="436" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A436" s="15" t="s">
+        <v>894</v>
+      </c>
+      <c r="B436" s="24" t="s">
+        <v>848</v>
+      </c>
+      <c r="C436" s="72" t="s">
+        <v>849</v>
+      </c>
+      <c r="D436" s="38">
+        <v>46280</v>
+      </c>
+    </row>
+    <row r="437" spans="1:4" ht="236.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A437" s="45" t="s">
+        <v>895</v>
+      </c>
+      <c r="B437" s="32" t="s">
+        <v>896</v>
+      </c>
+      <c r="C437" s="72" t="s">
+        <v>897</v>
+      </c>
+      <c r="D437" s="48">
+        <v>46310</v>
+      </c>
+    </row>
+    <row r="438" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A438" s="15" t="s">
+        <v>3406</v>
+      </c>
+      <c r="B438" s="25" t="s">
+        <v>898</v>
+      </c>
+      <c r="C438" s="72" t="s">
+        <v>3572</v>
+      </c>
+      <c r="D438" s="38">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="439" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A439" s="13" t="s">
+        <v>899</v>
+      </c>
+      <c r="B439" s="24" t="s">
+        <v>3069</v>
+      </c>
+      <c r="C439" s="98" t="s">
+        <v>626</v>
+      </c>
+      <c r="D439" s="33">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="440" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A440" s="15" t="s">
+        <v>900</v>
+      </c>
+      <c r="B440" s="24" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C440" s="72" t="s">
+        <v>901</v>
+      </c>
+      <c r="D440" s="38">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="441" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A441" s="15" t="s">
+        <v>902</v>
+      </c>
+      <c r="B441" s="25" t="s">
+        <v>568</v>
+      </c>
+      <c r="C441" s="72" t="s">
+        <v>53</v>
+      </c>
+      <c r="D441" s="33">
+        <v>45990</v>
+      </c>
+    </row>
+    <row r="442" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A442" s="15" t="s">
+        <v>2574</v>
+      </c>
+      <c r="B442" s="24" t="s">
+        <v>903</v>
+      </c>
+      <c r="C442" s="72" t="s">
+        <v>904</v>
+      </c>
+      <c r="D442" s="33">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="443" spans="1:4" ht="77.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A443" s="15" t="s">
+        <v>905</v>
+      </c>
+      <c r="B443" s="30" t="s">
+        <v>906</v>
+      </c>
+      <c r="C443" s="72" t="s">
+        <v>2146</v>
+      </c>
+      <c r="D443" s="33">
+        <v>46034</v>
+      </c>
+    </row>
+    <row r="444" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A444" s="13" t="s">
+        <v>907</v>
+      </c>
+      <c r="B444" s="24" t="s">
+        <v>908</v>
+      </c>
+      <c r="C444" s="72" t="s">
+        <v>909</v>
+      </c>
+      <c r="D444" s="33">
+        <v>46271</v>
+      </c>
+    </row>
+    <row r="445" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A445" s="13" t="s">
+        <v>2725</v>
+      </c>
+      <c r="B445" s="24" t="s">
+        <v>910</v>
+      </c>
+      <c r="C445" s="72" t="s">
+        <v>911</v>
+      </c>
+      <c r="D445" s="33">
+        <v>45965</v>
+      </c>
+    </row>
+    <row r="446" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A446" s="15" t="s">
+        <v>912</v>
+      </c>
+      <c r="B446" s="30" t="s">
+        <v>913</v>
+      </c>
+      <c r="C446" s="72" t="s">
+        <v>2147</v>
+      </c>
+      <c r="D446" s="33">
+        <v>46332</v>
+      </c>
+    </row>
+    <row r="447" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A447" s="15" t="s">
+        <v>2344</v>
+      </c>
+      <c r="B447" s="30" t="s">
+        <v>914</v>
+      </c>
+      <c r="C447" s="72" t="s">
+        <v>915</v>
+      </c>
+      <c r="D447" s="38">
+        <v>46353</v>
+      </c>
+    </row>
+    <row r="448" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A448" s="13" t="s">
+        <v>916</v>
+      </c>
+      <c r="B448" s="24" t="s">
+        <v>917</v>
+      </c>
+      <c r="C448" s="72" t="s">
+        <v>918</v>
+      </c>
+      <c r="D448" s="33">
+        <v>46318</v>
+      </c>
+    </row>
+    <row r="449" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A449" s="16" t="s">
+        <v>919</v>
+      </c>
+      <c r="B449" s="30" t="s">
+        <v>776</v>
+      </c>
+      <c r="C449" s="72" t="s">
+        <v>777</v>
+      </c>
+      <c r="D449" s="38">
+        <v>46003</v>
+      </c>
+    </row>
+    <row r="450" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A450" s="15" t="s">
+        <v>920</v>
+      </c>
+      <c r="B450" s="25" t="s">
+        <v>921</v>
+      </c>
+      <c r="C450" s="72" t="s">
+        <v>2148</v>
+      </c>
+      <c r="D450" s="38">
+        <v>45972</v>
+      </c>
+    </row>
+    <row r="451" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A451" s="13" t="s">
+        <v>2345</v>
+      </c>
+      <c r="B451" s="24" t="s">
+        <v>922</v>
+      </c>
+      <c r="C451" s="72" t="s">
+        <v>923</v>
+      </c>
+      <c r="D451" s="33">
+        <v>46088</v>
+      </c>
+    </row>
+    <row r="452" spans="1:4" ht="123" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A452" s="61" t="s">
+        <v>3104</v>
+      </c>
+      <c r="B452" s="101" t="s">
+        <v>471</v>
+      </c>
+      <c r="C452" s="89" t="s">
+        <v>3105</v>
+      </c>
+      <c r="D452" s="33">
+        <v>46005</v>
+      </c>
+    </row>
+    <row r="453" spans="1:4" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A453" s="15" t="s">
+        <v>2380</v>
+      </c>
+      <c r="B453" s="30" t="s">
+        <v>924</v>
+      </c>
+      <c r="C453" s="72" t="s">
+        <v>553</v>
+      </c>
+      <c r="D453" s="38">
+        <v>45994</v>
+      </c>
+    </row>
+    <row r="454" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A454" s="15" t="s">
+        <v>925</v>
+      </c>
+      <c r="B454" s="25" t="s">
+        <v>926</v>
+      </c>
+      <c r="C454" s="72" t="s">
+        <v>2149</v>
+      </c>
+      <c r="D454" s="38">
+        <v>46366</v>
+      </c>
+    </row>
+    <row r="455" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A455" s="15" t="s">
+        <v>2381</v>
+      </c>
+      <c r="B455" s="30" t="s">
+        <v>927</v>
+      </c>
+      <c r="C455" s="72" t="s">
+        <v>3573</v>
+      </c>
+      <c r="D455" s="38">
+        <v>46363</v>
+      </c>
+    </row>
+    <row r="456" spans="1:4" ht="231.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A456" s="14" t="s">
+        <v>928</v>
+      </c>
+      <c r="B456" s="24" t="s">
+        <v>929</v>
+      </c>
+      <c r="C456" s="72" t="s">
+        <v>2150</v>
+      </c>
+      <c r="D456" s="38">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="457" spans="1:4" ht="225.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A457" s="16" t="s">
+        <v>930</v>
+      </c>
+      <c r="B457" s="24" t="s">
+        <v>931</v>
+      </c>
+      <c r="C457" s="72" t="s">
+        <v>2151</v>
+      </c>
+      <c r="D457" s="33">
+        <v>46184</v>
+      </c>
+    </row>
+    <row r="458" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A458" s="15" t="s">
+        <v>932</v>
+      </c>
+      <c r="B458" s="30" t="s">
+        <v>933</v>
+      </c>
+      <c r="C458" s="72" t="s">
+        <v>2152</v>
+      </c>
+      <c r="D458" s="33">
+        <v>46005</v>
+      </c>
+    </row>
+    <row r="459" spans="1:4" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A459" s="14" t="s">
+        <v>934</v>
+      </c>
+      <c r="B459" s="24" t="s">
+        <v>935</v>
+      </c>
+      <c r="C459" s="72" t="s">
+        <v>2153</v>
+      </c>
+      <c r="D459" s="33">
+        <v>46013</v>
+      </c>
+    </row>
+    <row r="460" spans="1:4" ht="189" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A460" s="14" t="s">
+        <v>936</v>
+      </c>
+      <c r="B460" s="24" t="s">
+        <v>937</v>
+      </c>
+      <c r="C460" s="72" t="s">
+        <v>938</v>
+      </c>
+      <c r="D460" s="33">
+        <v>46377</v>
+      </c>
+    </row>
+    <row r="461" spans="1:4" ht="191.25" x14ac:dyDescent="0.25">
+      <c r="A461" s="15" t="s">
+        <v>939</v>
+      </c>
+      <c r="B461" s="30" t="s">
+        <v>940</v>
+      </c>
+      <c r="C461" s="72" t="s">
+        <v>941</v>
+      </c>
+      <c r="D461" s="33">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="462" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A462" s="15" t="s">
+        <v>942</v>
+      </c>
+      <c r="B462" s="30" t="s">
+        <v>943</v>
+      </c>
+      <c r="C462" s="72" t="s">
+        <v>2154</v>
+      </c>
+      <c r="D462" s="33">
+        <v>46027</v>
+      </c>
+    </row>
+    <row r="463" spans="1:4" ht="353.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A463" s="13" t="s">
+        <v>3451</v>
+      </c>
+      <c r="B463" s="25" t="s">
+        <v>944</v>
+      </c>
+      <c r="C463" s="72" t="s">
+        <v>945</v>
+      </c>
+      <c r="D463" s="33">
+        <v>46283</v>
+      </c>
+    </row>
+    <row r="464" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A464" s="15" t="s">
+        <v>946</v>
+      </c>
+      <c r="B464" s="30" t="s">
+        <v>947</v>
+      </c>
+      <c r="C464" s="72" t="s">
+        <v>2155</v>
+      </c>
+      <c r="D464" s="33">
+        <v>46034</v>
+      </c>
+    </row>
+    <row r="465" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A465" s="15" t="s">
+        <v>3425</v>
+      </c>
+      <c r="B465" s="24" t="s">
+        <v>948</v>
+      </c>
+      <c r="C465" s="72" t="s">
+        <v>2156</v>
+      </c>
+      <c r="D465" s="33">
+        <v>46398</v>
+      </c>
+    </row>
+    <row r="466" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A466" s="15" t="s">
+        <v>950</v>
+      </c>
+      <c r="B466" s="25" t="s">
+        <v>951</v>
+      </c>
+      <c r="C466" s="115" t="s">
+        <v>3205</v>
+      </c>
+      <c r="D466" s="38">
+        <v>46281</v>
+      </c>
+      <c r="E466" s="88"/>
+    </row>
+    <row r="467" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A467" s="13" t="s">
+        <v>952</v>
+      </c>
+      <c r="B467" s="25" t="s">
+        <v>953</v>
+      </c>
+      <c r="C467" s="72" t="s">
+        <v>2157</v>
+      </c>
+      <c r="D467" s="33">
+        <v>46326</v>
+      </c>
+    </row>
+    <row r="468" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A468" s="15" t="s">
+        <v>954</v>
+      </c>
+      <c r="B468" s="24" t="s">
+        <v>955</v>
+      </c>
+      <c r="C468" s="72" t="s">
+        <v>956</v>
+      </c>
+      <c r="D468" s="33">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="469" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A469" s="15" t="s">
+        <v>957</v>
+      </c>
+      <c r="B469" s="30" t="s">
+        <v>958</v>
+      </c>
+      <c r="C469" s="72" t="s">
+        <v>3574</v>
+      </c>
+      <c r="D469" s="33">
+        <v>46046</v>
+      </c>
+    </row>
+    <row r="470" spans="1:5" ht="190.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A470" s="15" t="s">
+        <v>2791</v>
+      </c>
+      <c r="B470" s="30" t="s">
+        <v>959</v>
+      </c>
+      <c r="C470" s="72" t="s">
+        <v>80</v>
+      </c>
+      <c r="D470" s="38">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="471" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A471" s="13" t="s">
+        <v>960</v>
+      </c>
+      <c r="B471" s="24" t="s">
+        <v>961</v>
+      </c>
+      <c r="C471" s="72" t="s">
+        <v>918</v>
+      </c>
+      <c r="D471" s="33">
+        <v>46318</v>
+      </c>
+    </row>
+    <row r="472" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A472" s="15" t="s">
+        <v>962</v>
+      </c>
+      <c r="B472" s="25" t="s">
+        <v>963</v>
+      </c>
+      <c r="C472" s="72" t="s">
+        <v>918</v>
+      </c>
+      <c r="D472" s="33">
+        <v>46050</v>
+      </c>
+    </row>
+    <row r="473" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A473" s="15" t="s">
+        <v>964</v>
+      </c>
+      <c r="B473" s="30" t="s">
+        <v>965</v>
+      </c>
+      <c r="C473" s="72" t="s">
+        <v>966</v>
+      </c>
+      <c r="D473" s="33">
+        <v>46332</v>
+      </c>
+    </row>
+    <row r="474" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A474" s="15" t="s">
+        <v>967</v>
+      </c>
+      <c r="B474" s="24" t="s">
+        <v>968</v>
+      </c>
+      <c r="C474" s="72" t="s">
+        <v>969</v>
+      </c>
+      <c r="D474" s="38">
+        <v>46057</v>
+      </c>
+    </row>
+    <row r="475" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A475" s="15" t="s">
+        <v>970</v>
+      </c>
+      <c r="B475" s="30" t="s">
+        <v>971</v>
+      </c>
+      <c r="C475" s="72" t="s">
+        <v>2158</v>
+      </c>
+      <c r="D475" s="33">
+        <v>46064</v>
+      </c>
+    </row>
+    <row r="476" spans="1:5" ht="329.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A476" s="16" t="s">
+        <v>2586</v>
+      </c>
+      <c r="B476" s="24" t="s">
+        <v>972</v>
+      </c>
+      <c r="C476" s="72" t="s">
+        <v>973</v>
+      </c>
+      <c r="D476" s="38">
+        <v>46371</v>
+      </c>
+    </row>
+    <row r="477" spans="1:5" ht="297" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A477" s="14" t="s">
+        <v>2569</v>
+      </c>
+      <c r="B477" s="25" t="s">
+        <v>974</v>
+      </c>
+      <c r="C477" s="72" t="s">
+        <v>2159</v>
+      </c>
+      <c r="D477" s="33">
+        <v>46138</v>
+      </c>
+    </row>
+    <row r="478" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A478" s="15" t="s">
+        <v>975</v>
+      </c>
+      <c r="B478" s="24" t="s">
+        <v>452</v>
+      </c>
+      <c r="C478" s="72" t="s">
+        <v>3575</v>
+      </c>
+      <c r="D478" s="38">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="479" spans="1:5" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A479" s="15" t="s">
+        <v>3059</v>
+      </c>
+      <c r="B479" s="72" t="s">
+        <v>3058</v>
+      </c>
+      <c r="C479" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D479" s="33">
+        <v>46074</v>
+      </c>
+    </row>
+    <row r="480" spans="1:5" ht="233.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A480" s="16" t="s">
+        <v>976</v>
+      </c>
+      <c r="B480" s="24" t="s">
+        <v>977</v>
+      </c>
+      <c r="C480" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D480" s="33">
+        <v>46078</v>
+      </c>
+    </row>
+    <row r="481" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A481" s="15" t="s">
+        <v>978</v>
+      </c>
+      <c r="B481" s="30" t="s">
+        <v>979</v>
+      </c>
+      <c r="C481" s="72" t="s">
+        <v>980</v>
+      </c>
+      <c r="D481" s="33">
+        <v>46079</v>
+      </c>
+    </row>
+    <row r="482" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A482" s="15" t="s">
+        <v>981</v>
+      </c>
+      <c r="B482" s="24" t="s">
+        <v>982</v>
+      </c>
+      <c r="C482" s="72" t="s">
+        <v>983</v>
+      </c>
+      <c r="D482" s="33">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="483" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A483" s="15" t="s">
+        <v>2385</v>
+      </c>
+      <c r="B483" s="24" t="s">
+        <v>984</v>
+      </c>
+      <c r="C483" s="72" t="s">
+        <v>985</v>
+      </c>
+      <c r="D483" s="33">
+        <v>46080</v>
+      </c>
+    </row>
+    <row r="484" spans="1:4" ht="102.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A484" s="16" t="s">
+        <v>2386</v>
+      </c>
+      <c r="B484" s="30" t="s">
+        <v>986</v>
+      </c>
+      <c r="C484" s="72" t="s">
+        <v>985</v>
+      </c>
+      <c r="D484" s="33">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="485" spans="1:4" ht="137.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A485" s="15" t="s">
+        <v>2819</v>
+      </c>
+      <c r="B485" s="24" t="s">
+        <v>987</v>
+      </c>
+      <c r="C485" s="72" t="s">
+        <v>3576</v>
+      </c>
+      <c r="D485" s="33">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="486" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A486" s="15" t="s">
+        <v>989</v>
+      </c>
+      <c r="B486" s="24" t="s">
+        <v>990</v>
+      </c>
+      <c r="C486" s="72" t="s">
+        <v>991</v>
+      </c>
+      <c r="D486" s="33">
+        <v>46091</v>
+      </c>
+    </row>
+    <row r="487" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A487" s="15" t="s">
+        <v>992</v>
+      </c>
+      <c r="B487" s="30" t="s">
+        <v>993</v>
+      </c>
+      <c r="C487" s="72" t="s">
+        <v>994</v>
+      </c>
+      <c r="D487" s="38">
+        <v>46091</v>
+      </c>
+    </row>
+    <row r="488" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A488" s="15" t="s">
+        <v>995</v>
+      </c>
+      <c r="B488" s="30" t="s">
+        <v>996</v>
+      </c>
+      <c r="C488" s="72" t="s">
+        <v>3577</v>
+      </c>
+      <c r="D488" s="38">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="489" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A489" s="15" t="s">
+        <v>997</v>
+      </c>
+      <c r="B489" s="25" t="s">
+        <v>998</v>
+      </c>
+      <c r="C489" s="72" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D489" s="33">
+        <v>46040</v>
+      </c>
+    </row>
+    <row r="490" spans="1:4" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A490" s="14" t="s">
+        <v>999</v>
+      </c>
+      <c r="B490" s="24" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C490" s="72" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D490" s="33">
+        <v>46104</v>
+      </c>
+    </row>
+    <row r="491" spans="1:4" ht="189" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A491" s="16" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B491" s="25" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C491" s="72" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D491" s="33">
+        <v>46130</v>
+      </c>
+    </row>
+    <row r="492" spans="1:4" ht="111.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A492" s="15" t="s">
+        <v>2519</v>
+      </c>
+      <c r="B492" s="34" t="s">
+        <v>2837</v>
+      </c>
+      <c r="C492" s="72" t="s">
+        <v>2161</v>
+      </c>
+      <c r="D492" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="493" spans="1:4" ht="45.75" x14ac:dyDescent="0.25">
+      <c r="A493" s="20" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B493" s="25" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C493" s="72" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D493" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="494" spans="1:4" ht="218.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A494" s="15" t="s">
+        <v>2587</v>
+      </c>
+      <c r="B494" s="24" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C494" s="72" t="s">
+        <v>2162</v>
+      </c>
+      <c r="D494" s="33">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="495" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A495" s="17" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B495" s="36" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C495" s="72" t="s">
+        <v>2163</v>
+      </c>
+      <c r="D495" s="52">
+        <v>46111</v>
+      </c>
+    </row>
+    <row r="496" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A496" s="15" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B496" s="30" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C496" s="72" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D496" s="38">
+        <v>46111</v>
+      </c>
+    </row>
+    <row r="497" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A497" s="16" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B497" s="25" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C497" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D497" s="33">
+        <v>46124</v>
+      </c>
+    </row>
+    <row r="498" spans="1:4" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A498" s="15" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B498" s="72" t="s">
+        <v>3385</v>
+      </c>
+      <c r="C498" s="72" t="s">
+        <v>2164</v>
+      </c>
+      <c r="D498" s="38">
+        <v>46285</v>
+      </c>
+    </row>
+    <row r="499" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A499" s="15" t="s">
+        <v>2730</v>
+      </c>
+      <c r="B499" s="24" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C499" s="72" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D499" s="33">
+        <v>46131</v>
+      </c>
+    </row>
+    <row r="500" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A500" s="15" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B500" s="30" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C500" s="72" t="s">
+        <v>527</v>
+      </c>
+      <c r="D500" s="38">
+        <v>46130</v>
+      </c>
+    </row>
+    <row r="501" spans="1:4" ht="133.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A501" s="15" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B501" s="24" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C501" s="72" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D501" s="38">
+        <v>46171</v>
+      </c>
+    </row>
+    <row r="502" spans="1:4" ht="321" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A502" s="16" t="s">
+        <v>2633</v>
+      </c>
+      <c r="B502" s="24" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C502" s="72" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D502" s="33">
+        <v>46349</v>
+      </c>
+    </row>
+    <row r="503" spans="1:4" ht="291" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A503" s="15" t="s">
+        <v>2419</v>
+      </c>
+      <c r="B503" s="24" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C503" s="72" t="s">
+        <v>2165</v>
+      </c>
+      <c r="D503" s="38">
+        <v>46145</v>
+      </c>
+    </row>
+    <row r="504" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A504" s="15" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B504" s="24" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C504" s="72" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D504" s="38">
+        <v>46146</v>
+      </c>
+    </row>
+    <row r="505" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A505" s="13" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B505" s="25" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C505" s="72" t="s">
+        <v>426</v>
+      </c>
+      <c r="D505" s="33">
+        <v>46148</v>
+      </c>
+    </row>
+    <row r="506" spans="1:4" ht="86.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A506" s="20" t="s">
+        <v>2396</v>
+      </c>
+      <c r="B506" s="24" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C506" s="72" t="s">
+        <v>2166</v>
+      </c>
+      <c r="D506" s="33">
+        <v>45979</v>
+      </c>
+    </row>
+    <row r="507" spans="1:4" ht="303.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A507" s="15" t="s">
+        <v>2397</v>
+      </c>
+      <c r="B507" s="30" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C507" s="72" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D507" s="33">
+        <v>46161</v>
+      </c>
+    </row>
+    <row r="508" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A508" s="15" t="s">
+        <v>2398</v>
+      </c>
+      <c r="B508" s="30" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C508" s="72" t="s">
+        <v>2167</v>
+      </c>
+      <c r="D508" s="33">
+        <v>46161</v>
+      </c>
+    </row>
+    <row r="509" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A509" s="15" t="s">
+        <v>2399</v>
+      </c>
+      <c r="B509" s="30" t="s">
+        <v>2909</v>
+      </c>
+      <c r="C509" s="72" t="s">
+        <v>2168</v>
+      </c>
+      <c r="D509" s="33">
+        <v>46129</v>
+      </c>
+    </row>
+    <row r="510" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A510" s="15" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B510" s="30" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C510" s="72" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D510" s="33">
+        <v>46163</v>
+      </c>
+    </row>
+    <row r="511" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A511" s="15" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B511" s="24" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C511" s="72" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D511" s="33">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="512" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A512" s="15" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B512" s="30" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C512" s="72" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D512" s="38">
+        <v>46174</v>
+      </c>
+    </row>
+    <row r="513" spans="1:4" ht="241.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A513" s="15" t="s">
+        <v>3396</v>
+      </c>
+      <c r="B513" s="24" t="s">
+        <v>3395</v>
+      </c>
+      <c r="C513" s="72" t="s">
+        <v>3578</v>
+      </c>
+      <c r="D513" s="38">
+        <v>46174</v>
+      </c>
+    </row>
+    <row r="514" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A514" s="15" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B514" s="30" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C514" s="72" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D514" s="38">
+        <v>46174</v>
+      </c>
+    </row>
+    <row r="515" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A515" s="15" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B515" s="25" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C515" s="72" t="s">
+        <v>2169</v>
+      </c>
+      <c r="D515" s="38">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="516" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A516" s="15" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B516" s="30" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C516" s="72" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D516" s="38">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="517" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A517" s="15" t="s">
+        <v>2546</v>
+      </c>
+      <c r="B517" s="30" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C517" s="72" t="s">
+        <v>2170</v>
+      </c>
+      <c r="D517" s="38">
+        <v>46167</v>
+      </c>
+    </row>
+    <row r="518" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A518" s="15" t="s">
+        <v>2656</v>
+      </c>
+      <c r="B518" s="24" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C518" s="72" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D518" s="33">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="519" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A519" s="15" t="s">
+        <v>2389</v>
+      </c>
+      <c r="B519" s="24" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C519" s="72" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D519" s="33">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="520" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A520" s="15" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B520" s="24" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C520" s="72" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D520" s="33">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="521" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A521" s="13" t="s">
+        <v>2547</v>
+      </c>
+      <c r="B521" s="24" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C521" s="72" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D521" s="33">
+        <v>46187</v>
+      </c>
+    </row>
+    <row r="522" spans="1:4" ht="226.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A522" s="14" t="s">
+        <v>2497</v>
+      </c>
+      <c r="B522" s="30" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C522" s="72" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D522" s="33">
+        <v>46195</v>
+      </c>
+    </row>
+    <row r="523" spans="1:4" ht="78.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A523" s="15" t="s">
+        <v>2575</v>
+      </c>
+      <c r="B523" s="24" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C523" s="72" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D523" s="33">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="524" spans="1:4" ht="136.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A524" s="15" t="s">
+        <v>2969</v>
+      </c>
+      <c r="B524" s="34" t="s">
+        <v>2795</v>
+      </c>
+      <c r="C524" s="72" t="s">
+        <v>67</v>
+      </c>
+      <c r="D524" s="38">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="525" spans="1:4" ht="216.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A525" s="16" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B525" s="24" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C525" s="72" t="s">
+        <v>796</v>
+      </c>
+      <c r="D525" s="38">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="526" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A526" s="15" t="s">
+        <v>2544</v>
+      </c>
+      <c r="B526" s="30" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C526" s="72" t="s">
+        <v>143</v>
+      </c>
+      <c r="D526" s="38">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="527" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A527" s="15" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B527" s="24" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C527" s="72" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D527" s="38">
+        <v>46208</v>
+      </c>
+    </row>
+    <row r="528" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A528" s="15" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B528" s="25" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C528" s="72" t="s">
+        <v>489</v>
+      </c>
+      <c r="D528" s="38">
+        <v>46209</v>
+      </c>
+    </row>
+    <row r="529" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A529" s="15" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B529" s="24" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C529" s="72" t="s">
+        <v>2171</v>
+      </c>
+      <c r="D529" s="33">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="530" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A530" s="15" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B530" s="35" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C530" s="72" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D530" s="38">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="531" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A531" s="15" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B531" s="24" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C531" s="72" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D531" s="38">
+        <v>46215</v>
+      </c>
+    </row>
+    <row r="532" spans="1:4" ht="241.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A532" s="16" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B532" s="24" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C532" s="72" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D532" s="33">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="533" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A533" s="15" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B533" s="30" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C533" s="72" t="s">
+        <v>2172</v>
+      </c>
+      <c r="D533" s="38">
+        <v>46216</v>
+      </c>
+    </row>
+    <row r="534" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A534" s="15" t="s">
+        <v>315</v>
+      </c>
+      <c r="B534" s="24" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C534" s="72" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D534" s="33">
+        <v>46287</v>
+      </c>
+    </row>
+    <row r="535" spans="1:4" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A535" s="13" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B535" s="24" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C535" s="72" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D535" s="33">
+        <v>46224</v>
+      </c>
+    </row>
+    <row r="536" spans="1:4" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A536" s="16" t="s">
+        <v>3011</v>
+      </c>
+      <c r="B536" s="24" t="s">
+        <v>452</v>
+      </c>
+      <c r="C536" s="72" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D536" s="38">
+        <v>46224</v>
+      </c>
+    </row>
+    <row r="537" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A537" s="15" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B537" s="24" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C537" s="72" t="s">
+        <v>121</v>
+      </c>
+      <c r="D537" s="33">
+        <v>46225</v>
+      </c>
+    </row>
+    <row r="538" spans="1:4" ht="150.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A538" s="16" t="s">
+        <v>2556</v>
+      </c>
+      <c r="B538" s="30" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C538" s="72" t="s">
+        <v>2173</v>
+      </c>
+      <c r="D538" s="33">
+        <v>46228</v>
+      </c>
+    </row>
+    <row r="539" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A539" s="15" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B539" s="30" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C539" s="72" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D539" s="33">
+        <v>46229</v>
+      </c>
+    </row>
+    <row r="540" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A540" s="15" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B540" s="30" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C540" s="72" t="s">
+        <v>3579</v>
+      </c>
+      <c r="D540" s="33">
+        <v>46237</v>
+      </c>
+    </row>
+    <row r="541" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A541" s="15" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B541" s="30" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C541" s="72" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D541" s="33">
+        <v>46233</v>
+      </c>
+    </row>
+    <row r="542" spans="1:4" ht="77.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A542" s="15" t="s">
+        <v>3580</v>
+      </c>
+      <c r="B542" s="30" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C542" s="72" t="s">
+        <v>2174</v>
+      </c>
+      <c r="D542" s="33">
+        <v>46202</v>
+      </c>
+    </row>
+    <row r="543" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A543" s="15" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B543" s="30" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C543" s="72" t="s">
+        <v>2175</v>
+      </c>
+      <c r="D543" s="33">
+        <v>46251</v>
+      </c>
+    </row>
+    <row r="544" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A544" s="13" t="s">
+        <v>3276</v>
+      </c>
+      <c r="B544" s="24" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C544" s="72" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D544" s="38">
+        <v>46253</v>
+      </c>
+    </row>
+    <row r="545" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A545" s="15" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B545" s="24" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C545" s="72" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D545" s="33">
+        <v>46259</v>
+      </c>
+    </row>
+    <row r="546" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A546" s="13" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B546" s="30" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C546" s="72" t="s">
+        <v>2176</v>
+      </c>
+      <c r="D546" s="33">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="547" spans="1:4" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A547" s="14" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B547" s="24" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C547" s="72" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D547" s="33">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="548" spans="1:4" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A548" s="15" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B548" s="30" t="s">
+        <v>738</v>
+      </c>
+      <c r="C548" s="72" t="s">
+        <v>2134</v>
+      </c>
+      <c r="D548" s="33">
+        <v>46313</v>
+      </c>
+    </row>
+    <row r="549" spans="1:4" ht="263.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A549" s="14" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B549" s="24" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C549" s="72" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D549" s="33">
+        <v>46279</v>
+      </c>
+    </row>
+    <row r="550" spans="1:4" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A550" s="14" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B550" s="24" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C550" s="72" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D550" s="33">
+        <v>46285</v>
+      </c>
+    </row>
+    <row r="551" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A551" s="15" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B551" s="25" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C551" s="72" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D551" s="49">
+        <v>46299</v>
+      </c>
+    </row>
+    <row r="552" spans="1:4" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A552" s="15" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B552" s="34" t="s">
+        <v>2918</v>
+      </c>
+      <c r="C552" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D552" s="38">
+        <v>46128</v>
+      </c>
+    </row>
+    <row r="553" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A553" s="13" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B553" s="24" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C553" s="72" t="s">
+        <v>2177</v>
+      </c>
+      <c r="D553" s="33">
+        <v>46300</v>
+      </c>
+    </row>
+    <row r="554" spans="1:4" ht="335.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A554" s="15" t="s">
+        <v>2872</v>
+      </c>
+      <c r="B554" s="24" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C554" s="72" t="s">
+        <v>2178</v>
+      </c>
+      <c r="D554" s="33">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="555" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A555" s="15" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B555" s="30" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C555" s="72" t="s">
+        <v>2179</v>
+      </c>
+      <c r="D555" s="38">
+        <v>46353</v>
+      </c>
+    </row>
+    <row r="556" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A556" s="15" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B556" s="30" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C556" s="72" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D556" s="38">
+        <v>46311</v>
+      </c>
+    </row>
+    <row r="557" spans="1:4" ht="125.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A557" s="15" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B557" s="30" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C557" s="72" t="s">
+        <v>2180</v>
+      </c>
+      <c r="D557" s="33">
+        <v>46321</v>
+      </c>
+    </row>
+    <row r="558" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A558" s="15" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B558" s="24" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C558" s="72" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D558" s="33">
+        <v>46322</v>
+      </c>
+    </row>
+    <row r="559" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A559" s="15" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B559" s="24" t="s">
+        <v>117</v>
+      </c>
+      <c r="C559" s="72" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D559" s="33">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="560" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A560" s="15" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B560" s="30" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C560" s="72" t="s">
+        <v>1150</v>
+      </c>
+      <c r="D560" s="38">
+        <v>46328</v>
+      </c>
+    </row>
+    <row r="561" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A561" s="15" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B561" s="30" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C561" s="72" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D561" s="38">
+        <v>46334</v>
+      </c>
+    </row>
+    <row r="562" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A562" s="15" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B562" s="25" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C562" s="72" t="s">
+        <v>2181</v>
+      </c>
+      <c r="D562" s="38">
+        <v>46334</v>
+      </c>
+    </row>
+    <row r="563" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A563" s="13" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B563" s="25" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C563" s="72" t="s">
+        <v>2182</v>
+      </c>
+      <c r="D563" s="33">
+        <v>45969</v>
+      </c>
+    </row>
+    <row r="564" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A564" s="15" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B564" s="30" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C564" s="72" t="s">
+        <v>2183</v>
+      </c>
+      <c r="D564" s="38">
+        <v>46336</v>
+      </c>
+    </row>
+    <row r="565" spans="1:4" ht="117.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A565" s="14" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B565" s="25" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C565" s="72" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D565" s="38">
+        <v>46304</v>
+      </c>
+    </row>
+    <row r="566" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A566" s="15" t="s">
+        <v>3518</v>
+      </c>
+      <c r="B566" s="24" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C566" s="72" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D566" s="33">
+        <v>46342</v>
+      </c>
+    </row>
+    <row r="567" spans="1:4" ht="278.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A567" s="16" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B567" s="24" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C567" s="72" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D567" s="38">
+        <v>45982</v>
+      </c>
+    </row>
+    <row r="568" spans="1:4" ht="180" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A568" s="13" t="s">
+        <v>2413</v>
+      </c>
+      <c r="B568" s="24" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C568" s="72" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D568" s="33">
+        <v>46352</v>
+      </c>
+    </row>
+    <row r="569" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A569" s="15" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B569" s="24" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C569" s="72" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D569" s="33">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="570" spans="1:4" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A570" s="15" t="s">
+        <v>3458</v>
+      </c>
+      <c r="B570" s="25" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C570" s="72" t="s">
+        <v>2184</v>
+      </c>
+      <c r="D570" s="33">
+        <v>46341</v>
+      </c>
+    </row>
+    <row r="571" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A571" s="15" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B571" s="30" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C571" s="72" t="s">
+        <v>2185</v>
+      </c>
+      <c r="D571" s="38">
+        <v>45989</v>
+      </c>
+    </row>
+    <row r="572" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A572" s="15" t="s">
+        <v>3136</v>
+      </c>
+      <c r="B572" s="30" t="s">
+        <v>3137</v>
+      </c>
+      <c r="C572" s="92" t="s">
+        <v>3138</v>
+      </c>
+      <c r="D572" s="33">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="573" spans="1:4" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A573" s="15" t="s">
+        <v>3320</v>
+      </c>
+      <c r="B573" s="24" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C573" s="72" t="s">
+        <v>2186</v>
+      </c>
+      <c r="D573" s="38">
+        <v>46364</v>
+      </c>
+    </row>
+    <row r="574" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A574" s="15" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B574" s="24" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C574" s="72" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D574" s="33">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="575" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A575" s="15" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B575" s="24" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C575" s="72" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D575" s="33">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="576" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A576" s="15" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B576" s="24" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C576" s="72" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D576" s="33">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="577" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A577" s="15" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B577" s="24" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C577" s="72" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D577" s="38">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="578" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A578" s="15" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B578" s="24" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C578" s="72" t="s">
+        <v>2187</v>
+      </c>
+      <c r="D578" s="38">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="579" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A579" s="15" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B579" s="24" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C579" s="72" t="s">
+        <v>358</v>
+      </c>
+      <c r="D579" s="38">
+        <v>46039</v>
+      </c>
+    </row>
+    <row r="580" spans="1:4" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A580" s="15" t="s">
+        <v>2613</v>
+      </c>
+      <c r="B580" s="30" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C580" s="72" t="s">
+        <v>2188</v>
+      </c>
+      <c r="D580" s="38">
+        <v>46224</v>
+      </c>
+    </row>
+    <row r="581" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A581" s="15" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B581" s="30" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C581" s="72" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D581" s="38">
+        <v>46012</v>
+      </c>
+    </row>
+    <row r="582" spans="1:4" ht="129" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A582" s="15" t="s">
+        <v>3581</v>
+      </c>
+      <c r="B582" s="24" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C582" s="72" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D582" s="33">
+        <v>46372</v>
+      </c>
+    </row>
+    <row r="583" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A583" s="15" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B583" s="24" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C583" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D583" s="38">
+        <v>46013</v>
+      </c>
+    </row>
+    <row r="584" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A584" s="15" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B584" s="30" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C584" s="72" t="s">
+        <v>2189</v>
+      </c>
+      <c r="D584" s="38">
+        <v>46013</v>
+      </c>
+    </row>
+    <row r="585" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A585" s="15" t="s">
+        <v>2406</v>
+      </c>
+      <c r="B585" s="30" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C585" s="72" t="s">
+        <v>2190</v>
+      </c>
+      <c r="D585" s="38">
+        <v>46011</v>
+      </c>
+    </row>
+    <row r="586" spans="1:4" ht="246" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A586" s="15" t="s">
+        <v>2405</v>
+      </c>
+      <c r="B586" s="30" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C586" s="72" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D586" s="38">
+        <v>46386</v>
+      </c>
+    </row>
+    <row r="587" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A587" s="15" t="s">
+        <v>2449</v>
+      </c>
+      <c r="B587" s="24" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C587" s="72" t="s">
+        <v>2191</v>
+      </c>
+      <c r="D587" s="38">
+        <v>46027</v>
+      </c>
+    </row>
+    <row r="588" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A588" s="15" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B588" s="24" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C588" s="72" t="s">
+        <v>2192</v>
+      </c>
+      <c r="D588" s="38">
+        <v>46027</v>
+      </c>
+    </row>
+    <row r="589" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A589" s="15" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B589" s="30" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C589" s="72" t="s">
+        <v>1207</v>
+      </c>
+      <c r="D589" s="38">
+        <v>46027</v>
+      </c>
+    </row>
+    <row r="590" spans="1:4" ht="151.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A590" s="14" t="s">
+        <v>2436</v>
+      </c>
+      <c r="B590" s="24" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C590" s="72" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D590" s="38">
+        <v>46074</v>
+      </c>
+    </row>
+    <row r="591" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A591" s="15" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B591" s="30" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C591" s="72" t="s">
+        <v>2193</v>
+      </c>
+      <c r="D591" s="38">
+        <v>46012</v>
+      </c>
+    </row>
+    <row r="592" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A592" s="15" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B592" s="30" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C592" s="72" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D592" s="38">
+        <v>46035</v>
+      </c>
+    </row>
+    <row r="593" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A593" s="15" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B593" s="24" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C593" s="72" t="s">
+        <v>17</v>
+      </c>
+      <c r="D593" s="38">
+        <v>46041</v>
+      </c>
+    </row>
+    <row r="594" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A594" s="15" t="s">
+        <v>2410</v>
+      </c>
+      <c r="B594" s="30" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C594" s="72" t="s">
+        <v>2194</v>
+      </c>
+      <c r="D594" s="38">
+        <v>46042</v>
+      </c>
+    </row>
+    <row r="595" spans="1:4" ht="132" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A595" s="15" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B595" s="30" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C595" s="72" t="s">
+        <v>2195</v>
+      </c>
+      <c r="D595" s="38">
+        <v>46035</v>
+      </c>
+    </row>
+    <row r="596" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A596" s="15" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B596" s="30" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C596" s="72" t="s">
+        <v>2196</v>
+      </c>
+      <c r="D596" s="38">
+        <v>46042</v>
+      </c>
+    </row>
+    <row r="597" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A597" s="15" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B597" s="30" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C597" s="72" t="s">
+        <v>2197</v>
+      </c>
+      <c r="D597" s="38">
+        <v>46275</v>
+      </c>
+    </row>
+    <row r="598" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A598" s="15" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B598" s="25" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C598" s="72" t="s">
+        <v>1227</v>
+      </c>
+      <c r="D598" s="38">
+        <v>46045</v>
+      </c>
+    </row>
+    <row r="599" spans="1:4" ht="207.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A599" s="16" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B599" s="24" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C599" s="72" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D599" s="38">
+        <v>46054</v>
+      </c>
+    </row>
+    <row r="600" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A600" s="15" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B600" s="30" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C600" s="72" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D600" s="38">
+        <v>46047</v>
+      </c>
+    </row>
+    <row r="601" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A601" s="15" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B601" s="30" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C601" s="72" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D601" s="38">
+        <v>46048</v>
+      </c>
+    </row>
+    <row r="602" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A602" s="15" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B602" s="30" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C602" s="72" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D602" s="38">
+        <v>46047</v>
+      </c>
+    </row>
+    <row r="603" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A603" s="15" t="s">
+        <v>2428</v>
+      </c>
+      <c r="B603" s="24" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C603" s="72" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D603" s="38">
+        <v>46060</v>
+      </c>
+    </row>
+    <row r="604" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A604" s="15" t="s">
+        <v>2500</v>
+      </c>
+      <c r="B604" s="24" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C604" s="72" t="s">
+        <v>2198</v>
+      </c>
+      <c r="D604" s="38">
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="605" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A605" s="15" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B605" s="30" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C605" s="72" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D605" s="33">
+        <v>46074</v>
+      </c>
+    </row>
+    <row r="606" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A606" s="15" t="s">
+        <v>2610</v>
+      </c>
+      <c r="B606" s="24" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C606" s="72" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D606" s="38">
+        <v>46076</v>
+      </c>
+    </row>
+    <row r="607" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A607" s="15" t="s">
+        <v>2429</v>
+      </c>
+      <c r="B607" s="24" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C607" s="72" t="s">
+        <v>2199</v>
+      </c>
+      <c r="D607" s="38">
+        <v>46078</v>
+      </c>
+    </row>
+    <row r="608" spans="1:4" ht="123.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A608" s="15" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B608" s="24" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C608" s="72" t="s">
+        <v>2200</v>
+      </c>
+      <c r="D608" s="38">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="609" spans="1:4" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A609" s="15" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B609" s="25" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C609" s="72" t="s">
+        <v>2201</v>
+      </c>
+      <c r="D609" s="33">
+        <v>46084</v>
+      </c>
+    </row>
+    <row r="610" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A610" s="15" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B610" s="24" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C610" s="72" t="s">
+        <v>2202</v>
+      </c>
+      <c r="D610" s="33">
+        <v>46092</v>
+      </c>
+    </row>
+    <row r="611" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A611" s="15" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B611" s="30" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C611" s="72" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D611" s="38">
+        <v>46102</v>
+      </c>
+    </row>
+    <row r="612" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A612" s="15" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B612" s="30" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C612" s="72" t="s">
+        <v>2203</v>
+      </c>
+      <c r="D612" s="38">
+        <v>46311</v>
+      </c>
+    </row>
+    <row r="613" spans="1:4" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A613" s="15" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B613" s="30" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C613" s="72" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D613" s="38">
+        <v>46101</v>
+      </c>
+    </row>
+    <row r="614" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A614" s="15" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B614" s="30" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C614" s="72" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D614" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="615" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A615" s="15" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B615" s="30" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C615" s="72" t="s">
+        <v>2204</v>
+      </c>
+      <c r="D615" s="33">
+        <v>46117</v>
+      </c>
+    </row>
+    <row r="616" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A616" s="14" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B616" s="25" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C616" s="72" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D616" s="33">
+        <v>46122</v>
+      </c>
+    </row>
+    <row r="617" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A617" s="13" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B617" s="24" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C617" s="72" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D617" s="33">
+        <v>46126</v>
+      </c>
+    </row>
+    <row r="618" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A618" s="15" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B618" s="24" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C618" s="72" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D618" s="33">
+        <v>46126</v>
+      </c>
+    </row>
+    <row r="619" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A619" s="15" t="s">
+        <v>2378</v>
+      </c>
+      <c r="B619" s="30" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C619" s="72" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D619" s="33">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="620" spans="1:4" ht="171.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A620" s="16" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B620" s="24" t="s">
+        <v>242</v>
+      </c>
+      <c r="C620" s="72" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D620" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="621" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A621" s="15" t="s">
+        <v>3373</v>
+      </c>
+      <c r="B621" s="72" t="s">
+        <v>3068</v>
+      </c>
+      <c r="C621" s="72" t="s">
+        <v>489</v>
+      </c>
+      <c r="D621" s="33">
+        <v>46102</v>
+      </c>
+    </row>
+    <row r="622" spans="1:4" ht="174.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A622" s="16" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B622" s="24" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C622" s="72" t="s">
+        <v>368</v>
+      </c>
+      <c r="D622" s="38">
+        <v>46139</v>
+      </c>
+    </row>
+    <row r="623" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A623" s="15" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B623" s="30" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C623" s="72" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D623" s="33">
+        <v>46138</v>
+      </c>
+    </row>
+    <row r="624" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A624" s="15" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B624" s="25" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C624" s="72" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D624" s="38">
+        <v>46163</v>
+      </c>
+    </row>
+    <row r="625" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A625" s="15" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B625" s="24" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C625" s="72" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D625" s="33">
+        <v>46141</v>
+      </c>
+    </row>
+    <row r="626" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A626" s="16" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B626" s="24" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C626" s="72" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D626" s="33">
+        <v>46140</v>
+      </c>
+    </row>
+    <row r="627" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A627" s="15" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B627" s="30" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C627" s="72" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D627" s="33">
+        <v>46144</v>
+      </c>
+    </row>
+    <row r="628" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A628" s="15" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B628" s="30" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C628" s="72" t="s">
+        <v>2206</v>
+      </c>
+      <c r="D628" s="33">
+        <v>46144</v>
+      </c>
+    </row>
+    <row r="629" spans="1:4" ht="142.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A629" s="15" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B629" s="24" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C629" s="72" t="s">
+        <v>2207</v>
+      </c>
+      <c r="D629" s="38">
+        <v>46147</v>
+      </c>
+    </row>
+    <row r="630" spans="1:4" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A630" s="21" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B630" s="24" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C630" s="72" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D630" s="33">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="631" spans="1:4" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A631" s="15" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B631" s="30" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C631" s="72" t="s">
+        <v>2208</v>
+      </c>
+      <c r="D631" s="33">
+        <v>46153</v>
+      </c>
+    </row>
+    <row r="632" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A632" s="15" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B632" s="35" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C632" s="72" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D632" s="33">
+        <v>46159</v>
+      </c>
+    </row>
+    <row r="633" spans="1:4" ht="173.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A633" s="15" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B633" s="30" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C633" s="72" t="s">
+        <v>2209</v>
+      </c>
+      <c r="D633" s="33">
+        <v>46165</v>
+      </c>
+    </row>
+    <row r="634" spans="1:4" ht="255" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A634" s="13" t="s">
+        <v>2784</v>
+      </c>
+      <c r="B634" s="24" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C634" s="72" t="s">
+        <v>2210</v>
+      </c>
+      <c r="D634" s="33">
+        <v>46129</v>
+      </c>
+    </row>
+    <row r="635" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A635" s="15" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B635" s="24" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C635" s="72" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D635" s="33">
+        <v>46165</v>
+      </c>
+    </row>
+    <row r="636" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A636" s="15" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B636" s="24" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C636" s="72" t="s">
+        <v>2211</v>
+      </c>
+      <c r="D636" s="33">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="637" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A637" s="15" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B637" s="24" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C637" s="72" t="s">
+        <v>2212</v>
+      </c>
+      <c r="D637" s="33">
+        <v>46174</v>
+      </c>
+    </row>
+    <row r="638" spans="1:4" ht="242.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A638" s="16" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B638" s="30" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C638" s="72" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D638" s="38">
+        <v>46175</v>
+      </c>
+    </row>
+    <row r="639" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A639" s="15" t="s">
+        <v>686</v>
+      </c>
+      <c r="B639" s="24" t="s">
+        <v>111</v>
+      </c>
+      <c r="C639" s="72" t="s">
+        <v>687</v>
+      </c>
+      <c r="D639" s="38">
+        <v>46226</v>
+      </c>
+    </row>
+    <row r="640" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A640" s="15" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B640" s="30" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C640" s="72" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D640" s="33">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="641" spans="1:4" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A641" s="15" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B641" s="24" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C641" s="72" t="s">
+        <v>2213</v>
+      </c>
+      <c r="D641" s="38">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="642" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A642" s="15" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B642" s="24" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C642" s="72" t="s">
+        <v>3582</v>
+      </c>
+      <c r="D642" s="33">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="643" spans="1:4" ht="148.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A643" s="15" t="s">
+        <v>2466</v>
+      </c>
+      <c r="B643" s="30" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C643" s="72" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D643" s="33">
+        <v>46196</v>
+      </c>
+    </row>
+    <row r="644" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A644" s="15" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B644" s="30" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C644" s="72" t="s">
+        <v>2214</v>
+      </c>
+      <c r="D644" s="33">
+        <v>46202</v>
+      </c>
+    </row>
+    <row r="645" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A645" s="15" t="s">
+        <v>2467</v>
+      </c>
+      <c r="B645" s="24" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C645" s="72" t="s">
+        <v>3583</v>
+      </c>
+      <c r="D645" s="33">
+        <v>46264</v>
+      </c>
+    </row>
+    <row r="646" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A646" s="15" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B646" s="25" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C646" s="72" t="s">
+        <v>2215</v>
+      </c>
+      <c r="D646" s="38">
+        <v>46202</v>
+      </c>
+    </row>
+    <row r="647" spans="1:4" ht="167.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A647" s="13" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B647" s="24" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C647" s="72" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D647" s="38">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="648" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A648" s="15" t="s">
+        <v>2627</v>
+      </c>
+      <c r="B648" s="30" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C648" s="72" t="s">
+        <v>2216</v>
+      </c>
+      <c r="D648" s="38">
+        <v>46199</v>
+      </c>
+    </row>
+    <row r="649" spans="1:4" ht="93" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A649" s="16" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B649" s="24" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C649" s="72" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D649" s="33">
+        <v>46202</v>
+      </c>
+    </row>
+    <row r="650" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A650" s="15" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B650" s="34" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C650" s="72" t="s">
+        <v>1338</v>
+      </c>
+      <c r="D650" s="38">
+        <v>46209</v>
+      </c>
+    </row>
+    <row r="651" spans="1:4" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A651" s="15" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B651" s="30" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C651" s="72" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D651" s="33">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="652" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A652" s="15" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B652" s="24" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C652" s="72" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D652" s="38">
+        <v>46200</v>
+      </c>
+    </row>
+    <row r="653" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A653" s="15" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B653" s="24" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C653" s="72" t="s">
+        <v>53</v>
+      </c>
+      <c r="D653" s="38">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="654" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A654" s="15" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B654" s="30" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C654" s="72" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D654" s="33">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="655" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A655" s="15" t="s">
+        <v>2601</v>
+      </c>
+      <c r="B655" s="30" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C655" s="72" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D655" s="33">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="656" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A656" s="15" t="s">
+        <v>3093</v>
+      </c>
+      <c r="B656" s="34" t="s">
+        <v>3094</v>
+      </c>
+      <c r="C656" s="72" t="s">
+        <v>90</v>
+      </c>
+      <c r="D656" s="33">
+        <v>46198</v>
+      </c>
+    </row>
+    <row r="657" spans="1:4" ht="250.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A657" s="16" t="s">
+        <v>3147</v>
+      </c>
+      <c r="B657" s="24" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C657" s="72" t="s">
+        <v>2217</v>
+      </c>
+      <c r="D657" s="49">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="658" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A658" s="53" t="s">
+        <v>2737</v>
+      </c>
+      <c r="B658" s="25" t="s">
+        <v>1908</v>
+      </c>
+      <c r="C658" s="72" t="s">
+        <v>2218</v>
+      </c>
+      <c r="D658" s="54">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="659" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A659" s="15" t="s">
+        <v>2674</v>
+      </c>
+      <c r="B659" s="72" t="s">
+        <v>2673</v>
+      </c>
+      <c r="C659" s="72" t="s">
+        <v>2219</v>
+      </c>
+      <c r="D659" s="33">
+        <v>46064</v>
+      </c>
+    </row>
+    <row r="660" spans="1:4" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A660" s="15" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B660" s="30" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C660" s="72" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D660" s="38">
+        <v>46250</v>
+      </c>
+    </row>
+    <row r="661" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A661" s="15" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B661" s="30" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C661" s="72" t="s">
+        <v>2220</v>
+      </c>
+      <c r="D661" s="38">
+        <v>46349</v>
+      </c>
+    </row>
+    <row r="662" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A662" s="15" t="s">
+        <v>2412</v>
+      </c>
+      <c r="B662" s="24" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C662" s="72" t="s">
+        <v>502</v>
+      </c>
+      <c r="D662" s="33">
+        <v>46226</v>
+      </c>
+    </row>
+    <row r="663" spans="1:4" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A663" s="15" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B663" s="25" t="s">
+        <v>3391</v>
+      </c>
+      <c r="C663" s="72" t="s">
+        <v>194</v>
+      </c>
+      <c r="D663" s="38">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="664" spans="1:4" ht="268.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A664" s="15" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B664" s="24" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C664" s="72" t="s">
+        <v>3584</v>
+      </c>
+      <c r="D664" s="38">
+        <v>46266</v>
+      </c>
+    </row>
+    <row r="665" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A665" s="15" t="s">
+        <v>3337</v>
+      </c>
+      <c r="B665" s="30" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C665" s="72" t="s">
+        <v>2221</v>
+      </c>
+      <c r="D665" s="38">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="666" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A666" s="15" t="s">
+        <v>2615</v>
+      </c>
+      <c r="B666" s="24" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C666" s="72" t="s">
+        <v>662</v>
+      </c>
+      <c r="D666" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="667" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A667" s="15" t="s">
+        <v>2616</v>
+      </c>
+      <c r="B667" s="24" t="s">
+        <v>2617</v>
+      </c>
+      <c r="C667" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D667" s="33">
+        <v>46048</v>
+      </c>
+    </row>
+    <row r="668" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A668" s="13" t="s">
+        <v>3374</v>
+      </c>
+      <c r="B668" s="24" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C668" s="72" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D668" s="33">
+        <v>46281</v>
+      </c>
+    </row>
+    <row r="669" spans="1:4" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A669" s="15" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B669" s="24" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C669" s="72" t="s">
+        <v>3585</v>
+      </c>
+      <c r="D669" s="38">
+        <v>46282</v>
+      </c>
+    </row>
+    <row r="670" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A670" s="15" t="s">
+        <v>3357</v>
+      </c>
+      <c r="B670" s="24" t="s">
+        <v>1369</v>
+      </c>
+      <c r="C670" s="72" t="s">
+        <v>2222</v>
+      </c>
+      <c r="D670" s="38">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="671" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A671" s="15" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B671" s="30" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C671" s="72" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D671" s="38">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="672" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A672" s="15" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B672" s="30" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C672" s="72" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D672" s="38">
+        <v>46292</v>
+      </c>
+    </row>
+    <row r="673" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A673" s="15" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B673" s="30" t="s">
+        <v>1377</v>
+      </c>
+      <c r="C673" s="72" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D673" s="38">
+        <v>46331</v>
+      </c>
+    </row>
+    <row r="674" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A674" s="15" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B674" s="30" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C674" s="72" t="s">
+        <v>2223</v>
+      </c>
+      <c r="D674" s="33">
+        <v>46299</v>
+      </c>
+    </row>
+    <row r="675" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A675" s="13" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B675" s="24" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C675" s="72" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D675" s="38">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="676" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A676" s="15" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B676" s="30" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C676" s="72" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D676" s="33">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="677" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A677" s="13" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B677" s="72" t="s">
+        <v>3419</v>
+      </c>
+      <c r="C677" s="72" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D677" s="33">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="678" spans="1:4" ht="106.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A678" s="16" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B678" s="24" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C678" s="72" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D678" s="33">
+        <v>46100</v>
+      </c>
+    </row>
+    <row r="679" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A679" s="15" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B679" s="24" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C679" s="72" t="s">
+        <v>90</v>
+      </c>
+      <c r="D679" s="38">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="680" spans="1:4" ht="183.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A680" s="13" t="s">
+        <v>2384</v>
+      </c>
+      <c r="B680" s="24" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C680" s="72" t="s">
+        <v>2224</v>
+      </c>
+      <c r="D680" s="33">
+        <v>45995</v>
+      </c>
+    </row>
+    <row r="681" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A681" s="15" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B681" s="24" t="s">
+        <v>1395</v>
+      </c>
+      <c r="C681" s="72" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D681" s="33">
+        <v>46321</v>
+      </c>
+    </row>
+    <row r="682" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A682" s="15" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B682" s="30" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C682" s="72" t="s">
+        <v>2225</v>
+      </c>
+      <c r="D682" s="33">
+        <v>46320</v>
+      </c>
+    </row>
+    <row r="683" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A683" s="15" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B683" s="35" t="s">
+        <v>1400</v>
+      </c>
+      <c r="C683" s="72" t="s">
+        <v>2226</v>
+      </c>
+      <c r="D683" s="33">
+        <v>46314</v>
+      </c>
+    </row>
+    <row r="684" spans="1:4" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A684" s="15" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B684" s="24" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C684" s="72" t="s">
+        <v>1403</v>
+      </c>
+      <c r="D684" s="49">
+        <v>46323</v>
+      </c>
+    </row>
+    <row r="685" spans="1:4" ht="299.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A685" s="16" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B685" s="25" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C685" s="72" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D685" s="38">
+        <v>46118</v>
+      </c>
+    </row>
+    <row r="686" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A686" s="15" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B686" s="30" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C686" s="72" t="s">
+        <v>1409</v>
+      </c>
+      <c r="D686" s="38">
+        <v>45975</v>
+      </c>
+    </row>
+    <row r="687" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A687" s="15" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B687" s="24" t="s">
+        <v>848</v>
+      </c>
+      <c r="C687" s="72" t="s">
+        <v>849</v>
+      </c>
+      <c r="D687" s="38">
+        <v>46280</v>
+      </c>
+    </row>
+    <row r="688" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A688" s="15" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B688" s="30" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C688" s="72" t="s">
+        <v>1413</v>
+      </c>
+      <c r="D688" s="38">
+        <v>46350</v>
+      </c>
+    </row>
+    <row r="689" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A689" s="15" t="s">
+        <v>2369</v>
+      </c>
+      <c r="B689" s="30" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C689" s="72" t="s">
+        <v>3586</v>
+      </c>
+      <c r="D689" s="38">
+        <v>46347</v>
+      </c>
+    </row>
+    <row r="690" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A690" s="15" t="s">
+        <v>2372</v>
+      </c>
+      <c r="B690" s="30" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C690" s="72" t="s">
+        <v>2227</v>
+      </c>
+      <c r="D690" s="38">
+        <v>45983</v>
+      </c>
+    </row>
+    <row r="691" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A691" s="15" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B691" s="30" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C691" s="72" t="s">
+        <v>3587</v>
+      </c>
+      <c r="D691" s="38">
+        <v>46348</v>
+      </c>
+    </row>
+    <row r="692" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A692" s="15" t="s">
+        <v>3326</v>
+      </c>
+      <c r="B692" s="30" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C692" s="72" t="s">
+        <v>2228</v>
+      </c>
+      <c r="D692" s="38">
+        <v>45984</v>
+      </c>
+    </row>
+    <row r="693" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A693" s="15" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B693" s="30" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C693" s="72" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D693" s="38">
+        <v>45984</v>
+      </c>
+    </row>
+    <row r="694" spans="1:4" ht="258.75" x14ac:dyDescent="0.25">
+      <c r="A694" s="15" t="s">
+        <v>2371</v>
+      </c>
+      <c r="B694" s="30" t="s">
+        <v>2411</v>
+      </c>
+      <c r="C694" s="72" t="s">
+        <v>2229</v>
+      </c>
+      <c r="D694" s="38">
+        <v>46345</v>
+      </c>
+    </row>
+    <row r="695" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A695" s="15" t="s">
+        <v>3507</v>
+      </c>
+      <c r="B695" s="30" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C695" s="72" t="s">
+        <v>3588</v>
+      </c>
+      <c r="D695" s="38">
+        <v>46349</v>
+      </c>
+    </row>
+    <row r="696" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A696" s="15" t="s">
+        <v>2358</v>
+      </c>
+      <c r="B696" s="30" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C696" s="72" t="s">
+        <v>2230</v>
+      </c>
+      <c r="D696" s="38">
+        <v>46351</v>
+      </c>
+    </row>
+    <row r="697" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A697" s="15" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B697" s="30" t="s">
+        <v>1425</v>
+      </c>
+      <c r="C697" s="72" t="s">
+        <v>2231</v>
+      </c>
+      <c r="D697" s="38">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="698" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A698" s="15" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B698" s="30" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C698" s="72" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D698" s="38">
+        <v>45989</v>
+      </c>
+    </row>
+    <row r="699" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A699" s="15" t="s">
+        <v>2359</v>
+      </c>
+      <c r="B699" s="24" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C699" s="72" t="s">
+        <v>1430</v>
+      </c>
+      <c r="D699" s="38">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="700" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A700" s="15" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B700" s="30" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C700" s="72" t="s">
+        <v>1433</v>
+      </c>
+      <c r="D700" s="33">
+        <v>45998</v>
+      </c>
+    </row>
+    <row r="701" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A701" s="15" t="s">
+        <v>2360</v>
+      </c>
+      <c r="B701" s="24" t="s">
+        <v>1900</v>
+      </c>
+      <c r="C701" s="72" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D701" s="33">
+        <v>46230</v>
+      </c>
+    </row>
+    <row r="702" spans="1:4" ht="90.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A702" s="13" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B702" s="25" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C702" s="72" t="s">
+        <v>1436</v>
+      </c>
+      <c r="D702" s="33">
+        <v>46005</v>
+      </c>
+    </row>
+    <row r="703" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A703" s="15" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B703" s="24" t="s">
+        <v>111</v>
+      </c>
+      <c r="C703" s="72" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D703" s="33">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="704" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A704" s="15" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B704" s="30" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C704" s="72" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D704" s="38">
+        <v>46010</v>
+      </c>
+    </row>
+    <row r="705" spans="1:4" ht="103.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A705" s="16" t="s">
+        <v>2375</v>
+      </c>
+      <c r="B705" s="30" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C705" s="72" t="s">
+        <v>2232</v>
+      </c>
+      <c r="D705" s="38">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="706" spans="1:4" ht="96" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A706" s="45" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B706" s="32" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C706" s="72" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D706" s="48">
+        <v>46012</v>
+      </c>
+    </row>
+    <row r="707" spans="1:4" ht="143.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A707" s="15" t="s">
+        <v>2400</v>
+      </c>
+      <c r="B707" s="30" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C707" s="72" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D707" s="38">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="708" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A708" s="13" t="s">
+        <v>2401</v>
+      </c>
+      <c r="B708" s="25" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C708" s="72" t="s">
+        <v>1449</v>
+      </c>
+      <c r="D708" s="38">
+        <v>46019</v>
+      </c>
+    </row>
+    <row r="709" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A709" s="15" t="s">
+        <v>1450</v>
+      </c>
+      <c r="B709" s="24" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C709" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D709" s="33">
+        <v>45983</v>
+      </c>
+    </row>
+    <row r="710" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A710" s="13" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B710" s="24" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C710" s="72" t="s">
+        <v>1454</v>
+      </c>
+      <c r="D710" s="33">
+        <v>46035</v>
+      </c>
+    </row>
+    <row r="711" spans="1:4" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A711" s="15" t="s">
+        <v>2402</v>
+      </c>
+      <c r="B711" s="30" t="s">
+        <v>1455</v>
+      </c>
+      <c r="C711" s="72" t="s">
+        <v>3589</v>
+      </c>
+      <c r="D711" s="33">
+        <v>46030</v>
+      </c>
+    </row>
+    <row r="712" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A712" s="15" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B712" s="30" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C712" s="72" t="s">
+        <v>2233</v>
+      </c>
+      <c r="D712" s="33">
+        <v>46320</v>
+      </c>
+    </row>
+    <row r="713" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A713" s="15" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B713" s="24" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C713" s="72" t="s">
+        <v>1460</v>
+      </c>
+      <c r="D713" s="33">
+        <v>46038</v>
+      </c>
+    </row>
+    <row r="714" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A714" s="15" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B714" s="30" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C714" s="72" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D714" s="33">
+        <v>46038</v>
+      </c>
+    </row>
+    <row r="715" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A715" s="15" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B715" s="24" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C715" s="72" t="s">
+        <v>2234</v>
+      </c>
+      <c r="D715" s="33">
+        <v>46040</v>
+      </c>
+    </row>
+    <row r="716" spans="1:4" ht="146.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A716" s="15" t="s">
+        <v>1466</v>
+      </c>
+      <c r="B716" s="30" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C716" s="72" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D716" s="38">
+        <v>46046</v>
+      </c>
+    </row>
+    <row r="717" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A717" s="15" t="s">
+        <v>3226</v>
+      </c>
+      <c r="B717" s="30" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C717" s="72" t="s">
+        <v>1470</v>
+      </c>
+      <c r="D717" s="38">
+        <v>46049</v>
+      </c>
+    </row>
+    <row r="718" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A718" s="15" t="s">
+        <v>2471</v>
+      </c>
+      <c r="B718" s="30" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C718" s="72" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D718" s="38">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="719" spans="1:4" ht="101.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A719" s="15" t="s">
+        <v>3164</v>
+      </c>
+      <c r="B719" s="34" t="s">
+        <v>3165</v>
+      </c>
+      <c r="C719" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D719" s="33">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="720" spans="1:4" ht="165" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A720" s="20" t="s">
+        <v>2382</v>
+      </c>
+      <c r="B720" s="24" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C720" s="72" t="s">
+        <v>553</v>
+      </c>
+      <c r="D720" s="33">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="721" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A721" s="15" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B721" s="46" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C721" s="72" t="s">
+        <v>2235</v>
+      </c>
+      <c r="D721" s="38">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="722" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A722" s="15" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B722" s="30" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C722" s="72" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D722" s="38">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="723" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A723" s="15" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B723" s="30" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C723" s="72" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D723" s="38">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="724" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A724" s="15" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B724" s="30" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C724" s="72" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D724" s="38">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="725" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A725" s="15" t="s">
+        <v>2357</v>
+      </c>
+      <c r="B725" s="30" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C725" s="72" t="s">
+        <v>1484</v>
+      </c>
+      <c r="D725" s="38">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="726" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A726" s="15" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B726" s="30" t="s">
+        <v>1486</v>
+      </c>
+      <c r="C726" s="72" t="s">
+        <v>2236</v>
+      </c>
+      <c r="D726" s="38">
+        <v>46060</v>
+      </c>
+    </row>
+    <row r="727" spans="1:4" ht="196.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A727" s="15" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B727" s="30" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C727" s="72" t="s">
+        <v>143</v>
+      </c>
+      <c r="D727" s="38">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="728" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A728" s="15" t="s">
+        <v>2356</v>
+      </c>
+      <c r="B728" s="30" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C728" s="72" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D728" s="38">
+        <v>46003</v>
+      </c>
+    </row>
+    <row r="729" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A729" s="15" t="s">
+        <v>2539</v>
+      </c>
+      <c r="B729" s="30" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C729" s="72" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D729" s="38">
+        <v>46091</v>
+      </c>
+    </row>
+    <row r="730" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A730" s="15" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B730" s="25" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C730" s="72" t="s">
+        <v>1494</v>
+      </c>
+      <c r="D730" s="38">
+        <v>46090</v>
+      </c>
+    </row>
+    <row r="731" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A731" s="15" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B731" s="30" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C731" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D731" s="38">
+        <v>46063</v>
+      </c>
+    </row>
+    <row r="732" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A732" s="15" t="s">
+        <v>2540</v>
+      </c>
+      <c r="B732" s="30" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C732" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D732" s="38">
+        <v>46063</v>
+      </c>
+    </row>
+    <row r="733" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A733" s="15" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B733" s="30" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C733" s="72" t="s">
+        <v>2237</v>
+      </c>
+      <c r="D733" s="38">
+        <v>46063</v>
+      </c>
+    </row>
+    <row r="734" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A734" s="15" t="s">
+        <v>2541</v>
+      </c>
+      <c r="B734" s="30" t="s">
+        <v>1500</v>
+      </c>
+      <c r="C734" s="72" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D734" s="38">
+        <v>46070</v>
+      </c>
+    </row>
+    <row r="735" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A735" s="15" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B735" s="35" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C735" s="72" t="s">
+        <v>80</v>
+      </c>
+      <c r="D735" s="38">
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="736" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A736" s="15" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B736" s="30" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C736" s="72" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D736" s="38">
+        <v>46097</v>
+      </c>
+    </row>
+    <row r="737" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A737" s="15" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B737" s="35" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C737" s="72" t="s">
+        <v>80</v>
+      </c>
+      <c r="D737" s="38">
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="738" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A738" s="15" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B738" s="30" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C738" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D738" s="38">
+        <v>46070</v>
+      </c>
+    </row>
+    <row r="739" spans="1:4" ht="198" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A739" s="14" t="s">
+        <v>2421</v>
+      </c>
+      <c r="B739" s="34" t="s">
+        <v>2686</v>
+      </c>
+      <c r="C739" s="72" t="s">
+        <v>1509</v>
+      </c>
+      <c r="D739" s="33">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="740" spans="1:4" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A740" s="15" t="s">
+        <v>2731</v>
+      </c>
+      <c r="B740" s="30" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C740" s="72" t="s">
+        <v>3590</v>
+      </c>
+      <c r="D740" s="38">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="741" spans="1:4" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A741" s="15" t="s">
+        <v>2657</v>
+      </c>
+      <c r="B741" s="30" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C741" s="72" t="s">
+        <v>3591</v>
+      </c>
+      <c r="D741" s="38">
+        <v>46074</v>
+      </c>
+    </row>
+    <row r="742" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A742" s="15" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B742" s="30" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C742" s="72" t="s">
+        <v>2238</v>
+      </c>
+      <c r="D742" s="38">
+        <v>46075</v>
+      </c>
+    </row>
+    <row r="743" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A743" s="15" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B743" s="25" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C743" s="72" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D743" s="38">
+        <v>46076</v>
+      </c>
+    </row>
+    <row r="744" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A744" s="15" t="s">
+        <v>1517</v>
+      </c>
+      <c r="B744" s="24" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C744" s="72" t="s">
+        <v>771</v>
+      </c>
+      <c r="D744" s="33">
+        <v>46075</v>
+      </c>
+    </row>
+    <row r="745" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A745" s="15" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B745" s="30" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C745" s="72" t="s">
+        <v>1521</v>
+      </c>
+      <c r="D745" s="38">
+        <v>46076</v>
+      </c>
+    </row>
+    <row r="746" spans="1:4" ht="270" x14ac:dyDescent="0.25">
+      <c r="A746" s="13" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B746" s="25" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C746" s="72" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D746" s="33">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="747" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A747" s="15" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B747" s="30" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C747" s="72" t="s">
+        <v>1527</v>
+      </c>
+      <c r="D747" s="38">
+        <v>46077</v>
+      </c>
+    </row>
+    <row r="748" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A748" s="15" t="s">
+        <v>1528</v>
+      </c>
+      <c r="B748" s="30" t="s">
+        <v>1529</v>
+      </c>
+      <c r="C748" s="72" t="s">
+        <v>1530</v>
+      </c>
+      <c r="D748" s="66">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="749" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A749" s="15" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B749" s="30" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C749" s="72" t="s">
+        <v>3592</v>
+      </c>
+      <c r="D749" s="38">
+        <v>46089</v>
+      </c>
+    </row>
+    <row r="750" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A750" s="15" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B750" s="25" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C750" s="72" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D750" s="38">
+        <v>46089</v>
+      </c>
+    </row>
+    <row r="751" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A751" s="15" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B751" s="30" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C751" s="72" t="s">
+        <v>194</v>
+      </c>
+      <c r="D751" s="38">
+        <v>46090</v>
+      </c>
+    </row>
+    <row r="752" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A752" s="13" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B752" s="24" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C752" s="72" t="s">
+        <v>1509</v>
+      </c>
+      <c r="D752" s="33">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="753" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A753" s="15" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B753" s="30" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C753" s="72" t="s">
+        <v>2239</v>
+      </c>
+      <c r="D753" s="38">
+        <v>46140</v>
+      </c>
+    </row>
+    <row r="754" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A754" s="15" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B754" s="30" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C754" s="72" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D754" s="38">
+        <v>46141</v>
+      </c>
+    </row>
+    <row r="755" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A755" s="15" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B755" s="30" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C755" s="72" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D755" s="38">
+        <v>46140</v>
+      </c>
+    </row>
+    <row r="756" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A756" s="15" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B756" s="30" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C756" s="72" t="s">
+        <v>2240</v>
+      </c>
+      <c r="D756" s="38">
+        <v>46145</v>
+      </c>
+    </row>
+    <row r="757" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A757" s="15" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B757" s="30" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C757" s="72" t="s">
+        <v>2241</v>
+      </c>
+      <c r="D757" s="38">
+        <v>46151</v>
+      </c>
+    </row>
+    <row r="758" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A758" s="15" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B758" s="30" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C758" s="72" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D758" s="38">
+        <v>46021</v>
+      </c>
+    </row>
+    <row r="759" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A759" s="15" t="s">
+        <v>2671</v>
+      </c>
+      <c r="B759" s="30" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C759" s="72" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D759" s="38">
+        <v>46153</v>
+      </c>
+    </row>
+    <row r="760" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A760" s="15" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B760" s="30" t="s">
+        <v>965</v>
+      </c>
+      <c r="C760" s="72" t="s">
+        <v>966</v>
+      </c>
+      <c r="D760" s="33">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="761" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A761" s="15" t="s">
+        <v>2672</v>
+      </c>
+      <c r="B761" s="30" t="s">
+        <v>1558</v>
+      </c>
+      <c r="C761" s="72" t="s">
+        <v>2242</v>
+      </c>
+      <c r="D761" s="38">
+        <v>46111</v>
+      </c>
+    </row>
+    <row r="762" spans="1:4" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A762" s="14" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B762" s="24" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C762" s="72" t="s">
+        <v>1562</v>
+      </c>
+      <c r="D762" s="33">
+        <v>46168</v>
+      </c>
+    </row>
+    <row r="763" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A763" s="15" t="s">
+        <v>3237</v>
+      </c>
+      <c r="B763" s="24" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C763" s="72" t="s">
+        <v>17</v>
+      </c>
+      <c r="D763" s="33">
+        <v>46240</v>
+      </c>
+    </row>
+    <row r="764" spans="1:4" ht="249" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A764" s="15" t="s">
+        <v>2361</v>
+      </c>
+      <c r="B764" s="30" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C764" s="72" t="s">
+        <v>2243</v>
+      </c>
+      <c r="D764" s="33">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="765" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A765" s="15" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B765" s="24" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C765" s="72" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D765" s="33">
+        <v>46126</v>
+      </c>
+    </row>
+    <row r="766" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A766" s="15" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B766" s="24" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C766" s="72" t="s">
+        <v>2244</v>
+      </c>
+      <c r="D766" s="33">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="767" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A767" s="15" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B767" s="30" t="s">
+        <v>1571</v>
+      </c>
+      <c r="C767" s="72" t="s">
+        <v>2245</v>
+      </c>
+      <c r="D767" s="38">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="768" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A768" s="15" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B768" s="24" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C768" s="72" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D768" s="33">
+        <v>46144</v>
+      </c>
+    </row>
+    <row r="769" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A769" s="15" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B769" s="30" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C769" s="72" t="s">
+        <v>1577</v>
+      </c>
+      <c r="D769" s="33">
+        <v>46189</v>
+      </c>
+    </row>
+    <row r="770" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A770" s="15" t="s">
+        <v>3301</v>
+      </c>
+      <c r="B770" s="30" t="s">
+        <v>1578</v>
+      </c>
+      <c r="C770" s="72" t="s">
+        <v>2246</v>
+      </c>
+      <c r="D770" s="33">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="771" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A771" s="15" t="s">
+        <v>2580</v>
+      </c>
+      <c r="B771" s="25" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C771" s="72" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D771" s="38">
+        <v>46194</v>
+      </c>
+    </row>
+    <row r="772" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A772" s="15" t="s">
+        <v>3234</v>
+      </c>
+      <c r="B772" s="30" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C772" s="72" t="s">
+        <v>2247</v>
+      </c>
+      <c r="D772" s="33">
+        <v>46194</v>
+      </c>
+    </row>
+    <row r="773" spans="1:4" ht="174" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A773" s="13" t="s">
+        <v>2579</v>
+      </c>
+      <c r="B773" s="24" t="s">
+        <v>1582</v>
+      </c>
+      <c r="C773" s="72" t="s">
+        <v>1583</v>
+      </c>
+      <c r="D773" s="33">
+        <v>46195</v>
+      </c>
+    </row>
+    <row r="774" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A774" s="15" t="s">
+        <v>1584</v>
+      </c>
+      <c r="B774" s="24" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C774" s="72" t="s">
+        <v>236</v>
+      </c>
+      <c r="D774" s="33">
+        <v>46196</v>
+      </c>
+    </row>
+    <row r="775" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A775" s="15" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B775" s="24" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C775" s="72" t="s">
+        <v>90</v>
+      </c>
+      <c r="D775" s="33">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="776" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A776" s="15" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B776" s="30" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C776" s="72" t="s">
+        <v>2248</v>
+      </c>
+      <c r="D776" s="33">
+        <v>46197</v>
+      </c>
+    </row>
+    <row r="777" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A777" s="15" t="s">
+        <v>3055</v>
+      </c>
+      <c r="B777" s="30" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C777" s="72" t="s">
+        <v>1591</v>
+      </c>
+      <c r="D777" s="33">
+        <v>46251</v>
+      </c>
+    </row>
+    <row r="778" spans="1:4" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A778" s="15" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B778" s="24" t="s">
+        <v>3140</v>
+      </c>
+      <c r="C778" s="72" t="s">
+        <v>1593</v>
+      </c>
+      <c r="D778" s="38">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="779" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A779" s="15" t="s">
+        <v>1594</v>
+      </c>
+      <c r="B779" s="24" t="s">
+        <v>562</v>
+      </c>
+      <c r="C779" s="72" t="s">
+        <v>2249</v>
+      </c>
+      <c r="D779" s="38">
+        <v>46250</v>
+      </c>
+    </row>
+    <row r="780" spans="1:4" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A780" s="15" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B780" s="24" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C780" s="72" t="s">
+        <v>67</v>
+      </c>
+      <c r="D780" s="38">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="781" spans="1:4" ht="157.5" x14ac:dyDescent="0.25">
+      <c r="A781" s="15" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B781" s="30" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C781" s="72" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D781" s="38">
+        <v>46216</v>
+      </c>
+    </row>
+    <row r="782" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A782" s="15" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B782" s="30" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C782" s="72" t="s">
+        <v>1601</v>
+      </c>
+      <c r="D782" s="38">
+        <v>46124</v>
+      </c>
+    </row>
+    <row r="783" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A783" s="15" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B783" s="24" t="s">
+        <v>1603</v>
+      </c>
+      <c r="C783" s="72" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D783" s="33">
+        <v>46220</v>
+      </c>
+    </row>
+    <row r="784" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A784" s="13" t="s">
+        <v>3054</v>
+      </c>
+      <c r="B784" s="25" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C784" s="72" t="s">
+        <v>2250</v>
+      </c>
+      <c r="D784" s="38">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="785" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A785" s="15" t="s">
+        <v>1606</v>
+      </c>
+      <c r="B785" s="24" t="s">
+        <v>3158</v>
+      </c>
+      <c r="C785" s="72" t="s">
+        <v>1607</v>
+      </c>
+      <c r="D785" s="38">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="786" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A786" s="15" t="s">
+        <v>3172</v>
+      </c>
+      <c r="B786" s="30" t="s">
+        <v>3173</v>
+      </c>
+      <c r="C786" s="72" t="s">
+        <v>53</v>
+      </c>
+      <c r="D786" s="38">
+        <v>46219</v>
+      </c>
+    </row>
+    <row r="787" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A787" s="15" t="s">
+        <v>2365</v>
+      </c>
+      <c r="B787" s="30" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C787" s="72" t="s">
+        <v>470</v>
+      </c>
+      <c r="D787" s="38">
+        <v>46230</v>
+      </c>
+    </row>
+    <row r="788" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A788" s="15" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B788" s="30" t="s">
+        <v>1610</v>
+      </c>
+      <c r="C788" s="72" t="s">
+        <v>470</v>
+      </c>
+      <c r="D788" s="38">
+        <v>46230</v>
+      </c>
+    </row>
+    <row r="789" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A789" s="15" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B789" s="30" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C789" s="72" t="s">
+        <v>2251</v>
+      </c>
+      <c r="D789" s="38">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="790" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A790" s="15" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B790" s="30" t="s">
+        <v>1614</v>
+      </c>
+      <c r="C790" s="72" t="s">
+        <v>2252</v>
+      </c>
+      <c r="D790" s="38">
+        <v>46231</v>
+      </c>
+    </row>
+    <row r="791" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A791" s="15" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B791" s="30" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C791" s="72" t="s">
+        <v>1618</v>
+      </c>
+      <c r="D791" s="38">
+        <v>46231</v>
+      </c>
+    </row>
+    <row r="792" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A792" s="15" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B792" s="30" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C792" s="72" t="s">
+        <v>2253</v>
+      </c>
+      <c r="D792" s="38">
+        <v>46234</v>
+      </c>
+    </row>
+    <row r="793" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A793" s="15" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B793" s="30" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C793" s="72" t="s">
+        <v>1622</v>
+      </c>
+      <c r="D793" s="38">
+        <v>46238</v>
+      </c>
+    </row>
+    <row r="794" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A794" s="15" t="s">
+        <v>2403</v>
+      </c>
+      <c r="B794" s="30" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C794" s="72" t="s">
+        <v>2254</v>
+      </c>
+      <c r="D794" s="38">
+        <v>46237</v>
+      </c>
+    </row>
+    <row r="795" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A795" s="15" t="s">
+        <v>2404</v>
+      </c>
+      <c r="B795" s="30" t="s">
+        <v>1624</v>
+      </c>
+      <c r="C795" s="72" t="s">
+        <v>194</v>
+      </c>
+      <c r="D795" s="38">
+        <v>46237</v>
+      </c>
+    </row>
+    <row r="796" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A796" s="15" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B796" s="30" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C796" s="72" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D796" s="38">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="797" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A797" s="15" t="s">
+        <v>2675</v>
+      </c>
+      <c r="B797" s="30" t="s">
+        <v>1628</v>
+      </c>
+      <c r="C797" s="72" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D797" s="38">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="798" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A798" s="15" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B798" s="30" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C798" s="72" t="s">
+        <v>2255</v>
+      </c>
+      <c r="D798" s="38">
+        <v>46250</v>
+      </c>
+    </row>
+    <row r="799" spans="1:4" ht="300.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A799" s="21" t="s">
+        <v>3323</v>
+      </c>
+      <c r="B799" s="24" t="s">
+        <v>1633</v>
+      </c>
+      <c r="C799" s="72" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D799" s="33">
+        <v>46071</v>
+      </c>
+    </row>
+    <row r="800" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A800" s="53" t="s">
+        <v>3227</v>
+      </c>
+      <c r="B800" s="30" t="s">
+        <v>1634</v>
+      </c>
+      <c r="C800" s="72" t="s">
+        <v>2256</v>
+      </c>
+      <c r="D800" s="54">
+        <v>46235</v>
+      </c>
+    </row>
+    <row r="801" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A801" s="53" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B801" s="55" t="s">
+        <v>1636</v>
+      </c>
+      <c r="C801" s="72" t="s">
+        <v>2257</v>
+      </c>
+      <c r="D801" s="38">
+        <v>46270</v>
+      </c>
+    </row>
+    <row r="802" spans="1:4" ht="170.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A802" s="14" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B802" s="34" t="s">
+        <v>3255</v>
+      </c>
+      <c r="C802" s="72" t="s">
+        <v>2258</v>
+      </c>
+      <c r="D802" s="33">
+        <v>46242</v>
+      </c>
+    </row>
+    <row r="803" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A803" s="53" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B803" s="30" t="s">
+        <v>3435</v>
+      </c>
+      <c r="C803" s="72" t="s">
+        <v>2259</v>
+      </c>
+      <c r="D803" s="38">
+        <v>46296</v>
+      </c>
+    </row>
+    <row r="804" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A804" s="15" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B804" s="24" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C804" s="72" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D804" s="38">
+        <v>46102</v>
+      </c>
+    </row>
+    <row r="805" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A805" s="15" t="s">
+        <v>2447</v>
+      </c>
+      <c r="B805" s="24" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C805" s="72" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D805" s="38">
+        <v>46273</v>
+      </c>
+    </row>
+    <row r="806" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A806" s="15" t="s">
+        <v>1641</v>
+      </c>
+      <c r="B806" s="24" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C806" s="72" t="s">
+        <v>2260</v>
+      </c>
+      <c r="D806" s="38">
+        <v>46273</v>
+      </c>
+    </row>
+    <row r="807" spans="1:4" ht="138.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A807" s="14" t="s">
+        <v>2448</v>
+      </c>
+      <c r="B807" s="24" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C807" s="72" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D807" s="33">
+        <v>46237</v>
+      </c>
+    </row>
+    <row r="808" spans="1:4" ht="281.25" x14ac:dyDescent="0.25">
+      <c r="A808" s="53" t="s">
+        <v>1644</v>
+      </c>
+      <c r="B808" s="55" t="s">
+        <v>1645</v>
+      </c>
+      <c r="C808" s="72" t="s">
+        <v>2261</v>
+      </c>
+      <c r="D808" s="38">
+        <v>45971</v>
+      </c>
+    </row>
+    <row r="809" spans="1:4" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A809" s="53" t="s">
+        <v>2724</v>
+      </c>
+      <c r="B809" s="30" t="s">
+        <v>1648</v>
+      </c>
+      <c r="C809" s="72" t="s">
+        <v>2262</v>
+      </c>
+      <c r="D809" s="38">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="810" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A810" s="53" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B810" s="25" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C810" s="72" t="s">
+        <v>2263</v>
+      </c>
+      <c r="D810" s="54">
+        <v>46286</v>
+      </c>
+    </row>
+    <row r="811" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A811" s="15" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B811" s="24" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C811" s="72" t="s">
+        <v>2264</v>
+      </c>
+      <c r="D811" s="38">
+        <v>46291</v>
+      </c>
+    </row>
+    <row r="812" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A812" s="53" t="s">
+        <v>1652</v>
+      </c>
+      <c r="B812" s="30" t="s">
+        <v>1653</v>
+      </c>
+      <c r="C812" s="72" t="s">
+        <v>2265</v>
+      </c>
+      <c r="D812" s="33">
+        <v>46323</v>
+      </c>
+    </row>
+    <row r="813" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A813" s="53" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B813" s="35" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C813" s="72" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D813" s="54">
+        <v>46297</v>
+      </c>
+    </row>
+    <row r="814" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A814" s="53" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B814" s="30" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C814" s="72" t="s">
+        <v>2266</v>
+      </c>
+      <c r="D814" s="54">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="815" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A815" s="53" t="s">
+        <v>1659</v>
+      </c>
+      <c r="B815" s="46" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C815" s="72" t="s">
+        <v>2267</v>
+      </c>
+      <c r="D815" s="54">
+        <v>45975</v>
+      </c>
+    </row>
+    <row r="816" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A816" s="13" t="s">
+        <v>1661</v>
+      </c>
+      <c r="B816" s="24" t="s">
+        <v>1662</v>
+      </c>
+      <c r="C816" s="72" t="s">
+        <v>1663</v>
+      </c>
+      <c r="D816" s="33">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="817" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A817" s="56" t="s">
+        <v>2536</v>
+      </c>
+      <c r="B817" s="55" t="s">
+        <v>3421</v>
+      </c>
+      <c r="C817" s="72" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D817" s="54">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="818" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A818" s="53" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B818" s="30" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C818" s="72" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D818" s="54">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="819" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A819" s="53" t="s">
+        <v>2537</v>
+      </c>
+      <c r="B819" s="30" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C819" s="72" t="s">
+        <v>2268</v>
+      </c>
+      <c r="D819" s="54">
+        <v>46320</v>
+      </c>
+    </row>
+    <row r="820" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A820" s="53" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B820" s="30" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C820" s="72" t="s">
+        <v>2269</v>
+      </c>
+      <c r="D820" s="54">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="821" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A821" s="15" t="s">
+        <v>2538</v>
+      </c>
+      <c r="B821" s="24" t="s">
+        <v>1671</v>
+      </c>
+      <c r="C821" s="72" t="s">
+        <v>904</v>
+      </c>
+      <c r="D821" s="33">
+        <v>45994</v>
+      </c>
+    </row>
+    <row r="822" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A822" s="53" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B822" s="30" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C822" s="72" t="s">
+        <v>2270</v>
+      </c>
+      <c r="D822" s="54">
+        <v>46321</v>
+      </c>
+    </row>
+    <row r="823" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A823" s="58" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B823" s="59" t="s">
+        <v>1675</v>
+      </c>
+      <c r="C823" s="72" t="s">
+        <v>2271</v>
+      </c>
+      <c r="D823" s="54">
+        <v>46322</v>
+      </c>
+    </row>
+    <row r="824" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A824" s="53" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B824" s="30" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C824" s="72" t="s">
+        <v>2272</v>
+      </c>
+      <c r="D824" s="54">
+        <v>45963</v>
+      </c>
+    </row>
+    <row r="825" spans="1:4" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A825" s="53" t="s">
+        <v>1678</v>
+      </c>
+      <c r="B825" s="30" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C825" s="72" t="s">
+        <v>1680</v>
+      </c>
+      <c r="D825" s="54">
+        <v>45968</v>
+      </c>
+    </row>
+    <row r="826" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A826" s="53" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B826" s="55" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C826" s="72" t="s">
+        <v>2273</v>
+      </c>
+      <c r="D826" s="54">
+        <v>45969</v>
+      </c>
+    </row>
+    <row r="827" spans="1:4" ht="242.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A827" s="53" t="s">
+        <v>3290</v>
+      </c>
+      <c r="B827" s="55" t="s">
+        <v>3291</v>
+      </c>
+      <c r="C827" s="72" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D827" s="54">
+        <v>46039</v>
+      </c>
+    </row>
+    <row r="828" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A828" s="53" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B828" s="30" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C828" s="72" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D828" s="54">
+        <v>45972</v>
+      </c>
+    </row>
+    <row r="829" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A829" s="53" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B829" s="30" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C829" s="72" t="s">
+        <v>1689</v>
+      </c>
+      <c r="D829" s="54">
+        <v>46340</v>
+      </c>
+    </row>
+    <row r="830" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A830" s="53" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B830" s="55" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C830" s="72" t="s">
+        <v>1692</v>
+      </c>
+      <c r="D830" s="54">
+        <v>45977</v>
+      </c>
+    </row>
+    <row r="831" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A831" s="16" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B831" s="24" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C831" s="72" t="s">
+        <v>1695</v>
+      </c>
+      <c r="D831" s="57">
+        <v>46323</v>
+      </c>
+    </row>
+    <row r="832" spans="1:4" ht="213.75" x14ac:dyDescent="0.25">
+      <c r="A832" s="61" t="s">
+        <v>2388</v>
+      </c>
+      <c r="B832" s="24" t="s">
+        <v>1696</v>
+      </c>
+      <c r="C832" s="72" t="s">
+        <v>2274</v>
+      </c>
+      <c r="D832" s="57">
+        <v>45986</v>
+      </c>
+    </row>
+    <row r="833" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A833" s="15" t="s">
+        <v>2438</v>
+      </c>
+      <c r="B833" s="25" t="s">
+        <v>2437</v>
+      </c>
+      <c r="C833" s="92" t="s">
+        <v>1697</v>
+      </c>
+      <c r="D833" s="38">
+        <v>45988</v>
+      </c>
+    </row>
+    <row r="834" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A834" s="62" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B834" s="30" t="s">
+        <v>1699</v>
+      </c>
+      <c r="C834" s="72" t="s">
+        <v>2275</v>
+      </c>
+      <c r="D834" s="54">
+        <v>45978</v>
+      </c>
+    </row>
+    <row r="835" spans="1:4" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A835" s="20" t="s">
+        <v>2475</v>
+      </c>
+      <c r="B835" s="34" t="s">
+        <v>3269</v>
+      </c>
+      <c r="C835" s="72" t="s">
+        <v>1700</v>
+      </c>
+      <c r="D835" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="836" spans="1:4" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A836" s="53" t="s">
+        <v>2474</v>
+      </c>
+      <c r="B836" s="30" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C836" s="72" t="s">
+        <v>2276</v>
+      </c>
+      <c r="D836" s="54">
+        <v>45997</v>
+      </c>
+    </row>
+    <row r="837" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A837" s="53" t="s">
+        <v>2341</v>
+      </c>
+      <c r="B837" s="24" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C837" s="72" t="s">
+        <v>1703</v>
+      </c>
+      <c r="D837" s="38">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="838" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A838" s="53" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B838" s="30" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C838" s="72" t="s">
+        <v>2277</v>
+      </c>
+      <c r="D838" s="38">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="839" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A839" s="53" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B839" s="30" t="s">
+        <v>1707</v>
+      </c>
+      <c r="C839" s="72" t="s">
+        <v>2278</v>
+      </c>
+      <c r="D839" s="38">
+        <v>46003</v>
+      </c>
+    </row>
+    <row r="840" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A840" s="53" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B840" s="30" t="s">
+        <v>1709</v>
+      </c>
+      <c r="C840" s="72" t="s">
+        <v>2279</v>
+      </c>
+      <c r="D840" s="38">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="841" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A841" s="13" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B841" s="24" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C841" s="72" t="s">
+        <v>1712</v>
+      </c>
+      <c r="D841" s="33">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="842" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A842" s="53" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B842" s="30" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C842" s="72" t="s">
+        <v>2280</v>
+      </c>
+      <c r="D842" s="38">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="843" spans="1:4" ht="247.5" x14ac:dyDescent="0.25">
+      <c r="A843" s="53" t="s">
+        <v>2342</v>
+      </c>
+      <c r="B843" s="30" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C843" s="72" t="s">
+        <v>2281</v>
+      </c>
+      <c r="D843" s="38">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="844" spans="1:4" ht="135" x14ac:dyDescent="0.25">
+      <c r="A844" s="53" t="s">
+        <v>2517</v>
+      </c>
+      <c r="B844" s="34" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C844" s="72" t="s">
+        <v>2282</v>
+      </c>
+      <c r="D844" s="38">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="845" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A845" s="53" t="s">
+        <v>2347</v>
+      </c>
+      <c r="B845" s="55" t="s">
+        <v>1716</v>
+      </c>
+      <c r="C845" s="72" t="s">
+        <v>17</v>
+      </c>
+      <c r="D845" s="38">
+        <v>46011</v>
+      </c>
+    </row>
+    <row r="846" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A846" s="53" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B846" s="30" t="s">
+        <v>1718</v>
+      </c>
+      <c r="C846" s="72" t="s">
+        <v>3593</v>
+      </c>
+      <c r="D846" s="38">
+        <v>46011</v>
+      </c>
+    </row>
+    <row r="847" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A847" s="53" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B847" s="30" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C847" s="72" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D847" s="38">
+        <v>46010</v>
+      </c>
+    </row>
+    <row r="848" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A848" s="53" t="s">
+        <v>1721</v>
+      </c>
+      <c r="B848" s="30" t="s">
+        <v>1722</v>
+      </c>
+      <c r="C848" s="72" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D848" s="38">
+        <v>46010</v>
+      </c>
+    </row>
+    <row r="849" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A849" s="56" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B849" s="55" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C849" s="72" t="s">
+        <v>1725</v>
+      </c>
+      <c r="D849" s="57">
+        <v>46012</v>
+      </c>
+    </row>
+    <row r="850" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A850" s="13" t="s">
+        <v>2346</v>
+      </c>
+      <c r="B850" s="24" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C850" s="72" t="s">
+        <v>2283</v>
+      </c>
+      <c r="D850" s="33">
+        <v>46011</v>
+      </c>
+    </row>
+    <row r="851" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A851" s="53" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B851" s="30" t="s">
+        <v>1728</v>
+      </c>
+      <c r="C851" s="72" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D851" s="38">
+        <v>46019</v>
+      </c>
+    </row>
+    <row r="852" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A852" s="53" t="s">
+        <v>1729</v>
+      </c>
+      <c r="B852" s="30" t="s">
+        <v>1728</v>
+      </c>
+      <c r="C852" s="72" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D852" s="38">
+        <v>46019</v>
+      </c>
+    </row>
+    <row r="853" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A853" s="53" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B853" s="30" t="s">
+        <v>1731</v>
+      </c>
+      <c r="C853" s="72" t="s">
+        <v>2284</v>
+      </c>
+      <c r="D853" s="38">
+        <v>46018</v>
+      </c>
+    </row>
+    <row r="854" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A854" s="53" t="s">
+        <v>1732</v>
+      </c>
+      <c r="B854" s="30" t="s">
+        <v>1733</v>
+      </c>
+      <c r="C854" s="72" t="s">
+        <v>2285</v>
+      </c>
+      <c r="D854" s="38">
+        <v>46019</v>
+      </c>
+    </row>
+    <row r="855" spans="1:4" ht="192" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A855" s="53" t="s">
+        <v>2456</v>
+      </c>
+      <c r="B855" s="30" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C855" s="72" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D855" s="54">
+        <v>46031</v>
+      </c>
+    </row>
+    <row r="856" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A856" s="53" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B856" s="30" t="s">
+        <v>1737</v>
+      </c>
+      <c r="C856" s="72" t="s">
+        <v>2286</v>
+      </c>
+      <c r="D856" s="54">
+        <v>46399</v>
+      </c>
+    </row>
+    <row r="857" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A857" s="53" t="s">
+        <v>2404</v>
+      </c>
+      <c r="B857" s="30" t="s">
+        <v>1624</v>
+      </c>
+      <c r="C857" s="72" t="s">
+        <v>1738</v>
+      </c>
+      <c r="D857" s="54">
+        <v>46237</v>
+      </c>
+    </row>
+    <row r="858" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A858" s="15" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B858" s="24" t="s">
+        <v>1740</v>
+      </c>
+      <c r="C858" s="72" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D858" s="33">
+        <v>46041</v>
+      </c>
+    </row>
+    <row r="859" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A859" s="15" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B859" s="24" t="s">
+        <v>1743</v>
+      </c>
+      <c r="C859" s="72" t="s">
+        <v>1700</v>
+      </c>
+      <c r="D859" s="33">
+        <v>46039</v>
+      </c>
+    </row>
+    <row r="860" spans="1:4" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A860" s="53" t="s">
+        <v>2418</v>
+      </c>
+      <c r="B860" s="30" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C860" s="72" t="s">
+        <v>2287</v>
+      </c>
+      <c r="D860" s="33">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="861" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A861" s="53" t="s">
+        <v>1745</v>
+      </c>
+      <c r="B861" s="30" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C861" s="72" t="s">
+        <v>2288</v>
+      </c>
+      <c r="D861" s="54">
+        <v>46040</v>
+      </c>
+    </row>
+    <row r="862" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A862" s="15" t="s">
+        <v>1747</v>
+      </c>
+      <c r="B862" s="25" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C862" s="72" t="s">
+        <v>1749</v>
+      </c>
+      <c r="D862" s="38">
+        <v>46035</v>
+      </c>
+    </row>
+    <row r="863" spans="1:4" ht="266.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A863" s="14" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B863" s="24" t="s">
+        <v>1751</v>
+      </c>
+      <c r="C863" s="72" t="s">
+        <v>3594</v>
+      </c>
+      <c r="D863" s="33">
+        <v>46042</v>
+      </c>
+    </row>
+    <row r="864" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A864" s="53" t="s">
+        <v>2549</v>
+      </c>
+      <c r="B864" s="30" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C864" s="72" t="s">
+        <v>2289</v>
+      </c>
+      <c r="D864" s="54">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="865" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A865" s="13" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B865" s="24" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C865" s="72" t="s">
+        <v>2290</v>
+      </c>
+      <c r="D865" s="57">
+        <v>46057</v>
+      </c>
+    </row>
+    <row r="866" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A866" s="53" t="s">
+        <v>1755</v>
+      </c>
+      <c r="B866" s="30" t="s">
+        <v>1756</v>
+      </c>
+      <c r="C866" s="72" t="s">
+        <v>1757</v>
+      </c>
+      <c r="D866" s="54">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="867" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A867" s="53" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B867" s="30" t="s">
+        <v>1759</v>
+      </c>
+      <c r="C867" s="72" t="s">
+        <v>2291</v>
+      </c>
+      <c r="D867" s="54">
+        <v>46111</v>
+      </c>
+    </row>
+    <row r="868" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A868" s="53" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B868" s="30" t="s">
+        <v>452</v>
+      </c>
+      <c r="C868" s="72" t="s">
+        <v>1761</v>
+      </c>
+      <c r="D868" s="33">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="869" spans="1:4" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A869" s="14" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B869" s="55" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C869" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D869" s="33">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="870" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A870" s="53" t="s">
+        <v>3355</v>
+      </c>
+      <c r="B870" s="34" t="s">
+        <v>3356</v>
+      </c>
+      <c r="C870" s="72" t="s">
+        <v>2292</v>
+      </c>
+      <c r="D870" s="33">
+        <v>46277</v>
+      </c>
+    </row>
+    <row r="871" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A871" s="53" t="s">
+        <v>1764</v>
+      </c>
+      <c r="B871" s="30" t="s">
+        <v>1765</v>
+      </c>
+      <c r="C871" s="72" t="s">
+        <v>2293</v>
+      </c>
+      <c r="D871" s="33">
+        <v>46297</v>
+      </c>
+    </row>
+    <row r="872" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A872" s="53" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B872" s="59" t="s">
+        <v>1767</v>
+      </c>
+      <c r="C872" s="72" t="s">
+        <v>1768</v>
+      </c>
+      <c r="D872" s="33">
+        <v>46066</v>
+      </c>
+    </row>
+    <row r="873" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A873" s="61" t="s">
+        <v>2719</v>
+      </c>
+      <c r="B873" s="35" t="s">
+        <v>1769</v>
+      </c>
+      <c r="C873" s="72" t="s">
+        <v>1770</v>
+      </c>
+      <c r="D873" s="33">
+        <v>46078</v>
+      </c>
+    </row>
+    <row r="874" spans="1:4" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A874" s="63" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B874" s="24" t="s">
+        <v>1772</v>
+      </c>
+      <c r="C874" s="72" t="s">
+        <v>1700</v>
+      </c>
+      <c r="D874" s="60">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="875" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A875" s="53" t="s">
+        <v>2376</v>
+      </c>
+      <c r="B875" s="30" t="s">
+        <v>1773</v>
+      </c>
+      <c r="C875" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D875" s="33">
+        <v>46133</v>
+      </c>
+    </row>
+    <row r="876" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A876" s="53" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B876" s="30" t="s">
+        <v>1775</v>
+      </c>
+      <c r="C876" s="72" t="s">
+        <v>1776</v>
+      </c>
+      <c r="D876" s="33">
+        <v>46076</v>
+      </c>
+    </row>
+    <row r="877" spans="1:4" ht="102.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A877" s="53" t="s">
+        <v>2377</v>
+      </c>
+      <c r="B877" s="30" t="s">
+        <v>1777</v>
+      </c>
+      <c r="C877" s="72" t="s">
+        <v>2294</v>
+      </c>
+      <c r="D877" s="60">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="878" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A878" s="15" t="s">
+        <v>1778</v>
+      </c>
+      <c r="B878" s="24" t="s">
+        <v>723</v>
+      </c>
+      <c r="C878" s="72" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D878" s="33">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="879" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A879" s="53" t="s">
+        <v>1780</v>
+      </c>
+      <c r="B879" s="30" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C879" s="72" t="s">
+        <v>2295</v>
+      </c>
+      <c r="D879" s="33">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="880" spans="1:4" ht="177.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A880" s="53" t="s">
+        <v>2667</v>
+      </c>
+      <c r="B880" s="30" t="s">
+        <v>1782</v>
+      </c>
+      <c r="C880" s="72" t="s">
+        <v>2296</v>
+      </c>
+      <c r="D880" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="881" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A881" s="15" t="s">
+        <v>1783</v>
+      </c>
+      <c r="B881" s="25" t="s">
+        <v>1784</v>
+      </c>
+      <c r="C881" s="72" t="s">
+        <v>1785</v>
+      </c>
+      <c r="D881" s="33">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="882" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A882" s="53" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B882" s="30" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C882" s="72" t="s">
+        <v>3595</v>
+      </c>
+      <c r="D882" s="33">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="883" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A883" s="53" t="s">
+        <v>1788</v>
+      </c>
+      <c r="B883" s="30" t="s">
+        <v>1789</v>
+      </c>
+      <c r="C883" s="72" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D883" s="33">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="884" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A884" s="53" t="s">
+        <v>1790</v>
+      </c>
+      <c r="B884" s="30" t="s">
+        <v>1791</v>
+      </c>
+      <c r="C884" s="72" t="s">
+        <v>1792</v>
+      </c>
+      <c r="D884" s="33">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="885" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A885" s="53" t="s">
+        <v>1793</v>
+      </c>
+      <c r="B885" s="30" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C885" s="72" t="s">
+        <v>1795</v>
+      </c>
+      <c r="D885" s="33">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="886" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A886" s="53" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B886" s="46" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C886" s="72" t="s">
+        <v>1798</v>
+      </c>
+      <c r="D886" s="38">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="887" spans="1:4" ht="157.5" x14ac:dyDescent="0.25">
+      <c r="A887" s="15" t="s">
+        <v>2453</v>
+      </c>
+      <c r="B887" s="24" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C887" s="72" t="s">
+        <v>2298</v>
+      </c>
+      <c r="D887" s="38">
+        <v>45997</v>
+      </c>
+    </row>
+    <row r="888" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A888" s="53" t="s">
+        <v>2531</v>
+      </c>
+      <c r="B888" s="34" t="s">
+        <v>2530</v>
+      </c>
+      <c r="C888" s="72" t="s">
+        <v>53</v>
+      </c>
+      <c r="D888" s="38">
+        <v>46109</v>
+      </c>
+    </row>
+    <row r="889" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A889" s="53" t="s">
+        <v>2454</v>
+      </c>
+      <c r="B889" s="30" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C889" s="72" t="s">
+        <v>1799</v>
+      </c>
+      <c r="D889" s="38">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="890" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A890" s="53" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B890" s="30" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C890" s="72" t="s">
+        <v>2299</v>
+      </c>
+      <c r="D890" s="38">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="891" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A891" s="53" t="s">
+        <v>1800</v>
+      </c>
+      <c r="B891" s="30" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C891" s="72" t="s">
+        <v>1802</v>
+      </c>
+      <c r="D891" s="38">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="892" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A892" s="15" t="s">
+        <v>2408</v>
+      </c>
+      <c r="B892" s="34" t="s">
+        <v>2687</v>
+      </c>
+      <c r="C892" s="72" t="s">
+        <v>2300</v>
+      </c>
+      <c r="D892" s="57">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="893" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A893" s="53" t="s">
+        <v>2407</v>
+      </c>
+      <c r="B893" s="30" t="s">
+        <v>2787</v>
+      </c>
+      <c r="C893" s="72" t="s">
+        <v>1803</v>
+      </c>
+      <c r="D893" s="54">
+        <v>46115</v>
+      </c>
+    </row>
+    <row r="894" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A894" s="53" t="s">
+        <v>1804</v>
+      </c>
+      <c r="B894" s="30" t="s">
+        <v>1805</v>
+      </c>
+      <c r="C894" s="72" t="s">
+        <v>2301</v>
+      </c>
+      <c r="D894" s="54">
+        <v>46115</v>
+      </c>
+    </row>
+    <row r="895" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A895" s="53" t="s">
+        <v>1807</v>
+      </c>
+      <c r="B895" s="30" t="s">
+        <v>1808</v>
+      </c>
+      <c r="C895" s="72" t="s">
+        <v>1806</v>
+      </c>
+      <c r="D895" s="54">
+        <v>46118</v>
+      </c>
+    </row>
+    <row r="896" spans="1:4" ht="217.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A896" s="53" t="s">
+        <v>1809</v>
+      </c>
+      <c r="B896" s="30" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C896" s="72" t="s">
+        <v>849</v>
+      </c>
+      <c r="D896" s="38">
+        <v>46115</v>
+      </c>
+    </row>
+    <row r="897" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A897" s="16" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B897" s="25" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C897" s="72" t="s">
+        <v>1811</v>
+      </c>
+      <c r="D897" s="33">
+        <v>46289</v>
+      </c>
+    </row>
+    <row r="898" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A898" s="15" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B898" s="24" t="s">
+        <v>309</v>
+      </c>
+      <c r="C898" s="72" t="s">
+        <v>1814</v>
+      </c>
+      <c r="D898" s="33">
+        <v>46139</v>
+      </c>
+    </row>
+    <row r="899" spans="1:4" ht="166.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A899" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="B899" s="24" t="s">
+        <v>179</v>
+      </c>
+      <c r="C899" s="72" t="s">
+        <v>1816</v>
+      </c>
+      <c r="D899" s="38">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="900" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A900" s="53" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B900" s="30" t="s">
+        <v>1818</v>
+      </c>
+      <c r="C900" s="72" t="s">
+        <v>2302</v>
+      </c>
+      <c r="D900" s="54">
+        <v>46123</v>
+      </c>
+    </row>
+    <row r="901" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A901" s="15" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B901" s="24" t="s">
+        <v>1820</v>
+      </c>
+      <c r="C901" s="72" t="s">
+        <v>1821</v>
+      </c>
+      <c r="D901" s="33">
+        <v>46116</v>
+      </c>
+    </row>
+    <row r="902" spans="1:4" ht="255" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A902" s="16" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B902" s="24" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C902" s="72" t="s">
+        <v>1823</v>
+      </c>
+      <c r="D902" s="33">
+        <v>46128</v>
+      </c>
+    </row>
+    <row r="903" spans="1:4" ht="143.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A903" s="53" t="s">
+        <v>2720</v>
+      </c>
+      <c r="B903" s="30" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C903" s="72" t="s">
+        <v>2303</v>
+      </c>
+      <c r="D903" s="57">
+        <v>46130</v>
+      </c>
+    </row>
+    <row r="904" spans="1:4" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A904" s="16" t="s">
+        <v>2722</v>
+      </c>
+      <c r="B904" s="24" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C904" s="72" t="s">
+        <v>1823</v>
+      </c>
+      <c r="D904" s="33">
+        <v>46134</v>
+      </c>
+    </row>
+    <row r="905" spans="1:4" ht="326.25" x14ac:dyDescent="0.25">
+      <c r="A905" s="53" t="s">
+        <v>2721</v>
+      </c>
+      <c r="B905" s="55" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C905" s="72" t="s">
+        <v>53</v>
+      </c>
+      <c r="D905" s="54">
+        <v>46129</v>
+      </c>
+    </row>
+    <row r="906" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A906" s="53" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B906" s="35" t="s">
+        <v>1827</v>
+      </c>
+      <c r="C906" s="72" t="s">
+        <v>2304</v>
+      </c>
+      <c r="D906" s="33">
+        <v>46137</v>
+      </c>
+    </row>
+    <row r="907" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A907" s="53" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B907" s="55" t="s">
+        <v>1829</v>
+      </c>
+      <c r="C907" s="72" t="s">
+        <v>2305</v>
+      </c>
+      <c r="D907" s="38">
+        <v>46137</v>
+      </c>
+    </row>
+    <row r="908" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A908" s="64" t="s">
+        <v>1830</v>
+      </c>
+      <c r="B908" s="46" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C908" s="72" t="s">
+        <v>1831</v>
+      </c>
+      <c r="D908" s="38">
+        <v>46138</v>
+      </c>
+    </row>
+    <row r="909" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A909" s="53" t="s">
+        <v>1832</v>
+      </c>
+      <c r="B909" s="55" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C909" s="72" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D909" s="33">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="910" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A910" s="64" t="s">
+        <v>1835</v>
+      </c>
+      <c r="B910" s="46" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C910" s="72" t="s">
+        <v>2306</v>
+      </c>
+      <c r="D910" s="38">
+        <v>46148</v>
+      </c>
+    </row>
+    <row r="911" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A911" s="53" t="s">
+        <v>2588</v>
+      </c>
+      <c r="B911" s="30" t="s">
+        <v>1836</v>
+      </c>
+      <c r="C911" s="72" t="s">
+        <v>2307</v>
+      </c>
+      <c r="D911" s="38">
+        <v>46149</v>
+      </c>
+    </row>
+    <row r="912" spans="1:4" ht="135" x14ac:dyDescent="0.25">
+      <c r="A912" s="53" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B912" s="30" t="s">
+        <v>1838</v>
+      </c>
+      <c r="C912" s="72" t="s">
+        <v>2308</v>
+      </c>
+      <c r="D912" s="54">
+        <v>46101</v>
+      </c>
+    </row>
+    <row r="913" spans="1:4" ht="212.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A913" s="53" t="s">
+        <v>2589</v>
+      </c>
+      <c r="B913" s="30" t="s">
+        <v>1839</v>
+      </c>
+      <c r="C913" s="72" t="s">
+        <v>1840</v>
+      </c>
+      <c r="D913" s="38">
+        <v>46158</v>
+      </c>
+    </row>
+    <row r="914" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A914" s="53" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B914" s="30" t="s">
+        <v>965</v>
+      </c>
+      <c r="C914" s="72" t="s">
+        <v>2309</v>
+      </c>
+      <c r="D914" s="33">
+        <v>46167</v>
+      </c>
+    </row>
+    <row r="915" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A915" s="53" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B915" s="30" t="s">
+        <v>1843</v>
+      </c>
+      <c r="C915" s="72" t="s">
+        <v>3596</v>
+      </c>
+      <c r="D915" s="33">
+        <v>46166</v>
+      </c>
+    </row>
+    <row r="916" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A916" s="53" t="s">
+        <v>1844</v>
+      </c>
+      <c r="B916" s="30" t="s">
+        <v>1845</v>
+      </c>
+      <c r="C916" s="72" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D916" s="33">
+        <v>46167</v>
+      </c>
+    </row>
+    <row r="917" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A917" s="53" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B917" s="46" t="s">
+        <v>1848</v>
+      </c>
+      <c r="C917" s="72" t="s">
+        <v>2310</v>
+      </c>
+      <c r="D917" s="33">
+        <v>46171</v>
+      </c>
+    </row>
+    <row r="918" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A918" s="53" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B918" s="30" t="s">
+        <v>1850</v>
+      </c>
+      <c r="C918" s="72" t="s">
+        <v>2311</v>
+      </c>
+      <c r="D918" s="33">
+        <v>46170</v>
+      </c>
+    </row>
+    <row r="919" spans="1:4" ht="131.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A919" s="15" t="s">
+        <v>2812</v>
+      </c>
+      <c r="B919" s="34" t="s">
+        <v>2811</v>
+      </c>
+      <c r="C919" s="72" t="s">
+        <v>2312</v>
+      </c>
+      <c r="D919" s="33">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="920" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A920" s="53" t="s">
+        <v>1851</v>
+      </c>
+      <c r="B920" s="30" t="s">
+        <v>1852</v>
+      </c>
+      <c r="C920" s="72" t="s">
+        <v>1853</v>
+      </c>
+      <c r="D920" s="33">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="921" spans="1:4" ht="131.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A921" s="53" t="s">
+        <v>2481</v>
+      </c>
+      <c r="B921" s="30" t="s">
+        <v>1854</v>
+      </c>
+      <c r="C921" s="72" t="s">
+        <v>2313</v>
+      </c>
+      <c r="D921" s="38">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="922" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A922" s="53" t="s">
+        <v>1855</v>
+      </c>
+      <c r="B922" s="30" t="s">
+        <v>1856</v>
+      </c>
+      <c r="C922" s="72" t="s">
+        <v>1857</v>
+      </c>
+      <c r="D922" s="38">
+        <v>46192</v>
+      </c>
+    </row>
+    <row r="923" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A923" s="53" t="s">
+        <v>2604</v>
+      </c>
+      <c r="B923" s="30" t="s">
+        <v>1858</v>
+      </c>
+      <c r="C923" s="72" t="s">
+        <v>1859</v>
+      </c>
+      <c r="D923" s="33">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="924" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A924" s="53" t="s">
+        <v>3304</v>
+      </c>
+      <c r="B924" s="30" t="s">
+        <v>1884</v>
+      </c>
+      <c r="C924" s="72" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D924" s="38">
+        <v>46200</v>
+      </c>
+    </row>
+    <row r="925" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A925" s="53" t="s">
+        <v>1886</v>
+      </c>
+      <c r="B925" s="24" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C925" s="72" t="s">
+        <v>1888</v>
+      </c>
+      <c r="D925" s="38">
+        <v>46199</v>
+      </c>
+    </row>
+    <row r="926" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A926" s="53" t="s">
+        <v>1889</v>
+      </c>
+      <c r="B926" s="24" t="s">
+        <v>1890</v>
+      </c>
+      <c r="C926" s="72" t="s">
+        <v>1888</v>
+      </c>
+      <c r="D926" s="38">
+        <v>46199</v>
+      </c>
+    </row>
+    <row r="927" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A927" s="53" t="s">
+        <v>1893</v>
+      </c>
+      <c r="B927" s="30" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C927" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D927" s="38">
+        <v>46176</v>
+      </c>
+    </row>
+    <row r="928" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A928" s="16" t="s">
+        <v>2534</v>
+      </c>
+      <c r="B928" s="24" t="s">
+        <v>203</v>
+      </c>
+      <c r="C928" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D928" s="38">
+        <v>46144</v>
+      </c>
+    </row>
+    <row r="929" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A929" s="15" t="s">
+        <v>1896</v>
+      </c>
+      <c r="B929" s="24" t="s">
+        <v>3069</v>
+      </c>
+      <c r="C929" s="72" t="s">
+        <v>489</v>
+      </c>
+      <c r="D929" s="38">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="930" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A930" s="61" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B930" s="25" t="s">
+        <v>1898</v>
+      </c>
+      <c r="C930" s="72" t="s">
+        <v>1899</v>
+      </c>
+      <c r="D930" s="33">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="931" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A931" s="53" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B931" s="55" t="s">
+        <v>1902</v>
+      </c>
+      <c r="C931" s="72" t="s">
+        <v>3597</v>
+      </c>
+      <c r="D931" s="38">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="932" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A932" s="53" t="s">
+        <v>2364</v>
+      </c>
+      <c r="B932" s="30" t="s">
+        <v>3230</v>
+      </c>
+      <c r="C932" s="72" t="s">
+        <v>2314</v>
+      </c>
+      <c r="D932" s="38">
+        <v>46236</v>
+      </c>
+    </row>
+    <row r="933" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A933" s="53" t="s">
+        <v>1903</v>
+      </c>
+      <c r="B933" s="30" t="s">
+        <v>1904</v>
+      </c>
+      <c r="C933" s="72" t="s">
+        <v>2315</v>
+      </c>
+      <c r="D933" s="54">
+        <v>46355</v>
+      </c>
+    </row>
+    <row r="934" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A934" s="53" t="s">
+        <v>2365</v>
+      </c>
+      <c r="B934" s="30" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C934" s="72" t="s">
+        <v>470</v>
+      </c>
+      <c r="D934" s="38">
+        <v>46296</v>
+      </c>
+    </row>
+    <row r="935" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A935" s="15" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B935" s="24" t="s">
+        <v>1907</v>
+      </c>
+      <c r="C935" s="72" t="s">
+        <v>2316</v>
+      </c>
+      <c r="D935" s="33">
+        <v>46305</v>
+      </c>
+    </row>
+    <row r="936" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A936" s="53" t="s">
+        <v>1909</v>
+      </c>
+      <c r="B936" s="55" t="s">
+        <v>1910</v>
+      </c>
+      <c r="C936" s="72" t="s">
+        <v>458</v>
+      </c>
+      <c r="D936" s="33">
+        <v>46220</v>
+      </c>
+    </row>
+    <row r="937" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A937" s="53" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B937" s="55" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C937" s="72" t="s">
+        <v>1912</v>
+      </c>
+      <c r="D937" s="57">
+        <v>46222</v>
+      </c>
+    </row>
+    <row r="938" spans="1:4" ht="271.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A938" s="14" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B938" s="25" t="s">
+        <v>1913</v>
+      </c>
+      <c r="C938" s="72" t="s">
+        <v>2317</v>
+      </c>
+      <c r="D938" s="33">
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="939" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A939" s="53" t="s">
+        <v>2570</v>
+      </c>
+      <c r="B939" s="55" t="s">
+        <v>1914</v>
+      </c>
+      <c r="C939" s="72" t="s">
+        <v>2318</v>
+      </c>
+      <c r="D939" s="33">
+        <v>46103</v>
+      </c>
+    </row>
+    <row r="940" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A940" s="53" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B940" s="30" t="s">
+        <v>1917</v>
+      </c>
+      <c r="C940" s="72" t="s">
+        <v>2319</v>
+      </c>
+      <c r="D940" s="38">
+        <v>46233</v>
+      </c>
+    </row>
+    <row r="941" spans="1:4" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A941" s="65" t="s">
+        <v>3122</v>
+      </c>
+      <c r="B941" s="25" t="s">
+        <v>1919</v>
+      </c>
+      <c r="C941" s="72" t="s">
+        <v>2320</v>
+      </c>
+      <c r="D941" s="57">
+        <v>46233</v>
+      </c>
+    </row>
+    <row r="942" spans="1:4" ht="366.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A942" s="14" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B942" s="25" t="s">
+        <v>1920</v>
+      </c>
+      <c r="C942" s="72" t="s">
+        <v>1921</v>
+      </c>
+      <c r="D942" s="33">
+        <v>46212</v>
+      </c>
+    </row>
+    <row r="943" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A943" s="53" t="s">
+        <v>1923</v>
+      </c>
+      <c r="B943" s="24" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C943" s="72" t="s">
+        <v>1925</v>
+      </c>
+      <c r="D943" s="57">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="944" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A944" s="53" t="s">
+        <v>1926</v>
+      </c>
+      <c r="B944" s="35" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C944" s="72" t="s">
+        <v>2321</v>
+      </c>
+      <c r="D944" s="33">
+        <v>46240</v>
+      </c>
+    </row>
+    <row r="945" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A945" s="53" t="s">
+        <v>1928</v>
+      </c>
+      <c r="B945" s="30" t="s">
+        <v>1929</v>
+      </c>
+      <c r="C945" s="72" t="s">
+        <v>2322</v>
+      </c>
+      <c r="D945" s="33">
+        <v>46242</v>
+      </c>
+    </row>
+    <row r="946" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A946" s="53" t="s">
+        <v>1930</v>
+      </c>
+      <c r="B946" s="30" t="s">
+        <v>1931</v>
+      </c>
+      <c r="C946" s="72" t="s">
+        <v>1697</v>
+      </c>
+      <c r="D946" s="33">
+        <v>46250</v>
+      </c>
+    </row>
+    <row r="947" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A947" s="53" t="s">
+        <v>1932</v>
+      </c>
+      <c r="B947" s="25" t="s">
+        <v>3285</v>
+      </c>
+      <c r="C947" s="72" t="s">
+        <v>1933</v>
+      </c>
+      <c r="D947" s="33">
+        <v>46248</v>
+      </c>
+    </row>
+    <row r="948" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A948" s="53" t="s">
+        <v>1934</v>
+      </c>
+      <c r="B948" s="55" t="s">
+        <v>1935</v>
+      </c>
+      <c r="C948" s="72" t="s">
+        <v>2323</v>
+      </c>
+      <c r="D948" s="33">
+        <v>46062</v>
+      </c>
+    </row>
+    <row r="949" spans="1:4" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A949" s="53" t="s">
+        <v>2628</v>
+      </c>
+      <c r="B949" s="55" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C949" s="72" t="s">
+        <v>2324</v>
+      </c>
+      <c r="D949" s="33">
+        <v>46112</v>
+      </c>
+    </row>
+    <row r="950" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A950" s="13" t="s">
+        <v>1937</v>
+      </c>
+      <c r="B950" s="25" t="s">
+        <v>1938</v>
+      </c>
+      <c r="C950" s="72" t="s">
+        <v>2325</v>
+      </c>
+      <c r="D950" s="33">
+        <v>46262</v>
+      </c>
+    </row>
+    <row r="951" spans="1:4" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A951" s="18" t="s">
+        <v>1941</v>
+      </c>
+      <c r="B951" s="24" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C951" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D951" s="33">
+        <v>46259</v>
+      </c>
+    </row>
+    <row r="952" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A952" s="53" t="s">
+        <v>1944</v>
+      </c>
+      <c r="B952" s="35" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C952" s="72" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D952" s="33">
+        <v>46271</v>
+      </c>
+    </row>
+    <row r="953" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A953" s="16" t="s">
+        <v>2424</v>
+      </c>
+      <c r="B953" s="24" t="s">
+        <v>203</v>
+      </c>
+      <c r="C953" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D953" s="38">
+        <v>46269</v>
+      </c>
+    </row>
+    <row r="954" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A954" s="53" t="s">
+        <v>2425</v>
+      </c>
+      <c r="B954" s="55" t="s">
+        <v>1947</v>
+      </c>
+      <c r="C954" s="72" t="s">
+        <v>2326</v>
+      </c>
+      <c r="D954" s="38">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="955" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A955" s="13" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B955" s="25" t="s">
+        <v>694</v>
+      </c>
+      <c r="C955" s="72" t="s">
+        <v>3522</v>
+      </c>
+      <c r="D955" s="38">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="956" spans="1:4" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A956" s="53" t="s">
+        <v>2417</v>
+      </c>
+      <c r="B956" s="30" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C956" s="72" t="s">
+        <v>1954</v>
+      </c>
+      <c r="D956" s="38">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="957" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A957" s="13" t="s">
+        <v>1955</v>
+      </c>
+      <c r="B957" s="25" t="s">
+        <v>694</v>
+      </c>
+      <c r="C957" s="72" t="s">
+        <v>2327</v>
+      </c>
+      <c r="D957" s="57">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="958" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A958" s="13" t="s">
+        <v>1956</v>
+      </c>
+      <c r="B958" s="25" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C958" s="72" t="s">
+        <v>1958</v>
+      </c>
+      <c r="D958" s="33">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="959" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A959" s="15" t="s">
+        <v>1959</v>
+      </c>
+      <c r="B959" s="24" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C959" s="72" t="s">
+        <v>75</v>
+      </c>
+      <c r="D959" s="33">
+        <v>46102</v>
+      </c>
+    </row>
+    <row r="960" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A960" s="53" t="s">
+        <v>1961</v>
+      </c>
+      <c r="B960" s="30" t="s">
+        <v>1962</v>
+      </c>
+      <c r="C960" s="72" t="s">
+        <v>2328</v>
+      </c>
+      <c r="D960" s="57">
+        <v>46290</v>
+      </c>
+    </row>
+    <row r="961" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A961" s="53" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B961" s="30" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C961" s="72" t="s">
+        <v>1965</v>
+      </c>
+      <c r="D961" s="57">
+        <v>46297</v>
+      </c>
+    </row>
+    <row r="962" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A962" s="53" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B962" s="30" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C962" s="72" t="s">
+        <v>1967</v>
+      </c>
+      <c r="D962" s="57">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="963" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A963" s="53" t="s">
+        <v>1968</v>
+      </c>
+      <c r="B963" s="30" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C963" s="72" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D963" s="57">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="964" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A964" s="53" t="s">
+        <v>1970</v>
+      </c>
+      <c r="B964" s="30" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C964" s="72" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D964" s="57">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="965" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A965" s="53" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B965" s="30" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C965" s="72" t="s">
+        <v>2329</v>
+      </c>
+      <c r="D965" s="57">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="966" spans="1:4" ht="246" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A966" s="53" t="s">
+        <v>3332</v>
+      </c>
+      <c r="B966" s="30" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C966" s="98" t="s">
+        <v>3333</v>
+      </c>
+      <c r="D966" s="54">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="967" spans="1:4" ht="211.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A967" s="15" t="s">
+        <v>2423</v>
+      </c>
+      <c r="B967" s="34" t="s">
+        <v>3420</v>
+      </c>
+      <c r="C967" s="72" t="s">
+        <v>17</v>
+      </c>
+      <c r="D967" s="38">
+        <v>46278</v>
+      </c>
+    </row>
+    <row r="968" spans="1:4" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A968" s="68" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B968" s="25" t="s">
+        <v>1976</v>
+      </c>
+      <c r="C968" s="72" t="s">
+        <v>1977</v>
+      </c>
+      <c r="D968" s="38">
+        <v>46298</v>
+      </c>
+    </row>
+    <row r="969" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A969" s="53" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B969" s="30" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C969" s="72" t="s">
+        <v>2330</v>
+      </c>
+      <c r="D969" s="54">
+        <v>46299</v>
+      </c>
+    </row>
+    <row r="970" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A970" s="53" t="s">
+        <v>3240</v>
+      </c>
+      <c r="B970" s="30" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C970" s="72" t="s">
+        <v>2331</v>
+      </c>
+      <c r="D970" s="57">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="971" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A971" s="53" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B971" s="30" t="s">
+        <v>1984</v>
+      </c>
+      <c r="C971" s="72" t="s">
+        <v>2332</v>
+      </c>
+      <c r="D971" s="57">
+        <v>46309</v>
+      </c>
+    </row>
+    <row r="972" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A972" s="53" t="s">
+        <v>2632</v>
+      </c>
+      <c r="B972" s="30" t="s">
+        <v>1985</v>
+      </c>
+      <c r="C972" s="72" t="s">
+        <v>2333</v>
+      </c>
+      <c r="D972" s="54">
+        <v>46309</v>
+      </c>
+    </row>
+    <row r="973" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A973" s="53" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B973" s="46" t="s">
+        <v>1987</v>
+      </c>
+      <c r="C973" s="72" t="s">
+        <v>2334</v>
+      </c>
+      <c r="D973" s="54">
+        <v>46311</v>
+      </c>
+    </row>
+    <row r="974" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A974" s="53" t="s">
+        <v>1988</v>
+      </c>
+      <c r="B974" s="30" t="s">
+        <v>1989</v>
+      </c>
+      <c r="C974" s="72" t="s">
+        <v>2136</v>
+      </c>
+      <c r="D974" s="69">
+        <v>46347</v>
+      </c>
+    </row>
+    <row r="975" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A975" s="53" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B975" s="55" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C975" s="72" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D975" s="38">
+        <v>46316</v>
+      </c>
+    </row>
+    <row r="976" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A976" s="53" t="s">
+        <v>1992</v>
+      </c>
+      <c r="B976" s="30" t="s">
+        <v>3443</v>
+      </c>
+      <c r="C976" s="72" t="s">
+        <v>1993</v>
+      </c>
+      <c r="D976" s="54">
+        <v>46316</v>
+      </c>
+    </row>
+    <row r="977" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A977" s="53" t="s">
+        <v>1994</v>
+      </c>
+      <c r="B977" s="30" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C977" s="72" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D977" s="54">
+        <v>46318</v>
+      </c>
+    </row>
+    <row r="978" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A978" s="53" t="s">
+        <v>1997</v>
+      </c>
+      <c r="B978" s="30" t="s">
+        <v>1998</v>
+      </c>
+      <c r="C978" s="72" t="s">
+        <v>2335</v>
+      </c>
+      <c r="D978" s="54">
+        <v>46319</v>
+      </c>
+    </row>
+    <row r="979" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A979" s="56" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B979" s="55" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C979" s="72" t="s">
+        <v>2001</v>
+      </c>
+      <c r="D979" s="57">
+        <v>46320</v>
+      </c>
+    </row>
+    <row r="980" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A980" s="53" t="s">
+        <v>2003</v>
+      </c>
+      <c r="B980" s="55" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C980" s="72" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D980" s="54">
+        <v>46325</v>
+      </c>
+    </row>
+    <row r="981" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A981" s="53" t="s">
+        <v>2006</v>
+      </c>
+      <c r="B981" s="30" t="s">
+        <v>2007</v>
+      </c>
+      <c r="C981" s="72" t="s">
+        <v>2008</v>
+      </c>
+      <c r="D981" s="54">
+        <v>46325</v>
+      </c>
+    </row>
+    <row r="982" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A982" s="53" t="s">
+        <v>3281</v>
+      </c>
+      <c r="B982" s="30" t="s">
+        <v>2009</v>
+      </c>
+      <c r="C982" s="72" t="s">
+        <v>2010</v>
+      </c>
+      <c r="D982" s="54">
+        <v>46325</v>
+      </c>
+    </row>
+    <row r="983" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A983" s="53" t="s">
+        <v>2011</v>
+      </c>
+      <c r="B983" s="25" t="s">
+        <v>2012</v>
+      </c>
+      <c r="C983" s="72" t="s">
+        <v>2336</v>
+      </c>
+      <c r="D983" s="38">
+        <v>46313</v>
+      </c>
+    </row>
+    <row r="984" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A984" s="53" t="s">
+        <v>2518</v>
+      </c>
+      <c r="B984" s="25" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C984" s="72" t="s">
+        <v>2338</v>
+      </c>
+      <c r="D984" s="33">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="985" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A985" s="53" t="s">
+        <v>2339</v>
+      </c>
+      <c r="B985" s="25" t="s">
+        <v>3335</v>
+      </c>
+      <c r="C985" s="72" t="s">
+        <v>2185</v>
+      </c>
+      <c r="D985" s="54">
+        <v>46269</v>
+      </c>
+    </row>
+    <row r="986" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A986" s="13" t="s">
+        <v>2348</v>
+      </c>
+      <c r="B986" s="72" t="s">
+        <v>2349</v>
+      </c>
+      <c r="C986" s="72" t="s">
+        <v>3598</v>
+      </c>
+      <c r="D986" s="33">
+        <v>46253</v>
+      </c>
+    </row>
+    <row r="987" spans="1:5" ht="191.25" x14ac:dyDescent="0.25">
+      <c r="A987" s="53" t="s">
+        <v>2352</v>
+      </c>
+      <c r="B987" s="55" t="s">
+        <v>2351</v>
+      </c>
+      <c r="C987" s="87" t="s">
+        <v>3599</v>
+      </c>
+      <c r="D987" s="54">
+        <v>45967</v>
+      </c>
+      <c r="E987" s="88"/>
+    </row>
+    <row r="988" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A988" s="53" t="s">
+        <v>2353</v>
+      </c>
+      <c r="B988" s="30" t="s">
+        <v>2354</v>
+      </c>
+      <c r="C988" s="87" t="s">
+        <v>2355</v>
+      </c>
+      <c r="D988" s="54">
+        <v>46334</v>
+      </c>
+      <c r="E988" s="88"/>
+    </row>
+    <row r="989" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A989" s="53" t="s">
+        <v>2362</v>
+      </c>
+      <c r="B989" s="72" t="s">
+        <v>2363</v>
+      </c>
+      <c r="C989" s="89" t="s">
+        <v>3600</v>
+      </c>
+      <c r="D989" s="33">
+        <v>45969</v>
+      </c>
+    </row>
+    <row r="990" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A990" s="15" t="s">
+        <v>2366</v>
+      </c>
+      <c r="B990" s="72" t="s">
+        <v>2367</v>
+      </c>
+      <c r="C990" s="90" t="s">
+        <v>2368</v>
+      </c>
+      <c r="D990" s="38">
+        <v>45968</v>
+      </c>
+    </row>
+    <row r="991" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A991" s="53" t="s">
+        <v>2373</v>
+      </c>
+      <c r="B991" s="30" t="s">
+        <v>2374</v>
+      </c>
+      <c r="C991" s="87" t="s">
+        <v>3601</v>
+      </c>
+      <c r="D991" s="54">
+        <v>45972</v>
+      </c>
+    </row>
+    <row r="992" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A992" s="53" t="s">
+        <v>2393</v>
+      </c>
+      <c r="B992" s="30" t="s">
+        <v>2391</v>
+      </c>
+      <c r="C992" s="87" t="s">
+        <v>2392</v>
+      </c>
+      <c r="D992" s="54">
+        <v>45975</v>
+      </c>
+    </row>
+    <row r="993" spans="1:5" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A993" s="53" t="s">
+        <v>2415</v>
+      </c>
+      <c r="B993" s="30" t="s">
+        <v>2416</v>
+      </c>
+      <c r="C993" s="87" t="s">
+        <v>2300</v>
+      </c>
+      <c r="D993" s="38">
+        <v>45983</v>
+      </c>
+    </row>
+    <row r="994" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A994" s="53" t="s">
+        <v>2430</v>
+      </c>
+      <c r="B994" s="30" t="s">
+        <v>2431</v>
+      </c>
+      <c r="C994" s="87" t="s">
+        <v>2432</v>
+      </c>
+      <c r="D994" s="54">
+        <v>46352</v>
+      </c>
+    </row>
+    <row r="995" spans="1:5" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A995" s="14" t="s">
+        <v>2435</v>
+      </c>
+      <c r="B995" s="25" t="s">
+        <v>2433</v>
+      </c>
+      <c r="C995" s="72" t="s">
+        <v>2434</v>
+      </c>
+      <c r="D995" s="33">
+        <v>46352</v>
+      </c>
+    </row>
+    <row r="996" spans="1:5" ht="135" x14ac:dyDescent="0.25">
+      <c r="A996" s="13" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B996" s="55" t="s">
+        <v>2440</v>
+      </c>
+      <c r="C996" s="72" t="s">
+        <v>3602</v>
+      </c>
+      <c r="D996" s="33">
+        <v>45990</v>
+      </c>
+    </row>
+    <row r="997" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A997" s="53" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B997" s="35" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C997" s="93" t="s">
+        <v>2444</v>
+      </c>
+      <c r="D997" s="57">
+        <v>45995</v>
+      </c>
+    </row>
+    <row r="998" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A998" s="53" t="s">
+        <v>2446</v>
+      </c>
+      <c r="B998" s="35" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C998" s="87" t="s">
+        <v>2445</v>
+      </c>
+      <c r="D998" s="57">
+        <v>45995</v>
+      </c>
+    </row>
+    <row r="999" spans="1:5" ht="245.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A999" s="53" t="s">
+        <v>2452</v>
+      </c>
+      <c r="B999" s="94" t="s">
+        <v>567</v>
+      </c>
+      <c r="C999" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D999" s="54">
+        <v>45995</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1000" s="53" t="s">
+        <v>2457</v>
+      </c>
+      <c r="B1000" s="30" t="s">
+        <v>2458</v>
+      </c>
+      <c r="C1000" s="87" t="s">
+        <v>2459</v>
+      </c>
+      <c r="D1000" s="57">
+        <v>45995</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1001" s="15" t="s">
+        <v>2460</v>
+      </c>
+      <c r="B1001" s="72" t="s">
+        <v>203</v>
+      </c>
+      <c r="C1001" s="95" t="s">
+        <v>2461</v>
+      </c>
+      <c r="D1001" s="38">
+        <v>46269</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1002" s="53" t="s">
+        <v>2469</v>
+      </c>
+      <c r="B1002" s="55" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C1002" s="89" t="s">
+        <v>2468</v>
+      </c>
+      <c r="D1002" s="57">
+        <v>46361</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1003" s="53" t="s">
+        <v>2482</v>
+      </c>
+      <c r="B1003" s="30" t="s">
+        <v>2483</v>
+      </c>
+      <c r="C1003" s="87" t="s">
+        <v>2484</v>
+      </c>
+      <c r="D1003" s="57">
+        <v>45966</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1004" s="53" t="s">
+        <v>2486</v>
+      </c>
+      <c r="B1004" s="30" t="s">
+        <v>2485</v>
+      </c>
+      <c r="C1004" s="87" t="s">
+        <v>2484</v>
+      </c>
+      <c r="D1004" s="57">
+        <v>45966</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1005" s="53" t="s">
+        <v>2487</v>
+      </c>
+      <c r="B1005" s="30" t="s">
+        <v>2488</v>
+      </c>
+      <c r="C1005" s="87" t="s">
+        <v>2492</v>
+      </c>
+      <c r="D1005" s="57">
+        <v>46000</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:5" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A1006" s="61" t="s">
+        <v>2493</v>
+      </c>
+      <c r="B1006" s="30" t="s">
+        <v>373</v>
+      </c>
+      <c r="C1006" s="87" t="s">
+        <v>26</v>
+      </c>
+      <c r="D1006" s="33">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:5" ht="180" x14ac:dyDescent="0.25">
+      <c r="A1007" s="53" t="s">
+        <v>2496</v>
+      </c>
+      <c r="B1007" s="30" t="s">
+        <v>2494</v>
+      </c>
+      <c r="C1007" s="87" t="s">
+        <v>2495</v>
+      </c>
+      <c r="D1007" s="33">
+        <v>46002</v>
+      </c>
+      <c r="E1007" s="88"/>
+    </row>
+    <row r="1008" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1008" s="53" t="s">
+        <v>2498</v>
+      </c>
+      <c r="B1008" s="30" t="s">
+        <v>2499</v>
+      </c>
+      <c r="C1008" s="87" t="s">
+        <v>3603</v>
+      </c>
+      <c r="D1008" s="33">
+        <v>46367</v>
+      </c>
+      <c r="E1008" s="88"/>
+    </row>
+    <row r="1009" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1009" s="53" t="s">
+        <v>2504</v>
+      </c>
+      <c r="B1009" s="30" t="s">
+        <v>2503</v>
+      </c>
+      <c r="C1009" s="87" t="s">
+        <v>2505</v>
+      </c>
+      <c r="D1009" s="33">
+        <v>46369</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1010" s="53" t="s">
+        <v>2506</v>
+      </c>
+      <c r="B1010" s="55" t="s">
+        <v>2507</v>
+      </c>
+      <c r="C1010" s="98" t="s">
+        <v>313</v>
+      </c>
+      <c r="D1010" s="38">
+        <v>46007</v>
+      </c>
+      <c r="E1010" s="97"/>
+    </row>
+    <row r="1011" spans="1:5" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A1011" s="53" t="s">
+        <v>2509</v>
+      </c>
+      <c r="B1011" s="30" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C1011" s="98" t="s">
+        <v>2508</v>
+      </c>
+      <c r="D1011" s="33">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1012" s="13" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B1012" s="72" t="s">
+        <v>2511</v>
+      </c>
+      <c r="C1012" s="72" t="s">
+        <v>2512</v>
+      </c>
+      <c r="D1012" s="33">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1013" s="53" t="s">
+        <v>2513</v>
+      </c>
+      <c r="B1013" s="55" t="s">
+        <v>2514</v>
+      </c>
+      <c r="C1013" s="87" t="s">
+        <v>2515</v>
+      </c>
+      <c r="D1013" s="57">
+        <v>46008</v>
+      </c>
+      <c r="E1013" s="88"/>
+    </row>
+    <row r="1014" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1014" s="53" t="s">
+        <v>2522</v>
+      </c>
+      <c r="B1014" s="46" t="s">
+        <v>2520</v>
+      </c>
+      <c r="C1014" s="87" t="s">
+        <v>2521</v>
+      </c>
+      <c r="D1014" s="33">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1015" s="53" t="s">
+        <v>3031</v>
+      </c>
+      <c r="B1015" s="30" t="s">
+        <v>2523</v>
+      </c>
+      <c r="C1015" s="89" t="s">
+        <v>3604</v>
+      </c>
+      <c r="D1015" s="33">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:5" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A1016" s="14" t="s">
+        <v>2527</v>
+      </c>
+      <c r="B1016" s="35" t="s">
+        <v>2526</v>
+      </c>
+      <c r="C1016" s="89" t="s">
+        <v>3605</v>
+      </c>
+      <c r="D1016" s="57">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1017" s="53" t="s">
+        <v>2529</v>
+      </c>
+      <c r="B1017" s="30" t="s">
+        <v>2528</v>
+      </c>
+      <c r="C1017" s="87" t="s">
+        <v>3606</v>
+      </c>
+      <c r="D1017" s="33">
+        <v>46375</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1018" s="53" t="s">
+        <v>2532</v>
+      </c>
+      <c r="B1018" s="30" t="s">
+        <v>2533</v>
+      </c>
+      <c r="C1018" s="87" t="s">
+        <v>3607</v>
+      </c>
+      <c r="D1018" s="33">
+        <v>46375</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:5" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A1019" s="53" t="s">
+        <v>2543</v>
+      </c>
+      <c r="B1019" s="30" t="s">
+        <v>2542</v>
+      </c>
+      <c r="C1019" s="87" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D1019" s="38">
+        <v>46063</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1020" s="53" t="s">
+        <v>2550</v>
+      </c>
+      <c r="B1020" s="30" t="s">
+        <v>2551</v>
+      </c>
+      <c r="C1020" s="87" t="s">
+        <v>2552</v>
+      </c>
+      <c r="D1020" s="33">
+        <v>46018</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1021" s="53" t="s">
+        <v>2554</v>
+      </c>
+      <c r="B1021" s="30" t="s">
+        <v>2553</v>
+      </c>
+      <c r="C1021" s="87" t="s">
+        <v>3608</v>
+      </c>
+      <c r="D1021" s="33">
+        <v>46016</v>
+      </c>
+      <c r="E1021" s="88"/>
+    </row>
+    <row r="1022" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1022" s="53" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B1022" s="30" t="s">
+        <v>2560</v>
+      </c>
+      <c r="C1022" s="87" t="s">
+        <v>3609</v>
+      </c>
+      <c r="D1022" s="54">
+        <v>46029</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:5" ht="135" x14ac:dyDescent="0.25">
+      <c r="A1023" s="53" t="s">
+        <v>2561</v>
+      </c>
+      <c r="B1023" s="55" t="s">
+        <v>2562</v>
+      </c>
+      <c r="C1023" s="87" t="s">
+        <v>2563</v>
+      </c>
+      <c r="D1023" s="54">
+        <v>46028</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1024" s="53" t="s">
+        <v>2564</v>
+      </c>
+      <c r="B1024" s="30" t="s">
+        <v>2565</v>
+      </c>
+      <c r="C1024" s="87" t="s">
+        <v>2566</v>
+      </c>
+      <c r="D1024" s="54">
+        <v>46030</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:5" ht="290.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1025" s="53" t="s">
+        <v>528</v>
+      </c>
+      <c r="B1025" s="99" t="s">
+        <v>2567</v>
+      </c>
+      <c r="C1025" s="72" t="s">
+        <v>2568</v>
+      </c>
+      <c r="D1025" s="38">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:5" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A1026" s="13" t="s">
+        <v>2571</v>
+      </c>
+      <c r="B1026" s="25" t="s">
+        <v>1913</v>
+      </c>
+      <c r="C1026" s="89" t="s">
+        <v>3610</v>
+      </c>
+      <c r="D1026" s="33">
+        <v>46138</v>
+      </c>
+      <c r="E1026" s="88"/>
+    </row>
+    <row r="1027" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1027" s="53" t="s">
+        <v>2583</v>
+      </c>
+      <c r="B1027" s="30" t="s">
+        <v>2584</v>
+      </c>
+      <c r="C1027" s="87" t="s">
+        <v>2585</v>
+      </c>
+      <c r="D1027" s="54">
+        <v>46035</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1028" s="53" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B1028" s="30" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C1028" s="87" t="s">
+        <v>2591</v>
+      </c>
+      <c r="D1028" s="54">
+        <v>46036</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1029" s="53" t="s">
+        <v>3517</v>
+      </c>
+      <c r="B1029" s="55" t="s">
+        <v>2592</v>
+      </c>
+      <c r="C1029" s="87" t="s">
+        <v>2593</v>
+      </c>
+      <c r="D1029" s="54">
+        <v>46035</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1030" s="53" t="s">
+        <v>2595</v>
+      </c>
+      <c r="B1030" s="30" t="s">
+        <v>2596</v>
+      </c>
+      <c r="C1030" s="87" t="s">
+        <v>2597</v>
+      </c>
+      <c r="D1030" s="54">
+        <v>46036</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1031" s="53" t="s">
+        <v>2598</v>
+      </c>
+      <c r="B1031" s="30" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C1031" s="98" t="s">
+        <v>2599</v>
+      </c>
+      <c r="D1031" s="57">
+        <v>46038</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1032" s="53" t="s">
+        <v>3318</v>
+      </c>
+      <c r="B1032" s="55" t="s">
+        <v>2602</v>
+      </c>
+      <c r="C1032" s="89" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D1032" s="33">
+        <v>46039</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:5" ht="75.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1033" s="15" t="s">
+        <v>2605</v>
+      </c>
+      <c r="B1033" s="72" t="s">
+        <v>2606</v>
+      </c>
+      <c r="C1033" s="72" t="s">
+        <v>2607</v>
+      </c>
+      <c r="D1033" s="33">
+        <v>46042</v>
+      </c>
+      <c r="E1033" s="41"/>
+    </row>
+    <row r="1034" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1034" s="53" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B1034" s="55" t="s">
+        <v>2618</v>
+      </c>
+      <c r="C1034" s="87" t="s">
+        <v>2521</v>
+      </c>
+      <c r="D1034" s="57">
+        <v>46048</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1035" s="53" t="s">
+        <v>2620</v>
+      </c>
+      <c r="B1035" s="30" t="s">
+        <v>2621</v>
+      </c>
+      <c r="C1035" s="87" t="s">
+        <v>80</v>
+      </c>
+      <c r="D1035" s="57">
+        <v>46049</v>
+      </c>
+      <c r="E1035" s="88"/>
+    </row>
+    <row r="1036" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1036" s="53" t="s">
+        <v>2624</v>
+      </c>
+      <c r="B1036" s="30" t="s">
+        <v>2625</v>
+      </c>
+      <c r="C1036" s="87" t="s">
+        <v>2626</v>
+      </c>
+      <c r="D1036" s="57">
+        <v>46051</v>
+      </c>
+      <c r="E1036" s="88"/>
+    </row>
+    <row r="1037" spans="1:5" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A1037" s="53" t="s">
+        <v>3436</v>
+      </c>
+      <c r="B1037" s="35" t="s">
+        <v>2629</v>
+      </c>
+      <c r="C1037" s="87" t="s">
+        <v>2630</v>
+      </c>
+      <c r="D1037" s="57">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1038" s="53" t="s">
+        <v>2631</v>
+      </c>
+      <c r="B1038" s="30" t="s">
+        <v>1892</v>
+      </c>
+      <c r="C1038" s="89" t="s">
+        <v>3611</v>
+      </c>
+      <c r="D1038" s="38">
+        <v>46054</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:5" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A1039" s="53" t="s">
+        <v>2636</v>
+      </c>
+      <c r="B1039" s="30" t="s">
+        <v>2634</v>
+      </c>
+      <c r="C1039" s="87" t="s">
+        <v>2635</v>
+      </c>
+      <c r="D1039" s="57">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1040" s="53" t="s">
+        <v>2640</v>
+      </c>
+      <c r="B1040" s="30" t="s">
+        <v>2641</v>
+      </c>
+      <c r="C1040" s="87" t="s">
+        <v>2642</v>
+      </c>
+      <c r="D1040" s="38">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:5" ht="247.5" x14ac:dyDescent="0.25">
+      <c r="A1041" s="100" t="s">
+        <v>2644</v>
+      </c>
+      <c r="B1041" s="72" t="s">
+        <v>2643</v>
+      </c>
+      <c r="C1041" s="89" t="s">
+        <v>3612</v>
+      </c>
+      <c r="D1041" s="38">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1042" s="53" t="s">
+        <v>2645</v>
+      </c>
+      <c r="B1042" s="35" t="s">
+        <v>2646</v>
+      </c>
+      <c r="C1042" s="89" t="s">
+        <v>2647</v>
+      </c>
+      <c r="D1042" s="38">
+        <v>46057</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1043" s="53" t="s">
+        <v>2649</v>
+      </c>
+      <c r="B1043" s="30" t="s">
+        <v>2648</v>
+      </c>
+      <c r="C1043" s="87" t="s">
+        <v>163</v>
+      </c>
+      <c r="D1043" s="38">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1044" s="13" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B1044" s="25" t="s">
+        <v>2651</v>
+      </c>
+      <c r="C1044" s="72" t="s">
+        <v>2652</v>
+      </c>
+      <c r="D1044" s="33">
+        <v>46079</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1045" s="53" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B1045" s="30" t="s">
+        <v>2654</v>
+      </c>
+      <c r="C1045" s="87" t="s">
+        <v>2655</v>
+      </c>
+      <c r="D1045" s="33">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1046" s="53" t="s">
+        <v>2658</v>
+      </c>
+      <c r="B1046" s="30" t="s">
+        <v>2659</v>
+      </c>
+      <c r="C1046" s="87" t="s">
+        <v>2660</v>
+      </c>
+      <c r="D1046" s="38">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:5" ht="66" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1047" s="14" t="s">
+        <v>2661</v>
+      </c>
+      <c r="B1047" s="72" t="s">
+        <v>568</v>
+      </c>
+      <c r="C1047" s="72" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1047" s="38">
+        <v>46061</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1048" s="53" t="s">
+        <v>2662</v>
+      </c>
+      <c r="B1048" s="30" t="s">
+        <v>2663</v>
+      </c>
+      <c r="C1048" s="87" t="s">
+        <v>949</v>
+      </c>
+      <c r="D1048" s="33">
+        <v>46060</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1049" s="13" t="s">
+        <v>2664</v>
+      </c>
+      <c r="B1049" s="55" t="s">
+        <v>2665</v>
+      </c>
+      <c r="C1049" s="72" t="s">
+        <v>2666</v>
+      </c>
+      <c r="D1049" s="57">
+        <v>46061</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1050" s="53" t="s">
+        <v>2668</v>
+      </c>
+      <c r="B1050" s="30" t="s">
+        <v>2669</v>
+      </c>
+      <c r="C1050" s="98" t="s">
+        <v>2670</v>
+      </c>
+      <c r="D1050" s="38">
+        <v>46060</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:5" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A1051" s="53" t="s">
+        <v>2678</v>
+      </c>
+      <c r="B1051" s="30" t="s">
+        <v>2676</v>
+      </c>
+      <c r="C1051" s="87" t="s">
+        <v>2677</v>
+      </c>
+      <c r="D1051" s="38">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1052" s="53" t="s">
+        <v>2679</v>
+      </c>
+      <c r="B1052" s="25" t="s">
+        <v>2681</v>
+      </c>
+      <c r="C1052" s="89" t="s">
+        <v>2680</v>
+      </c>
+      <c r="D1052" s="38">
+        <v>46064</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1053" s="53" t="s">
+        <v>2684</v>
+      </c>
+      <c r="B1053" s="30" t="s">
+        <v>2723</v>
+      </c>
+      <c r="C1053" s="87" t="s">
+        <v>2685</v>
+      </c>
+      <c r="D1053" s="54">
+        <v>46066</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:5" ht="24.75" x14ac:dyDescent="0.25">
+      <c r="A1054" s="13" t="s">
+        <v>2688</v>
+      </c>
+      <c r="B1054" s="101" t="s">
+        <v>2689</v>
+      </c>
+      <c r="C1054" s="102" t="s">
+        <v>2690</v>
+      </c>
+      <c r="D1054" s="33">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:5" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1055" s="16" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B1055" s="72" t="s">
+        <v>2691</v>
+      </c>
+      <c r="C1055" s="72" t="s">
+        <v>52</v>
+      </c>
+      <c r="D1055" s="33">
+        <v>46066</v>
+      </c>
+      <c r="E1055" s="103"/>
+    </row>
+    <row r="1056" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1056" s="53" t="s">
+        <v>2692</v>
+      </c>
+      <c r="B1056" s="30" t="s">
+        <v>2693</v>
+      </c>
+      <c r="C1056" s="87" t="s">
+        <v>2694</v>
+      </c>
+      <c r="D1056" s="38">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1057" s="53" t="s">
+        <v>3459</v>
+      </c>
+      <c r="B1057" s="30" t="s">
+        <v>2696</v>
+      </c>
+      <c r="C1057" s="87" t="s">
+        <v>3613</v>
+      </c>
+      <c r="D1057" s="38">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1058" s="53" t="s">
+        <v>2697</v>
+      </c>
+      <c r="B1058" s="30" t="s">
+        <v>2698</v>
+      </c>
+      <c r="C1058" s="87" t="s">
+        <v>558</v>
+      </c>
+      <c r="D1058" s="38">
+        <v>46067</v>
+      </c>
+      <c r="E1058" s="88"/>
+    </row>
+    <row r="1059" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1059" s="53" t="s">
+        <v>2699</v>
+      </c>
+      <c r="B1059" s="55" t="s">
+        <v>2700</v>
+      </c>
+      <c r="C1059" s="87" t="s">
+        <v>2701</v>
+      </c>
+      <c r="D1059" s="38">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1060" s="53" t="s">
+        <v>2702</v>
+      </c>
+      <c r="B1060" s="55" t="s">
+        <v>2700</v>
+      </c>
+      <c r="C1060" s="87" t="s">
+        <v>2703</v>
+      </c>
+      <c r="D1060" s="38">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1061" s="53" t="s">
+        <v>2704</v>
+      </c>
+      <c r="B1061" s="55" t="s">
+        <v>2700</v>
+      </c>
+      <c r="C1061" s="87" t="s">
+        <v>2701</v>
+      </c>
+      <c r="D1061" s="38">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1062" s="53" t="s">
+        <v>2705</v>
+      </c>
+      <c r="B1062" s="25" t="s">
+        <v>2706</v>
+      </c>
+      <c r="C1062" s="89" t="s">
+        <v>3614</v>
+      </c>
+      <c r="D1062" s="33">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1063" s="13" t="s">
+        <v>2707</v>
+      </c>
+      <c r="B1063" s="72" t="s">
+        <v>2708</v>
+      </c>
+      <c r="C1063" s="87" t="s">
+        <v>2709</v>
+      </c>
+      <c r="D1063" s="54">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1064" s="53" t="s">
+        <v>2711</v>
+      </c>
+      <c r="B1064" s="30" t="s">
+        <v>2712</v>
+      </c>
+      <c r="C1064" s="87" t="s">
+        <v>2713</v>
+      </c>
+      <c r="D1064" s="38">
+        <v>46070</v>
+      </c>
+      <c r="E1064" s="88"/>
+    </row>
+    <row r="1065" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1065" s="53" t="s">
+        <v>2716</v>
+      </c>
+      <c r="B1065" s="30" t="s">
+        <v>2717</v>
+      </c>
+      <c r="C1065" s="87" t="s">
+        <v>2718</v>
+      </c>
+      <c r="D1065" s="38">
+        <v>46071</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1066" s="53" t="s">
+        <v>2728</v>
+      </c>
+      <c r="B1066" s="30" t="s">
+        <v>2726</v>
+      </c>
+      <c r="C1066" s="87" t="s">
+        <v>2727</v>
+      </c>
+      <c r="D1066" s="38">
+        <v>46074</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1067" s="53" t="s">
+        <v>2732</v>
+      </c>
+      <c r="B1067" s="30" t="s">
+        <v>2733</v>
+      </c>
+      <c r="C1067" s="72" t="s">
+        <v>426</v>
+      </c>
+      <c r="D1067" s="38">
+        <v>46074</v>
+      </c>
+      <c r="E1067" s="104"/>
+    </row>
+    <row r="1068" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1068" s="53" t="s">
+        <v>2736</v>
+      </c>
+      <c r="B1068" s="46" t="s">
+        <v>2734</v>
+      </c>
+      <c r="C1068" s="87" t="s">
+        <v>2735</v>
+      </c>
+      <c r="D1068" s="38">
+        <v>46077</v>
+      </c>
+      <c r="E1068" s="104"/>
+    </row>
+    <row r="1069" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1069" s="53" t="s">
+        <v>2738</v>
+      </c>
+      <c r="B1069" s="55" t="s">
+        <v>2739</v>
+      </c>
+      <c r="C1069" s="87" t="s">
+        <v>2740</v>
+      </c>
+      <c r="D1069" s="54">
+        <v>46114</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1070" s="53" t="s">
+        <v>2741</v>
+      </c>
+      <c r="B1070" s="30" t="s">
+        <v>2742</v>
+      </c>
+      <c r="C1070" s="87" t="s">
+        <v>2563</v>
+      </c>
+      <c r="D1070" s="38">
+        <v>46080</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:5" ht="147.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1071" s="14" t="s">
+        <v>2743</v>
+      </c>
+      <c r="B1071" s="25" t="s">
+        <v>2744</v>
+      </c>
+      <c r="C1071" s="72" t="s">
+        <v>2745</v>
+      </c>
+      <c r="D1071" s="33">
+        <v>46079</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:5" ht="265.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1072" s="105" t="s">
+        <v>2747</v>
+      </c>
+      <c r="B1072" s="72" t="s">
+        <v>2748</v>
+      </c>
+      <c r="C1072" s="72" t="s">
+        <v>2749</v>
+      </c>
+      <c r="D1072" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1073" s="53" t="s">
+        <v>2752</v>
+      </c>
+      <c r="B1073" s="106" t="s">
+        <v>2750</v>
+      </c>
+      <c r="C1073" s="55" t="s">
+        <v>2751</v>
+      </c>
+      <c r="D1073" s="107">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:5" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1074" s="53" t="s">
+        <v>2753</v>
+      </c>
+      <c r="B1074" s="55" t="s">
+        <v>2754</v>
+      </c>
+      <c r="C1074" s="87" t="s">
+        <v>2755</v>
+      </c>
+      <c r="D1074" s="38">
+        <v>46145</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:5" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A1075" s="53" t="s">
+        <v>3121</v>
+      </c>
+      <c r="B1075" s="30" t="s">
+        <v>2756</v>
+      </c>
+      <c r="C1075" s="87" t="s">
+        <v>2757</v>
+      </c>
+      <c r="D1075" s="38">
+        <v>46145</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:5" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A1076" s="53" t="s">
+        <v>2759</v>
+      </c>
+      <c r="B1076" s="30" t="s">
+        <v>2760</v>
+      </c>
+      <c r="C1076" s="87" t="s">
+        <v>2761</v>
+      </c>
+      <c r="D1076" s="33">
+        <v>46086</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1077" s="15" t="s">
+        <v>2762</v>
+      </c>
+      <c r="B1077" s="30" t="s">
+        <v>2763</v>
+      </c>
+      <c r="C1077" s="92" t="s">
+        <v>43</v>
+      </c>
+      <c r="D1077" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1078" s="53" t="s">
+        <v>2764</v>
+      </c>
+      <c r="B1078" s="30" t="s">
+        <v>2767</v>
+      </c>
+      <c r="C1078" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D1078" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1079" s="53" t="s">
+        <v>2765</v>
+      </c>
+      <c r="B1079" s="30" t="s">
+        <v>2766</v>
+      </c>
+      <c r="C1079" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D1079" s="38">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1080" s="53" t="s">
+        <v>2768</v>
+      </c>
+      <c r="B1080" s="30" t="s">
+        <v>2770</v>
+      </c>
+      <c r="C1080" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D1080" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1081" s="53" t="s">
+        <v>2769</v>
+      </c>
+      <c r="B1081" s="30" t="s">
+        <v>2771</v>
+      </c>
+      <c r="C1081" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D1081" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1082" s="53" t="s">
+        <v>2772</v>
+      </c>
+      <c r="B1082" s="72" t="s">
+        <v>2773</v>
+      </c>
+      <c r="C1082" s="87" t="s">
+        <v>2774</v>
+      </c>
+      <c r="D1082" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1083" s="53" t="s">
+        <v>2775</v>
+      </c>
+      <c r="B1083" s="30" t="s">
+        <v>2776</v>
+      </c>
+      <c r="C1083" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D1083" s="33">
+        <v>46088</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1084" s="53" t="s">
+        <v>2777</v>
+      </c>
+      <c r="B1084" s="30" t="s">
+        <v>2778</v>
+      </c>
+      <c r="C1084" s="87" t="s">
+        <v>2779</v>
+      </c>
+      <c r="D1084" s="33">
+        <v>46088</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:5" ht="330.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1085" s="15" t="s">
+        <v>2780</v>
+      </c>
+      <c r="B1085" s="30" t="s">
+        <v>2781</v>
+      </c>
+      <c r="C1085" s="87" t="s">
+        <v>26</v>
+      </c>
+      <c r="D1085" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1086" s="15" t="s">
+        <v>2863</v>
+      </c>
+      <c r="B1086" s="72" t="s">
+        <v>3068</v>
+      </c>
+      <c r="C1086" s="95" t="s">
+        <v>2782</v>
+      </c>
+      <c r="D1086" s="38">
+        <v>46102</v>
+      </c>
+      <c r="E1086" s="104"/>
+    </row>
+    <row r="1087" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1087" s="14" t="s">
+        <v>2785</v>
+      </c>
+      <c r="B1087" s="25" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C1087" s="72" t="s">
+        <v>657</v>
+      </c>
+      <c r="D1087" s="38">
+        <v>46091</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:5" ht="240.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1088" s="21" t="s">
+        <v>2788</v>
+      </c>
+      <c r="B1088" s="72" t="s">
+        <v>2789</v>
+      </c>
+      <c r="C1088" s="95" t="s">
+        <v>2790</v>
+      </c>
+      <c r="D1088" s="33">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1089" s="53" t="s">
+        <v>2792</v>
+      </c>
+      <c r="B1089" s="30" t="s">
+        <v>2793</v>
+      </c>
+      <c r="C1089" s="87" t="s">
+        <v>2794</v>
+      </c>
+      <c r="D1089" s="33">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1090" s="53" t="s">
+        <v>2796</v>
+      </c>
+      <c r="B1090" s="30" t="s">
+        <v>2797</v>
+      </c>
+      <c r="C1090" s="87" t="s">
+        <v>2798</v>
+      </c>
+      <c r="D1090" s="33">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1091" s="53" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B1091" s="55" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C1091" s="55" t="s">
+        <v>2801</v>
+      </c>
+      <c r="D1091" s="54">
+        <v>46093</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1092" s="53" t="s">
+        <v>2802</v>
+      </c>
+      <c r="B1092" s="30" t="s">
+        <v>2803</v>
+      </c>
+      <c r="C1092" s="87" t="s">
+        <v>2804</v>
+      </c>
+      <c r="D1092" s="38">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:5" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A1093" s="53" t="s">
+        <v>2805</v>
+      </c>
+      <c r="B1093" s="30" t="s">
+        <v>2806</v>
+      </c>
+      <c r="C1093" s="87" t="s">
+        <v>2807</v>
+      </c>
+      <c r="D1093" s="38">
+        <v>46099</v>
+      </c>
+      <c r="E1093" s="88"/>
+    </row>
+    <row r="1094" spans="1:5" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A1094" s="15" t="s">
+        <v>3120</v>
+      </c>
+      <c r="B1094" s="72" t="s">
+        <v>2809</v>
+      </c>
+      <c r="C1094" s="53" t="s">
+        <v>2810</v>
+      </c>
+      <c r="D1094" s="38">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:5" ht="203.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1095" s="14" t="s">
+        <v>2813</v>
+      </c>
+      <c r="B1095" s="72" t="s">
+        <v>2814</v>
+      </c>
+      <c r="C1095" s="72" t="s">
+        <v>2815</v>
+      </c>
+      <c r="D1095" s="33">
+        <v>46100</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:5" ht="306" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1096" s="15" t="s">
+        <v>2816</v>
+      </c>
+      <c r="B1096" s="72" t="s">
+        <v>2817</v>
+      </c>
+      <c r="C1096" s="89" t="s">
+        <v>2818</v>
+      </c>
+      <c r="D1096" s="38">
+        <v>46100</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1097" s="62" t="s">
+        <v>2820</v>
+      </c>
+      <c r="B1097" s="30" t="s">
+        <v>2821</v>
+      </c>
+      <c r="C1097" s="87" t="s">
+        <v>2822</v>
+      </c>
+      <c r="D1097" s="38">
+        <v>46101</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:5" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A1098" s="53" t="s">
+        <v>2825</v>
+      </c>
+      <c r="B1098" s="55" t="s">
+        <v>2823</v>
+      </c>
+      <c r="C1098" s="72" t="s">
+        <v>2824</v>
+      </c>
+      <c r="D1098" s="54">
+        <v>46101</v>
+      </c>
+      <c r="E1098" s="97"/>
+    </row>
+    <row r="1099" spans="1:5" ht="197.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1099" s="53" t="s">
+        <v>2826</v>
+      </c>
+      <c r="B1099" s="30" t="s">
+        <v>2827</v>
+      </c>
+      <c r="C1099" s="87" t="s">
+        <v>949</v>
+      </c>
+      <c r="D1099" s="33">
+        <v>46101</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1100" s="13" t="s">
+        <v>2829</v>
+      </c>
+      <c r="B1100" s="72" t="s">
+        <v>2830</v>
+      </c>
+      <c r="C1100" s="89" t="s">
+        <v>26</v>
+      </c>
+      <c r="D1100" s="33">
+        <v>46102</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:5" ht="347.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1101" s="14" t="s">
+        <v>2835</v>
+      </c>
+      <c r="B1101" s="30" t="s">
+        <v>2993</v>
+      </c>
+      <c r="C1101" s="92" t="s">
+        <v>2836</v>
+      </c>
+      <c r="D1101" s="33">
+        <v>46105</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1102" s="53" t="s">
+        <v>2839</v>
+      </c>
+      <c r="B1102" s="30" t="s">
+        <v>2840</v>
+      </c>
+      <c r="C1102" s="87" t="s">
+        <v>2841</v>
+      </c>
+      <c r="D1102" s="33">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:5" ht="120.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1103" s="64" t="s">
+        <v>2842</v>
+      </c>
+      <c r="B1103" s="46" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C1103" s="89" t="s">
+        <v>2843</v>
+      </c>
+      <c r="D1103" s="38">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1104" s="53" t="s">
+        <v>2844</v>
+      </c>
+      <c r="B1104" s="30" t="s">
+        <v>2845</v>
+      </c>
+      <c r="C1104" s="87" t="s">
+        <v>2846</v>
+      </c>
+      <c r="D1104" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1105" s="53" t="s">
+        <v>2848</v>
+      </c>
+      <c r="B1105" s="30" t="s">
+        <v>2849</v>
+      </c>
+      <c r="C1105" s="87" t="s">
+        <v>2850</v>
+      </c>
+      <c r="D1105" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1106" s="53" t="s">
+        <v>2851</v>
+      </c>
+      <c r="B1106" s="30" t="s">
+        <v>2852</v>
+      </c>
+      <c r="C1106" s="87" t="s">
+        <v>2853</v>
+      </c>
+      <c r="D1106" s="33">
+        <v>46839</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:5" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1107" s="13" t="s">
+        <v>2855</v>
+      </c>
+      <c r="B1107" s="25" t="s">
+        <v>2856</v>
+      </c>
+      <c r="C1107" s="89" t="s">
+        <v>2857</v>
+      </c>
+      <c r="D1107" s="38">
+        <v>46109</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:5" ht="72" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1108" s="14" t="s">
+        <v>2858</v>
+      </c>
+      <c r="B1108" s="25" t="s">
+        <v>2859</v>
+      </c>
+      <c r="C1108" s="72" t="s">
+        <v>771</v>
+      </c>
+      <c r="D1108" s="33">
+        <v>46109</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1109" s="108" t="s">
+        <v>2860</v>
+      </c>
+      <c r="B1109" s="55" t="s">
+        <v>2861</v>
+      </c>
+      <c r="C1109" s="87" t="s">
+        <v>75</v>
+      </c>
+      <c r="D1109" s="54">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1110" s="53" t="s">
+        <v>2865</v>
+      </c>
+      <c r="B1110" s="30" t="s">
+        <v>2866</v>
+      </c>
+      <c r="C1110" s="87" t="s">
+        <v>2867</v>
+      </c>
+      <c r="D1110" s="54">
+        <v>46113</v>
+      </c>
+      <c r="E1110" s="97"/>
+    </row>
+    <row r="1111" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1111" s="53" t="s">
+        <v>2869</v>
+      </c>
+      <c r="B1111" s="30" t="s">
+        <v>2870</v>
+      </c>
+      <c r="C1111" s="87" t="s">
+        <v>2871</v>
+      </c>
+      <c r="D1111" s="54">
+        <v>46116</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1112" s="53" t="s">
+        <v>2873</v>
+      </c>
+      <c r="B1112" s="30" t="s">
+        <v>2874</v>
+      </c>
+      <c r="C1112" s="87" t="s">
+        <v>3615</v>
+      </c>
+      <c r="D1112" s="38">
+        <v>46116</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1113" s="53" t="s">
+        <v>2875</v>
+      </c>
+      <c r="B1113" s="55" t="s">
+        <v>2876</v>
+      </c>
+      <c r="C1113" s="72" t="s">
+        <v>2877</v>
+      </c>
+      <c r="D1113" s="57">
+        <v>46116</v>
+      </c>
+      <c r="E1113" s="88" t="s">
+        <v>2878</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1114" s="53" t="s">
+        <v>2879</v>
+      </c>
+      <c r="B1114" s="55" t="s">
+        <v>2880</v>
+      </c>
+      <c r="C1114" s="87" t="s">
+        <v>3616</v>
+      </c>
+      <c r="D1114" s="54">
+        <v>46158</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:5" ht="375.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1115" s="53" t="s">
+        <v>2885</v>
+      </c>
+      <c r="B1115" s="30" t="s">
+        <v>2886</v>
+      </c>
+      <c r="C1115" s="87" t="s">
+        <v>2887</v>
+      </c>
+      <c r="D1115" s="54">
+        <v>46120</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:5" ht="142.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1116" s="53" t="s">
+        <v>2890</v>
+      </c>
+      <c r="B1116" s="55" t="s">
+        <v>2891</v>
+      </c>
+      <c r="C1116" s="72" t="s">
+        <v>2031</v>
+      </c>
+      <c r="D1116" s="33">
+        <v>46123</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1117" s="53" t="s">
+        <v>2892</v>
+      </c>
+      <c r="B1117" s="30" t="s">
+        <v>2893</v>
+      </c>
+      <c r="C1117" s="87" t="s">
+        <v>2894</v>
+      </c>
+      <c r="D1117" s="54">
+        <v>46123</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1118" s="53" t="s">
+        <v>2896</v>
+      </c>
+      <c r="B1118" s="30" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C1118" s="87" t="s">
+        <v>3609</v>
+      </c>
+      <c r="D1118" s="54">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1119" s="15" t="s">
+        <v>2899</v>
+      </c>
+      <c r="B1119" s="72" t="s">
+        <v>2900</v>
+      </c>
+      <c r="C1119" s="89" t="s">
+        <v>2901</v>
+      </c>
+      <c r="D1119" s="54">
+        <v>46249</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1120" s="53" t="s">
+        <v>2902</v>
+      </c>
+      <c r="B1120" s="30" t="s">
+        <v>2903</v>
+      </c>
+      <c r="C1120" s="87" t="s">
+        <v>2904</v>
+      </c>
+      <c r="D1120" s="54">
+        <v>46128</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1121" s="15" t="s">
+        <v>2905</v>
+      </c>
+      <c r="B1121" s="72" t="s">
+        <v>2906</v>
+      </c>
+      <c r="C1121" s="72" t="s">
+        <v>2907</v>
+      </c>
+      <c r="D1121" s="33">
+        <v>46128</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1122" s="53" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B1122" s="55" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C1122" s="87" t="s">
+        <v>3480</v>
+      </c>
+      <c r="D1122" s="38">
+        <v>46129</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:4" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1123" s="14" t="s">
+        <v>3192</v>
+      </c>
+      <c r="B1123" s="72" t="s">
+        <v>2910</v>
+      </c>
+      <c r="C1123" s="72" t="s">
+        <v>2911</v>
+      </c>
+      <c r="D1123" s="33">
+        <v>46123</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1124" s="53" t="s">
+        <v>2912</v>
+      </c>
+      <c r="B1124" s="30" t="s">
+        <v>2913</v>
+      </c>
+      <c r="C1124" s="87" t="s">
+        <v>2914</v>
+      </c>
+      <c r="D1124" s="54">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1125" s="13" t="s">
+        <v>2915</v>
+      </c>
+      <c r="B1125" s="72" t="s">
+        <v>2916</v>
+      </c>
+      <c r="C1125" s="72" t="s">
+        <v>2917</v>
+      </c>
+      <c r="D1125" s="33">
+        <v>46123</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1126" s="53" t="s">
+        <v>2919</v>
+      </c>
+      <c r="B1126" s="72" t="s">
+        <v>2920</v>
+      </c>
+      <c r="C1126" s="87" t="s">
+        <v>3617</v>
+      </c>
+      <c r="D1126" s="33">
+        <v>46136</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1127" s="53" t="s">
+        <v>2921</v>
+      </c>
+      <c r="B1127" s="30" t="s">
+        <v>965</v>
+      </c>
+      <c r="C1127" s="89" t="s">
+        <v>2922</v>
+      </c>
+      <c r="D1127" s="33">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1128" s="53" t="s">
+        <v>2923</v>
+      </c>
+      <c r="B1128" s="30" t="s">
+        <v>2924</v>
+      </c>
+      <c r="C1128" s="72" t="s">
+        <v>2925</v>
+      </c>
+      <c r="D1128" s="57">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:4" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1129" s="53" t="s">
+        <v>2927</v>
+      </c>
+      <c r="B1129" s="30" t="s">
+        <v>2374</v>
+      </c>
+      <c r="C1129" s="87" t="s">
+        <v>3618</v>
+      </c>
+      <c r="D1129" s="54">
+        <v>46141</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:4" ht="260.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1130" s="53" t="s">
+        <v>2928</v>
+      </c>
+      <c r="B1130" s="55" t="s">
+        <v>2929</v>
+      </c>
+      <c r="C1130" s="87" t="s">
+        <v>2930</v>
+      </c>
+      <c r="D1130" s="54">
+        <v>46126</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1131" s="53" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B1131" s="30" t="s">
+        <v>2374</v>
+      </c>
+      <c r="C1131" s="87" t="s">
+        <v>3618</v>
+      </c>
+      <c r="D1131" s="54">
+        <v>46141</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:4" ht="117.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1132" s="53" t="s">
+        <v>2932</v>
+      </c>
+      <c r="B1132" s="30" t="s">
+        <v>2933</v>
+      </c>
+      <c r="C1132" s="87" t="s">
+        <v>2934</v>
+      </c>
+      <c r="D1132" s="33">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:4" ht="249.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1133" s="53" t="s">
+        <v>2935</v>
+      </c>
+      <c r="B1133" s="30" t="s">
+        <v>2936</v>
+      </c>
+      <c r="C1133" s="87" t="s">
+        <v>915</v>
+      </c>
+      <c r="D1133" s="33">
+        <v>46143</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1134" s="53" t="s">
+        <v>2937</v>
+      </c>
+      <c r="B1134" s="55" t="s">
+        <v>2938</v>
+      </c>
+      <c r="C1134" s="87" t="s">
+        <v>3619</v>
+      </c>
+      <c r="D1134" s="38">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:4" ht="173.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1135" s="53" t="s">
+        <v>2939</v>
+      </c>
+      <c r="B1135" s="30" t="s">
+        <v>2940</v>
+      </c>
+      <c r="C1135" s="87" t="s">
+        <v>2941</v>
+      </c>
+      <c r="D1135" s="33">
+        <v>46143</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1136" s="53" t="s">
+        <v>2942</v>
+      </c>
+      <c r="B1136" s="35" t="s">
+        <v>2943</v>
+      </c>
+      <c r="C1136" s="87" t="s">
+        <v>2944</v>
+      </c>
+      <c r="D1136" s="33">
+        <v>46147</v>
+      </c>
+    </row>
+    <row r="1137" spans="1:5" ht="174" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1137" s="53" t="s">
+        <v>2945</v>
+      </c>
+      <c r="B1137" s="30" t="s">
+        <v>2946</v>
+      </c>
+      <c r="C1137" s="87" t="s">
+        <v>2947</v>
+      </c>
+      <c r="D1137" s="33">
+        <v>46148</v>
+      </c>
+    </row>
+    <row r="1138" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1138" s="53" t="s">
+        <v>2948</v>
+      </c>
+      <c r="B1138" s="30" t="s">
+        <v>2949</v>
+      </c>
+      <c r="C1138" s="87" t="s">
+        <v>3620</v>
+      </c>
+      <c r="D1138" s="33">
+        <v>46148</v>
+      </c>
+      <c r="E1138" s="88"/>
+    </row>
+    <row r="1139" spans="1:5" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1139" s="53" t="s">
+        <v>2950</v>
+      </c>
+      <c r="B1139" s="55" t="s">
+        <v>2951</v>
+      </c>
+      <c r="C1139" s="87" t="s">
+        <v>750</v>
+      </c>
+      <c r="D1139" s="54">
+        <v>46149</v>
+      </c>
+    </row>
+    <row r="1140" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1140" s="53" t="s">
+        <v>2952</v>
+      </c>
+      <c r="B1140" s="55" t="s">
+        <v>2953</v>
+      </c>
+      <c r="C1140" s="87" t="s">
+        <v>2954</v>
+      </c>
+      <c r="D1140" s="54">
+        <v>46149</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1141" s="15" t="s">
+        <v>2956</v>
+      </c>
+      <c r="B1141" s="30" t="s">
+        <v>2955</v>
+      </c>
+      <c r="C1141" s="92" t="s">
+        <v>3621</v>
+      </c>
+      <c r="D1141" s="38">
+        <v>46151</v>
+      </c>
+    </row>
+    <row r="1142" spans="1:5" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1142" s="53" t="s">
+        <v>2957</v>
+      </c>
+      <c r="B1142" s="55" t="s">
+        <v>2958</v>
+      </c>
+      <c r="C1142" s="55" t="s">
+        <v>2962</v>
+      </c>
+      <c r="D1142" s="38">
+        <v>46153</v>
+      </c>
+      <c r="E1142" s="109"/>
+    </row>
+    <row r="1143" spans="1:5" ht="86.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1143" s="53" t="s">
+        <v>2959</v>
+      </c>
+      <c r="B1143" s="55" t="s">
+        <v>2960</v>
+      </c>
+      <c r="C1143" s="87" t="s">
+        <v>2961</v>
+      </c>
+      <c r="D1143" s="54">
+        <v>46154</v>
+      </c>
+    </row>
+    <row r="1144" spans="1:5" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A1144" s="14" t="s">
+        <v>2963</v>
+      </c>
+      <c r="B1144" s="25" t="s">
+        <v>2964</v>
+      </c>
+      <c r="C1144" s="72" t="s">
+        <v>3622</v>
+      </c>
+      <c r="D1144" s="54">
+        <v>46154</v>
+      </c>
+    </row>
+    <row r="1145" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1145" s="53" t="s">
+        <v>2965</v>
+      </c>
+      <c r="B1145" s="55" t="s">
+        <v>2966</v>
+      </c>
+      <c r="C1145" s="98" t="s">
+        <v>771</v>
+      </c>
+      <c r="D1145" s="38">
+        <v>46155</v>
+      </c>
+    </row>
+    <row r="1146" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1146" s="53" t="s">
+        <v>2967</v>
+      </c>
+      <c r="B1146" s="30" t="s">
+        <v>2968</v>
+      </c>
+      <c r="C1146" s="55" t="s">
+        <v>3623</v>
+      </c>
+      <c r="D1146" s="54">
+        <v>46157</v>
+      </c>
+    </row>
+    <row r="1147" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1147" s="53" t="s">
+        <v>2970</v>
+      </c>
+      <c r="B1147" s="30" t="s">
+        <v>2971</v>
+      </c>
+      <c r="C1147" s="87" t="s">
+        <v>198</v>
+      </c>
+      <c r="D1147" s="54">
+        <v>46157</v>
+      </c>
+    </row>
+    <row r="1148" spans="1:5" ht="219.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1148" s="53" t="s">
+        <v>2972</v>
+      </c>
+      <c r="B1148" s="72" t="s">
+        <v>414</v>
+      </c>
+      <c r="C1148" s="89" t="s">
+        <v>2973</v>
+      </c>
+      <c r="D1148" s="54">
+        <v>46162</v>
+      </c>
+    </row>
+    <row r="1149" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1149" s="53" t="s">
+        <v>2974</v>
+      </c>
+      <c r="B1149" s="30" t="s">
+        <v>2975</v>
+      </c>
+      <c r="C1149" s="87" t="s">
+        <v>2976</v>
+      </c>
+      <c r="D1149" s="54">
+        <v>46162</v>
+      </c>
+      <c r="E1149" s="88"/>
+    </row>
+    <row r="1150" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1150" s="53" t="s">
+        <v>2977</v>
+      </c>
+      <c r="B1150" s="30" t="s">
+        <v>2978</v>
+      </c>
+      <c r="C1150" s="87" t="s">
+        <v>2979</v>
+      </c>
+      <c r="D1150" s="54">
+        <v>46162</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1151" s="53" t="s">
+        <v>2980</v>
+      </c>
+      <c r="B1151" s="30" t="s">
+        <v>2981</v>
+      </c>
+      <c r="D1151" s="54">
+        <v>46162</v>
+      </c>
+    </row>
+    <row r="1152" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1152" s="53" t="s">
+        <v>2982</v>
+      </c>
+      <c r="B1152" s="30" t="s">
+        <v>2983</v>
+      </c>
+      <c r="C1152" s="87" t="s">
+        <v>3624</v>
+      </c>
+      <c r="D1152" s="54">
+        <v>46163</v>
+      </c>
+      <c r="E1152" s="88"/>
+    </row>
+    <row r="1153" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1153" s="53" t="s">
+        <v>2987</v>
+      </c>
+      <c r="B1153" s="30" t="s">
+        <v>2988</v>
+      </c>
+      <c r="C1153" s="87" t="s">
+        <v>2989</v>
+      </c>
+      <c r="D1153" s="54">
+        <v>46166</v>
+      </c>
+      <c r="E1153" s="88"/>
+    </row>
+    <row r="1154" spans="1:5" ht="312.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1154" s="53" t="s">
+        <v>2990</v>
+      </c>
+      <c r="B1154" s="30" t="s">
+        <v>2991</v>
+      </c>
+      <c r="C1154" s="87" t="s">
+        <v>2992</v>
+      </c>
+      <c r="D1154" s="54">
+        <v>46165</v>
+      </c>
+    </row>
+    <row r="1155" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1155" s="53" t="s">
+        <v>2994</v>
+      </c>
+      <c r="B1155" s="55" t="s">
+        <v>2995</v>
+      </c>
+      <c r="C1155" s="87" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D1155" s="38">
+        <v>46170</v>
+      </c>
+    </row>
+    <row r="1156" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1156" s="53" t="s">
+        <v>2996</v>
+      </c>
+      <c r="B1156" s="30" t="s">
         <v>2997</v>
       </c>
-      <c r="B4" s="21" t="s">
-[...16 lines deleted...]
-      <c r="C5" s="69" t="s">
+      <c r="C1156" s="55" t="s">
+        <v>3625</v>
+      </c>
+      <c r="D1156" s="54">
+        <v>46170</v>
+      </c>
+    </row>
+    <row r="1157" spans="1:5" ht="34.5" x14ac:dyDescent="0.25">
+      <c r="A1157" s="110" t="s">
+        <v>2998</v>
+      </c>
+      <c r="B1157" s="30" t="s">
+        <v>2999</v>
+      </c>
+      <c r="C1157" s="87" t="s">
+        <v>3000</v>
+      </c>
+      <c r="D1157" s="54">
+        <v>46171</v>
+      </c>
+    </row>
+    <row r="1158" spans="1:5" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1158" s="14" t="s">
+        <v>3001</v>
+      </c>
+      <c r="B1158" s="25" t="s">
+        <v>3002</v>
+      </c>
+      <c r="C1158" s="89" t="s">
+        <v>3626</v>
+      </c>
+      <c r="D1158" s="38">
+        <v>46200</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:5" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1159" s="53" t="s">
+        <v>3003</v>
+      </c>
+      <c r="B1159" s="30" t="s">
+        <v>3004</v>
+      </c>
+      <c r="C1159" s="87" t="s">
+        <v>3005</v>
+      </c>
+      <c r="D1159" s="54">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1160" s="53" t="s">
+        <v>3006</v>
+      </c>
+      <c r="B1160" s="30" t="s">
+        <v>3007</v>
+      </c>
+      <c r="C1160" s="87" t="s">
+        <v>3627</v>
+      </c>
+      <c r="D1160" s="54">
+        <v>46171</v>
+      </c>
+      <c r="E1160" s="88"/>
+    </row>
+    <row r="1161" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1161" s="53" t="s">
+        <v>3008</v>
+      </c>
+      <c r="B1161" s="30" t="s">
+        <v>3009</v>
+      </c>
+      <c r="C1161" s="87" t="s">
+        <v>3010</v>
+      </c>
+      <c r="D1161" s="54">
+        <v>46171</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1162" s="16" t="s">
+        <v>3012</v>
+      </c>
+      <c r="B1162" s="72" t="s">
+        <v>452</v>
+      </c>
+      <c r="C1162" s="72" t="s">
+        <v>453</v>
+      </c>
+      <c r="D1162" s="38">
+        <v>46224</v>
+      </c>
+      <c r="E1162" s="88"/>
+    </row>
+    <row r="1163" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1163" s="13" t="s">
+        <v>3013</v>
+      </c>
+      <c r="B1163" s="72" t="s">
+        <v>3014</v>
+      </c>
+      <c r="C1163" s="72" t="s">
+        <v>3628</v>
+      </c>
+      <c r="D1163" s="33">
+        <v>46172</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1164" s="15" t="s">
+        <v>3017</v>
+      </c>
+      <c r="B1164" s="72" t="s">
+        <v>2606</v>
+      </c>
+      <c r="C1164" s="72" t="s">
+        <v>3629</v>
+      </c>
+      <c r="D1164" s="33">
+        <v>46042</v>
+      </c>
+      <c r="E1164" s="88"/>
+    </row>
+    <row r="1165" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1165" s="53" t="s">
+        <v>3019</v>
+      </c>
+      <c r="B1165" s="30" t="s">
+        <v>3020</v>
+      </c>
+      <c r="C1165" s="87" t="s">
+        <v>3021</v>
+      </c>
+      <c r="D1165" s="33">
+        <v>46176</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1166" s="53" t="s">
+        <v>3025</v>
+      </c>
+      <c r="B1166" s="30" t="s">
+        <v>3026</v>
+      </c>
+      <c r="C1166" s="87" t="s">
+        <v>3027</v>
+      </c>
+      <c r="D1166" s="57">
+        <v>46178</v>
+      </c>
+      <c r="E1166" s="88"/>
+    </row>
+    <row r="1167" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1167" s="53" t="s">
+        <v>3028</v>
+      </c>
+      <c r="B1167" s="30" t="s">
+        <v>3029</v>
+      </c>
+      <c r="C1167" s="87" t="s">
+        <v>3030</v>
+      </c>
+      <c r="D1167" s="33">
+        <v>46176</v>
+      </c>
+      <c r="E1167" s="88"/>
+    </row>
+    <row r="1168" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1168" s="53" t="s">
+        <v>3032</v>
+      </c>
+      <c r="B1168" s="30" t="s">
+        <v>2523</v>
+      </c>
+      <c r="C1168" s="89" t="s">
+        <v>3604</v>
+      </c>
+      <c r="D1168" s="33">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1169" s="53" t="s">
+        <v>3033</v>
+      </c>
+      <c r="B1169" s="46" t="s">
+        <v>3034</v>
+      </c>
+      <c r="C1169" s="87" t="s">
+        <v>3035</v>
+      </c>
+      <c r="D1169" s="57">
+        <v>46179</v>
+      </c>
+      <c r="E1169" s="88"/>
+    </row>
+    <row r="1170" spans="1:5" ht="135.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1170" s="53" t="s">
+        <v>3036</v>
+      </c>
+      <c r="B1170" s="30" t="s">
+        <v>1854</v>
+      </c>
+      <c r="C1170" s="87" t="s">
+        <v>3630</v>
+      </c>
+      <c r="D1170" s="38">
+        <v>46179</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1171" s="53" t="s">
+        <v>3037</v>
+      </c>
+      <c r="B1171" s="30" t="s">
+        <v>3038</v>
+      </c>
+      <c r="C1171" s="87" t="s">
+        <v>3039</v>
+      </c>
+      <c r="D1171" s="33">
+        <v>46184</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:5" ht="174" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1172" s="16" t="s">
+        <v>3040</v>
+      </c>
+      <c r="B1172" s="72" t="s">
+        <v>3041</v>
+      </c>
+      <c r="C1172" s="72" t="s">
+        <v>3042</v>
+      </c>
+      <c r="D1172" s="33">
+        <v>46184</v>
+      </c>
+      <c r="E1172" s="88"/>
+    </row>
+    <row r="1173" spans="1:5" ht="66" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1173" s="61" t="s">
+        <v>3043</v>
+      </c>
+      <c r="B1173" s="30" t="s">
+        <v>3044</v>
+      </c>
+      <c r="C1173" s="87" t="s">
+        <v>3045</v>
+      </c>
+      <c r="D1173" s="33">
+        <v>46184</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1174" s="67" t="s">
+        <v>3046</v>
+      </c>
+      <c r="B1174" s="25" t="s">
+        <v>3047</v>
+      </c>
+      <c r="C1174" s="89" t="s">
+        <v>3631</v>
+      </c>
+      <c r="D1174" s="38">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1175" s="53" t="s">
+        <v>3048</v>
+      </c>
+      <c r="B1175" s="30" t="s">
+        <v>3049</v>
+      </c>
+      <c r="C1175" s="87" t="s">
+        <v>3050</v>
+      </c>
+      <c r="D1175" s="33">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1176" s="15" t="s">
+        <v>3051</v>
+      </c>
+      <c r="B1176" s="25" t="s">
+        <v>3052</v>
+      </c>
+      <c r="C1176" s="89" t="s">
+        <v>3053</v>
+      </c>
+      <c r="D1176" s="38">
+        <v>46184</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1177" s="53" t="s">
+        <v>3056</v>
+      </c>
+      <c r="B1177" s="55" t="s">
+        <v>3057</v>
+      </c>
+      <c r="C1177" s="87" t="s">
+        <v>3632</v>
+      </c>
+      <c r="D1177" s="33">
+        <v>46185</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:5" ht="191.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1178" s="13" t="s">
+        <v>3060</v>
+      </c>
+      <c r="B1178" s="72" t="s">
+        <v>3061</v>
+      </c>
+      <c r="C1178" s="72" t="s">
+        <v>358</v>
+      </c>
+      <c r="D1178" s="33">
+        <v>46187</v>
+      </c>
+      <c r="E1178" s="111"/>
+    </row>
+    <row r="1179" spans="1:5" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1179" s="108" t="s">
+        <v>3062</v>
+      </c>
+      <c r="B1179" s="25" t="s">
+        <v>3063</v>
+      </c>
+      <c r="C1179" s="25" t="s">
+        <v>3064</v>
+      </c>
+      <c r="D1179" s="54">
+        <v>46189</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1180" s="13" t="s">
+        <v>3067</v>
+      </c>
+      <c r="B1180" s="72" t="s">
+        <v>3068</v>
+      </c>
+      <c r="C1180" s="72" t="s">
+        <v>109</v>
+      </c>
+      <c r="D1180" s="33">
+        <v>46205</v>
+      </c>
+      <c r="E1180" s="88"/>
+    </row>
+    <row r="1181" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1181" s="53" t="s">
+        <v>3070</v>
+      </c>
+      <c r="B1181" s="30" t="s">
+        <v>3071</v>
+      </c>
+      <c r="C1181" s="98" t="s">
+        <v>3072</v>
+      </c>
+      <c r="D1181" s="54">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:5" ht="220.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1182" s="53" t="s">
+        <v>3073</v>
+      </c>
+      <c r="B1182" s="30" t="s">
+        <v>3074</v>
+      </c>
+      <c r="C1182" s="87" t="s">
+        <v>3075</v>
+      </c>
+      <c r="D1182" s="54">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:5" ht="97.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1183" s="53" t="s">
+        <v>3077</v>
+      </c>
+      <c r="B1183" s="30" t="s">
+        <v>3078</v>
+      </c>
+      <c r="C1183" s="96" t="s">
+        <v>915</v>
+      </c>
+      <c r="D1183" s="54">
+        <v>46191</v>
+      </c>
+      <c r="E1183" s="88"/>
+    </row>
+    <row r="1184" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1184" s="53" t="s">
+        <v>3079</v>
+      </c>
+      <c r="B1184" s="30" t="s">
+        <v>3080</v>
+      </c>
+      <c r="C1184" s="87" t="s">
+        <v>3081</v>
+      </c>
+      <c r="D1184" s="38">
+        <v>46191</v>
+      </c>
+      <c r="E1184" s="88"/>
+    </row>
+    <row r="1185" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1185" s="53" t="s">
+        <v>3083</v>
+      </c>
+      <c r="B1185" s="30" t="s">
+        <v>3084</v>
+      </c>
+      <c r="C1185" s="89" t="s">
+        <v>3085</v>
+      </c>
+      <c r="D1185" s="54">
+        <v>46193</v>
+      </c>
+    </row>
+    <row r="1186" spans="1:5" ht="86.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1186" s="53" t="s">
+        <v>3086</v>
+      </c>
+      <c r="B1186" s="59" t="s">
+        <v>965</v>
+      </c>
+      <c r="C1186" s="95" t="s">
+        <v>3087</v>
+      </c>
+      <c r="D1186" s="54">
+        <v>46167</v>
+      </c>
+      <c r="E1186" s="88"/>
+    </row>
+    <row r="1187" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1187" s="53" t="s">
+        <v>3088</v>
+      </c>
+      <c r="B1187" s="46" t="s">
+        <v>3089</v>
+      </c>
+      <c r="C1187" s="87" t="s">
+        <v>133</v>
+      </c>
+      <c r="D1187" s="54">
+        <v>46197</v>
+      </c>
+      <c r="E1187" s="103"/>
+    </row>
+    <row r="1188" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1188" s="53" t="s">
+        <v>3090</v>
+      </c>
+      <c r="B1188" s="30" t="s">
+        <v>3091</v>
+      </c>
+      <c r="C1188" s="89" t="s">
+        <v>3092</v>
+      </c>
+      <c r="D1188" s="54">
+        <v>46196</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1189" s="53" t="s">
+        <v>3095</v>
+      </c>
+      <c r="B1189" s="30" t="s">
+        <v>3096</v>
+      </c>
+      <c r="C1189" s="87" t="s">
+        <v>3097</v>
+      </c>
+      <c r="D1189" s="54">
+        <v>46200</v>
+      </c>
+      <c r="E1189" s="88"/>
+    </row>
+    <row r="1190" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1190" s="53" t="s">
+        <v>3098</v>
+      </c>
+      <c r="B1190" s="30" t="s">
+        <v>3099</v>
+      </c>
+      <c r="C1190" s="98" t="s">
+        <v>43</v>
+      </c>
+      <c r="D1190" s="54">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1191" s="53" t="s">
+        <v>3107</v>
+      </c>
+      <c r="B1191" s="30" t="s">
+        <v>3106</v>
+      </c>
+      <c r="C1191" s="87" t="s">
+        <v>3108</v>
+      </c>
+      <c r="D1191" s="54">
+        <v>46204</v>
+      </c>
+      <c r="E1191" s="88"/>
+    </row>
+    <row r="1192" spans="1:5" ht="367.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1192" s="53" t="s">
+        <v>3110</v>
+      </c>
+      <c r="B1192" s="46" t="s">
+        <v>3111</v>
+      </c>
+      <c r="C1192" s="87" t="s">
+        <v>3112</v>
+      </c>
+      <c r="D1192" s="54">
+        <v>46205</v>
+      </c>
+    </row>
+    <row r="1193" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1193" s="53" t="s">
+        <v>3319</v>
+      </c>
+      <c r="B1193" s="30" t="s">
+        <v>3115</v>
+      </c>
+      <c r="C1193" s="87" t="s">
+        <v>3116</v>
+      </c>
+      <c r="D1193" s="54">
+        <v>46261</v>
+      </c>
+      <c r="E1193" s="88"/>
+    </row>
+    <row r="1194" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1194" s="53" t="s">
+        <v>3117</v>
+      </c>
+      <c r="B1194" s="30" t="s">
+        <v>3118</v>
+      </c>
+      <c r="C1194" s="87" t="s">
+        <v>3119</v>
+      </c>
+      <c r="D1194" s="54">
+        <v>46206</v>
+      </c>
+    </row>
+    <row r="1195" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1195" s="53" t="s">
+        <v>3123</v>
+      </c>
+      <c r="B1195" s="30" t="s">
+        <v>3124</v>
+      </c>
+      <c r="C1195" s="87" t="s">
+        <v>3125</v>
+      </c>
+      <c r="D1195" s="54">
+        <v>46207</v>
+      </c>
+      <c r="E1195" s="88"/>
+    </row>
+    <row r="1196" spans="1:5" ht="184.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1196" s="53" t="s">
+        <v>3126</v>
+      </c>
+      <c r="B1196" s="55" t="s">
+        <v>3127</v>
+      </c>
+      <c r="C1196" s="72" t="s">
+        <v>3633</v>
+      </c>
+      <c r="D1196" s="57">
+        <v>46207</v>
+      </c>
+      <c r="E1196" s="97"/>
+    </row>
+    <row r="1197" spans="1:5" ht="218.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1197" s="53" t="s">
+        <v>3128</v>
+      </c>
+      <c r="B1197" s="72" t="s">
+        <v>3129</v>
+      </c>
+      <c r="C1197" s="92" t="s">
+        <v>524</v>
+      </c>
+      <c r="D1197" s="38">
+        <v>46207</v>
+      </c>
+      <c r="E1197" s="88"/>
+    </row>
+    <row r="1198" spans="1:5" ht="174" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1198" s="13" t="s">
+        <v>3130</v>
+      </c>
+      <c r="B1198" s="30" t="s">
+        <v>3131</v>
+      </c>
+      <c r="C1198" s="72" t="s">
+        <v>3132</v>
+      </c>
+      <c r="D1198" s="33">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1199" s="53" t="s">
+        <v>3133</v>
+      </c>
+      <c r="B1199" s="30" t="s">
+        <v>3134</v>
+      </c>
+      <c r="C1199" s="87" t="s">
+        <v>3135</v>
+      </c>
+      <c r="D1199" s="54">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:5" ht="333" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1200" s="14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1200" s="25" t="s">
+        <v>3139</v>
+      </c>
+      <c r="C1200" s="92" t="s">
+        <v>3634</v>
+      </c>
+      <c r="D1200" s="33">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1201" s="15" t="s">
+        <v>3143</v>
+      </c>
+      <c r="B1201" s="72" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1201" s="72" t="s">
+        <v>32</v>
+      </c>
+      <c r="D1201" s="33">
+        <v>46212</v>
+      </c>
+      <c r="E1201" s="97"/>
+    </row>
+    <row r="1202" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1202" s="53" t="s">
+        <v>3144</v>
+      </c>
+      <c r="B1202" s="30" t="s">
+        <v>3145</v>
+      </c>
+      <c r="C1202" s="87" t="s">
+        <v>3146</v>
+      </c>
+      <c r="D1202" s="54">
+        <v>46212</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1203" s="53" t="s">
+        <v>3152</v>
+      </c>
+      <c r="B1203" s="30" t="s">
+        <v>3153</v>
+      </c>
+      <c r="C1203" s="87" t="s">
+        <v>3154</v>
+      </c>
+      <c r="D1203" s="54">
+        <v>46212</v>
+      </c>
+    </row>
+    <row r="1204" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1204" s="53" t="s">
+        <v>3159</v>
+      </c>
+      <c r="B1204" s="55" t="s">
+        <v>3160</v>
+      </c>
+      <c r="C1204" s="87" t="s">
+        <v>3161</v>
+      </c>
+      <c r="D1204" s="54">
+        <v>46213</v>
+      </c>
+      <c r="E1204" s="88"/>
+    </row>
+    <row r="1205" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1205" s="53" t="s">
+        <v>3162</v>
+      </c>
+      <c r="B1205" s="30" t="s">
+        <v>3163</v>
+      </c>
+      <c r="C1205" s="87" t="s">
+        <v>949</v>
+      </c>
+      <c r="D1205" s="54">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="1206" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1206" s="53" t="s">
+        <v>3167</v>
+      </c>
+      <c r="B1206" s="72" t="s">
+        <v>3168</v>
+      </c>
+      <c r="C1206" s="112" t="s">
+        <v>915</v>
+      </c>
+      <c r="D1206" s="54">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="1207" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1207" s="53" t="s">
+        <v>3169</v>
+      </c>
+      <c r="B1207" s="30" t="s">
+        <v>3170</v>
+      </c>
+      <c r="C1207" s="87" t="s">
+        <v>3171</v>
+      </c>
+      <c r="D1207" s="54">
+        <v>46217</v>
+      </c>
+      <c r="E1207" s="88"/>
+    </row>
+    <row r="1208" spans="1:5" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A1208" s="53" t="s">
+        <v>3174</v>
+      </c>
+      <c r="B1208" s="30" t="s">
+        <v>3175</v>
+      </c>
+      <c r="C1208" s="95" t="s">
+        <v>3635</v>
+      </c>
+      <c r="D1208" s="38">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="1209" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1209" s="13" t="s">
+        <v>3176</v>
+      </c>
+      <c r="B1209" s="72" t="s">
+        <v>3177</v>
+      </c>
+      <c r="C1209" s="72" t="s">
+        <v>3178</v>
+      </c>
+      <c r="D1209" s="38">
+        <v>46130</v>
+      </c>
+      <c r="E1209" s="97"/>
+    </row>
+    <row r="1210" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1210" s="15" t="s">
+        <v>3179</v>
+      </c>
+      <c r="B1210" s="72" t="s">
+        <v>3180</v>
+      </c>
+      <c r="C1210" s="72" t="s">
+        <v>3181</v>
+      </c>
+      <c r="D1210" s="38">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="1211" spans="1:5" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A1211" s="15" t="s">
+        <v>3182</v>
+      </c>
+      <c r="B1211" s="30" t="s">
+        <v>3183</v>
+      </c>
+      <c r="C1211" s="113" t="s">
+        <v>3184</v>
+      </c>
+      <c r="D1211" s="38">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="1212" spans="1:5" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A1212" s="15" t="s">
+        <v>3182</v>
+      </c>
+      <c r="B1212" s="30" t="s">
+        <v>3183</v>
+      </c>
+      <c r="C1212" s="89" t="s">
+        <v>3185</v>
+      </c>
+      <c r="D1212" s="38">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="1213" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1213" s="53" t="s">
+        <v>3186</v>
+      </c>
+      <c r="B1213" s="55" t="s">
+        <v>3187</v>
+      </c>
+      <c r="C1213" s="87" t="s">
+        <v>3188</v>
+      </c>
+      <c r="D1213" s="54">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="1214" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1214" s="53" t="s">
+        <v>3189</v>
+      </c>
+      <c r="B1214" s="30" t="s">
+        <v>3190</v>
+      </c>
+      <c r="C1214" s="87" t="s">
+        <v>3191</v>
+      </c>
+      <c r="D1214" s="54">
+        <v>46225</v>
+      </c>
+      <c r="E1214" s="88"/>
+    </row>
+    <row r="1215" spans="1:5" ht="135" x14ac:dyDescent="0.25">
+      <c r="A1215" s="53" t="s">
+        <v>3193</v>
+      </c>
+      <c r="B1215" s="30" t="s">
+        <v>721</v>
+      </c>
+      <c r="C1215" s="87" t="s">
+        <v>3194</v>
+      </c>
+      <c r="D1215" s="54">
+        <v>46225</v>
+      </c>
+      <c r="E1215" s="88"/>
+    </row>
+    <row r="1216" spans="1:5" ht="192.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1216" s="114" t="s">
+        <v>3195</v>
+      </c>
+      <c r="B1216" s="72" t="s">
+        <v>3196</v>
+      </c>
+      <c r="C1216" s="72" t="s">
+        <v>2231</v>
+      </c>
+      <c r="D1216" s="33">
+        <v>46130</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:5" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1217" s="65" t="s">
+        <v>3198</v>
+      </c>
+      <c r="B1217" s="72" t="s">
+        <v>3199</v>
+      </c>
+      <c r="C1217" s="98" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D1217" s="33">
+        <v>46228</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1218" s="53" t="s">
+        <v>3200</v>
+      </c>
+      <c r="B1218" s="30" t="s">
+        <v>3201</v>
+      </c>
+      <c r="C1218" s="87" t="s">
+        <v>3636</v>
+      </c>
+      <c r="D1218" s="54">
+        <v>46227</v>
+      </c>
+      <c r="E1218" s="88"/>
+    </row>
+    <row r="1219" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1219" s="53" t="s">
+        <v>3202</v>
+      </c>
+      <c r="B1219" s="25" t="s">
+        <v>3203</v>
+      </c>
+      <c r="C1219" s="72" t="s">
+        <v>3204</v>
+      </c>
+      <c r="D1219" s="38">
+        <v>46227</v>
+      </c>
+      <c r="E1219" s="88"/>
+    </row>
+    <row r="1220" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1220" s="53" t="s">
+        <v>3206</v>
+      </c>
+      <c r="B1220" s="30" t="s">
+        <v>3207</v>
+      </c>
+      <c r="C1220" s="87" t="s">
+        <v>3208</v>
+      </c>
+      <c r="D1220" s="54">
+        <v>46228</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1221" s="53" t="s">
+        <v>3209</v>
+      </c>
+      <c r="B1221" s="46" t="s">
+        <v>3210</v>
+      </c>
+      <c r="C1221" s="87" t="s">
+        <v>3211</v>
+      </c>
+      <c r="D1221" s="54">
+        <v>46228</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1222" s="53" t="s">
+        <v>3213</v>
+      </c>
+      <c r="B1222" s="30" t="s">
+        <v>3212</v>
+      </c>
+      <c r="C1222" s="87" t="s">
+        <v>3637</v>
+      </c>
+      <c r="D1222" s="54">
+        <v>46228</v>
+      </c>
+      <c r="E1222" s="88"/>
+    </row>
+    <row r="1223" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1223" s="53" t="s">
+        <v>3215</v>
+      </c>
+      <c r="B1223" s="30" t="s">
+        <v>3214</v>
+      </c>
+      <c r="C1223" s="55" t="s">
+        <v>3216</v>
+      </c>
+      <c r="D1223" s="54">
+        <v>46228</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:5" ht="139.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1224" s="15" t="s">
+        <v>3217</v>
+      </c>
+      <c r="B1224" s="72" t="s">
+        <v>3218</v>
+      </c>
+      <c r="C1224" s="92" t="s">
+        <v>3219</v>
+      </c>
+      <c r="D1224" s="33">
+        <v>46231</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1225" s="53" t="s">
+        <v>3220</v>
+      </c>
+      <c r="B1225" s="30" t="s">
+        <v>3221</v>
+      </c>
+      <c r="C1225" s="87" t="s">
+        <v>3222</v>
+      </c>
+      <c r="D1225" s="57">
+        <v>46232</v>
+      </c>
+      <c r="E1225" s="88"/>
+    </row>
+    <row r="1226" spans="1:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1226" s="14" t="s">
+        <v>3223</v>
+      </c>
+      <c r="B1226" s="72" t="s">
+        <v>3224</v>
+      </c>
+      <c r="C1226" s="72" t="s">
+        <v>3225</v>
+      </c>
+      <c r="D1226" s="33">
+        <v>46232</v>
+      </c>
+      <c r="E1226" s="88"/>
+    </row>
+    <row r="1227" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1227" s="53" t="s">
+        <v>3228</v>
+      </c>
+      <c r="B1227" s="30" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C1227" s="87" t="s">
+        <v>3229</v>
+      </c>
+      <c r="D1227" s="38">
+        <v>46232</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1228" s="15" t="s">
+        <v>3231</v>
+      </c>
+      <c r="B1228" s="72" t="s">
+        <v>3232</v>
+      </c>
+      <c r="C1228" s="72" t="s">
+        <v>3233</v>
+      </c>
+      <c r="D1228" s="33">
+        <v>46236</v>
+      </c>
+      <c r="E1228" s="103"/>
+    </row>
+    <row r="1229" spans="1:5" ht="105" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1229" s="16" t="s">
+        <v>3236</v>
+      </c>
+      <c r="B1229" s="72" t="s">
+        <v>203</v>
+      </c>
+      <c r="C1229" s="95" t="s">
+        <v>43</v>
+      </c>
+      <c r="D1229" s="38">
+        <v>46269</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1230" s="53" t="s">
+        <v>3238</v>
+      </c>
+      <c r="B1230" s="25" t="s">
+        <v>3239</v>
+      </c>
+      <c r="C1230" s="92" t="s">
+        <v>3638</v>
+      </c>
+      <c r="D1230" s="54">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1231" s="53" t="s">
+        <v>3241</v>
+      </c>
+      <c r="B1231" s="30" t="s">
+        <v>3242</v>
+      </c>
+      <c r="C1231" s="92" t="s">
+        <v>3243</v>
+      </c>
+      <c r="D1231" s="54">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1232" s="53" t="s">
+        <v>3244</v>
+      </c>
+      <c r="B1232" s="30" t="s">
+        <v>3245</v>
+      </c>
+      <c r="C1232" s="92" t="s">
+        <v>3246</v>
+      </c>
+      <c r="D1232" s="54">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1233" s="53" t="s">
+        <v>3247</v>
+      </c>
+      <c r="B1233" s="30" t="s">
+        <v>3248</v>
+      </c>
+      <c r="C1233" s="87" t="s">
+        <v>3249</v>
+      </c>
+      <c r="D1233" s="54">
+        <v>46239</v>
+      </c>
+      <c r="E1233" s="88"/>
+    </row>
+    <row r="1234" spans="1:5" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1234" s="14" t="s">
+        <v>3250</v>
+      </c>
+      <c r="B1234" s="72" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C1234" s="95" t="s">
+        <v>2036</v>
+      </c>
+      <c r="D1234" s="33">
+        <v>46239</v>
+      </c>
+      <c r="E1234" s="88"/>
+    </row>
+    <row r="1235" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1235" s="13" t="s">
+        <v>3251</v>
+      </c>
+      <c r="B1235" s="72" t="s">
+        <v>3252</v>
+      </c>
+      <c r="C1235" s="72" t="s">
+        <v>3253</v>
+      </c>
+      <c r="D1235" s="33">
+        <v>46240</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1236" s="53" t="s">
+        <v>3256</v>
+      </c>
+      <c r="B1236" s="30" t="s">
+        <v>3257</v>
+      </c>
+      <c r="C1236" s="87" t="s">
+        <v>3639</v>
+      </c>
+      <c r="D1236" s="38">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1237" s="53" t="s">
+        <v>3258</v>
+      </c>
+      <c r="B1237" s="30" t="s">
+        <v>3259</v>
+      </c>
+      <c r="C1237" s="87" t="s">
+        <v>553</v>
+      </c>
+      <c r="D1237" s="54">
+        <v>46241</v>
+      </c>
+      <c r="E1237" s="88"/>
+    </row>
+    <row r="1238" spans="1:5" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1238" s="53" t="s">
+        <v>3260</v>
+      </c>
+      <c r="B1238" s="25" t="s">
+        <v>3261</v>
+      </c>
+      <c r="C1238" s="87" t="s">
+        <v>3262</v>
+      </c>
+      <c r="D1238" s="38">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1239" s="53" t="s">
+        <v>3263</v>
+      </c>
+      <c r="B1239" s="30" t="s">
+        <v>3264</v>
+      </c>
+      <c r="C1239" s="87" t="s">
+        <v>3265</v>
+      </c>
+      <c r="D1239" s="54">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="1240" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1240" s="53" t="s">
+        <v>3266</v>
+      </c>
+      <c r="B1240" s="106" t="s">
+        <v>3267</v>
+      </c>
+      <c r="C1240" s="55" t="s">
+        <v>3268</v>
+      </c>
+      <c r="D1240" s="54">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="1241" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1241" s="53" t="s">
+        <v>3270</v>
+      </c>
+      <c r="B1241" s="55" t="s">
+        <v>3271</v>
+      </c>
+      <c r="C1241" s="87" t="s">
+        <v>3272</v>
+      </c>
+      <c r="D1241" s="54">
+        <v>46242</v>
+      </c>
+      <c r="E1241" s="88"/>
+    </row>
+    <row r="1242" spans="1:5" ht="124.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1242" s="61" t="s">
+        <v>3278</v>
+      </c>
+      <c r="B1242" s="30" t="s">
+        <v>3279</v>
+      </c>
+      <c r="C1242" s="87" t="s">
+        <v>3280</v>
+      </c>
+      <c r="D1242" s="57">
+        <v>46246</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1243" s="53" t="s">
+        <v>3282</v>
+      </c>
+      <c r="B1243" s="30" t="s">
+        <v>3283</v>
+      </c>
+      <c r="C1243" s="87" t="s">
+        <v>3284</v>
+      </c>
+      <c r="D1243" s="33">
+        <v>46247</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1244" s="15" t="s">
+        <v>3293</v>
+      </c>
+      <c r="B1244" s="55" t="s">
+        <v>3294</v>
+      </c>
+      <c r="C1244" s="89" t="s">
+        <v>3295</v>
+      </c>
+      <c r="D1244" s="33">
+        <v>46254</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1245" s="53" t="s">
+        <v>3296</v>
+      </c>
+      <c r="B1245" s="30" t="s">
+        <v>3297</v>
+      </c>
+      <c r="C1245" s="95" t="s">
+        <v>3295</v>
+      </c>
+      <c r="D1245" s="54">
+        <v>46254</v>
+      </c>
+      <c r="E1245" s="88"/>
+    </row>
+    <row r="1246" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1246" s="53" t="s">
+        <v>3298</v>
+      </c>
+      <c r="B1246" s="30" t="s">
+        <v>3299</v>
+      </c>
+      <c r="C1246" s="87" t="s">
+        <v>3300</v>
+      </c>
+      <c r="D1246" s="54">
+        <v>46253</v>
+      </c>
+      <c r="E1246" s="88"/>
+    </row>
+    <row r="1247" spans="1:5" ht="180" x14ac:dyDescent="0.25">
+      <c r="A1247" s="53" t="s">
+        <v>3302</v>
+      </c>
+      <c r="B1247" s="30" t="s">
+        <v>3303</v>
+      </c>
+      <c r="C1247" s="87" t="s">
+        <v>3640</v>
+      </c>
+      <c r="D1247" s="54">
+        <v>46256</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1248" s="53" t="s">
+        <v>3305</v>
+      </c>
+      <c r="B1248" s="30" t="s">
+        <v>3306</v>
+      </c>
+      <c r="C1248" s="87" t="s">
+        <v>3307</v>
+      </c>
+      <c r="D1248" s="54">
+        <v>46259</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1249" s="53" t="s">
+        <v>3308</v>
+      </c>
+      <c r="B1249" s="30" t="s">
+        <v>3309</v>
+      </c>
+      <c r="C1249" s="98" t="s">
+        <v>3135</v>
+      </c>
+      <c r="D1249" s="54">
+        <v>46260</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1250" s="53" t="s">
+        <v>3310</v>
+      </c>
+      <c r="B1250" s="30" t="s">
+        <v>3311</v>
+      </c>
+      <c r="C1250" s="117" t="s">
+        <v>3312</v>
+      </c>
+      <c r="D1250" s="54">
+        <v>46260</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:5" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1251" s="61" t="s">
+        <v>3313</v>
+      </c>
+      <c r="B1251" s="30" t="s">
+        <v>3314</v>
+      </c>
+      <c r="C1251" s="87" t="s">
+        <v>3315</v>
+      </c>
+      <c r="D1251" s="54">
+        <v>46260</v>
+      </c>
+      <c r="E1251" s="88"/>
+    </row>
+    <row r="1252" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1252" s="53" t="s">
+        <v>3316</v>
+      </c>
+      <c r="B1252" s="55" t="s">
+        <v>3317</v>
+      </c>
+      <c r="C1252" s="94" t="s">
+        <v>771</v>
+      </c>
+      <c r="D1252" s="54">
+        <v>46260</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:5" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A1253" s="53" t="s">
+        <v>3321</v>
+      </c>
+      <c r="B1253" s="30" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C1253" s="87" t="s">
+        <v>1943</v>
+      </c>
+      <c r="D1253" s="33">
+        <v>46240</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1254" s="58" t="s">
+        <v>3327</v>
+      </c>
+      <c r="B1254" s="30" t="s">
+        <v>3328</v>
+      </c>
+      <c r="C1254" s="72" t="s">
+        <v>3329</v>
+      </c>
+      <c r="D1254" s="54">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:5" ht="202.5" x14ac:dyDescent="0.25">
+      <c r="A1255" s="53" t="s">
+        <v>3330</v>
+      </c>
+      <c r="B1255" s="30" t="s">
+        <v>3331</v>
+      </c>
+      <c r="C1255" s="87" t="s">
+        <v>3641</v>
+      </c>
+      <c r="D1255" s="54">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1256" s="53" t="s">
+        <v>3336</v>
+      </c>
+      <c r="B1256" s="30" t="s">
+        <v>764</v>
+      </c>
+      <c r="C1256" s="87" t="s">
+        <v>765</v>
+      </c>
+      <c r="D1256" s="38">
+        <v>46344</v>
+      </c>
+      <c r="E1256" s="88"/>
+    </row>
+    <row r="1257" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1257" s="16" t="s">
+        <v>3338</v>
+      </c>
+      <c r="B1257" s="25" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C1257" s="89" t="s">
+        <v>3339</v>
+      </c>
+      <c r="D1257" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1258" s="13" t="s">
+        <v>3340</v>
+      </c>
+      <c r="B1258" s="25" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C1258" s="98" t="s">
+        <v>3341</v>
+      </c>
+      <c r="D1258" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:5" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1259" s="14" t="s">
+        <v>3342</v>
+      </c>
+      <c r="B1259" s="25" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C1259" s="89" t="s">
+        <v>3642</v>
+      </c>
+      <c r="D1259" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1260" s="13" t="s">
+        <v>3343</v>
+      </c>
+      <c r="B1260" s="25" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C1260" s="89" t="s">
+        <v>3344</v>
+      </c>
+      <c r="D1260" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:5" ht="162" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1261" s="53" t="s">
+        <v>3345</v>
+      </c>
+      <c r="B1261" s="30" t="s">
+        <v>3346</v>
+      </c>
+      <c r="C1261" s="87" t="s">
+        <v>3347</v>
+      </c>
+      <c r="D1261" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1262" s="53" t="s">
+        <v>3348</v>
+      </c>
+      <c r="B1262" s="30" t="s">
+        <v>3349</v>
+      </c>
+      <c r="C1262" s="87" t="s">
+        <v>3350</v>
+      </c>
+      <c r="D1262" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1263" s="53" t="s">
+        <v>3352</v>
+      </c>
+      <c r="B1263" s="55" t="s">
+        <v>3353</v>
+      </c>
+      <c r="C1263" s="87" t="s">
+        <v>3354</v>
+      </c>
+      <c r="D1263" s="54">
+        <v>46275</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1264" s="53" t="s">
+        <v>3358</v>
+      </c>
+      <c r="B1264" s="30" t="s">
+        <v>3359</v>
+      </c>
+      <c r="C1264" s="87" t="s">
+        <v>3609</v>
+      </c>
+      <c r="D1264" s="33">
+        <v>46277</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1265" s="53" t="s">
+        <v>3360</v>
+      </c>
+      <c r="B1265" s="30" t="s">
+        <v>3361</v>
+      </c>
+      <c r="C1265" s="89" t="s">
+        <v>3085</v>
+      </c>
+      <c r="D1265" s="54">
+        <v>46193</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:5" ht="104.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1266" s="53" t="s">
+        <v>3362</v>
+      </c>
+      <c r="B1266" s="30" t="s">
+        <v>3363</v>
+      </c>
+      <c r="C1266" s="87" t="s">
+        <v>3364</v>
+      </c>
+      <c r="D1266" s="33">
+        <v>46278</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1267" s="53" t="s">
+        <v>3365</v>
+      </c>
+      <c r="B1267" s="30" t="s">
+        <v>3366</v>
+      </c>
+      <c r="C1267" s="87" t="s">
+        <v>3367</v>
+      </c>
+      <c r="D1267" s="33">
+        <v>46277</v>
+      </c>
+    </row>
+    <row r="1268" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1268" s="53" t="s">
+        <v>3368</v>
+      </c>
+      <c r="B1268" s="30" t="s">
+        <v>3369</v>
+      </c>
+      <c r="C1268" s="87" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D1268" s="33">
+        <v>46281</v>
+      </c>
+    </row>
+    <row r="1269" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1269" s="15" t="s">
+        <v>3370</v>
+      </c>
+      <c r="B1269" s="46" t="s">
+        <v>3371</v>
+      </c>
+      <c r="C1269" s="72" t="s">
+        <v>3372</v>
+      </c>
+      <c r="D1269" s="33">
+        <v>46281</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1270" s="53" t="s">
+        <v>3375</v>
+      </c>
+      <c r="B1270" s="30" t="s">
+        <v>3376</v>
+      </c>
+      <c r="C1270" s="87" t="s">
+        <v>3377</v>
+      </c>
+      <c r="D1270" s="38">
+        <v>46283</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1271" s="53" t="s">
+        <v>3379</v>
+      </c>
+      <c r="B1271" s="30" t="s">
+        <v>3380</v>
+      </c>
+      <c r="C1271" s="87" t="s">
+        <v>3381</v>
+      </c>
+      <c r="D1271" s="33">
+        <v>46283</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1272" s="53" t="s">
+        <v>1646</v>
+      </c>
+      <c r="B1272" s="47" t="s">
+        <v>1647</v>
+      </c>
+      <c r="C1272" s="87" t="s">
+        <v>3643</v>
+      </c>
+      <c r="D1272" s="54">
+        <v>46283</v>
+      </c>
+      <c r="E1272" s="88"/>
+    </row>
+    <row r="1273" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1273" s="53" t="s">
+        <v>3382</v>
+      </c>
+      <c r="B1273" s="30" t="s">
+        <v>3383</v>
+      </c>
+      <c r="C1273" s="87" t="s">
+        <v>3384</v>
+      </c>
+      <c r="D1273" s="57">
+        <v>46239</v>
+      </c>
+      <c r="E1273" s="88"/>
+    </row>
+    <row r="1274" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1274" s="53" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B1274" s="30" t="s">
+        <v>1952</v>
+      </c>
+      <c r="C1274" s="87" t="s">
+        <v>3644</v>
+      </c>
+      <c r="D1274" s="38">
+        <v>46283</v>
+      </c>
+      <c r="E1274" s="88"/>
+    </row>
+    <row r="1275" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1275" s="53" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B1275" s="30" t="s">
+        <v>3386</v>
+      </c>
+      <c r="C1275" s="87" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D1275" s="33">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="1276" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1276" s="53" t="s">
+        <v>3387</v>
+      </c>
+      <c r="B1276" s="30" t="s">
+        <v>3388</v>
+      </c>
+      <c r="C1276" s="87" t="s">
+        <v>3389</v>
+      </c>
+      <c r="D1276" s="33">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="1277" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1277" s="53" t="s">
+        <v>3392</v>
+      </c>
+      <c r="B1277" s="30" t="s">
+        <v>3393</v>
+      </c>
+      <c r="C1277" s="87" t="s">
+        <v>3645</v>
+      </c>
+      <c r="D1277" s="33">
+        <v>46288</v>
+      </c>
+    </row>
+    <row r="1278" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1278" s="53" t="s">
+        <v>3397</v>
+      </c>
+      <c r="B1278" s="30" t="s">
+        <v>3398</v>
+      </c>
+      <c r="C1278" s="87" t="s">
+        <v>3399</v>
+      </c>
+      <c r="D1278" s="33">
+        <v>46288</v>
+      </c>
+    </row>
+    <row r="1279" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1279" s="53" t="s">
+        <v>3400</v>
+      </c>
+      <c r="B1279" s="30" t="s">
+        <v>3401</v>
+      </c>
+      <c r="C1279" s="87" t="s">
+        <v>3402</v>
+      </c>
+      <c r="D1279" s="33">
+        <v>46289</v>
+      </c>
+    </row>
+    <row r="1280" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1280" s="53" t="s">
+        <v>3403</v>
+      </c>
+      <c r="B1280" s="55" t="s">
+        <v>3404</v>
+      </c>
+      <c r="C1280" s="87" t="s">
+        <v>3405</v>
+      </c>
+      <c r="D1280" s="33">
+        <v>46289</v>
+      </c>
+    </row>
+    <row r="1281" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1281" s="53" t="s">
+        <v>3407</v>
+      </c>
+      <c r="B1281" s="55" t="s">
+        <v>3408</v>
+      </c>
+      <c r="C1281" s="87" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1281" s="33">
+        <v>46290</v>
+      </c>
+      <c r="E1281" s="88"/>
+    </row>
+    <row r="1282" spans="1:5" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A1282" s="53" t="s">
+        <v>3409</v>
+      </c>
+      <c r="B1282" s="55" t="s">
+        <v>3410</v>
+      </c>
+      <c r="C1282" s="89" t="s">
+        <v>3411</v>
+      </c>
+      <c r="D1282" s="33">
+        <v>46290</v>
+      </c>
+    </row>
+    <row r="1283" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1283" s="53" t="s">
+        <v>3412</v>
+      </c>
+      <c r="B1283" s="30" t="s">
+        <v>3413</v>
+      </c>
+      <c r="C1283" s="87" t="s">
+        <v>546</v>
+      </c>
+      <c r="D1283" s="33">
+        <v>46291</v>
+      </c>
+      <c r="E1283" s="88"/>
+    </row>
+    <row r="1284" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1284" s="53" t="s">
+        <v>3414</v>
+      </c>
+      <c r="B1284" s="25" t="s">
+        <v>3415</v>
+      </c>
+      <c r="C1284" s="35" t="s">
+        <v>3416</v>
+      </c>
+      <c r="D1284" s="54">
+        <v>46288</v>
+      </c>
+    </row>
+    <row r="1285" spans="1:5" ht="157.5" x14ac:dyDescent="0.25">
+      <c r="A1285" s="15" t="s">
+        <v>3417</v>
+      </c>
+      <c r="B1285" s="72" t="s">
+        <v>3418</v>
+      </c>
+      <c r="C1285" s="72" t="s">
+        <v>3646</v>
+      </c>
+      <c r="D1285" s="33">
+        <v>46291</v>
+      </c>
+    </row>
+    <row r="1286" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1286" s="53" t="s">
+        <v>3422</v>
+      </c>
+      <c r="B1286" s="30" t="s">
+        <v>3423</v>
+      </c>
+      <c r="C1286" s="87" t="s">
+        <v>3424</v>
+      </c>
+      <c r="D1286" s="33">
+        <v>46288</v>
+      </c>
+    </row>
+    <row r="1287" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1287" s="53" t="s">
+        <v>3426</v>
+      </c>
+      <c r="B1287" s="30" t="s">
+        <v>3427</v>
+      </c>
+      <c r="C1287" s="87" t="s">
+        <v>3428</v>
+      </c>
+      <c r="D1287" s="33">
+        <v>46289</v>
+      </c>
+    </row>
+    <row r="1288" spans="1:5" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A1288" s="53" t="s">
+        <v>3429</v>
+      </c>
+      <c r="B1288" s="55" t="s">
+        <v>3430</v>
+      </c>
+      <c r="C1288" s="87" t="s">
+        <v>3431</v>
+      </c>
+      <c r="D1288" s="54">
+        <v>46294</v>
+      </c>
+    </row>
+    <row r="1289" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1289" s="14" t="s">
+        <v>3432</v>
+      </c>
+      <c r="B1289" s="72" t="s">
+        <v>3433</v>
+      </c>
+      <c r="C1289" s="72" t="s">
+        <v>3434</v>
+      </c>
+      <c r="D1289" s="49">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="1290" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1290" s="15" t="s">
+        <v>3437</v>
+      </c>
+      <c r="B1290" s="25" t="s">
+        <v>3438</v>
+      </c>
+      <c r="C1290" s="72" t="s">
+        <v>3439</v>
+      </c>
+      <c r="D1290" s="33">
+        <v>46296</v>
+      </c>
+    </row>
+    <row r="1291" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1291" s="62" t="s">
+        <v>3440</v>
+      </c>
+      <c r="B1291" s="30" t="s">
+        <v>3441</v>
+      </c>
+      <c r="C1291" s="87" t="s">
+        <v>3442</v>
+      </c>
+      <c r="D1291" s="54">
+        <v>46297</v>
+      </c>
+    </row>
+    <row r="1292" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1292" s="53" t="s">
+        <v>3445</v>
+      </c>
+      <c r="B1292" s="30" t="s">
+        <v>3446</v>
+      </c>
+      <c r="C1292" s="87" t="s">
+        <v>3135</v>
+      </c>
+      <c r="D1292" s="54">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="1293" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1293" s="53" t="s">
+        <v>3448</v>
+      </c>
+      <c r="B1293" s="30" t="s">
+        <v>3449</v>
+      </c>
+      <c r="C1293" s="87" t="s">
+        <v>3450</v>
+      </c>
+      <c r="D1293" s="54">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="1294" spans="1:5" ht="248.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1294" s="53" t="s">
+        <v>3452</v>
+      </c>
+      <c r="B1294" s="30" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C1294" s="98" t="s">
+        <v>75</v>
+      </c>
+      <c r="D1294" s="33">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="1295" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1295" s="53" t="s">
+        <v>3453</v>
+      </c>
+      <c r="B1295" s="30" t="s">
+        <v>3454</v>
+      </c>
+      <c r="C1295" s="87" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D1295" s="38">
+        <v>46304</v>
+      </c>
+    </row>
+    <row r="1296" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1296" s="53" t="s">
+        <v>3457</v>
+      </c>
+      <c r="B1296" s="25" t="s">
+        <v>3455</v>
+      </c>
+      <c r="C1296" s="98" t="s">
+        <v>3456</v>
+      </c>
+      <c r="D1296" s="38">
+        <v>46304</v>
+      </c>
+    </row>
+    <row r="1297" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1297" s="53" t="s">
+        <v>3460</v>
+      </c>
+      <c r="B1297" s="30" t="s">
+        <v>3461</v>
+      </c>
+      <c r="C1297" s="87" t="s">
+        <v>3462</v>
+      </c>
+      <c r="D1297" s="33">
+        <v>46297</v>
+      </c>
+    </row>
+    <row r="1298" spans="1:5" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1298" s="16" t="s">
+        <v>3463</v>
+      </c>
+      <c r="B1298" s="25" t="s">
+        <v>3464</v>
+      </c>
+      <c r="C1298" s="72" t="s">
+        <v>3465</v>
+      </c>
+      <c r="D1298" s="57">
+        <v>46305</v>
+      </c>
+    </row>
+    <row r="1299" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1299" s="53" t="s">
+        <v>3466</v>
+      </c>
+      <c r="B1299" s="30" t="s">
+        <v>3467</v>
+      </c>
+      <c r="C1299" s="87" t="s">
+        <v>3468</v>
+      </c>
+      <c r="D1299" s="33">
+        <v>46305</v>
+      </c>
+      <c r="E1299" s="88"/>
+    </row>
+    <row r="1300" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1300" s="53" t="s">
+        <v>3469</v>
+      </c>
+      <c r="B1300" s="30" t="s">
+        <v>3470</v>
+      </c>
+      <c r="C1300" s="87" t="s">
+        <v>558</v>
+      </c>
+      <c r="D1300" s="38">
+        <v>46290</v>
+      </c>
+    </row>
+    <row r="1301" spans="1:5" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A1301" s="53" t="s">
+        <v>3471</v>
+      </c>
+      <c r="B1301" s="30" t="s">
+        <v>3472</v>
+      </c>
+      <c r="C1301" s="87" t="s">
+        <v>3473</v>
+      </c>
+      <c r="D1301" s="38">
+        <v>46308</v>
+      </c>
+      <c r="E1301" s="88"/>
+    </row>
+    <row r="1302" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1302" s="53" t="s">
+        <v>3475</v>
+      </c>
+      <c r="B1302" s="30" t="s">
+        <v>3476</v>
+      </c>
+      <c r="C1302" s="87" t="s">
+        <v>3477</v>
+      </c>
+      <c r="D1302" s="38">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="1303" spans="1:5" ht="191.25" x14ac:dyDescent="0.25">
+      <c r="A1303" s="53" t="s">
+        <v>3478</v>
+      </c>
+      <c r="B1303" s="47" t="s">
+        <v>3479</v>
+      </c>
+      <c r="C1303" s="95" t="s">
+        <v>358</v>
+      </c>
+      <c r="D1303" s="118">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="1304" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1304" s="53" t="s">
+        <v>3481</v>
+      </c>
+      <c r="B1304" s="30" t="s">
+        <v>3482</v>
+      </c>
+      <c r="C1304" s="87" t="s">
+        <v>3483</v>
+      </c>
+      <c r="D1304" s="38">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="1305" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1305" s="53" t="s">
+        <v>3485</v>
+      </c>
+      <c r="B1305" s="30" t="s">
+        <v>3486</v>
+      </c>
+      <c r="C1305" s="87" t="s">
+        <v>3487</v>
+      </c>
+      <c r="D1305" s="38">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="1306" spans="1:5" ht="321" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1306" s="53" t="s">
+        <v>3489</v>
+      </c>
+      <c r="B1306" s="30" t="s">
+        <v>3490</v>
+      </c>
+      <c r="C1306" s="87" t="s">
+        <v>470</v>
+      </c>
+      <c r="D1306" s="38">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="1307" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1307" s="53" t="s">
+        <v>3491</v>
+      </c>
+      <c r="B1307" s="55" t="s">
+        <v>3492</v>
+      </c>
+      <c r="C1307" s="87" t="s">
+        <v>3493</v>
+      </c>
+      <c r="D1307" s="38">
+        <v>46313</v>
+      </c>
+    </row>
+    <row r="1308" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1308" s="53" t="s">
+        <v>3494</v>
+      </c>
+      <c r="B1308" s="30" t="s">
+        <v>3495</v>
+      </c>
+      <c r="C1308" s="87" t="s">
+        <v>109</v>
+      </c>
+      <c r="D1308" s="38">
+        <v>46316</v>
+      </c>
+    </row>
+    <row r="1309" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1309" s="56" t="s">
+        <v>3496</v>
+      </c>
+      <c r="B1309" s="55" t="s">
+        <v>3497</v>
+      </c>
+      <c r="C1309" s="55" t="s">
         <v>6</v>
       </c>
-      <c r="D5" s="31">
-[...262 lines deleted...]
-      <c r="C24" s="69" t="s">
+      <c r="D1309" s="57">
+        <v>46333</v>
+      </c>
+    </row>
+    <row r="1310" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1310" s="15" t="s">
+        <v>3498</v>
+      </c>
+      <c r="B1310" s="72" t="s">
+        <v>3499</v>
+      </c>
+      <c r="C1310" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D1310" s="33">
+        <v>46341</v>
+      </c>
+    </row>
+    <row r="1311" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1311" s="53" t="s">
+        <v>3500</v>
+      </c>
+      <c r="B1311" s="55" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C1311" s="89" t="s">
+        <v>3502</v>
+      </c>
+      <c r="D1311" s="54">
+        <v>46316</v>
+      </c>
+    </row>
+    <row r="1312" spans="1:5" ht="285.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1312" s="61" t="s">
+        <v>3505</v>
+      </c>
+      <c r="B1312" s="55" t="s">
+        <v>125</v>
+      </c>
+      <c r="C1312" s="87" t="s">
+        <v>3506</v>
+      </c>
+      <c r="D1312" s="54">
+        <v>46318</v>
+      </c>
+    </row>
+    <row r="1313" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1313" s="53" t="s">
+        <v>3508</v>
+      </c>
+      <c r="B1313" s="55" t="s">
+        <v>3509</v>
+      </c>
+      <c r="C1313" s="87" t="s">
+        <v>3510</v>
+      </c>
+      <c r="D1313" s="38">
+        <v>46318</v>
+      </c>
+      <c r="E1313" s="88"/>
+    </row>
+    <row r="1314" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1314" s="53" t="s">
+        <v>3511</v>
+      </c>
+      <c r="B1314" s="30" t="s">
+        <v>3512</v>
+      </c>
+      <c r="C1314" s="87" t="s">
+        <v>3513</v>
+      </c>
+      <c r="D1314" s="38">
+        <v>46318</v>
+      </c>
+    </row>
+    <row r="1315" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1315" s="119" t="s">
+        <v>3514</v>
+      </c>
+      <c r="B1315" s="30" t="s">
+        <v>3515</v>
+      </c>
+      <c r="C1315" s="72" t="s">
+        <v>3516</v>
+      </c>
+      <c r="D1315" s="38">
+        <v>46319</v>
+      </c>
+    </row>
+    <row r="1316" spans="1:5" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A1316" s="53" t="s">
+        <v>3519</v>
+      </c>
+      <c r="B1316" s="30" t="s">
+        <v>3520</v>
+      </c>
+      <c r="C1316" s="87" t="s">
+        <v>3521</v>
+      </c>
+      <c r="D1316" s="38">
+        <v>46342</v>
+      </c>
+    </row>
+    <row r="1317" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1317" s="53" t="s">
+        <v>3523</v>
+      </c>
+      <c r="B1317" s="30" t="s">
+        <v>3524</v>
+      </c>
+      <c r="C1317" s="87" t="s">
+        <v>3525</v>
+      </c>
+      <c r="D1317" s="38">
+        <v>46322</v>
+      </c>
+    </row>
+    <row r="1318" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1318" s="53" t="s">
+        <v>3526</v>
+      </c>
+      <c r="B1318" s="30" t="s">
+        <v>3527</v>
+      </c>
+      <c r="C1318" s="87" t="s">
+        <v>3528</v>
+      </c>
+      <c r="D1318" s="38">
+        <v>46323</v>
+      </c>
+    </row>
+    <row r="1319" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1319" s="53" t="s">
+        <v>3531</v>
+      </c>
+      <c r="B1319" s="30" t="s">
+        <v>3532</v>
+      </c>
+      <c r="C1319" s="87" t="s">
         <v>26</v>
       </c>
-      <c r="D24" s="36">
-[...1833 lines deleted...]
-      <c r="D155" s="36">
+      <c r="D1319" s="33">
         <v>45989</v>
       </c>
-    </row>
-[...7390 lines deleted...]
-      <c r="D683" s="36">
+      <c r="E1319" s="88"/>
+    </row>
+    <row r="1320" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1320" s="53" t="s">
+        <v>3533</v>
+      </c>
+      <c r="B1320" s="30" t="s">
+        <v>3534</v>
+      </c>
+      <c r="C1320" s="87" t="s">
+        <v>3535</v>
+      </c>
+      <c r="D1320" s="38">
+        <v>46324</v>
+      </c>
+    </row>
+    <row r="1321" spans="1:5" ht="277.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1321" s="13" t="s">
+        <v>3536</v>
+      </c>
+      <c r="B1321" s="72" t="s">
+        <v>3537</v>
+      </c>
+      <c r="C1321" s="72" t="s">
+        <v>3538</v>
+      </c>
+      <c r="D1321" s="38">
         <v>46284</v>
       </c>
     </row>
-    <row r="684" spans="1:4" ht="268.5" customHeight="1" x14ac:dyDescent="0.25">
-[...4685 lines deleted...]
-      <c r="D1018" s="52">
+    <row r="1322" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1322" s="53" t="s">
+        <v>3539</v>
+      </c>
+      <c r="B1322" s="30" t="s">
+        <v>3540</v>
+      </c>
+      <c r="C1322" s="92" t="s">
+        <v>3541</v>
+      </c>
+      <c r="D1322" s="38">
         <v>46325</v>
       </c>
     </row>
-    <row r="1019" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D1019" s="52">
+    <row r="1323" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1323" s="53" t="s">
+        <v>3542</v>
+      </c>
+      <c r="B1323" s="55" t="s">
+        <v>3543</v>
+      </c>
+      <c r="C1323" s="87" t="s">
+        <v>3544</v>
+      </c>
+      <c r="D1323" s="38">
         <v>46325</v>
       </c>
     </row>
-    <row r="1020" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
-[...4238 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A3:D1317" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
-[...1 lines deleted...]
-    <sortCondition sortBy="icon" ref="A269"/>
+  <autoFilter ref="A3:D1323" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:D260">
+    <sortCondition sortBy="icon" ref="A261"/>
   </sortState>
   <dataConsolidate/>
-  <phoneticPr fontId="4" type="noConversion"/>
+  <phoneticPr fontId="5" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="C861" r:id="rId1" xr:uid="{DDF27B86-9C57-44E8-9AA1-49AE6409481B}"/>
-[...18 lines deleted...]
-    <hyperlink ref="C1282" r:id="rId20" xr:uid="{F0B04F77-53AA-4F36-B188-68561F438206}"/>
+    <hyperlink ref="C833" r:id="rId1" xr:uid="{DDF27B86-9C57-44E8-9AA1-49AE6409481B}"/>
+    <hyperlink ref="C1001" r:id="rId2" display="medikamenti" xr:uid="{4BA01F4B-C97F-41B8-8D97-C9A62D2A1CB2}"/>
+    <hyperlink ref="C1077" r:id="rId3" xr:uid="{F6A5B52A-8EB5-4A07-8A70-C278942D544F}"/>
+    <hyperlink ref="C1086" r:id="rId4" xr:uid="{3880C896-4D15-40C3-8520-D03AF8F45FBE}"/>
+    <hyperlink ref="C1088" r:id="rId5" display="mobilie telefoni u.c." xr:uid="{CF4A1E83-009C-4F38-8449-6F29D4A1FBF5}"/>
+    <hyperlink ref="C1101" r:id="rId6" display="datorprogrammatūras ierīces mobilajām iekārtām, displejiem  u.c." xr:uid="{0FE0C1EF-090C-49DE-AB93-2AF002BAD640}"/>
+    <hyperlink ref="C1141" r:id="rId7" display="cepures, džemperi,           T-krekli" xr:uid="{54241295-E292-4958-B99E-F360A6CEF3FB}"/>
+    <hyperlink ref="C1186" r:id="rId8" display="elektriskās sistēmas, savienojošie termināļi, elektriskie savienotāji u.c." xr:uid="{CE73A5F0-B24D-4B6F-AEA0-270EB2F06500}"/>
+    <hyperlink ref="C1197" r:id="rId9" xr:uid="{56BC9B6C-2544-4BFC-87A0-1F534FA55B8E}"/>
+    <hyperlink ref="C572" r:id="rId10" xr:uid="{52AE38C9-A551-4A5B-9D8D-1CD1EB8B73E0}"/>
+    <hyperlink ref="C1200" r:id="rId11" display="rezerves daļas,apģērbi,aksesuāri u.c." xr:uid="{DDECD329-B60F-4090-97D4-3E42F9E1FFF8}"/>
+    <hyperlink ref="C1208" r:id="rId12" display=" somas, kabatas portfeļi, mugursomas, apģērbi, apavi, galvassegas, sporta preces un aprīkojums; vingrošanas izstrādājumi, kas nav ietverti citās klasēs, vingrošanas aprīkojums, pielāgotas somas sporta inventāram u.c." xr:uid="{A0796387-969B-4267-8CBC-246B32B4AB4D}"/>
+    <hyperlink ref="C1211" r:id="rId13" xr:uid="{248235EF-E36C-4107-A552-C67A97469C31}"/>
+    <hyperlink ref="C1224" r:id="rId14" display="skuvekļi, skuvekļu asmeņi, manuālās zobu birstes, elektriskas zobu birstes; elektriskās zobu birstes galviņas  u.c." xr:uid="{4BD797EF-1273-4F2C-AF85-BE36BB4C0A6E}"/>
+    <hyperlink ref="C1229" r:id="rId15" xr:uid="{10BF3B4A-4B64-43FD-847C-9B07DDDFD271}"/>
+    <hyperlink ref="C1230" r:id="rId16" display="https://ks.vid.gov.lv/27/aprite/Koplietojamie dokumenti/Tiesību subjektu pieteikumi/Aktuālo pieprasījumu saraksts 04.08.2025.xlsx" xr:uid="{BFE9340F-D8AE-48C4-B2C5-A9D59D2F0396}"/>
+    <hyperlink ref="C1231" r:id="rId17" xr:uid="{62426794-D80C-4E47-8092-1100468A9BAE}"/>
+    <hyperlink ref="C1232" r:id="rId18" xr:uid="{45B674F4-21EA-4275-8757-A280E890E141}"/>
+    <hyperlink ref="C1234" r:id="rId19" display="apģērbi,apavi,somas,smaržas,brilles,rotaslietas,u.c" xr:uid="{AB2A1955-7C68-47B0-A33D-3CFFCCD9D716}"/>
+    <hyperlink ref="C1245" r:id="rId20" xr:uid="{F0B04F77-53AA-4F36-B188-68561F438206}"/>
+    <hyperlink ref="C1303" r:id="rId21" xr:uid="{3AE4FF88-83A2-4D3B-A78D-3BF24B8F5DAE}"/>
+    <hyperlink ref="C1322" r:id="rId22" xr:uid="{6DCB2B6C-645B-4561-9ED2-AB3093160AE4}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup paperSize="9" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId21"/>
+  <pageSetup paperSize="9" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId23"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="B2:G26"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="L20" sqref="L20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="2" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B2" s="70" t="s">
-[...6 lines deleted...]
-      <c r="G2" s="71"/>
+      <c r="B2" s="73" t="s">
+        <v>2013</v>
+      </c>
+      <c r="C2" s="74"/>
+      <c r="D2" s="74"/>
+      <c r="E2" s="74"/>
+      <c r="F2" s="74"/>
+      <c r="G2" s="74"/>
     </row>
     <row r="3" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B3" s="72" t="s">
-[...6 lines deleted...]
-      <c r="G3" s="74"/>
+      <c r="B3" s="75" t="s">
+        <v>1860</v>
+      </c>
+      <c r="C3" s="76"/>
+      <c r="D3" s="76"/>
+      <c r="E3" s="76"/>
+      <c r="F3" s="76"/>
+      <c r="G3" s="77"/>
     </row>
     <row r="4" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B4" s="72" t="s">
-[...6 lines deleted...]
-      <c r="G4" s="74"/>
+      <c r="B4" s="75" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C4" s="76"/>
+      <c r="D4" s="76"/>
+      <c r="E4" s="76"/>
+      <c r="F4" s="76"/>
+      <c r="G4" s="77"/>
     </row>
     <row r="5" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B5" s="72" t="s">
-[...6 lines deleted...]
-      <c r="G5" s="74"/>
+      <c r="B5" s="75" t="s">
+        <v>1861</v>
+      </c>
+      <c r="C5" s="76"/>
+      <c r="D5" s="76"/>
+      <c r="E5" s="76"/>
+      <c r="F5" s="76"/>
+      <c r="G5" s="77"/>
     </row>
     <row r="6" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B6" s="72" t="s">
-[...6 lines deleted...]
-      <c r="G6" s="74"/>
+      <c r="B6" s="75" t="s">
+        <v>1862</v>
+      </c>
+      <c r="C6" s="76"/>
+      <c r="D6" s="76"/>
+      <c r="E6" s="76"/>
+      <c r="F6" s="76"/>
+      <c r="G6" s="77"/>
     </row>
     <row r="7" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B7" s="72" t="s">
-[...6 lines deleted...]
-      <c r="G7" s="74"/>
+      <c r="B7" s="75" t="s">
+        <v>1863</v>
+      </c>
+      <c r="C7" s="76"/>
+      <c r="D7" s="76"/>
+      <c r="E7" s="76"/>
+      <c r="F7" s="76"/>
+      <c r="G7" s="77"/>
     </row>
     <row r="8" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B8" s="72" t="s">
-[...6 lines deleted...]
-      <c r="G8" s="74"/>
+      <c r="B8" s="75" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C8" s="76"/>
+      <c r="D8" s="76"/>
+      <c r="E8" s="76"/>
+      <c r="F8" s="76"/>
+      <c r="G8" s="77"/>
     </row>
     <row r="9" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B9" s="72" t="s">
-[...6 lines deleted...]
-      <c r="G9" s="74"/>
+      <c r="B9" s="75" t="s">
+        <v>1865</v>
+      </c>
+      <c r="C9" s="76"/>
+      <c r="D9" s="76"/>
+      <c r="E9" s="76"/>
+      <c r="F9" s="76"/>
+      <c r="G9" s="77"/>
     </row>
     <row r="10" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B10" s="72" t="s">
-[...6 lines deleted...]
-      <c r="G10" s="74"/>
+      <c r="B10" s="75" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C10" s="76"/>
+      <c r="D10" s="76"/>
+      <c r="E10" s="76"/>
+      <c r="F10" s="76"/>
+      <c r="G10" s="77"/>
     </row>
     <row r="11" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B11" s="72" t="s">
-[...6 lines deleted...]
-      <c r="G11" s="74"/>
+      <c r="B11" s="75" t="s">
+        <v>1867</v>
+      </c>
+      <c r="C11" s="76"/>
+      <c r="D11" s="76"/>
+      <c r="E11" s="76"/>
+      <c r="F11" s="76"/>
+      <c r="G11" s="77"/>
     </row>
     <row r="12" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B12" s="72" t="s">
-[...6 lines deleted...]
-      <c r="G12" s="74"/>
+      <c r="B12" s="75" t="s">
+        <v>1868</v>
+      </c>
+      <c r="C12" s="76"/>
+      <c r="D12" s="76"/>
+      <c r="E12" s="76"/>
+      <c r="F12" s="76"/>
+      <c r="G12" s="77"/>
     </row>
     <row r="13" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B13" s="72" t="s">
-[...6 lines deleted...]
-      <c r="G13" s="74"/>
+      <c r="B13" s="75" t="s">
+        <v>1869</v>
+      </c>
+      <c r="C13" s="76"/>
+      <c r="D13" s="76"/>
+      <c r="E13" s="76"/>
+      <c r="F13" s="76"/>
+      <c r="G13" s="77"/>
     </row>
     <row r="14" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B14" s="72" t="s">
-[...6 lines deleted...]
-      <c r="G14" s="74"/>
+      <c r="B14" s="75" t="s">
+        <v>1870</v>
+      </c>
+      <c r="C14" s="76"/>
+      <c r="D14" s="76"/>
+      <c r="E14" s="76"/>
+      <c r="F14" s="76"/>
+      <c r="G14" s="77"/>
     </row>
     <row r="15" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B15" s="75" t="s">
-[...6 lines deleted...]
-      <c r="G15" s="77"/>
+      <c r="B15" s="78" t="s">
+        <v>1871</v>
+      </c>
+      <c r="C15" s="79"/>
+      <c r="D15" s="79"/>
+      <c r="E15" s="79"/>
+      <c r="F15" s="79"/>
+      <c r="G15" s="80"/>
     </row>
     <row r="16" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B16" s="68" t="s">
-[...6 lines deleted...]
-      <c r="G16" s="67"/>
+      <c r="B16" s="71" t="s">
+        <v>1872</v>
+      </c>
+      <c r="C16" s="70"/>
+      <c r="D16" s="70"/>
+      <c r="E16" s="70"/>
+      <c r="F16" s="70"/>
+      <c r="G16" s="70"/>
     </row>
     <row r="17" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B17" s="72" t="s">
-[...6 lines deleted...]
-      <c r="G17" s="74"/>
+      <c r="B17" s="75" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C17" s="76"/>
+      <c r="D17" s="76"/>
+      <c r="E17" s="76"/>
+      <c r="F17" s="76"/>
+      <c r="G17" s="77"/>
     </row>
     <row r="18" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B18" s="72" t="s">
-[...6 lines deleted...]
-      <c r="G18" s="74"/>
+      <c r="B18" s="75" t="s">
+        <v>1874</v>
+      </c>
+      <c r="C18" s="76"/>
+      <c r="D18" s="76"/>
+      <c r="E18" s="76"/>
+      <c r="F18" s="76"/>
+      <c r="G18" s="77"/>
     </row>
     <row r="19" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B19" s="72" t="s">
-[...6 lines deleted...]
-      <c r="G19" s="74"/>
+      <c r="B19" s="75" t="s">
+        <v>1875</v>
+      </c>
+      <c r="C19" s="76"/>
+      <c r="D19" s="76"/>
+      <c r="E19" s="76"/>
+      <c r="F19" s="76"/>
+      <c r="G19" s="77"/>
     </row>
     <row r="20" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B20" s="72" t="s">
-[...6 lines deleted...]
-      <c r="G20" s="74"/>
+      <c r="B20" s="75" t="s">
+        <v>1876</v>
+      </c>
+      <c r="C20" s="76"/>
+      <c r="D20" s="76"/>
+      <c r="E20" s="76"/>
+      <c r="F20" s="76"/>
+      <c r="G20" s="77"/>
     </row>
     <row r="21" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B21" s="68" t="s">
-[...6 lines deleted...]
-      <c r="G21" s="67"/>
+      <c r="B21" s="71" t="s">
+        <v>1877</v>
+      </c>
+      <c r="C21" s="70"/>
+      <c r="D21" s="70"/>
+      <c r="E21" s="70"/>
+      <c r="F21" s="70"/>
+      <c r="G21" s="70"/>
     </row>
     <row r="22" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B22" s="78" t="s">
-[...6 lines deleted...]
-      <c r="G22" s="80"/>
+      <c r="B22" s="81" t="s">
+        <v>1878</v>
+      </c>
+      <c r="C22" s="82"/>
+      <c r="D22" s="82"/>
+      <c r="E22" s="82"/>
+      <c r="F22" s="82"/>
+      <c r="G22" s="83"/>
     </row>
     <row r="23" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B23" s="72" t="s">
-[...6 lines deleted...]
-      <c r="G23" s="74"/>
+      <c r="B23" s="75" t="s">
+        <v>1879</v>
+      </c>
+      <c r="C23" s="76"/>
+      <c r="D23" s="76"/>
+      <c r="E23" s="76"/>
+      <c r="F23" s="76"/>
+      <c r="G23" s="77"/>
     </row>
     <row r="24" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B24" s="72" t="s">
-[...6 lines deleted...]
-      <c r="G24" s="74"/>
+      <c r="B24" s="75" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C24" s="76"/>
+      <c r="D24" s="76"/>
+      <c r="E24" s="76"/>
+      <c r="F24" s="76"/>
+      <c r="G24" s="77"/>
     </row>
     <row r="25" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B25" s="81" t="s">
-[...6 lines deleted...]
-      <c r="G25" s="83"/>
+      <c r="B25" s="84" t="s">
+        <v>1881</v>
+      </c>
+      <c r="C25" s="85"/>
+      <c r="D25" s="85"/>
+      <c r="E25" s="85"/>
+      <c r="F25" s="85"/>
+      <c r="G25" s="86"/>
     </row>
     <row r="26" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B26" s="72" t="s">
-[...6 lines deleted...]
-      <c r="G26" s="74"/>
+      <c r="B26" s="75" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C26" s="76"/>
+      <c r="D26" s="76"/>
+      <c r="E26" s="76"/>
+      <c r="F26" s="76"/>
+      <c r="G26" s="77"/>
     </row>
   </sheetData>
-  <phoneticPr fontId="4" type="noConversion"/>
+  <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100E5AD1943C960ED47AC386C569408D6F5" ma:contentTypeVersion="2" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="d83a04ce4277677504796bcbd4031a73">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2451837a-429d-469f-9860-e08ca2df3d99" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6e5bf34c722b52b896681840fd820ec8" ns2:_="">
     <xsd:import namespace="2451837a-429d-469f-9860-e08ca2df3d99"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2451837a-429d-469f-9860-e08ca2df3d99" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Koplietots ar" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
@@ -32613,97 +32774,100 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{285ED791-06CB-4AED-B25E-FD8A5B9191D1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{813FE741-B7EB-4D2B-B77E-3B7895D96125}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="2451837a-429d-469f-9860-e08ca2df3d99"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4166531-81CF-439C-ADDB-D1451044F4FC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2451837a-429d-469f-9860-e08ca2df3d99"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{813FE741-B7EB-4D2B-B77E-3B7895D96125}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{285ED791-06CB-4AED-B25E-FD8A5B9191D1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F628D53-2959-42DA-9E4D-B034AE7E7603}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>