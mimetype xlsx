--- v1 (2025-10-31)
+++ v2 (2025-11-30)
@@ -11,87 +11,87 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\rmri1556\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8136AC61-D7D0-43A4-A001-E3C5B756FC6B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1B35CDD9-DB8B-43F0-9819-A507C1B1EEA4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="599" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Intelekt. īpašuma aizsardzība" sheetId="1" r:id="rId1"/>
     <sheet name="Apzīmējumi" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Intelekt. īpašuma aizsardzība'!$A$3:$D$1323</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Intelekt. īpašuma aizsardzība'!$A$3:$D$1315</definedName>
     <definedName name="_Hlt117917926" localSheetId="0">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="apģērbi__apavi__aksesuāri">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="gaisa_atsvaidzinātāji_u.c.">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="OLE_LINK1" localSheetId="0">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="OLE_LINK2" localSheetId="0">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="OLE_LINK3" localSheetId="0">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="OLE_LINK5" localSheetId="0">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3990" uniqueCount="3647">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3967" uniqueCount="3621">
   <si>
     <t>                                                                                 Kopsavilkums par VID Muitas pārvaldē saņemtajiem pieprasījumiem par intelektuālā īpašuma aizsardzību</t>
   </si>
   <si>
     <t>Intelektuālā īpašuma nosaukums, reģistrācijas numurs</t>
   </si>
   <si>
     <t>Tiesību subjekta nosaukums</t>
   </si>
   <si>
     <t>Intelektuālā īpašuma aizsardzības termiņš</t>
   </si>
   <si>
     <t>Dooney &amp; Bourke Inc.</t>
   </si>
   <si>
     <t>ādas izstrādājumi, somas, apģērbi, apavi</t>
   </si>
   <si>
     <t>rotaļlietas u.c.</t>
   </si>
   <si>
     <t>CDR 002640482-0001, CDR 002665810-0001, CDR 002172031-0001, EUTM 000120741 Kawasaki /fig./, EUTM 004111175 K /fig./, EUTM 004111191 K /fig./, EUTM 000202424 JET SKI /fig./, EUTM 004122611 KAWASAKI RACING TEAM, EUTM 000091314 KRT, EUTM 004140422 K-CARE, EUTM 004140406 LET THE GOOD TIMES ROLL, EUTM 004112314 Ninja /fig./, EUTM 000120808 MULE, EUTM 5158076 Versys, EUTM 011970746 Z, ITM 1174588 Z, ITM 1209296 Kawasaki, ITM 1213482 K Kawasaki, EUTM 004111118 K Kawasaki, EUTM 004111142 Kawasaki, ITM 1223061 Kawasaki, EUTM 000121384 Ninja, EUTM 008974461 ZX, EUTM 777987, ITM 1090717 W, EUTM 004113924 V Kawasaki, ITM 1090877 ZRX, ITM 1165079 Ninja, ITM 1213481 K</t>
   </si>
   <si>
@@ -501,59 +501,50 @@
   </si>
   <si>
     <t>Allergan, Inc.</t>
   </si>
   <si>
     <t>kosmētisks līdzeklis</t>
   </si>
   <si>
     <t>EUTM 000225953 RADO</t>
   </si>
   <si>
     <t xml:space="preserve">RADO UHREN AG (RADO WATCH CO. LTD.) (MONTRES RADO S.A.) </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 4821773 Gashütte ORIGINAL </t>
   </si>
   <si>
     <t>Glashütter Uhrenbetrieb GmbH</t>
   </si>
   <si>
     <t>Lange Uhren GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">dažādas preces
 </t>
-  </si>
-[...7 lines deleted...]
-    <t>juvelierizstrādājumi</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 007320229OMEGA, EUTM008148892 ΩOMEGA, ITM936242, ITM 953967OMEGA, ITM 997036OMEGA 
 </t>
   </si>
   <si>
     <t>Omega SA</t>
   </si>
   <si>
     <t>EUTM 007072689 TOMTOM /fig./, EUTM 009060765 TOMTOM, ITM 969888 TOMTOM, ITM 969889 /fig./, ITM 969890 /fig./</t>
   </si>
   <si>
     <t>Tom Tom International B.V.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM11786241/Bauer, EUTM 010595056/Nexus </t>
   </si>
   <si>
     <t>Bauer Hockey Corp.</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM  000506881 Samsung, EUTM  012082641 Samsung, EUTM  012082772  Samsung</t>
   </si>
   <si>
     <t>Samsung Electronics Co. Ltd.</t>
@@ -1063,61 +1054,50 @@
     <t xml:space="preserve">EUTM 007543151 SHEBA,  EUTM 009781279, EUTM 010465433, EUTM 010465491, EUTM 010825289 SHEBA FOLLOW YOUR PASSION, EUTM 010864701 SHEBA FINESSE, CDR 000181219 - 0001, CDR 000181219 - 0002, CDR 000181219 - 0004, CDR 000181219 - 0007,  CDR 000179379 - 0069, CDR 000179379 - 0092, EUTM 016130692 Sheba, CDR 003806066-0001, CDR 002932384-0001, EUTM 010864701 SHEBA FINESSE, CDR 002932384-0012 
 CDR 000179379-0092, CDR 002932384-0002, CDR 002932384-0011, EUTM 016130676  Sheba, EUTM 015377534 SHEBA PERFECT PORTIONS, EUTM 017661539 SHEBA CRAFT COLLECTION, EUTM 017961731 SHEBA CREAMY SNACKS, CDR 000181219-0001 
 </t>
   </si>
   <si>
     <t xml:space="preserve">CDR 001790973-0001, EUTM 008 846 834, EUTM 006292668, EUTM 006292668 BABYZEN, EUTM 009857061 YOYO 
 </t>
   </si>
   <si>
     <t>BABYZEN SAS</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM012348876, EUTM 008915415,  EUTM 009165821, EUTM 009165747, EUTM 009583998 GALAXY MELT INTO, EUTM 010172344 GALAXY FLUTES, EUTM 002692622 GALAXY, EUTM 003527975, CDR 001160519 - 0001, CDR 001160519 - 0002,  EUTM 003527942, EUTM 012348504, EUTM 012348652, EUTM 012380994, EUTM 012348694, EUTM 012348827, CDR 000170741 - 0005, CDR 000748421 - 0004, CDR 000748421 - 0005, CDR 0007 48421 - 0006, CDR 000748421 - 0007, CDR 000748421 - 0008, CDR 0007484 21 - 0009, CDR 000748421 - 0010, CDR 000170741 - 0001, CDR 000170741 - 0002, CDR 000545173 - 0001, CDR 000545173 - 0002, CDR 000545173 - 0003, CDR 000545173 - 0004, CDR 000545173 - 0005, CDR 000545173 - 0006, CDR 001296974 - 0001, CDR 001256028 - 0001, CDR 0001291066 - 0002, CDR 0001 291066 - 0003, CDR 002012757 - 0002, CDR 002227215 - 0001, CDR 00222 7215 - 0002, CDR 000170741 - 0004, CDR 000170741 - 0006, CDR 000170741 - 0007, CDR 000170741 - 0008, CDR 000748421 - 0001, CDR 000748421 - 0002, CDR 000748421 - 0003, CDR 000748421 - 0012, CDR 000748421 - 0013, CDR 000748421 - 0011, CDR 000748421 - 0014, EUTM000001701 DOVE, EUTM 001010669 DOVE PROMISES, EUTM 008797565GALAXY BUBBLES, EUTM 008915365 Galaxy Minstrels, EUTM 008915415 Galaxy Ripple, CDR 000170 741-0001,  EUTM 001010669 DOVE PROMISES
 </t>
   </si>
   <si>
     <t>EUTM 004848206 EUR</t>
   </si>
   <si>
     <t>Rail Cargo Austria AG</t>
   </si>
   <si>
     <t xml:space="preserve"> koka paletes</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM8604811/ABSOLUT BERRI ACAI, CDR 000690300-0002, CDR 000690300-0003, CDR 000690300-0004, CDR 000690300-0005, CDR 000690300 -0006, CDR 000690300-0007, CDR 000690300-0008, CDR 000690300-0009, CDR 000690300-0010, CDR 000690300-0011, CDR 000690300-0012, CDR 001899006-0001, CDR 001899006-0002, CDR 002190439-0004, CDR 002190439-0005, CDR 002190439-0006, CDR 002190439-0007, CDR 002190439-0008, CDR 002190439-0009, CDR 002223750-0001, CDR 002223750-0002, CDR 002223750-0003, CDR 002223750-0004, CDR 002223750-0005, CDR 002223750-0006, CDR 002223750-0007, CDR 002223750-0008, CDR 002223750-0009, CDR 002237677-0001, CDR 002237677-0002, CDR 002237677-0003,EUTM 009812686/ABSOLUT BLANK, EUTM 009814757/SWEDISH VODKA ABSOLUT SINCE 1879, EUTM 010599471/ABSOLUT CHERRYKRAN, EUTM 009814906/ABSOLUT COUNTRY OF SWEDEN VODKA Every drop of this superb vodka has been crafted only with..., EUTM 011956729/ABSOLUT COUNTRY OF SWEDEN ELYX COPPER CATALYZATION PERFECTED HANDCRAFTED VODKA PRODUCED AND..., EUTM 012238598/ ABSOLUT COUNTRY OF SWEDEN KURANT, EUTM 012238556/ABSOLUT COUNTRY OF SWEDEN ÄPPLE, EUTM 010076701/ABSOLUT COUNTRY OF SWEDEN GRÄPEVINE, EUTM 009724949/ABSOLUT Country of Sweden KURANT, EUTM 012238481/ ABSOLUT COUNTRY OF SWEDEN CHERRYS, EUTM 012238333/                   ABSO LUT COUNTRY OF SWEDEN GRÄPE, EUTM 001023654/ ABSOLUT Country of Sweden MANDRIN, EUTM, 01023613/ABSOLUT Country of Sweden MANDRIN, EUTM 006680516/ ABSOLUT MANGO Country of Sweden, EUTM 009484544/ ABSOLUT COUNTRY OF SWEDEN ORIENT APPLE, EUTM 009814849/ABSOLUT COUNTRY OF SWEDEN VODKA Every drop of this superb vodka has been crafted only with..., EUTM 009200668/ ABSOLUT ELYX, EUTM 009623422/ABSOLUT Country of Sweden ELYX, EUTM 001009505/ABSOLUT MANDRIN,  EUTM 005323415 /ABSOLUT Country of Sweden PEARS, EUTM003641693/ABSOLUT RASPBERRI, EUTM 005011961/ABSOLUT RUBY RED Country of Sweden, EUTM 010345411/ ABSOLUT Sparkling Fusion TUNE, EUTM 009384901 ATELIER ABSOLUT, EUTM 009725003/COUNTRY OF SWEDEN ABSOLUT,  EUTM 005953237/ IN AN ABSOLUT WORLD, EUTM 009814674/SWEDISH VODKA ABSOLUT SINCE 1879, EUTM 010828465/ABSOLUT TUNE, EUTM 010878651/ ABSOLUT CRAFT, EUTM 010996619/ABSOLUT PEPPAR, EUTM   010996536/ ABSOLUT KURANT, EUTM 010996445/ABSOLUT COUNTRY         OF SWEDEN ELYX, CTM 010996651/ABSOLUT CITRON, CTM 011096088/ABSOLUT VODKA, CTM 009723446/ABSOLUT VODKA, CTM 000740134, CTM 001515121, CTM 000482877, CTM 001515113, CTM00740092, CTM 000739987/ABSOLUT, CTM 000740043/ABSOLUT
-[...9 lines deleted...]
-  <si>
     <t>Betty Blue s.p.a.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 0477346 Davidoff, EUTM 0540856 Davidoff, EUTM 0419399 ZINO, EUTM 1176554 D Z
 </t>
   </si>
   <si>
     <t xml:space="preserve"> Davidoff &amp; Cie  S.A.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                     EUTM 004514113/ CALLIOPE, EUTM 001264159/TERRANOVA 
 </t>
   </si>
   <si>
     <t>TEDDY SPA</t>
   </si>
   <si>
     <t>EUTM 000731984 AGGRENOX, EUTM 002381085 ATROVENT,  EUTM 002382745 BEROTEC, EUTM 000612911 COMBIVENT,   EUTM 002386571 LENDORMIN, EUTM 002409225 MICARDIS, EUTM 000448589 MIRAPEXIN, EUTM 002920031 MOBEC, EUTM 002355998 MOBIC, EUTM 001072602 SIFROL, EUTM 000789529 SPIRIVA, EUTM 002381671 SPIROPENT</t>
   </si>
   <si>
     <t>Boehringer Ingelheim Pharma GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 12936233 AIRCORE, EUTM 12124012 MAGIRUS GROUP, EUTM 9032301 FIRECAN, EUTM	18228525 IVECO NNECT, EUTM 18099624 IVECO 3R REAL ROAD RENT, EUTM 18071246 IVECO X-WAY, EUTM 1006840FIGURATIVO (DISEGNO CAVALLO) EUTM 15552921 BUS MASTER THE BODYBUILDER PLATFORM BY IVECO BUS, EUTM 4713681 HEULIEZBUS, EUTM 9983611 ECOCROSS WAY, EUTM 11685633 MAGELYS LINE, EUTM 12945549 MAGIRUS TEAM CAB, EUTM 12157418 M (MAGIRUS), EUTM 12642757VECTOR, EUTM 3502622 CURSOR, ITM 1576078IVECO LIVE CHANNEL, ITM 1549524IVECO TRUCK TO THE FUTURE, ITM 1268006FIGURATIVO (DISEGNO LA CARRIOLE), ITM 13696511 STRALIS X-WAY, ITM 1368217 DAILY BLUE POWER, ITM 1429001 DAILY START, ITM 1379846 IVECO MINILEASE, EUTM 01010848 8DAILY TOP, EUTM 010108389 DAILY PLUS, EUTM 1833093 8A SEDDON ATKINSON, ITM 1255593 BHEULIEZ, ITM 1363494 LINIUM, ITM 1377546I VECO DAY LEASE, ITM 1379087 IVECO STRALEA SE, ITM 1334365 IVECO TRUCK STATION, ITM 1351538 IVECO, EUTM 4624144 ACCESS BUS GX 127, EUTM 4624169 ACCESS BUS GX 327, ITM 1334100 IVECO DAILY FLEX, ITM 1329870 DAILY IVECO BUSINESS UP, ITM 1323799 STRALIS TCO2 CHAMPION, ITM 1331856 ASTRA, ITM 890802 PROXYS, ITM 890803 PROWAY, ITM 1315276 OK BUS PRE-OWNED BUSES CERTIFIED BY IVECO BUS, ITM 502559 IVECO, ITM 890893 SENSO, ITM 890912 SUBLIMEO, ITM 1292201 GX ELEC	, EUTM 003495751 EUROCARGO, EUTM 00351309 1 DAILY, EUTM 010804301 STRALIS HI-WAY, EUTM 1006725 IVECO, EUTM 012553939 USED PLUS, ITM 1592910 IVECO STREETWAY	 </t>
   </si>
@@ -1236,53 +1216,50 @@
   </si>
   <si>
     <t>Rimowa GmbH(HRB 14213)</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1143133QiviCon, EUTM 000215319 ·T··· , EUTM 000214528T-Online, EUTM 000214478-T---Online-, EUTM 006424055 T Home, EUTM 006660121 T-Home, EUTM 001961788 T Systems, EUTM 001935659 T-Systems, EUTM 004588208T, EUTM 002122141t, EUTM 004501342 T-Com, EUTM 000212613, EUTM 004589826 T, EUTM 003127611t, EUTM 001856079 t, EUTM 001855329 T-Com, EUTM 003125432t, EUTM 000485441T-Mobile, EUTM 000485391·T· · · Mobile·, CDR 1195101-0001, CDR 001195101-0002 WLAN POWER WPS RESET 5 SEK. LAN, CDR 000906847-0001, CDR 000906847-0003, CDR 001195101-0003WLAN POWER WPS RESET 5 SEK. LAN, CDR 001195101-0004 93039356, CDR 002004531-0001, CDR 000906847-0002 93039342,CDR 001195101-0005, EUTM 006367916T Home, EUTM 005046453T-Home, EUTM 002142784  ·T· · · Com·  
 </t>
   </si>
   <si>
     <t>Deutsche Telekom AG</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000309567Schneider KREUZNACH, EUTM 003677606B+W  </t>
   </si>
   <si>
     <t>Jos. Schneider Optische Werke GmbH</t>
   </si>
   <si>
     <t>B+W filtri</t>
   </si>
   <si>
     <t>EUTM 1319102Toppik, EUTM 015368491 Toppik, EUTM 015394471 Toppik</t>
   </si>
   <si>
     <t>Church &amp; Dwight Co. Inc.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Matu kopšanas produkti</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 10615607 URGOCLEAN, EUTM 010595651 URGOSTART, EUTM 011629342 HUMEX, EUTM 000989863 URGO, EUTM 012918901 URGO, EUTM 012918777 URGO,EUCTM 010372928 URGOTUL, EUTM 011458056 IMMUNOSTIM, EUTM 018127309 FILMOGEL
 </t>
   </si>
   <si>
     <t>URGO RECHERCHE INNOVATION ET DEVELOPPEMENT</t>
   </si>
   <si>
     <t>EUTM 2972040 FORCE, EUTM  002151884 REGLONE, EUTM  002815298 ACTELLIC, EUTM  002815264 KARATE, EUTM  003009453 AMISTAR, EUTM  003332442 BONZI, EUTM  006007207 MILAGRO</t>
   </si>
   <si>
     <t>Syngenta Limited</t>
   </si>
   <si>
     <t>augu aizsardzības līdzekļi</t>
   </si>
   <si>
     <t>Metallica, partnership</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM000481648TIGHT LIES,ITM 924914 TITALLIUM, EUTM 009671629 TOUR DRIVEN PERFORMANCE, EUTM 002068823TOUR PREFERRED, EUTM 009569088TOUR PREFERRED, EUTM 003950532P, EUTM 003362746 ovation, EUTM 012759627OWN THE SECOND SHOT, EUTM 008539322PENTA TP, EUTM 006125298PRO GOLD, EUTM 012530473 DHY, EUTM 007388861 DIABLO ST, EUTM 009095019F11, ITM 1074238, EUTM 006573596 IOTHANE, EUTM 012297561JETSPEED, EUTM 014539639KALEA, EUTM 010795847 M-1, EUTM 010060036MOVABLE WEIGHT TECHNOLOGY, EUTM 014373732 MYROUNDPRO, EUTM 010270511 TP, ITM 858666 NOODLE, EUTM 004341517YES! GOLF, EUTM 008942526A12, EUTM 005819321A4, EUTM 005819347A5, EUTM 008942501A9, EUTM 000802025 ADAMS, EUTM 001517465 ADAMS, EUTM 011795556ADAMS, EUTM 002833473 Adams Idea, EUTM 012997847 AEROBURNER, ITM 869703AGSI, EUTM 009558354BURNER, EUTM 005751491BURNER , EUTM 008942542V3, EUTM 006125272XTD, EUTM 004342581yes!, ITM 881790NOODLE, EUTM 014545578PSi, EUTM 003690252Puglielli, EUTM 011403292R1, ITM 933992R11, EUTM 013093166R15, EUTM 003391539 R7, EUTM 003759636r7, EUTM 007457765R9, EUTM 002790996 RAYLOR, EUTM 010289189RBZ  
  </t>
   </si>
   <si>
@@ -1362,97 +1339,86 @@
     <t>aktivitāšu aproce</t>
   </si>
   <si>
     <t>Diageo Brands B.V.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM12139416 YOSHIMURA, EUTM 011059862 YOSHIMURA, EUTM 017993213 YOSHIMURA </t>
   </si>
   <si>
     <t>Kabushiki Kaisha Yoshimura Japan</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                                                                                                                                                                                                                                                        EUTM 000401778, EUTM 000401547 UMBRO 
 </t>
   </si>
   <si>
     <t>ICONIX Luxembourg Holdings SARL</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM1698935 YU-GI-OH!, EUTM 001695501 YU-GI-OH! </t>
   </si>
   <si>
     <t>KABUSHIKI KAISHA SHUEISHA</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 011534255 BALMORAL, EUTM011530466 Hunter Argyll 
-[...6 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 003500998 Wellensteyn, EUTM 004705281 </t>
   </si>
   <si>
     <t>Wellensteyn International GmbH &amp; Co.KG</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM011595006, ITM 846262/THE GLENLIVET , ITM 836865/NÀDURRA, ITM 797225/LONGMORN, ITM 1027160/GEORGE &amp; J.G. SMITH, ITM 1027161/NADURRA,  ITM 1027522, ITM 880103, EUTM 011134327, EUTM 008199011/Logo,   EUTM 011441599, EUTM 011904307/GUARDIANS CHAPTER, EUTM 011904901/THE GUARDIANS OF THE GLENLIVET, EUTM 008615692/TRIUMPH, EUTM 004486254/GLENLIVET, EUTM 012861738/Logo, EUTM 012921284/George Smith - stylized writing, EUTM 013175138, EUTM 009900614/THE GLENLIVET, EUTM 011647906/THE GLENLIVET, EUTM 007335136/THE SINGLE MALT THAT STARTED IT ALL, EUTM 009900697, EUTM 011429222, EUTM 011432051
 </t>
   </si>
   <si>
     <t>The Glenlivet Distillers Limited</t>
   </si>
   <si>
     <t>EUTM 10525558Fish Skateboards</t>
   </si>
   <si>
     <t>Fishskateboards Sp. z o.o.</t>
   </si>
   <si>
     <t>sporta piederumi, skrituļdēļi, apavi, apģērbi, ādas izstrādājumi</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 6272462 Salvatore Ferragamo, EUTM 0668383 Salvatore Ferragamo(grafia), EUTM 000103192 Salvatore Ferragamo (grafia), EUTM 000103259 Ferragamo
 </t>
   </si>
   <si>
     <t>Salvatore Ferragamo S.p.A.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 6750533 Nammum Muay Cream, EUTM 006750434, EUTM	017896028 nawm </t>
   </si>
   <si>
     <t>Devakam Apothecary Hall Co Ltd</t>
   </si>
   <si>
     <t>veselības aprūpes produkti</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">EUTM  008136103 VOLCANO, ITM  1241086 BROW` TASTIC, EUTM  016119241 INSTA FIX &amp; MATTE, EUTM  1279753 VOLUME SHAKE, EUTM  005538665 M MANHATTAN, EUTM  000213116 MANHATTAN, EUTM  005259536 JOOP! GO, EUTM  007178478 JOOP! THRILL, EUTM  008808776  FREIGEIST, EUTM  000117580 CK ONE, EUTM  000117465  CK, EUTM  003683661 CHLOE, EUTM  004393741   ck one, EUTM  003463742  JIL SANDER PURE, EUTM  002583698 NIKOS, EUTM  009513111 C BY CHLOE, ITM  1191846  ROSABOTANICA BALENCIAGA PARIS, ITM  1146029 FLORABOTANICA BALENCIAGA PARIS, EUTM  002024487 PRELUDE, EUTM  000735944 CRISTOBAL, EUTM  012783296  B., BALENCIAGA PARIS, EUTM  017059775 BOURJOIS ROUGE FABULEUX, EUTM  016736563  BOURJOIS HEALTHY MIX, EUTM  015999576  BOURJOIS VOLUME REVEAL, EUTM  016120123 BOURJOIS IRACULOUS CONTOUR, EUTM  010813781BRUNO BANANI NOT FOR EVERYBODY, EUTM  004365871 BB, EUTM  000882571 BRUNO BANANI, EUTM  009937699 JUSTCAVALLI, EUTM  008779639  CAVALLI, EUTM  008779662 RCC, EUTM  000752196 ROBERTO CAVALLI, EUTM  017416141  93075244  BB, EUTM  008360802  93075242  BALENCIAGA, EUTM  0946853  91059780  SECRET OBSESSION, EUTM  1015736  91059779  ckfree, EUTM  1102290  91059778  CK ONE SHOCK, EUTM  1114622 CALVIN KLEIN SHEER BEAUTY, EUTM  006189583 INTENSE EUPHORIA, EUTM  004087276 JOOP! JUMP, EUTM  000135517   NIGHTFLIGHT, EUTM  010029437  MARC JACOBS BANG, EUTM  005925532  DAISY MARC JACOBS, EUTM  000481465  MARC JACOBS, EUTM  000079707  CALVIN KLEIN, EUTM  000117515  CK BE, EUTM  009717761 SEE BY CHLOE, EUTM  009021726 LOVE, Chloé, EUTM  003636768 SCULPTURE, EUTM  012210555 RIMMEL </t>
   </si>
   <si>
     <t>Coty Beauty Germany GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 1130709 STAG Autogas Systems  </t>
   </si>
   <si>
     <t>AC Spólka Akcyjna</t>
   </si>
   <si>
     <t xml:space="preserve">STAG autogāzes sistēmas </t>
   </si>
   <si>
     <t>EUTM 541474 ANGELUS GRAND CRU CLASSÉ CHATEAU ANGELUS St- Emilion Grand Cru DE BOÜARD DE LAFOREST &amp; FILS PROPRIET</t>
   </si>
   <si>
     <t>GROUPEMENT FONCIER AGRICOLE CHATEAUX MAZERAT ET ANGELUS</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 11569696ASPIRO,EUTM 015460264TEELO, EUTM009084311 VICTO, EUTM009084377OCTO, EUTM 010778322OWALO, EUTM 009084427SECTO  CDR 001805797-0001, CDR 001805797-0002, CDR 001805797-0003, CDR 002098798-0001, CDR 002098798-0002, CDR 002614636-0001 
  </t>
   </si>
   <si>
     <t>Secto Design</t>
@@ -2066,145 +2032,116 @@
     <t xml:space="preserve"> EUTM  003396207 Too Faced</t>
   </si>
   <si>
     <t>Too Faced Cosmetics LLC</t>
   </si>
   <si>
     <t xml:space="preserve">CDR  001089395-0004/EM, EUTM  004279188/EM SERVIER, EUTM  004279171/EM  SERVIER, EUTM  003673522/EM , EUTM  011588423/EM, EUTM  010006617/EM, EUTM  002539682/ EM, EUTM  011221736/EM  Lonsurf, EUTM  015850548/EM  WEHEALTH BY SERVIER, CDR  001089395-0001/EM, CDR  001089395-0002/EM, CDR  001089395-0003/EM  
 </t>
   </si>
   <si>
     <t>LES LABORATOIRES SERVIER</t>
   </si>
   <si>
     <t>EUTM  14784177  UEG-24, EUTM  14784169 UEG-36, EUTM  14788798 VEG-24, EUTM  14788781 UEI-24</t>
   </si>
   <si>
     <t>ARTECHE LANTEGI ELKARTEA, S.A.</t>
   </si>
   <si>
     <t>vienfāzes un divfāžu sprieguma transformatori</t>
   </si>
   <si>
     <t>Dr. Ing.h.c.F.Porsche AG</t>
   </si>
   <si>
-    <t xml:space="preserve">                                                                                                                                     EUTM 000318071 B&amp;O, EUTM 000317073 BEOSOUNDEUTM 010445591 Beoplay, EUTM 10401529 B&amp;O Play, EUTM000781666 B &amp; O, EUTM 00318261 Beolink, EUTM 000318113 BANG &amp; OLUFSEN 
-[...5 lines deleted...]
-  <si>
     <t>audio aprīkojums un aksesuāri</t>
-  </si>
-[...7 lines deleted...]
-    <t>automobiļu detaļas</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 006990063,EUTM 011472735,EUTM 003171196,EUTM  003192945,EUTM 003192961,EUTM 006989347, EUTM  006578686, EUTM  006578819, EUTM  006989421, EUTM  013914353, EUTM  006983688, EUTM  009560517, EUTM  009560566, EUTM  011472529, EUTM  011472669, EUTM  010296168  UNIKKO, EUTM  006997712 marimekko, EUTM  006983589, EUTM  003174265  UNIKKO, EUTM  000307496 MARIMEKKO  
 </t>
   </si>
   <si>
     <t>Marimekko Oyj</t>
   </si>
   <si>
     <t>somas, aksesuāri, kosmētikas somas, lietussargi</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  17799099 The Bellies from Bellyville, CDR  005654456 0001 Muñecos de juguetes, CDR  005654456 0002 Muñecos de juguetes, CDR  005654456 0003 Muñecos de juguetes, CDR  005654456 0004 Muñecos de juguetes, CDR  005654456 0005 Muñecos de juguetes, CDR  005654456 0006 Muñecos de juguetes  </t>
   </si>
   <si>
     <t>FABRICAS AGRUPADAS DE MUÑECAS DE ONIL, S.A.U.</t>
   </si>
   <si>
     <t>lelles u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM1084722 ZEPTER, EUTM 00068062 /ZEPTER, EUTM 000279810 Z zepter INTERNATIONAL	 
 </t>
   </si>
   <si>
     <t>Fieldpoint (Cyprus) Limited</t>
   </si>
   <si>
     <t>katli u.c.</t>
   </si>
   <si>
     <t>Giorgio Armani S.p.a.</t>
   </si>
   <si>
-    <t xml:space="preserve">                                                                                                                                                                                                                    ITM 122121CHS, ITM1221215CARL HANSEN &amp; SØN, EUTM009998436Y-STOLEN, EUTM01000688WISHBONE 
-[...5 lines deleted...]
-  <si>
     <t>EUTM  014280259, EUTM  013649231 uhlsport, EUTM  002686558  KEMPA</t>
   </si>
   <si>
     <t>Uhlsport GmbH</t>
   </si>
   <si>
     <t>sporta apavi, cimdi, jakas garās bikses, jakas, krekli, šorti, sporta bumbas</t>
   </si>
   <si>
     <t>The Cartoon Network Inc</t>
   </si>
   <si>
     <t>ITM 1088290  SOLATENOL</t>
   </si>
   <si>
     <t>fungicīdi lauksaimniecībā</t>
   </si>
   <si>
     <t>DAVID YURMAN IP LLC</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                EUTM 018056224 OMBRE FELINE, EUTM 1530994#gobeyond, EUTM 018221877 PRETTY HEART, EUTM 018383895 FRED, EUTM 011695624 SOLEIL D'OR, EUTM 18001142 FORCE 10, ITM 1598765 WINCH, EUTM 010641082 BAIE DES ANGES, EUTM  012291761 BELLE RIVE, EUTM  003132198 FRED, EUTM  013594312  FRED, EUTM  015503204  FRED 8°0, EUTM  1095883 PAIN DE SUCRE, EUTM  0963362  SUCCESS  20, CDR  000772819-0001  Fermoir de bracelet, CDR  004735744-0001 bague non pavée, CDR  004735744-0002  bague pavée, CDR  004735744-0003   Boucles d'oreilles, CDR  005663523-0001   Lunettes, CDR  005663523-0002   Lunettes, CDR  005663523-0003  Lunettes, CDR  005663523- 0004   Lunettes   
 </t>
   </si>
   <si>
     <t>FRED PARIS</t>
   </si>
   <si>
     <t>juvelierizstrādājumi, rotaslietas u.c.</t>
   </si>
   <si>
-    <t>CRISTEL</t>
-[...4 lines deleted...]
-  <si>
     <t>CDR  002375212 Modello per forbici/Design for scissors</t>
   </si>
   <si>
     <t>Cembre S.p.A.</t>
   </si>
   <si>
     <t>šķēres tehniskai lietošanai</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  008493231   Super Trofeo,EUTM  005134663  SV, EUTM  012642351 Anima, EUTM  011658499  Automobile Lamborghini, EUTM  011177706 CarbonSkin, EUTM  011142114   Deimos,EUTM  010698066  Deimos, EUM  011438884   nawm, EUTM  011439007 Officine del Futuro, EUTM  011595493 Veneno Bianca, EUM  011603412  Veneno,EUTM  011595501 Veneno Rossa EUTM 011595469 Veneno Verde, EUTM  013456934, Automobili Lamborghini Squadra Corse, EUTM  013456942 Automobili Lamborghini Squadra Corse, EUTM 013461199Lamborghini Squadra Corse, EUTM  013461504 Lamborghini Squadra Corse, EUTM 013299995 Huracán GT3, EUTM  013641758 GT3, EUTM  014271845  УРУС, EUTM  014271837  ЛАМБОРГИНИ, EUTM  014271811 АВЕНТАДОР, EUTM  014422621   automobili Lamborghini, EUTM  015180797  HURACÁN GTD, EUTM  014841721   Egoista, EUTM  015034002   M50, EUTM  014368237  Tamburo, EUTM  015059256  Avio, EUTM  015033996 Miura 50, EUTM  015150816  M50, EUTM  014422588   Centenario LP 770-4, EUTM  014659064  ForgedSkin, EUTM  014184295   Reactive Engineering,EUTM  014271795 АУТОМОБИЛИ ЛАМБОРГИНИ, EUTM  014271829  10000076  ХУРАКАН, EUTM  011177656  CarbonFlex, EUTM  008571804  Museo Lamborghini, EUTM  009890948 Gallardo LP 570-4 Super Trofeo Stradale, EUTM  010910586   Huracán, EUTM  1098383   Lamborghini, EUTM  6113451  Lambo, EUTM  009322538 Aventador, EUTM  008493141  Closer to the Road, EUTM  2964401  E-Gear, EUTM  008125684  Estque, EUTM  2195162  Gallardo Bocolore, EUTM  009470618 Gallardo Performante, EUTM  009521592Gallardo Trocolore, EUTM  005762992 Gallardo Superleggera  
 </t>
   </si>
   <si>
     <t>automašīnas, automobiļu detaļas, aksesuāri, apģērbs, somas, brilles u.c.</t>
   </si>
   <si>
     <t>Wilson Sporting Goods Co.</t>
   </si>
   <si>
     <t>GOLDEN GOOSE SPA</t>
   </si>
   <si>
     <t>Guerlain SA</t>
   </si>
   <si>
@@ -2263,53 +2200,50 @@
     <t>metināšanas un griešanas iekārtas un piederumi</t>
   </si>
   <si>
     <t>EUTM  000290726 SPARCO, EUTM  000290734 SPARCO, EUTM  011360501 SPARCO, EUTM  014424204 S</t>
   </si>
   <si>
     <t>SPARCO S.P.A.</t>
   </si>
   <si>
     <t>auto aksesuāri, piederumi</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM  011690534 DIE BRÜDER LÖWENHERZ, EUTM  006449649 EMIL I LÖNNEBERGA, EUTM  006449854 UNIBACKEN, EUTM  006449938 MADICKEN, EUTM  011687217 MICHEL &amp; IDA, EUTM  010899458 MICHEL AUS LÖNNEBERGA, EUTM  005890108 Pippi Calzelunghe, EUTM  005890066 Pippi Langkous, EUTM  004735411 Pippi Langstrumpf, EUTM  008571168Pippi Långstrump, ITM  1249795  ASTRID LINDGREN'S WORLD, EUTM  011687019  KATLA, EUTM  006158513 Pippi, EUTM  004709846 Pippi, EUTM  014027163  PIPPI, EUTM  014027296 Pippi Longstocking, EUTM  004709747  Pippi Longstocking, EUTM  013397138  10000030  RONJA, EUTM  011686987 RONJA, RÄUBERTOCHTER, EUTM  011687134 RONJA RÖVARDOTTER, EUTM  006449995 SALTKRÅKAN, EUTM  006450126 SKRÅLLAN, EUTM  009515818  TAKA TUKA, EUTM  011690567 THE BROTHERS LIONHEART, EUTM  006450373  VILLA VILLEKULLA, ITM  1253773  ASTRID LINDGRENS VÄRLD, EUTM  010914968  EMIL FRA LØNNEBERG, EUTM  013197868 JUNIBACKEN, EUTM  013716361 ASTRID LINDGRENS VÄRLD, EUTM  006449541 BULLERBYN, EUTM  011687043 TENGIL, EUTM  004922936 Villa Kunterbunt, ITM  1229986  Trade mark without text, ITM  1189821 KATLA, ITM  1232312 JUNIBACKEN, ITM  1273411  PIPPI, ITM  1273413 Pippi Longstocking, ITM  1232026 RONJA RÖVARDOTTER, ITM  1191831 THE BROTHERS LIONHEART , EUTM  013712931 ASTRID LINDGRENS VÄRLD, EUTM  004709771 Astrid Lindgren, EUTM  013720412  ASTRID LINDGREN´S WORLD, EUTM  013716436 FIFI BRINDACIER, EUTM  011595683 HERR NILSSON, EUTM  013197901  Юнибакен, EUTM  008622342 KATTHULT, EUTM  009774721 KUNTERBUNT, ITM  704082A  Astrid Lindgren's Pippi, ITM  980028 Pippi Longstocking, EUTM  011687084  NANGIJALA  </t>
   </si>
   <si>
     <t>Astrid Lindgren Aktiebolag</t>
   </si>
   <si>
     <t>apģērbi, apavi, somas, maki, lietussargi, lelles, leļļu mājas, krūzes, šķīvji, paplātes u.c.</t>
   </si>
   <si>
     <t>CHAUMET INTERNATIONAL SA.</t>
   </si>
   <si>
     <t>elektroniskās cigaretes u.c.</t>
-  </si>
-[...1 lines deleted...]
-    <t>EUTM  014676209 LA ROCHE-POSAY LABORATOIRE DERMATOLOGIQUE</t>
   </si>
   <si>
     <t>LA ROCHE-POSAY LABORATOIRE DERMATOLOGIQUE</t>
   </si>
   <si>
     <t>Philip Morris Brands S.a.r.l.</t>
   </si>
   <si>
     <t>Wahl Clipper Corporation</t>
   </si>
   <si>
     <t>elektriskās matu griešanas mašīnas</t>
   </si>
   <si>
     <t>elektronika</t>
   </si>
   <si>
     <t xml:space="preserve"> ITM  1357980, ICD  DM/097986, ICD  DM/095974, ICD  DM/093026  
 CDR  002430116-0006, CDR  002430116-0005, ICD  DM/085 025  </t>
   </si>
   <si>
     <t>mawa design Licht- und Wohnideen GmbH</t>
   </si>
   <si>
     <t>EUTM 009099474 OMNIPLUS, EUTM 000113373 MB, EUTM 000139865 MERCEDES-BENZ, EUTM 000139998 MERCEDES, EUTM 000140087 BENZ, EUTM 000140186 SMART, EUTM 000140335 /fig./, EUTM 000140400 MERCEDES BENZ  /fig./, EUTM 000833772 MAYBACH, EUTM 001022292 /fig./, EUTM 001423482 /fig./, EUTM 001424399 /fig./, EUTM 001554211 C /fig./, EUTM 001653278 AMG /fig./, EUTM 002738672 AMG /fig./, EUTM 002738953 AFFALTERBACH AMG /fig./, EUTM 005260682 MAY BACH /fig./, EUTM 005591921 MAYBACH, EUTM 006368153 /fig./, EUTM 006452254 /fig./, EUTM 008574584 /fig./; RCD 000011085-0001, RCD 000012869-0001, RCD 000051909-0001, RCD 000096441-0001, RCD 000011127-0001, RCD 000011101-0001, RCD 000011135-001, RCD 000011143-0001, RCD 000105242-0004, RCD 000129069-0001, RCD000224738-0002, RCDD 000224738-0003, RCD 000224886-0001, RCD 000244249-(0001-0003), RCD 000244249-0005, RCD 0003012470001, RCD 000513379-0001, RCD 000519103-0001, RCD 000526918-0001, RCD 000542006-0001, RCD 000671136-0001, RCD 000671136-0003, RCD 000690730-0001, RCD 000691902-0002, RCD 00079191-0001, RCD 000783493-0001, RCD 000824560-(0001-0003)</t>
@@ -2601,77 +2535,63 @@
     <t xml:space="preserve"> tējas, to lapas, augstas kvalitātes austrumu tējas krēms, iepakojums u.c. </t>
   </si>
   <si>
     <t>EUTM 000027292 GAP</t>
   </si>
   <si>
     <t>Gap (ITM) Inc.</t>
   </si>
   <si>
     <t>parfimērija, apģērbi, aksesuāri u.c.</t>
   </si>
   <si>
     <t>EUTM 000027227 OLD NAVY</t>
   </si>
   <si>
     <t>Old Navy (ITM) Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                EUTM 000027037 BANANA REPUBLIC, EUTM 001097716 BANANA REPUBLIC, EUTM 001963941 BANANA REPUBLIC, EUTM 002909364 BANANA REPUBLIC, EUTM 000027003 BANANA REPUBLIC, EUTM 001674811 BANANA REPUBLIC 
 </t>
   </si>
   <si>
     <t>Banana Republic (ITM) Inc.</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 004739711 LEATHERMAN, EUTM 000041731 LEATHERMAN 
-[...8 lines deleted...]
-  <si>
     <t>Swatch AG (Swatch SA) (Swatch LTD)</t>
   </si>
   <si>
     <t>Alcon Inc.</t>
   </si>
   <si>
     <t>kontaktlēcas</t>
   </si>
   <si>
     <t>Spigen Korea Co., Ltd.</t>
   </si>
   <si>
     <t>mobilo tālruņu un planšetdatoru korpusi, lādētāji, kabeļi u.c.</t>
-  </si>
-[...2 lines deleted...]
-CDR 004157204-0002 Photos of hooded sweatshirt, CDR 004157204-0006 Photo of T-shirt, CDR 004157204-0001 Photos of sweatshirt, CDR 004157204-0007 Photos of sweatshirt, EUTM 011444106 les deux (fig), EUTM 012308516 II LES DEUX, CDR 004157204-0003 Photo of Shirt, CDR 004157204-0005 photo of hooded sweatshirt, EUTM 011443983 LES DEUX, EUTM 017097726 (Trade mark without text) (fig) </t>
   </si>
   <si>
     <t>Les Deux ApS</t>
   </si>
   <si>
     <t>apģērbs, apavi, galvassegas</t>
   </si>
   <si>
     <t>VDW GmbH</t>
   </si>
   <si>
     <t>endotoniskie produkti steriliem instrumentiem</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 9387663 TREE FREE,  EUTM 9394446  UNBLEACHED - CHLORINE FREE, EUTM 2084234  SMOKING CULT, EUTM 10285815  PHARMA PRINT, EUTM 10996411  MCM MIQUEL Y COSTAS &amp; MIQUEL, EUTM 10998037  MC MIQUEL Y COSTAS, EUTM 11522406  SMOKING DELUXE, EUTM 4213237  SMK, EUTM 014818322  BIBLOPRINT, EUTM 4759403  MANTRA, EUTM 15621543  PERGACUP, EUTM 16315301  SUBLIDIGIT, EUTM 601369 1  SMOKING, EUTM 650994  TREE FREE, EUTM 651000  ARROZ, EUTM 684365   PH PURE HEMP CIGARETTE PAPER, EUTM 6923908 SPECIALPRINT, EUTM 6965909 SMOKING DELUXE
 EUTM 1204675  LOGO </t>
   </si>
   <si>
     <t>MIQUEL Y COSTAS Y &amp; MIQUEL, S.A.</t>
   </si>
   <si>
     <t xml:space="preserve">tabaka, smēķēšanas piederumi, sērkociņi, papīrs cigarešu ripināšanai, papīra bukleti apģērbs, apavi, galvassegas, galvassegas, koferi, lietussargi, spieķi, elektriskās, foto, optiskās, mērīšanas ierīces u.c. </t>
   </si>
   <si>
@@ -2711,54 +2631,50 @@
   <si>
     <t>uzpilde elektroniskajām cigaretēm</t>
   </si>
   <si>
     <t>Fred Perry (Holdings) Limited</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 017941694, EUTM 017917768 POWER BULLET, EUTM 18055344, EUTM 017868808, EUTM 018063415, EUTM 18054723, EUTM 017866725, CDR 004515294-0004 Make up applicators, EUTM 018025046, CDR 004515294-0003 Make up applicators, EUTM 018045921, EUTM 017898323, CDR 004515294-0002Make up applicators, EUTM18102831 LIFE LINER, EUTM 018045924 N.Y.M.P.H., EUTM 018057025, EUTM 015755549 HUDABEAUTY, EUTM 016781221 FAUXFILTER, CDR 004515294-0001 Make up applicators, EUTM 017040825 THE OVERACHIEVER, EUTM 017997771 STICKY TACK </t>
   </si>
   <si>
     <t>Huda Beauty Limited</t>
   </si>
   <si>
     <t>kosmētika u.c.</t>
   </si>
   <si>
     <t>virtuves kombaini, automāti</t>
   </si>
   <si>
     <t>šokolādes batoniņi u.c.</t>
   </si>
   <si>
     <t>rīsi, rizotto un nūdeles</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 506873 Samsung, EUTM 1877901 Samsung, EUTM 8429731 Samsung
-[...2 lines deleted...]
-  <si>
     <t>toneri, kārtridži u.c.</t>
   </si>
   <si>
     <t>Mars Incorporated - Pedigree</t>
   </si>
   <si>
     <t>suņu barība, produkti</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 015671837 ELEMENTS </t>
   </si>
   <si>
     <t>Audi AG</t>
   </si>
   <si>
     <t>rezerves daļas, aksesuāri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1404001 MEYLE, ITM 1372330 MEYLE ORIGINAL QUALITY, ITM 1372331 MEYLE PD QUALITY, ITM 1412304 MEYLE HD QUALITY, ITM 0866463 Meyle, ITM 0998927 MEYLE, ITM 0926174 MEYLE HD QUALITY 
 </t>
   </si>
   <si>
     <t>Wulf Gaertner Autoparts AG</t>
   </si>
   <si>
@@ -3091,86 +3007,74 @@
     <t xml:space="preserve"> EUTM  010730349 S Spin Master, EUTM  009208761 Spin Master</t>
   </si>
   <si>
     <t>Bacardi Martini Patrón International GmbH</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni, aksesuāri u.c.</t>
   </si>
   <si>
     <t>EUTM EU005807169 JUVEDERM, EUTM EU006547053 JUVEDERM FORMA, EUTM EU006547301 JUVEDERM VOLUMA, EUTM EU002196822 JUVEDERM, EUTM EU 006295638 JUVEDERM ULTRA, EUTM EU013541594 JUVEDERM VYBRANCE, EUTM EU008792863 JUVEDERM ULTRA SMILE, EUTM EU013413406 JUVEDERM VOLITE</t>
   </si>
   <si>
     <t>Allergan Holdings France SAS</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM000057034/F, EUTM 000057042/FILA, EUTM 000056960/FILA, EUTM 003545605/FILA, EUTM 000056945/F FILA 
 </t>
   </si>
   <si>
     <t>FILA LUXEMBOURG S.A.R.L.</t>
   </si>
   <si>
     <t>apģērbi, apakšveļa, apavi, brilles, inline slidas un aksesuāri</t>
   </si>
   <si>
-    <t>TOM Cococha GmbH &amp; Co. KG</t>
-[...4 lines deleted...]
-  <si>
     <t>CPVR 2015/1061, CPVR 2015/2066, CPVR 2015/2067, CPVR 2014/3312
 EUTM 015773451 OZBLU, EUTM 011976388 OZ, EUTM,  011976578 OZ, EUTM 018088194 Peek-A-blu</t>
   </si>
   <si>
     <t>United Exports Limited</t>
   </si>
   <si>
     <t>E. &amp; J. Gallo Winery</t>
   </si>
   <si>
     <t>vīni</t>
   </si>
   <si>
     <t>EUTM003440881 BREGUET</t>
   </si>
   <si>
     <t>Montres Breguet SA</t>
   </si>
   <si>
     <t xml:space="preserve"> pulksteņi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 952796 RIBENA, EUTM 18074042  RIBENA 
 </t>
-  </si>
-[...4 lines deleted...]
-    <t>BA&amp;SH</t>
   </si>
   <si>
     <t>Ninebot (Beijing) Tech. Co., Ltd.</t>
   </si>
   <si>
     <t>giroskūteri ar rokturi</t>
   </si>
   <si>
     <t>Moomin Characters Oy Ltd.</t>
   </si>
   <si>
     <t>EUTM  011678299  ZIPP, EUTM  013950936 ZIPP</t>
   </si>
   <si>
     <t>SRAM LLC</t>
   </si>
   <si>
     <t>Dell Products</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 16072514 Dreamworks Trolls, EUTM 015372576 Dream works Trolls, EUTM 11841145School of Dragons, EUTM 006673594 Kung Fu Panda, EUTM 005112677 Kung Fu Panda, EUTM 008758377 Kung Fu Panda: Legends of Awesomeness, EUTM 009454431 Dreamworks Kung Fu Panda, EUTM 001653146 Shrek, EUTM 008319188 Shrek Forever After, EUTM 009921214 Dream works, EUTM 182220 Dreamworks, EUTM 009921263Dreamworks, EUTM 009921248Dreamworks Animation SKG, EUTM 011200631 Despicable Me, EUTM 012449609, EUTM 012352225 Downton Abbey, EUTM 12847241, EUTM 12937421Minions, EUTM 2494698 Jurassic Park III Dino Attack &amp; Design, EUTM 13065156 Jurassic World, EUTM 002702462 E.T. The Extra-Terrestrial, EUTM 002726917Johnny English, EUTM 002788321, EUTM 002788339 Miami Vice, EUTM 002848398  The Fast and The Furious, EUTM 003077021 The Fast and The Furious, EUTM 003077922 Van Helsing, EUTM 003294329 1Van Helsing, EUTM 004188348, EUTM 010500262, EUTM 012937553, EUTM 008489692 Scarface, EUTM 013065156Jurassic World, EUTM 002494698, EUTM 014521348, EUTM 014656441, EUTM 014908206Hybrid Dino, EUTM 014942511 The Secret Life of Pets, EUTM 014964738, EUTM 014964902, EUTM 014964894, EUTM 014964852, EUTM 014964837, EUTM 014964803, EUTM 014964951, EUTM 014964761, EUTM 014964936, EUTM 014964795, EUTM 014964829, EUTM 014554026 Trolls 
  </t>
   </si>
   <si>
     <t>Universal City Studios LLC</t>
@@ -3478,53 +3382,50 @@
   </si>
   <si>
     <t>Jemella Group Limited</t>
   </si>
   <si>
     <t>matu kopšanas līdzekļi u.c.</t>
   </si>
   <si>
     <t>Home Box Office, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 011801883 DISOBEY,  EUTM 01830710 OBEY, EUTM 008330698 OBEY, EUTM 008848665 OBEY AWARENESS, EUTM 017089699 OBEY 
 </t>
   </si>
   <si>
     <t>BOLD STRATEGIES INC.</t>
   </si>
   <si>
     <t>apģērbs un aksesuāri u.c.</t>
   </si>
   <si>
     <t>EUTM 004111605 AVASTIN, EUTM 000020495 HERCEPTIN, EUTM 000020479 PULMOZYME</t>
   </si>
   <si>
     <t>F. Hoffmann-La Roche Ltd.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Wella International Operations Switzerland S.â.r.l.</t>
   </si>
   <si>
     <t>BabyBjörn AB</t>
   </si>
   <si>
     <t>bērnu preces u.c.</t>
   </si>
   <si>
     <t>Occhio GmbH</t>
   </si>
   <si>
     <t>apģērbs un aksesuāri</t>
   </si>
   <si>
     <t>EUTM 000254326 Aiwa</t>
   </si>
   <si>
     <t>Aiwa Co. Ltd</t>
   </si>
   <si>
     <t>elektronika, audio aprīkojums u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 001526334 LEXMARK </t>
   </si>
@@ -3870,53 +3771,50 @@
     <t>motori, rezerves daļas u.c.</t>
   </si>
   <si>
     <t>EUTM 905683 WINX CLUB, EUTM 885894 WINX CLUB, EUTM 875554 WINX CLUB</t>
   </si>
   <si>
     <t xml:space="preserve">pulksteņi, juvelierizstrādājumi, somas, mugursomas, mūzikas instrumenti, rotaļlietas, šokolāde u.c. </t>
   </si>
   <si>
     <t xml:space="preserve"> CDR 007768197-0001/EM, EUTM 017989911/EM VacPack Go!</t>
   </si>
   <si>
     <t>JOHN MILLS LTD - VacPack Go!</t>
   </si>
   <si>
     <t xml:space="preserve"> mini vakuuma sūkņi, somas uzglabāšanai u.c.</t>
   </si>
   <si>
     <t>EUTM 018130985</t>
   </si>
   <si>
     <t>RICEGROWERS LIMITED</t>
   </si>
   <si>
     <t>rīsu maisījumi un uzkodas</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">EUTM  17944861  Fortnite, EUTM  17947714  Fortnite, EUTM  12329454  Fortnite, EUTM  13004056 Fortnite Storm Chasers, ITM  1419271Fortnite </t>
   </si>
   <si>
     <t>Epic Games</t>
   </si>
   <si>
     <t>EUTM 2255552 IKKS</t>
   </si>
   <si>
     <t>IKKS GROUP</t>
   </si>
   <si>
     <t>EUTM 008903338 SIMONE ROCHA, EUTM 016549842 SIMONE ROCHA</t>
   </si>
   <si>
     <t>SR Studio Ltd.- Simone Rocha</t>
   </si>
   <si>
     <t xml:space="preserve">CDR002575290-0001, CDR 002608513-0001, CDR 003864438-0001 
 CDR 005313558-0001, CDR 008468615-0005, CDR 008468615-0004
 CDR 008468615-0003, CDR 008468615-0002, CDR 008468615-0001
 CDR 008360317-0002, CDR 008360317-0001, CDR 008026843-0006
 CDR 008026843-0005, CDR 008026843-0004, CDR 008026843-0003
 CDR 008026843-0002, CDR 008026843-0001, CDR 007569157-0002
 CDR 007569157-0001, CDR 006781613-0001, CDR 006613196-0003
 CDR 006613196-0002, CDR 006613196-0001, CDR 006609640-0002
@@ -4694,59 +4592,50 @@
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                   EUTM 000031369 MILKA, EUTM 000031344 10766780 MILKA, EUTM 000031310MILKA, EUTM 000031336 MILKA 
 </t>
   </si>
   <si>
     <t>KRAFT FOOD SCHWEIZ HOLDING Gmbh</t>
   </si>
   <si>
     <t xml:space="preserve"> dzērieni, pārtika u.c.</t>
   </si>
   <si>
     <t>EUTM 012223863/EM SUPERCELL, EUTM 018474273/EM BRAWL, EUTM 017984781/EM BRAWL-O-WEEN, EUTM 016464505/EM CLASH CUP, EUTM 017412099/EM CLASH, EUTM 016337818/EM BABY DRAGON	
 EUTM 013641295/EM SUPERCELL, EUTM 013642483/EM HAY DAY	
 EUTM 017868046/EM, EUTM 013641162/EM BOOM BEACH, EUTM 018348482/EM SQUAD BUSTERS, EUTM 018348158/EM BOOM BEACH FRONTLINES, EUTM 018362017/EM CLASH MINI, EUTM  018362331/EM CLASH QUEST, EUTM 016337792/EM LAVA HOUND, EUTM 015084932/ EM CLASH ROYALE, EUTM 011158086/EM CLASH OF CLANS, EUTM 018308903/EM BRAWL ESPORTS, EUTM 017984779/EM BRAWLIDAYS	
 EUTM 013641022/EM HAY DAY, EUTM 016314239/EM CLASHER, EUTM 013641345/EM CLASH OF CLANS, EUTM 013973383/EM10000013ClashCon
 EUTM 017412123/EM COC	, EUTM 015307515/EM CLASH ROYALE, EUTM 016753469/EM SUPERCELL, EUTM 018031604/EM DYNAMIKE, EUTM 016333577/EM CLASH NIGHTS, EUTM 013640421/EMSUPERCELL, EUTM 017868043/EM CRL, EUTM 016733214/EM BRAWL STARS, EUTM 017998 166/EM Codename_Supercon, EUTM 017961725/EM, EUTM 01564 2101/EM CLASH ROYALE, EUTM 018264520/EM CREATOR BOOST, EUTM 01469 3469/EM CLASH ROYALE, EUTM013640974/EM CLASH OF CLANS, EUTM 017998163/EM SUPERCON, EUTM 013641865/EM BOOM BEACH, EUTM 018081642/EM BRAWLER, EUTM 016337776/EM P.E.K.K.A, EUTM 016199184/EM CLASHMAS, EUTM 016337784/EM HOG RIDER	, EUTM 018348180/EM CLASH HEROES, EUTM 018351312/EM CLASH, EUTM 012224465/EM CLASH OF CLANS, EUTM 009704446/EM SUPER CELL, EUTM 012661864/EM BOOM BEACH, EUTM 013247366/EM BOOM BEACH, EUTM 014807507/EM CLASH-A-RAMA</t>
   </si>
   <si>
     <t>Supercell Oy</t>
   </si>
   <si>
     <t>statujas, apģērbs, mīkstās rotaļlietas no datorspēlēm u.c.</t>
   </si>
   <si>
-    <t>EUTM 000959098 AGV etichetta, ITM 896957 faccia di diavolo (marchio figurativo), ITM 888865 DAINESE, ITM 997565 AGV logo</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">CDR  002989087-0001Envase para perfume, CDR  3051705-0001 a 0004  Envase para perfume, EUTM  5874441  SCANDAL, EUTM  16175739  Envase para perfume, EUTM  16175788  Envase para perfume, ITM  720476 Envase para perfume, ITM  720497   Envase para perfume </t>
   </si>
   <si>
     <t>elektriskās baterijas</t>
   </si>
   <si>
     <t>The Bazooka Companies, Inc</t>
   </si>
   <si>
     <t>konditorejas izstrādājumi, košļājamās konfektes</t>
   </si>
   <si>
     <t>REPRESENT CLOTHING LIMITED</t>
   </si>
   <si>
     <t>SARL Paulin, Paulin &amp; Paulin</t>
   </si>
   <si>
     <t>EUTM 013436911/EM OPTUNE, EUTM 017498833/EM NOVOCURE	
 EUTM 018100314/EM novocure</t>
   </si>
   <si>
     <t>NovoCure GmbH</t>
   </si>
   <si>
@@ -5020,53 +4909,50 @@
   <si>
     <t>EUTM 509224 JAQUET-DROZ</t>
   </si>
   <si>
     <t>Montres Jaquet Droz SA (Montres Jaquet Droz AG) (Montres Jaquet Droz Ltd) Sitz</t>
   </si>
   <si>
     <t>Treasury Chateau &amp; Estates LLC</t>
   </si>
   <si>
     <t>FERRERO SPA CON UNICO AZIONISTA</t>
   </si>
   <si>
     <t>regbija apģērbs, piederumi u.c.</t>
   </si>
   <si>
     <t>ISLESTARR HOLDINGS LIMITED</t>
   </si>
   <si>
     <t>Vuori Inc.</t>
   </si>
   <si>
     <t>EUTM 000891556/EM ANGLEPOISE, EUTM 009073073/EM, EUTM 018182102/EM ABANDON DARKNESS</t>
   </si>
   <si>
-    <t>ANGLEPOISE LTD</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 017436361 DOBBLE ASMODEE MARQUE FIGURATIVE	
 EUTM 017810011 SPLENDOR Marque semi-figurative, EUTM 008741183 DOBBLE, EUTM 011610664 DOBBLE, EUTM 1361109 DOBBLE Marque semi-figurative, EUTM 1524971 Marque sans texte
 EUTM 018702505 SPOT IT! Marque semi-figurative, EUTM 1362920 MARQUE SANS TEXTE, EUTM 017436379 DOBBLE ASMODEE BOITE MARQUE FIGURATIVE, EUTM 017813163 SPLENDOR</t>
   </si>
   <si>
     <t>ASMODEE GROUP</t>
   </si>
   <si>
     <t>rotaļlietas, spēles (tostarp elektroniskās spēļu konsoles) un sporta preces u.c.</t>
   </si>
   <si>
     <t>ITM 893545 MBT, EUTM 6431563/MBT physiological footwear</t>
   </si>
   <si>
     <t>Masai International Pte. Ltd.</t>
   </si>
   <si>
     <t>EUTM 009307034 Dymista</t>
   </si>
   <si>
     <t>Meda AB - Dymista</t>
   </si>
   <si>
     <t>ziepes, parfimērija, ēteriskās eļļas, kosmētika, matu losjoni, higiēnas preparāti izmantošanai medicīnā, diētiskās vielas medicīniskai lietošanai, zīdaiņu pārtika, plāksteri, pārsienamie materiāli, materiāli zobu plombēšanai, zobu vasks, dezinfekcijas līdzekļi, ķirurģijas, medicīnas, zobārstniecības un veterinārijas aparāti un instrumenti, mākslīgās ekstremitātes, acis un zobi, ortopēdiskie izstrādājumi u.c.</t>
   </si>
@@ -5433,226 +5319,166 @@
     <t>Essity Hygiene and Health Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                               CDR 003297704-0011, CDR 003297704-0001, EUTM 012876959 COLE HAAN, CDR 002771873-0001, CDR 002771873-0002, CDR 003297704	
 -0002, CDR 007991872-0001, EUTM 017305285 STITCHLITE, CDR 007488853-0015, CDR 003811553-0003, CDR 003811553-0001, CDR 003297704-0004, CDR 005806072-0022, EUTM 000277467 COLE-HAAN, EUTM 012775813 GRAND.OS, CDR 007991872-0002, CDR 007991872 -0004, CDR 007991872-0006, CDR 007488853-0002, CDR 007488853-0003, CDR 007488853-0009, CDR 007488853-0010, CDR 007488853-0006, CDR 007488853-0007, CDR007488853-0008, CDR 007488853-0014, CDR 007991872-0003, EUTM015284631 ZERØGRAND, CDR 007488853-0004, CDR 007488853-0005, CDR007488853-0013, CDR 007488853-0011, CDR 007715321-0001,  CDR007488853-0001, CDR 003297704-0003, EUTM 012135497COLE HAAN, CDR007488853-0012, CDR 007991872-0005, CDR005806072-0012, CDR 005806072-0011, CDR005806072-0013	</t>
   </si>
   <si>
     <t>EUTM	010125664 nawm, EUTM 003913167 GILEAD, EUTM 000789263 AmBisome</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 015252935 V P VITAL PROTEINS	</t>
   </si>
   <si>
     <t>diētiskie preparāti un uztura bagātinātāji u.c.</t>
   </si>
   <si>
     <t>ITM 1498118 NUUN</t>
   </si>
   <si>
     <t>Hilti Aktiengesellschaft</t>
   </si>
   <si>
     <t>Hilti instrumenti u.c.</t>
   </si>
   <si>
-    <t>EUTM 009586801 KRISS, ITM 1160654 KRISS</t>
-[...4 lines deleted...]
-  <si>
     <t>EUTM 008628554The Power of Plants BOTANICS, EUTM 01508666 3NATURE INSPIRED BOTANICS THE POWER OF PLANTS, EUTM 016264012BOTANICS, EUTM 017799222NATURE INSPIRED BOTANICS THE POWER OF PLANTS Established, EUTM 016521271BOTANICS	
 EUTM 011571122Boots BOTANICS THE POWER OF PLANTS, EUTM 015069362THE POWER OF PLANTS</t>
   </si>
   <si>
     <t>The Boots Company Plc - Botanics</t>
   </si>
   <si>
     <t xml:space="preserve">SMART </t>
   </si>
   <si>
     <t xml:space="preserve"> ITM  1370547 CLAUDIE PIERLOT, ITM  528638 CLAUDIE PIERLOT, EUTM 018683192 (Trade mark without text)	</t>
   </si>
   <si>
     <t>CLAUDIE PIERLOT</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 012781183/EM DOUGLAS LABORATORIES, EUTM 012781274/EM DOUGLAS LABORATORIES	</t>
   </si>
   <si>
     <t>EUTM 000031369 MILKA, EUTM 000031310 (Marque sans texte)	
 EUTM 000031336 (Marque sans texte), EUTM 000031344 MILKA</t>
   </si>
   <si>
     <t>KRAFT FOODS SCHWEIZ HOLDING GMBH</t>
   </si>
   <si>
     <t>CDR 008721120-0008, CDR 008721120-0007 Tischleuchten - Leuchten, CDR 008721120-0006, CDR 008721120-0005, CDR 008721120-0004, CDR 008721120-0003, CDR 008721120-0002, CDR 009153448-0007, CDR 009153448-0006, CDR 009153448-0005, CDR 009153448-0004, CDR 009153448-0003, CDR 009153448-0002, CDR 009153448-0001, CDR 008721120-0001</t>
   </si>
   <si>
     <t>Sompex Im- und Export, Handelsgesellschaft mit beschränkter Haftung &amp; Co. Kommanditgesellschaft</t>
   </si>
   <si>
     <t>galda lampas u.c.</t>
   </si>
   <si>
     <t>EUTM 016883712/EMLOUNGE, ITM 1558327/WOLOUNGE</t>
   </si>
   <si>
     <t>LOUNGE UNDERWEAR LIMITED</t>
-  </si>
-[...4 lines deleted...]
-    <t>Nomination di Antonio e Paolo Gensini s.n.c.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                           EUTM 018349101 Zuru, EUTM 010929982 Zuru, EUTM 014018303 Buncho, EUTM 013713938 Zuru Bunch O Balloons 
 </t>
   </si>
   <si>
     <t>Zuru (Singapore ) PTE. LTD</t>
   </si>
   <si>
     <t>grafiskais dizains u.c.</t>
   </si>
   <si>
     <t>ierīces datoriem, klaviatūras, peles, baterijas u.c.</t>
   </si>
   <si>
     <t>ITM 985527 Albonair, ITM 971403 Albonair</t>
   </si>
   <si>
     <t>Albonair GmbH</t>
   </si>
   <si>
     <t>darbgaldi, mašīnu un darbgaldu daļas, dzinēji (izņemot sauszemes transportlīdzekļus) un to daļas, sajūgi un piedziņas ierīces (izņemot sauszemes transportlīdzekļus), lauksaimniecības darbarīki, izņemot ar roku darbināmus darbarīkus, aparāti un instrumenti vadīšanai, pārslēgšanai, pārveidošanai u.c.</t>
   </si>
   <si>
     <t>POLLOGEN LTD</t>
   </si>
   <si>
     <t>EUTM 000220673 FRISTAM</t>
   </si>
   <si>
     <t>FRISTAM Pumpen KG (GmbH &amp; Co.)</t>
   </si>
   <si>
     <t>Bacardi and Company Ltd.</t>
   </si>
   <si>
     <t>EUTM 01121109 1Benjamin Blümchen (Wortmarke), EUTM 014996871 Bibi &amp; Tina (Wort-/Bildmarke - Schriftzug), EUTM 011062668 Bibi &amp; Tina Wort-/ Bildmarke - Köpfe mit Hufeisen), EUTM 010368223 Bibi &amp; Tina (Wortmarke)	
 EUTM 011598653 Bibi Blocksberg (Wort-/Bildmarke), EUTM 010367795 Bibi Blocksberg (Wortmarke), EUTM 018083522 Benjamin Blümchen (Bildmarke)
 EUTM 018574021 Benjamin Blümchen (Wort-/Bildmarke mit Kopf)</t>
   </si>
   <si>
     <t>Kiddinx Studios GmbH</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 013168042 ANTMINER, EUTM 013913521 BITMAIN</t>
   </si>
   <si>
     <t>Bitmain Technologies Limited</t>
   </si>
   <si>
-    <t>CDR 003622802-0001, EUTM 3473238 BOHEMIA CZECH REPUBLIC B LEAD CRYSTAL OVER 24%, EUTM 18180166 CRYSTALITE BOHEMIA
-[...22 lines deleted...]
-  <si>
     <t>apģērbi, apavi, galvassegas</t>
   </si>
   <si>
-    <t>EUTM 001436310 STUART WEITZMAN, EUTM 002726644 STUART WEITZMAN, EUTM 014011134 STUART WEITZMAN, EUTM 014011101 STUART WEITZMAN</t>
-[...7 lines deleted...]
-  <si>
     <t>EUTM 017910338 GOODR</t>
   </si>
   <si>
     <t>Goodr, LLC</t>
   </si>
   <si>
     <t>apģērbs, apavi, galvassegas u.c.</t>
-  </si>
-[...7 lines deleted...]
-    <t>pretslīdes ķēdes, pretslīdes riepu ķēdes, riepu aizsargķēdes, pretslīdes ķēdes transportlīdzekļu riepām u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 008253819-0001, CDR 001177190-0001, CDR 001177190-0002, CDR 001177190-0003, CDR 001290340-0001, CDR 002494328-0001, CDR 002494328-0002, CDR 002494328-0003, CDR 002494328-0004, CDR 002682120-0001,  EUTM 1355916 PET TEEZER, EUTM 1410775 PET TEEZER Logo, EUTM 1205395 TANGLE TEEZER,  EUTM 1262393 TANGLE TEEZER, EUTM 4345963 TANGLE TEEZER, EUTM 1286387 TANGLE TEEZER BLOW-STYLING, EUTM 1511724 THE POWER'S IN THE TEETH 
 </t>
   </si>
   <si>
     <t>Tangle Teezer Limited</t>
   </si>
   <si>
     <t xml:space="preserve">kosmētika, skuvekļi, matu sukas u.c.
 </t>
   </si>
   <si>
     <t>Viacom Overseas Holdings C.V.</t>
   </si>
   <si>
     <t>ūdens filtri</t>
-  </si>
-[...4 lines deleted...]
-    <t>CENTRO STUDI POLTRONOVA PER IL DESIGN SRL</t>
   </si>
   <si>
     <t>farmaceitiskie preparāti</t>
   </si>
   <si>
     <t>Margiela S.A.S.U.</t>
   </si>
   <si>
     <t>SPORTS DIRECT INT HOLDINGS LIMITED</t>
   </si>
   <si>
     <t>slidas, skrituļslidas u.c.</t>
   </si>
   <si>
     <t>EUTM 000081828	NEFF, EUTM 003503836 CONSTRUCTA, EUTM 000061085 GAGGENAU, EUTM 010359958,EUTM 004240263 SIEMENS</t>
   </si>
   <si>
     <t>BSH Hausgeräte GmbH</t>
   </si>
   <si>
     <t>EUTM016687642/EMShepperton Design Studios, EUTM 014693808/EM Shepperton Design Studios</t>
   </si>
   <si>
     <t>SHEPPERTON DESIGN STUDIOS MARKETING LTD</t>
   </si>
@@ -5969,53 +5795,50 @@
     <t xml:space="preserve">makšķerēšanas aprīkojums </t>
   </si>
   <si>
     <t>EUTM 002270817, EUTM 002931038 OSCAR, EUTM 003767118 ACADEMY AWARDS, EUTM 017553256</t>
   </si>
   <si>
     <t>Academy of Motion Picture Arts and Sciences</t>
   </si>
   <si>
     <t xml:space="preserve">"OSCAR" statuete </t>
   </si>
   <si>
     <t>EUTM 017964515 CLOZEAU, EUTM  016991895 gigiCLOZEAU</t>
   </si>
   <si>
     <t>ATELIERS CLOZEAU</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 007393796 Roundell, EUTM 007060106 Spring Sponge, EUTM 003654 696 Tamasu, EUTM 000021998 BRYCE, EUTM 000021956 Sriver, EUTM 000021931 BUTTERFLY, EUTM 00021915 BUTTERFLY, EUTM 000021899 Butterfly, EUTM 011844578 Lezoline, EUTM 011699162 Jun Mizutani, EUTM 009449018 DIGNICS, EUTM 010234631 Earth, EUTM 011145109 Butterfly	
 EUTM 006028203 SPINART, EUTM 001610088, EUTM 008544298 Butterfly Effect, EUTM 008138191 Innerschield,EUTM 008137572 Innerforce, EUTM 014740691 Impartial, EUTM 013776471  BryceHighspeed, EUTM 013287131 Spin Refresh, EUTM 011699221 Mizutani Jun, EUTM 006474282, EUTM 011237534, EUTM 012624722, EUTM 012624607 BUTTERFLY, EUTM 008419491 Innerfibre, EUTM 008138141 Innerblade, EUTM 005241658 Energyforce, EUTM 005114608 SOLCION, EUTM 002624435 D´Or, EUTM 001132919 Catapult, EUTM 018322727 Dima, EUTM 018321670 Dima, tcharov
 EUTM 018316365 Ovtcharov, EUTM 018112825, EUTM 017946590 VISCARIA, EUTM 017932135Butterfly, EUTM 017586661Tenergy, EUTM 016365108Zhang Jike, EUTM 015892029Rozena, EUTM 015425838Timo Boll
 EUTM 015425821Boll, EUTM 015098957, EUTM 015098965, EUTM 015098932		</t>
   </si>
   <si>
     <t>Tamasu Butterfly Europa GmbH</t>
-  </si>
-[...1 lines deleted...]
-    <t>galda tenisa nūjas, apģērbs, šorti, T-krekli, treniņtērpi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                                   EUTM 012574612 SUPER-WAX, ITM 0206290 VLISCO	, ITM 0131446 VVH
 ITM 0776719 SUPER-WAX BLOCK PRINTS</t>
   </si>
   <si>
     <t>Vlisco B.V.</t>
   </si>
   <si>
     <t>audumi un tekstilizstrādājumi</t>
   </si>
   <si>
     <t>EUTM 12550257 ENTEROSGELUM</t>
   </si>
   <si>
     <t>juvelierizstrādājumi, apģērbs, apavi, galvassegas, koferi un ceļojumu somas u.c.</t>
   </si>
   <si>
     <t>EUTM 002423655 BENINCA'</t>
   </si>
   <si>
     <t>AUTOMATISMI BENINCA' - S.P.A.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  000000472 Sony, ITM  978971 Sony, ITM  1194843 A Sony, EUTM  160317 Walkman, ITM  1160752 Walkman, EUTM  547000 Cyber-shot, EUTM  6134019  Cyber-shot, EUTM  3615556 Handycam, EUTM  5335518, EUTM 5335575, EUTM 4638672 Xpod, EUTM 012679296 XPERIA, EUTM 012679544 XPERIA  </t>
@@ -7003,53 +6826,50 @@
   <si>
     <t>medikamenti u.c.</t>
   </si>
   <si>
     <t>transporta līdzekļi, to rezerves daļas, tehniskās eļļas un ziedes, smērvielas, atslēgu piekariņi, aksesuāri u.c.</t>
   </si>
   <si>
     <t>šaujamieroči, munīcija un šāviņi, spēles, rotaļlietas, apģērbs, papīrs, kartons, siksniņas adapteris, aizsardzības lietas, vāciņi telefoniem, kameras siksnas, siksnas skatu meklētājam u.c.</t>
   </si>
   <si>
     <t>pulksteņi, kalkulatori</t>
   </si>
   <si>
     <t>apģērbi, cepures, apavi, aksesuāri u.c.</t>
   </si>
   <si>
     <t>somas, maki u.c.</t>
   </si>
   <si>
     <t>šaujamieroči, gāzes baloniņi, lukturi, apģērbi u.c.</t>
   </si>
   <si>
     <t>transportlīdzekļa daļas, iepakojumi u.c.</t>
   </si>
   <si>
-    <t>apģērbi, aksesuāri, rotaļlietas, uzlīmes u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>datoru programmatūra, datorspēles, videospēles, elektroniskās spēles, datorprogrammas, apģērbi, galvassegas u.c.</t>
   </si>
   <si>
     <t>dzinēji un rezerves daļas, ģeneratori, elektriskās iekārtas un to daļas, flešatmiņas, apģērbi, somas, mugursomas u.c.</t>
   </si>
   <si>
     <t>mašīnas un darbmašīnas, motori, mašīnu sajūga un transmisijas elementi (izņemot sauszemes transportlīdzekļiem) u.c.</t>
   </si>
   <si>
     <t>filtri u.c.</t>
   </si>
   <si>
     <t>zobu birstes, trimmeri, matu sukas, higiēnas līdzekļi u.c.</t>
   </si>
   <si>
     <t>apģērbi, apavi, somas, jostas, cepures, cimdi, šalles, zeķes, pulksteņi u.c.</t>
   </si>
   <si>
     <t>ķirurģiskas ierīces, akupunktūras adatas, medicīniskas ierīces analīzēm, asins spiediena mērīšanai, ierīces mākslīgai elpināšanai u.c.</t>
   </si>
   <si>
     <t>rotaļlietas, aksesuāri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbs, apavi, āda, somas, smaržvielas, rotaslietas, glāzes u.c. </t>
@@ -7307,54 +7127,50 @@
     <t>kafija, tēja, karstie un aukstie dzērieni, kafijas pupiņas, sviestmaizes, salāti, konditorejas izstrādājumi u.c., kā arī citas preces, kas paredzētas tirdzniecībai, krūzes, magnēti u.c.</t>
   </si>
   <si>
     <t>metināšanas mašīnas un piederumi</t>
   </si>
   <si>
     <t>apgaismošanas ierīces, spuldzes, neona lampas, to daļas</t>
   </si>
   <si>
     <t xml:space="preserve">pārtikas produkti, cepumi, kūkas, konditorejas izstrādājumi u.c. </t>
   </si>
   <si>
     <t>medicīnas instrumentu, farmaceitiskie izstrādājumi, sanitārijas ierīces u.c.</t>
   </si>
   <si>
     <t>sporta apģērbi un aksesuāri, peldkostīmi, pludmales apģērbi, ķermeņa pacēlāji, brilles, sandales, spuras, pleznas, peldošās jostas un ar tiem saistīti piederumi</t>
   </si>
   <si>
     <t xml:space="preserve">farmaceitiskie produkti, ko ievada ar injekciju palīdzību, ādas mitrināšanai un grumbu mazināšanai, medicīniski un ķirurģiski aparāti un instrumenti, dermas implanti, biosaderīgas vielas medicīniskiem nolūkiem grumbu mazināšanai, mākslīgā āda ķirurģiskiem nolūkiem, protēzes, ziepes, parfimērijas izstrādājumi, ēteriskās eļļas, kosmētikas līdzekļi ādas un ķermeņa kopšanai, krēmi, losjoni un ziedes un želejas, ādas atsvaidzinātāji un tonizējoši līdzekļi, matu losjoni, preparāti mutes un zobu kopšanai u.c.
   </t>
   </si>
   <si>
     <t>gaļa, zivis, mājputni un medījumi, gaļas ekstrakti, konservēti, saldēti, žāvēti un vārīti augļi un dārzeņi, želejas, ievārījumi, kompots, olas, piens un piena produkti, pārtikas eļļas un tauki, nesagatavoti un neapstrādāti lauksaimniecības, dārzkopības un mežsaimniecības produkti, graudaugi un sēklas, svaigi augļi, dārzeņi un zaļumi, augi un ziedi, ziedu sīpoli, stādi un sēklas stādīšanai, dzīvi dzīvnieki, pārtika un dzērieni dzīvniekiem, iesals u.c</t>
   </si>
   <si>
-    <t>apģērbi un aksesuāri, apavi ar elementiem un piederumiem
-[...2 lines deleted...]
-  <si>
     <t>oglekļa šķiedru un alumīnija velosipēdu riteņi</t>
   </si>
   <si>
     <t>rotaļlietas, spēles, DVD grāmatas, ieraksti apģērbs u.c.</t>
   </si>
   <si>
     <t>apģērbs, apavi, galvassegas, bērnu sēdeklīši, krēsli, taburetes, galdi, līmējošie pārsēji, ziepes, sauļošanās krēms, odekoloni, bērnu pārtika, spēles un rotaļlietas, vingrošanas un sporta preces, rotājumi Ziemassvētku eglītēm, velosipēdi, lampas, lukturīši, velosipēdu lukturi, ierakstītas audio lentas un DVD, skaņu ierakstītāji un atskaņotāji, digitālās kameras izklaidei bērniem un zīdaiņiem, atslēgu piekariņi u.c.</t>
   </si>
   <si>
     <t>farmaceitiski preparāti, citokīnu inhibitori, imūnregulācijas preparāti un preparāti dažu veidu vēža un asins slimību ārstēšanai u.c.</t>
   </si>
   <si>
     <t>apģērbi, apavi, galvassegas, bižutērija u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">mākslas viedtālruņi, pašbildes nūjas, kā viedtālruņu aksesuāri, turētāji viedtālruņiem, mobilajiem tālruņiem, siksnas priekš viedtālruņiem, mobilie tālruņi, baterijas, USB uzlādes ierīces (akumulatoru lādētāji), USB kabeļi, austiņas, aizsargplēves, citi aksesuāri, kas paredzēti viedtālruņiem vai mobiliem tālruņiem, apģērbs, cepures, zeķes šalles, cimdi, apavi u.c. </t>
   </si>
   <si>
     <t>Covid 19 vakcīnas</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbs un aksesuāri, apavi, to detaļas un piederumi u.c.
 </t>
   </si>
   <si>
@@ -7363,53 +7179,50 @@
   <si>
     <t>gaisa kondicionēšanas iekārtas un piederumi u.c.</t>
   </si>
   <si>
     <t>vingrošanas un sporta preces, apģērbs, apavi, galvassegas, pulksteņi, ceļojumu futrāļi, somas, spēles, rotaļlietas, video spēļu ierīces, juvelierizstrādājumi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">tabaka un tabakas izstrādājumi (ieskaitot aizstājējus) </t>
   </si>
   <si>
     <t xml:space="preserve"> agregāti cirkulācijas sūkņiem, zemūdens sūkņiem un centrbēdzes sūkņiem, elektronika sūkņiem un citu sistēmu vadības ierīcēm, elektromotori sūkņiem u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">spēles un rotaļlietas, kompaktdiski, lentes un DVD ar izdomātiem varoņiem un aktivitātēm bērniem, filmas, televīzijas programmas, grāmatas, mūzika un rotaļlietu lietošanas instrukcijas, kosmētika, tualetes piederumi, apģērbs, apavi, galvassegas, somas, maki u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">apģērbi, apavi, galvassegas, parfimērija, kosmētika, brilles, rotaslietas, somas, mugursomas, maki u.c. </t>
   </si>
   <si>
     <t>rokassomas un aksesuāri, plecu, krusteniskās saites, klēpjdatoru, sporta un bērnu somas, kabatas portfeļus, somiņas uz riteņiem, ceļojumu un bagāžas piederumus, aksesuārus u.c.</t>
   </si>
   <si>
     <t>izklaides industrija, ražo un pārraida filmas, koncertus, komēdijas, teātra filmas un sportu u.c.</t>
   </si>
   <si>
-    <t>parfimērija, kosmētika, matu krāsas, lūpu krāsas u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>apgaismošanas ierīces un iekārtas, griestu lampas, stāvlampas, spuldzes, kontaktligzdas, abažūra turētājs, lampu pakarināmās ierīces, elektriskās izlādes caurules, atstarotāji, gaismas sadalītājs u.c.</t>
   </si>
   <si>
     <t>apģērbs, galvassegas, preparāti balināšanai un citas veļas vielas, preparāti tīrīšanai, pulēšanai, attaukošanai un noberšanai, ziepes, parfimērijas izstrādājumi, ēteriskās eļļas, kosmētika, matu losjoni, zobu pastas, apakšveļa, zeķes, cimdi, apavi, apavu zoles, krēmi, pastas, vaski, kondicionieri, pulēšanai, tīrīšanai un aizsardzībai no lietus, apavu tīrīšanas lupatiņas, sukas, apavu maisiņi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">elektriskās, elektroniskās ierīces un instrumenti elektrības pārvadāšanai, vadīšanai, pārslēgšanai, pārveidošanai, uzkrāšanai, regulēšanai, filtrēšanai, mērīšanai un kontrolei u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">ķīmiskie produkti, kas paredzēti ūdens attīrīšanai un atsāļošanai, absorbenti, katalizatori, jonu apmaiņas sveķi ar ierobežotu granulometriju izmantošanai ūdens attīrīšanā un daudzos citos pielietojumos, piemēram, saldinātāju hromatogrāfijā, aminoskābju atdalīšanā, farmācijas rūpniecībā kopumā, cukura attīrīšanā un citos pielietojumos pārtikas nozarē </t>
   </si>
   <si>
     <t xml:space="preserve"> elektroniskās un pjezoelektriskās šķiltavas un to piederumi, mērlentes, atslēgu piekariņi, spalvu nazītis, saulesbrilles u.c.</t>
   </si>
   <si>
     <t>parfimērijas izstrādājumi, kosmētika, smaržas, brilles, saulesbrilles, rāmji un lēcas, juvelierizstrādājumi, bižutērija, pulksteņi, gredzeni, rokassprādzes, kuloni, auskari, aproču pogas, aproces, pulksteņu siksnas, ķēdes, pulksteņu izstrādājumi, kaklasaišu saspraudes, metāla apavu un cepuru rotājumi, pulksteņi, atslēgu gredzeni, somas, maki, čemodāni, čemodāni, apģērbs, jostas, peldkostīmi, šalles, kaklasaites, apavi, apavi, zābaki, sandales, cimdi, cepures, mēbeles, spoguļi, attēlu rāmji u.c.</t>
   </si>
   <si>
     <t>kosmētika, ķermeņa kopšanas līdzekļi u.c.</t>
   </si>
   <si>
     <t>apģērbi, apavi, galvassegas, spēles, rotaļlietas, videospēļu aparāti, vingrošanas un sporta preces u.c.</t>
   </si>
   <si>
     <t>digitālās kameras, svari, sporta brilles, saulesbrilles, brilles, dzīvības glābšanas ierīces un aprīkojums, glābšanas vestes, pludiņi drošības nolūkiem, elektriskās baterijas, bezvadu skaļruņi, audio uztvērēji, elektriskie audio, video aparāti un instrumenti, kosmētika, ķermeņa kopšanas līdzekļi, vannas un dušas līdzekļi, skūšanās, sauļošanās līdzekļi, smaržas lietošanai mājās, zīdaiņu losjoni, bērnu ķermeņa eļļas, nemedicīniski bērnu krēmi, šampūni mājdzīvniekiem u.c.</t>
@@ -7549,86 +7362,80 @@
   <si>
     <t xml:space="preserve">sporta krekli ar kapuci, puloveri ar kapuci, topi ar kapuci, sporta krūšturi, mitrumu izvadoši sporta krūšturi, legingi, sporta bikses, bikses, vīriešu mēteļi, sieviešu mēteļi, ikdienas jakas, sandales un pludmales apavi, vestes, skriešanas apavi, kedas, somas kalnos kāpējiem, pārgājienu mugursomas u.c. </t>
   </si>
   <si>
     <t>apģērbi, modes aksesuāri, peldkostīmi, juvelierizstrādājumi, bižutērija, pulksteņi, apģērbi, apavi, galvassegas, somas u.c.</t>
   </si>
   <si>
     <t>dūnu jakas bez piedurknēm, ūdensizturīgas jakas, vīriešu apakšveļa, biksītes (īsas), ikdienas bikses</t>
   </si>
   <si>
     <t>tabaka un smēķēšanas izstrādājumi, mitrinātāji, tabakas aizstājēji, tabakas grauzdētāji, tabakas dzesēšanas iekārtas, cigāru griezējs, cigāri, pelnu trauki smēķētājiem, elektriskie sildītāji, elektriskie sildīšanas pavedieni, tvaika ģenerēšanas ierīces, elektroniskās cigaretes, elektronisko cigarešu kasetnes, kociņi elektronisko cigarešu tīrīšanai un dezinfekcijai, elektroniskie cigarešu tīrīšanas līdzekļi, elektronisko cigarešu tīrīšanas birstes, spilventiņi elektronisko cigarešu tīrīšanai u.c.</t>
   </si>
   <si>
     <t>apģērbi, apavi, somas, smaržas, brilles, rotaslietas u.c</t>
   </si>
   <si>
     <t xml:space="preserve">gaisa žāvētāja kasetne, kārtridžs, filtru kasetne, gaisa filtri, kārtridžs filtra kasetne, gaisa žāvētāja kasetne, gaisa un eļļas filtri </t>
   </si>
   <si>
     <t xml:space="preserve"> apģērbi, apavi, galvassegas,juveleirizstrādājumi, pulksteņi, siksniņas, atslēgu piekariņi, somas, mugursomas, iepirkumu somas, plecu somas, rokassomas, jostas u.c.</t>
   </si>
   <si>
     <t>mēbeles, spoguļi, gleznu rāmji, nemetāliski uzglabāšanas vai transportēšanas konteineri</t>
   </si>
   <si>
-    <t>mehānismi ar monētām darbināmiem aparātiem, kases aparāti, rēķināšanas mašīnas, datu apstrādes iekārtas, dator programmatūra, ugunsdzēšamie aparāti juvelierizstrādājumi, pulksteņi un hronometriskie instrumenti, spēļu rotaļlietas, videospēļu aparāti, vingrošanas un sporta preces, Ziemassvētku eglīšu rotājumi, kafija, tēja, kakao un mākslīgā kafija,rīsi, tapioka un sāgo, milti un graudaugu izstrādājumi, maize, konditorejas izstrādājumi un konditorejas izstrādājumi, pārtikas ledus, cukurs, medus, melases sīrups, raugs, cepamais pulveris, sāls, sinepes, etiķis, mērces, garšvielas, saldējums u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>kosmētika, parfimērijas izstrādājumi, odekolons, dezodoranti, vannas un dušas želeja, dušas eļļas, ziepes, līdzeklis roku tīrīšanai, ķermeņa eļļas, ķermeņa losjoni, roku losjons, nagu krēms, šampūni, matu losjoni, sveces un daktis sveču aizdedzināšanai, aromātiskās sveces, tauriņi, nakts lampas u.c.</t>
   </si>
   <si>
     <t>juvelierizstrādājumi, piespraudes, saktas, brošas, aproču pogas, nozīmītes no dārgmetāla, auduma, papīra u.c.</t>
   </si>
   <si>
     <t>vīnogas</t>
   </si>
   <si>
     <t>juvelierizstrājumi, korsetes, apģērbi, jakas, smokingi, šalles apakšveļa, pulksteņi, saulesbrilles, atslēgu piekariņi, gredzeni, ādas atslēgu piekariņi u.c.</t>
   </si>
   <si>
     <t>kārtridžs, filtra kasetne, gaisa žāvētāja kasetne, gaisa filtri, eļļas filtri u.c.</t>
   </si>
   <si>
     <t>kafija, tēja, uzlējumi, kafijas/tējas/uzlējuma pākstis, kafijas/tējas automāti</t>
   </si>
   <si>
     <t>juvelierizstrādājumi, pulksteņi un hronometriskie instrumenti</t>
   </si>
   <si>
     <t>mēbeles, spoguļi, gleznu rāmji, tekstilizstrādājumi un to aizstājēji, mājsaimniecības veļa, tekstila vai plastmasas aizkari, paklāji, paklājiņi, linolejs un citi grīdas segumi, netekstila sienas tapetes u.c.</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni, vīni, stiprie alkoholiskie dzērieni un liķieri, alus, porteris, bezalkoholiskie vīni, vīnogu sula, citrusaugļu sulas, un sagataves iepriekšminēto pagatavošanai</t>
   </si>
   <si>
     <t xml:space="preserve">lampas, sienas lampas, lampu abažūri, gaismas mezgli, gaismas dimmeri (regulatori) u.c. </t>
   </si>
   <si>
-    <t>apģērbi, apavi, galvassegas, uzglabāšanas piederumi un mēbeles guļamistabai, tekstilizstrādājumi un to aizstājēji, mājsaimniecības veļa; tekstila vai plastmasas aizkari, rotaļlietas videospēļu aparāti, vingrošanas un sporta preces, Ziemassvētku eglīšu rotājumi, bagāžas un transporta somas, apkakles, siksnas un mājdzīvnieku apģērbs u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>krēsli, fitnesa aprīkojums - komplekts, fizioterapijas aprīkojums - komplekts, taburetes u.c.</t>
   </si>
   <si>
     <t>tējkannas, elektriskie tosteri, gaisa cepšanas iekārtas, elektriskie gludekļi</t>
   </si>
   <si>
     <t>datoru aparatūra, portatīvie datori, mobilie tālruņi, telekomunikāciju aparāti, datu apstrādes iekārtas, televizori, tālvadības ierīces, viedtālruņi, datora brilles, viedie pulksteņi, viedie gredzeni, viedās rokassprādzes un datu aproces, magnētiskas kodētas identifikācijas rokassprādzes, valkājami aktivitāšu izsekotāji, GPS ierīces u.c.</t>
   </si>
   <si>
     <t>elektriskie pedikīra komplekti, ārstnieciskie plāksteri, kārpu plāksteri, pārsēji tulznu profilaksei, ortopēdiskie pārsēji, neārstniecisks pēdu krēms, elektriskās nagu vīles, pretsēnīšu dermatoloģiskie preparāti lietošanai uz nagiem</t>
   </si>
   <si>
     <t>stereo austiņas, ieskaitot ar tām saistītos piederumus, ieskaitot spraudkontaktu adapterus, vienas auss adapterus, rezerves spilvenu komplektus, spirālveida pagarinātājus, skaļruņu slēdžus, pagarinātājus u.c.</t>
   </si>
   <si>
     <t>lūpu krāsa, lūpu balzāms, šķidrā lūpu krāsa, vīraks, smaržas, acu ēnas, segas, šalles un cepures, dvieļi u.c.</t>
   </si>
   <si>
     <t>metāla skrūves, uzgriežņi, dībeļi, metāla āķi, metāla cauruļu veidgabali, rokas instrumenti un darbarīki, savienojuma kārbas, kontaktligzdas, metāla un nemetāla celtniecības elementi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">saulesbrilles un futlāri, somas, slēpes, brilles, apģērbi, cepures u.c. </t>
   </si>
   <si>
     <t xml:space="preserve"> pulksteņi, to detaļas un piederumi</t>
@@ -7648,93 +7455,78 @@
   <si>
     <t>šokolāde, saldējums</t>
   </si>
   <si>
     <t>audiovizuālie pārdošanas palīglīdzekļi neatkarīgiem tirdzniecības pārstāvjiem, kas nodarbojas ar apģērbu, apakšveļas, mājsaimniecības veļas tirdzniecību (proti, audiokasešu, videokasešu lentes, CD-ROM, DVD ar pārdošanas padomiem, apmācības un motivācijas tēmām), mājsaimniecības piederumi, gultas, vannas, virtuves un galda veļa, paklājiņi, salvetes, palagi, vannas dvieļi, roku dvieļi, segas, aizkari u. c.</t>
   </si>
   <si>
     <t>lineārie aktuatori, medicīnas instrumentu izstrādājumi, apgaismošanas, apkures, tvaika ģenerēšanas, vārīšanas, dzesēšanas, žāvēšanas, ventilācijas, ūdens apgādes un sanitārijas ierīces, mēbeļu izstrādājumi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">tabaka, smēķēšanas izstrādājumi, sērkociņi u.c. </t>
   </si>
   <si>
     <t>sejas salvetes no papīra, tualetes papīrs, papīra kabatlakatiņi, papīra salvetes izmantošanai kosmētikā, papīra kabatlakatiņi u.c.</t>
   </si>
   <si>
     <t>somas, apavi, brilles, ādas izstrādājumi, juvelierizstrādājumi aksesuāri u.c.</t>
   </si>
   <si>
     <t>medicīnas instrumenti un farmaceitiski izstrādājumi, ķīmiskie produkti u.c.</t>
   </si>
   <si>
     <t>šķīstošās vai putojošās tabletes elektrolītu aizstājēju dzērienu ražošanai, minerālvielu piedevas, pulverveida elektrolītu aizstājēju dzērienu maisījums, vitamīnu piedevas, probiotikas uztura bagātinātāji, vitamīnu piedevas tablešu veidā izmantošanai dzirkstošu un nedzirkstošu dzērienu pagatavošanai, šķīstošās vai putojošās tabletes un pulveri dzērienu pagatavošanai, lai atbalstītu gremošanas veselību u.c.</t>
   </si>
   <si>
-    <t>šaujamieroči, munīcija un šāviņi, sprāgstvielas, pirotehnika, šautenes, harpūnu pistoles, pistoles, gaisa pistoles, revolveri, ložmetēji, mīnmetēji, artilērijas lielgabali, raķešu palaišanas iekārtas, motorizētie ieroči, lādiņi, raķetes, mīnas, sprāgstvielu drošinātāji, sprāgstvielu drošinātāji izmantošanai raktuvēs, ieroču plecu siksnas, kārtridži, kārtridžu iepildīšanas aparāti, kasetņu maisiņi, aparāti kasetņu lentu uzpildīšanai, kasetņu iepildīšanas aparāti, kārtridžu futrāļi, šaujamieroču tīrīšanas birstes, ieroču futrāļi, pistoles, ieroču stobri, šauteņu āmuri, šauteņu futrāļi, šauteņu tēmēkļu spoguļi, ieroču un šauteņu sprūda aizsargi, šautenes, tēmēkļi, ieroču trokšņa slāpētāji, rotaļu ieroči, pistoles un gaisa pistoles, loki un loka šaušanas ierīces, aparāti krāsas bumbiņu palaišanai, peintbola pistoles, krāsas bumbiņas, pistoļu vāciņi, harpūnu ieroči, rezerves daļas minētajam modelim un ieroču kopijām, jo īpaši iekrāvēji, rokturi, krāni, rāmji, mucas, cilindri, sprūdi, drošības fiksatori, drošības ierīces un virzuļu galvas, šāviņi un munīcija šiem ieroču modeļiem un atdarinājumiem, ieroču kopiju futrāļi un maciņi, modeļu un kopiju ieroči virtuālai šaušanai, mērķi, elektroniskie mērķi, šaujamieroču tēmēšanas teleskopi, optiskās lēcas, teleskopi, sporta brilles, novērošanas instrumenti, okulāri, briļļu futrāļi, apģērbs aizsardzībai pret negadījumiem, apstarošanu un uguni, cimdi aizsardzībai pret negadījumiem, ložu necaurlaidīgas vestes, glābšanas vestes, baterijas kabatas lukturiem, termoelektrolampas, lāzeri, kas nav paredzēti medicīniskiem nolūkiem, šaujamieroču tēmēšanas teleskopi, šaušanas aizsargbrilles, nakts redzamības brilles, palielināmās brilles, lēcas šaušanai, novērošanas instrumenti šaušanai, aizsargmaskas un brilles, dzirksteļu aizsargi, signalizācijas svilpes, suņu svilpes, ugunsdzēsības aparāti; simulatori, jo īpaši šaušanas simulatori, jo īpaši savienošanai ar televizoru vai datoru, programmatūra, jo īpaši šaušanas simulācijas programmatūra, magnētiskie datu nesēji, kas satur informāciju par šaušanas simulāciju, ierakstītas videospēles, aizsargbrilles u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>spēles, puzles, prasmju spēles, manipulatīvas loģikas mīklas, loģikas spēles, mīklas, rotaļlietas u.c.</t>
   </si>
   <si>
     <t>parfimērija, kosmētika, brilles, saulesbrilles, briļļu ietvari, briļļu futrāļi, maki, portfeļi, futrāļi, kas paredzēti tualetes piederumu glabāšanai, somas, ceļojumu somas, čemodāni, koferi, apģērbi, aksesuāri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> uztura bagātinātāji, vitamīni, vitamīnu preparāti, minerālu uztura bagātinātāji, diētiskie uztura bagātinātāji, vitamīnu un minerālvielu preparāti izmantošanai kā pārtikas piedevas, enzīmu uztura bagātinātāj, augu izcelsmes uztura bagātinātāji, farmaceitiskie pārtikas produkti, eļļas pārtikai u.c.</t>
   </si>
   <si>
     <t>farmaceitiskie produkti, medicīniskie un veterinārie preparāti, medicīniskas higiēnas preces, diētiskā pārtika un vielas izmantošanai medicīnā vai veterinārijā, bērnu pārtika, uztura bagātinātāji cilvēkiem un dzīvniekiem, plāksteri, pārsienamie materiāli, materiāli zobu plombēšanai un zobu nospiedumiem, dezinfekcijas līdzekļi, produkti kaitēkļu iznīcināšanai, fungicīdi, herbicīdi u.c.</t>
   </si>
   <si>
     <t>apģērbi, apakšveļa, peldkostīmi, krūšturi, bikini u.c.</t>
   </si>
   <si>
-    <t>smaržas, dārgakmeņi u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>ierīce sejas un ķermeņa ādas kopšanai, medicīniskā ierīce ādas apstrādei - kontūrēšanai, pievilkšanai un celulīta mazināšanai, ārstnieciski ādas kopšanas līdzekļi, skaistumkopšanas un kosmētikas produkti u.c.</t>
   </si>
   <si>
     <t>piena mašīnas un ierīces, dzesēšanas un sildīšanas aparāti, sūkņi pārtikas rūpniecībai, kā arī farmācijas un ķīmijas rūpniecībai, vārsti, uzpildes aparāti, visu iepriekš minēto preču daļas u.c.</t>
   </si>
   <si>
     <t>mazgāšanas un balināšanas līdzekļi, tīrīšanas, pulēšanas, attaukošanas un abrazīvie līdzekļi, ziepes, parfimērija, ēteriskās eļļas, kosmētika, matu losjoni, zobu pastas, losjoni pēc skūšanās, pretsviedru līdzekļi, aromterapijas eļļas, dušas želejas, pulveris, ķermeņa krēmi, losjoni un pūderi, elpas atsvaidzinātāji, vannas putas, dezodoranti, ēteriskās eļļas personīgai lietošanai, acu zīmulis, acu ēnas, uzacu zīmuļi u.c.</t>
   </si>
   <si>
     <t>Antminer serveri kriptovalūtu ieguvei un integrētās shēmas (ASIC)</t>
   </si>
   <si>
-    <t>lampas un lustras, krāsoti, emaljēti un visu veidu kristāla stikli, iespiedmateriāli, uzlīmes, reklāmas materiāli u.c.</t>
-[...4 lines deleted...]
-  <si>
     <t>apģērbi, apavi, somas, brilles, rotaslietas, rotaļlietas u.c.</t>
-  </si>
-[...1 lines deleted...]
-    <t>apģērbi, somas, grāmatas, DVD, piekariņi, plakāti, uzlīmes, karogi, greznumlietiņas, spēļu kārtis, nozīmītes</t>
   </si>
   <si>
     <t>juvelierizstrādājumi, somas, apģērbi, tekstilizstrādājumi, stikla izstrādājumi, apgaismojums u.c.</t>
   </si>
   <si>
     <t>sadzīves tehnika, elektriskas virtuves ierīces un ierīces pārtikas apstrādei un pārstrādei, presēšanas mašīnas, atkritumu iznīcināšanas aparāti, ieskaitot atkritumu savācējus, atkritumu preses, rokas darbarīki, galda piederumi, skuvekļi, matu griešanas mašīnītes, grieznes, manikīra piederumi, nagu šķēres, vīles u.c.</t>
   </si>
   <si>
     <t>kostīmi, tērpi izmantošanai lomu spēlēs, kostīmi kā bērnu rotaļlietas, karnevāla maskas, pudeļu attaisītāji u.c.</t>
   </si>
   <si>
     <t>alus, minerālūdens un gāzēts ūdens, citi bezalkoholiski dzērieni, alkoholiskie dzērieni u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">tālvadības pultis viedām mājas ierīcēm u.c. </t>
   </si>
   <si>
     <t>mobilie tālruņi, to futrāļi u.c.</t>
   </si>
   <si>
     <t>transportlīdzekļi, to rezerves daļas, aksesuāri, ādas izstrādājumi, somas, apģērbs, apavi, galvassegas, rotaļlietas, sporta preces u.c.</t>
   </si>
   <si>
     <t>vīriešu apģērbi un aksesuāri, somas, jostas, rotaslietas, ādas izstrādājumi, apavi, kaklasaites, smaržas</t>
   </si>
@@ -7858,53 +7650,50 @@
   </si>
   <si>
     <t>dzirdes aizsardzības ierīces, ausu aizbāžņi u.c.</t>
   </si>
   <si>
     <t>tabaka, smēķēšanas priekšmeti, sērkociņi, tabakas aizstājēji (nav medicīniskiem nolūkiem), šņaucamā tabaka un tabakas aizstājēji uz augu šķiedrām balstītu produktu veidā orālai lietošanai, šņaucamā tabaka, šņaucamā tabaka uz augu bāzes u.c.</t>
   </si>
   <si>
     <t>brilles, kosmētikas izstrādājumi, apģērbi, apavi, somas, cepures, rotaslietas u.c.</t>
   </si>
   <si>
     <t>rotaļlietas, puzles, izglītojošas rotaļlietas, iemaņu spēles, manipulatīvas loģikas mīklas, spēles u.c.</t>
   </si>
   <si>
     <t>matu fēni</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbs, apavi, modes izstrādājumi, jostas, ādas un ādas imitācija, visu veidu maciņi un vāciņi mobilajiem telefoniem, dārgmetāli un to sakausējumi, kancelejas un biroja preces, kosmētikas izstrādājumi, mēbeles, spoguļi, rāmji, sadzīves trauki u.c. </t>
   </si>
   <si>
     <t>augu izcelsmes uztura bagātinātāji, vitamīnu piedevas, uztura bagātinātāji, kas galvenokārt sastāv no minerālvielām</t>
   </si>
   <si>
     <t xml:space="preserve">vīriešu šorti, divu materiālu žaketes, jakas ar kapuci, ādas apavi, šalles, izbalējis rūtains krekls ar īsām piedurknēm, jakas, džemperi u.c.
 </t>
-  </si>
-[...1 lines deleted...]
-    <t>apģērbi, apavi, galvassegas, ceļojumu koferi, pludmales somas, sporta somas, iepirkumu somas ar riteņiem, maki, rokassomas, instrumentu somas, medību somas [medību piederumi], portfeļi, skolas somas, dārgmetāli un to sakausējumi un izstrādājumi no tiem u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">pusvadītāji, pusvadītāju mikroshēmas, integrētās shēmas, datoru mikroshēmas, integrālās shēmas, sensori, pusvadītāju plāksnes, silīcija mikroshēmas, mikrokontrolleris, pusvadītāju atmiņas ierīces u.c.
 </t>
   </si>
   <si>
     <t>kalts (maināmi instrumenti lietošanai darbgaldos) u.c.</t>
   </si>
   <si>
     <t>zīmuļi, filca pildspalvas</t>
   </si>
   <si>
     <t xml:space="preserve"> slīpmašīnas, instrumenti, to daļas u.c.</t>
   </si>
   <si>
     <t>serveru sistēmas, tīmekļa lietojumprogrammas, mobilās lietotnes Blackberry, iPad un Co u.c.</t>
   </si>
   <si>
     <t>Epson Europe B.V.</t>
   </si>
   <si>
     <t>kārtridži, printeri u.c.</t>
   </si>
   <si>
     <t>EUTM  003478948 La Martina, EUTM  003476711, EUTM  006541668  LA MARTINA CUERO, EUTM  004949541LA MARTINA, EUTM  013780432  LA MARTINA, EUTM  397117LA MARTINA, EUTM  2539567TMWT, EUTM  017470568 LA MARTINA KIDS</t>
@@ -7929,106 +7718,91 @@
     <t xml:space="preserve"> EUTM 004656104 Gallo FAMILY VINEYARDS, EUTM 007372774Gallo, EUTM 008639338 Barefoot, EUTM 017978584 Gallo, EUTM 002275667 Nawm, EUTM 002275709 Barefoot, EUTM 017978585 GALLO FAMILY VINE YARDS,EUTM 002319655 Barefoot</t>
   </si>
   <si>
     <t xml:space="preserve">ICD DM/100 028, ICD DM/204 111, ICD DM/207 174, ICD DM/207 720
 ICD DM/103 495, ICD DM/103 494, ICD DM/098 854, ICD DM/098 620
 ICD DM/097 425, ICD DM/096 572, ICD DM/092 390, ICD DM/102829
 ICD DM/100 034, ICD DM/097 207, ICD DM/096 164, ICD DM/089 858
 ICD DM/090 011	</t>
   </si>
   <si>
     <t>EUTM 18071667 Testa d'aquila, EUTM 18903901 Testa d'aquila, ITM 1331400 SR, ITM 1187327 SR, ITM 767523 STEFANO RICCI, EUTM 12042503 SR, ITM 1216793 Teste d'aquila, ITM 1192240 STEFANO RICCI, ITM 1216794 Testa d'aquila</t>
   </si>
   <si>
     <t>EUTM 000813204/EM KATE SPADE, EUTM 000645093/EM KATE SPADE, EUTM 010456101/EM KATE SPADE, EUTM 015504269/EM KATE SPADE NEW YORK, EUTM 009341041/EM kate spade NEW YORK, EUTM 018305516/EM, EUTM 014629877/EM</t>
   </si>
   <si>
     <t>EUTM	014490403 IR, EUTM 014469332 International Rectifier</t>
   </si>
   <si>
     <t>Infineon Technologies Americas Corporation</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 009844127/EM LOUIS VUITTON PARIS, EUTM 000311985 figurative, CDR 000084223-0002 Symboles graphiques, CDR 002424671-0001 Montres, CDR 000084223-0001, Symboles graphiques, CDR 003171230-0001 Valises, CDR 003799436-0001 Lunettes, EUTM 008466179 TURBULENCES, EUTM 016174815 LOUIS VUITTON, CDR 006578274-0001 Souliers, EUTM 014272496  V, CDR 002516708-0002 Maroquinerie (Ornementation pour -), Logos, CDR004678233-0001 Souliers, ITM 1127688 LV, CDR006578274-0003 Souliers CDR 004761401-0001 Chaussures, CDR 003463132-0001	Sacs [emballages], CDR 004157527-0001 Montres, CDR 000463799-0001 Montres, CDR 000463799-0002, CDR 000463799-0003 Montres, CDR 000463799-0004 Montres, ITM 1369936 Marque figurative (cf visuel dans la liste des droits), ITM 1369935 Marque figurative (cf visuel dans la liste des droits), EUTM 15214703 HEURES D'ABSENCE, EUTM 14901367 JE, TU, IL,  EUTM 17471038  LE JOUR SE LEVE, EUTM 15722051 LES FONTAINES PARFUMEES, EUTM 16993586  L'IMMENSITE, EUTM 6587844 LOUIS VUITTON TRUNKS &amp; BAGS (marque figurative : cf visuel dans la liste des droits), ITM 1411805 LV (marque figurative : cf visuel dans la liste des droits), EUTM 13369236  LV (marque figurative : cf visuel dans la liste des droits), ITM 1404143 LV (marque figurative : cf visuel dans la liste des droits), ITM 1472919 LVM (marque figurative : cf visuel dans la liste des droits), ITM 1259454 MATIERE NOIRE, EUTM 14902688 MILLE FEUX ITM 1285283 VVV (marque figurative : cf visuel dans la liste des droits), CDR003025154-0001 Sacs à dos, CDR005241577-0001 Sacs, CDR 002695858- 0001 Sac à main, CDR 007421698-0001 Housses de sacs de couchage, Sacs, CDR 002643429-0001 Sacs à main, CDR 002499467-0001 Sacs à main, CDR005518 222- 0001, EUTM 001172857/EM LOUIS VUITTON, EUTM 000015610/EM LOUIS VUITTON, EUTM 000015628/EM LV, EUTM 000015602/EM LV, EUTM 009844391/EM LV, EUTM 003958428/EM, EUTM 003958394/EM	</t>
   </si>
   <si>
-    <t>Professional Hair Products Limited</t>
-[...4 lines deleted...]
-  <si>
     <t>ITM 1498413/WO PSA GROUPE</t>
   </si>
   <si>
     <t>STELLANTIS AUTO SAS</t>
   </si>
   <si>
     <t>ar mašīnu darbināmi instrumenti, etiķetes</t>
   </si>
   <si>
     <t>ITM 989616 P, EUTM 018678846 R&amp;D, EUTM 018699269 PEAK PERFORMANCE, EUTM 018678978 HIPE, ITM 1058222 BLACK LIGHT, EUTM 002465300 HIPE, EUTM 000056408/EM PEAK PERFORMANCE, EUTM 000056325/EM, EUTM 018699274/EM</t>
   </si>
   <si>
     <t>EUTM 016950537 DRY AGER, BUILT FOR BEEF, CDR 004412138-0013, CDR 004412138-0012, CDR 004412138-0009, CDR 001462204-0001, CDR 004412138-0004, CDR 4412138-0001, CDR 004412138-0007</t>
   </si>
   <si>
     <t>EUTM 000557058/EM, EUTM 010462398/EM, EUTM 011308947/EM
 EUTM 011310059/EM, EUTM 018111538/EM, EUTM 018061675/EM RBL, EUTM 018061674/EM RBL, CDR 005514866-0004/EM, CDR 005825023- 0002/EM, CDR 005514866-0016/EM, CDR 005514866- 0001/EM, CDR 005825023-0009/EM, CDR 005825023-0001/EM</t>
   </si>
   <si>
     <t>EUTM 018391129 Tympacur, ITM 1560243 XCELLARISPRO, EUTM 017146952 XCELLARISPRO, EUTM 013246822, EUTM 013246467 Tympacur, EUTM 01620046 1DERMAROLLER, EUTM006570436 Dermaroller</t>
   </si>
   <si>
     <t>EUTM 000064527 DURACELL,EUTM 000146704 (Marque sans texte)
 EUTM	008148934(Marque sans texte), EUTM 017885464 DURACELL, EUTM 017885471(Marque sans texte)</t>
   </si>
   <si>
     <t>CDR 004397438-0005/EM, CDR 004395671-0002/EM, CDR 004397438- 0002/EM, CDR 004397438-0003/EM, CDR 004397438-0004/EM, CDR 004395796-0001/EM, CDR 004395671-0001/EM, EUTM 007194459/EM ACTIVE REPAIR K+, EUTM 017896521/EM 3x Cushioning, EUTM 009250424/EM HYDRO'RESTOR, EUTM 003237674/EM AIR-PILLO, EUTM 015477284/EM AMOPÉ NAIL PERFECT, EUTM 015516446/EM AMOPÉ PERFECT SOLE, EUTM 013699277/EM AMOPÉ WET &amp; DRY, EUTM 017910765/EM ANTI FOOT FATIGUE, EUTM 002202679/EM AQUAJETS, EUTM 000667626/EM BACKGUARD, EUTM 008820102/EM BUSY FEET, EUTM 005494273/EM CLAIM BACK YOUR FOOTPRINT	
 EUTM 012024601/EM CLOG PROGRESS, EUTM 017896508/EM	, EUTM 011664431/EM SCHOLL TAILORED-FIT, EUTM 002673523/EM SCHOLL TRAVEL SOCKS, EUTM 017512971/EM CHOLL ULTRA SOFT, EUTM 018027683/EM SCHOLL UVIT COMPLEX, EUTM 011469822/EM SCHOLL VELVET SMOOTH, EUTM 012838413/EM Scholl Velvet Smooth Diamonds Crystals, EUTM 012993391/EM AMOPÉ, EUTM 012137642/EM Amopé	
 ITM 958745/WO BiOPRiNT, EUTM 012859708/EM Scholl Velvet Smooth Express Pedi, EUTM 013685029/EM SCHOLL VELVET SOFT, EUTM 012755377/EM SCHOLL DIAMOND CRYSTALS, EUTM 003901881/EM PARTY, EUTM 003132693/EM PARTY FEET, EUTM 003672466/EM PARTY FEET</t>
   </si>
   <si>
     <t>CDR 015029035-0001/EM, CDR 015029035-0002/EM, CDR 015029035- 0004/EM, CDR 015029035-0003/EM, CDR 015029035-0006/EM, CDR 015029035-0005/EM</t>
   </si>
   <si>
     <t>METALLICA</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1516399 COCOMELON, EUTM 018769924 COCOMELON ANIMAL TIME, EUTM 018274761 Blippi, EUTM 018755551 COCOMELON, EUTM 018277289 COCOMELON, EUTM 018175009 COCOMELON, EUTM 018175004 COCOMELON, ITM 1515399 COCOMELON, EUTM 018274759 BLIPPI, </t>
   </si>
   <si>
     <t>EUTM 013622824 VEKLURY, EUTM 014453146 VEMLIDY, EUTM 012953154 EPCLUSA, EUTM 016057036 BIKTARVY, EUTM 013798053 ODEFSEY, EUTM 012520557 DESCOVY, EUTM 012520607 GENVOYA, ITM 1043425 GSI, EUTM 012241915 HARVONI, EUTM 015993082 VOSEVI</t>
-  </si>
-[...7 lines deleted...]
-    <t>atzveltnes krēsli, dīvāni, kafijas galdiņi, biroja galdi, ēdamistabas galdi, biroja krēsli, virtuves krēsli, gultas, skapji, naktsgaldiņi, lampas šķīvji, glāžu komplekti u.c.</t>
   </si>
   <si>
     <t>EUTM 018475326/EMREPRESENT 247, EUTM 003934775/EMREPRESENT, ITM 1424440/WOREPRESENT, ITM 1453200/WOREPRESENTCLO, ITM 1692690/WOREPRESENT OWNERS' CLUB POWERED BY ENTHUSIASTS for enthusiasts, ITM 1692691/WO REPRESENT OWNERS' CLUB</t>
   </si>
   <si>
     <t>EUTM 000646877(Marque sans texte), EUTM 000592493BIG BABY, EUTM 009564791BIG BABY POP, EUTM 008639312BAZOOKA CANDY BRANDS, EUTM 000120923BAZOOKA, EUTM 000120709RING POP, EUTM 010718799 JUICY DROP POP CANDY, EUTM 001400407 (Marque sans texte), EUTM 000646919 (Marque sans texte), EUTM 002649622 JUICY DROP	, EUTM 000733790 BIG BABY POP, EUTM 008245243 Bazooka</t>
   </si>
   <si>
     <t>EUTM 000325548 PENHALIGON'S, EUTM 001543180 HAMMAM BOUQUET, EUTM 003499134 MALABAH, EUTM 003500634 ENDYMION, EUTM 009978131 JUNIPER SLING, EUTM 010811396 JUBILEE BOUQUET, EUTM 010814358 BLENHEIM BOUQUET, EUTM 011037249 HAMMAM BOUQUET, EUTM 011463511 IRIS PRIMA, CDR 002825463-0001 Bottles for perfumery, CDR 002825463-0002 Bottles for perfumery, CDR 002825463-0003 Bottles for perfumery, CDR 02825463-0004 Bottles for perfumery, CDR 005660198-0001 Bottles for perfumery (part of -), CDR 005660198-0002 Bottles for perfumery (part of -), CDR 006988663-0001Bottle caps, Bottles for perfumery (part of -), Lids for bottles, CDR 008267470- 0001Lids for bottles, Bottles for perfumery (part of -), Bottle caps, CDR 004682631-0001Bottles for perfumery (part of -), CDR 004682631- 0002Bottles for perfumery (part of -), CDR 004682631-0003 Bottles for perfumery (part of -), CDR 004682631-0004Bottles for perfumery (part of -), CDR 004682631-0005 Bottles for perfumery (part of -) CDR 004682631-0006Bottles for perfumery (part of -), CDR 004682631-0007 Bottles for perfumery (part of -), CDR 004682631- 0008Bottles for perfumery (part of -), CDR 004682631-0009 Bottles for perfumery (part of -),  CDR 004682631-0010Bottles for perfumery (part of -), , EUTM 11289931 PENHALIGON'S, EUTM 014341234 PORTRAITS PENHALIGON S, CDR 009061138-0001 Bottles for perfumery (part of -)</t>
   </si>
   <si>
     <t>EUTM 018641500PPP - Pierre Paulin, Alpha - Edition Paulin, Paulin, Paulin, EUTM 018641499PPP - Pierre Paulin, Alpha - Edition Paulin, Paulin, Paulin, EUTM 018641527PPP - Paulin Paulin Paulin Edition</t>
   </si>
   <si>
     <t>EUTM 018440291 Saboteur</t>
   </si>
   <si>
     <t>AMIGO Spiel + Freizeit GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 005089719/EM VIVIENNE WESTWOOD, EUTM 005805528/EM TOO FAST TO LIVE TOO YOUNG TO DIE, EUTM 010717874/EM WORLDS END, EUTM 015276413/EM ANDREAS KRONTHALER, EUTM 017566183/EM Andreas Kronthaler Vivienne Westwood, EUTM 017433871/EM A&amp;V, EUTM 018078490/EM, EUTM 000553370/EM ANGLOMANIA Vivienne Westwood, EUTM 000976183/EM Vivienne Westwood, EUTM 004174934/EM ANGLO MANIA, EUTM 005558788/EM, EUTM 011956117/EM CLIMATE REVOLUTION	
 </t>
   </si>
   <si>
     <t>EUTM 6130132 NO NAME, EUTM 010966976 S, EUTM 0011247582 NO NAME, EUTM 10688786 NO NAME, EUTM 1216817 5elit - Figurativa	, EUTM 018000865 Sin texto, EUTM 1216811 8elit - 3D, EUTM 1522246 elit Eighteen, EUTM 18000858e lit eighteen, EUTM 1513576 elit eighteen</t>
@@ -8061,67 +7835,54 @@
     <t>EUTM 1141206 M (fig.), EUTM 1207028 M (fig.), CDR 000944475-0002 Borsa, EUTM 010878601 Figura di papero, CDR 000944475-0001 Borse, CDR 000715941- 0004 Articolo di abbigliamento, CDR 000715941-0005 Articoli di abbigliamento, EUTM 991914 Campana Moncler (fig.), CDR 000715941-0001 Calzature	, EUTM 1075327 Vignetta papero (fig.), CDR 000194089-0001 Articoli di abbigliamento, CDR 000944475-0003 Borse, EUTM 5972112 Moncler,EUTM 1119381 Moncler (fig.), EUTM 10876639 Papero tridimensionale, EUTM 00579 6594 Moncler, CDR 000715941-0002 Calzature, EUTM 0991913 Figura di campana vuota, CDR 000944475-0004 Borse, CDR DM/078098-1,2,3 Capi di abbigliamento, CDR 000715941-0003 Calzature, ITM 1299020 DIST DOWN INTEGRITY SYSTEM &amp;TRACEABILITY, CDR002484576-0001 Sandali, ITM 1448305 MONCLER GENIUS (fig.), ITM 1145779 MONCLER GAMME BLEU, CDR 000944475-0005 Borse, ITM 1451345 3 campane,  ITM 1450763 MON CLER GENIUS, EUTM 013444377 LONGUE SAISON MONCLER</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 0449562 AKNEMYCIN, EUTM 00507411 AKNEMYCIN PLUS	
 ITM 825625 AKNENORMIN, ITM 466932 AKNEROXID, ITM 1081432 BALNEUM,EUTM 5074241BALNEUM PLUS,ITM 839537 CRINOHERMAL, EUTM 15012966 DECODERM, EUTM 11536703 GELACET, EUTM 2859577 HERMAL, ITM 1223485 PEDICUL HERMAL, ITM 838105 TANNO-HERMAL, EUTM 312413 VAGI C, ITM445754 VERRUMAL	</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 006549638 BETALFATRUS, EUTM 003111631 CICLOPOLI, EUTM 010259836 CICLOSAN, EUTM 014587638 DAFNEGIN, EUTM 012235578 ECOCEL PLUS, EUTM 3677804 FEMIPRIM, EUTM 018105802 FINJUVE, EUTM 009406745 GYNOMUNAL, EUTM 007065881 KITONAIL, EUTM 011279981 MYCONAIL, EUTM 006648521 NIOGERMOX, EUTM 003847704 NORMAFLOR, EUTM 012251948 ONYTEC, EUTM 005240312 ONY-TEC, EUTM 5015565 POLICHEM, EUTM 004613758 POLINAIL, ITM 1044835 SILILEVO, EUTM 009241051 ZELOGLIN	
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 013558044 PIXUVRI, ITM 1034557 COVERSYL Perindopril arginine 5 mg, ITM 1039022 DIAMICRON MR, EUTM 010735223	 ARCALION, EUTM 007040851 ACERYCAL, EUTM 005683561 COVERAM, EUTM 005612577 COVERLAM, EUTM 011859865/EM DETRALEX 2, EUTM 004949186/EM FLUDEX, EUTM 008802861/EM FLUTENSIF, EUTM 006135792/EM  LOCABIOSOL, EUTM 006136527/EM LOCABIOTAL, EUTM 005036058/EM NATRILIX, EUTM 008445207/EM NATRIXAM, EUTM 005819834/EM NOLITERAX, EUTM 005154968/EMOSSEOR, EUTM 007134265/EM PNEUMOREL, EUTM 005657291/EM RESTANCE, EUTM 005723531/EM PRETERAX, EUTM 003505146/EM PROCORALAN, EUTM 002849008/EM  PROTELOS, EUTM 010704179/EM STABLON, EUTM 006068944/EM  TERAXANS, EUTM 009025347/EM TERTENSAM, EUTM 005727268/EM TERTENSIF, EUTM 008980641/EM TRIPLIXAM, EUTM 002432904/EM  VALDOXAN, EUTM 008802712/EM FLUDEXAM, EUTM 005612569/EM COVERDINE, EUTM 005941364/EM VIACORAM, EUTM 012780664/EM REAPTAN, EUTM 011738747/EM TRIVERAM, EUTM 012193264/EM LIPERTANCE, EUTM 006253314/EM COVERSORAL , EUTM 006501092/EM ARPLEXAM, EUTM 011440187/EM  PRESTALIA, EUTM 010772382/EM IMPLICOR, EUTM 005396965/EM ARPARIAL, EUTM 010827591/EM  COSYREL, EUTM 010829398/EM  COSIMPREL, EUTM 005217898/EM  VIALIBRAM , EUTM 004936407/EM ARVACORAM, EUTM 006623458/EM TRIPLINOR, EUTM 014438568/EM PROALTOR, EUTM 013960018/EM  CAREVALAN, EUTM 010749257/EM  STOVADIS, EUTM 012193371/EM  STAPRESSIAL, ITM 1130957/WO 10765984 PRESTILOL, ITM 1133970/WO 10765985 ASEMBIX </t>
   </si>
   <si>
     <t xml:space="preserve">CDR 001361430-0017, CDR 001361430-0012, CDR 001361430-0014, CDR 00161430-0010, CDR 001361430-0005, CDR 001361430-0007, CDR 001361430-0008, CDR 001361430-0009, CDR 001361430-0015, CDR 001361430-0001, EUTM 004012845Teenage Mutant Ninja Turtles2 Battlenexus, CDR 001361430-0013, EUTM 005164173 TMNT, EUTM 4227682 Teenage Mutant Ninja Turtles Mutants &amp; Monsters, EUTM 004166245 Teenage Mutant Ninja Turtles Mutant Melee, EUTM 002502292 Teenage Mutant Ninja Turtles, EUTM 004433884 Teenage Mutant Ninja Turtles 3 Mutant Nightmare, EUTM 5755442 TMNT, EUTM 0010106672 Teenage Mutant Ninja Turtles, CDR 001361430- 0018, CDR 001361430-0002, CDR 001361430-0004, CDR 001361430- 0003, CDR 001361430-0016, CDR 001361430-0011, CDR 001361430- 0006, EUTM 5164173/TMNT, EUTM 4227682/Teenage Mutant Ninja Turtles Mutants &amp; Monsters, EUTM 4166245/Teenage Mutant Ninja Turtles Mutant Melee, EUTM 2502292/Teenage Mutant Ninja Turtles, EUTM 4433884/Teenage Mutant Ninja Turtles 3 Mutant Nightmare, EUTM 5755442/ TMNT, CDR 1361430-0005, CDR 1361430-0006, CDR 1361430-0007  
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000811042 FINAL FANTASY, EUTM 002264505 FINAL FANTASY, EUTM 003361326 SQUARE ENIX 
 </t>
   </si>
   <si>
     <t>EUTM 017181124  VW AG, EUTM 009383506	Volkswagen, EUTM 009383514 VW, EUTM 017181124  VW AG, EUTM 009383506 Volkswagen, EUTM 009383514 VW, ITM 1282574   Caravelle, , EUTM 018470387 GTI, ITM1136520 Multivan, ITM 1441120 ID., EUTM 002069342</t>
   </si>
   <si>
-    <t>Brightwake Limited</t>
-[...7 lines deleted...]
-  <si>
     <t>EUTM 000472415 EPAL</t>
   </si>
   <si>
     <t>EUTM 000940619	HARRIS, EUTM 000508333	 HARRIS, EUTM 005959631, EUTM 004725941 LINCOLN ELECTRIC, EUTM 007086507, EUTM 004683331 OERLIKON, EUTM 015346935 LINCOLN ELECTRIC, EUTM 004982468 LINCOLN ELECTRIC, EUTM 000228163 LINCOLN, EUTM 005959762 HARRIS</t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 004718856-0003 Infant carrier, EUTM 018110172 BABYBJÖRN Baby Carrier Move, CDR 006882932-0001 Baby carrier, CDR 008170385-0001 Toddler reins (part of), CDR 001963935-0001 Cradles, CDR 002769125-0001 Infant carrier, CDR 001022677-0001 Potties, CDR 001127658-0001 Infant carrier, CDR 001681701-0001 Leg joints for furniture, CDR 002666271-000 1Infant carrier, CDR 001810664-0001 Infant carrier, CDR 001856485-0001 Seat cushions, CDR 001876947- 0001 Infant carrier, CDR 002050559-0001 Bouncers, CDR 000336136- 0001 Buckle [haberdashery], CDR 000366976-0001 Carrying devices for babies, CDR 005643681-000 1Beds for children, EUTM 001216175 Trade mark without text, CDR 004363893-0001 Childs seat, CDR 002651463- 0001 Bouncers, CDR 002651588-0001 Toy, CDR 002672121-0001 Cutlery for infants, CDR 003512128-000 1Bouncer (part of), CDR 000015789-000 1Bib, CDR 000031513-0001 Carrying devices for babies, CDR 000336144-0001 Bib, CDR 000556766-0001 Bouncer, CDR 001647025-0001 Glasses, CDR 001113658- 000 1Children's chairs, CDR 004718856-0001 Infant carriers (part of), CDR 006487609-0001 Baby carrier, CDR 002852814-0001 Travel cots, CDR 000692553-0001 Carrying devices for babies, CDR 000692561-0001 Carrying devices for babies, CDR 000779517-0001 Toy, CDR 000259205-0001 Potty chair, CDR 000332705-0001 Garment, CDR 006882932-0002 Baby carrier, CDR 002651463-0002 Bouncers, CDR 003512128-0002 Bouncers (part of -), CDR 005643681-0002 Beds for children, CDR 005643681-0003 Beds for children, CDR 005643681-0004 Beds for children, CDR 001513920-0002 Carrying devices for babies (part of -), CDR 004718856- 0002 Infant carrier, CDR 006882932-0003 Baby carrier, CDR 001513920-0003 Carrying devices for babies (part of -), CDR 001127658-0003 Infant carriers, CDR 001647025-0002 Glasses, CDR 006882932-0004 Baby carrier	</t>
   </si>
   <si>
     <t>CDR 002920256-0018, CDR 002920256-0015, CDR 002920256-0012 Mito sospeso, CDR 002920256-0006, CDR 002920256-0004, CDR 002920256-0002, EUTM 003160017occhio</t>
   </si>
   <si>
     <t>EUTM 017947375  VAGABOND SHOEMAKERS, EUTM 017947374 VAGABOND, EUTM 017947372 VA VAGABOND ATELIER CREATION &amp; INNOVATION, EUTM 017947331 VAGABOND SHOEMAKERS EST. 1973, EUTM 010491884 VAGABOND, EUTM012293544 VAGABOND SHOEMAKERS</t>
   </si>
   <si>
     <t>EUTM 005882287RABBIT, ITM94 0022, ,EUTM 006337554Ezynut, EUTM 006920359HP, EUTM 007252448NEMESIS, EUTM 007374631DXT, EUTM 008956351MM4, EUTM 011772481MAKPAC, EUTM 012254058, EUTM 013337753MT, EUTM 014146294CXT, EUTM 015280506AFT, EUTM 016887606EFFICUT,EUTM017362484 AWS, EUTM018244591Impact Premier, EUTM 018022783XGT, EUTM 006687495Makita, EUTM 004264768makita, CDR 001963380-0007, CDR 000867742-0001, CDR 000335021-0001, CDR 000120969-0002, CDR 001250609-0001, EUTM 001452283Super Joint System-SJS, EUTM 001536762MAKPOWER, EUTM 003922101MAKLOK, EUTM 003977031AVT, EUTM 003977014MXT, EUTM 004149175Flipper, EUTM 004595575LXT, EUTM 004691671diamak, EUTM 004926432aquamak, EUTM 005865217Torque Tracer, EUTM 015280555 ADT</t>
   </si>
   <si>
     <t>ITM 013447925 Starbuzz,  EUTM 007394951 Starbuzz, EUTM 012717583 STARBUZZ TOBACCO SINCE 2005, EUTM 012281721 STARBUZZ TOBACCO SINCE 2005, CDR 015002768, CDR 006271912-0003, CDR 006271912-0002, CDR 006271912-0001, CDR 005651130-0004, CDR 00565 1130-0003, CDR 005651130-0002, CDR 005651130-0001, CDR 004755759-0005, CDR 004755759-0004, CDR 004755759-0003, CDR 004755759-0002, CDR 004755759-0001, EUTM 018321140 Blue Mist, EUTM 011809738 BLUE MIST, ITM 1031097 Blue Mist, ITM 1127941 CocoBuzz, EUTM 013654652, INTAGE BY STARBUZZ, ITM 1159496 STARBUZZ</t>
   </si>
   <si>
     <t>EUTM 004538997 FOU D'ABSINTHE, EUTM 005055694 L'ARTISAN PARFUMEUR PARIS, EUTM 005055801 L'Artisan Parfumeur, EUTM 005263256 AMBRE EXTRÊME, EUTM 008189045 L'EAU D'AMBRE
 EUTM 009998089 L'ARTISAN PARFUMEUR MON NUMÉRO, EUTM 014432983 L'ARTISAN PARFUMEUR 1976, EUTM 014434989 A P (logo), CDR 000368170-0001 Perfume bottles, CDR 000368170-0002 Perfume bottles, CDR 000368170-0003 Perfume bottles, CDR 002825489-0002 Bottles for perfumery</t>
   </si>
   <si>
     <t>EUTM 4138269, EUTM 017912610 SKIMMIES, EUTM 191536 Y-FRONT, EUTM 000578989, EUTM 016358145, EUTM 000191494 JOCKEY, EUTM 000191544, EUTM 191601</t>
   </si>
   <si>
     <t>EUTM 018618297 Eyes of Marrakesch, EUTM 018618295 FRIENDLY HUNTING, EUTM 018618294 friendlyHunting, EUTM 018618292	
@@ -8219,130 +7980,113 @@
     <t xml:space="preserve">
 EUTM 009038134 RECIPROC, EUTM 012754222 VDW, EUTM 009041931 Marque figurative, EUTM 008624091  2SEAL, EUTM 008624066 2SEAL EASYMIX, EUTM 005017769 BEEFILL, EUTM 008550766 C-PILOT, EUTM 000779330 Canal blue, EUTM 002093870 CANAL CLEAN, EUTM 008549982 CC+, EUTM 013401443 EDDY, EUTM 002846988 Endo Easy Efficient, EUTM 002851541 Endo Einfach Erfolgreich, EUTM 000910844  Flex-Master, EUTM 002093672 GUTTACUT, EUTM 011183134  GUTTAFUSION, EUTM 002093417  GUTTAMASTER, EUTM 008550006 KENDO, EUTM 002093839 LAVENDO, EUTM 008550022 NOVAPEX, EUTM 010853893 ONEGUTTA, EUTM 008550808 PROENDO, EUTM 002094126 RAYPEX, ITM 1094507 VDW, ITM 1008583  VDW, EUTM 006824551 VDW GOLD, EUTM 010605046 VDW SAFETYLOCK, EUTM 006824809 VDW SILVER, EUTM 010081206 VDW STERILE, EUTM 013201199 VDW. CONNECT DRIVE, EUTM 013201165 VDW.CONNECT LOCATE, EUTM 008744534 VDW.PLATINUM, EUTM 007198591 VDW. ULTRA, CDR 001428635-0001 Modèle de l'Union Européenne, CDR 002602466-0001 Modèle de l'Union Européenne, CDR 002647933-0001 Modèle de l'Union Européenne, CDR 002685404-0001 Modèle de l'Union Européenne, CDR 002685438-0001  Modèle de l'Union Européenne 
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 011747672 The International Rugby Football Board The Webb Ellis Cup, EUTM 010526317, EUTM 011747797, EUTM 011744034 RWC, EUTM 000739433, EUTM 000739417, EUTM 015238843, EUTM 014842711 JAPAN 2019, EUTM 004036463 SPIRIT OF RUGBY, EUTM 015238843 RUGBY WORLD CUP JAPAN, EUTM 014842711 JAPAN 2019, EUTM 004036463 SPIRIT OF RUGBY, EUTM015238843 RUGBY WORLD CUP JAPAN 2019, EUTM 015387947	RUGBY WORLD CUP JAPAN, EUTM 015387913 RUGBY WORLD CUP JAPAN, EUTM 015387947, EUTM 015387913, EUTM 017718651, EUTM016428799 WORLD RUGBY HALL OF FAME, EUTM 011732021 WORLD IN UNION, EUTM 010890226 ENGLAND 2015, EUTM 011740297 ENGLAND 2015, EUTM 012943452, EUTM 000210401 RUGBY WORLD CUP, EUTM 011731874 RUGBY WORLD CUP, EUTM 011743945 RUGBY WORLD CUP 2015, EUTM 011724903 RWC, EUTM 011739943 RUGBY WORLD CUP, EUTM 000210492 RUGBY WORLD CUP, EUTM 002802080 RWC, EUTM 002802106 RWC, EUTM011744026 ENGLAND, EUTM	003614997 THE WEBB ELLIS CUP, EUTM 011747383 THE WEBB ELLIS CUP, EUTM 017985370/EM RUGBY WORLD CUP FRANCE 2023	
    </t>
   </si>
   <si>
     <t>EUTM 003451259 BLOSSOM HILL, EUTM 004235495 BV, EUTM 2343788 BEAULIEU VINEYARD, ITM 1305079/WO BLOSSOM HILL, EUTM 002343804/EM BEAULIEU, EUTM 004235503/EM Beaulieu Vineyard, EUTM 002343895/EM BV, EUTM 006454953/EM BLOSSOM HILL, ITM 1305080/WO</t>
   </si>
   <si>
     <t>EUTM 018659186/EM, EUTM 002126530/EM GUCCI RUSH 2, EUTM 009220161/EM GUCCI GUILTY, EUTM 006318646/EM GUCCI, EUTM 009381096/EM Gucci, EUTM 009376864/EM, ITM 760787/WO GUCCIrush2, ITM 1098949/WO GG, EUTM 011759032/EM GG, EUTM 018101010/EM GUCCI MEMOIRE D'UNE ODEUR, EUTM 018232154/EM GUCCI, EUTM 018232156/EM, EUTM 017869029/EM, EUTM 017891533/EM GG, EUTM 017969329/EM GUCCI GG, EUTM 017939045/EM THE ALCHEMIST'S GARDEN, EUTM 012715231/EM GG, EUTM 012715454/EM GG, EUTM 012715355/EM GG, EUTM 006414353/EM Gucci BY GUCCI, EUTM 008967895/EM GG, EUTM 008967846/EMt, EUTM 003474971/EM, EUTM 000122093/EM GG, EUTM 000122051/EM GG, EUTM 005172218/EM, EUTM 006203971/EM FLORA BY GUCCI, EUTM 006208292/EM Flora BY GUCCI, EUTM 003836491/EM, EUTM 009604653/EM GG, EUTM 002751535/EM GG, EUTM 018513039/EM GG, EUTM 010444552/EM GG, EUTM 010444561/EM GG, EUTM 000121988/EM GUCCI, EUTM 002338556/EM GG, ITM776197/WO GG, ITM1385371/WO GUCCI BLOOM, ITM 791674/WO GG, ITM 940984/WO GG, ITM 704535/WO GUCCI RUSH, ITM 662333/WO ENVY, NTM M 15 935/LV, NTM M 15 993/LV GUCCI</t>
   </si>
   <si>
     <t>EUTM 010853001 OLUMIANT, EUTM 018129502, EUTM 018130857 RETSEVMO, EUTM 012763108 CYRAMZA, EUTM 010350635 CYRAMZA, EUTM 01284969 1trulicity, EUTM 009986159 TRULICITY, CDR 000124292-0009, EUTM 003915071 C, CDR 000124284-0001, EUTM 000299685 HUMALOG, EUTM 000299644 HUMATROPE,CDR 000124284- 0004, CDR 000124292-0012, EUTM 002869634, EUTM 001223916 CIALIS, EUTM 001235902 Lilly, EUTM 000237016 LILLY, EUTM 000828715 ALIMTA, EUTM 014826283 OLUMIANT</t>
   </si>
   <si>
     <t>CDR 008799100-0008/EM, EUTM 018860992/EM IQ, CDR 007466339-0002, CDR 005813094-0012/EM, CDR 005813094- 0011/EM, CDR 005813094- 0013/EM, CDR 008799100-0004/EM, CDR 008799100-0001/EM, CDR 008375224-0003/EM, CDR 008799100- 0003/EM</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 0927667 Dr. Wolff , ITM 1075465 Dr. Wolff's Acne Attack, ITM 0985168 Vagisan, EUTM 013272604 Linoseptic, EUTM 005401708 Linola, EUTM 17921711SafeCup, EUTM018032473 Unzwet, EUTM 018239687 dermowas, EUTM017985825proHaut, EUTM 017984902 dermexpHert, EUTM 018059181 Anefug, EUTM 018063605 Vinces, ITM 1408697 LINO, ITM 1551988 Sudormin 
 </t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM  001868843 CRISTEL, EUTM  006429005  CRISTEL, EUTM  010783538   CRISTEL France, CDR  000069141-0001 ANSE ZENITH 2 
-[...4 lines deleted...]
-  <si>
     <t>EUTM 006376735 TUMI ALPHA, EUTM 001140250 TUMI TRACER
 EUTM 006238141 TUMI, EUTM 003578143 TUMI, EUTM 002306728 TUMI, EUTM 003578176 TUMI, EUTM 000837427 TUMI, ITM 1431070 TUMI, ITM 1422244 TUMI</t>
   </si>
   <si>
     <t>ITM 1255219 THREE KINGS diamondshape right, ITM 520344 THREE KINGS, ITM 1134115 HREE KINGS, ITM 520347 (logo b-w), ITM 1244086 charcoal in circle on red background, ITM 1461968 THREE KINGS FOIL, EUTM 015951536 THREE KINGS</t>
   </si>
   <si>
     <t>ITM 1762363/WO WHITE FOX, EUTM 017516196/EM VEUX</t>
   </si>
   <si>
     <t>WHITE FOX BOUTIQUE PTY LTD</t>
-  </si>
-[...1 lines deleted...]
-    <t>saulesbriļļu futrāļi,  ietvari, saulesbrilles saulesbriļļu auklas, siksnas,  vāciņi, sieviešu sandales, atslēgu piekariņi sieviešu rokassomas,  rotaslietas, kleitas apģērbi, kostīmi, vilnas zeķes, virsdrēbes, peldkostīmi u.c.</t>
   </si>
   <si>
     <t>Segway Inc.</t>
   </si>
   <si>
     <t>motorolleri ratiņi, ratiņkrēsli, ratiņi vieglajām automašīnām, daļas un piederumi visām minētajām precēm u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 018629587 SEGWAY GT, EUTM 018561284 SEGWAY, EUTM 018561281, EUTM 018195400, EUTM 018065598, EUTM 018065596
 EUTM 017996310, EUTM013665807SEGWAY, EUTM 013665781, CDR 002553776-0002, CDR 002553776-0001, CDR 002517938-0002, CDR 002517938-0001, CDR 000643630-0002, CDR 000643630-0001, EUTM 002958684, EUTM 002721900i, EUTM 002957587SEGWAY, EUTM 002545762SEGWAY 
  </t>
   </si>
   <si>
     <t xml:space="preserve">CDR 001184535-0003, EUTM 004521431 CESAR, CDR 001052401-0002, CDR 001052401-0003, CDR 001052401-0004, CDR 001052401-0005, EUTM 002020162 CESAR, EUTM 002884476 CESAR CULINARIA, EUTM 017901083 CESAR DESIGNED BY DOGS, CDR 001052401-0001, CDR 001184535-0001, CDR 001184535-0007, CDR 000849021-0001, EUTM 000001090 CESAR, EUTM 000047894 (Trade mark without text), EUTM 007355977 Cesar, EUTM 000886853, EUTM 001343375, EUTM 009781337 Cesar, CDR 000849021-0002, CDR 001982430-0002 LIGHTLY GRILLED, EUTM 011034816 PAWS IN PLACES, CDR 001982430-000 1LIGHTLY GRILLED, CDR 002072876-00011 PAWS IN PLACES, CDR 002072876-0002
 EUTM 007334881 CESAR SUNRISE, EUTM 017919242 CESAR TWINNING, EUTM 003676749 CESAR DEVOTIONS, EUTM 016078248 (Trade mark without text)	</t>
   </si>
   <si>
     <t>BRITA SE</t>
   </si>
   <si>
     <t>ITM 1700467/WO	BRITA,ITM 1700479/WO BRITA, EUTM 018678832/EM MAXTRA PRO,  ICD  DM/089611 - 1/WO,  ICD  DM/089611 - 2/WO, ITM  840889 Maxtra, EUTM  015403892 MAXTRA+, ITM  1071047 BRITA,  ITM  1075445/WO, ITM  1071048/WO BRITA</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000226316 swatch /fig./, EUTM 000226019 SWATCH, ITM 1134259 SWATCH </t>
   </si>
   <si>
     <t>BOTTEGA VENETA S.R.L. SOCIETA' UNIPERSONALE</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 015051812-0002/EM, CDR 015059382-0014/EM, EUTM 018084635/EM BOTTEGA VENETA, ITM 947399/WO BOTTEGA VENETA, EUTM 012834016/EM BOTTEGA VENETA, ITM 1594396/WO BOTTEGA for Bottegas, EUTM 003899184/EM BOTTEGA VENETA, EUTM 011894045/EM KNOT, EUTM 006632905/EM, EUTM 006632624/EM, EUTM 006687081/EM
 EUTM 006809362/EM BOTTEGA VENETA, ICD D202195-0003/WO, CDR 008870828-0001/EM, CDR 008871693-0013/EM, CDR 009182819-0007/EM, CDR 008871693-0017/EM, CDR 015012558-0010/EM, CDR 009182744-0001/ EM, CDR 015001962-0003/EM, ICD D103165-0004/WO, CDR 009185002- 0019/EM, CDR 015001962-0020/EM, ICD D200472-0005/WO	</t>
   </si>
   <si>
     <t>ITM 1800316/WO FLOEWATER</t>
   </si>
   <si>
     <t>HELL ENERGY MAGYARORSZÁG KORLÁTOLT FELELŐSSÉGŰ TÁRSASÁG</t>
   </si>
   <si>
     <t>ūdeņi, negāzēts ūdens,ūdens pudelēs</t>
   </si>
   <si>
-    <t>bezalkoholiskie dzērieni uz augļu bāzes ar tējas garšu, ledus tēja, tējas dzērieni,  enerģijas dzērieni,  kafijas dzērieni, kas satur pienu u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 009530254/EM HELL ENERGY DRINK, EUTM 009530511/EM HELL ENERGY, EUTM 011485133/EM HELL Energy Drink, EUTM 014642136/EM HELL energy drink, EUTM 014749253/EM HELL ENERGY, EUTM 018329594/EM HELL, EUTM 018019513/EM XIXO, EUTM 018002049/EM, EUTM 018216919/EM POWERED BY HELL, EUTM 015367592/EM HELL ENERGY DRINK, EUTM 015357271/EM XIXO, EUTM 015357353/EM XIXO, CDR 001263628-0001/EM	</t>
   </si>
   <si>
     <t>EUTM 014189385 GARDEN OF LIFE, EUTM 009975418 GARDEN OF LIFE, EUTM 018141206 GARDEN OF LIFE</t>
   </si>
   <si>
     <t xml:space="preserve">ICDDM/078358,  EUTM 010184372 HILTI Marke ohne Text, EUTM 003424661 Marke ohne Text, EUTM 005961644	 HILTI, ICD DM/081496, ICD DM/074987, ICD DM/075963, ICD DM/082019, ICD DM/082519, ICDDM/076318, CDR 000677190-0002, ICD DM/079590, ITM 1288148 HI, ICD DM/094247, ICD DM/087261, ICD DM/089713, ICD DM/094068, ICD DM/094 426, ICD DM/101 288, ICD DM/102 390, ICD DM/102 855, ICD DM202316 Job floodllight stand, ICD DM/202028 Bodenradar, ICD DM/205983 Patronen, ICD DM/080065, ICD DM/074344, ICD DM/082217, ICD DM/ 074117, CDR 000909932-0001, CDR 000100649-0001, CDR 000100649-000, ICD DM/082425, ICD DM/081539, ICD DM/081434, ICD DM/076048, ICD DM/075961, ICD DM/079577, ICD DM/077611, ICD DM/081175, ICD DM/083873, ICD DM/091866, ICD DM/081247	</t>
   </si>
   <si>
     <t xml:space="preserve"> ITM 1030712/WO NESPRESSO, ITM 882456/WO NESPRESSO. WHAT ELSE?, ITM 1137705/WO NESPRESSO WHAT ELSE?,EUTM 002977569/EM NESTLE, EUTM 002793792/EM NESPRESSO	</t>
-  </si>
-[...3 lines deleted...]
-</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  008487613 BEATERATOR, EUTM  003391216  93041234  MANHUNT, EUTM  007356471  93041232  BULLY, EUTM  004237186  93041230  BULLY, EUTM  008351397  RED DEAD REDEMPTION, EUTM  002582765 RED DEAD REVOLVER, EUTM  003035425 MIDNIGHT CLUB, EUTM  011398179 MAX PAYNE, EUTM  012023487 2K, EUTM  008374365 T2 TAKE TWO INTERACTIVE, EUTM  010487114 R, EUTM  008274144 R, EUTM  008236441 BIOSHOCK, EUTM  006247969 BIOSHOCK, EUTM  009126053 XCOM, EUTM  008374357  CIVILIZATION, EUTM  000546754 CIVILIZATION, EUTM  013238407EVOLVE, EUTM  000372268 GRAND THEFT AUTO, EUTM  003556172 T2 TAKE TWO, EUTM  003391133 ROCKSTAR, EUTM  001154764 GT, EUTM  004486627  2K, EUTM  008374324 ROCKSTAR, EUTM  008374332 GRAND THEFT AUTO, EUTM  008374341 GTA </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 017618208/EM JACK DANIEL'S CRISP Old No. 7 BRAND BLEND TENNESSEE CIDER CRISP APPLE CIDER BLENDED WITH JACK DANIEL´S TENNESSEE WHISKEY, EUTM 018064396/EM JACK DANIEL'S ORIGINAL RECIPE TENNESSEE APPLE, EUTM 012582094/EM, EUTM 012179487/EM Jack Daniel, CDR 015026451- 0001/EM, CDR 015026451- 0002/EM, EUTM018763147/ EM  JACK DANIEL'S OLD NO. 7 BRAND, EUTM 018897944/EM JACK DANIEL'S OLD NO. 7 BRAND QUALITY TENNESSEE SOUR MASH WHISKEY, EUTM018841362/EM, EUTM 009058702/EM,  EUTM 000154278/EMJ ACK DANIEL'S, EUTM 000957365/EM JACK DANIEL'S, EUTM 002825560/EM JACK DANIEL'S, EUTM 009058413/EM JACK DANIEL'S Old No. 7 BRAND, EUTM 009058496/ EM JACK DANIEL'S Old No. 7 Brand, EUTM 000156356/ EM JACK DANIEL`S OLD TIME NO. 7 BRAND QUALITY Tennessee SOUR MASH WHISKEY, EUTM 000154211/EM JACK DANIEL'S, EUTM 000898429/EM JACK, EUTM 009043829/EM JACK DANIEL'S, EUTM 009768136/EM JACK DANIEL'S ORIGINAL RECIPE TENNESEE HONEY, EUTM 005652607/ EM GENTLEMAN JACK RARE TENNESSEE WHISKEY, EUTM 009043886/EM  JACK DANIEL'S, EUTM 017879671/EM  JACK DANIEL'S OLD NO.7 BRAND TENNESSEE SOUR MASH WHISKEY	
 EUTM 014676555/EM JACK DANIEL'S TENNESSEE FIRE                                                                                                                                               
 </t>
   </si>
   <si>
     <t>EUTM 8198111 MARTIN MARGIELA, EUTM 18622008 MARGIELA, EUTM 6163802 MARTIN MARGIELA, EUTM 11625548 MM6 Maison Margiela, EUTM 18017443 REPLICA, EUTM 8196669, EUTM 3515582  EUTM 4718227, EUTM 12030301, EUTM 18811396 mAison margiela, ITM 1262280 MAISON MARGIELA, EUTM 18568592 MAISON MARGIELA, EUTM 4378139 MM6, EUTM 11460359 MAISON MARGIELA, EUTM 3544103 MARTIN MARGIELA, EUTM 18703741 MM6, EUTM 18811393 EUTM 18703732 MAISON MARGIELA, EUTM 9353046 MAISON MARTIN MARGIELA, EUTM 8640328 NAWM, EUTM 3544087, EUTM 1743871, ITM 1263003 Maison Margiela, EUTM 4718086, EUTM 14916721 5AC, EUTM 8669541 MARTIN MARGIELA, EUTM 18365362 MM6, ITM 1251351 MM6 Maison Margiela</t>
   </si>
   <si>
     <t>ICD 206775-0003, ICD 206775-0001, ICD 206775-0007, ICD 206775-0005, ICD 206775-0002, ICD 206775-0006, ICD 206775-0008, ICD 206775-0009, ICD 206775-0004</t>
   </si>
   <si>
     <t>ICD 103656-0003, ICD 103656-0006, ICD 103656-0011, ICD 215054-0001, ICD 103656-0010, ICD 103656-0009, ICD 100294-0003, ICD 100294-0005, ICD 215054-0004, ICD 100294-0006, ICD 215054-0003, ICD 100294-0001, ICD 103656-0008, ICD 103656-0004, ICD 103656-0002, ICD 103656-0007, ICD 215054-0002, ICD 103656-0001, ICD 103656-0005, ICD 103656-0012, ICD 100294-0004, ICD 100294-0002</t>
   </si>
   <si>
     <t>EUTM 016539322 BEAST FREE, EUTM 003166139 BEAST, EUTM 003150877 ARIEL, EUTM 018163038 ADRENALINE, EUTM 003266285 ADDICTION, EUTM 003186749, ITM 1402939 BROOKS, EUTM 017075425 BROOKS, ITM 1197512 BROOKS, ITM 1195143 BROOKS, EUTM 00016 2313 BROOKS,ITM1401448BROOKS,ITM 1439322(Bildmarke/figurative mark), EUTM 005940961, EUTM 004077384 (Bildmarke / figurative mark), EUTM 001854728 (Bildmarke / figurative mark), EUTM 018776632 (Bildmarke / figurative mark), ITM 1704358 VIVIFY, ITM 1439940 TRAILTRACK, ITM 1684440 SKYVAULT, EUTM 010634301 RUN HAPPY, ITM 1213322 Run Happy, EUTM 010042968 QW-K, EUTM 000191361 MOVING COMFORT, EUTM 018859348 LEVITATE STEALTHFIT, EUTM 018129327 LEVITATE, EUTM 018523710 HYPERION, EUTM 000162131 HYDROFLOW, ITM 1436792 GUIDERAILS, EUTM 018859332 GLYCERIN STEALTHFIT, EUTM 003151628 GLYCERIN, EUTM 010042984 ELMN8, ITM 1640544 BIOMOGO DNA, EUTM 018650763 3DNA, EUTM 018606604 DNA, EUTM 018145602 DNA LOFT, ITM 1620170 DNA FLASH, ITM 1508225 DNA AMP</t>
   </si>
   <si>
     <t>ITM 1635462/WO EM, ITM 1592216/WO M+ Molecule 01, EUTM 004028114/EM ESCENTRIC MOLECULES, ITM 1775837/WO MOLECULE</t>
   </si>
   <si>
@@ -8664,53 +8408,50 @@
     <t>ACO Ahlmann SE &amp; Co. KG</t>
   </si>
   <si>
     <t>drenāžas kanāli</t>
   </si>
   <si>
     <t>Storz &amp; Bickel GmbH</t>
   </si>
   <si>
     <t>EUTM 009176959 Plenty, EUTM 018846657 VENTY, EUTM 018062810 Crafty+, EUTM 011591575 Crafty, EUTM006145072, 006145072 ,EUTM 004238341 Storz &amp; Bickel, EUTM 018062811 Volcano Hybrid, EUTM018062809 Mighty+, EUTM011591567 Mighty, EUTM 002823375 Volcano</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  004301743 1890P, EUTM  004301735 P, EUTM  004301651  USPA, EUTM  003445681  P, EUTM  002599843 U.S. POLO, EUTM  000352302  UNITED STATES POLO ASSOCIATION, EUTM  000352245 UNITED STATES POLO ASSOCIATION, EUTM  004298956  U.S. POLO, SOCIATION, EUTM  003445749  U.S. POLO ASSN, EUTM  000352385   U.S.P.A., EUTM  009733361  U.S. POLO ASSN. since 1890, EUTM  013884317  USPA, EUTM  004998696, EUTM  004567822  1890P, EUTM  004567681U.S. Polo, association  
 EUTM  004433223  U.S. POLO ASSN. SINCE, EUTM  004567194  USPA, EUTM  004433215   U.S. POLO ASSN. EUTM  004424933  USPA, EUTM  004375309  1890P, EUTM  004374765  P, EUTM  004567483  U.S. POLO ASSN. EUTM  006111751   UNITED STATES POLO ASSOCIATION, EUTM  004422465  U.S. Polo Association, EUTM  004567591 U.S. POLO ASSN. SINCE P 1890  
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 016995342 BADGAL BANG, EUTM 011733953 BENEFIT, EUTM 007381023 benefit, EUTM 018251229 BENEFIT GEORGIA, EUTM 00372 03007 BENEFIT, EUTM 006020473 BOI-ING, EUTM 011101219 ACHATINT, EUTM 017978514 COOKIE, EUTM 007275142 CORALISTA, EUTM 006020762 DALLAS DANDELION, EUTM 015125751 DANDELION TWINKLE, EUTM 003723087 DR.FEELGOOD, EUTM 014405583 GALIFORNIA, EUTM 014417976 GIMME BROW, EUTM 015800766 GOGOTINT, EUTM 015800758 GOLD RUSH, EUTM 003722295 HIGH BEAM, EUTM 016417611 HIGH BROW, EUTM 006023188 HOOLA, EUTM 011352499 LOLLITINT, EUTM 007018963 POSIE TINT, EUTM 010784635 ROCKATEUR, EUTM 011180593 ROLLER LASH, EUTM 008527293 THE POREFESSIONAL, EUTM 013711064 THE POREFESSIONAL : MATTE RESCUE, EUTM 009518549 THEY'RE REAL, EUTM 017978513 TICKLE, ITM 1323022 PUNCH POP!	
 </t>
   </si>
   <si>
     <t>EUTM 009075003VEJA, CDR 008531891-0001, CDR 008531891-0002
 CDR 008531891-0003, CDR 008531891-0004, CDR 008531891-0005, CDR 008531891-0006, CDR 008531891-0007, CDR 008531891-0008, CDR 008531891-0009</t>
   </si>
   <si>
-    <t>EUTM 1268947 MBC BY MALENE BIRGER COPENHAGEN, EUTM 0925002 BY MALENE BIRGER</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 001348911/EM, EUTM 000483719/EM EVISU</t>
   </si>
   <si>
     <t>GEAR UP INTERNATIONAL LIMITED</t>
   </si>
   <si>
     <t>ITM 1161231 RIOT GAMES, EUTM 008243495 RIOT GAMES, EUTM 018164974 CONV/RGENCE: A LEAGUE OF LEGENDS STORY, EUTM 018041571 KDA, EUTM 009502221 LEAGUE OF LEGENDS, EUTM 008243487 LEAGUE OF LEGENDS, EUTM 018137214 LEAGUE OF LEGENDS: WILD RIFT, EUTM 018063087 RIOT FORGE, EUTM 017967120 LEGENDS OF RUNETERRA, EUTM 018108697 TRUE DAMAGE, EUTM 018199063 VALORANT, EUTM 018164973 RUINED KING: A LEAGUE OF LEGENDS STORY, EUTM 018088897 TEAMFIGHT TACTICS, EUTM 018401274 LOL ESPORTS, EUTM 018480556 ARCANE LEAGUE OF LEGENDS, EUTM 018597636 HEXTECH MAYHEM: A LEAGUE OF LEGENDS STORY, ITM 1378904 PENTAKILL</t>
   </si>
   <si>
     <t>Riot Games, Inc</t>
   </si>
   <si>
     <t>spēles</t>
   </si>
   <si>
     <t>ITM 1707443/WO JABRA, EUTM 016671489/EM JABRA, ITM 1347299/WO Jabra GN	, ITM 951112/WO Jabra MULTI USE, EUTM 002162048/EM JABRA</t>
   </si>
   <si>
     <t>GN HEARING A/S</t>
   </si>
   <si>
     <t xml:space="preserve">bezvadu austiņas </t>
   </si>
   <si>
     <t>M H C S</t>
@@ -8894,162 +8635,148 @@
   </si>
   <si>
     <t>EUTM 010331106/EM S&amp;E&amp;A METAXAOUZO BY METAXAS. METAXA, EUTM 002950855/EM ears 12 STARS LIMITED Nº OF BOTTLES THE GREEK SPIRIT e70cl 40%vol., EUTM 011088796/EM METAXA, ITM 466654/WO METAXA, ITM 994866/WO METAXA 5, ITM 994867/WO METAXA 5, ITM	998435/WO METAXA 5, ITM 1053461/WO METAXA 3 THE ORIGINAL GREEK SPIRIT 1888, ITM 1290572/WO METAXA ANGELS' TREASURE, ITM 1346886/WO METAXA</t>
   </si>
   <si>
     <t>ICD DM/221 603, ICD DM/221 587, ICD DM/206 773</t>
   </si>
   <si>
     <t>ANHUI HUAMI INFORMATION TECHNOLOGY CO., LTD.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000207704 THREE STARS SAFETY MATCHES, EUTM 000721092 THREE STARS, EUTM 018040586 THREE STARS SAFETY MATCHES 
 </t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                        EUTM 5867452 PLAYTEX MY SIZE, EUTM 3210036 PLAYTEX BEAUTY CROSS, EUTM  3123395 PLAYTEX REVEALS YOUR BODY’S BEAUTY, EUTM 3082088 PLAYTEX JUST MY STYLE, EUTM 2965440 PLAYTEX SECRETS MAKE-UP, EUTM 2932176 PLAYTEX SECRETS, EUTM 2604916PLAYTEX MAGIC FEELING, EUTM	568543PLAYTEX, EUTM 15971401 WONDERBRA FULL EFFECT, EUTM 15971443 WONDERBRA ULTIMATE PLUNGE, EUTM 15971468 WONDERBRA ULTIMATE STRAPLESS, EUTM 14984231 WONDERBRA WILD RIVIERA, EUTM 12678959 WONDERBRA MY PRETTY PUSH-UP, EUTM 12645529 WONDERBRA PERFECT MULTIWAY, EUTM 12591053 WONDERBRA NATURAL PUSH-UP, EUTM 12591152 WONDERBRA CRAZY DRESSING ROOM, EUTM11705225 WONDERBRA HYPNOTIC, EUTM 11550464 WONDERBRA SEXY SHAPING, EUTM11211381 WONDERBRA DECODER, EUTM 11014669 WONDERBRA GEL BRA, EUTM 10993715 WONDERBRA VARIABLE CLEAVAGE, EUTM 10742104 WONDERBRA NATURAL LIFT
 EUTM 10402287 WONDERBRA, EUTMB 10369668 WONDERBRA SEXY AS YOU WISH, EUTM 3131042WONDERBRA THE ORIGINAL, EUTM 3016755WONDERBRA, EUTM 2968709 WONDERBRA W-SPIRIT, EUTM 2047876 WONDERBRA PURE, EUTM 1311265WONDERBRA LIFESTYLE, EUTM 1311521 WONDERBRA, EUTM 047554 WONDERBRA BLISS		</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 018925274/EM POOPEYS, EUTM 018660388/EM POOPEYS BABY CARE BABY CARE POOPEYS POOPEYS	</t>
   </si>
   <si>
     <t>Poopeys GmbH</t>
   </si>
   <si>
-    <t xml:space="preserve">vienreizējās lietošanas paklājiņi mazuļu pārģērbšanai,bērnu salvetes
-[...3 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 009625518	ISDIN SUN PROTECTORS, EUTM 018125290 ISDIN LOVE YOUR SKIN, EUTM 001472547 ISDIN, EUTM 013687967 MARCA SIN TEXTO, EUTM 013691852 ISDIN, EUTM 006144687 FotoUltra ISDIN, EUTM 003296316 MARCA SIN TEXTO, EUTM 001075597 FOTOPROTEC TOR ISDIN, EUTM 003288339 ISDIN, CDR 005512779-0002 BOTELLAS CON BOMBAS, CDR 005512779-0001 BOTELLAS CON BOMBAS, CDR 007484514-0001 BOTELLAS, CDR 007484514-0002 TAPONES (PARA BOTELLAS), CDR 007484514- 0003 TAPONES (PARA BOTELLAS), CDR007484514-0004 TAPONES (PARA BOTELLAS)	</t>
   </si>
   <si>
     <t>EUTM 018311582 ONE BLA, EUTM 018311574 ONE GRÖN, EUTM 018311567 ONE, EUTM 018241900 ONE GUL, EUTM 016515603 GR ONE WHITE, EUTM 016517732 GEN ONE WHITE, EUTM 01651775 7GEN ONE PORTION, ,EUTM 013272737 NICK &amp; JOHNNY, EUTM 008978603 RONAN
 EUTM 008773327 KRONAN, EUTM 004545588 KARDUS, EUTM 009187642 KALIBER, EUTM 018318384 JAKOBSSONS, EUTM 008773269 GÖTEBORGS RAPÉ, EUTM 004075552 GÖTEBORGS RAPÉ, CDR 002664938-0004 GÖTEBORGS PRIMA FINTt, EUTM 017745068 GROV	
 EUTM 008773368 GROV, EUTM 008773351 GROVSNUS, EUTM 006257232 GROV, EUTM 006256994 GROV SNUS, EUTM 018841466 SWAVE MADE ON GOTLAND, EUTM 018841381 FACTORY BATCH SWAVE GOTLAND
 EUTM 018738046 Swave Apple XO, EUTM 018562501 SWAVE, EUTM 018213106 SWAVE, EUTM 008773236 RÖDA LACKET, EUTM 004075479 RÖDA LACKET, EUTM 009825803 CRUSHED ICE, EUTM 016214561 R42, EUTM 016214587 R42, EUTM 008885519 ONICO+, EUTM 011206307 ONICO, EUTM 010552933 100% KÄNSLA 0% NIKOTIN ONICO, EUTM 010542587 ONICO, EUTM 004821203 ONICO, EUTM 018449871 ONE RÖD, EUTM 018311592 ONE VIT, EUTM 018311587 ONE SVART, EUTM 018881316 G.3 BITE, EUTM 018881298 G.3 SWAY, EUTM 018894041 G.3, EUTM 018894132 G.3, EUTM 018336833 G.3 POW, EUTM018000839 G.3 Red Heat, EUTM 013208335 GENERATION 3 BY GENERAL G.3 EXTRA STRONG SLIM WHITE PORTION LONG LASTING MINIMAL DRIP &amp; SOFT FIT, EUTM 013207311 G.3, EUTM 013314604 GENERATION 3 BY GENERAL G.3, EUTM 018850559 LJUNGLÖFS ETTAN No1 ORIGINAL ANNO 1822, EUTM 018850592 Nº1 J. F. LJUNGLÖFS STOCKHOLM, EUTM 008966111 LJUNGLÖFS ETTAN ORIGINAL ANNO 1822, EUTM 008963035 LJUNGLÖFS ETTAN, EUTM 008773194 ETTAN, EUTM 007412497 ETTAN, EUTM 007412398 ETTAN, EUTM 003778495 ETTAN, EUTM 003778297 ETTAN, EUTM 013741392 XR, EUTM0 18929144 VOLT COLD FROST, EUTM 018891216 VOLT Cosmic Dust, EUTM 018537316 VOLT, ITM 1578450 VOLT, EUTM 018353680 VOLT PEARLS, EUTM 013701644, EUTM 010535011 TRE ANKARE, EUTM 008773335 TRE ANKARE, EUTM 018465358 THUNDER PEARLS, EUTM 018267921 The Lab, EUTM 011769304 The LaB, EUTM 009096314 THE LAB SERIES, EUTM 018841316S WAVE, EUTM 018841409 SWAVE MINI MADE ON GOTLAND, ITM 1727144 ZYN PEARLS TECHNOLOGY, ITM 1726440 ZYN PEARLS TECHNOLOGY, ITM 1726439 ZYN PEARLS TECHNOLOGY, EUTM 018535818 ZYN PEARLS, EUTM 018241925 ZYN NOW YOU CAN, EUTM 017965871 ZYN, EUTM 017579939 ZYN, EUTM 015278575 ZYNNT, EUTM 015285984 ZYNNT, EUTM 015272487 ZYN, EUTM 018842259 XR, EUTM 018842364 XR, EUTM 018317919 XR, ITM1162064 General THE ORIGINAL SWEDISH SNUS SINCE 1866, ITM 1157531 General, EUTM 013207411 GENERATION 3 BY GENERAL, EUTM 008773178 GENERAL, EUTM 003778487 General G General, EUTM 000841999 GENERAL, EUTM 018465354 G.4 PEARLS, ITM 1541979 G.4 NORTHERN WOODS, ITM 1541839 G.4 DARK FROST, ITM 1541934 G.4 DARK FROST, EUTM 017968469 G.4 BLUSH SLIM ALL WHITE, EUTM 017846684CRYO G.4 ALL WHITE, EUTM 018881374 G.3 RIZE, EUTM 018881243 G.3 HAIL, EUTM 018881340G .3 WINK</t>
   </si>
   <si>
     <t>WIRTGEN GROUP, Zweigniederlassung der John Deere GmbH &amp; Co. KG</t>
   </si>
   <si>
-    <t>ķīmisko un neķīmisko vielu filtrēšanas līdzekļi, rūpnieciskās eļļas un smērvielas; motoreļļa, transmisijas eļļa; smērvielas; putekļu noņemšanas līdzekļi,dzelzs izstrādājumi un nelieli metāla izstrādājumi; metāla izstrādājumi, jo īpaši celtniecības materiāli,būvelementi, cisternas, tvertnes, konteineri, transportēšanas preces, uzglabāšanas preces, iepakojums, mehāniskās iekārtas celtniecībai, zemes rakšanai, drupināšanai, jaukšanai, apstrādei, ieguvei un lauksaimniecība, sūkņi, kompresori, ģeneratori un ventilatori, roboti, pārvietošana un apstrāde aprīkojums, bagāžas, somas, kabatas portfeļi un citi nesēji, mugursomas, apģērbs, apavi, galvassegas, spēles, rotaļlietas, sporta preces un aprīkojums, smēķētāju preces,  šķiltavas,pelnu trauki,  sērkociņi u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 018343907/EM FESTO</t>
   </si>
   <si>
     <t>CDR 002997718-0013, CDR 001654567-0001 EUTM 018651853 HT2, EUTM 017992542 HT22, EUTM 017992177 HT11, EUTM 017993594 HT3, EUTM 004777901, EUTM 012264289, CDR 002997718-0018, CDR 002997718-0017, CDR 002997718-0016, CDR 002997718-0015, CDR 002997718-0014, CDR 005935509-0009</t>
   </si>
   <si>
     <t xml:space="preserve">ICD 002278218-0002 Aura Product with Nozzle Design-Line Version, EUTM, 002860518 GHD, EUTM 005795232 GHD, CDR 002706010- 0002, ICD 002555482- 0002GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN – OPEN, ICD 002555482-0004 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN – OPEN LINE IMAGES, ICD 002555482-0003 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN – CLOSED LINE IMAGES, ICD 002555482- 0001 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN – CLOSED RENDERED IMAGES, ICD 002706010-0004 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN 2015 – OPEN LINE IMAGES,ICD 002706010-0003 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN, ICD 002706010-0001 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN 2015 – CLOSED RENDERED IMAGES, ICD006243168- 0006GHD HELIOS HAIRDRYER WITHOUT NOZZLE (RENDERED), ICD 006243168-0005 GHD HELIOS HAIRDRYER WITHOUT NOZZLE (LINE DRAWING), ICD 006243168-0004 PRODUCT WITH NOZZLE (RENDERED), ICD006243168- 0003PRODUCT WITH NOZZLE (DRAWING), ICD006243168-0002GRILL (LINE DRAWING), ICD006243168- 0001GRILL (RENDERED), ICD 6576377-0004GISELLE DESIGN (CORDLESS STYLER), ICD6576377-0003GISELLE DESIGN (CORDLESS STYLER), ICD 6576377-0002GISELLE DESIGN (CORDLESS STYLER), ICD 6576377- 0001GISELLE DESIGN (CORDLESS STYLER), EUTM 011423712 UNPLUGGED, EUTM 1455057 GHD RISE, EUTM 013088554 GHD PLATINUM, EUTM 13811948 GHD ORACLE, EUTM 1445396 GHD HELIOS, EUTM 1486151 GHD GOOD HAIR DAY, EUTM 1089537 GHD GOLD, EUTM 18019343 GHD GLIDE, EUTM 015139579 GHD FLIGHT, EUTM 011950921 GHD CURVE, EUTM 012266482 GHD CONTOUR, EUTM 1516343 GHD CHRONOS, ICD 001394993-0001 26mm Tong, ICD 001395024- 0001 32mm Tong, ICD 001395016- 0001 OVAL WAND, ICD 001395230-0001 TAPERED WAND, ICD 002278218-0001 Aura Product without Nozzle Design - Line Version	
 </t>
   </si>
   <si>
     <t>Bugatti International S.A.</t>
   </si>
   <si>
     <t>spēles, rotaļlietas, vingrošanas un sporta preces, modeļu automašīnas u.c.</t>
   </si>
   <si>
     <t>CDR 009074420-0001, CDR 008203541-0001, CDR 008193809, CDR 007777800-0001, CDR 007658422-0001, CDR 006786554-0001, CDR 006636627-0001, CDR 006637088-0003, CDR 006637088-0002, CDR 006276655-0001, ICD DM/200 849, ICD DM/086 770, ICD DM/085 833
 CDR 000035472-0001, ITM 1400190 DIVO, EUTM 001535905 VEYRON, EUTM 000853028 EB, EUTM 000853077 EB BUGATTI, EUTM 000852954 EB, EUTM 001425800 CHIRON, EUTM 001394154 BUGATTI</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM002411882/EM/Vegeta, EUTM 004152666/EM/VEGETA, EUTM 003844818/EM 
  </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 009511891/EM Red Bull Ring Spielberg, EUTM 000698720/EM Red Bull, EUTM 018909998/EM, EUTM 018910000/EM Red Bull ENERGY DRINK, ITM 857309/WO, EUTM 014326516/EM, ITM 1289552/WO FITS BODY AND MIND, EUTM 015111156/EM	
 EUTM 015231517/EM TERRA MATER, ITM 1321246/WO THE RED BULLETINEUTM 014326491, EUTM 000052746, EUTM 010811826, EUTM 003275741, EUTM 013427571, EUTM 015288186 BULL, EUTM 012484441, EUTM 015111156, EUTM 005102504 BULL SHOP, EUTM 012093589, EUTM 1349656 ALPHA TAURI, EUTM 015365869 ALPHA TAURI, EUTM 017363037, EUTM 1012380 GIVES YOU WINGS, EUTM 017077281, EUTM 017077462, EUTM 017077471, EUTM 017077496, EUTM 017363094 Red Bull, EUTM 009674409 Red Bull Ring Spielberg, EUTM 014326516, EUTM 1321246 THE RED BULLETIN, EUTM 016138802 Servus in Stadt und Land, EUTM 006771323  Red Bull, EUTM 009417668, EUTM 009580226, EUTM 010780261, EUTM 010780229, EUTM 011366911Red, EUTM 003629342, EUTM 000052787 Red Bull, EUTM 000052803 RED BULL, EUTM 000698506 Red Bull, EUTM 000782383 Bull, EUTM 001143122 Red Bull ENERGY DRINK, EUTM 001252121  VITALIZES BODY AND MIND, EUTM 001564301, EUTM 002534774, EUTM 003305687, EUTM 008874166 RED, EUTM 010808558 RED, EUTM 005225611 Red Bull, CDR 001825571-0002, ITM 969260, ITM 857309, CDR 001825571-0003, CDR 001825571-0004, CDR 001825571-0001, CDR 001825571-0005, CDR 001825571-0006 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 003489549 PERNOD, EUTM 004660486 PERNOD, EUTM 010137669 PERNOD ABSINTHE, EUTM 005317227 PERNOD FRENCH CLUB </t>
   </si>
   <si>
     <t>EUTM 013022389 VICTOR REINZ</t>
   </si>
   <si>
     <t>Dana Limited</t>
   </si>
   <si>
-    <t>hermētiķi,  hermētiķu noņēmēji, blīves un hermētiķu komplekti</t>
-[...1 lines deleted...]
-  <si>
     <t>ABERCROMBIE &amp; FITCH EUROPE SAGL</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 016943516 af, EUTM 008727349, EUTM 007406598 ABERCROMBIE ITM 1129765 ABERCROMBIE, ITM 1213857 PURE CALI, ITM 1245374 ABERCROMBIE &amp; FITCH, ITM 1245373 A&amp;F, ITM 1060685 JAKE, ITM 877626 EZRA FITCH, ITM 1063076 RUEHL NO.925, ITM 1093665 ANF, ITM 1290999 A&amp;F Co, EUTM 014464341 A&amp;F NYC, EUTM 012484176 PURE CALI, EUTM 011763745 HOLLISTER, EUTM 008975674 GH, EUTM 000325258 ABER CROMBIE &amp; FITCH, EUTM 005765921  41, EUTM 009874447 S. CAL., ITM 1050764 HOLLISTER, ITM 1062045 ABER CROMBIE  &amp; FITCH, ITM 877697 HCO, ITM 877627 HOLLISTER CO., ITM 878553 A &amp; F, EUTM 004731139, EUTM 005921168 HOLLISTER, EUTM 011763711ABERCROMBIE &amp; FITCH, EUTM 005200373,  EUTM 004729356, EUTM 006261945 HOLLISTER Co., EUTM 008289779 HOLLISTER CALIFORNIA, ITM 903149 GILLY HICKS, ITM 1127068, ITM 889226 RUEHL NO.925, ITM 1030026 A&amp;FITCH, ITM 1115982, ITM 1180694 GH, EUTM 004428033 EZRA FITCH, EUTM 011626728 HCO, EUTM 008289878 PACIFIC MERCHANTS, EUTM 008796302 GH GILLY HICKS, EUTM 006145742 gilly hicks, EUTM 008289886, EUTM 005200407, EUTM 00626186 Abercrombie &amp; Fitch, EUTM 006437495, ITM	1362790 A + F, ITM 1279102 A&amp;F NYC, ITM 1093901 abercrombie, ITM 1060515 PACIFIC MERCHANTS	</t>
   </si>
   <si>
     <t>EUTM 002955003/EM LIPITOR</t>
   </si>
   <si>
     <t>UPJOHN MANUFACTURING IRELAND UNLIMITED COMPANY</t>
   </si>
   <si>
     <t>farmaceitiskie izstrādājumi</t>
   </si>
   <si>
     <t>I.M PRODUCTION</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 008008239-0001/EM, CDR 001221584-0023/EM,CDR 001317457-0003/ EM, CDR 008797237-0001/EM, EUTM 001035534/EM ISABEL MARANT, EUTM 014755441/EM ISABEL MARANT, ITM 1549537/WO  ISABEL MARANT, EUTM 009970682/EM ISABEL MARANT ETOILE, EUTM 017985491/EM, CDR 001432603-0052/EM	</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 011579232 MAJE, ITM 1370546 maje, EUTM 018332231 (Marque sans texte), CDR 015010699-0001, ICD	D235738-0001/WO	</t>
   </si>
   <si>
     <t>MAJE</t>
   </si>
   <si>
     <t>apģērbi, somas, apavi, galvassegas, aksesuāri</t>
   </si>
   <si>
     <t>EUTM 003976578/EM DE FURSAC, EUTM 009861683/EM DE FURSAC</t>
   </si>
   <si>
     <t xml:space="preserve"> FURSAC</t>
   </si>
   <si>
     <t>kosmētikas izstrādājumi, smaržas, apģērbi, apavi, somas, cepures, juvelierizstrādājumi u.c.</t>
   </si>
   <si>
     <t>EUTM 004320371EM H&amp;M, EUTM 002662799/EM H&amp;M, ITM 1102244/WO H&amp;M, EUTM 018505579/EM COS, EUTM 018585581/EM COS, EUTM 018835850/EM &amp; OTHER STORIES, EUTM 017999303/EM &amp; OTHER STORIES</t>
   </si>
   <si>
     <t>EUTM 018543420 A NEW PERSPECTIVE ON PERFORMANCE APPAREL, EUTM 018390258 Trade mark without text, EUTM 018524427 VUORI, EUTM 018394907 INVESTMENT IN HAPPINESS, EUTM 018435475 DURA TERRA, EUTM 018390252 VERSATILITY IS A VIRTUE, EUTM 018390255 INVESTMENT IN HAPPINESS, EUTM 018512643 BUILT TO MOVE IN. STYLED FOR LIFE, EUTM 018542907 VDREAMKNIT, EUTM 018522677 Trade mark without text, EUTM 018435474 VERSA LIFE, EUTM 018524405 BUILT TO MOVE IN. STYLED FOR LIFE, EUTM 018390257 FROM LAND TO SEA TO LIFE, EUTM 018373659 V-CYCLED, EUTM 018617986 V1 UPLIFT, EUTM 018702652 vuori, EUTM 018732060 vuori, EUTM 018522688 INVESTMENT IN HAPPINESS</t>
   </si>
   <si>
     <t>EUTM 018194924 KANDHARI, EUTM 018261151 Kautabak Kandahari</t>
   </si>
   <si>
     <t>WAFADAR</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">košļājamā tabaka,  tabaka, tabakas filtri u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000345835/EM GUND, EUTM 018059189/EM Play!	
 EUTM 018097334/EM FLAPPY THE ELEPHANT, EUTM 018813756/EM FLORA THE BUNNY, CDR 004068435-0005/ EM, CDR 004068435-0006/EM, CDR 004068435-0002/EM, CDR 004068435-0003/EM, CDR 004068435-0004/ EM, CDR 004068435- 0001/EM
 </t>
   </si>
   <si>
     <t>EUTM 018125530 balma</t>
   </si>
   <si>
     <t>FABRYKA MEBLI "BALMA" S.A.</t>
   </si>
   <si>
     <t>ITM 967348/WO BIC, EUTM 000415067/EM BIC, EUTM 000414904/EM BIC, EUTM 018694178/EM BIC, EUTM 018773937/EM BIC</t>
   </si>
   <si>
     <t>SOCIETE BIC</t>
   </si>
   <si>
     <t>skuvekļi, elektroniskās šķiltavas u.c.</t>
   </si>
   <si>
     <t>CDR 002906230-0003/EM, CDR 002906230-0001/EM, CDR 002906347- 0001/ EM, CDR 001168538-0001/EM, CDR 002496869-0001/EM, CDR 007705884- 0001/EM, CDR 002468876-0002/EM, CDR 001169544- 0003/EM, CDR 008607964-0001/EM, CDR 004741791-0001/EM, CDR 008313787-0001/EM, CDR 008732002-0001/EM, CDR 000897624- 0001/EM, DR 001076343-0001/EM, CDR 005638707-0001/EM, CDR 005638707-0002/EM, CDR 004558500-0001/ EM, EUTM 010956787/ EM AIMPOINT, EUTM 017944139/EM T2, EUTM 015211311/EM T1, EUTM 018374230/EM DUTY RDS, EUTM011522761/EM AIMPOINT, EUTM 018006809/EM AIMPOINT, EUTM000723346/EM Aimpoint, EUTM 017969193/EM ACRO, ITM 1657799/WO COMP, ITM 1504049/WO MICRO, CDR 002906230-0002/EM,CDR 002946442-0001 /EM, CDR 002946442-0002/EM, CDR 007012125-0001/EM, CDR 002946442-0003/ EM, CDR 008607972-0001/EM, CDR 015004916- 0001/EM, CDR 000909528- 0001/EM	, CDR 000909528-0002/EM, CDR 000909551-0001/EM, CDR 008303994-0001/EM, CDR 002468876-0001/EM, CDR 001169544-0002/EM</t>
   </si>
   <si>
@@ -9134,57 +8861,51 @@
     <t>McLLOYD´S s.r.o.</t>
   </si>
   <si>
     <t>uzkodas no grauzdētas kukurūzas ar siera garšu</t>
   </si>
   <si>
     <t>NEW BALANCE ATHLETICS, INC</t>
   </si>
   <si>
     <t>SIGMA DI AMBROGIANI SERGIO &amp; C. S.A.S.</t>
   </si>
   <si>
     <t>EUTM 018270016/EM Ames Stay true</t>
   </si>
   <si>
     <t>A.M.E.S. S.R.L.</t>
   </si>
   <si>
     <t>EUTM 018965942/EM STELLEST, ITM 1524065/WO STELLEST
 ITM 1616245/WO STELLEST</t>
   </si>
   <si>
     <t>LUXOTTICA GROUP S.P.A.</t>
   </si>
   <si>
-    <t>briļļu lēcas, saulesbriļļu lēcas, optiskās brilles, oftalmoloģiskā stikla lēcas, optiskās lēcas,oftalmoloģiskās lēcas</t>
-[...1 lines deleted...]
-  <si>
     <t>ITM 1231641/WO ESSILOR	, ITM 1575044/WO essilor</t>
-  </si>
-[...1 lines deleted...]
-    <t>briļļu lēcas, saulesbriļļu lēcas, optiskās brilles, oftalmoloģiskā stikla lēcas, optiskās lēcas,oftalmoloģiskās lēcas, kino lēcas</t>
   </si>
   <si>
     <t>EUTM 000960542/EM CRIZAL</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 004514113/ CALLIOPE, EUTM 001264159/TERRANOVA 
 </t>
   </si>
   <si>
     <t>TEDDY S.P.A.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 012012282LUMADA, EUTM 015713753 FLAMEMO  
 CDR 002285577-0001, CDR 002613505-0001, CDR 002736314-0001, CDR 003300821-0001, EUTM 011891702 Religi, CDR 008782676-0001	  </t>
   </si>
   <si>
     <t>Lumada trgovina in proizvodnja d.o.o.</t>
   </si>
   <si>
     <t>kapakmeņi, kapu sveces</t>
   </si>
   <si>
     <t>THE POLO LAUREN COMPANY</t>
   </si>
   <si>
@@ -9217,53 +8938,50 @@
   <si>
     <t xml:space="preserve">ITM 1129485/WO LED, ITM 1236894/WO LED, ITM 1290109/WO Arena Vision, ITM 1289434/WO CITYTOUCH, ITM 1137042/WO hue PERSONAL WIRELESS LIGHTING, CDR 001072326-0001/EM, CDR 001692187-0001/EM, CDR 000812359-0004/EM, CDR 002004358- 0002/EM, EUTM 005595467/EM COLOR KINETICS, EUTM 004825253/EM  LIGHTOLIER, ITM 963718/WO MODULAR LIGHTING INSTRUMENTS, ITM 910907/WO  FORTIMO, EUTM 000957274/EM VARI-LITE, EUTM 000140988/EM VARI-LITE 
 EUTM 003469954/EM MAZDA, EUTM 002503183/EM OCCUSWITCH 
 CDR 002643585-0001/EM, CDR 002760520-0005/EM,CDR 003002195- 0001/ EM, ITM 1389032/WO  SIGNIFY, ITM 1418077/WO signify, ITM 1389801/ WO SIGNIFY, ITM 1366398/WO  EyeComfort, ITM 1395447/WO/PILA, EUTM 014333521/EM/WIZ, CDR 004377950-0002/EM </t>
   </si>
   <si>
     <t xml:space="preserve">CDR 002990796-0001 Muñecos, CDR 002990796-0002 Muñecos, CDR 002990796-0003 Muñecos, CDR 002990796-0004 Muñecos,CDR 002990796- 0005 Muñecos, CDR 002998179-0001 Juguetes, CDR 003081561-0001Juguetes CDR  005844297-0001/EM Muñecos (parte de-), CDR  005844297-0004/EM, Muñecos (parte de-), CDR  005844297-0015/ EM Muñecos (parte de-), CDR  005844297-0012/EM Muñecos (parte de-), CDR  005844297-0006/EM, CDR  005844297- 0002/EM, CDR  005844297-0019/EM, CDR  005844297-0022/EM, CDR  005844297-0010/EM, CDR  005844297-0023/EM, CDR  005844297- 0024/ EM Muñecos (parte de-), CDR  005844297-0003/EM, CDR  005844297-0020/ EM, CDR  005844297- 0009/EM, CDR  005844297- 0005/EM, CDR  005844297- 0018/EM, EUTM  014435655/ EM  IMC TOYS CRY BABIES, CDR  002990796- 0001/EM, CDR  002990796- 0004/EM, CDR  002990796-0002/EM, CDR  002990796-0003/EM, CDR  002990796-0005/EM, EUTM  017721796/ EM CRY BABIES MAGIC TEARS, CDR  005844297- 0016/EM, CDR  005844297-0021/ EM , CDR  005844297-0014/EM, CDR  005844297-0017/EM, CDR  005844297- 0011/EM, CDR  005844297-0013/EM, CDR  005844297-0007/EM, EUTM 00941465  FUFRIS, EUTM 011498987 BLUBLU THE BABY DOLPHIN, EUTM 011573953 LUCY IMC TOYS, EUTM 013360342 BluBlu friends, EUTM 013667159 KOKUM, EUTM 014412969 IMC TOYS BIM &amp; BAM, EUTM 014429799	 CLUB PETZ MARTINA THE LITTLE TURTLE, EUTM 014435655 IMC TOYS CRY BABIES, EUTM 014649776 IMC TOYS BAMBO, EUTM014823033 CLUB PETZ POPOMAX, EUTM 014959407 CLUB PETZ YOYO PANDA, EUTM 017721796 CRY BABIES MAGIC TEARS, EUTM 017883648 BEBÉS LLORONES LÁGRIMAS MÁGICAS, EUTM 018706489 BFF BY BEBÉS LLORONES  </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 005202072/EM icon SUNGLASS, EUTM 005111191/EM Oakley
 EUTM 005337506/EM O, EUTM 004973715/EM OAKLEY HIGH DEFINITION OPTICS, EUTM 002583730/EM, EUTM 005701842/EM RADAR, EUTM 002589141/EM SWITCH, EUTM 006855076/EM N3L OPTICS, EUTM 000594929/EM ROMEO, EUTM 000562637/EM RACING JACKET, EUTM 000538272/EM X, EUTM 002872521/EM FACTORY PILOT, EUTM 004589263/EM e, EUTM 002844546/EM, EUTM 002811396/EM WIRETAP, EUTM 006854954/EM N3L, EUTM 002413748/EM XX, EUTM 002357176/EM SCAR, EUTM 000704395 /EM XYZ OPTICS, EUTM 014266101/EM HDO OAKLEY HIGH DEFINITION OPTICS, EUTM 004071767/EM OAKLEY GIRL, EUTM 004087334/EM DARTBOARD, EUTM 002850477/EM SPLICE, EUTM 006855225/EM N3L OPTICS, CDR 002687335-0001/EM, CDR 000198205-0011/EM,CDR001680679-0004/ EM,CDR002481861-0002/ EM, CDR000198205-0010/EM, CDR0026258 30-0001/EM, CDR 002427294-0002/EM, CDR002282764-0002/EM, EUTM 016223901/EM OAKLEY, ITM1348723/WO OAKLEY CAPITAL, CDR 002432328- 0001/EM, CDR 002291666-0001/EM, CDR002427294-0003/EM	
 CDR000198205-0007/EM,CDR002389502-0002/EM,CDR000198205- 0006/EM, CDR002481861-0001/EM,CDR 000198205-0004/EM,CDR 002427294- 0005/EM, CDR002427294-0010/EM, CDR001680679- 0005/EM, CDR002085944 -0001/ EM, CDR002389502-0004/EM, EUTM003309011/EM O ,EUTM 009539487 /EM OAKLEY DUAL-PERIPHERAL TECHNOLOGY,EUTM001717297/ EM NAIL, EUTM 002792562/EM HALF JACKET, EUTM002074599/EM O STORE, EUTM 004719647/EM HDO, EUTM012521671/EM CROSSLINK
 EUTM000980326/EM O OAKLEY, EUTM009539412/EM O OAKLEY TRUE DIGITAL, EUTM003398179/EM OAKLEY, EUTM003321288/ EM OAKLEY VAULT, EUTM 009539461/EM OAKLEY TRUE DIGITAL, EUTM 000980284/EM O, EUTM005678396/EM FLAK JACKET, CDR002282764- 0004/EM, CDR002427294-0006/EM, CDR 000198205-0005/EM, CDR 002427294-0008/EM, CDR002166512- 0001/EM, CDR002282764-0003/EM,CDR002389502-0005/EM,CDR 002291666-0002/EM,CDR000198205- 0009/EM,CDR002311928-0001/ EM,CDR001680679-0006/EM,CDR002515551- 0001/EM, 
 CDR000198205- 0002/EM,CDR000678941-0005/EM,CDR 000678941- 0003/ EM, CDR003762244-0001/EM,CDR003762640-0001/EM, CDR003762251-0001/EM, CDR002020834-0001/EMCDR002051078- 0002/EM,CDR002051078-0001/EM, CDR001680679-0003/EM,CDR 000198205-0012/EM,CDR002389502-0006/EM, CDR 002389502- 0001/EM,CDR002472944-0001/EM,CDR002687350-0001/EM
 CDR002698951-0001/EM,CDR002856005-0001/EM,CDR002593509-0001/EM, CDR002772830-0001/EM,CDR002699009-0001/EM, CDR 000388830-0004/EM, ,CDR002698985-0001/EM, CDR 003350057-0001/EM,CDR001929712-0003/EM,CDR000580592-0004/EM, CDR000580592-0006/EM,CDR000580592- 0002/EM,CDR 000580592-0003/EM, CDR000580592-0001/EM,CDR003350065- 0001/EM,CDR003425396-0001/EM
 CDR003424928-0001/EM,CDR003425420-0001/EM,CDR000388830-0007/EM, CDR002825422-0001/EM,CDR002698936-0001/ EM,CDR002929141-0001/EM, 
 CDR002929596-0001/EM,CDR002929281-0001/EM,CDR002929240-0002/EM, CDR002929505-0001/EM,CDR002929240-0001/EM,CDR002999011-0001/EM, CDR001929712-0002/EM,CDR001929712- 0001/EM,CDR003350024-0001/EM, 
 CDR000678941-0002/EM,CDR002687285-0001/EM,CDR002699017-0001/EM
 CDR 000388830-0003/EM	</t>
   </si>
   <si>
     <t>PSV N.V.</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 005813094-0002/EM, CDR 005813094-0007/EM, CDR 008375224-0002/EM, CDR 005813094-0010/EM, CDR 005813094- 0020/EM ITM 1313292/WO SMART GAMES, EUTM 006515639/EM smart games,  CDR 005813094- 0002/EM, CDR 005813094-0011/EM, CDR 005813094- 0013/EM, CDR 007466339-0002/EM, CDR 005813094-0007/EM, CDR 008375224- 0002/EM, CDR 005643475-0001/EM, CDR 005813094- 0001/EM	</t>
-  </si>
-[...1 lines deleted...]
-    <t>ITM 1157442 TOM COCO</t>
   </si>
   <si>
     <t>DAUM</t>
   </si>
   <si>
     <t>dekoratīvs stikls,stikla figūriņas, mākslinieciski priekšmeti no kristālstikla, svina kristāla figūriņas u.c.</t>
   </si>
   <si>
     <t>EUTM 018445366/EM Daum France, EUTM 018893230/EM Daum Intérieur, EUTM 019053863/EM DAUM</t>
   </si>
   <si>
     <t>AUTOMOBILES PEUGEOT</t>
   </si>
   <si>
     <t>EUTM 018088638/EMC COSTA, EUTM 001964485/EM COSTA DEL MAR, ITM 1213815/WO COSTA, EUTM 010832418/EMC COSTA</t>
   </si>
   <si>
     <t>EUTM 018732418/EM CHARLOTTE'S LAW OF ATTRACTION, EUTM 018710326/EM TILBURY LOVING CARE, EUTM 011193414/EM CT, EUTM 004003034/EM CHARLOTTE TILBURY, EUTM 017968199/EM HOUSE OF TILBURY H.O.T., EUTM 018101907/EM CHARLOTTE'S BEAUTY SECRETS, EUTM 017968198/EM HOUSE OF TILBURY, EUTM 018143846/EM CHARLOTTE DARLING, EUTM 016658684/EM, HARLOTTE TILBURY, EUTM 014780597/EM CHARLOTTE TILBURY, EUTM 017894 111/EM CHARLOTTE’S MAGIC MIRROR, ,EUTM 018101898/EM, HARLOTTE'S MIRACLE SERUM, EUTM 018383354/EM CHARLOTTE TILBURY, EUTM 18397246/EM CHARLOTTE’S BEST SKIN OUNDATION, EUTM 017760281/EM CHARLOTTE'S GENIUS MAGIC POWDER, EUTM 017504283/EM CT, EUTM 018101908/EM CHARLOTTE'S MIRACLE LIP OIL, EUTM 018741908/EM CT</t>
   </si>
   <si>
     <t>CDR 000017454-0001</t>
   </si>
   <si>
     <t>VIATRIS SPECIALTY LLC - 3D TABLET DESIGN</t>
   </si>
@@ -9344,94 +9062,88 @@
 EUTM 005571021/EMNXP, EUTM 005649281/EMNXP,EUTM 005710082/ EMNXP (fig.), EUTM 003810793/EMFREESCALE</t>
   </si>
   <si>
     <t>NXP SEMICONDUCTORS NETHERLANDS B.V.</t>
   </si>
   <si>
     <t>pusvadītāji, sensori</t>
   </si>
   <si>
     <t>PARAGON PET PRODUCTS EUROPE B.V.</t>
   </si>
   <si>
     <t xml:space="preserve">kārumi suņiem </t>
   </si>
   <si>
     <t>EUTM 008327033/EMNEW ERA, ITM 1089473/WO 9FIFTY, EUTM 001675446/EMNE, EUTM 001675412/EM NEW ERA, EUTM 008322802/ EM NEW ERA 59FIFTY, EUTM 001675511/EM NEW ERA</t>
   </si>
   <si>
     <t>EUTM 018702777/EM MASHA AND THE BEAR, EUTM 018703313/EM ANIMACCORD, EUTM 015549959/EM MASHA AND THE BEAR, EUTM 011787348/EM Masha and The Bear, EUTM018113664/EM MASHA'S SONGS
 EUTM 012901633/EM Mascha und der Bär, EUTM015728009/EM Mascha und der Bär, EUTM 015728066/EM MASHA ET MICHKA, EUTM017993316/EM MASHA ET MICHKA, EUTM 013208038/EM Mascha und der Bär, ITM 1167882A/WOMASHA AND THE BEAR, EUTM 018112917/EM, TADABOOM!, EUTM015727985/EM Anmrd</t>
   </si>
   <si>
     <t>ANIMACCORD LTD</t>
   </si>
   <si>
-    <t>apģērbs, rotaļlietas, kancelejas preces, svārsta pulksteņi, vannas halāti, bērnu lietussargi,  ballīšu baloni, papīra ballīšu dekorācijas, ballīšu ielūgumi, svētku rakstāmpiederumi, papīra ballīšu piederumi, vannas rotaļlietas, ērnu albumi, bērnu pārtika (zīdaiņiem), bērnu dvieļi, plastmasas ballīšu cepures u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 000233890 VIAGRA, EUTM 019031923/EM VIAGRA	
 EUTM 018961491/EM VIAGRA, EUTM 012547402/EM VIAGRA	
 EUTM 018625079/EM VIAGRA, EUTM 005933908/EM VIAGRA</t>
   </si>
   <si>
     <t>VIATRIS SPECIALTY LLC - VIAGRA</t>
   </si>
   <si>
     <t>EUTM 000998245 VGR50</t>
   </si>
   <si>
     <t>EUTM 000998252 VGR100</t>
   </si>
   <si>
     <t>VIATRIS SPECIALTY LLC - VGR100</t>
   </si>
   <si>
     <t>VIATRIS SPECIALTY LLC - (VGR50)</t>
   </si>
   <si>
     <t>EUTM 000998237 VGR25</t>
   </si>
   <si>
     <t>EUTM 000998229 VGR</t>
   </si>
   <si>
     <t>VIATRIS SPECIALTY LLC - VGR25</t>
   </si>
   <si>
     <t>VIATRIS SPECIALTY LLC - VGR</t>
   </si>
   <si>
     <t>EUTM 000035121/EM STRATOCASTER, EUTM 000035105/EM  TELECASTER, EUTM 000035097/EM TELE, EUTM 004193496/EM F	
 EUTM 000035113/EM STRAT, EUTM 001578624/EM JAZZMASTER	
 ITM 1102170/WO JAGUAR EUTM  000042036   FENDER, EUTM  000042051 FENDER, EUTM  003318441  (Trade mark without text), EUTM  003318474  (Trade mark without text)</t>
   </si>
   <si>
     <t>FENDER MUSICAL INSTRUMENTS CORPORATION</t>
-  </si>
-[...1 lines deleted...]
-    <t>skaņas pastiprinātāji,  elektriskās kontroles aprīkojums, skaņu atjaunošana aparatūras instrumentiem, apgaismošanas sistēmas, ģitāras,  ģitāru stīgas, mūzikas instrumenti</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 017975908/EM V50</t>
   </si>
   <si>
     <t>VIATRIS SPECIALTY LLC - V50</t>
   </si>
   <si>
     <t>EUTM 003409786 BRUFEN</t>
   </si>
   <si>
     <t>Viatris Healthcare GmbH - BRUFEN</t>
   </si>
   <si>
     <t>farmaceitiski izstrādājumi</t>
   </si>
   <si>
     <t>CDR 000337019-0002/EM, EUTM 001487404/EM SMIRNOFF Ste Pierre Smirnoff Fils VODKA Nº21, EUTM 001487693/EM SMIRNOFF Ste Pierre Smirnoff Fils VODKA N°21, EUTM 001540855/EM ICE, EUTM 002824100/ EM, EUTM 003487857/EM, EUTM 003487915/EM, EUTM 003728581/EM SMIRNOFF ICE, EUTM 003947827/EM SMIRNOFF ICE, EUTM 004000171/ EM SMIRNOFF ICE, EUTM 001249051/EM SMIRNOFF, EUTM012931788/ EM SMIRNOFF, EUTM 003065621/EM SMIRNOFF, EUTM 003078672/EM SMIRNOFF, EUTM 003453735/EM SMIRNOFF, EUTM 003078144/EM Smirnoff, EUTM 010309243/EM SMIRNOFF, EUTM 001766609/EM SMIRNOFF, EUTM 002107878/EM SMIRNOFF, EUTM 009928607/EM SMIRNOFF, EUTM 007174824/EM SMIRNOFF, EUTM 006791768/EM SMIRNOFF, EUTM 009036534/EM SMIRNOFF, EUTM 010093862/EM SMIRNOFF, EUTM 003588571/EM NORTH, EUTM 012946406/EM	
 EUTM 003487899/EM, EUTM 018728936/EM, EUTM 002872810/EM
 EUTM 001487511/EM, EUTM 001487487/EM, EUTM 005180724/EM	
 EUTM 006976914/EM, EUTM 001592153/EM, EUTM 013734298/EM	
 EUTM 012948618/EM VSV VS TS MCMXXXV, EUTM 013119813/EM STE SP FLS, EUTM 017881953/EM STE PIERRE SMIRNOFF FLS, EUTM 003501161/EM SMIRNOFF NORTH, EUTM001540913/EM SMIRNOFF ICE
 EUTM 004093423/EM SMIRNOFF BLACK ICE, EUTM 014337273/EM SMIRNOFF -I°CE ICE, EUTM 014337208/EM SMIRNOFF -I°CE, EUTM 013816715/EM SMIRNOFF - ICE, EUTM 004002812/EM SMIRNOFF
 EUTM 004000246/EM SMIRNOFF, EUTM 004000204/EM SMIRNOFF
 EUTM 004000212/EM SMIRNOFF, EUTM 003947819/EM SMIRNOFF, EUTM  012945838/EM SMIRNOFF, CDR 000022405-0007/EM, CDR 000022405-0008/EM, CDR 000022405-0009/EM, CDR 000337019-0003/EM	1</t>
@@ -9448,88 +9160,82 @@
   <si>
     <t xml:space="preserve">EUTM 009856105 nawm, EUTM 009855982 Arsenal, EUTM 000643098 Arsenal, EUTM 002866200 Arsenal, EUTM 004835229 nawm, EUTM 009995374 Spurs, EUTM 009995572 THFC, EUTM 004563276 nawm, EUTM 001903376 THFC Audere est facere, EUTM 014440085 The People's Club, EUTM 011681723 To dare is to do, EUTM 005711163 AVFC Prepard, EUTM 005566807 Prepared, EUTM 00979153 Premier League, EUTM 012039251 Fantasy Premier League, EUTM 011701811 nawm, EUTM 010295723 Arsenal, EUTM 000643205 Arsenal Victoria Concordia Crescit, EUTM 000643080 Gunners, EUTM 011771672 Arsenal, EUTM 007257512 Man City, ITM  
 012140505 MCFC, EUTM 013056791 W.H.U.F.C., EUTM 011121878 The Saints, EUTM 011121671 Southampton Football Club, EUTM 011682515 Audere-est-facere, EUTM 011681459 Tottenham Hotspur, EUTM01203933 Ultimate Fantasy Premier League,EUTM 012084281 Premier League, EUTM 003345386 Chelsea Football Club, EUTM 001746197 CFC, EUTM 012140687, Manchester City Football Club, EUTM 005081311 Aston Villa Prepared, EUTM 007518053 nawm, EUTM 009353293 Nawm, EUTM 011121911 Together we stand, EUTM 001899525 Spurs, EUTM 004867561 Tottenham Hotspur, EUTM 011121761 Southampton, EUTM 006462601 Chelsea, EUTM 008816969 L.F.C., EUTM 007024565 Liverpool FC, EUTM 011681681 THFC, EUTM 011121605 Southampton FC, EUTM 012140547 Spurs, EUTM 007157282 nawm, EUTM 011682507 Audere-est-facere, EUTM 015086333 Premier League	
 EUTM 002731974 FFC, EUTM 011681806 Tottenham Hotspur	</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                           EUTM 009585977 APTX, EUTM 009586033 APTX, EUTM 014827406 Trade mark without text</t>
   </si>
   <si>
     <t>QUALCOMM TECHNOLOGIES INTERNATIONAL, LTD</t>
   </si>
   <si>
     <t>E AND J GALLO - CARNIVOR</t>
   </si>
   <si>
     <t xml:space="preserve"> ITM 890247/WO MAGSAFE, CDR 002628875-0001/EM, CDR 002629204- 0001/EM, CDR 002629287-0001/EM, CDR 002629147-0001/EM, CDR 003750751-0001/EM, CDR002628859-0001/EM	, CDR003785294-0001/EM	
 CDR003785278-0001/EM, ITM 1175030/WO, ITM 1182022/WO, ITM 1177474/WO, ITM 1177889/WO, EUTM 013728555/EM Tue 9, EUTM 010710028/EM MACBOOK	, EUTM 009025677/EM IPAD, EUTM 010026953/EM IPOD, CDR 002199810-0002/EM, CDR 001334254-0002/EM
 EUTM 007156061/EM BEATS, EUTM 007157357/EM b	, EUTM 011017548/ EM BEATS PILL, EUTM 011131125/EM BEATS STUDIO, EUTM 008370827/EM BEATS BY DR. DRE, EUTM 008370819/EM BEATS, EUTM 008611188/EM Tour, EUTM 008433195/EM, EUTM 010258697/EM URBEATS, CDR 000889480-0001/EM, CDR 002199117-0001/EM, EUTM 018321063/EM MAGSAFE, CDR 008534861-0001/EM, CDR 001334221- 0001/EM, CDR 001334221-0002/EM, EUTM 014586838/EMAIRPODS,EUTM 012212221/EMDESIGNED BY APPLE IN CALIFORNIA, ITM 1378087/WO
 ITM 1377651/WO APPLE, ITM 1303517/WO IPHONE, CDR002629212-0001/ EM, CDR 008433494-0001/EM, CDR 008433817-0001/EM, CDR 009175706- 0001/EM, CDR 008205082-0001/EM, CDR001334254-0001/EM, CDR 002199117-0002/EM, CDR 005825965-0001/EM, CDR 015013190-0001/EM	
 EUTM 009784299/EM, EUTMSMART COVER, EUTM 011020427/EM LIGHTNING, EUTM 011472008/EM EARPODS</t>
   </si>
   <si>
     <t>APPLE RETAIL NETHERLANDS B.V.</t>
   </si>
   <si>
-    <t>kabeļu savienotāji,bezvadu lādētāji, USB lādētāj, pulksteņu siksnas, viedpulksteņi, planšetdatori, skaļruņi, austiņas, bezvadu skaļruņi, mobilo tālruņu maciņi, viedtālruņi u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 003964806/EM STEELFISH, EUTM 015085707/EM HURRICANE	
 ITM 1198047/WO AIRBORNE, ITM 734127/WO AVENGER, ITM 1254641/WO B, ITM 500006/WO B, ITM 1491073/WO B, ITM 1293097/WO BANDIT, ITM 1292736/WO BREITLIGHT, ITM 970173/WO BREITLING	
 ITM 613794/WO BREITLING, ITM 890749/WO BREITLINGITM 1288356 EXOSPACE, ITM 1302057 GHOSTITM 0500006 B, ITM 0845533 STARLINER, ITM 0892397 Transocean, ITM 0903403 GALACTIC, ITM 0970173 BREITLING, ITM1115984 Unitime,ITM1129579 CHRONO SPACE, ITM 1292736 Breitlight, EUTM 003964806 Steelfish, EUTM 009282013 Darwin, ITM 0615709  HRONO MAT, ITM 0892531 Skyracer, EUTM 0890749 Breitling, EUTM 1217921 Merlin, ITM 1254641 B, ITM 1288356 Exospace, ITM 1302057 Ghost, ITM 1491073 B, ITM 0613794 Breitling, EUTM 015085707 Hurricane, ITM 1045863 Breitling Jet Team, ITM 1085176 CHRONOMATIC, ITM 1198047 AIRBORNE, ITM 1460567 Legendary Future, ITM 0734127 Avenger, ITM 0778838 Superocean, ITM 0779327 MONTBRILLANT, ITM 0849619 COCKPIT	</t>
   </si>
   <si>
     <t>EUTM 019087942/EM WYCONITY, EUTM 018013343/EM WYCON ITALIAN COSMETICS, EUTM 015248552/EM WYCON 5 SENSES	
 EUTM 013133723/EM WYCON</t>
   </si>
   <si>
     <t>WYCON S.P.A.</t>
   </si>
   <si>
     <t>iedeguma krēmi, kosmētiskie krēmi,mitrinoši krēmi,šķidrās smaržas, nagu lakaslūpu krāsas, otas, acu zīmuļu otas u.c.</t>
   </si>
   <si>
     <t>TOMMY HILFIGER LICENSING B.V.</t>
   </si>
   <si>
     <t>ITM 1319603/WO LAUNCHPAD, ITM 1493172/WO, ITM 1330520/WO NOVATION, ITM 1805343/WO novation, ITM 1343102/WO RED, ITM 1343103/WO REDNET, ITM 1347727/WO SCARLETT, ITM 1527969A/WO SUMMIT, EUTM 018343316/EM VOCASTER, ITM 1708898/WO 2i2	
 ITM 1330272/WO CIRCUIT, ITM 1347542/WO CLARETT,ITM 1618948/WO FLkey, ITM 1316412/WO FOCUSRITE, ITM 1348240/WO LAUNCHKEY</t>
   </si>
   <si>
     <t>Focusrite Group EMEA Ltd</t>
   </si>
   <si>
     <t>Audio irrīces</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000067744 BOSCH </t>
   </si>
   <si>
     <t>Robert Bosch GmbH</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">elektriskie motori,starteri  (izņemot sauszemes transportlīdzekļiem),ģeneratori, iekšdedzes dzinēju aizdedzes sistēmas, spuldžu sveces,aizdedzes sveces,degvielas sūkņi, regulatori, sprauslas un sprauslu turētāji, dzinēja vārsti, degvielas filtri, eļļas filtri, gaisa filtri u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">CDR 002200741-0001		</t>
   </si>
   <si>
     <t>Schlüter-Systems KG</t>
   </si>
   <si>
     <t>piederumi flīžu un akmens instalācijām, risinājumi flīžu profiliem, atvienošanai, pamatnēm, kustības šuvēm, apsildāmām grīdām un mitrām telpām</t>
   </si>
   <si>
     <t>CDR 005136702-0001/EM, CDR 005136702-0002/EM, CDR 001124911- 0006/EM, CDR 002028167-0004/EM, ICD D215722-0002/WO, ICD D215722-0003/WO, ICD D215722-0007/WO, CDR 000266069-0004/EM	
 EUTM 011521168/EM KARTELL, EUTM 003510071/EM KARTELL	
 EUTM 018162511/EM KARTELL, EUTM 017060179/EM KARTELL
 EUTM 017966293/EM KARTELL, CDR 002551580-0001/EM, CDR 002551580-0002/EM, CDR 008445332-0001/EM, CDR 002551580-0004/EM	
 CDR 008427686-0001/EM</t>
   </si>
   <si>
     <t>KARTELL SPA</t>
   </si>
   <si>
     <t xml:space="preserve">apgaismojuma lampas, stāvlampas, 
 krēsli, āra mēbeles u.c.
 </t>
   </si>
@@ -9567,53 +9273,50 @@
     <t>EUTM 002860872/EM VIRTUAL SPEAKER, EUTM 002333839/EM SURROUND IN MOTION, EUTM 001067172/EM SURROUND EX, EUTM 007032477/EM SCREENTALK, EUTM 018110917/EM ON, EUTM 018135744/EM ON, EUTM 001010453/EM MLP LOSSLESS, EUTM 012313102/EM FEEL EVERY DIMENSION IN DOLBY,EUTM 010714831/EM DOLBY VOICE, EUTM 018135735/EM DOLBY VOICE, EUTM 018292271/ EM DOLBY VISION IQ, EUTM 018212969/EM DOLBY VISION IQ, EUTM 018135739/EM DOLBY VISION ATMOS, EUTM 012422937/EM DOLBY VISION, EUTM 018135729/EM DOLBY VISION, EUTM 008126591/EM DOLBY PULSE,EUTM 018110918/EM DOLBY ON, EUTM 018135741/EM DOLBY ON, EUTM 003657483/EM DOLBY HOME THEATER, EUTM 001401512/EM DOLBY HEADPHONE, EUTM 018234618/EM DOLBY DISPLAY MAPPING, EUTM 017322728/EM DOLBY DIMENSION, EUTM 018218894/EM DOLBY DIGITAL PLUS, EUTM 000910489/EM DOLBY DIGITAL, EUTM 018135737/EM DOLBY CINEMA, EUTM 008126757/EM DOLBY AXON, EUTM 018115039/EM DOLBY AUDIO PREMIUM,EUTM 018135740/EM DOLBY AUDIO, EUTM 018115037/EM DOLBY AUDIO
 EUTM 010714641/EM DOLBY ATMOS, EUTM 018135725/EM DOLBY ATMOS, EUTM 013260732/EM DOLBY, EUTM 002698637/EM DOLBY	
 EUTM 003676401/EM DOLBY, EUTM 003676384/EM DOLBY, EUTM 006671961/EM DOLBY, EUTM 017105743/EM DD VOICE, EUTM 017138281/EM DD VISION, EUTM 013260666/EM DD DOLBY, EUTM 017114059/EM DD ATMOS,EUTM 018063481/EM COMPATIBLE DOLBY VISION, EUTM 010853166/EM ATMOS, EUTM 001031905/EM AAC	
 EUTM 003676781/EM, EUTM 001401538/EM, EUTM 006671978/EM</t>
   </si>
   <si>
     <t>DOLBY LABORATORIES LIC CORP</t>
   </si>
   <si>
     <t>skaļruņi, televizori, skaņas joslas u.c.</t>
   </si>
   <si>
     <t>EUTM 017984548 RAPTOR, EUTM 015829633 GOLDEN EAGLE, EUTM 014905913 DIAMONDBACK, EUTM 013866751 CROSSFIRE, EUTM 014905988 COPPERHEAD, EUTM 018091459 SONORA,EUTM 015829617 STRIKEFIRE, EUTM 017984521 VANQUISH, EUTM 015829583 RAZOR	
 EUTM 015829609 UH-1, EUTM 016778607 VORTEX,EUTM 014905806 VTX
 EUTM 015092901 AMG, EUTM 015829476 VTX, EUTM 015829534 AMG
 EUTM 005648506 VORTEX, EUTM 013867643 RAZOR, EUTM 015829492 VORTEX, EUTM	017984537/EM IMPACT, EUTM 014905897/EM FURY	
 EUTM 015829641/EMSPITFIRE, EUTM 015829633/EM GOLDEN EAGLE
 EUTM 013866751/EM CROSSFIRE, EUTM 018411755/EM CROSSFIRE
 EUTM 015829419/EMCROSSFIRE, EUTM 015829575/EMVENOM</t>
   </si>
   <si>
     <t>EUTM 019080737/EM exact PIPE CUTTING, EUTM 018949977/EM exact Pipe Cutting System, CDR 015070752-0001/EM, CDR 015070752-0002/EM</t>
   </si>
   <si>
     <t>Exact Tools Oy</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">zāģi,  cauruļu griešanas mašīnas, mašīnas metālu zāģēšanai, pašgājējas mašīnas zāģēšanai, zāģu soli, mobilās kokzāģētavas, zāģēšanas instrumenti zāģmašīnām, zāģēšanas darbgaldi, zāģu asmeņi u.c. </t>
   </si>
   <si>
     <t>Lego A/S</t>
   </si>
   <si>
     <t>spēļu konstruktori, rotaļu konstruktori, miniatūras figūriņas no plastmasas, savienojamas rotaļu konstruktoru daļas, savienojumu rotaļu konstruktori, konstruktoru daļas, rotaļu darbarīki,  kārbas uzglabāšanas nolūkiem (plastmasas) u.c.</t>
   </si>
   <si>
     <t>NCPR LEGO Minifigure LEGO Minifigure, NCPR LEGO Friends figurine female LEGO Friends figurine female, NCPR LEGO® Minifigure Skeleton LEGO® Minifigure Skeleton, NCPR LEGO® Friends figure male LEGO® Friends figure male, NCPR LEGO® DUPLO® figure LEGO® DUPLO® figure, NCPR LEGO® Microfigure LEGO® Microfigure,NCPR LEGO DUPLO -10558 LEGO,DUPLO- 10558, NCPR LEGO DUPLO - 10514 LEGO DUPLO - 10514, NCPR LEGO DUPLO - 10595 LEGO DUPLO - 10595, NCPR LEGO DUPLO - 6153 LEGO DUPLO - 6153, NCPR LEGO CREATOR - 10256  LEGO CREATOR - 10256
 NCPR LEGO CREATOR - 10264 LEGO CREATOR - 10264, NCPR LEGO CREATOR - 31094  LEGO CREATOR - 31094, NCPR LEGO CREATOR - 10270 LEGO CREATOR - 10270, NCPR LEGO TECHNIC - 42110 LEGO TECHNIC - 42110, NCPR LEGO TECHNIC - 42099 LEGO TECHNIC-42099
 NCPR LEGO TECHNIC - 42096 LEGO TECHNIC - 42096, NCPR LEGO TECHNIC - 42108 LEGO TECHNIC - 42108, NCPR LEGO TECHNIC -42105 LEGO TECHNIC - 42105, NCPR LEGO TECHNIC -42115 LEGO TECHNIC - 42115, NCPR LEGO LEGENDS OF CHIMA - 70010 LEGO LEGENDS OF CHIMA - 70010, NCPR LEGO CITY - 60197 LEGO CITY - 60197, NCPR LEGO CITY - 60246 LEGO CITY - 60246, NCPR LEGO CITY - 60228 LEGO CITY - 60228, NCPR LEGO CITY - 60253 LEGO CITY - 60253,NCPR LEGO NINJAGO - 71702 LEGO NINJAGO - 71702, NCPR LEGO NINJAGO -70670 LEGO NINJAGO - 70670, NCPR LEGO HERO FACTORY - 44014 LEGO HERO FACTORY - 44014, NCPR LEGO SUPER HEROES (MARVEL &amp; DC) - 76125 LEGO SUPER HEROES (MARVEL &amp; DC) - 76125,NCPR LEGO SUPER HEROES (MARVEL &amp; DC) - 76148 LEGO SUPER HEROES (MARVEL &amp; DC) - 76148, NCPR LEGO SUPER HEROES (MARVEL &amp; DC) - 76139 LEGO SUPER HEROES (MARVEL &amp; DC) - 76139, CPR LEGO STAR WARS - 75252 LEGO STAR WARS - 5252	, NCPR LEGO STAR WARS -75211 LEGO STAR WARS -75211,NCPR LEGO STAR WARS -5267 LEGO STAR WARS -75267
 NCPR LEGO FRIENDS - 41035 LEGO FRIENDS - 41035, NCPR LEGO FRIENDS - 41039 LEGO FRIENDS - 41039, NCPR LEGO FRIENDS - 41015 LEGO FRIENDS - 41015, NCPR LEGO NEXO KNIGHTS - 70324 LEGO NEXO KNIGHTS - 70324, NCPR LEGO BRICK HEADZ - 41617 LEGO BRICK HEADZ - 41617, NCPR LEGO BRICK HEADZ - 40271,NCPR LEGO BRICK HEADZ - 41589LEGO BRICK HEADZ - 41589,NCPR LEGO BRICK HEADZ - 40378LEGO BRICK HEADZ - 40378, NCPR LEGO HARRY POTTER - 71043 LEGO HARRY POTTER - 71043, NCPR LEGO HARRY POTTER - 75954 LEGO HARRY POTTER - 75954, NCPR LEGO HARRY POTTER - 75979LEGO HARRY POTTER - 75979, NCPR LEGO HARRY POTTER - 75950 LEGO HARRY POTTER - 75950, NCPR LEGO OVERWATCH - 75972 LEGO OVERWATCH - 75972, NCPR LEGO OVERWATCH - 75973 LEGO OVERWATCH - 75973, NCPR LEGO MINECRAFT - 21144 LEGO MINECRAFT - 21144, NCPR LEGO MINECRAFT - 21131 LEGO MINECRAFT - 21131, NCPR LEGO MINECRAFT - 21157 LEGO MINECRAFT - 21157, NCPR LEGO MINECRAFT - 21137 LEGO MINECRAFT - 21137, NCPR LEGO ARCHITECTURE - 21042 LEGO ARCHITECTURE - 21042, NCPR LEGO ARCHITECTURE - 21043 LEGO ARCHITECTURE - 21043, NCPR LEGO ARCHITECTURE - 21044 LEGO ARCHITECTURE - 21044, NCPR LEGO TROLLS WORLD TOUR - 41255 LEGO TROLLS WORLD TOUR - 41255	
 NCPR LEGO TROLLS WORLD TOUR - 41253 LEGO TROLLS WORLD TOUR - 41253, NCPR LEGO JURASSIC WORLD - 75935 LEGO JURASSIC WORLD - 75935, NCPR LEGO JURASSIC WORLD - 75934 LEGO JURASSIC WORLD - 75934, NCPR LEGO DISNEY - 43172 LEGO DISNEY - 43172	
 NCPR LEGO DISNEY - 71040 LEGO DISNEY - 71040,NCPR LEGO DISNEY - 43174 LEGO DISNEY - 43174, NCPR LEGO DISNEY - 43178 LEGO DISNEY - 43178, NCPR LEGO IDEAS - 21321 LEGO IDEAS - 21321, NCPR LEGO HIDDEN SIDE - 70431 LEGO HIDDEN SIDE - 70431, NCPR LEGO HIDDEN SIDE - 70427 LEGO HIDDEN SIDE - 70427, NCPR LEGO SUPER MARIO - 71374 LEGO SUPER MARIO - 71374, NCPR LEGO SUPER MARIO - 71411 LEGO SUPER MARIO - 71411, NCPR LEGO DREAMZZZ - 71456 LEGO DREAMZZZ - 71456, NCPR LEGO DREAMZZZ - 71457 LEGO DREAMZZZ - 71457, NCPR LEGO Botanical Line - 40524 LEGO Botanical Line - 40524, NCPR LEGO Botanical Line - 10311 LEGO Botanical Line - 10311
 NCPR Storage box with 4 knobs Storage box with 4 knobs,NCPR Storage box with 8 knobs Storage box with 8 knobs,NCPR Storage box - head Storage box - head	
 NCPR LEGO BRICK HEADZ figure</t>
   </si>
   <si>
     <t>ICD D222066-0002/WO, ICD D222066-0004/WO,ICD D222066-0001/WO, ITM 1222605/WOprostoria, ITM 1222604/WOProstoria, ICD D238048-0002/WO
 ICD D238048-0003/WO, ICD D238048-0004/WO, ICD D238048-0005/WO
 ICD D238048-0001/WO, ICD D210615-0009/WO, ICD D210615-0011/WO	
 ICD D210615-0010/WO, ICD D210615-0008/WO, ICD D210615-0003/WO	
 ICD D210615-0006/WO, ICD D210615-0007/WO, ICD D210615-0001/WO	
 ICD D210615-0002/WO, ICD D210615-0004/WO, ICD D222066-0003/WO
 ICD D222066-0005/WO, ICD D077310-0001/WO, ICD D084748-0002/WO
@@ -9662,61 +9365,55 @@
   </si>
   <si>
     <t>GRUNDFOS HOLDING A/S</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 019047921/EM ONTRAC, EUTM 019047195/EM CHI | TO | SAN, EUTM  008689391 AIR MULTIPLIER, CDR  001435770-0001, CDR  001429252-0001, CDR  001435069-0001, CDR  001428072-0001, CDR  004024024-0001, CDR  004024057-0001, CDR  004394955-0001, EUTM  006305262  Dyson, EUTM  017560971 AIRWRAP, ITM  01301389/WO SUPERSONIC, CDR  001259527-0001, CDR  001259543-0001, CDR  001357941-0003, CDR  001039911-0001, CDR  001039929-0001, CDR  001057418-0001, CDR  001057434-0001,  EUTM 018168619 CORRALE, EUTM 018168615 DYSON CORRALE, EUTM 018168616 DYSON CORRALE	
 </t>
   </si>
   <si>
     <t>ITM 840544/WO FURMINATOR, ITM 1120702/WO FURminator	, ITM 1122699/WO, ITM 1089445/WO FUREJECTOR, ITM 1713460/WO THE FURMINATOR ULTIMATE HAIR REDUCTION SYSTEM BRUSH DESHED BATHE MAINTAIN, ITM1712276/WO BRUSH DESHED BATHE MAINTAIN, ITM 1339498/WO SHEDLINGS, ITM 1344635/WO DESHEDDING MEANS LESS SHEDLINGS</t>
   </si>
   <si>
     <t>Tetra GmbH</t>
   </si>
   <si>
     <t>dzīvnieku kopšanas līdzekļi</t>
   </si>
   <si>
     <t>EUTM 003981842 ATOMIC, EUTM 004370268 ATOMIC, EUTM 014225106 REVENT	, EUTM 010981975 ATOMIC, EUTM 010982296 Marke ohne Text
 EUTM 004372009 Marke ohne Text, EUTM 017504689 Marke ohne Text	
 EUTM 009960923 REDSTER, EUTM 016779911 COUNT,EUTM 018054619 FOUR, EUTM 018205691 MAVEN, EUTM 018720908 Marke ohne Text	
 EUTM 008824021 CLOUD, EUTM 018206014 MAVERICK, EUTM 018295081 SNOWCLOUD, EUTM 018718404 ATOMIC, EUTM 008372302 SKINTEC, EUTM 011156205 BACKLAND, EUTM 015108095 BACKLAND
 EUTM 018373917 BENT, EUTM 018093923 HAWX, EUTM 018671473 BACKLAND SUMMIT</t>
   </si>
   <si>
-    <t>spēles, rotaļlietas un rotaļlietas,videospēļu ierīces vingrošanas un sporta inventārs, apģērbi, apavi, galvassegas, bagāžas un pārnēsāšanas somas, rokas darbarīki, sniega lāpstas, brilles, sniega brilles, saulesbrilles, ķiveres, muguras aizsargi, apakšstilbu aizsargi,nelaimes gadījumu aizsardzības ierīces personiskai lietošanai, jo īpaši pastiprinājumi plecu un elkoņu, ceļgalu un citu ķermeņa daļu aizsardzībai, elektroniski meklēšanas aparāti apbedīto personu atrašanās vietas noteikšanai, elektroniski lavīnu raiduztvērēji,meklēšanas zondes u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 018858301/EM DAYCO Racing ( R ) TM, EUTM 018858328/EM DAYCO ( R ) Racing, EUTM 018858238/EM DAYCO RACING, EUTM 018466044/EM DAYCO POWER, EUTM 018466024/EM DAYCO POWER
 EUTM 004455416/EM DAYCO, EUTM 005839766/EM DAYCO</t>
   </si>
   <si>
     <t>DAYCO EUROPE SRL</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">jaudas pārvades siksnas sauszemes transportlīdzekļu dzinējiem, gumijas transmisijas siksnas  transportlīdzekļiem, sauszemes transportlīdzekļu transmisijas elementi, sauszemes transportlīdzekļu zobsiksnu spriegošanas ierīces,jostu spriegotāji, sauszemes transportlīdzekļu dzinēju zobsiksnu spriegošanas ierīces, spriegotāji (ar roku darbināmi instrumenti), metāla kabeļu spriegotāji laivām, piedziņas skriemeļi, skriemeļi,zobsiksnas skriemeļi,siksnu skriemeļi,skriemeļi (mašīnu daļas), transportlīdzekļu dinamo skriemeļi, skriemeļi (metāla aparatūra) u.c. </t>
   </si>
   <si>
     <t>GIANVITO ROSSI SRL</t>
   </si>
   <si>
     <t>CDR 015017235-0036, CDR 015017235-0051, CDR 015017235-0066, CDR 015017235-0055, CDR 015017235-0053, CDR 015017235-0039, CDR 015017235-0048, CDR 015017235-0034, CDR 015017235-0045, CDR 015017235-0044, CDR 015017235-0049, CDR 015017235-0040, CDR 015017235-0041, CDR 015017235-0042, CDR 015017235-0038, CDR 015017235-0046, CDR 015017235-0052, CDR 015017235-0035, CDR 015017235-0037, CDR 015017235-0043, CDR 015017235-0050, CDR 015017235-0047, CDR 015017235-0054</t>
   </si>
   <si>
     <t>IGUZZINI ILLUMINAZIONE S.P.A.</t>
   </si>
   <si>
     <t>modulāras lampu sistēmas, kas sastāv no dažādiem elementiem (gaismas stieņa, savienojuma un pamatnes) vai "sienas" vai "piekares" vai "grīdas" vai "no augšas līdz griestiem" gaismas stieņa arhitektūras apgaismojumam, tajos ietilpst optiskie piederumi un gaismas sloksnes.</t>
   </si>
   <si>
     <t>ITM 1422973/WO PADCEV</t>
   </si>
   <si>
     <t>AGENSYS INC</t>
   </si>
   <si>
     <t>farmaceitiskie preparāti, specializēta farmaceitisko līdzekļu ražošana, ķīmijterapijas līdzekļi</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 009870247 MOSPILAN, EUTM 018983796 МОСПІЛАН </t>
   </si>
@@ -10391,53 +10088,50 @@
     <t>EUTM 018282401/EM MALELIONS, EUTM 018023335/EM Malelions</t>
   </si>
   <si>
     <t>MALELIONS HOLDING B.V.</t>
   </si>
   <si>
     <t>džemperi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">CTM 003574274/BRIDGESTONE, CDR002009316-0002, CDR 001167928-0002,  CDR 001234124-0001, CDR 001234124-0002, CDR 002231019-0001, CDR 000415799-0005, CDR 000953179-0001, CDR 001237531-0001, CDR 000953328-0001, CDR 000789300-0001, CDR 000953278-0001, CDR 001234637-0002, CDR 001238679-0001, CDR 001231583-0001, CDR 000531009-0003, CDR 001903543-0001, CDR 000489711-0008, CDR 000620356-0001, CDR 000448550-0004, CDR 000448550-0005, CDR 002484147-0001, CDR 002094805-0001, CDR 002270835-0001, CDR 001836958-0001, CDR 001234090-0001, CDR 000531009-0002, CDR 000595541-0001, CDR 001252571-0001, CDR 002270843-0001, CDR 001233662-0001, CDR 000738216-0003, CDR 000738216-0002, CDR 000738216-0004, CDR 002059238-0001, CDR 000776018-0001, CDR 000953286-0001, CDR 001189765-0001, CDR 000953146-0001, CDR 000953161-0001, CDR 001133730-0001, CDR 001133730-0002, ITM 1105491, CDR 000448550-0003, CDR 001066971-0001, CDR 000910641-0001, CDR 001234637-0001, CDR 001212088-0003, CDR 001094536-0001, CDR 000289004-0001  
 </t>
   </si>
   <si>
     <t>BRIDGESTONE EUROPE NV/SA</t>
   </si>
   <si>
     <t xml:space="preserve">riepas </t>
   </si>
   <si>
     <t>CDR 015024995-0001/EM, EUTM 003588051/EM SECRID, ITM 1823624/WO
 ITM 1529506/WO BODYCARD, ITM 1362051/WO SECRID, ITM 1357044/WO SECRID A BETTER WORLD STARTS IN YOUR POCKET
 ITM 1356825/WO SECRID POCKET-SIZED REVOLUTION, ITM 1344168/WO SECRID POCKETWEAR, ITM	1549859/WO SMALL MATTERS</t>
   </si>
   <si>
     <t>SECRID B.V.</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">portfeļi, karšu maki, maki kredītkartēm (ādas izstrādājumi),  rokassomas, naudas maki u.c. </t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>EUTM 003492568/EM LIFA, EUTM 012606034/EM MUSTO, EUTM 000821983/EM HPX, EUTM 000906552/EM MUSTO,EUTM 000478693/EM H H HELLY HANSEN, EUTM 000335950/EM MPX, EUTM 011767415/EM MUSTO, ITM 1185665/WO HH HELLY HANSEN, EUTM 003823036/EM
 EUTM 001642768/EM MUSTO</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Courier New"/>
         <family val="3"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t>Helly Hansen AS</t>
   </si>
@@ -11005,53 +10699,50 @@
     <t>MONTURA S.R.L.</t>
   </si>
   <si>
     <t>apģērbi un aksesuāri alpīnisma,kāpšanas un āra aktivitātēm</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 018677050/EM SUSANNA FALKEN JEWELLERY Because i care	
 EUTM 018265824/EM SUSANNA FALKEN, EUTM 018682448/EM SF
 CDR 008678221-0001/EM	</t>
   </si>
   <si>
     <t>Susanna Falken Jewellery AB</t>
   </si>
   <si>
     <t>rotaslietas, juvelierizstrādājumi, rotaslietu lādītes,  putekļu lupatiņa, filca maisiņi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 012219366 79981781 MONTBLANC,  EUTM 012201869, ITM	1298754/WO	10000003	MONTBLANC
 </t>
   </si>
   <si>
     <t xml:space="preserve">ICD D088738-0003/WO, ICD D088828-0001/WO,  EUTM 018382614/EM VALENTINO GARAVANI, EUTM 018169505/EM V, CDR 007382619- 0001/EM, EUTM	017009119/EM VLTN, EUTM 009615601/EM T-SHIRT COUTURE, EUTM 013822978/EM REDV, EUTM 013898481/EM RED V
 CDR 002167858-0001/EM, EUTM 010269331/EM RED V,EUTM 010843134/ EM RED V, EUTM 007539919/EM RED VALENTINO,EUTM 010500874/EM RED VALENTINO, EUTM	006937221/EM V, EUTM 010945236/EM VALENTINA, EUTM 010152866/EM VALENTINA VALENTINO, EUTM 001990407/EM VALENTINO, EUTM	007012149/EM VALENTINO GARAVANI, CDR 002154708-0001/EM, ICD D095792-0002/WO		</t>
   </si>
   <si>
-    <t>parfimērijas izstrādājumi ,rotaslietas, kosmētika,  apģērbs, apavi, dokumentu maciņi u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>ITM 1535997/WO ARRA MYSTIC BLOOM, CPVR 43523 Arraone
 CPVR 43524 Arrafour, CPVR 40783 Arraten,CPVR 40779 Arraeleven
 CPVR 40782 Arrathirteen, CPVR 49473 Arrafourteenone, CPVR 43525 Arrasixteen, CPVR 40781 Arrafifteen, CPVR 49472 Arraeighteen, CPVR 40780 Arranineteen,CPVR 49470 Arratwentyfive
 CPVR 49471 Arratwentyseven, CPVR 49474 Arratwentyeight	
 CPVR 49469 Arratwentynine, CPVR 52663 Arrathirty, CPVR 58284 Arrathirtyone, CPVR 58280 Arrathirtytwo,ITM 1416455/WO ARRA PASSION FIRE, EUTM 017884676/EM ARRA AUTUMN GIANT
 ITM 1416001/WO ARRA SWEETIES, ITM 1466687/WO ARRA MYSTIC DREAM, ITM 1466683/WO ARRA MYSTIC STAR	
 ITM 1466608/WO ARRA PASSION GLOW, ITM 1466676/WO ARRA PASSION PUNCH, EUTM 018103410/EM ARRA PASSION STAR, ITM 1536561/WO ARRA SUGAR DROP,EUTM 018383563/ EM ARRA YUM!BO, ITM 1602198/WO ARRA HONEY POP</t>
   </si>
   <si>
     <t>GRAPA COMPANY LIMITED</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1299513 Lenovo </t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">EUTM 008566176/EM OREO, EUTM 000129577/EM OREO, EUTM 008640658/EM OREO, EUTM 009707613/EM belVita,EUTM 008747347/EM OREO, EUTM 010462877/EM OREO ORIGINAL, EUTM 004112835/EM BELVITA </t>
     </r>
     <r>
@@ -11306,54 +10997,50 @@
   </si>
   <si>
     <t>ASTELLAS PHARMA INC</t>
   </si>
   <si>
     <t>EUTM 002713956/EM maxell, EUTM 006542401/EM HgO% maxel, EUTM 012753571/EM MAXELL, ITM 1091965/WO maxell energy</t>
   </si>
   <si>
     <t>MAXELL HOLDINGS LTD</t>
   </si>
   <si>
     <t>akumulatoru bloki, baterijas</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM008829707 POLISH 1928 LUXURY, EUTM 003397742 LUKSUSOWA, EUTM 003397759 LUKSUSOWA, EUTM 003553609LUKSUSOWA, EUTM 008827776LUKSUSOWA, EUTM 008832561LUKSUSOWA VODKA, EUTM  003553617 Luxury Potato, EUTM 003321635 LUKSUSOWA POLISH Luxury Potato VODKA, EUTM	007330509 LUKSUSOWA POLSKA WÓDKA Z ZIEMNIACZANEGO SPIRYTUSU NAJWYZSZEJ JAKOSCI WYPRODUKO WANA NA BAZIE IDEALNIE, EUTM 008853616 Original LUKSUSOWA GORZKA 
 </t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 000225698 TISSOT</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1715263 NOKIA, ITM 1715260 NOKIA, EUTM 014941793 NOKIA, EUTM 010608743 NOKIA, EUTM 016147902 NOKIA  
 </t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 005560479 CALGON, EUTM 005580949 Trade mark without text	
-[...2 lines deleted...]
-  <si>
     <t>K-WAY SPA</t>
   </si>
   <si>
     <t xml:space="preserve">
 CDR 003051978-0002/EM, CDR 002987362-0003/EM,CDR 002987362-0007/ EM, EUTM 018697481/EMICEMOOD, EUTM 018464796/EM CRISTALMOOD, EUTM 018028745/EMCRISTALMOOD, EUTM 018324465/EMCRISTALMOOD, EUTM 018390075/EMCOLORMOOD
 EUTM 019003788/EMantoniolupi, EUTM 001632264/EMANTONIO LUPI	
 EUTM 012433686/EMA ANTONIO LUPI, EUTM 019034205/EM A
 ITM 1291793/WO FLUMOOD, ITM 1338221/WO QUARZOMOOD	
 CDR 002110544-0008/EM, CDR 002110544-0005/EM, CDR 002110544- 0003/EM, CDR 002110544-0007/EM, CDR 002110544-0004/EM, CDR 002110544-0001/EM, CDR 008674857-0004/EM	</t>
   </si>
   <si>
     <t>ANTONIO LUPI DESIGN S.P.A.</t>
   </si>
   <si>
     <t>mēbeles, mēbeļu piederumi, apgaismes iekārtas, izlietnes, vannas, krāni,  vannas istabas un mājas piederumi</t>
   </si>
   <si>
     <t>EUTM 003552775/EM SPANSION, EUTM 003408481/EM SPANSION</t>
   </si>
   <si>
     <t>EUTM 017984369 WALSER</t>
   </si>
   <si>
     <t>Dr. Walser Dental GmbH</t>
   </si>
@@ -11441,95 +11128,78 @@
     <t>matu kopšanas līdzekļi, šampūni u.c.</t>
   </si>
   <si>
     <t>ITM 1824790/WO SAINT-TROPEZ</t>
   </si>
   <si>
     <t>MAIRIE</t>
   </si>
   <si>
     <t>EUTM 005582201/EM QUORIDOR</t>
   </si>
   <si>
     <t>GIGAMIC</t>
   </si>
   <si>
     <t>spēles, galda spēles, puzles, izglītojošas spēles</t>
   </si>
   <si>
     <t>ITM 1592394/WO ARIANA GRANDE CLOUD, ITM 1589877/WO ARIANA GRANDE CLOUD, ITM 1477022/WO ARIANA GRANDE THANK U, NEXT, ITM 1603085/WOGOD IS A WOMAN BY ARIANA GRANDE,ITM1802971/ WOLOVENOTES, EUTM018793436/EMARIANA GRANDE MOD VANILLA
 EUTM 018793440/EMARIANA GRANDE MOD BLUSH, EUTM	018793432/ EMARIANA GRANDE MOD, EUTM 013690649/EMARIANA GRANDE</t>
   </si>
   <si>
     <t>GRANDARI, INC.</t>
   </si>
   <si>
-    <t>smaržas,šķidrās smaržas</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 011056281/EM HAVAIANAS, EUTM 008170953/EM, EUTM 018978983/EM, EUTM 007156128/EM HAVAIANAS,EUTM 011070414/EM
 </t>
   </si>
   <si>
     <t>ALPARGATAS EUROPE SLU</t>
   </si>
   <si>
     <t>EUTM 003365988/EM, EUTM 003570272/EM HONDAEUTM 003570488/EM HONDA, EUTM 004374518/EM TYPER, EUTM 003336195/EM Super Cub, EUTM 004864419/EM TYPE R, EUTM 004899175/EM GC, EUTM 004899209/EM GCV,EUTM 006092233/EM CRF, EUTM 001741586/EM NSR, EUTM 002309664/EM CBR,EUTM 003082898/ EM AFRICA TWIN</t>
   </si>
   <si>
     <t>EUTM 018055571/EM POP MART,EUTM 018240153/EM POP MART, ITM 1819536/WO LABUBU, ITM 1822633/WO THEMONSTERS</t>
   </si>
   <si>
     <t>EUTM 002662443 Jägermeister HERZHAFT UND BELEBEND Mast-Jägermeister AG WOLFENBÜTTEL GERMANY Seit 1878,EUTM	000368282 Jägermeister, EUTM 000337337, EUTM 000135228 Jägermeister Europas groβer Kräuterlikör /fig./, EUTM 000337337 /fig./, EUTM 000368282 Jägermeister /fig./, EUTM 002662443 Jägermeister, EUTM 002747129 Jägermeister, EUTM 002771848 /fig./, ITM 1443751 93115398 Jägermeister COOLPACK, ITM 1624484 Jägermeister SCHARF SPICED GINGER SINCE 1878 DER KRÄUTERLIKÖR, ITM 1393638 Jägermeister CHARAKTER SCHARF, ITM 1389628, ITM 1341359 H C, ITM 1340828 HUBERTUS CIRCLE, ITM 1338888 Jägermeister MANIFEST, ITM 1311081, ITM 1291858 Jägermeister 56, ITM 1287791 Jägermeister SELECTED 56 BOTANICALS, ITM 1287599, ITM 1580896 Jägermeister, ITM 1536817 MINI MEISTERS, ITM 1530038 Jägermeister COLD BREW, ITM 1445726</t>
   </si>
   <si>
     <t>CDR 005734043-0001, CDR 005734043-0002, CDR 008752406-0001, CDR 008752406-0002, CDR 008752406-0003, CDR 008752406-0004, CDR 008752406-0005, CDR 008752406-0006, EUTM 009406869/EM RÉMY MARTIN, EUTM 009948233/EM MAISON RÉMY MARTIN DEPUIS 
 EUTM 011619566/EM REMY MARTIN, EUTM 012621199/EM RÉMY MARTIN VSOP, EUTM 012638631/EM RÉMY MARTIN, EUTM 018741293/ EM RÉMY MARTIN CLUB EXCEPTION, EUTM 002244689/EM RÉMY	
 EUTM 009728221/EM, EUTM 009728288/EM, CDR 008592083-0002/EM
 CDR 008592083-0001/EM, CDR 002888370-0001/EM,CDR 002557835-0001/ EM, CDR 002262782-0001/EM, CDR 001143135-0001/EM, CDR 001143135- 0002/EM, CDR 005734027-0001/EM, CDR 005734027-0002/EM</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM15138894 PUMA.EVO, CDR 2773234-0001, CDR 2773200-0001, CDR 588702-0007, CDR 588702-0004, CDR 588702-0003, CDR 588702-0001, ICD DM/084357 93049324, ICD DM/084216, CDR 2579631-0001, EUTM 012697066, CDR 210323-0015, CDR 210323-0012, CDR 3109883-0003, CDR 3109883-0002, CDR 3109883-0001, CDR 1286116-0006, CDR 1286116-0005, CDR 1286116-0004,CDR 1286116-0003, CDR 1286116-0002, CDR 1286116-0001 93049296, EUTM 012579711, EUTM 012579702, EUTM 012579728 93049290 PUMA, EUTM 12579694PUMA, EUTM 8461469, EUTM 3513694, EUTM 013199666 
 </t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1756108/WO VP EUROPA, CDR 004150985-0002/EM, CDR 004150985- 0001/EM,CDR 004151504- 0002/ EM, CDR 004151504-0003/EM, CDR 004151504-0001/EM,CDR 004152080- 0003/EM, CDR 004152080-0001/EM, CDR 004152080-0002/EM, CDR 004502359-0001/EM, CDR 004502359- 0002/EM, CDR 004523785-0001/EM, CDR 006233029-0001/EM, CDR 008278402-0001/EM, ICD D100563-0001/WO, CDR 002732024- 0001/EM, CDR 002585711-0001/EM, CDR 001862657 0001/EM, CDR 000337183-0001/EM, CDR 003811595-0003/EM,CDR 003787654- 0002/EM, CDR 004003895-0001/ EM, CDR 004003895-0002/EM, CDR 004150951-0003/EM, CDR 004150951- 0001/EM,CDR 004150951- 0002/EM, CDR 004150985-0003/EM,ICD D100563- 0002/WO, ICD D214510-0001/WO, ICD D214510-0002/WO, ICD D214809- 0001/WO, ICD D207713-0005/WO, ICD D207713-0004/WO, ICD D207713- 0003/WO, CDR 003787654-0002 RIPLS lamp, ITM 1030487 ARTICHOKE, EUTM 003876315 Figurative, CDR 000337183-0001, EUTM 004353447 COLLAGE, EUTM 003965341CAMPBELL, CDR 000169321-0001, CDR 001644071-0001, ITM 1045573LP NEST, EUTM 003243581 10000010 Enigma, CDR 000781026- 0001, CDR 000069471-0001, CDR 000628433-0001 Enigma - Lamp, EUTM 012753588 PH5, EUTM 012753166 AJ TABLE, ITM 1029911 FIGURATIVE, CDR 002732024Ceiling lights, CDR 002685487-0001  Lamp, CDR 002585711- 0001 Lamp, CDR 003811595-0002 YUH - Bordlampe, CDR 003811595-0003 YUH - Væglampe, CDR 003787654- 0001 RIPLS - Loftslamper, Væglampe, EUTM 016063191 LP CAPSULE, CDR 003811595-0001 YUH - Standerlamper, Gulvlamper, CDR 003501279-0001 ABOVE - Loftslamper, EUTM 1378985 NORTHSCAPE, EUTM 1363195LP CITÉ, EUTM 1352457PH SNOWBALL 
 </t>
-  </si>
-[...12 lines deleted...]
-    <t>YVES SAINT LAURENT</t>
   </si>
   <si>
     <t>EUTM 000069757 NISSAN</t>
   </si>
   <si>
     <t>ITM 1283273/WO DENTELLE DE CALAIS-CAUDRY</t>
   </si>
   <si>
     <t>ASSOCIATION I.G. DENTELLE DE CALAIS-CAUDRY</t>
   </si>
   <si>
     <t>tekstilizstrādājumi un tekstilizstrādājumu aizstājēji</t>
   </si>
   <si>
     <t>EUTM 002973816/EM MANCHESTER UNITED, EUTM 002973824/EM MANCHESTER UNITED,EUTM 003127371/EM MANCHESTER UNITED
 EUTM 003397999/EM MAN UTD, EUTM005248811/EM MU, EUTM 006086201/EM MAN UNITED, EUTM 006086136/EM MANCHESTER UNITED	, EUTM 006086111/EM MANCHESTER UNITED, EUTM 008859531/EM, EUTM 000761312/EM MANCHESTER UNITED, EUTM 000937896/EM MANCHESTER UNITED, EUTM 000935486/EM MANCHESTER UNITED, EUTM 001071224/EM, EUTM 008990343/EM MANCHESTER UNITED, EUTM 008990657/EM MANCHESTER UNITED
 EUTM 010567659/EM MAN UTD, EUTM 012355962/EM MAN UTD
 EUTM 013777933/EM MANCHESTER UNITED, EUTM 013777941/EM MANCHESTER UNITED, EUTM 002201879/EM THEATRE OF DREAMS
 ITM 1325186/WO MANCHESTER UNITED FOOTBALL CLUB
 EUTM 001336304/EM, EUTM 001333640/EM MANCHESTER UNITED</t>
   </si>
   <si>
     <t>MANCHESTER UNITED FOOTBALL CLUB LIMITED</t>
   </si>
   <si>
@@ -11700,53 +11370,50 @@
   </si>
   <si>
     <t xml:space="preserve"> motociklistu ķivere</t>
   </si>
   <si>
     <t>EUTM 002197721 HARD ROCK, EUTM 000928499 ALL IS ONE, EUTM 003384187 HARD ROCK BAR, EUTM 000064592 HARD ROCK CAFE	
 EUTM 001063510 HARD ROCK CAFE, EUTM 002198018 HARD ROCK CASINO, EUTM 002547321 HARD ROCK CASINO, EUTM 002588796 HARD ROCKEUTM 004070843 HARD ROCK HOTEL, EUTM 000228783 HARD ROCK LIVE,  EUTM 004070413 HARD ROCK HOTEL /fig./, EUTM 004070348 HARD ROCK CAFE  /fig./, EUTM 004070298 HARD ROCK  /fig./, EUTM 003384187 HARD ROCK BAR, EUTM 002588796 HARD ROCK HOTEL, EUTM 002547321 HARD ROCK CASINO, EUTM 002198018 HARD ROCK CASINO, EUTM 002197721 HARD ROCK, EUTM 001070978 HARD ROCK ONLINE, EUTM 001070952 HARD ROCK PINHEADS, EUTM 001070911 HARD ROCK ONLINE  /fig./,  EUTM 001063544 HARD ROCK CAFE  /fig./, EUTM 001063510 HARD ROCK CAFE, EUTM 001063460 HARD ROCK LIVE, EUTM 001063452 HARD ROCK LIVE  /fig./, EUTM 000928663 SAVE THE PLANET, EUTM 000928499 ALL IS ONE, EUTM 000928416 LOVE ALL, SERV ALL, EUTM 000336628 HARD ROCK HOTEL  /fig./, EUTM 000064592 HARD ROCK CAFE, EUTM 000064485 HARD ROCK CAFE  /fig./, EUTM 002588796 HARD ROCK HOTEL, EUTM 002547321 Hard Rock CASINO /fig./</t>
   </si>
   <si>
     <t>EUTM 017889894/EM, EUTM 018869837/EM DoDo, EUTM 017889892/EM DoDO, EUTM 018869784/EM, EUTM 018193404/EM DODO CHARMING JEWELRY SINCE 1994</t>
   </si>
   <si>
     <t>DODO S.R.L.</t>
   </si>
   <si>
     <t>dārgakmeņi, dārglietas</t>
   </si>
   <si>
     <t>EUTM 013476155/EM fear god, EUTM 017806175/EM FEAR OF GOD	
 ITM 1578241/WO ESSENTIALS FEAR OF GOD, EUTM 019151606/EM ESSENTIALS FEAR OF GOD,EUTM 019151950/EM ESSENTIALS FEAR OF GOD, EUTM 018918836/EM ESSENTIALS</t>
   </si>
   <si>
     <t>Fear of God, LLC</t>
   </si>
   <si>
-    <t>juvelierizstrādājumi, ķēdes,  kaklarotas  rokassprādzes   gredzeni, apģērbi, apavi, galvassegas, jostas somas, ceļojumu somas, rokasomiņas, maki u.c</t>
-[...1 lines deleted...]
-  <si>
     <t>RADLEY NETHERLANDS B.V.</t>
   </si>
   <si>
     <t>YITAIPACKING-MATERIACCESSORIES (KUNSHAN) CO LTD</t>
   </si>
   <si>
     <t>ITM 1083462 JOTUN, ITM	1416291 JOTUN</t>
   </si>
   <si>
     <t>Jotun A/S</t>
   </si>
   <si>
     <t>baloniņi u.c.</t>
   </si>
   <si>
     <t>OUTFIT7 LIMITED</t>
   </si>
   <si>
     <t>Chapter 4 Corp.</t>
   </si>
   <si>
     <t>EUTM 009905233/EM PINK FLOYD, EUTM 014996391/EM PINK FLOYD
 EUTM 018370323/EM PINK FLOYD, EUTM 018541172/EM PINK FLOYD
 EUTM 005261011/EM PINK FLOYD</t>
   </si>
@@ -11768,67 +11435,54 @@
     <t>EUTM 008740334 POWERTEX, EUTM 008740301 POWERTEX, EUTM 018081167 HAKLIFT</t>
   </si>
   <si>
     <t>Axel Johnson International Aktiebolag</t>
   </si>
   <si>
     <t>metāla detaļas celšanai un kravu apstrādei, sprādzes, siksnu un ķēžu spriegotāji, āķi, slēdzenes, trīši, stropes, tērauda troses, ķēdes, savienojuma posmi, karabīnes, kritiena apturēšanas bremzes, tērauda siksnas, celšanas, kravas un drošības siksnas, vinčas, konveijera lentes, rullīšu konveijeri, celšanas ragavas, poliesters, polipropilēns, PET siksnas</t>
   </si>
   <si>
     <t>UPT EP4201327</t>
   </si>
   <si>
     <t>Insulet Corporation</t>
   </si>
   <si>
     <t xml:space="preserve"> insulīna plāksteris ar integrētu sūkni</t>
   </si>
   <si>
     <t>EUTM 017088683/EM MOON, EUTM 019150779/EM MOON, EUTM 018305089/EM MOON POWER,EUTM 018693427/EM MOON CHARGING
 EUTM 018956543/EM RE:LIFE powered by MOON, EUTM 017895789/EM MOON POWER</t>
   </si>
   <si>
     <t>MOON POWER GmbH</t>
   </si>
   <si>
-    <t xml:space="preserve"> atmiņas moduļi, baterijas, ierīces un instrumenti enerģijas uzkrāšanai, uzlādējamas baterijas, mobilās lietotnes, elektriskās baterijas, sauszemes pārvietošanās līdzekļi, gaisa pārvietošanās līdzekļi, ūdens pārvietošanās līdzekļi; hibrīda transportlīdzekļi, elektriskie transportlīdzekļi,   galvassegas, apģērbs,glāzes, krūzes u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM  002391167</t>
   </si>
   <si>
-    <t xml:space="preserve"> EUTM 9344383 GIOCHERIA 
-[...2 lines deleted...]
-  <si>
     <t>Giocheria S.p.A.</t>
-  </si>
-[...4 lines deleted...]
-</t>
   </si>
   <si>
     <t>GIOCHI PREZIOSI S.P.A.</t>
   </si>
   <si>
     <t>skolas somas, mugursomas, rotaļlietas, spēles</t>
   </si>
   <si>
     <t>EUTM 018934543/EM HL HELIO da Silva</t>
   </si>
   <si>
     <t>HELIO COSMETICS S.R.L.</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 008410906-0001, CDR  000177324-0001, CDR  002013722-0001, CDR  000791199-0001, CDR  000776232-0001, CDR  001921362-0001, CDR  001921362-0003, CDR  001921362-0005, CDR  001921362-0007, CDR  001921362-0004, CDR  001921362-0006, CDR  001921362-0002, CDR 008410906-0001, Beleuchtungs körper, CDR 000177324-0001, CDR 002013722-0001 Heckleuchten für Fahrzeuge, CDR 000791199-0001Rückleuchte für Fahrzeuge, CDR 000776232-0001Leuchten für Kraftfahrzeuge  </t>
   </si>
   <si>
     <t>Aspöck Systems GmbH</t>
   </si>
   <si>
     <t>transportlīdzekļu apgaismojuma sistēmas</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 004880589/EM DEAN &amp; DAN, ITM 1193591 Dean &amp; Dan Caten, EUTM 4347761 D2 DSQUARED2, EUTM 8142011DSQUARED2 SHE WOOD, ITM 1172079 BROTHERS BAR &amp; GRILL, EUTM 1201697 CERESIO7, ITM 1233104 DSQUARED2, ITM 1091413 DSQUARED2, EUTM 8141962 DSQUARED2 HE WOOD, EUTM 5287495 Dsquared, EUTM 8133548 DSQUARED², ITM 1184744 DSQUARED2, ITM 1252279 DSQUARED2, EUTM 4936662 D² DSQUARED², ITM 1198056 Catens, ITM 1074869 DSQUARED, EUTM 4880589 DEAN &amp; DAN, EUTM 4998266 DSQUARED² WOOD, ITM 1084427 DSQUARED2 POTION, EUTM 5217963 DSQUARED2, EUTM 4952131 DETERMINATION, ITM 1217910 DSQUARED2 WILD, EUTM 7471204 DSQ, ITM 1236814 DSQUARED2, EUTM 2509826 D² DSQUARED², EUTM 5217997 DSQUARED² WOOD	</t>
   </si>
@@ -12079,58 +11733,51 @@
   <si>
     <t>ķermeņa losjoni</t>
   </si>
   <si>
     <t>CHATEAU ANGELUS</t>
   </si>
   <si>
     <t>EUTM 015057276/EM FORLAXEXPRESS,EUTM 013974365/EM, MECTAGO EUTM 014180558/EMSMECTAVIT,EUTM015922503/EM SMECTAGO, EUTM 017771361/EMsmectaGo,EUTM014105647/EM SMECTAGO,EUTM 014741516/EMSMECTA SMART SOLUTION,EUTM 002775/EM smecta Simply unique, EUTM14741474/EMSMECTA EXPECT MORE, EUTM015344815/EMSMECTA EXPRESS, EUTM015344799/EM SMECTA COMFORT, EUTM015344732/EMSMECTA ACTIVE,EUTM  014952378/EM SMECTA SMILES,EUTM015344807/EM SMECTA FORTE
 EUTM 015466444/EM SMECTA, EUTM 007102759/EM smecta,EUTM 015466436/EM SMECTA, EUTM 013974316/EM SMECTA,EUTM 015466477/EM SMECTA, EUTM 015923519/EM SMECTA,ITM1874384/ WOTANAKAN, EUTM007402332/EM TANAKANMAX, EUTM007402341/ EM BITANAKAN, EUTM 06346803/EM tanakan you will remember, EUTM 005902259/EMtanakan based on evidence,EUTM005902242/EMTANAKAN BASED ON EVIDENCE, EUTM007094221/EM tanakan EGb 761,EUTM
 011386695/EM tanakan,EUTM011744571/EM tanakan,EUTM005545066/EM tanakan, EUTM 007094238/EM TANAKAN, EUTM00341894/EM FORLAXLIQUID, EUTM 014579049/EM FORLAXLIB, EUTM015293152/ EMFORLAXVIE, EUTM 015293038/EM FORLAXLIA,EUTM015292964/EM FORLAXION, EUTM 015293095/EM FORLAXPRO,EUTM 011287034/EM smectalia, EUTM 015054547/EM FORLAXGO,EUTM016542771/EM FORLAXGO, EUTM 016542797/EM FORLAXGO, EUTM 015057235/EM 	
 FORLAX EXPRESS, EUTM 017570151/EM forlax kids,EUTM015054182/ EM ORLAX GO, EUTM 017233313/EM FORLAX GO, EUTM 016542672/ EM FORLAX, EUTM 016542714/EM FORLAX, EUTM017807991/EM FORLAX, EUTM 017778267/EM forlax, EUTM 017570144/EM forlax</t>
   </si>
   <si>
     <t>MAYOLY PHARMA FRANCE</t>
   </si>
   <si>
     <t>EUTM 016664963/EM MARCHING ON TOGETHER,EUTM 007115901/EM LEEDS UNITED, EUTM 001311588/EM, EUTM 009353293/EM</t>
   </si>
   <si>
     <t>LEEDS UNITED FOOTBALL CLUB LIMITED</t>
   </si>
   <si>
     <t>sporta apģērbs, futbola bumbas, šalles</t>
   </si>
   <si>
-    <t>EUTM 019038069/EM AMEERAT AL ARAB, EUTM 018892612/EM KHAMRAH, EUTM 018973710/EM ASAD Lattafa, EUTM 019077817/EM ANGHAM, EUTM 018981522/EM YARA Lattafa, EUTM 018125528/EM Lattafa, EUTM 019157728/EM Lattafa</t>
-[...1 lines deleted...]
-  <si>
     <t>LATTAFA PERFUMES IND. LLC.</t>
-  </si>
-[...2 lines deleted...]
- </t>
   </si>
   <si>
     <t>SEKIGUCHI CO LTD</t>
   </si>
   <si>
     <t>EUTM 000165845/EM kipling, EUTM 001459155/EM KIPLING, EUTM 001016542/EM kipling,EUTM 001459288/EM KIPLING,	EUTM 001016492/EM KIPLING, EUTM 004903928/EM KIPLING, EUTM 018679398/EM NAPAPIJRI BE OUT THERE,	EUTM 005052816/EM NAPAPIJRI geographic, EUTM 000291021/EM NAPAPIJRI, EUTM 009840901/EM NAPAPIJRI, EUTM 015326325/EM NAPAPIJRI</t>
   </si>
   <si>
     <t>VF International SAGL</t>
   </si>
   <si>
     <t>EUTM	008518839/EM PIONEER DJ, EUTM	010902468/EM  SOUND TUNED BY ANDREW JONES A. JONES CHIEF SPEAKER ENGINEER</t>
   </si>
   <si>
     <t>Pioneer Europe NV</t>
   </si>
   <si>
     <t>skaņas pastiprināšanas iekārtas audio mikseri, skaļruņi</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 8154098 Marca patrón tous, CDR 002081851-0005OSO	
 EUTM 018712249OSO nuevoEUTM  3236619 FIGURATIVA OSO KAOS, EUTM  11882 TOUS MARCA DENOMINTIVA, ITM  1008239 FIGURATIVA cuadrado oso, tulipán, f VA, ITM  1152997   FIGURATIVA NIÑO, ITM  1152996   FIGURATIVA NIÑA, ITM  1064125 FIGURATIVA NIÑA,ITM  1051988 FIGURATIVA NIÑO, EUTM  2739381  DENOMINATIVA TOUS, EUTM  5477922  FIGURATIVA OSOS KAOS, EUTM  8378531  3D CAJA ENVOLTORIO, CDR  001990805-001/002 DISEÑO COMUNITARIO ELEFANTE, CDR  001598319  DISÑEO COMUNITARIO OSO BUBBLE, CDR  002149096-001/002/003/004/005  FIGURATIVO 3D LAZO, DUNA, DISCO MARIPOSA, CDR  002081851-001/002/003/004/005,  002081851-001/002/003/004/005 FLORES Y OSO INFINITY  
 </t>
   </si>
   <si>
@@ -12436,102 +12083,84 @@
     <t>audumi šortiem, krekliem, t-krekliem, krekliņiem, biksēm, jakām, vējjakām, sporta krekliem, legingiem, krūšturiem un cepurēm, audums, ko pārdod kā gatavu apģērbu sastāvdaļu, proti, šortu, kreklu, t-kreklu, kreklu, bikšu, jaku, vējjaku, sporta krekli, legingus, krūšturus un cepures, sastāvdaļas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">līmvielas (lipīgi materiāli) kancelejas vai mājsaimniecības vajadzībām, zīmēšanas materiāli un materiāli māksliniekiem, otas, mācību vai mācību materiāli, plastmasas loksnes, plēves un maisiņi iesaiņošanai un iepakošanai, rakstzīmju, bloku drukāšana, spēļu rotaļlietas, videospēļu aparāti, vingrošanas un sporta preces u.c. </t>
   </si>
   <si>
     <t>mobilo tālruņu maciņi, pludmales tērpi, t-krekli, zeķes, sporta krekli, čības, kurpes, galda spēles, adventes kalendāri, parastā metāla atslēgu piekariņi, interaktīvie spēļu krēsli videospēlēm, statujas no plastmasas materiāliem, vaska statujas, bronzas statujas, parastā metāla statujas, vaska figūriņas, adventes kalendārs ar šokolādēm, mobilo tālruņu aizsarg maciņu izgatavošana pēc pasūtījuma, galda spēles mīklu veidā u.c.</t>
   </si>
   <si>
     <t>apģērbi, t-krekli, apavi, aksesuāri u.c.</t>
   </si>
   <si>
     <t>somas, apģērbs, šalles, kleitas, krekli, topi, kamzoli, blūzes, t-krekli, trikotāža, proti, trikotāžas topi, džemperi, mēteļi, vestes, parkas, apmetņi, sporta krekli, krekliņi, topi ar kapuci, sporta apģērbs, peldkostīmi, jakas, bleizeri, uzvalki, legingi (bikses), kombinezoni, bikses, šorti, atpūtas apģērbs, naktsveļa, naktskrekli, pidžamas, peldmēteļi, cimdi, zeķes, apģērba jostas, cepures, apavi</t>
   </si>
   <si>
     <t xml:space="preserve"> ķermeņa kopšanas līdzekļi, apģērbi un aksesuāri u.c.
 </t>
   </si>
   <si>
     <t>rotaļlietas, lelles, celtniecības klucīši u.c.</t>
   </si>
   <si>
     <t>pusvadītāji, integrālās shēmas, mikroprocesori, diodes, tranzistori, sensori, strāvas moduļi (dators) u.c.</t>
   </si>
   <si>
-    <t>ķermeņa tīrīšanas un skaistumkopšanas līdzekļi, galvas ādas kopšana (neārstnieciski), šampūni, matu kondicionieri, matu produkti, ādas kopšanas līdzekļi, līmes izmantošanai kosmētikā, matu gabalu savienošanas līme, mākslīgo matiņu piestiprināšanai, parūku un matu līmes un līmvielas, līmes noņemšanas līdzekļi, matu produkti u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>apģērbi, somas,juvelierizstrā dājumi, rokassprādzes,apģērbi atslēgu piekariņi, mūzikas lentes, piederumi, kasetes ieraksti u.c.</t>
   </si>
   <si>
     <t>spēles, rotaļlietas, kāršu spēles,galda spēles, darbības un veiklības spēles,galda spēles, galda spēles, kauliņu spēles, Puzle, spēļu kārtis, monētas un žetoni (spēļu aprīkojums),kauliņi (spēļu aprīkojums), spēles figūras u.c.</t>
   </si>
   <si>
-    <t>smaržas juvelierizstrādājumi, apavi, maki, somas, portfeļi, atslēgu piekariņi,u.c.</t>
-[...4 lines deleted...]
-  <si>
     <t>konditorejas izstrādājumi, metāla kastes, uzglabāšanas konteineri mājsaimniecībai un virtuvei,  apģērbi, apavi, galvassegas, mobilo tālruņu maciņi, rotaslietas, atslēgu piekariņi, rakstāmpiederumi, plastmasas uzglabāšanas konteineri, tekstilizstrādājumi, rotaļlietu/telefonu maciņi, juvelierizstrādājumi, atslēgu piekariņi, rakstāmpiederumi, plastmasas uzglabāšanas konteineri, tekstilizstrādājumi, rotaļlietas u.c.</t>
   </si>
   <si>
     <t>transportlīdzekļu izplūdes sistēmas, izpūtēji dzinējiem un mašīnām, iepakojuma materiāli, kartona iepakojums  transportlīdzekļiem transportlīdzekļu spoguļi,  transportlīdzekļu daļas, transportlīdzekļu spoileri,  polo krekli, galvassegas, apģērbs, jakas u.c.</t>
   </si>
   <si>
     <t>apģērbs, apavi, somas, maki, galvassegas, saulesbrilles u.c.</t>
   </si>
   <si>
     <t>šaujamieroči, gaisa pistoles, gaisa šautenes, trankvilizatoru pistoles, pneimatiskie ieroči, rotaļu ieroči u.c.</t>
   </si>
   <si>
     <t>elektriskie iztvaicētāji,iztvaicētājs garšaugu un esenču iztvaicēšanai,  inhalatori, garšaugu dzirnaviņas,  apģērbi,  laboratorijas mēteļi, cepures, kleitas, svārki, sporta bikses, bikses, apakšveļa, šalles, vizieri un stieņi u.c.</t>
   </si>
   <si>
     <t>t-krekli</t>
   </si>
   <si>
-    <t>apģērbs sportam,  sporta inventārs,  saulesbrilles, brilles (optika), sporta brilles, portfeļi, šalles, sporta aprīkojums, cimdi, sporta apavi, futbola krekli, futbola apģērbu modeļi, bērnu apģērbi, vīriešu apakšveļa  u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">pneimatiskie vārstu izpildmehānismi, izpildmehānismi AUTH rūpnieciskās automatizācijas vadības ierīces eleektriskie AUTH sensori, AUTH vārsti (sūkņu daļas), solenoīda vārsti u.c. </t>
   </si>
   <si>
     <t>apģērbi, smaržas, smaržvielas u.c.</t>
   </si>
   <si>
     <t>flīžu griezēji (rokas darbarīki)</t>
   </si>
   <si>
-    <t>dūnu mēteļi, t-krekli, jakas, trenčmētelis,  dūnu jakas,  mēteļi</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">šokolāde,  kafija, šokolādes cepumi, ievārījumi, dabīgie ievārījumi. medus, augļu pasta,  konfektes, olīvu pasta,diētas kapsulas, uztura bagātinātāji, gardumi, tēja, pīrāgi, baklava, košļājamā gumija, zobu pastas, mutes skalojamais līdzeklis, ziepe, ēteriskās eļļas (eļļas), saules aizsargkrēms, olīveļļa, šampūns, roku krēmi,  kosmētika, kosmētiskie preparāti, zāļu kapsulas, gomoritīns,  roku losjoni, roku tīrīšanas līdzekļi, farmaceitiskie izstrādājumi,  odekoloni, smaržas un saistīti izstrādājumi, dabīgie sveķi mastika u.c. </t>
-  </si>
-[...1 lines deleted...]
-    <t>liftu lentes, iespiedshēmu plates, iespiedshēmas, pārvietojamie celiņi, invertori (elektrība), inverteri strāvas padevei, pārvietojamas kāpnes (eskalatori0,  zobsiksnas motoriem, mašīnām, motoriem u.c.</t>
   </si>
   <si>
     <t>elektroniskās cigaretes, šķidrums elektroniskajām cigaretēm, aromatizētāji izmantošanai elektroniskajās cigaretēs, iekšķīgi lietojamie iztvaicētāji smēķētājiem, ierīces tabakas sildīšanai inhalācijas nolūkiem,cigarešu uzgaļi, filtri, turētāji, šķiltavas, futrāļi u.c.</t>
   </si>
   <si>
     <t>spēles, rotaļlietas, kāršu spēles, darbības un veiklības spēles, galda spēles, kauliņu spēles, puzle, spēļu kārtis, monētas un žetoni, spēļu aprīkojums, kauliņi spēles figūras u.c.</t>
   </si>
   <si>
     <t>ādas apģērbs aizsardzībai pret negadījumiem vai traumām, ādas futrāļu maciņi, ādas maciņi viedtālruņiem, ādas apvalki planšetdatoriem,  grāmatu vāki no ādas, ādas zīmuļu futrāļi, ar ādu iesietas dienasgrāmatas, ādas pārvalki dienasgrāmatām, ādas grāmatzīmes, ādas mēbeļu pārvalki,  somas, maki, koferi, ceļojumu somas u.c.</t>
   </si>
   <si>
     <t>t-krekli, džemperi ar kapuci, cepures u.c.</t>
   </si>
   <si>
     <t>cepures, džemperi, t-krekli u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbi, somiņas, maki, mugursomas, sporta somas, motociklu seglu somas, ādas atslēgu piekariņi un atslēgu maciņi, čemodāni, iepirkumu somas, portfeļi, dokumentu maciņi, čeku grāmatiņu vāki, sajūga somiņas, bagāža, ceļojumu somas, ādas turētājs dzērienu traukiem, citas preces u.c. </t>
   </si>
   <si>
     <t>apģērbs, masāžas ierīces u.c.</t>
   </si>
   <si>
     <t>sporta apģērbs, t-krekli, regbija topi</t>
   </si>
@@ -12580,60 +12209,357 @@
  </t>
   </si>
   <si>
     <t xml:space="preserve"> apavi, apģērbs, galvassegas juvelierizstrādājumi, bižutērija, pulksteņi, to daļas un piederumi</t>
   </si>
   <si>
     <t>izklaides pakalpojumi, mobilo tālruņu, planšetdatoru, klēpjdatoru, kameru un portatīvo skaņas un video atskaņotāju, elektronisko grāmatu lasītāju, datoru, viedpulksteņu un personālo digitālo asistentu piederumi, proti, aizsargapvalki, vāciņi, futrāļi, priekšējās plāksnes, apvalki, siksnas un aizsargpārklājumi displeju ekrāniem, austiņas; austiņas, planšetdatoru tastatūras, peles paliktņi, rokturi, statīvi un stiprinājumi rokas digitālajām elektroniskajām ierīcēm, proti, mobilajiem tālruņiem, planšetdatoriem, kamerām un portatīvajiem skaņas un video atskaņotājiem, elektroniskajiem grāmatu lasītājiem, datoriem un personālajiem digitālajiem asistentiem apģērbs, austiņas, atslēgu piekariņi,  pildspalvas, pēļu figūriņas, tekstilizstrādājumi un tekstilizstrādājumu aizstājēji, dvieļi, gultas veļa, guļammaisi, vannas un dušas želejas, vannas želeja, vannas sāļi, ķermeņa skrubis, vannas putas, dezodorējošas ziepes, sejas skrubis, šķidrās vannas ziepes, šķidrās ziepes rokām un sejai; ādas ziepes, ziepes ķermeņa kopšanai pīlinga skrubji kosmētiskiem nolūkiem,vaigu sārtums, ķermeņa spīdums, korektori, kosmētika, acu ēnas, uzacu zīmuļi, lūpu balzami un lūpu spīdums, lūpu krāsa,bižutērija, rotaslietas, rokaspulksteņi u.c.</t>
   </si>
   <si>
     <t>apģērbs, apavi, galvassegas, virsdrēbes, sporta apģērbs, futbola zābaki, kurpes, vestes, ūdensnecaurlaidīgs apģērbs, jostas,  velosipēdi,tricikli, laivas, visu iepriekš minēto preču pielikumi, detaļas, furnitūra un piederumi,paklāji, grīdsegas,mašas,linolejs, grīdas segumi esošajām grīdām, tapetes, kas nav no tekstilmateriāla, tapetes,viedkartes, telefona kartes, kodētas viedkartes, kodētas viedkartes, kodētas telefona kartes, magnētiskas telefona kartes,kodētas kartes, kodētas kartes, magnētiskās identifikācijas kartes, kameras un to daļas un piederumi, kameras filmas, pretatspīduma aizsargi, brilles un aizsargi,kompasi un barometri, pulksteņi (lūku zvaniņi), binokļi, kalkulatori, animācijas filmas, brilles, saulesbrilles, aizsargbrilles, futrāļi, maciņi, to auklas un rāmji, fotoaparātu un instrumentu futrāļi, kontaktlēcu turētāji, optiskās preces, hologrammas, televizori, videomagnetofona iekārtas, skaņas ierakstīšanas un atskaņošanas ierīces un instrumenti transportlīdzekļu numura zīmes un to stieņi, atslēgas,atslēgu sagataves,atslēgu piekariņi un atslēgu riņķi, slēdzenes un rotājumi, manikīra maciņi, nažu izgatavošanas piederumi, dakšiņas un karotes, skuvekļi, žiletes, skūšanās maciņi, rokas instrumenti un darbarīki, kabatas naži, uzkodas, gatavas uzkodas, uzkodas, saldētas kūkas, saldēti konditorejas izstrādājumi, saldētas gatavas maltītes, pēcskūšanās losjoni, odekolons, mājsaimniecības vai virtuves piederumi un trauki, elektriskie tosteri un katli, lampas u.c.</t>
   </si>
   <si>
     <t>šokolādē pārklātas vafeles, pildīta šokolāde, maizes izstrādājumi un konditorejas izstrādājumi, šokolāde un deserti, šokolāde, pildītas šokolādes tāfelītes, šokolādes tāfelītes, šokolādes cepumi</t>
   </si>
   <si>
     <t xml:space="preserve">kopšanas un skaistumkopšanas līdzekļi, kosmētika, tualetes piederumi, ādas kopšanas līdzekļi; mīkstinošs tīrīšanas līdzeklis, kondicionieris, roku un ķermeņa krēms, ķermeņa losjons, dušas želejas, pēdu,  roku krēmi, dienas un nakts krēmi, acu  smaržas, istabas smaržas, sveces, kosmētika, lūpu spīdumi un lūpu mīkstinātāji, gultas un galda pārklāji, apģērbi, apavi, galvassegas, somas, jostas, tualetes piederumu futrāļi un turētāji u.c. </t>
   </si>
   <si>
     <t>apģērbi, apavi,sporta apavi, galvassegas, bērnu gultiņasceļojumu čemodāni, apģērbu koferi, mugursomas, somas, maki, atslēgu futrāļi (ādas izstrādājumi), maciņi, kas paredzēti tualetes piederumu glabāšanai,  mapes, aploksnes (ādas izstrādājumi), ādas segas (kažokādas), ādas imitācija, kažokādas (dzīvnieku ādas), karšu turētāji, ādas polsterējums mēbelēm, dokumentu kastes  u.c.</t>
   </si>
   <si>
     <t>bagāžas birkas (ādas izstrādājumi, somas, pārtikas preču maisiņi, beisbola cepures, apģērbs, t-krekli, kāju paklājiņi, auduma durvju paklājiņi, DVD diski, kompaktdiski, DVD futrāļi, diska formas ierakstu nesēji u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> vīriešu un sieviešu apģērbi, apakšveļa,bērnu apģērbs, t-krekli, sporta krekli, mēteļi, visu veidu zeķes, pludmales apģērbs, biksītes,bokseri, topiņi, somas, apavi, parfimērija, kosmētika, eau de smaržas, saulesbrilles un brilles, maciņi, aksesuāri u.c. </t>
+  </si>
+  <si>
+    <t>CDR 015094092-0001/EM, CDR 015094092-0001/EM, CDR015097588- 0001/ EM, CDR 015097588-0001/EM,  EUTM 019038069/EM AMEERAT AL ARAB, EUTM 018892612/EM KHAMRAH, EUTM 018973710/EM ASAD Lattafa, EUTM 019077817/EM ANGHAM, EUTM 018981522/EM YARA Lattafa, EUTM 018125528/EM Lattafa, EUTM 019157728/EM Lattafa, EUTM 018975960/EM Fakhar Lattafa, EUTM 019076871/EM TERIAQ, EUTM 018981370/EMMAYAR Lattafa, EUTM 019149153/EM VICTORIA Lattafa, EUTM 019077889/ EM SEHR LATTAFA, EUTM 019166675/EM ATHEERI Lattafa, CDR 015063449-0002/EM, CDR015064304-0002/EM,CDR 015063647- 0001/EM, CDR 015063684-0002/EM, CDR 015067456-0002/EM, CDR 015094036- 0001/EM</t>
+  </si>
+  <si>
+    <t>EUTM 004650990/EM GUINNESS WORLD RECORDS, EUTM 013876371/ EM GUINNESS THE 1798, EUTM 012864617/EM GUINNESS THE 1759	
+EUTM 018240804/EM GUINNESS QUARTER, EUTM 006550594/EM GUINNESS PURE GENIUS, EUTM 003295417/EMG UINNESS FOREIGN EXTRA STOUT 17 99 GUINNES FOREIGN EXTRA ST JAMEES'S GATE DUBLIN, EUTM 003295458/EM GUINNESS FOREIGN EXTRA STOUT 1759 GUINNESS FOREIGN EXTRA ST. JAMES'S GATE DUBLIN, EUTM 006091961/EM GUINNESS FOREIGN EXTRA GENUINE QUALITY ST. JAMES'S GATE DUBLIN, EUTM 018118666/EM GUINNESS FOREIGN EXTRA ESTd 1759 Arth Guinness, EUTM 004184842/EM GUINNESS, EUTM 002310241/EM GUINNESS, EUTM 001278548/EM GUINNESS, EUTM 005737382/EM GUINNESS, EUTM 001326412/EM GUINNESS, EUTM 009296153/EM GUINNESS, EUTM 002646891/EM GUINNESS, EUTM 008452799/EM GUINNESS, EUTM 002278687/EM GUINNESS, EUTM 000742908/EM GUINNESS, EUTM 012170742/EM GUINNESS, EUTM 015198138/EMESTd. 1759, EUTM 012150926/EM ESTd 1759 GUINNESS FOREIGN EXTRA Arth Guinness, EUTM 15534779/EM EST. 1759, EUTM     011865169/EM CELEBRATING THE HOLIDAY SPIRIT ESTD. 1759 GUINNESS GENEROUS ALE ARTHUR'S HOLIDAY ALE,EUTM 008477093/ EM ARTHUR GUINNESS FUND, EUTM 002947869/EM ArthGuinnes	
+EUTM 003295433/EM, EUTM 005739487/EM, EUTM 002646982/EM
+EUTM 008452931/EM, EUTM 002102580/EM</t>
+  </si>
+  <si>
+    <t>DIAGEO IRELAND</t>
+  </si>
+  <si>
+    <t>EUTM 015094956/EM IF IT CARRIES THE NAME CARHARTT ITS PERFORMANCE WILL BE LEGENDARY, EUTM 017939287/EM OUTWORK THE WATER 24 CARHARTT 7, EUTM 011921814/EM CARHARTT. OUTWORK THEM ALL., EUTM 017917547/EM C CARHARTT COMPANY GEAR, EUTM 017936822/EM CARHARTT FOR WORKERS, EUTM 011053981/EM carhartt FORCE C, EUTM 014686109/EM CARHARTT FORCE, EUTM 015601412/EM CARHARTT WIP, EUTM 015268881/EM carhartt protective, EUTM 000036749/EM CARHARTT	
+EUTM 007283799/EM carhartt, EUTM 006402754/EM Carhartt, EUTM 000037861/EM carhartt, EUTM 014522577/EM CARHARTT, EUTM 007283807/EM carhartt, ITM 1265545/WO CARHARTT WORK IN PROGRESS, ITM 1085010/WO CARHARTT - WORK IN PROGRESS</t>
+  </si>
+  <si>
+    <t>CARHARTT B.V.</t>
+  </si>
+  <si>
+    <t>EUTM 0925002 BY MALENE BIRGER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ITM 1241086BROW TASTIC, EUTM 016119241 INSTA FIX &amp; MATTE	
+EUTM 005538665 M MANHATTAN, EUTM 000213116 Manhattan	
+EUTM 005259536J OOP! GO, EUTM 007178478 JOOP! THRILL, EUTM 018355836 Chloé, EUTM002950780COTY, EUTM 000117580 CK ONE
+EUTM 000117465 CK, EUTM 003683661 CHLOE, EUTM 004393741 ck one
+EUTM 009513111 C BY CHLOE, EUTM 017059775 BOURJOIS ROUGE FABULEUX, EUTM 016736563 BOURJOIS HEALTHY MIX, EUTM 015999576 BOURJOIS VOLUME REVEAL, EUTM 016120123 BOURJOIS MIRACULOUS CONTOUR, EUTM 010813781 bruno banani NOT FOR EVERYBODY, EUTM 004365871 bb, EUTM 000882571 bruno banani	
+ITM 1082990A MAZING GRACE, EUTM  002736155 PHILOSOPHY	
+EUTM 004383535 bVERA WANG PRINCESS, EUTMb013118881bPURE TIFFANY, EUTMb000174805bSALLY HANSEN, EUTM 001278787bVERA WANGEUTM  008136103 VOLCANO, ITM  1241086 BROW` TASTIC, EUTM  016119241 INSTA FIX &amp; MATTE, EUTM  1279753 VOLUME SHAKE, EUTM  005538665 M MANHATTAN, EUTM  000213116 MANHATTAN, EUTM  005259536 JOOP! GO, EUTM  007178478 JOOP! THRILL, EUTM  008808776  FREIGEIST, EUTM  000117580 CK ONE, EUTM  000117465  CK, EUTM  003683661 CHLOE, EUTM  004393741   ck one, EUTM  003463742  JIL SANDER PURE, EUTM  002583698 NIKOS, EUTM  009513111 C BY CHLOE, ITM  1191846  ROSABOTANICA BALENCIAGA PARIS, ITM  1146029 FLORABOTANICA BALENCIAGA PARIS, EUTM  002024487 PRELUDE, EUTM  000735944 CRISTOBAL, EUTM  012783296  B., BALENCIAGA PARIS, EUTM  017059775 BOURJOIS ROUGE FABULEUX, EUTM  016736563  BOURJOIS HEALTHY MIX, EUTM  015999576  BOURJOIS VOLUME REVEAL, EUTM  016120123 BOURJOIS IRACULOUS CONTOUR, EUTM  010813781BRUNO BANANI NOT FOR EVERYBODY, EUTM  004365871 BB, EUTM  000882571 BRUNO BANANI, EUTM  009937699 JUSTCAVALLI, EUTM  008779639  CAVALLI, EUTM  008779662 RCC, EUTM  000752196 ROBERTO CAVALLI, EUTM  017416141  93075244  BB, EUTM  008360802  93075242  BALENCIAGA, EUTM  0946853  91059780  SECRET OBSESSION, EUTM  1015736  91059779  ckfree, EUTM  1102290  91059778  CK ONE SHOCK, EUTM  1114622 CALVIN KLEIN SHEER BEAUTY, EUTM  006189583 INTENSE EUPHORIA, EUTM  004087276 JOOP! JUMP, EUTM  000135517   NIGHTFLIGHT, EUTM  010029437  MARC JACOBS BANG, EUTM  005925532  DAISY MARC JACOBS, EUTM  000481465  MARC JACOBS, EUTM  000079707  CALVIN KLEIN, EUTM  000117515  CK BE, EUTM  009717761 SEE BY CHLOE, EUTM  009021726 LOVE, Chloé, EUTM  003636768 SCULPTURE, EUTM  012210555 RIMMEL </t>
+  </si>
+  <si>
+    <t>EUTM 004775862 RAW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ICD D224409-0003/WO, ICD D224409-0001/WO, EUTM 506873 Samsung, EUTM 1877901 Samsung, EUTM 8429731 Samsung
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                     EUTM 000318261/EM BEOLINK, EUTM 000318071 B&amp;O, EUTM 000317073 BEOSOUND, EUTM 010445591 Beoplay, EUTM 10401529 B&amp;O Play, EUTM000781666 B &amp; O, EUTM 00318261 Beolink, EUTM 000318113 BANG &amp; OLUFSEN 
+</t>
+  </si>
+  <si>
+    <t>BANG &amp; OLUFSEN OPERATIONS A/S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 012276473/EM Calgon, EUTM 005560479 CALGON, EUTM 011825395  </t>
+  </si>
+  <si>
+    <t>CDR 48615080003, CDR 48615080002, CDR 48615080001</t>
+  </si>
+  <si>
+    <t>LINEA LIGHT S.R.L.</t>
+  </si>
+  <si>
+    <t>apgaismojuma elementi</t>
+  </si>
+  <si>
+    <t>EUTM0 03785706/EM C.P. COMPANY,EUTM 017756875/EM #eyesonthecity
+EUTM 012395621/EM C.P. COMPANY, EUTM 003785731/EM C.P. COMPANY, EUTM 018357340/EM,EUTM 018716651/EM C.P. COMPANY
+EUTM 018662358/EM,  EUTM 018676477/EM	. ITM 928957/WO C.P. COMPANY</t>
+  </si>
+  <si>
+    <t>TRISTATE INTERNATIONAL SA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">kosmētika, smaržas, zobu pastas,matu losjoni, brilles, saulesbrilles un to piederumi, pulksteņi un hronometriskie instrumenti, apģērbi, apavi, galvassegas, somas, jostas, rotaļlietas u.c. </t>
+  </si>
+  <si>
+    <t>ITM 911859 CHORUS, ITM 11657 GEWISS, ITM 000911653 Chorus</t>
+  </si>
+  <si>
+    <t>Gewiss - S.p.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 015950264/EM LA MIA BAMBINAEUTM8860975 ELISABETTA FRANCHI + figura, ITM 1093268 figura geometrica,  ITM 959545 ELISABETTA FRANCHI 
+</t>
+  </si>
+  <si>
+    <t>ITM 1067933/WO AquaBlade</t>
+  </si>
+  <si>
+    <t>Jacques Beij</t>
+  </si>
+  <si>
+    <t>logu tīrītājs</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CPVR 55220 Supechseventeen, EUTM 001199413/EM HONEYCOT, EUTM 003585858/EM COACHELLA SEEDLESS, EUTM 019077875/EM BLACK MAGIC, EUTM 001326172/EM BLACK GIANT, EUTM 000611004/EM BLACK DIAMOND, EUTM 011762705/EM BELINA SEEDLESS, EUTM 010671071/EM AUTUMNCRISP, EUTM 004474698/EM APPLUM, EUTM 001277664/EM AMBER CREST, EUTM 011443926/EM ADORA SEEDLESS
+EUTM 000610980/EM SUPERIOR SEEDLESS, EUTM 016124026/EM SUN WORLD INNOVATION, EUTM 000118802/EM SUN WORLD, EUTM 011443843/EM STARLETTA SEEDLESS, EUTM 002675692/EM SOPHIA SEEDLESS, EUTM 011762432/EM SONERA SEEDLESS, EUTM 011443876/ EM SOLETTA SEEDLESS, EUTM 011763026/EM SOLERA SEEDLESS	
+EUTM 002675130/EM SABLE SEEDLESS, EUTM 011762978/EM ROSERA SEEDLESS, EUTM 004069423/EM RED GIANT, EUTM 000902924/EM MIDNIGHT BEAUTY, EUTM 004051421/EM SUPER STAR, CPVR 27969 SUGRASIXTEEN, CPVR 21163 SUGRATHIRTEEN, CPVR 26298 SUGRAEIGHTEEN, CPVR 32280 SUGRANINETEEN, CPVR 40786 Sugrathirtyfive, CPVR 61233 Sugrafortyeight, CPVR 27235 Suapriseven, CPVR 26758 Suaprieight, CPVR 29637 Suaprinine, CPVR 26757 Sugrafourteen, CPVR 38357 Sugrathirtytwo, CPVR 52695 Sugrathirtyfour,CPVR 49785 Sugrathirtysix
+CPVR 49786 Sugrathirtyeight, CPVR 52162 Sugraforty, CPVR 49787 Sugrafortyone, CPVR 58281 Sugrafortythree, CPVR 58282 Sugrafortyfive, CPVR 35655 Sunectwentyone, CPVR 29636 Supechfifteen, CPVR 55624 Supechsixteen
+CPVR 30128 Suplumtwentytwo, CPVR 30129 Suplumtwentythree,CPVR 32804 Suplum wentysix, CPVR 32436 Suplumtwentyeight, CPVR 37509 Suplum thirtyseven, CPVR 32437 Suplumthirtyone, CPVR 35891 Suplumthirtyfour
+CPVR 35895 Suplumthirtysix, CPVR 43212 Suplumthirtyeight, CPVR 54880 Suplumfortythree, CPVR 58339 Suplumfortyseven,CPVR 66238 Suplumfortyone
+CPVR 66239 Suplumfortyfour, CPVR 66241 Suplumfortytwo, CPVR 66244 Suplumfifty, CPVR 67018 Sugrafortynine, CPVR 67019 Sugrafifty,CPVR 67020 Sugrafiftyone, CPVR 67025 Sugrafiftytwo, CPVR 67026 Sugrafiftythree, CPVR 67027 Sugrafiftyfour, CPVR 67028 Sugrafiftyfive, ITM 870220/WO SCARLOTTA SEEDLESS	</t>
+  </si>
+  <si>
+    <t>SUN WORLD INTERNATIONAL LTD SUN WORLD INTERNATIONAL LTD</t>
+  </si>
+  <si>
+    <t>EUTM 000161950/EM Ferrari, EUTM 001598135/EM Ferrari, EUTM 000560128/EM Ferrari, EUTM 003604261/EM S F, EUTM 001100346/EM360 modena, EUTM 003442381/EM 612SCAGLIETTI, EUTM 000560045/EM SF
+EUTM 004969564/EM, EUTM 002732196/EM Enzo Ferrari, EUTM 000560102/EM Ferrari, EUTM 001616440/EM Ferrari, EUTM 000454546/EM
+EUTM 001616457/EM Ferrari, EUTM 006543301/EM, EUTM 006216972/EM
+EUTM 003292257/EM, EUTM 003503182/EM S F, EUTM 000162065/EM Ferrari, EUTM 006542931/EM, EUTM 002731800/EM ENZO FERRARI	
+EUTM 002568210/EM575 M Maranello, EUTM 001595917/EM 360modena
+EUTM 000539585/EM Ferrari, EUTM 001598689/EM SF,EUTM 001616481/ EM, EUTM 000161984/EM SF, EUTM 000448605/EM FERRARI</t>
+  </si>
+  <si>
+    <t>FERRARI S.P.A.</t>
+  </si>
+  <si>
+    <t>rotaļlietas, spēles, mehāniskās rotaļlietas, rotaļu modeļi; Modeļu transportlīdzekļi, žurnāli , grāmatas, pulksteņi, saulesbrilles, brilles, ķiveres, stereo austiņasaudio pastiprinātāji, austiņas telefoniem, pildspalvas, apavi, apģērbs, automobiļi/vieglās automašīnas, riteņu diski, riteņi u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 018426032/EM* A BATHING APE</t>
+  </si>
+  <si>
+    <t>I.T NOWHERE (UK) LIMITED</t>
+  </si>
+  <si>
+    <t>krekli</t>
+  </si>
+  <si>
+    <t>EUTM  014676209 LA ROCHE-POSAY LABORATOIRE DERMATOLOGIQUE, CDR 000296462-0001/EM</t>
+  </si>
+  <si>
+    <t>EUTM 010967842 LOGIC, EUTM 016673841 LOGIC PRO,EUTM 015982788 (Marque sans texte), EUTM 015982754 (Marque sans texte),EUTM 015982721 (Marque sans texte), EUTM 015982821 (Marque sans texte),EUTM 014811848 LOGIC, EUTM 015721533 PLOOM, EUTM 010919835 PLOOM, EUTM 017948904 Logic COMPACT, EUTM 17873978 LOGIC COMPACT, EUTM 017948906 Logic COMPACT ELECTRONIC CIGARETTE,EUTM 017948905 Logic COMPACT ELECTRONIC CIGARETTE, EUTM 017948902 Logic COMPACT ELECTRONIC CIGARETTE</t>
+  </si>
+  <si>
+    <t>JT International SA</t>
+  </si>
+  <si>
+    <t>tabaka un tabakas izstrādājumi, tostarp aizstājēji, elektroniskās cigaretes, elektronisko cigarešu baterijas, elektronisko cigarešu šķidrumi, elektronisko cigarešu lādētāji,  elektronisko cigarešu futrāļi</t>
+  </si>
+  <si>
+    <t>EUTM  001417757/EM/ AMBER LEAF, EUTM	011645728 RICHARD LLOYD &amp; SONS AMBER LEAF MELLOW CUT BLONDE ROLLING TOBACCO, EUTM	017076597 AMBER LEAF, EUTM 017933354 AMBER LEAF</t>
+  </si>
+  <si>
+    <t>tabaka, cigarešu un smēķēšanas piederumi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ITM 1344003/WO RAIN STARTS PLAY, EUTM011530466 Hunter Argyll 
+EUTM003700788 Hunter, EUTM 993373 Hunter, EUTM 0945795 Hunter, EUTM1219945 Hunter, EUTM1187552 The North British Rubber Company, ITM1300042 Hunter Field, ITM1344003 Rain Strats Play 
+</t>
+  </si>
+  <si>
+    <t>ABG HUNTER LLC</t>
+  </si>
+  <si>
+    <t>CDR 01646845-0003, CDR 001646845-0002, CDR 002025049-0004, CDR 02025049-0003, CDR 002025049-0002, CDR 002074948-0002, CDR 002074948-0001, CDR 002025049-0001, CDR 001646845-0001, EUTM 004396461, CDR 000167929-0001, CDR 000001151-0001</t>
+  </si>
+  <si>
+    <t>edding AG</t>
+  </si>
+  <si>
+    <t>rakstāmpiederumi, biroja piederumi u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 015537467 MIRACULOUS, EUTM 015537426 MIRACULOUS,EUTM 017959832/EM Miraculous, EUTM 018015275/EM MIRACULOUS 
+</t>
+  </si>
+  <si>
+    <t>METHOD ANIMATION</t>
+  </si>
+  <si>
+    <t>Anglepoise GmbH</t>
+  </si>
+  <si>
+    <t>EUTM 013794433/EMYSL MON PARIS,EUTM 018718391/EM YSL MYSLF YVES SAINT LAURENT, EUTM 018295474/EMBABYCAT, EUTM 018306115/EMROUGE VELOURS PATCHOULI - ROSE YVESSAINTLAURENT, EUTM 004672358/EM YSL, EUTM 006036289/EM YVES SAINT LAURENT, EUTM 012562872/EM BLACK OPIUM, EUTM 006036231/EM YSL, EUTM 010850964/EM OPIUM, EUTM 008731424/EM OPIUM YVES SAINT LAURENT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yves Saint Laurent </t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDR 000613294-0001/EM, CDR 000613294-0002/EM, CDR 000727672-0001/ EM, CDR 002962696-0001/EM, EUTM 018759860/EM YSL, EUTM 018151332/EM YSL, ITM 1564759/WO YVESSAINTLAURENT, ITM 1462558/WO YVES SAINT LAURENT, EUTM 018151341/EM YVES SAINT LAURENT, EUTM 018759862/EM YVES SAINT LAURENT (Stylized), YVESSAINTLAURENT, EUTM 006845713/EM YSL, EUTM 018152561/EM YSL, EUTM 008194953/EM YSL LOVER, EUTM 018597534/EM SAINT LAURENT, EUTM 008192379/EM YSL CUIR NOIR, ITM 1461992/WO SAINT LAURENT RIVE DROITE,EUTM 018759861/EM SAINT LAURENT
+ITM 1462603/WO SAINT LAURENT	, EUTM 010217883/EM YVES SAINT LAURENT MUSE, EUTM 018152565/EM rive gauche,EUTM 017892658/EM
+EUTM 018862509/EM SAINT LAURENT high, ITM 1567626/WO SAINT LAURENT PARIS, ITM 1462341/WO SAINT LAURENT RIVE DROITE	
+ITM 1462618/WO YSL, EUTM 009417148/EM YSL, EUTM 009416108/EM YSL, CDR 000979521-0001/EM, CDR 003536564-0003/EM, CDR 002933572- 0002/EM	, CDR 002746891-0002/EM, EUTM 011445947/EM SAINT LAURENT PARIS, EUTM 014627434/EM SAINT LAURENT PARIS, ITM 1305523/WO SAINT LAURENT PARIS, EUTM 011445905/EM SAINT LAURENT, EUTM 009416116/EM YvesSaintLaurent, CDR 001175871- 0001/EM, CDR 001263859-0001/EM, CDR 002615880-0004/EM, CDR 002615880-0001/EM	</t>
+  </si>
+  <si>
+    <t>ITM 1433937 FORTNITE, ITM 1441992 FORTNITE, ITM 1433939 FORTNITE, ITM 1419271 FORTNITE, EUTM 017947714 FORTNITE	
+ITM 1426745 FORTNITE, ITM 1426785 FORTNITE BATTLE ROYALE	
+ITM 1447680 FORTNITE</t>
+  </si>
+  <si>
+    <t>matu kopšanas produkti</t>
+  </si>
+  <si>
+    <t>mehānismi ar monētām darbināmiem aparātiem, kases aparāti, rēķināšanas mašīnas, datu apstrādes iekārtas, dator programmatūra, ugunsdzēšamie aparāti juvelierizstrādājumi, pulksteņi un hronometriskie instrumenti, spēļu rotaļlietas, videospēļu aparāti, vingrošanas un sporta preces, Ziemassvētku eglīšu rotājumi, kafija, tēja, kakao un mākslīgā kafija, rīsi, tapioka un sāgo, milti un graudaugu izstrādājumi, maize, konditorejas izstrādājumi un konditorejas izstrādājumi, pārtikas ledus, cukurs, medus, melases sīrups, raugs, cepamais pulveris, sāls, sinepes, etiķis, mērces, garšvielas, saldējums u.c.</t>
+  </si>
+  <si>
+    <t>apģērbi, apavi, galvassegas, uzglabāšanas piederumi un mēbeles guļamistabai, tekstilizstrādājumi un to aizstājēji, mājsaimniecības veļa, tekstila vai plastmasas aizkari, rotaļlietas videospēļu aparāti, vingrošanas un sporta preces, Ziemassvētku eglīšu rotājumi, bagāžas un transporta somas, apkakles, siksnas un mājdzīvnieku apģērbs u.c.</t>
+  </si>
+  <si>
+    <t>galda tenisa nūjas, apģērbs, šorti, t-krekli, treniņtērpi u.c.</t>
+  </si>
+  <si>
+    <t>apģērbi, apavi, galvassegas, ceļojumu koferi, pludmales somas, sporta somas, iepirkumu somas ar riteņiem, maki, rokassomas, instrumentu somas, medību somas (medību piederumi), portfeļi, skolas somas, dārgmetāli un to sakausējumi un izstrādājumi no tiem u.c.</t>
+  </si>
+  <si>
+    <t>saulesbriļļu futrāļi,  ietvari, saulesbrilles saulesbriļļu auklas, siksnas, vāciņi, sieviešu sandales, atslēgu piekariņi sieviešu rokassomas, rotaslietas, kleitas apģērbi, kostīmi, vilnas zeķes, virsdrēbes, peldkostīmi u.c.</t>
+  </si>
+  <si>
+    <t>smaržas juvelierizstrādājumi, apavi, maki, somas, portfeļi, atslēgu piekariņi u.c.</t>
+  </si>
+  <si>
+    <t>bezalkoholiskie dzērieni uz augļu bāzes ar tējas garšu, ledus tēja, tējas dzērieni, enerģijas dzērieni,  kafijas dzērieni, kas satur pienu u.c.</t>
+  </si>
+  <si>
+    <t>somas, ziepes, parfimērijas preces ēteriskās eļļas, kosmētika, pildīti kosmētikas maciņi, matu veidošanas vasks, depilācijas vasks, šampūni, mājdzīvnieku šampūni (neārstnieciski kopšanas līdzekļi), šķidrumi matu un ķermeņa kopšanai, matu krāsas, dezodorētāji u.c.</t>
+  </si>
+  <si>
+    <t>apģērbs sportam,  sporta inventārs,  saulesbrilles, brilles (optika), sporta brilles, portfeļi, šalles, sporta aprīkojums, cimdi, sporta apavi, futbola krekli, futbola apģērbu modeļi, bērnu apģērbi, vīriešu apakšveļa u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">vienreizējās lietošanas paklājiņi mazuļu pārģērbšanai, bērnu salvetes,
+vienreizējās lietošanas autiņi, bērnu autiņbiksītes u.c.
+</t>
+  </si>
+  <si>
+    <t>ķīmisko un neķīmisko vielu filtrēšanas līdzekļi, rūpnieciskās eļļas un smērvielas, motoreļļa, transmisijas eļļa, smērvielas, putekļu noņemšanas līdzekļi, dzelzs izstrādājumi un nelieli metāla izstrādājumi, metāla izstrādājumi, jo īpaši celtniecības materiāli, būvelementi, cisternas, tvertnes, konteineri, transportēšanas preces, uzglabāšanas preces, iepakojums, mehāniskās iekārtas celtniecībai, zemes rakšanai, drupināšanai, jaukšanai, apstrādei, ieguvei un lauksaimniecībai, sūkņi, kompresori, ģeneratori un ventilatori, roboti, pārvietošanas un apstrādes aprīkojums, bagāžas, somas, kabatas portfeļi un citi nesēji, mugursomas, apģērbs, apavi, galvassegas, spēles, rotaļlietas, sporta preces un aprīkojums, smēķētāju preces,  šķiltavas,pelnu trauki,  sērkociņi u.c.</t>
+  </si>
+  <si>
+    <t>hermētiķi, hermētiķu noņēmēji, blīves un hermētiķu komplekti</t>
+  </si>
+  <si>
+    <t xml:space="preserve">košļājamā tabaka, tabaka, tabakas filtri u.c. </t>
+  </si>
+  <si>
+    <t>briļļu lēcas, saulesbriļļu lēcas, optiskās brilles, oftalmoloģiskā stikla lēcas, optiskās lēcas, oftalmoloģiskās lēcas</t>
+  </si>
+  <si>
+    <t>briļļu lēcas, saulesbriļļu lēcas, optiskās brilles, oftalmoloģiskā stikla lēcas, optiskās lēcas, oftalmoloģiskās lēcas, kino lēcas</t>
+  </si>
+  <si>
+    <t>dūnu mēteļi, t-krekli, jakas, trenčmētelis,  dūnu jakas, mēteļi</t>
+  </si>
+  <si>
+    <t>apģērbs, rotaļlietas, kancelejas preces, svārsta pulksteņi, vannas halāti, bērnu lietussargi, ballīšu baloni, papīra ballīšu dekorācijas, ballīšu ielūgumi, svētku rakstāmpiederumi, papīra ballīšu piederumi, vannas rotaļlietas, ērnu albumi, bērnu pārtika (zīdaiņiem), bērnu dvieļi, plastmasas ballīšu cepures u.c.</t>
+  </si>
+  <si>
+    <t>skaņas pastiprinātāji,  elektriskās kontroles aprīkojums, skaņu atjaunošana aparatūras instrumentiem, apgaismošanas sistēmas, ģitāras, ģitāru stīgas, mūzikas instrumenti</t>
+  </si>
+  <si>
+    <t>kabeļu savienotāji, bezvadu lādētāji, USB lādētāj, pulksteņu siksnas, viedpulksteņi, planšetdatori, skaļruņi, austiņas, bezvadu skaļruņi, mobilo tālruņu maciņi, viedtālruņi u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">elektriskie motori,starteri (izņemot sauszemes transportlīdzekļiem),ģeneratori, iekšdedzes dzinēju aizdedzes sistēmas, spuldžu sveces,aizdedzes sveces,degvielas sūkņi, regulatori, sprauslas un sprauslu turētāji, dzinēja vārsti, degvielas filtri, eļļas filtri, gaisa filtri u.c. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">zāģi, cauruļu griešanas mašīnas, mašīnas metālu zāģēšanai, pašgājējas mašīnas zāģēšanai, zāģu soli, mobilās kokzāģētavas, zāģēšanas instrumenti zāģmašīnām, zāģēšanas darbgaldi, zāģu asmeņi u.c. </t>
+  </si>
+  <si>
+    <t>spēles, rotaļlietas un rotaļlietas, videospēļu ierīces vingrošanas un sporta inventārs, apģērbi, apavi, galvassegas, bagāžas un pārnēsāšanas somas, rokas darbarīki, sniega lāpstas, brilles, sniega brilles, saulesbrilles, ķiveres, muguras aizsargi, apakšstilbu aizsargi,nelaimes gadījumu aizsardzības ierīces personiskai lietošanai, jo īpaši pastiprinājumi plecu un elkoņu, ceļgalu un citu ķermeņa daļu aizsardzībai, elektroniski meklēšanas aparāti apbedīto personu atrašanās vietas noteikšanai, elektroniski lavīnu raiduztvērēji,meklēšanas zondes u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">jaudas pārvades siksnas sauszemes transportlīdzekļu dzinējiem, gumijas transmisijas siksnas  transportlīdzekļiem, sauszemes transportlīdzekļu transmisijas elementi, sauszemes transportlīdzekļu zobsiksnu spriegošanas ierīces,jostu spriegotāji, sauszemes transportlīdzekļu dzinēju zobsiksnu spriegošanas ierīces, spriegotāji (ar roku darbināmi instrumenti), metāla kabeļu spriegotāji laivām, piedziņas skriemeļi, skriemeļi, zobsiksnas skriemeļi, siksnu skriemeļi, skriemeļi (mašīnu daļas), transportlīdzekļu dinamo skriemeļi, skriemeļi (metāla aparatūra) u.c. </t>
+  </si>
+  <si>
+    <t>liftu lentes, iespiedshēmu plates, iespiedshēmas, pārvietojamie celiņi, invertori (elektrība), inverteri strāvas padevei, pārvietojamas kāpnes (eskalatori, zobsiksnas motoriem, mašīnām, motoriem u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">portfeļi, karšu maki, maki kredītkartēm (ādas izstrādājumi), rokassomas, naudas maki u.c. </t>
+  </si>
+  <si>
+    <t>parfimērijas izstrādājumi, rotaslietas, kosmētika,  apģērbs, apavi, dokumentu maciņi u.c.</t>
+  </si>
+  <si>
+    <t>smaržas, šķidrās smaržas</t>
+  </si>
+  <si>
+    <t>juvelierizstrādājumi, ķēdes, kaklarotas  rokassprādzes   gredzeni, apģērbi, apavi, galvassegas, jostas somas, ceļojumu somas, rokasomiņas, maki u.c</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> atmiņas moduļi, baterijas, ierīces un instrumenti enerģijas uzkrāšanai, uzlādējamas baterijas, mobilās lietotnes, elektriskās baterijas, sauszemes pārvietošanās līdzekļi, gaisa pārvietošanās līdzekļi, ūdens pārvietošanās līdzekļi, hibrīda transportlīdzekļi, elektriskie transportlīdzekļi,   galvassegas, apģērbs,glāzes, krūzes u.c.</t>
+  </si>
+  <si>
+    <t>galvassegas, blūzes, t-krekli, mugursomas, ceļojumu somas, jakas, mēteļi, džemperi ar kapuci u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">svaigas vīnogas, aprikozes, persiki
+</t>
+  </si>
+  <si>
+    <t>videospēļu konsoles, rotaļlietas, lelles, grāmatas, komiksi, bērnu grāmatas, apģērbi, gultas veļa u.c.</t>
+  </si>
+  <si>
+    <t>ITM 1126166/WO Monchhichi, EUTM 009139346/EM, EUTM 009139312/EM, ITM 1126165/WO</t>
+  </si>
+  <si>
+    <t>EUTM 015382963/EM GIOCHI PREZIOSI GROUP, EUTM 009344292/EM GIOCHI PREZIOSI, EUTM 015383201/EM GIOCHI PREZIOSI, ITM 1041967/WO EMOTION PETS, EUTM 009164914/EM CICCIOBELLO	
+EUTM007028525/EM GORMITI, ITM 1376005/WO BE YOU U, ITM 1620810/WO UNIQUE EYES, ITM 1610996/WO AMICICCI, EUTM 012346045/EM PRIMÍ, EUTM 018795540/EM CANTA TU KARAOKE	
+EUTM 018898946/EM COCCOLOTTI, ITM 1828821/WO GO! POP</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> EUTM 9344383 GIOCHERIA </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
   </numFmts>
-  <fonts count="38" x14ac:knownFonts="1">
+  <fonts count="37" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Courier New"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier New"/>
       <family val="3"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman Baltic"/>
@@ -12797,57 +12723,50 @@
       <color rgb="FF333333"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Courier New"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Times New Roman Baltic"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF3C4043"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <sz val="9"/>
-[...5 lines deleted...]
-    <font>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Courier New"/>
       <family val="3"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
@@ -13005,51 +12924,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="14" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="120">
+  <cellXfs count="116">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -13266,133 +13185,121 @@
     </xf>
     <xf numFmtId="0" fontId="24" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="22" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="12" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="37" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="36" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="44">
     <cellStyle name="Currency 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Currency 2 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Currency 2 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Currency 2 2 2 2" xfId="13" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Currency 2 2 2 2 2" xfId="35" xr:uid="{313C43D6-72C0-4AEF-AE7A-1969A8911728}"/>
     <cellStyle name="Currency 2 2 2 3" xfId="26" xr:uid="{2DBA9CD4-7AD8-4F99-BA86-F99B2F7DD28D}"/>
     <cellStyle name="Currency 2 2 3" xfId="12" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Currency 2 2 3 2" xfId="34" xr:uid="{4595F7A1-A557-4FA5-B54E-976BC9BFDF44}"/>
     <cellStyle name="Currency 2 2 4" xfId="25" xr:uid="{F55BC74A-9345-4850-827A-7BF0F8CF0F32}"/>
     <cellStyle name="Currency 2 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Currency 2 3 2" xfId="14" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Currency 2 3 2 2" xfId="36" xr:uid="{CEC1EA78-89BB-47BE-9880-91C4D0D4D810}"/>
     <cellStyle name="Currency 2 3 3" xfId="27" xr:uid="{8AB3EB2D-1A19-4148-A57C-92A4CE43FC3D}"/>
     <cellStyle name="Currency 2 4" xfId="11" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Currency 2 4 2" xfId="33" xr:uid="{51F92761-3B4C-453B-B015-DA89411D95BE}"/>
     <cellStyle name="Currency 2 5" xfId="24" xr:uid="{B245A0CC-A21F-4EEF-B858-28B0685FC300}"/>
     <cellStyle name="Currency 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Currency 3 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
@@ -13704,144 +13611,144 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="..\AppData\Roaming\Microsoft\Excel\Downloads\Downloads\Downloads\Downloads\Downloads\Piel\WAGO%20Verwaltungsgesellschaft%20mbH" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2016.04.2021.xlsx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="..\AppData\Roaming\Microsoft\Downloads\Piel\crocs" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads\Downloads\Downloads\Downloads\Downloads\Piel\Stussy%20Inc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Tiesibu_subjektu_saraksts_%20tiesibu_veidu_paskaidrojumi_%2005.07.2024_.xlsx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads\Downloads\Downloads\Downloads\Downloads\Piel\Eli%20Lilly%20and%20Company%202015%20%20xxx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ks.vid.gov.lv/27/aprite/Koplietojamie%20dokumenti/Ties&#299;bu%20subjektu%20pieteikumi/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Roaming/Microsoft/Excel/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.11.2023.xlsx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads/Downloads/Downloads/Downloads/Downloads/Piel/GOOGLE%20LLC" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads\Downloads\Downloads\Downloads\Downloads\Piel\Skoda%20Auto%20a%20s" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads\Downloads\Downloads\Downloads\Downloads\Piel\apple" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Eli%20Lilly%20and%20Company%202015%20%20xxx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads\Downloads\Downloads\Downloads\Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2002.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Roaming/Microsoft/Excel/Downloads/Downloads/Piel/Willy%20Bogner%20GmbH%20%20Co%202015" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads\Downloads\Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.03.2022.xlsx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Furla%20SPA" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="..\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\AppData\Roaming\Microsoft\Excel\Downloads\Downloads\Downloads\Downloads\Downloads\Piel\WAGO%20Verwaltungsgesellschaft%20mbH" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2016.04.2021.xlsx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="..\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\9P617JX6\Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Downloads/Piel/crocs" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Stussy%20Inc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Tiesibu_subjektu_saraksts_%20tiesibu_veidu_paskaidrojumi_%2005.07.2024_.xlsx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Eli%20Lilly%20and%20Company%202015%20%20xxx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ks.vid.gov.lv/27/aprite/Koplietojamie%20dokumenti/Ties&#299;bu%20subjektu%20pieteikumi/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Excel/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.11.2023.xlsx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/GOOGLE%20LLC" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Skoda%20Auto%20a%20s" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\JT%20International%20S%20A%202015" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="..\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\9P617JX6\Downloads\Downloads\Downloads\Downloads\Downloads\Piel\apple" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Eli%20Lilly%20and%20Company%202015%20%20xxx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/HBI%20Europe%20GmbH%20%20ELEMENTS" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2002.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Excel/Downloads/Downloads/Piel/Willy%20Bogner%20GmbH%20%20Co%202015" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.03.2022.xlsx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Furla%20SPA" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:E1323"/>
+  <dimension ref="A1:E1315"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C1330" sqref="C1330"/>
+      <selection pane="bottomLeft" activeCell="G1131" sqref="G1131"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="44" style="5" customWidth="1"/>
     <col min="2" max="2" width="36.75" style="2" customWidth="1"/>
     <col min="3" max="3" width="51.25" style="3" customWidth="1"/>
     <col min="4" max="4" width="13.25" style="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="8"/>
       <c r="C1" s="9"/>
     </row>
     <row r="3" spans="1:4" s="1" customFormat="1" ht="57" x14ac:dyDescent="0.25">
       <c r="A3" s="37" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="10" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>2002</v>
+        <v>1947</v>
       </c>
       <c r="D3" s="12" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A4" s="15" t="s">
-        <v>2882</v>
+        <v>2788</v>
       </c>
       <c r="B4" s="24" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="72" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="33">
         <v>46143</v>
       </c>
     </row>
-    <row r="5" spans="1:4" ht="236.25" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:4" ht="219.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="15" t="s">
-        <v>2833</v>
+        <v>2741</v>
       </c>
       <c r="B5" s="72" t="s">
-        <v>2834</v>
+        <v>2742</v>
       </c>
       <c r="C5" s="72" t="s">
         <v>6</v>
       </c>
       <c r="D5" s="33">
         <v>46212</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="135" x14ac:dyDescent="0.25">
       <c r="A6" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="24" t="s">
-        <v>2746</v>
+        <v>2659</v>
       </c>
       <c r="C6" s="72" t="s">
-        <v>2015</v>
+        <v>1960</v>
       </c>
       <c r="D6" s="33">
         <v>46080</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A7" s="15" t="s">
-        <v>3148</v>
+        <v>3053</v>
       </c>
       <c r="B7" s="27" t="s">
-        <v>3149</v>
+        <v>3054</v>
       </c>
       <c r="C7" s="72" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="38">
         <v>46213</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B8" s="24" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="72" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="38">
         <v>46020</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="273" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="16" t="s">
         <v>12</v>
@@ -13864,138 +13771,138 @@
         <v>16</v>
       </c>
       <c r="C10" s="72" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="33">
         <v>46200</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="24" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="72" t="s">
         <v>20</v>
       </c>
       <c r="D11" s="33">
         <v>45988</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A12" s="15" t="s">
-        <v>1883</v>
+        <v>1828</v>
       </c>
       <c r="B12" s="24" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="72" t="s">
         <v>22</v>
       </c>
       <c r="D12" s="38">
         <v>46205</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A13" s="15" t="s">
-        <v>2614</v>
+        <v>2534</v>
       </c>
       <c r="B13" s="24" t="s">
         <v>23</v>
       </c>
       <c r="C13" s="72" t="s">
         <v>24</v>
       </c>
       <c r="D13" s="33">
         <v>46211</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="141" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="16" t="s">
-        <v>3503</v>
+        <v>3397</v>
       </c>
       <c r="B14" s="24" t="s">
         <v>25</v>
       </c>
       <c r="C14" s="72" t="s">
-        <v>2016</v>
+        <v>1961</v>
       </c>
       <c r="D14" s="38">
         <v>46313</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="45" x14ac:dyDescent="0.25">
       <c r="A15" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B15" s="72" t="s">
-        <v>2808</v>
+        <v>2717</v>
       </c>
       <c r="C15" s="72" t="s">
-        <v>2017</v>
+        <v>1962</v>
       </c>
       <c r="D15" s="38">
         <v>46099</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B16" s="24" t="s">
         <v>29</v>
       </c>
       <c r="C16" s="72" t="s">
         <v>30</v>
       </c>
       <c r="D16" s="38">
         <v>46052</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="236.25" x14ac:dyDescent="0.25">
       <c r="A17" s="15" t="s">
-        <v>2476</v>
+        <v>2397</v>
       </c>
       <c r="B17" s="24" t="s">
         <v>33</v>
       </c>
       <c r="C17" s="72" t="s">
         <v>34</v>
       </c>
       <c r="D17" s="33">
         <v>46073</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="45" x14ac:dyDescent="0.25">
       <c r="A18" s="15" t="s">
         <v>36</v>
       </c>
       <c r="B18" s="24" t="s">
-        <v>1950</v>
+        <v>1895</v>
       </c>
       <c r="C18" s="72" t="s">
         <v>37</v>
       </c>
       <c r="D18" s="38">
         <v>46331</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A19" s="15" t="s">
         <v>38</v>
       </c>
       <c r="B19" s="24" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="72" t="s">
         <v>40</v>
       </c>
       <c r="D19" s="38">
         <v>46020</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A20" s="15" t="s">
         <v>41</v>
@@ -14010,255 +13917,255 @@
         <v>46097</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="15" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="24" t="s">
         <v>45</v>
       </c>
       <c r="C21" s="72" t="s">
         <v>46</v>
       </c>
       <c r="D21" s="38">
         <v>46168</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="15" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="24" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="72" t="s">
-        <v>2018</v>
+        <v>1963</v>
       </c>
       <c r="D22" s="38">
         <v>46059</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="15" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="24" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="72" t="s">
         <v>51</v>
       </c>
       <c r="D23" s="38">
         <v>46167</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="162.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="16" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="24" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="72" t="s">
         <v>26</v>
       </c>
       <c r="D24" s="38">
         <v>46195</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
       <c r="A25" s="15" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="24" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="72" t="s">
-        <v>2019</v>
+        <v>1964</v>
       </c>
       <c r="D25" s="33">
         <v>46297</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
       <c r="A26" s="15" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="24" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="72" t="s">
         <v>60</v>
       </c>
       <c r="D26" s="38">
         <v>46237</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="105" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="15" t="s">
-        <v>3254</v>
+        <v>3158</v>
       </c>
       <c r="B27" s="24" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="72" t="s">
         <v>26</v>
       </c>
       <c r="D27" s="33">
         <v>46240</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="15" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="24" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="72" t="s">
         <v>64</v>
       </c>
       <c r="D28" s="38">
         <v>46048</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
       <c r="A29" s="15" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="24" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="72" t="s">
         <v>67</v>
       </c>
       <c r="D29" s="33">
         <v>46134</v>
       </c>
     </row>
     <row r="30" spans="1:4" ht="272.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="16" t="s">
-        <v>2524</v>
+        <v>2445</v>
       </c>
       <c r="B30" s="24" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="72" t="s">
         <v>69</v>
       </c>
       <c r="D30" s="33">
         <v>46247</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" s="15" t="s">
         <v>70</v>
       </c>
       <c r="B31" s="24" t="s">
         <v>71</v>
       </c>
       <c r="C31" s="72" t="s">
         <v>72</v>
       </c>
       <c r="D31" s="38">
         <v>46300</v>
       </c>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" s="15" t="s">
         <v>73</v>
       </c>
       <c r="B32" s="24" t="s">
         <v>74</v>
       </c>
       <c r="C32" s="72" t="s">
         <v>75</v>
       </c>
       <c r="D32" s="33">
         <v>46127</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" s="15" t="s">
-        <v>3274</v>
+        <v>3178</v>
       </c>
       <c r="B33" s="24" t="s">
         <v>76</v>
       </c>
       <c r="C33" s="72" t="s">
         <v>75</v>
       </c>
       <c r="D33" s="33">
         <v>46127</v>
       </c>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A34" s="15" t="s">
         <v>77</v>
       </c>
       <c r="B34" s="24" t="s">
         <v>78</v>
       </c>
       <c r="C34" s="72" t="s">
         <v>79</v>
       </c>
       <c r="D34" s="33">
         <v>46270</v>
       </c>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A35" s="15" t="s">
         <v>81</v>
       </c>
       <c r="B35" s="24" t="s">
         <v>82</v>
       </c>
       <c r="C35" s="72" t="s">
         <v>83</v>
       </c>
       <c r="D35" s="33">
         <v>46345</v>
       </c>
     </row>
-    <row r="36" spans="1:4" ht="281.25" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:4" ht="252" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="15" t="s">
-        <v>2638</v>
+        <v>2556</v>
       </c>
       <c r="B36" s="24" t="s">
         <v>84</v>
       </c>
       <c r="C36" s="72" t="s">
         <v>85</v>
       </c>
       <c r="D36" s="33">
         <v>46056</v>
       </c>
     </row>
     <row r="37" spans="1:4" ht="409.5" x14ac:dyDescent="0.25">
       <c r="A37" s="16" t="s">
-        <v>2548</v>
+        <v>2469</v>
       </c>
       <c r="B37" s="24" t="s">
         <v>86</v>
       </c>
       <c r="C37" s="72" t="s">
         <v>87</v>
       </c>
       <c r="D37" s="33">
         <v>46019</v>
       </c>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A38" s="19" t="s">
         <v>88</v>
       </c>
       <c r="B38" s="34" t="s">
         <v>89</v>
       </c>
       <c r="C38" s="72" t="s">
         <v>90</v>
       </c>
       <c r="D38" s="48">
         <v>46177</v>
       </c>
     </row>
@@ -14276,18408 +14183,18310 @@
         <v>46174</v>
       </c>
     </row>
     <row r="40" spans="1:4" ht="135" x14ac:dyDescent="0.25">
       <c r="A40" s="15" t="s">
         <v>94</v>
       </c>
       <c r="B40" s="24" t="s">
         <v>95</v>
       </c>
       <c r="C40" s="72" t="s">
         <v>96</v>
       </c>
       <c r="D40" s="33">
         <v>46078</v>
       </c>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A41" s="15" t="s">
         <v>97</v>
       </c>
       <c r="B41" s="24" t="s">
         <v>98</v>
       </c>
       <c r="C41" s="72" t="s">
-        <v>2020</v>
+        <v>1965</v>
       </c>
       <c r="D41" s="38">
         <v>46054</v>
       </c>
     </row>
     <row r="42" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
       <c r="A42" s="13" t="s">
         <v>100</v>
       </c>
       <c r="B42" s="24" t="s">
         <v>101</v>
       </c>
       <c r="C42" s="72" t="s">
-        <v>2021</v>
+        <v>1966</v>
       </c>
       <c r="D42" s="33">
         <v>46218</v>
       </c>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" s="15" t="s">
         <v>102</v>
       </c>
       <c r="B43" s="24" t="s">
         <v>103</v>
       </c>
       <c r="C43" s="72" t="s">
         <v>104</v>
       </c>
       <c r="D43" s="38">
         <v>46113</v>
       </c>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" s="13" t="s">
         <v>105</v>
       </c>
       <c r="B44" s="25" t="s">
         <v>106</v>
       </c>
       <c r="C44" s="72" t="s">
-        <v>2022</v>
+        <v>1967</v>
       </c>
       <c r="D44" s="38">
         <v>46204</v>
       </c>
     </row>
     <row r="45" spans="1:4" ht="45" x14ac:dyDescent="0.25">
       <c r="A45" s="13" t="s">
         <v>107</v>
       </c>
       <c r="B45" s="24" t="s">
         <v>108</v>
       </c>
       <c r="C45" s="72" t="s">
         <v>109</v>
       </c>
       <c r="D45" s="49">
         <v>46225</v>
       </c>
     </row>
     <row r="46" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A46" s="15" t="s">
         <v>110</v>
       </c>
       <c r="B46" s="24" t="s">
         <v>111</v>
       </c>
       <c r="C46" s="72" t="s">
         <v>112</v>
       </c>
       <c r="D46" s="38">
         <v>46119</v>
       </c>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" s="15" t="s">
         <v>113</v>
       </c>
       <c r="B47" s="24" t="s">
         <v>114</v>
       </c>
       <c r="C47" s="72" t="s">
-        <v>2023</v>
+        <v>1968</v>
       </c>
       <c r="D47" s="33">
         <v>46288</v>
       </c>
     </row>
     <row r="48" spans="1:4" ht="126.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="14" t="s">
         <v>115</v>
       </c>
       <c r="B48" s="24" t="s">
         <v>116</v>
       </c>
       <c r="C48" s="72" t="s">
-        <v>2024</v>
+        <v>1969</v>
       </c>
       <c r="D48" s="38">
         <v>46280</v>
       </c>
     </row>
     <row r="49" spans="1:4" ht="230.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="14" t="s">
         <v>118</v>
       </c>
       <c r="B49" s="25" t="s">
-        <v>3390</v>
+        <v>3289</v>
       </c>
       <c r="C49" s="72" t="s">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="D49" s="38">
         <v>46285</v>
       </c>
     </row>
     <row r="50" spans="1:4" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="14" t="s">
-        <v>2608</v>
+        <v>2528</v>
       </c>
       <c r="B50" s="24" t="s">
-        <v>2609</v>
+        <v>2529</v>
       </c>
       <c r="C50" s="72" t="s">
-        <v>2026</v>
+        <v>1971</v>
       </c>
       <c r="D50" s="38">
         <v>46143</v>
       </c>
     </row>
     <row r="51" spans="1:4" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="16" t="s">
         <v>119</v>
       </c>
       <c r="B51" s="24" t="s">
         <v>116</v>
       </c>
       <c r="C51" s="72" t="s">
         <v>120</v>
       </c>
       <c r="D51" s="33">
         <v>46280</v>
       </c>
     </row>
     <row r="52" spans="1:4" ht="45" x14ac:dyDescent="0.25">
       <c r="A52" s="13" t="s">
         <v>122</v>
       </c>
       <c r="B52" s="24" t="s">
         <v>123</v>
       </c>
       <c r="C52" s="72" t="s">
-        <v>2027</v>
+        <v>1972</v>
       </c>
       <c r="D52" s="33">
         <v>46308</v>
       </c>
     </row>
     <row r="53" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A53" s="67" t="s">
-        <v>1948</v>
+        <v>1893</v>
       </c>
       <c r="B53" s="24" t="s">
         <v>124</v>
       </c>
       <c r="C53" s="72" t="s">
-        <v>2028</v>
+        <v>1973</v>
       </c>
       <c r="D53" s="38">
         <v>46282</v>
       </c>
     </row>
     <row r="54" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A54" s="13" t="s">
         <v>126</v>
       </c>
       <c r="B54" s="24" t="s">
         <v>127</v>
       </c>
       <c r="C54" s="72" t="s">
         <v>128</v>
       </c>
       <c r="D54" s="33">
         <v>46254</v>
       </c>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" s="13" t="s">
         <v>129</v>
       </c>
       <c r="B55" s="24" t="s">
         <v>130</v>
       </c>
       <c r="C55" s="72" t="s">
-        <v>2029</v>
+        <v>1974</v>
       </c>
       <c r="D55" s="33">
         <v>46312</v>
       </c>
     </row>
     <row r="56" spans="1:4" ht="159" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="14" t="s">
-        <v>3103</v>
+        <v>3008</v>
       </c>
       <c r="B56" s="25" t="s">
         <v>131</v>
       </c>
       <c r="C56" s="72" t="s">
-        <v>2030</v>
+        <v>1975</v>
       </c>
       <c r="D56" s="33">
         <v>46311</v>
       </c>
     </row>
     <row r="57" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
       <c r="A57" s="14" t="s">
         <v>132</v>
       </c>
       <c r="B57" s="24" t="s">
-        <v>3530</v>
+        <v>3424</v>
       </c>
       <c r="C57" s="72" t="s">
         <v>133</v>
       </c>
       <c r="D57" s="38">
         <v>46323</v>
       </c>
     </row>
     <row r="58" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A58" s="13" t="s">
         <v>134</v>
       </c>
       <c r="B58" s="30" t="s">
-        <v>2893</v>
+        <v>2799</v>
       </c>
       <c r="C58" s="72" t="s">
-        <v>2032</v>
+        <v>1977</v>
       </c>
       <c r="D58" s="54">
         <v>46123</v>
       </c>
     </row>
     <row r="59" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
       <c r="A59" s="14" t="s">
         <v>135</v>
       </c>
       <c r="B59" s="25" t="s">
         <v>136</v>
       </c>
       <c r="C59" s="72" t="s">
         <v>137</v>
       </c>
       <c r="D59" s="38">
         <v>46305</v>
       </c>
     </row>
     <row r="60" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A60" s="13" t="s">
         <v>138</v>
       </c>
       <c r="B60" s="24" t="s">
         <v>139</v>
       </c>
       <c r="C60" s="72" t="s">
-        <v>918</v>
+        <v>891</v>
       </c>
       <c r="D60" s="38">
         <v>46127</v>
       </c>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A61" s="13" t="s">
         <v>140</v>
       </c>
       <c r="B61" s="24" t="s">
         <v>141</v>
       </c>
       <c r="C61" s="72" t="s">
-        <v>918</v>
+        <v>891</v>
       </c>
       <c r="D61" s="38">
         <v>46011</v>
       </c>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A62" s="13" t="s">
-        <v>2908</v>
+        <v>2814</v>
       </c>
       <c r="B62" s="25" t="s">
         <v>142</v>
       </c>
       <c r="C62" s="72" t="s">
-        <v>918</v>
+        <v>891</v>
       </c>
       <c r="D62" s="38">
         <v>46129</v>
       </c>
     </row>
     <row r="63" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
-      <c r="A63" s="13" t="s">
+      <c r="A63" s="15" t="s">
         <v>144</v>
       </c>
       <c r="B63" s="24" t="s">
         <v>145</v>
       </c>
       <c r="C63" s="72" t="s">
+        <v>1978</v>
+      </c>
+      <c r="D63" s="33">
+        <v>46330</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A64" s="15" t="s">
         <v>146</v>
       </c>
-      <c r="D63" s="38">
-[...4 lines deleted...]
-      <c r="A64" s="15" t="s">
+      <c r="B64" s="24" t="s">
         <v>147</v>
       </c>
-      <c r="B64" s="24" t="s">
+      <c r="C64" s="72" t="s">
+        <v>1979</v>
+      </c>
+      <c r="D64" s="33">
+        <v>45985</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A65" s="13" t="s">
         <v>148</v>
       </c>
-      <c r="C64" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A65" s="15" t="s">
+      <c r="B65" s="24" t="s">
         <v>149</v>
       </c>
-      <c r="B65" s="24" t="s">
+      <c r="C65" s="72" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D65" s="33">
+        <v>46311</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A66" s="15" t="s">
         <v>150</v>
       </c>
-      <c r="C65" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A66" s="13" t="s">
+      <c r="B66" s="24" t="s">
         <v>151</v>
       </c>
-      <c r="B66" s="24" t="s">
+      <c r="C66" s="72" t="s">
         <v>152</v>
       </c>
-      <c r="C66" s="72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D66" s="33">
-        <v>46311</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+        <v>46338</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
       <c r="A67" s="15" t="s">
         <v>153</v>
       </c>
       <c r="B67" s="24" t="s">
         <v>154</v>
       </c>
       <c r="C67" s="72" t="s">
         <v>155</v>
       </c>
       <c r="D67" s="33">
-        <v>46003</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+        <v>46170</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="15" t="s">
         <v>156</v>
       </c>
       <c r="B68" s="24" t="s">
         <v>157</v>
       </c>
       <c r="C68" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D68" s="33">
+        <v>45994</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4" ht="123" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="14" t="s">
+        <v>3340</v>
+      </c>
+      <c r="B69" s="90" t="s">
+        <v>2308</v>
+      </c>
+      <c r="C69" s="72" t="s">
+        <v>1981</v>
+      </c>
+      <c r="D69" s="33">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4" ht="81.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="16" t="s">
+        <v>2804</v>
+      </c>
+      <c r="B70" s="25" t="s">
         <v>158</v>
       </c>
-      <c r="D68" s="33">
-[...4 lines deleted...]
-      <c r="A69" s="15" t="s">
+      <c r="C70" s="72" t="s">
         <v>159</v>
       </c>
-      <c r="B69" s="24" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="D70" s="33">
-        <v>46302</v>
-[...6 lines deleted...]
-      <c r="B71" s="25" t="s">
+        <v>46097</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A71" s="15" t="s">
+        <v>3234</v>
+      </c>
+      <c r="B71" s="24" t="s">
         <v>161</v>
       </c>
       <c r="C71" s="72" t="s">
         <v>162</v>
       </c>
       <c r="D71" s="33">
-        <v>46097</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+        <v>46062</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
       <c r="A72" s="15" t="s">
-        <v>3334</v>
+        <v>163</v>
       </c>
       <c r="B72" s="24" t="s">
         <v>164</v>
       </c>
       <c r="C72" s="72" t="s">
         <v>165</v>
       </c>
-      <c r="D72" s="33">
-[...3 lines deleted...]
-    <row r="73" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="D72" s="38">
+        <v>46001</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" ht="230.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="15" t="s">
+        <v>3278</v>
+      </c>
+      <c r="B73" s="24" t="s">
         <v>166</v>
       </c>
-      <c r="B73" s="24" t="s">
+      <c r="C73" s="72" t="s">
         <v>167</v>
       </c>
-      <c r="C73" s="72" t="s">
+      <c r="D73" s="38">
+        <v>45999</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A74" s="13" t="s">
         <v>168</v>
-      </c>
-[...6 lines deleted...]
-        <v>3378</v>
       </c>
       <c r="B74" s="24" t="s">
         <v>169</v>
       </c>
       <c r="C74" s="72" t="s">
         <v>170</v>
       </c>
-      <c r="D74" s="38">
-[...4 lines deleted...]
-      <c r="A75" s="13" t="s">
+      <c r="D74" s="33">
+        <v>46033</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A75" s="15" t="s">
         <v>171</v>
       </c>
       <c r="B75" s="24" t="s">
         <v>172</v>
       </c>
       <c r="C75" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D75" s="38">
+        <v>46028</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A76" s="16" t="s">
         <v>173</v>
       </c>
-      <c r="D75" s="33">
-[...4 lines deleted...]
-      <c r="A76" s="15" t="s">
+      <c r="B76" s="24" t="s">
         <v>174</v>
       </c>
-      <c r="B76" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" s="72" t="s">
-        <v>43</v>
-[...9 lines deleted...]
-      <c r="B77" s="24" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D76" s="33">
+        <v>46043</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A77" s="29" t="s">
         <v>177</v>
       </c>
+      <c r="B77" s="32" t="s">
+        <v>178</v>
+      </c>
       <c r="C77" s="72" t="s">
-        <v>2037</v>
-[...6 lines deleted...]
-      <c r="A78" s="29" t="s">
+        <v>1983</v>
+      </c>
+      <c r="D77" s="50">
+        <v>46069</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4" ht="135" x14ac:dyDescent="0.25">
+      <c r="A78" s="16" t="s">
+        <v>179</v>
+      </c>
+      <c r="B78" s="24" t="s">
         <v>180</v>
       </c>
-      <c r="B78" s="32" t="s">
+      <c r="C78" s="72" t="s">
+        <v>1984</v>
+      </c>
+      <c r="D78" s="33">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A79" s="15" t="s">
         <v>181</v>
       </c>
-      <c r="C78" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A79" s="16" t="s">
+      <c r="B79" s="25" t="s">
         <v>182</v>
       </c>
-      <c r="B79" s="24" t="s">
+      <c r="C79" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D79" s="33">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A80" s="13" t="s">
         <v>183</v>
       </c>
-      <c r="C79" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A80" s="15" t="s">
+      <c r="B80" s="24" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="C80" s="72" t="s">
         <v>26</v>
       </c>
       <c r="D80" s="33">
         <v>46083</v>
       </c>
     </row>
-    <row r="81" spans="1:4" ht="45" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>186</v>
+    <row r="81" spans="1:4" ht="198" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="16" t="s">
+        <v>2412</v>
       </c>
       <c r="B81" s="24" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C81" s="72" t="s">
         <v>26</v>
       </c>
-      <c r="D81" s="33">
-[...5 lines deleted...]
-        <v>2491</v>
+      <c r="D81" s="38">
+        <v>46084</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A82" s="15" t="s">
+        <v>186</v>
       </c>
       <c r="B82" s="24" t="s">
+        <v>187</v>
+      </c>
+      <c r="C82" s="72" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D82" s="38">
+        <v>46093</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="14" t="s">
         <v>188</v>
       </c>
-      <c r="C82" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A83" s="15" t="s">
+      <c r="B83" s="24" t="s">
         <v>189</v>
       </c>
-      <c r="B83" s="24" t="s">
+      <c r="C83" s="72" t="s">
         <v>190</v>
       </c>
-      <c r="C83" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A84" s="14" t="s">
+      <c r="D83" s="33">
+        <v>46097</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A84" s="15" t="s">
+        <v>3439</v>
+      </c>
+      <c r="B84" s="24" t="s">
+        <v>2312</v>
+      </c>
+      <c r="C84" s="72" t="s">
         <v>191</v>
       </c>
-      <c r="B84" s="24" t="s">
+      <c r="D84" s="38">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4" ht="204.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="14" t="s">
+        <v>2498</v>
+      </c>
+      <c r="B85" s="24" t="s">
         <v>192</v>
       </c>
-      <c r="C84" s="72" t="s">
+      <c r="C85" s="72" t="s">
+        <v>1986</v>
+      </c>
+      <c r="D85" s="33">
+        <v>46115</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4" ht="183" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="16" t="s">
         <v>193</v>
       </c>
-      <c r="D84" s="33">
-[...10 lines deleted...]
-      <c r="C85" s="72" t="s">
+      <c r="B86" s="24" t="s">
         <v>194</v>
       </c>
-      <c r="D85" s="38">
-[...7 lines deleted...]
-      <c r="B86" s="24" t="s">
+      <c r="C86" s="72" t="s">
         <v>195</v>
       </c>
-      <c r="C86" s="72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D86" s="33">
-        <v>46115</v>
-[...3 lines deleted...]
-      <c r="A87" s="16" t="s">
+        <v>46131</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4" ht="167.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="15" t="s">
         <v>196</v>
       </c>
       <c r="B87" s="24" t="s">
         <v>197</v>
       </c>
       <c r="C87" s="72" t="s">
+        <v>1987</v>
+      </c>
+      <c r="D87" s="33">
+        <v>46132</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="112" t="s">
+        <v>3179</v>
+      </c>
+      <c r="B88" s="24" t="s">
         <v>198</v>
       </c>
-      <c r="D87" s="33">
-[...4 lines deleted...]
-      <c r="A88" s="15" t="s">
+      <c r="C88" s="72" t="s">
         <v>199</v>
       </c>
-      <c r="B88" s="24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D88" s="33">
-        <v>46132</v>
-[...4 lines deleted...]
-        <v>3275</v>
+        <v>46155</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A89" s="15" t="s">
+        <v>201</v>
       </c>
       <c r="B89" s="24" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C89" s="72" t="s">
-        <v>202</v>
+        <v>35</v>
       </c>
       <c r="D89" s="33">
-        <v>46155</v>
-[...3 lines deleted...]
-      <c r="A90" s="15" t="s">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4" ht="192" x14ac:dyDescent="0.25">
+      <c r="A90" s="20" t="s">
+        <v>203</v>
+      </c>
+      <c r="B90" s="24" t="s">
         <v>204</v>
       </c>
-      <c r="B90" s="24" t="s">
+      <c r="C90" s="72" t="s">
         <v>205</v>
       </c>
-      <c r="C90" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A91" s="20" t="s">
+      <c r="D90" s="38">
+        <v>46319</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A91" s="15" t="s">
         <v>206</v>
       </c>
       <c r="B91" s="24" t="s">
         <v>207</v>
       </c>
       <c r="C91" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D91" s="33">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A92" s="16" t="s">
         <v>208</v>
       </c>
-      <c r="D91" s="38">
-[...4 lines deleted...]
-      <c r="A92" s="15" t="s">
+      <c r="B92" s="24" t="s">
         <v>209</v>
       </c>
-      <c r="B92" s="24" t="s">
+      <c r="C92" s="72" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D92" s="33">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A93" s="16" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B93" s="24" t="s">
+        <v>2624</v>
+      </c>
+      <c r="C93" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D93" s="38">
+        <v>46070</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A94" s="15" t="s">
         <v>210</v>
       </c>
-      <c r="C92" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A93" s="16" t="s">
+      <c r="B94" s="24" t="s">
         <v>211</v>
       </c>
-      <c r="B93" s="24" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="C94" s="72" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="D94" s="38">
-        <v>46070</v>
+        <v>46065</v>
       </c>
     </row>
     <row r="95" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A95" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="B95" s="24" t="s">
         <v>213</v>
       </c>
-      <c r="B95" s="24" t="s">
+      <c r="C95" s="72" t="s">
         <v>214</v>
       </c>
-      <c r="C95" s="72" t="s">
+      <c r="D95" s="38">
+        <v>46091</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A96" s="13" t="s">
+        <v>2339</v>
+      </c>
+      <c r="B96" s="24" t="s">
+        <v>3014</v>
+      </c>
+      <c r="C96" s="72" t="s">
+        <v>215</v>
+      </c>
+      <c r="D96" s="38">
+        <v>46206</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4" ht="255.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="16" t="s">
+        <v>216</v>
+      </c>
+      <c r="B97" s="24" t="s">
+        <v>217</v>
+      </c>
+      <c r="C97" s="72" t="s">
         <v>17</v>
       </c>
-      <c r="D95" s="38">
-[...24 lines deleted...]
-      <c r="C97" s="72" t="s">
+      <c r="D97" s="33">
+        <v>46097</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4" ht="95.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="16" t="s">
         <v>218</v>
       </c>
-      <c r="D97" s="38">
-[...4 lines deleted...]
-      <c r="A98" s="16" t="s">
+      <c r="B98" s="24" t="s">
         <v>219</v>
       </c>
-      <c r="B98" s="24" t="s">
+      <c r="C98" s="72" t="s">
+        <v>191</v>
+      </c>
+      <c r="D98" s="33">
+        <v>46100</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4" ht="225.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="16" t="s">
+        <v>2736</v>
+      </c>
+      <c r="B99" s="34" t="s">
         <v>220</v>
       </c>
-      <c r="C98" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A99" s="16" t="s">
+      <c r="C99" s="72" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D99" s="38">
+        <v>46131</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A100" s="15" t="s">
         <v>221</v>
       </c>
-      <c r="B99" s="24" t="s">
+      <c r="B100" s="24" t="s">
         <v>222</v>
       </c>
-      <c r="C99" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B100" s="34" t="s">
+      <c r="C100" s="72" t="s">
         <v>223</v>
       </c>
-      <c r="C100" s="72" t="s">
-[...6 lines deleted...]
-    <row r="101" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="D100" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A101" s="15" t="s">
         <v>224</v>
       </c>
       <c r="B101" s="24" t="s">
         <v>225</v>
       </c>
       <c r="C101" s="72" t="s">
         <v>226</v>
       </c>
-      <c r="D101" s="33">
-[...3 lines deleted...]
-    <row r="102" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="D101" s="38">
+        <v>46109</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4" ht="94.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="15" t="s">
+        <v>3190</v>
+      </c>
+      <c r="B102" s="24" t="s">
+        <v>3189</v>
+      </c>
+      <c r="C102" s="72" t="s">
         <v>227</v>
       </c>
-      <c r="B102" s="24" t="s">
+      <c r="D102" s="33">
+        <v>46078</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A103" s="15" t="s">
         <v>228</v>
       </c>
-      <c r="C102" s="72" t="s">
+      <c r="B103" s="34" t="s">
         <v>229</v>
       </c>
-      <c r="D102" s="38">
-[...9 lines deleted...]
-      </c>
       <c r="C103" s="72" t="s">
+        <v>1990</v>
+      </c>
+      <c r="D103" s="51">
+        <v>46111</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A104" s="13" t="s">
         <v>230</v>
       </c>
-      <c r="D103" s="33">
-[...4 lines deleted...]
-      <c r="A104" s="15" t="s">
+      <c r="B104" s="24" t="s">
         <v>231</v>
       </c>
-      <c r="B104" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104" s="72" t="s">
-        <v>2045</v>
-[...7 lines deleted...]
-        <v>233</v>
+        <v>1991</v>
+      </c>
+      <c r="D104" s="38">
+        <v>46103</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A105" s="15" t="s">
+        <v>234</v>
       </c>
       <c r="B105" s="24" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C105" s="72" t="s">
-        <v>2046</v>
-[...5 lines deleted...]
-    <row r="106" spans="1:4" x14ac:dyDescent="0.25">
+        <v>1992</v>
+      </c>
+      <c r="D105" s="33">
+        <v>46104</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
       <c r="A106" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="B106" s="24" t="s">
         <v>237</v>
       </c>
-      <c r="B106" s="24" t="s">
+      <c r="C106" s="72" t="s">
         <v>238</v>
       </c>
-      <c r="C106" s="72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D106" s="33">
-        <v>46104</v>
-[...4 lines deleted...]
-        <v>239</v>
+        <v>46178</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4" ht="157.5" x14ac:dyDescent="0.25">
+      <c r="A107" s="13" t="s">
+        <v>2372</v>
       </c>
       <c r="B107" s="24" t="s">
         <v>240</v>
       </c>
       <c r="C107" s="72" t="s">
+        <v>1993</v>
+      </c>
+      <c r="D107" s="33">
+        <v>46119</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A108" s="13" t="s">
         <v>241</v>
-      </c>
-[...6 lines deleted...]
-        <v>2450</v>
       </c>
       <c r="B108" s="24" t="s">
         <v>242</v>
       </c>
       <c r="C108" s="72" t="s">
-        <v>2048</v>
+        <v>243</v>
       </c>
       <c r="D108" s="33">
-        <v>45975</v>
-[...7 lines deleted...]
-        <v>243</v>
+        <v>46140</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4" s="6" customFormat="1" ht="126" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="65" t="s">
+        <v>244</v>
+      </c>
+      <c r="B109" s="25" t="s">
+        <v>245</v>
       </c>
       <c r="C109" s="72" t="s">
-        <v>2049</v>
-[...5 lines deleted...]
-    <row r="110" spans="1:4" x14ac:dyDescent="0.25">
+        <v>1994</v>
+      </c>
+      <c r="D109" s="38">
+        <v>46146</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
       <c r="A110" s="13" t="s">
-        <v>244</v>
+        <v>2740</v>
       </c>
       <c r="B110" s="24" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C110" s="72" t="s">
-        <v>246</v>
+        <v>1995</v>
       </c>
       <c r="D110" s="33">
-        <v>46140</v>
-[...3 lines deleted...]
-      <c r="A111" s="65" t="s">
+        <v>46148</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4" ht="157.5" x14ac:dyDescent="0.25">
+      <c r="A111" s="15" t="s">
         <v>247</v>
       </c>
-      <c r="B111" s="25" t="s">
+      <c r="B111" s="24" t="s">
         <v>248</v>
       </c>
       <c r="C111" s="72" t="s">
-        <v>2050</v>
-[...7 lines deleted...]
-        <v>2832</v>
+        <v>26</v>
+      </c>
+      <c r="D111" s="33">
+        <v>46147</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="16" t="s">
+        <v>2502</v>
       </c>
       <c r="B112" s="24" t="s">
         <v>249</v>
       </c>
       <c r="C112" s="72" t="s">
-        <v>2051</v>
+        <v>1997</v>
       </c>
       <c r="D112" s="33">
-        <v>46148</v>
-[...3 lines deleted...]
-      <c r="A113" s="15" t="s">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A113" s="13" t="s">
         <v>250</v>
       </c>
       <c r="B113" s="24" t="s">
         <v>251</v>
       </c>
       <c r="C113" s="72" t="s">
-        <v>26</v>
+        <v>1998</v>
       </c>
       <c r="D113" s="33">
-        <v>46147</v>
-[...4 lines deleted...]
-        <v>2582</v>
+        <v>46106</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A114" s="13" t="s">
+        <v>252</v>
       </c>
       <c r="B114" s="24" t="s">
-        <v>252</v>
+        <v>2789</v>
       </c>
       <c r="C114" s="72" t="s">
-        <v>2053</v>
-[...6 lines deleted...]
-      <c r="A115" s="13" t="s">
+        <v>96</v>
+      </c>
+      <c r="D114" s="38">
+        <v>46064</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="16" t="s">
+        <v>2501</v>
+      </c>
+      <c r="B115" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="C115" s="72" t="s">
+        <v>764</v>
+      </c>
+      <c r="D115" s="33">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A116" s="22" t="s">
         <v>253</v>
       </c>
-      <c r="B115" s="24" t="s">
+      <c r="B116" s="25" t="s">
         <v>254</v>
       </c>
-      <c r="C115" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A116" s="13" t="s">
+      <c r="C116" s="72" t="s">
+        <v>1999</v>
+      </c>
+      <c r="D116" s="33">
+        <v>46196</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="16" t="s">
         <v>255</v>
       </c>
-      <c r="B116" s="24" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="B117" s="24" t="s">
-        <v>29</v>
+        <v>256</v>
       </c>
       <c r="C117" s="72" t="s">
-        <v>788</v>
+        <v>2000</v>
       </c>
       <c r="D117" s="33">
-        <v>46053</v>
+        <v>46153</v>
       </c>
     </row>
     <row r="118" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="A118" s="22" t="s">
-        <v>256</v>
+      <c r="A118" s="13" t="s">
+        <v>257</v>
       </c>
       <c r="B118" s="25" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C118" s="72" t="s">
-        <v>2055</v>
+        <v>2001</v>
       </c>
       <c r="D118" s="33">
-        <v>46196</v>
-[...4 lines deleted...]
-        <v>258</v>
+        <v>46209</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A119" s="15" t="s">
+        <v>259</v>
       </c>
       <c r="B119" s="24" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C119" s="72" t="s">
-        <v>2056</v>
-[...9 lines deleted...]
-      <c r="B120" s="25" t="s">
+        <v>2002</v>
+      </c>
+      <c r="D119" s="38">
+        <v>45993</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4" ht="102" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="16" t="s">
+        <v>3581</v>
+      </c>
+      <c r="B120" s="72" t="s">
+        <v>2974</v>
+      </c>
+      <c r="C120" s="72" t="s">
         <v>261</v>
       </c>
-      <c r="C120" s="72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D120" s="33">
-        <v>46209</v>
-[...3 lines deleted...]
-      <c r="A121" s="15" t="s">
+        <v>46118</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A121" s="13" t="s">
         <v>262</v>
       </c>
       <c r="B121" s="24" t="s">
         <v>263</v>
       </c>
       <c r="C121" s="72" t="s">
-        <v>2058</v>
-[...7 lines deleted...]
-        <v>3324</v>
+        <v>2003</v>
+      </c>
+      <c r="D121" s="33">
+        <v>46202</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A122" s="13" t="s">
+        <v>2892</v>
       </c>
       <c r="B122" s="72" t="s">
-        <v>3325</v>
+        <v>2891</v>
       </c>
       <c r="C122" s="72" t="s">
         <v>264</v>
       </c>
       <c r="D122" s="33">
-        <v>46267</v>
-[...3 lines deleted...]
-      <c r="A123" s="13" t="s">
+        <v>46231</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A123" s="15" t="s">
         <v>265</v>
       </c>
       <c r="B123" s="24" t="s">
         <v>266</v>
       </c>
       <c r="C123" s="72" t="s">
-        <v>2059</v>
+        <v>771</v>
       </c>
       <c r="D123" s="33">
-        <v>46202</v>
-[...7 lines deleted...]
-        <v>2985</v>
+        <v>46311</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A124" s="15" t="s">
+        <v>267</v>
+      </c>
+      <c r="B124" s="24" t="s">
+        <v>268</v>
       </c>
       <c r="C124" s="72" t="s">
-        <v>267</v>
+        <v>650</v>
       </c>
       <c r="D124" s="33">
-        <v>46231</v>
-[...4 lines deleted...]
-        <v>268</v>
+        <v>46253</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A125" s="13" t="s">
+        <v>269</v>
       </c>
       <c r="B125" s="24" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C125" s="72" t="s">
-        <v>796</v>
+        <v>2004</v>
       </c>
       <c r="D125" s="33">
-        <v>46311</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+        <v>46245</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4" ht="111.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A126" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B126" s="24" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C126" s="72" t="s">
-        <v>670</v>
+        <v>273</v>
       </c>
       <c r="D126" s="33">
-        <v>46253</v>
-[...4 lines deleted...]
-        <v>272</v>
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="16" t="s">
+        <v>276</v>
       </c>
       <c r="B127" s="24" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="C127" s="72" t="s">
-        <v>2060</v>
+        <v>278</v>
       </c>
       <c r="D127" s="33">
-        <v>46245</v>
-[...4 lines deleted...]
-        <v>274</v>
+        <v>46049</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4" ht="151.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="14" t="s">
+        <v>279</v>
       </c>
       <c r="B128" s="24" t="s">
-        <v>275</v>
+        <v>29</v>
       </c>
       <c r="C128" s="72" t="s">
-        <v>276</v>
+        <v>2005</v>
       </c>
       <c r="D128" s="33">
-        <v>46268</v>
-[...4 lines deleted...]
-        <v>279</v>
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4" ht="135" x14ac:dyDescent="0.25">
+      <c r="A129" s="14" t="s">
+        <v>280</v>
       </c>
       <c r="B129" s="24" t="s">
-        <v>280</v>
+        <v>29</v>
       </c>
       <c r="C129" s="72" t="s">
+        <v>96</v>
+      </c>
+      <c r="D129" s="33">
+        <v>46071</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A130" s="13" t="s">
         <v>281</v>
       </c>
-      <c r="D129" s="33">
-[...4 lines deleted...]
-      <c r="A130" s="14" t="s">
+      <c r="B130" s="25" t="s">
         <v>282</v>
       </c>
-      <c r="B130" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C130" s="72" t="s">
-        <v>2061</v>
+        <v>2006</v>
       </c>
       <c r="D130" s="33">
-        <v>46053</v>
-[...4 lines deleted...]
-        <v>283</v>
+        <v>46287</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4" ht="247.5" x14ac:dyDescent="0.25">
+      <c r="A131" s="16" t="s">
+        <v>2514</v>
       </c>
       <c r="B131" s="24" t="s">
         <v>29</v>
       </c>
       <c r="C131" s="72" t="s">
-        <v>96</v>
+        <v>2005</v>
       </c>
       <c r="D131" s="33">
-        <v>46071</v>
-[...3 lines deleted...]
-      <c r="A132" s="13" t="s">
+        <v>46057</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4" ht="258.75" x14ac:dyDescent="0.25">
+      <c r="A132" s="16" t="s">
+        <v>283</v>
+      </c>
+      <c r="B132" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="C132" s="72" t="s">
+        <v>30</v>
+      </c>
+      <c r="D132" s="33">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A133" s="13" t="s">
         <v>284</v>
       </c>
-      <c r="B132" s="25" t="s">
+      <c r="B133" s="24" t="s">
         <v>285</v>
       </c>
-      <c r="C132" s="72" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="C133" s="72" t="s">
-        <v>2061</v>
+        <v>286</v>
       </c>
       <c r="D133" s="33">
-        <v>46057</v>
-[...7 lines deleted...]
-        <v>29</v>
+        <v>46289</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A134" s="13" t="s">
+        <v>3555</v>
+      </c>
+      <c r="B134" s="25" t="s">
+        <v>287</v>
       </c>
       <c r="C134" s="72" t="s">
-        <v>30</v>
+        <v>2007</v>
       </c>
       <c r="D134" s="33">
-        <v>46058</v>
-[...6 lines deleted...]
-      <c r="B135" s="24" t="s">
+        <v>46333</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A135" s="15" t="s">
         <v>288</v>
       </c>
+      <c r="B135" s="25" t="s">
+        <v>289</v>
+      </c>
       <c r="C135" s="72" t="s">
-        <v>289</v>
+        <v>2008</v>
       </c>
       <c r="D135" s="33">
-        <v>46289</v>
-[...3 lines deleted...]
-      <c r="A136" s="14" t="s">
+        <v>46119</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A136" s="15" t="s">
         <v>290</v>
       </c>
-      <c r="B136" s="24" t="s">
-        <v>125</v>
+      <c r="B136" s="25" t="s">
+        <v>291</v>
       </c>
       <c r="C136" s="72" t="s">
-        <v>291</v>
-[...6 lines deleted...]
-      <c r="A137" s="13" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D136" s="38">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A137" s="15" t="s">
         <v>292</v>
       </c>
-      <c r="B137" s="25" t="s">
+      <c r="B137" s="34" t="s">
         <v>293</v>
       </c>
       <c r="C137" s="72" t="s">
-        <v>2063</v>
+        <v>43</v>
       </c>
       <c r="D137" s="33">
-        <v>45969</v>
-[...3 lines deleted...]
-      <c r="A138" s="15" t="s">
+        <v>46349</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4" ht="288" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="13" t="s">
         <v>294</v>
       </c>
       <c r="B138" s="25" t="s">
         <v>295</v>
       </c>
       <c r="C138" s="72" t="s">
-        <v>2064</v>
+        <v>2010</v>
       </c>
       <c r="D138" s="33">
-        <v>46119</v>
-[...3 lines deleted...]
-      <c r="A139" s="15" t="s">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="14" t="s">
         <v>296</v>
       </c>
-      <c r="B139" s="25" t="s">
+      <c r="B139" s="24" t="s">
         <v>297</v>
       </c>
       <c r="C139" s="72" t="s">
-        <v>2065</v>
+        <v>298</v>
       </c>
       <c r="D139" s="38">
-        <v>46067</v>
-[...6 lines deleted...]
-      <c r="B140" s="34" t="s">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A140" s="13" t="s">
         <v>299</v>
       </c>
+      <c r="B140" s="25" t="s">
+        <v>300</v>
+      </c>
       <c r="C140" s="72" t="s">
-        <v>43</v>
+        <v>301</v>
       </c>
       <c r="D140" s="33">
-        <v>46349</v>
-[...7 lines deleted...]
-        <v>301</v>
+        <v>46020</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="14" t="s">
+        <v>2787</v>
+      </c>
+      <c r="B141" s="34" t="s">
+        <v>302</v>
       </c>
       <c r="C141" s="72" t="s">
-        <v>2066</v>
+        <v>2011</v>
       </c>
       <c r="D141" s="33">
-        <v>46303</v>
-[...4 lines deleted...]
-        <v>302</v>
+        <v>46039</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A142" s="15" t="s">
+        <v>2801</v>
       </c>
       <c r="B142" s="24" t="s">
         <v>303</v>
       </c>
       <c r="C142" s="72" t="s">
         <v>304</v>
       </c>
-      <c r="D142" s="38">
-[...4 lines deleted...]
-      <c r="A143" s="13" t="s">
+      <c r="D142" s="33">
+        <v>46160</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="14" t="s">
         <v>305</v>
       </c>
       <c r="B143" s="25" t="s">
         <v>306</v>
       </c>
       <c r="C143" s="72" t="s">
         <v>307</v>
       </c>
       <c r="D143" s="33">
-        <v>46020</v>
-[...6 lines deleted...]
-      <c r="B144" s="34" t="s">
+        <v>46043</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A144" s="15" t="s">
+        <v>3540</v>
+      </c>
+      <c r="B144" s="24" t="s">
         <v>308</v>
       </c>
       <c r="C144" s="72" t="s">
-        <v>2067</v>
+        <v>2012</v>
       </c>
       <c r="D144" s="33">
-        <v>46039</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:4" x14ac:dyDescent="0.25">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A145" s="15" t="s">
-        <v>2895</v>
+        <v>309</v>
       </c>
       <c r="B145" s="24" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C145" s="72" t="s">
-        <v>310</v>
+        <v>1065</v>
       </c>
       <c r="D145" s="33">
-        <v>46160</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:4" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+        <v>46287</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
       <c r="A146" s="14" t="s">
         <v>311</v>
       </c>
-      <c r="B146" s="25" t="s">
+      <c r="B146" s="24" t="s">
         <v>312</v>
       </c>
       <c r="C146" s="72" t="s">
+        <v>2013</v>
+      </c>
+      <c r="D146" s="33">
+        <v>46063</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="14" t="s">
+        <v>2770</v>
+      </c>
+      <c r="B147" s="24" t="s">
         <v>313</v>
       </c>
-      <c r="D146" s="33">
-[...7 lines deleted...]
-      <c r="B147" s="24" t="s">
+      <c r="C147" s="72" t="s">
+        <v>2014</v>
+      </c>
+      <c r="D147" s="38">
+        <v>45989</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A148" s="13" t="s">
+        <v>2555</v>
+      </c>
+      <c r="B148" s="24" t="s">
         <v>314</v>
       </c>
-      <c r="C147" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A148" s="15" t="s">
+      <c r="C148" s="72" t="s">
         <v>315</v>
       </c>
-      <c r="B148" s="24" t="s">
+      <c r="D148" s="33">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A149" s="13" t="s">
         <v>316</v>
       </c>
-      <c r="C148" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A149" s="14" t="s">
+      <c r="B149" s="24" t="s">
+        <v>111</v>
+      </c>
+      <c r="C149" s="72" t="s">
+        <v>649</v>
+      </c>
+      <c r="D149" s="33">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A150" s="15" t="s">
         <v>317</v>
       </c>
-      <c r="B149" s="24" t="s">
+      <c r="B150" s="25" t="s">
         <v>318</v>
       </c>
-      <c r="C149" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B150" s="24" t="s">
+      <c r="C150" s="72" t="s">
+        <v>2015</v>
+      </c>
+      <c r="D150" s="38">
+        <v>46001</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="14" t="s">
         <v>319</v>
       </c>
-      <c r="C150" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B151" s="24" t="s">
+      <c r="B151" s="25" t="s">
         <v>320</v>
       </c>
       <c r="C151" s="72" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D151" s="33">
+        <v>46101</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A152" s="13" t="s">
         <v>321</v>
       </c>
-      <c r="D151" s="33">
-[...4 lines deleted...]
-      <c r="A152" s="13" t="s">
+      <c r="B152" s="24" t="s">
         <v>322</v>
       </c>
-      <c r="B152" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C152" s="72" t="s">
-        <v>669</v>
-[...6 lines deleted...]
-      <c r="A153" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="D152" s="38">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4" ht="369.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="16" t="s">
         <v>323</v>
       </c>
-      <c r="B153" s="25" t="s">
+      <c r="B153" s="24" t="s">
         <v>324</v>
       </c>
       <c r="C153" s="72" t="s">
-        <v>2071</v>
+        <v>26</v>
       </c>
       <c r="D153" s="38">
-        <v>46001</v>
-[...3 lines deleted...]
-      <c r="A154" s="14" t="s">
+        <v>46134</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="13" t="s">
+        <v>3440</v>
+      </c>
+      <c r="B154" s="24" t="s">
+        <v>2753</v>
+      </c>
+      <c r="C154" s="72" t="s">
+        <v>2017</v>
+      </c>
+      <c r="D154" s="38">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4" ht="328.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="16" t="s">
         <v>325</v>
       </c>
-      <c r="B154" s="25" t="s">
+      <c r="B155" s="24" t="s">
         <v>326</v>
-      </c>
-[...12 lines deleted...]
-        <v>328</v>
       </c>
       <c r="C155" s="72" t="s">
         <v>26</v>
       </c>
       <c r="D155" s="38">
-        <v>46083</v>
-[...3 lines deleted...]
-      <c r="A156" s="16" t="s">
+        <v>46137</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="15" t="s">
+        <v>327</v>
+      </c>
+      <c r="B156" s="24" t="s">
+        <v>328</v>
+      </c>
+      <c r="C156" s="72" t="s">
+        <v>2018</v>
+      </c>
+      <c r="D156" s="33">
+        <v>46134</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4" ht="95.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="15" t="s">
+        <v>3441</v>
+      </c>
+      <c r="B157" s="25" t="s">
         <v>329</v>
       </c>
-      <c r="B156" s="24" t="s">
+      <c r="C157" s="72" t="s">
+        <v>2019</v>
+      </c>
+      <c r="D157" s="33">
+        <v>46198</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4" ht="133.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="14" t="s">
         <v>330</v>
       </c>
-      <c r="C156" s="72" t="s">
-[...21 lines deleted...]
-      <c r="A158" s="16" t="s">
+      <c r="B158" s="25" t="s">
         <v>331</v>
       </c>
-      <c r="B158" s="24" t="s">
+      <c r="C158" s="72" t="s">
+        <v>2020</v>
+      </c>
+      <c r="D158" s="33">
+        <v>46179</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A159" s="13" t="s">
         <v>332</v>
       </c>
-      <c r="C158" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A159" s="15" t="s">
+      <c r="B159" s="24" t="s">
         <v>333</v>
       </c>
-      <c r="B159" s="24" t="s">
+      <c r="C159" s="72" t="s">
         <v>334</v>
       </c>
-      <c r="C159" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B160" s="25" t="s">
+      <c r="D159" s="38">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A160" s="13" t="s">
         <v>335</v>
       </c>
+      <c r="B160" s="24" t="s">
+        <v>336</v>
+      </c>
       <c r="C160" s="72" t="s">
-        <v>2075</v>
+        <v>3585</v>
       </c>
       <c r="D160" s="33">
-        <v>46198</v>
-[...6 lines deleted...]
-      <c r="B161" s="25" t="s">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A161" s="13" t="s">
         <v>337</v>
       </c>
+      <c r="B161" s="24" t="s">
+        <v>338</v>
+      </c>
       <c r="C161" s="72" t="s">
-        <v>2076</v>
+        <v>43</v>
       </c>
       <c r="D161" s="33">
-        <v>46179</v>
-[...4 lines deleted...]
-        <v>338</v>
+        <v>46164</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A162" s="15" t="s">
+        <v>339</v>
       </c>
       <c r="B162" s="24" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C162" s="72" t="s">
-        <v>340</v>
-[...6 lines deleted...]
-      <c r="A163" s="13" t="s">
         <v>341</v>
+      </c>
+      <c r="D162" s="33">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A163" s="15" t="s">
+        <v>2924</v>
       </c>
       <c r="B163" s="24" t="s">
         <v>342</v>
       </c>
       <c r="C163" s="72" t="s">
+        <v>2021</v>
+      </c>
+      <c r="D163" s="33">
+        <v>46334</v>
+      </c>
+    </row>
+    <row r="164" spans="1:5" ht="213.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="14" t="s">
         <v>343</v>
       </c>
-      <c r="D163" s="33">
-[...4 lines deleted...]
-      <c r="A164" s="13" t="s">
+      <c r="B164" s="41" t="s">
         <v>344</v>
       </c>
-      <c r="B164" s="24" t="s">
+      <c r="C164" s="72" t="s">
+        <v>2022</v>
+      </c>
+      <c r="D164" s="38">
+        <v>46230</v>
+      </c>
+    </row>
+    <row r="165" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A165" s="15" t="s">
         <v>345</v>
       </c>
-      <c r="C164" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A165" s="15" t="s">
+      <c r="B165" s="24" t="s">
         <v>346</v>
       </c>
-      <c r="B165" s="24" t="s">
+      <c r="C165" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D165" s="38">
+        <v>46229</v>
+      </c>
+    </row>
+    <row r="166" spans="1:5" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="16" t="s">
+        <v>3177</v>
+      </c>
+      <c r="B166" s="24" t="s">
+        <v>248</v>
+      </c>
+      <c r="C166" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D166" s="33">
+        <v>46254</v>
+      </c>
+    </row>
+    <row r="167" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A167" s="13" t="s">
         <v>347</v>
       </c>
-      <c r="C165" s="72" t="s">
+      <c r="B167" s="24" t="s">
         <v>348</v>
       </c>
-      <c r="D165" s="33">
-[...7 lines deleted...]
-      <c r="B166" s="24" t="s">
+      <c r="C167" s="72" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D167" s="33">
+        <v>46235</v>
+      </c>
+    </row>
+    <row r="168" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A168" s="15" t="s">
         <v>349</v>
       </c>
-      <c r="C166" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A167" s="14" t="s">
+      <c r="B168" s="24" t="s">
         <v>350</v>
       </c>
-      <c r="B167" s="41" t="s">
+      <c r="C168" s="72" t="s">
         <v>351</v>
       </c>
-      <c r="C167" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A168" s="15" t="s">
+      <c r="D168" s="33">
+        <v>46287</v>
+      </c>
+    </row>
+    <row r="169" spans="1:5" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A169" s="14" t="s">
         <v>352</v>
       </c>
-      <c r="B168" s="24" t="s">
+      <c r="B169" s="24" t="s">
         <v>353</v>
       </c>
-      <c r="C168" s="72" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="C169" s="72" t="s">
-        <v>26</v>
+        <v>2023</v>
       </c>
       <c r="D169" s="33">
-        <v>46254</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="170" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A170" s="13" t="s">
         <v>354</v>
       </c>
-      <c r="B170" s="24" t="s">
+      <c r="B170" s="25" t="s">
         <v>355</v>
       </c>
       <c r="C170" s="72" t="s">
-        <v>1047</v>
+        <v>2024</v>
       </c>
       <c r="D170" s="33">
-        <v>46235</v>
-[...3 lines deleted...]
-      <c r="A171" s="15" t="s">
+        <v>46176</v>
+      </c>
+    </row>
+    <row r="171" spans="1:5" ht="237.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="23" t="s">
         <v>356</v>
       </c>
-      <c r="B171" s="24" t="s">
+      <c r="B171" s="34" t="s">
         <v>357</v>
       </c>
       <c r="C171" s="72" t="s">
+        <v>160</v>
+      </c>
+      <c r="D171" s="33">
+        <v>46103</v>
+      </c>
+    </row>
+    <row r="172" spans="1:5" ht="101.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="14" t="s">
+        <v>3224</v>
+      </c>
+      <c r="B172" s="24" t="s">
         <v>358</v>
       </c>
-      <c r="D171" s="33">
-[...4 lines deleted...]
-      <c r="A172" s="14" t="s">
+      <c r="C172" s="72" t="s">
+        <v>17</v>
+      </c>
+      <c r="D172" s="33">
+        <v>46286</v>
+      </c>
+    </row>
+    <row r="173" spans="1:5" ht="310.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="14" t="s">
         <v>359</v>
       </c>
-      <c r="B172" s="24" t="s">
+      <c r="B173" s="25" t="s">
         <v>360</v>
       </c>
-      <c r="C172" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A173" s="13" t="s">
+      <c r="C173" s="72" t="s">
+        <v>109</v>
+      </c>
+      <c r="D173" s="38">
+        <v>46278</v>
+      </c>
+    </row>
+    <row r="174" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A174" s="16" t="s">
+        <v>3251</v>
+      </c>
+      <c r="B174" s="24" t="s">
+        <v>116</v>
+      </c>
+      <c r="C174" s="72" t="s">
         <v>361</v>
       </c>
-      <c r="B173" s="25" t="s">
+      <c r="D174" s="33">
+        <v>46291</v>
+      </c>
+    </row>
+    <row r="175" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A175" s="15" t="s">
         <v>362</v>
       </c>
-      <c r="C173" s="72" t="s">
-[...25 lines deleted...]
-        <v>365</v>
+      <c r="B175" s="72" t="s">
+        <v>3180</v>
       </c>
       <c r="C175" s="72" t="s">
         <v>17</v>
       </c>
       <c r="D175" s="33">
-        <v>46286</v>
-[...4 lines deleted...]
-        <v>366</v>
+        <v>46247</v>
+      </c>
+    </row>
+    <row r="176" spans="1:5" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A176" s="16" t="s">
+        <v>363</v>
       </c>
       <c r="B176" s="25" t="s">
+        <v>364</v>
+      </c>
+      <c r="C176" s="72" t="s">
+        <v>365</v>
+      </c>
+      <c r="D176" s="33">
+        <v>46307</v>
+      </c>
+      <c r="E176" s="28"/>
+    </row>
+    <row r="177" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A177" s="13" t="s">
         <v>367</v>
       </c>
-      <c r="C176" s="72" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="B177" s="24" t="s">
-        <v>116</v>
+        <v>368</v>
       </c>
       <c r="C177" s="72" t="s">
-        <v>368</v>
+        <v>3442</v>
       </c>
       <c r="D177" s="33">
-        <v>46291</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+        <v>46104</v>
+      </c>
+    </row>
+    <row r="178" spans="1:4" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A178" s="15" t="s">
         <v>369</v>
       </c>
-      <c r="B178" s="72" t="s">
-        <v>3277</v>
+      <c r="B178" s="24" t="s">
+        <v>370</v>
       </c>
       <c r="C178" s="72" t="s">
-        <v>17</v>
-[...9 lines deleted...]
-      <c r="B179" s="25" t="s">
+        <v>2025</v>
+      </c>
+      <c r="D178" s="38">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="179" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A179" s="15" t="s">
         <v>371</v>
       </c>
+      <c r="B179" s="24" t="s">
+        <v>372</v>
+      </c>
       <c r="C179" s="72" t="s">
-        <v>372</v>
+        <v>2026</v>
       </c>
       <c r="D179" s="33">
-        <v>46307</v>
-[...4 lines deleted...]
-      <c r="A180" s="13" t="s">
+        <v>45981</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="16" t="s">
+        <v>3573</v>
+      </c>
+      <c r="B180" s="24" t="s">
+        <v>3574</v>
+      </c>
+      <c r="C180" s="72" t="s">
+        <v>2027</v>
+      </c>
+      <c r="D180" s="33">
+        <v>46338</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A181" s="15" t="s">
+        <v>373</v>
+      </c>
+      <c r="B181" s="24" t="s">
         <v>374</v>
       </c>
-      <c r="B180" s="24" t="s">
+      <c r="C181" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D181" s="33">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4" ht="114.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="16" t="s">
         <v>375</v>
       </c>
-      <c r="C180" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A181" s="15" t="s">
+      <c r="B182" s="24" t="s">
         <v>376</v>
       </c>
-      <c r="B181" s="24" t="s">
+      <c r="C182" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D182" s="38">
+        <v>46138</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A183" s="13" t="s">
         <v>377</v>
       </c>
-      <c r="C181" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A182" s="15" t="s">
+      <c r="B183" s="24" t="s">
         <v>378</v>
       </c>
-      <c r="B182" s="24" t="s">
+      <c r="C183" s="72" t="s">
         <v>379</v>
       </c>
-      <c r="C182" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A183" s="16" t="s">
+      <c r="D183" s="33">
+        <v>46005</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A184" s="15" t="s">
         <v>380</v>
       </c>
-      <c r="B183" s="24" t="s">
+      <c r="B184" s="24" t="s">
         <v>381</v>
       </c>
-      <c r="C183" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A184" s="15" t="s">
+      <c r="C184" s="72" t="s">
+        <v>2028</v>
+      </c>
+      <c r="D184" s="38">
+        <v>46031</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A185" s="13" t="s">
         <v>382</v>
       </c>
-      <c r="B184" s="24" t="s">
+      <c r="B185" s="24" t="s">
         <v>383</v>
       </c>
-      <c r="C184" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A185" s="16" t="s">
+      <c r="C185" s="72" t="s">
         <v>384</v>
       </c>
-      <c r="B185" s="24" t="s">
+      <c r="D185" s="33">
+        <v>46015</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A186" s="13" t="s">
+        <v>2423</v>
+      </c>
+      <c r="B186" s="25" t="s">
+        <v>2422</v>
+      </c>
+      <c r="C186" s="72" t="s">
+        <v>160</v>
+      </c>
+      <c r="D186" s="38">
+        <v>46012</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4" ht="305.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="14" t="s">
+        <v>3541</v>
+      </c>
+      <c r="B187" s="42" t="s">
         <v>385</v>
       </c>
-      <c r="C185" s="72" t="s">
+      <c r="C187" s="72" t="s">
+        <v>2029</v>
+      </c>
+      <c r="D187" s="33">
+        <v>46021</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A188" s="15" t="s">
+        <v>386</v>
+      </c>
+      <c r="B188" s="24" t="s">
+        <v>387</v>
+      </c>
+      <c r="C188" s="72" t="s">
+        <v>388</v>
+      </c>
+      <c r="D188" s="33">
+        <v>46039</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A189" s="43" t="s">
+        <v>389</v>
+      </c>
+      <c r="B189" s="26" t="s">
+        <v>390</v>
+      </c>
+      <c r="C189" s="72" t="s">
+        <v>662</v>
+      </c>
+      <c r="D189" s="33">
+        <v>46003</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A190" s="14" t="s">
+        <v>391</v>
+      </c>
+      <c r="B190" s="25" t="s">
+        <v>392</v>
+      </c>
+      <c r="C190" s="72" t="s">
+        <v>393</v>
+      </c>
+      <c r="D190" s="33">
+        <v>46048</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="14" t="s">
+        <v>394</v>
+      </c>
+      <c r="B191" s="25" t="s">
+        <v>3384</v>
+      </c>
+      <c r="C191" s="72" t="s">
+        <v>2030</v>
+      </c>
+      <c r="D191" s="38">
+        <v>46046</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A192" s="15" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B192" s="24" t="s">
+        <v>395</v>
+      </c>
+      <c r="C192" s="72" t="s">
         <v>26</v>
       </c>
-      <c r="D185" s="38">
-[...13 lines deleted...]
-      <c r="D186" s="33">
+      <c r="D192" s="38">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4" ht="185.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="14" t="s">
+        <v>396</v>
+      </c>
+      <c r="B193" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="C193" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D193" s="33">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="15" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B194" s="25" t="s">
+        <v>397</v>
+      </c>
+      <c r="C194" s="72" t="s">
+        <v>2031</v>
+      </c>
+      <c r="D194" s="33">
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4" ht="165" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A195" s="44" t="s">
+        <v>2520</v>
+      </c>
+      <c r="B195" s="24" t="s">
+        <v>398</v>
+      </c>
+      <c r="C195" s="72" t="s">
+        <v>2032</v>
+      </c>
+      <c r="D195" s="33">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A196" s="13" t="s">
+        <v>399</v>
+      </c>
+      <c r="B196" s="25" t="s">
+        <v>400</v>
+      </c>
+      <c r="C196" s="72" t="s">
+        <v>401</v>
+      </c>
+      <c r="D196" s="33">
+        <v>46075</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A197" s="16" t="s">
+        <v>2334</v>
+      </c>
+      <c r="B197" s="24" t="s">
+        <v>402</v>
+      </c>
+      <c r="C197" s="72" t="s">
+        <v>2033</v>
+      </c>
+      <c r="D197" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A198" s="13" t="s">
+        <v>403</v>
+      </c>
+      <c r="B198" s="25" t="s">
+        <v>404</v>
+      </c>
+      <c r="C198" s="72" t="s">
+        <v>80</v>
+      </c>
+      <c r="D198" s="38">
+        <v>46117</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4" ht="113.25" x14ac:dyDescent="0.25">
+      <c r="A199" s="20" t="s">
+        <v>3444</v>
+      </c>
+      <c r="B199" s="34" t="s">
+        <v>2385</v>
+      </c>
+      <c r="C199" s="72" t="s">
+        <v>75</v>
+      </c>
+      <c r="D199" s="38">
+        <v>46361</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A200" s="15" t="s">
+        <v>405</v>
+      </c>
+      <c r="B200" s="25" t="s">
+        <v>406</v>
+      </c>
+      <c r="C200" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D200" s="33">
+        <v>46100</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A201" s="13" t="s">
+        <v>407</v>
+      </c>
+      <c r="B201" s="24" t="s">
+        <v>408</v>
+      </c>
+      <c r="C201" s="72" t="s">
+        <v>409</v>
+      </c>
+      <c r="D201" s="33">
+        <v>46152</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A202" s="15" t="s">
+        <v>410</v>
+      </c>
+      <c r="B202" s="24" t="s">
+        <v>411</v>
+      </c>
+      <c r="C202" s="72" t="s">
+        <v>412</v>
+      </c>
+      <c r="D202" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4" ht="308.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="16" t="s">
+        <v>2386</v>
+      </c>
+      <c r="B203" s="24" t="s">
+        <v>413</v>
+      </c>
+      <c r="C203" s="72" t="s">
+        <v>227</v>
+      </c>
+      <c r="D203" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A204" s="13" t="s">
+        <v>414</v>
+      </c>
+      <c r="B204" s="24" t="s">
+        <v>415</v>
+      </c>
+      <c r="C204" s="72" t="s">
+        <v>416</v>
+      </c>
+      <c r="D204" s="33">
+        <v>46137</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4" ht="142.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A205" s="16" t="s">
+        <v>417</v>
+      </c>
+      <c r="B205" s="24" t="s">
+        <v>418</v>
+      </c>
+      <c r="C205" s="72" t="s">
+        <v>2034</v>
+      </c>
+      <c r="D205" s="33">
+        <v>46153</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A206" s="13" t="s">
+        <v>2890</v>
+      </c>
+      <c r="B206" s="24" t="s">
+        <v>419</v>
+      </c>
+      <c r="C206" s="72" t="s">
+        <v>80</v>
+      </c>
+      <c r="D206" s="38">
+        <v>46164</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A207" s="15" t="s">
+        <v>3055</v>
+      </c>
+      <c r="B207" s="24" t="s">
+        <v>420</v>
+      </c>
+      <c r="C207" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D207" s="38">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4" ht="220.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="16" t="s">
+        <v>3445</v>
+      </c>
+      <c r="B208" s="24" t="s">
+        <v>421</v>
+      </c>
+      <c r="C208" s="72" t="s">
+        <v>2035</v>
+      </c>
+      <c r="D208" s="33">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A209" s="15" t="s">
+        <v>3446</v>
+      </c>
+      <c r="B209" s="25" t="s">
+        <v>422</v>
+      </c>
+      <c r="C209" s="72" t="s">
+        <v>423</v>
+      </c>
+      <c r="D209" s="33">
+        <v>46144</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A210" s="16" t="s">
+        <v>424</v>
+      </c>
+      <c r="B210" s="24" t="s">
+        <v>425</v>
+      </c>
+      <c r="C210" s="72" t="s">
+        <v>2036</v>
+      </c>
+      <c r="D210" s="33">
+        <v>46187</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="15" t="s">
+        <v>3447</v>
+      </c>
+      <c r="B211" s="25" t="s">
+        <v>426</v>
+      </c>
+      <c r="C211" s="72" t="s">
+        <v>2037</v>
+      </c>
+      <c r="D211" s="33">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="16" t="s">
+        <v>427</v>
+      </c>
+      <c r="B212" s="25" t="s">
+        <v>428</v>
+      </c>
+      <c r="C212" s="72" t="s">
+        <v>3005</v>
+      </c>
+      <c r="D212" s="33">
+        <v>46192</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A213" s="15" t="s">
+        <v>429</v>
+      </c>
+      <c r="B213" s="24" t="s">
+        <v>430</v>
+      </c>
+      <c r="C213" s="72" t="s">
+        <v>431</v>
+      </c>
+      <c r="D213" s="38">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4" ht="149.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A214" s="14" t="s">
+        <v>432</v>
+      </c>
+      <c r="B214" s="25" t="s">
+        <v>433</v>
+      </c>
+      <c r="C214" s="72" t="s">
+        <v>867</v>
+      </c>
+      <c r="D214" s="33">
+        <v>46222</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A215" s="13" t="s">
+        <v>3448</v>
+      </c>
+      <c r="B215" s="24" t="s">
+        <v>434</v>
+      </c>
+      <c r="C215" s="72" t="s">
+        <v>2038</v>
+      </c>
+      <c r="D215" s="38">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4" ht="235.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A216" s="16" t="s">
+        <v>435</v>
+      </c>
+      <c r="B216" s="24" t="s">
+        <v>436</v>
+      </c>
+      <c r="C216" s="72" t="s">
+        <v>437</v>
+      </c>
+      <c r="D216" s="33">
+        <v>46257</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4" ht="45.75" x14ac:dyDescent="0.25">
+      <c r="A217" s="21" t="s">
+        <v>3449</v>
+      </c>
+      <c r="B217" s="25" t="s">
+        <v>438</v>
+      </c>
+      <c r="C217" s="72" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D217" s="33">
+        <v>46231</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A218" s="15" t="s">
+        <v>439</v>
+      </c>
+      <c r="B218" s="24" t="s">
+        <v>440</v>
+      </c>
+      <c r="C218" s="72" t="s">
+        <v>441</v>
+      </c>
+      <c r="D218" s="33">
+        <v>46242</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4" ht="86.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="15" t="s">
+        <v>3450</v>
+      </c>
+      <c r="B219" s="24" t="s">
+        <v>442</v>
+      </c>
+      <c r="C219" s="72" t="s">
+        <v>443</v>
+      </c>
+      <c r="D219" s="33">
+        <v>46224</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A220" s="15" t="s">
+        <v>3071</v>
+      </c>
+      <c r="B220" s="25" t="s">
+        <v>444</v>
+      </c>
+      <c r="C220" s="72" t="s">
+        <v>445</v>
+      </c>
+      <c r="D220" s="38">
+        <v>46244</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4" ht="186" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="16" t="s">
+        <v>446</v>
+      </c>
+      <c r="B221" s="24" t="s">
+        <v>1885</v>
+      </c>
+      <c r="C221" s="72" t="s">
+        <v>447</v>
+      </c>
+      <c r="D221" s="38">
+        <v>46273</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4" ht="176.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A222" s="15" t="s">
+        <v>2921</v>
+      </c>
+      <c r="B222" s="34" t="s">
+        <v>2922</v>
+      </c>
+      <c r="C222" s="72" t="s">
+        <v>448</v>
+      </c>
+      <c r="D222" s="33">
+        <v>46177</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A223" s="13" t="s">
+        <v>3101</v>
+      </c>
+      <c r="B223" s="24" t="s">
+        <v>449</v>
+      </c>
+      <c r="C223" s="72" t="s">
+        <v>450</v>
+      </c>
+      <c r="D223" s="33">
+        <v>46248</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A224" s="15" t="s">
+        <v>451</v>
+      </c>
+      <c r="B224" s="24" t="s">
+        <v>452</v>
+      </c>
+      <c r="C224" s="72" t="s">
+        <v>453</v>
+      </c>
+      <c r="D224" s="33">
+        <v>46273</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A225" s="13" t="s">
+        <v>454</v>
+      </c>
+      <c r="B225" s="25" t="s">
+        <v>455</v>
+      </c>
+      <c r="C225" s="72" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D225" s="38">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A226" s="14" t="s">
+        <v>3451</v>
+      </c>
+      <c r="B226" s="25" t="s">
+        <v>456</v>
+      </c>
+      <c r="C226" s="72" t="s">
+        <v>2041</v>
+      </c>
+      <c r="D226" s="33">
+        <v>45989</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A227" s="15" t="s">
+        <v>3452</v>
+      </c>
+      <c r="B227" s="25" t="s">
+        <v>457</v>
+      </c>
+      <c r="C227" s="72" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D227" s="33">
+        <v>46342</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A228" s="15" t="s">
+        <v>458</v>
+      </c>
+      <c r="B228" s="24" t="s">
+        <v>459</v>
+      </c>
+      <c r="C228" s="72" t="s">
+        <v>460</v>
+      </c>
+      <c r="D228" s="33">
+        <v>46367</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A229" s="15" t="s">
+        <v>3453</v>
+      </c>
+      <c r="B229" s="25" t="s">
+        <v>461</v>
+      </c>
+      <c r="C229" s="89" t="s">
+        <v>3010</v>
+      </c>
+      <c r="D229" s="33">
         <v>46005</v>
       </c>
     </row>
-    <row r="187" spans="1:5" ht="45" x14ac:dyDescent="0.25">
-[...37 lines deleted...]
-      <c r="D189" s="38">
+    <row r="230" spans="1:4" ht="198" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A230" s="15" t="s">
+        <v>462</v>
+      </c>
+      <c r="B230" s="25" t="s">
+        <v>463</v>
+      </c>
+      <c r="C230" s="72" t="s">
+        <v>2043</v>
+      </c>
+      <c r="D230" s="33">
         <v>46012</v>
       </c>
     </row>
-    <row r="190" spans="1:5" ht="305.25" customHeight="1" x14ac:dyDescent="0.25">
-[...532 lines deleted...]
-      <c r="A228" s="13" t="s">
+    <row r="231" spans="1:4" ht="34.5" x14ac:dyDescent="0.25">
+      <c r="A231" s="20" t="s">
         <v>464</v>
       </c>
-      <c r="B228" s="25" t="s">
+      <c r="B231" s="25" t="s">
         <v>465</v>
       </c>
-      <c r="C228" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B229" s="25" t="s">
+      <c r="C231" s="72" t="s">
         <v>466</v>
       </c>
-      <c r="C229" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B230" s="25" t="s">
+      <c r="D231" s="38">
+        <v>45999</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4" ht="103.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A232" s="14" t="s">
         <v>467</v>
       </c>
-      <c r="C230" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A231" s="15" t="s">
+      <c r="B232" s="24" t="s">
         <v>468</v>
       </c>
-      <c r="B231" s="24" t="s">
+      <c r="C232" s="72" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D232" s="38">
+        <v>46148</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A233" s="15" t="s">
         <v>469</v>
       </c>
-      <c r="C231" s="72" t="s">
+      <c r="B233" s="24" t="s">
         <v>470</v>
       </c>
-      <c r="D231" s="33">
-[...7 lines deleted...]
-      <c r="B232" s="25" t="s">
+      <c r="C233" s="72" t="s">
+        <v>959</v>
+      </c>
+      <c r="D233" s="38">
+        <v>46106</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4" ht="87" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A234" s="14" t="s">
         <v>471</v>
       </c>
-      <c r="C232" s="89" t="s">
-[...7 lines deleted...]
-      <c r="A233" s="15" t="s">
+      <c r="B234" s="25" t="s">
         <v>472</v>
       </c>
-      <c r="B233" s="25" t="s">
+      <c r="C234" s="72" t="s">
+        <v>2044</v>
+      </c>
+      <c r="D234" s="38">
+        <v>46035</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="13" t="s">
+        <v>3454</v>
+      </c>
+      <c r="B235" s="24" t="s">
+        <v>313</v>
+      </c>
+      <c r="C235" s="72" t="s">
+        <v>2045</v>
+      </c>
+      <c r="D235" s="38">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4" ht="294.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A236" s="16" t="s">
         <v>473</v>
       </c>
-      <c r="C233" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A234" s="20" t="s">
+      <c r="B236" s="24" t="s">
         <v>474</v>
       </c>
-      <c r="B234" s="25" t="s">
+      <c r="C236" s="72" t="s">
+        <v>2046</v>
+      </c>
+      <c r="D236" s="38">
+        <v>46390</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4" ht="165" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="14" t="s">
+        <v>3455</v>
+      </c>
+      <c r="B237" s="25" t="s">
+        <v>2790</v>
+      </c>
+      <c r="C237" s="72" t="s">
+        <v>2047</v>
+      </c>
+      <c r="D237" s="33">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A238" s="15" t="s">
         <v>475</v>
       </c>
-      <c r="C234" s="72" t="s">
+      <c r="B238" s="24" t="s">
         <v>476</v>
       </c>
-      <c r="D234" s="38">
-[...4 lines deleted...]
-      <c r="A235" s="14" t="s">
+      <c r="C238" s="72" t="s">
+        <v>2048</v>
+      </c>
+      <c r="D238" s="33">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4" ht="213" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="15" t="s">
         <v>477</v>
       </c>
-      <c r="B235" s="24" t="s">
+      <c r="B239" s="24" t="s">
         <v>478</v>
       </c>
-      <c r="C235" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A236" s="15" t="s">
+      <c r="C239" s="72" t="s">
         <v>479</v>
       </c>
-      <c r="B236" s="24" t="s">
+      <c r="D239" s="33">
+        <v>46418</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A240" s="16" t="s">
         <v>480</v>
       </c>
-      <c r="C236" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A237" s="14" t="s">
+      <c r="B240" s="24" t="s">
         <v>481</v>
       </c>
-      <c r="B237" s="25" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="C240" s="72" t="s">
-        <v>2103</v>
+        <v>2049</v>
       </c>
       <c r="D240" s="33">
-        <v>46121</v>
+        <v>46072</v>
       </c>
     </row>
     <row r="241" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A241" s="15" t="s">
+        <v>482</v>
+      </c>
+      <c r="B241" s="24" t="s">
+        <v>483</v>
+      </c>
+      <c r="C241" s="72" t="s">
+        <v>484</v>
+      </c>
+      <c r="D241" s="33">
+        <v>46076</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A242" s="15" t="s">
+        <v>3139</v>
+      </c>
+      <c r="B242" s="24" t="s">
         <v>485</v>
       </c>
-      <c r="B241" s="24" t="s">
+      <c r="C242" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D242" s="33">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4" ht="114.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A243" s="16" t="s">
         <v>486</v>
       </c>
-      <c r="C241" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A242" s="15" t="s">
+      <c r="B243" s="25" t="s">
         <v>487</v>
       </c>
-      <c r="B242" s="24" t="s">
+      <c r="C243" s="72" t="s">
+        <v>2050</v>
+      </c>
+      <c r="D243" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A244" s="20" t="s">
+        <v>2542</v>
+      </c>
+      <c r="B244" s="24" t="s">
         <v>488</v>
       </c>
-      <c r="C242" s="72" t="s">
+      <c r="C244" s="72" t="s">
         <v>489</v>
       </c>
-      <c r="D242" s="33">
-[...4 lines deleted...]
-      <c r="A243" s="16" t="s">
+      <c r="D244" s="33">
+        <v>46089</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A245" s="15" t="s">
         <v>490</v>
       </c>
-      <c r="B243" s="24" t="s">
-[...13 lines deleted...]
-      <c r="B244" s="24" t="s">
+      <c r="B245" s="24" t="s">
+        <v>232</v>
+      </c>
+      <c r="C245" s="72" t="s">
+        <v>2051</v>
+      </c>
+      <c r="D245" s="38">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A246" s="20" t="s">
+        <v>2768</v>
+      </c>
+      <c r="B246" s="24" t="s">
+        <v>2589</v>
+      </c>
+      <c r="C246" s="72" t="s">
+        <v>812</v>
+      </c>
+      <c r="D246" s="38">
+        <v>46064</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A247" s="15" t="s">
+        <v>2970</v>
+      </c>
+      <c r="B247" s="24" t="s">
         <v>493</v>
       </c>
-      <c r="C244" s="72" t="s">
+      <c r="C247" s="72" t="s">
+        <v>2052</v>
+      </c>
+      <c r="D247" s="33">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A248" s="16" t="s">
+        <v>2351</v>
+      </c>
+      <c r="B248" s="24" t="s">
         <v>494</v>
       </c>
-      <c r="D244" s="33">
-[...7 lines deleted...]
-      <c r="B245" s="24" t="s">
+      <c r="C248" s="72" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D248" s="33">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A249" s="15" t="s">
         <v>495</v>
       </c>
-      <c r="C245" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A246" s="16" t="s">
+      <c r="B249" s="25" t="s">
         <v>496</v>
       </c>
-      <c r="B246" s="25" t="s">
+      <c r="C249" s="72" t="s">
+        <v>2054</v>
+      </c>
+      <c r="D249" s="38">
+        <v>46293</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A250" s="15" t="s">
+        <v>2760</v>
+      </c>
+      <c r="B250" s="24" t="s">
         <v>497</v>
       </c>
-      <c r="C246" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B247" s="24" t="s">
+      <c r="C250" s="72" t="s">
         <v>498</v>
       </c>
-      <c r="C247" s="72" t="s">
+      <c r="D250" s="38">
+        <v>46163</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A251" s="15" t="s">
         <v>499</v>
       </c>
-      <c r="D247" s="33">
-[...4 lines deleted...]
-      <c r="A248" s="15" t="s">
+      <c r="B251" s="24" t="s">
         <v>500</v>
       </c>
-      <c r="B248" s="24" t="s">
-[...5 lines deleted...]
-      <c r="D248" s="38">
+      <c r="C251" s="72" t="s">
+        <v>93</v>
+      </c>
+      <c r="D251" s="38">
+        <v>46150</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4" ht="312.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A252" s="16" t="s">
+        <v>2284</v>
+      </c>
+      <c r="B252" s="24" t="s">
+        <v>501</v>
+      </c>
+      <c r="C252" s="72" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D252" s="33">
+        <v>46114</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A253" s="13" t="s">
+        <v>502</v>
+      </c>
+      <c r="B253" s="24" t="s">
+        <v>503</v>
+      </c>
+      <c r="C253" s="72" t="s">
+        <v>2056</v>
+      </c>
+      <c r="D253" s="38">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A254" s="13" t="s">
+        <v>504</v>
+      </c>
+      <c r="B254" s="24" t="s">
+        <v>505</v>
+      </c>
+      <c r="C254" s="72" t="s">
+        <v>506</v>
+      </c>
+      <c r="D254" s="38">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A255" s="15" t="s">
+        <v>507</v>
+      </c>
+      <c r="B255" s="25" t="s">
+        <v>508</v>
+      </c>
+      <c r="C255" s="72" t="s">
+        <v>2057</v>
+      </c>
+      <c r="D255" s="38">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A256" s="15" t="s">
+        <v>1927</v>
+      </c>
+      <c r="B256" s="24" t="s">
+        <v>442</v>
+      </c>
+      <c r="C256" s="72" t="s">
+        <v>443</v>
+      </c>
+      <c r="D256" s="38">
+        <v>46333</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A257" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="B257" s="24" t="s">
+        <v>510</v>
+      </c>
+      <c r="C257" s="72" t="s">
+        <v>511</v>
+      </c>
+      <c r="D257" s="33">
+        <v>46212</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A258" s="15" t="s">
+        <v>512</v>
+      </c>
+      <c r="B258" s="24" t="s">
+        <v>513</v>
+      </c>
+      <c r="C258" s="72" t="s">
+        <v>75</v>
+      </c>
+      <c r="D258" s="38">
         <v>46113</v>
       </c>
     </row>
-    <row r="249" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.25">
-[...115 lines deleted...]
-      <c r="B257" s="24" t="s">
+    <row r="259" spans="1:4" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A259" s="16" t="s">
         <v>515</v>
       </c>
-      <c r="C257" s="72" t="s">
+      <c r="B259" s="24" t="s">
         <v>516</v>
       </c>
-      <c r="D257" s="38">
-[...4 lines deleted...]
-      <c r="A258" s="15" t="s">
+      <c r="C259" s="72" t="s">
         <v>517</v>
       </c>
-      <c r="B258" s="25" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="D259" s="38">
-        <v>46333</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4" ht="45" x14ac:dyDescent="0.25">
       <c r="A260" s="15" t="s">
         <v>519</v>
       </c>
       <c r="B260" s="24" t="s">
         <v>520</v>
       </c>
       <c r="C260" s="72" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-        <v>46212</v>
+        <v>2058</v>
+      </c>
+      <c r="D260" s="38">
+        <v>46128</v>
       </c>
     </row>
     <row r="261" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A261" s="15" t="s">
+        <v>521</v>
+      </c>
+      <c r="B261" s="24" t="s">
         <v>522</v>
       </c>
-      <c r="B261" s="24" t="s">
+      <c r="C261" s="72" t="s">
+        <v>2059</v>
+      </c>
+      <c r="D261" s="38">
+        <v>46159</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A262" s="13" t="s">
+        <v>3195</v>
+      </c>
+      <c r="B262" s="24" t="s">
         <v>523</v>
       </c>
-      <c r="C261" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A262" s="16" t="s">
+      <c r="C262" s="72" t="s">
+        <v>2060</v>
+      </c>
+      <c r="D262" s="33">
+        <v>45981</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4" ht="310.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A263" s="15" t="s">
+        <v>2316</v>
+      </c>
+      <c r="B263" s="24" t="s">
+        <v>524</v>
+      </c>
+      <c r="C263" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D263" s="33">
+        <v>46130</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A264" s="15" t="s">
         <v>525</v>
       </c>
-      <c r="B262" s="24" t="s">
+      <c r="B264" s="24" t="s">
         <v>526</v>
       </c>
-      <c r="C262" s="72" t="s">
+      <c r="C264" s="72" t="s">
         <v>527</v>
       </c>
-      <c r="D262" s="38">
-[...4 lines deleted...]
-      <c r="A263" s="15" t="s">
+      <c r="D264" s="49">
+        <v>46199</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A265" s="15" t="s">
+        <v>528</v>
+      </c>
+      <c r="B265" s="24" t="s">
         <v>529</v>
       </c>
-      <c r="B263" s="24" t="s">
+      <c r="C265" s="72" t="s">
         <v>530</v>
       </c>
-      <c r="C263" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A264" s="15" t="s">
+      <c r="D265" s="49">
+        <v>46199</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4" ht="177" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A266" s="15" t="s">
         <v>531</v>
       </c>
-      <c r="B264" s="24" t="s">
+      <c r="B266" s="25" t="s">
         <v>532</v>
       </c>
-      <c r="C264" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B265" s="24" t="s">
+      <c r="C266" s="72" t="s">
         <v>533</v>
       </c>
-      <c r="C265" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B266" s="24" t="s">
+      <c r="D266" s="49">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A267" s="15" t="s">
         <v>534</v>
       </c>
-      <c r="C266" s="72" t="s">
+      <c r="B267" s="25" t="s">
+        <v>535</v>
+      </c>
+      <c r="C267" s="72" t="s">
+        <v>536</v>
+      </c>
+      <c r="D267" s="49">
+        <v>46141</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4" ht="117.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A268" s="16" t="s">
+        <v>537</v>
+      </c>
+      <c r="B268" s="24" t="s">
+        <v>538</v>
+      </c>
+      <c r="C268" s="72" t="s">
+        <v>2061</v>
+      </c>
+      <c r="D268" s="39">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A269" s="15" t="s">
+        <v>539</v>
+      </c>
+      <c r="B269" s="25" t="s">
+        <v>491</v>
+      </c>
+      <c r="C269" s="72" t="s">
+        <v>517</v>
+      </c>
+      <c r="D269" s="33">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A270" s="15" t="s">
+        <v>540</v>
+      </c>
+      <c r="B270" s="24" t="s">
+        <v>541</v>
+      </c>
+      <c r="C270" s="72" t="s">
+        <v>542</v>
+      </c>
+      <c r="D270" s="33">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A271" s="13" t="s">
+        <v>544</v>
+      </c>
+      <c r="B271" s="72" t="s">
+        <v>3047</v>
+      </c>
+      <c r="C271" s="72" t="s">
+        <v>545</v>
+      </c>
+      <c r="D271" s="33">
+        <v>46212</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A272" s="13" t="s">
+        <v>546</v>
+      </c>
+      <c r="B272" s="25" t="s">
+        <v>547</v>
+      </c>
+      <c r="C272" s="72" t="s">
+        <v>2062</v>
+      </c>
+      <c r="D272" s="33">
+        <v>46235</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4" ht="206.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A273" s="15" t="s">
+        <v>549</v>
+      </c>
+      <c r="B273" s="24" t="s">
+        <v>2794</v>
+      </c>
+      <c r="C273" s="72" t="s">
+        <v>550</v>
+      </c>
+      <c r="D273" s="33">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4" ht="120.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A274" s="15" t="s">
+        <v>2929</v>
+      </c>
+      <c r="B274" s="25" t="s">
+        <v>2928</v>
+      </c>
+      <c r="C274" s="72" t="s">
+        <v>2930</v>
+      </c>
+      <c r="D274" s="38">
+        <v>46178</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4" ht="167.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A275" s="16" t="s">
+        <v>3062</v>
+      </c>
+      <c r="B275" s="24" t="s">
+        <v>551</v>
+      </c>
+      <c r="C275" s="72" t="s">
+        <v>72</v>
+      </c>
+      <c r="D275" s="33">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A276" s="15" t="s">
+        <v>553</v>
+      </c>
+      <c r="B276" s="25" t="s">
+        <v>554</v>
+      </c>
+      <c r="C276" s="72" t="s">
+        <v>555</v>
+      </c>
+      <c r="D276" s="38">
+        <v>46254</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4" ht="123" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A277" s="15" t="s">
+        <v>556</v>
+      </c>
+      <c r="B277" s="24" t="s">
+        <v>557</v>
+      </c>
+      <c r="C277" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D277" s="38">
+        <v>45995</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A278" s="15" t="s">
+        <v>2456</v>
+      </c>
+      <c r="B278" s="24" t="s">
+        <v>558</v>
+      </c>
+      <c r="C278" s="72" t="s">
+        <v>53</v>
+      </c>
+      <c r="D278" s="38">
+        <v>45990</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A279" s="15" t="s">
+        <v>559</v>
+      </c>
+      <c r="B279" s="25" t="s">
+        <v>560</v>
+      </c>
+      <c r="C279" s="72" t="s">
+        <v>3456</v>
+      </c>
+      <c r="D279" s="38">
+        <v>46276</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A280" s="15" t="s">
+        <v>561</v>
+      </c>
+      <c r="B280" s="24" t="s">
+        <v>562</v>
+      </c>
+      <c r="C280" s="72" t="s">
+        <v>563</v>
+      </c>
+      <c r="D280" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4" ht="280.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A281" s="20" t="s">
+        <v>564</v>
+      </c>
+      <c r="B281" s="25" t="s">
+        <v>565</v>
+      </c>
+      <c r="C281" s="72" t="s">
+        <v>566</v>
+      </c>
+      <c r="D281" s="38">
+        <v>46275</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A282" s="15" t="s">
+        <v>567</v>
+      </c>
+      <c r="B282" s="24" t="s">
+        <v>568</v>
+      </c>
+      <c r="C282" s="72" t="s">
+        <v>569</v>
+      </c>
+      <c r="D282" s="38">
+        <v>46314</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A283" s="15" t="s">
+        <v>570</v>
+      </c>
+      <c r="B283" s="24" t="s">
+        <v>571</v>
+      </c>
+      <c r="C283" s="72" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D283" s="38">
+        <v>46276</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4" ht="63" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A284" s="16" t="s">
+        <v>572</v>
+      </c>
+      <c r="B284" s="24" t="s">
+        <v>573</v>
+      </c>
+      <c r="C284" s="72" t="s">
         <v>43</v>
       </c>
-      <c r="D266" s="33">
-[...242 lines deleted...]
-      <c r="A284" s="20" t="s">
+      <c r="D284" s="33">
+        <v>46158</v>
+      </c>
+    </row>
+    <row r="285" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A285" s="15" t="s">
         <v>574</v>
       </c>
-      <c r="B284" s="25" t="s">
+      <c r="B285" s="25" t="s">
         <v>575</v>
       </c>
-      <c r="C284" s="72" t="s">
+      <c r="C285" s="72" t="s">
         <v>576</v>
       </c>
-      <c r="D284" s="38">
-[...4 lines deleted...]
-      <c r="A285" s="15" t="s">
+      <c r="D285" s="38">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4" ht="135.75" x14ac:dyDescent="0.25">
+      <c r="A286" s="20" t="s">
+        <v>3457</v>
+      </c>
+      <c r="B286" s="24" t="s">
         <v>577</v>
       </c>
-      <c r="B285" s="24" t="s">
+      <c r="C286" s="72" t="s">
+        <v>1960</v>
+      </c>
+      <c r="D286" s="38">
+        <v>46126</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A287" s="13" t="s">
+        <v>3544</v>
+      </c>
+      <c r="B287" s="72" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C287" s="72" t="s">
         <v>578</v>
       </c>
-      <c r="C285" s="72" t="s">
+      <c r="D287" s="33">
+        <v>46331</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A288" s="16" t="s">
         <v>579</v>
       </c>
-      <c r="D285" s="38">
-[...4 lines deleted...]
-      <c r="A286" s="15" t="s">
+      <c r="B288" s="25" t="s">
         <v>580</v>
       </c>
-      <c r="B286" s="24" t="s">
+      <c r="C288" s="72" t="s">
         <v>581</v>
       </c>
-      <c r="C286" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A287" s="16" t="s">
+      <c r="D288" s="33">
+        <v>46004</v>
+      </c>
+    </row>
+    <row r="289" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A289" s="15" t="s">
         <v>582</v>
       </c>
-      <c r="B287" s="24" t="s">
+      <c r="B289" s="24" t="s">
         <v>583</v>
       </c>
-      <c r="C287" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A288" s="15" t="s">
+      <c r="C289" s="72" t="s">
         <v>584</v>
       </c>
-      <c r="B288" s="25" t="s">
+      <c r="D289" s="33">
+        <v>46317</v>
+      </c>
+    </row>
+    <row r="290" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A290" s="13" t="s">
         <v>585</v>
       </c>
-      <c r="C288" s="72" t="s">
+      <c r="B290" s="25" t="s">
         <v>586</v>
       </c>
-      <c r="D288" s="38">
-[...7 lines deleted...]
-      <c r="B289" s="24" t="s">
+      <c r="C290" s="72" t="s">
         <v>587</v>
       </c>
-      <c r="C289" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A290" s="13" t="s">
+      <c r="D290" s="33">
+        <v>46369</v>
+      </c>
+    </row>
+    <row r="291" spans="1:4" ht="139.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A291" s="15" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B291" s="24" t="s">
         <v>588</v>
       </c>
-      <c r="B290" s="24" t="s">
+      <c r="C291" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D291" s="38">
+        <v>46344</v>
+      </c>
+    </row>
+    <row r="292" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A292" s="15" t="s">
         <v>589</v>
       </c>
-      <c r="C290" s="72" t="s">
+      <c r="B292" s="25" t="s">
         <v>590</v>
       </c>
-      <c r="D290" s="33">
-[...4 lines deleted...]
-      <c r="A291" s="15" t="s">
+      <c r="C292" s="72" t="s">
         <v>591</v>
       </c>
-      <c r="B291" s="24" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="D292" s="33">
-        <v>46004</v>
+        <v>46353</v>
       </c>
     </row>
     <row r="293" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
       <c r="A293" s="15" t="s">
+        <v>2466</v>
+      </c>
+      <c r="B293" s="25" t="s">
+        <v>558</v>
+      </c>
+      <c r="C293" s="72" t="s">
+        <v>53</v>
+      </c>
+      <c r="D293" s="33">
+        <v>46264</v>
+      </c>
+    </row>
+    <row r="294" spans="1:4" ht="119.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A294" s="15" t="s">
+        <v>3370</v>
+      </c>
+      <c r="B294" s="25" t="s">
+        <v>592</v>
+      </c>
+      <c r="C294" s="72" t="s">
+        <v>2064</v>
+      </c>
+      <c r="D294" s="33">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="295" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A295" s="15" t="s">
+        <v>593</v>
+      </c>
+      <c r="B295" s="24" t="s">
+        <v>111</v>
+      </c>
+      <c r="C295" s="72" t="s">
+        <v>594</v>
+      </c>
+      <c r="D295" s="38">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="296" spans="1:4" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A296" s="15" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B296" s="25" t="s">
+        <v>595</v>
+      </c>
+      <c r="C296" s="72" t="s">
+        <v>2065</v>
+      </c>
+      <c r="D296" s="38">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A297" s="20" t="s">
+        <v>596</v>
+      </c>
+      <c r="B297" s="25" t="s">
         <v>597</v>
       </c>
-      <c r="B293" s="24" t="s">
+      <c r="C297" s="72" t="s">
         <v>598</v>
       </c>
-      <c r="C293" s="72" t="s">
+      <c r="D297" s="38">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A298" s="15" t="s">
         <v>599</v>
       </c>
-      <c r="D293" s="33">
-[...4 lines deleted...]
-      <c r="A294" s="13" t="s">
+      <c r="B298" s="25" t="s">
         <v>600</v>
       </c>
-      <c r="B294" s="25" t="s">
+      <c r="C298" s="72" t="s">
         <v>601</v>
       </c>
-      <c r="C294" s="72" t="s">
+      <c r="D298" s="38">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="299" spans="1:4" ht="260.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A299" s="16" t="s">
         <v>602</v>
       </c>
-      <c r="D294" s="33">
-[...7 lines deleted...]
-      <c r="B295" s="24" t="s">
+      <c r="B299" s="24" t="s">
+        <v>3056</v>
+      </c>
+      <c r="C299" s="72" t="s">
         <v>603</v>
       </c>
-      <c r="C295" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A296" s="15" t="s">
+      <c r="D299" s="38">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="300" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A300" s="15" t="s">
+        <v>2411</v>
+      </c>
+      <c r="B300" s="25" t="s">
         <v>604</v>
       </c>
-      <c r="B296" s="24" t="s">
+      <c r="C300" s="72" t="s">
+        <v>2066</v>
+      </c>
+      <c r="D300" s="38">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="301" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A301" s="15" t="s">
+        <v>2391</v>
+      </c>
+      <c r="B301" s="25" t="s">
         <v>605</v>
       </c>
-      <c r="C296" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A297" s="15" t="s">
+      <c r="C301" s="72" t="s">
+        <v>2067</v>
+      </c>
+      <c r="D301" s="33">
+        <v>46035</v>
+      </c>
+    </row>
+    <row r="302" spans="1:4" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A302" s="15" t="s">
+        <v>2410</v>
+      </c>
+      <c r="B302" s="24" t="s">
         <v>606</v>
       </c>
-      <c r="B297" s="25" t="s">
+      <c r="C302" s="72" t="s">
         <v>607</v>
       </c>
-      <c r="C297" s="72" t="s">
+      <c r="D302" s="33">
+        <v>46416</v>
+      </c>
+    </row>
+    <row r="303" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A303" s="15" t="s">
         <v>608</v>
       </c>
-      <c r="D297" s="33">
-[...21 lines deleted...]
-      <c r="B299" s="25" t="s">
+      <c r="B303" s="24" t="s">
         <v>609</v>
       </c>
-      <c r="C299" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A300" s="15" t="s">
+      <c r="C303" s="72" t="s">
         <v>610</v>
       </c>
-      <c r="B300" s="24" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="D303" s="33">
-        <v>45980</v>
+        <v>46127</v>
       </c>
     </row>
     <row r="304" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A304" s="15" t="s">
+        <v>611</v>
+      </c>
+      <c r="B304" s="24" t="s">
+        <v>612</v>
+      </c>
+      <c r="C304" s="72" t="s">
+        <v>613</v>
+      </c>
+      <c r="D304" s="38">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A305" s="15" t="s">
+        <v>614</v>
+      </c>
+      <c r="B305" s="25" t="s">
+        <v>615</v>
+      </c>
+      <c r="C305" s="72" t="s">
+        <v>616</v>
+      </c>
+      <c r="D305" s="38">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A306" s="15" t="s">
+        <v>617</v>
+      </c>
+      <c r="B306" s="25" t="s">
         <v>618</v>
       </c>
-      <c r="B304" s="25" t="s">
+      <c r="C306" s="72" t="s">
+        <v>2068</v>
+      </c>
+      <c r="D306" s="38">
+        <v>46062</v>
+      </c>
+    </row>
+    <row r="307" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A307" s="15" t="s">
         <v>619</v>
       </c>
-      <c r="C304" s="72" t="s">
+      <c r="B307" s="25" t="s">
         <v>620</v>
       </c>
-      <c r="D304" s="38">
-[...4 lines deleted...]
-      <c r="A305" s="16" t="s">
+      <c r="C307" s="72" t="s">
         <v>621</v>
       </c>
-      <c r="B305" s="24" t="s">
-[...2 lines deleted...]
-      <c r="C305" s="72" t="s">
+      <c r="D307" s="33">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A308" s="13" t="s">
         <v>622</v>
       </c>
-      <c r="D305" s="38">
-[...7 lines deleted...]
-      <c r="B306" s="25" t="s">
+      <c r="B308" s="24" t="s">
         <v>623</v>
       </c>
-      <c r="C306" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B307" s="25" t="s">
+      <c r="C308" s="72" t="s">
         <v>624</v>
       </c>
-      <c r="C307" s="72" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D308" s="33">
-        <v>46051</v>
+        <v>46044</v>
       </c>
     </row>
     <row r="309" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A309" s="15" t="s">
+        <v>625</v>
+      </c>
+      <c r="B309" s="24" t="s">
+        <v>626</v>
+      </c>
+      <c r="C309" s="72" t="s">
         <v>627</v>
       </c>
-      <c r="B309" s="24" t="s">
+      <c r="D309" s="33">
+        <v>46071</v>
+      </c>
+    </row>
+    <row r="310" spans="1:4" ht="297.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A310" s="15" t="s">
         <v>628</v>
       </c>
-      <c r="C309" s="72" t="s">
+      <c r="B310" s="25" t="s">
         <v>629</v>
       </c>
-      <c r="D309" s="33">
+      <c r="C310" s="72" t="s">
+        <v>630</v>
+      </c>
+      <c r="D310" s="33">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="311" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A311" s="15" t="s">
+        <v>2598</v>
+      </c>
+      <c r="B311" s="34" t="s">
+        <v>2599</v>
+      </c>
+      <c r="C311" s="72" t="s">
+        <v>2069</v>
+      </c>
+      <c r="D311" s="33">
+        <v>46086</v>
+      </c>
+    </row>
+    <row r="312" spans="1:4" ht="191.25" x14ac:dyDescent="0.25">
+      <c r="A312" s="15" t="s">
+        <v>2496</v>
+      </c>
+      <c r="B312" s="25" t="s">
+        <v>631</v>
+      </c>
+      <c r="C312" s="72" t="s">
+        <v>2070</v>
+      </c>
+      <c r="D312" s="33">
+        <v>46078</v>
+      </c>
+    </row>
+    <row r="313" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A313" s="15" t="s">
+        <v>2628</v>
+      </c>
+      <c r="B313" s="25" t="s">
+        <v>2629</v>
+      </c>
+      <c r="C313" s="72" t="s">
+        <v>632</v>
+      </c>
+      <c r="D313" s="33">
+        <v>46071</v>
+      </c>
+    </row>
+    <row r="314" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A314" s="15" t="s">
+        <v>3567</v>
+      </c>
+      <c r="B314" s="24" t="s">
+        <v>633</v>
+      </c>
+      <c r="C314" s="72" t="s">
+        <v>479</v>
+      </c>
+      <c r="D314" s="38">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="315" spans="1:4" ht="189" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A315" s="16" t="s">
+        <v>2497</v>
+      </c>
+      <c r="B315" s="24" t="s">
+        <v>634</v>
+      </c>
+      <c r="C315" s="72" t="s">
+        <v>517</v>
+      </c>
+      <c r="D315" s="33">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="316" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A316" s="13" t="s">
+        <v>2383</v>
+      </c>
+      <c r="B316" s="24" t="s">
+        <v>635</v>
+      </c>
+      <c r="C316" s="72" t="s">
+        <v>636</v>
+      </c>
+      <c r="D316" s="33">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="317" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A317" s="16" t="s">
+        <v>2384</v>
+      </c>
+      <c r="B317" s="72" t="s">
+        <v>2694</v>
+      </c>
+      <c r="C317" s="72" t="s">
+        <v>637</v>
+      </c>
+      <c r="D317" s="33">
+        <v>46092</v>
+      </c>
+    </row>
+    <row r="318" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A318" s="15" t="s">
+        <v>638</v>
+      </c>
+      <c r="B318" s="24" t="s">
+        <v>639</v>
+      </c>
+      <c r="C318" s="72" t="s">
+        <v>2071</v>
+      </c>
+      <c r="D318" s="33">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4" ht="208.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A319" s="15" t="s">
+        <v>640</v>
+      </c>
+      <c r="B319" s="24" t="s">
+        <v>641</v>
+      </c>
+      <c r="C319" s="72" t="s">
+        <v>642</v>
+      </c>
+      <c r="D319" s="33">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="320" spans="1:4" ht="45.75" x14ac:dyDescent="0.25">
+      <c r="A320" s="20" t="s">
+        <v>643</v>
+      </c>
+      <c r="B320" s="25" t="s">
+        <v>644</v>
+      </c>
+      <c r="C320" s="72" t="s">
+        <v>645</v>
+      </c>
+      <c r="D320" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="321" spans="1:4" ht="260.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A321" s="16" t="s">
+        <v>1840</v>
+      </c>
+      <c r="B321" s="25" t="s">
+        <v>646</v>
+      </c>
+      <c r="C321" s="72" t="s">
+        <v>517</v>
+      </c>
+      <c r="D321" s="38">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A322" s="14" t="s">
+        <v>647</v>
+      </c>
+      <c r="B322" s="24" t="s">
+        <v>3293</v>
+      </c>
+      <c r="C322" s="72" t="s">
+        <v>109</v>
+      </c>
+      <c r="D322" s="33">
+        <v>46118</v>
+      </c>
+    </row>
+    <row r="323" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A323" s="15" t="s">
+        <v>2531</v>
+      </c>
+      <c r="B323" s="24" t="s">
+        <v>648</v>
+      </c>
+      <c r="C323" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D323" s="33">
         <v>46127</v>
       </c>
     </row>
-    <row r="310" spans="1:4" x14ac:dyDescent="0.25">
-[...90 lines deleted...]
-      <c r="C316" s="72" t="s">
+    <row r="324" spans="1:4" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A324" s="14" t="s">
+        <v>3060</v>
+      </c>
+      <c r="B324" s="72" t="s">
+        <v>3061</v>
+      </c>
+      <c r="C324" s="72" t="s">
         <v>649</v>
       </c>
-      <c r="D316" s="33">
-[...38 lines deleted...]
-      <c r="C319" s="72" t="s">
+      <c r="D324" s="33">
+        <v>46233</v>
+      </c>
+    </row>
+    <row r="325" spans="1:4" ht="135.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A325" s="14" t="s">
         <v>651</v>
       </c>
-      <c r="D319" s="33">
-[...4 lines deleted...]
-      <c r="A320" s="15" t="s">
+      <c r="B325" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="C325" s="72" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D325" s="38">
+        <v>46141</v>
+      </c>
+    </row>
+    <row r="326" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A326" s="40" t="s">
         <v>652</v>
       </c>
-      <c r="B320" s="24" t="s">
+      <c r="B326" s="32" t="s">
         <v>653</v>
       </c>
-      <c r="C320" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B321" s="24" t="s">
+      <c r="C326" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D326" s="48">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="327" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A327" s="13" t="s">
         <v>654</v>
       </c>
-      <c r="C321" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B322" s="24" t="s">
+      <c r="B327" s="24" t="s">
         <v>655</v>
       </c>
-      <c r="C322" s="72" t="s">
+      <c r="C327" s="72" t="s">
         <v>656</v>
       </c>
-      <c r="D322" s="33">
-[...10 lines deleted...]
-      <c r="C323" s="72" t="s">
+      <c r="D327" s="38">
+        <v>46153</v>
+      </c>
+    </row>
+    <row r="328" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A328" s="15" t="s">
         <v>657</v>
       </c>
-      <c r="D323" s="33">
-[...4 lines deleted...]
-      <c r="A324" s="15" t="s">
+      <c r="B328" s="24" t="s">
+        <v>2611</v>
+      </c>
+      <c r="C328" s="72" t="s">
+        <v>351</v>
+      </c>
+      <c r="D328" s="38">
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="329" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A329" s="15" t="s">
         <v>658</v>
       </c>
-      <c r="B324" s="24" t="s">
+      <c r="B329" s="24" t="s">
+        <v>111</v>
+      </c>
+      <c r="C329" s="72" t="s">
         <v>659</v>
       </c>
-      <c r="C324" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A325" s="15" t="s">
+      <c r="D329" s="33">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4" ht="101.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A330" s="15" t="s">
         <v>660</v>
       </c>
-      <c r="B325" s="24" t="s">
+      <c r="B330" s="25" t="s">
         <v>661</v>
       </c>
-      <c r="C325" s="72" t="s">
+      <c r="C330" s="72" t="s">
         <v>662</v>
       </c>
-      <c r="D325" s="33">
-[...4 lines deleted...]
-      <c r="A326" s="20" t="s">
+      <c r="D330" s="38">
+        <v>46159</v>
+      </c>
+    </row>
+    <row r="331" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A331" s="15" t="s">
         <v>663</v>
       </c>
-      <c r="B326" s="25" t="s">
+      <c r="B331" s="25" t="s">
         <v>664</v>
       </c>
-      <c r="C326" s="72" t="s">
+      <c r="C331" s="72" t="s">
         <v>665</v>
       </c>
-      <c r="D326" s="33">
-[...35 lines deleted...]
-      <c r="B329" s="24" t="s">
+      <c r="D331" s="38">
+        <v>46170</v>
+      </c>
+    </row>
+    <row r="332" spans="1:4" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A332" s="15" t="s">
         <v>668</v>
       </c>
-      <c r="C329" s="72" t="s">
-[...13 lines deleted...]
-      <c r="C330" s="72" t="s">
+      <c r="B332" s="24" t="s">
         <v>669</v>
       </c>
-      <c r="D330" s="33">
-[...4 lines deleted...]
-      <c r="A331" s="14" t="s">
+      <c r="C332" s="72" t="s">
+        <v>2073</v>
+      </c>
+      <c r="D332" s="33">
+        <v>46190</v>
+      </c>
+    </row>
+    <row r="333" spans="1:4" ht="325.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A333" s="14" t="s">
+        <v>670</v>
+      </c>
+      <c r="B333" s="24" t="s">
         <v>671</v>
       </c>
-      <c r="B331" s="24" t="s">
-[...10 lines deleted...]
-      <c r="A332" s="40" t="s">
+      <c r="C333" s="72" t="s">
+        <v>543</v>
+      </c>
+      <c r="D333" s="33">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="334" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A334" s="15" t="s">
+        <v>2399</v>
+      </c>
+      <c r="B334" s="24" t="s">
         <v>672</v>
       </c>
-      <c r="B332" s="32" t="s">
+      <c r="C334" s="72" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D334" s="33">
+        <v>46126</v>
+      </c>
+    </row>
+    <row r="335" spans="1:4" ht="273.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A335" s="16" t="s">
+        <v>2398</v>
+      </c>
+      <c r="B335" s="24" t="s">
         <v>673</v>
       </c>
-      <c r="C332" s="72" t="s">
+      <c r="C335" s="72" t="s">
         <v>35</v>
       </c>
-      <c r="D332" s="48">
-[...4 lines deleted...]
-      <c r="A333" s="13" t="s">
+      <c r="D335" s="33">
+        <v>46192</v>
+      </c>
+    </row>
+    <row r="336" spans="1:4" ht="115.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A336" s="14" t="s">
+        <v>2746</v>
+      </c>
+      <c r="B336" s="25" t="s">
         <v>674</v>
       </c>
-      <c r="B333" s="24" t="s">
+      <c r="C336" s="72" t="s">
         <v>675</v>
       </c>
-      <c r="C333" s="72" t="s">
+      <c r="D336" s="33">
+        <v>46138</v>
+      </c>
+    </row>
+    <row r="337" spans="1:4" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A337" s="15" t="s">
         <v>676</v>
       </c>
-      <c r="D333" s="38">
-[...4 lines deleted...]
-      <c r="A334" s="15" t="s">
+      <c r="B337" s="24" t="s">
         <v>677</v>
       </c>
-      <c r="B334" s="24" t="s">
-[...10 lines deleted...]
-      <c r="A335" s="15" t="s">
+      <c r="C337" s="72" t="s">
+        <v>517</v>
+      </c>
+      <c r="D337" s="33">
+        <v>46119</v>
+      </c>
+    </row>
+    <row r="338" spans="1:4" ht="381.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A338" s="14" t="s">
         <v>678</v>
       </c>
-      <c r="B335" s="24" t="s">
-[...2 lines deleted...]
-      <c r="C335" s="72" t="s">
+      <c r="B338" s="24" t="s">
         <v>679</v>
       </c>
-      <c r="D335" s="33">
-[...4 lines deleted...]
-      <c r="A336" s="15" t="s">
+      <c r="C338" s="72" t="s">
+        <v>517</v>
+      </c>
+      <c r="D338" s="33">
+        <v>46120</v>
+      </c>
+    </row>
+    <row r="339" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A339" s="15" t="s">
         <v>680</v>
       </c>
-      <c r="B336" s="25" t="s">
+      <c r="B339" s="25" t="s">
         <v>681</v>
       </c>
-      <c r="C336" s="72" t="s">
+      <c r="C339" s="72" t="s">
         <v>682</v>
       </c>
-      <c r="D336" s="38">
-[...4 lines deleted...]
-      <c r="A337" s="15" t="s">
+      <c r="D339" s="38">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="340" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A340" s="13" t="s">
         <v>683</v>
       </c>
-      <c r="B337" s="25" t="s">
+      <c r="B340" s="25" t="s">
         <v>684</v>
       </c>
-      <c r="C337" s="72" t="s">
+      <c r="C340" s="72" t="s">
         <v>685</v>
       </c>
-      <c r="D337" s="38">
-[...4 lines deleted...]
-      <c r="A338" s="15" t="s">
+      <c r="D340" s="33">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="341" spans="1:4" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A341" s="16" t="s">
+        <v>686</v>
+      </c>
+      <c r="B341" s="24" t="s">
+        <v>687</v>
+      </c>
+      <c r="C341" s="72" t="s">
         <v>688</v>
       </c>
-      <c r="B338" s="24" t="s">
+      <c r="D341" s="33">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="342" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A342" s="13" t="s">
         <v>689</v>
       </c>
-      <c r="C338" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A339" s="14" t="s">
+      <c r="B342" s="34" t="s">
         <v>690</v>
       </c>
-      <c r="B339" s="24" t="s">
+      <c r="C342" s="72" t="s">
+        <v>662</v>
+      </c>
+      <c r="D342" s="33">
+        <v>46210</v>
+      </c>
+    </row>
+    <row r="343" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A343" s="16" t="s">
         <v>691</v>
       </c>
-      <c r="C339" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B340" s="24" t="s">
+      <c r="B343" s="25" t="s">
         <v>692</v>
       </c>
-      <c r="C340" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B341" s="24" t="s">
+      <c r="C343" s="72" t="s">
         <v>693</v>
       </c>
-      <c r="C341" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B342" s="25" t="s">
+      <c r="D343" s="33">
+        <v>46227</v>
+      </c>
+    </row>
+    <row r="344" spans="1:4" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A344" s="15" t="s">
+        <v>3006</v>
+      </c>
+      <c r="B344" s="24" t="s">
+        <v>3007</v>
+      </c>
+      <c r="C344" s="72" t="s">
         <v>694</v>
       </c>
-      <c r="C342" s="72" t="s">
-[...31 lines deleted...]
-        <v>46120</v>
+      <c r="D344" s="38">
+        <v>46205</v>
       </c>
     </row>
     <row r="345" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A345" s="15" t="s">
+        <v>695</v>
+      </c>
+      <c r="B345" s="24" t="s">
+        <v>2974</v>
+      </c>
+      <c r="C345" s="72" t="s">
+        <v>696</v>
+      </c>
+      <c r="D345" s="33">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="346" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A346" s="15" t="s">
+        <v>697</v>
+      </c>
+      <c r="B346" s="24" t="s">
+        <v>698</v>
+      </c>
+      <c r="C346" s="72" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D346" s="33">
+        <v>46280</v>
+      </c>
+    </row>
+    <row r="347" spans="1:4" ht="139.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A347" s="15" t="s">
+        <v>2774</v>
+      </c>
+      <c r="B347" s="24" t="s">
+        <v>699</v>
+      </c>
+      <c r="C347" s="72" t="s">
+        <v>17</v>
+      </c>
+      <c r="D347" s="33">
+        <v>46242</v>
+      </c>
+    </row>
+    <row r="348" spans="1:4" ht="336.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A348" s="15" t="s">
         <v>700</v>
       </c>
-      <c r="B345" s="25" t="s">
+      <c r="B348" s="25" t="s">
         <v>701</v>
       </c>
-      <c r="C345" s="72" t="s">
+      <c r="C348" s="72" t="s">
         <v>702</v>
       </c>
-      <c r="D345" s="38">
-[...7 lines deleted...]
-      <c r="B346" s="25" t="s">
+      <c r="D348" s="33">
+        <v>46225</v>
+      </c>
+    </row>
+    <row r="349" spans="1:4" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A349" s="15" t="s">
         <v>704</v>
       </c>
-      <c r="C346" s="72" t="s">
+      <c r="B349" s="24" t="s">
         <v>705</v>
       </c>
-      <c r="D346" s="33">
-[...4 lines deleted...]
-      <c r="A347" s="16" t="s">
+      <c r="C349" s="72" t="s">
         <v>706</v>
       </c>
-      <c r="B347" s="24" t="s">
+      <c r="D349" s="33">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="350" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A350" s="15" t="s">
         <v>707</v>
       </c>
-      <c r="C347" s="72" t="s">
+      <c r="B350" s="25" t="s">
         <v>708</v>
       </c>
-      <c r="D347" s="33">
-[...4 lines deleted...]
-      <c r="A348" s="13" t="s">
+      <c r="C350" s="72" t="s">
+        <v>3458</v>
+      </c>
+      <c r="D350" s="38">
+        <v>46264</v>
+      </c>
+    </row>
+    <row r="351" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A351" s="15" t="s">
         <v>709</v>
       </c>
-      <c r="B348" s="34" t="s">
+      <c r="B351" s="24" t="s">
         <v>710</v>
       </c>
-      <c r="C348" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A349" s="16" t="s">
+      <c r="C351" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D351" s="33">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="352" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A352" s="15" t="s">
         <v>711</v>
       </c>
-      <c r="B349" s="25" t="s">
+      <c r="B352" s="24" t="s">
         <v>712</v>
       </c>
-      <c r="C349" s="72" t="s">
+      <c r="C352" s="72" t="s">
         <v>713</v>
       </c>
-      <c r="D349" s="33">
-[...10 lines deleted...]
-      <c r="C350" s="72" t="s">
+      <c r="D352" s="33">
+        <v>46281</v>
+      </c>
+    </row>
+    <row r="353" spans="1:4" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A353" s="14" t="s">
         <v>714</v>
       </c>
-      <c r="D350" s="38">
-[...4 lines deleted...]
-      <c r="A351" s="15" t="s">
+      <c r="B353" s="24" t="s">
         <v>715</v>
       </c>
-      <c r="B351" s="24" t="s">
-[...2 lines deleted...]
-      <c r="C351" s="72" t="s">
+      <c r="C353" s="72" t="s">
+        <v>2076</v>
+      </c>
+      <c r="D353" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="354" spans="1:4" ht="135" x14ac:dyDescent="0.25">
+      <c r="A354" s="15" t="s">
         <v>716</v>
       </c>
-      <c r="D351" s="33">
-[...4 lines deleted...]
-      <c r="A352" s="15" t="s">
+      <c r="B354" s="25" t="s">
         <v>717</v>
       </c>
-      <c r="B352" s="24" t="s">
-[...13 lines deleted...]
-      <c r="B353" s="24" t="s">
+      <c r="C354" s="72" t="s">
+        <v>2077</v>
+      </c>
+      <c r="D354" s="38">
+        <v>46288</v>
+      </c>
+    </row>
+    <row r="355" spans="1:4" ht="264" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A355" s="16" t="s">
         <v>719</v>
       </c>
-      <c r="C353" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A354" s="15" t="s">
+      <c r="B355" s="72" t="s">
+        <v>2974</v>
+      </c>
+      <c r="C355" s="72" t="s">
         <v>720</v>
       </c>
-      <c r="B354" s="25" t="s">
+      <c r="D355" s="33">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="356" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A356" s="15" t="s">
         <v>721</v>
       </c>
-      <c r="C354" s="72" t="s">
+      <c r="B356" s="30" t="s">
         <v>722</v>
       </c>
-      <c r="D354" s="33">
-[...4 lines deleted...]
-      <c r="A355" s="15" t="s">
+      <c r="C356" s="72" t="s">
+        <v>723</v>
+      </c>
+      <c r="D356" s="33">
+        <v>46316</v>
+      </c>
+    </row>
+    <row r="357" spans="1:4" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A357" s="15" t="s">
+        <v>3343</v>
+      </c>
+      <c r="B357" s="24" t="s">
         <v>724</v>
       </c>
-      <c r="B355" s="24" t="s">
+      <c r="C357" s="72" t="s">
+        <v>2079</v>
+      </c>
+      <c r="D357" s="33">
+        <v>46323</v>
+      </c>
+    </row>
+    <row r="358" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A358" s="15" t="s">
         <v>725</v>
       </c>
-      <c r="C355" s="72" t="s">
+      <c r="B358" s="30" t="s">
         <v>726</v>
       </c>
-      <c r="D355" s="33">
-[...4 lines deleted...]
-      <c r="A356" s="15" t="s">
+      <c r="C358" s="72" t="s">
         <v>727</v>
       </c>
-      <c r="B356" s="25" t="s">
+      <c r="D358" s="33">
+        <v>46319</v>
+      </c>
+    </row>
+    <row r="359" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A359" s="15" t="s">
         <v>728</v>
       </c>
-      <c r="C356" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A357" s="15" t="s">
+      <c r="B359" s="24" t="s">
         <v>729</v>
       </c>
-      <c r="B357" s="24" t="s">
+      <c r="C359" s="72" t="s">
         <v>730</v>
       </c>
-      <c r="C357" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A358" s="15" t="s">
+      <c r="D359" s="33">
+        <v>46329</v>
+      </c>
+    </row>
+    <row r="360" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A360" s="15" t="s">
         <v>731</v>
       </c>
-      <c r="B358" s="24" t="s">
+      <c r="B360" s="24" t="s">
         <v>732</v>
       </c>
-      <c r="C358" s="72" t="s">
+      <c r="C360" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D360" s="33">
+        <v>46330</v>
+      </c>
+    </row>
+    <row r="361" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A361" s="15" t="s">
         <v>733</v>
       </c>
-      <c r="D358" s="33">
-[...4 lines deleted...]
-      <c r="A359" s="14" t="s">
+      <c r="B361" s="24" t="s">
         <v>734</v>
       </c>
-      <c r="B359" s="24" t="s">
-[...29 lines deleted...]
-      </c>
       <c r="C361" s="72" t="s">
-        <v>740</v>
+        <v>35</v>
       </c>
       <c r="D361" s="33">
-        <v>46095</v>
+        <v>46330</v>
       </c>
     </row>
     <row r="362" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A362" s="15" t="s">
-        <v>741</v>
-[...1 lines deleted...]
-      <c r="B362" s="30" t="s">
+        <v>2362</v>
+      </c>
+      <c r="B362" s="24" t="s">
+        <v>735</v>
+      </c>
+      <c r="C362" s="72" t="s">
+        <v>80</v>
+      </c>
+      <c r="D362" s="33">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="363" spans="1:4" ht="77.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A363" s="13" t="s">
+        <v>3459</v>
+      </c>
+      <c r="B363" s="25" t="s">
+        <v>736</v>
+      </c>
+      <c r="C363" s="72" t="s">
+        <v>737</v>
+      </c>
+      <c r="D363" s="38">
+        <v>46309</v>
+      </c>
+    </row>
+    <row r="364" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A364" s="15" t="s">
+        <v>3380</v>
+      </c>
+      <c r="B364" s="30" t="s">
+        <v>738</v>
+      </c>
+      <c r="C364" s="72" t="s">
+        <v>739</v>
+      </c>
+      <c r="D364" s="33">
+        <v>46189</v>
+      </c>
+    </row>
+    <row r="365" spans="1:4" ht="230.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A365" s="21" t="s">
+        <v>2345</v>
+      </c>
+      <c r="B365" s="25" t="s">
         <v>742</v>
       </c>
-      <c r="C362" s="72" t="s">
+      <c r="C365" s="72" t="s">
         <v>743</v>
       </c>
-      <c r="D362" s="33">
-[...7 lines deleted...]
-      <c r="B363" s="24" t="s">
+      <c r="D365" s="38">
+        <v>46350</v>
+      </c>
+    </row>
+    <row r="366" spans="1:4" ht="131.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A366" s="15" t="s">
         <v>744</v>
       </c>
-      <c r="C363" s="72" t="s">
-[...2 lines deleted...]
-      <c r="D363" s="33">
+      <c r="B366" s="30" t="s">
+        <v>745</v>
+      </c>
+      <c r="C366" s="72" t="s">
+        <v>746</v>
+      </c>
+      <c r="D366" s="38">
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="367" spans="1:4" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A367" s="13" t="s">
+        <v>3460</v>
+      </c>
+      <c r="B367" s="24" t="s">
+        <v>748</v>
+      </c>
+      <c r="C367" s="72" t="s">
+        <v>749</v>
+      </c>
+      <c r="D367" s="33">
+        <v>46361</v>
+      </c>
+    </row>
+    <row r="368" spans="1:4" ht="73.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A368" s="15" t="s">
+        <v>3398</v>
+      </c>
+      <c r="B368" s="30" t="s">
+        <v>750</v>
+      </c>
+      <c r="C368" s="72" t="s">
+        <v>2081</v>
+      </c>
+      <c r="D368" s="33">
+        <v>46361</v>
+      </c>
+    </row>
+    <row r="369" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A369" s="16" t="s">
+        <v>751</v>
+      </c>
+      <c r="B369" s="30" t="s">
+        <v>752</v>
+      </c>
+      <c r="C369" s="72" t="s">
+        <v>753</v>
+      </c>
+      <c r="D369" s="33">
+        <v>46003</v>
+      </c>
+    </row>
+    <row r="370" spans="1:4" ht="169.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A370" s="15" t="s">
+        <v>3018</v>
+      </c>
+      <c r="B370" s="72" t="s">
+        <v>3019</v>
+      </c>
+      <c r="C370" s="72" t="s">
+        <v>642</v>
+      </c>
+      <c r="D370" s="38">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="371" spans="1:4" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A371" s="15" t="s">
+        <v>3423</v>
+      </c>
+      <c r="B371" s="24" t="s">
+        <v>754</v>
+      </c>
+      <c r="C371" s="72" t="s">
+        <v>755</v>
+      </c>
+      <c r="D371" s="33">
         <v>46323</v>
       </c>
     </row>
-    <row r="364" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
-[...59 lines deleted...]
-      <c r="B368" s="30" t="s">
+    <row r="372" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A372" s="15" t="s">
         <v>756</v>
       </c>
-      <c r="C368" s="72" t="s">
+      <c r="B372" s="24" t="s">
         <v>757</v>
       </c>
-      <c r="D368" s="38">
-[...7 lines deleted...]
-      <c r="B369" s="24" t="s">
+      <c r="C372" s="72" t="s">
         <v>758</v>
       </c>
-      <c r="C369" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B370" s="25" t="s">
+      <c r="D372" s="38">
+        <v>46000</v>
+      </c>
+    </row>
+    <row r="373" spans="1:4" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A373" s="20" t="s">
+        <v>3462</v>
+      </c>
+      <c r="B373" s="24" t="s">
         <v>759</v>
       </c>
-      <c r="C370" s="72" t="s">
+      <c r="C373" s="72" t="s">
+        <v>3461</v>
+      </c>
+      <c r="D373" s="38">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="374" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A374" s="15" t="s">
         <v>760</v>
       </c>
-      <c r="D370" s="38">
-[...7 lines deleted...]
-      <c r="B371" s="30" t="s">
+      <c r="B374" s="30" t="s">
         <v>761</v>
       </c>
-      <c r="C371" s="72" t="s">
+      <c r="C374" s="72" t="s">
         <v>762</v>
       </c>
-      <c r="D371" s="33">
-[...4 lines deleted...]
-      <c r="A372" s="16" t="s">
+      <c r="D374" s="33">
+        <v>46028</v>
+      </c>
+    </row>
+    <row r="375" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A375" s="14" t="s">
+        <v>3463</v>
+      </c>
+      <c r="B375" s="34" t="s">
+        <v>2446</v>
+      </c>
+      <c r="C375" s="72" t="s">
         <v>763</v>
       </c>
-      <c r="B372" s="30" t="s">
+      <c r="D375" s="33">
+        <v>46010</v>
+      </c>
+    </row>
+    <row r="376" spans="1:4" ht="171.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A376" s="20" t="s">
+        <v>2393</v>
+      </c>
+      <c r="B376" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="C376" s="72" t="s">
         <v>764</v>
       </c>
-      <c r="C372" s="72" t="s">
+      <c r="D376" s="33">
+        <v>46037</v>
+      </c>
+    </row>
+    <row r="377" spans="1:4" ht="192.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A377" s="15" t="s">
+        <v>2394</v>
+      </c>
+      <c r="B377" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="C377" s="72" t="s">
         <v>765</v>
       </c>
-      <c r="D372" s="38">
-[...7 lines deleted...]
-      <c r="B373" s="25" t="s">
+      <c r="D377" s="33">
+        <v>46039</v>
+      </c>
+    </row>
+    <row r="378" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A378" s="16" t="s">
+        <v>3543</v>
+      </c>
+      <c r="B378" s="24" t="s">
+        <v>151</v>
+      </c>
+      <c r="C378" s="72" t="s">
         <v>766</v>
       </c>
-      <c r="C373" s="72" t="s">
+      <c r="D378" s="33">
+        <v>46153</v>
+      </c>
+    </row>
+    <row r="379" spans="1:4" ht="266.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A379" s="14" t="s">
+        <v>2492</v>
+      </c>
+      <c r="B379" s="34" t="s">
         <v>767</v>
       </c>
-      <c r="D373" s="38">
-[...4 lines deleted...]
-      <c r="A374" s="15" t="s">
+      <c r="C379" s="72" t="s">
         <v>768</v>
       </c>
-      <c r="B374" s="30" t="s">
+      <c r="D379" s="33">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="380" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A380" s="13" t="s">
         <v>769</v>
       </c>
-      <c r="C374" s="72" t="s">
+      <c r="B380" s="25" t="s">
+        <v>274</v>
+      </c>
+      <c r="C380" s="72" t="s">
+        <v>275</v>
+      </c>
+      <c r="D380" s="33">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="381" spans="1:4" ht="198.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A381" s="16" t="s">
+        <v>2400</v>
+      </c>
+      <c r="B381" s="24" t="s">
         <v>770</v>
       </c>
-      <c r="D374" s="38">
-[...7 lines deleted...]
-      <c r="B375" s="24" t="s">
+      <c r="C381" s="72" t="s">
+        <v>771</v>
+      </c>
+      <c r="D381" s="33">
+        <v>46037</v>
+      </c>
+    </row>
+    <row r="382" spans="1:4" ht="57" x14ac:dyDescent="0.25">
+      <c r="A382" s="20" t="s">
         <v>772</v>
       </c>
-      <c r="C375" s="72" t="s">
+      <c r="B382" s="24" t="s">
         <v>773</v>
       </c>
-      <c r="D375" s="33">
-[...7 lines deleted...]
-      <c r="B376" s="30" t="s">
+      <c r="C382" s="72" t="s">
+        <v>2082</v>
+      </c>
+      <c r="D382" s="33">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="383" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A383" s="13" t="s">
         <v>774</v>
       </c>
-      <c r="C376" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A377" s="16" t="s">
+      <c r="B383" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="C383" s="72" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D383" s="38">
+        <v>46050</v>
+      </c>
+    </row>
+    <row r="384" spans="1:4" ht="105.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A384" s="15" t="s">
+        <v>2401</v>
+      </c>
+      <c r="B384" s="25" t="s">
         <v>775</v>
       </c>
-      <c r="B377" s="30" t="s">
+      <c r="C384" s="72" t="s">
         <v>776</v>
       </c>
-      <c r="C377" s="72" t="s">
-[...106 lines deleted...]
-        <v>2473</v>
+      <c r="D384" s="38">
+        <v>46049</v>
+      </c>
+    </row>
+    <row r="385" spans="1:4" ht="135" x14ac:dyDescent="0.25">
+      <c r="A385" s="13" t="s">
+        <v>2493</v>
       </c>
       <c r="B385" s="24" t="s">
         <v>29</v>
       </c>
       <c r="C385" s="72" t="s">
+        <v>777</v>
+      </c>
+      <c r="D385" s="38">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="386" spans="1:4" ht="315.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A386" s="16" t="s">
+        <v>778</v>
+      </c>
+      <c r="B386" s="25" t="s">
+        <v>3046</v>
+      </c>
+      <c r="C386" s="72" t="s">
+        <v>2084</v>
+      </c>
+      <c r="D386" s="33">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="387" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A387" s="15" t="s">
+        <v>779</v>
+      </c>
+      <c r="B387" s="30" t="s">
+        <v>780</v>
+      </c>
+      <c r="C387" s="72" t="s">
+        <v>781</v>
+      </c>
+      <c r="D387" s="38">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="388" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A388" s="15" t="s">
+        <v>782</v>
+      </c>
+      <c r="B388" s="30" t="s">
+        <v>783</v>
+      </c>
+      <c r="C388" s="72" t="s">
+        <v>3464</v>
+      </c>
+      <c r="D388" s="38">
+        <v>46057</v>
+      </c>
+    </row>
+    <row r="389" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A389" s="13" t="s">
+        <v>784</v>
+      </c>
+      <c r="B389" s="24" t="s">
+        <v>623</v>
+      </c>
+      <c r="C389" s="72" t="s">
+        <v>2085</v>
+      </c>
+      <c r="D389" s="33">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4" ht="146.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A390" s="16" t="s">
+        <v>785</v>
+      </c>
+      <c r="B390" s="34" t="s">
+        <v>2642</v>
+      </c>
+      <c r="C390" s="72" t="s">
+        <v>786</v>
+      </c>
+      <c r="D390" s="33">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A391" s="15" t="s">
+        <v>2532</v>
+      </c>
+      <c r="B391" s="24" t="s">
+        <v>787</v>
+      </c>
+      <c r="C391" s="72" t="s">
+        <v>788</v>
+      </c>
+      <c r="D391" s="33">
+        <v>46071</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A392" s="15" t="s">
         <v>789</v>
       </c>
-      <c r="D385" s="33">
-[...4 lines deleted...]
-      <c r="A386" s="20" t="s">
+      <c r="B392" s="30" t="s">
         <v>790</v>
       </c>
-      <c r="B386" s="24" t="s">
-[...2 lines deleted...]
-      <c r="C386" s="72" t="s">
+      <c r="C392" s="72" t="s">
+        <v>2086</v>
+      </c>
+      <c r="D392" s="33">
+        <v>46080</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A393" s="13" t="s">
+        <v>2320</v>
+      </c>
+      <c r="B393" s="25" t="s">
         <v>791</v>
       </c>
-      <c r="D386" s="33">
-[...7 lines deleted...]
-      <c r="B387" s="34" t="s">
+      <c r="C393" s="72" t="s">
         <v>792</v>
       </c>
-      <c r="C387" s="72" t="s">
+      <c r="D393" s="38">
+        <v>46101</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A394" s="15" t="s">
         <v>793</v>
       </c>
-      <c r="D387" s="33">
-[...4 lines deleted...]
-      <c r="A388" s="13" t="s">
+      <c r="B394" s="24" t="s">
         <v>794</v>
       </c>
-      <c r="B388" s="25" t="s">
-[...13 lines deleted...]
-      <c r="B389" s="24" t="s">
+      <c r="C394" s="72" t="s">
+        <v>80</v>
+      </c>
+      <c r="D394" s="33">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A395" s="13" t="s">
+        <v>2321</v>
+      </c>
+      <c r="B395" s="24" t="s">
+        <v>623</v>
+      </c>
+      <c r="C395" s="72" t="s">
         <v>795</v>
       </c>
-      <c r="C389" s="72" t="s">
+      <c r="D395" s="33">
+        <v>46117</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A396" s="15" t="s">
         <v>796</v>
       </c>
-      <c r="D389" s="33">
-[...4 lines deleted...]
-      <c r="A390" s="20" t="s">
+      <c r="B396" s="30" t="s">
         <v>797</v>
       </c>
-      <c r="B390" s="24" t="s">
+      <c r="C396" s="72" t="s">
         <v>798</v>
       </c>
-      <c r="C390" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A391" s="13" t="s">
+      <c r="D396" s="33">
+        <v>46090</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4" ht="240.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A397" s="13" t="s">
+        <v>2543</v>
+      </c>
+      <c r="B397" s="25" t="s">
         <v>799</v>
       </c>
-      <c r="B391" s="24" t="s">
-[...13 lines deleted...]
-      <c r="B392" s="25" t="s">
+      <c r="C397" s="72" t="s">
         <v>800</v>
       </c>
-      <c r="C392" s="72" t="s">
+      <c r="D397" s="33">
+        <v>46091</v>
+      </c>
+    </row>
+    <row r="398" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A398" s="15" t="s">
         <v>801</v>
       </c>
-      <c r="D392" s="38">
-[...10 lines deleted...]
-      <c r="C393" s="72" t="s">
+      <c r="B398" s="25" t="s">
         <v>802</v>
       </c>
-      <c r="D393" s="38">
-[...4 lines deleted...]
-      <c r="A394" s="16" t="s">
+      <c r="C398" s="72" t="s">
+        <v>2087</v>
+      </c>
+      <c r="D398" s="38">
+        <v>46092</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A399" s="16" t="s">
         <v>803</v>
       </c>
-      <c r="B394" s="25" t="s">
-[...10 lines deleted...]
-      <c r="A395" s="15" t="s">
+      <c r="B399" s="24" t="s">
         <v>804</v>
       </c>
-      <c r="B395" s="30" t="s">
+      <c r="C399" s="72" t="s">
+        <v>543</v>
+      </c>
+      <c r="D399" s="33">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="400" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A400" s="15" t="s">
         <v>805</v>
       </c>
-      <c r="C395" s="72" t="s">
+      <c r="B400" s="30" t="s">
         <v>806</v>
       </c>
-      <c r="D395" s="38">
-[...4 lines deleted...]
-      <c r="A396" s="15" t="s">
+      <c r="C400" s="72" t="s">
         <v>807</v>
       </c>
-      <c r="B396" s="30" t="s">
+      <c r="D400" s="38">
+        <v>46103</v>
+      </c>
+    </row>
+    <row r="401" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A401" s="15" t="s">
         <v>808</v>
       </c>
-      <c r="C396" s="72" t="s">
-[...2 lines deleted...]
-      <c r="D396" s="38">
+      <c r="B401" s="30" t="s">
+        <v>809</v>
+      </c>
+      <c r="C401" s="72" t="s">
+        <v>3465</v>
+      </c>
+      <c r="D401" s="38">
+        <v>46321</v>
+      </c>
+    </row>
+    <row r="402" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A402" s="15" t="s">
+        <v>810</v>
+      </c>
+      <c r="B402" s="30" t="s">
+        <v>811</v>
+      </c>
+      <c r="C402" s="72" t="s">
+        <v>812</v>
+      </c>
+      <c r="D402" s="33">
+        <v>46152</v>
+      </c>
+    </row>
+    <row r="403" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A403" s="15" t="s">
+        <v>813</v>
+      </c>
+      <c r="B403" s="30" t="s">
+        <v>814</v>
+      </c>
+      <c r="C403" s="72" t="s">
+        <v>536</v>
+      </c>
+      <c r="D403" s="38">
+        <v>46092</v>
+      </c>
+    </row>
+    <row r="404" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A404" s="15" t="s">
+        <v>815</v>
+      </c>
+      <c r="B404" s="24" t="s">
+        <v>816</v>
+      </c>
+      <c r="C404" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D404" s="33">
+        <v>46179</v>
+      </c>
+    </row>
+    <row r="405" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A405" s="15" t="s">
+        <v>817</v>
+      </c>
+      <c r="B405" s="30" t="s">
+        <v>818</v>
+      </c>
+      <c r="C405" s="72" t="s">
+        <v>819</v>
+      </c>
+      <c r="D405" s="38">
+        <v>46152</v>
+      </c>
+    </row>
+    <row r="406" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A406" s="15" t="s">
+        <v>2739</v>
+      </c>
+      <c r="B406" s="24" t="s">
+        <v>820</v>
+      </c>
+      <c r="C406" s="72" t="s">
+        <v>821</v>
+      </c>
+      <c r="D406" s="33">
+        <v>46187</v>
+      </c>
+    </row>
+    <row r="407" spans="1:4" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A407" s="15" t="s">
+        <v>822</v>
+      </c>
+      <c r="B407" s="24" t="s">
+        <v>823</v>
+      </c>
+      <c r="C407" s="72" t="s">
+        <v>824</v>
+      </c>
+      <c r="D407" s="38">
+        <v>46187</v>
+      </c>
+    </row>
+    <row r="408" spans="1:4" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A408" s="16" t="s">
+        <v>825</v>
+      </c>
+      <c r="B408" s="30" t="s">
+        <v>826</v>
+      </c>
+      <c r="C408" s="72" t="s">
+        <v>827</v>
+      </c>
+      <c r="D408" s="38">
         <v>46057</v>
       </c>
     </row>
-    <row r="397" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
-[...104 lines deleted...]
-      <c r="C404" s="72" t="s">
+    <row r="409" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A409" s="15" t="s">
+        <v>828</v>
+      </c>
+      <c r="B409" s="30" t="s">
+        <v>829</v>
+      </c>
+      <c r="C409" s="72" t="s">
+        <v>830</v>
+      </c>
+      <c r="D409" s="33">
+        <v>46167</v>
+      </c>
+    </row>
+    <row r="410" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A410" s="13" t="s">
+        <v>831</v>
+      </c>
+      <c r="B410" s="24" t="s">
+        <v>832</v>
+      </c>
+      <c r="C410" s="72" t="s">
+        <v>833</v>
+      </c>
+      <c r="D410" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="411" spans="1:4" ht="149.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A411" s="31" t="s">
+        <v>834</v>
+      </c>
+      <c r="B411" s="24" t="s">
+        <v>835</v>
+      </c>
+      <c r="C411" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D411" s="33">
+        <v>46188</v>
+      </c>
+    </row>
+    <row r="412" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A412" s="13" t="s">
+        <v>836</v>
+      </c>
+      <c r="B412" s="25" t="s">
+        <v>837</v>
+      </c>
+      <c r="C412" s="72" t="s">
+        <v>838</v>
+      </c>
+      <c r="D412" s="33">
+        <v>46192</v>
+      </c>
+    </row>
+    <row r="413" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A413" s="13" t="s">
+        <v>839</v>
+      </c>
+      <c r="B413" s="24" t="s">
+        <v>840</v>
+      </c>
+      <c r="C413" s="72" t="s">
+        <v>841</v>
+      </c>
+      <c r="D413" s="33">
+        <v>46192</v>
+      </c>
+    </row>
+    <row r="414" spans="1:4" ht="377.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A414" s="14" t="s">
+        <v>842</v>
+      </c>
+      <c r="B414" s="24" t="s">
+        <v>2987</v>
+      </c>
+      <c r="C414" s="72" t="s">
+        <v>843</v>
+      </c>
+      <c r="D414" s="33">
+        <v>46193</v>
+      </c>
+    </row>
+    <row r="415" spans="1:4" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A415" s="15" t="s">
+        <v>844</v>
+      </c>
+      <c r="B415" s="30" t="s">
+        <v>845</v>
+      </c>
+      <c r="C415" s="72" t="s">
+        <v>846</v>
+      </c>
+      <c r="D415" s="33">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="416" spans="1:4" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A416" s="15" t="s">
+        <v>847</v>
+      </c>
+      <c r="B416" s="30" t="s">
+        <v>848</v>
+      </c>
+      <c r="C416" s="72" t="s">
+        <v>849</v>
+      </c>
+      <c r="D416" s="38">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="417" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A417" s="15" t="s">
+        <v>3192</v>
+      </c>
+      <c r="B417" s="30" t="s">
+        <v>850</v>
+      </c>
+      <c r="C417" s="72" t="s">
+        <v>460</v>
+      </c>
+      <c r="D417" s="38">
+        <v>46209</v>
+      </c>
+    </row>
+    <row r="418" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A418" s="18" t="s">
+        <v>851</v>
+      </c>
+      <c r="B418" s="30" t="s">
+        <v>852</v>
+      </c>
+      <c r="C418" s="72" t="s">
+        <v>853</v>
+      </c>
+      <c r="D418" s="38">
+        <v>46144</v>
+      </c>
+    </row>
+    <row r="419" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A419" s="15" t="s">
+        <v>854</v>
+      </c>
+      <c r="B419" s="30" t="s">
+        <v>855</v>
+      </c>
+      <c r="C419" s="72" t="s">
+        <v>856</v>
+      </c>
+      <c r="D419" s="38">
+        <v>46134</v>
+      </c>
+    </row>
+    <row r="420" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A420" s="15" t="s">
+        <v>857</v>
+      </c>
+      <c r="B420" s="25" t="s">
+        <v>554</v>
+      </c>
+      <c r="C420" s="72" t="s">
+        <v>858</v>
+      </c>
+      <c r="D420" s="38">
+        <v>46227</v>
+      </c>
+    </row>
+    <row r="421" spans="1:4" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A421" s="15" t="s">
+        <v>2832</v>
+      </c>
+      <c r="B421" s="24" t="s">
+        <v>859</v>
+      </c>
+      <c r="C421" s="72" t="s">
+        <v>2088</v>
+      </c>
+      <c r="D421" s="38">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="422" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A422" s="15" t="s">
+        <v>860</v>
+      </c>
+      <c r="B422" s="24" t="s">
+        <v>861</v>
+      </c>
+      <c r="C422" s="72" t="s">
+        <v>862</v>
+      </c>
+      <c r="D422" s="38">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="423" spans="1:4" ht="225" x14ac:dyDescent="0.25">
+      <c r="A423" s="15" t="s">
+        <v>2971</v>
+      </c>
+      <c r="B423" s="30" t="s">
+        <v>863</v>
+      </c>
+      <c r="C423" s="72" t="s">
+        <v>864</v>
+      </c>
+      <c r="D423" s="33">
+        <v>46244</v>
+      </c>
+    </row>
+    <row r="424" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A424" s="15" t="s">
+        <v>3191</v>
+      </c>
+      <c r="B424" s="30" t="s">
+        <v>865</v>
+      </c>
+      <c r="C424" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D424" s="33">
+        <v>46244</v>
+      </c>
+    </row>
+    <row r="425" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A425" s="16" t="s">
+        <v>866</v>
+      </c>
+      <c r="B425" s="24" t="s">
+        <v>516</v>
+      </c>
+      <c r="C425" s="72" t="s">
+        <v>517</v>
+      </c>
+      <c r="D425" s="38">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="426" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A426" s="13" t="s">
+        <v>2319</v>
+      </c>
+      <c r="B426" s="25" t="s">
+        <v>433</v>
+      </c>
+      <c r="C426" s="72" t="s">
+        <v>867</v>
+      </c>
+      <c r="D426" s="33">
+        <v>46001</v>
+      </c>
+    </row>
+    <row r="427" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A427" s="15" t="s">
+        <v>2981</v>
+      </c>
+      <c r="B427" s="24" t="s">
+        <v>868</v>
+      </c>
+      <c r="C427" s="72" t="s">
+        <v>2089</v>
+      </c>
+      <c r="D427" s="38">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="428" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A428" s="15" t="s">
+        <v>869</v>
+      </c>
+      <c r="B428" s="24" t="s">
         <v>823</v>
       </c>
-      <c r="D404" s="33">
-[...7 lines deleted...]
-      <c r="B405" s="25" t="s">
+      <c r="C428" s="72" t="s">
         <v>824</v>
       </c>
-      <c r="C405" s="72" t="s">
-[...248 lines deleted...]
-      <c r="B423" s="30" t="s">
+      <c r="D428" s="38">
+        <v>46280</v>
+      </c>
+    </row>
+    <row r="429" spans="1:4" ht="236.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A429" s="45" t="s">
         <v>870</v>
       </c>
-      <c r="C423" s="72" t="s">
+      <c r="B429" s="32" t="s">
         <v>871</v>
       </c>
-      <c r="D423" s="33">
-[...4 lines deleted...]
-      <c r="A424" s="15" t="s">
+      <c r="C429" s="72" t="s">
         <v>872</v>
       </c>
-      <c r="B424" s="30" t="s">
+      <c r="D429" s="48">
+        <v>46310</v>
+      </c>
+    </row>
+    <row r="430" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A430" s="15" t="s">
+        <v>3304</v>
+      </c>
+      <c r="B430" s="25" t="s">
         <v>873</v>
       </c>
-      <c r="C424" s="72" t="s">
+      <c r="C430" s="72" t="s">
+        <v>3466</v>
+      </c>
+      <c r="D430" s="38">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="431" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A431" s="13" t="s">
         <v>874</v>
       </c>
-      <c r="D424" s="38">
-[...7 lines deleted...]
-      <c r="B425" s="30" t="s">
+      <c r="B431" s="24" t="s">
+        <v>2974</v>
+      </c>
+      <c r="C431" s="95" t="s">
+        <v>607</v>
+      </c>
+      <c r="D431" s="33">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="432" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A432" s="15" t="s">
         <v>875</v>
       </c>
-      <c r="C425" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A426" s="18" t="s">
+      <c r="B432" s="24" t="s">
+        <v>1926</v>
+      </c>
+      <c r="C432" s="72" t="s">
         <v>876</v>
       </c>
-      <c r="B426" s="30" t="s">
+      <c r="D432" s="38">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="433" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A433" s="15" t="s">
         <v>877</v>
       </c>
-      <c r="C426" s="72" t="s">
+      <c r="B433" s="25" t="s">
+        <v>558</v>
+      </c>
+      <c r="C433" s="72" t="s">
+        <v>53</v>
+      </c>
+      <c r="D433" s="33">
+        <v>46355</v>
+      </c>
+    </row>
+    <row r="434" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A434" s="15" t="s">
+        <v>2494</v>
+      </c>
+      <c r="B434" s="24" t="s">
         <v>878</v>
       </c>
-      <c r="D426" s="38">
-[...4 lines deleted...]
-      <c r="A427" s="15" t="s">
+      <c r="C434" s="72" t="s">
         <v>879</v>
       </c>
-      <c r="B427" s="30" t="s">
+      <c r="D434" s="33">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="435" spans="1:4" ht="77.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A435" s="15" t="s">
         <v>880</v>
       </c>
-      <c r="C427" s="72" t="s">
+      <c r="B435" s="30" t="s">
         <v>881</v>
       </c>
-      <c r="D427" s="38">
-[...4 lines deleted...]
-      <c r="A428" s="15" t="s">
+      <c r="C435" s="72" t="s">
+        <v>2090</v>
+      </c>
+      <c r="D435" s="33">
+        <v>46034</v>
+      </c>
+    </row>
+    <row r="436" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A436" s="13" t="s">
         <v>882</v>
       </c>
-      <c r="B428" s="25" t="s">
-[...2 lines deleted...]
-      <c r="C428" s="72" t="s">
+      <c r="B436" s="24" t="s">
         <v>883</v>
       </c>
-      <c r="D428" s="38">
-[...7 lines deleted...]
-      <c r="B429" s="24" t="s">
+      <c r="C436" s="72" t="s">
         <v>884</v>
       </c>
-      <c r="C429" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A430" s="15" t="s">
+      <c r="D436" s="33">
+        <v>46271</v>
+      </c>
+    </row>
+    <row r="437" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A437" s="15" t="s">
         <v>885</v>
       </c>
-      <c r="B430" s="24" t="s">
+      <c r="B437" s="30" t="s">
         <v>886</v>
       </c>
-      <c r="C430" s="72" t="s">
-[...96 lines deleted...]
-      </c>
       <c r="C437" s="72" t="s">
-        <v>897</v>
-[...2 lines deleted...]
-        <v>46310</v>
+        <v>2091</v>
+      </c>
+      <c r="D437" s="33">
+        <v>46332</v>
       </c>
     </row>
     <row r="438" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
       <c r="A438" s="15" t="s">
-        <v>3406</v>
-[...1 lines deleted...]
-      <c r="B438" s="25" t="s">
+        <v>2278</v>
+      </c>
+      <c r="B438" s="30" t="s">
+        <v>887</v>
+      </c>
+      <c r="C438" s="72" t="s">
+        <v>888</v>
+      </c>
+      <c r="D438" s="38">
+        <v>46353</v>
+      </c>
+    </row>
+    <row r="439" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A439" s="13" t="s">
+        <v>889</v>
+      </c>
+      <c r="B439" s="24" t="s">
+        <v>890</v>
+      </c>
+      <c r="C439" s="72" t="s">
+        <v>891</v>
+      </c>
+      <c r="D439" s="33">
+        <v>46318</v>
+      </c>
+    </row>
+    <row r="440" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A440" s="16" t="s">
+        <v>892</v>
+      </c>
+      <c r="B440" s="30" t="s">
+        <v>752</v>
+      </c>
+      <c r="C440" s="72" t="s">
+        <v>753</v>
+      </c>
+      <c r="D440" s="38">
+        <v>46003</v>
+      </c>
+    </row>
+    <row r="441" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A441" s="13" t="s">
+        <v>2279</v>
+      </c>
+      <c r="B441" s="24" t="s">
+        <v>893</v>
+      </c>
+      <c r="C441" s="72" t="s">
+        <v>894</v>
+      </c>
+      <c r="D441" s="33">
+        <v>46088</v>
+      </c>
+    </row>
+    <row r="442" spans="1:4" ht="123" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A442" s="61" t="s">
+        <v>3009</v>
+      </c>
+      <c r="B442" s="98" t="s">
+        <v>461</v>
+      </c>
+      <c r="C442" s="89" t="s">
+        <v>3010</v>
+      </c>
+      <c r="D442" s="33">
+        <v>46005</v>
+      </c>
+    </row>
+    <row r="443" spans="1:4" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A443" s="15" t="s">
+        <v>2309</v>
+      </c>
+      <c r="B443" s="30" t="s">
+        <v>895</v>
+      </c>
+      <c r="C443" s="72" t="s">
+        <v>543</v>
+      </c>
+      <c r="D443" s="38">
+        <v>45994</v>
+      </c>
+    </row>
+    <row r="444" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A444" s="15" t="s">
+        <v>896</v>
+      </c>
+      <c r="B444" s="25" t="s">
+        <v>897</v>
+      </c>
+      <c r="C444" s="72" t="s">
+        <v>2092</v>
+      </c>
+      <c r="D444" s="38">
+        <v>46366</v>
+      </c>
+    </row>
+    <row r="445" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A445" s="15" t="s">
+        <v>2310</v>
+      </c>
+      <c r="B445" s="30" t="s">
         <v>898</v>
       </c>
-      <c r="C438" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A439" s="13" t="s">
+      <c r="C445" s="72" t="s">
+        <v>3467</v>
+      </c>
+      <c r="D445" s="38">
+        <v>46363</v>
+      </c>
+    </row>
+    <row r="446" spans="1:4" ht="231.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A446" s="14" t="s">
         <v>899</v>
       </c>
-      <c r="B439" s="24" t="s">
-[...10 lines deleted...]
-      <c r="A440" s="15" t="s">
+      <c r="B446" s="24" t="s">
         <v>900</v>
       </c>
-      <c r="B440" s="24" t="s">
-[...2 lines deleted...]
-      <c r="C440" s="72" t="s">
+      <c r="C446" s="72" t="s">
+        <v>2093</v>
+      </c>
+      <c r="D446" s="38">
+        <v>46331</v>
+      </c>
+    </row>
+    <row r="447" spans="1:4" ht="225.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A447" s="16" t="s">
         <v>901</v>
       </c>
-      <c r="D440" s="38">
-[...4 lines deleted...]
-      <c r="A441" s="15" t="s">
+      <c r="B447" s="24" t="s">
         <v>902</v>
       </c>
-      <c r="B441" s="25" t="s">
-[...13 lines deleted...]
-      <c r="B442" s="24" t="s">
+      <c r="C447" s="72" t="s">
+        <v>2094</v>
+      </c>
+      <c r="D447" s="33">
+        <v>46184</v>
+      </c>
+    </row>
+    <row r="448" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A448" s="15" t="s">
         <v>903</v>
       </c>
-      <c r="C442" s="72" t="s">
+      <c r="B448" s="30" t="s">
         <v>904</v>
       </c>
-      <c r="D442" s="33">
-[...4 lines deleted...]
-      <c r="A443" s="15" t="s">
+      <c r="C448" s="72" t="s">
+        <v>2095</v>
+      </c>
+      <c r="D448" s="33">
+        <v>46005</v>
+      </c>
+    </row>
+    <row r="449" spans="1:5" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A449" s="14" t="s">
         <v>905</v>
       </c>
-      <c r="B443" s="30" t="s">
+      <c r="B449" s="24" t="s">
         <v>906</v>
       </c>
-      <c r="C443" s="72" t="s">
-[...2 lines deleted...]
-      <c r="D443" s="33">
+      <c r="C449" s="72" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D449" s="33">
+        <v>46013</v>
+      </c>
+    </row>
+    <row r="450" spans="1:5" ht="189" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A450" s="14" t="s">
+        <v>907</v>
+      </c>
+      <c r="B450" s="24" t="s">
+        <v>908</v>
+      </c>
+      <c r="C450" s="72" t="s">
+        <v>909</v>
+      </c>
+      <c r="D450" s="33">
+        <v>46377</v>
+      </c>
+    </row>
+    <row r="451" spans="1:5" ht="191.25" x14ac:dyDescent="0.25">
+      <c r="A451" s="15" t="s">
+        <v>910</v>
+      </c>
+      <c r="B451" s="30" t="s">
+        <v>911</v>
+      </c>
+      <c r="C451" s="72" t="s">
+        <v>912</v>
+      </c>
+      <c r="D451" s="33">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="452" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A452" s="15" t="s">
+        <v>913</v>
+      </c>
+      <c r="B452" s="30" t="s">
+        <v>914</v>
+      </c>
+      <c r="C452" s="72" t="s">
+        <v>2097</v>
+      </c>
+      <c r="D452" s="33">
+        <v>46027</v>
+      </c>
+    </row>
+    <row r="453" spans="1:5" ht="353.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A453" s="13" t="s">
+        <v>3347</v>
+      </c>
+      <c r="B453" s="25" t="s">
+        <v>915</v>
+      </c>
+      <c r="C453" s="72" t="s">
+        <v>916</v>
+      </c>
+      <c r="D453" s="33">
+        <v>46283</v>
+      </c>
+    </row>
+    <row r="454" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A454" s="15" t="s">
+        <v>917</v>
+      </c>
+      <c r="B454" s="30" t="s">
+        <v>918</v>
+      </c>
+      <c r="C454" s="72" t="s">
+        <v>2098</v>
+      </c>
+      <c r="D454" s="33">
         <v>46034</v>
       </c>
     </row>
-    <row r="444" spans="1:4" ht="45" x14ac:dyDescent="0.25">
-[...37 lines deleted...]
-      <c r="D446" s="33">
+    <row r="455" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A455" s="15" t="s">
+        <v>3321</v>
+      </c>
+      <c r="B455" s="24" t="s">
+        <v>919</v>
+      </c>
+      <c r="C455" s="72" t="s">
+        <v>2099</v>
+      </c>
+      <c r="D455" s="33">
+        <v>46398</v>
+      </c>
+    </row>
+    <row r="456" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A456" s="15" t="s">
+        <v>921</v>
+      </c>
+      <c r="B456" s="25" t="s">
+        <v>922</v>
+      </c>
+      <c r="C456" s="111" t="s">
+        <v>3109</v>
+      </c>
+      <c r="D456" s="38">
+        <v>46281</v>
+      </c>
+      <c r="E456" s="88"/>
+    </row>
+    <row r="457" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A457" s="13" t="s">
+        <v>923</v>
+      </c>
+      <c r="B457" s="25" t="s">
+        <v>924</v>
+      </c>
+      <c r="C457" s="72" t="s">
+        <v>2100</v>
+      </c>
+      <c r="D457" s="33">
+        <v>46326</v>
+      </c>
+    </row>
+    <row r="458" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A458" s="15" t="s">
+        <v>925</v>
+      </c>
+      <c r="B458" s="24" t="s">
+        <v>926</v>
+      </c>
+      <c r="C458" s="72" t="s">
+        <v>927</v>
+      </c>
+      <c r="D458" s="33">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="459" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A459" s="15" t="s">
+        <v>928</v>
+      </c>
+      <c r="B459" s="30" t="s">
+        <v>929</v>
+      </c>
+      <c r="C459" s="72" t="s">
+        <v>3468</v>
+      </c>
+      <c r="D459" s="33">
+        <v>46046</v>
+      </c>
+    </row>
+    <row r="460" spans="1:5" ht="190.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A460" s="15" t="s">
+        <v>2701</v>
+      </c>
+      <c r="B460" s="30" t="s">
+        <v>930</v>
+      </c>
+      <c r="C460" s="72" t="s">
+        <v>80</v>
+      </c>
+      <c r="D460" s="38">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="461" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A461" s="13" t="s">
+        <v>931</v>
+      </c>
+      <c r="B461" s="24" t="s">
+        <v>932</v>
+      </c>
+      <c r="C461" s="72" t="s">
+        <v>891</v>
+      </c>
+      <c r="D461" s="33">
+        <v>46318</v>
+      </c>
+    </row>
+    <row r="462" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A462" s="15" t="s">
+        <v>933</v>
+      </c>
+      <c r="B462" s="25" t="s">
+        <v>934</v>
+      </c>
+      <c r="C462" s="72" t="s">
+        <v>891</v>
+      </c>
+      <c r="D462" s="33">
+        <v>46050</v>
+      </c>
+    </row>
+    <row r="463" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A463" s="15" t="s">
+        <v>935</v>
+      </c>
+      <c r="B463" s="30" t="s">
+        <v>936</v>
+      </c>
+      <c r="C463" s="72" t="s">
+        <v>937</v>
+      </c>
+      <c r="D463" s="33">
         <v>46332</v>
       </c>
     </row>
-    <row r="447" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
-      <c r="A447" s="15" t="s">
+    <row r="464" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A464" s="15" t="s">
+        <v>938</v>
+      </c>
+      <c r="B464" s="24" t="s">
+        <v>939</v>
+      </c>
+      <c r="C464" s="72" t="s">
+        <v>940</v>
+      </c>
+      <c r="D464" s="38">
+        <v>46057</v>
+      </c>
+    </row>
+    <row r="465" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A465" s="15" t="s">
+        <v>941</v>
+      </c>
+      <c r="B465" s="30" t="s">
+        <v>942</v>
+      </c>
+      <c r="C465" s="72" t="s">
+        <v>2101</v>
+      </c>
+      <c r="D465" s="33">
+        <v>46064</v>
+      </c>
+    </row>
+    <row r="466" spans="1:4" ht="329.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A466" s="16" t="s">
+        <v>2506</v>
+      </c>
+      <c r="B466" s="24" t="s">
+        <v>943</v>
+      </c>
+      <c r="C466" s="72" t="s">
+        <v>944</v>
+      </c>
+      <c r="D466" s="38">
+        <v>46371</v>
+      </c>
+    </row>
+    <row r="467" spans="1:4" ht="297" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A467" s="14" t="s">
+        <v>2489</v>
+      </c>
+      <c r="B467" s="25" t="s">
+        <v>945</v>
+      </c>
+      <c r="C467" s="72" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D467" s="33">
+        <v>46138</v>
+      </c>
+    </row>
+    <row r="468" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A468" s="15" t="s">
+        <v>946</v>
+      </c>
+      <c r="B468" s="24" t="s">
+        <v>442</v>
+      </c>
+      <c r="C468" s="72" t="s">
+        <v>3469</v>
+      </c>
+      <c r="D468" s="38">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="469" spans="1:4" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A469" s="15" t="s">
+        <v>2964</v>
+      </c>
+      <c r="B469" s="72" t="s">
+        <v>2963</v>
+      </c>
+      <c r="C469" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D469" s="33">
+        <v>46074</v>
+      </c>
+    </row>
+    <row r="470" spans="1:4" ht="233.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A470" s="16" t="s">
+        <v>947</v>
+      </c>
+      <c r="B470" s="24" t="s">
+        <v>948</v>
+      </c>
+      <c r="C470" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D470" s="33">
+        <v>46078</v>
+      </c>
+    </row>
+    <row r="471" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A471" s="15" t="s">
+        <v>949</v>
+      </c>
+      <c r="B471" s="30" t="s">
+        <v>950</v>
+      </c>
+      <c r="C471" s="72" t="s">
+        <v>951</v>
+      </c>
+      <c r="D471" s="33">
+        <v>46079</v>
+      </c>
+    </row>
+    <row r="472" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A472" s="15" t="s">
+        <v>952</v>
+      </c>
+      <c r="B472" s="24" t="s">
+        <v>953</v>
+      </c>
+      <c r="C472" s="72" t="s">
+        <v>954</v>
+      </c>
+      <c r="D472" s="33">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="473" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A473" s="15" t="s">
+        <v>2314</v>
+      </c>
+      <c r="B473" s="24" t="s">
+        <v>955</v>
+      </c>
+      <c r="C473" s="72" t="s">
+        <v>956</v>
+      </c>
+      <c r="D473" s="33">
+        <v>46080</v>
+      </c>
+    </row>
+    <row r="474" spans="1:4" ht="102.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A474" s="16" t="s">
+        <v>2315</v>
+      </c>
+      <c r="B474" s="30" t="s">
+        <v>957</v>
+      </c>
+      <c r="C474" s="72" t="s">
+        <v>956</v>
+      </c>
+      <c r="D474" s="33">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="475" spans="1:4" ht="137.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A475" s="15" t="s">
+        <v>2728</v>
+      </c>
+      <c r="B475" s="24" t="s">
+        <v>958</v>
+      </c>
+      <c r="C475" s="72" t="s">
+        <v>3470</v>
+      </c>
+      <c r="D475" s="33">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="476" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A476" s="15" t="s">
+        <v>960</v>
+      </c>
+      <c r="B476" s="24" t="s">
+        <v>961</v>
+      </c>
+      <c r="C476" s="72" t="s">
+        <v>962</v>
+      </c>
+      <c r="D476" s="33">
+        <v>46091</v>
+      </c>
+    </row>
+    <row r="477" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A477" s="15" t="s">
+        <v>963</v>
+      </c>
+      <c r="B477" s="30" t="s">
+        <v>964</v>
+      </c>
+      <c r="C477" s="72" t="s">
+        <v>965</v>
+      </c>
+      <c r="D477" s="38">
+        <v>46091</v>
+      </c>
+    </row>
+    <row r="478" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A478" s="15" t="s">
+        <v>966</v>
+      </c>
+      <c r="B478" s="30" t="s">
+        <v>967</v>
+      </c>
+      <c r="C478" s="72" t="s">
+        <v>3471</v>
+      </c>
+      <c r="D478" s="38">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="479" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A479" s="15" t="s">
+        <v>968</v>
+      </c>
+      <c r="B479" s="25" t="s">
+        <v>969</v>
+      </c>
+      <c r="C479" s="72" t="s">
+        <v>2103</v>
+      </c>
+      <c r="D479" s="33">
+        <v>46040</v>
+      </c>
+    </row>
+    <row r="480" spans="1:4" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A480" s="14" t="s">
+        <v>970</v>
+      </c>
+      <c r="B480" s="24" t="s">
+        <v>971</v>
+      </c>
+      <c r="C480" s="72" t="s">
+        <v>972</v>
+      </c>
+      <c r="D480" s="33">
+        <v>46104</v>
+      </c>
+    </row>
+    <row r="481" spans="1:4" ht="189" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A481" s="16" t="s">
+        <v>973</v>
+      </c>
+      <c r="B481" s="25" t="s">
+        <v>974</v>
+      </c>
+      <c r="C481" s="72" t="s">
+        <v>975</v>
+      </c>
+      <c r="D481" s="33">
+        <v>46130</v>
+      </c>
+    </row>
+    <row r="482" spans="1:4" ht="111.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A482" s="15" t="s">
+        <v>2440</v>
+      </c>
+      <c r="B482" s="34" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C482" s="72" t="s">
+        <v>2104</v>
+      </c>
+      <c r="D482" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="483" spans="1:4" ht="45.75" x14ac:dyDescent="0.25">
+      <c r="A483" s="20" t="s">
+        <v>976</v>
+      </c>
+      <c r="B483" s="25" t="s">
+        <v>977</v>
+      </c>
+      <c r="C483" s="72" t="s">
+        <v>978</v>
+      </c>
+      <c r="D483" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="484" spans="1:4" ht="218.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A484" s="15" t="s">
+        <v>2507</v>
+      </c>
+      <c r="B484" s="24" t="s">
+        <v>979</v>
+      </c>
+      <c r="C484" s="72" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D484" s="33">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="485" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A485" s="17" t="s">
+        <v>980</v>
+      </c>
+      <c r="B485" s="36" t="s">
+        <v>981</v>
+      </c>
+      <c r="C485" s="72" t="s">
+        <v>2106</v>
+      </c>
+      <c r="D485" s="52">
+        <v>46111</v>
+      </c>
+    </row>
+    <row r="486" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A486" s="15" t="s">
+        <v>982</v>
+      </c>
+      <c r="B486" s="30" t="s">
+        <v>983</v>
+      </c>
+      <c r="C486" s="72" t="s">
+        <v>984</v>
+      </c>
+      <c r="D486" s="38">
+        <v>46111</v>
+      </c>
+    </row>
+    <row r="487" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A487" s="16" t="s">
+        <v>985</v>
+      </c>
+      <c r="B487" s="25" t="s">
+        <v>986</v>
+      </c>
+      <c r="C487" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D487" s="33">
+        <v>46124</v>
+      </c>
+    </row>
+    <row r="488" spans="1:4" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A488" s="15" t="s">
+        <v>987</v>
+      </c>
+      <c r="B488" s="72" t="s">
+        <v>3284</v>
+      </c>
+      <c r="C488" s="72" t="s">
+        <v>2107</v>
+      </c>
+      <c r="D488" s="38">
+        <v>46285</v>
+      </c>
+    </row>
+    <row r="489" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A489" s="15" t="s">
+        <v>2643</v>
+      </c>
+      <c r="B489" s="24" t="s">
+        <v>988</v>
+      </c>
+      <c r="C489" s="72" t="s">
+        <v>989</v>
+      </c>
+      <c r="D489" s="33">
+        <v>46131</v>
+      </c>
+    </row>
+    <row r="490" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A490" s="15" t="s">
+        <v>990</v>
+      </c>
+      <c r="B490" s="30" t="s">
+        <v>991</v>
+      </c>
+      <c r="C490" s="72" t="s">
+        <v>517</v>
+      </c>
+      <c r="D490" s="38">
+        <v>46130</v>
+      </c>
+    </row>
+    <row r="491" spans="1:4" ht="133.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A491" s="15" t="s">
+        <v>993</v>
+      </c>
+      <c r="B491" s="24" t="s">
+        <v>994</v>
+      </c>
+      <c r="C491" s="72" t="s">
+        <v>995</v>
+      </c>
+      <c r="D491" s="38">
+        <v>46171</v>
+      </c>
+    </row>
+    <row r="492" spans="1:4" ht="321" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A492" s="16" t="s">
+        <v>2551</v>
+      </c>
+      <c r="B492" s="24" t="s">
+        <v>996</v>
+      </c>
+      <c r="C492" s="72" t="s">
+        <v>997</v>
+      </c>
+      <c r="D492" s="33">
+        <v>46349</v>
+      </c>
+    </row>
+    <row r="493" spans="1:4" ht="291" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A493" s="15" t="s">
         <v>2344</v>
       </c>
-      <c r="B447" s="30" t="s">
-[...588 lines deleted...]
-      <c r="B489" s="25" t="s">
+      <c r="B493" s="24" t="s">
         <v>998</v>
       </c>
-      <c r="C489" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A490" s="14" t="s">
+      <c r="C493" s="72" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D493" s="38">
+        <v>46145</v>
+      </c>
+    </row>
+    <row r="494" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A494" s="15" t="s">
         <v>999</v>
       </c>
-      <c r="B490" s="24" t="s">
+      <c r="B494" s="24" t="s">
         <v>1000</v>
       </c>
-      <c r="C490" s="72" t="s">
+      <c r="C494" s="72" t="s">
         <v>1001</v>
       </c>
-      <c r="D490" s="33">
-[...4 lines deleted...]
-      <c r="A491" s="16" t="s">
+      <c r="D494" s="38">
+        <v>46146</v>
+      </c>
+    </row>
+    <row r="495" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A495" s="13" t="s">
         <v>1002</v>
       </c>
-      <c r="B491" s="25" t="s">
+      <c r="B495" s="25" t="s">
         <v>1003</v>
       </c>
-      <c r="C491" s="72" t="s">
+      <c r="C495" s="72" t="s">
+        <v>416</v>
+      </c>
+      <c r="D495" s="33">
+        <v>46148</v>
+      </c>
+    </row>
+    <row r="496" spans="1:4" ht="303.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A496" s="15" t="s">
+        <v>2322</v>
+      </c>
+      <c r="B496" s="30" t="s">
         <v>1004</v>
       </c>
-      <c r="D491" s="33">
-[...18 lines deleted...]
-      <c r="A493" s="20" t="s">
+      <c r="C496" s="72" t="s">
         <v>1005</v>
       </c>
-      <c r="B493" s="25" t="s">
+      <c r="D496" s="33">
+        <v>46161</v>
+      </c>
+    </row>
+    <row r="497" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A497" s="15" t="s">
+        <v>2323</v>
+      </c>
+      <c r="B497" s="30" t="s">
         <v>1006</v>
       </c>
-      <c r="C493" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B494" s="24" t="s">
+      <c r="C497" s="72" t="s">
+        <v>2109</v>
+      </c>
+      <c r="D497" s="33">
+        <v>46161</v>
+      </c>
+    </row>
+    <row r="498" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A498" s="15" t="s">
+        <v>2324</v>
+      </c>
+      <c r="B498" s="30" t="s">
+        <v>2815</v>
+      </c>
+      <c r="C498" s="72" t="s">
+        <v>2110</v>
+      </c>
+      <c r="D498" s="33">
+        <v>46129</v>
+      </c>
+    </row>
+    <row r="499" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A499" s="15" t="s">
         <v>1008</v>
       </c>
-      <c r="C494" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A495" s="17" t="s">
+      <c r="B499" s="30" t="s">
         <v>1009</v>
       </c>
-      <c r="B495" s="36" t="s">
+      <c r="C499" s="72" t="s">
         <v>1010</v>
       </c>
-      <c r="C495" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A496" s="15" t="s">
+      <c r="D499" s="33">
+        <v>46163</v>
+      </c>
+    </row>
+    <row r="500" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A500" s="15" t="s">
         <v>1011</v>
       </c>
-      <c r="B496" s="30" t="s">
+      <c r="B500" s="24" t="s">
         <v>1012</v>
       </c>
-      <c r="C496" s="72" t="s">
+      <c r="C500" s="72" t="s">
         <v>1013</v>
       </c>
-      <c r="D496" s="38">
-[...4 lines deleted...]
-      <c r="A497" s="16" t="s">
+      <c r="D500" s="33">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="501" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A501" s="15" t="s">
         <v>1014</v>
       </c>
-      <c r="B497" s="25" t="s">
+      <c r="B501" s="30" t="s">
         <v>1015</v>
       </c>
-      <c r="C497" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A498" s="15" t="s">
+      <c r="C501" s="72" t="s">
         <v>1016</v>
       </c>
-      <c r="B498" s="72" t="s">
-[...16 lines deleted...]
-      <c r="C499" s="72" t="s">
+      <c r="D501" s="38">
+        <v>46174</v>
+      </c>
+    </row>
+    <row r="502" spans="1:4" ht="241.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A502" s="15" t="s">
+        <v>3295</v>
+      </c>
+      <c r="B502" s="24" t="s">
+        <v>3294</v>
+      </c>
+      <c r="C502" s="72" t="s">
+        <v>3472</v>
+      </c>
+      <c r="D502" s="38">
+        <v>46174</v>
+      </c>
+    </row>
+    <row r="503" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A503" s="15" t="s">
         <v>1018</v>
       </c>
-      <c r="D499" s="33">
-[...4 lines deleted...]
-      <c r="A500" s="15" t="s">
+      <c r="B503" s="30" t="s">
         <v>1019</v>
       </c>
-      <c r="B500" s="30" t="s">
+      <c r="C503" s="72" t="s">
         <v>1020</v>
       </c>
-      <c r="C500" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A501" s="15" t="s">
+      <c r="D503" s="38">
+        <v>46174</v>
+      </c>
+    </row>
+    <row r="504" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A504" s="15" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B504" s="25" t="s">
         <v>1022</v>
       </c>
-      <c r="B501" s="24" t="s">
+      <c r="C504" s="72" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D504" s="38">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="505" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A505" s="15" t="s">
         <v>1023</v>
       </c>
-      <c r="C501" s="72" t="s">
+      <c r="B505" s="30" t="s">
         <v>1024</v>
       </c>
-      <c r="D501" s="38">
-[...7 lines deleted...]
-      <c r="B502" s="24" t="s">
+      <c r="C505" s="72" t="s">
         <v>1025</v>
       </c>
-      <c r="C502" s="72" t="s">
+      <c r="D505" s="38">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="506" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A506" s="15" t="s">
+        <v>2467</v>
+      </c>
+      <c r="B506" s="30" t="s">
         <v>1026</v>
       </c>
-      <c r="D502" s="33">
-[...7 lines deleted...]
-      <c r="B503" s="24" t="s">
+      <c r="C506" s="72" t="s">
+        <v>2112</v>
+      </c>
+      <c r="D506" s="38">
+        <v>46167</v>
+      </c>
+    </row>
+    <row r="507" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A507" s="15" t="s">
+        <v>2573</v>
+      </c>
+      <c r="B507" s="24" t="s">
         <v>1027</v>
       </c>
-      <c r="C503" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A504" s="15" t="s">
+      <c r="C507" s="72" t="s">
         <v>1028</v>
       </c>
-      <c r="B504" s="24" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="D507" s="33">
-        <v>46161</v>
+        <v>46183</v>
       </c>
     </row>
     <row r="508" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A508" s="15" t="s">
-        <v>2398</v>
-[...1 lines deleted...]
-      <c r="B508" s="30" t="s">
+        <v>2318</v>
+      </c>
+      <c r="B508" s="24" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C508" s="72" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D508" s="33">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="509" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A509" s="15" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B509" s="24" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C509" s="72" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D509" s="33">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="510" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A510" s="13" t="s">
+        <v>2468</v>
+      </c>
+      <c r="B510" s="24" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C510" s="72" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D510" s="33">
+        <v>46187</v>
+      </c>
+    </row>
+    <row r="511" spans="1:4" ht="226.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A511" s="14" t="s">
+        <v>2418</v>
+      </c>
+      <c r="B511" s="30" t="s">
         <v>1036</v>
       </c>
-      <c r="C508" s="72" t="s">
-[...21 lines deleted...]
-      <c r="A510" s="15" t="s">
+      <c r="C511" s="72" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D511" s="33">
+        <v>46195</v>
+      </c>
+    </row>
+    <row r="512" spans="1:4" ht="78.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A512" s="15" t="s">
+        <v>2495</v>
+      </c>
+      <c r="B512" s="24" t="s">
         <v>1038</v>
       </c>
-      <c r="B510" s="30" t="s">
+      <c r="C512" s="72" t="s">
         <v>1039</v>
       </c>
-      <c r="C510" s="72" t="s">
+      <c r="D512" s="33">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="513" spans="1:4" ht="136.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A513" s="15" t="s">
+        <v>2875</v>
+      </c>
+      <c r="B513" s="34" t="s">
+        <v>2705</v>
+      </c>
+      <c r="C513" s="72" t="s">
+        <v>67</v>
+      </c>
+      <c r="D513" s="38">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="514" spans="1:4" ht="216.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A514" s="16" t="s">
         <v>1040</v>
       </c>
-      <c r="D510" s="33">
-[...4 lines deleted...]
-      <c r="A511" s="15" t="s">
+      <c r="B514" s="24" t="s">
         <v>1041</v>
       </c>
-      <c r="B511" s="24" t="s">
+      <c r="C514" s="72" t="s">
+        <v>771</v>
+      </c>
+      <c r="D514" s="38">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="515" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A515" s="15" t="s">
+        <v>2465</v>
+      </c>
+      <c r="B515" s="30" t="s">
         <v>1042</v>
       </c>
-      <c r="C511" s="72" t="s">
-[...13 lines deleted...]
-      <c r="C512" s="72" t="s">
+      <c r="C515" s="72" t="s">
+        <v>143</v>
+      </c>
+      <c r="D515" s="38">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="516" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A516" s="15" t="s">
         <v>1046</v>
       </c>
-      <c r="D512" s="38">
-[...18 lines deleted...]
-      <c r="A514" s="15" t="s">
+      <c r="B516" s="24" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C516" s="72" t="s">
         <v>1048</v>
       </c>
-      <c r="B514" s="30" t="s">
-[...32 lines deleted...]
-      </c>
       <c r="D516" s="38">
-        <v>46053</v>
+        <v>46208</v>
       </c>
     </row>
     <row r="517" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
       <c r="A517" s="15" t="s">
-        <v>2546</v>
-[...1 lines deleted...]
-      <c r="B517" s="30" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B517" s="25" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C517" s="72" t="s">
+        <v>479</v>
+      </c>
+      <c r="D517" s="38">
+        <v>46209</v>
+      </c>
+    </row>
+    <row r="518" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A518" s="15" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B518" s="24" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C518" s="72" t="s">
+        <v>2113</v>
+      </c>
+      <c r="D518" s="33">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="519" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A519" s="15" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B519" s="35" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C519" s="72" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D519" s="38">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="520" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A520" s="15" t="s">
         <v>1056</v>
       </c>
-      <c r="C517" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B518" s="24" t="s">
+      <c r="B520" s="24" t="s">
         <v>1057</v>
       </c>
-      <c r="C518" s="72" t="s">
+      <c r="C520" s="72" t="s">
         <v>1058</v>
       </c>
-      <c r="D518" s="33">
-[...7 lines deleted...]
-      <c r="B519" s="24" t="s">
+      <c r="D520" s="38">
+        <v>46215</v>
+      </c>
+    </row>
+    <row r="521" spans="1:4" ht="241.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A521" s="16" t="s">
         <v>1059</v>
       </c>
-      <c r="C519" s="72" t="s">
+      <c r="B521" s="24" t="s">
         <v>1060</v>
       </c>
-      <c r="D519" s="33">
-[...4 lines deleted...]
-      <c r="A520" s="15" t="s">
+      <c r="C521" s="72" t="s">
         <v>1061</v>
       </c>
-      <c r="B520" s="24" t="s">
+      <c r="D521" s="33">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="522" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A522" s="15" t="s">
         <v>1062</v>
       </c>
-      <c r="C520" s="72" t="s">
+      <c r="B522" s="30" t="s">
         <v>1063</v>
       </c>
-      <c r="D520" s="33">
-[...7 lines deleted...]
-      <c r="B521" s="24" t="s">
+      <c r="C522" s="72" t="s">
+        <v>2114</v>
+      </c>
+      <c r="D522" s="38">
+        <v>46216</v>
+      </c>
+    </row>
+    <row r="523" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A523" s="15" t="s">
+        <v>309</v>
+      </c>
+      <c r="B523" s="24" t="s">
         <v>1064</v>
       </c>
-      <c r="C521" s="72" t="s">
+      <c r="C523" s="72" t="s">
         <v>1065</v>
       </c>
-      <c r="D521" s="33">
-[...7 lines deleted...]
-      <c r="B522" s="30" t="s">
+      <c r="D523" s="33">
+        <v>46287</v>
+      </c>
+    </row>
+    <row r="524" spans="1:4" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A524" s="13" t="s">
         <v>1066</v>
       </c>
-      <c r="C522" s="72" t="s">
+      <c r="B524" s="24" t="s">
         <v>1067</v>
       </c>
-      <c r="D522" s="33">
-[...7 lines deleted...]
-      <c r="B523" s="24" t="s">
+      <c r="C524" s="72" t="s">
         <v>1068</v>
       </c>
-      <c r="C523" s="72" t="s">
+      <c r="D524" s="33">
+        <v>46224</v>
+      </c>
+    </row>
+    <row r="525" spans="1:4" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A525" s="16" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B525" s="24" t="s">
+        <v>442</v>
+      </c>
+      <c r="C525" s="72" t="s">
         <v>1069</v>
       </c>
-      <c r="D523" s="33">
-[...18 lines deleted...]
-      <c r="A525" s="16" t="s">
+      <c r="D525" s="38">
+        <v>46224</v>
+      </c>
+    </row>
+    <row r="526" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A526" s="15" t="s">
         <v>1070</v>
       </c>
-      <c r="B525" s="24" t="s">
+      <c r="B526" s="24" t="s">
         <v>1071</v>
       </c>
-      <c r="C525" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B526" s="30" t="s">
+      <c r="C526" s="72" t="s">
+        <v>121</v>
+      </c>
+      <c r="D526" s="33">
+        <v>46225</v>
+      </c>
+    </row>
+    <row r="527" spans="1:4" ht="150.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A527" s="16" t="s">
+        <v>2477</v>
+      </c>
+      <c r="B527" s="30" t="s">
         <v>1072</v>
       </c>
-      <c r="C526" s="72" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="C527" s="72" t="s">
-        <v>1078</v>
-[...2 lines deleted...]
-        <v>46208</v>
+        <v>2115</v>
+      </c>
+      <c r="D527" s="33">
+        <v>46228</v>
       </c>
     </row>
     <row r="528" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
       <c r="A528" s="15" t="s">
+        <v>2478</v>
+      </c>
+      <c r="B528" s="30" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C528" s="72" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D528" s="33">
+        <v>46229</v>
+      </c>
+    </row>
+    <row r="529" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A529" s="15" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B529" s="30" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C529" s="72" t="s">
+        <v>3473</v>
+      </c>
+      <c r="D529" s="33">
+        <v>46237</v>
+      </c>
+    </row>
+    <row r="530" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A530" s="15" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B530" s="30" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C530" s="72" t="s">
+        <v>997</v>
+      </c>
+      <c r="D530" s="33">
+        <v>46233</v>
+      </c>
+    </row>
+    <row r="531" spans="1:4" ht="77.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A531" s="15" t="s">
+        <v>3474</v>
+      </c>
+      <c r="B531" s="30" t="s">
         <v>1079</v>
       </c>
-      <c r="B528" s="25" t="s">
+      <c r="C531" s="72" t="s">
+        <v>2116</v>
+      </c>
+      <c r="D531" s="33">
+        <v>46202</v>
+      </c>
+    </row>
+    <row r="532" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A532" s="15" t="s">
         <v>1080</v>
       </c>
-      <c r="C528" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A529" s="15" t="s">
+      <c r="B532" s="30" t="s">
         <v>1081</v>
       </c>
-      <c r="B529" s="24" t="s">
+      <c r="C532" s="72" t="s">
+        <v>2117</v>
+      </c>
+      <c r="D532" s="33">
+        <v>46251</v>
+      </c>
+    </row>
+    <row r="533" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A533" s="13" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B533" s="24" t="s">
         <v>1082</v>
       </c>
-      <c r="C529" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A530" s="15" t="s">
+      <c r="C533" s="72" t="s">
         <v>1083</v>
       </c>
-      <c r="B530" s="35" t="s">
+      <c r="D533" s="38">
+        <v>46253</v>
+      </c>
+    </row>
+    <row r="534" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A534" s="15" t="s">
         <v>1084</v>
       </c>
-      <c r="C530" s="72" t="s">
+      <c r="B534" s="24" t="s">
         <v>1085</v>
       </c>
-      <c r="D530" s="38">
-[...4 lines deleted...]
-      <c r="A531" s="15" t="s">
+      <c r="C534" s="72" t="s">
         <v>1086</v>
       </c>
-      <c r="B531" s="24" t="s">
+      <c r="D534" s="33">
+        <v>46259</v>
+      </c>
+    </row>
+    <row r="535" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A535" s="13" t="s">
         <v>1087</v>
       </c>
-      <c r="C531" s="72" t="s">
+      <c r="B535" s="30" t="s">
         <v>1088</v>
       </c>
-      <c r="D531" s="38">
-[...4 lines deleted...]
-      <c r="A532" s="16" t="s">
+      <c r="C535" s="72" t="s">
+        <v>2118</v>
+      </c>
+      <c r="D535" s="33">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="536" spans="1:4" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A536" s="14" t="s">
         <v>1089</v>
       </c>
-      <c r="B532" s="24" t="s">
+      <c r="B536" s="24" t="s">
         <v>1090</v>
       </c>
-      <c r="C532" s="72" t="s">
+      <c r="C536" s="72" t="s">
         <v>1091</v>
       </c>
-      <c r="D532" s="33">
-[...4 lines deleted...]
-      <c r="A533" s="15" t="s">
+      <c r="D536" s="33">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="537" spans="1:4" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A537" s="15" t="s">
         <v>1092</v>
       </c>
-      <c r="B533" s="30" t="s">
+      <c r="B537" s="30" t="s">
+        <v>718</v>
+      </c>
+      <c r="C537" s="72" t="s">
+        <v>2078</v>
+      </c>
+      <c r="D537" s="33">
+        <v>46313</v>
+      </c>
+    </row>
+    <row r="538" spans="1:4" ht="263.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A538" s="14" t="s">
         <v>1093</v>
       </c>
-      <c r="C533" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B534" s="24" t="s">
+      <c r="B538" s="24" t="s">
         <v>1094</v>
       </c>
-      <c r="C534" s="72" t="s">
+      <c r="C538" s="72" t="s">
         <v>1095</v>
       </c>
-      <c r="D534" s="33">
-[...4 lines deleted...]
-      <c r="A535" s="13" t="s">
+      <c r="D538" s="33">
+        <v>46279</v>
+      </c>
+    </row>
+    <row r="539" spans="1:4" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A539" s="14" t="s">
         <v>1096</v>
       </c>
-      <c r="B535" s="24" t="s">
+      <c r="B539" s="24" t="s">
         <v>1097</v>
       </c>
-      <c r="C535" s="72" t="s">
+      <c r="C539" s="72" t="s">
         <v>1098</v>
       </c>
-      <c r="D535" s="33">
-[...10 lines deleted...]
-      <c r="C536" s="72" t="s">
+      <c r="D539" s="33">
+        <v>46285</v>
+      </c>
+    </row>
+    <row r="540" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A540" s="15" t="s">
         <v>1099</v>
       </c>
-      <c r="D536" s="38">
-[...4 lines deleted...]
-      <c r="A537" s="15" t="s">
+      <c r="B540" s="25" t="s">
         <v>1100</v>
       </c>
-      <c r="B537" s="24" t="s">
+      <c r="C540" s="72" t="s">
         <v>1101</v>
       </c>
-      <c r="C537" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B538" s="30" t="s">
+      <c r="D540" s="49">
+        <v>46299</v>
+      </c>
+    </row>
+    <row r="541" spans="1:4" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A541" s="15" t="s">
         <v>1102</v>
       </c>
-      <c r="C538" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B539" s="30" t="s">
+      <c r="B541" s="34" t="s">
+        <v>2824</v>
+      </c>
+      <c r="C541" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D541" s="38">
+        <v>46128</v>
+      </c>
+    </row>
+    <row r="542" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A542" s="13" t="s">
         <v>1103</v>
       </c>
-      <c r="C539" s="72" t="s">
+      <c r="B542" s="24" t="s">
         <v>1104</v>
       </c>
-      <c r="D539" s="33">
-[...4 lines deleted...]
-      <c r="A540" s="15" t="s">
+      <c r="C542" s="72" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D542" s="33">
+        <v>46300</v>
+      </c>
+    </row>
+    <row r="543" spans="1:4" ht="335.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A543" s="15" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B543" s="24" t="s">
         <v>1105</v>
       </c>
-      <c r="B540" s="30" t="s">
+      <c r="C543" s="72" t="s">
+        <v>2120</v>
+      </c>
+      <c r="D543" s="33">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="544" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A544" s="15" t="s">
         <v>1106</v>
       </c>
-      <c r="C540" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A541" s="15" t="s">
+      <c r="B544" s="30" t="s">
         <v>1107</v>
       </c>
-      <c r="B541" s="30" t="s">
+      <c r="C544" s="72" t="s">
+        <v>2121</v>
+      </c>
+      <c r="D544" s="38">
+        <v>46353</v>
+      </c>
+    </row>
+    <row r="545" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A545" s="15" t="s">
         <v>1108</v>
       </c>
-      <c r="C541" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B542" s="30" t="s">
+      <c r="B545" s="30" t="s">
         <v>1109</v>
       </c>
-      <c r="C542" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A543" s="15" t="s">
+      <c r="C545" s="72" t="s">
         <v>1110</v>
       </c>
-      <c r="B543" s="30" t="s">
+      <c r="D545" s="38">
+        <v>46311</v>
+      </c>
+    </row>
+    <row r="546" spans="1:4" ht="125.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A546" s="15" t="s">
         <v>1111</v>
       </c>
-      <c r="C543" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B544" s="24" t="s">
+      <c r="B546" s="30" t="s">
         <v>1112</v>
       </c>
-      <c r="C544" s="72" t="s">
+      <c r="C546" s="72" t="s">
+        <v>2122</v>
+      </c>
+      <c r="D546" s="33">
+        <v>46321</v>
+      </c>
+    </row>
+    <row r="547" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A547" s="15" t="s">
         <v>1113</v>
       </c>
-      <c r="D544" s="38">
-[...4 lines deleted...]
-      <c r="A545" s="15" t="s">
+      <c r="B547" s="24" t="s">
         <v>1114</v>
       </c>
-      <c r="B545" s="24" t="s">
+      <c r="C547" s="72" t="s">
         <v>1115</v>
       </c>
-      <c r="C545" s="72" t="s">
+      <c r="D547" s="33">
+        <v>46322</v>
+      </c>
+    </row>
+    <row r="548" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A548" s="15" t="s">
         <v>1116</v>
       </c>
-      <c r="D545" s="33">
-[...4 lines deleted...]
-      <c r="A546" s="13" t="s">
+      <c r="B548" s="24" t="s">
+        <v>117</v>
+      </c>
+      <c r="C548" s="72" t="s">
         <v>1117</v>
       </c>
-      <c r="B546" s="30" t="s">
+      <c r="D548" s="33">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="549" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A549" s="15" t="s">
         <v>1118</v>
       </c>
-      <c r="C546" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A547" s="14" t="s">
+      <c r="B549" s="30" t="s">
         <v>1119</v>
       </c>
-      <c r="B547" s="24" t="s">
+      <c r="C549" s="72" t="s">
         <v>1120</v>
       </c>
-      <c r="C547" s="72" t="s">
+      <c r="D549" s="38">
+        <v>46328</v>
+      </c>
+    </row>
+    <row r="550" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A550" s="15" t="s">
         <v>1121</v>
       </c>
-      <c r="D547" s="33">
-[...4 lines deleted...]
-      <c r="A548" s="15" t="s">
+      <c r="B550" s="30" t="s">
         <v>1122</v>
       </c>
-      <c r="B548" s="30" t="s">
-[...10 lines deleted...]
-      <c r="A549" s="14" t="s">
+      <c r="C550" s="72" t="s">
         <v>1123</v>
       </c>
-      <c r="B549" s="24" t="s">
-[...20 lines deleted...]
-        <v>46285</v>
+      <c r="D550" s="38">
+        <v>46334</v>
       </c>
     </row>
     <row r="551" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
       <c r="A551" s="15" t="s">
+        <v>3584</v>
+      </c>
+      <c r="B551" s="25" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C551" s="72" t="s">
+        <v>2123</v>
+      </c>
+      <c r="D551" s="38">
+        <v>46334</v>
+      </c>
+    </row>
+    <row r="552" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A552" s="13" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B552" s="25" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C552" s="72" t="s">
+        <v>2124</v>
+      </c>
+      <c r="D552" s="33">
+        <v>46334</v>
+      </c>
+    </row>
+    <row r="553" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A553" s="15" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B553" s="30" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C553" s="72" t="s">
+        <v>2125</v>
+      </c>
+      <c r="D553" s="38">
+        <v>46336</v>
+      </c>
+    </row>
+    <row r="554" spans="1:4" ht="117.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A554" s="14" t="s">
         <v>1129</v>
       </c>
-      <c r="B551" s="25" t="s">
+      <c r="B554" s="25" t="s">
         <v>1130</v>
       </c>
-      <c r="C551" s="72" t="s">
+      <c r="C554" s="72" t="s">
         <v>1131</v>
       </c>
-      <c r="D551" s="49">
-[...4 lines deleted...]
-      <c r="A552" s="15" t="s">
+      <c r="D554" s="38">
+        <v>46304</v>
+      </c>
+    </row>
+    <row r="555" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A555" s="15" t="s">
+        <v>3412</v>
+      </c>
+      <c r="B555" s="24" t="s">
         <v>1132</v>
       </c>
-      <c r="B552" s="34" t="s">
-[...10 lines deleted...]
-      <c r="A553" s="13" t="s">
+      <c r="C555" s="72" t="s">
         <v>1133</v>
       </c>
-      <c r="B553" s="24" t="s">
+      <c r="D555" s="33">
+        <v>46342</v>
+      </c>
+    </row>
+    <row r="556" spans="1:4" ht="278.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A556" s="16" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B556" s="24" t="s">
         <v>1134</v>
       </c>
-      <c r="C553" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B554" s="24" t="s">
+      <c r="C556" s="72" t="s">
         <v>1135</v>
       </c>
-      <c r="C554" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A555" s="15" t="s">
+      <c r="D556" s="38">
+        <v>45982</v>
+      </c>
+    </row>
+    <row r="557" spans="1:4" ht="180" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A557" s="13" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B557" s="24" t="s">
         <v>1136</v>
       </c>
-      <c r="B555" s="30" t="s">
+      <c r="C557" s="72" t="s">
         <v>1137</v>
       </c>
-      <c r="C555" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A556" s="15" t="s">
+      <c r="D557" s="33">
+        <v>46352</v>
+      </c>
+    </row>
+    <row r="558" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A558" s="15" t="s">
         <v>1138</v>
       </c>
-      <c r="B556" s="30" t="s">
+      <c r="B558" s="24" t="s">
         <v>1139</v>
       </c>
-      <c r="C556" s="72" t="s">
+      <c r="C558" s="72" t="s">
         <v>1140</v>
       </c>
-      <c r="D556" s="38">
-[...4 lines deleted...]
-      <c r="A557" s="15" t="s">
+      <c r="D558" s="33">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="559" spans="1:4" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A559" s="15" t="s">
+        <v>3354</v>
+      </c>
+      <c r="B559" s="25" t="s">
         <v>1141</v>
       </c>
-      <c r="B557" s="30" t="s">
+      <c r="C559" s="72" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D559" s="33">
+        <v>46341</v>
+      </c>
+    </row>
+    <row r="560" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A560" s="15" t="s">
         <v>1142</v>
       </c>
-      <c r="C557" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A558" s="15" t="s">
+      <c r="B560" s="30" t="s">
         <v>1143</v>
       </c>
-      <c r="B558" s="24" t="s">
+      <c r="C560" s="72" t="s">
+        <v>2127</v>
+      </c>
+      <c r="D560" s="38">
+        <v>45989</v>
+      </c>
+    </row>
+    <row r="561" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A561" s="15" t="s">
+        <v>3041</v>
+      </c>
+      <c r="B561" s="30" t="s">
+        <v>3042</v>
+      </c>
+      <c r="C561" s="91" t="s">
+        <v>3043</v>
+      </c>
+      <c r="D561" s="33">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="562" spans="1:4" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A562" s="15" t="s">
+        <v>3222</v>
+      </c>
+      <c r="B562" s="24" t="s">
         <v>1144</v>
       </c>
-      <c r="C558" s="72" t="s">
+      <c r="C562" s="72" t="s">
+        <v>2128</v>
+      </c>
+      <c r="D562" s="38">
+        <v>46364</v>
+      </c>
+    </row>
+    <row r="563" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A563" s="15" t="s">
         <v>1145</v>
       </c>
-      <c r="D558" s="33">
-[...4 lines deleted...]
-      <c r="A559" s="15" t="s">
+      <c r="B563" s="24" t="s">
         <v>1146</v>
       </c>
-      <c r="B559" s="24" t="s">
-[...2 lines deleted...]
-      <c r="C559" s="72" t="s">
+      <c r="C563" s="72" t="s">
         <v>1147</v>
       </c>
-      <c r="D559" s="33">
-[...4 lines deleted...]
-      <c r="A560" s="15" t="s">
+      <c r="D563" s="33">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="564" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A564" s="15" t="s">
         <v>1148</v>
       </c>
-      <c r="B560" s="30" t="s">
+      <c r="B564" s="24" t="s">
         <v>1149</v>
       </c>
-      <c r="C560" s="72" t="s">
+      <c r="C564" s="72" t="s">
         <v>1150</v>
       </c>
-      <c r="D560" s="38">
-[...4 lines deleted...]
-      <c r="A561" s="15" t="s">
+      <c r="D564" s="33">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="565" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A565" s="15" t="s">
         <v>1151</v>
       </c>
-      <c r="B561" s="30" t="s">
+      <c r="B565" s="24" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C565" s="72" t="s">
         <v>1152</v>
       </c>
-      <c r="C561" s="72" t="s">
+      <c r="D565" s="33">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="566" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A566" s="15" t="s">
         <v>1153</v>
       </c>
-      <c r="D561" s="38">
-[...4 lines deleted...]
-      <c r="A562" s="15" t="s">
+      <c r="B566" s="24" t="s">
         <v>1154</v>
       </c>
-      <c r="B562" s="25" t="s">
+      <c r="C566" s="72" t="s">
         <v>1155</v>
       </c>
-      <c r="C562" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A563" s="13" t="s">
+      <c r="D566" s="38">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="567" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A567" s="15" t="s">
         <v>1156</v>
       </c>
-      <c r="B563" s="25" t="s">
+      <c r="B567" s="24" t="s">
         <v>1157</v>
       </c>
-      <c r="C563" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A564" s="15" t="s">
+      <c r="C567" s="72" t="s">
+        <v>2129</v>
+      </c>
+      <c r="D567" s="38">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="568" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A568" s="15" t="s">
         <v>1158</v>
       </c>
-      <c r="B564" s="30" t="s">
+      <c r="B568" s="24" t="s">
         <v>1159</v>
       </c>
-      <c r="C564" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A565" s="14" t="s">
+      <c r="C568" s="72" t="s">
+        <v>351</v>
+      </c>
+      <c r="D568" s="38">
+        <v>46039</v>
+      </c>
+    </row>
+    <row r="569" spans="1:4" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A569" s="15" t="s">
+        <v>2533</v>
+      </c>
+      <c r="B569" s="30" t="s">
         <v>1160</v>
       </c>
-      <c r="B565" s="25" t="s">
+      <c r="C569" s="72" t="s">
+        <v>2130</v>
+      </c>
+      <c r="D569" s="38">
+        <v>46224</v>
+      </c>
+    </row>
+    <row r="570" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A570" s="15" t="s">
         <v>1161</v>
       </c>
-      <c r="C565" s="72" t="s">
+      <c r="B570" s="30" t="s">
         <v>1162</v>
       </c>
-      <c r="D565" s="38">
-[...7 lines deleted...]
-      <c r="B566" s="24" t="s">
+      <c r="C570" s="72" t="s">
         <v>1163</v>
       </c>
-      <c r="C566" s="72" t="s">
+      <c r="D570" s="38">
+        <v>46012</v>
+      </c>
+    </row>
+    <row r="571" spans="1:4" ht="129" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A571" s="15" t="s">
+        <v>3475</v>
+      </c>
+      <c r="B571" s="24" t="s">
         <v>1164</v>
       </c>
-      <c r="D566" s="33">
-[...7 lines deleted...]
-      <c r="B567" s="24" t="s">
+      <c r="C571" s="72" t="s">
         <v>1165</v>
       </c>
-      <c r="C567" s="72" t="s">
+      <c r="D571" s="33">
+        <v>46372</v>
+      </c>
+    </row>
+    <row r="572" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A572" s="15" t="s">
         <v>1166</v>
       </c>
-      <c r="D567" s="38">
-[...7 lines deleted...]
-      <c r="B568" s="24" t="s">
+      <c r="B572" s="24" t="s">
         <v>1167</v>
       </c>
-      <c r="C568" s="72" t="s">
+      <c r="C572" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D572" s="38">
+        <v>46378</v>
+      </c>
+    </row>
+    <row r="573" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A573" s="15" t="s">
         <v>1168</v>
       </c>
-      <c r="D568" s="33">
-[...4 lines deleted...]
-      <c r="A569" s="15" t="s">
+      <c r="B573" s="30" t="s">
         <v>1169</v>
       </c>
-      <c r="B569" s="24" t="s">
-[...57 lines deleted...]
-      </c>
       <c r="C573" s="72" t="s">
-        <v>2186</v>
+        <v>2131</v>
       </c>
       <c r="D573" s="38">
-        <v>46364</v>
+        <v>46378</v>
       </c>
     </row>
     <row r="574" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A574" s="15" t="s">
-        <v>1176</v>
-[...2 lines deleted...]
-        <v>1177</v>
+        <v>2331</v>
+      </c>
+      <c r="B574" s="30" t="s">
+        <v>1170</v>
       </c>
       <c r="C574" s="72" t="s">
-        <v>1178</v>
-[...5 lines deleted...]
-    <row r="575" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+        <v>2132</v>
+      </c>
+      <c r="D574" s="38">
+        <v>46376</v>
+      </c>
+    </row>
+    <row r="575" spans="1:4" ht="246" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A575" s="15" t="s">
-        <v>1179</v>
-[...2 lines deleted...]
-        <v>1180</v>
+        <v>2330</v>
+      </c>
+      <c r="B575" s="30" t="s">
+        <v>1171</v>
       </c>
       <c r="C575" s="72" t="s">
-        <v>1181</v>
-[...2 lines deleted...]
-        <v>46006</v>
+        <v>1172</v>
+      </c>
+      <c r="D575" s="38">
+        <v>46386</v>
       </c>
     </row>
     <row r="576" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A576" s="15" t="s">
+        <v>2371</v>
+      </c>
+      <c r="B576" s="24" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C576" s="72" t="s">
+        <v>2133</v>
+      </c>
+      <c r="D576" s="38">
+        <v>46027</v>
+      </c>
+    </row>
+    <row r="577" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A577" s="15" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B577" s="24" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C577" s="72" t="s">
+        <v>2134</v>
+      </c>
+      <c r="D577" s="38">
+        <v>46027</v>
+      </c>
+    </row>
+    <row r="578" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A578" s="15" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B578" s="30" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C578" s="72" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D578" s="38">
+        <v>46027</v>
+      </c>
+    </row>
+    <row r="579" spans="1:4" ht="151.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A579" s="14" t="s">
+        <v>2359</v>
+      </c>
+      <c r="B579" s="24" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C579" s="72" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D579" s="38">
+        <v>46074</v>
+      </c>
+    </row>
+    <row r="580" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A580" s="15" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B580" s="30" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C580" s="72" t="s">
+        <v>2135</v>
+      </c>
+      <c r="D580" s="38">
+        <v>46377</v>
+      </c>
+    </row>
+    <row r="581" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A581" s="15" t="s">
         <v>1182</v>
       </c>
-      <c r="B576" s="24" t="s">
-[...2 lines deleted...]
-      <c r="C576" s="72" t="s">
+      <c r="B581" s="30" t="s">
         <v>1183</v>
       </c>
-      <c r="D576" s="33">
-[...4 lines deleted...]
-      <c r="A577" s="15" t="s">
+      <c r="C581" s="72" t="s">
         <v>1184</v>
       </c>
-      <c r="B577" s="24" t="s">
+      <c r="D581" s="38">
+        <v>46035</v>
+      </c>
+    </row>
+    <row r="582" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A582" s="15" t="s">
         <v>1185</v>
       </c>
-      <c r="C577" s="72" t="s">
+      <c r="B582" s="24" t="s">
         <v>1186</v>
       </c>
-      <c r="D577" s="38">
-[...4 lines deleted...]
-      <c r="A578" s="15" t="s">
+      <c r="C582" s="72" t="s">
+        <v>17</v>
+      </c>
+      <c r="D582" s="38">
+        <v>46041</v>
+      </c>
+    </row>
+    <row r="583" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A583" s="15" t="s">
+        <v>2335</v>
+      </c>
+      <c r="B583" s="30" t="s">
         <v>1187</v>
       </c>
-      <c r="B578" s="24" t="s">
+      <c r="C583" s="72" t="s">
+        <v>2136</v>
+      </c>
+      <c r="D583" s="38">
+        <v>46042</v>
+      </c>
+    </row>
+    <row r="584" spans="1:4" ht="132" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A584" s="15" t="s">
         <v>1188</v>
       </c>
-      <c r="C578" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A579" s="15" t="s">
+      <c r="B584" s="30" t="s">
         <v>1189</v>
       </c>
-      <c r="B579" s="24" t="s">
+      <c r="C584" s="72" t="s">
+        <v>2137</v>
+      </c>
+      <c r="D584" s="38">
+        <v>46035</v>
+      </c>
+    </row>
+    <row r="585" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A585" s="15" t="s">
         <v>1190</v>
       </c>
-      <c r="C579" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B580" s="30" t="s">
+      <c r="B585" s="30" t="s">
         <v>1191</v>
       </c>
-      <c r="C580" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A581" s="15" t="s">
+      <c r="C585" s="72" t="s">
+        <v>2138</v>
+      </c>
+      <c r="D585" s="38">
+        <v>46042</v>
+      </c>
+    </row>
+    <row r="586" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A586" s="15" t="s">
         <v>1192</v>
       </c>
-      <c r="B581" s="30" t="s">
+      <c r="B586" s="30" t="s">
         <v>1193</v>
       </c>
-      <c r="C581" s="72" t="s">
+      <c r="C586" s="72" t="s">
+        <v>2139</v>
+      </c>
+      <c r="D586" s="38">
+        <v>46275</v>
+      </c>
+    </row>
+    <row r="587" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A587" s="15" t="s">
         <v>1194</v>
       </c>
-      <c r="D581" s="38">
-[...7 lines deleted...]
-      <c r="B582" s="24" t="s">
+      <c r="B587" s="25" t="s">
         <v>1195</v>
       </c>
-      <c r="C582" s="72" t="s">
+      <c r="C587" s="72" t="s">
         <v>1196</v>
       </c>
-      <c r="D582" s="33">
-[...4 lines deleted...]
-      <c r="A583" s="15" t="s">
+      <c r="D587" s="38">
+        <v>46045</v>
+      </c>
+    </row>
+    <row r="588" spans="1:4" ht="207.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A588" s="16" t="s">
         <v>1197</v>
       </c>
-      <c r="B583" s="24" t="s">
+      <c r="B588" s="24" t="s">
         <v>1198</v>
       </c>
-      <c r="C583" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A584" s="15" t="s">
+      <c r="C588" s="72" t="s">
         <v>1199</v>
       </c>
-      <c r="B584" s="30" t="s">
+      <c r="D588" s="38">
+        <v>46054</v>
+      </c>
+    </row>
+    <row r="589" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A589" s="15" t="s">
         <v>1200</v>
       </c>
-      <c r="C584" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B585" s="30" t="s">
+      <c r="B589" s="30" t="s">
+        <v>1919</v>
+      </c>
+      <c r="C589" s="72" t="s">
         <v>1201</v>
       </c>
-      <c r="C585" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B586" s="30" t="s">
+      <c r="D589" s="38">
+        <v>46047</v>
+      </c>
+    </row>
+    <row r="590" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A590" s="15" t="s">
         <v>1202</v>
       </c>
-      <c r="C586" s="72" t="s">
+      <c r="B590" s="30" t="s">
         <v>1203</v>
       </c>
-      <c r="D586" s="38">
-[...18 lines deleted...]
-      <c r="A588" s="15" t="s">
+      <c r="C590" s="72" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D590" s="38">
+        <v>46048</v>
+      </c>
+    </row>
+    <row r="591" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A591" s="15" t="s">
         <v>1204</v>
       </c>
-      <c r="B588" s="24" t="s">
-[...10 lines deleted...]
-      <c r="A589" s="15" t="s">
+      <c r="B591" s="30" t="s">
         <v>1205</v>
       </c>
-      <c r="B589" s="30" t="s">
+      <c r="C591" s="72" t="s">
         <v>1206</v>
       </c>
-      <c r="C589" s="72" t="s">
+      <c r="D591" s="38">
+        <v>46047</v>
+      </c>
+    </row>
+    <row r="592" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A592" s="15" t="s">
+        <v>2352</v>
+      </c>
+      <c r="B592" s="24" t="s">
         <v>1207</v>
       </c>
-      <c r="D589" s="38">
-[...7 lines deleted...]
-      <c r="B590" s="24" t="s">
+      <c r="C592" s="72" t="s">
         <v>1208</v>
       </c>
-      <c r="C590" s="72" t="s">
+      <c r="D592" s="38">
+        <v>46060</v>
+      </c>
+    </row>
+    <row r="593" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A593" s="15" t="s">
+        <v>2421</v>
+      </c>
+      <c r="B593" s="24" t="s">
         <v>1209</v>
       </c>
-      <c r="D590" s="38">
+      <c r="C593" s="72" t="s">
+        <v>2140</v>
+      </c>
+      <c r="D593" s="38">
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="594" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A594" s="15" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B594" s="30" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C594" s="72" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D594" s="33">
         <v>46074</v>
       </c>
     </row>
-    <row r="591" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-      <c r="A592" s="15" t="s">
+    <row r="595" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A595" s="15" t="s">
+        <v>2530</v>
+      </c>
+      <c r="B595" s="24" t="s">
         <v>1213</v>
       </c>
-      <c r="B592" s="30" t="s">
+      <c r="C595" s="72" t="s">
         <v>1214</v>
       </c>
-      <c r="C592" s="72" t="s">
+      <c r="D595" s="38">
+        <v>46076</v>
+      </c>
+    </row>
+    <row r="596" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A596" s="15" t="s">
+        <v>2353</v>
+      </c>
+      <c r="B596" s="24" t="s">
         <v>1215</v>
       </c>
-      <c r="D592" s="38">
-[...4 lines deleted...]
-      <c r="A593" s="15" t="s">
+      <c r="C596" s="72" t="s">
+        <v>2141</v>
+      </c>
+      <c r="D596" s="38">
+        <v>46078</v>
+      </c>
+    </row>
+    <row r="597" spans="1:4" ht="123.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A597" s="15" t="s">
         <v>1216</v>
       </c>
-      <c r="B593" s="24" t="s">
+      <c r="B597" s="24" t="s">
         <v>1217</v>
       </c>
-      <c r="C593" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B594" s="30" t="s">
+      <c r="C597" s="72" t="s">
+        <v>2142</v>
+      </c>
+      <c r="D597" s="38">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="598" spans="1:4" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A598" s="15" t="s">
         <v>1218</v>
       </c>
-      <c r="C594" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A595" s="15" t="s">
+      <c r="B598" s="25" t="s">
         <v>1219</v>
       </c>
-      <c r="B595" s="30" t="s">
+      <c r="C598" s="72" t="s">
+        <v>2143</v>
+      </c>
+      <c r="D598" s="33">
+        <v>46084</v>
+      </c>
+    </row>
+    <row r="599" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A599" s="15" t="s">
         <v>1220</v>
       </c>
-      <c r="C595" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A596" s="15" t="s">
+      <c r="B599" s="24" t="s">
         <v>1221</v>
       </c>
-      <c r="B596" s="30" t="s">
+      <c r="C599" s="72" t="s">
+        <v>2144</v>
+      </c>
+      <c r="D599" s="33">
+        <v>46092</v>
+      </c>
+    </row>
+    <row r="600" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A600" s="15" t="s">
         <v>1222</v>
       </c>
-      <c r="C596" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A597" s="15" t="s">
+      <c r="B600" s="30" t="s">
         <v>1223</v>
       </c>
-      <c r="B597" s="30" t="s">
+      <c r="C600" s="72" t="s">
         <v>1224</v>
       </c>
-      <c r="C597" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A598" s="15" t="s">
+      <c r="D600" s="38">
+        <v>46102</v>
+      </c>
+    </row>
+    <row r="601" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A601" s="15" t="s">
         <v>1225</v>
       </c>
-      <c r="B598" s="25" t="s">
+      <c r="B601" s="30" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C601" s="72" t="s">
+        <v>2145</v>
+      </c>
+      <c r="D601" s="38">
+        <v>46311</v>
+      </c>
+    </row>
+    <row r="602" spans="1:4" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A602" s="15" t="s">
         <v>1226</v>
       </c>
-      <c r="C598" s="72" t="s">
+      <c r="B602" s="30" t="s">
         <v>1227</v>
       </c>
-      <c r="D598" s="38">
-[...4 lines deleted...]
-      <c r="A599" s="16" t="s">
+      <c r="C602" s="72" t="s">
         <v>1228</v>
       </c>
-      <c r="B599" s="24" t="s">
+      <c r="D602" s="38">
+        <v>46101</v>
+      </c>
+    </row>
+    <row r="603" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A603" s="15" t="s">
         <v>1229</v>
       </c>
-      <c r="C599" s="72" t="s">
+      <c r="B603" s="30" t="s">
         <v>1230</v>
       </c>
-      <c r="D599" s="38">
-[...4 lines deleted...]
-      <c r="A600" s="15" t="s">
+      <c r="C603" s="72" t="s">
         <v>1231</v>
       </c>
-      <c r="B600" s="30" t="s">
-[...2 lines deleted...]
-      <c r="C600" s="72" t="s">
+      <c r="D603" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="604" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A604" s="15" t="s">
         <v>1232</v>
       </c>
-      <c r="D600" s="38">
-[...4 lines deleted...]
-      <c r="A601" s="15" t="s">
+      <c r="B604" s="30" t="s">
         <v>1233</v>
       </c>
-      <c r="B601" s="30" t="s">
+      <c r="C604" s="72" t="s">
+        <v>2146</v>
+      </c>
+      <c r="D604" s="33">
+        <v>46117</v>
+      </c>
+    </row>
+    <row r="605" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A605" s="14" t="s">
         <v>1234</v>
       </c>
-      <c r="C601" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A602" s="15" t="s">
+      <c r="B605" s="25" t="s">
         <v>1235</v>
       </c>
-      <c r="B602" s="30" t="s">
+      <c r="C605" s="72" t="s">
+        <v>2147</v>
+      </c>
+      <c r="D605" s="33">
+        <v>46122</v>
+      </c>
+    </row>
+    <row r="606" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A606" s="13" t="s">
         <v>1236</v>
       </c>
-      <c r="C602" s="72" t="s">
+      <c r="B606" s="24" t="s">
         <v>1237</v>
       </c>
-      <c r="D602" s="38">
-[...7 lines deleted...]
-      <c r="B603" s="24" t="s">
+      <c r="C606" s="72" t="s">
         <v>1238</v>
       </c>
-      <c r="C603" s="72" t="s">
+      <c r="D606" s="33">
+        <v>46126</v>
+      </c>
+    </row>
+    <row r="607" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A607" s="15" t="s">
         <v>1239</v>
       </c>
-      <c r="D603" s="38">
-[...7 lines deleted...]
-      <c r="B604" s="24" t="s">
+      <c r="B607" s="24" t="s">
         <v>1240</v>
       </c>
-      <c r="C604" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A605" s="15" t="s">
+      <c r="C607" s="72" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D607" s="33">
+        <v>46126</v>
+      </c>
+    </row>
+    <row r="608" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A608" s="15" t="s">
+        <v>2307</v>
+      </c>
+      <c r="B608" s="30" t="s">
         <v>1241</v>
       </c>
-      <c r="B605" s="30" t="s">
+      <c r="C608" s="72" t="s">
         <v>1242</v>
       </c>
-      <c r="C605" s="72" t="s">
+      <c r="D608" s="33">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="609" spans="1:4" ht="171.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A609" s="16" t="s">
         <v>1243</v>
       </c>
-      <c r="D605" s="33">
-[...7 lines deleted...]
-      <c r="B606" s="24" t="s">
+      <c r="B609" s="24" t="s">
+        <v>239</v>
+      </c>
+      <c r="C609" s="72" t="s">
         <v>1244</v>
       </c>
-      <c r="C606" s="72" t="s">
+      <c r="D609" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="610" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A610" s="15" t="s">
+        <v>3273</v>
+      </c>
+      <c r="B610" s="72" t="s">
+        <v>2973</v>
+      </c>
+      <c r="C610" s="72" t="s">
+        <v>479</v>
+      </c>
+      <c r="D610" s="33">
+        <v>46102</v>
+      </c>
+    </row>
+    <row r="611" spans="1:4" ht="174.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A611" s="16" t="s">
         <v>1245</v>
       </c>
-      <c r="D606" s="38">
-[...7 lines deleted...]
-      <c r="B607" s="24" t="s">
+      <c r="B611" s="24" t="s">
         <v>1246</v>
       </c>
-      <c r="C607" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A608" s="15" t="s">
+      <c r="C611" s="72" t="s">
+        <v>361</v>
+      </c>
+      <c r="D611" s="38">
+        <v>46139</v>
+      </c>
+    </row>
+    <row r="612" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A612" s="15" t="s">
         <v>1247</v>
       </c>
-      <c r="B608" s="24" t="s">
+      <c r="B612" s="30" t="s">
         <v>1248</v>
       </c>
-      <c r="C608" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A609" s="15" t="s">
+      <c r="C612" s="72" t="s">
         <v>1249</v>
       </c>
-      <c r="B609" s="25" t="s">
+      <c r="D612" s="33">
+        <v>46138</v>
+      </c>
+    </row>
+    <row r="613" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A613" s="15" t="s">
+        <v>2795</v>
+      </c>
+      <c r="B613" s="25" t="s">
         <v>1250</v>
       </c>
-      <c r="C609" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A610" s="15" t="s">
+      <c r="C613" s="72" t="s">
         <v>1251</v>
       </c>
-      <c r="B610" s="24" t="s">
+      <c r="D613" s="38">
+        <v>46163</v>
+      </c>
+    </row>
+    <row r="614" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A614" s="15" t="s">
         <v>1252</v>
       </c>
-      <c r="C610" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A611" s="15" t="s">
+      <c r="B614" s="24" t="s">
         <v>1253</v>
       </c>
-      <c r="B611" s="30" t="s">
+      <c r="C614" s="72" t="s">
         <v>1254</v>
       </c>
-      <c r="C611" s="72" t="s">
+      <c r="D614" s="33">
+        <v>46141</v>
+      </c>
+    </row>
+    <row r="615" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A615" s="16" t="s">
         <v>1255</v>
       </c>
-      <c r="D611" s="38">
-[...4 lines deleted...]
-      <c r="A612" s="15" t="s">
+      <c r="B615" s="24" t="s">
         <v>1256</v>
       </c>
-      <c r="B612" s="30" t="s">
-[...10 lines deleted...]
-      <c r="A613" s="15" t="s">
+      <c r="C615" s="72" t="s">
         <v>1257</v>
       </c>
-      <c r="B613" s="30" t="s">
+      <c r="D615" s="33">
+        <v>46140</v>
+      </c>
+    </row>
+    <row r="616" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A616" s="15" t="s">
         <v>1258</v>
       </c>
-      <c r="C613" s="72" t="s">
+      <c r="B616" s="30" t="s">
         <v>1259</v>
       </c>
-      <c r="D613" s="38">
-[...4 lines deleted...]
-      <c r="A614" s="15" t="s">
+      <c r="C616" s="72" t="s">
         <v>1260</v>
       </c>
-      <c r="B614" s="30" t="s">
+      <c r="D616" s="33">
+        <v>46144</v>
+      </c>
+    </row>
+    <row r="617" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A617" s="15" t="s">
         <v>1261</v>
       </c>
-      <c r="C614" s="72" t="s">
+      <c r="B617" s="30" t="s">
         <v>1262</v>
       </c>
-      <c r="D614" s="33">
-[...4 lines deleted...]
-      <c r="A615" s="15" t="s">
+      <c r="C617" s="72" t="s">
+        <v>2148</v>
+      </c>
+      <c r="D617" s="33">
+        <v>46144</v>
+      </c>
+    </row>
+    <row r="618" spans="1:4" ht="142.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A618" s="15" t="s">
         <v>1263</v>
       </c>
-      <c r="B615" s="30" t="s">
+      <c r="B618" s="24" t="s">
         <v>1264</v>
       </c>
-      <c r="C615" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A616" s="14" t="s">
+      <c r="C618" s="72" t="s">
+        <v>2149</v>
+      </c>
+      <c r="D618" s="38">
+        <v>46147</v>
+      </c>
+    </row>
+    <row r="619" spans="1:4" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A619" s="21" t="s">
         <v>1265</v>
       </c>
-      <c r="B616" s="25" t="s">
+      <c r="B619" s="24" t="s">
         <v>1266</v>
       </c>
-      <c r="C616" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A617" s="13" t="s">
+      <c r="C619" s="72" t="s">
         <v>1267</v>
       </c>
-      <c r="B617" s="24" t="s">
+      <c r="D619" s="33">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="620" spans="1:4" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A620" s="15" t="s">
         <v>1268</v>
       </c>
-      <c r="C617" s="72" t="s">
+      <c r="B620" s="30" t="s">
         <v>1269</v>
       </c>
-      <c r="D617" s="33">
-[...4 lines deleted...]
-      <c r="A618" s="15" t="s">
+      <c r="C620" s="72" t="s">
+        <v>2150</v>
+      </c>
+      <c r="D620" s="33">
+        <v>46153</v>
+      </c>
+    </row>
+    <row r="621" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A621" s="15" t="s">
         <v>1270</v>
       </c>
-      <c r="B618" s="24" t="s">
+      <c r="B621" s="35" t="s">
         <v>1271</v>
       </c>
-      <c r="C618" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B619" s="30" t="s">
+      <c r="C621" s="72" t="s">
         <v>1272</v>
       </c>
-      <c r="C619" s="72" t="s">
+      <c r="D621" s="33">
+        <v>46159</v>
+      </c>
+    </row>
+    <row r="622" spans="1:4" ht="173.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A622" s="15" t="s">
         <v>1273</v>
       </c>
-      <c r="D619" s="33">
-[...4 lines deleted...]
-      <c r="A620" s="16" t="s">
+      <c r="B622" s="30" t="s">
         <v>1274</v>
       </c>
-      <c r="B620" s="24" t="s">
-[...2 lines deleted...]
-      <c r="C620" s="72" t="s">
+      <c r="C622" s="72" t="s">
+        <v>2151</v>
+      </c>
+      <c r="D622" s="33">
+        <v>46165</v>
+      </c>
+    </row>
+    <row r="623" spans="1:4" ht="255" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A623" s="13" t="s">
+        <v>2695</v>
+      </c>
+      <c r="B623" s="24" t="s">
         <v>1275</v>
       </c>
-      <c r="D620" s="33">
-[...18 lines deleted...]
-      <c r="A622" s="16" t="s">
+      <c r="C623" s="72" t="s">
+        <v>2152</v>
+      </c>
+      <c r="D623" s="33">
+        <v>46129</v>
+      </c>
+    </row>
+    <row r="624" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A624" s="15" t="s">
         <v>1276</v>
       </c>
-      <c r="B622" s="24" t="s">
+      <c r="B624" s="24" t="s">
         <v>1277</v>
       </c>
-      <c r="C622" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A623" s="15" t="s">
+      <c r="C624" s="72" t="s">
         <v>1278</v>
       </c>
-      <c r="B623" s="30" t="s">
+      <c r="D624" s="33">
+        <v>46165</v>
+      </c>
+    </row>
+    <row r="625" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A625" s="15" t="s">
         <v>1279</v>
       </c>
-      <c r="C623" s="72" t="s">
+      <c r="B625" s="24" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C625" s="72" t="s">
+        <v>2153</v>
+      </c>
+      <c r="D625" s="33">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="626" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A626" s="15" t="s">
         <v>1280</v>
       </c>
-      <c r="D623" s="33">
-[...7 lines deleted...]
-      <c r="B624" s="25" t="s">
+      <c r="B626" s="24" t="s">
         <v>1281</v>
       </c>
-      <c r="C624" s="72" t="s">
+      <c r="C626" s="72" t="s">
+        <v>2154</v>
+      </c>
+      <c r="D626" s="33">
+        <v>46174</v>
+      </c>
+    </row>
+    <row r="627" spans="1:4" ht="242.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A627" s="16" t="s">
         <v>1282</v>
       </c>
-      <c r="D624" s="38">
-[...4 lines deleted...]
-      <c r="A625" s="15" t="s">
+      <c r="B627" s="30" t="s">
         <v>1283</v>
       </c>
-      <c r="B625" s="24" t="s">
+      <c r="C627" s="72" t="s">
         <v>1284</v>
       </c>
-      <c r="C625" s="72" t="s">
+      <c r="D627" s="38">
+        <v>46175</v>
+      </c>
+    </row>
+    <row r="628" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A628" s="15" t="s">
+        <v>666</v>
+      </c>
+      <c r="B628" s="24" t="s">
+        <v>111</v>
+      </c>
+      <c r="C628" s="72" t="s">
+        <v>667</v>
+      </c>
+      <c r="D628" s="38">
+        <v>46226</v>
+      </c>
+    </row>
+    <row r="629" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A629" s="15" t="s">
         <v>1285</v>
       </c>
-      <c r="D625" s="33">
-[...4 lines deleted...]
-      <c r="A626" s="16" t="s">
+      <c r="B629" s="30" t="s">
         <v>1286</v>
       </c>
-      <c r="B626" s="24" t="s">
+      <c r="C629" s="72" t="s">
         <v>1287</v>
       </c>
-      <c r="C626" s="72" t="s">
+      <c r="D629" s="33">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="630" spans="1:4" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A630" s="15" t="s">
         <v>1288</v>
       </c>
-      <c r="D626" s="33">
-[...4 lines deleted...]
-      <c r="A627" s="15" t="s">
+      <c r="B630" s="24" t="s">
         <v>1289</v>
       </c>
-      <c r="B627" s="30" t="s">
+      <c r="C630" s="72" t="s">
+        <v>2155</v>
+      </c>
+      <c r="D630" s="38">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="631" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A631" s="15" t="s">
         <v>1290</v>
       </c>
-      <c r="C627" s="72" t="s">
+      <c r="B631" s="24" t="s">
         <v>1291</v>
       </c>
-      <c r="D627" s="33">
-[...4 lines deleted...]
-      <c r="A628" s="15" t="s">
+      <c r="C631" s="72" t="s">
+        <v>3476</v>
+      </c>
+      <c r="D631" s="33">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="632" spans="1:4" ht="148.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A632" s="15" t="s">
+        <v>2387</v>
+      </c>
+      <c r="B632" s="30" t="s">
         <v>1292</v>
       </c>
-      <c r="B628" s="30" t="s">
+      <c r="C632" s="72" t="s">
         <v>1293</v>
       </c>
-      <c r="C628" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A629" s="15" t="s">
+      <c r="D632" s="33">
+        <v>46196</v>
+      </c>
+    </row>
+    <row r="633" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A633" s="15" t="s">
         <v>1294</v>
       </c>
-      <c r="B629" s="24" t="s">
+      <c r="B633" s="30" t="s">
         <v>1295</v>
       </c>
-      <c r="C629" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A630" s="21" t="s">
+      <c r="C633" s="72" t="s">
+        <v>2156</v>
+      </c>
+      <c r="D633" s="33">
+        <v>46202</v>
+      </c>
+    </row>
+    <row r="634" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A634" s="15" t="s">
+        <v>2388</v>
+      </c>
+      <c r="B634" s="24" t="s">
         <v>1296</v>
       </c>
-      <c r="B630" s="24" t="s">
-[...57 lines deleted...]
-      </c>
       <c r="C634" s="72" t="s">
-        <v>2210</v>
+        <v>3477</v>
       </c>
       <c r="D634" s="33">
-        <v>46129</v>
+        <v>46264</v>
       </c>
     </row>
     <row r="635" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A635" s="15" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B635" s="25" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C635" s="72" t="s">
+        <v>2157</v>
+      </c>
+      <c r="D635" s="38">
+        <v>46202</v>
+      </c>
+    </row>
+    <row r="636" spans="1:4" ht="167.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A636" s="13" t="s">
+        <v>1836</v>
+      </c>
+      <c r="B636" s="24" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C636" s="72" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D636" s="38">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="637" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A637" s="15" t="s">
+        <v>2546</v>
+      </c>
+      <c r="B637" s="30" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C637" s="72" t="s">
+        <v>2158</v>
+      </c>
+      <c r="D637" s="38">
+        <v>46199</v>
+      </c>
+    </row>
+    <row r="638" spans="1:4" ht="93" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A638" s="16" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B638" s="24" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C638" s="72" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D638" s="33">
+        <v>46202</v>
+      </c>
+    </row>
+    <row r="639" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A639" s="15" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B639" s="34" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C639" s="72" t="s">
         <v>1307</v>
       </c>
-      <c r="B635" s="24" t="s">
+      <c r="D639" s="38">
+        <v>46209</v>
+      </c>
+    </row>
+    <row r="640" spans="1:4" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A640" s="15" t="s">
         <v>1308</v>
       </c>
-      <c r="C635" s="72" t="s">
+      <c r="B640" s="30" t="s">
         <v>1309</v>
       </c>
-      <c r="D635" s="33">
-[...4 lines deleted...]
-      <c r="A636" s="15" t="s">
+      <c r="C640" s="72" t="s">
         <v>1310</v>
       </c>
-      <c r="B636" s="24" t="s">
-[...10 lines deleted...]
-      <c r="A637" s="15" t="s">
+      <c r="D640" s="33">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="641" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A641" s="15" t="s">
         <v>1311</v>
       </c>
-      <c r="B637" s="24" t="s">
+      <c r="B641" s="24" t="s">
         <v>1312</v>
       </c>
-      <c r="C637" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A638" s="16" t="s">
+      <c r="C641" s="72" t="s">
         <v>1313</v>
       </c>
-      <c r="B638" s="30" t="s">
+      <c r="D641" s="38">
+        <v>46200</v>
+      </c>
+    </row>
+    <row r="642" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A642" s="15" t="s">
         <v>1314</v>
       </c>
-      <c r="C638" s="72" t="s">
+      <c r="B642" s="24" t="s">
         <v>1315</v>
       </c>
-      <c r="D638" s="38">
-[...13 lines deleted...]
-      <c r="D639" s="38">
+      <c r="C642" s="72" t="s">
+        <v>53</v>
+      </c>
+      <c r="D642" s="38">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="643" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A643" s="15" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B643" s="30" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C643" s="72" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D643" s="33">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="644" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A644" s="15" t="s">
+        <v>2521</v>
+      </c>
+      <c r="B644" s="30" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C644" s="72" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D644" s="33">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="645" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A645" s="15" t="s">
+        <v>2998</v>
+      </c>
+      <c r="B645" s="34" t="s">
+        <v>2999</v>
+      </c>
+      <c r="C645" s="72" t="s">
+        <v>90</v>
+      </c>
+      <c r="D645" s="33">
+        <v>46198</v>
+      </c>
+    </row>
+    <row r="646" spans="1:4" ht="250.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A646" s="16" t="s">
+        <v>3052</v>
+      </c>
+      <c r="B646" s="24" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C646" s="72" t="s">
+        <v>2159</v>
+      </c>
+      <c r="D646" s="49">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="647" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A647" s="53" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B647" s="25" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C647" s="72" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D647" s="54">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="648" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A648" s="15" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B648" s="72" t="s">
+        <v>2589</v>
+      </c>
+      <c r="C648" s="72" t="s">
+        <v>2161</v>
+      </c>
+      <c r="D648" s="33">
+        <v>46064</v>
+      </c>
+    </row>
+    <row r="649" spans="1:4" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A649" s="15" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B649" s="30" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C649" s="72" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D649" s="38">
+        <v>46250</v>
+      </c>
+    </row>
+    <row r="650" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A650" s="15" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B650" s="30" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C650" s="72" t="s">
+        <v>2162</v>
+      </c>
+      <c r="D650" s="38">
+        <v>46349</v>
+      </c>
+    </row>
+    <row r="651" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A651" s="15" t="s">
+        <v>2337</v>
+      </c>
+      <c r="B651" s="24" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C651" s="72" t="s">
+        <v>492</v>
+      </c>
+      <c r="D651" s="33">
         <v>46226</v>
       </c>
     </row>
-    <row r="640" spans="1:4" x14ac:dyDescent="0.25">
-[...87 lines deleted...]
-      <c r="B646" s="25" t="s">
+    <row r="652" spans="1:4" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A652" s="15" t="s">
         <v>1329</v>
       </c>
-      <c r="C646" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B647" s="24" t="s">
+      <c r="B652" s="25" t="s">
+        <v>3290</v>
+      </c>
+      <c r="C652" s="72" t="s">
+        <v>191</v>
+      </c>
+      <c r="D652" s="38">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="653" spans="1:4" ht="268.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A653" s="15" t="s">
         <v>1330</v>
       </c>
-      <c r="C647" s="72" t="s">
+      <c r="B653" s="24" t="s">
         <v>1331</v>
       </c>
-      <c r="D647" s="38">
-[...79 lines deleted...]
-      </c>
       <c r="C653" s="72" t="s">
-        <v>53</v>
+        <v>3478</v>
       </c>
       <c r="D653" s="38">
-        <v>46211</v>
+        <v>46266</v>
       </c>
     </row>
     <row r="654" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A654" s="15" t="s">
+        <v>3237</v>
+      </c>
+      <c r="B654" s="30" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C654" s="72" t="s">
+        <v>2163</v>
+      </c>
+      <c r="D654" s="38">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="655" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A655" s="15" t="s">
+        <v>2535</v>
+      </c>
+      <c r="B655" s="24" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C655" s="72" t="s">
+        <v>642</v>
+      </c>
+      <c r="D655" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="656" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A656" s="15" t="s">
+        <v>2536</v>
+      </c>
+      <c r="B656" s="24" t="s">
+        <v>2537</v>
+      </c>
+      <c r="C656" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D656" s="33">
+        <v>46048</v>
+      </c>
+    </row>
+    <row r="657" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A657" s="13" t="s">
+        <v>3274</v>
+      </c>
+      <c r="B657" s="24" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C657" s="72" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D657" s="33">
+        <v>46281</v>
+      </c>
+    </row>
+    <row r="658" spans="1:4" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A658" s="15" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B658" s="24" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C658" s="72" t="s">
+        <v>3479</v>
+      </c>
+      <c r="D658" s="38">
+        <v>46282</v>
+      </c>
+    </row>
+    <row r="659" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A659" s="15" t="s">
+        <v>3257</v>
+      </c>
+      <c r="B659" s="24" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C659" s="72" t="s">
+        <v>2164</v>
+      </c>
+      <c r="D659" s="38">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="660" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A660" s="15" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B660" s="30" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C660" s="72" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D660" s="38">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="661" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A661" s="15" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B661" s="30" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C661" s="72" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D661" s="38">
+        <v>46292</v>
+      </c>
+    </row>
+    <row r="662" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A662" s="15" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B662" s="30" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C662" s="72" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D662" s="38">
+        <v>46331</v>
+      </c>
+    </row>
+    <row r="663" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A663" s="15" t="s">
         <v>1348</v>
       </c>
-      <c r="B654" s="30" t="s">
+      <c r="B663" s="30" t="s">
         <v>1349</v>
       </c>
-      <c r="C654" s="72" t="s">
+      <c r="C663" s="72" t="s">
+        <v>2165</v>
+      </c>
+      <c r="D663" s="33">
+        <v>46299</v>
+      </c>
+    </row>
+    <row r="664" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A664" s="13" t="s">
         <v>1350</v>
       </c>
-      <c r="D654" s="33">
-[...7 lines deleted...]
-      <c r="B655" s="30" t="s">
+      <c r="B664" s="24" t="s">
         <v>1351</v>
       </c>
-      <c r="C655" s="72" t="s">
+      <c r="C664" s="72" t="s">
         <v>1352</v>
       </c>
-      <c r="D655" s="33">
-[...124 lines deleted...]
-      </c>
       <c r="D664" s="38">
-        <v>46266</v>
+        <v>46302</v>
       </c>
     </row>
     <row r="665" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A665" s="15" t="s">
-        <v>3337</v>
+        <v>1353</v>
       </c>
       <c r="B665" s="30" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C665" s="72" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D665" s="33">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="666" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A666" s="13" t="s">
+        <v>1356</v>
+      </c>
+      <c r="B666" s="72" t="s">
+        <v>3315</v>
+      </c>
+      <c r="C666" s="72" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D666" s="33">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="667" spans="1:4" ht="106.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A667" s="16" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B667" s="24" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C667" s="72" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D667" s="33">
+        <v>46100</v>
+      </c>
+    </row>
+    <row r="668" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A668" s="15" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B668" s="24" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C668" s="72" t="s">
+        <v>90</v>
+      </c>
+      <c r="D668" s="38">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="669" spans="1:4" ht="183.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A669" s="13" t="s">
+        <v>2313</v>
+      </c>
+      <c r="B669" s="24" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C669" s="72" t="s">
+        <v>2166</v>
+      </c>
+      <c r="D669" s="33">
+        <v>45995</v>
+      </c>
+    </row>
+    <row r="670" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A670" s="15" t="s">
         <v>1363</v>
       </c>
-      <c r="C665" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B666" s="24" t="s">
+      <c r="B670" s="24" t="s">
         <v>1364</v>
       </c>
-      <c r="C666" s="72" t="s">
-[...24 lines deleted...]
-      <c r="B668" s="24" t="s">
+      <c r="C670" s="72" t="s">
         <v>1365</v>
       </c>
-      <c r="C668" s="72" t="s">
+      <c r="D670" s="33">
+        <v>46321</v>
+      </c>
+    </row>
+    <row r="671" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A671" s="15" t="s">
         <v>1366</v>
       </c>
-      <c r="D668" s="33">
-[...4 lines deleted...]
-      <c r="A669" s="15" t="s">
+      <c r="B671" s="30" t="s">
         <v>1367</v>
       </c>
-      <c r="B669" s="24" t="s">
+      <c r="C671" s="72" t="s">
+        <v>2167</v>
+      </c>
+      <c r="D671" s="33">
+        <v>46320</v>
+      </c>
+    </row>
+    <row r="672" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A672" s="15" t="s">
         <v>1368</v>
       </c>
-      <c r="C669" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B670" s="24" t="s">
+      <c r="B672" s="35" t="s">
         <v>1369</v>
       </c>
-      <c r="C670" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A671" s="15" t="s">
+      <c r="C672" s="72" t="s">
+        <v>2168</v>
+      </c>
+      <c r="D672" s="33">
+        <v>46314</v>
+      </c>
+    </row>
+    <row r="673" spans="1:4" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A673" s="15" t="s">
         <v>1370</v>
       </c>
-      <c r="B671" s="30" t="s">
+      <c r="B673" s="24" t="s">
         <v>1371</v>
       </c>
-      <c r="C671" s="72" t="s">
+      <c r="C673" s="72" t="s">
         <v>1372</v>
       </c>
-      <c r="D671" s="38">
-[...4 lines deleted...]
-      <c r="A672" s="15" t="s">
+      <c r="D673" s="49">
+        <v>46323</v>
+      </c>
+    </row>
+    <row r="674" spans="1:4" ht="299.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A674" s="16" t="s">
         <v>1373</v>
       </c>
-      <c r="B672" s="30" t="s">
+      <c r="B674" s="25" t="s">
         <v>1374</v>
       </c>
-      <c r="C672" s="72" t="s">
+      <c r="C674" s="72" t="s">
         <v>1375</v>
       </c>
-      <c r="D672" s="38">
-[...4 lines deleted...]
-      <c r="A673" s="15" t="s">
+      <c r="D674" s="38">
+        <v>46118</v>
+      </c>
+    </row>
+    <row r="675" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A675" s="15" t="s">
         <v>1376</v>
       </c>
-      <c r="B673" s="30" t="s">
-[...2 lines deleted...]
-      <c r="C673" s="72" t="s">
+      <c r="B675" s="24" t="s">
+        <v>823</v>
+      </c>
+      <c r="C675" s="72" t="s">
+        <v>824</v>
+      </c>
+      <c r="D675" s="38">
+        <v>46280</v>
+      </c>
+    </row>
+    <row r="676" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A676" s="15" t="s">
+        <v>2299</v>
+      </c>
+      <c r="B676" s="30" t="s">
         <v>1378</v>
       </c>
-      <c r="D673" s="38">
-[...4 lines deleted...]
-      <c r="A674" s="15" t="s">
+      <c r="C676" s="72" t="s">
         <v>1379</v>
       </c>
-      <c r="B674" s="30" t="s">
+      <c r="D676" s="38">
+        <v>46350</v>
+      </c>
+    </row>
+    <row r="677" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A677" s="15" t="s">
+        <v>2298</v>
+      </c>
+      <c r="B677" s="30" t="s">
         <v>1380</v>
       </c>
-      <c r="C674" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A675" s="13" t="s">
+      <c r="C677" s="72" t="s">
+        <v>3480</v>
+      </c>
+      <c r="D677" s="38">
+        <v>46347</v>
+      </c>
+    </row>
+    <row r="678" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A678" s="15" t="s">
+        <v>2301</v>
+      </c>
+      <c r="B678" s="30" t="s">
         <v>1381</v>
       </c>
-      <c r="B675" s="24" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="C678" s="72" t="s">
-        <v>1391</v>
-[...2 lines deleted...]
-        <v>46100</v>
+        <v>2169</v>
+      </c>
+      <c r="D678" s="38">
+        <v>46348</v>
       </c>
     </row>
     <row r="679" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A679" s="15" t="s">
-        <v>1392</v>
-[...2 lines deleted...]
-        <v>1393</v>
+        <v>1382</v>
+      </c>
+      <c r="B679" s="30" t="s">
+        <v>1383</v>
       </c>
       <c r="C679" s="72" t="s">
-        <v>90</v>
+        <v>3481</v>
       </c>
       <c r="D679" s="38">
-        <v>46241</v>
-[...7 lines deleted...]
-        <v>1347</v>
+        <v>46348</v>
+      </c>
+    </row>
+    <row r="680" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A680" s="15" t="s">
+        <v>3226</v>
+      </c>
+      <c r="B680" s="30" t="s">
+        <v>1384</v>
       </c>
       <c r="C680" s="72" t="s">
-        <v>2224</v>
-[...5 lines deleted...]
-    <row r="681" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+        <v>3586</v>
+      </c>
+      <c r="D680" s="38">
+        <v>45984</v>
+      </c>
+    </row>
+    <row r="681" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A681" s="15" t="s">
-        <v>1394</v>
-[...2 lines deleted...]
-        <v>1395</v>
+        <v>1385</v>
+      </c>
+      <c r="B681" s="30" t="s">
+        <v>1386</v>
       </c>
       <c r="C681" s="72" t="s">
-        <v>1396</v>
-[...5 lines deleted...]
-    <row r="682" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+        <v>1387</v>
+      </c>
+      <c r="D681" s="38">
+        <v>46349</v>
+      </c>
+    </row>
+    <row r="682" spans="1:4" ht="258.75" x14ac:dyDescent="0.25">
       <c r="A682" s="15" t="s">
-        <v>1397</v>
+        <v>2300</v>
       </c>
       <c r="B682" s="30" t="s">
-        <v>1398</v>
+        <v>2336</v>
       </c>
       <c r="C682" s="72" t="s">
-        <v>2225</v>
-[...5 lines deleted...]
-    <row r="683" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+        <v>2170</v>
+      </c>
+      <c r="D682" s="38">
+        <v>46345</v>
+      </c>
+    </row>
+    <row r="683" spans="1:4" ht="90" x14ac:dyDescent="0.25">
       <c r="A683" s="15" t="s">
-        <v>1399</v>
-[...2 lines deleted...]
-        <v>1400</v>
+        <v>3401</v>
+      </c>
+      <c r="B683" s="30" t="s">
+        <v>1388</v>
       </c>
       <c r="C683" s="72" t="s">
-        <v>2226</v>
-[...5 lines deleted...]
-    <row r="684" spans="1:4" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>3482</v>
+      </c>
+      <c r="D683" s="38">
+        <v>46349</v>
+      </c>
+    </row>
+    <row r="684" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A684" s="15" t="s">
-        <v>1401</v>
-[...2 lines deleted...]
-        <v>1402</v>
+        <v>2290</v>
+      </c>
+      <c r="B684" s="30" t="s">
+        <v>1389</v>
       </c>
       <c r="C684" s="72" t="s">
-        <v>1403</v>
-[...10 lines deleted...]
-        <v>1405</v>
+        <v>2171</v>
+      </c>
+      <c r="D684" s="38">
+        <v>46351</v>
+      </c>
+    </row>
+    <row r="685" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A685" s="15" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B685" s="30" t="s">
+        <v>1391</v>
       </c>
       <c r="C685" s="72" t="s">
-        <v>1406</v>
+        <v>2172</v>
       </c>
       <c r="D685" s="38">
-        <v>46118</v>
+        <v>45986</v>
       </c>
     </row>
     <row r="686" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A686" s="15" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B686" s="30" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C686" s="72" t="s">
+        <v>1394</v>
+      </c>
+      <c r="D686" s="38">
+        <v>45989</v>
+      </c>
+    </row>
+    <row r="687" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A687" s="15" t="s">
+        <v>2291</v>
+      </c>
+      <c r="B687" s="24" t="s">
+        <v>1395</v>
+      </c>
+      <c r="C687" s="72" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D687" s="38">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="688" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A688" s="15" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B688" s="30" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C688" s="72" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D688" s="33">
+        <v>46363</v>
+      </c>
+    </row>
+    <row r="689" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A689" s="15" t="s">
+        <v>2292</v>
+      </c>
+      <c r="B689" s="24" t="s">
+        <v>1845</v>
+      </c>
+      <c r="C689" s="72" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D689" s="33">
+        <v>46230</v>
+      </c>
+    </row>
+    <row r="690" spans="1:4" ht="90.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A690" s="13" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B690" s="25" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C690" s="72" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D690" s="33">
+        <v>46005</v>
+      </c>
+    </row>
+    <row r="691" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A691" s="15" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B691" s="24" t="s">
+        <v>111</v>
+      </c>
+      <c r="C691" s="72" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D691" s="33">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="692" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A692" s="15" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B692" s="30" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C692" s="72" t="s">
         <v>1407</v>
       </c>
-      <c r="B686" s="30" t="s">
+      <c r="D692" s="38">
+        <v>46010</v>
+      </c>
+    </row>
+    <row r="693" spans="1:4" ht="103.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A693" s="16" t="s">
+        <v>2304</v>
+      </c>
+      <c r="B693" s="30" t="s">
         <v>1408</v>
       </c>
-      <c r="C686" s="72" t="s">
+      <c r="C693" s="72" t="s">
+        <v>2173</v>
+      </c>
+      <c r="D693" s="38">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="694" spans="1:4" ht="96" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A694" s="45" t="s">
         <v>1409</v>
       </c>
-      <c r="D686" s="38">
-[...4 lines deleted...]
-      <c r="A687" s="15" t="s">
+      <c r="B694" s="32" t="s">
         <v>1410</v>
       </c>
-      <c r="B687" s="24" t="s">
-[...13 lines deleted...]
-      <c r="B688" s="30" t="s">
+      <c r="C694" s="72" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D694" s="48">
+        <v>46012</v>
+      </c>
+    </row>
+    <row r="695" spans="1:4" ht="143.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A695" s="15" t="s">
+        <v>2325</v>
+      </c>
+      <c r="B695" s="30" t="s">
         <v>1412</v>
       </c>
-      <c r="C688" s="72" t="s">
+      <c r="C695" s="72" t="s">
         <v>1413</v>
       </c>
-      <c r="D688" s="38">
-[...7 lines deleted...]
-      <c r="B689" s="30" t="s">
+      <c r="D695" s="38">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="696" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A696" s="13" t="s">
+        <v>2326</v>
+      </c>
+      <c r="B696" s="25" t="s">
         <v>1414</v>
       </c>
-      <c r="C689" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B690" s="30" t="s">
+      <c r="C696" s="72" t="s">
         <v>1415</v>
       </c>
-      <c r="C690" s="72" t="s">
-[...2 lines deleted...]
-      <c r="D690" s="38">
+      <c r="D696" s="38">
+        <v>46384</v>
+      </c>
+    </row>
+    <row r="697" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A697" s="15" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B697" s="24" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C697" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D697" s="33">
         <v>45983</v>
       </c>
     </row>
-    <row r="691" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-      <c r="B692" s="30" t="s">
+    <row r="698" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A698" s="13" t="s">
         <v>1418</v>
       </c>
-      <c r="C692" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A693" s="15" t="s">
+      <c r="B698" s="24" t="s">
         <v>1419</v>
       </c>
-      <c r="B693" s="30" t="s">
+      <c r="C698" s="72" t="s">
         <v>1420</v>
       </c>
-      <c r="C693" s="72" t="s">
+      <c r="D698" s="33">
+        <v>46035</v>
+      </c>
+    </row>
+    <row r="699" spans="1:4" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A699" s="15" t="s">
+        <v>2327</v>
+      </c>
+      <c r="B699" s="30" t="s">
         <v>1421</v>
       </c>
-      <c r="D693" s="38">
-[...79 lines deleted...]
-      </c>
       <c r="C699" s="72" t="s">
-        <v>1430</v>
-[...2 lines deleted...]
-        <v>45996</v>
+        <v>3483</v>
+      </c>
+      <c r="D699" s="33">
+        <v>46030</v>
       </c>
     </row>
     <row r="700" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A700" s="15" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B700" s="30" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C700" s="72" t="s">
+        <v>2174</v>
+      </c>
+      <c r="D700" s="33">
+        <v>46320</v>
+      </c>
+    </row>
+    <row r="701" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A701" s="15" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B701" s="24" t="s">
+        <v>1425</v>
+      </c>
+      <c r="C701" s="72" t="s">
+        <v>1426</v>
+      </c>
+      <c r="D701" s="33">
+        <v>46038</v>
+      </c>
+    </row>
+    <row r="702" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A702" s="15" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B702" s="30" t="s">
+        <v>1428</v>
+      </c>
+      <c r="C702" s="72" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D702" s="33">
+        <v>46038</v>
+      </c>
+    </row>
+    <row r="703" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A703" s="15" t="s">
+        <v>1430</v>
+      </c>
+      <c r="B703" s="24" t="s">
         <v>1431</v>
       </c>
-      <c r="B700" s="30" t="s">
+      <c r="C703" s="72" t="s">
+        <v>2175</v>
+      </c>
+      <c r="D703" s="33">
+        <v>46040</v>
+      </c>
+    </row>
+    <row r="704" spans="1:4" ht="146.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A704" s="15" t="s">
         <v>1432</v>
       </c>
-      <c r="C700" s="72" t="s">
+      <c r="B704" s="30" t="s">
         <v>1433</v>
       </c>
-      <c r="D700" s="33">
-[...18 lines deleted...]
-      <c r="A702" s="13" t="s">
+      <c r="C704" s="72" t="s">
         <v>1434</v>
       </c>
-      <c r="B702" s="25" t="s">
+      <c r="D704" s="38">
+        <v>46046</v>
+      </c>
+    </row>
+    <row r="705" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A705" s="15" t="s">
+        <v>3130</v>
+      </c>
+      <c r="B705" s="30" t="s">
         <v>1435</v>
       </c>
-      <c r="C702" s="72" t="s">
+      <c r="C705" s="72" t="s">
         <v>1436</v>
       </c>
-      <c r="D702" s="33">
-[...4 lines deleted...]
-      <c r="A703" s="15" t="s">
+      <c r="D705" s="38">
+        <v>46049</v>
+      </c>
+    </row>
+    <row r="706" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A706" s="15" t="s">
+        <v>2392</v>
+      </c>
+      <c r="B706" s="30" t="s">
         <v>1437</v>
       </c>
-      <c r="B703" s="24" t="s">
-[...2 lines deleted...]
-      <c r="C703" s="72" t="s">
+      <c r="C706" s="72" t="s">
         <v>1438</v>
       </c>
-      <c r="D703" s="33">
-[...4 lines deleted...]
-      <c r="A704" s="15" t="s">
+      <c r="D706" s="38">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="707" spans="1:4" ht="101.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A707" s="15" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B707" s="34" t="s">
+        <v>3070</v>
+      </c>
+      <c r="C707" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D707" s="33">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="708" spans="1:4" ht="165" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A708" s="20" t="s">
+        <v>2311</v>
+      </c>
+      <c r="B708" s="24" t="s">
         <v>1439</v>
       </c>
-      <c r="B704" s="30" t="s">
+      <c r="C708" s="72" t="s">
+        <v>543</v>
+      </c>
+      <c r="D708" s="33">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="709" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A709" s="15" t="s">
         <v>1440</v>
       </c>
-      <c r="C704" s="72" t="s">
+      <c r="B709" s="46" t="s">
         <v>1441</v>
       </c>
-      <c r="D704" s="38">
-[...7 lines deleted...]
-      <c r="B705" s="30" t="s">
+      <c r="C709" s="72" t="s">
+        <v>2176</v>
+      </c>
+      <c r="D709" s="38">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="710" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A710" s="15" t="s">
         <v>1442</v>
       </c>
-      <c r="C705" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A706" s="45" t="s">
+      <c r="B710" s="30" t="s">
         <v>1443</v>
       </c>
-      <c r="B706" s="32" t="s">
+      <c r="C710" s="72" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D710" s="38">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="711" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A711" s="15" t="s">
         <v>1444</v>
       </c>
-      <c r="C706" s="72" t="s">
+      <c r="B711" s="30" t="s">
         <v>1445</v>
       </c>
-      <c r="D706" s="48">
-[...65 lines deleted...]
-      </c>
       <c r="C711" s="72" t="s">
-        <v>3589</v>
-[...2 lines deleted...]
-        <v>46030</v>
+        <v>1429</v>
+      </c>
+      <c r="D711" s="38">
+        <v>46053</v>
       </c>
     </row>
     <row r="712" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A712" s="15" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B712" s="30" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C712" s="72" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D712" s="38">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="713" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A713" s="15" t="s">
+        <v>2289</v>
+      </c>
+      <c r="B713" s="30" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C713" s="72" t="s">
+        <v>1450</v>
+      </c>
+      <c r="D713" s="38">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="714" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A714" s="15" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B714" s="30" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C714" s="72" t="s">
+        <v>2177</v>
+      </c>
+      <c r="D714" s="38">
+        <v>46060</v>
+      </c>
+    </row>
+    <row r="715" spans="1:4" ht="196.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A715" s="15" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B715" s="30" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C715" s="72" t="s">
+        <v>143</v>
+      </c>
+      <c r="D715" s="38">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="716" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A716" s="15" t="s">
+        <v>2288</v>
+      </c>
+      <c r="B716" s="30" t="s">
+        <v>1455</v>
+      </c>
+      <c r="C716" s="72" t="s">
         <v>1456</v>
       </c>
-      <c r="B712" s="30" t="s">
+      <c r="D716" s="38">
+        <v>46003</v>
+      </c>
+    </row>
+    <row r="717" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A717" s="15" t="s">
+        <v>2460</v>
+      </c>
+      <c r="B717" s="30" t="s">
         <v>1457</v>
       </c>
-      <c r="C712" s="72" t="s">
-[...68 lines deleted...]
-      </c>
       <c r="C717" s="72" t="s">
-        <v>1470</v>
+        <v>1007</v>
       </c>
       <c r="D717" s="38">
-        <v>46049</v>
+        <v>46091</v>
       </c>
     </row>
     <row r="718" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A718" s="15" t="s">
-        <v>2471</v>
-[...2 lines deleted...]
-        <v>1471</v>
+        <v>1458</v>
+      </c>
+      <c r="B718" s="25" t="s">
+        <v>1459</v>
       </c>
       <c r="C718" s="72" t="s">
-        <v>1472</v>
+        <v>1460</v>
       </c>
       <c r="D718" s="38">
-        <v>46052</v>
-[...2 lines deleted...]
-    <row r="719" spans="1:4" ht="101.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>46090</v>
+      </c>
+    </row>
+    <row r="719" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A719" s="15" t="s">
-        <v>3164</v>
-[...2 lines deleted...]
-        <v>3165</v>
+        <v>1461</v>
+      </c>
+      <c r="B719" s="30" t="s">
+        <v>1462</v>
       </c>
       <c r="C719" s="72" t="s">
-        <v>35</v>
-[...10 lines deleted...]
-        <v>1473</v>
+        <v>26</v>
+      </c>
+      <c r="D719" s="38">
+        <v>46063</v>
+      </c>
+    </row>
+    <row r="720" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A720" s="15" t="s">
+        <v>2461</v>
+      </c>
+      <c r="B720" s="30" t="s">
+        <v>1463</v>
       </c>
       <c r="C720" s="72" t="s">
-        <v>553</v>
-[...5 lines deleted...]
-    <row r="721" spans="1:4" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="D720" s="38">
+        <v>46063</v>
+      </c>
+    </row>
+    <row r="721" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A721" s="15" t="s">
-        <v>1474</v>
-[...2 lines deleted...]
-        <v>1475</v>
+        <v>1464</v>
+      </c>
+      <c r="B721" s="30" t="s">
+        <v>1465</v>
       </c>
       <c r="C721" s="72" t="s">
-        <v>2235</v>
+        <v>2178</v>
       </c>
       <c r="D721" s="38">
-        <v>46053</v>
-[...2 lines deleted...]
-    <row r="722" spans="1:4" x14ac:dyDescent="0.25">
+        <v>46063</v>
+      </c>
+    </row>
+    <row r="722" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
       <c r="A722" s="15" t="s">
-        <v>1476</v>
+        <v>2462</v>
       </c>
       <c r="B722" s="30" t="s">
-        <v>1477</v>
+        <v>1466</v>
       </c>
       <c r="C722" s="72" t="s">
-        <v>1463</v>
+        <v>1467</v>
       </c>
       <c r="D722" s="38">
-        <v>46053</v>
-[...2 lines deleted...]
-    <row r="723" spans="1:4" x14ac:dyDescent="0.25">
+        <v>46070</v>
+      </c>
+    </row>
+    <row r="723" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A723" s="15" t="s">
-        <v>1478</v>
-[...2 lines deleted...]
-        <v>1479</v>
+        <v>1468</v>
+      </c>
+      <c r="B723" s="35" t="s">
+        <v>1469</v>
       </c>
       <c r="C723" s="72" t="s">
-        <v>1463</v>
+        <v>80</v>
       </c>
       <c r="D723" s="38">
-        <v>46053</v>
+        <v>46068</v>
       </c>
     </row>
     <row r="724" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A724" s="15" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B724" s="30" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C724" s="72" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D724" s="38">
+        <v>46097</v>
+      </c>
+    </row>
+    <row r="725" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A725" s="15" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B725" s="35" t="s">
+        <v>1472</v>
+      </c>
+      <c r="C725" s="72" t="s">
+        <v>80</v>
+      </c>
+      <c r="D725" s="38">
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="726" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A726" s="15" t="s">
+        <v>2347</v>
+      </c>
+      <c r="B726" s="30" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C726" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D726" s="38">
+        <v>46070</v>
+      </c>
+    </row>
+    <row r="727" spans="1:4" ht="198" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A727" s="14" t="s">
+        <v>2346</v>
+      </c>
+      <c r="B727" s="34" t="s">
+        <v>2602</v>
+      </c>
+      <c r="C727" s="72" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D727" s="33">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="728" spans="1:4" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A728" s="15" t="s">
+        <v>2644</v>
+      </c>
+      <c r="B728" s="30" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C728" s="72" t="s">
+        <v>3484</v>
+      </c>
+      <c r="D728" s="38">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="729" spans="1:4" ht="135" x14ac:dyDescent="0.25">
+      <c r="A729" s="15" t="s">
+        <v>2574</v>
+      </c>
+      <c r="B729" s="30" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C729" s="72" t="s">
+        <v>3485</v>
+      </c>
+      <c r="D729" s="38">
+        <v>46074</v>
+      </c>
+    </row>
+    <row r="730" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A730" s="15" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B730" s="30" t="s">
+        <v>3580</v>
+      </c>
+      <c r="C730" s="72" t="s">
+        <v>2179</v>
+      </c>
+      <c r="D730" s="38">
+        <v>46075</v>
+      </c>
+    </row>
+    <row r="731" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A731" s="15" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B731" s="25" t="s">
         <v>1480</v>
       </c>
-      <c r="B724" s="30" t="s">
+      <c r="C731" s="72" t="s">
         <v>1481</v>
       </c>
-      <c r="C724" s="72" t="s">
+      <c r="D731" s="38">
+        <v>46076</v>
+      </c>
+    </row>
+    <row r="732" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A732" s="15" t="s">
         <v>1482</v>
       </c>
-      <c r="D724" s="38">
-[...7 lines deleted...]
-      <c r="B725" s="30" t="s">
+      <c r="B732" s="24" t="s">
         <v>1483</v>
       </c>
-      <c r="C725" s="72" t="s">
+      <c r="C732" s="72" t="s">
+        <v>747</v>
+      </c>
+      <c r="D732" s="33">
+        <v>46075</v>
+      </c>
+    </row>
+    <row r="733" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A733" s="15" t="s">
         <v>1484</v>
       </c>
-      <c r="D725" s="38">
-[...4 lines deleted...]
-      <c r="A726" s="15" t="s">
+      <c r="B733" s="30" t="s">
         <v>1485</v>
       </c>
-      <c r="B726" s="30" t="s">
+      <c r="C733" s="72" t="s">
         <v>1486</v>
       </c>
-      <c r="C726" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A727" s="15" t="s">
+      <c r="D733" s="38">
+        <v>46076</v>
+      </c>
+    </row>
+    <row r="734" spans="1:4" ht="270" x14ac:dyDescent="0.25">
+      <c r="A734" s="13" t="s">
         <v>1487</v>
       </c>
-      <c r="B727" s="30" t="s">
+      <c r="B734" s="25" t="s">
         <v>1488</v>
       </c>
-      <c r="C727" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B728" s="30" t="s">
+      <c r="C734" s="72" t="s">
         <v>1489</v>
       </c>
-      <c r="C728" s="72" t="s">
-[...87 lines deleted...]
-        <v>46070</v>
+      <c r="D734" s="33">
+        <v>46081</v>
       </c>
     </row>
     <row r="735" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A735" s="15" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B735" s="30" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C735" s="72" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D735" s="38">
+        <v>46077</v>
+      </c>
+    </row>
+    <row r="736" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A736" s="15" t="s">
+        <v>1493</v>
+      </c>
+      <c r="B736" s="30" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C736" s="72" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D736" s="66">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="737" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A737" s="15" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B737" s="30" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C737" s="72" t="s">
+        <v>3486</v>
+      </c>
+      <c r="D737" s="38">
+        <v>46089</v>
+      </c>
+    </row>
+    <row r="738" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A738" s="15" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B738" s="25" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C738" s="72" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D738" s="38">
+        <v>46089</v>
+      </c>
+    </row>
+    <row r="739" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A739" s="15" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B739" s="30" t="s">
         <v>1502</v>
       </c>
-      <c r="B735" s="35" t="s">
+      <c r="C739" s="72" t="s">
+        <v>191</v>
+      </c>
+      <c r="D739" s="38">
+        <v>46090</v>
+      </c>
+    </row>
+    <row r="740" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A740" s="13" t="s">
         <v>1503</v>
       </c>
-      <c r="C735" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A736" s="15" t="s">
+      <c r="B740" s="24" t="s">
         <v>1504</v>
       </c>
-      <c r="B736" s="30" t="s">
-[...10 lines deleted...]
-      <c r="A737" s="15" t="s">
+      <c r="C740" s="72" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D740" s="33">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="741" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A741" s="15" t="s">
         <v>1505</v>
       </c>
-      <c r="B737" s="35" t="s">
+      <c r="B741" s="30" t="s">
         <v>1506</v>
       </c>
-      <c r="C737" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B738" s="30" t="s">
+      <c r="C741" s="72" t="s">
+        <v>3587</v>
+      </c>
+      <c r="D741" s="38">
+        <v>46140</v>
+      </c>
+    </row>
+    <row r="742" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A742" s="15" t="s">
         <v>1507</v>
       </c>
-      <c r="C738" s="72" t="s">
-[...13 lines deleted...]
-      <c r="C739" s="72" t="s">
+      <c r="B742" s="30" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C742" s="72" t="s">
         <v>1509</v>
       </c>
-      <c r="D739" s="33">
-[...7 lines deleted...]
-      <c r="B740" s="30" t="s">
+      <c r="D742" s="38">
+        <v>46141</v>
+      </c>
+    </row>
+    <row r="743" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A743" s="15" t="s">
         <v>1510</v>
       </c>
-      <c r="C740" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B741" s="30" t="s">
+      <c r="B743" s="30" t="s">
         <v>1511</v>
       </c>
-      <c r="C741" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A742" s="15" t="s">
+      <c r="C743" s="72" t="s">
         <v>1512</v>
       </c>
-      <c r="B742" s="30" t="s">
+      <c r="D743" s="38">
+        <v>46140</v>
+      </c>
+    </row>
+    <row r="744" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A744" s="15" t="s">
         <v>1513</v>
       </c>
-      <c r="C742" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A743" s="15" t="s">
+      <c r="B744" s="30" t="s">
         <v>1514</v>
       </c>
-      <c r="B743" s="25" t="s">
+      <c r="C744" s="72" t="s">
+        <v>2180</v>
+      </c>
+      <c r="D744" s="38">
+        <v>46145</v>
+      </c>
+    </row>
+    <row r="745" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A745" s="15" t="s">
         <v>1515</v>
       </c>
-      <c r="C743" s="72" t="s">
+      <c r="B745" s="30" t="s">
         <v>1516</v>
       </c>
-      <c r="D743" s="38">
-[...4 lines deleted...]
-      <c r="A744" s="15" t="s">
+      <c r="C745" s="72" t="s">
+        <v>2181</v>
+      </c>
+      <c r="D745" s="38">
+        <v>46151</v>
+      </c>
+    </row>
+    <row r="746" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A746" s="15" t="s">
         <v>1517</v>
       </c>
-      <c r="B744" s="24" t="s">
+      <c r="B746" s="30" t="s">
         <v>1518</v>
       </c>
-      <c r="C744" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A745" s="15" t="s">
+      <c r="C746" s="72" t="s">
         <v>1519</v>
       </c>
-      <c r="B745" s="30" t="s">
+      <c r="D746" s="38">
+        <v>46021</v>
+      </c>
+    </row>
+    <row r="747" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A747" s="15" t="s">
+        <v>2587</v>
+      </c>
+      <c r="B747" s="30" t="s">
         <v>1520</v>
       </c>
-      <c r="C745" s="72" t="s">
+      <c r="C747" s="72" t="s">
         <v>1521</v>
       </c>
-      <c r="D745" s="38">
-[...4 lines deleted...]
-      <c r="A746" s="13" t="s">
+      <c r="D747" s="38">
+        <v>46153</v>
+      </c>
+    </row>
+    <row r="748" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A748" s="15" t="s">
         <v>1522</v>
       </c>
-      <c r="B746" s="25" t="s">
+      <c r="B748" s="30" t="s">
+        <v>936</v>
+      </c>
+      <c r="C748" s="72" t="s">
+        <v>937</v>
+      </c>
+      <c r="D748" s="33">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="749" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A749" s="15" t="s">
+        <v>2588</v>
+      </c>
+      <c r="B749" s="30" t="s">
         <v>1523</v>
       </c>
-      <c r="C746" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A747" s="15" t="s">
+      <c r="C749" s="72" t="s">
+        <v>2182</v>
+      </c>
+      <c r="D749" s="38">
+        <v>46111</v>
+      </c>
+    </row>
+    <row r="750" spans="1:4" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A750" s="14" t="s">
         <v>1525</v>
       </c>
-      <c r="B747" s="30" t="s">
+      <c r="B750" s="24" t="s">
         <v>1526</v>
       </c>
-      <c r="C747" s="72" t="s">
+      <c r="C750" s="72" t="s">
         <v>1527</v>
       </c>
-      <c r="D747" s="38">
-[...4 lines deleted...]
-      <c r="A748" s="15" t="s">
+      <c r="D750" s="33">
+        <v>46168</v>
+      </c>
+    </row>
+    <row r="751" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A751" s="15" t="s">
+        <v>3141</v>
+      </c>
+      <c r="B751" s="24" t="s">
         <v>1528</v>
       </c>
-      <c r="B748" s="30" t="s">
+      <c r="C751" s="72" t="s">
+        <v>17</v>
+      </c>
+      <c r="D751" s="33">
+        <v>46240</v>
+      </c>
+    </row>
+    <row r="752" spans="1:4" ht="249" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A752" s="15" t="s">
+        <v>2293</v>
+      </c>
+      <c r="B752" s="30" t="s">
         <v>1529</v>
       </c>
-      <c r="C748" s="72" t="s">
-[...54 lines deleted...]
-      </c>
       <c r="C752" s="72" t="s">
-        <v>1509</v>
+        <v>2183</v>
       </c>
       <c r="D752" s="33">
-        <v>46094</v>
+        <v>46180</v>
       </c>
     </row>
     <row r="753" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
       <c r="A753" s="15" t="s">
-        <v>1540</v>
-[...2 lines deleted...]
-        <v>1541</v>
+        <v>1530</v>
+      </c>
+      <c r="B753" s="24" t="s">
+        <v>1531</v>
       </c>
       <c r="C753" s="72" t="s">
-        <v>2239</v>
-[...2 lines deleted...]
-        <v>46140</v>
+        <v>1532</v>
+      </c>
+      <c r="D753" s="33">
+        <v>46126</v>
       </c>
     </row>
     <row r="754" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A754" s="15" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B754" s="24" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C754" s="72" t="s">
+        <v>2184</v>
+      </c>
+      <c r="D754" s="33">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="755" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A755" s="15" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B755" s="30" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C755" s="72" t="s">
+        <v>2185</v>
+      </c>
+      <c r="D755" s="38">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="756" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A756" s="15" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B756" s="24" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C756" s="72" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D756" s="33">
+        <v>46144</v>
+      </c>
+    </row>
+    <row r="757" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A757" s="15" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B757" s="30" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C757" s="72" t="s">
         <v>1542</v>
       </c>
-      <c r="B754" s="30" t="s">
+      <c r="D757" s="33">
+        <v>46189</v>
+      </c>
+    </row>
+    <row r="758" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A758" s="15" t="s">
+        <v>3204</v>
+      </c>
+      <c r="B758" s="30" t="s">
         <v>1543</v>
       </c>
-      <c r="C754" s="72" t="s">
+      <c r="C758" s="72" t="s">
+        <v>2186</v>
+      </c>
+      <c r="D758" s="33">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="759" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A759" s="15" t="s">
+        <v>2500</v>
+      </c>
+      <c r="B759" s="25" t="s">
         <v>1544</v>
       </c>
-      <c r="D754" s="38">
-[...4 lines deleted...]
-      <c r="A755" s="15" t="s">
+      <c r="C759" s="72" t="s">
         <v>1545</v>
       </c>
-      <c r="B755" s="30" t="s">
-[...60 lines deleted...]
-      </c>
       <c r="D759" s="38">
-        <v>46153</v>
+        <v>46194</v>
       </c>
     </row>
     <row r="760" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
       <c r="A760" s="15" t="s">
+        <v>3138</v>
+      </c>
+      <c r="B760" s="30" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C760" s="72" t="s">
+        <v>2187</v>
+      </c>
+      <c r="D760" s="33">
+        <v>46194</v>
+      </c>
+    </row>
+    <row r="761" spans="1:4" ht="174" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A761" s="13" t="s">
+        <v>2499</v>
+      </c>
+      <c r="B761" s="24" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C761" s="72" t="s">
+        <v>1548</v>
+      </c>
+      <c r="D761" s="33">
+        <v>46195</v>
+      </c>
+    </row>
+    <row r="762" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A762" s="15" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B762" s="24" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C762" s="72" t="s">
+        <v>233</v>
+      </c>
+      <c r="D762" s="33">
+        <v>46196</v>
+      </c>
+    </row>
+    <row r="763" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A763" s="15" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B763" s="24" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C763" s="72" t="s">
+        <v>90</v>
+      </c>
+      <c r="D763" s="33">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="764" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A764" s="15" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B764" s="30" t="s">
+        <v>1554</v>
+      </c>
+      <c r="C764" s="72" t="s">
+        <v>2188</v>
+      </c>
+      <c r="D764" s="33">
+        <v>46197</v>
+      </c>
+    </row>
+    <row r="765" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A765" s="15" t="s">
+        <v>2960</v>
+      </c>
+      <c r="B765" s="30" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C765" s="72" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D765" s="33">
+        <v>46251</v>
+      </c>
+    </row>
+    <row r="766" spans="1:4" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A766" s="15" t="s">
         <v>1557</v>
       </c>
-      <c r="B760" s="30" t="s">
-[...13 lines deleted...]
-      <c r="B761" s="30" t="s">
+      <c r="B766" s="24" t="s">
+        <v>3045</v>
+      </c>
+      <c r="C766" s="72" t="s">
         <v>1558</v>
       </c>
-      <c r="C761" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A762" s="14" t="s">
+      <c r="D766" s="38">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="767" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A767" s="15" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B767" s="24" t="s">
+        <v>552</v>
+      </c>
+      <c r="C767" s="72" t="s">
+        <v>2189</v>
+      </c>
+      <c r="D767" s="38">
+        <v>46250</v>
+      </c>
+    </row>
+    <row r="768" spans="1:4" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A768" s="15" t="s">
         <v>1560</v>
       </c>
-      <c r="B762" s="24" t="s">
+      <c r="B768" s="24" t="s">
         <v>1561</v>
       </c>
-      <c r="C762" s="72" t="s">
+      <c r="C768" s="72" t="s">
+        <v>67</v>
+      </c>
+      <c r="D768" s="38">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="769" spans="1:4" ht="157.5" x14ac:dyDescent="0.25">
+      <c r="A769" s="15" t="s">
         <v>1562</v>
       </c>
-      <c r="D762" s="33">
-[...7 lines deleted...]
-      <c r="B763" s="24" t="s">
+      <c r="B769" s="30" t="s">
         <v>1563</v>
       </c>
-      <c r="C763" s="72" t="s">
-[...82 lines deleted...]
-      </c>
       <c r="C769" s="72" t="s">
-        <v>1577</v>
-[...2 lines deleted...]
-        <v>46189</v>
+        <v>1001</v>
+      </c>
+      <c r="D769" s="38">
+        <v>46216</v>
       </c>
     </row>
     <row r="770" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A770" s="15" t="s">
-        <v>3301</v>
+        <v>1564</v>
       </c>
       <c r="B770" s="30" t="s">
-        <v>1578</v>
+        <v>1565</v>
       </c>
       <c r="C770" s="72" t="s">
-        <v>2246</v>
-[...5 lines deleted...]
-    <row r="771" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+        <v>1566</v>
+      </c>
+      <c r="D770" s="38">
+        <v>46124</v>
+      </c>
+    </row>
+    <row r="771" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A771" s="15" t="s">
-        <v>2580</v>
-[...2 lines deleted...]
-        <v>1579</v>
+        <v>1567</v>
+      </c>
+      <c r="B771" s="24" t="s">
+        <v>1568</v>
       </c>
       <c r="C771" s="72" t="s">
-        <v>1580</v>
-[...10 lines deleted...]
-        <v>1581</v>
+        <v>1569</v>
+      </c>
+      <c r="D771" s="33">
+        <v>46220</v>
+      </c>
+    </row>
+    <row r="772" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A772" s="13" t="s">
+        <v>2959</v>
+      </c>
+      <c r="B772" s="25" t="s">
+        <v>1570</v>
       </c>
       <c r="C772" s="72" t="s">
-        <v>2247</v>
-[...7 lines deleted...]
-        <v>2579</v>
+        <v>2190</v>
+      </c>
+      <c r="D772" s="38">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="773" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A773" s="15" t="s">
+        <v>1571</v>
       </c>
       <c r="B773" s="24" t="s">
-        <v>1582</v>
+        <v>3063</v>
       </c>
       <c r="C773" s="72" t="s">
-        <v>1583</v>
-[...5 lines deleted...]
-    <row r="774" spans="1:4" x14ac:dyDescent="0.25">
+        <v>1572</v>
+      </c>
+      <c r="D773" s="38">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="774" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A774" s="15" t="s">
-        <v>1584</v>
-[...2 lines deleted...]
-        <v>1585</v>
+        <v>3077</v>
+      </c>
+      <c r="B774" s="30" t="s">
+        <v>3078</v>
       </c>
       <c r="C774" s="72" t="s">
-        <v>236</v>
-[...5 lines deleted...]
-    <row r="775" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+        <v>53</v>
+      </c>
+      <c r="D774" s="38">
+        <v>46219</v>
+      </c>
+    </row>
+    <row r="775" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
       <c r="A775" s="15" t="s">
-        <v>1586</v>
-[...2 lines deleted...]
-        <v>1587</v>
+        <v>2297</v>
+      </c>
+      <c r="B775" s="30" t="s">
+        <v>1573</v>
       </c>
       <c r="C775" s="72" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>46204</v>
+        <v>460</v>
+      </c>
+      <c r="D775" s="38">
+        <v>46230</v>
       </c>
     </row>
     <row r="776" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A776" s="15" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B776" s="30" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C776" s="72" t="s">
+        <v>460</v>
+      </c>
+      <c r="D776" s="38">
+        <v>46230</v>
+      </c>
+    </row>
+    <row r="777" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A777" s="15" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B777" s="30" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C777" s="72" t="s">
+        <v>2191</v>
+      </c>
+      <c r="D777" s="38">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="778" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A778" s="15" t="s">
+        <v>1578</v>
+      </c>
+      <c r="B778" s="30" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C778" s="72" t="s">
+        <v>2192</v>
+      </c>
+      <c r="D778" s="38">
+        <v>46231</v>
+      </c>
+    </row>
+    <row r="779" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A779" s="15" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B779" s="30" t="s">
+        <v>1582</v>
+      </c>
+      <c r="C779" s="72" t="s">
+        <v>1583</v>
+      </c>
+      <c r="D779" s="38">
+        <v>46231</v>
+      </c>
+    </row>
+    <row r="780" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A780" s="15" t="s">
+        <v>1584</v>
+      </c>
+      <c r="B780" s="30" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C780" s="72" t="s">
+        <v>2193</v>
+      </c>
+      <c r="D780" s="38">
+        <v>46234</v>
+      </c>
+    </row>
+    <row r="781" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A781" s="15" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B781" s="30" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C781" s="72" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D781" s="38">
+        <v>46238</v>
+      </c>
+    </row>
+    <row r="782" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A782" s="15" t="s">
+        <v>2328</v>
+      </c>
+      <c r="B782" s="30" t="s">
         <v>1588</v>
       </c>
-      <c r="B776" s="30" t="s">
+      <c r="C782" s="72" t="s">
+        <v>2194</v>
+      </c>
+      <c r="D782" s="38">
+        <v>46237</v>
+      </c>
+    </row>
+    <row r="783" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A783" s="15" t="s">
+        <v>2329</v>
+      </c>
+      <c r="B783" s="30" t="s">
         <v>1589</v>
       </c>
-      <c r="C776" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B777" s="30" t="s">
+      <c r="C783" s="72" t="s">
+        <v>191</v>
+      </c>
+      <c r="D783" s="38">
+        <v>46237</v>
+      </c>
+    </row>
+    <row r="784" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A784" s="15" t="s">
         <v>1590</v>
       </c>
-      <c r="C777" s="72" t="s">
+      <c r="B784" s="30" t="s">
         <v>1591</v>
       </c>
-      <c r="D777" s="33">
-[...4 lines deleted...]
-      <c r="A778" s="15" t="s">
+      <c r="C784" s="72" t="s">
         <v>1592</v>
       </c>
-      <c r="B778" s="24" t="s">
-[...2 lines deleted...]
-      <c r="C778" s="72" t="s">
+      <c r="D784" s="38">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="785" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A785" s="15" t="s">
+        <v>2591</v>
+      </c>
+      <c r="B785" s="30" t="s">
         <v>1593</v>
       </c>
-      <c r="D778" s="38">
-[...4 lines deleted...]
-      <c r="A779" s="15" t="s">
+      <c r="C785" s="72" t="s">
         <v>1594</v>
       </c>
-      <c r="B779" s="24" t="s">
-[...5 lines deleted...]
-      <c r="D779" s="38">
+      <c r="D785" s="38">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="786" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A786" s="15" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B786" s="30" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C786" s="72" t="s">
+        <v>2195</v>
+      </c>
+      <c r="D786" s="38">
         <v>46250</v>
       </c>
     </row>
-    <row r="780" spans="1:4" ht="123.75" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-      <c r="B781" s="30" t="s">
+    <row r="787" spans="1:4" ht="300.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A787" s="21" t="s">
+        <v>3225</v>
+      </c>
+      <c r="B787" s="24" t="s">
         <v>1598</v>
       </c>
-      <c r="C781" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A782" s="15" t="s">
+      <c r="C787" s="72" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D787" s="33">
+        <v>46071</v>
+      </c>
+    </row>
+    <row r="788" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A788" s="53" t="s">
+        <v>3131</v>
+      </c>
+      <c r="B788" s="30" t="s">
         <v>1599</v>
       </c>
-      <c r="B782" s="30" t="s">
+      <c r="C788" s="72" t="s">
+        <v>2196</v>
+      </c>
+      <c r="D788" s="54">
+        <v>46235</v>
+      </c>
+    </row>
+    <row r="789" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A789" s="53" t="s">
         <v>1600</v>
       </c>
-      <c r="C782" s="72" t="s">
+      <c r="B789" s="55" t="s">
         <v>1601</v>
       </c>
-      <c r="D782" s="38">
-[...4 lines deleted...]
-      <c r="A783" s="15" t="s">
+      <c r="C789" s="72" t="s">
+        <v>2197</v>
+      </c>
+      <c r="D789" s="38">
+        <v>46270</v>
+      </c>
+    </row>
+    <row r="790" spans="1:4" ht="170.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A790" s="14" t="s">
         <v>1602</v>
       </c>
-      <c r="B783" s="24" t="s">
+      <c r="B790" s="34" t="s">
+        <v>3159</v>
+      </c>
+      <c r="C790" s="72" t="s">
+        <v>2198</v>
+      </c>
+      <c r="D790" s="33">
+        <v>46242</v>
+      </c>
+    </row>
+    <row r="791" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A791" s="53" t="s">
         <v>1603</v>
       </c>
-      <c r="C783" s="72" t="s">
+      <c r="B791" s="30" t="s">
+        <v>3331</v>
+      </c>
+      <c r="C791" s="72" t="s">
+        <v>2199</v>
+      </c>
+      <c r="D791" s="38">
+        <v>46296</v>
+      </c>
+    </row>
+    <row r="792" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A792" s="15" t="s">
         <v>1604</v>
       </c>
-      <c r="D783" s="33">
-[...7 lines deleted...]
-      <c r="B784" s="25" t="s">
+      <c r="B792" s="24" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C792" s="72" t="s">
         <v>1605</v>
       </c>
-      <c r="C784" s="72" t="s">
-[...113 lines deleted...]
-      </c>
       <c r="D792" s="38">
-        <v>46234</v>
-[...2 lines deleted...]
-    <row r="793" spans="1:4" x14ac:dyDescent="0.25">
+        <v>46102</v>
+      </c>
+    </row>
+    <row r="793" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A793" s="15" t="s">
-        <v>1620</v>
-[...2 lines deleted...]
-        <v>1621</v>
+        <v>2369</v>
+      </c>
+      <c r="B793" s="24" t="s">
+        <v>1146</v>
       </c>
       <c r="C793" s="72" t="s">
-        <v>1622</v>
+        <v>1605</v>
       </c>
       <c r="D793" s="38">
-        <v>46238</v>
+        <v>46273</v>
       </c>
     </row>
     <row r="794" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
       <c r="A794" s="15" t="s">
-        <v>2403</v>
-[...1 lines deleted...]
-      <c r="B794" s="30" t="s">
+        <v>1606</v>
+      </c>
+      <c r="B794" s="24" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C794" s="72" t="s">
+        <v>2200</v>
+      </c>
+      <c r="D794" s="38">
+        <v>46273</v>
+      </c>
+    </row>
+    <row r="795" spans="1:4" ht="138.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A795" s="14" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B795" s="24" t="s">
+        <v>1607</v>
+      </c>
+      <c r="C795" s="72" t="s">
+        <v>1608</v>
+      </c>
+      <c r="D795" s="33">
+        <v>46237</v>
+      </c>
+    </row>
+    <row r="796" spans="1:4" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A796" s="53" t="s">
+        <v>2638</v>
+      </c>
+      <c r="B796" s="30" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C796" s="72" t="s">
+        <v>2201</v>
+      </c>
+      <c r="D796" s="38">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="797" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A797" s="53" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B797" s="25" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C797" s="72" t="s">
+        <v>2202</v>
+      </c>
+      <c r="D797" s="54">
+        <v>46286</v>
+      </c>
+    </row>
+    <row r="798" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A798" s="15" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B798" s="24" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C798" s="72" t="s">
+        <v>2203</v>
+      </c>
+      <c r="D798" s="38">
+        <v>46291</v>
+      </c>
+    </row>
+    <row r="799" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A799" s="53" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B799" s="30" t="s">
+        <v>1616</v>
+      </c>
+      <c r="C799" s="72" t="s">
+        <v>2204</v>
+      </c>
+      <c r="D799" s="33">
+        <v>46323</v>
+      </c>
+    </row>
+    <row r="800" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A800" s="53" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B800" s="35" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C800" s="72" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D800" s="54">
+        <v>46297</v>
+      </c>
+    </row>
+    <row r="801" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A801" s="53" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B801" s="30" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C801" s="72" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D801" s="54">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="802" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A802" s="13" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B802" s="24" t="s">
         <v>1623</v>
       </c>
-      <c r="C794" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B795" s="30" t="s">
+      <c r="C802" s="72" t="s">
         <v>1624</v>
       </c>
-      <c r="C795" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A796" s="15" t="s">
+      <c r="D802" s="33">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="803" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A803" s="56" t="s">
+        <v>2457</v>
+      </c>
+      <c r="B803" s="55" t="s">
+        <v>3317</v>
+      </c>
+      <c r="C803" s="72" t="s">
         <v>1625</v>
       </c>
-      <c r="B796" s="30" t="s">
+      <c r="D803" s="54">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="804" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A804" s="53" t="s">
         <v>1626</v>
       </c>
-      <c r="C796" s="72" t="s">
+      <c r="B804" s="30" t="s">
         <v>1627</v>
       </c>
-      <c r="D796" s="38">
-[...7 lines deleted...]
-      <c r="B797" s="30" t="s">
+      <c r="C804" s="72" t="s">
         <v>1628</v>
       </c>
-      <c r="C797" s="72" t="s">
+      <c r="D804" s="54">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="805" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A805" s="53" t="s">
+        <v>2458</v>
+      </c>
+      <c r="B805" s="30" t="s">
         <v>1629</v>
       </c>
-      <c r="D797" s="38">
-[...4 lines deleted...]
-      <c r="A798" s="15" t="s">
+      <c r="C805" s="72" t="s">
+        <v>2206</v>
+      </c>
+      <c r="D805" s="54">
+        <v>46320</v>
+      </c>
+    </row>
+    <row r="806" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A806" s="53" t="s">
         <v>1630</v>
       </c>
-      <c r="B798" s="30" t="s">
+      <c r="B806" s="30" t="s">
         <v>1631</v>
       </c>
-      <c r="C798" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B799" s="24" t="s">
+      <c r="C806" s="72" t="s">
+        <v>2207</v>
+      </c>
+      <c r="D806" s="54">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="807" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A807" s="15" t="s">
+        <v>2459</v>
+      </c>
+      <c r="B807" s="24" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C807" s="72" t="s">
+        <v>879</v>
+      </c>
+      <c r="D807" s="33">
+        <v>45994</v>
+      </c>
+    </row>
+    <row r="808" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A808" s="53" t="s">
         <v>1633</v>
       </c>
-      <c r="C799" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B800" s="30" t="s">
+      <c r="B808" s="30" t="s">
         <v>1634</v>
       </c>
-      <c r="C800" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A801" s="53" t="s">
+      <c r="C808" s="72" t="s">
+        <v>2208</v>
+      </c>
+      <c r="D808" s="54">
+        <v>46321</v>
+      </c>
+    </row>
+    <row r="809" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A809" s="58" t="s">
         <v>1635</v>
       </c>
-      <c r="B801" s="55" t="s">
+      <c r="B809" s="59" t="s">
         <v>1636</v>
       </c>
-      <c r="C801" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A802" s="14" t="s">
+      <c r="C809" s="72" t="s">
+        <v>2209</v>
+      </c>
+      <c r="D809" s="54">
+        <v>46322</v>
+      </c>
+    </row>
+    <row r="810" spans="1:4" ht="242.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A810" s="53" t="s">
+        <v>3193</v>
+      </c>
+      <c r="B810" s="55" t="s">
+        <v>3194</v>
+      </c>
+      <c r="C810" s="72" t="s">
         <v>1637</v>
       </c>
-      <c r="B802" s="34" t="s">
-[...10 lines deleted...]
-      <c r="A803" s="53" t="s">
+      <c r="D810" s="54">
+        <v>46039</v>
+      </c>
+    </row>
+    <row r="811" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A811" s="53" t="s">
         <v>1638</v>
       </c>
-      <c r="B803" s="30" t="s">
-[...10 lines deleted...]
-      <c r="A804" s="15" t="s">
+      <c r="B811" s="30" t="s">
         <v>1639</v>
       </c>
-      <c r="B804" s="24" t="s">
-[...2 lines deleted...]
-      <c r="C804" s="72" t="s">
+      <c r="C811" s="72" t="s">
         <v>1640</v>
       </c>
-      <c r="D804" s="38">
-[...18 lines deleted...]
-      <c r="A806" s="15" t="s">
+      <c r="D811" s="54">
+        <v>46340</v>
+      </c>
+    </row>
+    <row r="812" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A812" s="16" t="s">
         <v>1641</v>
       </c>
-      <c r="B806" s="24" t="s">
-[...13 lines deleted...]
-      <c r="B807" s="24" t="s">
+      <c r="B812" s="24" t="s">
         <v>1642</v>
       </c>
-      <c r="C807" s="72" t="s">
+      <c r="C812" s="72" t="s">
         <v>1643</v>
       </c>
-      <c r="D807" s="33">
-[...4 lines deleted...]
-      <c r="A808" s="53" t="s">
+      <c r="D812" s="57">
+        <v>46323</v>
+      </c>
+    </row>
+    <row r="813" spans="1:4" ht="213.75" x14ac:dyDescent="0.25">
+      <c r="A813" s="61" t="s">
+        <v>2317</v>
+      </c>
+      <c r="B813" s="24" t="s">
         <v>1644</v>
       </c>
-      <c r="B808" s="55" t="s">
+      <c r="C813" s="72" t="s">
+        <v>2210</v>
+      </c>
+      <c r="D813" s="57">
+        <v>46351</v>
+      </c>
+    </row>
+    <row r="814" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A814" s="15" t="s">
+        <v>2361</v>
+      </c>
+      <c r="B814" s="25" t="s">
+        <v>2360</v>
+      </c>
+      <c r="C814" s="91" t="s">
         <v>1645</v>
       </c>
-      <c r="C808" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B809" s="30" t="s">
+      <c r="D814" s="38">
+        <v>45988</v>
+      </c>
+    </row>
+    <row r="815" spans="1:4" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A815" s="20" t="s">
+        <v>2396</v>
+      </c>
+      <c r="B815" s="34" t="s">
+        <v>3173</v>
+      </c>
+      <c r="C815" s="72" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D815" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="816" spans="1:4" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A816" s="53" t="s">
+        <v>2395</v>
+      </c>
+      <c r="B816" s="30" t="s">
+        <v>1647</v>
+      </c>
+      <c r="C816" s="72" t="s">
+        <v>2211</v>
+      </c>
+      <c r="D816" s="54">
+        <v>45997</v>
+      </c>
+    </row>
+    <row r="817" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A817" s="53" t="s">
+        <v>2275</v>
+      </c>
+      <c r="B817" s="24" t="s">
         <v>1648</v>
       </c>
-      <c r="C809" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A810" s="53" t="s">
+      <c r="C817" s="72" t="s">
         <v>1649</v>
       </c>
-      <c r="B810" s="25" t="s">
-[...104 lines deleted...]
-        <v>46312</v>
+      <c r="D817" s="38">
+        <v>46006</v>
       </c>
     </row>
     <row r="818" spans="1:4" ht="45" x14ac:dyDescent="0.25">
       <c r="A818" s="53" t="s">
+        <v>1650</v>
+      </c>
+      <c r="B818" s="30" t="s">
+        <v>1651</v>
+      </c>
+      <c r="C818" s="72" t="s">
+        <v>2212</v>
+      </c>
+      <c r="D818" s="38">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="819" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A819" s="53" t="s">
+        <v>1652</v>
+      </c>
+      <c r="B819" s="30" t="s">
+        <v>1653</v>
+      </c>
+      <c r="C819" s="72" t="s">
+        <v>2213</v>
+      </c>
+      <c r="D819" s="38">
+        <v>46003</v>
+      </c>
+    </row>
+    <row r="820" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A820" s="53" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B820" s="30" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C820" s="72" t="s">
+        <v>2214</v>
+      </c>
+      <c r="D820" s="38">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="821" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A821" s="13" t="s">
+        <v>1656</v>
+      </c>
+      <c r="B821" s="24" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C821" s="72" t="s">
+        <v>1658</v>
+      </c>
+      <c r="D821" s="33">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="822" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A822" s="53" t="s">
+        <v>1659</v>
+      </c>
+      <c r="B822" s="30" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C822" s="72" t="s">
+        <v>2215</v>
+      </c>
+      <c r="D822" s="38">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="823" spans="1:4" ht="247.5" x14ac:dyDescent="0.25">
+      <c r="A823" s="53" t="s">
+        <v>2276</v>
+      </c>
+      <c r="B823" s="30" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C823" s="72" t="s">
+        <v>2216</v>
+      </c>
+      <c r="D823" s="38">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="824" spans="1:4" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A824" s="53" t="s">
+        <v>2438</v>
+      </c>
+      <c r="B824" s="34" t="s">
+        <v>2437</v>
+      </c>
+      <c r="C824" s="72" t="s">
+        <v>2217</v>
+      </c>
+      <c r="D824" s="38">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="825" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A825" s="53" t="s">
+        <v>2281</v>
+      </c>
+      <c r="B825" s="55" t="s">
+        <v>1662</v>
+      </c>
+      <c r="C825" s="72" t="s">
+        <v>17</v>
+      </c>
+      <c r="D825" s="38">
+        <v>46338</v>
+      </c>
+    </row>
+    <row r="826" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A826" s="53" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B826" s="30" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C826" s="72" t="s">
+        <v>3487</v>
+      </c>
+      <c r="D826" s="38">
+        <v>46011</v>
+      </c>
+    </row>
+    <row r="827" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A827" s="53" t="s">
         <v>1665</v>
       </c>
-      <c r="B818" s="30" t="s">
+      <c r="B827" s="30" t="s">
         <v>1666</v>
       </c>
-      <c r="C818" s="72" t="s">
+      <c r="C827" s="72" t="s">
+        <v>1637</v>
+      </c>
+      <c r="D827" s="38">
+        <v>46010</v>
+      </c>
+    </row>
+    <row r="828" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A828" s="53" t="s">
         <v>1667</v>
       </c>
-      <c r="D818" s="54">
-[...7 lines deleted...]
-      <c r="B819" s="30" t="s">
+      <c r="B828" s="30" t="s">
         <v>1668</v>
       </c>
-      <c r="C819" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A820" s="53" t="s">
+      <c r="C828" s="72" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D828" s="38">
+        <v>46010</v>
+      </c>
+    </row>
+    <row r="829" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A829" s="56" t="s">
         <v>1669</v>
       </c>
-      <c r="B820" s="30" t="s">
+      <c r="B829" s="55" t="s">
         <v>1670</v>
       </c>
-      <c r="C820" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B821" s="24" t="s">
+      <c r="C829" s="72" t="s">
         <v>1671</v>
       </c>
-      <c r="C821" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A822" s="53" t="s">
+      <c r="D829" s="57">
+        <v>46012</v>
+      </c>
+    </row>
+    <row r="830" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A830" s="13" t="s">
+        <v>2280</v>
+      </c>
+      <c r="B830" s="24" t="s">
         <v>1672</v>
       </c>
-      <c r="B822" s="30" t="s">
+      <c r="C830" s="72" t="s">
+        <v>2218</v>
+      </c>
+      <c r="D830" s="33">
+        <v>46011</v>
+      </c>
+    </row>
+    <row r="831" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A831" s="53" t="s">
         <v>1673</v>
       </c>
-      <c r="C822" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A823" s="58" t="s">
+      <c r="B831" s="30" t="s">
         <v>1674</v>
       </c>
-      <c r="B823" s="59" t="s">
+      <c r="C831" s="72" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D831" s="38">
+        <v>46019</v>
+      </c>
+    </row>
+    <row r="832" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A832" s="53" t="s">
         <v>1675</v>
       </c>
-      <c r="C823" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A824" s="53" t="s">
+      <c r="B832" s="30" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C832" s="72" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D832" s="38">
+        <v>46019</v>
+      </c>
+    </row>
+    <row r="833" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A833" s="53" t="s">
         <v>1676</v>
       </c>
-      <c r="B824" s="30" t="s">
+      <c r="B833" s="30" t="s">
         <v>1677</v>
       </c>
-      <c r="C824" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A825" s="53" t="s">
+      <c r="C833" s="72" t="s">
+        <v>2219</v>
+      </c>
+      <c r="D833" s="38">
+        <v>46018</v>
+      </c>
+    </row>
+    <row r="834" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A834" s="53" t="s">
         <v>1678</v>
       </c>
-      <c r="B825" s="30" t="s">
+      <c r="B834" s="30" t="s">
         <v>1679</v>
       </c>
-      <c r="C825" s="72" t="s">
+      <c r="C834" s="72" t="s">
+        <v>2220</v>
+      </c>
+      <c r="D834" s="38">
+        <v>46019</v>
+      </c>
+    </row>
+    <row r="835" spans="1:4" ht="192" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A835" s="53" t="s">
+        <v>2377</v>
+      </c>
+      <c r="B835" s="30" t="s">
         <v>1680</v>
       </c>
-      <c r="D825" s="54">
-[...4 lines deleted...]
-      <c r="A826" s="53" t="s">
+      <c r="C835" s="72" t="s">
         <v>1681</v>
       </c>
-      <c r="B826" s="55" t="s">
+      <c r="D835" s="54">
+        <v>46031</v>
+      </c>
+    </row>
+    <row r="836" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A836" s="53" t="s">
         <v>1682</v>
       </c>
-      <c r="C826" s="72" t="s">
-[...13 lines deleted...]
-      <c r="C827" s="72" t="s">
+      <c r="B836" s="30" t="s">
         <v>1683</v>
       </c>
-      <c r="D827" s="54">
+      <c r="C836" s="72" t="s">
+        <v>2221</v>
+      </c>
+      <c r="D836" s="54">
+        <v>46399</v>
+      </c>
+    </row>
+    <row r="837" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A837" s="53" t="s">
+        <v>2329</v>
+      </c>
+      <c r="B837" s="30" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C837" s="72" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D837" s="54">
+        <v>46237</v>
+      </c>
+    </row>
+    <row r="838" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A838" s="15" t="s">
+        <v>1685</v>
+      </c>
+      <c r="B838" s="24" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C838" s="72" t="s">
+        <v>1687</v>
+      </c>
+      <c r="D838" s="33">
+        <v>46041</v>
+      </c>
+    </row>
+    <row r="839" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A839" s="15" t="s">
+        <v>1688</v>
+      </c>
+      <c r="B839" s="24" t="s">
+        <v>1689</v>
+      </c>
+      <c r="C839" s="72" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D839" s="33">
         <v>46039</v>
       </c>
     </row>
-    <row r="828" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
-[...28 lines deleted...]
-      <c r="A830" s="53" t="s">
+    <row r="840" spans="1:4" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A840" s="53" t="s">
+        <v>2343</v>
+      </c>
+      <c r="B840" s="30" t="s">
         <v>1690</v>
       </c>
-      <c r="B830" s="55" t="s">
+      <c r="C840" s="72" t="s">
+        <v>2222</v>
+      </c>
+      <c r="D840" s="33">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="841" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A841" s="53" t="s">
         <v>1691</v>
       </c>
-      <c r="C830" s="72" t="s">
+      <c r="B841" s="30" t="s">
         <v>1692</v>
       </c>
-      <c r="D830" s="54">
-[...4 lines deleted...]
-      <c r="A831" s="16" t="s">
+      <c r="C841" s="72" t="s">
+        <v>2223</v>
+      </c>
+      <c r="D841" s="54">
+        <v>46040</v>
+      </c>
+    </row>
+    <row r="842" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A842" s="15" t="s">
         <v>1693</v>
       </c>
-      <c r="B831" s="24" t="s">
+      <c r="B842" s="25" t="s">
         <v>1694</v>
       </c>
-      <c r="C831" s="72" t="s">
+      <c r="C842" s="72" t="s">
         <v>1695</v>
       </c>
-      <c r="D831" s="57">
-[...7 lines deleted...]
-      <c r="B832" s="24" t="s">
+      <c r="D842" s="38">
+        <v>46035</v>
+      </c>
+    </row>
+    <row r="843" spans="1:4" ht="266.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A843" s="14" t="s">
         <v>1696</v>
       </c>
-      <c r="C832" s="72" t="s">
-[...13 lines deleted...]
-      <c r="C833" s="92" t="s">
+      <c r="B843" s="24" t="s">
         <v>1697</v>
       </c>
-      <c r="D833" s="38">
-[...4 lines deleted...]
-      <c r="A834" s="62" t="s">
+      <c r="C843" s="72" t="s">
+        <v>3488</v>
+      </c>
+      <c r="D843" s="33">
+        <v>46042</v>
+      </c>
+    </row>
+    <row r="844" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A844" s="53" t="s">
+        <v>2470</v>
+      </c>
+      <c r="B844" s="30" t="s">
         <v>1698</v>
       </c>
-      <c r="B834" s="30" t="s">
+      <c r="C844" s="72" t="s">
+        <v>2224</v>
+      </c>
+      <c r="D844" s="54">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="845" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A845" s="13" t="s">
         <v>1699</v>
       </c>
-      <c r="C834" s="72" t="s">
-[...13 lines deleted...]
-      <c r="C835" s="72" t="s">
+      <c r="B845" s="24" t="s">
         <v>1700</v>
       </c>
-      <c r="D835" s="33">
-[...7 lines deleted...]
-      <c r="B836" s="30" t="s">
+      <c r="C845" s="72" t="s">
+        <v>2225</v>
+      </c>
+      <c r="D845" s="57">
+        <v>46057</v>
+      </c>
+    </row>
+    <row r="846" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A846" s="53" t="s">
         <v>1701</v>
       </c>
-      <c r="C836" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B837" s="24" t="s">
+      <c r="B846" s="30" t="s">
         <v>1702</v>
       </c>
-      <c r="C837" s="72" t="s">
+      <c r="C846" s="72" t="s">
         <v>1703</v>
       </c>
-      <c r="D837" s="38">
-[...4 lines deleted...]
-      <c r="A838" s="53" t="s">
+      <c r="D846" s="54">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="847" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A847" s="53" t="s">
         <v>1704</v>
       </c>
-      <c r="B838" s="30" t="s">
+      <c r="B847" s="30" t="s">
         <v>1705</v>
       </c>
-      <c r="C838" s="72" t="s">
-[...124 lines deleted...]
-      </c>
       <c r="C847" s="72" t="s">
-        <v>1683</v>
-[...2 lines deleted...]
-        <v>46010</v>
+        <v>2226</v>
+      </c>
+      <c r="D847" s="54">
+        <v>46111</v>
       </c>
     </row>
     <row r="848" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A848" s="53" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B848" s="30" t="s">
+        <v>442</v>
+      </c>
+      <c r="C848" s="72" t="s">
+        <v>1707</v>
+      </c>
+      <c r="D848" s="33">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="849" spans="1:4" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A849" s="14" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B849" s="55" t="s">
+        <v>1709</v>
+      </c>
+      <c r="C849" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D849" s="33">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="850" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A850" s="53" t="s">
+        <v>3255</v>
+      </c>
+      <c r="B850" s="34" t="s">
+        <v>3256</v>
+      </c>
+      <c r="C850" s="72" t="s">
+        <v>2227</v>
+      </c>
+      <c r="D850" s="33">
+        <v>46277</v>
+      </c>
+    </row>
+    <row r="851" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A851" s="53" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B851" s="30" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C851" s="72" t="s">
+        <v>2228</v>
+      </c>
+      <c r="D851" s="33">
+        <v>46297</v>
+      </c>
+    </row>
+    <row r="852" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A852" s="53" t="s">
+        <v>1712</v>
+      </c>
+      <c r="B852" s="59" t="s">
+        <v>1713</v>
+      </c>
+      <c r="C852" s="72" t="s">
+        <v>1714</v>
+      </c>
+      <c r="D852" s="33">
+        <v>46066</v>
+      </c>
+    </row>
+    <row r="853" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A853" s="61" t="s">
+        <v>2633</v>
+      </c>
+      <c r="B853" s="35" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C853" s="72" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D853" s="33">
+        <v>46078</v>
+      </c>
+    </row>
+    <row r="854" spans="1:4" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A854" s="63" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B854" s="24" t="s">
+        <v>1718</v>
+      </c>
+      <c r="C854" s="72" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D854" s="60">
+        <v>45996</v>
+      </c>
+    </row>
+    <row r="855" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A855" s="53" t="s">
+        <v>2305</v>
+      </c>
+      <c r="B855" s="30" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C855" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D855" s="33">
+        <v>46133</v>
+      </c>
+    </row>
+    <row r="856" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A856" s="53" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B856" s="30" t="s">
         <v>1721</v>
       </c>
-      <c r="B848" s="30" t="s">
+      <c r="C856" s="72" t="s">
         <v>1722</v>
       </c>
-      <c r="C848" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A849" s="56" t="s">
+      <c r="D856" s="33">
+        <v>46076</v>
+      </c>
+    </row>
+    <row r="857" spans="1:4" ht="102.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A857" s="53" t="s">
+        <v>2306</v>
+      </c>
+      <c r="B857" s="30" t="s">
         <v>1723</v>
       </c>
-      <c r="B849" s="55" t="s">
-[...113 lines deleted...]
-      </c>
       <c r="C857" s="72" t="s">
-        <v>1738</v>
-[...2 lines deleted...]
-        <v>46237</v>
+        <v>2229</v>
+      </c>
+      <c r="D857" s="60">
+        <v>46081</v>
       </c>
     </row>
     <row r="858" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A858" s="15" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B858" s="24" t="s">
+        <v>703</v>
+      </c>
+      <c r="C858" s="72" t="s">
+        <v>1725</v>
+      </c>
+      <c r="D858" s="33">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="859" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A859" s="53" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B859" s="30" t="s">
+        <v>1727</v>
+      </c>
+      <c r="C859" s="72" t="s">
+        <v>2230</v>
+      </c>
+      <c r="D859" s="33">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="860" spans="1:4" ht="177.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A860" s="53" t="s">
+        <v>2583</v>
+      </c>
+      <c r="B860" s="30" t="s">
+        <v>1728</v>
+      </c>
+      <c r="C860" s="72" t="s">
+        <v>2231</v>
+      </c>
+      <c r="D860" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="861" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A861" s="15" t="s">
+        <v>1729</v>
+      </c>
+      <c r="B861" s="25" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C861" s="72" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D861" s="33">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="862" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A862" s="53" t="s">
+        <v>1732</v>
+      </c>
+      <c r="B862" s="30" t="s">
+        <v>1733</v>
+      </c>
+      <c r="C862" s="72" t="s">
+        <v>3489</v>
+      </c>
+      <c r="D862" s="33">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="863" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A863" s="53" t="s">
+        <v>1734</v>
+      </c>
+      <c r="B863" s="30" t="s">
+        <v>1735</v>
+      </c>
+      <c r="C863" s="72" t="s">
+        <v>2232</v>
+      </c>
+      <c r="D863" s="33">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="864" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A864" s="53" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B864" s="30" t="s">
+        <v>1737</v>
+      </c>
+      <c r="C864" s="72" t="s">
+        <v>1738</v>
+      </c>
+      <c r="D864" s="33">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="865" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A865" s="53" t="s">
         <v>1739</v>
       </c>
-      <c r="B858" s="24" t="s">
+      <c r="B865" s="30" t="s">
         <v>1740</v>
       </c>
-      <c r="C858" s="72" t="s">
+      <c r="C865" s="72" t="s">
         <v>1741</v>
       </c>
-      <c r="D858" s="33">
-[...98 lines deleted...]
-        <v>46057</v>
+      <c r="D865" s="33">
+        <v>46094</v>
       </c>
     </row>
     <row r="866" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A866" s="53" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B866" s="46" t="s">
+        <v>1743</v>
+      </c>
+      <c r="C866" s="72" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D866" s="38">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="867" spans="1:4" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A867" s="15" t="s">
+        <v>2374</v>
+      </c>
+      <c r="B867" s="24" t="s">
+        <v>1647</v>
+      </c>
+      <c r="C867" s="72" t="s">
+        <v>2233</v>
+      </c>
+      <c r="D867" s="38">
+        <v>45997</v>
+      </c>
+    </row>
+    <row r="868" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A868" s="53" t="s">
+        <v>2452</v>
+      </c>
+      <c r="B868" s="34" t="s">
+        <v>2451</v>
+      </c>
+      <c r="C868" s="72" t="s">
+        <v>53</v>
+      </c>
+      <c r="D868" s="38">
+        <v>46109</v>
+      </c>
+    </row>
+    <row r="869" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A869" s="53" t="s">
+        <v>2375</v>
+      </c>
+      <c r="B869" s="30" t="s">
+        <v>1597</v>
+      </c>
+      <c r="C869" s="72" t="s">
+        <v>1745</v>
+      </c>
+      <c r="D869" s="38">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="870" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A870" s="53" t="s">
+        <v>2376</v>
+      </c>
+      <c r="B870" s="30" t="s">
+        <v>1597</v>
+      </c>
+      <c r="C870" s="72" t="s">
+        <v>2234</v>
+      </c>
+      <c r="D870" s="38">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="871" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A871" s="53" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B871" s="30" t="s">
+        <v>1747</v>
+      </c>
+      <c r="C871" s="72" t="s">
+        <v>1748</v>
+      </c>
+      <c r="D871" s="38">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="872" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A872" s="15" t="s">
+        <v>2333</v>
+      </c>
+      <c r="B872" s="34" t="s">
+        <v>2603</v>
+      </c>
+      <c r="C872" s="72" t="s">
+        <v>2235</v>
+      </c>
+      <c r="D872" s="57">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="873" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A873" s="53" t="s">
+        <v>2332</v>
+      </c>
+      <c r="B873" s="30" t="s">
+        <v>2698</v>
+      </c>
+      <c r="C873" s="72" t="s">
+        <v>1749</v>
+      </c>
+      <c r="D873" s="54">
+        <v>46115</v>
+      </c>
+    </row>
+    <row r="874" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A874" s="53" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B874" s="30" t="s">
+        <v>1751</v>
+      </c>
+      <c r="C874" s="72" t="s">
+        <v>2236</v>
+      </c>
+      <c r="D874" s="54">
+        <v>46115</v>
+      </c>
+    </row>
+    <row r="875" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A875" s="53" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B875" s="30" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C875" s="72" t="s">
+        <v>1752</v>
+      </c>
+      <c r="D875" s="54">
+        <v>46118</v>
+      </c>
+    </row>
+    <row r="876" spans="1:4" ht="217.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A876" s="53" t="s">
         <v>1755</v>
       </c>
-      <c r="B866" s="30" t="s">
+      <c r="B876" s="30" t="s">
         <v>1756</v>
       </c>
-      <c r="C866" s="72" t="s">
+      <c r="C876" s="72" t="s">
+        <v>824</v>
+      </c>
+      <c r="D876" s="38">
+        <v>46115</v>
+      </c>
+    </row>
+    <row r="877" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A877" s="16" t="s">
         <v>1757</v>
       </c>
-      <c r="D866" s="54">
-[...4 lines deleted...]
-      <c r="A867" s="53" t="s">
+      <c r="B877" s="25" t="s">
         <v>1758</v>
       </c>
-      <c r="B867" s="30" t="s">
+      <c r="C877" s="72" t="s">
+        <v>3588</v>
+      </c>
+      <c r="D877" s="33">
+        <v>46289</v>
+      </c>
+    </row>
+    <row r="878" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A878" s="15" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B878" s="24" t="s">
+        <v>303</v>
+      </c>
+      <c r="C878" s="72" t="s">
         <v>1759</v>
       </c>
-      <c r="C867" s="72" t="s">
-[...13 lines deleted...]
-      <c r="C868" s="72" t="s">
+      <c r="D878" s="33">
+        <v>46139</v>
+      </c>
+    </row>
+    <row r="879" spans="1:4" ht="166.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A879" s="13" t="s">
+        <v>175</v>
+      </c>
+      <c r="B879" s="24" t="s">
+        <v>176</v>
+      </c>
+      <c r="C879" s="72" t="s">
         <v>1761</v>
       </c>
-      <c r="D868" s="33">
-[...4 lines deleted...]
-      <c r="A869" s="14" t="s">
+      <c r="D879" s="38">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="880" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A880" s="53" t="s">
         <v>1762</v>
       </c>
-      <c r="B869" s="55" t="s">
+      <c r="B880" s="30" t="s">
         <v>1763</v>
       </c>
-      <c r="C869" s="72" t="s">
-[...21 lines deleted...]
-      <c r="A871" s="53" t="s">
+      <c r="C880" s="72" t="s">
+        <v>2237</v>
+      </c>
+      <c r="D880" s="54">
+        <v>46123</v>
+      </c>
+    </row>
+    <row r="881" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A881" s="15" t="s">
         <v>1764</v>
       </c>
-      <c r="B871" s="30" t="s">
+      <c r="B881" s="24" t="s">
         <v>1765</v>
       </c>
-      <c r="C871" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A872" s="53" t="s">
+      <c r="C881" s="72" t="s">
         <v>1766</v>
       </c>
-      <c r="B872" s="59" t="s">
+      <c r="D881" s="33">
+        <v>46116</v>
+      </c>
+    </row>
+    <row r="882" spans="1:4" ht="255" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A882" s="16" t="s">
         <v>1767</v>
       </c>
-      <c r="C872" s="72" t="s">
+      <c r="B882" s="24" t="s">
+        <v>988</v>
+      </c>
+      <c r="C882" s="72" t="s">
         <v>1768</v>
       </c>
-      <c r="D872" s="33">
-[...7 lines deleted...]
-      <c r="B873" s="35" t="s">
+      <c r="D882" s="33">
+        <v>46128</v>
+      </c>
+    </row>
+    <row r="883" spans="1:4" ht="143.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A883" s="53" t="s">
+        <v>2634</v>
+      </c>
+      <c r="B883" s="30" t="s">
         <v>1769</v>
       </c>
-      <c r="C873" s="72" t="s">
+      <c r="C883" s="72" t="s">
+        <v>2238</v>
+      </c>
+      <c r="D883" s="57">
+        <v>46130</v>
+      </c>
+    </row>
+    <row r="884" spans="1:4" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A884" s="16" t="s">
+        <v>2636</v>
+      </c>
+      <c r="B884" s="24" t="s">
+        <v>988</v>
+      </c>
+      <c r="C884" s="72" t="s">
+        <v>1768</v>
+      </c>
+      <c r="D884" s="33">
+        <v>46134</v>
+      </c>
+    </row>
+    <row r="885" spans="1:4" ht="315" x14ac:dyDescent="0.25">
+      <c r="A885" s="53" t="s">
+        <v>2635</v>
+      </c>
+      <c r="B885" s="55" t="s">
         <v>1770</v>
       </c>
-      <c r="D873" s="33">
-[...4 lines deleted...]
-      <c r="A874" s="63" t="s">
+      <c r="C885" s="72" t="s">
+        <v>53</v>
+      </c>
+      <c r="D885" s="54">
+        <v>46129</v>
+      </c>
+    </row>
+    <row r="886" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A886" s="53" t="s">
         <v>1771</v>
       </c>
-      <c r="B874" s="24" t="s">
+      <c r="B886" s="35" t="s">
         <v>1772</v>
       </c>
-      <c r="C874" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B875" s="30" t="s">
+      <c r="C886" s="72" t="s">
+        <v>2239</v>
+      </c>
+      <c r="D886" s="33">
+        <v>46137</v>
+      </c>
+    </row>
+    <row r="887" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A887" s="53" t="s">
         <v>1773</v>
       </c>
-      <c r="C875" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A876" s="53" t="s">
+      <c r="B887" s="55" t="s">
         <v>1774</v>
       </c>
-      <c r="B876" s="30" t="s">
+      <c r="C887" s="72" t="s">
+        <v>2240</v>
+      </c>
+      <c r="D887" s="38">
+        <v>46137</v>
+      </c>
+    </row>
+    <row r="888" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A888" s="64" t="s">
         <v>1775</v>
       </c>
-      <c r="C876" s="72" t="s">
+      <c r="B888" s="46" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C888" s="72" t="s">
         <v>1776</v>
       </c>
-      <c r="D876" s="33">
-[...7 lines deleted...]
-      <c r="B877" s="30" t="s">
+      <c r="D888" s="38">
+        <v>46138</v>
+      </c>
+    </row>
+    <row r="889" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A889" s="53" t="s">
         <v>1777</v>
       </c>
-      <c r="C877" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A878" s="15" t="s">
+      <c r="B889" s="55" t="s">
         <v>1778</v>
       </c>
-      <c r="B878" s="24" t="s">
-[...2 lines deleted...]
-      <c r="C878" s="72" t="s">
+      <c r="C889" s="72" t="s">
         <v>1779</v>
       </c>
-      <c r="D878" s="33">
-[...4 lines deleted...]
-      <c r="A879" s="53" t="s">
+      <c r="D889" s="33">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="890" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A890" s="64" t="s">
         <v>1780</v>
       </c>
-      <c r="B879" s="30" t="s">
+      <c r="B890" s="46" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C890" s="72" t="s">
+        <v>2241</v>
+      </c>
+      <c r="D890" s="38">
+        <v>46148</v>
+      </c>
+    </row>
+    <row r="891" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A891" s="53" t="s">
+        <v>2508</v>
+      </c>
+      <c r="B891" s="30" t="s">
         <v>1781</v>
       </c>
-      <c r="C879" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B880" s="30" t="s">
+      <c r="C891" s="72" t="s">
+        <v>2242</v>
+      </c>
+      <c r="D891" s="38">
+        <v>46149</v>
+      </c>
+    </row>
+    <row r="892" spans="1:4" ht="135" x14ac:dyDescent="0.25">
+      <c r="A892" s="53" t="s">
         <v>1782</v>
       </c>
-      <c r="C880" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A881" s="15" t="s">
+      <c r="B892" s="30" t="s">
         <v>1783</v>
       </c>
-      <c r="B881" s="25" t="s">
+      <c r="C892" s="72" t="s">
+        <v>2243</v>
+      </c>
+      <c r="D892" s="54">
+        <v>46101</v>
+      </c>
+    </row>
+    <row r="893" spans="1:4" ht="212.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A893" s="53" t="s">
+        <v>2509</v>
+      </c>
+      <c r="B893" s="30" t="s">
         <v>1784</v>
       </c>
-      <c r="C881" s="72" t="s">
+      <c r="C893" s="72" t="s">
         <v>1785</v>
       </c>
-      <c r="D881" s="33">
-[...4 lines deleted...]
-      <c r="A882" s="53" t="s">
+      <c r="D893" s="38">
+        <v>46158</v>
+      </c>
+    </row>
+    <row r="894" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A894" s="53" t="s">
         <v>1786</v>
       </c>
-      <c r="B882" s="30" t="s">
+      <c r="B894" s="30" t="s">
+        <v>936</v>
+      </c>
+      <c r="C894" s="72" t="s">
+        <v>2244</v>
+      </c>
+      <c r="D894" s="33">
+        <v>46167</v>
+      </c>
+    </row>
+    <row r="895" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A895" s="53" t="s">
         <v>1787</v>
       </c>
-      <c r="C882" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A883" s="53" t="s">
+      <c r="B895" s="30" t="s">
         <v>1788</v>
       </c>
-      <c r="B883" s="30" t="s">
+      <c r="C895" s="72" t="s">
+        <v>3490</v>
+      </c>
+      <c r="D895" s="33">
+        <v>46166</v>
+      </c>
+    </row>
+    <row r="896" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A896" s="53" t="s">
         <v>1789</v>
       </c>
-      <c r="C883" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A884" s="53" t="s">
+      <c r="B896" s="30" t="s">
         <v>1790</v>
       </c>
-      <c r="B884" s="30" t="s">
+      <c r="C896" s="72" t="s">
         <v>1791</v>
       </c>
-      <c r="C884" s="72" t="s">
+      <c r="D896" s="33">
+        <v>46167</v>
+      </c>
+    </row>
+    <row r="897" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A897" s="53" t="s">
         <v>1792</v>
       </c>
-      <c r="D884" s="33">
-[...4 lines deleted...]
-      <c r="A885" s="53" t="s">
+      <c r="B897" s="46" t="s">
         <v>1793</v>
       </c>
-      <c r="B885" s="30" t="s">
+      <c r="C897" s="72" t="s">
+        <v>2245</v>
+      </c>
+      <c r="D897" s="33">
+        <v>46171</v>
+      </c>
+    </row>
+    <row r="898" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A898" s="53" t="s">
         <v>1794</v>
       </c>
-      <c r="C885" s="72" t="s">
+      <c r="B898" s="30" t="s">
         <v>1795</v>
       </c>
-      <c r="D885" s="33">
-[...177 lines deleted...]
-      </c>
       <c r="C898" s="72" t="s">
-        <v>1814</v>
+        <v>2246</v>
       </c>
       <c r="D898" s="33">
-        <v>46139</v>
-[...7 lines deleted...]
-        <v>179</v>
+        <v>46170</v>
+      </c>
+    </row>
+    <row r="899" spans="1:4" ht="131.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A899" s="15" t="s">
+        <v>2721</v>
+      </c>
+      <c r="B899" s="34" t="s">
+        <v>2720</v>
       </c>
       <c r="C899" s="72" t="s">
-        <v>1816</v>
-[...2 lines deleted...]
-        <v>46121</v>
+        <v>2247</v>
+      </c>
+      <c r="D899" s="33">
+        <v>46099</v>
       </c>
     </row>
     <row r="900" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A900" s="53" t="s">
-        <v>1817</v>
+        <v>1796</v>
       </c>
       <c r="B900" s="30" t="s">
-        <v>1818</v>
+        <v>1797</v>
       </c>
       <c r="C900" s="72" t="s">
-        <v>2302</v>
-[...10 lines deleted...]
-        <v>1820</v>
+        <v>1798</v>
+      </c>
+      <c r="D900" s="33">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="901" spans="1:4" ht="131.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A901" s="53" t="s">
+        <v>2402</v>
+      </c>
+      <c r="B901" s="30" t="s">
+        <v>1799</v>
       </c>
       <c r="C901" s="72" t="s">
-        <v>1821</v>
-[...10 lines deleted...]
-        <v>1017</v>
+        <v>2248</v>
+      </c>
+      <c r="D901" s="38">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="902" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A902" s="53" t="s">
+        <v>1800</v>
+      </c>
+      <c r="B902" s="30" t="s">
+        <v>1801</v>
       </c>
       <c r="C902" s="72" t="s">
-        <v>1823</v>
-[...5 lines deleted...]
-    <row r="903" spans="1:4" ht="143.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1802</v>
+      </c>
+      <c r="D902" s="38">
+        <v>46192</v>
+      </c>
+    </row>
+    <row r="903" spans="1:4" ht="45" x14ac:dyDescent="0.25">
       <c r="A903" s="53" t="s">
-        <v>2720</v>
+        <v>2524</v>
       </c>
       <c r="B903" s="30" t="s">
-        <v>1824</v>
+        <v>1803</v>
       </c>
       <c r="C903" s="72" t="s">
-        <v>2303</v>
-[...10 lines deleted...]
-        <v>1017</v>
+        <v>1804</v>
+      </c>
+      <c r="D903" s="33">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="904" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A904" s="53" t="s">
+        <v>3207</v>
+      </c>
+      <c r="B904" s="30" t="s">
+        <v>1829</v>
       </c>
       <c r="C904" s="72" t="s">
-        <v>1823</v>
-[...5 lines deleted...]
-    <row r="905" spans="1:4" ht="326.25" x14ac:dyDescent="0.25">
+        <v>1830</v>
+      </c>
+      <c r="D904" s="38">
+        <v>46200</v>
+      </c>
+    </row>
+    <row r="905" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A905" s="53" t="s">
-        <v>2721</v>
-[...2 lines deleted...]
-        <v>1825</v>
+        <v>1831</v>
+      </c>
+      <c r="B905" s="24" t="s">
+        <v>1832</v>
       </c>
       <c r="C905" s="72" t="s">
-        <v>53</v>
-[...5 lines deleted...]
-    <row r="906" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+        <v>1833</v>
+      </c>
+      <c r="D905" s="38">
+        <v>46199</v>
+      </c>
+    </row>
+    <row r="906" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A906" s="53" t="s">
-        <v>1826</v>
-[...2 lines deleted...]
-        <v>1827</v>
+        <v>1834</v>
+      </c>
+      <c r="B906" s="24" t="s">
+        <v>1835</v>
       </c>
       <c r="C906" s="72" t="s">
-        <v>2304</v>
-[...5 lines deleted...]
-    <row r="907" spans="1:4" x14ac:dyDescent="0.25">
+        <v>1833</v>
+      </c>
+      <c r="D906" s="38">
+        <v>46199</v>
+      </c>
+    </row>
+    <row r="907" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A907" s="53" t="s">
-        <v>1828</v>
-[...2 lines deleted...]
-        <v>1829</v>
+        <v>1838</v>
+      </c>
+      <c r="B907" s="30" t="s">
+        <v>1839</v>
       </c>
       <c r="C907" s="72" t="s">
-        <v>2305</v>
+        <v>43</v>
       </c>
       <c r="D907" s="38">
-        <v>46137</v>
-[...7 lines deleted...]
-        <v>1279</v>
+        <v>46176</v>
+      </c>
+    </row>
+    <row r="908" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A908" s="16" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B908" s="24" t="s">
+        <v>200</v>
       </c>
       <c r="C908" s="72" t="s">
-        <v>1831</v>
+        <v>43</v>
       </c>
       <c r="D908" s="38">
-        <v>46138</v>
+        <v>46144</v>
       </c>
     </row>
     <row r="909" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A909" s="53" t="s">
-[...3 lines deleted...]
-        <v>1833</v>
+      <c r="A909" s="15" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B909" s="24" t="s">
+        <v>2974</v>
       </c>
       <c r="C909" s="72" t="s">
-        <v>1834</v>
-[...10 lines deleted...]
-        <v>1279</v>
+        <v>479</v>
+      </c>
+      <c r="D909" s="38">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="910" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A910" s="61" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B910" s="25" t="s">
+        <v>1843</v>
       </c>
       <c r="C910" s="72" t="s">
-        <v>2306</v>
-[...5 lines deleted...]
-    <row r="911" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+        <v>1844</v>
+      </c>
+      <c r="D910" s="33">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="911" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A911" s="53" t="s">
-        <v>2588</v>
-[...2 lines deleted...]
-        <v>1836</v>
+        <v>1846</v>
+      </c>
+      <c r="B911" s="55" t="s">
+        <v>1847</v>
       </c>
       <c r="C911" s="72" t="s">
-        <v>2307</v>
+        <v>3491</v>
       </c>
       <c r="D911" s="38">
-        <v>46149</v>
-[...2 lines deleted...]
-    <row r="912" spans="1:4" ht="135" x14ac:dyDescent="0.25">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="912" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
       <c r="A912" s="53" t="s">
-        <v>1837</v>
+        <v>2296</v>
       </c>
       <c r="B912" s="30" t="s">
-        <v>1838</v>
+        <v>3134</v>
       </c>
       <c r="C912" s="72" t="s">
-        <v>2308</v>
-[...5 lines deleted...]
-    <row r="913" spans="1:4" ht="212.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2249</v>
+      </c>
+      <c r="D912" s="38">
+        <v>46236</v>
+      </c>
+    </row>
+    <row r="913" spans="1:4" ht="45" x14ac:dyDescent="0.25">
       <c r="A913" s="53" t="s">
-        <v>2589</v>
+        <v>1848</v>
       </c>
       <c r="B913" s="30" t="s">
-        <v>1839</v>
+        <v>1849</v>
       </c>
       <c r="C913" s="72" t="s">
-        <v>1840</v>
-[...2 lines deleted...]
-        <v>46158</v>
+        <v>2250</v>
+      </c>
+      <c r="D913" s="54">
+        <v>46355</v>
       </c>
     </row>
     <row r="914" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
       <c r="A914" s="53" t="s">
-        <v>1841</v>
+        <v>2297</v>
       </c>
       <c r="B914" s="30" t="s">
-        <v>965</v>
+        <v>1850</v>
       </c>
       <c r="C914" s="72" t="s">
-        <v>2309</v>
-[...10 lines deleted...]
-        <v>1843</v>
+        <v>460</v>
+      </c>
+      <c r="D914" s="38">
+        <v>46296</v>
+      </c>
+    </row>
+    <row r="915" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A915" s="15" t="s">
+        <v>1851</v>
+      </c>
+      <c r="B915" s="24" t="s">
+        <v>1852</v>
       </c>
       <c r="C915" s="72" t="s">
-        <v>3596</v>
+        <v>2251</v>
       </c>
       <c r="D915" s="33">
-        <v>46166</v>
-[...2 lines deleted...]
-    <row r="916" spans="1:4" x14ac:dyDescent="0.25">
+        <v>46305</v>
+      </c>
+    </row>
+    <row r="916" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A916" s="53" t="s">
-        <v>1844</v>
-[...2 lines deleted...]
-        <v>1845</v>
+        <v>1854</v>
+      </c>
+      <c r="B916" s="55" t="s">
+        <v>1855</v>
       </c>
       <c r="C916" s="72" t="s">
-        <v>1846</v>
+        <v>448</v>
       </c>
       <c r="D916" s="33">
-        <v>46167</v>
+        <v>46220</v>
       </c>
     </row>
     <row r="917" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A917" s="53" t="s">
-        <v>1847</v>
-[...2 lines deleted...]
-        <v>1848</v>
+        <v>1856</v>
+      </c>
+      <c r="B917" s="55" t="s">
+        <v>1296</v>
       </c>
       <c r="C917" s="72" t="s">
-        <v>2310</v>
-[...10 lines deleted...]
-        <v>1850</v>
+        <v>1857</v>
+      </c>
+      <c r="D917" s="57">
+        <v>46222</v>
+      </c>
+    </row>
+    <row r="918" spans="1:4" ht="271.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A918" s="14" t="s">
+        <v>1860</v>
+      </c>
+      <c r="B918" s="25" t="s">
+        <v>1858</v>
       </c>
       <c r="C918" s="72" t="s">
-        <v>2311</v>
+        <v>2252</v>
       </c>
       <c r="D918" s="33">
-        <v>46170</v>
-[...7 lines deleted...]
-        <v>2811</v>
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="919" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A919" s="53" t="s">
+        <v>2490</v>
+      </c>
+      <c r="B919" s="55" t="s">
+        <v>1859</v>
       </c>
       <c r="C919" s="72" t="s">
-        <v>2312</v>
+        <v>2253</v>
       </c>
       <c r="D919" s="33">
-        <v>46099</v>
-[...2 lines deleted...]
-    <row r="920" spans="1:4" x14ac:dyDescent="0.25">
+        <v>46103</v>
+      </c>
+    </row>
+    <row r="920" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
       <c r="A920" s="53" t="s">
-        <v>1851</v>
+        <v>1861</v>
       </c>
       <c r="B920" s="30" t="s">
-        <v>1852</v>
+        <v>1862</v>
       </c>
       <c r="C920" s="72" t="s">
-        <v>1853</v>
-[...10 lines deleted...]
-        <v>1854</v>
+        <v>2254</v>
+      </c>
+      <c r="D920" s="38">
+        <v>46233</v>
+      </c>
+    </row>
+    <row r="921" spans="1:4" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A921" s="65" t="s">
+        <v>3027</v>
+      </c>
+      <c r="B921" s="25" t="s">
+        <v>1864</v>
       </c>
       <c r="C921" s="72" t="s">
-        <v>2313</v>
-[...10 lines deleted...]
-        <v>1856</v>
+        <v>2255</v>
+      </c>
+      <c r="D921" s="57">
+        <v>46233</v>
+      </c>
+    </row>
+    <row r="922" spans="1:4" ht="366.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A922" s="14" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B922" s="25" t="s">
+        <v>1865</v>
       </c>
       <c r="C922" s="72" t="s">
-        <v>1857</v>
-[...5 lines deleted...]
-    <row r="923" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+        <v>1866</v>
+      </c>
+      <c r="D922" s="33">
+        <v>46212</v>
+      </c>
+    </row>
+    <row r="923" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
       <c r="A923" s="53" t="s">
-        <v>2604</v>
-[...2 lines deleted...]
-        <v>1858</v>
+        <v>1868</v>
+      </c>
+      <c r="B923" s="24" t="s">
+        <v>1869</v>
       </c>
       <c r="C923" s="72" t="s">
-        <v>1859</v>
-[...5 lines deleted...]
-    <row r="924" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+        <v>1870</v>
+      </c>
+      <c r="D923" s="57">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="924" spans="1:4" ht="90" x14ac:dyDescent="0.25">
       <c r="A924" s="53" t="s">
-        <v>3304</v>
-[...2 lines deleted...]
-        <v>1884</v>
+        <v>1871</v>
+      </c>
+      <c r="B924" s="35" t="s">
+        <v>1872</v>
       </c>
       <c r="C924" s="72" t="s">
-        <v>1885</v>
-[...5 lines deleted...]
-    <row r="925" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+        <v>2256</v>
+      </c>
+      <c r="D924" s="33">
+        <v>46240</v>
+      </c>
+    </row>
+    <row r="925" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
       <c r="A925" s="53" t="s">
-        <v>1886</v>
-[...2 lines deleted...]
-        <v>1887</v>
+        <v>1873</v>
+      </c>
+      <c r="B925" s="30" t="s">
+        <v>1874</v>
       </c>
       <c r="C925" s="72" t="s">
-        <v>1888</v>
-[...5 lines deleted...]
-    <row r="926" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+        <v>2257</v>
+      </c>
+      <c r="D925" s="33">
+        <v>46242</v>
+      </c>
+    </row>
+    <row r="926" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A926" s="53" t="s">
-        <v>1889</v>
-[...2 lines deleted...]
-        <v>1890</v>
+        <v>1875</v>
+      </c>
+      <c r="B926" s="30" t="s">
+        <v>1876</v>
       </c>
       <c r="C926" s="72" t="s">
-        <v>1888</v>
-[...2 lines deleted...]
-        <v>46199</v>
+        <v>1645</v>
+      </c>
+      <c r="D926" s="33">
+        <v>46250</v>
       </c>
     </row>
     <row r="927" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A927" s="53" t="s">
-        <v>1893</v>
-[...2 lines deleted...]
-        <v>1894</v>
+        <v>1877</v>
+      </c>
+      <c r="B927" s="25" t="s">
+        <v>3188</v>
       </c>
       <c r="C927" s="72" t="s">
+        <v>1878</v>
+      </c>
+      <c r="D927" s="33">
+        <v>46248</v>
+      </c>
+    </row>
+    <row r="928" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A928" s="53" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B928" s="55" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C928" s="72" t="s">
+        <v>2258</v>
+      </c>
+      <c r="D928" s="33">
+        <v>46062</v>
+      </c>
+    </row>
+    <row r="929" spans="1:4" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A929" s="53" t="s">
+        <v>2547</v>
+      </c>
+      <c r="B929" s="55" t="s">
+        <v>1881</v>
+      </c>
+      <c r="C929" s="72" t="s">
+        <v>2259</v>
+      </c>
+      <c r="D929" s="33">
+        <v>46112</v>
+      </c>
+    </row>
+    <row r="930" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A930" s="13" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B930" s="25" t="s">
+        <v>1883</v>
+      </c>
+      <c r="C930" s="72" t="s">
+        <v>2260</v>
+      </c>
+      <c r="D930" s="33">
+        <v>46262</v>
+      </c>
+    </row>
+    <row r="931" spans="1:4" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A931" s="18" t="s">
+        <v>1886</v>
+      </c>
+      <c r="B931" s="24" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C931" s="72" t="s">
         <v>43</v>
       </c>
-      <c r="D927" s="38">
-[...10 lines deleted...]
-      <c r="C928" s="72" t="s">
+      <c r="D931" s="33">
+        <v>46259</v>
+      </c>
+    </row>
+    <row r="932" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A932" s="53" t="s">
+        <v>1889</v>
+      </c>
+      <c r="B932" s="35" t="s">
+        <v>1890</v>
+      </c>
+      <c r="C932" s="72" t="s">
+        <v>1891</v>
+      </c>
+      <c r="D932" s="33">
+        <v>46271</v>
+      </c>
+    </row>
+    <row r="933" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A933" s="16" t="s">
+        <v>2349</v>
+      </c>
+      <c r="B933" s="24" t="s">
+        <v>200</v>
+      </c>
+      <c r="C933" s="72" t="s">
         <v>43</v>
       </c>
-      <c r="D928" s="38">
-[...70 lines deleted...]
-        <v>46355</v>
+      <c r="D933" s="38">
+        <v>46269</v>
       </c>
     </row>
     <row r="934" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
       <c r="A934" s="53" t="s">
+        <v>2350</v>
+      </c>
+      <c r="B934" s="55" t="s">
+        <v>1892</v>
+      </c>
+      <c r="C934" s="72" t="s">
+        <v>2261</v>
+      </c>
+      <c r="D934" s="38">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="935" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A935" s="13" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B935" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="C935" s="72" t="s">
+        <v>3416</v>
+      </c>
+      <c r="D935" s="38">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="936" spans="1:4" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A936" s="53" t="s">
+        <v>2342</v>
+      </c>
+      <c r="B936" s="30" t="s">
+        <v>1898</v>
+      </c>
+      <c r="C936" s="72" t="s">
+        <v>1899</v>
+      </c>
+      <c r="D936" s="38">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="937" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A937" s="13" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B937" s="25" t="s">
+        <v>674</v>
+      </c>
+      <c r="C937" s="72" t="s">
+        <v>2262</v>
+      </c>
+      <c r="D937" s="57">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="938" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A938" s="13" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B938" s="25" t="s">
+        <v>1902</v>
+      </c>
+      <c r="C938" s="72" t="s">
+        <v>1903</v>
+      </c>
+      <c r="D938" s="33">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="939" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A939" s="15" t="s">
+        <v>1904</v>
+      </c>
+      <c r="B939" s="24" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C939" s="72" t="s">
+        <v>75</v>
+      </c>
+      <c r="D939" s="33">
+        <v>46102</v>
+      </c>
+    </row>
+    <row r="940" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A940" s="53" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B940" s="30" t="s">
+        <v>1907</v>
+      </c>
+      <c r="C940" s="72" t="s">
+        <v>2263</v>
+      </c>
+      <c r="D940" s="57">
+        <v>46290</v>
+      </c>
+    </row>
+    <row r="941" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A941" s="53" t="s">
+        <v>1908</v>
+      </c>
+      <c r="B941" s="30" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C941" s="72" t="s">
+        <v>1910</v>
+      </c>
+      <c r="D941" s="57">
+        <v>46297</v>
+      </c>
+    </row>
+    <row r="942" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A942" s="53" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B942" s="30" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C942" s="72" t="s">
+        <v>1912</v>
+      </c>
+      <c r="D942" s="57">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="943" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A943" s="53" t="s">
+        <v>1913</v>
+      </c>
+      <c r="B943" s="30" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C943" s="72" t="s">
+        <v>1914</v>
+      </c>
+      <c r="D943" s="57">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="944" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A944" s="53" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B944" s="30" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C944" s="72" t="s">
+        <v>1916</v>
+      </c>
+      <c r="D944" s="57">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="945" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A945" s="53" t="s">
+        <v>1917</v>
+      </c>
+      <c r="B945" s="30" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C945" s="72" t="s">
+        <v>2264</v>
+      </c>
+      <c r="D945" s="57">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="946" spans="1:4" ht="246" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A946" s="53" t="s">
+        <v>3232</v>
+      </c>
+      <c r="B946" s="30" t="s">
+        <v>1918</v>
+      </c>
+      <c r="C946" s="95" t="s">
+        <v>3233</v>
+      </c>
+      <c r="D946" s="54">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="947" spans="1:4" ht="211.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A947" s="15" t="s">
+        <v>2348</v>
+      </c>
+      <c r="B947" s="34" t="s">
+        <v>3316</v>
+      </c>
+      <c r="C947" s="72" t="s">
+        <v>17</v>
+      </c>
+      <c r="D947" s="38">
+        <v>46278</v>
+      </c>
+    </row>
+    <row r="948" spans="1:4" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A948" s="68" t="s">
+        <v>1920</v>
+      </c>
+      <c r="B948" s="25" t="s">
+        <v>1921</v>
+      </c>
+      <c r="C948" s="72" t="s">
+        <v>1922</v>
+      </c>
+      <c r="D948" s="38">
+        <v>46298</v>
+      </c>
+    </row>
+    <row r="949" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A949" s="53" t="s">
+        <v>1923</v>
+      </c>
+      <c r="B949" s="30" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C949" s="72" t="s">
+        <v>2265</v>
+      </c>
+      <c r="D949" s="54">
+        <v>46299</v>
+      </c>
+    </row>
+    <row r="950" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A950" s="53" t="s">
+        <v>3144</v>
+      </c>
+      <c r="B950" s="30" t="s">
+        <v>1925</v>
+      </c>
+      <c r="C950" s="72" t="s">
+        <v>3589</v>
+      </c>
+      <c r="D950" s="57">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="951" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A951" s="53" t="s">
+        <v>1928</v>
+      </c>
+      <c r="B951" s="30" t="s">
+        <v>1929</v>
+      </c>
+      <c r="C951" s="72" t="s">
+        <v>2266</v>
+      </c>
+      <c r="D951" s="57">
+        <v>46309</v>
+      </c>
+    </row>
+    <row r="952" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A952" s="53" t="s">
+        <v>2550</v>
+      </c>
+      <c r="B952" s="30" t="s">
+        <v>1930</v>
+      </c>
+      <c r="C952" s="72" t="s">
+        <v>2267</v>
+      </c>
+      <c r="D952" s="54">
+        <v>46309</v>
+      </c>
+    </row>
+    <row r="953" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A953" s="53" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B953" s="46" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C953" s="72" t="s">
+        <v>2268</v>
+      </c>
+      <c r="D953" s="54">
+        <v>46311</v>
+      </c>
+    </row>
+    <row r="954" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A954" s="53" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B954" s="30" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C954" s="72" t="s">
+        <v>2080</v>
+      </c>
+      <c r="D954" s="69">
+        <v>46347</v>
+      </c>
+    </row>
+    <row r="955" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A955" s="53" t="s">
+        <v>1935</v>
+      </c>
+      <c r="B955" s="55" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C955" s="72" t="s">
+        <v>992</v>
+      </c>
+      <c r="D955" s="38">
+        <v>46316</v>
+      </c>
+    </row>
+    <row r="956" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A956" s="53" t="s">
+        <v>1937</v>
+      </c>
+      <c r="B956" s="30" t="s">
+        <v>3339</v>
+      </c>
+      <c r="C956" s="72" t="s">
+        <v>1938</v>
+      </c>
+      <c r="D956" s="54">
+        <v>46316</v>
+      </c>
+    </row>
+    <row r="957" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A957" s="53" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B957" s="30" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C957" s="72" t="s">
+        <v>1941</v>
+      </c>
+      <c r="D957" s="54">
+        <v>46318</v>
+      </c>
+    </row>
+    <row r="958" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A958" s="53" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B958" s="30" t="s">
+        <v>1943</v>
+      </c>
+      <c r="C958" s="72" t="s">
+        <v>2269</v>
+      </c>
+      <c r="D958" s="54">
+        <v>46319</v>
+      </c>
+    </row>
+    <row r="959" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A959" s="56" t="s">
+        <v>1944</v>
+      </c>
+      <c r="B959" s="55" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C959" s="72" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D959" s="57">
+        <v>46320</v>
+      </c>
+    </row>
+    <row r="960" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A960" s="53" t="s">
+        <v>1948</v>
+      </c>
+      <c r="B960" s="55" t="s">
+        <v>1949</v>
+      </c>
+      <c r="C960" s="72" t="s">
+        <v>1950</v>
+      </c>
+      <c r="D960" s="54">
+        <v>46325</v>
+      </c>
+    </row>
+    <row r="961" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A961" s="53" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B961" s="30" t="s">
+        <v>1952</v>
+      </c>
+      <c r="C961" s="72" t="s">
+        <v>1953</v>
+      </c>
+      <c r="D961" s="54">
+        <v>46325</v>
+      </c>
+    </row>
+    <row r="962" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A962" s="53" t="s">
+        <v>3184</v>
+      </c>
+      <c r="B962" s="30" t="s">
+        <v>1954</v>
+      </c>
+      <c r="C962" s="72" t="s">
+        <v>1955</v>
+      </c>
+      <c r="D962" s="54">
+        <v>46325</v>
+      </c>
+    </row>
+    <row r="963" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A963" s="53" t="s">
+        <v>1956</v>
+      </c>
+      <c r="B963" s="25" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C963" s="72" t="s">
+        <v>2270</v>
+      </c>
+      <c r="D963" s="38">
+        <v>46313</v>
+      </c>
+    </row>
+    <row r="964" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A964" s="53" t="s">
+        <v>2439</v>
+      </c>
+      <c r="B964" s="25" t="s">
+        <v>2271</v>
+      </c>
+      <c r="C964" s="72" t="s">
+        <v>2272</v>
+      </c>
+      <c r="D964" s="33">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="965" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A965" s="53" t="s">
+        <v>2273</v>
+      </c>
+      <c r="B965" s="25" t="s">
+        <v>3235</v>
+      </c>
+      <c r="C965" s="72" t="s">
+        <v>2127</v>
+      </c>
+      <c r="D965" s="54">
+        <v>46269</v>
+      </c>
+    </row>
+    <row r="966" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A966" s="13" t="s">
+        <v>2282</v>
+      </c>
+      <c r="B966" s="72" t="s">
+        <v>2283</v>
+      </c>
+      <c r="C966" s="72" t="s">
+        <v>3492</v>
+      </c>
+      <c r="D966" s="33">
+        <v>46253</v>
+      </c>
+    </row>
+    <row r="967" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A967" s="53" t="s">
+        <v>2285</v>
+      </c>
+      <c r="B967" s="30" t="s">
+        <v>2286</v>
+      </c>
+      <c r="C967" s="87" t="s">
+        <v>2287</v>
+      </c>
+      <c r="D967" s="54">
+        <v>46334</v>
+      </c>
+      <c r="E967" s="88"/>
+    </row>
+    <row r="968" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A968" s="53" t="s">
+        <v>2294</v>
+      </c>
+      <c r="B968" s="72" t="s">
+        <v>2295</v>
+      </c>
+      <c r="C968" s="89" t="s">
+        <v>3493</v>
+      </c>
+      <c r="D968" s="33">
+        <v>46334</v>
+      </c>
+    </row>
+    <row r="969" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A969" s="53" t="s">
+        <v>2302</v>
+      </c>
+      <c r="B969" s="30" t="s">
+        <v>2303</v>
+      </c>
+      <c r="C969" s="87" t="s">
+        <v>3494</v>
+      </c>
+      <c r="D969" s="54">
+        <v>46337</v>
+      </c>
+    </row>
+    <row r="970" spans="1:5" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A970" s="53" t="s">
+        <v>2340</v>
+      </c>
+      <c r="B970" s="30" t="s">
+        <v>2341</v>
+      </c>
+      <c r="C970" s="87" t="s">
+        <v>2235</v>
+      </c>
+      <c r="D970" s="38">
+        <v>45983</v>
+      </c>
+    </row>
+    <row r="971" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A971" s="53" t="s">
+        <v>2354</v>
+      </c>
+      <c r="B971" s="30" t="s">
+        <v>2355</v>
+      </c>
+      <c r="C971" s="87" t="s">
+        <v>3590</v>
+      </c>
+      <c r="D971" s="54">
+        <v>46352</v>
+      </c>
+    </row>
+    <row r="972" spans="1:5" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A972" s="14" t="s">
+        <v>2358</v>
+      </c>
+      <c r="B972" s="25" t="s">
+        <v>2356</v>
+      </c>
+      <c r="C972" s="72" t="s">
+        <v>2357</v>
+      </c>
+      <c r="D972" s="33">
+        <v>46352</v>
+      </c>
+    </row>
+    <row r="973" spans="1:5" ht="135" x14ac:dyDescent="0.25">
+      <c r="A973" s="13" t="s">
+        <v>2364</v>
+      </c>
+      <c r="B973" s="55" t="s">
+        <v>2363</v>
+      </c>
+      <c r="C973" s="72" t="s">
+        <v>3591</v>
+      </c>
+      <c r="D973" s="33">
+        <v>45990</v>
+      </c>
+    </row>
+    <row r="974" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A974" s="53" t="s">
         <v>2365</v>
       </c>
-      <c r="B934" s="30" t="s">
-[...271 lines deleted...]
-      <c r="D953" s="38">
+      <c r="B974" s="35" t="s">
+        <v>2366</v>
+      </c>
+      <c r="C974" s="72" t="s">
+        <v>2367</v>
+      </c>
+      <c r="D974" s="57">
+        <v>45995</v>
+      </c>
+    </row>
+    <row r="975" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A975" s="53" t="s">
+        <v>2368</v>
+      </c>
+      <c r="B975" s="35" t="s">
+        <v>2366</v>
+      </c>
+      <c r="C975" s="87" t="s">
+        <v>3592</v>
+      </c>
+      <c r="D975" s="57">
+        <v>45995</v>
+      </c>
+    </row>
+    <row r="976" spans="1:5" ht="245.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A976" s="53" t="s">
+        <v>2373</v>
+      </c>
+      <c r="B976" s="92" t="s">
+        <v>557</v>
+      </c>
+      <c r="C976" s="72" t="s">
+        <v>26</v>
+      </c>
+      <c r="D976" s="54">
+        <v>45995</v>
+      </c>
+    </row>
+    <row r="977" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A977" s="53" t="s">
+        <v>2378</v>
+      </c>
+      <c r="B977" s="30" t="s">
+        <v>2379</v>
+      </c>
+      <c r="C977" s="87" t="s">
+        <v>2380</v>
+      </c>
+      <c r="D977" s="57">
+        <v>45995</v>
+      </c>
+    </row>
+    <row r="978" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A978" s="15" t="s">
+        <v>2381</v>
+      </c>
+      <c r="B978" s="72" t="s">
+        <v>200</v>
+      </c>
+      <c r="C978" s="93" t="s">
+        <v>2382</v>
+      </c>
+      <c r="D978" s="38">
         <v>46269</v>
       </c>
     </row>
-    <row r="954" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
-[...351 lines deleted...]
-        <v>1999</v>
+    <row r="979" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A979" s="53" t="s">
+        <v>2390</v>
       </c>
       <c r="B979" s="55" t="s">
-        <v>2000</v>
-[...2 lines deleted...]
-        <v>2001</v>
+        <v>1296</v>
+      </c>
+      <c r="C979" s="89" t="s">
+        <v>2389</v>
       </c>
       <c r="D979" s="57">
-        <v>46320</v>
+        <v>46361</v>
       </c>
     </row>
     <row r="980" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A980" s="53" t="s">
-        <v>2003</v>
-[...11 lines deleted...]
-    <row r="981" spans="1:5" x14ac:dyDescent="0.25">
+        <v>2403</v>
+      </c>
+      <c r="B980" s="30" t="s">
+        <v>2404</v>
+      </c>
+      <c r="C980" s="87" t="s">
+        <v>2405</v>
+      </c>
+      <c r="D980" s="57">
+        <v>46331</v>
+      </c>
+    </row>
+    <row r="981" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
       <c r="A981" s="53" t="s">
-        <v>2006</v>
+        <v>2407</v>
       </c>
       <c r="B981" s="30" t="s">
-        <v>2007</v>
-[...5 lines deleted...]
-        <v>46325</v>
+        <v>2406</v>
+      </c>
+      <c r="C981" s="87" t="s">
+        <v>2405</v>
+      </c>
+      <c r="D981" s="57">
+        <v>46331</v>
       </c>
     </row>
     <row r="982" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A982" s="53" t="s">
-        <v>3281</v>
+        <v>2408</v>
       </c>
       <c r="B982" s="30" t="s">
-        <v>2009</v>
-[...22 lines deleted...]
-    <row r="984" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+        <v>2409</v>
+      </c>
+      <c r="C982" s="87" t="s">
+        <v>2413</v>
+      </c>
+      <c r="D982" s="57">
+        <v>46000</v>
+      </c>
+    </row>
+    <row r="983" spans="1:5" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A983" s="61" t="s">
+        <v>2414</v>
+      </c>
+      <c r="B983" s="30" t="s">
+        <v>366</v>
+      </c>
+      <c r="C983" s="87" t="s">
+        <v>26</v>
+      </c>
+      <c r="D983" s="33">
+        <v>46002</v>
+      </c>
+    </row>
+    <row r="984" spans="1:5" ht="180" x14ac:dyDescent="0.25">
       <c r="A984" s="53" t="s">
+        <v>2417</v>
+      </c>
+      <c r="B984" s="30" t="s">
+        <v>2415</v>
+      </c>
+      <c r="C984" s="87" t="s">
+        <v>2416</v>
+      </c>
+      <c r="D984" s="33">
+        <v>46002</v>
+      </c>
+      <c r="E984" s="88"/>
+    </row>
+    <row r="985" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A985" s="53" t="s">
+        <v>2419</v>
+      </c>
+      <c r="B985" s="30" t="s">
+        <v>2420</v>
+      </c>
+      <c r="C985" s="87" t="s">
+        <v>3593</v>
+      </c>
+      <c r="D985" s="33">
+        <v>46367</v>
+      </c>
+      <c r="E985" s="88"/>
+    </row>
+    <row r="986" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A986" s="53" t="s">
+        <v>2425</v>
+      </c>
+      <c r="B986" s="30" t="s">
+        <v>2424</v>
+      </c>
+      <c r="C986" s="87" t="s">
+        <v>2426</v>
+      </c>
+      <c r="D986" s="33">
+        <v>46369</v>
+      </c>
+    </row>
+    <row r="987" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A987" s="53" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B987" s="55" t="s">
+        <v>2428</v>
+      </c>
+      <c r="C987" s="95" t="s">
+        <v>307</v>
+      </c>
+      <c r="D987" s="38">
+        <v>46007</v>
+      </c>
+      <c r="E987" s="94"/>
+    </row>
+    <row r="988" spans="1:5" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A988" s="53" t="s">
+        <v>2430</v>
+      </c>
+      <c r="B988" s="30" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C988" s="95" t="s">
+        <v>2429</v>
+      </c>
+      <c r="D988" s="33">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="989" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A989" s="13" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B989" s="72" t="s">
+        <v>2432</v>
+      </c>
+      <c r="C989" s="72" t="s">
+        <v>2433</v>
+      </c>
+      <c r="D989" s="33">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="990" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A990" s="53" t="s">
+        <v>2434</v>
+      </c>
+      <c r="B990" s="55" t="s">
+        <v>2435</v>
+      </c>
+      <c r="C990" s="87" t="s">
+        <v>2436</v>
+      </c>
+      <c r="D990" s="57">
+        <v>46008</v>
+      </c>
+      <c r="E990" s="88"/>
+    </row>
+    <row r="991" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A991" s="53" t="s">
+        <v>2443</v>
+      </c>
+      <c r="B991" s="46" t="s">
+        <v>2441</v>
+      </c>
+      <c r="C991" s="87" t="s">
+        <v>2442</v>
+      </c>
+      <c r="D991" s="33">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="992" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A992" s="53" t="s">
+        <v>2937</v>
+      </c>
+      <c r="B992" s="30" t="s">
+        <v>2444</v>
+      </c>
+      <c r="C992" s="89" t="s">
+        <v>3495</v>
+      </c>
+      <c r="D992" s="33">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="993" spans="1:5" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A993" s="14" t="s">
+        <v>2448</v>
+      </c>
+      <c r="B993" s="35" t="s">
+        <v>2447</v>
+      </c>
+      <c r="C993" s="89" t="s">
+        <v>3496</v>
+      </c>
+      <c r="D993" s="57">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="994" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A994" s="53" t="s">
+        <v>2450</v>
+      </c>
+      <c r="B994" s="30" t="s">
+        <v>2449</v>
+      </c>
+      <c r="C994" s="87" t="s">
+        <v>3497</v>
+      </c>
+      <c r="D994" s="33">
+        <v>46375</v>
+      </c>
+    </row>
+    <row r="995" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A995" s="53" t="s">
+        <v>2453</v>
+      </c>
+      <c r="B995" s="30" t="s">
+        <v>2454</v>
+      </c>
+      <c r="C995" s="87" t="s">
+        <v>3498</v>
+      </c>
+      <c r="D995" s="33">
+        <v>46375</v>
+      </c>
+    </row>
+    <row r="996" spans="1:5" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A996" s="53" t="s">
+        <v>2464</v>
+      </c>
+      <c r="B996" s="30" t="s">
+        <v>2463</v>
+      </c>
+      <c r="C996" s="87" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D996" s="38">
+        <v>46063</v>
+      </c>
+    </row>
+    <row r="997" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A997" s="53" t="s">
+        <v>2471</v>
+      </c>
+      <c r="B997" s="30" t="s">
+        <v>2472</v>
+      </c>
+      <c r="C997" s="87" t="s">
+        <v>2473</v>
+      </c>
+      <c r="D997" s="33">
+        <v>46018</v>
+      </c>
+    </row>
+    <row r="998" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A998" s="53" t="s">
+        <v>2475</v>
+      </c>
+      <c r="B998" s="30" t="s">
+        <v>2474</v>
+      </c>
+      <c r="C998" s="87" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D998" s="33">
+        <v>46016</v>
+      </c>
+      <c r="E998" s="88"/>
+    </row>
+    <row r="999" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A999" s="53" t="s">
+        <v>2479</v>
+      </c>
+      <c r="B999" s="30" t="s">
+        <v>2480</v>
+      </c>
+      <c r="C999" s="87" t="s">
+        <v>3500</v>
+      </c>
+      <c r="D999" s="54">
+        <v>46029</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:5" ht="135" x14ac:dyDescent="0.25">
+      <c r="A1000" s="53" t="s">
+        <v>2481</v>
+      </c>
+      <c r="B1000" s="55" t="s">
+        <v>2482</v>
+      </c>
+      <c r="C1000" s="87" t="s">
+        <v>2483</v>
+      </c>
+      <c r="D1000" s="54">
+        <v>46028</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1001" s="53" t="s">
+        <v>2484</v>
+      </c>
+      <c r="B1001" s="30" t="s">
+        <v>2485</v>
+      </c>
+      <c r="C1001" s="87" t="s">
+        <v>2486</v>
+      </c>
+      <c r="D1001" s="54">
+        <v>46030</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:5" ht="290.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1002" s="53" t="s">
+        <v>518</v>
+      </c>
+      <c r="B1002" s="96" t="s">
+        <v>2487</v>
+      </c>
+      <c r="C1002" s="72" t="s">
+        <v>2488</v>
+      </c>
+      <c r="D1002" s="38">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:5" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A1003" s="13" t="s">
+        <v>2491</v>
+      </c>
+      <c r="B1003" s="25" t="s">
+        <v>1858</v>
+      </c>
+      <c r="C1003" s="89" t="s">
+        <v>3594</v>
+      </c>
+      <c r="D1003" s="33">
+        <v>46138</v>
+      </c>
+      <c r="E1003" s="88"/>
+    </row>
+    <row r="1004" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1004" s="53" t="s">
+        <v>2503</v>
+      </c>
+      <c r="B1004" s="30" t="s">
+        <v>2504</v>
+      </c>
+      <c r="C1004" s="87" t="s">
+        <v>2505</v>
+      </c>
+      <c r="D1004" s="54">
+        <v>46035</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1005" s="53" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B1005" s="30" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C1005" s="87" t="s">
+        <v>2511</v>
+      </c>
+      <c r="D1005" s="54">
+        <v>46036</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1006" s="53" t="s">
+        <v>3411</v>
+      </c>
+      <c r="B1006" s="55" t="s">
+        <v>2512</v>
+      </c>
+      <c r="C1006" s="87" t="s">
+        <v>2513</v>
+      </c>
+      <c r="D1006" s="54">
+        <v>46035</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1007" s="53" t="s">
+        <v>2515</v>
+      </c>
+      <c r="B1007" s="30" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C1007" s="87" t="s">
+        <v>2517</v>
+      </c>
+      <c r="D1007" s="54">
+        <v>46036</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1008" s="53" t="s">
         <v>2518</v>
       </c>
-      <c r="B984" s="25" t="s">
-[...30 lines deleted...]
-      <c r="C986" s="72" t="s">
+      <c r="B1008" s="30" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C1008" s="95" t="s">
+        <v>2519</v>
+      </c>
+      <c r="D1008" s="57">
+        <v>46038</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1009" s="53" t="s">
+        <v>3220</v>
+      </c>
+      <c r="B1009" s="55" t="s">
+        <v>2522</v>
+      </c>
+      <c r="C1009" s="89" t="s">
+        <v>2523</v>
+      </c>
+      <c r="D1009" s="33">
+        <v>46039</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:5" ht="75.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1010" s="15" t="s">
+        <v>2525</v>
+      </c>
+      <c r="B1010" s="72" t="s">
+        <v>2526</v>
+      </c>
+      <c r="C1010" s="72" t="s">
+        <v>2527</v>
+      </c>
+      <c r="D1010" s="33">
+        <v>46042</v>
+      </c>
+      <c r="E1010" s="41"/>
+    </row>
+    <row r="1011" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1011" s="53" t="s">
+        <v>2539</v>
+      </c>
+      <c r="B1011" s="55" t="s">
+        <v>2538</v>
+      </c>
+      <c r="C1011" s="87" t="s">
+        <v>2442</v>
+      </c>
+      <c r="D1011" s="57">
+        <v>46048</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1012" s="53" t="s">
+        <v>2540</v>
+      </c>
+      <c r="B1012" s="30" t="s">
+        <v>2541</v>
+      </c>
+      <c r="C1012" s="87" t="s">
+        <v>80</v>
+      </c>
+      <c r="D1012" s="57">
+        <v>46049</v>
+      </c>
+      <c r="E1012" s="88"/>
+    </row>
+    <row r="1013" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1013" s="53" t="s">
+        <v>2544</v>
+      </c>
+      <c r="B1013" s="30" t="s">
+        <v>2545</v>
+      </c>
+      <c r="C1013" s="87" t="s">
+        <v>3595</v>
+      </c>
+      <c r="D1013" s="57">
+        <v>46051</v>
+      </c>
+      <c r="E1013" s="88"/>
+    </row>
+    <row r="1014" spans="1:5" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A1014" s="53" t="s">
+        <v>3332</v>
+      </c>
+      <c r="B1014" s="35" t="s">
+        <v>2548</v>
+      </c>
+      <c r="C1014" s="87" t="s">
+        <v>3596</v>
+      </c>
+      <c r="D1014" s="57">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1015" s="53" t="s">
+        <v>2549</v>
+      </c>
+      <c r="B1015" s="30" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C1015" s="89" t="s">
+        <v>3501</v>
+      </c>
+      <c r="D1015" s="38">
+        <v>46054</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:5" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A1016" s="53" t="s">
+        <v>2554</v>
+      </c>
+      <c r="B1016" s="30" t="s">
+        <v>2552</v>
+      </c>
+      <c r="C1016" s="87" t="s">
+        <v>2553</v>
+      </c>
+      <c r="D1016" s="57">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1017" s="53" t="s">
+        <v>2558</v>
+      </c>
+      <c r="B1017" s="30" t="s">
+        <v>2559</v>
+      </c>
+      <c r="C1017" s="87" t="s">
+        <v>3597</v>
+      </c>
+      <c r="D1017" s="38">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:5" ht="247.5" x14ac:dyDescent="0.25">
+      <c r="A1018" s="97" t="s">
+        <v>2561</v>
+      </c>
+      <c r="B1018" s="72" t="s">
+        <v>2560</v>
+      </c>
+      <c r="C1018" s="89" t="s">
+        <v>3502</v>
+      </c>
+      <c r="D1018" s="38">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1019" s="53" t="s">
+        <v>2562</v>
+      </c>
+      <c r="B1019" s="35" t="s">
+        <v>2563</v>
+      </c>
+      <c r="C1019" s="89" t="s">
+        <v>2564</v>
+      </c>
+      <c r="D1019" s="38">
+        <v>46057</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1020" s="53" t="s">
+        <v>2566</v>
+      </c>
+      <c r="B1020" s="30" t="s">
+        <v>2565</v>
+      </c>
+      <c r="C1020" s="87" t="s">
+        <v>160</v>
+      </c>
+      <c r="D1020" s="38">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1021" s="13" t="s">
+        <v>2567</v>
+      </c>
+      <c r="B1021" s="25" t="s">
+        <v>2568</v>
+      </c>
+      <c r="C1021" s="72" t="s">
+        <v>2569</v>
+      </c>
+      <c r="D1021" s="33">
+        <v>46079</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1022" s="53" t="s">
+        <v>2570</v>
+      </c>
+      <c r="B1022" s="30" t="s">
+        <v>2571</v>
+      </c>
+      <c r="C1022" s="87" t="s">
+        <v>2572</v>
+      </c>
+      <c r="D1022" s="33">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1023" s="53" t="s">
+        <v>2575</v>
+      </c>
+      <c r="B1023" s="30" t="s">
+        <v>2576</v>
+      </c>
+      <c r="C1023" s="87" t="s">
         <v>3598</v>
       </c>
-      <c r="D986" s="33">
-[...542 lines deleted...]
-    <row r="1025" spans="1:5" ht="290.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D1023" s="38">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:5" ht="66" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1024" s="14" t="s">
+        <v>2577</v>
+      </c>
+      <c r="B1024" s="72" t="s">
+        <v>558</v>
+      </c>
+      <c r="C1024" s="72" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1024" s="38">
+        <v>46061</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1025" s="53" t="s">
-        <v>528</v>
-[...11 lines deleted...]
-    <row r="1026" spans="1:5" ht="146.25" x14ac:dyDescent="0.25">
+        <v>2578</v>
+      </c>
+      <c r="B1025" s="30" t="s">
+        <v>2579</v>
+      </c>
+      <c r="C1025" s="87" t="s">
+        <v>920</v>
+      </c>
+      <c r="D1025" s="33">
+        <v>46060</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A1026" s="13" t="s">
-        <v>2571</v>
-[...12 lines deleted...]
-    <row r="1027" spans="1:5" x14ac:dyDescent="0.25">
+        <v>2580</v>
+      </c>
+      <c r="B1026" s="55" t="s">
+        <v>2581</v>
+      </c>
+      <c r="C1026" s="72" t="s">
+        <v>2582</v>
+      </c>
+      <c r="D1026" s="57">
+        <v>46061</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A1027" s="53" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="B1027" s="30" t="s">
-        <v>2584</v>
-[...1 lines deleted...]
-      <c r="C1027" s="87" t="s">
         <v>2585</v>
       </c>
-      <c r="D1027" s="54">
-[...3 lines deleted...]
-    <row r="1028" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="C1027" s="95" t="s">
+        <v>2586</v>
+      </c>
+      <c r="D1027" s="38">
+        <v>46060</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:5" ht="146.25" x14ac:dyDescent="0.25">
       <c r="A1028" s="53" t="s">
-        <v>2590</v>
+        <v>2594</v>
       </c>
       <c r="B1028" s="30" t="s">
-        <v>1279</v>
+        <v>2592</v>
       </c>
       <c r="C1028" s="87" t="s">
-        <v>2591</v>
-[...5 lines deleted...]
-    <row r="1029" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+        <v>2593</v>
+      </c>
+      <c r="D1028" s="38">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1029" s="53" t="s">
-        <v>3517</v>
-[...11 lines deleted...]
-    <row r="1030" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+        <v>2595</v>
+      </c>
+      <c r="B1029" s="25" t="s">
+        <v>2597</v>
+      </c>
+      <c r="C1029" s="89" t="s">
+        <v>2596</v>
+      </c>
+      <c r="D1029" s="38">
+        <v>46064</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A1030" s="53" t="s">
-        <v>2595</v>
+        <v>2600</v>
       </c>
       <c r="B1030" s="30" t="s">
-        <v>2596</v>
+        <v>2637</v>
       </c>
       <c r="C1030" s="87" t="s">
-        <v>2597</v>
+        <v>2601</v>
       </c>
       <c r="D1030" s="54">
-        <v>46036</v>
-[...24 lines deleted...]
-        <v>2603</v>
+        <v>46066</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1031" s="13" t="s">
+        <v>2604</v>
+      </c>
+      <c r="B1031" s="98" t="s">
+        <v>2605</v>
+      </c>
+      <c r="C1031" s="87" t="s">
+        <v>2606</v>
+      </c>
+      <c r="D1031" s="33">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:5" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1032" s="16" t="s">
+        <v>2671</v>
+      </c>
+      <c r="B1032" s="72" t="s">
+        <v>2607</v>
+      </c>
+      <c r="C1032" s="72" t="s">
+        <v>52</v>
       </c>
       <c r="D1032" s="33">
-        <v>46039</v>
-[...17 lines deleted...]
-    <row r="1034" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+        <v>46066</v>
+      </c>
+      <c r="E1032" s="99"/>
+    </row>
+    <row r="1033" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1033" s="53" t="s">
+        <v>2608</v>
+      </c>
+      <c r="B1033" s="30" t="s">
+        <v>2609</v>
+      </c>
+      <c r="C1033" s="87" t="s">
+        <v>2610</v>
+      </c>
+      <c r="D1033" s="38">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1034" s="53" t="s">
-        <v>2619</v>
-[...2 lines deleted...]
-        <v>2618</v>
+        <v>3355</v>
+      </c>
+      <c r="B1034" s="30" t="s">
+        <v>2612</v>
       </c>
       <c r="C1034" s="87" t="s">
-        <v>2521</v>
-[...2 lines deleted...]
-        <v>46048</v>
+        <v>3503</v>
+      </c>
+      <c r="D1034" s="38">
+        <v>46067</v>
       </c>
     </row>
     <row r="1035" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1035" s="53" t="s">
+        <v>2613</v>
+      </c>
+      <c r="B1035" s="30" t="s">
+        <v>2614</v>
+      </c>
+      <c r="C1035" s="87" t="s">
+        <v>548</v>
+      </c>
+      <c r="D1035" s="38">
+        <v>46067</v>
+      </c>
+      <c r="E1035" s="88"/>
+    </row>
+    <row r="1036" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1036" s="53" t="s">
+        <v>2615</v>
+      </c>
+      <c r="B1036" s="55" t="s">
+        <v>2616</v>
+      </c>
+      <c r="C1036" s="87" t="s">
+        <v>3599</v>
+      </c>
+      <c r="D1036" s="38">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1037" s="53" t="s">
+        <v>2617</v>
+      </c>
+      <c r="B1037" s="55" t="s">
+        <v>2616</v>
+      </c>
+      <c r="C1037" s="87" t="s">
+        <v>3600</v>
+      </c>
+      <c r="D1037" s="38">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1038" s="53" t="s">
+        <v>2618</v>
+      </c>
+      <c r="B1038" s="55" t="s">
+        <v>2616</v>
+      </c>
+      <c r="C1038" s="87" t="s">
+        <v>3599</v>
+      </c>
+      <c r="D1038" s="38">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1039" s="53" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B1039" s="25" t="s">
         <v>2620</v>
       </c>
-      <c r="B1035" s="30" t="s">
+      <c r="C1039" s="89" t="s">
+        <v>3601</v>
+      </c>
+      <c r="D1039" s="33">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1040" s="13" t="s">
         <v>2621</v>
       </c>
-      <c r="C1035" s="87" t="s">
-[...11 lines deleted...]
-      <c r="B1036" s="30" t="s">
+      <c r="B1040" s="72" t="s">
+        <v>2622</v>
+      </c>
+      <c r="C1040" s="87" t="s">
+        <v>2623</v>
+      </c>
+      <c r="D1040" s="54">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1041" s="53" t="s">
         <v>2625</v>
       </c>
-      <c r="C1036" s="87" t="s">
+      <c r="B1041" s="30" t="s">
         <v>2626</v>
       </c>
-      <c r="D1036" s="57">
-[...11 lines deleted...]
-      <c r="C1037" s="87" t="s">
+      <c r="C1041" s="87" t="s">
+        <v>2627</v>
+      </c>
+      <c r="D1041" s="38">
+        <v>46070</v>
+      </c>
+      <c r="E1041" s="88"/>
+    </row>
+    <row r="1042" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1042" s="53" t="s">
         <v>2630</v>
       </c>
-      <c r="D1037" s="57">
-[...4 lines deleted...]
-      <c r="A1038" s="53" t="s">
+      <c r="B1042" s="30" t="s">
         <v>2631</v>
       </c>
-      <c r="B1038" s="30" t="s">
-[...24 lines deleted...]
-      <c r="A1040" s="53" t="s">
+      <c r="C1042" s="87" t="s">
+        <v>2632</v>
+      </c>
+      <c r="D1042" s="38">
+        <v>46071</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1043" s="53" t="s">
+        <v>2641</v>
+      </c>
+      <c r="B1043" s="30" t="s">
+        <v>2639</v>
+      </c>
+      <c r="C1043" s="87" t="s">
         <v>2640</v>
       </c>
-      <c r="B1040" s="30" t="s">
-[...24 lines deleted...]
-      <c r="A1042" s="53" t="s">
+      <c r="D1043" s="38">
+        <v>46074</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1044" s="53" t="s">
         <v>2645</v>
       </c>
-      <c r="B1042" s="35" t="s">
+      <c r="B1044" s="30" t="s">
         <v>2646</v>
       </c>
-      <c r="C1042" s="89" t="s">
+      <c r="C1044" s="72" t="s">
+        <v>416</v>
+      </c>
+      <c r="D1044" s="38">
+        <v>46074</v>
+      </c>
+      <c r="E1044" s="100"/>
+    </row>
+    <row r="1045" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1045" s="53" t="s">
+        <v>2649</v>
+      </c>
+      <c r="B1045" s="46" t="s">
         <v>2647</v>
       </c>
-      <c r="D1042" s="38">
-[...7 lines deleted...]
-      <c r="B1043" s="30" t="s">
+      <c r="C1045" s="87" t="s">
         <v>2648</v>
       </c>
-      <c r="C1043" s="87" t="s">
-[...10 lines deleted...]
-      <c r="B1044" s="25" t="s">
+      <c r="D1045" s="38">
+        <v>46077</v>
+      </c>
+      <c r="E1045" s="100"/>
+    </row>
+    <row r="1046" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1046" s="53" t="s">
         <v>2651</v>
       </c>
-      <c r="C1044" s="72" t="s">
+      <c r="B1046" s="55" t="s">
         <v>2652</v>
       </c>
-      <c r="D1044" s="33">
+      <c r="C1046" s="87" t="s">
+        <v>2653</v>
+      </c>
+      <c r="D1046" s="54">
+        <v>46114</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1047" s="53" t="s">
+        <v>2654</v>
+      </c>
+      <c r="B1047" s="30" t="s">
+        <v>2655</v>
+      </c>
+      <c r="C1047" s="87" t="s">
+        <v>2483</v>
+      </c>
+      <c r="D1047" s="38">
+        <v>46080</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:5" ht="147.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1048" s="14" t="s">
+        <v>2656</v>
+      </c>
+      <c r="B1048" s="25" t="s">
+        <v>2657</v>
+      </c>
+      <c r="C1048" s="72" t="s">
+        <v>2658</v>
+      </c>
+      <c r="D1048" s="33">
         <v>46079</v>
       </c>
     </row>
-    <row r="1045" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
-[...20 lines deleted...]
-      <c r="C1046" s="87" t="s">
+    <row r="1049" spans="1:5" ht="265.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1049" s="101" t="s">
         <v>2660</v>
       </c>
-      <c r="D1046" s="38">
-[...4 lines deleted...]
-      <c r="A1047" s="14" t="s">
+      <c r="B1049" s="72" t="s">
         <v>2661</v>
       </c>
-      <c r="B1047" s="72" t="s">
-[...10 lines deleted...]
-      <c r="A1048" s="53" t="s">
+      <c r="C1049" s="72" t="s">
         <v>2662</v>
       </c>
-      <c r="B1048" s="30" t="s">
+      <c r="D1049" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1050" s="53" t="s">
+        <v>2665</v>
+      </c>
+      <c r="B1050" s="102" t="s">
         <v>2663</v>
       </c>
-      <c r="C1048" s="87" t="s">
-[...7 lines deleted...]
-      <c r="A1049" s="13" t="s">
+      <c r="C1050" s="55" t="s">
         <v>2664</v>
       </c>
-      <c r="B1049" s="55" t="s">
-[...2 lines deleted...]
-      <c r="C1049" s="72" t="s">
+      <c r="D1050" s="103">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:5" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1051" s="53" t="s">
         <v>2666</v>
       </c>
-      <c r="D1049" s="57">
-[...4 lines deleted...]
-      <c r="A1050" s="53" t="s">
+      <c r="B1051" s="55" t="s">
+        <v>2667</v>
+      </c>
+      <c r="C1051" s="87" t="s">
         <v>2668</v>
       </c>
-      <c r="B1050" s="30" t="s">
+      <c r="D1051" s="38">
+        <v>46145</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:5" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A1052" s="53" t="s">
+        <v>3026</v>
+      </c>
+      <c r="B1052" s="30" t="s">
         <v>2669</v>
       </c>
-      <c r="C1050" s="98" t="s">
+      <c r="C1052" s="87" t="s">
         <v>2670</v>
       </c>
-      <c r="D1050" s="38">
-[...4 lines deleted...]
-      <c r="A1051" s="53" t="s">
+      <c r="D1052" s="38">
+        <v>46145</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:5" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A1053" s="53" t="s">
+        <v>2672</v>
+      </c>
+      <c r="B1053" s="30" t="s">
+        <v>2673</v>
+      </c>
+      <c r="C1053" s="87" t="s">
+        <v>3602</v>
+      </c>
+      <c r="D1053" s="33">
+        <v>46086</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1054" s="15" t="s">
+        <v>2674</v>
+      </c>
+      <c r="B1054" s="30" t="s">
+        <v>2675</v>
+      </c>
+      <c r="C1054" s="91" t="s">
+        <v>43</v>
+      </c>
+      <c r="D1054" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1055" s="53" t="s">
+        <v>2676</v>
+      </c>
+      <c r="B1055" s="30" t="s">
+        <v>2679</v>
+      </c>
+      <c r="C1055" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D1055" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1056" s="53" t="s">
+        <v>2677</v>
+      </c>
+      <c r="B1056" s="30" t="s">
         <v>2678</v>
       </c>
-      <c r="B1051" s="30" t="s">
-[...74 lines deleted...]
-        <v>2694</v>
+      <c r="C1056" s="72" t="s">
+        <v>43</v>
       </c>
       <c r="D1056" s="38">
-        <v>46067</v>
+        <v>46087</v>
       </c>
     </row>
     <row r="1057" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1057" s="53" t="s">
-        <v>3459</v>
+        <v>2680</v>
       </c>
       <c r="B1057" s="30" t="s">
-        <v>2696</v>
-[...5 lines deleted...]
-        <v>46067</v>
+        <v>2682</v>
+      </c>
+      <c r="C1057" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D1057" s="33">
+        <v>46087</v>
       </c>
     </row>
     <row r="1058" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1058" s="53" t="s">
+        <v>2681</v>
+      </c>
+      <c r="B1058" s="30" t="s">
+        <v>2683</v>
+      </c>
+      <c r="C1058" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D1058" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1059" s="53" t="s">
+        <v>2684</v>
+      </c>
+      <c r="B1059" s="72" t="s">
+        <v>2685</v>
+      </c>
+      <c r="C1059" s="87" t="s">
+        <v>3603</v>
+      </c>
+      <c r="D1059" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1060" s="53" t="s">
+        <v>2686</v>
+      </c>
+      <c r="B1060" s="30" t="s">
+        <v>2687</v>
+      </c>
+      <c r="C1060" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="D1060" s="33">
+        <v>46088</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1061" s="53" t="s">
+        <v>2688</v>
+      </c>
+      <c r="B1061" s="30" t="s">
+        <v>2689</v>
+      </c>
+      <c r="C1061" s="87" t="s">
+        <v>2690</v>
+      </c>
+      <c r="D1061" s="33">
+        <v>46088</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:5" ht="330.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1062" s="15" t="s">
+        <v>2691</v>
+      </c>
+      <c r="B1062" s="30" t="s">
+        <v>2692</v>
+      </c>
+      <c r="C1062" s="87" t="s">
+        <v>26</v>
+      </c>
+      <c r="D1062" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1063" s="15" t="s">
+        <v>2769</v>
+      </c>
+      <c r="B1063" s="72" t="s">
+        <v>2973</v>
+      </c>
+      <c r="C1063" s="93" t="s">
+        <v>2693</v>
+      </c>
+      <c r="D1063" s="38">
+        <v>46102</v>
+      </c>
+      <c r="E1063" s="100"/>
+    </row>
+    <row r="1064" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1064" s="14" t="s">
+        <v>2696</v>
+      </c>
+      <c r="B1064" s="25" t="s">
         <v>2697</v>
       </c>
-      <c r="B1058" s="30" t="s">
-[...11 lines deleted...]
-      <c r="A1059" s="53" t="s">
+      <c r="C1064" s="72" t="s">
+        <v>637</v>
+      </c>
+      <c r="D1064" s="38">
+        <v>46091</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:5" ht="240.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1065" s="21" t="s">
         <v>2699</v>
       </c>
-      <c r="B1059" s="55" t="s">
+      <c r="B1065" s="72" t="s">
         <v>2700</v>
       </c>
-      <c r="C1059" s="87" t="s">
-[...7 lines deleted...]
-      <c r="A1060" s="53" t="s">
+      <c r="C1065" s="93" t="s">
+        <v>3604</v>
+      </c>
+      <c r="D1065" s="33">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1066" s="53" t="s">
         <v>2702</v>
       </c>
-      <c r="B1060" s="55" t="s">
-[...2 lines deleted...]
-      <c r="C1060" s="87" t="s">
+      <c r="B1066" s="30" t="s">
         <v>2703</v>
       </c>
-      <c r="D1060" s="38">
-[...4 lines deleted...]
-      <c r="A1061" s="53" t="s">
+      <c r="C1066" s="87" t="s">
         <v>2704</v>
       </c>
-      <c r="B1061" s="55" t="s">
-[...13 lines deleted...]
-      <c r="B1062" s="25" t="s">
+      <c r="D1066" s="33">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1067" s="53" t="s">
         <v>2706</v>
       </c>
-      <c r="C1062" s="89" t="s">
-[...7 lines deleted...]
-      <c r="A1063" s="13" t="s">
+      <c r="B1067" s="30" t="s">
         <v>2707</v>
       </c>
-      <c r="B1063" s="72" t="s">
+      <c r="C1067" s="87" t="s">
         <v>2708</v>
       </c>
-      <c r="C1063" s="87" t="s">
+      <c r="D1067" s="33">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1068" s="53" t="s">
         <v>2709</v>
       </c>
-      <c r="D1063" s="54">
-[...4 lines deleted...]
-      <c r="A1064" s="53" t="s">
+      <c r="B1068" s="55" t="s">
+        <v>2710</v>
+      </c>
+      <c r="C1068" s="55" t="s">
+        <v>3605</v>
+      </c>
+      <c r="D1068" s="54">
+        <v>46093</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1069" s="53" t="s">
         <v>2711</v>
       </c>
-      <c r="B1064" s="30" t="s">
+      <c r="B1069" s="30" t="s">
         <v>2712</v>
       </c>
-      <c r="C1064" s="87" t="s">
+      <c r="C1069" s="87" t="s">
         <v>2713</v>
       </c>
-      <c r="D1064" s="38">
-[...5 lines deleted...]
-      <c r="A1065" s="53" t="s">
+      <c r="D1069" s="38">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:5" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A1070" s="53" t="s">
+        <v>2714</v>
+      </c>
+      <c r="B1070" s="30" t="s">
+        <v>2715</v>
+      </c>
+      <c r="C1070" s="87" t="s">
         <v>2716</v>
       </c>
-      <c r="B1065" s="30" t="s">
-[...2 lines deleted...]
-      <c r="C1065" s="87" t="s">
+      <c r="D1070" s="38">
+        <v>46099</v>
+      </c>
+      <c r="E1070" s="88"/>
+    </row>
+    <row r="1071" spans="1:5" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A1071" s="15" t="s">
+        <v>3025</v>
+      </c>
+      <c r="B1071" s="72" t="s">
         <v>2718</v>
       </c>
-      <c r="D1065" s="38">
-[...7 lines deleted...]
-      <c r="B1066" s="30" t="s">
+      <c r="C1071" s="55" t="s">
+        <v>2719</v>
+      </c>
+      <c r="D1071" s="38">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:5" ht="203.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1072" s="14" t="s">
+        <v>2722</v>
+      </c>
+      <c r="B1072" s="72" t="s">
+        <v>2723</v>
+      </c>
+      <c r="C1072" s="72" t="s">
+        <v>2724</v>
+      </c>
+      <c r="D1072" s="33">
+        <v>46100</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:5" ht="306" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1073" s="15" t="s">
+        <v>2725</v>
+      </c>
+      <c r="B1073" s="72" t="s">
         <v>2726</v>
       </c>
-      <c r="C1066" s="87" t="s">
+      <c r="C1073" s="89" t="s">
         <v>2727</v>
       </c>
-      <c r="D1066" s="38">
-[...4 lines deleted...]
-      <c r="A1067" s="53" t="s">
+      <c r="D1073" s="38">
+        <v>46100</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1074" s="62" t="s">
+        <v>2729</v>
+      </c>
+      <c r="B1074" s="30" t="s">
+        <v>2730</v>
+      </c>
+      <c r="C1074" s="87" t="s">
+        <v>3606</v>
+      </c>
+      <c r="D1074" s="38">
+        <v>46101</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:5" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A1075" s="53" t="s">
+        <v>2733</v>
+      </c>
+      <c r="B1075" s="55" t="s">
+        <v>2731</v>
+      </c>
+      <c r="C1075" s="72" t="s">
         <v>2732</v>
       </c>
-      <c r="B1067" s="30" t="s">
-[...14 lines deleted...]
-      <c r="B1068" s="46" t="s">
+      <c r="D1075" s="54">
+        <v>46101</v>
+      </c>
+      <c r="E1075" s="94"/>
+    </row>
+    <row r="1076" spans="1:5" ht="197.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1076" s="53" t="s">
         <v>2734</v>
       </c>
-      <c r="C1068" s="87" t="s">
+      <c r="B1076" s="30" t="s">
         <v>2735</v>
       </c>
-      <c r="D1068" s="38">
-[...5 lines deleted...]
-      <c r="A1069" s="53" t="s">
+      <c r="C1076" s="87" t="s">
+        <v>920</v>
+      </c>
+      <c r="D1076" s="33">
+        <v>46101</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1077" s="13" t="s">
+        <v>2737</v>
+      </c>
+      <c r="B1077" s="72" t="s">
         <v>2738</v>
       </c>
-      <c r="B1069" s="55" t="s">
-[...24 lines deleted...]
-      <c r="A1071" s="14" t="s">
+      <c r="C1077" s="89" t="s">
+        <v>26</v>
+      </c>
+      <c r="D1077" s="33">
+        <v>46102</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:5" ht="347.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1078" s="14" t="s">
         <v>2743</v>
       </c>
-      <c r="B1071" s="25" t="s">
+      <c r="B1078" s="30" t="s">
+        <v>2899</v>
+      </c>
+      <c r="C1078" s="91" t="s">
         <v>2744</v>
       </c>
-      <c r="C1071" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A1072" s="105" t="s">
+      <c r="D1078" s="33">
+        <v>46105</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1079" s="53" t="s">
         <v>2747</v>
       </c>
-      <c r="B1072" s="72" t="s">
+      <c r="B1079" s="30" t="s">
         <v>2748</v>
       </c>
-      <c r="C1072" s="72" t="s">
+      <c r="C1079" s="87" t="s">
         <v>2749</v>
       </c>
-      <c r="D1072" s="33">
-[...4 lines deleted...]
-      <c r="A1073" s="53" t="s">
+      <c r="D1079" s="33">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:5" ht="155.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1080" s="64" t="s">
+        <v>2750</v>
+      </c>
+      <c r="B1080" s="46" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C1080" s="89" t="s">
+        <v>3607</v>
+      </c>
+      <c r="D1080" s="38">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1081" s="53" t="s">
+        <v>2751</v>
+      </c>
+      <c r="B1081" s="30" t="s">
         <v>2752</v>
       </c>
-      <c r="B1073" s="106" t="s">
-[...115 lines deleted...]
-        <v>43</v>
+      <c r="C1081" s="87" t="s">
+        <v>3608</v>
       </c>
       <c r="D1081" s="33">
-        <v>46087</v>
+        <v>46107</v>
       </c>
     </row>
     <row r="1082" spans="1:5" ht="90" x14ac:dyDescent="0.25">
       <c r="A1082" s="53" t="s">
+        <v>2754</v>
+      </c>
+      <c r="B1082" s="30" t="s">
+        <v>2755</v>
+      </c>
+      <c r="C1082" s="87" t="s">
+        <v>2756</v>
+      </c>
+      <c r="D1082" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1083" s="53" t="s">
+        <v>2757</v>
+      </c>
+      <c r="B1083" s="30" t="s">
+        <v>2758</v>
+      </c>
+      <c r="C1083" s="87" t="s">
+        <v>2759</v>
+      </c>
+      <c r="D1083" s="33">
+        <v>46839</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:5" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1084" s="13" t="s">
+        <v>2761</v>
+      </c>
+      <c r="B1084" s="25" t="s">
+        <v>2762</v>
+      </c>
+      <c r="C1084" s="89" t="s">
+        <v>2763</v>
+      </c>
+      <c r="D1084" s="38">
+        <v>46109</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:5" ht="72" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1085" s="14" t="s">
+        <v>2764</v>
+      </c>
+      <c r="B1085" s="25" t="s">
+        <v>2765</v>
+      </c>
+      <c r="C1085" s="72" t="s">
+        <v>747</v>
+      </c>
+      <c r="D1085" s="33">
+        <v>46109</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1086" s="104" t="s">
+        <v>2766</v>
+      </c>
+      <c r="B1086" s="55" t="s">
+        <v>2767</v>
+      </c>
+      <c r="C1086" s="87" t="s">
+        <v>75</v>
+      </c>
+      <c r="D1086" s="54">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1087" s="53" t="s">
+        <v>2771</v>
+      </c>
+      <c r="B1087" s="30" t="s">
         <v>2772</v>
       </c>
-      <c r="B1082" s="72" t="s">
+      <c r="C1087" s="87" t="s">
         <v>2773</v>
       </c>
-      <c r="C1082" s="87" t="s">
-[...7 lines deleted...]
-      <c r="A1083" s="53" t="s">
+      <c r="D1087" s="54">
+        <v>46113</v>
+      </c>
+      <c r="E1087" s="94"/>
+    </row>
+    <row r="1088" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1088" s="53" t="s">
         <v>2775</v>
       </c>
-      <c r="B1083" s="30" t="s">
+      <c r="B1088" s="30" t="s">
         <v>2776</v>
       </c>
-      <c r="C1083" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A1084" s="53" t="s">
+      <c r="C1088" s="87" t="s">
         <v>2777</v>
       </c>
-      <c r="B1084" s="30" t="s">
-[...2 lines deleted...]
-      <c r="C1084" s="87" t="s">
+      <c r="D1088" s="54">
+        <v>46116</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1089" s="53" t="s">
         <v>2779</v>
       </c>
-      <c r="D1084" s="33">
-[...4 lines deleted...]
-      <c r="A1085" s="15" t="s">
+      <c r="B1089" s="30" t="s">
         <v>2780</v>
       </c>
-      <c r="B1085" s="30" t="s">
+      <c r="C1089" s="87" t="s">
+        <v>3504</v>
+      </c>
+      <c r="D1089" s="38">
+        <v>46116</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1090" s="53" t="s">
         <v>2781</v>
       </c>
-      <c r="C1085" s="87" t="s">
-[...7 lines deleted...]
-      <c r="A1086" s="15" t="s">
+      <c r="B1090" s="55" t="s">
+        <v>2782</v>
+      </c>
+      <c r="C1090" s="72" t="s">
+        <v>2783</v>
+      </c>
+      <c r="D1090" s="57">
+        <v>46116</v>
+      </c>
+      <c r="E1090" s="88" t="s">
+        <v>2784</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1091" s="53" t="s">
+        <v>2785</v>
+      </c>
+      <c r="B1091" s="55" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C1091" s="87" t="s">
+        <v>3609</v>
+      </c>
+      <c r="D1091" s="54">
+        <v>46158</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:5" ht="409.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1092" s="53" t="s">
+        <v>2791</v>
+      </c>
+      <c r="B1092" s="30" t="s">
+        <v>2792</v>
+      </c>
+      <c r="C1092" s="87" t="s">
+        <v>2793</v>
+      </c>
+      <c r="D1092" s="54">
+        <v>46120</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:5" ht="142.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1093" s="53" t="s">
+        <v>2796</v>
+      </c>
+      <c r="B1093" s="55" t="s">
+        <v>2797</v>
+      </c>
+      <c r="C1093" s="72" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D1093" s="33">
+        <v>46123</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1094" s="53" t="s">
+        <v>2798</v>
+      </c>
+      <c r="B1094" s="30" t="s">
+        <v>2799</v>
+      </c>
+      <c r="C1094" s="87" t="s">
+        <v>2800</v>
+      </c>
+      <c r="D1094" s="54">
+        <v>46123</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1095" s="53" t="s">
+        <v>2802</v>
+      </c>
+      <c r="B1095" s="30" t="s">
+        <v>2803</v>
+      </c>
+      <c r="C1095" s="87" t="s">
+        <v>3500</v>
+      </c>
+      <c r="D1095" s="54">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1096" s="15" t="s">
+        <v>2805</v>
+      </c>
+      <c r="B1096" s="72" t="s">
+        <v>2806</v>
+      </c>
+      <c r="C1096" s="89" t="s">
+        <v>2807</v>
+      </c>
+      <c r="D1096" s="54">
+        <v>46249</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1097" s="53" t="s">
+        <v>2808</v>
+      </c>
+      <c r="B1097" s="30" t="s">
+        <v>2809</v>
+      </c>
+      <c r="C1097" s="87" t="s">
+        <v>2810</v>
+      </c>
+      <c r="D1097" s="54">
+        <v>46128</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1098" s="15" t="s">
+        <v>2811</v>
+      </c>
+      <c r="B1098" s="72" t="s">
+        <v>2812</v>
+      </c>
+      <c r="C1098" s="72" t="s">
+        <v>2813</v>
+      </c>
+      <c r="D1098" s="33">
+        <v>46128</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1099" s="53" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B1099" s="55" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C1099" s="87" t="s">
+        <v>3376</v>
+      </c>
+      <c r="D1099" s="38">
+        <v>46129</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1100" s="14" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B1100" s="72" t="s">
+        <v>2816</v>
+      </c>
+      <c r="C1100" s="72" t="s">
+        <v>2817</v>
+      </c>
+      <c r="D1100" s="33">
+        <v>46123</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1101" s="53" t="s">
+        <v>2818</v>
+      </c>
+      <c r="B1101" s="30" t="s">
+        <v>2819</v>
+      </c>
+      <c r="C1101" s="87" t="s">
+        <v>2820</v>
+      </c>
+      <c r="D1101" s="54">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1102" s="13" t="s">
+        <v>2821</v>
+      </c>
+      <c r="B1102" s="72" t="s">
+        <v>2822</v>
+      </c>
+      <c r="C1102" s="72" t="s">
+        <v>2823</v>
+      </c>
+      <c r="D1102" s="33">
+        <v>46123</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1103" s="53" t="s">
+        <v>2825</v>
+      </c>
+      <c r="B1103" s="72" t="s">
+        <v>2826</v>
+      </c>
+      <c r="C1103" s="87" t="s">
+        <v>3505</v>
+      </c>
+      <c r="D1103" s="33">
+        <v>46136</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1104" s="53" t="s">
+        <v>2827</v>
+      </c>
+      <c r="B1104" s="30" t="s">
+        <v>936</v>
+      </c>
+      <c r="C1104" s="89" t="s">
+        <v>2828</v>
+      </c>
+      <c r="D1104" s="33">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1105" s="53" t="s">
+        <v>2829</v>
+      </c>
+      <c r="B1105" s="30" t="s">
+        <v>2830</v>
+      </c>
+      <c r="C1105" s="72" t="s">
+        <v>2831</v>
+      </c>
+      <c r="D1105" s="57">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:5" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1106" s="53" t="s">
+        <v>2833</v>
+      </c>
+      <c r="B1106" s="30" t="s">
+        <v>2303</v>
+      </c>
+      <c r="C1106" s="87" t="s">
+        <v>3506</v>
+      </c>
+      <c r="D1106" s="54">
+        <v>46141</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:5" ht="321.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1107" s="53" t="s">
+        <v>2834</v>
+      </c>
+      <c r="B1107" s="55" t="s">
+        <v>2835</v>
+      </c>
+      <c r="C1107" s="87" t="s">
+        <v>2836</v>
+      </c>
+      <c r="D1107" s="54">
+        <v>46126</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1108" s="53" t="s">
+        <v>2837</v>
+      </c>
+      <c r="B1108" s="30" t="s">
+        <v>2303</v>
+      </c>
+      <c r="C1108" s="87" t="s">
+        <v>3506</v>
+      </c>
+      <c r="D1108" s="54">
+        <v>46141</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:5" ht="168.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1109" s="53" t="s">
+        <v>2838</v>
+      </c>
+      <c r="B1109" s="30" t="s">
+        <v>2839</v>
+      </c>
+      <c r="C1109" s="87" t="s">
+        <v>2840</v>
+      </c>
+      <c r="D1109" s="33">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:5" ht="276.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1110" s="53" t="s">
+        <v>2841</v>
+      </c>
+      <c r="B1110" s="30" t="s">
+        <v>2842</v>
+      </c>
+      <c r="C1110" s="87" t="s">
+        <v>888</v>
+      </c>
+      <c r="D1110" s="33">
+        <v>46143</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1111" s="53" t="s">
+        <v>2843</v>
+      </c>
+      <c r="B1111" s="55" t="s">
+        <v>2844</v>
+      </c>
+      <c r="C1111" s="87" t="s">
+        <v>3507</v>
+      </c>
+      <c r="D1111" s="38">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:5" ht="173.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1112" s="53" t="s">
+        <v>2845</v>
+      </c>
+      <c r="B1112" s="30" t="s">
+        <v>2846</v>
+      </c>
+      <c r="C1112" s="87" t="s">
+        <v>2847</v>
+      </c>
+      <c r="D1112" s="33">
+        <v>46143</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1113" s="53" t="s">
+        <v>2848</v>
+      </c>
+      <c r="B1113" s="35" t="s">
+        <v>2849</v>
+      </c>
+      <c r="C1113" s="87" t="s">
+        <v>2850</v>
+      </c>
+      <c r="D1113" s="33">
+        <v>46147</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:5" ht="174" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1114" s="53" t="s">
+        <v>2851</v>
+      </c>
+      <c r="B1114" s="30" t="s">
+        <v>2852</v>
+      </c>
+      <c r="C1114" s="87" t="s">
+        <v>2853</v>
+      </c>
+      <c r="D1114" s="33">
+        <v>46148</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1115" s="53" t="s">
+        <v>2854</v>
+      </c>
+      <c r="B1115" s="30" t="s">
+        <v>2855</v>
+      </c>
+      <c r="C1115" s="87" t="s">
+        <v>3508</v>
+      </c>
+      <c r="D1115" s="33">
+        <v>46148</v>
+      </c>
+      <c r="E1115" s="88"/>
+    </row>
+    <row r="1116" spans="1:5" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1116" s="53" t="s">
+        <v>2856</v>
+      </c>
+      <c r="B1116" s="55" t="s">
+        <v>2857</v>
+      </c>
+      <c r="C1116" s="87" t="s">
+        <v>730</v>
+      </c>
+      <c r="D1116" s="54">
+        <v>46149</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1117" s="53" t="s">
+        <v>2858</v>
+      </c>
+      <c r="B1117" s="55" t="s">
+        <v>2859</v>
+      </c>
+      <c r="C1117" s="87" t="s">
+        <v>2860</v>
+      </c>
+      <c r="D1117" s="54">
+        <v>46149</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1118" s="15" t="s">
+        <v>2862</v>
+      </c>
+      <c r="B1118" s="30" t="s">
+        <v>2861</v>
+      </c>
+      <c r="C1118" s="91" t="s">
+        <v>3509</v>
+      </c>
+      <c r="D1118" s="38">
+        <v>46151</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:5" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1119" s="53" t="s">
         <v>2863</v>
       </c>
-      <c r="B1086" s="72" t="s">
-[...335 lines deleted...]
-      <c r="A1110" s="53" t="s">
+      <c r="B1119" s="55" t="s">
+        <v>2864</v>
+      </c>
+      <c r="C1119" s="55" t="s">
+        <v>2868</v>
+      </c>
+      <c r="D1119" s="38">
+        <v>46153</v>
+      </c>
+      <c r="E1119" s="105"/>
+    </row>
+    <row r="1120" spans="1:5" ht="111" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1120" s="53" t="s">
         <v>2865</v>
       </c>
-      <c r="B1110" s="30" t="s">
+      <c r="B1120" s="55" t="s">
         <v>2866</v>
       </c>
-      <c r="C1110" s="87" t="s">
+      <c r="C1120" s="87" t="s">
         <v>2867</v>
       </c>
-      <c r="D1110" s="54">
-[...5 lines deleted...]
-      <c r="A1111" s="53" t="s">
+      <c r="D1120" s="54">
+        <v>46154</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:5" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A1121" s="14" t="s">
         <v>2869</v>
       </c>
-      <c r="B1111" s="30" t="s">
+      <c r="B1121" s="25" t="s">
         <v>2870</v>
       </c>
-      <c r="C1111" s="87" t="s">
+      <c r="C1121" s="72" t="s">
+        <v>3510</v>
+      </c>
+      <c r="D1121" s="54">
+        <v>46154</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1122" s="53" t="s">
         <v>2871</v>
       </c>
-      <c r="D1111" s="54">
-[...4 lines deleted...]
-      <c r="A1112" s="53" t="s">
+      <c r="B1122" s="55" t="s">
+        <v>2872</v>
+      </c>
+      <c r="C1122" s="95" t="s">
+        <v>747</v>
+      </c>
+      <c r="D1122" s="38">
+        <v>46155</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1123" s="53" t="s">
         <v>2873</v>
       </c>
-      <c r="B1112" s="30" t="s">
+      <c r="B1123" s="30" t="s">
         <v>2874</v>
       </c>
-      <c r="C1112" s="87" t="s">
-[...10 lines deleted...]
-      <c r="B1113" s="55" t="s">
+      <c r="C1123" s="55" t="s">
+        <v>3511</v>
+      </c>
+      <c r="D1123" s="54">
+        <v>46157</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1124" s="53" t="s">
         <v>2876</v>
       </c>
-      <c r="C1113" s="72" t="s">
+      <c r="B1124" s="30" t="s">
         <v>2877</v>
       </c>
-      <c r="D1113" s="57">
-[...2 lines deleted...]
-      <c r="E1113" s="88" t="s">
+      <c r="C1124" s="87" t="s">
+        <v>195</v>
+      </c>
+      <c r="D1124" s="54">
+        <v>46157</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:5" ht="219.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1125" s="53" t="s">
         <v>2878</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A1114" s="53" t="s">
+      <c r="B1125" s="72" t="s">
+        <v>404</v>
+      </c>
+      <c r="C1125" s="89" t="s">
         <v>2879</v>
       </c>
-      <c r="B1114" s="55" t="s">
+      <c r="D1125" s="54">
+        <v>46162</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1126" s="53" t="s">
         <v>2880</v>
       </c>
-      <c r="C1114" s="87" t="s">
-[...7 lines deleted...]
-      <c r="A1115" s="53" t="s">
+      <c r="B1126" s="30" t="s">
+        <v>2881</v>
+      </c>
+      <c r="C1126" s="87" t="s">
+        <v>2882</v>
+      </c>
+      <c r="D1126" s="54">
+        <v>46162</v>
+      </c>
+      <c r="E1126" s="88"/>
+    </row>
+    <row r="1127" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1127" s="53" t="s">
+        <v>2883</v>
+      </c>
+      <c r="B1127" s="30" t="s">
+        <v>2884</v>
+      </c>
+      <c r="C1127" s="87" t="s">
         <v>2885</v>
       </c>
-      <c r="B1115" s="30" t="s">
+      <c r="D1127" s="54">
+        <v>46162</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1128" s="53" t="s">
         <v>2886</v>
       </c>
-      <c r="C1115" s="87" t="s">
+      <c r="B1128" s="30" t="s">
         <v>2887</v>
       </c>
-      <c r="D1115" s="54">
-[...21 lines deleted...]
-      <c r="B1117" s="30" t="s">
+      <c r="C1128" s="87" t="s">
+        <v>3512</v>
+      </c>
+      <c r="D1128" s="54">
+        <v>46162</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1129" s="53" t="s">
+        <v>2888</v>
+      </c>
+      <c r="B1129" s="30" t="s">
+        <v>2889</v>
+      </c>
+      <c r="C1129" s="87" t="s">
+        <v>3512</v>
+      </c>
+      <c r="D1129" s="54">
+        <v>46163</v>
+      </c>
+      <c r="E1129" s="88"/>
+    </row>
+    <row r="1130" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1130" s="53" t="s">
         <v>2893</v>
       </c>
-      <c r="C1117" s="87" t="s">
+      <c r="B1130" s="30" t="s">
         <v>2894</v>
       </c>
-      <c r="D1117" s="54">
-[...4 lines deleted...]
-      <c r="A1118" s="53" t="s">
+      <c r="C1130" s="87" t="s">
+        <v>2895</v>
+      </c>
+      <c r="D1130" s="54">
+        <v>46166</v>
+      </c>
+      <c r="E1130" s="88"/>
+    </row>
+    <row r="1131" spans="1:5" ht="312.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1131" s="53" t="s">
         <v>2896</v>
       </c>
-      <c r="B1118" s="30" t="s">
+      <c r="B1131" s="30" t="s">
         <v>2897</v>
       </c>
-      <c r="C1118" s="87" t="s">
-[...10 lines deleted...]
-      <c r="B1119" s="72" t="s">
+      <c r="C1131" s="87" t="s">
+        <v>2898</v>
+      </c>
+      <c r="D1131" s="54">
+        <v>46165</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1132" s="53" t="s">
         <v>2900</v>
       </c>
-      <c r="C1119" s="89" t="s">
+      <c r="B1132" s="55" t="s">
         <v>2901</v>
       </c>
-      <c r="D1119" s="54">
-[...4 lines deleted...]
-      <c r="A1120" s="53" t="s">
+      <c r="C1132" s="87" t="s">
+        <v>992</v>
+      </c>
+      <c r="D1132" s="38">
+        <v>46170</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1133" s="53" t="s">
         <v>2902</v>
       </c>
-      <c r="B1120" s="30" t="s">
+      <c r="B1133" s="30" t="s">
         <v>2903</v>
       </c>
-      <c r="C1120" s="87" t="s">
+      <c r="C1133" s="55" t="s">
+        <v>3513</v>
+      </c>
+      <c r="D1133" s="54">
+        <v>46170</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:5" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1134" s="106" t="s">
         <v>2904</v>
       </c>
-      <c r="D1120" s="54">
-[...4 lines deleted...]
-      <c r="A1121" s="15" t="s">
+      <c r="B1134" s="30" t="s">
         <v>2905</v>
       </c>
-      <c r="B1121" s="72" t="s">
+      <c r="C1134" s="87" t="s">
         <v>2906</v>
       </c>
-      <c r="C1121" s="72" t="s">
+      <c r="D1134" s="54">
+        <v>46171</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:5" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1135" s="14" t="s">
         <v>2907</v>
       </c>
-      <c r="D1121" s="33">
-[...21 lines deleted...]
-      <c r="B1123" s="72" t="s">
+      <c r="B1135" s="25" t="s">
+        <v>2908</v>
+      </c>
+      <c r="C1135" s="89" t="s">
+        <v>3514</v>
+      </c>
+      <c r="D1135" s="38">
+        <v>46200</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:5" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1136" s="53" t="s">
+        <v>2909</v>
+      </c>
+      <c r="B1136" s="30" t="s">
         <v>2910</v>
       </c>
-      <c r="C1123" s="72" t="s">
+      <c r="C1136" s="87" t="s">
         <v>2911</v>
       </c>
-      <c r="D1123" s="33">
-[...4 lines deleted...]
-      <c r="A1124" s="53" t="s">
+      <c r="D1136" s="54">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="1137" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1137" s="53" t="s">
         <v>2912</v>
       </c>
-      <c r="B1124" s="30" t="s">
+      <c r="B1137" s="30" t="s">
         <v>2913</v>
       </c>
-      <c r="C1124" s="87" t="s">
+      <c r="C1137" s="87" t="s">
+        <v>3515</v>
+      </c>
+      <c r="D1137" s="54">
+        <v>46171</v>
+      </c>
+      <c r="E1137" s="88"/>
+    </row>
+    <row r="1138" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1138" s="53" t="s">
         <v>2914</v>
       </c>
-      <c r="D1124" s="54">
-[...4 lines deleted...]
-      <c r="A1125" s="13" t="s">
+      <c r="B1138" s="30" t="s">
         <v>2915</v>
       </c>
-      <c r="B1125" s="72" t="s">
+      <c r="C1138" s="87" t="s">
         <v>2916</v>
       </c>
-      <c r="C1125" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A1126" s="53" t="s">
+      <c r="D1138" s="54">
+        <v>46171</v>
+      </c>
+    </row>
+    <row r="1139" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1139" s="16" t="s">
+        <v>2918</v>
+      </c>
+      <c r="B1139" s="72" t="s">
+        <v>442</v>
+      </c>
+      <c r="C1139" s="72" t="s">
+        <v>443</v>
+      </c>
+      <c r="D1139" s="38">
+        <v>46224</v>
+      </c>
+      <c r="E1139" s="88"/>
+    </row>
+    <row r="1140" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1140" s="13" t="s">
         <v>2919</v>
       </c>
-      <c r="B1126" s="72" t="s">
+      <c r="B1140" s="72" t="s">
         <v>2920</v>
       </c>
-      <c r="C1126" s="87" t="s">
-[...21 lines deleted...]
-      <c r="A1128" s="53" t="s">
+      <c r="C1140" s="72" t="s">
+        <v>3516</v>
+      </c>
+      <c r="D1140" s="33">
+        <v>46172</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1141" s="15" t="s">
         <v>2923</v>
       </c>
-      <c r="B1128" s="30" t="s">
-[...2 lines deleted...]
-      <c r="C1128" s="72" t="s">
+      <c r="B1141" s="72" t="s">
+        <v>2526</v>
+      </c>
+      <c r="C1141" s="72" t="s">
+        <v>3517</v>
+      </c>
+      <c r="D1141" s="33">
+        <v>46042</v>
+      </c>
+      <c r="E1141" s="88"/>
+    </row>
+    <row r="1142" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1142" s="53" t="s">
         <v>2925</v>
       </c>
-      <c r="D1128" s="57">
-[...4 lines deleted...]
-      <c r="A1129" s="53" t="s">
+      <c r="B1142" s="30" t="s">
+        <v>2926</v>
+      </c>
+      <c r="C1142" s="87" t="s">
         <v>2927</v>
       </c>
-      <c r="B1129" s="30" t="s">
-[...24 lines deleted...]
-      <c r="A1131" s="53" t="s">
+      <c r="D1142" s="33">
+        <v>46176</v>
+      </c>
+    </row>
+    <row r="1143" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1143" s="53" t="s">
         <v>2931</v>
       </c>
-      <c r="B1131" s="30" t="s">
-[...10 lines deleted...]
-      <c r="A1132" s="53" t="s">
+      <c r="B1143" s="30" t="s">
         <v>2932</v>
       </c>
-      <c r="B1132" s="30" t="s">
+      <c r="C1143" s="87" t="s">
         <v>2933</v>
       </c>
-      <c r="C1132" s="87" t="s">
+      <c r="D1143" s="57">
+        <v>46178</v>
+      </c>
+      <c r="E1143" s="88"/>
+    </row>
+    <row r="1144" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1144" s="53" t="s">
         <v>2934</v>
       </c>
-      <c r="D1132" s="33">
-[...4 lines deleted...]
-      <c r="A1133" s="53" t="s">
+      <c r="B1144" s="30" t="s">
         <v>2935</v>
       </c>
-      <c r="B1133" s="30" t="s">
+      <c r="C1144" s="87" t="s">
         <v>2936</v>
       </c>
-      <c r="C1133" s="87" t="s">
-[...10 lines deleted...]
-      <c r="B1134" s="55" t="s">
+      <c r="D1144" s="33">
+        <v>46176</v>
+      </c>
+      <c r="E1144" s="88"/>
+    </row>
+    <row r="1145" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1145" s="53" t="s">
         <v>2938</v>
       </c>
-      <c r="C1134" s="87" t="s">
-[...7 lines deleted...]
-      <c r="A1135" s="53" t="s">
+      <c r="B1145" s="30" t="s">
+        <v>2444</v>
+      </c>
+      <c r="C1145" s="89" t="s">
+        <v>3495</v>
+      </c>
+      <c r="D1145" s="33">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="1146" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1146" s="53" t="s">
         <v>2939</v>
       </c>
-      <c r="B1135" s="30" t="s">
+      <c r="B1146" s="46" t="s">
         <v>2940</v>
       </c>
-      <c r="C1135" s="87" t="s">
+      <c r="C1146" s="87" t="s">
         <v>2941</v>
       </c>
-      <c r="D1135" s="33">
-[...4 lines deleted...]
-      <c r="A1136" s="53" t="s">
+      <c r="D1146" s="57">
+        <v>46179</v>
+      </c>
+      <c r="E1146" s="88"/>
+    </row>
+    <row r="1147" spans="1:5" ht="147.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1147" s="53" t="s">
         <v>2942</v>
       </c>
-      <c r="B1136" s="35" t="s">
+      <c r="B1147" s="30" t="s">
+        <v>1799</v>
+      </c>
+      <c r="C1147" s="87" t="s">
+        <v>3518</v>
+      </c>
+      <c r="D1147" s="38">
+        <v>46179</v>
+      </c>
+    </row>
+    <row r="1148" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1148" s="53" t="s">
         <v>2943</v>
       </c>
-      <c r="C1136" s="87" t="s">
+      <c r="B1148" s="30" t="s">
         <v>2944</v>
       </c>
-      <c r="D1136" s="33">
-[...4 lines deleted...]
-      <c r="A1137" s="53" t="s">
+      <c r="C1148" s="87" t="s">
         <v>2945</v>
       </c>
-      <c r="B1137" s="30" t="s">
+      <c r="D1148" s="33">
+        <v>46184</v>
+      </c>
+    </row>
+    <row r="1149" spans="1:5" ht="174" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1149" s="16" t="s">
         <v>2946</v>
       </c>
-      <c r="C1137" s="87" t="s">
+      <c r="B1149" s="72" t="s">
         <v>2947</v>
       </c>
-      <c r="D1137" s="33">
-[...4 lines deleted...]
-      <c r="A1138" s="53" t="s">
+      <c r="C1149" s="72" t="s">
         <v>2948</v>
       </c>
-      <c r="B1138" s="30" t="s">
+      <c r="D1149" s="33">
+        <v>46184</v>
+      </c>
+      <c r="E1149" s="88"/>
+    </row>
+    <row r="1150" spans="1:5" ht="66" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1150" s="61" t="s">
         <v>2949</v>
       </c>
-      <c r="C1138" s="87" t="s">
-[...8 lines deleted...]
-      <c r="A1139" s="53" t="s">
+      <c r="B1150" s="30" t="s">
         <v>2950</v>
       </c>
-      <c r="B1139" s="55" t="s">
+      <c r="C1150" s="87" t="s">
+        <v>3610</v>
+      </c>
+      <c r="D1150" s="33">
+        <v>46184</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1151" s="67" t="s">
         <v>2951</v>
       </c>
-      <c r="C1139" s="87" t="s">
-[...7 lines deleted...]
-      <c r="A1140" s="53" t="s">
+      <c r="B1151" s="25" t="s">
         <v>2952</v>
       </c>
-      <c r="B1140" s="55" t="s">
+      <c r="C1151" s="89" t="s">
+        <v>3519</v>
+      </c>
+      <c r="D1151" s="38">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="1152" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1152" s="53" t="s">
         <v>2953</v>
       </c>
-      <c r="C1140" s="87" t="s">
+      <c r="B1152" s="30" t="s">
         <v>2954</v>
       </c>
-      <c r="D1140" s="54">
-[...4 lines deleted...]
-      <c r="A1141" s="15" t="s">
+      <c r="C1152" s="87" t="s">
+        <v>2955</v>
+      </c>
+      <c r="D1152" s="33">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="1153" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1153" s="15" t="s">
         <v>2956</v>
       </c>
-      <c r="B1141" s="30" t="s">
-[...10 lines deleted...]
-      <c r="A1142" s="53" t="s">
+      <c r="B1153" s="25" t="s">
         <v>2957</v>
       </c>
-      <c r="B1142" s="55" t="s">
+      <c r="C1153" s="89" t="s">
         <v>2958</v>
       </c>
-      <c r="C1142" s="55" t="s">
+      <c r="D1153" s="38">
+        <v>46184</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1154" s="53" t="s">
+        <v>2961</v>
+      </c>
+      <c r="B1154" s="55" t="s">
         <v>2962</v>
       </c>
-      <c r="D1142" s="38">
-[...33 lines deleted...]
-      <c r="A1145" s="53" t="s">
+      <c r="C1154" s="87" t="s">
+        <v>3520</v>
+      </c>
+      <c r="D1154" s="33">
+        <v>46185</v>
+      </c>
+    </row>
+    <row r="1155" spans="1:5" ht="191.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1155" s="13" t="s">
         <v>2965</v>
       </c>
-      <c r="B1145" s="55" t="s">
+      <c r="B1155" s="72" t="s">
         <v>2966</v>
       </c>
-      <c r="C1145" s="98" t="s">
-[...7 lines deleted...]
-      <c r="A1146" s="53" t="s">
+      <c r="C1155" s="72" t="s">
+        <v>351</v>
+      </c>
+      <c r="D1155" s="33">
+        <v>46187</v>
+      </c>
+      <c r="E1155" s="107"/>
+    </row>
+    <row r="1156" spans="1:5" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1156" s="104" t="s">
         <v>2967</v>
       </c>
-      <c r="B1146" s="30" t="s">
+      <c r="B1156" s="25" t="s">
         <v>2968</v>
       </c>
-      <c r="C1146" s="55" t="s">
-[...21 lines deleted...]
-      <c r="A1148" s="53" t="s">
+      <c r="C1156" s="25" t="s">
+        <v>2969</v>
+      </c>
+      <c r="D1156" s="54">
+        <v>46189</v>
+      </c>
+    </row>
+    <row r="1157" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1157" s="13" t="s">
         <v>2972</v>
       </c>
-      <c r="B1148" s="72" t="s">
-[...2 lines deleted...]
-      <c r="C1148" s="89" t="s">
+      <c r="B1157" s="72" t="s">
         <v>2973</v>
       </c>
-      <c r="D1148" s="54">
-[...7 lines deleted...]
-      <c r="B1149" s="30" t="s">
+      <c r="C1157" s="72" t="s">
+        <v>109</v>
+      </c>
+      <c r="D1157" s="33">
+        <v>46205</v>
+      </c>
+      <c r="E1157" s="88"/>
+    </row>
+    <row r="1158" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1158" s="53" t="s">
         <v>2975</v>
       </c>
-      <c r="C1149" s="87" t="s">
+      <c r="B1158" s="30" t="s">
         <v>2976</v>
       </c>
-      <c r="D1149" s="54">
-[...5 lines deleted...]
-      <c r="A1150" s="53" t="s">
+      <c r="C1158" s="95" t="s">
         <v>2977</v>
       </c>
-      <c r="B1150" s="30" t="s">
+      <c r="D1158" s="54">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:5" ht="220.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1159" s="53" t="s">
         <v>2978</v>
       </c>
-      <c r="C1150" s="87" t="s">
+      <c r="B1159" s="30" t="s">
         <v>2979</v>
       </c>
-      <c r="D1150" s="54">
-[...4 lines deleted...]
-      <c r="A1151" s="53" t="s">
+      <c r="C1159" s="87" t="s">
         <v>2980</v>
       </c>
-      <c r="B1151" s="30" t="s">
-[...7 lines deleted...]
-      <c r="A1152" s="53" t="s">
+      <c r="D1159" s="54">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:5" ht="97.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1160" s="53" t="s">
         <v>2982</v>
       </c>
-      <c r="B1152" s="30" t="s">
+      <c r="B1160" s="30" t="s">
         <v>2983</v>
       </c>
-      <c r="C1152" s="87" t="s">
-[...112 lines deleted...]
-      </c>
       <c r="C1160" s="87" t="s">
-        <v>3627</v>
+        <v>888</v>
       </c>
       <c r="D1160" s="54">
-        <v>46171</v>
+        <v>46191</v>
       </c>
       <c r="E1160" s="88"/>
     </row>
     <row r="1161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1161" s="53" t="s">
-        <v>3008</v>
+        <v>2984</v>
       </c>
       <c r="B1161" s="30" t="s">
-        <v>3009</v>
+        <v>2985</v>
       </c>
       <c r="C1161" s="87" t="s">
-        <v>3010</v>
-[...6 lines deleted...]
-      <c r="A1162" s="16" t="s">
+        <v>2986</v>
+      </c>
+      <c r="D1161" s="38">
+        <v>46191</v>
+      </c>
+      <c r="E1161" s="88"/>
+    </row>
+    <row r="1162" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1162" s="53" t="s">
+        <v>2988</v>
+      </c>
+      <c r="B1162" s="30" t="s">
+        <v>2989</v>
+      </c>
+      <c r="C1162" s="89" t="s">
+        <v>2990</v>
+      </c>
+      <c r="D1162" s="54">
+        <v>46193</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:5" ht="86.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1163" s="53" t="s">
+        <v>2991</v>
+      </c>
+      <c r="B1163" s="59" t="s">
+        <v>936</v>
+      </c>
+      <c r="C1163" s="93" t="s">
+        <v>2992</v>
+      </c>
+      <c r="D1163" s="54">
+        <v>46167</v>
+      </c>
+      <c r="E1163" s="88"/>
+    </row>
+    <row r="1164" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1164" s="53" t="s">
+        <v>2993</v>
+      </c>
+      <c r="B1164" s="46" t="s">
+        <v>2994</v>
+      </c>
+      <c r="C1164" s="87" t="s">
+        <v>133</v>
+      </c>
+      <c r="D1164" s="54">
+        <v>46197</v>
+      </c>
+      <c r="E1164" s="99"/>
+    </row>
+    <row r="1165" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1165" s="53" t="s">
+        <v>2995</v>
+      </c>
+      <c r="B1165" s="30" t="s">
+        <v>2996</v>
+      </c>
+      <c r="C1165" s="89" t="s">
+        <v>2997</v>
+      </c>
+      <c r="D1165" s="54">
+        <v>46196</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1166" s="53" t="s">
+        <v>3000</v>
+      </c>
+      <c r="B1166" s="30" t="s">
+        <v>3001</v>
+      </c>
+      <c r="C1166" s="87" t="s">
+        <v>3002</v>
+      </c>
+      <c r="D1166" s="54">
+        <v>46200</v>
+      </c>
+      <c r="E1166" s="88"/>
+    </row>
+    <row r="1167" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1167" s="53" t="s">
+        <v>3003</v>
+      </c>
+      <c r="B1167" s="30" t="s">
+        <v>3004</v>
+      </c>
+      <c r="C1167" s="95" t="s">
+        <v>43</v>
+      </c>
+      <c r="D1167" s="54">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1168" s="53" t="s">
         <v>3012</v>
       </c>
-      <c r="B1162" s="72" t="s">
-[...11 lines deleted...]
-      <c r="A1163" s="13" t="s">
+      <c r="B1168" s="30" t="s">
+        <v>3011</v>
+      </c>
+      <c r="C1168" s="87" t="s">
         <v>3013</v>
       </c>
-      <c r="B1163" s="72" t="s">
-[...10 lines deleted...]
-      <c r="A1164" s="15" t="s">
+      <c r="D1168" s="54">
+        <v>46204</v>
+      </c>
+      <c r="E1168" s="88"/>
+    </row>
+    <row r="1169" spans="1:5" ht="367.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1169" s="53" t="s">
+        <v>3015</v>
+      </c>
+      <c r="B1169" s="46" t="s">
+        <v>3016</v>
+      </c>
+      <c r="C1169" s="87" t="s">
         <v>3017</v>
       </c>
-      <c r="B1164" s="72" t="s">
-[...14 lines deleted...]
-      <c r="B1165" s="30" t="s">
+      <c r="D1169" s="54">
+        <v>46205</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1170" s="53" t="s">
+        <v>3221</v>
+      </c>
+      <c r="B1170" s="30" t="s">
         <v>3020</v>
       </c>
-      <c r="C1165" s="87" t="s">
+      <c r="C1170" s="87" t="s">
         <v>3021</v>
       </c>
-      <c r="D1165" s="33">
-[...19 lines deleted...]
-      <c r="A1167" s="53" t="s">
+      <c r="D1170" s="54">
+        <v>46261</v>
+      </c>
+      <c r="E1170" s="88"/>
+    </row>
+    <row r="1171" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1171" s="53" t="s">
+        <v>3022</v>
+      </c>
+      <c r="B1171" s="30" t="s">
+        <v>3023</v>
+      </c>
+      <c r="C1171" s="87" t="s">
+        <v>3024</v>
+      </c>
+      <c r="D1171" s="54">
+        <v>46206</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1172" s="53" t="s">
         <v>3028</v>
       </c>
-      <c r="B1167" s="30" t="s">
+      <c r="B1172" s="30" t="s">
         <v>3029</v>
       </c>
-      <c r="C1167" s="87" t="s">
+      <c r="C1172" s="87" t="s">
         <v>3030</v>
       </c>
-      <c r="D1167" s="33">
-[...5 lines deleted...]
-      <c r="A1168" s="53" t="s">
+      <c r="D1172" s="54">
+        <v>46207</v>
+      </c>
+      <c r="E1172" s="88"/>
+    </row>
+    <row r="1173" spans="1:5" ht="184.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1173" s="53" t="s">
+        <v>3031</v>
+      </c>
+      <c r="B1173" s="55" t="s">
         <v>3032</v>
       </c>
-      <c r="B1168" s="30" t="s">
-[...10 lines deleted...]
-      <c r="A1169" s="53" t="s">
+      <c r="C1173" s="72" t="s">
+        <v>3521</v>
+      </c>
+      <c r="D1173" s="57">
+        <v>46207</v>
+      </c>
+      <c r="E1173" s="94"/>
+    </row>
+    <row r="1174" spans="1:5" ht="218.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1174" s="53" t="s">
         <v>3033</v>
       </c>
-      <c r="B1169" s="46" t="s">
+      <c r="B1174" s="72" t="s">
         <v>3034</v>
       </c>
-      <c r="C1169" s="87" t="s">
+      <c r="C1174" s="91" t="s">
+        <v>514</v>
+      </c>
+      <c r="D1174" s="38">
+        <v>46207</v>
+      </c>
+      <c r="E1174" s="88"/>
+    </row>
+    <row r="1175" spans="1:5" ht="174" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1175" s="13" t="s">
         <v>3035</v>
       </c>
-      <c r="D1169" s="57">
-[...5 lines deleted...]
-      <c r="A1170" s="53" t="s">
+      <c r="B1175" s="30" t="s">
         <v>3036</v>
       </c>
-      <c r="B1170" s="30" t="s">
-[...10 lines deleted...]
-      <c r="A1171" s="53" t="s">
+      <c r="C1175" s="72" t="s">
         <v>3037</v>
       </c>
-      <c r="B1171" s="30" t="s">
+      <c r="D1175" s="33">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1176" s="53" t="s">
         <v>3038</v>
       </c>
-      <c r="C1171" s="87" t="s">
+      <c r="B1176" s="30" t="s">
         <v>3039</v>
       </c>
-      <c r="D1171" s="33">
-[...4 lines deleted...]
-      <c r="A1172" s="16" t="s">
+      <c r="C1176" s="87" t="s">
         <v>3040</v>
       </c>
-      <c r="B1172" s="72" t="s">
-[...14 lines deleted...]
-      <c r="B1173" s="30" t="s">
+      <c r="D1176" s="54">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:5" ht="333" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1177" s="14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B1177" s="25" t="s">
         <v>3044</v>
       </c>
-      <c r="C1173" s="87" t="s">
-[...21 lines deleted...]
-      <c r="A1175" s="53" t="s">
+      <c r="C1177" s="91" t="s">
+        <v>3522</v>
+      </c>
+      <c r="D1177" s="33">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1178" s="15" t="s">
         <v>3048</v>
       </c>
-      <c r="B1175" s="30" t="s">
+      <c r="B1178" s="72" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1178" s="72" t="s">
+        <v>32</v>
+      </c>
+      <c r="D1178" s="33">
+        <v>46212</v>
+      </c>
+      <c r="E1178" s="94"/>
+    </row>
+    <row r="1179" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1179" s="53" t="s">
         <v>3049</v>
       </c>
-      <c r="C1175" s="87" t="s">
+      <c r="B1179" s="30" t="s">
         <v>3050</v>
       </c>
-      <c r="D1175" s="33">
-[...4 lines deleted...]
-      <c r="A1176" s="15" t="s">
+      <c r="C1179" s="87" t="s">
         <v>3051</v>
       </c>
-      <c r="B1176" s="25" t="s">
-[...13 lines deleted...]
-      <c r="B1177" s="55" t="s">
+      <c r="D1179" s="54">
+        <v>46212</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1180" s="53" t="s">
         <v>3057</v>
       </c>
-      <c r="C1177" s="87" t="s">
-[...48 lines deleted...]
-      <c r="E1180" s="88"/>
+      <c r="B1180" s="30" t="s">
+        <v>3058</v>
+      </c>
+      <c r="C1180" s="87" t="s">
+        <v>3059</v>
+      </c>
+      <c r="D1180" s="54">
+        <v>46212</v>
+      </c>
     </row>
     <row r="1181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1181" s="53" t="s">
-        <v>3070</v>
-[...4 lines deleted...]
-      <c r="C1181" s="98" t="s">
+        <v>3064</v>
+      </c>
+      <c r="B1181" s="55" t="s">
+        <v>3065</v>
+      </c>
+      <c r="C1181" s="87" t="s">
+        <v>3066</v>
+      </c>
+      <c r="D1181" s="54">
+        <v>46213</v>
+      </c>
+      <c r="E1181" s="88"/>
+    </row>
+    <row r="1182" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1182" s="53" t="s">
+        <v>3067</v>
+      </c>
+      <c r="B1182" s="30" t="s">
+        <v>3068</v>
+      </c>
+      <c r="C1182" s="87" t="s">
+        <v>920</v>
+      </c>
+      <c r="D1182" s="54">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1183" s="53" t="s">
         <v>3072</v>
       </c>
-      <c r="D1181" s="54">
-[...4 lines deleted...]
-      <c r="A1182" s="53" t="s">
+      <c r="B1183" s="72" t="s">
         <v>3073</v>
       </c>
-      <c r="B1182" s="30" t="s">
+      <c r="C1183" s="108" t="s">
+        <v>888</v>
+      </c>
+      <c r="D1183" s="54">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="1184" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1184" s="53" t="s">
         <v>3074</v>
       </c>
-      <c r="C1182" s="87" t="s">
+      <c r="B1184" s="30" t="s">
         <v>3075</v>
       </c>
-      <c r="D1182" s="54">
-[...19 lines deleted...]
-      <c r="A1184" s="53" t="s">
+      <c r="C1184" s="87" t="s">
+        <v>3076</v>
+      </c>
+      <c r="D1184" s="54">
+        <v>46217</v>
+      </c>
+      <c r="E1184" s="88"/>
+    </row>
+    <row r="1185" spans="1:5" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A1185" s="53" t="s">
         <v>3079</v>
       </c>
-      <c r="B1184" s="30" t="s">
+      <c r="B1185" s="30" t="s">
         <v>3080</v>
       </c>
-      <c r="C1184" s="87" t="s">
+      <c r="C1185" s="93" t="s">
+        <v>3523</v>
+      </c>
+      <c r="D1185" s="38">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="1186" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1186" s="13" t="s">
         <v>3081</v>
       </c>
-      <c r="D1184" s="38">
-[...5 lines deleted...]
-      <c r="A1185" s="53" t="s">
+      <c r="B1186" s="72" t="s">
+        <v>3082</v>
+      </c>
+      <c r="C1186" s="72" t="s">
         <v>3083</v>
       </c>
-      <c r="B1185" s="30" t="s">
+      <c r="D1186" s="38">
+        <v>46130</v>
+      </c>
+      <c r="E1186" s="94"/>
+    </row>
+    <row r="1187" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1187" s="15" t="s">
         <v>3084</v>
       </c>
-      <c r="C1185" s="89" t="s">
+      <c r="B1187" s="72" t="s">
         <v>3085</v>
       </c>
-      <c r="D1185" s="54">
-[...4 lines deleted...]
-      <c r="A1186" s="53" t="s">
+      <c r="C1187" s="72" t="s">
         <v>3086</v>
       </c>
-      <c r="B1186" s="59" t="s">
-[...2 lines deleted...]
-      <c r="C1186" s="95" t="s">
+      <c r="D1187" s="38">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="1188" spans="1:5" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A1188" s="15" t="s">
         <v>3087</v>
       </c>
-      <c r="D1186" s="54">
-[...5 lines deleted...]
-      <c r="A1187" s="53" t="s">
+      <c r="B1188" s="30" t="s">
         <v>3088</v>
       </c>
-      <c r="B1187" s="46" t="s">
+      <c r="C1188" s="109" t="s">
         <v>3089</v>
       </c>
-      <c r="C1187" s="87" t="s">
-[...8 lines deleted...]
-      <c r="A1188" s="53" t="s">
+      <c r="D1188" s="38">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:5" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A1189" s="15" t="s">
+        <v>3087</v>
+      </c>
+      <c r="B1189" s="30" t="s">
+        <v>3088</v>
+      </c>
+      <c r="C1189" s="89" t="s">
         <v>3090</v>
       </c>
-      <c r="B1188" s="30" t="s">
-[...22 lines deleted...]
-      <c r="E1189" s="88"/>
+      <c r="D1189" s="38">
+        <v>46221</v>
+      </c>
     </row>
     <row r="1190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1190" s="53" t="s">
+        <v>3091</v>
+      </c>
+      <c r="B1190" s="55" t="s">
+        <v>3092</v>
+      </c>
+      <c r="C1190" s="87" t="s">
+        <v>3093</v>
+      </c>
+      <c r="D1190" s="54">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1191" s="53" t="s">
+        <v>3094</v>
+      </c>
+      <c r="B1191" s="30" t="s">
+        <v>3095</v>
+      </c>
+      <c r="C1191" s="87" t="s">
+        <v>3096</v>
+      </c>
+      <c r="D1191" s="54">
+        <v>46225</v>
+      </c>
+      <c r="E1191" s="88"/>
+    </row>
+    <row r="1192" spans="1:5" ht="135" x14ac:dyDescent="0.25">
+      <c r="A1192" s="53" t="s">
         <v>3098</v>
       </c>
-      <c r="B1190" s="30" t="s">
+      <c r="B1192" s="30" t="s">
+        <v>701</v>
+      </c>
+      <c r="C1192" s="87" t="s">
+        <v>3611</v>
+      </c>
+      <c r="D1192" s="54">
+        <v>46225</v>
+      </c>
+      <c r="E1192" s="88"/>
+    </row>
+    <row r="1193" spans="1:5" ht="192.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1193" s="110" t="s">
         <v>3099</v>
       </c>
-      <c r="C1190" s="98" t="s">
+      <c r="B1193" s="72" t="s">
+        <v>3100</v>
+      </c>
+      <c r="C1193" s="72" t="s">
+        <v>2172</v>
+      </c>
+      <c r="D1193" s="33">
+        <v>46130</v>
+      </c>
+    </row>
+    <row r="1194" spans="1:5" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1194" s="65" t="s">
+        <v>3102</v>
+      </c>
+      <c r="B1194" s="72" t="s">
+        <v>3103</v>
+      </c>
+      <c r="C1194" s="95" t="s">
+        <v>1594</v>
+      </c>
+      <c r="D1194" s="33">
+        <v>46228</v>
+      </c>
+    </row>
+    <row r="1195" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1195" s="53" t="s">
+        <v>3104</v>
+      </c>
+      <c r="B1195" s="30" t="s">
+        <v>3105</v>
+      </c>
+      <c r="C1195" s="87" t="s">
+        <v>3524</v>
+      </c>
+      <c r="D1195" s="54">
+        <v>46227</v>
+      </c>
+      <c r="E1195" s="88"/>
+    </row>
+    <row r="1196" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1196" s="53" t="s">
+        <v>3106</v>
+      </c>
+      <c r="B1196" s="25" t="s">
+        <v>3107</v>
+      </c>
+      <c r="C1196" s="72" t="s">
+        <v>3108</v>
+      </c>
+      <c r="D1196" s="38">
+        <v>46227</v>
+      </c>
+      <c r="E1196" s="88"/>
+    </row>
+    <row r="1197" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1197" s="53" t="s">
+        <v>3110</v>
+      </c>
+      <c r="B1197" s="30" t="s">
+        <v>3111</v>
+      </c>
+      <c r="C1197" s="87" t="s">
+        <v>3112</v>
+      </c>
+      <c r="D1197" s="54">
+        <v>46228</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1198" s="53" t="s">
+        <v>3113</v>
+      </c>
+      <c r="B1198" s="46" t="s">
+        <v>3114</v>
+      </c>
+      <c r="C1198" s="87" t="s">
+        <v>3115</v>
+      </c>
+      <c r="D1198" s="54">
+        <v>46228</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1199" s="53" t="s">
+        <v>3117</v>
+      </c>
+      <c r="B1199" s="30" t="s">
+        <v>3116</v>
+      </c>
+      <c r="C1199" s="87" t="s">
+        <v>3525</v>
+      </c>
+      <c r="D1199" s="54">
+        <v>46228</v>
+      </c>
+      <c r="E1199" s="88"/>
+    </row>
+    <row r="1200" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1200" s="53" t="s">
+        <v>3119</v>
+      </c>
+      <c r="B1200" s="30" t="s">
+        <v>3118</v>
+      </c>
+      <c r="C1200" s="55" t="s">
+        <v>3120</v>
+      </c>
+      <c r="D1200" s="54">
+        <v>46228</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:5" ht="166.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1201" s="15" t="s">
+        <v>3121</v>
+      </c>
+      <c r="B1201" s="72" t="s">
+        <v>3122</v>
+      </c>
+      <c r="C1201" s="91" t="s">
+        <v>3123</v>
+      </c>
+      <c r="D1201" s="33">
+        <v>46231</v>
+      </c>
+    </row>
+    <row r="1202" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1202" s="53" t="s">
+        <v>3124</v>
+      </c>
+      <c r="B1202" s="30" t="s">
+        <v>3125</v>
+      </c>
+      <c r="C1202" s="87" t="s">
+        <v>3126</v>
+      </c>
+      <c r="D1202" s="57">
+        <v>46232</v>
+      </c>
+      <c r="E1202" s="88"/>
+    </row>
+    <row r="1203" spans="1:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1203" s="14" t="s">
+        <v>3127</v>
+      </c>
+      <c r="B1203" s="72" t="s">
+        <v>3128</v>
+      </c>
+      <c r="C1203" s="72" t="s">
+        <v>3129</v>
+      </c>
+      <c r="D1203" s="33">
+        <v>46232</v>
+      </c>
+      <c r="E1203" s="88"/>
+    </row>
+    <row r="1204" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1204" s="53" t="s">
+        <v>3132</v>
+      </c>
+      <c r="B1204" s="30" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C1204" s="87" t="s">
+        <v>3133</v>
+      </c>
+      <c r="D1204" s="38">
+        <v>46232</v>
+      </c>
+    </row>
+    <row r="1205" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1205" s="15" t="s">
+        <v>3135</v>
+      </c>
+      <c r="B1205" s="72" t="s">
+        <v>3136</v>
+      </c>
+      <c r="C1205" s="72" t="s">
+        <v>3137</v>
+      </c>
+      <c r="D1205" s="33">
+        <v>46236</v>
+      </c>
+      <c r="E1205" s="99"/>
+    </row>
+    <row r="1206" spans="1:5" ht="105" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1206" s="16" t="s">
+        <v>3140</v>
+      </c>
+      <c r="B1206" s="72" t="s">
+        <v>200</v>
+      </c>
+      <c r="C1206" s="93" t="s">
         <v>43</v>
       </c>
-      <c r="D1190" s="54">
-[...33 lines deleted...]
-      <c r="A1193" s="53" t="s">
+      <c r="D1206" s="38">
+        <v>46269</v>
+      </c>
+    </row>
+    <row r="1207" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1207" s="53" t="s">
+        <v>3142</v>
+      </c>
+      <c r="B1207" s="25" t="s">
+        <v>3143</v>
+      </c>
+      <c r="C1207" s="91" t="s">
+        <v>3526</v>
+      </c>
+      <c r="D1207" s="54">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="1208" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1208" s="53" t="s">
+        <v>3145</v>
+      </c>
+      <c r="B1208" s="30" t="s">
+        <v>3146</v>
+      </c>
+      <c r="C1208" s="91" t="s">
+        <v>3147</v>
+      </c>
+      <c r="D1208" s="54">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="1209" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1209" s="53" t="s">
+        <v>3148</v>
+      </c>
+      <c r="B1209" s="30" t="s">
+        <v>3149</v>
+      </c>
+      <c r="C1209" s="91" t="s">
+        <v>3150</v>
+      </c>
+      <c r="D1209" s="54">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="1210" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1210" s="53" t="s">
+        <v>3151</v>
+      </c>
+      <c r="B1210" s="30" t="s">
+        <v>3152</v>
+      </c>
+      <c r="C1210" s="87" t="s">
+        <v>3153</v>
+      </c>
+      <c r="D1210" s="54">
+        <v>46239</v>
+      </c>
+      <c r="E1210" s="88"/>
+    </row>
+    <row r="1211" spans="1:5" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1211" s="14" t="s">
+        <v>3154</v>
+      </c>
+      <c r="B1211" s="72" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C1211" s="93" t="s">
+        <v>1981</v>
+      </c>
+      <c r="D1211" s="33">
+        <v>46239</v>
+      </c>
+      <c r="E1211" s="88"/>
+    </row>
+    <row r="1212" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1212" s="13" t="s">
+        <v>3155</v>
+      </c>
+      <c r="B1212" s="72" t="s">
+        <v>3156</v>
+      </c>
+      <c r="C1212" s="72" t="s">
+        <v>3157</v>
+      </c>
+      <c r="D1212" s="33">
+        <v>46240</v>
+      </c>
+    </row>
+    <row r="1213" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1213" s="53" t="s">
+        <v>3160</v>
+      </c>
+      <c r="B1213" s="30" t="s">
+        <v>3161</v>
+      </c>
+      <c r="C1213" s="87" t="s">
+        <v>3527</v>
+      </c>
+      <c r="D1213" s="38">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="1214" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1214" s="53" t="s">
+        <v>3162</v>
+      </c>
+      <c r="B1214" s="30" t="s">
+        <v>3163</v>
+      </c>
+      <c r="C1214" s="87" t="s">
+        <v>543</v>
+      </c>
+      <c r="D1214" s="54">
+        <v>46241</v>
+      </c>
+      <c r="E1214" s="88"/>
+    </row>
+    <row r="1215" spans="1:5" ht="73.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1215" s="53" t="s">
+        <v>3164</v>
+      </c>
+      <c r="B1215" s="25" t="s">
+        <v>3165</v>
+      </c>
+      <c r="C1215" s="87" t="s">
+        <v>3166</v>
+      </c>
+      <c r="D1215" s="38">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="1216" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1216" s="53" t="s">
+        <v>3167</v>
+      </c>
+      <c r="B1216" s="30" t="s">
+        <v>3168</v>
+      </c>
+      <c r="C1216" s="87" t="s">
+        <v>3169</v>
+      </c>
+      <c r="D1216" s="54">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1217" s="53" t="s">
+        <v>3170</v>
+      </c>
+      <c r="B1217" s="102" t="s">
+        <v>3171</v>
+      </c>
+      <c r="C1217" s="55" t="s">
+        <v>3172</v>
+      </c>
+      <c r="D1217" s="54">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1218" s="53" t="s">
+        <v>3174</v>
+      </c>
+      <c r="B1218" s="55" t="s">
+        <v>3175</v>
+      </c>
+      <c r="C1218" s="87" t="s">
+        <v>3176</v>
+      </c>
+      <c r="D1218" s="54">
+        <v>46242</v>
+      </c>
+      <c r="E1218" s="88"/>
+    </row>
+    <row r="1219" spans="1:5" ht="143.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1219" s="61" t="s">
+        <v>3181</v>
+      </c>
+      <c r="B1219" s="30" t="s">
+        <v>3182</v>
+      </c>
+      <c r="C1219" s="87" t="s">
+        <v>3183</v>
+      </c>
+      <c r="D1219" s="57">
+        <v>46246</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1220" s="53" t="s">
+        <v>3185</v>
+      </c>
+      <c r="B1220" s="30" t="s">
+        <v>3186</v>
+      </c>
+      <c r="C1220" s="87" t="s">
+        <v>3187</v>
+      </c>
+      <c r="D1220" s="33">
+        <v>46247</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1221" s="15" t="s">
+        <v>3196</v>
+      </c>
+      <c r="B1221" s="55" t="s">
+        <v>3197</v>
+      </c>
+      <c r="C1221" s="89" t="s">
+        <v>3198</v>
+      </c>
+      <c r="D1221" s="33">
+        <v>46254</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1222" s="53" t="s">
+        <v>3199</v>
+      </c>
+      <c r="B1222" s="30" t="s">
+        <v>3200</v>
+      </c>
+      <c r="C1222" s="93" t="s">
+        <v>3198</v>
+      </c>
+      <c r="D1222" s="54">
+        <v>46254</v>
+      </c>
+      <c r="E1222" s="88"/>
+    </row>
+    <row r="1223" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1223" s="53" t="s">
+        <v>3201</v>
+      </c>
+      <c r="B1223" s="30" t="s">
+        <v>3202</v>
+      </c>
+      <c r="C1223" s="87" t="s">
+        <v>3203</v>
+      </c>
+      <c r="D1223" s="54">
+        <v>46253</v>
+      </c>
+      <c r="E1223" s="88"/>
+    </row>
+    <row r="1224" spans="1:5" ht="180" x14ac:dyDescent="0.25">
+      <c r="A1224" s="53" t="s">
+        <v>3205</v>
+      </c>
+      <c r="B1224" s="30" t="s">
+        <v>3206</v>
+      </c>
+      <c r="C1224" s="87" t="s">
+        <v>3528</v>
+      </c>
+      <c r="D1224" s="54">
+        <v>46256</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1225" s="53" t="s">
+        <v>3208</v>
+      </c>
+      <c r="B1225" s="30" t="s">
+        <v>3209</v>
+      </c>
+      <c r="C1225" s="87" t="s">
+        <v>3210</v>
+      </c>
+      <c r="D1225" s="54">
+        <v>46259</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1226" s="53" t="s">
+        <v>3211</v>
+      </c>
+      <c r="B1226" s="30" t="s">
+        <v>3212</v>
+      </c>
+      <c r="C1226" s="95" t="s">
+        <v>3040</v>
+      </c>
+      <c r="D1226" s="54">
+        <v>46260</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1227" s="53" t="s">
+        <v>3213</v>
+      </c>
+      <c r="B1227" s="30" t="s">
+        <v>3214</v>
+      </c>
+      <c r="C1227" s="113" t="s">
+        <v>3215</v>
+      </c>
+      <c r="D1227" s="54">
+        <v>46260</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:5" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1228" s="61" t="s">
+        <v>3216</v>
+      </c>
+      <c r="B1228" s="30" t="s">
+        <v>3217</v>
+      </c>
+      <c r="C1228" s="87" t="s">
+        <v>3612</v>
+      </c>
+      <c r="D1228" s="54">
+        <v>46260</v>
+      </c>
+      <c r="E1228" s="88"/>
+    </row>
+    <row r="1229" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1229" s="53" t="s">
+        <v>3218</v>
+      </c>
+      <c r="B1229" s="55" t="s">
+        <v>3219</v>
+      </c>
+      <c r="C1229" s="92" t="s">
+        <v>747</v>
+      </c>
+      <c r="D1229" s="54">
+        <v>46260</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:5" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A1230" s="53" t="s">
+        <v>3223</v>
+      </c>
+      <c r="B1230" s="30" t="s">
+        <v>1884</v>
+      </c>
+      <c r="C1230" s="87" t="s">
+        <v>1888</v>
+      </c>
+      <c r="D1230" s="33">
+        <v>46240</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1231" s="58" t="s">
+        <v>3227</v>
+      </c>
+      <c r="B1231" s="30" t="s">
+        <v>3228</v>
+      </c>
+      <c r="C1231" s="72" t="s">
+        <v>3229</v>
+      </c>
+      <c r="D1231" s="54">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:5" ht="202.5" x14ac:dyDescent="0.25">
+      <c r="A1232" s="53" t="s">
+        <v>3230</v>
+      </c>
+      <c r="B1232" s="30" t="s">
+        <v>3231</v>
+      </c>
+      <c r="C1232" s="87" t="s">
+        <v>3529</v>
+      </c>
+      <c r="D1232" s="54">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1233" s="53" t="s">
+        <v>3236</v>
+      </c>
+      <c r="B1233" s="30" t="s">
+        <v>740</v>
+      </c>
+      <c r="C1233" s="87" t="s">
+        <v>741</v>
+      </c>
+      <c r="D1233" s="38">
+        <v>46344</v>
+      </c>
+      <c r="E1233" s="88"/>
+    </row>
+    <row r="1234" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1234" s="16" t="s">
+        <v>3238</v>
+      </c>
+      <c r="B1234" s="25" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C1234" s="89" t="s">
+        <v>3239</v>
+      </c>
+      <c r="D1234" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1235" s="13" t="s">
+        <v>3240</v>
+      </c>
+      <c r="B1235" s="25" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C1235" s="95" t="s">
+        <v>3241</v>
+      </c>
+      <c r="D1235" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:5" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1236" s="14" t="s">
+        <v>3242</v>
+      </c>
+      <c r="B1236" s="25" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C1236" s="89" t="s">
+        <v>3530</v>
+      </c>
+      <c r="D1236" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1237" s="13" t="s">
+        <v>3243</v>
+      </c>
+      <c r="B1237" s="25" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C1237" s="89" t="s">
+        <v>3244</v>
+      </c>
+      <c r="D1237" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1238" spans="1:5" ht="162" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1238" s="53" t="s">
+        <v>3245</v>
+      </c>
+      <c r="B1238" s="30" t="s">
+        <v>3246</v>
+      </c>
+      <c r="C1238" s="87" t="s">
+        <v>3247</v>
+      </c>
+      <c r="D1238" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1239" s="53" t="s">
+        <v>3248</v>
+      </c>
+      <c r="B1239" s="30" t="s">
+        <v>3249</v>
+      </c>
+      <c r="C1239" s="87" t="s">
+        <v>3250</v>
+      </c>
+      <c r="D1239" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1240" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1240" s="53" t="s">
+        <v>3252</v>
+      </c>
+      <c r="B1240" s="55" t="s">
+        <v>3253</v>
+      </c>
+      <c r="C1240" s="87" t="s">
+        <v>3254</v>
+      </c>
+      <c r="D1240" s="54">
+        <v>46275</v>
+      </c>
+    </row>
+    <row r="1241" spans="1:5" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1241" s="53" t="s">
+        <v>3258</v>
+      </c>
+      <c r="B1241" s="30" t="s">
+        <v>3259</v>
+      </c>
+      <c r="C1241" s="87" t="s">
+        <v>3500</v>
+      </c>
+      <c r="D1241" s="33">
+        <v>46277</v>
+      </c>
+    </row>
+    <row r="1242" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1242" s="53" t="s">
+        <v>3260</v>
+      </c>
+      <c r="B1242" s="30" t="s">
+        <v>3261</v>
+      </c>
+      <c r="C1242" s="89" t="s">
+        <v>2990</v>
+      </c>
+      <c r="D1242" s="54">
+        <v>46193</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:5" ht="104.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1243" s="53" t="s">
+        <v>3262</v>
+      </c>
+      <c r="B1243" s="30" t="s">
+        <v>3263</v>
+      </c>
+      <c r="C1243" s="87" t="s">
+        <v>3264</v>
+      </c>
+      <c r="D1243" s="33">
+        <v>46278</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1244" s="53" t="s">
+        <v>3265</v>
+      </c>
+      <c r="B1244" s="30" t="s">
+        <v>3266</v>
+      </c>
+      <c r="C1244" s="87" t="s">
+        <v>3267</v>
+      </c>
+      <c r="D1244" s="33">
+        <v>46277</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1245" s="53" t="s">
+        <v>3268</v>
+      </c>
+      <c r="B1245" s="30" t="s">
+        <v>3269</v>
+      </c>
+      <c r="C1245" s="87" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D1245" s="33">
+        <v>46281</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1246" s="15" t="s">
+        <v>3270</v>
+      </c>
+      <c r="B1246" s="46" t="s">
+        <v>3271</v>
+      </c>
+      <c r="C1246" s="72" t="s">
+        <v>3272</v>
+      </c>
+      <c r="D1246" s="33">
+        <v>46281</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1247" s="53" t="s">
+        <v>3275</v>
+      </c>
+      <c r="B1247" s="30" t="s">
+        <v>3276</v>
+      </c>
+      <c r="C1247" s="87" t="s">
+        <v>3277</v>
+      </c>
+      <c r="D1247" s="38">
+        <v>46283</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1248" s="53" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B1248" s="30" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C1248" s="87" t="s">
+        <v>3281</v>
+      </c>
+      <c r="D1248" s="33">
+        <v>46283</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1249" s="53" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B1249" s="47" t="s">
+        <v>1610</v>
+      </c>
+      <c r="C1249" s="87" t="s">
+        <v>3531</v>
+      </c>
+      <c r="D1249" s="54">
+        <v>46283</v>
+      </c>
+      <c r="E1249" s="88"/>
+    </row>
+    <row r="1250" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1250" s="53" t="s">
+        <v>3282</v>
+      </c>
+      <c r="B1250" s="30" t="s">
+        <v>3283</v>
+      </c>
+      <c r="C1250" s="87" t="s">
+        <v>3613</v>
+      </c>
+      <c r="D1250" s="57">
+        <v>46239</v>
+      </c>
+      <c r="E1250" s="88"/>
+    </row>
+    <row r="1251" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1251" s="53" t="s">
+        <v>1896</v>
+      </c>
+      <c r="B1251" s="30" t="s">
+        <v>1897</v>
+      </c>
+      <c r="C1251" s="87" t="s">
+        <v>3532</v>
+      </c>
+      <c r="D1251" s="38">
+        <v>46283</v>
+      </c>
+      <c r="E1251" s="88"/>
+    </row>
+    <row r="1252" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1252" s="53" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B1252" s="30" t="s">
+        <v>3285</v>
+      </c>
+      <c r="C1252" s="87" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D1252" s="33">
+        <v>46299</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1253" s="53" t="s">
+        <v>3286</v>
+      </c>
+      <c r="B1253" s="30" t="s">
+        <v>3287</v>
+      </c>
+      <c r="C1253" s="87" t="s">
+        <v>3288</v>
+      </c>
+      <c r="D1253" s="33">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1254" s="53" t="s">
+        <v>3291</v>
+      </c>
+      <c r="B1254" s="30" t="s">
+        <v>3292</v>
+      </c>
+      <c r="C1254" s="87" t="s">
+        <v>3533</v>
+      </c>
+      <c r="D1254" s="33">
+        <v>46288</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1255" s="53" t="s">
+        <v>3296</v>
+      </c>
+      <c r="B1255" s="30" t="s">
+        <v>3297</v>
+      </c>
+      <c r="C1255" s="87" t="s">
+        <v>3298</v>
+      </c>
+      <c r="D1255" s="33">
+        <v>46288</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1256" s="53" t="s">
+        <v>3299</v>
+      </c>
+      <c r="B1256" s="30" t="s">
+        <v>3300</v>
+      </c>
+      <c r="C1256" s="87" t="s">
+        <v>3301</v>
+      </c>
+      <c r="D1256" s="33">
+        <v>46289</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1257" s="53" t="s">
+        <v>3302</v>
+      </c>
+      <c r="B1257" s="55" t="s">
+        <v>3303</v>
+      </c>
+      <c r="C1257" s="87" t="s">
+        <v>3614</v>
+      </c>
+      <c r="D1257" s="33">
+        <v>46289</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1258" s="53" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B1258" s="55" t="s">
+        <v>3305</v>
+      </c>
+      <c r="C1258" s="87" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1258" s="33">
+        <v>46290</v>
+      </c>
+      <c r="E1258" s="88"/>
+    </row>
+    <row r="1259" spans="1:5" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A1259" s="53" t="s">
+        <v>3619</v>
+      </c>
+      <c r="B1259" s="55" t="s">
+        <v>3306</v>
+      </c>
+      <c r="C1259" s="89" t="s">
+        <v>3307</v>
+      </c>
+      <c r="D1259" s="33">
+        <v>46290</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1260" s="53" t="s">
+        <v>3308</v>
+      </c>
+      <c r="B1260" s="30" t="s">
+        <v>3309</v>
+      </c>
+      <c r="C1260" s="87" t="s">
+        <v>536</v>
+      </c>
+      <c r="D1260" s="33">
+        <v>46291</v>
+      </c>
+      <c r="E1260" s="88"/>
+    </row>
+    <row r="1261" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1261" s="53" t="s">
+        <v>3310</v>
+      </c>
+      <c r="B1261" s="25" t="s">
+        <v>3311</v>
+      </c>
+      <c r="C1261" s="35" t="s">
+        <v>3312</v>
+      </c>
+      <c r="D1261" s="54">
+        <v>46288</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:5" ht="157.5" x14ac:dyDescent="0.25">
+      <c r="A1262" s="15" t="s">
+        <v>3313</v>
+      </c>
+      <c r="B1262" s="72" t="s">
+        <v>3314</v>
+      </c>
+      <c r="C1262" s="72" t="s">
+        <v>3534</v>
+      </c>
+      <c r="D1262" s="33">
+        <v>46291</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1263" s="53" t="s">
+        <v>3318</v>
+      </c>
+      <c r="B1263" s="30" t="s">
         <v>3319</v>
       </c>
-      <c r="B1193" s="30" t="s">
-[...873 lines deleted...]
-      <c r="A1254" s="58" t="s">
+      <c r="C1263" s="87" t="s">
+        <v>3320</v>
+      </c>
+      <c r="D1263" s="33">
+        <v>46288</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1264" s="53" t="s">
+        <v>3322</v>
+      </c>
+      <c r="B1264" s="30" t="s">
+        <v>3323</v>
+      </c>
+      <c r="C1264" s="87" t="s">
+        <v>3324</v>
+      </c>
+      <c r="D1264" s="33">
+        <v>46289</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:5" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A1265" s="53" t="s">
+        <v>3325</v>
+      </c>
+      <c r="B1265" s="55" t="s">
+        <v>3326</v>
+      </c>
+      <c r="C1265" s="87" t="s">
         <v>3327</v>
       </c>
-      <c r="B1254" s="30" t="s">
+      <c r="D1265" s="54">
+        <v>46294</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:5" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1266" s="14" t="s">
         <v>3328</v>
       </c>
-      <c r="C1254" s="72" t="s">
+      <c r="B1266" s="72" t="s">
         <v>3329</v>
       </c>
-      <c r="D1254" s="54">
-[...4 lines deleted...]
-      <c r="A1255" s="53" t="s">
+      <c r="C1266" s="72" t="s">
         <v>3330</v>
       </c>
-      <c r="B1255" s="30" t="s">
-[...10 lines deleted...]
-      <c r="A1256" s="53" t="s">
+      <c r="D1266" s="49">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1267" s="15" t="s">
+        <v>3333</v>
+      </c>
+      <c r="B1267" s="25" t="s">
+        <v>3334</v>
+      </c>
+      <c r="C1267" s="72" t="s">
+        <v>3335</v>
+      </c>
+      <c r="D1267" s="33">
+        <v>46296</v>
+      </c>
+    </row>
+    <row r="1268" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1268" s="62" t="s">
         <v>3336</v>
       </c>
-      <c r="B1256" s="30" t="s">
-[...11 lines deleted...]
-      <c r="A1257" s="16" t="s">
+      <c r="B1268" s="30" t="s">
+        <v>3337</v>
+      </c>
+      <c r="C1268" s="87" t="s">
         <v>3338</v>
       </c>
-      <c r="B1257" s="25" t="s">
-[...16 lines deleted...]
-      <c r="C1258" s="98" t="s">
+      <c r="D1268" s="54">
+        <v>46297</v>
+      </c>
+    </row>
+    <row r="1269" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1269" s="53" t="s">
         <v>3341</v>
       </c>
-      <c r="D1258" s="33">
-[...4 lines deleted...]
-      <c r="A1259" s="14" t="s">
+      <c r="B1269" s="30" t="s">
         <v>3342</v>
       </c>
-      <c r="B1259" s="25" t="s">
-[...16 lines deleted...]
-      <c r="C1260" s="89" t="s">
+      <c r="C1269" s="87" t="s">
+        <v>3040</v>
+      </c>
+      <c r="D1269" s="54">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1270" s="53" t="s">
         <v>3344</v>
       </c>
-      <c r="D1260" s="33">
-[...4 lines deleted...]
-      <c r="A1261" s="53" t="s">
+      <c r="B1270" s="30" t="s">
         <v>3345</v>
       </c>
-      <c r="B1261" s="30" t="s">
+      <c r="C1270" s="87" t="s">
         <v>3346</v>
       </c>
-      <c r="C1261" s="87" t="s">
-[...7 lines deleted...]
-      <c r="A1262" s="53" t="s">
+      <c r="D1270" s="54">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:5" ht="228" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1271" s="53" t="s">
         <v>3348</v>
       </c>
-      <c r="B1262" s="30" t="s">
+      <c r="B1271" s="30" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C1271" s="95" t="s">
+        <v>75</v>
+      </c>
+      <c r="D1271" s="33">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:5" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1272" s="53" t="s">
         <v>3349</v>
       </c>
-      <c r="C1262" s="87" t="s">
+      <c r="B1272" s="30" t="s">
         <v>3350</v>
       </c>
-      <c r="D1262" s="33">
-[...4 lines deleted...]
-      <c r="A1263" s="53" t="s">
+      <c r="C1272" s="87" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D1272" s="38">
+        <v>46304</v>
+      </c>
+    </row>
+    <row r="1273" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1273" s="53" t="s">
+        <v>3353</v>
+      </c>
+      <c r="B1273" s="25" t="s">
+        <v>3351</v>
+      </c>
+      <c r="C1273" s="95" t="s">
         <v>3352</v>
       </c>
-      <c r="B1263" s="55" t="s">
-[...10 lines deleted...]
-      <c r="A1264" s="53" t="s">
+      <c r="D1273" s="38">
+        <v>46304</v>
+      </c>
+    </row>
+    <row r="1274" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1274" s="53" t="s">
+        <v>3356</v>
+      </c>
+      <c r="B1274" s="30" t="s">
+        <v>3357</v>
+      </c>
+      <c r="C1274" s="87" t="s">
         <v>3358</v>
       </c>
-      <c r="B1264" s="30" t="s">
+      <c r="D1274" s="33">
+        <v>46297</v>
+      </c>
+    </row>
+    <row r="1275" spans="1:5" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1275" s="16" t="s">
         <v>3359</v>
       </c>
-      <c r="C1264" s="87" t="s">
-[...7 lines deleted...]
-      <c r="A1265" s="53" t="s">
+      <c r="B1275" s="25" t="s">
         <v>3360</v>
       </c>
-      <c r="B1265" s="30" t="s">
+      <c r="C1275" s="72" t="s">
         <v>3361</v>
       </c>
-      <c r="C1265" s="89" t="s">
-[...146 lines deleted...]
-        <v>45996</v>
+      <c r="D1275" s="57">
+        <v>46305</v>
       </c>
     </row>
     <row r="1276" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1276" s="53" t="s">
-        <v>3387</v>
+        <v>3362</v>
       </c>
       <c r="B1276" s="30" t="s">
-        <v>3388</v>
+        <v>3363</v>
       </c>
       <c r="C1276" s="87" t="s">
-        <v>3389</v>
+        <v>3364</v>
       </c>
       <c r="D1276" s="33">
-        <v>46284</v>
-[...2 lines deleted...]
-    <row r="1277" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+        <v>46305</v>
+      </c>
+      <c r="E1276" s="88"/>
+    </row>
+    <row r="1277" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A1277" s="53" t="s">
-        <v>3392</v>
+        <v>3365</v>
       </c>
       <c r="B1277" s="30" t="s">
-        <v>3393</v>
+        <v>3366</v>
       </c>
       <c r="C1277" s="87" t="s">
-        <v>3645</v>
-[...5 lines deleted...]
-    <row r="1278" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+        <v>548</v>
+      </c>
+      <c r="D1277" s="38">
+        <v>46290</v>
+      </c>
+    </row>
+    <row r="1278" spans="1:5" ht="146.25" x14ac:dyDescent="0.25">
       <c r="A1278" s="53" t="s">
-        <v>3397</v>
+        <v>3367</v>
       </c>
       <c r="B1278" s="30" t="s">
-        <v>3398</v>
+        <v>3368</v>
       </c>
       <c r="C1278" s="87" t="s">
-        <v>3399</v>
-[...3 lines deleted...]
-      </c>
+        <v>3369</v>
+      </c>
+      <c r="D1278" s="38">
+        <v>46308</v>
+      </c>
+      <c r="E1278" s="88"/>
     </row>
     <row r="1279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1279" s="53" t="s">
-        <v>3400</v>
+        <v>3371</v>
       </c>
       <c r="B1279" s="30" t="s">
-        <v>3401</v>
+        <v>3372</v>
       </c>
       <c r="C1279" s="87" t="s">
-        <v>3402</v>
-[...5 lines deleted...]
-    <row r="1280" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+        <v>3373</v>
+      </c>
+      <c r="D1279" s="38">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="1280" spans="1:5" ht="212.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1280" s="53" t="s">
-        <v>3403</v>
-[...8 lines deleted...]
-        <v>46289</v>
+        <v>3374</v>
+      </c>
+      <c r="B1280" s="47" t="s">
+        <v>3375</v>
+      </c>
+      <c r="C1280" s="93" t="s">
+        <v>351</v>
+      </c>
+      <c r="D1280" s="114">
+        <v>46308</v>
       </c>
     </row>
     <row r="1281" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A1281" s="53" t="s">
+        <v>3377</v>
+      </c>
+      <c r="B1281" s="30" t="s">
+        <v>3378</v>
+      </c>
+      <c r="C1281" s="87" t="s">
+        <v>3379</v>
+      </c>
+      <c r="D1281" s="38">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="1282" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1282" s="53" t="s">
+        <v>3381</v>
+      </c>
+      <c r="B1282" s="30" t="s">
+        <v>3382</v>
+      </c>
+      <c r="C1282" s="87" t="s">
+        <v>3383</v>
+      </c>
+      <c r="D1282" s="38">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="1283" spans="1:5" ht="369" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1283" s="53" t="s">
+        <v>3385</v>
+      </c>
+      <c r="B1283" s="30" t="s">
+        <v>3386</v>
+      </c>
+      <c r="C1283" s="87" t="s">
+        <v>460</v>
+      </c>
+      <c r="D1283" s="38">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="1284" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1284" s="53" t="s">
+        <v>3387</v>
+      </c>
+      <c r="B1284" s="55" t="s">
+        <v>3388</v>
+      </c>
+      <c r="C1284" s="87" t="s">
+        <v>3389</v>
+      </c>
+      <c r="D1284" s="38">
+        <v>46313</v>
+      </c>
+    </row>
+    <row r="1285" spans="1:5" ht="129.94999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1285" s="53" t="s">
+        <v>3535</v>
+      </c>
+      <c r="B1285" s="30" t="s">
+        <v>3390</v>
+      </c>
+      <c r="C1285" s="87" t="s">
+        <v>109</v>
+      </c>
+      <c r="D1285" s="38">
+        <v>46331</v>
+      </c>
+    </row>
+    <row r="1286" spans="1:5" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1286" s="56" t="s">
+        <v>3618</v>
+      </c>
+      <c r="B1286" s="55" t="s">
+        <v>3391</v>
+      </c>
+      <c r="C1286" s="55" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1286" s="57">
+        <v>46333</v>
+      </c>
+    </row>
+    <row r="1287" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1287" s="15" t="s">
+        <v>3392</v>
+      </c>
+      <c r="B1287" s="72" t="s">
+        <v>3393</v>
+      </c>
+      <c r="C1287" s="72" t="s">
+        <v>35</v>
+      </c>
+      <c r="D1287" s="33">
+        <v>46341</v>
+      </c>
+    </row>
+    <row r="1288" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1288" s="53" t="s">
+        <v>3394</v>
+      </c>
+      <c r="B1288" s="55" t="s">
+        <v>3395</v>
+      </c>
+      <c r="C1288" s="89" t="s">
+        <v>3396</v>
+      </c>
+      <c r="D1288" s="54">
+        <v>46316</v>
+      </c>
+    </row>
+    <row r="1289" spans="1:5" ht="353.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1289" s="61" t="s">
+        <v>3399</v>
+      </c>
+      <c r="B1289" s="55" t="s">
+        <v>125</v>
+      </c>
+      <c r="C1289" s="87" t="s">
+        <v>3400</v>
+      </c>
+      <c r="D1289" s="54">
+        <v>46318</v>
+      </c>
+    </row>
+    <row r="1290" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1290" s="53" t="s">
+        <v>3402</v>
+      </c>
+      <c r="B1290" s="55" t="s">
+        <v>3403</v>
+      </c>
+      <c r="C1290" s="87" t="s">
+        <v>3404</v>
+      </c>
+      <c r="D1290" s="38">
+        <v>46318</v>
+      </c>
+      <c r="E1290" s="88"/>
+    </row>
+    <row r="1291" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1291" s="53" t="s">
+        <v>3405</v>
+      </c>
+      <c r="B1291" s="30" t="s">
+        <v>3406</v>
+      </c>
+      <c r="C1291" s="87" t="s">
         <v>3407</v>
       </c>
-      <c r="B1281" s="55" t="s">
+      <c r="D1291" s="38">
+        <v>46318</v>
+      </c>
+    </row>
+    <row r="1292" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1292" s="115" t="s">
         <v>3408</v>
       </c>
-      <c r="C1281" s="87" t="s">
-[...8 lines deleted...]
-      <c r="A1282" s="53" t="s">
+      <c r="B1292" s="30" t="s">
         <v>3409</v>
       </c>
-      <c r="B1282" s="55" t="s">
+      <c r="C1292" s="72" t="s">
         <v>3410</v>
       </c>
-      <c r="C1282" s="89" t="s">
-[...10 lines deleted...]
-      <c r="B1283" s="30" t="s">
+      <c r="D1292" s="38">
+        <v>46319</v>
+      </c>
+    </row>
+    <row r="1293" spans="1:5" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A1293" s="53" t="s">
         <v>3413</v>
       </c>
-      <c r="C1283" s="87" t="s">
-[...8 lines deleted...]
-      <c r="A1284" s="53" t="s">
+      <c r="B1293" s="30" t="s">
         <v>3414</v>
       </c>
-      <c r="B1284" s="25" t="s">
+      <c r="C1293" s="87" t="s">
         <v>3415</v>
       </c>
-      <c r="C1284" s="35" t="s">
-[...7 lines deleted...]
-      <c r="A1285" s="15" t="s">
+      <c r="D1293" s="38">
+        <v>46342</v>
+      </c>
+    </row>
+    <row r="1294" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1294" s="53" t="s">
         <v>3417</v>
       </c>
-      <c r="B1285" s="72" t="s">
+      <c r="B1294" s="30" t="s">
         <v>3418</v>
       </c>
-      <c r="C1285" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A1286" s="53" t="s">
+      <c r="C1294" s="87" t="s">
+        <v>3419</v>
+      </c>
+      <c r="D1294" s="38">
+        <v>46322</v>
+      </c>
+    </row>
+    <row r="1295" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1295" s="53" t="s">
+        <v>3420</v>
+      </c>
+      <c r="B1295" s="30" t="s">
+        <v>3421</v>
+      </c>
+      <c r="C1295" s="87" t="s">
         <v>3422</v>
       </c>
-      <c r="B1286" s="30" t="s">
-[...10 lines deleted...]
-      <c r="A1287" s="53" t="s">
+      <c r="D1295" s="38">
+        <v>46323</v>
+      </c>
+    </row>
+    <row r="1296" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1296" s="53" t="s">
+        <v>3425</v>
+      </c>
+      <c r="B1296" s="30" t="s">
         <v>3426</v>
       </c>
-      <c r="B1287" s="30" t="s">
+      <c r="C1296" s="87" t="s">
+        <v>26</v>
+      </c>
+      <c r="D1296" s="33">
+        <v>46353</v>
+      </c>
+      <c r="E1296" s="88"/>
+    </row>
+    <row r="1297" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1297" s="53" t="s">
         <v>3427</v>
       </c>
-      <c r="C1287" s="87" t="s">
+      <c r="B1297" s="30" t="s">
         <v>3428</v>
       </c>
-      <c r="D1287" s="33">
-[...4 lines deleted...]
-      <c r="A1288" s="53" t="s">
+      <c r="C1297" s="87" t="s">
         <v>3429</v>
       </c>
-      <c r="B1288" s="55" t="s">
+      <c r="D1297" s="38">
+        <v>46324</v>
+      </c>
+    </row>
+    <row r="1298" spans="1:5" ht="277.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1298" s="13" t="s">
         <v>3430</v>
       </c>
-      <c r="C1288" s="87" t="s">
+      <c r="B1298" s="72" t="s">
         <v>3431</v>
       </c>
-      <c r="D1288" s="54">
-[...4 lines deleted...]
-      <c r="A1289" s="14" t="s">
+      <c r="C1298" s="72" t="s">
         <v>3432</v>
       </c>
-      <c r="B1289" s="72" t="s">
-[...132 lines deleted...]
-        <v>46305</v>
+      <c r="D1298" s="38">
+        <v>46284</v>
       </c>
     </row>
     <row r="1299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1299" s="53" t="s">
-        <v>3466</v>
+        <v>3433</v>
       </c>
       <c r="B1299" s="30" t="s">
-        <v>3467</v>
-[...7 lines deleted...]
-      <c r="E1299" s="88"/>
+        <v>3434</v>
+      </c>
+      <c r="C1299" s="91" t="s">
+        <v>3435</v>
+      </c>
+      <c r="D1299" s="38">
+        <v>46325</v>
+      </c>
     </row>
     <row r="1300" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A1300" s="53" t="s">
-        <v>3469</v>
-[...2 lines deleted...]
-        <v>3470</v>
+        <v>3436</v>
+      </c>
+      <c r="B1300" s="55" t="s">
+        <v>3437</v>
       </c>
       <c r="C1300" s="87" t="s">
-        <v>558</v>
+        <v>3438</v>
       </c>
       <c r="D1300" s="38">
-        <v>46290</v>
-[...2 lines deleted...]
-    <row r="1301" spans="1:5" ht="146.25" x14ac:dyDescent="0.25">
+        <v>46325</v>
+      </c>
+    </row>
+    <row r="1301" spans="1:5" ht="292.5" x14ac:dyDescent="0.25">
       <c r="A1301" s="53" t="s">
-        <v>3471</v>
-[...2 lines deleted...]
-        <v>3472</v>
+        <v>3536</v>
+      </c>
+      <c r="B1301" s="55" t="s">
+        <v>3537</v>
       </c>
       <c r="C1301" s="87" t="s">
-        <v>3473</v>
-[...6 lines deleted...]
-    <row r="1302" spans="1:5" x14ac:dyDescent="0.25">
+        <v>3407</v>
+      </c>
+      <c r="D1301" s="33">
+        <v>46329</v>
+      </c>
+    </row>
+    <row r="1302" spans="1:5" ht="157.5" x14ac:dyDescent="0.25">
       <c r="A1302" s="53" t="s">
-        <v>3475</v>
+        <v>3538</v>
       </c>
       <c r="B1302" s="30" t="s">
-        <v>3476</v>
+        <v>3539</v>
       </c>
       <c r="C1302" s="87" t="s">
-        <v>3477</v>
-[...19 lines deleted...]
-    <row r="1304" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+        <v>3615</v>
+      </c>
+      <c r="D1302" s="33">
+        <v>46330</v>
+      </c>
+    </row>
+    <row r="1303" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1303" s="13" t="s">
+        <v>3542</v>
+      </c>
+      <c r="B1303" s="25" t="s">
+        <v>274</v>
+      </c>
+      <c r="C1303" s="93" t="s">
+        <v>275</v>
+      </c>
+      <c r="D1303" s="33">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="1304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1304" s="53" t="s">
-        <v>3481</v>
+        <v>3547</v>
       </c>
       <c r="B1304" s="30" t="s">
-        <v>3482</v>
+        <v>3548</v>
       </c>
       <c r="C1304" s="87" t="s">
-        <v>3483</v>
-[...5 lines deleted...]
-    <row r="1305" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+        <v>3549</v>
+      </c>
+      <c r="D1304" s="33">
+        <v>46057</v>
+      </c>
+    </row>
+    <row r="1305" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A1305" s="53" t="s">
-        <v>3485</v>
+        <v>3550</v>
       </c>
       <c r="B1305" s="30" t="s">
-        <v>3486</v>
+        <v>3551</v>
       </c>
       <c r="C1305" s="87" t="s">
-        <v>3487</v>
-[...5 lines deleted...]
-    <row r="1306" spans="1:5" ht="321" customHeight="1" x14ac:dyDescent="0.25">
+        <v>3552</v>
+      </c>
+      <c r="D1305" s="33">
+        <v>46333</v>
+      </c>
+    </row>
+    <row r="1306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1306" s="53" t="s">
-        <v>3489</v>
-[...11 lines deleted...]
-    <row r="1307" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+        <v>3553</v>
+      </c>
+      <c r="B1306" s="55" t="s">
+        <v>3554</v>
+      </c>
+      <c r="C1306" s="72" t="s">
+        <v>121</v>
+      </c>
+      <c r="D1306" s="33">
+        <v>46333</v>
+      </c>
+    </row>
+    <row r="1307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1307" s="53" t="s">
-        <v>3491</v>
-[...2 lines deleted...]
-        <v>3492</v>
+        <v>3556</v>
+      </c>
+      <c r="B1307" s="30" t="s">
+        <v>3557</v>
       </c>
       <c r="C1307" s="87" t="s">
-        <v>3493</v>
-[...5 lines deleted...]
-    <row r="1308" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+        <v>3558</v>
+      </c>
+      <c r="D1307" s="33">
+        <v>46333</v>
+      </c>
+      <c r="E1307" s="88"/>
+    </row>
+    <row r="1308" spans="1:5" ht="409.5" x14ac:dyDescent="0.25">
       <c r="A1308" s="53" t="s">
-        <v>3494</v>
-[...2 lines deleted...]
-        <v>3495</v>
+        <v>3559</v>
+      </c>
+      <c r="B1308" s="35" t="s">
+        <v>3560</v>
       </c>
       <c r="C1308" s="87" t="s">
-        <v>109</v>
-[...7 lines deleted...]
-        <v>3496</v>
+        <v>3616</v>
+      </c>
+      <c r="D1308" s="33">
+        <v>46333</v>
+      </c>
+    </row>
+    <row r="1309" spans="1:5" ht="191.25" x14ac:dyDescent="0.25">
+      <c r="A1309" s="53" t="s">
+        <v>3561</v>
       </c>
       <c r="B1309" s="55" t="s">
-        <v>3497</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>3562</v>
+      </c>
+      <c r="C1309" s="89" t="s">
+        <v>3563</v>
       </c>
       <c r="D1309" s="57">
-        <v>46333</v>
-[...10 lines deleted...]
-        <v>35</v>
+        <v>46241</v>
+      </c>
+      <c r="E1309" s="88"/>
+    </row>
+    <row r="1310" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1310" s="53" t="s">
+        <v>3564</v>
+      </c>
+      <c r="B1310" s="30" t="s">
+        <v>3565</v>
+      </c>
+      <c r="C1310" s="87" t="s">
+        <v>3566</v>
       </c>
       <c r="D1310" s="33">
-        <v>46341</v>
-[...2 lines deleted...]
-    <row r="1311" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+        <v>46337</v>
+      </c>
+    </row>
+    <row r="1311" spans="1:5" ht="101.25" x14ac:dyDescent="0.25">
       <c r="A1311" s="53" t="s">
-        <v>3500</v>
+        <v>3568</v>
       </c>
       <c r="B1311" s="55" t="s">
-        <v>3501</v>
-[...22 lines deleted...]
-    <row r="1313" spans="1:5" x14ac:dyDescent="0.25">
+        <v>3569</v>
+      </c>
+      <c r="C1311" s="87" t="s">
+        <v>3570</v>
+      </c>
+      <c r="D1311" s="33">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="1312" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1312" s="15" t="s">
+        <v>3571</v>
+      </c>
+      <c r="B1312" s="72" t="s">
+        <v>491</v>
+      </c>
+      <c r="C1312" s="91" t="s">
+        <v>3572</v>
+      </c>
+      <c r="D1312" s="38">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="1313" spans="1:5" ht="45" x14ac:dyDescent="0.25">
       <c r="A1313" s="53" t="s">
-        <v>3508</v>
+        <v>3575</v>
       </c>
       <c r="B1313" s="55" t="s">
-        <v>3509</v>
+        <v>3576</v>
       </c>
       <c r="C1313" s="87" t="s">
-        <v>3510</v>
-[...2 lines deleted...]
-        <v>46318</v>
+        <v>3577</v>
+      </c>
+      <c r="D1313" s="33">
+        <v>46337</v>
       </c>
       <c r="E1313" s="88"/>
     </row>
-    <row r="1314" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+    <row r="1314" spans="1:5" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1314" s="53" t="s">
-        <v>3511</v>
-[...5 lines deleted...]
-        <v>3513</v>
+        <v>3578</v>
+      </c>
+      <c r="B1314" s="25" t="s">
+        <v>3579</v>
+      </c>
+      <c r="C1314" s="72" t="s">
+        <v>3617</v>
       </c>
       <c r="D1314" s="38">
-        <v>46318</v>
-[...126 lines deleted...]
-        <v>46325</v>
+        <v>46339</v>
+      </c>
+    </row>
+    <row r="1315" spans="1:5" ht="276.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1315" s="53" t="s">
+        <v>3583</v>
+      </c>
+      <c r="B1315" s="55" t="s">
+        <v>3582</v>
+      </c>
+      <c r="C1315" s="87" t="s">
+        <v>261</v>
+      </c>
+      <c r="D1315" s="54">
+        <v>46267</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A3:D1323" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
-[...1 lines deleted...]
-    <sortCondition sortBy="icon" ref="A261"/>
+  <autoFilter ref="A3:D1315" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:D257">
+    <sortCondition sortBy="icon" ref="A258"/>
   </sortState>
   <dataConsolidate/>
   <phoneticPr fontId="5" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="C833" r:id="rId1" xr:uid="{DDF27B86-9C57-44E8-9AA1-49AE6409481B}"/>
-[...20 lines deleted...]
-    <hyperlink ref="C1322" r:id="rId22" xr:uid="{6DCB2B6C-645B-4561-9ED2-AB3093160AE4}"/>
+    <hyperlink ref="C814" r:id="rId1" xr:uid="{DDF27B86-9C57-44E8-9AA1-49AE6409481B}"/>
+    <hyperlink ref="C978" r:id="rId2" display="medikamenti" xr:uid="{4BA01F4B-C97F-41B8-8D97-C9A62D2A1CB2}"/>
+    <hyperlink ref="C1054" r:id="rId3" xr:uid="{F6A5B52A-8EB5-4A07-8A70-C278942D544F}"/>
+    <hyperlink ref="C1063" r:id="rId4" xr:uid="{3880C896-4D15-40C3-8520-D03AF8F45FBE}"/>
+    <hyperlink ref="C1065" r:id="rId5" display="mobilie telefoni u.c." xr:uid="{CF4A1E83-009C-4F38-8449-6F29D4A1FBF5}"/>
+    <hyperlink ref="C1078" r:id="rId6" display="datorprogrammatūras ierīces mobilajām iekārtām, displejiem  u.c." xr:uid="{0FE0C1EF-090C-49DE-AB93-2AF002BAD640}"/>
+    <hyperlink ref="C1118" r:id="rId7" display="cepures, džemperi,           T-krekli" xr:uid="{54241295-E292-4958-B99E-F360A6CEF3FB}"/>
+    <hyperlink ref="C1163" r:id="rId8" display="elektriskās sistēmas, savienojošie termināļi, elektriskie savienotāji u.c." xr:uid="{CE73A5F0-B24D-4B6F-AEA0-270EB2F06500}"/>
+    <hyperlink ref="C1174" r:id="rId9" xr:uid="{56BC9B6C-2544-4BFC-87A0-1F534FA55B8E}"/>
+    <hyperlink ref="C561" r:id="rId10" xr:uid="{52AE38C9-A551-4A5B-9D8D-1CD1EB8B73E0}"/>
+    <hyperlink ref="C1177" r:id="rId11" display="rezerves daļas,apģērbi,aksesuāri u.c." xr:uid="{DDECD329-B60F-4090-97D4-3E42F9E1FFF8}"/>
+    <hyperlink ref="C1185" r:id="rId12" display=" somas, kabatas portfeļi, mugursomas, apģērbi, apavi, galvassegas, sporta preces un aprīkojums; vingrošanas izstrādājumi, kas nav ietverti citās klasēs, vingrošanas aprīkojums, pielāgotas somas sporta inventāram u.c." xr:uid="{A0796387-969B-4267-8CBC-246B32B4AB4D}"/>
+    <hyperlink ref="C1188" r:id="rId13" xr:uid="{248235EF-E36C-4107-A552-C67A97469C31}"/>
+    <hyperlink ref="C1201" r:id="rId14" display="skuvekļi, skuvekļu asmeņi, manuālās zobu birstes, elektriskas zobu birstes; elektriskās zobu birstes galviņas  u.c." xr:uid="{4BD797EF-1273-4F2C-AF85-BE36BB4C0A6E}"/>
+    <hyperlink ref="C1206" r:id="rId15" xr:uid="{10BF3B4A-4B64-43FD-847C-9B07DDDFD271}"/>
+    <hyperlink ref="C1207" r:id="rId16" display="https://ks.vid.gov.lv/27/aprite/Koplietojamie dokumenti/Tiesību subjektu pieteikumi/Aktuālo pieprasījumu saraksts 04.08.2025.xlsx" xr:uid="{BFE9340F-D8AE-48C4-B2C5-A9D59D2F0396}"/>
+    <hyperlink ref="C1208" r:id="rId17" xr:uid="{62426794-D80C-4E47-8092-1100468A9BAE}"/>
+    <hyperlink ref="C1209" r:id="rId18" xr:uid="{45B674F4-21EA-4275-8757-A280E890E141}"/>
+    <hyperlink ref="C1211" r:id="rId19" display="apģērbi,apavi,somas,smaržas,brilles,rotaslietas,u.c" xr:uid="{AB2A1955-7C68-47B0-A33D-3CFFCCD9D716}"/>
+    <hyperlink ref="C1222" r:id="rId20" xr:uid="{F0B04F77-53AA-4F36-B188-68561F438206}"/>
+    <hyperlink ref="C1280" r:id="rId21" xr:uid="{3AE4FF88-83A2-4D3B-A78D-3BF24B8F5DAE}"/>
+    <hyperlink ref="C1299" r:id="rId22" xr:uid="{6DCB2B6C-645B-4561-9ED2-AB3093160AE4}"/>
+    <hyperlink ref="C1303" r:id="rId23" xr:uid="{A91697C7-B76A-4ECB-85A3-CC65434F2AD8}"/>
+    <hyperlink ref="C1312" r:id="rId24" xr:uid="{3ED223DB-E417-46F6-91E1-103E459E4EBA}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup paperSize="9" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId23"/>
+  <pageSetup paperSize="9" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId25"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="B2:G26"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="L20" sqref="L20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="2" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="73" t="s">
-        <v>2013</v>
+        <v>1958</v>
       </c>
       <c r="C2" s="74"/>
       <c r="D2" s="74"/>
       <c r="E2" s="74"/>
       <c r="F2" s="74"/>
       <c r="G2" s="74"/>
     </row>
     <row r="3" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B3" s="75" t="s">
-        <v>1860</v>
+        <v>1805</v>
       </c>
       <c r="C3" s="76"/>
       <c r="D3" s="76"/>
       <c r="E3" s="76"/>
       <c r="F3" s="76"/>
       <c r="G3" s="77"/>
     </row>
     <row r="4" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B4" s="75" t="s">
-        <v>2014</v>
+        <v>1959</v>
       </c>
       <c r="C4" s="76"/>
       <c r="D4" s="76"/>
       <c r="E4" s="76"/>
       <c r="F4" s="76"/>
       <c r="G4" s="77"/>
     </row>
     <row r="5" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B5" s="75" t="s">
-        <v>1861</v>
+        <v>1806</v>
       </c>
       <c r="C5" s="76"/>
       <c r="D5" s="76"/>
       <c r="E5" s="76"/>
       <c r="F5" s="76"/>
       <c r="G5" s="77"/>
     </row>
     <row r="6" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B6" s="75" t="s">
-        <v>1862</v>
+        <v>1807</v>
       </c>
       <c r="C6" s="76"/>
       <c r="D6" s="76"/>
       <c r="E6" s="76"/>
       <c r="F6" s="76"/>
       <c r="G6" s="77"/>
     </row>
     <row r="7" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B7" s="75" t="s">
-        <v>1863</v>
+        <v>1808</v>
       </c>
       <c r="C7" s="76"/>
       <c r="D7" s="76"/>
       <c r="E7" s="76"/>
       <c r="F7" s="76"/>
       <c r="G7" s="77"/>
     </row>
     <row r="8" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B8" s="75" t="s">
-        <v>1864</v>
+        <v>1809</v>
       </c>
       <c r="C8" s="76"/>
       <c r="D8" s="76"/>
       <c r="E8" s="76"/>
       <c r="F8" s="76"/>
       <c r="G8" s="77"/>
     </row>
     <row r="9" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B9" s="75" t="s">
-        <v>1865</v>
+        <v>1810</v>
       </c>
       <c r="C9" s="76"/>
       <c r="D9" s="76"/>
       <c r="E9" s="76"/>
       <c r="F9" s="76"/>
       <c r="G9" s="77"/>
     </row>
     <row r="10" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B10" s="75" t="s">
-        <v>1866</v>
+        <v>1811</v>
       </c>
       <c r="C10" s="76"/>
       <c r="D10" s="76"/>
       <c r="E10" s="76"/>
       <c r="F10" s="76"/>
       <c r="G10" s="77"/>
     </row>
     <row r="11" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B11" s="75" t="s">
-        <v>1867</v>
+        <v>1812</v>
       </c>
       <c r="C11" s="76"/>
       <c r="D11" s="76"/>
       <c r="E11" s="76"/>
       <c r="F11" s="76"/>
       <c r="G11" s="77"/>
     </row>
     <row r="12" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B12" s="75" t="s">
-        <v>1868</v>
+        <v>1813</v>
       </c>
       <c r="C12" s="76"/>
       <c r="D12" s="76"/>
       <c r="E12" s="76"/>
       <c r="F12" s="76"/>
       <c r="G12" s="77"/>
     </row>
     <row r="13" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B13" s="75" t="s">
-        <v>1869</v>
+        <v>1814</v>
       </c>
       <c r="C13" s="76"/>
       <c r="D13" s="76"/>
       <c r="E13" s="76"/>
       <c r="F13" s="76"/>
       <c r="G13" s="77"/>
     </row>
     <row r="14" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B14" s="75" t="s">
-        <v>1870</v>
+        <v>1815</v>
       </c>
       <c r="C14" s="76"/>
       <c r="D14" s="76"/>
       <c r="E14" s="76"/>
       <c r="F14" s="76"/>
       <c r="G14" s="77"/>
     </row>
     <row r="15" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B15" s="78" t="s">
-        <v>1871</v>
+        <v>1816</v>
       </c>
       <c r="C15" s="79"/>
       <c r="D15" s="79"/>
       <c r="E15" s="79"/>
       <c r="F15" s="79"/>
       <c r="G15" s="80"/>
     </row>
     <row r="16" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B16" s="71" t="s">
-        <v>1872</v>
+        <v>1817</v>
       </c>
       <c r="C16" s="70"/>
       <c r="D16" s="70"/>
       <c r="E16" s="70"/>
       <c r="F16" s="70"/>
       <c r="G16" s="70"/>
     </row>
     <row r="17" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B17" s="75" t="s">
-        <v>1873</v>
+        <v>1818</v>
       </c>
       <c r="C17" s="76"/>
       <c r="D17" s="76"/>
       <c r="E17" s="76"/>
       <c r="F17" s="76"/>
       <c r="G17" s="77"/>
     </row>
     <row r="18" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B18" s="75" t="s">
-        <v>1874</v>
+        <v>1819</v>
       </c>
       <c r="C18" s="76"/>
       <c r="D18" s="76"/>
       <c r="E18" s="76"/>
       <c r="F18" s="76"/>
       <c r="G18" s="77"/>
     </row>
     <row r="19" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B19" s="75" t="s">
-        <v>1875</v>
+        <v>1820</v>
       </c>
       <c r="C19" s="76"/>
       <c r="D19" s="76"/>
       <c r="E19" s="76"/>
       <c r="F19" s="76"/>
       <c r="G19" s="77"/>
     </row>
     <row r="20" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B20" s="75" t="s">
-        <v>1876</v>
+        <v>1821</v>
       </c>
       <c r="C20" s="76"/>
       <c r="D20" s="76"/>
       <c r="E20" s="76"/>
       <c r="F20" s="76"/>
       <c r="G20" s="77"/>
     </row>
     <row r="21" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B21" s="71" t="s">
-        <v>1877</v>
+        <v>1822</v>
       </c>
       <c r="C21" s="70"/>
       <c r="D21" s="70"/>
       <c r="E21" s="70"/>
       <c r="F21" s="70"/>
       <c r="G21" s="70"/>
     </row>
     <row r="22" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B22" s="81" t="s">
-        <v>1878</v>
+        <v>1823</v>
       </c>
       <c r="C22" s="82"/>
       <c r="D22" s="82"/>
       <c r="E22" s="82"/>
       <c r="F22" s="82"/>
       <c r="G22" s="83"/>
     </row>
     <row r="23" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B23" s="75" t="s">
-        <v>1879</v>
+        <v>1824</v>
       </c>
       <c r="C23" s="76"/>
       <c r="D23" s="76"/>
       <c r="E23" s="76"/>
       <c r="F23" s="76"/>
       <c r="G23" s="77"/>
     </row>
     <row r="24" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B24" s="75" t="s">
-        <v>1880</v>
+        <v>1825</v>
       </c>
       <c r="C24" s="76"/>
       <c r="D24" s="76"/>
       <c r="E24" s="76"/>
       <c r="F24" s="76"/>
       <c r="G24" s="77"/>
     </row>
     <row r="25" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B25" s="84" t="s">
-        <v>1881</v>
+        <v>1826</v>
       </c>
       <c r="C25" s="85"/>
       <c r="D25" s="85"/>
       <c r="E25" s="85"/>
       <c r="F25" s="85"/>
       <c r="G25" s="86"/>
     </row>
     <row r="26" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B26" s="75" t="s">
-        <v>1882</v>
+        <v>1827</v>
       </c>
       <c r="C26" s="76"/>
       <c r="D26" s="76"/>
       <c r="E26" s="76"/>
       <c r="F26" s="76"/>
       <c r="G26" s="77"/>
     </row>
   </sheetData>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100E5AD1943C960ED47AC386C569408D6F5" ma:contentTypeVersion="2" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="d83a04ce4277677504796bcbd4031a73">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2451837a-429d-469f-9860-e08ca2df3d99" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6e5bf34c722b52b896681840fd820ec8" ns2:_="">
     <xsd:import namespace="2451837a-429d-469f-9860-e08ca2df3d99"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2451837a-429d-469f-9860-e08ca2df3d99" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Koplietots ar" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
@@ -32773,109 +32582,102 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{813FE741-B7EB-4D2B-B77E-3B7895D96125}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F628D53-2959-42DA-9E4D-B034AE7E7603}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{285ED791-06CB-4AED-B25E-FD8A5B9191D1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4166531-81CF-439C-ADDB-D1451044F4FC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2451837a-429d-469f-9860-e08ca2df3d99"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{285ED791-06CB-4AED-B25E-FD8A5B9191D1}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{813FE741-B7EB-4D2B-B77E-3B7895D96125}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="2451837a-429d-469f-9860-e08ca2df3d99"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Intelekt. īpašuma aizsardzība</vt:lpstr>
       <vt:lpstr>Apzīmējumi</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>