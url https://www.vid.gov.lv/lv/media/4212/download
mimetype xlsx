--- v2 (2025-11-30)
+++ v3 (2025-12-24)
@@ -4,94 +4,94 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\rmri1556\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Decembris\15\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1B35CDD9-DB8B-43F0-9819-A507C1B1EEA4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{20189D2A-77E2-4310-8469-76FB86E3E375}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="599" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="599" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Intelekt. īpašuma aizsardzība" sheetId="1" r:id="rId1"/>
     <sheet name="Apzīmējumi" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Intelekt. īpašuma aizsardzība'!$A$3:$D$1315</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Intelekt. īpašuma aizsardzība'!$A$3:$D$1331</definedName>
     <definedName name="_Hlt117917926" localSheetId="0">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="apģērbi__apavi__aksesuāri">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="gaisa_atsvaidzinātāji_u.c.">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="OLE_LINK1" localSheetId="0">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="OLE_LINK2" localSheetId="0">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="OLE_LINK3" localSheetId="0">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="OLE_LINK5" localSheetId="0">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3967" uniqueCount="3621">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4015" uniqueCount="3666">
   <si>
     <t>                                                                                 Kopsavilkums par VID Muitas pārvaldē saņemtajiem pieprasījumiem par intelektuālā īpašuma aizsardzību</t>
   </si>
   <si>
     <t>Intelektuālā īpašuma nosaukums, reģistrācijas numurs</t>
   </si>
   <si>
     <t>Tiesību subjekta nosaukums</t>
   </si>
   <si>
     <t>Intelektuālā īpašuma aizsardzības termiņš</t>
   </si>
   <si>
     <t>Dooney &amp; Bourke Inc.</t>
   </si>
   <si>
     <t>ādas izstrādājumi, somas, apģērbi, apavi</t>
   </si>
   <si>
     <t>rotaļlietas u.c.</t>
   </si>
   <si>
     <t>CDR 002640482-0001, CDR 002665810-0001, CDR 002172031-0001, EUTM 000120741 Kawasaki /fig./, EUTM 004111175 K /fig./, EUTM 004111191 K /fig./, EUTM 000202424 JET SKI /fig./, EUTM 004122611 KAWASAKI RACING TEAM, EUTM 000091314 KRT, EUTM 004140422 K-CARE, EUTM 004140406 LET THE GOOD TIMES ROLL, EUTM 004112314 Ninja /fig./, EUTM 000120808 MULE, EUTM 5158076 Versys, EUTM 011970746 Z, ITM 1174588 Z, ITM 1209296 Kawasaki, ITM 1213482 K Kawasaki, EUTM 004111118 K Kawasaki, EUTM 004111142 Kawasaki, ITM 1223061 Kawasaki, EUTM 000121384 Ninja, EUTM 008974461 ZX, EUTM 777987, ITM 1090717 W, EUTM 004113924 V Kawasaki, ITM 1090877 ZRX, ITM 1165079 Ninja, ITM 1213481 K</t>
   </si>
   <si>
@@ -107,106 +107,94 @@
     <t>caurules u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000154211 JACK DANIEL’S, EUTM 000898429 JACK, EUTM 001209212 JACK DANIEL’S OLD TIME Old No.7 BRAND QUALITY Tennessee SOUR MASH WHISKEY /fig./, EUTM 000154161 JACK DANIEL’S OLD TIME Old No.7 BRAND QUALITY Tennessee SOUR MASH WHISKEY /fig./, EUTM 002744829 JACK DANIEL’S OLD TIME Old No.7 BRAND QUALITY Tennessee SOUR MASH WHISKEY /fig./, EUTM 004398558 JACK DANIEL’S OLD TIME Old No.7 BRAND QUALITY Tennessee SOUR MASH WHISKEY /fig./, EUTM 000870154 OLD N°7 BRAND /fig./, EUTM 000790170 JACK DANIEL’S /fig./, EUTM 000154096 /fig./, EUTM 000154278 JACK DANIEL'S, EUTM 000156356  JACK DANIEL’S OLD TIME Old No.7 BRAND QUALITY Tennessee SOUR MASH WHISKEY /fig./, EUTM 000957365  JACK DANIEL'S, EUTM 000957605 JACK DANIEL’S OLD TIME Old No.7 BRAND QUALITY Tennessee SOUR MASH WHISKEY /fig./, EUTM 002347227 OLD No.7 BRAND /fig./, EUTM 002825560 JACK DANIEL'S, EUTM 009058702  JACK DANIEL’S OLD TIME Old No.7 BRAND QUALITY Tennessee SOUR MASH WHISKEY /fig./,EUTM09768136/Jack Daniel’s Original Recipe Tennessee Honey, EUTM005652607/Gentleman Jack Rare Tennessee Whiskey, EUTM 009058496/Jack Daniel’s Old No.7 Brand, EUTM009043886/Jack Daniel’s, EUTM 000156356/Jack Daniel’s Old Time No.7 Brand Quality Tennessee , EUTM 000154211/Jack Daniel’s, EUTM 000154278/Jack Daniel’s, EUTM 000898429/Jack, EUTM 002825560/Jack Daniel’s, EUTM 000957365/Jack Daniel’s,  EUTM 009043829/Jack Daniel’s, EUTM 009058413/Jack Daniel’s Old No.7 Brand, EUTM 009058702/Jack Daniel’s Old No.7 Brand Tennessee Sour Mash Whiskey 
 </t>
   </si>
   <si>
     <t>Jack Daniel's Properties Inc.</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni, apģērbi, aksesuāri u.c.</t>
   </si>
   <si>
     <t>EUTM 000198614 FUTBOL CLUB BARCELONA, EUTM 000198598 BARÇA, EUTM 000198556 F.C.B. EUTM 018246553 Futbol Club Barcelona	
 EUTM 018246550Barça, EUTM 198556 Escudo FCB, EUTM 198598 Barça, EUTM 940321"Més que un club", "Más que un club", "More than a Club"	
 EUTM1106277Escudo FC Barcelona, EUTM 1106301 Futbol Club Barcelona	
 EUTM 1106335 Barça, EUTM 1526441</t>
   </si>
   <si>
     <t>Futbol Club Barcelona</t>
   </si>
   <si>
     <t>apģērbi, apavi, aksesuāri u.c.</t>
   </si>
   <si>
-    <t>EUTM 003558591 DUCO /fig./</t>
-[...7 lines deleted...]
-  <si>
     <t>Not Us Limited</t>
   </si>
   <si>
     <t>mūzikas ieraksti, apģērbi, apavi, aksesuāri u.c.</t>
   </si>
   <si>
     <t>WD-40 Manufacturing Company</t>
   </si>
   <si>
     <t>smērviela</t>
   </si>
   <si>
     <t>S.Tous S.L.</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni</t>
   </si>
   <si>
     <t>EUTM  006046445 nawm, EUTM 001665512 VERSUS, EUTM 001665439 VERSACE, EUTM 001665306 /fig./, EUTM 001504703 VERSUS VERSACE /fig./, EUTM 004396636 /fig./, EUTM 004396602, EUTM013031059 Versus Versace</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000001678 BOUNTY, EUTM 005713094 /fig./, EUTM 002173110 BOUNTY Minis /fig./, EUTM 006942551 BOUNTY TRIO /fig./, EUTM 009305707 /fig./, RCD 000676739-(0001-0003), CDR 001222608-0001,  EUTM 000001181/BOUNTY,  EUTM 009294919/ BOUNTY THE TASTE OF PARADISE, EUTM 002085470/BOUNTY, EUTM 002085801/BOUNTY, CDR 000676739-0001, CDR 000676739- 0002, CDR 000676739-0003 
 </t>
   </si>
   <si>
     <t>Mars, Incorporated</t>
   </si>
   <si>
     <t>konfektes, saldējumi u.c.</t>
   </si>
   <si>
     <t>Pandora A/S</t>
   </si>
   <si>
     <t>juvelierizstrādājumi u.c.</t>
   </si>
   <si>
     <t>Tiffany &amp; Co</t>
   </si>
   <si>
     <t>pulksteņi, rotas lietas, aksesuāri u.c.</t>
   </si>
   <si>
     <t>apģērbi, aksesuāri u.c.</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">NTM/ M 62623 LĀCĪTIS ĶEPAINĪTIS, NTM/ M 63834 Lācītis Ķepainītis, NTM/ M 60023 SARKANĀ MAGONE, NTM/ M 37538 SARKANĀ MAGONE, NTM/ M 63840 SARKANĀ MAGONE, NTM/ M 37533 MASKA, NTM/ M 63835 MASKA </t>
   </si>
   <si>
     <t>konfektes u.c.</t>
   </si>
   <si>
     <t>EUTM 007442651 /fig./, EUTM 000798827 Björn Borg /fig./,EUTM 000798710 Björn Borg /fig./,EUTM 000798660 BJÖRN BORG,  EUTM 008536245 BJÖRN BORG /fig./, EUTM 008536013 BJÖRN BORG /fig./, EUTM 008396731 BJÖRN BORG,EUTM 007442601 Björn Borg /fig./,EUTM 009706731 , EUTM 008739534 ,  EUTM  009699761 Björn Borg Sport, EUTM 007408511 BJORNBORG.COM, EUTM 004491056 SWEDISH SPORT /fig./.</t>
   </si>
   <si>
     <t>Björn Borg Brands AB</t>
   </si>
   <si>
     <t>apģērbi, aksesuāri</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000378489  PFIZER, EUTM  008614877 PFIZER, EUTM 000374611 PFIZER, EUTM 018468563 PAXLOVID
 </t>
   </si>
   <si>
     <t>Pfizer Inc</t>
   </si>
   <si>
     <t>medikamenti</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 009083841 Don, EUTM 001362409 PAGID, EUTM 009010042 TEXTAR, EUTM 000689240  TEXTAR, EUTM 009083833 Mintex 
@@ -510,119 +498,101 @@
   </si>
   <si>
     <t xml:space="preserve">RADO UHREN AG (RADO WATCH CO. LTD.) (MONTRES RADO S.A.) </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 4821773 Gashütte ORIGINAL </t>
   </si>
   <si>
     <t>Glashütter Uhrenbetrieb GmbH</t>
   </si>
   <si>
     <t>Lange Uhren GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">dažādas preces
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 007320229OMEGA, EUTM008148892 ΩOMEGA, ITM936242, ITM 953967OMEGA, ITM 997036OMEGA 
 </t>
   </si>
   <si>
     <t>Omega SA</t>
   </si>
   <si>
-    <t>EUTM 007072689 TOMTOM /fig./, EUTM 009060765 TOMTOM, ITM 969888 TOMTOM, ITM 969889 /fig./, ITM 969890 /fig./</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM11786241/Bauer, EUTM 010595056/Nexus </t>
   </si>
   <si>
     <t>Bauer Hockey Corp.</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM  000506881 Samsung, EUTM  012082641 Samsung, EUTM  012082772  Samsung</t>
   </si>
   <si>
     <t>Samsung Electronics Co. Ltd.</t>
   </si>
   <si>
     <t>mobilie telefoni, programmatūra u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">CDR1233845-0001, CDR 1233845-0006, EUTM 005282686/, EUTM 005282603/FG WILSON, EUTM 000345272/F. G. WILSON ENGINEERING, EUTM 000352963, EUTM 007147341/POWERWIZARD, CDR 1233845-0007 
 </t>
   </si>
   <si>
     <t>Caterpillar (NI) Limited</t>
   </si>
   <si>
     <t>ģeneratori</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                                                                                                                                                                                                                                                                          EUTM 008369878 NUDIE, EUTM 005286059 Nudie Jeans c o, EUTM 003137874, EUTM 014322861 NUDIE JEANS CO, EUTM 014322895 N 
 </t>
   </si>
   <si>
     <t>Nudie Jeans Co. AB</t>
   </si>
   <si>
     <t>ABRAMIS SP. Z O. O.</t>
   </si>
   <si>
     <t>zvejas aprīkojums un piederumi u.c.</t>
   </si>
   <si>
     <t>apģērbi, apavi, somas u.c.</t>
   </si>
   <si>
     <t>J. Chandler &amp; Company (Buckfast) Limited</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni, pārtika, aksesuāri</t>
   </si>
   <si>
-    <t xml:space="preserve"> EUTM 8633695 BVLGARI JASMIN NOIR, EUTM 012136404 BVLGARI LE GEMME, EUTM 002433555/3D TRADEMARK, EUTM 001510866 BVLGARI, CDR 000218425-0001, EUTM 000586289 SOLOTEMPO, EUTM 3749496 BVLGARI, EUTM 8926941BVLGARI, EUTM 001573278, EUTM  012460408  AQVA AMARA</t>
-[...7 lines deleted...]
-  <si>
     <t>Hard Rock Holdings Limited</t>
   </si>
   <si>
     <t>apģērbi, suvenīri</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">CDR001258966-0001, ITM 1066520 TIP TON </t>
   </si>
   <si>
     <t>Vitra AG</t>
   </si>
   <si>
     <t>krēsli u.c</t>
   </si>
   <si>
     <t>EUTM 008163149 ACTIKERALL, EUTM 000323295 AIRTAL, EUTM 000387175 ALMAX, EUTM 000014332 ALMIRALL, EUTM 002476562, EUTM 000572743 ALMORGAN, EUTM 003404977 BIOFENAC, EUTM 000267930 COLAZIDE, EUTM 000102780 EBASTEL, EUTM 003604626 KESTINE, EUTM 002043230 SOLARAZE, EUTM 001778497 VANIQA, EUTM 0899381 Bretaris, EUTM 0901523 Eklira, EUTM 0899385 Genuair</t>
   </si>
   <si>
     <t>Almirall, SA</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 6493076/Husqvarna, EUTM 006575682/H Husqvarna, EUTM 007176456/Automower, EUTM 003591542/GARDENA, EUTM 002925857/MCCULLOCH,  EUTM 018162734 (Trade mark without text), EUTM 018093907 H, EUTM 016908345 HUSQVARNA, EUTM 016908469 H Husqvarna, EUTM 006575666 H, EUTM 016908444 H, EUTM 010676955 GARDENA,  EUTM 018093663 HUSQVARNA, EUTM 018208620 (Trade mark without text) 
 </t>
   </si>
   <si>
     <t>Husqvarna AB</t>
   </si>
   <si>
     <t xml:space="preserve">CDR000522073-0027,CDR 000522073-0032,CDR 000522073-0026 CDR 000522073-0033, CDR 000466115-0001, DR 000522073-0027/EM 10000026, CDR 000522073-0032/EM, CDR 000522073-0033/EM, EUTM 000199976/EM ARIEL, EUTM 009939984/EM, EUTM 001547488/EM  Pampers, EUTM 000299727/EM PAMPERS, EUTM 000299172/EM LENOR, EUTM 000269027/EM TIDE, EUTM 000199935/EM ALWAYS, EUTM 007201924/EM, EUTM 000230706/ EM  HEAD &amp; SHOULDERS, EUTM 003603685/EM HERBAL ESSENCES, EUTM 005764345/EM  Herbal essences, EUTM 000273342/EM PANTENE, EUTM 000301473/EM VICKS, EUTM 000058677/EM WICK, EUTM 002713790/EM  Ambi Pur, EUTM 005412838/EM AMBI PUR, EUTM 000230714/EM FAIRY, EUTM 003021904/EM, EUTM 001843630/EM CREST, EUTM 000299347/ EM P &amp; G, EUTM 000300137/EM PROCTER &amp; GAMBLE, EUTM 001569664/EM SK-II, EUTM 004755559/EM SK-II, EUTM 001762434/EM OLAY, CDR 000522073-0026/EM </t>
   </si>
   <si>
     <t>The Procter &amp; Gamble Company</t>
@@ -1093,53 +1063,50 @@
     <t>TEDDY SPA</t>
   </si>
   <si>
     <t>EUTM 000731984 AGGRENOX, EUTM 002381085 ATROVENT,  EUTM 002382745 BEROTEC, EUTM 000612911 COMBIVENT,   EUTM 002386571 LENDORMIN, EUTM 002409225 MICARDIS, EUTM 000448589 MIRAPEXIN, EUTM 002920031 MOBEC, EUTM 002355998 MOBIC, EUTM 001072602 SIFROL, EUTM 000789529 SPIRIVA, EUTM 002381671 SPIROPENT</t>
   </si>
   <si>
     <t>Boehringer Ingelheim Pharma GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 12936233 AIRCORE, EUTM 12124012 MAGIRUS GROUP, EUTM 9032301 FIRECAN, EUTM	18228525 IVECO NNECT, EUTM 18099624 IVECO 3R REAL ROAD RENT, EUTM 18071246 IVECO X-WAY, EUTM 1006840FIGURATIVO (DISEGNO CAVALLO) EUTM 15552921 BUS MASTER THE BODYBUILDER PLATFORM BY IVECO BUS, EUTM 4713681 HEULIEZBUS, EUTM 9983611 ECOCROSS WAY, EUTM 11685633 MAGELYS LINE, EUTM 12945549 MAGIRUS TEAM CAB, EUTM 12157418 M (MAGIRUS), EUTM 12642757VECTOR, EUTM 3502622 CURSOR, ITM 1576078IVECO LIVE CHANNEL, ITM 1549524IVECO TRUCK TO THE FUTURE, ITM 1268006FIGURATIVO (DISEGNO LA CARRIOLE), ITM 13696511 STRALIS X-WAY, ITM 1368217 DAILY BLUE POWER, ITM 1429001 DAILY START, ITM 1379846 IVECO MINILEASE, EUTM 01010848 8DAILY TOP, EUTM 010108389 DAILY PLUS, EUTM 1833093 8A SEDDON ATKINSON, ITM 1255593 BHEULIEZ, ITM 1363494 LINIUM, ITM 1377546I VECO DAY LEASE, ITM 1379087 IVECO STRALEA SE, ITM 1334365 IVECO TRUCK STATION, ITM 1351538 IVECO, EUTM 4624144 ACCESS BUS GX 127, EUTM 4624169 ACCESS BUS GX 327, ITM 1334100 IVECO DAILY FLEX, ITM 1329870 DAILY IVECO BUSINESS UP, ITM 1323799 STRALIS TCO2 CHAMPION, ITM 1331856 ASTRA, ITM 890802 PROXYS, ITM 890803 PROWAY, ITM 1315276 OK BUS PRE-OWNED BUSES CERTIFIED BY IVECO BUS, ITM 502559 IVECO, ITM 890893 SENSO, ITM 890912 SUBLIMEO, ITM 1292201 GX ELEC	, EUTM 003495751 EUROCARGO, EUTM 00351309 1 DAILY, EUTM 010804301 STRALIS HI-WAY, EUTM 1006725 IVECO, EUTM 012553939 USED PLUS, ITM 1592910 IVECO STREETWAY	 </t>
   </si>
   <si>
     <t>IVECO S.P.A.</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1115473 CANTI
  </t>
   </si>
   <si>
     <t>FRATELLI MARTINI SECONDO LUIGI S.P.A.</t>
   </si>
   <si>
     <t xml:space="preserve">dzirkstošais vīns </t>
   </si>
   <si>
-    <t>EUTM 2579738 TECTUS</t>
-[...1 lines deleted...]
-  <si>
     <t>Simonswerk GmbH</t>
   </si>
   <si>
     <t>eņģes</t>
   </si>
   <si>
     <t>MAN Truck &amp; Bus SE</t>
   </si>
   <si>
     <t>Bioline Products s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">medicīniskais preparāts </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 003410115/fig/, EUTM 002731958/OPINEL, EUTM 002726701/fig/, EUTM 004983953/OPINEL, EUTM 011931227/LE PETIT CHEF, ITM 1016953/INTEMPORA, CDR 001943127, CDR 001944372, CDR 001585860,  CDR 001728486, CDR 001628736, CDR 000119722, CDR 000585443, CDR 000546817-0001, CDR000546817-0003, CDR 000298773-0001,CDR 002402115-0001, CDR 002402115-0001, CDR 002281493-0001, CDR 002296491-0001, CDR 002281519-0001 
 </t>
   </si>
   <si>
     <t>OPINEL SAS</t>
   </si>
   <si>
     <t>naži</t>
   </si>
   <si>
@@ -1147,57 +1114,50 @@
   </si>
   <si>
     <t>EUTM 002988285 Solingen</t>
   </si>
   <si>
     <t>Industrie und Handelskammer Wuppertal-Solingen-Remscheid</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  000078659 Easton, EUTM  002462869 Easton, EUTM  011309432, EUTM  002463701 E, EUTM  003778107  E, EUTM  003799591 Easton, EUTM  010720191 Mako, EUTM  002462869 Easton
 </t>
   </si>
   <si>
     <t>Easton Diamond Sports, LLC</t>
   </si>
   <si>
     <t>Miniconf S.p.A.</t>
   </si>
   <si>
     <t xml:space="preserve">PODRAVKA prehrambena industrija d.d. </t>
   </si>
   <si>
     <t xml:space="preserve">garšvielu maisījumi </t>
   </si>
   <si>
     <t>EUTM  012681326 ACTARA, EUTM  012681177  ACTARA, ITM  0869527  Marke ohne Text, EUTM  015384035 АМИСТАР  2,  EUTM  015384068 AMICTAP, EUTM  015384101 XОPУC, EUTM  015384126 ХОРУС, EUTM  015384134 РИДОМИЛ ГОЛД, EUTM  015390123 РИДОМIЛ ГОЛД, EUTM  015384225 CКOР, EUTM  015384167 Скор</t>
-  </si>
-[...5 lines deleted...]
-    <t>Curaden AG</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 002386763-0001, CDR 002587402-0004, CDR 002197442-0001 
 CDR 002386763-0002,EUTM 011946167 93041540 GoPro, EUTM 012621901GOPRO, DR002736124-0002, CDR002736124-0001 
 CDR002773762-0001, CDR002587402-0003, CDR002756171-0001 
 CDR002762583-0002, EUTM006750376HERO,CDR002633750-0001 
 EUTM006750368GOPRO 
 </t>
   </si>
   <si>
     <t>GoPro Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 017191776 HAYK ARMENIAN BRANDY, EUTM 015182496 HEART TO HEART, EUTM 009797424 NAIRI, EUTM 009797317 OTBORNY, EUTM 009797391 VASPURAKAN, ICD DM/074289, EUTM 3489481 ARARAT, EUTM 13340815 EREBUNI, EUTM 1005042, EUTM 009797374 10674222 AKHTAMAR, EUTM 009797275 ANI, EUTM 1065090, EUTM 3489408 ARARAT, EUTM 011063096, EUTM 890065, EUTM 1063460, EUTM 890072, EUTM 1065147, EUTM 890064, EUTM 882087, EUTM 890062, EUTM 1065091, EUTM 890069, EUTM 1065092, EUTM 1065093 </t>
   </si>
   <si>
     <t>YEREVAN BRANDY COMPANY CJSCY</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 008574592 WHITE OAK, ITM 961239 Marque figurative, EUTM 010130755Chivas Regal 12 Blended Scotch Whisky, EUTM 010271691 Chivas Regal 18 Gold Signature, EUTM 010271741Chivas Regal 18 Gold Signature, EUTM 010444495THE ART OF HOSTING, EUTM 010588796 MADE FOR GENTLEMEN, EUTM 010645265 Chivas Regal Aged 25 Years, EUTM 010782217 CHIVAS REGAL Aged 12 Years, ESTD. 1801, EUTM 010924611, EUTM 010970069EVERY TASTE A NEW EXPERIENCE, EUTM 011002037 CHIVAS BROTHERS purveyors of fine whiskies EST° 1801; CHIVAS REGAL AGED 12 YEARS CHIVAS BROTHERS LTD, EUTM 011098456 CHIVAS REGAL AGED 12 YEARS; ESTD 1801, EUTM 011441649 Chivas Regal 1801, EUTM 011441672 Chivas Regal 12 BLENDED SCOTCH WHISKY, EUTM 011441722Chivas Regal 25YO bottle 3D (colour), EUTM 011570629 1Chivas Regal, EUTM011579372 CHIVAS REGAL AGED 18 YEARS GOLD SIGNA TURE, EUTM011636529 TREIBHIREAS-BUNAI TEACHD; FOUNDED 1801, EUTM 011636561CHIVAS REGAL,EUTM 011636578, EUTM 011636594 COLIN SCOTT, EUTM 011645991 CHIVAS REGAL, EUTM011646023, EUTM 011646064, EUTM 011646106CHIVAS REGAL 25 YEAR OLD, EUTM 011646775CHIVAS REGAL GOLD SIGNATURE, EUTM 011682283CHIVAS, EUTM 011734068 CHIVAS 18 ESTD. 1801, EUTM 011913779 CHIVAS, CHIVAS REGAL, AGED 12 YEARS, EUTM 011974516CHIVAS REGAL, EUTM 012859799AGED 12 YEARS, MADE FOR GENTLEMEN, CHIVAS, EUTM 012859799CHIVAS REGAL EXTRA, EUTM 012921243 BARRELHOUND, EUTM 013152244 CHIVAS REGAL Extra, EUTM013210851, EUTM013210877, ITM902720, EUTM009975129 The International Exhibition London 1884, EUTM 009922873 HIGHLAND CLAN,EUTM010202687Sur les traces du Clan Campbell, EUTM 010731149Clan Campbell Elements Air, EUTM 010731156 Clan Campbell Elements Fire, EUTM 010731164Clan Campbell Elements Earth, EUTM013957816 CLAN CAMPBELL, EUTM000152900CLAN CAMPBELL, EUTM000974964 HOUSE OF CAMPBELL, EUTM 01448589CHIVAS THE VENTURE, EUTM006323869, EUTM 007299605CHIVAS LIVE WITH CHIVALRY, EUTM007560501CHIVAS STUDIO, EUTM 008116642CHIVAS REGAL, EUTM 008157364 LES CHEVALIERS MODERNES 
 </t>
   </si>
   <si>
     <t>Chivas Holdings (IP) Limited</t>
   </si>
@@ -1333,76 +1293,61 @@
  </t>
   </si>
   <si>
     <t>MAVIG GmbH</t>
   </si>
   <si>
     <t>aktivitāšu aproce</t>
   </si>
   <si>
     <t>Diageo Brands B.V.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM12139416 YOSHIMURA, EUTM 011059862 YOSHIMURA, EUTM 017993213 YOSHIMURA </t>
   </si>
   <si>
     <t>Kabushiki Kaisha Yoshimura Japan</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                                                                                                                                                                                                                                                        EUTM 000401778, EUTM 000401547 UMBRO 
 </t>
   </si>
   <si>
     <t>ICONIX Luxembourg Holdings SARL</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM1698935 YU-GI-OH!, EUTM 001695501 YU-GI-OH! </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 003500998 Wellensteyn, EUTM 004705281 </t>
   </si>
   <si>
     <t>Wellensteyn International GmbH &amp; Co.KG</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM011595006, ITM 846262/THE GLENLIVET , ITM 836865/NÀDURRA, ITM 797225/LONGMORN, ITM 1027160/GEORGE &amp; J.G. SMITH, ITM 1027161/NADURRA,  ITM 1027522, ITM 880103, EUTM 011134327, EUTM 008199011/Logo,   EUTM 011441599, EUTM 011904307/GUARDIANS CHAPTER, EUTM 011904901/THE GUARDIANS OF THE GLENLIVET, EUTM 008615692/TRIUMPH, EUTM 004486254/GLENLIVET, EUTM 012861738/Logo, EUTM 012921284/George Smith - stylized writing, EUTM 013175138, EUTM 009900614/THE GLENLIVET, EUTM 011647906/THE GLENLIVET, EUTM 007335136/THE SINGLE MALT THAT STARTED IT ALL, EUTM 009900697, EUTM 011429222, EUTM 011432051
 </t>
   </si>
   <si>
     <t>The Glenlivet Distillers Limited</t>
-  </si>
-[...7 lines deleted...]
-    <t>sporta piederumi, skrituļdēļi, apavi, apģērbi, ādas izstrādājumi</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 6272462 Salvatore Ferragamo, EUTM 0668383 Salvatore Ferragamo(grafia), EUTM 000103192 Salvatore Ferragamo (grafia), EUTM 000103259 Ferragamo
 </t>
   </si>
   <si>
     <t>Salvatore Ferragamo S.p.A.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 6750533 Nammum Muay Cream, EUTM 006750434, EUTM	017896028 nawm </t>
   </si>
   <si>
     <t>Devakam Apothecary Hall Co Ltd</t>
   </si>
   <si>
     <t>veselības aprūpes produkti</t>
   </si>
   <si>
     <t>Coty Beauty Germany GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 1130709 STAG Autogas Systems  </t>
   </si>
   <si>
     <t>AC Spólka Akcyjna</t>
@@ -1650,60 +1595,50 @@
     <t>AIGLE INTERNATIONAL S.A.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 014741706 SOMATULINE AUTOGEL  </t>
   </si>
   <si>
     <t>Ipsen Pharma SAS</t>
   </si>
   <si>
     <t>zāles</t>
   </si>
   <si>
     <t>Bora Creations S.L.</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 006367298-0001, CDR 6537635-0001, CDR 6538096-0001	
 CDR 6633749-0001, EUTM 5443254 TROTEC, EUTM 3267663	
 CDR 000242755-0002, CDR 000459631-0001, CDR 000752951-0001
 CDR 001202998-0001, EUTM 2119493 MARKING CENTER	
 EUTM 009015661 eco, EUTM 000604116 IDEAL, EUTM 003152411 TRODAT PROFESSIONAL LINE, CDR 000681754-0001, ITM 1333951 MAXLIGHT, EUTM 16054884 MAXLIGHT, EUTM 4241923, ITM 790964 PRINTY, ITM 1334139 PSI, ITM 16054942 PSI, ITM 986244 RAYJET, EUTM 674390 ROYAL MARK, EUTM 4734811, EUTM 16220352 TRODAT, EUTM 3082773, CDR 000052071-0001, EUTM 371625 GOLDRING, EUTM 12309357 INSTAPLATE, ITM 1004343, ITM 1348224 JUSTRITE, EUTM 2050516 DORMY, EUTM 18073900, CDR 000019708-0001, EUTM CERAMICORE CERAMICORE, CDR 002622910-0001, CDR 002716431-0001, EUTM 18004832, EUTM 11617297 TRODESIGN, EUTM 4212643 TROMARK, CDR 2764555-0001, CDR 002861443- 0001, CDR 001303606-0001, CDR 002171033-0001, CDR 002222687-0001, CDR 002225672-0001, CDR 002904854-0001, CDR 004535086-0001, CDR 005467511-0001, CDR 5841640-0001	</t>
   </si>
   <si>
     <t>Trodat GmbH</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 005429337/EM UHU, EUTM 007540347/EM UHU stic, EUTM 003283702/EM UHU 
-[...8 lines deleted...]
-  <si>
     <t xml:space="preserve">                                                                                                                                           EUTM 018843720, EUTM 018828169 GUARDION, EUTM 018712140 ATMUS FILTRATION TECHNOLOGIES, EUTM 018594232 ELLIPTIAIR
 EUTM	018034808 Fleetguard, EUTM 014882047 NANONET, EUTM 014882039 STRATAPORE, EUTM 010686418 DIRECT FLOWEUTM 000487645ECO CLEAN, EUTM 010615441ENVIROGUARD, EUTM 010546679NANOFORCE, EUTM 009639329 NANONET, EUTM 007063175 VENTURI, EUTM 006566574 OPTIAIR, EUTM 004724365FLEETGUARD, EUTM 004063657 SPIRATEC, ITM 0997471FS2 
 </t>
   </si>
   <si>
     <t>Cummins Filtration, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM  000033126 Levi's,  EUTM 000033159 LEVI'S, EUTM 012515326 LEVI'S, EUTM 1928050 LEVI'S, EUTM 000789701 LEVI STRAUSS  
 </t>
   </si>
   <si>
     <t>LEVI STRAUSS &amp; co EUROPE</t>
   </si>
   <si>
     <t xml:space="preserve">E UTM  304857  Novartis, EUTM  309955, EUTM  3070422  Sandoz  
 EUTM  3068863 S Sandoz, EUTM  000090233 Alcon , EUTM 8489205   Alcon, ITM0896377 VOTRIENT, EUTM 004065728 OMNITROPE, EUTM 0049196921 AFINITOR, EUTM 005981337 Jakavi, EUTM 006754949 GILENYA, EUTM 004731055 VOTUBIA, EUTM 010413029 NEPARVIS, EUTM 000354761 GLIVEC, EUTM 002783306 ACLASTA, EUTM 003220159 ZOMETA, EUTM 003346327S ANDOSTATIN, EUTM 010448835 ENTRESTO	
 </t>
   </si>
   <si>
     <t>Novartis AG</t>
   </si>
   <si>
     <t xml:space="preserve"> 
@@ -1851,53 +1786,50 @@
   <si>
     <t>Japan Tobacco Inc.</t>
   </si>
   <si>
     <t>tabakas izstrādājumi</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 003576238DOM RUINART, EUTM 002524171BRUT Imperial, EUTM 003603404 M&amp;C BRUT IMPÉRIAL BRUT IMPÉRIAL , EUTM 003603421 BRUT IMPÉRIAL MOËT &amp; CHANDON, EUTM 1084452 MOËT &amp; CHANDON 2002 GRAND VINTAGE, EUTM 003610292R, EUTM 008837585 MOËT &amp; CHANDON ICE IMPERIAL, EUTM000515569 MOËT, EUTM 000515338 MOËT &amp; CHANDON, ITM 1017024 MOËT &amp; CHANDON IMPÉRIAL, ITM 986368 MOËT IMPERIAL, EUTM 1082673 MOËT &amp; CHANDON IMPÉRIAL, EUTM 000486076 NECTAR IMPERIAL, EUTM 000515270RESERVE IMPERIALE, EUTM 003848231 WHITE STAR, EUTM 000659409 Ruinart, EUTM 001509215Ruinart, 38RUINART, EUTM 001387091 Nawm, ITM 1116016Dom PERIGNON MILLESIMÉ Altum Villare Dom Pérignon, EUTM 000536680 MOËT et CHANDON à Epernay Fondée en 1743 Champagne Cuvée Dom Pérignon Brut, EUTM 000535138 MOËT et CHANDON à Epernay Fondée en 1743 Champagne Cuvée Dom Pérignon Rosé Vintage 1986 12,5% Vol 75, EUTM 010439982 nawm, EUTM 000515494DOM PERIGNON, ITM 1077566 VEUVE CLICQUOT, EUTM 004099743 VEUVE CLICQUOT PONSARDIN, EUTM 004099834  LA GRANDE DAME, ITM 1146083 VCP Veuve Clicquot, EUTM 003428695KRUG, EUTM 004164471 CLOS DU MESNIL, ITM 1098807CLOS D'AMBONNAY, EUTM 010957751 Dom Pérignon, ITM 1255880MERCIER MAISON FONDÉE EN, EUTM 011811668 MERCIER MAISON FONDEE EN, EUTM 000515387MERCIER 
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000013037, EUTM 007300353 WERKHAUS 
 </t>
   </si>
   <si>
     <t>Werkhaus Design+Produktion GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1270462 AMIRI </t>
   </si>
   <si>
     <t>Atelier Luxury Group, LLC</t>
   </si>
   <si>
-    <t>Kabushiki Kaish Square Enix (also trading as Square Enix CO., LTD.)</t>
-[...1 lines deleted...]
-  <si>
     <t>BIOFARMA</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 010180941, EUTM 010180933, EUTM 010180917 HAIX 
 </t>
   </si>
   <si>
     <t>IIP Intellectual Innovation Property AG</t>
   </si>
   <si>
     <t>mežsaimniecības, glābšanas dienestu, medību un policijas, kā arī ikdienas apavi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1158682GANNI , ITM 1355318GANNI 
 </t>
   </si>
   <si>
     <t>Ganni A/S</t>
   </si>
   <si>
     <t>apģērbi, apavi, saulesbrilles, peldkostīmi u.c. aksesuāri</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 005835550-0001 Platten, CDR 005626744-0007 Platten, CDR 005626744-0006 Platten, CDR 005626744-0005 Platten, CDR 0056 26744-0004 Platten, CDR 005626744-0003 Platten, CDR 005626744- 0002 Platten, CDR005626744-0001Platten, CDR 005246345-0004 Platten, CDR 005246345- 0003 Platten, CDR 005246345-0002 Platten, CDR 005246345-0001 Platten, CDR 005241593-0006 Platten, CDR 005241593-0004 Platten, CDR 005241593-0002 Platten, CDR 005241593-0001 Platten, CDR 005246345-0004 Baumaterialien, CDR005246345-0003 Baumaterialien,CDR005246345-0002Baumaterialien, CDR 005246345-0001 Baumaterialien, CDR 005241593-0006 Bau materialien, CDR 005241593-0004 Baumaterialien, CDR 005241 593-0002 Baumaterialien, CDR 005241593-0001 Baumaterialien, CDR 004089936-0007 Baumaterialien, CDR 004089936-0006 Baumaterialien, CDR 004089936-0005 Baumaterialien, CDR 004089 936-0004Baumaterialien, CDR 004089936-0003 Baumaterialien, CDR 004089936-0002 Baumaterialien, CDR 004089936-0001 Baumaterialien 
 </t>
@@ -1961,55 +1893,50 @@
   <si>
     <t xml:space="preserve">                                                                                
 ITM  1185336  4 inches, EUTM  002875854 Choo, ITM  1235034 CHOO.08, EUTM  012062998 CHOOS, EUTM  012062899 CHOOS, EUTM  012062949 CHOOSY, EUTM  012063053 CHOOZ, EUTM  1236270 Jimmy Choo, ITM  1429285 Jimmy Choo, ITM  1286957 Jimmy Choo, EUTM  010851665 Jimmy Choo, ITM  1291240  Jimmy Choo, ITM  1147214  Justine, EUTM  011419645 Scorpion device, EUTM  004362778  Fever, EUTM  013469523  ILLICIT, EUTM  013278775  ILLICIT, ITM  1393820 Iwantchoo, EUTM  011420122 Scorpion logo, ITM  1078966  Tulita, EUTM  012268009  24:7 Icons, EUTM  013106604  Jimmy Chew, EUTM  013506514 Jimmy Chew, EUTM  015000623  Jimmy Chew, EUTM  001662543 Jimmy Choo, EUTM  002587830  Jimmy Choo, EUTM  009863002 Jimmy Choo, ITM  1113841 Jimmy Choo, ITM  992801 Jimmy Choo, ITM  1138635 Jimmy Choo, ITM  1139521 Jimmy, EUTM  012062551 Jimmy Choo, EUTM  012259421 Jimmy,ITM  1325017 Jimmy Choo  
 EUTM  006889265 Jimmy Choo, EUTM  011063773 CHOO, EUTM, 12062832  CHOO, EUTM  012259248 CHOO, EUTM  006891857 CHOO, EUTM  009256264 CHOO, EUTM  010852201CHOO 
 </t>
   </si>
   <si>
     <t>somas, apavi u.c.</t>
   </si>
   <si>
     <t>Salomon SAS</t>
   </si>
   <si>
     <t>O'Neal Europe GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1288269Kinder JOY, ITM 1403638/WO Kinder JOY, ITM 1643175/WO Kinder JOY </t>
   </si>
   <si>
     <t>Soremartec S.A.</t>
   </si>
   <si>
     <t>konfektes, konditorejas izstrādājumi</t>
   </si>
   <si>
-    <t xml:space="preserve">                                                                                                                                                         
-[...3 lines deleted...]
-  <si>
     <t>Jack Daniel's Properties, Inc.</t>
   </si>
   <si>
     <t>Spin Master Ltd.</t>
   </si>
   <si>
     <t>EUTM  013649082 BODYLUBE, CDR  064373-0001 MEGASOL GERMANY, EUTM  002585362 EROS</t>
   </si>
   <si>
     <t>Megasol Cosmetic GmbH</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM  013517611  KK, EUTM  012062766 K MAKE UP MILANO, EUTM  001141126 KIKO, EUTM  014575443  KIKO MILANO</t>
   </si>
   <si>
     <t>KIKO S.P.A.</t>
   </si>
   <si>
     <t>kosmētika un piederumi</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 005511953-0001 Porte-empreintes, CDR 005511987-0001 Porte-empreintes
 CDR 005511995-0001 Dispositifs luminescents, CDR 005800653-0001 Instruments dentaires à main, CDR 005800661-0001 Dentaires (instruments -) à main (partie de -), CDR 005800679-0001 Instruments dentaires (partie de -), EUTM 014902407 marque verbale, EUTM 17778556 CERAM X SPECTRA, EUTM 17865209 THE POUR WITH MORE, EUTM 17883789 TRUEXPRESSION VERAFORM, EUTM 17883995 PORTRAIT IPN VERAFORM, EUTM 017886846 INPOINT, EUTM 17891796 ANKYLOS, EUTM 17907938 AZENTO, EUTM 017910151 CONFORM FIT, EUTM 017914260 ACURIS, EUTM 17920239 PUREVAC, EUTM 17924164 PRIMESCAN, EUTM 017947175 NEO SPECTRA, EUTM 17951392 TRUNATOMY, EUTM 17951432 NUPRO RDH, EUTM 17953146 MULTIMAT CUBE, EUTM 18006674 CONNECT CASE CENTER, EUTM 001044049 marque verbale, EUTM 008397077, EUTM 17893715 marque verbale
 EUTM 17893714 marque verbale, EUTM 013132055 marque verbale, EUTM  004100681  CALAMUS, EUTM  008684921 DENTSPLY, EUTM  014517056 DENTSPLY IQ, EUTM  014517221 DENTSPLY iQ, EUTM  002317972 DENTSPLY, EUTM  005754155  DENTSPLY MAILLEFER, EUTM  015169642 DENTSPLY SIRONA, EUTM  015753221 ENDO IQ, EUTM  014884928 ENDO MATTERS, EUTM  008847188  GUTTACORE, EUTM  002007250 PROTAPER, EUTM  007581382  PROULTRA SINE, EUTM  017604241W.CONNECT, CDR  002353631-0001, CDR  002906495- 0001, CDR 002906495-0002, CDR  002906495-0003, CDR  002906495-0004, CDR 004153880-0001, CDR  004153906- 0001, CDR 004153922-0001, CDR  004153930-0001, CDR  004558062- 0001, CDR 004678191-0001, CDR 004678563- 0001, EUTM 013385745 marque verbale </t>
   </si>
@@ -2120,53 +2047,50 @@
     <t>juvelierizstrādājumi, rotaslietas u.c.</t>
   </si>
   <si>
     <t>CDR  002375212 Modello per forbici/Design for scissors</t>
   </si>
   <si>
     <t>Cembre S.p.A.</t>
   </si>
   <si>
     <t>šķēres tehniskai lietošanai</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  008493231   Super Trofeo,EUTM  005134663  SV, EUTM  012642351 Anima, EUTM  011658499  Automobile Lamborghini, EUTM  011177706 CarbonSkin, EUTM  011142114   Deimos,EUTM  010698066  Deimos, EUM  011438884   nawm, EUTM  011439007 Officine del Futuro, EUTM  011595493 Veneno Bianca, EUM  011603412  Veneno,EUTM  011595501 Veneno Rossa EUTM 011595469 Veneno Verde, EUTM  013456934, Automobili Lamborghini Squadra Corse, EUTM  013456942 Automobili Lamborghini Squadra Corse, EUTM 013461199Lamborghini Squadra Corse, EUTM  013461504 Lamborghini Squadra Corse, EUTM 013299995 Huracán GT3, EUTM  013641758 GT3, EUTM  014271845  УРУС, EUTM  014271837  ЛАМБОРГИНИ, EUTM  014271811 АВЕНТАДОР, EUTM  014422621   automobili Lamborghini, EUTM  015180797  HURACÁN GTD, EUTM  014841721   Egoista, EUTM  015034002   M50, EUTM  014368237  Tamburo, EUTM  015059256  Avio, EUTM  015033996 Miura 50, EUTM  015150816  M50, EUTM  014422588   Centenario LP 770-4, EUTM  014659064  ForgedSkin, EUTM  014184295   Reactive Engineering,EUTM  014271795 АУТОМОБИЛИ ЛАМБОРГИНИ, EUTM  014271829  10000076  ХУРАКАН, EUTM  011177656  CarbonFlex, EUTM  008571804  Museo Lamborghini, EUTM  009890948 Gallardo LP 570-4 Super Trofeo Stradale, EUTM  010910586   Huracán, EUTM  1098383   Lamborghini, EUTM  6113451  Lambo, EUTM  009322538 Aventador, EUTM  008493141  Closer to the Road, EUTM  2964401  E-Gear, EUTM  008125684  Estque, EUTM  2195162  Gallardo Bocolore, EUTM  009470618 Gallardo Performante, EUTM  009521592Gallardo Trocolore, EUTM  005762992 Gallardo Superleggera  
 </t>
   </si>
   <si>
     <t>automašīnas, automobiļu detaļas, aksesuāri, apģērbs, somas, brilles u.c.</t>
   </si>
   <si>
     <t>Wilson Sporting Goods Co.</t>
   </si>
   <si>
     <t>GOLDEN GOOSE SPA</t>
   </si>
   <si>
-    <t>Guerlain SA</t>
-[...1 lines deleted...]
-  <si>
     <t>smaržas, kosmētika</t>
   </si>
   <si>
     <t>EUTM 008821993 CREDO, EUTM 001537786 CREDO, RCD 000228226-001-0002, RCD 000228200-0001-0002</t>
   </si>
   <si>
     <t>"CREDO" Stahlwarenfabrik Gustav Kracht GmbH&amp;Co.KG</t>
   </si>
   <si>
     <t>manikīra piederumi u.c.</t>
   </si>
   <si>
     <t>EUTM 002747871 KORES</t>
   </si>
   <si>
     <t>Kores Holding Zug AG</t>
   </si>
   <si>
     <t>biroja preces</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM  1101307  DAE DO, EUTM 3359809  Dae Do  </t>
   </si>
   <si>
     <t>CHUEN WOOK PARK LEE</t>
@@ -2401,53 +2325,50 @@
   <si>
     <t>Champagne Perrier - Jouёt</t>
   </si>
   <si>
     <t xml:space="preserve">šampanietis, iepakojums u.c. </t>
   </si>
   <si>
     <t>EUTM 5724869 ROEDERER</t>
   </si>
   <si>
     <t>CHAMPAGNE LOUIS ROEDERER (CLR)</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  002070209 Baby Annabell, EUTM  001153105 Baby Annabell  
 EUTM  002968121 BABY born, EUTM  003559705 BABY born miniworld, EUTM  003559821 BABY born, EUTM  00049965  Zapf Creation, EUTM  004914206 CHOU CHOU, EUTM  4904429  Baby Annabell, ITM  0868694 Baby Annabell, EUTM  002942167 Chou Chou, EUTM  00277890 Zapf Creation, EUTM  002778918
 </t>
   </si>
   <si>
     <t>Zapf Creation AG</t>
   </si>
   <si>
     <t>rotaļlietas, lelles</t>
   </si>
   <si>
     <t xml:space="preserve"> farmaceitisks produkts</t>
-  </si>
-[...1 lines deleted...]
-    <t>EUTM 018636924 DIESEL, EUTM 008157174 ONLY THE BRAVE</t>
   </si>
   <si>
     <t>ķermeņa kopšanas līdzekļi, juvelierizstrādājumi, pulksteņi un hronometriskie instrumenti</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 013641469 ZTE </t>
   </si>
   <si>
     <t>ZTE Corporation</t>
   </si>
   <si>
     <t>Retail Royalty Company</t>
   </si>
   <si>
     <t xml:space="preserve">
 CDR 002352161-0001/0002/0003/0004/0005/0006/0007VALENTINO, CDR 002631143-0001/0002 VALENTINO, CDR  002086488-0001/0002/ 0003/0004, VALENTINO, ICD DM/085166sneaker uomo camuflage, EUTM 4526984 VALENTINO, CDR 002111708-0001/0002 VALENTINO, CDR 002983387- 001/0002/0003/0004/0005/0006 /0007/ 0008 VALENTINO, EUTM 6937221V, EUTM32263540 R.E.D. VALENTINO GARAVANI, ICDDM/ 088327 VALENTINO, CDR003020502-0001/0002/0003VALENTINO, ICDDM/088769 VALENTINO, CDR002351932-0001/2/3/4/5/6/7/8/9/10/11/12/13/14  VALENTINO, CDR002598912-0001/0002/0003 12154122 VALENTINO, CDR 002631176-0001VALENTINO,  EUTM 10500874  RED VALENTINO,  EUTM 10269331 RED V, CDR001725045-0001,  VALENTINO, CDR 002383802-0001/ 2/3/4/5/ 6/7/8/9/10/11/12/13/14 22080058 VALENTINO, ICDDM/ 085 VALENTINO, CDR002167858-0001VALENTINO, EUTM 7539919RED VALENTINO, CDR 002602573-0001/ 0002/ 0003/0004/0005/0006 VALENTINO, CDR 001898255-0001/0002/ 0003/0004/0005VALENTINO, EUTM13898481 RED V, ICD DM/093 VALENTINO, ICD DM/088768 VALENTINO, EUTM  10843134RED V, CDR002631119-0001 VALENTINO,
 CDR 001814005-0001 / 0002 / 0003/ 0004VALENTINO, CDR   003095140-0001/0002VALENTINO, CDR002122192-0001 VALENTINO, CDR000159215 VALENTINO, CDR002262378-0001/0002/0003/0004/0005/0006VALENTINO, CDR000344361-0001VALENTINO, CDR 002109678-0001/0002/0003  VALENTINO, ICD DM/088828VALENTINO, CDR002111708-0001 VALENTINO, CDR002737866-0001/0002/0003 VALENTINO, ICD DM/094 459 VALENTINO, ICD DM/091 857VALENTINO, CDR000765789-000136 VALENTINO, CDR002738708-0001/0002VALENTINO,CDR002154708
 0001 VALENTINO, CDR002738880-0001/0002/0003/0004/0005 VALENTINO, ICD DM/090 227 VALENTINO, CDR002036012-0001/ 0002/0003/0004 VALENTINO, CDR002125054-0001 VALENTINO, CDR 002552398-0001 VALENTINO, EUTM10152866VALENTINA VALENTINO 
 </t>
   </si>
   <si>
     <t>VALENTINO S.P.A.</t>
   </si>
   <si>
     <t xml:space="preserve">somas, kurpes - sandales ar papēdi, čības, vīriešu apavi, apģērbi, aksesuāri u.c. </t>
@@ -2500,53 +2421,50 @@
 EUTM  013053137 GRAND DEPART  </t>
   </si>
   <si>
     <t>SOCIETE DU TOUR DE FRANCE</t>
   </si>
   <si>
     <t>PATAGONIA, INC.</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 002719086 ABSOLUE, EUTM 013055025 LA NUIT Trésor, EUTM 005459607 TRESOR, EUTM 016278319 COLO RISTA L'ORÉAL PARIS, EUTM 017183427 CERAVE, EUTM 008118903  L'OREAL PROFESSIONNEL, EUTM 013148291 KERASTASE, EUTM 002378537 MATRIX, EUTM 007034697 GENIFIQUE, EUTM 010115756 LA VIE EST BELLE, EUTM 006451553 L'ABSOLU, EUTM 001286897 MIRACLE, EUTM 005405279  LANCÔME, EUTM 018022441 DOLE, EUTM 013117981 L'OREAL, EUTM 013186952 ELSEVE, EUTM 002174548  L'OREAL EXCELLENCE, EUTM 013926662  MAGIC RETOUCH, EUTM 017887162REVITALIFT, EUTM 011158276 MEGA VOLUME MANGA, EUTM 003367877 INFAIL LIBLE, EUTM 007598031 MAYBELLINE, EUTM 006662423 THE COLOSSAL, EUTM 008782948 THE FALSIES, EUTM 009644311 FIT ME, EUTM 008613631 BABY LIPS, EUTM 003258811 SUPERSTAY, EUTM 015861917  MAYBELLINE TATTOOBROW, EUTM 012767448 LASH SENSATIONAL, EUTM 013146642 GARNIER, EUTM 000369975 FRUCTIS, EUTM 000609628 ESSIE, EUTM 008636318 MIXA, EUTM 002099968 URBAN DECAY, EUTM 005773511 NAKED, EUTM 01313073 HELENA RUBINSTEIN, EUTM 001505767 KIEHL'S, EUTM 005732375 CLARISONIC, EUTM 005308358 FUEL FOR LIFE, EUTM 005816699 NARTA, EUTM 013131669 VICHY, EUTM 010665966 OVERDOSE, ITM 1281612  it, ITM 1280610 10934951 it COSMETICS, EUTM 013779541 10934952 UD, EUTM 015746431 NYX PROFESSIONAL MAKEUP, EUTM 006156756 REDKEN </t>
   </si>
   <si>
     <t>parfimērija u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 01042032 ALVEUS </t>
   </si>
   <si>
     <t>Kovinoplastika Lož d.o.o.</t>
   </si>
   <si>
     <t xml:space="preserve"> dažāda izmēra un materiāla izlietnes, to elementi un detaļas, plītis, ieskaitot tās, kuras apvienotas ar izlietnēm, virtuves piederumi u.c.</t>
   </si>
   <si>
-    <t>Deckers Outdoor Corporation</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 018065872 MEVLANA, EUTM 018065869 GORAN-TEE 
 EUTM 003083599 MEVLANA SADE YAPRAK CAY GORAN-TEE Luxus-Mischung </t>
   </si>
   <si>
     <t>GORAN-TEE Großhandel GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t xml:space="preserve"> tējas, to lapas, augstas kvalitātes austrumu tējas krēms, iepakojums u.c. </t>
   </si>
   <si>
     <t>EUTM 000027292 GAP</t>
   </si>
   <si>
     <t>Gap (ITM) Inc.</t>
   </si>
   <si>
     <t>parfimērija, apģērbi, aksesuāri u.c.</t>
   </si>
   <si>
     <t>EUTM 000027227 OLD NAVY</t>
   </si>
   <si>
     <t>Old Navy (ITM) Inc.</t>
   </si>
   <si>
@@ -2601,53 +2519,50 @@
     <t>MAHLE International GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">filtri mašīnu vai motoru daļām, filtrēšanas iekārtas, dzinēju gaisa filtri, virzuļi, gredzeni, cilindrs, mašīnu pretslīdēšanas gultņi, lodīšu gultņi, gredzeni, mašīnu bloki, savienojošie stieņi mašīnām u.c. </t>
   </si>
   <si>
     <t>FAURE LE PAGE PARIS</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                     EUTM 952739 LUCOZADE, EUTM 18074044  LUCOZADE 
 </t>
   </si>
   <si>
     <t>Lucozade Ribena Suntory Limited</t>
   </si>
   <si>
     <t>dzērieni, tabletes, želejas, konditorejas izstrādājumi</t>
   </si>
   <si>
     <t>SD-3C, LLC</t>
   </si>
   <si>
     <t>atmiņas kartes</t>
   </si>
   <si>
-    <t>EUTM 013270293 VAPORESSO, EUTM 018016127 FEELM inside</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">SHENZHEN SMOORE TECHNOLOGY LIMITED </t>
   </si>
   <si>
     <t>uzpilde elektroniskajām cigaretēm</t>
   </si>
   <si>
     <t>Fred Perry (Holdings) Limited</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 017941694, EUTM 017917768 POWER BULLET, EUTM 18055344, EUTM 017868808, EUTM 018063415, EUTM 18054723, EUTM 017866725, CDR 004515294-0004 Make up applicators, EUTM 018025046, CDR 004515294-0003 Make up applicators, EUTM 018045921, EUTM 017898323, CDR 004515294-0002Make up applicators, EUTM18102831 LIFE LINER, EUTM 018045924 N.Y.M.P.H., EUTM 018057025, EUTM 015755549 HUDABEAUTY, EUTM 016781221 FAUXFILTER, CDR 004515294-0001 Make up applicators, EUTM 017040825 THE OVERACHIEVER, EUTM 017997771 STICKY TACK </t>
   </si>
   <si>
     <t>Huda Beauty Limited</t>
   </si>
   <si>
     <t>kosmētika u.c.</t>
   </si>
   <si>
     <t>virtuves kombaini, automāti</t>
   </si>
   <si>
     <t>šokolādes batoniņi u.c.</t>
   </si>
   <si>
     <t>rīsi, rizotto un nūdeles</t>
@@ -2733,53 +2648,50 @@
   <si>
     <t>LEDVANCE GmbH</t>
   </si>
   <si>
     <t>EUROPEAN PALLET ASSOCIATION e.V.</t>
   </si>
   <si>
     <t xml:space="preserve"> euro paletes </t>
   </si>
   <si>
     <t>ITM 1312103 Zenith, CDR 002766618-0002 Watch dials, CDR 000801808-0006 Watch dials, CDR 000801808-0005 Watch dials, CDR 000551098-0001, CDR 000410394-0001 Cases for watches, ITM 1303493 TAG HEUER, ITM 970668 HEUER, ITM 1224590 TAG, ITM 1304885 Tag Heuer</t>
   </si>
   <si>
     <t>LVMH Swiss Manufactures SA</t>
   </si>
   <si>
     <t>metināšanas produkti</t>
   </si>
   <si>
     <t>EUTM 000102632 agria</t>
   </si>
   <si>
     <t>Agria-Werke GmbH</t>
   </si>
   <si>
-    <t xml:space="preserve">mašīnvadītas ierīces un mašīnas dārzkopībai un ainavu veidošanai, lauksaimniecībai un mežsaimniecībai, zaļo zonu un teritoriju uzturēšanai, ceļu un ielu tīrīšanai, grants ceļu un pelnu celiņu uzturēšanai, ziemu uzturēšanai uz celiņiem, jo īpaši zemes apstrādes mašīnām, piemēram, kaplēšanai un frēzēšanai , arkli, izkliedētāji, kultivatori, ecēšas, izlīdzinātāji, zemes urbji un izkliedētāji,motorizētie zāles pļāvēji </t>
-[...1 lines deleted...]
-  <si>
     <t>HBI PLAYTEX BATH LLC</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbs, apakšveļa </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  000113720, EUTM  000113761, EUTM  010903136  </t>
   </si>
   <si>
     <t>UNITED BISCUITS FRANCE</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 002372027, ITM 1185075 TÜVRheinland, EUTM 011301058 TÜVRheinland GS geprüfte Sicherheit, EUTM 010108744  TÜV Rheinland GS geprüfte Sicherheit 
 </t>
   </si>
   <si>
     <t>TÜV Rheinland Aktiengesellschaft</t>
   </si>
   <si>
     <t>EUTM 14783096 STAR</t>
   </si>
   <si>
     <t xml:space="preserve">D.T.M. RICAMBI S.R.L.  </t>
   </si>
   <si>
@@ -2917,53 +2829,50 @@
   </si>
   <si>
     <t>degviela, jo īpaši kokskaidu granulas, cietā kurināmā sildīšanas ierīces koksnes sildīšanas granulām</t>
   </si>
   <si>
     <t>Impact Biomedicines, Inc.</t>
   </si>
   <si>
     <t>EUTM010875128 CHIT CHAT, EUTM008602633 LOVE THY MAKEUP	
 EUTM015130271	MANS STUFF BY TECNIC, EUTM 011383891 MISS CUTIE PIE, EUTM016267551 TAN OUT OF TEN, EUTM010875268 TECHNIC, EUTM011876018 Q BEAUTY, EUTM007277338 BADGEQUO, EUTM 014577811 BEAUTY BY TECHNIC, EUTM 006585681 BODY COLLECTION, EUTM001341262 Badgequo, EUTM 010875128/EM CHIT CHAT, EUTM 010875301/EM TOMORROW'S GIRL</t>
   </si>
   <si>
     <t>BADGEQUO LIMITED</t>
   </si>
   <si>
     <t>ķermeņa tīrīšanas un skaistumkopšanas līdzekļi, grima otas, ziepes, kosmētika u.c.</t>
   </si>
   <si>
     <t>EUTM 017839259 CASTORE</t>
   </si>
   <si>
     <t>J Carter Sporting Club Limited</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbs, apavi, galvassegas u.c. </t>
-  </si>
-[...1 lines deleted...]
-    <t>ITM 1339334 nutella biscuits, ITM 1489982 NUTELLA B-READY, ITM 913051 nutella &amp; GO!</t>
   </si>
   <si>
     <t>smalki cepti izstrādājumi, maizes izstrādājumu šokolādes pildījumi, šokolāde ar riekstiem</t>
   </si>
   <si>
     <t>Birkenstock IP GmbH</t>
   </si>
   <si>
     <t>EUTM 016767841 CUPRA, EUTM 017517822 CUPRA, EUTM 018197350 CUPRA, EUTM 004814943 S SEAT /fig./, EUTM013846738 S SEAT, EUTM 11042108 S SEAT</t>
   </si>
   <si>
     <t>SEAT, S.A.</t>
   </si>
   <si>
     <t>aksesuāri, rezerves daļas u.c.</t>
   </si>
   <si>
     <t>G.H. Mumm et Cie</t>
   </si>
   <si>
     <t>šampanietis, etiķetes, iepakojums, kastes u.c.</t>
   </si>
   <si>
     <t>JUNO THERAPEUTICS INC</t>
   </si>
@@ -3069,58 +2978,51 @@
   <si>
     <t>SRAM LLC</t>
   </si>
   <si>
     <t>Dell Products</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 16072514 Dreamworks Trolls, EUTM 015372576 Dream works Trolls, EUTM 11841145School of Dragons, EUTM 006673594 Kung Fu Panda, EUTM 005112677 Kung Fu Panda, EUTM 008758377 Kung Fu Panda: Legends of Awesomeness, EUTM 009454431 Dreamworks Kung Fu Panda, EUTM 001653146 Shrek, EUTM 008319188 Shrek Forever After, EUTM 009921214 Dream works, EUTM 182220 Dreamworks, EUTM 009921263Dreamworks, EUTM 009921248Dreamworks Animation SKG, EUTM 011200631 Despicable Me, EUTM 012449609, EUTM 012352225 Downton Abbey, EUTM 12847241, EUTM 12937421Minions, EUTM 2494698 Jurassic Park III Dino Attack &amp; Design, EUTM 13065156 Jurassic World, EUTM 002702462 E.T. The Extra-Terrestrial, EUTM 002726917Johnny English, EUTM 002788321, EUTM 002788339 Miami Vice, EUTM 002848398  The Fast and The Furious, EUTM 003077021 The Fast and The Furious, EUTM 003077922 Van Helsing, EUTM 003294329 1Van Helsing, EUTM 004188348, EUTM 010500262, EUTM 012937553, EUTM 008489692 Scarface, EUTM 013065156Jurassic World, EUTM 002494698, EUTM 014521348, EUTM 014656441, EUTM 014908206Hybrid Dino, EUTM 014942511 The Secret Life of Pets, EUTM 014964738, EUTM 014964902, EUTM 014964894, EUTM 014964852, EUTM 014964837, EUTM 014964803, EUTM 014964951, EUTM 014964761, EUTM 014964936, EUTM 014964795, EUTM 014964829, EUTM 014554026 Trolls 
  </t>
   </si>
   <si>
     <t>Universal City Studios LLC</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 001864141-0002, EUTM 10817104 TMWT, EUTM	 10817121 TMWT	
 EUTM 5952411 UNO, EUTM 5952585 UNO, EUTM 235176 MATCHBOX
 EUTM 2487288 MATCHBOX, EUTM 169318 Fisher-Price, EUTM 169896 HOT WHEELS, EUTM 169920 MATTEL, EUTM 5614516 Laugh &amp; Learn	
 EUTM 010817071T MWT, EUTM 10817096 TMWT, EUTM12288726 BOOMCO, EUTM 005776810 BOB THE BUILDER,  EUTM 001582634 Bob the Builder, EUTM 13363932 B, EUTM 014784466 TMWT, EUTM 003463239  PINGU, EUTM 003275385 Pingu, EUTM 014914766 James, EUTM 014912596 Henry, EUTM 014912621 Henry, EUTM 005792767 FIREMAN SAM, EUTM 005799382 Fireman Sam, EUTM 12671194 FIREMAN SAM, EUTM 5045091 POLLY, EUTM 004511135 POLLY POCKET, EUTM 000401737 SCRABBLE
 EUTM 11672425 JUMPEROO, CDR000212774-0001, EUTM 7010887 HOT WHEELS, EUTM 008375164 MONSTER HIGH, EUTM 7170624 MONSTER HIGH, CDR 001863952-0001, CDR 001863952-0002, CDR 001863952-0003, CDR 001863952-0005, CDR 001863952-0006, CDR 001863952-0007, CDR 001863952-0008, CDR 001863952-0009, CDR 001864141-0001, EUTM 002233674 Angelina Ballerina, EUTM 014914824 Percy, EUTM 014919021 Toby, EUTM 2313864 MAX STEEL, EUTM 2486959 HOT WHEELS, EUTM 169748 FISHER-PRICE, EUTM 169979 BARBIE, EUTM 003464013 BARNEY
 EUTM 2545671 BARBIE	</t>
   </si>
   <si>
     <t>Mattel Inc.</t>
   </si>
   <si>
-    <t>EUTM 018456587 OPTIMISING improving cv patient care, EUTM 1131449 OTEZLA, EUTM 1184702 OTEZLA, EUTM 018502709 DBITE</t>
-[...1 lines deleted...]
-  <si>
     <t>Amgen Europe Gmbh</t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t xml:space="preserve">Dr. Martens International Trading GmbH </t>
   </si>
   <si>
     <t xml:space="preserve">EUT M  1041927 PLAY for her GIVENCHY, EUTM  0990713 PLAY GIVENCHY, EUTM  1325646 RWD PLAY F.FWD, EUTM  201061, EUTM  201186 TARTINE ET CHOCOLAT, EUTM  1146077  TEINT Couture, EUTM  3521002 VERY IRRESISTIBLE GIVENCHY, EUTM  5094321 VERY IRRÉSISTIBLE GIVENCHY GIVENCHY, EUTM  1115499 VERY IRRESISTIBLE GIVENCHY ELECTRIC ROSE, EUTM  1186554  Very Irrésistible L'Eau en rose GG GIVENCHY, EUTM  201210, EUTM  5391801 ange ou démon GIVENCHY PARIS, EUTM  1281293  CUSHION KISS, EUTM  12475455 DAHLIA DIVIN, EUTM  12773735 DAHLIA DIVIN GIVENCHY, EUTM  12484333  DAHLIA DIVIN GIVENCHY, EUTM  11758001  Gentlemen only Givenchy, EUTM  11301108 Gentlemen only Givenchy, EUTM  13231964 GENTLEMEN ONLY GIVENCHY CASUAL CHIC, EUTM  224949 GIVENCHY, EUTM  014013536 GIVENCHY LIVE IRRESISTIBLE, EUTM  015036544 L'ANGE NOIR GIVENCHY, EUTM  1300296 LE ROUGE PERFECTO, EUTM  1351981 LE ROUGE SCULPT, EUTM  1300366 GIVENCHY LE SOIN NOIR &amp; BLANC, EUTM  1174499 LINER Couture, EUTM  1303853   NOIR INTERDIT </t>
   </si>
   <si>
     <t xml:space="preserve">LVMH FRAGRANCE BRANDS </t>
   </si>
   <si>
     <t>smaržas, kosmētika ķermeņa kopšanas līdzekļi, ķermeņa kopšanas līdzekļi</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 00600002-0010 mules, outsoles, CDR 002641878-0002 Display stands	
 EUTM 533174 DF, CDR 000660568-0032 soles for footwear, slippers, CDR 002072942-0001 flip-flops, CDR 000600002-0003 mules, outsoles, CDR 000660568-0046 soles for footwear, slippers, CDR 000660568-0028 soles for footwear, slippers, CDR 002641878-0001 Display stands, CDR 000760863-0030 soles for footwear, CDR 000660568-0004 soles for footwear, slippers, ITM 998943 DE FONSECA, CDR 00600002-0021 mules, outsoles, CDR 000660568- 0007 soles for footwear, slippers, EUTM 739268 DE FONSECA (GANCIO BIANCO E NERO), CDR 000660568-0050 soles for footwear, slippers, CDR 00600002-0018 mules, outsoles, CDR 000660568-0003 soles for footwear, slippers, CDR 000660568-0009 soles for footwear, slippers, CDR 000760863- 0029 soles for footwear, EUTM 11898343 LOVE &amp; LACES DE FONSECA ITALY, EUTM 11616174 DE FONSECA ITALY PUMP IT, EUTM 2078137 MOPPINE, CDR 000660568-0006soles for footwear, slippers	</t>
   </si>
   <si>
     <t>DE FONSECA SPA</t>
   </si>
   <si>
     <t>vasaras apavi, zolītes apaviem, čības u.c.</t>
   </si>
   <si>
     <t>EUTM 17913208 TikTok, EUTM 18184341 TikTok, EUTM 18184895 TikTok EUTM 17913677 Nawm, EUTM 18186404 Nawm</t>
@@ -3918,53 +3820,50 @@
   <si>
     <t>air up group GmbH</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 000030999/EM  E &amp; J, EUTM 002565455/EM E&amp;J</t>
   </si>
   <si>
     <t>E AND J GALLO</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni (izņemot alu), brendijs</t>
   </si>
   <si>
     <t>STEGO-Holding GmbH</t>
   </si>
   <si>
     <t>elektriskās un elektroniskās iekārtas, mērīšanas un kontroles ierīcēm, termostati, gaisa plūsmas monitori, apgaismojums apkures, dzesēšanas, ventilācijas un gaisa kondicionēšanas iekārtām</t>
   </si>
   <si>
     <t>EUTM 002227890/EM CARLO ROSSI</t>
   </si>
   <si>
     <t>E AND J GALLO - CARLO ROSSI</t>
   </si>
   <si>
-    <t>EUTM 011242153/EM A, EUTM 014549463/EM A</t>
-[...1 lines deleted...]
-  <si>
     <t>E AND J GALLO - APOTHIC</t>
   </si>
   <si>
     <t>Pull Up Case GmbH</t>
   </si>
   <si>
     <t>EUROITALIA SRL</t>
   </si>
   <si>
     <t>aromatizētas ziepes, smaržas, ēteriskās eļļas, kosmētika, odekolons, tualetes ūdens, parfimēti aerosoli ķermenim, kosmētiskās eļļas, krēmi, želejas un losjoni sejas un ķermeņa ādai, kosmētiski preparāti skūšanai, losjoni pirms skūšanās un pēcskūšanās, talks kosmētiskiem nolūkiem, vannas un dušas līdzekļi, šampūni un losjoni matiem, dezodoranti, neārstnieciski tualetes piederumi, gaisa atsvaidzinātāji, sveces, aromātiskās sveces u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 002977569/EM NESTLE, EUTM 003088721/EM KIT KAT, EUTM 003780178/EM KIT KAT, ITM 1279998/WOKitKat, ITM 1009387/WOKIT  KAT SINGLES, EUTM 003780095/EM KitKat, EUTM 002455129/EM KitKat ChunKy, ITM 1063658/WONestlé  KitKat Kit Kat	</t>
   </si>
   <si>
     <t>EUTM 018042647/EM StickWizard, EUTM 002037596/EM GILBERT	
 EUTM 000210575/EM GRAYS, EUTM 002725661/EM, ITM 367393A/WO KARACHI KING SUPER, CDR 001772963-0001/EM, CDR 001772963-0002/ EM</t>
   </si>
   <si>
     <t>GRAYS OF CAMBRIDGE (INTERNATIONAL) LTD</t>
   </si>
   <si>
     <t>sporta aprīkojums, lauka hokeja nūjas</t>
   </si>
   <si>
@@ -4045,60 +3944,50 @@
   </si>
   <si>
     <t xml:space="preserve"> EUTM 000942524 PEPPERJACK</t>
   </si>
   <si>
     <t>Treasury Wine Estates Vintners Limited</t>
   </si>
   <si>
     <t>ITM 1311102 WOLF BLASS, EUTM 002777993 WOLF BLASS, EUTM  002250512 EAGLEHAWK, EUTM 000197236 WOLF BLASS WINES
 ITM 1552026, ITM 1445919 WOLF BLASS, EUTM001661495 WOLF BLASS</t>
   </si>
   <si>
     <t>Bilyara Vineyards Pty Ltd</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni (izņemot alu)</t>
   </si>
   <si>
     <t>TUMI, INC.</t>
   </si>
   <si>
     <t xml:space="preserve"> koferi, mugursomas </t>
   </si>
   <si>
     <t>CUMANN PEILE NA H-EIREANN ''FOOTBALL ASSOCIATION OF IRELAND''</t>
-  </si>
-[...8 lines deleted...]
-    <t>apģērbs, apavi, aksesuāri, ādas izstrādājumi, brilles u.c.</t>
   </si>
   <si>
     <t>Palm Angels S.R.L.</t>
   </si>
   <si>
     <t>apģērbs, apavi, galvassegas, koferi un ceļojumu somas</t>
   </si>
   <si>
     <t>RENE SCHONEFELD, INDUSTRIE- EN HANDELSONDERNEMING B.V.</t>
   </si>
   <si>
     <t xml:space="preserve">
 CDR 003811363-0001/EM/ MESA, CDR 003811363-0002/EM/mesa, CDR 003811363-0003/EM/MESA, CDR 003811363-0004/EM/mesa, CDR 004005395-0005/EM/mesa, CDR 004005395-0006/EM/mesa, CDR 004005395-0007/EM/ mesa, EUTM 010673507/EM/A ACTIU, CDR 002434225-0009/EM/Silla, CDR 003302090-0001/EM/mesa, CDR 003302090-0002/EM/ mesa, CDR 003302090-0003/EM/mesa, CDR 002434225-0010/EM/SILLA, CDR 000487822-0010/EM/ mesa, CDR 000487822-0011/EM/MESA, CDR 000487822-0012/EM/MESA, CDR 000487822-0013/EM/MESA, CDR 002312819-0003/EM/SILLA 
 CDR 002774240-0001/EM/SILLA, CDR 002774240-0002/EM/SILLA, CDR 003018522-0001/EM /SILLA 
 </t>
   </si>
   <si>
     <t>Actiu Berbegal Y Formas, S.A</t>
   </si>
   <si>
     <t>CDR 002711093-0002, CDR 002711093-0003, CDR 002711093-0004	
 EUTM 012233003 Trademarlkwithout no tekst, EUTM 1271855 AMQ	
 EUTM 1452506 A M Q, EUTM 007594633 MCQ, EUTM 012233003 Trademarlkwithout no tekst, EUTM 007594781 ALEXANDER MCQUEEN, EUTM 1273163 McQueen</t>
   </si>
   <si>
@@ -4112,54 +4001,50 @@
   </si>
   <si>
     <t xml:space="preserve">ITM 1222756/WO douchebags, ITM 1255009/WO Db, ICD D217442- 0002/WO, ICD D217442-0001/WO, ICD D211632-0003/WO, ICD D211632-0001/WO, ICD D211632-0004/WO, ICD D211632-0002/WO, ICD D216393-0001/WO, ICD D216393-0007/WO, ICD D216393- 0005/ WO, ICD D216393-0006/WO, ICD D216393-0002/WO, ICD D216393- 0003/WO, ICD D216393-0004/WO	</t>
   </si>
   <si>
     <t>DB Equipment AS</t>
   </si>
   <si>
     <t xml:space="preserve">mugursomas, bagāžas, somas, kabatas portfeļi un citi piederumi pārnēsāšanai, plecu siksnas </t>
   </si>
   <si>
     <t>EUTM 15287601 KRONABY</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 6298089-0004 CH lipstick &amp; Beetle device diseño, CDR 6298089-0005	 CH lipstick &amp; Beetle device diseño, CDR 6298089-0006 CH lipstick &amp; Beetle device diseño, CDR 6298089-0007 CH lipstick &amp; Beetle device diseño, CDR 6298089-0008 CH lipstick &amp; Beetle device diseño, CDR 6303335-0002 CH lipstick &amp; Beetle device diseño, CDR6303335-0003 CH lipstick &amp; Beetle device diseño, CDR6303335-0004 CH lipstick &amp; Beetle device diseño, CDR6302154-0002 CH mini lipstick &amp; lip gloss diseño, CDR6302154-0003 CH mini lipstick &amp; lip gloss diseño, CDR6302154-0004 CH mini lipstick &amp; lip gloss diseño, CDR6302154- 0005 CH mini lipstick &amp; lip gloss diseño, CDR6301677- 0002  CH COMPACT Kit de, CDR6301677-0003 CH COMPACT Kit de maquillaje, EUTM 12349759 HERRERA CONFIDENTIAL, EUTM 12622122 CH (DEVICE 2000), EUTM 12622205 CAROLINA HERRERA, EUTM 13959549 IT'S SO GOOD TO BE BAD, EUTM 13497961 GOOD BOY, EUTM 16377699 OWN THE PARTY, EUTM 13339064 GOOD GIRL (diseño), EUTM 18000710212 FOREVER YOUNG, EUTM 17536211 CAROLINA HERRERA, EUTM 12761417 CONFIDENTIAL CAROLINA HERRERA, EUTM 14028716 CH MEN PRIVÉ, EUTM 16419749 AGUAS CONFIDENTIAL, EUTM 18000711212 VIP FOREVER YOUNG (fig.), EUTM 18438427 VERY GOOD GIRL, CDR1 780644-0001 ENVASE CH L'EAU, CDR 1849886 -0001-0002 ENVASES 212 NYC BODY SPRAYS IAC 2011, CDR006294658 0001-0002 BOTTLE 2019 Lightning BAD BOY New Him, CDR 2011205 0001 - 0003 ENVASE CH EAU DE PARFUM, CDR 376884- 0001 - 0009 TELAS BOLSOS CH, CDR 2197079-0001 ENVASE CH MEN SPORT, EUTM 4661492 212 SEXY, EUTM 1426857CH CAROLINA HERRERA NEW YORK, EUTM 2438729212 CAROLINA HERRERA, EUTM 3011020 CAROLINA HERRERA, EUTM 4760146 212, EUTM 8268427 CH MEN, EUTM 8224883 ARE YOU ON THE LIST ?, EUTM 7599012 212 NYC, EUTM 7507437 CH MEN, EUTM 7473754 212 VIP, EUTM 5903075 CHCH HCHC CHCH HCHC, EUTM 5172317 CH, CDR 000717897-0001 diseño frasco, EUTM 9843947  GOOD GIRL, EUTM 11866472 CH, EUTM 14033864 BAD BOY, EUTM 18097902 BOTTLE 3D final LIGHTNING (BAD BOY), EUTM 17950524 GOOD GIRL LOVES BAD BOY, EUTM 18186801 BOTTLE SKATEBOARD 212 (3D)	
 EUTM 18025281 212 HEROES FOREVER YOUNG, EUTM 18158195 CHC	
 EUTM 4787271 HERRERA, EUTM 492140 212 BY CAROLINA HERRERA
 EUTM 1963610 CAROLINA HERRERA CHIC, EUTM 2548196212 BOTTLE
 EUTM 3782372 CHIC FOR MEN CAROLINA HERRERA, CDR 220702-0001 CHIC FOR MEN BOTTLE diseño, EUTM 4047114 CAROLINA HERRERA	
 EUTM 4144994 CH CAROLINA HERRERA (device STL 2004), EUTM 4190468 CH pattern device 2x2 (STL 2004)	</t>
   </si>
   <si>
     <t>CAROLINA HERRERA LIMITED</t>
   </si>
   <si>
-    <t xml:space="preserve">rokassomas, maki, juvelierizstrādājumi, apavi, smaržas
-[...2 lines deleted...]
-  <si>
     <t>EUTM 3450848 PERRELET</t>
   </si>
   <si>
     <t>Perrelet, S.A.</t>
   </si>
   <si>
     <t>pulksteņi un to aksesuāri</t>
   </si>
   <si>
     <t>EUTM 1559376 Gymshark, EUTM 1176002 Gym Shark, EUTM 1227917 White Shark Head Logo</t>
   </si>
   <si>
     <t>Gymshark Limited</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 017934933 1895 BERLUTI PARIS, ITM 1424706 marque figurative, CDR000233762-0001 Symboles graphiques, CDR 000212196-0002 Souliers, CDR005000502-0001 Sacs à dos, CDR 002415240-0001 Chaussures, CDR 005515418- 0001 Porte-documents, EUTM018148858 1895 BERLUTI PARIS, EUTM 018149543 B 1895 BERLUTI PARIS, EUTM 000479683 BERLUTI, EUTM 018276692 1895 BERLUTI PARIS, ITM 1513805 B	</t>
   </si>
   <si>
     <t>BERLUTI</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 009503871 B &amp; A BY BACI &amp; ABBRACCI, EUTM 004073136  BACI &amp; ABBRACCI, EUTM 09503681  BACI &amp; ABBRACCI
 </t>
   </si>
   <si>
@@ -4295,53 +4180,50 @@
     <t>ITM 1514698 MADEMOISELLE ROCHAS, ITM 1608610 Girl ROCHAS PARIS, ITM 451949 ROCHAS PARIS</t>
   </si>
   <si>
     <t>INTERPARFUMS</t>
   </si>
   <si>
     <t>smaržas personīgai lietošanai</t>
   </si>
   <si>
     <t>EUTM 015538796 MODERN PRINCESS, EUTM 014026934 MODERN PRINCESS, EUTM 017911434 LANVIN, ITM	0801129A ÉCLAT D'ARPÈGE
 EUTM 008701278 MARRY ME</t>
   </si>
   <si>
     <t>EUTM 018586518 OUD SILK MOOD, EUTM 018586517 OUD SATIN MOOD, EUTM 018454320 AQUA CELESTIA, EUTM 018453831 AQUA UNIVERSALIS, EUTM 06104103 FRANCIS KURKDJIAN, EUTM 006104186 KK, EUTM 008273161 Maison Francis Kurkdjian Paris, EUTM 008273732 MAISON FRANCIS KURKDJIAN PARIS, ITM 1417298 FK</t>
   </si>
   <si>
     <t>PARFUM FRANCIS KURKDJIAN</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 002015370-0007 Diseño de la lámpara SKAN, CDR 002015370- 0008 Diseño de la lámpara SKAN, CDR 002015370-0009 Diseño de la lámpara SKAN, CDR 003069731-0001 Diseño de la lámpara PIN, CDR 003069616-0001 Diseño de la lámpara ALGORITHM, CDR 007792239- 0020 Diseño de la lámpara KONTUR, CDR 001228142-0028 Diseño de la lámpara SLIM, CDR 001400659-0032 Diseño de la lámpara UP, CDR 003069731-0002 Diseño de la lámpara PIN, CDR 00306 9731-0003 Diseño de la lámpara PIN, CDR 003069731-0004 Diseño de la lámpara PIN, CDR 003069731-0005 Diseño de la lámpara PIN, CDR 003069731- 0006 Diseño de la lámpara PIN, CDR 003069731-0007 Diseño de la lámpara PIN, CDR 003069731-0008 Diseño de la lámpara PIN, CDR 003069616-0002 Diseño de la lámpara ALGORITHM, CDR 003069616- 0003 Diseño de la lámpara ALGO RITHM, CDR 003069616-0004 Diseño de la lámpara ALGORITHM, CDR 0030 69616-0005 Diseño de la lámpara ALGORITHM, CDR 003069616-0006 Diseño de la lámpara ALGO RITHM CDR 003069616-0007 Diseño de la lámpara ALGORITHM, CDR 003069 616-0008 Diseño de la lámpara ALGO RITHM, CDR 003069616-0009 Diseño de la lámpara ALGORITHM, CDR 007792239- 0021 Diseño de la lámpara KONTUR, CDR 007792239-002 2Diseño de la lámpara KON TUR, CDR 007792239-0023 Diseño de la lámpara KONTUR, CDR 00779 2239-0024 Diseño de la lámpara KONTUR, CDR 001228142-0029 Diseño de la lámpara SLIM, CDR 001400659-0035 Diseño de la lámpara UP, CDR 002015370- 0006 Diseño de la lámpara SKAN	</t>
   </si>
   <si>
     <t>VIBIA LIGHTING S.L.U.</t>
   </si>
   <si>
-    <t>VIBIA-lampas</t>
-[...1 lines deleted...]
-  <si>
     <t>ITM 1345920 PETRUS, ITM 1517537 PETRUS</t>
   </si>
   <si>
     <t>PETRUS</t>
   </si>
   <si>
     <t xml:space="preserve">alkoholiskie dzērieni </t>
   </si>
   <si>
     <t xml:space="preserve">CDR 001939075-0017, CDR 001939075-0015, CDR 001939075-0016, EUTM 018447820 NICE FLOR-S, EUTM 018447823 NICE FLOR-S, ITM 899855 Nice
 CDR 001939075-0006, CDR 001939075-0007, CDR 001939075-0008, CDR 001939075-0009, CDR 001939075-0010, CDR 001939075-0011, CDR 0019 39075 - 0012, CDR 001939075-0001, CDR 001939075-0002, CDR 0019 39075- 0003, CDR 001939075-0004, CDR 001939075-0005, CDR 001939075-0013	</t>
   </si>
   <si>
     <t>NICE S.P.A.</t>
   </si>
   <si>
     <t>EUTM 004853453COYOTE, EUTM 012029989COYOTE NAV, EUTM 018032612COYOTE UP, EUTM 013845391COYOTE MINI, EUTM 016902058 COYOTE NAV +, EUTM 012779211COYOTE NAV S</t>
   </si>
   <si>
     <t>COYOTE SYSTEM</t>
   </si>
   <si>
     <t>Fleshlight International S.L.</t>
   </si>
   <si>
@@ -4358,53 +4240,50 @@
   </si>
   <si>
     <t>EUTM 017972921/EM XIAOMI, EUTM 018459504/EM xiaomi</t>
   </si>
   <si>
     <t>XIAOMI TECHNOLOGY NETHERLANDS B.V.</t>
   </si>
   <si>
     <t>Speedo Holdings BV</t>
   </si>
   <si>
     <t>peldkostīmi</t>
   </si>
   <si>
     <t>ISDIN, S.A.</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 008882500-0006 Sole TRAIL ONE, CDR 008882500-0003Sole RAVEN LO, CDR 008882500-0001 Sole CLD RUN, CDR 008387310- 0005 RSE V1, CDR 008056840-0007 FLAT, CDR 008056840-0002 TRIPLET, CDR 008055693-0003 EYZA, CDR 008055693-0001 ALEXUS, CDR 008056840-0006 BINARY, CDR 008057749-0001 ASPHA HI, EUTM 004353991 FLAMME, CDR 005759081- 0001 CORIN, CDR 006370060-0001 Flammensohle, EUTM 002212819 Buffalo, EUTM 000677146 BUMERANG, EUTM 001495753 Buffalo, EUTM 002183614 Buffalo	
 </t>
   </si>
   <si>
     <t>Buffalo Boots GmbH</t>
   </si>
   <si>
     <t>apavi, apģērbi, cepures, pulksteņi, aksesuāri u.c.</t>
-  </si>
-[...1 lines deleted...]
-    <t>EUTM 006865794 SWAROVSKI, EUTM 000120576 SWAROVSKI, EUTM 000120501 SWAROVSKI, EUTM 007462922 Swarovski, EUTM 013610779 Swarovski, EUTM 003920634, EUTM 009098971 MADE WITH SWAROVSKI ELEMENTS, EUTM 1026023, EUTM 000120576 Swarovski, EUTM 003895091 Swarovski, CDR 005506862-0001, EUTM 016205569 GEMSTONES FROM SWAROVSKI SINCE 1895, EUTM 016203441 ZIRCONIA FROM SWAROVSKI SINCE 1895, EUTM 014637078 EQ, EUTM 001227164 SIGNITY, EUTM 1026023</t>
   </si>
   <si>
     <t>Swarovski Aktiengesellschaft</t>
   </si>
   <si>
     <t>rotaslietas, aksesuāri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 005253283-0003 Diseño de la lámpara DUO, CDR 005253283-0004 Diseño de la lámpara DUO, CDR 005253283-0005 Diseño de la lámpara DUO, CDR 005253283-0006 Diseño de la lámpara DUO, CDR 005253283-0007 Diseño de la lámpara DUO, CDR 005253283-0008 Diseño de la lámpara DUO, CDR 005 253283-0009 Diseño de la lámpara DUO, CDR 005282332-0001 Diseño de la lámpara GUISE, CDR 005282332-0002 Diseño de la lámpara GUISE, CDR 005282332-0003 Diseño de la lámpara GUISE, CDR 005282332-0004 Diseño de la lámpara GUISE, CDR 005282332-0005 Diseño de la lámpara GUISE, CDR 005282332-0006 Diseño de la lámpara GUISE, CDR 005253283-0001 Diseño de la lámpara MUSA, CDR 005253283-0002 </t>
   </si>
   <si>
     <t>LIGHT INSIGHT S.L.</t>
   </si>
   <si>
     <t>lampas</t>
   </si>
   <si>
     <t>EUTM 007216161 DivX, EUTM 008286577 DIVXEUTM 2252385 DivX, EUTM 9162587 DivX, EUTM 7417496 DIVX PLUS HD, EUTM 11062759 DIVX PLUS STREAMING, EUTM 9163114 DIVX+, EUTM 7220742 DIVX CONNECTED, EUTM 8766198 DIVX TO GO, EUTM 7417413  DIVX HD, EUTM	8591067 DivX Plus, EUTM 7216161 DivX</t>
   </si>
   <si>
     <t>DivX, LLC</t>
   </si>
   <si>
     <t>telekomunikācijas u.c.</t>
   </si>
@@ -4617,87 +4496,63 @@
     <t xml:space="preserve">CDR  002989087-0001Envase para perfume, CDR  3051705-0001 a 0004  Envase para perfume, EUTM  5874441  SCANDAL, EUTM  16175739  Envase para perfume, EUTM  16175788  Envase para perfume, ITM  720476 Envase para perfume, ITM  720497   Envase para perfume </t>
   </si>
   <si>
     <t>elektriskās baterijas</t>
   </si>
   <si>
     <t>The Bazooka Companies, Inc</t>
   </si>
   <si>
     <t>konditorejas izstrādājumi, košļājamās konfektes</t>
   </si>
   <si>
     <t>REPRESENT CLOTHING LIMITED</t>
   </si>
   <si>
     <t>SARL Paulin, Paulin &amp; Paulin</t>
   </si>
   <si>
     <t>EUTM 013436911/EM OPTUNE, EUTM 017498833/EM NOVOCURE	
 EUTM 018100314/EM novocure</t>
   </si>
   <si>
     <t>NovoCure GmbH</t>
   </si>
   <si>
-    <t>NISSAN AUTOMOTIVE EUROPE S.A.S.</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 002043941/EM TRISCAN; EUTM12113072/EM</t>
   </si>
   <si>
     <t>TRISCAN A/S</t>
   </si>
   <si>
     <t>rezerves daļas</t>
   </si>
   <si>
     <t>CONSORZIO DEL FORMAGGIO PARMIGIANO-REGGIANO</t>
   </si>
   <si>
     <t>THE ROYAL BRITISH LEGION</t>
-  </si>
-[...19 lines deleted...]
-    <t xml:space="preserve"> kosmētikas un medicīnas produkti sejas ādas uzlabošanai, tostarp izmantojot mikroadatas u.c.</t>
   </si>
   <si>
     <t>EUTM 018046703 ZSW</t>
   </si>
   <si>
     <t>ERSA GmbH</t>
   </si>
   <si>
     <t>elektrotehnikas un elektronikas mehāniskās ražošanas aparāti un ražošanas iekārtas, to daļas un piederumi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM1300106, EUTM11818507, EUTM11855971, EUTM9612326, EUTM 1043388, EUTM981786TORY BURCH, EUTM 11248135TORY BURCH, EUTM 1129130TORY BURCH, EUTM887081TORY BURCH, EUTM886915 TORY BURCH, EUTM1185906TORY SPORT, EUTM1288795TORY SPORT, EUTM1185451, EUTM1043796, EUTM854054, EUTM11248143, EUTM 1141379, EUTM1214872, EUTM850292,EUTM 11818515, EUTM14576896, EUTM 1296713LOVE RELENTLESSLY, EUTM 1289242, EUTM 1286062 
 </t>
   </si>
   <si>
     <t>RIVER LIGHT V, L.P.</t>
   </si>
   <si>
     <t>ādas izstrādājumi, somas, maki, skaistumkopšanas lietas, apavi sievietēm, apģērbi sievietēm, aksesuāri, cepures, lakati, šalles, rotaslietas, pulksteņi, saulesbrilles un brilles u.c.</t>
   </si>
   <si>
     <t>ITM 1221445 ADEPIDYN, ITM 1438956 ADEPIDYN</t>
   </si>
   <si>
     <t>fungicīds, augu aizsardzības līdzeklis</t>
@@ -4715,66 +4570,50 @@
     <t>LATIMO S.A.</t>
   </si>
   <si>
     <t xml:space="preserve">CPVR EU 4868/Tanotika, CPVR EU 1613/Tankalcig, CPVR EU 20879/Tan01990, CPVR EU 15435/Tan01693, CPVR EU 17729/Tan01441, CPVR EU 22781/Tan02474, CPVR EU 13218/Tan00151, CPVR EU 15408/Tan02522Tan02522, CPVR EU 19808/Tan01549, CPVR EU 17727/Tan01549, CPVR EU 22835/Tan03266, CPVR EU 17773/Tan00993, CPVR EU 17757/Tan01653, CPVR EU 15768/Tan00125, CPVR EU 2279/Tanaledev, CPVR EU 20841/Tan02525, CPVR EU 25071/Tan03419, CPVR EU 30190/Tan06464,CPVR EU 38098/TAN09112, CPVR EU 38516/TAN08051 
 </t>
   </si>
   <si>
     <t>Rosen Tantau KG</t>
   </si>
   <si>
     <t>rozes un to stādi</t>
   </si>
   <si>
     <t>Makita Corporation</t>
   </si>
   <si>
     <t xml:space="preserve">elektroinstrumenti, bezvadu elektroinstrumenti, tostarp ripzāģi, leņķzāģi, ķēdes zāģi, lentzāģi, finierzāģi, grupzāģi, griezēji, griešanas mašīnas, knaibles, šķēres, ēveles, rievu griezēji, frēzes un trimmeri, urbju uzgaļi, triecienurbji, rotācijas urbjmašīnas, āmururbji un nojaukšanas āmuri, lauzēji, triecienskrūvgrieži, triecienuzgriežņu atslēgas, skrūvgrieži, uzgriežņu atslēgas, slīpmašīnas, slīpmašīnas, pulēšanas mašīnas u.c. </t>
   </si>
   <si>
     <t>Starbuzz Tobacco, Inc.</t>
   </si>
   <si>
     <t>elektroniskās cigaretes, tabaka, sveces u.c.</t>
   </si>
   <si>
-    <t>NTM 13171 HENNESSY, EUTM 004559241 HENNESSY, ITM 1117590 Hennessy V.O.C.F., ITM 1117587 Hennessy, ITM881159 Hennessy, ITM 1119942</t>
-[...14 lines deleted...]
-  <si>
     <t>L'Artisan Parfumeur S.A.R.L.</t>
   </si>
   <si>
     <t>EUTM 226803 KNORR-BREMSE, ITM 726780 K, ITM1486540 K	
 ITM 1483795 Knorr-Bremse</t>
   </si>
   <si>
     <t>KNORR-BREMSE AG</t>
   </si>
   <si>
     <t>EUTM 103200 HAMILTON</t>
   </si>
   <si>
     <t>Hamilton International AG (Hamilton International SA) (Hamilton International Ltd)</t>
   </si>
   <si>
     <t xml:space="preserve"> kabatas/rokas pulksteņi, hronometriskie instrumenti u.c</t>
   </si>
   <si>
     <t>EUTM 110338 CERTINA</t>
   </si>
   <si>
     <t>CERTINA AG (CERTINA SA) (CERTINA LTD)</t>
   </si>
   <si>
@@ -4827,53 +4666,50 @@
   </si>
   <si>
     <t>Union Uhrenfabrik GmbH</t>
   </si>
   <si>
     <t>EUTM  017758251 Oh! White</t>
   </si>
   <si>
     <t>BARSILEN, S.L.U.</t>
   </si>
   <si>
     <t>mutes higiēnas līdzekļi, kosmētika un kosmētikas produkti, kosmētiskās putas, zobu balināšanas preparāti u.c.</t>
   </si>
   <si>
     <t>Landig + Lava GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>kompresori dzesēšanas sistēmām, ledusskapjiem un gaļas nogatavināšanas skapjiem, aukstumaģenta kompresori saldēšanas iekārtām, ledusskapjiem un gaļas izturēšanas kamerām, dzinēji kompresoriem saldēšanas sistēmām, ledusskapjiem un gaļas konservēšanas skapjiem,
  ledusskapji dzērienu uzglabāšanai u.c.</t>
   </si>
   <si>
     <t>EUTM 009791096 Pierre Paulin, EUTM 018707926 Pierre Paulin</t>
   </si>
   <si>
     <t>MWP</t>
-  </si>
-[...1 lines deleted...]
-    <t>CDR 008793418-0017 Wortbestandteil: PARIS 2024, CDR 008793418-0016 Wortbestandteil: PARIS 2024, CDR 008793418-0015 Wortbestandteil: PARIS 2024, CDR 008793418-0014 Wortbestandteil: PARIS 2024, CDR 008793418- 0013 Wortbestandteil: PARIS 2024, CDR 008793418-0012 Wortbestandteil: PARIS 2024, CDR 008793418-0011 Wortbestandteil: PARIS 2024, CDR 008793418-0010 Wortbestandteil: PARIS 2024, CDR 008793418-0009 Wortbestandteil: PARIS 2024, CDR 008793418-0008 Wortbestandteil: PARIS 2024, CDR 008793418-0007 Wortbestandteil: PARIS 2024, CDR 008793418- 0006 Wortbestandteil: PARIS 2024, CDR 008793418-0005 Wortbestandteil: PARIS 2024, CDR 008793418-0004 Wortbestandteil: PARIS 2024, CDR 008793418-0003 Wortbestandteil: PARIS 2024, CDR 008793418-0002 Wortbestandteil: PARIS 2024, CDR 008793418-0001 Wortbestandteil: PARIS 2024, CDR 008629398-0002, CDR 008629398-0001, EUTM 018794094 PARIS 2024, CDR 008793418-0021, CDR 008793418-0020 Wortbestandteil: PARIS 2024, CDR 008793418-0019 Wortbestandteil: PARIS 2024, CDR 008793418- 0018 Wortbestandteil: PARIS 2024, ITM 1527944 PARIS 2024, ITM 1327476 PARIS 2024</t>
   </si>
   <si>
     <t>Comité International Olympique</t>
   </si>
   <si>
     <t>Peak Performance Production AB</t>
   </si>
   <si>
     <t>šorti, peldēšanas šorti, vīriešu apakšveļa, slēpošanas bikses, golfa šorti</t>
   </si>
   <si>
     <t>NUR DIE GERMANY GmbH</t>
   </si>
   <si>
     <t>EUTM 012503355 ABANDERADO, EUTM 11982361 LOVABLE, EUTM 1106478 LOVABLE, EUTM 4335899 LOVELY BY LOVABLE, EUTM 369686 1LOV'IN BY LOVABLE, EUTM 3537982 LOVABLE</t>
   </si>
   <si>
     <t>DBI IP Europe Sarl</t>
   </si>
   <si>
     <t>apģērbs, aksesuāri u.c.</t>
   </si>
   <si>
     <t>ITM 1118669 BB, EUTM 002553097 BERINGER, ITM 1507822/WO BERINGER</t>
   </si>
@@ -5027,53 +4863,50 @@
   </si>
   <si>
     <t>EUTM 18658867 Thai Jasmine Rice 100% GOLDEN THAI LOTUS	
 EUTM 8552283 GOLDEN THAI LOTUS</t>
   </si>
   <si>
     <t>Tong-Hua Rice Co., Ltd.</t>
   </si>
   <si>
     <t>rīsi</t>
   </si>
   <si>
     <t>CDR	003733534-0001</t>
   </si>
   <si>
     <t>joboo GmbH</t>
   </si>
   <si>
     <t>EUTM 009732851/EM RUSSELL HOBBS, EUTM 013498076/EM RUSSELL HOBBS, EUTM 014223333/EM RH, EUTM 008963787/EMRUSSELL HOBBS EUTM 008849457/EM RH, EUTM 018002667/EM RUSSELL HOBBS, EUTM 017050428/EM  RUSSELL HOBBS, EUTM 018057710/EM RUSSELL HOBBS
 EUTM 006902274/EM RUSSELL HOBBS, EUTM 000294850/EM RUSSELL HOBBS, ITM 1677581/WO</t>
   </si>
   <si>
     <t>SPECTRUM BRANDS (UK) LIMITED - RUSSELL HOBBS</t>
   </si>
   <si>
-    <t>CDR 007461751-0001</t>
-[...1 lines deleted...]
-  <si>
     <t>SodaStream Industries Ltd.</t>
   </si>
   <si>
     <t>vārsti u.c.</t>
   </si>
   <si>
     <t>Schaeffler Technologies AG &amp; Co. KG</t>
   </si>
   <si>
     <t>hidrauliskie sūkņi un motori, hidrauliskie, kompensācijas rezervuāri, hidrauliskie vārsti, gultņi u.c.</t>
   </si>
   <si>
     <t>CDR 002256354-0009, CDR 002256354-0008, CDR 002256354-0007	
 CDR 002256354-0006, CDR 002256354-0005, CDR 002256354-0004	
 CDR 002256354-0003, CDR 002256354-0002, CDR 002256354-0001</t>
   </si>
   <si>
     <t>Nothing Technology Limited</t>
   </si>
   <si>
     <t>MEPAL B.V.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                             EUTM 000852707/EM SPECIALIZED, EUTM 003721561/EM S-WORKS	
 EUTM 013463881/EM S, EUTM 000852616/EM, EUTM 000852665/EM STUMPJUMPER, ITM 1036952/WO VENGE, CDR 002961003-0001/EM	</t>
@@ -5440,93 +5273,78 @@
   </si>
   <si>
     <t>apģērbs, apavi, galvassegas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 008253819-0001, CDR 001177190-0001, CDR 001177190-0002, CDR 001177190-0003, CDR 001290340-0001, CDR 002494328-0001, CDR 002494328-0002, CDR 002494328-0003, CDR 002494328-0004, CDR 002682120-0001,  EUTM 1355916 PET TEEZER, EUTM 1410775 PET TEEZER Logo, EUTM 1205395 TANGLE TEEZER,  EUTM 1262393 TANGLE TEEZER, EUTM 4345963 TANGLE TEEZER, EUTM 1286387 TANGLE TEEZER BLOW-STYLING, EUTM 1511724 THE POWER'S IN THE TEETH 
 </t>
   </si>
   <si>
     <t>Tangle Teezer Limited</t>
   </si>
   <si>
     <t xml:space="preserve">kosmētika, skuvekļi, matu sukas u.c.
 </t>
   </si>
   <si>
     <t>Viacom Overseas Holdings C.V.</t>
   </si>
   <si>
     <t>ūdens filtri</t>
   </si>
   <si>
     <t>farmaceitiskie preparāti</t>
   </si>
   <si>
-    <t>Margiela S.A.S.U.</t>
-[...1 lines deleted...]
-  <si>
     <t>SPORTS DIRECT INT HOLDINGS LIMITED</t>
   </si>
   <si>
     <t>slidas, skrituļslidas u.c.</t>
   </si>
   <si>
     <t>EUTM 000081828	NEFF, EUTM 003503836 CONSTRUCTA, EUTM 000061085 GAGGENAU, EUTM 010359958,EUTM 004240263 SIEMENS</t>
   </si>
   <si>
     <t>BSH Hausgeräte GmbH</t>
   </si>
   <si>
-    <t>EUTM016687642/EMShepperton Design Studios, EUTM 014693808/EM Shepperton Design Studios</t>
-[...4 lines deleted...]
-  <si>
     <t>EUTM 018200709 FREEZMIX</t>
   </si>
   <si>
     <t>Kassatly Chtaura SAL</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 006063317/EM SUPERDRY, EUTM 003528403/EM SUPERDRY, EUTM 010372910/EM Superdry, EUTM 008134314/ EM SUPERDRY, EUTM 007372378/EM SUPERDRY, EUTM 018231276/EM DRY, EUTM 018146032/EM SDX, EUTM 018146033 /EM SUPERDRY, EUTM 016086266/EM SDX, ITM 1540972/WO CULT STUDIOS, EUTM 014245931/EM Super Dry Sport, EUTM 008670051/EM SuperDry, EUTM013360656/EM SUPERDRY, EUTM 010372894/EM Superdry., EUTM 010372902 /EMby superdry	, EUTM 016974917/EM Superdry	</t>
   </si>
   <si>
     <t>DKH RETAIL LTD - SUPERDRY</t>
   </si>
   <si>
     <t>apģērbi, aksesuāri, apavi, somas u.c.</t>
   </si>
   <si>
-    <t>CDR 003765445-0001, ICD DM/214 407, CDR 003765445-0004</t>
-[...1 lines deleted...]
-  <si>
     <t>ruwido austria gmbh</t>
-  </si>
-[...1 lines deleted...]
-    <t>emporia Telecom GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>Kate Spade LLC</t>
   </si>
   <si>
     <t>EUTM 007434806 DRAGON BALL, EUTM 007550445 ONE PIECE	
 EUTM 007550361 ONE PIECE, EUTM 003612363 SAINT SEIYA</t>
   </si>
   <si>
     <t>TOEI ANIMATION CO., LTD.</t>
   </si>
   <si>
     <t>EUTM 1398399</t>
   </si>
   <si>
     <t>JACOB COHEN COMPANY S.P.A.</t>
   </si>
   <si>
     <t>EUTM 006097125 V, EUTM 010833515 V, ITM 1525033 V</t>
   </si>
   <si>
     <t>MARIO VALENTINO S.P.A.</t>
   </si>
   <si>
     <t>EUTM 014260319/EM eupec, EUTM 006728141/EM i, EUTM 004789236/EM infineon, EUTM 006727631/EM Infineon</t>
@@ -5557,53 +5375,50 @@
     <t>Telfar Holding Inc.</t>
   </si>
   <si>
     <t>EUTM 018304381 WRSTBHVR, EUTM 012650883 WRST BHVR	
 EUTM 012462453 WORST BEHAVIOR, EUTM 018304384 Worst Behavior</t>
   </si>
   <si>
     <t>Worst Behavior GmbH</t>
   </si>
   <si>
     <t>Brooks Sports, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbs, topi, apakšbikses, jakas, galvassegas, šorti, zeķubikses, sporta krekli, legingi, lietus apģērbs, apavi, sporta apavi, sporta somas, vingrošanas somas, gurnu somas, ceļojumu mugursomas un ūdens maciņi skrējējiem, staigulīšiem un fitnesam u.c. </t>
   </si>
   <si>
     <t>EUTM 1321540 ULLA JOHNSON</t>
   </si>
   <si>
     <t>Ulla Johnson Holdings LLC</t>
   </si>
   <si>
     <t>kosmētika, apģērbs, apavi, galvassegas u.c.</t>
   </si>
   <si>
-    <t>EUTM 000027490 OSRAM, EUTM002297323 OSRAM, EUTM 001356021 XENARC</t>
-[...1 lines deleted...]
-  <si>
     <t>Osram GmbH</t>
   </si>
   <si>
     <t>spuldzes u.c.</t>
   </si>
   <si>
     <t>EUTM 018279338 VEOZA</t>
   </si>
   <si>
     <t>Astellas US LLC</t>
   </si>
   <si>
     <t>CHARLOTTE TILBURY BEAUTY LTD</t>
   </si>
   <si>
     <t>EUTM 014230163Emirates, EUTM 011168499Emirates, EUTM 011168473 Emirates, EUTM 004103181Fly Emirates</t>
   </si>
   <si>
     <t>Emirates, a Dubai Decree company</t>
   </si>
   <si>
     <t>EUTM  016079601 GOO.N</t>
   </si>
   <si>
     <t xml:space="preserve">DAIO PAPER CORPORATION </t>
@@ -5643,81 +5458,57 @@
     <t>Decolef Lux SARL</t>
   </si>
   <si>
     <t>CDR 004700821-0002, EUTM 014737712 Julietti</t>
   </si>
   <si>
     <t>pārtikas griezējs</t>
   </si>
   <si>
     <t>EUTM	018380723 POWERS GOLD LABEL, EUTM 018449025 POWERS P GOLD LABEL, EUTM 008567166 THREE SWALLOW, POWERS, ESTD 1791, P, GOLD LABEL, John Power &amp; Son.,EUTM012215968(Marque sans texte),EUTM 001283944 POWER'S, EUTM 000099960 POWER'S, EUTM 009890781 Powers, Single Pot Still Irish Whiskey, Estd 1791, John's Lane Release, EUTM 011670072 POWERS Single Pot Still Irish Whiskey ESTD P 1791 Signature Release John Power &amp; Son, EUTM 018086292 POWERS P
 CDR 007439328-0001 Bouteilles</t>
   </si>
   <si>
     <t>IRISH DISTILLERS INTERNATIONAL LTD</t>
   </si>
   <si>
     <t>ITM 1604108/WO OPZELURA, ITM 1661689/WO Opzelura</t>
   </si>
   <si>
     <t>INCYTE HOLDINGS CORPORATION</t>
   </si>
   <si>
     <t>ITM 1503051 On</t>
   </si>
   <si>
-    <t>On Clouds GmbH</t>
-[...1 lines deleted...]
-  <si>
     <t>audumi un tekstilizstrādājumi, apģērbs, apavi, galvassegas, rotaļlietas un sporta preces, somas u.c.</t>
   </si>
   <si>
     <t>RENÉ SCHÖNEFELD, INDUSTRIE- EN HANDELSONDERNEMING B.V.</t>
   </si>
   <si>
     <t xml:space="preserve">kosmētika, parfimērija u.c. </t>
-  </si>
-[...19 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Astellas Pharma Europe B.V.</t>
   </si>
   <si>
     <t>ZHS IP EUROPE SARL</t>
   </si>
   <si>
     <t>ITM 1186427 KIMEX, EUTM 018633212 KIMEX</t>
   </si>
   <si>
     <t>KIMEX INTERNATIONAL</t>
   </si>
   <si>
     <t>mēbeļu izstrādājumi, metāla izstrādājumi, audiovizuālais aprīkojums un piederumi u.c.</t>
   </si>
   <si>
     <t>The Black &amp; Decker Corporation</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 018889211 Novo </t>
   </si>
   <si>
     <t>farmaceitisks produkts iekšķīgi lietojamu tablešu veidā diabēta un aptaukošanās ārstēšanai</t>
   </si>
@@ -6783,53 +6574,50 @@
   <si>
     <t>apģērbi, apavi, somas un aksesuāri</t>
   </si>
   <si>
     <t>zobu pasta un mutes skalojamais ūdens, ķermeņa kopšanas līdzekļi, dezodorants, antiperspiranti, ziepes, skūšanās krēmi un ķermeņa losjoni, matu kopšanas līdzekļi u.c.</t>
   </si>
   <si>
     <t>uztura bagātinātāji, diētiskās pārtikas piedevas, vitamīni, minerāli un minerālu preparāti, omega-3 taukskābes, fosfolipīdi un antioksidanti, pārtikas eļļas un tauki u.c.</t>
   </si>
   <si>
     <t>dažādas skaistumkopšanas preces, šampūni, krēmi, dezodoranti u.c.</t>
   </si>
   <si>
     <t>skaistumkopšanas līdzekļi, parfimērija, kosmētika, krēmi, dezodoranti, aksesuāri u.c.</t>
   </si>
   <si>
     <t>pulksteņi, aksesuāri u.c.</t>
   </si>
   <si>
     <t>somas, apģērbs, apavi, smaržas, aksesuāri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">pulksteņi u.c. </t>
   </si>
   <si>
-    <t>navigācijas sistēmas, sporta pulksteņi u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>sporta preces, hokeja nūjas</t>
   </si>
   <si>
     <t>apģērbi, apavi, somas, smaržas, brilles, rotaslietas u.c.</t>
   </si>
   <si>
     <t>mežkopības un dārzkopības instrumenti, motorzāģi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbi, to piederumi, apavi, somas u.c. 
 </t>
   </si>
   <si>
     <t>apavi, apģērbi, sporta preces u.c.</t>
   </si>
   <si>
     <t>medikamenti u.c.</t>
   </si>
   <si>
     <t>transporta līdzekļi, to rezerves daļas, tehniskās eļļas un ziedes, smērvielas, atslēgu piekariņi, aksesuāri u.c.</t>
   </si>
   <si>
     <t>šaujamieroči, munīcija un šāviņi, spēles, rotaļlietas, apģērbs, papīrs, kartons, siksniņas adapteris, aizsardzības lietas, vāciņi telefoniem, kameras siksnas, siksnas skatu meklētājam u.c.</t>
   </si>
   <si>
@@ -6889,87 +6677,78 @@
   <si>
     <t>bērnu ratiņi, drošības sēdekļi, piederumi, rezerves daļas u.c.</t>
   </si>
   <si>
     <t>apģērbi un aksesuāri, somas, apavi, rotaslietas, smaržas, saulesbrilles, ādas izstrādājumi</t>
   </si>
   <si>
     <t>cigāri, cigarellas u.c.</t>
   </si>
   <si>
     <t>apģērbi, saulesbrilles</t>
   </si>
   <si>
     <t>transportlīdzekļu daļas, virsbūves u.c.</t>
   </si>
   <si>
     <t>transporta līdzekļi, pārvietošanās līdzekļi pa sauszemi, gaisu vai ūdeni u.c.</t>
   </si>
   <si>
     <t>smaržas, apģērbi, rotaslietas, somas, saulesbrilles, pulksteņi, apavi</t>
   </si>
   <si>
     <t xml:space="preserve">sporta preces, beisbola, skvoša piederumi u.c. </t>
   </si>
   <si>
-    <t>bērnu apģērbi, t-krekli, sporta krekli, drēbes, svārki, bikses, apavi, cepures, žaketes u.c.</t>
-[...4 lines deleted...]
-  <si>
     <t>foto, video kameras, aizsargaprīkojums, kronšteini, balsti, piederumi un aksesuāri</t>
   </si>
   <si>
     <t xml:space="preserve">kurpes, somas un ādas izstrādājumi </t>
   </si>
   <si>
     <t xml:space="preserve">apģērbi, sporta preces, rotaļlietas, suvenīri, keramikas krūze u.c. </t>
   </si>
   <si>
     <t>koferi, somas no metāla, plastmasas vai auduma, somas portatīvajiem datoriem, kameru somas, futrāļi elektroniskām ierīcēm, dažādas kombinācijas, ceļasomas un čemodāni, tualetes maciņi u.c.</t>
   </si>
   <si>
     <t>telekomunikāciju aparāti, instrumenti, iekārtas, tīkli un to daļas un piederumi u.c.</t>
   </si>
   <si>
     <t>apģērbi, cepures, aksesuāri u.c.</t>
   </si>
   <si>
     <t>apģērbi, apavi, golfa spēles piederumi u.c.</t>
   </si>
   <si>
     <t>farmaceitiskie preparāti, vielas, veterinārie un higiēnas līdzekļi, pārtika zīdaiņiem, dezinfekcijas līdzekļi, preparāti kaitēkļu iznīcināšanai u.c.</t>
   </si>
   <si>
     <t>kopēšanas iekārtas, portatīvie kopētāji, printeri, toneris, sausās tintes un printera tintes, papīrs, kopiju papīra izstrādājumi no kartona, iespieddarbi, avīzes, žurnāli, mācību un uzskates materiāli, kancelejas preces u.c.</t>
   </si>
   <si>
     <t>kosmētiskie līdzekļi, ziepes, ēteriskās eļļas, smaržas, ķermeņa dezodoranti, dušas želejas, šampūni un matu losjoni, saulesbrilles, brilles, briļļu rāmji un aksesuāri, apģērbi, apavi, galvassegas, apakšveļa, krekliņi</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> automātiskās un ar monētu darbināmas atrakciju iekārtas, elektriski darbināmas rotaļlietas bērniem, rokas spēlēm, rotaļlietas, spēles un rotaļlietas, elektronisko atrakciju aparāti u.c.</t>
   </si>
   <si>
     <t>ūdensnecaurlaidīgi zābaki u.c.</t>
   </si>
   <si>
     <t>somas, apavi, jostas</t>
   </si>
   <si>
     <t>parfimērija, kosmētika, ķermeņa un skaistumkopšanas līdzekļi u.c.</t>
   </si>
   <si>
     <t>ūdenspīpes, tabaka u.c.</t>
   </si>
   <si>
     <t>optika šaujamieročiem u.c.</t>
   </si>
   <si>
     <t>iekārtas vingrošanai un sportam, apģērbi, polo krekli, somas, maki, lietussargi, aksesuāri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> spēles un rotaļlietas, kompaktdiski, DVD diski un citi digitālie datu nesēji, iespiedprodukcija u.c.</t>
   </si>
   <si>
     <t>inhalatori u.c.</t>
   </si>
@@ -7028,104 +6807,96 @@
     <t xml:space="preserve">zobu pasta, mutes skalojamais ūdens, šampūni, kondicionieri, matu kapsulas, tonizējoši līdzekļi, sauļošanās krēmi </t>
   </si>
   <si>
     <t xml:space="preserve">krēmi, šampūni, ķermeņa pieniņš, balzāms, aerosoli, želejas, kapsulas, losjoni, ziedes </t>
   </si>
   <si>
     <t xml:space="preserve">putekļu aizsargbarjera u.c. </t>
   </si>
   <si>
     <t>apģērbi, apavi, somas, saules brilles, juvelierizstrādājumi u.c.</t>
   </si>
   <si>
     <t>apģērbi, aksesuāri u.c</t>
   </si>
   <si>
     <t>farmaceitiskie produkti (alopātiskie, homeopātiskie un fitoterapeitiskie) un higiēnas līdzekļi medicīnai un personīgai higiēnai, diētiskie produkti medicīniskiem nolūkiem, taukskābju, aminoskābju preparāti u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">mēbeles, spoguļi, elektriskās spuldzes, gaismas, statīvi, rāmji, plaukti, stendi, svečturi, vāzes, bļodas, trauki un porcelāns un stikls, papīrs, kartons un izstrādājumi no šiem materiāliem, līmvielas plastmasas iepakojummateriāli, spēles, rotaļlietas u.c.
  </t>
   </si>
   <si>
     <t xml:space="preserve">apģērbs un apavi ar elementiem un aksesuāriem u.c. </t>
   </si>
   <si>
-    <t>video spēles, komiksu sērija/žurnāls, personīgie aksesuāri u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">mugursomas, somas maisi, cita bagāža, cepures u.c. </t>
   </si>
   <si>
     <t xml:space="preserve"> ausu aizbāžņi, dzirdes aizsardzības ierīces nirējiem</t>
   </si>
   <si>
     <t>kosmētikas līdzekļi sievietēm, arī somas, sukas un vēl citi aksesuāri</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbi, apavi, galvassegas, spēles, rotaļlietas, videospēļu aparāti, papīrs, kartons, iespieddarbi u.c. </t>
   </si>
   <si>
     <t>mēbeles, spoguļi, rāmji, paklāji, juvelierizstrādājumi, rotaslietas, mēbeles, spoguļi, rāmji, paklāji, linolejs, dzelzs izstrādājumi, juvelierizstrādājumi, dārgakmeņi, trauki mājsaimniecības vai virtuves vajadzībām, balināšanas līdzekļi, audumi, parastie metāli un to sakausējumi, rokas instrumenti u.c.</t>
   </si>
   <si>
     <t>smaržas, kosmētika, brilles, jo īpaši sporta un saulesbrilles, briļļu futrāļi, pulksteņi, jo īpaši sporta un modes pulksteņi, juvelierizstrādājumi, koferi, čemodāni un somas, sporta somas, plecu un medību somas, sporta apģērbs, tostarp sporta zābaki un sporta apavi u.c.</t>
   </si>
   <si>
     <t>sporta apavi (čības) bērniem</t>
   </si>
   <si>
     <t>radio vadības raidītāji, radio kontrolēti raidītāji, audio ieejas sistēmas galvenais jaudas enerģijas piegādātājs, audio ievades sistēma, durvju domofons u.c.</t>
   </si>
   <si>
     <t>džinsi, krekli, jakas, vestes, bikses, džemperi, šorti, cepures, kombinezoni, kleitas, blūzes, sporta krekli, t-krekli, svīteri, sporta mēteļi, uzvalki, biksītes, trikotāžas, šalles, pončo, zeķubikses, virsdrēbes, apakšveļa, svārki, zeķes, segas u.c.</t>
   </si>
   <si>
     <t>juvelierizstrādājumi (gredzens, kaklarota, kulons, rokassprādze, auskari, pulksteņi), visi produkti ir zeltā (dzeltenā, baltā, rozā) ar dārgakmeņiem vai bez tiem u.c.</t>
   </si>
   <si>
     <t>elektriskā lampas un apgaismojums, un gaismas atstarotāji, sanitārtehniskās iekārtas un aprīkojums, ūdensapgādes iekārtas, degļi, katli un sildītāji, vārīšanas, apkures, dzesēšanas un citas pārtikas un dzērienu apstrādes iekārtas un aprīkojums, kamīni u.c.</t>
   </si>
   <si>
     <t>šokolādes, konfektes, kafija, tēja, kakao un mākslīgā kafija, alus, minerālūdens, gāzēts ūdens u.c.</t>
   </si>
   <si>
     <t>kosmētika, tīrīšanas un higiēnas līdzekļi u.c.</t>
   </si>
   <si>
     <t>rezerves daļas, riteņu diski u.c.</t>
   </si>
   <si>
     <t>elektriskās/elektroniskās ierīces datoriem u.c.</t>
   </si>
   <si>
     <t>apģērbi, CD, DVD, mūzikas iekārtas, plakāti, kolekcionējamas fotogrāfijas u.c.</t>
-  </si>
-[...3 lines deleted...]
-</t>
   </si>
   <si>
     <t xml:space="preserve">somas, galvassegas, džinsi, apakšveļa, krekli u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">apģērbi, apavi un galvassegas, somas, čemodāni, mugursomas, suņu būdas, redeļu kastes suņiem, kastes suņu pārvadāšanai, nemetāliski paliktņi, gultas, spilveni mājdzīvniekiem u.c. </t>
   </si>
   <si>
     <t>pusvadītāji, integrētās shēmas un neierakstīti elektroniski datu nesēji, pusvadītāju ierīces, proti, digitālās, analogās, interfeisa un jauktas signālu shēmas, mikroshēmas, iespiedshēmas plates u.c.</t>
   </si>
   <si>
     <t>apģērbs, apavi, galvassegas, juvelierizstrādājumi, āda un ādas imitācijas, personīgie aksesuāri u.c.</t>
   </si>
   <si>
     <t>aksesuāri un iekārtas mobiliem telefoniem un datoriem, austiņas telefoniem, somas kamerām u.c.</t>
   </si>
   <si>
     <t>gaļa, zivis, mājputni un medījums, gaļas ekstrakti, konservēti, žāvēti un vārīti augļi un dārzeņi, olas, piena produkti, želejas, ievārījumi, kompoti, piens un piena dzērieni, kafija un kafijas aizstājēji, tēja, kakao, dzeramā šokolāde, graudaugu batoniņi</t>
   </si>
   <si>
     <t>kafija, tēja, karstie un aukstie dzērieni, kafijas pupiņas, sviestmaizes, salāti, konditorejas izstrādājumi u.c., kā arī citas preces, kas paredzētas tirdzniecībai, krūzes, magnēti u.c.</t>
   </si>
   <si>
     <t>metināšanas mašīnas un piederumi</t>
   </si>
@@ -7350,53 +7121,50 @@
   <si>
     <t xml:space="preserve"> kosmētika ādas kopšanai, krēmi, serumi, losjoni, šampūni, ārstnieciski ādas kopšanas līdzekļi, zobu pastas, mutes skalojamie līdzekļi, nagu kopšanas līdzekļi, ķirurģiskie, medicīniskie, zobārstniecības un veterinārie aparāti un instrumenti, kā arī mākslīgās ekstremitātes, acis un zobi, ortopēdiski izstrādājumi, šuvju materiāls, seksa piederumi, fizikālās terapijas aprīkojums, knupīši un piederumi barošanai, mākslīgās protēzes un implanti, ortopēdiskie un kustību palīglīdzekļi, visu iepriekš minēto izstrādājumu daļas un piederumi.</t>
   </si>
   <si>
     <t xml:space="preserve"> lauksaimniecības mašīnas, to rezerves daļas, mehānismi un sastāvdaļas, piederumi u.c.</t>
   </si>
   <si>
     <t>jakas, apģērbi, tostarp krekli, uzvalki, bikses u.c.</t>
   </si>
   <si>
     <t>apģērbs, apavi, galvassegas, tekstilizstrādājumi, koferi, somas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">sporta krekli ar kapuci, puloveri ar kapuci, topi ar kapuci, sporta krūšturi, mitrumu izvadoši sporta krūšturi, legingi, sporta bikses, bikses, vīriešu mēteļi, sieviešu mēteļi, ikdienas jakas, sandales un pludmales apavi, vestes, skriešanas apavi, kedas, somas kalnos kāpējiem, pārgājienu mugursomas u.c. </t>
   </si>
   <si>
     <t>apģērbi, modes aksesuāri, peldkostīmi, juvelierizstrādājumi, bižutērija, pulksteņi, apģērbi, apavi, galvassegas, somas u.c.</t>
   </si>
   <si>
     <t>dūnu jakas bez piedurknēm, ūdensizturīgas jakas, vīriešu apakšveļa, biksītes (īsas), ikdienas bikses</t>
   </si>
   <si>
     <t>tabaka un smēķēšanas izstrādājumi, mitrinātāji, tabakas aizstājēji, tabakas grauzdētāji, tabakas dzesēšanas iekārtas, cigāru griezējs, cigāri, pelnu trauki smēķētājiem, elektriskie sildītāji, elektriskie sildīšanas pavedieni, tvaika ģenerēšanas ierīces, elektroniskās cigaretes, elektronisko cigarešu kasetnes, kociņi elektronisko cigarešu tīrīšanai un dezinfekcijai, elektroniskie cigarešu tīrīšanas līdzekļi, elektronisko cigarešu tīrīšanas birstes, spilventiņi elektronisko cigarešu tīrīšanai u.c.</t>
   </si>
   <si>
-    <t>apģērbi, apavi, somas, smaržas, brilles, rotaslietas u.c</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">gaisa žāvētāja kasetne, kārtridžs, filtru kasetne, gaisa filtri, kārtridžs filtra kasetne, gaisa žāvētāja kasetne, gaisa un eļļas filtri </t>
   </si>
   <si>
     <t xml:space="preserve"> apģērbi, apavi, galvassegas,juveleirizstrādājumi, pulksteņi, siksniņas, atslēgu piekariņi, somas, mugursomas, iepirkumu somas, plecu somas, rokassomas, jostas u.c.</t>
   </si>
   <si>
     <t>mēbeles, spoguļi, gleznu rāmji, nemetāliski uzglabāšanas vai transportēšanas konteineri</t>
   </si>
   <si>
     <t>kosmētika, parfimērijas izstrādājumi, odekolons, dezodoranti, vannas un dušas želeja, dušas eļļas, ziepes, līdzeklis roku tīrīšanai, ķermeņa eļļas, ķermeņa losjoni, roku losjons, nagu krēms, šampūni, matu losjoni, sveces un daktis sveču aizdedzināšanai, aromātiskās sveces, tauriņi, nakts lampas u.c.</t>
   </si>
   <si>
     <t>juvelierizstrādājumi, piespraudes, saktas, brošas, aproču pogas, nozīmītes no dārgmetāla, auduma, papīra u.c.</t>
   </si>
   <si>
     <t>vīnogas</t>
   </si>
   <si>
     <t>juvelierizstrājumi, korsetes, apģērbi, jakas, smokingi, šalles apakšveļa, pulksteņi, saulesbrilles, atslēgu piekariņi, gredzeni, ādas atslēgu piekariņi u.c.</t>
   </si>
   <si>
     <t>kārtridžs, filtra kasetne, gaisa žāvētāja kasetne, gaisa filtri, eļļas filtri u.c.</t>
   </si>
   <si>
     <t>kafija, tēja, uzlējumi, kafijas/tējas/uzlējuma pākstis, kafijas/tējas automāti</t>
@@ -7491,111 +7259,102 @@
   <si>
     <t>apģērbi, apakšveļa, peldkostīmi, krūšturi, bikini u.c.</t>
   </si>
   <si>
     <t>ierīce sejas un ķermeņa ādas kopšanai, medicīniskā ierīce ādas apstrādei - kontūrēšanai, pievilkšanai un celulīta mazināšanai, ārstnieciski ādas kopšanas līdzekļi, skaistumkopšanas un kosmētikas produkti u.c.</t>
   </si>
   <si>
     <t>piena mašīnas un ierīces, dzesēšanas un sildīšanas aparāti, sūkņi pārtikas rūpniecībai, kā arī farmācijas un ķīmijas rūpniecībai, vārsti, uzpildes aparāti, visu iepriekš minēto preču daļas u.c.</t>
   </si>
   <si>
     <t>mazgāšanas un balināšanas līdzekļi, tīrīšanas, pulēšanas, attaukošanas un abrazīvie līdzekļi, ziepes, parfimērija, ēteriskās eļļas, kosmētika, matu losjoni, zobu pastas, losjoni pēc skūšanās, pretsviedru līdzekļi, aromterapijas eļļas, dušas želejas, pulveris, ķermeņa krēmi, losjoni un pūderi, elpas atsvaidzinātāji, vannas putas, dezodoranti, ēteriskās eļļas personīgai lietošanai, acu zīmulis, acu ēnas, uzacu zīmuļi u.c.</t>
   </si>
   <si>
     <t>Antminer serveri kriptovalūtu ieguvei un integrētās shēmas (ASIC)</t>
   </si>
   <si>
     <t>apģērbi, apavi, somas, brilles, rotaslietas, rotaļlietas u.c.</t>
   </si>
   <si>
     <t>juvelierizstrādājumi, somas, apģērbi, tekstilizstrādājumi, stikla izstrādājumi, apgaismojums u.c.</t>
   </si>
   <si>
     <t>sadzīves tehnika, elektriskas virtuves ierīces un ierīces pārtikas apstrādei un pārstrādei, presēšanas mašīnas, atkritumu iznīcināšanas aparāti, ieskaitot atkritumu savācējus, atkritumu preses, rokas darbarīki, galda piederumi, skuvekļi, matu griešanas mašīnītes, grieznes, manikīra piederumi, nagu šķēres, vīles u.c.</t>
   </si>
   <si>
-    <t>kostīmi, tērpi izmantošanai lomu spēlēs, kostīmi kā bērnu rotaļlietas, karnevāla maskas, pudeļu attaisītāji u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>alus, minerālūdens un gāzēts ūdens, citi bezalkoholiski dzērieni, alkoholiskie dzērieni u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">tālvadības pultis viedām mājas ierīcēm u.c. </t>
   </si>
   <si>
-    <t>mobilie tālruņi, to futrāļi u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>transportlīdzekļi, to rezerves daļas, aksesuāri, ādas izstrādājumi, somas, apģērbs, apavi, galvassegas, rotaļlietas, sporta preces u.c.</t>
   </si>
   <si>
     <t>vīriešu apģērbi un aksesuāri, somas, jostas, rotaslietas, ādas izstrādājumi, apavi, kaklasaites, smaržas</t>
   </si>
   <si>
     <t>smaržas un kosmētika, nagu kosmētika, ķermeņa kopšanas līdzekļi, brilles u.c.</t>
   </si>
   <si>
     <t>mazgāšanas un balināšanas līdzekļi, ziepes, parfimērijas preces, ēteriskās eļļas, kosmētika, matu losjoni, zobu pastas, personīgās kopšanas līdzekļi, meikaps, lūpu krāsas u.c.</t>
   </si>
   <si>
     <t>apģērbs, apavi, galvassegas, juvelierizstrādājumi, parfimērija, mēbeles, tekstilizstrādājumi, somas u.c.</t>
   </si>
   <si>
     <t>sejas vaigu, acu, lūpu kopšanas līdzekļi, ieskaitot bāzi, korektoru, sejas pūderi, izgaismotāju, grima paletes</t>
   </si>
   <si>
     <t>juvelierizstrādājumi, pulksteņi, pulksteņu siksniņas, pulksteņu daļas, futrāļi, hronometri, laika mērīšanas instrumenti kā pulksteņi, atslēgu piekariņi u.c.</t>
   </si>
   <si>
     <t>kases aparāti, elektroniskie svari, ierīces banknošu autentiskuma pārbaudei, banknošu skaitīšanas iekārtas, rēķināšanas mašīnas, optisko disku un svītrkodu lasītāji, printeri izmantošanai ar datoriem, kartes ar mikroprocesoriem, biroja piederumi u.c.</t>
   </si>
   <si>
     <t>Skūteris Segway KickScooter GT</t>
   </si>
   <si>
     <t>velosipēdi, sauszemes transportlīdzekļi ar pedāļu piedziņu, to detaļas, izņemot riepas un riteņus, velosipēdu rāmji, stūres un velosipēdu stūres kāti, sēdekļi, sēdekļu balsti u.c.</t>
   </si>
   <si>
     <t>kosmētika, farmaceitiskie, medicīnas instrumentu izstrādājumi, trauki un stikla izstrādājumi u.c.</t>
   </si>
   <si>
     <t>farmaceitiskās zāles, preparāti, krēmi</t>
   </si>
   <si>
     <t>elektriskie instrumenti un piederumi mehāniskiem instrumentiem, elektriskie urbji, elektropneimatiskie āmuri, rotējošie āmuri, smilšpapīra slīpmašīnas, elektriskie smilšu strūklu aparāti, ekscentriskā slīpmašīna, disku slīpmašīna, koka lentes slīpmašīnas, pulēšanas diski, elektriskie zāģi, ripzāģi, finierzāģi, rāmja zāģi, motorzāģi, šķērszāģi, slīpzāģi, galda zāģi, radiālie roku zāģi, ķīmiskie izstrādājumi, līmvielas, līmes, sveķi, hermētiķi, saistvielas un epoksīda līmvielas, ķīmiskie enkuri, vinilestera sveķi, poliestera sveķi, līmējošie enkuri, gāzes izmantošanai instrumentos, pulveris izmantošanai instrumentos, vielas iepriekš minēto preču iznīcināšanai, metāla caurules, izolācijas dībeļi, instrumenti sienas enkuru atvēršanai, instrumentu turētājs, instrumentu izgrūdēji u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> gaļa, zivis, mājputni un medījumi, gaļas ekstrakti, konservēti, žāvēti un termiski apstrādāti augļi un dārzeņi, želejas, ievārījumi, olas, piens un piena produkti, pārtikas eļļas un tauki u.c. </t>
   </si>
   <si>
     <t>tēmēkļi šaujamieročiem</t>
   </si>
   <si>
     <t>datoru programmatūra, proti, spēles, elektroniskie spēļu automāti, elektroniskās spēles kā papildu ierīces televizoriem, spēles, rotaļlietas, vingrošanas un sporta preces, kas nav ietvertas citās preču grupās, Ziemassvētku eglīšu rotājumi u.c.</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> kosmētika un tualetes piederumi, zobu pastas, parfimērija, ēteriskās eļļas u.c.</t>
   </si>
   <si>
     <t>krēsli, kas marķēti ar "SCAB" zīmolu no "LISA" līnijas ("Lisa Chair"), krēsli ir izgatavoti ar metāla rāmjiem</t>
   </si>
   <si>
     <t>filtri dzeramā ūdens attīrīšanai, filtru vāciņi, ūdens attīrīšanas ierīces, ūdens apstrādes iekārtas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> galda piederumi, glāzes, stikla ķieģeļi u.c.</t>
   </si>
   <si>
     <t>tālvadības pults mājas automatizācijai u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">apgaismojuma instalācijas, apgaismošanas aparāti, gaismas ķermeņi, apgaismošanas rotājumi (armatūra), dekoratīvs apgaismojums, elektriskās gaismas, apgaismošanas lampas, luminiscences spuldzes, LED spuldzes, apgaismojums, LED apgaismojuma aprīkojums, LED noskaņu apgaismojums 
 </t>
   </si>
   <si>
     <t>apģērbs, apavi, galvassegas, rotaļlietas un sporta preces, somas u.c.</t>
   </si>
   <si>
     <t>farmaceitiski preparāti, zāles, farmaceitiskie izstrādājumi</t>
   </si>
   <si>
     <t>skalošanas poga santehnikas izstrādājumiem, sifoniem, dušai, podiem u.c.</t>
@@ -7683,107 +7442,96 @@
   <si>
     <t>zīmuļi, filca pildspalvas</t>
   </si>
   <si>
     <t xml:space="preserve"> slīpmašīnas, instrumenti, to daļas u.c.</t>
   </si>
   <si>
     <t>serveru sistēmas, tīmekļa lietojumprogrammas, mobilās lietotnes Blackberry, iPad un Co u.c.</t>
   </si>
   <si>
     <t>Epson Europe B.V.</t>
   </si>
   <si>
     <t>kārtridži, printeri u.c.</t>
   </si>
   <si>
     <t>EUTM  003478948 La Martina, EUTM  003476711, EUTM  006541668  LA MARTINA CUERO, EUTM  004949541LA MARTINA, EUTM  013780432  LA MARTINA, EUTM  397117LA MARTINA, EUTM  2539567TMWT, EUTM  017470568 LA MARTINA KIDS</t>
   </si>
   <si>
     <t>EUTM 015620438/EM  ARMANI JUNIOR, EUTM 013541974/EM  AJ 
 EUTM 000504308/EM GA, EUTM 001705185/EM AJ ARMANI JEANS 
 EUTM 013174073/EM  EA7 EMPORIO ARMANI, EUTM 013542121/EM  AJ, EUTM 015742638/EM  A|X ARMANI EXCHANGE, EUTM 015743891/EM, EUTM 015742687/EM EMPORIO ARMANI, EUTM 015743842/EM GIORGIO ARMANI, EUTM 015742562/EM ARMANI EXCHANGE, EUTM 015743991/EM, EUTM 015743867/EM  GA, EUTM 015742653/EM A|X, EUTM 015743801/EM ARMANI, EUTM 015620313/EM ARMANI COLLEZIONI / JEANS, EUTM 015620388/EM ARMANI JEANS, EUTM 015620412/EM ARMANI BABY, EUTM 013540811/EM  EA7 EMPORIO ARMANI, EUTM 015620297/EM  A ARMANI COLLEZIONI</t>
   </si>
   <si>
     <t>EUTM 000060392/EM NO FEAR, EUTM 004733441/EM NO FEAR, EUTM 004733408/EM NO FEAR, EUTM 010856284/EM, EUTM 010855741/EM, EUTM 005229661/EM, EUTM 009509225/EM, EUTM 016168783/EM, EUTM 002312510/EM, EUTM 005247432/EM, EUTM 015274897/EM</t>
-  </si>
-[...6 lines deleted...]
-</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 004656104 Gallo FAMILY VINEYARDS, EUTM 007372774Gallo, EUTM 008639338 Barefoot, EUTM 017978584 Gallo, EUTM 002275667 Nawm, EUTM 002275709 Barefoot, EUTM 017978585 GALLO FAMILY VINE YARDS,EUTM 002319655 Barefoot</t>
   </si>
   <si>
     <t xml:space="preserve">ICD DM/100 028, ICD DM/204 111, ICD DM/207 174, ICD DM/207 720
 ICD DM/103 495, ICD DM/103 494, ICD DM/098 854, ICD DM/098 620
 ICD DM/097 425, ICD DM/096 572, ICD DM/092 390, ICD DM/102829
 ICD DM/100 034, ICD DM/097 207, ICD DM/096 164, ICD DM/089 858
 ICD DM/090 011	</t>
   </si>
   <si>
     <t>EUTM 18071667 Testa d'aquila, EUTM 18903901 Testa d'aquila, ITM 1331400 SR, ITM 1187327 SR, ITM 767523 STEFANO RICCI, EUTM 12042503 SR, ITM 1216793 Teste d'aquila, ITM 1192240 STEFANO RICCI, ITM 1216794 Testa d'aquila</t>
   </si>
   <si>
     <t>EUTM 000813204/EM KATE SPADE, EUTM 000645093/EM KATE SPADE, EUTM 010456101/EM KATE SPADE, EUTM 015504269/EM KATE SPADE NEW YORK, EUTM 009341041/EM kate spade NEW YORK, EUTM 018305516/EM, EUTM 014629877/EM</t>
   </si>
   <si>
     <t>EUTM	014490403 IR, EUTM 014469332 International Rectifier</t>
   </si>
   <si>
     <t>Infineon Technologies Americas Corporation</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 009844127/EM LOUIS VUITTON PARIS, EUTM 000311985 figurative, CDR 000084223-0002 Symboles graphiques, CDR 002424671-0001 Montres, CDR 000084223-0001, Symboles graphiques, CDR 003171230-0001 Valises, CDR 003799436-0001 Lunettes, EUTM 008466179 TURBULENCES, EUTM 016174815 LOUIS VUITTON, CDR 006578274-0001 Souliers, EUTM 014272496  V, CDR 002516708-0002 Maroquinerie (Ornementation pour -), Logos, CDR004678233-0001 Souliers, ITM 1127688 LV, CDR006578274-0003 Souliers CDR 004761401-0001 Chaussures, CDR 003463132-0001	Sacs [emballages], CDR 004157527-0001 Montres, CDR 000463799-0001 Montres, CDR 000463799-0002, CDR 000463799-0003 Montres, CDR 000463799-0004 Montres, ITM 1369936 Marque figurative (cf visuel dans la liste des droits), ITM 1369935 Marque figurative (cf visuel dans la liste des droits), EUTM 15214703 HEURES D'ABSENCE, EUTM 14901367 JE, TU, IL,  EUTM 17471038  LE JOUR SE LEVE, EUTM 15722051 LES FONTAINES PARFUMEES, EUTM 16993586  L'IMMENSITE, EUTM 6587844 LOUIS VUITTON TRUNKS &amp; BAGS (marque figurative : cf visuel dans la liste des droits), ITM 1411805 LV (marque figurative : cf visuel dans la liste des droits), EUTM 13369236  LV (marque figurative : cf visuel dans la liste des droits), ITM 1404143 LV (marque figurative : cf visuel dans la liste des droits), ITM 1472919 LVM (marque figurative : cf visuel dans la liste des droits), ITM 1259454 MATIERE NOIRE, EUTM 14902688 MILLE FEUX ITM 1285283 VVV (marque figurative : cf visuel dans la liste des droits), CDR003025154-0001 Sacs à dos, CDR005241577-0001 Sacs, CDR 002695858- 0001 Sac à main, CDR 007421698-0001 Housses de sacs de couchage, Sacs, CDR 002643429-0001 Sacs à main, CDR 002499467-0001 Sacs à main, CDR005518 222- 0001, EUTM 001172857/EM LOUIS VUITTON, EUTM 000015610/EM LOUIS VUITTON, EUTM 000015628/EM LV, EUTM 000015602/EM LV, EUTM 009844391/EM LV, EUTM 003958428/EM, EUTM 003958394/EM	</t>
   </si>
   <si>
     <t>ITM 1498413/WO PSA GROUPE</t>
   </si>
   <si>
     <t>STELLANTIS AUTO SAS</t>
   </si>
   <si>
     <t>ar mašīnu darbināmi instrumenti, etiķetes</t>
   </si>
   <si>
     <t>ITM 989616 P, EUTM 018678846 R&amp;D, EUTM 018699269 PEAK PERFORMANCE, EUTM 018678978 HIPE, ITM 1058222 BLACK LIGHT, EUTM 002465300 HIPE, EUTM 000056408/EM PEAK PERFORMANCE, EUTM 000056325/EM, EUTM 018699274/EM</t>
   </si>
   <si>
     <t>EUTM 016950537 DRY AGER, BUILT FOR BEEF, CDR 004412138-0013, CDR 004412138-0012, CDR 004412138-0009, CDR 001462204-0001, CDR 004412138-0004, CDR 4412138-0001, CDR 004412138-0007</t>
   </si>
   <si>
     <t>EUTM 000557058/EM, EUTM 010462398/EM, EUTM 011308947/EM
 EUTM 011310059/EM, EUTM 018111538/EM, EUTM 018061675/EM RBL, EUTM 018061674/EM RBL, CDR 005514866-0004/EM, CDR 005825023- 0002/EM, CDR 005514866-0016/EM, CDR 005514866- 0001/EM, CDR 005825023-0009/EM, CDR 005825023-0001/EM</t>
   </si>
   <si>
-    <t>EUTM 018391129 Tympacur, ITM 1560243 XCELLARISPRO, EUTM 017146952 XCELLARISPRO, EUTM 013246822, EUTM 013246467 Tympacur, EUTM 01620046 1DERMAROLLER, EUTM006570436 Dermaroller</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 000064527 DURACELL,EUTM 000146704 (Marque sans texte)
 EUTM	008148934(Marque sans texte), EUTM 017885464 DURACELL, EUTM 017885471(Marque sans texte)</t>
   </si>
   <si>
     <t>CDR 004397438-0005/EM, CDR 004395671-0002/EM, CDR 004397438- 0002/EM, CDR 004397438-0003/EM, CDR 004397438-0004/EM, CDR 004395796-0001/EM, CDR 004395671-0001/EM, EUTM 007194459/EM ACTIVE REPAIR K+, EUTM 017896521/EM 3x Cushioning, EUTM 009250424/EM HYDRO'RESTOR, EUTM 003237674/EM AIR-PILLO, EUTM 015477284/EM AMOPÉ NAIL PERFECT, EUTM 015516446/EM AMOPÉ PERFECT SOLE, EUTM 013699277/EM AMOPÉ WET &amp; DRY, EUTM 017910765/EM ANTI FOOT FATIGUE, EUTM 002202679/EM AQUAJETS, EUTM 000667626/EM BACKGUARD, EUTM 008820102/EM BUSY FEET, EUTM 005494273/EM CLAIM BACK YOUR FOOTPRINT	
 EUTM 012024601/EM CLOG PROGRESS, EUTM 017896508/EM	, EUTM 011664431/EM SCHOLL TAILORED-FIT, EUTM 002673523/EM SCHOLL TRAVEL SOCKS, EUTM 017512971/EM CHOLL ULTRA SOFT, EUTM 018027683/EM SCHOLL UVIT COMPLEX, EUTM 011469822/EM SCHOLL VELVET SMOOTH, EUTM 012838413/EM Scholl Velvet Smooth Diamonds Crystals, EUTM 012993391/EM AMOPÉ, EUTM 012137642/EM Amopé	
 ITM 958745/WO BiOPRiNT, EUTM 012859708/EM Scholl Velvet Smooth Express Pedi, EUTM 013685029/EM SCHOLL VELVET SOFT, EUTM 012755377/EM SCHOLL DIAMOND CRYSTALS, EUTM 003901881/EM PARTY, EUTM 003132693/EM PARTY FEET, EUTM 003672466/EM PARTY FEET</t>
   </si>
   <si>
     <t>CDR 015029035-0001/EM, CDR 015029035-0002/EM, CDR 015029035- 0004/EM, CDR 015029035-0003/EM, CDR 015029035-0006/EM, CDR 015029035-0005/EM</t>
   </si>
   <si>
     <t>METALLICA</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1516399 COCOMELON, EUTM 018769924 COCOMELON ANIMAL TIME, EUTM 018274761 Blippi, EUTM 018755551 COCOMELON, EUTM 018277289 COCOMELON, EUTM 018175009 COCOMELON, EUTM 018175004 COCOMELON, ITM 1515399 COCOMELON, EUTM 018274759 BLIPPI, </t>
   </si>
   <si>
     <t>EUTM 013622824 VEKLURY, EUTM 014453146 VEMLIDY, EUTM 012953154 EPCLUSA, EUTM 016057036 BIKTARVY, EUTM 013798053 ODEFSEY, EUTM 012520557 DESCOVY, EUTM 012520607 GENVOYA, ITM 1043425 GSI, EUTM 012241915 HARVONI, EUTM 015993082 VOSEVI</t>
   </si>
   <si>
     <t>EUTM 018475326/EMREPRESENT 247, EUTM 003934775/EMREPRESENT, ITM 1424440/WOREPRESENT, ITM 1453200/WOREPRESENTCLO, ITM 1692690/WOREPRESENT OWNERS' CLUB POWERED BY ENTHUSIASTS for enthusiasts, ITM 1692691/WO REPRESENT OWNERS' CLUB</t>
   </si>
   <si>
     <t>EUTM 000646877(Marque sans texte), EUTM 000592493BIG BABY, EUTM 009564791BIG BABY POP, EUTM 008639312BAZOOKA CANDY BRANDS, EUTM 000120923BAZOOKA, EUTM 000120709RING POP, EUTM 010718799 JUICY DROP POP CANDY, EUTM 001400407 (Marque sans texte), EUTM 000646919 (Marque sans texte), EUTM 002649622 JUICY DROP	, EUTM 000733790 BIG BABY POP, EUTM 008245243 Bazooka</t>
@@ -7808,53 +7556,50 @@
     <t>EUTM 6130132 NO NAME, EUTM 010966976 S, EUTM 0011247582 NO NAME, EUTM 10688786 NO NAME, EUTM 1216817 5elit - Figurativa	, EUTM 018000865 Sin texto, EUTM 1216811 8elit - 3D, EUTM 1522246 elit Eighteen, EUTM 18000858e lit eighteen, EUTM 1513576 elit eighteen</t>
   </si>
   <si>
     <t>EUTM 009512096 XRLI-ION, EUTM 009512237 XR, EUTM 000541581, EUTM 000499004, EUTM 000498717, EUTM 002297604, EUTM 000541623, EUTM 002716843, EUTM 017093121 DEWALT, EUTM 003485893 DEWALT</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM017867472 M18, EUTM017488917 (Trade mark without text), EUTM 017089533 REDLITHIUM, EUTM 010274595 M28, EUTM 017511262 M18 HIGH DEMAND, EUTM 012099231 M18 FUEL, EUTM 010274661 M18, EUTM 010355626 M14, EUTM 012103529 M12 FUEL, EUTM 010274553 M12, EUTM 003360187 NOTHING BUT HEAVY DUTY MILWAUKEE, EUTM 012520938 Milwaukee, EUTM 015082506 MILWAUKEE, EUTM 009639147 MILWAUKEE	</t>
   </si>
   <si>
     <t>Willy Bogner GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 013532511 LITTLE MY, EUTM 009640384 MOOMIN, EUTM 013532973 Trade mark without tex, EUTM 013532809 Trade mark without text, EUTM 013532874 Trade mark without text, EUTM 013530308 MUUMI, EUTM 002255214 MUUMIT MUMIN THE MOOMINS, EUTM 012683462 MUUMI, EUTM 013532585 NUUSKAMUIKKUNEN, EUTM 013532528 MOOMIN, EUTM 009697434 MOOMIN, EUTM013533062 Trade mark without text, EUTM 010070671 MOOMIN, EUTM 013533153 Trade mark without text, EUTM013532643PIKKU MYY, EUTM 007036791 Trade mark without text, EUTM 009697392 Trade mark without text, EUTM 017165945 MOOMINVALLEY, EUTM 010709541 Tove Jansson	</t>
   </si>
   <si>
     <t>EUTM 000083345 DELL, EUTM 008295362 DELL, EUTM 000083295 DELL, EUTM 006420641 DELL, EUTM 003087641 DELL, EUTM 003370061 DEL, EUTM 015767965 DELL, EUTM 012754883 DELL</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 13315247, UTM 13315254, EUTM 13315304, EUTM 13315106 
 EUTM 13315114 , EUTM 13315122, EUTM 13315130, EUTM 13315148, EUTM 13315155, EUTM 13315163, EUTM 13315197, EUTM 13315205, EUTM 13315213, EUTM 13315221, EUTM 13315239, EUTM 000517383, EUTM 2297216, EUTM 001280148 SMILEY, EUTM 000883198, EUTM 007051841HAPPY TRAVEL, EUTM 010561314 10000058 HAPPY TRAVELS, EUTM 008504607, EUTM 008504581, EUTM 001277391, EUTM 008504136, EUTM 008827198 HAPPY CASHMERE, EUTM 008841157, EUTM 000890758, EUTM 008890725, EUTM 008890659, EUTM 008890601, EUTM 008890543, EUTM 008505471, EUTM 008505331, EUTM 008505315, EUTM 008505539, EUTM 9429432, EUTM 008505703, EUTM 008505695, EUTM 008510653, EUTM 008505588, EUTM 008890592, EUTM 008505778, EUTM 008890881, EUTM 003751, EUTM 008505737 
 </t>
   </si>
   <si>
     <t>Exelite SpA</t>
-  </si>
-[...1 lines deleted...]
-    <t>EUTM 1141206 M (fig.), EUTM 1207028 M (fig.), CDR 000944475-0002 Borsa, EUTM 010878601 Figura di papero, CDR 000944475-0001 Borse, CDR 000715941- 0004 Articolo di abbigliamento, CDR 000715941-0005 Articoli di abbigliamento, EUTM 991914 Campana Moncler (fig.), CDR 000715941-0001 Calzature	, EUTM 1075327 Vignetta papero (fig.), CDR 000194089-0001 Articoli di abbigliamento, CDR 000944475-0003 Borse, EUTM 5972112 Moncler,EUTM 1119381 Moncler (fig.), EUTM 10876639 Papero tridimensionale, EUTM 00579 6594 Moncler, CDR 000715941-0002 Calzature, EUTM 0991913 Figura di campana vuota, CDR 000944475-0004 Borse, CDR DM/078098-1,2,3 Capi di abbigliamento, CDR 000715941-0003 Calzature, ITM 1299020 DIST DOWN INTEGRITY SYSTEM &amp;TRACEABILITY, CDR002484576-0001 Sandali, ITM 1448305 MONCLER GENIUS (fig.), ITM 1145779 MONCLER GAMME BLEU, CDR 000944475-0005 Borse, ITM 1451345 3 campane,  ITM 1450763 MON CLER GENIUS, EUTM 013444377 LONGUE SAISON MONCLER</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 0449562 AKNEMYCIN, EUTM 00507411 AKNEMYCIN PLUS	
 ITM 825625 AKNENORMIN, ITM 466932 AKNEROXID, ITM 1081432 BALNEUM,EUTM 5074241BALNEUM PLUS,ITM 839537 CRINOHERMAL, EUTM 15012966 DECODERM, EUTM 11536703 GELACET, EUTM 2859577 HERMAL, ITM 1223485 PEDICUL HERMAL, ITM 838105 TANNO-HERMAL, EUTM 312413 VAGI C, ITM445754 VERRUMAL	</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 006549638 BETALFATRUS, EUTM 003111631 CICLOPOLI, EUTM 010259836 CICLOSAN, EUTM 014587638 DAFNEGIN, EUTM 012235578 ECOCEL PLUS, EUTM 3677804 FEMIPRIM, EUTM 018105802 FINJUVE, EUTM 009406745 GYNOMUNAL, EUTM 007065881 KITONAIL, EUTM 011279981 MYCONAIL, EUTM 006648521 NIOGERMOX, EUTM 003847704 NORMAFLOR, EUTM 012251948 ONYTEC, EUTM 005240312 ONY-TEC, EUTM 5015565 POLICHEM, EUTM 004613758 POLINAIL, ITM 1044835 SILILEVO, EUTM 009241051 ZELOGLIN	
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 013558044 PIXUVRI, ITM 1034557 COVERSYL Perindopril arginine 5 mg, ITM 1039022 DIAMICRON MR, EUTM 010735223	 ARCALION, EUTM 007040851 ACERYCAL, EUTM 005683561 COVERAM, EUTM 005612577 COVERLAM, EUTM 011859865/EM DETRALEX 2, EUTM 004949186/EM FLUDEX, EUTM 008802861/EM FLUTENSIF, EUTM 006135792/EM  LOCABIOSOL, EUTM 006136527/EM LOCABIOTAL, EUTM 005036058/EM NATRILIX, EUTM 008445207/EM NATRIXAM, EUTM 005819834/EM NOLITERAX, EUTM 005154968/EMOSSEOR, EUTM 007134265/EM PNEUMOREL, EUTM 005657291/EM RESTANCE, EUTM 005723531/EM PRETERAX, EUTM 003505146/EM PROCORALAN, EUTM 002849008/EM  PROTELOS, EUTM 010704179/EM STABLON, EUTM 006068944/EM  TERAXANS, EUTM 009025347/EM TERTENSAM, EUTM 005727268/EM TERTENSIF, EUTM 008980641/EM TRIPLIXAM, EUTM 002432904/EM  VALDOXAN, EUTM 008802712/EM FLUDEXAM, EUTM 005612569/EM COVERDINE, EUTM 005941364/EM VIACORAM, EUTM 012780664/EM REAPTAN, EUTM 011738747/EM TRIVERAM, EUTM 012193264/EM LIPERTANCE, EUTM 006253314/EM COVERSORAL , EUTM 006501092/EM ARPLEXAM, EUTM 011440187/EM  PRESTALIA, EUTM 010772382/EM IMPLICOR, EUTM 005396965/EM ARPARIAL, EUTM 010827591/EM  COSYREL, EUTM 010829398/EM  COSIMPREL, EUTM 005217898/EM  VIALIBRAM , EUTM 004936407/EM ARVACORAM, EUTM 006623458/EM TRIPLINOR, EUTM 014438568/EM PROALTOR, EUTM 013960018/EM  CAREVALAN, EUTM 010749257/EM  STOVADIS, EUTM 012193371/EM  STAPRESSIAL, ITM 1130957/WO 10765984 PRESTILOL, ITM 1133970/WO 10765985 ASEMBIX </t>
   </si>
   <si>
     <t xml:space="preserve">CDR 001361430-0017, CDR 001361430-0012, CDR 001361430-0014, CDR 00161430-0010, CDR 001361430-0005, CDR 001361430-0007, CDR 001361430-0008, CDR 001361430-0009, CDR 001361430-0015, CDR 001361430-0001, EUTM 004012845Teenage Mutant Ninja Turtles2 Battlenexus, CDR 001361430-0013, EUTM 005164173 TMNT, EUTM 4227682 Teenage Mutant Ninja Turtles Mutants &amp; Monsters, EUTM 004166245 Teenage Mutant Ninja Turtles Mutant Melee, EUTM 002502292 Teenage Mutant Ninja Turtles, EUTM 004433884 Teenage Mutant Ninja Turtles 3 Mutant Nightmare, EUTM 5755442 TMNT, EUTM 0010106672 Teenage Mutant Ninja Turtles, CDR 001361430- 0018, CDR 001361430-0002, CDR 001361430-0004, CDR 001361430- 0003, CDR 001361430-0016, CDR 001361430-0011, CDR 001361430- 0006, EUTM 5164173/TMNT, EUTM 4227682/Teenage Mutant Ninja Turtles Mutants &amp; Monsters, EUTM 4166245/Teenage Mutant Ninja Turtles Mutant Melee, EUTM 2502292/Teenage Mutant Ninja Turtles, EUTM 4433884/Teenage Mutant Ninja Turtles 3 Mutant Nightmare, EUTM 5755442/ TMNT, CDR 1361430-0005, CDR 1361430-0006, CDR 1361430-0007  
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000811042 FINAL FANTASY, EUTM 002264505 FINAL FANTASY, EUTM 003361326 SQUARE ENIX 
 </t>
   </si>
   <si>
     <t>EUTM 017181124  VW AG, EUTM 009383506	Volkswagen, EUTM 009383514 VW, EUTM 017181124  VW AG, EUTM 009383506 Volkswagen, EUTM 009383514 VW, ITM 1282574   Caravelle, , EUTM 018470387 GTI, ITM1136520 Multivan, ITM 1441120 ID., EUTM 002069342</t>
   </si>
   <si>
     <t>EUTM 000472415 EPAL</t>
@@ -7940,56 +7685,50 @@
  018352866CHILDREN OF BLOOD AND BONE, EUTM 018352867 CLONE FORCE 99, EUTM018352868LANDO STAR WARS	,EUTM 018352869OBI-WAN KENOBI, EUTM018352870ROGUE SQUADRON
 EUTM018352871STAR WARS A DROID STORY, EUTM018352872 STAR WARS AHSOKA, EUTM018352873STAR WARS ANDOR
 EUTM018352874STAR WARS RANGERS OF THE NEW REPUBLIC
 EUTM018352875STAR WARS THE ACOLYTE,EUTM018352876 
  THE ACOLYTE, EUTM009986928STAR WARS DETOURS</t>
   </si>
   <si>
     <t>EUTM 006646327 THE KOOPLES, EUTM 006995286 The Kooples	
 EUTM 006994594 The Kooples, EUTM 017932720 THE KOOPLES PARIS, EUTM 010704682 SPORT The Kooples, EUTM 010330306 SPORT The Kooples, EUTM 010005825 The Kooples, ITM 0864063 THE SKULL HEAD, EUTM 007099682 KOOPLES, EUTM 018034164 KOOPLES X SPORT</t>
   </si>
   <si>
     <t>PENHALIGONS LIMITED</t>
   </si>
   <si>
     <t>EUTM 005013511 SHAUN THE SHEEP, EUTM 003811651 WALLACE &amp; GROMIT, EUTM 003930013 NAWM, EUTM 008766313 TIMMY TIME, EUTM 001407337 Aardman, EUTM 003929973 NAWM, EUTM 005018941 NAWM, EUTM 010790723 HOME SHEEP HOME</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 008032502-0046, CDR 008032502-0045, CDR 008283774-0001, CDR 008032502-0002, CDR 008032502-0010, CDR 008032502-0041, CDR 008032 502-0028, CDR 008032502-0032, CDR 008032502-0025, CDR 008172779-0009, CDR 008032502-0026, CDR 008032502-0008, CDR 008032502-0016, CDR 008032502-0004, CDR 008032502-0038, CDR 008032502-0022, CDR 008032 502-0033, CDR 008032502-0035, CDR 008032502-0049, CDR 008032502-0015, CDR 008172779-0001, CDR 008032502-0039, CDR 008032502-0019, CDR 008032502-0027, CDR 008032502-0031, CDR 008172779-0002, CDR 00803 2502-0042, CDR 008032502-0024, CDR 008032502-0005, CDR 008032502-0023
 CDR 008032502-0021, CDR 008172779-0008, CDR 008247373-0004, CDR 008247373-0005, CDR 008247373-0003, CDR 008247373-0002, CDR 008247 373-0006, CDR 008247373-0001, CDR 008438428-0009, CDR 008438428-0004,CDR 008438428-0001, CDR 008438428-0010, CDR 008438428-0003, CDR 008438428-0012, CDR 008438428-0008, CDR 008438428-0002, CDR 008478 507-0009, CDR 008478507-0005, CDR 008478507-0006, CDR 008478507-0002	</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  4905451  P.J.S THAT OTHERS MAY LIVE PARAJUMPERS  
 EUTM  4905493 PARAJUMPERS, ITM  1071978  FELTED TAILORED GARMENTS, EUTM  10283828  FFELTED TAILORED GARMENTS of Gionata Malagodi, EUTM  13390241 OC, EUTM  13390273 OC AUTHENTIC MASTERFLEECE, EUTM  16976615 PARAJUMPERS, EUTM  12144473  P*J*S, EUTM  16976607 P.J.S., EUTM  12144432  PJS PARAJUMPERS, EUTM  13597562  ROUNDTRIP  </t>
   </si>
   <si>
-    <t>CDR 009099401-0001</t>
-[...4 lines deleted...]
-  <si>
     <t>EUTM 1665746 Wolfspeed, EUTM 018480379 WOLFSPEED WOLFPACK, EUTM 018676771 WOLFSPEED LEADING THE PACK, EUTM 018480384 WOLFSPEED WOLFPACK, ITM 1578058 (Marque sans texte), EUTM 018770170 (Marque sans texte), EUTM 018651236 Wolfspeed, ITM 1650904 Wolfspeed, ITM 1299560 Wolfspeed, EUTM 018770169 (Marque sans texte), EUTM 1299563 (Marque sans texte), EUTM 018851646 Wolfspeed Unleashing the Power of Possibilities, ITM 1713660 (Marque sans texte), EUTM 014730683 WOLFSPEED, EUTM 018666965 WOLFPACK, EUTM 018448147 WOLFSPEED, EUTM 018637882 (Marque sans texte), EUTM 018480364 WOLFSPEED WOLFPACK</t>
   </si>
   <si>
     <t>EUTM 018732418/EM CHARLOTTE'S LAW OF ATTRACTION, EUTM 018710326/EM TILBURY LOVING CARE, EUTM 011193414/EM CT, EUTM 004003034/EM CHARLOTTE TILBURY, EUTM 017968199/EM HOUSE OF TILBURY H.O.T., EUTM 018101907/EM CHARLOTTE'S BEAUTY SECRETS, EUTM 017968198/EM HOUSE OF TILBURY, EUTM 018143846/EM CHARLOTTE DARLING, EUTM 016658684/EM CHARLOTTE TILBURY, EUTM 014780597/EM CHARLOTTE TILBURY, EUTM 017894111/EM CHARLOTTE’S MAGIC MIRROR, EUTM 018101898/EM CHARLOTTE'S MIRACLE SERUM, EUTM 018383354/EM CHARLOTTE TILBURY, EUTM 018397246/EM CHARLOTTE’S BEST SKIN FOUNDATION, EUTM 017760281/EM CHARLOTTE'S GENIUS MAGIC POWDER, EUTM 017504283/EM CT, EUTM 018101908/EM CHARLOTTE'S MIRACLE LIP OIL, EUTM 018741908/EM CT</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 014179816	Mothers of Dragons, EUTM 013974746 Videosyncrasy, EUTM 013970744 Virtuoso, EUTM 013914544 Quarry, EUTM 01391459 3Last Week Tonight, EUTM 013767884 Iron Throne, EUTM 014634935 Winter is coming, EUTM 013453733 Home of Thrones,EUTM 004112546 Sex and the City, EUTM 003939196 Home Box Office, EUTM 003939204 HBO (woord), EUTM 013002324 Vice Principals, EUTM 003863701 Longnight, EUTM 12926028 American Century Records, EUTM 012838868 Ballers, EUTM 012711065 Ballers, EUTM 012709994 The Brink, EUTM 012631685 Silicon Valley, EUTM 012256699 The Knick, EUTM 012256665 Knickerbocker Hospital, EUTM 012172011 True Detective, EUTM 012169249 Looking, EUTM 012019311 Togetherness, EUTM 011983442 Game of Thrones Ascent (Design), EUTM 003227329 The Sopranos (logo), EUTM 011674124 Got, EUTM 011648904 True Detective, EUTM 011632635 Game of Thrones, EUTM 011599669 Hooli, EUTM 011483311 Sex and the City, EUTM 011483328 GIRLS HANNAH MARNIE SHOSHANNA JESSA (logo)EUTM 011394236 Its HBO. Anywhere. Anytime, EUTM 011387016 HBO Sports (logo), EUTM 01138700 8HBO PPV (logo), EUTM 011386976 HBO Boxing World Championship (logo), EUTM 011387032 HBO Boxing (logo), EUTM 011386968 HBO Boxing After Dark, EUTM 011379492 Hello Ladies, EUTM 011339223 Girls Hannah Marnie Soshanna Jessa, EUTM 011339231 Girls (Logo block letters), EUTM 011266665 Girls (logo rectangular), EUTM 011255627 Girls (logo rectangular), EUTM 011153483 Banshee, EUTM 002833598 Six Feet Under, EUTM 011141579 HBO Nordic, EUTM 010939015 Cinemax, EUTM 010878148 The Newsroom, EUTM 010743607 HBO Europe (logo), EUTM 010656437 Khaleesi, EUTM 017594359 Problem Areas	</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 009038134 RECIPROC, EUTM 012754222 VDW, EUTM 009041931 Marque figurative, EUTM 008624091  2SEAL, EUTM 008624066 2SEAL EASYMIX, EUTM 005017769 BEEFILL, EUTM 008550766 C-PILOT, EUTM 000779330 Canal blue, EUTM 002093870 CANAL CLEAN, EUTM 008549982 CC+, EUTM 013401443 EDDY, EUTM 002846988 Endo Easy Efficient, EUTM 002851541 Endo Einfach Erfolgreich, EUTM 000910844  Flex-Master, EUTM 002093672 GUTTACUT, EUTM 011183134  GUTTAFUSION, EUTM 002093417  GUTTAMASTER, EUTM 008550006 KENDO, EUTM 002093839 LAVENDO, EUTM 008550022 NOVAPEX, EUTM 010853893 ONEGUTTA, EUTM 008550808 PROENDO, EUTM 002094126 RAYPEX, ITM 1094507 VDW, ITM 1008583  VDW, EUTM 006824551 VDW GOLD, EUTM 010605046 VDW SAFETYLOCK, EUTM 006824809 VDW SILVER, EUTM 010081206 VDW STERILE, EUTM 013201199 VDW. CONNECT DRIVE, EUTM 013201165 VDW.CONNECT LOCATE, EUTM 008744534 VDW.PLATINUM, EUTM 007198591 VDW. ULTRA, CDR 001428635-0001 Modèle de l'Union Européenne, CDR 002602466-0001 Modèle de l'Union Européenne, CDR 002647933-0001 Modèle de l'Union Européenne, CDR 002685404-0001 Modèle de l'Union Européenne, CDR 002685438-0001  Modèle de l'Union Européenne 
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 011747672 The International Rugby Football Board The Webb Ellis Cup, EUTM 010526317, EUTM 011747797, EUTM 011744034 RWC, EUTM 000739433, EUTM 000739417, EUTM 015238843, EUTM 014842711 JAPAN 2019, EUTM 004036463 SPIRIT OF RUGBY, EUTM 015238843 RUGBY WORLD CUP JAPAN, EUTM 014842711 JAPAN 2019, EUTM 004036463 SPIRIT OF RUGBY, EUTM015238843 RUGBY WORLD CUP JAPAN 2019, EUTM 015387947	RUGBY WORLD CUP JAPAN, EUTM 015387913 RUGBY WORLD CUP JAPAN, EUTM 015387947, EUTM 015387913, EUTM 017718651, EUTM016428799 WORLD RUGBY HALL OF FAME, EUTM 011732021 WORLD IN UNION, EUTM 010890226 ENGLAND 2015, EUTM 011740297 ENGLAND 2015, EUTM 012943452, EUTM 000210401 RUGBY WORLD CUP, EUTM 011731874 RUGBY WORLD CUP, EUTM 011743945 RUGBY WORLD CUP 2015, EUTM 011724903 RWC, EUTM 011739943 RUGBY WORLD CUP, EUTM 000210492 RUGBY WORLD CUP, EUTM 002802080 RWC, EUTM 002802106 RWC, EUTM011744026 ENGLAND, EUTM	003614997 THE WEBB ELLIS CUP, EUTM 011747383 THE WEBB ELLIS CUP, EUTM 017985370/EM RUGBY WORLD CUP FRANCE 2023	
    </t>
   </si>
   <si>
     <t>EUTM 003451259 BLOSSOM HILL, EUTM 004235495 BV, EUTM 2343788 BEAULIEU VINEYARD, ITM 1305079/WO BLOSSOM HILL, EUTM 002343804/EM BEAULIEU, EUTM 004235503/EM Beaulieu Vineyard, EUTM 002343895/EM BV, EUTM 006454953/EM BLOSSOM HILL, ITM 1305080/WO</t>
   </si>
   <si>
     <t>EUTM 018659186/EM, EUTM 002126530/EM GUCCI RUSH 2, EUTM 009220161/EM GUCCI GUILTY, EUTM 006318646/EM GUCCI, EUTM 009381096/EM Gucci, EUTM 009376864/EM, ITM 760787/WO GUCCIrush2, ITM 1098949/WO GG, EUTM 011759032/EM GG, EUTM 018101010/EM GUCCI MEMOIRE D'UNE ODEUR, EUTM 018232154/EM GUCCI, EUTM 018232156/EM, EUTM 017869029/EM, EUTM 017891533/EM GG, EUTM 017969329/EM GUCCI GG, EUTM 017939045/EM THE ALCHEMIST'S GARDEN, EUTM 012715231/EM GG, EUTM 012715454/EM GG, EUTM 012715355/EM GG, EUTM 006414353/EM Gucci BY GUCCI, EUTM 008967895/EM GG, EUTM 008967846/EMt, EUTM 003474971/EM, EUTM 000122093/EM GG, EUTM 000122051/EM GG, EUTM 005172218/EM, EUTM 006203971/EM FLORA BY GUCCI, EUTM 006208292/EM Flora BY GUCCI, EUTM 003836491/EM, EUTM 009604653/EM GG, EUTM 002751535/EM GG, EUTM 018513039/EM GG, EUTM 010444552/EM GG, EUTM 010444561/EM GG, EUTM 000121988/EM GUCCI, EUTM 002338556/EM GG, ITM776197/WO GG, ITM1385371/WO GUCCI BLOOM, ITM 791674/WO GG, ITM 940984/WO GG, ITM 704535/WO GUCCI RUSH, ITM 662333/WO ENVY, NTM M 15 935/LV, NTM M 15 993/LV GUCCI</t>
   </si>
   <si>
     <t>EUTM 010853001 OLUMIANT, EUTM 018129502, EUTM 018130857 RETSEVMO, EUTM 012763108 CYRAMZA, EUTM 010350635 CYRAMZA, EUTM 01284969 1trulicity, EUTM 009986159 TRULICITY, CDR 000124292-0009, EUTM 003915071 C, CDR 000124284-0001, EUTM 000299685 HUMALOG, EUTM 000299644 HUMATROPE,CDR 000124284- 0004, CDR 000124292-0012, EUTM 002869634, EUTM 001223916 CIALIS, EUTM 001235902 Lilly, EUTM 000237016 LILLY, EUTM 000828715 ALIMTA, EUTM 014826283 OLUMIANT</t>
@@ -8008,123 +7747,90 @@
   <si>
     <t>ITM 1255219 THREE KINGS diamondshape right, ITM 520344 THREE KINGS, ITM 1134115 HREE KINGS, ITM 520347 (logo b-w), ITM 1244086 charcoal in circle on red background, ITM 1461968 THREE KINGS FOIL, EUTM 015951536 THREE KINGS</t>
   </si>
   <si>
     <t>ITM 1762363/WO WHITE FOX, EUTM 017516196/EM VEUX</t>
   </si>
   <si>
     <t>WHITE FOX BOUTIQUE PTY LTD</t>
   </si>
   <si>
     <t>Segway Inc.</t>
   </si>
   <si>
     <t>motorolleri ratiņi, ratiņkrēsli, ratiņi vieglajām automašīnām, daļas un piederumi visām minētajām precēm u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 018629587 SEGWAY GT, EUTM 018561284 SEGWAY, EUTM 018561281, EUTM 018195400, EUTM 018065598, EUTM 018065596
 EUTM 017996310, EUTM013665807SEGWAY, EUTM 013665781, CDR 002553776-0002, CDR 002553776-0001, CDR 002517938-0002, CDR 002517938-0001, CDR 000643630-0002, CDR 000643630-0001, EUTM 002958684, EUTM 002721900i, EUTM 002957587SEGWAY, EUTM 002545762SEGWAY 
  </t>
   </si>
   <si>
     <t xml:space="preserve">CDR 001184535-0003, EUTM 004521431 CESAR, CDR 001052401-0002, CDR 001052401-0003, CDR 001052401-0004, CDR 001052401-0005, EUTM 002020162 CESAR, EUTM 002884476 CESAR CULINARIA, EUTM 017901083 CESAR DESIGNED BY DOGS, CDR 001052401-0001, CDR 001184535-0001, CDR 001184535-0007, CDR 000849021-0001, EUTM 000001090 CESAR, EUTM 000047894 (Trade mark without text), EUTM 007355977 Cesar, EUTM 000886853, EUTM 001343375, EUTM 009781337 Cesar, CDR 000849021-0002, CDR 001982430-0002 LIGHTLY GRILLED, EUTM 011034816 PAWS IN PLACES, CDR 001982430-000 1LIGHTLY GRILLED, CDR 002072876-00011 PAWS IN PLACES, CDR 002072876-0002
 EUTM 007334881 CESAR SUNRISE, EUTM 017919242 CESAR TWINNING, EUTM 003676749 CESAR DEVOTIONS, EUTM 016078248 (Trade mark without text)	</t>
   </si>
   <si>
-    <t>BRITA SE</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 000226316 swatch /fig./, EUTM 000226019 SWATCH, ITM 1134259 SWATCH </t>
   </si>
   <si>
     <t>BOTTEGA VENETA S.R.L. SOCIETA' UNIPERSONALE</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 015051812-0002/EM, CDR 015059382-0014/EM, EUTM 018084635/EM BOTTEGA VENETA, ITM 947399/WO BOTTEGA VENETA, EUTM 012834016/EM BOTTEGA VENETA, ITM 1594396/WO BOTTEGA for Bottegas, EUTM 003899184/EM BOTTEGA VENETA, EUTM 011894045/EM KNOT, EUTM 006632905/EM, EUTM 006632624/EM, EUTM 006687081/EM
 EUTM 006809362/EM BOTTEGA VENETA, ICD D202195-0003/WO, CDR 008870828-0001/EM, CDR 008871693-0013/EM, CDR 009182819-0007/EM, CDR 008871693-0017/EM, CDR 015012558-0010/EM, CDR 009182744-0001/ EM, CDR 015001962-0003/EM, ICD D103165-0004/WO, CDR 009185002- 0019/EM, CDR 015001962-0020/EM, ICD D200472-0005/WO	</t>
-  </si>
-[...10 lines deleted...]
-    <t xml:space="preserve">EUTM 009530254/EM HELL ENERGY DRINK, EUTM 009530511/EM HELL ENERGY, EUTM 011485133/EM HELL Energy Drink, EUTM 014642136/EM HELL energy drink, EUTM 014749253/EM HELL ENERGY, EUTM 018329594/EM HELL, EUTM 018019513/EM XIXO, EUTM 018002049/EM, EUTM 018216919/EM POWERED BY HELL, EUTM 015367592/EM HELL ENERGY DRINK, EUTM 015357271/EM XIXO, EUTM 015357353/EM XIXO, CDR 001263628-0001/EM	</t>
   </si>
   <si>
     <t>EUTM 014189385 GARDEN OF LIFE, EUTM 009975418 GARDEN OF LIFE, EUTM 018141206 GARDEN OF LIFE</t>
   </si>
   <si>
     <t xml:space="preserve">ICDDM/078358,  EUTM 010184372 HILTI Marke ohne Text, EUTM 003424661 Marke ohne Text, EUTM 005961644	 HILTI, ICD DM/081496, ICD DM/074987, ICD DM/075963, ICD DM/082019, ICD DM/082519, ICDDM/076318, CDR 000677190-0002, ICD DM/079590, ITM 1288148 HI, ICD DM/094247, ICD DM/087261, ICD DM/089713, ICD DM/094068, ICD DM/094 426, ICD DM/101 288, ICD DM/102 390, ICD DM/102 855, ICD DM202316 Job floodllight stand, ICD DM/202028 Bodenradar, ICD DM/205983 Patronen, ICD DM/080065, ICD DM/074344, ICD DM/082217, ICD DM/ 074117, CDR 000909932-0001, CDR 000100649-0001, CDR 000100649-000, ICD DM/082425, ICD DM/081539, ICD DM/081434, ICD DM/076048, ICD DM/075961, ICD DM/079577, ICD DM/077611, ICD DM/081175, ICD DM/083873, ICD DM/091866, ICD DM/081247	</t>
   </si>
   <si>
     <t xml:space="preserve"> ITM 1030712/WO NESPRESSO, ITM 882456/WO NESPRESSO. WHAT ELSE?, ITM 1137705/WO NESPRESSO WHAT ELSE?,EUTM 002977569/EM NESTLE, EUTM 002793792/EM NESPRESSO	</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  008487613 BEATERATOR, EUTM  003391216  93041234  MANHUNT, EUTM  007356471  93041232  BULLY, EUTM  004237186  93041230  BULLY, EUTM  008351397  RED DEAD REDEMPTION, EUTM  002582765 RED DEAD REVOLVER, EUTM  003035425 MIDNIGHT CLUB, EUTM  011398179 MAX PAYNE, EUTM  012023487 2K, EUTM  008374365 T2 TAKE TWO INTERACTIVE, EUTM  010487114 R, EUTM  008274144 R, EUTM  008236441 BIOSHOCK, EUTM  006247969 BIOSHOCK, EUTM  009126053 XCOM, EUTM  008374357  CIVILIZATION, EUTM  000546754 CIVILIZATION, EUTM  013238407EVOLVE, EUTM  000372268 GRAND THEFT AUTO, EUTM  003556172 T2 TAKE TWO, EUTM  003391133 ROCKSTAR, EUTM  001154764 GT, EUTM  004486627  2K, EUTM  008374324 ROCKSTAR, EUTM  008374332 GRAND THEFT AUTO, EUTM  008374341 GTA </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 017618208/EM JACK DANIEL'S CRISP Old No. 7 BRAND BLEND TENNESSEE CIDER CRISP APPLE CIDER BLENDED WITH JACK DANIEL´S TENNESSEE WHISKEY, EUTM 018064396/EM JACK DANIEL'S ORIGINAL RECIPE TENNESSEE APPLE, EUTM 012582094/EM, EUTM 012179487/EM Jack Daniel, CDR 015026451- 0001/EM, CDR 015026451- 0002/EM, EUTM018763147/ EM  JACK DANIEL'S OLD NO. 7 BRAND, EUTM 018897944/EM JACK DANIEL'S OLD NO. 7 BRAND QUALITY TENNESSEE SOUR MASH WHISKEY, EUTM018841362/EM, EUTM 009058702/EM,  EUTM 000154278/EMJ ACK DANIEL'S, EUTM 000957365/EM JACK DANIEL'S, EUTM 002825560/EM JACK DANIEL'S, EUTM 009058413/EM JACK DANIEL'S Old No. 7 BRAND, EUTM 009058496/ EM JACK DANIEL'S Old No. 7 Brand, EUTM 000156356/ EM JACK DANIEL`S OLD TIME NO. 7 BRAND QUALITY Tennessee SOUR MASH WHISKEY, EUTM 000154211/EM JACK DANIEL'S, EUTM 000898429/EM JACK, EUTM 009043829/EM JACK DANIEL'S, EUTM 009768136/EM JACK DANIEL'S ORIGINAL RECIPE TENNESEE HONEY, EUTM 005652607/ EM GENTLEMAN JACK RARE TENNESSEE WHISKEY, EUTM 009043886/EM  JACK DANIEL'S, EUTM 017879671/EM  JACK DANIEL'S OLD NO.7 BRAND TENNESSEE SOUR MASH WHISKEY	
 EUTM 014676555/EM JACK DANIEL'S TENNESSEE FIRE                                                                                                                                               
 </t>
   </si>
   <si>
-    <t>EUTM 8198111 MARTIN MARGIELA, EUTM 18622008 MARGIELA, EUTM 6163802 MARTIN MARGIELA, EUTM 11625548 MM6 Maison Margiela, EUTM 18017443 REPLICA, EUTM 8196669, EUTM 3515582  EUTM 4718227, EUTM 12030301, EUTM 18811396 mAison margiela, ITM 1262280 MAISON MARGIELA, EUTM 18568592 MAISON MARGIELA, EUTM 4378139 MM6, EUTM 11460359 MAISON MARGIELA, EUTM 3544103 MARTIN MARGIELA, EUTM 18703741 MM6, EUTM 18811393 EUTM 18703732 MAISON MARGIELA, EUTM 9353046 MAISON MARTIN MARGIELA, EUTM 8640328 NAWM, EUTM 3544087, EUTM 1743871, ITM 1263003 Maison Margiela, EUTM 4718086, EUTM 14916721 5AC, EUTM 8669541 MARTIN MARGIELA, EUTM 18365362 MM6, ITM 1251351 MM6 Maison Margiela</t>
-[...1 lines deleted...]
-  <si>
     <t>ICD 206775-0003, ICD 206775-0001, ICD 206775-0007, ICD 206775-0005, ICD 206775-0002, ICD 206775-0006, ICD 206775-0008, ICD 206775-0009, ICD 206775-0004</t>
   </si>
   <si>
     <t>ICD 103656-0003, ICD 103656-0006, ICD 103656-0011, ICD 215054-0001, ICD 103656-0010, ICD 103656-0009, ICD 100294-0003, ICD 100294-0005, ICD 215054-0004, ICD 100294-0006, ICD 215054-0003, ICD 100294-0001, ICD 103656-0008, ICD 103656-0004, ICD 103656-0002, ICD 103656-0007, ICD 215054-0002, ICD 103656-0001, ICD 103656-0005, ICD 103656-0012, ICD 100294-0004, ICD 100294-0002</t>
   </si>
   <si>
     <t>EUTM 016539322 BEAST FREE, EUTM 003166139 BEAST, EUTM 003150877 ARIEL, EUTM 018163038 ADRENALINE, EUTM 003266285 ADDICTION, EUTM 003186749, ITM 1402939 BROOKS, EUTM 017075425 BROOKS, ITM 1197512 BROOKS, ITM 1195143 BROOKS, EUTM 00016 2313 BROOKS,ITM1401448BROOKS,ITM 1439322(Bildmarke/figurative mark), EUTM 005940961, EUTM 004077384 (Bildmarke / figurative mark), EUTM 001854728 (Bildmarke / figurative mark), EUTM 018776632 (Bildmarke / figurative mark), ITM 1704358 VIVIFY, ITM 1439940 TRAILTRACK, ITM 1684440 SKYVAULT, EUTM 010634301 RUN HAPPY, ITM 1213322 Run Happy, EUTM 010042968 QW-K, EUTM 000191361 MOVING COMFORT, EUTM 018859348 LEVITATE STEALTHFIT, EUTM 018129327 LEVITATE, EUTM 018523710 HYPERION, EUTM 000162131 HYDROFLOW, ITM 1436792 GUIDERAILS, EUTM 018859332 GLYCERIN STEALTHFIT, EUTM 003151628 GLYCERIN, EUTM 010042984 ELMN8, ITM 1640544 BIOMOGO DNA, EUTM 018650763 3DNA, EUTM 018606604 DNA, EUTM 018145602 DNA LOFT, ITM 1620170 DNA FLASH, ITM 1508225 DNA AMP</t>
   </si>
   <si>
-    <t>ITM 1635462/WO EM, ITM 1592216/WO M+ Molecule 01, EUTM 004028114/EM ESCENTRIC MOLECULES, ITM 1775837/WO MOLECULE</t>
-[...7 lines deleted...]
-  <si>
     <t>NPT EP3242887 TIRZEPATIDE (GIP AND GLP-1 CO-AGONIST COMPOUNDS)</t>
   </si>
   <si>
     <t xml:space="preserve"> injicējamie farmaceitiskie preparāti</t>
-  </si>
-[...1 lines deleted...]
-    <t>EUTM  005559191  TURBO BOOSTER, EUTM  002722452  CLIP 'N TRIM, EUTM  004776944 GROOMEASE, EUTM  000201327  WAHL, EUTM  004986535 WAHL SHOWMAN, EUTM  004810032  CUTEK, EUTM  004436622  WAHL</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM  8945917  Kingston Technology, EUTM  6338099  Kingston Digital, EUTM  10049971  nawm, EUTM  11665494  Mobilelite, EUTM  8239535  SSDNOW, EUTM  Travelite  Travelite, EUTM  1644350  Valueram, EUTM  5124177 Kingston, EUTM  644484 Kingston, EUTM  4282661  Data Traveller, EUTM  13107032  HyperX, EUTM  9990458 HyperXperience, EUTM  11605516 HyperX Predator, EUTM  5403746  nawm, EUTM  3598257 HyperX, EUTM  10497584 Wi-Drive, EUTM  9990482  Wi-Share  </t>
   </si>
   <si>
     <t>Hublot SA Genève</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000167767 RABEL ASSAULT, EUTM 004502944 EMPIRE AT WAR, EUTM 004492591 THE SQUAD IS YOUR WEAPON, EUTM 004233946 GENERAL GRIEVOUS, EUTM 004233888 REVENGE OF THE SITH,EUTM 004150141 THE FORCE, EUTM 003430717 SECRET WEAPONS OVER NORMANDY, EUTM 003427473  SAM &amp; MAX , EUTM 002961670 THE CLONE WARS, EUTM 002792026 KNIGHTS OF THE OLD REPUBLIC, EUTM 002791275 AN EMPIRE DIVIDED, EUTM 002558674 ATTACK OF THE CLONES, EUTM 002533370 ROGUE LEADER, EUTM 002532174  AMIDALA, EUTM 002532166 STAR WARS GALAXIES, EUTM 002532158 STAR WARS GALACTIC BATTLEGROUNDS, EUTM 002495489  GLADIUS, EUTM 002491835 CLONE TROOPER, EUTM 002341345  STAR WARS BOUNTY HUNTER, EUTM 002245611 OBI-WAN, EUTM 002237337 SEE-THREEPIO (C-3PO), EUTM 002075893 ZAM WESELL, EUTM 002072049 COUNT DOOKU, EUTM 002071900 DARTH TYRANUS, EUTM 002071710 JANGO FETT, EUTM 001806249 LIGHTSABER, EUTM 001586395JEDI POWER BATTLES, EUTM 001113836 THE PHANTOM MENACE, EUTM 000855452ROGUE SQUADRON, EUTM 000855429 FORCE COMMANDER, EUTM 000582536 DARTH SIDIOUS, EUTM 000582460 DARTH MAUL, EUTM 000559948 OBI-WAN KENOBI, EUTM 000559922 JAR JAR BINKS, EUTM 000559823  DROIDS, EUTM 000559674 ANAKIN SKYWALKER, EUTM 000559666 SENATOR PALPATINE, EUTM 000559609 NABOO, EUTM 000559591 YODA, EUTM 000559567 SEE-THREEPIO (C-3PO), EUTM 000559559  MACE WINDU, EUTM 000559542 ARTOO-DETOO (R2-D2), EUTM 000559526 JABBA THE HUTT, EUTM 000559500 WATTO, EUTM 000559278 THE CURSE OF MONKEY ISLAND, EUTM 000175380 STAR WARS, EUTM 000167908 THE DIG, EUTM 000167890  FULL THROTTLE, EUTM 000167858 OUTLAWS, EUTM 000167833 X-WING 
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 009640434, EUTM 009721762 FLESHLIGHTGIRLS, EUTM009728569 FLESHJACK, EUTM009733411 FLESHLIGHT	, EUTM 003948445 FLESH LIGHT, EUTM 016500878 TURBO, EUTM 017206459 FLESHJACK BOYS, EUTM 017206442 FLESHJACK, EUTM 018198105 FLESHLIGHT GIRLS, EUTM 008803504 SEX IN A CAN, EUTM 008803413 REAL FEEL SUPER SKIN, EUTM 008374183 FLESHLIGHT Girls, EUTM 014431936 QUICK SHOT, EUTM 012210308 FLESHSKIN, EUTM 011898319P INK LADY, EUTM 011574571 FLESHLIGHTMD, EUTM 01149570 2FLIGHT MD	
 EUTM 011289766 fleshjackboys YS, EUTM 010888311 FLIGHT, EUTM 010321339 FREAKS!, EUTM 010321321 FREAKS!, EUTM 010257954 FLIGHT, EUTM 006047336 fleshjack, EUTM 006158505 FLESHLIGHT
 EUTM 006158778 fleshjack, EUTM 006325872 FLESHLIGHT GIRLS	</t>
   </si>
   <si>
     <t>EUTM 011727856/EM, EUTM 000105247/EM PEPSI, EUTM 012931201/EM PEPSI, EUTM 000105338/EM PEPSI, EUTM 004716106/EM PEPSI:COLA, EUTM 007361967/EM PEPSI-COLA, EUTM 000105825/EM PEPSI-COLA, EUTM 004616819/EM PEPSI, EUTM 010866812/EM LIVE FOR NOW, EUTM 012405478/EM pepsi, EUTM 000106179/EM PEPSI-COLA, EUTM 000106245 /EM, EUTM 004716155/EM PEPSI, EUTM 010013407/EM</t>
   </si>
   <si>
     <t>uzkodas uz kartupeļu bāzes, dārzeņu uzkodas, mērces</t>
   </si>
   <si>
     <t>EUTM 000278580/EM LAY'S, EUTM 011183381/EM Lay's, EUTM 003810603/EM Lay's, EUTM 011183472/EM, EUTM 011183423/ EMLay's, EUTM 014259287/EMLAY'S, EUTM 013501416/EMLAY'S MAXX, EUTM 017016411/EM</t>
   </si>
@@ -9172,64 +8878,58 @@
     <t>E AND J GALLO - CARNIVOR</t>
   </si>
   <si>
     <t xml:space="preserve"> ITM 890247/WO MAGSAFE, CDR 002628875-0001/EM, CDR 002629204- 0001/EM, CDR 002629287-0001/EM, CDR 002629147-0001/EM, CDR 003750751-0001/EM, CDR002628859-0001/EM	, CDR003785294-0001/EM	
 CDR003785278-0001/EM, ITM 1175030/WO, ITM 1182022/WO, ITM 1177474/WO, ITM 1177889/WO, EUTM 013728555/EM Tue 9, EUTM 010710028/EM MACBOOK	, EUTM 009025677/EM IPAD, EUTM 010026953/EM IPOD, CDR 002199810-0002/EM, CDR 001334254-0002/EM
 EUTM 007156061/EM BEATS, EUTM 007157357/EM b	, EUTM 011017548/ EM BEATS PILL, EUTM 011131125/EM BEATS STUDIO, EUTM 008370827/EM BEATS BY DR. DRE, EUTM 008370819/EM BEATS, EUTM 008611188/EM Tour, EUTM 008433195/EM, EUTM 010258697/EM URBEATS, CDR 000889480-0001/EM, CDR 002199117-0001/EM, EUTM 018321063/EM MAGSAFE, CDR 008534861-0001/EM, CDR 001334221- 0001/EM, CDR 001334221-0002/EM, EUTM 014586838/EMAIRPODS,EUTM 012212221/EMDESIGNED BY APPLE IN CALIFORNIA, ITM 1378087/WO
 ITM 1377651/WO APPLE, ITM 1303517/WO IPHONE, CDR002629212-0001/ EM, CDR 008433494-0001/EM, CDR 008433817-0001/EM, CDR 009175706- 0001/EM, CDR 008205082-0001/EM, CDR001334254-0001/EM, CDR 002199117-0002/EM, CDR 005825965-0001/EM, CDR 015013190-0001/EM	
 EUTM 009784299/EM, EUTMSMART COVER, EUTM 011020427/EM LIGHTNING, EUTM 011472008/EM EARPODS</t>
   </si>
   <si>
     <t>APPLE RETAIL NETHERLANDS B.V.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 003964806/EM STEELFISH, EUTM 015085707/EM HURRICANE	
 ITM 1198047/WO AIRBORNE, ITM 734127/WO AVENGER, ITM 1254641/WO B, ITM 500006/WO B, ITM 1491073/WO B, ITM 1293097/WO BANDIT, ITM 1292736/WO BREITLIGHT, ITM 970173/WO BREITLING	
 ITM 613794/WO BREITLING, ITM 890749/WO BREITLINGITM 1288356 EXOSPACE, ITM 1302057 GHOSTITM 0500006 B, ITM 0845533 STARLINER, ITM 0892397 Transocean, ITM 0903403 GALACTIC, ITM 0970173 BREITLING, ITM1115984 Unitime,ITM1129579 CHRONO SPACE, ITM 1292736 Breitlight, EUTM 003964806 Steelfish, EUTM 009282013 Darwin, ITM 0615709  HRONO MAT, ITM 0892531 Skyracer, EUTM 0890749 Breitling, EUTM 1217921 Merlin, ITM 1254641 B, ITM 1288356 Exospace, ITM 1302057 Ghost, ITM 1491073 B, ITM 0613794 Breitling, EUTM 015085707 Hurricane, ITM 1045863 Breitling Jet Team, ITM 1085176 CHRONOMATIC, ITM 1198047 AIRBORNE, ITM 1460567 Legendary Future, ITM 0734127 Avenger, ITM 0778838 Superocean, ITM 0779327 MONTBRILLANT, ITM 0849619 COCKPIT	</t>
   </si>
   <si>
     <t>EUTM 019087942/EM WYCONITY, EUTM 018013343/EM WYCON ITALIAN COSMETICS, EUTM 015248552/EM WYCON 5 SENSES	
 EUTM 013133723/EM WYCON</t>
   </si>
   <si>
     <t>WYCON S.P.A.</t>
   </si>
   <si>
-    <t>iedeguma krēmi, kosmētiskie krēmi,mitrinoši krēmi,šķidrās smaržas, nagu lakaslūpu krāsas, otas, acu zīmuļu otas u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>TOMMY HILFIGER LICENSING B.V.</t>
   </si>
   <si>
     <t>ITM 1319603/WO LAUNCHPAD, ITM 1493172/WO, ITM 1330520/WO NOVATION, ITM 1805343/WO novation, ITM 1343102/WO RED, ITM 1343103/WO REDNET, ITM 1347727/WO SCARLETT, ITM 1527969A/WO SUMMIT, EUTM 018343316/EM VOCASTER, ITM 1708898/WO 2i2	
 ITM 1330272/WO CIRCUIT, ITM 1347542/WO CLARETT,ITM 1618948/WO FLkey, ITM 1316412/WO FOCUSRITE, ITM 1348240/WO LAUNCHKEY</t>
   </si>
   <si>
     <t>Focusrite Group EMEA Ltd</t>
-  </si>
-[...1 lines deleted...]
-    <t>Audio irrīces</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000067744 BOSCH </t>
   </si>
   <si>
     <t>Robert Bosch GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 002200741-0001		</t>
   </si>
   <si>
     <t>Schlüter-Systems KG</t>
   </si>
   <si>
     <t>piederumi flīžu un akmens instalācijām, risinājumi flīžu profiliem, atvienošanai, pamatnēm, kustības šuvēm, apsildāmām grīdām un mitrām telpām</t>
   </si>
   <si>
     <t>CDR 005136702-0001/EM, CDR 005136702-0002/EM, CDR 001124911- 0006/EM, CDR 002028167-0004/EM, ICD D215722-0002/WO, ICD D215722-0003/WO, ICD D215722-0007/WO, CDR 000266069-0004/EM	
 EUTM 011521168/EM KARTELL, EUTM 003510071/EM KARTELL	
 EUTM 018162511/EM KARTELL, EUTM 017060179/EM KARTELL
 EUTM 017966293/EM KARTELL, CDR 002551580-0001/EM, CDR 002551580-0002/EM, CDR 008445332-0001/EM, CDR 002551580-0004/EM	
 CDR 008427686-0001/EM</t>
   </si>
   <si>
     <t>KARTELL SPA</t>
@@ -9439,54 +9139,50 @@
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Inc.</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                     ITM 1109190 Audemars Piguet le Brassus
 </t>
   </si>
   <si>
     <t>Audemars Piguet Holding SA</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 892190 (cobbler design), EUTM 017995573 SEBAGO, EUTM 018103135 DOCKSIDES, EUTM 018194037 Campsides,EUTM 018710083/EM SEBAGO, EUTM 018656903/EM SEBAGO, EUTM 018518685/EM SEBAGO
 EUTM 018819677/EM SEBAGO, EUTM 018518692/EM SEBAGO YACHT CLUB 
 </t>
   </si>
   <si>
     <t>ITM 1262280/WO MAISON MARGIELA, ITM 1263003/WO EUTM 018017443 REPLICA</t>
-  </si>
-[...2 lines deleted...]
- </t>
   </si>
   <si>
     <t>EUTM 018651670/EM Bulgarian Tribulus terrestris ultra</t>
   </si>
   <si>
     <t>КНМ ПРО</t>
   </si>
   <si>
     <t>uztura bagātinātāji</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 018573805, ITM 1577939 UNSUBSCRIBED, EUTM 018514023 AE77
 EUTM 018512798, EUTM 018746927 SMOOTHEZ BY AERIEEUTM  013945233 AE, EUTM  012644365 AE.COM, EUTM  011882321 AEO  
 EUTM  011739646, EUTM  010029891 AMERICAN EAGLE OUTFITTERS  
 EUTM  009676321, EUTM  006757835 AEO, EUTM  005232335 AMERICAN EAGLE, EUTM  001848449, EUTM  005227657, EUTM  005258603 LIVE YOUR LIFE, EUTM  005066113, EUTM  005287875 AMERICAN EAGLE OUTFITTERS, EUTM  004877701 AERIE, EUTM  005287503  AEO, EUTM  18017673, EUTM  015760523 AMERICAN EAGLE, EUTM  1506211, EUTM  15760531  A.EAGLE, EUTM  012833802 DON’T ASK WHY, EUTM  004901931, EUTM  004474326, EUTM  005287131 AE, EUTM  004386827 AE </t>
   </si>
   <si>
     <t>EUTM 018781963/EM"Bee", EUTM	018781963/EM "Bee", EUTM 012071759/EM BICYCLE, EUTM 012071841/EM BICYCLE 808 The U.S. PLAYING CARD CO. MADE IN U.S.A., EUTM 018793241/EM BICYCLE TRUSTED SINCE 1885, EUTM 012071759/EM BICYCLE, EUTM 012071841/EM BICYCLE 808 The U.S. PLAYING CARD CO. MADE IN U.S.A., EUTM 018793241/EM BICYCLE TRUSTED SINCE 1885</t>
   </si>
   <si>
     <t>THE UNITED STATES PLAYING CARD COMPANY</t>
   </si>
   <si>
     <t>spēļu kārtis</t>
   </si>
@@ -9798,53 +9494,50 @@
   </si>
   <si>
     <t>Stussy, Inc.</t>
   </si>
   <si>
     <t>EUTM 000915546	 STUSSY, EUTM 001056266 STÜSSY (logo), EUTM 001254200/EM STUSSY, EUTM 001243732/EM, ITM 1387478/WO	
 ITM 1390322/WO 8</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 001647874/EM, CDR 000029194-0001/EM, CDR 000029194-0002/EM, EUTM 003382561/EM, CDR 000656657-0001/EM, CDR 000656657-0002/E, CDR 000656657-0005/EM, CDR 000656657-0003/EM, CDR 000656657- 0004/EM, CDR 002317834-0001/EM </t>
   </si>
   <si>
     <t>Beaute Prestige International (Narciso Rodriguez, Issey Miyake, ALAIA Paris, Zadig&amp;Voltaire)</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 004321303 SHISEIDO, ITM 815539 SHISEIDO, EUTM 6239685 SHISEIDO FLORES, ITM 1330208 SHISEIDO GINZA TOKYO, EUTM 11553641 SHISEIDO BIO-PERFORMANCE, EUTM 11504214 SHISEIDO BENEFIANCE, EUTM 12923298 EVERBLOOM, EUTM 13071998 Ever Bloom 
 EUTM 13610241 SHISEIDO Ever Bloom, ITM 933847 ZEN, EUTM 3187374 ZEN, EUTM 13039102 IBUKI, EUTM 13037197 ULTIMUNE, EUTM 11553666 FUTURE SOLUTION, EUTM 11553674 FUTURE SOLUTION LX </t>
   </si>
   <si>
     <t>SHISEIDO COMPANY LIMITED</t>
   </si>
   <si>
     <t>smaržas un kosmētikas līdzekļi</t>
   </si>
   <si>
-    <t xml:space="preserve">parfimērija,  smaržas, tualetes ūdeņi </t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 594150 FXRG, EUTM 539911 1125 R, EUTM 10390078 HARLEY-DAVIDSON HARD CANDY CUSTOM, EUTM 3530219
 EUTM 3090628 HARLEY DAVIDSON USA, EUTM 3530235 Authorized Harley-Davidson Rentals, EUTM 11624095 BAR &amp; SHIELD, EUTM	 4358099 Street Bob, EUTM 4366548 Street Glide	
 EUTM 4489829 Screamin' Eagle Destroyer, EUTM 13651187 Dark Custom, EUTM 84145 Motorclothes, EUTM 4410395 Night Rod
 EUTM	3522596 Night Train, EUTM 764845 Night Train, EUTM 966283 Revolution, EUTM 3522571 Road Glide, EUTM 001525625 Road Glide, EUTM 84152 Road King, EUTM 3522604 Road King, EUTM 3526472 Screamin' Eagle, EUTM 10381465 SEVENTY-TWO, EUTM 3834983 HARLEY DAVIDSON Faaker See EUROPEAN BIKE WEEK, EUTM 84186 SOFTAIL, EUTM 83287 Heritage Springer,EUTM 3522646 HOG, EUTM 83998 HOG, EUTM 001524875 HOG, EUTM 504084 HOG, EUTM 83618 HOG Harley Owners Group,EUTM 3090751 LADIES OF HARLEY, EUTM 003524139 Life Starts at the Edge, EUTM 84137 Low Rider, EUTM 3524147 Low Rider, EUTM 003522562 Motorclothes, EUTM 5390919 Harley-Davidson	, EUTM 84285 Tour Glide, EUTM 3485646 V-Rod, EUTM 1989458 V-Rod, EUTM 3085669 V-ROD, EUTM 6485171 V-Rod Muscle, EUTM 84343 Wide Glide , EUTM 3524162 Wide Glide, EUTM 12636882, EUTM 3526291 Sportster, EUTM 83931 Harley, EUTM 662148 Harley, EUTM 83691 Harley, EUTM 12218061 HOG, EUTM 13035183 Milwaukee-Eight, EUTM 15269798, EUTM 17395468 Daymaker, EUTM 16435224 Motor Harley Davidson Cycles, EUTM 17617002 48X, EUTM 17587171 HARLEY-DAVIDSON, EUTM 13924221 HOG, EUTM 17617028 Pan America, EUTM 6539845 Cross Bones, EUTM 9899444 Harley Davidson, EUTM 4489837 Destroyer, EUTM 001525195 Dyna, EUTM 83873 Electra Glide, EUTM 003477866 Electra Glide, EUTM 3524113 Screamin' Eagle, EUTM 83725 Motor Cycles Harley-Davidson, EUTM 10555605 HARLEY-DAVIDSON STREET, EUTM 3530177 HD, EUTM 001526276 H-D, EUTM 84111 Heritage Softail, EUTM 6539332 Scandinavian Harley Days Harley-Davidson Motorcycles, EUTM 4976783 Blackline, EUTM 000502559, EUTM 3530193, EUTM 83501, EUTM 5390935,EUTM 84244 Super Glide, EUTM 3522621 Super Glide, EUTM 003530227 Harley-Davidson Motor Clothes an American Legend, EUTM 83311 Motor Harley-Davidson Clothes an American Legend, EUTM 83584 Harley Davidson USA, EUTM 5330675 Harley Davidson Motorcycles, EUTM 001536309 Motor Harley-Davidson Cycles, EUTM 3530201 Harley-Davidson Motor Cycles, EUTM 5390976 Harley-Davidson Motor Cycles,EUTM 3527488 Motorcycles Harley-Davidson, EUTM	963066 Fat Boy, EUTM 3522653 Fat Boy,EUTM 8885022 Forty-Eight, EUTM 11546629 FREEWHEELER,EUTM 003527447 SOFTAIL, EUTM 010500676 SOFTAIL SLIM,EUTM 83360 Sportster, EUTM 5709654 European Bike Week,EUTM 4821005 HARLEY-DAVIDSON MOTOR CYCLES EUROPEAN BIKE WEEK, EUTM 4817375 HARLEY-DAVIDSON MOTOR CYCLES EUROPEAN BIKE WEEK FRAAKER SEE,EUTM 3898269 Fat Bob, EUTM 000083865 Fat Boy, EUTM 84236 Springer,EUTM 4891891 Street Rod, EUTM 10583474 STURGIS, EUTM 9431552 Superlow, EUTM 9060617 Superlow, EUTM 9167602 Switchback, EUTM 003825122 Harley Day, EUTM 3829108 Harley Days, EUTM 83683 Harley Owners Group, EUTM 2134500 Harley-Davidson, EUTM 3524196 Harley-Davidson, EUTM 3307411 HARLEY-DAVIDSON, EUTM 3526571 Harley-Davidson, EUTM 001172329 Harley-Davidson, EUTM 83279 Harley-Davidson, EUTM 1797018 Harley-Davidson, EUTM 83451 Genuine Harley-Davidson Motor Cycles</t>
   </si>
   <si>
     <t>Harley-Davidson Motor Company, Inc.</t>
   </si>
   <si>
     <t>EUTM 018010818/EM PACIOTTI, EUTM 000830885/EM CESARE PACIOTTI, EUTM 000397240/EM CESARE PACIOTTI, ITM 946087/WO 4US, ITM 948642/WO U 4US</t>
   </si>
   <si>
     <t>PACIOTTI SRL</t>
   </si>
   <si>
     <t>EUTM 016798671/EM LPG, CDR 001584525-0001/EM,EUTM 015510837/EM CELLU M6 ALLIANCE, ITM 1679590/WO LPG INNER POWER. BETTER LIFE.</t>
   </si>
   <si>
     <t>LPG SYSTEMS</t>
   </si>
   <si>
     <t>EUTM 000131656/EM TOMMY tommy HILFIGER, EUTM 001212679 /fig./, EUTM 000138529 /fig./, EUTM 001509165 /fig./, EUTM 000131532 /fig./, EUTM 003870541 /fig./, EUTM 001209790 TOMMY, EUTM 001147396 TOMMY, EUTM 001212422 TOMMY GIRL, EUTM 001888445 TOMMY GEAR, EUTM 003607397 HILFIGER RED LABEL, EUTM 002501971 HILFIGER DENIM, EUTM 001216951 TOMMY JEANS, EUTM 001233923 TOMMY JEANS, EUTM 001212091 TOMMY HILFIGER, EUTM 000131706 TOMMY HILFIGER, EUTM 000131631 TOMMY HILFIGER /fig./, EUTM 001211994 TOMMY HILFIGER /fig./, EUTM 001211457 /fig./, EUTM 001209790/EM TOMMY, EUTM 001147396/EM TOMMY, EUTM 000131532/EM, EUTM 000138529/EM, EUTM	001212679/EM</t>
   </si>
   <si>
     <t>EUTM 016318388/EM NARCOS, ITM 1411337/WO NARCOS</t>
@@ -9997,53 +9690,50 @@
 ITM 1199152 Nicer Dicer Fusion
 </t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                                                                                 
 CDR 001931213-0002, CDR 001931213-0001, EUTM 01116617Nicer Dicer Plus
 EUTM 005305529Nicer Dicer 
 </t>
   </si>
   <si>
     <t>ITM 479435/WOPINARELLO, EUTM 002864965/EMDOGMA, ITM 1117694/WO, EUTM 003955549/EMM.O.ST</t>
   </si>
   <si>
     <t>CICLI PINARELLO SPA SOC. UNIPERSONALE</t>
   </si>
   <si>
     <t xml:space="preserve">    
 EUTM 002728996/EM ESTEE LAUDER BEYOND PARADISE, EUTM 000103911/EM ESTEE LAUDER PLEASURES, EUTM 000091090/EM ESTEE LAUDER, EUTM 000054445/EM LAB SERIES, EUTM 000054221/EM ARAMIS, EUTM	000298117/EM AVEDA, EUTM 000046540/EM BOBBI BROWNEUTM 000164640Bumble and Bumble, EUTM 000140384 Creme de la Mer, EUTM 000112482Origins, EUTM 000112417 Prescriptives, EUTM 000112375Prescriptives, EUTM 000112276Flirt, EUTM 000103911 Estee Lauder Pleasures, EUTM 007248503 Smashbox, EUTM 000091090Estee Lauder, EUTM 000065052M.A.C., EUTM 000640581Clinique Happy, EUTM 000062299Jo Malone, EUTM 000054445Lab Series, EUTM 000054429Clinique, EUTM 000054411C Clinque, EUTM 000054221Aramis, EUTM 000046540Bobbi Brown, EUTM 004613113 Ojon, EUTM 004593349Darphin, EUTM 004059333 Happy, EUTM 009477076Good Skin Labs, EUTM 000298117Aveda, EUTM 002728996Estee Lauder Beyond Paradise 
 </t>
   </si>
   <si>
     <t>ESTEE LAUDER COSMETICS LIMITED</t>
   </si>
   <si>
     <t>EUTM	004549077/EM KAYDON, EUTM 004090643/EM KAYDON</t>
-  </si>
-[...1 lines deleted...]
-    <t>EUTM 002494433 Metallica, EUTM 000176750 METALLICA, EUTM 004545018 METALLICA, EUTM004721296METALLICA, EUTM 005780846 METALLICA, EUTM 010958221METALLICA,EUTM 000176750 METALLICA</t>
   </si>
   <si>
     <t>CDR 006610614-0001/EM, EUTM 018090488/EM POLARBOX, CDR 006610614-0002/EM, EUTM 018946394/EM POLARBOX</t>
   </si>
   <si>
     <t>POLISUR 2000, S.L.U</t>
   </si>
   <si>
     <t>pārnēsājami dzērienu dzesētāji, neelektriskas dzesēšanas kastes, neelektriski pārnēsājami dzesēšanas maisiņi vai kastes, neelektriskas dzesēšanas kastes mājsaimniecības vajadzībām, izolēti konteineri, konteineri izolēti pārtikas un dzērienu konteineri</t>
   </si>
   <si>
     <t>BORMIOLI LUIGI SPA</t>
   </si>
   <si>
     <t xml:space="preserve"> 
 CDR 003161660-0029/EM, EUTM 003507639/EM FRIGOVERRE, CDR 003162031-0001/EM, CDR 003162031-0002/EM, CDR 000127246-0009/EM	
 CDR 000127246-0010/EM, CDR 003161660-0025/EM, CDR 003161660-0030/ EM, CDR 000127246-0008/EM, CDR 003161660-0028/EM, CDR 003161660- 0027/EM	, CDR 003161660-0026/EM, CDR 003161660-0023/EM, CDR 003161660-0024/EM, EUTM 003181658/EM  frigoverre, EUTM 003606852 Quattro Stagioni, EUTM 003606837decoro floreale, EUTM 003606861 QUATTRO STAGIONI, EUTM 003606787 BORMIOLI ROCCO, EUTM 014285118 Quattro Stagioni 
 </t>
   </si>
   <si>
     <t>karafe</t>
   </si>
   <si>
     <t>EUTM 000813329  SMYTHSON</t>
   </si>
@@ -10310,58 +10000,50 @@
   </si>
   <si>
     <t>ķīmiskie produkti, neapstrādāti sintētiskie sveķi, neapstrādātas plastmasas, ugunsdzēsības un ugunsdrošības līdzekļi, cietinātāji un lodēšanas līdzekļi, miecēšanas līdzekļi dzīvnieku ādām, līmes rūpnieciskiem mērķiem, špakteles un citas pildvielas, komposts, mēslošanas līdzekļi, kūtsmēsli, bioloģiskie aģenti rūpnieciskiem un zinātniskiem mērķiem, krāsa</t>
   </si>
   <si>
     <t>EUTM 000543330/EM METEOSPASMYL</t>
   </si>
   <si>
     <t>LABORATOIRES MAYOLY SPINDLER</t>
   </si>
   <si>
     <t>atmiņas kartes u.c.</t>
   </si>
   <si>
     <t>EUTM 012254025/EM Saxenda, EUTM  013519418 Ozempic,  EUTM 018213481/EM novo nordisk, ICD D201679-0003/WO, ICDD201679-0007/WO
 ICD D201679-0008/WO, ICD D201679-0004/WO, ICD D201679-0002/WO	
 ICD D201679-0001/WO, ICD D201679-0005/WO, ICD D201679-0006/WO	
 ICD D201679-0009/WO, EUTM 017928459/EM 10000013 Rybelsus, EUTM 018328084/EM WEGOVY,EUTM 018544892/EM Awiqli, EUTM 018889211/ EM</t>
   </si>
   <si>
     <t>NOVO NORDISK A/S</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 8912 BDF, EUTM	15735 ATRIX, EUTM 8920	ABC, EUTM15727/ 8x4, EUTM 916905/Nivea Visage, EUTM 4730438/Nivea Soft, EUTM 951550/Nivea,  EUTM 7517139/Liposan, EUTM 7283864/Liposan, EUTM 937382/Elastoplast, EUTM 10256782/NIVEA, EUTM 3433737/ FLORENA, EUTM 12591/Nivea Creme, EUTM 428342, EUTM 605576,  EUTM 12609/NIVEA, EUTM 15750/Labello, EUTM 221127/Hidrofugal, EUTM 2798742/Harmony, EUTM 8961/Hansaplast, EUTM 765927/Eucerin, EUTM 710661/Eucerin, EUTM 2777209/ELASTOPLAST, EUTM 5204052/DUO, EUTM 1548031/doppel dusch, EUTM 363143/Beiersdorf,  EUTM 30494/BDF, EUTM 8912/BDF, EUTM 963574/ATRIX ,  EUTM 15735/ATRIX , EUTM 8920/ABC, EUTM 11900172/Nivea Sun, EUTM 12183968/Nivea Baby,  EUTM 12253043/AQUAPHOR, EUTM 11019601/AQUAPHOR,  EUTM 12443073/8 x 4, EUTM 10785/Gammon, EUTM 11187358/8 x 4, EUTM 10853216/Nivea Men, EUTM 11046836/Labello, EUTM 11398955/Hansaplast, EUTM 3557808/Nivea, EUTM 977953/Nivea Creme  
  </t>
-  </si>
-[...6 lines deleted...]
-</t>
   </si>
   <si>
     <t xml:space="preserve">skaistumkopšanas līdzekļi vai grima līdzekļi un ādas kopšanas līdzekļi (izņemot medikamentus), tostarp saules aizsargkrēmi un iedeguma līdzekļi, roku vai kāju kopšanas līdzekļi, kosmētika, roku vai kāju kopšanas līdzekļi u.c. </t>
   </si>
   <si>
     <t>STEFANPLAST S.P.A.</t>
   </si>
   <si>
     <t>CDR 000339262-0001/EM</t>
   </si>
   <si>
     <t>plastmasas bļodas, konteineri, vannas u.c.</t>
   </si>
   <si>
     <t>PARAJUMPERS SPA</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">
 EUTM 018688070/EM BATH &amp; BODY WORKS, EUTM 008504219/EM BATH &amp; BODY WORKS, EUTM 007168966/EM BBW Bath &amp; Body Works	
 ITM 1502230/WO BLACK CHERRY MERLOT, ITM 1502668/WO BLACK TEAKWOOD, EUTM 017503269/EM BUBBLE COOL, ITM 1513438/WO CARAMEL PUMPKIN SWIRL, ITM 1773514/WO COZY CASHMERE	
 ITM 1513626/WO CRANBERRY WOODS, ITM 1505348/WO CRISP MORNING AIR, ITM 1716199/WO DARK KISS, ITM 1757389/WO, ITM 1764618/WO FRESH BLUE SKY, ITM 1490617/WO GINGHAM, ITM 1555631/WO HIBISCUS WATERFALLS, ITM 1716959/WO IN THE STARS
 ITM 1722580/WO INTO THE NIGHT, </t>
     </r>
     <r>
@@ -10788,53 +10470,50 @@
     <t>pārnesumkārbas motori, izņemot sauszemes transportlīdzekļiem paredzētos</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 008940587/EM ITALFILE, EUTM 012534202/EM JANE, EUTM 018019036/EM JANE ITALFILE, CDR 006145033-0002/EM,CDR 008362099-0001/EM, CDR 003531078-0001/EM	</t>
   </si>
   <si>
     <t>ITALFILE SRL</t>
   </si>
   <si>
     <t>tālvadības pultis</t>
   </si>
   <si>
     <t>SCAB GIARDINO SPA</t>
   </si>
   <si>
     <t>ICD D220464-0005/WO, ICD D220464-0006/WO, ICD D220464-0003/WO
 ICD D220464-0002/WO, ICD D220464-0001/WO, ICD D220464-0004/WO</t>
   </si>
   <si>
     <t>BEGA Gantenbrink-Leuchten KG</t>
   </si>
   <si>
     <t>CDR 002377713-0015, CDR 002377713-0006, CDR 015085127-0003, CDR 015085127-0001, CDR 015015635-0004, CDR 015015635-0002, CDR 00378 1160-0005, CDR 003780287-0025, CDR 002429993-0013, CDR 002377713- 0005, CDR 002377713-0004, CDR 002377713-0003, CDR 001626946-0008, CDR 001626946-0003, CDR 001108955-0001, CDR 000904131-0001, ITM 235033 Lichtbaustein, EUTM000026377 BEGA, EUTM 000026336 BEGA Leuchten</t>
   </si>
   <si>
-    <t xml:space="preserve"> apgaismes ierīces, to  aprīkojums, piederumi, daļas,  spuldzes, āra apgaismojums u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">                         
 EUTM 006665319/EM 10000001 GILLETTE, EUTM 000803833/EM/  MACH3
 EUTM 004238771/EM 10000003 FUSION, EUTM 003997624/EM 10000004 FUSION, EUTM 001079896/EM 10000005 VENUS, EUTM 001930619/EM 10000006 Venus, EUTM 015538416/EM 10000007 ORAL-B, EUTM 003590064/EM 10000008 Oral-B, EUTM 000368712/EM 10000009 MACH
 EUTM 006915045/EM 10000010 PROGLIDE, EUTM 013191507/EM 10000011 PROSHIELD, EUTM 000315184/EM 10000012 SATIN CARE, EUTM 016542086/EM 10000013 FLYING EAGLE, CDR 000388582-0001/EM  
 CDR 000388574-0001/EM, CDR 000388590-0001/EM, CDR 000190194-0001/EM, CDR 000366968-0001/EM, CDR 000173000-0001/EM 
 </t>
   </si>
   <si>
     <t>THE GILLETTE COMPANY LLC</t>
   </si>
   <si>
     <t>skuvekļi, skuvekļu asmeņi, manuālās zobu birstes, elektriskas zobu birstes, zobu birstes galviņas  u.c.</t>
   </si>
   <si>
     <t>ITM 1486516 NODALETO, EUTM 018525039 NODALETO, CDR 008425417- 0001, CDR 008713721-0001</t>
   </si>
   <si>
     <t>NODALETO</t>
   </si>
   <si>
     <t xml:space="preserve">  kosmētiskie un tualetes līdzekļi, zobu pastas, parfimērija, ēteriskās eļļas, preparāti putekļu uzsūkšanai, mitrināšanai un saistīšanai, juvelierizstrādājumi,  pulksteņi un hronometriskie instrumenti,  somas, mēbeles, spoguļi, gleznu rāmji, nemetāliski uzglabāšanas vai transportēšanas konteineri, mājsaimniecības vai virtuves piederumi un trauki, apģērbi, apavi, galvassegas, apavi  u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000687434 e, EUTM 000687111 evolution,EUTM 017998772
 EUTM 000370122 SENNHEISER
@@ -11053,53 +10732,50 @@
   <si>
     <t>Rovio Entertainment Oy</t>
   </si>
   <si>
     <t>EUTM 009896283/EM ROVIO, EUTM 009894445/EM,EUTM 010363521/EM
 EUTM 009864935/EM ROVIO, EUTM 010629079/EM,EUTM 010629186/EM
 EUTM 010629038/EM, EUTM 010629012/EM,EUTM 009367681/EM BAD PIGGIES, EUTM 009372087/EM MIGHTY EAGLE, EUTM 009895996/EM MIGHTY EAGLE, EUTM 014267033/EM, EUTM 018025831/EM, EUTM 014515101/EM, EUTM 014516298/EM, EUTM 013307021/EM, EUTM 018041049/EM, EUTM 018041053/EM</t>
   </si>
   <si>
     <t>EUTM 1429675 BREYANZI</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1264131 INREBIC, ITM 1461188 INREBIC </t>
   </si>
   <si>
     <t>CDR 015002771-0002, EUTM 016683633, CDR 008487995-0016, EUTM 018653035, CDR 008487995-0006, EUTM 018782234, CDR 008487995-0009
 CDR 008487995-0002, CDR 015009803-0001, CDR 008487995-0018, CDR 008487995-0010, CDR 008487995-0017, CDR 015009801-0001, CDR 015002771-0003, CDR 008487995-0005, CDR 008487995-0001, CDR 008487995-0015, EUTM1060473, CDR008487995-0007, CDR008487995-0004
 CDR 008487995-0012, CDR 008487995-0008, CDR 015002771-0001, CDR 008487995-0013, CDR 008487995-0014, CDR 008487995-0003, CDR 008487995-0011, CDR 015009801-0003, CDR 015009801-0002, ITM 1292359/WO TRIPLE CROCS COMFORT, ITM 1381006/WO CROCS AT WORK, ITM 1053975/WO CROCS LITTLES, EUTM013239975/EM CROCS, ITM 1292358/WO DUAL CROCS COMFORT, EUTM 011412723/EMCROCS, ITM1381511/WO 	LITERIDE,EUTM 003455383/EM CROCS,SWIFTWATER
 CDR 002117978-0002/EM, EUTM 006971782/EM CHAMELEON, EUTM 015551393/EM COME AS YOU ARE, ITM 885028/WO CROCS, ITM 870682/WO, ITM 971105/WO CROCS, ITM 885432/WO CROSLITE, ITM 1292354/WO  ICONIC CROCS COMFORT, EUTM 018640059/EM CROCS	
 EUTM 009089004/EM CROCBAND, CDR 009162191-0001/EM, CDR 000651468-0007/EM, CDR 015031038-0007/EM, CDR 015010116-0001/EM</t>
   </si>
   <si>
     <t>CROCS INC</t>
   </si>
   <si>
-    <t>EUTM 014812978 NieR:Automata, EUTM 018146967 NieR:Automata</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 010167351 SANOFI, EUTM 000596023 sanofi,  ITM 1443197SANOFI GENZYME,   EUTM 004182325 SANOFI, EUTM 018726958/EM sanofi,
 EUTM 018741123/EM S</t>
   </si>
   <si>
     <t xml:space="preserve">SANOFI </t>
   </si>
   <si>
     <t>medicīnas preces, vakcīnas, vitamīni, uztura bagātinātājs, medicīnas ierīces</t>
   </si>
   <si>
     <t>EUTM 014683916 DUPIXENT, EUTM 015636293 DUPIXENT, EUTM 018484647/EM Dupixent Connections, EUTM 018689488 DUPIXENT, EUTM 017370842/EMDUPIXENT myway</t>
   </si>
   <si>
     <t>SANOFI BIOTECHNOLOGY</t>
   </si>
   <si>
     <t>EUTM 019050859/EM, CDR 015084183-0001/EM,CDR 015084183-0002/EM</t>
   </si>
   <si>
     <t>PE KNIAZIEV EDUARD</t>
   </si>
   <si>
     <t xml:space="preserve">kosmētikas līdzekļi nagiem, nagu lakas </t>
   </si>
   <si>
@@ -11138,71 +10814,65 @@
   </si>
   <si>
     <t>GIGAMIC</t>
   </si>
   <si>
     <t>spēles, galda spēles, puzles, izglītojošas spēles</t>
   </si>
   <si>
     <t>ITM 1592394/WO ARIANA GRANDE CLOUD, ITM 1589877/WO ARIANA GRANDE CLOUD, ITM 1477022/WO ARIANA GRANDE THANK U, NEXT, ITM 1603085/WOGOD IS A WOMAN BY ARIANA GRANDE,ITM1802971/ WOLOVENOTES, EUTM018793436/EMARIANA GRANDE MOD VANILLA
 EUTM 018793440/EMARIANA GRANDE MOD BLUSH, EUTM	018793432/ EMARIANA GRANDE MOD, EUTM 013690649/EMARIANA GRANDE</t>
   </si>
   <si>
     <t>GRANDARI, INC.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 011056281/EM HAVAIANAS, EUTM 008170953/EM, EUTM 018978983/EM, EUTM 007156128/EM HAVAIANAS,EUTM 011070414/EM
 </t>
   </si>
   <si>
     <t>ALPARGATAS EUROPE SLU</t>
   </si>
   <si>
     <t>EUTM 003365988/EM, EUTM 003570272/EM HONDAEUTM 003570488/EM HONDA, EUTM 004374518/EM TYPER, EUTM 003336195/EM Super Cub, EUTM 004864419/EM TYPE R, EUTM 004899175/EM GC, EUTM 004899209/EM GCV,EUTM 006092233/EM CRF, EUTM 001741586/EM NSR, EUTM 002309664/EM CBR,EUTM 003082898/ EM AFRICA TWIN</t>
   </si>
   <si>
-    <t>EUTM 018055571/EM POP MART,EUTM 018240153/EM POP MART, ITM 1819536/WO LABUBU, ITM 1822633/WO THEMONSTERS</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 002662443 Jägermeister HERZHAFT UND BELEBEND Mast-Jägermeister AG WOLFENBÜTTEL GERMANY Seit 1878,EUTM	000368282 Jägermeister, EUTM 000337337, EUTM 000135228 Jägermeister Europas groβer Kräuterlikör /fig./, EUTM 000337337 /fig./, EUTM 000368282 Jägermeister /fig./, EUTM 002662443 Jägermeister, EUTM 002747129 Jägermeister, EUTM 002771848 /fig./, ITM 1443751 93115398 Jägermeister COOLPACK, ITM 1624484 Jägermeister SCHARF SPICED GINGER SINCE 1878 DER KRÄUTERLIKÖR, ITM 1393638 Jägermeister CHARAKTER SCHARF, ITM 1389628, ITM 1341359 H C, ITM 1340828 HUBERTUS CIRCLE, ITM 1338888 Jägermeister MANIFEST, ITM 1311081, ITM 1291858 Jägermeister 56, ITM 1287791 Jägermeister SELECTED 56 BOTANICALS, ITM 1287599, ITM 1580896 Jägermeister, ITM 1536817 MINI MEISTERS, ITM 1530038 Jägermeister COLD BREW, ITM 1445726</t>
   </si>
   <si>
     <t>CDR 005734043-0001, CDR 005734043-0002, CDR 008752406-0001, CDR 008752406-0002, CDR 008752406-0003, CDR 008752406-0004, CDR 008752406-0005, CDR 008752406-0006, EUTM 009406869/EM RÉMY MARTIN, EUTM 009948233/EM MAISON RÉMY MARTIN DEPUIS 
 EUTM 011619566/EM REMY MARTIN, EUTM 012621199/EM RÉMY MARTIN VSOP, EUTM 012638631/EM RÉMY MARTIN, EUTM 018741293/ EM RÉMY MARTIN CLUB EXCEPTION, EUTM 002244689/EM RÉMY	
 EUTM 009728221/EM, EUTM 009728288/EM, CDR 008592083-0002/EM
 CDR 008592083-0001/EM, CDR 002888370-0001/EM,CDR 002557835-0001/ EM, CDR 002262782-0001/EM, CDR 001143135-0001/EM, CDR 001143135- 0002/EM, CDR 005734027-0001/EM, CDR 005734027-0002/EM</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM15138894 PUMA.EVO, CDR 2773234-0001, CDR 2773200-0001, CDR 588702-0007, CDR 588702-0004, CDR 588702-0003, CDR 588702-0001, ICD DM/084357 93049324, ICD DM/084216, CDR 2579631-0001, EUTM 012697066, CDR 210323-0015, CDR 210323-0012, CDR 3109883-0003, CDR 3109883-0002, CDR 3109883-0001, CDR 1286116-0006, CDR 1286116-0005, CDR 1286116-0004,CDR 1286116-0003, CDR 1286116-0002, CDR 1286116-0001 93049296, EUTM 012579711, EUTM 012579702, EUTM 012579728 93049290 PUMA, EUTM 12579694PUMA, EUTM 8461469, EUTM 3513694, EUTM 013199666 
 </t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1756108/WO VP EUROPA, CDR 004150985-0002/EM, CDR 004150985- 0001/EM,CDR 004151504- 0002/ EM, CDR 004151504-0003/EM, CDR 004151504-0001/EM,CDR 004152080- 0003/EM, CDR 004152080-0001/EM, CDR 004152080-0002/EM, CDR 004502359-0001/EM, CDR 004502359- 0002/EM, CDR 004523785-0001/EM, CDR 006233029-0001/EM, CDR 008278402-0001/EM, ICD D100563-0001/WO, CDR 002732024- 0001/EM, CDR 002585711-0001/EM, CDR 001862657 0001/EM, CDR 000337183-0001/EM, CDR 003811595-0003/EM,CDR 003787654- 0002/EM, CDR 004003895-0001/ EM, CDR 004003895-0002/EM, CDR 004150951-0003/EM, CDR 004150951- 0001/EM,CDR 004150951- 0002/EM, CDR 004150985-0003/EM,ICD D100563- 0002/WO, ICD D214510-0001/WO, ICD D214510-0002/WO, ICD D214809- 0001/WO, ICD D207713-0005/WO, ICD D207713-0004/WO, ICD D207713- 0003/WO, CDR 003787654-0002 RIPLS lamp, ITM 1030487 ARTICHOKE, EUTM 003876315 Figurative, CDR 000337183-0001, EUTM 004353447 COLLAGE, EUTM 003965341CAMPBELL, CDR 000169321-0001, CDR 001644071-0001, ITM 1045573LP NEST, EUTM 003243581 10000010 Enigma, CDR 000781026- 0001, CDR 000069471-0001, CDR 000628433-0001 Enigma - Lamp, EUTM 012753588 PH5, EUTM 012753166 AJ TABLE, ITM 1029911 FIGURATIVE, CDR 002732024Ceiling lights, CDR 002685487-0001  Lamp, CDR 002585711- 0001 Lamp, CDR 003811595-0002 YUH - Bordlampe, CDR 003811595-0003 YUH - Væglampe, CDR 003787654- 0001 RIPLS - Loftslamper, Væglampe, EUTM 016063191 LP CAPSULE, CDR 003811595-0001 YUH - Standerlamper, Gulvlamper, CDR 003501279-0001 ABOVE - Loftslamper, EUTM 1378985 NORTHSCAPE, EUTM 1363195LP CITÉ, EUTM 1352457PH SNOWBALL 
 </t>
-  </si>
-[...1 lines deleted...]
-    <t>EUTM 000069757 NISSAN</t>
   </si>
   <si>
     <t>ITM 1283273/WO DENTELLE DE CALAIS-CAUDRY</t>
   </si>
   <si>
     <t>ASSOCIATION I.G. DENTELLE DE CALAIS-CAUDRY</t>
   </si>
   <si>
     <t>tekstilizstrādājumi un tekstilizstrādājumu aizstājēji</t>
   </si>
   <si>
     <t>EUTM 002973816/EM MANCHESTER UNITED, EUTM 002973824/EM MANCHESTER UNITED,EUTM 003127371/EM MANCHESTER UNITED
 EUTM 003397999/EM MAN UTD, EUTM005248811/EM MU, EUTM 006086201/EM MAN UNITED, EUTM 006086136/EM MANCHESTER UNITED	, EUTM 006086111/EM MANCHESTER UNITED, EUTM 008859531/EM, EUTM 000761312/EM MANCHESTER UNITED, EUTM 000937896/EM MANCHESTER UNITED, EUTM 000935486/EM MANCHESTER UNITED, EUTM 001071224/EM, EUTM 008990343/EM MANCHESTER UNITED, EUTM 008990657/EM MANCHESTER UNITED
 EUTM 010567659/EM MAN UTD, EUTM 012355962/EM MAN UTD
 EUTM 013777933/EM MANCHESTER UNITED, EUTM 013777941/EM MANCHESTER UNITED, EUTM 002201879/EM THEATRE OF DREAMS
 ITM 1325186/WO MANCHESTER UNITED FOOTBALL CLUB
 EUTM 001336304/EM, EUTM 001333640/EM MANCHESTER UNITED</t>
   </si>
   <si>
     <t>MANCHESTER UNITED FOOTBALL CLUB LIMITED</t>
   </si>
   <si>
     <t>ITM 1766635/WO, EUTM	014885487/EM TURBOPOWER, EUTM 001322411/EM TALKABOUT, EUTM 001059831/EM TALKABOUT,EUTM 014809974/EM SHATTERSHIELD, EUTM 004550737/EM ROKR, EUTM 005111877/EM MOTOTRBO, EUTM 003703766/EM MOTOSYNC, EUTM 009117524/EM MOTOROLA SOLUTIONS, EUTM 018136741/EM MOTOROLA HALO+, EUTM 009645649/EM MOTOROLA DEFY, EUTM 017865887/EM MOTOROLA 1, EUTM 003458676/EM MOTOROLA	
 EUTM 016999931/EM MOTOROLA, EUTM 005523221/EM MOTOROLA
 EUTM 005173737/EM MOTOROKR	, EUTM 004724332/EM MOTOQ	
@@ -11484,53 +11154,50 @@
     <t>transportlīdzekļu apgaismojuma sistēmas</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 004880589/EM DEAN &amp; DAN, ITM 1193591 Dean &amp; Dan Caten, EUTM 4347761 D2 DSQUARED2, EUTM 8142011DSQUARED2 SHE WOOD, ITM 1172079 BROTHERS BAR &amp; GRILL, EUTM 1201697 CERESIO7, ITM 1233104 DSQUARED2, ITM 1091413 DSQUARED2, EUTM 8141962 DSQUARED2 HE WOOD, EUTM 5287495 Dsquared, EUTM 8133548 DSQUARED², ITM 1184744 DSQUARED2, ITM 1252279 DSQUARED2, EUTM 4936662 D² DSQUARED², ITM 1198056 Catens, ITM 1074869 DSQUARED, EUTM 4880589 DEAN &amp; DAN, EUTM 4998266 DSQUARED² WOOD, ITM 1084427 DSQUARED2 POTION, EUTM 5217963 DSQUARED2, EUTM 4952131 DETERMINATION, ITM 1217910 DSQUARED2 WILD, EUTM 7471204 DSQ, ITM 1236814 DSQUARED2, EUTM 2509826 D² DSQUARED², EUTM 5217997 DSQUARED² WOOD	</t>
   </si>
   <si>
     <t>DSQUARED2 TRADEMARKS LIMITED</t>
   </si>
   <si>
     <t>THE WELSH RUGBY UNION LTD</t>
   </si>
   <si>
     <t>GUCCIO GUCCI S.P.A.</t>
   </si>
   <si>
     <t>LOGITECH EUROPE S.A.</t>
   </si>
   <si>
     <t>CDR 001290597-0001</t>
   </si>
   <si>
     <t>One drop only Chemisch-pharmazeutische Vertriebs-GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">mēles tīrītājs </t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">ITM 1211398 JACQUEMUS, CDR 008516199-0002 Modele de sac à main Bambino </t>
   </si>
   <si>
     <t>CDR 000094461-0002/EM, EUTM 018115766/EM PANTAGRUEL, EUTM 018115761/EM HOPPER, EUTM 018676743/EM EXTREMIS, CDR 001825787-0001/EM</t>
   </si>
   <si>
     <t>EXTREMIS</t>
   </si>
   <si>
     <t>mēbeles, galdi, piknika galdi</t>
   </si>
   <si>
     <t>EUTM 012829842/EM TOMS, EUTM 012830551/EM TOMS, EUTM 014221816/EM TOMS, EUTM 012830791/EM TOMS, EUTM 012130647/EM TOMS, EUTM 011555497/EM TOMS, EUTM 014059695/EM TOMS, EUTM 011581931/EM TOMS, EUTM 012757969/EM TOMS, EUTM 012130563/EM TOMS, ITM 887771/WO TOMS, EUTM 014035745/EM TOMS FOR ONE ANOTHER, EUTM 011555729/EM TOMS ONE FOR ONE, EUTM 014035729/EM TOMS FOR ONE, ANOTHER, EUTM 013845755/EM TOMS PASSPORT REWARDS EUTM 012130415/EM TOMS ONE FOR ONE</t>
   </si>
   <si>
     <t>TOMS SHOES INC</t>
   </si>
   <si>
     <t>ikdienas apavi</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 008774812/EM UEFA, EUTM 007463821/EM, EUTM 007464084/EM UEFA, EUTM 016417917/EM Together #WePlayStrong,EUTM 015611387/EM UEFA Together #WePlayStrong
 </t>
   </si>
   <si>
     <t xml:space="preserve">UNION DES ASSOCIATIONS EUROPEENNES DE FOOTBALL </t>
@@ -11676,53 +11343,50 @@
     <t>SILBON ESPAÑA, S.L.U.</t>
   </si>
   <si>
     <t>EUTM 018697043/EM N.G.P TOBACCO, EUTM 018179011/EM PABLO
 EUTM 017559972/EM KILLA, EUTM 019102975/EM EXTRA STRONG NICOPODS KILLA Apple, EUTM 019102944/EM EXTRA STRONG NICOPODS KILLA MINI BLUEBERRY, EUTM 019102893/EM KILLA DRY EXTRA STRONG NICOPODS COLD MINT, EUTM 019102908/EM PREMIUM QUALITY NICOPODS KILLA Exclusive Cherry Cola, EUTM 019102844/EM 50MG STRONG NICOPODS PABLO Exclusive Mango Ice	
 EUTM 019102973/EM DANGER STRONG NICOPODS PABLO ICE COLD MINI, EUTM 019102969/EM DANGER STRONG NICOPODS PABLO RED DRY, EUTM 019102961/EM KILLA EXTRA STRONG NICOPODS Cold Mint</t>
   </si>
   <si>
     <t>N.G.P TOBACCO ApS</t>
   </si>
   <si>
     <t>nikotīna paciņas bez tabakas, iekšķīgai lietošanai</t>
   </si>
   <si>
     <t>EUTM 014228811/EM THE POWERPUFF GIRLS,EUTM 004145884/EM THE POWERPUFF GIRLS, EUTM 000852780/EM The Powerpuff Girls, EUTM 018470734/EM POWERPUFF, EUTM 015093545/EM RICK AND MORTY	
 EUTM 018054654/EM RICK AND MORTY, EUTM018584542/EM, EUTM 008365538/EM ADVENTURE TIME, EUTM 008429136/EM BEN 10ALIEN FORCE, EUTM  008528069/EM BEN 10 ULTIMATE ALIEN, EUTM 007151939/EM CN CARTOON NETWORK, EUTM 001155282/EM CN	
 EUTM 015318785/EM ADVENTURE TIME,ITM 955360/WO BEN 10 ALIEN FORCE, ITM 892033/WO BEN 10, EUTM 003297165/EM TOONAMI</t>
   </si>
   <si>
     <t>CDR 000134168-0006</t>
   </si>
   <si>
     <t>Krinner GmbH</t>
   </si>
   <si>
-    <t xml:space="preserve">ziemassvētku eglītes statīvs </t>
-[...1 lines deleted...]
-  <si>
     <t>CDR 015002771-0001/EM, CDR 015002771-0002/EM, CDR 015002771-0003/ EM, CDR 015009801-0003/EM, CDR 015009801-0002/EM, CDR 015068623- 0001/EM	, CDR 015009803-0001/EM, CDR 015043119-0001/EM, ITM 1812338/WO HEY2O, CDR 015068605-0001/EM, CDR 008487995-0007/EM
 CDR 008487995-0008/EM, CDR 008487995-0009/EM, CDR 008487995-0014/ EM, CDR 008487995-0012/EM, CDR 008487995-0013/EM, CDR 008487995- 0015/EM	, CDR 008487995-0016/EM, CDR 015009801-0001/EM, CDR 008487995-0017/EM, CDR 008487995-0018/EM,EUTM 016683633/EM HEY DUDE, EUTM 018653035/EM EY DUDE,EUTM 018782234/EM HEY DUDE
 ITM 1060473/WO hey Dude, ITM 1729640/WO HEY DUDE, EUTM 018970623/EM HEY DUDE, CDR 008487995-0001/EM, CDR 008487995- 0002/EM	, CDR 008487995-0003/EM, CDR 008487995-0004/EM, CDR 008487995-0005/EM, CDR 008487995-0011/EM, CDR 008487995-0006/EM	
 CDR 008487995-0010/EM</t>
   </si>
   <si>
     <t>CROCS TRADING COMPANY PTE LTD</t>
   </si>
   <si>
     <t>somas, džinsa apģērbi</t>
   </si>
   <si>
     <t>EUTM 016732877/EM BING, EUTM 016732869/EM BING, EUTM 018023122/EM, EUTM 016732851/EM BING BUNNY</t>
   </si>
   <si>
     <t>Acamar Films Limited Acamar Films Limited</t>
   </si>
   <si>
     <t>apģērbs, rotaļlietas, leļļu aksesuāri</t>
   </si>
   <si>
     <t>EUTM 017195066 Spigen EUTM 018964532/EM SPIGEN</t>
   </si>
   <si>
     <t>ITM 1196173/WO NIGY, ITM 603354/WO TOPICREM,ITM 1170081/WO TOPICREM, ITM 1040096/WO TOPICREM soins bébé bio</t>
@@ -11759,55 +11423,50 @@
   </si>
   <si>
     <t>SEKIGUCHI CO LTD</t>
   </si>
   <si>
     <t>EUTM 000165845/EM kipling, EUTM 001459155/EM KIPLING, EUTM 001016542/EM kipling,EUTM 001459288/EM KIPLING,	EUTM 001016492/EM KIPLING, EUTM 004903928/EM KIPLING, EUTM 018679398/EM NAPAPIJRI BE OUT THERE,	EUTM 005052816/EM NAPAPIJRI geographic, EUTM 000291021/EM NAPAPIJRI, EUTM 009840901/EM NAPAPIJRI, EUTM 015326325/EM NAPAPIJRI</t>
   </si>
   <si>
     <t>VF International SAGL</t>
   </si>
   <si>
     <t>EUTM	008518839/EM PIONEER DJ, EUTM	010902468/EM  SOUND TUNED BY ANDREW JONES A. JONES CHIEF SPEAKER ENGINEER</t>
   </si>
   <si>
     <t>Pioneer Europe NV</t>
   </si>
   <si>
     <t>skaņas pastiprināšanas iekārtas audio mikseri, skaļruņi</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 8154098 Marca patrón tous, CDR 002081851-0005OSO	
 EUTM 018712249OSO nuevoEUTM  3236619 FIGURATIVA OSO KAOS, EUTM  11882 TOUS MARCA DENOMINTIVA, ITM  1008239 FIGURATIVA cuadrado oso, tulipán, f VA, ITM  1152997   FIGURATIVA NIÑO, ITM  1152996   FIGURATIVA NIÑA, ITM  1064125 FIGURATIVA NIÑA,ITM  1051988 FIGURATIVA NIÑO, EUTM  2739381  DENOMINATIVA TOUS, EUTM  5477922  FIGURATIVA OSOS KAOS, EUTM  8378531  3D CAJA ENVOLTORIO, CDR  001990805-001/002 DISEÑO COMUNITARIO ELEFANTE, CDR  001598319  DISÑEO COMUNITARIO OSO BUBBLE, CDR  002149096-001/002/003/004/005  FIGURATIVO 3D LAZO, DUNA, DISCO MARIPOSA, CDR  002081851-001/002/003/004/005,  002081851-001/002/003/004/005 FLORES Y OSO INFINITY  
 </t>
   </si>
   <si>
-    <t xml:space="preserve">
-[...3 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 009593922/MALIBU BLACK, EUTM 000397125/MALIBU COCONUT ICEPAK, EUTM 010886687/fig./, EUTM 009422916/ MALIBU VIVA, EUTM 010438638/MALIBU SUNSHINE, EUTM 05466131MALIBU SOUND CLASH,  EUTM 09593898/MALIBU RED, EUTM 000497651 MALIBU LIME, EUTM 008591737 MALIBOOM BOOM, EUTM 009650037 MALIBU FRESH, 011159597/ MALIBU SUNDAE, EUTM 000396994 MALIBU LIME ICEPAK, EUTM 004101887/MALIBU Chill, CDR 00047720- 0001/EM, EUTM	009467771/EM MALIBU COCKTAILS,EUTM 010467017/ EM MALIBU SUNSHINE, EUTM	009480948/EMMALIBU CREATIONEUTM 011966546/MALIBU,  EUTM 010467017/MALIBU SUNSHINE, EUTM 000940734/MALIBU, EUTM 000940700/MALIBU, EUTM 009670043/MALIBU, EUTM 000756940, EUTM 09467771/MALIBU COCKTAILS, EUTM 009467689/MALIBU COCKTAILS CARIBBEAN COSMO SPIRIT OF THE CARIBBEAN, EUTM 009467812/ MALIBU COCKTAILS ISLAND PUNCH SPIRIT OF THE CARIBBEAN, EUTM 009467721/MALIBU COCKTAILS MELON MARGARITA SPIRIT OF THE CARIBBEAN, EUTM 009467655/ MALIBU COCKTAILS TROPICAL CAIPIRINHA SPIRIT OF THE CARIBBEAN, EUTM 009593971/MALIBU WHITE, EUTM 000418384 /MALIBU,  EUTM 000886689/MALIBU, EUTM 008604753/MALIBU, EUTM 010886761/MALIBU COCKTAILS RUM PUNCH, EUTM 008591976/RADIO MALIBOOM BOOM, EUTM 010038131/MALIBU COCKTAILS CARIBBEAN COSMO, EUTM 010038172/MALIBU COCKTAILS RUM PUNCH, EUTM 010038206 MALIBU COCKTAILS MELON MARGARITA, EUTM 010038248/MALIBU COCKTAILS TROPICAL MOJITO, EUTM 011618485/MALIBOOTH, EUTM 011937133/MALIBU, EUTM 011159597/MALIBU SUNDAE, CDR 002034108-0001, CDR 002034108-0002, CDR 002034108-0003, CDR 002034108-0004 
 </t>
   </si>
   <si>
     <t>alkoholiskais dzērins MALIBU</t>
   </si>
   <si>
     <t>EUTM 006103899 PARMIGIANO-REGGIANO, EUTM 008737447 CONSORZIO DEL FORMAGGIO PARMIGIANO REGGIANO, EUTM 008737405 PARMIGIANO REGGIANO, EUTM 017721051 PARMIGIANO REGGIANO, EUTM 017948650, EUTM 008737389 PARMIGIANO REGGIANO, EUTM 001126481 PARMIGIANO REGGIANO, EUTM 017942425 PARMIGIANO REGGIANO, GIP PDO-IT-0016 Parmigiano Reggiano, EUTM 012053369/EM PARMIGIANO REGGIANO CONSORZIO TUTELA</t>
   </si>
   <si>
     <t>CDR 002952846-0001/EM, CDR 002952846-0002/EM</t>
   </si>
   <si>
     <t>FAVERO ELECTRONICS SRL</t>
   </si>
   <si>
     <t>velosipēdu datori, velosipēdu pedāļi</t>
   </si>
   <si>
     <t>EUTM 013055033/EM 1664 - sixteensixtyfour, EUTM 018685684/EM Kronenbourg 1664 BLANC, EUTM 018683108/EM 1664 BLANC, EUTM 019016525/EM 1664 , EUTM 018967049/EM 1664,ITM 1788958/WO 1664 Kronenbourg BLANC, EUTM 018967154/EM 1664, ITM 1749320/WO Kronenbourg 1664</t>
   </si>
   <si>
     <t>BRASSERIES KRONENBOURG</t>
   </si>
   <si>
@@ -11817,53 +11476,50 @@
     <t xml:space="preserve">EUTM 0989696 GC, EUTM	000567511MARCIANO
 </t>
   </si>
   <si>
     <t>Guess?, Inc.</t>
   </si>
   <si>
     <t>pulksteņi, apģērbi,apavi, galvassegas u.c.</t>
   </si>
   <si>
     <t>EUTM 007180748 RAINBOW BRITE, EUTM 005376561 hoops&amp; yoyo
 EUTM 006609887 HALLMARK, EUTM 000193326 HALLMARK</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 008878779 AIR WICK,  EUTM 004526703 AIR WICK, EUTM 007442775 FRESHMATIC,TM 003624533  FRESHMATIC, EUTM 001150531 AIR WICK 
 </t>
   </si>
   <si>
     <t>EUTM 015538572/EM NATURALLY ACTIVE RETREATS,EUTM 018701620/EM LIZ EARLE SMOOTH &amp; GLOW, EUTM 018836316/EM LIZ EARLE ORANGE FLOWER,EUTM	008765273/EMLIZ EARLE EYEBRIGHT
 EUTM	015538606/EM THE HOUSE OF LIZ EARLE	EUTM 005967294/ EM LIZ EARLE, EUTM 005967831/EM LIZ EARLE CLEANSE &amp; POLISH HOT CLOTH CLEANSER, EUTM008366718/EMLIZ EARLE SUPERSKIN
 EUTM	008367211/EM LIZ EARLE CLEANSE &amp; POLISH, EUTM 005967864/EM</t>
   </si>
   <si>
     <t>LIZ EARLE BEAUTY CO LTD</t>
-  </si>
-[...1 lines deleted...]
-    <t>kosmētika, skaistumkopšanas balzami krēmi,  smaržas sejas mitrinātāji skaistumkopšanas serumi u.c.</t>
   </si>
   <si>
     <t>matu veidošanas ierīces</t>
   </si>
   <si>
     <t>EUTM 018985551/EM Kind Patches Kind Patches Kind Patches Kind Patches</t>
   </si>
   <si>
     <t>Kind Patches Limited</t>
   </si>
   <si>
     <t>vitamīnu piedevu plāksteri, transdermālie plāksteri</t>
   </si>
   <si>
     <t>CDR 001856873-0001/EM,EUTM 013124491/EMPARA'KITO, CDR 001856949-0001/EM, CDR 004013472-0001/EM, EUTM 018863065/EM parakito</t>
   </si>
   <si>
     <t>BIOSYNEX</t>
   </si>
   <si>
     <t xml:space="preserve">rokassprādzes, odu atbaidīšanas līdzekļi </t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                     EUTM  008204901   Micro SD, EUTM  008204794  SD XC, EUTM  001275858  SD, ITM  907972  SD HC, EUTM  10825421   Micro SD XC, EUTM  10825446  Micro SD HC, CDR  000128566-0001, CDR  000128566-0002,CDR  000128566- 0003, CDR  000128566-0004, EUTM	010825388/EM SD SMART, EUTM 018837191/EM SDUC, EUTM 018837197/EM	 micro SDUC
 </t>
@@ -11911,54 +11567,50 @@
     <t>ceļojumu čemodāni un ceļojumu somas u.c.</t>
   </si>
   <si>
     <t>EUTM 002822591/EM TIGI	, EUTM 000816918/EM BED HEAD, EUTM 018310787/EM TIGI</t>
   </si>
   <si>
     <t>TIGI HOLDINGS LIMITED</t>
   </si>
   <si>
     <t>matu veidošanas vaski, kosmētika un kosmētikas līdzekļi, matu kopšanas līdzekļi un procedūras</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000234351 LIU.JO /fig./, EUTM1107343/Les plumes de LIU.JO,  EUTM 011645199/Rebel Queen, EUTM 011715042/LJ ,EUTM 000747923/Liu.Jo, EUTM 0976811/Liu.Jo, EUTM 004717724/Liu.Jo </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 5248679 GIANVITO ROSSI, EUTM 015507163 GIANVITO ROSSI, EUTM 11716495GIANVITO ROSSI MILANO </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000372458, CDR 002028399-0015, CDR 002028399-0014 93026226, CDR 002028399-0013 93026224, CDR 002028399-0012 93026222, CDR 002028399-0011 93026220, CDR 002028399-0010 93026218, CDR 002028399-0009 93026216, CDR 002028399-0008 93026214, CDR 002028399-0007, CDR 002028399-0006, CDR 002028399-0005, CDR 002028399-0004, CDR 002028399-0003,         CDR 002028399-0002, CDR 002028399-0001, CDR 000899083-0001, EUTM 010427979, EUTM 010427987, EUTM 000472506  </t>
   </si>
   <si>
     <t>motocikli, rezerves daļas, apģērbi, t-krekli, cepures, dažādi aksesuāri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 11557923/VCOG, EUTM 008203739/RMR, EUTM 002669984/ TRIPOWER, EUTM 010544294/CCAS, EUTM 010618445/SRS, EUTM 009680372/TRIJICON BRILLIANT AIMING SOLUTIONS, EUTM 010618395/TARS, EUTM 007492119 ACOG, EUTM 001445451/ TRIJICON, EUTM 011158383/ACCUPOINT,  EUTM 008209918/ ACCUPIN </t>
-  </si>
-[...2 lines deleted...]
-CDR 000952841-0003/EM, CDR 000952841-0001/EM, ICD D075168- 0004/WO, ICD D082508-0001/WO, ICD D082508-0002/WO, ICD D082508-0005/WO,ICD D082508-0004/WO, ICD D082508-0003/WO, ITM 1089825 KEY OF TIME , ITM 1258485 H HUBLOT BOUTIQUE EXCLUSIVE, ITM 1006223 H, ITM 1018417 KING POWER, ITM 1047327H, ITM 108982 6oceanographic, ITM 1128346 Magic Gold, EUTM 008273906 BLACK MAGIC, ITM 12690012 FIRMAMENT, ITM 1273313 H HUBLOT CLASSIC FUSION, ITM 1018417 King Power , EUTM 16660185, EUTM 016442824 HUBLOT</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 003833225 WOMAN BOSS HUGO BOSS, ITM 754225 HUGO BOSS, EUTM  004389508 CLAIROL HYDRIENCE, EUTM 004316592CLAIROL NICE N EASY, EUTM 003423571CLAIROL LASTING COLOR, EUTM  003423101CLAIROL LOVING CARE, EUTM 002951481 CLAIROL COLORWONDERFUL, EUTM 004757531 MASTERPIECE, EUTM  001469188FACEFINITY, EUTM10536084 GLOSSFINITY, EUTM  005369211MASTERTOUCH, EUTM009269879 LILY,EUTM 014867576 STELLA STELLA McCARTNEY, ITM934747A/ E, EUTM008558132,EUTM 001919208, ESCADA SENTIMEN, EUTM 008558108 ESCADA, EUTM 001111590 DARK, BLUE, EUTM  002742971 DEEP RED, ITM  1319522 BOSS HUGO BOSS, ITM  1297788 BOSS, EUTM  008276801 BOSS ORANGE, EUTM  000049254 HUGO BOSS, EUTM 000049221 BOSS, ITM  1147051, ITM  836705 SOUL, EUTM  10302511  NUIT POUR FEMME BOSS HUGO BOSS, ITM 1069374 JUST DIFFERENT, ITM  945297 XY HUGO, ITM  944245 XHUGOX, EUTM  2543759 BOSS BOTTLED, EUTM  3737004 BOSS HUGO BOSS INTENSE, EUTM  002433399 STELLA McCARTNEY, EUTM  003698396 MAXFACTOR THE MAKE-UP OF MAKE-UP ARTISTS, EUTM  011657004 MAX FACTOR, EUTM  000273730 MAX FACTOR, EUTM  005783691 STELLA McCARTNEY, ITM  1016000 STELLA  </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 004537734 BIOSYNTH, EUTM	018135030 BIOSYNTH CARBOSYNTH, EUTM 018135028 BIOSYNTH Carbosynth </t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                              EUTM 000161471 MAGNETI MARELLI, EUTM 000161521 MAGNETI MARELLI, EUTM  016638959 MAGNETI MARELLI, EUTM 1496804 M	
 EUTM	1494145 MARELLI, EUTM	1494683 M MARELLI </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000314336 P.S.G. PARIS-SAINT-GERMAIN, EUTM 013108411 PARIS SAINT - GERMAIN, EUTM 013508882I CI C'EST PARIS, EUTM 014407753 GOLDEN BARRE, EUTM014968382 MY PARIS SAINT-GERMAIN, EUTM 01394629 8RUSHIN' PARIS, EUTM013975263 #tousparis, EUTM 000313981 PARIS SAINT-GERMAIN 1970 </t>
   </si>
   <si>
     <t xml:space="preserve"> CDR 003029222-0001, CTM 012664009 93062536 HURRICANE, CDR 003124502-0004 93062534, CDR 003124502-0003 93062532, CDR 003124502-0002 93062530, CDR 003124502-0001 93062528, CDR 002854935-0001</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                                                                                 
 CDR  001931213-0003, EUTM  002226306  91089752  Genius, EUTM  008804494 Salad Chef, CDR  001631847-0003, CDR  001631847-0004  
 CDR  001631847-0006, CDR  001631847-0007, CDR  001631847-0008  
 CDR  001631847-0009, CDR  001631847-0010, CDR  001931213-0009  
 CDR  001931213-0008, CDR  001931213-0007, CDR  001931213-0006  
 CDR  001931213-0005, CDR  001931213-0004  </t>
   </si>
@@ -11986,55 +11638,50 @@
   </si>
   <si>
     <t xml:space="preserve">CDR008707525-0005MOLD CLOSED shoes, CDR008707525-0004LADY SOCK shoes, CDR008707525-0002LADY AFTERHOUR shoes, CDR008707 525-0001Talon LADY,CDR 008754386-0002WAIST BAG, CDR008756266- 0001LINDSAY BAG (chain), CDR008754386-0001LINDSAY BAG (strap), EUTM1497643 Nawm, CDR 001203830-0001,CDR 003379833-0001, CDR 001203830-0001, ICD 100149, CDR 007721808-0001, CDR 008186043-0001, CDR 001262828-0002, CDR 008186043-0002, CDR 008186043-0003, CDR 002512152-0001, CDR 002513085-0001, CDR 007439385-0001, CDR 007439385-0002, CDR 007439385-0003, CDR 008186605-0001, EUTM 011865805Balenciaga, EUTM 006257042 BB, CDR 007722715-0001, EUTM 017416141 BB, EUTM 001048370 BB, ICD 100179, ICD 100180, CDR 006272498-0001, CDR 006272852- 0001, ICD 103381, CDR 006272852-0002, EUTM 1497643 Nawm, CDR 007008057-0001, CDR 005945631-0001, ICD 103372, CDR 007009402- 0001, CDR 006935219-0001, CDR 001262836-0001
 </t>
   </si>
   <si>
     <t>masāžas eļļas, eļļošanas krēmi un želejas, orgasma krēmi medicīniskiem un nemedicīniskiem nolūkiem,medicīniskie seksuālie līdzekļi, farmaceitiskie produkti, pudeles, pudeļu formas, konteineri, izstrādājumi aizvākošanai</t>
   </si>
   <si>
     <t xml:space="preserve">ITM  1421068  Taycan, EUTM  10788164   Panamera, EUTM  3915493 Panamera, EUTM  3915766 Cayman, EUTM  010195873 Cayman, EUTM  1393255  Cayenne, EUTM  12230082  Cayenne, EUTM  9396052  Boxste, EUTM  12897047  Macan, EUTM  10789089   Macan, EUTM  005832878 PORSCHE DESIGN, EUTM  002932085, EUTM  000345744 PORSCHE STUTTGART, EUTM  001700954, EUTM  000073098 PORSCHE, EUTM  002765972, EUTM  10769917  Macan, EUTM  9736232, EUTM  11737368 Porsche, EUTM  11737426 PORSCHE STUTTGART,  EUTM  73171 TARGA, EUTM  283879 CARRERA, EUTM  10842425 turbo, ITM  1055649  Spyder, EUTM  011251741, EUTM  014874614, EUTM  15610256  PIWIS  </t>
   </si>
   <si>
     <t>bezalkoholiskie dzērieni, apģērbi, galvassegas peldkostīmi, t-krekli, zeķes, sviedru krekli, šorti, kleitas, sandales, skriešanas kostīmi, sporta džemperi, apakšbikses, džemperi ar kapuci, vestes, bikses, pidžamas, naktskrekli u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                           EUTM 010181527 Alcon, EUTM 004225439 Ciba Vision, EUTM 005616339 Ciba Vision, EUTM 002299675 Ciba Vision, EUTM 000811992 Freshlook Colorfriends, EUTM 001913219 Freshlook, EUTM  018012654 Freshlook Air Colors, EUTM 009241191 Freshlook Illuminate, EUTM 010988591 Dailies Freshlook Illuminate 
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM011082492ABCDE FGHJK, EUTM011822533ABCDE FGHJK, EUTM 011822525ABCDE FGHJK, EUTM010627164 ABCDE FGHJK, EUTM002267581 CLEVITE, ITM 1088531pc, ITM 1081123, ITM 1330576CareMetix </t>
   </si>
   <si>
     <t>t-krekli, kurpes, somas</t>
   </si>
   <si>
-    <t xml:space="preserve">                                                                                                                                           EUTM  009906736, EUTM  009906892 Fred Perry, EUTM  011427945  
-[...3 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM009783821Nutri Bullet, EUTM 013261706RX, EUTM 013303847 Nutribullet RX, EUTM 004100483Magic Bullet, EUTM 013479258Bullet, EUTM 013921069Nutribullet, EUTM 014968879 NutriBullet, EUTM 004956462Magic Bullet, EUTM 008917049Baby Bullet </t>
   </si>
   <si>
     <t>pulksteņi un hronoloģiski instrumenti, juvelierizstrādājumi, rotaslietas, apģērbi, galvassegas, šalles, cimdi, zeķes, jostas, apavi, apavu zoles, zolītes, un citi aksesuāri, rāvējslēdzēji, apavu tīrīšanas un pulēšanas līdzekļi, ugunsdrošais apģērbs, darba bikses, virsvalki, ceļgalu spilventiņi, cietās cepures, aizsargcimdi, aizsargbrilles, rūpniecības apavi, saulesbrilles, austiņas, mobilo tālruņu siksnas, atmiņas kartes, DVD, kompaktdiski, magnētiskie datu nesēji, video kasetes, rūpniecisko apavu zoles un zolītes, instrumentu jostas, instrumentu jostu piederumi, somas, somiņas ceļojumu somas, čemodāni, mugursomas, kabatas portfeļi, maki, kancelejas preces un biroja piederumi</t>
   </si>
   <si>
     <t xml:space="preserve"> zobārstniecības instrumenti, zobārstniecības un zobārstniecības tehnikas aparāti un aprīkojums, zobu sūkšanas sistēmas, zobārstniecības darbības lampas, laboratorijas mēbeles zobārstiem un zobu tehniķiem</t>
   </si>
   <si>
     <t>audumi tekstila vajadzībām, gultas un galda pārklāji, apģērbs krekli, šalles, vestes, t-krekli, Bermudu šorti, apģērba stiprinājumi, bikšturi, apavi, dārgmetāli un to sakausējumi, juvelierizstrādājumi, brilles, optiskie izstrādājumi, somas, smaržas, tualetes, tualetes piederumi, kosmētikas produkti, āda un ādas imitācijas, dzīvnieku ādas u.c.</t>
   </si>
   <si>
     <t>datoru aparatūra, datorprogrammas, daļas un piederumi, tonera kasetnes, tintes kasetnes printeriem, datoru somas u.c.</t>
   </si>
   <si>
     <t>juvelierizstrādājumi, sudraba rotaslietas, dārgmetālu figūriņas - statuetes, medaļas, bižutērija, atslēgu piekariņi personīgie piederumi u.c.</t>
   </si>
   <si>
     <t>rokas darbarīki un rokas instrumenti, galda piederumi, instrumenti pārtikas sagatavošanai virtuves piederumu griešanas ieliktņi, drupinātāji, piederumi pārtikas produktu rīvēšanai, impregnēšana, trauki mājsaimniecības un virtuves vajadzībām, stikla trauki, bļodas, paliktņi, silikona paklāji u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">šaujamieroču optiskie aparāti, instrumenti, tēmēkļi un tvērumi, teleskopiskais tēmeklis, šautenes binokļi, monokļi, lāzera tālmēri, statīvi, apģērbs, cepures, krekli, sporta krekli u.c.
 </t>
   </si>
   <si>
@@ -12049,90 +11696,84 @@
   <si>
     <t>EUTM 018306585 UNICORNIOS INESTABLES, EUTM 018281336 LABILNÍ JEDNOROŽCI, EUTM 017853623 UNSTABLE UNICORNS, EUTM 0181313 29 UNSTABLE GAMES, EUTM 1452668 SCRAM, EUTM 1460240 LLAMAS UNLEASHED, EUTM 018229310 HERE TO SLAY, EUTM 1465673 EXILED LEGENDS, EUTM 017988853 DARING CONTEST, EUTM 017987032 DARING CONTEST, EUTM 1435157 CHIBIPUFFS</t>
   </si>
   <si>
     <t xml:space="preserve">CDR0577432-0001, 0002, EUTM 93036722 STEGO, EUTM 4682481 STEGO, EUTM 4682381 STEGO, CDR 01881640-0001, CDR 029 2933-0006, CDR 0292933-0005, CDR 0292933-0003, CDR 02929 33-0002, CDR 0292933-0001, CDR 0577416-0013, CDR 0577416- 0012, CDR 0577416-0011, CDR 0577416-0010, CDR 0577416-0009, CDR 0577416-0008, CDR 0577416-0007, CDR 0577416-0006, CDR 0577416-0005, CDR 0577416-0003, CDR 0577416-0004, CDR 057 7416-0002, CDR 0577416-0001, CDR 0577432-0018, CDR 0577 432-0017, CDR 0577432-0016, CDR 0577432-0015, CDR 05774 32-0014, CDR 0577432-0013, CDR 0577432-0012, CDR 05774 32-0011, CDR 0577432-0010, CDR 0577432-0009, CDR 0577 432-0004, CDR 0577432-0003, CDR 0577432-0002 </t>
   </si>
   <si>
     <t>globālie pozicionēšanas instrumenti (GPS)</t>
   </si>
   <si>
     <t>kola (bezalkoholiskie dzērieni un gāzētie dzērieni), jakas, krekli, peldkostīmi, t-krekli, svīteri, zeķes, sporta krekli, šorti, kleitas, cepures (galvassegas), iešļūcenes, skriešanas tērpi, sporta krekliņi, apakšbikses, sporta krekli ar kapuci, vestes, bikses, pidžamas, naktskrekli u.c.</t>
   </si>
   <si>
     <t>kafija, tēja, kakao un mākslīgā kafija, rīsi, tapioka un sāgo, milti un graudaugu izstrādājumi, maize, konditorejas izstrādājumi, pārtikas ledus, cukurs, medus, melases sīrups, raugs, cepamais pulveris, sāls, sinepes, etiķis, mērces (garšvielas), garšvielas, saldējums, gaļa, zivis, mājputni un medījumi, gaļas ekstrakti, konservēti, saldēti, žāvēti un termiski apstrādāti augļi un dārzeņi, želejas, ievārījumi, kompoti, olas, piens un piena produkti, eļļas un tauki pārtikai u.c.</t>
   </si>
   <si>
     <t>ķirurģijas, medicīnas, zobārstniecības un veterinārijas aparāti un instrumenti, mākslīgās ekstremitātes, acis un zobi, ortopēdiskie izstrādājumi, šuvju materiāli, terapeitiskās un palīgierīces, kas paredzētas cilvēkiem ar invaliditāti, masāžas aparāti, bērnu aprūpes aparāti, ierīces un priekšmeti, aparāti, ierīces un priekšmeti seksuālām darbībām, juvelierizstrādājumi, pulksteņi, apģērbi, apavi, galvassegas, mājsaimniecības vai virtuves piederumi,galda piederumi, dakšiņas un karotes, skuvekļi tīrīšanas iekārtas, mājsaimniecības veļa, tekstila vai plastmasas aizkari, paklāji, paklājiņi, paklājiņi, linolejs un citi grīdas segumi, netekstila sienas tapetes, spēles rotaļlietas, videospēļu aparāti, vingrošanas un sporta preces, rotājumi, kafija, tēja, kakao un mākslīgā kafija, rīsi, tapioka un sāgo,milti un graudaugu izstrādājumi, maize, konditorejas izstrādājumi, pārtikas ledus, cukurs, medus, melases sīrups, raugs, cepamais pulveris, sāls, sinepes, etiķis, mērces (garšvielas), saldējums, alkoholiskie dzērieni, alus, minerālūdeņi un gāzētie ūdeņi un citi bezalkoholiskie dzērieni, augļu dzērieni un augļu sulas, sīrupi, tabaka, mēķētāju preces, sērkociņi, preparāti putekļu uzsūkšanai, mitrināšanai un saistīšanai, sveces un daktis apgaismošanai u.c.</t>
   </si>
   <si>
     <t>apģērbs, t-krekli</t>
   </si>
   <si>
     <t>instrumenti izmantošanai medicīnā, ierīces vēža ārstēšanai</t>
   </si>
   <si>
-    <t>mājsaimniecības vai virtuves piederumi un trauki, neapstrādāts vai daļēji apstrādāts stikls, izņemot stiklu, ko izmanto celtniecībā, stikla, porcelāna un māla trauki, juvelierizstrādājumi, bižutērija, pulksteņi hronometriskie instrumenti, apģērbi, apavi, galvassegas, mēbeles, spoguļi, rāmji, konteineri uzglabāšanai vai transportēšanai kauls, rags, vaļa bārkstis neapstrādāta vai pusfabrikāta; čaumalas, jūras putas, dzintars, rokas darbarīki un instrumenti, galda piederumi, dakšiņas un karotes, pistoles, izņemot šaujamieročus, skuvekļi, grāmatu iesiešanas izstrādājumi, fotogrāfijas, kancelejas preces un biroja piederumi, līmes kancelejas vai mājsaimniecības vajadzībām u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>juvelierizstrādājumi, bižutērija, pulksteņu izgatavošanas un hronometriskie instrumenti, tostarp pulksteņi, grezni atslēgu piekariņi, mākslas priekšmeti no dārgmetāliem, rokassomas, iepirkumu somas, mugursomas, ceļojumu somas, skolas somas, pludmales somas, tūrisma somas, kabatas portfeļi, somas, kosmētikas maisiņi, tualetes piederumu glabāšanai, ādas kastes, ādas vai ādas imitācijas izstrādājumi, parfimērija, smaržas, ķermeņa eļļas, kosmētika, sveces un daktis apgaismošanai, aromātiskās sveces, mākslinieciski priekšmeti no koka, vaska, ģipša, korķa, niedrēm, niedrēm, klūgām, raga, kaula, ziloņkaula, vaļa čaulas, gliemežvākiem, dzintara, perlamutra, jūras putām, visu šo materiālu aizstājēji vai plastmasas materiāli, iepakojuma konteineri un kastes, mājsaimniecības un vannas istabas veļa, sienu tapsējumi no tekstilmateriāliem, ceļojumu segas, spilvenu pārvalki, mēbeļu audumi, apģērbi, apavi, galvassegas, cimdi, jostas, apakšveļa, peldmēteļi, kimono, mežģīnes un izšuvumi, lentes un bantes, pogas, spiedpogas, āķi un cilpas, adatas un adatas, mākslīgie ziedi, galantērijas izstrādājumi, apģērba rotājumi, klipši vai stiprinājumi, matu rotājumi, matu sprādzes, matu lentes, galvas lentes u.c.</t>
   </si>
   <si>
     <t>lūpu kosmētika, meikaps, plakstiņu ēnas, acu ēnu paletes, korektori, sejas korektors, korektori plankumiem, korektori līnijām un grumbām u.c.</t>
   </si>
   <si>
     <t>audumi šortiem, krekliem, t-krekliem, krekliņiem, biksēm, jakām, vējjakām, sporta krekliem, legingiem, krūšturiem un cepurēm, audums, ko pārdod kā gatavu apģērbu sastāvdaļu, proti, šortu, kreklu, t-kreklu, kreklu, bikšu, jaku, vējjaku, sporta krekli, legingus, krūšturus un cepures, sastāvdaļas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">līmvielas (lipīgi materiāli) kancelejas vai mājsaimniecības vajadzībām, zīmēšanas materiāli un materiāli māksliniekiem, otas, mācību vai mācību materiāli, plastmasas loksnes, plēves un maisiņi iesaiņošanai un iepakošanai, rakstzīmju, bloku drukāšana, spēļu rotaļlietas, videospēļu aparāti, vingrošanas un sporta preces u.c. </t>
   </si>
   <si>
     <t>mobilo tālruņu maciņi, pludmales tērpi, t-krekli, zeķes, sporta krekli, čības, kurpes, galda spēles, adventes kalendāri, parastā metāla atslēgu piekariņi, interaktīvie spēļu krēsli videospēlēm, statujas no plastmasas materiāliem, vaska statujas, bronzas statujas, parastā metāla statujas, vaska figūriņas, adventes kalendārs ar šokolādēm, mobilo tālruņu aizsarg maciņu izgatavošana pēc pasūtījuma, galda spēles mīklu veidā u.c.</t>
   </si>
   <si>
     <t>apģērbi, t-krekli, apavi, aksesuāri u.c.</t>
   </si>
   <si>
     <t>somas, apģērbs, šalles, kleitas, krekli, topi, kamzoli, blūzes, t-krekli, trikotāža, proti, trikotāžas topi, džemperi, mēteļi, vestes, parkas, apmetņi, sporta krekli, krekliņi, topi ar kapuci, sporta apģērbs, peldkostīmi, jakas, bleizeri, uzvalki, legingi (bikses), kombinezoni, bikses, šorti, atpūtas apģērbs, naktsveļa, naktskrekli, pidžamas, peldmēteļi, cimdi, zeķes, apģērba jostas, cepures, apavi</t>
   </si>
   <si>
     <t xml:space="preserve"> ķermeņa kopšanas līdzekļi, apģērbi un aksesuāri u.c.
 </t>
   </si>
   <si>
     <t>rotaļlietas, lelles, celtniecības klucīši u.c.</t>
   </si>
   <si>
     <t>pusvadītāji, integrālās shēmas, mikroprocesori, diodes, tranzistori, sensori, strāvas moduļi (dators) u.c.</t>
   </si>
   <si>
     <t>apģērbi, somas,juvelierizstrā dājumi, rokassprādzes,apģērbi atslēgu piekariņi, mūzikas lentes, piederumi, kasetes ieraksti u.c.</t>
   </si>
   <si>
-    <t>spēles, rotaļlietas, kāršu spēles,galda spēles, darbības un veiklības spēles,galda spēles, galda spēles, kauliņu spēles, Puzle, spēļu kārtis, monētas un žetoni (spēļu aprīkojums),kauliņi (spēļu aprīkojums), spēles figūras u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>konditorejas izstrādājumi, metāla kastes, uzglabāšanas konteineri mājsaimniecībai un virtuvei,  apģērbi, apavi, galvassegas, mobilo tālruņu maciņi, rotaslietas, atslēgu piekariņi, rakstāmpiederumi, plastmasas uzglabāšanas konteineri, tekstilizstrādājumi, rotaļlietu/telefonu maciņi, juvelierizstrādājumi, atslēgu piekariņi, rakstāmpiederumi, plastmasas uzglabāšanas konteineri, tekstilizstrādājumi, rotaļlietas u.c.</t>
   </si>
   <si>
     <t>transportlīdzekļu izplūdes sistēmas, izpūtēji dzinējiem un mašīnām, iepakojuma materiāli, kartona iepakojums  transportlīdzekļiem transportlīdzekļu spoguļi,  transportlīdzekļu daļas, transportlīdzekļu spoileri,  polo krekli, galvassegas, apģērbs, jakas u.c.</t>
   </si>
   <si>
     <t>apģērbs, apavi, somas, maki, galvassegas, saulesbrilles u.c.</t>
   </si>
   <si>
     <t>šaujamieroči, gaisa pistoles, gaisa šautenes, trankvilizatoru pistoles, pneimatiskie ieroči, rotaļu ieroči u.c.</t>
   </si>
   <si>
     <t>elektriskie iztvaicētāji,iztvaicētājs garšaugu un esenču iztvaicēšanai,  inhalatori, garšaugu dzirnaviņas,  apģērbi,  laboratorijas mēteļi, cepures, kleitas, svārki, sporta bikses, bikses, apakšveļa, šalles, vizieri un stieņi u.c.</t>
   </si>
   <si>
     <t>t-krekli</t>
   </si>
   <si>
     <t xml:space="preserve">pneimatiskie vārstu izpildmehānismi, izpildmehānismi AUTH rūpnieciskās automatizācijas vadības ierīces eleektriskie AUTH sensori, AUTH vārsti (sūkņu daļas), solenoīda vārsti u.c. </t>
   </si>
   <si>
     <t>apģērbi, smaržas, smaržvielas u.c.</t>
   </si>
   <si>
     <t>flīžu griezēji (rokas darbarīki)</t>
@@ -12190,66 +11831,54 @@
     <t>tekila</t>
   </si>
   <si>
     <t>sporta bumbas, sporta apavi, apģērbs,sporta somas, sporta apģērbu somas u.c.</t>
   </si>
   <si>
     <t>rezerves daļas, piederumi, aksesuāri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> somas, kabatas portfeļi, mugursomas, apģērbi, apavi, galvassegas, sporta preces un aprīkojums, vingrošanas izstrādājumi, kas nav ietverti citās klasēs, vingrošanas aprīkojums, pielāgotas somas sporta inventāram u.c.</t>
   </si>
   <si>
     <t>ābolu vīna kokteiļi, sidrs, vīni, dzērieni uz vīna bāzes (vīna špriceri), alus, alus kokteiļi, bezalkoholiskie dzērieni, bezalkoholiskie  kokteiļi u.c.</t>
   </si>
   <si>
     <t>mēbeles, krēsli, dīvāni, soli (mēbeles), tpūtas mēbeļu komplekti, āra mēbeles, terases mēbeles, sēdekļi kā mēbeles u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">rokassomas, džemperi, t-krekli  mati, brilles, alus krūzes u.c.
  </t>
   </si>
   <si>
     <t xml:space="preserve"> apavi, apģērbs, galvassegas juvelierizstrādājumi, bižutērija, pulksteņi, to daļas un piederumi</t>
   </si>
   <si>
-    <t>izklaides pakalpojumi, mobilo tālruņu, planšetdatoru, klēpjdatoru, kameru un portatīvo skaņas un video atskaņotāju, elektronisko grāmatu lasītāju, datoru, viedpulksteņu un personālo digitālo asistentu piederumi, proti, aizsargapvalki, vāciņi, futrāļi, priekšējās plāksnes, apvalki, siksnas un aizsargpārklājumi displeju ekrāniem, austiņas; austiņas, planšetdatoru tastatūras, peles paliktņi, rokturi, statīvi un stiprinājumi rokas digitālajām elektroniskajām ierīcēm, proti, mobilajiem tālruņiem, planšetdatoriem, kamerām un portatīvajiem skaņas un video atskaņotājiem, elektroniskajiem grāmatu lasītājiem, datoriem un personālajiem digitālajiem asistentiem apģērbs, austiņas, atslēgu piekariņi,  pildspalvas, pēļu figūriņas, tekstilizstrādājumi un tekstilizstrādājumu aizstājēji, dvieļi, gultas veļa, guļammaisi, vannas un dušas želejas, vannas želeja, vannas sāļi, ķermeņa skrubis, vannas putas, dezodorējošas ziepes, sejas skrubis, šķidrās vannas ziepes, šķidrās ziepes rokām un sejai; ādas ziepes, ziepes ķermeņa kopšanai pīlinga skrubji kosmētiskiem nolūkiem,vaigu sārtums, ķermeņa spīdums, korektori, kosmētika, acu ēnas, uzacu zīmuļi, lūpu balzami un lūpu spīdums, lūpu krāsa,bižutērija, rotaslietas, rokaspulksteņi u.c.</t>
-[...4 lines deleted...]
-  <si>
     <t>šokolādē pārklātas vafeles, pildīta šokolāde, maizes izstrādājumi un konditorejas izstrādājumi, šokolāde un deserti, šokolāde, pildītas šokolādes tāfelītes, šokolādes tāfelītes, šokolādes cepumi</t>
   </si>
   <si>
-    <t xml:space="preserve">kopšanas un skaistumkopšanas līdzekļi, kosmētika, tualetes piederumi, ādas kopšanas līdzekļi; mīkstinošs tīrīšanas līdzeklis, kondicionieris, roku un ķermeņa krēms, ķermeņa losjons, dušas želejas, pēdu,  roku krēmi, dienas un nakts krēmi, acu  smaržas, istabas smaržas, sveces, kosmētika, lūpu spīdumi un lūpu mīkstinātāji, gultas un galda pārklāji, apģērbi, apavi, galvassegas, somas, jostas, tualetes piederumu futrāļi un turētāji u.c. </t>
-[...1 lines deleted...]
-  <si>
     <t>apģērbi, apavi,sporta apavi, galvassegas, bērnu gultiņasceļojumu čemodāni, apģērbu koferi, mugursomas, somas, maki, atslēgu futrāļi (ādas izstrādājumi), maciņi, kas paredzēti tualetes piederumu glabāšanai,  mapes, aploksnes (ādas izstrādājumi), ādas segas (kažokādas), ādas imitācija, kažokādas (dzīvnieku ādas), karšu turētāji, ādas polsterējums mēbelēm, dokumentu kastes  u.c.</t>
-  </si>
-[...1 lines deleted...]
-    <t>bagāžas birkas (ādas izstrādājumi, somas, pārtikas preču maisiņi, beisbola cepures, apģērbs, t-krekli, kāju paklājiņi, auduma durvju paklājiņi, DVD diski, kompaktdiski, DVD futrāļi, diska formas ierakstu nesēji u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> vīriešu un sieviešu apģērbi, apakšveļa,bērnu apģērbs, t-krekli, sporta krekli, mēteļi, visu veidu zeķes, pludmales apģērbs, biksītes,bokseri, topiņi, somas, apavi, parfimērija, kosmētika, eau de smaržas, saulesbrilles un brilles, maciņi, aksesuāri u.c. </t>
   </si>
   <si>
     <t>CDR 015094092-0001/EM, CDR 015094092-0001/EM, CDR015097588- 0001/ EM, CDR 015097588-0001/EM,  EUTM 019038069/EM AMEERAT AL ARAB, EUTM 018892612/EM KHAMRAH, EUTM 018973710/EM ASAD Lattafa, EUTM 019077817/EM ANGHAM, EUTM 018981522/EM YARA Lattafa, EUTM 018125528/EM Lattafa, EUTM 019157728/EM Lattafa, EUTM 018975960/EM Fakhar Lattafa, EUTM 019076871/EM TERIAQ, EUTM 018981370/EMMAYAR Lattafa, EUTM 019149153/EM VICTORIA Lattafa, EUTM 019077889/ EM SEHR LATTAFA, EUTM 019166675/EM ATHEERI Lattafa, CDR 015063449-0002/EM, CDR015064304-0002/EM,CDR 015063647- 0001/EM, CDR 015063684-0002/EM, CDR 015067456-0002/EM, CDR 015094036- 0001/EM</t>
   </si>
   <si>
     <t>EUTM 004650990/EM GUINNESS WORLD RECORDS, EUTM 013876371/ EM GUINNESS THE 1798, EUTM 012864617/EM GUINNESS THE 1759	
 EUTM 018240804/EM GUINNESS QUARTER, EUTM 006550594/EM GUINNESS PURE GENIUS, EUTM 003295417/EMG UINNESS FOREIGN EXTRA STOUT 17 99 GUINNES FOREIGN EXTRA ST JAMEES'S GATE DUBLIN, EUTM 003295458/EM GUINNESS FOREIGN EXTRA STOUT 1759 GUINNESS FOREIGN EXTRA ST. JAMES'S GATE DUBLIN, EUTM 006091961/EM GUINNESS FOREIGN EXTRA GENUINE QUALITY ST. JAMES'S GATE DUBLIN, EUTM 018118666/EM GUINNESS FOREIGN EXTRA ESTd 1759 Arth Guinness, EUTM 004184842/EM GUINNESS, EUTM 002310241/EM GUINNESS, EUTM 001278548/EM GUINNESS, EUTM 005737382/EM GUINNESS, EUTM 001326412/EM GUINNESS, EUTM 009296153/EM GUINNESS, EUTM 002646891/EM GUINNESS, EUTM 008452799/EM GUINNESS, EUTM 002278687/EM GUINNESS, EUTM 000742908/EM GUINNESS, EUTM 012170742/EM GUINNESS, EUTM 015198138/EMESTd. 1759, EUTM 012150926/EM ESTd 1759 GUINNESS FOREIGN EXTRA Arth Guinness, EUTM 15534779/EM EST. 1759, EUTM     011865169/EM CELEBRATING THE HOLIDAY SPIRIT ESTD. 1759 GUINNESS GENEROUS ALE ARTHUR'S HOLIDAY ALE,EUTM 008477093/ EM ARTHUR GUINNESS FUND, EUTM 002947869/EM ArthGuinnes	
 EUTM 003295433/EM, EUTM 005739487/EM, EUTM 002646982/EM
 EUTM 008452931/EM, EUTM 002102580/EM</t>
   </si>
   <si>
     <t>DIAGEO IRELAND</t>
   </si>
   <si>
     <t>EUTM 015094956/EM IF IT CARRIES THE NAME CARHARTT ITS PERFORMANCE WILL BE LEGENDARY, EUTM 017939287/EM OUTWORK THE WATER 24 CARHARTT 7, EUTM 011921814/EM CARHARTT. OUTWORK THEM ALL., EUTM 017917547/EM C CARHARTT COMPANY GEAR, EUTM 017936822/EM CARHARTT FOR WORKERS, EUTM 011053981/EM carhartt FORCE C, EUTM 014686109/EM CARHARTT FORCE, EUTM 015601412/EM CARHARTT WIP, EUTM 015268881/EM carhartt protective, EUTM 000036749/EM CARHARTT	
 EUTM 007283799/EM carhartt, EUTM 006402754/EM Carhartt, EUTM 000037861/EM carhartt, EUTM 014522577/EM CARHARTT, EUTM 007283807/EM carhartt, ITM 1265545/WO CARHARTT WORK IN PROGRESS, ITM 1085010/WO CARHARTT - WORK IN PROGRESS</t>
   </si>
   <si>
     <t>CARHARTT B.V.</t>
   </si>
   <si>
     <t>EUTM 0925002 BY MALENE BIRGER</t>
@@ -12276,98 +11905,92 @@
   </si>
   <si>
     <t>BANG &amp; OLUFSEN OPERATIONS A/S</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 012276473/EM Calgon, EUTM 005560479 CALGON, EUTM 011825395  </t>
   </si>
   <si>
     <t>CDR 48615080003, CDR 48615080002, CDR 48615080001</t>
   </si>
   <si>
     <t>LINEA LIGHT S.R.L.</t>
   </si>
   <si>
     <t>apgaismojuma elementi</t>
   </si>
   <si>
     <t>EUTM0 03785706/EM C.P. COMPANY,EUTM 017756875/EM #eyesonthecity
 EUTM 012395621/EM C.P. COMPANY, EUTM 003785731/EM C.P. COMPANY, EUTM 018357340/EM,EUTM 018716651/EM C.P. COMPANY
 EUTM 018662358/EM,  EUTM 018676477/EM	. ITM 928957/WO C.P. COMPANY</t>
   </si>
   <si>
     <t>TRISTATE INTERNATIONAL SA</t>
   </si>
   <si>
-    <t xml:space="preserve">kosmētika, smaržas, zobu pastas,matu losjoni, brilles, saulesbrilles un to piederumi, pulksteņi un hronometriskie instrumenti, apģērbi, apavi, galvassegas, somas, jostas, rotaļlietas u.c. </t>
-[...1 lines deleted...]
-  <si>
     <t>ITM 911859 CHORUS, ITM 11657 GEWISS, ITM 000911653 Chorus</t>
   </si>
   <si>
     <t>Gewiss - S.p.A.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 015950264/EM LA MIA BAMBINAEUTM8860975 ELISABETTA FRANCHI + figura, ITM 1093268 figura geometrica,  ITM 959545 ELISABETTA FRANCHI 
 </t>
   </si>
   <si>
     <t>ITM 1067933/WO AquaBlade</t>
   </si>
   <si>
     <t>Jacques Beij</t>
   </si>
   <si>
     <t>logu tīrītājs</t>
   </si>
   <si>
     <t xml:space="preserve">CPVR 55220 Supechseventeen, EUTM 001199413/EM HONEYCOT, EUTM 003585858/EM COACHELLA SEEDLESS, EUTM 019077875/EM BLACK MAGIC, EUTM 001326172/EM BLACK GIANT, EUTM 000611004/EM BLACK DIAMOND, EUTM 011762705/EM BELINA SEEDLESS, EUTM 010671071/EM AUTUMNCRISP, EUTM 004474698/EM APPLUM, EUTM 001277664/EM AMBER CREST, EUTM 011443926/EM ADORA SEEDLESS
 EUTM 000610980/EM SUPERIOR SEEDLESS, EUTM 016124026/EM SUN WORLD INNOVATION, EUTM 000118802/EM SUN WORLD, EUTM 011443843/EM STARLETTA SEEDLESS, EUTM 002675692/EM SOPHIA SEEDLESS, EUTM 011762432/EM SONERA SEEDLESS, EUTM 011443876/ EM SOLETTA SEEDLESS, EUTM 011763026/EM SOLERA SEEDLESS	
 EUTM 002675130/EM SABLE SEEDLESS, EUTM 011762978/EM ROSERA SEEDLESS, EUTM 004069423/EM RED GIANT, EUTM 000902924/EM MIDNIGHT BEAUTY, EUTM 004051421/EM SUPER STAR, CPVR 27969 SUGRASIXTEEN, CPVR 21163 SUGRATHIRTEEN, CPVR 26298 SUGRAEIGHTEEN, CPVR 32280 SUGRANINETEEN, CPVR 40786 Sugrathirtyfive, CPVR 61233 Sugrafortyeight, CPVR 27235 Suapriseven, CPVR 26758 Suaprieight, CPVR 29637 Suaprinine, CPVR 26757 Sugrafourteen, CPVR 38357 Sugrathirtytwo, CPVR 52695 Sugrathirtyfour,CPVR 49785 Sugrathirtysix
 CPVR 49786 Sugrathirtyeight, CPVR 52162 Sugraforty, CPVR 49787 Sugrafortyone, CPVR 58281 Sugrafortythree, CPVR 58282 Sugrafortyfive, CPVR 35655 Sunectwentyone, CPVR 29636 Supechfifteen, CPVR 55624 Supechsixteen
 CPVR 30128 Suplumtwentytwo, CPVR 30129 Suplumtwentythree,CPVR 32804 Suplum wentysix, CPVR 32436 Suplumtwentyeight, CPVR 37509 Suplum thirtyseven, CPVR 32437 Suplumthirtyone, CPVR 35891 Suplumthirtyfour
 CPVR 35895 Suplumthirtysix, CPVR 43212 Suplumthirtyeight, CPVR 54880 Suplumfortythree, CPVR 58339 Suplumfortyseven,CPVR 66238 Suplumfortyone
 CPVR 66239 Suplumfortyfour, CPVR 66241 Suplumfortytwo, CPVR 66244 Suplumfifty, CPVR 67018 Sugrafortynine, CPVR 67019 Sugrafifty,CPVR 67020 Sugrafiftyone, CPVR 67025 Sugrafiftytwo, CPVR 67026 Sugrafiftythree, CPVR 67027 Sugrafiftyfour, CPVR 67028 Sugrafiftyfive, ITM 870220/WO SCARLOTTA SEEDLESS	</t>
   </si>
   <si>
     <t>SUN WORLD INTERNATIONAL LTD SUN WORLD INTERNATIONAL LTD</t>
   </si>
   <si>
     <t>EUTM 000161950/EM Ferrari, EUTM 001598135/EM Ferrari, EUTM 000560128/EM Ferrari, EUTM 003604261/EM S F, EUTM 001100346/EM360 modena, EUTM 003442381/EM 612SCAGLIETTI, EUTM 000560045/EM SF
 EUTM 004969564/EM, EUTM 002732196/EM Enzo Ferrari, EUTM 000560102/EM Ferrari, EUTM 001616440/EM Ferrari, EUTM 000454546/EM
 EUTM 001616457/EM Ferrari, EUTM 006543301/EM, EUTM 006216972/EM
 EUTM 003292257/EM, EUTM 003503182/EM S F, EUTM 000162065/EM Ferrari, EUTM 006542931/EM, EUTM 002731800/EM ENZO FERRARI	
 EUTM 002568210/EM575 M Maranello, EUTM 001595917/EM 360modena
 EUTM 000539585/EM Ferrari, EUTM 001598689/EM SF,EUTM 001616481/ EM, EUTM 000161984/EM SF, EUTM 000448605/EM FERRARI</t>
   </si>
   <si>
     <t>FERRARI S.P.A.</t>
   </si>
   <si>
-    <t>rotaļlietas, spēles, mehāniskās rotaļlietas, rotaļu modeļi; Modeļu transportlīdzekļi, žurnāli , grāmatas, pulksteņi, saulesbrilles, brilles, ķiveres, stereo austiņasaudio pastiprinātāji, austiņas telefoniem, pildspalvas, apavi, apģērbs, automobiļi/vieglās automašīnas, riteņu diski, riteņi u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 018426032/EM* A BATHING APE</t>
   </si>
   <si>
     <t>I.T NOWHERE (UK) LIMITED</t>
   </si>
   <si>
     <t>krekli</t>
   </si>
   <si>
     <t>EUTM  014676209 LA ROCHE-POSAY LABORATOIRE DERMATOLOGIQUE, CDR 000296462-0001/EM</t>
   </si>
   <si>
     <t>EUTM 010967842 LOGIC, EUTM 016673841 LOGIC PRO,EUTM 015982788 (Marque sans texte), EUTM 015982754 (Marque sans texte),EUTM 015982721 (Marque sans texte), EUTM 015982821 (Marque sans texte),EUTM 014811848 LOGIC, EUTM 015721533 PLOOM, EUTM 010919835 PLOOM, EUTM 017948904 Logic COMPACT, EUTM 17873978 LOGIC COMPACT, EUTM 017948906 Logic COMPACT ELECTRONIC CIGARETTE,EUTM 017948905 Logic COMPACT ELECTRONIC CIGARETTE, EUTM 017948902 Logic COMPACT ELECTRONIC CIGARETTE</t>
   </si>
   <si>
     <t>JT International SA</t>
   </si>
   <si>
     <t>tabaka un tabakas izstrādājumi, tostarp aizstājēji, elektroniskās cigaretes, elektronisko cigarešu baterijas, elektronisko cigarešu šķidrumi, elektronisko cigarešu lādētāji,  elektronisko cigarešu futrāļi</t>
   </si>
   <si>
     <t>EUTM  001417757/EM/ AMBER LEAF, EUTM	011645728 RICHARD LLOYD &amp; SONS AMBER LEAF MELLOW CUT BLONDE ROLLING TOBACCO, EUTM	017076597 AMBER LEAF, EUTM 017933354 AMBER LEAF</t>
   </si>
   <si>
     <t>tabaka, cigarešu un smēķēšanas piederumi</t>
@@ -12398,158 +12021,762 @@
   </si>
   <si>
     <t>Anglepoise GmbH</t>
   </si>
   <si>
     <t>EUTM 013794433/EMYSL MON PARIS,EUTM 018718391/EM YSL MYSLF YVES SAINT LAURENT, EUTM 018295474/EMBABYCAT, EUTM 018306115/EMROUGE VELOURS PATCHOULI - ROSE YVESSAINTLAURENT, EUTM 004672358/EM YSL, EUTM 006036289/EM YVES SAINT LAURENT, EUTM 012562872/EM BLACK OPIUM, EUTM 006036231/EM YSL, EUTM 010850964/EM OPIUM, EUTM 008731424/EM OPIUM YVES SAINT LAURENT</t>
   </si>
   <si>
     <t xml:space="preserve">Yves Saint Laurent </t>
   </si>
   <si>
     <t xml:space="preserve">CDR 000613294-0001/EM, CDR 000613294-0002/EM, CDR 000727672-0001/ EM, CDR 002962696-0001/EM, EUTM 018759860/EM YSL, EUTM 018151332/EM YSL, ITM 1564759/WO YVESSAINTLAURENT, ITM 1462558/WO YVES SAINT LAURENT, EUTM 018151341/EM YVES SAINT LAURENT, EUTM 018759862/EM YVES SAINT LAURENT (Stylized), YVESSAINTLAURENT, EUTM 006845713/EM YSL, EUTM 018152561/EM YSL, EUTM 008194953/EM YSL LOVER, EUTM 018597534/EM SAINT LAURENT, EUTM 008192379/EM YSL CUIR NOIR, ITM 1461992/WO SAINT LAURENT RIVE DROITE,EUTM 018759861/EM SAINT LAURENT
 ITM 1462603/WO SAINT LAURENT	, EUTM 010217883/EM YVES SAINT LAURENT MUSE, EUTM 018152565/EM rive gauche,EUTM 017892658/EM
 EUTM 018862509/EM SAINT LAURENT high, ITM 1567626/WO SAINT LAURENT PARIS, ITM 1462341/WO SAINT LAURENT RIVE DROITE	
 ITM 1462618/WO YSL, EUTM 009417148/EM YSL, EUTM 009416108/EM YSL, CDR 000979521-0001/EM, CDR 003536564-0003/EM, CDR 002933572- 0002/EM	, CDR 002746891-0002/EM, EUTM 011445947/EM SAINT LAURENT PARIS, EUTM 014627434/EM SAINT LAURENT PARIS, ITM 1305523/WO SAINT LAURENT PARIS, EUTM 011445905/EM SAINT LAURENT, EUTM 009416116/EM YvesSaintLaurent, CDR 001175871- 0001/EM, CDR 001263859-0001/EM, CDR 002615880-0004/EM, CDR 002615880-0001/EM	</t>
   </si>
   <si>
     <t>ITM 1433937 FORTNITE, ITM 1441992 FORTNITE, ITM 1433939 FORTNITE, ITM 1419271 FORTNITE, EUTM 017947714 FORTNITE	
 ITM 1426745 FORTNITE, ITM 1426785 FORTNITE BATTLE ROYALE	
 ITM 1447680 FORTNITE</t>
   </si>
   <si>
     <t>matu kopšanas produkti</t>
   </si>
   <si>
-    <t>mehānismi ar monētām darbināmiem aparātiem, kases aparāti, rēķināšanas mašīnas, datu apstrādes iekārtas, dator programmatūra, ugunsdzēšamie aparāti juvelierizstrādājumi, pulksteņi un hronometriskie instrumenti, spēļu rotaļlietas, videospēļu aparāti, vingrošanas un sporta preces, Ziemassvētku eglīšu rotājumi, kafija, tēja, kakao un mākslīgā kafija, rīsi, tapioka un sāgo, milti un graudaugu izstrādājumi, maize, konditorejas izstrādājumi un konditorejas izstrādājumi, pārtikas ledus, cukurs, medus, melases sīrups, raugs, cepamais pulveris, sāls, sinepes, etiķis, mērces, garšvielas, saldējums u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>apģērbi, apavi, galvassegas, uzglabāšanas piederumi un mēbeles guļamistabai, tekstilizstrādājumi un to aizstājēji, mājsaimniecības veļa, tekstila vai plastmasas aizkari, rotaļlietas videospēļu aparāti, vingrošanas un sporta preces, Ziemassvētku eglīšu rotājumi, bagāžas un transporta somas, apkakles, siksnas un mājdzīvnieku apģērbs u.c.</t>
   </si>
   <si>
     <t>galda tenisa nūjas, apģērbs, šorti, t-krekli, treniņtērpi u.c.</t>
   </si>
   <si>
     <t>apģērbi, apavi, galvassegas, ceļojumu koferi, pludmales somas, sporta somas, iepirkumu somas ar riteņiem, maki, rokassomas, instrumentu somas, medību somas (medību piederumi), portfeļi, skolas somas, dārgmetāli un to sakausējumi un izstrādājumi no tiem u.c.</t>
   </si>
   <si>
     <t>saulesbriļļu futrāļi,  ietvari, saulesbrilles saulesbriļļu auklas, siksnas, vāciņi, sieviešu sandales, atslēgu piekariņi sieviešu rokassomas, rotaslietas, kleitas apģērbi, kostīmi, vilnas zeķes, virsdrēbes, peldkostīmi u.c.</t>
   </si>
   <si>
     <t>smaržas juvelierizstrādājumi, apavi, maki, somas, portfeļi, atslēgu piekariņi u.c.</t>
-  </si>
-[...1 lines deleted...]
-    <t>bezalkoholiskie dzērieni uz augļu bāzes ar tējas garšu, ledus tēja, tējas dzērieni, enerģijas dzērieni,  kafijas dzērieni, kas satur pienu u.c.</t>
   </si>
   <si>
     <t>somas, ziepes, parfimērijas preces ēteriskās eļļas, kosmētika, pildīti kosmētikas maciņi, matu veidošanas vasks, depilācijas vasks, šampūni, mājdzīvnieku šampūni (neārstnieciski kopšanas līdzekļi), šķidrumi matu un ķermeņa kopšanai, matu krāsas, dezodorētāji u.c.</t>
   </si>
   <si>
     <t>apģērbs sportam,  sporta inventārs,  saulesbrilles, brilles (optika), sporta brilles, portfeļi, šalles, sporta aprīkojums, cimdi, sporta apavi, futbola krekli, futbola apģērbu modeļi, bērnu apģērbi, vīriešu apakšveļa u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">vienreizējās lietošanas paklājiņi mazuļu pārģērbšanai, bērnu salvetes,
 vienreizējās lietošanas autiņi, bērnu autiņbiksītes u.c.
 </t>
   </si>
   <si>
-    <t>ķīmisko un neķīmisko vielu filtrēšanas līdzekļi, rūpnieciskās eļļas un smērvielas, motoreļļa, transmisijas eļļa, smērvielas, putekļu noņemšanas līdzekļi, dzelzs izstrādājumi un nelieli metāla izstrādājumi, metāla izstrādājumi, jo īpaši celtniecības materiāli, būvelementi, cisternas, tvertnes, konteineri, transportēšanas preces, uzglabāšanas preces, iepakojums, mehāniskās iekārtas celtniecībai, zemes rakšanai, drupināšanai, jaukšanai, apstrādei, ieguvei un lauksaimniecībai, sūkņi, kompresori, ģeneratori un ventilatori, roboti, pārvietošanas un apstrādes aprīkojums, bagāžas, somas, kabatas portfeļi un citi nesēji, mugursomas, apģērbs, apavi, galvassegas, spēles, rotaļlietas, sporta preces un aprīkojums, smēķētāju preces,  šķiltavas,pelnu trauki,  sērkociņi u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>hermētiķi, hermētiķu noņēmēji, blīves un hermētiķu komplekti</t>
   </si>
   <si>
     <t xml:space="preserve">košļājamā tabaka, tabaka, tabakas filtri u.c. </t>
   </si>
   <si>
     <t>briļļu lēcas, saulesbriļļu lēcas, optiskās brilles, oftalmoloģiskā stikla lēcas, optiskās lēcas, oftalmoloģiskās lēcas</t>
   </si>
   <si>
     <t>briļļu lēcas, saulesbriļļu lēcas, optiskās brilles, oftalmoloģiskā stikla lēcas, optiskās lēcas, oftalmoloģiskās lēcas, kino lēcas</t>
   </si>
   <si>
     <t>dūnu mēteļi, t-krekli, jakas, trenčmētelis,  dūnu jakas, mēteļi</t>
   </si>
   <si>
     <t>apģērbs, rotaļlietas, kancelejas preces, svārsta pulksteņi, vannas halāti, bērnu lietussargi, ballīšu baloni, papīra ballīšu dekorācijas, ballīšu ielūgumi, svētku rakstāmpiederumi, papīra ballīšu piederumi, vannas rotaļlietas, ērnu albumi, bērnu pārtika (zīdaiņiem), bērnu dvieļi, plastmasas ballīšu cepures u.c.</t>
   </si>
   <si>
     <t>skaņas pastiprinātāji,  elektriskās kontroles aprīkojums, skaņu atjaunošana aparatūras instrumentiem, apgaismošanas sistēmas, ģitāras, ģitāru stīgas, mūzikas instrumenti</t>
   </si>
   <si>
     <t>kabeļu savienotāji, bezvadu lādētāji, USB lādētāj, pulksteņu siksnas, viedpulksteņi, planšetdatori, skaļruņi, austiņas, bezvadu skaļruņi, mobilo tālruņu maciņi, viedtālruņi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">elektriskie motori,starteri (izņemot sauszemes transportlīdzekļiem),ģeneratori, iekšdedzes dzinēju aizdedzes sistēmas, spuldžu sveces,aizdedzes sveces,degvielas sūkņi, regulatori, sprauslas un sprauslu turētāji, dzinēja vārsti, degvielas filtri, eļļas filtri, gaisa filtri u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">zāģi, cauruļu griešanas mašīnas, mašīnas metālu zāģēšanai, pašgājējas mašīnas zāģēšanai, zāģu soli, mobilās kokzāģētavas, zāģēšanas instrumenti zāģmašīnām, zāģēšanas darbgaldi, zāģu asmeņi u.c. </t>
   </si>
   <si>
-    <t>spēles, rotaļlietas un rotaļlietas, videospēļu ierīces vingrošanas un sporta inventārs, apģērbi, apavi, galvassegas, bagāžas un pārnēsāšanas somas, rokas darbarīki, sniega lāpstas, brilles, sniega brilles, saulesbrilles, ķiveres, muguras aizsargi, apakšstilbu aizsargi,nelaimes gadījumu aizsardzības ierīces personiskai lietošanai, jo īpaši pastiprinājumi plecu un elkoņu, ceļgalu un citu ķermeņa daļu aizsardzībai, elektroniski meklēšanas aparāti apbedīto personu atrašanās vietas noteikšanai, elektroniski lavīnu raiduztvērēji,meklēšanas zondes u.c.</t>
-[...4 lines deleted...]
-  <si>
     <t>liftu lentes, iespiedshēmu plates, iespiedshēmas, pārvietojamie celiņi, invertori (elektrība), inverteri strāvas padevei, pārvietojamas kāpnes (eskalatori, zobsiksnas motoriem, mašīnām, motoriem u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">portfeļi, karšu maki, maki kredītkartēm (ādas izstrādājumi), rokassomas, naudas maki u.c. </t>
   </si>
   <si>
     <t>parfimērijas izstrādājumi, rotaslietas, kosmētika,  apģērbs, apavi, dokumentu maciņi u.c.</t>
   </si>
   <si>
     <t>smaržas, šķidrās smaržas</t>
-  </si>
-[...1 lines deleted...]
-    <t>juvelierizstrādājumi, ķēdes, kaklarotas  rokassprādzes   gredzeni, apģērbi, apavi, galvassegas, jostas somas, ceļojumu somas, rokasomiņas, maki u.c</t>
   </si>
   <si>
     <t xml:space="preserve"> atmiņas moduļi, baterijas, ierīces un instrumenti enerģijas uzkrāšanai, uzlādējamas baterijas, mobilās lietotnes, elektriskās baterijas, sauszemes pārvietošanās līdzekļi, gaisa pārvietošanās līdzekļi, ūdens pārvietošanās līdzekļi, hibrīda transportlīdzekļi, elektriskie transportlīdzekļi,   galvassegas, apģērbs,glāzes, krūzes u.c.</t>
   </si>
   <si>
     <t>galvassegas, blūzes, t-krekli, mugursomas, ceļojumu somas, jakas, mēteļi, džemperi ar kapuci u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">svaigas vīnogas, aprikozes, persiki
 </t>
   </si>
   <si>
     <t>videospēļu konsoles, rotaļlietas, lelles, grāmatas, komiksi, bērnu grāmatas, apģērbi, gultas veļa u.c.</t>
   </si>
   <si>
     <t>ITM 1126166/WO Monchhichi, EUTM 009139346/EM, EUTM 009139312/EM, ITM 1126165/WO</t>
   </si>
   <si>
     <t>EUTM 015382963/EM GIOCHI PREZIOSI GROUP, EUTM 009344292/EM GIOCHI PREZIOSI, EUTM 015383201/EM GIOCHI PREZIOSI, ITM 1041967/WO EMOTION PETS, EUTM 009164914/EM CICCIOBELLO	
 EUTM007028525/EM GORMITI, ITM 1376005/WO BE YOU U, ITM 1620810/WO UNIQUE EYES, ITM 1610996/WO AMICICCI, EUTM 012346045/EM PRIMÍ, EUTM 018795540/EM CANTA TU KARAOKE	
 EUTM 018898946/EM COCCOLOTTI, ITM 1828821/WO GO! POP</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 9344383 GIOCHERIA </t>
+  </si>
+  <si>
+    <t>Carlsberg A/S</t>
+  </si>
+  <si>
+    <t>alus, alkoholiskie un bezalkoholiskie dzērieni pudelēs un skārdenēs u.c.</t>
+  </si>
+  <si>
+    <t>EUTM0 18147664/EM  STRANGER THINGS, EUTM 018470831/EM STRANGER THINGS, EUTM 018059012/EM STRANGER THINGS	
+EUTM 016486961/EM STRANGER THINGS, EUTM 016494064/EM STRANGER THINGS, EUTM 018740882/EM HELLFIRE CLUB	
+EUTM 018740870/EM HELLFIRE CLUB</t>
+  </si>
+  <si>
+    <t>NETFLIX CPX INTERNATIONAL B.V. - STRANGER THINGS</t>
+  </si>
+  <si>
+    <t>EUTM 009901299/EM CARLSBERG COPENHAGEN 1847 BY APPOINTMENT TO THE ROYAL DANISH, OURT, EUTM 000906586/EM CARLSBERG - PROBABLY THE BEST BEER IN THE WORLD, EUTM 000043968/EM CARLSBERG, EUTM	017997103/EM Carlsberg Danish Pilsner 1847 Onwards By Appointment to the Royal Danish Court, EUTM 000044016/EM Carlsberg, ITM 1770058/WO Carlsberg, ITM 1651307/WO Carlsberg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CDR 008799746-0001/EM, CDR 015059681-0001/EM, EUTM 017881103/EM 24 BOTTLES HYDRATION BY DESIGN, EUTM 018039780/EM MAMAWATA, CDR 004153310-0001/EM, CDR 006260238-0001/EM, CDR 006693784-0001/EM, CDR 006693784-0002/EM, CDR 006693784-0003/EM	</t>
+  </si>
+  <si>
+    <t>24BOTTLES SOCIETA' BENEFIT S.R.L.</t>
+  </si>
+  <si>
+    <t>ūens pudeles, ceļojumu krūzes, izolētas pudeles; gumijas blīves, nemetāliski pudeļu korķi, vāciņi, plecu siksnas, nerūsējošā tērauda dzeršanas salmiņi, gumijas auklas un aukliņas, galda piederumu turētāji u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                     EUTM 283051 P POLLINI, ITM 485980 POLLINI, ITM 609064 P POLLINI, ITM 385729 POLLINI, EUTM 4224242 P POLLINI, EUTM 10978559 STUDIO POLLINI, EUTM 10978773 STUDIO POLLINI 
+ </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>POLLINI</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">S.p.A. </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">apģērbi,apavi,somas skaistumkopšanas līdzekļi, to izstrādājumi un aksesuāri u.c.  </t>
+  </si>
+  <si>
+    <t>EUTM 009586801 KRISS, ITM 1160654 KRISS</t>
+  </si>
+  <si>
+    <t>Kriss Systems S.A.</t>
+  </si>
+  <si>
+    <t>Wella International Operations Switzerland S.â.r.l.</t>
+  </si>
+  <si>
+    <t>parfimērija, kosmētika, matu krāsas, lūpkrāsas u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                                                                                                       EUTM 1200229  EIMI, EUTM 003988193 WELLA, EUTM 1485938 weDo/ PROFESSIONAL, EUTM 014245443 SYSTEM PROFESSIONAL, EUTM 0198117 Wellaflex , EUTM 0997661 WELLA PROFESSIONALS,  EUTM 000592113 LONDA, EUTM  1504372 KOLESTON PERFECT,  EUTM  003988193 WELLA, EUTM	000602573KADUS,EUTM 1356723INVIGO	
+ITM 1200229 EIMI, EUTM 004460771 COLOR FRESH, EUTM 17926463 BLONDOR, EUTM 1399770 SEB MAN, EUTM 000392019 NIOXIN
+</t>
+  </si>
+  <si>
+    <t>ON CLOUDS GMBH</t>
+  </si>
+  <si>
+    <t>EUTM 017611799/EM Silicon Mix</t>
+  </si>
+  <si>
+    <t>LABORATORIOS RIVAS SRL</t>
+  </si>
+  <si>
+    <t>EUTM 018055571/EM POP MART,EUTM 018240153/EM POP MART, ITM 1822633/WO THEMONSTERS</t>
+  </si>
+  <si>
+    <t>EUTM 000084970/EM, EUTM 011338101/EM PAUL &amp; SHARK, EUTM 001475508/EM PAUL &amp; SHARK yachting, EUTM 017920674/EM, EUTM 017920670/EM, EUTM 017920671/EM, EUTM 001532142/EM, ITM 1744846/WO, ITM 1764942/WO, ITM 1721346/WO KIPAWA, ITM 1778511/WO PAUL &amp; SHARK, ITM 1811507/WO PAUL &amp; SHARK</t>
+  </si>
+  <si>
+    <t>DAMA S.P.A.</t>
+  </si>
+  <si>
+    <t>CDR 015042407-0001/EM, CDR 015073450-0002/EM, CDR 015073450- 0003/EM, CDR 015073450-0001/EM</t>
+  </si>
+  <si>
+    <t>AGAPARA</t>
+  </si>
+  <si>
+    <t>KOLKMEIJER Johannes</t>
+  </si>
+  <si>
+    <t>zvaniņš, kas sastāv no astoņām stīgām</t>
+  </si>
+  <si>
+    <t>DECKERS OUTDOOR CORPORATION</t>
+  </si>
+  <si>
+    <t>ITM 1686732/WO MOMMY BAG</t>
+  </si>
+  <si>
+    <t>CHILDHOME</t>
+  </si>
+  <si>
+    <t>autiņbiksīšu somas</t>
+  </si>
+  <si>
+    <t>ITM 1016447 KOSHI, ICD 218900-001 Support pour instruments de  musique, ICD 221051-001 Carillon à vent, ICD 221051-002 Carillon à vent, ICD 221051-003 Carillon à vent</t>
+  </si>
+  <si>
+    <t>Southcorp Brands Pty Ltd</t>
+  </si>
+  <si>
+    <t>alkoholiskie dzērieni (izņemot alu), vīns, bezalkoholiskie dzērieni</t>
+  </si>
+  <si>
+    <t>ITM 1417821/WO, EUTM 000626630/EM KOONUNGA HILL, EUTM 000615864/EM PENFOLDS, ITM 1553330/WO Penfolds, EUTM 017997619/ EM, ITM 1407830/WO BEN FU, ITM 1507920/WO PENFOLDS, ITM 1513754/WO PENFOLDS BIN 149, ITM1581512/WO PENFOLDS BIN 51, ITM 1513782/WO PENFOLDS BIN 600, ITM 1513839/WO PENFOLDS BIN 704, EUTM 000615260/EM PENFOLDS GRANGE, ITM 1508055/WO PENFOLDS LOT 518, ITM 1547756/WO PENFOLDS LOT. 015, ITM 1548205/WO PENFOLDS LOT. 020, ITM 1302568/WO PENFOLDS MAX'S, ITM 1317477/WO PENFOLDS RWT BIN 798, EUTM 018351630/EM PENFOLDS ST HENRI, EUTM 001439462/EM RWT</t>
+  </si>
+  <si>
+    <t>ITM 1381552/WO TRODELVY</t>
+  </si>
+  <si>
+    <t>IMMUNOMEDICS INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 005552328/EM FredPerry, EUTM 005552476/EM, EUTM 009906736/EM, EUTM 009906892/EM FRED PERRY, EUTM 011427945/EM,EUTM 011432457/EM FRED PERRY, EUTM  009906736, EUTM  009906892 Fred Perry, EUTM  011427945, EUTM  011716751, EUTM  012654951, EUTM  014022495, CDR  001510306, CDR  001914607, CDR  002610261, EUTM  01143257, EUTM  005552328   Fred Perry, EUTM  005552476 
+</t>
+  </si>
+  <si>
+    <t>EUTM 000044008/EM TUBORG, EUTM 018855260/EM TUBORG. ICE YOUR WORLD, EUTM 019019780/EM, EUTM 013850151/EM SKØLL TUBORG, EUTM 019162152/EM TUBORG,EUTM 019063375/EM TUBORG Squash, ITM 1135976/WO TUBORG, EUTM 018998270/EM TUBORG SUNSÆT, ITM 1717534/WO TUBORG, EUTM 018855256/EM TUBORG. TILT YOUR WORLD, EUTM 018998453/EM TUBORG SUNSÆT, ITM 1710937/WO H HOLSTEN, EUTM 004785721/EM H HOLSTEN, ITM 1783508/WO H HOLSTEN, EUTM 000004895/EM HOLSTEN, EUTM 019024133/EM Seth &amp; Riley's GARAGE HARDCORE,EUTM 019050214/EM GARAGE Riley Seth &amp; Riley's GARAGE, EUTM 011020641/EM GARAGE HARD LEMONADE Fresh from the garage, ITM 1183178/WO Seth &amp; Riley's Garage, ITM 1568136/WO GARAGE HARD SELTZER,ITM 1813758/WO Seth &amp; Riley's GARAGE, ITM 1813757/WO Seth &amp; Riley's GARAGE, EUTM 019021169/EM SOMERSBY	, EUTM 018923393/EM, ITM 1486785/WO SOMERSBY, EUTM 018991805/EM THAT'S REFRESHING, THAT'S SOMERSBY, EUTM 019134384/EM SOMERSBY, EUTM 015430895/EM BROOKLYN, EUTM 019157102/EM PLAYA DE BROOKLYN, EUTM 015330301/EM B BROOKLYN BREWERY, EUTM 015067275/EM BROOKLYN INSULATED LAGER, EUTM 015330343/EM BROOKLYN BREWERY, EUTM 015067234/EM BROOKLYN LORD SORACHI, ITM 1360771/WO BROOKLYN B DEFENDER, EUTM 015430887/EM BROOKLYN LOCAL, ITM 1460960/WO ARDET NEC CONSUMITUR GRIMBERGEN ABBAYE FONDÉE EN ABBEY FOUNDED IN 1128	
+EUTM 019118454/EM GRIMBERGEN NOUVELLE DEPUIS 1128
+EUTM 003604535/EM GRIMBERGEN, EUTM 018944318/EM RIMBERGEN NEW SINCE 1128, EUTM 000139881/EM GRIMBERGEN, ITM 1593435/WOGRIM BERGEN, EUTM 017986688/EM Grimbergen Abbey Brewery</t>
+  </si>
+  <si>
+    <t>CARLSBERG BREWERIES A/S</t>
+  </si>
+  <si>
+    <t>alus, bezalkoholiskais alus, pudeles, metāla kannas alkoholiskajiem dzērieniem, alkoholiskie dzērieni,  alkoholiskie preparāti dzērienu pagatavošanai, sidrs u.c.</t>
+  </si>
+  <si>
+    <t>NTM/ M 62623 LĀCĪTIS ĶEPAINĪTIS, NTM/ M 63834 Lācītis Ķepainītis, NTM/ M 37538 SARKANĀ MAGONE, NTM/ M 63840 SARKANĀ MAGONE, NTM/ M 37533 MASKA, NTM/ M 63835 MASKA, NTM M 69 721/LV 1870 Laima Lācītis Ķepainītis,  NTM M 37521/LV VĀVERĪTE, NTM M 63 838/LV Vētrasputns, NTM M 63 839/LV Laima Vāverīte</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                    EUTM 018817968/EM QUALITY PARTS, ITM 1016514/WO QUALITYPARTS</t>
+  </si>
+  <si>
+    <t>Porsche Austria Gesellschaft m.b.H. &amp; Co. OG</t>
+  </si>
+  <si>
+    <t>EUTM 016950537 DRY AGER BUILT FOR BEEF EST. 2014, CDR 004412138-0013, CDR 004412138-0012, CDR 004412138-0009, CDR 001462204-0001, CDR 004412138-0004, CDR 4412138-0001, CDR 004412138-0007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 018636924 DIESEL, EUTM 008157174 ONLY THE BRAVE, EUTM 013712468/EM DIESEL BAD,EUTM	015778384/EM BAD,EUTM              018881357/ EM D RED, EUTM 018001898/EM DIESEL SPIRIT OF THE BRAVE, CDR 008779706-0001/EM	</t>
+  </si>
+  <si>
+    <t>ITM 881159 HENNESSY, ITM 1752604/WO</t>
+  </si>
+  <si>
+    <t>SOCIETE JAS HENNESSY &amp; C°</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                                                                                                       EUTM 012289187Glenmorangie, EUTM 012289153Ardbeg, EUTM 000085316Glenmorangie, EUTM000704429Ardbeg 
+</t>
+  </si>
+  <si>
+    <t>Macdonald &amp; Muir Limited</t>
+  </si>
+  <si>
+    <t>POLMOS ŻYRARDÓW SPÓŁKA Z OGRANICZONĄ ODPOWIEDZIALNOŚCIĄ</t>
+  </si>
+  <si>
+    <t>EUTM 007118623/EM BELVEDERE INTENSE	, EUTM 003854213/EM BELVEDERE (Cytrus), EUTM 009588864/EM, EUTM 018732777/EM BELVEDERE, EUTM 019002414/EM Polmos, EUTM 016706434/EM BELVEDERE VODKA,EUTM 018732776/EM B,EUTM 017150889/EM B	
+EUTM 017140682/EM, EUTM 019038950/EM ŻYRARDÓW Polmos 1910</t>
+  </si>
+  <si>
+    <t>CDR 008863062-0025/EM, CDR 008863062-0019/EM, CDR 008863062- 0022/EM	, CDR 008863062-0016/EM, CDR 008863062-0012/EM,CDR 008863062-0023/EM,CDR008863062-0017/EM,CDR 008863062-0021/EM	
+CDR 008863062-0014/EM, CDR 008863062-0015/EM,EUTM 006865794 SWAROVSKI, EUTM 000120576 SWAROVSKI, EUTM 000120501 SWAROVSKI, EUTM 007462922 Swarovski,EUTM 013610779 Swarovski, EUTM 003920634, EUTM 009098971 MADE WITH SWAROVSKI ELEMENTS, EUTM 1026023, EUTM 000120576 Swarovski, EUTM 003895091 Swarovski, CDR 005506862-0001, EUTM 016205569 GEMSTONES FROM SWAROVSKI SINCE 1895, EUTM 016203441 ZIRCONIA FROM SWAROVSKI SINCE 1895, EUTM 014637078 EQ, EUTM 001227164 SIGNITY, EUTM 1026023, CDR 006636643-0005/EM, CDR008863062- 0027/EM, CDR 008585558-0001/EM, CDR 008863062- 0038/EM, CDR 008863062-0032/EM, CDR 008863062-0006/EM, CDR 008863062-0009/EM, CDR 008863062-0003/EM, CDR 008863062-0008/EM, CDR 008863062- 0001/EM, CDR 008863062-0002/EM, CDR 008863062-0026/EM, CDR 008863062-0020/EM</t>
+  </si>
+  <si>
+    <t>EUTM 002494433 Metallica, EUTM 000176750 METALLICA, EUTM 004545018 METALLICA, EUTM004721296METALLICA, EUTM 005780846 METALLICA, EUTM 010958221METALLICA,EUTM 000176750 METALLICA, ITM 1815564/WOBLACKENED</t>
+  </si>
+  <si>
+    <t>EUTM 014607824/EM OUAI</t>
+  </si>
+  <si>
+    <t>UNITED BEAUTY BRANDS, LLC</t>
+  </si>
+  <si>
+    <t>spēles, manipulatīvas mīklas, galda mīklu spēles</t>
+  </si>
+  <si>
+    <t>EUTM 018055571/EM POP MART,EUTM 018240153/EM POP MART, NCPR 国作登字-2024-F-00271423 THE MONSTERS - HAVE A SEAT	
+NCPR VA0002424793 HAVE A SEAT BAG,NCPR VA0002448371 LABUBU - BIG INTO ENERGY, NCPR VA0002448155 The Monsters - Angel in Clouds, NCPR VA0002452115 The Monsters - Lazy Yoga - Little bird,ITM 1822633/WO THEMONSTERS</t>
+  </si>
+  <si>
+    <t>EUTM 009060765 TOMTOM, EUTM 007072689 TOMTOM, ITM 969888 TOMTOM, ITM 969889 nawm, ITM 969890</t>
+  </si>
+  <si>
+    <t>Tom Tom International B.V.</t>
+  </si>
+  <si>
+    <t>navigācijas sistēmas, sporta pulksteņi u.c.</t>
+  </si>
+  <si>
+    <t>MARGIELA</t>
+  </si>
+  <si>
+    <t>EUTM  11658151  SEM</t>
+  </si>
+  <si>
+    <t>Swedish Electromagnet Holding AB</t>
+  </si>
+  <si>
+    <t>automobiļu detaļas</t>
+  </si>
+  <si>
+    <t>ķermeņa krēms, roku krēms, viegli aromatizēti aerosoli, smaržūdens, viegli aromatizēti ķermeņa aerosolišampūni, matu kondicionieri, pretblaugznu šampūni u.c.</t>
+  </si>
+  <si>
+    <t>pafimērijas izstrādājumi, kosmētika, mēbeles, diski, transportlīdzekļi, spoguļi, vējstiklu tīrītāji, uzraudzības instrumenti un aparāti, krāsas, transportlīdzekļu bamperi, tehniskās eļļas un smērvielas, automašīnu dzinēji, transportlīdzekļi  u.c.</t>
+  </si>
+  <si>
+    <t>dekoratīvas kedas, nozīmītes, auduma rotājumi, auduma rotājumi, dekoratīvi ielāpi apģērbam, plastmasas apavu rotājumi u.c.</t>
+  </si>
+  <si>
+    <t>skaistumkopšana, matu veidošana, matu kopšana, matu kondicionieri, mitrinoši kondicionieri, šampūni u.c.</t>
+  </si>
+  <si>
+    <t>šaujamieroči, munīcija un šāviņi, sprāgstvielas, uguņošana, šautenes, harpūnu pistoles, pistoles,  gaisa pistoles, revolveri, ložmetēji, mīnmetēji, artilērijas lielgabali, raķešu palaišanas iekārtas, motorizētie ieroči ieroči, lādiņi, raķetes, mīnas, sprāgstvielu drošinātāji, sprāgstvielu drošinātāji izmantošanai raktuvēs, šaujamieroču pusgarās bikses, ieroču plecu siksnas, kārtridži, kārtridžu iepildīšanas aparāti, kasetņu maisiņi, aparāti kasetņu lentu uzpildīšanai, kasetņu iepildīšanas aparāti, kārtridžu futrāļi, šaujamieroču tīrīšanas birstes, ieroču futrāļi, pistoles, ieroču stobri, šauteņu āmuri, šauteņu futrāļi, šauteņu tēmēkļu spoguļi, ieroču un šauteņu sprūda aizsargi, šautenes, tēmēkļi,  ieroču trokšņa slāpētāji, šaušanas platformas, ieroči (rotaļlietas), pistoles (rotaļlietas), gaisa pistoles (rotaļlietas), loki un loka šaušanas ierīces, aparātus krāsas bumbiņu palaišanai, peintbola pistoles, krāsas bumbiņas, pistoļu vāciņus, harpūnu ieroči, rezerves daļas minētajam modelim un ieroču kopijām, jo īpaši iekrāvēji, rokturi, krāni, rāmji, mucas, cilindri, sprūdi, drošības fiksatori, drošības ierīces un virzuļu galvas, šāviņi un munīcija šiem ieroču modeļiem un atdarinājumiem, ieroču kopiju futrāļi un maciņi, modeļu un kopiju ieroči virtuālai šaušanai, mērķi, elektroniskie mērķi, šaujamieroču tēmēšanas teleskopi, optiskās lēcas, teleskopi, sporta brilles, novērošanas instrumenti, okulāri, briļļu futrāļi, apģērbs aizsardzībai pret negadījumiem, apstarošanu un uguni, cimdi aizsardzībai pret negadījumiem, ložu necaurlaidīgas vestes, glābšanas vestes, baterijas kabatas lampām, termoelektrolampas, lāzeri, kas nav paredzēti medicīniskiem nolūkiem, šaujamieroču tēmēšanas teleskopi, šaušanas aizsargbrilles, nakts redzamības brilles, palielināmās brilles, lēcas šaušanai, novērošanas instrumenti šaušanai, aizsargmaskas un brilles, dzirksteļu aizsargi, signalizācijas svilpes, suņu svilpes, ugunsdzēsības aparāti, simulatori, jo īpaši šaušanas simulatori, jo īpaši šaušanas simulatori savienošanai ar televizoru vai datoru, programmatūra, jo īpaši šaušanas simulācijas programmatūra, magnētiskie datu nesēji, kas satur informāciju par šaušanas simulāciju, ierakstītas videospēles, aizsargbrilles u.c.</t>
+  </si>
+  <si>
+    <t>mobilajiem tālruņiem pielāgoti maciņi, mugursomas, piezīmju grāmatiņas, rokas sīkrotas, interaktīvi spēļu krēsli videospēlēm, cepures u.c.</t>
+  </si>
+  <si>
+    <t>rotaļlietas, spēles, mehāniskās rotaļlietas, rotaļu modeļi, modeļu transportlīdzekļi, žurnāli, grāmatas, pulksteņi, saulesbrilles, brilles, ķiveres, stereo austiņasaudio pastiprinātāji, austiņas telefoniem, pildspalvas, apavi, apģērbs, automobiļi/vieglās automašīnas, riteņu diski, riteņi u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">kosmētika, smaržas, zobu pastas, matu losjoni, brilles, saulesbrilles un to piederumi, pulksteņi un hronometriskie instrumenti, apģērbi, apavi, galvassegas, somas, jostas, rotaļlietas u.c. </t>
+  </si>
+  <si>
+    <t>kosmētika, skaistumkopšanas balzami krēmi, smaržas sejas mitrinātāji skaistumkopšanas serumi u.c.</t>
+  </si>
+  <si>
+    <t>juvelierizstrādājumi, ķēdes, kaklarotas  rokassprādzes, gredzeni, apģērbi, apavi, galvassegas, jostas somas, ceļojumu somas, rokasomiņas, maki u.c</t>
+  </si>
+  <si>
+    <t xml:space="preserve">kopšanas un skaistumkopšanas līdzekļi, kosmētika, tualetes piederumi, ādas kopšanas līdzekļi, mīkstinošs tīrīšanas līdzeklis, kondicionieris, roku un ķermeņa krēms, ķermeņa losjons, dušas želejas, pēdu, roku krēmi, dienas un nakts krēmi, acu  smaržas, istabas smaržas, sveces, kosmētika, lūpu spīdumi un lūpu mīkstinātāji, gultas un galda pārklāji, apģērbi, apavi, galvassegas, somas, jostas, tualetes piederumu futrāļi un turētāji u.c. </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> apgaismes ierīces, to  aprīkojums, piederumi, daļas, spuldzes, āra apgaismojums u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">parfimērija, smaržas, tualetes ūdeņi </t>
+  </si>
+  <si>
+    <t>audio ierīces</t>
+  </si>
+  <si>
+    <t>iedeguma krēmi, kosmētiskie krēmi,mitrinoši krēmi,šķidrās smaržas, nagu lakas, lūpu krāsas, otas, acu zīmuļu otas u.c.</t>
+  </si>
+  <si>
+    <t>ķīmisko un neķīmisko vielu filtrēšanas līdzekļi, rūpnieciskās eļļas un smērvielas, motoreļļa, transmisijas eļļa, smērvielas, putekļu noņemšanas līdzekļi, dzelzs izstrādājumi un nelieli metāla izstrādājumi, metāla izstrādājumi, jo īpaši celtniecības materiāli, būvelementi, cisternas, tvertnes, konteineri, transportēšanas preces, uzglabāšanas preces, iepakojums, mehāniskās iekārtas celtniecībai, zemes rakšanai, drupināšanai, jaukšanai, apstrādei, ieguvei un lauksaimniecībai, sūkņi, kompresori, ģeneratori un ventilatori, roboti, pārvietošanas un apstrādes aprīkojums, bagāžas, somas, kabatas portfeļi un citi nesēji, mugursomas, apģērbs, apavi, galvassegas, spēles, rotaļlietas, sporta preces un aprīkojums, smēķētāju preces,  šķiltavas, pelnu trauki,  sērkociņi u.c.</t>
+  </si>
+  <si>
+    <t>spēles, rotaļlietas, kāršu spēles,galda spēles, darbības un veiklības spēles,galda spēles, galda spēles, kauliņu spēles, pduzle, spēļu kārtis, monētas un žetoni (spēļu aprīkojums), kauliņi (spēļu aprīkojums), spēles figūras u.c.</t>
+  </si>
+  <si>
+    <t>VIBIA lampas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ķermeņa kopšanas līdzekļi, apģērbs un aksesuāri, rotaļlietas, spēles (ieskaitot elektroniskās spēļu konsoles) un sporta preces, tekstilzstrādājumi u.c.
+</t>
+  </si>
+  <si>
+    <t>ITM 1700479 BRITA, ITM 1071048 BRITA, EUTM 018314784 BRITA
+ICD DM/089 611, EUTM 015403892 MAXTRA+, EUTM 01867516 4MAXTRA Pro, ITM 840889 Maxtra</t>
+  </si>
+  <si>
+    <t>BRITA SE</t>
+  </si>
+  <si>
+    <t>EUTM 000456822Nomination,  ITM1069273 Nomination, ITM0769289 Nomination</t>
+  </si>
+  <si>
+    <t>NOMINATION di Antonio e Paolo Gensi</t>
+  </si>
+  <si>
+    <t>smaržas, saliekamo dārgakmeņu līnija u.c.</t>
+  </si>
+  <si>
+    <t>REUD 009160112-0003/EM, EUTM 010414035/EM, EUTM 012645313/EM EUTM 016290629/EM  S, EUTM 017582321/EM S, EUTM 017940153/EM S
+EUTM 018026015/EM S, EUTM 018545076/EM, EUTM 018642077/EM ARCH FIT, EUTM 018642092/EM S, EUTM 018983500/EM, EUTM 005546981/EM S, EUTM 018983483/EM, EUTM 004307691/EM SKECHERS
+EUTM 018941075/EM, ITM 1636081/WO SKECHERS SLIP-INS, ITM 1724820/WO S, ITM 1773973/WO S, REUD 001037329-0001/EM, REUD 015046534-0001/EM, REUD 015026477-0002/EM,REUD 015010809-0008/EM
+REUD 001043475-0001/EM, REUD 015036928-0001/EM, EUTM 003867579/ EM S, EUTM 009147042/EM  S, REUD 015031911-0001/EM, REUD 009141880-0001/EM, REUD 009160112-0001/EM</t>
+  </si>
+  <si>
+    <t>SKECHERS USA BENELUX B.V.</t>
+  </si>
+  <si>
+    <t>EUTM 017915432/EM KAZAR STUDIO, EUTM 018588687/EM kazar
+EUTM 018588685/EM</t>
+  </si>
+  <si>
+    <t>KAZAR GROUP SPÓŁKA AKCYJNA</t>
+  </si>
+  <si>
+    <t>apavi, rokassomas u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 015733785/EM CALECOSOL, EUTM 015733751/EM NORWOOD	
+EUTM 015291065/EM BIODOM, EUTM 013129515/EM BIOLOGIC
+EUTM 016617854/EM CARPATINO, EUTM 015670681/EM THERMICA	
+EUTM 015507759/EM BIOTHERM, EUTM 011026812/EM BIODOM
+EUTM 015733744/EM TOBI, REUD 004109031-0001/EM, REUD 004109031-0002/EM, REUD 003846518-0001/EM,REUD 003846518-0002/EM
+REUD 003846518-0003/EM, REUD 003846518-0005/EM</t>
+  </si>
+  <si>
+    <t>BIODOM 27 D.O.O., PROIZVODNJA, TRGOVINA IN STORITVE</t>
+  </si>
+  <si>
+    <t>uzraudzības instrumenti un aparāti, katli, apkures sistēmas, apkures iekārtas, dūmvadi un izplūdes gāzu novadīšanas sistēmas, degļi, kamīni, centrālās apkures ierīces, telpu sildītāji, automātiskie temperatūras regulatori</t>
+  </si>
+  <si>
+    <t>REUD 003765445-0001, ICD DM/214 407, REUD 003765445-0004</t>
+  </si>
+  <si>
+    <t>ITM 1339334 nutella biscuits, ITM 1489982 NUTELLA B-READY, ITM 913051 nutella &amp; GO!, ITM 1687604/WO nutella B-ready, ITM 1485552/WO N
+EUTM 019122942/EM NUTELLA &amp;GO! FERRERO, EUTM 018961104/EM NUTELLA, ITM 1575871/WO NUTELLA muffin, ITM 1766829/WO nutella croissant</t>
+  </si>
+  <si>
+    <t>EUTM 011242153/EM A, EUTM 014549463/EM A,EUTM010768241 /EM APOTHIC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REUD 001258966-0001, ITM 1066520 TIP TON </t>
+  </si>
+  <si>
+    <t>REUD 008793418-0017 Wortbestandteil: PARIS 2024, REUD 008793418-0016 Wortbestandteil: PARIS 2024, REUD 008793418-0015 Wortbestandteil: PARIS 2024, REUD 008793418-0014 Wortbestandteil: PARIS 2024, REUD 008793418- 0013 Wortbestandteil: PARIS 2024, REUD 008793418-0012 Wortbestandteil: PARIS 2024,REUD 008793418-0011 Wortbestandteil: PARIS 2024,REUD 008793418-0010 Wortbestandteil: PARIS 2024,REUD 008793418-0009 Wortbestandteil: PARIS 2024, REUD 008793418-0008 Wortbestandteil: PARIS 2024, REUD 008793418-0007 Wortbestandteil: PARIS 2024,REUD 008793418- 0006 Wortbestandteil: PARIS 2024, REUD 008793418-0005 Wortbestandteil: PARIS 2024, REUD 008793418-0004 Wortbestandteil: PARIS 2024, REUD 008793418-0003 Wortbestandteil: PARIS 2024, REUD 008793418-0002 Wortbestandteil: PARIS 2024, REUD 008793418-0001 Wortbestandteil: PARIS 2024, REUD 008629398-0002,REUD 008629398-0001, EUTM 018794094 PARIS 2024,REUD 008793418-0021, REUD 008793418-0020 Wortbestandteil: PARIS 2024,REUD 008793418-0019 Wortbestandteil: PARIS 2024,REUD 008793418- 0018 Wortbestandteil: PARIS 2024, ITM 1527944 PARIS 2024, ITM 1327476 PARIS 2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+REUD 001681032-0001/EM, EUTM 018934122/EMFLP, EUTM018934065/EM FAURE LE PAGE, EUTM 018383174 FLP, ITM 1105847, ITM 1105848, EUTM 12700449, EUTM 17996301, EUTM 8666018, EUTM 17996299, EUTM 15055742, EUTM 15069677, EUTM 17720582, EUTM 17996291, CDR 001681032-0001, CDR 003568823-0001 à 003568823-0006 
+</t>
+  </si>
+  <si>
+    <t>EUTM 016442824/EM HUBLOT, ITM 1590882/WO H HUBLOT
+REUD 000952841-0003/EM, REUD 000952841-0001/EM, ICD D075168- 0004/WO, ICD D082508-0001/WO, ICD D082508-0002/WO, ICD D082508-0005/WO,ICD D082508-0004/WO, ICD D082508-0003/WO, ITM 1089825 KEY OF TIME , ITM 1258485 H HUBLOT BOUTIQUE EXCLUSIVE, ITM 1006223 H, ITM 1018417 KING POWER, ITM 1047327H, ITM 108982 6oceanographic, ITM 1128346 Magic Gold, EUTM 008273906 BLACK MAGIC, ITM 12690012 FIRMAMENT, ITM 1273313 H HUBLOT CLASSIC FUSION, ITM 1018417 King Power , EUTM 16660185, EUTM 016442824 HUBLOT</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> GUERLAIN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM  001095033  Marque figurative, EUTM  001095207 D. YURMAN  
+EUTM  001095272  DAVID YURMAN, EUTM  015372352  DY SIGNATURE, ITM  0885582  D. YURMAN, ITM  0885583  DAVID YURMAN, ITM  1025921  DY, ITM  1016422, REUD 003227552-0001   modèle enregistré au niveau de l'UE, REUD  003227552-0002  modèle enregistré au niveau de l'UE  
+</t>
+  </si>
+  <si>
+    <t>REUD 008799100-0008/EM,  EUTM 018860992/EMIQ,REUD 007466339- 0002/EM, ICD D239884-0001/WO, ICD D231852-0001/WO, REUD  008799100-0002/EM, REUD 005813094-0012/EM, REUD 005813094-0011/EM,  005813094- 0013/EM,REUD 008799100-0004/ EM, REUD 008799100-0001/EM,  REUD 008799100-0003/EM</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>EUTM 000291823 OMNIC, EUTM 011935046 OMNIC TOCAS</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Courier New"/>
+        <family val="3"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
+ </t>
+    </r>
+  </si>
+  <si>
+    <t>EUTM 000926766/EM RAFFAELLO, ITM 1606503/WO Raffaello	
+EUTM 019122886/EM CONFETTERIA RAFFAELLO</t>
+  </si>
+  <si>
+    <t>šokolāde, konditorejas izstrādājumi, saldumi</t>
+  </si>
+  <si>
+    <t>REUD 002526160-0001,  EUTM 018985008 VANQUISH, EUTM 019026763 VAPOR, EUTM 018946817 SECURE-FITEUTM  005559191  TURBO BOOSTER, EUTM  002722452  CLIP 'N TRIM, EUTM  004776944 GROOMEASE, EUTM  000201327  WAHL, EUTM  004986535 WAHL SHOWMAN, EUTM  004810032  CUTEK, EUTM  004436622  WAHL</t>
+  </si>
+  <si>
+    <t>REUD 006413571-0010/EM, REUD 006413571-0004/EM, REUD 006413571- 0003/EM, REUD 006413571-0002/EM, REUD 006413571-0001/EM, REUD 002937771-0001/EM, REUD 002741470-0001/EM,REUD 006413571-0006/EM
+REUD 006413571-0005/EM, REUD 002142737-0001/EM, REUD 000840988- 0001/EM, ITM 1033502/WO LUMEA, REUD 006413571-0016/EM, REUD 006413571-0015/EM, REUD 006413571-0014/EM,REUD 006413571-0013/EM
+REUD 006413571-0012/EM, REUD 006413571-0009/EM	, REUD 006413571- 0008/EM, REUD 006413571-0007/EM, REUD 006413571-0011/EM	
+ITM 991346/WO PHILIPS</t>
+  </si>
+  <si>
+    <t>matu griešanas un matu noņemšanas ierīces, lāzerepilācija, kosmētiskā elektrolīze matu noņemšanai, depilācijas un skūšanās līdzekļi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 006667273/EM, EUTM 003170354/EM, EUTM 003181492/EM SUPERGA, EUTM 003151701/EM, EUTM 004153219/EM PEOPLE's SHOES OF ITALY, EUTM 009263121/EM S SUPERGA, EUTM	011078318/EM
+EUTM 011895406/EM S SUPERGA, EUTM 018657257/EM SUPERGA
+EUTM 018889353/EM SUPERGA CLUBHOUSE, EUTM 008554107/EM	
+EUTM 018861184/EM	</t>
+  </si>
+  <si>
+    <t>SUPERGA S.R.L. CON SOCIO UNICO</t>
+  </si>
+  <si>
+    <t>apģērbs, galvassegas, mugursomas, pončo, apavi u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 008758311/EM,EUTM 009354581/EM GROW YOUR OWN LEGEND
+EUTM 008758237/EM THE BULLDOG,ITM 1415697/WO THE BULLDOG
+ITM 1478974/WO THE BULLDOG CBD STORE</t>
+  </si>
+  <si>
+    <t>LEIDSEPLEIN IN- EN VERKOOP B.V.</t>
+  </si>
+  <si>
+    <t>t-krekli, tabakas dzirnavas u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 018702696/EM la bonne brosse la bonne brosse . BB, ICD D215299-0001/WO</t>
+  </si>
+  <si>
+    <t>LA BONNE BROSSE</t>
+  </si>
+  <si>
+    <t>matu sukas un piederumi</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">EUTM 541474 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>ANGELUS GRAND CRU CLASSÉ CHATEAU ANGELUS St- E</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">milion Grand Cru </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>DE BOÜARD DE LAFOREST &amp; FILS PROPRIET</t>
+    </r>
+  </si>
+  <si>
+    <t>ITM 1211398 JACQUEMUS, REUD 008516199-0002 Modele de sac à main Bambino</t>
+  </si>
+  <si>
+    <t>JACQUEMUS LA MODE</t>
+  </si>
+  <si>
+    <t>EUTM 1131449 OTEZLA, EUTM 1184702 OTEZLA</t>
+  </si>
+  <si>
+    <t>EUTM 013270293 VAPORESSO</t>
+  </si>
+  <si>
+    <t>EUTM 008844862/EM IDO, EUTM 005383741/EM i DO, EUTM 012209177/EM I DO BY MINICONF, EUTM 017979908/EM iDO by MINICONF EVERYDAY STYLE, EUTM 018195359/EM i DO mini, EUTM 018195361/EM i DO mini, EUTM 018195341/EM i 0-16 DO EVERYDAY STYLE, EUTM 018195335/EM i 0-16 DO,ITM 1429659/WO i DO</t>
+  </si>
+  <si>
+    <t>MINICONF S.P.A.</t>
+  </si>
+  <si>
+    <t>EUTM 1141206 M (fig.), EUTM 1207028 M (fig.), CDR 000944475-0002 Borsa
+EUTM 010878601	Figura di papero, CDR 000944475-0001 Borse, CDR 000715941- 0004 Articolo di abbigliamento, CDR 000715941-0005 Articoli di abbigliamento, EUTM 991914 Campana Moncler (fig.), CDR 000715941-0001 Calzature	, EUTM 1075327 Vignetta papero (fig.), CDR 000194089-0001 Articoli di abbigliamento, CDR 000944475-0003 Borse, EUTM 5972112 Moncler,EUTM 1119381 Moncler (fig.), EUTM 10876639 Papero tridimensionale, EUTM 00579 6594 Moncler, CDR 000715941-0002 Calzature, EUTM 0991913 Figura di campana vuota, CDR 000944475-0004 Borse, CDR DM/078098-1,2,3 Capi di abbigliamento, CDR 000715941-0003 Calzature, ITM1299020 DIST DOWN INTEGRITY SYSTEM &amp;TRACEABILITY, CDR002484576-0001 Sandali, ITM
+1448305MONCLER GENIUS (fig.), ITM 1145779 MONCLER GAMME BLEU, CDR 000944475-0005 Borse, ITM 1451345 3 campane,  ITM 1450763 MON CLER GENIUS, EUTM 013444377 LONGUE SAISON MONCLER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ITM 1211398 JACQUEMUS, REUD 008516199-0002 Modele de sac à main Bambino </t>
+  </si>
+  <si>
+    <t>EUTM 018501041/EMCOACH NEW YORK, EUTM 003210705/EM, EUTM 003060027/EM,EUTM 012655965/EM COACH NEW YORK, EUTM 011516317/EM, EUTM 018461458/EM UPCRAFTED, EUTM 018951723/EM TABBY, EUTM 011516051/EM LEGACY, EUTM 018998619/EM HAVE TASTE LOVE WASTE, UTM 018336915/EM COURAGE TO BE REAL	
+EUTM 018470921/EM COACH, EUTM 018465627/EM COACH, EUTM 019062545/EM  COACH RECYCLED LEATHER, EUTM 019112002/EM COACH NEW YORK, EUTM011134921/EM COACH LOVE, EUTM 019087678/EM COACH COACHTOPIA,EUTM018525298/EM COACH (RE)LOVED, EUTM018836895/EM COACH, EUTM019112069/EM C COACH
+EUTM009719733/EM POPPY, EUTM 000214858/EM COACH, EUTM 018903168/EM ROAD TO CIRCULARITY, ITM 930091/WO COACH LEATHERWARE EST. 1941, EUTM 017950505/EM COACH CREATE
+EUTM 018904764/EM UPCRUSHED	, EUTM 011516986/EM COACH LEATHERWARE EST. 1941, EUTM 015814304/EM COACH 1941, EUTM 018164141/EM CITYSOLE, EUTM 013021654/EM COACH NEW YORK, EUTM 011516713/EM COACH LEATHERWARE, EUTM 011135076/EM	
+EUTM 009099136/EM,  EUTM 000214874/EM COACH, EUTM 010325348/ EM COACH, EUTM 018501041/EM COACH NEW YORK, EUTM 018470921/EM COACH, EUTM 011516317/EM, EUTM 003060027/EM, EUTM 012655965/EM COACH NEW YORK</t>
+  </si>
+  <si>
+    <t>COACH IP HOLDINGS LLC</t>
+  </si>
+  <si>
+    <t>apģērbi, ausu aizbāžņi vai sildītāji, kurjeru somas, plecu somas, piekarināmās somas, beisbola cepures,  krūzes u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 016041501/EM ERBA VITA, EUTM 001472141/EM ERBA VITA
+EUTM010009331/EM sedacist, EUTM 009806746/EM SANA VOCE
+EUTM 012182705/EM LIETOSON, EUTM011746658/EMHAPPYAGE	
+EUTM010749588/EMAllergicum</t>
+  </si>
+  <si>
+    <t>AMO ERBA VITA SRL AMO ERBA VITA SRL</t>
+  </si>
+  <si>
+    <t>EUTM 000027490 OSRAM</t>
+  </si>
+  <si>
+    <t>REUD 007461751-0001</t>
+  </si>
+  <si>
+    <t>ITM 1607632/WO COSRX</t>
+  </si>
+  <si>
+    <t>COSRX INC.</t>
+  </si>
+  <si>
+    <t>kosmētika, grims, odekolons, losjonsu.c.</t>
+  </si>
+  <si>
+    <t>EUTM018853595/EM MINISO, EUTM019072158/EM MINISO
+EUTM018860065/EM, EUTM 017961214/EM MINISO</t>
+  </si>
+  <si>
+    <t>Miniso Hong Kong Limited</t>
+  </si>
+  <si>
+    <t>EUTM 018618297 Eyes of Marrakesch, EUTM 018618295 FRIENDLY HUNTING, EUTM 018618294 friendlyHunting, EUTM 018618292	,
+EUTM 018618287 friendlyHunting, EUTM  018618285 friendly hunting
+EUTM 018618253 fH, EUTM 008708596 fH friendly hunting</t>
+  </si>
+  <si>
+    <t>friendly hunting GmbH</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> kosmētika,ķermeņa un skaistumkopšanas līdzekļi, zobu pastas,  parfimērijas izstrādājumi, ēteriskās eļļas,mazgāšanas un balināšanas līdzekļi, tīrīšanas, pulēšanas, attaukošanas un abrazīvie līdzekļi u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 08730566/EM DR. MARTENS,EUTM006814172/EM DR. MARTENS AIR CUSHION SOLE, EUTM 000693648/EM DM's,EUTM 006982995/EM Dr Martens "Cappers" AIR CUSION SOLE,EUTM00150151DOC'S, EUTM 59089DR MARTENS AIR CUSHION SOLE,  EUTM 001215383 DR MARTENS AIRCUSHION SOLE,  EUTM 00681417 2Dr. Martens Air Cushion Sole,  EUTM 006982995 Dr. Martens Air cushion sole "Cappers",  EUTM 003573904 Dr. Martens Air Cushion Sole,  EUTM 008730566 Dr. MARTENS,  EUTM 5914 7Dr. MARTENS 
+</t>
+  </si>
+  <si>
+    <t>REUD 003825207-0001/EM, REUD 001863606-0002/EM	REUD 001863606- 0001/EM, REUD	015045263-0003/EM, REUD 015045263-0001/EM REUD015045263-0002/EM	REUD 015045264-0001/EM	REUD015045264- 0002/EM	REUD 006693859-0001/EM	REUD 006693859-0002/EM, REUD 015053670-0001/EM, EUTM 008899098/EM EAU DUELLE, EUTM 014630537/EM EAU DES SENS, EUTM 017720087/EM EAU DE MINTHÉ	
+EUTM 005333083/EM EAU DE LIERRE, EUTM 013374087/EM EAU CAPITALE, EUTM 003364213/EM DO SON, EUTM 018761948/EM DIPTYQUE PARIS,EUTM 009591652/EM DIPTYQUE 34 BOULEVARD ST GERMAIN PARIS 5E, EUTM 018894882/EM CORAIL OSCURO, EUTM 018894988/EMBOIS CORSÉ, EUTM 014020655/EM BENJOIN BOHÈME	
+REUD 002195974-0001/EM, REUD 002196048-0001/EM, REUD002195974- 0002/EM	, REUD 008745343-0001/EM, REUD 008745343-0002/EM, REUD 002030981-0002/EM, REUD 002030981-0001/EM,REUD 002030981-0003/EM
+EUTM 010138063/EM VOLUTES, EUTM 008899007/EMVETYVERIO
+EUTM 018579338/EM TUBEREUSE diptyque 34 boulevard saint germain paris 5e,EUTM 015686331/EM TUBEREUSE diptyque 34 boulevard saint germain paris 5e, EUTM 018729131/EM TERRES BLONDES, EUTM 018729128/EM TEMPLE DES MOUSSES, EUTM 004399044/EM TAM DAO, EUTM 018579334/EM ROSES diptyque 34 boulevard saint germain paris 5e, EUTM 015717441/EM PHILOSYKOS, EUTM 015717366/EM OYÉDO, EUTM 017976290/EM ORPHÉON, EUTM 018514477/EM OPSIS,EUTM015717432/ EM OPÔNÉ, EUTM015717333/EM OLÈNE, EUTM018729143/EM, NYMPHÉES MERVEILLES, EUTM018894957/EM LUNAMARIS	, EUTM 015717408/EM L’OMBRE DANS L’EAU,EUTM018894821/EM LILYPHÉA
+EUTM015717325/EM L’EAU TROIS,EUTM014356976/EM L’EAU PTYQUE, EUTM018691779/EM L’EAU PAPIER,EUTM015717374/EM EAU LENTE
+REUD 015053670-0003/EM, REUD 015053670-0002/EM	, REUD 015089954- 0001/EM, REUD 015045254-0001/EM, REUD 015045254-0002/EM, REUD 015045262-0001/EM, REUD 015045258-0001/EM,REUD 015045258-0002/EM
+REUD 015045259-0001/EM, ICD D224960-0002/WO,ICD D224960-0003/WO
+ICD D224960-0001/WO,EUTM 018759726/EM LA DROGUERIE DIPTYQUE 34 BOULEVARD SAINT GERMAIN PARIS5E</t>
+  </si>
+  <si>
+    <t>DIPTYQUE</t>
+  </si>
+  <si>
+    <t>atmosfērisko smaržu nūjiņu difuzori</t>
+  </si>
+  <si>
+    <t xml:space="preserve">mašīnvadītas ierīces un mašīnas dārzkopībai un ainavu veidošanai, lauksaimniecībai un mežsaimniecībai, zaļo zonu un teritoriju uzturēšanai, ceļu un ielu tīrīšanai, grants ceļu un pelnu celiņu uzturēšanai, ziemu uzturēšanai uz celiņiem, jo īpaši zemes apstrādes mašīnām, piemēram, kaplēšanai un frēzēšanai, arkli, izkliedētāji, kultivatori, ecēšas, izlīdzinātāji, zemes urbji un izkliedētāji,motorizētie zāles pļāvēji </t>
+  </si>
+  <si>
+    <t xml:space="preserve">rokassomas, maki, juvelierizstrādājumi, apavi, smaržas, apģērbi, brilles </t>
+  </si>
+  <si>
+    <t>mājsaimniecības vai virtuves piederumi un trauki, neapstrādāts vai daļēji apstrādāts stikls, izņemot stiklu, ko izmanto celtniecībā, stikla, porcelāna un māla trauki, juvelierizstrādājumi, bižutērija, pulksteņi hronometriskie instrumenti, apģērbi, apavi, galvassegas, mēbeles, spoguļi, rāmji, konteineri uzglabāšanai vai transportēšanai kauls, rags, vaļa bārkstis neapstrādāta vai pusfabrikāta, čaumalas, jūras putas, dzintars, rokas darbarīki un instrumenti, galda piederumi, dakšiņas un karotes, pistoles, izņemot šaujamieročus, skuvekļi, grāmatu iesiešanas izstrādājumi, fotogrāfijas, kancelejas preces un biroja piederumi, līmes kancelejas vai mājsaimniecības vajadzībām u.c.</t>
+  </si>
+  <si>
+    <t>spēles, rotaļlietas un rotaļlietas, videospēļu ierīces vingrošanas un sporta inventārs, apģērbi, apavi, galvassegas, bagāžas un pārnēsāšanas somas, rokas darbarīki, sniega lāpstas, brilles, sniega brilles, saulesbrilles, ķiveres, muguras aizsargi, apakšstilbu aizsargi, nelaimes gadījumu aizsardzības ierīces personiskai lietošanai, jo īpaši pastiprinājumi plecu un elkoņu, ceļgalu un citu ķermeņa daļu aizsardzībai, elektroniski meklēšanas aparāti apbedīto personu atrašanās vietas noteikšanai, elektroniski lavīnu raiduztvērēji,meklēšanas zondes u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">jaudas pārvades siksnas sauszemes transportlīdzekļu dzinējiem, gumijas transmisijas siksnas  transportlīdzekļiem, sauszemes transportlīdzekļu transmisijas elementi, sauszemes transportlīdzekļu zobsiksnu spriegošanas ierīces, jostu spriegotāji, sauszemes transportlīdzekļu dzinēju zobsiksnu spriegošanas ierīces, spriegotāji (ar roku darbināmi instrumenti), metāla kabeļu spriegotāji laivām, piedziņas skriemeļi, skriemeļi, zobsiksnas skriemeļi, siksnu skriemeļi, skriemeļi (mašīnu daļas), transportlīdzekļu dinamo skriemeļi, skriemeļi (metāla aparatūra) u.c. </t>
+  </si>
+  <si>
+    <t>izklaides pakalpojumi, mobilo tālruņu, planšetdatoru, klēpjdatoru, kameru un portatīvo skaņas un video atskaņotāju, elektronisko grāmatu lasītāju, datoru, viedpulksteņu un personālo digitālo asistentu piederumi, proti, aizsargapvalki, vāciņi, futrāļi, priekšējās plāksnes, apvalki, siksnas un aizsargpārklājumi displeju ekrāniem, austiņas, austiņas, planšetdatoru tastatūras, peles paliktņi, rokturi, statīvi un stiprinājumi rokas digitālajām elektroniskajām ierīcēm, proti, mobilajiem tālruņiem, planšetdatoriem, kamerām un portatīvajiem skaņas un video atskaņotājiem, elektroniskajiem grāmatu lasītājiem, datoriem un personālajiem digitālajiem asistentiem apģērbs, austiņas, atslēgu piekariņi,  pildspalvas, pēļu figūriņas, tekstilizstrādājumi un tekstilizstrādājumu aizstājēji, dvieļi, gultas veļa, guļammaisi, vannas un dušas želejas, vannas želeja, vannas sāļi, ķermeņa skrubis, vannas putas, dezodorējošas ziepes, sejas skrubis, šķidrās vannas ziepes, šķidrās ziepes rokām un sejai; ādas ziepes, ziepes ķermeņa kopšanai pīlinga skrubji kosmētiskiem nolūkiem,vaigu sārtums, ķermeņa spīdums, korektori, kosmētika, acu ēnas, uzacu zīmuļi, lūpu balzami un lūpu spīdums, lūpu krāsa,bižutērija, rotaslietas, rokaspulksteņi u.c.</t>
+  </si>
+  <si>
+    <t>apģērbs, apavi, galvassegas, virsdrēbes, sporta apģērbs, futbola zābaki, kurpes, vestes, ūdensnecaurlaidīgs apģērbs, jostas, velosipēdi,tricikli, laivas, visu iepriekš minēto preču pielikumi, detaļas, furnitūra un piederumi,paklāji, grīdsegas,mašas,linolejs, grīdas segumi esošajām grīdām, tapetes, kas nav no tekstilmateriāla, tapetes,viedkartes, telefona kartes, kodētas viedkartes, kodētas viedkartes, kodētas telefona kartes, magnētiskas telefona kartes,kodētas kartes, kodētas kartes, magnētiskās identifikācijas kartes, kameras un to daļas un piederumi, kameras filmas, pretatspīduma aizsargi, brilles un aizsargi, kompasi un barometri, pulksteņi (lūku zvaniņi), binokļi, kalkulatori, animācijas filmas, brilles, saulesbrilles, aizsargbrilles, futrāļi, maciņi, to auklas un rāmji, fotoaparātu un instrumentu futrāļi, kontaktlēcu turētāji, optiskās preces, hologrammas, televizori, videomagnetofona iekārtas, skaņas ierakstīšanas un atskaņošanas ierīces un instrumenti transportlīdzekļu numura zīmes un to stieņi, atslēgas,atslēgu sagataves,atslēgu piekariņi un atslēgu riņķi, slēdzenes un rotājumi, manikīra maciņi, nažu izgatavošanas piederumi, dakšiņas un karotes, skuvekļi, žiletes, skūšanās maciņi, rokas instrumenti un darbarīki, kabatas naži, uzkodas, gatavas uzkodas, uzkodas, saldētas kūkas, saldēti konditorejas izstrādājumi, saldētas gatavas maltītes, pēcskūšanās losjoni, odekolons, mājsaimniecības vai virtuves piederumi un trauki, elektriskie tosteri un katli, lampas u.c.</t>
+  </si>
+  <si>
+    <t>bagāžas birkas, ādas izstrādājumi, somas, pārtikas preču maisiņi, beisbola cepures, apģērbs,    t-krekli, kāju paklājiņi, auduma durvju paklājiņi, DVD diski, kompaktdiski, DVD futrāļi, diska formas ierakstu nesēji u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ziemassvētku eglītes statīvs </t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+dzērienu ražošanas mašīnas un saistītās iekārtas, elektriskās mašīnas un aparāti gāzētu dzērienu ražošanai, elektromehāniskās ierīces karsta, vārīta un atdzesēta ūdens un/vai dzērienu pagatavošanai un izsniegšanai un saistītās iekārtas, tostarp dozēšanas automāti, dzērienu tirdzniecības automāti, dozēšanas automāti, tirdzniecības un preču tirdzniecības automāti, trauku mazgājamās mašīnas un to piederumi, kārtridži u.c.</t>
+  </si>
+  <si>
+    <t>apģērbs,lietus plēves, mugursomas, kosmētika, auskari smaržas, šalles, kabatlakatiņi, somas, cepures, apavi u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">apģērbs, apavi, detaļas un aksesuārus
+</t>
+  </si>
+  <si>
+    <t>apģērbi, apavi, somas, bsmaržas, brilles, rotaslietas u.c.</t>
+  </si>
+  <si>
+    <t>sejas tīrīšanas piens, uztura bagātinātāji, probiotiskās piedevas, skaistumkopšanas balzamkrēmi sejas krēms, kosmētiskie krēmi,  antioksidantu piedevas ķermeņa želejas u.c.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
   </numFmts>
   <fonts count="37" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Courier New"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier New"/>
       <family val="3"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
@@ -12924,51 +13151,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="14" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="116">
+  <cellXfs count="119">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -13135,53 +13362,50 @@
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="22" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
@@ -13215,95 +13439,107 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="12" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="36" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="9" fillId="0" borderId="1" xfId="43" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="19" fillId="0" borderId="1" xfId="43" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="44">
     <cellStyle name="Currency 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Currency 2 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Currency 2 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Currency 2 2 2 2" xfId="13" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Currency 2 2 2 2 2" xfId="35" xr:uid="{313C43D6-72C0-4AEF-AE7A-1969A8911728}"/>
     <cellStyle name="Currency 2 2 2 3" xfId="26" xr:uid="{2DBA9CD4-7AD8-4F99-BA86-F99B2F7DD28D}"/>
     <cellStyle name="Currency 2 2 3" xfId="12" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Currency 2 2 3 2" xfId="34" xr:uid="{4595F7A1-A557-4FA5-B54E-976BC9BFDF44}"/>
     <cellStyle name="Currency 2 2 4" xfId="25" xr:uid="{F55BC74A-9345-4850-827A-7BF0F8CF0F32}"/>
     <cellStyle name="Currency 2 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Currency 2 3 2" xfId="14" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Currency 2 3 2 2" xfId="36" xr:uid="{CEC1EA78-89BB-47BE-9880-91C4D0D4D810}"/>
     <cellStyle name="Currency 2 3 3" xfId="27" xr:uid="{8AB3EB2D-1A19-4148-A57C-92A4CE43FC3D}"/>
     <cellStyle name="Currency 2 4" xfId="11" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Currency 2 4 2" xfId="33" xr:uid="{51F92761-3B4C-453B-B015-DA89411D95BE}"/>
     <cellStyle name="Currency 2 5" xfId="24" xr:uid="{B245A0CC-A21F-4EEF-B858-28B0685FC300}"/>
     <cellStyle name="Currency 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Currency 3 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Currency 3 2 2" xfId="16" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Currency 3 2 2 2" xfId="38" xr:uid="{167A6929-ADCF-480D-83AB-A0C9623F489B}"/>
     <cellStyle name="Currency 3 2 3" xfId="29" xr:uid="{C1278036-D9A9-43A9-9F8A-588ABBDD988C}"/>
     <cellStyle name="Currency 3 3" xfId="15" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
@@ -13611,18882 +13847,19108 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="..\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\AppData\Roaming\Microsoft\Excel\Downloads\Downloads\Downloads\Downloads\Downloads\Piel\WAGO%20Verwaltungsgesellschaft%20mbH" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2016.04.2021.xlsx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="..\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\9P617JX6\Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Downloads/Piel/crocs" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Stussy%20Inc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Tiesibu_subjektu_saraksts_%20tiesibu_veidu_paskaidrojumi_%2005.07.2024_.xlsx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Eli%20Lilly%20and%20Company%202015%20%20xxx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ks.vid.gov.lv/27/aprite/Koplietojamie%20dokumenti/Ties&#299;bu%20subjektu%20pieteikumi/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Excel/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.11.2023.xlsx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/GOOGLE%20LLC" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Skoda%20Auto%20a%20s" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\JT%20International%20S%20A%202015" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="..\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\9P617JX6\Downloads\Downloads\Downloads\Downloads\Downloads\Piel\apple" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Eli%20Lilly%20and%20Company%202015%20%20xxx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/HBI%20Europe%20GmbH%20%20ELEMENTS" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2002.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Excel/Downloads/Downloads/Piel/Willy%20Bogner%20GmbH%20%20Co%202015" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.03.2022.xlsx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Furla%20SPA" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Furla%20SPA" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Excel/Downloads/Downloads/Piel/Willy%20Bogner%20GmbH%20%20Co%202015" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\porsche" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.03.2022.xlsx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Excel/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/WAGO%20Verwaltungsgesellschaft%20mbH" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2016.04.2021.xlsx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/1CKDY61J/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.05.2021.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Downloads/Piel/crocs" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/1CKDY61J/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Swedish%20Electromagnet%20Holding%20AB" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Eli%20Lilly%20and%20Company%202015%20%20xxx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Stussy%20Inc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Tiesibu_subjektu_saraksts_%20tiesibu_veidu_paskaidrojumi_%2005.07.2024_.xlsx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/1CKDY61J/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/GOOGLE%20LLC" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ks.vid.gov.lv/27/aprite/Koplietojamie%20dokumenti/Ties&#299;bu%20subjektu%20pieteikumi/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\JT%20International%20S%20A%202015" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/1CKDY61J/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Skoda%20Auto%20a%20s" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Excel/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/apple" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2002.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Eli%20Lilly%20and%20Company%202015%20%20xxx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/HBI%20Europe%20GmbH%20%20ELEMENTS" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ks.vid.gov.lv/27/aprite/Koplietojamie%20dokumenti/Ties&#299;bu%20subjektu%20pieteikumi/Downloads/Piel/Soci&#233;t&#233;%20Jas%20Hennessy%20%20Co%20%20%202018" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Excel/Downloads/Downloads/Piel/Willy%20Bogner%20GmbH%20%20Co%202015" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:E1315"/>
+  <dimension ref="A1:E1331"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="G1131" sqref="G1131"/>
+      <selection pane="bottomLeft" activeCell="D1328" sqref="D1328"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="44" style="5" customWidth="1"/>
-    <col min="2" max="2" width="36.75" style="2" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="13.25" style="4" customWidth="1"/>
+    <col min="2" max="2" width="36.69921875" style="2" customWidth="1"/>
+    <col min="3" max="3" width="51.19921875" style="3" customWidth="1"/>
+    <col min="4" max="4" width="13.19921875" style="4" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A1" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="8"/>
       <c r="C1" s="9"/>
     </row>
-    <row r="3" spans="1:4" s="1" customFormat="1" ht="57" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:4" s="1" customFormat="1" ht="55.2" x14ac:dyDescent="0.3">
       <c r="A3" s="37" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="10" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>1947</v>
+        <v>1886</v>
       </c>
       <c r="D3" s="12" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="4" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A4" s="15" t="s">
-        <v>2788</v>
+        <v>2697</v>
       </c>
       <c r="B4" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="C4" s="72" t="s">
+      <c r="C4" s="24" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="33">
         <v>46143</v>
       </c>
     </row>
-    <row r="5" spans="1:4" ht="219.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:4" ht="219.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="15" t="s">
-        <v>2741</v>
-[...4 lines deleted...]
-      <c r="C5" s="72" t="s">
+        <v>2651</v>
+      </c>
+      <c r="B5" s="24" t="s">
+        <v>2652</v>
+      </c>
+      <c r="C5" s="24" t="s">
         <v>6</v>
       </c>
       <c r="D5" s="33">
         <v>46212</v>
       </c>
     </row>
-    <row r="6" spans="1:4" ht="135" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:4" ht="102" x14ac:dyDescent="0.3">
       <c r="A6" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="24" t="s">
-        <v>2659</v>
-[...2 lines deleted...]
-        <v>1960</v>
+        <v>2571</v>
+      </c>
+      <c r="C6" s="24" t="s">
+        <v>1899</v>
       </c>
       <c r="D6" s="33">
         <v>46080</v>
       </c>
     </row>
-    <row r="7" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A7" s="15" t="s">
-        <v>3053</v>
+        <v>2959</v>
       </c>
       <c r="B7" s="27" t="s">
-        <v>3054</v>
-[...1 lines deleted...]
-      <c r="C7" s="72" t="s">
+        <v>2960</v>
+      </c>
+      <c r="C7" s="24" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="38">
         <v>46213</v>
       </c>
     </row>
-    <row r="8" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
       <c r="A8" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B8" s="24" t="s">
         <v>10</v>
       </c>
-      <c r="C8" s="72" t="s">
+      <c r="C8" s="24" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="38">
-        <v>46020</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:4" ht="273" customHeight="1" x14ac:dyDescent="0.25">
+        <v>46366</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="273" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="24" t="s">
         <v>13</v>
       </c>
-      <c r="C9" s="72" t="s">
+      <c r="C9" s="24" t="s">
         <v>14</v>
       </c>
       <c r="D9" s="38">
-        <v>45995</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+        <v>46360</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
       <c r="A10" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="C10" s="72" t="s">
+      <c r="C10" s="24" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="33">
         <v>46200</v>
       </c>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A11" s="15" t="s">
+        <v>1767</v>
+      </c>
+      <c r="B11" s="24" t="s">
         <v>18</v>
       </c>
-      <c r="B11" s="24" t="s">
+      <c r="C11" s="24" t="s">
         <v>19</v>
       </c>
-      <c r="C11" s="72" t="s">
+      <c r="D11" s="38">
+        <v>46205</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A12" s="15" t="s">
+        <v>2446</v>
+      </c>
+      <c r="B12" s="24" t="s">
         <v>20</v>
       </c>
-      <c r="D11" s="33">
-[...7 lines deleted...]
-      <c r="B12" s="24" t="s">
+      <c r="C12" s="24" t="s">
         <v>21</v>
       </c>
-      <c r="C12" s="72" t="s">
+      <c r="D12" s="33">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="141" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="16" t="s">
+        <v>3297</v>
+      </c>
+      <c r="B13" s="24" t="s">
         <v>22</v>
       </c>
-      <c r="D12" s="38">
-[...7 lines deleted...]
-      <c r="B13" s="24" t="s">
+      <c r="C13" s="24" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D13" s="38">
+        <v>46313</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A14" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="B14" s="24" t="s">
+        <v>2627</v>
+      </c>
+      <c r="C14" s="24" t="s">
+        <v>1901</v>
+      </c>
+      <c r="D14" s="38">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="83.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B15" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="C15" s="24" t="s">
+        <v>27</v>
+      </c>
+      <c r="D15" s="38">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="183.6" x14ac:dyDescent="0.3">
+      <c r="A16" s="15" t="s">
+        <v>2309</v>
+      </c>
+      <c r="B16" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="C16" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="D16" s="33">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="63" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="15" t="s">
+        <v>3543</v>
+      </c>
+      <c r="B17" s="24" t="s">
+        <v>1834</v>
+      </c>
+      <c r="C17" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="D17" s="38">
+        <v>46331</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A18" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="C18" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="D18" s="38">
+        <v>46359</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A19" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="B19" s="24" t="s">
+        <v>38</v>
+      </c>
+      <c r="C19" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D19" s="33">
+        <v>46097</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" s="24" t="s">
+        <v>41</v>
+      </c>
+      <c r="C20" s="24" t="s">
+        <v>42</v>
+      </c>
+      <c r="D20" s="38">
+        <v>46168</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="65.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="B21" s="24" t="s">
+        <v>44</v>
+      </c>
+      <c r="C21" s="24" t="s">
+        <v>1902</v>
+      </c>
+      <c r="D21" s="38">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A22" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="B22" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="C22" s="24" t="s">
+        <v>47</v>
+      </c>
+      <c r="D22" s="38">
+        <v>46167</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="162.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="B23" s="24" t="s">
+        <v>51</v>
+      </c>
+      <c r="C23" s="24" t="s">
         <v>23</v>
       </c>
-      <c r="C13" s="72" t="s">
-[...141 lines deleted...]
-      </c>
       <c r="D23" s="38">
-        <v>46167</v>
-[...3 lines deleted...]
-      <c r="A24" s="16" t="s">
+        <v>46195</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A24" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="B24" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="C24" s="24" t="s">
+        <v>1903</v>
+      </c>
+      <c r="D24" s="33">
+        <v>46297</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="81.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A25" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="B24" s="24" t="s">
+      <c r="B25" s="24" t="s">
         <v>55</v>
       </c>
-      <c r="C24" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A25" s="15" t="s">
+      <c r="C25" s="24" t="s">
         <v>56</v>
       </c>
-      <c r="B25" s="24" t="s">
+      <c r="D25" s="38">
+        <v>46237</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="105" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="15" t="s">
+        <v>3063</v>
+      </c>
+      <c r="B26" s="24" t="s">
         <v>57</v>
       </c>
-      <c r="C25" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A26" s="15" t="s">
+      <c r="C26" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D26" s="33">
+        <v>46240</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A27" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="B26" s="24" t="s">
+      <c r="B27" s="24" t="s">
         <v>59</v>
       </c>
-      <c r="C26" s="72" t="s">
+      <c r="C27" s="24" t="s">
         <v>60</v>
       </c>
-      <c r="D26" s="38">
-[...7 lines deleted...]
-      <c r="B27" s="24" t="s">
+      <c r="D27" s="38">
+        <v>46413</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="81.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A28" s="15" t="s">
         <v>61</v>
       </c>
-      <c r="C27" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A28" s="15" t="s">
+      <c r="B28" s="24" t="s">
         <v>62</v>
       </c>
-      <c r="B28" s="24" t="s">
+      <c r="C28" s="24" t="s">
         <v>63</v>
       </c>
-      <c r="C28" s="72" t="s">
+      <c r="D28" s="33">
+        <v>46134</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="272.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="16" t="s">
+        <v>2357</v>
+      </c>
+      <c r="B29" s="24" t="s">
         <v>64</v>
       </c>
-      <c r="D28" s="38">
-[...4 lines deleted...]
-      <c r="A29" s="15" t="s">
+      <c r="C29" s="24" t="s">
         <v>65</v>
       </c>
-      <c r="B29" s="24" t="s">
+      <c r="D29" s="33">
+        <v>46247</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A30" s="15" t="s">
         <v>66</v>
       </c>
-      <c r="C29" s="72" t="s">
+      <c r="B30" s="24" t="s">
         <v>67</v>
       </c>
-      <c r="D29" s="33">
-[...7 lines deleted...]
-      <c r="B30" s="24" t="s">
+      <c r="C30" s="24" t="s">
         <v>68</v>
       </c>
-      <c r="C30" s="72" t="s">
+      <c r="D30" s="38">
+        <v>46300</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A31" s="15" t="s">
         <v>69</v>
       </c>
-      <c r="D30" s="33">
-[...4 lines deleted...]
-      <c r="A31" s="15" t="s">
+      <c r="B31" s="24" t="s">
         <v>70</v>
       </c>
-      <c r="B31" s="24" t="s">
+      <c r="C31" s="24" t="s">
         <v>71</v>
       </c>
-      <c r="C31" s="72" t="s">
+      <c r="D31" s="33">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A32" s="15" t="s">
+        <v>3083</v>
+      </c>
+      <c r="B32" s="24" t="s">
         <v>72</v>
       </c>
-      <c r="D31" s="38">
-[...11 lines deleted...]
-        <v>75</v>
+      <c r="C32" s="24" t="s">
+        <v>71</v>
       </c>
       <c r="D32" s="33">
         <v>46127</v>
       </c>
     </row>
-    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A33" s="15" t="s">
-        <v>3178</v>
+        <v>73</v>
       </c>
       <c r="B33" s="24" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="C33" s="72" t="s">
+        <v>74</v>
+      </c>
+      <c r="C33" s="24" t="s">
         <v>75</v>
       </c>
       <c r="D33" s="33">
-        <v>46127</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+        <v>46270</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A34" s="15" t="s">
         <v>77</v>
       </c>
       <c r="B34" s="24" t="s">
         <v>78</v>
       </c>
-      <c r="C34" s="72" t="s">
+      <c r="C34" s="24" t="s">
         <v>79</v>
       </c>
       <c r="D34" s="33">
-        <v>46270</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+        <v>46345</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" ht="252" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="15" t="s">
+        <v>2468</v>
+      </c>
+      <c r="B35" s="24" t="s">
+        <v>80</v>
+      </c>
+      <c r="C35" s="24" t="s">
         <v>81</v>
       </c>
-      <c r="B35" s="24" t="s">
+      <c r="D35" s="33">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" ht="409.6" x14ac:dyDescent="0.3">
+      <c r="A36" s="16" t="s">
+        <v>2381</v>
+      </c>
+      <c r="B36" s="24" t="s">
         <v>82</v>
       </c>
-      <c r="C35" s="72" t="s">
+      <c r="C36" s="24" t="s">
         <v>83</v>
       </c>
-      <c r="D35" s="33">
-[...7 lines deleted...]
-      <c r="B36" s="24" t="s">
+      <c r="D36" s="33">
+        <v>46384</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A37" s="19" t="s">
         <v>84</v>
       </c>
-      <c r="C36" s="72" t="s">
+      <c r="B37" s="34" t="s">
         <v>85</v>
       </c>
-      <c r="D36" s="33">
-[...7 lines deleted...]
-      <c r="B37" s="24" t="s">
+      <c r="C37" s="24" t="s">
         <v>86</v>
       </c>
-      <c r="C37" s="72" t="s">
+      <c r="D37" s="48">
+        <v>46177</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A38" s="15" t="s">
         <v>87</v>
       </c>
-      <c r="D37" s="33">
-[...4 lines deleted...]
-      <c r="A38" s="19" t="s">
+      <c r="B38" s="24" t="s">
         <v>88</v>
       </c>
-      <c r="B38" s="34" t="s">
+      <c r="C38" s="24" t="s">
         <v>89</v>
       </c>
-      <c r="C38" s="72" t="s">
+      <c r="D38" s="33">
+        <v>46174</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="102" x14ac:dyDescent="0.3">
+      <c r="A39" s="15" t="s">
         <v>90</v>
       </c>
-      <c r="D38" s="48">
-[...4 lines deleted...]
-      <c r="A39" s="15" t="s">
+      <c r="B39" s="24" t="s">
         <v>91</v>
       </c>
-      <c r="B39" s="24" t="s">
+      <c r="C39" s="24" t="s">
         <v>92</v>
       </c>
-      <c r="C39" s="72" t="s">
+      <c r="D39" s="33">
+        <v>46078</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A40" s="15" t="s">
         <v>93</v>
       </c>
-      <c r="D39" s="33">
-[...4 lines deleted...]
-      <c r="A40" s="15" t="s">
+      <c r="B40" s="24" t="s">
         <v>94</v>
       </c>
-      <c r="B40" s="24" t="s">
-[...2 lines deleted...]
-      <c r="C40" s="72" t="s">
+      <c r="C40" s="24" t="s">
+        <v>1904</v>
+      </c>
+      <c r="D40" s="38">
+        <v>46054</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A41" s="13" t="s">
         <v>96</v>
       </c>
-      <c r="D40" s="33">
-[...4 lines deleted...]
-      <c r="A41" s="15" t="s">
+      <c r="B41" s="24" t="s">
         <v>97</v>
       </c>
-      <c r="B41" s="24" t="s">
+      <c r="C41" s="24" t="s">
+        <v>1905</v>
+      </c>
+      <c r="D41" s="33">
+        <v>46218</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A42" s="15" t="s">
         <v>98</v>
       </c>
-      <c r="C41" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A42" s="13" t="s">
+      <c r="B42" s="24" t="s">
+        <v>99</v>
+      </c>
+      <c r="C42" s="24" t="s">
         <v>100</v>
       </c>
-      <c r="B42" s="24" t="s">
+      <c r="D42" s="38">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A43" s="13" t="s">
         <v>101</v>
       </c>
-      <c r="C42" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A43" s="15" t="s">
+      <c r="B43" s="25" t="s">
         <v>102</v>
       </c>
-      <c r="B43" s="24" t="s">
+      <c r="C43" s="24" t="s">
+        <v>1906</v>
+      </c>
+      <c r="D43" s="38">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A44" s="13" t="s">
         <v>103</v>
       </c>
-      <c r="C43" s="72" t="s">
+      <c r="B44" s="24" t="s">
         <v>104</v>
       </c>
-      <c r="D43" s="38">
-[...4 lines deleted...]
-      <c r="A44" s="13" t="s">
+      <c r="C44" s="24" t="s">
         <v>105</v>
       </c>
-      <c r="B44" s="25" t="s">
+      <c r="D44" s="49">
+        <v>46225</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A45" s="15" t="s">
         <v>106</v>
       </c>
-      <c r="C44" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A45" s="13" t="s">
+      <c r="B45" s="24" t="s">
         <v>107</v>
       </c>
-      <c r="B45" s="24" t="s">
+      <c r="C45" s="24" t="s">
         <v>108</v>
       </c>
-      <c r="C45" s="72" t="s">
+      <c r="D45" s="38">
+        <v>46119</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A46" s="15" t="s">
         <v>109</v>
       </c>
-      <c r="D45" s="49">
-[...4 lines deleted...]
-      <c r="A46" s="15" t="s">
+      <c r="B46" s="24" t="s">
         <v>110</v>
       </c>
-      <c r="B46" s="24" t="s">
+      <c r="C46" s="24" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D46" s="33">
+        <v>46288</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" ht="126.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="14" t="s">
         <v>111</v>
       </c>
-      <c r="C46" s="72" t="s">
+      <c r="B47" s="24" t="s">
         <v>112</v>
       </c>
-      <c r="D46" s="38">
-[...7 lines deleted...]
-      <c r="B47" s="24" t="s">
+      <c r="C47" s="24" t="s">
+        <v>1908</v>
+      </c>
+      <c r="D47" s="38">
+        <v>46280</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" ht="230.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="14" t="s">
         <v>114</v>
       </c>
-      <c r="C47" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A48" s="14" t="s">
+      <c r="B48" s="25" t="s">
+        <v>3191</v>
+      </c>
+      <c r="C48" s="24" t="s">
+        <v>1909</v>
+      </c>
+      <c r="D48" s="38">
+        <v>46285</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" ht="84.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="14" t="s">
+        <v>2440</v>
+      </c>
+      <c r="B49" s="24" t="s">
+        <v>2441</v>
+      </c>
+      <c r="C49" s="24" t="s">
+        <v>1910</v>
+      </c>
+      <c r="D49" s="38">
+        <v>46143</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" ht="74.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="16" t="s">
         <v>115</v>
       </c>
-      <c r="B48" s="24" t="s">
+      <c r="B50" s="24" t="s">
+        <v>112</v>
+      </c>
+      <c r="C50" s="24" t="s">
         <v>116</v>
       </c>
-      <c r="C48" s="72" t="s">
-[...2 lines deleted...]
-      <c r="D48" s="38">
+      <c r="D50" s="33">
         <v>46280</v>
       </c>
     </row>
-    <row r="49" spans="1:4" ht="230.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="14" t="s">
+    <row r="51" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A51" s="13" t="s">
         <v>118</v>
       </c>
-      <c r="B49" s="25" t="s">
-[...24 lines deleted...]
-      <c r="A51" s="16" t="s">
+      <c r="B51" s="24" t="s">
         <v>119</v>
       </c>
-      <c r="B51" s="24" t="s">
-[...2 lines deleted...]
-      <c r="C51" s="72" t="s">
+      <c r="C51" s="24" t="s">
+        <v>1911</v>
+      </c>
+      <c r="D51" s="33">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" ht="62.4" x14ac:dyDescent="0.3">
+      <c r="A52" s="67" t="s">
+        <v>1832</v>
+      </c>
+      <c r="B52" s="24" t="s">
         <v>120</v>
       </c>
-      <c r="D51" s="33">
-[...4 lines deleted...]
-      <c r="A52" s="13" t="s">
+      <c r="C52" s="24" t="s">
+        <v>1912</v>
+      </c>
+      <c r="D52" s="38">
+        <v>46282</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A53" s="13" t="s">
         <v>122</v>
       </c>
-      <c r="B52" s="24" t="s">
+      <c r="B53" s="24" t="s">
         <v>123</v>
       </c>
-      <c r="C52" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B53" s="24" t="s">
+      <c r="C53" s="24" t="s">
         <v>124</v>
       </c>
-      <c r="C53" s="72" t="s">
-[...6 lines deleted...]
-    <row r="54" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="D53" s="33">
+        <v>46254</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A54" s="13" t="s">
+        <v>125</v>
+      </c>
+      <c r="B54" s="24" t="s">
         <v>126</v>
       </c>
-      <c r="B54" s="24" t="s">
+      <c r="C54" s="24" t="s">
+        <v>1913</v>
+      </c>
+      <c r="D54" s="33">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" ht="159" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="14" t="s">
+        <v>2915</v>
+      </c>
+      <c r="B55" s="25" t="s">
         <v>127</v>
       </c>
-      <c r="C54" s="72" t="s">
+      <c r="C55" s="24" t="s">
+        <v>1914</v>
+      </c>
+      <c r="D55" s="33">
+        <v>46311</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A56" s="14" t="s">
         <v>128</v>
       </c>
-      <c r="D54" s="33">
-[...4 lines deleted...]
-      <c r="A55" s="13" t="s">
+      <c r="B56" s="24" t="s">
+        <v>3322</v>
+      </c>
+      <c r="C56" s="24" t="s">
         <v>129</v>
       </c>
-      <c r="B55" s="24" t="s">
+      <c r="D56" s="38">
+        <v>46323</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A57" s="13" t="s">
         <v>130</v>
       </c>
-      <c r="C55" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B56" s="25" t="s">
+      <c r="B57" s="30" t="s">
+        <v>2708</v>
+      </c>
+      <c r="C57" s="24" t="s">
+        <v>1916</v>
+      </c>
+      <c r="D57" s="54">
+        <v>46123</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A58" s="14" t="s">
         <v>131</v>
       </c>
-      <c r="C56" s="72" t="s">
-[...2 lines deleted...]
-      <c r="D56" s="33">
+      <c r="B58" s="25" t="s">
+        <v>132</v>
+      </c>
+      <c r="C58" s="24" t="s">
+        <v>133</v>
+      </c>
+      <c r="D58" s="38">
+        <v>46305</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A59" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="B59" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="C59" s="24" t="s">
+        <v>862</v>
+      </c>
+      <c r="D59" s="38">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A60" s="13" t="s">
+        <v>136</v>
+      </c>
+      <c r="B60" s="24" t="s">
+        <v>137</v>
+      </c>
+      <c r="C60" s="24" t="s">
+        <v>862</v>
+      </c>
+      <c r="D60" s="38">
+        <v>46376</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A61" s="13" t="s">
+        <v>2723</v>
+      </c>
+      <c r="B61" s="25" t="s">
+        <v>138</v>
+      </c>
+      <c r="C61" s="24" t="s">
+        <v>862</v>
+      </c>
+      <c r="D61" s="38">
+        <v>46129</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A62" s="15" t="s">
+        <v>140</v>
+      </c>
+      <c r="B62" s="24" t="s">
+        <v>141</v>
+      </c>
+      <c r="C62" s="24" t="s">
+        <v>1917</v>
+      </c>
+      <c r="D62" s="33">
+        <v>46330</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A63" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="B63" s="24" t="s">
+        <v>143</v>
+      </c>
+      <c r="C63" s="24" t="s">
+        <v>1918</v>
+      </c>
+      <c r="D63" s="33">
         <v>46311</v>
       </c>
     </row>
-    <row r="57" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
-[...84 lines deleted...]
-      <c r="A63" s="15" t="s">
+    <row r="64" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A64" s="15" t="s">
         <v>144</v>
       </c>
-      <c r="B63" s="24" t="s">
+      <c r="B64" s="24" t="s">
         <v>145</v>
       </c>
-      <c r="C63" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A64" s="15" t="s">
+      <c r="C64" s="24" t="s">
         <v>146</v>
       </c>
-      <c r="B64" s="24" t="s">
+      <c r="D64" s="33">
+        <v>46338</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A65" s="15" t="s">
         <v>147</v>
       </c>
-      <c r="C64" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A65" s="13" t="s">
+      <c r="B65" s="24" t="s">
         <v>148</v>
       </c>
-      <c r="B65" s="24" t="s">
+      <c r="C65" s="24" t="s">
         <v>149</v>
       </c>
-      <c r="C65" s="72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D65" s="33">
-        <v>46311</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+        <v>46170</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" ht="41.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="15" t="s">
         <v>150</v>
       </c>
       <c r="B66" s="24" t="s">
         <v>151</v>
       </c>
-      <c r="C66" s="72" t="s">
+      <c r="C66" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D66" s="33">
+        <v>46359</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4" ht="123" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="14" t="s">
+        <v>3241</v>
+      </c>
+      <c r="B67" s="89" t="s">
+        <v>2234</v>
+      </c>
+      <c r="C67" s="24" t="s">
+        <v>1919</v>
+      </c>
+      <c r="D67" s="33">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4" ht="81.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="16" t="s">
+        <v>2713</v>
+      </c>
+      <c r="B68" s="25" t="s">
         <v>152</v>
       </c>
-      <c r="D66" s="33">
+      <c r="C68" s="24" t="s">
+        <v>153</v>
+      </c>
+      <c r="D68" s="33">
+        <v>46097</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A69" s="15" t="s">
+        <v>3136</v>
+      </c>
+      <c r="B69" s="24" t="s">
+        <v>155</v>
+      </c>
+      <c r="C69" s="24" t="s">
+        <v>156</v>
+      </c>
+      <c r="D69" s="33">
+        <v>46062</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4" ht="230.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="15" t="s">
+        <v>3180</v>
+      </c>
+      <c r="B70" s="24" t="s">
+        <v>157</v>
+      </c>
+      <c r="C70" s="24" t="s">
+        <v>158</v>
+      </c>
+      <c r="D70" s="38">
+        <v>46363</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A71" s="13" t="s">
+        <v>3602</v>
+      </c>
+      <c r="B71" s="24" t="s">
+        <v>159</v>
+      </c>
+      <c r="C71" s="24" t="s">
+        <v>160</v>
+      </c>
+      <c r="D71" s="33">
+        <v>46033</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A72" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="B72" s="24" t="s">
+        <v>162</v>
+      </c>
+      <c r="C72" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D72" s="38">
+        <v>46028</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A73" s="16" t="s">
+        <v>163</v>
+      </c>
+      <c r="B73" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="C73" s="24" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D73" s="33">
+        <v>46043</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4" ht="81.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A74" s="29" t="s">
+        <v>167</v>
+      </c>
+      <c r="B74" s="32" t="s">
+        <v>168</v>
+      </c>
+      <c r="C74" s="24" t="s">
+        <v>1921</v>
+      </c>
+      <c r="D74" s="50">
+        <v>46069</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4" ht="102" x14ac:dyDescent="0.3">
+      <c r="A75" s="16" t="s">
+        <v>169</v>
+      </c>
+      <c r="B75" s="24" t="s">
+        <v>170</v>
+      </c>
+      <c r="C75" s="24" t="s">
+        <v>1922</v>
+      </c>
+      <c r="D75" s="33">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A76" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="B76" s="25" t="s">
+        <v>172</v>
+      </c>
+      <c r="C76" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D76" s="33">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A77" s="13" t="s">
+        <v>173</v>
+      </c>
+      <c r="B77" s="24" t="s">
+        <v>174</v>
+      </c>
+      <c r="C77" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D77" s="33">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4" ht="198" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="16" t="s">
+        <v>2324</v>
+      </c>
+      <c r="B78" s="24" t="s">
+        <v>175</v>
+      </c>
+      <c r="C78" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D78" s="38">
+        <v>46084</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A79" s="15" t="s">
+        <v>176</v>
+      </c>
+      <c r="B79" s="24" t="s">
+        <v>177</v>
+      </c>
+      <c r="C79" s="24" t="s">
+        <v>1923</v>
+      </c>
+      <c r="D79" s="38">
+        <v>46093</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4" ht="58.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="14" t="s">
+        <v>178</v>
+      </c>
+      <c r="B80" s="24" t="s">
+        <v>179</v>
+      </c>
+      <c r="C80" s="24" t="s">
+        <v>180</v>
+      </c>
+      <c r="D80" s="33">
+        <v>46097</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A81" s="15" t="s">
+        <v>3337</v>
+      </c>
+      <c r="B81" s="24" t="s">
+        <v>2238</v>
+      </c>
+      <c r="C81" s="24" t="s">
+        <v>181</v>
+      </c>
+      <c r="D81" s="38">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4" ht="204.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="14" t="s">
+        <v>2410</v>
+      </c>
+      <c r="B82" s="24" t="s">
+        <v>182</v>
+      </c>
+      <c r="C82" s="24" t="s">
+        <v>1924</v>
+      </c>
+      <c r="D82" s="33">
+        <v>46115</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4" ht="183" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="16" t="s">
+        <v>183</v>
+      </c>
+      <c r="B83" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="C83" s="24" t="s">
+        <v>185</v>
+      </c>
+      <c r="D83" s="33">
+        <v>46131</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4" ht="167.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="B84" s="24" t="s">
+        <v>187</v>
+      </c>
+      <c r="C84" s="24" t="s">
+        <v>1925</v>
+      </c>
+      <c r="D84" s="33">
+        <v>46132</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="110" t="s">
+        <v>3084</v>
+      </c>
+      <c r="B85" s="24" t="s">
+        <v>188</v>
+      </c>
+      <c r="C85" s="24" t="s">
+        <v>189</v>
+      </c>
+      <c r="D85" s="33">
+        <v>46155</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A86" s="15" t="s">
+        <v>191</v>
+      </c>
+      <c r="B86" s="24" t="s">
+        <v>192</v>
+      </c>
+      <c r="C86" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D86" s="33">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4" ht="154.19999999999999" x14ac:dyDescent="0.3">
+      <c r="A87" s="20" t="s">
+        <v>193</v>
+      </c>
+      <c r="B87" s="24" t="s">
+        <v>194</v>
+      </c>
+      <c r="C87" s="24" t="s">
+        <v>195</v>
+      </c>
+      <c r="D87" s="38">
+        <v>46319</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A88" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="B88" s="24" t="s">
+        <v>197</v>
+      </c>
+      <c r="C88" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D88" s="33">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A89" s="16" t="s">
+        <v>198</v>
+      </c>
+      <c r="B89" s="24" t="s">
+        <v>199</v>
+      </c>
+      <c r="C89" s="24" t="s">
+        <v>1926</v>
+      </c>
+      <c r="D89" s="33">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4" ht="132.6" x14ac:dyDescent="0.3">
+      <c r="A90" s="16" t="s">
+        <v>2388</v>
+      </c>
+      <c r="B90" s="24" t="s">
+        <v>2536</v>
+      </c>
+      <c r="C90" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D90" s="38">
+        <v>46070</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A91" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="B91" s="24" t="s">
+        <v>201</v>
+      </c>
+      <c r="C91" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D91" s="38">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A92" s="15" t="s">
+        <v>202</v>
+      </c>
+      <c r="B92" s="24" t="s">
+        <v>203</v>
+      </c>
+      <c r="C92" s="24" t="s">
+        <v>204</v>
+      </c>
+      <c r="D92" s="38">
+        <v>46091</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A93" s="13" t="s">
+        <v>2264</v>
+      </c>
+      <c r="B93" s="24" t="s">
+        <v>2920</v>
+      </c>
+      <c r="C93" s="24" t="s">
+        <v>205</v>
+      </c>
+      <c r="D93" s="38">
+        <v>46206</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4" ht="255.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="16" t="s">
+        <v>206</v>
+      </c>
+      <c r="B94" s="24" t="s">
+        <v>207</v>
+      </c>
+      <c r="C94" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D94" s="33">
+        <v>46097</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4" ht="95.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="16" t="s">
+        <v>208</v>
+      </c>
+      <c r="B95" s="24" t="s">
+        <v>209</v>
+      </c>
+      <c r="C95" s="24" t="s">
+        <v>181</v>
+      </c>
+      <c r="D95" s="33">
+        <v>46100</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4" ht="225.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="16" t="s">
+        <v>2646</v>
+      </c>
+      <c r="B96" s="34" t="s">
+        <v>210</v>
+      </c>
+      <c r="C96" s="24" t="s">
+        <v>1927</v>
+      </c>
+      <c r="D96" s="38">
+        <v>46131</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A97" s="15" t="s">
+        <v>211</v>
+      </c>
+      <c r="B97" s="24" t="s">
+        <v>212</v>
+      </c>
+      <c r="C97" s="24" t="s">
+        <v>213</v>
+      </c>
+      <c r="D97" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A98" s="15" t="s">
+        <v>214</v>
+      </c>
+      <c r="B98" s="24" t="s">
+        <v>215</v>
+      </c>
+      <c r="C98" s="24" t="s">
+        <v>216</v>
+      </c>
+      <c r="D98" s="38">
+        <v>46109</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4" ht="94.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="15" t="s">
+        <v>3095</v>
+      </c>
+      <c r="B99" s="24" t="s">
+        <v>3094</v>
+      </c>
+      <c r="C99" s="24" t="s">
+        <v>217</v>
+      </c>
+      <c r="D99" s="33">
+        <v>46078</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A100" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="B100" s="34" t="s">
+        <v>219</v>
+      </c>
+      <c r="C100" s="24" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D100" s="51">
+        <v>46111</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A101" s="13" t="s">
+        <v>220</v>
+      </c>
+      <c r="B101" s="24" t="s">
+        <v>221</v>
+      </c>
+      <c r="C101" s="24" t="s">
+        <v>1929</v>
+      </c>
+      <c r="D101" s="38">
+        <v>46103</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A102" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="B102" s="24" t="s">
+        <v>225</v>
+      </c>
+      <c r="C102" s="24" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D102" s="33">
+        <v>46104</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A103" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="B103" s="24" t="s">
+        <v>227</v>
+      </c>
+      <c r="C103" s="24" t="s">
+        <v>228</v>
+      </c>
+      <c r="D103" s="33">
+        <v>46178</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4" ht="122.4" x14ac:dyDescent="0.3">
+      <c r="A104" s="13" t="s">
+        <v>2289</v>
+      </c>
+      <c r="B104" s="24" t="s">
+        <v>230</v>
+      </c>
+      <c r="C104" s="24" t="s">
+        <v>1931</v>
+      </c>
+      <c r="D104" s="33">
+        <v>46119</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A105" s="13" t="s">
+        <v>231</v>
+      </c>
+      <c r="B105" s="24" t="s">
+        <v>232</v>
+      </c>
+      <c r="C105" s="24" t="s">
+        <v>233</v>
+      </c>
+      <c r="D105" s="33">
+        <v>46140</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4" s="6" customFormat="1" ht="126" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="65" t="s">
+        <v>234</v>
+      </c>
+      <c r="B106" s="25" t="s">
+        <v>235</v>
+      </c>
+      <c r="C106" s="24" t="s">
+        <v>1932</v>
+      </c>
+      <c r="D106" s="38">
+        <v>46146</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A107" s="13" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B107" s="24" t="s">
+        <v>236</v>
+      </c>
+      <c r="C107" s="24" t="s">
+        <v>1933</v>
+      </c>
+      <c r="D107" s="33">
+        <v>46148</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4" ht="122.4" x14ac:dyDescent="0.3">
+      <c r="A108" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="B108" s="24" t="s">
+        <v>238</v>
+      </c>
+      <c r="C108" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D108" s="33">
+        <v>46147</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4" ht="40.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A109" s="16" t="s">
+        <v>2414</v>
+      </c>
+      <c r="B109" s="24" t="s">
+        <v>239</v>
+      </c>
+      <c r="C109" s="24" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D109" s="33">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A110" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="B110" s="24" t="s">
+        <v>241</v>
+      </c>
+      <c r="C110" s="24" t="s">
+        <v>1936</v>
+      </c>
+      <c r="D110" s="33">
+        <v>46106</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A111" s="13" t="s">
+        <v>242</v>
+      </c>
+      <c r="B111" s="24" t="s">
+        <v>2698</v>
+      </c>
+      <c r="C111" s="24" t="s">
+        <v>92</v>
+      </c>
+      <c r="D111" s="38">
+        <v>46064</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4" ht="82.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A112" s="16" t="s">
+        <v>2413</v>
+      </c>
+      <c r="B112" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="C112" s="24" t="s">
+        <v>737</v>
+      </c>
+      <c r="D112" s="33">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A113" s="22" t="s">
+        <v>243</v>
+      </c>
+      <c r="B113" s="25" t="s">
+        <v>244</v>
+      </c>
+      <c r="C113" s="24" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D113" s="33">
+        <v>46196</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4" ht="56.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A114" s="16" t="s">
+        <v>245</v>
+      </c>
+      <c r="B114" s="24" t="s">
+        <v>246</v>
+      </c>
+      <c r="C114" s="24" t="s">
+        <v>1938</v>
+      </c>
+      <c r="D114" s="33">
+        <v>46153</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A115" s="13" t="s">
+        <v>247</v>
+      </c>
+      <c r="B115" s="25" t="s">
+        <v>248</v>
+      </c>
+      <c r="C115" s="24" t="s">
+        <v>1939</v>
+      </c>
+      <c r="D115" s="33">
+        <v>46209</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A116" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="B116" s="24" t="s">
+        <v>250</v>
+      </c>
+      <c r="C116" s="24" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D116" s="38">
+        <v>46358</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4" ht="102" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A117" s="16" t="s">
+        <v>3469</v>
+      </c>
+      <c r="B117" s="24" t="s">
+        <v>2881</v>
+      </c>
+      <c r="C117" s="24" t="s">
+        <v>251</v>
+      </c>
+      <c r="D117" s="33">
+        <v>46118</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A118" s="13" t="s">
+        <v>252</v>
+      </c>
+      <c r="B118" s="24" t="s">
+        <v>253</v>
+      </c>
+      <c r="C118" s="24" t="s">
+        <v>1941</v>
+      </c>
+      <c r="D118" s="33">
+        <v>46202</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A119" s="13" t="s">
+        <v>2800</v>
+      </c>
+      <c r="B119" s="24" t="s">
+        <v>2799</v>
+      </c>
+      <c r="C119" s="24" t="s">
+        <v>254</v>
+      </c>
+      <c r="D119" s="33">
+        <v>46231</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A120" s="15" t="s">
+        <v>255</v>
+      </c>
+      <c r="B120" s="24" t="s">
+        <v>256</v>
+      </c>
+      <c r="C120" s="24" t="s">
+        <v>744</v>
+      </c>
+      <c r="D120" s="33">
+        <v>46311</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A121" s="15" t="s">
+        <v>257</v>
+      </c>
+      <c r="B121" s="24" t="s">
+        <v>258</v>
+      </c>
+      <c r="C121" s="24" t="s">
+        <v>626</v>
+      </c>
+      <c r="D121" s="33">
+        <v>46253</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A122" s="13" t="s">
+        <v>259</v>
+      </c>
+      <c r="B122" s="24" t="s">
+        <v>260</v>
+      </c>
+      <c r="C122" s="24" t="s">
+        <v>1942</v>
+      </c>
+      <c r="D122" s="33">
+        <v>46245</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4" ht="111.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A123" s="15" t="s">
+        <v>261</v>
+      </c>
+      <c r="B123" s="24" t="s">
+        <v>262</v>
+      </c>
+      <c r="C123" s="24" t="s">
+        <v>263</v>
+      </c>
+      <c r="D123" s="33">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4" ht="61.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A124" s="16" t="s">
+        <v>266</v>
+      </c>
+      <c r="B124" s="24" t="s">
+        <v>267</v>
+      </c>
+      <c r="C124" s="24" t="s">
+        <v>268</v>
+      </c>
+      <c r="D124" s="33">
+        <v>46414</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4" ht="151.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A125" s="14" t="s">
+        <v>269</v>
+      </c>
+      <c r="B125" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="C125" s="24" t="s">
+        <v>1943</v>
+      </c>
+      <c r="D125" s="33">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4" ht="112.2" x14ac:dyDescent="0.3">
+      <c r="A126" s="14" t="s">
+        <v>270</v>
+      </c>
+      <c r="B126" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="C126" s="24" t="s">
+        <v>92</v>
+      </c>
+      <c r="D126" s="33">
+        <v>46071</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A127" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="B127" s="25" t="s">
+        <v>272</v>
+      </c>
+      <c r="C127" s="24" t="s">
+        <v>1944</v>
+      </c>
+      <c r="D127" s="33">
+        <v>46287</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4" ht="193.8" x14ac:dyDescent="0.3">
+      <c r="A128" s="16" t="s">
+        <v>2426</v>
+      </c>
+      <c r="B128" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="C128" s="24" t="s">
+        <v>1943</v>
+      </c>
+      <c r="D128" s="33">
+        <v>46057</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4" ht="193.8" x14ac:dyDescent="0.3">
+      <c r="A129" s="16" t="s">
+        <v>273</v>
+      </c>
+      <c r="B129" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="C129" s="24" t="s">
+        <v>27</v>
+      </c>
+      <c r="D129" s="33">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A130" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="B130" s="24" t="s">
+        <v>275</v>
+      </c>
+      <c r="C130" s="24" t="s">
+        <v>276</v>
+      </c>
+      <c r="D130" s="33">
+        <v>46289</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A131" s="13" t="s">
+        <v>3444</v>
+      </c>
+      <c r="B131" s="25" t="s">
+        <v>277</v>
+      </c>
+      <c r="C131" s="24" t="s">
+        <v>1945</v>
+      </c>
+      <c r="D131" s="33">
+        <v>46333</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A132" s="15" t="s">
+        <v>278</v>
+      </c>
+      <c r="B132" s="25" t="s">
+        <v>279</v>
+      </c>
+      <c r="C132" s="24" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D132" s="33">
+        <v>46119</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A133" s="15" t="s">
+        <v>280</v>
+      </c>
+      <c r="B133" s="25" t="s">
+        <v>281</v>
+      </c>
+      <c r="C133" s="24" t="s">
+        <v>1947</v>
+      </c>
+      <c r="D133" s="38">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A134" s="15" t="s">
+        <v>282</v>
+      </c>
+      <c r="B134" s="34" t="s">
+        <v>283</v>
+      </c>
+      <c r="C134" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D134" s="33">
+        <v>46349</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4" ht="288" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A135" s="13" t="s">
+        <v>284</v>
+      </c>
+      <c r="B135" s="25" t="s">
+        <v>285</v>
+      </c>
+      <c r="C135" s="24" t="s">
+        <v>1948</v>
+      </c>
+      <c r="D135" s="33">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A136" s="14" t="s">
+        <v>286</v>
+      </c>
+      <c r="B136" s="24" t="s">
+        <v>287</v>
+      </c>
+      <c r="C136" s="24" t="s">
+        <v>288</v>
+      </c>
+      <c r="D136" s="38">
+        <v>46365</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A137" s="13" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B137" s="25" t="s">
+        <v>289</v>
+      </c>
+      <c r="C137" s="24" t="s">
+        <v>290</v>
+      </c>
+      <c r="D137" s="33">
+        <v>46420</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A138" s="14" t="s">
+        <v>2696</v>
+      </c>
+      <c r="B138" s="34" t="s">
+        <v>291</v>
+      </c>
+      <c r="C138" s="24" t="s">
+        <v>1949</v>
+      </c>
+      <c r="D138" s="33">
+        <v>46039</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A139" s="15" t="s">
+        <v>2710</v>
+      </c>
+      <c r="B139" s="24" t="s">
+        <v>292</v>
+      </c>
+      <c r="C139" s="24" t="s">
+        <v>293</v>
+      </c>
+      <c r="D139" s="33">
+        <v>46160</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4" ht="84" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A140" s="14" t="s">
+        <v>294</v>
+      </c>
+      <c r="B140" s="25" t="s">
+        <v>295</v>
+      </c>
+      <c r="C140" s="24" t="s">
+        <v>296</v>
+      </c>
+      <c r="D140" s="33">
+        <v>46043</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A141" s="15" t="s">
+        <v>3430</v>
+      </c>
+      <c r="B141" s="24" t="s">
+        <v>297</v>
+      </c>
+      <c r="C141" s="24" t="s">
+        <v>1950</v>
+      </c>
+      <c r="D141" s="33">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A142" s="15" t="s">
+        <v>298</v>
+      </c>
+      <c r="B142" s="24" t="s">
+        <v>299</v>
+      </c>
+      <c r="C142" s="24" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D142" s="33">
+        <v>46287</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A143" s="14" t="s">
+        <v>300</v>
+      </c>
+      <c r="B143" s="24" t="s">
+        <v>301</v>
+      </c>
+      <c r="C143" s="24" t="s">
+        <v>1951</v>
+      </c>
+      <c r="D143" s="33">
+        <v>46351</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A144" s="13" t="s">
+        <v>2467</v>
+      </c>
+      <c r="B144" s="24" t="s">
+        <v>303</v>
+      </c>
+      <c r="C144" s="24" t="s">
+        <v>304</v>
+      </c>
+      <c r="D144" s="33">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A145" s="13" t="s">
+        <v>305</v>
+      </c>
+      <c r="B145" s="24" t="s">
+        <v>107</v>
+      </c>
+      <c r="C145" s="24" t="s">
+        <v>625</v>
+      </c>
+      <c r="D145" s="33">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4" ht="68.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A146" s="14" t="s">
+        <v>306</v>
+      </c>
+      <c r="B146" s="25" t="s">
+        <v>307</v>
+      </c>
+      <c r="C146" s="24" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D146" s="33">
+        <v>46101</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4" ht="81.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A147" s="13" t="s">
+        <v>308</v>
+      </c>
+      <c r="B147" s="24" t="s">
+        <v>309</v>
+      </c>
+      <c r="C147" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D147" s="38">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4" ht="369.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A148" s="16" t="s">
+        <v>310</v>
+      </c>
+      <c r="B148" s="24" t="s">
+        <v>311</v>
+      </c>
+      <c r="C148" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D148" s="38">
+        <v>46134</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A149" s="13" t="s">
+        <v>3338</v>
+      </c>
+      <c r="B149" s="24" t="s">
+        <v>2663</v>
+      </c>
+      <c r="C149" s="24" t="s">
+        <v>1953</v>
+      </c>
+      <c r="D149" s="38">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4" ht="328.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A150" s="16" t="s">
+        <v>312</v>
+      </c>
+      <c r="B150" s="24" t="s">
+        <v>313</v>
+      </c>
+      <c r="C150" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D150" s="38">
+        <v>46137</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4" ht="57.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A151" s="15" t="s">
+        <v>314</v>
+      </c>
+      <c r="B151" s="24" t="s">
+        <v>315</v>
+      </c>
+      <c r="C151" s="24" t="s">
+        <v>1954</v>
+      </c>
+      <c r="D151" s="33">
+        <v>46134</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4" ht="95.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A152" s="15" t="s">
+        <v>3339</v>
+      </c>
+      <c r="B152" s="25" t="s">
+        <v>316</v>
+      </c>
+      <c r="C152" s="24" t="s">
+        <v>1955</v>
+      </c>
+      <c r="D152" s="33">
+        <v>46198</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4" ht="133.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A153" s="14" t="s">
+        <v>317</v>
+      </c>
+      <c r="B153" s="25" t="s">
+        <v>318</v>
+      </c>
+      <c r="C153" s="24" t="s">
+        <v>1956</v>
+      </c>
+      <c r="D153" s="33">
+        <v>46179</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A154" s="13" t="s">
+        <v>319</v>
+      </c>
+      <c r="B154" s="24" t="s">
+        <v>320</v>
+      </c>
+      <c r="C154" s="24" t="s">
+        <v>321</v>
+      </c>
+      <c r="D154" s="38">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A155" s="13" t="s">
+        <v>322</v>
+      </c>
+      <c r="B155" s="24" t="s">
+        <v>323</v>
+      </c>
+      <c r="C155" s="24" t="s">
+        <v>3473</v>
+      </c>
+      <c r="D155" s="33">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A156" s="13" t="s">
+        <v>324</v>
+      </c>
+      <c r="B156" s="24" t="s">
+        <v>325</v>
+      </c>
+      <c r="C156" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D156" s="33">
+        <v>46164</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A157" s="15" t="s">
+        <v>326</v>
+      </c>
+      <c r="B157" s="24" t="s">
+        <v>327</v>
+      </c>
+      <c r="C157" s="24" t="s">
+        <v>328</v>
+      </c>
+      <c r="D157" s="33">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A158" s="15" t="s">
+        <v>3555</v>
+      </c>
+      <c r="B158" s="24" t="s">
+        <v>329</v>
+      </c>
+      <c r="C158" s="24" t="s">
+        <v>1957</v>
+      </c>
+      <c r="D158" s="33">
+        <v>46334</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4" ht="213.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A159" s="14" t="s">
+        <v>330</v>
+      </c>
+      <c r="B159" s="41" t="s">
+        <v>331</v>
+      </c>
+      <c r="C159" s="24" t="s">
+        <v>1958</v>
+      </c>
+      <c r="D159" s="38">
+        <v>46230</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A160" s="15" t="s">
+        <v>332</v>
+      </c>
+      <c r="B160" s="24" t="s">
+        <v>333</v>
+      </c>
+      <c r="C160" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D160" s="38">
+        <v>46229</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5" ht="91.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A161" s="16" t="s">
+        <v>3082</v>
+      </c>
+      <c r="B161" s="24" t="s">
+        <v>238</v>
+      </c>
+      <c r="C161" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D161" s="33">
+        <v>46254</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" ht="33.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A162" s="13" t="s">
+        <v>334</v>
+      </c>
+      <c r="B162" s="24" t="s">
+        <v>335</v>
+      </c>
+      <c r="C162" s="24" t="s">
+        <v>986</v>
+      </c>
+      <c r="D162" s="33">
+        <v>46235</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A163" s="15" t="s">
+        <v>336</v>
+      </c>
+      <c r="B163" s="24" t="s">
+        <v>337</v>
+      </c>
+      <c r="C163" s="24" t="s">
+        <v>338</v>
+      </c>
+      <c r="D163" s="33">
+        <v>46287</v>
+      </c>
+    </row>
+    <row r="164" spans="1:5" ht="81.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A164" s="14" t="s">
+        <v>339</v>
+      </c>
+      <c r="B164" s="24" t="s">
+        <v>340</v>
+      </c>
+      <c r="C164" s="24" t="s">
+        <v>1959</v>
+      </c>
+      <c r="D164" s="33">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="165" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A165" s="13" t="s">
+        <v>341</v>
+      </c>
+      <c r="B165" s="25" t="s">
+        <v>342</v>
+      </c>
+      <c r="C165" s="24" t="s">
+        <v>1960</v>
+      </c>
+      <c r="D165" s="33">
+        <v>46176</v>
+      </c>
+    </row>
+    <row r="166" spans="1:5" ht="237.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A166" s="23" t="s">
+        <v>343</v>
+      </c>
+      <c r="B166" s="34" t="s">
+        <v>344</v>
+      </c>
+      <c r="C166" s="24" t="s">
+        <v>154</v>
+      </c>
+      <c r="D166" s="33">
+        <v>46103</v>
+      </c>
+    </row>
+    <row r="167" spans="1:5" ht="101.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A167" s="14" t="s">
+        <v>3127</v>
+      </c>
+      <c r="B167" s="24" t="s">
+        <v>345</v>
+      </c>
+      <c r="C167" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D167" s="33">
+        <v>46286</v>
+      </c>
+    </row>
+    <row r="168" spans="1:5" ht="310.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A168" s="14" t="s">
+        <v>346</v>
+      </c>
+      <c r="B168" s="25" t="s">
+        <v>347</v>
+      </c>
+      <c r="C168" s="24" t="s">
+        <v>105</v>
+      </c>
+      <c r="D168" s="38">
+        <v>46278</v>
+      </c>
+    </row>
+    <row r="169" spans="1:5" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A169" s="16" t="s">
+        <v>3153</v>
+      </c>
+      <c r="B169" s="24" t="s">
+        <v>112</v>
+      </c>
+      <c r="C169" s="24" t="s">
+        <v>348</v>
+      </c>
+      <c r="D169" s="33">
+        <v>46291</v>
+      </c>
+    </row>
+    <row r="170" spans="1:5" ht="51" x14ac:dyDescent="0.3">
+      <c r="A170" s="15" t="s">
+        <v>349</v>
+      </c>
+      <c r="B170" s="24" t="s">
+        <v>3085</v>
+      </c>
+      <c r="C170" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D170" s="33">
+        <v>46247</v>
+      </c>
+    </row>
+    <row r="171" spans="1:5" ht="102" x14ac:dyDescent="0.3">
+      <c r="A171" s="16" t="s">
+        <v>350</v>
+      </c>
+      <c r="B171" s="25" t="s">
+        <v>351</v>
+      </c>
+      <c r="C171" s="24" t="s">
+        <v>352</v>
+      </c>
+      <c r="D171" s="33">
+        <v>46307</v>
+      </c>
+      <c r="E171" s="28"/>
+    </row>
+    <row r="172" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A172" s="13" t="s">
+        <v>354</v>
+      </c>
+      <c r="B172" s="24" t="s">
+        <v>355</v>
+      </c>
+      <c r="C172" s="24" t="s">
+        <v>3340</v>
+      </c>
+      <c r="D172" s="33">
+        <v>46104</v>
+      </c>
+    </row>
+    <row r="173" spans="1:5" ht="51.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A173" s="15" t="s">
+        <v>356</v>
+      </c>
+      <c r="B173" s="24" t="s">
+        <v>357</v>
+      </c>
+      <c r="C173" s="24" t="s">
+        <v>1961</v>
+      </c>
+      <c r="D173" s="38">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="174" spans="1:5" ht="54" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A174" s="16" t="s">
+        <v>3461</v>
+      </c>
+      <c r="B174" s="24" t="s">
+        <v>3462</v>
+      </c>
+      <c r="C174" s="24" t="s">
+        <v>1962</v>
+      </c>
+      <c r="D174" s="33">
         <v>46338</v>
       </c>
     </row>
-    <row r="67" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B67" s="24" t="s">
+    <row r="175" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A175" s="15" t="s">
+        <v>358</v>
+      </c>
+      <c r="B175" s="24" t="s">
+        <v>359</v>
+      </c>
+      <c r="C175" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D175" s="33">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="176" spans="1:5" ht="114.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A176" s="16" t="s">
+        <v>360</v>
+      </c>
+      <c r="B176" s="24" t="s">
+        <v>361</v>
+      </c>
+      <c r="C176" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D176" s="38">
+        <v>46138</v>
+      </c>
+    </row>
+    <row r="177" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A177" s="15" t="s">
+        <v>362</v>
+      </c>
+      <c r="B177" s="24" t="s">
+        <v>363</v>
+      </c>
+      <c r="C177" s="24" t="s">
+        <v>1963</v>
+      </c>
+      <c r="D177" s="38">
+        <v>46340</v>
+      </c>
+    </row>
+    <row r="178" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A178" s="13" t="s">
+        <v>364</v>
+      </c>
+      <c r="B178" s="24" t="s">
+        <v>365</v>
+      </c>
+      <c r="C178" s="24" t="s">
+        <v>366</v>
+      </c>
+      <c r="D178" s="33">
+        <v>46015</v>
+      </c>
+    </row>
+    <row r="179" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A179" s="13" t="s">
+        <v>2335</v>
+      </c>
+      <c r="B179" s="25" t="s">
+        <v>2334</v>
+      </c>
+      <c r="C179" s="24" t="s">
         <v>154</v>
       </c>
-      <c r="C67" s="72" t="s">
-[...27 lines deleted...]
-      <c r="C69" s="72" t="s">
+      <c r="D179" s="38">
+        <v>46012</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4" ht="305.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A180" s="14" t="s">
+        <v>3431</v>
+      </c>
+      <c r="B180" s="42" t="s">
+        <v>367</v>
+      </c>
+      <c r="C180" s="24" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D180" s="33">
+        <v>46021</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A181" s="15" t="s">
+        <v>368</v>
+      </c>
+      <c r="B181" s="24" t="s">
+        <v>369</v>
+      </c>
+      <c r="C181" s="24" t="s">
+        <v>370</v>
+      </c>
+      <c r="D181" s="33">
+        <v>46039</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A182" s="43" t="s">
+        <v>371</v>
+      </c>
+      <c r="B182" s="26" t="s">
+        <v>372</v>
+      </c>
+      <c r="C182" s="24" t="s">
+        <v>638</v>
+      </c>
+      <c r="D182" s="33">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A183" s="14" t="s">
+        <v>373</v>
+      </c>
+      <c r="B183" s="25" t="s">
+        <v>374</v>
+      </c>
+      <c r="C183" s="24" t="s">
+        <v>375</v>
+      </c>
+      <c r="D183" s="33">
+        <v>46048</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4" ht="72.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A184" s="14" t="s">
+        <v>376</v>
+      </c>
+      <c r="B184" s="25" t="s">
+        <v>3284</v>
+      </c>
+      <c r="C184" s="24" t="s">
+        <v>1965</v>
+      </c>
+      <c r="D184" s="38">
+        <v>46046</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A185" s="15" t="s">
+        <v>2469</v>
+      </c>
+      <c r="B185" s="24" t="s">
+        <v>377</v>
+      </c>
+      <c r="C185" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D185" s="38">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4" ht="185.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A186" s="14" t="s">
+        <v>378</v>
+      </c>
+      <c r="B186" s="24" t="s">
+        <v>174</v>
+      </c>
+      <c r="C186" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D186" s="33">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A187" s="15" t="s">
+        <v>3341</v>
+      </c>
+      <c r="B187" s="25" t="s">
+        <v>379</v>
+      </c>
+      <c r="C187" s="24" t="s">
+        <v>1966</v>
+      </c>
+      <c r="D187" s="33">
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4" ht="165" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A188" s="44" t="s">
+        <v>2432</v>
+      </c>
+      <c r="B188" s="24" t="s">
+        <v>380</v>
+      </c>
+      <c r="C188" s="24" t="s">
+        <v>1967</v>
+      </c>
+      <c r="D188" s="33">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A189" s="13" t="s">
+        <v>381</v>
+      </c>
+      <c r="B189" s="25" t="s">
+        <v>382</v>
+      </c>
+      <c r="C189" s="24" t="s">
+        <v>383</v>
+      </c>
+      <c r="D189" s="33">
+        <v>46075</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4" ht="409.6" x14ac:dyDescent="0.3">
+      <c r="A190" s="16" t="s">
+        <v>2259</v>
+      </c>
+      <c r="B190" s="24" t="s">
+        <v>384</v>
+      </c>
+      <c r="C190" s="24" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D190" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A191" s="13" t="s">
+        <v>385</v>
+      </c>
+      <c r="B191" s="25" t="s">
+        <v>386</v>
+      </c>
+      <c r="C191" s="24" t="s">
+        <v>76</v>
+      </c>
+      <c r="D191" s="38">
+        <v>46117</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4" ht="93" x14ac:dyDescent="0.3">
+      <c r="A192" s="20" t="s">
+        <v>3605</v>
+      </c>
+      <c r="B192" s="34" t="s">
+        <v>2297</v>
+      </c>
+      <c r="C192" s="24" t="s">
+        <v>71</v>
+      </c>
+      <c r="D192" s="38">
+        <v>46361</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A193" s="15" t="s">
+        <v>387</v>
+      </c>
+      <c r="B193" s="25" t="s">
+        <v>388</v>
+      </c>
+      <c r="C193" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D193" s="33">
+        <v>46100</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A194" s="13" t="s">
+        <v>389</v>
+      </c>
+      <c r="B194" s="24" t="s">
+        <v>390</v>
+      </c>
+      <c r="C194" s="24" t="s">
+        <v>391</v>
+      </c>
+      <c r="D194" s="33">
+        <v>46152</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A195" s="15" t="s">
+        <v>392</v>
+      </c>
+      <c r="B195" s="24" t="s">
+        <v>393</v>
+      </c>
+      <c r="C195" s="24" t="s">
+        <v>394</v>
+      </c>
+      <c r="D195" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4" ht="308.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A196" s="16" t="s">
+        <v>2298</v>
+      </c>
+      <c r="B196" s="24" t="s">
+        <v>395</v>
+      </c>
+      <c r="C196" s="24" t="s">
+        <v>217</v>
+      </c>
+      <c r="D196" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A197" s="13" t="s">
+        <v>396</v>
+      </c>
+      <c r="B197" s="24" t="s">
+        <v>397</v>
+      </c>
+      <c r="C197" s="24" t="s">
+        <v>398</v>
+      </c>
+      <c r="D197" s="33">
+        <v>46137</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4" ht="142.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A198" s="16" t="s">
+        <v>399</v>
+      </c>
+      <c r="B198" s="24" t="s">
+        <v>400</v>
+      </c>
+      <c r="C198" s="24" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D198" s="33">
+        <v>46153</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A199" s="13" t="s">
+        <v>2798</v>
+      </c>
+      <c r="B199" s="24" t="s">
+        <v>401</v>
+      </c>
+      <c r="C199" s="24" t="s">
+        <v>76</v>
+      </c>
+      <c r="D199" s="38">
+        <v>46164</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A200" s="15" t="s">
+        <v>2961</v>
+      </c>
+      <c r="B200" s="24" t="s">
+        <v>402</v>
+      </c>
+      <c r="C200" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D200" s="38">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4" ht="220.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A201" s="16" t="s">
+        <v>3342</v>
+      </c>
+      <c r="B201" s="24" t="s">
+        <v>403</v>
+      </c>
+      <c r="C201" s="24" t="s">
+        <v>1970</v>
+      </c>
+      <c r="D201" s="33">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4" ht="36" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A202" s="15" t="s">
+        <v>3343</v>
+      </c>
+      <c r="B202" s="25" t="s">
+        <v>404</v>
+      </c>
+      <c r="C202" s="24" t="s">
+        <v>405</v>
+      </c>
+      <c r="D202" s="33">
+        <v>46144</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A203" s="16" t="s">
+        <v>406</v>
+      </c>
+      <c r="B203" s="24" t="s">
+        <v>407</v>
+      </c>
+      <c r="C203" s="24" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D203" s="33">
+        <v>46187</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A204" s="15" t="s">
+        <v>3344</v>
+      </c>
+      <c r="B204" s="25" t="s">
+        <v>408</v>
+      </c>
+      <c r="C204" s="24" t="s">
+        <v>1972</v>
+      </c>
+      <c r="D204" s="33">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A205" s="16" t="s">
+        <v>409</v>
+      </c>
+      <c r="B205" s="25" t="s">
+        <v>410</v>
+      </c>
+      <c r="C205" s="24" t="s">
+        <v>2912</v>
+      </c>
+      <c r="D205" s="33">
+        <v>46192</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A206" s="15" t="s">
+        <v>411</v>
+      </c>
+      <c r="B206" s="24" t="s">
+        <v>412</v>
+      </c>
+      <c r="C206" s="24" t="s">
+        <v>413</v>
+      </c>
+      <c r="D206" s="38">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4" ht="149.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A207" s="14" t="s">
+        <v>414</v>
+      </c>
+      <c r="B207" s="25" t="s">
+        <v>415</v>
+      </c>
+      <c r="C207" s="24" t="s">
+        <v>838</v>
+      </c>
+      <c r="D207" s="33">
+        <v>46222</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A208" s="13" t="s">
+        <v>3345</v>
+      </c>
+      <c r="B208" s="24" t="s">
+        <v>416</v>
+      </c>
+      <c r="C208" s="24" t="s">
+        <v>1973</v>
+      </c>
+      <c r="D208" s="38">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4" ht="235.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A209" s="16" t="s">
+        <v>417</v>
+      </c>
+      <c r="B209" s="24" t="s">
+        <v>418</v>
+      </c>
+      <c r="C209" s="24" t="s">
+        <v>419</v>
+      </c>
+      <c r="D209" s="33">
+        <v>46257</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4" ht="31.8" x14ac:dyDescent="0.3">
+      <c r="A210" s="21" t="s">
+        <v>3346</v>
+      </c>
+      <c r="B210" s="25" t="s">
+        <v>420</v>
+      </c>
+      <c r="C210" s="24" t="s">
+        <v>1974</v>
+      </c>
+      <c r="D210" s="33">
+        <v>46231</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A211" s="15" t="s">
+        <v>421</v>
+      </c>
+      <c r="B211" s="24" t="s">
+        <v>422</v>
+      </c>
+      <c r="C211" s="24" t="s">
+        <v>423</v>
+      </c>
+      <c r="D211" s="33">
+        <v>46242</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4" ht="86.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A212" s="15" t="s">
+        <v>3347</v>
+      </c>
+      <c r="B212" s="24" t="s">
+        <v>424</v>
+      </c>
+      <c r="C212" s="24" t="s">
+        <v>425</v>
+      </c>
+      <c r="D212" s="33">
+        <v>46224</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A213" s="15" t="s">
+        <v>2977</v>
+      </c>
+      <c r="B213" s="25" t="s">
+        <v>426</v>
+      </c>
+      <c r="C213" s="24" t="s">
+        <v>427</v>
+      </c>
+      <c r="D213" s="38">
+        <v>46244</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4" ht="186" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A214" s="16" t="s">
+        <v>428</v>
+      </c>
+      <c r="B214" s="24" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C214" s="24" t="s">
+        <v>429</v>
+      </c>
+      <c r="D214" s="38">
+        <v>46273</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4" ht="176.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A215" s="15" t="s">
+        <v>2829</v>
+      </c>
+      <c r="B215" s="34" t="s">
+        <v>2830</v>
+      </c>
+      <c r="C215" s="24" t="s">
+        <v>430</v>
+      </c>
+      <c r="D215" s="33">
+        <v>46177</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A216" s="13" t="s">
+        <v>3007</v>
+      </c>
+      <c r="B216" s="24" t="s">
+        <v>431</v>
+      </c>
+      <c r="C216" s="24" t="s">
+        <v>432</v>
+      </c>
+      <c r="D216" s="33">
+        <v>46248</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A217" s="15" t="s">
+        <v>433</v>
+      </c>
+      <c r="B217" s="24" t="s">
+        <v>434</v>
+      </c>
+      <c r="C217" s="24" t="s">
+        <v>435</v>
+      </c>
+      <c r="D217" s="33">
+        <v>46348</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A218" s="13" t="s">
+        <v>436</v>
+      </c>
+      <c r="B218" s="25" t="s">
+        <v>437</v>
+      </c>
+      <c r="C218" s="24" t="s">
+        <v>1975</v>
+      </c>
+      <c r="D218" s="38">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4" ht="60.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A219" s="14" t="s">
+        <v>3348</v>
+      </c>
+      <c r="B219" s="25" t="s">
+        <v>438</v>
+      </c>
+      <c r="C219" s="24" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D219" s="33">
+        <v>46354</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A220" s="15" t="s">
+        <v>3349</v>
+      </c>
+      <c r="B220" s="25" t="s">
+        <v>439</v>
+      </c>
+      <c r="C220" s="24" t="s">
+        <v>1977</v>
+      </c>
+      <c r="D220" s="33">
+        <v>46342</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A221" s="15" t="s">
+        <v>440</v>
+      </c>
+      <c r="B221" s="24" t="s">
+        <v>441</v>
+      </c>
+      <c r="C221" s="24" t="s">
+        <v>442</v>
+      </c>
+      <c r="D221" s="33">
+        <v>46367</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4" ht="58.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A222" s="15" t="s">
+        <v>3350</v>
+      </c>
+      <c r="B222" s="25" t="s">
+        <v>443</v>
+      </c>
+      <c r="C222" s="88" t="s">
+        <v>2916</v>
+      </c>
+      <c r="D222" s="33">
+        <v>46370</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4" ht="198" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A223" s="15" t="s">
+        <v>444</v>
+      </c>
+      <c r="B223" s="25" t="s">
+        <v>445</v>
+      </c>
+      <c r="C223" s="24" t="s">
+        <v>1978</v>
+      </c>
+      <c r="D223" s="33">
+        <v>46012</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4" ht="103.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A224" s="14" t="s">
+        <v>446</v>
+      </c>
+      <c r="B224" s="24" t="s">
+        <v>447</v>
+      </c>
+      <c r="C224" s="24" t="s">
+        <v>1934</v>
+      </c>
+      <c r="D224" s="38">
+        <v>46148</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A225" s="15" t="s">
+        <v>448</v>
+      </c>
+      <c r="B225" s="24" t="s">
+        <v>449</v>
+      </c>
+      <c r="C225" s="24" t="s">
+        <v>928</v>
+      </c>
+      <c r="D225" s="38">
+        <v>46106</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4" ht="87" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A226" s="14" t="s">
+        <v>450</v>
+      </c>
+      <c r="B226" s="25" t="s">
+        <v>451</v>
+      </c>
+      <c r="C226" s="24" t="s">
+        <v>1979</v>
+      </c>
+      <c r="D226" s="38">
+        <v>46348</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4" ht="54.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A227" s="13" t="s">
+        <v>3351</v>
+      </c>
+      <c r="B227" s="24" t="s">
+        <v>302</v>
+      </c>
+      <c r="C227" s="24" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D227" s="38">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4" ht="294.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A228" s="16" t="s">
+        <v>452</v>
+      </c>
+      <c r="B228" s="24" t="s">
+        <v>453</v>
+      </c>
+      <c r="C228" s="24" t="s">
         <v>1981</v>
       </c>
-      <c r="D69" s="33">
-[...94 lines deleted...]
-      <c r="C76" s="72" t="s">
+      <c r="D228" s="38">
+        <v>46390</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4" ht="165" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A229" s="14" t="s">
+        <v>3352</v>
+      </c>
+      <c r="B229" s="25" t="s">
+        <v>2699</v>
+      </c>
+      <c r="C229" s="24" t="s">
         <v>1982</v>
       </c>
-      <c r="D76" s="33">
-[...10 lines deleted...]
-      <c r="C77" s="72" t="s">
+      <c r="D229" s="33">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A230" s="15" t="s">
+        <v>454</v>
+      </c>
+      <c r="B230" s="24" t="s">
+        <v>455</v>
+      </c>
+      <c r="C230" s="24" t="s">
         <v>1983</v>
       </c>
-      <c r="D77" s="50">
-[...10 lines deleted...]
-      <c r="C78" s="72" t="s">
+      <c r="D230" s="33">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4" ht="213" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A231" s="15" t="s">
+        <v>456</v>
+      </c>
+      <c r="B231" s="24" t="s">
+        <v>457</v>
+      </c>
+      <c r="C231" s="24" t="s">
+        <v>458</v>
+      </c>
+      <c r="D231" s="33">
+        <v>46419</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A232" s="16" t="s">
+        <v>459</v>
+      </c>
+      <c r="B232" s="24" t="s">
+        <v>460</v>
+      </c>
+      <c r="C232" s="24" t="s">
         <v>1984</v>
       </c>
-      <c r="D78" s="33">
-[...52 lines deleted...]
-      <c r="C82" s="72" t="s">
+      <c r="D232" s="33">
+        <v>46072</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A233" s="15" t="s">
+        <v>461</v>
+      </c>
+      <c r="B233" s="24" t="s">
+        <v>462</v>
+      </c>
+      <c r="C233" s="24" t="s">
+        <v>463</v>
+      </c>
+      <c r="D233" s="33">
+        <v>46076</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A234" s="15" t="s">
+        <v>3044</v>
+      </c>
+      <c r="B234" s="24" t="s">
+        <v>464</v>
+      </c>
+      <c r="C234" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D234" s="33">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4" ht="114.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A235" s="16" t="s">
+        <v>465</v>
+      </c>
+      <c r="B235" s="25" t="s">
+        <v>466</v>
+      </c>
+      <c r="C235" s="24" t="s">
         <v>1985</v>
       </c>
-      <c r="D82" s="38">
-[...38 lines deleted...]
-      <c r="C85" s="72" t="s">
+      <c r="D235" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4" ht="49.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A236" s="20" t="s">
+        <v>2454</v>
+      </c>
+      <c r="B236" s="24" t="s">
+        <v>467</v>
+      </c>
+      <c r="C236" s="24" t="s">
+        <v>468</v>
+      </c>
+      <c r="D236" s="33">
+        <v>46089</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4" ht="67.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A237" s="15" t="s">
+        <v>469</v>
+      </c>
+      <c r="B237" s="24" t="s">
+        <v>222</v>
+      </c>
+      <c r="C237" s="24" t="s">
         <v>1986</v>
       </c>
-      <c r="D85" s="33">
-[...24 lines deleted...]
-      <c r="C87" s="72" t="s">
+      <c r="D237" s="38">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A238" s="20" t="s">
+        <v>2678</v>
+      </c>
+      <c r="B238" s="24" t="s">
+        <v>2501</v>
+      </c>
+      <c r="C238" s="24" t="s">
+        <v>784</v>
+      </c>
+      <c r="D238" s="38">
+        <v>46064</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A239" s="15" t="s">
+        <v>2877</v>
+      </c>
+      <c r="B239" s="24" t="s">
+        <v>472</v>
+      </c>
+      <c r="C239" s="24" t="s">
         <v>1987</v>
       </c>
-      <c r="D87" s="33">
-[...66 lines deleted...]
-      <c r="C92" s="72" t="s">
+      <c r="D239" s="33">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A240" s="16" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B240" s="24" t="s">
+        <v>473</v>
+      </c>
+      <c r="C240" s="24" t="s">
         <v>1988</v>
       </c>
-      <c r="D92" s="33">
-[...94 lines deleted...]
-      <c r="C99" s="72" t="s">
+      <c r="D240" s="33">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A241" s="15" t="s">
+        <v>474</v>
+      </c>
+      <c r="B241" s="25" t="s">
+        <v>475</v>
+      </c>
+      <c r="C241" s="24" t="s">
         <v>1989</v>
       </c>
-      <c r="D99" s="38">
-[...52 lines deleted...]
-      <c r="C103" s="72" t="s">
+      <c r="D241" s="38">
+        <v>46293</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A242" s="15" t="s">
+        <v>2670</v>
+      </c>
+      <c r="B242" s="24" t="s">
+        <v>476</v>
+      </c>
+      <c r="C242" s="24" t="s">
+        <v>477</v>
+      </c>
+      <c r="D242" s="38">
+        <v>46163</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A243" s="15" t="s">
+        <v>478</v>
+      </c>
+      <c r="B243" s="24" t="s">
+        <v>479</v>
+      </c>
+      <c r="C243" s="24" t="s">
+        <v>89</v>
+      </c>
+      <c r="D243" s="38">
+        <v>46150</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4" ht="312.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A244" s="16" t="s">
+        <v>2211</v>
+      </c>
+      <c r="B244" s="24" t="s">
+        <v>480</v>
+      </c>
+      <c r="C244" s="24" t="s">
         <v>1990</v>
       </c>
-      <c r="D103" s="51">
-[...10 lines deleted...]
-      <c r="C104" s="72" t="s">
+      <c r="D244" s="33">
+        <v>46114</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A245" s="13" t="s">
+        <v>481</v>
+      </c>
+      <c r="B245" s="24" t="s">
+        <v>482</v>
+      </c>
+      <c r="C245" s="24" t="s">
         <v>1991</v>
       </c>
-      <c r="D104" s="38">
-[...10 lines deleted...]
-      <c r="C105" s="72" t="s">
+      <c r="D245" s="38">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A246" s="13" t="s">
+        <v>483</v>
+      </c>
+      <c r="B246" s="24" t="s">
+        <v>484</v>
+      </c>
+      <c r="C246" s="24" t="s">
+        <v>485</v>
+      </c>
+      <c r="D246" s="38">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A247" s="15" t="s">
+        <v>486</v>
+      </c>
+      <c r="B247" s="25" t="s">
+        <v>487</v>
+      </c>
+      <c r="C247" s="24" t="s">
         <v>1992</v>
       </c>
-      <c r="D105" s="33">
-[...24 lines deleted...]
-      <c r="C107" s="72" t="s">
+      <c r="D247" s="38">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A248" s="15" t="s">
+        <v>1866</v>
+      </c>
+      <c r="B248" s="24" t="s">
+        <v>424</v>
+      </c>
+      <c r="C248" s="24" t="s">
+        <v>425</v>
+      </c>
+      <c r="D248" s="38">
+        <v>46333</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A249" s="15" t="s">
+        <v>488</v>
+      </c>
+      <c r="B249" s="24" t="s">
+        <v>489</v>
+      </c>
+      <c r="C249" s="24" t="s">
+        <v>490</v>
+      </c>
+      <c r="D249" s="33">
+        <v>46212</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A250" s="15" t="s">
+        <v>491</v>
+      </c>
+      <c r="B250" s="24" t="s">
+        <v>492</v>
+      </c>
+      <c r="C250" s="24" t="s">
+        <v>71</v>
+      </c>
+      <c r="D250" s="38">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A251" s="16" t="s">
+        <v>494</v>
+      </c>
+      <c r="B251" s="24" t="s">
+        <v>495</v>
+      </c>
+      <c r="C251" s="24" t="s">
+        <v>496</v>
+      </c>
+      <c r="D251" s="38">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A252" s="15" t="s">
+        <v>498</v>
+      </c>
+      <c r="B252" s="24" t="s">
+        <v>499</v>
+      </c>
+      <c r="C252" s="24" t="s">
         <v>1993</v>
       </c>
-      <c r="D107" s="33">
-[...24 lines deleted...]
-      <c r="C109" s="72" t="s">
+      <c r="D252" s="38">
+        <v>46128</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A253" s="15" t="s">
+        <v>500</v>
+      </c>
+      <c r="B253" s="24" t="s">
+        <v>501</v>
+      </c>
+      <c r="C253" s="24" t="s">
         <v>1994</v>
       </c>
-      <c r="D109" s="38">
-[...2007 lines deleted...]
-      <c r="A253" s="13" t="s">
+      <c r="D253" s="38">
+        <v>46159</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4" ht="310.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A254" s="15" t="s">
+        <v>2241</v>
+      </c>
+      <c r="B254" s="24" t="s">
         <v>502</v>
       </c>
-      <c r="B253" s="24" t="s">
+      <c r="C254" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D254" s="33">
+        <v>46130</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A255" s="15" t="s">
         <v>503</v>
       </c>
-      <c r="C253" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A254" s="13" t="s">
+      <c r="B255" s="24" t="s">
         <v>504</v>
       </c>
-      <c r="B254" s="24" t="s">
+      <c r="C255" s="24" t="s">
         <v>505</v>
       </c>
-      <c r="C254" s="72" t="s">
+      <c r="D255" s="49">
+        <v>46199</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A256" s="15" t="s">
         <v>506</v>
       </c>
-      <c r="D254" s="38">
-[...4 lines deleted...]
-      <c r="A255" s="15" t="s">
+      <c r="B256" s="24" t="s">
         <v>507</v>
       </c>
-      <c r="B255" s="25" t="s">
+      <c r="C256" s="24" t="s">
         <v>508</v>
       </c>
-      <c r="C255" s="72" t="s">
-[...20 lines deleted...]
-    <row r="257" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="D256" s="49">
+        <v>46199</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4" ht="177" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A257" s="15" t="s">
         <v>509</v>
       </c>
-      <c r="B257" s="24" t="s">
+      <c r="B257" s="25" t="s">
         <v>510</v>
       </c>
-      <c r="C257" s="72" t="s">
+      <c r="C257" s="24" t="s">
         <v>511</v>
       </c>
-      <c r="D257" s="33">
-[...3 lines deleted...]
-    <row r="258" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D257" s="49">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
       <c r="A258" s="15" t="s">
         <v>512</v>
       </c>
-      <c r="B258" s="24" t="s">
+      <c r="B258" s="25" t="s">
         <v>513</v>
       </c>
-      <c r="C258" s="72" t="s">
-[...6 lines deleted...]
-    <row r="259" spans="1:4" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C258" s="24" t="s">
+        <v>514</v>
+      </c>
+      <c r="D258" s="49">
+        <v>46141</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4" ht="117.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A259" s="16" t="s">
         <v>515</v>
       </c>
       <c r="B259" s="24" t="s">
         <v>516</v>
       </c>
-      <c r="C259" s="72" t="s">
+      <c r="C259" s="24" t="s">
+        <v>1995</v>
+      </c>
+      <c r="D259" s="39">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4" ht="42" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A260" s="15" t="s">
         <v>517</v>
       </c>
-      <c r="D259" s="38">
-[...4 lines deleted...]
-      <c r="A260" s="15" t="s">
+      <c r="B260" s="25" t="s">
+        <v>470</v>
+      </c>
+      <c r="C260" s="24" t="s">
+        <v>496</v>
+      </c>
+      <c r="D260" s="33">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4" ht="48" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A261" s="15" t="s">
+        <v>518</v>
+      </c>
+      <c r="B261" s="24" t="s">
         <v>519</v>
       </c>
-      <c r="B260" s="24" t="s">
+      <c r="C261" s="24" t="s">
         <v>520</v>
       </c>
-      <c r="C260" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B261" s="24" t="s">
+      <c r="D261" s="33">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A262" s="13" t="s">
         <v>522</v>
       </c>
-      <c r="C261" s="72" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="B262" s="24" t="s">
+        <v>2953</v>
+      </c>
+      <c r="C262" s="24" t="s">
         <v>523</v>
       </c>
-      <c r="C262" s="72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D262" s="33">
-        <v>45981</v>
-[...6 lines deleted...]
-      <c r="B263" s="24" t="s">
+        <v>46212</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4" ht="41.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A263" s="13" t="s">
         <v>524</v>
       </c>
-      <c r="C263" s="72" t="s">
-        <v>43</v>
+      <c r="B263" s="25" t="s">
+        <v>525</v>
+      </c>
+      <c r="C263" s="24" t="s">
+        <v>1996</v>
       </c>
       <c r="D263" s="33">
-        <v>46130</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+        <v>46235</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4" ht="206.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A264" s="15" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B264" s="24" t="s">
-        <v>526</v>
-[...8 lines deleted...]
-    <row r="265" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+        <v>2703</v>
+      </c>
+      <c r="C264" s="24" t="s">
+        <v>528</v>
+      </c>
+      <c r="D264" s="33">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4" ht="120.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A265" s="15" t="s">
-        <v>528</v>
-[...1 lines deleted...]
-      <c r="B265" s="24" t="s">
+        <v>2836</v>
+      </c>
+      <c r="B265" s="25" t="s">
+        <v>2835</v>
+      </c>
+      <c r="C265" s="24" t="s">
+        <v>2837</v>
+      </c>
+      <c r="D265" s="38">
+        <v>46178</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4" ht="167.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A266" s="16" t="s">
+        <v>2968</v>
+      </c>
+      <c r="B266" s="24" t="s">
         <v>529</v>
       </c>
-      <c r="C265" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A266" s="15" t="s">
+      <c r="C266" s="24" t="s">
+        <v>68</v>
+      </c>
+      <c r="D266" s="33">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A267" s="15" t="s">
         <v>531</v>
       </c>
-      <c r="B266" s="25" t="s">
+      <c r="B267" s="25" t="s">
         <v>532</v>
       </c>
-      <c r="C266" s="72" t="s">
+      <c r="C267" s="24" t="s">
         <v>533</v>
       </c>
-      <c r="D266" s="49">
-[...7 lines deleted...]
-      <c r="B267" s="25" t="s">
+      <c r="D267" s="38">
+        <v>46254</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A268" s="15" t="s">
+        <v>2368</v>
+      </c>
+      <c r="B268" s="24" t="s">
         <v>535</v>
       </c>
-      <c r="C267" s="72" t="s">
+      <c r="C268" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="D268" s="38">
+        <v>46355</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A269" s="15" t="s">
         <v>536</v>
       </c>
-      <c r="D267" s="49">
-[...4 lines deleted...]
-      <c r="A268" s="16" t="s">
+      <c r="B269" s="25" t="s">
         <v>537</v>
       </c>
-      <c r="B268" s="24" t="s">
+      <c r="C269" s="24" t="s">
+        <v>3353</v>
+      </c>
+      <c r="D269" s="38">
+        <v>46276</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A270" s="15" t="s">
         <v>538</v>
       </c>
-      <c r="C268" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A269" s="15" t="s">
+      <c r="B270" s="24" t="s">
         <v>539</v>
       </c>
-      <c r="B269" s="25" t="s">
-[...10 lines deleted...]
-      <c r="A270" s="15" t="s">
+      <c r="C270" s="24" t="s">
         <v>540</v>
       </c>
-      <c r="B270" s="24" t="s">
+      <c r="D270" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4" ht="280.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A271" s="20" t="s">
         <v>541</v>
       </c>
-      <c r="C270" s="72" t="s">
+      <c r="B271" s="25" t="s">
         <v>542</v>
       </c>
-      <c r="D270" s="33">
-[...4 lines deleted...]
-      <c r="A271" s="13" t="s">
+      <c r="C271" s="24" t="s">
+        <v>543</v>
+      </c>
+      <c r="D271" s="38">
+        <v>46275</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A272" s="15" t="s">
         <v>544</v>
       </c>
-      <c r="B271" s="72" t="s">
-[...2 lines deleted...]
-      <c r="C271" s="72" t="s">
+      <c r="B272" s="24" t="s">
         <v>545</v>
       </c>
-      <c r="D271" s="33">
-[...4 lines deleted...]
-      <c r="A272" s="13" t="s">
+      <c r="C272" s="24" t="s">
         <v>546</v>
       </c>
-      <c r="B272" s="25" t="s">
+      <c r="D272" s="38">
+        <v>46314</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A273" s="15" t="s">
         <v>547</v>
       </c>
-      <c r="C272" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A273" s="15" t="s">
+      <c r="B273" s="24" t="s">
+        <v>548</v>
+      </c>
+      <c r="C273" s="24" t="s">
+        <v>1997</v>
+      </c>
+      <c r="D273" s="38">
+        <v>46276</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4" ht="63" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A274" s="16" t="s">
         <v>549</v>
       </c>
-      <c r="B273" s="24" t="s">
-[...2 lines deleted...]
-      <c r="C273" s="72" t="s">
+      <c r="B274" s="24" t="s">
         <v>550</v>
       </c>
-      <c r="D273" s="33">
-[...21 lines deleted...]
-      <c r="B275" s="24" t="s">
+      <c r="C274" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D274" s="33">
+        <v>46158</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A275" s="15" t="s">
         <v>551</v>
       </c>
-      <c r="C275" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A276" s="15" t="s">
+      <c r="B275" s="25" t="s">
+        <v>552</v>
+      </c>
+      <c r="C275" s="24" t="s">
         <v>553</v>
       </c>
-      <c r="B276" s="25" t="s">
+      <c r="D275" s="38">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4" ht="103.2" x14ac:dyDescent="0.3">
+      <c r="A276" s="20" t="s">
+        <v>3354</v>
+      </c>
+      <c r="B276" s="24" t="s">
         <v>554</v>
       </c>
-      <c r="C276" s="72" t="s">
+      <c r="C276" s="24" t="s">
+        <v>1899</v>
+      </c>
+      <c r="D276" s="38">
+        <v>46126</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4" ht="58.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A277" s="13" t="s">
+        <v>3434</v>
+      </c>
+      <c r="B277" s="24" t="s">
+        <v>3435</v>
+      </c>
+      <c r="C277" s="24" t="s">
         <v>555</v>
       </c>
-      <c r="D276" s="38">
-[...4 lines deleted...]
-      <c r="A277" s="15" t="s">
+      <c r="D277" s="33">
+        <v>46331</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4" ht="79.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A278" s="16" t="s">
         <v>556</v>
       </c>
-      <c r="B277" s="24" t="s">
+      <c r="B278" s="25" t="s">
         <v>557</v>
       </c>
-      <c r="C277" s="72" t="s">
-[...10 lines deleted...]
-      <c r="B278" s="24" t="s">
+      <c r="C278" s="24" t="s">
         <v>558</v>
       </c>
-      <c r="C278" s="72" t="s">
-[...6 lines deleted...]
-    <row r="279" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="D278" s="33">
+        <v>46369</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4" ht="51" x14ac:dyDescent="0.3">
       <c r="A279" s="15" t="s">
         <v>559</v>
       </c>
-      <c r="B279" s="25" t="s">
+      <c r="B279" s="24" t="s">
         <v>560</v>
       </c>
-      <c r="C279" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A280" s="15" t="s">
+      <c r="C279" s="24" t="s">
         <v>561</v>
       </c>
-      <c r="B280" s="24" t="s">
+      <c r="D279" s="33">
+        <v>46317</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A280" s="13" t="s">
         <v>562</v>
       </c>
-      <c r="C280" s="72" t="s">
+      <c r="B280" s="25" t="s">
         <v>563</v>
       </c>
+      <c r="C280" s="24" t="s">
+        <v>564</v>
+      </c>
       <c r="D280" s="33">
+        <v>46369</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4" ht="139.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A281" s="15" t="s">
+        <v>2203</v>
+      </c>
+      <c r="B281" s="24" t="s">
+        <v>565</v>
+      </c>
+      <c r="C281" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D281" s="38">
+        <v>46344</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A282" s="15" t="s">
+        <v>566</v>
+      </c>
+      <c r="B282" s="25" t="s">
+        <v>567</v>
+      </c>
+      <c r="C282" s="24" t="s">
+        <v>568</v>
+      </c>
+      <c r="D282" s="33">
+        <v>46353</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A283" s="15" t="s">
+        <v>2378</v>
+      </c>
+      <c r="B283" s="25" t="s">
+        <v>535</v>
+      </c>
+      <c r="C283" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="D283" s="33">
+        <v>46264</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4" ht="119.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A284" s="15" t="s">
+        <v>3271</v>
+      </c>
+      <c r="B284" s="25" t="s">
+        <v>569</v>
+      </c>
+      <c r="C284" s="24" t="s">
+        <v>1998</v>
+      </c>
+      <c r="D284" s="33">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="285" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A285" s="15" t="s">
+        <v>570</v>
+      </c>
+      <c r="B285" s="24" t="s">
+        <v>107</v>
+      </c>
+      <c r="C285" s="24" t="s">
+        <v>571</v>
+      </c>
+      <c r="D285" s="38">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4" ht="72.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A286" s="15" t="s">
+        <v>3607</v>
+      </c>
+      <c r="B286" s="25" t="s">
+        <v>572</v>
+      </c>
+      <c r="C286" s="24" t="s">
+        <v>1999</v>
+      </c>
+      <c r="D286" s="38">
+        <v>46375</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4" ht="144" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A287" s="20" t="s">
+        <v>573</v>
+      </c>
+      <c r="B287" s="25" t="s">
+        <v>574</v>
+      </c>
+      <c r="C287" s="24" t="s">
+        <v>575</v>
+      </c>
+      <c r="D287" s="38">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A288" s="15" t="s">
+        <v>576</v>
+      </c>
+      <c r="B288" s="25" t="s">
+        <v>577</v>
+      </c>
+      <c r="C288" s="24" t="s">
+        <v>578</v>
+      </c>
+      <c r="D288" s="38">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="289" spans="1:4" ht="260.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A289" s="16" t="s">
+        <v>579</v>
+      </c>
+      <c r="B289" s="24" t="s">
+        <v>2962</v>
+      </c>
+      <c r="C289" s="24" t="s">
+        <v>580</v>
+      </c>
+      <c r="D289" s="38">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="290" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A290" s="15" t="s">
+        <v>2323</v>
+      </c>
+      <c r="B290" s="25" t="s">
+        <v>581</v>
+      </c>
+      <c r="C290" s="24" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D290" s="38">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="291" spans="1:4" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A291" s="15" t="s">
+        <v>2303</v>
+      </c>
+      <c r="B291" s="25" t="s">
+        <v>582</v>
+      </c>
+      <c r="C291" s="24" t="s">
+        <v>2001</v>
+      </c>
+      <c r="D291" s="33">
+        <v>46357</v>
+      </c>
+    </row>
+    <row r="292" spans="1:4" ht="377.4" x14ac:dyDescent="0.3">
+      <c r="A292" s="15" t="s">
+        <v>2322</v>
+      </c>
+      <c r="B292" s="24" t="s">
+        <v>3606</v>
+      </c>
+      <c r="C292" s="24" t="s">
+        <v>583</v>
+      </c>
+      <c r="D292" s="33">
+        <v>46417</v>
+      </c>
+    </row>
+    <row r="293" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A293" s="15" t="s">
+        <v>584</v>
+      </c>
+      <c r="B293" s="24" t="s">
+        <v>585</v>
+      </c>
+      <c r="C293" s="24" t="s">
+        <v>586</v>
+      </c>
+      <c r="D293" s="33">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="294" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A294" s="15" t="s">
+        <v>587</v>
+      </c>
+      <c r="B294" s="24" t="s">
+        <v>588</v>
+      </c>
+      <c r="C294" s="24" t="s">
+        <v>589</v>
+      </c>
+      <c r="D294" s="38">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="295" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A295" s="15" t="s">
+        <v>590</v>
+      </c>
+      <c r="B295" s="25" t="s">
+        <v>591</v>
+      </c>
+      <c r="C295" s="24" t="s">
+        <v>592</v>
+      </c>
+      <c r="D295" s="38">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="296" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A296" s="15" t="s">
+        <v>593</v>
+      </c>
+      <c r="B296" s="25" t="s">
+        <v>594</v>
+      </c>
+      <c r="C296" s="24" t="s">
+        <v>2002</v>
+      </c>
+      <c r="D296" s="38">
+        <v>46062</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A297" s="15" t="s">
+        <v>595</v>
+      </c>
+      <c r="B297" s="25" t="s">
+        <v>596</v>
+      </c>
+      <c r="C297" s="24" t="s">
+        <v>597</v>
+      </c>
+      <c r="D297" s="33">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A298" s="13" t="s">
+        <v>598</v>
+      </c>
+      <c r="B298" s="24" t="s">
+        <v>599</v>
+      </c>
+      <c r="C298" s="24" t="s">
+        <v>600</v>
+      </c>
+      <c r="D298" s="33">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="299" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A299" s="15" t="s">
+        <v>601</v>
+      </c>
+      <c r="B299" s="24" t="s">
+        <v>602</v>
+      </c>
+      <c r="C299" s="24" t="s">
+        <v>603</v>
+      </c>
+      <c r="D299" s="33">
+        <v>46071</v>
+      </c>
+    </row>
+    <row r="300" spans="1:4" ht="297.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A300" s="15" t="s">
+        <v>604</v>
+      </c>
+      <c r="B300" s="25" t="s">
+        <v>605</v>
+      </c>
+      <c r="C300" s="24" t="s">
+        <v>606</v>
+      </c>
+      <c r="D300" s="33">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="301" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A301" s="15" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B301" s="34" t="s">
+        <v>2511</v>
+      </c>
+      <c r="C301" s="24" t="s">
+        <v>2003</v>
+      </c>
+      <c r="D301" s="33">
+        <v>46086</v>
+      </c>
+    </row>
+    <row r="302" spans="1:4" ht="153" x14ac:dyDescent="0.3">
+      <c r="A302" s="15" t="s">
+        <v>2408</v>
+      </c>
+      <c r="B302" s="25" t="s">
+        <v>607</v>
+      </c>
+      <c r="C302" s="24" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D302" s="33">
+        <v>46078</v>
+      </c>
+    </row>
+    <row r="303" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A303" s="15" t="s">
+        <v>2540</v>
+      </c>
+      <c r="B303" s="25" t="s">
+        <v>2541</v>
+      </c>
+      <c r="C303" s="24" t="s">
+        <v>608</v>
+      </c>
+      <c r="D303" s="33">
+        <v>46071</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A304" s="15" t="s">
+        <v>3455</v>
+      </c>
+      <c r="B304" s="24" t="s">
+        <v>609</v>
+      </c>
+      <c r="C304" s="24" t="s">
+        <v>458</v>
+      </c>
+      <c r="D304" s="38">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4" ht="189" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A305" s="16" t="s">
+        <v>2409</v>
+      </c>
+      <c r="B305" s="24" t="s">
+        <v>610</v>
+      </c>
+      <c r="C305" s="24" t="s">
+        <v>496</v>
+      </c>
+      <c r="D305" s="33">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A306" s="13" t="s">
+        <v>3612</v>
+      </c>
+      <c r="B306" s="24" t="s">
+        <v>611</v>
+      </c>
+      <c r="C306" s="24" t="s">
+        <v>612</v>
+      </c>
+      <c r="D306" s="33">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="307" spans="1:4" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A307" s="16" t="s">
+        <v>2296</v>
+      </c>
+      <c r="B307" s="24" t="s">
+        <v>2606</v>
+      </c>
+      <c r="C307" s="24" t="s">
+        <v>613</v>
+      </c>
+      <c r="D307" s="33">
+        <v>46092</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A308" s="15" t="s">
+        <v>614</v>
+      </c>
+      <c r="B308" s="24" t="s">
+        <v>615</v>
+      </c>
+      <c r="C308" s="24" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D308" s="33">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="309" spans="1:4" ht="208.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A309" s="15" t="s">
+        <v>616</v>
+      </c>
+      <c r="B309" s="24" t="s">
+        <v>617</v>
+      </c>
+      <c r="C309" s="24" t="s">
+        <v>618</v>
+      </c>
+      <c r="D309" s="33">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="310" spans="1:4" ht="42" x14ac:dyDescent="0.3">
+      <c r="A310" s="20" t="s">
+        <v>619</v>
+      </c>
+      <c r="B310" s="25" t="s">
+        <v>620</v>
+      </c>
+      <c r="C310" s="24" t="s">
+        <v>621</v>
+      </c>
+      <c r="D310" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="311" spans="1:4" ht="260.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A311" s="16" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B311" s="25" t="s">
+        <v>622</v>
+      </c>
+      <c r="C311" s="24" t="s">
+        <v>496</v>
+      </c>
+      <c r="D311" s="38">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="312" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A312" s="14" t="s">
+        <v>623</v>
+      </c>
+      <c r="B312" s="24" t="s">
+        <v>3195</v>
+      </c>
+      <c r="C312" s="24" t="s">
+        <v>105</v>
+      </c>
+      <c r="D312" s="33">
+        <v>46118</v>
+      </c>
+    </row>
+    <row r="313" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A313" s="15" t="s">
+        <v>2443</v>
+      </c>
+      <c r="B313" s="24" t="s">
+        <v>624</v>
+      </c>
+      <c r="C313" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D313" s="33">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="314" spans="1:4" ht="68.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A314" s="14" t="s">
+        <v>2966</v>
+      </c>
+      <c r="B314" s="24" t="s">
+        <v>2967</v>
+      </c>
+      <c r="C314" s="24" t="s">
+        <v>625</v>
+      </c>
+      <c r="D314" s="33">
+        <v>46233</v>
+      </c>
+    </row>
+    <row r="315" spans="1:4" ht="135.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A315" s="14" t="s">
+        <v>627</v>
+      </c>
+      <c r="B315" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="C315" s="24" t="s">
+        <v>2006</v>
+      </c>
+      <c r="D315" s="38">
+        <v>46141</v>
+      </c>
+    </row>
+    <row r="316" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A316" s="40" t="s">
+        <v>628</v>
+      </c>
+      <c r="B316" s="32" t="s">
+        <v>629</v>
+      </c>
+      <c r="C316" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D316" s="48">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="317" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A317" s="13" t="s">
+        <v>630</v>
+      </c>
+      <c r="B317" s="24" t="s">
+        <v>631</v>
+      </c>
+      <c r="C317" s="24" t="s">
+        <v>632</v>
+      </c>
+      <c r="D317" s="38">
+        <v>46153</v>
+      </c>
+    </row>
+    <row r="318" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A318" s="15" t="s">
+        <v>633</v>
+      </c>
+      <c r="B318" s="24" t="s">
+        <v>2523</v>
+      </c>
+      <c r="C318" s="24" t="s">
+        <v>338</v>
+      </c>
+      <c r="D318" s="38">
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A319" s="15" t="s">
+        <v>634</v>
+      </c>
+      <c r="B319" s="24" t="s">
+        <v>107</v>
+      </c>
+      <c r="C319" s="24" t="s">
+        <v>635</v>
+      </c>
+      <c r="D319" s="33">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="320" spans="1:4" ht="101.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A320" s="15" t="s">
+        <v>636</v>
+      </c>
+      <c r="B320" s="25" t="s">
+        <v>637</v>
+      </c>
+      <c r="C320" s="24" t="s">
+        <v>638</v>
+      </c>
+      <c r="D320" s="38">
+        <v>46159</v>
+      </c>
+    </row>
+    <row r="321" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A321" s="15" t="s">
+        <v>639</v>
+      </c>
+      <c r="B321" s="25" t="s">
+        <v>640</v>
+      </c>
+      <c r="C321" s="24" t="s">
+        <v>641</v>
+      </c>
+      <c r="D321" s="38">
+        <v>46170</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4" ht="46.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A322" s="15" t="s">
+        <v>644</v>
+      </c>
+      <c r="B322" s="24" t="s">
+        <v>645</v>
+      </c>
+      <c r="C322" s="24" t="s">
+        <v>2007</v>
+      </c>
+      <c r="D322" s="33">
+        <v>46190</v>
+      </c>
+    </row>
+    <row r="323" spans="1:4" ht="325.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A323" s="14" t="s">
+        <v>646</v>
+      </c>
+      <c r="B323" s="24" t="s">
+        <v>647</v>
+      </c>
+      <c r="C323" s="24" t="s">
+        <v>521</v>
+      </c>
+      <c r="D323" s="33">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="324" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A324" s="15" t="s">
+        <v>2311</v>
+      </c>
+      <c r="B324" s="24" t="s">
+        <v>648</v>
+      </c>
+      <c r="C324" s="24" t="s">
+        <v>2008</v>
+      </c>
+      <c r="D324" s="33">
+        <v>46126</v>
+      </c>
+    </row>
+    <row r="325" spans="1:4" ht="273.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A325" s="16" t="s">
+        <v>2310</v>
+      </c>
+      <c r="B325" s="24" t="s">
+        <v>649</v>
+      </c>
+      <c r="C325" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D325" s="33">
+        <v>46192</v>
+      </c>
+    </row>
+    <row r="326" spans="1:4" ht="115.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A326" s="14" t="s">
+        <v>2656</v>
+      </c>
+      <c r="B326" s="25" t="s">
+        <v>650</v>
+      </c>
+      <c r="C326" s="24" t="s">
+        <v>651</v>
+      </c>
+      <c r="D326" s="33">
+        <v>46138</v>
+      </c>
+    </row>
+    <row r="327" spans="1:4" ht="112.2" x14ac:dyDescent="0.3">
+      <c r="A327" s="15" t="s">
+        <v>652</v>
+      </c>
+      <c r="B327" s="24" t="s">
+        <v>653</v>
+      </c>
+      <c r="C327" s="24" t="s">
+        <v>496</v>
+      </c>
+      <c r="D327" s="33">
+        <v>46119</v>
+      </c>
+    </row>
+    <row r="328" spans="1:4" ht="381.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A328" s="14" t="s">
+        <v>654</v>
+      </c>
+      <c r="B328" s="24" t="s">
+        <v>655</v>
+      </c>
+      <c r="C328" s="24" t="s">
+        <v>496</v>
+      </c>
+      <c r="D328" s="33">
+        <v>46120</v>
+      </c>
+    </row>
+    <row r="329" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A329" s="15" t="s">
+        <v>656</v>
+      </c>
+      <c r="B329" s="25" t="s">
+        <v>657</v>
+      </c>
+      <c r="C329" s="24" t="s">
+        <v>658</v>
+      </c>
+      <c r="D329" s="38">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A330" s="13" t="s">
+        <v>659</v>
+      </c>
+      <c r="B330" s="25" t="s">
+        <v>660</v>
+      </c>
+      <c r="C330" s="24" t="s">
+        <v>661</v>
+      </c>
+      <c r="D330" s="33">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="331" spans="1:4" ht="98.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A331" s="16" t="s">
+        <v>662</v>
+      </c>
+      <c r="B331" s="24" t="s">
+        <v>663</v>
+      </c>
+      <c r="C331" s="24" t="s">
+        <v>664</v>
+      </c>
+      <c r="D331" s="33">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="332" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A332" s="13" t="s">
+        <v>665</v>
+      </c>
+      <c r="B332" s="34" t="s">
+        <v>666</v>
+      </c>
+      <c r="C332" s="24" t="s">
+        <v>638</v>
+      </c>
+      <c r="D332" s="33">
+        <v>46210</v>
+      </c>
+    </row>
+    <row r="333" spans="1:4" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A333" s="16" t="s">
+        <v>667</v>
+      </c>
+      <c r="B333" s="25" t="s">
+        <v>668</v>
+      </c>
+      <c r="C333" s="24" t="s">
+        <v>669</v>
+      </c>
+      <c r="D333" s="33">
+        <v>46227</v>
+      </c>
+    </row>
+    <row r="334" spans="1:4" ht="87.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A334" s="15" t="s">
+        <v>2913</v>
+      </c>
+      <c r="B334" s="24" t="s">
+        <v>2914</v>
+      </c>
+      <c r="C334" s="24" t="s">
+        <v>670</v>
+      </c>
+      <c r="D334" s="38">
+        <v>46205</v>
+      </c>
+    </row>
+    <row r="335" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A335" s="15" t="s">
+        <v>3547</v>
+      </c>
+      <c r="B335" s="24" t="s">
+        <v>2881</v>
+      </c>
+      <c r="C335" s="24" t="s">
+        <v>671</v>
+      </c>
+      <c r="D335" s="33">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="336" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A336" s="15" t="s">
+        <v>672</v>
+      </c>
+      <c r="B336" s="24" t="s">
+        <v>673</v>
+      </c>
+      <c r="C336" s="24" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D336" s="33">
+        <v>46280</v>
+      </c>
+    </row>
+    <row r="337" spans="1:4" ht="139.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A337" s="15" t="s">
+        <v>2683</v>
+      </c>
+      <c r="B337" s="24" t="s">
+        <v>674</v>
+      </c>
+      <c r="C337" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D337" s="33">
+        <v>46242</v>
+      </c>
+    </row>
+    <row r="338" spans="1:4" ht="336.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A338" s="15" t="s">
+        <v>675</v>
+      </c>
+      <c r="B338" s="25" t="s">
+        <v>676</v>
+      </c>
+      <c r="C338" s="24" t="s">
+        <v>677</v>
+      </c>
+      <c r="D338" s="33">
+        <v>46225</v>
+      </c>
+    </row>
+    <row r="339" spans="1:4" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A339" s="15" t="s">
+        <v>679</v>
+      </c>
+      <c r="B339" s="24" t="s">
+        <v>680</v>
+      </c>
+      <c r="C339" s="24" t="s">
+        <v>681</v>
+      </c>
+      <c r="D339" s="33">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="340" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A340" s="15" t="s">
+        <v>682</v>
+      </c>
+      <c r="B340" s="25" t="s">
+        <v>683</v>
+      </c>
+      <c r="C340" s="24" t="s">
+        <v>3355</v>
+      </c>
+      <c r="D340" s="38">
+        <v>46264</v>
+      </c>
+    </row>
+    <row r="341" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A341" s="15" t="s">
+        <v>684</v>
+      </c>
+      <c r="B341" s="24" t="s">
+        <v>685</v>
+      </c>
+      <c r="C341" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D341" s="33">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="342" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A342" s="15" t="s">
+        <v>686</v>
+      </c>
+      <c r="B342" s="24" t="s">
+        <v>687</v>
+      </c>
+      <c r="C342" s="24" t="s">
+        <v>688</v>
+      </c>
+      <c r="D342" s="33">
+        <v>46281</v>
+      </c>
+    </row>
+    <row r="343" spans="1:4" ht="83.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A343" s="14" t="s">
+        <v>689</v>
+      </c>
+      <c r="B343" s="24" t="s">
+        <v>690</v>
+      </c>
+      <c r="C343" s="24" t="s">
+        <v>2010</v>
+      </c>
+      <c r="D343" s="33">
         <v>46274</v>
       </c>
     </row>
-    <row r="281" spans="1:4" ht="280.5" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D281" s="38">
+    <row r="344" spans="1:4" ht="91.8" x14ac:dyDescent="0.3">
+      <c r="A344" s="15" t="s">
+        <v>691</v>
+      </c>
+      <c r="B344" s="25" t="s">
+        <v>692</v>
+      </c>
+      <c r="C344" s="24" t="s">
+        <v>3585</v>
+      </c>
+      <c r="D344" s="38">
+        <v>46288</v>
+      </c>
+    </row>
+    <row r="345" spans="1:4" ht="264" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A345" s="16" t="s">
+        <v>694</v>
+      </c>
+      <c r="B345" s="24" t="s">
+        <v>2881</v>
+      </c>
+      <c r="C345" s="24" t="s">
+        <v>695</v>
+      </c>
+      <c r="D345" s="33">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="346" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A346" s="15" t="s">
+        <v>696</v>
+      </c>
+      <c r="B346" s="30" t="s">
+        <v>697</v>
+      </c>
+      <c r="C346" s="24" t="s">
+        <v>698</v>
+      </c>
+      <c r="D346" s="33">
+        <v>46316</v>
+      </c>
+    </row>
+    <row r="347" spans="1:4" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A347" s="15" t="s">
+        <v>3244</v>
+      </c>
+      <c r="B347" s="34" t="s">
+        <v>3529</v>
+      </c>
+      <c r="C347" s="24" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D347" s="33">
+        <v>46323</v>
+      </c>
+    </row>
+    <row r="348" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A348" s="15" t="s">
+        <v>699</v>
+      </c>
+      <c r="B348" s="30" t="s">
+        <v>700</v>
+      </c>
+      <c r="C348" s="24" t="s">
+        <v>701</v>
+      </c>
+      <c r="D348" s="33">
+        <v>46319</v>
+      </c>
+    </row>
+    <row r="349" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A349" s="15" t="s">
+        <v>702</v>
+      </c>
+      <c r="B349" s="24" t="s">
+        <v>703</v>
+      </c>
+      <c r="C349" s="24" t="s">
+        <v>704</v>
+      </c>
+      <c r="D349" s="33">
+        <v>46329</v>
+      </c>
+    </row>
+    <row r="350" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A350" s="15" t="s">
+        <v>705</v>
+      </c>
+      <c r="B350" s="24" t="s">
+        <v>706</v>
+      </c>
+      <c r="C350" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D350" s="33">
+        <v>46330</v>
+      </c>
+    </row>
+    <row r="351" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A351" s="15" t="s">
+        <v>707</v>
+      </c>
+      <c r="B351" s="24" t="s">
+        <v>708</v>
+      </c>
+      <c r="C351" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D351" s="33">
+        <v>46330</v>
+      </c>
+    </row>
+    <row r="352" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A352" s="15" t="s">
+        <v>2283</v>
+      </c>
+      <c r="B352" s="24" t="s">
+        <v>709</v>
+      </c>
+      <c r="C352" s="24" t="s">
+        <v>76</v>
+      </c>
+      <c r="D352" s="33">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="353" spans="1:4" ht="77.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A353" s="13" t="s">
+        <v>3356</v>
+      </c>
+      <c r="B353" s="25" t="s">
+        <v>710</v>
+      </c>
+      <c r="C353" s="24" t="s">
+        <v>711</v>
+      </c>
+      <c r="D353" s="38">
+        <v>46309</v>
+      </c>
+    </row>
+    <row r="354" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A354" s="15" t="s">
+        <v>3280</v>
+      </c>
+      <c r="B354" s="30" t="s">
+        <v>712</v>
+      </c>
+      <c r="C354" s="24" t="s">
+        <v>713</v>
+      </c>
+      <c r="D354" s="33">
+        <v>46189</v>
+      </c>
+    </row>
+    <row r="355" spans="1:4" ht="230.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A355" s="21" t="s">
+        <v>2268</v>
+      </c>
+      <c r="B355" s="25" t="s">
+        <v>716</v>
+      </c>
+      <c r="C355" s="24" t="s">
+        <v>717</v>
+      </c>
+      <c r="D355" s="38">
+        <v>46350</v>
+      </c>
+    </row>
+    <row r="356" spans="1:4" ht="131.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A356" s="15" t="s">
+        <v>718</v>
+      </c>
+      <c r="B356" s="30" t="s">
+        <v>719</v>
+      </c>
+      <c r="C356" s="24" t="s">
+        <v>720</v>
+      </c>
+      <c r="D356" s="38">
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="357" spans="1:4" ht="61.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A357" s="13" t="s">
+        <v>3357</v>
+      </c>
+      <c r="B357" s="24" t="s">
+        <v>722</v>
+      </c>
+      <c r="C357" s="24" t="s">
+        <v>723</v>
+      </c>
+      <c r="D357" s="33">
+        <v>46361</v>
+      </c>
+    </row>
+    <row r="358" spans="1:4" ht="73.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A358" s="15" t="s">
+        <v>3604</v>
+      </c>
+      <c r="B358" s="30" t="s">
+        <v>724</v>
+      </c>
+      <c r="C358" s="24" t="s">
+        <v>2014</v>
+      </c>
+      <c r="D358" s="33">
+        <v>46362</v>
+      </c>
+    </row>
+    <row r="359" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A359" s="16" t="s">
+        <v>725</v>
+      </c>
+      <c r="B359" s="30" t="s">
+        <v>726</v>
+      </c>
+      <c r="C359" s="24" t="s">
+        <v>727</v>
+      </c>
+      <c r="D359" s="33">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="360" spans="1:4" ht="169.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A360" s="15" t="s">
+        <v>2924</v>
+      </c>
+      <c r="B360" s="24" t="s">
+        <v>2925</v>
+      </c>
+      <c r="C360" s="24" t="s">
+        <v>618</v>
+      </c>
+      <c r="D360" s="38">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="361" spans="1:4" ht="74.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A361" s="15" t="s">
+        <v>3321</v>
+      </c>
+      <c r="B361" s="24" t="s">
+        <v>728</v>
+      </c>
+      <c r="C361" s="24" t="s">
+        <v>729</v>
+      </c>
+      <c r="D361" s="33">
+        <v>46323</v>
+      </c>
+    </row>
+    <row r="362" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A362" s="15" t="s">
+        <v>3628</v>
+      </c>
+      <c r="B362" s="24" t="s">
+        <v>730</v>
+      </c>
+      <c r="C362" s="24" t="s">
+        <v>731</v>
+      </c>
+      <c r="D362" s="38">
+        <v>46365</v>
+      </c>
+    </row>
+    <row r="363" spans="1:4" ht="70.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A363" s="15" t="s">
+        <v>3539</v>
+      </c>
+      <c r="B363" s="24" t="s">
+        <v>732</v>
+      </c>
+      <c r="C363" s="24" t="s">
+        <v>3358</v>
+      </c>
+      <c r="D363" s="38">
+        <v>46346</v>
+      </c>
+    </row>
+    <row r="364" spans="1:4" ht="81.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A364" s="15" t="s">
+        <v>733</v>
+      </c>
+      <c r="B364" s="30" t="s">
+        <v>734</v>
+      </c>
+      <c r="C364" s="24" t="s">
+        <v>735</v>
+      </c>
+      <c r="D364" s="33">
+        <v>46028</v>
+      </c>
+    </row>
+    <row r="365" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A365" s="14" t="s">
+        <v>3359</v>
+      </c>
+      <c r="B365" s="34" t="s">
+        <v>2358</v>
+      </c>
+      <c r="C365" s="24" t="s">
+        <v>736</v>
+      </c>
+      <c r="D365" s="33">
+        <v>46010</v>
+      </c>
+    </row>
+    <row r="366" spans="1:4" ht="171.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A366" s="20" t="s">
+        <v>2305</v>
+      </c>
+      <c r="B366" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="C366" s="24" t="s">
+        <v>737</v>
+      </c>
+      <c r="D366" s="33">
+        <v>46402</v>
+      </c>
+    </row>
+    <row r="367" spans="1:4" ht="192.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A367" s="15" t="s">
+        <v>2306</v>
+      </c>
+      <c r="B367" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="C367" s="24" t="s">
+        <v>738</v>
+      </c>
+      <c r="D367" s="33">
+        <v>46404</v>
+      </c>
+    </row>
+    <row r="368" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A368" s="16" t="s">
+        <v>3433</v>
+      </c>
+      <c r="B368" s="24" t="s">
+        <v>145</v>
+      </c>
+      <c r="C368" s="24" t="s">
+        <v>739</v>
+      </c>
+      <c r="D368" s="33">
+        <v>46153</v>
+      </c>
+    </row>
+    <row r="369" spans="1:4" ht="266.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A369" s="14" t="s">
+        <v>2404</v>
+      </c>
+      <c r="B369" s="34" t="s">
+        <v>740</v>
+      </c>
+      <c r="C369" s="24" t="s">
+        <v>741</v>
+      </c>
+      <c r="D369" s="33">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="370" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A370" s="13" t="s">
+        <v>742</v>
+      </c>
+      <c r="B370" s="25" t="s">
+        <v>264</v>
+      </c>
+      <c r="C370" s="24" t="s">
+        <v>265</v>
+      </c>
+      <c r="D370" s="33">
+        <v>46222</v>
+      </c>
+    </row>
+    <row r="371" spans="1:4" ht="198.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A371" s="16" t="s">
+        <v>2312</v>
+      </c>
+      <c r="B371" s="24" t="s">
+        <v>743</v>
+      </c>
+      <c r="C371" s="24" t="s">
+        <v>744</v>
+      </c>
+      <c r="D371" s="33">
+        <v>46037</v>
+      </c>
+    </row>
+    <row r="372" spans="1:4" ht="42" x14ac:dyDescent="0.3">
+      <c r="A372" s="20" t="s">
+        <v>745</v>
+      </c>
+      <c r="B372" s="24" t="s">
+        <v>746</v>
+      </c>
+      <c r="C372" s="24" t="s">
+        <v>2015</v>
+      </c>
+      <c r="D372" s="33">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="373" spans="1:4" ht="91.8" x14ac:dyDescent="0.3">
+      <c r="A373" s="13" t="s">
+        <v>747</v>
+      </c>
+      <c r="B373" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="C373" s="24" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D373" s="38">
+        <v>46050</v>
+      </c>
+    </row>
+    <row r="374" spans="1:4" ht="105.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A374" s="15" t="s">
+        <v>2313</v>
+      </c>
+      <c r="B374" s="25" t="s">
+        <v>748</v>
+      </c>
+      <c r="C374" s="24" t="s">
+        <v>749</v>
+      </c>
+      <c r="D374" s="38">
+        <v>46414</v>
+      </c>
+    </row>
+    <row r="375" spans="1:4" ht="102" x14ac:dyDescent="0.3">
+      <c r="A375" s="13" t="s">
+        <v>2405</v>
+      </c>
+      <c r="B375" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="C375" s="24" t="s">
+        <v>750</v>
+      </c>
+      <c r="D375" s="38">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="376" spans="1:4" ht="315.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A376" s="16" t="s">
+        <v>751</v>
+      </c>
+      <c r="B376" s="25" t="s">
+        <v>2952</v>
+      </c>
+      <c r="C376" s="24" t="s">
+        <v>2017</v>
+      </c>
+      <c r="D376" s="33">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="377" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A377" s="15" t="s">
+        <v>752</v>
+      </c>
+      <c r="B377" s="30" t="s">
+        <v>753</v>
+      </c>
+      <c r="C377" s="24" t="s">
+        <v>754</v>
+      </c>
+      <c r="D377" s="38">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="378" spans="1:4" ht="81.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A378" s="15" t="s">
+        <v>755</v>
+      </c>
+      <c r="B378" s="30" t="s">
+        <v>756</v>
+      </c>
+      <c r="C378" s="24" t="s">
+        <v>3360</v>
+      </c>
+      <c r="D378" s="38">
+        <v>46057</v>
+      </c>
+    </row>
+    <row r="379" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A379" s="13" t="s">
+        <v>757</v>
+      </c>
+      <c r="B379" s="24" t="s">
+        <v>599</v>
+      </c>
+      <c r="C379" s="24" t="s">
+        <v>2018</v>
+      </c>
+      <c r="D379" s="33">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="380" spans="1:4" ht="146.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A380" s="16" t="s">
+        <v>758</v>
+      </c>
+      <c r="B380" s="34" t="s">
+        <v>2554</v>
+      </c>
+      <c r="C380" s="24" t="s">
+        <v>759</v>
+      </c>
+      <c r="D380" s="33">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="381" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A381" s="15" t="s">
+        <v>2444</v>
+      </c>
+      <c r="B381" s="24" t="s">
+        <v>760</v>
+      </c>
+      <c r="C381" s="24" t="s">
+        <v>761</v>
+      </c>
+      <c r="D381" s="33">
+        <v>46071</v>
+      </c>
+    </row>
+    <row r="382" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A382" s="15" t="s">
+        <v>762</v>
+      </c>
+      <c r="B382" s="30" t="s">
+        <v>763</v>
+      </c>
+      <c r="C382" s="24" t="s">
+        <v>2019</v>
+      </c>
+      <c r="D382" s="33">
+        <v>46080</v>
+      </c>
+    </row>
+    <row r="383" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A383" s="13" t="s">
+        <v>2245</v>
+      </c>
+      <c r="B383" s="25" t="s">
+        <v>764</v>
+      </c>
+      <c r="C383" s="24" t="s">
+        <v>765</v>
+      </c>
+      <c r="D383" s="38">
+        <v>46101</v>
+      </c>
+    </row>
+    <row r="384" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A384" s="15" t="s">
+        <v>766</v>
+      </c>
+      <c r="B384" s="24" t="s">
+        <v>767</v>
+      </c>
+      <c r="C384" s="24" t="s">
+        <v>76</v>
+      </c>
+      <c r="D384" s="33">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="385" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A385" s="13" t="s">
+        <v>2246</v>
+      </c>
+      <c r="B385" s="24" t="s">
+        <v>599</v>
+      </c>
+      <c r="C385" s="24" t="s">
+        <v>768</v>
+      </c>
+      <c r="D385" s="33">
+        <v>46117</v>
+      </c>
+    </row>
+    <row r="386" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A386" s="15" t="s">
+        <v>769</v>
+      </c>
+      <c r="B386" s="30" t="s">
+        <v>770</v>
+      </c>
+      <c r="C386" s="24" t="s">
+        <v>3652</v>
+      </c>
+      <c r="D386" s="33">
+        <v>46090</v>
+      </c>
+    </row>
+    <row r="387" spans="1:4" ht="240.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A387" s="13" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B387" s="25" t="s">
+        <v>771</v>
+      </c>
+      <c r="C387" s="24" t="s">
+        <v>772</v>
+      </c>
+      <c r="D387" s="33">
+        <v>46091</v>
+      </c>
+    </row>
+    <row r="388" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A388" s="15" t="s">
+        <v>773</v>
+      </c>
+      <c r="B388" s="25" t="s">
+        <v>774</v>
+      </c>
+      <c r="C388" s="24" t="s">
+        <v>2020</v>
+      </c>
+      <c r="D388" s="38">
+        <v>46092</v>
+      </c>
+    </row>
+    <row r="389" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A389" s="16" t="s">
+        <v>775</v>
+      </c>
+      <c r="B389" s="24" t="s">
+        <v>776</v>
+      </c>
+      <c r="C389" s="24" t="s">
+        <v>521</v>
+      </c>
+      <c r="D389" s="33">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A390" s="15" t="s">
+        <v>777</v>
+      </c>
+      <c r="B390" s="30" t="s">
+        <v>778</v>
+      </c>
+      <c r="C390" s="24" t="s">
+        <v>779</v>
+      </c>
+      <c r="D390" s="38">
+        <v>46103</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A391" s="15" t="s">
+        <v>780</v>
+      </c>
+      <c r="B391" s="30" t="s">
+        <v>781</v>
+      </c>
+      <c r="C391" s="24" t="s">
+        <v>3361</v>
+      </c>
+      <c r="D391" s="38">
+        <v>46321</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A392" s="15" t="s">
+        <v>782</v>
+      </c>
+      <c r="B392" s="30" t="s">
+        <v>783</v>
+      </c>
+      <c r="C392" s="24" t="s">
+        <v>784</v>
+      </c>
+      <c r="D392" s="33">
+        <v>46152</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A393" s="15" t="s">
+        <v>785</v>
+      </c>
+      <c r="B393" s="30" t="s">
+        <v>786</v>
+      </c>
+      <c r="C393" s="24" t="s">
+        <v>514</v>
+      </c>
+      <c r="D393" s="38">
+        <v>46092</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4" ht="91.8" x14ac:dyDescent="0.3">
+      <c r="A394" s="15" t="s">
+        <v>787</v>
+      </c>
+      <c r="B394" s="24" t="s">
+        <v>788</v>
+      </c>
+      <c r="C394" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D394" s="33">
+        <v>46179</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A395" s="15" t="s">
+        <v>789</v>
+      </c>
+      <c r="B395" s="30" t="s">
+        <v>790</v>
+      </c>
+      <c r="C395" s="24" t="s">
+        <v>791</v>
+      </c>
+      <c r="D395" s="38">
+        <v>46152</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A396" s="15" t="s">
+        <v>2649</v>
+      </c>
+      <c r="B396" s="24" t="s">
+        <v>792</v>
+      </c>
+      <c r="C396" s="24" t="s">
+        <v>793</v>
+      </c>
+      <c r="D396" s="33">
+        <v>46187</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4" ht="112.2" x14ac:dyDescent="0.3">
+      <c r="A397" s="15" t="s">
+        <v>794</v>
+      </c>
+      <c r="B397" s="24" t="s">
+        <v>795</v>
+      </c>
+      <c r="C397" s="24" t="s">
+        <v>796</v>
+      </c>
+      <c r="D397" s="38">
+        <v>46187</v>
+      </c>
+    </row>
+    <row r="398" spans="1:4" ht="409.6" x14ac:dyDescent="0.3">
+      <c r="A398" s="16" t="s">
+        <v>797</v>
+      </c>
+      <c r="B398" s="30" t="s">
+        <v>798</v>
+      </c>
+      <c r="C398" s="24" t="s">
+        <v>799</v>
+      </c>
+      <c r="D398" s="38">
+        <v>46057</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A399" s="15" t="s">
+        <v>800</v>
+      </c>
+      <c r="B399" s="30" t="s">
+        <v>801</v>
+      </c>
+      <c r="C399" s="24" t="s">
+        <v>802</v>
+      </c>
+      <c r="D399" s="33">
+        <v>46167</v>
+      </c>
+    </row>
+    <row r="400" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A400" s="13" t="s">
+        <v>803</v>
+      </c>
+      <c r="B400" s="24" t="s">
+        <v>804</v>
+      </c>
+      <c r="C400" s="24" t="s">
+        <v>805</v>
+      </c>
+      <c r="D400" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="401" spans="1:4" ht="149.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A401" s="31" t="s">
+        <v>806</v>
+      </c>
+      <c r="B401" s="24" t="s">
+        <v>807</v>
+      </c>
+      <c r="C401" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D401" s="33">
+        <v>46188</v>
+      </c>
+    </row>
+    <row r="402" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A402" s="13" t="s">
+        <v>808</v>
+      </c>
+      <c r="B402" s="25" t="s">
+        <v>809</v>
+      </c>
+      <c r="C402" s="24" t="s">
+        <v>810</v>
+      </c>
+      <c r="D402" s="33">
+        <v>46192</v>
+      </c>
+    </row>
+    <row r="403" spans="1:4" ht="81.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A403" s="13" t="s">
+        <v>811</v>
+      </c>
+      <c r="B403" s="24" t="s">
+        <v>812</v>
+      </c>
+      <c r="C403" s="24" t="s">
+        <v>813</v>
+      </c>
+      <c r="D403" s="33">
+        <v>46192</v>
+      </c>
+    </row>
+    <row r="404" spans="1:4" ht="377.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A404" s="14" t="s">
+        <v>814</v>
+      </c>
+      <c r="B404" s="24" t="s">
+        <v>2894</v>
+      </c>
+      <c r="C404" s="24" t="s">
+        <v>815</v>
+      </c>
+      <c r="D404" s="33">
+        <v>46193</v>
+      </c>
+    </row>
+    <row r="405" spans="1:4" ht="57.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A405" s="15" t="s">
+        <v>816</v>
+      </c>
+      <c r="B405" s="30" t="s">
+        <v>817</v>
+      </c>
+      <c r="C405" s="24" t="s">
+        <v>818</v>
+      </c>
+      <c r="D405" s="33">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="406" spans="1:4" ht="54" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A406" s="15" t="s">
+        <v>819</v>
+      </c>
+      <c r="B406" s="30" t="s">
+        <v>820</v>
+      </c>
+      <c r="C406" s="24" t="s">
+        <v>821</v>
+      </c>
+      <c r="D406" s="38">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="407" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A407" s="15" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B407" s="30" t="s">
+        <v>822</v>
+      </c>
+      <c r="C407" s="24" t="s">
+        <v>442</v>
+      </c>
+      <c r="D407" s="38">
+        <v>46209</v>
+      </c>
+    </row>
+    <row r="408" spans="1:4" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A408" s="18" t="s">
+        <v>823</v>
+      </c>
+      <c r="B408" s="30" t="s">
+        <v>824</v>
+      </c>
+      <c r="C408" s="24" t="s">
+        <v>825</v>
+      </c>
+      <c r="D408" s="38">
+        <v>46144</v>
+      </c>
+    </row>
+    <row r="409" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A409" s="15" t="s">
+        <v>826</v>
+      </c>
+      <c r="B409" s="30" t="s">
+        <v>827</v>
+      </c>
+      <c r="C409" s="24" t="s">
+        <v>828</v>
+      </c>
+      <c r="D409" s="38">
+        <v>46134</v>
+      </c>
+    </row>
+    <row r="410" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A410" s="15" t="s">
+        <v>3600</v>
+      </c>
+      <c r="B410" s="25" t="s">
+        <v>532</v>
+      </c>
+      <c r="C410" s="24" t="s">
+        <v>829</v>
+      </c>
+      <c r="D410" s="38">
+        <v>46227</v>
+      </c>
+    </row>
+    <row r="411" spans="1:4" ht="57.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A411" s="15" t="s">
+        <v>2741</v>
+      </c>
+      <c r="B411" s="24" t="s">
+        <v>830</v>
+      </c>
+      <c r="C411" s="24" t="s">
+        <v>2021</v>
+      </c>
+      <c r="D411" s="38">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="412" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A412" s="15" t="s">
+        <v>831</v>
+      </c>
+      <c r="B412" s="24" t="s">
+        <v>832</v>
+      </c>
+      <c r="C412" s="24" t="s">
+        <v>833</v>
+      </c>
+      <c r="D412" s="38">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="413" spans="1:4" ht="183.6" x14ac:dyDescent="0.3">
+      <c r="A413" s="15" t="s">
+        <v>2878</v>
+      </c>
+      <c r="B413" s="30" t="s">
+        <v>834</v>
+      </c>
+      <c r="C413" s="24" t="s">
+        <v>835</v>
+      </c>
+      <c r="D413" s="33">
+        <v>46244</v>
+      </c>
+    </row>
+    <row r="414" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A414" s="15" t="s">
+        <v>3096</v>
+      </c>
+      <c r="B414" s="30" t="s">
+        <v>836</v>
+      </c>
+      <c r="C414" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D414" s="33">
+        <v>46244</v>
+      </c>
+    </row>
+    <row r="415" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A415" s="16" t="s">
+        <v>837</v>
+      </c>
+      <c r="B415" s="24" t="s">
+        <v>495</v>
+      </c>
+      <c r="C415" s="24" t="s">
+        <v>496</v>
+      </c>
+      <c r="D415" s="38">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="416" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A416" s="13" t="s">
+        <v>2244</v>
+      </c>
+      <c r="B416" s="25" t="s">
+        <v>415</v>
+      </c>
+      <c r="C416" s="24" t="s">
+        <v>838</v>
+      </c>
+      <c r="D416" s="33">
+        <v>46366</v>
+      </c>
+    </row>
+    <row r="417" spans="1:4" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A417" s="15" t="s">
+        <v>2888</v>
+      </c>
+      <c r="B417" s="24" t="s">
+        <v>839</v>
+      </c>
+      <c r="C417" s="24" t="s">
+        <v>2022</v>
+      </c>
+      <c r="D417" s="38">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="418" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A418" s="15" t="s">
+        <v>840</v>
+      </c>
+      <c r="B418" s="24" t="s">
+        <v>795</v>
+      </c>
+      <c r="C418" s="24" t="s">
+        <v>796</v>
+      </c>
+      <c r="D418" s="38">
+        <v>46280</v>
+      </c>
+    </row>
+    <row r="419" spans="1:4" ht="236.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A419" s="45" t="s">
+        <v>841</v>
+      </c>
+      <c r="B419" s="32" t="s">
+        <v>842</v>
+      </c>
+      <c r="C419" s="24" t="s">
+        <v>843</v>
+      </c>
+      <c r="D419" s="48">
+        <v>46310</v>
+      </c>
+    </row>
+    <row r="420" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A420" s="15" t="s">
+        <v>3206</v>
+      </c>
+      <c r="B420" s="25" t="s">
+        <v>844</v>
+      </c>
+      <c r="C420" s="24" t="s">
+        <v>3362</v>
+      </c>
+      <c r="D420" s="38">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="421" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A421" s="13" t="s">
+        <v>845</v>
+      </c>
+      <c r="B421" s="24" t="s">
+        <v>2881</v>
+      </c>
+      <c r="C421" s="94" t="s">
+        <v>583</v>
+      </c>
+      <c r="D421" s="33">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="422" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A422" s="15" t="s">
+        <v>846</v>
+      </c>
+      <c r="B422" s="24" t="s">
+        <v>1865</v>
+      </c>
+      <c r="C422" s="24" t="s">
+        <v>847</v>
+      </c>
+      <c r="D422" s="38">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="423" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A423" s="15" t="s">
+        <v>848</v>
+      </c>
+      <c r="B423" s="25" t="s">
+        <v>535</v>
+      </c>
+      <c r="C423" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="D423" s="33">
+        <v>46355</v>
+      </c>
+    </row>
+    <row r="424" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A424" s="15" t="s">
+        <v>2406</v>
+      </c>
+      <c r="B424" s="24" t="s">
+        <v>849</v>
+      </c>
+      <c r="C424" s="24" t="s">
+        <v>850</v>
+      </c>
+      <c r="D424" s="33">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="425" spans="1:4" ht="77.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A425" s="15" t="s">
+        <v>851</v>
+      </c>
+      <c r="B425" s="30" t="s">
+        <v>852</v>
+      </c>
+      <c r="C425" s="24" t="s">
+        <v>2023</v>
+      </c>
+      <c r="D425" s="33">
+        <v>46360</v>
+      </c>
+    </row>
+    <row r="426" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A426" s="13" t="s">
+        <v>853</v>
+      </c>
+      <c r="B426" s="24" t="s">
+        <v>854</v>
+      </c>
+      <c r="C426" s="24" t="s">
+        <v>855</v>
+      </c>
+      <c r="D426" s="33">
+        <v>46271</v>
+      </c>
+    </row>
+    <row r="427" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A427" s="15" t="s">
+        <v>856</v>
+      </c>
+      <c r="B427" s="30" t="s">
+        <v>857</v>
+      </c>
+      <c r="C427" s="24" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D427" s="33">
+        <v>46332</v>
+      </c>
+    </row>
+    <row r="428" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A428" s="15" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B428" s="30" t="s">
+        <v>858</v>
+      </c>
+      <c r="C428" s="24" t="s">
+        <v>859</v>
+      </c>
+      <c r="D428" s="38">
+        <v>46353</v>
+      </c>
+    </row>
+    <row r="429" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A429" s="13" t="s">
+        <v>860</v>
+      </c>
+      <c r="B429" s="24" t="s">
+        <v>861</v>
+      </c>
+      <c r="C429" s="24" t="s">
+        <v>862</v>
+      </c>
+      <c r="D429" s="33">
+        <v>46318</v>
+      </c>
+    </row>
+    <row r="430" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A430" s="16" t="s">
+        <v>863</v>
+      </c>
+      <c r="B430" s="30" t="s">
+        <v>726</v>
+      </c>
+      <c r="C430" s="24" t="s">
+        <v>727</v>
+      </c>
+      <c r="D430" s="38">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="431" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A431" s="13" t="s">
+        <v>2206</v>
+      </c>
+      <c r="B431" s="24" t="s">
+        <v>864</v>
+      </c>
+      <c r="C431" s="24" t="s">
+        <v>865</v>
+      </c>
+      <c r="D431" s="33">
+        <v>46088</v>
+      </c>
+    </row>
+    <row r="432" spans="1:4" ht="102" x14ac:dyDescent="0.3">
+      <c r="A432" s="15" t="s">
+        <v>2235</v>
+      </c>
+      <c r="B432" s="30" t="s">
+        <v>866</v>
+      </c>
+      <c r="C432" s="24" t="s">
+        <v>521</v>
+      </c>
+      <c r="D432" s="38">
+        <v>46359</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A433" s="15" t="s">
+        <v>867</v>
+      </c>
+      <c r="B433" s="25" t="s">
+        <v>868</v>
+      </c>
+      <c r="C433" s="24" t="s">
+        <v>2025</v>
+      </c>
+      <c r="D433" s="38">
+        <v>46366</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A434" s="15" t="s">
+        <v>2236</v>
+      </c>
+      <c r="B434" s="30" t="s">
+        <v>869</v>
+      </c>
+      <c r="C434" s="24" t="s">
+        <v>3363</v>
+      </c>
+      <c r="D434" s="38">
+        <v>46363</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" ht="231.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A435" s="14" t="s">
+        <v>870</v>
+      </c>
+      <c r="B435" s="24" t="s">
+        <v>871</v>
+      </c>
+      <c r="C435" s="24" t="s">
+        <v>2026</v>
+      </c>
+      <c r="D435" s="38">
+        <v>46331</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" ht="225.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A436" s="16" t="s">
+        <v>872</v>
+      </c>
+      <c r="B436" s="24" t="s">
+        <v>873</v>
+      </c>
+      <c r="C436" s="24" t="s">
+        <v>2027</v>
+      </c>
+      <c r="D436" s="33">
+        <v>46184</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A437" s="15" t="s">
+        <v>3627</v>
+      </c>
+      <c r="B437" s="30" t="s">
+        <v>874</v>
+      </c>
+      <c r="C437" s="24" t="s">
+        <v>2028</v>
+      </c>
+      <c r="D437" s="33">
+        <v>46366</v>
+      </c>
+    </row>
+    <row r="438" spans="1:5" ht="87.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A438" s="14" t="s">
+        <v>3648</v>
+      </c>
+      <c r="B438" s="24" t="s">
+        <v>875</v>
+      </c>
+      <c r="C438" s="24" t="s">
+        <v>2029</v>
+      </c>
+      <c r="D438" s="33">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="439" spans="1:5" ht="189" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A439" s="14" t="s">
+        <v>876</v>
+      </c>
+      <c r="B439" s="24" t="s">
+        <v>877</v>
+      </c>
+      <c r="C439" s="24" t="s">
+        <v>878</v>
+      </c>
+      <c r="D439" s="33">
+        <v>46377</v>
+      </c>
+    </row>
+    <row r="440" spans="1:5" ht="142.80000000000001" x14ac:dyDescent="0.3">
+      <c r="A440" s="15" t="s">
+        <v>879</v>
+      </c>
+      <c r="B440" s="30" t="s">
+        <v>880</v>
+      </c>
+      <c r="C440" s="24" t="s">
+        <v>881</v>
+      </c>
+      <c r="D440" s="33">
+        <v>46008</v>
+      </c>
+    </row>
+    <row r="441" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A441" s="15" t="s">
+        <v>882</v>
+      </c>
+      <c r="B441" s="30" t="s">
+        <v>883</v>
+      </c>
+      <c r="C441" s="24" t="s">
+        <v>2030</v>
+      </c>
+      <c r="D441" s="33">
+        <v>46027</v>
+      </c>
+    </row>
+    <row r="442" spans="1:5" ht="353.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A442" s="13" t="s">
+        <v>3248</v>
+      </c>
+      <c r="B442" s="25" t="s">
+        <v>884</v>
+      </c>
+      <c r="C442" s="24" t="s">
+        <v>885</v>
+      </c>
+      <c r="D442" s="33">
+        <v>46283</v>
+      </c>
+    </row>
+    <row r="443" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A443" s="15" t="s">
+        <v>886</v>
+      </c>
+      <c r="B443" s="30" t="s">
+        <v>887</v>
+      </c>
+      <c r="C443" s="24" t="s">
+        <v>2031</v>
+      </c>
+      <c r="D443" s="33">
+        <v>46034</v>
+      </c>
+    </row>
+    <row r="444" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A444" s="15" t="s">
+        <v>3632</v>
+      </c>
+      <c r="B444" s="24" t="s">
+        <v>888</v>
+      </c>
+      <c r="C444" s="24" t="s">
+        <v>2032</v>
+      </c>
+      <c r="D444" s="33">
+        <v>46398</v>
+      </c>
+    </row>
+    <row r="445" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A445" s="15" t="s">
+        <v>890</v>
+      </c>
+      <c r="B445" s="25" t="s">
+        <v>891</v>
+      </c>
+      <c r="C445" s="109" t="s">
+        <v>3015</v>
+      </c>
+      <c r="D445" s="38">
+        <v>46281</v>
+      </c>
+      <c r="E445" s="87"/>
+    </row>
+    <row r="446" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A446" s="13" t="s">
+        <v>892</v>
+      </c>
+      <c r="B446" s="25" t="s">
+        <v>893</v>
+      </c>
+      <c r="C446" s="24" t="s">
+        <v>2033</v>
+      </c>
+      <c r="D446" s="33">
+        <v>46326</v>
+      </c>
+    </row>
+    <row r="447" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A447" s="15" t="s">
+        <v>894</v>
+      </c>
+      <c r="B447" s="24" t="s">
+        <v>895</v>
+      </c>
+      <c r="C447" s="24" t="s">
+        <v>896</v>
+      </c>
+      <c r="D447" s="33">
+        <v>46409</v>
+      </c>
+    </row>
+    <row r="448" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A448" s="15" t="s">
+        <v>897</v>
+      </c>
+      <c r="B448" s="30" t="s">
+        <v>898</v>
+      </c>
+      <c r="C448" s="24" t="s">
+        <v>3364</v>
+      </c>
+      <c r="D448" s="33">
+        <v>46411</v>
+      </c>
+    </row>
+    <row r="449" spans="1:4" ht="190.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A449" s="15" t="s">
+        <v>2613</v>
+      </c>
+      <c r="B449" s="30" t="s">
+        <v>899</v>
+      </c>
+      <c r="C449" s="24" t="s">
+        <v>76</v>
+      </c>
+      <c r="D449" s="38">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="450" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A450" s="13" t="s">
+        <v>900</v>
+      </c>
+      <c r="B450" s="24" t="s">
+        <v>901</v>
+      </c>
+      <c r="C450" s="24" t="s">
+        <v>862</v>
+      </c>
+      <c r="D450" s="33">
+        <v>46318</v>
+      </c>
+    </row>
+    <row r="451" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A451" s="15" t="s">
+        <v>902</v>
+      </c>
+      <c r="B451" s="25" t="s">
+        <v>903</v>
+      </c>
+      <c r="C451" s="24" t="s">
+        <v>862</v>
+      </c>
+      <c r="D451" s="33">
+        <v>46415</v>
+      </c>
+    </row>
+    <row r="452" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A452" s="15" t="s">
+        <v>904</v>
+      </c>
+      <c r="B452" s="30" t="s">
+        <v>905</v>
+      </c>
+      <c r="C452" s="24" t="s">
+        <v>906</v>
+      </c>
+      <c r="D452" s="33">
+        <v>46332</v>
+      </c>
+    </row>
+    <row r="453" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A453" s="15" t="s">
+        <v>907</v>
+      </c>
+      <c r="B453" s="24" t="s">
+        <v>908</v>
+      </c>
+      <c r="C453" s="24" t="s">
+        <v>909</v>
+      </c>
+      <c r="D453" s="38">
+        <v>46422</v>
+      </c>
+    </row>
+    <row r="454" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A454" s="15" t="s">
+        <v>910</v>
+      </c>
+      <c r="B454" s="30" t="s">
+        <v>911</v>
+      </c>
+      <c r="C454" s="24" t="s">
+        <v>2034</v>
+      </c>
+      <c r="D454" s="33">
+        <v>46064</v>
+      </c>
+    </row>
+    <row r="455" spans="1:4" ht="329.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A455" s="16" t="s">
+        <v>2418</v>
+      </c>
+      <c r="B455" s="24" t="s">
+        <v>912</v>
+      </c>
+      <c r="C455" s="24" t="s">
+        <v>913</v>
+      </c>
+      <c r="D455" s="38">
+        <v>46371</v>
+      </c>
+    </row>
+    <row r="456" spans="1:4" ht="297" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A456" s="14" t="s">
+        <v>2401</v>
+      </c>
+      <c r="B456" s="25" t="s">
+        <v>914</v>
+      </c>
+      <c r="C456" s="24" t="s">
+        <v>2035</v>
+      </c>
+      <c r="D456" s="33">
+        <v>46138</v>
+      </c>
+    </row>
+    <row r="457" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A457" s="15" t="s">
+        <v>915</v>
+      </c>
+      <c r="B457" s="24" t="s">
+        <v>424</v>
+      </c>
+      <c r="C457" s="24" t="s">
+        <v>3365</v>
+      </c>
+      <c r="D457" s="38">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="458" spans="1:4" ht="65.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A458" s="15" t="s">
+        <v>2871</v>
+      </c>
+      <c r="B458" s="24" t="s">
+        <v>2870</v>
+      </c>
+      <c r="C458" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D458" s="33">
+        <v>46074</v>
+      </c>
+    </row>
+    <row r="459" spans="1:4" ht="233.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A459" s="16" t="s">
+        <v>916</v>
+      </c>
+      <c r="B459" s="24" t="s">
+        <v>917</v>
+      </c>
+      <c r="C459" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D459" s="33">
+        <v>46078</v>
+      </c>
+    </row>
+    <row r="460" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A460" s="15" t="s">
+        <v>918</v>
+      </c>
+      <c r="B460" s="30" t="s">
+        <v>919</v>
+      </c>
+      <c r="C460" s="24" t="s">
+        <v>920</v>
+      </c>
+      <c r="D460" s="33">
+        <v>46079</v>
+      </c>
+    </row>
+    <row r="461" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A461" s="15" t="s">
+        <v>921</v>
+      </c>
+      <c r="B461" s="24" t="s">
+        <v>922</v>
+      </c>
+      <c r="C461" s="24" t="s">
+        <v>923</v>
+      </c>
+      <c r="D461" s="33">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="462" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A462" s="15" t="s">
+        <v>2239</v>
+      </c>
+      <c r="B462" s="24" t="s">
+        <v>924</v>
+      </c>
+      <c r="C462" s="24" t="s">
+        <v>925</v>
+      </c>
+      <c r="D462" s="33">
+        <v>46080</v>
+      </c>
+    </row>
+    <row r="463" spans="1:4" ht="102.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A463" s="16" t="s">
+        <v>2240</v>
+      </c>
+      <c r="B463" s="30" t="s">
+        <v>926</v>
+      </c>
+      <c r="C463" s="24" t="s">
+        <v>925</v>
+      </c>
+      <c r="D463" s="33">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="464" spans="1:4" ht="137.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A464" s="15" t="s">
+        <v>2638</v>
+      </c>
+      <c r="B464" s="24" t="s">
+        <v>927</v>
+      </c>
+      <c r="C464" s="24" t="s">
+        <v>3366</v>
+      </c>
+      <c r="D464" s="33">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="465" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A465" s="15" t="s">
+        <v>929</v>
+      </c>
+      <c r="B465" s="24" t="s">
+        <v>930</v>
+      </c>
+      <c r="C465" s="24" t="s">
+        <v>931</v>
+      </c>
+      <c r="D465" s="33">
+        <v>46091</v>
+      </c>
+    </row>
+    <row r="466" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A466" s="15" t="s">
+        <v>932</v>
+      </c>
+      <c r="B466" s="30" t="s">
+        <v>933</v>
+      </c>
+      <c r="C466" s="24" t="s">
+        <v>934</v>
+      </c>
+      <c r="D466" s="38">
+        <v>46091</v>
+      </c>
+    </row>
+    <row r="467" spans="1:4" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A467" s="15" t="s">
+        <v>935</v>
+      </c>
+      <c r="B467" s="30" t="s">
+        <v>936</v>
+      </c>
+      <c r="C467" s="24" t="s">
+        <v>3367</v>
+      </c>
+      <c r="D467" s="38">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="468" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A468" s="15" t="s">
+        <v>937</v>
+      </c>
+      <c r="B468" s="25" t="s">
+        <v>938</v>
+      </c>
+      <c r="C468" s="24" t="s">
+        <v>2036</v>
+      </c>
+      <c r="D468" s="33">
+        <v>46040</v>
+      </c>
+    </row>
+    <row r="469" spans="1:4" ht="102" x14ac:dyDescent="0.3">
+      <c r="A469" s="14" t="s">
+        <v>939</v>
+      </c>
+      <c r="B469" s="24" t="s">
+        <v>940</v>
+      </c>
+      <c r="C469" s="24" t="s">
+        <v>941</v>
+      </c>
+      <c r="D469" s="33">
+        <v>46104</v>
+      </c>
+    </row>
+    <row r="470" spans="1:4" ht="189" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A470" s="16" t="s">
+        <v>942</v>
+      </c>
+      <c r="B470" s="25" t="s">
+        <v>943</v>
+      </c>
+      <c r="C470" s="24" t="s">
+        <v>944</v>
+      </c>
+      <c r="D470" s="33">
+        <v>46130</v>
+      </c>
+    </row>
+    <row r="471" spans="1:4" ht="111.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A471" s="15" t="s">
+        <v>2352</v>
+      </c>
+      <c r="B471" s="34" t="s">
+        <v>2655</v>
+      </c>
+      <c r="C471" s="24" t="s">
+        <v>2037</v>
+      </c>
+      <c r="D471" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="472" spans="1:4" ht="42" x14ac:dyDescent="0.3">
+      <c r="A472" s="20" t="s">
+        <v>945</v>
+      </c>
+      <c r="B472" s="25" t="s">
+        <v>946</v>
+      </c>
+      <c r="C472" s="24" t="s">
+        <v>947</v>
+      </c>
+      <c r="D472" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="473" spans="1:4" ht="218.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A473" s="15" t="s">
+        <v>2419</v>
+      </c>
+      <c r="B473" s="24" t="s">
+        <v>948</v>
+      </c>
+      <c r="C473" s="24" t="s">
+        <v>2038</v>
+      </c>
+      <c r="D473" s="33">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="474" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A474" s="17" t="s">
+        <v>949</v>
+      </c>
+      <c r="B474" s="36" t="s">
+        <v>950</v>
+      </c>
+      <c r="C474" s="24" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D474" s="52">
+        <v>46111</v>
+      </c>
+    </row>
+    <row r="475" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A475" s="15" t="s">
+        <v>951</v>
+      </c>
+      <c r="B475" s="30" t="s">
+        <v>952</v>
+      </c>
+      <c r="C475" s="24" t="s">
+        <v>953</v>
+      </c>
+      <c r="D475" s="38">
+        <v>46111</v>
+      </c>
+    </row>
+    <row r="476" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A476" s="16" t="s">
+        <v>954</v>
+      </c>
+      <c r="B476" s="25" t="s">
+        <v>955</v>
+      </c>
+      <c r="C476" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D476" s="33">
+        <v>46124</v>
+      </c>
+    </row>
+    <row r="477" spans="1:4" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A477" s="15" t="s">
+        <v>956</v>
+      </c>
+      <c r="B477" s="24" t="s">
+        <v>3186</v>
+      </c>
+      <c r="C477" s="24" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D477" s="38">
+        <v>46285</v>
+      </c>
+    </row>
+    <row r="478" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A478" s="15" t="s">
+        <v>2555</v>
+      </c>
+      <c r="B478" s="24" t="s">
+        <v>957</v>
+      </c>
+      <c r="C478" s="24" t="s">
+        <v>958</v>
+      </c>
+      <c r="D478" s="33">
+        <v>46131</v>
+      </c>
+    </row>
+    <row r="479" spans="1:4" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A479" s="15" t="s">
+        <v>959</v>
+      </c>
+      <c r="B479" s="30" t="s">
+        <v>960</v>
+      </c>
+      <c r="C479" s="24" t="s">
+        <v>496</v>
+      </c>
+      <c r="D479" s="38">
+        <v>46130</v>
+      </c>
+    </row>
+    <row r="480" spans="1:4" ht="133.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A480" s="15" t="s">
+        <v>962</v>
+      </c>
+      <c r="B480" s="24" t="s">
+        <v>963</v>
+      </c>
+      <c r="C480" s="24" t="s">
+        <v>964</v>
+      </c>
+      <c r="D480" s="38">
+        <v>46171</v>
+      </c>
+    </row>
+    <row r="481" spans="1:4" ht="321" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A481" s="16" t="s">
+        <v>2463</v>
+      </c>
+      <c r="B481" s="24" t="s">
+        <v>965</v>
+      </c>
+      <c r="C481" s="24" t="s">
+        <v>966</v>
+      </c>
+      <c r="D481" s="33">
+        <v>46349</v>
+      </c>
+    </row>
+    <row r="482" spans="1:4" ht="291" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A482" s="15" t="s">
+        <v>2267</v>
+      </c>
+      <c r="B482" s="24" t="s">
+        <v>967</v>
+      </c>
+      <c r="C482" s="24" t="s">
+        <v>2041</v>
+      </c>
+      <c r="D482" s="38">
+        <v>46145</v>
+      </c>
+    </row>
+    <row r="483" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A483" s="15" t="s">
+        <v>968</v>
+      </c>
+      <c r="B483" s="24" t="s">
+        <v>969</v>
+      </c>
+      <c r="C483" s="24" t="s">
+        <v>970</v>
+      </c>
+      <c r="D483" s="38">
+        <v>46146</v>
+      </c>
+    </row>
+    <row r="484" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A484" s="13" t="s">
+        <v>971</v>
+      </c>
+      <c r="B484" s="25" t="s">
+        <v>972</v>
+      </c>
+      <c r="C484" s="24" t="s">
+        <v>398</v>
+      </c>
+      <c r="D484" s="33">
+        <v>46148</v>
+      </c>
+    </row>
+    <row r="485" spans="1:4" ht="303.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A485" s="15" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B485" s="30" t="s">
+        <v>973</v>
+      </c>
+      <c r="C485" s="24" t="s">
+        <v>974</v>
+      </c>
+      <c r="D485" s="33">
+        <v>46161</v>
+      </c>
+    </row>
+    <row r="486" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A486" s="15" t="s">
+        <v>2248</v>
+      </c>
+      <c r="B486" s="30" t="s">
+        <v>975</v>
+      </c>
+      <c r="C486" s="24" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D486" s="33">
+        <v>46161</v>
+      </c>
+    </row>
+    <row r="487" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A487" s="15" t="s">
+        <v>2249</v>
+      </c>
+      <c r="B487" s="30" t="s">
+        <v>2724</v>
+      </c>
+      <c r="C487" s="24" t="s">
+        <v>2043</v>
+      </c>
+      <c r="D487" s="33">
+        <v>46129</v>
+      </c>
+    </row>
+    <row r="488" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A488" s="15" t="s">
+        <v>977</v>
+      </c>
+      <c r="B488" s="30" t="s">
+        <v>978</v>
+      </c>
+      <c r="C488" s="24" t="s">
+        <v>979</v>
+      </c>
+      <c r="D488" s="33">
+        <v>46163</v>
+      </c>
+    </row>
+    <row r="489" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A489" s="15" t="s">
+        <v>980</v>
+      </c>
+      <c r="B489" s="24" t="s">
+        <v>981</v>
+      </c>
+      <c r="C489" s="24" t="s">
+        <v>982</v>
+      </c>
+      <c r="D489" s="33">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="490" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A490" s="15" t="s">
+        <v>983</v>
+      </c>
+      <c r="B490" s="30" t="s">
+        <v>984</v>
+      </c>
+      <c r="C490" s="24" t="s">
+        <v>985</v>
+      </c>
+      <c r="D490" s="38">
+        <v>46174</v>
+      </c>
+    </row>
+    <row r="491" spans="1:4" ht="241.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A491" s="15" t="s">
+        <v>3197</v>
+      </c>
+      <c r="B491" s="24" t="s">
+        <v>3196</v>
+      </c>
+      <c r="C491" s="24" t="s">
+        <v>3368</v>
+      </c>
+      <c r="D491" s="38">
+        <v>46174</v>
+      </c>
+    </row>
+    <row r="492" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A492" s="15" t="s">
+        <v>987</v>
+      </c>
+      <c r="B492" s="30" t="s">
+        <v>988</v>
+      </c>
+      <c r="C492" s="24" t="s">
+        <v>989</v>
+      </c>
+      <c r="D492" s="38">
+        <v>46174</v>
+      </c>
+    </row>
+    <row r="493" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A493" s="15" t="s">
+        <v>990</v>
+      </c>
+      <c r="B493" s="25" t="s">
+        <v>991</v>
+      </c>
+      <c r="C493" s="24" t="s">
+        <v>2044</v>
+      </c>
+      <c r="D493" s="38">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="494" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A494" s="15" t="s">
+        <v>992</v>
+      </c>
+      <c r="B494" s="30" t="s">
+        <v>993</v>
+      </c>
+      <c r="C494" s="24" t="s">
+        <v>994</v>
+      </c>
+      <c r="D494" s="38">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="495" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A495" s="15" t="s">
+        <v>2379</v>
+      </c>
+      <c r="B495" s="30" t="s">
+        <v>995</v>
+      </c>
+      <c r="C495" s="24" t="s">
+        <v>2045</v>
+      </c>
+      <c r="D495" s="38">
+        <v>46167</v>
+      </c>
+    </row>
+    <row r="496" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A496" s="15" t="s">
+        <v>2485</v>
+      </c>
+      <c r="B496" s="24" t="s">
+        <v>996</v>
+      </c>
+      <c r="C496" s="24" t="s">
+        <v>997</v>
+      </c>
+      <c r="D496" s="33">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="497" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A497" s="15" t="s">
+        <v>2243</v>
+      </c>
+      <c r="B497" s="24" t="s">
+        <v>998</v>
+      </c>
+      <c r="C497" s="24" t="s">
+        <v>999</v>
+      </c>
+      <c r="D497" s="33">
+        <v>46014</v>
+      </c>
+    </row>
+    <row r="498" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A498" s="15" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B498" s="24" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C498" s="24" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D498" s="33">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="499" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A499" s="13" t="s">
+        <v>2380</v>
+      </c>
+      <c r="B499" s="24" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C499" s="24" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D499" s="33">
+        <v>46187</v>
+      </c>
+    </row>
+    <row r="500" spans="1:4" ht="226.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A500" s="14" t="s">
+        <v>2330</v>
+      </c>
+      <c r="B500" s="30" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C500" s="24" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D500" s="33">
+        <v>46195</v>
+      </c>
+    </row>
+    <row r="501" spans="1:4" ht="78.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A501" s="15" t="s">
+        <v>2407</v>
+      </c>
+      <c r="B501" s="24" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C501" s="24" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D501" s="33">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="502" spans="1:4" ht="136.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A502" s="15" t="s">
+        <v>2783</v>
+      </c>
+      <c r="B502" s="34" t="s">
+        <v>2616</v>
+      </c>
+      <c r="C502" s="24" t="s">
+        <v>63</v>
+      </c>
+      <c r="D502" s="38">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="503" spans="1:4" ht="216.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A503" s="16" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B503" s="24" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C503" s="24" t="s">
+        <v>744</v>
+      </c>
+      <c r="D503" s="38">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="504" spans="1:4" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A504" s="15" t="s">
+        <v>2377</v>
+      </c>
+      <c r="B504" s="30" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C504" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="D504" s="38">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="505" spans="1:4" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A505" s="15" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B505" s="24" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C505" s="24" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D505" s="38">
+        <v>46208</v>
+      </c>
+    </row>
+    <row r="506" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A506" s="15" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B506" s="25" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C506" s="24" t="s">
+        <v>458</v>
+      </c>
+      <c r="D506" s="38">
+        <v>46209</v>
+      </c>
+    </row>
+    <row r="507" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A507" s="15" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B507" s="24" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C507" s="24" t="s">
+        <v>2046</v>
+      </c>
+      <c r="D507" s="33">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="508" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A508" s="15" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B508" s="35" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C508" s="24" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D508" s="38">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="509" spans="1:4" ht="91.8" x14ac:dyDescent="0.3">
+      <c r="A509" s="15" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B509" s="24" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C509" s="24" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D509" s="38">
+        <v>46215</v>
+      </c>
+    </row>
+    <row r="510" spans="1:4" ht="241.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A510" s="16" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B510" s="24" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C510" s="24" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D510" s="33">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="511" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A511" s="15" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B511" s="30" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C511" s="24" t="s">
+        <v>2047</v>
+      </c>
+      <c r="D511" s="38">
+        <v>46216</v>
+      </c>
+    </row>
+    <row r="512" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A512" s="15" t="s">
+        <v>298</v>
+      </c>
+      <c r="B512" s="24" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C512" s="24" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D512" s="33">
+        <v>46287</v>
+      </c>
+    </row>
+    <row r="513" spans="1:4" ht="44.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A513" s="13" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B513" s="24" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C513" s="24" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D513" s="33">
+        <v>46224</v>
+      </c>
+    </row>
+    <row r="514" spans="1:4" ht="51.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A514" s="16" t="s">
+        <v>2825</v>
+      </c>
+      <c r="B514" s="24" t="s">
+        <v>424</v>
+      </c>
+      <c r="C514" s="24" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D514" s="38">
+        <v>46224</v>
+      </c>
+    </row>
+    <row r="515" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A515" s="15" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B515" s="24" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C515" s="24" t="s">
+        <v>117</v>
+      </c>
+      <c r="D515" s="33">
+        <v>46225</v>
+      </c>
+    </row>
+    <row r="516" spans="1:4" ht="150.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A516" s="16" t="s">
+        <v>2389</v>
+      </c>
+      <c r="B516" s="30" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C516" s="24" t="s">
+        <v>2048</v>
+      </c>
+      <c r="D516" s="33">
+        <v>46228</v>
+      </c>
+    </row>
+    <row r="517" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A517" s="15" t="s">
+        <v>2390</v>
+      </c>
+      <c r="B517" s="30" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C517" s="24" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D517" s="33">
+        <v>46229</v>
+      </c>
+    </row>
+    <row r="518" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A518" s="15" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B518" s="30" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C518" s="24" t="s">
+        <v>3369</v>
+      </c>
+      <c r="D518" s="33">
+        <v>46237</v>
+      </c>
+    </row>
+    <row r="519" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A519" s="15" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B519" s="30" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C519" s="24" t="s">
+        <v>966</v>
+      </c>
+      <c r="D519" s="33">
+        <v>46233</v>
+      </c>
+    </row>
+    <row r="520" spans="1:4" ht="77.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A520" s="15" t="s">
+        <v>3370</v>
+      </c>
+      <c r="B520" s="30" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C520" s="24" t="s">
+        <v>2049</v>
+      </c>
+      <c r="D520" s="33">
+        <v>46202</v>
+      </c>
+    </row>
+    <row r="521" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A521" s="15" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B521" s="30" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C521" s="24" t="s">
+        <v>2050</v>
+      </c>
+      <c r="D521" s="33">
+        <v>46251</v>
+      </c>
+    </row>
+    <row r="522" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A522" s="13" t="s">
+        <v>3436</v>
+      </c>
+      <c r="B522" s="24" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C522" s="24" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D522" s="38">
+        <v>46253</v>
+      </c>
+    </row>
+    <row r="523" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A523" s="15" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B523" s="24" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C523" s="24" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D523" s="33">
+        <v>46259</v>
+      </c>
+    </row>
+    <row r="524" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A524" s="13" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B524" s="30" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C524" s="24" t="s">
+        <v>2051</v>
+      </c>
+      <c r="D524" s="33">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="525" spans="1:4" ht="84.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A525" s="14" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B525" s="24" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C525" s="24" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D525" s="33">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="526" spans="1:4" ht="36.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A526" s="15" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B526" s="30" t="s">
+        <v>693</v>
+      </c>
+      <c r="C526" s="24" t="s">
+        <v>2011</v>
+      </c>
+      <c r="D526" s="33">
+        <v>46313</v>
+      </c>
+    </row>
+    <row r="527" spans="1:4" ht="263.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A527" s="14" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B527" s="24" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C527" s="24" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D527" s="33">
+        <v>46279</v>
+      </c>
+    </row>
+    <row r="528" spans="1:4" ht="61.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A528" s="14" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B528" s="24" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C528" s="24" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D528" s="33">
+        <v>46285</v>
+      </c>
+    </row>
+    <row r="529" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A529" s="15" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B529" s="25" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C529" s="24" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D529" s="49">
+        <v>46299</v>
+      </c>
+    </row>
+    <row r="530" spans="1:4" ht="112.2" x14ac:dyDescent="0.3">
+      <c r="A530" s="15" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B530" s="34" t="s">
+        <v>2733</v>
+      </c>
+      <c r="C530" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D530" s="38">
+        <v>46128</v>
+      </c>
+    </row>
+    <row r="531" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A531" s="13" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B531" s="24" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C531" s="24" t="s">
+        <v>2052</v>
+      </c>
+      <c r="D531" s="33">
+        <v>46300</v>
+      </c>
+    </row>
+    <row r="532" spans="1:4" ht="335.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A532" s="15" t="s">
+        <v>2687</v>
+      </c>
+      <c r="B532" s="24" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C532" s="24" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D532" s="33">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="533" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A533" s="15" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B533" s="30" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C533" s="24" t="s">
+        <v>2054</v>
+      </c>
+      <c r="D533" s="38">
+        <v>46353</v>
+      </c>
+    </row>
+    <row r="534" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A534" s="15" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B534" s="30" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C534" s="24" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D534" s="38">
+        <v>46311</v>
+      </c>
+    </row>
+    <row r="535" spans="1:4" ht="125.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A535" s="15" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B535" s="30" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C535" s="24" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D535" s="33">
+        <v>46321</v>
+      </c>
+    </row>
+    <row r="536" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A536" s="15" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B536" s="24" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C536" s="24" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D536" s="33">
+        <v>46322</v>
+      </c>
+    </row>
+    <row r="537" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A537" s="15" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B537" s="24" t="s">
+        <v>113</v>
+      </c>
+      <c r="C537" s="24" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D537" s="33">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="538" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A538" s="15" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B538" s="30" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C538" s="24" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D538" s="38">
+        <v>46328</v>
+      </c>
+    </row>
+    <row r="539" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A539" s="15" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B539" s="30" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C539" s="24" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D539" s="38">
+        <v>46334</v>
+      </c>
+    </row>
+    <row r="540" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A540" s="15" t="s">
+        <v>3472</v>
+      </c>
+      <c r="B540" s="25" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C540" s="24" t="s">
+        <v>2056</v>
+      </c>
+      <c r="D540" s="38">
+        <v>46334</v>
+      </c>
+    </row>
+    <row r="541" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A541" s="13" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B541" s="25" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C541" s="24" t="s">
+        <v>2057</v>
+      </c>
+      <c r="D541" s="33">
+        <v>46334</v>
+      </c>
+    </row>
+    <row r="542" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A542" s="15" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B542" s="30" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C542" s="24" t="s">
+        <v>2058</v>
+      </c>
+      <c r="D542" s="38">
+        <v>46336</v>
+      </c>
+    </row>
+    <row r="543" spans="1:4" ht="117.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A543" s="14" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B543" s="25" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C543" s="24" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D543" s="38">
+        <v>46304</v>
+      </c>
+    </row>
+    <row r="544" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A544" s="15" t="s">
+        <v>3311</v>
+      </c>
+      <c r="B544" s="24" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C544" s="24" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D544" s="33">
+        <v>46342</v>
+      </c>
+    </row>
+    <row r="545" spans="1:4" ht="278.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A545" s="16" t="s">
+        <v>1802</v>
+      </c>
+      <c r="B545" s="24" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C545" s="24" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D545" s="38">
+        <v>46347</v>
+      </c>
+    </row>
+    <row r="546" spans="1:4" ht="180" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A546" s="13" t="s">
+        <v>2263</v>
+      </c>
+      <c r="B546" s="24" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C546" s="24" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D546" s="33">
+        <v>46352</v>
+      </c>
+    </row>
+    <row r="547" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A547" s="15" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B547" s="24" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C547" s="24" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D547" s="33">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="548" spans="1:4" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A548" s="15" t="s">
+        <v>3255</v>
+      </c>
+      <c r="B548" s="25" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C548" s="24" t="s">
+        <v>2059</v>
+      </c>
+      <c r="D548" s="33">
+        <v>46341</v>
+      </c>
+    </row>
+    <row r="549" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A549" s="15" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B549" s="30" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C549" s="24" t="s">
+        <v>2060</v>
+      </c>
+      <c r="D549" s="38">
+        <v>45989</v>
+      </c>
+    </row>
+    <row r="550" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A550" s="15" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B550" s="30" t="s">
+        <v>2948</v>
+      </c>
+      <c r="C550" s="90" t="s">
+        <v>2949</v>
+      </c>
+      <c r="D550" s="33">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="551" spans="1:4" ht="155.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A551" s="15" t="s">
+        <v>3125</v>
+      </c>
+      <c r="B551" s="24" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C551" s="24" t="s">
+        <v>2061</v>
+      </c>
+      <c r="D551" s="38">
+        <v>46364</v>
+      </c>
+    </row>
+    <row r="552" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A552" s="15" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B552" s="24" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C552" s="24" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D552" s="33">
+        <v>46371</v>
+      </c>
+    </row>
+    <row r="553" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A553" s="15" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B553" s="24" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C553" s="24" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D553" s="33">
+        <v>46371</v>
+      </c>
+    </row>
+    <row r="554" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A554" s="15" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B554" s="24" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C554" s="24" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D554" s="33">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="555" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A555" s="15" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B555" s="24" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C555" s="24" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D555" s="38">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="556" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A556" s="15" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B556" s="24" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C556" s="24" t="s">
+        <v>2062</v>
+      </c>
+      <c r="D556" s="38">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="557" spans="1:4" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A557" s="15" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B557" s="24" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C557" s="24" t="s">
+        <v>338</v>
+      </c>
+      <c r="D557" s="38">
+        <v>46039</v>
+      </c>
+    </row>
+    <row r="558" spans="1:4" ht="79.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A558" s="15" t="s">
+        <v>2445</v>
+      </c>
+      <c r="B558" s="30" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C558" s="24" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D558" s="38">
+        <v>46224</v>
+      </c>
+    </row>
+    <row r="559" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A559" s="15" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B559" s="30" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C559" s="24" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D559" s="38">
+        <v>46012</v>
+      </c>
+    </row>
+    <row r="560" spans="1:4" ht="129" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A560" s="15" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B560" s="24" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C560" s="24" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D560" s="33">
+        <v>46372</v>
+      </c>
+    </row>
+    <row r="561" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A561" s="15" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B561" s="24" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C561" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D561" s="38">
+        <v>46378</v>
+      </c>
+    </row>
+    <row r="562" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A562" s="15" t="s">
+        <v>3601</v>
+      </c>
+      <c r="B562" s="30" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C562" s="24" t="s">
+        <v>2064</v>
+      </c>
+      <c r="D562" s="38">
+        <v>46378</v>
+      </c>
+    </row>
+    <row r="563" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A563" s="15" t="s">
+        <v>2256</v>
+      </c>
+      <c r="B563" s="30" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C563" s="24" t="s">
+        <v>2065</v>
+      </c>
+      <c r="D563" s="38">
+        <v>46376</v>
+      </c>
+    </row>
+    <row r="564" spans="1:4" ht="246" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A564" s="15" t="s">
+        <v>2255</v>
+      </c>
+      <c r="B564" s="30" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C564" s="24" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D564" s="38">
+        <v>46386</v>
+      </c>
+    </row>
+    <row r="565" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A565" s="15" t="s">
+        <v>2288</v>
+      </c>
+      <c r="B565" s="24" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C565" s="24" t="s">
+        <v>2066</v>
+      </c>
+      <c r="D565" s="38">
+        <v>46392</v>
+      </c>
+    </row>
+    <row r="566" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A566" s="15" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B566" s="24" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C566" s="24" t="s">
+        <v>2067</v>
+      </c>
+      <c r="D566" s="38">
+        <v>46392</v>
+      </c>
+    </row>
+    <row r="567" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A567" s="15" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B567" s="30" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C567" s="24" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D567" s="38">
+        <v>46392</v>
+      </c>
+    </row>
+    <row r="568" spans="1:4" ht="151.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A568" s="14" t="s">
+        <v>2282</v>
+      </c>
+      <c r="B568" s="24" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C568" s="24" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D568" s="38">
+        <v>46074</v>
+      </c>
+    </row>
+    <row r="569" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A569" s="15" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B569" s="30" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C569" s="24" t="s">
+        <v>2068</v>
+      </c>
+      <c r="D569" s="38">
+        <v>46377</v>
+      </c>
+    </row>
+    <row r="570" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A570" s="15" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B570" s="30" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C570" s="24" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D570" s="38">
+        <v>46035</v>
+      </c>
+    </row>
+    <row r="571" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A571" s="15" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B571" s="24" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C571" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D571" s="38">
+        <v>46406</v>
+      </c>
+    </row>
+    <row r="572" spans="1:4" ht="81.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A572" s="15" t="s">
+        <v>2260</v>
+      </c>
+      <c r="B572" s="30" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C572" s="24" t="s">
+        <v>2069</v>
+      </c>
+      <c r="D572" s="38">
+        <v>46042</v>
+      </c>
+    </row>
+    <row r="573" spans="1:4" ht="132" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A573" s="15" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B573" s="30" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C573" s="24" t="s">
+        <v>2070</v>
+      </c>
+      <c r="D573" s="38">
+        <v>46035</v>
+      </c>
+    </row>
+    <row r="574" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A574" s="15" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B574" s="30" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C574" s="24" t="s">
+        <v>2071</v>
+      </c>
+      <c r="D574" s="38">
+        <v>46407</v>
+      </c>
+    </row>
+    <row r="575" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A575" s="15" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B575" s="30" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C575" s="24" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D575" s="38">
         <v>46275</v>
       </c>
     </row>
-    <row r="282" spans="1:4" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D282" s="38">
+    <row r="576" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A576" s="15" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B576" s="25" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C576" s="24" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D576" s="38">
+        <v>46045</v>
+      </c>
+    </row>
+    <row r="577" spans="1:4" ht="207.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A577" s="16" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B577" s="24" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C577" s="24" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D577" s="38">
+        <v>46419</v>
+      </c>
+    </row>
+    <row r="578" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A578" s="15" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B578" s="30" t="s">
+        <v>1858</v>
+      </c>
+      <c r="C578" s="24" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D578" s="38">
+        <v>46412</v>
+      </c>
+    </row>
+    <row r="579" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A579" s="15" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B579" s="30" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C579" s="24" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D579" s="38">
+        <v>46413</v>
+      </c>
+    </row>
+    <row r="580" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A580" s="15" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B580" s="30" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C580" s="24" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D580" s="38">
+        <v>46412</v>
+      </c>
+    </row>
+    <row r="581" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A581" s="15" t="s">
+        <v>2275</v>
+      </c>
+      <c r="B581" s="24" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C581" s="24" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D581" s="38">
+        <v>46060</v>
+      </c>
+    </row>
+    <row r="582" spans="1:4" ht="81.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A582" s="15" t="s">
+        <v>2333</v>
+      </c>
+      <c r="B582" s="24" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C582" s="24" t="s">
+        <v>2073</v>
+      </c>
+      <c r="D582" s="38">
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="583" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A583" s="15" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B583" s="24" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C583" s="24" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D583" s="38">
+        <v>46076</v>
+      </c>
+    </row>
+    <row r="584" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A584" s="15" t="s">
+        <v>2276</v>
+      </c>
+      <c r="B584" s="24" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C584" s="24" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D584" s="38">
+        <v>46360</v>
+      </c>
+    </row>
+    <row r="585" spans="1:4" ht="123.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A585" s="15" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B585" s="24" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C585" s="24" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D585" s="38">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="586" spans="1:4" ht="67.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A586" s="15" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B586" s="25" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C586" s="24" t="s">
+        <v>2076</v>
+      </c>
+      <c r="D586" s="33">
+        <v>46084</v>
+      </c>
+    </row>
+    <row r="587" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A587" s="15" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B587" s="24" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C587" s="24" t="s">
+        <v>2077</v>
+      </c>
+      <c r="D587" s="33">
+        <v>46092</v>
+      </c>
+    </row>
+    <row r="588" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A588" s="15" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B588" s="30" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C588" s="24" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D588" s="38">
+        <v>46102</v>
+      </c>
+    </row>
+    <row r="589" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A589" s="15" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B589" s="30" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C589" s="24" t="s">
+        <v>2078</v>
+      </c>
+      <c r="D589" s="38">
+        <v>46311</v>
+      </c>
+    </row>
+    <row r="590" spans="1:4" ht="387.6" x14ac:dyDescent="0.3">
+      <c r="A590" s="15" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B590" s="30" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C590" s="24" t="s">
+        <v>3653</v>
+      </c>
+      <c r="D590" s="38">
+        <v>46101</v>
+      </c>
+    </row>
+    <row r="591" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A591" s="15" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B591" s="30" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C591" s="24" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D591" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="592" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A592" s="15" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B592" s="30" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C592" s="24" t="s">
+        <v>2079</v>
+      </c>
+      <c r="D592" s="33">
+        <v>46117</v>
+      </c>
+    </row>
+    <row r="593" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A593" s="14" t="s">
+        <v>1198</v>
+      </c>
+      <c r="B593" s="25" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C593" s="24" t="s">
+        <v>2080</v>
+      </c>
+      <c r="D593" s="33">
+        <v>46122</v>
+      </c>
+    </row>
+    <row r="594" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A594" s="13" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B594" s="24" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C594" s="24" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D594" s="33">
+        <v>46126</v>
+      </c>
+    </row>
+    <row r="595" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A595" s="15" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B595" s="24" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C595" s="24" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D595" s="33">
+        <v>46126</v>
+      </c>
+    </row>
+    <row r="596" spans="1:4" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A596" s="15" t="s">
+        <v>2233</v>
+      </c>
+      <c r="B596" s="30" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C596" s="24" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D596" s="33">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="597" spans="1:4" ht="171.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A597" s="16" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B597" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="C597" s="24" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D597" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="598" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A598" s="15" t="s">
+        <v>3175</v>
+      </c>
+      <c r="B598" s="24" t="s">
+        <v>2880</v>
+      </c>
+      <c r="C598" s="24" t="s">
+        <v>458</v>
+      </c>
+      <c r="D598" s="33">
+        <v>46102</v>
+      </c>
+    </row>
+    <row r="599" spans="1:4" ht="174.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A599" s="16" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B599" s="24" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C599" s="24" t="s">
+        <v>348</v>
+      </c>
+      <c r="D599" s="38">
+        <v>46139</v>
+      </c>
+    </row>
+    <row r="600" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A600" s="15" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B600" s="30" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C600" s="24" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D600" s="33">
+        <v>46138</v>
+      </c>
+    </row>
+    <row r="601" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A601" s="15" t="s">
+        <v>2704</v>
+      </c>
+      <c r="B601" s="25" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C601" s="24" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D601" s="38">
+        <v>46163</v>
+      </c>
+    </row>
+    <row r="602" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A602" s="15" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B602" s="24" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C602" s="24" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D602" s="33">
+        <v>46141</v>
+      </c>
+    </row>
+    <row r="603" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A603" s="16" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B603" s="24" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C603" s="24" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D603" s="33">
+        <v>46140</v>
+      </c>
+    </row>
+    <row r="604" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A604" s="15" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B604" s="30" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C604" s="24" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D604" s="33">
+        <v>46144</v>
+      </c>
+    </row>
+    <row r="605" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A605" s="15" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B605" s="30" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C605" s="24" t="s">
+        <v>2081</v>
+      </c>
+      <c r="D605" s="33">
+        <v>46144</v>
+      </c>
+    </row>
+    <row r="606" spans="1:4" ht="142.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A606" s="15" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B606" s="24" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C606" s="24" t="s">
+        <v>2082</v>
+      </c>
+      <c r="D606" s="38">
+        <v>46147</v>
+      </c>
+    </row>
+    <row r="607" spans="1:4" ht="98.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A607" s="21" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B607" s="24" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C607" s="24" t="s">
+        <v>1231</v>
+      </c>
+      <c r="D607" s="33">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="608" spans="1:4" ht="58.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A608" s="15" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B608" s="30" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C608" s="24" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D608" s="33">
+        <v>46153</v>
+      </c>
+    </row>
+    <row r="609" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A609" s="15" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B609" s="35" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C609" s="24" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D609" s="33">
+        <v>46159</v>
+      </c>
+    </row>
+    <row r="610" spans="1:4" ht="173.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A610" s="15" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B610" s="30" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C610" s="24" t="s">
+        <v>2084</v>
+      </c>
+      <c r="D610" s="33">
+        <v>46165</v>
+      </c>
+    </row>
+    <row r="611" spans="1:4" ht="255" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A611" s="13" t="s">
+        <v>2607</v>
+      </c>
+      <c r="B611" s="24" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C611" s="24" t="s">
+        <v>2085</v>
+      </c>
+      <c r="D611" s="33">
+        <v>46129</v>
+      </c>
+    </row>
+    <row r="612" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A612" s="15" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B612" s="24" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C612" s="24" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D612" s="33">
+        <v>46165</v>
+      </c>
+    </row>
+    <row r="613" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A613" s="15" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B613" s="24" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C613" s="24" t="s">
+        <v>2086</v>
+      </c>
+      <c r="D613" s="33">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="614" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A614" s="15" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B614" s="24" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C614" s="24" t="s">
+        <v>2087</v>
+      </c>
+      <c r="D614" s="33">
+        <v>46174</v>
+      </c>
+    </row>
+    <row r="615" spans="1:4" ht="242.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A615" s="16" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B615" s="30" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C615" s="24" t="s">
+        <v>3584</v>
+      </c>
+      <c r="D615" s="38">
+        <v>46175</v>
+      </c>
+    </row>
+    <row r="616" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A616" s="15" t="s">
+        <v>642</v>
+      </c>
+      <c r="B616" s="24" t="s">
+        <v>107</v>
+      </c>
+      <c r="C616" s="24" t="s">
+        <v>643</v>
+      </c>
+      <c r="D616" s="38">
+        <v>46226</v>
+      </c>
+    </row>
+    <row r="617" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A617" s="15" t="s">
+        <v>1248</v>
+      </c>
+      <c r="B617" s="30" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C617" s="24" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D617" s="33">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="618" spans="1:4" ht="76.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A618" s="15" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B618" s="24" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C618" s="24" t="s">
+        <v>2088</v>
+      </c>
+      <c r="D618" s="38">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="619" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A619" s="15" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B619" s="24" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C619" s="24" t="s">
+        <v>3372</v>
+      </c>
+      <c r="D619" s="33">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="620" spans="1:4" ht="148.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A620" s="15" t="s">
+        <v>2299</v>
+      </c>
+      <c r="B620" s="30" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C620" s="24" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D620" s="33">
+        <v>46196</v>
+      </c>
+    </row>
+    <row r="621" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A621" s="15" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B621" s="30" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C621" s="24" t="s">
+        <v>2089</v>
+      </c>
+      <c r="D621" s="33">
+        <v>46202</v>
+      </c>
+    </row>
+    <row r="622" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A622" s="15" t="s">
+        <v>2300</v>
+      </c>
+      <c r="B622" s="24" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C622" s="24" t="s">
+        <v>3373</v>
+      </c>
+      <c r="D622" s="33">
+        <v>46264</v>
+      </c>
+    </row>
+    <row r="623" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A623" s="15" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B623" s="25" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C623" s="24" t="s">
+        <v>2090</v>
+      </c>
+      <c r="D623" s="38">
+        <v>46202</v>
+      </c>
+    </row>
+    <row r="624" spans="1:4" ht="167.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A624" s="13" t="s">
+        <v>1775</v>
+      </c>
+      <c r="B624" s="24" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C624" s="24" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D624" s="38">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="625" spans="1:4" ht="91.8" x14ac:dyDescent="0.3">
+      <c r="A625" s="15" t="s">
+        <v>2458</v>
+      </c>
+      <c r="B625" s="30" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C625" s="24" t="s">
+        <v>2091</v>
+      </c>
+      <c r="D625" s="38">
+        <v>46199</v>
+      </c>
+    </row>
+    <row r="626" spans="1:4" ht="93" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A626" s="16" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B626" s="24" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C626" s="24" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D626" s="33">
+        <v>46202</v>
+      </c>
+    </row>
+    <row r="627" spans="1:4" ht="163.19999999999999" x14ac:dyDescent="0.3">
+      <c r="A627" s="15" t="s">
+        <v>3554</v>
+      </c>
+      <c r="B627" s="34" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C627" s="24" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D627" s="38">
+        <v>46351</v>
+      </c>
+    </row>
+    <row r="628" spans="1:4" ht="102" x14ac:dyDescent="0.3">
+      <c r="A628" s="15" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B628" s="30" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C628" s="24" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D628" s="33">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="629" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A629" s="15" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B629" s="24" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C629" s="24" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D629" s="38">
+        <v>46200</v>
+      </c>
+    </row>
+    <row r="630" spans="1:4" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A630" s="15" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B630" s="24" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C630" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="D630" s="38">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="631" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A631" s="15" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B631" s="30" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C631" s="24" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D631" s="33">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="632" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A632" s="15" t="s">
+        <v>2433</v>
+      </c>
+      <c r="B632" s="30" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C632" s="24" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D632" s="33">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="633" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A633" s="15" t="s">
+        <v>2905</v>
+      </c>
+      <c r="B633" s="34" t="s">
+        <v>2906</v>
+      </c>
+      <c r="C633" s="24" t="s">
+        <v>86</v>
+      </c>
+      <c r="D633" s="33">
+        <v>46198</v>
+      </c>
+    </row>
+    <row r="634" spans="1:4" ht="250.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A634" s="16" t="s">
+        <v>2958</v>
+      </c>
+      <c r="B634" s="24" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C634" s="24" t="s">
+        <v>2092</v>
+      </c>
+      <c r="D634" s="49">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="635" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A635" s="53" t="s">
+        <v>2562</v>
+      </c>
+      <c r="B635" s="25" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C635" s="24" t="s">
+        <v>2093</v>
+      </c>
+      <c r="D635" s="54">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="636" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A636" s="15" t="s">
+        <v>2502</v>
+      </c>
+      <c r="B636" s="24" t="s">
+        <v>2501</v>
+      </c>
+      <c r="C636" s="24" t="s">
+        <v>2094</v>
+      </c>
+      <c r="D636" s="33">
+        <v>46064</v>
+      </c>
+    </row>
+    <row r="637" spans="1:4" ht="79.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A637" s="15" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B637" s="30" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C637" s="24" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D637" s="38">
+        <v>46250</v>
+      </c>
+    </row>
+    <row r="638" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A638" s="15" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B638" s="30" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C638" s="24" t="s">
+        <v>2095</v>
+      </c>
+      <c r="D638" s="38">
+        <v>46349</v>
+      </c>
+    </row>
+    <row r="639" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A639" s="15" t="s">
+        <v>2262</v>
+      </c>
+      <c r="B639" s="24" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C639" s="24" t="s">
+        <v>471</v>
+      </c>
+      <c r="D639" s="33">
+        <v>46226</v>
+      </c>
+    </row>
+    <row r="640" spans="1:4" ht="83.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A640" s="15" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B640" s="25" t="s">
+        <v>3192</v>
+      </c>
+      <c r="C640" s="24" t="s">
+        <v>181</v>
+      </c>
+      <c r="D640" s="38">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="641" spans="1:4" ht="268.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A641" s="15" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B641" s="24" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C641" s="24" t="s">
+        <v>3374</v>
+      </c>
+      <c r="D641" s="38">
+        <v>46266</v>
+      </c>
+    </row>
+    <row r="642" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A642" s="15" t="s">
+        <v>3139</v>
+      </c>
+      <c r="B642" s="30" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C642" s="24" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D642" s="38">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="643" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A643" s="15" t="s">
+        <v>2447</v>
+      </c>
+      <c r="B643" s="24" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C643" s="24" t="s">
+        <v>618</v>
+      </c>
+      <c r="D643" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="644" spans="1:4" ht="81.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A644" s="15" t="s">
+        <v>2448</v>
+      </c>
+      <c r="B644" s="24" t="s">
+        <v>2449</v>
+      </c>
+      <c r="C644" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D644" s="33">
+        <v>46048</v>
+      </c>
+    </row>
+    <row r="645" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A645" s="13" t="s">
+        <v>3176</v>
+      </c>
+      <c r="B645" s="24" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C645" s="24" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D645" s="33">
+        <v>46281</v>
+      </c>
+    </row>
+    <row r="646" spans="1:4" ht="142.80000000000001" x14ac:dyDescent="0.3">
+      <c r="A646" s="15" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B646" s="24" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C646" s="24" t="s">
+        <v>3375</v>
+      </c>
+      <c r="D646" s="38">
+        <v>46282</v>
+      </c>
+    </row>
+    <row r="647" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A647" s="15" t="s">
+        <v>3159</v>
+      </c>
+      <c r="B647" s="24" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C647" s="24" t="s">
+        <v>2097</v>
+      </c>
+      <c r="D647" s="38">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="648" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A648" s="15" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B648" s="30" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C648" s="24" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D648" s="38">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="649" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A649" s="15" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B649" s="30" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C649" s="24" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D649" s="38">
+        <v>46292</v>
+      </c>
+    </row>
+    <row r="650" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A650" s="15" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B650" s="30" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C650" s="24" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D650" s="38">
+        <v>46331</v>
+      </c>
+    </row>
+    <row r="651" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A651" s="15" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B651" s="30" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C651" s="24" t="s">
+        <v>2098</v>
+      </c>
+      <c r="D651" s="33">
+        <v>46299</v>
+      </c>
+    </row>
+    <row r="652" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A652" s="13" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B652" s="24" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C652" s="24" t="s">
+        <v>1314</v>
+      </c>
+      <c r="D652" s="38">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="653" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A653" s="15" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B653" s="30" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C653" s="24" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D653" s="33">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="654" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A654" s="13" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B654" s="24" t="s">
+        <v>3217</v>
+      </c>
+      <c r="C654" s="24" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D654" s="33">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="655" spans="1:4" ht="106.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A655" s="16" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B655" s="24" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C655" s="24" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D655" s="33">
+        <v>46100</v>
+      </c>
+    </row>
+    <row r="656" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A656" s="15" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B656" s="24" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C656" s="24" t="s">
+        <v>86</v>
+      </c>
+      <c r="D656" s="38">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="657" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A657" s="15" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B657" s="24" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C657" s="24" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D657" s="33">
+        <v>46321</v>
+      </c>
+    </row>
+    <row r="658" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A658" s="15" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B658" s="30" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C658" s="24" t="s">
+        <v>2099</v>
+      </c>
+      <c r="D658" s="33">
+        <v>46320</v>
+      </c>
+    </row>
+    <row r="659" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A659" s="15" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B659" s="35" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C659" s="24" t="s">
+        <v>2100</v>
+      </c>
+      <c r="D659" s="33">
         <v>46314</v>
       </c>
     </row>
-    <row r="283" spans="1:4" x14ac:dyDescent="0.25">
-[...51 lines deleted...]
-      <c r="D286" s="38">
+    <row r="660" spans="1:4" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A660" s="15" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B660" s="24" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C660" s="24" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D660" s="49">
+        <v>46323</v>
+      </c>
+    </row>
+    <row r="661" spans="1:4" ht="299.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A661" s="16" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B661" s="25" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C661" s="24" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D661" s="38">
+        <v>46118</v>
+      </c>
+    </row>
+    <row r="662" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A662" s="15" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B662" s="24" t="s">
+        <v>795</v>
+      </c>
+      <c r="C662" s="24" t="s">
+        <v>796</v>
+      </c>
+      <c r="D662" s="38">
+        <v>46280</v>
+      </c>
+    </row>
+    <row r="663" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A663" s="15" t="s">
+        <v>2225</v>
+      </c>
+      <c r="B663" s="30" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C663" s="24" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D663" s="38">
+        <v>46350</v>
+      </c>
+    </row>
+    <row r="664" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A664" s="15" t="s">
+        <v>2224</v>
+      </c>
+      <c r="B664" s="30" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C664" s="24" t="s">
+        <v>3376</v>
+      </c>
+      <c r="D664" s="38">
+        <v>46347</v>
+      </c>
+    </row>
+    <row r="665" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A665" s="15" t="s">
+        <v>2227</v>
+      </c>
+      <c r="B665" s="30" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C665" s="24" t="s">
+        <v>2101</v>
+      </c>
+      <c r="D665" s="38">
+        <v>46349</v>
+      </c>
+    </row>
+    <row r="666" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A666" s="15" t="s">
+        <v>1344</v>
+      </c>
+      <c r="B666" s="30" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C666" s="24" t="s">
+        <v>3377</v>
+      </c>
+      <c r="D666" s="38">
+        <v>46348</v>
+      </c>
+    </row>
+    <row r="667" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A667" s="15" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B667" s="30" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C667" s="24" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D667" s="38">
+        <v>46349</v>
+      </c>
+    </row>
+    <row r="668" spans="1:4" ht="193.8" x14ac:dyDescent="0.3">
+      <c r="A668" s="15" t="s">
+        <v>2226</v>
+      </c>
+      <c r="B668" s="30" t="s">
+        <v>2261</v>
+      </c>
+      <c r="C668" s="24" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D668" s="38">
+        <v>46345</v>
+      </c>
+    </row>
+    <row r="669" spans="1:4" ht="81.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A669" s="15" t="s">
+        <v>3300</v>
+      </c>
+      <c r="B669" s="30" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C669" s="24" t="s">
+        <v>3654</v>
+      </c>
+      <c r="D669" s="38">
+        <v>46349</v>
+      </c>
+    </row>
+    <row r="670" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A670" s="15" t="s">
+        <v>2217</v>
+      </c>
+      <c r="B670" s="30" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C670" s="24" t="s">
+        <v>2103</v>
+      </c>
+      <c r="D670" s="38">
+        <v>46351</v>
+      </c>
+    </row>
+    <row r="671" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A671" s="15" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B671" s="30" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C671" s="24" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D671" s="33">
+        <v>46363</v>
+      </c>
+    </row>
+    <row r="672" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A672" s="15" t="s">
+        <v>2218</v>
+      </c>
+      <c r="B672" s="24" t="s">
+        <v>1784</v>
+      </c>
+      <c r="C672" s="24" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D672" s="33">
+        <v>46230</v>
+      </c>
+    </row>
+    <row r="673" spans="1:4" ht="90.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A673" s="13" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B673" s="25" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C673" s="24" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D673" s="33">
+        <v>46370</v>
+      </c>
+    </row>
+    <row r="674" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A674" s="15" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B674" s="24" t="s">
+        <v>107</v>
+      </c>
+      <c r="C674" s="24" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D674" s="33">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="675" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A675" s="15" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B675" s="30" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C675" s="24" t="s">
+        <v>1361</v>
+      </c>
+      <c r="D675" s="38">
+        <v>46010</v>
+      </c>
+    </row>
+    <row r="676" spans="1:4" ht="103.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A676" s="16" t="s">
+        <v>2230</v>
+      </c>
+      <c r="B676" s="30" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C676" s="24" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D676" s="38">
+        <v>46379</v>
+      </c>
+    </row>
+    <row r="677" spans="1:4" ht="96" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A677" s="45" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B677" s="32" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C677" s="24" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D677" s="48">
+        <v>46377</v>
+      </c>
+    </row>
+    <row r="678" spans="1:4" ht="143.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A678" s="15" t="s">
+        <v>2250</v>
+      </c>
+      <c r="B678" s="30" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C678" s="24" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D678" s="38">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="679" spans="1:4" ht="91.8" x14ac:dyDescent="0.3">
+      <c r="A679" s="13" t="s">
+        <v>2251</v>
+      </c>
+      <c r="B679" s="25" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C679" s="24" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D679" s="38">
+        <v>46384</v>
+      </c>
+    </row>
+    <row r="680" spans="1:4" ht="142.80000000000001" x14ac:dyDescent="0.3">
+      <c r="A680" s="15" t="s">
+        <v>2252</v>
+      </c>
+      <c r="B680" s="30" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C680" s="24" t="s">
+        <v>3378</v>
+      </c>
+      <c r="D680" s="33">
+        <v>46030</v>
+      </c>
+    </row>
+    <row r="681" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A681" s="15" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B681" s="30" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C681" s="24" t="s">
+        <v>2106</v>
+      </c>
+      <c r="D681" s="33">
+        <v>46320</v>
+      </c>
+    </row>
+    <row r="682" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A682" s="15" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B682" s="24" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C682" s="24" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D682" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="683" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A683" s="15" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B683" s="30" t="s">
+        <v>1377</v>
+      </c>
+      <c r="C683" s="24" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D683" s="33">
+        <v>46128</v>
+      </c>
+    </row>
+    <row r="684" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A684" s="15" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B684" s="24" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C684" s="24" t="s">
+        <v>2107</v>
+      </c>
+      <c r="D684" s="33">
+        <v>46040</v>
+      </c>
+    </row>
+    <row r="685" spans="1:4" ht="146.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A685" s="15" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B685" s="30" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C685" s="24" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D685" s="38">
+        <v>46046</v>
+      </c>
+    </row>
+    <row r="686" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A686" s="15" t="s">
+        <v>3035</v>
+      </c>
+      <c r="B686" s="30" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C686" s="24" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D686" s="38">
+        <v>46049</v>
+      </c>
+    </row>
+    <row r="687" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A687" s="15" t="s">
+        <v>2304</v>
+      </c>
+      <c r="B687" s="30" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C687" s="24" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D687" s="38">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="688" spans="1:4" ht="101.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A688" s="15" t="s">
+        <v>2975</v>
+      </c>
+      <c r="B688" s="34" t="s">
+        <v>2976</v>
+      </c>
+      <c r="C688" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D688" s="33">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="689" spans="1:4" ht="165" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A689" s="20" t="s">
+        <v>2237</v>
+      </c>
+      <c r="B689" s="24" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C689" s="24" t="s">
+        <v>521</v>
+      </c>
+      <c r="D689" s="33">
+        <v>46353</v>
+      </c>
+    </row>
+    <row r="690" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A690" s="15" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B690" s="46" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C690" s="24" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D690" s="38">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="691" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A691" s="15" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B691" s="30" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C691" s="24" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D691" s="38">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="692" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A692" s="15" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B692" s="30" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C692" s="24" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D692" s="38">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="693" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A693" s="15" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B693" s="30" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C693" s="24" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D693" s="38">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="694" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A694" s="15" t="s">
+        <v>2216</v>
+      </c>
+      <c r="B694" s="30" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C694" s="24" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D694" s="38">
+        <v>46420</v>
+      </c>
+    </row>
+    <row r="695" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A695" s="15" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B695" s="30" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C695" s="24" t="s">
+        <v>2109</v>
+      </c>
+      <c r="D695" s="38">
+        <v>46060</v>
+      </c>
+    </row>
+    <row r="696" spans="1:4" ht="196.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A696" s="15" t="s">
+        <v>3603</v>
+      </c>
+      <c r="B696" s="30" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C696" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="D696" s="38">
+        <v>46424</v>
+      </c>
+    </row>
+    <row r="697" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A697" s="15" t="s">
+        <v>2215</v>
+      </c>
+      <c r="B697" s="30" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C697" s="24" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D697" s="38">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="698" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A698" s="15" t="s">
+        <v>2372</v>
+      </c>
+      <c r="B698" s="30" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C698" s="24" t="s">
+        <v>976</v>
+      </c>
+      <c r="D698" s="38">
+        <v>46091</v>
+      </c>
+    </row>
+    <row r="699" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A699" s="15" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B699" s="25" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C699" s="24" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D699" s="38">
+        <v>46090</v>
+      </c>
+    </row>
+    <row r="700" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A700" s="15" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B700" s="30" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C700" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D700" s="38">
+        <v>46428</v>
+      </c>
+    </row>
+    <row r="701" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A701" s="15" t="s">
+        <v>2373</v>
+      </c>
+      <c r="B701" s="30" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C701" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D701" s="38">
+        <v>46428</v>
+      </c>
+    </row>
+    <row r="702" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A702" s="15" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B702" s="30" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C702" s="24" t="s">
+        <v>2110</v>
+      </c>
+      <c r="D702" s="38">
+        <v>46428</v>
+      </c>
+    </row>
+    <row r="703" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A703" s="15" t="s">
+        <v>2374</v>
+      </c>
+      <c r="B703" s="30" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C703" s="24" t="s">
+        <v>1415</v>
+      </c>
+      <c r="D703" s="38">
+        <v>46435</v>
+      </c>
+    </row>
+    <row r="704" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A704" s="15" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B704" s="35" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C704" s="24" t="s">
+        <v>76</v>
+      </c>
+      <c r="D704" s="38">
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="705" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A705" s="15" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B705" s="30" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C705" s="24" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D705" s="38">
+        <v>46097</v>
+      </c>
+    </row>
+    <row r="706" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A706" s="15" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B706" s="35" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C706" s="24" t="s">
+        <v>76</v>
+      </c>
+      <c r="D706" s="38">
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="707" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A707" s="15" t="s">
+        <v>2270</v>
+      </c>
+      <c r="B707" s="30" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C707" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D707" s="38">
+        <v>46435</v>
+      </c>
+    </row>
+    <row r="708" spans="1:4" ht="198" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A708" s="14" t="s">
+        <v>2269</v>
+      </c>
+      <c r="B708" s="34" t="s">
+        <v>2514</v>
+      </c>
+      <c r="C708" s="24" t="s">
+        <v>1423</v>
+      </c>
+      <c r="D708" s="33">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="709" spans="1:4" ht="122.4" x14ac:dyDescent="0.3">
+      <c r="A709" s="15" t="s">
+        <v>2556</v>
+      </c>
+      <c r="B709" s="30" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C709" s="24" t="s">
+        <v>3379</v>
+      </c>
+      <c r="D709" s="38">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="710" spans="1:4" ht="112.2" x14ac:dyDescent="0.3">
+      <c r="A710" s="15" t="s">
+        <v>2486</v>
+      </c>
+      <c r="B710" s="30" t="s">
+        <v>1425</v>
+      </c>
+      <c r="C710" s="24" t="s">
+        <v>3380</v>
+      </c>
+      <c r="D710" s="38">
+        <v>46074</v>
+      </c>
+    </row>
+    <row r="711" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A711" s="15" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B711" s="30" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C711" s="24" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D711" s="38">
+        <v>46075</v>
+      </c>
+    </row>
+    <row r="712" spans="1:4" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A712" s="15" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B712" s="25" t="s">
+        <v>1428</v>
+      </c>
+      <c r="C712" s="24" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D712" s="38">
+        <v>46076</v>
+      </c>
+    </row>
+    <row r="713" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A713" s="15" t="s">
+        <v>1430</v>
+      </c>
+      <c r="B713" s="24" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C713" s="24" t="s">
+        <v>721</v>
+      </c>
+      <c r="D713" s="33">
+        <v>46075</v>
+      </c>
+    </row>
+    <row r="714" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A714" s="15" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B714" s="30" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C714" s="24" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D714" s="38">
+        <v>46076</v>
+      </c>
+    </row>
+    <row r="715" spans="1:4" ht="204" x14ac:dyDescent="0.3">
+      <c r="A715" s="13" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B715" s="25" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C715" s="24" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D715" s="33">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="716" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A716" s="15" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B716" s="30" t="s">
+        <v>1439</v>
+      </c>
+      <c r="C716" s="24" t="s">
+        <v>1440</v>
+      </c>
+      <c r="D716" s="38">
+        <v>46077</v>
+      </c>
+    </row>
+    <row r="717" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A717" s="15" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B717" s="30" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C717" s="24" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D717" s="66">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="718" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A718" s="15" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B718" s="30" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C718" s="24" t="s">
+        <v>3381</v>
+      </c>
+      <c r="D718" s="38">
+        <v>46089</v>
+      </c>
+    </row>
+    <row r="719" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A719" s="15" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B719" s="25" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C719" s="24" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D719" s="38">
+        <v>46089</v>
+      </c>
+    </row>
+    <row r="720" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A720" s="15" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B720" s="30" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C720" s="24" t="s">
+        <v>181</v>
+      </c>
+      <c r="D720" s="38">
+        <v>46090</v>
+      </c>
+    </row>
+    <row r="721" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A721" s="13" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B721" s="24" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C721" s="24" t="s">
+        <v>1423</v>
+      </c>
+      <c r="D721" s="33">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="722" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A722" s="15" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B722" s="30" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C722" s="24" t="s">
+        <v>3474</v>
+      </c>
+      <c r="D722" s="38">
+        <v>46140</v>
+      </c>
+    </row>
+    <row r="723" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A723" s="15" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B723" s="30" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C723" s="24" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D723" s="38">
+        <v>46141</v>
+      </c>
+    </row>
+    <row r="724" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A724" s="15" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B724" s="30" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C724" s="24" t="s">
+        <v>1460</v>
+      </c>
+      <c r="D724" s="38">
+        <v>46140</v>
+      </c>
+    </row>
+    <row r="725" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A725" s="15" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B725" s="30" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C725" s="24" t="s">
+        <v>2112</v>
+      </c>
+      <c r="D725" s="38">
+        <v>46145</v>
+      </c>
+    </row>
+    <row r="726" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A726" s="15" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B726" s="30" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C726" s="24" t="s">
+        <v>2113</v>
+      </c>
+      <c r="D726" s="38">
+        <v>46151</v>
+      </c>
+    </row>
+    <row r="727" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A727" s="15" t="s">
+        <v>3639</v>
+      </c>
+      <c r="B727" s="30" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C727" s="24" t="s">
+        <v>1466</v>
+      </c>
+      <c r="D727" s="38">
+        <v>46386</v>
+      </c>
+    </row>
+    <row r="728" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A728" s="15" t="s">
+        <v>2499</v>
+      </c>
+      <c r="B728" s="30" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C728" s="24" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D728" s="38">
+        <v>46153</v>
+      </c>
+    </row>
+    <row r="729" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A729" s="15" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B729" s="30" t="s">
+        <v>905</v>
+      </c>
+      <c r="C729" s="24" t="s">
+        <v>906</v>
+      </c>
+      <c r="D729" s="33">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="730" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A730" s="15" t="s">
+        <v>2500</v>
+      </c>
+      <c r="B730" s="30" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C730" s="24" t="s">
+        <v>2114</v>
+      </c>
+      <c r="D730" s="38">
+        <v>46111</v>
+      </c>
+    </row>
+    <row r="731" spans="1:4" ht="51" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A731" s="14" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B731" s="24" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C731" s="24" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D731" s="33">
+        <v>46168</v>
+      </c>
+    </row>
+    <row r="732" spans="1:4" ht="81.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A732" s="15" t="s">
+        <v>3046</v>
+      </c>
+      <c r="B732" s="24" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C732" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D732" s="33">
+        <v>46240</v>
+      </c>
+    </row>
+    <row r="733" spans="1:4" ht="249" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A733" s="15" t="s">
+        <v>2219</v>
+      </c>
+      <c r="B733" s="30" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C733" s="24" t="s">
+        <v>2115</v>
+      </c>
+      <c r="D733" s="33">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="734" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A734" s="15" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B734" s="24" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C734" s="24" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D734" s="33">
         <v>46126</v>
       </c>
     </row>
-    <row r="287" spans="1:4" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
-[...135 lines deleted...]
-      <c r="D296" s="38">
+    <row r="735" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A735" s="15" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B735" s="24" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C735" s="24" t="s">
+        <v>2116</v>
+      </c>
+      <c r="D735" s="33">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="736" spans="1:4" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A736" s="15" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B736" s="30" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C736" s="24" t="s">
+        <v>2117</v>
+      </c>
+      <c r="D736" s="38">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="737" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A737" s="15" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B737" s="24" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C737" s="24" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D737" s="33">
+        <v>46144</v>
+      </c>
+    </row>
+    <row r="738" spans="1:4" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A738" s="15" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B738" s="30" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C738" s="24" t="s">
+        <v>1489</v>
+      </c>
+      <c r="D738" s="33">
+        <v>46189</v>
+      </c>
+    </row>
+    <row r="739" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A739" s="15" t="s">
+        <v>3108</v>
+      </c>
+      <c r="B739" s="30" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C739" s="24" t="s">
+        <v>2118</v>
+      </c>
+      <c r="D739" s="33">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="740" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A740" s="15" t="s">
+        <v>2412</v>
+      </c>
+      <c r="B740" s="25" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C740" s="24" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D740" s="38">
+        <v>46194</v>
+      </c>
+    </row>
+    <row r="741" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A741" s="15" t="s">
+        <v>3043</v>
+      </c>
+      <c r="B741" s="30" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C741" s="24" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D741" s="33">
+        <v>46194</v>
+      </c>
+    </row>
+    <row r="742" spans="1:4" ht="174" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A742" s="13" t="s">
+        <v>2411</v>
+      </c>
+      <c r="B742" s="24" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C742" s="24" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D742" s="33">
+        <v>46195</v>
+      </c>
+    </row>
+    <row r="743" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A743" s="15" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B743" s="24" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C743" s="24" t="s">
+        <v>223</v>
+      </c>
+      <c r="D743" s="33">
+        <v>46196</v>
+      </c>
+    </row>
+    <row r="744" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A744" s="15" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B744" s="24" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C744" s="24" t="s">
+        <v>86</v>
+      </c>
+      <c r="D744" s="33">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="745" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A745" s="15" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B745" s="30" t="s">
+        <v>1501</v>
+      </c>
+      <c r="C745" s="24" t="s">
+        <v>2120</v>
+      </c>
+      <c r="D745" s="33">
+        <v>46197</v>
+      </c>
+    </row>
+    <row r="746" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A746" s="15" t="s">
+        <v>2867</v>
+      </c>
+      <c r="B746" s="30" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C746" s="24" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D746" s="33">
+        <v>46251</v>
+      </c>
+    </row>
+    <row r="747" spans="1:4" ht="112.2" x14ac:dyDescent="0.3">
+      <c r="A747" s="15" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B747" s="24" t="s">
+        <v>2951</v>
+      </c>
+      <c r="C747" s="24" t="s">
+        <v>1505</v>
+      </c>
+      <c r="D747" s="38">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="748" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A748" s="15" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B748" s="24" t="s">
+        <v>530</v>
+      </c>
+      <c r="C748" s="24" t="s">
+        <v>2121</v>
+      </c>
+      <c r="D748" s="38">
+        <v>46250</v>
+      </c>
+    </row>
+    <row r="749" spans="1:4" ht="91.8" x14ac:dyDescent="0.3">
+      <c r="A749" s="15" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B749" s="24" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C749" s="24" t="s">
+        <v>63</v>
+      </c>
+      <c r="D749" s="38">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="750" spans="1:4" ht="122.4" x14ac:dyDescent="0.3">
+      <c r="A750" s="15" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B750" s="30" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C750" s="24" t="s">
+        <v>970</v>
+      </c>
+      <c r="D750" s="38">
+        <v>46216</v>
+      </c>
+    </row>
+    <row r="751" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A751" s="15" t="s">
+        <v>1511</v>
+      </c>
+      <c r="B751" s="30" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C751" s="24" t="s">
+        <v>1513</v>
+      </c>
+      <c r="D751" s="38">
+        <v>46124</v>
+      </c>
+    </row>
+    <row r="752" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A752" s="15" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B752" s="24" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C752" s="24" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D752" s="33">
+        <v>46220</v>
+      </c>
+    </row>
+    <row r="753" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A753" s="13" t="s">
+        <v>2866</v>
+      </c>
+      <c r="B753" s="25" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C753" s="24" t="s">
+        <v>2122</v>
+      </c>
+      <c r="D753" s="38">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="754" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A754" s="15" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B754" s="24" t="s">
+        <v>2969</v>
+      </c>
+      <c r="C754" s="24" t="s">
+        <v>1519</v>
+      </c>
+      <c r="D754" s="38">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="755" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A755" s="15" t="s">
+        <v>2983</v>
+      </c>
+      <c r="B755" s="30" t="s">
+        <v>2984</v>
+      </c>
+      <c r="C755" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="D755" s="38">
+        <v>46219</v>
+      </c>
+    </row>
+    <row r="756" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A756" s="15" t="s">
+        <v>2223</v>
+      </c>
+      <c r="B756" s="30" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C756" s="24" t="s">
+        <v>442</v>
+      </c>
+      <c r="D756" s="38">
+        <v>46230</v>
+      </c>
+    </row>
+    <row r="757" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A757" s="15" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B757" s="30" t="s">
+        <v>1522</v>
+      </c>
+      <c r="C757" s="24" t="s">
+        <v>442</v>
+      </c>
+      <c r="D757" s="38">
+        <v>46230</v>
+      </c>
+    </row>
+    <row r="758" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A758" s="15" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B758" s="30" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C758" s="24" t="s">
+        <v>2123</v>
+      </c>
+      <c r="D758" s="38">
         <v>46374</v>
       </c>
     </row>
-    <row r="297" spans="1:4" ht="144" customHeight="1" x14ac:dyDescent="0.25">
-[...3258 lines deleted...]
-      <c r="D529" s="33">
+    <row r="759" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A759" s="15" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B759" s="30" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C759" s="24" t="s">
+        <v>2124</v>
+      </c>
+      <c r="D759" s="38">
+        <v>46231</v>
+      </c>
+    </row>
+    <row r="760" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A760" s="15" t="s">
+        <v>1528</v>
+      </c>
+      <c r="B760" s="30" t="s">
+        <v>1529</v>
+      </c>
+      <c r="C760" s="24" t="s">
+        <v>1530</v>
+      </c>
+      <c r="D760" s="38">
+        <v>46231</v>
+      </c>
+    </row>
+    <row r="761" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A761" s="15" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B761" s="30" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C761" s="24" t="s">
+        <v>2125</v>
+      </c>
+      <c r="D761" s="38">
+        <v>46234</v>
+      </c>
+    </row>
+    <row r="762" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A762" s="15" t="s">
+        <v>1532</v>
+      </c>
+      <c r="B762" s="30" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C762" s="24" t="s">
+        <v>1534</v>
+      </c>
+      <c r="D762" s="38">
+        <v>46345</v>
+      </c>
+    </row>
+    <row r="763" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A763" s="15" t="s">
+        <v>2253</v>
+      </c>
+      <c r="B763" s="30" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C763" s="24" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D763" s="38">
         <v>46237</v>
       </c>
     </row>
-    <row r="530" spans="1:4" x14ac:dyDescent="0.25">
-[...426 lines deleted...]
-      <c r="C560" s="72" t="s">
+    <row r="764" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A764" s="15" t="s">
+        <v>2254</v>
+      </c>
+      <c r="B764" s="30" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C764" s="24" t="s">
+        <v>181</v>
+      </c>
+      <c r="D764" s="38">
+        <v>46237</v>
+      </c>
+    </row>
+    <row r="765" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A765" s="15" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B765" s="30" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C765" s="24" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D765" s="38">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="766" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A766" s="15" t="s">
+        <v>2503</v>
+      </c>
+      <c r="B766" s="30" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C766" s="24" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D766" s="38">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="767" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A767" s="15" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B767" s="30" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C767" s="24" t="s">
         <v>2127</v>
-      </c>
-[...2896 lines deleted...]
-        <v>2189</v>
       </c>
       <c r="D767" s="38">
         <v>46250</v>
       </c>
     </row>
-    <row r="768" spans="1:4" ht="123.75" x14ac:dyDescent="0.25">
-      <c r="A768" s="15" t="s">
+    <row r="768" spans="1:4" ht="300.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A768" s="21" t="s">
+        <v>3128</v>
+      </c>
+      <c r="B768" s="24" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C768" s="24" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D768" s="33">
+        <v>46436</v>
+      </c>
+    </row>
+    <row r="769" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A769" s="53" t="s">
+        <v>3036</v>
+      </c>
+      <c r="B769" s="30" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C769" s="24" t="s">
+        <v>2128</v>
+      </c>
+      <c r="D769" s="54">
+        <v>46235</v>
+      </c>
+    </row>
+    <row r="770" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A770" s="53" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B770" s="55" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C770" s="24" t="s">
+        <v>2129</v>
+      </c>
+      <c r="D770" s="38">
+        <v>46270</v>
+      </c>
+    </row>
+    <row r="771" spans="1:4" ht="170.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A771" s="14" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B771" s="34" t="s">
+        <v>3064</v>
+      </c>
+      <c r="C771" s="24" t="s">
+        <v>2130</v>
+      </c>
+      <c r="D771" s="33">
+        <v>46242</v>
+      </c>
+    </row>
+    <row r="772" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A772" s="53" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B772" s="30" t="s">
+        <v>3232</v>
+      </c>
+      <c r="C772" s="24" t="s">
+        <v>2131</v>
+      </c>
+      <c r="D772" s="38">
+        <v>46296</v>
+      </c>
+    </row>
+    <row r="773" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A773" s="15" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B773" s="24" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C773" s="24" t="s">
+        <v>1552</v>
+      </c>
+      <c r="D773" s="38">
+        <v>46102</v>
+      </c>
+    </row>
+    <row r="774" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A774" s="15" t="s">
+        <v>2286</v>
+      </c>
+      <c r="B774" s="24" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C774" s="24" t="s">
+        <v>1552</v>
+      </c>
+      <c r="D774" s="38">
+        <v>46273</v>
+      </c>
+    </row>
+    <row r="775" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A775" s="15" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B775" s="24" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C775" s="24" t="s">
+        <v>2132</v>
+      </c>
+      <c r="D775" s="38">
+        <v>46273</v>
+      </c>
+    </row>
+    <row r="776" spans="1:4" ht="138.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A776" s="14" t="s">
+        <v>2287</v>
+      </c>
+      <c r="B776" s="24" t="s">
+        <v>1554</v>
+      </c>
+      <c r="C776" s="24" t="s">
+        <v>1555</v>
+      </c>
+      <c r="D776" s="33">
+        <v>46237</v>
+      </c>
+    </row>
+    <row r="777" spans="1:4" ht="84.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A777" s="53" t="s">
+        <v>2550</v>
+      </c>
+      <c r="B777" s="30" t="s">
+        <v>1558</v>
+      </c>
+      <c r="C777" s="24" t="s">
+        <v>2133</v>
+      </c>
+      <c r="D777" s="38">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="778" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A778" s="53" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B778" s="25" t="s">
         <v>1560</v>
       </c>
-      <c r="B768" s="24" t="s">
+      <c r="C778" s="24" t="s">
+        <v>2134</v>
+      </c>
+      <c r="D778" s="54">
+        <v>46286</v>
+      </c>
+    </row>
+    <row r="779" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A779" s="15" t="s">
         <v>1561</v>
       </c>
-      <c r="C768" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A769" s="15" t="s">
+      <c r="B779" s="24" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C779" s="24" t="s">
+        <v>2135</v>
+      </c>
+      <c r="D779" s="38">
+        <v>46291</v>
+      </c>
+    </row>
+    <row r="780" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A780" s="53" t="s">
         <v>1562</v>
       </c>
-      <c r="B769" s="30" t="s">
+      <c r="B780" s="30" t="s">
         <v>1563</v>
       </c>
-      <c r="C769" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A770" s="15" t="s">
+      <c r="C780" s="24" t="s">
+        <v>2136</v>
+      </c>
+      <c r="D780" s="33">
+        <v>46323</v>
+      </c>
+    </row>
+    <row r="781" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A781" s="53" t="s">
         <v>1564</v>
       </c>
-      <c r="B770" s="30" t="s">
+      <c r="B781" s="35" t="s">
         <v>1565</v>
       </c>
-      <c r="C770" s="72" t="s">
+      <c r="C781" s="24" t="s">
         <v>1566</v>
       </c>
-      <c r="D770" s="38">
-[...4 lines deleted...]
-      <c r="A771" s="15" t="s">
+      <c r="D781" s="54">
+        <v>46297</v>
+      </c>
+    </row>
+    <row r="782" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A782" s="53" t="s">
         <v>1567</v>
       </c>
-      <c r="B771" s="24" t="s">
+      <c r="B782" s="30" t="s">
         <v>1568</v>
       </c>
-      <c r="C771" s="72" t="s">
+      <c r="C782" s="24" t="s">
+        <v>2137</v>
+      </c>
+      <c r="D782" s="54">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="783" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A783" s="13" t="s">
         <v>1569</v>
       </c>
-      <c r="D771" s="33">
+      <c r="B783" s="24" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C783" s="24" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D783" s="33">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="784" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A784" s="56" t="s">
+        <v>2369</v>
+      </c>
+      <c r="B784" s="55" t="s">
+        <v>3219</v>
+      </c>
+      <c r="C784" s="24" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D784" s="54">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="785" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A785" s="53" t="s">
+        <v>1573</v>
+      </c>
+      <c r="B785" s="30" t="s">
+        <v>1574</v>
+      </c>
+      <c r="C785" s="24" t="s">
+        <v>1575</v>
+      </c>
+      <c r="D785" s="54">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="786" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A786" s="53" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B786" s="30" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C786" s="24" t="s">
+        <v>2138</v>
+      </c>
+      <c r="D786" s="54">
+        <v>46320</v>
+      </c>
+    </row>
+    <row r="787" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A787" s="53" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B787" s="30" t="s">
+        <v>1578</v>
+      </c>
+      <c r="C787" s="24" t="s">
+        <v>2139</v>
+      </c>
+      <c r="D787" s="54">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="788" spans="1:4" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A788" s="15" t="s">
+        <v>2371</v>
+      </c>
+      <c r="B788" s="24" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C788" s="24" t="s">
+        <v>850</v>
+      </c>
+      <c r="D788" s="33">
+        <v>46359</v>
+      </c>
+    </row>
+    <row r="789" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A789" s="53" t="s">
+        <v>1580</v>
+      </c>
+      <c r="B789" s="30" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C789" s="24" t="s">
+        <v>2140</v>
+      </c>
+      <c r="D789" s="54">
+        <v>46321</v>
+      </c>
+    </row>
+    <row r="790" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A790" s="58" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B790" s="59" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C790" s="24" t="s">
+        <v>2141</v>
+      </c>
+      <c r="D790" s="54">
+        <v>46322</v>
+      </c>
+    </row>
+    <row r="791" spans="1:4" ht="242.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A791" s="53" t="s">
+        <v>3098</v>
+      </c>
+      <c r="B791" s="55" t="s">
+        <v>3099</v>
+      </c>
+      <c r="C791" s="24" t="s">
+        <v>1584</v>
+      </c>
+      <c r="D791" s="54">
+        <v>46061</v>
+      </c>
+    </row>
+    <row r="792" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A792" s="53" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B792" s="30" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C792" s="24" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D792" s="54">
+        <v>46340</v>
+      </c>
+    </row>
+    <row r="793" spans="1:4" ht="81.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A793" s="16" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B793" s="24" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C793" s="24" t="s">
+        <v>1590</v>
+      </c>
+      <c r="D793" s="57">
+        <v>46323</v>
+      </c>
+    </row>
+    <row r="794" spans="1:4" ht="173.4" x14ac:dyDescent="0.3">
+      <c r="A794" s="61" t="s">
+        <v>2242</v>
+      </c>
+      <c r="B794" s="24" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C794" s="24" t="s">
+        <v>2142</v>
+      </c>
+      <c r="D794" s="57">
+        <v>46351</v>
+      </c>
+    </row>
+    <row r="795" spans="1:4" ht="80.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A795" s="20" t="s">
+        <v>2308</v>
+      </c>
+      <c r="B795" s="34" t="s">
+        <v>3078</v>
+      </c>
+      <c r="C795" s="24" t="s">
+        <v>1593</v>
+      </c>
+      <c r="D795" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="796" spans="1:4" ht="141" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A796" s="53" t="s">
+        <v>2307</v>
+      </c>
+      <c r="B796" s="30" t="s">
+        <v>3563</v>
+      </c>
+      <c r="C796" s="24" t="s">
+        <v>2143</v>
+      </c>
+      <c r="D796" s="54">
+        <v>46353</v>
+      </c>
+    </row>
+    <row r="797" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A797" s="53" t="s">
+        <v>2204</v>
+      </c>
+      <c r="B797" s="24" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C797" s="24" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D797" s="38">
+        <v>46371</v>
+      </c>
+    </row>
+    <row r="798" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A798" s="53" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B798" s="30" t="s">
+        <v>1597</v>
+      </c>
+      <c r="C798" s="24" t="s">
+        <v>2144</v>
+      </c>
+      <c r="D798" s="38">
+        <v>46367</v>
+      </c>
+    </row>
+    <row r="799" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A799" s="53" t="s">
+        <v>1598</v>
+      </c>
+      <c r="B799" s="30" t="s">
+        <v>1599</v>
+      </c>
+      <c r="C799" s="24" t="s">
+        <v>2145</v>
+      </c>
+      <c r="D799" s="38">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="800" spans="1:4" ht="81.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A800" s="13" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B800" s="24" t="s">
+        <v>1601</v>
+      </c>
+      <c r="C800" s="24" t="s">
+        <v>1602</v>
+      </c>
+      <c r="D800" s="33">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="801" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A801" s="53" t="s">
+        <v>3599</v>
+      </c>
+      <c r="B801" s="30" t="s">
+        <v>1603</v>
+      </c>
+      <c r="C801" s="24" t="s">
+        <v>2146</v>
+      </c>
+      <c r="D801" s="38">
+        <v>46371</v>
+      </c>
+    </row>
+    <row r="802" spans="1:4" ht="91.8" x14ac:dyDescent="0.3">
+      <c r="A802" s="53" t="s">
+        <v>2350</v>
+      </c>
+      <c r="B802" s="34" t="s">
+        <v>2349</v>
+      </c>
+      <c r="C802" s="24" t="s">
+        <v>2147</v>
+      </c>
+      <c r="D802" s="38">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="803" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A803" s="53" t="s">
+        <v>2208</v>
+      </c>
+      <c r="B803" s="55" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C803" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D803" s="38">
+        <v>46338</v>
+      </c>
+    </row>
+    <row r="804" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A804" s="53" t="s">
+        <v>1605</v>
+      </c>
+      <c r="B804" s="30" t="s">
+        <v>1606</v>
+      </c>
+      <c r="C804" s="24" t="s">
+        <v>3382</v>
+      </c>
+      <c r="D804" s="38">
+        <v>46011</v>
+      </c>
+    </row>
+    <row r="805" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A805" s="53" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B805" s="30" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C805" s="24" t="s">
+        <v>1584</v>
+      </c>
+      <c r="D805" s="38">
+        <v>46010</v>
+      </c>
+    </row>
+    <row r="806" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A806" s="53" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B806" s="30" t="s">
+        <v>1610</v>
+      </c>
+      <c r="C806" s="24" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D806" s="38">
+        <v>46010</v>
+      </c>
+    </row>
+    <row r="807" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A807" s="56" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B807" s="55" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C807" s="24" t="s">
+        <v>1613</v>
+      </c>
+      <c r="D807" s="57">
+        <v>46012</v>
+      </c>
+    </row>
+    <row r="808" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A808" s="13" t="s">
+        <v>2207</v>
+      </c>
+      <c r="B808" s="24" t="s">
+        <v>1614</v>
+      </c>
+      <c r="C808" s="24" t="s">
+        <v>2148</v>
+      </c>
+      <c r="D808" s="33">
+        <v>46011</v>
+      </c>
+    </row>
+    <row r="809" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A809" s="53" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B809" s="30" t="s">
+        <v>1616</v>
+      </c>
+      <c r="C809" s="24" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D809" s="38">
+        <v>46019</v>
+      </c>
+    </row>
+    <row r="810" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A810" s="53" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B810" s="30" t="s">
+        <v>1616</v>
+      </c>
+      <c r="C810" s="24" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D810" s="38">
+        <v>46019</v>
+      </c>
+    </row>
+    <row r="811" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A811" s="53" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B811" s="30" t="s">
+        <v>1619</v>
+      </c>
+      <c r="C811" s="24" t="s">
+        <v>2149</v>
+      </c>
+      <c r="D811" s="38">
+        <v>46018</v>
+      </c>
+    </row>
+    <row r="812" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A812" s="53" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B812" s="30" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C812" s="24" t="s">
+        <v>2150</v>
+      </c>
+      <c r="D812" s="38">
+        <v>46019</v>
+      </c>
+    </row>
+    <row r="813" spans="1:4" ht="192" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A813" s="53" t="s">
+        <v>2293</v>
+      </c>
+      <c r="B813" s="30" t="s">
+        <v>1622</v>
+      </c>
+      <c r="C813" s="24" t="s">
+        <v>1623</v>
+      </c>
+      <c r="D813" s="54">
+        <v>46031</v>
+      </c>
+    </row>
+    <row r="814" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A814" s="53" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B814" s="30" t="s">
+        <v>1625</v>
+      </c>
+      <c r="C814" s="24" t="s">
+        <v>2151</v>
+      </c>
+      <c r="D814" s="54">
+        <v>46399</v>
+      </c>
+    </row>
+    <row r="815" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A815" s="53" t="s">
+        <v>2254</v>
+      </c>
+      <c r="B815" s="30" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C815" s="24" t="s">
+        <v>1626</v>
+      </c>
+      <c r="D815" s="54">
+        <v>46237</v>
+      </c>
+    </row>
+    <row r="816" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A816" s="15" t="s">
+        <v>3638</v>
+      </c>
+      <c r="B816" s="24" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C816" s="24" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D816" s="33">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="817" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A817" s="15" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B817" s="24" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C817" s="24" t="s">
+        <v>1593</v>
+      </c>
+      <c r="D817" s="33">
+        <v>46039</v>
+      </c>
+    </row>
+    <row r="818" spans="1:4" ht="132.6" x14ac:dyDescent="0.3">
+      <c r="A818" s="53" t="s">
+        <v>2266</v>
+      </c>
+      <c r="B818" s="30" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C818" s="24" t="s">
+        <v>2152</v>
+      </c>
+      <c r="D818" s="33">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="819" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A819" s="53" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B819" s="30" t="s">
+        <v>1633</v>
+      </c>
+      <c r="C819" s="24" t="s">
+        <v>2153</v>
+      </c>
+      <c r="D819" s="54">
+        <v>46405</v>
+      </c>
+    </row>
+    <row r="820" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A820" s="15" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B820" s="25" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C820" s="24" t="s">
+        <v>1636</v>
+      </c>
+      <c r="D820" s="38">
+        <v>46035</v>
+      </c>
+    </row>
+    <row r="821" spans="1:4" ht="266.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A821" s="14" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B821" s="24" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C821" s="24" t="s">
+        <v>3383</v>
+      </c>
+      <c r="D821" s="33">
+        <v>46042</v>
+      </c>
+    </row>
+    <row r="822" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A822" s="53" t="s">
+        <v>2382</v>
+      </c>
+      <c r="B822" s="30" t="s">
+        <v>1639</v>
+      </c>
+      <c r="C822" s="24" t="s">
+        <v>2154</v>
+      </c>
+      <c r="D822" s="54">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="823" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A823" s="13" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B823" s="24" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C823" s="24" t="s">
+        <v>2155</v>
+      </c>
+      <c r="D823" s="57">
+        <v>46057</v>
+      </c>
+    </row>
+    <row r="824" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A824" s="53" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B824" s="30" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C824" s="24" t="s">
+        <v>1644</v>
+      </c>
+      <c r="D824" s="54">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="825" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A825" s="53" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B825" s="30" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C825" s="24" t="s">
+        <v>2156</v>
+      </c>
+      <c r="D825" s="54">
+        <v>46111</v>
+      </c>
+    </row>
+    <row r="826" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A826" s="53" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B826" s="30" t="s">
+        <v>424</v>
+      </c>
+      <c r="C826" s="24" t="s">
+        <v>1648</v>
+      </c>
+      <c r="D826" s="33">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="827" spans="1:4" ht="91.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A827" s="14" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B827" s="55" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C827" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D827" s="33">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="828" spans="1:4" ht="81.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A828" s="53" t="s">
+        <v>3157</v>
+      </c>
+      <c r="B828" s="34" t="s">
+        <v>3158</v>
+      </c>
+      <c r="C828" s="24" t="s">
+        <v>2157</v>
+      </c>
+      <c r="D828" s="33">
+        <v>46277</v>
+      </c>
+    </row>
+    <row r="829" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A829" s="53" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B829" s="30" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C829" s="24" t="s">
+        <v>2158</v>
+      </c>
+      <c r="D829" s="33">
+        <v>46297</v>
+      </c>
+    </row>
+    <row r="830" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A830" s="53" t="s">
+        <v>1653</v>
+      </c>
+      <c r="B830" s="34" t="s">
+        <v>3519</v>
+      </c>
+      <c r="C830" s="24" t="s">
+        <v>1654</v>
+      </c>
+      <c r="D830" s="33">
+        <v>46345</v>
+      </c>
+    </row>
+    <row r="831" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A831" s="61" t="s">
+        <v>2545</v>
+      </c>
+      <c r="B831" s="35" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C831" s="24" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D831" s="33">
+        <v>46078</v>
+      </c>
+    </row>
+    <row r="832" spans="1:4" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A832" s="63" t="s">
+        <v>3609</v>
+      </c>
+      <c r="B832" s="24" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C832" s="24" t="s">
+        <v>1593</v>
+      </c>
+      <c r="D832" s="33">
+        <v>46193</v>
+      </c>
+    </row>
+    <row r="833" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A833" s="53" t="s">
+        <v>2231</v>
+      </c>
+      <c r="B833" s="30" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C833" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D833" s="33">
+        <v>46133</v>
+      </c>
+    </row>
+    <row r="834" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A834" s="53" t="s">
+        <v>1659</v>
+      </c>
+      <c r="B834" s="30" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C834" s="24" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D834" s="33">
+        <v>46076</v>
+      </c>
+    </row>
+    <row r="835" spans="1:4" ht="102.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A835" s="53" t="s">
+        <v>2232</v>
+      </c>
+      <c r="B835" s="30" t="s">
+        <v>1662</v>
+      </c>
+      <c r="C835" s="24" t="s">
+        <v>2159</v>
+      </c>
+      <c r="D835" s="60">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="836" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A836" s="15" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B836" s="24" t="s">
+        <v>678</v>
+      </c>
+      <c r="C836" s="24" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D836" s="33">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="837" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A837" s="53" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B837" s="30" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C837" s="24" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D837" s="33">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="838" spans="1:4" ht="177.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A838" s="53" t="s">
+        <v>2495</v>
+      </c>
+      <c r="B838" s="30" t="s">
+        <v>1667</v>
+      </c>
+      <c r="C838" s="24" t="s">
+        <v>2161</v>
+      </c>
+      <c r="D838" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="839" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A839" s="15" t="s">
+        <v>1668</v>
+      </c>
+      <c r="B839" s="25" t="s">
+        <v>1669</v>
+      </c>
+      <c r="C839" s="24" t="s">
+        <v>1670</v>
+      </c>
+      <c r="D839" s="33">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="840" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A840" s="53" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B840" s="30" t="s">
+        <v>1672</v>
+      </c>
+      <c r="C840" s="24" t="s">
+        <v>3384</v>
+      </c>
+      <c r="D840" s="33">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="841" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A841" s="53" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B841" s="30" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C841" s="24" t="s">
+        <v>2162</v>
+      </c>
+      <c r="D841" s="33">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="842" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A842" s="53" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B842" s="30" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C842" s="24" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D842" s="33">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="843" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A843" s="53" t="s">
+        <v>1678</v>
+      </c>
+      <c r="B843" s="30" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C843" s="24" t="s">
+        <v>1680</v>
+      </c>
+      <c r="D843" s="33">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="844" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A844" s="53" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B844" s="46" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C844" s="24" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D844" s="38">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="845" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A845" s="53" t="s">
+        <v>2364</v>
+      </c>
+      <c r="B845" s="34" t="s">
+        <v>2363</v>
+      </c>
+      <c r="C845" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="D845" s="38">
+        <v>46109</v>
+      </c>
+    </row>
+    <row r="846" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A846" s="53" t="s">
+        <v>2291</v>
+      </c>
+      <c r="B846" s="30" t="s">
+        <v>1544</v>
+      </c>
+      <c r="C846" s="24" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D846" s="38">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="847" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A847" s="53" t="s">
+        <v>2292</v>
+      </c>
+      <c r="B847" s="30" t="s">
+        <v>1544</v>
+      </c>
+      <c r="C847" s="24" t="s">
+        <v>2163</v>
+      </c>
+      <c r="D847" s="38">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="848" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A848" s="53" t="s">
+        <v>1685</v>
+      </c>
+      <c r="B848" s="30" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C848" s="24" t="s">
+        <v>1687</v>
+      </c>
+      <c r="D848" s="38">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="849" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A849" s="15" t="s">
+        <v>2258</v>
+      </c>
+      <c r="B849" s="34" t="s">
+        <v>2515</v>
+      </c>
+      <c r="C849" s="24" t="s">
+        <v>2164</v>
+      </c>
+      <c r="D849" s="57">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="850" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A850" s="53" t="s">
+        <v>2257</v>
+      </c>
+      <c r="B850" s="30" t="s">
+        <v>2610</v>
+      </c>
+      <c r="C850" s="24" t="s">
+        <v>1688</v>
+      </c>
+      <c r="D850" s="54">
+        <v>46115</v>
+      </c>
+    </row>
+    <row r="851" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A851" s="53" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B851" s="30" t="s">
+        <v>1690</v>
+      </c>
+      <c r="C851" s="24" t="s">
+        <v>2165</v>
+      </c>
+      <c r="D851" s="54">
+        <v>46115</v>
+      </c>
+    </row>
+    <row r="852" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A852" s="53" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B852" s="30" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C852" s="24" t="s">
+        <v>1691</v>
+      </c>
+      <c r="D852" s="54">
+        <v>46118</v>
+      </c>
+    </row>
+    <row r="853" spans="1:4" ht="217.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A853" s="53" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B853" s="30" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C853" s="24" t="s">
+        <v>796</v>
+      </c>
+      <c r="D853" s="38">
+        <v>46115</v>
+      </c>
+    </row>
+    <row r="854" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A854" s="16" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B854" s="25" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C854" s="24" t="s">
+        <v>3475</v>
+      </c>
+      <c r="D854" s="33">
+        <v>46289</v>
+      </c>
+    </row>
+    <row r="855" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A855" s="15" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B855" s="24" t="s">
+        <v>292</v>
+      </c>
+      <c r="C855" s="24" t="s">
+        <v>1698</v>
+      </c>
+      <c r="D855" s="33">
+        <v>46139</v>
+      </c>
+    </row>
+    <row r="856" spans="1:4" ht="166.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A856" s="13" t="s">
+        <v>165</v>
+      </c>
+      <c r="B856" s="24" t="s">
+        <v>166</v>
+      </c>
+      <c r="C856" s="24" t="s">
+        <v>1700</v>
+      </c>
+      <c r="D856" s="38">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="857" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A857" s="53" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B857" s="30" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C857" s="24" t="s">
+        <v>2166</v>
+      </c>
+      <c r="D857" s="54">
+        <v>46123</v>
+      </c>
+    </row>
+    <row r="858" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A858" s="15" t="s">
+        <v>1703</v>
+      </c>
+      <c r="B858" s="24" t="s">
+        <v>1704</v>
+      </c>
+      <c r="C858" s="24" t="s">
+        <v>1705</v>
+      </c>
+      <c r="D858" s="33">
+        <v>46116</v>
+      </c>
+    </row>
+    <row r="859" spans="1:4" ht="255" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A859" s="16" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B859" s="24" t="s">
+        <v>957</v>
+      </c>
+      <c r="C859" s="24" t="s">
+        <v>1707</v>
+      </c>
+      <c r="D859" s="33">
+        <v>46128</v>
+      </c>
+    </row>
+    <row r="860" spans="1:4" ht="143.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A860" s="53" t="s">
+        <v>2546</v>
+      </c>
+      <c r="B860" s="30" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C860" s="24" t="s">
+        <v>2167</v>
+      </c>
+      <c r="D860" s="57">
+        <v>46130</v>
+      </c>
+    </row>
+    <row r="861" spans="1:4" ht="409.6" x14ac:dyDescent="0.3">
+      <c r="A861" s="16" t="s">
+        <v>2548</v>
+      </c>
+      <c r="B861" s="24" t="s">
+        <v>957</v>
+      </c>
+      <c r="C861" s="24" t="s">
+        <v>1707</v>
+      </c>
+      <c r="D861" s="33">
+        <v>46134</v>
+      </c>
+    </row>
+    <row r="862" spans="1:4" ht="244.8" x14ac:dyDescent="0.3">
+      <c r="A862" s="53" t="s">
+        <v>2547</v>
+      </c>
+      <c r="B862" s="55" t="s">
+        <v>1709</v>
+      </c>
+      <c r="C862" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="D862" s="54">
+        <v>46129</v>
+      </c>
+    </row>
+    <row r="863" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A863" s="53" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B863" s="35" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C863" s="24" t="s">
+        <v>2168</v>
+      </c>
+      <c r="D863" s="33">
+        <v>46137</v>
+      </c>
+    </row>
+    <row r="864" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A864" s="53" t="s">
+        <v>1712</v>
+      </c>
+      <c r="B864" s="55" t="s">
+        <v>1713</v>
+      </c>
+      <c r="C864" s="24" t="s">
+        <v>2169</v>
+      </c>
+      <c r="D864" s="38">
+        <v>46137</v>
+      </c>
+    </row>
+    <row r="865" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A865" s="64" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B865" s="46" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C865" s="24" t="s">
+        <v>1715</v>
+      </c>
+      <c r="D865" s="38">
+        <v>46138</v>
+      </c>
+    </row>
+    <row r="866" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A866" s="53" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B866" s="55" t="s">
+        <v>1717</v>
+      </c>
+      <c r="C866" s="24" t="s">
+        <v>1718</v>
+      </c>
+      <c r="D866" s="33">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="867" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A867" s="64" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B867" s="46" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C867" s="24" t="s">
+        <v>2170</v>
+      </c>
+      <c r="D867" s="38">
+        <v>46148</v>
+      </c>
+    </row>
+    <row r="868" spans="1:4" ht="81.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A868" s="53" t="s">
+        <v>2420</v>
+      </c>
+      <c r="B868" s="30" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C868" s="24" t="s">
+        <v>2171</v>
+      </c>
+      <c r="D868" s="38">
+        <v>46149</v>
+      </c>
+    </row>
+    <row r="869" spans="1:4" ht="102" x14ac:dyDescent="0.3">
+      <c r="A869" s="53" t="s">
+        <v>1721</v>
+      </c>
+      <c r="B869" s="30" t="s">
+        <v>1722</v>
+      </c>
+      <c r="C869" s="24" t="s">
+        <v>2172</v>
+      </c>
+      <c r="D869" s="54">
+        <v>46101</v>
+      </c>
+    </row>
+    <row r="870" spans="1:4" ht="212.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A870" s="53" t="s">
+        <v>2421</v>
+      </c>
+      <c r="B870" s="30" t="s">
+        <v>1723</v>
+      </c>
+      <c r="C870" s="24" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D870" s="38">
+        <v>46158</v>
+      </c>
+    </row>
+    <row r="871" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A871" s="53" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B871" s="30" t="s">
+        <v>905</v>
+      </c>
+      <c r="C871" s="24" t="s">
+        <v>2173</v>
+      </c>
+      <c r="D871" s="33">
+        <v>46167</v>
+      </c>
+    </row>
+    <row r="872" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A872" s="53" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B872" s="30" t="s">
+        <v>1727</v>
+      </c>
+      <c r="C872" s="24" t="s">
+        <v>3385</v>
+      </c>
+      <c r="D872" s="33">
+        <v>46166</v>
+      </c>
+    </row>
+    <row r="873" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A873" s="53" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B873" s="30" t="s">
+        <v>1729</v>
+      </c>
+      <c r="C873" s="24" t="s">
+        <v>1730</v>
+      </c>
+      <c r="D873" s="33">
+        <v>46167</v>
+      </c>
+    </row>
+    <row r="874" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A874" s="53" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B874" s="46" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C874" s="24" t="s">
+        <v>2174</v>
+      </c>
+      <c r="D874" s="33">
+        <v>46171</v>
+      </c>
+    </row>
+    <row r="875" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A875" s="53" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B875" s="30" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C875" s="24" t="s">
+        <v>2175</v>
+      </c>
+      <c r="D875" s="33">
+        <v>46170</v>
+      </c>
+    </row>
+    <row r="876" spans="1:4" ht="131.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A876" s="15" t="s">
+        <v>2631</v>
+      </c>
+      <c r="B876" s="34" t="s">
+        <v>2630</v>
+      </c>
+      <c r="C876" s="24" t="s">
+        <v>2176</v>
+      </c>
+      <c r="D876" s="33">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="877" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A877" s="53" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B877" s="30" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C877" s="24" t="s">
+        <v>1737</v>
+      </c>
+      <c r="D877" s="33">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="878" spans="1:4" ht="131.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A878" s="53" t="s">
+        <v>2314</v>
+      </c>
+      <c r="B878" s="30" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C878" s="24" t="s">
+        <v>2177</v>
+      </c>
+      <c r="D878" s="38">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="879" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A879" s="53" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B879" s="30" t="s">
+        <v>1740</v>
+      </c>
+      <c r="C879" s="24" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D879" s="38">
+        <v>46192</v>
+      </c>
+    </row>
+    <row r="880" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A880" s="53" t="s">
+        <v>2436</v>
+      </c>
+      <c r="B880" s="30" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C880" s="24" t="s">
+        <v>1743</v>
+      </c>
+      <c r="D880" s="33">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="881" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A881" s="53" t="s">
+        <v>3111</v>
+      </c>
+      <c r="B881" s="30" t="s">
+        <v>1768</v>
+      </c>
+      <c r="C881" s="24" t="s">
+        <v>1769</v>
+      </c>
+      <c r="D881" s="38">
+        <v>46200</v>
+      </c>
+    </row>
+    <row r="882" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A882" s="53" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B882" s="24" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C882" s="24" t="s">
+        <v>1772</v>
+      </c>
+      <c r="D882" s="38">
+        <v>46199</v>
+      </c>
+    </row>
+    <row r="883" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A883" s="53" t="s">
+        <v>1773</v>
+      </c>
+      <c r="B883" s="24" t="s">
+        <v>1774</v>
+      </c>
+      <c r="C883" s="24" t="s">
+        <v>1772</v>
+      </c>
+      <c r="D883" s="38">
+        <v>46199</v>
+      </c>
+    </row>
+    <row r="884" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A884" s="53" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B884" s="30" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C884" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D884" s="38">
+        <v>46176</v>
+      </c>
+    </row>
+    <row r="885" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A885" s="16" t="s">
+        <v>2367</v>
+      </c>
+      <c r="B885" s="24" t="s">
+        <v>190</v>
+      </c>
+      <c r="C885" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D885" s="38">
+        <v>46144</v>
+      </c>
+    </row>
+    <row r="886" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A886" s="15" t="s">
+        <v>1780</v>
+      </c>
+      <c r="B886" s="24" t="s">
+        <v>2881</v>
+      </c>
+      <c r="C886" s="24" t="s">
+        <v>458</v>
+      </c>
+      <c r="D886" s="38">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="887" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A887" s="61" t="s">
+        <v>1781</v>
+      </c>
+      <c r="B887" s="25" t="s">
+        <v>1782</v>
+      </c>
+      <c r="C887" s="24" t="s">
+        <v>1783</v>
+      </c>
+      <c r="D887" s="33">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="888" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A888" s="53" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B888" s="55" t="s">
+        <v>1786</v>
+      </c>
+      <c r="C888" s="24" t="s">
+        <v>3386</v>
+      </c>
+      <c r="D888" s="38">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="889" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A889" s="53" t="s">
+        <v>2222</v>
+      </c>
+      <c r="B889" s="30" t="s">
+        <v>3039</v>
+      </c>
+      <c r="C889" s="24" t="s">
+        <v>2178</v>
+      </c>
+      <c r="D889" s="38">
+        <v>46236</v>
+      </c>
+    </row>
+    <row r="890" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A890" s="53" t="s">
+        <v>1787</v>
+      </c>
+      <c r="B890" s="30" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C890" s="24" t="s">
+        <v>2179</v>
+      </c>
+      <c r="D890" s="54">
+        <v>46355</v>
+      </c>
+    </row>
+    <row r="891" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A891" s="53" t="s">
+        <v>2223</v>
+      </c>
+      <c r="B891" s="30" t="s">
+        <v>1789</v>
+      </c>
+      <c r="C891" s="24" t="s">
+        <v>442</v>
+      </c>
+      <c r="D891" s="38">
+        <v>46296</v>
+      </c>
+    </row>
+    <row r="892" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A892" s="15" t="s">
+        <v>1790</v>
+      </c>
+      <c r="B892" s="24" t="s">
+        <v>1791</v>
+      </c>
+      <c r="C892" s="24" t="s">
+        <v>2180</v>
+      </c>
+      <c r="D892" s="33">
+        <v>46305</v>
+      </c>
+    </row>
+    <row r="893" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A893" s="53" t="s">
+        <v>1793</v>
+      </c>
+      <c r="B893" s="55" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C893" s="24" t="s">
+        <v>430</v>
+      </c>
+      <c r="D893" s="33">
         <v>46220</v>
       </c>
     </row>
-    <row r="772" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C772" s="72" t="s">
+    <row r="894" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A894" s="53" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B894" s="55" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C894" s="24" t="s">
+        <v>1796</v>
+      </c>
+      <c r="D894" s="57">
+        <v>46222</v>
+      </c>
+    </row>
+    <row r="895" spans="1:4" ht="271.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A895" s="14" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B895" s="25" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C895" s="24" t="s">
+        <v>2181</v>
+      </c>
+      <c r="D895" s="33">
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="896" spans="1:4" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A896" s="53" t="s">
+        <v>2402</v>
+      </c>
+      <c r="B896" s="55" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C896" s="24" t="s">
+        <v>2182</v>
+      </c>
+      <c r="D896" s="33">
+        <v>46103</v>
+      </c>
+    </row>
+    <row r="897" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A897" s="53" t="s">
+        <v>1800</v>
+      </c>
+      <c r="B897" s="30" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C897" s="24" t="s">
+        <v>2183</v>
+      </c>
+      <c r="D897" s="38">
+        <v>46233</v>
+      </c>
+    </row>
+    <row r="898" spans="1:4" ht="108.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A898" s="65" t="s">
+        <v>2933</v>
+      </c>
+      <c r="B898" s="25" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C898" s="24" t="s">
+        <v>2184</v>
+      </c>
+      <c r="D898" s="57">
+        <v>46233</v>
+      </c>
+    </row>
+    <row r="899" spans="1:4" ht="366.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A899" s="14" t="s">
+        <v>1806</v>
+      </c>
+      <c r="B899" s="25" t="s">
+        <v>1804</v>
+      </c>
+      <c r="C899" s="24" t="s">
+        <v>1805</v>
+      </c>
+      <c r="D899" s="33">
+        <v>46212</v>
+      </c>
+    </row>
+    <row r="900" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A900" s="53" t="s">
+        <v>1807</v>
+      </c>
+      <c r="B900" s="24" t="s">
+        <v>1808</v>
+      </c>
+      <c r="C900" s="24" t="s">
+        <v>1809</v>
+      </c>
+      <c r="D900" s="57">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="901" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A901" s="53" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B901" s="35" t="s">
+        <v>1811</v>
+      </c>
+      <c r="C901" s="24" t="s">
+        <v>2185</v>
+      </c>
+      <c r="D901" s="33">
+        <v>46240</v>
+      </c>
+    </row>
+    <row r="902" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A902" s="53" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B902" s="30" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C902" s="24" t="s">
+        <v>2186</v>
+      </c>
+      <c r="D902" s="33">
+        <v>46242</v>
+      </c>
+    </row>
+    <row r="903" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A903" s="53" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B903" s="30" t="s">
+        <v>1815</v>
+      </c>
+      <c r="C903" s="24" t="s">
+        <v>1592</v>
+      </c>
+      <c r="D903" s="33">
+        <v>46250</v>
+      </c>
+    </row>
+    <row r="904" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A904" s="53" t="s">
+        <v>1816</v>
+      </c>
+      <c r="B904" s="25" t="s">
+        <v>3093</v>
+      </c>
+      <c r="C904" s="24" t="s">
+        <v>1817</v>
+      </c>
+      <c r="D904" s="33">
+        <v>46248</v>
+      </c>
+    </row>
+    <row r="905" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A905" s="53" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B905" s="55" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C905" s="24" t="s">
+        <v>2187</v>
+      </c>
+      <c r="D905" s="33">
+        <v>46062</v>
+      </c>
+    </row>
+    <row r="906" spans="1:4" ht="409.6" x14ac:dyDescent="0.3">
+      <c r="A906" s="53" t="s">
+        <v>2459</v>
+      </c>
+      <c r="B906" s="55" t="s">
+        <v>1820</v>
+      </c>
+      <c r="C906" s="24" t="s">
+        <v>2188</v>
+      </c>
+      <c r="D906" s="33">
+        <v>46112</v>
+      </c>
+    </row>
+    <row r="907" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A907" s="13" t="s">
+        <v>1821</v>
+      </c>
+      <c r="B907" s="25" t="s">
+        <v>1822</v>
+      </c>
+      <c r="C907" s="24" t="s">
+        <v>2189</v>
+      </c>
+      <c r="D907" s="33">
+        <v>46262</v>
+      </c>
+    </row>
+    <row r="908" spans="1:4" ht="39" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A908" s="18" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B908" s="24" t="s">
+        <v>1826</v>
+      </c>
+      <c r="C908" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D908" s="33">
+        <v>46259</v>
+      </c>
+    </row>
+    <row r="909" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A909" s="53" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B909" s="35" t="s">
+        <v>1829</v>
+      </c>
+      <c r="C909" s="24" t="s">
+        <v>1830</v>
+      </c>
+      <c r="D909" s="33">
+        <v>46271</v>
+      </c>
+    </row>
+    <row r="910" spans="1:4" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A910" s="16" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B910" s="24" t="s">
+        <v>190</v>
+      </c>
+      <c r="C910" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D910" s="38">
+        <v>46269</v>
+      </c>
+    </row>
+    <row r="911" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A911" s="53" t="s">
+        <v>2273</v>
+      </c>
+      <c r="B911" s="55" t="s">
+        <v>1831</v>
+      </c>
+      <c r="C911" s="24" t="s">
         <v>2190</v>
       </c>
-      <c r="D772" s="38">
-[...66 lines deleted...]
-      <c r="C777" s="72" t="s">
+      <c r="D911" s="38">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="912" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A912" s="13" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B912" s="25" t="s">
+        <v>650</v>
+      </c>
+      <c r="C912" s="24" t="s">
+        <v>3314</v>
+      </c>
+      <c r="D912" s="38">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="913" spans="1:4" ht="102" x14ac:dyDescent="0.3">
+      <c r="A913" s="53" t="s">
+        <v>2265</v>
+      </c>
+      <c r="B913" s="30" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C913" s="24" t="s">
+        <v>1838</v>
+      </c>
+      <c r="D913" s="38">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="914" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A914" s="13" t="s">
+        <v>1839</v>
+      </c>
+      <c r="B914" s="25" t="s">
+        <v>650</v>
+      </c>
+      <c r="C914" s="24" t="s">
         <v>2191</v>
       </c>
-      <c r="D777" s="38">
-[...10 lines deleted...]
-      <c r="C778" s="72" t="s">
+      <c r="D914" s="57">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="915" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A915" s="13" t="s">
+        <v>1840</v>
+      </c>
+      <c r="B915" s="25" t="s">
+        <v>1841</v>
+      </c>
+      <c r="C915" s="24" t="s">
+        <v>1842</v>
+      </c>
+      <c r="D915" s="33">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="916" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A916" s="15" t="s">
+        <v>1843</v>
+      </c>
+      <c r="B916" s="24" t="s">
+        <v>1844</v>
+      </c>
+      <c r="C916" s="24" t="s">
+        <v>71</v>
+      </c>
+      <c r="D916" s="33">
+        <v>46102</v>
+      </c>
+    </row>
+    <row r="917" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A917" s="53" t="s">
+        <v>1845</v>
+      </c>
+      <c r="B917" s="30" t="s">
+        <v>1846</v>
+      </c>
+      <c r="C917" s="24" t="s">
         <v>2192</v>
       </c>
-      <c r="D778" s="38">
-[...24 lines deleted...]
-      <c r="C780" s="72" t="s">
+      <c r="D917" s="57">
+        <v>46290</v>
+      </c>
+    </row>
+    <row r="918" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A918" s="53" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B918" s="30" t="s">
+        <v>1848</v>
+      </c>
+      <c r="C918" s="24" t="s">
+        <v>1849</v>
+      </c>
+      <c r="D918" s="57">
+        <v>46297</v>
+      </c>
+    </row>
+    <row r="919" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A919" s="53" t="s">
+        <v>1850</v>
+      </c>
+      <c r="B919" s="30" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C919" s="24" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D919" s="57">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="920" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A920" s="53" t="s">
+        <v>1852</v>
+      </c>
+      <c r="B920" s="30" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C920" s="24" t="s">
+        <v>1853</v>
+      </c>
+      <c r="D920" s="57">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="921" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A921" s="53" t="s">
+        <v>1854</v>
+      </c>
+      <c r="B921" s="30" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C921" s="24" t="s">
+        <v>1855</v>
+      </c>
+      <c r="D921" s="57">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="922" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A922" s="53" t="s">
+        <v>1856</v>
+      </c>
+      <c r="B922" s="30" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C922" s="24" t="s">
         <v>2193</v>
       </c>
-      <c r="D780" s="38">
-[...18 lines deleted...]
-      <c r="A782" s="15" t="s">
+      <c r="D922" s="57">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="923" spans="1:4" ht="246" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A923" s="53" t="s">
+        <v>3134</v>
+      </c>
+      <c r="B923" s="30" t="s">
+        <v>1857</v>
+      </c>
+      <c r="C923" s="94" t="s">
+        <v>3135</v>
+      </c>
+      <c r="D923" s="54">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="924" spans="1:4" ht="211.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A924" s="15" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B924" s="34" t="s">
+        <v>3218</v>
+      </c>
+      <c r="C924" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D924" s="38">
+        <v>46278</v>
+      </c>
+    </row>
+    <row r="925" spans="1:4" ht="59.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A925" s="68" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B925" s="25" t="s">
+        <v>1860</v>
+      </c>
+      <c r="C925" s="24" t="s">
+        <v>1861</v>
+      </c>
+      <c r="D925" s="38">
+        <v>46298</v>
+      </c>
+    </row>
+    <row r="926" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A926" s="53" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B926" s="30" t="s">
+        <v>1863</v>
+      </c>
+      <c r="C926" s="24" t="s">
+        <v>2194</v>
+      </c>
+      <c r="D926" s="54">
+        <v>46299</v>
+      </c>
+    </row>
+    <row r="927" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+      <c r="A927" s="53" t="s">
+        <v>3049</v>
+      </c>
+      <c r="B927" s="30" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C927" s="24" t="s">
+        <v>3476</v>
+      </c>
+      <c r="D927" s="57">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="928" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A928" s="53" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B928" s="30" t="s">
+        <v>1868</v>
+      </c>
+      <c r="C928" s="24" t="s">
+        <v>2195</v>
+      </c>
+      <c r="D928" s="57">
+        <v>46309</v>
+      </c>
+    </row>
+    <row r="929" spans="1:5" ht="51" x14ac:dyDescent="0.3">
+      <c r="A929" s="53" t="s">
+        <v>2462</v>
+      </c>
+      <c r="B929" s="30" t="s">
+        <v>1869</v>
+      </c>
+      <c r="C929" s="24" t="s">
+        <v>2196</v>
+      </c>
+      <c r="D929" s="54">
+        <v>46309</v>
+      </c>
+    </row>
+    <row r="930" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A930" s="53" t="s">
+        <v>1870</v>
+      </c>
+      <c r="B930" s="46" t="s">
+        <v>1871</v>
+      </c>
+      <c r="C930" s="24" t="s">
+        <v>2197</v>
+      </c>
+      <c r="D930" s="54">
+        <v>46311</v>
+      </c>
+    </row>
+    <row r="931" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A931" s="53" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B931" s="30" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C931" s="24" t="s">
+        <v>2013</v>
+      </c>
+      <c r="D931" s="69">
+        <v>46347</v>
+      </c>
+    </row>
+    <row r="932" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A932" s="53" t="s">
+        <v>1874</v>
+      </c>
+      <c r="B932" s="55" t="s">
+        <v>1875</v>
+      </c>
+      <c r="C932" s="24" t="s">
+        <v>961</v>
+      </c>
+      <c r="D932" s="38">
+        <v>46316</v>
+      </c>
+    </row>
+    <row r="933" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A933" s="53" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B933" s="30" t="s">
+        <v>3240</v>
+      </c>
+      <c r="C933" s="24" t="s">
+        <v>1877</v>
+      </c>
+      <c r="D933" s="54">
+        <v>46316</v>
+      </c>
+    </row>
+    <row r="934" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A934" s="53" t="s">
+        <v>1878</v>
+      </c>
+      <c r="B934" s="30" t="s">
+        <v>1879</v>
+      </c>
+      <c r="C934" s="24" t="s">
+        <v>1880</v>
+      </c>
+      <c r="D934" s="54">
+        <v>46319</v>
+      </c>
+    </row>
+    <row r="935" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A935" s="53" t="s">
+        <v>1881</v>
+      </c>
+      <c r="B935" s="30" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C935" s="24" t="s">
+        <v>2198</v>
+      </c>
+      <c r="D935" s="54">
+        <v>46319</v>
+      </c>
+    </row>
+    <row r="936" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A936" s="56" t="s">
+        <v>1883</v>
+      </c>
+      <c r="B936" s="55" t="s">
+        <v>1884</v>
+      </c>
+      <c r="C936" s="24" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D936" s="57">
+        <v>46320</v>
+      </c>
+    </row>
+    <row r="937" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A937" s="53" t="s">
+        <v>1887</v>
+      </c>
+      <c r="B937" s="55" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C937" s="24" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D937" s="54">
+        <v>46325</v>
+      </c>
+    </row>
+    <row r="938" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A938" s="53" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B938" s="30" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C938" s="24" t="s">
+        <v>1892</v>
+      </c>
+      <c r="D938" s="54">
+        <v>46325</v>
+      </c>
+    </row>
+    <row r="939" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A939" s="53" t="s">
+        <v>3089</v>
+      </c>
+      <c r="B939" s="30" t="s">
+        <v>1893</v>
+      </c>
+      <c r="C939" s="24" t="s">
+        <v>1894</v>
+      </c>
+      <c r="D939" s="54">
+        <v>46325</v>
+      </c>
+    </row>
+    <row r="940" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A940" s="53" t="s">
+        <v>1895</v>
+      </c>
+      <c r="B940" s="25" t="s">
+        <v>1896</v>
+      </c>
+      <c r="C940" s="24" t="s">
+        <v>2199</v>
+      </c>
+      <c r="D940" s="38">
+        <v>46313</v>
+      </c>
+    </row>
+    <row r="941" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A941" s="53" t="s">
+        <v>2351</v>
+      </c>
+      <c r="B941" s="25" t="s">
+        <v>2200</v>
+      </c>
+      <c r="C941" s="24" t="s">
+        <v>2201</v>
+      </c>
+      <c r="D941" s="33">
+        <v>46366</v>
+      </c>
+    </row>
+    <row r="942" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A942" s="53" t="s">
+        <v>2202</v>
+      </c>
+      <c r="B942" s="25" t="s">
+        <v>3137</v>
+      </c>
+      <c r="C942" s="24" t="s">
+        <v>2060</v>
+      </c>
+      <c r="D942" s="54">
+        <v>46269</v>
+      </c>
+    </row>
+    <row r="943" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A943" s="13" t="s">
+        <v>2209</v>
+      </c>
+      <c r="B943" s="24" t="s">
+        <v>2210</v>
+      </c>
+      <c r="C943" s="24" t="s">
+        <v>3387</v>
+      </c>
+      <c r="D943" s="33">
+        <v>46253</v>
+      </c>
+    </row>
+    <row r="944" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A944" s="53" t="s">
+        <v>2212</v>
+      </c>
+      <c r="B944" s="30" t="s">
+        <v>2213</v>
+      </c>
+      <c r="C944" s="86" t="s">
+        <v>2214</v>
+      </c>
+      <c r="D944" s="54">
+        <v>46335</v>
+      </c>
+      <c r="E944" s="87"/>
+    </row>
+    <row r="945" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A945" s="53" t="s">
+        <v>2220</v>
+      </c>
+      <c r="B945" s="24" t="s">
+        <v>2221</v>
+      </c>
+      <c r="C945" s="88" t="s">
+        <v>3388</v>
+      </c>
+      <c r="D945" s="33">
+        <v>46334</v>
+      </c>
+    </row>
+    <row r="946" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A946" s="53" t="s">
+        <v>2228</v>
+      </c>
+      <c r="B946" s="30" t="s">
+        <v>2229</v>
+      </c>
+      <c r="C946" s="86" t="s">
+        <v>3583</v>
+      </c>
+      <c r="D946" s="54">
+        <v>46337</v>
+      </c>
+    </row>
+    <row r="947" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A947" s="53" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B947" s="30" t="s">
+        <v>2278</v>
+      </c>
+      <c r="C947" s="86" t="s">
+        <v>3477</v>
+      </c>
+      <c r="D947" s="54">
+        <v>46352</v>
+      </c>
+    </row>
+    <row r="948" spans="1:5" ht="84.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A948" s="14" t="s">
+        <v>2281</v>
+      </c>
+      <c r="B948" s="25" t="s">
+        <v>2279</v>
+      </c>
+      <c r="C948" s="24" t="s">
+        <v>2280</v>
+      </c>
+      <c r="D948" s="33">
+        <v>46352</v>
+      </c>
+    </row>
+    <row r="949" spans="1:5" ht="102" x14ac:dyDescent="0.3">
+      <c r="A949" s="13" t="s">
+        <v>2285</v>
+      </c>
+      <c r="B949" s="55" t="s">
+        <v>2284</v>
+      </c>
+      <c r="C949" s="24" t="s">
+        <v>3478</v>
+      </c>
+      <c r="D949" s="33">
+        <v>46355</v>
+      </c>
+    </row>
+    <row r="950" spans="1:5" ht="245.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A950" s="53" t="s">
+        <v>2290</v>
+      </c>
+      <c r="B950" s="91" t="s">
+        <v>534</v>
+      </c>
+      <c r="C950" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D950" s="54">
+        <v>46360</v>
+      </c>
+    </row>
+    <row r="951" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A951" s="15" t="s">
+        <v>2294</v>
+      </c>
+      <c r="B951" s="24" t="s">
+        <v>190</v>
+      </c>
+      <c r="C951" s="92" t="s">
+        <v>2295</v>
+      </c>
+      <c r="D951" s="38">
+        <v>46269</v>
+      </c>
+    </row>
+    <row r="952" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A952" s="53" t="s">
+        <v>2302</v>
+      </c>
+      <c r="B952" s="55" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C952" s="88" t="s">
+        <v>2301</v>
+      </c>
+      <c r="D952" s="57">
+        <v>46361</v>
+      </c>
+    </row>
+    <row r="953" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A953" s="53" t="s">
+        <v>2315</v>
+      </c>
+      <c r="B953" s="30" t="s">
+        <v>2316</v>
+      </c>
+      <c r="C953" s="86" t="s">
+        <v>2317</v>
+      </c>
+      <c r="D953" s="57">
+        <v>46331</v>
+      </c>
+    </row>
+    <row r="954" spans="1:5" ht="51" x14ac:dyDescent="0.3">
+      <c r="A954" s="53" t="s">
+        <v>2319</v>
+      </c>
+      <c r="B954" s="30" t="s">
+        <v>2318</v>
+      </c>
+      <c r="C954" s="86" t="s">
+        <v>2317</v>
+      </c>
+      <c r="D954" s="57">
+        <v>46331</v>
+      </c>
+    </row>
+    <row r="955" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A955" s="53" t="s">
+        <v>2320</v>
+      </c>
+      <c r="B955" s="30" t="s">
+        <v>2321</v>
+      </c>
+      <c r="C955" s="86" t="s">
+        <v>2325</v>
+      </c>
+      <c r="D955" s="57">
+        <v>46110</v>
+      </c>
+    </row>
+    <row r="956" spans="1:5" ht="397.8" x14ac:dyDescent="0.3">
+      <c r="A956" s="61" t="s">
+        <v>2326</v>
+      </c>
+      <c r="B956" s="30" t="s">
+        <v>353</v>
+      </c>
+      <c r="C956" s="86" t="s">
+        <v>23</v>
+      </c>
+      <c r="D956" s="33">
+        <v>46367</v>
+      </c>
+    </row>
+    <row r="957" spans="1:5" ht="142.80000000000001" x14ac:dyDescent="0.3">
+      <c r="A957" s="53" t="s">
+        <v>2329</v>
+      </c>
+      <c r="B957" s="30" t="s">
+        <v>2327</v>
+      </c>
+      <c r="C957" s="86" t="s">
         <v>2328</v>
       </c>
-      <c r="B782" s="30" t="s">
-[...808 lines deleted...]
-      <c r="A840" s="53" t="s">
+      <c r="D957" s="33">
+        <v>46367</v>
+      </c>
+      <c r="E957" s="87"/>
+    </row>
+    <row r="958" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A958" s="53" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B958" s="30" t="s">
+        <v>2332</v>
+      </c>
+      <c r="C958" s="86" t="s">
+        <v>3479</v>
+      </c>
+      <c r="D958" s="33">
+        <v>46367</v>
+      </c>
+      <c r="E958" s="87"/>
+    </row>
+    <row r="959" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A959" s="53" t="s">
+        <v>2337</v>
+      </c>
+      <c r="B959" s="30" t="s">
+        <v>2336</v>
+      </c>
+      <c r="C959" s="86" t="s">
+        <v>2338</v>
+      </c>
+      <c r="D959" s="33">
+        <v>46369</v>
+      </c>
+    </row>
+    <row r="960" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A960" s="53" t="s">
+        <v>2339</v>
+      </c>
+      <c r="B960" s="55" t="s">
+        <v>2340</v>
+      </c>
+      <c r="C960" s="94" t="s">
+        <v>296</v>
+      </c>
+      <c r="D960" s="38">
+        <v>46374</v>
+      </c>
+      <c r="E960" s="93"/>
+    </row>
+    <row r="961" spans="1:5" ht="91.8" x14ac:dyDescent="0.3">
+      <c r="A961" s="53" t="s">
+        <v>2342</v>
+      </c>
+      <c r="B961" s="30" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C961" s="94" t="s">
+        <v>2341</v>
+      </c>
+      <c r="D961" s="33">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="962" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A962" s="13" t="s">
         <v>2343</v>
       </c>
-      <c r="B840" s="30" t="s">
-[...1494 lines deleted...]
-      <c r="A947" s="15" t="s">
+      <c r="B962" s="24" t="s">
+        <v>2344</v>
+      </c>
+      <c r="C962" s="24" t="s">
+        <v>2345</v>
+      </c>
+      <c r="D962" s="33">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="963" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A963" s="53" t="s">
+        <v>2346</v>
+      </c>
+      <c r="B963" s="55" t="s">
+        <v>2347</v>
+      </c>
+      <c r="C963" s="86" t="s">
         <v>2348</v>
       </c>
-      <c r="B947" s="34" t="s">
-[...233 lines deleted...]
-    <row r="964" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="D963" s="57">
+        <v>46373</v>
+      </c>
+      <c r="E963" s="87"/>
+    </row>
+    <row r="964" spans="1:5" ht="51" x14ac:dyDescent="0.3">
       <c r="A964" s="53" t="s">
-        <v>2439</v>
-[...5 lines deleted...]
-        <v>2272</v>
+        <v>2355</v>
+      </c>
+      <c r="B964" s="46" t="s">
+        <v>2353</v>
+      </c>
+      <c r="C964" s="86" t="s">
+        <v>2354</v>
       </c>
       <c r="D964" s="33">
         <v>46009</v>
       </c>
     </row>
-    <row r="965" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+    <row r="965" spans="1:5" ht="51" x14ac:dyDescent="0.3">
       <c r="A965" s="53" t="s">
-        <v>2273</v>
-[...25 lines deleted...]
-    <row r="967" spans="1:5" x14ac:dyDescent="0.25">
+        <v>2844</v>
+      </c>
+      <c r="B965" s="30" t="s">
+        <v>2356</v>
+      </c>
+      <c r="C965" s="88" t="s">
+        <v>3389</v>
+      </c>
+      <c r="D965" s="33">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="966" spans="1:5" ht="91.8" x14ac:dyDescent="0.3">
+      <c r="A966" s="14" t="s">
+        <v>2360</v>
+      </c>
+      <c r="B966" s="35" t="s">
+        <v>2359</v>
+      </c>
+      <c r="C966" s="88" t="s">
+        <v>3390</v>
+      </c>
+      <c r="D966" s="57">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="967" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
       <c r="A967" s="53" t="s">
-        <v>2285</v>
+        <v>2362</v>
       </c>
       <c r="B967" s="30" t="s">
-        <v>2286</v>
-[...9 lines deleted...]
-    <row r="968" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+        <v>2361</v>
+      </c>
+      <c r="C967" s="86" t="s">
+        <v>3391</v>
+      </c>
+      <c r="D967" s="33">
+        <v>46375</v>
+      </c>
+    </row>
+    <row r="968" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A968" s="53" t="s">
-        <v>2294</v>
-[...5 lines deleted...]
-        <v>3493</v>
+        <v>2365</v>
+      </c>
+      <c r="B968" s="30" t="s">
+        <v>2366</v>
+      </c>
+      <c r="C968" s="86" t="s">
+        <v>3392</v>
       </c>
       <c r="D968" s="33">
-        <v>46334</v>
-[...2 lines deleted...]
-    <row r="969" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+        <v>46375</v>
+      </c>
+    </row>
+    <row r="969" spans="1:5" ht="102" x14ac:dyDescent="0.3">
       <c r="A969" s="53" t="s">
-        <v>2302</v>
+        <v>2376</v>
       </c>
       <c r="B969" s="30" t="s">
-        <v>2303</v>
-[...8 lines deleted...]
-    <row r="970" spans="1:5" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2375</v>
+      </c>
+      <c r="C969" s="86" t="s">
+        <v>1415</v>
+      </c>
+      <c r="D969" s="38">
+        <v>46063</v>
+      </c>
+    </row>
+    <row r="970" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A970" s="53" t="s">
-        <v>2340</v>
+        <v>2383</v>
       </c>
       <c r="B970" s="30" t="s">
-        <v>2341</v>
-[...8 lines deleted...]
-    <row r="971" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+        <v>2384</v>
+      </c>
+      <c r="C970" s="86" t="s">
+        <v>2385</v>
+      </c>
+      <c r="D970" s="33">
+        <v>46383</v>
+      </c>
+    </row>
+    <row r="971" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
       <c r="A971" s="53" t="s">
+        <v>2387</v>
+      </c>
+      <c r="B971" s="30" t="s">
+        <v>2386</v>
+      </c>
+      <c r="C971" s="86" t="s">
+        <v>3393</v>
+      </c>
+      <c r="D971" s="33">
+        <v>46386</v>
+      </c>
+      <c r="E971" s="87"/>
+    </row>
+    <row r="972" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A972" s="53" t="s">
+        <v>2391</v>
+      </c>
+      <c r="B972" s="30" t="s">
+        <v>2392</v>
+      </c>
+      <c r="C972" s="86" t="s">
+        <v>3394</v>
+      </c>
+      <c r="D972" s="54">
+        <v>46029</v>
+      </c>
+    </row>
+    <row r="973" spans="1:5" ht="102" x14ac:dyDescent="0.3">
+      <c r="A973" s="53" t="s">
+        <v>2393</v>
+      </c>
+      <c r="B973" s="55" t="s">
+        <v>2394</v>
+      </c>
+      <c r="C973" s="86" t="s">
+        <v>2395</v>
+      </c>
+      <c r="D973" s="54">
+        <v>46028</v>
+      </c>
+    </row>
+    <row r="974" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A974" s="53" t="s">
+        <v>2396</v>
+      </c>
+      <c r="B974" s="30" t="s">
+        <v>2397</v>
+      </c>
+      <c r="C974" s="86" t="s">
+        <v>2398</v>
+      </c>
+      <c r="D974" s="54">
+        <v>46030</v>
+      </c>
+    </row>
+    <row r="975" spans="1:5" ht="290.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A975" s="53" t="s">
+        <v>497</v>
+      </c>
+      <c r="B975" s="95" t="s">
+        <v>2399</v>
+      </c>
+      <c r="C975" s="24" t="s">
+        <v>2400</v>
+      </c>
+      <c r="D975" s="38">
+        <v>46371</v>
+      </c>
+    </row>
+    <row r="976" spans="1:5" ht="102" x14ac:dyDescent="0.3">
+      <c r="A976" s="13" t="s">
+        <v>2403</v>
+      </c>
+      <c r="B976" s="25" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C976" s="88" t="s">
+        <v>3480</v>
+      </c>
+      <c r="D976" s="33">
+        <v>46138</v>
+      </c>
+      <c r="E976" s="87"/>
+    </row>
+    <row r="977" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A977" s="53" t="s">
+        <v>2415</v>
+      </c>
+      <c r="B977" s="30" t="s">
+        <v>2416</v>
+      </c>
+      <c r="C977" s="86" t="s">
+        <v>2417</v>
+      </c>
+      <c r="D977" s="54">
+        <v>46035</v>
+      </c>
+    </row>
+    <row r="978" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A978" s="53" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B978" s="30" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C978" s="86" t="s">
+        <v>2423</v>
+      </c>
+      <c r="D978" s="54">
+        <v>46036</v>
+      </c>
+    </row>
+    <row r="979" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A979" s="53" t="s">
+        <v>3310</v>
+      </c>
+      <c r="B979" s="55" t="s">
+        <v>2424</v>
+      </c>
+      <c r="C979" s="86" t="s">
+        <v>2425</v>
+      </c>
+      <c r="D979" s="54">
+        <v>46035</v>
+      </c>
+    </row>
+    <row r="980" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A980" s="53" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B980" s="30" t="s">
+        <v>2428</v>
+      </c>
+      <c r="C980" s="86" t="s">
+        <v>2429</v>
+      </c>
+      <c r="D980" s="54">
+        <v>46036</v>
+      </c>
+    </row>
+    <row r="981" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A981" s="53" t="s">
+        <v>2430</v>
+      </c>
+      <c r="B981" s="30" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C981" s="94" t="s">
+        <v>2431</v>
+      </c>
+      <c r="D981" s="57">
+        <v>46038</v>
+      </c>
+    </row>
+    <row r="982" spans="1:5" ht="51" x14ac:dyDescent="0.3">
+      <c r="A982" s="53" t="s">
+        <v>3124</v>
+      </c>
+      <c r="B982" s="55" t="s">
+        <v>2434</v>
+      </c>
+      <c r="C982" s="88" t="s">
+        <v>2435</v>
+      </c>
+      <c r="D982" s="33">
+        <v>46039</v>
+      </c>
+    </row>
+    <row r="983" spans="1:5" ht="75.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A983" s="15" t="s">
+        <v>2437</v>
+      </c>
+      <c r="B983" s="24" t="s">
+        <v>2438</v>
+      </c>
+      <c r="C983" s="24" t="s">
+        <v>2439</v>
+      </c>
+      <c r="D983" s="33">
+        <v>46042</v>
+      </c>
+      <c r="E983" s="41"/>
+    </row>
+    <row r="984" spans="1:5" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A984" s="53" t="s">
+        <v>2451</v>
+      </c>
+      <c r="B984" s="55" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C984" s="86" t="s">
         <v>2354</v>
       </c>
-      <c r="B971" s="30" t="s">
-[...192 lines deleted...]
-    <row r="985" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="D984" s="57">
+        <v>46048</v>
+      </c>
+    </row>
+    <row r="985" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A985" s="53" t="s">
-        <v>2419</v>
+        <v>2452</v>
       </c>
       <c r="B985" s="30" t="s">
-        <v>2420</v>
-[...9 lines deleted...]
-    <row r="986" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+        <v>2453</v>
+      </c>
+      <c r="C985" s="86" t="s">
+        <v>76</v>
+      </c>
+      <c r="D985" s="57">
+        <v>46414</v>
+      </c>
+      <c r="E985" s="87"/>
+    </row>
+    <row r="986" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
       <c r="A986" s="53" t="s">
-        <v>2425</v>
+        <v>2456</v>
       </c>
       <c r="B986" s="30" t="s">
-        <v>2424</v>
-[...8 lines deleted...]
-    <row r="987" spans="1:5" x14ac:dyDescent="0.25">
+        <v>2457</v>
+      </c>
+      <c r="C986" s="86" t="s">
+        <v>3481</v>
+      </c>
+      <c r="D986" s="57">
+        <v>46051</v>
+      </c>
+      <c r="E986" s="87"/>
+    </row>
+    <row r="987" spans="1:5" ht="91.8" x14ac:dyDescent="0.3">
       <c r="A987" s="53" t="s">
-        <v>2427</v>
-[...12 lines deleted...]
-    <row r="988" spans="1:5" ht="123.75" x14ac:dyDescent="0.25">
+        <v>3233</v>
+      </c>
+      <c r="B987" s="35" t="s">
+        <v>2460</v>
+      </c>
+      <c r="C987" s="86" t="s">
+        <v>3582</v>
+      </c>
+      <c r="D987" s="57">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="988" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A988" s="53" t="s">
-        <v>2430</v>
+        <v>2461</v>
       </c>
       <c r="B988" s="30" t="s">
-        <v>1580</v>
-[...22 lines deleted...]
-    <row r="990" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+        <v>1776</v>
+      </c>
+      <c r="C988" s="88" t="s">
+        <v>3395</v>
+      </c>
+      <c r="D988" s="38">
+        <v>46054</v>
+      </c>
+    </row>
+    <row r="989" spans="1:5" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A989" s="53" t="s">
+        <v>2466</v>
+      </c>
+      <c r="B989" s="30" t="s">
+        <v>2464</v>
+      </c>
+      <c r="C989" s="86" t="s">
+        <v>2465</v>
+      </c>
+      <c r="D989" s="57">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="990" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A990" s="53" t="s">
-        <v>2434</v>
-[...26 lines deleted...]
-    <row r="992" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+        <v>2470</v>
+      </c>
+      <c r="B990" s="30" t="s">
+        <v>2471</v>
+      </c>
+      <c r="C990" s="86" t="s">
+        <v>3482</v>
+      </c>
+      <c r="D990" s="38">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="991" spans="1:5" ht="183.6" x14ac:dyDescent="0.3">
+      <c r="A991" s="96" t="s">
+        <v>2473</v>
+      </c>
+      <c r="B991" s="24" t="s">
+        <v>2472</v>
+      </c>
+      <c r="C991" s="88" t="s">
+        <v>3396</v>
+      </c>
+      <c r="D991" s="38">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="992" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A992" s="53" t="s">
-        <v>2937</v>
-[...33 lines deleted...]
-        <v>3497</v>
+        <v>2474</v>
+      </c>
+      <c r="B992" s="35" t="s">
+        <v>2475</v>
+      </c>
+      <c r="C992" s="88" t="s">
+        <v>2476</v>
+      </c>
+      <c r="D992" s="38">
+        <v>46057</v>
+      </c>
+    </row>
+    <row r="993" spans="1:5" ht="51" x14ac:dyDescent="0.3">
+      <c r="A993" s="53" t="s">
+        <v>2478</v>
+      </c>
+      <c r="B993" s="30" t="s">
+        <v>2477</v>
+      </c>
+      <c r="C993" s="86" t="s">
+        <v>154</v>
+      </c>
+      <c r="D993" s="38">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="994" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A994" s="13" t="s">
+        <v>2479</v>
+      </c>
+      <c r="B994" s="25" t="s">
+        <v>2480</v>
+      </c>
+      <c r="C994" s="24" t="s">
+        <v>2481</v>
       </c>
       <c r="D994" s="33">
-        <v>46375</v>
-[...2 lines deleted...]
-    <row r="995" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+        <v>46079</v>
+      </c>
+    </row>
+    <row r="995" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A995" s="53" t="s">
-        <v>2453</v>
+        <v>2482</v>
       </c>
       <c r="B995" s="30" t="s">
-        <v>2454</v>
-[...2 lines deleted...]
-        <v>3498</v>
+        <v>2483</v>
+      </c>
+      <c r="C995" s="86" t="s">
+        <v>2484</v>
       </c>
       <c r="D995" s="33">
-        <v>46375</v>
-[...2 lines deleted...]
-    <row r="996" spans="1:5" ht="123.75" x14ac:dyDescent="0.25">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="996" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A996" s="53" t="s">
-        <v>2464</v>
+        <v>2487</v>
       </c>
       <c r="B996" s="30" t="s">
-        <v>2463</v>
-[...2 lines deleted...]
-        <v>1467</v>
+        <v>2488</v>
+      </c>
+      <c r="C996" s="86" t="s">
+        <v>3483</v>
       </c>
       <c r="D996" s="38">
-        <v>46063</v>
-[...16 lines deleted...]
-    <row r="998" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="997" spans="1:5" ht="66" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A997" s="14" t="s">
+        <v>2489</v>
+      </c>
+      <c r="B997" s="24" t="s">
+        <v>535</v>
+      </c>
+      <c r="C997" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="D997" s="38">
+        <v>46061</v>
+      </c>
+    </row>
+    <row r="998" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A998" s="53" t="s">
-        <v>2475</v>
+        <v>2490</v>
       </c>
       <c r="B998" s="30" t="s">
-        <v>2474</v>
-[...2 lines deleted...]
-        <v>3499</v>
+        <v>2491</v>
+      </c>
+      <c r="C998" s="86" t="s">
+        <v>889</v>
       </c>
       <c r="D998" s="33">
-        <v>46016</v>
-[...17 lines deleted...]
-    <row r="1000" spans="1:5" ht="135" x14ac:dyDescent="0.25">
+        <v>46060</v>
+      </c>
+    </row>
+    <row r="999" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A999" s="13" t="s">
+        <v>2492</v>
+      </c>
+      <c r="B999" s="55" t="s">
+        <v>2493</v>
+      </c>
+      <c r="C999" s="24" t="s">
+        <v>2494</v>
+      </c>
+      <c r="D999" s="57">
+        <v>46061</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A1000" s="53" t="s">
-        <v>2481</v>
-[...11 lines deleted...]
-    <row r="1001" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+        <v>2496</v>
+      </c>
+      <c r="B1000" s="30" t="s">
+        <v>2497</v>
+      </c>
+      <c r="C1000" s="94" t="s">
+        <v>2498</v>
+      </c>
+      <c r="D1000" s="38">
+        <v>46060</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:5" ht="112.2" x14ac:dyDescent="0.3">
       <c r="A1001" s="53" t="s">
-        <v>2484</v>
+        <v>2506</v>
       </c>
       <c r="B1001" s="30" t="s">
-        <v>2485</v>
-[...8 lines deleted...]
-    <row r="1002" spans="1:5" ht="290.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2504</v>
+      </c>
+      <c r="C1001" s="86" t="s">
+        <v>2505</v>
+      </c>
+      <c r="D1001" s="38">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1002" s="53" t="s">
-        <v>518</v>
-[...5 lines deleted...]
-        <v>2488</v>
+        <v>2507</v>
+      </c>
+      <c r="B1002" s="25" t="s">
+        <v>2509</v>
+      </c>
+      <c r="C1002" s="88" t="s">
+        <v>2508</v>
       </c>
       <c r="D1002" s="38">
-        <v>46006</v>
-[...45 lines deleted...]
-    <row r="1006" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+        <v>46064</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1003" s="53" t="s">
+        <v>2512</v>
+      </c>
+      <c r="B1003" s="30" t="s">
+        <v>2549</v>
+      </c>
+      <c r="C1003" s="86" t="s">
+        <v>2513</v>
+      </c>
+      <c r="D1003" s="54">
+        <v>46066</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1004" s="13" t="s">
+        <v>2516</v>
+      </c>
+      <c r="B1004" s="97" t="s">
+        <v>2517</v>
+      </c>
+      <c r="C1004" s="86" t="s">
+        <v>2518</v>
+      </c>
+      <c r="D1004" s="33">
+        <v>46051</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:5" ht="36.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1005" s="16" t="s">
+        <v>2583</v>
+      </c>
+      <c r="B1005" s="24" t="s">
+        <v>2519</v>
+      </c>
+      <c r="C1005" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="D1005" s="33">
+        <v>46066</v>
+      </c>
+      <c r="E1005" s="98"/>
+    </row>
+    <row r="1006" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A1006" s="53" t="s">
-        <v>3411</v>
-[...11 lines deleted...]
-    <row r="1007" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+        <v>2520</v>
+      </c>
+      <c r="B1006" s="30" t="s">
+        <v>2521</v>
+      </c>
+      <c r="C1006" s="86" t="s">
+        <v>2522</v>
+      </c>
+      <c r="D1006" s="38">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1007" s="53" t="s">
-        <v>2515</v>
+        <v>3256</v>
       </c>
       <c r="B1007" s="30" t="s">
-        <v>2516</v>
-[...8 lines deleted...]
-    <row r="1008" spans="1:5" x14ac:dyDescent="0.25">
+        <v>2524</v>
+      </c>
+      <c r="C1007" s="86" t="s">
+        <v>3397</v>
+      </c>
+      <c r="D1007" s="38">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1008" s="53" t="s">
-        <v>2518</v>
+        <v>2525</v>
       </c>
       <c r="B1008" s="30" t="s">
-        <v>1524</v>
-[...8 lines deleted...]
-    <row r="1009" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+        <v>2526</v>
+      </c>
+      <c r="C1008" s="86" t="s">
+        <v>526</v>
+      </c>
+      <c r="D1008" s="38">
+        <v>46067</v>
+      </c>
+      <c r="E1008" s="87"/>
+    </row>
+    <row r="1009" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A1009" s="53" t="s">
-        <v>3220</v>
+        <v>2527</v>
       </c>
       <c r="B1009" s="55" t="s">
-        <v>2522</v>
-[...23 lines deleted...]
-    <row r="1011" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+        <v>2528</v>
+      </c>
+      <c r="C1009" s="86" t="s">
+        <v>3484</v>
+      </c>
+      <c r="D1009" s="38">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1010" s="53" t="s">
+        <v>2529</v>
+      </c>
+      <c r="B1010" s="55" t="s">
+        <v>2528</v>
+      </c>
+      <c r="C1010" s="86" t="s">
+        <v>3485</v>
+      </c>
+      <c r="D1010" s="38">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A1011" s="53" t="s">
+        <v>2530</v>
+      </c>
+      <c r="B1011" s="55" t="s">
+        <v>2528</v>
+      </c>
+      <c r="C1011" s="86" t="s">
+        <v>3484</v>
+      </c>
+      <c r="D1011" s="38">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1012" s="53" t="s">
+        <v>2531</v>
+      </c>
+      <c r="B1012" s="25" t="s">
+        <v>2532</v>
+      </c>
+      <c r="C1012" s="88" t="s">
+        <v>3486</v>
+      </c>
+      <c r="D1012" s="33">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1013" s="13" t="s">
+        <v>2533</v>
+      </c>
+      <c r="B1013" s="24" t="s">
+        <v>2534</v>
+      </c>
+      <c r="C1013" s="86" t="s">
+        <v>2535</v>
+      </c>
+      <c r="D1013" s="54">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1014" s="53" t="s">
+        <v>2537</v>
+      </c>
+      <c r="B1014" s="30" t="s">
+        <v>2538</v>
+      </c>
+      <c r="C1014" s="86" t="s">
         <v>2539</v>
       </c>
-      <c r="B1011" s="55" t="s">
-[...25 lines deleted...]
-      <c r="A1013" s="53" t="s">
+      <c r="D1014" s="38">
+        <v>46070</v>
+      </c>
+      <c r="E1014" s="87"/>
+    </row>
+    <row r="1015" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1015" s="53" t="s">
+        <v>2542</v>
+      </c>
+      <c r="B1015" s="30" t="s">
+        <v>2543</v>
+      </c>
+      <c r="C1015" s="86" t="s">
         <v>2544</v>
       </c>
-      <c r="B1013" s="30" t="s">
-[...33 lines deleted...]
-      </c>
       <c r="D1015" s="38">
-        <v>46054</v>
-[...2 lines deleted...]
-    <row r="1016" spans="1:5" ht="101.25" x14ac:dyDescent="0.25">
+        <v>46071</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A1016" s="53" t="s">
-        <v>2554</v>
+        <v>2553</v>
       </c>
       <c r="B1016" s="30" t="s">
+        <v>2551</v>
+      </c>
+      <c r="C1016" s="86" t="s">
         <v>2552</v>
       </c>
-      <c r="C1016" s="87" t="s">
-[...6 lines deleted...]
-    <row r="1017" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="D1016" s="38">
+        <v>46074</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1017" s="53" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B1017" s="30" t="s">
         <v>2558</v>
       </c>
-      <c r="B1017" s="30" t="s">
+      <c r="C1017" s="24" t="s">
+        <v>398</v>
+      </c>
+      <c r="D1017" s="38">
+        <v>46074</v>
+      </c>
+      <c r="E1017" s="87"/>
+    </row>
+    <row r="1018" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1018" s="53" t="s">
+        <v>2561</v>
+      </c>
+      <c r="B1018" s="46" t="s">
         <v>2559</v>
       </c>
-      <c r="C1017" s="87" t="s">
-[...10 lines deleted...]
-      <c r="B1018" s="72" t="s">
+      <c r="C1018" s="86" t="s">
         <v>2560</v>
       </c>
-      <c r="C1018" s="89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1018" s="38">
-        <v>46058</v>
-[...2 lines deleted...]
-    <row r="1019" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+        <v>46077</v>
+      </c>
+      <c r="E1018" s="87"/>
+    </row>
+    <row r="1019" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1019" s="53" t="s">
-        <v>2562</v>
-[...1 lines deleted...]
-      <c r="B1019" s="35" t="s">
         <v>2563</v>
       </c>
-      <c r="C1019" s="89" t="s">
+      <c r="B1019" s="55" t="s">
         <v>2564</v>
       </c>
-      <c r="D1019" s="38">
-[...3 lines deleted...]
-    <row r="1020" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="C1019" s="86" t="s">
+        <v>2565</v>
+      </c>
+      <c r="D1019" s="54">
+        <v>46114</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1020" s="53" t="s">
         <v>2566</v>
       </c>
       <c r="B1020" s="30" t="s">
-        <v>2565</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>2567</v>
+      </c>
+      <c r="C1020" s="86" t="s">
+        <v>2395</v>
       </c>
       <c r="D1020" s="38">
-        <v>46058</v>
-[...4 lines deleted...]
-        <v>2567</v>
+        <v>46080</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:5" ht="147.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1021" s="14" t="s">
+        <v>2568</v>
       </c>
       <c r="B1021" s="25" t="s">
-        <v>2568</v>
-[...1 lines deleted...]
-      <c r="C1021" s="72" t="s">
         <v>2569</v>
+      </c>
+      <c r="C1021" s="24" t="s">
+        <v>2570</v>
       </c>
       <c r="D1021" s="33">
         <v>46079</v>
       </c>
     </row>
-    <row r="1022" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C1022" s="87" t="s">
+    <row r="1022" spans="1:5" ht="265.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1022" s="99" t="s">
         <v>2572</v>
       </c>
+      <c r="B1022" s="24" t="s">
+        <v>2573</v>
+      </c>
+      <c r="C1022" s="24" t="s">
+        <v>2574</v>
+      </c>
       <c r="D1022" s="33">
-        <v>46059</v>
-[...2 lines deleted...]
-    <row r="1023" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
       <c r="A1023" s="53" t="s">
+        <v>2577</v>
+      </c>
+      <c r="B1023" s="100" t="s">
         <v>2575</v>
       </c>
-      <c r="B1023" s="30" t="s">
+      <c r="C1023" s="55" t="s">
         <v>2576</v>
       </c>
-      <c r="C1023" s="87" t="s">
-[...14 lines deleted...]
-        <v>53</v>
+      <c r="D1023" s="101">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:5" ht="68.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1024" s="53" t="s">
+        <v>2578</v>
+      </c>
+      <c r="B1024" s="55" t="s">
+        <v>2579</v>
+      </c>
+      <c r="C1024" s="86" t="s">
+        <v>2580</v>
       </c>
       <c r="D1024" s="38">
-        <v>46061</v>
-[...2 lines deleted...]
-    <row r="1025" spans="1:5" x14ac:dyDescent="0.25">
+        <v>46145</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:5" ht="91.8" x14ac:dyDescent="0.3">
       <c r="A1025" s="53" t="s">
-        <v>2578</v>
+        <v>2932</v>
       </c>
       <c r="B1025" s="30" t="s">
-        <v>2579</v>
-[...12 lines deleted...]
-      <c r="B1026" s="55" t="s">
         <v>2581</v>
       </c>
-      <c r="C1026" s="72" t="s">
+      <c r="C1025" s="86" t="s">
         <v>2582</v>
       </c>
-      <c r="D1026" s="57">
-[...4 lines deleted...]
-      <c r="A1027" s="53" t="s">
+      <c r="D1025" s="38">
+        <v>46145</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:5" ht="81.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A1026" s="53" t="s">
         <v>2584</v>
       </c>
+      <c r="B1026" s="30" t="s">
+        <v>2585</v>
+      </c>
+      <c r="C1026" s="86" t="s">
+        <v>3487</v>
+      </c>
+      <c r="D1026" s="33">
+        <v>46086</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1027" s="15" t="s">
+        <v>2586</v>
+      </c>
       <c r="B1027" s="30" t="s">
-        <v>2585</v>
-[...8 lines deleted...]
-    <row r="1028" spans="1:5" ht="146.25" x14ac:dyDescent="0.25">
+        <v>2587</v>
+      </c>
+      <c r="C1027" s="90" t="s">
+        <v>39</v>
+      </c>
+      <c r="D1027" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1028" s="53" t="s">
+        <v>2588</v>
+      </c>
+      <c r="B1028" s="30" t="s">
+        <v>2591</v>
+      </c>
+      <c r="C1028" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D1028" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1029" s="53" t="s">
+        <v>2589</v>
+      </c>
+      <c r="B1029" s="30" t="s">
+        <v>2590</v>
+      </c>
+      <c r="C1029" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D1029" s="38">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1030" s="53" t="s">
+        <v>2592</v>
+      </c>
+      <c r="B1030" s="30" t="s">
         <v>2594</v>
       </c>
-      <c r="B1028" s="30" t="s">
-[...2 lines deleted...]
-      <c r="C1028" s="87" t="s">
+      <c r="C1030" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D1030" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1031" s="53" t="s">
         <v>2593</v>
       </c>
-      <c r="D1028" s="38">
-[...4 lines deleted...]
-      <c r="A1029" s="53" t="s">
+      <c r="B1031" s="30" t="s">
         <v>2595</v>
       </c>
-      <c r="B1029" s="25" t="s">
+      <c r="C1031" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D1031" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:5" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A1032" s="53" t="s">
+        <v>2596</v>
+      </c>
+      <c r="B1032" s="24" t="s">
         <v>2597</v>
       </c>
-      <c r="C1029" s="89" t="s">
-[...7 lines deleted...]
-      <c r="A1030" s="53" t="s">
+      <c r="C1032" s="86" t="s">
+        <v>3488</v>
+      </c>
+      <c r="D1032" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1033" s="53" t="s">
+        <v>2598</v>
+      </c>
+      <c r="B1033" s="30" t="s">
+        <v>2599</v>
+      </c>
+      <c r="C1033" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D1033" s="33">
+        <v>46088</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1034" s="53" t="s">
         <v>2600</v>
       </c>
-      <c r="B1030" s="30" t="s">
+      <c r="B1034" s="30" t="s">
+        <v>2601</v>
+      </c>
+      <c r="C1034" s="86" t="s">
+        <v>2602</v>
+      </c>
+      <c r="D1034" s="33">
+        <v>46088</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:5" ht="330.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1035" s="15" t="s">
+        <v>2603</v>
+      </c>
+      <c r="B1035" s="30" t="s">
+        <v>2604</v>
+      </c>
+      <c r="C1035" s="86" t="s">
+        <v>23</v>
+      </c>
+      <c r="D1035" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1036" s="15" t="s">
+        <v>2679</v>
+      </c>
+      <c r="B1036" s="24" t="s">
+        <v>2880</v>
+      </c>
+      <c r="C1036" s="92" t="s">
+        <v>2605</v>
+      </c>
+      <c r="D1036" s="38">
+        <v>46102</v>
+      </c>
+      <c r="E1036" s="87"/>
+    </row>
+    <row r="1037" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1037" s="14" t="s">
+        <v>2608</v>
+      </c>
+      <c r="B1037" s="25" t="s">
+        <v>2609</v>
+      </c>
+      <c r="C1037" s="24" t="s">
+        <v>613</v>
+      </c>
+      <c r="D1037" s="38">
+        <v>46091</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:5" ht="240.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1038" s="21" t="s">
+        <v>2611</v>
+      </c>
+      <c r="B1038" s="24" t="s">
+        <v>2612</v>
+      </c>
+      <c r="C1038" s="92" t="s">
+        <v>3489</v>
+      </c>
+      <c r="D1038" s="33">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1039" s="53" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B1039" s="30" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C1039" s="86" t="s">
+        <v>3581</v>
+      </c>
+      <c r="D1039" s="33">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:5" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A1040" s="53" t="s">
+        <v>2617</v>
+      </c>
+      <c r="B1040" s="30" t="s">
+        <v>2618</v>
+      </c>
+      <c r="C1040" s="86" t="s">
+        <v>3580</v>
+      </c>
+      <c r="D1040" s="33">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1041" s="53" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B1041" s="55" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C1041" s="55" t="s">
+        <v>3490</v>
+      </c>
+      <c r="D1041" s="54">
+        <v>46093</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1042" s="53" t="s">
+        <v>2621</v>
+      </c>
+      <c r="B1042" s="30" t="s">
+        <v>2622</v>
+      </c>
+      <c r="C1042" s="86" t="s">
+        <v>2623</v>
+      </c>
+      <c r="D1042" s="38">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:5" ht="81.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A1043" s="53" t="s">
+        <v>2624</v>
+      </c>
+      <c r="B1043" s="30" t="s">
+        <v>2625</v>
+      </c>
+      <c r="C1043" s="86" t="s">
+        <v>2626</v>
+      </c>
+      <c r="D1043" s="38">
+        <v>46099</v>
+      </c>
+      <c r="E1043" s="87"/>
+    </row>
+    <row r="1044" spans="1:5" ht="81.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A1044" s="15" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B1044" s="24" t="s">
+        <v>2628</v>
+      </c>
+      <c r="C1044" s="55" t="s">
+        <v>2629</v>
+      </c>
+      <c r="D1044" s="38">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:5" ht="203.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1045" s="14" t="s">
+        <v>2632</v>
+      </c>
+      <c r="B1045" s="24" t="s">
+        <v>2633</v>
+      </c>
+      <c r="C1045" s="24" t="s">
+        <v>2634</v>
+      </c>
+      <c r="D1045" s="33">
+        <v>46100</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:5" ht="306" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1046" s="15" t="s">
+        <v>2635</v>
+      </c>
+      <c r="B1046" s="24" t="s">
+        <v>2636</v>
+      </c>
+      <c r="C1046" s="88" t="s">
         <v>2637</v>
       </c>
-      <c r="C1030" s="87" t="s">
-[...21 lines deleted...]
-      <c r="A1032" s="16" t="s">
+      <c r="D1046" s="38">
+        <v>46100</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1047" s="62" t="s">
+        <v>2639</v>
+      </c>
+      <c r="B1047" s="30" t="s">
+        <v>2640</v>
+      </c>
+      <c r="C1047" s="86" t="s">
+        <v>3491</v>
+      </c>
+      <c r="D1047" s="38">
+        <v>46101</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:5" ht="409.6" x14ac:dyDescent="0.3">
+      <c r="A1048" s="53" t="s">
+        <v>2643</v>
+      </c>
+      <c r="B1048" s="55" t="s">
+        <v>2641</v>
+      </c>
+      <c r="C1048" s="24" t="s">
+        <v>2642</v>
+      </c>
+      <c r="D1048" s="54">
+        <v>46101</v>
+      </c>
+      <c r="E1048" s="93"/>
+    </row>
+    <row r="1049" spans="1:5" ht="197.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1049" s="53" t="s">
+        <v>2644</v>
+      </c>
+      <c r="B1049" s="30" t="s">
+        <v>2645</v>
+      </c>
+      <c r="C1049" s="86" t="s">
+        <v>889</v>
+      </c>
+      <c r="D1049" s="33">
+        <v>46101</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1050" s="13" t="s">
+        <v>2647</v>
+      </c>
+      <c r="B1050" s="24" t="s">
+        <v>2648</v>
+      </c>
+      <c r="C1050" s="88" t="s">
+        <v>23</v>
+      </c>
+      <c r="D1050" s="33">
+        <v>46102</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:5" ht="347.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1051" s="14" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B1051" s="30" t="s">
+        <v>2807</v>
+      </c>
+      <c r="C1051" s="90" t="s">
+        <v>2654</v>
+      </c>
+      <c r="D1051" s="33">
+        <v>46105</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:5" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A1052" s="53" t="s">
+        <v>2657</v>
+      </c>
+      <c r="B1052" s="30" t="s">
+        <v>2658</v>
+      </c>
+      <c r="C1052" s="86" t="s">
+        <v>2659</v>
+      </c>
+      <c r="D1052" s="33">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:5" ht="155.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1053" s="64" t="s">
+        <v>2660</v>
+      </c>
+      <c r="B1053" s="46" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C1053" s="88" t="s">
+        <v>3655</v>
+      </c>
+      <c r="D1053" s="38">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:5" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A1054" s="53" t="s">
+        <v>2661</v>
+      </c>
+      <c r="B1054" s="30" t="s">
+        <v>2662</v>
+      </c>
+      <c r="C1054" s="86" t="s">
+        <v>3656</v>
+      </c>
+      <c r="D1054" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:5" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A1055" s="53" t="s">
+        <v>2664</v>
+      </c>
+      <c r="B1055" s="30" t="s">
+        <v>2665</v>
+      </c>
+      <c r="C1055" s="86" t="s">
+        <v>2666</v>
+      </c>
+      <c r="D1055" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1056" s="53" t="s">
+        <v>2667</v>
+      </c>
+      <c r="B1056" s="30" t="s">
+        <v>2668</v>
+      </c>
+      <c r="C1056" s="86" t="s">
+        <v>2669</v>
+      </c>
+      <c r="D1056" s="33">
+        <v>46839</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:5" ht="39" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1057" s="13" t="s">
         <v>2671</v>
       </c>
-      <c r="B1032" s="72" t="s">
-[...248 lines deleted...]
-      <c r="D1049" s="33">
+      <c r="B1057" s="25" t="s">
+        <v>2672</v>
+      </c>
+      <c r="C1057" s="88" t="s">
+        <v>2673</v>
+      </c>
+      <c r="D1057" s="38">
+        <v>46109</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:5" ht="72" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1058" s="14" t="s">
+        <v>2674</v>
+      </c>
+      <c r="B1058" s="25" t="s">
+        <v>2675</v>
+      </c>
+      <c r="C1058" s="24" t="s">
+        <v>721</v>
+      </c>
+      <c r="D1058" s="33">
+        <v>46109</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1059" s="102" t="s">
+        <v>2676</v>
+      </c>
+      <c r="B1059" s="55" t="s">
+        <v>2677</v>
+      </c>
+      <c r="C1059" s="86" t="s">
+        <v>71</v>
+      </c>
+      <c r="D1059" s="54">
         <v>46113</v>
       </c>
     </row>
-    <row r="1050" spans="1:5" ht="45" x14ac:dyDescent="0.25">
-[...98 lines deleted...]
-      <c r="A1057" s="53" t="s">
+    <row r="1060" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1060" s="53" t="s">
         <v>2680</v>
       </c>
-      <c r="B1057" s="30" t="s">
+      <c r="B1060" s="30" t="s">
+        <v>2681</v>
+      </c>
+      <c r="C1060" s="86" t="s">
         <v>2682</v>
       </c>
-      <c r="C1057" s="72" t="s">
-[...21 lines deleted...]
-      <c r="A1059" s="53" t="s">
+      <c r="D1060" s="54">
+        <v>46113</v>
+      </c>
+      <c r="E1060" s="93"/>
+    </row>
+    <row r="1061" spans="1:5" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A1061" s="53" t="s">
         <v>2684</v>
       </c>
-      <c r="B1059" s="72" t="s">
+      <c r="B1061" s="30" t="s">
         <v>2685</v>
       </c>
-      <c r="C1059" s="87" t="s">
-[...7 lines deleted...]
-      <c r="A1060" s="53" t="s">
+      <c r="C1061" s="86" t="s">
         <v>2686</v>
       </c>
-      <c r="B1060" s="30" t="s">
-[...10 lines deleted...]
-      <c r="A1061" s="53" t="s">
+      <c r="D1061" s="54">
+        <v>46116</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:5" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A1062" s="53" t="s">
         <v>2688</v>
       </c>
-      <c r="B1061" s="30" t="s">
+      <c r="B1062" s="30" t="s">
         <v>2689</v>
       </c>
-      <c r="C1061" s="87" t="s">
+      <c r="C1062" s="86" t="s">
+        <v>3398</v>
+      </c>
+      <c r="D1062" s="38">
+        <v>46116</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1063" s="53" t="s">
         <v>2690</v>
       </c>
-      <c r="D1061" s="33">
-[...4 lines deleted...]
-      <c r="A1062" s="15" t="s">
+      <c r="B1063" s="55" t="s">
         <v>2691</v>
       </c>
-      <c r="B1062" s="30" t="s">
+      <c r="C1063" s="24" t="s">
         <v>2692</v>
       </c>
-      <c r="C1062" s="87" t="s">
-[...13 lines deleted...]
-      <c r="C1063" s="93" t="s">
+      <c r="D1063" s="57">
+        <v>46116</v>
+      </c>
+      <c r="E1063" s="87" t="s">
         <v>2693</v>
       </c>
-      <c r="D1063" s="38">
-[...22 lines deleted...]
-      <c r="B1065" s="72" t="s">
+    </row>
+    <row r="1064" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1064" s="53" t="s">
+        <v>2694</v>
+      </c>
+      <c r="B1064" s="55" t="s">
+        <v>2695</v>
+      </c>
+      <c r="C1064" s="86" t="s">
+        <v>3492</v>
+      </c>
+      <c r="D1064" s="54">
+        <v>46158</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:5" ht="409.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1065" s="53" t="s">
         <v>2700</v>
       </c>
-      <c r="C1065" s="93" t="s">
-[...6 lines deleted...]
-    <row r="1066" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="B1065" s="30" t="s">
+        <v>2701</v>
+      </c>
+      <c r="C1065" s="86" t="s">
+        <v>2702</v>
+      </c>
+      <c r="D1065" s="54">
+        <v>46120</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:5" ht="142.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1066" s="53" t="s">
-        <v>2702</v>
-[...5 lines deleted...]
-        <v>2704</v>
+        <v>2705</v>
+      </c>
+      <c r="B1066" s="55" t="s">
+        <v>2706</v>
+      </c>
+      <c r="C1066" s="24" t="s">
+        <v>1915</v>
       </c>
       <c r="D1066" s="33">
-        <v>46094</v>
-[...2 lines deleted...]
-    <row r="1067" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+        <v>46123</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
       <c r="A1067" s="53" t="s">
-        <v>2706</v>
+        <v>2707</v>
       </c>
       <c r="B1067" s="30" t="s">
-        <v>2707</v>
-[...1 lines deleted...]
-      <c r="C1067" s="87" t="s">
         <v>2708</v>
       </c>
-      <c r="D1067" s="33">
-[...3 lines deleted...]
-    <row r="1068" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="C1067" s="86" t="s">
+        <v>2709</v>
+      </c>
+      <c r="D1067" s="54">
+        <v>46123</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
       <c r="A1068" s="53" t="s">
-        <v>2709</v>
-[...5 lines deleted...]
-        <v>3605</v>
+        <v>2711</v>
+      </c>
+      <c r="B1068" s="30" t="s">
+        <v>2712</v>
+      </c>
+      <c r="C1068" s="86" t="s">
+        <v>3394</v>
       </c>
       <c r="D1068" s="54">
-        <v>46093</v>
-[...16 lines deleted...]
-    <row r="1070" spans="1:5" ht="123.75" x14ac:dyDescent="0.25">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:5" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A1069" s="15" t="s">
+        <v>2714</v>
+      </c>
+      <c r="B1069" s="24" t="s">
+        <v>2715</v>
+      </c>
+      <c r="C1069" s="88" t="s">
+        <v>2716</v>
+      </c>
+      <c r="D1069" s="54">
+        <v>46249</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A1070" s="53" t="s">
-        <v>2714</v>
+        <v>2717</v>
       </c>
       <c r="B1070" s="30" t="s">
-        <v>2715</v>
-[...9 lines deleted...]
-    <row r="1071" spans="1:5" ht="112.5" x14ac:dyDescent="0.25">
+        <v>2718</v>
+      </c>
+      <c r="C1070" s="86" t="s">
+        <v>2719</v>
+      </c>
+      <c r="D1070" s="54">
+        <v>46128</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1071" s="15" t="s">
-        <v>3025</v>
-[...12 lines deleted...]
-      <c r="A1072" s="14" t="s">
+        <v>2720</v>
+      </c>
+      <c r="B1071" s="24" t="s">
+        <v>2721</v>
+      </c>
+      <c r="C1071" s="24" t="s">
         <v>2722</v>
       </c>
-      <c r="B1072" s="72" t="s">
-[...10 lines deleted...]
-      <c r="A1073" s="15" t="s">
+      <c r="D1071" s="33">
+        <v>46128</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1072" s="53" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B1072" s="55" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C1072" s="86" t="s">
+        <v>3276</v>
+      </c>
+      <c r="D1072" s="38">
+        <v>46129</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1073" s="14" t="s">
+        <v>3003</v>
+      </c>
+      <c r="B1073" s="24" t="s">
         <v>2725</v>
       </c>
-      <c r="B1073" s="72" t="s">
+      <c r="C1073" s="24" t="s">
         <v>2726</v>
       </c>
-      <c r="C1073" s="89" t="s">
+      <c r="D1073" s="33">
+        <v>46123</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1074" s="53" t="s">
         <v>2727</v>
       </c>
-      <c r="D1073" s="38">
-[...4 lines deleted...]
-      <c r="A1074" s="62" t="s">
+      <c r="B1074" s="30" t="s">
+        <v>2728</v>
+      </c>
+      <c r="C1074" s="86" t="s">
         <v>2729</v>
       </c>
-      <c r="B1074" s="30" t="s">
+      <c r="D1074" s="54">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1075" s="13" t="s">
         <v>2730</v>
       </c>
-      <c r="C1074" s="87" t="s">
-[...10 lines deleted...]
-      <c r="B1075" s="55" t="s">
+      <c r="B1075" s="24" t="s">
         <v>2731</v>
       </c>
-      <c r="C1075" s="72" t="s">
+      <c r="C1075" s="24" t="s">
         <v>2732</v>
       </c>
-      <c r="D1075" s="54">
-[...4 lines deleted...]
-    <row r="1076" spans="1:5" ht="197.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D1075" s="33">
+        <v>46123</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
       <c r="A1076" s="53" t="s">
         <v>2734</v>
       </c>
-      <c r="B1076" s="30" t="s">
+      <c r="B1076" s="24" t="s">
         <v>2735</v>
       </c>
-      <c r="C1076" s="87" t="s">
-        <v>920</v>
+      <c r="C1076" s="86" t="s">
+        <v>3399</v>
       </c>
       <c r="D1076" s="33">
-        <v>46101</v>
-[...3 lines deleted...]
-      <c r="A1077" s="13" t="s">
+        <v>46136</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1077" s="53" t="s">
+        <v>2736</v>
+      </c>
+      <c r="B1077" s="30" t="s">
+        <v>905</v>
+      </c>
+      <c r="C1077" s="88" t="s">
         <v>2737</v>
       </c>
-      <c r="B1077" s="72" t="s">
+      <c r="D1077" s="33">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1078" s="53" t="s">
         <v>2738</v>
       </c>
-      <c r="C1077" s="89" t="s">
-[...7 lines deleted...]
-      <c r="A1078" s="14" t="s">
+      <c r="B1078" s="30" t="s">
+        <v>2739</v>
+      </c>
+      <c r="C1078" s="24" t="s">
+        <v>2740</v>
+      </c>
+      <c r="D1078" s="57">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:5" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1079" s="53" t="s">
+        <v>2742</v>
+      </c>
+      <c r="B1079" s="30" t="s">
+        <v>2229</v>
+      </c>
+      <c r="C1079" s="86" t="s">
+        <v>3400</v>
+      </c>
+      <c r="D1079" s="54">
+        <v>46141</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:5" ht="321.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1080" s="53" t="s">
         <v>2743</v>
       </c>
-      <c r="B1078" s="30" t="s">
+      <c r="B1080" s="55" t="s">
+        <v>2744</v>
+      </c>
+      <c r="C1080" s="86" t="s">
+        <v>2745</v>
+      </c>
+      <c r="D1080" s="54">
+        <v>46126</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1081" s="53" t="s">
+        <v>2746</v>
+      </c>
+      <c r="B1081" s="30" t="s">
+        <v>2229</v>
+      </c>
+      <c r="C1081" s="86" t="s">
+        <v>3400</v>
+      </c>
+      <c r="D1081" s="54">
+        <v>46141</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:5" ht="168.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1082" s="53" t="s">
+        <v>2747</v>
+      </c>
+      <c r="B1082" s="30" t="s">
+        <v>2748</v>
+      </c>
+      <c r="C1082" s="86" t="s">
+        <v>2749</v>
+      </c>
+      <c r="D1082" s="33">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:5" ht="276.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1083" s="53" t="s">
+        <v>2750</v>
+      </c>
+      <c r="B1083" s="30" t="s">
+        <v>2751</v>
+      </c>
+      <c r="C1083" s="86" t="s">
+        <v>859</v>
+      </c>
+      <c r="D1083" s="33">
+        <v>46143</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A1084" s="53" t="s">
+        <v>2752</v>
+      </c>
+      <c r="B1084" s="55" t="s">
+        <v>2753</v>
+      </c>
+      <c r="C1084" s="86" t="s">
+        <v>3401</v>
+      </c>
+      <c r="D1084" s="38">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:5" ht="173.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1085" s="53" t="s">
+        <v>2754</v>
+      </c>
+      <c r="B1085" s="30" t="s">
+        <v>2755</v>
+      </c>
+      <c r="C1085" s="86" t="s">
+        <v>2756</v>
+      </c>
+      <c r="D1085" s="33">
+        <v>46143</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1086" s="53" t="s">
+        <v>2757</v>
+      </c>
+      <c r="B1086" s="35" t="s">
+        <v>2758</v>
+      </c>
+      <c r="C1086" s="86" t="s">
+        <v>2759</v>
+      </c>
+      <c r="D1086" s="33">
+        <v>46147</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:5" ht="174" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1087" s="53" t="s">
+        <v>2760</v>
+      </c>
+      <c r="B1087" s="30" t="s">
+        <v>2761</v>
+      </c>
+      <c r="C1087" s="86" t="s">
+        <v>2762</v>
+      </c>
+      <c r="D1087" s="33">
+        <v>46148</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1088" s="53" t="s">
+        <v>2763</v>
+      </c>
+      <c r="B1088" s="30" t="s">
+        <v>2764</v>
+      </c>
+      <c r="C1088" s="86" t="s">
+        <v>3402</v>
+      </c>
+      <c r="D1088" s="33">
+        <v>46148</v>
+      </c>
+      <c r="E1088" s="87"/>
+    </row>
+    <row r="1089" spans="1:5" ht="79.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1089" s="53" t="s">
+        <v>2765</v>
+      </c>
+      <c r="B1089" s="55" t="s">
+        <v>2766</v>
+      </c>
+      <c r="C1089" s="86" t="s">
+        <v>704</v>
+      </c>
+      <c r="D1089" s="54">
+        <v>46149</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1090" s="53" t="s">
+        <v>2767</v>
+      </c>
+      <c r="B1090" s="55" t="s">
+        <v>2768</v>
+      </c>
+      <c r="C1090" s="86" t="s">
+        <v>2769</v>
+      </c>
+      <c r="D1090" s="54">
+        <v>46149</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1091" s="15" t="s">
+        <v>2771</v>
+      </c>
+      <c r="B1091" s="30" t="s">
+        <v>2770</v>
+      </c>
+      <c r="C1091" s="90" t="s">
+        <v>3403</v>
+      </c>
+      <c r="D1091" s="38">
+        <v>46151</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:5" ht="53.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1092" s="53" t="s">
+        <v>2772</v>
+      </c>
+      <c r="B1092" s="55" t="s">
+        <v>2773</v>
+      </c>
+      <c r="C1092" s="55" t="s">
+        <v>3579</v>
+      </c>
+      <c r="D1092" s="38">
+        <v>46153</v>
+      </c>
+      <c r="E1092" s="103"/>
+    </row>
+    <row r="1093" spans="1:5" ht="111" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1093" s="53" t="s">
+        <v>2774</v>
+      </c>
+      <c r="B1093" s="55" t="s">
+        <v>2775</v>
+      </c>
+      <c r="C1093" s="86" t="s">
+        <v>2776</v>
+      </c>
+      <c r="D1093" s="54">
+        <v>46154</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:5" ht="409.6" x14ac:dyDescent="0.3">
+      <c r="A1094" s="14" t="s">
+        <v>2777</v>
+      </c>
+      <c r="B1094" s="25" t="s">
+        <v>2778</v>
+      </c>
+      <c r="C1094" s="24" t="s">
+        <v>3404</v>
+      </c>
+      <c r="D1094" s="54">
+        <v>46154</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1095" s="53" t="s">
+        <v>2779</v>
+      </c>
+      <c r="B1095" s="55" t="s">
+        <v>2780</v>
+      </c>
+      <c r="C1095" s="94" t="s">
+        <v>721</v>
+      </c>
+      <c r="D1095" s="38">
+        <v>46155</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1096" s="53" t="s">
+        <v>2781</v>
+      </c>
+      <c r="B1096" s="30" t="s">
+        <v>2782</v>
+      </c>
+      <c r="C1096" s="55" t="s">
+        <v>3405</v>
+      </c>
+      <c r="D1096" s="54">
+        <v>46157</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1097" s="53" t="s">
+        <v>2784</v>
+      </c>
+      <c r="B1097" s="30" t="s">
+        <v>2785</v>
+      </c>
+      <c r="C1097" s="86" t="s">
+        <v>185</v>
+      </c>
+      <c r="D1097" s="54">
+        <v>46157</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:5" ht="219.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1098" s="53" t="s">
+        <v>2786</v>
+      </c>
+      <c r="B1098" s="24" t="s">
+        <v>386</v>
+      </c>
+      <c r="C1098" s="88" t="s">
+        <v>2787</v>
+      </c>
+      <c r="D1098" s="54">
+        <v>46162</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1099" s="53" t="s">
+        <v>2788</v>
+      </c>
+      <c r="B1099" s="30" t="s">
+        <v>2789</v>
+      </c>
+      <c r="C1099" s="86" t="s">
+        <v>2790</v>
+      </c>
+      <c r="D1099" s="54">
+        <v>46162</v>
+      </c>
+      <c r="E1099" s="87"/>
+    </row>
+    <row r="1100" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1100" s="53" t="s">
+        <v>2791</v>
+      </c>
+      <c r="B1100" s="30" t="s">
+        <v>2792</v>
+      </c>
+      <c r="C1100" s="86" t="s">
+        <v>2793</v>
+      </c>
+      <c r="D1100" s="54">
+        <v>46162</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:5" ht="51" x14ac:dyDescent="0.3">
+      <c r="A1101" s="53" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B1101" s="30" t="s">
+        <v>2795</v>
+      </c>
+      <c r="C1101" s="86" t="s">
+        <v>3406</v>
+      </c>
+      <c r="D1101" s="54">
+        <v>46162</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1102" s="53" t="s">
+        <v>2796</v>
+      </c>
+      <c r="B1102" s="30" t="s">
+        <v>2797</v>
+      </c>
+      <c r="C1102" s="86" t="s">
+        <v>3406</v>
+      </c>
+      <c r="D1102" s="54">
+        <v>46163</v>
+      </c>
+      <c r="E1102" s="87"/>
+    </row>
+    <row r="1103" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1103" s="53" t="s">
+        <v>2801</v>
+      </c>
+      <c r="B1103" s="30" t="s">
+        <v>2802</v>
+      </c>
+      <c r="C1103" s="86" t="s">
+        <v>2803</v>
+      </c>
+      <c r="D1103" s="54">
+        <v>46166</v>
+      </c>
+      <c r="E1103" s="87"/>
+    </row>
+    <row r="1104" spans="1:5" ht="312.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1104" s="53" t="s">
+        <v>2804</v>
+      </c>
+      <c r="B1104" s="30" t="s">
+        <v>2805</v>
+      </c>
+      <c r="C1104" s="86" t="s">
+        <v>2806</v>
+      </c>
+      <c r="D1104" s="54">
+        <v>46165</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1105" s="53" t="s">
+        <v>2808</v>
+      </c>
+      <c r="B1105" s="55" t="s">
+        <v>2809</v>
+      </c>
+      <c r="C1105" s="86" t="s">
+        <v>961</v>
+      </c>
+      <c r="D1105" s="38">
+        <v>46170</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:5" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A1106" s="53" t="s">
+        <v>2810</v>
+      </c>
+      <c r="B1106" s="30" t="s">
+        <v>2811</v>
+      </c>
+      <c r="C1106" s="55" t="s">
+        <v>3407</v>
+      </c>
+      <c r="D1106" s="54">
+        <v>46170</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:5" ht="42.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1107" s="104" t="s">
+        <v>2812</v>
+      </c>
+      <c r="B1107" s="30" t="s">
+        <v>2813</v>
+      </c>
+      <c r="C1107" s="86" t="s">
+        <v>2814</v>
+      </c>
+      <c r="D1107" s="54">
+        <v>46171</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:5" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1108" s="14" t="s">
+        <v>2815</v>
+      </c>
+      <c r="B1108" s="25" t="s">
+        <v>2816</v>
+      </c>
+      <c r="C1108" s="88" t="s">
+        <v>3408</v>
+      </c>
+      <c r="D1108" s="38">
+        <v>46200</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:5" ht="51" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1109" s="53" t="s">
+        <v>2817</v>
+      </c>
+      <c r="B1109" s="30" t="s">
+        <v>2818</v>
+      </c>
+      <c r="C1109" s="86" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D1109" s="54">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1110" s="53" t="s">
+        <v>2820</v>
+      </c>
+      <c r="B1110" s="30" t="s">
+        <v>2821</v>
+      </c>
+      <c r="C1110" s="86" t="s">
+        <v>3409</v>
+      </c>
+      <c r="D1110" s="54">
+        <v>46171</v>
+      </c>
+      <c r="E1110" s="87"/>
+    </row>
+    <row r="1111" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1111" s="53" t="s">
+        <v>2822</v>
+      </c>
+      <c r="B1111" s="30" t="s">
+        <v>2823</v>
+      </c>
+      <c r="C1111" s="86" t="s">
+        <v>2824</v>
+      </c>
+      <c r="D1111" s="54">
+        <v>46171</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1112" s="16" t="s">
+        <v>2826</v>
+      </c>
+      <c r="B1112" s="24" t="s">
+        <v>424</v>
+      </c>
+      <c r="C1112" s="24" t="s">
+        <v>425</v>
+      </c>
+      <c r="D1112" s="38">
+        <v>46224</v>
+      </c>
+      <c r="E1112" s="87"/>
+    </row>
+    <row r="1113" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1113" s="13" t="s">
+        <v>2827</v>
+      </c>
+      <c r="B1113" s="24" t="s">
+        <v>2828</v>
+      </c>
+      <c r="C1113" s="24" t="s">
+        <v>3410</v>
+      </c>
+      <c r="D1113" s="33">
+        <v>46172</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1114" s="15" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B1114" s="24" t="s">
+        <v>2438</v>
+      </c>
+      <c r="C1114" s="24" t="s">
+        <v>3411</v>
+      </c>
+      <c r="D1114" s="33">
+        <v>46042</v>
+      </c>
+      <c r="E1114" s="87"/>
+    </row>
+    <row r="1115" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1115" s="53" t="s">
+        <v>2832</v>
+      </c>
+      <c r="B1115" s="30" t="s">
+        <v>2833</v>
+      </c>
+      <c r="C1115" s="86" t="s">
+        <v>2834</v>
+      </c>
+      <c r="D1115" s="33">
+        <v>46176</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1116" s="53" t="s">
+        <v>2838</v>
+      </c>
+      <c r="B1116" s="30" t="s">
+        <v>2839</v>
+      </c>
+      <c r="C1116" s="86" t="s">
+        <v>2840</v>
+      </c>
+      <c r="D1116" s="57">
+        <v>46178</v>
+      </c>
+      <c r="E1116" s="87"/>
+    </row>
+    <row r="1117" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A1117" s="53" t="s">
+        <v>2841</v>
+      </c>
+      <c r="B1117" s="30" t="s">
+        <v>2842</v>
+      </c>
+      <c r="C1117" s="86" t="s">
+        <v>2843</v>
+      </c>
+      <c r="D1117" s="33">
+        <v>46176</v>
+      </c>
+      <c r="E1117" s="87"/>
+    </row>
+    <row r="1118" spans="1:5" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A1118" s="53" t="s">
+        <v>2845</v>
+      </c>
+      <c r="B1118" s="30" t="s">
+        <v>2356</v>
+      </c>
+      <c r="C1118" s="88" t="s">
+        <v>3389</v>
+      </c>
+      <c r="D1118" s="33">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1119" s="53" t="s">
+        <v>2846</v>
+      </c>
+      <c r="B1119" s="46" t="s">
+        <v>2847</v>
+      </c>
+      <c r="C1119" s="86" t="s">
+        <v>2848</v>
+      </c>
+      <c r="D1119" s="57">
+        <v>46179</v>
+      </c>
+      <c r="E1119" s="87"/>
+    </row>
+    <row r="1120" spans="1:5" ht="147.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1120" s="53" t="s">
+        <v>2849</v>
+      </c>
+      <c r="B1120" s="30" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C1120" s="86" t="s">
+        <v>3412</v>
+      </c>
+      <c r="D1120" s="38">
+        <v>46179</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1121" s="53" t="s">
+        <v>2850</v>
+      </c>
+      <c r="B1121" s="30" t="s">
+        <v>2851</v>
+      </c>
+      <c r="C1121" s="86" t="s">
+        <v>2852</v>
+      </c>
+      <c r="D1121" s="33">
+        <v>46184</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:5" ht="174" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1122" s="16" t="s">
+        <v>2853</v>
+      </c>
+      <c r="B1122" s="24" t="s">
+        <v>2854</v>
+      </c>
+      <c r="C1122" s="24" t="s">
+        <v>2855</v>
+      </c>
+      <c r="D1122" s="33">
+        <v>46184</v>
+      </c>
+      <c r="E1122" s="87"/>
+    </row>
+    <row r="1123" spans="1:5" ht="66" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1123" s="61" t="s">
+        <v>2856</v>
+      </c>
+      <c r="B1123" s="30" t="s">
+        <v>2857</v>
+      </c>
+      <c r="C1123" s="86" t="s">
+        <v>3493</v>
+      </c>
+      <c r="D1123" s="33">
+        <v>46184</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:5" ht="51" x14ac:dyDescent="0.3">
+      <c r="A1124" s="67" t="s">
+        <v>2858</v>
+      </c>
+      <c r="B1124" s="25" t="s">
+        <v>2859</v>
+      </c>
+      <c r="C1124" s="88" t="s">
+        <v>3413</v>
+      </c>
+      <c r="D1124" s="38">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A1125" s="53" t="s">
+        <v>2860</v>
+      </c>
+      <c r="B1125" s="30" t="s">
+        <v>2861</v>
+      </c>
+      <c r="C1125" s="86" t="s">
+        <v>2862</v>
+      </c>
+      <c r="D1125" s="33">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1126" s="15" t="s">
+        <v>2863</v>
+      </c>
+      <c r="B1126" s="25" t="s">
+        <v>2864</v>
+      </c>
+      <c r="C1126" s="88" t="s">
+        <v>2865</v>
+      </c>
+      <c r="D1126" s="38">
+        <v>46184</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:5" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A1127" s="53" t="s">
+        <v>2868</v>
+      </c>
+      <c r="B1127" s="55" t="s">
+        <v>2869</v>
+      </c>
+      <c r="C1127" s="86" t="s">
+        <v>3414</v>
+      </c>
+      <c r="D1127" s="33">
+        <v>46185</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:5" ht="191.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1128" s="13" t="s">
+        <v>2872</v>
+      </c>
+      <c r="B1128" s="24" t="s">
+        <v>2873</v>
+      </c>
+      <c r="C1128" s="24" t="s">
+        <v>338</v>
+      </c>
+      <c r="D1128" s="33">
+        <v>46187</v>
+      </c>
+      <c r="E1128" s="105"/>
+    </row>
+    <row r="1129" spans="1:5" ht="74.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1129" s="102" t="s">
+        <v>2874</v>
+      </c>
+      <c r="B1129" s="25" t="s">
+        <v>2875</v>
+      </c>
+      <c r="C1129" s="25" t="s">
+        <v>2876</v>
+      </c>
+      <c r="D1129" s="54">
+        <v>46189</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1130" s="13" t="s">
+        <v>2879</v>
+      </c>
+      <c r="B1130" s="24" t="s">
+        <v>2880</v>
+      </c>
+      <c r="C1130" s="24" t="s">
+        <v>105</v>
+      </c>
+      <c r="D1130" s="33">
+        <v>46205</v>
+      </c>
+      <c r="E1130" s="87"/>
+    </row>
+    <row r="1131" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1131" s="53" t="s">
+        <v>2882</v>
+      </c>
+      <c r="B1131" s="30" t="s">
+        <v>2883</v>
+      </c>
+      <c r="C1131" s="94" t="s">
+        <v>2884</v>
+      </c>
+      <c r="D1131" s="54">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:5" ht="220.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1132" s="53" t="s">
+        <v>2885</v>
+      </c>
+      <c r="B1132" s="30" t="s">
+        <v>2886</v>
+      </c>
+      <c r="C1132" s="86" t="s">
+        <v>2887</v>
+      </c>
+      <c r="D1132" s="54">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:5" ht="97.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1133" s="53" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B1133" s="30" t="s">
+        <v>2890</v>
+      </c>
+      <c r="C1133" s="86" t="s">
+        <v>859</v>
+      </c>
+      <c r="D1133" s="54">
+        <v>46191</v>
+      </c>
+      <c r="E1133" s="87"/>
+    </row>
+    <row r="1134" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1134" s="53" t="s">
+        <v>2891</v>
+      </c>
+      <c r="B1134" s="30" t="s">
+        <v>2892</v>
+      </c>
+      <c r="C1134" s="86" t="s">
+        <v>2893</v>
+      </c>
+      <c r="D1134" s="38">
+        <v>46191</v>
+      </c>
+      <c r="E1134" s="87"/>
+    </row>
+    <row r="1135" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1135" s="53" t="s">
+        <v>2895</v>
+      </c>
+      <c r="B1135" s="30" t="s">
+        <v>2896</v>
+      </c>
+      <c r="C1135" s="88" t="s">
+        <v>2897</v>
+      </c>
+      <c r="D1135" s="54">
+        <v>46193</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:5" ht="86.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1136" s="53" t="s">
+        <v>2898</v>
+      </c>
+      <c r="B1136" s="59" t="s">
+        <v>905</v>
+      </c>
+      <c r="C1136" s="92" t="s">
         <v>2899</v>
       </c>
-      <c r="C1078" s="91" t="s">
-[...758 lines deleted...]
-      <c r="A1132" s="53" t="s">
+      <c r="D1136" s="54">
+        <v>46167</v>
+      </c>
+      <c r="E1136" s="87"/>
+    </row>
+    <row r="1137" spans="1:5" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A1137" s="53" t="s">
         <v>2900</v>
       </c>
-      <c r="B1132" s="55" t="s">
+      <c r="B1137" s="46" t="s">
         <v>2901</v>
       </c>
-      <c r="C1132" s="87" t="s">
-[...7 lines deleted...]
-      <c r="A1133" s="53" t="s">
+      <c r="C1137" s="86" t="s">
+        <v>129</v>
+      </c>
+      <c r="D1137" s="54">
+        <v>46197</v>
+      </c>
+      <c r="E1137" s="98"/>
+    </row>
+    <row r="1138" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1138" s="53" t="s">
         <v>2902</v>
       </c>
-      <c r="B1133" s="30" t="s">
+      <c r="B1138" s="30" t="s">
         <v>2903</v>
       </c>
-      <c r="C1133" s="55" t="s">
-[...7 lines deleted...]
-      <c r="A1134" s="106" t="s">
+      <c r="C1138" s="88" t="s">
         <v>2904</v>
       </c>
-      <c r="B1134" s="30" t="s">
-[...10 lines deleted...]
-      <c r="A1135" s="14" t="s">
+      <c r="D1138" s="54">
+        <v>46196</v>
+      </c>
+    </row>
+    <row r="1139" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A1139" s="53" t="s">
         <v>2907</v>
       </c>
-      <c r="B1135" s="25" t="s">
+      <c r="B1139" s="30" t="s">
         <v>2908</v>
       </c>
-      <c r="C1135" s="89" t="s">
-[...2 lines deleted...]
-      <c r="D1135" s="38">
+      <c r="C1139" s="86" t="s">
+        <v>2909</v>
+      </c>
+      <c r="D1139" s="54">
         <v>46200</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B1136" s="30" t="s">
+      <c r="E1139" s="87"/>
+    </row>
+    <row r="1140" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1140" s="53" t="s">
         <v>2910</v>
       </c>
-      <c r="C1136" s="87" t="s">
+      <c r="B1140" s="30" t="s">
         <v>2911</v>
       </c>
-      <c r="D1136" s="54">
+      <c r="C1140" s="94" t="s">
+        <v>39</v>
+      </c>
+      <c r="D1140" s="54">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1141" s="53" t="s">
+        <v>2918</v>
+      </c>
+      <c r="B1141" s="30" t="s">
+        <v>2917</v>
+      </c>
+      <c r="C1141" s="86" t="s">
+        <v>2919</v>
+      </c>
+      <c r="D1141" s="54">
+        <v>46204</v>
+      </c>
+      <c r="E1141" s="87"/>
+    </row>
+    <row r="1142" spans="1:5" ht="367.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1142" s="53" t="s">
+        <v>2921</v>
+      </c>
+      <c r="B1142" s="46" t="s">
+        <v>2922</v>
+      </c>
+      <c r="C1142" s="86" t="s">
+        <v>2923</v>
+      </c>
+      <c r="D1142" s="54">
+        <v>46205</v>
+      </c>
+    </row>
+    <row r="1143" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1143" s="53" t="s">
+        <v>3522</v>
+      </c>
+      <c r="B1143" s="30" t="s">
+        <v>2926</v>
+      </c>
+      <c r="C1143" s="86" t="s">
+        <v>2927</v>
+      </c>
+      <c r="D1143" s="54">
+        <v>46261</v>
+      </c>
+      <c r="E1143" s="87"/>
+    </row>
+    <row r="1144" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1144" s="53" t="s">
+        <v>2928</v>
+      </c>
+      <c r="B1144" s="30" t="s">
+        <v>2929</v>
+      </c>
+      <c r="C1144" s="86" t="s">
+        <v>2930</v>
+      </c>
+      <c r="D1144" s="54">
+        <v>46206</v>
+      </c>
+    </row>
+    <row r="1145" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1145" s="53" t="s">
+        <v>2934</v>
+      </c>
+      <c r="B1145" s="30" t="s">
+        <v>2935</v>
+      </c>
+      <c r="C1145" s="86" t="s">
+        <v>2936</v>
+      </c>
+      <c r="D1145" s="54">
+        <v>46207</v>
+      </c>
+      <c r="E1145" s="87"/>
+    </row>
+    <row r="1146" spans="1:5" ht="184.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1146" s="53" t="s">
+        <v>2937</v>
+      </c>
+      <c r="B1146" s="55" t="s">
+        <v>2938</v>
+      </c>
+      <c r="C1146" s="24" t="s">
+        <v>3415</v>
+      </c>
+      <c r="D1146" s="57">
+        <v>46207</v>
+      </c>
+      <c r="E1146" s="93"/>
+    </row>
+    <row r="1147" spans="1:5" ht="218.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1147" s="53" t="s">
+        <v>2939</v>
+      </c>
+      <c r="B1147" s="24" t="s">
+        <v>2940</v>
+      </c>
+      <c r="C1147" s="90" t="s">
+        <v>493</v>
+      </c>
+      <c r="D1147" s="38">
+        <v>46207</v>
+      </c>
+      <c r="E1147" s="87"/>
+    </row>
+    <row r="1148" spans="1:5" ht="174" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1148" s="13" t="s">
+        <v>2941</v>
+      </c>
+      <c r="B1148" s="30" t="s">
+        <v>2942</v>
+      </c>
+      <c r="C1148" s="24" t="s">
+        <v>2943</v>
+      </c>
+      <c r="D1148" s="33">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="1149" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A1149" s="53" t="s">
+        <v>2944</v>
+      </c>
+      <c r="B1149" s="30" t="s">
+        <v>2945</v>
+      </c>
+      <c r="C1149" s="86" t="s">
+        <v>2946</v>
+      </c>
+      <c r="D1149" s="54">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="1150" spans="1:5" ht="333" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1150" s="14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B1150" s="25" t="s">
+        <v>2950</v>
+      </c>
+      <c r="C1150" s="90" t="s">
+        <v>3416</v>
+      </c>
+      <c r="D1150" s="33">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:5" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A1151" s="15" t="s">
+        <v>2954</v>
+      </c>
+      <c r="B1151" s="24" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1151" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="D1151" s="33">
+        <v>46212</v>
+      </c>
+      <c r="E1151" s="93"/>
+    </row>
+    <row r="1152" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1152" s="53" t="s">
+        <v>2955</v>
+      </c>
+      <c r="B1152" s="30" t="s">
+        <v>2956</v>
+      </c>
+      <c r="C1152" s="86" t="s">
+        <v>2957</v>
+      </c>
+      <c r="D1152" s="54">
+        <v>46212</v>
+      </c>
+    </row>
+    <row r="1153" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1153" s="53" t="s">
+        <v>2963</v>
+      </c>
+      <c r="B1153" s="30" t="s">
+        <v>2964</v>
+      </c>
+      <c r="C1153" s="86" t="s">
+        <v>2965</v>
+      </c>
+      <c r="D1153" s="54">
+        <v>46212</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1154" s="53" t="s">
+        <v>2970</v>
+      </c>
+      <c r="B1154" s="55" t="s">
+        <v>2971</v>
+      </c>
+      <c r="C1154" s="86" t="s">
+        <v>2972</v>
+      </c>
+      <c r="D1154" s="54">
+        <v>46213</v>
+      </c>
+      <c r="E1154" s="87"/>
+    </row>
+    <row r="1155" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1155" s="53" t="s">
+        <v>2973</v>
+      </c>
+      <c r="B1155" s="30" t="s">
+        <v>2974</v>
+      </c>
+      <c r="C1155" s="86" t="s">
+        <v>889</v>
+      </c>
+      <c r="D1155" s="54">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="1156" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1156" s="53" t="s">
+        <v>2978</v>
+      </c>
+      <c r="B1156" s="24" t="s">
+        <v>2979</v>
+      </c>
+      <c r="C1156" s="106" t="s">
+        <v>859</v>
+      </c>
+      <c r="D1156" s="54">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="1157" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A1157" s="53" t="s">
+        <v>2980</v>
+      </c>
+      <c r="B1157" s="30" t="s">
+        <v>2981</v>
+      </c>
+      <c r="C1157" s="86" t="s">
+        <v>2982</v>
+      </c>
+      <c r="D1157" s="54">
+        <v>46217</v>
+      </c>
+      <c r="E1157" s="87"/>
+    </row>
+    <row r="1158" spans="1:5" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A1158" s="53" t="s">
+        <v>2985</v>
+      </c>
+      <c r="B1158" s="30" t="s">
+        <v>2986</v>
+      </c>
+      <c r="C1158" s="92" t="s">
+        <v>3417</v>
+      </c>
+      <c r="D1158" s="38">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A1159" s="13" t="s">
+        <v>2987</v>
+      </c>
+      <c r="B1159" s="24" t="s">
+        <v>2988</v>
+      </c>
+      <c r="C1159" s="24" t="s">
+        <v>2989</v>
+      </c>
+      <c r="D1159" s="38">
+        <v>46130</v>
+      </c>
+      <c r="E1159" s="93"/>
+    </row>
+    <row r="1160" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1160" s="15" t="s">
+        <v>2990</v>
+      </c>
+      <c r="B1160" s="24" t="s">
+        <v>2991</v>
+      </c>
+      <c r="C1160" s="24" t="s">
+        <v>2992</v>
+      </c>
+      <c r="D1160" s="38">
         <v>46221</v>
       </c>
     </row>
-    <row r="1137" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
-[...347 lines deleted...]
-        <v>2984</v>
+    <row r="1161" spans="1:5" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A1161" s="15" t="s">
+        <v>2993</v>
       </c>
       <c r="B1161" s="30" t="s">
-        <v>2985</v>
-[...2 lines deleted...]
-        <v>2986</v>
+        <v>2994</v>
+      </c>
+      <c r="C1161" s="107" t="s">
+        <v>2995</v>
       </c>
       <c r="D1161" s="38">
-        <v>46191</v>
-[...5 lines deleted...]
-        <v>2988</v>
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:5" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A1162" s="15" t="s">
+        <v>2993</v>
       </c>
       <c r="B1162" s="30" t="s">
-        <v>2989</v>
-[...8 lines deleted...]
-    <row r="1163" spans="1:5" ht="86.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2994</v>
+      </c>
+      <c r="C1162" s="88" t="s">
+        <v>2996</v>
+      </c>
+      <c r="D1162" s="38">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1163" s="53" t="s">
-        <v>2991</v>
-[...5 lines deleted...]
-        <v>2992</v>
+        <v>2997</v>
+      </c>
+      <c r="B1163" s="55" t="s">
+        <v>2998</v>
+      </c>
+      <c r="C1163" s="86" t="s">
+        <v>2999</v>
       </c>
       <c r="D1163" s="54">
-        <v>46167</v>
-[...3 lines deleted...]
-    <row r="1164" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
       <c r="A1164" s="53" t="s">
-        <v>2993</v>
-[...5 lines deleted...]
-        <v>133</v>
+        <v>3000</v>
+      </c>
+      <c r="B1164" s="30" t="s">
+        <v>3001</v>
+      </c>
+      <c r="C1164" s="86" t="s">
+        <v>3002</v>
       </c>
       <c r="D1164" s="54">
-        <v>46197</v>
-[...3 lines deleted...]
-    <row r="1165" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+        <v>46225</v>
+      </c>
+      <c r="E1164" s="87"/>
+    </row>
+    <row r="1165" spans="1:5" ht="102" x14ac:dyDescent="0.3">
       <c r="A1165" s="53" t="s">
-        <v>2995</v>
+        <v>3004</v>
       </c>
       <c r="B1165" s="30" t="s">
-        <v>2996</v>
-[...2 lines deleted...]
-        <v>2997</v>
+        <v>676</v>
+      </c>
+      <c r="C1165" s="86" t="s">
+        <v>3494</v>
       </c>
       <c r="D1165" s="54">
-        <v>46196</v>
-[...31 lines deleted...]
-    <row r="1168" spans="1:5" x14ac:dyDescent="0.25">
+        <v>46225</v>
+      </c>
+      <c r="E1165" s="87"/>
+    </row>
+    <row r="1166" spans="1:5" ht="192.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1166" s="108" t="s">
+        <v>3005</v>
+      </c>
+      <c r="B1166" s="24" t="s">
+        <v>3006</v>
+      </c>
+      <c r="C1166" s="24" t="s">
+        <v>2104</v>
+      </c>
+      <c r="D1166" s="33">
+        <v>46130</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:5" ht="49.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1167" s="65" t="s">
+        <v>3008</v>
+      </c>
+      <c r="B1167" s="24" t="s">
+        <v>3009</v>
+      </c>
+      <c r="C1167" s="94" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D1167" s="33">
+        <v>46228</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
       <c r="A1168" s="53" t="s">
-        <v>3012</v>
+        <v>3010</v>
       </c>
       <c r="B1168" s="30" t="s">
         <v>3011</v>
       </c>
-      <c r="C1168" s="87" t="s">
+      <c r="C1168" s="86" t="s">
+        <v>3418</v>
+      </c>
+      <c r="D1168" s="54">
+        <v>46227</v>
+      </c>
+      <c r="E1168" s="87"/>
+    </row>
+    <row r="1169" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1169" s="53" t="s">
+        <v>3012</v>
+      </c>
+      <c r="B1169" s="25" t="s">
         <v>3013</v>
       </c>
-      <c r="D1168" s="54">
-[...8 lines deleted...]
-      <c r="B1169" s="46" t="s">
+      <c r="C1169" s="24" t="s">
+        <v>3014</v>
+      </c>
+      <c r="D1169" s="38">
+        <v>46227</v>
+      </c>
+      <c r="E1169" s="87"/>
+    </row>
+    <row r="1170" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1170" s="53" t="s">
         <v>3016</v>
       </c>
-      <c r="C1169" s="87" t="s">
+      <c r="B1170" s="30" t="s">
         <v>3017</v>
       </c>
-      <c r="D1169" s="54">
-[...7 lines deleted...]
-      <c r="B1170" s="30" t="s">
+      <c r="C1170" s="86" t="s">
+        <v>3018</v>
+      </c>
+      <c r="D1170" s="54">
+        <v>46228</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1171" s="53" t="s">
+        <v>3019</v>
+      </c>
+      <c r="B1171" s="46" t="s">
         <v>3020</v>
       </c>
-      <c r="C1170" s="87" t="s">
+      <c r="C1171" s="86" t="s">
         <v>3021</v>
       </c>
-      <c r="D1170" s="54">
-[...5 lines deleted...]
-      <c r="A1171" s="53" t="s">
+      <c r="D1171" s="54">
+        <v>46228</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1172" s="53" t="s">
+        <v>3023</v>
+      </c>
+      <c r="B1172" s="30" t="s">
         <v>3022</v>
       </c>
-      <c r="B1171" s="30" t="s">
-[...2 lines deleted...]
-      <c r="C1171" s="87" t="s">
+      <c r="C1172" s="86" t="s">
+        <v>3419</v>
+      </c>
+      <c r="D1172" s="54">
+        <v>46228</v>
+      </c>
+      <c r="E1172" s="87"/>
+    </row>
+    <row r="1173" spans="1:5" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A1173" s="53" t="s">
+        <v>3025</v>
+      </c>
+      <c r="B1173" s="30" t="s">
         <v>3024</v>
       </c>
-      <c r="D1171" s="54">
-[...4 lines deleted...]
-      <c r="A1172" s="53" t="s">
+      <c r="C1173" s="55" t="s">
+        <v>3578</v>
+      </c>
+      <c r="D1173" s="54">
+        <v>46228</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:5" ht="166.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1174" s="15" t="s">
+        <v>3026</v>
+      </c>
+      <c r="B1174" s="24" t="s">
+        <v>3027</v>
+      </c>
+      <c r="C1174" s="90" t="s">
         <v>3028</v>
       </c>
-      <c r="B1172" s="30" t="s">
+      <c r="D1174" s="33">
+        <v>46231</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:5" ht="51" x14ac:dyDescent="0.3">
+      <c r="A1175" s="53" t="s">
         <v>3029</v>
       </c>
-      <c r="C1172" s="87" t="s">
+      <c r="B1175" s="30" t="s">
         <v>3030</v>
       </c>
-      <c r="D1172" s="54">
-[...5 lines deleted...]
-      <c r="A1173" s="53" t="s">
+      <c r="C1175" s="86" t="s">
         <v>3031</v>
       </c>
-      <c r="B1173" s="55" t="s">
+      <c r="D1175" s="57">
+        <v>46232</v>
+      </c>
+      <c r="E1175" s="87"/>
+    </row>
+    <row r="1176" spans="1:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1176" s="14" t="s">
         <v>3032</v>
       </c>
-      <c r="C1173" s="72" t="s">
-[...8 lines deleted...]
-      <c r="A1174" s="53" t="s">
+      <c r="B1176" s="24" t="s">
         <v>3033</v>
       </c>
-      <c r="B1174" s="72" t="s">
+      <c r="C1176" s="24" t="s">
         <v>3034</v>
       </c>
-      <c r="C1174" s="91" t="s">
-[...14 lines deleted...]
-      <c r="C1175" s="72" t="s">
+      <c r="D1176" s="33">
+        <v>46232</v>
+      </c>
+      <c r="E1176" s="87"/>
+    </row>
+    <row r="1177" spans="1:5" ht="51" x14ac:dyDescent="0.3">
+      <c r="A1177" s="53" t="s">
         <v>3037</v>
       </c>
-      <c r="D1175" s="33">
-[...4 lines deleted...]
-      <c r="A1176" s="53" t="s">
+      <c r="B1177" s="30" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C1177" s="86" t="s">
         <v>3038</v>
       </c>
-      <c r="B1176" s="30" t="s">
-[...2 lines deleted...]
-      <c r="C1176" s="87" t="s">
+      <c r="D1177" s="38">
+        <v>46232</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1178" s="15" t="s">
         <v>3040</v>
       </c>
-      <c r="D1176" s="54">
-[...18 lines deleted...]
-      <c r="A1178" s="15" t="s">
+      <c r="B1178" s="24" t="s">
+        <v>3041</v>
+      </c>
+      <c r="C1178" s="24" t="s">
+        <v>3042</v>
+      </c>
+      <c r="D1178" s="33">
+        <v>46236</v>
+      </c>
+      <c r="E1178" s="98"/>
+    </row>
+    <row r="1179" spans="1:5" ht="105" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1179" s="16" t="s">
+        <v>3045</v>
+      </c>
+      <c r="B1179" s="24" t="s">
+        <v>190</v>
+      </c>
+      <c r="C1179" s="92" t="s">
+        <v>39</v>
+      </c>
+      <c r="D1179" s="38">
+        <v>46269</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A1180" s="53" t="s">
+        <v>3047</v>
+      </c>
+      <c r="B1180" s="25" t="s">
         <v>3048</v>
       </c>
-      <c r="B1178" s="72" t="s">
-[...14 lines deleted...]
-      <c r="B1179" s="30" t="s">
+      <c r="C1180" s="90" t="s">
+        <v>3420</v>
+      </c>
+      <c r="D1180" s="54">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1181" s="53" t="s">
         <v>3050</v>
       </c>
-      <c r="C1179" s="87" t="s">
+      <c r="B1181" s="30" t="s">
         <v>3051</v>
       </c>
-      <c r="D1179" s="54">
-[...4 lines deleted...]
-      <c r="A1180" s="53" t="s">
+      <c r="C1181" s="90" t="s">
+        <v>3052</v>
+      </c>
+      <c r="D1181" s="54">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1182" s="53" t="s">
+        <v>3053</v>
+      </c>
+      <c r="B1182" s="30" t="s">
+        <v>3054</v>
+      </c>
+      <c r="C1182" s="90" t="s">
+        <v>3055</v>
+      </c>
+      <c r="D1182" s="54">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1183" s="53" t="s">
+        <v>3056</v>
+      </c>
+      <c r="B1183" s="30" t="s">
         <v>3057</v>
       </c>
-      <c r="B1180" s="30" t="s">
+      <c r="C1183" s="86" t="s">
         <v>3058</v>
       </c>
-      <c r="C1180" s="87" t="s">
+      <c r="D1183" s="54">
+        <v>46239</v>
+      </c>
+      <c r="E1183" s="87"/>
+    </row>
+    <row r="1184" spans="1:5" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1184" s="14" t="s">
         <v>3059</v>
       </c>
-      <c r="D1180" s="54">
-[...7 lines deleted...]
-      <c r="B1181" s="55" t="s">
+      <c r="B1184" s="24" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C1184" s="92" t="s">
+        <v>1919</v>
+      </c>
+      <c r="D1184" s="33">
+        <v>46239</v>
+      </c>
+      <c r="E1184" s="87"/>
+    </row>
+    <row r="1185" spans="1:5" ht="51" x14ac:dyDescent="0.3">
+      <c r="A1185" s="13" t="s">
+        <v>3060</v>
+      </c>
+      <c r="B1185" s="24" t="s">
+        <v>3061</v>
+      </c>
+      <c r="C1185" s="24" t="s">
+        <v>3062</v>
+      </c>
+      <c r="D1185" s="33">
+        <v>46240</v>
+      </c>
+    </row>
+    <row r="1186" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1186" s="53" t="s">
         <v>3065</v>
       </c>
-      <c r="C1181" s="87" t="s">
+      <c r="B1186" s="30" t="s">
         <v>3066</v>
       </c>
-      <c r="D1181" s="54">
-[...5 lines deleted...]
-      <c r="A1182" s="53" t="s">
+      <c r="C1186" s="86" t="s">
+        <v>3421</v>
+      </c>
+      <c r="D1186" s="38">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="1187" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1187" s="53" t="s">
         <v>3067</v>
       </c>
-      <c r="B1182" s="30" t="s">
+      <c r="B1187" s="30" t="s">
         <v>3068</v>
       </c>
-      <c r="C1182" s="87" t="s">
-[...7 lines deleted...]
-      <c r="A1183" s="53" t="s">
+      <c r="C1187" s="86" t="s">
+        <v>521</v>
+      </c>
+      <c r="D1187" s="54">
+        <v>46241</v>
+      </c>
+      <c r="E1187" s="87"/>
+    </row>
+    <row r="1188" spans="1:5" ht="73.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1188" s="53" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B1188" s="25" t="s">
+        <v>3070</v>
+      </c>
+      <c r="C1188" s="86" t="s">
+        <v>3071</v>
+      </c>
+      <c r="D1188" s="38">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1189" s="53" t="s">
         <v>3072</v>
       </c>
-      <c r="B1183" s="72" t="s">
+      <c r="B1189" s="30" t="s">
         <v>3073</v>
       </c>
-      <c r="C1183" s="108" t="s">
-[...7 lines deleted...]
-      <c r="A1184" s="53" t="s">
+      <c r="C1189" s="86" t="s">
         <v>3074</v>
       </c>
-      <c r="B1184" s="30" t="s">
+      <c r="D1189" s="54">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="1190" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A1190" s="53" t="s">
         <v>3075</v>
       </c>
-      <c r="C1184" s="87" t="s">
+      <c r="B1190" s="100" t="s">
         <v>3076</v>
       </c>
-      <c r="D1184" s="54">
-[...5 lines deleted...]
-      <c r="A1185" s="53" t="s">
+      <c r="C1190" s="55" t="s">
+        <v>3077</v>
+      </c>
+      <c r="D1190" s="54">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1191" s="53" t="s">
         <v>3079</v>
       </c>
-      <c r="B1185" s="30" t="s">
+      <c r="B1191" s="55" t="s">
         <v>3080</v>
       </c>
-      <c r="C1185" s="93" t="s">
-[...7 lines deleted...]
-      <c r="A1186" s="13" t="s">
+      <c r="C1191" s="86" t="s">
         <v>3081</v>
       </c>
-      <c r="B1186" s="72" t="s">
-[...17 lines deleted...]
-      <c r="C1187" s="72" t="s">
+      <c r="D1191" s="54">
+        <v>46242</v>
+      </c>
+      <c r="E1191" s="87"/>
+    </row>
+    <row r="1192" spans="1:5" ht="143.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1192" s="61" t="s">
         <v>3086</v>
       </c>
-      <c r="D1187" s="38">
-[...4 lines deleted...]
-      <c r="A1188" s="15" t="s">
+      <c r="B1192" s="30" t="s">
         <v>3087</v>
       </c>
-      <c r="B1188" s="30" t="s">
+      <c r="C1192" s="86" t="s">
         <v>3088</v>
       </c>
-      <c r="C1188" s="109" t="s">
-[...13 lines deleted...]
-      <c r="C1189" s="89" t="s">
+      <c r="D1192" s="57">
+        <v>46246</v>
+      </c>
+    </row>
+    <row r="1193" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1193" s="53" t="s">
         <v>3090</v>
       </c>
-      <c r="D1189" s="38">
-[...4 lines deleted...]
-      <c r="A1190" s="53" t="s">
+      <c r="B1193" s="30" t="s">
         <v>3091</v>
       </c>
-      <c r="B1190" s="55" t="s">
+      <c r="C1193" s="86" t="s">
         <v>3092</v>
       </c>
-      <c r="C1190" s="87" t="s">
-[...40 lines deleted...]
-      <c r="B1193" s="72" t="s">
+      <c r="D1193" s="33">
+        <v>46247</v>
+      </c>
+    </row>
+    <row r="1194" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1194" s="15" t="s">
         <v>3100</v>
       </c>
-      <c r="C1193" s="72" t="s">
-[...7 lines deleted...]
-      <c r="A1194" s="65" t="s">
+      <c r="B1194" s="55" t="s">
+        <v>3101</v>
+      </c>
+      <c r="C1194" s="88" t="s">
         <v>3102</v>
       </c>
-      <c r="B1194" s="72" t="s">
+      <c r="D1194" s="33">
+        <v>46254</v>
+      </c>
+    </row>
+    <row r="1195" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1195" s="53" t="s">
         <v>3103</v>
       </c>
-      <c r="C1194" s="95" t="s">
-[...7 lines deleted...]
-      <c r="A1195" s="53" t="s">
+      <c r="B1195" s="30" t="s">
         <v>3104</v>
       </c>
-      <c r="B1195" s="30" t="s">
+      <c r="C1195" s="92" t="s">
+        <v>3102</v>
+      </c>
+      <c r="D1195" s="54">
+        <v>46254</v>
+      </c>
+      <c r="E1195" s="87"/>
+    </row>
+    <row r="1196" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1196" s="53" t="s">
         <v>3105</v>
       </c>
-      <c r="C1195" s="87" t="s">
-[...8 lines deleted...]
-      <c r="A1196" s="53" t="s">
+      <c r="B1196" s="30" t="s">
         <v>3106</v>
       </c>
-      <c r="B1196" s="25" t="s">
+      <c r="C1196" s="86" t="s">
         <v>3107</v>
       </c>
-      <c r="C1196" s="72" t="s">
-[...7 lines deleted...]
-    <row r="1197" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="D1196" s="54">
+        <v>46253</v>
+      </c>
+      <c r="E1196" s="87"/>
+    </row>
+    <row r="1197" spans="1:5" ht="142.80000000000001" x14ac:dyDescent="0.3">
       <c r="A1197" s="53" t="s">
+        <v>3109</v>
+      </c>
+      <c r="B1197" s="30" t="s">
         <v>3110</v>
       </c>
-      <c r="B1197" s="30" t="s">
-[...2 lines deleted...]
-      <c r="C1197" s="87" t="s">
+      <c r="C1197" s="86" t="s">
+        <v>3657</v>
+      </c>
+      <c r="D1197" s="54">
+        <v>46256</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1198" s="53" t="s">
         <v>3112</v>
       </c>
-      <c r="D1197" s="54">
-[...4 lines deleted...]
-      <c r="A1198" s="53" t="s">
+      <c r="B1198" s="30" t="s">
         <v>3113</v>
       </c>
-      <c r="B1198" s="46" t="s">
+      <c r="C1198" s="86" t="s">
         <v>3114</v>
       </c>
-      <c r="C1198" s="87" t="s">
+      <c r="D1198" s="54">
+        <v>46259</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1199" s="53" t="s">
         <v>3115</v>
-      </c>
-[...6 lines deleted...]
-        <v>3117</v>
       </c>
       <c r="B1199" s="30" t="s">
         <v>3116</v>
       </c>
-      <c r="C1199" s="87" t="s">
-        <v>3525</v>
+      <c r="C1199" s="94" t="s">
+        <v>2946</v>
       </c>
       <c r="D1199" s="54">
-        <v>46228</v>
-[...3 lines deleted...]
-    <row r="1200" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+        <v>46260</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1200" s="53" t="s">
-        <v>3119</v>
+        <v>3117</v>
       </c>
       <c r="B1200" s="30" t="s">
         <v>3118</v>
       </c>
-      <c r="C1200" s="55" t="s">
+      <c r="C1200" s="111" t="s">
+        <v>3119</v>
+      </c>
+      <c r="D1200" s="54">
+        <v>46260</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:5" ht="98.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1201" s="61" t="s">
         <v>3120</v>
       </c>
-      <c r="D1200" s="54">
-[...4 lines deleted...]
-      <c r="A1201" s="15" t="s">
+      <c r="B1201" s="30" t="s">
         <v>3121</v>
       </c>
-      <c r="B1201" s="72" t="s">
+      <c r="C1201" s="86" t="s">
+        <v>3495</v>
+      </c>
+      <c r="D1201" s="54">
+        <v>46260</v>
+      </c>
+      <c r="E1201" s="87"/>
+    </row>
+    <row r="1202" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1202" s="53" t="s">
         <v>3122</v>
       </c>
-      <c r="C1201" s="91" t="s">
+      <c r="B1202" s="55" t="s">
         <v>3123</v>
       </c>
-      <c r="D1201" s="33">
-[...10 lines deleted...]
-      <c r="C1202" s="87" t="s">
+      <c r="C1202" s="91" t="s">
+        <v>721</v>
+      </c>
+      <c r="D1202" s="54">
+        <v>46260</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:5" ht="112.2" x14ac:dyDescent="0.3">
+      <c r="A1203" s="53" t="s">
         <v>3126</v>
       </c>
-      <c r="D1202" s="57">
-[...11 lines deleted...]
-      <c r="C1203" s="72" t="s">
+      <c r="B1203" s="30" t="s">
+        <v>1823</v>
+      </c>
+      <c r="C1203" s="86" t="s">
+        <v>1827</v>
+      </c>
+      <c r="D1203" s="33">
+        <v>46240</v>
+      </c>
+    </row>
+    <row r="1204" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1204" s="58" t="s">
         <v>3129</v>
       </c>
-      <c r="D1203" s="33">
-[...5 lines deleted...]
-      <c r="A1204" s="53" t="s">
+      <c r="B1204" s="30" t="s">
+        <v>3130</v>
+      </c>
+      <c r="C1204" s="24" t="s">
+        <v>3131</v>
+      </c>
+      <c r="D1204" s="54">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="1205" spans="1:5" ht="173.4" x14ac:dyDescent="0.3">
+      <c r="A1205" s="53" t="s">
         <v>3132</v>
       </c>
-      <c r="B1204" s="30" t="s">
-[...2 lines deleted...]
-      <c r="C1204" s="87" t="s">
+      <c r="B1205" s="30" t="s">
         <v>3133</v>
       </c>
-      <c r="D1204" s="38">
-[...19 lines deleted...]
-      <c r="A1206" s="16" t="s">
+      <c r="C1205" s="86" t="s">
+        <v>3658</v>
+      </c>
+      <c r="D1205" s="54">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="1206" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1206" s="53" t="s">
+        <v>3138</v>
+      </c>
+      <c r="B1206" s="30" t="s">
+        <v>714</v>
+      </c>
+      <c r="C1206" s="86" t="s">
+        <v>715</v>
+      </c>
+      <c r="D1206" s="38">
+        <v>46344</v>
+      </c>
+      <c r="E1206" s="87"/>
+    </row>
+    <row r="1207" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1207" s="16" t="s">
         <v>3140</v>
       </c>
-      <c r="B1206" s="72" t="s">
-[...10 lines deleted...]
-      <c r="A1207" s="53" t="s">
+      <c r="B1207" s="25" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C1207" s="88" t="s">
+        <v>3141</v>
+      </c>
+      <c r="D1207" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1208" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1208" s="13" t="s">
         <v>3142</v>
       </c>
-      <c r="B1207" s="25" t="s">
+      <c r="B1208" s="25" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C1208" s="94" t="s">
         <v>3143</v>
       </c>
-      <c r="C1207" s="91" t="s">
+      <c r="D1208" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1209" spans="1:5" ht="56.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1209" s="14" t="s">
+        <v>3144</v>
+      </c>
+      <c r="B1209" s="25" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C1209" s="88" t="s">
+        <v>3422</v>
+      </c>
+      <c r="D1209" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1210" spans="1:5" ht="51" x14ac:dyDescent="0.3">
+      <c r="A1210" s="13" t="s">
+        <v>3145</v>
+      </c>
+      <c r="B1210" s="25" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C1210" s="88" t="s">
+        <v>3146</v>
+      </c>
+      <c r="D1210" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1211" spans="1:5" ht="162" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1211" s="53" t="s">
+        <v>3147</v>
+      </c>
+      <c r="B1211" s="30" t="s">
+        <v>3148</v>
+      </c>
+      <c r="C1211" s="86" t="s">
+        <v>3149</v>
+      </c>
+      <c r="D1211" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1212" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1212" s="53" t="s">
+        <v>3150</v>
+      </c>
+      <c r="B1212" s="30" t="s">
+        <v>3151</v>
+      </c>
+      <c r="C1212" s="86" t="s">
+        <v>3152</v>
+      </c>
+      <c r="D1212" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1213" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1213" s="53" t="s">
+        <v>3154</v>
+      </c>
+      <c r="B1213" s="55" t="s">
+        <v>3155</v>
+      </c>
+      <c r="C1213" s="86" t="s">
+        <v>3156</v>
+      </c>
+      <c r="D1213" s="54">
+        <v>46275</v>
+      </c>
+    </row>
+    <row r="1214" spans="1:5" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1214" s="53" t="s">
+        <v>3160</v>
+      </c>
+      <c r="B1214" s="30" t="s">
+        <v>3161</v>
+      </c>
+      <c r="C1214" s="86" t="s">
+        <v>3394</v>
+      </c>
+      <c r="D1214" s="33">
+        <v>46277</v>
+      </c>
+    </row>
+    <row r="1215" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1215" s="53" t="s">
+        <v>3162</v>
+      </c>
+      <c r="B1215" s="30" t="s">
+        <v>3163</v>
+      </c>
+      <c r="C1215" s="88" t="s">
+        <v>2897</v>
+      </c>
+      <c r="D1215" s="54">
+        <v>46193</v>
+      </c>
+    </row>
+    <row r="1216" spans="1:5" ht="104.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1216" s="53" t="s">
+        <v>3164</v>
+      </c>
+      <c r="B1216" s="30" t="s">
+        <v>3165</v>
+      </c>
+      <c r="C1216" s="86" t="s">
+        <v>3166</v>
+      </c>
+      <c r="D1216" s="33">
+        <v>46278</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1217" s="53" t="s">
+        <v>3167</v>
+      </c>
+      <c r="B1217" s="30" t="s">
+        <v>3168</v>
+      </c>
+      <c r="C1217" s="86" t="s">
+        <v>3169</v>
+      </c>
+      <c r="D1217" s="33">
+        <v>46277</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1218" s="53" t="s">
+        <v>3170</v>
+      </c>
+      <c r="B1218" s="30" t="s">
+        <v>3171</v>
+      </c>
+      <c r="C1218" s="86" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D1218" s="33">
+        <v>46281</v>
+      </c>
+    </row>
+    <row r="1219" spans="1:5" ht="51" x14ac:dyDescent="0.3">
+      <c r="A1219" s="15" t="s">
+        <v>3172</v>
+      </c>
+      <c r="B1219" s="46" t="s">
+        <v>3173</v>
+      </c>
+      <c r="C1219" s="24" t="s">
+        <v>3174</v>
+      </c>
+      <c r="D1219" s="33">
+        <v>46281</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1220" s="53" t="s">
+        <v>3177</v>
+      </c>
+      <c r="B1220" s="30" t="s">
+        <v>3178</v>
+      </c>
+      <c r="C1220" s="86" t="s">
+        <v>3179</v>
+      </c>
+      <c r="D1220" s="38">
+        <v>46283</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1221" s="53" t="s">
+        <v>3181</v>
+      </c>
+      <c r="B1221" s="30" t="s">
+        <v>3182</v>
+      </c>
+      <c r="C1221" s="86" t="s">
+        <v>3183</v>
+      </c>
+      <c r="D1221" s="33">
+        <v>46283</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:5" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A1222" s="53" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B1222" s="47" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C1222" s="86" t="s">
+        <v>3577</v>
+      </c>
+      <c r="D1222" s="54">
+        <v>46283</v>
+      </c>
+      <c r="E1222" s="87"/>
+    </row>
+    <row r="1223" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A1223" s="53" t="s">
+        <v>3184</v>
+      </c>
+      <c r="B1223" s="30" t="s">
+        <v>3185</v>
+      </c>
+      <c r="C1223" s="86" t="s">
+        <v>3576</v>
+      </c>
+      <c r="D1223" s="57">
+        <v>46239</v>
+      </c>
+      <c r="E1223" s="87"/>
+    </row>
+    <row r="1224" spans="1:5" ht="51" x14ac:dyDescent="0.3">
+      <c r="A1224" s="53" t="s">
+        <v>1835</v>
+      </c>
+      <c r="B1224" s="30" t="s">
+        <v>1836</v>
+      </c>
+      <c r="C1224" s="86" t="s">
+        <v>3423</v>
+      </c>
+      <c r="D1224" s="38">
+        <v>46283</v>
+      </c>
+      <c r="E1224" s="87"/>
+    </row>
+    <row r="1225" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1225" s="53" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B1225" s="30" t="s">
+        <v>3187</v>
+      </c>
+      <c r="C1225" s="86" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D1225" s="33">
+        <v>46300</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1226" s="53" t="s">
+        <v>3188</v>
+      </c>
+      <c r="B1226" s="30" t="s">
+        <v>3189</v>
+      </c>
+      <c r="C1226" s="86" t="s">
+        <v>3190</v>
+      </c>
+      <c r="D1226" s="33">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1227" s="53" t="s">
+        <v>3193</v>
+      </c>
+      <c r="B1227" s="30" t="s">
+        <v>3194</v>
+      </c>
+      <c r="C1227" s="86" t="s">
+        <v>3659</v>
+      </c>
+      <c r="D1227" s="33">
+        <v>46288</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A1228" s="53" t="s">
+        <v>3198</v>
+      </c>
+      <c r="B1228" s="30" t="s">
+        <v>3199</v>
+      </c>
+      <c r="C1228" s="86" t="s">
+        <v>3200</v>
+      </c>
+      <c r="D1228" s="33">
+        <v>46288</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1229" s="53" t="s">
+        <v>3201</v>
+      </c>
+      <c r="B1229" s="30" t="s">
+        <v>3202</v>
+      </c>
+      <c r="C1229" s="86" t="s">
+        <v>3203</v>
+      </c>
+      <c r="D1229" s="33">
+        <v>46289</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A1230" s="53" t="s">
+        <v>3204</v>
+      </c>
+      <c r="B1230" s="55" t="s">
+        <v>3205</v>
+      </c>
+      <c r="C1230" s="86" t="s">
+        <v>3496</v>
+      </c>
+      <c r="D1230" s="33">
+        <v>46289</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1231" s="53" t="s">
+        <v>3502</v>
+      </c>
+      <c r="B1231" s="55" t="s">
+        <v>3207</v>
+      </c>
+      <c r="C1231" s="86" t="s">
+        <v>49</v>
+      </c>
+      <c r="D1231" s="33">
+        <v>46290</v>
+      </c>
+      <c r="E1231" s="87"/>
+    </row>
+    <row r="1232" spans="1:5" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A1232" s="53" t="s">
+        <v>3501</v>
+      </c>
+      <c r="B1232" s="55" t="s">
+        <v>3208</v>
+      </c>
+      <c r="C1232" s="88" t="s">
+        <v>3209</v>
+      </c>
+      <c r="D1232" s="33">
+        <v>46290</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1233" s="53" t="s">
+        <v>3210</v>
+      </c>
+      <c r="B1233" s="30" t="s">
+        <v>3211</v>
+      </c>
+      <c r="C1233" s="86" t="s">
+        <v>514</v>
+      </c>
+      <c r="D1233" s="33">
+        <v>46291</v>
+      </c>
+      <c r="E1233" s="87"/>
+    </row>
+    <row r="1234" spans="1:5" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A1234" s="53" t="s">
+        <v>3212</v>
+      </c>
+      <c r="B1234" s="25" t="s">
+        <v>3213</v>
+      </c>
+      <c r="C1234" s="35" t="s">
+        <v>3214</v>
+      </c>
+      <c r="D1234" s="54">
+        <v>46288</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:5" ht="112.2" x14ac:dyDescent="0.3">
+      <c r="A1235" s="15" t="s">
+        <v>3215</v>
+      </c>
+      <c r="B1235" s="24" t="s">
+        <v>3216</v>
+      </c>
+      <c r="C1235" s="24" t="s">
+        <v>3424</v>
+      </c>
+      <c r="D1235" s="33">
+        <v>46291</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1236" s="53" t="s">
+        <v>3220</v>
+      </c>
+      <c r="B1236" s="30" t="s">
+        <v>3221</v>
+      </c>
+      <c r="C1236" s="86" t="s">
+        <v>3222</v>
+      </c>
+      <c r="D1236" s="33">
+        <v>46288</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1237" s="53" t="s">
+        <v>3223</v>
+      </c>
+      <c r="B1237" s="30" t="s">
+        <v>3224</v>
+      </c>
+      <c r="C1237" s="86" t="s">
+        <v>3225</v>
+      </c>
+      <c r="D1237" s="33">
+        <v>46442</v>
+      </c>
+    </row>
+    <row r="1238" spans="1:5" ht="81.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A1238" s="53" t="s">
+        <v>3226</v>
+      </c>
+      <c r="B1238" s="55" t="s">
+        <v>3227</v>
+      </c>
+      <c r="C1238" s="86" t="s">
+        <v>3228</v>
+      </c>
+      <c r="D1238" s="54">
+        <v>46294</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:5" ht="41.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1239" s="14" t="s">
+        <v>3229</v>
+      </c>
+      <c r="B1239" s="24" t="s">
+        <v>3230</v>
+      </c>
+      <c r="C1239" s="24" t="s">
+        <v>3231</v>
+      </c>
+      <c r="D1239" s="49">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="1240" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1240" s="15" t="s">
+        <v>3234</v>
+      </c>
+      <c r="B1240" s="25" t="s">
+        <v>3235</v>
+      </c>
+      <c r="C1240" s="24" t="s">
+        <v>3236</v>
+      </c>
+      <c r="D1240" s="33">
+        <v>46296</v>
+      </c>
+    </row>
+    <row r="1241" spans="1:5" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A1241" s="62" t="s">
+        <v>3237</v>
+      </c>
+      <c r="B1241" s="30" t="s">
+        <v>3238</v>
+      </c>
+      <c r="C1241" s="86" t="s">
+        <v>3239</v>
+      </c>
+      <c r="D1241" s="54">
+        <v>46297</v>
+      </c>
+    </row>
+    <row r="1242" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1242" s="53" t="s">
+        <v>3242</v>
+      </c>
+      <c r="B1242" s="30" t="s">
+        <v>3243</v>
+      </c>
+      <c r="C1242" s="86" t="s">
+        <v>2946</v>
+      </c>
+      <c r="D1242" s="54">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:5" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A1243" s="53" t="s">
+        <v>3245</v>
+      </c>
+      <c r="B1243" s="30" t="s">
+        <v>3246</v>
+      </c>
+      <c r="C1243" s="86" t="s">
+        <v>3247</v>
+      </c>
+      <c r="D1243" s="54">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:5" ht="228" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1244" s="53" t="s">
+        <v>3249</v>
+      </c>
+      <c r="B1244" s="30" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C1244" s="94" t="s">
+        <v>71</v>
+      </c>
+      <c r="D1244" s="33">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:5" ht="68.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1245" s="53" t="s">
+        <v>3250</v>
+      </c>
+      <c r="B1245" s="30" t="s">
+        <v>3251</v>
+      </c>
+      <c r="C1245" s="86" t="s">
+        <v>986</v>
+      </c>
+      <c r="D1245" s="38">
+        <v>46304</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A1246" s="53" t="s">
+        <v>3254</v>
+      </c>
+      <c r="B1246" s="25" t="s">
+        <v>3252</v>
+      </c>
+      <c r="C1246" s="94" t="s">
+        <v>3253</v>
+      </c>
+      <c r="D1246" s="38">
+        <v>46304</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1247" s="53" t="s">
+        <v>3257</v>
+      </c>
+      <c r="B1247" s="30" t="s">
+        <v>3258</v>
+      </c>
+      <c r="C1247" s="86" t="s">
+        <v>3259</v>
+      </c>
+      <c r="D1247" s="33">
+        <v>46297</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:5" ht="75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1248" s="16" t="s">
+        <v>3260</v>
+      </c>
+      <c r="B1248" s="25" t="s">
+        <v>3261</v>
+      </c>
+      <c r="C1248" s="24" t="s">
+        <v>3262</v>
+      </c>
+      <c r="D1248" s="57">
+        <v>46305</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1249" s="53" t="s">
+        <v>3263</v>
+      </c>
+      <c r="B1249" s="30" t="s">
+        <v>3264</v>
+      </c>
+      <c r="C1249" s="86" t="s">
+        <v>3265</v>
+      </c>
+      <c r="D1249" s="33">
+        <v>46305</v>
+      </c>
+      <c r="E1249" s="87"/>
+    </row>
+    <row r="1250" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1250" s="53" t="s">
+        <v>3266</v>
+      </c>
+      <c r="B1250" s="30" t="s">
+        <v>3267</v>
+      </c>
+      <c r="C1250" s="86" t="s">
+        <v>526</v>
+      </c>
+      <c r="D1250" s="38">
+        <v>46290</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:5" ht="102" x14ac:dyDescent="0.3">
+      <c r="A1251" s="53" t="s">
+        <v>3268</v>
+      </c>
+      <c r="B1251" s="30" t="s">
+        <v>3269</v>
+      </c>
+      <c r="C1251" s="86" t="s">
+        <v>3270</v>
+      </c>
+      <c r="D1251" s="38">
+        <v>46308</v>
+      </c>
+      <c r="E1251" s="87"/>
+    </row>
+    <row r="1252" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1252" s="53" t="s">
+        <v>3272</v>
+      </c>
+      <c r="B1252" s="30" t="s">
+        <v>3273</v>
+      </c>
+      <c r="C1252" s="86" t="s">
+        <v>3660</v>
+      </c>
+      <c r="D1252" s="38">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:5" ht="212.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1253" s="53" t="s">
+        <v>3274</v>
+      </c>
+      <c r="B1253" s="47" t="s">
+        <v>3275</v>
+      </c>
+      <c r="C1253" s="92" t="s">
+        <v>338</v>
+      </c>
+      <c r="D1253" s="112">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1254" s="53" t="s">
+        <v>3277</v>
+      </c>
+      <c r="B1254" s="30" t="s">
+        <v>3278</v>
+      </c>
+      <c r="C1254" s="86" t="s">
+        <v>3279</v>
+      </c>
+      <c r="D1254" s="38">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1255" s="53" t="s">
+        <v>3281</v>
+      </c>
+      <c r="B1255" s="30" t="s">
+        <v>3282</v>
+      </c>
+      <c r="C1255" s="86" t="s">
+        <v>3283</v>
+      </c>
+      <c r="D1255" s="38">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:5" ht="369" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1256" s="53" t="s">
+        <v>3285</v>
+      </c>
+      <c r="B1256" s="30" t="s">
+        <v>3286</v>
+      </c>
+      <c r="C1256" s="86" t="s">
+        <v>442</v>
+      </c>
+      <c r="D1256" s="38">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1257" s="53" t="s">
+        <v>3287</v>
+      </c>
+      <c r="B1257" s="55" t="s">
+        <v>3288</v>
+      </c>
+      <c r="C1257" s="86" t="s">
+        <v>3289</v>
+      </c>
+      <c r="D1257" s="38">
+        <v>46313</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:5" ht="129.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1258" s="53" t="s">
+        <v>3425</v>
+      </c>
+      <c r="B1258" s="30" t="s">
+        <v>3290</v>
+      </c>
+      <c r="C1258" s="86" t="s">
+        <v>105</v>
+      </c>
+      <c r="D1258" s="38">
+        <v>46332</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:5" ht="36" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1259" s="56" t="s">
+        <v>3500</v>
+      </c>
+      <c r="B1259" s="55" t="s">
+        <v>3291</v>
+      </c>
+      <c r="C1259" s="55" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1259" s="57">
+        <v>46333</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:5" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A1260" s="15" t="s">
+        <v>3292</v>
+      </c>
+      <c r="B1260" s="24" t="s">
+        <v>3293</v>
+      </c>
+      <c r="C1260" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D1260" s="33">
+        <v>46341</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1261" s="53" t="s">
+        <v>3294</v>
+      </c>
+      <c r="B1261" s="55" t="s">
+        <v>3295</v>
+      </c>
+      <c r="C1261" s="88" t="s">
+        <v>3296</v>
+      </c>
+      <c r="D1261" s="54">
+        <v>46316</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:5" ht="291.89999999999998" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1262" s="61" t="s">
+        <v>3298</v>
+      </c>
+      <c r="B1262" s="55" t="s">
+        <v>121</v>
+      </c>
+      <c r="C1262" s="86" t="s">
+        <v>3299</v>
+      </c>
+      <c r="D1262" s="54">
+        <v>46319</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1263" s="53" t="s">
+        <v>3301</v>
+      </c>
+      <c r="B1263" s="55" t="s">
+        <v>3302</v>
+      </c>
+      <c r="C1263" s="86" t="s">
+        <v>3303</v>
+      </c>
+      <c r="D1263" s="38">
+        <v>46318</v>
+      </c>
+      <c r="E1263" s="87"/>
+    </row>
+    <row r="1264" spans="1:5" ht="51" x14ac:dyDescent="0.3">
+      <c r="A1264" s="53" t="s">
+        <v>3304</v>
+      </c>
+      <c r="B1264" s="30" t="s">
+        <v>3305</v>
+      </c>
+      <c r="C1264" s="86" t="s">
+        <v>3306</v>
+      </c>
+      <c r="D1264" s="38">
+        <v>46318</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1265" s="113" t="s">
+        <v>3307</v>
+      </c>
+      <c r="B1265" s="30" t="s">
+        <v>3308</v>
+      </c>
+      <c r="C1265" s="24" t="s">
+        <v>3309</v>
+      </c>
+      <c r="D1265" s="38">
+        <v>46319</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:5" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A1266" s="53" t="s">
+        <v>3312</v>
+      </c>
+      <c r="B1266" s="30" t="s">
+        <v>3313</v>
+      </c>
+      <c r="C1266" s="86" t="s">
+        <v>3575</v>
+      </c>
+      <c r="D1266" s="38">
+        <v>46342</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1267" s="53" t="s">
+        <v>3315</v>
+      </c>
+      <c r="B1267" s="30" t="s">
+        <v>3316</v>
+      </c>
+      <c r="C1267" s="86" t="s">
+        <v>3317</v>
+      </c>
+      <c r="D1267" s="38">
+        <v>46322</v>
+      </c>
+    </row>
+    <row r="1268" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1268" s="53" t="s">
+        <v>3318</v>
+      </c>
+      <c r="B1268" s="30" t="s">
+        <v>3319</v>
+      </c>
+      <c r="C1268" s="86" t="s">
+        <v>3320</v>
+      </c>
+      <c r="D1268" s="38">
+        <v>46324</v>
+      </c>
+    </row>
+    <row r="1269" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1269" s="53" t="s">
+        <v>3323</v>
+      </c>
+      <c r="B1269" s="30" t="s">
+        <v>3324</v>
+      </c>
+      <c r="C1269" s="86" t="s">
+        <v>23</v>
+      </c>
+      <c r="D1269" s="33">
+        <v>46353</v>
+      </c>
+      <c r="E1269" s="87"/>
+    </row>
+    <row r="1270" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1270" s="53" t="s">
+        <v>3325</v>
+      </c>
+      <c r="B1270" s="30" t="s">
+        <v>3326</v>
+      </c>
+      <c r="C1270" s="86" t="s">
+        <v>3327</v>
+      </c>
+      <c r="D1270" s="38">
+        <v>46324</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:5" ht="277.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1271" s="13" t="s">
+        <v>3328</v>
+      </c>
+      <c r="B1271" s="24" t="s">
+        <v>3329</v>
+      </c>
+      <c r="C1271" s="24" t="s">
+        <v>3330</v>
+      </c>
+      <c r="D1271" s="38">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1272" s="53" t="s">
+        <v>3331</v>
+      </c>
+      <c r="B1272" s="30" t="s">
+        <v>3332</v>
+      </c>
+      <c r="C1272" s="90" t="s">
+        <v>3333</v>
+      </c>
+      <c r="D1272" s="38">
+        <v>46325</v>
+      </c>
+    </row>
+    <row r="1273" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1273" s="53" t="s">
+        <v>3334</v>
+      </c>
+      <c r="B1273" s="55" t="s">
+        <v>3335</v>
+      </c>
+      <c r="C1273" s="86" t="s">
+        <v>3336</v>
+      </c>
+      <c r="D1273" s="38">
+        <v>46325</v>
+      </c>
+    </row>
+    <row r="1274" spans="1:5" ht="224.4" x14ac:dyDescent="0.3">
+      <c r="A1274" s="53" t="s">
+        <v>3426</v>
+      </c>
+      <c r="B1274" s="55" t="s">
+        <v>3427</v>
+      </c>
+      <c r="C1274" s="86" t="s">
+        <v>3306</v>
+      </c>
+      <c r="D1274" s="33">
+        <v>46329</v>
+      </c>
+    </row>
+    <row r="1275" spans="1:5" ht="122.4" x14ac:dyDescent="0.3">
+      <c r="A1275" s="53" t="s">
+        <v>3428</v>
+      </c>
+      <c r="B1275" s="30" t="s">
+        <v>3429</v>
+      </c>
+      <c r="C1275" s="86" t="s">
+        <v>3497</v>
+      </c>
+      <c r="D1275" s="33">
+        <v>46330</v>
+      </c>
+    </row>
+    <row r="1276" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1276" s="13" t="s">
+        <v>3432</v>
+      </c>
+      <c r="B1276" s="25" t="s">
+        <v>264</v>
+      </c>
+      <c r="C1276" s="92" t="s">
+        <v>265</v>
+      </c>
+      <c r="D1276" s="33">
+        <v>46044</v>
+      </c>
+    </row>
+    <row r="1277" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1277" s="53" t="s">
+        <v>3437</v>
+      </c>
+      <c r="B1277" s="30" t="s">
+        <v>3438</v>
+      </c>
+      <c r="C1277" s="86" t="s">
+        <v>3439</v>
+      </c>
+      <c r="D1277" s="33">
+        <v>46057</v>
+      </c>
+    </row>
+    <row r="1278" spans="1:5" ht="51" x14ac:dyDescent="0.3">
+      <c r="A1278" s="53" t="s">
+        <v>3440</v>
+      </c>
+      <c r="B1278" s="30" t="s">
+        <v>3441</v>
+      </c>
+      <c r="C1278" s="86" t="s">
+        <v>3574</v>
+      </c>
+      <c r="D1278" s="33">
+        <v>46333</v>
+      </c>
+    </row>
+    <row r="1279" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1279" s="53" t="s">
+        <v>3442</v>
+      </c>
+      <c r="B1279" s="55" t="s">
+        <v>3443</v>
+      </c>
+      <c r="C1279" s="24" t="s">
+        <v>117</v>
+      </c>
+      <c r="D1279" s="33">
+        <v>46333</v>
+      </c>
+    </row>
+    <row r="1280" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1280" s="53" t="s">
+        <v>3445</v>
+      </c>
+      <c r="B1280" s="30" t="s">
+        <v>3446</v>
+      </c>
+      <c r="C1280" s="86" t="s">
+        <v>3447</v>
+      </c>
+      <c r="D1280" s="33">
+        <v>46333</v>
+      </c>
+      <c r="E1280" s="87"/>
+    </row>
+    <row r="1281" spans="1:5" ht="326.39999999999998" x14ac:dyDescent="0.3">
+      <c r="A1281" s="53" t="s">
+        <v>3448</v>
+      </c>
+      <c r="B1281" s="35" t="s">
+        <v>3449</v>
+      </c>
+      <c r="C1281" s="86" t="s">
+        <v>3498</v>
+      </c>
+      <c r="D1281" s="33">
+        <v>46333</v>
+      </c>
+    </row>
+    <row r="1282" spans="1:5" ht="140.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1282" s="53" t="s">
+        <v>3450</v>
+      </c>
+      <c r="B1282" s="55" t="s">
+        <v>3451</v>
+      </c>
+      <c r="C1282" s="88" t="s">
+        <v>3573</v>
+      </c>
+      <c r="D1282" s="57">
+        <v>46241</v>
+      </c>
+      <c r="E1282" s="87"/>
+    </row>
+    <row r="1283" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1283" s="53" t="s">
+        <v>3452</v>
+      </c>
+      <c r="B1283" s="30" t="s">
+        <v>3453</v>
+      </c>
+      <c r="C1283" s="86" t="s">
+        <v>3454</v>
+      </c>
+      <c r="D1283" s="33">
+        <v>46337</v>
+      </c>
+    </row>
+    <row r="1284" spans="1:5" ht="81.599999999999994" x14ac:dyDescent="0.3">
+      <c r="A1284" s="53" t="s">
+        <v>3456</v>
+      </c>
+      <c r="B1284" s="55" t="s">
+        <v>3457</v>
+      </c>
+      <c r="C1284" s="86" t="s">
+        <v>3458</v>
+      </c>
+      <c r="D1284" s="33">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="1285" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1285" s="15" t="s">
+        <v>3459</v>
+      </c>
+      <c r="B1285" s="24" t="s">
+        <v>470</v>
+      </c>
+      <c r="C1285" s="90" t="s">
+        <v>3460</v>
+      </c>
+      <c r="D1285" s="38">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="1286" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A1286" s="53" t="s">
+        <v>3463</v>
+      </c>
+      <c r="B1286" s="55" t="s">
+        <v>3464</v>
+      </c>
+      <c r="C1286" s="86" t="s">
+        <v>3465</v>
+      </c>
+      <c r="D1286" s="33">
+        <v>46337</v>
+      </c>
+      <c r="E1286" s="87"/>
+    </row>
+    <row r="1287" spans="1:5" ht="36" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1287" s="53" t="s">
+        <v>3466</v>
+      </c>
+      <c r="B1287" s="25" t="s">
+        <v>3467</v>
+      </c>
+      <c r="C1287" s="24" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D1287" s="38">
+        <v>46339</v>
+      </c>
+    </row>
+    <row r="1288" spans="1:5" ht="276.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1288" s="53" t="s">
+        <v>3471</v>
+      </c>
+      <c r="B1288" s="55" t="s">
+        <v>3470</v>
+      </c>
+      <c r="C1288" s="86" t="s">
+        <v>251</v>
+      </c>
+      <c r="D1288" s="54">
+        <v>46267</v>
+      </c>
+    </row>
+    <row r="1289" spans="1:5" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A1289" s="53" t="s">
+        <v>3507</v>
+      </c>
+      <c r="B1289" s="30" t="s">
+        <v>3503</v>
+      </c>
+      <c r="C1289" s="114" t="s">
+        <v>3504</v>
+      </c>
+      <c r="D1289" s="54">
+        <v>46340</v>
+      </c>
+    </row>
+    <row r="1290" spans="1:5" ht="51" x14ac:dyDescent="0.3">
+      <c r="A1290" s="53" t="s">
+        <v>3505</v>
+      </c>
+      <c r="B1290" s="30" t="s">
+        <v>3506</v>
+      </c>
+      <c r="C1290" s="86" t="s">
+        <v>3572</v>
+      </c>
+      <c r="D1290" s="54">
+        <v>46256</v>
+      </c>
+    </row>
+    <row r="1291" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A1291" s="53" t="s">
+        <v>3508</v>
+      </c>
+      <c r="B1291" s="30" t="s">
+        <v>3509</v>
+      </c>
+      <c r="C1291" s="88" t="s">
+        <v>3510</v>
+      </c>
+      <c r="D1291" s="54">
+        <v>46340</v>
+      </c>
+      <c r="E1291" s="87"/>
+    </row>
+    <row r="1292" spans="1:5" ht="51" x14ac:dyDescent="0.3">
+      <c r="A1292" s="53" t="s">
+        <v>3511</v>
+      </c>
+      <c r="B1292" s="91" t="s">
+        <v>3512</v>
+      </c>
+      <c r="C1292" s="86" t="s">
+        <v>3513</v>
+      </c>
+      <c r="D1292" s="38">
+        <v>46343</v>
+      </c>
+    </row>
+    <row r="1293" spans="1:5" ht="294.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1293" s="53" t="s">
+        <v>3514</v>
+      </c>
+      <c r="B1293" s="55" t="s">
+        <v>3515</v>
+      </c>
+      <c r="C1293" s="55" t="s">
+        <v>3571</v>
+      </c>
+      <c r="D1293" s="38">
+        <v>46343</v>
+      </c>
+    </row>
+    <row r="1294" spans="1:5" ht="113.4" x14ac:dyDescent="0.3">
+      <c r="A1294" s="20" t="s">
+        <v>3518</v>
+      </c>
+      <c r="B1294" s="24" t="s">
+        <v>3516</v>
+      </c>
+      <c r="C1294" s="114" t="s">
+        <v>3517</v>
+      </c>
+      <c r="D1294" s="33">
+        <v>46344</v>
+      </c>
+    </row>
+    <row r="1295" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1295" s="53" t="s">
+        <v>3520</v>
+      </c>
+      <c r="B1295" s="55" t="s">
+        <v>3521</v>
+      </c>
+      <c r="C1295" s="88" t="s">
+        <v>3570</v>
+      </c>
+      <c r="D1295" s="54">
+        <v>46345</v>
+      </c>
+    </row>
+    <row r="1296" spans="1:5" ht="51" x14ac:dyDescent="0.3">
+      <c r="A1296" s="53" t="s">
+        <v>3523</v>
+      </c>
+      <c r="B1296" s="55" t="s">
+        <v>3524</v>
+      </c>
+      <c r="C1296" s="86" t="s">
+        <v>181</v>
+      </c>
+      <c r="D1296" s="54">
+        <v>46345</v>
+      </c>
+      <c r="E1296" s="87"/>
+    </row>
+    <row r="1297" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1297" s="53" t="s">
+        <v>3525</v>
+      </c>
+      <c r="B1297" s="30" t="s">
         <v>3526</v>
       </c>
-      <c r="D1207" s="54">
-[...82 lines deleted...]
-      <c r="C1213" s="87" t="s">
+      <c r="C1297" s="86" t="s">
+        <v>3569</v>
+      </c>
+      <c r="D1297" s="54">
+        <v>46346</v>
+      </c>
+      <c r="E1297" s="87"/>
+    </row>
+    <row r="1298" spans="1:5" ht="41.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1298" s="53" t="s">
+        <v>3533</v>
+      </c>
+      <c r="B1298" s="30" t="s">
         <v>3527</v>
       </c>
-      <c r="D1213" s="38">
-[...154 lines deleted...]
-      <c r="C1224" s="87" t="s">
+      <c r="C1298" s="86" t="s">
         <v>3528</v>
       </c>
-      <c r="D1224" s="54">
-[...166 lines deleted...]
-      <c r="C1236" s="89" t="s">
+      <c r="D1298" s="54">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="1299" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1299" s="53" t="s">
         <v>3530</v>
       </c>
-      <c r="D1236" s="33">
-[...178 lines deleted...]
-      <c r="C1249" s="87" t="s">
+      <c r="B1299" s="30" t="s">
         <v>3531</v>
       </c>
-      <c r="D1249" s="54">
-[...26 lines deleted...]
-      <c r="C1251" s="87" t="s">
+      <c r="C1299" s="86" t="s">
         <v>3532</v>
       </c>
-      <c r="D1251" s="38">
-[...153 lines deleted...]
-      <c r="C1262" s="72" t="s">
+      <c r="D1299" s="54">
+        <v>46346</v>
+      </c>
+    </row>
+    <row r="1300" spans="1:5" ht="124.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1300" s="53" t="s">
+        <v>3536</v>
+      </c>
+      <c r="B1300" s="30" t="s">
         <v>3534</v>
       </c>
-      <c r="D1262" s="33">
-[...314 lines deleted...]
-      <c r="A1285" s="53" t="s">
+      <c r="C1300" s="88" t="s">
         <v>3535</v>
       </c>
-      <c r="B1285" s="30" t="s">
-[...221 lines deleted...]
-    <row r="1301" spans="1:5" ht="292.5" x14ac:dyDescent="0.25">
+      <c r="D1300" s="54">
+        <v>46346</v>
+      </c>
+    </row>
+    <row r="1301" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1301" s="53" t="s">
-        <v>3536</v>
-[...1 lines deleted...]
-      <c r="B1301" s="55" t="s">
         <v>3537</v>
       </c>
-      <c r="C1301" s="87" t="s">
-[...6 lines deleted...]
-    <row r="1302" spans="1:5" ht="157.5" x14ac:dyDescent="0.25">
+      <c r="B1301" s="30" t="s">
+        <v>3538</v>
+      </c>
+      <c r="C1301" s="86" t="s">
+        <v>398</v>
+      </c>
+      <c r="D1301" s="54">
+        <v>46346</v>
+      </c>
+    </row>
+    <row r="1302" spans="1:5" ht="265.2" x14ac:dyDescent="0.3">
       <c r="A1302" s="53" t="s">
-        <v>3538</v>
-[...12 lines deleted...]
-      <c r="A1303" s="13" t="s">
+        <v>3540</v>
+      </c>
+      <c r="B1302" s="55" t="s">
+        <v>3541</v>
+      </c>
+      <c r="C1302" s="88" t="s">
         <v>3542</v>
       </c>
-      <c r="B1303" s="25" t="s">
-[...13 lines deleted...]
-      <c r="B1304" s="30" t="s">
+      <c r="D1302" s="54">
+        <v>46346</v>
+      </c>
+    </row>
+    <row r="1303" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1303" s="15" t="s">
+        <v>3544</v>
+      </c>
+      <c r="B1303" s="24" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C1303" s="92" t="s">
+        <v>3568</v>
+      </c>
+      <c r="D1303" s="38">
+        <v>46347</v>
+      </c>
+    </row>
+    <row r="1304" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1304" s="15" t="s">
         <v>3548</v>
       </c>
-      <c r="C1304" s="87" t="s">
+      <c r="B1304" s="24" t="s">
         <v>3549</v>
       </c>
+      <c r="C1304" s="92" t="s">
+        <v>23</v>
+      </c>
       <c r="D1304" s="33">
-        <v>46057</v>
-[...2 lines deleted...]
-    <row r="1305" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+        <v>46371</v>
+      </c>
+    </row>
+    <row r="1305" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
       <c r="A1305" s="53" t="s">
         <v>3550</v>
       </c>
-      <c r="B1305" s="30" t="s">
+      <c r="B1305" s="55" t="s">
         <v>3551</v>
       </c>
-      <c r="C1305" s="87" t="s">
-[...6 lines deleted...]
-    <row r="1306" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="C1305" s="55" t="s">
+        <v>23</v>
+      </c>
+      <c r="D1305" s="57">
+        <v>46372</v>
+      </c>
+    </row>
+    <row r="1306" spans="1:5" ht="51" x14ac:dyDescent="0.3">
       <c r="A1306" s="53" t="s">
         <v>3553</v>
       </c>
-      <c r="B1306" s="55" t="s">
-[...3 lines deleted...]
-        <v>121</v>
+      <c r="B1306" s="24" t="s">
+        <v>3552</v>
+      </c>
+      <c r="C1306" s="86" t="s">
+        <v>23</v>
       </c>
       <c r="D1306" s="33">
-        <v>46333</v>
-[...2 lines deleted...]
-    <row r="1307" spans="1:5" x14ac:dyDescent="0.25">
+        <v>46371</v>
+      </c>
+    </row>
+    <row r="1307" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
       <c r="A1307" s="53" t="s">
         <v>3556</v>
       </c>
-      <c r="B1307" s="30" t="s">
+      <c r="B1307" s="55" t="s">
         <v>3557</v>
       </c>
-      <c r="C1307" s="87" t="s">
+      <c r="C1307" s="86" t="s">
+        <v>3567</v>
+      </c>
+      <c r="D1307" s="38">
+        <v>46350</v>
+      </c>
+      <c r="E1307" s="87"/>
+    </row>
+    <row r="1308" spans="1:5" ht="51" x14ac:dyDescent="0.3">
+      <c r="A1308" s="53" t="s">
+        <v>3608</v>
+      </c>
+      <c r="B1308" s="55" t="s">
+        <v>1831</v>
+      </c>
+      <c r="C1308" s="86" t="s">
         <v>3558</v>
       </c>
-      <c r="D1307" s="33">
-[...5 lines deleted...]
-      <c r="A1308" s="53" t="s">
+      <c r="D1308" s="38">
+        <v>46201</v>
+      </c>
+      <c r="E1308" s="87"/>
+    </row>
+    <row r="1309" spans="1:5" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A1309" s="53" t="s">
         <v>3559</v>
       </c>
-      <c r="B1308" s="35" t="s">
+      <c r="B1309" s="30" t="s">
+        <v>2926</v>
+      </c>
+      <c r="C1309" s="90" t="s">
+        <v>2927</v>
+      </c>
+      <c r="D1309" s="54">
+        <v>46332</v>
+      </c>
+    </row>
+    <row r="1310" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1310" s="53" t="s">
         <v>3560</v>
       </c>
-      <c r="C1308" s="87" t="s">
+      <c r="B1310" s="55" t="s">
+        <v>3561</v>
+      </c>
+      <c r="C1310" s="24" t="s">
+        <v>3562</v>
+      </c>
+      <c r="D1310" s="33">
+        <v>46353</v>
+      </c>
+    </row>
+    <row r="1311" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1311" s="15" t="s">
+        <v>3564</v>
+      </c>
+      <c r="B1311" s="24" t="s">
+        <v>3565</v>
+      </c>
+      <c r="C1311" s="90" t="s">
+        <v>3566</v>
+      </c>
+      <c r="D1311" s="38">
+        <v>46342</v>
+      </c>
+    </row>
+    <row r="1312" spans="1:5" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A1312" s="53" t="s">
+        <v>3586</v>
+      </c>
+      <c r="B1312" s="55" t="s">
+        <v>3587</v>
+      </c>
+      <c r="C1312" s="86" t="s">
+        <v>3661</v>
+      </c>
+      <c r="D1312" s="38">
+        <v>46353</v>
+      </c>
+    </row>
+    <row r="1313" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1313" s="53" t="s">
+        <v>3588</v>
+      </c>
+      <c r="B1313" s="46" t="s">
+        <v>3589</v>
+      </c>
+      <c r="C1313" s="86" t="s">
+        <v>3590</v>
+      </c>
+      <c r="D1313" s="54">
+        <v>46357</v>
+      </c>
+      <c r="E1313" s="87"/>
+    </row>
+    <row r="1314" spans="1:5" ht="112.2" x14ac:dyDescent="0.3">
+      <c r="A1314" s="61" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B1314" s="24" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C1314" s="24" t="s">
+        <v>721</v>
+      </c>
+      <c r="D1314" s="33">
+        <v>46358</v>
+      </c>
+    </row>
+    <row r="1315" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1315" s="53" t="s">
+        <v>3593</v>
+      </c>
+      <c r="B1315" s="30" t="s">
+        <v>3594</v>
+      </c>
+      <c r="C1315" s="86" t="s">
+        <v>3595</v>
+      </c>
+      <c r="D1315" s="38">
+        <v>46358</v>
+      </c>
+    </row>
+    <row r="1316" spans="1:5" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="A1316" s="53" t="s">
+        <v>3596</v>
+      </c>
+      <c r="B1316" s="35" t="s">
+        <v>3597</v>
+      </c>
+      <c r="C1316" s="86" t="s">
+        <v>3598</v>
+      </c>
+      <c r="D1316" s="38">
+        <v>46357</v>
+      </c>
+    </row>
+    <row r="1317" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1317" s="53" t="s">
+        <v>3610</v>
+      </c>
+      <c r="B1317" s="30" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C1317" s="86" t="s">
+        <v>3611</v>
+      </c>
+      <c r="D1317" s="38">
+        <v>46362</v>
+      </c>
+    </row>
+    <row r="1318" spans="1:5" ht="91.8" x14ac:dyDescent="0.3">
+      <c r="A1318" s="13" t="s">
+        <v>3613</v>
+      </c>
+      <c r="B1318" s="25" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C1318" s="88" t="s">
+        <v>3614</v>
+      </c>
+      <c r="D1318" s="38">
+        <v>46365</v>
+      </c>
+    </row>
+    <row r="1319" spans="1:5" ht="61.2" x14ac:dyDescent="0.3">
+      <c r="A1319" s="53" t="s">
+        <v>3615</v>
+      </c>
+      <c r="B1319" s="55" t="s">
         <v>3616</v>
       </c>
-      <c r="D1308" s="33">
-[...82 lines deleted...]
-      <c r="C1314" s="72" t="s">
+      <c r="C1319" s="88" t="s">
         <v>3617</v>
       </c>
-      <c r="D1314" s="38">
-[...15 lines deleted...]
-      </c>
+      <c r="D1319" s="38">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="1320" spans="1:5" ht="30.6" x14ac:dyDescent="0.3">
+      <c r="A1320" s="53" t="s">
+        <v>3618</v>
+      </c>
+      <c r="B1320" s="30" t="s">
+        <v>3619</v>
+      </c>
+      <c r="C1320" s="86" t="s">
+        <v>3620</v>
+      </c>
+      <c r="D1320" s="38">
+        <v>46365</v>
+      </c>
+    </row>
+    <row r="1321" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1321" s="53" t="s">
+        <v>3621</v>
+      </c>
+      <c r="B1321" s="55" t="s">
+        <v>3622</v>
+      </c>
+      <c r="C1321" s="86" t="s">
+        <v>3623</v>
+      </c>
+      <c r="D1321" s="38">
+        <v>46365</v>
+      </c>
+    </row>
+    <row r="1322" spans="1:5" ht="24" x14ac:dyDescent="0.3">
+      <c r="A1322" s="115" t="s">
+        <v>3624</v>
+      </c>
+      <c r="B1322" s="116" t="s">
+        <v>372</v>
+      </c>
+      <c r="C1322" s="24" t="s">
+        <v>638</v>
+      </c>
+      <c r="D1322" s="33">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="1323" spans="1:5" ht="21.6" x14ac:dyDescent="0.3">
+      <c r="A1323" s="102" t="s">
+        <v>3625</v>
+      </c>
+      <c r="B1323" s="30" t="s">
+        <v>3626</v>
+      </c>
+      <c r="C1323" s="86" t="s">
+        <v>3663</v>
+      </c>
+      <c r="D1323" s="38">
+        <v>46398</v>
+      </c>
+    </row>
+    <row r="1324" spans="1:5" ht="51" x14ac:dyDescent="0.3">
+      <c r="A1324" s="15" t="s">
+        <v>3629</v>
+      </c>
+      <c r="B1324" s="46" t="s">
+        <v>3630</v>
+      </c>
+      <c r="C1324" s="24" t="s">
+        <v>3662</v>
+      </c>
+      <c r="D1324" s="38">
+        <v>46365</v>
+      </c>
+    </row>
+    <row r="1325" spans="1:5" ht="142.80000000000001" x14ac:dyDescent="0.3">
+      <c r="A1325" s="13" t="s">
+        <v>3631</v>
+      </c>
+      <c r="B1325" s="117" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C1325" s="118" t="s">
+        <v>3664</v>
+      </c>
+      <c r="D1325" s="33">
+        <v>46365</v>
+      </c>
+    </row>
+    <row r="1326" spans="1:5" ht="214.2" x14ac:dyDescent="0.3">
+      <c r="A1326" s="53" t="s">
+        <v>3633</v>
+      </c>
+      <c r="B1326" s="55" t="s">
+        <v>3634</v>
+      </c>
+      <c r="C1326" s="86" t="s">
+        <v>3635</v>
+      </c>
+      <c r="D1326" s="54">
+        <v>46365</v>
+      </c>
+    </row>
+    <row r="1327" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A1327" s="53" t="s">
+        <v>3636</v>
+      </c>
+      <c r="B1327" s="30" t="s">
+        <v>3637</v>
+      </c>
+      <c r="C1327" s="86" t="s">
+        <v>3665</v>
+      </c>
+      <c r="D1327" s="38">
+        <v>46365</v>
+      </c>
+      <c r="E1327" s="87"/>
+    </row>
+    <row r="1328" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1328" s="53" t="s">
+        <v>3640</v>
+      </c>
+      <c r="B1328" s="30" t="s">
+        <v>3641</v>
+      </c>
+      <c r="C1328" s="86" t="s">
+        <v>3642</v>
+      </c>
+      <c r="D1328" s="38">
+        <v>46367</v>
+      </c>
+      <c r="E1328" s="87"/>
+    </row>
+    <row r="1329" spans="1:5" ht="20.399999999999999" x14ac:dyDescent="0.3">
+      <c r="A1329" s="53" t="s">
+        <v>3643</v>
+      </c>
+      <c r="B1329" s="30" t="s">
+        <v>3644</v>
+      </c>
+      <c r="C1329" s="86" t="s">
+        <v>49</v>
+      </c>
+      <c r="D1329" s="38">
+        <v>46367</v>
+      </c>
+    </row>
+    <row r="1330" spans="1:5" ht="40.799999999999997" x14ac:dyDescent="0.3">
+      <c r="A1330" s="53" t="s">
+        <v>3645</v>
+      </c>
+      <c r="B1330" s="30" t="s">
+        <v>3646</v>
+      </c>
+      <c r="C1330" s="86" t="s">
+        <v>3647</v>
+      </c>
+      <c r="D1330" s="38">
+        <v>46367</v>
+      </c>
+    </row>
+    <row r="1331" spans="1:5" ht="336.6" x14ac:dyDescent="0.3">
+      <c r="A1331" s="53" t="s">
+        <v>3649</v>
+      </c>
+      <c r="B1331" s="30" t="s">
+        <v>3650</v>
+      </c>
+      <c r="C1331" s="88" t="s">
+        <v>3651</v>
+      </c>
+      <c r="D1331" s="38">
+        <v>46367</v>
+      </c>
+      <c r="E1331" s="87"/>
     </row>
   </sheetData>
-  <autoFilter ref="A3:D1315" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
-[...1 lines deleted...]
-    <sortCondition sortBy="icon" ref="A258"/>
+  <autoFilter ref="A3:D1331" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:D249">
+    <sortCondition sortBy="icon" ref="A250"/>
   </sortState>
   <dataConsolidate/>
   <phoneticPr fontId="5" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="C814" r:id="rId1" xr:uid="{DDF27B86-9C57-44E8-9AA1-49AE6409481B}"/>
-[...22 lines deleted...]
-    <hyperlink ref="C1312" r:id="rId24" xr:uid="{3ED223DB-E417-46F6-91E1-103E459E4EBA}"/>
+    <hyperlink ref="C951" r:id="rId1" display="medikamenti" xr:uid="{4BA01F4B-C97F-41B8-8D97-C9A62D2A1CB2}"/>
+    <hyperlink ref="C1027" r:id="rId2" xr:uid="{F6A5B52A-8EB5-4A07-8A70-C278942D544F}"/>
+    <hyperlink ref="C1036" r:id="rId3" xr:uid="{3880C896-4D15-40C3-8520-D03AF8F45FBE}"/>
+    <hyperlink ref="C1038" r:id="rId4" display="mobilie telefoni u.c." xr:uid="{CF4A1E83-009C-4F38-8449-6F29D4A1FBF5}"/>
+    <hyperlink ref="C1051" r:id="rId5" display="datorprogrammatūras ierīces mobilajām iekārtām, displejiem  u.c." xr:uid="{0FE0C1EF-090C-49DE-AB93-2AF002BAD640}"/>
+    <hyperlink ref="C1091" r:id="rId6" display="cepures, džemperi,           T-krekli" xr:uid="{54241295-E292-4958-B99E-F360A6CEF3FB}"/>
+    <hyperlink ref="C1136" r:id="rId7" display="elektriskās sistēmas, savienojošie termināļi, elektriskie savienotāji u.c." xr:uid="{CE73A5F0-B24D-4B6F-AEA0-270EB2F06500}"/>
+    <hyperlink ref="C1147" r:id="rId8" xr:uid="{56BC9B6C-2544-4BFC-87A0-1F534FA55B8E}"/>
+    <hyperlink ref="C550" r:id="rId9" xr:uid="{52AE38C9-A551-4A5B-9D8D-1CD1EB8B73E0}"/>
+    <hyperlink ref="C1150" r:id="rId10" display="rezerves daļas,apģērbi,aksesuāri u.c." xr:uid="{DDECD329-B60F-4090-97D4-3E42F9E1FFF8}"/>
+    <hyperlink ref="C1158" r:id="rId11" display=" somas, kabatas portfeļi, mugursomas, apģērbi, apavi, galvassegas, sporta preces un aprīkojums; vingrošanas izstrādājumi, kas nav ietverti citās klasēs, vingrošanas aprīkojums, pielāgotas somas sporta inventāram u.c." xr:uid="{A0796387-969B-4267-8CBC-246B32B4AB4D}"/>
+    <hyperlink ref="C1161" r:id="rId12" xr:uid="{248235EF-E36C-4107-A552-C67A97469C31}"/>
+    <hyperlink ref="C1174" r:id="rId13" display="skuvekļi, skuvekļu asmeņi, manuālās zobu birstes, elektriskas zobu birstes; elektriskās zobu birstes galviņas  u.c." xr:uid="{4BD797EF-1273-4F2C-AF85-BE36BB4C0A6E}"/>
+    <hyperlink ref="C1179" r:id="rId14" xr:uid="{10BF3B4A-4B64-43FD-847C-9B07DDDFD271}"/>
+    <hyperlink ref="C1180" r:id="rId15" display="https://ks.vid.gov.lv/27/aprite/Koplietojamie dokumenti/Tiesību subjektu pieteikumi/Aktuālo pieprasījumu saraksts 04.08.2025.xlsx" xr:uid="{BFE9340F-D8AE-48C4-B2C5-A9D59D2F0396}"/>
+    <hyperlink ref="C1181" r:id="rId16" xr:uid="{62426794-D80C-4E47-8092-1100468A9BAE}"/>
+    <hyperlink ref="C1182" r:id="rId17" xr:uid="{45B674F4-21EA-4275-8757-A280E890E141}"/>
+    <hyperlink ref="C1184" r:id="rId18" display="apģērbi,apavi,somas,smaržas,brilles,rotaslietas,u.c" xr:uid="{AB2A1955-7C68-47B0-A33D-3CFFCCD9D716}"/>
+    <hyperlink ref="C1195" r:id="rId19" xr:uid="{F0B04F77-53AA-4F36-B188-68561F438206}"/>
+    <hyperlink ref="C1253" r:id="rId20" xr:uid="{3AE4FF88-83A2-4D3B-A78D-3BF24B8F5DAE}"/>
+    <hyperlink ref="C1272" r:id="rId21" xr:uid="{6DCB2B6C-645B-4561-9ED2-AB3093160AE4}"/>
+    <hyperlink ref="C1276" r:id="rId22" xr:uid="{A91697C7-B76A-4ECB-85A3-CC65434F2AD8}"/>
+    <hyperlink ref="C1285" r:id="rId23" xr:uid="{3ED223DB-E417-46F6-91E1-103E459E4EBA}"/>
+    <hyperlink ref="C1289" r:id="rId24" xr:uid="{7127FF60-2D36-4998-83BE-7FFE2B348AC6}"/>
+    <hyperlink ref="C1294" r:id="rId25" xr:uid="{1A040E8B-0226-418A-A15D-25A627651F21}"/>
+    <hyperlink ref="C1303" r:id="rId26" display="rezervas daļas, apģērbi, aksesuāri u.c." xr:uid="{D2612A5F-E5F8-4176-B72B-271A9C51CA88}"/>
+    <hyperlink ref="C1304" r:id="rId27" xr:uid="{C7430C33-7731-4EF1-991E-CDB057F75BA7}"/>
+    <hyperlink ref="C1309" r:id="rId28" xr:uid="{315B968E-B581-4919-80E6-3BC6CB568979}"/>
+    <hyperlink ref="C1311" r:id="rId29" xr:uid="{3BC70DD6-337F-4EB2-B41D-6F8C6E27CF73}"/>
+    <hyperlink ref="C1325" r:id="rId30" display="apģērbi,apavi,somas,smaržas,brilles,rotaslietas,u.c" xr:uid="{A9D06B54-9B32-43A9-973C-EFA715E4127C}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup paperSize="9" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId25"/>
+  <pageSetup paperSize="9" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId31"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="B2:G26"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="L20" sqref="L20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <sheetData>
-    <row r="2" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-[...139 lines deleted...]
-    <row r="16" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B2" s="72" t="s">
+        <v>1897</v>
+      </c>
+      <c r="C2" s="73"/>
+      <c r="D2" s="73"/>
+      <c r="E2" s="73"/>
+      <c r="F2" s="73"/>
+      <c r="G2" s="73"/>
+    </row>
+    <row r="3" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B3" s="74" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C3" s="75"/>
+      <c r="D3" s="75"/>
+      <c r="E3" s="75"/>
+      <c r="F3" s="75"/>
+      <c r="G3" s="76"/>
+    </row>
+    <row r="4" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B4" s="74" t="s">
+        <v>1898</v>
+      </c>
+      <c r="C4" s="75"/>
+      <c r="D4" s="75"/>
+      <c r="E4" s="75"/>
+      <c r="F4" s="75"/>
+      <c r="G4" s="76"/>
+    </row>
+    <row r="5" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B5" s="74" t="s">
+        <v>1745</v>
+      </c>
+      <c r="C5" s="75"/>
+      <c r="D5" s="75"/>
+      <c r="E5" s="75"/>
+      <c r="F5" s="75"/>
+      <c r="G5" s="76"/>
+    </row>
+    <row r="6" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B6" s="74" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C6" s="75"/>
+      <c r="D6" s="75"/>
+      <c r="E6" s="75"/>
+      <c r="F6" s="75"/>
+      <c r="G6" s="76"/>
+    </row>
+    <row r="7" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B7" s="74" t="s">
+        <v>1747</v>
+      </c>
+      <c r="C7" s="75"/>
+      <c r="D7" s="75"/>
+      <c r="E7" s="75"/>
+      <c r="F7" s="75"/>
+      <c r="G7" s="76"/>
+    </row>
+    <row r="8" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B8" s="74" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C8" s="75"/>
+      <c r="D8" s="75"/>
+      <c r="E8" s="75"/>
+      <c r="F8" s="75"/>
+      <c r="G8" s="76"/>
+    </row>
+    <row r="9" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B9" s="74" t="s">
+        <v>1749</v>
+      </c>
+      <c r="C9" s="75"/>
+      <c r="D9" s="75"/>
+      <c r="E9" s="75"/>
+      <c r="F9" s="75"/>
+      <c r="G9" s="76"/>
+    </row>
+    <row r="10" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B10" s="74" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C10" s="75"/>
+      <c r="D10" s="75"/>
+      <c r="E10" s="75"/>
+      <c r="F10" s="75"/>
+      <c r="G10" s="76"/>
+    </row>
+    <row r="11" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B11" s="74" t="s">
+        <v>1751</v>
+      </c>
+      <c r="C11" s="75"/>
+      <c r="D11" s="75"/>
+      <c r="E11" s="75"/>
+      <c r="F11" s="75"/>
+      <c r="G11" s="76"/>
+    </row>
+    <row r="12" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B12" s="74" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C12" s="75"/>
+      <c r="D12" s="75"/>
+      <c r="E12" s="75"/>
+      <c r="F12" s="75"/>
+      <c r="G12" s="76"/>
+    </row>
+    <row r="13" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B13" s="74" t="s">
+        <v>1753</v>
+      </c>
+      <c r="C13" s="75"/>
+      <c r="D13" s="75"/>
+      <c r="E13" s="75"/>
+      <c r="F13" s="75"/>
+      <c r="G13" s="76"/>
+    </row>
+    <row r="14" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B14" s="74" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C14" s="75"/>
+      <c r="D14" s="75"/>
+      <c r="E14" s="75"/>
+      <c r="F14" s="75"/>
+      <c r="G14" s="76"/>
+    </row>
+    <row r="15" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B15" s="77" t="s">
+        <v>1755</v>
+      </c>
+      <c r="C15" s="78"/>
+      <c r="D15" s="78"/>
+      <c r="E15" s="78"/>
+      <c r="F15" s="78"/>
+      <c r="G15" s="79"/>
+    </row>
+    <row r="16" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B16" s="71" t="s">
-        <v>1817</v>
+        <v>1756</v>
       </c>
       <c r="C16" s="70"/>
       <c r="D16" s="70"/>
       <c r="E16" s="70"/>
       <c r="F16" s="70"/>
       <c r="G16" s="70"/>
     </row>
-    <row r="17" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-[...39 lines deleted...]
-    <row r="21" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B17" s="74" t="s">
+        <v>1757</v>
+      </c>
+      <c r="C17" s="75"/>
+      <c r="D17" s="75"/>
+      <c r="E17" s="75"/>
+      <c r="F17" s="75"/>
+      <c r="G17" s="76"/>
+    </row>
+    <row r="18" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B18" s="74" t="s">
+        <v>1758</v>
+      </c>
+      <c r="C18" s="75"/>
+      <c r="D18" s="75"/>
+      <c r="E18" s="75"/>
+      <c r="F18" s="75"/>
+      <c r="G18" s="76"/>
+    </row>
+    <row r="19" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B19" s="74" t="s">
+        <v>1759</v>
+      </c>
+      <c r="C19" s="75"/>
+      <c r="D19" s="75"/>
+      <c r="E19" s="75"/>
+      <c r="F19" s="75"/>
+      <c r="G19" s="76"/>
+    </row>
+    <row r="20" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B20" s="74" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C20" s="75"/>
+      <c r="D20" s="75"/>
+      <c r="E20" s="75"/>
+      <c r="F20" s="75"/>
+      <c r="G20" s="76"/>
+    </row>
+    <row r="21" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B21" s="71" t="s">
-        <v>1822</v>
+        <v>1761</v>
       </c>
       <c r="C21" s="70"/>
       <c r="D21" s="70"/>
       <c r="E21" s="70"/>
       <c r="F21" s="70"/>
       <c r="G21" s="70"/>
     </row>
-    <row r="22" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-[...47 lines deleted...]
-      <c r="G26" s="77"/>
+    <row r="22" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B22" s="80" t="s">
+        <v>1762</v>
+      </c>
+      <c r="C22" s="81"/>
+      <c r="D22" s="81"/>
+      <c r="E22" s="81"/>
+      <c r="F22" s="81"/>
+      <c r="G22" s="82"/>
+    </row>
+    <row r="23" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B23" s="74" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C23" s="75"/>
+      <c r="D23" s="75"/>
+      <c r="E23" s="75"/>
+      <c r="F23" s="75"/>
+      <c r="G23" s="76"/>
+    </row>
+    <row r="24" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B24" s="74" t="s">
+        <v>1764</v>
+      </c>
+      <c r="C24" s="75"/>
+      <c r="D24" s="75"/>
+      <c r="E24" s="75"/>
+      <c r="F24" s="75"/>
+      <c r="G24" s="76"/>
+    </row>
+    <row r="25" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B25" s="83" t="s">
+        <v>1765</v>
+      </c>
+      <c r="C25" s="84"/>
+      <c r="D25" s="84"/>
+      <c r="E25" s="84"/>
+      <c r="F25" s="84"/>
+      <c r="G25" s="85"/>
+    </row>
+    <row r="26" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B26" s="74" t="s">
+        <v>1766</v>
+      </c>
+      <c r="C26" s="75"/>
+      <c r="D26" s="75"/>
+      <c r="E26" s="75"/>
+      <c r="F26" s="75"/>
+      <c r="G26" s="76"/>
     </row>
   </sheetData>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-[...11 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100E5AD1943C960ED47AC386C569408D6F5" ma:contentTypeVersion="2" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="d83a04ce4277677504796bcbd4031a73">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2451837a-429d-469f-9860-e08ca2df3d99" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6e5bf34c722b52b896681840fd820ec8" ns2:_="">
     <xsd:import namespace="2451837a-429d-469f-9860-e08ca2df3d99"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2451837a-429d-469f-9860-e08ca2df3d99" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Koplietots ar" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
@@ -32582,102 +33044,115 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4166531-81CF-439C-ADDB-D1451044F4FC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2451837a-429d-469f-9860-e08ca2df3d99"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{813FE741-B7EB-4D2B-B77E-3B7895D96125}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="2451837a-429d-469f-9860-e08ca2df3d99"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F628D53-2959-42DA-9E4D-B034AE7E7603}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{285ED791-06CB-4AED-B25E-FD8A5B9191D1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Intelekt. īpašuma aizsardzība</vt:lpstr>
       <vt:lpstr>Apzīmējumi</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>