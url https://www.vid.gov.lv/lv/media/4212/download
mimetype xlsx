--- v3 (2025-12-24)
+++ v4 (2026-02-26)
@@ -8,90 +8,90 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fp00120\Desktop\WWW\Decembris\15\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\rmri1556\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{20189D2A-77E2-4310-8469-76FB86E3E375}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{49EEF4DC-9054-409C-B078-45134151F707}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="599" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="599" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Intelekt. īpašuma aizsardzība" sheetId="1" r:id="rId1"/>
     <sheet name="Apzīmējumi" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Intelekt. īpašuma aizsardzība'!$A$3:$D$1331</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Intelekt. īpašuma aizsardzība'!$A$3:$D$1342</definedName>
     <definedName name="_Hlt117917926" localSheetId="0">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="apģērbi__apavi__aksesuāri">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="gaisa_atsvaidzinātāji_u.c.">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="OLE_LINK1" localSheetId="0">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="OLE_LINK2" localSheetId="0">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="OLE_LINK3" localSheetId="0">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
     <definedName name="OLE_LINK5" localSheetId="0">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4015" uniqueCount="3666">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4047" uniqueCount="3687">
   <si>
     <t>                                                                                 Kopsavilkums par VID Muitas pārvaldē saņemtajiem pieprasījumiem par intelektuālā īpašuma aizsardzību</t>
   </si>
   <si>
     <t>Intelektuālā īpašuma nosaukums, reģistrācijas numurs</t>
   </si>
   <si>
     <t>Tiesību subjekta nosaukums</t>
   </si>
   <si>
     <t>Intelektuālā īpašuma aizsardzības termiņš</t>
   </si>
   <si>
     <t>Dooney &amp; Bourke Inc.</t>
   </si>
   <si>
     <t>ādas izstrādājumi, somas, apģērbi, apavi</t>
   </si>
   <si>
     <t>rotaļlietas u.c.</t>
   </si>
   <si>
     <t>CDR 002640482-0001, CDR 002665810-0001, CDR 002172031-0001, EUTM 000120741 Kawasaki /fig./, EUTM 004111175 K /fig./, EUTM 004111191 K /fig./, EUTM 000202424 JET SKI /fig./, EUTM 004122611 KAWASAKI RACING TEAM, EUTM 000091314 KRT, EUTM 004140422 K-CARE, EUTM 004140406 LET THE GOOD TIMES ROLL, EUTM 004112314 Ninja /fig./, EUTM 000120808 MULE, EUTM 5158076 Versys, EUTM 011970746 Z, ITM 1174588 Z, ITM 1209296 Kawasaki, ITM 1213482 K Kawasaki, EUTM 004111118 K Kawasaki, EUTM 004111142 Kawasaki, ITM 1223061 Kawasaki, EUTM 000121384 Ninja, EUTM 008974461 ZX, EUTM 777987, ITM 1090717 W, EUTM 004113924 V Kawasaki, ITM 1090877 ZRX, ITM 1165079 Ninja, ITM 1213481 K</t>
   </si>
   <si>
@@ -214,94 +214,87 @@
     <t>Colgate - Palmolive Company</t>
   </si>
   <si>
     <t>EUTM 000784389 /fig./</t>
   </si>
   <si>
     <t>August Storck KG</t>
   </si>
   <si>
     <t>šokolādes konfektes</t>
   </si>
   <si>
     <t>cepures, apģērbi, apavi, somas u.c.</t>
   </si>
   <si>
     <t>rotaļlietas</t>
   </si>
   <si>
     <t xml:space="preserve">ITM1116296Havana Club RITUAL Cubano la ESENCIA de la HABANA, EUTM 011378866HAVANA CLUB GAP YEAR, EUTM 011379104Havana Club, ITM 901601EL CULTO A LA VIDA, EUTM 009150574HAVANA CLUB SELECCIÓN DE MAESTROS, EUTM 009238106HAVANA CLUB SELECCIÓN de MAESTROS, ITM 899817, ITM 995208, EUTM 001424878Havana Club, EUTM 001342351Havana Club, EUTM 004710034 HAVANA CLUB, EUTM 005414917HAVANA CLUB, EUTM 009501032 Havana Club, EUTM 003824513 Havana Club AÑEJO 3 AÑOS , EUTM 003824505Havana Club AÑEJO 7 AÑOS , EUTM 005414917HAVANA CLUB , EUTM 009501131Havana Club , EUTM 003824539Havana Club AÑEJO BLANCO, EUTM 003824554 Havana Club AÑEJO ESPECIAL, EUTM 003287463Havana Club Añejo Maximo, EUTM 003824562Havana Club AÑEJO RESERVA , EUTM 003911872 Havana Club CUBAN BARREL PROOF, EUTM 010714236 HAVANA CLUB RITUAL CUBANO 
 </t>
   </si>
   <si>
     <t xml:space="preserve">HAVANA CLUB HOLDING SA                                                                                                                                                                                                             </t>
   </si>
   <si>
-    <t>EUTM 008785289 Huawei, EUTM 013652375 HUAWEI MĀTE, EUTM 017928475 MATE 30, EUTM 014539233 MATE 9, EUTM 017564196 HUAWEI P Smart, EUTM 014577894 HUAWEI Y, EUTM 018404872 HUAWEI, EUTM 016004442 HUAWEI, EUTM 013652425 MATE	
-[...2 lines deleted...]
-  <si>
     <t>Huawei Technologies Co., Ltd.</t>
   </si>
   <si>
     <t>EUTM 003429396 F1 Formula 1 /fig./, EUTM 000631531 F1 Formula 1 /fig./, EUTM 003934387 F1 /fig./, EUTM 004957825, EUTM 000554873 FORMULA 1, EUTM 000770479 FORMULA 1, EUTM 008727042 F1, EUTM 009250739 F1 Formula 1 /fig./, CDR 0045 10915-0002, CDR 004510915-0001 Formula 1, EUTM 17495037 F1, ITM 617866 PADDOCK CLUB, EUTM 17494832 FORMULA 1, EUTM 17494774 F1 FORMULA, EUTM 17495011 Bildmarke, ITM 1214829 F1 FORMULA, ITM 1219987 FORMULA 1, ITM 939699 FIA FORMULA ONE WORLD CHAMPIONSHIP</t>
   </si>
   <si>
     <t>Formula One Licensing B.V.</t>
   </si>
   <si>
     <t>apģērbi, aksesuāri, rotaļlietas, smērvielas u.c.</t>
   </si>
   <si>
     <t>Jim Beam Brands Co.</t>
   </si>
   <si>
     <t>RCD 001608514-0001, RCD 001810987-0001</t>
   </si>
   <si>
     <t>Schulte-Elektrotechnik GmbH &amp; Co., KG</t>
   </si>
   <si>
     <t>elektrības slēdži</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 001436708 ZEGNA /fig./, EUTM 002516524 ERMENEGILDO ZEGNA, EUTM 003429461 Zegna Sport /fig./, EUTM02516524ERMEN EGILDO ZEGNA, EUTM 001436716 Ermenegildo Zegna, EUTM 1012844ERMENE GILDO ZEGNA, EUTM 001525633 ERMENEGILDO ZEGNA, EUTM 001073051 ZegnaSport, EUTM 011679792ZEGN, EUTM 0862153 ZZ, ITM 00933213 ZZ, EUTM 001151811 EZ, ITM 972620 Z ZEGNA, EUTM 002516409 MARCA SIN TEXTO, EUTM 0862845 EZ, ITM 1131793 EZ, ITM 1137879 ERMENEGILDO ZEGNA EZ	</t>
   </si>
   <si>
     <t>Consitex S.A.</t>
   </si>
   <si>
     <t>apģērbi, apavi u.c.</t>
   </si>
   <si>
     <t>The Coca Cola Company</t>
   </si>
   <si>
     <t>bezalkoholiskie dzērieni u.c.</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">EUTM 003495165 VICTOR </t>
   </si>
   <si>
     <t>VICTOR Europe GmbH</t>
   </si>
   <si>
     <t>apģērbi, apavi, sporta preces u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000226233 LONGINES, EUTM 000225714  </t>
   </si>
   <si>
     <t>Compagnie des Montres Longines, Francillon SA</t>
   </si>
   <si>
     <t>pulksteņi</t>
   </si>
   <si>
     <t>Tissot SA</t>
   </si>
   <si>
     <t>EUTM 010239879 WIKA /fig./</t>
   </si>
   <si>
     <t>WIKA Alexander Wiegand SE &amp; Co. KG</t>
   </si>
@@ -349,53 +342,50 @@
   </si>
   <si>
     <t>gultņi</t>
   </si>
   <si>
     <t>EUTM 004627501 /fig./, EUTM 003818739 /fig./, EUTM 001365907 /fig./, EUTM 006167324 /fig./, EUTM 003550779 8 OUT OF 10 CATS PREFER WHISKAS, EUTM 003660511 8 OUT OF 10…WHISKAS, EUTM 009950692 A CAT WOULD, EUTM 000090969 WHISKAS, EUTM 009151689 Whiskas /fig./, EUTM 001466143 whiskas /fig./, EUTM 002848364 /fig./, EUTM 003703584 /fig./, EUTM 003997988 /fig./, EUTM 004171724 WHISKAS CATS KNOW THE DIFFERENCE, EUTM 002845477 /fig./, EUTM 009781949 kitten /fig./, EUTM 000000901 whiskas /fig./, EUTM 000000919 /fig./, EUTM 003793361 /fig./, EUTM 004106639 whiskas /fig./, EUTM 003998011 /fig./, EUTM 001175892 WHISKAS DENTABITS, CDR 001091821-0001, CDR 001976481-0001</t>
   </si>
   <si>
     <t>Mars Incorporated &amp; Mars Petcare UK</t>
   </si>
   <si>
     <t>dzīvnieku barība</t>
   </si>
   <si>
     <t>EUTM 000420026 GLOBAL, EUTM 001369594,  EUTM 001373430</t>
   </si>
   <si>
     <t>Yoshida Metal Industry Co.Ltd</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 006110516-0002, CDR 006110516-0007, CDR 006156071-0001
 CDR 005644077-0001, CDR 003736289-0004, CDR 004005361-0003
 CDR 006110516-0001, ITM 1480395Enyaq, ITM 1407715Skoda Chrystal Lighting, CDR 003735836-0001, CDR 004005361-0009, CDR006110516-0004, CDR 006110516-0005, CDR 006110516-0008, CDR 006110516-0009 CDR 003736370-0002, CDR 002705855-0007, CDR 002705855-0008, CDR 002705855-0009, CDR 002705855-0010 CDR 002705855-0011, CDR 002705855-0012, CDR 002705855- 0013, CDR 002705855-0014, CDR 002504746-0001, ITM 1251395 VRS, CDR 002680462-0001, CDR 002680462-0002, CDR 002633 818-0001, CDR 002633818-0002, ITM 1303284 Kodiaq, CDR003 194000- 0001, CDR 003419449-0001, CDR 003736370-0001, CDR 003736370-0003, EUTM 1099225 Skoda Economy Parts, CDR 258 4490-0001, CDR 2399683-0001, CDR 3225143-0001, CDR 32251 43-0003, CDR 3225143-0004, CDR 3225143-0006, CDR 3225143-0 007, CDR 3225143-0008, CDR 3225143-0010, CDR 225143-0011, CDR 3225143-0012, CDR 3423615-0001, CDR 3423615-0002, CDR 3423615-0004, EUTM 4315214 Felicia, EUTM 982317 Spaceback, EUTM 1238799 Fabia, EUTM 1063984 Citigo, EUTM 4302031 Laurin &amp; Klement, CDR 001977042-0001, EUTM 3065059 Skoda, EUTM 933598 Skoda Auto, CDR 3799592- 0002, ITM 1234878 Skoda Superb, CDR 002107029-0001, CDR 002173658-0002, CDR 0021 73658-0003, EUTM 4302841 Skoda, CDR 3799592-0004, EUTM 4302022 Roomster, CDR 3799592-0005 ITM 1121505 Simply Clever, EUTM 1110655 Skoda, EUTM 4740437 Yeti, EUTM 1362701 KAROQ, EUTM 1099224 Skoda original Austausch Teile, EUTM 1099222 Skoda Genuine Exchange Parts, EUTM 1098579 Skoda Economy Teile, CDR 1814427-0001, CDR 3225143-0002, CDR 3225143-0005, CDR 3225143-0009, CDR 3225143-0013, CDR 3423615-0003, CDR 3423615-0007, CDR 3618412-0001, CDR 3736289-0003, CDR 3736289-0006, CDR 3799592-0003, CDR 006110516-0013, CDR 006063517-0002, CDR 007036611-0002 ITM 1096012 Skoda Rapid, CDR 002408369-0001, EUTM 4315032 Octavia, CDR 002725796-0001, CDR 002725796-0004, CDR 002725796-0008, CDR 002705855-0003			</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR 007988662-0003, CDR 006565917-0001, CDR 006565917-0003EUTM  003219037 Le Pliage, EUTM  000731919 Longchamp, EUTM  000484170 Longchamp, ITM  1007348, CDR  000033626-0002, EUTM  016472417, CDR  000033626-0017, EUTM  14461958 Longchamp, EUTM  13928528  </t>
-[...1 lines deleted...]
-  <si>
     <t>Jean Cassegrain SAS</t>
   </si>
   <si>
     <t>EUTM 000109116 ESM</t>
   </si>
   <si>
     <t>ESM Ennepetaler Schneid- und Mähtechnik GmbH &amp; Co....</t>
   </si>
   <si>
     <t>lauksaimniecības iekārtas</t>
   </si>
   <si>
     <t>ITM 817935 Joimax</t>
   </si>
   <si>
     <t>Joimax GmbH</t>
   </si>
   <si>
     <t>EUTM  009873761 AB SPIRIT MILLIONAIRE, EUTM  011001336 CIGAR COLLECTION, EUTM  1182478 ROSE NOIRE, ITM  632083 PARFUM D'OR  
 ITM  635691 CIGAR, EUTM  013396304 LOMANI</t>
   </si>
   <si>
     <t>SAS PARFUMS PAROUR</t>
   </si>
   <si>
@@ -557,82 +547,68 @@
   <si>
     <t>zvejas aprīkojums un piederumi u.c.</t>
   </si>
   <si>
     <t>apģērbi, apavi, somas u.c.</t>
   </si>
   <si>
     <t>J. Chandler &amp; Company (Buckfast) Limited</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni, pārtika, aksesuāri</t>
   </si>
   <si>
     <t>Hard Rock Holdings Limited</t>
   </si>
   <si>
     <t>apģērbi, suvenīri</t>
   </si>
   <si>
     <t>Vitra AG</t>
   </si>
   <si>
     <t>krēsli u.c</t>
   </si>
   <si>
-    <t>EUTM 008163149 ACTIKERALL, EUTM 000323295 AIRTAL, EUTM 000387175 ALMAX, EUTM 000014332 ALMIRALL, EUTM 002476562, EUTM 000572743 ALMORGAN, EUTM 003404977 BIOFENAC, EUTM 000267930 COLAZIDE, EUTM 000102780 EBASTEL, EUTM 003604626 KESTINE, EUTM 002043230 SOLARAZE, EUTM 001778497 VANIQA, EUTM 0899381 Bretaris, EUTM 0901523 Eklira, EUTM 0899385 Genuair</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 6493076/Husqvarna, EUTM 006575682/H Husqvarna, EUTM 007176456/Automower, EUTM 003591542/GARDENA, EUTM 002925857/MCCULLOCH,  EUTM 018162734 (Trade mark without text), EUTM 018093907 H, EUTM 016908345 HUSQVARNA, EUTM 016908469 H Husqvarna, EUTM 006575666 H, EUTM 016908444 H, EUTM 010676955 GARDENA,  EUTM 018093663 HUSQVARNA, EUTM 018208620 (Trade mark without text) 
 </t>
   </si>
   <si>
     <t>Husqvarna AB</t>
   </si>
   <si>
     <t xml:space="preserve">CDR000522073-0027,CDR 000522073-0032,CDR 000522073-0026 CDR 000522073-0033, CDR 000466115-0001, DR 000522073-0027/EM 10000026, CDR 000522073-0032/EM, CDR 000522073-0033/EM, EUTM 000199976/EM ARIEL, EUTM 009939984/EM, EUTM 001547488/EM  Pampers, EUTM 000299727/EM PAMPERS, EUTM 000299172/EM LENOR, EUTM 000269027/EM TIDE, EUTM 000199935/EM ALWAYS, EUTM 007201924/EM, EUTM 000230706/ EM  HEAD &amp; SHOULDERS, EUTM 003603685/EM HERBAL ESSENCES, EUTM 005764345/EM  Herbal essences, EUTM 000273342/EM PANTENE, EUTM 000301473/EM VICKS, EUTM 000058677/EM WICK, EUTM 002713790/EM  Ambi Pur, EUTM 005412838/EM AMBI PUR, EUTM 000230714/EM FAIRY, EUTM 003021904/EM, EUTM 001843630/EM CREST, EUTM 000299347/ EM P &amp; G, EUTM 000300137/EM PROCTER &amp; GAMBLE, EUTM 001569664/EM SK-II, EUTM 004755559/EM SK-II, EUTM 001762434/EM OLAY, CDR 000522073-0026/EM </t>
   </si>
   <si>
     <t>The Procter &amp; Gamble Company</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 1195750/5.11, EUTM 003234184/5.11, EUTM 004249892/5.11 TACTICAL, EUTM 007403868/5.11 LIGHT FOR LIFE, EUTM 010262657/5.11 + - fig, EUTM 010972438/5.11 + - fig, EUTM 008441297/5.11 + TACTICAL SERIES - fig, EUTM 012109146/fig./, EUTM 011205994/fig./, EUTM 011933711/FLEX-TAC, EUTM 011205325/FLEX-TAC,EUTM 010257178/ATAC, EUTM 012091203/ BEYOND, EUTM 012342168/5.11 RECON, EUTM 009810111/TAC DRY, EUTM 009809823/ TACLITE 
  </t>
   </si>
   <si>
     <t>5.11, Inc.</t>
-  </si>
-[...6 lines deleted...]
-    <t>LCS INTERNATIONAL SAS</t>
   </si>
   <si>
     <t>EUTM  017873670  SUZE , EUTM 004660536 SUZE</t>
   </si>
   <si>
     <t>PERNOD RICARD</t>
   </si>
   <si>
     <r>
       <t>EUTM  012215968, EUTM  000099960,</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color rgb="FFFF0000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Times New Roman"/>
@@ -718,100 +694,89 @@
   <si>
     <t>EUTM 004705737 /fig./, EUTM 006469266 /fig./, EUTM 006474051 UNDER ARMOUR, EUTM 004703799 UNDER ARMOUR, EUTM 005758768 /fig./</t>
   </si>
   <si>
     <t>Under Armour Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 004904447, EUTM 004904421, EUTM 004904348, EUTM 004904306, EUTM 004907143, EUTM 004363172 ACERT, EUTM005541131 CATER PILLAR, EUTM 001062892 CATERPILLAR, EUTM005029046 CATER PILLAR, EUTM009344755 CAT, EUTM 005028147 CAT, EUTM 001063296 CAT, EUTM 010403277 1R-0716, EUTM 010403111 1R-1808, EUTM 000918417, EUTM 011734101, EUTM 011734191, EUTM 005541222, EUTM 009599028A, EUTM 006308845 CAT, EUTM 008989733C, EUTM 008585903, EUTM 004903134, CDR 3696590-0001, CDR 5328853-0020 A123&gt;, CDR 5328853-0005, CDR 5328853-0014, CDR 5328853-0016,  CDR 5328853-0003, EUTM 009599028 A, EUTM 008989733 C, EUTM 017222175 YIT, CDR 5328853-0006, CDR 5328853-0008, CDR 5328853-0012, CDR 5328853-0013	
 CDR 5328853-0010, CDR 5328853-0015, CDR 5328853-0021, CDR 904818- 0001, CDR 904818-0002
 </t>
   </si>
   <si>
     <t>Caterpillar Inc.</t>
   </si>
   <si>
     <t>mašīnas, rezerves daļas u.c.</t>
   </si>
   <si>
     <t>ITM 739116 NEMIROFF</t>
   </si>
   <si>
     <t>Nemiroff Intellectual Property Establishment</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 005790233 F-91W, EUTM 000650358 Casio, CDR 002512176 G-Shock, ITM 1156284 Baby-G, EUTM 011436177Sheen, ITM 1158920 Edifice, EUTM 5805254 WR, EUTM 002992394 Exilim,  EUTM 012250759G-shock , ITM 1059178 Shock-resist, EUTM 011591071S-V.P.A.M, EUTM 011590858 Natural-V.P.A.M  
-[...5 lines deleted...]
-  <si>
     <t>EUTM 000181875 S.Oliver, EUTM 005061197 s.Oliver, EUTM 014881759 Q/S</t>
   </si>
   <si>
     <t>s.Oliver Bernd Freier GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>EUTM 4905949 FC BAYERN,  EUTM2808145, EUTM 3777166, EUTM 9913047 Mia san mia</t>
   </si>
   <si>
     <t>FC Bayern München AG</t>
   </si>
   <si>
     <t>apģērbi, somas, aksesuāri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> apģērbi u.c.
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 002227858 NBA, EUTM 001737063 NBA /fig./, EUTM 000189738 /fig./, EUTM 000980623 NBA CITY /fig./, EUTM 000756890 NBA LEAGUE PASS /fig./, EUTM 001737105 NBA FINALS 2000 /fig./, EUTM 000464149 76ERS /fig./, EUTM 000189431 ATLANTA HAWKS /fig./, EUTM 000189787 BOSTON CELTICS /fig./, EUTM 003217759 CHARLOTTE BOBCATS /fig./, EUTM 000189878 CHICAGO BULLS /fig./, EUTM 003129103 CLEVELAND CAVALIERS /fig./, EUTM 001844950 DALLAS MAVERICKS /fig./, EUTM 000190017 DENVER NUGGETS /fig./, EUTM 004499737 DETROIT PISTONS /fig./, EUTM 002985646 HARDWOOD CLASSICS /fig./, EUTM 003233327 HOUSTON ROCKETS /fig./, EUTM 002228054 i love this game /fig./, EUTM 000190306 LOS ANGELES CLIPPERS /fig./, EUTM 000190322 LOS ANGELES LAKERS /fig./, EUTM 001844950 MAVERICKS DALLAS /fig./, EUTM 000189357 MIAMI HEAT /fig./, EUTM 000189761 MILWAUKEE BUCKS /fig./, EUTM 000189803 MINNESOTA TIMBERWOLVES /fig./, EUTM 000464198 NETS /fig./, EUTM 003129053 NEW ORLEANS HORNETS /fig./, EUTM 000189993 NEW YORK NICKS /fig./, EUTM 000187047 PACERS /fig./, EUTM 000187021 PHOENIX SUNS /fig./, EUTM 002511236 PORTLAND BLAZERS /fig./, EUTM 001389360 ORLANDO MAGIC /fig./, EUTM 000190348 SACRAMENTO KINGS /fig./, EUTM 002872539 SAN ANTONIO SPURS /fig./, EUTM 003919545 SWINGMAN /fig./, EUTM 007211758 THUNDER OKC /fig./, EUTM 000189464 TORONTO RAPTORS /fig./, EUTM 000189415 UTAH JAZZ /fig./, EUTM 000189456 WARRIORS /fig./, EUTM 000451179 WIZARDS /fig./, ITM 850230 NBA KIDS </t>
   </si>
   <si>
     <t>NBA Properties Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 008864712 BERGHAUS, EUTM 008864837 /fig./, EUTM 8686412Berhaus AQ, EUTM 8475386, EUTM 4968491alpha compound Ultimate Rubber, EUTM 4968591opti stud, EUTM 4974473phobic, EUTM 5149893Big Wall, EUTM 5149752, EUTM 5552393Ator, EUTM 447367Escapiste, EUTM 5967625365Life, EUTM 8475444Berghaus, EUTM 9062779Mtn Haus, EUTM 9262361Argentium, EUTM 9362179Freeflow, EUTM 10278315Live for Adventure, EUTM 2779031Evabreathe, EUTM 2779122Trust is earned, ITM 1165963Hydro Down, ITM 1194646Hydroloft 
  </t>
   </si>
   <si>
     <t>Berghaus Limited</t>
   </si>
   <si>
     <t>ALL STAR CV</t>
   </si>
   <si>
     <t>EUTM 3449832 Mitre, EUTM 2890739 Mitre, EUTM 3449576, EUTM 3497328 V</t>
   </si>
   <si>
     <t>Mitre Sports International Limited</t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 003981842 ATOMIC, EUTM 004370268 ATOMIC, EUTM 002455400 ATOMIC, EUTM 004372009,  EUTM 003764628, EUTM 010981975 ATOMIC, EUTM 010982296 </t>
   </si>
   <si>
     <t>Atomic Austria GmbH</t>
   </si>
   <si>
     <t>apģērbi, apavi, slēpošanas inventārs</t>
   </si>
   <si>
     <t>rotaļlietas, apģērbi, aksesuāri u.c.</t>
   </si>
   <si>
     <t>EUTM 008197766 GOYARD, EUTM 004497641 GOYARD, EUTM 004748729 E.GOYARD HONORE PARIS /fig./, EUTM 008197915 E.GOYARD /fig./, EUTM 008887291 /fig./, EUTM 003664125 GOYARD /fig./, EUTM 008197841 GOYARD /fig./, EUTM 009929605 /fig./, RCD 000863287-0001, RCD 001836933-0001, RCD 001856584-0001, RCD 001856618-0001, RCD 001856634-0001, RCD 001856691-0001, RCD 001856766-0001, RCD 001856733-0001, RCD 001857061-0001, RCD 001931718-0001</t>
   </si>
   <si>
     <t>GOYARD ST HONORE</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 11950854/M&amp;P, EUTM 011778751/M&amp;P, EUTM 004912457/M&amp;P MILITARY POLICE,  EUTM 011778834/M&amp;P MILITARY POLICE,  EUTM 002731644/S&amp;W,  EUTM 002730794/S W, EUTM 000211748/SIGMA SERIES,  EUTM 002731248/SMITH &amp; WESSON, EUTM 000625483/SMITH &amp; WESSON CDR 003114016-0001 </t>
   </si>
   <si>
     <t>SMITH &amp; WESSON INC.</t>
   </si>
@@ -1078,83 +1043,73 @@
     <t xml:space="preserve">ITM 1115473 CANTI
  </t>
   </si>
   <si>
     <t>FRATELLI MARTINI SECONDO LUIGI S.P.A.</t>
   </si>
   <si>
     <t xml:space="preserve">dzirkstošais vīns </t>
   </si>
   <si>
     <t>Simonswerk GmbH</t>
   </si>
   <si>
     <t>eņģes</t>
   </si>
   <si>
     <t>MAN Truck &amp; Bus SE</t>
   </si>
   <si>
     <t>Bioline Products s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">medicīniskais preparāts </t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 003410115/fig/, EUTM 002731958/OPINEL, EUTM 002726701/fig/, EUTM 004983953/OPINEL, EUTM 011931227/LE PETIT CHEF, ITM 1016953/INTEMPORA, CDR 001943127, CDR 001944372, CDR 001585860,  CDR 001728486, CDR 001628736, CDR 000119722, CDR 000585443, CDR 000546817-0001, CDR000546817-0003, CDR 000298773-0001,CDR 002402115-0001, CDR 002402115-0001, CDR 002281493-0001, CDR 002296491-0001, CDR 002281519-0001 
-[...2 lines deleted...]
-  <si>
     <t>OPINEL SAS</t>
   </si>
   <si>
     <t>naži</t>
   </si>
   <si>
     <t>By Malene Birger A/S</t>
   </si>
   <si>
     <t>EUTM 002988285 Solingen</t>
   </si>
   <si>
     <t>Industrie und Handelskammer Wuppertal-Solingen-Remscheid</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  000078659 Easton, EUTM  002462869 Easton, EUTM  011309432, EUTM  002463701 E, EUTM  003778107  E, EUTM  003799591 Easton, EUTM  010720191 Mako, EUTM  002462869 Easton
 </t>
   </si>
   <si>
     <t>Easton Diamond Sports, LLC</t>
   </si>
   <si>
     <t>Miniconf S.p.A.</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">garšvielu maisījumi </t>
   </si>
   <si>
     <t>EUTM  012681326 ACTARA, EUTM  012681177  ACTARA, ITM  0869527  Marke ohne Text, EUTM  015384035 АМИСТАР  2,  EUTM  015384068 AMICTAP, EUTM  015384101 XОPУC, EUTM  015384126 ХОРУС, EUTM  015384134 РИДОМИЛ ГОЛД, EUTM  015390123 РИДОМIЛ ГОЛД, EUTM  015384225 CКOР, EUTM  015384167 Скор</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 002386763-0001, CDR 002587402-0004, CDR 002197442-0001 
 CDR 002386763-0002,EUTM 011946167 93041540 GoPro, EUTM 012621901GOPRO, DR002736124-0002, CDR002736124-0001 
 CDR002773762-0001, CDR002587402-0003, CDR002756171-0001 
 CDR002762583-0002, EUTM006750376HERO,CDR002633750-0001 
 EUTM006750368GOPRO 
 </t>
   </si>
   <si>
     <t>GoPro Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 017191776 HAYK ARMENIAN BRANDY, EUTM 015182496 HEART TO HEART, EUTM 009797424 NAIRI, EUTM 009797317 OTBORNY, EUTM 009797391 VASPURAKAN, ICD DM/074289, EUTM 3489481 ARARAT, EUTM 13340815 EREBUNI, EUTM 1005042, EUTM 009797374 10674222 AKHTAMAR, EUTM 009797275 ANI, EUTM 1065090, EUTM 3489408 ARARAT, EUTM 011063096, EUTM 890065, EUTM 1063460, EUTM 890072, EUTM 1065147, EUTM 890064, EUTM 882087, EUTM 890062, EUTM 1065091, EUTM 890069, EUTM 1065092, EUTM 1065093 </t>
   </si>
   <si>
     <t>YEREVAN BRANDY COMPANY CJSCY</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 008574592 WHITE OAK, ITM 961239 Marque figurative, EUTM 010130755Chivas Regal 12 Blended Scotch Whisky, EUTM 010271691 Chivas Regal 18 Gold Signature, EUTM 010271741Chivas Regal 18 Gold Signature, EUTM 010444495THE ART OF HOSTING, EUTM 010588796 MADE FOR GENTLEMEN, EUTM 010645265 Chivas Regal Aged 25 Years, EUTM 010782217 CHIVAS REGAL Aged 12 Years, ESTD. 1801, EUTM 010924611, EUTM 010970069EVERY TASTE A NEW EXPERIENCE, EUTM 011002037 CHIVAS BROTHERS purveyors of fine whiskies EST° 1801; CHIVAS REGAL AGED 12 YEARS CHIVAS BROTHERS LTD, EUTM 011098456 CHIVAS REGAL AGED 12 YEARS; ESTD 1801, EUTM 011441649 Chivas Regal 1801, EUTM 011441672 Chivas Regal 12 BLENDED SCOTCH WHISKY, EUTM 011441722Chivas Regal 25YO bottle 3D (colour), EUTM 011570629 1Chivas Regal, EUTM011579372 CHIVAS REGAL AGED 18 YEARS GOLD SIGNA TURE, EUTM011636529 TREIBHIREAS-BUNAI TEACHD; FOUNDED 1801, EUTM 011636561CHIVAS REGAL,EUTM 011636578, EUTM 011636594 COLIN SCOTT, EUTM 011645991 CHIVAS REGAL, EUTM011646023, EUTM 011646064, EUTM 011646106CHIVAS REGAL 25 YEAR OLD, EUTM 011646775CHIVAS REGAL GOLD SIGNATURE, EUTM 011682283CHIVAS, EUTM 011734068 CHIVAS 18 ESTD. 1801, EUTM 011913779 CHIVAS, CHIVAS REGAL, AGED 12 YEARS, EUTM 011974516CHIVAS REGAL, EUTM 012859799AGED 12 YEARS, MADE FOR GENTLEMEN, CHIVAS, EUTM 012859799CHIVAS REGAL EXTRA, EUTM 012921243 BARRELHOUND, EUTM 013152244 CHIVAS REGAL Extra, EUTM013210851, EUTM013210877, ITM902720, EUTM009975129 The International Exhibition London 1884, EUTM 009922873 HIGHLAND CLAN,EUTM010202687Sur les traces du Clan Campbell, EUTM 010731149Clan Campbell Elements Air, EUTM 010731156 Clan Campbell Elements Fire, EUTM 010731164Clan Campbell Elements Earth, EUTM013957816 CLAN CAMPBELL, EUTM000152900CLAN CAMPBELL, EUTM000974964 HOUSE OF CAMPBELL, EUTM 01448589CHIVAS THE VENTURE, EUTM006323869, EUTM 007299605CHIVAS LIVE WITH CHIVALRY, EUTM007560501CHIVAS STUDIO, EUTM 008116642CHIVAS REGAL, EUTM 008157364 LES CHEVALIERS MODERNES 
 </t>
   </si>
@@ -1313,102 +1268,85 @@
   </si>
   <si>
     <t>ICONIX Luxembourg Holdings SARL</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 003500998 Wellensteyn, EUTM 004705281 </t>
   </si>
   <si>
     <t>Wellensteyn International GmbH &amp; Co.KG</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM011595006, ITM 846262/THE GLENLIVET , ITM 836865/NÀDURRA, ITM 797225/LONGMORN, ITM 1027160/GEORGE &amp; J.G. SMITH, ITM 1027161/NADURRA,  ITM 1027522, ITM 880103, EUTM 011134327, EUTM 008199011/Logo,   EUTM 011441599, EUTM 011904307/GUARDIANS CHAPTER, EUTM 011904901/THE GUARDIANS OF THE GLENLIVET, EUTM 008615692/TRIUMPH, EUTM 004486254/GLENLIVET, EUTM 012861738/Logo, EUTM 012921284/George Smith - stylized writing, EUTM 013175138, EUTM 009900614/THE GLENLIVET, EUTM 011647906/THE GLENLIVET, EUTM 007335136/THE SINGLE MALT THAT STARTED IT ALL, EUTM 009900697, EUTM 011429222, EUTM 011432051
 </t>
   </si>
   <si>
     <t>The Glenlivet Distillers Limited</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 6272462 Salvatore Ferragamo, EUTM 0668383 Salvatore Ferragamo(grafia), EUTM 000103192 Salvatore Ferragamo (grafia), EUTM 000103259 Ferragamo
 </t>
   </si>
   <si>
     <t>Salvatore Ferragamo S.p.A.</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 6750533 Nammum Muay Cream, EUTM 006750434, EUTM	017896028 nawm </t>
-[...7 lines deleted...]
-  <si>
     <t>Coty Beauty Germany GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 1130709 STAG Autogas Systems  </t>
   </si>
   <si>
     <t>AC Spólka Akcyjna</t>
   </si>
   <si>
     <t xml:space="preserve">STAG autogāzes sistēmas </t>
   </si>
   <si>
     <t>EUTM 541474 ANGELUS GRAND CRU CLASSÉ CHATEAU ANGELUS St- Emilion Grand Cru DE BOÜARD DE LAFOREST &amp; FILS PROPRIET</t>
   </si>
   <si>
     <t>GROUPEMENT FONCIER AGRICOLE CHATEAUX MAZERAT ET ANGELUS</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 11569696ASPIRO,EUTM 015460264TEELO, EUTM009084311 VICTO, EUTM009084377OCTO, EUTM 010778322OWALO, EUTM 009084427SECTO  CDR 001805797-0001, CDR 001805797-0002, CDR 001805797-0003, CDR 002098798-0001, CDR 002098798-0002, CDR 002614636-0001 
  </t>
   </si>
   <si>
     <t>Secto Design</t>
   </si>
   <si>
     <t>dizaina lampas</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR 006637609-0001, CDR 008021679-0001, ICD 008165088-0001
-[...3 lines deleted...]
-  <si>
     <t xml:space="preserve">Pernod Ricard </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 013982707 THE DISTILLER'S SAFE, EUTM 013982814 THE COOPER'S CROZE, EUTM 013982913 THE BLENDER'S DOG, EUTM 014345516, EUTM 014345541, EUTM 014345672, EUTM 015175813  JAMESON, EUTM 009601221 Jameson, EUTM 012155511, EUTM 12196572, EUTM 012155404, EUTM 012155255, EUTM 001129329 JAMESON, EUTM 000100107  JAMESON, EUTM 009712985, EUTM 009713124, EUTM 011813839, EUTM 016269268 JAMESON, EUTM 014011712 OW STREET, EUTM 011762622 JAMESON BLACK BARREL, EUTM 012217568, EUTM 010689065, EUTM 009712845, EUTM 011751468, EUTM 011643566, EUTM 011036341, EUTM 016252091 JAMESON Established Since, EUTM 016871451 JAMESON John Jameson &amp; Son Limited JJ&amp;S, EUTM 012155164, EUTM 016871618  JAMESON, EUTM 009601352, EUTM 012943288 JAMESON ESTABLISHED SINCE 1780 SINE METU CASKMATES JJ&amp;S JOHN JAMESON &amp; SON LIMITED, EUTM 017253667 JAMESON ESTABLISHED SINCE 1780 SINE METU, CASKMATES JOHN JAMESON &amp; SON LIMITED JJ&amp;S, EUTM 012955241 CASKMATES, EUTM 013978317 SINE METU, EUTM 14533038 SINE METU </t>
   </si>
   <si>
     <t>Trijicon, Inc</t>
-  </si>
-[...1 lines deleted...]
-    <t>CHAMPION PRODUCTS EUROPE LIMITED</t>
   </si>
   <si>
     <t>EUTM 2645448 MARVELL, EUTM 5681441 M, EUTM 18236941 M MARVELL, EUTM 18236938 M, EUTM 18236940 MARVELL</t>
   </si>
   <si>
     <t>Marvell Asia Pte, Ltd.</t>
   </si>
   <si>
     <t>integrālās shēmas, pusvadītāji</t>
   </si>
   <si>
     <t>Lucasfilm Ltd. LLC</t>
   </si>
   <si>
     <t>ITM 0732812 Richard Mille</t>
   </si>
   <si>
     <t>Turlen Holding SA</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000217414 DYSPORT </t>
   </si>
   <si>
     <t>Ipsen Biopharm Limited</t>
   </si>
@@ -1422,70 +1360,60 @@
   <si>
     <t>detaļas</t>
   </si>
   <si>
     <t>EUTM 34439 Street One</t>
   </si>
   <si>
     <t>Street One GmbH</t>
   </si>
   <si>
     <t>parfimērija, apģērbi, apavi, somas, saulesbrilles u.c.</t>
   </si>
   <si>
     <t>Lucasfilm Entertaiment Company Ltd.LLC</t>
   </si>
   <si>
     <t>EUTM 009593849/MabThera, EUTM 009593807/Tamiflu</t>
   </si>
   <si>
     <t>F. Hoffmann-La Roche AG</t>
   </si>
   <si>
     <t>farmaceitiskie produkti</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 011708013Buparid, EUTM 004670551Mucoclear , EUTM 002004034 Pari, EUTM 000577627Pari, EUTM 002374510Pari Smartmask, EUTM 010210441Tolero, EUTM 010523959Vantobra, EUTM 009153198Velox, EUTM 009555525Vortex, EUTM 010098952 Colfinair, EUTM 005348776Colifin, EUTM 011015211Ebase, EUTM 001947134E-Flow, EUTM 004869848eFlow, EUTM 010206861Erapid, EUTM 013364931eTrack, EUTM 005223979LC Print, EUTM 012217618Zirela, CDR 000528450-0001, CDR 000528450-0002,                     CDR 000358502-0001, CDR 000371695-0001, CDR 000371695-0002, CDR 000371695-0003, CDR 000371695-0004, CDR 000371695-0005, CDR 002411470-0001, CDR 002411470-0002, CDR 002411470-0003, CDR 002411470-0013, CDR 000528443-0001, CDR 003180033-0001, CDR 003180033-0002, CDR 003180033-0003, EUTM 071785020 Altera  
-[...2 lines deleted...]
-  <si>
     <t>Pari Pharma GmbH</t>
   </si>
   <si>
     <t>Europe Watch Group II BV</t>
   </si>
   <si>
     <t>Novo Nordisk FemCare AG</t>
   </si>
   <si>
-    <t>HFC Prestige International Holding Switzerland Sàrl (Hugo Boss, Escada, Max Factor)</t>
-[...1 lines deleted...]
-  <si>
     <t>BIOSYNTH AG</t>
-  </si>
-[...1 lines deleted...]
-    <t>diagnostika, farmaceitiskā rūpniecībā, ķīmiskā rūpniecībā, pārtikas un vides testēšana.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000394460 JOHN DEERE, EUTM 000332874 JOHN DEERE, EUTM 001727122, EUTM 000063479HY-GARD, EUTM003851367 Plus-50 , EUTM 001637420COOL-GARD, EUTM 006258156, EUTM 000063289, EUTM 004390548 91011653 JOHN DEERE, EUTM 006107783 JOHN DEERE, EUTM 0062581311, EUTM 003286614
 </t>
   </si>
   <si>
     <t>Deere &amp; Company</t>
   </si>
   <si>
     <t xml:space="preserve">Marelli Europe S.p.A. </t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">EUTM 013722178 Sandisk, EUTM 1874791 Sandisk, EUTM 2919215 SanDisk, EUTM 010885366 SanDisk, EUTM008211559 SanDisk, EUTM 002773463Cruzer, EUTM 018039296 SanDisk Extreme, EUTM 018157939 NAWM, EUTM 003118452 SANDISK, EUTM 018039292 SanDisk Ultra </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
@@ -1585,57 +1513,50 @@
     <t xml:space="preserve">                                                                                                                                                                                                            EUTM 013245253 Octopus Print (Figurative), EUTM 013342647 Octopus, EUTM 1130246 Iuter 
 </t>
   </si>
   <si>
     <t>YOUTH SRL</t>
   </si>
   <si>
     <t>Jemie B.V.</t>
   </si>
   <si>
     <t>AIGLE INTERNATIONAL S.A.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 014741706 SOMATULINE AUTOGEL  </t>
   </si>
   <si>
     <t>Ipsen Pharma SAS</t>
   </si>
   <si>
     <t>zāles</t>
   </si>
   <si>
     <t>Bora Creations S.L.</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR 006367298-0001, CDR 6537635-0001, CDR 6538096-0001	
-[...5 lines deleted...]
-  <si>
     <t>Trodat GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                           EUTM 018843720, EUTM 018828169 GUARDION, EUTM 018712140 ATMUS FILTRATION TECHNOLOGIES, EUTM 018594232 ELLIPTIAIR
 EUTM	018034808 Fleetguard, EUTM 014882047 NANONET, EUTM 014882039 STRATAPORE, EUTM 010686418 DIRECT FLOWEUTM 000487645ECO CLEAN, EUTM 010615441ENVIROGUARD, EUTM 010546679NANOFORCE, EUTM 009639329 NANONET, EUTM 007063175 VENTURI, EUTM 006566574 OPTIAIR, EUTM 004724365FLEETGUARD, EUTM 004063657 SPIRATEC, ITM 0997471FS2 
 </t>
   </si>
   <si>
     <t>Cummins Filtration, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM  000033126 Levi's,  EUTM 000033159 LEVI'S, EUTM 012515326 LEVI'S, EUTM 1928050 LEVI'S, EUTM 000789701 LEVI STRAUSS  
 </t>
   </si>
   <si>
     <t>LEVI STRAUSS &amp; co EUROPE</t>
   </si>
   <si>
     <t xml:space="preserve">E UTM  304857  Novartis, EUTM  309955, EUTM  3070422  Sandoz  
 EUTM  3068863 S Sandoz, EUTM  000090233 Alcon , EUTM 8489205   Alcon, ITM0896377 VOTRIENT, EUTM 004065728 OMNITROPE, EUTM 0049196921 AFINITOR, EUTM 005981337 Jakavi, EUTM 006754949 GILENYA, EUTM 004731055 VOTUBIA, EUTM 010413029 NEPARVIS, EUTM 000354761 GLIVEC, EUTM 002783306 ACLASTA, EUTM 003220159 ZOMETA, EUTM 003346327S ANDOSTATIN, EUTM 010448835 ENTRESTO	
 </t>
   </si>
   <si>
     <t>Novartis AG</t>
@@ -1662,57 +1583,50 @@
  </t>
   </si>
   <si>
     <t>KENZO SA</t>
   </si>
   <si>
     <t>ķermeņa kopšanas līdzekļi</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                   EUTM 2551 TRIM, EUTM 2543 TRIM, EUTM 14182869 TOOLS TRIM 
 </t>
   </si>
   <si>
     <t>Pacific World Corporation</t>
   </si>
   <si>
     <t>EUTM 001158179 ORACAL, EUTM 001158542 ORAFOL, EUTM 003164282 ORAJET</t>
   </si>
   <si>
     <t>Orafol Europe GmbH</t>
   </si>
   <si>
     <t>pašlīmējošās plēves</t>
   </si>
   <si>
-    <t>Immunex Corporation</t>
-[...5 lines deleted...]
-  <si>
     <t>BOMAG GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">Swedish Match Industries AB </t>
   </si>
   <si>
     <t>sērkociņi</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 003716305 brother, EUTM 007530363brother at your side, EUTM 011584968RD ROLLS, EUTM 011584851DK ROLLS, EUTM 011584992DK LABEL, EUTM 011585031DK TAPE, EUTM 000189696BROTHER, EUTM 011584885HGe TAPE, EUTM 011584919M TAPE, EUTM 008892556TZe TAPE 
 </t>
   </si>
   <si>
     <t>JT International S.A.</t>
   </si>
   <si>
     <t>sadzīves preces</t>
   </si>
   <si>
     <t>Dr. Kurt Wolff GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>Dr. August Wolff GmbH &amp; Co. KG Arzneimittel</t>
   </si>
@@ -1747,53 +1661,50 @@
   <si>
     <t xml:space="preserve">ITM 1014369, ITM 1424456 TOSHIBA, EUTM 013810106 TOSHIBA, EUTM 000185264 TOSHIBA, EUTM 004280012 TOSHIBA, EUTM 000 961482 TOSHIBA,  EUTM 005462981 TOSHIBA Leading Innovation </t>
   </si>
   <si>
     <t>Toshiba Corporation</t>
   </si>
   <si>
     <t xml:space="preserve">zibatmiņas, baterijas u.c.
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 008241234 ALVITYL </t>
   </si>
   <si>
     <t>BELHYPERION</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 011234028 MCM, EUTM 002667335 MCM, ITM 588297 MCM 
 </t>
   </si>
   <si>
     <t>Trias Holding AG</t>
   </si>
   <si>
     <t>maki, somas, saulesbrilles un citi aksesuāri</t>
-  </si>
-[...1 lines deleted...]
-    <t>ITM 0594078 PATEK PHILIPPE</t>
   </si>
   <si>
     <t>Patek Philippe S.A. Geneve</t>
   </si>
   <si>
     <t>somas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 009009531	CAMEL, EUTM 009009648	CAMEL, EUTM 013026811 WINSTON, EUTM 1384154	Japan Tobacco (Eagle Logo)
 </t>
   </si>
   <si>
     <t>Japan Tobacco Inc.</t>
   </si>
   <si>
     <t>tabakas izstrādājumi</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 003576238DOM RUINART, EUTM 002524171BRUT Imperial, EUTM 003603404 M&amp;C BRUT IMPÉRIAL BRUT IMPÉRIAL , EUTM 003603421 BRUT IMPÉRIAL MOËT &amp; CHANDON, EUTM 1084452 MOËT &amp; CHANDON 2002 GRAND VINTAGE, EUTM 003610292R, EUTM 008837585 MOËT &amp; CHANDON ICE IMPERIAL, EUTM000515569 MOËT, EUTM 000515338 MOËT &amp; CHANDON, ITM 1017024 MOËT &amp; CHANDON IMPÉRIAL, ITM 986368 MOËT IMPERIAL, EUTM 1082673 MOËT &amp; CHANDON IMPÉRIAL, EUTM 000486076 NECTAR IMPERIAL, EUTM 000515270RESERVE IMPERIALE, EUTM 003848231 WHITE STAR, EUTM 000659409 Ruinart, EUTM 001509215Ruinart, 38RUINART, EUTM 001387091 Nawm, ITM 1116016Dom PERIGNON MILLESIMÉ Altum Villare Dom Pérignon, EUTM 000536680 MOËT et CHANDON à Epernay Fondée en 1743 Champagne Cuvée Dom Pérignon Brut, EUTM 000535138 MOËT et CHANDON à Epernay Fondée en 1743 Champagne Cuvée Dom Pérignon Rosé Vintage 1986 12,5% Vol 75, EUTM 010439982 nawm, EUTM 000515494DOM PERIGNON, ITM 1077566 VEUVE CLICQUOT, EUTM 004099743 VEUVE CLICQUOT PONSARDIN, EUTM 004099834  LA GRANDE DAME, ITM 1146083 VCP Veuve Clicquot, EUTM 003428695KRUG, EUTM 004164471 CLOS DU MESNIL, ITM 1098807CLOS D'AMBONNAY, EUTM 010957751 Dom Pérignon, ITM 1255880MERCIER MAISON FONDÉE EN, EUTM 011811668 MERCIER MAISON FONDEE EN, EUTM 000515387MERCIER 
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000013037, EUTM 007300353 WERKHAUS 
 </t>
@@ -2025,59 +1936,50 @@
     <t>sporta apavi, cimdi, jakas garās bikses, jakas, krekli, šorti, sporta bumbas</t>
   </si>
   <si>
     <t>The Cartoon Network Inc</t>
   </si>
   <si>
     <t>ITM 1088290  SOLATENOL</t>
   </si>
   <si>
     <t>fungicīdi lauksaimniecībā</t>
   </si>
   <si>
     <t>DAVID YURMAN IP LLC</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                EUTM 018056224 OMBRE FELINE, EUTM 1530994#gobeyond, EUTM 018221877 PRETTY HEART, EUTM 018383895 FRED, EUTM 011695624 SOLEIL D'OR, EUTM 18001142 FORCE 10, ITM 1598765 WINCH, EUTM 010641082 BAIE DES ANGES, EUTM  012291761 BELLE RIVE, EUTM  003132198 FRED, EUTM  013594312  FRED, EUTM  015503204  FRED 8°0, EUTM  1095883 PAIN DE SUCRE, EUTM  0963362  SUCCESS  20, CDR  000772819-0001  Fermoir de bracelet, CDR  004735744-0001 bague non pavée, CDR  004735744-0002  bague pavée, CDR  004735744-0003   Boucles d'oreilles, CDR  005663523-0001   Lunettes, CDR  005663523-0002   Lunettes, CDR  005663523-0003  Lunettes, CDR  005663523- 0004   Lunettes   
 </t>
   </si>
   <si>
     <t>FRED PARIS</t>
   </si>
   <si>
     <t>juvelierizstrādājumi, rotaslietas u.c.</t>
   </si>
   <si>
-    <t>CDR  002375212 Modello per forbici/Design for scissors</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM  008493231   Super Trofeo,EUTM  005134663  SV, EUTM  012642351 Anima, EUTM  011658499  Automobile Lamborghini, EUTM  011177706 CarbonSkin, EUTM  011142114   Deimos,EUTM  010698066  Deimos, EUM  011438884   nawm, EUTM  011439007 Officine del Futuro, EUTM  011595493 Veneno Bianca, EUM  011603412  Veneno,EUTM  011595501 Veneno Rossa EUTM 011595469 Veneno Verde, EUTM  013456934, Automobili Lamborghini Squadra Corse, EUTM  013456942 Automobili Lamborghini Squadra Corse, EUTM 013461199Lamborghini Squadra Corse, EUTM  013461504 Lamborghini Squadra Corse, EUTM 013299995 Huracán GT3, EUTM  013641758 GT3, EUTM  014271845  УРУС, EUTM  014271837  ЛАМБОРГИНИ, EUTM  014271811 АВЕНТАДОР, EUTM  014422621   automobili Lamborghini, EUTM  015180797  HURACÁN GTD, EUTM  014841721   Egoista, EUTM  015034002   M50, EUTM  014368237  Tamburo, EUTM  015059256  Avio, EUTM  015033996 Miura 50, EUTM  015150816  M50, EUTM  014422588   Centenario LP 770-4, EUTM  014659064  ForgedSkin, EUTM  014184295   Reactive Engineering,EUTM  014271795 АУТОМОБИЛИ ЛАМБОРГИНИ, EUTM  014271829  10000076  ХУРАКАН, EUTM  011177656  CarbonFlex, EUTM  008571804  Museo Lamborghini, EUTM  009890948 Gallardo LP 570-4 Super Trofeo Stradale, EUTM  010910586   Huracán, EUTM  1098383   Lamborghini, EUTM  6113451  Lambo, EUTM  009322538 Aventador, EUTM  008493141  Closer to the Road, EUTM  2964401  E-Gear, EUTM  008125684  Estque, EUTM  2195162  Gallardo Bocolore, EUTM  009470618 Gallardo Performante, EUTM  009521592Gallardo Trocolore, EUTM  005762992 Gallardo Superleggera  
 </t>
   </si>
   <si>
     <t>automašīnas, automobiļu detaļas, aksesuāri, apģērbs, somas, brilles u.c.</t>
   </si>
   <si>
     <t>Wilson Sporting Goods Co.</t>
   </si>
   <si>
     <t>GOLDEN GOOSE SPA</t>
   </si>
   <si>
     <t>smaržas, kosmētika</t>
   </si>
   <si>
     <t>EUTM 008821993 CREDO, EUTM 001537786 CREDO, RCD 000228226-001-0002, RCD 000228200-0001-0002</t>
   </si>
   <si>
     <t>"CREDO" Stahlwarenfabrik Gustav Kracht GmbH&amp;Co.KG</t>
   </si>
   <si>
     <t>manikīra piederumi u.c.</t>
   </si>
   <si>
@@ -2092,58 +1994,51 @@
   <si>
     <t xml:space="preserve"> EUTM  1101307  DAE DO, EUTM 3359809  Dae Do  </t>
   </si>
   <si>
     <t>CHUEN WOOK PARK LEE</t>
   </si>
   <si>
     <t>apģērbs un dažādu cīņu piederumi u.c.</t>
   </si>
   <si>
     <t>EUTM  015968076, EUTM  008776429 CAME, EUTM  003689635 bpt, EUTM 014282371 CAMECONNECT, EUTM 004112215 CAME</t>
   </si>
   <si>
     <t>CAME S.P.A.</t>
   </si>
   <si>
     <t>EUTM  014881759  Q/S, EUTM  005061197 s.Oliver, EUTM  000181875  S. Oliver</t>
   </si>
   <si>
     <t>s. Oliver Bernd Freier GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>apģērbi, apavi, galvassegas, jostas u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM  002636769 BESTER, EUTM	017780115 SUPERMIG, EUTM 000774208 SUPRA MIG
-[...2 lines deleted...]
-  <si>
     <t>Lincoln Global Inc.</t>
-  </si>
-[...1 lines deleted...]
-    <t>metināšanas un griešanas iekārtas un piederumi</t>
   </si>
   <si>
     <t>EUTM  000290726 SPARCO, EUTM  000290734 SPARCO, EUTM  011360501 SPARCO, EUTM  014424204 S</t>
   </si>
   <si>
     <t>SPARCO S.P.A.</t>
   </si>
   <si>
     <t>auto aksesuāri, piederumi</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM  011690534 DIE BRÜDER LÖWENHERZ, EUTM  006449649 EMIL I LÖNNEBERGA, EUTM  006449854 UNIBACKEN, EUTM  006449938 MADICKEN, EUTM  011687217 MICHEL &amp; IDA, EUTM  010899458 MICHEL AUS LÖNNEBERGA, EUTM  005890108 Pippi Calzelunghe, EUTM  005890066 Pippi Langkous, EUTM  004735411 Pippi Langstrumpf, EUTM  008571168Pippi Långstrump, ITM  1249795  ASTRID LINDGREN'S WORLD, EUTM  011687019  KATLA, EUTM  006158513 Pippi, EUTM  004709846 Pippi, EUTM  014027163  PIPPI, EUTM  014027296 Pippi Longstocking, EUTM  004709747  Pippi Longstocking, EUTM  013397138  10000030  RONJA, EUTM  011686987 RONJA, RÄUBERTOCHTER, EUTM  011687134 RONJA RÖVARDOTTER, EUTM  006449995 SALTKRÅKAN, EUTM  006450126 SKRÅLLAN, EUTM  009515818  TAKA TUKA, EUTM  011690567 THE BROTHERS LIONHEART, EUTM  006450373  VILLA VILLEKULLA, ITM  1253773  ASTRID LINDGRENS VÄRLD, EUTM  010914968  EMIL FRA LØNNEBERG, EUTM  013197868 JUNIBACKEN, EUTM  013716361 ASTRID LINDGRENS VÄRLD, EUTM  006449541 BULLERBYN, EUTM  011687043 TENGIL, EUTM  004922936 Villa Kunterbunt, ITM  1229986  Trade mark without text, ITM  1189821 KATLA, ITM  1232312 JUNIBACKEN, ITM  1273411  PIPPI, ITM  1273413 Pippi Longstocking, ITM  1232026 RONJA RÖVARDOTTER, ITM  1191831 THE BROTHERS LIONHEART , EUTM  013712931 ASTRID LINDGRENS VÄRLD, EUTM  004709771 Astrid Lindgren, EUTM  013720412  ASTRID LINDGREN´S WORLD, EUTM  013716436 FIFI BRINDACIER, EUTM  011595683 HERR NILSSON, EUTM  013197901  Юнибакен, EUTM  008622342 KATTHULT, EUTM  009774721 KUNTERBUNT, ITM  704082A  Astrid Lindgren's Pippi, ITM  980028 Pippi Longstocking, EUTM  011687084  NANGIJALA  </t>
   </si>
   <si>
     <t>Astrid Lindgren Aktiebolag</t>
   </si>
   <si>
     <t>apģērbi, apavi, somas, maki, lietussargi, lelles, leļļu mājas, krūzes, šķīvji, paplātes u.c.</t>
   </si>
   <si>
     <t>CHAUMET INTERNATIONAL SA.</t>
   </si>
   <si>
     <t>elektroniskās cigaretes u.c.</t>
   </si>
@@ -2525,62 +2420,50 @@
     <t>FAURE LE PAGE PARIS</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                     EUTM 952739 LUCOZADE, EUTM 18074044  LUCOZADE 
 </t>
   </si>
   <si>
     <t>Lucozade Ribena Suntory Limited</t>
   </si>
   <si>
     <t>dzērieni, tabletes, želejas, konditorejas izstrādājumi</t>
   </si>
   <si>
     <t>SD-3C, LLC</t>
   </si>
   <si>
     <t>atmiņas kartes</t>
   </si>
   <si>
     <t xml:space="preserve">SHENZHEN SMOORE TECHNOLOGY LIMITED </t>
   </si>
   <si>
     <t>uzpilde elektroniskajām cigaretēm</t>
   </si>
   <si>
-    <t>Fred Perry (Holdings) Limited</t>
-[...10 lines deleted...]
-  <si>
     <t>virtuves kombaini, automāti</t>
   </si>
   <si>
     <t>šokolādes batoniņi u.c.</t>
   </si>
   <si>
     <t>rīsi, rizotto un nūdeles</t>
   </si>
   <si>
     <t>toneri, kārtridži u.c.</t>
   </si>
   <si>
     <t>Mars Incorporated - Pedigree</t>
   </si>
   <si>
     <t>suņu barība, produkti</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 015671837 ELEMENTS </t>
   </si>
   <si>
     <t>Audi AG</t>
   </si>
   <si>
     <t>rezerves daļas, aksesuāri u.c.</t>
@@ -2597,53 +2480,50 @@
   </si>
   <si>
     <t>DIM FRANCE SAS</t>
   </si>
   <si>
     <t>apakšveļa sievietēm un vīriešiem, krūšturi u.c.</t>
   </si>
   <si>
     <t>šokolādes, konfektes, batoniņi, bezalkoholiskie dzērieni u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 003530524 TAZO and Design, EUTM 010677516 TAZO, EUTM 005285655 TAZO and Design, EUTM 003528924 TAZOBERRY, EUTM 011456977 TEAVANA, EUTM 015199995 TEAVANA, EUTM 011043395 V and Design, EUTM 011786498 TEAVANA HEAVEN OF TEA and Design, EUTM 012250148 TEAVANA HEAVEN OF TEA and Design, EUTM 002164267 VERISMO, EUTM 010707586 VERISMO, EUTM 010992535 VERISMO, EUTM 012662813 YOUTHBERRY, EUTM 000595975 YUKON BLEND, EUTM 012187167 Design Only EUTM 008864043 Design Only, EUTM 002365500 FRAPPUCCINO, EUTM 003977931 frappuccino and Design, EUTM 004314051 FRAPPUCCINO, EUTM 000598128 GAZEBO BLEND, EUTM 000617233 GOLD COAST BLEND, EUTM 003619475 GUATEMALA CASI CIELO, EUTM 012588828 HACIENDA ALSACIA, EUTM 000595306 INFUSIA, EUTM 005234877 INFUSIA, EUTM 014753461 TEAVANA, EUTM 000572982 STARBUCKS, EUTM 000630657 STARBUCKS, EUTM 004314092 STARBUCKS COFFEE and Design, EUTM 003086014 STARBUCKS COFFEE and Design, EUTM 000175539 STARBUCKS, EUTM 000630673 STARBUCKS, EUTM 001633965 STARBUCKS, EUTM 003319043 STARBUCKS, EUTM 002365732 STARBUCKS, EUTM 003984713 STARBUCKS, EUTM 011198711 STARBUCKS COFFEE and Design, EUTM 005234786  STARBUCKS COFFEE and Design, EUTM 009776667  STARBUCKS AUTUMN BLEND, EUTM 009730359 STARBUCKS BLONDE, EUTM 000564377 STARBUCKS COFFEE and Design, EUTM 000564427 STARBUCKS COFFEE, EUTM 000596163 STARBUCKS COFFEE and Design, EUTM 000689786 STARBUCKS COFFEE and Design, EUTM 001632280  STARBUCKS COFFEE and Design, EUTM 002365534 LIGHTNOTE BLEND, EUTM 004614418 MUAN JAI, EUTM 010260883 MY STARBUCKS REWARDS, EUTM 010272565 ORIGAMI 
 EUTM 003078573 SERENA ORGANIC BLEND 
 </t>
   </si>
   <si>
     <t>EUTM 005372743 N Nathan-Baume, EUTM 001720960 NATHAN, EUTM 001770023 N, EUTM 004274585 N, EUTM 004274569 NATHAN BAUME</t>
   </si>
   <si>
     <t>MARTIN Y PAZ DIFFUSION, SOCIETE ANONYME</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbs, apavi, galvassegas, juvelierizstrādājumi, somas, somiņas, aksesuāri u.c. </t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 000349035  Dr. Martens AirWair with Bouncing soles, EUTM 016977944 Dr. Martens AirWair with Bouncing Soles, EUTM 018121757 JADON, EUTM 018124242 1460, EUTM 016808693 Dr. Martens AIRWAIR WITH BOUNCING SOLES, EUTM 018128130 1461 </t>
-[...1 lines deleted...]
-  <si>
     <t>GFM GmbH Trademarks</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 005220157 MAGSTER , EUTM 005220504, EUTM 004912002
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 012735031 2008 DKR , EUTM 011935939 Peugeot i-Cockpit, EUTM 011287273 207 +, EUTM 010920131, EUTM 010080001, EUTM 8839789 Peugeot Motion &amp; Emotion, EUTM 005555669 Bipper, EUTM 005226485 HDI, EUTM 004889655, EUTM 004814761 CITROEN PEUGEOT, EUTM 004814711 CITROEN PEUGEOT, EUTM 004688206, EUTM 004687992, EUTM 004609211, EUTM 004609202, EUTM 004607917, EUTM 004607487, EUTM 004047387 93000582 Peugeo, EUTM 004607453 93000580, EUTM 017869632 RIFTER , EUTM 016498891  PEUGEOT, EUTM 014715478, EUTM 014198204  PEUGEOT, EUTM 4047213  Peugeot, EUTM 8756793  ION, EUTM 004047049 Peugeot, EUTM 003247641, EUTM 002597524, EUTM 002597516, EUTM 002315208 Peugeot 407, EUTM 000190033 Peugeot 
 EUTM 009840381 508 RXH 
 </t>
   </si>
   <si>
     <t>Peugeot rezerves daļas</t>
   </si>
   <si>
     <t>Babolat VS S.A.</t>
   </si>
   <si>
     <t>sporta preces, apavi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> ITM 1337752 LEDVANCE (mit Logo), EUTM 008592776 LEDVANCE</t>
   </si>
   <si>
     <t>LEDVANCE GmbH</t>
@@ -2880,53 +2760,50 @@
     <t xml:space="preserve">                                                                                                                                     EUTM 000084673  JT 
 </t>
   </si>
   <si>
     <t>Volkswagen rezerves daļas, piederumi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">ARENA S.P.A. </t>
   </si>
   <si>
     <t xml:space="preserve">CDR  002989087-0001Envase para perfume, CDR  3051705-0001 a 0004  Envase para perfume, EUTM  5874441  SCANDAL, EUTM  16175739  Envase para perfume, EUTM  16175788  Envase para perfume, ITM  720476 Envase para perfume, ITM  720497   Envase para perfume, CDR 008281810-0001 Envase para perfume </t>
   </si>
   <si>
     <t xml:space="preserve">CDR001387401-0003, CDR006861803-0003LumboTrainLady	
 CDR006861803-0002LumboTrain, CDR006861803-0001GenuTrain8
 CDR007966833-0007Sportsocken, CDR  007966833-0006  Sportsocken, CDR 007966833- 0004 Sportsocken, CDR  007966833-0003 Sport socken,  CDR 007966833-0002 Sportsocken, CDR 007966833-0001 Sportsocken, CDR006861795-0003 Lumbo TrainLady, CDR 006861795-0002 LumboTrain, CDR 006861795- 0001 GenuTrain, CDR 001450464-0014, EUTM 018225921 b:joynz, EUTM 018226134 joynz, EUTM 018187030 CoxaTrain, EUTM 011515905 curaflow, EUTM 012036893 CerviLoc, EUTM 008765992 BODYTRONIC, EUTM 010315951 AchilloTrain, EUTM 000063172 Bauerfeind, CDR 001303861-0004, CDR 001303861-0003, CDR 001303861- 0002, CDR 001303861-0001, CDR 000422985-0003, CDR 000422985-0002, EUTM 01085106 Spinova, EUTM 000542605 SOFTEC, EUTM 002513638 SecuTec, EUTM 008213316 SacroLoc, EUTM 010336501 Redux, EUTM 004247318 Omoloc, EUTM 007283311 Myo Train, EUTM 000992180 MANULOC, EUTM 007226202 ManuTrain, EUTM 010315943 MalleoLoc, EUTM 007226161 MalleoTrain, EUTM 010315935 LumboLoc, EUTM 007226194 LumboTrain, EUTM 002410074 LordoLoc, EUTM 007226186 GenuTrain, EUTM 009133026 Ergopad, EUTM 000548990 EPIPOINT, EUTM 007226178 EpiTrain, EUTM 003291853 DorsoTrain,CDR 001387401-0002, CDR 001387401-0001, CDR 000697578-0018	</t>
   </si>
   <si>
     <t>Bauerfeind AG</t>
   </si>
   <si>
     <t>ortopēdiskie priekšmeti, bandāžas, ortozes, protēzes, zolītes, ortopēdiskās kurpes, zeķes, spilventiņi, ceļa locītavas, ortopēdijas, protezēšanas instrumenti, apsēji, saites u.c.</t>
   </si>
   <si>
     <t>T.R.B. International SA</t>
-  </si>
-[...1 lines deleted...]
-    <t>EUTM 000504282 ARMANI,  EUTM 000504258 GIORGIO ARMANI, EUTM000505669/ACQUA DI GIO', EUTM 011771532 si! EUTM	000505594 EMPORIO ARMANI</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 000089227 PIONEER, EUTM 000881839 Pioneer</t>
   </si>
   <si>
     <t>automašīnu audio un automobiļu navigācijas sistēmas, televizori (CRT Lens and Plasma, bijušais produkts), PC DVD diskdziņi, ieskaitot PC DVD ierakstītājus, "set-top" DVD atskaņotāji un rakstītāji, DJ aprīkojums</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM  010730349 S Spin Master, EUTM  009208761 Spin Master</t>
   </si>
   <si>
     <t>Bacardi Martini Patrón International GmbH</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni, aksesuāri u.c.</t>
   </si>
   <si>
     <t>EUTM EU005807169 JUVEDERM, EUTM EU006547053 JUVEDERM FORMA, EUTM EU006547301 JUVEDERM VOLUMA, EUTM EU002196822 JUVEDERM, EUTM EU 006295638 JUVEDERM ULTRA, EUTM EU013541594 JUVEDERM VYBRANCE, EUTM EU008792863 JUVEDERM ULTRA SMILE, EUTM EU013413406 JUVEDERM VOLITE</t>
   </si>
   <si>
     <t>Allergan Holdings France SAS</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM000057034/F, EUTM 000057042/FILA, EUTM 000056960/FILA, EUTM 003545605/FILA, EUTM 000056945/F FILA 
 </t>
@@ -2978,73 +2855,60 @@
   <si>
     <t>SRAM LLC</t>
   </si>
   <si>
     <t>Dell Products</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 16072514 Dreamworks Trolls, EUTM 015372576 Dream works Trolls, EUTM 11841145School of Dragons, EUTM 006673594 Kung Fu Panda, EUTM 005112677 Kung Fu Panda, EUTM 008758377 Kung Fu Panda: Legends of Awesomeness, EUTM 009454431 Dreamworks Kung Fu Panda, EUTM 001653146 Shrek, EUTM 008319188 Shrek Forever After, EUTM 009921214 Dream works, EUTM 182220 Dreamworks, EUTM 009921263Dreamworks, EUTM 009921248Dreamworks Animation SKG, EUTM 011200631 Despicable Me, EUTM 012449609, EUTM 012352225 Downton Abbey, EUTM 12847241, EUTM 12937421Minions, EUTM 2494698 Jurassic Park III Dino Attack &amp; Design, EUTM 13065156 Jurassic World, EUTM 002702462 E.T. The Extra-Terrestrial, EUTM 002726917Johnny English, EUTM 002788321, EUTM 002788339 Miami Vice, EUTM 002848398  The Fast and The Furious, EUTM 003077021 The Fast and The Furious, EUTM 003077922 Van Helsing, EUTM 003294329 1Van Helsing, EUTM 004188348, EUTM 010500262, EUTM 012937553, EUTM 008489692 Scarface, EUTM 013065156Jurassic World, EUTM 002494698, EUTM 014521348, EUTM 014656441, EUTM 014908206Hybrid Dino, EUTM 014942511 The Secret Life of Pets, EUTM 014964738, EUTM 014964902, EUTM 014964894, EUTM 014964852, EUTM 014964837, EUTM 014964803, EUTM 014964951, EUTM 014964761, EUTM 014964936, EUTM 014964795, EUTM 014964829, EUTM 014554026 Trolls 
  </t>
   </si>
   <si>
     <t>Universal City Studios LLC</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 001864141-0002, EUTM 10817104 TMWT, EUTM	 10817121 TMWT	
 EUTM 5952411 UNO, EUTM 5952585 UNO, EUTM 235176 MATCHBOX
 EUTM 2487288 MATCHBOX, EUTM 169318 Fisher-Price, EUTM 169896 HOT WHEELS, EUTM 169920 MATTEL, EUTM 5614516 Laugh &amp; Learn	
 EUTM 010817071T MWT, EUTM 10817096 TMWT, EUTM12288726 BOOMCO, EUTM 005776810 BOB THE BUILDER,  EUTM 001582634 Bob the Builder, EUTM 13363932 B, EUTM 014784466 TMWT, EUTM 003463239  PINGU, EUTM 003275385 Pingu, EUTM 014914766 James, EUTM 014912596 Henry, EUTM 014912621 Henry, EUTM 005792767 FIREMAN SAM, EUTM 005799382 Fireman Sam, EUTM 12671194 FIREMAN SAM, EUTM 5045091 POLLY, EUTM 004511135 POLLY POCKET, EUTM 000401737 SCRABBLE
 EUTM 11672425 JUMPEROO, CDR000212774-0001, EUTM 7010887 HOT WHEELS, EUTM 008375164 MONSTER HIGH, EUTM 7170624 MONSTER HIGH, CDR 001863952-0001, CDR 001863952-0002, CDR 001863952-0003, CDR 001863952-0005, CDR 001863952-0006, CDR 001863952-0007, CDR 001863952-0008, CDR 001863952-0009, CDR 001864141-0001, EUTM 002233674 Angelina Ballerina, EUTM 014914824 Percy, EUTM 014919021 Toby, EUTM 2313864 MAX STEEL, EUTM 2486959 HOT WHEELS, EUTM 169748 FISHER-PRICE, EUTM 169979 BARBIE, EUTM 003464013 BARNEY
 EUTM 2545671 BARBIE	</t>
   </si>
   <si>
     <t>Mattel Inc.</t>
   </si>
   <si>
-    <t>Amgen Europe Gmbh</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Dr. Martens International Trading GmbH </t>
   </si>
   <si>
     <t xml:space="preserve">EUT M  1041927 PLAY for her GIVENCHY, EUTM  0990713 PLAY GIVENCHY, EUTM  1325646 RWD PLAY F.FWD, EUTM  201061, EUTM  201186 TARTINE ET CHOCOLAT, EUTM  1146077  TEINT Couture, EUTM  3521002 VERY IRRESISTIBLE GIVENCHY, EUTM  5094321 VERY IRRÉSISTIBLE GIVENCHY GIVENCHY, EUTM  1115499 VERY IRRESISTIBLE GIVENCHY ELECTRIC ROSE, EUTM  1186554  Very Irrésistible L'Eau en rose GG GIVENCHY, EUTM  201210, EUTM  5391801 ange ou démon GIVENCHY PARIS, EUTM  1281293  CUSHION KISS, EUTM  12475455 DAHLIA DIVIN, EUTM  12773735 DAHLIA DIVIN GIVENCHY, EUTM  12484333  DAHLIA DIVIN GIVENCHY, EUTM  11758001  Gentlemen only Givenchy, EUTM  11301108 Gentlemen only Givenchy, EUTM  13231964 GENTLEMEN ONLY GIVENCHY CASUAL CHIC, EUTM  224949 GIVENCHY, EUTM  014013536 GIVENCHY LIVE IRRESISTIBLE, EUTM  015036544 L'ANGE NOIR GIVENCHY, EUTM  1300296 LE ROUGE PERFECTO, EUTM  1351981 LE ROUGE SCULPT, EUTM  1300366 GIVENCHY LE SOIN NOIR &amp; BLANC, EUTM  1174499 LINER Couture, EUTM  1303853   NOIR INTERDIT </t>
   </si>
   <si>
     <t xml:space="preserve">LVMH FRAGRANCE BRANDS </t>
   </si>
   <si>
     <t>smaržas, kosmētika ķermeņa kopšanas līdzekļi, ķermeņa kopšanas līdzekļi</t>
-  </si>
-[...8 lines deleted...]
-    <t>vasaras apavi, zolītes apaviem, čības u.c.</t>
   </si>
   <si>
     <t>EUTM 17913208 TikTok, EUTM 18184341 TikTok, EUTM 18184895 TikTok EUTM 17913677 Nawm, EUTM 18186404 Nawm</t>
   </si>
   <si>
     <t>TikTok Information Technologies UK Limited</t>
   </si>
   <si>
     <t>Fédération Internationale de Football Association (FIFA)</t>
   </si>
   <si>
     <t>apģērbs, apavi un galvassegas, nozīmītes, somas, sporta aprīkojums u.c.</t>
   </si>
   <si>
     <t>EUTM 011051695 Nawm,  EUTM 008964447 BIONTECH, EUTM 011051604 BIONTECH, EUTM 016241465 BIONTECH, EUTM 018247442 COMIRNATY</t>
   </si>
   <si>
     <t>BioNTech SE</t>
   </si>
   <si>
     <t>JACQUEMUS</t>
   </si>
   <si>
     <t>mēbeles u.c.</t>
   </si>
@@ -3105,123 +2969,109 @@
   <si>
     <t>EUTM 008597114 MINOLTA, EUTM 000365213, EUTM 003332376 KONICA MINOLTA , EUTM 003332236 KONICA MINOLTA</t>
   </si>
   <si>
     <t>Konica Minolta, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve"> printeru kārtridži u.c.</t>
   </si>
   <si>
     <t>EUTM 006704051, EUTM 003449394AIRWELL, ITM 12058555AIRWELL</t>
   </si>
   <si>
     <t>AIRWELL RESIDENTIAL SAS</t>
   </si>
   <si>
     <t>World Wrestling Entertainment Inc.</t>
   </si>
   <si>
     <t>rotaļlietas, datorspēles, apģērbi, somas u.c.</t>
   </si>
   <si>
     <t>NIKE Innovate C.V.</t>
   </si>
   <si>
-    <t xml:space="preserve">                                                                                                                                                                                                                                                                                                                                                                                                                                                                                      CDR  004755916-0005, CDR  004755916-0003, EUTM  017867367 Nicer Dicer Quick, CDR  004755916-0001
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 000166702 ROCKIES, EUTM 000166629 ROYALS, EUTM 005457221 NY, EUTM001052620ANAHEIM ANGELS, EUTM003793891 Mets, EUTM 003439627 MLB.com, EUTM003439544 (Marque sans texte), EUTM00414569 WASHINGTON NATIONALS, EUTM 003436201 SF, EUTM 004086195 REDS, EUTM 004085916 ROCKIES, EUTM003437472 A's, EUTM 004084844 OAKLAND ATHLETICS A's, EUTM	 003439148 (Marque sans texte), EUTM 004085643 CUBS, EUTM 004086674 DIAMONDBACKS, EUTM 004085742 Yankees, EUTM 004084794 Braves, EUTM 003437795 Brewers, EUTM 000166801 CUBS, EUTM 004086245 NY, EUTM 003538221 PROVENUE, EUTM 003437498 RAYS, EUTM 003437861 Twins, EUTM 004086691 Orioles, EUTM 003438462 Padres, EUTM 003438504 SD, EUTM 004086187 SOX, EUTM 010979731 (Marque sans texte), EUTM 003437944 P, EUTM 003437837 M, EUTM 003440013 Cardinals, EUTM 004084893 Cardinals, EUTM 003438521 STL, EUTM 003439941 YANKEES, EUTM 003438314 MARINERS
 EUTM 004084778 A, EUTM 004086501 (Marque sans texte), EUTM 003437712 TB, EUTM0 02685501 MAJOR LEAGUE BASEBALL, EUTM 003439585 MLB, EUTM 003437928 Athletics, EUTM 003436516 CR, EUTM 004289039 CEUTM 004679411 T TEXAS RANGERS, EUTM 000166546 PIRATES, EUTM 0001655631 DEVIL RAYS, EUTM 000166827,  EUTM 000166744 REDS, EUTM 010413128 M	</t>
   </si>
   <si>
     <t>Major League Baseball Properties Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 017881890 Capri-Sun Logo, EUTM 000138404 Capri-Sonne, EUTM 000138271 Capri-Sun, EUTM 012768636 Capri-Sun Multivitamin, EUTM 012768727 Capri-Sun Orange	</t>
   </si>
   <si>
     <t>Capri Sun AG</t>
   </si>
   <si>
     <t>bezalkoholiski dzērieni, augļu dzērieni, sulas, nektāri u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR 002374041-0001, CDR 000475595-0002, CDR 000475595-0001, ITM 0900160 PILOT Greenball, EUTM 001561539 PILOT Capless, ITM1309693 PILOT KLEER, ITM 0866191 FRIXION, ITM 1078481 ball FRIXION CLICKER, ITM 1361161 SUPER GRIP, EUTM 011052743 PILOT, EUTM007014541V BALL, EUTM003878253Hi-Tecpoint	</t>
-[...1 lines deleted...]
-  <si>
     <t>KABUSHIKI KAISHA PILOT also t/a PILOT Co.</t>
   </si>
   <si>
     <t xml:space="preserve"> pildspalvas, mehāniski zīmuļi, marķieru pildspalvas un citi rakstāmpiederumi, kancelejas preces</t>
   </si>
   <si>
     <t>ALMIRALL HERMAL GMBH</t>
   </si>
   <si>
     <t xml:space="preserve"> farmaceitiskie produkti </t>
   </si>
   <si>
     <t>POLICHEM, S.A.</t>
   </si>
   <si>
     <t>SHELTERED WINGS INC D/B/A VORTEX OPTICS</t>
   </si>
   <si>
     <t>apģērbi, džinsi, aksesuāri u.c.</t>
   </si>
   <si>
     <t>EUTM 009218983 BAO BAO / ISSEY MIYAKE, EUTM 000071175 ISSEY MIYAKE</t>
   </si>
   <si>
     <t>Kabushiki Kaisha Miyake Design Jimusho (also trading as Miyake Design Studio)*</t>
   </si>
   <si>
     <t xml:space="preserve">ādas un skaistumkopšanas somas, čemodāni, maisiņi no sintētiska materiāla u.c. </t>
   </si>
   <si>
     <t>EUTM 017394313/EM tap AIR PORTUGAL, EUTM017394354/EM TAP AIR PORTUGAL, EUTM014950802/EM TAP express, EUTM017394339/EM TAP TAP PORTUGAL, EUTM005924881/EM TAP TAP PORTUGAL, EUTM 017394271/EM TAP, EUTM008219792/EM TAP</t>
   </si>
   <si>
     <t>TRANSPORTES AEREOS PORTUGUESES S A</t>
   </si>
   <si>
     <t>miniatūri lidmašīnu modeļi</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1338296 STANDARD 100, EUTM 018304131 STANDARD 100	</t>
   </si>
   <si>
     <t>TESTEX AG</t>
-  </si>
-[...5 lines deleted...]
-    <t>Gallaher Limited</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 003837201 BaByliss, EUTM 010109544 O'LISS, EUTM 012211215 BABYLISSPRO CURL, EUTM 014644694 Babyliss for Men, EUTM 016209116BABYLISS PRO, EUTM 017745316Y LADE, EUTM 018028810 Babyliss 9000, EUTM 017917885 Barbers Spirit, EUTM 003247798 BABYLISS FOR MEN, EUTM 003247806 MOD'LISS, EUTM 002659951 MAGIC TWIST, EUTM 003247533 BABYLISS HIGH TECH, EUTM 010109511 MIRACURL, EUTM 011276524 BABYLISS PRO, EUTM 015143902 BABYLISS PARIS, EUTM 017884575 MIX-FLOW BY BABYLISS, ITM 531663 Babyliss, EUTM 003247831 MAGIC LOCKS, EUTM 014816847 DETANGLE SECRET, ITM 961136 Be Liss, ITM957881 ECOLISS	</t>
   </si>
   <si>
     <t>Babyliss SARL</t>
   </si>
   <si>
     <t xml:space="preserve">skaistumkopšanas produkti, matu cirtu ieveidotāji, personīgās higiēnas preces, veselības un skaistumkopšanas produkti u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 15444854 GLAMGLOW DREAMDUO,EUTM 16046476 GLAMGLOW GALACTICLEANSE, EUTM 1466361 GLOWDOSE, EUTM 1246674 HELLO SEXY, EUTM 1425742 MOISTURETRIP, EUTM 11665262 SEXYMUD, EUTM 1402089 STARPOTION, EUTM 17873119 GLAMGLOW SUPER DREAM, EUTM1143183 TEAOXI, EUTM 1244633 THIRSTY CLEANSE, EUTM 1261553 THIRSTYMUD, EUTM 1401907 GLAMGLOW GENTLE BUBBLE, EUTM 13208186 GLAMGLOW,EUTM 10558278 GLAMGLOW, EUTM 1212128 BRIGHTMUD, EUTM 1275867 POUTMUD, EUTM 17871612 GLAMGLOW POWERCLEANSE, EUTM 14366025 GLAMGLOW SUPERCLEANSE, EUTM 14524854 GLAMGLOW SUPERMUD, EUTM 1289210 GRAVITYMUD, EUTM 1431898 GLOWLACE, EUTM 1410785 GLAMGLOW, EUTM 1326980 GLOWCANVAS, EUTM 15692312 GLAMGLOW GLOWSETTER, EUTM 1302041 GLOWSTARTER, EUTM 18073982GOOD IN BED, EUTM 1275868PLUMPRAGEOUS, EUTM 1499988THIRSTYMIST, EUTM 1327637VOLCASMIC, EUTM 1367154 GLAMGLOW WATERBURST, EUTM 1244634YOUTHCLEANSE, EUTM 1212568 YOUTHMUD	</t>
   </si>
   <si>
     <t>Glamglow LLC</t>
   </si>
   <si>
     <t>parfimērija un kosmētika</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 013576939 TWIST SECRET, EUTM 013293171 TWIZZ, CDR 002217927-0001, CDR 002806810-0001, CDR 005279064-0001
 CDR 003992692-0002, CDR 003992692-0001, CDR 002115832-0008  
 </t>
   </si>
   <si>
@@ -3322,142 +3172,124 @@
   <si>
     <t>EUTM 000254326 Aiwa</t>
   </si>
   <si>
     <t>Aiwa Co. Ltd</t>
   </si>
   <si>
     <t>elektronika, audio aprīkojums u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 001526334 LEXMARK </t>
   </si>
   <si>
     <t>Lexmark International Incorporated</t>
   </si>
   <si>
     <t xml:space="preserve">tonera kasetnes, fotokopētāji, elektriski darbināmas drukas iekārtas, elektromagnētiski darbināmas drukas iekārtas, to detaļas u.c. </t>
   </si>
   <si>
     <t>EUTM 000348326FC Schalke 04, EUTM 010497014 S04, EUTM 000309914S 04</t>
   </si>
   <si>
     <t>FC Gelsenkirchen Schalke 04 e. V.</t>
   </si>
   <si>
-    <t>metāla automašīnu nozīmītes,
-[...4 lines deleted...]
-  <si>
     <t>ķermeņa kopšanas līdzekļi u.c.</t>
   </si>
   <si>
     <t>EUTM 007300643, ITM 0949004, ITM 0945330</t>
   </si>
   <si>
     <t>LLR- G5 LIMITED</t>
   </si>
   <si>
     <t>ķermeņa kopšanas līdzekļi, gēli, aerosoli, šķidrumi bez konservantiem u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 001103803 Schneider Electric </t>
   </si>
   <si>
     <t>SCHNEIDER ELECTRIC SE</t>
   </si>
   <si>
-    <t>CDR 001984071-0003, CDR 001984071-0002, CDR 001984071-0001</t>
-[...1 lines deleted...]
-  <si>
     <t>MADA Marx Datentechnik GmbH</t>
   </si>
   <si>
     <t>ID kartes, plastmasas kartes, RFID tagi vai aproces retranslatori u.c.</t>
   </si>
   <si>
     <t>Purolite LLC</t>
   </si>
   <si>
     <t>H&amp;M Hennes &amp; Mauritz AB</t>
   </si>
   <si>
     <t>apģērbi, parfimērija u.c.</t>
-  </si>
-[...4 lines deleted...]
-    <t>videospēles, komiksu sērijas, aksesuāri u.c.</t>
   </si>
   <si>
     <t>EUTM 010743052 ARCTIC BLUE, EUTM 010048585 LOCS</t>
   </si>
   <si>
     <t>Jay-Y Enterprise Co., Inc.</t>
   </si>
   <si>
     <t>saulesbrilles</t>
   </si>
   <si>
     <t>TREK Bicycle Corporation</t>
   </si>
   <si>
     <t>velosipēdi, piederumi un rezerves daļas, velosipēdu statīvi transportlīdzekļiem, bērnu piekabes, remonta stendi velosipēdiem, ķiveres, apģērbi, apavi</t>
   </si>
   <si>
     <t>Reckitt &amp; Colman (Overseas) Health Limited - VEET</t>
   </si>
   <si>
     <t>Veet depilācijas produkti</t>
   </si>
   <si>
     <t>Zumba Fitness LLC</t>
   </si>
   <si>
     <t>DVD ieraksti u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 004540001 Controvento, EUTM 012597191 QUICKTRONIC
 EUTM 003697513 G2, EUTM 016289183 MANTA, EUTM 011427961 Opel, EUTM 010795128 Metronomic, EUTM 016263915 Opel electrifies, EUTM 1485150 nawm, EUTM 004818597 Meriva, EUTM 005782801 Monerey, EUTM 010475655 Monza, EUTM 010291771 Adam Glam, EUTM 004986923 OPC, EUTM 003248697 Cosmo, EUTM 004806212 Easytronic, EUTM 004806204 Ecotec, EUTM 008597379 Flexdock, EUTM 003292539 Frontera, EUTM 004846945 Frontera, EUTM 012423191 Umparken In Kopf, EUTM 004846961 AGILA, EUTM 004648408 Antara, EUTM 004391769 Ascona, EUTM 004436606 Calibra, EUTM 004823415 Calibra, EUTM 003326758 GTC, EUTM 013379938 Adam, EUTM 004736054 Insignia, EUTM 004887031 Insignia, EUTM 000992065 TMWT, EUTM 010818904 Cascada, EUTM 004682282 Commodore, EUTM 003662145 Common Systems Components, EUTM 004989935 Corsa, EUTM 013036331 IntelliLux Led, EUTM 004396453 Kadett, EUTM 004586962 Kapitän, EUTM 010291557 Adam, EUTM 004594297 Senator, ITM 1261872A Crossland, EUTM 006613897 Vauxhall, EUTM 001159458 Vauxhall, EUTM 003300753 OPC, EUTM 000990077 Opel, EUTM 010291797 Adam Jam, EUTM 007056112 Opel Eye, EUTM 004189247 Opel GT, EUTM 005623921 Opel GT, EUTM 002323673 nawm	</t>
   </si>
   <si>
     <t>Opel Automobile GmbH</t>
   </si>
   <si>
     <t>Comité International Olympique (CIO)</t>
   </si>
   <si>
     <t>EUTM 002613461 ALAIA</t>
   </si>
   <si>
     <t>Azzedine Alaïa SAS</t>
-  </si>
-[...1 lines deleted...]
-    <t>somas</t>
   </si>
   <si>
     <t>EUTM 003416443 MAKE UP FOR EVER, EUTM 014570551 MAKE UP FOR EVER, EUTM 003371341 MAKE UP FOR EVER PROFESSIONAL, EUTM 014570576 MAKE UP FOR EVER PROFESSIONAL PARIS, EUTM 011308558 representation graphique voir annexe 2, EUTM 014597851 representation graphique voir annexe 2, EUTM 005779798 HD, EUTM017873126 ARTIST LIP SHOT, EUTM 014825335 EXCESSIVE LASH, EUTM 008667214 ROUGE ARTIST, ITM 1480197 LIGHT VELVET AIR</t>
   </si>
   <si>
     <t>MAKE UP FOR EVER</t>
   </si>
   <si>
     <t xml:space="preserve">ķermeņa kopšanas līdzekļi, kosmētika un piederumi </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 015065031 FENTY BEAUTY, EUTM 018105240 FENTY, EUTM 018160294 FENTY BEAUTY PRO FILT'R, EUTM 017912536 FENTY SKIN
 EUTM 017912543 FENTY FRAGRANCE
 </t>
   </si>
   <si>
     <t>Roraj Trade, LLC</t>
   </si>
   <si>
     <t>EUTM  003996444  ZIPPO, CDR  000034244-0001, EUTM  000137117  
 EUTM  000133819  ZIPPO</t>
   </si>
   <si>
     <t>Zippo Manufacturing Company</t>
   </si>
@@ -3860,189 +3692,158 @@
     <t>EUTM 018042647/EM StickWizard, EUTM 002037596/EM GILBERT	
 EUTM 000210575/EM GRAYS, EUTM 002725661/EM, ITM 367393A/WO KARACHI KING SUPER, CDR 001772963-0001/EM, CDR 001772963-0002/ EM</t>
   </si>
   <si>
     <t>GRAYS OF CAMBRIDGE (INTERNATIONAL) LTD</t>
   </si>
   <si>
     <t>sporta aprīkojums, lauka hokeja nūjas</t>
   </si>
   <si>
     <t>Mars, Incorporated - CESAR</t>
   </si>
   <si>
     <t>suņu pārtikas produkti</t>
   </si>
   <si>
     <t>apģērbi un aksesuāri</t>
   </si>
   <si>
     <t>EUTM 009950296/EM DARK HORSE, EUTM 011637493/EM  Trade mark without text</t>
   </si>
   <si>
     <t>E AND J GALLO - DARK HORSE</t>
   </si>
   <si>
-    <t>EUTM 017225566 HIFEM, EUTM 017225533 EMSELLA, EUTM 018196580 EMSCULPT NEO, CDR 008199285-0001 Medizinische Apparaturen und Ausrüstungen, CDR 008514921-0001 Medizinische Apparaturen und Ausrüstungen, CDR 005231362-0001 Medizinische Ausrüstung (Teil von -), Medizinische Geräte (Teil von -), EUTM 017263799 EMSCULPT, ITM 723457 BTL, ITM 1209872 BTL</t>
-[...7 lines deleted...]
-  <si>
     <t>EUTM 004281168 Camp David, EUTM 010592673 Soccx	, EUTM 013504261 CAMP DAVID</t>
   </si>
   <si>
     <t>Clinton Groβhandels-GmbH</t>
   </si>
   <si>
-    <t>SKULLHEAD</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 003319944 FRAMAX, EUTM Eurex EUREX, EUTM 003494135 DOKA MATIC, EUTM 011108966 Xbright, EUTM 011523263Framax Xlife plus, EUTM 011116407DokaShore, EUTM 011523222DOKA, EUTM 011563855 DokaBase, EUTM 011575016Xface, EUTM 011664604DokaTruss, EUTM 011731635Eureco, EUTM 003494176Doka Xtra, EUTM 003891793 Dokaset, EUTM 007347206Xsafe, EUTM 000066985 1-2-4, EUTM 000321984 1-2-4, EUTM 003275691 Framax Xlife, EUTM 003319571Frami3, EUTM 009466152 I tec, EUTM 009466186 Xclimb, EUTM 009466211Doka Top 100 tec, EUTM 009466277DoKart, EUTM 009467366 Doka. Wegweisend in der Schalungstechnik, EUTM000045930 DOKA, EUTM 011048295form-on, EUTM 011048329 doka, EUTM 011048378 form-on</t>
   </si>
   <si>
     <t>Doka GmbH</t>
   </si>
   <si>
     <t>EUTM 005873377 CECIL, EUTM 000034553 CECIL</t>
   </si>
   <si>
     <t>Cecil GmbH</t>
   </si>
   <si>
     <t>CDR 6850012-0004</t>
   </si>
   <si>
     <t>Beurer GmbH</t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve"> rokassomas, personīgie aksesuāri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 779000/WO BLUE FOX, EUTM 018125701/EM KARBON, EUTM 018202916/EM RAP-V, EUTM 018205609/EM CARP SPIRIT, EUTM 008577231/EM BARBARIAN, ITM 1082164/WO VMC, ITM 1347018/WO COASTAL BLACK, EUTM 018340997/EM VANADIUM, EUTM 003462017 /EM okuma, EUTM 17912307 /EMokuma, EUTM004723029 RAPALA, EUTM005182746 trigger-x, EUTM002730992 /fig./, EUTM 002700557 STORM, EUTM003680899 X-RAP, WO 845035 WILLIAMSON LURES, EUTM 006650667 CLACKIN' RAP,EUTM 006368492 X-ProTect, WO 845037 RAPALA VISION GEAR, WO 1040277 Rapala,EUTM 008233851 Sufix PERFORMANCE FUSE /fig./,EUTM 010209468 LUHR JENSEN, EUTM 010809598 SUFIX , EUTM008772964 10000013 MORA ICE, CDR 002701078- 0004, CDR 002701078-0007, CDR 002701078-0008, CDR 002701078-0009, CDR 002701078-0010, CDR 002701078-0005, CDR 002189449-0004, CDR 002189449-0003, CDR 002189449-0002, CDR 002189449-0001, CDR 002459842-0012TORM ARASHI SQUARE 5', EUTM008233851Sufix – PERFORMANCE FUSE, EUTM 003360302 MARTTIINI, EUTM 007224975ABYSS, EUTM004708228TAIL DANCER , EUTM 002901445 SHAD RAP, CDR 002459842-0009, CDR 002459842-0010 
 </t>
   </si>
   <si>
     <t>Rapala VMC Oyj</t>
   </si>
   <si>
     <t>makšķerēšanas piederumi u.c.</t>
   </si>
   <si>
     <t>ITM 1487516 LINDEMANS, ITM 1388424 L LINDEMAN'S 1843, EUTM 000615898 LINDEMANS, EUTM 2111482 L LINDEMANS 1843, ITM 1381841 L 1843 DR HENRY JOHN LINDEMAN'S, ITM 1285407 DR. HENRY JOHN LINDEMAN SINCE 1843 GENTLEMAN'S COLLECTION 'WHEN GENTLEMEN KNEW HOW TO BEHAVE' LINDEMAN'S WINERY SINCE 1843 A GUIDE TO CHIVALRY AND INTEGRITY RULE NO BATCH NO, ITM 0920399 L</t>
   </si>
   <si>
     <t>vīns</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 000942524 PEPPERJACK</t>
   </si>
   <si>
     <t>Treasury Wine Estates Vintners Limited</t>
   </si>
   <si>
     <t>ITM 1311102 WOLF BLASS, EUTM 002777993 WOLF BLASS, EUTM  002250512 EAGLEHAWK, EUTM 000197236 WOLF BLASS WINES
 ITM 1552026, ITM 1445919 WOLF BLASS, EUTM001661495 WOLF BLASS</t>
   </si>
   <si>
     <t>Bilyara Vineyards Pty Ltd</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni (izņemot alu)</t>
   </si>
   <si>
     <t>TUMI, INC.</t>
   </si>
   <si>
     <t xml:space="preserve"> koferi, mugursomas </t>
   </si>
   <si>
     <t>CUMANN PEILE NA H-EIREANN ''FOOTBALL ASSOCIATION OF IRELAND''</t>
   </si>
   <si>
     <t>Palm Angels S.R.L.</t>
   </si>
   <si>
     <t>apģērbs, apavi, galvassegas, koferi un ceļojumu somas</t>
   </si>
   <si>
     <t>RENE SCHONEFELD, INDUSTRIE- EN HANDELSONDERNEMING B.V.</t>
-  </si>
-[...4 lines deleted...]
-</t>
   </si>
   <si>
     <t>Actiu Berbegal Y Formas, S.A</t>
   </si>
   <si>
     <t>CDR 002711093-0002, CDR 002711093-0003, CDR 002711093-0004	
 EUTM 012233003 Trademarlkwithout no tekst, EUTM 1271855 AMQ	
 EUTM 1452506 A M Q, EUTM 007594633 MCQ, EUTM 012233003 Trademarlkwithout no tekst, EUTM 007594781 ALEXANDER MCQUEEN, EUTM 1273163 McQueen</t>
   </si>
   <si>
     <t>AUTUMNPAPER LIMITED</t>
   </si>
   <si>
     <t xml:space="preserve">CGIS  10338287 </t>
   </si>
   <si>
     <t>Bureau National Interprofessionnel du Cognac</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1222756/WO douchebags, ITM 1255009/WO Db, ICD D217442- 0002/WO, ICD D217442-0001/WO, ICD D211632-0003/WO, ICD D211632-0001/WO, ICD D211632-0004/WO, ICD D211632-0002/WO, ICD D216393-0001/WO, ICD D216393-0007/WO, ICD D216393- 0005/ WO, ICD D216393-0006/WO, ICD D216393-0002/WO, ICD D216393- 0003/WO, ICD D216393-0004/WO	</t>
   </si>
   <si>
     <t>DB Equipment AS</t>
   </si>
   <si>
     <t xml:space="preserve">mugursomas, bagāžas, somas, kabatas portfeļi un citi piederumi pārnēsāšanai, plecu siksnas </t>
   </si>
   <si>
     <t>EUTM 15287601 KRONABY</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR 6298089-0004 CH lipstick &amp; Beetle device diseño, CDR 6298089-0005	 CH lipstick &amp; Beetle device diseño, CDR 6298089-0006 CH lipstick &amp; Beetle device diseño, CDR 6298089-0007 CH lipstick &amp; Beetle device diseño, CDR 6298089-0008 CH lipstick &amp; Beetle device diseño, CDR 6303335-0002 CH lipstick &amp; Beetle device diseño, CDR6303335-0003 CH lipstick &amp; Beetle device diseño, CDR6303335-0004 CH lipstick &amp; Beetle device diseño, CDR6302154-0002 CH mini lipstick &amp; lip gloss diseño, CDR6302154-0003 CH mini lipstick &amp; lip gloss diseño, CDR6302154-0004 CH mini lipstick &amp; lip gloss diseño, CDR6302154- 0005 CH mini lipstick &amp; lip gloss diseño, CDR6301677- 0002  CH COMPACT Kit de, CDR6301677-0003 CH COMPACT Kit de maquillaje, EUTM 12349759 HERRERA CONFIDENTIAL, EUTM 12622122 CH (DEVICE 2000), EUTM 12622205 CAROLINA HERRERA, EUTM 13959549 IT'S SO GOOD TO BE BAD, EUTM 13497961 GOOD BOY, EUTM 16377699 OWN THE PARTY, EUTM 13339064 GOOD GIRL (diseño), EUTM 18000710212 FOREVER YOUNG, EUTM 17536211 CAROLINA HERRERA, EUTM 12761417 CONFIDENTIAL CAROLINA HERRERA, EUTM 14028716 CH MEN PRIVÉ, EUTM 16419749 AGUAS CONFIDENTIAL, EUTM 18000711212 VIP FOREVER YOUNG (fig.), EUTM 18438427 VERY GOOD GIRL, CDR1 780644-0001 ENVASE CH L'EAU, CDR 1849886 -0001-0002 ENVASES 212 NYC BODY SPRAYS IAC 2011, CDR006294658 0001-0002 BOTTLE 2019 Lightning BAD BOY New Him, CDR 2011205 0001 - 0003 ENVASE CH EAU DE PARFUM, CDR 376884- 0001 - 0009 TELAS BOLSOS CH, CDR 2197079-0001 ENVASE CH MEN SPORT, EUTM 4661492 212 SEXY, EUTM 1426857CH CAROLINA HERRERA NEW YORK, EUTM 2438729212 CAROLINA HERRERA, EUTM 3011020 CAROLINA HERRERA, EUTM 4760146 212, EUTM 8268427 CH MEN, EUTM 8224883 ARE YOU ON THE LIST ?, EUTM 7599012 212 NYC, EUTM 7507437 CH MEN, EUTM 7473754 212 VIP, EUTM 5903075 CHCH HCHC CHCH HCHC, EUTM 5172317 CH, CDR 000717897-0001 diseño frasco, EUTM 9843947  GOOD GIRL, EUTM 11866472 CH, EUTM 14033864 BAD BOY, EUTM 18097902 BOTTLE 3D final LIGHTNING (BAD BOY), EUTM 17950524 GOOD GIRL LOVES BAD BOY, EUTM 18186801 BOTTLE SKATEBOARD 212 (3D)	
-[...6 lines deleted...]
-  <si>
     <t>CAROLINA HERRERA LIMITED</t>
+  </si>
+  <si>
+    <t xml:space="preserve">rokassomas, maki, juvelierizstrādājumi, apavi, smaržas
+apģērbi, brilles </t>
   </si>
   <si>
     <t>EUTM 3450848 PERRELET</t>
   </si>
   <si>
     <t>Perrelet, S.A.</t>
   </si>
   <si>
     <t>pulksteņi un to aksesuāri</t>
   </si>
   <si>
     <t>EUTM 1559376 Gymshark, EUTM 1176002 Gym Shark, EUTM 1227917 White Shark Head Logo</t>
   </si>
   <si>
     <t>Gymshark Limited</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 017934933 1895 BERLUTI PARIS, ITM 1424706 marque figurative, CDR000233762-0001 Symboles graphiques, CDR 000212196-0002 Souliers, CDR005000502-0001 Sacs à dos, CDR 002415240-0001 Chaussures, CDR 005515418- 0001 Porte-documents, EUTM018148858 1895 BERLUTI PARIS, EUTM 018149543 B 1895 BERLUTI PARIS, EUTM 000479683 BERLUTI, EUTM 018276692 1895 BERLUTI PARIS, ITM 1513805 B	</t>
   </si>
   <si>
     <t>BERLUTI</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 009503871 B &amp; A BY BACI &amp; ABBRACCI, EUTM 004073136  BACI &amp; ABBRACCI, EUTM 09503681  BACI &amp; ABBRACCI
 </t>
@@ -4055,53 +3856,50 @@
   </si>
   <si>
     <t xml:space="preserve">ITM 864147 MARC JACOBS, EUTM 006813703 MARC BY MARC JACOBS EUTM 00681524 5LITTLE MARC JACOBS, EUTM 011485513 MARC JACOBS, ITM 1282779 JJ, ITM 1387456 MARC JACOBS, EUTM 006815435 marque sans texte, EUTM 012864047 STANDARD SUPPLY MODEL# TYPE: WORKWEAR, EUTM 000481465 MARC JACOBS	</t>
   </si>
   <si>
     <t>MARC JACOBS TRADEMARKS LLC</t>
   </si>
   <si>
     <t>Techtronic Cordless GP</t>
   </si>
   <si>
     <t xml:space="preserve">apgaismošanas, apkures, tvaika ģenerēšanas, vārīšanas, dzesēšanas, žāvēšanas, ventilācijas, ūdens apgādes un sanitārijas ierīces u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 001573039Blue’s Clues, EUTM 004285771Blue’s Clues, EUTM 004322814 Blue’s Clues, EUTM 000576942Blue’s Clues, EUTM 004683629 Nickelodeon Avatar the Legend of Aang, EUTM 004683579 Nickelodeon Avatar the Legend of Aang, EUTM 005349683Nickelodeon The Backyardigans die Hinterhofzwerge les Mélodilous,EUTM 005349907 Nickelodeon The Backyardigans die Hinterhofzwerge les Mélodilous Zonzoli, EUTM 003762895 Spongebob, EUTM 001335884 Spongebob, EUTM 003762861 Spongebob Squarepants, EUTM 001360486 Spongebob Squarepants, EUTM 004303517 Nickelodeon Spongebob Squarepants, EUTM 001312016 Dora the Explorer, EUTM 004327417 Dora the Explorer, EUTM 005133269Dora, EUTM 004419156 Go Diego Go, EUTM 005351515 Nickelodeon Diego! Diogo!, EUTM 006667109 Spongebob Squarepants, EUTM 011624137 Spongebob Squarepants, EUTM 011624211, CDR 001364913-0001, EUTM 004619706, EUTM 004608436, EUTM 004604121, CDR 001414221-0001, EUTM 004540654 Nick Jr. Backyardigans </t>
   </si>
   <si>
     <t>rotaļlietas, uzlīmes u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 015423321/EM DETTOL 3X POWER GEL, EUTM 015692759/ EM 2in1, EUTM 018049358/EM Dettol, EUTM 018048871/ EM Dettol, EUTM 018235 730/EM, EUTM 018235737/EM, EUTM 018311430/EM Dettol, EUTM 018310871/EM, EUTM 003032299/EM Dettol, EUTM 003033651/EM, EUTM0 03033842/EM DETTOL, EUTM 006028914/ EM Dettol, EUTM 006029078/ EM, EUTM 006743851/EM TRUSTED BY DOCTORS TO KILL BACTERIA, EUTM 008962094/EM, EUTM 009153511/EM DETTOL, EUTM 010278794/ EM DETTOL POWER &amp; PURE BATHROOM WITH ACTIVE OXYGEN, EUTM 010278828/EM DettolPOWER &amp; PURE MULTI PURPOSEWITH ACTIVE OXYGEN, EUTM 012034732/EM No-Touch Refill, EUTM 012562 633/EM DETTOL HEALTHY KIDS, EUTM 012574224/EM DETTOL JUNIORS, EUTM 012871489/EM SQUEEZY PACK, EUTM 013403035/EM give life a hand, EUTM 013771118/EM DETTOL GOLD, EUTM 013783212/ EM No-Touch Automatic Hand Soap System Soft on Skin HARD on GERMS KILLS 99.9% of BACTERIA Kit includes
 </t>
   </si>
   <si>
     <t>Reckitt &amp; Colman (Overseas) Health Limited</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">CDR 001192827-0001, CDR 001121115-0001, CDR 001121115-0002	</t>
   </si>
   <si>
     <t>Alcadrain s.r.o.</t>
   </si>
   <si>
     <t>plastmasas sifons</t>
   </si>
   <si>
     <t>DISC-O-BED HOLDINGS  LIMITED</t>
   </si>
   <si>
     <t>divstāvu gultas, moduļu mēbeles, saliekamās gultas u.c.</t>
   </si>
   <si>
     <t>EUTM 008910441 PIC, EUTM 018382606 PIC, EUTM 018382610	, EUTM 015025778 PIC solution, ITM1319155 PIC solution, EUTM 008910523 PIC SOLUTION, ITM 1344881 Pic Solution, ITM 1064324 Pic Slution, EUTM 018382608 PIC SOLUTION, EUTM 8910465 PIC SOLUTION, EUTM 1317315 PIC</t>
   </si>
   <si>
     <t>PIKDARE-SOCIETA' PER AZIONI</t>
   </si>
   <si>
     <t>medicīnas preces</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 008769085 Via Verde, EUTM 003509791 prodomo, EUTM 003497732 Dallmayr prodomo, ITM 1103917 Dallmayr Gold, EUTM 003495835 Dallmayr ESPRESSO d'Oro, EUTM 003495975 Dallmayr Crema d'Oro, ITM 941450 Dallmayr Capsa, EUTM 012170213 Dallmayr Barista, ITM 953493 Dallmayr, EUTM 003497765 Crema d'Oro, EUTM 005765888 Capsa, ITM 954137 Alois Dallmayr,ITM 953584 AD, ITM 951417 AD	</t>
   </si>
@@ -4536,59 +4334,50 @@
     <t>EUTM 018046703 ZSW</t>
   </si>
   <si>
     <t>ERSA GmbH</t>
   </si>
   <si>
     <t>elektrotehnikas un elektronikas mehāniskās ražošanas aparāti un ražošanas iekārtas, to daļas un piederumi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM1300106, EUTM11818507, EUTM11855971, EUTM9612326, EUTM 1043388, EUTM981786TORY BURCH, EUTM 11248135TORY BURCH, EUTM 1129130TORY BURCH, EUTM887081TORY BURCH, EUTM886915 TORY BURCH, EUTM1185906TORY SPORT, EUTM1288795TORY SPORT, EUTM1185451, EUTM1043796, EUTM854054, EUTM11248143, EUTM 1141379, EUTM1214872, EUTM850292,EUTM 11818515, EUTM14576896, EUTM 1296713LOVE RELENTLESSLY, EUTM 1289242, EUTM 1286062 
 </t>
   </si>
   <si>
     <t>RIVER LIGHT V, L.P.</t>
   </si>
   <si>
     <t>ādas izstrādājumi, somas, maki, skaistumkopšanas lietas, apavi sievietēm, apģērbi sievietēm, aksesuāri, cepures, lakati, šalles, rotaslietas, pulksteņi, saulesbrilles un brilles u.c.</t>
   </si>
   <si>
     <t>ITM 1221445 ADEPIDYN, ITM 1438956 ADEPIDYN</t>
   </si>
   <si>
     <t>fungicīds, augu aizsardzības līdzeklis</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 005682455/EM LIPSY, EUTM 006238133/EM LIPSY, EUTM 00725 4881/EM LIPSY, EUTM 012286886/EM LIPSY, EUTM 006239693/EM  L	</t>
-[...7 lines deleted...]
-  <si>
     <t>LATIMO S.A.</t>
   </si>
   <si>
     <t xml:space="preserve">CPVR EU 4868/Tanotika, CPVR EU 1613/Tankalcig, CPVR EU 20879/Tan01990, CPVR EU 15435/Tan01693, CPVR EU 17729/Tan01441, CPVR EU 22781/Tan02474, CPVR EU 13218/Tan00151, CPVR EU 15408/Tan02522Tan02522, CPVR EU 19808/Tan01549, CPVR EU 17727/Tan01549, CPVR EU 22835/Tan03266, CPVR EU 17773/Tan00993, CPVR EU 17757/Tan01653, CPVR EU 15768/Tan00125, CPVR EU 2279/Tanaledev, CPVR EU 20841/Tan02525, CPVR EU 25071/Tan03419, CPVR EU 30190/Tan06464,CPVR EU 38098/TAN09112, CPVR EU 38516/TAN08051 
 </t>
   </si>
   <si>
     <t>Rosen Tantau KG</t>
   </si>
   <si>
     <t>rozes un to stādi</t>
   </si>
   <si>
     <t>Makita Corporation</t>
   </si>
   <si>
     <t xml:space="preserve">elektroinstrumenti, bezvadu elektroinstrumenti, tostarp ripzāģi, leņķzāģi, ķēdes zāģi, lentzāģi, finierzāģi, grupzāģi, griezēji, griešanas mašīnas, knaibles, šķēres, ēveles, rievu griezēji, frēzes un trimmeri, urbju uzgaļi, triecienurbji, rotācijas urbjmašīnas, āmururbji un nojaukšanas āmuri, lauzēji, triecienskrūvgrieži, triecienuzgriežņu atslēgas, skrūvgrieži, uzgriežņu atslēgas, slīpmašīnas, slīpmašīnas, pulēšanas mašīnas u.c. </t>
   </si>
   <si>
     <t>Starbuzz Tobacco, Inc.</t>
   </si>
   <si>
     <t>elektroniskās cigaretes, tabaka, sveces u.c.</t>
   </si>
   <si>
@@ -4598,105 +4387,84 @@
     <t>EUTM 226803 KNORR-BREMSE, ITM 726780 K, ITM1486540 K	
 ITM 1483795 Knorr-Bremse</t>
   </si>
   <si>
     <t>KNORR-BREMSE AG</t>
   </si>
   <si>
     <t>EUTM 103200 HAMILTON</t>
   </si>
   <si>
     <t>Hamilton International AG (Hamilton International SA) (Hamilton International Ltd)</t>
   </si>
   <si>
     <t xml:space="preserve"> kabatas/rokas pulksteņi, hronometriskie instrumenti u.c</t>
   </si>
   <si>
     <t>EUTM 110338 CERTINA</t>
   </si>
   <si>
     <t>CERTINA AG (CERTINA SA) (CERTINA LTD)</t>
   </si>
   <si>
     <t xml:space="preserve">pulksteņi </t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 015670532 BORBONE e figura di corona, CDR 009082191 Astuccio per capsule, EUTM 018362653 DOLCERE figurativo, EUTM 018363903 BORBONCIOK, EUTM 015670541 CAFFÈ BORBONE logo a colori	</t>
-[...4 lines deleted...]
-  <si>
     <t>CDR 008683379-0001, CDR 001742818-0001, CDR 001706060-0001, CDR 001705732-0001, CDR 001653924-0001, CDR 001299713-0002, CDR 0012997 13-0001, CDR 001293443-0001, CDR 001278972-0002, CDR 00127 8972-0001, CDR 001159644-0003, CDR 001159644-0002, CDR 00115 9644-0001, CDR 000916648-0001, CDR 000750880-0001, CDR 000714704-0001, CDR 000609 581-0001, CDR 000596820-0001, CDR 000571906-0001, EUTM 000708990 d&amp;b audiotechnik, EUTM 000709030, EUTM 001054402 dbaudio, CDR 004028165- 0004, CDR 004028165- 0003, CDR 004028165- 0002, CDR 004028165- 0001, CDR 004500502-0004, CDR 004500502-0003, CDR 004500502-0002, CDR 004500502-0001, CDR 004498954-0001, CDR 004498954-0002, CDR 004498 954- 0003, CDR 004498954- 0004, CDR 002299610- 0001, CDR 002302521- 0002, CDR 002302521-0001, CDR 002300095-0001, CDR 015000832-0001, EUTM 001568617d&amp;b audiotechnik</t>
   </si>
   <si>
     <t>d&amp;b audiotechnik GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t xml:space="preserve">skaļruņu kastes, jaudas pastiprinātāji un citas audio tehniskās ierīces </t>
   </si>
   <si>
-    <t>Lohmann &amp; Rauscher GmbH &amp; Co. KG</t>
-[...4 lines deleted...]
-  <si>
     <t>Bayer AG</t>
   </si>
   <si>
     <t>zāles salokāmās kastītēs</t>
   </si>
   <si>
     <t>The Smiley Company (SPRL)</t>
   </si>
   <si>
     <t>EUTM 103184 FLIK FLAK</t>
   </si>
   <si>
     <t>Eta SA Manufacture Horlogère Suisse</t>
   </si>
   <si>
     <t>EUTM 103358 MIDO</t>
   </si>
   <si>
     <t>MIDO AG (MIDO SA) (MIDO LTD)</t>
   </si>
   <si>
     <t>ITM 959702 UNION GLASHÜTTE/SA.</t>
   </si>
   <si>
     <t>Union Uhrenfabrik GmbH</t>
-  </si>
-[...7 lines deleted...]
-    <t>mutes higiēnas līdzekļi, kosmētika un kosmētikas produkti, kosmētiskās putas, zobu balināšanas preparāti u.c.</t>
   </si>
   <si>
     <t>Landig + Lava GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>kompresori dzesēšanas sistēmām, ledusskapjiem un gaļas nogatavināšanas skapjiem, aukstumaģenta kompresori saldēšanas iekārtām, ledusskapjiem un gaļas izturēšanas kamerām, dzinēji kompresoriem saldēšanas sistēmām, ledusskapjiem un gaļas konservēšanas skapjiem,
  ledusskapji dzērienu uzglabāšanai u.c.</t>
   </si>
   <si>
     <t>EUTM 009791096 Pierre Paulin, EUTM 018707926 Pierre Paulin</t>
   </si>
   <si>
     <t>MWP</t>
   </si>
   <si>
     <t>Comité International Olympique</t>
   </si>
   <si>
     <t>Peak Performance Production AB</t>
   </si>
   <si>
     <t>šorti, peldēšanas šorti, vīriešu apakšveļa, slēpošanas bikses, golfa šorti</t>
   </si>
   <si>
     <t>NUR DIE GERMANY GmbH</t>
@@ -4883,53 +4651,50 @@
   </si>
   <si>
     <t>SPECTRUM BRANDS (UK) LIMITED - RUSSELL HOBBS</t>
   </si>
   <si>
     <t>SodaStream Industries Ltd.</t>
   </si>
   <si>
     <t>vārsti u.c.</t>
   </si>
   <si>
     <t>Schaeffler Technologies AG &amp; Co. KG</t>
   </si>
   <si>
     <t>hidrauliskie sūkņi un motori, hidrauliskie, kompensācijas rezervuāri, hidrauliskie vārsti, gultņi u.c.</t>
   </si>
   <si>
     <t>CDR 002256354-0009, CDR 002256354-0008, CDR 002256354-0007	
 CDR 002256354-0006, CDR 002256354-0005, CDR 002256354-0004	
 CDR 002256354-0003, CDR 002256354-0002, CDR 002256354-0001</t>
   </si>
   <si>
     <t>Nothing Technology Limited</t>
   </si>
   <si>
-    <t>MEPAL B.V.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">                                                                                                                                                                                                             EUTM 000852707/EM SPECIALIZED, EUTM 003721561/EM S-WORKS	
 EUTM 013463881/EM S, EUTM 000852616/EM, EUTM 000852665/EM STUMPJUMPER, ITM 1036952/WO VENGE, CDR 002961003-0001/EM	</t>
   </si>
   <si>
     <t>Specialized Bicycle Components Inc</t>
   </si>
   <si>
     <t>velosipēdu riteņi, velosipēda sēdekļi, turētājs, režģis ūdens pudelei velosipēdiem, aizsargķiveres, apģērbs u.c.</t>
   </si>
   <si>
     <t>Kappa S.R.L.</t>
   </si>
   <si>
     <t>SCHOLL'S WELLNESS COMPANY B.V</t>
   </si>
   <si>
     <t>CDR 000562285-0001, CDR 00030630-0001,CDR 000613500-0001, CDR 000154695-0001,CDR 000154695-0003, CDR 000154695-0002, CDR 001659152-0002, CDR 001659152-0001,CDR 000556469-0001, CDR 002225706-0001, CDR 000346085-0001, CDR 001711557-0001, CDR 005246311-0001, CDR 000821426-0004, CDR 000434253-0001</t>
   </si>
   <si>
     <t>Reisenthel Accessoires GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t xml:space="preserve"> pārnēsāšanas grozs (kastes formas, nedaudz konisks) </t>
   </si>
   <si>
@@ -5285,215 +5050,139 @@
     <t xml:space="preserve">kosmētika, skuvekļi, matu sukas u.c.
 </t>
   </si>
   <si>
     <t>Viacom Overseas Holdings C.V.</t>
   </si>
   <si>
     <t>ūdens filtri</t>
   </si>
   <si>
     <t>farmaceitiskie preparāti</t>
   </si>
   <si>
     <t>SPORTS DIRECT INT HOLDINGS LIMITED</t>
   </si>
   <si>
     <t>slidas, skrituļslidas u.c.</t>
   </si>
   <si>
     <t>EUTM 000081828	NEFF, EUTM 003503836 CONSTRUCTA, EUTM 000061085 GAGGENAU, EUTM 010359958,EUTM 004240263 SIEMENS</t>
   </si>
   <si>
     <t>BSH Hausgeräte GmbH</t>
   </si>
   <si>
-    <t>EUTM 018200709 FREEZMIX</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 006063317/EM SUPERDRY, EUTM 003528403/EM SUPERDRY, EUTM 010372910/EM Superdry, EUTM 008134314/ EM SUPERDRY, EUTM 007372378/EM SUPERDRY, EUTM 018231276/EM DRY, EUTM 018146032/EM SDX, EUTM 018146033 /EM SUPERDRY, EUTM 016086266/EM SDX, ITM 1540972/WO CULT STUDIOS, EUTM 014245931/EM Super Dry Sport, EUTM 008670051/EM SuperDry, EUTM013360656/EM SUPERDRY, EUTM 010372894/EM Superdry., EUTM 010372902 /EMby superdry	, EUTM 016974917/EM Superdry	</t>
   </si>
   <si>
     <t>DKH RETAIL LTD - SUPERDRY</t>
   </si>
   <si>
     <t>apģērbi, aksesuāri, apavi, somas u.c.</t>
   </si>
   <si>
     <t>ruwido austria gmbh</t>
   </si>
   <si>
     <t>Kate Spade LLC</t>
   </si>
   <si>
     <t>EUTM 007434806 DRAGON BALL, EUTM 007550445 ONE PIECE	
 EUTM 007550361 ONE PIECE, EUTM 003612363 SAINT SEIYA</t>
   </si>
   <si>
     <t>TOEI ANIMATION CO., LTD.</t>
   </si>
   <si>
-    <t>EUTM 1398399</t>
-[...22 lines deleted...]
-  <si>
     <t>ITM 1069076 MONTE-CARLO, EUTM 016080525 MONTE-CARLO	
 ITM 1069254 MONACO, ITM 1128647 MONTECARLO</t>
   </si>
   <si>
     <t>Marques de l'Etat de Monaco</t>
   </si>
   <si>
     <t>ITM 1439126 MONACO, ITM 1439157 MC MONTE-CARLO</t>
   </si>
   <si>
-    <t>EUTM 018503312 TC</t>
-[...17 lines deleted...]
-  <si>
     <t>EUTM 1321540 ULLA JOHNSON</t>
   </si>
   <si>
     <t>Ulla Johnson Holdings LLC</t>
   </si>
   <si>
     <t>kosmētika, apģērbs, apavi, galvassegas u.c.</t>
   </si>
   <si>
     <t>Osram GmbH</t>
   </si>
   <si>
     <t>spuldzes u.c.</t>
   </si>
   <si>
-    <t>EUTM 018279338 VEOZA</t>
-[...4 lines deleted...]
-  <si>
     <t>CHARLOTTE TILBURY BEAUTY LTD</t>
   </si>
   <si>
     <t>EUTM 014230163Emirates, EUTM 011168499Emirates, EUTM 011168473 Emirates, EUTM 004103181Fly Emirates</t>
   </si>
   <si>
     <t>Emirates, a Dubai Decree company</t>
-  </si>
-[...7 lines deleted...]
-    <t>salvetes zīdaiņiem, autiņbiksītes u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM3165214NEW YORK JETS, EUTM003166402NEW YORK GIANTS, EUTM 005901202NY, EUTM 003233137 93045130, EUTM 003249737NEW ORLEANS SAINTS, EUTM 003166956NEW ENGLAND PATRIOTS, EUTM003232601, EUTM 003233111, EUTM 003166725 93045120 MINNESOTA VIKINGS, EUTM 011774783, EUTM 002963650MIAMI DOLPHINS, EUTM 005899513GIANTS, EUTM 003233046, EUTM003166832 SAN DIEGO CHARGERS, EUTM 003166899 PITTSBURGH STEELERS, EUTM 003234309Steelers, EUTM003233021 , EUTM 003166791 PHILADELPHIA EAGLES, EUTM003165057 bOAKLAND RAIDERS EUTM003232551 RAIDERS, EUTM 001318252B, EUTM003347101NY JETS, EUTM000251454 BALTIMORE RAVENS, EUTM003166485ATLANTA FALCONS, EUTM003165801ARIZONA CARDINALS, EUTM003741725B, EUTM 003232535 G, EUTM003165371GREEN BAY PACKERS, EUTM0031 66493 DETROIT LIONS, EUTM003233053, EUTM000497412, EUTM00316 5065 DENVER BRONCOS, EUTM003166451 DALLAS COWBOYS, EUTM 003241791, EUTM003354421, EUTM003347119, EUTM 000730952NFL EUROPE, EUTM 005844386NFL, EUTM006316988NFL, EUTM 0070 62557NFL INTERNATIONAL SERIES , EUTM005333166  NFL EUROPA, EUTM 002666469 NFL, EUTM 000980862  NFL, EUTM000772541 NFL EUROPE LEAGUE, EUTM005942081, EUTM003166758SEATTLE SEAHAWKS, EUTM003166865 SAN FRANCISCO 49ERS, EUTM 003232667SF, EUTM 001837491CLEVELAND BROWNS, EUTM 003166774WASHINGTON REDSKINS 
 </t>
   </si>
   <si>
     <t>NFL Properties Europe GmbH</t>
   </si>
   <si>
-    <t>GE.IM.IN. SRL</t>
-[...4 lines deleted...]
-  <si>
     <t>Ninebot (Changzhou) Tech Co., Ltd.</t>
   </si>
   <si>
     <t>EUTM 015997653/EM NORD-LOCK GROUP, EUTM 018343931/EM NORD-LOCK, EUTM 002654580/EM Nord-Lock</t>
   </si>
   <si>
     <t>Nord-Lock International AB</t>
   </si>
   <si>
     <t>metāla uzgriežņu paplāksnes, metāla slēdzenes paplāksnes</t>
   </si>
   <si>
     <t>EUTM 018530962, EUTM 018909492 WOLFPACK, EUTM 018161294 WOLFPACK, EUTM 017893785, EUTM 018197355 WOLFPACK</t>
   </si>
   <si>
     <t>Decolef Lux SARL</t>
-  </si>
-[...1 lines deleted...]
-    <t>CDR 004700821-0002, EUTM 014737712 Julietti</t>
   </si>
   <si>
     <t>pārtikas griezējs</t>
   </si>
   <si>
     <t>EUTM	018380723 POWERS GOLD LABEL, EUTM 018449025 POWERS P GOLD LABEL, EUTM 008567166 THREE SWALLOW, POWERS, ESTD 1791, P, GOLD LABEL, John Power &amp; Son.,EUTM012215968(Marque sans texte),EUTM 001283944 POWER'S, EUTM 000099960 POWER'S, EUTM 009890781 Powers, Single Pot Still Irish Whiskey, Estd 1791, John's Lane Release, EUTM 011670072 POWERS Single Pot Still Irish Whiskey ESTD P 1791 Signature Release John Power &amp; Son, EUTM 018086292 POWERS P
 CDR 007439328-0001 Bouteilles</t>
   </si>
   <si>
     <t>IRISH DISTILLERS INTERNATIONAL LTD</t>
-  </si>
-[...1 lines deleted...]
-    <t>ITM 1604108/WO OPZELURA, ITM 1661689/WO Opzelura</t>
   </si>
   <si>
     <t>INCYTE HOLDINGS CORPORATION</t>
   </si>
   <si>
     <t>ITM 1503051 On</t>
   </si>
   <si>
     <t>audumi un tekstilizstrādājumi, apģērbs, apavi, galvassegas, rotaļlietas un sporta preces, somas u.c.</t>
   </si>
   <si>
     <t>RENÉ SCHÖNEFELD, INDUSTRIE- EN HANDELSONDERNEMING B.V.</t>
   </si>
   <si>
     <t xml:space="preserve">kosmētika, parfimērija u.c. </t>
   </si>
   <si>
     <t>Astellas Pharma Europe B.V.</t>
   </si>
   <si>
     <t>ZHS IP EUROPE SARL</t>
   </si>
   <si>
     <t>ITM 1186427 KIMEX, EUTM 018633212 KIMEX</t>
   </si>
@@ -5672,94 +5361,88 @@
   <si>
     <t>Seagen Inc.</t>
   </si>
   <si>
     <t>CDR	001192827-0001</t>
   </si>
   <si>
     <t>sanitārās iekārtas</t>
   </si>
   <si>
     <t>EUTM  010556521 FÄLLKNIVEN QUALITY KNIVES</t>
   </si>
   <si>
     <t>Fällkniven i Boden AB</t>
   </si>
   <si>
     <t>rokas darbarīki un rokas instrumenti, galda piederumi u.c.</t>
   </si>
   <si>
     <t>CDR 002104620-0005</t>
   </si>
   <si>
     <t>Manolo Blahnik International Limited</t>
   </si>
   <si>
-    <t>CDR 008840847-0003/EM, CDR 008840847-0010/EM, CDR 008840847-0006/ EM, CDR 008840847-0011/EM, CDR 008840847-0012/EM, CDR 008840847- 0007/EM, CDR 008840847-0004/EM, CDR 008840847-0005/EM, EUTM 001285469FRITZ HANSEN, CDR 008840847-0001EGG - Chair (ægget)CDR 008840847-0003PK22 chairs, CDR 008840847-0004PK80 Daybeds, EUTM 018554312FRITZ HANSEN, CDR 008840847-0008Ant - Chair (Myren), CDR 008840847-0009Series 7 - chair (syver), CDR 008840847-0002Swan - chair ( svanen), CDR 008840847-0010PK22 chairs, CDR 008840847-0006PK24 Longue chair, CDR 008840847-0011PK24 Longue chair, CDR 008840847-0012PK24 Longue chair, CDR 008840847-0007 PK61 + PK61A Coffee table, CDR 008840847-0005Lily chair</t>
-[...1 lines deleted...]
-  <si>
     <t>FRITZ HANSEN A/S</t>
   </si>
   <si>
     <t>DINH VAN</t>
   </si>
   <si>
     <t>luksusa rotaslietas u.c.</t>
   </si>
   <si>
     <t>CDR 005306321-0003, CDR 005306321-0002, CDR 002349092-0007, CDR 002349092-0006, CDR 002349092-0005, CDR 002349092-0004, CDR 002349092-0003, CDR 002349092-0002, CDR 005306321-0001	
 CDR 002349092-0001</t>
   </si>
   <si>
     <t>EUTM 015388945X-PRESSION, EUTM 008180218OUTRE, EUTM 008197055SENSATIONNEL, EUTM 008179582OUTRE, EUTM 013065016 outré, EUTM 005598677X-PRESSION</t>
   </si>
   <si>
     <t>Feme Limited</t>
   </si>
   <si>
     <t>ITM 1771995 red Cherry EYELASHES</t>
   </si>
   <si>
     <t>SeEs UG (haftungsbeschränkt)</t>
   </si>
   <si>
     <t>skropstas u.c.</t>
   </si>
   <si>
     <t>EUTM 018188997 Zalando</t>
   </si>
   <si>
     <t>Zalando SE</t>
   </si>
   <si>
     <t>EUTM 018711268Xpansion, EUTM 018560640 Pro X, EUTM 018096628 Prisma, EUTM 018001182 Steamulation, EUTM 017362476 Steamulation</t>
   </si>
   <si>
     <t>Schmidt Innovations GmbH</t>
-  </si>
-[...1 lines deleted...]
-    <t>EUTM	009064684/EM	10000001	XHEKPON</t>
   </si>
   <si>
     <t>VECTEM SA</t>
   </si>
   <si>
     <t>parfimērijas un kosmētikas izstrādājumi</t>
   </si>
   <si>
     <t>AEFFE S.P.A.</t>
   </si>
   <si>
     <t>EUTM 003592508/EM MIKSI</t>
   </si>
   <si>
     <t>PROMASIDOR IP HOLDINGS LIMITED</t>
   </si>
   <si>
     <t>piena pulveris</t>
   </si>
   <si>
     <t>PTM Guard SIA</t>
   </si>
   <si>
     <t xml:space="preserve">masāžas, akupunktūras un akupresūras paklāji, spilveni un to komplekti, izgatavoti no dabīgiem un videi draudzīgiem materiāliem </t>
   </si>
@@ -6088,54 +5771,50 @@
   <si>
     <t>PHARMILL - P. PLENKIEWICZ I W. FLORYSIAK Sp.k.</t>
   </si>
   <si>
     <t>ķīmiskās piedevas, ko izmanto dzīvnieku barības ražošanā, premiksi, proti, minerālu piedevu maisījumi dzīvnieku barībai, uztura bagātinātāji lopbarībai, ārstnieciskās piedevas dzīvnieku barībai, pārtika un barība dzīvniekiem</t>
   </si>
   <si>
     <t>EUTM 016451941 PULMOMIX</t>
   </si>
   <si>
     <t>PHARMILL - P.Plenkiewicz i W.Florysiak Sp.k.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 493536 nawm (embleem), EUTM 6915169 LZR PULSE	
 EUTM 6321236 LZR RACER, EUTM 4484961 XDSKIN, EUTM 3561412 SPEEDO ENDURANCE	, EUTM 3142809 ENDURANCE	
 EUTM 3087533 SPEEDO SCULPTURE, EUTM 3634417 SPEEDO BIOFUSE, EUTM 3624905 AQUALAB, EUTM 3087351 SHARK DEVICE, EUTM 12444303 SCULPTURE, EUTM 12444295 FASTSKIN, EUTM 5155635 Speedo, EUTM 3386241 Speedo, EUTM 3263423 Speedo, EUTM 3413135 Speedo, EUTM 12444352 BIOFUSE, EUTM 12796173I Q FIT, EUTM 6507818 AQUABLADE, EUTM 6445241 AQUABEAT, EUTM 6321319 FASTSKIN LZR RACER, EUTM 6321277 SPEEDO LZR RACER, EUTM 6184865 FLIPTURNS, EUTM 493510 Speedo, EUTM 2228583 SPEEDO, EUTM 1809805,  FASTSKIN, EUTM 10344554 THE RACING SYSTEM, EUTM 493502 Speedo, EUTM 5611645 Speedo Aqua Gym, EUTM 5353107 LZR Pulse, EUTM 8445892 SPEEDO FLEXIFIT, EUTM 8350829 TRIATHELITE, EUTM 493445 Speedo	</t>
   </si>
   <si>
     <t>Festo SE &amp; Co. KG</t>
   </si>
   <si>
     <t>EUTM 004065728 OMNITROPE, EUTM003068863S SANDOZ, EUTM 003070422 SANDOZ, EUTM 002783306 ACLASTA</t>
   </si>
   <si>
     <t>SANDOZ AG</t>
-  </si>
-[...2 lines deleted...]
-EUTM 1025790 MURATTI, EUTM 000778852 Chesterfield, EUTM 003596384 Chesterfield, ITM 1070987 Chesterfield ESTABLISHED 1896, EUTM 017362633 CHESTERFIELD FILTER CIGARETTES FACTORY No. 25 20 DIST. OF VA. U.S. I.R. CIGARETTES CLASS A 20 SINCE, ITM 1343314 Chesterfield, EUTM 014888341 CHESTERFIELD, CDR 003800051-0015, CDR 003800051-0013, CDR 003800051-0009, CDR 003799329-0002, CDR 003799 329-0001, CDR 001428353-0001, CDR 001428379-0001, CDR 002615112-0003, CDR 002615112-0002, CDR 002615112-0001, CDR 001314090-0003, CDR 001314090-0002, CDR 001314090-0001, ITM 1305642, VEEV, ITM 1343374  MESH, EUTM 017893512 IQOS MESH, ITM 1331054, ITM 1332896, EUTM 017915735 IQOS 3 MULTI FLEXIBLE &amp; CONVENIENT IQOS MULTI HEAT CONTROL TECHNOLOGY 10 CONSECUTIVE MOMENTS, EUTM 017915 734 IQOS 3 DISCREET &amp; PERSONAL IQOS HEAT CONTROL TECHNOLO GY 20 SINGLE MOMENTS, ITM 1328679 HEETS, ITM 1326410 HEETS, CDR 005501764-0003, CDR 005501764-0002, CDR 005501764-0006, CDR 005501764-0005, CDR 005501764 -0004, CDR 005501764-0008, CDR 005501 764-0001, CDR 004678688-0011, CDR 004678688-0001, CDR 005625365-0002, CDR 005625365-0001, CDR 005511706-0002, CDR 004701480-0002, CDR 0047 01480-0001, EUTM 018034902 Chesterfield ORIGINAL, EUTM 018049377 IQOS DUO, ITM 1214415, ITM1214416IQOS, ITM 1347235, ITM 1329691 IQOS, ITM 1025790 MURATTI, EUTM 18700964 BONDS by IQOS, EUTM 000064089 L &amp; M, ITM 1305642 VEEV, ITM 1343374 MESH	</t>
   </si>
   <si>
     <t>EUTM 018687659/EM CACHAREL</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 015455843, EUTM 015455827, EUTM 003169414SATA 
 </t>
   </si>
   <si>
     <t>SATA GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>pulverizatori, krāsas pistoles</t>
   </si>
   <si>
     <t xml:space="preserve">Duracell Batteries </t>
   </si>
   <si>
     <t>ITM 1501255/WO BE@RBRICK, ITM 1501256/WO BE@RBRICK	
 ITM 1707215/WO BE@RBRICK, ITM 1713860/WO BE@RBRICK
 ITM 1713859/WO @</t>
   </si>
   <si>
     <t>Medicom Toy Corporation</t>
   </si>
@@ -6283,70 +5962,63 @@
   <si>
     <t>SMART</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">EUTM12347381/Megared, EUTM 11590247/Megared, EUTM 12207528/Megared, EUTM 12207429/Megared, EUTM 11590486/Megared, EUTM 12098257/MegaRojo, EUTM 12098356/MegaRood, EUTM 12098315/MegaRosso, EUTM 12098414/MegaRouge, EUTM 11858958/PowerRed, EUTM 11945607/SmartMega, EUTM 11945541/Mega03 </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Courier New"/>
         <family val="3"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">CDR 005610334-0002, CDR 009197999-0005, CDR 009197999-0010	
-[...2 lines deleted...]
-  <si>
     <t>SIA "Orkla Latvija"</t>
   </si>
   <si>
     <t>EUTM 11879855 BRUNELLO CUCINELLI</t>
   </si>
   <si>
     <t>BRUNELLO CUCINELLI S.P.A.</t>
   </si>
   <si>
     <t>WOLFSPEED, INC.</t>
   </si>
   <si>
     <t>elektroniskie komponenti, pusvadītāju izstrādājumi</t>
-  </si>
-[...1 lines deleted...]
-    <t>CDR 001384796-0003, CDR	004371185-0001, CDR 001428098-0001, CDR 001436281-0001</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                                         EUTM 003941135 SIDESHOW COLLECTIBLES  
 </t>
   </si>
   <si>
     <t>Sideshow Inc.</t>
   </si>
   <si>
     <t>rotaļlietas, ieskaitot figūriņas, kostīmu atdarinājumi, rotaļu plāksnes, bistes un statujas, lelles un to piederumi</t>
   </si>
   <si>
     <t>EUTM 0976721, EUTM 10014562</t>
   </si>
   <si>
     <t>Rolex SA</t>
   </si>
   <si>
     <t>EUTM	018812501 SILBON, EUTM  018813068 SB, EUTM 018964416 SILBON</t>
   </si>
   <si>
     <t>SILBON CLASICO, S.L.</t>
   </si>
   <si>
     <t>EUTM 012031035 POMELLATO, EUTM 015203516 Pomellato, EUTM 018193404 DODO CHARMING JEWELRY SINCE 1994, CDR 001912684-0002 Boucles d'oreilles, EUTM 012683132 Pomellato, EUTM 000872945 Pomellato</t>
@@ -6587,65 +6259,59 @@
     <t>skaistumkopšanas līdzekļi, parfimērija, kosmētika, krēmi, dezodoranti, aksesuāri u.c.</t>
   </si>
   <si>
     <t>pulksteņi, aksesuāri u.c.</t>
   </si>
   <si>
     <t>somas, apģērbs, apavi, smaržas, aksesuāri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">pulksteņi u.c. </t>
   </si>
   <si>
     <t>sporta preces, hokeja nūjas</t>
   </si>
   <si>
     <t>apģērbi, apavi, somas, smaržas, brilles, rotaslietas u.c.</t>
   </si>
   <si>
     <t>mežkopības un dārzkopības instrumenti, motorzāģi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbi, to piederumi, apavi, somas u.c. 
 </t>
   </si>
   <si>
-    <t>apavi, apģērbi, sporta preces u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>medikamenti u.c.</t>
   </si>
   <si>
     <t>transporta līdzekļi, to rezerves daļas, tehniskās eļļas un ziedes, smērvielas, atslēgu piekariņi, aksesuāri u.c.</t>
   </si>
   <si>
     <t>šaujamieroči, munīcija un šāviņi, spēles, rotaļlietas, apģērbs, papīrs, kartons, siksniņas adapteris, aizsardzības lietas, vāciņi telefoniem, kameras siksnas, siksnas skatu meklētājam u.c.</t>
   </si>
   <si>
-    <t>pulksteņi, kalkulatori</t>
-[...1 lines deleted...]
-  <si>
     <t>apģērbi, cepures, apavi, aksesuāri u.c.</t>
   </si>
   <si>
     <t>somas, maki u.c.</t>
   </si>
   <si>
     <t>šaujamieroči, gāzes baloniņi, lukturi, apģērbi u.c.</t>
   </si>
   <si>
     <t>transportlīdzekļa daļas, iepakojumi u.c.</t>
   </si>
   <si>
     <t>datoru programmatūra, datorspēles, videospēles, elektroniskās spēles, datorprogrammas, apģērbi, galvassegas u.c.</t>
   </si>
   <si>
     <t>dzinēji un rezerves daļas, ģeneratori, elektriskās iekārtas un to daļas, flešatmiņas, apģērbi, somas, mugursomas u.c.</t>
   </si>
   <si>
     <t>mašīnas un darbmašīnas, motori, mašīnu sajūga un transmisijas elementi (izņemot sauszemes transportlīdzekļiem) u.c.</t>
   </si>
   <si>
     <t>filtri u.c.</t>
   </si>
   <si>
     <t>zobu birstes, trimmeri, matu sukas, higiēnas līdzekļi u.c.</t>
@@ -6716,90 +6382,81 @@
   <si>
     <t>apģērbi, cepures, aksesuāri u.c.</t>
   </si>
   <si>
     <t>apģērbi, apavi, golfa spēles piederumi u.c.</t>
   </si>
   <si>
     <t>farmaceitiskie preparāti, vielas, veterinārie un higiēnas līdzekļi, pārtika zīdaiņiem, dezinfekcijas līdzekļi, preparāti kaitēkļu iznīcināšanai u.c.</t>
   </si>
   <si>
     <t>kopēšanas iekārtas, portatīvie kopētāji, printeri, toneris, sausās tintes un printera tintes, papīrs, kopiju papīra izstrādājumi no kartona, iespieddarbi, avīzes, žurnāli, mācību un uzskates materiāli, kancelejas preces u.c.</t>
   </si>
   <si>
     <t>kosmētiskie līdzekļi, ziepes, ēteriskās eļļas, smaržas, ķermeņa dezodoranti, dušas želejas, šampūni un matu losjoni, saulesbrilles, brilles, briļļu rāmji un aksesuāri, apģērbi, apavi, galvassegas, apakšveļa, krekliņi</t>
   </si>
   <si>
     <t>ūdensnecaurlaidīgi zābaki u.c.</t>
   </si>
   <si>
     <t>somas, apavi, jostas</t>
   </si>
   <si>
     <t>parfimērija, kosmētika, ķermeņa un skaistumkopšanas līdzekļi u.c.</t>
   </si>
   <si>
-    <t>ūdenspīpes, tabaka u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>optika šaujamieročiem u.c.</t>
   </si>
   <si>
-    <t>iekārtas vingrošanai un sportam, apģērbi, polo krekli, somas, maki, lietussargi, aksesuāri u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> spēles un rotaļlietas, kompaktdiski, DVD diski un citi digitālie datu nesēji, iespiedprodukcija u.c.</t>
   </si>
   <si>
     <t>inhalatori u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">parfimērija u.c. </t>
   </si>
   <si>
     <t>lauksaimniecības un mežsaimniecības tehnikai rezerves daļas, eļļa, filtri, apģērbi, rotaļlietas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">transportlīdzekļu piedziņas sistēmas, apgaismes sistēmas, virsbūves kontroles sistēmas, spēka pievadu kontroles sistēmas, elektronisko instrumentu kopu, telemātikas sistēmas un datori, piekares sistēmas un sastāvdaļas, izplūdes sistēmas u.c. </t>
   </si>
   <si>
     <t>ķermeņa kopšanas līdzekļi, apģērbs un aksesuāri, apavu elementi un piederumi, personālpiederumi, mobilie tālruņi ar piederumiem un tehniskiem elementiem, elektriskās/elektroniskās un datoru rotaļlietas, spēles (ieskaitot elektronisko spēļu konsoles)</t>
   </si>
   <si>
     <t>lifti un liftu daļas, automašīnu lifti u.c.</t>
   </si>
   <si>
     <t>apģērbi, aksesuāri, piederumi u.c.</t>
   </si>
   <si>
     <t>uzturvielas, substrāti, mēslojumi, māla granulas u.c.</t>
   </si>
   <si>
     <t>apģērbi un apavi ar elementiem, somas un aksesuāri, tekstilizstrādājumi</t>
-  </si>
-[...1 lines deleted...]
-    <t>zīmogi, to piederumi, tintes kasetnes u.c.</t>
   </si>
   <si>
     <t>kontaktlēcas, kontaktlēcu kopšanas līdzekļi, šķīdums, smērvielas, acu pilieni u.c.</t>
   </si>
   <si>
     <t>apģērbs tīņiem, bērniem un zīdaiņiem</t>
   </si>
   <si>
     <t>ķermeņa kopšanas līdzekļi, parfimērija, kosmētika u.c.</t>
   </si>
   <si>
     <t>ādas izstrādājumi, apģērbi, somas, apavi, smaržas, rotaslietas u.c.</t>
   </si>
   <si>
     <t>mājsaimniecības un virtuves piederumi un konteineri, rokas instrumenti un darbarīki, virtuves iekārtas, olu separators, stikla trauki, porcelāns un māla izstrādājumi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> nagu un skaistumkopšanas produkti u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> ceļu būves mašīnas (piem., veltņi) u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">krāsas, lakas, rūsas inhibitori, koksnes konservanti, tintes toneri, kasetnes, toneru kasetnes, printeri, skeneri, faksimilatori, daudzfunkcionālās ierīces, datoru programmatūra, termiskās lentes, lentes printeriem, siltuma papīrs </t>
   </si>
@@ -6907,78 +6564,72 @@
     <t xml:space="preserve">pārtikas produkti, cepumi, kūkas, konditorejas izstrādājumi u.c. </t>
   </si>
   <si>
     <t>medicīnas instrumentu, farmaceitiskie izstrādājumi, sanitārijas ierīces u.c.</t>
   </si>
   <si>
     <t>sporta apģērbi un aksesuāri, peldkostīmi, pludmales apģērbi, ķermeņa pacēlāji, brilles, sandales, spuras, pleznas, peldošās jostas un ar tiem saistīti piederumi</t>
   </si>
   <si>
     <t xml:space="preserve">farmaceitiskie produkti, ko ievada ar injekciju palīdzību, ādas mitrināšanai un grumbu mazināšanai, medicīniski un ķirurģiski aparāti un instrumenti, dermas implanti, biosaderīgas vielas medicīniskiem nolūkiem grumbu mazināšanai, mākslīgā āda ķirurģiskiem nolūkiem, protēzes, ziepes, parfimērijas izstrādājumi, ēteriskās eļļas, kosmētikas līdzekļi ādas un ķermeņa kopšanai, krēmi, losjoni un ziedes un želejas, ādas atsvaidzinātāji un tonizējoši līdzekļi, matu losjoni, preparāti mutes un zobu kopšanai u.c.
   </t>
   </si>
   <si>
     <t>gaļa, zivis, mājputni un medījumi, gaļas ekstrakti, konservēti, saldēti, žāvēti un vārīti augļi un dārzeņi, želejas, ievārījumi, kompots, olas, piens un piena produkti, pārtikas eļļas un tauki, nesagatavoti un neapstrādāti lauksaimniecības, dārzkopības un mežsaimniecības produkti, graudaugi un sēklas, svaigi augļi, dārzeņi un zaļumi, augi un ziedi, ziedu sīpoli, stādi un sēklas stādīšanai, dzīvi dzīvnieki, pārtika un dzērieni dzīvniekiem, iesals u.c</t>
   </si>
   <si>
     <t>oglekļa šķiedru un alumīnija velosipēdu riteņi</t>
   </si>
   <si>
     <t>rotaļlietas, spēles, DVD grāmatas, ieraksti apģērbs u.c.</t>
   </si>
   <si>
     <t>apģērbs, apavi, galvassegas, bērnu sēdeklīši, krēsli, taburetes, galdi, līmējošie pārsēji, ziepes, sauļošanās krēms, odekoloni, bērnu pārtika, spēles un rotaļlietas, vingrošanas un sporta preces, rotājumi Ziemassvētku eglītēm, velosipēdi, lampas, lukturīši, velosipēdu lukturi, ierakstītas audio lentas un DVD, skaņu ierakstītāji un atskaņotāji, digitālās kameras izklaidei bērniem un zīdaiņiem, atslēgu piekariņi u.c.</t>
   </si>
   <si>
-    <t>farmaceitiski preparāti, citokīnu inhibitori, imūnregulācijas preparāti un preparāti dažu veidu vēža un asins slimību ārstēšanai u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>apģērbi, apavi, galvassegas, bižutērija u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">mākslas viedtālruņi, pašbildes nūjas, kā viedtālruņu aksesuāri, turētāji viedtālruņiem, mobilajiem tālruņiem, siksnas priekš viedtālruņiem, mobilie tālruņi, baterijas, USB uzlādes ierīces (akumulatoru lādētāji), USB kabeļi, austiņas, aizsargplēves, citi aksesuāri, kas paredzēti viedtālruņiem vai mobiliem tālruņiem, apģērbs, cepures, zeķes šalles, cimdi, apavi u.c. </t>
   </si>
   <si>
     <t>Covid 19 vakcīnas</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbs un aksesuāri, apavi, to detaļas un piederumi u.c.
 </t>
   </si>
   <si>
     <t>LED apgaismes ierīces u.c.</t>
   </si>
   <si>
     <t>gaisa kondicionēšanas iekārtas un piederumi u.c.</t>
   </si>
   <si>
     <t>vingrošanas un sporta preces, apģērbs, apavi, galvassegas, pulksteņi, ceļojumu futrāļi, somas, spēles, rotaļlietas, video spēļu ierīces, juvelierizstrādājumi u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">tabaka un tabakas izstrādājumi (ieskaitot aizstājējus) </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> agregāti cirkulācijas sūkņiem, zemūdens sūkņiem un centrbēdzes sūkņiem, elektronika sūkņiem un citu sistēmu vadības ierīcēm, elektromotori sūkņiem u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">spēles un rotaļlietas, kompaktdiski, lentes un DVD ar izdomātiem varoņiem un aktivitātēm bērniem, filmas, televīzijas programmas, grāmatas, mūzika un rotaļlietu lietošanas instrukcijas, kosmētika, tualetes piederumi, apģērbs, apavi, galvassegas, somas, maki u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">apģērbi, apavi, galvassegas, parfimērija, kosmētika, brilles, rotaslietas, somas, mugursomas, maki u.c. </t>
   </si>
   <si>
     <t>rokassomas un aksesuāri, plecu, krusteniskās saites, klēpjdatoru, sporta un bērnu somas, kabatas portfeļus, somiņas uz riteņiem, ceļojumu un bagāžas piederumus, aksesuārus u.c.</t>
   </si>
   <si>
     <t>izklaides industrija, ražo un pārraida filmas, koncertus, komēdijas, teātra filmas un sportu u.c.</t>
   </si>
   <si>
     <t>apgaismošanas ierīces un iekārtas, griestu lampas, stāvlampas, spuldzes, kontaktligzdas, abažūra turētājs, lampu pakarināmās ierīces, elektriskās izlādes caurules, atstarotāji, gaismas sadalītājs u.c.</t>
   </si>
   <si>
     <t>apģērbs, galvassegas, preparāti balināšanai un citas veļas vielas, preparāti tīrīšanai, pulēšanai, attaukošanai un noberšanai, ziepes, parfimērijas izstrādājumi, ēteriskās eļļas, kosmētika, matu losjoni, zobu pastas, apakšveļa, zeķes, cimdi, apavi, apavu zoles, krēmi, pastas, vaski, kondicionieri, pulēšanai, tīrīšanai un aizsardzībai no lietus, apavu tīrīšanas lupatiņas, sukas, apavu maisiņi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">elektriskās, elektroniskās ierīces un instrumenti elektrības pārvadāšanai, vadīšanai, pārslēgšanai, pārveidošanai, uzkrāšanai, regulēšanai, filtrēšanai, mērīšanai un kontrolei u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">ķīmiskie produkti, kas paredzēti ūdens attīrīšanai un atsāļošanai, absorbenti, katalizatori, jonu apmaiņas sveķi ar ierobežotu granulometriju izmantošanai ūdens attīrīšanā un daudzos citos pielietojumos, piemēram, saldinātāju hromatogrāfijā, aminoskābju atdalīšanā, farmācijas rūpniecībā kopumā, cukura attīrīšanā un citos pielietojumos pārtikas nozarē </t>
@@ -7031,71 +6682,65 @@
   <si>
     <t>farmaceitiskie, medicīniskie un veterinārie preparāti, sanitārie līdzekļi medicīniskiem nolūkiem, diētiskā pārtika un vielas izmantošanai medicīnā vai veterinārijā, zīdaiņu pārtika, uztura bagātinātāji cilvēkiem un dzīvniekiem, plāksteri, pārsienamie materiāli, materiāls zobu plombēšanai, zobu vasks, dezinfekcijas līdzekļi, preparāti kaitēkļu iznīcināšanai, fungicīdi, herbicīdi</t>
   </si>
   <si>
     <t>kakao produkti, dzērieni, pulveris, dzērieni no šokolādes, šokolādes pulveris u.c.</t>
   </si>
   <si>
     <t>augu aromatizētāji dzērieniem, ēteriskās eļļas dzērieniem, ar aromatizētājiem pildītas kapsulas, dzeršanas trauki, glāzes un krūzes, pudeles, dzeramais salmiņš, uzpildāmās garšas kapsulas, dzērienu aromatizētāji (izņemot ēteriskās eļļas), preparāti dzērienu pagatavošanai</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni, vīnu saturoši dzērieni</t>
   </si>
   <si>
     <t xml:space="preserve">somas, ceļojumu somas, ratiņu ceļojumu somas, čemodāni, mazie koferi, preču prezentācijas futrāļi, optikas futrāļi, maki u.c. </t>
   </si>
   <si>
     <t>kafijas automāti, tukšas kafijas kapsulas elektriskiem kafijas automātiem, atkārtoti uzpildāmas kafijas kapsulas, pildītas kafijas kapsulas, kafijas krūzes, cepumi</t>
   </si>
   <si>
     <t>šokolāde, šokolādes veidnes, cepumi ar šokolādes garšas pārklājumu, piena dzērieni, kas aromatizēti ar šokolādi, šokolādes izstrādājumi, brokastu pārslas, deserti, dārzeņi un kartupeļi (konservēti, saldēti, žāvēti vai termiski apstrādāti), augļi (konservēti, saldēti, žāvēti vai termiski apstrādāti), sēnes (konservētas, kaltētas vai termiski apstrādātas), burkas, burku vāki, plastmasas vāki kārbām un augu podiem u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">alkoholiskie dzērieni, dzirkstošie vīni, alkoholiskie vīni, vīnu saturoši dzērieni </t>
   </si>
   <si>
-    <t>amuleti, gredzeni, sudraba rotājumi, sudraba trauki, dārgmetālu mākslas darbi, rotaslietas, juvelierizstrādājumu kastes, dārgmetālu kastes, metāls, auskari, aproču pogas, rokassprādzes, alpīnistu somas, dzīvnieku kaklasiksnas, alpīnistu nūjas, ādas, vulkanizētas šķiedras kastes, maki, maciņi no ādas, kemperu somas, spieķi, skolas somas, somas bērnu pārnēsāšanai, apģērbs dzīvniekiem, pavadas, koferi, uzpurņi, saulessargi, lietussargi, pludmales somas, maki, rokassomas, somas ar riteņiem, instrumentu somas, mugursomas, ceļojumu somas, čemodāni, sieta somiņas, apģērbi, apavi, galvassegas, peldcepures, peldkostīmi, peldmēteļi, peldes sandales u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>būvmateriāli, celtniecības caurules, kas nav no metāla, asfalts, piķis un bitumens, nemetāliskas pārvietojamas ēkas, mašīnas, kabeļi un vadi no parastā metāla (neelektriski), metāla konteineri uzglabāšanai un transportēšanai, droši darbgaldi un mehāniski darbināmi elektroinstrumenti, motori un dzinēji, mašīnu sakabes un transmisijas komponenti, kas nav paredzēti sauszemes transportlīdzekļiem, lauksaimniecības instrumenti, izņemot ar roku darbināmus rokas instrumentus u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> parfimērija, ēteriskās eļļas, kosmētika, ziepes, matu losjoni, zobu pastas, smaržas, dekoratīvās kosmētikas līdzekļi, briļļu futrāļi, ietvari saulesbrillēm, kompaktdiski, DVD u.c.</t>
   </si>
   <si>
     <t>kukaiņu kodumu ziede, odu koduma ziede</t>
   </si>
   <si>
     <t>parfimērija, ēteriskās eļļas, kosmētika, apģērbi, galvassegas un apavi, aksesuāri, pārtikas produkti, spēles, rotaļlietas, sporta preces, futbola bumbas, sporta bumbas, vingrošanas un ķermeņa treniņu aparāti, kultūrisma aparāti, apakšstilbu aizsargi, spēļu cimdi, spēļu kārtis, metāla atslēgu piekariņi, nozīmītes, brilles, ceļojumu somas, kabatas portfeļi, maki un somiņas, mugursomas un koferi, dzeramās pudeles, paklāji, dvieļi, karogi un vimpeļi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">ogles, vīraks u.c. </t>
   </si>
   <si>
-    <t>biroja mēbeles, rakstāmgaldi, krēsli, soliņi u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>smaržas, tualetes ūdens, dezodoranti, ēteriskās eļļas, eļļas kosmētikas vajadzībām, kosmētika, dekoratīvās kosmētikas līdzekļi, kosmētikas līdzekļi ādas kopšanai, ziepes, šampūni, skūšanās krēmi, apģērbs, apavi, galvassegas, somas, juvelierizstrādājumi, pulksteņi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">alkoholiskie dzērieni, konjaks, brendijs u.c. </t>
   </si>
   <si>
     <t xml:space="preserve"> elektroniskas, digitālas un rokas ierīces ar to saistītā programmatūra, telekomunikāciju aparāti un instrumenti, juvelierizstrādājumi, bižutērija, sienas pulksteņi, pulksteņi personīgai lietošanai, izsmalcināti atslēgu piekariņi, pulksteņu vai juvelierizstrādājumu futrāļi, dārgmetālu kastes un konteineri, to daļas un piederumi</t>
   </si>
   <si>
     <t>farmaceitiskie un medicīnas instrumentu izstrādājumi, juvelierizstrādājumi, pulksteņi, somas, trauki un stikla izstrādājumi, tekstilizstrādājumi, apģērbs, apavi, galvassegas, mežģīnes, lentes, izšuvumi, grīdas segumu izstrādājumi, rotaļlietas un sporta preces u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">ādas izstrādājumi, jostas, apavi, cimdi, ceļojumu somas, aksesuāri </t>
   </si>
   <si>
     <t>parfimērija, kosmētika, somas, maki, kabatas portfeļi, atslēgu maciņi, čemodāni un ceļojumu somas, apģērbi, apavi, galvassegas u.c.</t>
   </si>
   <si>
     <t>transportlīdzekļi, iekārtas pārvietošanai pa sauszemi, gaisu, vieglie automobiļi, sabiedriskie transportlīdzekļi, mikroautobusi, kravas automašīnas un tirdzniecības furgoni ar zīmolu Chrysler, Dodge, Jeep un Ram, apgaismojums, apkures iekārtas, darbgaldi, elektroinstrumenti, instrumenti un piederumi, konteineri mājsaimniecībai, apģērbi, apavi, galvassegas, āda un tās imitācijas, dzīvnieku ādas, bagāža, spēles, rotaļlietas, videospēļu ierīces, mākslas izstrādājumi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> juvelierizstrādājumi, pulksteņi, somas, apģērbi, apavi, galvassegas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">apavi </t>
@@ -7145,53 +6790,50 @@
   <si>
     <t xml:space="preserve">gaisa žāvētāja kasetne, kārtridžs, filtru kasetne, gaisa filtri, kārtridžs filtra kasetne, gaisa žāvētāja kasetne, gaisa un eļļas filtri </t>
   </si>
   <si>
     <t xml:space="preserve"> apģērbi, apavi, galvassegas,juveleirizstrādājumi, pulksteņi, siksniņas, atslēgu piekariņi, somas, mugursomas, iepirkumu somas, plecu somas, rokassomas, jostas u.c.</t>
   </si>
   <si>
     <t>mēbeles, spoguļi, gleznu rāmji, nemetāliski uzglabāšanas vai transportēšanas konteineri</t>
   </si>
   <si>
     <t>kosmētika, parfimērijas izstrādājumi, odekolons, dezodoranti, vannas un dušas želeja, dušas eļļas, ziepes, līdzeklis roku tīrīšanai, ķermeņa eļļas, ķermeņa losjoni, roku losjons, nagu krēms, šampūni, matu losjoni, sveces un daktis sveču aizdedzināšanai, aromātiskās sveces, tauriņi, nakts lampas u.c.</t>
   </si>
   <si>
     <t>juvelierizstrādājumi, piespraudes, saktas, brošas, aproču pogas, nozīmītes no dārgmetāla, auduma, papīra u.c.</t>
   </si>
   <si>
     <t>vīnogas</t>
   </si>
   <si>
     <t>juvelierizstrājumi, korsetes, apģērbi, jakas, smokingi, šalles apakšveļa, pulksteņi, saulesbrilles, atslēgu piekariņi, gredzeni, ādas atslēgu piekariņi u.c.</t>
   </si>
   <si>
     <t>kārtridžs, filtra kasetne, gaisa žāvētāja kasetne, gaisa filtri, eļļas filtri u.c.</t>
   </si>
   <si>
-    <t>kafija, tēja, uzlējumi, kafijas/tējas/uzlējuma pākstis, kafijas/tējas automāti</t>
-[...1 lines deleted...]
-  <si>
     <t>juvelierizstrādājumi, pulksteņi un hronometriskie instrumenti</t>
   </si>
   <si>
     <t>mēbeles, spoguļi, gleznu rāmji, tekstilizstrādājumi un to aizstājēji, mājsaimniecības veļa, tekstila vai plastmasas aizkari, paklāji, paklājiņi, linolejs un citi grīdas segumi, netekstila sienas tapetes u.c.</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni, vīni, stiprie alkoholiskie dzērieni un liķieri, alus, porteris, bezalkoholiskie vīni, vīnogu sula, citrusaugļu sulas, un sagataves iepriekšminēto pagatavošanai</t>
   </si>
   <si>
     <t xml:space="preserve">lampas, sienas lampas, lampu abažūri, gaismas mezgli, gaismas dimmeri (regulatori) u.c. </t>
   </si>
   <si>
     <t>krēsli, fitnesa aprīkojums - komplekts, fizioterapijas aprīkojums - komplekts, taburetes u.c.</t>
   </si>
   <si>
     <t>tējkannas, elektriskie tosteri, gaisa cepšanas iekārtas, elektriskie gludekļi</t>
   </si>
   <si>
     <t>datoru aparatūra, portatīvie datori, mobilie tālruņi, telekomunikāciju aparāti, datu apstrādes iekārtas, televizori, tālvadības ierīces, viedtālruņi, datora brilles, viedie pulksteņi, viedie gredzeni, viedās rokassprādzes un datu aproces, magnētiskas kodētas identifikācijas rokassprādzes, valkājami aktivitāšu izsekotāji, GPS ierīces u.c.</t>
   </si>
   <si>
     <t>elektriskie pedikīra komplekti, ārstnieciskie plāksteri, kārpu plāksteri, pārsēji tulznu profilaksei, ortopēdiskie pārsēji, neārstniecisks pēdu krēms, elektriskās nagu vīles, pretsēnīšu dermatoloģiskie preparāti lietošanai uz nagiem</t>
   </si>
   <si>
     <t>stereo austiņas, ieskaitot ar tām saistītos piederumus, ieskaitot spraudkontaktu adapterus, vienas auss adapterus, rezerves spilvenu komplektus, spirālveida pagarinātājus, skaļruņu slēdžus, pagarinātājus u.c.</t>
@@ -7259,81 +6901,63 @@
   <si>
     <t>apģērbi, apakšveļa, peldkostīmi, krūšturi, bikini u.c.</t>
   </si>
   <si>
     <t>ierīce sejas un ķermeņa ādas kopšanai, medicīniskā ierīce ādas apstrādei - kontūrēšanai, pievilkšanai un celulīta mazināšanai, ārstnieciski ādas kopšanas līdzekļi, skaistumkopšanas un kosmētikas produkti u.c.</t>
   </si>
   <si>
     <t>piena mašīnas un ierīces, dzesēšanas un sildīšanas aparāti, sūkņi pārtikas rūpniecībai, kā arī farmācijas un ķīmijas rūpniecībai, vārsti, uzpildes aparāti, visu iepriekš minēto preču daļas u.c.</t>
   </si>
   <si>
     <t>mazgāšanas un balināšanas līdzekļi, tīrīšanas, pulēšanas, attaukošanas un abrazīvie līdzekļi, ziepes, parfimērija, ēteriskās eļļas, kosmētika, matu losjoni, zobu pastas, losjoni pēc skūšanās, pretsviedru līdzekļi, aromterapijas eļļas, dušas želejas, pulveris, ķermeņa krēmi, losjoni un pūderi, elpas atsvaidzinātāji, vannas putas, dezodoranti, ēteriskās eļļas personīgai lietošanai, acu zīmulis, acu ēnas, uzacu zīmuļi u.c.</t>
   </si>
   <si>
     <t>Antminer serveri kriptovalūtu ieguvei un integrētās shēmas (ASIC)</t>
   </si>
   <si>
     <t>apģērbi, apavi, somas, brilles, rotaslietas, rotaļlietas u.c.</t>
   </si>
   <si>
     <t>juvelierizstrādājumi, somas, apģērbi, tekstilizstrādājumi, stikla izstrādājumi, apgaismojums u.c.</t>
   </si>
   <si>
     <t>sadzīves tehnika, elektriskas virtuves ierīces un ierīces pārtikas apstrādei un pārstrādei, presēšanas mašīnas, atkritumu iznīcināšanas aparāti, ieskaitot atkritumu savācējus, atkritumu preses, rokas darbarīki, galda piederumi, skuvekļi, matu griešanas mašīnītes, grieznes, manikīra piederumi, nagu šķēres, vīles u.c.</t>
   </si>
   <si>
-    <t>alus, minerālūdens un gāzēts ūdens, citi bezalkoholiski dzērieni, alkoholiskie dzērieni u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">tālvadības pultis viedām mājas ierīcēm u.c. </t>
   </si>
   <si>
     <t>transportlīdzekļi, to rezerves daļas, aksesuāri, ādas izstrādājumi, somas, apģērbs, apavi, galvassegas, rotaļlietas, sporta preces u.c.</t>
   </si>
   <si>
-    <t>vīriešu apģērbi un aksesuāri, somas, jostas, rotaslietas, ādas izstrādājumi, apavi, kaklasaites, smaržas</t>
-[...7 lines deleted...]
-  <si>
     <t>apģērbs, apavi, galvassegas, juvelierizstrādājumi, parfimērija, mēbeles, tekstilizstrādājumi, somas u.c.</t>
   </si>
   <si>
     <t>sejas vaigu, acu, lūpu kopšanas līdzekļi, ieskaitot bāzi, korektoru, sejas pūderi, izgaismotāju, grima paletes</t>
   </si>
   <si>
     <t>juvelierizstrādājumi, pulksteņi, pulksteņu siksniņas, pulksteņu daļas, futrāļi, hronometri, laika mērīšanas instrumenti kā pulksteņi, atslēgu piekariņi u.c.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Skūteris Segway KickScooter GT</t>
   </si>
   <si>
     <t>velosipēdi, sauszemes transportlīdzekļi ar pedāļu piedziņu, to detaļas, izņemot riepas un riteņus, velosipēdu rāmji, stūres un velosipēdu stūres kāti, sēdekļi, sēdekļu balsti u.c.</t>
   </si>
   <si>
     <t>kosmētika, farmaceitiskie, medicīnas instrumentu izstrādājumi, trauki un stikla izstrādājumi u.c.</t>
   </si>
   <si>
     <t>farmaceitiskās zāles, preparāti, krēmi</t>
   </si>
   <si>
     <t>elektriskie instrumenti un piederumi mehāniskiem instrumentiem, elektriskie urbji, elektropneimatiskie āmuri, rotējošie āmuri, smilšpapīra slīpmašīnas, elektriskie smilšu strūklu aparāti, ekscentriskā slīpmašīna, disku slīpmašīna, koka lentes slīpmašīnas, pulēšanas diski, elektriskie zāģi, ripzāģi, finierzāģi, rāmja zāģi, motorzāģi, šķērszāģi, slīpzāģi, galda zāģi, radiālie roku zāģi, ķīmiskie izstrādājumi, līmvielas, līmes, sveķi, hermētiķi, saistvielas un epoksīda līmvielas, ķīmiskie enkuri, vinilestera sveķi, poliestera sveķi, līmējošie enkuri, gāzes izmantošanai instrumentos, pulveris izmantošanai instrumentos, vielas iepriekš minēto preču iznīcināšanai, metāla caurules, izolācijas dībeļi, instrumenti sienas enkuru atvēršanai, instrumentu turētājs, instrumentu izgrūdēji u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> gaļa, zivis, mājputni un medījumi, gaļas ekstrakti, konservēti, žāvēti un termiski apstrādāti augļi un dārzeņi, želejas, ievārījumi, olas, piens un piena produkti, pārtikas eļļas un tauki u.c. </t>
   </si>
   <si>
     <t>tēmēkļi šaujamieročiem</t>
   </si>
   <si>
     <t>datoru programmatūra, proti, spēles, elektroniskie spēļu automāti, elektroniskās spēles kā papildu ierīces televizoriem, spēles, rotaļlietas, vingrošanas un sporta preces, kas nav ietvertas citās preču grupās, Ziemassvētku eglīšu rotājumi u.c.</t>
   </si>
   <si>
     <t>krēsli, kas marķēti ar "SCAB" zīmolu no "LISA" līnijas ("Lisa Chair"), krēsli ir izgatavoti ar metāla rāmjiem</t>
   </si>
@@ -7454,53 +7078,50 @@
   <si>
     <t>kārtridži, printeri u.c.</t>
   </si>
   <si>
     <t>EUTM  003478948 La Martina, EUTM  003476711, EUTM  006541668  LA MARTINA CUERO, EUTM  004949541LA MARTINA, EUTM  013780432  LA MARTINA, EUTM  397117LA MARTINA, EUTM  2539567TMWT, EUTM  017470568 LA MARTINA KIDS</t>
   </si>
   <si>
     <t>EUTM 015620438/EM  ARMANI JUNIOR, EUTM 013541974/EM  AJ 
 EUTM 000504308/EM GA, EUTM 001705185/EM AJ ARMANI JEANS 
 EUTM 013174073/EM  EA7 EMPORIO ARMANI, EUTM 013542121/EM  AJ, EUTM 015742638/EM  A|X ARMANI EXCHANGE, EUTM 015743891/EM, EUTM 015742687/EM EMPORIO ARMANI, EUTM 015743842/EM GIORGIO ARMANI, EUTM 015742562/EM ARMANI EXCHANGE, EUTM 015743991/EM, EUTM 015743867/EM  GA, EUTM 015742653/EM A|X, EUTM 015743801/EM ARMANI, EUTM 015620313/EM ARMANI COLLEZIONI / JEANS, EUTM 015620388/EM ARMANI JEANS, EUTM 015620412/EM ARMANI BABY, EUTM 013540811/EM  EA7 EMPORIO ARMANI, EUTM 015620297/EM  A ARMANI COLLEZIONI</t>
   </si>
   <si>
     <t>EUTM 000060392/EM NO FEAR, EUTM 004733441/EM NO FEAR, EUTM 004733408/EM NO FEAR, EUTM 010856284/EM, EUTM 010855741/EM, EUTM 005229661/EM, EUTM 009509225/EM, EUTM 016168783/EM, EUTM 002312510/EM, EUTM 005247432/EM, EUTM 015274897/EM</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 004656104 Gallo FAMILY VINEYARDS, EUTM 007372774Gallo, EUTM 008639338 Barefoot, EUTM 017978584 Gallo, EUTM 002275667 Nawm, EUTM 002275709 Barefoot, EUTM 017978585 GALLO FAMILY VINE YARDS,EUTM 002319655 Barefoot</t>
   </si>
   <si>
     <t xml:space="preserve">ICD DM/100 028, ICD DM/204 111, ICD DM/207 174, ICD DM/207 720
 ICD DM/103 495, ICD DM/103 494, ICD DM/098 854, ICD DM/098 620
 ICD DM/097 425, ICD DM/096 572, ICD DM/092 390, ICD DM/102829
 ICD DM/100 034, ICD DM/097 207, ICD DM/096 164, ICD DM/089 858
 ICD DM/090 011	</t>
   </si>
   <si>
-    <t>EUTM 18071667 Testa d'aquila, EUTM 18903901 Testa d'aquila, ITM 1331400 SR, ITM 1187327 SR, ITM 767523 STEFANO RICCI, EUTM 12042503 SR, ITM 1216793 Teste d'aquila, ITM 1192240 STEFANO RICCI, ITM 1216794 Testa d'aquila</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 000813204/EM KATE SPADE, EUTM 000645093/EM KATE SPADE, EUTM 010456101/EM KATE SPADE, EUTM 015504269/EM KATE SPADE NEW YORK, EUTM 009341041/EM kate spade NEW YORK, EUTM 018305516/EM, EUTM 014629877/EM</t>
   </si>
   <si>
     <t>EUTM	014490403 IR, EUTM 014469332 International Rectifier</t>
   </si>
   <si>
     <t>Infineon Technologies Americas Corporation</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 009844127/EM LOUIS VUITTON PARIS, EUTM 000311985 figurative, CDR 000084223-0002 Symboles graphiques, CDR 002424671-0001 Montres, CDR 000084223-0001, Symboles graphiques, CDR 003171230-0001 Valises, CDR 003799436-0001 Lunettes, EUTM 008466179 TURBULENCES, EUTM 016174815 LOUIS VUITTON, CDR 006578274-0001 Souliers, EUTM 014272496  V, CDR 002516708-0002 Maroquinerie (Ornementation pour -), Logos, CDR004678233-0001 Souliers, ITM 1127688 LV, CDR006578274-0003 Souliers CDR 004761401-0001 Chaussures, CDR 003463132-0001	Sacs [emballages], CDR 004157527-0001 Montres, CDR 000463799-0001 Montres, CDR 000463799-0002, CDR 000463799-0003 Montres, CDR 000463799-0004 Montres, ITM 1369936 Marque figurative (cf visuel dans la liste des droits), ITM 1369935 Marque figurative (cf visuel dans la liste des droits), EUTM 15214703 HEURES D'ABSENCE, EUTM 14901367 JE, TU, IL,  EUTM 17471038  LE JOUR SE LEVE, EUTM 15722051 LES FONTAINES PARFUMEES, EUTM 16993586  L'IMMENSITE, EUTM 6587844 LOUIS VUITTON TRUNKS &amp; BAGS (marque figurative : cf visuel dans la liste des droits), ITM 1411805 LV (marque figurative : cf visuel dans la liste des droits), EUTM 13369236  LV (marque figurative : cf visuel dans la liste des droits), ITM 1404143 LV (marque figurative : cf visuel dans la liste des droits), ITM 1472919 LVM (marque figurative : cf visuel dans la liste des droits), ITM 1259454 MATIERE NOIRE, EUTM 14902688 MILLE FEUX ITM 1285283 VVV (marque figurative : cf visuel dans la liste des droits), CDR003025154-0001 Sacs à dos, CDR005241577-0001 Sacs, CDR 002695858- 0001 Sac à main, CDR 007421698-0001 Housses de sacs de couchage, Sacs, CDR 002643429-0001 Sacs à main, CDR 002499467-0001 Sacs à main, CDR005518 222- 0001, EUTM 001172857/EM LOUIS VUITTON, EUTM 000015610/EM LOUIS VUITTON, EUTM 000015628/EM LV, EUTM 000015602/EM LV, EUTM 009844391/EM LV, EUTM 003958428/EM, EUTM 003958394/EM	</t>
   </si>
   <si>
     <t>ITM 1498413/WO PSA GROUPE</t>
   </si>
   <si>
     <t>STELLANTIS AUTO SAS</t>
   </si>
   <si>
     <t>ar mašīnu darbināmi instrumenti, etiķetes</t>
   </si>
   <si>
     <t>ITM 989616 P, EUTM 018678846 R&amp;D, EUTM 018699269 PEAK PERFORMANCE, EUTM 018678978 HIPE, ITM 1058222 BLACK LIGHT, EUTM 002465300 HIPE, EUTM 000056408/EM PEAK PERFORMANCE, EUTM 000056325/EM, EUTM 018699274/EM</t>
   </si>
   <si>
     <t>EUTM 016950537 DRY AGER, BUILT FOR BEEF, CDR 004412138-0013, CDR 004412138-0012, CDR 004412138-0009, CDR 001462204-0001, CDR 004412138-0004, CDR 4412138-0001, CDR 004412138-0007</t>
@@ -7570,54 +7191,50 @@
   <si>
     <t>EUTM 000083345 DELL, EUTM 008295362 DELL, EUTM 000083295 DELL, EUTM 006420641 DELL, EUTM 003087641 DELL, EUTM 003370061 DEL, EUTM 015767965 DELL, EUTM 012754883 DELL</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 13315247, UTM 13315254, EUTM 13315304, EUTM 13315106 
 EUTM 13315114 , EUTM 13315122, EUTM 13315130, EUTM 13315148, EUTM 13315155, EUTM 13315163, EUTM 13315197, EUTM 13315205, EUTM 13315213, EUTM 13315221, EUTM 13315239, EUTM 000517383, EUTM 2297216, EUTM 001280148 SMILEY, EUTM 000883198, EUTM 007051841HAPPY TRAVEL, EUTM 010561314 10000058 HAPPY TRAVELS, EUTM 008504607, EUTM 008504581, EUTM 001277391, EUTM 008504136, EUTM 008827198 HAPPY CASHMERE, EUTM 008841157, EUTM 000890758, EUTM 008890725, EUTM 008890659, EUTM 008890601, EUTM 008890543, EUTM 008505471, EUTM 008505331, EUTM 008505315, EUTM 008505539, EUTM 9429432, EUTM 008505703, EUTM 008505695, EUTM 008510653, EUTM 008505588, EUTM 008890592, EUTM 008505778, EUTM 008890881, EUTM 003751, EUTM 008505737 
 </t>
   </si>
   <si>
     <t>Exelite SpA</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 0449562 AKNEMYCIN, EUTM 00507411 AKNEMYCIN PLUS	
 ITM 825625 AKNENORMIN, ITM 466932 AKNEROXID, ITM 1081432 BALNEUM,EUTM 5074241BALNEUM PLUS,ITM 839537 CRINOHERMAL, EUTM 15012966 DECODERM, EUTM 11536703 GELACET, EUTM 2859577 HERMAL, ITM 1223485 PEDICUL HERMAL, ITM 838105 TANNO-HERMAL, EUTM 312413 VAGI C, ITM445754 VERRUMAL	</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 006549638 BETALFATRUS, EUTM 003111631 CICLOPOLI, EUTM 010259836 CICLOSAN, EUTM 014587638 DAFNEGIN, EUTM 012235578 ECOCEL PLUS, EUTM 3677804 FEMIPRIM, EUTM 018105802 FINJUVE, EUTM 009406745 GYNOMUNAL, EUTM 007065881 KITONAIL, EUTM 011279981 MYCONAIL, EUTM 006648521 NIOGERMOX, EUTM 003847704 NORMAFLOR, EUTM 012251948 ONYTEC, EUTM 005240312 ONY-TEC, EUTM 5015565 POLICHEM, EUTM 004613758 POLINAIL, ITM 1044835 SILILEVO, EUTM 009241051 ZELOGLIN	
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 013558044 PIXUVRI, ITM 1034557 COVERSYL Perindopril arginine 5 mg, ITM 1039022 DIAMICRON MR, EUTM 010735223	 ARCALION, EUTM 007040851 ACERYCAL, EUTM 005683561 COVERAM, EUTM 005612577 COVERLAM, EUTM 011859865/EM DETRALEX 2, EUTM 004949186/EM FLUDEX, EUTM 008802861/EM FLUTENSIF, EUTM 006135792/EM  LOCABIOSOL, EUTM 006136527/EM LOCABIOTAL, EUTM 005036058/EM NATRILIX, EUTM 008445207/EM NATRIXAM, EUTM 005819834/EM NOLITERAX, EUTM 005154968/EMOSSEOR, EUTM 007134265/EM PNEUMOREL, EUTM 005657291/EM RESTANCE, EUTM 005723531/EM PRETERAX, EUTM 003505146/EM PROCORALAN, EUTM 002849008/EM  PROTELOS, EUTM 010704179/EM STABLON, EUTM 006068944/EM  TERAXANS, EUTM 009025347/EM TERTENSAM, EUTM 005727268/EM TERTENSIF, EUTM 008980641/EM TRIPLIXAM, EUTM 002432904/EM  VALDOXAN, EUTM 008802712/EM FLUDEXAM, EUTM 005612569/EM COVERDINE, EUTM 005941364/EM VIACORAM, EUTM 012780664/EM REAPTAN, EUTM 011738747/EM TRIVERAM, EUTM 012193264/EM LIPERTANCE, EUTM 006253314/EM COVERSORAL , EUTM 006501092/EM ARPLEXAM, EUTM 011440187/EM  PRESTALIA, EUTM 010772382/EM IMPLICOR, EUTM 005396965/EM ARPARIAL, EUTM 010827591/EM  COSYREL, EUTM 010829398/EM  COSIMPREL, EUTM 005217898/EM  VIALIBRAM , EUTM 004936407/EM ARVACORAM, EUTM 006623458/EM TRIPLINOR, EUTM 014438568/EM PROALTOR, EUTM 013960018/EM  CAREVALAN, EUTM 010749257/EM  STOVADIS, EUTM 012193371/EM  STAPRESSIAL, ITM 1130957/WO 10765984 PRESTILOL, ITM 1133970/WO 10765985 ASEMBIX </t>
   </si>
   <si>
     <t xml:space="preserve">CDR 001361430-0017, CDR 001361430-0012, CDR 001361430-0014, CDR 00161430-0010, CDR 001361430-0005, CDR 001361430-0007, CDR 001361430-0008, CDR 001361430-0009, CDR 001361430-0015, CDR 001361430-0001, EUTM 004012845Teenage Mutant Ninja Turtles2 Battlenexus, CDR 001361430-0013, EUTM 005164173 TMNT, EUTM 4227682 Teenage Mutant Ninja Turtles Mutants &amp; Monsters, EUTM 004166245 Teenage Mutant Ninja Turtles Mutant Melee, EUTM 002502292 Teenage Mutant Ninja Turtles, EUTM 004433884 Teenage Mutant Ninja Turtles 3 Mutant Nightmare, EUTM 5755442 TMNT, EUTM 0010106672 Teenage Mutant Ninja Turtles, CDR 001361430- 0018, CDR 001361430-0002, CDR 001361430-0004, CDR 001361430- 0003, CDR 001361430-0016, CDR 001361430-0011, CDR 001361430- 0006, EUTM 5164173/TMNT, EUTM 4227682/Teenage Mutant Ninja Turtles Mutants &amp; Monsters, EUTM 4166245/Teenage Mutant Ninja Turtles Mutant Melee, EUTM 2502292/Teenage Mutant Ninja Turtles, EUTM 4433884/Teenage Mutant Ninja Turtles 3 Mutant Nightmare, EUTM 5755442/ TMNT, CDR 1361430-0005, CDR 1361430-0006, CDR 1361430-0007  
-</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">EUTM 000811042 FINAL FANTASY, EUTM 002264505 FINAL FANTASY, EUTM 003361326 SQUARE ENIX 
 </t>
   </si>
   <si>
     <t>EUTM 017181124  VW AG, EUTM 009383506	Volkswagen, EUTM 009383514 VW, EUTM 017181124  VW AG, EUTM 009383506 Volkswagen, EUTM 009383514 VW, ITM 1282574   Caravelle, , EUTM 018470387 GTI, ITM1136520 Multivan, ITM 1441120 ID., EUTM 002069342</t>
   </si>
   <si>
     <t>EUTM 000472415 EPAL</t>
   </si>
   <si>
     <t>EUTM 000940619	HARRIS, EUTM 000508333	 HARRIS, EUTM 005959631, EUTM 004725941 LINCOLN ELECTRIC, EUTM 007086507, EUTM 004683331 OERLIKON, EUTM 015346935 LINCOLN ELECTRIC, EUTM 004982468 LINCOLN ELECTRIC, EUTM 000228163 LINCOLN, EUTM 005959762 HARRIS</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 004718856-0003 Infant carrier, EUTM 018110172 BABYBJÖRN Baby Carrier Move, CDR 006882932-0001 Baby carrier, CDR 008170385-0001 Toddler reins (part of), CDR 001963935-0001 Cradles, CDR 002769125-0001 Infant carrier, CDR 001022677-0001 Potties, CDR 001127658-0001 Infant carrier, CDR 001681701-0001 Leg joints for furniture, CDR 002666271-000 1Infant carrier, CDR 001810664-0001 Infant carrier, CDR 001856485-0001 Seat cushions, CDR 001876947- 0001 Infant carrier, CDR 002050559-0001 Bouncers, CDR 000336136- 0001 Buckle [haberdashery], CDR 000366976-0001 Carrying devices for babies, CDR 005643681-000 1Beds for children, EUTM 001216175 Trade mark without text, CDR 004363893-0001 Childs seat, CDR 002651463- 0001 Bouncers, CDR 002651588-0001 Toy, CDR 002672121-0001 Cutlery for infants, CDR 003512128-000 1Bouncer (part of), CDR 000015789-000 1Bib, CDR 000031513-0001 Carrying devices for babies, CDR 000336144-0001 Bib, CDR 000556766-0001 Bouncer, CDR 001647025-0001 Glasses, CDR 001113658- 000 1Children's chairs, CDR 004718856-0001 Infant carriers (part of), CDR 006487609-0001 Baby carrier, CDR 002852814-0001 Travel cots, CDR 000692553-0001 Carrying devices for babies, CDR 000692561-0001 Carrying devices for babies, CDR 000779517-0001 Toy, CDR 000259205-0001 Potty chair, CDR 000332705-0001 Garment, CDR 006882932-0002 Baby carrier, CDR 002651463-0002 Bouncers, CDR 003512128-0002 Bouncers (part of -), CDR 005643681-0002 Beds for children, CDR 005643681-0003 Beds for children, CDR 005643681-0004 Beds for children, CDR 001513920-0002 Carrying devices for babies (part of -), CDR 004718856- 0002 Infant carrier, CDR 006882932-0003 Baby carrier, CDR 001513920-0003 Carrying devices for babies (part of -), CDR 001127658-0003 Infant carriers, CDR 001647025-0002 Glasses, CDR 006882932-0004 Baby carrier	</t>
   </si>
   <si>
     <t>CDR 002920256-0018, CDR 002920256-0015, CDR 002920256-0012 Mito sospeso, CDR 002920256-0006, CDR 002920256-0004, CDR 002920256-0002, EUTM 003160017occhio</t>
   </si>
   <si>
     <t>EUTM 017947375  VAGABOND SHOEMAKERS, EUTM 017947374 VAGABOND, EUTM 017947372 VA VAGABOND ATELIER CREATION &amp; INNOVATION, EUTM 017947331 VAGABOND SHOEMAKERS EST. 1973, EUTM 010491884 VAGABOND, EUTM012293544 VAGABOND SHOEMAKERS</t>
   </si>
   <si>
     <t>EUTM 005882287RABBIT, ITM94 0022, ,EUTM 006337554Ezynut, EUTM 006920359HP, EUTM 007252448NEMESIS, EUTM 007374631DXT, EUTM 008956351MM4, EUTM 011772481MAKPAC, EUTM 012254058, EUTM 013337753MT, EUTM 014146294CXT, EUTM 015280506AFT, EUTM 016887606EFFICUT,EUTM017362484 AWS, EUTM018244591Impact Premier, EUTM 018022783XGT, EUTM 006687495Makita, EUTM 004264768makita, CDR 001963380-0007, CDR 000867742-0001, CDR 000335021-0001, CDR 000120969-0002, CDR 001250609-0001, EUTM 001452283Super Joint System-SJS, EUTM 001536762MAKPOWER, EUTM 003922101MAKLOK, EUTM 003977031AVT, EUTM 003977014MXT, EUTM 004149175Flipper, EUTM 004595575LXT, EUTM 004691671diamak, EUTM 004926432aquamak, EUTM 005865217Torque Tracer, EUTM 015280555 ADT</t>
   </si>
   <si>
     <t>ITM 013447925 Starbuzz,  EUTM 007394951 Starbuzz, EUTM 012717583 STARBUZZ TOBACCO SINCE 2005, EUTM 012281721 STARBUZZ TOBACCO SINCE 2005, CDR 015002768, CDR 006271912-0003, CDR 006271912-0002, CDR 006271912-0001, CDR 005651130-0004, CDR 00565 1130-0003, CDR 005651130-0002, CDR 005651130-0001, CDR 004755759-0005, CDR 004755759-0004, CDR 004755759-0003, CDR 004755759-0002, CDR 004755759-0001, EUTM 018321140 Blue Mist, EUTM 011809738 BLUE MIST, ITM 1031097 Blue Mist, ITM 1127941 CocoBuzz, EUTM 013654652, INTAGE BY STARBUZZ, ITM 1159496 STARBUZZ</t>
@@ -7667,54 +7284,50 @@
 EUTM000855395graficzny, EUTM 000560029STAR WARS	
 EUTM018904928graficzny, EUTM018737727THE GREAT CIRCLE
 EUTM000160341LUCAS ARTS, EUTM000175240INDIANA JONES 16964 LUCASFILM LTD, EUTM004645743LUCASARTS, EUTM 
 004645768LUCASARTS A LUCASFILM COMPANY, EUTM 004645784graficzny, EUTM004734133graficzny, EUTM005438551 STORMTROOPER, EUTM014492227STAR WARS ROGUE ONE	
 EUTM014484571DARTH VADER, EUTM014468854
 STAR WARS: UPRISING, EUTM014443766FORCE FOR CHANGE
 EUTM014443733JEDI, EUTM013223656STAR WARS BATTLE POD
 EUTM013102439INDIANA JONES ET LE TEMPLE DU PERIL	
 EUTM016429714THE LAST JEDI, EUTM016429656THE LAST JEDI
 EUTM016141351STAR WARS FORCE ARENA,EUTM016141343STAR WARS FORCES OF DESTINY, EUTM015587249SHADOW TROOPER
 EUTM015587223DEATH TROOPER, EUTM015587181TIE STRIKER
 EUTM015587173U-WING, EUTM015587157KRENNIC, EUTM 015587116SAW GERRERA, EUTM018300388STORMTROOPER	
 EUTM018300391WOOKIEE, EUTM018309392STAR WARS THE BLACK SERIES, EUTM014492185STAR WARS ROGUE ONE	
 EUTM004188645H	, EUTM004188421HYPERSPACE,EUTM 	
 017480435I'VE GOT A BAD FEELING ABOUT THIS, EUTM 	
 017979918STAR WARS GALAXY OF ADVENTURES, EUTM 	
 017965282THE MANDALORIAN, EUTM017820234STAR WARS RESISTANCE, EUTM016634388SABACC, EUTM016626392 CHEWBACCA, EUTM016626343HAN SOLO, EUTM007493621MUTT WILLIAMS, EUTM018080699STAR WARS, EUTM018051545STAR WARS: THE RISE OF SKYWALKER, EUTM001504653(Lucasfilm Ltd. LLC), EUTM009011421DROID, EUTM018309394GAMING GREATS	
 EUTM018327243DIN DJARIN, EUTM018345670GROGU,	EUTM
  018352866CHILDREN OF BLOOD AND BONE, EUTM 018352867 CLONE FORCE 99, EUTM018352868LANDO STAR WARS	,EUTM 018352869OBI-WAN KENOBI, EUTM018352870ROGUE SQUADRON
 EUTM018352871STAR WARS A DROID STORY, EUTM018352872 STAR WARS AHSOKA, EUTM018352873STAR WARS ANDOR
 EUTM018352874STAR WARS RANGERS OF THE NEW REPUBLIC
 EUTM018352875STAR WARS THE ACOLYTE,EUTM018352876 
  THE ACOLYTE, EUTM009986928STAR WARS DETOURS</t>
   </si>
   <si>
-    <t>EUTM 006646327 THE KOOPLES, EUTM 006995286 The Kooples	
-[...2 lines deleted...]
-  <si>
     <t>PENHALIGONS LIMITED</t>
   </si>
   <si>
     <t>EUTM 005013511 SHAUN THE SHEEP, EUTM 003811651 WALLACE &amp; GROMIT, EUTM 003930013 NAWM, EUTM 008766313 TIMMY TIME, EUTM 001407337 Aardman, EUTM 003929973 NAWM, EUTM 005018941 NAWM, EUTM 010790723 HOME SHEEP HOME</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 008032502-0046, CDR 008032502-0045, CDR 008283774-0001, CDR 008032502-0002, CDR 008032502-0010, CDR 008032502-0041, CDR 008032 502-0028, CDR 008032502-0032, CDR 008032502-0025, CDR 008172779-0009, CDR 008032502-0026, CDR 008032502-0008, CDR 008032502-0016, CDR 008032502-0004, CDR 008032502-0038, CDR 008032502-0022, CDR 008032 502-0033, CDR 008032502-0035, CDR 008032502-0049, CDR 008032502-0015, CDR 008172779-0001, CDR 008032502-0039, CDR 008032502-0019, CDR 008032502-0027, CDR 008032502-0031, CDR 008172779-0002, CDR 00803 2502-0042, CDR 008032502-0024, CDR 008032502-0005, CDR 008032502-0023
 CDR 008032502-0021, CDR 008172779-0008, CDR 008247373-0004, CDR 008247373-0005, CDR 008247373-0003, CDR 008247373-0002, CDR 008247 373-0006, CDR 008247373-0001, CDR 008438428-0009, CDR 008438428-0004,CDR 008438428-0001, CDR 008438428-0010, CDR 008438428-0003, CDR 008438428-0012, CDR 008438428-0008, CDR 008438428-0002, CDR 008478 507-0009, CDR 008478507-0005, CDR 008478507-0006, CDR 008478507-0002	</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  4905451  P.J.S THAT OTHERS MAY LIVE PARAJUMPERS  
 EUTM  4905493 PARAJUMPERS, ITM  1071978  FELTED TAILORED GARMENTS, EUTM  10283828  FFELTED TAILORED GARMENTS of Gionata Malagodi, EUTM  13390241 OC, EUTM  13390273 OC AUTHENTIC MASTERFLEECE, EUTM  16976615 PARAJUMPERS, EUTM  12144473  P*J*S, EUTM  16976607 P.J.S., EUTM  12144432  PJS PARAJUMPERS, EUTM  13597562  ROUNDTRIP  </t>
   </si>
   <si>
     <t>EUTM 1665746 Wolfspeed, EUTM 018480379 WOLFSPEED WOLFPACK, EUTM 018676771 WOLFSPEED LEADING THE PACK, EUTM 018480384 WOLFSPEED WOLFPACK, ITM 1578058 (Marque sans texte), EUTM 018770170 (Marque sans texte), EUTM 018651236 Wolfspeed, ITM 1650904 Wolfspeed, ITM 1299560 Wolfspeed, EUTM 018770169 (Marque sans texte), EUTM 1299563 (Marque sans texte), EUTM 018851646 Wolfspeed Unleashing the Power of Possibilities, ITM 1713660 (Marque sans texte), EUTM 014730683 WOLFSPEED, EUTM 018666965 WOLFPACK, EUTM 018448147 WOLFSPEED, EUTM 018637882 (Marque sans texte), EUTM 018480364 WOLFSPEED WOLFPACK</t>
   </si>
   <si>
     <t>EUTM 018732418/EM CHARLOTTE'S LAW OF ATTRACTION, EUTM 018710326/EM TILBURY LOVING CARE, EUTM 011193414/EM CT, EUTM 004003034/EM CHARLOTTE TILBURY, EUTM 017968199/EM HOUSE OF TILBURY H.O.T., EUTM 018101907/EM CHARLOTTE'S BEAUTY SECRETS, EUTM 017968198/EM HOUSE OF TILBURY, EUTM 018143846/EM CHARLOTTE DARLING, EUTM 016658684/EM CHARLOTTE TILBURY, EUTM 014780597/EM CHARLOTTE TILBURY, EUTM 017894111/EM CHARLOTTE’S MAGIC MIRROR, EUTM 018101898/EM CHARLOTTE'S MIRACLE SERUM, EUTM 018383354/EM CHARLOTTE TILBURY, EUTM 018397246/EM CHARLOTTE’S BEST SKIN FOUNDATION, EUTM 017760281/EM CHARLOTTE'S GENIUS MAGIC POWDER, EUTM 017504283/EM CT, EUTM 018101908/EM CHARLOTTE'S MIRACLE LIP OIL, EUTM 018741908/EM CT</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 014179816	Mothers of Dragons, EUTM 013974746 Videosyncrasy, EUTM 013970744 Virtuoso, EUTM 013914544 Quarry, EUTM 01391459 3Last Week Tonight, EUTM 013767884 Iron Throne, EUTM 014634935 Winter is coming, EUTM 013453733 Home of Thrones,EUTM 004112546 Sex and the City, EUTM 003939196 Home Box Office, EUTM 003939204 HBO (woord), EUTM 013002324 Vice Principals, EUTM 003863701 Longnight, EUTM 12926028 American Century Records, EUTM 012838868 Ballers, EUTM 012711065 Ballers, EUTM 012709994 The Brink, EUTM 012631685 Silicon Valley, EUTM 012256699 The Knick, EUTM 012256665 Knickerbocker Hospital, EUTM 012172011 True Detective, EUTM 012169249 Looking, EUTM 012019311 Togetherness, EUTM 011983442 Game of Thrones Ascent (Design), EUTM 003227329 The Sopranos (logo), EUTM 011674124 Got, EUTM 011648904 True Detective, EUTM 011632635 Game of Thrones, EUTM 011599669 Hooli, EUTM 011483311 Sex and the City, EUTM 011483328 GIRLS HANNAH MARNIE SHOSHANNA JESSA (logo)EUTM 011394236 Its HBO. Anywhere. Anytime, EUTM 011387016 HBO Sports (logo), EUTM 01138700 8HBO PPV (logo), EUTM 011386976 HBO Boxing World Championship (logo), EUTM 011387032 HBO Boxing (logo), EUTM 011386968 HBO Boxing After Dark, EUTM 011379492 Hello Ladies, EUTM 011339223 Girls Hannah Marnie Soshanna Jessa, EUTM 011339231 Girls (Logo block letters), EUTM 011266665 Girls (logo rectangular), EUTM 011255627 Girls (logo rectangular), EUTM 011153483 Banshee, EUTM 002833598 Six Feet Under, EUTM 011141579 HBO Nordic, EUTM 010939015 Cinemax, EUTM 010878148 The Newsroom, EUTM 010743607 HBO Europe (logo), EUTM 010656437 Khaleesi, EUTM 017594359 Problem Areas	</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 009038134 RECIPROC, EUTM 012754222 VDW, EUTM 009041931 Marque figurative, EUTM 008624091  2SEAL, EUTM 008624066 2SEAL EASYMIX, EUTM 005017769 BEEFILL, EUTM 008550766 C-PILOT, EUTM 000779330 Canal blue, EUTM 002093870 CANAL CLEAN, EUTM 008549982 CC+, EUTM 013401443 EDDY, EUTM 002846988 Endo Easy Efficient, EUTM 002851541 Endo Einfach Erfolgreich, EUTM 000910844  Flex-Master, EUTM 002093672 GUTTACUT, EUTM 011183134  GUTTAFUSION, EUTM 002093417  GUTTAMASTER, EUTM 008550006 KENDO, EUTM 002093839 LAVENDO, EUTM 008550022 NOVAPEX, EUTM 010853893 ONEGUTTA, EUTM 008550808 PROENDO, EUTM 002094126 RAYPEX, ITM 1094507 VDW, ITM 1008583  VDW, EUTM 006824551 VDW GOLD, EUTM 010605046 VDW SAFETYLOCK, EUTM 006824809 VDW SILVER, EUTM 010081206 VDW STERILE, EUTM 013201199 VDW. CONNECT DRIVE, EUTM 013201165 VDW.CONNECT LOCATE, EUTM 008744534 VDW.PLATINUM, EUTM 007198591 VDW. ULTRA, CDR 001428635-0001 Modèle de l'Union Européenne, CDR 002602466-0001 Modèle de l'Union Européenne, CDR 002647933-0001 Modèle de l'Union Européenne, CDR 002685404-0001 Modèle de l'Union Européenne, CDR 002685438-0001  Modèle de l'Union Européenne 
@@ -7780,192 +7393,176 @@
   </si>
   <si>
     <t>EUTM 014189385 GARDEN OF LIFE, EUTM 009975418 GARDEN OF LIFE, EUTM 018141206 GARDEN OF LIFE</t>
   </si>
   <si>
     <t xml:space="preserve">ICDDM/078358,  EUTM 010184372 HILTI Marke ohne Text, EUTM 003424661 Marke ohne Text, EUTM 005961644	 HILTI, ICD DM/081496, ICD DM/074987, ICD DM/075963, ICD DM/082019, ICD DM/082519, ICDDM/076318, CDR 000677190-0002, ICD DM/079590, ITM 1288148 HI, ICD DM/094247, ICD DM/087261, ICD DM/089713, ICD DM/094068, ICD DM/094 426, ICD DM/101 288, ICD DM/102 390, ICD DM/102 855, ICD DM202316 Job floodllight stand, ICD DM/202028 Bodenradar, ICD DM/205983 Patronen, ICD DM/080065, ICD DM/074344, ICD DM/082217, ICD DM/ 074117, CDR 000909932-0001, CDR 000100649-0001, CDR 000100649-000, ICD DM/082425, ICD DM/081539, ICD DM/081434, ICD DM/076048, ICD DM/075961, ICD DM/079577, ICD DM/077611, ICD DM/081175, ICD DM/083873, ICD DM/091866, ICD DM/081247	</t>
   </si>
   <si>
     <t xml:space="preserve"> ITM 1030712/WO NESPRESSO, ITM 882456/WO NESPRESSO. WHAT ELSE?, ITM 1137705/WO NESPRESSO WHAT ELSE?,EUTM 002977569/EM NESTLE, EUTM 002793792/EM NESPRESSO	</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  008487613 BEATERATOR, EUTM  003391216  93041234  MANHUNT, EUTM  007356471  93041232  BULLY, EUTM  004237186  93041230  BULLY, EUTM  008351397  RED DEAD REDEMPTION, EUTM  002582765 RED DEAD REVOLVER, EUTM  003035425 MIDNIGHT CLUB, EUTM  011398179 MAX PAYNE, EUTM  012023487 2K, EUTM  008374365 T2 TAKE TWO INTERACTIVE, EUTM  010487114 R, EUTM  008274144 R, EUTM  008236441 BIOSHOCK, EUTM  006247969 BIOSHOCK, EUTM  009126053 XCOM, EUTM  008374357  CIVILIZATION, EUTM  000546754 CIVILIZATION, EUTM  013238407EVOLVE, EUTM  000372268 GRAND THEFT AUTO, EUTM  003556172 T2 TAKE TWO, EUTM  003391133 ROCKSTAR, EUTM  001154764 GT, EUTM  004486627  2K, EUTM  008374324 ROCKSTAR, EUTM  008374332 GRAND THEFT AUTO, EUTM  008374341 GTA </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 017618208/EM JACK DANIEL'S CRISP Old No. 7 BRAND BLEND TENNESSEE CIDER CRISP APPLE CIDER BLENDED WITH JACK DANIEL´S TENNESSEE WHISKEY, EUTM 018064396/EM JACK DANIEL'S ORIGINAL RECIPE TENNESSEE APPLE, EUTM 012582094/EM, EUTM 012179487/EM Jack Daniel, CDR 015026451- 0001/EM, CDR 015026451- 0002/EM, EUTM018763147/ EM  JACK DANIEL'S OLD NO. 7 BRAND, EUTM 018897944/EM JACK DANIEL'S OLD NO. 7 BRAND QUALITY TENNESSEE SOUR MASH WHISKEY, EUTM018841362/EM, EUTM 009058702/EM,  EUTM 000154278/EMJ ACK DANIEL'S, EUTM 000957365/EM JACK DANIEL'S, EUTM 002825560/EM JACK DANIEL'S, EUTM 009058413/EM JACK DANIEL'S Old No. 7 BRAND, EUTM 009058496/ EM JACK DANIEL'S Old No. 7 Brand, EUTM 000156356/ EM JACK DANIEL`S OLD TIME NO. 7 BRAND QUALITY Tennessee SOUR MASH WHISKEY, EUTM 000154211/EM JACK DANIEL'S, EUTM 000898429/EM JACK, EUTM 009043829/EM JACK DANIEL'S, EUTM 009768136/EM JACK DANIEL'S ORIGINAL RECIPE TENNESEE HONEY, EUTM 005652607/ EM GENTLEMAN JACK RARE TENNESSEE WHISKEY, EUTM 009043886/EM  JACK DANIEL'S, EUTM 017879671/EM  JACK DANIEL'S OLD NO.7 BRAND TENNESSEE SOUR MASH WHISKEY	
 EUTM 014676555/EM JACK DANIEL'S TENNESSEE FIRE                                                                                                                                               
 </t>
   </si>
   <si>
     <t>ICD 206775-0003, ICD 206775-0001, ICD 206775-0007, ICD 206775-0005, ICD 206775-0002, ICD 206775-0006, ICD 206775-0008, ICD 206775-0009, ICD 206775-0004</t>
   </si>
   <si>
     <t>ICD 103656-0003, ICD 103656-0006, ICD 103656-0011, ICD 215054-0001, ICD 103656-0010, ICD 103656-0009, ICD 100294-0003, ICD 100294-0005, ICD 215054-0004, ICD 100294-0006, ICD 215054-0003, ICD 100294-0001, ICD 103656-0008, ICD 103656-0004, ICD 103656-0002, ICD 103656-0007, ICD 215054-0002, ICD 103656-0001, ICD 103656-0005, ICD 103656-0012, ICD 100294-0004, ICD 100294-0002</t>
   </si>
   <si>
-    <t>EUTM 016539322 BEAST FREE, EUTM 003166139 BEAST, EUTM 003150877 ARIEL, EUTM 018163038 ADRENALINE, EUTM 003266285 ADDICTION, EUTM 003186749, ITM 1402939 BROOKS, EUTM 017075425 BROOKS, ITM 1197512 BROOKS, ITM 1195143 BROOKS, EUTM 00016 2313 BROOKS,ITM1401448BROOKS,ITM 1439322(Bildmarke/figurative mark), EUTM 005940961, EUTM 004077384 (Bildmarke / figurative mark), EUTM 001854728 (Bildmarke / figurative mark), EUTM 018776632 (Bildmarke / figurative mark), ITM 1704358 VIVIFY, ITM 1439940 TRAILTRACK, ITM 1684440 SKYVAULT, EUTM 010634301 RUN HAPPY, ITM 1213322 Run Happy, EUTM 010042968 QW-K, EUTM 000191361 MOVING COMFORT, EUTM 018859348 LEVITATE STEALTHFIT, EUTM 018129327 LEVITATE, EUTM 018523710 HYPERION, EUTM 000162131 HYDROFLOW, ITM 1436792 GUIDERAILS, EUTM 018859332 GLYCERIN STEALTHFIT, EUTM 003151628 GLYCERIN, EUTM 010042984 ELMN8, ITM 1640544 BIOMOGO DNA, EUTM 018650763 3DNA, EUTM 018606604 DNA, EUTM 018145602 DNA LOFT, ITM 1620170 DNA FLASH, ITM 1508225 DNA AMP</t>
-[...1 lines deleted...]
-  <si>
     <t>NPT EP3242887 TIRZEPATIDE (GIP AND GLP-1 CO-AGONIST COMPOUNDS)</t>
   </si>
   <si>
     <t xml:space="preserve"> injicējamie farmaceitiskie preparāti</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM  8945917  Kingston Technology, EUTM  6338099  Kingston Digital, EUTM  10049971  nawm, EUTM  11665494  Mobilelite, EUTM  8239535  SSDNOW, EUTM  Travelite  Travelite, EUTM  1644350  Valueram, EUTM  5124177 Kingston, EUTM  644484 Kingston, EUTM  4282661  Data Traveller, EUTM  13107032  HyperX, EUTM  9990458 HyperXperience, EUTM  11605516 HyperX Predator, EUTM  5403746  nawm, EUTM  3598257 HyperX, EUTM  10497584 Wi-Drive, EUTM  9990482  Wi-Share  </t>
   </si>
   <si>
     <t>Hublot SA Genève</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000167767 RABEL ASSAULT, EUTM 004502944 EMPIRE AT WAR, EUTM 004492591 THE SQUAD IS YOUR WEAPON, EUTM 004233946 GENERAL GRIEVOUS, EUTM 004233888 REVENGE OF THE SITH,EUTM 004150141 THE FORCE, EUTM 003430717 SECRET WEAPONS OVER NORMANDY, EUTM 003427473  SAM &amp; MAX , EUTM 002961670 THE CLONE WARS, EUTM 002792026 KNIGHTS OF THE OLD REPUBLIC, EUTM 002791275 AN EMPIRE DIVIDED, EUTM 002558674 ATTACK OF THE CLONES, EUTM 002533370 ROGUE LEADER, EUTM 002532174  AMIDALA, EUTM 002532166 STAR WARS GALAXIES, EUTM 002532158 STAR WARS GALACTIC BATTLEGROUNDS, EUTM 002495489  GLADIUS, EUTM 002491835 CLONE TROOPER, EUTM 002341345  STAR WARS BOUNTY HUNTER, EUTM 002245611 OBI-WAN, EUTM 002237337 SEE-THREEPIO (C-3PO), EUTM 002075893 ZAM WESELL, EUTM 002072049 COUNT DOOKU, EUTM 002071900 DARTH TYRANUS, EUTM 002071710 JANGO FETT, EUTM 001806249 LIGHTSABER, EUTM 001586395JEDI POWER BATTLES, EUTM 001113836 THE PHANTOM MENACE, EUTM 000855452ROGUE SQUADRON, EUTM 000855429 FORCE COMMANDER, EUTM 000582536 DARTH SIDIOUS, EUTM 000582460 DARTH MAUL, EUTM 000559948 OBI-WAN KENOBI, EUTM 000559922 JAR JAR BINKS, EUTM 000559823  DROIDS, EUTM 000559674 ANAKIN SKYWALKER, EUTM 000559666 SENATOR PALPATINE, EUTM 000559609 NABOO, EUTM 000559591 YODA, EUTM 000559567 SEE-THREEPIO (C-3PO), EUTM 000559559  MACE WINDU, EUTM 000559542 ARTOO-DETOO (R2-D2), EUTM 000559526 JABBA THE HUTT, EUTM 000559500 WATTO, EUTM 000559278 THE CURSE OF MONKEY ISLAND, EUTM 000175380 STAR WARS, EUTM 000167908 THE DIG, EUTM 000167890  FULL THROTTLE, EUTM 000167858 OUTLAWS, EUTM 000167833 X-WING 
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 009640434, EUTM 009721762 FLESHLIGHTGIRLS, EUTM009728569 FLESHJACK, EUTM009733411 FLESHLIGHT	, EUTM 003948445 FLESH LIGHT, EUTM 016500878 TURBO, EUTM 017206459 FLESHJACK BOYS, EUTM 017206442 FLESHJACK, EUTM 018198105 FLESHLIGHT GIRLS, EUTM 008803504 SEX IN A CAN, EUTM 008803413 REAL FEEL SUPER SKIN, EUTM 008374183 FLESHLIGHT Girls, EUTM 014431936 QUICK SHOT, EUTM 012210308 FLESHSKIN, EUTM 011898319P INK LADY, EUTM 011574571 FLESHLIGHTMD, EUTM 01149570 2FLIGHT MD	
 EUTM 011289766 fleshjackboys YS, EUTM 010888311 FLIGHT, EUTM 010321339 FREAKS!, EUTM 010321321 FREAKS!, EUTM 010257954 FLIGHT, EUTM 006047336 fleshjack, EUTM 006158505 FLESHLIGHT
 EUTM 006158778 fleshjack, EUTM 006325872 FLESHLIGHT GIRLS	</t>
   </si>
   <si>
     <t>EUTM 011727856/EM, EUTM 000105247/EM PEPSI, EUTM 012931201/EM PEPSI, EUTM 000105338/EM PEPSI, EUTM 004716106/EM PEPSI:COLA, EUTM 007361967/EM PEPSI-COLA, EUTM 000105825/EM PEPSI-COLA, EUTM 004616819/EM PEPSI, EUTM 010866812/EM LIVE FOR NOW, EUTM 012405478/EM pepsi, EUTM 000106179/EM PEPSI-COLA, EUTM 000106245 /EM, EUTM 004716155/EM PEPSI, EUTM 010013407/EM</t>
   </si>
   <si>
     <t>uzkodas uz kartupeļu bāzes, dārzeņu uzkodas, mērces</t>
   </si>
   <si>
     <t>EUTM 000278580/EM LAY'S, EUTM 011183381/EM Lay's, EUTM 003810603/EM Lay's, EUTM 011183472/EM, EUTM 011183423/ EMLay's, EUTM 014259287/EMLAY'S, EUTM 013501416/EMLAY'S MAXX, EUTM 017016411/EM</t>
   </si>
   <si>
     <t>EUTM 013046198ABBIGLIAMENTO, CALZATURE, CAPPELLI, EUTW01242358 ABBIGLIAMENTO, CALZATURE, CAPPELLI,  EUTMW00881244 ABBIGLIAMENTO, CALZATURE, CAPPELLI, ITM1432470 GOLDEN GOOSE DELUXE BRAND, EUTM 016908238 GGDB/SSTAR, EUTM 1522047 FOR DREAM USE ONLY NOT DESIGNED FOR OTHER ACTIVITIES, EUTM 18171306 figurativo, EUTM 18238055 GOLDEN GOOSE figurativo, EUTM 018171305 marchio figurativo, EUTM 1568651</t>
   </si>
   <si>
     <t>EUTM 004497954, EUTM 001534213 NEXAVAR, EUTM 002684140
 EUTM 001481936 Levitra, EUTM 005895388, EUTM 002809127 Xarelto, EUTM 004791406</t>
   </si>
   <si>
     <t xml:space="preserve">   
 CDR 002020065-0018, CDR 002020065-0001,CDR 002020065-0027, CDR 001130496-0001, CDR 002020065-0015, CDR 002020065-0026, CDR 002020065-0003, CDR 002257725-0003, CDR 002257725-0004, EUTM 009674656, EUTM 009822826DU BIST NICHT DU, WENN DU HUNGRIG BIST, EUTM 009822875 PACKED WITH PEANUT POWER, EUTM 009822784 UND DER HUNGER IST GEGESSEN, EUTM 009822719YOU'RE NOT YOU WHEN YOU'RE HUNGRY, EUTM 10746451, EUTM 010670503, CDR 002257725-0005, CDR 002257725-0001, EUTM 011755162SNICKERS SATISFIES, EUTM 011755154 SNICKERS YOU'RE NOT ON THE BALL WHEN YOU'RE HUNGRY, CDR 002257725-0006, EUTM 007179435 SNICKERS GET SOME NUTS, EUTM 001181189, EUTM 001771161 SNICKERS CRUNCHER, CDR 002020065-0024, CDR 002020065-0008, CDR 002020065-0010, EUTM 000001587 SNICKERS, CDR 002020065-0012, CDR 002020065-0005, CDR 002020065-0006, CDR 002257725-0002, EUTM 009674631, EUTM 002165439  
 </t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 009775561 UNCLE BEN'S PERFECT EVERY TIME, EUTM 009722737 UNCLE BEN'S PERFECT EVERY TIME, EUTM 012653887  HAVE A RICE DAY, EUTM 011082021 UNCLE BEN'S SIGNATURE, EUTM 010849032, EUTM 000001496 UNCLE BEN'S, EUTM 000001298 UNCLE BEN'S, EUTM 006756142, EUTM 001943604  UNLCE BEN'S, EUTM 009615519 BEGIN WITH BEN, EUTM 009775677 UNLCE BEN'S PERFECT EVERY TIME, EUTM 010072619, EUTM 002616175 10000004 UNCLE BEN'S PERFECT ANY TIME, CDR 1263248-0003, CDR 1263248-0002, CDR 1263248-0001, CDR 1284285-0001, CDR 1284285-0002, CDR 1284285-0003, CDR 1284285-0004, CDR 1284285-0005, CDR 2030015-0007, CDR 2030015-0008, CDR 2030015-0005, CDR 2030015-0006, CDR 2030015-0003, CDR 2030015-0004, CDR 2030015-0001, CDR 2030015-0002, CDR 2035766-0003, CDR 2035766-0004, CDR 2035766-0002, CDR 2035766-0001, CDR 2035766-0007, CDR 2035766-0005, CDR 1264329-0001 10000024 UNCLE BENS, CDR 2035766-0006, EUTM 001253491 10000061 Trade mark without text, EUTM 002129179 10000005 UNCLE BEN'S </t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 8198111 MARTIN MARGIELA, EUTM 18622008 MARGIELA
 EUTM 6163802 MARTIN MARGIELA, EUTM 11625548 MM6 Maison Margiela, EUTM 18017443 REPLICA, EUTM 8196669, EUTM 3515582, EUTM 4718227 , EUTM 1203030 , EUTM 18811396  mAison margiela, ITM 1262280 MAISON MARGIELA, EUTM 18568592 MAISON MARGIELA, EUTM 4378139 MM6, EUTM 11460359 MAISON MARGIELA, EUTM 3544103 MARTIN MARGIELA, EUTM 18703741 MM6, EUTM 18811393, EUTM 18703732 MAISON MARGIELA, EUTM 9353046 MAISON MARTIN MARGIELA EUTM 8640328 NAWM, EUTM 3544087  Maison Margiela, EUTM 4718086,  EUTM 149167215 AC, EUTM 8669541 MARTIN MARGIELA, EUTM 18365362 MM6, ITM 1251351 MM6 Maison Margiela</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                               EUTM 0906229 ADVAGRAF, EUTM 014763593 ASTELLAS, EUTM 018711523 ASTELLAS, EUTM 1236281 GRAFICZNY (ASTELLAS PHARMA iNC., EUTM 1109738 BETMIGA, EUTM 008671489 MODIGRAF, EUTM 008250649 MYCAMINE, EUTM 1176108 OMNIC OCAS, EUTM 000123679 PROGRAF, EUTM 018400465 PROGRAFT, EUTM 1048025 URIZIA, EUTM 1046863 VESOMNI, EUTM 1048784 VOLUTSA, EUTM 1327173 XOSPATA, EUTM 1109736 XTANDI</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000151811 TIFFANY &amp; CO., EUTM 000151936 TIFFANY, EUTM 000151985 TIFFANY &amp; CO. /fig./, EUTM 000152025 TIFFANY &amp; CO., EUTM 001271204 LUCIDA, EUTM 002775039 PURE TIFFANY, EUTM 002935799 THE TIFFANY MARK, EUTM 003574936 TIFFANY &amp; CO. /fig./, EUTM 004238457 TIFFANY GRAND, EUTM 004307096 TIFFANY &amp; CO., EUTM 007152168 T &amp; CO., EUTM 007190085 TIFFANY &amp; CO., EUTM 007488621 TIFFANY, EUTM 008824161 TIFFANY TESORO, EUTM 008829806 /fig./, EUTM 008939233 TIFFANY NOVO, EUTM 004509535 T &amp; CO., EUTM 000585381 ATLAS, EUTM 006428619 TIFFANY, EUTM 009547878 /fig./, CDR 002604827-0011, CDR 002604827-0010, CDR 002604827-0009, CDR 002604827-0008, CDR 002618595-0004, CDR 002618595-0003, CDR 002618595-0002, CDR 002618595-0001, CDR 002604827-0030, CDR 002604827-0029,, CDR 002604827-0028, CDR 002604827-0027, CDR 002604827-0026, CDR 002604827-0025, CDR 002604827-0024, CDR, CDR 002604827-0022, CDR002604827-0040, CDR 002604827-0039, CDR 002604827-0038, CDR 002604827-0037, CDR 002604827-0036, CDR 002604827-0035, CDR 002604827-0034, CDR 002604827-0033, CDR 002604827- 0032, CDR 002604827-0031, CDR 002604827-0015, CDR 002604827-0014, CDR 002604827-0013, CDR 002604827-0012	</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 12443362 PRADA, EUTM 9981663 PRADA MILANO DAL 1913, EUTM 9402405 PRADA MILANO, ITM 1061532 PRADA, ITM 1061531 PRADA, EUTM 9002734 MIU MIU, EUTM 13720073 PRADA JOURNAL, EUTM 13124458, EUTM 14322473 PRADA INSIDE, EUTM 15003056 LA FEMME PRADA MILANO DAL 1913, CDR 002937896- 0001, CDR 002937896-0002, EUTM 5176003 LUNA ROSSA, EUTM 13400635 PRADA MILANO DAL 1913, CDR 003367812-0001, CDR 003367812-0002, CDR 002569178-0001, CDR 002569178-0002, EUTM 8230104 Car Shoe, EUTM 10612241, EUTM 10612257PRADA MILANO, EUTM 027747, EUTM 9774522 PRADA CANDY, EUTM 11000791 PRZ POLARIZED, EUTM 11918241 BREVETTO DELLA REAL CASA FRATELLI PRADA Milano Via Manzoni, 19 - Galleria V.E.63.65 Valigerie - Ogge, EUTM 12151908 F.LLI PRADA Valigerie Borse Gioielli 20121 MILANO GALLERIA VITTORIO EMANUELE, EUTM 12313532 PRADA DOUBLE BAG, EUTM 831271 carshoe CS, EUTM	5644661	miu miu, CDR 002767335-0001, EUTM 271163 Prada, EUTM 5216312 PRADA,  EUTM 11918331 Prada, CDR 003367804- 0003, EUTM 10239515 LUNA ROSSA, EUTM	1158591, LUNA ROSSA, EUTM 4669421 Linea Rossa, EUTM 721142 Car Shoe, EUTM 9787565 Car, EUTM 8769598 CS MONOGRAM 1.0, CDR 2367425-0001, CDR 2367425- 0002, EUTM 12279782 PRADA MILANO DAL 1913, EUTM 4253191 MIU MIU, ITM 1066516 miu miu, EUTM 10393536 MIU MIU MUSING, EUTM 13609201 LES INFUSIONS DE PRADA MILANO DAL 1913, EUTM 13609193 PRADA OLFACTORIES, EUTM 15003049 L'HOMME PRADA MILANO DAL 1913, CDR 2668921-0001	</t>
   </si>
   <si>
     <t xml:space="preserve">ITM  1421068  93085508  Taycan, EUTM  10788164  93085506  Panamera, EUTM  3915493  93085504  Panamera, EUTM  3915766  93085502  Cayman, EUTM  010195873  93085500  Cayman, EUTM  1393255  93085498  Cayenne, EUTM  12230082  93085496  Cayenne, EUTM  9396052  93085494  Boxster, EUTM  12897047  93085492  Macan, EUTM  10789089  93085490  Macan  </t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 008248189 SQ3, EUTM 000019398 TT, EUTM 002248847 S line, EUTM 001614072 Audi Original Teile, EUTM 000621086 Vorsprung durch Technik, EUTM 000307413 A7, EUTM 000018838 A4, EUTM 000018846 A6, EUTM 000019471 A8, EUTM 000019414 quattro, EUTM 000021162 RS3, EUTM 000021147 RS4, EUTM 000021121 RS6, EUTM 000021105 RS8, EUTM 000019430 S3, EUTM 000019489 S4, EUTM 000019497 S6, EUTM 000019513 S8, EUTM 000994707R8, EUTM 000019505 TTS, EUTM 004775177 A5, EUTM 000018762, EUTM 012109112 RS, EUTM 010549962 Q8, EUTM 006199194  A1, EUTM 010441277 Audi Vorsprung durch Technik 
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 18046436 DIM SPORT, EUTM 17917240 DIM HYDRA ACTIV 
 ITM 1392061 DIM SEDUCTION, ITM 1392059 DIM SEDUCTION, EUTM 16263981 DIM MORPHOTECH, EUTM 16236275 DIM HYDRABOOST, EUTM 15331151 DIM POWERFUL, EUTM 14781439 DIM L'AUSTRALIEN, EUTM 13619135 DIM, EUTM 13619151 DIM, EUTM 11124286 DIM SIGNATURE, EUTM 9803818 DIM, EUTM 7315153 DIM, EUTM 6743413 DIM, EUTM 6494579 DIM IN, EUTM 5401047 DIM L'AUSTRALIEN, EUTM 5291711 DIM LAB </t>
   </si>
   <si>
     <t>EUTM 18018220 TOY, CDR 007370861-0001, CDR 005579521-0001, EUTM 18225795 Moschino, EUTM 15531387, EUTM 12527982 MOSCHINO TEDDY BEAR, CDR 004044097-0004, CDR 002974386- 0002, EUTM 1166685 MOSCHINO CHEAPANDCHIC, EUTM5166863 PHILOSOPHY di ALBERTA FERRETTI, EUTM 6322887 MOSCHINO CHEAPANDCHIC, EUTM 9210029 MOSCHINO, CDR 002974386-0001, EUTM 18786925 MO5CH1NO JEANS, CDR 004044097-0001, CDR 002617811-0001, CDR 007370861-0004, CDR 007370861-0002, EUTM 18080639PHILOSPHY DI LORENZO SERAFINI,CDR 007370861-0003, EUTM 5166475 ALBERTA FERRETTI, CDR 004044097-0002, EUTM 18697968 MOSCHINO, CDR 004044097-0003, CDR 004044097-0005, CDR 005329166-0001, CDR 005329166-0002</t>
   </si>
   <si>
     <t>EUTM 010767325/EM THE BOTANIST,EUTM 011928116/EMle botaniste</t>
   </si>
   <si>
     <t>BRUICHLADDICH DISTILLERY COMPANY LTD</t>
   </si>
   <si>
     <t>alkoholiskie stiprie dzērieni</t>
   </si>
   <si>
     <t>COINTREAU</t>
   </si>
   <si>
     <t>EUTM 000633305/EM COINTREAU E. Cointreau, EUTM 000481168/EM COINTREAU, EUTM 000481192/EME. Cointreau, EUTM 000697656/EM, EUTM 04027447/EM COINTREAU, EUTM 006433288/EM COINTREAUPOLITAN, EUTM 008809964/EM COINTREAU, EUTM 009390501/EM Cointreau Cuisine Logo, EUTM 009435454/EM COINTREAU, EUTM 009808106/EM COINTREAU</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR 001842618-0001/EM, CDR 001989955-0001/EM, CDR 001989955- 0002/EM	</t>
-[...1 lines deleted...]
-  <si>
     <t>R en G EQUIPMENT</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  1205336  La petite Robe noire EAU DE PARFUM COUTURE GUERLAIN PARIS,   EUTM  011838471  SAMSARA, EUTM  1164197  TENUE DE PERFECTION, EUTM  011250421 ORCHIEE IMPERIALE POT DE CREME, EUTM 011250421 ORCHIEE IMPERIALE POT DE CREME, EUTM 1149561 L'homme idéal, EUTM 1116358 La petite Robe noire, EUTM 1120380  LA PETITE ROBE NOIRE MANCHES BALLONS, EUTM 1120379 LA PETITE ROBE NOIRE ROBE BUSTIER, EUTM 1100330 LA PETITE ROBE NOIRE, EUTM 000498055 CHAMADE, EUTM 001406875 CHAMPS ELYSEES, EUTM 014399273 MARQUE SANS TEXTE LA PETITE ROBE NOIRE, EUTM 016215352 MARQUE SANS TEXTE, EUTM 1461116 MARQUE FIGURATIVE, EUTM 1461115 MARQUE SNS TEXTE, EUTM 1337951 MARQUE SNS TEXTE, EUTM 010595106 GUERLAIN FLACONS, EUTM 010595049 GUERLAIN LA PETITE ROBE NOIRE, EUTM 000993998 IMAGINE, EUTM 013428453 NO NEED TO BE L HOMME IDEAL ANYMORE YOU HAVE YOUR FRAGRANCE, EUTM 006354781 Marque figurative (cf logo dans la liste des marques), EUTM 006354807 Marque figurative (cf logodans la liste des marques), ITM 1037775 Marque figurative (cf logo dans la liste des marques), EUTM 018169205 IMAGINE, EUTM 017891573 Marque figurative (cf logo dans la liste des marques), ITM 1482540 Marque figurative (cf logo dans la liste des marques), ITM 1027547 Marque figurative (cf logo dans la liste des marques), ITM 1485396 Marque figurative (cf logo dans la liste des marques), ITM 1505203 Marque figurative (cf logo dans la liste des marques), EUTM 1348839 mon GUERLAIN, EUTM 1338431BLACK PERFECTO BY La petite Robe noire, ITM 1524912 Marque figurative (cf logo dans la liste des marques), ITM 1509779 Marque figurative (cf logo dans la liste des marques), EUTM 015506611 MON GUERLAIN, EUTM 013384458 Marque tridimensionnelle (cf visuel dans la liste des marques), EUTM 013403217 La marque représente un flacon en verre en forme de goutte écrasée sur la base, creusé en son milieu, EUTM 007529142 ABEILLE ROYALE, EUTM 007110935 Guerlain, EUTM 006102891 KISS KISS, EUTM 006102875 KISS KISS, EUTM 006061055 LES METEORITES BILLES MYTIC, EUTM 006061063 TERRACOTTA, EUTM 005804299 ORCHIDEE IMPERIALE, EUTM 03391877 AQUA ALLEGORIA, EUTM 003396108 MONOGRAMME DOUBLE G, EUTM 003391851 L'INSTANT DE GUERLAIN, EUTM 000498097 HABIT ROUGE, EUTM 000497792 LES METEORITES, EUTM 000522086 KISS-KISS, EUTM 000497917 SHALIMAR, EUTM 000125773 GUERLAIN  
 </t>
   </si>
   <si>
     <t>EUTM  002549400  W, EUTM  000081646 Wilson, EUTM  000080945  W, EUTM  002549350  Wilson</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 017907339 RAMAZZOTTI, EUTM 017907343 RAMAZZOTTI AMARO AUSANO RAMAZZOTTI casa fondata nel 1815 specialita della ditta Ausano Ramazzot, EUTM 017907345 RAMAZZOTTI AMARO AUSANO RAMAZZOTTI casa fondata nel 1815 specialita della ditta Ausano Ramazzot, EUTM 017916470 RAMAZZOTTI IL PREMIO, EUTM 017930760 RAMAZZOTTI SAMBUCA AUSANO RAMAZZOTTI casa fondata nel 1815 specialita della ditta italia, EUTM 017930763 RAMAZZOTTI SAMBUCA AUSANO RAMAZZOTTI casa fondate nel 1815 specialita della ditta, EUTM 01799877 RAMAZZOTTI IL PREMIO,EUTM 017988301 RAMAZZOTI APERITIVO ROSATO, EUTM 008598351 RAMAZZOTTI AMARO FRATELLI RAMAZZOTTI, EUTM 2498137 RAMAZZOTTI MENTA FELSINA, EUTM 15184351, EUTM 001850148 AMARETTO RAMAZZOTTI, EUTM 009815143, EUTM 008621716 RAMAZZOTTI, EUTM 009840059, EUTM 010858009, EUTM 012454435, EUTM 012692547, EUTM 012441341, EUTM 010850394, EUTM 012440971, EUTM 012440475, EUTM 001850254 AMBUCA RAMAZZOTTI 
 </t>
   </si>
   <si>
     <t>getras zirgiem, zirgu paklāji</t>
   </si>
   <si>
     <t>EUTM 009771742/EMJOHNNIE WALKER GOLD LABEL RESERVE, EUTM 003644978/EMJOHNNIE WALKER GOLD LABEL, EUTM 008166548/EM JOHNNIE WALKER DOUBLE BLACK, EUTM 003105871/EMJOHNNIE WALKER BLUE LABEL, EUTM 010838324/ EMJOHNNIE WALKER, EUTM 002619740/EMJOHNNIE WALKER, EUTM 018431420/EMJOHNNIE, EUTM 012324265/EMJOHN WALKER &amp; SONS SIGNATURE BLEND, EUTM 002696383/EMJ&amp;B, EUTM 002697258/EMJ&amp;B, EUTM 002697209/EMJ&amp;B, EUTM 001837392/EMJ&amp;B, EUTM 000497693/EMJ&amp;B, EUTM002696417/EM J B, EUTM 009089723/EM HAIG SUPREME, EUTM 011691664/EM HAIG CLUB, EUTM 003232311/EMHAIG, EUTM 003186574/EM GREEN LABEL, EUTM 008945248/EM XR, EUTM 008945529/EM WALKER &amp; SON, EUTM 008441818/EM Tanqueray STERLING, EUTM 018312954/EM TANQUERAY ROYALE, EUTM 013295027/EM TANQUERAY NO. TEN, EUTM 012802963/EM Tanqueray No. TEN, EUTM 002854735/EM TANQUERAY, EUTM 008270126/EM TANQUERAY, EUTM 008216996/EM Tanqueray, EUTM 001363738/ EM T, EUTM 001363704/EM T, EUTM 007573892/ EM DIMPLE GOLD CREST, EUTM 009080755/EM WHITE HORSE, EUTM 004825493/EM GORDON'S, EUTM 005062427/EM GORDON'S, EUTM 017893752/EM GORDON'S, EUTM 001875038/EM GORDON'S, EUTM 004825485/EM GORDON'S, EUTM 008223489/EM GOLD LABEL XR, EUTM 009771569/EM GOLD LABEL RESERVE, EUTM 002234870/EM E &amp; BLENDED AND BOTTLED s's Street, Lo NTMENT TO THEIR LA, EUTM 002219848/EM E, EUTM 002219509/EM E, EUTM 008166514/ EMDOUBLE BLACK, EUTM 014222582/EMCÎROC TEN, EUTM 011099587/EM CÎROC PLATINUM, EUTM 002681385/ EMcîroc, EUTM 004360061/EM CÎROC, EUTM 009921222/EM CÎROC, EUTM 002616530/EM BLUE LABEL, EUTM 002613925/EM BLACK LABEL, EUTM 016141591/EMAlexanderGordon EST LONDON,EUTM 001194265/EM Alexander Gordon, EUTM 004054037/EM, EUTM 013294971/EM, EUTM 018992741/EM, EUTM 003222999/EM, EUTM 018776112/EM, EUTM 018775550/EM, EUTM 018728934/EM, EUTM 002771020/EM, EUTM 002773646/EM, EUTM 002773984/EM, EUTM 002774800/EM, EUTM 002696045/EM, EUTM 002692135/EM, EUTM 002683324/EM, EUTM 008945826/EM, EUTM 008447914/EM, EUTM 005523451/EM, EUTM 003297967/EM, EUTM013845425/EM, EUTM 000518605/EM, EUTM 002606598/EM RED LABEL, EUTM 005028444/EM KEEP WALKING JOHNNIE WALKER, EUTM 018082735/EM KEEP WALKING, EUTM 001432897/EM KEEP WALKING, EUTM 001432822/EM KEEP WALKING, EUTM 009080871/EM JOHNNIE WALKER XR, EUTM 009706326/EM JOHNNIE WALKER PLATINUM LABEL, EUTM 003103744/EM JOHNNIE WALKER GREEN LABEL</t>
   </si>
   <si>
     <t>CERERIA TERENZI EVELINO S.R.L.</t>
   </si>
   <si>
     <t>smaržas, sveces, aromātiskās sveces, dūmus absorbējošas sveces, dušas želeja u.c.</t>
   </si>
   <si>
     <t>EUTM 013480728/EM V CANTO BY TERENZI EVELINO, EUTM 011908811/EM TT Tiziana Terenzi Since 1968 White Fire, EUTM 012000014/ EM TT Tiziana Terenzi Since 1968 Maremma, EUTM 012952792/EM TT Tiziana Terenzi Since 1968 Laudano Nero, EUTM 018682520/EM TT Tiziana Terenzi Since 1968 Kirkè, EUTM 012239364/EM TT Tiziana Terenzi Since 1968 Chimaera, EUTM 012232914/EM TT Tiziana Terenzi Since 1968 Casanova	
 EUTM 016339831/EM TT Tiziana Terenzi since 1968, EUTM 012952578/EM TT Tiziana Terenzi Arethusa, EUTM 011200961/EM TIZIANA TERENZI, EUTM 018351601/EM TE CERERIA TERENZI EVELINO, EUTM 011365434/ EM GIARDINO BENESSERE, EUTM 011365475/EM AIR THERAPY GIARDINO BENESSERE, ITM 1709864/WO TE, ITM 1709865/WO TERENZI BOUTIQUE, ITM 1502877/WO TIZIANA TERENZI, ,EUTM 019004478/EM SOLIS CIRCV SOLIS PHASES LVNÆ DECRESCENTIS PHASES LVNÆ ACCRESCENTIS, EUTM 019044568/EM TIZIANA TERENZI</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 007464233, EUTM 017675117, EUTM 009282691, EUTM 011567294 VEET THERMACREME, EUTM  008146367  VEET TOUCHABLY SMOOTH, EUTM  011505195, EUTM  012623261 VEET INFNI´SILK, EUTM  005952701, EUTM  017925253  VEET EASY-GEL, EUTM  0087971483 VEET EASY GRIP, EUTM  010210987  VEET BODYCURV, EUTM  002940294  VEET, EUTM  002436871  VEET, EUTM  008146318  TOUCHALY SMOOTH, EUTM  008198641 SUPREM´ESSENCE, EUTM  006317631  ProMinimise, EUTM  006778013  ProClear, EUTM  005130372 KLESA HOMMES SE RASENT; LES FEMMES ONT VEET, EUTM  006317556 LASTING SMOOTH, EUTM  012623229  INFINI´SILK, EUTM  009250424  HYDRO´RESTOR, EUTM  007007362 ExpertWax, EUTM  008971442  EASY STRIP, EUTM  004655239  CARESSABLY SMOOTH, EUTM  010210953  BODYCURV, EUTM  013464581VEET RADIANT TOUCH, EUTM  013869508  ACTI-GELWAX, EUTM  013747001  VEET SILK &amp; FRESH, EUTM  013464565  VEET HAIR MINIMIZER, EUTM  003967999   PERFECT TOUCH, EUTM  003557279  LIQUID RAZOR, EUTM  005076633  MEN SHAVE, WOMEN VEET, EUTM  003253961   BLADELESS RAZOR, EUTM  004393021   BLADELESS, EUTM  003309044 A FEELING THAT LASTS, EUTM  004188066, EUTM  008591927, EUTM  008605503, EUTM  009170689, EUTM  014110928  </t>
   </si>
   <si>
     <t>CDR 004387843-0001, ITM 1701422 KURT GEIGER LONDON	
 EUTM 018354454 KURT GEIGER</t>
   </si>
   <si>
     <t>Kurt Geiger Limited</t>
   </si>
   <si>
     <t>EUTM 005339924/EM FAI, EUTM 005339841/EM Ireland, EUTM 005795737/EM FAI NATIONAL LEAGUE OF IRELAND PREMIER DIVISION, EUTM	 005795513/EM FAI NATIONAL LEAGUE OF IRELAND, EUTM 005795448/EM FAI NATIONAL LEAGUE OF IRELANDFIRST DIVISION, EUTM 005715057/EM LEAGUE OF IRELAND, EUTM 018549391/EM, EUTM018548900/EM FAI CENTENARY 100, EUTM 018451513/EM LOITV,EUTM018131244/ EM LEAGUE OF IRELAND, EUTM 003155355/EMF A IRELAND, EUTM000515627/EM FAI, EUTM 003832045/EMFAIreland</t>
   </si>
   <si>
     <t>SOCIETE DE GESTION PIERRE CARDIN</t>
   </si>
   <si>
-    <t>EUTM  005875554 PIERRE CARDIN</t>
-[...1 lines deleted...]
-  <si>
     <t>СРС Европа ООД</t>
   </si>
   <si>
     <t>EUTM 018550144/EM CPC COUNTER-PRESSURE CASTING MACHINES, EUTM 017917500/EM  Counter Pressure Casting MACHINES, EUTM 017917496/EM CPC MACHINES, CDR 008632038- 0001/EM, CDR 008730154-0001/EM, CDR 015045132-0001/EM, CDR 015045132-0002/EM</t>
   </si>
   <si>
     <t>TsPC pretspiediena liešanas iekārtas</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 019041580/EM LE MORTA </t>
   </si>
   <si>
     <t>ATELIER JHP</t>
   </si>
   <si>
     <t xml:space="preserve">dārgakmeņi u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">ICD D094683-0008/WO, ICD D209870-0001/WO, ICD D203203- 0001/WO, ICD D099235-0002/WO, ICD D085333-0001/WO, ICD D085333-0002/WO, ICD D206966-0001/WO, ICD D206964-0001/WO, ICD D207207-0003/WO, ICD D207207-0004/WO, ICD D207207- 0005/ WO, ICD D207207-0001/WO, ICD D207207-0002/WO, ICD D223966- 0001/WO, ICD D223916-0001/WO, ICD D200867-0005/WO, ICD D200867-0004/WO, ICD D200867-0003/WO, ICD D200867-0001/WO, ICD D200867-0002/WO, ICD D094683-0007/WO	, ICD D094683- 0006/WO, ICD D094683-0005/WO, ICD D094683-0009/WO	
 ICD D094683-0004/WO	</t>
   </si>
   <si>
     <t>EUTM 016062515/EM BIO-OIL, EUTM 004079216/EM Bio-Oil, EUTM 016062523/EM BI-OIL, EUTM 013641915/EM BI-OIL, EUTM 009295155/EM Bi-Oil-OIL, EUTM 009295155/EM  Bi-Oil, EUTM 008511842/EM BIOIL</t>
   </si>
   <si>
@@ -7976,99 +7573,85 @@
   </si>
   <si>
     <t xml:space="preserve"> EUTM 001767664/EM REMINGTON, EUTM 000209411/EM REMINGTON, EUTM 008611451/EM REMINGTON, EUTM 009561036/EM REMINGTON,  ITM 1398089/WO REMINGTON, ITM 1664015/WO REMINGTON</t>
   </si>
   <si>
     <t>SPECTRUM BRANDS (UK) LIMITED</t>
   </si>
   <si>
     <t>elektriskie fēni</t>
   </si>
   <si>
     <t>FCA GROUP MARKETING S.P.A.</t>
   </si>
   <si>
     <t>EUTM 000334854/EM FIAT	, ITM 1082074/WO FIAT 500, ITM 1556009/WO FIAT 500e, EUTM 005998141/EMFIAT PROFESSIONAL, EUTM 018485272/ EM LANCIA, ITM 1081443/WO LANCIA, ITM 1092723/WO FIAT, EUTM 018409691/EMABARTH, EUTM 018802930/EM ALFA ROMEO MILANO, EUTM 013011507/EM ALFA ROMEO, EUTM 013011408/EM ALFA ROMEO, EUTM 013011812/EM ALFA ROMEO, EUTM 009941436/EM ALFA ROMEO, EUTM 014942619/EM ALFA ROMEO, EUTM 015272701/EM ALFA ROMEO
 EUTM 005484639/EM FIAT, EUTM 001062249/EM FIAT, ITM 1106865/WO FIAT</t>
   </si>
   <si>
     <t>EUTM 010360329/EM ELPLP, EUTM 4147229 Epson, EUTM 015878051 Trademark without text, EUTM 10360329 Elplp, EUTM 004379483 OrientStar, EUTM 012405635 Orient, EUTM 012405544 Orient, EUTM 012405718 S ORIENT STAR</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 15971674 Magna, EUTM 17431354 Mixit, ITM 924052  Nawm
 ITM 1291873 Be think innovate, CDR	001987868-0006, CDR 001987900- 0003 CDR 001987900-0012, CDR002649327-0003, CDR 004113819-0009, CDR 007456793-0004, CDR 000681317-0001, CDR 000681333-0001, CDR 000681333 -0002, CDR 001466015-0025, CDR 001987520-0002, CDR 001987868-0003, CDR 001987868-0004, CDR 001987868-0005, ITM 1381443Heatmix, EUTM 6654339 Grundfos, ITM 923988 Alpha, EUTM 002171833 Nawm, ITM 929354 Auto Adapt, CDR 001466015-0009, ITM 869954 Nawm, ITM 927611 Nawm, EUTM 10194835 Nawm, ITM 1279585 Scala, ITM 923987 Nawm	</t>
   </si>
   <si>
-    <t>DAVIDE CAMPARI - MILANO N.V.</t>
-[...1 lines deleted...]
-  <si>
     <t>stiprie alkoholiskie dzērieni</t>
   </si>
   <si>
-    <t>EUTM 014747026/EM CAMPARI DAVIDE CAMPARI MILANO, EUTM 009799231/EM APEROL, EUTM 009468273/EM APEROL SPRITZ, EUTM 008416679/EM APEROL SPRITZ, EUTM 010163574/EM APEROL, EUTM 008572844/EM, EUTM 008573081/EM, EUTM 012143863/EM, EUTM 000386961/EM CAMPARI, EUTM 000387100/EM CAMPARI</t>
-[...1 lines deleted...]
-  <si>
     <t>HARIBO Holding GmbH &amp; Co. KG</t>
-  </si>
-[...3 lines deleted...]
-</t>
   </si>
   <si>
     <t>CAPBRAN HOLDINGS LLC</t>
   </si>
   <si>
     <t>AKRAPOVIČ, PODJETJE ZA PROIZVODNJO, TRGOVINO IN STORITVE, D.D.</t>
   </si>
   <si>
     <t xml:space="preserve">
 CDR 002497172-0001/EM, CDR 002578732-0001/EM, CDR 002747105-0001/ EM, CDR 002747162-0001/EM, CDR 004955011-0001/EM, CDR 008354021- 0001/EM	, CDR 004132827-0001/EM, CDR 004132868-0001/EM, CDR 004132892-0001/EM, CDR 004133015-0001/EM, EUTM 013436332/EM HX2, CDR 005430006-0002/EM, CDR 005808409-0001/EM, EUTM 012472411/EM MORSUS, EUTM 011097524/EM make your own sound, EUTM013436341/EM Akrapovic HX2, EUTM 018051044/EM Akrapovič, EUTM 018051035/EM Akrapovič, ITM 996374/WO AKRAPOVIC, ITM 996375/WO10000092 AKRAPOVIC</t>
   </si>
   <si>
     <t>SKORPIO SA</t>
   </si>
   <si>
     <t>EUTM 018274865/EM, EUTM 018399195/EM, EUTM 018399196/EM
 EUTM 018399197/EM, EUTM 019019242/EM, EUTM 018510789/EM RICK OWENS, EUTM 002493294/EM, EUTM 018628214/EM DRKSHDW, EUTM 019019261/EM MEGALACE</t>
   </si>
   <si>
     <t>STELLANTIS EUROPE S.P.A.</t>
   </si>
   <si>
     <t>ITM 1496832 TONALE, ITM 1361493 STELVIO, ITM 1017212/WO	
 ITM 1555981/WO 500e, ITM 1137329/WO 500L, ITM 1249753/WO 500x, EUTM 018806706/EM TOPOLINO, ITM 1294842/W OTIPO	
 ITM 1031174/W OPANDA, ITM 568873/WO CINQUECENTO</t>
   </si>
   <si>
     <t>ITM 966965 HK, EUTM 018151218 HK, EUTM 001763465 HK, EUTM 004694873 Heckler &amp; Koc</t>
   </si>
   <si>
     <t>HECKLER &amp; KOCH GmbH</t>
-  </si>
-[...1 lines deleted...]
-    <t>EUTM 018688583 ZEPBOUND, EUTM 18748013 EUTM 003702248 LILLY, EUTM 018778986, EUTM 018778978 MOUNJARO, EUTM 018531486, EUTM 018703777 MOUNJARO, EUTM 018209187 MOUNJARO, CDR 015003049-0004, CDR 015003049-0015, CDR 015003050- 0001, CDR 015003049-0027, CDR 015003049-0014, CDR 015003049-0034, CDR 015003049-0035</t>
   </si>
   <si>
     <t>EUTM 010730349/EM S SPIN MASTER, EUTM 009208761/EM SPIN MASTER</t>
   </si>
   <si>
     <t>ITM 1431727/WO	logitech,  ITM680876/Logitech, ITM 0731386/Logitech, EUTM 014169684/EM ASTRO GAMING, EUTM 011640588/EM JAYBIRD, EUTM 013635529/EM LOGI, ITM 998947/WO ULTIMATE EARS, ITM 1354616/WO G</t>
   </si>
   <si>
     <t>ITM 1149858 GENEO, EUTM 017819863, EUTM 017979805 CAPSUGEN, EUTM 018173429 OXYPOD, EUTM 018795886 POLLOGEN, EUTM 017415878 OXYGENEO, EUTM 07408057 TRIPOLLAR, CDR 008734180- 0001, CDR 008736797-0001, EUTM 006551832 POLLOGEN</t>
   </si>
   <si>
     <t>EUTM 000888321 BACARDI, EUTM 000885897 BOMBAY SAPPHIRE
 EUTM 000123265, EUTM 001366996, EUTM 002525384 ERISTOFF
 EUTM 001784735, EUTM 3117256 DEWAR'S, EUTM 3511276 MARTINIITM 0878510 MARTINI RACING, EUTM 000363374 GREY GOOSE, ITM 920326 MARTINI RACING, ITM 0890134 GREY GOOSE
 EUTM 002494896, EUTM 002367514 RON BACARDI MARCA DE FABRICA, EUTM 000888214, EUTM 000885863 SAPPHIRE</t>
   </si>
   <si>
     <t>EUTM 16055774 NUR DIE PRO NATURE, EUTM 14364971 NUR DIE
 EUTM 14364996 NUR DER	, EUTM1046153 NUR DER NUR DIE	
 EUTM6852149 NUR DIE QUALITÄT, EUTM6711089 NUR DIE	
 EUTM 424144 4NUR DIE, EUTM 3374493 CLEVER PRICE NUR DIE
 EUTM 6874 NUR DIE</t>
   </si>
   <si>
     <t>EUTM 003257961/EM GABBIANO, ITM 1448468/WO, EUTM 003257979/EM CASTELLO di GABBIANO, ITM 1076401/WO, ITM 1390000/WO CAVALIE RE D'ORO</t>
@@ -8083,245 +7666,196 @@
     <t>ITM 1417821/WO, EUTM 000626630/EM KOONUNGA HILL, EUTM 000615864/EM PENFOLDS, ITM 1553330/WO Penfolds, EUTM 017997619/EM, ITM 1407830/WO BEN FU, ITM 1507920/WO PENFOLDS, ITM1513754/WO PENFOLDS BIN 149, ITM1581512/WO PENFOLDS BIN 51, ITM 1513782/WO PENFOLDS BIN 600, ITM 1513839/WO PENFOLDS BIN 704, EUTM 000615260/EM PENFOLDS GRANGE, ITM 1508055/WO PENFOLDS LOT 518, ITM 1547756/WO PENFOLDS LOT. 015, ITM 1548205/WO PENFOLDS LOT. 020, ITM 1302568/WO PENFOLDS MAX'S, ITM 1317477/WO PENFOLDS RWT BIN 798, EUTM 018351630/EM PENFOLDS ST HENRI, EUTM 001439462/EM RWT</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 013592671 HERITAGE ART &amp; DESIGN OF THE OLYMPIC GAMES, ITM 1445565 BEIJING 2022, ITM 1327205 BEIJING 2022, ITM 1205034 BEIJING 2022, EUTM 018311409 TOKYO 2021, EUTM  018233834 TOKYO 2021, ITM 1127014 TOKYO 2020, EUTM 002827632 THE OLYMPICS, EUTM 002970366, ITM 1026242, EUTM 000876383 OLYMPIC GAMES, EUTM 009814294 OLYMPIC, ITM 1055101 OLYMPIAN, ITM 1496460 OLYMPIAN, ITM 1128499	 OLYMPIAD, ITM 1452513  OLYMPIC HERITAGE	</t>
   </si>
   <si>
     <t>EUTM  009208761 Spin Master, EUTM 010730349 S Spin Master, EUTM 015860174/EM THE ONE &amp; ONLY KINETIC SAND	
 EUTM 015524192/EM WACKY-TIVITIES KINETIC SAND	
 EUTM	018465919/EM KINETIC SAND, EUTM 015524201/EM KINETIC SAND</t>
   </si>
   <si>
     <t>ITM 1137346 PUROLITE, ITM1137351, EUTM 5683421 PUROLITE
 EUTM 6711907 MICROLITE, EUTM 13426077 PRAESTO, EUTM 15842024 PUROFINE</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 008897555, EUTM 003157815 TREK, EUTM 017087016 TREK, EUTM 006625991 BONTRAGER, EUTM 007344674 BONTRAGEREUTM 012981056 TREK </t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 005786835/EM, EUTM 000078782/EM MAGIC THE GATHERING,  EUTM 000238485/EM MONOPOLY, EUTM 000238527/EM PARKER BROTHERS, EUTM 000238675/EM RISK, EUTM 000325316/EM HASBRO, EUTM 000078964/EM WIZARDS OF THE COAST, EUTM000238352/EM MONOPOLY, EUTM 000238410/EM TRANSFORMERS, EUTM001008960/ EM FURBY, EUTM 002333524/EM DUEL MASTERS,EUTM002475374/EM My MONOPOLY, EUTM 002850006/EM  APPLEJACK, EUTM 002950434/EM RAINBOW DASH, EUTM 002950590/EM PINKIE PIE,EUTM003002326/EM FURREAL FRIENDS, EUTM 003152097/EM MY LITTLE PONY, EUTM 003163995/EM FREE PARKING, EUTM 004038006/EM LITTLEST PET SHOP, EUTM 004584298/EM LITTLEST PET SHOP, EUTM 004667069/EM Wizards OF THE COAST, EUTM 005036926/EM TWISTER, EUTM 005304027/EM MY LITTLE PONY, EUTM 018399001/EM COLLECT M200 SALARY AS YOU PASS GO, EUTM 017096322/EM, EUTM 018745189/EM MY LITTLE PONY, EUTM 009483331/EM CONNECT 4,EUTM018557798/ EM WIZARDS OF THE COAST, EUTM 017993920/EM MAGIC, EUTM 017955568/EM MAGIC THE GATHERING, EUTM 011092517 /EM,EUTM 014577548/EM FURREAL, EUTM 018657089/EM TRANSFORMERS EARTHSPARK, EUTM 017236654/EM CYBERTRON,EUTM017866883/EM BUMBLEBEE, EUTM 018708634/ EM, EUTM 018708631/EM, EUTM 016702276/EM, EUTM 017247701/EM MOVIE EDITION,EUTM008205098/ EM NERF, EUTM 009037698/EM SUPER SOAKER,EUTM015603855/EM OPEN A CAN OF IMAGINATION, EUTM 005786967/EM, EUTM 005787114/EM TRANSFORMERS,EUTM005787155/EM TRANS FORMERS
 EUTM006296438/EM SWEETIE BELLE, EUTM006296479/EM SCOOTALOO, EUTM 006803449/EM TRANSFORMERS,EUTM 007280811/EM N-STRIKE, EUTM007410591/EM NERF, EUTM 000078782 Magic The Gathering, EUTM 008141426/EM TRANSFORMERS - REVENGE OF THE FALLEN, EUTM 008204893/EM LITTLEST PET SHOP,EUTM008206336/EM DUNGEONS &amp; DRAGONS, EUTM 008982878/EM PLAY-DOH,EUTM 009006404/EM Play-Doh, EUTM 009037805/EM Nerf, EUTM 009109241/EM Hasbro, EUTM 009193723/EM TRANSFORMERS PRIME, EUTM 009207051/EM LITTLEST PET SHOP, EUTM 009207119/EM MONOPOLY, EUTM 009207151/EM MY LITTLE PONY, EUTM 009207218/EM TRANSFORMERS, EUTM009212333/ EM, EUTM 009212374/EM,EUTM009415142/EM DARK OF THE MOON, EUTM 009604794/EM my LITTLE PONY, EUTM010657931/ EM N-STRIKE ELITE, EUTM 010766368/EM Hasbro Gaming, EUTM 011092351/EM FRIENDSHIP IS MAGIC, EUTM 011092491/EM FURBY, EUTM011092582/ EM A MIND OF ITS OWN, EUTM 011516441/EM EQUESTRIA GIRLS, EUTM012243465/EM 
 TRANSFORMERS AGE OF EXTINCTION, EUTM 012818051/EM TRANSFORMERS ROBOTS IN DISGUISE,EUTM013701685 /EM EQUESTRIA GIRLS, EUTM 015122575/EM GUARDIANS OF HARMONY,EUTM015592058/EM TRANSFORMERS THE LAST KNIGHT, EUTM016139545/EM OPTIMUS PRIME, EUTM 016139561/EM BUMBLEBEE, EUTM 016139586/EM MEGATRON,EUTM016139651/EM GRIMLOCK, EUTM 016139735/EM AUTOBOT, EUTM016139751/EM DECEPTICON, EUTM 016386567/EM, EUTM 013429642/EM, EUTM 018950626/EM, EUTM000238345/EM CLUEDO,EUTM001628866/EM Cluedo
 EUTM 011092434/EM FURBY, EUTM 018956468/EM FURBLETS, EUTM 017096306/EM MONOPOLY, EUTM 004279899/EM Play-Doh, EUTM 001094754/EM Hasbro</t>
   </si>
   <si>
-    <t>EUTM 9278862 DITRON (WORD, EUTM15540313 SWEDA (COMPLESSO), EUTM 6826911 SAREMA (COMPLESSO), EUTM 011988623 DITRONETWORK (COMPLESSO), EUTM 014963698 OMEGA (COMPLESSO), EUTM 011988607 DITRONETWORK (WORD), EUTM 14963681, EUTM 6827141 SWEDA (COMPLESSO), EUTM 14963714 OMEGA BILANCE (COMPLESSO)</t>
-[...1 lines deleted...]
-  <si>
     <t>CDR 000208996-0002, CDR	000208996-0001</t>
   </si>
   <si>
     <t>ACO Ahlmann SE &amp; Co. KG</t>
   </si>
   <si>
     <t>drenāžas kanāli</t>
   </si>
   <si>
     <t>Storz &amp; Bickel GmbH</t>
   </si>
   <si>
     <t>EUTM 009176959 Plenty, EUTM 018846657 VENTY, EUTM 018062810 Crafty+, EUTM 011591575 Crafty, EUTM006145072, 006145072 ,EUTM 004238341 Storz &amp; Bickel, EUTM 018062811 Volcano Hybrid, EUTM018062809 Mighty+, EUTM011591567 Mighty, EUTM 002823375 Volcano</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  004301743 1890P, EUTM  004301735 P, EUTM  004301651  USPA, EUTM  003445681  P, EUTM  002599843 U.S. POLO, EUTM  000352302  UNITED STATES POLO ASSOCIATION, EUTM  000352245 UNITED STATES POLO ASSOCIATION, EUTM  004298956  U.S. POLO, SOCIATION, EUTM  003445749  U.S. POLO ASSN, EUTM  000352385   U.S.P.A., EUTM  009733361  U.S. POLO ASSN. since 1890, EUTM  013884317  USPA, EUTM  004998696, EUTM  004567822  1890P, EUTM  004567681U.S. Polo, association  
 EUTM  004433223  U.S. POLO ASSN. SINCE, EUTM  004567194  USPA, EUTM  004433215   U.S. POLO ASSN. EUTM  004424933  USPA, EUTM  004375309  1890P, EUTM  004374765  P, EUTM  004567483  U.S. POLO ASSN. EUTM  006111751   UNITED STATES POLO ASSOCIATION, EUTM  004422465  U.S. Polo Association, EUTM  004567591 U.S. POLO ASSN. SINCE P 1890  
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 016995342 BADGAL BANG, EUTM 011733953 BENEFIT, EUTM 007381023 benefit, EUTM 018251229 BENEFIT GEORGIA, EUTM 00372 03007 BENEFIT, EUTM 006020473 BOI-ING, EUTM 011101219 ACHATINT, EUTM 017978514 COOKIE, EUTM 007275142 CORALISTA, EUTM 006020762 DALLAS DANDELION, EUTM 015125751 DANDELION TWINKLE, EUTM 003723087 DR.FEELGOOD, EUTM 014405583 GALIFORNIA, EUTM 014417976 GIMME BROW, EUTM 015800766 GOGOTINT, EUTM 015800758 GOLD RUSH, EUTM 003722295 HIGH BEAM, EUTM 016417611 HIGH BROW, EUTM 006023188 HOOLA, EUTM 011352499 LOLLITINT, EUTM 007018963 POSIE TINT, EUTM 010784635 ROCKATEUR, EUTM 011180593 ROLLER LASH, EUTM 008527293 THE POREFESSIONAL, EUTM 013711064 THE POREFESSIONAL : MATTE RESCUE, EUTM 009518549 THEY'RE REAL, EUTM 017978513 TICKLE, ITM 1323022 PUNCH POP!	
 </t>
   </si>
   <si>
     <t>EUTM 009075003VEJA, CDR 008531891-0001, CDR 008531891-0002
 CDR 008531891-0003, CDR 008531891-0004, CDR 008531891-0005, CDR 008531891-0006, CDR 008531891-0007, CDR 008531891-0008, CDR 008531891-0009</t>
   </si>
   <si>
-    <t>EUTM 001348911/EM, EUTM 000483719/EM EVISU</t>
-[...4 lines deleted...]
-  <si>
     <t>ITM 1161231 RIOT GAMES, EUTM 008243495 RIOT GAMES, EUTM 018164974 CONV/RGENCE: A LEAGUE OF LEGENDS STORY, EUTM 018041571 KDA, EUTM 009502221 LEAGUE OF LEGENDS, EUTM 008243487 LEAGUE OF LEGENDS, EUTM 018137214 LEAGUE OF LEGENDS: WILD RIFT, EUTM 018063087 RIOT FORGE, EUTM 017967120 LEGENDS OF RUNETERRA, EUTM 018108697 TRUE DAMAGE, EUTM 018199063 VALORANT, EUTM 018164973 RUINED KING: A LEAGUE OF LEGENDS STORY, EUTM 018088897 TEAMFIGHT TACTICS, EUTM 018401274 LOL ESPORTS, EUTM 018480556 ARCANE LEAGUE OF LEGENDS, EUTM 018597636 HEXTECH MAYHEM: A LEAGUE OF LEGENDS STORY, ITM 1378904 PENTAKILL</t>
   </si>
   <si>
     <t>Riot Games, Inc</t>
   </si>
   <si>
     <t>spēles</t>
-  </si>
-[...1 lines deleted...]
-    <t>ITM 1707443/WO JABRA, EUTM 016671489/EM JABRA, ITM 1347299/WO Jabra GN	, ITM 951112/WO Jabra MULTI USE, EUTM 002162048/EM JABRA</t>
   </si>
   <si>
     <t>GN HEARING A/S</t>
   </si>
   <si>
     <t xml:space="preserve">bezvadu austiņas </t>
   </si>
   <si>
     <t>M H C S</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni, ekstrakti alkoholiskie augļu ekstrakti</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 006819321/EM NIKEWOMEN, EUTM 012413613/EM RISK EVERYTHING, EUTM 016026338/EM ZONAL, EUTM 005733795/EM NIKEGOLF, EUTM 005698097/EM PACEKEEPER, EUTM 011600699/EM DESIGNED TO MOVE, EUTM 013146725/EM NIKE AIR, EUTM 012137493/ EM MAGISTA, EUTM 011718889/EM HYPERVENOM	, EUTM 011722931/ EM HYPERFLECT, EUTM 008117715/EM NIKE GRIND, EUTM 000278093/ EM NIKE TOWN, EUTM 000278077/EM AIR JORDAN, EUTM 000277889/ EM NIKE, EUTM 007554637/EM NIKE PRO COMBAT, EUTM 012441051/ EM COLORDRY, EUTM 015827231/EM NIKE HYPERSTRONG, EUTM 006455307/EM FLYWIRE, EUTM 016768418/EM NIKE JOYRIDE, EUTM 0121163 98/EM JUST DO IT, EUTM 003289253/EM 90, EUTM 000555763/ EM ACG, EUTM 000514984/EM JUST DO IT, EUTM 000278101/EM DRI-F.I.T., EUTM 014345284/EM, EUTM 001071000/EM, EUTM 012492583/EM FLIGHT23, EUTM 012600128/EM NIKE AEROLOFT, EUTM 000277624/EM CHALLENGE COURT, EUTM 005184619/EM LUNGE,EUTM 007448095/EM LUNARG, EUTM 016026379/EM JUST DO IT, EUTM 010687713/EM NIKE+ SPORT, EUTM 000277970/EM THERMA-F.I.T., EUTM007577381/EM TOTAL90, EUTM 006952089/EM VAPOR, EUTM 007054216/EM POWER PLATFORM, EUTM 010687788/EM NIKE+ TRAINING, EUTM 010687739/ EM NIKE+ BASKETBALL, EUTM 002584340/EM ACG, EUTM 006058606/ EM NIKEID., EUTM 010898344/EM NIKE PRO COMBAT HYPERSTRONG
 EUTM 003712023/EM LBJ, EUTM 004961041/EM PHYLAR, EUTM 018205522 AIR270, EUTM 002631349/EM PRESTO, EUTM 010616993/EM NIKE+ FUELBAND, EUTM 004719282/EM THE EYES LEAD THE BODY, EUTM 014626006/EM VOMERO, EUTM 009022187/EM T90, EUTM003014 552/EM TRIAX,  EUTM 001155530/EM Tn AIR	</t>
-  </si>
-[...1 lines deleted...]
-    <t>EUTM	018212726 CHRISTIAN DIOR, EUTM 008948077 CD, EUTM 008927436 CD, EUTM 006463046 Dior, EUTM 005830328 Dior, EUTM 004705398 Dior, CDR 000058300-0001, EUTM 000391615, ITM 1100187, CDR 002274977-0001, CDR000058300-0002, CDR 009187750-0001, CDR 009187750-0003, ICD DM/086702, ITM 1360032 J'ADIOR, ITM 1564053 CD ITM 1564066 CD CD CD CD CD, EUTM 017817255 CHRISTIAN DIOR, ITM 1738992, ITM 991522 Dior,ITM 951058 Dior,ITM	950302,ITM1205417 CD, ITM 1102827DIOR</t>
   </si>
   <si>
     <t>EUTM 000514901/EM SWOOSH,EUTM 012995973/EM MERCURIAL
 EUTM 013072988/EM NIKE AIR VAPORMAX, EUTM 004724324/EM TUNED AIR, EUTM 008423477/EM, EUTM 012101689/EM NIKE, EUTM 001187483/EM, EUTM 006952287/EM, EUTM 004966487/EM ATHLETICS WEST, EUTM 004653648/EM, EUTM 007534101/EM AIR FORCE I, EUTM 005141858/EM, EUTM 010777761/EM FLYKNIT, EUTM 006253645/EM BECOME LEGENDARY, EUTM 000277731/EM NIKE F.I.T., EUTM 000252361/EM STORM-F.I.T., EUTM 004626552/EM 90, EUTM 007585003/ EM COR72Z, EUTM 003279247/EM 90, EUTM 008539702/EM MS, EUTM 000827824/EM nike, EUTM 009022245/EM TIEMPO, EUTM 003712023/EM LBJ, EUTM 004961041/EM PHYLAR</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 002128124-0007, CDR 002128124-0009, EUTM 007546799 DENTAFLEX , EUTM 014204853 PEDIGREE. FEED THE GOOD, EUTM 017884522 PEDIGREE DOG DATES, CDR 001246557-0001, CDR 002128124-0001, CDR 002128124-0010, EUTM 017902186 PEDIGREE SEASON OF GOOD DOG, EUTM 008527517 POCKETS, CDR 001246557-0002, EUTM 005646823, EUTM 000001066 PEDIGREE, EUTM 011862356 HIDE AND SNIFF, CDR 000654140-000, CDR 000725064-0001, CDR 000275064-0002, CDR 000760673-0002, CDR 000760673-0003, CDR 000760673-0004, CDR 0001246557-0001 
 CDR 0001981457-0005, CDR 0001981457-0004, CDR 002009100-0001, CDR 002009100-0002, CDR 002035733-0013, EUTM 006112171 THE PEDIGREE ADOPTION DRIVE, EUTM 006299374 PEDIGREE JOINT CARE, EUTM 006708051, EUTM 009833427 XTRA VITAL PROTECTION, EUTM 009950668 PEDIGREE VITAL PROTECTION, EUTM 010258671 PEDIGREE DENTATUBOS, EUTM 010561215 PEDIGREE PUPPY TO DOG, EUTM 010930832, EUTM 011420461, EUTM 011420346 DENTURE YOUR DOG, EUTM 011420429 DOGGIE DENTURES, EUTM 011423936 EDIGREE 4 IN 1 NUTITION, EUTM 011423886 PEDIGREE VITAL NUTRITION, EUTM 011436516 LA VIE A BELLES DENTS, EUTM 000395434 PEDIGREE, EUTM 007249667 The PEDIGREE Adoption Drive, CDR 000760673-0001, CDR 000725064-0002, CDR 001981457-0004, EUTM 011641768 LA ViE À BELLES DENTS, EUTM 008758815 PEDIGREE JUMBONE, CDR 001981457-0005, EUTM 014354906 PEDIGREE, EUTM 017884765 PEDIGREE FESTIVAL OF GOOD DOG </t>
   </si>
   <si>
     <t xml:space="preserve"> CDR 004519874-0043, CDR 004519874-0001 Celebrations, CDR 001998592-0001, CDR 001188544-0001, EUTM 018055033 Bring the Whoop Whoop, CDR 004519874-0034, CDR 004519874-0035, CDR 004519874-0036, CDR 004519874-0049, CDR 004519874-0040, CDR 004519874-0037, CDR 004519874-0062, CDR 001951344-0002, CDR 004519874-0007 Special Mix, EUTM 017545211 CELEBRATIONS, EUTM 011432812 CELEBRATIONS ADVENTURES IN CHOCOLATE!, EUTM 007560345, EUTM 008188088 Celebrations, EUTM 010200699 CelEBraTiONs, EUTM 017545187, CELEBRATIONS, EUTM 003698214, EUTM 002522480, EUTM 005015698, CDR 004519874-0022, CDR 004519874-0024 Celebrations, CDR 004519874-0028 </t>
   </si>
   <si>
     <t>ITM 1467989 Bienen Logo (reine Bildmarke), EUTM 007353469 PATRON	, EUTM 017817214	 PATRÓN, EUTM 001747666 PATRON</t>
   </si>
   <si>
     <t xml:space="preserve">          
 EUTM 009631029 ZUMBA SENTAO,  EUTM 008551186 ZUMBATOMIC, EUTM 008547952 ZUMBATHON, EUTM 006712475Zumba Fitness, EUTM 004972121 ZUMBA FITNESS, EUTM 006712434 ZUMBA fITNESS, EUTM 006712152 ZUMBA fitness, EUTM 008551269 ZUMBA, EUTM 009855859 ZUMBA FITNESS, EUTM 009855669 ZUMBA FITNESS
 EUTM 010219111ZUMBA 
 </t>
   </si>
   <si>
     <t>ICD DM/214904 VOIR PHOTOS SUR LISTE, ICD DM/213298 VOIR PHOTOS SUR LISTE, ICD DM/077956 VOIR PHOTOS SUR LISTE, ICD DM/075437 VOIR PHOTOS SUR LISTE, ICD DM/072781 VOIR PHOTOS SUR LISTE, ICD DM/202832 VOIR PHOTOS SUR LISTE, ICD DM/100828 VOIR PHOTOS SUR LISTE, ICD DM/200999 VOIR PHOTOS SUR LISTE, ICD DM/206548 VOIR PHOTOS SUR LISTE, ICD DM/205604 VOIR PHOTOS SUR LISTE, ICD DM/096328 VOIR PHOTOS SUR LISTE, ICD DM/091100 VOIR PHOTOS SUR LISTE, EUTM 012875803 CHAUMET, CDR 000895925-0003 Bagues	
 CDR 000697990-0001 Bagues, ITM 1360161 CHAUMET	, ITM 1345714 C, ITM 149055 CHAUMET PARIS L'art de la joaillerie depuis 1780, ITM1332186 JEUX DE LIENS, ITM1519398 JEUX DE LIENS HARMONY, ITM1373606 Liens d'Amour, ITM1373607 LIENS EVIDENCE, ITM1373605 LIENS SEDUCTION, ITM1278058 AIGRETTE IMPERIALE, ITM1067410 BEE MY LOVE, ITM1353320 TORSADE DE CHAUMET, ICDDM/086354 VOIR LISTE DES DROITS, ICDDM/081075</t>
   </si>
   <si>
-    <t xml:space="preserve"> ITM  1262696  Marlboro, CDR  002490581-0010 MARLBORO, CDR  002490581-0009, CDR  002490581-0008  MARLBORO, CDR  002490581-0007, CDR  002490581-0006, CDR  002490581-0005, CDR  002490581-0004, CDR  002490581-0003, CDR  002490581-0002  MARLBORO, CDR  002490581-0001, EUTM  002 800 670 Basic, EUTM  001 653 708, EUTM  000 778 191 Marlboro, EUTM  000 075 606 MARLBORO, EUTM  000 075 812 BASIC, EUTM  000 075 705 BOND STREET, EUTM  000075564 PHILIP MORRIS, EUTM  0 943 443 RED &amp; WHITE, EUTM  003 197 399 PHILIP MORRIS SUPREME, CDR  002856989-0002, CDR  002856989-0001, ITM  1238460  93040336  Marlboro, ITM  1262697 Marlboro, ITM  1262698 Marlboro, ITM 1262699 Marlboro,ITM1239951  Marlboro, EUTM13209771Marlboro, EUTM  000186221VIRGINIA SLIMS FILTER,CDR  002490581-0020  MARLBORO, CDR  002490581-0019, CDR  002490581-0018  93031414  MARLBORO, CDR  002490581-0017, CDR  002490581-0016  MARLBORO, CDR  002490581-0015  93031404, CDR  002490581-0014  MARLBORO, CDR  002490581-0013, CDR  002490581-0012  MARLBORO, CDR  002490581-0011 </t>
-[...5 lines deleted...]
-  <si>
     <t xml:space="preserve">                                                                                                                                                                                                                    EUTM 001508530 EVERLAST,EUTM 002507028 EVERLAST, EUTM 003295061 EVERLAST, EUTM 004909115 EVERLAST, EUTM 01390356 EVERLAST CHOICE OF CHAMPIONS, EUTM 013907407 EVERLAST, EUTM 009003393 EVERLAST, EUTM 013906888 EVERLAST E, EUTM 013925086EVERLAST E, EUTM 015120595 EVERLAST F.I.T., EUTM 004670899 EVERLAST, EUTM 01390344 EVERLAST, EUTM 003216306 EVERLAST CHOICE OF CHAMPIONS, EUTM 011269925 EVERLAST, EUTM 011374048 EVERLAST, EUTM 011698032 EVERLAST, EUTM 013503701 EVERLAST, EUTM 016370561 EVERLAST E, EUTM 013903307 E, EUTM 002203339 EVERLAST, EUTM 016384026, EUTM 010196327 EVERLAST, EUTM 011531878 EVERLAST, EUTM 015762057 EVERLAST F.I.T., EUTM 006180913 GREATNESS IS WITHIN, EUTM 013906722 GREATNESS IS WITHIN, EUTM 013903381 E, EUTM 012642121 E	
 EUTM 006181011, EUTM 012642286 E	
 </t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 008671521/EM MONTALE,ITM 1349853/WO, MTL MONTALE 3/WO MTL MONTALE, CDR 001835836-0001/EM, ITM  1156506, ITM  1020922, EUTM  009324237   M MANCERA, EUTM  008671521  10977166  MONTALE, ITM, EUTM  014675599  10977169  OUDMAZING, CDR  001835836-000, CDR 005910544-0001/EM   </t>
   </si>
   <si>
     <t xml:space="preserve">CDR  000942412-0002, CDR  001944984-0002, CDR  001944984-0003 
 CDR  001944984-0004, CDR  001944984-0005, CDR  001944984-0006  
 CDR  001944984-0001, CDR  000942412-0003, EUTM  004323317 MARS, EUTM  006360028 MARS WORK, REST AND PLAY, EUTM  006405062 MARS REFUEL, EUTM  009254251  Mars, EUTM  002152825 Mars , EUTM  002830172 Mars DRINK, CDR  000942313-0001, CDR  000942313-0002, CDR  000942313-0003, CDR  000942412-0001  
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000394189/EM BRAUN, CDR 000102827 - 0007/EM,  ICD  D079213/ WO, ICD D073819/WO, ICD D072551/WO, ICD DM/093 043, ICD DM/087897, ICD DM/091 110, ICD DM/098 341
 </t>
   </si>
   <si>
     <t>CDR 002546317, CDR 002546200</t>
   </si>
   <si>
     <t>Häfele SE &amp; Co KG</t>
   </si>
   <si>
     <t>instrumenti mēbeļu pēdu regulēšanai</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 018304869 ISLA DAWN, EUTM 018304866 EDDIE DENNIS	
 EUTM 018304872 JACK STARZ, EUTM 018561950 NXT 2.0	
 EUTM 019067034 THE PURE FUSION COLLECTIVEEUTM 006403125 DUDE LOVE, EUTM 006402994 MICK FOLEY, EUTM 006402911DH SMITH, EUTM 006375521 AYDEN JETER, EUTM006375431 WWE MAGAZINE &amp; Device, EUTM006374011AUSTIN 3:16, EUTM 006373997WHAT?, EUTM006373948LEGEND KILLER, EUTM 006373898 JESSE DALTON, EUTM 006373864 FESTUS DALTON, EUTM006368658 GLAMAZON, EUTM 002420925 SMACKDOWN, EUTM 002420917 SURVIVOR SERIES, EUTM 002420891 KING OF THE RING, EUTM 002420875 HEAT, EUTM 002238319 CHYNA, EUTM 002168334 SMACK DOWN RECORDS Logo, EUTM 00186820 HHH, EUTM 01768464HHH (Stylised), EUTM 001731165 LAYETH THE SMACKETH DOWN, EUTM 001731132 TITANTRON, EUTM 001730894 TRIPLE H, EUTM 009873399 TOUGH ENOUGH Logo, EUTM009861998 STONE COLD STEVE AUSTIN, EUTM 009857947 EDGE, EUTM 009857921 TRIPLE H, EUTM 009857905 SUMMERSLAM, EUTM 009857889 ROYAL RUMBLE, EUTM 09857871 EDDIE GUERRERO, EUTM 009857848 THE ROCK, EUTM 009857806 STONE COLD STEVE AUSTIN, EUTM 009857764 BIG SHOW, EUTM 009857723REY MYSTERIO, EUTM 011969631 BRODUS CLAY, EUTM 011906153 WWE SLAM CITY, EUTM 011905312 BELLA TWINS, EUTM 011826542 CURT AXEL, EUTM 011788965 CRUSH WEAR, EUTM 011788866 CRUSH GEAR, EUTM 011759073 TOTAL DIVAS, EUTM 011759008 CRUSH COUTURE, EUTM 011713435 DIVA DIARIES, EUTM 011705548 DIVALICIOUS, EUTM 011700747 WWE New Scratch Logo, EUTM 015747355 RAN METALIK, EUTM 015721111 WWE TALKING SMACK, EUTM 015690399S HINSUKE NAKAMURA, EUTM 015622897 INTERCONTINENTAL CHAMPION, EUTM 015596745 WWE STORY TIME, EUTM 015545569 NXT Logo (Horizontal)</t>
   </si>
   <si>
     <t>CDR 002500991, CDR 002500991-0008, CDR 002500991-0011, CDR 002500991-0025, CDR 002500991-0002, CDR 002500991- 0005, CDR 002500991-0012, CDR 002500991-0014, CDR 002500991-0015, CDR 002500991-0018, CDR 002500991- 0019, CDR 002500991-0023, CDR 002500991-0004, CDR 002557983- 0008, CDR 002500991-0006, CDR 002500991- 0007, CDR 002500991-0010, CDR 002500991-0017,  CDR 002500991-0020, CDR 002500991-0024, CDR 002500991- 0026, CDR 002557983- 0001, CDR 002557983-0003, CDR 002557983-0007,  CDR 002500991-0016, CDR 002500991- 0001, CDR 002500991-0003, CDR 002500991-0009, CDR 002557983-0002,  CDR 002500991- 0021, CDR 004034072- 0005, CDR 004034072-0003,  EUTM 018152863 Trade mark without text, EUTM 012948221 Trade mark without text, CDR 004034 072 -0001, CDR 004034072-0002, CDR 004034072-0004, EUTM 011045325 PAW PATROL, EUTM 012922571 PAW PATROL, EUTM 012948105 PAW PATROL, EUTM 018152851 Trade mark without text, EUTM 018152859 Trade mark without text, CDR 004034072-0006, CDR 004034072-0007, EUTM 010730349/EM S SPIN MASTER, EUTM	009208761/EM SPIN, ASTER,EUTM010960839/EM RYDER, EUTM 011463891/EM NO JOB IS TOO BIG, NO PUP IS TOO SMALL, EUTM 011030715/EM PUPS AT WORK, EUTM 018814070/ EM RUBBLE &amp; CREW</t>
   </si>
   <si>
-    <t>CDR 005276623-0010, CDR 005276623-0011, CDR 6893665-0001, CDR 6893665-0002, EUTM 000342683 BLAHNIK, CDR 005276623-0007, CDR 007262274-0001, EUTM 5310685 MANOLO BLAHNIK, EUTM 2773547MANOLO,CDR005276623-0001,CDR005276623-0002,CDR005276623-0008, CDR 005276623-0009, EUTM 5120332, CDR 005276623-0006, CDR 005276623-0005, EUTM 5120365 BLAHNIK, EUTM 15679426 NAWM, EUTM 9336661 MANOLO BLAHNIK, CDR 005276623-0004, EUTM 14460448 NAWM, EUTM 14460455 NAWM, CDR 005276623-0003, EUTM 2754166 BLAHNIK</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 006461041 KAMASUTRA, CDR 000840442-0001 Modele de pendentif, CDR 000840442-0002 Modele de bague, CDR 000274840-0001 Modele de pendentif	, CDR 000274840-0004 Modele de bracelet, CDR000274840- 0005 Modele de bracelet, CDR 000274840-0006Modele de bracelet,CDR 000274840- 0011 Modele de bague,CDR000840442-0003 Modele de bracelet ouvert, CDR 000840442-0004Modele de pendentif Kamasutra, CDR001721762- 0003 Modele de bijoux, CDR 001721762- 0007 Modele de menottes Dinh Van 925, CDR001721762-0021 Modele de bague,CDR 002260778-0008Modele de bague, CDR 001721762-0018 Modele de boucles d'oreilles,CDR 001721762-0012Modele de menottes Dinh Van 750, CDR 001721762-0017 Modele de bijoux, CDR 001721762-0019 Modele de collier, CDR 002260778-0009 Modele de bague, CDR 002260778-0010 Modele de bague, CDR 002260778-0012 Modele de bague, CDR 002260778-0013 Modele de bague, CDR 004697449-0001 Modele de bague, CDR 004697449-0003 Modele de bague, CDR004697449- 0004 Modele de bague, EUTM 002998763 PI, EUTM 003584935 DINH VAN, EUTM 003586931 CIBLE, EUTM 008849201 PI INDEPENDENT, EUTM 011878816 SPIRALE, EUTM 015228877 LE CUBE DIAMANT, EUTM 003601341 PI CHINOIS</t>
-  </si>
-[...4 lines deleted...]
-    <t>tualetes skalojamais</t>
   </si>
   <si>
     <t>HALLMARK CARDS INCORPORATED</t>
   </si>
   <si>
     <t>apģērbi, kancelejas preces, apsveikuma kartītes u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 003712959-0016, CDR 003712959-0025, CDR 003712959-0026, CDR 003712959-0027, CDR 003712959-0028, CDR 003712959-0029, CDR 003712959-0009, CDR 001291066-0001, CDR 002012336-0003, EUTM 001541739, EUTM 001834373, CDR 003712959-0024, EUTM 010530558 M&amp;M'S IT DOESN'T GET BETTER THAN THE ORIGINAL, EUTM 010530483  M&amp;M'S NOTHING FANCY, JUST THE FACTS, EUTM 010530509  M&amp;M'S THE BIGGEST THING TO HAPPEN TO MILK, CHOCOLATE, EUTM 010722411 10000027 MS. BROWN, EUTM 010749191, EUTM 002744639 RED, EUTM 002743706 YELLOW, EUTM 012437885 MY M&amp;M'S, EUTM 003849148, EUTM 003853298, EUTM 003849023, EUTM 003853281, EUTM 003849122, EUTM 003849056, EUTM 011455731 M&amp;M'S, EUTM 001837384, EUTM 001838689, EUTM 009858151 NEVER LET 'EM SEE YOU MELT, EUTM 010065027 M&amp;M'S INTENSE, EUTM 002443232 M&amp;M'S, EUTM 000001446 M&amp;M'S, EUTM 005422142, EUTM 005422332, EUTM 005555164, EUTM 005555156, EUTM 001838713, EUTM 000656223 10000039 M&amp;M'S, EUTM 008749673 M&amp;M'S, EUTM 008504649, EUTM 008504615, CDR 003712959-0004, CDR 003712959-0005, CDR 003712959- 0007, CDR 003712959-0011, CDR 003712959-0012, CDR 003712959-0013, CDR 003712959-0015, CDR 003712959-0017 
 </t>
   </si>
   <si>
     <t>EUTM 018871160 LIFTER MOBILE ROBOTICS PRAMAC, EUTM 015077548 PRAMAC, EUTM 006941793 PRAMAC, EUTM 018871143 LIFTER MOBILE ROBOTICS PRAMAC</t>
   </si>
   <si>
     <t>PR INDUSTRIAL S.R.L.</t>
   </si>
   <si>
     <t>PRAMAC dīzeļa ģenerators GSW30Kw</t>
   </si>
   <si>
-    <t>ICD D091620-0003/WO</t>
-[...7 lines deleted...]
-  <si>
     <t>EUTM 018714012 MOBSTER, EUTM 018711868 SOCIAL SMOKE	
 EUTM 018711889, EUTM 018701363 FOREVER YOUNGITM 1591058 ABSOLUTE ZERO, EUTM 013653721, EUTM 017926438 MESMERISE, EUTM 013653712, EUTM 017368135 Social, EUTM 011554698 SOCIAL SMOKE</t>
   </si>
   <si>
     <t>Honda Motor Europe LTD</t>
   </si>
   <si>
-    <t>gaisa spilveni automašīnām motocikli,  elektrības ģenerators u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 016253502 Pranamat, EUTM 016253528 PranaPillow, EUTM 016265332 Pranamat ECO, EUTM 018065860 Schmerzt so gut!, ITM1174027 PRANA MAT   ECO, ITM 1247756 PRANAMAT, CDR 001552605, CDR 001584731, CDR 005242559, ICD D210564</t>
   </si>
   <si>
-    <t>EUTM 003922143/EM SKF, EUTM 000147074/EM SKF, EUTM 000146878/EM SKF, EUTM 001725845/EM SKF</t>
-[...1 lines deleted...]
-  <si>
     <t>Aktiebolaget SKF</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">rūpnieciskās eļļas un smērvielas, vaski,  putekļu absorbētāji, mitrinātāji un saistvielas, sveces un daktis apgaismošanai, lauksaimniecības instrumenti, olu inkubējamās mašīnas, tirdzniecības automāti, rokas instrumenti un darbarīki, galda piederumi, skuvekļi  neelektriskie kabeļi un stieples no parastajiem metāliem, mazas datortehnikas un metāla preces, metāla konteineri uzglabāšanai vai transportēšanai, plastmasas loksnes, plastmasas plēve un plastmasas maisiņi iepakošanai un iesaiņošana u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 005628144, EUTM 012644225 asics, ITM 1378136ASICS Tiger
 ITM 1396309 Asics TIGER, ITM 1416514 ASICSTIGER, EUTM 005653852 asics, EUTM 006383574 nawm, EUTM 003242187 nawm, EUTM811294/Asics, EUTM 5811328/Asics, EUTM 4709739/Asics, EUTM 5653852/Asics, EUTM 6383574, EUTM 3242187, EUTM 5626577, EUTM 56288086, EUTM 4360939/Onitsuka Tiger, EUTM 2965101/Onitsuka Tiger, EUTM 5166103/ Onitsuka Tiger 
  </t>
   </si>
   <si>
     <t>ASICS EUROPE BV</t>
   </si>
   <si>
     <t>EUTM 18202495 Palm Angels, EUTM 18182274 PALM ANGELS x PALM ANGELS. ALL RIGHTS RESERVED, EUTM 17866896 Pam Angels, EUTM 13896006 Palm Angels</t>
   </si>
   <si>
     <t xml:space="preserve">CDR  002193367-0001, CDR  002153254-0001, EUTM  017549585  
 EUTM  1343181 OLMECA, EUTM  012088928 SWITCH ON THE NIGHT, EUTM  009660978 Jesús Hernández, EUTM  008343741 OLMECA ALTOS, EUTM  007530868 OLMECA </t>
   </si>
   <si>
     <t>EUTM 004873411 BABOLAT, EUTM 000707034, ITM 1092433, ITM 1191772 PLAY, ITM 1196315 10434132 PLAY, ITM 1302911 10662609 POP, EUTM 003741981</t>
   </si>
   <si>
     <t>ICD DM/233039, ICD DM/222773,CDR 015058841-0004,CDR 015058841-0003, CDR 015058841-0002, CDR 015058841-0001, CDR 015021736-0005, EUTM 018591923 WATER 2.0, EUTM 018988175 Sip. Swap. Repeat., ICD DM/217 839, ICD DM/229 089, ICD DM/238796, ICD DM/200 432, EUTM 018002837 AIR UP, UTM 018988116 Water in. Pod on. Flavor up.,EUTM 018784963 PIO, EUTM 018868252 EXCITE THE ORDINARY, EUTM 018756748 SCENTASTE</t>
   </si>
   <si>
     <t>EUTM 8475063, EUTM 4121356 SMART STRAWEUTM 000141416 WD-40, EUTM 000141465 WD-40 /fig./, EUTM 000002981 /fig./, EUTM 000142562 /fig./, EUTM 008475063 /fig./, EUTM 010037042 WD-40 SPECIALIST, EUTM 010037232 WD-40 SPECIALIST /fig./, EUTM 010037398 WD-40 SPECIALIST /fig./, EUTM 004121356 SMART STRAW, EUTM 009926338 WD-40 COMPANY /fig./, EUTM 009926569 WD-40 COMPANY /fig./, M 38078 WD-40, M 38 077</t>
   </si>
@@ -8333,94 +7867,74 @@
     <t>EUTM 004092541/EM CaptainMorgan, EUTM 018713735/EM CAPTAIN MORGAN ORIGINAL SPICED GOLD, EUTM 009101775/EM CAPTAIN MORGAN ORIGINAL SPICED GOLD, EUTM 011442613/EM CAPTAIN MORGAN BLACK SPICED, EUTM 006916126/EM CAPTAIN MORGAN PARROT BAY, EUTM 010054542/EM CAPTAIN MORGAN BLACK, EUTM 012799433/EM CAPTAIN MORGAN 
 EUTM 018213701/EM CAPTAIN MORGAN TIKI, EUTM 010893543/EM CAPTAIN MORGAN, EUTM 017925470/EM CAPTAIN MORGAN</t>
   </si>
   <si>
     <t>DIAGEO SCOTLAND LIMITED</t>
   </si>
   <si>
     <t>REMY COINTREAU EUROPE &amp; MEA SA</t>
   </si>
   <si>
     <t>EUTM 010331106/EM S&amp;E&amp;A METAXAOUZO BY METAXAS. METAXA, EUTM 002950855/EM ears 12 STARS LIMITED Nº OF BOTTLES THE GREEK SPIRIT e70cl 40%vol., EUTM 011088796/EM METAXA, ITM 466654/WO METAXA, ITM 994866/WO METAXA 5, ITM 994867/WO METAXA 5, ITM	998435/WO METAXA 5, ITM 1053461/WO METAXA 3 THE ORIGINAL GREEK SPIRIT 1888, ITM 1290572/WO METAXA ANGELS' TREASURE, ITM 1346886/WO METAXA</t>
   </si>
   <si>
     <t>ICD DM/221 603, ICD DM/221 587, ICD DM/206 773</t>
   </si>
   <si>
     <t>ANHUI HUAMI INFORMATION TECHNOLOGY CO., LTD.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000207704 THREE STARS SAFETY MATCHES, EUTM 000721092 THREE STARS, EUTM 018040586 THREE STARS SAFETY MATCHES 
 </t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                        EUTM 5867452 PLAYTEX MY SIZE, EUTM 3210036 PLAYTEX BEAUTY CROSS, EUTM  3123395 PLAYTEX REVEALS YOUR BODY’S BEAUTY, EUTM 3082088 PLAYTEX JUST MY STYLE, EUTM 2965440 PLAYTEX SECRETS MAKE-UP, EUTM 2932176 PLAYTEX SECRETS, EUTM 2604916PLAYTEX MAGIC FEELING, EUTM	568543PLAYTEX, EUTM 15971401 WONDERBRA FULL EFFECT, EUTM 15971443 WONDERBRA ULTIMATE PLUNGE, EUTM 15971468 WONDERBRA ULTIMATE STRAPLESS, EUTM 14984231 WONDERBRA WILD RIVIERA, EUTM 12678959 WONDERBRA MY PRETTY PUSH-UP, EUTM 12645529 WONDERBRA PERFECT MULTIWAY, EUTM 12591053 WONDERBRA NATURAL PUSH-UP, EUTM 12591152 WONDERBRA CRAZY DRESSING ROOM, EUTM11705225 WONDERBRA HYPNOTIC, EUTM 11550464 WONDERBRA SEXY SHAPING, EUTM11211381 WONDERBRA DECODER, EUTM 11014669 WONDERBRA GEL BRA, EUTM 10993715 WONDERBRA VARIABLE CLEAVAGE, EUTM 10742104 WONDERBRA NATURAL LIFT
 EUTM 10402287 WONDERBRA, EUTMB 10369668 WONDERBRA SEXY AS YOU WISH, EUTM 3131042WONDERBRA THE ORIGINAL, EUTM 3016755WONDERBRA, EUTM 2968709 WONDERBRA W-SPIRIT, EUTM 2047876 WONDERBRA PURE, EUTM 1311265WONDERBRA LIFESTYLE, EUTM 1311521 WONDERBRA, EUTM 047554 WONDERBRA BLISS		</t>
-  </si>
-[...4 lines deleted...]
-    <t>Poopeys GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 009625518	ISDIN SUN PROTECTORS, EUTM 018125290 ISDIN LOVE YOUR SKIN, EUTM 001472547 ISDIN, EUTM 013687967 MARCA SIN TEXTO, EUTM 013691852 ISDIN, EUTM 006144687 FotoUltra ISDIN, EUTM 003296316 MARCA SIN TEXTO, EUTM 001075597 FOTOPROTEC TOR ISDIN, EUTM 003288339 ISDIN, CDR 005512779-0002 BOTELLAS CON BOMBAS, CDR 005512779-0001 BOTELLAS CON BOMBAS, CDR 007484514-0001 BOTELLAS, CDR 007484514-0002 TAPONES (PARA BOTELLAS), CDR 007484514- 0003 TAPONES (PARA BOTELLAS), CDR007484514-0004 TAPONES (PARA BOTELLAS)	</t>
   </si>
   <si>
     <t>EUTM 018311582 ONE BLA, EUTM 018311574 ONE GRÖN, EUTM 018311567 ONE, EUTM 018241900 ONE GUL, EUTM 016515603 GR ONE WHITE, EUTM 016517732 GEN ONE WHITE, EUTM 01651775 7GEN ONE PORTION, ,EUTM 013272737 NICK &amp; JOHNNY, EUTM 008978603 RONAN
 EUTM 008773327 KRONAN, EUTM 004545588 KARDUS, EUTM 009187642 KALIBER, EUTM 018318384 JAKOBSSONS, EUTM 008773269 GÖTEBORGS RAPÉ, EUTM 004075552 GÖTEBORGS RAPÉ, CDR 002664938-0004 GÖTEBORGS PRIMA FINTt, EUTM 017745068 GROV	
 EUTM 008773368 GROV, EUTM 008773351 GROVSNUS, EUTM 006257232 GROV, EUTM 006256994 GROV SNUS, EUTM 018841466 SWAVE MADE ON GOTLAND, EUTM 018841381 FACTORY BATCH SWAVE GOTLAND
 EUTM 018738046 Swave Apple XO, EUTM 018562501 SWAVE, EUTM 018213106 SWAVE, EUTM 008773236 RÖDA LACKET, EUTM 004075479 RÖDA LACKET, EUTM 009825803 CRUSHED ICE, EUTM 016214561 R42, EUTM 016214587 R42, EUTM 008885519 ONICO+, EUTM 011206307 ONICO, EUTM 010552933 100% KÄNSLA 0% NIKOTIN ONICO, EUTM 010542587 ONICO, EUTM 004821203 ONICO, EUTM 018449871 ONE RÖD, EUTM 018311592 ONE VIT, EUTM 018311587 ONE SVART, EUTM 018881316 G.3 BITE, EUTM 018881298 G.3 SWAY, EUTM 018894041 G.3, EUTM 018894132 G.3, EUTM 018336833 G.3 POW, EUTM018000839 G.3 Red Heat, EUTM 013208335 GENERATION 3 BY GENERAL G.3 EXTRA STRONG SLIM WHITE PORTION LONG LASTING MINIMAL DRIP &amp; SOFT FIT, EUTM 013207311 G.3, EUTM 013314604 GENERATION 3 BY GENERAL G.3, EUTM 018850559 LJUNGLÖFS ETTAN No1 ORIGINAL ANNO 1822, EUTM 018850592 Nº1 J. F. LJUNGLÖFS STOCKHOLM, EUTM 008966111 LJUNGLÖFS ETTAN ORIGINAL ANNO 1822, EUTM 008963035 LJUNGLÖFS ETTAN, EUTM 008773194 ETTAN, EUTM 007412497 ETTAN, EUTM 007412398 ETTAN, EUTM 003778495 ETTAN, EUTM 003778297 ETTAN, EUTM 013741392 XR, EUTM0 18929144 VOLT COLD FROST, EUTM 018891216 VOLT Cosmic Dust, EUTM 018537316 VOLT, ITM 1578450 VOLT, EUTM 018353680 VOLT PEARLS, EUTM 013701644, EUTM 010535011 TRE ANKARE, EUTM 008773335 TRE ANKARE, EUTM 018465358 THUNDER PEARLS, EUTM 018267921 The Lab, EUTM 011769304 The LaB, EUTM 009096314 THE LAB SERIES, EUTM 018841316S WAVE, EUTM 018841409 SWAVE MINI MADE ON GOTLAND, ITM 1727144 ZYN PEARLS TECHNOLOGY, ITM 1726440 ZYN PEARLS TECHNOLOGY, ITM 1726439 ZYN PEARLS TECHNOLOGY, EUTM 018535818 ZYN PEARLS, EUTM 018241925 ZYN NOW YOU CAN, EUTM 017965871 ZYN, EUTM 017579939 ZYN, EUTM 015278575 ZYNNT, EUTM 015285984 ZYNNT, EUTM 015272487 ZYN, EUTM 018842259 XR, EUTM 018842364 XR, EUTM 018317919 XR, ITM1162064 General THE ORIGINAL SWEDISH SNUS SINCE 1866, ITM 1157531 General, EUTM 013207411 GENERATION 3 BY GENERAL, EUTM 008773178 GENERAL, EUTM 003778487 General G General, EUTM 000841999 GENERAL, EUTM 018465354 G.4 PEARLS, ITM 1541979 G.4 NORTHERN WOODS, ITM 1541839 G.4 DARK FROST, ITM 1541934 G.4 DARK FROST, EUTM 017968469 G.4 BLUSH SLIM ALL WHITE, EUTM 017846684CRYO G.4 ALL WHITE, EUTM 018881374 G.3 RIZE, EUTM 018881243 G.3 HAIL, EUTM 018881340G .3 WINK</t>
   </si>
   <si>
     <t>WIRTGEN GROUP, Zweigniederlassung der John Deere GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>EUTM 018343907/EM FESTO</t>
   </si>
   <si>
     <t>CDR 002997718-0013, CDR 001654567-0001 EUTM 018651853 HT2, EUTM 017992542 HT22, EUTM 017992177 HT11, EUTM 017993594 HT3, EUTM 004777901, EUTM 012264289, CDR 002997718-0018, CDR 002997718-0017, CDR 002997718-0016, CDR 002997718-0015, CDR 002997718-0014, CDR 005935509-0009</t>
   </si>
   <si>
     <t xml:space="preserve">ICD 002278218-0002 Aura Product with Nozzle Design-Line Version, EUTM, 002860518 GHD, EUTM 005795232 GHD, CDR 002706010- 0002, ICD 002555482- 0002GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN – OPEN, ICD 002555482-0004 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN – OPEN LINE IMAGES, ICD 002555482-0003 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN – CLOSED LINE IMAGES, ICD 002555482- 0001 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN – CLOSED RENDERED IMAGES, ICD 002706010-0004 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN 2015 – OPEN LINE IMAGES,ICD 002706010-0003 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN, ICD 002706010-0001 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN 2015 – CLOSED RENDERED IMAGES, ICD006243168- 0006GHD HELIOS HAIRDRYER WITHOUT NOZZLE (RENDERED), ICD 006243168-0005 GHD HELIOS HAIRDRYER WITHOUT NOZZLE (LINE DRAWING), ICD 006243168-0004 PRODUCT WITH NOZZLE (RENDERED), ICD006243168- 0003PRODUCT WITH NOZZLE (DRAWING), ICD006243168-0002GRILL (LINE DRAWING), ICD006243168- 0001GRILL (RENDERED), ICD 6576377-0004GISELLE DESIGN (CORDLESS STYLER), ICD6576377-0003GISELLE DESIGN (CORDLESS STYLER), ICD 6576377-0002GISELLE DESIGN (CORDLESS STYLER), ICD 6576377- 0001GISELLE DESIGN (CORDLESS STYLER), EUTM 011423712 UNPLUGGED, EUTM 1455057 GHD RISE, EUTM 013088554 GHD PLATINUM, EUTM 13811948 GHD ORACLE, EUTM 1445396 GHD HELIOS, EUTM 1486151 GHD GOOD HAIR DAY, EUTM 1089537 GHD GOLD, EUTM 18019343 GHD GLIDE, EUTM 015139579 GHD FLIGHT, EUTM 011950921 GHD CURVE, EUTM 012266482 GHD CONTOUR, EUTM 1516343 GHD CHRONOS, ICD 001394993-0001 26mm Tong, ICD 001395024- 0001 32mm Tong, ICD 001395016- 0001 OVAL WAND, ICD 001395230-0001 TAPERED WAND, ICD 002278218-0001 Aura Product without Nozzle Design - Line Version	
 </t>
   </si>
   <si>
-    <t>Bugatti International S.A.</t>
-[...12 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 009511891/EM Red Bull Ring Spielberg, EUTM 000698720/EM Red Bull, EUTM 018909998/EM, EUTM 018910000/EM Red Bull ENERGY DRINK, ITM 857309/WO, EUTM 014326516/EM, ITM 1289552/WO FITS BODY AND MIND, EUTM 015111156/EM	
 EUTM 015231517/EM TERRA MATER, ITM 1321246/WO THE RED BULLETINEUTM 014326491, EUTM 000052746, EUTM 010811826, EUTM 003275741, EUTM 013427571, EUTM 015288186 BULL, EUTM 012484441, EUTM 015111156, EUTM 005102504 BULL SHOP, EUTM 012093589, EUTM 1349656 ALPHA TAURI, EUTM 015365869 ALPHA TAURI, EUTM 017363037, EUTM 1012380 GIVES YOU WINGS, EUTM 017077281, EUTM 017077462, EUTM 017077471, EUTM 017077496, EUTM 017363094 Red Bull, EUTM 009674409 Red Bull Ring Spielberg, EUTM 014326516, EUTM 1321246 THE RED BULLETIN, EUTM 016138802 Servus in Stadt und Land, EUTM 006771323  Red Bull, EUTM 009417668, EUTM 009580226, EUTM 010780261, EUTM 010780229, EUTM 011366911Red, EUTM 003629342, EUTM 000052787 Red Bull, EUTM 000052803 RED BULL, EUTM 000698506 Red Bull, EUTM 000782383 Bull, EUTM 001143122 Red Bull ENERGY DRINK, EUTM 001252121  VITALIZES BODY AND MIND, EUTM 001564301, EUTM 002534774, EUTM 003305687, EUTM 008874166 RED, EUTM 010808558 RED, EUTM 005225611 Red Bull, CDR 001825571-0002, ITM 969260, ITM 857309, CDR 001825571-0003, CDR 001825571-0004, CDR 001825571-0001, CDR 001825571-0005, CDR 001825571-0006 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 003489549 PERNOD, EUTM 004660486 PERNOD, EUTM 010137669 PERNOD ABSINTHE, EUTM 005317227 PERNOD FRENCH CLUB </t>
   </si>
   <si>
     <t>EUTM 013022389 VICTOR REINZ</t>
   </si>
   <si>
     <t>Dana Limited</t>
   </si>
   <si>
     <t>ABERCROMBIE &amp; FITCH EUROPE SAGL</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 016943516 af, EUTM 008727349, EUTM 007406598 ABERCROMBIE ITM 1129765 ABERCROMBIE, ITM 1213857 PURE CALI, ITM 1245374 ABERCROMBIE &amp; FITCH, ITM 1245373 A&amp;F, ITM 1060685 JAKE, ITM 877626 EZRA FITCH, ITM 1063076 RUEHL NO.925, ITM 1093665 ANF, ITM 1290999 A&amp;F Co, EUTM 014464341 A&amp;F NYC, EUTM 012484176 PURE CALI, EUTM 011763745 HOLLISTER, EUTM 008975674 GH, EUTM 000325258 ABER CROMBIE &amp; FITCH, EUTM 005765921  41, EUTM 009874447 S. CAL., ITM 1050764 HOLLISTER, ITM 1062045 ABER CROMBIE  &amp; FITCH, ITM 877697 HCO, ITM 877627 HOLLISTER CO., ITM 878553 A &amp; F, EUTM 004731139, EUTM 005921168 HOLLISTER, EUTM 011763711ABERCROMBIE &amp; FITCH, EUTM 005200373,  EUTM 004729356, EUTM 006261945 HOLLISTER Co., EUTM 008289779 HOLLISTER CALIFORNIA, ITM 903149 GILLY HICKS, ITM 1127068, ITM 889226 RUEHL NO.925, ITM 1030026 A&amp;FITCH, ITM 1115982, ITM 1180694 GH, EUTM 004428033 EZRA FITCH, EUTM 011626728 HCO, EUTM 008289878 PACIFIC MERCHANTS, EUTM 008796302 GH GILLY HICKS, EUTM 006145742 gilly hicks, EUTM 008289886, EUTM 005200407, EUTM 00626186 Abercrombie &amp; Fitch, EUTM 006437495, ITM	1362790 A + F, ITM 1279102 A&amp;F NYC, ITM 1093901 abercrombie, ITM 1060515 PACIFIC MERCHANTS	</t>
   </si>
   <si>
     <t>EUTM 002955003/EM LIPITOR</t>
   </si>
   <si>
     <t>UPJOHN MANUFACTURING IRELAND UNLIMITED COMPANY</t>
   </si>
   <si>
@@ -8461,116 +7975,104 @@
   </si>
   <si>
     <t>WAFADAR</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000345835/EM GUND, EUTM 018059189/EM Play!	
 EUTM 018097334/EM FLAPPY THE ELEPHANT, EUTM 018813756/EM FLORA THE BUNNY, CDR 004068435-0005/ EM, CDR 004068435-0006/EM, CDR 004068435-0002/EM, CDR 004068435-0003/EM, CDR 004068435-0004/ EM, CDR 004068435- 0001/EM
 </t>
   </si>
   <si>
     <t>EUTM 018125530 balma</t>
   </si>
   <si>
     <t>FABRYKA MEBLI "BALMA" S.A.</t>
   </si>
   <si>
     <t>ITM 967348/WO BIC, EUTM 000415067/EM BIC, EUTM 000414904/EM BIC, EUTM 018694178/EM BIC, EUTM 018773937/EM BIC</t>
   </si>
   <si>
     <t>SOCIETE BIC</t>
   </si>
   <si>
     <t>skuvekļi, elektroniskās šķiltavas u.c.</t>
   </si>
   <si>
-    <t>CDR 002906230-0003/EM, CDR 002906230-0001/EM, CDR 002906347- 0001/ EM, CDR 001168538-0001/EM, CDR 002496869-0001/EM, CDR 007705884- 0001/EM, CDR 002468876-0002/EM, CDR 001169544- 0003/EM, CDR 008607964-0001/EM, CDR 004741791-0001/EM, CDR 008313787-0001/EM, CDR 008732002-0001/EM, CDR 000897624- 0001/EM, DR 001076343-0001/EM, CDR 005638707-0001/EM, CDR 005638707-0002/EM, CDR 004558500-0001/ EM, EUTM 010956787/ EM AIMPOINT, EUTM 017944139/EM T2, EUTM 015211311/EM T1, EUTM 018374230/EM DUTY RDS, EUTM011522761/EM AIMPOINT, EUTM 018006809/EM AIMPOINT, EUTM000723346/EM Aimpoint, EUTM 017969193/EM ACRO, ITM 1657799/WO COMP, ITM 1504049/WO MICRO, CDR 002906230-0002/EM,CDR 002946442-0001 /EM, CDR 002946442-0002/EM, CDR 007012125-0001/EM, CDR 002946442-0003/ EM, CDR 008607972-0001/EM, CDR 015004916- 0001/EM, CDR 000909528- 0001/EM	, CDR 000909528-0002/EM, CDR 000909551-0001/EM, CDR 008303994-0001/EM, CDR 002468876-0001/EM, CDR 001169544-0002/EM</t>
-[...1 lines deleted...]
-  <si>
     <t>CDR 015063604-0004, CDR 015063604-0003, CDR 015063604-0002, CDR 015063604-0001</t>
   </si>
   <si>
     <t>SUND Digital GmbH + Co. KG</t>
   </si>
   <si>
     <t>e-komercijas sistēmas u.c.</t>
   </si>
   <si>
     <t>EUTM 001387927 LuK, EUTM 003378742 INA INA, EUTM 003378726 INA, EUTM 004273348 RepXpert, EUTM 004914107 Schaeffler, EUTM 004966388 INA, EUTM 004966495, EUTM 005562798FAG</t>
   </si>
   <si>
     <t>ICD DM/225 926, ICD DM/225 858, ICD DM/225 845, ICD DM/225 903
 ICD DM/225 927, CDR 008843031-0001/EM, CDR 008788723-0001/ EM, CDR 008788723-0002/EM, EUTM 018344807/EMNOTHING, EUTM 018382935/EMNOTHING</t>
   </si>
   <si>
     <t>SEBAGO S.R.L.</t>
   </si>
   <si>
     <t>EUTM 892190 (cobbler design), EUTM 017995573 SEBAGO, EUTM 018103135 DOCKSIDES, EUTM 018194037 Campsides, EUTM 018710083/EM SEBAGO, EUTM 018656903/EMSEBAGO, EUTM 018518685/EM SEBAGO, EUTM 018819677/EM SEBAGO,EUTM 018518692/EM SEBAGO YACHT CLUB</t>
   </si>
   <si>
     <t>ITM 1673957S'ghetti, ITM1277896 HAPPY CHERRIES, ITM 1277657
 ITM 1277890HAPPY COLA, EUTM17900890 GOLDBÄREN, ITM 1572040 GOLDBEARS, ITM 1635745, ITM 1572606, ITM 1309724</t>
   </si>
   <si>
     <t>MASERATI S.P.A.</t>
   </si>
   <si>
-    <t>nemetāla emblēmas automašīnām, auto piederumi u.c</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 018122943/EM MASERATI GRANCABRIOEV,EUTM 003092996/EM MASERATI QUATTROPORTE, EUTM 008471245/EM MASERATI GRAN CABRIO,EUTM 018788616/EM Maserati TRIDENTE,EUTM010521681/EM MASERATI LEVANTE, EUTM 008297161/EM MASERATI GHIBLI, EUTM 018762605/EM Maserati Corse,EUTM 018121057/EM MASERATI EV, EUTM 018699286/EM MASERATI, EUTM 003504925/EM MASERATI, EUTM 003504982/EM MASERATI, EUTM 001212182/EM MASERATI, EUTM 006012496/EM MASERATI, EUTM 018107895/EM 1914 MASERATI CLASSICHE, EUTM 015898372/EM MASERATI, EUTM 018123876/ EM MASERATI GRANCONVERTIBLE EV, EUTM 018122942/EM MASERATI GRANTURISMO EV</t>
   </si>
   <si>
-    <t>CDR 002858829-0005/EM</t>
-[...1 lines deleted...]
-  <si>
     <t>dārgakmeņu imitācijas, sprādzes u.c.</t>
   </si>
   <si>
     <t>ROGER VIVIER  S.P.A.</t>
   </si>
   <si>
     <t>EUTM  17904103  AGOLDE, EUTM  11346244 CITIZENS OF HUMANITY, EUTM  3033040 CITIZENS OF HUMANITY, EUTM	003032968/EM HUMANITY JEANS, EUTM 008314999/EM HUMANITY,EUTM018093854/ EM HUMANITY, EUTM 004384641/EM h, EUTM  004338679/EM, EUTM 004395125/EM, EUTM 019048239/EM RSVP GALLERY</t>
   </si>
   <si>
     <t>null CITIZENS OF HUMANITY LLC</t>
   </si>
   <si>
     <t>EUTM 018383338 PSV EST 1913, EUTM 018776101 PSV, EUTM 018740753 PSV EST 1913</t>
   </si>
   <si>
     <t>juvelierizstrādājumi, somas,stikla izstrādājumi,tekstilizstrādājumi, rotaļlietas un sporta preces u.c.</t>
   </si>
   <si>
     <t>RUGBY WORLD CUP LTD</t>
   </si>
   <si>
     <t>WELLA OPERATIONS US LLC</t>
-  </si>
-[...1 lines deleted...]
-    <t>EUTM 010056679/EM CLIPPER, EUTM 001007210/EM CLIPPER, EUTM 004758595/EM CLIPPER, EUTM 009154568/EM CLIPPER</t>
   </si>
   <si>
     <t>FLAMAGAS, SA</t>
   </si>
   <si>
     <t xml:space="preserve"> uzpildāmās gāzes šķiltavas u.c.
 </t>
   </si>
   <si>
     <t>NEW ERA CAP COMPANY LIMITED</t>
   </si>
   <si>
     <t>CDR 015035965-0001/EM, CDR 015035965-0002/EM, CDR 015035965-0003/ EM, CDR 015046662-0001/EM, CDR 015046662-0003/EM, CDR 015046662-0002/EM</t>
   </si>
   <si>
     <t>McLLOYD´S s.r.o.</t>
   </si>
   <si>
     <t>uzkodas no grauzdētas kukurūzas ar siera garšu</t>
   </si>
   <si>
     <t>NEW BALANCE ATHLETICS, INC</t>
   </si>
   <si>
     <t>SIGMA DI AMBROGIANI SERGIO &amp; C. S.A.S.</t>
@@ -8647,53 +8149,50 @@
 CDR 002643585-0001/EM, CDR 002760520-0005/EM,CDR 003002195- 0001/ EM, ITM 1389032/WO  SIGNIFY, ITM 1418077/WO signify, ITM 1389801/ WO SIGNIFY, ITM 1366398/WO  EyeComfort, ITM 1395447/WO/PILA, EUTM 014333521/EM/WIZ, CDR 004377950-0002/EM </t>
   </si>
   <si>
     <t xml:space="preserve">CDR 002990796-0001 Muñecos, CDR 002990796-0002 Muñecos, CDR 002990796-0003 Muñecos, CDR 002990796-0004 Muñecos,CDR 002990796- 0005 Muñecos, CDR 002998179-0001 Juguetes, CDR 003081561-0001Juguetes CDR  005844297-0001/EM Muñecos (parte de-), CDR  005844297-0004/EM, Muñecos (parte de-), CDR  005844297-0015/ EM Muñecos (parte de-), CDR  005844297-0012/EM Muñecos (parte de-), CDR  005844297-0006/EM, CDR  005844297- 0002/EM, CDR  005844297-0019/EM, CDR  005844297-0022/EM, CDR  005844297-0010/EM, CDR  005844297-0023/EM, CDR  005844297- 0024/ EM Muñecos (parte de-), CDR  005844297-0003/EM, CDR  005844297-0020/ EM, CDR  005844297- 0009/EM, CDR  005844297- 0005/EM, CDR  005844297- 0018/EM, EUTM  014435655/ EM  IMC TOYS CRY BABIES, CDR  002990796- 0001/EM, CDR  002990796- 0004/EM, CDR  002990796-0002/EM, CDR  002990796-0003/EM, CDR  002990796-0005/EM, EUTM  017721796/ EM CRY BABIES MAGIC TEARS, CDR  005844297- 0016/EM, CDR  005844297-0021/ EM , CDR  005844297-0014/EM, CDR  005844297-0017/EM, CDR  005844297- 0011/EM, CDR  005844297-0013/EM, CDR  005844297-0007/EM, EUTM 00941465  FUFRIS, EUTM 011498987 BLUBLU THE BABY DOLPHIN, EUTM 011573953 LUCY IMC TOYS, EUTM 013360342 BluBlu friends, EUTM 013667159 KOKUM, EUTM 014412969 IMC TOYS BIM &amp; BAM, EUTM 014429799	 CLUB PETZ MARTINA THE LITTLE TURTLE, EUTM 014435655 IMC TOYS CRY BABIES, EUTM 014649776 IMC TOYS BAMBO, EUTM014823033 CLUB PETZ POPOMAX, EUTM 014959407 CLUB PETZ YOYO PANDA, EUTM 017721796 CRY BABIES MAGIC TEARS, EUTM 017883648 BEBÉS LLORONES LÁGRIMAS MÁGICAS, EUTM 018706489 BFF BY BEBÉS LLORONES  </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 005202072/EM icon SUNGLASS, EUTM 005111191/EM Oakley
 EUTM 005337506/EM O, EUTM 004973715/EM OAKLEY HIGH DEFINITION OPTICS, EUTM 002583730/EM, EUTM 005701842/EM RADAR, EUTM 002589141/EM SWITCH, EUTM 006855076/EM N3L OPTICS, EUTM 000594929/EM ROMEO, EUTM 000562637/EM RACING JACKET, EUTM 000538272/EM X, EUTM 002872521/EM FACTORY PILOT, EUTM 004589263/EM e, EUTM 002844546/EM, EUTM 002811396/EM WIRETAP, EUTM 006854954/EM N3L, EUTM 002413748/EM XX, EUTM 002357176/EM SCAR, EUTM 000704395 /EM XYZ OPTICS, EUTM 014266101/EM HDO OAKLEY HIGH DEFINITION OPTICS, EUTM 004071767/EM OAKLEY GIRL, EUTM 004087334/EM DARTBOARD, EUTM 002850477/EM SPLICE, EUTM 006855225/EM N3L OPTICS, CDR 002687335-0001/EM, CDR 000198205-0011/EM,CDR001680679-0004/ EM,CDR002481861-0002/ EM, CDR000198205-0010/EM, CDR0026258 30-0001/EM, CDR 002427294-0002/EM, CDR002282764-0002/EM, EUTM 016223901/EM OAKLEY, ITM1348723/WO OAKLEY CAPITAL, CDR 002432328- 0001/EM, CDR 002291666-0001/EM, CDR002427294-0003/EM	
 CDR000198205-0007/EM,CDR002389502-0002/EM,CDR000198205- 0006/EM, CDR002481861-0001/EM,CDR 000198205-0004/EM,CDR 002427294- 0005/EM, CDR002427294-0010/EM, CDR001680679- 0005/EM, CDR002085944 -0001/ EM, CDR002389502-0004/EM, EUTM003309011/EM O ,EUTM 009539487 /EM OAKLEY DUAL-PERIPHERAL TECHNOLOGY,EUTM001717297/ EM NAIL, EUTM 002792562/EM HALF JACKET, EUTM002074599/EM O STORE, EUTM 004719647/EM HDO, EUTM012521671/EM CROSSLINK
 EUTM000980326/EM O OAKLEY, EUTM009539412/EM O OAKLEY TRUE DIGITAL, EUTM003398179/EM OAKLEY, EUTM003321288/ EM OAKLEY VAULT, EUTM 009539461/EM OAKLEY TRUE DIGITAL, EUTM 000980284/EM O, EUTM005678396/EM FLAK JACKET, CDR002282764- 0004/EM, CDR002427294-0006/EM, CDR 000198205-0005/EM, CDR 002427294-0008/EM, CDR002166512- 0001/EM, CDR002282764-0003/EM,CDR002389502-0005/EM,CDR 002291666-0002/EM,CDR000198205- 0009/EM,CDR002311928-0001/ EM,CDR001680679-0006/EM,CDR002515551- 0001/EM, 
 CDR000198205- 0002/EM,CDR000678941-0005/EM,CDR 000678941- 0003/ EM, CDR003762244-0001/EM,CDR003762640-0001/EM, CDR003762251-0001/EM, CDR002020834-0001/EMCDR002051078- 0002/EM,CDR002051078-0001/EM, CDR001680679-0003/EM,CDR 000198205-0012/EM,CDR002389502-0006/EM, CDR 002389502- 0001/EM,CDR002472944-0001/EM,CDR002687350-0001/EM
 CDR002698951-0001/EM,CDR002856005-0001/EM,CDR002593509-0001/EM, CDR002772830-0001/EM,CDR002699009-0001/EM, CDR 000388830-0004/EM, ,CDR002698985-0001/EM, CDR 003350057-0001/EM,CDR001929712-0003/EM,CDR000580592-0004/EM, CDR000580592-0006/EM,CDR000580592- 0002/EM,CDR 000580592-0003/EM, CDR000580592-0001/EM,CDR003350065- 0001/EM,CDR003425396-0001/EM
 CDR003424928-0001/EM,CDR003425420-0001/EM,CDR000388830-0007/EM, CDR002825422-0001/EM,CDR002698936-0001/ EM,CDR002929141-0001/EM, 
 CDR002929596-0001/EM,CDR002929281-0001/EM,CDR002929240-0002/EM, CDR002929505-0001/EM,CDR002929240-0001/EM,CDR002999011-0001/EM, CDR001929712-0002/EM,CDR001929712- 0001/EM,CDR003350024-0001/EM, 
 CDR000678941-0002/EM,CDR002687285-0001/EM,CDR002699017-0001/EM
 CDR 000388830-0003/EM	</t>
   </si>
   <si>
     <t>PSV N.V.</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 005813094-0002/EM, CDR 005813094-0007/EM, CDR 008375224-0002/EM, CDR 005813094-0010/EM, CDR 005813094- 0020/EM ITM 1313292/WO SMART GAMES, EUTM 006515639/EM smart games,  CDR 005813094- 0002/EM, CDR 005813094-0011/EM, CDR 005813094- 0013/EM, CDR 007466339-0002/EM, CDR 005813094-0007/EM, CDR 008375224- 0002/EM, CDR 005643475-0001/EM, CDR 005813094- 0001/EM	</t>
   </si>
   <si>
     <t>DAUM</t>
-  </si>
-[...1 lines deleted...]
-    <t>dekoratīvs stikls,stikla figūriņas, mākslinieciski priekšmeti no kristālstikla, svina kristāla figūriņas u.c.</t>
   </si>
   <si>
     <t>EUTM 018445366/EM Daum France, EUTM 018893230/EM Daum Intérieur, EUTM 019053863/EM DAUM</t>
   </si>
   <si>
     <t>AUTOMOBILES PEUGEOT</t>
   </si>
   <si>
     <t>EUTM 018088638/EMC COSTA, EUTM 001964485/EM COSTA DEL MAR, ITM 1213815/WO COSTA, EUTM 010832418/EMC COSTA</t>
   </si>
   <si>
     <t>EUTM 018732418/EM CHARLOTTE'S LAW OF ATTRACTION, EUTM 018710326/EM TILBURY LOVING CARE, EUTM 011193414/EM CT, EUTM 004003034/EM CHARLOTTE TILBURY, EUTM 017968199/EM HOUSE OF TILBURY H.O.T., EUTM 018101907/EM CHARLOTTE'S BEAUTY SECRETS, EUTM 017968198/EM HOUSE OF TILBURY, EUTM 018143846/EM CHARLOTTE DARLING, EUTM 016658684/EM, HARLOTTE TILBURY, EUTM 014780597/EM CHARLOTTE TILBURY, EUTM 017894 111/EM CHARLOTTE’S MAGIC MIRROR, ,EUTM 018101898/EM, HARLOTTE'S MIRACLE SERUM, EUTM 018383354/EM CHARLOTTE TILBURY, EUTM 18397246/EM CHARLOTTE’S BEST SKIN OUNDATION, EUTM 017760281/EM CHARLOTTE'S GENIUS MAGIC POWDER, EUTM 017504283/EM CT, EUTM 018101908/EM CHARLOTTE'S MIRACLE LIP OIL, EUTM 018741908/EM CT</t>
   </si>
   <si>
     <t>CDR 000017454-0001</t>
   </si>
   <si>
     <t>VIATRIS SPECIALTY LLC - 3D TABLET DESIGN</t>
   </si>
   <si>
     <t>Fontaine Limited</t>
   </si>
   <si>
     <t>ziepes, smaržas, ēteriskās eļļas, kosmētika, matu losjoni</t>
   </si>
@@ -8836,53 +8335,50 @@
     <t>VIATRIS SPECIALTY LLC - V50</t>
   </si>
   <si>
     <t>EUTM 003409786 BRUFEN</t>
   </si>
   <si>
     <t>Viatris Healthcare GmbH - BRUFEN</t>
   </si>
   <si>
     <t>farmaceitiski izstrādājumi</t>
   </si>
   <si>
     <t>CDR 000337019-0002/EM, EUTM 001487404/EM SMIRNOFF Ste Pierre Smirnoff Fils VODKA Nº21, EUTM 001487693/EM SMIRNOFF Ste Pierre Smirnoff Fils VODKA N°21, EUTM 001540855/EM ICE, EUTM 002824100/ EM, EUTM 003487857/EM, EUTM 003487915/EM, EUTM 003728581/EM SMIRNOFF ICE, EUTM 003947827/EM SMIRNOFF ICE, EUTM 004000171/ EM SMIRNOFF ICE, EUTM 001249051/EM SMIRNOFF, EUTM012931788/ EM SMIRNOFF, EUTM 003065621/EM SMIRNOFF, EUTM 003078672/EM SMIRNOFF, EUTM 003453735/EM SMIRNOFF, EUTM 003078144/EM Smirnoff, EUTM 010309243/EM SMIRNOFF, EUTM 001766609/EM SMIRNOFF, EUTM 002107878/EM SMIRNOFF, EUTM 009928607/EM SMIRNOFF, EUTM 007174824/EM SMIRNOFF, EUTM 006791768/EM SMIRNOFF, EUTM 009036534/EM SMIRNOFF, EUTM 010093862/EM SMIRNOFF, EUTM 003588571/EM NORTH, EUTM 012946406/EM	
 EUTM 003487899/EM, EUTM 018728936/EM, EUTM 002872810/EM
 EUTM 001487511/EM, EUTM 001487487/EM, EUTM 005180724/EM	
 EUTM 006976914/EM, EUTM 001592153/EM, EUTM 013734298/EM	
 EUTM 012948618/EM VSV VS TS MCMXXXV, EUTM 013119813/EM STE SP FLS, EUTM 017881953/EM STE PIERRE SMIRNOFF FLS, EUTM 003501161/EM SMIRNOFF NORTH, EUTM001540913/EM SMIRNOFF ICE
 EUTM 004093423/EM SMIRNOFF BLACK ICE, EUTM 014337273/EM SMIRNOFF -I°CE ICE, EUTM 014337208/EM SMIRNOFF -I°CE, EUTM 013816715/EM SMIRNOFF - ICE, EUTM 004002812/EM SMIRNOFF
 EUTM 004000246/EM SMIRNOFF, EUTM 004000204/EM SMIRNOFF
 EUTM 004000212/EM SMIRNOFF, EUTM 003947819/EM SMIRNOFF, EUTM  012945838/EM SMIRNOFF, CDR 000022405-0007/EM, CDR 000022405-0008/EM, CDR 000022405-0009/EM, CDR 000337019-0003/EM	1</t>
   </si>
   <si>
     <t>DIAGIO NORTH AMERICA INC</t>
   </si>
   <si>
-    <t xml:space="preserve"> kosmētika un tualetes piederum, zobu pastas, parfimērija, ēteriskās eļļas u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>KINGSTON TECHNOLOGY EUROPE CO LLP</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 009856105 nawm, EUTM 009855982 Arsenal, EUTM 000643098 Arsenal, EUTM 002866200 Arsenal, EUTM 004835229 nawm, EUTM 009995374 Spurs, EUTM 009995572 THFC, EUTM 004563276 nawm, EUTM 001903376 THFC Audere est facere, EUTM 014440085 The People's Club, EUTM 011681723 To dare is to do, EUTM 005711163 AVFC Prepard, EUTM 005566807 Prepared, EUTM 00979153 Premier League, EUTM 012039251 Fantasy Premier League, EUTM 011701811 nawm, EUTM 010295723 Arsenal, EUTM 000643205 Arsenal Victoria Concordia Crescit, EUTM 000643080 Gunners, EUTM 011771672 Arsenal, EUTM 007257512 Man City, ITM  
 012140505 MCFC, EUTM 013056791 W.H.U.F.C., EUTM 011121878 The Saints, EUTM 011121671 Southampton Football Club, EUTM 011682515 Audere-est-facere, EUTM 011681459 Tottenham Hotspur, EUTM01203933 Ultimate Fantasy Premier League,EUTM 012084281 Premier League, EUTM 003345386 Chelsea Football Club, EUTM 001746197 CFC, EUTM 012140687, Manchester City Football Club, EUTM 005081311 Aston Villa Prepared, EUTM 007518053 nawm, EUTM 009353293 Nawm, EUTM 011121911 Together we stand, EUTM 001899525 Spurs, EUTM 004867561 Tottenham Hotspur, EUTM 011121761 Southampton, EUTM 006462601 Chelsea, EUTM 008816969 L.F.C., EUTM 007024565 Liverpool FC, EUTM 011681681 THFC, EUTM 011121605 Southampton FC, EUTM 012140547 Spurs, EUTM 007157282 nawm, EUTM 011682507 Audere-est-facere, EUTM 015086333 Premier League	
 EUTM 002731974 FFC, EUTM 011681806 Tottenham Hotspur	</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                           EUTM 009585977 APTX, EUTM 009586033 APTX, EUTM 014827406 Trade mark without text</t>
   </si>
   <si>
     <t>QUALCOMM TECHNOLOGIES INTERNATIONAL, LTD</t>
   </si>
   <si>
     <t>E AND J GALLO - CARNIVOR</t>
   </si>
   <si>
     <t xml:space="preserve"> ITM 890247/WO MAGSAFE, CDR 002628875-0001/EM, CDR 002629204- 0001/EM, CDR 002629287-0001/EM, CDR 002629147-0001/EM, CDR 003750751-0001/EM, CDR002628859-0001/EM	, CDR003785294-0001/EM	
 CDR003785278-0001/EM, ITM 1175030/WO, ITM 1182022/WO, ITM 1177474/WO, ITM 1177889/WO, EUTM 013728555/EM Tue 9, EUTM 010710028/EM MACBOOK	, EUTM 009025677/EM IPAD, EUTM 010026953/EM IPOD, CDR 002199810-0002/EM, CDR 001334254-0002/EM
 EUTM 007156061/EM BEATS, EUTM 007157357/EM b	, EUTM 011017548/ EM BEATS PILL, EUTM 011131125/EM BEATS STUDIO, EUTM 008370827/EM BEATS BY DR. DRE, EUTM 008370819/EM BEATS, EUTM 008611188/EM Tour, EUTM 008433195/EM, EUTM 010258697/EM URBEATS, CDR 000889480-0001/EM, CDR 002199117-0001/EM, EUTM 018321063/EM MAGSAFE, CDR 008534861-0001/EM, CDR 001334221- 0001/EM, CDR 001334221-0002/EM, EUTM 014586838/EMAIRPODS,EUTM 012212221/EMDESIGNED BY APPLE IN CALIFORNIA, ITM 1378087/WO
 ITM 1377651/WO APPLE, ITM 1303517/WO IPHONE, CDR002629212-0001/ EM, CDR 008433494-0001/EM, CDR 008433817-0001/EM, CDR 009175706- 0001/EM, CDR 008205082-0001/EM, CDR001334254-0001/EM, CDR 002199117-0002/EM, CDR 005825965-0001/EM, CDR 015013190-0001/EM	
 EUTM 009784299/EM, EUTMSMART COVER, EUTM 011020427/EM LIGHTNING, EUTM 011472008/EM EARPODS</t>
   </si>
   <si>
     <t>APPLE RETAIL NETHERLANDS B.V.</t>
@@ -8911,55 +8407,50 @@
   </si>
   <si>
     <t xml:space="preserve">EUTM 000067744 BOSCH </t>
   </si>
   <si>
     <t>Robert Bosch GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 002200741-0001		</t>
   </si>
   <si>
     <t>Schlüter-Systems KG</t>
   </si>
   <si>
     <t>piederumi flīžu un akmens instalācijām, risinājumi flīžu profiliem, atvienošanai, pamatnēm, kustības šuvēm, apsildāmām grīdām un mitrām telpām</t>
   </si>
   <si>
     <t>CDR 005136702-0001/EM, CDR 005136702-0002/EM, CDR 001124911- 0006/EM, CDR 002028167-0004/EM, ICD D215722-0002/WO, ICD D215722-0003/WO, ICD D215722-0007/WO, CDR 000266069-0004/EM	
 EUTM 011521168/EM KARTELL, EUTM 003510071/EM KARTELL	
 EUTM 018162511/EM KARTELL, EUTM 017060179/EM KARTELL
 EUTM 017966293/EM KARTELL, CDR 002551580-0001/EM, CDR 002551580-0002/EM, CDR 008445332-0001/EM, CDR 002551580-0004/EM	
 CDR 008427686-0001/EM</t>
   </si>
   <si>
     <t>KARTELL SPA</t>
-  </si>
-[...3 lines deleted...]
-</t>
   </si>
   <si>
     <t>GIANNI VERSACE S.R.L.</t>
   </si>
   <si>
     <t>HASBRO CONSUMER PRODUCTS LICENCING LIMITED</t>
   </si>
   <si>
     <t>bērnu apģērbi, pidžamas ar apmetni, papīra dvieļi, salvetes, vienreizlietojamie papīra dvieļi, tālruņa kartes un kredītkartes, attēli, grafikas, rokasgrāmatas, plakāti, apsveikuma kartītes, pastkartes, attēlu kartes, uzlīmes, pretsviedru tualetes piederumi, aromterapijas eļļas, zīdaiņu eļļas, mitrās salvetes zīdaiņiem, dušas želejas, kristāli, ķermeņa krēmi, losjoni un pulveri, elpas atsvaidzinātāji, burbuļvannas, dezodoranti, pārsēju materiāls, zīdaiņu pārtika, vitamīni bērniem, ārstnieciskas zāļu tējas, dezinfekcijas līdzekļi u.c.</t>
   </si>
   <si>
     <t>MICHAEL KORS (SWITSERLAND) INT GMBH</t>
   </si>
   <si>
     <t>EUTM 013691324 MK Michael Kors, EUTM 003992088 Island Michael Kors
 EUTM 003140704 Kors, EUTM 003140456 Michael Kors, EUTM 003857844 Michael Michael Kors, EUTM 006453732 Michael Michael Kors, EUTM 006458939 KMKMKMKMK, EUTM 014273304 MK Michael Kors, EUTM 003201118 MK Michael Kors, EUTM 003235397 MK Michael Kors, EUTM 015298417 Michael Kors, EUTM 015298581 Michael Kors Access, EUTM 015472401 Travel Engineered, EUTM	016962301/EM MK, EUTM 018056184/EM MK, EUTM 018152343/EM MK, EUTM 018056187/EM MK
 EUTM 013691324/EM MK MICHAEL KORS, EUTM 016161622/EM MICHAEL KORS, EUTM 015980048/EM MICHAEL KORS, EUTM 015298417/EM MICHAEL KORS, EUTM 018152339/EM MICHAEL KORS</t>
   </si>
   <si>
     <t>EUTM 018190647/EM SH/FT, EUTM 013627062/EM PFG PERFORMANCE FISHING GEAR, EUTM 013627005/EM PFG, EUTM 006444616/EM OMNI-TECH, EUTM 010810075/EM OMNI-SHIELD, EUTM 006167233/EM OMNI-SHADE, EUTM 008684037/EM OMNI-HEAT, EUTM 001842475/EM OMNI-GRIP, EUTM 010768356/EM OMNI-FREEZE, EUTM 001842103/EM OMNI-DRY, EUTM 004152294/EM Columbia Sportswear Company, EUTM 004366671/EM COLUMBIA SPORTSWEAR COMPANY, EUTM 004421236/ EM Columbia Sportswear Company, EUTM 000511477/EM COLUMBIA SPORTSWEAR COMPANY, EUTM 006133052/EM Columbia Sportswear Company, EUTM 002663532/EM Columbia GRT, EUTM 012338315/EM Columbia	, EUTM 000511402/EM Columbia, EUTM 001719624/EM COLUMBIA, EUTM 004590121/EM Columbia, EUTM 006660393/EM BUGABOO, EUTM 010872745/EM BUGABOO, EUTM 001842566/EM	
 EUTM 004366861/EM, ITM 1014934/WO BUGABOOT, ITM 1035372/WO OMNI-WICK, ITM 951755/WO PHG PERFORMANCE HUNTING GEAR	
 ITM 709340/WO TITANIUM, EUTM 012245072/EM TURBODOWN
 EUTM 003111259/EM TITANIUM, EUTM 006225684/EM TESTED TOUGH
 EUTM 006451009/EM TECHLITE</t>
   </si>
@@ -9035,145 +8526,134 @@
     <t>EUTM 007600117/EM CONVERSE, EUTM 007600026/EM, EUTM 009209073/EM Jack Purcell, EUTM 007600232/EM ALL STAR, EUTM 007600241/EM,EUTM 008630659/EM CONVERSE ALL STAR Chuck Taylor
 EUTM 007600191/EM ALL STAR, EUTM 007599947/EM Converse All Star, CDR 009146863-0014/EM, CDR 009146863-0012/EM, CDR 009146863-0015/ EM, CDR 009146863-0013/EM, CDR 009197775-0001/EM, CDR 009197775- 0002/EM, CDR 009197775-0004/EM, CDR 009197775-0003/EM, CDR 009197775-0005/EM, CDR 009197775-0006/EM, CDR 009028350-0008/EM, CDR 009028350-0010/EM, CDR 008521181-0029/ EM, CDR 008521181- 0035/EM, CDR 008521181-0032/EM, CDR 008521181- 0034/EM, CDR 008521181-0036/EM, CDR 008521181-0042/EM, CDR 008521181-0039/EM, CDR 008521181-0033/EM, CDR 008521181-0030/EM, CDR 009028350- 0006/EM, CDR 009028350-0009/EM, CDR 009028350-0007/ EM, CDR 008521181-0025/EM, CDR 007162128-0002/EM, CDR 007162128-0001/EM	
 CDR 007162128-0004/EM, CDR 007162128-0003/EM, CDR 008521181- 0040/EM, CDR 008521181-0031/EM, CDR 008521181-0041/EM, CDR 008521181-0038/EM, CDR 008521181-0037/EM, CDR 015012399-0007/EM	
 CDR 015012399-0008/EM, CDR 008926372-0029/EM, CDR 008926372- 0030/EM, CDR 008926372-0028/EM, CDR 008926372-0031/EM, CDR 008926372-0032/EM, CDR 008926372-0033/EM</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM	014786883/EM MOSES, EUTM 006491914/EM LAPLANDIA Land of purity, EUTM 018637710/EM LAPLANDIA Land of purity	</t>
   </si>
   <si>
     <t>Global Drinks Finland Oy</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM	009388877, ITM 872542, EUTM 000663542 STIHL, ITM 502574, CDR 000758974-0001/EM, CDR 000565072-0001/EM, CDR 000727029- 0001/EM, CDR 000727029-0003/EM, ,CDR 005942018-0001/EM, CDR 005942018-0002/EM			</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 005087457C Cummins Exhaust, EUTM 005087374, EUTM 004980686,  EUTM 004980611Cummins Fuel Systems,  EUTM 004980595Cummins Turbo Technologies,  EUTM 004980538C Cummins Power Generation, EUTM 004980471Cummins Filtration 
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  013570932 minifigures, EUTM  013745476, EUTM  014013973  IMENSIONS, EUTM  014003842  DIMENSIONS, EUTM  015893357 HOUSE Home of the Brick, EUTM  014453047 NEXO KNIGHTS, EUTM  014453021 NEXO KNIGHTS (word), EUTM  1229187  duplo (fig), EUTM  013098264 Friends (fig), EUTM  017976101, EUTM  017520404, EUTM  004863593, EUTM  006081632, EUTM  004938635, EUTM  000054205 LEGOLAND, EUTM  000107466 LEGOLAND LEGO, EUTM  000500306  duplo, EUTM  000558338  MINDSTORMS, EUTM  000792382 CREATOR, EUTM  006870232 WEDO, EUTM  000834309  ROBOTICS INVENTION SYSTEM, EUTM  007453657, EUTM  001261510 CREATOR, EUTM  001671668 BIONICLE, EUTM  009904707, EUTM  002234631  SERIOUS PLAY, EUTM  010955061  10000028  LEGENDS OF CHINA, EUTM  011024445 SPEEDORZ, EUTM  002829463 LEGO, EUTM  011249109 CHIMA, EUTM  012120721 DUPLO, EUTM  003722683 Knights Kingdom, EUTM  012495461 NINJAGO, EUTM  012634671 NINJAGO, EUTM  004980918, EUTM  000039800 LEGO, EUTM  000039966 LEGO, EUTM  000039834  LEGO, EUTM  000091934  LEGO, EUTM  000092718 LEGO, EUTM  000107029, EUTM  000050450, EUTM  000050518, EUTM  000106948, EUTM  000043455 Octan  </t>
   </si>
   <si>
     <t>LEGO Holding A/S</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 018011395 FITBIT INSPIRE, EUTM 016539645 DIAMOND LOGO COLOR, EUTM 17252453 FITBIT IONIC, EUTM 016522351 FITBIT (word), EUTM 018483648	 FITBIT LUXE, EUTM 018211602 VERSA, EUTM 009 999855 FITBIT (word), EUTM 016344038  ARIA, EUTM 016539611 DIAMOND LOGO (BLACK), ITM 1296134 DIAMOND LOGO BLACK	
-[...2 lines deleted...]
-  <si>
     <t>datorprogram matūras ierīces mobilajām iekārtām, displejiem u.c.</t>
   </si>
   <si>
     <t>GRUNDFOS HOLDING A/S</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 019047921/EM ONTRAC, EUTM 019047195/EM CHI | TO | SAN, EUTM  008689391 AIR MULTIPLIER, CDR  001435770-0001, CDR  001429252-0001, CDR  001435069-0001, CDR  001428072-0001, CDR  004024024-0001, CDR  004024057-0001, CDR  004394955-0001, EUTM  006305262  Dyson, EUTM  017560971 AIRWRAP, ITM  01301389/WO SUPERSONIC, CDR  001259527-0001, CDR  001259543-0001, CDR  001357941-0003, CDR  001039911-0001, CDR  001039929-0001, CDR  001057418-0001, CDR  001057434-0001,  EUTM 018168619 CORRALE, EUTM 018168615 DYSON CORRALE, EUTM 018168616 DYSON CORRALE	
 </t>
   </si>
   <si>
     <t>ITM 840544/WO FURMINATOR, ITM 1120702/WO FURminator	, ITM 1122699/WO, ITM 1089445/WO FUREJECTOR, ITM 1713460/WO THE FURMINATOR ULTIMATE HAIR REDUCTION SYSTEM BRUSH DESHED BATHE MAINTAIN, ITM1712276/WO BRUSH DESHED BATHE MAINTAIN, ITM 1339498/WO SHEDLINGS, ITM 1344635/WO DESHEDDING MEANS LESS SHEDLINGS</t>
   </si>
   <si>
     <t>Tetra GmbH</t>
   </si>
   <si>
     <t>dzīvnieku kopšanas līdzekļi</t>
   </si>
   <si>
     <t>EUTM 003981842 ATOMIC, EUTM 004370268 ATOMIC, EUTM 014225106 REVENT	, EUTM 010981975 ATOMIC, EUTM 010982296 Marke ohne Text
 EUTM 004372009 Marke ohne Text, EUTM 017504689 Marke ohne Text	
 EUTM 009960923 REDSTER, EUTM 016779911 COUNT,EUTM 018054619 FOUR, EUTM 018205691 MAVEN, EUTM 018720908 Marke ohne Text	
 EUTM 008824021 CLOUD, EUTM 018206014 MAVERICK, EUTM 018295081 SNOWCLOUD, EUTM 018718404 ATOMIC, EUTM 008372302 SKINTEC, EUTM 011156205 BACKLAND, EUTM 015108095 BACKLAND
 EUTM 018373917 BENT, EUTM 018093923 HAWX, EUTM 018671473 BACKLAND SUMMIT</t>
   </si>
   <si>
     <t>EUTM 018858301/EM DAYCO Racing ( R ) TM, EUTM 018858328/EM DAYCO ( R ) Racing, EUTM 018858238/EM DAYCO RACING, EUTM 018466044/EM DAYCO POWER, EUTM 018466024/EM DAYCO POWER
 EUTM 004455416/EM DAYCO, EUTM 005839766/EM DAYCO</t>
   </si>
   <si>
     <t>DAYCO EUROPE SRL</t>
   </si>
   <si>
     <t>GIANVITO ROSSI SRL</t>
   </si>
   <si>
     <t>CDR 015017235-0036, CDR 015017235-0051, CDR 015017235-0066, CDR 015017235-0055, CDR 015017235-0053, CDR 015017235-0039, CDR 015017235-0048, CDR 015017235-0034, CDR 015017235-0045, CDR 015017235-0044, CDR 015017235-0049, CDR 015017235-0040, CDR 015017235-0041, CDR 015017235-0042, CDR 015017235-0038, CDR 015017235-0046, CDR 015017235-0052, CDR 015017235-0035, CDR 015017235-0037, CDR 015017235-0043, CDR 015017235-0050, CDR 015017235-0047, CDR 015017235-0054</t>
   </si>
   <si>
     <t>IGUZZINI ILLUMINAZIONE S.P.A.</t>
-  </si>
-[...1 lines deleted...]
-    <t>modulāras lampu sistēmas, kas sastāv no dažādiem elementiem (gaismas stieņa, savienojuma un pamatnes) vai "sienas" vai "piekares" vai "grīdas" vai "no augšas līdz griestiem" gaismas stieņa arhitektūras apgaismojumam, tajos ietilpst optiskie piederumi un gaismas sloksnes.</t>
   </si>
   <si>
     <t>ITM 1422973/WO PADCEV</t>
   </si>
   <si>
     <t>AGENSYS INC</t>
   </si>
   <si>
     <t>farmaceitiskie preparāti, specializēta farmaceitisko līdzekļu ražošana, ķīmijterapijas līdzekļi</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 009870247 MOSPILAN, EUTM 018983796 МОСПІЛАН </t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1559737/WO PETIT BATEAU, EUTM 004097358/EM PETIT BATEAU
 EUTM 018896247/EM PETIT BATEAU, ITM 849158/WO, EUTM 001923820/EM PETIT BATEAU
 </t>
   </si>
   <si>
     <t>PETIT-BATEAU</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbi, smaržas, brilles (optika) u.c. </t>
   </si>
   <si>
     <t>EUTM 002564300/EM VANS, EUTM 002940344/EM, EUTM 001143130/EM VANS, EUTM 010512127/EM VANS "OFF THE WALL", EUTM 010512424/ EM, EUTM 010512325/EM, EUTM 003001732/EM VANS OFF THE WALL
 EUTM 004022621/EM VANS, EUTM 018431120/EM VANS, EUTM 018431122/EM VANS, EUTM 018561715/EM VANS OFF THE WALL
 EUTM 018662354/EM VANS OFF THE WALL, EUTM 018560687/EM VANS</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">VANS </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Inc.</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">                                                                                                                                                                                                     ITM 1109190 Audemars Piguet le Brassus
-[...2 lines deleted...]
-  <si>
     <t>Audemars Piguet Holding SA</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 892190 (cobbler design), EUTM 017995573 SEBAGO, EUTM 018103135 DOCKSIDES, EUTM 018194037 Campsides,EUTM 018710083/EM SEBAGO, EUTM 018656903/EM SEBAGO, EUTM 018518685/EM SEBAGO
 EUTM 018819677/EM SEBAGO, EUTM 018518692/EM SEBAGO YACHT CLUB 
 </t>
   </si>
   <si>
     <t>ITM 1262280/WO MAISON MARGIELA, ITM 1263003/WO EUTM 018017443 REPLICA</t>
   </si>
   <si>
     <t>EUTM 018651670/EM Bulgarian Tribulus terrestris ultra</t>
   </si>
   <si>
     <t>КНМ ПРО</t>
   </si>
   <si>
     <t>uztura bagātinātāji</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 018573805, ITM 1577939 UNSUBSCRIBED, EUTM 018514023 AE77
 EUTM 018512798, EUTM 018746927 SMOOTHEZ BY AERIEEUTM  013945233 AE, EUTM  012644365 AE.COM, EUTM  011882321 AEO  
 EUTM  011739646, EUTM  010029891 AMERICAN EAGLE OUTFITTERS  
 EUTM  009676321, EUTM  006757835 AEO, EUTM  005232335 AMERICAN EAGLE, EUTM  001848449, EUTM  005227657, EUTM  005258603 LIVE YOUR LIFE, EUTM  005066113, EUTM  005287875 AMERICAN EAGLE OUTFITTERS, EUTM  004877701 AERIE, EUTM  005287503  AEO, EUTM  18017673, EUTM  015760523 AMERICAN EAGLE, EUTM  1506211, EUTM  15760531  A.EAGLE, EUTM  012833802 DON’T ASK WHY, EUTM  004901931, EUTM  004474326, EUTM  005287131 AE, EUTM  004386827 AE </t>
   </si>
@@ -9188,53 +8668,50 @@
   </si>
   <si>
     <t>EUTM 89813 (Marque sans texte), EUTM 004548822 LOGAN MCV, ITM 1310537 TREZOR, EUTM 018138964 (Marque sans texte), EUTM 7147135 GENUINE PARTS GROUPERENAULT PIECES D'ORIGINE RENAULTGROUP PIEZAS DE ORIGEN, EUTM 10589653 G, EUTM 018689760 HIPSTER, ITM 1693788 HORSE, EUTM 018770581 (Trade mark without text), EUTM 018740991 BIGSTER, EUTM 018772150 R4, EUTM 018711847 RAFALE, EUTM 018728950 TURBO, EUTM 018677299 (Trade mark without text), EUTM 018775595 ALPENGLOW, EUTM 018799837 R3NLT, EUTM 018772959 R5, ITM 1688891 SOLARBAY,EUTM 018776523
 EUTM 018800773 A290, ITM 1685235 R5 TURBO 3 E, EUTM 018318137 RENAULT 4EVER, EUTM 018786836 THE ORIGINALS, EUTM 018729247 TURBO, EUTM 000820050, EUTM 017538356 (Trade mark without text)	
 EUTM 018487812 EstafettE, EUTM 009545971 CAPTUR,EUTM 016303729 marque figurative, EUTM 000800367 MOTRIO,EUTM 010684462 RENAULT
 EUTM 018040577 RENAULT, EUTM 011658374 RENAULT, EUTM 009732744 RENAULT, EUTM 006914089 RENAULT PRO PLUS, EUTM 014187091 SANDERO, EUTM 000495788 SCENIC, EUTM 005594809 STEPWAY, EUTM 005374905 TWIZI, EUTM 011219219 A ALPINE, EUTM 001095876 ALPINE, EUTM 017969323 A110, ITM 1332337 A110, EUTM 016460917 ALPINE A 110, EUTM 017092313 ARKANA, EUTM 007405814 DUSTER	, EUTM 005627047 ECO 2, EUTM 000626853E GEUS, EUTM 001579549E SPACE, EUTM 008731747 GORDINI, EUTM 008752685 GORDINI, EUTM 89722 INITIALE, EUTM 626911 LATITUDE, EUTM 004580387, EUTM 000891861 VEL SATIS, EUTM 007147143 GENUINE PARTS GROUPERENAULT PIECES D'ORIGINE RENAULTGROUP PIEZAS DE ORIGEN, EUTM 012035911 A, EUTM 010293488 R-LINK, EUTM 010751667 INITIALES PARIS, EUTM 000510156 kangoo,EUTM 000089763 Renault, EUTM 008535213 marque figurative, EUTM 009788233 LODGY	
 EUTM 009871914 SCENIC X-MOD</t>
   </si>
   <si>
     <t>EUTM 012479598/EM ART OF NATURE MASTIHA, EUTM 012479689/EM MASTIHA SHOP, EUTM 004175089/EM mastihashop VOYAGE TO THE EAST MEDITERRANEAN THE CHIOS MASTIHA GROWERS ASSOCI ATION, EUTM 004175063/EMΕΝΩΣΗ ΜΑΣΤΙΧΟΠΑΡΑΓΩΓΩΝ ΧΙΟΥ,	
 CGIP Mastiha Chiou, CGIP Mastihelaio Chiou, CGIP Tsikla Chiou, ITM 900845/WO ELMA</t>
   </si>
   <si>
     <t>ΕΝΩΣΗ ΜΑΣΤΙΧΟΠΑΡΑΓΩΓΩΝ ΧΙΟΥ</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000124446JAVA, EUTM 003449691, EUTM 000125781 SUN 
 EUTM 000124610 SUN, EUTM 000124594 Sun, EUTM 006551626 JAVA 
 </t>
   </si>
   <si>
     <t>ORACLE EMEA LTD</t>
   </si>
   <si>
     <t>operētājsistēmas, programmatūras un datortehnika</t>
-  </si>
-[...1 lines deleted...]
-    <t>MS</t>
   </si>
   <si>
     <t>ITM 883565/WO Schindler, EUTM 016612707/EM, ITM 1265628/WO SCHINDLER</t>
   </si>
   <si>
     <t>INVENTIO AG</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 4661278 MAN, EUTM 11051935, EUTM 122812 NEOPLAN
 ITM 914360 MAN, ITM 1346555 MAN, ITM	542762 MAN, EUTM 3050309 MAN-Originalteil	
 </t>
   </si>
   <si>
     <t>EUTM 000007518 DOONEY &amp; BOURKE, EUTM 000007542, Marca gráfica, EUTM 000007567 DOONEY &amp; BOURKE ALL-WEATHER LEATHER (mixta)</t>
   </si>
   <si>
     <t>ARS FOODS IRELAND LIMITED - WHISKAS</t>
   </si>
   <si>
     <t>BALENCIAGA</t>
   </si>
   <si>
     <t>EUTM 009204009/EM N NICORETTE, EUTM 018688017/EM NICORETTE
 EUTM 018678399/EM BENADRYL, EUTM 018014558/EM ZARBEE'S	
 EUTM 018014695/EM ZARBEE'S NATURALS, EUTM 013782792/EM ZARBEE`S, EUTM 018688019/EM ZARBEE'S, EUTM 018214617/EM NEUTROGENA, EUTM 018437710/EM NEUTROGENA,EUTM 018666502/ EM NEUTROGENA, EUTM 004164018/EM LISTERINE,EUTM 003429859/ EM AVEENO, EUTM 016015547/EM OGX, EUTM 018674580/EM OGX	
@@ -9386,58 +8863,50 @@
     <t xml:space="preserve">
 EUTM 013389614HELLO KITTY, EUTM 000074658 KEROKEROKEROPPI 
 EUTM 000074641BAD BADTZ-MARU, EUTM 001298751POMPOMPURIN
 EUTM 013420369MY MELODY Kopf, EUTM 001177104 DAISY&amp;CORO 
 EUTM 001176080 DEAR DANIEL , EUTM 001176072 DEAR DANIEL Kopf 
 EUTM 013274345HELLO KITTY Kopf, EUTM 013392741 HELLO KITTY Kopf, EUTM 000706564SanriO SMILES, EUTM 014530927 gudetama 
 EUTM 000103721 HELLO KITTY, EUTM 013274303 HELLO KITTY 
 EUTM 003796612CHARMMYKITTY, EUTM 003643004 BADTZ-MARU
 EUTM 003466431 SHINKANSEN, EUTM 003466398TUXEDOSAM 
 EUTM003466372 KITTY, EUTM 003466356 Little Twin Stars, EUTM 003465598shinkansen Abbildung, EUTM 003393188HELLO KITTY Kopf 
 EUTM 003389129HELLO KITTY, EUTM 003142247 HELLO KITTY 
 EUTM 003003753cinnamoroll Abbildung, EUTM 003001989 cinnamoroll 
 EUTM 002078954 9Köpfe, EUTM 002078889MY MELODY Kopf 
 EUTM 010586048KIKI &amp; LALA, EUTM 011582418Hello Kitty Kopf 
 EUTM 011472156 Chococat Kopf, EUTM 010749695Chococat, EUTM 010483436 Wish me mell, EUTM 008182263MY MELODY, EUTM 005768668 KUROM, EUTM 006983282 HELLO KITTY, EUTM 006824701 Hello Kitty Kopf mit Schleife, EUTM 006662571 Hello Kitty Logo, EUTM 006257034Hello Kitty Umrandung, EUTM 005241203 9Sanrio, EUTM 005189352Hello Kitty Schleife, EUTM 004063863 HELLO KITTY, EUTM 003796851  K T 
 EUTM 003796646 Charm my Kitty Abbildung </t>
   </si>
   <si>
     <t>Sanrio Company Ltd.</t>
   </si>
   <si>
     <t>rotaļlietas, apģērbi, somas, aksesuāri u.c.</t>
   </si>
   <si>
     <t>EUTM 018408602 Speed Cups</t>
-  </si>
-[...6 lines deleted...]
-ICD D235209-0033/WO, CDR 005840600-0046/EM</t>
   </si>
   <si>
     <t>JELLYCAT LIMITED</t>
   </si>
   <si>
     <t>grāmatas, plīša rotaļlietas</t>
   </si>
   <si>
     <t>CGIW PDO-FR-A0186 Barsac, CGIW PDO-FR-A0712 Blaye, CGIW PDO-FR-A0821 Bordeaux, CGIW PDO-FR-A0686 Cadillac, CGIW PDO-FR-A092 Canon Fronsac, CGIW PDO-FR-A0987 Côtes de Bordeaux, CGIW PDO-FR-A0306 Bordeaux supérieur, CGIW PDO-FR-A0668 Cérons, CGIW PDO-FR-A0271 Côtes de Blaye, CGIW PDO-FR-A0707 Côtes de Bordeaux-Saint-Macaire
 CGIW PDO-FR-A0828 Bourg / Côtes de Bourg / Bourgeais	, CGIW PDO-FR-A0488 Crémant de Bordeaux, CGIW PDO-FR-A0406 Entre-deux-Mers, CGIW PDO-FR-A1103 Fronsac, CGIW PDO-FR-A0927Graves de Vayres, CGIW PDO-FR-A1012 Graves, CGIW PDO-FR-A1014 Graves supérieures,CGIW PDO-FR-A0710 Haut-Médoc, CGIW PDO-FR-A0171 Lalande-de-Pomerol, CGIW PDO-FR-A0276 Listrac-Médoc, CGIW PDO-FR-A0170 Loupiac, CGIW PDO-FR-A1200 Lussac Saint-Emilion, CGIW PDO-FR-A0329 Margaux,CGIW PDO-FR-A0730 Médoc, CGIW PDO-FR-A0990 Montagne-Saint-Emilion,CGIW PDO-FR-A0731 Moulis / Moulis-en-Médoc, CGIW PDO-FR-A0713 Pauillac,CGIW PDO-FR-A0162 Pessac-Léognan, CGIW PDO-FR-A0273 Pomerol, CGIW PDO-FR-A0274 Premières Côtes de Bordeaux,CGIW PDO-FR-A0992 Puisseguin Saint-Emilion, CGIW PDO-FR-A0988 Saint-Emilion, CGIW PDO-FR-A0993 Saint-Emilion Grand Cru, CGIW PDO-FR-A0178 Saint-Estèphe, CGIW PDO-FR-A0991 Saint-Georges-Saint-Emilion, CGIW PDO-FR-A0500 Saint-Julien
 CGIW PDO-FR-A0714 Sainte-Croix-du-Mont, CGIW PDO-FR-A0407 Sainte-Foy-Bordeaux, CGIW PDO-FR-A0819 Sauternes</t>
   </si>
   <si>
     <t>CONSEIL INTERPROF DU VIN DE BORDEAUX</t>
   </si>
   <si>
     <t>EUTM 018761565 OEKO TEX,EUTM 017874217 LEATHER STANDARD</t>
   </si>
   <si>
     <t>Forschungsinstitut Hohenstein Prof. Dr. Jürgen Mecheels GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>EUTM 005122081/EM JANSPORT, EUTM 003506698/EM JANSPORT
 EUTM 005121561/EM JANSPORT,EUTM 018286470/EM EASTPAK U.S.A. SINCE 1952, EUTM 008668981/EM EASTPAK BUILT TO RESIST, EUTM 017705906/EM EASTPAK U.S.A. LAB, EUTM 013061189/EM EASTPAK U.S.A., EUTM 011763752/EM EASTPAK U.S.A., EUTM 017706003/EM EASTPAK U.S.A., EUTM 008296972/EM EASTPAKU.S.A., EUTM 018270414/EM EASTPAK U.S.A., EUTM 018269810/EM EASTPAK U.S.A.
 EUTM 004399218/EM EASTPAK, EUTM 000397984/EM EASTPAK, EUTM 009968363/EM EASTPAK, EUTM 000037077/EM EASTPAK, EUTM 000036996/EM EASTPAK, EUTM 000428185/EM JANSPORT GET OUT WHILE YOU CAN,EUTM 017947886/EMJ ANSPORT COMPANY SEATTLE
@@ -10000,50 +9469,58 @@
   </si>
   <si>
     <t>ķīmiskie produkti, neapstrādāti sintētiskie sveķi, neapstrādātas plastmasas, ugunsdzēsības un ugunsdrošības līdzekļi, cietinātāji un lodēšanas līdzekļi, miecēšanas līdzekļi dzīvnieku ādām, līmes rūpnieciskiem mērķiem, špakteles un citas pildvielas, komposts, mēslošanas līdzekļi, kūtsmēsli, bioloģiskie aģenti rūpnieciskiem un zinātniskiem mērķiem, krāsa</t>
   </si>
   <si>
     <t>EUTM 000543330/EM METEOSPASMYL</t>
   </si>
   <si>
     <t>LABORATOIRES MAYOLY SPINDLER</t>
   </si>
   <si>
     <t>atmiņas kartes u.c.</t>
   </si>
   <si>
     <t>EUTM 012254025/EM Saxenda, EUTM  013519418 Ozempic,  EUTM 018213481/EM novo nordisk, ICD D201679-0003/WO, ICDD201679-0007/WO
 ICD D201679-0008/WO, ICD D201679-0004/WO, ICD D201679-0002/WO	
 ICD D201679-0001/WO, ICD D201679-0005/WO, ICD D201679-0006/WO	
 ICD D201679-0009/WO, EUTM 017928459/EM 10000013 Rybelsus, EUTM 018328084/EM WEGOVY,EUTM 018544892/EM Awiqli, EUTM 018889211/ EM</t>
   </si>
   <si>
     <t>NOVO NORDISK A/S</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 8912 BDF, EUTM	15735 ATRIX, EUTM 8920	ABC, EUTM15727/ 8x4, EUTM 916905/Nivea Visage, EUTM 4730438/Nivea Soft, EUTM 951550/Nivea,  EUTM 7517139/Liposan, EUTM 7283864/Liposan, EUTM 937382/Elastoplast, EUTM 10256782/NIVEA, EUTM 3433737/ FLORENA, EUTM 12591/Nivea Creme, EUTM 428342, EUTM 605576,  EUTM 12609/NIVEA, EUTM 15750/Labello, EUTM 221127/Hidrofugal, EUTM 2798742/Harmony, EUTM 8961/Hansaplast, EUTM 765927/Eucerin, EUTM 710661/Eucerin, EUTM 2777209/ELASTOPLAST, EUTM 5204052/DUO, EUTM 1548031/doppel dusch, EUTM 363143/Beiersdorf,  EUTM 30494/BDF, EUTM 8912/BDF, EUTM 963574/ATRIX ,  EUTM 15735/ATRIX , EUTM 8920/ABC, EUTM 11900172/Nivea Sun, EUTM 12183968/Nivea Baby,  EUTM 12253043/AQUAPHOR, EUTM 11019601/AQUAPHOR,  EUTM 12443073/8 x 4, EUTM 10785/Gammon, EUTM 11187358/8 x 4, EUTM 10853216/Nivea Men, EUTM 11046836/Labello, EUTM 11398955/Hansaplast, EUTM 3557808/Nivea, EUTM 977953/Nivea Creme  
  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                       EUTM 018103012ÏNAO, EUTM 018315945 e, EUTM 018285748 DOUBLE TROUBLE, EUTM 018033019 e essence, EUTM 18170349 JUICY BOMB	
+EUTM 018269705 e essence, EUTM 018679312 e essence Lash Princess	
+EUTM 018861983 Lash PRINCESS, EUTM 018865568 (Marke ohne Text)	
+EUTM 018584337 INAO, EUTM 018692925 e essence I EXTREME, EUTM 018849546 I EX TREME, EUTM 013000419 I EXTREME,EUTM 018269704
+EUTM18884494 DEFINITION &amp; VOLUME DOUBLE TROUBLE MASCARA EXTRA BLACK, EUTM 018948410 JUICY BOMBEUTM009128661e by essence, EUTM012734505 e essence, EUTM 004109567  essence, EUTM 009128687essence, EUM009128711 essence 
+</t>
   </si>
   <si>
     <t xml:space="preserve">skaistumkopšanas līdzekļi vai grima līdzekļi un ādas kopšanas līdzekļi (izņemot medikamentus), tostarp saules aizsargkrēmi un iedeguma līdzekļi, roku vai kāju kopšanas līdzekļi, kosmētika, roku vai kāju kopšanas līdzekļi u.c. </t>
   </si>
   <si>
     <t>STEFANPLAST S.P.A.</t>
   </si>
   <si>
     <t>CDR 000339262-0001/EM</t>
   </si>
   <si>
     <t>plastmasas bļodas, konteineri, vannas u.c.</t>
   </si>
   <si>
     <t>PARAJUMPERS SPA</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">
 EUTM 018688070/EM BATH &amp; BODY WORKS, EUTM 008504219/EM BATH &amp; BODY WORKS, EUTM 007168966/EM BBW Bath &amp; Body Works	
 ITM 1502230/WO BLACK CHERRY MERLOT, ITM 1502668/WO BLACK TEAKWOOD, EUTM 017503269/EM BUBBLE COOL, ITM 1513438/WO CARAMEL PUMPKIN SWIRL, ITM 1773514/WO COZY CASHMERE	
 ITM 1513626/WO CRANBERRY WOODS, ITM 1505348/WO CRISP MORNING AIR, ITM 1716199/WO DARK KISS, ITM 1757389/WO, ITM 1764618/WO FRESH BLUE SKY, ITM 1490617/WO GINGHAM, ITM 1555631/WO HIBISCUS WATERFALLS, ITM 1716959/WO IN THE STARS
 ITM 1722580/WO INTO THE NIGHT, </t>
     </r>
     <r>
@@ -10062,54 +9539,50 @@
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> LE</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>MON, ITM 1742198/WO LOVE ALWAYS WINS, ITM 1514008/WO MARSHMALLOW FIRESIDE, EUTM 015137342/EM POCKETBAC, ITM 1791253/WO NATIONAL GINGHAM DAY,ITM 1793173/WO NATIONAL GINGHAM WEEK, ITM 1489315/WO PEACH BELLINI, EUTM017950437/ EM POCKETBAC PALS, EUTM 015821101/EM POCKETKISS, EUTM 015821077/EM POCKETSHEA, ITM 1742199/WO STRAWBERRY SNOW FLAKES, ITM 1736122/WO RADIANT SKY, ITM 1610435/WO SPREAD LOVE NOT GERMS, ITM 1554488/WO STRAWBERRY POUND CAKE
 ITM 1502078/WO SUMMER BOARDWALK, ITM 1632087/WO SUN-DRENCHED LINEN, ITM 1767069/WO SUNSHINE DAY,ITM 1764619/WO SUNWASHED SANTAL, ITM 1498511/WO SWEATER WEATHER, ITM 1699687/WO SWEATER WEATHER, ITM 1016322/WO TRUE BLUE, ITM 1762757/WO TRUE BLUE SPA, ITM 1502606/WO TURQUOISE WATERS	
 ITM 1839347/WO TWISTED PEPPERMINT, ITM 1054105/WO  WALLFLOWERS, ITM 1509613/WO VANILLA BEAN NOEL,ITM 1497042/ WO WAIKIKI BEACH COCONUT, ITM 1551683/WO WELCOME HOME	
 EUTM 018936400/EM WHITE BARN, ITM 1473222/WO WHITE BARN	
 EUTM 015144298/EM WHITE BARN, ITM 1502934/WO WINE CELLAR
 EUTM 017781048/EM NATURAL VIBES,ITM 1502664/WO ALOHA KIWI PASSIONFRUIT, ITM 1764649/WO AMBER BLUSH, ITM 1722761/WO AMONG THE CLOUDS, ITM 1246732/WO BATH &amp; BODY WORKS	
 EUTM 014187884/EM BATH &amp; BODY WORKS,CDR 007814678-0003/EM</t>
     </r>
   </si>
   <si>
     <t>null Bath &amp; Body Works Brand Management Inc.</t>
   </si>
   <si>
-    <t xml:space="preserve">dāvanu maisiņi, dāvanu kastes, aromāti, smaržvielas, ziepes, aerosoli, losjoni,higiēnas gels, uz spirta bāzes veidots antibakteriāls ādas dezinfekcijas līdzeklis, kosmētiskie ķermeņa skrubji, attīroši roku tīrīšanas līdzekļi, sveces, lustras, telpu aerosoli, automašīnu smaržas, 
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 015433436/EM DEFENDER, EUTM 017866806/EM EVOQUE, EUTM 010507903/EM F-TYPE, EUTM 015426737/EM E-PACE, EUTM 012767133/ EM SVR, EUTM 014875355/EM I-PACEEUTM 016482051 DEFENDER, EUTM 000143842 DISCOVERY, EUTM 017866807 XE, EUTM 000323592 XJ, EUTM 012718698 JAGUAR, EUTM 013184999 nawm, EUTM 016492332 JAGUAR, EUTM 015422926 LAND ROVER, EUTM 017879330 nawm, EUTM  013370572 Land Rover, EUTM  013370606 Range Rover, EUTM  013315833 Defender, EUTM 004847604 Land Rover, EUTM  005709481 Range Rover, EUTM  005709431 Range Rover, EUTM  000499343 Freelander, EUTM  000143792 Range Rover, EUTM  000189795 Jaguar, EUTM  005709456 Range Rover, EUTM  004071874 Range Rover, EUTM  000026658, EUTM  000026625 Jaguar, EUTM  000143644  Land Rover, EUTM  006447221Range Rover, EUTM  003648524 Range Rover, EUTM  005675343 Jaguar, EUTM  000026674, EUTM  000143842 Discovery  </t>
   </si>
   <si>
     <t>JAGUAR LAND ROVER LIMITED</t>
   </si>
   <si>
     <t>POP MART NETHERLANDS B.V.</t>
   </si>
   <si>
     <t>rotaļlietas, atslēgu piekariņi u.c.</t>
   </si>
   <si>
     <t>CDR 004555001-0006/EM</t>
   </si>
   <si>
     <t>ZAFFERANO SRL</t>
   </si>
   <si>
     <t>LED noskaņas gaismas</t>
   </si>
   <si>
     <t>EUTM 010186179/EM PEPPA PIG, EUTM 010186261/EM PEPPA PIG	
 EUTM 013084512/EM PJ Masks, EUTM 013084587/EM PJ Masks, EUTM 013957352/EM, EUTM 014396097/EM, EUTM 014395982/EM PJ Masks EUTM 018189029 Peppa Pig, EUTM 012216834 Peppa Pig, EUTM 010186261 Peppa Pig (fig.), EUTM 010186179 Peppa Pig, EUTM 015152911 SUPERPIGIAMINI, EUTM 015152929 SUPERPIJAMAS EUTM 015152978  PYJAMA HELDEN, EUTM 013957352, EUTM 013084512 PJ Masks, EUTM 013084587 PJ Masks, EUTM 014395982 PJ Masks, EUTM 014396097</t>
   </si>
   <si>
@@ -10125,59 +9598,50 @@
       </rPr>
       <t xml:space="preserve">EUTM 014412951 DAVIDOFF Cool Water, EUTM 014297048 DAVIDOFF Cool Water, ITM 1788437 DAVIDOFF COOL ELIXIR, ITM 490202ZINO,  ITM 490202 ZINO, ITM 467511 ZINO DAVIDOFF, ITM 968340 SILVER SHADOW PRIVATE, ITM 930604, ITM 857686 DAVIDOFF, ITM 942330 DAVIDOFF ADVENTURE, EUTM 003788767, ITM 1020705 DAVIDOFF CHAMPION, ITM 1068031, ITM 977631 HOT WATER, ITM 1459417 Cool Water, ITM 1445248 DAVIDOFF RUN WILD, ITM 1345267 DAVIDOFF COOL WATER WAVE, ITM 1303865 DAVIDOFF HORIZON, ITM 1153295 DAVIDOFF THE GAME, ITM 761286 COOL WATER, ITM 467510 DAVIDOFF    
 </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Courier New"/>
         <family val="3"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <t>CDR 008519110-0004/EM</t>
   </si>
   <si>
     <t>TaiYuanShiXiaoDianQuJinShangXianRiYongPinShangHang</t>
   </si>
   <si>
     <t>hanteles, hanteļu statīvi, hanteļu stieņi svarcelšanai, fitnesa aprīkojums lietošanai telpās, aprīkojums fiziskās sagatavotības uzturēšanai, plaukti fitnesa aprīkojuma glabāšanai</t>
   </si>
   <si>
-    <t xml:space="preserve">
-[...7 lines deleted...]
-  <si>
     <t>ERREA' SPORT S.P.A.</t>
   </si>
   <si>
     <t>1CD D222353-0003/WO, ICD D222353-0006/WO, ICD D222353-0005/WO
 ICD D222353-0001/WO, ICD D222353-0004/WO, ICD D222353-0002/WO	
 ICD D223409-0002/WO, ICD D223409-0006/WO, ICD D223409-0004/WO	
 ICD D223409-0003/WO,  ICD D223409-0005/WO, ICD D223409-0001/WO	
 ICD D227365-0002/WO, ICD D227365-0001/WO, ICD D227449-0001/WO	
 ICD D228379-0011/WO, ICD D228379-0005/WO, ICD D228379-0003/WO	
 ICD D228379-0007/WO, ICD D228379-0001/WO, ICD D228379-0009/WO	
 ICD D228379-0006/WO, ICD D228379-0008/WO, ICD D228379-0004/WO
 ICD D228379-0002/WO, ICD D228379-0010/WO, ICD D231895-0001/WO	
 ICD D231912-0001/WO,ICD D231918-0001/WO, CDR 007690557-0001/EM
 CDR 008282743-0001/EM, CDR 008282743-0002/EM, CDR 008282743- 0003/EM, CDR 008282743-0004/EM	EUTM 015222854/EM F, EUTM 015222854/EM F, EUTM015222805/EM FURLA,ITM 1642449/WO FURLA, ITM 1163622/WO FURLA PIPER, EUTM 015222763/EM F, EUTM 015222681/EM F, ICD D224712-0001/WO, ICD D231780-0001/WO, ICD D231831-0001/WO, ICD D231831-0002/WO, ICD D212940-0003/WO	
 ICD D213089-0002/WO, ICD D213089-0003/WO, ICD D213089-0005/WO	
 ICD D213089-0004/WO, ICD D219054-0001/WO</t>
   </si>
   <si>
     <t>FURLA S.P.A.</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 015002970-0003/EM, CDR 015002970-0001/EM, CDR 015002970- 0006/EM	, CDR 015002970-0007/EM, CDR 015005059-0012/EM, EUTM 018919377/EM COCCINELLE ROUNDABOUT, EUTM 016522575/EM COCCINELLE, EUTM 000977454/EM C COCCINELLE,EUTM000969626/EM COCCINELLE,EUTM018319768/EM Never Without Bag,EUTM010570737/EM
 EUTM005655436/EM, EUTM009825613/EM, EUTM017624339/EM C COCCINELLE, EUTM018429552/EM Coccinelle Beat, CDR008937544- 0009/EM, CDR008937544-0001/EM, CDR008937544-0005/EM, CDR 008937544-0004/EM, CDR008937544-0010/EM	, CDR008937544-0008/EM, CDR 015005059-0011/EMCDR015005059-0014/EM,CDR015005059-0007/EM
 CDR015005059-0010/EM, CDR015005059-0002/EM,CDR015005059-0015/EM
 CDR015005059-0017/EM, CDR015005059-0001/EM,CDR015005059-0016/EM
@@ -10248,62 +9712,50 @@
     <t>YAMAHA MOTOR EUROPE N.V.</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 005216957 NORDITROPIN SIMPLEXX, EUTM 002509172 NORDITROPIN,  EUTM 018036209 Sogroya</t>
   </si>
   <si>
     <t>AUTOMOBILI LAMBORGHINI S.P.A.</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 015082700-0008, CDR 015082700-0007, CDR 015082700-0006, CDR 015048078-0011, CDR 008846307-0009, CDR 008846307-0008, CDR 008846307-0010	</t>
   </si>
   <si>
     <t>Ravensburger Verlag GmbH</t>
   </si>
   <si>
     <t>galda spēles</t>
   </si>
   <si>
     <t>EUTM 000102988/EM CELEST, EUTM 000102939/EM DIVIDEND, EUTM 000039230/EM MODDUS, EUTM 000120956/EM RIDOMIL GOLD, EUTM 000120857/EM SWITCH, EUTM 015947799/EM ACTARA,EUTM 002292175/ EM HERITAGE, EUTM 006513675/EM SCORE, EUTM 003942299/EM AXIAL, ITM 1260753/WO MIRAVIS	, EUTM 015630932/EM ORONDIS	
 EUTM 016462699/EM VIBRANCE</t>
   </si>
   <si>
     <t>Syngenta Crop Protection AG</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR015055168-0006/EM, CDR015013346-0006/EM,CDR015013346-0002/EM
-[...10 lines deleted...]
-  <si>
     <t>WESTERN DIGITAL TECHNOLOGIES INC.</t>
   </si>
   <si>
     <t>EUTM 018188699/EM SKIFIDOL</t>
   </si>
   <si>
     <t>OFFICINA COMUNICAZIONE S.R.L.</t>
   </si>
   <si>
     <t>spēļu kārtis u.c.</t>
   </si>
   <si>
     <t>CDR 015038444-0001/EM</t>
   </si>
   <si>
     <t>IPEA SRL</t>
   </si>
   <si>
     <t>EUTM 018706052/EM HML, EUTM 018932998/EM, EUTM 018906378/EM
 EUTM 018706564/EM, EUTM 018408336/EM, EUTM 003015377/EM, ITM
 1306318/WO, ITM 1318464/WO,ITM 878866/WO, ITM 1313403/WO, ITM 881224/WO, ITM 943057/WO, ITM 915962/WO,ITM 871910/WO HUMMEL
 EUTM 001203942/EM hummel, EUTM 009818873/EM hummel Recycled	
 EUTM 018015116/EM hummel UPCYCLED,EUTM 018018015/EM hummel UPCYCLED, EUTM 018921224/EM OFF DUTY GEAR, EUTM 010277705/ EM newline, EUTM 013481891/EM, EUTM 016982092/EM HALO</t>
   </si>
   <si>
@@ -10359,62 +9811,56 @@
   <si>
     <t>TÜV Markenverbund e.V.</t>
   </si>
   <si>
     <t>elektropreces u.c.</t>
   </si>
   <si>
     <t>EUTM 018235157 LAVAZZA, EUTM 018591825 LAVAZZA A MODO MIO BARISTA TECHNOLOGY (FIGURATIVE), EUTM 018397566 LA RESERVA DE ¡TIERRA! PREMIUM BLEND HUMECO BIO-ORGANIC (FIGURATIVE), EUTM 018416406 PAULISTA (FIGURATIVE),EUTM 18345601 BLEND FOR BETTER (FIGURATIVE), EUTM 018359883   LAVAZZA COFFEE TO GO (FIGURATIVE)EUTM 011582616LAVAZZA QUALITA' ORO, ITM 1186133LAVAZZA, EUTM 317057 LAVAZZA, EUTM 15134984 LAVAZZA</t>
   </si>
   <si>
     <t>LUIGI LAVAZZA S.p.A.</t>
   </si>
   <si>
     <t>kafija</t>
   </si>
   <si>
     <t>kafija, kafijas kannas, šķīstošā kafija, kafijas krūzes, kafijas maisiņi, malta kafija u.c.</t>
   </si>
   <si>
     <t>EUTM7448293montura logo figurative</t>
   </si>
   <si>
     <t>MONTURA S.R.L.</t>
   </si>
   <si>
-    <t>apģērbi un aksesuāri alpīnisma,kāpšanas un āra aktivitātēm</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 018677050/EM SUSANNA FALKEN JEWELLERY Because i care	
 EUTM 018265824/EM SUSANNA FALKEN, EUTM 018682448/EM SF
 CDR 008678221-0001/EM	</t>
   </si>
   <si>
     <t>Susanna Falken Jewellery AB</t>
-  </si>
-[...1 lines deleted...]
-    <t>rotaslietas, juvelierizstrādājumi, rotaslietu lādītes,  putekļu lupatiņa, filca maisiņi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 012219366 79981781 MONTBLANC,  EUTM 012201869, ITM	1298754/WO	10000003	MONTBLANC
 </t>
   </si>
   <si>
     <t xml:space="preserve">ICD D088738-0003/WO, ICD D088828-0001/WO,  EUTM 018382614/EM VALENTINO GARAVANI, EUTM 018169505/EM V, CDR 007382619- 0001/EM, EUTM	017009119/EM VLTN, EUTM 009615601/EM T-SHIRT COUTURE, EUTM 013822978/EM REDV, EUTM 013898481/EM RED V
 CDR 002167858-0001/EM, EUTM 010269331/EM RED V,EUTM 010843134/ EM RED V, EUTM 007539919/EM RED VALENTINO,EUTM 010500874/EM RED VALENTINO, EUTM	006937221/EM V, EUTM 010945236/EM VALENTINA, EUTM 010152866/EM VALENTINA VALENTINO, EUTM 001990407/EM VALENTINO, EUTM	007012149/EM VALENTINO GARAVANI, CDR 002154708-0001/EM, ICD D095792-0002/WO		</t>
   </si>
   <si>
     <t>ITM 1535997/WO ARRA MYSTIC BLOOM, CPVR 43523 Arraone
 CPVR 43524 Arrafour, CPVR 40783 Arraten,CPVR 40779 Arraeleven
 CPVR 40782 Arrathirteen, CPVR 49473 Arrafourteenone, CPVR 43525 Arrasixteen, CPVR 40781 Arrafifteen, CPVR 49472 Arraeighteen, CPVR 40780 Arranineteen,CPVR 49470 Arratwentyfive
 CPVR 49471 Arratwentyseven, CPVR 49474 Arratwentyeight	
 CPVR 49469 Arratwentynine, CPVR 52663 Arrathirty, CPVR 58284 Arrathirtyone, CPVR 58280 Arrathirtytwo,ITM 1416455/WO ARRA PASSION FIRE, EUTM 017884676/EM ARRA AUTUMN GIANT
 ITM 1416001/WO ARRA SWEETIES, ITM 1466687/WO ARRA MYSTIC DREAM, ITM 1466683/WO ARRA MYSTIC STAR	
 ITM 1466608/WO ARRA PASSION GLOW, ITM 1466676/WO ARRA PASSION PUNCH, EUTM 018103410/EM ARRA PASSION STAR, ITM 1536561/WO ARRA SUGAR DROP,EUTM 018383563/ EM ARRA YUM!BO, ITM 1602198/WO ARRA HONEY POP</t>
   </si>
   <si>
     <t>GRAPA COMPANY LIMITED</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1299513 Lenovo </t>
   </si>
   <si>
@@ -10467,120 +9913,110 @@
     <t>ACM INTERNATIONAL SRL</t>
   </si>
   <si>
     <t>pārnesumkārbas motori, izņemot sauszemes transportlīdzekļiem paredzētos</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 008940587/EM ITALFILE, EUTM 012534202/EM JANE, EUTM 018019036/EM JANE ITALFILE, CDR 006145033-0002/EM,CDR 008362099-0001/EM, CDR 003531078-0001/EM	</t>
   </si>
   <si>
     <t>ITALFILE SRL</t>
   </si>
   <si>
     <t>tālvadības pultis</t>
   </si>
   <si>
     <t>SCAB GIARDINO SPA</t>
   </si>
   <si>
     <t>ICD D220464-0005/WO, ICD D220464-0006/WO, ICD D220464-0003/WO
 ICD D220464-0002/WO, ICD D220464-0001/WO, ICD D220464-0004/WO</t>
   </si>
   <si>
     <t>BEGA Gantenbrink-Leuchten KG</t>
   </si>
   <si>
-    <t>CDR 002377713-0015, CDR 002377713-0006, CDR 015085127-0003, CDR 015085127-0001, CDR 015015635-0004, CDR 015015635-0002, CDR 00378 1160-0005, CDR 003780287-0025, CDR 002429993-0013, CDR 002377713- 0005, CDR 002377713-0004, CDR 002377713-0003, CDR 001626946-0008, CDR 001626946-0003, CDR 001108955-0001, CDR 000904131-0001, ITM 235033 Lichtbaustein, EUTM000026377 BEGA, EUTM 000026336 BEGA Leuchten</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">                         
 EUTM 006665319/EM 10000001 GILLETTE, EUTM 000803833/EM/  MACH3
 EUTM 004238771/EM 10000003 FUSION, EUTM 003997624/EM 10000004 FUSION, EUTM 001079896/EM 10000005 VENUS, EUTM 001930619/EM 10000006 Venus, EUTM 015538416/EM 10000007 ORAL-B, EUTM 003590064/EM 10000008 Oral-B, EUTM 000368712/EM 10000009 MACH
 EUTM 006915045/EM 10000010 PROGLIDE, EUTM 013191507/EM 10000011 PROSHIELD, EUTM 000315184/EM 10000012 SATIN CARE, EUTM 016542086/EM 10000013 FLYING EAGLE, CDR 000388582-0001/EM  
 CDR 000388574-0001/EM, CDR 000388590-0001/EM, CDR 000190194-0001/EM, CDR 000366968-0001/EM, CDR 000173000-0001/EM 
 </t>
   </si>
   <si>
     <t>THE GILLETTE COMPANY LLC</t>
   </si>
   <si>
     <t>skuvekļi, skuvekļu asmeņi, manuālās zobu birstes, elektriskas zobu birstes, zobu birstes galviņas  u.c.</t>
   </si>
   <si>
     <t>ITM 1486516 NODALETO, EUTM 018525039 NODALETO, CDR 008425417- 0001, CDR 008713721-0001</t>
   </si>
   <si>
     <t>NODALETO</t>
   </si>
   <si>
     <t xml:space="preserve">  kosmētiskie un tualetes līdzekļi, zobu pastas, parfimērija, ēteriskās eļļas, preparāti putekļu uzsūkšanai, mitrināšanai un saistīšanai, juvelierizstrādājumi,  pulksteņi un hronometriskie instrumenti,  somas, mēbeles, spoguļi, gleznu rāmji, nemetāliski uzglabāšanas vai transportēšanas konteineri, mājsaimniecības vai virtuves piederumi un trauki, apģērbi, apavi, galvassegas, apavi  u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000687434 e, EUTM 000687111 evolution,EUTM 017998772
 EUTM 000370122 SENNHEISER
 </t>
   </si>
   <si>
     <t>Sennheiser electronic GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>ierīces un instrumenti audio signālu ierakstīšanai, kā arī to daļas, austiņas, mikrofoni u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve"> ITM 164460 VELPEAU</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 018633205 ELFA,EUTM 018365272ELFBAR, EUTM018418043
 EUTM 018731012 ELFLIQ, EUTM 018838763/EM EBDESIGN, EUTM 018862291/EM MARYLIQ, EUTM 018856250/EM MaryLiq</t>
   </si>
   <si>
     <t>ITM 1558349/WO FERRERO ROCHER, ITM1249154/WO FERRERO ROCHER the golden experience, ITM1692374/WO FERRERO ROCHER	
 ITM1628989/WO FERRERO ROCHER ORIGINS, ITM1614931/WO FERRERO ROCHER GOLDEN TRAVELS, ITM1561733/WO FERRERO ROCHER ORIGINS, ITM1501324/WO FERRERO ROCHER GOLD - EDITION</t>
   </si>
   <si>
     <t>vafeles pārklātas ar šokolādi</t>
   </si>
   <si>
     <t>MOONBUG ENTERTAINMENT LIMITED</t>
   </si>
   <si>
     <t>EUTM4186169 PINK LADY, EUTM 2042679 PINK LADY, EUTM 968248 PINK LADY, EUTM 018111127 Pink Lady, EUTM 014353262 Pink Lady, EUTM 009914565 PINKIDS,EUTM 000968248/EM</t>
   </si>
   <si>
     <t>Apple and Pear Australia Limited</t>
   </si>
   <si>
     <t xml:space="preserve"> āboli, pārtika, alkoholiskie dzērieni u.c. </t>
   </si>
   <si>
     <t>EUTM 018234248 PIT VIPER, EUTM 018917967PIT VIPER, EUTM 018917965PIT VIPER, EUTM 018738091/EM BRAPSTRAP, EUTM 018737465/EM FLIGHT OPTICS, EUTM 018737464/EM FLIP-OFFS
 EUTM 018737463/EM LIFT-OFFS, EUTM 018754159/EM PIT VIPER
 EUTM 018775225/EM PIT VIPER, EUTM 018775261/EM PV</t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t>EUTM 012548913 TALTZ, EUTM 010853596 TALTZ, EUTM 014461164 VERZENIOS, EUTM 010853001 OLUMIANT, EUTM 018129502, EUTM 018130857 RETSEVMO, EUTM 012763108 CYRAMZA, EUTM 010350635 CYRAMZA, EUTM 01284969 1trulicity, EUTM 009986159 TRULICITY, CDR 000124292-0009, EUTM 003915071 C, CDR 000124284-0001, EUTM 000299685 HUMALOG, EUTM 000299644 HUMATROPE,CDR 000124284- 0004, CDR 000124292-0012, EUTM 002869634, EUTM 001223916 CIALIS	
 EUTM 001235902 Lilly, EUTM 000237016 LILLY, EUTM 000828715 ALIMTA, EUTM 014826283 OLUMIANT</t>
   </si>
   <si>
     <t>EUTM 017891154/EM, EUTM 017891153/EM briko, EUTM 001847649/EM
 EUTM 003117751/EM, EUTM 017926883/EM KONTROLL, EUTM 003137395/EM KAPPA, EUTM 004951737/EM KAPPA,EUTM 005874995/ EM KAPPA,EUTM 008136996/EM KAPPA,EUTM 005875125/EM ROBE DI KAPPA, ITM871998/WO ROBE DI KAPPA, EUTM 018657259/EM BRIKO
 EUTM 018657250/EM KAPPA, EUTM 018028939/EM Kappa ski vacuum system technology, EUTM 018657252/EM, EUTM 018955011/EM SKI VACUUM SYSTEM TECHNOLOGY</t>
   </si>
   <si>
     <t>EUTM 011298247/EM AC/DC, EUTM 007594146/EM AC/DC, EUTM 014947717/EM AC/DC, EUTM 017962722/EM AC/DC, EUTM 018316239/EM ACDC, EUTM 018389095/EM ACDC, EUTM 018696965/EM BACK IN BLACK, EUTM 018696969/EM HIGHWAY TO HELL</t>
   </si>
   <si>
     <t>LEIDSEPLEIN PRESSE B.V.</t>
   </si>
   <si>
     <t>ITM 1447181 AM 318, EUTM 018396335 Loomen, EUTM 016280844 ANTONY MORATO, EUTM 010801181 MORATO,  EUTM 007447857 ANTONY MORATO,EUTM 010495323 MORATO,  EUTM 008803082 MORATO, EUTM 007219413 ANTONY MORATO, EUTM 005863956 ANTONY MORATO ITALIA, EUTM 005231444 ANTONY MORATO</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 001793611/EM DAB, CDR 004716330-0004/EM, 
 CDR 004067437-0001/EM	</t>
   </si>
   <si>
     <t>DAB PUMPS S.P.A.</t>
@@ -11376,104 +10812,98 @@
   <si>
     <t>somas, džinsa apģērbi</t>
   </si>
   <si>
     <t>EUTM 016732877/EM BING, EUTM 016732869/EM BING, EUTM 018023122/EM, EUTM 016732851/EM BING BUNNY</t>
   </si>
   <si>
     <t>Acamar Films Limited Acamar Films Limited</t>
   </si>
   <si>
     <t>apģērbs, rotaļlietas, leļļu aksesuāri</t>
   </si>
   <si>
     <t>EUTM 017195066 Spigen EUTM 018964532/EM SPIGEN</t>
   </si>
   <si>
     <t>ITM 1196173/WO NIGY, ITM 603354/WO TOPICREM,ITM 1170081/WO TOPICREM, ITM 1040096/WO TOPICREM soins bébé bio</t>
   </si>
   <si>
     <t>LABORATOIRES NIGY S A</t>
   </si>
   <si>
     <t>ķermeņa losjoni</t>
   </si>
   <si>
-    <t>CHATEAU ANGELUS</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 015057276/EM FORLAXEXPRESS,EUTM 013974365/EM, MECTAGO EUTM 014180558/EMSMECTAVIT,EUTM015922503/EM SMECTAGO, EUTM 017771361/EMsmectaGo,EUTM014105647/EM SMECTAGO,EUTM 014741516/EMSMECTA SMART SOLUTION,EUTM 002775/EM smecta Simply unique, EUTM14741474/EMSMECTA EXPECT MORE, EUTM015344815/EMSMECTA EXPRESS, EUTM015344799/EM SMECTA COMFORT, EUTM015344732/EMSMECTA ACTIVE,EUTM  014952378/EM SMECTA SMILES,EUTM015344807/EM SMECTA FORTE
 EUTM 015466444/EM SMECTA, EUTM 007102759/EM smecta,EUTM 015466436/EM SMECTA, EUTM 013974316/EM SMECTA,EUTM 015466477/EM SMECTA, EUTM 015923519/EM SMECTA,ITM1874384/ WOTANAKAN, EUTM007402332/EM TANAKANMAX, EUTM007402341/ EM BITANAKAN, EUTM 06346803/EM tanakan you will remember, EUTM 005902259/EMtanakan based on evidence,EUTM005902242/EMTANAKAN BASED ON EVIDENCE, EUTM007094221/EM tanakan EGb 761,EUTM
 011386695/EM tanakan,EUTM011744571/EM tanakan,EUTM005545066/EM tanakan, EUTM 007094238/EM TANAKAN, EUTM00341894/EM FORLAXLIQUID, EUTM 014579049/EM FORLAXLIB, EUTM015293152/ EMFORLAXVIE, EUTM 015293038/EM FORLAXLIA,EUTM015292964/EM FORLAXION, EUTM 015293095/EM FORLAXPRO,EUTM 011287034/EM smectalia, EUTM 015054547/EM FORLAXGO,EUTM016542771/EM FORLAXGO, EUTM 016542797/EM FORLAXGO, EUTM 015057235/EM 	
 FORLAX EXPRESS, EUTM 017570151/EM forlax kids,EUTM015054182/ EM ORLAX GO, EUTM 017233313/EM FORLAX GO, EUTM 016542672/ EM FORLAX, EUTM 016542714/EM FORLAX, EUTM017807991/EM FORLAX, EUTM 017778267/EM forlax, EUTM 017570144/EM forlax</t>
   </si>
   <si>
     <t>MAYOLY PHARMA FRANCE</t>
   </si>
   <si>
     <t>EUTM 016664963/EM MARCHING ON TOGETHER,EUTM 007115901/EM LEEDS UNITED, EUTM 001311588/EM, EUTM 009353293/EM</t>
   </si>
   <si>
     <t>LEEDS UNITED FOOTBALL CLUB LIMITED</t>
   </si>
   <si>
     <t>sporta apģērbs, futbola bumbas, šalles</t>
   </si>
   <si>
     <t>LATTAFA PERFUMES IND. LLC.</t>
   </si>
   <si>
     <t>SEKIGUCHI CO LTD</t>
   </si>
   <si>
     <t>EUTM 000165845/EM kipling, EUTM 001459155/EM KIPLING, EUTM 001016542/EM kipling,EUTM 001459288/EM KIPLING,	EUTM 001016492/EM KIPLING, EUTM 004903928/EM KIPLING, EUTM 018679398/EM NAPAPIJRI BE OUT THERE,	EUTM 005052816/EM NAPAPIJRI geographic, EUTM 000291021/EM NAPAPIJRI, EUTM 009840901/EM NAPAPIJRI, EUTM 015326325/EM NAPAPIJRI</t>
   </si>
   <si>
     <t>VF International SAGL</t>
   </si>
   <si>
     <t>EUTM	008518839/EM PIONEER DJ, EUTM	010902468/EM  SOUND TUNED BY ANDREW JONES A. JONES CHIEF SPEAKER ENGINEER</t>
   </si>
   <si>
     <t>Pioneer Europe NV</t>
   </si>
   <si>
     <t>skaņas pastiprināšanas iekārtas audio mikseri, skaļruņi</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 8154098 Marca patrón tous, CDR 002081851-0005OSO	
 EUTM 018712249OSO nuevoEUTM  3236619 FIGURATIVA OSO KAOS, EUTM  11882 TOUS MARCA DENOMINTIVA, ITM  1008239 FIGURATIVA cuadrado oso, tulipán, f VA, ITM  1152997   FIGURATIVA NIÑO, ITM  1152996   FIGURATIVA NIÑA, ITM  1064125 FIGURATIVA NIÑA,ITM  1051988 FIGURATIVA NIÑO, EUTM  2739381  DENOMINATIVA TOUS, EUTM  5477922  FIGURATIVA OSOS KAOS, EUTM  8378531  3D CAJA ENVOLTORIO, CDR  001990805-001/002 DISEÑO COMUNITARIO ELEFANTE, CDR  001598319  DISÑEO COMUNITARIO OSO BUBBLE, CDR  002149096-001/002/003/004/005  FIGURATIVO 3D LAZO, DUNA, DISCO MARIPOSA, CDR  002081851-001/002/003/004/005,  002081851-001/002/003/004/005 FLORES Y OSO INFINITY  
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 009593922/MALIBU BLACK, EUTM 000397125/MALIBU COCONUT ICEPAK, EUTM 010886687/fig./, EUTM 009422916/ MALIBU VIVA, EUTM 010438638/MALIBU SUNSHINE, EUTM 05466131MALIBU SOUND CLASH,  EUTM 09593898/MALIBU RED, EUTM 000497651 MALIBU LIME, EUTM 008591737 MALIBOOM BOOM, EUTM 009650037 MALIBU FRESH, 011159597/ MALIBU SUNDAE, EUTM 000396994 MALIBU LIME ICEPAK, EUTM 004101887/MALIBU Chill, CDR 00047720- 0001/EM, EUTM	009467771/EM MALIBU COCKTAILS,EUTM 010467017/ EM MALIBU SUNSHINE, EUTM	009480948/EMMALIBU CREATIONEUTM 011966546/MALIBU,  EUTM 010467017/MALIBU SUNSHINE, EUTM 000940734/MALIBU, EUTM 000940700/MALIBU, EUTM 009670043/MALIBU, EUTM 000756940, EUTM 09467771/MALIBU COCKTAILS, EUTM 009467689/MALIBU COCKTAILS CARIBBEAN COSMO SPIRIT OF THE CARIBBEAN, EUTM 009467812/ MALIBU COCKTAILS ISLAND PUNCH SPIRIT OF THE CARIBBEAN, EUTM 009467721/MALIBU COCKTAILS MELON MARGARITA SPIRIT OF THE CARIBBEAN, EUTM 009467655/ MALIBU COCKTAILS TROPICAL CAIPIRINHA SPIRIT OF THE CARIBBEAN, EUTM 009593971/MALIBU WHITE, EUTM 000418384 /MALIBU,  EUTM 000886689/MALIBU, EUTM 008604753/MALIBU, EUTM 010886761/MALIBU COCKTAILS RUM PUNCH, EUTM 008591976/RADIO MALIBOOM BOOM, EUTM 010038131/MALIBU COCKTAILS CARIBBEAN COSMO, EUTM 010038172/MALIBU COCKTAILS RUM PUNCH, EUTM 010038206 MALIBU COCKTAILS MELON MARGARITA, EUTM 010038248/MALIBU COCKTAILS TROPICAL MOJITO, EUTM 011618485/MALIBOOTH, EUTM 011937133/MALIBU, EUTM 011159597/MALIBU SUNDAE, CDR 002034108-0001, CDR 002034108-0002, CDR 002034108-0003, CDR 002034108-0004 
 </t>
   </si>
   <si>
-    <t>alkoholiskais dzērins MALIBU</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 006103899 PARMIGIANO-REGGIANO, EUTM 008737447 CONSORZIO DEL FORMAGGIO PARMIGIANO REGGIANO, EUTM 008737405 PARMIGIANO REGGIANO, EUTM 017721051 PARMIGIANO REGGIANO, EUTM 017948650, EUTM 008737389 PARMIGIANO REGGIANO, EUTM 001126481 PARMIGIANO REGGIANO, EUTM 017942425 PARMIGIANO REGGIANO, GIP PDO-IT-0016 Parmigiano Reggiano, EUTM 012053369/EM PARMIGIANO REGGIANO CONSORZIO TUTELA</t>
   </si>
   <si>
     <t>CDR 002952846-0001/EM, CDR 002952846-0002/EM</t>
   </si>
   <si>
     <t>FAVERO ELECTRONICS SRL</t>
   </si>
   <si>
     <t>velosipēdu datori, velosipēdu pedāļi</t>
   </si>
   <si>
     <t>EUTM 013055033/EM 1664 - sixteensixtyfour, EUTM 018685684/EM Kronenbourg 1664 BLANC, EUTM 018683108/EM 1664 BLANC, EUTM 019016525/EM 1664 , EUTM 018967049/EM 1664,ITM 1788958/WO 1664 Kronenbourg BLANC, EUTM 018967154/EM 1664, ITM 1749320/WO Kronenbourg 1664</t>
   </si>
   <si>
     <t>BRASSERIES KRONENBOURG</t>
   </si>
   <si>
     <t>alus</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 0989696 GC, EUTM	000567511MARCIANO
 </t>
   </si>
   <si>
@@ -11499,79 +10929,67 @@
   <si>
     <t>LIZ EARLE BEAUTY CO LTD</t>
   </si>
   <si>
     <t>matu veidošanas ierīces</t>
   </si>
   <si>
     <t>EUTM 018985551/EM Kind Patches Kind Patches Kind Patches Kind Patches</t>
   </si>
   <si>
     <t>Kind Patches Limited</t>
   </si>
   <si>
     <t>vitamīnu piedevu plāksteri, transdermālie plāksteri</t>
   </si>
   <si>
     <t>CDR 001856873-0001/EM,EUTM 013124491/EMPARA'KITO, CDR 001856949-0001/EM, CDR 004013472-0001/EM, EUTM 018863065/EM parakito</t>
   </si>
   <si>
     <t>BIOSYNEX</t>
   </si>
   <si>
     <t xml:space="preserve">rokassprādzes, odu atbaidīšanas līdzekļi </t>
   </si>
   <si>
-    <t xml:space="preserve">                                                                                                                                     EUTM  008204901   Micro SD, EUTM  008204794  SD XC, EUTM  001275858  SD, ITM  907972  SD HC, EUTM  10825421   Micro SD XC, EUTM  10825446  Micro SD HC, CDR  000128566-0001, CDR  000128566-0002,CDR  000128566- 0003, CDR  000128566-0004, EUTM	010825388/EM SD SMART, EUTM 018837191/EM SDUC, EUTM 018837197/EM	 micro SDUC
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve">Finlandia Vodka Oy </t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 4835757 CANAIMA (denom)	, EUTM 14959621 CANAIMA
 </t>
   </si>
   <si>
     <t>DUG PORTUGAL, UNIPESSOAL LDA</t>
   </si>
   <si>
     <t>EUTM 018934668/EM EXPEDITION 33, EUTM 018934698/EM CLAIR OBSCUR, ITM 1785397/WO CLAIR OBSCUR, ITM 1785398/WO EXPEDITION 33</t>
   </si>
   <si>
     <t>SANDFALL INTERACTIVE</t>
   </si>
   <si>
     <t>t-krekli u.c.</t>
-  </si>
-[...6 lines deleted...]
-CDR 001386858-0001/EM</t>
   </si>
   <si>
     <t>EREMA Engineering Recycling Maschinen und Anlagen Gesellschaft m.b.H.</t>
   </si>
   <si>
     <t xml:space="preserve">atkritumu pārstrādes sistēmas u.c. </t>
   </si>
   <si>
     <t>CDR 015033609-0001/EM</t>
   </si>
   <si>
     <t>JIAOJUN WU</t>
   </si>
   <si>
     <t>ceļojumu čemodāni un ceļojumu somas u.c.</t>
   </si>
   <si>
     <t>EUTM 002822591/EM TIGI	, EUTM 000816918/EM BED HEAD, EUTM 018310787/EM TIGI</t>
   </si>
   <si>
     <t>TIGI HOLDINGS LIMITED</t>
   </si>
   <si>
     <t>matu veidošanas vaski, kosmētika un kosmētikas līdzekļi, matu kopšanas līdzekļi un procedūras</t>
   </si>
@@ -11632,56 +11050,50 @@
       </rPr>
       <t xml:space="preserve">005430939 catrice, EUTM 015921422 CA, EUTM 012734571 CATRICE, EUTM 018675482 CATRICE COSMETICS HD LIQUID COVERAGE FOUNDATION </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">EUTM 008640351 SARABANDA,EUTM 009150244 MINIBANDA, EUTM 008844391 MINIBANDA, EUTM 008640211 SARABANDA, EUTM 001152503S ARABANDA, EUTM008640351 SARABANDA, EUTM 008895492 S </t>
   </si>
   <si>
     <t xml:space="preserve">CDR008707525-0005MOLD CLOSED shoes, CDR008707525-0004LADY SOCK shoes, CDR008707525-0002LADY AFTERHOUR shoes, CDR008707 525-0001Talon LADY,CDR 008754386-0002WAIST BAG, CDR008756266- 0001LINDSAY BAG (chain), CDR008754386-0001LINDSAY BAG (strap), EUTM1497643 Nawm, CDR 001203830-0001,CDR 003379833-0001, CDR 001203830-0001, ICD 100149, CDR 007721808-0001, CDR 008186043-0001, CDR 001262828-0002, CDR 008186043-0002, CDR 008186043-0003, CDR 002512152-0001, CDR 002513085-0001, CDR 007439385-0001, CDR 007439385-0002, CDR 007439385-0003, CDR 008186605-0001, EUTM 011865805Balenciaga, EUTM 006257042 BB, CDR 007722715-0001, EUTM 017416141 BB, EUTM 001048370 BB, ICD 100179, ICD 100180, CDR 006272498-0001, CDR 006272852- 0001, ICD 103381, CDR 006272852-0002, EUTM 1497643 Nawm, CDR 007008057-0001, CDR 005945631-0001, ICD 103372, CDR 007009402- 0001, CDR 006935219-0001, CDR 001262836-0001
 </t>
   </si>
   <si>
     <t>masāžas eļļas, eļļošanas krēmi un želejas, orgasma krēmi medicīniskiem un nemedicīniskiem nolūkiem,medicīniskie seksuālie līdzekļi, farmaceitiskie produkti, pudeles, pudeļu formas, konteineri, izstrādājumi aizvākošanai</t>
   </si>
   <si>
     <t xml:space="preserve">ITM  1421068  Taycan, EUTM  10788164   Panamera, EUTM  3915493 Panamera, EUTM  3915766 Cayman, EUTM  010195873 Cayman, EUTM  1393255  Cayenne, EUTM  12230082  Cayenne, EUTM  9396052  Boxste, EUTM  12897047  Macan, EUTM  10789089   Macan, EUTM  005832878 PORSCHE DESIGN, EUTM  002932085, EUTM  000345744 PORSCHE STUTTGART, EUTM  001700954, EUTM  000073098 PORSCHE, EUTM  002765972, EUTM  10769917  Macan, EUTM  9736232, EUTM  11737368 Porsche, EUTM  11737426 PORSCHE STUTTGART,  EUTM  73171 TARGA, EUTM  283879 CARRERA, EUTM  10842425 turbo, ITM  1055649  Spyder, EUTM  011251741, EUTM  014874614, EUTM  15610256  PIWIS  </t>
   </si>
   <si>
     <t>bezalkoholiskie dzērieni, apģērbi, galvassegas peldkostīmi, t-krekli, zeķes, sviedru krekli, šorti, kleitas, sandales, skriešanas kostīmi, sporta džemperi, apakšbikses, džemperi ar kapuci, vestes, bikses, pidžamas, naktskrekli u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                           EUTM 010181527 Alcon, EUTM 004225439 Ciba Vision, EUTM 005616339 Ciba Vision, EUTM 002299675 Ciba Vision, EUTM 000811992 Freshlook Colorfriends, EUTM 001913219 Freshlook, EUTM  018012654 Freshlook Air Colors, EUTM 009241191 Freshlook Illuminate, EUTM 010988591 Dailies Freshlook Illuminate 
 </t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM011082492ABCDE FGHJK, EUTM011822533ABCDE FGHJK, EUTM 011822525ABCDE FGHJK, EUTM010627164 ABCDE FGHJK, EUTM002267581 CLEVITE, ITM 1088531pc, ITM 1081123, ITM 1330576CareMetix </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM009783821Nutri Bullet, EUTM 013261706RX, EUTM 013303847 Nutribullet RX, EUTM 004100483Magic Bullet, EUTM 013479258Bullet, EUTM 013921069Nutribullet, EUTM 014968879 NutriBullet, EUTM 004956462Magic Bullet, EUTM 008917049Baby Bullet </t>
   </si>
   <si>
     <t>pulksteņi un hronoloģiski instrumenti, juvelierizstrādājumi, rotaslietas, apģērbi, galvassegas, šalles, cimdi, zeķes, jostas, apavi, apavu zoles, zolītes, un citi aksesuāri, rāvējslēdzēji, apavu tīrīšanas un pulēšanas līdzekļi, ugunsdrošais apģērbs, darba bikses, virsvalki, ceļgalu spilventiņi, cietās cepures, aizsargcimdi, aizsargbrilles, rūpniecības apavi, saulesbrilles, austiņas, mobilo tālruņu siksnas, atmiņas kartes, DVD, kompaktdiski, magnētiskie datu nesēji, video kasetes, rūpniecisko apavu zoles un zolītes, instrumentu jostas, instrumentu jostu piederumi, somas, somiņas ceļojumu somas, čemodāni, mugursomas, kabatas portfeļi, maki, kancelejas preces un biroja piederumi</t>
   </si>
   <si>
     <t xml:space="preserve"> zobārstniecības instrumenti, zobārstniecības un zobārstniecības tehnikas aparāti un aprīkojums, zobu sūkšanas sistēmas, zobārstniecības darbības lampas, laboratorijas mēbeles zobārstiem un zobu tehniķiem</t>
   </si>
   <si>
     <t>audumi tekstila vajadzībām, gultas un galda pārklāji, apģērbs krekli, šalles, vestes, t-krekli, Bermudu šorti, apģērba stiprinājumi, bikšturi, apavi, dārgmetāli un to sakausējumi, juvelierizstrādājumi, brilles, optiskie izstrādājumi, somas, smaržas, tualetes, tualetes piederumi, kosmētikas produkti, āda un ādas imitācijas, dzīvnieku ādas u.c.</t>
   </si>
   <si>
     <t>datoru aparatūra, datorprogrammas, daļas un piederumi, tonera kasetnes, tintes kasetnes printeriem, datoru somas u.c.</t>
   </si>
   <si>
     <t>juvelierizstrādājumi, sudraba rotaslietas, dārgmetālu figūriņas - statuetes, medaļas, bižutērija, atslēgu piekariņi personīgie piederumi u.c.</t>
   </si>
   <si>
     <t>rokas darbarīki un rokas instrumenti, galda piederumi, instrumenti pārtikas sagatavošanai virtuves piederumu griešanas ieliktņi, drupinātāji, piederumi pārtikas produktu rīvēšanai, impregnēšana, trauki mājsaimniecības un virtuves vajadzībām, stikla trauki, bļodas, paliktņi, silikona paklāji u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">šaujamieroču optiskie aparāti, instrumenti, tēmēkļi un tvērumi, teleskopiskais tēmeklis, šautenes binokļi, monokļi, lāzera tālmēri, statīvi, apģērbs, cepures, krekli, sporta krekli u.c.
 </t>
   </si>
   <si>
@@ -11733,75 +11145,66 @@
     <t>mobilo tālruņu maciņi, pludmales tērpi, t-krekli, zeķes, sporta krekli, čības, kurpes, galda spēles, adventes kalendāri, parastā metāla atslēgu piekariņi, interaktīvie spēļu krēsli videospēlēm, statujas no plastmasas materiāliem, vaska statujas, bronzas statujas, parastā metāla statujas, vaska figūriņas, adventes kalendārs ar šokolādēm, mobilo tālruņu aizsarg maciņu izgatavošana pēc pasūtījuma, galda spēles mīklu veidā u.c.</t>
   </si>
   <si>
     <t>apģērbi, t-krekli, apavi, aksesuāri u.c.</t>
   </si>
   <si>
     <t>somas, apģērbs, šalles, kleitas, krekli, topi, kamzoli, blūzes, t-krekli, trikotāža, proti, trikotāžas topi, džemperi, mēteļi, vestes, parkas, apmetņi, sporta krekli, krekliņi, topi ar kapuci, sporta apģērbs, peldkostīmi, jakas, bleizeri, uzvalki, legingi (bikses), kombinezoni, bikses, šorti, atpūtas apģērbs, naktsveļa, naktskrekli, pidžamas, peldmēteļi, cimdi, zeķes, apģērba jostas, cepures, apavi</t>
   </si>
   <si>
     <t xml:space="preserve"> ķermeņa kopšanas līdzekļi, apģērbi un aksesuāri u.c.
 </t>
   </si>
   <si>
     <t>rotaļlietas, lelles, celtniecības klucīši u.c.</t>
   </si>
   <si>
     <t>pusvadītāji, integrālās shēmas, mikroprocesori, diodes, tranzistori, sensori, strāvas moduļi (dators) u.c.</t>
   </si>
   <si>
     <t>apģērbi, somas,juvelierizstrā dājumi, rokassprādzes,apģērbi atslēgu piekariņi, mūzikas lentes, piederumi, kasetes ieraksti u.c.</t>
   </si>
   <si>
     <t>konditorejas izstrādājumi, metāla kastes, uzglabāšanas konteineri mājsaimniecībai un virtuvei,  apģērbi, apavi, galvassegas, mobilo tālruņu maciņi, rotaslietas, atslēgu piekariņi, rakstāmpiederumi, plastmasas uzglabāšanas konteineri, tekstilizstrādājumi, rotaļlietu/telefonu maciņi, juvelierizstrādājumi, atslēgu piekariņi, rakstāmpiederumi, plastmasas uzglabāšanas konteineri, tekstilizstrādājumi, rotaļlietas u.c.</t>
   </si>
   <si>
-    <t>transportlīdzekļu izplūdes sistēmas, izpūtēji dzinējiem un mašīnām, iepakojuma materiāli, kartona iepakojums  transportlīdzekļiem transportlīdzekļu spoguļi,  transportlīdzekļu daļas, transportlīdzekļu spoileri,  polo krekli, galvassegas, apģērbs, jakas u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>apģērbs, apavi, somas, maki, galvassegas, saulesbrilles u.c.</t>
   </si>
   <si>
     <t>šaujamieroči, gaisa pistoles, gaisa šautenes, trankvilizatoru pistoles, pneimatiskie ieroči, rotaļu ieroči u.c.</t>
   </si>
   <si>
-    <t>elektriskie iztvaicētāji,iztvaicētājs garšaugu un esenču iztvaicēšanai,  inhalatori, garšaugu dzirnaviņas,  apģērbi,  laboratorijas mēteļi, cepures, kleitas, svārki, sporta bikses, bikses, apakšveļa, šalles, vizieri un stieņi u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>t-krekli</t>
   </si>
   <si>
     <t xml:space="preserve">pneimatiskie vārstu izpildmehānismi, izpildmehānismi AUTH rūpnieciskās automatizācijas vadības ierīces eleektriskie AUTH sensori, AUTH vārsti (sūkņu daļas), solenoīda vārsti u.c. </t>
   </si>
   <si>
     <t>apģērbi, smaržas, smaržvielas u.c.</t>
   </si>
   <si>
     <t>flīžu griezēji (rokas darbarīki)</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">šokolāde,  kafija, šokolādes cepumi, ievārījumi, dabīgie ievārījumi. medus, augļu pasta,  konfektes, olīvu pasta,diētas kapsulas, uztura bagātinātāji, gardumi, tēja, pīrāgi, baklava, košļājamā gumija, zobu pastas, mutes skalojamais līdzeklis, ziepe, ēteriskās eļļas (eļļas), saules aizsargkrēms, olīveļļa, šampūns, roku krēmi,  kosmētika, kosmētiskie preparāti, zāļu kapsulas, gomoritīns,  roku losjoni, roku tīrīšanas līdzekļi, farmaceitiskie izstrādājumi,  odekoloni, smaržas un saistīti izstrādājumi, dabīgie sveķi mastika u.c. </t>
   </si>
   <si>
     <t>elektroniskās cigaretes, šķidrums elektroniskajām cigaretēm, aromatizētāji izmantošanai elektroniskajās cigaretēs, iekšķīgi lietojamie iztvaicētāji smēķētājiem, ierīces tabakas sildīšanai inhalācijas nolūkiem,cigarešu uzgaļi, filtri, turētāji, šķiltavas, futrāļi u.c.</t>
   </si>
   <si>
     <t>spēles, rotaļlietas, kāršu spēles, darbības un veiklības spēles, galda spēles, kauliņu spēles, puzle, spēļu kārtis, monētas un žetoni, spēļu aprīkojums, kauliņi spēles figūras u.c.</t>
   </si>
   <si>
     <t>ādas apģērbs aizsardzībai pret negadījumiem vai traumām, ādas futrāļu maciņi, ādas maciņi viedtālruņiem, ādas apvalki planšetdatoriem,  grāmatu vāki no ādas, ādas zīmuļu futrāļi, ar ādu iesietas dienasgrāmatas, ādas pārvalki dienasgrāmatām, ādas grāmatzīmes, ādas mēbeļu pārvalki,  somas, maki, koferi, ceļojumu somas u.c.</t>
   </si>
   <si>
     <t>t-krekli, džemperi ar kapuci, cepures u.c.</t>
   </si>
   <si>
     <t>cepures, džemperi, t-krekli u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbi, somiņas, maki, mugursomas, sporta somas, motociklu seglu somas, ādas atslēgu piekariņi un atslēgu maciņi, čemodāni, iepirkumu somas, portfeļi, dokumentu maciņi, čeku grāmatiņu vāki, sajūga somiņas, bagāža, ceļojumu somas, ādas turētājs dzērienu traukiem, citas preces u.c. </t>
   </si>
   <si>
     <t>apģērbs, masāžas ierīces u.c.</t>
   </si>
   <si>
     <t>sporta apģērbs, t-krekli, regbija topi</t>
   </si>
@@ -11821,126 +11224,105 @@
   <si>
     <t xml:space="preserve">lodīšu gultņi, rullīšu gultņi kā mašīnu elementi u.c. </t>
   </si>
   <si>
     <t>smaržas, bižutērija,audumi, vāciņi tālruņiem un planšetdatoriem, grafiskie simboli, apģērbi, apavi, somas u.c.</t>
   </si>
   <si>
     <t>aksesuāri, jakas, t-krekli, sporta apakškrekli u.c.</t>
   </si>
   <si>
     <t>tekila</t>
   </si>
   <si>
     <t>sporta bumbas, sporta apavi, apģērbs,sporta somas, sporta apģērbu somas u.c.</t>
   </si>
   <si>
     <t>rezerves daļas, piederumi, aksesuāri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> somas, kabatas portfeļi, mugursomas, apģērbi, apavi, galvassegas, sporta preces un aprīkojums, vingrošanas izstrādājumi, kas nav ietverti citās klasēs, vingrošanas aprīkojums, pielāgotas somas sporta inventāram u.c.</t>
   </si>
   <si>
     <t>ābolu vīna kokteiļi, sidrs, vīni, dzērieni uz vīna bāzes (vīna špriceri), alus, alus kokteiļi, bezalkoholiskie dzērieni, bezalkoholiskie  kokteiļi u.c.</t>
   </si>
   <si>
-    <t>mēbeles, krēsli, dīvāni, soli (mēbeles), tpūtas mēbeļu komplekti, āra mēbeles, terases mēbeles, sēdekļi kā mēbeles u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">rokassomas, džemperi, t-krekli  mati, brilles, alus krūzes u.c.
  </t>
   </si>
   <si>
     <t xml:space="preserve"> apavi, apģērbs, galvassegas juvelierizstrādājumi, bižutērija, pulksteņi, to daļas un piederumi</t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve"> vīriešu un sieviešu apģērbi, apakšveļa,bērnu apģērbs, t-krekli, sporta krekli, mēteļi, visu veidu zeķes, pludmales apģērbs, biksītes,bokseri, topiņi, somas, apavi, parfimērija, kosmētika, eau de smaržas, saulesbrilles un brilles, maciņi, aksesuāri u.c. </t>
   </si>
   <si>
     <t>CDR 015094092-0001/EM, CDR 015094092-0001/EM, CDR015097588- 0001/ EM, CDR 015097588-0001/EM,  EUTM 019038069/EM AMEERAT AL ARAB, EUTM 018892612/EM KHAMRAH, EUTM 018973710/EM ASAD Lattafa, EUTM 019077817/EM ANGHAM, EUTM 018981522/EM YARA Lattafa, EUTM 018125528/EM Lattafa, EUTM 019157728/EM Lattafa, EUTM 018975960/EM Fakhar Lattafa, EUTM 019076871/EM TERIAQ, EUTM 018981370/EMMAYAR Lattafa, EUTM 019149153/EM VICTORIA Lattafa, EUTM 019077889/ EM SEHR LATTAFA, EUTM 019166675/EM ATHEERI Lattafa, CDR 015063449-0002/EM, CDR015064304-0002/EM,CDR 015063647- 0001/EM, CDR 015063684-0002/EM, CDR 015067456-0002/EM, CDR 015094036- 0001/EM</t>
   </si>
   <si>
     <t>EUTM 004650990/EM GUINNESS WORLD RECORDS, EUTM 013876371/ EM GUINNESS THE 1798, EUTM 012864617/EM GUINNESS THE 1759	
 EUTM 018240804/EM GUINNESS QUARTER, EUTM 006550594/EM GUINNESS PURE GENIUS, EUTM 003295417/EMG UINNESS FOREIGN EXTRA STOUT 17 99 GUINNES FOREIGN EXTRA ST JAMEES'S GATE DUBLIN, EUTM 003295458/EM GUINNESS FOREIGN EXTRA STOUT 1759 GUINNESS FOREIGN EXTRA ST. JAMES'S GATE DUBLIN, EUTM 006091961/EM GUINNESS FOREIGN EXTRA GENUINE QUALITY ST. JAMES'S GATE DUBLIN, EUTM 018118666/EM GUINNESS FOREIGN EXTRA ESTd 1759 Arth Guinness, EUTM 004184842/EM GUINNESS, EUTM 002310241/EM GUINNESS, EUTM 001278548/EM GUINNESS, EUTM 005737382/EM GUINNESS, EUTM 001326412/EM GUINNESS, EUTM 009296153/EM GUINNESS, EUTM 002646891/EM GUINNESS, EUTM 008452799/EM GUINNESS, EUTM 002278687/EM GUINNESS, EUTM 000742908/EM GUINNESS, EUTM 012170742/EM GUINNESS, EUTM 015198138/EMESTd. 1759, EUTM 012150926/EM ESTd 1759 GUINNESS FOREIGN EXTRA Arth Guinness, EUTM 15534779/EM EST. 1759, EUTM     011865169/EM CELEBRATING THE HOLIDAY SPIRIT ESTD. 1759 GUINNESS GENEROUS ALE ARTHUR'S HOLIDAY ALE,EUTM 008477093/ EM ARTHUR GUINNESS FUND, EUTM 002947869/EM ArthGuinnes	
 EUTM 003295433/EM, EUTM 005739487/EM, EUTM 002646982/EM
 EUTM 008452931/EM, EUTM 002102580/EM</t>
   </si>
   <si>
     <t>DIAGEO IRELAND</t>
   </si>
   <si>
     <t>EUTM 015094956/EM IF IT CARRIES THE NAME CARHARTT ITS PERFORMANCE WILL BE LEGENDARY, EUTM 017939287/EM OUTWORK THE WATER 24 CARHARTT 7, EUTM 011921814/EM CARHARTT. OUTWORK THEM ALL., EUTM 017917547/EM C CARHARTT COMPANY GEAR, EUTM 017936822/EM CARHARTT FOR WORKERS, EUTM 011053981/EM carhartt FORCE C, EUTM 014686109/EM CARHARTT FORCE, EUTM 015601412/EM CARHARTT WIP, EUTM 015268881/EM carhartt protective, EUTM 000036749/EM CARHARTT	
 EUTM 007283799/EM carhartt, EUTM 006402754/EM Carhartt, EUTM 000037861/EM carhartt, EUTM 014522577/EM CARHARTT, EUTM 007283807/EM carhartt, ITM 1265545/WO CARHARTT WORK IN PROGRESS, ITM 1085010/WO CARHARTT - WORK IN PROGRESS</t>
   </si>
   <si>
     <t>CARHARTT B.V.</t>
   </si>
   <si>
     <t>EUTM 0925002 BY MALENE BIRGER</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1241086BROW TASTIC, EUTM 016119241 INSTA FIX &amp; MATTE	
 EUTM 005538665 M MANHATTAN, EUTM 000213116 Manhattan	
 EUTM 005259536J OOP! GO, EUTM 007178478 JOOP! THRILL, EUTM 018355836 Chloé, EUTM002950780COTY, EUTM 000117580 CK ONE
 EUTM 000117465 CK, EUTM 003683661 CHLOE, EUTM 004393741 ck one
 EUTM 009513111 C BY CHLOE, EUTM 017059775 BOURJOIS ROUGE FABULEUX, EUTM 016736563 BOURJOIS HEALTHY MIX, EUTM 015999576 BOURJOIS VOLUME REVEAL, EUTM 016120123 BOURJOIS MIRACULOUS CONTOUR, EUTM 010813781 bruno banani NOT FOR EVERYBODY, EUTM 004365871 bb, EUTM 000882571 bruno banani	
 ITM 1082990A MAZING GRACE, EUTM  002736155 PHILOSOPHY	
 EUTM 004383535 bVERA WANG PRINCESS, EUTMb013118881bPURE TIFFANY, EUTMb000174805bSALLY HANSEN, EUTM 001278787bVERA WANGEUTM  008136103 VOLCANO, ITM  1241086 BROW` TASTIC, EUTM  016119241 INSTA FIX &amp; MATTE, EUTM  1279753 VOLUME SHAKE, EUTM  005538665 M MANHATTAN, EUTM  000213116 MANHATTAN, EUTM  005259536 JOOP! GO, EUTM  007178478 JOOP! THRILL, EUTM  008808776  FREIGEIST, EUTM  000117580 CK ONE, EUTM  000117465  CK, EUTM  003683661 CHLOE, EUTM  004393741   ck one, EUTM  003463742  JIL SANDER PURE, EUTM  002583698 NIKOS, EUTM  009513111 C BY CHLOE, ITM  1191846  ROSABOTANICA BALENCIAGA PARIS, ITM  1146029 FLORABOTANICA BALENCIAGA PARIS, EUTM  002024487 PRELUDE, EUTM  000735944 CRISTOBAL, EUTM  012783296  B., BALENCIAGA PARIS, EUTM  017059775 BOURJOIS ROUGE FABULEUX, EUTM  016736563  BOURJOIS HEALTHY MIX, EUTM  015999576  BOURJOIS VOLUME REVEAL, EUTM  016120123 BOURJOIS IRACULOUS CONTOUR, EUTM  010813781BRUNO BANANI NOT FOR EVERYBODY, EUTM  004365871 BB, EUTM  000882571 BRUNO BANANI, EUTM  009937699 JUSTCAVALLI, EUTM  008779639  CAVALLI, EUTM  008779662 RCC, EUTM  000752196 ROBERTO CAVALLI, EUTM  017416141  93075244  BB, EUTM  008360802  93075242  BALENCIAGA, EUTM  0946853  91059780  SECRET OBSESSION, EUTM  1015736  91059779  ckfree, EUTM  1102290  91059778  CK ONE SHOCK, EUTM  1114622 CALVIN KLEIN SHEER BEAUTY, EUTM  006189583 INTENSE EUPHORIA, EUTM  004087276 JOOP! JUMP, EUTM  000135517   NIGHTFLIGHT, EUTM  010029437  MARC JACOBS BANG, EUTM  005925532  DAISY MARC JACOBS, EUTM  000481465  MARC JACOBS, EUTM  000079707  CALVIN KLEIN, EUTM  000117515  CK BE, EUTM  009717761 SEE BY CHLOE, EUTM  009021726 LOVE, Chloé, EUTM  003636768 SCULPTURE, EUTM  012210555 RIMMEL </t>
   </si>
   <si>
     <t>EUTM 004775862 RAW</t>
   </si>
   <si>
     <t xml:space="preserve">ICD D224409-0003/WO, ICD D224409-0001/WO, EUTM 506873 Samsung, EUTM 1877901 Samsung, EUTM 8429731 Samsung
 </t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                     EUTM 000318261/EM BEOLINK, EUTM 000318071 B&amp;O, EUTM 000317073 BEOSOUND, EUTM 010445591 Beoplay, EUTM 10401529 B&amp;O Play, EUTM000781666 B &amp; O, EUTM 00318261 Beolink, EUTM 000318113 BANG &amp; OLUFSEN 
 </t>
   </si>
   <si>
     <t>BANG &amp; OLUFSEN OPERATIONS A/S</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 012276473/EM Calgon, EUTM 005560479 CALGON, EUTM 011825395  </t>
   </si>
   <si>
-    <t>CDR 48615080003, CDR 48615080002, CDR 48615080001</t>
-[...7 lines deleted...]
-  <si>
     <t>EUTM0 03785706/EM C.P. COMPANY,EUTM 017756875/EM #eyesonthecity
 EUTM 012395621/EM C.P. COMPANY, EUTM 003785731/EM C.P. COMPANY, EUTM 018357340/EM,EUTM 018716651/EM C.P. COMPANY
 EUTM 018662358/EM,  EUTM 018676477/EM	. ITM 928957/WO C.P. COMPANY</t>
   </si>
   <si>
     <t>TRISTATE INTERNATIONAL SA</t>
   </si>
   <si>
     <t>ITM 911859 CHORUS, ITM 11657 GEWISS, ITM 000911653 Chorus</t>
   </si>
   <si>
     <t>Gewiss - S.p.A.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 015950264/EM LA MIA BAMBINAEUTM8860975 ELISABETTA FRANCHI + figura, ITM 1093268 figura geometrica,  ITM 959545 ELISABETTA FRANCHI 
 </t>
   </si>
   <si>
     <t>ITM 1067933/WO AquaBlade</t>
   </si>
   <si>
     <t>Jacques Beij</t>
   </si>
   <si>
     <t>logu tīrītājs</t>
@@ -11965,259 +11347,224 @@
 EUTM 002568210/EM575 M Maranello, EUTM 001595917/EM 360modena
 EUTM 000539585/EM Ferrari, EUTM 001598689/EM SF,EUTM 001616481/ EM, EUTM 000161984/EM SF, EUTM 000448605/EM FERRARI</t>
   </si>
   <si>
     <t>FERRARI S.P.A.</t>
   </si>
   <si>
     <t>EUTM 018426032/EM* A BATHING APE</t>
   </si>
   <si>
     <t>I.T NOWHERE (UK) LIMITED</t>
   </si>
   <si>
     <t>krekli</t>
   </si>
   <si>
     <t>EUTM  014676209 LA ROCHE-POSAY LABORATOIRE DERMATOLOGIQUE, CDR 000296462-0001/EM</t>
   </si>
   <si>
     <t>EUTM 010967842 LOGIC, EUTM 016673841 LOGIC PRO,EUTM 015982788 (Marque sans texte), EUTM 015982754 (Marque sans texte),EUTM 015982721 (Marque sans texte), EUTM 015982821 (Marque sans texte),EUTM 014811848 LOGIC, EUTM 015721533 PLOOM, EUTM 010919835 PLOOM, EUTM 017948904 Logic COMPACT, EUTM 17873978 LOGIC COMPACT, EUTM 017948906 Logic COMPACT ELECTRONIC CIGARETTE,EUTM 017948905 Logic COMPACT ELECTRONIC CIGARETTE, EUTM 017948902 Logic COMPACT ELECTRONIC CIGARETTE</t>
   </si>
   <si>
     <t>JT International SA</t>
   </si>
   <si>
-    <t>tabaka un tabakas izstrādājumi, tostarp aizstājēji, elektroniskās cigaretes, elektronisko cigarešu baterijas, elektronisko cigarešu šķidrumi, elektronisko cigarešu lādētāji,  elektronisko cigarešu futrāļi</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM  001417757/EM/ AMBER LEAF, EUTM	011645728 RICHARD LLOYD &amp; SONS AMBER LEAF MELLOW CUT BLONDE ROLLING TOBACCO, EUTM	017076597 AMBER LEAF, EUTM 017933354 AMBER LEAF</t>
   </si>
   <si>
     <t>tabaka, cigarešu un smēķēšanas piederumi</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1344003/WO RAIN STARTS PLAY, EUTM011530466 Hunter Argyll 
 EUTM003700788 Hunter, EUTM 993373 Hunter, EUTM 0945795 Hunter, EUTM1219945 Hunter, EUTM1187552 The North British Rubber Company, ITM1300042 Hunter Field, ITM1344003 Rain Strats Play 
 </t>
   </si>
   <si>
     <t>ABG HUNTER LLC</t>
-  </si>
-[...1 lines deleted...]
-    <t>CDR 01646845-0003, CDR 001646845-0002, CDR 002025049-0004, CDR 02025049-0003, CDR 002025049-0002, CDR 002074948-0002, CDR 002074948-0001, CDR 002025049-0001, CDR 001646845-0001, EUTM 004396461, CDR 000167929-0001, CDR 000001151-0001</t>
   </si>
   <si>
     <t>edding AG</t>
   </si>
   <si>
     <t>rakstāmpiederumi, biroja piederumi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 015537467 MIRACULOUS, EUTM 015537426 MIRACULOUS,EUTM 017959832/EM Miraculous, EUTM 018015275/EM MIRACULOUS 
 </t>
   </si>
   <si>
     <t>METHOD ANIMATION</t>
   </si>
   <si>
     <t>Anglepoise GmbH</t>
   </si>
   <si>
     <t>EUTM 013794433/EMYSL MON PARIS,EUTM 018718391/EM YSL MYSLF YVES SAINT LAURENT, EUTM 018295474/EMBABYCAT, EUTM 018306115/EMROUGE VELOURS PATCHOULI - ROSE YVESSAINTLAURENT, EUTM 004672358/EM YSL, EUTM 006036289/EM YVES SAINT LAURENT, EUTM 012562872/EM BLACK OPIUM, EUTM 006036231/EM YSL, EUTM 010850964/EM OPIUM, EUTM 008731424/EM OPIUM YVES SAINT LAURENT</t>
   </si>
   <si>
     <t xml:space="preserve">Yves Saint Laurent </t>
   </si>
   <si>
     <t xml:space="preserve">CDR 000613294-0001/EM, CDR 000613294-0002/EM, CDR 000727672-0001/ EM, CDR 002962696-0001/EM, EUTM 018759860/EM YSL, EUTM 018151332/EM YSL, ITM 1564759/WO YVESSAINTLAURENT, ITM 1462558/WO YVES SAINT LAURENT, EUTM 018151341/EM YVES SAINT LAURENT, EUTM 018759862/EM YVES SAINT LAURENT (Stylized), YVESSAINTLAURENT, EUTM 006845713/EM YSL, EUTM 018152561/EM YSL, EUTM 008194953/EM YSL LOVER, EUTM 018597534/EM SAINT LAURENT, EUTM 008192379/EM YSL CUIR NOIR, ITM 1461992/WO SAINT LAURENT RIVE DROITE,EUTM 018759861/EM SAINT LAURENT
 ITM 1462603/WO SAINT LAURENT	, EUTM 010217883/EM YVES SAINT LAURENT MUSE, EUTM 018152565/EM rive gauche,EUTM 017892658/EM
 EUTM 018862509/EM SAINT LAURENT high, ITM 1567626/WO SAINT LAURENT PARIS, ITM 1462341/WO SAINT LAURENT RIVE DROITE	
 ITM 1462618/WO YSL, EUTM 009417148/EM YSL, EUTM 009416108/EM YSL, CDR 000979521-0001/EM, CDR 003536564-0003/EM, CDR 002933572- 0002/EM	, CDR 002746891-0002/EM, EUTM 011445947/EM SAINT LAURENT PARIS, EUTM 014627434/EM SAINT LAURENT PARIS, ITM 1305523/WO SAINT LAURENT PARIS, EUTM 011445905/EM SAINT LAURENT, EUTM 009416116/EM YvesSaintLaurent, CDR 001175871- 0001/EM, CDR 001263859-0001/EM, CDR 002615880-0004/EM, CDR 002615880-0001/EM	</t>
   </si>
   <si>
     <t>ITM 1433937 FORTNITE, ITM 1441992 FORTNITE, ITM 1433939 FORTNITE, ITM 1419271 FORTNITE, EUTM 017947714 FORTNITE	
 ITM 1426745 FORTNITE, ITM 1426785 FORTNITE BATTLE ROYALE	
 ITM 1447680 FORTNITE</t>
   </si>
   <si>
     <t>matu kopšanas produkti</t>
   </si>
   <si>
     <t>apģērbi, apavi, galvassegas, uzglabāšanas piederumi un mēbeles guļamistabai, tekstilizstrādājumi un to aizstājēji, mājsaimniecības veļa, tekstila vai plastmasas aizkari, rotaļlietas videospēļu aparāti, vingrošanas un sporta preces, Ziemassvētku eglīšu rotājumi, bagāžas un transporta somas, apkakles, siksnas un mājdzīvnieku apģērbs u.c.</t>
   </si>
   <si>
     <t>galda tenisa nūjas, apģērbs, šorti, t-krekli, treniņtērpi u.c.</t>
   </si>
   <si>
     <t>apģērbi, apavi, galvassegas, ceļojumu koferi, pludmales somas, sporta somas, iepirkumu somas ar riteņiem, maki, rokassomas, instrumentu somas, medību somas (medību piederumi), portfeļi, skolas somas, dārgmetāli un to sakausējumi un izstrādājumi no tiem u.c.</t>
   </si>
   <si>
-    <t>saulesbriļļu futrāļi,  ietvari, saulesbrilles saulesbriļļu auklas, siksnas, vāciņi, sieviešu sandales, atslēgu piekariņi sieviešu rokassomas, rotaslietas, kleitas apģērbi, kostīmi, vilnas zeķes, virsdrēbes, peldkostīmi u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>smaržas juvelierizstrādājumi, apavi, maki, somas, portfeļi, atslēgu piekariņi u.c.</t>
   </si>
   <si>
     <t>somas, ziepes, parfimērijas preces ēteriskās eļļas, kosmētika, pildīti kosmētikas maciņi, matu veidošanas vasks, depilācijas vasks, šampūni, mājdzīvnieku šampūni (neārstnieciski kopšanas līdzekļi), šķidrumi matu un ķermeņa kopšanai, matu krāsas, dezodorētāji u.c.</t>
   </si>
   <si>
     <t>apģērbs sportam,  sporta inventārs,  saulesbrilles, brilles (optika), sporta brilles, portfeļi, šalles, sporta aprīkojums, cimdi, sporta apavi, futbola krekli, futbola apģērbu modeļi, bērnu apģērbi, vīriešu apakšveļa u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">vienreizējās lietošanas paklājiņi mazuļu pārģērbšanai, bērnu salvetes,
-[...3 lines deleted...]
-  <si>
     <t>hermētiķi, hermētiķu noņēmēji, blīves un hermētiķu komplekti</t>
   </si>
   <si>
     <t xml:space="preserve">košļājamā tabaka, tabaka, tabakas filtri u.c. </t>
   </si>
   <si>
     <t>briļļu lēcas, saulesbriļļu lēcas, optiskās brilles, oftalmoloģiskā stikla lēcas, optiskās lēcas, oftalmoloģiskās lēcas</t>
   </si>
   <si>
     <t>briļļu lēcas, saulesbriļļu lēcas, optiskās brilles, oftalmoloģiskā stikla lēcas, optiskās lēcas, oftalmoloģiskās lēcas, kino lēcas</t>
   </si>
   <si>
-    <t>dūnu mēteļi, t-krekli, jakas, trenčmētelis,  dūnu jakas, mēteļi</t>
-[...1 lines deleted...]
-  <si>
     <t>apģērbs, rotaļlietas, kancelejas preces, svārsta pulksteņi, vannas halāti, bērnu lietussargi, ballīšu baloni, papīra ballīšu dekorācijas, ballīšu ielūgumi, svētku rakstāmpiederumi, papīra ballīšu piederumi, vannas rotaļlietas, ērnu albumi, bērnu pārtika (zīdaiņiem), bērnu dvieļi, plastmasas ballīšu cepures u.c.</t>
   </si>
   <si>
-    <t>skaņas pastiprinātāji,  elektriskās kontroles aprīkojums, skaņu atjaunošana aparatūras instrumentiem, apgaismošanas sistēmas, ģitāras, ģitāru stīgas, mūzikas instrumenti</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">zāģi, cauruļu griešanas mašīnas, mašīnas metālu zāģēšanai, pašgājējas mašīnas zāģēšanai, zāģu soli, mobilās kokzāģētavas, zāģēšanas instrumenti zāģmašīnām, zāģēšanas darbgaldi, zāģu asmeņi u.c. </t>
   </si>
   <si>
     <t>liftu lentes, iespiedshēmu plates, iespiedshēmas, pārvietojamie celiņi, invertori (elektrība), inverteri strāvas padevei, pārvietojamas kāpnes (eskalatori, zobsiksnas motoriem, mašīnām, motoriem u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">portfeļi, karšu maki, maki kredītkartēm (ādas izstrādājumi), rokassomas, naudas maki u.c. </t>
   </si>
   <si>
     <t>parfimērijas izstrādājumi, rotaslietas, kosmētika,  apģērbs, apavi, dokumentu maciņi u.c.</t>
   </si>
   <si>
     <t>smaržas, šķidrās smaržas</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> atmiņas moduļi, baterijas, ierīces un instrumenti enerģijas uzkrāšanai, uzlādējamas baterijas, mobilās lietotnes, elektriskās baterijas, sauszemes pārvietošanās līdzekļi, gaisa pārvietošanās līdzekļi, ūdens pārvietošanās līdzekļi, hibrīda transportlīdzekļi, elektriskie transportlīdzekļi,   galvassegas, apģērbs,glāzes, krūzes u.c.</t>
   </si>
   <si>
     <t>galvassegas, blūzes, t-krekli, mugursomas, ceļojumu somas, jakas, mēteļi, džemperi ar kapuci u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">svaigas vīnogas, aprikozes, persiki
 </t>
   </si>
   <si>
     <t>videospēļu konsoles, rotaļlietas, lelles, grāmatas, komiksi, bērnu grāmatas, apģērbi, gultas veļa u.c.</t>
   </si>
   <si>
     <t>ITM 1126166/WO Monchhichi, EUTM 009139346/EM, EUTM 009139312/EM, ITM 1126165/WO</t>
   </si>
   <si>
     <t>EUTM 015382963/EM GIOCHI PREZIOSI GROUP, EUTM 009344292/EM GIOCHI PREZIOSI, EUTM 015383201/EM GIOCHI PREZIOSI, ITM 1041967/WO EMOTION PETS, EUTM 009164914/EM CICCIOBELLO	
 EUTM007028525/EM GORMITI, ITM 1376005/WO BE YOU U, ITM 1620810/WO UNIQUE EYES, ITM 1610996/WO AMICICCI, EUTM 012346045/EM PRIMÍ, EUTM 018795540/EM CANTA TU KARAOKE	
 EUTM 018898946/EM COCCOLOTTI, ITM 1828821/WO GO! POP</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 9344383 GIOCHERIA </t>
   </si>
   <si>
     <t>Carlsberg A/S</t>
   </si>
   <si>
     <t>alus, alkoholiskie un bezalkoholiskie dzērieni pudelēs un skārdenēs u.c.</t>
   </si>
   <si>
     <t>EUTM0 18147664/EM  STRANGER THINGS, EUTM 018470831/EM STRANGER THINGS, EUTM 018059012/EM STRANGER THINGS	
 EUTM 016486961/EM STRANGER THINGS, EUTM 016494064/EM STRANGER THINGS, EUTM 018740882/EM HELLFIRE CLUB	
 EUTM 018740870/EM HELLFIRE CLUB</t>
   </si>
   <si>
     <t>NETFLIX CPX INTERNATIONAL B.V. - STRANGER THINGS</t>
   </si>
   <si>
     <t>EUTM 009901299/EM CARLSBERG COPENHAGEN 1847 BY APPOINTMENT TO THE ROYAL DANISH, OURT, EUTM 000906586/EM CARLSBERG - PROBABLY THE BEST BEER IN THE WORLD, EUTM 000043968/EM CARLSBERG, EUTM	017997103/EM Carlsberg Danish Pilsner 1847 Onwards By Appointment to the Royal Danish Court, EUTM 000044016/EM Carlsberg, ITM 1770058/WO Carlsberg, ITM 1651307/WO Carlsberg</t>
   </si>
   <si>
     <t xml:space="preserve">CDR 008799746-0001/EM, CDR 015059681-0001/EM, EUTM 017881103/EM 24 BOTTLES HYDRATION BY DESIGN, EUTM 018039780/EM MAMAWATA, CDR 004153310-0001/EM, CDR 006260238-0001/EM, CDR 006693784-0001/EM, CDR 006693784-0002/EM, CDR 006693784-0003/EM	</t>
   </si>
   <si>
     <t>24BOTTLES SOCIETA' BENEFIT S.R.L.</t>
-  </si>
-[...1 lines deleted...]
-    <t>ūens pudeles, ceļojumu krūzes, izolētas pudeles; gumijas blīves, nemetāliski pudeļu korķi, vāciņi, plecu siksnas, nerūsējošā tērauda dzeršanas salmiņi, gumijas auklas un aukliņas, galda piederumu turētāji u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                     EUTM 283051 P POLLINI, ITM 485980 POLLINI, ITM 609064 P POLLINI, ITM 385729 POLLINI, EUTM 4224242 P POLLINI, EUTM 10978559 STUDIO POLLINI, EUTM 10978773 STUDIO POLLINI 
  </t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>POLLINI</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">S.p.A. </t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">apģērbi,apavi,somas skaistumkopšanas līdzekļi, to izstrādājumi un aksesuāri u.c.  </t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 009586801 KRISS, ITM 1160654 KRISS</t>
   </si>
   <si>
     <t>Kriss Systems S.A.</t>
   </si>
   <si>
     <t>Wella International Operations Switzerland S.â.r.l.</t>
   </si>
   <si>
     <t>parfimērija, kosmētika, matu krāsas, lūpkrāsas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                                       EUTM 1200229  EIMI, EUTM 003988193 WELLA, EUTM 1485938 weDo/ PROFESSIONAL, EUTM 014245443 SYSTEM PROFESSIONAL, EUTM 0198117 Wellaflex , EUTM 0997661 WELLA PROFESSIONALS,  EUTM 000592113 LONDA, EUTM  1504372 KOLESTON PERFECT,  EUTM  003988193 WELLA, EUTM	000602573KADUS,EUTM 1356723INVIGO	
 ITM 1200229 EIMI, EUTM 004460771 COLOR FRESH, EUTM 17926463 BLONDOR, EUTM 1399770 SEB MAN, EUTM 000392019 NIOXIN
 </t>
   </si>
   <si>
     <t>ON CLOUDS GMBH</t>
   </si>
   <si>
     <t>EUTM 017611799/EM Silicon Mix</t>
   </si>
   <si>
     <t>LABORATORIOS RIVAS SRL</t>
   </si>
@@ -12251,54 +11598,50 @@
   <si>
     <t>CHILDHOME</t>
   </si>
   <si>
     <t>autiņbiksīšu somas</t>
   </si>
   <si>
     <t>ITM 1016447 KOSHI, ICD 218900-001 Support pour instruments de  musique, ICD 221051-001 Carillon à vent, ICD 221051-002 Carillon à vent, ICD 221051-003 Carillon à vent</t>
   </si>
   <si>
     <t>Southcorp Brands Pty Ltd</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni (izņemot alu), vīns, bezalkoholiskie dzērieni</t>
   </si>
   <si>
     <t>ITM 1417821/WO, EUTM 000626630/EM KOONUNGA HILL, EUTM 000615864/EM PENFOLDS, ITM 1553330/WO Penfolds, EUTM 017997619/ EM, ITM 1407830/WO BEN FU, ITM 1507920/WO PENFOLDS, ITM 1513754/WO PENFOLDS BIN 149, ITM1581512/WO PENFOLDS BIN 51, ITM 1513782/WO PENFOLDS BIN 600, ITM 1513839/WO PENFOLDS BIN 704, EUTM 000615260/EM PENFOLDS GRANGE, ITM 1508055/WO PENFOLDS LOT 518, ITM 1547756/WO PENFOLDS LOT. 015, ITM 1548205/WO PENFOLDS LOT. 020, ITM 1302568/WO PENFOLDS MAX'S, ITM 1317477/WO PENFOLDS RWT BIN 798, EUTM 018351630/EM PENFOLDS ST HENRI, EUTM 001439462/EM RWT</t>
   </si>
   <si>
     <t>ITM 1381552/WO TRODELVY</t>
   </si>
   <si>
     <t>IMMUNOMEDICS INC</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 005552328/EM FredPerry, EUTM 005552476/EM, EUTM 009906736/EM, EUTM 009906892/EM FRED PERRY, EUTM 011427945/EM,EUTM 011432457/EM FRED PERRY, EUTM  009906736, EUTM  009906892 Fred Perry, EUTM  011427945, EUTM  011716751, EUTM  012654951, EUTM  014022495, CDR  001510306, CDR  001914607, CDR  002610261, EUTM  01143257, EUTM  005552328   Fred Perry, EUTM  005552476 
-[...2 lines deleted...]
-  <si>
     <t>EUTM 000044008/EM TUBORG, EUTM 018855260/EM TUBORG. ICE YOUR WORLD, EUTM 019019780/EM, EUTM 013850151/EM SKØLL TUBORG, EUTM 019162152/EM TUBORG,EUTM 019063375/EM TUBORG Squash, ITM 1135976/WO TUBORG, EUTM 018998270/EM TUBORG SUNSÆT, ITM 1717534/WO TUBORG, EUTM 018855256/EM TUBORG. TILT YOUR WORLD, EUTM 018998453/EM TUBORG SUNSÆT, ITM 1710937/WO H HOLSTEN, EUTM 004785721/EM H HOLSTEN, ITM 1783508/WO H HOLSTEN, EUTM 000004895/EM HOLSTEN, EUTM 019024133/EM Seth &amp; Riley's GARAGE HARDCORE,EUTM 019050214/EM GARAGE Riley Seth &amp; Riley's GARAGE, EUTM 011020641/EM GARAGE HARD LEMONADE Fresh from the garage, ITM 1183178/WO Seth &amp; Riley's Garage, ITM 1568136/WO GARAGE HARD SELTZER,ITM 1813758/WO Seth &amp; Riley's GARAGE, ITM 1813757/WO Seth &amp; Riley's GARAGE, EUTM 019021169/EM SOMERSBY	, EUTM 018923393/EM, ITM 1486785/WO SOMERSBY, EUTM 018991805/EM THAT'S REFRESHING, THAT'S SOMERSBY, EUTM 019134384/EM SOMERSBY, EUTM 015430895/EM BROOKLYN, EUTM 019157102/EM PLAYA DE BROOKLYN, EUTM 015330301/EM B BROOKLYN BREWERY, EUTM 015067275/EM BROOKLYN INSULATED LAGER, EUTM 015330343/EM BROOKLYN BREWERY, EUTM 015067234/EM BROOKLYN LORD SORACHI, ITM 1360771/WO BROOKLYN B DEFENDER, EUTM 015430887/EM BROOKLYN LOCAL, ITM 1460960/WO ARDET NEC CONSUMITUR GRIMBERGEN ABBAYE FONDÉE EN ABBEY FOUNDED IN 1128	
 EUTM 019118454/EM GRIMBERGEN NOUVELLE DEPUIS 1128
 EUTM 003604535/EM GRIMBERGEN, EUTM 018944318/EM RIMBERGEN NEW SINCE 1128, EUTM 000139881/EM GRIMBERGEN, ITM 1593435/WOGRIM BERGEN, EUTM 017986688/EM Grimbergen Abbey Brewery</t>
   </si>
   <si>
     <t>CARLSBERG BREWERIES A/S</t>
   </si>
   <si>
     <t>alus, bezalkoholiskais alus, pudeles, metāla kannas alkoholiskajiem dzērieniem, alkoholiskie dzērieni,  alkoholiskie preparāti dzērienu pagatavošanai, sidrs u.c.</t>
   </si>
   <si>
     <t>NTM/ M 62623 LĀCĪTIS ĶEPAINĪTIS, NTM/ M 63834 Lācītis Ķepainītis, NTM/ M 37538 SARKANĀ MAGONE, NTM/ M 63840 SARKANĀ MAGONE, NTM/ M 37533 MASKA, NTM/ M 63835 MASKA, NTM M 69 721/LV 1870 Laima Lācītis Ķepainītis,  NTM M 37521/LV VĀVERĪTE, NTM M 63 838/LV Vētrasputns, NTM M 63 839/LV Laima Vāverīte</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                    EUTM 018817968/EM QUALITY PARTS, ITM 1016514/WO QUALITYPARTS</t>
   </si>
   <si>
     <t>Porsche Austria Gesellschaft m.b.H. &amp; Co. OG</t>
   </si>
   <si>
     <t>EUTM 016950537 DRY AGER BUILT FOR BEEF EST. 2014, CDR 004412138-0013, CDR 004412138-0012, CDR 004412138-0009, CDR 001462204-0001, CDR 004412138-0004, CDR 4412138-0001, CDR 004412138-0007</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 018636924 DIESEL, EUTM 008157174 ONLY THE BRAVE, EUTM 013712468/EM DIESEL BAD,EUTM	015778384/EM BAD,EUTM              018881357/ EM D RED, EUTM 018001898/EM DIESEL SPIRIT OF THE BRAVE, CDR 008779706-0001/EM	</t>
   </si>
@@ -12342,96 +11685,87 @@
     <t>EUTM 018055571/EM POP MART,EUTM 018240153/EM POP MART, NCPR 国作登字-2024-F-00271423 THE MONSTERS - HAVE A SEAT	
 NCPR VA0002424793 HAVE A SEAT BAG,NCPR VA0002448371 LABUBU - BIG INTO ENERGY, NCPR VA0002448155 The Monsters - Angel in Clouds, NCPR VA0002452115 The Monsters - Lazy Yoga - Little bird,ITM 1822633/WO THEMONSTERS</t>
   </si>
   <si>
     <t>EUTM 009060765 TOMTOM, EUTM 007072689 TOMTOM, ITM 969888 TOMTOM, ITM 969889 nawm, ITM 969890</t>
   </si>
   <si>
     <t>Tom Tom International B.V.</t>
   </si>
   <si>
     <t>navigācijas sistēmas, sporta pulksteņi u.c.</t>
   </si>
   <si>
     <t>MARGIELA</t>
   </si>
   <si>
     <t>EUTM  11658151  SEM</t>
   </si>
   <si>
     <t>Swedish Electromagnet Holding AB</t>
   </si>
   <si>
     <t>automobiļu detaļas</t>
   </si>
   <si>
-    <t>ķermeņa krēms, roku krēms, viegli aromatizēti aerosoli, smaržūdens, viegli aromatizēti ķermeņa aerosolišampūni, matu kondicionieri, pretblaugznu šampūni u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>pafimērijas izstrādājumi, kosmētika, mēbeles, diski, transportlīdzekļi, spoguļi, vējstiklu tīrītāji, uzraudzības instrumenti un aparāti, krāsas, transportlīdzekļu bamperi, tehniskās eļļas un smērvielas, automašīnu dzinēji, transportlīdzekļi  u.c.</t>
   </si>
   <si>
     <t>dekoratīvas kedas, nozīmītes, auduma rotājumi, auduma rotājumi, dekoratīvi ielāpi apģērbam, plastmasas apavu rotājumi u.c.</t>
   </si>
   <si>
     <t>skaistumkopšana, matu veidošana, matu kopšana, matu kondicionieri, mitrinoši kondicionieri, šampūni u.c.</t>
   </si>
   <si>
     <t>šaujamieroči, munīcija un šāviņi, sprāgstvielas, uguņošana, šautenes, harpūnu pistoles, pistoles,  gaisa pistoles, revolveri, ložmetēji, mīnmetēji, artilērijas lielgabali, raķešu palaišanas iekārtas, motorizētie ieroči ieroči, lādiņi, raķetes, mīnas, sprāgstvielu drošinātāji, sprāgstvielu drošinātāji izmantošanai raktuvēs, šaujamieroču pusgarās bikses, ieroču plecu siksnas, kārtridži, kārtridžu iepildīšanas aparāti, kasetņu maisiņi, aparāti kasetņu lentu uzpildīšanai, kasetņu iepildīšanas aparāti, kārtridžu futrāļi, šaujamieroču tīrīšanas birstes, ieroču futrāļi, pistoles, ieroču stobri, šauteņu āmuri, šauteņu futrāļi, šauteņu tēmēkļu spoguļi, ieroču un šauteņu sprūda aizsargi, šautenes, tēmēkļi,  ieroču trokšņa slāpētāji, šaušanas platformas, ieroči (rotaļlietas), pistoles (rotaļlietas), gaisa pistoles (rotaļlietas), loki un loka šaušanas ierīces, aparātus krāsas bumbiņu palaišanai, peintbola pistoles, krāsas bumbiņas, pistoļu vāciņus, harpūnu ieroči, rezerves daļas minētajam modelim un ieroču kopijām, jo īpaši iekrāvēji, rokturi, krāni, rāmji, mucas, cilindri, sprūdi, drošības fiksatori, drošības ierīces un virzuļu galvas, šāviņi un munīcija šiem ieroču modeļiem un atdarinājumiem, ieroču kopiju futrāļi un maciņi, modeļu un kopiju ieroči virtuālai šaušanai, mērķi, elektroniskie mērķi, šaujamieroču tēmēšanas teleskopi, optiskās lēcas, teleskopi, sporta brilles, novērošanas instrumenti, okulāri, briļļu futrāļi, apģērbs aizsardzībai pret negadījumiem, apstarošanu un uguni, cimdi aizsardzībai pret negadījumiem, ložu necaurlaidīgas vestes, glābšanas vestes, baterijas kabatas lampām, termoelektrolampas, lāzeri, kas nav paredzēti medicīniskiem nolūkiem, šaujamieroču tēmēšanas teleskopi, šaušanas aizsargbrilles, nakts redzamības brilles, palielināmās brilles, lēcas šaušanai, novērošanas instrumenti šaušanai, aizsargmaskas un brilles, dzirksteļu aizsargi, signalizācijas svilpes, suņu svilpes, ugunsdzēsības aparāti, simulatori, jo īpaši šaušanas simulatori, jo īpaši šaušanas simulatori savienošanai ar televizoru vai datoru, programmatūra, jo īpaši šaušanas simulācijas programmatūra, magnētiskie datu nesēji, kas satur informāciju par šaušanas simulāciju, ierakstītas videospēles, aizsargbrilles u.c.</t>
   </si>
   <si>
     <t>mobilajiem tālruņiem pielāgoti maciņi, mugursomas, piezīmju grāmatiņas, rokas sīkrotas, interaktīvi spēļu krēsli videospēlēm, cepures u.c.</t>
   </si>
   <si>
     <t>rotaļlietas, spēles, mehāniskās rotaļlietas, rotaļu modeļi, modeļu transportlīdzekļi, žurnāli, grāmatas, pulksteņi, saulesbrilles, brilles, ķiveres, stereo austiņasaudio pastiprinātāji, austiņas telefoniem, pildspalvas, apavi, apģērbs, automobiļi/vieglās automašīnas, riteņu diski, riteņi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">kosmētika, smaržas, zobu pastas, matu losjoni, brilles, saulesbrilles un to piederumi, pulksteņi un hronometriskie instrumenti, apģērbi, apavi, galvassegas, somas, jostas, rotaļlietas u.c. </t>
   </si>
   <si>
     <t>kosmētika, skaistumkopšanas balzami krēmi, smaržas sejas mitrinātāji skaistumkopšanas serumi u.c.</t>
   </si>
   <si>
-    <t>juvelierizstrādājumi, ķēdes, kaklarotas  rokassprādzes, gredzeni, apģērbi, apavi, galvassegas, jostas somas, ceļojumu somas, rokasomiņas, maki u.c</t>
+    <t>bagāžas birkas, ādas izstrādājumi, somas, pārtikas preču maisiņi, beisbola cepures, apģērbs, t-krekli, kāju paklājiņi, auduma durvju paklājiņi, DVD diski, kompaktdiski, DVD futrāļi, diska formas ierakstu nesēji u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">kopšanas un skaistumkopšanas līdzekļi, kosmētika, tualetes piederumi, ādas kopšanas līdzekļi, mīkstinošs tīrīšanas līdzeklis, kondicionieris, roku un ķermeņa krēms, ķermeņa losjons, dušas želejas, pēdu, roku krēmi, dienas un nakts krēmi, acu  smaržas, istabas smaržas, sveces, kosmētika, lūpu spīdumi un lūpu mīkstinātāji, gultas un galda pārklāji, apģērbi, apavi, galvassegas, somas, jostas, tualetes piederumu futrāļi un turētāji u.c. </t>
   </si>
   <si>
     <t xml:space="preserve"> apgaismes ierīces, to  aprīkojums, piederumi, daļas, spuldzes, āra apgaismojums u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">parfimērija, smaržas, tualetes ūdeņi </t>
   </si>
   <si>
     <t>audio ierīces</t>
-  </si>
-[...4 lines deleted...]
-    <t>ķīmisko un neķīmisko vielu filtrēšanas līdzekļi, rūpnieciskās eļļas un smērvielas, motoreļļa, transmisijas eļļa, smērvielas, putekļu noņemšanas līdzekļi, dzelzs izstrādājumi un nelieli metāla izstrādājumi, metāla izstrādājumi, jo īpaši celtniecības materiāli, būvelementi, cisternas, tvertnes, konteineri, transportēšanas preces, uzglabāšanas preces, iepakojums, mehāniskās iekārtas celtniecībai, zemes rakšanai, drupināšanai, jaukšanai, apstrādei, ieguvei un lauksaimniecībai, sūkņi, kompresori, ģeneratori un ventilatori, roboti, pārvietošanas un apstrādes aprīkojums, bagāžas, somas, kabatas portfeļi un citi nesēji, mugursomas, apģērbs, apavi, galvassegas, spēles, rotaļlietas, sporta preces un aprīkojums, smēķētāju preces,  šķiltavas, pelnu trauki,  sērkociņi u.c.</t>
   </si>
   <si>
     <t>spēles, rotaļlietas, kāršu spēles,galda spēles, darbības un veiklības spēles,galda spēles, galda spēles, kauliņu spēles, pduzle, spēļu kārtis, monētas un žetoni (spēļu aprīkojums), kauliņi (spēļu aprīkojums), spēles figūras u.c.</t>
   </si>
   <si>
     <t>VIBIA lampas</t>
   </si>
   <si>
     <t xml:space="preserve">ķermeņa kopšanas līdzekļi, apģērbs un aksesuāri, rotaļlietas, spēles (ieskaitot elektroniskās spēļu konsoles) un sporta preces, tekstilzstrādājumi u.c.
 </t>
   </si>
   <si>
     <t>ITM 1700479 BRITA, ITM 1071048 BRITA, EUTM 018314784 BRITA
 ICD DM/089 611, EUTM 015403892 MAXTRA+, EUTM 01867516 4MAXTRA Pro, ITM 840889 Maxtra</t>
   </si>
   <si>
     <t>BRITA SE</t>
   </si>
   <si>
     <t>EUTM 000456822Nomination,  ITM1069273 Nomination, ITM0769289 Nomination</t>
   </si>
   <si>
     <t>NOMINATION di Antonio e Paolo Gensi</t>
   </si>
   <si>
@@ -12595,188 +11929,965 @@
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">milion Grand Cru </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>DE BOÜARD DE LAFOREST &amp; FILS PROPRIET</t>
     </r>
   </si>
   <si>
     <t>ITM 1211398 JACQUEMUS, REUD 008516199-0002 Modele de sac à main Bambino</t>
   </si>
   <si>
     <t>JACQUEMUS LA MODE</t>
   </si>
   <si>
-    <t>EUTM 1131449 OTEZLA, EUTM 1184702 OTEZLA</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 013270293 VAPORESSO</t>
   </si>
   <si>
     <t>EUTM 008844862/EM IDO, EUTM 005383741/EM i DO, EUTM 012209177/EM I DO BY MINICONF, EUTM 017979908/EM iDO by MINICONF EVERYDAY STYLE, EUTM 018195359/EM i DO mini, EUTM 018195361/EM i DO mini, EUTM 018195341/EM i 0-16 DO EVERYDAY STYLE, EUTM 018195335/EM i 0-16 DO,ITM 1429659/WO i DO</t>
   </si>
   <si>
     <t>MINICONF S.P.A.</t>
-  </si>
-[...3 lines deleted...]
-1448305MONCLER GENIUS (fig.), ITM 1145779 MONCLER GAMME BLEU, CDR 000944475-0005 Borse, ITM 1451345 3 campane,  ITM 1450763 MON CLER GENIUS, EUTM 013444377 LONGUE SAISON MONCLER</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1211398 JACQUEMUS, REUD 008516199-0002 Modele de sac à main Bambino </t>
   </si>
   <si>
     <t>EUTM 018501041/EMCOACH NEW YORK, EUTM 003210705/EM, EUTM 003060027/EM,EUTM 012655965/EM COACH NEW YORK, EUTM 011516317/EM, EUTM 018461458/EM UPCRAFTED, EUTM 018951723/EM TABBY, EUTM 011516051/EM LEGACY, EUTM 018998619/EM HAVE TASTE LOVE WASTE, UTM 018336915/EM COURAGE TO BE REAL	
 EUTM 018470921/EM COACH, EUTM 018465627/EM COACH, EUTM 019062545/EM  COACH RECYCLED LEATHER, EUTM 019112002/EM COACH NEW YORK, EUTM011134921/EM COACH LOVE, EUTM 019087678/EM COACH COACHTOPIA,EUTM018525298/EM COACH (RE)LOVED, EUTM018836895/EM COACH, EUTM019112069/EM C COACH
 EUTM009719733/EM POPPY, EUTM 000214858/EM COACH, EUTM 018903168/EM ROAD TO CIRCULARITY, ITM 930091/WO COACH LEATHERWARE EST. 1941, EUTM 017950505/EM COACH CREATE
 EUTM 018904764/EM UPCRUSHED	, EUTM 011516986/EM COACH LEATHERWARE EST. 1941, EUTM 015814304/EM COACH 1941, EUTM 018164141/EM CITYSOLE, EUTM 013021654/EM COACH NEW YORK, EUTM 011516713/EM COACH LEATHERWARE, EUTM 011135076/EM	
 EUTM 009099136/EM,  EUTM 000214874/EM COACH, EUTM 010325348/ EM COACH, EUTM 018501041/EM COACH NEW YORK, EUTM 018470921/EM COACH, EUTM 011516317/EM, EUTM 003060027/EM, EUTM 012655965/EM COACH NEW YORK</t>
   </si>
   <si>
     <t>COACH IP HOLDINGS LLC</t>
   </si>
   <si>
     <t>apģērbi, ausu aizbāžņi vai sildītāji, kurjeru somas, plecu somas, piekarināmās somas, beisbola cepures,  krūzes u.c.</t>
   </si>
   <si>
     <t>EUTM 016041501/EM ERBA VITA, EUTM 001472141/EM ERBA VITA
 EUTM010009331/EM sedacist, EUTM 009806746/EM SANA VOCE
 EUTM 012182705/EM LIETOSON, EUTM011746658/EMHAPPYAGE	
 EUTM010749588/EMAllergicum</t>
   </si>
   <si>
     <t>AMO ERBA VITA SRL AMO ERBA VITA SRL</t>
   </si>
   <si>
     <t>EUTM 000027490 OSRAM</t>
   </si>
   <si>
     <t>REUD 007461751-0001</t>
   </si>
   <si>
     <t>ITM 1607632/WO COSRX</t>
   </si>
   <si>
     <t>COSRX INC.</t>
   </si>
   <si>
-    <t>kosmētika, grims, odekolons, losjonsu.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM018853595/EM MINISO, EUTM019072158/EM MINISO
 EUTM018860065/EM, EUTM 017961214/EM MINISO</t>
   </si>
   <si>
     <t>Miniso Hong Kong Limited</t>
   </si>
   <si>
     <t>EUTM 018618297 Eyes of Marrakesch, EUTM 018618295 FRIENDLY HUNTING, EUTM 018618294 friendlyHunting, EUTM 018618292	,
 EUTM 018618287 friendlyHunting, EUTM  018618285 friendly hunting
 EUTM 018618253 fH, EUTM 008708596 fH friendly hunting</t>
   </si>
   <si>
     <t>friendly hunting GmbH</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> kosmētika,ķermeņa un skaistumkopšanas līdzekļi, zobu pastas,  parfimērijas izstrādājumi, ēteriskās eļļas,mazgāšanas un balināšanas līdzekļi, tīrīšanas, pulēšanas, attaukošanas un abrazīvie līdzekļi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 08730566/EM DR. MARTENS,EUTM006814172/EM DR. MARTENS AIR CUSHION SOLE, EUTM 000693648/EM DM's,EUTM 006982995/EM Dr Martens "Cappers" AIR CUSION SOLE,EUTM00150151DOC'S, EUTM 59089DR MARTENS AIR CUSHION SOLE,  EUTM 001215383 DR MARTENS AIRCUSHION SOLE,  EUTM 00681417 2Dr. Martens Air Cushion Sole,  EUTM 006982995 Dr. Martens Air cushion sole "Cappers",  EUTM 003573904 Dr. Martens Air Cushion Sole,  EUTM 008730566 Dr. MARTENS,  EUTM 5914 7Dr. MARTENS 
 </t>
   </si>
   <si>
     <t>REUD 003825207-0001/EM, REUD 001863606-0002/EM	REUD 001863606- 0001/EM, REUD	015045263-0003/EM, REUD 015045263-0001/EM REUD015045263-0002/EM	REUD 015045264-0001/EM	REUD015045264- 0002/EM	REUD 006693859-0001/EM	REUD 006693859-0002/EM, REUD 015053670-0001/EM, EUTM 008899098/EM EAU DUELLE, EUTM 014630537/EM EAU DES SENS, EUTM 017720087/EM EAU DE MINTHÉ	
 EUTM 005333083/EM EAU DE LIERRE, EUTM 013374087/EM EAU CAPITALE, EUTM 003364213/EM DO SON, EUTM 018761948/EM DIPTYQUE PARIS,EUTM 009591652/EM DIPTYQUE 34 BOULEVARD ST GERMAIN PARIS 5E, EUTM 018894882/EM CORAIL OSCURO, EUTM 018894988/EMBOIS CORSÉ, EUTM 014020655/EM BENJOIN BOHÈME	
 REUD 002195974-0001/EM, REUD 002196048-0001/EM, REUD002195974- 0002/EM	, REUD 008745343-0001/EM, REUD 008745343-0002/EM, REUD 002030981-0002/EM, REUD 002030981-0001/EM,REUD 002030981-0003/EM
 EUTM 010138063/EM VOLUTES, EUTM 008899007/EMVETYVERIO
 EUTM 018579338/EM TUBEREUSE diptyque 34 boulevard saint germain paris 5e,EUTM 015686331/EM TUBEREUSE diptyque 34 boulevard saint germain paris 5e, EUTM 018729131/EM TERRES BLONDES, EUTM 018729128/EM TEMPLE DES MOUSSES, EUTM 004399044/EM TAM DAO, EUTM 018579334/EM ROSES diptyque 34 boulevard saint germain paris 5e, EUTM 015717441/EM PHILOSYKOS, EUTM 015717366/EM OYÉDO, EUTM 017976290/EM ORPHÉON, EUTM 018514477/EM OPSIS,EUTM015717432/ EM OPÔNÉ, EUTM015717333/EM OLÈNE, EUTM018729143/EM, NYMPHÉES MERVEILLES, EUTM018894957/EM LUNAMARIS	, EUTM 015717408/EM L’OMBRE DANS L’EAU,EUTM018894821/EM LILYPHÉA
 EUTM015717325/EM L’EAU TROIS,EUTM014356976/EM L’EAU PTYQUE, EUTM018691779/EM L’EAU PAPIER,EUTM015717374/EM EAU LENTE
 REUD 015053670-0003/EM, REUD 015053670-0002/EM	, REUD 015089954- 0001/EM, REUD 015045254-0001/EM, REUD 015045254-0002/EM, REUD 015045262-0001/EM, REUD 015045258-0001/EM,REUD 015045258-0002/EM
 REUD 015045259-0001/EM, ICD D224960-0002/WO,ICD D224960-0003/WO
 ICD D224960-0001/WO,EUTM 018759726/EM LA DROGUERIE DIPTYQUE 34 BOULEVARD SAINT GERMAIN PARIS5E</t>
   </si>
   <si>
     <t>DIPTYQUE</t>
   </si>
   <si>
     <t>atmosfērisko smaržu nūjiņu difuzori</t>
   </si>
   <si>
-    <t xml:space="preserve">mašīnvadītas ierīces un mašīnas dārzkopībai un ainavu veidošanai, lauksaimniecībai un mežsaimniecībai, zaļo zonu un teritoriju uzturēšanai, ceļu un ielu tīrīšanai, grants ceļu un pelnu celiņu uzturēšanai, ziemu uzturēšanai uz celiņiem, jo īpaši zemes apstrādes mašīnām, piemēram, kaplēšanai un frēzēšanai, arkli, izkliedētāji, kultivatori, ecēšas, izlīdzinātāji, zemes urbji un izkliedētāji,motorizētie zāles pļāvēji </t>
-[...23 lines deleted...]
-    <t xml:space="preserve">Ziemassvētku eglītes statīvs </t>
+    <t>Dermaroller GmbH</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> kosmētikas un medicīnas produkti sejas ādas uzlabošanai, tostarp izmantojot mikroadatas u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 005875554 PIERRE CARDIN, EUTM 013381901 Pierre Cardin, EUTM 013381793 (Marque sans texte)</t>
+  </si>
+  <si>
+    <t>fischerwerke GmbH &amp; Co. KG</t>
+  </si>
+  <si>
+    <t>EUTM 014364715/EM PATEK PHILIPPE,EUTM 018401499/EM NAUTILUS
+EUTM 018401003/EM, EUTM 018401492/EM AQUANAUT, EUTM 018401008/EM PP, EUTM 018504025/EM PATEK PHILIPPE GENEVE
+EUTM 018504030/EM PATEK PHILIPPE GENEVE, EUTM 018504043/EM PATEK PHILIPPE GENEVE, EUTM 018504035/EM PATEK PHILIPPE GENEVE, EUTM 018504041/EM PATEK PHILIPPE GENEVE, EUTM 018504022/EM PATEK PHILIPPE GENEVE,EUTM 018504039/EM PATEK PHILIPPE GENEVE, EUTM 018504028/EM PATEK PHILIPPE GENEVE
+EUTM 018504037/EM PATEK PHILIPPE GENEVE,EUTM 018504026/EM PATEK PHILIPPE GENEVE,EUTM 018504042/EM PATEK PHILIPPE GENEVE, EUTM 018504027/EM PATEK PHILIPPE GENEVE, EUTM 018504038/EM PATEK PHILIPPE GENEVE,EUTM 018504036/EM PATEK PHILIPPE GENEVE, EUTM 018401005/EM PATEK PHILIPPE, EUTM 018401000/EM PATEK, ITM 594078/WO PATEK PHILIPPE</t>
+  </si>
+  <si>
+    <t>ICD D083953-0007/WO, ICD D083953-0006/WO, ICD D083388-0003/WO	
+ICD D083388-0004/WO, ICD D083388-0002/WO, ICD D083388-0001/WO	
+ICD D082924-0006/WO, EUTM 001573278/EM, EUTM 018102792/EM BVLGARI ALLEGRA, EUTM 018607734/EM SERPENTI, EUTM 017376906/EM MAN WOOD ESSENCE, EUTM 018885600/EM BVLGARI OCTO, EUTM 018909154/EM BVLGARI, EUTM 018665921/EM, EUTM 018656959/EM, ICD D079879-0003/WO, ICD D079879-0012/WO, ICD D079879-0011/WO, ICD D079879-0002/WO, ICD D079879-0009/WO	
+ICD D079879-0001/WO, ICD D079879-0010/WO, ICD D079127-0001/WO	
+ICD D073965-0001/WO, ICD D072812-0005/WO, ICD D072812-0006/WO	
+ICD D072812-0001/WO, ICD D072812-0004/WO, ICD D072812-0003/WO	
+ICD D072812-0002/WO, ICD D086277-0006/WO, ICD D085804-0003/WO	
+ICD D085804-0002/WO, ICD D086277-0003/WO, ICD D086277-0001/WO	
+ICD D086267-0001/WO, ICD D083953-0003/WO, ICD D083953-0008/WO, EUTM 8633695 BVLGARI JASMIN NOIR, EUTM 012136404 BVLGARI LE GEMME, EUTM 002433555/3D TRADEMARK, EUTM 001510866 BVLGARI, CDR 000218425-0001, EUTM 000586289 SOLOTEMPO, EUTM 3749496 BVLGARI, EUTM 8926941BVLGARI, EUTM 001573278, EUTM  012460408  AQVA AMARA</t>
+  </si>
+  <si>
+    <t>Bulgari SPA</t>
+  </si>
+  <si>
+    <t>parfimērija, apģērbi, pulksteņi, aksesuāri u.c.</t>
+  </si>
+  <si>
+    <t>BALANCED BODY INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ķermeņa trenažieri (vingrošanas rīki)	</t>
+  </si>
+  <si>
+    <t>EUTM 001990407/EM VALENTINO, EUTM 018034455/EM VALENTINO DONNA BORN IN ROMA, EUTM 018034458/EM VALENTINO UOMO BORN IN ROMA, EUTM 006937221/EM V, EUTM 018211007/EM VOCE VIVA</t>
+  </si>
+  <si>
+    <t>parfimērijas izstrādājumi, smaržas u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 018655749/EM MIM</t>
+  </si>
+  <si>
+    <t>MiM</t>
+  </si>
+  <si>
+    <t>matu noņemšanas krēmi, depilācijas losjoni, depilācijas līdzekļi</t>
+  </si>
+  <si>
+    <t>REUD 003504448-0001/EM, REUD 003504448-0002/EM	, REUD 007762158-0001/EM, REUD 007762158-0002/EM, EUTM 013532817/EM ARMANI / PRIVÉ, EUTM 000504258/EM GIORGIO ARMANI, EUTM 011771532/EM si!, EUTM 000504282 ARMANI,  EUTM 000504258 GIORGIO ARMANI, EUTM000505669/ACQUA DI GIO', EUTM 011771532 si! EUTM 000505594 EMPORIO ARMANI</t>
+  </si>
+  <si>
+    <t>EUTM012654951/EM, EUTM014022495/EM FRED PERRY, EUTM 005552328/ EM FredPerry, EUTM005552476/EM, EUTM009906736/EM	
+EUTM009906892/EM FRED PERRY, EUTM011427945/EM, EUTM 011432457/EM FRED PERRY, EUTM 011716751/EM, ITM1498172/ WO FRED PERRY</t>
+  </si>
+  <si>
+    <t>FRED PERRY (HOLDINGS) LIMITED</t>
+  </si>
+  <si>
+    <t>EUTM 008741101/EM T, EUTM 014456917/EM TESLA, EUTM 018023441/EM TESLA, EUTM 014492003/EM POWERWALL, EUTM 008575961/EM MODEL S, EUTM 017766239/EM MODEL Y, EUTM 011110202/EM MODEL X, EUTM 018983206/EM CYBERTRUCK
+EUTM 018023444/EM, ITM 1219819/WOMODEL 3, ITM 1292013/WO T</t>
+  </si>
+  <si>
+    <t>TESLA INC</t>
+  </si>
+  <si>
+    <t>automobiļi, kravas automašīnas, autobusi, 
+ akumulatori, automašīnu lādētāji</t>
+  </si>
+  <si>
+    <t>CASIO Europe GmbH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 000650358/EM CASIO, EUTM 002512176/EM G-SHOCK
+EUTM 012250759/EM G-SHOCK, EUTM 011591071/EM S-V.P.A.M.
+EUTM 011590858/EM NATURAL-V.P.A.M.,EUTM 011436177/EM SHEEN
+EUTM 005790233/EM F-91W, EUTM 005805254/EM WR, EUTM 018105584/EM PROTECTION, ITM 1158920/WO EDIFICE,ITM 1156284/WO Baby-G, ITM 1059178/WO SHOCK RESIST
+</t>
+  </si>
+  <si>
+    <t>pulksteņi, svārsta pulksteņi, elektroniskie mūzikas instrumenti</t>
+  </si>
+  <si>
+    <t>EUTM 015214844/EMBeiGene, EUTM 018461025/EM,EUTM 017204751/EM BRUKINSA, ITM 1849613/WOBeOne, ITM 1392575/ WOTEVIMBRA</t>
+  </si>
+  <si>
+    <t>BEONE MEDICINES I GMBH</t>
+  </si>
+  <si>
+    <t>farmaceitiskie izstrādājumi, līdzekļi vēža ārstēšanai, pretvēža zāles</t>
+  </si>
+  <si>
+    <t>EUTM 004890372/EM PLASTIMO</t>
+  </si>
+  <si>
+    <t>PLASTIMO GROUP</t>
+  </si>
+  <si>
+    <t>EUTM 010264802/EM CANALSAT, EUTM 008557175/EM TNTSAT
+EUTM 008699291/EM LE CUBE, EUTM 009781766/EM Piwi +	
+EUTM 009781709/EM COMEDIE+, EUTM 009781791/EM PLANETE +6	
+EUTM 009784265/EM PLANETE+ NO LIMIT, EUTM 009807348/EM PLANETE+ JUSTICE, EUTM 009783036/EM CINE+ PREMIER, EUTM 009781667/EM CINE+ FRISSON, EUTM 009781543/EM CINE+ émotion	
+EUTM 009781493/EM CINE+ CLASSIC,EUTM 009781519/EM CINE+ CLUB
+EUTM 009781551/EM CINE + FAMiZ, EUTM 009781881/EM SPORT+	
+EUTM 010093797/EM STUDIOCANAL, EUTM 018375394/EM CANAL+ Domo, EUTM 009781832/EM RUGBY +, EUTM 009781725/EM FOOT +	
+ITM 1046107/WO + SPORT</t>
+  </si>
+  <si>
+    <t>GROUPE CANAL+</t>
+  </si>
+  <si>
+    <t>televīzija, izklaides pakalpojumi u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 008419251/EM EROX, EUTM 015968662/EM EROX	
+EUTM 015968688/EM EROXXX</t>
+  </si>
+  <si>
+    <t>ENTERTAINMENT ROX B.V.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">televīzija, izklaides pakalpojumi, televizoru dekoderi, interaktīvie izklaides pakalpojumi, izklaides programmatūra </t>
+  </si>
+  <si>
+    <t>EUTM 015998586/EM 360 TUNE BOX, EUTM 016680464/EM BOX	
+EUTM 018604908/EM TOONZSTREAM, EUTM 018374297/EM TOONSTREAM, EUTM 018594440/EM SERIES STREAM, EUTM 016680456/EM ON DEMAND, EUTM 016680449/EM MIXBOX	
+EUTM 015742356/EM GAMETOON G,EUTM 015998685/EM FUNBOX 4K ULTRA HD, EUTM 016166647/EM FUNBOX, EUTM 018192337/EM FILMSTREAMBOX, EUTM 018186042/EM FILMBOX+, EUTM 016680373/EM FILMBOX ON DEMAND,EUTM 018127297/EM FILMBOX LIVE, EUTM 018057483/EM FIGHTBOX,EUTM 015998669/EM FIGHTBOX
+EUTM 015998628/EM FAST&amp;FUNBOX,EUTM 015998594/EM DOCUBOX
+EUTM 018248896/EM DIZI TIMELESS DRAMA CHANNEL, EUTM 018293678/EM DIZI, EUTM 014969356/EM BOX FOR AFRICA</t>
+  </si>
+  <si>
+    <t>MEDIABOX BROADCASTING INTERNATIONAL LIMITED</t>
+  </si>
+  <si>
+    <t>EUTM 017245341/EM SPI International B.V., EUTM 017245391/EM SPI INTERNATIONAL, EUTM 017447756/EM SPI INTERNATIONAL	
+EUTM 018144069/EM FILM1</t>
+  </si>
+  <si>
+    <t>SPI INTERNATIONAL B.V.</t>
+  </si>
+  <si>
+    <t>ITM 1707443/WO JABRA, EUTM 016671489/EM JABRA, ITM 1347299/WO Jabra GN	, ITM 951112/WO Jabra MULTI USE, EUTM 002162048/EM JABRA, ITM 951112/WO Jabra MULTI USE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REUD 6298089-0004 CH lipstick &amp; Beetle device diseño,REUD 6298089- 0005CH lipstick &amp; Beetle device diseño, REUD 6298089-0006 CH lipstick &amp; Beetle device diseño, REUD 6298089-0007 CH lipstick &amp; Beetle device diseño, REUD 6298089-0008 CH lipstick &amp; Beetle device diseño,REUD 6303335-0002 CH lipstick &amp; Beetle device diseño,REUD 6303335-0003 CH lipstick &amp; Beetle device diseño,REUD 6303335-0004 CH lipstick &amp; Beetle device diseño, REUD 6302154-0002 CH mini lipstick &amp; lip gloss diseño, REUD 6302154-0003 CH mini lipstick &amp; lip gloss diseño,REUD 6302154-0004 CH mini lipstick &amp; lip gloss diseño, REUD 6302154- 0005 CH mini lipstick &amp; lip gloss diseño, REUD 6301677- 0002  CH COMPACT Kit de, CDR6301677-0003 CH COMPACT Kit de maquillaje, EUTM 12349759 HERRERA CONFIDENTIAL, EUTM 12622122 CH (DEVICE 2000), EUTM 12622205 CAROLINA HERRERA, EUTM 13959549 IT'S SO GOOD TO BE BAD, EUTM 13497961 GOOD BOY, EUTM 16377699 OWN THE PARTY, EUTM 13339064 GOOD GIRL (diseño), EUTM 18000710212 FOREVER YOUNG, EUTM 17536211 CAROLINA HERRERA, EUTM 12761417 CONFIDENTIAL CAROLINA HERRERA, EUTM 14028716 CH MEN PRIVÉ, EUTM 16419749 AGUAS CONFIDENTIAL, EUTM 18000711212 VIP FOREVER YOUNG (fig.), EUTM 18438427 VERY GOOD GIRL, REUD 1 780644-0001 ENVASE CH L'EAU, REUD 1849886 -0001-0002 ENVASES 212 NYC BODY SPRAYS IAC 2011, REUD 006294658 0001-0002 BOTTLE 2019 Lightning BAD BOY New Him, REUD 2011205 0001 - 0003 ENVASE CH EAU DE PARFUM, CDR 376884- 0001 - 0009 TELAS BOLSOS CH, REUD 2197079-0001 ENVASE CH MEN SPORT, EUTM 4661492 212 SEXY, EUTM 1426857CH CAROLINA HERRERA NEW YORK, EUTM 2438729212 CAROLINA HERRERA, EUTM 3011020 CAROLINA HERRERA, EUTM 4760146 212, EUTM 8268427 CH MEN, EUTM 8224883 ARE YOU ON THE LIST ?, EUTM 7599012 212 NYC, EUTM 7507437 CH MEN, EUTM 7473754 212 VIP, EUTM 5903075 CHCH HCHC CHCH HCHC, EUTM 5172317 CH, REUD 000717897-0001 diseño frasco, EUTM 9843947  GOOD GIRL, EUTM 11866472 CH, EUTM 14033864 BAD BOY, EUTM 18097902 BOTTLE 3D final LIGHTNING (BAD BOY), EUTM 17950524 GOOD GIRL LOVES BAD BOY, EUTM 18186801 BOTTLE SKATEBOARD 212 (3D)	
+EUTM 18025281 212 HEROES FOREVER YOUNG, EUTM 18158195 CHC	
+EUTM 4787271 HERRERA, EUTM 492140 212 BY CAROLINA HERRERA
+EUTM 1963610 CAROLINA HERRERA CHIC, EUTM 2548196212 BOTTLE
+EUTM 3782372 CHIC FOR MEN CAROLINA HERRERA, CDR 220702-0001 CHIC FOR MEN BOTTLE diseño, EUTM 4047114 CAROLINA HERRERA	
+EUTM 4144994 CH CAROLINA HERRERA (device STL 2004), EUTM 4190468 CH pattern device 2x2 (STL 2004)	</t>
+  </si>
+  <si>
+    <t>ITM 1190435/WO macon &amp; lesquoy</t>
+  </si>
+  <si>
+    <t>MACON&amp;LESQUOY</t>
+  </si>
+  <si>
+    <t>rotaslietas</t>
+  </si>
+  <si>
+    <t>EUTM 000216580/EM FREEDENT, EUTM 011737723/EM Freedent
+EUTM 005588009/EM FREEDENT DROPS, EUTM 005672027/EM FREEDENT EXPERT, EUTM 007256498/EM FREEDENT FUSION	
+EUTM 004558029/EM FREEDENT PROFESSIONAL,EUTM 004878666/EM FREEDENT WHITE</t>
+  </si>
+  <si>
+    <t>Wm. Wrigley Jr. Company</t>
+  </si>
+  <si>
+    <t>REUD005834173-0001/EM,REUD005834173-0002/EM,REUD005834173-0004/EM, REUD005834173-0003/EM, REUD 005841640-0001/EM, REUD 005841640-0002/EM, REUD 006367298-0001/EM,REUD 006367298-0002/EM
+REUD 006367298-0003/EM, REUD 006367298-0004/EM, REUD 006537635- 0001/EM, EUTM 018073900/EM Deine Dinge,EUTM 002050516/EM DORMY
+EUTM 009015661/EM eco, EUTM 000371625/EM GOLDRING, EUTM 000604116/EM IDEAL, EUTM 012309357/EM INSTAPLATE, EUTM 002119493/EM MARKING CENTER, EUTM 016054884/EM MAXLIGHT	
+EUTM 016054942/EM PSI, ITM 986244/WO RAYJET,EUTM 000674390/EM ROYAL MARK, EUTM 004734521/EM SpeedMark, EUTM 004734811/EM SpeedMarker, EUTM 016220352/EM TRODAT, EUTM 003082773/EM trodat
+EUTM 018004832/EM TRODAT, EUTM 003152411/EM TRODAT PROFESSIONAL LINE, EUTM 011617297/EM TRODESIGN, EUTM 005443254/EM TROTEC, EUTM 003267663/EM uTypia	, EUTM 009653239/EM TROTEC, EUTM 016102931/EM TROPLY, EUTM 016175011/EM TROLASE, EUTM 011425352/EM CERAMICORE, ITM 1004343/WO &lt;JobControl&gt;, ITM 790964/WO PRINTY, ITM 1333951/WO Maxlight, ITM 1348224/WO JUSTRITE, ITM 1334139/WO PSI, EUTM 018348868/EM AMMOTH, EUTM 018349013/EM, EUTM 018347045/EM SIMPLEX, EUTM 014965801/EM PSI</t>
+  </si>
+  <si>
+    <t>zīmogi</t>
+  </si>
+  <si>
+    <t>EUTM 000239442/EM SUDOCREM, EUTM 018102547/EM MY LITTLE SUDOCREM, EUTM 015011571/EM SUDOCREM ANTISEPTIC HEALING CREAM, EUTM 011523099/EM SUDOCREMcare &amp; protect, EUTM 011523057/EM SUDOCREMcare &amp; protect, EUTM 019127212/EM Sudocrem
+EUTM 019127213/EM UDOCREM, EUTM 014988588/EM Sudocrem	
+EUTM 008519373/EM Sudocrem, EUTM 009582693/EM SUDOCREM</t>
+  </si>
+  <si>
+    <t>NORTON CREAMS LIMITED</t>
+  </si>
+  <si>
+    <t>hidratācijas krēmi</t>
+  </si>
+  <si>
+    <t>REUD 001975186-0001/EM, REUD 001975186-0002/EM, REUD 001975186-0003/EM</t>
+  </si>
+  <si>
+    <t>skūteris Segway KickScooter GT</t>
+  </si>
+  <si>
+    <t>EUTM 014747026/EM CAMPARI DAVIDE CAMPARI MILANO, EUTM 009799231/EM APEROL, EUTM 009468273/EM APEROL SPRITZ	
+EUTM 008416679/EM APEROL SPRITZ, EUTM 010163574/EM APEROL	
+EUTM 008572844/EM, EUTM 008573081/EM, EUTM 012143863/EM	
+EUTM 000386961/EM CAMPARI, EUTM 000387100/EM CAMPARI</t>
+  </si>
+  <si>
+    <t>DAVIDE CAMPARI - MILANO N.V.</t>
+  </si>
+  <si>
+    <t>ICD D075640-0001</t>
+  </si>
+  <si>
+    <t>Bystronic Laser AG</t>
+  </si>
+  <si>
+    <t>sprauslu uzgaļi lāzergriešanas sistēmām", HK un NK tipa oriģinālās sprauslas</t>
+  </si>
+  <si>
+    <t>REUD 008025340-0006/EM, REUD 007076716-0006/EM, REUD 004687838-0001/EM, REUD 004593705-0017/EM, EUTM 017944143/EM J
+EUTM 009097494/EM HARMAN, EUTM 001830967/EM JBL, REUD 002730580-0003/EM, EUTM 003860665/EM JBL,REUD 005827359-0009/EM
+EUTM 005133251/EM HARMAN</t>
+  </si>
+  <si>
+    <t>audioelektronika, austiņas, skaļruņi, bezvadu apskaņošanas sistēmas u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 018853803/EM BELLINE</t>
+  </si>
+  <si>
+    <t>CARTAMUNDI FRANCE SARL</t>
+  </si>
+  <si>
+    <t>spēļu kārtis, taro kārtis</t>
+  </si>
+  <si>
+    <t>košļājamā gumija</t>
+  </si>
+  <si>
+    <t>glābšanas vestes, pašpiepūšamie plosti, kompasi u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> kosmētika, ķermeņa un skaistumkopšanas līdzekļi, zobu pastas,  parfimērijas izstrādājumi, ēteriskās eļļas, mazgāšanas un balināšanas līdzekļi, tīrīšanas, pulēšanas, attaukošanas un abrazīvie līdzekļi u.c.</t>
+  </si>
+  <si>
+    <t>sejas tīrīšanas piens, uztura bagātinātāji, probiotiskās piedevas, skaistumkopšanas balzamkrēmi, sejas krēms, kosmētiskie krēmi, antioksidantu piedevas, ķermeņa želejas u.c.</t>
+  </si>
+  <si>
+    <t>apģērbs, lietus plēves, mugursomas, kosmētika, auskari smaržas, šalles, kabatlakatiņi, somas, cepures, apavi u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">apģērbs, apavi, detaļas un aksesuāri
+</t>
   </si>
   <si>
     <t xml:space="preserve">
 dzērienu ražošanas mašīnas un saistītās iekārtas, elektriskās mašīnas un aparāti gāzētu dzērienu ražošanai, elektromehāniskās ierīces karsta, vārīta un atdzesēta ūdens un/vai dzērienu pagatavošanai un izsniegšanai un saistītās iekārtas, tostarp dozēšanas automāti, dzērienu tirdzniecības automāti, dozēšanas automāti, tirdzniecības un preču tirdzniecības automāti, trauku mazgājamās mašīnas un to piederumi, kārtridži u.c.</t>
   </si>
   <si>
-    <t>apģērbs,lietus plēves, mugursomas, kosmētika, auskari smaržas, šalles, kabatlakatiņi, somas, cepures, apavi u.c.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">apģērbs, apavi, detaļas un aksesuārus
+    <t>ķermeņa krēms, roku krēms, viegli aromatizēti aerosoli, smaržūdens, viegli aromatizēti ķermeņa aerosoli, šampūni, matu kondicionieri, pretblaugznu šampūni u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">apģērbi, apavi, somas, skaistumkopšanas līdzekļi, to izstrādājumi un aksesuāri u.c.  </t>
+  </si>
+  <si>
+    <t>ūens pudeles, ceļojumu krūzes, izolētas pudeles, gumijas blīves, nemetāliski pudeļu korķi, vāciņi, plecu siksnas, nerūsējošā tērauda dzeršanas salmiņi, gumijas auklas un aukliņas, galda piederumu turētāji u.c.</t>
+  </si>
+  <si>
+    <t>alkoholiskais dzēriens MALIBU</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> vīriešu un sieviešu apģērbi, apakšveļa,bērnu apģērbs, t-krekli, sporta krekli, mēteļi, visu veidu zeķes, pludmales apģērbs, biksītes, bokseri, topiņi, somas, apavi, parfimērija, kosmētika, eau de smaržas, saulesbrilles un brilles, maciņi, aksesuāri u.c. </t>
+  </si>
+  <si>
+    <t>apģērbi, apavi,sporta apavi, galvassegas, bērnu gultiņasceļojumu čemodāni, apģērbu koferi, mugursomas, somas, maki, atslēgu futrāļi (ādas izstrādājumi), maciņi, kas paredzēti tualetes piederumu glabāšanai,  mapes, aploksnes (ādas izstrādājumi), ādas segas (kažokādas), ādas imitācija, kažokādas (dzīvnieku ādas), karšu turētāji, ādas polsterējums mēbelēm, dokumentu kastes u.c.</t>
+  </si>
+  <si>
+    <t>juvelierizstrādājumi, ķēdes, kaklarotas  rokassprādzes, gredzeni, apģērbi, apavi, galvassegas, jostas somas, ceļojumu somas, rokasomiņas, maki u.c.</t>
+  </si>
+  <si>
+    <t>ar šokolādi pārklātas vafeles, pildīta šokolāde, maizes izstrādājumi un konditorejas izstrādājumi, šokolāde un deserti, šokolāde, pildītas šokolādes tāfelītes, šokolādes tāfelītes, šokolādes cepumi</t>
+  </si>
+  <si>
+    <t>mēbeles, krēsli, dīvāni, soli (mēbeles), atpūtas mēbeļu komplekti, āra mēbeles, terases mēbeles, sēdekļi kā mēbeles u.c.</t>
+  </si>
+  <si>
+    <t>rotaslietas, juvelierizstrādājumi, rotaslietu lādītes, putekļu lupatiņa, filca maisiņi u.c.</t>
+  </si>
+  <si>
+    <t>apģērbi un aksesuāri alpīnisma, kāpšanas un āra aktivitātēm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">šokolāde, kafija, šokolādes cepumi, ievārījumi, dabīgie ievārījumi, medus, augļu pasta,  konfektes, olīvu pasta, diētas kapsulas, uztura bagātinātāji, gardumi, tēja, pīrāgi, baklava, košļājamā gumija, zobu pastas, mutes skalojamais līdzeklis, ziepe, ēteriskās eļļas (eļļas), saules aizsargkrēms, olīveļļa, šampūns, roku krēmi,  kosmētika, kosmētiskie preparāti, zāļu kapsulas, gomoritīns,  roku losjoni, roku tīrīšanas līdzekļi, farmaceitiskie izstrādājumi,  odekoloni, smaržas un saistīti izstrādājumi, dabīgie sveķi mastika u.c. </t>
+  </si>
+  <si>
+    <t>modulāras lampu sistēmas, kas sastāv no dažādiem elementiem (gaismas stieņa, savienojuma un pamatnes) vai "sienas" vai "piekares" vai "grīdas" vai "no augšas līdz griestiem" gaismas stieņa arhitektūras apgaismojumam, tajos ietilpst optiskie piederumi un gaismas sloksnes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">elektriskie motori, starteri (izņemot sauszemes transportlīdzekļiem), ģeneratori, iekšdedzes dzinēju aizdedzes sistēmas, spuldžu sveces, aizdedzes sveces, degvielas sūkņi, regulatori, sprauslas un sprauslu turētāji, dzinēja vārsti, degvielas filtri, eļļas filtri, gaisa filtri u.c. </t>
+  </si>
+  <si>
+    <t>iedeguma krēmi, kosmētiskie krēmi, mitrinoši krēmi, šķidrās smaržas, nagu lakas, lūpu krāsas, otas, acu zīmuļu otas u.c.</t>
+  </si>
+  <si>
+    <t>kabeļu savienotāji, bezvadu lādētāji, USB lādētāji, pulksteņu siksnas, viedpulksteņi, planšetdatori, skaļruņi, austiņas, bezvadu skaļruņi, mobilo tālruņu maciņi, viedtālruņi u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> kosmētika un tualetes piederumi, zobu pastas, parfimērija, ēteriskās eļļas u.c.</t>
+  </si>
+  <si>
+    <t>skaņas pastiprinātāji, elektriskās kontroles aprīkojums, skaņu atjaunošana aparatūras instrumentiem, apgaismošanas sistēmas, ģitāras, ģitāru stīgas, mūzikas instrumenti</t>
+  </si>
+  <si>
+    <t>dekoratīvs stikls, stikla figūriņas, mākslinieciski priekšmeti no kristālstikla, svina kristāla figūriņas u.c.</t>
+  </si>
+  <si>
+    <t>dūnu mēteļi, t-krekli, jakas, trenčmētelis, dūnu jakas, mēteļi</t>
+  </si>
+  <si>
+    <t>nemetāla emblēmas automašīnām, auto piederumi u.c.</t>
+  </si>
+  <si>
+    <t>ķīmisko un neķīmisko vielu filtrēšanas līdzekļi, rūpnieciskās eļļas un smērvielas, motoreļļa, transmisijas eļļa, smērvielas, putekļu noņemšanas līdzekļi, dzelzs izstrādājumi un nelieli metāla izstrādājumi, metāla izstrādājumi, jo īpaši celtniecības materiāli, būvelementi, cisternas, tvertnes, konteineri, transportēšanas preces, uzglabāšanas preces, iepakojums, mehāniskās iekārtas celtniecībai, zemes rakšanai, drupināšanai, jaukšanai, apstrādei, ieguvei un lauksaimniecībai, sūkņi, kompresori, ģeneratori un ventilatori, roboti, pārvietošanas un apstrādes aprīkojums, bagāžas, somas, kabatas portfeļi un citi nesēji, mugursomas, apģērbs, apavi, galvassegas, spēles, rotaļlietas, sporta preces un aprīkojums, smēķētāju preces,  šķiltavas, pelnu trauki, sērkociņi u.c.</t>
+  </si>
+  <si>
+    <t>elektriskie iztvaicētāji, iztvaicētājs garšaugu un esenču iztvaicēšanai, inhalatori, garšaugu dzirnaviņas, apģērbi, laboratorijas mēteļi, cepures, kleitas, svārki, sporta bikses, bikses, apakšveļa, šalles, vizieri un stieņi u.c.</t>
+  </si>
+  <si>
+    <t>transportlīdzekļu izplūdes sistēmas, izpūtēji dzinējiem un mašīnām, iepakojuma materiāli, kartona iepakojums  transportlīdzekļiem transportlīdzekļu spoguļi, transportlīdzekļu daļas, transportlīdzekļu spoileri, polo krekli, galvassegas, apģērbs, jakas u.c.</t>
+  </si>
+  <si>
+    <t>saulesbriļļu futrāļi, ietvari, saulesbrilles saulesbriļļu auklas, siksnas, vāciņi, sieviešu sandales, atslēgu piekariņi sieviešu rokassomas, rotaslietas, kleitas apģērbi, kostīmi, vilnas zeķes, virsdrēbes, peldkostīmi u.c.</t>
+  </si>
+  <si>
+    <t>mājsaimniecības vai virtuves piederumi un trauki, neapstrādāts vai daļēji apstrādāts stikls, izņemot stiklu, ko izmanto celtniecībā, stikla, porcelāna un māla trauki, juvelierizstrādājumi, bižutērija, pulksteņi hronometriskie instrumenti, apģērbi, apavi, galvassegas, mēbeles, spoguļi, rāmji, konteineri uzglabāšanai vai transportēšanai kauls, rags, vaļa bārkstis neapstrādāta vai pusfabrikāta, čaumalas, jūras putas, dzintars, rokas darbarīki un instrumenti, galda piederumi, dakšiņas un karotes, pistoles, izņemot šaujamieročus, skuvekļi, grāmatu iesiešanas izstrādājumi, fotogrāfijas, kancelejas preces un biroja piederumi, līmes kancelejas vai mājsaimniecības vajadzībām u.c.</t>
+  </si>
+  <si>
+    <t>metāla automašīnu nozīmītes, galda piederumi, dakšiņas un karotes, kabatas nazis, automašīnas atslēga, alus paliktņi u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">mašīnvadītas ierīces un mašīnas dārzkopībai un ainavu veidošanai, lauksaimniecībai un mežsaimniecībai, zaļo zonu un teritoriju uzturēšanai, ceļu un ielu tīrīšanai, grants ceļu un pelnu celiņu uzturēšanai, ziemu uzturēšanai uz celiņiem, jo īpaši zemes apstrādes mašīnām, piemēram, kaplēšanai un frēzēšanai, arkli, izkliedētāji, kultivatori, ecēšas, izlīdzinātāji, zemes urbji un izkliedētāji,motorizētie zāles pļāvēji </t>
+  </si>
+  <si>
+    <t>diagnostika, farmaceitiskā rūpniecībā, ķīmiskā rūpniecībā, pārtikas un vides testēšana</t>
+  </si>
+  <si>
+    <t>no metāla izgatavoti stiprinājumi, dībeļi, skrūves, enkuri, enkura skrūves, vītņoti stieņi, uzgriežņi, āķi, profili, naglas (tapas), cauruļu skavas, skrūves, kniedes, kabeļu skavas, paplāksnes, skavas, iesmidzināšanas enkura uzmavas, centrēšanas uzmavas, no metāla izgatavoti būvmateriāli, atslēdznieka un nelieli metāla izstrādājumi, no metāla izgatavotas preces, kas nav iekļautas citās klasēs, durvju atdures un durvju fiksatori (izgatavoti no metāla), apakškonstrukcijas u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 000592964	, ITM 1501881Visco, ITM 1437840 chargeBIG
+EUTM 018434689 bikeEYE, EUTM 017888118, ITM 1308370 MAHLE	
+EUTM 002267581 CLEVITE, ITM 1088531 pc, ITM 1081123, ITM 1330576 CareMetix, EUTM 017888114 IZUMI, EUTM 013607932 MAHLE, EUTM 003813839 BEHR, EUTM 003809621 Visco, EUTM 003809555 BEHR	
+EUTM 003227998 Micro-Star</t>
+  </si>
+  <si>
+    <t>ITM 1613220 BEST AMINO</t>
+  </si>
+  <si>
+    <t>CJ Europe GmbH</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> uztura bagātinātāji dzīvniekiem, uzturvielu piedevas dzīvnieku barībai u.c.</t>
+  </si>
+  <si>
+    <t>REUD 01646845-0003, REUD 001646845-0002, REUD 002025049-0004, REUD 02025049-0003, REUD 002025049-0002, REUD 002074948- 0002, REUD 002074948-0001, REUD 002025049-0001,REUD 001646845-0001, EUTM 004396461,REUD 000167929-0001, REUD 000001151-0001</t>
+  </si>
+  <si>
+    <t>EUTM 015363252, EUTM 011629177 TSA SAFE SKIES, EUTM 011629037 SAFE SKIES, EUTM 011095544, EUTM 1779725 TSA SAFE SKIES, EUTM 018978486, EUTM 017996289, EUTM 017949483, EUTM 018944177 SAFE SKIES, EUTM 017910681 SAFE SKIES</t>
+  </si>
+  <si>
+    <t>Safe Skies LLC</t>
+  </si>
+  <si>
+    <t>mugursomas, somas, kempinga somas, alpīnisma mugursomas, sporta somas, plecu siksnas, pludmales somas u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 018816866/EM DAINESE, EUTM 000504498/EM DAINESE
+EUTM 018816869/EM AGV, EUTM 000959098/EM agv, EUTM 018816867/EM, ITM 896957/WO, ITM 997565/WO agv, ITM 888865/WO DAINESE</t>
+  </si>
+  <si>
+    <t>DAINESE S.P.A.</t>
+  </si>
+  <si>
+    <t>ķiveres, individuālie aizsardzības līdzekļi negadījumu novēršanai, jo īpaši aizsargpastiprinājumi pleciem, elkoņiem, ceļgaliem un citām ķermeņa daļām u.c.</t>
+  </si>
+  <si>
+    <t>ITM 1251895/WO MARCO DE VINCENZO, ITM 1250876/WO MARCO de VINCENZO</t>
+  </si>
+  <si>
+    <t>MARCO DE VINCENZO S.R.L.</t>
+  </si>
+  <si>
+    <t>apavi, somas, apģērbs</t>
+  </si>
+  <si>
+    <t>EUTM 1141206 M (fig.), EUTM 1207028 M (fig.), REUD 000944475-0002 Borsa, EUTM 010878601 Figura di papero, REUD  000944475-0001 Borse,  REUD  000715941- 0004 Articolo di abbigliamento,  REUD 000715941-0005 Articoli di abbigliamento, EUTM 991914 Campana Moncler (fig.), REUD  000715941-0001 Calzature, EUTM 1075327 Vignetta papero (fig.), REUD  000194089-0001 Articoli di abbigliamento,  REUD  000944475-0003 Borse, EUTM 5972112 Moncler,EUTM 1119381 Moncler (fig.), EUTM 10876639 Papero tridimensionale, EUTM 00579 6594 Moncler, REUD  000715941-0002 Calzature, EUTM 0991913 Figura di campana vuota,  REUD  000944475-0004 Borse,  REUD  DM/078098-1,2,3 Capi di abbigliamento, REUD  000715941-0003 Calzature, ITM 1299020 DIST DOWN INTEGRITY SYSTEM &amp;TRACEABILITY,  REUD 002484576-0001 Sandali, ITM
+1448305MONCLER GENIUS (fig.), ITM 1145779 MONCLER GAMME BLEU,  REUD 000944475-0005 Borse, ITM 1451345 3 campane,  ITM 1450763 MON CLER GENIUS, EUTM 013444377 LONGUE SAISON MONCLER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                     EUTM  008204901   Micro SD, EUTM  008204794  SD XC, EUTM  001275858  SD, ITM  907972  SD HC, EUTM  10825421   Micro SD XC, EUTM  10825446  Micro SD HC, REUD 000128566-0001,  REUD 000128566-0002, REUD  000128566- 0003, REUD  000128566-0004, EUTM010825388/EM SD SMART, EUTM 018837191/EM SDUC, EUTM 018837197/EM micro SDUC
 </t>
   </si>
   <si>
-    <t>apģērbi, apavi, somas, bsmaržas, brilles, rotaslietas u.c.</t>
-[...2 lines deleted...]
-    <t>sejas tīrīšanas piens, uztura bagātinātāji, probiotiskās piedevas, skaistumkopšanas balzamkrēmi sejas krēms, kosmētiskie krēmi,  antioksidantu piedevas ķermeņa želejas u.c.</t>
+    <t>REUD 002858829-0005/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REUD 002156406-0022, EUTM 010864056, EUTM 004412839BOMAG      REUD 002028415-0008, REUD 002028415-0007,REUD 002028415-0006,   REUD 002028415-0005,REUD 002028415-0004, REUD 002028415-0003,  REUD 002028415-0002,REUD 002028415-0001, REUD 001691734-0001,  REUD 002495283-0014, REUD 002495283-0013, REUD 002495283-0012, REUD 002495283- 0011, REUD 002495283-0003, REUD 002495283-0002, REUD 002495283-0001, REUD 002391128-0004, REUD 002391128-0003,   REUD 002391128-0002, REUD 002391128-0001,REUD 002156406-0038,   REUD 002156406-0037, REUD 002156406-0036, REUD 002156406-0035,   REUD 002156406-0034, REUD 002156406-0033, REUD 002156406-0032,   REUD 002156406-0031, REUD 002156406-0030, REUD 002156406-0029 
+</t>
+  </si>
+  <si>
+    <t>Laboratoires La Prairie SA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ziepes, parfimērijas izstrādājumi, ķermeņa un skaistumkopšanas līdzekļi, nemedicīniski produkti krēmu, losjonu, emulsiju, aizsargājošu un barojošu ādas koncentrātu, saules aizsargkrēmu, šampūnu un matu kopšanas līdzekļu, matu toniku, zobu pastas, dezodorantu un antiperspirantu veidā personīgai lietošanai, medicīniski produkti krēmu, losjonu, emulsiju un aizsargājošu un barojošu ādas koncentrātu veidā u.c. </t>
+  </si>
+  <si>
+    <t>EUTM 000349456 La Prairie Switzerland, EUTM 004960274 la prairie SWITZERLAND, EUTM 004960258 la prairie SWITZERLAND, ITM 100322 6la prairie, ITM 922915, ITM 911935 MIDNIGHT RAIN,EUTM 000348938 la prairie SWITZERLAND, EUTM 003643772 LA PRAIRIE SKIN CAVIAR
+ITM 1003238 la prairie, EUTM 004960266 la prairie SWITZERLAND	
+EUTM 004960241 La Prairie Switzerland, ICD D233144-0006,ITM 1633265 LA PRAIRIE SWITZERLAND, ICD D202512-0001, ICD D078705-0001, ITM 1649564 LA PRAIRIE SWITZERLAND, ITM 1511585 La Prairie,ITM 1649752 LA PRAIRIE SWITZERLAND,ITM 99242 3LA PRAIRIE, EUTM014468821LA PRAIRIE, EUTM 016119166 LA PRAIRIE PLATINUM RARE, EUTM 01684392 2LUMIDOSE, REUD 009049232-0005, REUD 008617211-0007, REUD 008711881-0002, REUD 015032970-0004, REUD 001089908-0001,REUD 008889067-0001, REUD 015021556-0002, REUD 015080724-0001, ITM 1003235 la prairie, EUTM 000349415 LA PRAIRIE, EUTM 007394745 ESSENCE OF SKIN CAVIAR, EUTM 000188631 Age Management</t>
+  </si>
+  <si>
+    <t>ITM 1398399/WO JACOB COHËN, ITM 1827706/WO</t>
+  </si>
+  <si>
+    <t>JACOB COHEN COMPANY S.P.A.</t>
+  </si>
+  <si>
+    <t>apģērbs, bikses</t>
+  </si>
+  <si>
+    <t>EUTM 018351196/EM SWEET SAPPHIRE, CPVR 43801; 20120203I FG THREE, CPVR 43800; 20120202 IFG NINE, CPVR 49465; 20133204 IFG SIX
+CPVR 49954; 2013320 1IFG SEVEN, CPVR 49467; 20133206 IFG TEN
+CPVR 49468; 20133207I FG ELEVEN, ITM 1296785/WO SWEET CELEBRATION, ITM 1508168/WO SWEET CELEBRATION, ITM 1296775/WO Jack's Salute, ITM 1516821/WO JACK'S SALUTE, ITM 1091459/WO COTTON CANDY, ITM 1436702/WO COTTON CANDY	
+ITM 1556591/WO COTTON CANDY, ITM1515064/WO SWEET GLOBE
+ITM 1296776/WO Sugar Crisp, ITM 1515094/WO SUGAR CRISP</t>
+  </si>
+  <si>
+    <t>BLOOM FRESH INTERNATIONAL SUCURSAL EN ESPAÑA</t>
+  </si>
+  <si>
+    <t>svaigs ūdens</t>
+  </si>
+  <si>
+    <t>EUTM 017904103/EM AGOLDE, EUTM 018259560/EM AGOLDE, EUTM 004338679/EM, EUTM 003032968/EM HUMANITY JEANS, EUTM 008314999/EM HUMANITY, EUTM 018093854/EM HUMANITY
+EUTM 004384641/EM h,EUTM 003033040/EM CITIZENS OF HUMANITY
+EUTM 011346244/EM CITIZENS OF HUMANITY, EUTM 018118570/EM AGOLDE</t>
+  </si>
+  <si>
+    <t>CITIZENS OF HUMANITY LLC CITIZENS OF HUMANITY LLC</t>
+  </si>
+  <si>
+    <t>REUD 001984071-0003, REUD001984071-0002, REUD 001984071-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REUD 001842618-0001/EM, REUD 001989955-0001/EM, REUD 001989955- 0002/EM	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+EUTM 1025790 MURATTI, EUTM 000778852 Chesterfield, EUTM 003596384 Chesterfield, ITM 1070987 Chesterfield ESTABLISHED 1896, EUTM 017362633 CHESTERFIELD FILTER CIGARETTES FACTORY No. 25 20 DIST. OF VA. U.S. I.R. CIGARETTES CLASS A 20 SINCE, ITM 1343314 Chesterfield, EUTM 014888341 CHESTERFIELD, REUD 003800051-0015, REUD 003800051-0013, REUD  003800051-0009,REUD  003799329-0002,REUD  003799 329-0001, REUD  001428353-0001, REUD  001428379-0001, REUD  002615112-0003,REUD  002615112-0002, REUD  002615112-0001,REUD  001314090-0003, REUD  001314090-0002, REUD  001314090-0001, ITM 1305642, VEEV, ITM 1343374  MESH, EUTM 017893512 IQOS MESH, ITM 1331054, ITM 1332896, EUTM 017915735 IQOS 3 MULTI FLEXIBLE &amp; CONVENIENT IQOS MULTI HEAT CONTROL TECHNOLOGY 10 CONSECUTIVE MOMENTS, EUTM 017915 734 IQOS 3 DISCREET &amp; PERSONAL IQOS HEAT CONTROL TECHNOLO GY 20 SINGLE MOMENTS, ITM 1328679 HEETS, ITM 1326410 HEETS, REUD  005501764-0003, REUD  005501764-0002, REUD 005501764-0006, REUD  005501764-0005,REUD 005501764 -0004, REUD  005501764-0008,REUD  005501 764-0001, REUD 004678688-0011, REUD  004678688-0001,REUD  005625365-0002, REUD 005625365-0001, REUD  005511706-0002, REUD  004701480-0002, REUD  0047 01480-0001, EUTM 018034902 Chesterfield ORIGINAL, EUTM 018049377 IQOS DUO, ITM 1214415, ITM1214416IQOS, ITM 1347235, ITM 1329691 IQOS, ITM 1025790 MURATTI, EUTM 18700964 BONDS by IQOS, EUTM 000064089 L &amp; M, ITM 1305642 VEEV, ITM 1343374 MESH	</t>
+  </si>
+  <si>
+    <t>HARMAN INTERNATIONAL INDUSTRIES, INC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 018124242/EM 1460, EUTM 000349035  Dr. Martens AirWair with Bouncing soles, EUTM 016977944 Dr. Martens AirWair with Bouncing Soles, EUTM 018121757 JADON, EUTM 018124242 1460, EUTM 016808693 Dr. Martens AIRWAIR WITH BOUNCING SOLES, EUTM 018128130 1461, EUTM 018429651/EM 2976 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ITM  1262696  Marlboro,REUD  002490581-0010 MARLBORO, REUD 002490581-0009,  REUD 002490581-0008  MARLBORO,  REUD 002490581-0007,  REUD 002490581-0006,  REUD  002490581-0005,  REUD 002490581-0004, REUD 002490581-0003,  REUD 002490581-0002  MARLBORO, REUD  002490581-0001, EUTM  002 800 670 Basic, EUTM  001 653 708, EUTM  000 778 191 Marlboro, EUTM  000 075 606 MARLBORO, EUTM  000 075 812 BASIC, EUTM  000 075 705 BOND STREET, EUTM  000075564 PHILIP MORRIS, EUTM  0 943 443 RED &amp; WHITE, EUTM  003 197 399 PHILIP MORRIS SUPREME, CDR  002856989-0002, CDR  002856989-0001, ITM  1238460  93040336  Marlboro, ITM  1262697 Marlboro, ITM  1262698 Marlboro, ITM 1262699 Marlboro,ITM1239951  Marlboro, EUTM13209771Marlboro, EUTM  000186221VIRGINIA SLIMS FILTER, REUD  002490581-0020  MARLBORO,  REUD 002490581-0019, REUD  002490581-0018  93031414  MARLBORO,  REUD 002490581-0017, REUD  002490581-0016  MARLBORO, REUD  002490581-0015  93031404, REUD  002490581-0014  MARLBORO,  REUD 002490581-0013,  REUD  002490581-0012  MARLBORO,  REUD 002490581-0011 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REUD 002631531-0001, EUTM 007090103 fischer, EUTM 00708849 5fischer
+EUTM 007088529 FISCHER, EUTM 007090129 fischer, REUD 002522052- 0017, REUD 002522052-0016, REUD 002522052-0015,REUD 002522052- 0014, REUD 002522052-0013, REUD 002522052-0012, REUD 002522052- 0011, REUD 002522052-0010, REUD 002522052-0009, REUD 002522052- 0008, REUD 002522052-0007, REUD 002522052-0006, REUD 002522052- 0004, REUD 002522052-0005, REUD 002522052-0003, REUD 002522052- 0002, REUD 002631531-0002, REUD 002976654-0004, REUD 002976654- 0003, REUD 002976654-0002	</t>
+  </si>
+  <si>
+    <t>EUTM 018391129 Tympacur, ITM 1560243 XCELLARISPRO, EUTM 017146952 XCELLARISPRO, EUTM 013246822, EUTM 013246467 Tympacur, EUTM 01620046 1DERMAROLLER, EUTM006570436 Dermaroller</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+REUD 3061225-0002 Diseño, REUD 3061225-0003 Diseño, REUD 3061225- 0004 Diseño, REUD 3061159-0001Diseño, EUTM 10996511NØRDIC MIST y gráfico, EUTM 12450763 SPRITE (y gráfico), EUTM 11585833 COCA-COLA bottle (gráfica), EUTM 11745106COCA-COLA LIFE,REUD 000337415-0001 Diseño, REUD 000389101-0001Diseño, REUD 001103717-0005 Diseño, REUD 001103717-0006 Diseño,REUD 001155824-0001 Diseño, EUTM 12495057 CHERRY COKE, EUTM 12495131COCA-COLA LIGHT,REUD 001907981- 0002 Diseño, EUTM 2091569 Coca-Cola, EUTM 2091940 COKE, EUTM 2107118 Coca-Cola, EUTM 2121044 Coca-Cola light y gráfico, EUTM 2180537FANTA y gráfico, EUTM 7590649  &amp; NADA, EUTM 8573371 ION4 y gráfico, EUTM 8709818  Coca-Cola, EUTM 8711947 FANTA, EUTM 8711971SPRITE, EUTM 12646949FRUITIZZ Raspberry, Apple &amp; Grape (y gráfico), UTM 9489774 FANTA BEACH y gráfico, EUTM 9497033COCA-COLA , EUTM 12785473Marca gráfica, EUTM 12900941 FÏNLEY, EUTM 13226709 FANTA FROZEN /(y gráfico), EUTM 13291224 CAPPY PULPY (y gráfico), EUTM 13340781COCA-COLA LIGHT, EUTM 13737069FANTA INSTAMIX, EUTM 13849302Marca gráfica, EUTM 14141113 10000341 COCA-COLA (y gráfico), EUTM 15004195 SIMPLYTASTLY, EUTM 15029176 PLANTBOTTLE TECHNOLOGY, EUTM 15097892INNO BRIDGE, EUTM 15097918IN BRIDGE, EUTM 15097942 THE I BRIDGE, EUTM 15221724 BARISTA BROS, REUD2594606-0001 Diseño,REUD 2594606-0002 Diseño, REUD 2594606-0003 Diseño, REUD 2594606-0004 Diseño,REUD 2594606-0005 Diseño, REUD 2594606-0006 Diseño 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+REUD 005756038-0001/EM,REUD 006315727-0006/EM, REUD 006315727- 0005/EM, REUD 002488486-0003/EM, REUD 002488486-0002/EM, REUD 001998493-0004/EM, REUD 004732683-0001/EM,EUTM 000812891/EM errea
+EUTM 009929845/EM, EUTM 009284191/EM ERREA',EUTM 012739462/EM 3DWEAR, EUTM 009067828/EM ERREA' REPUBLIC,EUTM 002955367/EM 
+EUTM 006118046/EM 3D wear, EUTM 018278606/EM,EUTM 010757243/EM ERREA' EST, EUTM 017406927/EM errea',EUTM 018309609/EM errea' TEAM SMART, EUTM 009558438/EM VOTE FOR YOURSELF, EUTM 010160869/ EM ACTIVE TENSE, EUTM 009844432/EM ERREA' POINT, EUTM 014528591/EM RA,EUTM 007330475/EM Titanium NANOTECHNOLOGY	
+EUTM 007008477/EM errea, EUTM 008169591/EM TI-ENERGY, NANO TECHNOLOGY, EUTM 009560442/EM, EUTM 001671759/EM erreà
+EUTM 007076862/EM RA, EUTM 011997871/EM ERREA' REPUBLIC	
+EUTM 007148811/EM NON-TOXIC TEXTILES errea, EUTM 018323095/ EM Ti-energy NANOTECHNOLOGY, CDR 002488486-0004/EM, CDR002488486- 0005/EM, CDR 002488486-0001/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+REUD 003811363-0001/EM/ MESA, REUD 003811363-0002/EM/mesa, REUD 003811363-0003/EM/MESA, REUD 003811363-0004/EM/mesa, REUD 004005395-0005/EM/mesa, REUD 004005395-0006/EM/mesa, REUD 004005395-0007/EM/ mesa, EUTM 010673507/EM/A ACTIU,REUD 002434225-0009/EM/Silla, REUD 003302090-0001/EM/mesa, REUD 003302090-0002/EM/ mesa,REUD 003302090-0003/EM/mesa,REUD 002434225-0010/EM/SILLA, REUD 000487822-0010/EM/ mesa,REUD 000487822-0011/EM/MESA,REUD 00487822-0012/EM/MESA, REUD 000487822-0013/EM/MESA,REUD 002312819-0003/EM/SILLA 
+REUD 002774240-0001/EM/SILLA, REUD 002774240-0002/EM/SILLA, REUD 003018522-0001/EM /SILLA 
+</t>
+  </si>
+  <si>
+    <t>EUTM	018212726 CHRISTIAN DIOR, EUTM 008948077 CD, EUTM 008927436 CD, EUTM 006463046 Dior, EUTM 005830328 Dior, EUTM 004705398 Dior, DEUR 000058300-0001, EUTM 000391615, ITM 1100187
+DEUR 002274977-0001, DEUR 000058300-0002, DEUR 009187750- 0001,DEUR 009187750-0003,ICD DM/086702, ITM 1360032 J'ADIOR,ITM 1564053 CD, ITM 1564066 CD CD CD CD CD, EUTM 017817255 CHRISTIAN DIOR, ITM 1738992, ITM 991522 Dior,ITM 951058 Dior,ITM 950302,ITM1205417 CD, ITM	1102827DIOR</t>
+  </si>
+  <si>
+    <t>DEUR 001384796-0003, DEUR 004371185-0001, DEUR 001428098-0001, DEUR 001436281-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEUR 005610334-0002, DEUR 009197999-0005, DEUR 009197999-0010	
+DEUR 009197999-0004, DEUR 004024024-0003, DEUR 004024024-0002	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ITM 0449562 AKNEMYCIN, EUTM 00507411 AKNEMYCIN PLUS	
+ITM 825625 AKNENORMIN, ITM 466932 AKNEROXID, ITM 1081432 BALNEUM,EUTM 5074241BALNEUM PLUS,ITM 839537 CRINOHERMAL
+EUTM 15012966 DECODERM, EUTM 11536703 GELACET, EUTM 2859577 HERMAL, ITM 1223485 PEDICUL HERMAL, ITM 838105 TANNO-HERMAL, EUTM 312413 VAGI C, ITM445754 VERRUMAL	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 010056679/EM CLIPPER, EUTM 001007210/EM CLIPPER, EUTM 004758595/EM CLIPPER, EUTM 009154568/EM CLIPPER, EUTM 010894442/EM FLAMAGAS, REUD	000423884-0001/EM, REUD 001679630-0002/EM, REUD 001679630-0001/EM,REUD 004971505-0002/EM
+REUD 004971505-0001/EM	</t>
+  </si>
+  <si>
+    <t>Guess? IP Holder L.P.</t>
+  </si>
+  <si>
+    <t>pulksteņi, brilles, saulesbrilles, apģērbi, ādas izstrādājumi u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 000135681/EM GUESS, EUTM 000135624/EM GUESS?, EUTM 002569069/EM GUESS BY MARCIANO, EUTM 018913993/EM GUESS AIRWASHITM  1104623 (Trade mark without text), EUTM  000858886 (Trade mark without text), EUTM  000876987 GUESS KIDS, ITM  0992526  Gc, ITM  1026192 GUESS SEDUCTIVE, EUTM  000135681 GUESS, EUTM  000135640  GUESS ?, EUTM  000495077  (Trade mark without text), EUTM  000552646  GUESS ?, EUTM  000623090  GC COLLECTION, EUTM  000843409  G81, ITM  1026684 G BY GUESS, ITM  1028222  GUESS, ITM  1034778  G BY GUESS, EUTM  001914852 G BRAND, ITM  1086568 GUESS, ITM  1083509  GUESS BY MARCIANO, EUTM  002569069  GUESS BY MARCIANO, ITM  1088676 GUESS?, EUTM  001942598  G, EUTM  005538012 (Trade mark without text), ITM  1088677G BY GUESS, EUTM  003111283 Gc, ITM  1154951  Guess?, ITM  1154952   Guess?, ITM  1089696  GUESS, ITM  1143776  (Trade mark without text), ITM  1089695(Trade mark without text), EUTM  000135624 GUESS?, EUTM  000135376  ?  
+</t>
+  </si>
+  <si>
+    <t>REUD 015091217-0002/EM, REUD 015091217-0001/EM</t>
+  </si>
+  <si>
+    <t>WD Construct</t>
+  </si>
+  <si>
+    <t>galdniecība, furnitūra un mēbeļu izgatavošana</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 015755549/EM HUDABEAUTY, EUTM 016781221/EM #FAUXFILTER,EUTM 017040825/EM THE OVERACHIEVER CONCEALER
+EUTM 017866725/EM EASY BAKE, EUTM 017868806/EM RESTING BOSS FACE, EUTM 017868808/EM MVBEUTM 017941694, EUTM 017917768 POWER BULLET, EUTM 18055344, EUTM 017868808, EUTM 018063415, EUTM 18054723, EUTM 017866725, REUD 004515294-0004 Make up applicators, EUTM 018025046,REUD 004515294-0003 Make up applicators, EUTM 018045921, EUTM 017898323,REUD 004515294-0002Make up applicators, EUTM18102831 LIFE LINER, EUTM 018045924 N.Y.M.P.H., EUTM 018057025, EUTM 015755549 HUDABEAUTY, EUTM 016781221 FAUXFILTER, REUD 004515294-0001 Make up applicators, EUTM 017040825 THE OVERACHIEVER, EUTM 017997771 STICKY TACK </t>
+  </si>
+  <si>
+    <t>Huda Beauty Limited</t>
+  </si>
+  <si>
+    <t>kosmētika u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 015091242/EM BRUNO BARBIERI</t>
+  </si>
+  <si>
+    <t>BARBIERI BRUNO - CHEF</t>
+  </si>
+  <si>
+    <t>alumīnija virtuves piederumi, virtuves ierīces, nepiedegoši pārklājumi krāsu veidā</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REUD 007988662-0003, REUD 006565917-0001, REUD006565917- 0003, EUTM  003219037 Le Pliage, EUTM  000731919 Longchamp, EUTM  000484170 Longchamp, ITM  1007348, REUD 000033626-0002, EUTM  016472417, REUD  000033626-0017, EUTM  14461958 Longchamp, EUTM  13928528  </t>
+  </si>
+  <si>
+    <t>EUTM 009064684/EM XHEKPON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 009775561 UNCLE BEN'S PERFECT EVERY TIME, EUTM 009722737 UNCLE BEN'S PERFECT EVERY TIME, EUTM 012653887  HAVE A RICE DAY, EUTM 011082021 UNCLE BEN'S SIGNATURE, EUTM 010849032
+EUTM 000001496 UNCLE BEN'S, EUTM 000001298 UNCLE BEN'S, EUTM 006756142, EUTM 001943604  UNLCE BEN'S, EUTM 009615519 BEGIN WITH BEN, EUTM 009775677 UNLCE BEN'S PERFECT EVERY TIME 
+EUTM 010072619, EUTM 002616175 10000004 UNCLE BEN'S PERFECT ANY TIME, REUD 1263248-0003,  REUD 1263248-0002,  REUD 1263248-0001,  REUD 1284285-0001, REUD 1284285-0002, REUD 1284285-0003,  REUD 1284285-0004, REUD 1284285-0005, REUD 2030015-0007, REUD 2030015-0008,  REUD 2030015-0005, REUD 2030015-0006,  REUD 2030015-0003, REUD 2030015-0004, REUD 2030015-0001,  REUD 2030015-0002,  REUD 2035766-0003,  REUD 2035766-0004,  REUD 2035766-0002,  REUD 2035766-0001,  REUD 2035766-0007,  REUD 2035766-0005,  REUD 1264329-0001 10000024 UNCLE BENS,  REUD 2035766-0006, EUTM 001253491  Trade mark without text, EUTM 002129179 10000005 UNCLE BEN'S </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ITM 1307481 i5, EUTM 018898983 BMW Park	, ITM 1721016 iX9, ITM 1721017 iX8, ITM 1721015 iX7, ITM 1721014 iX6, ITM 1722227 iX5	
+EUTM 000653881 MINI COOPER ITM 1339740 MINI, REUD 002707240-0001, ITM 945064, EUTM 016244378, ITM 1238653 MINI, ITM 1241163, EUTM 003149325, ITM 1374845, ITM 1362589, ITM 1356117, ITM 1349847, ITM 1349846, EUTM 00497453 MINI, EUTM 000091835 BMW, EUTM 000143909 MINI, EUTM 003145034 MINI, EUTM 000302406 MINI, EUTM 004319844 M, REUD 000775747-0001, REUD 000304274-0006, EUTM 000091884  BMW, EUTM 003145067 91087800 MINI, EUTM 000653881 MINI COOPER, ITM 1354464, EUTM 014015143  BMW, ITM 1325739 93073642 iPerformance, REUD 002144352-0001, REUD 002205575-0012, REUD 002323766-0001, REUD 002205575-0005,REUD 002156554-0010,REUD 001908807-0002,REUD 001846346-0004, REUD 001772922-0009, REUD 001744640-0004,REUD 001693599-0001, REUD 001655861-0003, REUD 001636978-0014, REUD 001636978-0011,REUD 000936281-0002,REUD 001754979-0001, ITM 972752  JOHN COOPER WORKS, ITM 1083779, ITM 1000463 93055468 M, REUD 002460402-0009,REUD 001714668-0002, REUD 002015602-0003, ITM 1364755, ITM 1352556, ITM 1375115
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 003410115/fig/, EUTM 002731958/OPINEL, EUTM 002726701/fig/, EUTM 004983953/OPINEL, EUTM 011931227/LE PETIT CHEF, ITM 1016953/INTEMPORA, REUD 001943127, REUD  001944372, REUD  001585860, REUD  001728486,REUD  001628736, REUD  000119722,REUD  000585443, REUD  000546817-0001,REUD 000546817-0003,REUD  000298773-0001, REUD  002402115-0001,REUD  002402115-0001, REUD  002281493-0001,REUD  002296491-0001, REUD 002281519-0001 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REUD 001192827-0001,REUD 001121115-0001,REUD 001121115-0002	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REUD 001832494-0001/EM, REUD 001832494-0001/EM, REUD 001832494- 0002/EM, REUD 001832494-0002/EM	</t>
+  </si>
+  <si>
+    <t>nemetāliski drenāžas kanāli</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REUD 005200524-0001/EM	</t>
+  </si>
+  <si>
+    <t>skalošanas ierīce</t>
+  </si>
+  <si>
+    <t>EUTM 017898140/EM RUNBOTT, EUTM 018953725/EM, REUD 015057634-0001/EM, REUD 015038491-0002/EM,REUD 015038491-0001/EM
+ICD D247216-0001/WO</t>
+  </si>
+  <si>
+    <t>KINETICO SPAIN, S.L.U</t>
+  </si>
+  <si>
+    <t>REUD 004700821-0002, EUTM 014737712 Julietti</t>
+  </si>
+  <si>
+    <t>REUD 004102010-0006/EM, REUD 004561207-0001/EM, EUTM 009909177/EM  PARIchamber, EUTM 018034572/EM  BronchoDirect, EUTM 011115102/EM LAMIRA, EUTM 018140764/EM NasoDirect, EUTM 017727462/EM PARI BOY FREE, EUTM 017450461/EM PARI COMPACT EUTM 017488065/EM PARI ProtECT, EUTM 004670551/EM Mucoclear EUTM 002004034/EM PARI, EUTM 000577627/EM PARI, EUTM 002374510/EM PARI SMARTMASK, EUTM 010210441/EM TOLERO, EUTM 010523959/EM VANTOBRA, EUTM 009153198/EM VELOX	
+EUTM 009555525/EM VORTEX, EUTM 010098952/EM COLFINAIR
+EUTM 005348776/EM COLIFIN, EUTM 011015211/EM EBASE, EUTM 001947134/EM E-FLOW, EUTM 004869848/EM eflow,EUTM 010206861/EM ERAPID, EUTM 013364931/EM eTrack, EUTM 005223979/EM LC SPRINT
+EUTM 012217618/EM  ZIRELA, REUD 000528450-0001/EM, REUD 000528450-0002/EM, REUD 000358502-0001/EM,REUD000371695-0001/EM
+REUD 000371695-0002/EM, REUD 000371695-0003/EM, EUTM 007178502/EM ALTERA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                                                                                                                                                                                                                                                                                                                                                                      REUD 004755916-0005, EUTM  017867367 Nicer Dicer Quick, REUD 004755916-0001
+</t>
+  </si>
+  <si>
+    <t>REUD 015002771-0002, EUTM 016683633,REUD 008487995-0016, EUTM 018653035,REUD 008487995-0006, EUTM 018782234, REUD 008487995- 0009, REUD 008487995-0002,REUD 015009803-0001, REUD 008487995- 0018,REUD 008487995-0010, REUD 008487995-0017, REUD 015009801- 0001,REUD 015002771-0003, REUD 008487995-0005, REUD 008487995- 0001,REUD 008487995-0015, EUTM1060473,REUD 008487995-0007, REUD 008487995-0004, REUD 008487995-0012, REUD 008487995-0008,REUD 015002771-0001, REUD 008487995-0013,REUD 008487995-0014, REUD 008487995-0003,REUD 008487995-0011, REUD 015009801-0003, REUD 015009801-0002, ITM 1292359/WO TRIPLE CROCS COMFORT, ITM 1381006/WO CROCS AT WORK, ITM 1053975/WO CROCS LITTLES, EUTM013239975/EM CROCS, ITM 1292358/WO DUAL CROCS COMFORT, EUTM 011412723/EMCROCS, ITM1381511/WO  LITERIDE,EUTM 003455383/EM CROCS,SWIFTWATER, REUD 002117978-0002/EM, EUTM 006971782/EM CHAMELEON, EUTM 015551393/EM COME AS YOU ARE, ITM 885028/WO CROCS, ITM 870682/WO, ITM 971105/WO CROCS, ITM 885432/WO CROSLITE, ITM 1292354/WO  ICONIC CROCS COMFORT, EUTM 018640059/EM CROCS, EUTM 009089004/EM CROCBAND,REUD 009162191-0001/EM,REUD 000651468-0007/EM, REUD 015031038- 0007/ EM, REUD 015010116-0001/EM</t>
+  </si>
+  <si>
+    <t>REUD 008821938-0008, REUD 008821938-0007, REUD 008821938-0006, REUD 008821938-0005, REUD 008821938-0004,REUD 008821938-0003,REUD 008821938-0002, REUD 008821938-0001</t>
+  </si>
+  <si>
+    <t>DEUR 007092630-0002/EM, ICD D214766-0023/WO, ICD D214766-0051/WO, EUTM 016869067/EM JELLYCAT, EUTM 001239748/EM JELLYCAT, EUTM 016869083/EM, EUTM 018977423/EM BASHFUL BUNNY, EUTM 018977361/EM JELLYCAT JACK, ITM 1778855/WO RICKY RAIN FROG, ITM 1801389/WO TIMMY TURTLE, CDR 006356697-0022/EM, DEUR 015088677-0018/EM, ICD D225631- 0002/WO, EUTM 018991687/EM CLYDE CAPYBARA, ITM 1822283/WO AMUSEABLES JELLYCAT LONDON, ITM 1822420/WO AMUSCABLES SPORTS JELLYCAT LONDON, EUTM 018959948/EM JELLYCAT BOOKS LONDON, ICD D225631-0001/WO, ICD D235209-0033/WO, DEUR 005840600-0046/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 018011395 FITBIT INSPIRE, EUTM 016539645 DIAMOND LOGO COLOR, EUTM 17252453 FITBIT IONIC, EUTM 016522351 FITBIT (word), EUTM 018483648 FITBIT LUXE, EUTM 018211602 VERSA, EUTM 009 999855 FITBIT (word), EUTM 016344038  ARIA, EUTM 016539611 DIAMOND LOGO (BLACK), ITM 1296134 DIAMOND LOGO BLACK	
+EUTM 018295953 FITBIT SENSE, ITM 1218353 FITBIT (word), EUTM 017923440 FITBIT ACE, EUTM 018181348 FITBIT VERSA,  REUD 003461946- 0003 Google Home, REUD 003464775-0001 Google Daydream EUTM 1201816 NEST, EUTM 017283581 PIXELBOOK, EUTM 016976649 DAYDREAM, EUTM 017370891 PIXELBOOK, EUTM 012310017 GOOGLE CHROME CAST, REUD 003820935-0002 Google Daydream, REUD 003464775- 0003 Google Daydream, REUD 003820935-0006 Google Daydream, ITM 00001365337 WiFi (design), ITM 1125632 NEST (figurativo), REUD 003461946- 0004 Google Home, REUD 003464775-0008 Google Daydream, REUD 004535318- 0003 Pixelbook Pen, EUTM 010394674 Chrome logo,REUD 003820935-0003 Google Daydream, EUTM 003339835 Chrome,REUD 003832948-0001 Chromecast 2.0 and Chromecast Ultra, REUD 003461946- 0005 Google Home, EUTM 016869323 #teampixel, REUD 003464775-0007, REUD 003464775- 0004, EUTM 004316642 GOOGLE, EUTM 017793571 Google, EUTM 010387397 CHROME, EUTM 012309902 CHROMECAST, REUD 003820935-0004 Google Daydream, EUTM 017690496 PIXEL, REUD 003832948-0002 Chromecast 2.0 and Chromecast Ultra, REUD 003820935-0007 Google Daydream, EUTM 017690496 Pixel, REUD 003820935-0008 Google Daydream, REUD 004535318-0002Pixelbook Pen, REUD 004535318-0004 Pixelbook Pen, ITM 1322332 DAYDREAM, ITM 1340581 DAYDREAM VIEW, ITM 1145934 Google, EUTM 005263868 GOOGLE, EUTM 010387561GOOGLE CHROME, REUD  03464775-0005 Google Daydream, REUD 003820935-0001 Google Daydream, EUTM 015953748 DAYDREAM, EUTM 015086549SUPER G logo, EUTM 018040917STADIA, EUTM 016012221SUPER G logo, EUTM 013173241Logo (Chrome),  REUD 003461946- 0008, EUTM 011600822 PIXEL, EUTM 015946247 DAYDREAM logo	</t>
+  </si>
+  <si>
+    <t>ITM 1604108/WO OPZELURA, ITM 1661689/WO Opzelura</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEUR015055168-0006/EM,DEUR015013346-0006 /EM,DEUR015013346-0002 /EM,DEUR015035768-0005/EM,DEUR015073244-0004/EM,DEUR015096360 -0001/EM,DEUR000678586-0005/EM,DEUR015035768-0009/EM,DEUR015096360 0004/EM, DEUR015073244-0007/EM, ICDD207474-0014/WO, DEUR 015013346- 0010/EM, DEUR 015096360-0006/EM,DEUR000548789- 0002/ EM,DEUR015055168-0007/EM, DEUR015035768-0002/EM,DEUR015013346- 0008/EM,DEUR015035768-0001/EM, DEUR015055168-0004/EM, DEUR 015073244-0005/EM,DEUR000359138-0006/EM, 
+DEUR015073244- 0001/EM, ICDD076316-0001/WO, ICDD076316-0019/WO
+ICDD076316-0013/WO, ICDD202483-0002/WO, ICDD202483-0006/WO, ICD D085379-0005/WO, ICDD077490-0025/WO, ICDD081314-0020/WO, ICD D082725-0011/WO, ICDD079664-0017/WO, ICDD079664-0012/WO, ICD D072615-0002/WO, ICDD094221-0002/WO, ICDD083807-0003/WO, ICD D224059-0007/WO, ICDD224059-0001/WO, ICDD224059-0005/WO, ICD D224059-0008/WO, ICDD224059-0013/WO, ICDD219216-0014/WO, ICD D219216-0011/WO
+</t>
+  </si>
+  <si>
+    <t>DEUR 002377713-0015,DEUR 002377713-0006,DEUR 015085127-0003DEUR 015085127-0001,DEUR 015015635-0004, DEUR 015015635-0002, DEUR 00378 1160-0005, DEUR 003780287-0025,DEUR 002429993-0013,DEUR 002377713- 0005,DEUR 002377713-0004,DEUR 002377713-0003,DEUR 001626946-0008, DEUR 001626946-0003, DEUR 001108955-0001, DEUR 000904131-0001, ITM 235033 Lichtbaustein, EUTM000026377 BEGA, EUTM 000026336 BEGA Leuchten</t>
+  </si>
+  <si>
+    <t>EUTM 008163149 ACTIKERALL, EUTM 000323295 AIRTAL, EUTM 000014332 ALMIRALL, EUTM 000387175 ALMAX, EUTM 002476562 ALMIRALL, EUTM 000572743 ALMOGRAN,EUTM 003404977 BIOFENAC
+EUTM 000267930 COLAZIDE, EUTM 010585354 DUAKLIR, EUTM 000102780 EBASTEL, ITM 901523 EKLIRA, EUTM 003604626 KESTINE	
+EUTM 002043230 SOLARAZE, EUTM 001778497 VANIQA, ITM 0899381 BRETARIS, ITM 967369 BRIMICA, EUTM 01062317 1SKILARENCE	
+EUTM 001200351 ALMOTREX, EUTM 001206770 AMIGNUL, EUTM 000389700 BETIRAL, EUTM 000501759 COLAZID, EUTM 000389809I VOXEL, EUTM 007453591 MONOVO, EUTM 007453665 MUNDOSON
+EUTM 006755425 MUPIDERM, EUTM 01625718 1almirall,EUTM 017967501 KLISYRI, EUTM 908223 1LOGO EKLIRA GENUAIR,EUTM 9082272 Eklira Genuair, EUTM 12197273 Duaklir Genuair,EUTM 012738811 PHYSIORELAX</t>
+  </si>
+  <si>
+    <t>ALMIRALL SA</t>
+  </si>
+  <si>
+    <t>EUTM 018688583 ZEPBOUND, EUTM 18748013 EUTM 003702248 LILLY, EUTM 018778986, EUTM 018778978 MOUNJARO, EUTM 018531486, EUTM 018703777 MOUNJARO, EUTM 018209187 MOUNJARO, REUD 015003049-0004, REUD 015003049-0015,REUD 015003050- 0001, REUD 015003049-0027, REUD 015003049-0014, REUD 015003049-0034
+REUD 015003049-0035</t>
+  </si>
+  <si>
+    <t>EUTM 005456447 DELPHI, EUTM 017894438 D, EUTM 013643325 DS150E
+EUTM 015353253 DS-FLASH, EUTM 012831624 DELPHI, EUTM 018106076/EM DELPHI, EUTM 018404381/EM DS480E, EUTM018404380/ EM DS180E, EUTM 018106076/EM DELPHI, EUTM 012831525/EM DELPHI</t>
+  </si>
+  <si>
+    <t>PHINIA DELPHI LUXEMBOURG SARL</t>
+  </si>
+  <si>
+    <t>EUTM 017928475/EM MATE 30, EUTM 018404872/EM HUAWEI, EUTM 008785289 Huawei, EUTM 013652375 HUAWEI MĀTE, EUTM 017928475 MATE 30, EUTM 014539233 MATE 9, EUTM 017564196 HUAWEI P Smart, EUTM 014577894 HUAWEI Y, EUTM 018404872 HUAWEI, EUTM 016004442 HUAWEI, EUTM 013652425 MATE,EUTM 014539291 MATE 10</t>
+  </si>
+  <si>
+    <t>DEUR 005276623-0010, DEUR 005276623-0011, DEUR 6893665-0001,DEUR 6893665-0002, EUTM 000342683 BLAHNIK, DEUR 005276623-0007, DEUR 007262274-0001, EUTM 5310685 MANOLO BLAHNIK, EUTM 2773547 MANOLO,DEUR 005276623-0001,DEUR005276623-0002,DEUR005276623- 0008, DEUR 005276623-0009, EUTM 5120332,DEUR 005276623-0006, DEUR 005276623-0005, EUTM 5120365 BLAHNIK, EUTM 15679426 NAWM
+EUTM 9336661 MANOLO BLAHNIK, DEUR 005276623-0004, EUTM 14460448 NAWM, EUTM 14460455 NAWM, DEUR 005276623-0003
+EUTM 2754166 BLAHNIK</t>
+  </si>
+  <si>
+    <t>DEUR 008840847-0003/EM, DEUR008840847-0010/EM, DEUR 008840847- 0006/ EM,DEUR 008840847-0011/EM,DEUR 008840847-0012/EM,DEUR 008840847- 0007/EM, DEUR 008840847-0004/EM, DEUR 008840847-0005/EM, EUTM 001285469FRITZ HANSEN,DEUR 008840847-0001EGG - Chair (ægget)DEUR008840847-0003PK22 chairs,DEUR 008840847-0004PK80 Daybeds, EUTM 018554312FRITZ HANSEN, DEUR 008840847-0008Ant - Chair (Myren),  DEUR008840847-0009Series 7 - chair (syver), DEUR 008840847- 0002Swan - chair ( svanen), DEUR 008840847-0010PK22 chairs, DEUR 008840847-0006PK24 Longue chair, DEUR 008840847-0011PK24 Longue chair, DEUR008840847-0012PK24 Longue chair, DEUR008840847-0007 PK61 + PK61A Coffee table, DEUR 008840847-0005Lily chair</t>
+  </si>
+  <si>
+    <t>REUD 001386858-0022/EM, REUD 001386858-0025/EM, REUD 001386858-0027/ EM, REUD 001386858-0030/EM,REUD 001386858-0024/EM,  REUD001386858- 0026/EM, REUD 001386858-0029/EM, REUD 001386858-0028/EM, REUD 001386692-0001/EM, REUD001386692-0004/EM, REUD 001386692-0011/EM, REUD 001386692-0012/EM,REUD 001386700- 0002/EM, REUD 001386700-0001/ EM, ITM 1278105/WO ISEC, ITM 1298036/WO PURE LOOP, ITM 1278104/ WO PURELOOP, ITM 1841681/WO PLASMAC, ITM 1841469/WO UMAC,  EUTM 019162317/EM EDVANCED, EUTM 015080261/EM UpCentre, EUTM 001873215/EM COAX, EUTM002045748/ EM COAX, EUTM018052759/EM Circonomic Centre, EUTM 018130953/EM BluPort, ITM	1316257/WO CAREFORMANCE, ITM 1705585/WO CHEMAREMA, ITM1129879/WO COREMA, ITM 1192473/WO counter current, ITM 1726526/WO DuaFil, ITM 1705574/WO ecoGentle	, ITM 1039828/WO ecoSAVE, ITM 1042906/WO ECOSAVE, ITM 492633/WO EREMA, ITM 1661038/WO EREMA, ITM 1660881/WO erema group, ITM 1176080/WO INTAREMA, ITM 1469676/WO KEYCYCLE, ITM1483520/WO KEYCYCLE EREMA PLANT ENGINEERING, ITM 994154/WO MPR, ITM 1400093/WO POWERFIL, ITM 1403274/WO POWERFIL, ITM 1341743/WO re360, ITM 1658239/WO ReFresher, ITM 1015825/WO RTF, ITM 1208193/WO smart start, ITM 1015824/WO TVE, ITM 1061121/WO TVEplus, ITM 1312860/WO UMAC, ITM 1491090/WO VACUNITE, ITM 765459/WO VACUREMA, REUD 001386858-0002/EM, REUD 001386858-0001/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEUR 002374041-0001, DEUR 000475595-0002, DEUR 000475595-0001, ITM 0900160 PILOT Greenball, EUTM 001561539 PILOT Capless, ITM1309693 PILOT KLEER, ITM 0866191 FRIXION, ITM 1078481 ball FRIXION CLICKER, ITM 1361161 SUPER GRIP, EUTM 011052743 PILOT, EUTM007014541V BALL, EUTM003878253Hi-Tecpoint	</t>
+  </si>
+  <si>
+    <t>REUD 002906230-0003/EM, REUD 002906230-0001/EM, REUD 002906347- 0001/ EM,REUD 001168538-0001/EM,REUD 002496869-0001/EM, REUD 007705884- 0001/EM, REUD002468876-0002/EM, REUD001169544-0003/EM, REUD 008607964-0001/EM, REUD004741791-0001/EM, REUD 008313787-0001/EM, REUD 008732002-0001/EM,REUD 000897624-0001/EM, REUD001076343-0001/EM, REUD 005638707-0001/EM, REUD 005638707- 0002/EM,REUD 004558500-0001/ EM, EUTM 010956787/EM AIMPOINT, EUTM 017944139/EM T2, EUTM 015211311/EM T1, EUTM 018374230/EM DUTY RDS, EUTM011522761/EM AIMPOINT, EUTM 018006809/EM AIMPOINT, EUTM000723346/EM Aimpoint, EUTM 017969193/EM ACRO, ITM 1657799/WO COMP, ITM 1504049/WO MICRO,REUD 002906230- 0002/EM, REUD 002946442-0001/EM, REUD 002946442-0002/EM, REUD 007012125-0001/EM,REUD002946442-0003/ EM, REUD 008607972-0001/EM, REUD015004916-0001/EM,REUD 000909528- 0001/EM, REUD 000909528-0002/EM, REUD 000909551-0001/EM, REUD008303994-0001/EM, REUD 002468876-0001/EM, REUD 001169544-0002/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 008248189 SQ3, EUTM 000019398 TT, EUTM 002248847 S line, EUTM 001614072 Audi Original Teile, EUTM 000621086 Vorsprung durch Technik, EUTM 000307413 A7, EUTM 000018838 A4, EUTM 000018846 A6, EUTM 000019471 A8, EUTM 000019414 quattro, EUTM 000021162 RS3, EUTM 000021147 RS4, EUTM 000021121 RS6, EUTM 000021105 RS8, EUTM 000019430 S3, EUTM 000019489 S4, EUTM 000019497 S6, EUTM 000019513 S8, EUTM 000994707R8, EUTM 000019505 TTS, EUTM 004775177 A5, EUTM 000018762, EUTM 012109112 RS, EUTM 010549962 Q8, EUTM 006199194  A1, EUTM 010441277 Audi Vorsprung durch Technik 
+EUTM 010441111 Audi, REUD 002153676-0005,REUD 002153528-0006, REUD 002153528-0005,REUD002153528-0004,REUD 002153528-0002,REUD 002153320-0001,REUD 002015453-0001,REUD 002002683-0003, REUD 002002683-0002, REUD 002002683-0001,REUD 001989914-0001, REUD 001981564-0007,REUD 001981564-0006, REUD 001981564-0005, REUD 001981564-0004, REUD 001981564-0003,REUD 001981564-0002,REUD 001981564-0001,REUD 001981374-0001,REUD001915133-0001,REUD 001914771 -0002,REUD 001913435-0001, ICD DM/080062 93018250 Fahrzeug Felge </t>
+  </si>
+  <si>
+    <t>REUD 002982538</t>
+  </si>
+  <si>
+    <t>ALTACHEM</t>
+  </si>
+  <si>
+    <t>blīvēšanas instrumenti, putu pistoles</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REUD  002375212 </t>
+  </si>
+  <si>
+    <t>Cembre S.p.A.</t>
+  </si>
+  <si>
+    <t>šķēres tehniskai lietošanai</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM1698935YU-GI-OH!, EUTM 001695501YU-GI-OH! </t>
+  </si>
+  <si>
+    <t>KABUSHIKI KAISHA SHUEISHA KABUSHIKI KAISHA SHUEISHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> automātiskās un ar monētu darbināmas atrakciju iekārtas, elektriski darbināmas rotaļlietas bērniem, rotaļlietas un spēles, elektronisko atrakciju aparāti u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ITM 1752166/WO KELLY, ITM 1352277/WO Kelly, REUD 000954599-0001/ EM, REUD 015095136-0001/EM, REUD 008083935-0001/EM	</t>
+  </si>
+  <si>
+    <t>Kelly Tillage Pty Ltd</t>
+  </si>
+  <si>
+    <t>EUTM 018279338/EM VEOZA</t>
+  </si>
+  <si>
+    <t>ASTELLAS US LLC</t>
+  </si>
+  <si>
+    <t>HUGO BOSS AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                                                                                     ITM 1109190 Audemars Piguet le Brassus, ITM	1247290/WO AUDEMARS PIGUET
+</t>
+  </si>
+  <si>
+    <t>EUTM 006097125 V, EUTM 010833515 V, ITM 1525033 V, ITM	1815393/WO V</t>
+  </si>
+  <si>
+    <t>MARIO VALENTINO S.P.A.</t>
+  </si>
+  <si>
+    <t>somas</t>
+  </si>
+  <si>
+    <t>CENTRO STUDI POLTRONOVA PER IL DESIGN S.R.L.</t>
+  </si>
+  <si>
+    <t>EUTM 018855961/EM Ultrafragola, EUTM 018400033/EM ULTRAFRAGO	
+EUTM 018661413/EM SUPERONDA, EUTM 019175361/EM SAFARI	
+EUTM 019038036/EM JOE,EUTM 018311664/EM CENTRO STUDI POLTRONOVA</t>
+  </si>
+  <si>
+    <t>EUTM 009826785/EM ciesse piumini, EUTM 013661715/EM CIESSE OUTDOOR, EUTM 000057026/EM CIESSE PIUMINI, 
+EUTM 016623076/ EM CIESSE PIUMINI DOWN 800 FILL POWER	
+EUTM 016623118/EM CIESSE PIUMINI ECO-TECH PROJECT	
+EUTM 017881108/EM Liger, EUTM 018010770/EM GENERATION 80'	
+EUTM 018202560/EM, EUTM 018202567/EM CIESSE PIUMINI	
+EUTM 019002036/EM CIESSE</t>
+  </si>
+  <si>
+    <t>'SPORT FASHION SERVICE S.R.L.''</t>
+  </si>
+  <si>
+    <t>dūnu jakas</t>
+  </si>
+  <si>
+    <t>EUTM	017475781 RX MULTI, REUD 015035887-0001 RX-multi AC/DC9-30V</t>
+  </si>
+  <si>
+    <t>TRADINGALL ELECTRONIC SL</t>
+  </si>
+  <si>
+    <t>radio uztvērēji tālvadības pultīm, radiofrekvenču uztvērēji, raidītāju uztvērēji, raidītāju uztvērēji durvju atvēršanai un aizvēršanai u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+REUD 3061225-0002 Diseño, REUD 3061225-0003 Diseño, REUD 3061225- 0004 Diseño, REUD 3061159-0001Diseño, EUTM 10996511NØRDIC MIST y gráfico, EUTM 12450763 SPRITE (y gráfico), EUTM 11585833 COCA-COLA bottle (gráfica), EUTM 11745106COCA-COLA LIFE,REUD 000337415-0001 Diseño, REUD 000389101-0001Diseño, REUD 001103717-0005 Diseño, REUD 001103717-0006 Diseño,REUD 001155824-0001 Diseño, EUTM 12495057 CHERRY COKE, EUTM 12495131COCA-COLA LIGHT,REUD 001907981- 0002 Diseño, EUTM 2091569 Coca-Cola, EUTM 2091940 COKE, EUTM 2107118 Coca-Cola, EUTM 2121044 Coca-Cola light y gráfico, EUTM 2180537FANTA y gráfico, EUTM 7590649  &amp; NADA, EUTM 8573371 ION4 y gráfico, EUTM 8709818  Coca-Cola, EUTM 8711947 FANTA, EUTM 8711971SPRITE, EUTM 12646949FRUITIZZ Raspberry, Apple &amp; Grape (y gráfico), UTM 9489774 FANTA BEACH y gráfico, EUTM 9497033COCA-COLA , EUTM 12785473Marca gráfica, EUTM 12900941 FÏNLEY, EUTM 13226709 FANTA FROZEN /(y gráfico), EUTM 13291224 CAPPY PULPY (y gráfico), EUTM 13340781COCA-COLA LIGHT, EUTM 13737069FANTA INSTAMIX, EUTM 13849302Marca gráfica, EUTM 14141113 10000341 COCA-COLA (y gráfico), EUTM 15004195 SIMPLYTASTLY, EUTM 15029176 PLANTBOTTLE TECHNOLOGY, EUTM 15097892INNO BRIDGE, EUTM 15097918IN BRIDGE, EUTM 15097942 THE I BRIDGE, EUTM 15221724 BARISTA BROS, REUD2594606-0001 Diseño,REUD 2594606-0002 Diseño, REUD 2594606-0003 Diseño, REUD 2594606-0004 Diseño,REUD 2594606-0005 Diseño, REUD 2594606-0006 Diseño 
+</t>
+  </si>
+  <si>
+    <t>biroja mēbeles, rakstāmgaldi, krēsli, soliņi, u.c.</t>
+  </si>
+  <si>
+    <t>gaisa spilveni automašīnām motocikli, elektrības ģenerators u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">apgaismojuma lampas, stāvlampas, krēsli, āra mēbeles u.c.
+</t>
+  </si>
+  <si>
+    <t>spēles, rotaļlietas un rotaļlietas, videospēļu ierīces vingrošanas un sporta inventārs, apģērbi, apavi, galvassegas, bagāžas un pārnēsāšanas somas, rokas darbarīki, sniega lāpstas, brilles, sniega brilles, saulesbrilles, ķiveres, muguras aizsargi, apakšstilbu aizsargi, nelaimes gadījumu aizsardzības ierīces personiskai lietošanai, jo īpaši pastiprinājumi plecu un elkoņu, ceļgalu un citu ķermeņa daļu aizsardzībai, elektroniski meklēšanas aparāti apbedīto personu atrašanās vietas noteikšanai, elektroniski lavīnu raiduztvērēji, meklēšanas zondes u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">jaudas pārvades siksnas sauszemes transportlīdzekļu dzinējiem, gumijas transmisijas siksnas  transportlīdzekļiem, sauszemes transportlīdzekļu transmisijas elementi, sauszemes transportlīdzekļu zobsiksnu spriegošanas ierīces, jostu spriegotāji, sauszemes transportlīdzekļu dzinēju zobsiksnu spriegošanas ierīces, spriegotāji (ar roku darbināmi instrumenti), metāla kabeļu spriegotāji laivām, piedziņas skriemeļi, skriemeļi, zobsiksnas skriemeļi, siksnu skriemeļi, skriemeļi (mašīnu daļas), transportlīdzekļu dinamo skriemeļi, skriemeļi (metāla aparatūra) u.c. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">dāvanu maisiņi, dāvanu kastes, aromāti, smaržvielas, ziepes, aerosoli, losjoni,higiēnas gels, uz spirta bāzes veidots antibakteriāls ādas dezinfekcijas līdzeklis, kosmētiskie ķermeņa skrubji, attīroši roku tīrīšanas līdzekļi, sveces, lustras, telpu aerosoli, automašīnu smaržas u.c. </t>
+  </si>
+  <si>
+    <t>izklaides pakalpojumi, mobilo tālruņu, planšetdatoru, klēpjdatoru, kameru un portatīvo skaņas un video atskaņotāju, elektronisko grāmatu lasītāju, datoru, viedpulksteņu un personālo digitālo asistentu piederumi, proti, aizsargapvalki, vāciņi, futrāļi, priekšējās plāksnes, apvalki, siksnas un aizsargpārklājumi displeju ekrāniem, austiņas, austiņas, planšetdatoru tastatūras, peles paliktņi, rokturi, statīvi un stiprinājumi rokas digitālajām elektroniskajām ierīcēm, proti, mobilajiem tālruņiem, planšetdatoriem, kamerām un portatīvajiem skaņas un video atskaņotājiem, elektroniskajiem grāmatu lasītājiem, datoriem un personālajiem digitālajiem asistentiem apģērbs, austiņas, atslēgu piekariņi,  pildspalvas, pēļu figūriņas, tekstilizstrādājumi un tekstilizstrādājumu aizstājēji, dvieļi, gultas veļa, guļammaisi, vannas un dušas želejas, vannas želeja, vannas sāļi, ķermeņa skrubis, vannas putas, dezodorējošas ziepes, sejas skrubis, šķidrās vannas ziepes, šķidrās ziepes rokām un sejai, ādas ziepes, ziepes ķermeņa kopšanai pīlinga skrubji kosmētiskiem nolūkiem, vaigu sārtums, ķermeņa spīdums, korektori, kosmētika, acu ēnas, uzacu zīmuļi, lūpu balzami un lūpu spīdums, lūpu krāsa,bižutērija, rotaslietas, rokaspulksteņi u.c.</t>
+  </si>
+  <si>
+    <t>apģērbs, apavi, galvassegas, virsdrēbes, sporta apģērbs, futbola zābaki, kurpes, vestes, ūdensnecaurlaidīgs apģērbs, jostas, velosipēdi, tricikli, laivas, visu iepriekš minēto preču pielikumi, detaļas, furnitūra un piederumi, paklāji, grīdsegas, mašas, linolejs, grīdas segumi esošajām grīdām, tapetes, kas nav no tekstilmateriāla, tapetes,viedkartes, telefona kartes, kodētas viedkartes, kodētas viedkartes, kodētas telefona kartes, magnētiskas telefona kartes, kodētas kartes, kodētas kartes, magnētiskās identifikācijas kartes, kameras un to daļas un piederumi, kameras filmas, pretatspīduma aizsargi, brilles un aizsargi, kompasi un barometri, pulksteņi (lūku zvaniņi), binokļi, kalkulatori, animācijas filmas, brilles, saulesbrilles, aizsargbrilles, futrāļi, maciņi, to auklas un rāmji, fotoaparātu un instrumentu futrāļi, kontaktlēcu turētāji, optiskās preces, hologrammas, televizori, videomagnetofona iekārtas, skaņas ierakstīšanas un atskaņošanas ierīces un instrumenti, transportlīdzekļu numura zīmes un to stieņi, atslēgas, atslēgu sagataves, atslēgu piekariņi un atslēgu riņķi, slēdzenes un rotājumi, manikīra maciņi, nažu izgatavošanas piederumi, dakšiņas un karotes, skuvekļi, žiletes, skūšanās maciņi, rokas instrumenti un darbarīki, kabatas naži, uzkodas, gatavas uzkodas, uzkodas, saldētas kūkas, saldēti konditorejas izstrādājumi, saldētas gatavas maltītes, pēcskūšanās losjoni, odekolons, mājsaimniecības vai virtuves piederumi un trauki, elektriskie tosteri un katli, lampas u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> atmiņas moduļi, baterijas, ierīces un instrumenti enerģijas uzkrāšanai, uzlādējamas baterijas, mobilās lietotnes, elektriskās baterijas, sauszemes pārvietošanās līdzekļi, gaisa pārvietošanās līdzekļi, ūdens pārvietošanās līdzekļi, hibrīda transportlīdzekļi, elektriskie transportlīdzekļi,   galvassegas, apģērbs, glāzes, krūzes u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ziemassvētku eglītes statīvs </t>
+  </si>
+  <si>
+    <t>tabaka un tabakas izstrādājumi, tostarp aizstājēji, elektroniskās cigaretes, elektronisko cigarešu baterijas, elektronisko cigarešu šķidrumi, elektronisko cigarešu lādētāji, elektronisko cigarešu futrāļi</t>
+  </si>
+  <si>
+    <t>kosmētika, grims, odekolons, losjons u.c.</t>
+  </si>
+  <si>
+    <t>džinsu bikses, t-krekli u.c.</t>
+  </si>
+  <si>
+    <t>vakuuma termosi dzērienu uzglabāšanai, lāzes, dzeršanas trauki un bāra piederumi, termosi, pudeles, siltumizolēti trauki, galda piederumi, virtuves piederumi un konteineri, dzesētāji (neelektriski trauki), dzērienu kannas u.c.</t>
+  </si>
+  <si>
+    <t>farmaceitiskie preparāti centrālās nervu sistēmas, tostarp galvassāpju ārstēšanai u.c.</t>
+  </si>
+  <si>
+    <t>datu apstrādes iekārtas un datori, datoru programmatūra un datoru aparatūra, viss iepriekš minētais īpaši un unikāli izstrādāts, pielāgots un pārdots izmantošanai mehānisko transportlīdzekļu un to daļu, aeronavigācijas transportlīdzekļu un to daļu, jūras transportlīdzekļu un to daļu, radioaparātu, GPS navigācijas ierīču, televizoru jomā, baterijas, elektriskie savienotāji un īpaši izņemot vispārējas nozīmes lietojumprogrammu izstrādes programmatūru, rīkus un utilītas, kā arī vispārējas nozīmes datu bāzes pārvaldības programmatūra elektroniskas vadības ierīces ratiņkrēsliem, elektroniskie ātruma un virziena regulatori transportlīdzekļiem, programmatūra, lai nodrošinātu attālo savienojumu ar pacientu monitoriem, elektroniskie ātruma un virziena regulatori ratiņkrēsliem,darbgaldidzesēšanas ventilatori, ieplūdes gaisa sildītāji, ūdens vārsti, aizdedzes, aukstā maisījuma sildītāji, rūpnieciskās eļļas un smērvielas, vasks, smērvielas, putekļus absorbējoši, mitrinoši un saistoši maisījumi, degviela un apgaismotāji, sveces un daktis apgaismošanai, uzliesmojoša degviela, dzinēju eļļas, smēreļļa mehānisko transportlīdzekļu dzinējiem, motoreļļas, transmisijas eļļa ,mehāniski darbināmi instrumenti, motori un dzinēji, izņemot sauszemes transportlīdzekļiem</t>
+  </si>
+  <si>
+    <t>lauksaimniecības tehnika, smidzinātāji, piekabināmā lauksaimniecības tehnika, kultivēšanas tehnika, aršanas mašīnas, mēslošanas mašīnas, lauksaimniecības tehnika sējai u.c.</t>
+  </si>
+  <si>
+    <t>farmaceitiskie medikamenti, zāles, preparāti</t>
+  </si>
+  <si>
+    <t>atzveltnes krēsli, dīvāni, lampas, dekoratīvie spoguļi u.c.</t>
+  </si>
+  <si>
+    <t>atzveltnes krēsli, dīvāni, lampas,  dekoratīvie spoguļi u.c.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
   </numFmts>
   <fonts count="37" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Courier New"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier New"/>
       <family val="3"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
@@ -13151,51 +13262,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="14" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="119">
+  <cellXfs count="122">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -13281,53 +13392,50 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="26" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="19" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="19" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="20" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="19" fillId="0" borderId="1" xfId="22" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="20" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="19" fillId="0" borderId="3" xfId="20" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="19" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="19" fillId="0" borderId="1" xfId="20" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="19" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="19" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -13497,50 +13605,60 @@
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="36" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="9" fillId="0" borderId="1" xfId="43" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="19" fillId="0" borderId="1" xfId="43" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="23"/>
   </cellXfs>
   <cellStyles count="44">
     <cellStyle name="Currency 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Currency 2 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Currency 2 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Currency 2 2 2 2" xfId="13" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Currency 2 2 2 2 2" xfId="35" xr:uid="{313C43D6-72C0-4AEF-AE7A-1969A8911728}"/>
     <cellStyle name="Currency 2 2 2 3" xfId="26" xr:uid="{2DBA9CD4-7AD8-4F99-BA86-F99B2F7DD28D}"/>
     <cellStyle name="Currency 2 2 3" xfId="12" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Currency 2 2 3 2" xfId="34" xr:uid="{4595F7A1-A557-4FA5-B54E-976BC9BFDF44}"/>
     <cellStyle name="Currency 2 2 4" xfId="25" xr:uid="{F55BC74A-9345-4850-827A-7BF0F8CF0F32}"/>
     <cellStyle name="Currency 2 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Currency 2 3 2" xfId="14" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Currency 2 3 2 2" xfId="36" xr:uid="{CEC1EA78-89BB-47BE-9880-91C4D0D4D810}"/>
     <cellStyle name="Currency 2 3 3" xfId="27" xr:uid="{8AB3EB2D-1A19-4148-A57C-92A4CE43FC3D}"/>
     <cellStyle name="Currency 2 4" xfId="11" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Currency 2 4 2" xfId="33" xr:uid="{51F92761-3B4C-453B-B015-DA89411D95BE}"/>
     <cellStyle name="Currency 2 5" xfId="24" xr:uid="{B245A0CC-A21F-4EEF-B858-28B0685FC300}"/>
     <cellStyle name="Currency 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Currency 3 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Currency 3 2 2" xfId="16" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Currency 3 2 2 2" xfId="38" xr:uid="{167A6929-ADCF-480D-83AB-A0C9623F489B}"/>
     <cellStyle name="Currency 3 2 3" xfId="29" xr:uid="{C1278036-D9A9-43A9-9F8A-588ABBDD988C}"/>
     <cellStyle name="Currency 3 3" xfId="15" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="Currency 3 3 2" xfId="37" xr:uid="{DABCB50F-EA70-4782-BCA2-6DA1014CD843}"/>
@@ -13847,19108 +13965,19301 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Furla%20SPA" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Excel/Downloads/Downloads/Piel/Willy%20Bogner%20GmbH%20%20Co%202015" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\porsche" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.03.2022.xlsx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Excel/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/WAGO%20Verwaltungsgesellschaft%20mbH" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2016.04.2021.xlsx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/1CKDY61J/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.05.2021.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Downloads/Piel/crocs" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/1CKDY61J/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Swedish%20Electromagnet%20Holding%20AB" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Eli%20Lilly%20and%20Company%202015%20%20xxx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Stussy%20Inc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Tiesibu_subjektu_saraksts_%20tiesibu_veidu_paskaidrojumi_%2005.07.2024_.xlsx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/1CKDY61J/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/GOOGLE%20LLC" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ks.vid.gov.lv/27/aprite/Koplietojamie%20dokumenti/Ties&#299;bu%20subjektu%20pieteikumi/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\JT%20International%20S%20A%202015" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/1CKDY61J/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Skoda%20Auto%20a%20s" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Excel/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/apple" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2002.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Eli%20Lilly%20and%20Company%202015%20%20xxx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/HBI%20Europe%20GmbH%20%20ELEMENTS" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ks.vid.gov.lv/27/aprite/Koplietojamie%20dokumenti/Ties&#299;bu%20subjektu%20pieteikumi/Downloads/Piel/Soci&#233;t&#233;%20Jas%20Hennessy%20%20Co%20%20%202018" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Excel/Downloads/Downloads/Piel/Willy%20Bogner%20GmbH%20%20Co%202015" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Excel/Downloads/Downloads/Piel/Willy%20Bogner%20GmbH%20%20Co%202015" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\porsche" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.10.2023.xlsx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="..\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\AppData\Roaming\Microsoft\Excel\Downloads\Downloads\Downloads\Downloads\Downloads\Piel\WAGO%20Verwaltungsgesellschaft%20mbH" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2016.04.2021.xlsx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads\Downloads\Downloads\Downloads\Downloads\Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.05.2021.xlsx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="..\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\9P617JX6\Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Downloads/Piel/crocs" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Swedish%20Electromagnet%20Holding%20AB" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Eli%20Lilly%20and%20Company%202015%20%20xxx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Stussy%20Inc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Tiesibu_subjektu_saraksts_%20tiesibu_veidu_paskaidrojumi_%2005.07.2024_.xlsx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ks.vid.gov.lv/27/aprite/Koplietojamie%20dokumenti/Ties&#299;bu%20subjektu%20pieteikumi/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/GOOGLE%20LLC" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ks.vid.gov.lv/27/aprite/Koplietojamie%20dokumenti/Ties&#299;bu%20subjektu%20pieteikumi/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\JT%20International%20S%20A%202015" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2018.02.2022.xlsx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Skoda%20Auto%20a%20s" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Excel/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads/Downloads/Downloads/Downloads/Downloads/Piel/henco" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="..\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\9P617JX6\Downloads\Downloads\Downloads\Downloads\Downloads\Piel\apple" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2002.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Eli%20Lilly%20and%20Company%202015%20%20xxx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/HBI%20Europe%20GmbH%20%20ELEMENTS" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ks.vid.gov.lv/27/aprite/Koplietojamie%20dokumenti/Ties&#299;bu%20subjektu%20pieteikumi/Downloads/Piel/Soci&#233;t&#233;%20Jas%20Hennessy%20%20Co%20%20%202018" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Roaming/Microsoft/Excel/Downloads/Downloads/Piel/Willy%20Bogner%20GmbH%20%20Co%202015" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tiesibu_subjektu_saraksts_-tiesibu-veidu_paskaidrojumi-17.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Furla%20SPA" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.03.2022.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:E1331"/>
+  <dimension ref="A1:F1342"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D1328" sqref="D1328"/>
+      <selection pane="bottomLeft" activeCell="G1341" sqref="G1341"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="44" style="5" customWidth="1"/>
-    <col min="2" max="2" width="36.69921875" style="2" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="13.19921875" style="4" customWidth="1"/>
+    <col min="2" max="2" width="36.75" style="2" customWidth="1"/>
+    <col min="3" max="3" width="51.25" style="3" customWidth="1"/>
+    <col min="4" max="4" width="13.25" style="4" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="8"/>
       <c r="C1" s="9"/>
     </row>
-    <row r="3" spans="1:4" s="1" customFormat="1" ht="55.2" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:4" s="1" customFormat="1" ht="57" x14ac:dyDescent="0.25">
       <c r="A3" s="37" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="10" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>1886</v>
+        <v>1787</v>
       </c>
       <c r="D3" s="12" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="4" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A4" s="15" t="s">
-        <v>2697</v>
+        <v>2537</v>
       </c>
       <c r="B4" s="24" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="24" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="33">
         <v>46143</v>
       </c>
     </row>
-    <row r="5" spans="1:4" ht="219.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:4" ht="219.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="15" t="s">
-        <v>2651</v>
+        <v>2495</v>
       </c>
       <c r="B5" s="24" t="s">
-        <v>2652</v>
+        <v>2496</v>
       </c>
       <c r="C5" s="24" t="s">
         <v>6</v>
       </c>
       <c r="D5" s="33">
         <v>46212</v>
       </c>
     </row>
-    <row r="6" spans="1:4" ht="102" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:4" ht="135" x14ac:dyDescent="0.25">
       <c r="A6" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="24" t="s">
-        <v>2571</v>
+        <v>2417</v>
       </c>
       <c r="C6" s="24" t="s">
-        <v>1899</v>
+        <v>1800</v>
       </c>
       <c r="D6" s="33">
         <v>46080</v>
       </c>
     </row>
-    <row r="7" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A7" s="15" t="s">
-        <v>2959</v>
+        <v>2797</v>
       </c>
       <c r="B7" s="27" t="s">
-        <v>2960</v>
+        <v>2798</v>
       </c>
       <c r="C7" s="24" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="38">
         <v>46213</v>
       </c>
     </row>
-    <row r="8" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B8" s="24" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="24" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="38">
         <v>46366</v>
       </c>
     </row>
-    <row r="9" spans="1:4" ht="273" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:4" ht="293.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="24" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="24" t="s">
         <v>14</v>
       </c>
       <c r="D9" s="38">
         <v>46360</v>
       </c>
     </row>
-    <row r="10" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:4" ht="78" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="24" t="s">
         <v>16</v>
       </c>
       <c r="C10" s="24" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="33">
         <v>46200</v>
       </c>
     </row>
-    <row r="11" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A11" s="15" t="s">
-        <v>1767</v>
+        <v>1671</v>
       </c>
       <c r="B11" s="24" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="24" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="38">
         <v>46205</v>
       </c>
     </row>
-    <row r="12" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A12" s="15" t="s">
-        <v>2446</v>
+        <v>2303</v>
       </c>
       <c r="B12" s="24" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="24" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="33">
         <v>46211</v>
       </c>
     </row>
-    <row r="13" spans="1:4" ht="141" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:4" ht="141" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="16" t="s">
-        <v>3297</v>
+        <v>3128</v>
       </c>
       <c r="B13" s="24" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="24" t="s">
-        <v>1900</v>
+        <v>1801</v>
       </c>
       <c r="D13" s="38">
         <v>46313</v>
       </c>
     </row>
-    <row r="14" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:4" ht="45" x14ac:dyDescent="0.25">
       <c r="A14" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B14" s="24" t="s">
-        <v>2627</v>
+        <v>2471</v>
       </c>
       <c r="C14" s="24" t="s">
-        <v>1901</v>
+        <v>1802</v>
       </c>
       <c r="D14" s="38">
         <v>46099</v>
       </c>
     </row>
-    <row r="15" spans="1:4" ht="83.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:4" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="16" t="s">
         <v>25</v>
       </c>
       <c r="B15" s="24" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D15" s="38">
-        <v>46052</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:4" ht="183.6" x14ac:dyDescent="0.3">
+        <v>46417</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="236.25" x14ac:dyDescent="0.25">
       <c r="A16" s="15" t="s">
-        <v>2309</v>
+        <v>2189</v>
       </c>
       <c r="B16" s="24" t="s">
         <v>30</v>
       </c>
       <c r="C16" s="24" t="s">
         <v>31</v>
       </c>
       <c r="D16" s="33">
-        <v>46073</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:4" ht="63" customHeight="1" x14ac:dyDescent="0.3">
+        <v>46438</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="63" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="15" t="s">
-        <v>3543</v>
+        <v>3347</v>
       </c>
       <c r="B17" s="24" t="s">
-        <v>1834</v>
+        <v>1736</v>
       </c>
       <c r="C17" s="24" t="s">
         <v>33</v>
       </c>
       <c r="D17" s="38">
         <v>46331</v>
       </c>
     </row>
-    <row r="18" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A18" s="15" t="s">
         <v>34</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>35</v>
       </c>
       <c r="C18" s="24" t="s">
         <v>36</v>
       </c>
       <c r="D18" s="38">
         <v>46359</v>
       </c>
     </row>
-    <row r="19" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A19" s="15" t="s">
         <v>37</v>
       </c>
       <c r="B19" s="24" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="24" t="s">
         <v>39</v>
       </c>
       <c r="D19" s="33">
         <v>46097</v>
       </c>
     </row>
-    <row r="20" spans="1:4" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:4" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="15" t="s">
         <v>40</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>42</v>
       </c>
       <c r="D20" s="38">
         <v>46168</v>
       </c>
     </row>
-    <row r="21" spans="1:4" ht="65.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:4" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="15" t="s">
         <v>43</v>
       </c>
       <c r="B21" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C21" s="24" t="s">
-        <v>1902</v>
+        <v>1803</v>
       </c>
       <c r="D21" s="38">
-        <v>46059</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:4" x14ac:dyDescent="0.3">
+        <v>46424</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" s="15" t="s">
         <v>45</v>
       </c>
       <c r="B22" s="24" t="s">
         <v>46</v>
       </c>
       <c r="C22" s="24" t="s">
         <v>47</v>
       </c>
       <c r="D22" s="38">
         <v>46167</v>
       </c>
     </row>
-    <row r="23" spans="1:4" ht="162.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:4" ht="162.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="16" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="24" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="24" t="s">
         <v>23</v>
       </c>
       <c r="D23" s="38">
         <v>46195</v>
       </c>
     </row>
-    <row r="24" spans="1:4" ht="51" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
       <c r="A24" s="15" t="s">
+        <v>3633</v>
+      </c>
+      <c r="B24" s="24" t="s">
         <v>52</v>
       </c>
-      <c r="B24" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="24" t="s">
-        <v>1903</v>
+        <v>1804</v>
       </c>
       <c r="D24" s="33">
         <v>46297</v>
       </c>
     </row>
-    <row r="25" spans="1:4" ht="81.599999999999994" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
       <c r="A25" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" s="24" t="s">
         <v>54</v>
       </c>
-      <c r="B25" s="24" t="s">
+      <c r="C25" s="24" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="D25" s="38">
         <v>46237</v>
       </c>
     </row>
-    <row r="26" spans="1:4" ht="105" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:4" ht="105" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="15" t="s">
-        <v>3063</v>
+        <v>2895</v>
       </c>
       <c r="B26" s="24" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C26" s="24" t="s">
         <v>23</v>
       </c>
       <c r="D26" s="33">
         <v>46240</v>
       </c>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" s="24" t="s">
         <v>58</v>
       </c>
-      <c r="B27" s="24" t="s">
+      <c r="C27" s="24" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="D27" s="38">
         <v>46413</v>
       </c>
     </row>
-    <row r="28" spans="1:4" ht="81.599999999999994" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
       <c r="A28" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="B28" s="24" t="s">
         <v>61</v>
       </c>
-      <c r="B28" s="24" t="s">
+      <c r="C28" s="24" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="D28" s="33">
         <v>46134</v>
       </c>
     </row>
-    <row r="29" spans="1:4" ht="272.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:4" ht="252.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="16" t="s">
-        <v>2357</v>
+        <v>3586</v>
       </c>
       <c r="B29" s="24" t="s">
+        <v>63</v>
+      </c>
+      <c r="C29" s="24" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D29" s="33">
         <v>46247</v>
       </c>
     </row>
-    <row r="30" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A30" s="15" t="s">
+    <row r="30" spans="1:4" ht="283.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="16" t="s">
+        <v>3666</v>
+      </c>
+      <c r="B30" s="24" t="s">
+        <v>65</v>
+      </c>
+      <c r="C30" s="24" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
       <c r="D30" s="38">
         <v>46300</v>
       </c>
     </row>
-    <row r="31" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="B31" s="24" t="s">
+        <v>68</v>
+      </c>
+      <c r="C31" s="24" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
       <c r="D31" s="33">
         <v>46127</v>
       </c>
     </row>
-    <row r="32" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" s="15" t="s">
-        <v>3083</v>
+        <v>2915</v>
       </c>
       <c r="B32" s="24" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C32" s="24" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="D32" s="33">
         <v>46127</v>
       </c>
     </row>
-    <row r="33" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B33" s="24" t="s">
+        <v>72</v>
+      </c>
+      <c r="C33" s="24" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
       <c r="D33" s="33">
         <v>46270</v>
       </c>
     </row>
-    <row r="34" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A34" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="B34" s="24" t="s">
+        <v>76</v>
+      </c>
+      <c r="C34" s="24" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
       <c r="D34" s="33">
         <v>46345</v>
       </c>
     </row>
-    <row r="35" spans="1:4" ht="252" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:4" ht="252" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="15" t="s">
-        <v>2468</v>
+        <v>2319</v>
       </c>
       <c r="B35" s="24" t="s">
+        <v>78</v>
+      </c>
+      <c r="C35" s="24" t="s">
+        <v>79</v>
+      </c>
+      <c r="D35" s="33">
+        <v>46421</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A36" s="16" t="s">
+        <v>2254</v>
+      </c>
+      <c r="B36" s="24" t="s">
         <v>80</v>
       </c>
-      <c r="C35" s="24" t="s">
+      <c r="C36" s="24" t="s">
         <v>81</v>
-      </c>
-[...12 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D36" s="33">
         <v>46384</v>
       </c>
     </row>
-    <row r="37" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A37" s="19" t="s">
+        <v>82</v>
+      </c>
+      <c r="B37" s="34" t="s">
+        <v>83</v>
+      </c>
+      <c r="C37" s="24" t="s">
         <v>84</v>
       </c>
-      <c r="B37" s="34" t="s">
+      <c r="D37" s="47">
+        <v>46177</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A38" s="15" t="s">
         <v>85</v>
       </c>
-      <c r="C37" s="24" t="s">
+      <c r="B38" s="24" t="s">
         <v>86</v>
       </c>
-      <c r="D37" s="48">
-[...4 lines deleted...]
-      <c r="A38" s="15" t="s">
+      <c r="C38" s="24" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D38" s="33">
         <v>46174</v>
       </c>
     </row>
-    <row r="39" spans="1:4" ht="102" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:4" ht="135" x14ac:dyDescent="0.25">
       <c r="A39" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="B39" s="24" t="s">
+        <v>89</v>
+      </c>
+      <c r="C39" s="24" t="s">
         <v>90</v>
       </c>
-      <c r="B39" s="24" t="s">
+      <c r="D39" s="33">
+        <v>46443</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A40" s="15" t="s">
         <v>91</v>
       </c>
-      <c r="C39" s="24" t="s">
+      <c r="B40" s="24" t="s">
         <v>92</v>
       </c>
-      <c r="D39" s="33">
-[...7 lines deleted...]
-      <c r="B40" s="24" t="s">
+      <c r="C40" s="24" t="s">
+        <v>1805</v>
+      </c>
+      <c r="D40" s="38">
+        <v>46419</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="13" t="s">
+        <v>3606</v>
+      </c>
+      <c r="B41" s="24" t="s">
         <v>94</v>
       </c>
-      <c r="C40" s="24" t="s">
-[...7 lines deleted...]
-      <c r="A41" s="13" t="s">
+      <c r="C41" s="24" t="s">
+        <v>1806</v>
+      </c>
+      <c r="D41" s="33">
+        <v>46408</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A42" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="B42" s="24" t="s">
         <v>96</v>
       </c>
-      <c r="B41" s="24" t="s">
+      <c r="C42" s="24" t="s">
         <v>97</v>
-      </c>
-[...15 lines deleted...]
-        <v>100</v>
       </c>
       <c r="D42" s="38">
         <v>46113</v>
       </c>
     </row>
-    <row r="43" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" s="13" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B43" s="25" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="C43" s="24" t="s">
-        <v>1906</v>
+        <v>1807</v>
       </c>
       <c r="D43" s="38">
         <v>46204</v>
       </c>
     </row>
-    <row r="44" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:4" ht="45" x14ac:dyDescent="0.25">
       <c r="A44" s="13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B44" s="24" t="s">
+        <v>101</v>
+      </c>
+      <c r="C44" s="24" t="s">
+        <v>102</v>
+      </c>
+      <c r="D44" s="48">
+        <v>46225</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A45" s="15" t="s">
         <v>103</v>
       </c>
-      <c r="B44" s="24" t="s">
+      <c r="B45" s="24" t="s">
         <v>104</v>
       </c>
-      <c r="C44" s="24" t="s">
+      <c r="C45" s="24" t="s">
         <v>105</v>
-      </c>
-[...12 lines deleted...]
-        <v>108</v>
       </c>
       <c r="D45" s="38">
         <v>46119</v>
       </c>
     </row>
-    <row r="46" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" s="15" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="B46" s="24" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="C46" s="24" t="s">
-        <v>1907</v>
+        <v>1808</v>
       </c>
       <c r="D46" s="33">
         <v>46288</v>
       </c>
     </row>
-    <row r="47" spans="1:4" ht="126.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:4" ht="126.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="14" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="B47" s="24" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="C47" s="24" t="s">
-        <v>1908</v>
+        <v>1809</v>
       </c>
       <c r="D47" s="38">
         <v>46280</v>
       </c>
     </row>
-    <row r="48" spans="1:4" ht="230.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:4" ht="230.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="14" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="B48" s="25" t="s">
-        <v>3191</v>
+        <v>3023</v>
       </c>
       <c r="C48" s="24" t="s">
-        <v>1909</v>
+        <v>1810</v>
       </c>
       <c r="D48" s="38">
         <v>46285</v>
       </c>
     </row>
-    <row r="49" spans="1:4" ht="84.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:4" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="14" t="s">
-        <v>2440</v>
+        <v>2297</v>
       </c>
       <c r="B49" s="24" t="s">
-        <v>2441</v>
+        <v>2298</v>
       </c>
       <c r="C49" s="24" t="s">
-        <v>1910</v>
+        <v>1811</v>
       </c>
       <c r="D49" s="38">
         <v>46143</v>
       </c>
     </row>
-    <row r="50" spans="1:4" ht="74.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:4" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="16" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B50" s="24" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="C50" s="24" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D50" s="33">
         <v>46280</v>
       </c>
     </row>
-    <row r="51" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:4" ht="45" x14ac:dyDescent="0.25">
       <c r="A51" s="13" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B51" s="24" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C51" s="24" t="s">
-        <v>1911</v>
+        <v>1812</v>
       </c>
       <c r="D51" s="33">
         <v>46308</v>
       </c>
     </row>
-    <row r="52" spans="1:4" ht="62.4" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>1832</v>
+    <row r="52" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A52" s="66" t="s">
+        <v>1735</v>
       </c>
       <c r="B52" s="24" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C52" s="24" t="s">
-        <v>1912</v>
+        <v>1813</v>
       </c>
       <c r="D52" s="38">
         <v>46282</v>
       </c>
     </row>
-    <row r="53" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A53" s="13" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B53" s="24" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C53" s="24" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="D53" s="33">
         <v>46254</v>
       </c>
     </row>
-    <row r="54" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" s="13" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="B54" s="24" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="C54" s="24" t="s">
-        <v>1913</v>
+        <v>1814</v>
       </c>
       <c r="D54" s="33">
         <v>46312</v>
       </c>
     </row>
-    <row r="55" spans="1:4" ht="159" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:4" ht="159" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="14" t="s">
-        <v>2915</v>
+        <v>2754</v>
       </c>
       <c r="B55" s="25" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="C55" s="24" t="s">
-        <v>1914</v>
+        <v>1815</v>
       </c>
       <c r="D55" s="33">
         <v>46311</v>
       </c>
     </row>
-    <row r="56" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
       <c r="A56" s="14" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B56" s="24" t="s">
-        <v>3322</v>
+        <v>3151</v>
       </c>
       <c r="C56" s="24" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="D56" s="38">
         <v>46323</v>
       </c>
     </row>
-    <row r="57" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A57" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="B57" s="30" t="s">
+        <v>2548</v>
+      </c>
+      <c r="C57" s="24" t="s">
+        <v>1817</v>
+      </c>
+      <c r="D57" s="53">
+        <v>46123</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A58" s="14" t="s">
+        <v>128</v>
+      </c>
+      <c r="B58" s="25" t="s">
+        <v>129</v>
+      </c>
+      <c r="C58" s="24" t="s">
         <v>130</v>
-      </c>
-[...18 lines deleted...]
-        <v>133</v>
       </c>
       <c r="D58" s="38">
         <v>46305</v>
       </c>
     </row>
-    <row r="59" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A59" s="13" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B59" s="24" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="C59" s="24" t="s">
-        <v>862</v>
+        <v>826</v>
       </c>
       <c r="D59" s="38">
         <v>46127</v>
       </c>
     </row>
-    <row r="60" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A60" s="13" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B60" s="24" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="C60" s="24" t="s">
-        <v>862</v>
+        <v>826</v>
       </c>
       <c r="D60" s="38">
         <v>46376</v>
       </c>
     </row>
-    <row r="61" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A61" s="13" t="s">
-        <v>2723</v>
+        <v>2563</v>
       </c>
       <c r="B61" s="25" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="C61" s="24" t="s">
-        <v>862</v>
+        <v>826</v>
       </c>
       <c r="D61" s="38">
         <v>46129</v>
       </c>
     </row>
-    <row r="62" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+    <row r="62" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A62" s="15" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B62" s="24" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C62" s="24" t="s">
-        <v>1917</v>
+        <v>1818</v>
       </c>
       <c r="D62" s="33">
         <v>46330</v>
       </c>
     </row>
-    <row r="63" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A63" s="13" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B63" s="24" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="C63" s="24" t="s">
-        <v>1918</v>
+        <v>1819</v>
       </c>
       <c r="D63" s="33">
         <v>46311</v>
       </c>
     </row>
-    <row r="64" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A64" s="15" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B64" s="24" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="C64" s="24" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="D64" s="33">
         <v>46338</v>
       </c>
     </row>
-    <row r="65" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
       <c r="A65" s="15" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B65" s="24" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C65" s="24" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="D65" s="33">
         <v>46170</v>
       </c>
     </row>
-    <row r="66" spans="1:4" ht="41.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:4" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="15" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B66" s="24" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="C66" s="24" t="s">
         <v>32</v>
       </c>
       <c r="D66" s="33">
         <v>46359</v>
       </c>
     </row>
-    <row r="67" spans="1:4" ht="123" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:4" ht="123" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="14" t="s">
-        <v>3241</v>
-[...2 lines deleted...]
-        <v>2234</v>
+        <v>3073</v>
+      </c>
+      <c r="B67" s="88" t="s">
+        <v>2118</v>
       </c>
       <c r="C67" s="24" t="s">
-        <v>1919</v>
+        <v>1820</v>
       </c>
       <c r="D67" s="33">
         <v>46302</v>
       </c>
     </row>
-    <row r="68" spans="1:4" ht="81.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="68" spans="1:4" ht="81.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="16" t="s">
-        <v>2713</v>
+        <v>2553</v>
       </c>
       <c r="B68" s="25" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C68" s="24" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="D68" s="33">
         <v>46097</v>
       </c>
     </row>
-    <row r="69" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
       <c r="A69" s="15" t="s">
-        <v>3136</v>
+        <v>2968</v>
       </c>
       <c r="B69" s="24" t="s">
+        <v>152</v>
+      </c>
+      <c r="C69" s="24" t="s">
+        <v>153</v>
+      </c>
+      <c r="D69" s="33">
+        <v>46427</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4" ht="230.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="15" t="s">
+        <v>3012</v>
+      </c>
+      <c r="B70" s="24" t="s">
+        <v>154</v>
+      </c>
+      <c r="C70" s="24" t="s">
         <v>155</v>
-      </c>
-[...15 lines deleted...]
-        <v>158</v>
       </c>
       <c r="D70" s="38">
         <v>46363</v>
       </c>
     </row>
-    <row r="71" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="71" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A71" s="13" t="s">
-        <v>3602</v>
+        <v>3403</v>
       </c>
       <c r="B71" s="24" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C71" s="24" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D71" s="33">
-        <v>46033</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:4" ht="61.2" x14ac:dyDescent="0.3">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4" ht="90" x14ac:dyDescent="0.25">
       <c r="A72" s="15" t="s">
-        <v>161</v>
+        <v>3592</v>
       </c>
       <c r="B72" s="24" t="s">
-        <v>162</v>
+        <v>882</v>
       </c>
       <c r="C72" s="24" t="s">
         <v>39</v>
       </c>
-      <c r="D72" s="38">
-[...3 lines deleted...]
-    <row r="73" spans="1:4" ht="71.400000000000006" x14ac:dyDescent="0.3">
+      <c r="D72" s="33">
+        <v>46444</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" ht="90" x14ac:dyDescent="0.25">
       <c r="A73" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="B73" s="24" t="s">
+        <v>159</v>
+      </c>
+      <c r="C73" s="24" t="s">
+        <v>1821</v>
+      </c>
+      <c r="D73" s="33">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A74" s="29" t="s">
+        <v>162</v>
+      </c>
+      <c r="B74" s="32" t="s">
         <v>163</v>
       </c>
-      <c r="B73" s="24" t="s">
+      <c r="C74" s="24" t="s">
+        <v>1822</v>
+      </c>
+      <c r="D74" s="49">
+        <v>46434</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A75" s="15" t="s">
         <v>164</v>
       </c>
-      <c r="C73" s="24" t="s">
-[...7 lines deleted...]
-      <c r="A74" s="29" t="s">
+      <c r="B75" s="25" t="s">
+        <v>165</v>
+      </c>
+      <c r="C75" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D75" s="33">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A76" s="13" t="s">
+        <v>166</v>
+      </c>
+      <c r="B76" s="24" t="s">
         <v>167</v>
-      </c>
-[...29 lines deleted...]
-        <v>172</v>
       </c>
       <c r="C76" s="24" t="s">
         <v>23</v>
       </c>
       <c r="D76" s="33">
         <v>46083</v>
       </c>
     </row>
-    <row r="77" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>173</v>
+    <row r="77" spans="1:4" ht="198" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="16" t="s">
+        <v>2202</v>
       </c>
       <c r="B77" s="24" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="C77" s="24" t="s">
         <v>23</v>
       </c>
-      <c r="D77" s="33">
-[...5 lines deleted...]
-        <v>2324</v>
+      <c r="D77" s="38">
+        <v>46084</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A78" s="15" t="s">
+        <v>169</v>
       </c>
       <c r="B78" s="24" t="s">
+        <v>170</v>
+      </c>
+      <c r="C78" s="24" t="s">
+        <v>1823</v>
+      </c>
+      <c r="D78" s="38">
+        <v>46093</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="14" t="s">
+        <v>171</v>
+      </c>
+      <c r="B79" s="24" t="s">
+        <v>172</v>
+      </c>
+      <c r="C79" s="24" t="s">
+        <v>173</v>
+      </c>
+      <c r="D79" s="33">
+        <v>46097</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A80" s="15" t="s">
+        <v>3165</v>
+      </c>
+      <c r="B80" s="24" t="s">
+        <v>2122</v>
+      </c>
+      <c r="C80" s="24" t="s">
+        <v>174</v>
+      </c>
+      <c r="D80" s="38">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4" ht="204.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="14" t="s">
+        <v>3609</v>
+      </c>
+      <c r="B81" s="24" t="s">
         <v>175</v>
       </c>
-      <c r="C78" s="24" t="s">
+      <c r="C81" s="24" t="s">
+        <v>1824</v>
+      </c>
+      <c r="D81" s="33">
+        <v>46480</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4" ht="183" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="16" t="s">
+        <v>176</v>
+      </c>
+      <c r="B82" s="24" t="s">
+        <v>177</v>
+      </c>
+      <c r="C82" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="D82" s="33">
+        <v>46131</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4" ht="167.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="B83" s="24" t="s">
+        <v>180</v>
+      </c>
+      <c r="C83" s="24" t="s">
+        <v>1825</v>
+      </c>
+      <c r="D83" s="33">
+        <v>46132</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="109" t="s">
+        <v>2916</v>
+      </c>
+      <c r="B84" s="24" t="s">
+        <v>181</v>
+      </c>
+      <c r="C84" s="24" t="s">
+        <v>182</v>
+      </c>
+      <c r="D84" s="33">
+        <v>46155</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A85" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="B85" s="24" t="s">
+        <v>185</v>
+      </c>
+      <c r="C85" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D85" s="33">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4" ht="192" x14ac:dyDescent="0.25">
+      <c r="A86" s="20" t="s">
+        <v>186</v>
+      </c>
+      <c r="B86" s="24" t="s">
+        <v>187</v>
+      </c>
+      <c r="C86" s="24" t="s">
+        <v>188</v>
+      </c>
+      <c r="D86" s="38">
+        <v>46319</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A87" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="B87" s="24" t="s">
+        <v>190</v>
+      </c>
+      <c r="C87" s="24" t="s">
         <v>23</v>
       </c>
-      <c r="D78" s="38">
-[...27 lines deleted...]
-      <c r="D80" s="33">
+      <c r="D87" s="33">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="16" t="s">
+        <v>3471</v>
+      </c>
+      <c r="B88" s="34" t="s">
+        <v>3470</v>
+      </c>
+      <c r="C88" s="87" t="s">
+        <v>3472</v>
+      </c>
+      <c r="D88" s="33">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A89" s="16" t="s">
+        <v>2260</v>
+      </c>
+      <c r="B89" s="24" t="s">
+        <v>2383</v>
+      </c>
+      <c r="C89" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D89" s="38">
+        <v>46435</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A90" s="15" t="s">
+        <v>191</v>
+      </c>
+      <c r="B90" s="24" t="s">
+        <v>192</v>
+      </c>
+      <c r="C90" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D90" s="38">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A91" s="15" t="s">
+        <v>193</v>
+      </c>
+      <c r="B91" s="24" t="s">
+        <v>194</v>
+      </c>
+      <c r="C91" s="24" t="s">
+        <v>195</v>
+      </c>
+      <c r="D91" s="38">
+        <v>46091</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A92" s="13" t="s">
+        <v>2146</v>
+      </c>
+      <c r="B92" s="24" t="s">
+        <v>2760</v>
+      </c>
+      <c r="C92" s="24" t="s">
+        <v>196</v>
+      </c>
+      <c r="D92" s="38">
+        <v>46206</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4" ht="255.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="16" t="s">
+        <v>197</v>
+      </c>
+      <c r="B93" s="24" t="s">
+        <v>198</v>
+      </c>
+      <c r="C93" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D93" s="33">
         <v>46097</v>
       </c>
     </row>
-    <row r="81" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
-[...37 lines deleted...]
-      <c r="D83" s="33">
+    <row r="94" spans="1:4" ht="95.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="16" t="s">
+        <v>199</v>
+      </c>
+      <c r="B94" s="24" t="s">
+        <v>200</v>
+      </c>
+      <c r="C94" s="24" t="s">
+        <v>174</v>
+      </c>
+      <c r="D94" s="33">
+        <v>46100</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4" ht="225.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="16" t="s">
+        <v>2490</v>
+      </c>
+      <c r="B95" s="34" t="s">
+        <v>201</v>
+      </c>
+      <c r="C95" s="24" t="s">
+        <v>1826</v>
+      </c>
+      <c r="D95" s="38">
         <v>46131</v>
       </c>
     </row>
-    <row r="84" spans="1:4" ht="167.25" customHeight="1" x14ac:dyDescent="0.3">
-[...62 lines deleted...]
-      <c r="C88" s="24" t="s">
+    <row r="96" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A96" s="15" t="s">
+        <v>202</v>
+      </c>
+      <c r="B96" s="24" t="s">
+        <v>203</v>
+      </c>
+      <c r="C96" s="24" t="s">
+        <v>498</v>
+      </c>
+      <c r="D96" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A97" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="B97" s="24" t="s">
+        <v>205</v>
+      </c>
+      <c r="C97" s="24" t="s">
+        <v>206</v>
+      </c>
+      <c r="D97" s="38">
+        <v>46109</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4" ht="94.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="15" t="s">
+        <v>2927</v>
+      </c>
+      <c r="B98" s="24" t="s">
+        <v>2926</v>
+      </c>
+      <c r="C98" s="24" t="s">
+        <v>207</v>
+      </c>
+      <c r="D98" s="33">
+        <v>46443</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A99" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="B99" s="34" t="s">
+        <v>209</v>
+      </c>
+      <c r="C99" s="24" t="s">
+        <v>1827</v>
+      </c>
+      <c r="D99" s="50">
+        <v>46111</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A100" s="13" t="s">
+        <v>210</v>
+      </c>
+      <c r="B100" s="24" t="s">
+        <v>211</v>
+      </c>
+      <c r="C100" s="24" t="s">
+        <v>1828</v>
+      </c>
+      <c r="D100" s="38">
+        <v>46103</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A101" s="15" t="s">
+        <v>214</v>
+      </c>
+      <c r="B101" s="24" t="s">
+        <v>215</v>
+      </c>
+      <c r="C101" s="24" t="s">
+        <v>1829</v>
+      </c>
+      <c r="D101" s="33">
+        <v>46469</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A102" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="B102" s="24" t="s">
+        <v>217</v>
+      </c>
+      <c r="C102" s="24" t="s">
+        <v>218</v>
+      </c>
+      <c r="D102" s="33">
+        <v>46178</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4" ht="157.5" x14ac:dyDescent="0.25">
+      <c r="A103" s="13" t="s">
+        <v>2171</v>
+      </c>
+      <c r="B103" s="24" t="s">
+        <v>220</v>
+      </c>
+      <c r="C103" s="24" t="s">
+        <v>1830</v>
+      </c>
+      <c r="D103" s="33">
+        <v>46119</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A104" s="13" t="s">
+        <v>221</v>
+      </c>
+      <c r="B104" s="24" t="s">
+        <v>222</v>
+      </c>
+      <c r="C104" s="24" t="s">
+        <v>223</v>
+      </c>
+      <c r="D104" s="33">
+        <v>46140</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4" s="6" customFormat="1" ht="126" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="64" t="s">
+        <v>224</v>
+      </c>
+      <c r="B105" s="25" t="s">
+        <v>225</v>
+      </c>
+      <c r="C105" s="24" t="s">
+        <v>1831</v>
+      </c>
+      <c r="D105" s="38">
+        <v>46146</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A106" s="13" t="s">
+        <v>2494</v>
+      </c>
+      <c r="B106" s="24" t="s">
+        <v>226</v>
+      </c>
+      <c r="C106" s="24" t="s">
+        <v>1832</v>
+      </c>
+      <c r="D106" s="33">
+        <v>46148</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4" ht="157.5" x14ac:dyDescent="0.25">
+      <c r="A107" s="15" t="s">
+        <v>227</v>
+      </c>
+      <c r="B107" s="24" t="s">
+        <v>228</v>
+      </c>
+      <c r="C107" s="24" t="s">
         <v>23</v>
       </c>
-      <c r="D88" s="33">
-[...217 lines deleted...]
-      <c r="B104" s="24" t="s">
+      <c r="D107" s="33">
+        <v>46147</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="16" t="s">
+        <v>2280</v>
+      </c>
+      <c r="B108" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="C108" s="24" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D108" s="33">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A109" s="13" t="s">
         <v>230</v>
       </c>
-      <c r="C104" s="24" t="s">
-[...7 lines deleted...]
-      <c r="A105" s="13" t="s">
+      <c r="B109" s="24" t="s">
         <v>231</v>
       </c>
-      <c r="B105" s="24" t="s">
+      <c r="C109" s="24" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D109" s="33">
+        <v>46471</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A110" s="13" t="s">
         <v>232</v>
       </c>
-      <c r="C105" s="24" t="s">
+      <c r="B110" s="24" t="s">
+        <v>2538</v>
+      </c>
+      <c r="C110" s="24" t="s">
+        <v>90</v>
+      </c>
+      <c r="D110" s="38">
+        <v>46429</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="16" t="s">
+        <v>2279</v>
+      </c>
+      <c r="B111" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="C111" s="24" t="s">
+        <v>703</v>
+      </c>
+      <c r="D111" s="33">
+        <v>46418</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A112" s="22" t="s">
         <v>233</v>
       </c>
-      <c r="D105" s="33">
-[...4 lines deleted...]
-      <c r="A106" s="65" t="s">
+      <c r="B112" s="25" t="s">
         <v>234</v>
       </c>
-      <c r="B106" s="25" t="s">
+      <c r="C112" s="24" t="s">
+        <v>1836</v>
+      </c>
+      <c r="D112" s="33">
+        <v>46196</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="16" t="s">
         <v>235</v>
       </c>
-      <c r="C106" s="24" t="s">
-[...10 lines deleted...]
-      <c r="B107" s="24" t="s">
+      <c r="B113" s="24" t="s">
         <v>236</v>
       </c>
-      <c r="C107" s="24" t="s">
-[...7 lines deleted...]
-      <c r="A108" s="15" t="s">
+      <c r="C113" s="24" t="s">
+        <v>1837</v>
+      </c>
+      <c r="D113" s="33">
+        <v>46153</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A114" s="13" t="s">
         <v>237</v>
       </c>
-      <c r="B108" s="24" t="s">
+      <c r="B114" s="25" t="s">
         <v>238</v>
       </c>
-      <c r="C108" s="24" t="s">
-[...10 lines deleted...]
-      <c r="B109" s="24" t="s">
+      <c r="C114" s="24" t="s">
+        <v>1838</v>
+      </c>
+      <c r="D114" s="33">
+        <v>46209</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A115" s="15" t="s">
         <v>239</v>
       </c>
-      <c r="C109" s="24" t="s">
-[...7 lines deleted...]
-      <c r="A110" s="13" t="s">
+      <c r="B115" s="24" t="s">
         <v>240</v>
       </c>
-      <c r="B110" s="24" t="s">
+      <c r="C115" s="24" t="s">
+        <v>1839</v>
+      </c>
+      <c r="D115" s="38">
+        <v>46358</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4" ht="102" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="16" t="s">
+        <v>3283</v>
+      </c>
+      <c r="B116" s="24" t="s">
+        <v>2720</v>
+      </c>
+      <c r="C116" s="24" t="s">
         <v>241</v>
       </c>
-      <c r="C110" s="24" t="s">
-[...7 lines deleted...]
-      <c r="A111" s="13" t="s">
+      <c r="D116" s="33">
+        <v>46118</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A117" s="13" t="s">
         <v>242</v>
       </c>
-      <c r="B111" s="24" t="s">
-[...13 lines deleted...]
-      <c r="B112" s="24" t="s">
+      <c r="B117" s="24" t="s">
+        <v>243</v>
+      </c>
+      <c r="C117" s="24" t="s">
+        <v>1840</v>
+      </c>
+      <c r="D117" s="33">
+        <v>46202</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A118" s="13" t="s">
+        <v>2639</v>
+      </c>
+      <c r="B118" s="24" t="s">
+        <v>2638</v>
+      </c>
+      <c r="C118" s="24" t="s">
+        <v>244</v>
+      </c>
+      <c r="D118" s="33">
+        <v>46231</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A119" s="15" t="s">
+        <v>245</v>
+      </c>
+      <c r="B119" s="24" t="s">
+        <v>246</v>
+      </c>
+      <c r="C119" s="24" t="s">
+        <v>710</v>
+      </c>
+      <c r="D119" s="33">
+        <v>46311</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A120" s="15" t="s">
+        <v>247</v>
+      </c>
+      <c r="B120" s="24" t="s">
+        <v>248</v>
+      </c>
+      <c r="C120" s="24" t="s">
+        <v>596</v>
+      </c>
+      <c r="D120" s="33">
+        <v>46253</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A121" s="13" t="s">
+        <v>249</v>
+      </c>
+      <c r="B121" s="24" t="s">
+        <v>250</v>
+      </c>
+      <c r="C121" s="24" t="s">
+        <v>1841</v>
+      </c>
+      <c r="D121" s="33">
+        <v>46245</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4" ht="111.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="B122" s="24" t="s">
+        <v>252</v>
+      </c>
+      <c r="C122" s="24" t="s">
+        <v>253</v>
+      </c>
+      <c r="D122" s="33">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="16" t="s">
+        <v>256</v>
+      </c>
+      <c r="B123" s="24" t="s">
+        <v>257</v>
+      </c>
+      <c r="C123" s="24" t="s">
+        <v>258</v>
+      </c>
+      <c r="D123" s="33">
+        <v>46414</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4" ht="151.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="14" t="s">
+        <v>259</v>
+      </c>
+      <c r="B124" s="24" t="s">
         <v>26</v>
       </c>
-      <c r="C112" s="24" t="s">
-[...136 lines deleted...]
-      <c r="B122" s="24" t="s">
+      <c r="C124" s="24" t="s">
+        <v>1842</v>
+      </c>
+      <c r="D124" s="33">
+        <v>46418</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4" ht="135" x14ac:dyDescent="0.25">
+      <c r="A125" s="14" t="s">
         <v>260</v>
-      </c>
-[...37 lines deleted...]
-        <v>269</v>
       </c>
       <c r="B125" s="24" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="24" t="s">
-        <v>1943</v>
+        <v>90</v>
       </c>
       <c r="D125" s="33">
-        <v>46053</v>
-[...6 lines deleted...]
-      <c r="B126" s="24" t="s">
+        <v>46436</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A126" s="13" t="s">
+        <v>261</v>
+      </c>
+      <c r="B126" s="25" t="s">
+        <v>262</v>
+      </c>
+      <c r="C126" s="24" t="s">
+        <v>1843</v>
+      </c>
+      <c r="D126" s="33">
+        <v>46287</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4" ht="222.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="16" t="s">
+        <v>2289</v>
+      </c>
+      <c r="B127" s="24" t="s">
         <v>26</v>
       </c>
-      <c r="C126" s="24" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="C127" s="24" t="s">
-        <v>1944</v>
+        <v>1842</v>
       </c>
       <c r="D127" s="33">
-        <v>46287</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:4" ht="193.8" x14ac:dyDescent="0.3">
+        <v>46422</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4" ht="237.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A128" s="16" t="s">
-        <v>2426</v>
+        <v>263</v>
       </c>
       <c r="B128" s="24" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="24" t="s">
-        <v>1943</v>
+        <v>27</v>
       </c>
       <c r="D128" s="33">
-        <v>46057</v>
-[...3 lines deleted...]
-      <c r="A129" s="16" t="s">
+        <v>46423</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A129" s="13" t="s">
+        <v>264</v>
+      </c>
+      <c r="B129" s="24" t="s">
+        <v>265</v>
+      </c>
+      <c r="C129" s="24" t="s">
+        <v>266</v>
+      </c>
+      <c r="D129" s="33">
+        <v>46289</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A130" s="13" t="s">
+        <v>3260</v>
+      </c>
+      <c r="B130" s="25" t="s">
+        <v>267</v>
+      </c>
+      <c r="C130" s="24" t="s">
+        <v>1844</v>
+      </c>
+      <c r="D130" s="33">
+        <v>46333</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A131" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="B131" s="25" t="s">
+        <v>269</v>
+      </c>
+      <c r="C131" s="24" t="s">
+        <v>1845</v>
+      </c>
+      <c r="D131" s="33">
+        <v>46119</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A132" s="15" t="s">
+        <v>270</v>
+      </c>
+      <c r="B132" s="25" t="s">
+        <v>271</v>
+      </c>
+      <c r="C132" s="24" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D132" s="38">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A133" s="15" t="s">
+        <v>272</v>
+      </c>
+      <c r="B133" s="34" t="s">
         <v>273</v>
       </c>
-      <c r="B129" s="24" t="s">
-[...10 lines deleted...]
-      <c r="A130" s="13" t="s">
+      <c r="C133" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D133" s="33">
+        <v>46349</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4" ht="288" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="13" t="s">
         <v>274</v>
       </c>
-      <c r="B130" s="24" t="s">
+      <c r="B134" s="25" t="s">
         <v>275</v>
       </c>
-      <c r="C130" s="24" t="s">
+      <c r="C134" s="24" t="s">
+        <v>1847</v>
+      </c>
+      <c r="D134" s="33">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="14" t="s">
         <v>276</v>
       </c>
-      <c r="D130" s="33">
-[...7 lines deleted...]
-      <c r="B131" s="25" t="s">
+      <c r="B135" s="24" t="s">
         <v>277</v>
       </c>
-      <c r="C131" s="24" t="s">
-[...7 lines deleted...]
-      <c r="A132" s="15" t="s">
+      <c r="C135" s="24" t="s">
         <v>278</v>
       </c>
-      <c r="B132" s="25" t="s">
+      <c r="D135" s="38">
+        <v>46365</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A136" s="13" t="s">
+        <v>3350</v>
+      </c>
+      <c r="B136" s="25" t="s">
         <v>279</v>
       </c>
-      <c r="C132" s="24" t="s">
-[...7 lines deleted...]
-      <c r="A133" s="15" t="s">
+      <c r="C136" s="24" t="s">
         <v>280</v>
       </c>
-      <c r="B133" s="25" t="s">
+      <c r="D136" s="33">
+        <v>46420</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="14" t="s">
+        <v>2536</v>
+      </c>
+      <c r="B137" s="34" t="s">
         <v>281</v>
       </c>
-      <c r="C133" s="24" t="s">
-[...7 lines deleted...]
-      <c r="A134" s="15" t="s">
+      <c r="C137" s="24" t="s">
+        <v>1848</v>
+      </c>
+      <c r="D137" s="33">
+        <v>46404</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A138" s="15" t="s">
+        <v>2550</v>
+      </c>
+      <c r="B138" s="24" t="s">
         <v>282</v>
       </c>
-      <c r="B134" s="34" t="s">
+      <c r="C138" s="24" t="s">
         <v>283</v>
       </c>
-      <c r="C134" s="24" t="s">
-[...7 lines deleted...]
-      <c r="A135" s="13" t="s">
+      <c r="D138" s="33">
+        <v>46160</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="14" t="s">
+        <v>3610</v>
+      </c>
+      <c r="B139" s="25" t="s">
         <v>284</v>
       </c>
-      <c r="B135" s="25" t="s">
+      <c r="C139" s="24" t="s">
         <v>285</v>
       </c>
-      <c r="C135" s="24" t="s">
-[...7 lines deleted...]
-      <c r="A136" s="14" t="s">
+      <c r="D139" s="33">
+        <v>46408</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A140" s="15" t="s">
+        <v>3249</v>
+      </c>
+      <c r="B140" s="24" t="s">
         <v>286</v>
       </c>
-      <c r="B136" s="24" t="s">
+      <c r="C140" s="24" t="s">
+        <v>1849</v>
+      </c>
+      <c r="D140" s="33">
+        <v>46056</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A141" s="15" t="s">
         <v>287</v>
       </c>
-      <c r="C136" s="24" t="s">
+      <c r="B141" s="24" t="s">
         <v>288</v>
       </c>
-      <c r="D136" s="38">
-[...7 lines deleted...]
-      <c r="B137" s="25" t="s">
+      <c r="C141" s="24" t="s">
+        <v>985</v>
+      </c>
+      <c r="D141" s="33">
+        <v>46287</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A142" s="14" t="s">
         <v>289</v>
       </c>
-      <c r="C137" s="24" t="s">
+      <c r="B142" s="24" t="s">
         <v>290</v>
       </c>
-      <c r="D137" s="33">
-[...21 lines deleted...]
-      <c r="B139" s="24" t="s">
+      <c r="C142" s="24" t="s">
+        <v>1850</v>
+      </c>
+      <c r="D142" s="33">
+        <v>46351</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A143" s="13" t="s">
         <v>292</v>
       </c>
-      <c r="C139" s="24" t="s">
+      <c r="B143" s="24" t="s">
+        <v>104</v>
+      </c>
+      <c r="C143" s="24" t="s">
+        <v>595</v>
+      </c>
+      <c r="D143" s="33">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="14" t="s">
         <v>293</v>
       </c>
-      <c r="D139" s="33">
-[...4 lines deleted...]
-      <c r="A140" s="14" t="s">
+      <c r="B144" s="25" t="s">
         <v>294</v>
       </c>
-      <c r="B140" s="25" t="s">
+      <c r="C144" s="24" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D144" s="33">
+        <v>46466</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A145" s="13" t="s">
         <v>295</v>
       </c>
-      <c r="C140" s="24" t="s">
+      <c r="B145" s="24" t="s">
         <v>296</v>
       </c>
-      <c r="D140" s="33">
-[...7 lines deleted...]
-      <c r="B141" s="24" t="s">
+      <c r="C145" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D145" s="38">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4" ht="369.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="16" t="s">
         <v>297</v>
       </c>
-      <c r="C141" s="24" t="s">
-[...7 lines deleted...]
-      <c r="A142" s="15" t="s">
+      <c r="B146" s="24" t="s">
         <v>298</v>
       </c>
-      <c r="B142" s="24" t="s">
+      <c r="C146" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D146" s="38">
+        <v>46134</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="13" t="s">
+        <v>3166</v>
+      </c>
+      <c r="B147" s="24" t="s">
+        <v>2506</v>
+      </c>
+      <c r="C147" s="24" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D147" s="38">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4" ht="328.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="16" t="s">
         <v>299</v>
       </c>
-      <c r="C142" s="24" t="s">
-[...7 lines deleted...]
-      <c r="A143" s="14" t="s">
+      <c r="B148" s="24" t="s">
         <v>300</v>
-      </c>
-[...71 lines deleted...]
-        <v>311</v>
       </c>
       <c r="C148" s="24" t="s">
         <v>23</v>
       </c>
       <c r="D148" s="38">
+        <v>46137</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="B149" s="24" t="s">
+        <v>302</v>
+      </c>
+      <c r="C149" s="24" t="s">
+        <v>1853</v>
+      </c>
+      <c r="D149" s="33">
         <v>46134</v>
       </c>
     </row>
-    <row r="149" spans="1:4" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="A150" s="16" t="s">
+    <row r="150" spans="1:4" ht="95.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="15" t="s">
+        <v>3167</v>
+      </c>
+      <c r="B150" s="25" t="s">
+        <v>303</v>
+      </c>
+      <c r="C150" s="24" t="s">
+        <v>1854</v>
+      </c>
+      <c r="D150" s="33">
+        <v>46198</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4" ht="133.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="14" t="s">
+        <v>304</v>
+      </c>
+      <c r="B151" s="25" t="s">
+        <v>305</v>
+      </c>
+      <c r="C151" s="24" t="s">
+        <v>1855</v>
+      </c>
+      <c r="D151" s="33">
+        <v>46179</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A152" s="13" t="s">
+        <v>306</v>
+      </c>
+      <c r="B152" s="24" t="s">
+        <v>307</v>
+      </c>
+      <c r="C152" s="24" t="s">
+        <v>308</v>
+      </c>
+      <c r="D152" s="38">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A153" s="13" t="s">
+        <v>309</v>
+      </c>
+      <c r="B153" s="24" t="s">
+        <v>310</v>
+      </c>
+      <c r="C153" s="24" t="s">
+        <v>3287</v>
+      </c>
+      <c r="D153" s="33">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A154" s="13" t="s">
+        <v>311</v>
+      </c>
+      <c r="B154" s="24" t="s">
         <v>312</v>
       </c>
-      <c r="B150" s="24" t="s">
+      <c r="C154" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D154" s="33">
+        <v>46164</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A155" s="15" t="s">
         <v>313</v>
       </c>
-      <c r="C150" s="24" t="s">
+      <c r="B155" s="24" t="s">
+        <v>314</v>
+      </c>
+      <c r="C155" s="24" t="s">
+        <v>315</v>
+      </c>
+      <c r="D155" s="33">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A156" s="15" t="s">
+        <v>3359</v>
+      </c>
+      <c r="B156" s="24" t="s">
+        <v>316</v>
+      </c>
+      <c r="C156" s="24" t="s">
+        <v>1856</v>
+      </c>
+      <c r="D156" s="33">
+        <v>46334</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4" ht="213.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="14" t="s">
+        <v>317</v>
+      </c>
+      <c r="B157" s="41" t="s">
+        <v>318</v>
+      </c>
+      <c r="C157" s="24" t="s">
+        <v>1857</v>
+      </c>
+      <c r="D157" s="38">
+        <v>46230</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A158" s="15" t="s">
+        <v>319</v>
+      </c>
+      <c r="B158" s="24" t="s">
+        <v>320</v>
+      </c>
+      <c r="C158" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D158" s="38">
+        <v>46229</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="16" t="s">
+        <v>2914</v>
+      </c>
+      <c r="B159" s="24" t="s">
+        <v>228</v>
+      </c>
+      <c r="C159" s="24" t="s">
         <v>23</v>
       </c>
-      <c r="D150" s="38">
-[...52 lines deleted...]
-      <c r="C154" s="24" t="s">
+      <c r="D159" s="33">
+        <v>46254</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="13" t="s">
         <v>321</v>
       </c>
-      <c r="D154" s="38">
-[...4 lines deleted...]
-      <c r="A155" s="13" t="s">
+      <c r="B160" s="24" t="s">
         <v>322</v>
       </c>
-      <c r="B155" s="24" t="s">
+      <c r="C160" s="24" t="s">
+        <v>941</v>
+      </c>
+      <c r="D160" s="33">
+        <v>46235</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A161" s="15" t="s">
         <v>323</v>
       </c>
-      <c r="C155" s="24" t="s">
-[...7 lines deleted...]
-      <c r="A156" s="13" t="s">
+      <c r="B161" s="24" t="s">
         <v>324</v>
       </c>
-      <c r="B156" s="24" t="s">
+      <c r="C161" s="24" t="s">
         <v>325</v>
       </c>
-      <c r="C156" s="24" t="s">
+      <c r="D161" s="33">
+        <v>46287</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A162" s="14" t="s">
+        <v>326</v>
+      </c>
+      <c r="B162" s="24" t="s">
+        <v>327</v>
+      </c>
+      <c r="C162" s="24" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D162" s="33">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A163" s="13" t="s">
+        <v>328</v>
+      </c>
+      <c r="B163" s="25" t="s">
+        <v>329</v>
+      </c>
+      <c r="C163" s="24" t="s">
+        <v>1859</v>
+      </c>
+      <c r="D163" s="33">
+        <v>46176</v>
+      </c>
+    </row>
+    <row r="164" spans="1:5" ht="237.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="23" t="s">
+        <v>330</v>
+      </c>
+      <c r="B164" s="34" t="s">
+        <v>331</v>
+      </c>
+      <c r="C164" s="24" t="s">
+        <v>151</v>
+      </c>
+      <c r="D164" s="33">
+        <v>46103</v>
+      </c>
+    </row>
+    <row r="165" spans="1:5" ht="101.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="14" t="s">
+        <v>2959</v>
+      </c>
+      <c r="B165" s="24" t="s">
+        <v>332</v>
+      </c>
+      <c r="C165" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D165" s="33">
+        <v>46286</v>
+      </c>
+    </row>
+    <row r="166" spans="1:5" ht="310.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="14" t="s">
+        <v>333</v>
+      </c>
+      <c r="B166" s="25" t="s">
+        <v>334</v>
+      </c>
+      <c r="C166" s="24" t="s">
+        <v>102</v>
+      </c>
+      <c r="D166" s="38">
+        <v>46278</v>
+      </c>
+    </row>
+    <row r="167" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A167" s="16" t="s">
+        <v>2985</v>
+      </c>
+      <c r="B167" s="24" t="s">
+        <v>109</v>
+      </c>
+      <c r="C167" s="24" t="s">
+        <v>335</v>
+      </c>
+      <c r="D167" s="33">
+        <v>46291</v>
+      </c>
+    </row>
+    <row r="168" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A168" s="15" t="s">
+        <v>336</v>
+      </c>
+      <c r="B168" s="24" t="s">
+        <v>2917</v>
+      </c>
+      <c r="C168" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D168" s="33">
+        <v>46247</v>
+      </c>
+    </row>
+    <row r="169" spans="1:5" ht="119.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="16" t="s">
+        <v>337</v>
+      </c>
+      <c r="B169" s="25" t="s">
+        <v>338</v>
+      </c>
+      <c r="C169" s="24" t="s">
+        <v>339</v>
+      </c>
+      <c r="D169" s="33">
+        <v>46307</v>
+      </c>
+      <c r="E169" s="28"/>
+    </row>
+    <row r="170" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A170" s="13" t="s">
+        <v>341</v>
+      </c>
+      <c r="B170" s="24" t="s">
+        <v>342</v>
+      </c>
+      <c r="C170" s="24" t="s">
+        <v>3168</v>
+      </c>
+      <c r="D170" s="33">
+        <v>46104</v>
+      </c>
+    </row>
+    <row r="171" spans="1:5" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="15" t="s">
+        <v>343</v>
+      </c>
+      <c r="B171" s="24" t="s">
+        <v>344</v>
+      </c>
+      <c r="C171" s="24" t="s">
+        <v>1860</v>
+      </c>
+      <c r="D171" s="38">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="172" spans="1:5" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="16" t="s">
+        <v>3276</v>
+      </c>
+      <c r="B172" s="24" t="s">
+        <v>3277</v>
+      </c>
+      <c r="C172" s="24" t="s">
+        <v>1861</v>
+      </c>
+      <c r="D172" s="33">
+        <v>46338</v>
+      </c>
+    </row>
+    <row r="173" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A173" s="15" t="s">
+        <v>345</v>
+      </c>
+      <c r="B173" s="24" t="s">
+        <v>346</v>
+      </c>
+      <c r="C173" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D173" s="33">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="174" spans="1:5" ht="114.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="16" t="s">
+        <v>347</v>
+      </c>
+      <c r="B174" s="24" t="s">
+        <v>348</v>
+      </c>
+      <c r="C174" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D174" s="38">
+        <v>46138</v>
+      </c>
+    </row>
+    <row r="175" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A175" s="15" t="s">
+        <v>349</v>
+      </c>
+      <c r="B175" s="24" t="s">
+        <v>350</v>
+      </c>
+      <c r="C175" s="24" t="s">
+        <v>1862</v>
+      </c>
+      <c r="D175" s="38">
+        <v>46340</v>
+      </c>
+    </row>
+    <row r="176" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A176" s="13" t="s">
+        <v>3451</v>
+      </c>
+      <c r="B176" s="25" t="s">
+        <v>2212</v>
+      </c>
+      <c r="C176" s="24" t="s">
+        <v>151</v>
+      </c>
+      <c r="D176" s="38">
+        <v>46377</v>
+      </c>
+    </row>
+    <row r="177" spans="1:4" ht="305.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="14" t="s">
+        <v>3250</v>
+      </c>
+      <c r="B177" s="42" t="s">
+        <v>351</v>
+      </c>
+      <c r="C177" s="24" t="s">
+        <v>1863</v>
+      </c>
+      <c r="D177" s="33">
+        <v>46386</v>
+      </c>
+    </row>
+    <row r="178" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A178" s="15" t="s">
+        <v>352</v>
+      </c>
+      <c r="B178" s="24" t="s">
+        <v>353</v>
+      </c>
+      <c r="C178" s="24" t="s">
+        <v>354</v>
+      </c>
+      <c r="D178" s="33">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="179" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A179" s="43" t="s">
+        <v>355</v>
+      </c>
+      <c r="B179" s="26" t="s">
+        <v>356</v>
+      </c>
+      <c r="C179" s="24" t="s">
+        <v>608</v>
+      </c>
+      <c r="D179" s="33">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A180" s="14" t="s">
+        <v>357</v>
+      </c>
+      <c r="B180" s="25" t="s">
+        <v>358</v>
+      </c>
+      <c r="C180" s="24" t="s">
+        <v>359</v>
+      </c>
+      <c r="D180" s="33">
+        <v>46413</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A181" s="15" t="s">
+        <v>2320</v>
+      </c>
+      <c r="B181" s="24" t="s">
+        <v>360</v>
+      </c>
+      <c r="C181" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D181" s="38">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4" ht="185.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="14" t="s">
+        <v>361</v>
+      </c>
+      <c r="B182" s="24" t="s">
+        <v>167</v>
+      </c>
+      <c r="C182" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D182" s="33">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="15" t="s">
+        <v>3169</v>
+      </c>
+      <c r="B183" s="25" t="s">
+        <v>362</v>
+      </c>
+      <c r="C183" s="24" t="s">
+        <v>1864</v>
+      </c>
+      <c r="D183" s="33">
+        <v>46433</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A184" s="13" t="s">
+        <v>363</v>
+      </c>
+      <c r="B184" s="25" t="s">
+        <v>364</v>
+      </c>
+      <c r="C184" s="24" t="s">
+        <v>365</v>
+      </c>
+      <c r="D184" s="33">
+        <v>46440</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A185" s="16" t="s">
+        <v>2142</v>
+      </c>
+      <c r="B185" s="24" t="s">
+        <v>366</v>
+      </c>
+      <c r="C185" s="24" t="s">
+        <v>1865</v>
+      </c>
+      <c r="D185" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A186" s="13" t="s">
+        <v>367</v>
+      </c>
+      <c r="B186" s="25" t="s">
+        <v>368</v>
+      </c>
+      <c r="C186" s="24" t="s">
+        <v>74</v>
+      </c>
+      <c r="D186" s="38">
+        <v>46117</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4" ht="124.5" x14ac:dyDescent="0.25">
+      <c r="A187" s="20" t="s">
+        <v>3406</v>
+      </c>
+      <c r="B187" s="34" t="s">
+        <v>2178</v>
+      </c>
+      <c r="C187" s="24" t="s">
+        <v>69</v>
+      </c>
+      <c r="D187" s="38">
+        <v>46361</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A188" s="15" t="s">
+        <v>369</v>
+      </c>
+      <c r="B188" s="25" t="s">
+        <v>370</v>
+      </c>
+      <c r="C188" s="24" t="s">
         <v>39</v>
       </c>
-      <c r="D156" s="33">
-[...355 lines deleted...]
-      <c r="A182" s="43" t="s">
+      <c r="D188" s="33">
+        <v>46100</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A189" s="13" t="s">
         <v>371</v>
       </c>
-      <c r="B182" s="26" t="s">
+      <c r="B189" s="24" t="s">
         <v>372</v>
       </c>
-      <c r="C182" s="24" t="s">
-[...7 lines deleted...]
-      <c r="A183" s="14" t="s">
+      <c r="C189" s="24" t="s">
         <v>373</v>
       </c>
-      <c r="B183" s="25" t="s">
+      <c r="D189" s="33">
+        <v>46152</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A190" s="15" t="s">
         <v>374</v>
       </c>
-      <c r="C183" s="24" t="s">
+      <c r="B190" s="24" t="s">
         <v>375</v>
       </c>
-      <c r="D183" s="33">
-[...4 lines deleted...]
-      <c r="A184" s="14" t="s">
+      <c r="C190" s="24" t="s">
         <v>376</v>
-      </c>
-[...88 lines deleted...]
-        <v>1968</v>
       </c>
       <c r="D190" s="33">
         <v>46113</v>
       </c>
     </row>
-    <row r="191" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A191" s="13" t="s">
+    <row r="191" spans="1:4" ht="308.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="16" t="s">
+        <v>2179</v>
+      </c>
+      <c r="B191" s="24" t="s">
+        <v>377</v>
+      </c>
+      <c r="C191" s="24" t="s">
+        <v>207</v>
+      </c>
+      <c r="D191" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A192" s="13" t="s">
+        <v>378</v>
+      </c>
+      <c r="B192" s="24" t="s">
+        <v>379</v>
+      </c>
+      <c r="C192" s="24" t="s">
+        <v>380</v>
+      </c>
+      <c r="D192" s="33">
+        <v>46137</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4" ht="142.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="103" t="s">
+        <v>3619</v>
+      </c>
+      <c r="B193" s="24" t="s">
+        <v>381</v>
+      </c>
+      <c r="C193" s="24" t="s">
+        <v>1866</v>
+      </c>
+      <c r="D193" s="33">
+        <v>46410</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A194" s="13" t="s">
+        <v>2637</v>
+      </c>
+      <c r="B194" s="24" t="s">
+        <v>382</v>
+      </c>
+      <c r="C194" s="24" t="s">
+        <v>74</v>
+      </c>
+      <c r="D194" s="38">
+        <v>46164</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A195" s="15" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B195" s="24" t="s">
+        <v>383</v>
+      </c>
+      <c r="C195" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D195" s="38">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4" ht="220.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="16" t="s">
+        <v>3170</v>
+      </c>
+      <c r="B196" s="24" t="s">
+        <v>3653</v>
+      </c>
+      <c r="C196" s="24" t="s">
+        <v>1867</v>
+      </c>
+      <c r="D196" s="33">
+        <v>46355</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A197" s="15" t="s">
+        <v>3171</v>
+      </c>
+      <c r="B197" s="25" t="s">
+        <v>384</v>
+      </c>
+      <c r="C197" s="24" t="s">
+        <v>3547</v>
+      </c>
+      <c r="D197" s="33">
+        <v>46144</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A198" s="16" t="s">
         <v>385</v>
       </c>
-      <c r="B191" s="25" t="s">
+      <c r="B198" s="24" t="s">
         <v>386</v>
       </c>
-      <c r="C191" s="24" t="s">
-[...21 lines deleted...]
-      <c r="A193" s="15" t="s">
+      <c r="C198" s="24" t="s">
+        <v>1868</v>
+      </c>
+      <c r="D198" s="33">
+        <v>46187</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="15" t="s">
+        <v>3172</v>
+      </c>
+      <c r="B199" s="25" t="s">
         <v>387</v>
       </c>
-      <c r="B193" s="25" t="s">
+      <c r="C199" s="24" t="s">
+        <v>1869</v>
+      </c>
+      <c r="D199" s="33">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A200" s="16" t="s">
         <v>388</v>
       </c>
-      <c r="C193" s="24" t="s">
+      <c r="B200" s="25" t="s">
+        <v>389</v>
+      </c>
+      <c r="C200" s="24" t="s">
+        <v>2751</v>
+      </c>
+      <c r="D200" s="33">
+        <v>46192</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A201" s="15" t="s">
+        <v>390</v>
+      </c>
+      <c r="B201" s="24" t="s">
+        <v>391</v>
+      </c>
+      <c r="C201" s="24" t="s">
+        <v>392</v>
+      </c>
+      <c r="D201" s="38">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4" ht="149.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="14" t="s">
+        <v>393</v>
+      </c>
+      <c r="B202" s="25" t="s">
+        <v>394</v>
+      </c>
+      <c r="C202" s="24" t="s">
+        <v>803</v>
+      </c>
+      <c r="D202" s="33">
+        <v>46222</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A203" s="13" t="s">
+        <v>3173</v>
+      </c>
+      <c r="B203" s="24" t="s">
+        <v>395</v>
+      </c>
+      <c r="C203" s="24" t="s">
+        <v>1870</v>
+      </c>
+      <c r="D203" s="38">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4" ht="235.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="16" t="s">
+        <v>396</v>
+      </c>
+      <c r="B204" s="24" t="s">
+        <v>397</v>
+      </c>
+      <c r="C204" s="24" t="s">
+        <v>398</v>
+      </c>
+      <c r="D204" s="33">
+        <v>46257</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4" ht="45.75" x14ac:dyDescent="0.25">
+      <c r="A205" s="21" t="s">
+        <v>3174</v>
+      </c>
+      <c r="B205" s="25" t="s">
+        <v>399</v>
+      </c>
+      <c r="C205" s="24" t="s">
+        <v>1871</v>
+      </c>
+      <c r="D205" s="33">
+        <v>46231</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A206" s="15" t="s">
+        <v>400</v>
+      </c>
+      <c r="B206" s="24" t="s">
+        <v>401</v>
+      </c>
+      <c r="C206" s="24" t="s">
+        <v>402</v>
+      </c>
+      <c r="D206" s="33">
+        <v>46242</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4" ht="86.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="15" t="s">
+        <v>3175</v>
+      </c>
+      <c r="B207" s="24" t="s">
+        <v>403</v>
+      </c>
+      <c r="C207" s="24" t="s">
+        <v>404</v>
+      </c>
+      <c r="D207" s="33">
+        <v>46224</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A208" s="15" t="s">
+        <v>2814</v>
+      </c>
+      <c r="B208" s="25" t="s">
+        <v>405</v>
+      </c>
+      <c r="C208" s="24" t="s">
+        <v>406</v>
+      </c>
+      <c r="D208" s="38">
+        <v>46244</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4" ht="186" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A209" s="16" t="s">
+        <v>407</v>
+      </c>
+      <c r="B209" s="24" t="s">
+        <v>1727</v>
+      </c>
+      <c r="C209" s="24" t="s">
+        <v>408</v>
+      </c>
+      <c r="D209" s="38">
+        <v>46273</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4" ht="176.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="15" t="s">
+        <v>2668</v>
+      </c>
+      <c r="B210" s="34" t="s">
+        <v>2669</v>
+      </c>
+      <c r="C210" s="24" t="s">
+        <v>409</v>
+      </c>
+      <c r="D210" s="33">
+        <v>46177</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A211" s="13" t="s">
+        <v>2842</v>
+      </c>
+      <c r="B211" s="24" t="s">
+        <v>410</v>
+      </c>
+      <c r="C211" s="24" t="s">
+        <v>411</v>
+      </c>
+      <c r="D211" s="33">
+        <v>46248</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="15" t="s">
+        <v>412</v>
+      </c>
+      <c r="B212" s="24" t="s">
+        <v>413</v>
+      </c>
+      <c r="C212" s="24" t="s">
+        <v>414</v>
+      </c>
+      <c r="D212" s="33">
+        <v>46348</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A213" s="13" t="s">
+        <v>415</v>
+      </c>
+      <c r="B213" s="25" t="s">
+        <v>416</v>
+      </c>
+      <c r="C213" s="24" t="s">
+        <v>1872</v>
+      </c>
+      <c r="D213" s="38">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A214" s="14" t="s">
+        <v>3176</v>
+      </c>
+      <c r="B214" s="25" t="s">
+        <v>417</v>
+      </c>
+      <c r="C214" s="24" t="s">
+        <v>1873</v>
+      </c>
+      <c r="D214" s="33">
+        <v>46354</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A215" s="15" t="s">
+        <v>3177</v>
+      </c>
+      <c r="B215" s="25" t="s">
+        <v>418</v>
+      </c>
+      <c r="C215" s="24" t="s">
+        <v>1874</v>
+      </c>
+      <c r="D215" s="33">
+        <v>46342</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A216" s="15" t="s">
+        <v>419</v>
+      </c>
+      <c r="B216" s="24" t="s">
+        <v>420</v>
+      </c>
+      <c r="C216" s="24" t="s">
+        <v>421</v>
+      </c>
+      <c r="D216" s="33">
+        <v>46367</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="15" t="s">
+        <v>3178</v>
+      </c>
+      <c r="B217" s="25" t="s">
+        <v>422</v>
+      </c>
+      <c r="C217" s="87" t="s">
+        <v>2756</v>
+      </c>
+      <c r="D217" s="33">
+        <v>46370</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4" ht="103.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A218" s="14" t="s">
+        <v>424</v>
+      </c>
+      <c r="B218" s="24" t="s">
+        <v>425</v>
+      </c>
+      <c r="C218" s="24" t="s">
+        <v>1833</v>
+      </c>
+      <c r="D218" s="38">
+        <v>46148</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="15" t="s">
+        <v>426</v>
+      </c>
+      <c r="B219" s="24" t="s">
+        <v>427</v>
+      </c>
+      <c r="C219" s="24" t="s">
+        <v>886</v>
+      </c>
+      <c r="D219" s="38">
+        <v>46106</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4" ht="87" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A220" s="14" t="s">
+        <v>428</v>
+      </c>
+      <c r="B220" s="25" t="s">
+        <v>429</v>
+      </c>
+      <c r="C220" s="24" t="s">
+        <v>1875</v>
+      </c>
+      <c r="D220" s="38">
+        <v>46348</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="13" t="s">
+        <v>3179</v>
+      </c>
+      <c r="B221" s="24" t="s">
+        <v>291</v>
+      </c>
+      <c r="C221" s="24" t="s">
+        <v>1876</v>
+      </c>
+      <c r="D221" s="38">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4" ht="294.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A222" s="16" t="s">
+        <v>430</v>
+      </c>
+      <c r="B222" s="24" t="s">
+        <v>431</v>
+      </c>
+      <c r="C222" s="24" t="s">
+        <v>1877</v>
+      </c>
+      <c r="D222" s="38">
+        <v>46390</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4" ht="165" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A223" s="14" t="s">
+        <v>3180</v>
+      </c>
+      <c r="B223" s="25" t="s">
+        <v>2539</v>
+      </c>
+      <c r="C223" s="24" t="s">
+        <v>1878</v>
+      </c>
+      <c r="D223" s="33">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A224" s="15" t="s">
+        <v>432</v>
+      </c>
+      <c r="B224" s="24" t="s">
+        <v>433</v>
+      </c>
+      <c r="C224" s="24" t="s">
+        <v>1879</v>
+      </c>
+      <c r="D224" s="33">
+        <v>46420</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4" ht="213" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A225" s="15" t="s">
+        <v>434</v>
+      </c>
+      <c r="B225" s="24" t="s">
+        <v>435</v>
+      </c>
+      <c r="C225" s="24" t="s">
+        <v>436</v>
+      </c>
+      <c r="D225" s="33">
+        <v>46419</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A226" s="16" t="s">
+        <v>437</v>
+      </c>
+      <c r="B226" s="24" t="s">
+        <v>438</v>
+      </c>
+      <c r="C226" s="24" t="s">
+        <v>1880</v>
+      </c>
+      <c r="D226" s="33">
+        <v>46437</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A227" s="15" t="s">
+        <v>439</v>
+      </c>
+      <c r="B227" s="24" t="s">
+        <v>440</v>
+      </c>
+      <c r="C227" s="24" t="s">
+        <v>441</v>
+      </c>
+      <c r="D227" s="33">
+        <v>46441</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4" ht="114.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A228" s="16" t="s">
+        <v>3566</v>
+      </c>
+      <c r="B228" s="25" t="s">
+        <v>442</v>
+      </c>
+      <c r="C228" s="24" t="s">
+        <v>1881</v>
+      </c>
+      <c r="D228" s="33">
+        <v>46452</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A229" s="20" t="s">
+        <v>2311</v>
+      </c>
+      <c r="B229" s="24" t="s">
+        <v>443</v>
+      </c>
+      <c r="C229" s="24" t="s">
+        <v>444</v>
+      </c>
+      <c r="D229" s="33">
+        <v>46089</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A230" s="15" t="s">
+        <v>445</v>
+      </c>
+      <c r="B230" s="24" t="s">
+        <v>212</v>
+      </c>
+      <c r="C230" s="24" t="s">
+        <v>1882</v>
+      </c>
+      <c r="D230" s="38">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A231" s="20" t="s">
+        <v>2519</v>
+      </c>
+      <c r="B231" s="24" t="s">
+        <v>2351</v>
+      </c>
+      <c r="C231" s="24" t="s">
+        <v>749</v>
+      </c>
+      <c r="D231" s="38">
+        <v>46064</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A232" s="15" t="s">
+        <v>2716</v>
+      </c>
+      <c r="B232" s="24" t="s">
+        <v>448</v>
+      </c>
+      <c r="C232" s="24" t="s">
+        <v>1883</v>
+      </c>
+      <c r="D232" s="33">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A233" s="16" t="s">
+        <v>2156</v>
+      </c>
+      <c r="B233" s="24" t="s">
+        <v>449</v>
+      </c>
+      <c r="C233" s="24" t="s">
+        <v>1884</v>
+      </c>
+      <c r="D233" s="33">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A234" s="15" t="s">
+        <v>450</v>
+      </c>
+      <c r="B234" s="25" t="s">
+        <v>451</v>
+      </c>
+      <c r="C234" s="24" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D234" s="38">
+        <v>46293</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A235" s="15" t="s">
+        <v>2512</v>
+      </c>
+      <c r="B235" s="24" t="s">
+        <v>452</v>
+      </c>
+      <c r="C235" s="24" t="s">
+        <v>453</v>
+      </c>
+      <c r="D235" s="38">
+        <v>46527</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A236" s="15" t="s">
+        <v>454</v>
+      </c>
+      <c r="B236" s="24" t="s">
+        <v>455</v>
+      </c>
+      <c r="C236" s="24" t="s">
+        <v>87</v>
+      </c>
+      <c r="D236" s="38">
+        <v>46150</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4" ht="312.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="16" t="s">
+        <v>2095</v>
+      </c>
+      <c r="B237" s="24" t="s">
+        <v>456</v>
+      </c>
+      <c r="C237" s="24" t="s">
+        <v>1886</v>
+      </c>
+      <c r="D237" s="33">
+        <v>46114</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A238" s="13" t="s">
+        <v>457</v>
+      </c>
+      <c r="B238" s="24" t="s">
+        <v>458</v>
+      </c>
+      <c r="C238" s="24" t="s">
+        <v>1887</v>
+      </c>
+      <c r="D238" s="38">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A239" s="13" t="s">
+        <v>459</v>
+      </c>
+      <c r="B239" s="24" t="s">
+        <v>460</v>
+      </c>
+      <c r="C239" s="24" t="s">
+        <v>461</v>
+      </c>
+      <c r="D239" s="38">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A240" s="15" t="s">
+        <v>462</v>
+      </c>
+      <c r="B240" s="25" t="s">
+        <v>463</v>
+      </c>
+      <c r="C240" s="24" t="s">
+        <v>1888</v>
+      </c>
+      <c r="D240" s="38">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A241" s="15" t="s">
+        <v>1767</v>
+      </c>
+      <c r="B241" s="24" t="s">
+        <v>403</v>
+      </c>
+      <c r="C241" s="24" t="s">
+        <v>404</v>
+      </c>
+      <c r="D241" s="38">
+        <v>46333</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A242" s="15" t="s">
+        <v>464</v>
+      </c>
+      <c r="B242" s="24" t="s">
+        <v>465</v>
+      </c>
+      <c r="C242" s="24" t="s">
+        <v>466</v>
+      </c>
+      <c r="D242" s="33">
+        <v>46212</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4" ht="202.5" x14ac:dyDescent="0.25">
+      <c r="A243" s="15" t="s">
+        <v>3453</v>
+      </c>
+      <c r="B243" s="24" t="s">
+        <v>467</v>
+      </c>
+      <c r="C243" s="24" t="s">
+        <v>69</v>
+      </c>
+      <c r="D243" s="38">
+        <v>46372</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A244" s="16" t="s">
+        <v>469</v>
+      </c>
+      <c r="B244" s="24" t="s">
+        <v>470</v>
+      </c>
+      <c r="C244" s="24" t="s">
+        <v>471</v>
+      </c>
+      <c r="D244" s="38">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A245" s="15" t="s">
+        <v>473</v>
+      </c>
+      <c r="B245" s="24" t="s">
+        <v>474</v>
+      </c>
+      <c r="C245" s="24" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D245" s="38">
+        <v>46128</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A246" s="15" t="s">
+        <v>475</v>
+      </c>
+      <c r="B246" s="24" t="s">
+        <v>476</v>
+      </c>
+      <c r="C246" s="24" t="s">
+        <v>1890</v>
+      </c>
+      <c r="D246" s="38">
+        <v>46159</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4" ht="310.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A247" s="15" t="s">
+        <v>2125</v>
+      </c>
+      <c r="B247" s="24" t="s">
+        <v>477</v>
+      </c>
+      <c r="C247" s="24" t="s">
         <v>39</v>
       </c>
-      <c r="D193" s="33">
-[...27 lines deleted...]
-      <c r="D195" s="33">
+      <c r="D247" s="33">
+        <v>46130</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A248" s="15" t="s">
+        <v>478</v>
+      </c>
+      <c r="B248" s="24" t="s">
+        <v>479</v>
+      </c>
+      <c r="C248" s="24" t="s">
+        <v>480</v>
+      </c>
+      <c r="D248" s="48">
+        <v>46199</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A249" s="15" t="s">
+        <v>481</v>
+      </c>
+      <c r="B249" s="24" t="s">
+        <v>482</v>
+      </c>
+      <c r="C249" s="24" t="s">
+        <v>483</v>
+      </c>
+      <c r="D249" s="48">
+        <v>46199</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4" ht="177" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A250" s="15" t="s">
+        <v>484</v>
+      </c>
+      <c r="B250" s="25" t="s">
+        <v>485</v>
+      </c>
+      <c r="C250" s="24" t="s">
+        <v>486</v>
+      </c>
+      <c r="D250" s="48">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A251" s="15" t="s">
+        <v>487</v>
+      </c>
+      <c r="B251" s="25" t="s">
+        <v>488</v>
+      </c>
+      <c r="C251" s="24" t="s">
+        <v>489</v>
+      </c>
+      <c r="D251" s="48">
+        <v>46141</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4" ht="117.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A252" s="16" t="s">
+        <v>490</v>
+      </c>
+      <c r="B252" s="24" t="s">
+        <v>491</v>
+      </c>
+      <c r="C252" s="24" t="s">
+        <v>1891</v>
+      </c>
+      <c r="D252" s="39">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A253" s="15" t="s">
+        <v>492</v>
+      </c>
+      <c r="B253" s="25" t="s">
+        <v>446</v>
+      </c>
+      <c r="C253" s="24" t="s">
+        <v>471</v>
+      </c>
+      <c r="D253" s="33">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A254" s="15" t="s">
+        <v>493</v>
+      </c>
+      <c r="B254" s="24" t="s">
+        <v>494</v>
+      </c>
+      <c r="C254" s="24" t="s">
+        <v>495</v>
+      </c>
+      <c r="D254" s="33">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A255" s="13" t="s">
+        <v>497</v>
+      </c>
+      <c r="B255" s="24" t="s">
+        <v>2791</v>
+      </c>
+      <c r="C255" s="24" t="s">
+        <v>498</v>
+      </c>
+      <c r="D255" s="33">
+        <v>46212</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A256" s="13" t="s">
+        <v>499</v>
+      </c>
+      <c r="B256" s="25" t="s">
+        <v>500</v>
+      </c>
+      <c r="C256" s="24" t="s">
+        <v>1892</v>
+      </c>
+      <c r="D256" s="33">
+        <v>46235</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4" ht="206.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A257" s="15" t="s">
+        <v>502</v>
+      </c>
+      <c r="B257" s="24" t="s">
+        <v>2543</v>
+      </c>
+      <c r="C257" s="24" t="s">
+        <v>503</v>
+      </c>
+      <c r="D257" s="33">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4" ht="120.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A258" s="15" t="s">
+        <v>2675</v>
+      </c>
+      <c r="B258" s="25" t="s">
+        <v>2674</v>
+      </c>
+      <c r="C258" s="24" t="s">
+        <v>2676</v>
+      </c>
+      <c r="D258" s="38">
+        <v>46178</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4" ht="167.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A259" s="16" t="s">
+        <v>3626</v>
+      </c>
+      <c r="B259" s="24" t="s">
+        <v>504</v>
+      </c>
+      <c r="C259" s="24" t="s">
+        <v>66</v>
+      </c>
+      <c r="D259" s="33">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A260" s="15" t="s">
+        <v>506</v>
+      </c>
+      <c r="B260" s="25" t="s">
+        <v>507</v>
+      </c>
+      <c r="C260" s="24" t="s">
+        <v>508</v>
+      </c>
+      <c r="D260" s="38">
+        <v>46254</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A261" s="15" t="s">
+        <v>2241</v>
+      </c>
+      <c r="B261" s="24" t="s">
+        <v>510</v>
+      </c>
+      <c r="C261" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="D261" s="38">
+        <v>46355</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A262" s="15" t="s">
+        <v>511</v>
+      </c>
+      <c r="B262" s="25" t="s">
+        <v>512</v>
+      </c>
+      <c r="C262" s="24" t="s">
+        <v>3181</v>
+      </c>
+      <c r="D262" s="38">
+        <v>46276</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A263" s="15" t="s">
+        <v>513</v>
+      </c>
+      <c r="B263" s="24" t="s">
+        <v>514</v>
+      </c>
+      <c r="C263" s="24" t="s">
+        <v>515</v>
+      </c>
+      <c r="D263" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4" ht="280.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A264" s="20" t="s">
+        <v>516</v>
+      </c>
+      <c r="B264" s="25" t="s">
+        <v>517</v>
+      </c>
+      <c r="C264" s="24" t="s">
+        <v>518</v>
+      </c>
+      <c r="D264" s="38">
+        <v>46275</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A265" s="15" t="s">
+        <v>519</v>
+      </c>
+      <c r="B265" s="24" t="s">
+        <v>520</v>
+      </c>
+      <c r="C265" s="24" t="s">
+        <v>521</v>
+      </c>
+      <c r="D265" s="38">
+        <v>46314</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A266" s="15" t="s">
+        <v>522</v>
+      </c>
+      <c r="B266" s="24" t="s">
+        <v>523</v>
+      </c>
+      <c r="C266" s="24" t="s">
+        <v>1893</v>
+      </c>
+      <c r="D266" s="38">
+        <v>46276</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4" ht="63" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A267" s="16" t="s">
+        <v>524</v>
+      </c>
+      <c r="B267" s="24" t="s">
+        <v>525</v>
+      </c>
+      <c r="C267" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D267" s="33">
+        <v>46158</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A268" s="15" t="s">
+        <v>526</v>
+      </c>
+      <c r="B268" s="25" t="s">
+        <v>527</v>
+      </c>
+      <c r="C268" s="24" t="s">
+        <v>528</v>
+      </c>
+      <c r="D268" s="38">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4" ht="135.75" x14ac:dyDescent="0.25">
+      <c r="A269" s="20" t="s">
+        <v>3182</v>
+      </c>
+      <c r="B269" s="24" t="s">
+        <v>529</v>
+      </c>
+      <c r="C269" s="24" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D269" s="38">
+        <v>46126</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A270" s="13" t="s">
+        <v>3253</v>
+      </c>
+      <c r="B270" s="24" t="s">
+        <v>3254</v>
+      </c>
+      <c r="C270" s="24" t="s">
+        <v>530</v>
+      </c>
+      <c r="D270" s="33">
+        <v>46331</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A271" s="16" t="s">
+        <v>531</v>
+      </c>
+      <c r="B271" s="25" t="s">
+        <v>532</v>
+      </c>
+      <c r="C271" s="24" t="s">
+        <v>533</v>
+      </c>
+      <c r="D271" s="33">
+        <v>46369</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A272" s="15" t="s">
+        <v>534</v>
+      </c>
+      <c r="B272" s="24" t="s">
+        <v>535</v>
+      </c>
+      <c r="C272" s="24" t="s">
+        <v>536</v>
+      </c>
+      <c r="D272" s="33">
+        <v>46317</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A273" s="13" t="s">
+        <v>537</v>
+      </c>
+      <c r="B273" s="25" t="s">
+        <v>538</v>
+      </c>
+      <c r="C273" s="24" t="s">
+        <v>539</v>
+      </c>
+      <c r="D273" s="33">
+        <v>46369</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4" ht="139.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A274" s="15" t="s">
+        <v>2088</v>
+      </c>
+      <c r="B274" s="24" t="s">
+        <v>540</v>
+      </c>
+      <c r="C274" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D274" s="38">
+        <v>46344</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A275" s="15" t="s">
+        <v>541</v>
+      </c>
+      <c r="B275" s="25" t="s">
+        <v>542</v>
+      </c>
+      <c r="C275" s="24" t="s">
+        <v>543</v>
+      </c>
+      <c r="D275" s="33">
+        <v>46353</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A276" s="15" t="s">
+        <v>2251</v>
+      </c>
+      <c r="B276" s="25" t="s">
+        <v>510</v>
+      </c>
+      <c r="C276" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="D276" s="33">
+        <v>46264</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4" ht="119.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A277" s="15" t="s">
+        <v>3103</v>
+      </c>
+      <c r="B277" s="25" t="s">
+        <v>544</v>
+      </c>
+      <c r="C277" s="24" t="s">
+        <v>1894</v>
+      </c>
+      <c r="D277" s="33">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A278" s="15" t="s">
+        <v>545</v>
+      </c>
+      <c r="B278" s="24" t="s">
+        <v>104</v>
+      </c>
+      <c r="C278" s="24" t="s">
+        <v>546</v>
+      </c>
+      <c r="D278" s="38">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A279" s="15" t="s">
+        <v>3408</v>
+      </c>
+      <c r="B279" s="25" t="s">
+        <v>547</v>
+      </c>
+      <c r="C279" s="24" t="s">
+        <v>1895</v>
+      </c>
+      <c r="D279" s="38">
+        <v>46375</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4" ht="144" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A280" s="20" t="s">
+        <v>548</v>
+      </c>
+      <c r="B280" s="25" t="s">
+        <v>549</v>
+      </c>
+      <c r="C280" s="24" t="s">
+        <v>550</v>
+      </c>
+      <c r="D280" s="38">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4" ht="260.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A281" s="16" t="s">
+        <v>551</v>
+      </c>
+      <c r="B281" s="24" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C281" s="24" t="s">
+        <v>552</v>
+      </c>
+      <c r="D281" s="38">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A282" s="15" t="s">
+        <v>2201</v>
+      </c>
+      <c r="B282" s="25" t="s">
+        <v>553</v>
+      </c>
+      <c r="C282" s="24" t="s">
+        <v>1896</v>
+      </c>
+      <c r="D282" s="38">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A283" s="15" t="s">
+        <v>2184</v>
+      </c>
+      <c r="B283" s="25" t="s">
+        <v>554</v>
+      </c>
+      <c r="C283" s="24" t="s">
+        <v>1897</v>
+      </c>
+      <c r="D283" s="33">
+        <v>46357</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A284" s="15" t="s">
+        <v>2200</v>
+      </c>
+      <c r="B284" s="24" t="s">
+        <v>3407</v>
+      </c>
+      <c r="C284" s="24" t="s">
+        <v>555</v>
+      </c>
+      <c r="D284" s="33">
+        <v>46417</v>
+      </c>
+    </row>
+    <row r="285" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A285" s="15" t="s">
+        <v>556</v>
+      </c>
+      <c r="B285" s="24" t="s">
+        <v>557</v>
+      </c>
+      <c r="C285" s="24" t="s">
+        <v>558</v>
+      </c>
+      <c r="D285" s="33">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A286" s="15" t="s">
+        <v>559</v>
+      </c>
+      <c r="B286" s="24" t="s">
+        <v>560</v>
+      </c>
+      <c r="C286" s="24" t="s">
+        <v>561</v>
+      </c>
+      <c r="D286" s="38">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A287" s="15" t="s">
+        <v>562</v>
+      </c>
+      <c r="B287" s="25" t="s">
+        <v>563</v>
+      </c>
+      <c r="C287" s="24" t="s">
+        <v>564</v>
+      </c>
+      <c r="D287" s="38">
+        <v>46416</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A288" s="15" t="s">
+        <v>565</v>
+      </c>
+      <c r="B288" s="25" t="s">
+        <v>566</v>
+      </c>
+      <c r="C288" s="24" t="s">
+        <v>1898</v>
+      </c>
+      <c r="D288" s="38">
+        <v>46062</v>
+      </c>
+    </row>
+    <row r="289" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A289" s="15" t="s">
+        <v>567</v>
+      </c>
+      <c r="B289" s="25" t="s">
+        <v>568</v>
+      </c>
+      <c r="C289" s="24" t="s">
+        <v>569</v>
+      </c>
+      <c r="D289" s="33">
+        <v>46065</v>
+      </c>
+    </row>
+    <row r="290" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A290" s="15" t="s">
+        <v>571</v>
+      </c>
+      <c r="B290" s="24" t="s">
+        <v>572</v>
+      </c>
+      <c r="C290" s="24" t="s">
+        <v>573</v>
+      </c>
+      <c r="D290" s="33">
+        <v>46071</v>
+      </c>
+    </row>
+    <row r="291" spans="1:4" ht="297.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A291" s="15" t="s">
+        <v>574</v>
+      </c>
+      <c r="B291" s="25" t="s">
+        <v>575</v>
+      </c>
+      <c r="C291" s="24" t="s">
+        <v>576</v>
+      </c>
+      <c r="D291" s="33">
+        <v>46447</v>
+      </c>
+    </row>
+    <row r="292" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A292" s="15" t="s">
+        <v>2358</v>
+      </c>
+      <c r="B292" s="34" t="s">
+        <v>2359</v>
+      </c>
+      <c r="C292" s="24" t="s">
+        <v>1899</v>
+      </c>
+      <c r="D292" s="33">
+        <v>46086</v>
+      </c>
+    </row>
+    <row r="293" spans="1:4" ht="191.25" x14ac:dyDescent="0.25">
+      <c r="A293" s="15" t="s">
+        <v>2276</v>
+      </c>
+      <c r="B293" s="25" t="s">
+        <v>577</v>
+      </c>
+      <c r="C293" s="24" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D293" s="33">
+        <v>46078</v>
+      </c>
+    </row>
+    <row r="294" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A294" s="15" t="s">
+        <v>2387</v>
+      </c>
+      <c r="B294" s="25" t="s">
+        <v>2388</v>
+      </c>
+      <c r="C294" s="24" t="s">
+        <v>578</v>
+      </c>
+      <c r="D294" s="33">
+        <v>46071</v>
+      </c>
+    </row>
+    <row r="295" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A295" s="15" t="s">
+        <v>3271</v>
+      </c>
+      <c r="B295" s="24" t="s">
+        <v>579</v>
+      </c>
+      <c r="C295" s="24" t="s">
+        <v>436</v>
+      </c>
+      <c r="D295" s="38">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="296" spans="1:4" ht="189" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A296" s="16" t="s">
+        <v>3583</v>
+      </c>
+      <c r="B296" s="24" t="s">
+        <v>580</v>
+      </c>
+      <c r="C296" s="24" t="s">
+        <v>471</v>
+      </c>
+      <c r="D296" s="33">
+        <v>46438</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A297" s="13" t="s">
+        <v>3413</v>
+      </c>
+      <c r="B297" s="24" t="s">
+        <v>581</v>
+      </c>
+      <c r="C297" s="24" t="s">
+        <v>582</v>
+      </c>
+      <c r="D297" s="33">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A298" s="16" t="s">
+        <v>2177</v>
+      </c>
+      <c r="B298" s="24" t="s">
+        <v>2451</v>
+      </c>
+      <c r="C298" s="24" t="s">
+        <v>583</v>
+      </c>
+      <c r="D298" s="33">
+        <v>46457</v>
+      </c>
+    </row>
+    <row r="299" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A299" s="15" t="s">
+        <v>584</v>
+      </c>
+      <c r="B299" s="24" t="s">
+        <v>585</v>
+      </c>
+      <c r="C299" s="24" t="s">
+        <v>1901</v>
+      </c>
+      <c r="D299" s="33">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="300" spans="1:4" ht="208.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A300" s="15" t="s">
+        <v>586</v>
+      </c>
+      <c r="B300" s="24" t="s">
+        <v>587</v>
+      </c>
+      <c r="C300" s="24" t="s">
+        <v>588</v>
+      </c>
+      <c r="D300" s="33">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="301" spans="1:4" ht="45.75" x14ac:dyDescent="0.25">
+      <c r="A301" s="20" t="s">
+        <v>589</v>
+      </c>
+      <c r="B301" s="25" t="s">
+        <v>590</v>
+      </c>
+      <c r="C301" s="24" t="s">
+        <v>591</v>
+      </c>
+      <c r="D301" s="33">
         <v>46113</v>
       </c>
     </row>
-    <row r="196" spans="1:4" ht="308.25" customHeight="1" x14ac:dyDescent="0.3">
-[...37 lines deleted...]
-      <c r="D198" s="33">
+    <row r="302" spans="1:4" ht="260.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A302" s="16" t="s">
+        <v>3580</v>
+      </c>
+      <c r="B302" s="25" t="s">
+        <v>592</v>
+      </c>
+      <c r="C302" s="24" t="s">
+        <v>471</v>
+      </c>
+      <c r="D302" s="38">
+        <v>46438</v>
+      </c>
+    </row>
+    <row r="303" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A303" s="14" t="s">
+        <v>593</v>
+      </c>
+      <c r="B303" s="24" t="s">
+        <v>3027</v>
+      </c>
+      <c r="C303" s="24" t="s">
+        <v>102</v>
+      </c>
+      <c r="D303" s="33">
+        <v>46118</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A304" s="15" t="s">
+        <v>2300</v>
+      </c>
+      <c r="B304" s="24" t="s">
+        <v>594</v>
+      </c>
+      <c r="C304" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D304" s="33">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A305" s="14" t="s">
+        <v>2804</v>
+      </c>
+      <c r="B305" s="24" t="s">
+        <v>2805</v>
+      </c>
+      <c r="C305" s="24" t="s">
+        <v>595</v>
+      </c>
+      <c r="D305" s="33">
+        <v>46233</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4" ht="135.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A306" s="14" t="s">
+        <v>597</v>
+      </c>
+      <c r="B306" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="C306" s="24" t="s">
+        <v>1902</v>
+      </c>
+      <c r="D306" s="38">
+        <v>46506</v>
+      </c>
+    </row>
+    <row r="307" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A307" s="40" t="s">
+        <v>598</v>
+      </c>
+      <c r="B307" s="32" t="s">
+        <v>599</v>
+      </c>
+      <c r="C307" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D307" s="47">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A308" s="13" t="s">
+        <v>600</v>
+      </c>
+      <c r="B308" s="24" t="s">
+        <v>601</v>
+      </c>
+      <c r="C308" s="24" t="s">
+        <v>602</v>
+      </c>
+      <c r="D308" s="38">
         <v>46153</v>
       </c>
     </row>
-    <row r="199" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
-[...107 lines deleted...]
-      <c r="D206" s="38">
+    <row r="309" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A309" s="15" t="s">
+        <v>603</v>
+      </c>
+      <c r="B309" s="24" t="s">
+        <v>2370</v>
+      </c>
+      <c r="C309" s="24" t="s">
+        <v>325</v>
+      </c>
+      <c r="D309" s="38">
+        <v>46433</v>
+      </c>
+    </row>
+    <row r="310" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A310" s="15" t="s">
+        <v>604</v>
+      </c>
+      <c r="B310" s="24" t="s">
+        <v>104</v>
+      </c>
+      <c r="C310" s="24" t="s">
+        <v>605</v>
+      </c>
+      <c r="D310" s="33">
         <v>46211</v>
       </c>
     </row>
-    <row r="207" spans="1:4" ht="149.25" customHeight="1" x14ac:dyDescent="0.3">
-[...622 lines deleted...]
-      <c r="C251" s="24" t="s">
+    <row r="311" spans="1:4" ht="101.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A311" s="15" t="s">
+        <v>606</v>
+      </c>
+      <c r="B311" s="25" t="s">
+        <v>607</v>
+      </c>
+      <c r="C311" s="24" t="s">
+        <v>608</v>
+      </c>
+      <c r="D311" s="38">
+        <v>46159</v>
+      </c>
+    </row>
+    <row r="312" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A312" s="15" t="s">
+        <v>609</v>
+      </c>
+      <c r="B312" s="25" t="s">
+        <v>610</v>
+      </c>
+      <c r="C312" s="24" t="s">
+        <v>611</v>
+      </c>
+      <c r="D312" s="38">
+        <v>46170</v>
+      </c>
+    </row>
+    <row r="313" spans="1:4" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A313" s="15" t="s">
+        <v>614</v>
+      </c>
+      <c r="B313" s="24" t="s">
+        <v>615</v>
+      </c>
+      <c r="C313" s="24" t="s">
+        <v>1903</v>
+      </c>
+      <c r="D313" s="33">
+        <v>46190</v>
+      </c>
+    </row>
+    <row r="314" spans="1:4" ht="325.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A314" s="14" t="s">
+        <v>616</v>
+      </c>
+      <c r="B314" s="24" t="s">
+        <v>617</v>
+      </c>
+      <c r="C314" s="24" t="s">
         <v>496</v>
       </c>
-      <c r="D251" s="38">
-[...349 lines deleted...]
-      <c r="D276" s="38">
+      <c r="D314" s="33">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="315" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A315" s="15" t="s">
+        <v>2191</v>
+      </c>
+      <c r="B315" s="24" t="s">
+        <v>618</v>
+      </c>
+      <c r="C315" s="24" t="s">
+        <v>1904</v>
+      </c>
+      <c r="D315" s="33">
         <v>46126</v>
       </c>
     </row>
-    <row r="277" spans="1:4" ht="58.5" customHeight="1" x14ac:dyDescent="0.3">
-[...462 lines deleted...]
-      <c r="A310" s="20" t="s">
+    <row r="316" spans="1:4" ht="273.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A316" s="16" t="s">
+        <v>2190</v>
+      </c>
+      <c r="B316" s="24" t="s">
         <v>619</v>
-      </c>
-[...85 lines deleted...]
-        <v>629</v>
       </c>
       <c r="C316" s="24" t="s">
         <v>32</v>
       </c>
-      <c r="D316" s="48">
+      <c r="D316" s="33">
+        <v>46192</v>
+      </c>
+    </row>
+    <row r="317" spans="1:4" ht="115.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A317" s="14" t="s">
+        <v>2499</v>
+      </c>
+      <c r="B317" s="25" t="s">
+        <v>620</v>
+      </c>
+      <c r="C317" s="24" t="s">
+        <v>621</v>
+      </c>
+      <c r="D317" s="33">
+        <v>46138</v>
+      </c>
+    </row>
+    <row r="318" spans="1:4" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A318" s="15" t="s">
+        <v>622</v>
+      </c>
+      <c r="B318" s="24" t="s">
+        <v>623</v>
+      </c>
+      <c r="C318" s="24" t="s">
+        <v>471</v>
+      </c>
+      <c r="D318" s="33">
+        <v>46119</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4" ht="381.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A319" s="14" t="s">
+        <v>624</v>
+      </c>
+      <c r="B319" s="24" t="s">
+        <v>625</v>
+      </c>
+      <c r="C319" s="24" t="s">
+        <v>471</v>
+      </c>
+      <c r="D319" s="33">
+        <v>46120</v>
+      </c>
+    </row>
+    <row r="320" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A320" s="15" t="s">
+        <v>626</v>
+      </c>
+      <c r="B320" s="25" t="s">
+        <v>627</v>
+      </c>
+      <c r="C320" s="24" t="s">
+        <v>628</v>
+      </c>
+      <c r="D320" s="38">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="321" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A321" s="13" t="s">
+        <v>629</v>
+      </c>
+      <c r="B321" s="25" t="s">
+        <v>630</v>
+      </c>
+      <c r="C321" s="24" t="s">
+        <v>631</v>
+      </c>
+      <c r="D321" s="33">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A322" s="16" t="s">
+        <v>632</v>
+      </c>
+      <c r="B322" s="24" t="s">
+        <v>633</v>
+      </c>
+      <c r="C322" s="24" t="s">
+        <v>634</v>
+      </c>
+      <c r="D322" s="33">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="323" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A323" s="13" t="s">
+        <v>635</v>
+      </c>
+      <c r="B323" s="34" t="s">
+        <v>636</v>
+      </c>
+      <c r="C323" s="24" t="s">
+        <v>608</v>
+      </c>
+      <c r="D323" s="33">
+        <v>46210</v>
+      </c>
+    </row>
+    <row r="324" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A324" s="16" t="s">
+        <v>637</v>
+      </c>
+      <c r="B324" s="25" t="s">
+        <v>638</v>
+      </c>
+      <c r="C324" s="24" t="s">
+        <v>639</v>
+      </c>
+      <c r="D324" s="33">
+        <v>46227</v>
+      </c>
+    </row>
+    <row r="325" spans="1:4" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A325" s="15" t="s">
+        <v>2752</v>
+      </c>
+      <c r="B325" s="24" t="s">
+        <v>2753</v>
+      </c>
+      <c r="C325" s="24" t="s">
+        <v>640</v>
+      </c>
+      <c r="D325" s="38">
+        <v>46205</v>
+      </c>
+    </row>
+    <row r="326" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A326" s="15" t="s">
+        <v>3351</v>
+      </c>
+      <c r="B326" s="24" t="s">
+        <v>2720</v>
+      </c>
+      <c r="C326" s="24" t="s">
+        <v>641</v>
+      </c>
+      <c r="D326" s="33">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="327" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A327" s="15" t="s">
+        <v>642</v>
+      </c>
+      <c r="B327" s="24" t="s">
+        <v>643</v>
+      </c>
+      <c r="C327" s="24" t="s">
+        <v>1905</v>
+      </c>
+      <c r="D327" s="33">
+        <v>46280</v>
+      </c>
+    </row>
+    <row r="328" spans="1:4" ht="139.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A328" s="15" t="s">
+        <v>2524</v>
+      </c>
+      <c r="B328" s="24" t="s">
+        <v>644</v>
+      </c>
+      <c r="C328" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D328" s="33">
+        <v>46242</v>
+      </c>
+    </row>
+    <row r="329" spans="1:4" ht="336.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A329" s="15" t="s">
+        <v>645</v>
+      </c>
+      <c r="B329" s="25" t="s">
+        <v>646</v>
+      </c>
+      <c r="C329" s="24" t="s">
+        <v>647</v>
+      </c>
+      <c r="D329" s="33">
+        <v>46225</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A330" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="B330" s="24" t="s">
+        <v>650</v>
+      </c>
+      <c r="C330" s="24" t="s">
+        <v>651</v>
+      </c>
+      <c r="D330" s="33">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="331" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A331" s="15" t="s">
+        <v>652</v>
+      </c>
+      <c r="B331" s="25" t="s">
+        <v>653</v>
+      </c>
+      <c r="C331" s="24" t="s">
+        <v>3183</v>
+      </c>
+      <c r="D331" s="38">
+        <v>46264</v>
+      </c>
+    </row>
+    <row r="332" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A332" s="15" t="s">
+        <v>654</v>
+      </c>
+      <c r="B332" s="24" t="s">
+        <v>655</v>
+      </c>
+      <c r="C332" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D332" s="33">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="333" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A333" s="15" t="s">
+        <v>656</v>
+      </c>
+      <c r="B333" s="24" t="s">
+        <v>657</v>
+      </c>
+      <c r="C333" s="24" t="s">
+        <v>658</v>
+      </c>
+      <c r="D333" s="33">
+        <v>46281</v>
+      </c>
+    </row>
+    <row r="334" spans="1:4" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A334" s="14" t="s">
+        <v>659</v>
+      </c>
+      <c r="B334" s="24" t="s">
+        <v>660</v>
+      </c>
+      <c r="C334" s="24" t="s">
+        <v>1906</v>
+      </c>
+      <c r="D334" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="335" spans="1:4" ht="135" x14ac:dyDescent="0.25">
+      <c r="A335" s="15" t="s">
+        <v>661</v>
+      </c>
+      <c r="B335" s="25" t="s">
+        <v>662</v>
+      </c>
+      <c r="C335" s="24" t="s">
+        <v>3386</v>
+      </c>
+      <c r="D335" s="38">
+        <v>46288</v>
+      </c>
+    </row>
+    <row r="336" spans="1:4" ht="264" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A336" s="16" t="s">
+        <v>664</v>
+      </c>
+      <c r="B336" s="24" t="s">
+        <v>2720</v>
+      </c>
+      <c r="C336" s="24" t="s">
+        <v>665</v>
+      </c>
+      <c r="D336" s="33">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="337" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A337" s="15" t="s">
+        <v>666</v>
+      </c>
+      <c r="B337" s="30" t="s">
+        <v>667</v>
+      </c>
+      <c r="C337" s="24" t="s">
+        <v>668</v>
+      </c>
+      <c r="D337" s="33">
+        <v>46316</v>
+      </c>
+    </row>
+    <row r="338" spans="1:4" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A338" s="15" t="s">
+        <v>3076</v>
+      </c>
+      <c r="B338" s="34" t="s">
+        <v>3334</v>
+      </c>
+      <c r="C338" s="24" t="s">
+        <v>1908</v>
+      </c>
+      <c r="D338" s="33">
+        <v>46323</v>
+      </c>
+    </row>
+    <row r="339" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A339" s="15" t="s">
+        <v>669</v>
+      </c>
+      <c r="B339" s="30" t="s">
+        <v>670</v>
+      </c>
+      <c r="C339" s="24" t="s">
+        <v>671</v>
+      </c>
+      <c r="D339" s="33">
+        <v>46319</v>
+      </c>
+    </row>
+    <row r="340" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A340" s="15" t="s">
+        <v>672</v>
+      </c>
+      <c r="B340" s="24" t="s">
+        <v>673</v>
+      </c>
+      <c r="C340" s="24" t="s">
+        <v>674</v>
+      </c>
+      <c r="D340" s="33">
+        <v>46329</v>
+      </c>
+    </row>
+    <row r="341" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A341" s="15" t="s">
+        <v>675</v>
+      </c>
+      <c r="B341" s="24" t="s">
+        <v>676</v>
+      </c>
+      <c r="C341" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D341" s="33">
+        <v>46330</v>
+      </c>
+    </row>
+    <row r="342" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A342" s="15" t="s">
+        <v>677</v>
+      </c>
+      <c r="B342" s="24" t="s">
+        <v>678</v>
+      </c>
+      <c r="C342" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D342" s="33">
+        <v>46330</v>
+      </c>
+    </row>
+    <row r="343" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A343" s="15" t="s">
+        <v>2165</v>
+      </c>
+      <c r="B343" s="24" t="s">
+        <v>679</v>
+      </c>
+      <c r="C343" s="24" t="s">
+        <v>74</v>
+      </c>
+      <c r="D343" s="33">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="344" spans="1:4" ht="77.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A344" s="13" t="s">
+        <v>3184</v>
+      </c>
+      <c r="B344" s="25" t="s">
+        <v>680</v>
+      </c>
+      <c r="C344" s="24" t="s">
+        <v>681</v>
+      </c>
+      <c r="D344" s="38">
+        <v>46309</v>
+      </c>
+    </row>
+    <row r="345" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A345" s="15" t="s">
+        <v>3112</v>
+      </c>
+      <c r="B345" s="30" t="s">
+        <v>682</v>
+      </c>
+      <c r="C345" s="24" t="s">
+        <v>683</v>
+      </c>
+      <c r="D345" s="33">
+        <v>46189</v>
+      </c>
+    </row>
+    <row r="346" spans="1:4" ht="230.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A346" s="21" t="s">
+        <v>2150</v>
+      </c>
+      <c r="B346" s="25" t="s">
+        <v>686</v>
+      </c>
+      <c r="C346" s="24" t="s">
+        <v>687</v>
+      </c>
+      <c r="D346" s="38">
+        <v>46350</v>
+      </c>
+    </row>
+    <row r="347" spans="1:4" ht="131.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A347" s="15" t="s">
+        <v>688</v>
+      </c>
+      <c r="B347" s="30" t="s">
+        <v>689</v>
+      </c>
+      <c r="C347" s="24" t="s">
+        <v>690</v>
+      </c>
+      <c r="D347" s="38">
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="348" spans="1:4" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A348" s="13" t="s">
+        <v>3549</v>
+      </c>
+      <c r="B348" s="24" t="s">
+        <v>692</v>
+      </c>
+      <c r="C348" s="24" t="s">
+        <v>693</v>
+      </c>
+      <c r="D348" s="33">
+        <v>46361</v>
+      </c>
+    </row>
+    <row r="349" spans="1:4" ht="73.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A349" s="15" t="s">
+        <v>3405</v>
+      </c>
+      <c r="B349" s="30" t="s">
+        <v>694</v>
+      </c>
+      <c r="C349" s="24" t="s">
+        <v>1910</v>
+      </c>
+      <c r="D349" s="33">
+        <v>46362</v>
+      </c>
+    </row>
+    <row r="350" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A350" s="16" t="s">
+        <v>695</v>
+      </c>
+      <c r="B350" s="30" t="s">
+        <v>696</v>
+      </c>
+      <c r="C350" s="24" t="s">
+        <v>697</v>
+      </c>
+      <c r="D350" s="33">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="351" spans="1:4" ht="169.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A351" s="15" t="s">
+        <v>2763</v>
+      </c>
+      <c r="B351" s="24" t="s">
+        <v>2764</v>
+      </c>
+      <c r="C351" s="24" t="s">
+        <v>588</v>
+      </c>
+      <c r="D351" s="38">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="352" spans="1:4" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A352" s="15" t="s">
+        <v>3564</v>
+      </c>
+      <c r="B352" s="24" t="s">
+        <v>698</v>
+      </c>
+      <c r="C352" s="24" t="s">
+        <v>699</v>
+      </c>
+      <c r="D352" s="33">
+        <v>46323</v>
+      </c>
+    </row>
+    <row r="353" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A353" s="15" t="s">
+        <v>3428</v>
+      </c>
+      <c r="B353" s="24" t="s">
+        <v>700</v>
+      </c>
+      <c r="C353" s="24" t="s">
+        <v>701</v>
+      </c>
+      <c r="D353" s="38">
+        <v>46365</v>
+      </c>
+    </row>
+    <row r="354" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A354" s="14" t="s">
+        <v>3185</v>
+      </c>
+      <c r="B354" s="34" t="s">
+        <v>2232</v>
+      </c>
+      <c r="C354" s="24" t="s">
+        <v>702</v>
+      </c>
+      <c r="D354" s="33">
+        <v>46375</v>
+      </c>
+    </row>
+    <row r="355" spans="1:4" ht="171.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A355" s="20" t="s">
+        <v>2186</v>
+      </c>
+      <c r="B355" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="C355" s="24" t="s">
+        <v>703</v>
+      </c>
+      <c r="D355" s="33">
+        <v>46402</v>
+      </c>
+    </row>
+    <row r="356" spans="1:4" ht="192.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A356" s="15" t="s">
+        <v>3608</v>
+      </c>
+      <c r="B356" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="C356" s="24" t="s">
+        <v>704</v>
+      </c>
+      <c r="D356" s="33">
+        <v>46404</v>
+      </c>
+    </row>
+    <row r="357" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A357" s="16" t="s">
+        <v>3252</v>
+      </c>
+      <c r="B357" s="24" t="s">
+        <v>142</v>
+      </c>
+      <c r="C357" s="24" t="s">
+        <v>705</v>
+      </c>
+      <c r="D357" s="33">
+        <v>46153</v>
+      </c>
+    </row>
+    <row r="358" spans="1:4" ht="266.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A358" s="14" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B358" s="34" t="s">
+        <v>706</v>
+      </c>
+      <c r="C358" s="24" t="s">
+        <v>707</v>
+      </c>
+      <c r="D358" s="33">
+        <v>46409</v>
+      </c>
+    </row>
+    <row r="359" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A359" s="13" t="s">
+        <v>708</v>
+      </c>
+      <c r="B359" s="25" t="s">
+        <v>254</v>
+      </c>
+      <c r="C359" s="24" t="s">
+        <v>255</v>
+      </c>
+      <c r="D359" s="33">
+        <v>46222</v>
+      </c>
+    </row>
+    <row r="360" spans="1:4" ht="198.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A360" s="16" t="s">
+        <v>3639</v>
+      </c>
+      <c r="B360" s="24" t="s">
+        <v>709</v>
+      </c>
+      <c r="C360" s="24" t="s">
+        <v>710</v>
+      </c>
+      <c r="D360" s="33">
+        <v>46402</v>
+      </c>
+    </row>
+    <row r="361" spans="1:4" ht="57" x14ac:dyDescent="0.25">
+      <c r="A361" s="20" t="s">
+        <v>711</v>
+      </c>
+      <c r="B361" s="24" t="s">
+        <v>712</v>
+      </c>
+      <c r="C361" s="24" t="s">
+        <v>1911</v>
+      </c>
+      <c r="D361" s="33">
+        <v>46447</v>
+      </c>
+    </row>
+    <row r="362" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A362" s="13" t="s">
+        <v>713</v>
+      </c>
+      <c r="B362" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="C362" s="24" t="s">
+        <v>1912</v>
+      </c>
+      <c r="D362" s="38">
+        <v>46415</v>
+      </c>
+    </row>
+    <row r="363" spans="1:4" ht="105.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A363" s="15" t="s">
+        <v>2192</v>
+      </c>
+      <c r="B363" s="25" t="s">
+        <v>714</v>
+      </c>
+      <c r="C363" s="24" t="s">
+        <v>715</v>
+      </c>
+      <c r="D363" s="38">
+        <v>46414</v>
+      </c>
+    </row>
+    <row r="364" spans="1:4" ht="135" x14ac:dyDescent="0.25">
+      <c r="A364" s="13" t="s">
+        <v>2273</v>
+      </c>
+      <c r="B364" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="C364" s="24" t="s">
+        <v>716</v>
+      </c>
+      <c r="D364" s="38">
+        <v>46416</v>
+      </c>
+    </row>
+    <row r="365" spans="1:4" ht="315.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A365" s="16" t="s">
+        <v>717</v>
+      </c>
+      <c r="B365" s="25" t="s">
+        <v>2790</v>
+      </c>
+      <c r="C365" s="24" t="s">
+        <v>1913</v>
+      </c>
+      <c r="D365" s="33">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="366" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A366" s="15" t="s">
+        <v>718</v>
+      </c>
+      <c r="B366" s="30" t="s">
+        <v>719</v>
+      </c>
+      <c r="C366" s="24" t="s">
+        <v>720</v>
+      </c>
+      <c r="D366" s="38">
+        <v>46367</v>
+      </c>
+    </row>
+    <row r="367" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A367" s="15" t="s">
+        <v>3582</v>
+      </c>
+      <c r="B367" s="30" t="s">
+        <v>721</v>
+      </c>
+      <c r="C367" s="24" t="s">
+        <v>3186</v>
+      </c>
+      <c r="D367" s="38">
+        <v>46422</v>
+      </c>
+    </row>
+    <row r="368" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A368" s="13" t="s">
+        <v>722</v>
+      </c>
+      <c r="B368" s="24" t="s">
+        <v>570</v>
+      </c>
+      <c r="C368" s="24" t="s">
+        <v>1914</v>
+      </c>
+      <c r="D368" s="33">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="369" spans="1:4" ht="146.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A369" s="16" t="s">
+        <v>723</v>
+      </c>
+      <c r="B369" s="34" t="s">
+        <v>2400</v>
+      </c>
+      <c r="C369" s="24" t="s">
+        <v>724</v>
+      </c>
+      <c r="D369" s="33">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="370" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A370" s="15" t="s">
+        <v>2301</v>
+      </c>
+      <c r="B370" s="24" t="s">
+        <v>725</v>
+      </c>
+      <c r="C370" s="24" t="s">
+        <v>726</v>
+      </c>
+      <c r="D370" s="33">
+        <v>46436</v>
+      </c>
+    </row>
+    <row r="371" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A371" s="15" t="s">
+        <v>727</v>
+      </c>
+      <c r="B371" s="30" t="s">
+        <v>728</v>
+      </c>
+      <c r="C371" s="24" t="s">
+        <v>1915</v>
+      </c>
+      <c r="D371" s="33">
+        <v>46445</v>
+      </c>
+    </row>
+    <row r="372" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A372" s="13" t="s">
+        <v>2128</v>
+      </c>
+      <c r="B372" s="25" t="s">
+        <v>729</v>
+      </c>
+      <c r="C372" s="24" t="s">
+        <v>730</v>
+      </c>
+      <c r="D372" s="38">
+        <v>46101</v>
+      </c>
+    </row>
+    <row r="373" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A373" s="15" t="s">
+        <v>731</v>
+      </c>
+      <c r="B373" s="24" t="s">
+        <v>732</v>
+      </c>
+      <c r="C373" s="24" t="s">
+        <v>74</v>
+      </c>
+      <c r="D373" s="33">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="374" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A374" s="13" t="s">
+        <v>2129</v>
+      </c>
+      <c r="B374" s="24" t="s">
+        <v>570</v>
+      </c>
+      <c r="C374" s="24" t="s">
+        <v>733</v>
+      </c>
+      <c r="D374" s="33">
+        <v>46117</v>
+      </c>
+    </row>
+    <row r="375" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A375" s="15" t="s">
+        <v>734</v>
+      </c>
+      <c r="B375" s="30" t="s">
+        <v>735</v>
+      </c>
+      <c r="C375" s="24" t="s">
+        <v>3546</v>
+      </c>
+      <c r="D375" s="33">
+        <v>46090</v>
+      </c>
+    </row>
+    <row r="376" spans="1:4" ht="240.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A376" s="13" t="s">
+        <v>2312</v>
+      </c>
+      <c r="B376" s="25" t="s">
+        <v>736</v>
+      </c>
+      <c r="C376" s="24" t="s">
+        <v>737</v>
+      </c>
+      <c r="D376" s="33">
+        <v>46091</v>
+      </c>
+    </row>
+    <row r="377" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A377" s="15" t="s">
+        <v>738</v>
+      </c>
+      <c r="B377" s="25" t="s">
+        <v>739</v>
+      </c>
+      <c r="C377" s="24" t="s">
+        <v>1916</v>
+      </c>
+      <c r="D377" s="38">
+        <v>46092</v>
+      </c>
+    </row>
+    <row r="378" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A378" s="16" t="s">
+        <v>740</v>
+      </c>
+      <c r="B378" s="24" t="s">
+        <v>741</v>
+      </c>
+      <c r="C378" s="24" t="s">
+        <v>496</v>
+      </c>
+      <c r="D378" s="33">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="379" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A379" s="15" t="s">
+        <v>742</v>
+      </c>
+      <c r="B379" s="30" t="s">
+        <v>743</v>
+      </c>
+      <c r="C379" s="24" t="s">
+        <v>744</v>
+      </c>
+      <c r="D379" s="38">
+        <v>46103</v>
+      </c>
+    </row>
+    <row r="380" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A380" s="15" t="s">
+        <v>745</v>
+      </c>
+      <c r="B380" s="30" t="s">
+        <v>746</v>
+      </c>
+      <c r="C380" s="24" t="s">
+        <v>3187</v>
+      </c>
+      <c r="D380" s="38">
+        <v>46321</v>
+      </c>
+    </row>
+    <row r="381" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A381" s="15" t="s">
+        <v>747</v>
+      </c>
+      <c r="B381" s="30" t="s">
+        <v>748</v>
+      </c>
+      <c r="C381" s="24" t="s">
+        <v>749</v>
+      </c>
+      <c r="D381" s="33">
+        <v>46152</v>
+      </c>
+    </row>
+    <row r="382" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A382" s="15" t="s">
+        <v>750</v>
+      </c>
+      <c r="B382" s="30" t="s">
+        <v>751</v>
+      </c>
+      <c r="C382" s="24" t="s">
+        <v>489</v>
+      </c>
+      <c r="D382" s="38">
+        <v>46092</v>
+      </c>
+    </row>
+    <row r="383" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A383" s="15" t="s">
+        <v>752</v>
+      </c>
+      <c r="B383" s="24" t="s">
+        <v>753</v>
+      </c>
+      <c r="C383" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D383" s="33">
+        <v>46179</v>
+      </c>
+    </row>
+    <row r="384" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A384" s="15" t="s">
+        <v>754</v>
+      </c>
+      <c r="B384" s="30" t="s">
+        <v>755</v>
+      </c>
+      <c r="C384" s="24" t="s">
+        <v>756</v>
+      </c>
+      <c r="D384" s="38">
+        <v>46152</v>
+      </c>
+    </row>
+    <row r="385" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A385" s="15" t="s">
+        <v>2493</v>
+      </c>
+      <c r="B385" s="24" t="s">
+        <v>757</v>
+      </c>
+      <c r="C385" s="24" t="s">
+        <v>758</v>
+      </c>
+      <c r="D385" s="33">
+        <v>46187</v>
+      </c>
+    </row>
+    <row r="386" spans="1:4" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A386" s="15" t="s">
+        <v>759</v>
+      </c>
+      <c r="B386" s="24" t="s">
+        <v>760</v>
+      </c>
+      <c r="C386" s="24" t="s">
+        <v>761</v>
+      </c>
+      <c r="D386" s="38">
+        <v>46187</v>
+      </c>
+    </row>
+    <row r="387" spans="1:4" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A387" s="16" t="s">
+        <v>762</v>
+      </c>
+      <c r="B387" s="30" t="s">
+        <v>763</v>
+      </c>
+      <c r="C387" s="24" t="s">
+        <v>764</v>
+      </c>
+      <c r="D387" s="38">
+        <v>46422</v>
+      </c>
+    </row>
+    <row r="388" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A388" s="15" t="s">
+        <v>765</v>
+      </c>
+      <c r="B388" s="30" t="s">
+        <v>766</v>
+      </c>
+      <c r="C388" s="24" t="s">
+        <v>767</v>
+      </c>
+      <c r="D388" s="33">
+        <v>46167</v>
+      </c>
+    </row>
+    <row r="389" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A389" s="13" t="s">
+        <v>768</v>
+      </c>
+      <c r="B389" s="24" t="s">
+        <v>769</v>
+      </c>
+      <c r="C389" s="24" t="s">
+        <v>770</v>
+      </c>
+      <c r="D389" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4" ht="149.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A390" s="31" t="s">
+        <v>771</v>
+      </c>
+      <c r="B390" s="24" t="s">
+        <v>772</v>
+      </c>
+      <c r="C390" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D390" s="33">
+        <v>46188</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A391" s="13" t="s">
+        <v>773</v>
+      </c>
+      <c r="B391" s="25" t="s">
+        <v>774</v>
+      </c>
+      <c r="C391" s="24" t="s">
+        <v>775</v>
+      </c>
+      <c r="D391" s="33">
+        <v>46192</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A392" s="13" t="s">
+        <v>776</v>
+      </c>
+      <c r="B392" s="24" t="s">
+        <v>777</v>
+      </c>
+      <c r="C392" s="24" t="s">
+        <v>778</v>
+      </c>
+      <c r="D392" s="33">
+        <v>46192</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4" ht="377.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A393" s="14" t="s">
+        <v>779</v>
+      </c>
+      <c r="B393" s="24" t="s">
+        <v>2733</v>
+      </c>
+      <c r="C393" s="24" t="s">
+        <v>780</v>
+      </c>
+      <c r="D393" s="33">
+        <v>46193</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A394" s="15" t="s">
+        <v>781</v>
+      </c>
+      <c r="B394" s="30" t="s">
+        <v>782</v>
+      </c>
+      <c r="C394" s="24" t="s">
+        <v>783</v>
+      </c>
+      <c r="D394" s="33">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A395" s="15" t="s">
+        <v>784</v>
+      </c>
+      <c r="B395" s="30" t="s">
+        <v>785</v>
+      </c>
+      <c r="C395" s="24" t="s">
+        <v>786</v>
+      </c>
+      <c r="D395" s="38">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A396" s="15" t="s">
+        <v>2929</v>
+      </c>
+      <c r="B396" s="30" t="s">
+        <v>787</v>
+      </c>
+      <c r="C396" s="24" t="s">
+        <v>421</v>
+      </c>
+      <c r="D396" s="38">
+        <v>46209</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A397" s="18" t="s">
+        <v>788</v>
+      </c>
+      <c r="B397" s="30" t="s">
+        <v>789</v>
+      </c>
+      <c r="C397" s="24" t="s">
+        <v>790</v>
+      </c>
+      <c r="D397" s="38">
+        <v>46144</v>
+      </c>
+    </row>
+    <row r="398" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A398" s="15" t="s">
+        <v>791</v>
+      </c>
+      <c r="B398" s="30" t="s">
+        <v>792</v>
+      </c>
+      <c r="C398" s="24" t="s">
+        <v>793</v>
+      </c>
+      <c r="D398" s="38">
+        <v>46134</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A399" s="15" t="s">
+        <v>3401</v>
+      </c>
+      <c r="B399" s="25" t="s">
+        <v>507</v>
+      </c>
+      <c r="C399" s="24" t="s">
+        <v>794</v>
+      </c>
+      <c r="D399" s="38">
+        <v>46227</v>
+      </c>
+    </row>
+    <row r="400" spans="1:4" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A400" s="15" t="s">
+        <v>2581</v>
+      </c>
+      <c r="B400" s="24" t="s">
+        <v>795</v>
+      </c>
+      <c r="C400" s="24" t="s">
+        <v>1917</v>
+      </c>
+      <c r="D400" s="38">
         <v>46142</v>
       </c>
     </row>
-    <row r="317" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="D317" s="38">
+    <row r="401" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A401" s="15" t="s">
+        <v>796</v>
+      </c>
+      <c r="B401" s="24" t="s">
+        <v>797</v>
+      </c>
+      <c r="C401" s="24" t="s">
+        <v>798</v>
+      </c>
+      <c r="D401" s="38">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="402" spans="1:4" ht="225" x14ac:dyDescent="0.25">
+      <c r="A402" s="15" t="s">
+        <v>2717</v>
+      </c>
+      <c r="B402" s="30" t="s">
+        <v>799</v>
+      </c>
+      <c r="C402" s="24" t="s">
+        <v>800</v>
+      </c>
+      <c r="D402" s="33">
+        <v>46244</v>
+      </c>
+    </row>
+    <row r="403" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A403" s="15" t="s">
+        <v>2928</v>
+      </c>
+      <c r="B403" s="30" t="s">
+        <v>801</v>
+      </c>
+      <c r="C403" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D403" s="33">
+        <v>46244</v>
+      </c>
+    </row>
+    <row r="404" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A404" s="16" t="s">
+        <v>802</v>
+      </c>
+      <c r="B404" s="24" t="s">
+        <v>470</v>
+      </c>
+      <c r="C404" s="24" t="s">
+        <v>471</v>
+      </c>
+      <c r="D404" s="38">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="405" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A405" s="13" t="s">
+        <v>2127</v>
+      </c>
+      <c r="B405" s="25" t="s">
+        <v>394</v>
+      </c>
+      <c r="C405" s="24" t="s">
+        <v>803</v>
+      </c>
+      <c r="D405" s="33">
+        <v>46366</v>
+      </c>
+    </row>
+    <row r="406" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A406" s="15" t="s">
+        <v>2727</v>
+      </c>
+      <c r="B406" s="24" t="s">
+        <v>804</v>
+      </c>
+      <c r="C406" s="24" t="s">
+        <v>1918</v>
+      </c>
+      <c r="D406" s="38">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="407" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A407" s="15" t="s">
+        <v>805</v>
+      </c>
+      <c r="B407" s="24" t="s">
+        <v>760</v>
+      </c>
+      <c r="C407" s="24" t="s">
+        <v>761</v>
+      </c>
+      <c r="D407" s="38">
+        <v>46280</v>
+      </c>
+    </row>
+    <row r="408" spans="1:4" ht="236.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A408" s="44" t="s">
+        <v>806</v>
+      </c>
+      <c r="B408" s="32" t="s">
+        <v>807</v>
+      </c>
+      <c r="C408" s="24" t="s">
+        <v>808</v>
+      </c>
+      <c r="D408" s="47">
+        <v>46310</v>
+      </c>
+    </row>
+    <row r="409" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A409" s="15" t="s">
+        <v>3038</v>
+      </c>
+      <c r="B409" s="25" t="s">
+        <v>809</v>
+      </c>
+      <c r="C409" s="24" t="s">
+        <v>3188</v>
+      </c>
+      <c r="D409" s="38">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="410" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A410" s="13" t="s">
+        <v>3464</v>
+      </c>
+      <c r="B410" s="24" t="s">
+        <v>2720</v>
+      </c>
+      <c r="C410" s="93" t="s">
+        <v>555</v>
+      </c>
+      <c r="D410" s="33">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="411" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A411" s="15" t="s">
+        <v>810</v>
+      </c>
+      <c r="B411" s="24" t="s">
+        <v>1766</v>
+      </c>
+      <c r="C411" s="24" t="s">
+        <v>811</v>
+      </c>
+      <c r="D411" s="38">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="412" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A412" s="15" t="s">
+        <v>812</v>
+      </c>
+      <c r="B412" s="25" t="s">
+        <v>510</v>
+      </c>
+      <c r="C412" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="D412" s="33">
+        <v>46355</v>
+      </c>
+    </row>
+    <row r="413" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A413" s="15" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B413" s="24" t="s">
+        <v>813</v>
+      </c>
+      <c r="C413" s="24" t="s">
+        <v>814</v>
+      </c>
+      <c r="D413" s="33">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="414" spans="1:4" ht="77.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A414" s="15" t="s">
+        <v>815</v>
+      </c>
+      <c r="B414" s="30" t="s">
+        <v>816</v>
+      </c>
+      <c r="C414" s="24" t="s">
+        <v>1919</v>
+      </c>
+      <c r="D414" s="33">
+        <v>46360</v>
+      </c>
+    </row>
+    <row r="415" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A415" s="13" t="s">
+        <v>817</v>
+      </c>
+      <c r="B415" s="24" t="s">
+        <v>818</v>
+      </c>
+      <c r="C415" s="24" t="s">
+        <v>819</v>
+      </c>
+      <c r="D415" s="33">
+        <v>46271</v>
+      </c>
+    </row>
+    <row r="416" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A416" s="15" t="s">
+        <v>820</v>
+      </c>
+      <c r="B416" s="30" t="s">
+        <v>821</v>
+      </c>
+      <c r="C416" s="24" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D416" s="33">
+        <v>46332</v>
+      </c>
+    </row>
+    <row r="417" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A417" s="15" t="s">
+        <v>2090</v>
+      </c>
+      <c r="B417" s="30" t="s">
+        <v>822</v>
+      </c>
+      <c r="C417" s="24" t="s">
+        <v>823</v>
+      </c>
+      <c r="D417" s="38">
+        <v>46353</v>
+      </c>
+    </row>
+    <row r="418" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A418" s="13" t="s">
+        <v>824</v>
+      </c>
+      <c r="B418" s="24" t="s">
+        <v>825</v>
+      </c>
+      <c r="C418" s="24" t="s">
+        <v>826</v>
+      </c>
+      <c r="D418" s="33">
+        <v>46318</v>
+      </c>
+    </row>
+    <row r="419" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A419" s="16" t="s">
+        <v>827</v>
+      </c>
+      <c r="B419" s="30" t="s">
+        <v>696</v>
+      </c>
+      <c r="C419" s="24" t="s">
+        <v>697</v>
+      </c>
+      <c r="D419" s="38">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="420" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A420" s="13" t="s">
+        <v>2091</v>
+      </c>
+      <c r="B420" s="24" t="s">
+        <v>828</v>
+      </c>
+      <c r="C420" s="24" t="s">
+        <v>829</v>
+      </c>
+      <c r="D420" s="33">
+        <v>46088</v>
+      </c>
+    </row>
+    <row r="421" spans="1:4" ht="123" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A421" s="60" t="s">
+        <v>2755</v>
+      </c>
+      <c r="B421" s="96" t="s">
+        <v>422</v>
+      </c>
+      <c r="C421" s="87" t="s">
+        <v>2756</v>
+      </c>
+      <c r="D421" s="33">
+        <v>46370</v>
+      </c>
+    </row>
+    <row r="422" spans="1:4" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A422" s="15" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B422" s="30" t="s">
+        <v>830</v>
+      </c>
+      <c r="C422" s="24" t="s">
+        <v>496</v>
+      </c>
+      <c r="D422" s="38">
+        <v>46359</v>
+      </c>
+    </row>
+    <row r="423" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A423" s="15" t="s">
+        <v>831</v>
+      </c>
+      <c r="B423" s="25" t="s">
+        <v>832</v>
+      </c>
+      <c r="C423" s="24" t="s">
+        <v>1921</v>
+      </c>
+      <c r="D423" s="38">
+        <v>46366</v>
+      </c>
+    </row>
+    <row r="424" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A424" s="15" t="s">
+        <v>2120</v>
+      </c>
+      <c r="B424" s="30" t="s">
+        <v>833</v>
+      </c>
+      <c r="C424" s="24" t="s">
+        <v>3189</v>
+      </c>
+      <c r="D424" s="38">
+        <v>46363</v>
+      </c>
+    </row>
+    <row r="425" spans="1:4" ht="231.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A425" s="14" t="s">
+        <v>834</v>
+      </c>
+      <c r="B425" s="24" t="s">
+        <v>835</v>
+      </c>
+      <c r="C425" s="24" t="s">
+        <v>1922</v>
+      </c>
+      <c r="D425" s="38">
+        <v>46331</v>
+      </c>
+    </row>
+    <row r="426" spans="1:4" ht="225.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A426" s="16" t="s">
+        <v>836</v>
+      </c>
+      <c r="B426" s="24" t="s">
+        <v>837</v>
+      </c>
+      <c r="C426" s="24" t="s">
+        <v>1923</v>
+      </c>
+      <c r="D426" s="33">
+        <v>46184</v>
+      </c>
+    </row>
+    <row r="427" spans="1:4" ht="87.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A427" s="14" t="s">
+        <v>3445</v>
+      </c>
+      <c r="B427" s="24" t="s">
+        <v>838</v>
+      </c>
+      <c r="C427" s="24" t="s">
+        <v>1924</v>
+      </c>
+      <c r="D427" s="33">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="428" spans="1:4" ht="189" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A428" s="14" t="s">
+        <v>839</v>
+      </c>
+      <c r="B428" s="24" t="s">
+        <v>840</v>
+      </c>
+      <c r="C428" s="24" t="s">
+        <v>841</v>
+      </c>
+      <c r="D428" s="33">
+        <v>46377</v>
+      </c>
+    </row>
+    <row r="429" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A429" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="B429" s="30" t="s">
+        <v>843</v>
+      </c>
+      <c r="C429" s="24" t="s">
+        <v>1925</v>
+      </c>
+      <c r="D429" s="33">
+        <v>46392</v>
+      </c>
+    </row>
+    <row r="430" spans="1:4" ht="353.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A430" s="13" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B430" s="25" t="s">
+        <v>844</v>
+      </c>
+      <c r="C430" s="24" t="s">
+        <v>845</v>
+      </c>
+      <c r="D430" s="33">
+        <v>46283</v>
+      </c>
+    </row>
+    <row r="431" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A431" s="15" t="s">
+        <v>846</v>
+      </c>
+      <c r="B431" s="30" t="s">
+        <v>847</v>
+      </c>
+      <c r="C431" s="24" t="s">
+        <v>1926</v>
+      </c>
+      <c r="D431" s="33">
+        <v>46376</v>
+      </c>
+    </row>
+    <row r="432" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A432" s="15" t="s">
+        <v>3431</v>
+      </c>
+      <c r="B432" s="24" t="s">
+        <v>848</v>
+      </c>
+      <c r="C432" s="24" t="s">
+        <v>1927</v>
+      </c>
+      <c r="D432" s="33">
+        <v>46398</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A433" s="15" t="s">
+        <v>850</v>
+      </c>
+      <c r="B433" s="25" t="s">
+        <v>851</v>
+      </c>
+      <c r="C433" s="108" t="s">
+        <v>2850</v>
+      </c>
+      <c r="D433" s="38">
+        <v>46281</v>
+      </c>
+      <c r="E433" s="86"/>
+    </row>
+    <row r="434" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A434" s="13" t="s">
+        <v>852</v>
+      </c>
+      <c r="B434" s="25" t="s">
+        <v>853</v>
+      </c>
+      <c r="C434" s="24" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D434" s="33">
+        <v>46326</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A435" s="15" t="s">
+        <v>854</v>
+      </c>
+      <c r="B435" s="24" t="s">
+        <v>855</v>
+      </c>
+      <c r="C435" s="24" t="s">
+        <v>856</v>
+      </c>
+      <c r="D435" s="33">
+        <v>46409</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A436" s="15" t="s">
+        <v>857</v>
+      </c>
+      <c r="B436" s="30" t="s">
+        <v>858</v>
+      </c>
+      <c r="C436" s="24" t="s">
+        <v>3190</v>
+      </c>
+      <c r="D436" s="33">
+        <v>46411</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" ht="190.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A437" s="15" t="s">
+        <v>2458</v>
+      </c>
+      <c r="B437" s="30" t="s">
+        <v>859</v>
+      </c>
+      <c r="C437" s="24" t="s">
+        <v>74</v>
+      </c>
+      <c r="D437" s="38">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="438" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A438" s="13" t="s">
+        <v>860</v>
+      </c>
+      <c r="B438" s="24" t="s">
+        <v>861</v>
+      </c>
+      <c r="C438" s="24" t="s">
+        <v>826</v>
+      </c>
+      <c r="D438" s="33">
+        <v>46318</v>
+      </c>
+    </row>
+    <row r="439" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A439" s="15" t="s">
+        <v>862</v>
+      </c>
+      <c r="B439" s="25" t="s">
+        <v>863</v>
+      </c>
+      <c r="C439" s="24" t="s">
+        <v>826</v>
+      </c>
+      <c r="D439" s="33">
+        <v>46415</v>
+      </c>
+    </row>
+    <row r="440" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A440" s="15" t="s">
+        <v>864</v>
+      </c>
+      <c r="B440" s="30" t="s">
+        <v>865</v>
+      </c>
+      <c r="C440" s="24" t="s">
+        <v>866</v>
+      </c>
+      <c r="D440" s="33">
+        <v>46332</v>
+      </c>
+    </row>
+    <row r="441" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A441" s="15" t="s">
+        <v>867</v>
+      </c>
+      <c r="B441" s="24" t="s">
+        <v>868</v>
+      </c>
+      <c r="C441" s="24" t="s">
+        <v>869</v>
+      </c>
+      <c r="D441" s="38">
+        <v>46422</v>
+      </c>
+    </row>
+    <row r="442" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A442" s="15" t="s">
+        <v>870</v>
+      </c>
+      <c r="B442" s="30" t="s">
+        <v>871</v>
+      </c>
+      <c r="C442" s="24" t="s">
+        <v>1929</v>
+      </c>
+      <c r="D442" s="33">
+        <v>46429</v>
+      </c>
+    </row>
+    <row r="443" spans="1:5" ht="329.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A443" s="16" t="s">
+        <v>2284</v>
+      </c>
+      <c r="B443" s="24" t="s">
+        <v>872</v>
+      </c>
+      <c r="C443" s="24" t="s">
+        <v>873</v>
+      </c>
+      <c r="D443" s="38">
+        <v>46371</v>
+      </c>
+    </row>
+    <row r="444" spans="1:5" ht="297" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A444" s="14" t="s">
+        <v>2270</v>
+      </c>
+      <c r="B444" s="25" t="s">
+        <v>874</v>
+      </c>
+      <c r="C444" s="24" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D444" s="33">
+        <v>46138</v>
+      </c>
+    </row>
+    <row r="445" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A445" s="15" t="s">
+        <v>3620</v>
+      </c>
+      <c r="B445" s="24" t="s">
+        <v>403</v>
+      </c>
+      <c r="C445" s="24" t="s">
+        <v>3191</v>
+      </c>
+      <c r="D445" s="38">
+        <v>46424</v>
+      </c>
+    </row>
+    <row r="446" spans="1:5" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A446" s="15" t="s">
+        <v>2710</v>
+      </c>
+      <c r="B446" s="24" t="s">
+        <v>2709</v>
+      </c>
+      <c r="C446" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D446" s="33">
+        <v>46074</v>
+      </c>
+    </row>
+    <row r="447" spans="1:5" ht="233.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A447" s="16" t="s">
+        <v>875</v>
+      </c>
+      <c r="B447" s="24" t="s">
+        <v>876</v>
+      </c>
+      <c r="C447" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D447" s="33">
+        <v>46078</v>
+      </c>
+    </row>
+    <row r="448" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A448" s="15" t="s">
+        <v>877</v>
+      </c>
+      <c r="B448" s="30" t="s">
+        <v>878</v>
+      </c>
+      <c r="C448" s="24" t="s">
+        <v>879</v>
+      </c>
+      <c r="D448" s="33">
+        <v>46444</v>
+      </c>
+    </row>
+    <row r="449" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A449" s="15" t="s">
+        <v>3637</v>
+      </c>
+      <c r="B449" s="24" t="s">
+        <v>880</v>
+      </c>
+      <c r="C449" s="24" t="s">
+        <v>881</v>
+      </c>
+      <c r="D449" s="33">
+        <v>46447</v>
+      </c>
+    </row>
+    <row r="450" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A450" s="15" t="s">
+        <v>2123</v>
+      </c>
+      <c r="B450" s="24" t="s">
+        <v>882</v>
+      </c>
+      <c r="C450" s="24" t="s">
+        <v>883</v>
+      </c>
+      <c r="D450" s="33">
+        <v>46080</v>
+      </c>
+    </row>
+    <row r="451" spans="1:4" ht="102.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A451" s="16" t="s">
+        <v>2124</v>
+      </c>
+      <c r="B451" s="30" t="s">
+        <v>884</v>
+      </c>
+      <c r="C451" s="24" t="s">
+        <v>883</v>
+      </c>
+      <c r="D451" s="33">
+        <v>46445</v>
+      </c>
+    </row>
+    <row r="452" spans="1:4" ht="137.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A452" s="15" t="s">
+        <v>2482</v>
+      </c>
+      <c r="B452" s="24" t="s">
+        <v>885</v>
+      </c>
+      <c r="C452" s="24" t="s">
+        <v>3192</v>
+      </c>
+      <c r="D452" s="33">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="453" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A453" s="15" t="s">
+        <v>887</v>
+      </c>
+      <c r="B453" s="24" t="s">
+        <v>888</v>
+      </c>
+      <c r="C453" s="24" t="s">
+        <v>889</v>
+      </c>
+      <c r="D453" s="33">
+        <v>46091</v>
+      </c>
+    </row>
+    <row r="454" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A454" s="15" t="s">
+        <v>890</v>
+      </c>
+      <c r="B454" s="30" t="s">
+        <v>891</v>
+      </c>
+      <c r="C454" s="24" t="s">
+        <v>892</v>
+      </c>
+      <c r="D454" s="38">
+        <v>46456</v>
+      </c>
+    </row>
+    <row r="455" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A455" s="15" t="s">
+        <v>893</v>
+      </c>
+      <c r="B455" s="30" t="s">
+        <v>894</v>
+      </c>
+      <c r="C455" s="24" t="s">
+        <v>3193</v>
+      </c>
+      <c r="D455" s="38">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="456" spans="1:4" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A456" s="14" t="s">
+        <v>895</v>
+      </c>
+      <c r="B456" s="24" t="s">
+        <v>896</v>
+      </c>
+      <c r="C456" s="24" t="s">
+        <v>897</v>
+      </c>
+      <c r="D456" s="33">
+        <v>46104</v>
+      </c>
+    </row>
+    <row r="457" spans="1:4" ht="189" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A457" s="16" t="s">
+        <v>898</v>
+      </c>
+      <c r="B457" s="25" t="s">
+        <v>899</v>
+      </c>
+      <c r="C457" s="24" t="s">
+        <v>900</v>
+      </c>
+      <c r="D457" s="33">
+        <v>46130</v>
+      </c>
+    </row>
+    <row r="458" spans="1:4" ht="111.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A458" s="15" t="s">
+        <v>2229</v>
+      </c>
+      <c r="B458" s="34" t="s">
+        <v>2498</v>
+      </c>
+      <c r="C458" s="24" t="s">
+        <v>1931</v>
+      </c>
+      <c r="D458" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="459" spans="1:4" ht="45.75" x14ac:dyDescent="0.25">
+      <c r="A459" s="20" t="s">
+        <v>901</v>
+      </c>
+      <c r="B459" s="25" t="s">
+        <v>902</v>
+      </c>
+      <c r="C459" s="24" t="s">
+        <v>903</v>
+      </c>
+      <c r="D459" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="460" spans="1:4" ht="218.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A460" s="15" t="s">
+        <v>2285</v>
+      </c>
+      <c r="B460" s="24" t="s">
+        <v>904</v>
+      </c>
+      <c r="C460" s="24" t="s">
+        <v>1932</v>
+      </c>
+      <c r="D460" s="33">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="461" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A461" s="17" t="s">
+        <v>905</v>
+      </c>
+      <c r="B461" s="36" t="s">
+        <v>906</v>
+      </c>
+      <c r="C461" s="24" t="s">
+        <v>1933</v>
+      </c>
+      <c r="D461" s="51">
+        <v>46111</v>
+      </c>
+    </row>
+    <row r="462" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A462" s="15" t="s">
+        <v>907</v>
+      </c>
+      <c r="B462" s="30" t="s">
+        <v>908</v>
+      </c>
+      <c r="C462" s="24" t="s">
+        <v>909</v>
+      </c>
+      <c r="D462" s="38">
+        <v>46111</v>
+      </c>
+    </row>
+    <row r="463" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A463" s="16" t="s">
+        <v>910</v>
+      </c>
+      <c r="B463" s="25" t="s">
+        <v>911</v>
+      </c>
+      <c r="C463" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D463" s="33">
+        <v>46124</v>
+      </c>
+    </row>
+    <row r="464" spans="1:4" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A464" s="15" t="s">
+        <v>912</v>
+      </c>
+      <c r="B464" s="24" t="s">
+        <v>3018</v>
+      </c>
+      <c r="C464" s="24" t="s">
+        <v>1934</v>
+      </c>
+      <c r="D464" s="38">
+        <v>46285</v>
+      </c>
+    </row>
+    <row r="465" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A465" s="15" t="s">
+        <v>2401</v>
+      </c>
+      <c r="B465" s="24" t="s">
+        <v>913</v>
+      </c>
+      <c r="C465" s="24" t="s">
+        <v>914</v>
+      </c>
+      <c r="D465" s="33">
+        <v>46131</v>
+      </c>
+    </row>
+    <row r="466" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A466" s="15" t="s">
+        <v>915</v>
+      </c>
+      <c r="B466" s="30" t="s">
+        <v>916</v>
+      </c>
+      <c r="C466" s="24" t="s">
+        <v>471</v>
+      </c>
+      <c r="D466" s="38">
+        <v>46130</v>
+      </c>
+    </row>
+    <row r="467" spans="1:4" ht="133.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A467" s="15" t="s">
+        <v>918</v>
+      </c>
+      <c r="B467" s="24" t="s">
+        <v>919</v>
+      </c>
+      <c r="C467" s="24" t="s">
+        <v>920</v>
+      </c>
+      <c r="D467" s="38">
+        <v>46171</v>
+      </c>
+    </row>
+    <row r="468" spans="1:4" ht="321" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A468" s="16" t="s">
+        <v>2318</v>
+      </c>
+      <c r="B468" s="24" t="s">
+        <v>921</v>
+      </c>
+      <c r="C468" s="24" t="s">
+        <v>922</v>
+      </c>
+      <c r="D468" s="33">
+        <v>46349</v>
+      </c>
+    </row>
+    <row r="469" spans="1:4" ht="291" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A469" s="15" t="s">
+        <v>2149</v>
+      </c>
+      <c r="B469" s="24" t="s">
+        <v>923</v>
+      </c>
+      <c r="C469" s="24" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D469" s="38">
+        <v>46145</v>
+      </c>
+    </row>
+    <row r="470" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A470" s="15" t="s">
+        <v>924</v>
+      </c>
+      <c r="B470" s="24" t="s">
+        <v>925</v>
+      </c>
+      <c r="C470" s="24" t="s">
+        <v>926</v>
+      </c>
+      <c r="D470" s="38">
+        <v>46146</v>
+      </c>
+    </row>
+    <row r="471" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A471" s="13" t="s">
+        <v>927</v>
+      </c>
+      <c r="B471" s="25" t="s">
+        <v>928</v>
+      </c>
+      <c r="C471" s="24" t="s">
+        <v>380</v>
+      </c>
+      <c r="D471" s="33">
+        <v>46148</v>
+      </c>
+    </row>
+    <row r="472" spans="1:4" ht="303.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A472" s="15" t="s">
+        <v>2130</v>
+      </c>
+      <c r="B472" s="30" t="s">
+        <v>929</v>
+      </c>
+      <c r="C472" s="24" t="s">
+        <v>930</v>
+      </c>
+      <c r="D472" s="33">
+        <v>46161</v>
+      </c>
+    </row>
+    <row r="473" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A473" s="15" t="s">
+        <v>2131</v>
+      </c>
+      <c r="B473" s="30" t="s">
+        <v>931</v>
+      </c>
+      <c r="C473" s="24" t="s">
+        <v>1936</v>
+      </c>
+      <c r="D473" s="33">
+        <v>46161</v>
+      </c>
+    </row>
+    <row r="474" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A474" s="15" t="s">
+        <v>2132</v>
+      </c>
+      <c r="B474" s="30" t="s">
+        <v>2564</v>
+      </c>
+      <c r="C474" s="24" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D474" s="33">
+        <v>46129</v>
+      </c>
+    </row>
+    <row r="475" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A475" s="15" t="s">
+        <v>933</v>
+      </c>
+      <c r="B475" s="30" t="s">
+        <v>934</v>
+      </c>
+      <c r="C475" s="24" t="s">
+        <v>935</v>
+      </c>
+      <c r="D475" s="33">
+        <v>46163</v>
+      </c>
+    </row>
+    <row r="476" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A476" s="15" t="s">
+        <v>936</v>
+      </c>
+      <c r="B476" s="24" t="s">
+        <v>937</v>
+      </c>
+      <c r="C476" s="24" t="s">
+        <v>938</v>
+      </c>
+      <c r="D476" s="33">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="477" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A477" s="15" t="s">
+        <v>939</v>
+      </c>
+      <c r="B477" s="30" t="s">
+        <v>940</v>
+      </c>
+      <c r="C477" s="24" t="s">
+        <v>3545</v>
+      </c>
+      <c r="D477" s="38">
+        <v>46174</v>
+      </c>
+    </row>
+    <row r="478" spans="1:4" ht="241.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A478" s="15" t="s">
+        <v>3029</v>
+      </c>
+      <c r="B478" s="24" t="s">
+        <v>3028</v>
+      </c>
+      <c r="C478" s="24" t="s">
+        <v>3194</v>
+      </c>
+      <c r="D478" s="38">
+        <v>46174</v>
+      </c>
+    </row>
+    <row r="479" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A479" s="15" t="s">
+        <v>942</v>
+      </c>
+      <c r="B479" s="30" t="s">
+        <v>943</v>
+      </c>
+      <c r="C479" s="24" t="s">
+        <v>944</v>
+      </c>
+      <c r="D479" s="38">
+        <v>46174</v>
+      </c>
+    </row>
+    <row r="480" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A480" s="15" t="s">
+        <v>945</v>
+      </c>
+      <c r="B480" s="25" t="s">
+        <v>946</v>
+      </c>
+      <c r="C480" s="24" t="s">
+        <v>1938</v>
+      </c>
+      <c r="D480" s="38">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="481" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A481" s="15" t="s">
+        <v>3578</v>
+      </c>
+      <c r="B481" s="30" t="s">
+        <v>947</v>
+      </c>
+      <c r="C481" s="24" t="s">
+        <v>948</v>
+      </c>
+      <c r="D481" s="38">
+        <v>46418</v>
+      </c>
+    </row>
+    <row r="482" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A482" s="15" t="s">
+        <v>2252</v>
+      </c>
+      <c r="B482" s="30" t="s">
+        <v>949</v>
+      </c>
+      <c r="C482" s="24" t="s">
+        <v>1939</v>
+      </c>
+      <c r="D482" s="38">
+        <v>46167</v>
+      </c>
+    </row>
+    <row r="483" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A483" s="15" t="s">
+        <v>2336</v>
+      </c>
+      <c r="B483" s="24" t="s">
+        <v>950</v>
+      </c>
+      <c r="C483" s="24" t="s">
+        <v>951</v>
+      </c>
+      <c r="D483" s="33">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="484" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A484" s="15" t="s">
+        <v>952</v>
+      </c>
+      <c r="B484" s="24" t="s">
+        <v>953</v>
+      </c>
+      <c r="C484" s="24" t="s">
+        <v>954</v>
+      </c>
+      <c r="D484" s="33">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="485" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A485" s="13" t="s">
+        <v>2253</v>
+      </c>
+      <c r="B485" s="24" t="s">
+        <v>955</v>
+      </c>
+      <c r="C485" s="24" t="s">
+        <v>956</v>
+      </c>
+      <c r="D485" s="33">
+        <v>46187</v>
+      </c>
+    </row>
+    <row r="486" spans="1:4" ht="226.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A486" s="14" t="s">
+        <v>2208</v>
+      </c>
+      <c r="B486" s="30" t="s">
+        <v>957</v>
+      </c>
+      <c r="C486" s="24" t="s">
+        <v>958</v>
+      </c>
+      <c r="D486" s="33">
+        <v>46195</v>
+      </c>
+    </row>
+    <row r="487" spans="1:4" ht="78.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A487" s="15" t="s">
+        <v>2275</v>
+      </c>
+      <c r="B487" s="24" t="s">
+        <v>959</v>
+      </c>
+      <c r="C487" s="24" t="s">
+        <v>960</v>
+      </c>
+      <c r="D487" s="33">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="488" spans="1:4" ht="136.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A488" s="15" t="s">
+        <v>2622</v>
+      </c>
+      <c r="B488" s="34" t="s">
+        <v>2461</v>
+      </c>
+      <c r="C488" s="24" t="s">
+        <v>62</v>
+      </c>
+      <c r="D488" s="38">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="489" spans="1:4" ht="216.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A489" s="16" t="s">
+        <v>961</v>
+      </c>
+      <c r="B489" s="24" t="s">
+        <v>962</v>
+      </c>
+      <c r="C489" s="24" t="s">
+        <v>710</v>
+      </c>
+      <c r="D489" s="38">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="490" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A490" s="15" t="s">
+        <v>2250</v>
+      </c>
+      <c r="B490" s="30" t="s">
+        <v>963</v>
+      </c>
+      <c r="C490" s="24" t="s">
+        <v>136</v>
+      </c>
+      <c r="D490" s="38">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="491" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A491" s="15" t="s">
+        <v>966</v>
+      </c>
+      <c r="B491" s="24" t="s">
+        <v>967</v>
+      </c>
+      <c r="C491" s="24" t="s">
+        <v>968</v>
+      </c>
+      <c r="D491" s="38">
+        <v>46208</v>
+      </c>
+    </row>
+    <row r="492" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A492" s="15" t="s">
+        <v>969</v>
+      </c>
+      <c r="B492" s="25" t="s">
+        <v>970</v>
+      </c>
+      <c r="C492" s="24" t="s">
+        <v>436</v>
+      </c>
+      <c r="D492" s="38">
+        <v>46209</v>
+      </c>
+    </row>
+    <row r="493" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A493" s="15" t="s">
+        <v>971</v>
+      </c>
+      <c r="B493" s="24" t="s">
+        <v>972</v>
+      </c>
+      <c r="C493" s="24" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D493" s="33">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="494" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A494" s="15" t="s">
+        <v>973</v>
+      </c>
+      <c r="B494" s="35" t="s">
+        <v>974</v>
+      </c>
+      <c r="C494" s="24" t="s">
+        <v>975</v>
+      </c>
+      <c r="D494" s="38">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="495" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A495" s="15" t="s">
+        <v>976</v>
+      </c>
+      <c r="B495" s="24" t="s">
+        <v>977</v>
+      </c>
+      <c r="C495" s="24" t="s">
+        <v>978</v>
+      </c>
+      <c r="D495" s="38">
+        <v>46215</v>
+      </c>
+    </row>
+    <row r="496" spans="1:4" ht="241.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A496" s="16" t="s">
+        <v>979</v>
+      </c>
+      <c r="B496" s="24" t="s">
+        <v>980</v>
+      </c>
+      <c r="C496" s="24" t="s">
+        <v>981</v>
+      </c>
+      <c r="D496" s="33">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="497" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A497" s="15" t="s">
+        <v>982</v>
+      </c>
+      <c r="B497" s="30" t="s">
+        <v>983</v>
+      </c>
+      <c r="C497" s="24" t="s">
+        <v>1941</v>
+      </c>
+      <c r="D497" s="38">
+        <v>46216</v>
+      </c>
+    </row>
+    <row r="498" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A498" s="15" t="s">
+        <v>287</v>
+      </c>
+      <c r="B498" s="24" t="s">
+        <v>984</v>
+      </c>
+      <c r="C498" s="24" t="s">
+        <v>985</v>
+      </c>
+      <c r="D498" s="33">
+        <v>46287</v>
+      </c>
+    </row>
+    <row r="499" spans="1:4" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A499" s="13" t="s">
+        <v>986</v>
+      </c>
+      <c r="B499" s="24" t="s">
+        <v>987</v>
+      </c>
+      <c r="C499" s="24" t="s">
+        <v>988</v>
+      </c>
+      <c r="D499" s="33">
+        <v>46224</v>
+      </c>
+    </row>
+    <row r="500" spans="1:4" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A500" s="16" t="s">
+        <v>2664</v>
+      </c>
+      <c r="B500" s="24" t="s">
+        <v>403</v>
+      </c>
+      <c r="C500" s="24" t="s">
+        <v>989</v>
+      </c>
+      <c r="D500" s="38">
+        <v>46224</v>
+      </c>
+    </row>
+    <row r="501" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A501" s="15" t="s">
+        <v>990</v>
+      </c>
+      <c r="B501" s="24" t="s">
+        <v>991</v>
+      </c>
+      <c r="C501" s="24" t="s">
+        <v>114</v>
+      </c>
+      <c r="D501" s="33">
+        <v>46225</v>
+      </c>
+    </row>
+    <row r="502" spans="1:4" ht="150.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A502" s="16" t="s">
+        <v>2261</v>
+      </c>
+      <c r="B502" s="30" t="s">
+        <v>992</v>
+      </c>
+      <c r="C502" s="24" t="s">
+        <v>1942</v>
+      </c>
+      <c r="D502" s="33">
+        <v>46228</v>
+      </c>
+    </row>
+    <row r="503" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A503" s="15" t="s">
+        <v>2262</v>
+      </c>
+      <c r="B503" s="30" t="s">
+        <v>993</v>
+      </c>
+      <c r="C503" s="24" t="s">
+        <v>994</v>
+      </c>
+      <c r="D503" s="33">
+        <v>46229</v>
+      </c>
+    </row>
+    <row r="504" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A504" s="15" t="s">
+        <v>995</v>
+      </c>
+      <c r="B504" s="30" t="s">
+        <v>996</v>
+      </c>
+      <c r="C504" s="24" t="s">
+        <v>3195</v>
+      </c>
+      <c r="D504" s="33">
+        <v>46237</v>
+      </c>
+    </row>
+    <row r="505" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A505" s="15" t="s">
+        <v>997</v>
+      </c>
+      <c r="B505" s="30" t="s">
+        <v>998</v>
+      </c>
+      <c r="C505" s="24" t="s">
+        <v>922</v>
+      </c>
+      <c r="D505" s="33">
+        <v>46233</v>
+      </c>
+    </row>
+    <row r="506" spans="1:4" ht="77.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A506" s="15" t="s">
+        <v>3196</v>
+      </c>
+      <c r="B506" s="30" t="s">
+        <v>999</v>
+      </c>
+      <c r="C506" s="24" t="s">
+        <v>1943</v>
+      </c>
+      <c r="D506" s="33">
+        <v>46202</v>
+      </c>
+    </row>
+    <row r="507" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A507" s="15" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B507" s="30" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C507" s="24" t="s">
+        <v>1944</v>
+      </c>
+      <c r="D507" s="33">
+        <v>46251</v>
+      </c>
+    </row>
+    <row r="508" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A508" s="13" t="s">
+        <v>3255</v>
+      </c>
+      <c r="B508" s="24" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C508" s="24" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D508" s="38">
+        <v>46253</v>
+      </c>
+    </row>
+    <row r="509" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A509" s="15" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B509" s="24" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C509" s="24" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D509" s="33">
+        <v>46259</v>
+      </c>
+    </row>
+    <row r="510" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A510" s="13" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B510" s="30" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C510" s="24" t="s">
+        <v>1945</v>
+      </c>
+      <c r="D510" s="33">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="511" spans="1:4" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A511" s="14" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B511" s="24" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C511" s="24" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D511" s="33">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="512" spans="1:4" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A512" s="15" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B512" s="30" t="s">
+        <v>663</v>
+      </c>
+      <c r="C512" s="24" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D512" s="33">
+        <v>46313</v>
+      </c>
+    </row>
+    <row r="513" spans="1:4" ht="263.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A513" s="14" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B513" s="24" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C513" s="24" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D513" s="33">
+        <v>46279</v>
+      </c>
+    </row>
+    <row r="514" spans="1:4" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A514" s="14" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B514" s="24" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C514" s="24" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D514" s="33">
+        <v>46285</v>
+      </c>
+    </row>
+    <row r="515" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A515" s="15" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B515" s="25" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C515" s="24" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D515" s="48">
+        <v>46299</v>
+      </c>
+    </row>
+    <row r="516" spans="1:4" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A516" s="15" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B516" s="34" t="s">
+        <v>2573</v>
+      </c>
+      <c r="C516" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D516" s="38">
+        <v>46128</v>
+      </c>
+    </row>
+    <row r="517" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A517" s="13" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B517" s="24" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C517" s="24" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D517" s="33">
+        <v>46300</v>
+      </c>
+    </row>
+    <row r="518" spans="1:4" ht="335.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A518" s="15" t="s">
+        <v>2528</v>
+      </c>
+      <c r="B518" s="24" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C518" s="24" t="s">
+        <v>1947</v>
+      </c>
+      <c r="D518" s="33">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="519" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A519" s="15" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B519" s="30" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C519" s="24" t="s">
+        <v>1948</v>
+      </c>
+      <c r="D519" s="38">
+        <v>46353</v>
+      </c>
+    </row>
+    <row r="520" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A520" s="15" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B520" s="30" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C520" s="24" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D520" s="38">
+        <v>46311</v>
+      </c>
+    </row>
+    <row r="521" spans="1:4" ht="125.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A521" s="15" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B521" s="30" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C521" s="24" t="s">
+        <v>1949</v>
+      </c>
+      <c r="D521" s="33">
+        <v>46321</v>
+      </c>
+    </row>
+    <row r="522" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A522" s="15" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B522" s="24" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C522" s="24" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D522" s="33">
+        <v>46322</v>
+      </c>
+    </row>
+    <row r="523" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A523" s="15" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B523" s="24" t="s">
+        <v>110</v>
+      </c>
+      <c r="C523" s="24" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D523" s="33">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="524" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A524" s="15" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B524" s="30" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C524" s="24" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D524" s="38">
+        <v>46328</v>
+      </c>
+    </row>
+    <row r="525" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A525" s="15" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B525" s="30" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C525" s="24" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D525" s="38">
+        <v>46334</v>
+      </c>
+    </row>
+    <row r="526" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A526" s="15" t="s">
+        <v>3286</v>
+      </c>
+      <c r="B526" s="25" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C526" s="24" t="s">
+        <v>1950</v>
+      </c>
+      <c r="D526" s="38">
+        <v>46334</v>
+      </c>
+    </row>
+    <row r="527" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A527" s="13" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B527" s="25" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C527" s="24" t="s">
+        <v>1951</v>
+      </c>
+      <c r="D527" s="33">
+        <v>46334</v>
+      </c>
+    </row>
+    <row r="528" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A528" s="15" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B528" s="30" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C528" s="24" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D528" s="38">
+        <v>46336</v>
+      </c>
+    </row>
+    <row r="529" spans="1:4" ht="117.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A529" s="14" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B529" s="25" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C529" s="24" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D529" s="38">
+        <v>46304</v>
+      </c>
+    </row>
+    <row r="530" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A530" s="15" t="s">
+        <v>3141</v>
+      </c>
+      <c r="B530" s="24" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C530" s="24" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D530" s="33">
+        <v>46342</v>
+      </c>
+    </row>
+    <row r="531" spans="1:4" ht="278.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A531" s="16" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B531" s="24" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C531" s="24" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D531" s="38">
+        <v>46347</v>
+      </c>
+    </row>
+    <row r="532" spans="1:4" ht="180" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A532" s="13" t="s">
+        <v>2145</v>
+      </c>
+      <c r="B532" s="24" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C532" s="24" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D532" s="33">
+        <v>46352</v>
+      </c>
+    </row>
+    <row r="533" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A533" s="15" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B533" s="24" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C533" s="24" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D533" s="33">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="534" spans="1:4" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A534" s="15" t="s">
+        <v>3087</v>
+      </c>
+      <c r="B534" s="25" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C534" s="24" t="s">
+        <v>1953</v>
+      </c>
+      <c r="D534" s="33">
+        <v>46341</v>
+      </c>
+    </row>
+    <row r="535" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A535" s="15" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B535" s="30" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C535" s="24" t="s">
+        <v>1954</v>
+      </c>
+      <c r="D535" s="38">
+        <v>46353</v>
+      </c>
+    </row>
+    <row r="536" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A536" s="15" t="s">
+        <v>2785</v>
+      </c>
+      <c r="B536" s="30" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C536" s="89" t="s">
+        <v>2787</v>
+      </c>
+      <c r="D536" s="33">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="537" spans="1:4" ht="155.44999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A537" s="15" t="s">
+        <v>2957</v>
+      </c>
+      <c r="B537" s="24" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C537" s="24" t="s">
+        <v>1955</v>
+      </c>
+      <c r="D537" s="38">
+        <v>46364</v>
+      </c>
+    </row>
+    <row r="538" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A538" s="15" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B538" s="24" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C538" s="24" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D538" s="33">
+        <v>46371</v>
+      </c>
+    </row>
+    <row r="539" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A539" s="15" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B539" s="24" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C539" s="24" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D539" s="33">
+        <v>46371</v>
+      </c>
+    </row>
+    <row r="540" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A540" s="15" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B540" s="24" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C540" s="24" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D540" s="33">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="541" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A541" s="15" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B541" s="24" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C541" s="24" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D541" s="38">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="542" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A542" s="15" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B542" s="24" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C542" s="24" t="s">
+        <v>1956</v>
+      </c>
+      <c r="D542" s="38">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="543" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A543" s="15" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B543" s="24" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C543" s="24" t="s">
+        <v>325</v>
+      </c>
+      <c r="D543" s="38">
+        <v>46215</v>
+      </c>
+    </row>
+    <row r="544" spans="1:4" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A544" s="15" t="s">
+        <v>2302</v>
+      </c>
+      <c r="B544" s="30" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C544" s="24" t="s">
+        <v>1957</v>
+      </c>
+      <c r="D544" s="38">
+        <v>46224</v>
+      </c>
+    </row>
+    <row r="545" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A545" s="15" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B545" s="30" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C545" s="24" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D545" s="38">
+        <v>46377</v>
+      </c>
+    </row>
+    <row r="546" spans="1:4" ht="129" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A546" s="15" t="s">
+        <v>3197</v>
+      </c>
+      <c r="B546" s="24" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C546" s="24" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D546" s="33">
+        <v>46372</v>
+      </c>
+    </row>
+    <row r="547" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A547" s="15" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B547" s="24" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C547" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D547" s="38">
+        <v>46378</v>
+      </c>
+    </row>
+    <row r="548" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A548" s="15" t="s">
+        <v>3402</v>
+      </c>
+      <c r="B548" s="30" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C548" s="24" t="s">
+        <v>1958</v>
+      </c>
+      <c r="D548" s="38">
+        <v>46378</v>
+      </c>
+    </row>
+    <row r="549" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A549" s="15" t="s">
+        <v>2139</v>
+      </c>
+      <c r="B549" s="30" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C549" s="24" t="s">
+        <v>1959</v>
+      </c>
+      <c r="D549" s="38">
+        <v>46376</v>
+      </c>
+    </row>
+    <row r="550" spans="1:4" ht="246" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A550" s="15" t="s">
+        <v>2138</v>
+      </c>
+      <c r="B550" s="30" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C550" s="24" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D550" s="38">
+        <v>46386</v>
+      </c>
+    </row>
+    <row r="551" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A551" s="15" t="s">
+        <v>2170</v>
+      </c>
+      <c r="B551" s="24" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C551" s="24" t="s">
+        <v>1960</v>
+      </c>
+      <c r="D551" s="38">
+        <v>46392</v>
+      </c>
+    </row>
+    <row r="552" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A552" s="15" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B552" s="24" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C552" s="24" t="s">
+        <v>1961</v>
+      </c>
+      <c r="D552" s="38">
+        <v>46392</v>
+      </c>
+    </row>
+    <row r="553" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A553" s="15" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B553" s="30" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C553" s="24" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D553" s="38">
+        <v>46392</v>
+      </c>
+    </row>
+    <row r="554" spans="1:4" ht="151.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A554" s="14" t="s">
+        <v>2164</v>
+      </c>
+      <c r="B554" s="24" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C554" s="24" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D554" s="38">
+        <v>46439</v>
+      </c>
+    </row>
+    <row r="555" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A555" s="15" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B555" s="30" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C555" s="24" t="s">
+        <v>1962</v>
+      </c>
+      <c r="D555" s="38">
+        <v>46377</v>
+      </c>
+    </row>
+    <row r="556" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A556" s="15" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B556" s="24" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C556" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D556" s="38">
+        <v>46406</v>
+      </c>
+    </row>
+    <row r="557" spans="1:4" ht="132" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A557" s="15" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B557" s="30" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C557" s="24" t="s">
+        <v>1963</v>
+      </c>
+      <c r="D557" s="38">
+        <v>46400</v>
+      </c>
+    </row>
+    <row r="558" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A558" s="15" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B558" s="30" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C558" s="24" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D558" s="38">
+        <v>46407</v>
+      </c>
+    </row>
+    <row r="559" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A559" s="15" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B559" s="30" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C559" s="24" t="s">
+        <v>1965</v>
+      </c>
+      <c r="D559" s="38">
+        <v>46275</v>
+      </c>
+    </row>
+    <row r="560" spans="1:4" ht="207.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A560" s="16" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B560" s="24" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C560" s="24" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D560" s="38">
+        <v>46419</v>
+      </c>
+    </row>
+    <row r="561" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A561" s="15" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B561" s="30" t="s">
+        <v>1759</v>
+      </c>
+      <c r="C561" s="24" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D561" s="38">
+        <v>46412</v>
+      </c>
+    </row>
+    <row r="562" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A562" s="15" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B562" s="30" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C562" s="24" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D562" s="38">
+        <v>46413</v>
+      </c>
+    </row>
+    <row r="563" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A563" s="15" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B563" s="30" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C563" s="24" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D563" s="38">
+        <v>46412</v>
+      </c>
+    </row>
+    <row r="564" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A564" s="15" t="s">
+        <v>2157</v>
+      </c>
+      <c r="B564" s="24" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C564" s="24" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D564" s="38">
+        <v>46425</v>
+      </c>
+    </row>
+    <row r="565" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A565" s="15" t="s">
+        <v>2211</v>
+      </c>
+      <c r="B565" s="24" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C565" s="24" t="s">
+        <v>1966</v>
+      </c>
+      <c r="D565" s="38">
+        <v>46433</v>
+      </c>
+    </row>
+    <row r="566" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A566" s="15" t="s">
+        <v>2299</v>
+      </c>
+      <c r="B566" s="24" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C566" s="24" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D566" s="38">
+        <v>46076</v>
+      </c>
+    </row>
+    <row r="567" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A567" s="15" t="s">
+        <v>2158</v>
+      </c>
+      <c r="B567" s="24" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C567" s="24" t="s">
+        <v>1967</v>
+      </c>
+      <c r="D567" s="38">
+        <v>46360</v>
+      </c>
+    </row>
+    <row r="568" spans="1:4" ht="123.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A568" s="15" t="s">
+        <v>3588</v>
+      </c>
+      <c r="B568" s="24" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C568" s="24" t="s">
+        <v>3667</v>
+      </c>
+      <c r="D568" s="48">
+        <v>46437</v>
+      </c>
+    </row>
+    <row r="569" spans="1:4" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A569" s="15" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B569" s="25" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C569" s="24" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D569" s="33">
+        <v>46084</v>
+      </c>
+    </row>
+    <row r="570" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A570" s="15" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B570" s="24" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C570" s="24" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D570" s="33">
+        <v>46092</v>
+      </c>
+    </row>
+    <row r="571" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A571" s="15" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B571" s="30" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C571" s="24" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D571" s="38">
+        <v>46102</v>
+      </c>
+    </row>
+    <row r="572" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A572" s="15" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B572" s="30" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C572" s="24" t="s">
+        <v>1970</v>
+      </c>
+      <c r="D572" s="38">
+        <v>46311</v>
+      </c>
+    </row>
+    <row r="573" spans="1:4" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A573" s="15" t="s">
+        <v>3489</v>
+      </c>
+      <c r="B573" s="30" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C573" s="24" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D573" s="38">
+        <v>46101</v>
+      </c>
+    </row>
+    <row r="574" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A574" s="15" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B574" s="30" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C574" s="24" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D574" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="575" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A575" s="15" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B575" s="30" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C575" s="24" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D575" s="33">
+        <v>46117</v>
+      </c>
+    </row>
+    <row r="576" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A576" s="14" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B576" s="25" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C576" s="24" t="s">
+        <v>1972</v>
+      </c>
+      <c r="D576" s="33">
+        <v>46122</v>
+      </c>
+    </row>
+    <row r="577" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A577" s="13" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B577" s="24" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C577" s="24" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D577" s="33">
+        <v>46126</v>
+      </c>
+    </row>
+    <row r="578" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A578" s="15" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B578" s="24" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C578" s="24" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D578" s="33">
+        <v>46126</v>
+      </c>
+    </row>
+    <row r="579" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A579" s="15" t="s">
+        <v>2117</v>
+      </c>
+      <c r="B579" s="30" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C579" s="24" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D579" s="33">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="580" spans="1:4" ht="171.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A580" s="16" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B580" s="24" t="s">
+        <v>219</v>
+      </c>
+      <c r="C580" s="24" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D580" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="581" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A581" s="15" t="s">
+        <v>3007</v>
+      </c>
+      <c r="B581" s="24" t="s">
+        <v>2719</v>
+      </c>
+      <c r="C581" s="24" t="s">
+        <v>436</v>
+      </c>
+      <c r="D581" s="33">
+        <v>46102</v>
+      </c>
+    </row>
+    <row r="582" spans="1:4" ht="174.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A582" s="16" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B582" s="24" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C582" s="24" t="s">
+        <v>335</v>
+      </c>
+      <c r="D582" s="38">
+        <v>46139</v>
+      </c>
+    </row>
+    <row r="583" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A583" s="15" t="s">
+        <v>3611</v>
+      </c>
+      <c r="B583" s="30" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C583" s="24" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D583" s="33">
+        <v>46138</v>
+      </c>
+    </row>
+    <row r="584" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A584" s="15" t="s">
+        <v>2544</v>
+      </c>
+      <c r="B584" s="25" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C584" s="24" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D584" s="38">
+        <v>46163</v>
+      </c>
+    </row>
+    <row r="585" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A585" s="15" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B585" s="24" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C585" s="24" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D585" s="33">
+        <v>46141</v>
+      </c>
+    </row>
+    <row r="586" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A586" s="16" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B586" s="24" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C586" s="24" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D586" s="33">
+        <v>46140</v>
+      </c>
+    </row>
+    <row r="587" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A587" s="15" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B587" s="30" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C587" s="24" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D587" s="33">
+        <v>46144</v>
+      </c>
+    </row>
+    <row r="588" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A588" s="15" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B588" s="30" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C588" s="24" t="s">
+        <v>1973</v>
+      </c>
+      <c r="D588" s="33">
+        <v>46144</v>
+      </c>
+    </row>
+    <row r="589" spans="1:4" ht="142.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A589" s="15" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B589" s="24" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C589" s="24" t="s">
+        <v>1974</v>
+      </c>
+      <c r="D589" s="38">
+        <v>46147</v>
+      </c>
+    </row>
+    <row r="590" spans="1:4" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A590" s="21" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B590" s="24" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C590" s="24" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D590" s="33">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="591" spans="1:4" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A591" s="15" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B591" s="30" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C591" s="24" t="s">
+        <v>1975</v>
+      </c>
+      <c r="D591" s="33">
         <v>46153</v>
       </c>
     </row>
-    <row r="318" spans="1:4" ht="20.399999999999999" x14ac:dyDescent="0.3">
-[...23 lines deleted...]
-      <c r="D319" s="33">
+    <row r="592" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A592" s="15" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B592" s="35" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C592" s="24" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D592" s="33">
+        <v>46159</v>
+      </c>
+    </row>
+    <row r="593" spans="1:4" ht="173.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A593" s="15" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B593" s="30" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C593" s="24" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D593" s="33">
+        <v>46165</v>
+      </c>
+    </row>
+    <row r="594" spans="1:4" ht="255" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A594" s="13" t="s">
+        <v>2452</v>
+      </c>
+      <c r="B594" s="24" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C594" s="24" t="s">
+        <v>1977</v>
+      </c>
+      <c r="D594" s="33">
+        <v>46129</v>
+      </c>
+    </row>
+    <row r="595" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A595" s="15" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B595" s="24" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C595" s="24" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D595" s="33">
+        <v>46165</v>
+      </c>
+    </row>
+    <row r="596" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A596" s="15" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B596" s="24" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C596" s="24" t="s">
+        <v>1978</v>
+      </c>
+      <c r="D596" s="33">
+        <v>46173</v>
+      </c>
+    </row>
+    <row r="597" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A597" s="15" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B597" s="24" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C597" s="24" t="s">
+        <v>1979</v>
+      </c>
+      <c r="D597" s="33">
+        <v>46174</v>
+      </c>
+    </row>
+    <row r="598" spans="1:4" ht="242.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A598" s="16" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B598" s="30" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C598" s="24" t="s">
+        <v>3385</v>
+      </c>
+      <c r="D598" s="38">
+        <v>46175</v>
+      </c>
+    </row>
+    <row r="599" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A599" s="15" t="s">
+        <v>612</v>
+      </c>
+      <c r="B599" s="24" t="s">
+        <v>104</v>
+      </c>
+      <c r="C599" s="24" t="s">
+        <v>613</v>
+      </c>
+      <c r="D599" s="38">
+        <v>46226</v>
+      </c>
+    </row>
+    <row r="600" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A600" s="15" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B600" s="30" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C600" s="24" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D600" s="33">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="601" spans="1:4" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A601" s="15" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B601" s="24" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C601" s="24" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D601" s="38">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="602" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A602" s="15" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B602" s="24" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C602" s="24" t="s">
+        <v>3198</v>
+      </c>
+      <c r="D602" s="33">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="603" spans="1:4" ht="148.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A603" s="15" t="s">
+        <v>2180</v>
+      </c>
+      <c r="B603" s="30" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C603" s="24" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D603" s="33">
+        <v>46196</v>
+      </c>
+    </row>
+    <row r="604" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A604" s="15" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B604" s="30" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C604" s="24" t="s">
+        <v>1981</v>
+      </c>
+      <c r="D604" s="33">
+        <v>46202</v>
+      </c>
+    </row>
+    <row r="605" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A605" s="15" t="s">
+        <v>2181</v>
+      </c>
+      <c r="B605" s="24" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C605" s="24" t="s">
+        <v>3199</v>
+      </c>
+      <c r="D605" s="33">
+        <v>46264</v>
+      </c>
+    </row>
+    <row r="606" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A606" s="15" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B606" s="25" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C606" s="24" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D606" s="38">
+        <v>46202</v>
+      </c>
+    </row>
+    <row r="607" spans="1:4" ht="167.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A607" s="13" t="s">
+        <v>1679</v>
+      </c>
+      <c r="B607" s="24" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C607" s="24" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D607" s="38">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="608" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A608" s="15" t="s">
+        <v>2313</v>
+      </c>
+      <c r="B608" s="30" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C608" s="24" t="s">
+        <v>1983</v>
+      </c>
+      <c r="D608" s="38">
+        <v>46199</v>
+      </c>
+    </row>
+    <row r="609" spans="1:4" ht="93" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A609" s="16" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B609" s="24" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C609" s="24" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D609" s="33">
+        <v>46202</v>
+      </c>
+    </row>
+    <row r="610" spans="1:4" ht="213.75" x14ac:dyDescent="0.25">
+      <c r="A610" s="15" t="s">
+        <v>3358</v>
+      </c>
+      <c r="B610" s="34" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C610" s="24" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D610" s="38">
+        <v>46351</v>
+      </c>
+    </row>
+    <row r="611" spans="1:4" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A611" s="15" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B611" s="30" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C611" s="24" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D611" s="33">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="612" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A612" s="15" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B612" s="24" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C612" s="24" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D612" s="38">
+        <v>46200</v>
+      </c>
+    </row>
+    <row r="613" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A613" s="15" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B613" s="24" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C613" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="D613" s="38">
         <v>46211</v>
       </c>
     </row>
-    <row r="320" spans="1:4" ht="101.25" customHeight="1" x14ac:dyDescent="0.3">
-[...76 lines deleted...]
-      <c r="C325" s="24" t="s">
+    <row r="614" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A614" s="15" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B614" s="30" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C614" s="24" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D614" s="33">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="615" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A615" s="15" t="s">
+        <v>2293</v>
+      </c>
+      <c r="B615" s="30" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C615" s="24" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D615" s="33">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="616" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A616" s="15" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B616" s="34" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C616" s="24" t="s">
+        <v>84</v>
+      </c>
+      <c r="D616" s="33">
+        <v>46198</v>
+      </c>
+    </row>
+    <row r="617" spans="1:4" ht="250.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A617" s="16" t="s">
+        <v>2796</v>
+      </c>
+      <c r="B617" s="24" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C617" s="24" t="s">
+        <v>1984</v>
+      </c>
+      <c r="D617" s="48">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="618" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A618" s="52" t="s">
+        <v>2408</v>
+      </c>
+      <c r="B618" s="25" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C618" s="24" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D618" s="53">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="619" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A619" s="15" t="s">
+        <v>2352</v>
+      </c>
+      <c r="B619" s="24" t="s">
+        <v>2351</v>
+      </c>
+      <c r="C619" s="24" t="s">
+        <v>1986</v>
+      </c>
+      <c r="D619" s="33">
+        <v>46064</v>
+      </c>
+    </row>
+    <row r="620" spans="1:4" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A620" s="15" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B620" s="30" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C620" s="24" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D620" s="38">
+        <v>46250</v>
+      </c>
+    </row>
+    <row r="621" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A621" s="15" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B621" s="30" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C621" s="24" t="s">
+        <v>1987</v>
+      </c>
+      <c r="D621" s="38">
+        <v>46349</v>
+      </c>
+    </row>
+    <row r="622" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A622" s="15" t="s">
+        <v>2144</v>
+      </c>
+      <c r="B622" s="24" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C622" s="24" t="s">
+        <v>447</v>
+      </c>
+      <c r="D622" s="33">
+        <v>46226</v>
+      </c>
+    </row>
+    <row r="623" spans="1:4" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A623" s="15" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B623" s="25" t="s">
+        <v>3024</v>
+      </c>
+      <c r="C623" s="24" t="s">
+        <v>174</v>
+      </c>
+      <c r="D623" s="38">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="624" spans="1:4" ht="268.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A624" s="15" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B624" s="24" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C624" s="24" t="s">
+        <v>3200</v>
+      </c>
+      <c r="D624" s="38">
+        <v>46266</v>
+      </c>
+    </row>
+    <row r="625" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A625" s="15" t="s">
+        <v>2971</v>
+      </c>
+      <c r="B625" s="30" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C625" s="24" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D625" s="38">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="626" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A626" s="15" t="s">
+        <v>2304</v>
+      </c>
+      <c r="B626" s="24" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C626" s="24" t="s">
+        <v>588</v>
+      </c>
+      <c r="D626" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="627" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A627" s="15" t="s">
+        <v>2305</v>
+      </c>
+      <c r="B627" s="24" t="s">
+        <v>2306</v>
+      </c>
+      <c r="C627" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D627" s="33">
+        <v>46413</v>
+      </c>
+    </row>
+    <row r="628" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A628" s="13" t="s">
+        <v>3008</v>
+      </c>
+      <c r="B628" s="24" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C628" s="24" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D628" s="33">
+        <v>46281</v>
+      </c>
+    </row>
+    <row r="629" spans="1:4" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A629" s="15" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B629" s="24" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C629" s="24" t="s">
+        <v>3201</v>
+      </c>
+      <c r="D629" s="38">
+        <v>46282</v>
+      </c>
+    </row>
+    <row r="630" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A630" s="15" t="s">
+        <v>2991</v>
+      </c>
+      <c r="B630" s="24" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C630" s="24" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D630" s="38">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="631" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A631" s="15" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B631" s="30" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C631" s="24" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D631" s="38">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="632" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A632" s="15" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B632" s="30" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C632" s="24" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D632" s="38">
+        <v>46292</v>
+      </c>
+    </row>
+    <row r="633" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A633" s="15" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B633" s="30" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C633" s="24" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D633" s="38">
+        <v>46331</v>
+      </c>
+    </row>
+    <row r="634" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A634" s="15" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B634" s="30" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C634" s="24" t="s">
+        <v>1990</v>
+      </c>
+      <c r="D634" s="33">
+        <v>46299</v>
+      </c>
+    </row>
+    <row r="635" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A635" s="13" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B635" s="24" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C635" s="24" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D635" s="38">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="636" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A636" s="15" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B636" s="30" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C636" s="24" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D636" s="33">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="637" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A637" s="13" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B637" s="24" t="s">
+        <v>3049</v>
+      </c>
+      <c r="C637" s="24" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D637" s="33">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="638" spans="1:4" ht="106.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A638" s="16" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B638" s="24" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C638" s="24" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D638" s="33">
+        <v>46100</v>
+      </c>
+    </row>
+    <row r="639" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A639" s="15" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B639" s="24" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C639" s="24" t="s">
+        <v>84</v>
+      </c>
+      <c r="D639" s="38">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="640" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A640" s="15" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B640" s="24" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C640" s="24" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D640" s="33">
+        <v>46321</v>
+      </c>
+    </row>
+    <row r="641" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A641" s="15" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B641" s="30" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C641" s="24" t="s">
+        <v>1991</v>
+      </c>
+      <c r="D641" s="33">
+        <v>46320</v>
+      </c>
+    </row>
+    <row r="642" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A642" s="15" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B642" s="35" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C642" s="24" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D642" s="33">
+        <v>46314</v>
+      </c>
+    </row>
+    <row r="643" spans="1:4" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A643" s="15" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B643" s="24" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C643" s="24" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D643" s="48">
+        <v>46323</v>
+      </c>
+    </row>
+    <row r="644" spans="1:4" ht="299.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A644" s="16" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B644" s="25" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C644" s="24" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D644" s="38">
+        <v>46118</v>
+      </c>
+    </row>
+    <row r="645" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A645" s="15" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B645" s="24" t="s">
+        <v>760</v>
+      </c>
+      <c r="C645" s="24" t="s">
+        <v>761</v>
+      </c>
+      <c r="D645" s="38">
+        <v>46280</v>
+      </c>
+    </row>
+    <row r="646" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A646" s="15" t="s">
+        <v>2109</v>
+      </c>
+      <c r="B646" s="30" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C646" s="24" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D646" s="38">
+        <v>46350</v>
+      </c>
+    </row>
+    <row r="647" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A647" s="15" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B647" s="30" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C647" s="24" t="s">
+        <v>3202</v>
+      </c>
+      <c r="D647" s="38">
+        <v>46347</v>
+      </c>
+    </row>
+    <row r="648" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A648" s="15" t="s">
+        <v>2111</v>
+      </c>
+      <c r="B648" s="30" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C648" s="24" t="s">
+        <v>1993</v>
+      </c>
+      <c r="D648" s="38">
+        <v>46349</v>
+      </c>
+    </row>
+    <row r="649" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A649" s="15" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B649" s="30" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C649" s="24" t="s">
+        <v>3203</v>
+      </c>
+      <c r="D649" s="38">
+        <v>46348</v>
+      </c>
+    </row>
+    <row r="650" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A650" s="15" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B650" s="30" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C650" s="24" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D650" s="38">
+        <v>46349</v>
+      </c>
+    </row>
+    <row r="651" spans="1:4" ht="258.75" x14ac:dyDescent="0.25">
+      <c r="A651" s="15" t="s">
+        <v>2110</v>
+      </c>
+      <c r="B651" s="30" t="s">
+        <v>2143</v>
+      </c>
+      <c r="C651" s="24" t="s">
+        <v>1994</v>
+      </c>
+      <c r="D651" s="38">
+        <v>46345</v>
+      </c>
+    </row>
+    <row r="652" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A652" s="15" t="s">
+        <v>3130</v>
+      </c>
+      <c r="B652" s="30" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C652" s="24" t="s">
+        <v>3544</v>
+      </c>
+      <c r="D652" s="38">
+        <v>46349</v>
+      </c>
+    </row>
+    <row r="653" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A653" s="15" t="s">
+        <v>2101</v>
+      </c>
+      <c r="B653" s="30" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C653" s="24" t="s">
+        <v>1995</v>
+      </c>
+      <c r="D653" s="38">
+        <v>46351</v>
+      </c>
+    </row>
+    <row r="654" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A654" s="15" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B654" s="30" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C654" s="24" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D654" s="33">
+        <v>46363</v>
+      </c>
+    </row>
+    <row r="655" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A655" s="15" t="s">
+        <v>2102</v>
+      </c>
+      <c r="B655" s="24" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C655" s="24" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D655" s="33">
+        <v>46230</v>
+      </c>
+    </row>
+    <row r="656" spans="1:4" ht="90.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A656" s="13" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B656" s="25" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C656" s="24" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D656" s="33">
+        <v>46370</v>
+      </c>
+    </row>
+    <row r="657" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A657" s="15" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B657" s="24" t="s">
+        <v>104</v>
+      </c>
+      <c r="C657" s="24" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D657" s="33">
+        <v>46409</v>
+      </c>
+    </row>
+    <row r="658" spans="1:4" ht="103.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A658" s="16" t="s">
+        <v>2114</v>
+      </c>
+      <c r="B658" s="30" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C658" s="24" t="s">
+        <v>1997</v>
+      </c>
+      <c r="D658" s="38">
+        <v>46379</v>
+      </c>
+    </row>
+    <row r="659" spans="1:4" ht="96" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A659" s="44" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B659" s="32" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C659" s="24" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D659" s="47">
+        <v>46377</v>
+      </c>
+    </row>
+    <row r="660" spans="1:4" ht="143.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A660" s="15" t="s">
+        <v>2133</v>
+      </c>
+      <c r="B660" s="30" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C660" s="24" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D660" s="38">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="661" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A661" s="13" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B661" s="25" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C661" s="24" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D661" s="38">
+        <v>46384</v>
+      </c>
+    </row>
+    <row r="662" spans="1:4" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A662" s="15" t="s">
+        <v>2135</v>
+      </c>
+      <c r="B662" s="30" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C662" s="24" t="s">
+        <v>3204</v>
+      </c>
+      <c r="D662" s="33">
+        <v>46394</v>
+      </c>
+    </row>
+    <row r="663" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A663" s="15" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B663" s="30" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C663" s="24" t="s">
+        <v>1998</v>
+      </c>
+      <c r="D663" s="33">
+        <v>46320</v>
+      </c>
+    </row>
+    <row r="664" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A664" s="15" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B664" s="24" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C664" s="24" t="s">
+        <v>1314</v>
+      </c>
+      <c r="D664" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="665" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A665" s="15" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B665" s="30" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C665" s="24" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D665" s="33">
+        <v>46128</v>
+      </c>
+    </row>
+    <row r="666" spans="1:4" ht="146.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A666" s="15" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B666" s="30" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C666" s="24" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D666" s="38">
+        <v>46411</v>
+      </c>
+    </row>
+    <row r="667" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A667" s="15" t="s">
+        <v>2185</v>
+      </c>
+      <c r="B667" s="30" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C667" s="24" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D667" s="38">
+        <v>46417</v>
+      </c>
+    </row>
+    <row r="668" spans="1:4" ht="101.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A668" s="15" t="s">
+        <v>2812</v>
+      </c>
+      <c r="B668" s="34" t="s">
+        <v>2813</v>
+      </c>
+      <c r="C668" s="24" t="s">
         <v>32</v>
       </c>
-      <c r="D325" s="33">
-[...24 lines deleted...]
-      <c r="C327" s="24" t="s">
+      <c r="D668" s="33">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="669" spans="1:4" ht="165" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A669" s="20" t="s">
+        <v>2121</v>
+      </c>
+      <c r="B669" s="24" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C669" s="24" t="s">
         <v>496</v>
       </c>
-      <c r="D327" s="33">
-[...228 lines deleted...]
-      <c r="A344" s="15" t="s">
+      <c r="D669" s="33">
+        <v>46353</v>
+      </c>
+    </row>
+    <row r="670" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A670" s="15" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B670" s="45" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C670" s="24" t="s">
+        <v>1999</v>
+      </c>
+      <c r="D670" s="38">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="671" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A671" s="15" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B671" s="30" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C671" s="24" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D671" s="38">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="672" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A672" s="15" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B672" s="30" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C672" s="24" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D672" s="38">
+        <v>46418</v>
+      </c>
+    </row>
+    <row r="673" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A673" s="15" t="s">
+        <v>2100</v>
+      </c>
+      <c r="B673" s="30" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C673" s="24" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D673" s="38">
+        <v>46420</v>
+      </c>
+    </row>
+    <row r="674" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A674" s="15" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B674" s="30" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C674" s="24" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D674" s="38">
+        <v>46425</v>
+      </c>
+    </row>
+    <row r="675" spans="1:4" ht="196.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A675" s="15" t="s">
+        <v>3404</v>
+      </c>
+      <c r="B675" s="30" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C675" s="24" t="s">
+        <v>136</v>
+      </c>
+      <c r="D675" s="38">
+        <v>46424</v>
+      </c>
+    </row>
+    <row r="676" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A676" s="15" t="s">
+        <v>2099</v>
+      </c>
+      <c r="B676" s="30" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C676" s="24" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D676" s="38">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="677" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A677" s="15" t="s">
+        <v>2245</v>
+      </c>
+      <c r="B677" s="30" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C677" s="24" t="s">
+        <v>932</v>
+      </c>
+      <c r="D677" s="38">
+        <v>46091</v>
+      </c>
+    </row>
+    <row r="678" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A678" s="15" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B678" s="25" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C678" s="24" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D678" s="38">
+        <v>46090</v>
+      </c>
+    </row>
+    <row r="679" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A679" s="15" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B679" s="30" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C679" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D679" s="38">
+        <v>46428</v>
+      </c>
+    </row>
+    <row r="680" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A680" s="15" t="s">
+        <v>2246</v>
+      </c>
+      <c r="B680" s="30" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C680" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D680" s="38">
+        <v>46428</v>
+      </c>
+    </row>
+    <row r="681" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A681" s="15" t="s">
+        <v>1344</v>
+      </c>
+      <c r="B681" s="30" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C681" s="24" t="s">
+        <v>2001</v>
+      </c>
+      <c r="D681" s="38">
+        <v>46428</v>
+      </c>
+    </row>
+    <row r="682" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A682" s="15" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B682" s="30" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C682" s="24" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D682" s="38">
+        <v>46435</v>
+      </c>
+    </row>
+    <row r="683" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A683" s="15" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B683" s="35" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C683" s="24" t="s">
+        <v>74</v>
+      </c>
+      <c r="D683" s="38">
+        <v>46433</v>
+      </c>
+    </row>
+    <row r="684" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A684" s="15" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B684" s="30" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C684" s="24" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D684" s="38">
+        <v>46097</v>
+      </c>
+    </row>
+    <row r="685" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A685" s="15" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B685" s="35" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C685" s="24" t="s">
+        <v>74</v>
+      </c>
+      <c r="D685" s="38">
+        <v>46433</v>
+      </c>
+    </row>
+    <row r="686" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A686" s="15" t="s">
+        <v>2152</v>
+      </c>
+      <c r="B686" s="30" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C686" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D686" s="38">
+        <v>46435</v>
+      </c>
+    </row>
+    <row r="687" spans="1:4" ht="198" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A687" s="14" t="s">
+        <v>2151</v>
+      </c>
+      <c r="B687" s="34" t="s">
+        <v>2362</v>
+      </c>
+      <c r="C687" s="24" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D687" s="33">
+        <v>46438</v>
+      </c>
+    </row>
+    <row r="688" spans="1:4" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A688" s="15" t="s">
+        <v>2402</v>
+      </c>
+      <c r="B688" s="30" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C688" s="24" t="s">
+        <v>3205</v>
+      </c>
+      <c r="D688" s="38">
+        <v>46073</v>
+      </c>
+    </row>
+    <row r="689" spans="1:4" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A689" s="15" t="s">
+        <v>2337</v>
+      </c>
+      <c r="B689" s="30" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C689" s="24" t="s">
+        <v>3206</v>
+      </c>
+      <c r="D689" s="38">
+        <v>46439</v>
+      </c>
+    </row>
+    <row r="690" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A690" s="15" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B690" s="30" t="s">
+        <v>3282</v>
+      </c>
+      <c r="C690" s="24" t="s">
+        <v>2002</v>
+      </c>
+      <c r="D690" s="38">
+        <v>46440</v>
+      </c>
+    </row>
+    <row r="691" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A691" s="15" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B691" s="25" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C691" s="24" t="s">
+        <v>1361</v>
+      </c>
+      <c r="D691" s="38">
+        <v>46441</v>
+      </c>
+    </row>
+    <row r="692" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A692" s="15" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B692" s="24" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C692" s="24" t="s">
         <v>691</v>
       </c>
-      <c r="B344" s="25" t="s">
-[...1672 lines deleted...]
-      <c r="D463" s="33">
+      <c r="D692" s="33">
+        <v>46440</v>
+      </c>
+    </row>
+    <row r="693" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A693" s="15" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B693" s="30" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C693" s="24" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D693" s="38">
+        <v>46076</v>
+      </c>
+    </row>
+    <row r="694" spans="1:4" ht="270" x14ac:dyDescent="0.25">
+      <c r="A694" s="13" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B694" s="25" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C694" s="24" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D694" s="33">
         <v>46081</v>
       </c>
     </row>
-    <row r="464" spans="1:4" ht="137.25" customHeight="1" x14ac:dyDescent="0.3">
-[...3027 lines deleted...]
-      <c r="B680" s="30" t="s">
+    <row r="695" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A695" s="15" t="s">
         <v>1370</v>
       </c>
-      <c r="C680" s="24" t="s">
-[...7 lines deleted...]
-      <c r="A681" s="15" t="s">
+      <c r="B695" s="30" t="s">
         <v>1371</v>
       </c>
-      <c r="B681" s="30" t="s">
+      <c r="C695" s="24" t="s">
         <v>1372</v>
       </c>
-      <c r="C681" s="24" t="s">
-[...7 lines deleted...]
-      <c r="A682" s="15" t="s">
+      <c r="D695" s="38">
+        <v>46077</v>
+      </c>
+    </row>
+    <row r="696" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A696" s="15" t="s">
         <v>1373</v>
       </c>
-      <c r="B682" s="24" t="s">
+      <c r="B696" s="30" t="s">
         <v>1374</v>
       </c>
-      <c r="C682" s="24" t="s">
+      <c r="C696" s="24" t="s">
         <v>1375</v>
       </c>
-      <c r="D682" s="33">
-[...4 lines deleted...]
-      <c r="A683" s="15" t="s">
+      <c r="D696" s="65">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="697" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A697" s="15" t="s">
         <v>1376</v>
       </c>
-      <c r="B683" s="30" t="s">
+      <c r="B697" s="30" t="s">
         <v>1377</v>
       </c>
-      <c r="C683" s="24" t="s">
+      <c r="C697" s="24" t="s">
+        <v>3207</v>
+      </c>
+      <c r="D697" s="38">
+        <v>46454</v>
+      </c>
+    </row>
+    <row r="698" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A698" s="15" t="s">
         <v>1378</v>
       </c>
-      <c r="D683" s="33">
-[...4 lines deleted...]
-      <c r="A684" s="15" t="s">
+      <c r="B698" s="25" t="s">
         <v>1379</v>
       </c>
-      <c r="B684" s="24" t="s">
+      <c r="C698" s="24" t="s">
         <v>1380</v>
       </c>
-      <c r="C684" s="24" t="s">
-[...7 lines deleted...]
-      <c r="A685" s="15" t="s">
+      <c r="D698" s="38">
+        <v>46454</v>
+      </c>
+    </row>
+    <row r="699" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A699" s="15" t="s">
         <v>1381</v>
       </c>
-      <c r="B685" s="30" t="s">
+      <c r="B699" s="30" t="s">
         <v>1382</v>
       </c>
-      <c r="C685" s="24" t="s">
-[...194 lines deleted...]
-      </c>
       <c r="C699" s="24" t="s">
-        <v>1408</v>
+        <v>174</v>
       </c>
       <c r="D699" s="38">
         <v>46090</v>
       </c>
     </row>
-    <row r="700" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A700" s="15" t="s">
+    <row r="700" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A700" s="13" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B700" s="24" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C700" s="24" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D700" s="33">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="701" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A701" s="15" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B701" s="30" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C701" s="24" t="s">
+        <v>3288</v>
+      </c>
+      <c r="D701" s="38">
+        <v>46140</v>
+      </c>
+    </row>
+    <row r="702" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A702" s="15" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B702" s="30" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C702" s="24" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D702" s="38">
+        <v>46141</v>
+      </c>
+    </row>
+    <row r="703" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A703" s="15" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B703" s="30" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C703" s="24" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D703" s="38">
+        <v>46140</v>
+      </c>
+    </row>
+    <row r="704" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A704" s="15" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B704" s="30" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C704" s="24" t="s">
+        <v>2003</v>
+      </c>
+      <c r="D704" s="38">
+        <v>46145</v>
+      </c>
+    </row>
+    <row r="705" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A705" s="15" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B705" s="30" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C705" s="24" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D705" s="38">
+        <v>46151</v>
+      </c>
+    </row>
+    <row r="706" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A706" s="15" t="s">
+        <v>3438</v>
+      </c>
+      <c r="B706" s="30" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C706" s="24" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D706" s="38">
+        <v>46386</v>
+      </c>
+    </row>
+    <row r="707" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A707" s="15" t="s">
+        <v>2349</v>
+      </c>
+      <c r="B707" s="30" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C707" s="24" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D707" s="38">
+        <v>46153</v>
+      </c>
+    </row>
+    <row r="708" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A708" s="15" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B708" s="30" t="s">
+        <v>865</v>
+      </c>
+      <c r="C708" s="24" t="s">
+        <v>866</v>
+      </c>
+      <c r="D708" s="33">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="709" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A709" s="15" t="s">
+        <v>2350</v>
+      </c>
+      <c r="B709" s="30" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C709" s="24" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D709" s="38">
+        <v>46476</v>
+      </c>
+    </row>
+    <row r="710" spans="1:4" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A710" s="14" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B710" s="24" t="s">
+        <v>1404</v>
+      </c>
+      <c r="C710" s="24" t="s">
+        <v>1405</v>
+      </c>
+      <c r="D710" s="33">
+        <v>46168</v>
+      </c>
+    </row>
+    <row r="711" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A711" s="15" t="s">
+        <v>2878</v>
+      </c>
+      <c r="B711" s="24" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C711" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D711" s="33">
+        <v>46240</v>
+      </c>
+    </row>
+    <row r="712" spans="1:4" ht="249" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A712" s="15" t="s">
+        <v>2103</v>
+      </c>
+      <c r="B712" s="30" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C712" s="24" t="s">
+        <v>2006</v>
+      </c>
+      <c r="D712" s="33">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="713" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A713" s="15" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B713" s="24" t="s">
         <v>1409</v>
       </c>
-      <c r="B700" s="30" t="s">
+      <c r="C713" s="24" t="s">
         <v>1410</v>
       </c>
-      <c r="C700" s="24" t="s">
+      <c r="D713" s="33">
+        <v>46126</v>
+      </c>
+    </row>
+    <row r="714" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A714" s="15" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B714" s="24" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C714" s="24" t="s">
+        <v>2007</v>
+      </c>
+      <c r="D714" s="33">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="715" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A715" s="15" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B715" s="30" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C715" s="24" t="s">
+        <v>2008</v>
+      </c>
+      <c r="D715" s="38">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="716" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A716" s="15" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B716" s="24" t="s">
+        <v>1416</v>
+      </c>
+      <c r="C716" s="24" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D716" s="33">
+        <v>46144</v>
+      </c>
+    </row>
+    <row r="717" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A717" s="15" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B717" s="30" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C717" s="24" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D717" s="33">
+        <v>46189</v>
+      </c>
+    </row>
+    <row r="718" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A718" s="15" t="s">
+        <v>2940</v>
+      </c>
+      <c r="B718" s="30" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C718" s="24" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D718" s="33">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="719" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A719" s="15" t="s">
+        <v>2278</v>
+      </c>
+      <c r="B719" s="25" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C719" s="24" t="s">
+        <v>1423</v>
+      </c>
+      <c r="D719" s="38">
+        <v>46194</v>
+      </c>
+    </row>
+    <row r="720" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A720" s="15" t="s">
+        <v>2876</v>
+      </c>
+      <c r="B720" s="30" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C720" s="24" t="s">
+        <v>2010</v>
+      </c>
+      <c r="D720" s="33">
+        <v>46194</v>
+      </c>
+    </row>
+    <row r="721" spans="1:4" ht="174" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A721" s="13" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B721" s="24" t="s">
+        <v>1425</v>
+      </c>
+      <c r="C721" s="24" t="s">
+        <v>1426</v>
+      </c>
+      <c r="D721" s="33">
+        <v>46195</v>
+      </c>
+    </row>
+    <row r="722" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A722" s="15" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B722" s="24" t="s">
+        <v>1428</v>
+      </c>
+      <c r="C722" s="24" t="s">
+        <v>213</v>
+      </c>
+      <c r="D722" s="33">
+        <v>46196</v>
+      </c>
+    </row>
+    <row r="723" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A723" s="15" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B723" s="24" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C723" s="24" t="s">
+        <v>84</v>
+      </c>
+      <c r="D723" s="33">
+        <v>46204</v>
+      </c>
+    </row>
+    <row r="724" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A724" s="15" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B724" s="30" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C724" s="24" t="s">
+        <v>2011</v>
+      </c>
+      <c r="D724" s="33">
+        <v>46197</v>
+      </c>
+    </row>
+    <row r="725" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A725" s="15" t="s">
+        <v>2706</v>
+      </c>
+      <c r="B725" s="30" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C725" s="24" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D725" s="33">
+        <v>46251</v>
+      </c>
+    </row>
+    <row r="726" spans="1:4" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A726" s="15" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B726" s="24" t="s">
+        <v>2789</v>
+      </c>
+      <c r="C726" s="24" t="s">
+        <v>1436</v>
+      </c>
+      <c r="D726" s="38">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="727" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A727" s="15" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B727" s="24" t="s">
+        <v>505</v>
+      </c>
+      <c r="C727" s="24" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D727" s="38">
+        <v>46250</v>
+      </c>
+    </row>
+    <row r="728" spans="1:4" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A728" s="15" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B728" s="24" t="s">
+        <v>1439</v>
+      </c>
+      <c r="C728" s="24" t="s">
+        <v>62</v>
+      </c>
+      <c r="D728" s="38">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="729" spans="1:4" ht="157.5" x14ac:dyDescent="0.25">
+      <c r="A729" s="15" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B729" s="30" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C729" s="24" t="s">
+        <v>926</v>
+      </c>
+      <c r="D729" s="38">
+        <v>46216</v>
+      </c>
+    </row>
+    <row r="730" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A730" s="15" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B730" s="30" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C730" s="24" t="s">
+        <v>1444</v>
+      </c>
+      <c r="D730" s="38">
+        <v>46124</v>
+      </c>
+    </row>
+    <row r="731" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A731" s="15" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B731" s="24" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C731" s="24" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D731" s="33">
+        <v>46220</v>
+      </c>
+    </row>
+    <row r="732" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A732" s="13" t="s">
+        <v>2705</v>
+      </c>
+      <c r="B732" s="25" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C732" s="24" t="s">
+        <v>2013</v>
+      </c>
+      <c r="D732" s="38">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="733" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A733" s="15" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B733" s="24" t="s">
+        <v>2806</v>
+      </c>
+      <c r="C733" s="24" t="s">
+        <v>1450</v>
+      </c>
+      <c r="D733" s="38">
+        <v>46214</v>
+      </c>
+    </row>
+    <row r="734" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A734" s="15" t="s">
+        <v>2820</v>
+      </c>
+      <c r="B734" s="30" t="s">
+        <v>2821</v>
+      </c>
+      <c r="C734" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="D734" s="38">
+        <v>46219</v>
+      </c>
+    </row>
+    <row r="735" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A735" s="15" t="s">
+        <v>2107</v>
+      </c>
+      <c r="B735" s="30" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C735" s="24" t="s">
+        <v>421</v>
+      </c>
+      <c r="D735" s="38">
+        <v>46230</v>
+      </c>
+    </row>
+    <row r="736" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A736" s="15" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B736" s="30" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C736" s="24" t="s">
+        <v>421</v>
+      </c>
+      <c r="D736" s="38">
+        <v>46230</v>
+      </c>
+    </row>
+    <row r="737" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A737" s="15" t="s">
+        <v>1454</v>
+      </c>
+      <c r="B737" s="30" t="s">
+        <v>1455</v>
+      </c>
+      <c r="C737" s="24" t="s">
+        <v>2014</v>
+      </c>
+      <c r="D737" s="38">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="738" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A738" s="15" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B738" s="30" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C738" s="24" t="s">
+        <v>2015</v>
+      </c>
+      <c r="D738" s="38">
+        <v>46231</v>
+      </c>
+    </row>
+    <row r="739" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A739" s="15" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B739" s="30" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C739" s="24" t="s">
+        <v>1461</v>
+      </c>
+      <c r="D739" s="38">
+        <v>46231</v>
+      </c>
+    </row>
+    <row r="740" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A740" s="15" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B740" s="30" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C740" s="24" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D740" s="38">
+        <v>46234</v>
+      </c>
+    </row>
+    <row r="741" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A741" s="15" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B741" s="30" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C741" s="24" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D741" s="38">
+        <v>46345</v>
+      </c>
+    </row>
+    <row r="742" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A742" s="15" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B742" s="30" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C742" s="24" t="s">
+        <v>2017</v>
+      </c>
+      <c r="D742" s="38">
+        <v>46237</v>
+      </c>
+    </row>
+    <row r="743" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A743" s="15" t="s">
+        <v>2137</v>
+      </c>
+      <c r="B743" s="30" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C743" s="24" t="s">
+        <v>174</v>
+      </c>
+      <c r="D743" s="38">
+        <v>46237</v>
+      </c>
+    </row>
+    <row r="744" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A744" s="15" t="s">
+        <v>1468</v>
+      </c>
+      <c r="B744" s="30" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C744" s="24" t="s">
+        <v>1470</v>
+      </c>
+      <c r="D744" s="38">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="745" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A745" s="15" t="s">
+        <v>2353</v>
+      </c>
+      <c r="B745" s="30" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C745" s="24" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D745" s="38">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="746" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A746" s="15" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B746" s="30" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C746" s="24" t="s">
+        <v>2018</v>
+      </c>
+      <c r="D746" s="38">
+        <v>46250</v>
+      </c>
+    </row>
+    <row r="747" spans="1:4" ht="300.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A747" s="21" t="s">
+        <v>2960</v>
+      </c>
+      <c r="B747" s="24" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C747" s="24" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D747" s="33">
+        <v>46436</v>
+      </c>
+    </row>
+    <row r="748" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A748" s="52" t="s">
+        <v>2869</v>
+      </c>
+      <c r="B748" s="30" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C748" s="24" t="s">
+        <v>2019</v>
+      </c>
+      <c r="D748" s="53">
+        <v>46235</v>
+      </c>
+    </row>
+    <row r="749" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A749" s="52" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B749" s="54" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C749" s="24" t="s">
+        <v>2020</v>
+      </c>
+      <c r="D749" s="38">
+        <v>46270</v>
+      </c>
+    </row>
+    <row r="750" spans="1:4" ht="170.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A750" s="14" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B750" s="34" t="s">
+        <v>2896</v>
+      </c>
+      <c r="C750" s="24" t="s">
+        <v>2021</v>
+      </c>
+      <c r="D750" s="33">
+        <v>46242</v>
+      </c>
+    </row>
+    <row r="751" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A751" s="52" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B751" s="30" t="s">
+        <v>3064</v>
+      </c>
+      <c r="C751" s="24" t="s">
+        <v>2022</v>
+      </c>
+      <c r="D751" s="38">
+        <v>46296</v>
+      </c>
+    </row>
+    <row r="752" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A752" s="15" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B752" s="24" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C752" s="24" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D752" s="38">
+        <v>46102</v>
+      </c>
+    </row>
+    <row r="753" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A753" s="15" t="s">
+        <v>2168</v>
+      </c>
+      <c r="B753" s="24" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C753" s="24" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D753" s="38">
+        <v>46273</v>
+      </c>
+    </row>
+    <row r="754" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A754" s="15" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B754" s="24" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C754" s="24" t="s">
+        <v>2023</v>
+      </c>
+      <c r="D754" s="38">
+        <v>46273</v>
+      </c>
+    </row>
+    <row r="755" spans="1:4" ht="138.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A755" s="14" t="s">
+        <v>2169</v>
+      </c>
+      <c r="B755" s="24" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C755" s="24" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D755" s="33">
+        <v>46237</v>
+      </c>
+    </row>
+    <row r="756" spans="1:4" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A756" s="52" t="s">
+        <v>2397</v>
+      </c>
+      <c r="B756" s="30" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C756" s="24" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D756" s="38">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="757" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A757" s="52" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B757" s="25" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C757" s="24" t="s">
+        <v>2025</v>
+      </c>
+      <c r="D757" s="53">
+        <v>46286</v>
+      </c>
+    </row>
+    <row r="758" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A758" s="15" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B758" s="24" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C758" s="24" t="s">
+        <v>2026</v>
+      </c>
+      <c r="D758" s="38">
+        <v>46291</v>
+      </c>
+    </row>
+    <row r="759" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A759" s="52" t="s">
+        <v>1493</v>
+      </c>
+      <c r="B759" s="30" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C759" s="24" t="s">
+        <v>2027</v>
+      </c>
+      <c r="D759" s="33">
+        <v>46323</v>
+      </c>
+    </row>
+    <row r="760" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A760" s="52" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B760" s="35" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C760" s="24" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D760" s="53">
+        <v>46297</v>
+      </c>
+    </row>
+    <row r="761" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A761" s="52" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B761" s="30" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C761" s="24" t="s">
+        <v>2028</v>
+      </c>
+      <c r="D761" s="53">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="762" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A762" s="13" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B762" s="24" t="s">
+        <v>1501</v>
+      </c>
+      <c r="C762" s="24" t="s">
+        <v>1502</v>
+      </c>
+      <c r="D762" s="33">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="763" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A763" s="55" t="s">
+        <v>2242</v>
+      </c>
+      <c r="B763" s="54" t="s">
+        <v>3051</v>
+      </c>
+      <c r="C763" s="24" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D763" s="53">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="764" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A764" s="52" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B764" s="30" t="s">
+        <v>1505</v>
+      </c>
+      <c r="C764" s="24" t="s">
+        <v>1506</v>
+      </c>
+      <c r="D764" s="53">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="765" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A765" s="52" t="s">
+        <v>2243</v>
+      </c>
+      <c r="B765" s="30" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C765" s="24" t="s">
+        <v>2029</v>
+      </c>
+      <c r="D765" s="53">
+        <v>46320</v>
+      </c>
+    </row>
+    <row r="766" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A766" s="52" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B766" s="30" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C766" s="24" t="s">
+        <v>2030</v>
+      </c>
+      <c r="D766" s="53">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="767" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A767" s="15" t="s">
+        <v>2244</v>
+      </c>
+      <c r="B767" s="24" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C767" s="24" t="s">
+        <v>814</v>
+      </c>
+      <c r="D767" s="33">
+        <v>46359</v>
+      </c>
+    </row>
+    <row r="768" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A768" s="52" t="s">
+        <v>1511</v>
+      </c>
+      <c r="B768" s="30" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C768" s="24" t="s">
+        <v>2031</v>
+      </c>
+      <c r="D768" s="53">
+        <v>46321</v>
+      </c>
+    </row>
+    <row r="769" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A769" s="57" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B769" s="58" t="s">
+        <v>1514</v>
+      </c>
+      <c r="C769" s="24" t="s">
+        <v>2032</v>
+      </c>
+      <c r="D769" s="53">
+        <v>46322</v>
+      </c>
+    </row>
+    <row r="770" spans="1:4" ht="242.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A770" s="52" t="s">
+        <v>2930</v>
+      </c>
+      <c r="B770" s="54" t="s">
+        <v>2931</v>
+      </c>
+      <c r="C770" s="24" t="s">
+        <v>1515</v>
+      </c>
+      <c r="D770" s="53">
+        <v>46215</v>
+      </c>
+    </row>
+    <row r="771" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A771" s="52" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B771" s="30" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C771" s="24" t="s">
+        <v>1518</v>
+      </c>
+      <c r="D771" s="53">
+        <v>46340</v>
+      </c>
+    </row>
+    <row r="772" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A772" s="16" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B772" s="24" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C772" s="24" t="s">
+        <v>1521</v>
+      </c>
+      <c r="D772" s="56">
+        <v>46323</v>
+      </c>
+    </row>
+    <row r="773" spans="1:4" ht="213.75" x14ac:dyDescent="0.25">
+      <c r="A773" s="60" t="s">
+        <v>2126</v>
+      </c>
+      <c r="B773" s="24" t="s">
+        <v>1522</v>
+      </c>
+      <c r="C773" s="24" t="s">
+        <v>2033</v>
+      </c>
+      <c r="D773" s="56">
+        <v>46351</v>
+      </c>
+    </row>
+    <row r="774" spans="1:4" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A774" s="20" t="s">
+        <v>2188</v>
+      </c>
+      <c r="B774" s="34" t="s">
+        <v>2910</v>
+      </c>
+      <c r="C774" s="24" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D774" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="775" spans="1:4" ht="141" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A775" s="52" t="s">
+        <v>2187</v>
+      </c>
+      <c r="B775" s="30" t="s">
+        <v>3367</v>
+      </c>
+      <c r="C775" s="24" t="s">
+        <v>2034</v>
+      </c>
+      <c r="D775" s="53">
+        <v>46353</v>
+      </c>
+    </row>
+    <row r="776" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A776" s="52" t="s">
+        <v>2089</v>
+      </c>
+      <c r="B776" s="24" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C776" s="24" t="s">
+        <v>1526</v>
+      </c>
+      <c r="D776" s="38">
+        <v>46371</v>
+      </c>
+    </row>
+    <row r="777" spans="1:4" ht="42.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A777" s="52" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B777" s="30" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C777" s="24" t="s">
+        <v>2035</v>
+      </c>
+      <c r="D777" s="38">
+        <v>46367</v>
+      </c>
+    </row>
+    <row r="778" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A778" s="13" t="s">
+        <v>1529</v>
+      </c>
+      <c r="B778" s="24" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C778" s="24" t="s">
+        <v>1531</v>
+      </c>
+      <c r="D778" s="33">
+        <v>46371</v>
+      </c>
+    </row>
+    <row r="779" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A779" s="52" t="s">
+        <v>3400</v>
+      </c>
+      <c r="B779" s="30" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C779" s="24" t="s">
+        <v>2036</v>
+      </c>
+      <c r="D779" s="38">
+        <v>46371</v>
+      </c>
+    </row>
+    <row r="780" spans="1:4" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A780" s="52" t="s">
+        <v>2227</v>
+      </c>
+      <c r="B780" s="34" t="s">
+        <v>2226</v>
+      </c>
+      <c r="C780" s="24" t="s">
+        <v>2037</v>
+      </c>
+      <c r="D780" s="38">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="781" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A781" s="52" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B781" s="54" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C781" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D781" s="38">
+        <v>46338</v>
+      </c>
+    </row>
+    <row r="782" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A782" s="52" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B782" s="30" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C782" s="24" t="s">
+        <v>3208</v>
+      </c>
+      <c r="D782" s="38">
+        <v>46376</v>
+      </c>
+    </row>
+    <row r="783" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A783" s="52" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B783" s="30" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C783" s="24" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D783" s="38">
+        <v>46384</v>
+      </c>
+    </row>
+    <row r="784" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A784" s="52" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B784" s="30" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C784" s="24" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D784" s="38">
+        <v>46384</v>
+      </c>
+    </row>
+    <row r="785" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A785" s="52" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B785" s="30" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C785" s="24" t="s">
+        <v>2038</v>
+      </c>
+      <c r="D785" s="53">
+        <v>46399</v>
+      </c>
+    </row>
+    <row r="786" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A786" s="52" t="s">
+        <v>2137</v>
+      </c>
+      <c r="B786" s="30" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C786" s="24" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D786" s="53">
+        <v>46237</v>
+      </c>
+    </row>
+    <row r="787" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A787" s="15" t="s">
+        <v>3437</v>
+      </c>
+      <c r="B787" s="24" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C787" s="24" t="s">
+        <v>1543</v>
+      </c>
+      <c r="D787" s="33">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="788" spans="1:4" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A788" s="52" t="s">
+        <v>2148</v>
+      </c>
+      <c r="B788" s="30" t="s">
+        <v>1544</v>
+      </c>
+      <c r="C788" s="24" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D788" s="33">
+        <v>46438</v>
+      </c>
+    </row>
+    <row r="789" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A789" s="52" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B789" s="30" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C789" s="24" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D789" s="53">
+        <v>46405</v>
+      </c>
+    </row>
+    <row r="790" spans="1:4" ht="266.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A790" s="14" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B790" s="24" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C790" s="24" t="s">
+        <v>3209</v>
+      </c>
+      <c r="D790" s="33">
+        <v>46407</v>
+      </c>
+    </row>
+    <row r="791" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A791" s="13" t="s">
+        <v>3622</v>
+      </c>
+      <c r="B791" s="24" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C791" s="24" t="s">
+        <v>3501</v>
+      </c>
+      <c r="D791" s="56">
+        <v>46394</v>
+      </c>
+    </row>
+    <row r="792" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A792" s="52" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B792" s="30" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C792" s="24" t="s">
+        <v>1552</v>
+      </c>
+      <c r="D792" s="53">
+        <v>46423</v>
+      </c>
+    </row>
+    <row r="793" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A793" s="52" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B793" s="30" t="s">
+        <v>1554</v>
+      </c>
+      <c r="C793" s="24" t="s">
+        <v>2041</v>
+      </c>
+      <c r="D793" s="53">
+        <v>46111</v>
+      </c>
+    </row>
+    <row r="794" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A794" s="52" t="s">
+        <v>3618</v>
+      </c>
+      <c r="B794" s="30" t="s">
+        <v>403</v>
+      </c>
+      <c r="C794" s="24" t="s">
+        <v>1555</v>
+      </c>
+      <c r="D794" s="33">
+        <v>46424</v>
+      </c>
+    </row>
+    <row r="795" spans="1:4" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A795" s="14" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B795" s="54" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C795" s="24" t="s">
         <v>23</v>
       </c>
-      <c r="D700" s="38">
-[...4 lines deleted...]
-      <c r="A701" s="15" t="s">
+      <c r="D795" s="33">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="796" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A796" s="52" t="s">
+        <v>2989</v>
+      </c>
+      <c r="B796" s="34" t="s">
+        <v>2990</v>
+      </c>
+      <c r="C796" s="24" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D796" s="33">
+        <v>46277</v>
+      </c>
+    </row>
+    <row r="797" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A797" s="52" t="s">
+        <v>3625</v>
+      </c>
+      <c r="B797" s="30" t="s">
+        <v>1558</v>
+      </c>
+      <c r="C797" s="24" t="s">
+        <v>2043</v>
+      </c>
+      <c r="D797" s="33">
+        <v>46430</v>
+      </c>
+    </row>
+    <row r="798" spans="1:4" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A798" s="52" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B798" s="34" t="s">
+        <v>3324</v>
+      </c>
+      <c r="C798" s="24" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D798" s="33">
+        <v>46345</v>
+      </c>
+    </row>
+    <row r="799" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A799" s="60" t="s">
+        <v>2392</v>
+      </c>
+      <c r="B799" s="35" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C799" s="24" t="s">
+        <v>1562</v>
+      </c>
+      <c r="D799" s="33">
+        <v>46078</v>
+      </c>
+    </row>
+    <row r="800" spans="1:4" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A800" s="62" t="s">
+        <v>3410</v>
+      </c>
+      <c r="B800" s="24" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C800" s="24" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D800" s="33">
+        <v>46193</v>
+      </c>
+    </row>
+    <row r="801" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A801" s="52" t="s">
+        <v>2115</v>
+      </c>
+      <c r="B801" s="30" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C801" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D801" s="33">
+        <v>46133</v>
+      </c>
+    </row>
+    <row r="802" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A802" s="52" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B802" s="30" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C802" s="24" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D802" s="33">
+        <v>46441</v>
+      </c>
+    </row>
+    <row r="803" spans="1:4" ht="102.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A803" s="52" t="s">
+        <v>2116</v>
+      </c>
+      <c r="B803" s="30" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C803" s="24" t="s">
+        <v>2044</v>
+      </c>
+      <c r="D803" s="59">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="804" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A804" s="15" t="s">
+        <v>1569</v>
+      </c>
+      <c r="B804" s="24" t="s">
+        <v>648</v>
+      </c>
+      <c r="C804" s="24" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D804" s="33">
+        <v>46082</v>
+      </c>
+    </row>
+    <row r="805" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A805" s="52" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B805" s="30" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C805" s="24" t="s">
+        <v>2045</v>
+      </c>
+      <c r="D805" s="33">
+        <v>46447</v>
+      </c>
+    </row>
+    <row r="806" spans="1:4" ht="177.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A806" s="52" t="s">
+        <v>3638</v>
+      </c>
+      <c r="B806" s="30" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C806" s="24" t="s">
+        <v>2046</v>
+      </c>
+      <c r="D806" s="33">
+        <v>46452</v>
+      </c>
+    </row>
+    <row r="807" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A807" s="15" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B807" s="25" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C807" s="24" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D807" s="33">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="808" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A808" s="52" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B808" s="30" t="s">
+        <v>1578</v>
+      </c>
+      <c r="C808" s="24" t="s">
+        <v>3210</v>
+      </c>
+      <c r="D808" s="33">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="809" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A809" s="52" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B809" s="30" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C809" s="24" t="s">
+        <v>2047</v>
+      </c>
+      <c r="D809" s="33">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="810" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A810" s="52" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B810" s="30" t="s">
+        <v>1582</v>
+      </c>
+      <c r="C810" s="24" t="s">
+        <v>1583</v>
+      </c>
+      <c r="D810" s="33">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="811" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A811" s="52" t="s">
+        <v>1584</v>
+      </c>
+      <c r="B811" s="30" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C811" s="24" t="s">
+        <v>1586</v>
+      </c>
+      <c r="D811" s="33">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="812" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A812" s="52" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B812" s="45" t="s">
+        <v>1588</v>
+      </c>
+      <c r="C812" s="24" t="s">
+        <v>1589</v>
+      </c>
+      <c r="D812" s="38">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="813" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A813" s="52" t="s">
+        <v>2238</v>
+      </c>
+      <c r="B813" s="34" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C813" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="D813" s="38">
+        <v>46109</v>
+      </c>
+    </row>
+    <row r="814" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A814" s="52" t="s">
+        <v>2173</v>
+      </c>
+      <c r="B814" s="30" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C814" s="24" t="s">
+        <v>1590</v>
+      </c>
+      <c r="D814" s="38">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="815" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A815" s="52" t="s">
+        <v>2174</v>
+      </c>
+      <c r="B815" s="30" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C815" s="24" t="s">
+        <v>2048</v>
+      </c>
+      <c r="D815" s="38">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="816" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A816" s="52" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B816" s="30" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C816" s="24" t="s">
+        <v>1593</v>
+      </c>
+      <c r="D816" s="38">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="817" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A817" s="15" t="s">
+        <v>2141</v>
+      </c>
+      <c r="B817" s="34" t="s">
+        <v>2363</v>
+      </c>
+      <c r="C817" s="24" t="s">
+        <v>2049</v>
+      </c>
+      <c r="D817" s="56">
+        <v>46430</v>
+      </c>
+    </row>
+    <row r="818" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A818" s="52" t="s">
+        <v>2140</v>
+      </c>
+      <c r="B818" s="30" t="s">
+        <v>2455</v>
+      </c>
+      <c r="C818" s="24" t="s">
+        <v>1594</v>
+      </c>
+      <c r="D818" s="53">
+        <v>46115</v>
+      </c>
+    </row>
+    <row r="819" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A819" s="52" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B819" s="30" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C819" s="24" t="s">
+        <v>2050</v>
+      </c>
+      <c r="D819" s="53">
+        <v>46115</v>
+      </c>
+    </row>
+    <row r="820" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A820" s="52" t="s">
+        <v>1598</v>
+      </c>
+      <c r="B820" s="30" t="s">
+        <v>1599</v>
+      </c>
+      <c r="C820" s="24" t="s">
+        <v>1597</v>
+      </c>
+      <c r="D820" s="53">
+        <v>46118</v>
+      </c>
+    </row>
+    <row r="821" spans="1:4" ht="217.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A821" s="52" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B821" s="30" t="s">
+        <v>1601</v>
+      </c>
+      <c r="C821" s="24" t="s">
+        <v>761</v>
+      </c>
+      <c r="D821" s="38">
+        <v>46115</v>
+      </c>
+    </row>
+    <row r="822" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A822" s="16" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B822" s="25" t="s">
+        <v>1603</v>
+      </c>
+      <c r="C822" s="24" t="s">
+        <v>3289</v>
+      </c>
+      <c r="D822" s="33">
+        <v>46289</v>
+      </c>
+    </row>
+    <row r="823" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A823" s="15" t="s">
+        <v>1605</v>
+      </c>
+      <c r="B823" s="24" t="s">
+        <v>282</v>
+      </c>
+      <c r="C823" s="24" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D823" s="33">
+        <v>46139</v>
+      </c>
+    </row>
+    <row r="824" spans="1:4" ht="166.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A824" s="13" t="s">
+        <v>160</v>
+      </c>
+      <c r="B824" s="24" t="s">
+        <v>161</v>
+      </c>
+      <c r="C824" s="24" t="s">
+        <v>1606</v>
+      </c>
+      <c r="D824" s="38">
+        <v>46121</v>
+      </c>
+    </row>
+    <row r="825" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A825" s="52" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B825" s="30" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C825" s="24" t="s">
+        <v>2051</v>
+      </c>
+      <c r="D825" s="53">
+        <v>46123</v>
+      </c>
+    </row>
+    <row r="826" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A826" s="15" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B826" s="24" t="s">
+        <v>1610</v>
+      </c>
+      <c r="C826" s="24" t="s">
+        <v>1611</v>
+      </c>
+      <c r="D826" s="33">
+        <v>46116</v>
+      </c>
+    </row>
+    <row r="827" spans="1:4" ht="255" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A827" s="16" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B827" s="24" t="s">
+        <v>913</v>
+      </c>
+      <c r="C827" s="24" t="s">
+        <v>1613</v>
+      </c>
+      <c r="D827" s="33">
+        <v>46128</v>
+      </c>
+    </row>
+    <row r="828" spans="1:4" ht="143.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A828" s="52" t="s">
+        <v>2393</v>
+      </c>
+      <c r="B828" s="30" t="s">
+        <v>1614</v>
+      </c>
+      <c r="C828" s="24" t="s">
+        <v>2052</v>
+      </c>
+      <c r="D828" s="56">
+        <v>46130</v>
+      </c>
+    </row>
+    <row r="829" spans="1:4" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A829" s="16" t="s">
+        <v>2395</v>
+      </c>
+      <c r="B829" s="24" t="s">
+        <v>913</v>
+      </c>
+      <c r="C829" s="24" t="s">
+        <v>1613</v>
+      </c>
+      <c r="D829" s="33">
+        <v>46134</v>
+      </c>
+    </row>
+    <row r="830" spans="1:4" ht="326.25" x14ac:dyDescent="0.25">
+      <c r="A830" s="52" t="s">
+        <v>2394</v>
+      </c>
+      <c r="B830" s="54" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C830" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="D830" s="53">
+        <v>46129</v>
+      </c>
+    </row>
+    <row r="831" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A831" s="52" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B831" s="35" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C831" s="24" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D831" s="33">
+        <v>46137</v>
+      </c>
+    </row>
+    <row r="832" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A832" s="52" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B832" s="54" t="s">
+        <v>1619</v>
+      </c>
+      <c r="C832" s="24" t="s">
+        <v>2054</v>
+      </c>
+      <c r="D832" s="38">
+        <v>46137</v>
+      </c>
+    </row>
+    <row r="833" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A833" s="63" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B833" s="45" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C833" s="24" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D833" s="38">
+        <v>46138</v>
+      </c>
+    </row>
+    <row r="834" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A834" s="52" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B834" s="54" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C834" s="24" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D834" s="33">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="835" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A835" s="63" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B835" s="45" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C835" s="24" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D835" s="38">
+        <v>46148</v>
+      </c>
+    </row>
+    <row r="836" spans="1:4" ht="135" x14ac:dyDescent="0.25">
+      <c r="A836" s="52" t="s">
+        <v>3634</v>
+      </c>
+      <c r="B836" s="30" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C836" s="24" t="s">
+        <v>2056</v>
+      </c>
+      <c r="D836" s="38">
+        <v>46149</v>
+      </c>
+    </row>
+    <row r="837" spans="1:4" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A837" s="52" t="s">
+        <v>3635</v>
+      </c>
+      <c r="B837" s="30" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C837" s="24" t="s">
+        <v>2057</v>
+      </c>
+      <c r="D837" s="53">
+        <v>46466</v>
+      </c>
+    </row>
+    <row r="838" spans="1:4" ht="212.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A838" s="52" t="s">
+        <v>2286</v>
+      </c>
+      <c r="B838" s="30" t="s">
+        <v>1628</v>
+      </c>
+      <c r="C838" s="24" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D838" s="38">
+        <v>46158</v>
+      </c>
+    </row>
+    <row r="839" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A839" s="52" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B839" s="30" t="s">
+        <v>865</v>
+      </c>
+      <c r="C839" s="24" t="s">
+        <v>2058</v>
+      </c>
+      <c r="D839" s="33">
+        <v>46167</v>
+      </c>
+    </row>
+    <row r="840" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A840" s="52" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B840" s="30" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C840" s="24" t="s">
+        <v>3211</v>
+      </c>
+      <c r="D840" s="33">
+        <v>46166</v>
+      </c>
+    </row>
+    <row r="841" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A841" s="52" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B841" s="30" t="s">
+        <v>1634</v>
+      </c>
+      <c r="C841" s="24" t="s">
+        <v>1635</v>
+      </c>
+      <c r="D841" s="33">
+        <v>46167</v>
+      </c>
+    </row>
+    <row r="842" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A842" s="52" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B842" s="45" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C842" s="24" t="s">
+        <v>2059</v>
+      </c>
+      <c r="D842" s="33">
+        <v>46171</v>
+      </c>
+    </row>
+    <row r="843" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A843" s="52" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B843" s="30" t="s">
+        <v>1639</v>
+      </c>
+      <c r="C843" s="24" t="s">
+        <v>2060</v>
+      </c>
+      <c r="D843" s="33">
+        <v>46170</v>
+      </c>
+    </row>
+    <row r="844" spans="1:4" ht="131.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A844" s="15" t="s">
+        <v>2475</v>
+      </c>
+      <c r="B844" s="34" t="s">
+        <v>2474</v>
+      </c>
+      <c r="C844" s="24" t="s">
+        <v>2061</v>
+      </c>
+      <c r="D844" s="33">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="845" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A845" s="52" t="s">
+        <v>3607</v>
+      </c>
+      <c r="B845" s="30" t="s">
+        <v>1640</v>
+      </c>
+      <c r="C845" s="24" t="s">
+        <v>1641</v>
+      </c>
+      <c r="D845" s="33">
+        <v>46180</v>
+      </c>
+    </row>
+    <row r="846" spans="1:4" ht="131.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A846" s="52" t="s">
+        <v>2193</v>
+      </c>
+      <c r="B846" s="30" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C846" s="24" t="s">
+        <v>2062</v>
+      </c>
+      <c r="D846" s="38">
+        <v>46186</v>
+      </c>
+    </row>
+    <row r="847" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A847" s="52" t="s">
+        <v>1643</v>
+      </c>
+      <c r="B847" s="30" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C847" s="24" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D847" s="38">
+        <v>46192</v>
+      </c>
+    </row>
+    <row r="848" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A848" s="52" t="s">
+        <v>2295</v>
+      </c>
+      <c r="B848" s="30" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C848" s="24" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D848" s="33">
+        <v>46420</v>
+      </c>
+    </row>
+    <row r="849" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A849" s="52" t="s">
+        <v>2943</v>
+      </c>
+      <c r="B849" s="30" t="s">
+        <v>1672</v>
+      </c>
+      <c r="C849" s="24" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D849" s="38">
+        <v>46200</v>
+      </c>
+    </row>
+    <row r="850" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A850" s="52" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B850" s="24" t="s">
+        <v>1675</v>
+      </c>
+      <c r="C850" s="24" t="s">
+        <v>1676</v>
+      </c>
+      <c r="D850" s="38">
+        <v>46199</v>
+      </c>
+    </row>
+    <row r="851" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A851" s="52" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B851" s="24" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C851" s="24" t="s">
+        <v>1676</v>
+      </c>
+      <c r="D851" s="38">
+        <v>46199</v>
+      </c>
+    </row>
+    <row r="852" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A852" s="52" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B852" s="30" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C852" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D852" s="38">
+        <v>46176</v>
+      </c>
+    </row>
+    <row r="853" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A853" s="16" t="s">
+        <v>3630</v>
+      </c>
+      <c r="B853" s="24" t="s">
+        <v>183</v>
+      </c>
+      <c r="C853" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D853" s="38">
+        <v>46144</v>
+      </c>
+    </row>
+    <row r="854" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A854" s="15" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B854" s="24" t="s">
+        <v>2720</v>
+      </c>
+      <c r="C854" s="24" t="s">
+        <v>436</v>
+      </c>
+      <c r="D854" s="38">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="855" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A855" s="60" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B855" s="25" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C855" s="24" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D855" s="33">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="856" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A856" s="52" t="s">
+        <v>1688</v>
+      </c>
+      <c r="B856" s="54" t="s">
+        <v>1689</v>
+      </c>
+      <c r="C856" s="24" t="s">
+        <v>3212</v>
+      </c>
+      <c r="D856" s="38">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="857" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A857" s="52" t="s">
+        <v>2106</v>
+      </c>
+      <c r="B857" s="30" t="s">
+        <v>2872</v>
+      </c>
+      <c r="C857" s="24" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D857" s="38">
+        <v>46236</v>
+      </c>
+    </row>
+    <row r="858" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A858" s="52" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B858" s="30" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C858" s="24" t="s">
+        <v>2064</v>
+      </c>
+      <c r="D858" s="53">
+        <v>46355</v>
+      </c>
+    </row>
+    <row r="859" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A859" s="52" t="s">
+        <v>2107</v>
+      </c>
+      <c r="B859" s="30" t="s">
+        <v>1692</v>
+      </c>
+      <c r="C859" s="24" t="s">
+        <v>421</v>
+      </c>
+      <c r="D859" s="38">
+        <v>46296</v>
+      </c>
+    </row>
+    <row r="860" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A860" s="15" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B860" s="24" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C860" s="24" t="s">
+        <v>2065</v>
+      </c>
+      <c r="D860" s="33">
+        <v>46305</v>
+      </c>
+    </row>
+    <row r="861" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A861" s="52" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B861" s="54" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C861" s="24" t="s">
+        <v>409</v>
+      </c>
+      <c r="D861" s="33">
+        <v>46220</v>
+      </c>
+    </row>
+    <row r="862" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A862" s="52" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B862" s="54" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C862" s="24" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D862" s="56">
+        <v>46222</v>
+      </c>
+    </row>
+    <row r="863" spans="1:4" ht="271.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A863" s="14" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B863" s="25" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C863" s="24" t="s">
+        <v>2066</v>
+      </c>
+      <c r="D863" s="33">
+        <v>46433</v>
+      </c>
+    </row>
+    <row r="864" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A864" s="52" t="s">
+        <v>3589</v>
+      </c>
+      <c r="B864" s="54" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C864" s="24" t="s">
+        <v>2067</v>
+      </c>
+      <c r="D864" s="33">
+        <v>46103</v>
+      </c>
+    </row>
+    <row r="865" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A865" s="52" t="s">
+        <v>1703</v>
+      </c>
+      <c r="B865" s="30" t="s">
+        <v>1704</v>
+      </c>
+      <c r="C865" s="24" t="s">
+        <v>2068</v>
+      </c>
+      <c r="D865" s="38">
+        <v>46233</v>
+      </c>
+    </row>
+    <row r="866" spans="1:4" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A866" s="64" t="s">
+        <v>2772</v>
+      </c>
+      <c r="B866" s="25" t="s">
+        <v>1706</v>
+      </c>
+      <c r="C866" s="24" t="s">
+        <v>2069</v>
+      </c>
+      <c r="D866" s="56">
+        <v>46233</v>
+      </c>
+    </row>
+    <row r="867" spans="1:4" ht="366.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A867" s="14" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B867" s="25" t="s">
+        <v>1707</v>
+      </c>
+      <c r="C867" s="24" t="s">
+        <v>1708</v>
+      </c>
+      <c r="D867" s="33">
+        <v>46212</v>
+      </c>
+    </row>
+    <row r="868" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A868" s="52" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B868" s="24" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C868" s="24" t="s">
+        <v>1712</v>
+      </c>
+      <c r="D868" s="56">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="869" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A869" s="52" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B869" s="35" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C869" s="24" t="s">
+        <v>2070</v>
+      </c>
+      <c r="D869" s="33">
+        <v>46240</v>
+      </c>
+    </row>
+    <row r="870" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A870" s="52" t="s">
+        <v>1715</v>
+      </c>
+      <c r="B870" s="30" t="s">
+        <v>1716</v>
+      </c>
+      <c r="C870" s="24" t="s">
+        <v>2071</v>
+      </c>
+      <c r="D870" s="33">
+        <v>46242</v>
+      </c>
+    </row>
+    <row r="871" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A871" s="52" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B871" s="30" t="s">
+        <v>1718</v>
+      </c>
+      <c r="C871" s="24" t="s">
+        <v>1523</v>
+      </c>
+      <c r="D871" s="33">
+        <v>46250</v>
+      </c>
+    </row>
+    <row r="872" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A872" s="52" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B872" s="25" t="s">
+        <v>2925</v>
+      </c>
+      <c r="C872" s="24" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D872" s="33">
+        <v>46248</v>
+      </c>
+    </row>
+    <row r="873" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A873" s="52" t="s">
+        <v>1721</v>
+      </c>
+      <c r="B873" s="54" t="s">
+        <v>1722</v>
+      </c>
+      <c r="C873" s="24" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D873" s="33">
+        <v>46062</v>
+      </c>
+    </row>
+    <row r="874" spans="1:4" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A874" s="52" t="s">
+        <v>2314</v>
+      </c>
+      <c r="B874" s="54" t="s">
+        <v>1723</v>
+      </c>
+      <c r="C874" s="24" t="s">
+        <v>2073</v>
+      </c>
+      <c r="D874" s="33">
+        <v>46112</v>
+      </c>
+    </row>
+    <row r="875" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A875" s="13" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B875" s="25" t="s">
+        <v>1725</v>
+      </c>
+      <c r="C875" s="24" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D875" s="33">
+        <v>46262</v>
+      </c>
+    </row>
+    <row r="876" spans="1:4" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A876" s="18" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B876" s="24" t="s">
+        <v>1729</v>
+      </c>
+      <c r="C876" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D876" s="33">
+        <v>46259</v>
+      </c>
+    </row>
+    <row r="877" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A877" s="52" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B877" s="35" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C877" s="24" t="s">
+        <v>1733</v>
+      </c>
+      <c r="D877" s="33">
+        <v>46271</v>
+      </c>
+    </row>
+    <row r="878" spans="1:4" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A878" s="16" t="s">
+        <v>2154</v>
+      </c>
+      <c r="B878" s="24" t="s">
+        <v>183</v>
+      </c>
+      <c r="C878" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D878" s="38">
+        <v>46269</v>
+      </c>
+    </row>
+    <row r="879" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A879" s="52" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B879" s="54" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C879" s="24" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D879" s="38">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="880" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A880" s="13" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B880" s="25" t="s">
+        <v>620</v>
+      </c>
+      <c r="C880" s="24" t="s">
+        <v>3144</v>
+      </c>
+      <c r="D880" s="38">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="881" spans="1:4" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A881" s="52" t="s">
+        <v>2147</v>
+      </c>
+      <c r="B881" s="30" t="s">
+        <v>1739</v>
+      </c>
+      <c r="C881" s="24" t="s">
+        <v>1740</v>
+      </c>
+      <c r="D881" s="38">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="882" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A882" s="13" t="s">
+        <v>3590</v>
+      </c>
+      <c r="B882" s="25" t="s">
+        <v>620</v>
+      </c>
+      <c r="C882" s="24" t="s">
+        <v>2076</v>
+      </c>
+      <c r="D882" s="56">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="883" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A883" s="13" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B883" s="25" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C883" s="24" t="s">
+        <v>1743</v>
+      </c>
+      <c r="D883" s="33">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="884" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A884" s="15" t="s">
+        <v>1744</v>
+      </c>
+      <c r="B884" s="24" t="s">
+        <v>1745</v>
+      </c>
+      <c r="C884" s="24" t="s">
+        <v>69</v>
+      </c>
+      <c r="D884" s="33">
+        <v>46467</v>
+      </c>
+    </row>
+    <row r="885" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A885" s="52" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B885" s="30" t="s">
+        <v>1747</v>
+      </c>
+      <c r="C885" s="24" t="s">
+        <v>2077</v>
+      </c>
+      <c r="D885" s="56">
+        <v>46290</v>
+      </c>
+    </row>
+    <row r="886" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A886" s="52" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B886" s="30" t="s">
+        <v>1749</v>
+      </c>
+      <c r="C886" s="24" t="s">
+        <v>1750</v>
+      </c>
+      <c r="D886" s="56">
+        <v>46297</v>
+      </c>
+    </row>
+    <row r="887" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A887" s="52" t="s">
+        <v>1751</v>
+      </c>
+      <c r="B887" s="30" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C887" s="24" t="s">
+        <v>1752</v>
+      </c>
+      <c r="D887" s="56">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="888" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A888" s="52" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B888" s="30" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C888" s="24" t="s">
+        <v>1754</v>
+      </c>
+      <c r="D888" s="56">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="889" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A889" s="52" t="s">
+        <v>1755</v>
+      </c>
+      <c r="B889" s="30" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C889" s="24" t="s">
+        <v>1756</v>
+      </c>
+      <c r="D889" s="56">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="890" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A890" s="52" t="s">
+        <v>1757</v>
+      </c>
+      <c r="B890" s="30" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C890" s="24" t="s">
+        <v>2078</v>
+      </c>
+      <c r="D890" s="56">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="891" spans="1:4" ht="246" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A891" s="52" t="s">
+        <v>2966</v>
+      </c>
+      <c r="B891" s="30" t="s">
+        <v>1758</v>
+      </c>
+      <c r="C891" s="93" t="s">
+        <v>2967</v>
+      </c>
+      <c r="D891" s="53">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="892" spans="1:4" ht="211.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A892" s="15" t="s">
+        <v>2153</v>
+      </c>
+      <c r="B892" s="34" t="s">
+        <v>3050</v>
+      </c>
+      <c r="C892" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D892" s="38">
+        <v>46278</v>
+      </c>
+    </row>
+    <row r="893" spans="1:4" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A893" s="67" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B893" s="25" t="s">
+        <v>1761</v>
+      </c>
+      <c r="C893" s="24" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D893" s="38">
+        <v>46298</v>
+      </c>
+    </row>
+    <row r="894" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A894" s="52" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B894" s="30" t="s">
+        <v>1764</v>
+      </c>
+      <c r="C894" s="24" t="s">
+        <v>2079</v>
+      </c>
+      <c r="D894" s="53">
+        <v>46299</v>
+      </c>
+    </row>
+    <row r="895" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A895" s="52" t="s">
+        <v>2881</v>
+      </c>
+      <c r="B895" s="30" t="s">
+        <v>1765</v>
+      </c>
+      <c r="C895" s="24" t="s">
+        <v>3290</v>
+      </c>
+      <c r="D895" s="56">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="896" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A896" s="52" t="s">
+        <v>1768</v>
+      </c>
+      <c r="B896" s="30" t="s">
+        <v>1769</v>
+      </c>
+      <c r="C896" s="24" t="s">
+        <v>2080</v>
+      </c>
+      <c r="D896" s="56">
+        <v>46309</v>
+      </c>
+    </row>
+    <row r="897" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A897" s="52" t="s">
+        <v>2317</v>
+      </c>
+      <c r="B897" s="30" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C897" s="24" t="s">
+        <v>2081</v>
+      </c>
+      <c r="D897" s="53">
+        <v>46309</v>
+      </c>
+    </row>
+    <row r="898" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A898" s="52" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B898" s="45" t="s">
+        <v>1772</v>
+      </c>
+      <c r="C898" s="24" t="s">
+        <v>2082</v>
+      </c>
+      <c r="D898" s="53">
+        <v>46311</v>
+      </c>
+    </row>
+    <row r="899" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A899" s="52" t="s">
+        <v>1773</v>
+      </c>
+      <c r="B899" s="30" t="s">
+        <v>1774</v>
+      </c>
+      <c r="C899" s="24" t="s">
+        <v>1909</v>
+      </c>
+      <c r="D899" s="68">
+        <v>46347</v>
+      </c>
+    </row>
+    <row r="900" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A900" s="52" t="s">
+        <v>1775</v>
+      </c>
+      <c r="B900" s="54" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C900" s="24" t="s">
+        <v>917</v>
+      </c>
+      <c r="D900" s="38">
+        <v>46316</v>
+      </c>
+    </row>
+    <row r="901" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A901" s="52" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B901" s="30" t="s">
+        <v>3072</v>
+      </c>
+      <c r="C901" s="24" t="s">
+        <v>1778</v>
+      </c>
+      <c r="D901" s="53">
+        <v>46316</v>
+      </c>
+    </row>
+    <row r="902" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A902" s="52" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B902" s="30" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C902" s="24" t="s">
+        <v>1781</v>
+      </c>
+      <c r="D902" s="53">
+        <v>46319</v>
+      </c>
+    </row>
+    <row r="903" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A903" s="52" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B903" s="30" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C903" s="24" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D903" s="53">
+        <v>46319</v>
+      </c>
+    </row>
+    <row r="904" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A904" s="55" t="s">
+        <v>1784</v>
+      </c>
+      <c r="B904" s="54" t="s">
+        <v>1785</v>
+      </c>
+      <c r="C904" s="24" t="s">
+        <v>1786</v>
+      </c>
+      <c r="D904" s="56">
+        <v>46320</v>
+      </c>
+    </row>
+    <row r="905" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A905" s="52" t="s">
+        <v>1788</v>
+      </c>
+      <c r="B905" s="54" t="s">
+        <v>1789</v>
+      </c>
+      <c r="C905" s="24" t="s">
+        <v>1790</v>
+      </c>
+      <c r="D905" s="53">
+        <v>46325</v>
+      </c>
+    </row>
+    <row r="906" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A906" s="52" t="s">
+        <v>1791</v>
+      </c>
+      <c r="B906" s="30" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C906" s="24" t="s">
+        <v>1793</v>
+      </c>
+      <c r="D906" s="53">
+        <v>46325</v>
+      </c>
+    </row>
+    <row r="907" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A907" s="52" t="s">
+        <v>2921</v>
+      </c>
+      <c r="B907" s="30" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C907" s="24" t="s">
+        <v>1795</v>
+      </c>
+      <c r="D907" s="53">
+        <v>46325</v>
+      </c>
+    </row>
+    <row r="908" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A908" s="52" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B908" s="25" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C908" s="24" t="s">
+        <v>2084</v>
+      </c>
+      <c r="D908" s="38">
+        <v>46313</v>
+      </c>
+    </row>
+    <row r="909" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A909" s="52" t="s">
+        <v>2228</v>
+      </c>
+      <c r="B909" s="25" t="s">
+        <v>2085</v>
+      </c>
+      <c r="C909" s="24" t="s">
+        <v>2086</v>
+      </c>
+      <c r="D909" s="33">
+        <v>46366</v>
+      </c>
+    </row>
+    <row r="910" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A910" s="52" t="s">
+        <v>2087</v>
+      </c>
+      <c r="B910" s="25" t="s">
+        <v>2969</v>
+      </c>
+      <c r="C910" s="24" t="s">
+        <v>1954</v>
+      </c>
+      <c r="D910" s="53">
+        <v>46269</v>
+      </c>
+    </row>
+    <row r="911" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A911" s="13" t="s">
+        <v>2093</v>
+      </c>
+      <c r="B911" s="24" t="s">
+        <v>2094</v>
+      </c>
+      <c r="C911" s="24" t="s">
+        <v>3213</v>
+      </c>
+      <c r="D911" s="33">
+        <v>46253</v>
+      </c>
+    </row>
+    <row r="912" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A912" s="52" t="s">
+        <v>2096</v>
+      </c>
+      <c r="B912" s="30" t="s">
+        <v>2097</v>
+      </c>
+      <c r="C912" s="85" t="s">
+        <v>2098</v>
+      </c>
+      <c r="D912" s="53">
+        <v>46335</v>
+      </c>
+      <c r="E912" s="86"/>
+    </row>
+    <row r="913" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A913" s="52" t="s">
+        <v>2104</v>
+      </c>
+      <c r="B913" s="24" t="s">
+        <v>2105</v>
+      </c>
+      <c r="C913" s="87" t="s">
+        <v>3214</v>
+      </c>
+      <c r="D913" s="33">
+        <v>46334</v>
+      </c>
+    </row>
+    <row r="914" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A914" s="52" t="s">
+        <v>2112</v>
+      </c>
+      <c r="B914" s="30" t="s">
+        <v>2113</v>
+      </c>
+      <c r="C914" s="85" t="s">
+        <v>3384</v>
+      </c>
+      <c r="D914" s="53">
+        <v>46337</v>
+      </c>
+    </row>
+    <row r="915" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A915" s="52" t="s">
+        <v>2159</v>
+      </c>
+      <c r="B915" s="30" t="s">
+        <v>2160</v>
+      </c>
+      <c r="C915" s="85" t="s">
+        <v>3543</v>
+      </c>
+      <c r="D915" s="53">
+        <v>46352</v>
+      </c>
+    </row>
+    <row r="916" spans="1:5" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A916" s="14" t="s">
+        <v>2163</v>
+      </c>
+      <c r="B916" s="25" t="s">
+        <v>2161</v>
+      </c>
+      <c r="C916" s="24" t="s">
+        <v>2162</v>
+      </c>
+      <c r="D916" s="33">
+        <v>46352</v>
+      </c>
+    </row>
+    <row r="917" spans="1:5" ht="135" x14ac:dyDescent="0.25">
+      <c r="A917" s="13" t="s">
+        <v>2167</v>
+      </c>
+      <c r="B917" s="54" t="s">
+        <v>2166</v>
+      </c>
+      <c r="C917" s="24" t="s">
+        <v>3291</v>
+      </c>
+      <c r="D917" s="33">
+        <v>46355</v>
+      </c>
+    </row>
+    <row r="918" spans="1:5" ht="245.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A918" s="52" t="s">
+        <v>2172</v>
+      </c>
+      <c r="B918" s="90" t="s">
+        <v>509</v>
+      </c>
+      <c r="C918" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="D918" s="53">
+        <v>46360</v>
+      </c>
+    </row>
+    <row r="919" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A919" s="15" t="s">
+        <v>2175</v>
+      </c>
+      <c r="B919" s="24" t="s">
+        <v>183</v>
+      </c>
+      <c r="C919" s="91" t="s">
+        <v>2176</v>
+      </c>
+      <c r="D919" s="38">
+        <v>46269</v>
+      </c>
+    </row>
+    <row r="920" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A920" s="52" t="s">
+        <v>2183</v>
+      </c>
+      <c r="B920" s="54" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C920" s="87" t="s">
+        <v>2182</v>
+      </c>
+      <c r="D920" s="56">
+        <v>46361</v>
+      </c>
+    </row>
+    <row r="921" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A921" s="52" t="s">
+        <v>2194</v>
+      </c>
+      <c r="B921" s="30" t="s">
+        <v>2195</v>
+      </c>
+      <c r="C921" s="85" t="s">
+        <v>2196</v>
+      </c>
+      <c r="D921" s="56">
+        <v>46331</v>
+      </c>
+    </row>
+    <row r="922" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A922" s="52" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B922" s="30" t="s">
+        <v>2197</v>
+      </c>
+      <c r="C922" s="85" t="s">
+        <v>2196</v>
+      </c>
+      <c r="D922" s="56">
+        <v>46331</v>
+      </c>
+    </row>
+    <row r="923" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A923" s="52" t="s">
+        <v>3579</v>
+      </c>
+      <c r="B923" s="30" t="s">
+        <v>2199</v>
+      </c>
+      <c r="C923" s="85" t="s">
+        <v>2203</v>
+      </c>
+      <c r="D923" s="56">
+        <v>46475</v>
+      </c>
+    </row>
+    <row r="924" spans="1:5" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A924" s="60" t="s">
+        <v>2204</v>
+      </c>
+      <c r="B924" s="30" t="s">
+        <v>340</v>
+      </c>
+      <c r="C924" s="85" t="s">
+        <v>23</v>
+      </c>
+      <c r="D924" s="33">
+        <v>46367</v>
+      </c>
+    </row>
+    <row r="925" spans="1:5" ht="180" x14ac:dyDescent="0.25">
+      <c r="A925" s="52" t="s">
+        <v>2207</v>
+      </c>
+      <c r="B925" s="30" t="s">
+        <v>2205</v>
+      </c>
+      <c r="C925" s="85" t="s">
+        <v>2206</v>
+      </c>
+      <c r="D925" s="33">
+        <v>46367</v>
+      </c>
+      <c r="E925" s="86"/>
+    </row>
+    <row r="926" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A926" s="52" t="s">
+        <v>2209</v>
+      </c>
+      <c r="B926" s="30" t="s">
+        <v>2210</v>
+      </c>
+      <c r="C926" s="85" t="s">
+        <v>3292</v>
+      </c>
+      <c r="D926" s="33">
+        <v>46367</v>
+      </c>
+      <c r="E926" s="86"/>
+    </row>
+    <row r="927" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A927" s="52" t="s">
+        <v>2214</v>
+      </c>
+      <c r="B927" s="30" t="s">
+        <v>2213</v>
+      </c>
+      <c r="C927" s="85" t="s">
+        <v>2215</v>
+      </c>
+      <c r="D927" s="33">
+        <v>46369</v>
+      </c>
+    </row>
+    <row r="928" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A928" s="52" t="s">
+        <v>2216</v>
+      </c>
+      <c r="B928" s="54" t="s">
+        <v>2217</v>
+      </c>
+      <c r="C928" s="93" t="s">
+        <v>285</v>
+      </c>
+      <c r="D928" s="38">
+        <v>46374</v>
+      </c>
+      <c r="E928" s="92"/>
+    </row>
+    <row r="929" spans="1:5" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A929" s="52" t="s">
+        <v>2219</v>
+      </c>
+      <c r="B929" s="30" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C929" s="93" t="s">
+        <v>2218</v>
+      </c>
+      <c r="D929" s="33">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="930" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A930" s="13" t="s">
+        <v>2220</v>
+      </c>
+      <c r="B930" s="24" t="s">
+        <v>2221</v>
+      </c>
+      <c r="C930" s="24" t="s">
+        <v>2222</v>
+      </c>
+      <c r="D930" s="33">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="931" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A931" s="52" t="s">
+        <v>2223</v>
+      </c>
+      <c r="B931" s="54" t="s">
+        <v>2224</v>
+      </c>
+      <c r="C931" s="85" t="s">
+        <v>2225</v>
+      </c>
+      <c r="D931" s="56">
+        <v>46373</v>
+      </c>
+      <c r="E931" s="86"/>
+    </row>
+    <row r="932" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A932" s="52" t="s">
+        <v>2683</v>
+      </c>
+      <c r="B932" s="30" t="s">
+        <v>2231</v>
+      </c>
+      <c r="C932" s="87" t="s">
+        <v>3215</v>
+      </c>
+      <c r="D932" s="33">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="933" spans="1:5" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A933" s="14" t="s">
+        <v>2234</v>
+      </c>
+      <c r="B933" s="35" t="s">
+        <v>2233</v>
+      </c>
+      <c r="C933" s="87" t="s">
+        <v>3542</v>
+      </c>
+      <c r="D933" s="56">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="934" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A934" s="52" t="s">
+        <v>2236</v>
+      </c>
+      <c r="B934" s="30" t="s">
+        <v>2235</v>
+      </c>
+      <c r="C934" s="85" t="s">
+        <v>3216</v>
+      </c>
+      <c r="D934" s="33">
+        <v>46375</v>
+      </c>
+    </row>
+    <row r="935" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A935" s="52" t="s">
+        <v>2239</v>
+      </c>
+      <c r="B935" s="30" t="s">
+        <v>2240</v>
+      </c>
+      <c r="C935" s="85" t="s">
+        <v>3217</v>
+      </c>
+      <c r="D935" s="33">
+        <v>46375</v>
+      </c>
+    </row>
+    <row r="936" spans="1:5" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A936" s="52" t="s">
+        <v>2249</v>
+      </c>
+      <c r="B936" s="30" t="s">
+        <v>2248</v>
+      </c>
+      <c r="C936" s="85" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D936" s="38">
+        <v>46063</v>
+      </c>
+    </row>
+    <row r="937" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A937" s="52" t="s">
+        <v>2255</v>
+      </c>
+      <c r="B937" s="30" t="s">
+        <v>2256</v>
+      </c>
+      <c r="C937" s="85" t="s">
+        <v>2257</v>
+      </c>
+      <c r="D937" s="33">
+        <v>46383</v>
+      </c>
+    </row>
+    <row r="938" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A938" s="52" t="s">
+        <v>2259</v>
+      </c>
+      <c r="B938" s="30" t="s">
+        <v>2258</v>
+      </c>
+      <c r="C938" s="85" t="s">
+        <v>3541</v>
+      </c>
+      <c r="D938" s="33">
+        <v>46386</v>
+      </c>
+      <c r="E938" s="86"/>
+    </row>
+    <row r="939" spans="1:5" ht="135" x14ac:dyDescent="0.25">
+      <c r="A939" s="52" t="s">
+        <v>2263</v>
+      </c>
+      <c r="B939" s="54" t="s">
+        <v>2264</v>
+      </c>
+      <c r="C939" s="85" t="s">
+        <v>2265</v>
+      </c>
+      <c r="D939" s="33">
+        <v>46386</v>
+      </c>
+    </row>
+    <row r="940" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A940" s="52" t="s">
+        <v>3488</v>
+      </c>
+      <c r="B940" s="30" t="s">
+        <v>2266</v>
+      </c>
+      <c r="C940" s="85" t="s">
+        <v>2267</v>
+      </c>
+      <c r="D940" s="53">
+        <v>46375</v>
+      </c>
+    </row>
+    <row r="941" spans="1:5" ht="257.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A941" s="52" t="s">
+        <v>472</v>
+      </c>
+      <c r="B941" s="94" t="s">
+        <v>2268</v>
+      </c>
+      <c r="C941" s="24" t="s">
+        <v>2269</v>
+      </c>
+      <c r="D941" s="38">
+        <v>46371</v>
+      </c>
+    </row>
+    <row r="942" spans="1:5" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A942" s="13" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B942" s="25" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C942" s="87" t="s">
+        <v>3293</v>
+      </c>
+      <c r="D942" s="33">
+        <v>46138</v>
+      </c>
+      <c r="E942" s="86"/>
+    </row>
+    <row r="943" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A943" s="52" t="s">
+        <v>2281</v>
+      </c>
+      <c r="B943" s="30" t="s">
+        <v>2282</v>
+      </c>
+      <c r="C943" s="85" t="s">
+        <v>2283</v>
+      </c>
+      <c r="D943" s="53">
+        <v>46400</v>
+      </c>
+    </row>
+    <row r="944" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A944" s="52" t="s">
+        <v>3140</v>
+      </c>
+      <c r="B944" s="54" t="s">
+        <v>2287</v>
+      </c>
+      <c r="C944" s="85" t="s">
+        <v>2288</v>
+      </c>
+      <c r="D944" s="53">
+        <v>46400</v>
+      </c>
+    </row>
+    <row r="945" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A945" s="52" t="s">
+        <v>2290</v>
+      </c>
+      <c r="B945" s="30" t="s">
+        <v>2291</v>
+      </c>
+      <c r="C945" s="85" t="s">
+        <v>2292</v>
+      </c>
+      <c r="D945" s="53">
+        <v>46421</v>
+      </c>
+    </row>
+    <row r="946" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A946" s="52" t="s">
+        <v>2956</v>
+      </c>
+      <c r="B946" s="54" t="s">
+        <v>2294</v>
+      </c>
+      <c r="C946" s="87" t="s">
+        <v>3668</v>
+      </c>
+      <c r="D946" s="33">
+        <v>46404</v>
+      </c>
+    </row>
+    <row r="947" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A947" s="52" t="s">
+        <v>2308</v>
+      </c>
+      <c r="B947" s="54" t="s">
+        <v>2307</v>
+      </c>
+      <c r="C947" s="85" t="s">
+        <v>2230</v>
+      </c>
+      <c r="D947" s="56">
+        <v>46413</v>
+      </c>
+    </row>
+    <row r="948" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A948" s="52" t="s">
+        <v>2309</v>
+      </c>
+      <c r="B948" s="30" t="s">
+        <v>2310</v>
+      </c>
+      <c r="C948" s="85" t="s">
+        <v>74</v>
+      </c>
+      <c r="D948" s="56">
+        <v>46414</v>
+      </c>
+      <c r="E948" s="86"/>
+    </row>
+    <row r="949" spans="1:5" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A949" s="52" t="s">
+        <v>3065</v>
+      </c>
+      <c r="B949" s="35" t="s">
+        <v>2315</v>
+      </c>
+      <c r="C949" s="85" t="s">
+        <v>3540</v>
+      </c>
+      <c r="D949" s="56">
+        <v>46418</v>
+      </c>
+    </row>
+    <row r="950" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A950" s="52" t="s">
+        <v>2316</v>
+      </c>
+      <c r="B950" s="30" t="s">
+        <v>1680</v>
+      </c>
+      <c r="C950" s="87" t="s">
+        <v>3219</v>
+      </c>
+      <c r="D950" s="38">
+        <v>46419</v>
+      </c>
+    </row>
+    <row r="951" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A951" s="52" t="s">
+        <v>2321</v>
+      </c>
+      <c r="B951" s="30" t="s">
+        <v>2322</v>
+      </c>
+      <c r="C951" s="85" t="s">
+        <v>3294</v>
+      </c>
+      <c r="D951" s="38">
+        <v>46421</v>
+      </c>
+    </row>
+    <row r="952" spans="1:5" ht="247.5" x14ac:dyDescent="0.25">
+      <c r="A952" s="95" t="s">
+        <v>2324</v>
+      </c>
+      <c r="B952" s="24" t="s">
+        <v>2323</v>
+      </c>
+      <c r="C952" s="87" t="s">
+        <v>3220</v>
+      </c>
+      <c r="D952" s="38">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="953" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A953" s="52" t="s">
+        <v>2325</v>
+      </c>
+      <c r="B953" s="35" t="s">
+        <v>2326</v>
+      </c>
+      <c r="C953" s="87" t="s">
+        <v>2327</v>
+      </c>
+      <c r="D953" s="38">
+        <v>46422</v>
+      </c>
+    </row>
+    <row r="954" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A954" s="52" t="s">
+        <v>2329</v>
+      </c>
+      <c r="B954" s="30" t="s">
+        <v>2328</v>
+      </c>
+      <c r="C954" s="85" t="s">
+        <v>151</v>
+      </c>
+      <c r="D954" s="38">
+        <v>46423</v>
+      </c>
+    </row>
+    <row r="955" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A955" s="13" t="s">
+        <v>2330</v>
+      </c>
+      <c r="B955" s="25" t="s">
+        <v>2331</v>
+      </c>
+      <c r="C955" s="24" t="s">
+        <v>2332</v>
+      </c>
+      <c r="D955" s="33">
+        <v>46424</v>
+      </c>
+    </row>
+    <row r="956" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A956" s="52" t="s">
+        <v>2333</v>
+      </c>
+      <c r="B956" s="30" t="s">
+        <v>2334</v>
+      </c>
+      <c r="C956" s="85" t="s">
+        <v>2335</v>
+      </c>
+      <c r="D956" s="33">
+        <v>46424</v>
+      </c>
+    </row>
+    <row r="957" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A957" s="52" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B957" s="30" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C957" s="85" t="s">
+        <v>3295</v>
+      </c>
+      <c r="D957" s="38">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="958" spans="1:5" ht="56.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A958" s="14" t="s">
+        <v>2340</v>
+      </c>
+      <c r="B958" s="24" t="s">
+        <v>510</v>
+      </c>
+      <c r="C958" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="D958" s="38">
+        <v>46426</v>
+      </c>
+    </row>
+    <row r="959" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A959" s="52" t="s">
+        <v>2341</v>
+      </c>
+      <c r="B959" s="30" t="s">
+        <v>2342</v>
+      </c>
+      <c r="C959" s="85" t="s">
+        <v>849</v>
+      </c>
+      <c r="D959" s="33">
+        <v>46425</v>
+      </c>
+    </row>
+    <row r="960" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A960" s="13" t="s">
+        <v>2343</v>
+      </c>
+      <c r="B960" s="54" t="s">
+        <v>2344</v>
+      </c>
+      <c r="C960" s="24" t="s">
+        <v>2345</v>
+      </c>
+      <c r="D960" s="56">
+        <v>46426</v>
+      </c>
+    </row>
+    <row r="961" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A961" s="52" t="s">
+        <v>2346</v>
+      </c>
+      <c r="B961" s="30" t="s">
+        <v>2347</v>
+      </c>
+      <c r="C961" s="93" t="s">
+        <v>2348</v>
+      </c>
+      <c r="D961" s="38">
+        <v>46425</v>
+      </c>
+    </row>
+    <row r="962" spans="1:5" ht="146.25" x14ac:dyDescent="0.25">
+      <c r="A962" s="52" t="s">
+        <v>2355</v>
+      </c>
+      <c r="B962" s="30" t="s">
+        <v>2354</v>
+      </c>
+      <c r="C962" s="85" t="s">
+        <v>3539</v>
+      </c>
+      <c r="D962" s="38">
+        <v>46430</v>
+      </c>
+    </row>
+    <row r="963" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A963" s="52" t="s">
+        <v>3565</v>
+      </c>
+      <c r="B963" s="25" t="s">
+        <v>2357</v>
+      </c>
+      <c r="C963" s="87" t="s">
+        <v>2356</v>
+      </c>
+      <c r="D963" s="38">
+        <v>46429</v>
+      </c>
+    </row>
+    <row r="964" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A964" s="52" t="s">
+        <v>2360</v>
+      </c>
+      <c r="B964" s="30" t="s">
+        <v>2396</v>
+      </c>
+      <c r="C964" s="85" t="s">
+        <v>2361</v>
+      </c>
+      <c r="D964" s="53">
+        <v>46431</v>
+      </c>
+    </row>
+    <row r="965" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A965" s="13" t="s">
+        <v>3593</v>
+      </c>
+      <c r="B965" s="25" t="s">
+        <v>2364</v>
+      </c>
+      <c r="C965" s="85" t="s">
+        <v>2365</v>
+      </c>
+      <c r="D965" s="33">
+        <v>46404</v>
+      </c>
+    </row>
+    <row r="966" spans="1:5" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A966" s="16" t="s">
+        <v>2429</v>
+      </c>
+      <c r="B966" s="24" t="s">
+        <v>2366</v>
+      </c>
+      <c r="C966" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="D966" s="33">
+        <v>46431</v>
+      </c>
+      <c r="E966" s="97"/>
+    </row>
+    <row r="967" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A967" s="52" t="s">
+        <v>2367</v>
+      </c>
+      <c r="B967" s="30" t="s">
+        <v>2368</v>
+      </c>
+      <c r="C967" s="85" t="s">
+        <v>2369</v>
+      </c>
+      <c r="D967" s="38">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="968" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A968" s="52" t="s">
+        <v>3088</v>
+      </c>
+      <c r="B968" s="30" t="s">
+        <v>2371</v>
+      </c>
+      <c r="C968" s="85" t="s">
+        <v>3221</v>
+      </c>
+      <c r="D968" s="38">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="969" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A969" s="52" t="s">
+        <v>2372</v>
+      </c>
+      <c r="B969" s="30" t="s">
         <v>2373</v>
       </c>
-      <c r="B701" s="30" t="s">
-[...2 lines deleted...]
-      <c r="C701" s="24" t="s">
+      <c r="C969" s="85" t="s">
+        <v>501</v>
+      </c>
+      <c r="D969" s="38">
+        <v>46067</v>
+      </c>
+      <c r="E969" s="86"/>
+    </row>
+    <row r="970" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A970" s="52" t="s">
+        <v>2374</v>
+      </c>
+      <c r="B970" s="54" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C970" s="85" t="s">
+        <v>3296</v>
+      </c>
+      <c r="D970" s="38">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="971" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A971" s="52" t="s">
+        <v>2376</v>
+      </c>
+      <c r="B971" s="54" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C971" s="85" t="s">
+        <v>3297</v>
+      </c>
+      <c r="D971" s="38">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="972" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A972" s="52" t="s">
+        <v>2377</v>
+      </c>
+      <c r="B972" s="54" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C972" s="85" t="s">
+        <v>3296</v>
+      </c>
+      <c r="D972" s="38">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="973" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A973" s="52" t="s">
+        <v>2378</v>
+      </c>
+      <c r="B973" s="25" t="s">
+        <v>2379</v>
+      </c>
+      <c r="C973" s="87" t="s">
+        <v>3538</v>
+      </c>
+      <c r="D973" s="33">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="974" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A974" s="13" t="s">
+        <v>2380</v>
+      </c>
+      <c r="B974" s="24" t="s">
+        <v>2381</v>
+      </c>
+      <c r="C974" s="85" t="s">
+        <v>2382</v>
+      </c>
+      <c r="D974" s="53">
+        <v>46432</v>
+      </c>
+    </row>
+    <row r="975" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A975" s="52" t="s">
+        <v>2384</v>
+      </c>
+      <c r="B975" s="30" t="s">
+        <v>2385</v>
+      </c>
+      <c r="C975" s="85" t="s">
+        <v>2386</v>
+      </c>
+      <c r="D975" s="38">
+        <v>46070</v>
+      </c>
+      <c r="E975" s="86"/>
+    </row>
+    <row r="976" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A976" s="52" t="s">
+        <v>2389</v>
+      </c>
+      <c r="B976" s="30" t="s">
+        <v>2390</v>
+      </c>
+      <c r="C976" s="85" t="s">
+        <v>2391</v>
+      </c>
+      <c r="D976" s="38">
+        <v>46071</v>
+      </c>
+    </row>
+    <row r="977" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A977" s="52" t="s">
+        <v>2399</v>
+      </c>
+      <c r="B977" s="30" t="s">
+        <v>2398</v>
+      </c>
+      <c r="C977" s="85" t="s">
+        <v>3537</v>
+      </c>
+      <c r="D977" s="38">
+        <v>46074</v>
+      </c>
+    </row>
+    <row r="978" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A978" s="52" t="s">
+        <v>2403</v>
+      </c>
+      <c r="B978" s="30" t="s">
+        <v>2404</v>
+      </c>
+      <c r="C978" s="24" t="s">
+        <v>380</v>
+      </c>
+      <c r="D978" s="38">
+        <v>46074</v>
+      </c>
+      <c r="E978" s="86"/>
+    </row>
+    <row r="979" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A979" s="52" t="s">
+        <v>2407</v>
+      </c>
+      <c r="B979" s="45" t="s">
+        <v>2405</v>
+      </c>
+      <c r="C979" s="85" t="s">
+        <v>2406</v>
+      </c>
+      <c r="D979" s="38">
+        <v>46442</v>
+      </c>
+      <c r="E979" s="86"/>
+    </row>
+    <row r="980" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A980" s="52" t="s">
+        <v>2409</v>
+      </c>
+      <c r="B980" s="54" t="s">
+        <v>2410</v>
+      </c>
+      <c r="C980" s="85" t="s">
+        <v>2411</v>
+      </c>
+      <c r="D980" s="53">
+        <v>46114</v>
+      </c>
+    </row>
+    <row r="981" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A981" s="52" t="s">
+        <v>2412</v>
+      </c>
+      <c r="B981" s="30" t="s">
+        <v>2413</v>
+      </c>
+      <c r="C981" s="85" t="s">
+        <v>2265</v>
+      </c>
+      <c r="D981" s="38">
+        <v>46080</v>
+      </c>
+    </row>
+    <row r="982" spans="1:5" ht="147.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A982" s="14" t="s">
+        <v>2414</v>
+      </c>
+      <c r="B982" s="25" t="s">
+        <v>2415</v>
+      </c>
+      <c r="C982" s="24" t="s">
+        <v>2416</v>
+      </c>
+      <c r="D982" s="33">
+        <v>46079</v>
+      </c>
+    </row>
+    <row r="983" spans="1:5" ht="265.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A983" s="98" t="s">
+        <v>2418</v>
+      </c>
+      <c r="B983" s="24" t="s">
+        <v>2419</v>
+      </c>
+      <c r="C983" s="24" t="s">
+        <v>2420</v>
+      </c>
+      <c r="D983" s="33">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="984" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A984" s="52" t="s">
+        <v>2423</v>
+      </c>
+      <c r="B984" s="99" t="s">
+        <v>2421</v>
+      </c>
+      <c r="C984" s="54" t="s">
+        <v>2422</v>
+      </c>
+      <c r="D984" s="100">
+        <v>46446</v>
+      </c>
+    </row>
+    <row r="985" spans="1:5" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A985" s="52" t="s">
+        <v>2424</v>
+      </c>
+      <c r="B985" s="54" t="s">
+        <v>2425</v>
+      </c>
+      <c r="C985" s="85" t="s">
+        <v>2426</v>
+      </c>
+      <c r="D985" s="38">
+        <v>46422</v>
+      </c>
+    </row>
+    <row r="986" spans="1:5" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A986" s="52" t="s">
+        <v>2771</v>
+      </c>
+      <c r="B986" s="30" t="s">
+        <v>2427</v>
+      </c>
+      <c r="C986" s="85" t="s">
+        <v>2428</v>
+      </c>
+      <c r="D986" s="38">
+        <v>46145</v>
+      </c>
+    </row>
+    <row r="987" spans="1:5" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A987" s="52" t="s">
+        <v>2430</v>
+      </c>
+      <c r="B987" s="30" t="s">
+        <v>2431</v>
+      </c>
+      <c r="C987" s="85" t="s">
+        <v>3298</v>
+      </c>
+      <c r="D987" s="33">
+        <v>46086</v>
+      </c>
+    </row>
+    <row r="988" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A988" s="15" t="s">
+        <v>2432</v>
+      </c>
+      <c r="B988" s="30" t="s">
+        <v>2433</v>
+      </c>
+      <c r="C988" s="89" t="s">
+        <v>39</v>
+      </c>
+      <c r="D988" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="989" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A989" s="52" t="s">
+        <v>2434</v>
+      </c>
+      <c r="B989" s="30" t="s">
+        <v>2437</v>
+      </c>
+      <c r="C989" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D989" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="990" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A990" s="52" t="s">
+        <v>2435</v>
+      </c>
+      <c r="B990" s="30" t="s">
+        <v>2436</v>
+      </c>
+      <c r="C990" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D990" s="38">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="991" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A991" s="52" t="s">
+        <v>2438</v>
+      </c>
+      <c r="B991" s="30" t="s">
+        <v>2440</v>
+      </c>
+      <c r="C991" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D991" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="992" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A992" s="52" t="s">
+        <v>2439</v>
+      </c>
+      <c r="B992" s="30" t="s">
+        <v>2441</v>
+      </c>
+      <c r="C992" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D992" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="993" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A993" s="52" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B993" s="24" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C993" s="85" t="s">
+        <v>3536</v>
+      </c>
+      <c r="D993" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="994" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A994" s="52" t="s">
+        <v>2444</v>
+      </c>
+      <c r="B994" s="30" t="s">
+        <v>2445</v>
+      </c>
+      <c r="C994" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="D994" s="33">
+        <v>46088</v>
+      </c>
+    </row>
+    <row r="995" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A995" s="52" t="s">
+        <v>2446</v>
+      </c>
+      <c r="B995" s="30" t="s">
+        <v>2447</v>
+      </c>
+      <c r="C995" s="85" t="s">
+        <v>2448</v>
+      </c>
+      <c r="D995" s="33">
+        <v>46088</v>
+      </c>
+    </row>
+    <row r="996" spans="1:5" ht="330.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A996" s="15" t="s">
+        <v>2449</v>
+      </c>
+      <c r="B996" s="30" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C996" s="85" t="s">
         <v>23</v>
       </c>
-      <c r="D701" s="38">
-[...80 lines deleted...]
-      <c r="C707" s="24" t="s">
+      <c r="D996" s="33">
+        <v>46087</v>
+      </c>
+    </row>
+    <row r="997" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A997" s="15" t="s">
+        <v>2520</v>
+      </c>
+      <c r="B997" s="24" t="s">
+        <v>2719</v>
+      </c>
+      <c r="C997" s="91" t="s">
+        <v>3535</v>
+      </c>
+      <c r="D997" s="38">
+        <v>46102</v>
+      </c>
+      <c r="E997" s="86"/>
+    </row>
+    <row r="998" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A998" s="14" t="s">
+        <v>2453</v>
+      </c>
+      <c r="B998" s="25" t="s">
+        <v>2454</v>
+      </c>
+      <c r="C998" s="24" t="s">
+        <v>583</v>
+      </c>
+      <c r="D998" s="38">
+        <v>46091</v>
+      </c>
+    </row>
+    <row r="999" spans="1:5" ht="240.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A999" s="21" t="s">
+        <v>2456</v>
+      </c>
+      <c r="B999" s="24" t="s">
+        <v>2457</v>
+      </c>
+      <c r="C999" s="91" t="s">
+        <v>3534</v>
+      </c>
+      <c r="D999" s="33">
+        <v>46459</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1000" s="52" t="s">
+        <v>2459</v>
+      </c>
+      <c r="B1000" s="30" t="s">
+        <v>2460</v>
+      </c>
+      <c r="C1000" s="85" t="s">
+        <v>3533</v>
+      </c>
+      <c r="D1000" s="33">
+        <v>46094</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1001" s="52" t="s">
+        <v>2462</v>
+      </c>
+      <c r="B1001" s="30" t="s">
+        <v>2463</v>
+      </c>
+      <c r="C1001" s="85" t="s">
+        <v>3383</v>
+      </c>
+      <c r="D1001" s="33">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1002" s="52" t="s">
+        <v>2464</v>
+      </c>
+      <c r="B1002" s="54" t="s">
+        <v>2465</v>
+      </c>
+      <c r="C1002" s="54" t="s">
+        <v>3532</v>
+      </c>
+      <c r="D1002" s="53">
+        <v>46458</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1003" s="52" t="s">
+        <v>2466</v>
+      </c>
+      <c r="B1003" s="30" t="s">
+        <v>2467</v>
+      </c>
+      <c r="C1003" s="85" t="s">
+        <v>2468</v>
+      </c>
+      <c r="D1003" s="38">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:5" ht="123.75" x14ac:dyDescent="0.25">
+      <c r="A1004" s="52" t="s">
+        <v>2469</v>
+      </c>
+      <c r="B1004" s="30" t="s">
+        <v>2470</v>
+      </c>
+      <c r="C1004" s="85" t="s">
+        <v>3669</v>
+      </c>
+      <c r="D1004" s="38">
+        <v>46099</v>
+      </c>
+      <c r="E1004" s="86"/>
+    </row>
+    <row r="1005" spans="1:5" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A1005" s="15" t="s">
+        <v>2770</v>
+      </c>
+      <c r="B1005" s="24" t="s">
+        <v>2472</v>
+      </c>
+      <c r="C1005" s="54" t="s">
+        <v>2473</v>
+      </c>
+      <c r="D1005" s="38">
+        <v>46099</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:5" ht="203.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1006" s="14" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B1006" s="24" t="s">
+        <v>2477</v>
+      </c>
+      <c r="C1006" s="24" t="s">
+        <v>2478</v>
+      </c>
+      <c r="D1006" s="33">
+        <v>46100</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:5" ht="306" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1007" s="15" t="s">
+        <v>2479</v>
+      </c>
+      <c r="B1007" s="24" t="s">
+        <v>2480</v>
+      </c>
+      <c r="C1007" s="87" t="s">
+        <v>2481</v>
+      </c>
+      <c r="D1007" s="38">
+        <v>46100</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1008" s="61" t="s">
+        <v>2483</v>
+      </c>
+      <c r="B1008" s="30" t="s">
+        <v>2484</v>
+      </c>
+      <c r="C1008" s="85" t="s">
+        <v>3299</v>
+      </c>
+      <c r="D1008" s="38">
+        <v>46445</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:5" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A1009" s="52" t="s">
+        <v>2487</v>
+      </c>
+      <c r="B1009" s="54" t="s">
+        <v>2485</v>
+      </c>
+      <c r="C1009" s="24" t="s">
+        <v>2486</v>
+      </c>
+      <c r="D1009" s="53">
+        <v>46466</v>
+      </c>
+      <c r="E1009" s="92"/>
+    </row>
+    <row r="1010" spans="1:5" ht="197.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1010" s="52" t="s">
+        <v>2488</v>
+      </c>
+      <c r="B1010" s="30" t="s">
+        <v>2489</v>
+      </c>
+      <c r="C1010" s="85" t="s">
+        <v>849</v>
+      </c>
+      <c r="D1010" s="33">
+        <v>46101</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1011" s="13" t="s">
+        <v>2491</v>
+      </c>
+      <c r="B1011" s="24" t="s">
+        <v>2492</v>
+      </c>
+      <c r="C1011" s="87" t="s">
         <v>23</v>
       </c>
-      <c r="D707" s="38">
-[...7 lines deleted...]
-      <c r="B708" s="34" t="s">
+      <c r="D1011" s="33">
+        <v>46102</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:5" ht="347.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1012" s="14" t="s">
+        <v>3624</v>
+      </c>
+      <c r="B1012" s="30" t="s">
+        <v>2646</v>
+      </c>
+      <c r="C1012" s="89" t="s">
+        <v>2497</v>
+      </c>
+      <c r="D1012" s="33">
+        <v>46105</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1013" s="52" t="s">
+        <v>2500</v>
+      </c>
+      <c r="B1013" s="30" t="s">
+        <v>2501</v>
+      </c>
+      <c r="C1013" s="85" t="s">
+        <v>2502</v>
+      </c>
+      <c r="D1013" s="33">
+        <v>46108</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:5" ht="155.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1014" s="63" t="s">
+        <v>2503</v>
+      </c>
+      <c r="B1014" s="45" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C1014" s="87" t="s">
+        <v>3670</v>
+      </c>
+      <c r="D1014" s="38">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1015" s="52" t="s">
+        <v>2504</v>
+      </c>
+      <c r="B1015" s="30" t="s">
+        <v>2505</v>
+      </c>
+      <c r="C1015" s="85" t="s">
+        <v>3671</v>
+      </c>
+      <c r="D1015" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1016" s="52" t="s">
+        <v>2507</v>
+      </c>
+      <c r="B1016" s="30" t="s">
+        <v>2508</v>
+      </c>
+      <c r="C1016" s="85" t="s">
+        <v>3531</v>
+      </c>
+      <c r="D1016" s="33">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1017" s="52" t="s">
+        <v>2509</v>
+      </c>
+      <c r="B1017" s="30" t="s">
+        <v>2510</v>
+      </c>
+      <c r="C1017" s="85" t="s">
+        <v>2511</v>
+      </c>
+      <c r="D1017" s="33">
+        <v>46839</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:5" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1018" s="13" t="s">
+        <v>2513</v>
+      </c>
+      <c r="B1018" s="25" t="s">
         <v>2514</v>
       </c>
-      <c r="C708" s="24" t="s">
-[...7 lines deleted...]
-      <c r="A709" s="15" t="s">
+      <c r="C1018" s="87" t="s">
+        <v>2515</v>
+      </c>
+      <c r="D1018" s="38">
+        <v>46109</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:5" ht="72" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1019" s="14" t="s">
+        <v>2516</v>
+      </c>
+      <c r="B1019" s="25" t="s">
+        <v>2517</v>
+      </c>
+      <c r="C1019" s="24" t="s">
+        <v>691</v>
+      </c>
+      <c r="D1019" s="33">
+        <v>46109</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1020" s="101" t="s">
+        <v>3654</v>
+      </c>
+      <c r="B1020" s="54" t="s">
+        <v>2518</v>
+      </c>
+      <c r="C1020" s="85" t="s">
+        <v>69</v>
+      </c>
+      <c r="D1020" s="53">
+        <v>46113</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1021" s="52" t="s">
+        <v>2521</v>
+      </c>
+      <c r="B1021" s="30" t="s">
+        <v>2522</v>
+      </c>
+      <c r="C1021" s="85" t="s">
+        <v>2523</v>
+      </c>
+      <c r="D1021" s="53">
+        <v>46113</v>
+      </c>
+      <c r="E1021" s="92"/>
+    </row>
+    <row r="1022" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1022" s="52" t="s">
+        <v>2525</v>
+      </c>
+      <c r="B1022" s="30" t="s">
+        <v>2526</v>
+      </c>
+      <c r="C1022" s="85" t="s">
+        <v>2527</v>
+      </c>
+      <c r="D1022" s="53">
+        <v>46116</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1023" s="52" t="s">
+        <v>2529</v>
+      </c>
+      <c r="B1023" s="30" t="s">
+        <v>2530</v>
+      </c>
+      <c r="C1023" s="85" t="s">
+        <v>3530</v>
+      </c>
+      <c r="D1023" s="38">
+        <v>46116</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1024" s="52" t="s">
+        <v>2531</v>
+      </c>
+      <c r="B1024" s="54" t="s">
+        <v>2532</v>
+      </c>
+      <c r="C1024" s="24" t="s">
+        <v>2533</v>
+      </c>
+      <c r="D1024" s="56">
+        <v>46116</v>
+      </c>
+      <c r="E1024" s="86"/>
+    </row>
+    <row r="1025" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1025" s="52" t="s">
+        <v>2534</v>
+      </c>
+      <c r="B1025" s="54" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C1025" s="85" t="s">
+        <v>3300</v>
+      </c>
+      <c r="D1025" s="53">
+        <v>46158</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:4" ht="392.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1026" s="52" t="s">
+        <v>2540</v>
+      </c>
+      <c r="B1026" s="30" t="s">
+        <v>2541</v>
+      </c>
+      <c r="C1026" s="85" t="s">
+        <v>2542</v>
+      </c>
+      <c r="D1026" s="53">
+        <v>46120</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:4" ht="142.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1027" s="52" t="s">
+        <v>2545</v>
+      </c>
+      <c r="B1027" s="54" t="s">
+        <v>2546</v>
+      </c>
+      <c r="C1027" s="24" t="s">
+        <v>1816</v>
+      </c>
+      <c r="D1027" s="33">
+        <v>46123</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1028" s="52" t="s">
+        <v>2547</v>
+      </c>
+      <c r="B1028" s="30" t="s">
+        <v>2548</v>
+      </c>
+      <c r="C1028" s="85" t="s">
+        <v>2549</v>
+      </c>
+      <c r="D1028" s="53">
+        <v>46123</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1029" s="52" t="s">
+        <v>2551</v>
+      </c>
+      <c r="B1029" s="30" t="s">
+        <v>2552</v>
+      </c>
+      <c r="C1029" s="85" t="s">
+        <v>3218</v>
+      </c>
+      <c r="D1029" s="53">
+        <v>46127</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:4" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1030" s="15" t="s">
+        <v>2554</v>
+      </c>
+      <c r="B1030" s="24" t="s">
+        <v>2555</v>
+      </c>
+      <c r="C1030" s="87" t="s">
         <v>2556</v>
       </c>
-      <c r="B709" s="30" t="s">
-[...2 lines deleted...]
-      <c r="C709" s="24" t="s">
+      <c r="D1030" s="53">
+        <v>46249</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1031" s="52" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B1031" s="30" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C1031" s="85" t="s">
+        <v>2559</v>
+      </c>
+      <c r="D1031" s="53">
+        <v>46128</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1032" s="15" t="s">
+        <v>2560</v>
+      </c>
+      <c r="B1032" s="24" t="s">
+        <v>2561</v>
+      </c>
+      <c r="C1032" s="24" t="s">
+        <v>2562</v>
+      </c>
+      <c r="D1032" s="33">
+        <v>46128</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1033" s="52" t="s">
+        <v>964</v>
+      </c>
+      <c r="B1033" s="54" t="s">
+        <v>965</v>
+      </c>
+      <c r="C1033" s="85" t="s">
+        <v>3108</v>
+      </c>
+      <c r="D1033" s="38">
+        <v>46129</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:4" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1034" s="14" t="s">
+        <v>2838</v>
+      </c>
+      <c r="B1034" s="24" t="s">
+        <v>2565</v>
+      </c>
+      <c r="C1034" s="24" t="s">
+        <v>2566</v>
+      </c>
+      <c r="D1034" s="33">
+        <v>46123</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1035" s="52" t="s">
+        <v>2567</v>
+      </c>
+      <c r="B1035" s="30" t="s">
+        <v>2568</v>
+      </c>
+      <c r="C1035" s="85" t="s">
+        <v>2569</v>
+      </c>
+      <c r="D1035" s="53">
+        <v>46107</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1036" s="13" t="s">
+        <v>2570</v>
+      </c>
+      <c r="B1036" s="24" t="s">
+        <v>2571</v>
+      </c>
+      <c r="C1036" s="24" t="s">
+        <v>2572</v>
+      </c>
+      <c r="D1036" s="33">
+        <v>46123</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1037" s="52" t="s">
+        <v>2574</v>
+      </c>
+      <c r="B1037" s="24" t="s">
+        <v>2575</v>
+      </c>
+      <c r="C1037" s="85" t="s">
+        <v>3222</v>
+      </c>
+      <c r="D1037" s="33">
+        <v>46136</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:4" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1038" s="52" t="s">
+        <v>2576</v>
+      </c>
+      <c r="B1038" s="30" t="s">
+        <v>865</v>
+      </c>
+      <c r="C1038" s="87" t="s">
+        <v>2577</v>
+      </c>
+      <c r="D1038" s="33">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:4" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1039" s="52" t="s">
+        <v>2578</v>
+      </c>
+      <c r="B1039" s="30" t="s">
+        <v>2579</v>
+      </c>
+      <c r="C1039" s="24" t="s">
+        <v>2580</v>
+      </c>
+      <c r="D1039" s="56">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:4" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1040" s="52" t="s">
+        <v>2582</v>
+      </c>
+      <c r="B1040" s="30" t="s">
+        <v>2113</v>
+      </c>
+      <c r="C1040" s="85" t="s">
+        <v>3223</v>
+      </c>
+      <c r="D1040" s="53">
+        <v>46141</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:5" ht="321.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1041" s="52" t="s">
+        <v>2583</v>
+      </c>
+      <c r="B1041" s="54" t="s">
+        <v>2584</v>
+      </c>
+      <c r="C1041" s="85" t="s">
+        <v>2585</v>
+      </c>
+      <c r="D1041" s="53">
+        <v>46126</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1042" s="52" t="s">
+        <v>2586</v>
+      </c>
+      <c r="B1042" s="30" t="s">
+        <v>2113</v>
+      </c>
+      <c r="C1042" s="85" t="s">
+        <v>3223</v>
+      </c>
+      <c r="D1042" s="53">
+        <v>46141</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:5" ht="168.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1043" s="52" t="s">
+        <v>3623</v>
+      </c>
+      <c r="B1043" s="30" t="s">
+        <v>2587</v>
+      </c>
+      <c r="C1043" s="85" t="s">
+        <v>2588</v>
+      </c>
+      <c r="D1043" s="33">
+        <v>46410</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:5" ht="276.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1044" s="52" t="s">
+        <v>2589</v>
+      </c>
+      <c r="B1044" s="30" t="s">
+        <v>2590</v>
+      </c>
+      <c r="C1044" s="85" t="s">
+        <v>823</v>
+      </c>
+      <c r="D1044" s="33">
+        <v>46143</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1045" s="52" t="s">
+        <v>2591</v>
+      </c>
+      <c r="B1045" s="54" t="s">
+        <v>2592</v>
+      </c>
+      <c r="C1045" s="85" t="s">
+        <v>3224</v>
+      </c>
+      <c r="D1045" s="38">
+        <v>46142</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:5" ht="173.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1046" s="52" t="s">
+        <v>2593</v>
+      </c>
+      <c r="B1046" s="30" t="s">
+        <v>2594</v>
+      </c>
+      <c r="C1046" s="85" t="s">
+        <v>2595</v>
+      </c>
+      <c r="D1046" s="33">
+        <v>46143</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1047" s="52" t="s">
+        <v>2596</v>
+      </c>
+      <c r="B1047" s="35" t="s">
+        <v>2597</v>
+      </c>
+      <c r="C1047" s="85" t="s">
+        <v>2598</v>
+      </c>
+      <c r="D1047" s="33">
+        <v>46147</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:5" ht="174" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1048" s="52" t="s">
+        <v>2599</v>
+      </c>
+      <c r="B1048" s="30" t="s">
+        <v>2600</v>
+      </c>
+      <c r="C1048" s="85" t="s">
+        <v>2601</v>
+      </c>
+      <c r="D1048" s="33">
+        <v>46148</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1049" s="52" t="s">
+        <v>2602</v>
+      </c>
+      <c r="B1049" s="30" t="s">
+        <v>2603</v>
+      </c>
+      <c r="C1049" s="85" t="s">
+        <v>3225</v>
+      </c>
+      <c r="D1049" s="33">
+        <v>46148</v>
+      </c>
+      <c r="E1049" s="86"/>
+    </row>
+    <row r="1050" spans="1:5" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1050" s="52" t="s">
+        <v>2604</v>
+      </c>
+      <c r="B1050" s="54" t="s">
+        <v>2605</v>
+      </c>
+      <c r="C1050" s="85" t="s">
+        <v>674</v>
+      </c>
+      <c r="D1050" s="53">
+        <v>46149</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1051" s="52" t="s">
+        <v>2606</v>
+      </c>
+      <c r="B1051" s="54" t="s">
+        <v>2607</v>
+      </c>
+      <c r="C1051" s="85" t="s">
+        <v>2608</v>
+      </c>
+      <c r="D1051" s="53">
+        <v>46149</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1052" s="15" t="s">
+        <v>2610</v>
+      </c>
+      <c r="B1052" s="30" t="s">
+        <v>2609</v>
+      </c>
+      <c r="C1052" s="89" t="s">
+        <v>3226</v>
+      </c>
+      <c r="D1052" s="38">
+        <v>46151</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:5" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1053" s="52" t="s">
+        <v>2611</v>
+      </c>
+      <c r="B1053" s="54" t="s">
+        <v>2612</v>
+      </c>
+      <c r="C1053" s="54" t="s">
+        <v>3382</v>
+      </c>
+      <c r="D1053" s="38">
+        <v>46153</v>
+      </c>
+      <c r="E1053" s="102"/>
+    </row>
+    <row r="1054" spans="1:5" ht="111" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1054" s="52" t="s">
+        <v>2613</v>
+      </c>
+      <c r="B1054" s="54" t="s">
+        <v>2614</v>
+      </c>
+      <c r="C1054" s="85" t="s">
+        <v>2615</v>
+      </c>
+      <c r="D1054" s="53">
+        <v>46154</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:5" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A1055" s="14" t="s">
+        <v>2616</v>
+      </c>
+      <c r="B1055" s="25" t="s">
+        <v>2617</v>
+      </c>
+      <c r="C1055" s="24" t="s">
+        <v>3227</v>
+      </c>
+      <c r="D1055" s="53">
+        <v>46154</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1056" s="52" t="s">
+        <v>2618</v>
+      </c>
+      <c r="B1056" s="54" t="s">
+        <v>2619</v>
+      </c>
+      <c r="C1056" s="93" t="s">
+        <v>691</v>
+      </c>
+      <c r="D1056" s="38">
+        <v>46155</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1057" s="52" t="s">
+        <v>2620</v>
+      </c>
+      <c r="B1057" s="30" t="s">
+        <v>2621</v>
+      </c>
+      <c r="C1057" s="54" t="s">
+        <v>3228</v>
+      </c>
+      <c r="D1057" s="53">
+        <v>46157</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1058" s="52" t="s">
+        <v>2623</v>
+      </c>
+      <c r="B1058" s="30" t="s">
+        <v>2624</v>
+      </c>
+      <c r="C1058" s="85" t="s">
+        <v>178</v>
+      </c>
+      <c r="D1058" s="53">
+        <v>46157</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:5" ht="219.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1059" s="52" t="s">
+        <v>2625</v>
+      </c>
+      <c r="B1059" s="24" t="s">
+        <v>368</v>
+      </c>
+      <c r="C1059" s="87" t="s">
+        <v>2626</v>
+      </c>
+      <c r="D1059" s="53">
+        <v>46162</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1060" s="52" t="s">
+        <v>2627</v>
+      </c>
+      <c r="B1060" s="30" t="s">
+        <v>2628</v>
+      </c>
+      <c r="C1060" s="85" t="s">
+        <v>2629</v>
+      </c>
+      <c r="D1060" s="53">
+        <v>46162</v>
+      </c>
+      <c r="E1060" s="86"/>
+    </row>
+    <row r="1061" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1061" s="52" t="s">
+        <v>2630</v>
+      </c>
+      <c r="B1061" s="30" t="s">
+        <v>2631</v>
+      </c>
+      <c r="C1061" s="85" t="s">
+        <v>2632</v>
+      </c>
+      <c r="D1061" s="53">
+        <v>46162</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1062" s="52" t="s">
+        <v>2633</v>
+      </c>
+      <c r="B1062" s="30" t="s">
+        <v>2634</v>
+      </c>
+      <c r="C1062" s="85" t="s">
+        <v>3229</v>
+      </c>
+      <c r="D1062" s="53">
+        <v>46162</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1063" s="52" t="s">
+        <v>2635</v>
+      </c>
+      <c r="B1063" s="30" t="s">
+        <v>2636</v>
+      </c>
+      <c r="C1063" s="85" t="s">
+        <v>3229</v>
+      </c>
+      <c r="D1063" s="53">
+        <v>46163</v>
+      </c>
+      <c r="E1063" s="86"/>
+    </row>
+    <row r="1064" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1064" s="52" t="s">
+        <v>2640</v>
+      </c>
+      <c r="B1064" s="30" t="s">
+        <v>2641</v>
+      </c>
+      <c r="C1064" s="85" t="s">
+        <v>2642</v>
+      </c>
+      <c r="D1064" s="53">
+        <v>46166</v>
+      </c>
+      <c r="E1064" s="86"/>
+    </row>
+    <row r="1065" spans="1:5" ht="312.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1065" s="52" t="s">
+        <v>2643</v>
+      </c>
+      <c r="B1065" s="30" t="s">
+        <v>2644</v>
+      </c>
+      <c r="C1065" s="85" t="s">
+        <v>2645</v>
+      </c>
+      <c r="D1065" s="53">
+        <v>46165</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1066" s="52" t="s">
+        <v>2647</v>
+      </c>
+      <c r="B1066" s="54" t="s">
+        <v>2648</v>
+      </c>
+      <c r="C1066" s="85" t="s">
+        <v>917</v>
+      </c>
+      <c r="D1066" s="38">
+        <v>46170</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1067" s="52" t="s">
+        <v>2649</v>
+      </c>
+      <c r="B1067" s="30" t="s">
+        <v>2650</v>
+      </c>
+      <c r="C1067" s="54" t="s">
+        <v>3230</v>
+      </c>
+      <c r="D1067" s="53">
+        <v>46170</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:5" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1068" s="103" t="s">
+        <v>2651</v>
+      </c>
+      <c r="B1068" s="30" t="s">
+        <v>2652</v>
+      </c>
+      <c r="C1068" s="85" t="s">
+        <v>2653</v>
+      </c>
+      <c r="D1068" s="53">
+        <v>46171</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:5" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1069" s="14" t="s">
+        <v>2654</v>
+      </c>
+      <c r="B1069" s="25" t="s">
+        <v>2655</v>
+      </c>
+      <c r="C1069" s="87" t="s">
+        <v>3231</v>
+      </c>
+      <c r="D1069" s="38">
+        <v>46200</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:5" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1070" s="52" t="s">
+        <v>2656</v>
+      </c>
+      <c r="B1070" s="30" t="s">
+        <v>2657</v>
+      </c>
+      <c r="C1070" s="85" t="s">
+        <v>2658</v>
+      </c>
+      <c r="D1070" s="53">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1071" s="52" t="s">
+        <v>2659</v>
+      </c>
+      <c r="B1071" s="30" t="s">
+        <v>2660</v>
+      </c>
+      <c r="C1071" s="85" t="s">
+        <v>3232</v>
+      </c>
+      <c r="D1071" s="53">
+        <v>46171</v>
+      </c>
+      <c r="E1071" s="86"/>
+    </row>
+    <row r="1072" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1072" s="52" t="s">
+        <v>2661</v>
+      </c>
+      <c r="B1072" s="30" t="s">
+        <v>2662</v>
+      </c>
+      <c r="C1072" s="85" t="s">
+        <v>2663</v>
+      </c>
+      <c r="D1072" s="53">
+        <v>46171</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:5" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1073" s="16" t="s">
+        <v>2665</v>
+      </c>
+      <c r="B1073" s="24" t="s">
+        <v>403</v>
+      </c>
+      <c r="C1073" s="24" t="s">
+        <v>404</v>
+      </c>
+      <c r="D1073" s="38">
+        <v>46224</v>
+      </c>
+      <c r="E1073" s="86"/>
+    </row>
+    <row r="1074" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1074" s="13" t="s">
+        <v>2666</v>
+      </c>
+      <c r="B1074" s="24" t="s">
+        <v>2667</v>
+      </c>
+      <c r="C1074" s="24" t="s">
+        <v>3233</v>
+      </c>
+      <c r="D1074" s="33">
+        <v>46172</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1075" s="15" t="s">
+        <v>2670</v>
+      </c>
+      <c r="B1075" s="24" t="s">
+        <v>2296</v>
+      </c>
+      <c r="C1075" s="24" t="s">
+        <v>3234</v>
+      </c>
+      <c r="D1075" s="33">
+        <v>46177</v>
+      </c>
+      <c r="E1075" s="86"/>
+    </row>
+    <row r="1076" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1076" s="52" t="s">
+        <v>2671</v>
+      </c>
+      <c r="B1076" s="30" t="s">
+        <v>2672</v>
+      </c>
+      <c r="C1076" s="85" t="s">
+        <v>2673</v>
+      </c>
+      <c r="D1076" s="33">
+        <v>46176</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1077" s="52" t="s">
+        <v>2677</v>
+      </c>
+      <c r="B1077" s="30" t="s">
+        <v>2678</v>
+      </c>
+      <c r="C1077" s="85" t="s">
+        <v>2679</v>
+      </c>
+      <c r="D1077" s="56">
+        <v>46178</v>
+      </c>
+      <c r="E1077" s="86"/>
+    </row>
+    <row r="1078" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1078" s="52" t="s">
+        <v>2680</v>
+      </c>
+      <c r="B1078" s="30" t="s">
+        <v>2681</v>
+      </c>
+      <c r="C1078" s="85" t="s">
+        <v>2682</v>
+      </c>
+      <c r="D1078" s="33">
+        <v>46176</v>
+      </c>
+      <c r="E1078" s="86"/>
+    </row>
+    <row r="1079" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1079" s="52" t="s">
+        <v>2684</v>
+      </c>
+      <c r="B1079" s="30" t="s">
+        <v>2231</v>
+      </c>
+      <c r="C1079" s="87" t="s">
+        <v>3215</v>
+      </c>
+      <c r="D1079" s="33">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1080" s="52" t="s">
+        <v>2685</v>
+      </c>
+      <c r="B1080" s="45" t="s">
+        <v>2686</v>
+      </c>
+      <c r="C1080" s="85" t="s">
+        <v>2687</v>
+      </c>
+      <c r="D1080" s="56">
+        <v>46179</v>
+      </c>
+      <c r="E1080" s="86"/>
+    </row>
+    <row r="1081" spans="1:5" ht="147.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1081" s="52" t="s">
+        <v>2688</v>
+      </c>
+      <c r="B1081" s="30" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C1081" s="85" t="s">
+        <v>3235</v>
+      </c>
+      <c r="D1081" s="38">
+        <v>46179</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1082" s="52" t="s">
+        <v>2689</v>
+      </c>
+      <c r="B1082" s="30" t="s">
+        <v>2690</v>
+      </c>
+      <c r="C1082" s="85" t="s">
+        <v>2691</v>
+      </c>
+      <c r="D1082" s="33">
+        <v>46184</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:5" ht="174" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1083" s="16" t="s">
+        <v>2692</v>
+      </c>
+      <c r="B1083" s="24" t="s">
+        <v>2693</v>
+      </c>
+      <c r="C1083" s="24" t="s">
+        <v>2694</v>
+      </c>
+      <c r="D1083" s="33">
+        <v>46184</v>
+      </c>
+      <c r="E1083" s="86"/>
+    </row>
+    <row r="1084" spans="1:5" ht="66" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1084" s="60" t="s">
+        <v>2695</v>
+      </c>
+      <c r="B1084" s="30" t="s">
+        <v>2696</v>
+      </c>
+      <c r="C1084" s="85" t="s">
+        <v>3301</v>
+      </c>
+      <c r="D1084" s="33">
+        <v>46184</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1085" s="66" t="s">
+        <v>2697</v>
+      </c>
+      <c r="B1085" s="25" t="s">
+        <v>2698</v>
+      </c>
+      <c r="C1085" s="87" t="s">
+        <v>3236</v>
+      </c>
+      <c r="D1085" s="38">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1086" s="52" t="s">
+        <v>2699</v>
+      </c>
+      <c r="B1086" s="30" t="s">
+        <v>2700</v>
+      </c>
+      <c r="C1086" s="85" t="s">
+        <v>2701</v>
+      </c>
+      <c r="D1086" s="33">
+        <v>46183</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1087" s="15" t="s">
+        <v>2702</v>
+      </c>
+      <c r="B1087" s="25" t="s">
+        <v>2703</v>
+      </c>
+      <c r="C1087" s="87" t="s">
+        <v>2704</v>
+      </c>
+      <c r="D1087" s="38">
+        <v>46184</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1088" s="52" t="s">
+        <v>2707</v>
+      </c>
+      <c r="B1088" s="54" t="s">
+        <v>2708</v>
+      </c>
+      <c r="C1088" s="85" t="s">
+        <v>3237</v>
+      </c>
+      <c r="D1088" s="33">
+        <v>46185</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:5" ht="191.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1089" s="13" t="s">
+        <v>2711</v>
+      </c>
+      <c r="B1089" s="24" t="s">
+        <v>2712</v>
+      </c>
+      <c r="C1089" s="24" t="s">
+        <v>325</v>
+      </c>
+      <c r="D1089" s="33">
+        <v>46187</v>
+      </c>
+      <c r="E1089" s="104"/>
+    </row>
+    <row r="1090" spans="1:5" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1090" s="101" t="s">
+        <v>2713</v>
+      </c>
+      <c r="B1090" s="25" t="s">
+        <v>2714</v>
+      </c>
+      <c r="C1090" s="25" t="s">
+        <v>2715</v>
+      </c>
+      <c r="D1090" s="53">
+        <v>46189</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1091" s="13" t="s">
+        <v>2718</v>
+      </c>
+      <c r="B1091" s="24" t="s">
+        <v>2719</v>
+      </c>
+      <c r="C1091" s="24" t="s">
+        <v>102</v>
+      </c>
+      <c r="D1091" s="33">
+        <v>46205</v>
+      </c>
+      <c r="E1091" s="86"/>
+    </row>
+    <row r="1092" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1092" s="52" t="s">
+        <v>2721</v>
+      </c>
+      <c r="B1092" s="30" t="s">
+        <v>2722</v>
+      </c>
+      <c r="C1092" s="93" t="s">
+        <v>2723</v>
+      </c>
+      <c r="D1092" s="53">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:5" ht="220.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1093" s="52" t="s">
+        <v>2724</v>
+      </c>
+      <c r="B1093" s="30" t="s">
+        <v>2725</v>
+      </c>
+      <c r="C1093" s="85" t="s">
+        <v>2726</v>
+      </c>
+      <c r="D1093" s="53">
+        <v>46191</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:5" ht="97.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1094" s="52" t="s">
+        <v>2728</v>
+      </c>
+      <c r="B1094" s="30" t="s">
+        <v>2729</v>
+      </c>
+      <c r="C1094" s="85" t="s">
+        <v>823</v>
+      </c>
+      <c r="D1094" s="53">
+        <v>46191</v>
+      </c>
+      <c r="E1094" s="86"/>
+    </row>
+    <row r="1095" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1095" s="52" t="s">
+        <v>2730</v>
+      </c>
+      <c r="B1095" s="30" t="s">
+        <v>2731</v>
+      </c>
+      <c r="C1095" s="85" t="s">
+        <v>2732</v>
+      </c>
+      <c r="D1095" s="38">
+        <v>46191</v>
+      </c>
+      <c r="E1095" s="86"/>
+    </row>
+    <row r="1096" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1096" s="52" t="s">
+        <v>2734</v>
+      </c>
+      <c r="B1096" s="30" t="s">
+        <v>2735</v>
+      </c>
+      <c r="C1096" s="87" t="s">
+        <v>2736</v>
+      </c>
+      <c r="D1096" s="53">
+        <v>46193</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:5" ht="86.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1097" s="52" t="s">
+        <v>2737</v>
+      </c>
+      <c r="B1097" s="58" t="s">
+        <v>865</v>
+      </c>
+      <c r="C1097" s="91" t="s">
+        <v>2738</v>
+      </c>
+      <c r="D1097" s="53">
+        <v>46167</v>
+      </c>
+      <c r="E1097" s="86"/>
+    </row>
+    <row r="1098" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1098" s="52" t="s">
+        <v>2739</v>
+      </c>
+      <c r="B1098" s="45" t="s">
+        <v>2740</v>
+      </c>
+      <c r="C1098" s="85" t="s">
+        <v>126</v>
+      </c>
+      <c r="D1098" s="53">
+        <v>46197</v>
+      </c>
+      <c r="E1098" s="97"/>
+    </row>
+    <row r="1099" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1099" s="52" t="s">
+        <v>2741</v>
+      </c>
+      <c r="B1099" s="30" t="s">
+        <v>2742</v>
+      </c>
+      <c r="C1099" s="87" t="s">
+        <v>2743</v>
+      </c>
+      <c r="D1099" s="53">
+        <v>46196</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1100" s="52" t="s">
+        <v>2746</v>
+      </c>
+      <c r="B1100" s="30" t="s">
+        <v>2747</v>
+      </c>
+      <c r="C1100" s="85" t="s">
+        <v>2748</v>
+      </c>
+      <c r="D1100" s="53">
+        <v>46200</v>
+      </c>
+      <c r="E1100" s="86"/>
+    </row>
+    <row r="1101" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1101" s="52" t="s">
+        <v>2749</v>
+      </c>
+      <c r="B1101" s="30" t="s">
+        <v>2750</v>
+      </c>
+      <c r="C1101" s="93" t="s">
+        <v>39</v>
+      </c>
+      <c r="D1101" s="53">
+        <v>46201</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1102" s="52" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B1102" s="30" t="s">
+        <v>2757</v>
+      </c>
+      <c r="C1102" s="85" t="s">
+        <v>2759</v>
+      </c>
+      <c r="D1102" s="53">
+        <v>46204</v>
+      </c>
+      <c r="E1102" s="86"/>
+    </row>
+    <row r="1103" spans="1:5" ht="367.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1103" s="52" t="s">
+        <v>2761</v>
+      </c>
+      <c r="B1103" s="45" t="s">
+        <v>2762</v>
+      </c>
+      <c r="C1103" s="85" t="s">
+        <v>3672</v>
+      </c>
+      <c r="D1103" s="53">
+        <v>46205</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1104" s="52" t="s">
+        <v>3327</v>
+      </c>
+      <c r="B1104" s="30" t="s">
+        <v>2765</v>
+      </c>
+      <c r="C1104" s="85" t="s">
+        <v>2766</v>
+      </c>
+      <c r="D1104" s="53">
+        <v>46261</v>
+      </c>
+      <c r="E1104" s="86"/>
+    </row>
+    <row r="1105" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1105" s="52" t="s">
+        <v>2767</v>
+      </c>
+      <c r="B1105" s="30" t="s">
+        <v>2768</v>
+      </c>
+      <c r="C1105" s="85" t="s">
+        <v>2769</v>
+      </c>
+      <c r="D1105" s="53">
+        <v>46206</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1106" s="52" t="s">
+        <v>2773</v>
+      </c>
+      <c r="B1106" s="30" t="s">
+        <v>2774</v>
+      </c>
+      <c r="C1106" s="85" t="s">
+        <v>2775</v>
+      </c>
+      <c r="D1106" s="53">
+        <v>46207</v>
+      </c>
+      <c r="E1106" s="86"/>
+    </row>
+    <row r="1107" spans="1:5" ht="184.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1107" s="52" t="s">
+        <v>3587</v>
+      </c>
+      <c r="B1107" s="54" t="s">
+        <v>2776</v>
+      </c>
+      <c r="C1107" s="24" t="s">
+        <v>3238</v>
+      </c>
+      <c r="D1107" s="56">
+        <v>46207</v>
+      </c>
+      <c r="E1107" s="92"/>
+    </row>
+    <row r="1108" spans="1:5" ht="218.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1108" s="52" t="s">
+        <v>2777</v>
+      </c>
+      <c r="B1108" s="24" t="s">
+        <v>2778</v>
+      </c>
+      <c r="C1108" s="89" t="s">
+        <v>468</v>
+      </c>
+      <c r="D1108" s="38">
+        <v>46207</v>
+      </c>
+      <c r="E1108" s="86"/>
+    </row>
+    <row r="1109" spans="1:5" ht="174" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1109" s="13" t="s">
+        <v>2779</v>
+      </c>
+      <c r="B1109" s="30" t="s">
+        <v>2780</v>
+      </c>
+      <c r="C1109" s="24" t="s">
+        <v>2781</v>
+      </c>
+      <c r="D1109" s="33">
+        <v>46207</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1110" s="52" t="s">
+        <v>2782</v>
+      </c>
+      <c r="B1110" s="30" t="s">
+        <v>2783</v>
+      </c>
+      <c r="C1110" s="85" t="s">
+        <v>2784</v>
+      </c>
+      <c r="D1110" s="53">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:5" ht="333" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1111" s="14" t="s">
+        <v>93</v>
+      </c>
+      <c r="B1111" s="25" t="s">
+        <v>2788</v>
+      </c>
+      <c r="C1111" s="89" t="s">
+        <v>3239</v>
+      </c>
+      <c r="D1111" s="33">
+        <v>46211</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1112" s="15" t="s">
+        <v>2792</v>
+      </c>
+      <c r="B1112" s="24" t="s">
+        <v>28</v>
+      </c>
+      <c r="C1112" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="D1112" s="33">
+        <v>46212</v>
+      </c>
+      <c r="E1112" s="92"/>
+    </row>
+    <row r="1113" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1113" s="52" t="s">
+        <v>2793</v>
+      </c>
+      <c r="B1113" s="30" t="s">
+        <v>2794</v>
+      </c>
+      <c r="C1113" s="85" t="s">
+        <v>2795</v>
+      </c>
+      <c r="D1113" s="53">
+        <v>46212</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1114" s="52" t="s">
+        <v>2801</v>
+      </c>
+      <c r="B1114" s="30" t="s">
+        <v>2802</v>
+      </c>
+      <c r="C1114" s="85" t="s">
+        <v>2803</v>
+      </c>
+      <c r="D1114" s="53">
+        <v>46212</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1115" s="52" t="s">
+        <v>2807</v>
+      </c>
+      <c r="B1115" s="54" t="s">
+        <v>2808</v>
+      </c>
+      <c r="C1115" s="85" t="s">
+        <v>2809</v>
+      </c>
+      <c r="D1115" s="53">
+        <v>46213</v>
+      </c>
+      <c r="E1115" s="86"/>
+    </row>
+    <row r="1116" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1116" s="52" t="s">
+        <v>2810</v>
+      </c>
+      <c r="B1116" s="30" t="s">
+        <v>2811</v>
+      </c>
+      <c r="C1116" s="85" t="s">
+        <v>849</v>
+      </c>
+      <c r="D1116" s="53">
+        <v>46213</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1117" s="52" t="s">
+        <v>2815</v>
+      </c>
+      <c r="B1117" s="24" t="s">
+        <v>2816</v>
+      </c>
+      <c r="C1117" s="105" t="s">
+        <v>823</v>
+      </c>
+      <c r="D1117" s="53">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1118" s="52" t="s">
+        <v>2817</v>
+      </c>
+      <c r="B1118" s="30" t="s">
+        <v>2818</v>
+      </c>
+      <c r="C1118" s="85" t="s">
+        <v>2819</v>
+      </c>
+      <c r="D1118" s="53">
+        <v>46217</v>
+      </c>
+      <c r="E1118" s="86"/>
+    </row>
+    <row r="1119" spans="1:5" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A1119" s="52" t="s">
+        <v>2822</v>
+      </c>
+      <c r="B1119" s="30" t="s">
+        <v>2823</v>
+      </c>
+      <c r="C1119" s="91" t="s">
+        <v>3240</v>
+      </c>
+      <c r="D1119" s="38">
+        <v>46219</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1120" s="13" t="s">
+        <v>2824</v>
+      </c>
+      <c r="B1120" s="24" t="s">
+        <v>2825</v>
+      </c>
+      <c r="C1120" s="24" t="s">
+        <v>2826</v>
+      </c>
+      <c r="D1120" s="38">
+        <v>46130</v>
+      </c>
+      <c r="E1120" s="92"/>
+    </row>
+    <row r="1121" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1121" s="15" t="s">
+        <v>2827</v>
+      </c>
+      <c r="B1121" s="24" t="s">
+        <v>2828</v>
+      </c>
+      <c r="C1121" s="24" t="s">
+        <v>2829</v>
+      </c>
+      <c r="D1121" s="38">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:5" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A1122" s="15" t="s">
+        <v>2830</v>
+      </c>
+      <c r="B1122" s="30" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C1122" s="106" t="s">
+        <v>2832</v>
+      </c>
+      <c r="D1122" s="38">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:5" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A1123" s="15" t="s">
+        <v>2830</v>
+      </c>
+      <c r="B1123" s="30" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C1123" s="87" t="s">
+        <v>2833</v>
+      </c>
+      <c r="D1123" s="38">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1124" s="52" t="s">
+        <v>2834</v>
+      </c>
+      <c r="B1124" s="54" t="s">
+        <v>2835</v>
+      </c>
+      <c r="C1124" s="85" t="s">
+        <v>3529</v>
+      </c>
+      <c r="D1124" s="53">
+        <v>46221</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1125" s="52" t="s">
+        <v>2836</v>
+      </c>
+      <c r="B1125" s="30" t="s">
+        <v>2837</v>
+      </c>
+      <c r="C1125" s="85" t="s">
+        <v>3528</v>
+      </c>
+      <c r="D1125" s="53">
+        <v>46225</v>
+      </c>
+      <c r="E1125" s="86"/>
+    </row>
+    <row r="1126" spans="1:5" ht="135" x14ac:dyDescent="0.25">
+      <c r="A1126" s="52" t="s">
+        <v>2839</v>
+      </c>
+      <c r="B1126" s="30" t="s">
+        <v>646</v>
+      </c>
+      <c r="C1126" s="85" t="s">
+        <v>3302</v>
+      </c>
+      <c r="D1126" s="53">
+        <v>46225</v>
+      </c>
+      <c r="E1126" s="86"/>
+    </row>
+    <row r="1127" spans="1:5" ht="192.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1127" s="107" t="s">
+        <v>2840</v>
+      </c>
+      <c r="B1127" s="24" t="s">
+        <v>2841</v>
+      </c>
+      <c r="C1127" s="24" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D1127" s="33">
+        <v>46130</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:5" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1128" s="64" t="s">
+        <v>2843</v>
+      </c>
+      <c r="B1128" s="24" t="s">
+        <v>2844</v>
+      </c>
+      <c r="C1128" s="93" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D1128" s="33">
+        <v>46228</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1129" s="52" t="s">
+        <v>2845</v>
+      </c>
+      <c r="B1129" s="30" t="s">
+        <v>2846</v>
+      </c>
+      <c r="C1129" s="85" t="s">
+        <v>3241</v>
+      </c>
+      <c r="D1129" s="53">
+        <v>46227</v>
+      </c>
+      <c r="E1129" s="86"/>
+    </row>
+    <row r="1130" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1130" s="52" t="s">
+        <v>2847</v>
+      </c>
+      <c r="B1130" s="25" t="s">
+        <v>2848</v>
+      </c>
+      <c r="C1130" s="24" t="s">
+        <v>2849</v>
+      </c>
+      <c r="D1130" s="38">
+        <v>46227</v>
+      </c>
+      <c r="E1130" s="86"/>
+    </row>
+    <row r="1131" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1131" s="52" t="s">
+        <v>2851</v>
+      </c>
+      <c r="B1131" s="30" t="s">
+        <v>2852</v>
+      </c>
+      <c r="C1131" s="85" t="s">
+        <v>2853</v>
+      </c>
+      <c r="D1131" s="53">
+        <v>46228</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1132" s="52" t="s">
+        <v>2854</v>
+      </c>
+      <c r="B1132" s="45" t="s">
+        <v>2855</v>
+      </c>
+      <c r="C1132" s="85" t="s">
+        <v>2856</v>
+      </c>
+      <c r="D1132" s="53">
+        <v>46228</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1133" s="52" t="s">
+        <v>2858</v>
+      </c>
+      <c r="B1133" s="30" t="s">
+        <v>2857</v>
+      </c>
+      <c r="C1133" s="85" t="s">
+        <v>3527</v>
+      </c>
+      <c r="D1133" s="53">
+        <v>46228</v>
+      </c>
+      <c r="E1133" s="86"/>
+    </row>
+    <row r="1134" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1134" s="52" t="s">
+        <v>3627</v>
+      </c>
+      <c r="B1134" s="30" t="s">
+        <v>2859</v>
+      </c>
+      <c r="C1134" s="54" t="s">
+        <v>3381</v>
+      </c>
+      <c r="D1134" s="53">
+        <v>46228</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:5" ht="166.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1135" s="15" t="s">
+        <v>2860</v>
+      </c>
+      <c r="B1135" s="24" t="s">
+        <v>2861</v>
+      </c>
+      <c r="C1135" s="89" t="s">
+        <v>2862</v>
+      </c>
+      <c r="D1135" s="33">
+        <v>46231</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1136" s="52" t="s">
+        <v>2863</v>
+      </c>
+      <c r="B1136" s="30" t="s">
+        <v>2864</v>
+      </c>
+      <c r="C1136" s="85" t="s">
+        <v>2865</v>
+      </c>
+      <c r="D1136" s="56">
+        <v>46232</v>
+      </c>
+      <c r="E1136" s="86"/>
+    </row>
+    <row r="1137" spans="1:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1137" s="14" t="s">
+        <v>2866</v>
+      </c>
+      <c r="B1137" s="24" t="s">
+        <v>2867</v>
+      </c>
+      <c r="C1137" s="24" t="s">
+        <v>2868</v>
+      </c>
+      <c r="D1137" s="33">
+        <v>46232</v>
+      </c>
+      <c r="E1137" s="86"/>
+    </row>
+    <row r="1138" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1138" s="52" t="s">
+        <v>2870</v>
+      </c>
+      <c r="B1138" s="30" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C1138" s="85" t="s">
+        <v>2871</v>
+      </c>
+      <c r="D1138" s="38">
+        <v>46232</v>
+      </c>
+    </row>
+    <row r="1139" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1139" s="15" t="s">
+        <v>2873</v>
+      </c>
+      <c r="B1139" s="24" t="s">
+        <v>2874</v>
+      </c>
+      <c r="C1139" s="24" t="s">
+        <v>2875</v>
+      </c>
+      <c r="D1139" s="33">
+        <v>46236</v>
+      </c>
+      <c r="E1139" s="97"/>
+    </row>
+    <row r="1140" spans="1:5" ht="105" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1140" s="16" t="s">
+        <v>2877</v>
+      </c>
+      <c r="B1140" s="24" t="s">
+        <v>183</v>
+      </c>
+      <c r="C1140" s="91" t="s">
+        <v>39</v>
+      </c>
+      <c r="D1140" s="38">
+        <v>46269</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1141" s="52" t="s">
+        <v>2879</v>
+      </c>
+      <c r="B1141" s="25" t="s">
+        <v>2880</v>
+      </c>
+      <c r="C1141" s="89" t="s">
+        <v>3242</v>
+      </c>
+      <c r="D1141" s="53">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="1142" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1142" s="52" t="s">
+        <v>2882</v>
+      </c>
+      <c r="B1142" s="30" t="s">
+        <v>2883</v>
+      </c>
+      <c r="C1142" s="89" t="s">
+        <v>2884</v>
+      </c>
+      <c r="D1142" s="53">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="1143" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1143" s="52" t="s">
+        <v>2885</v>
+      </c>
+      <c r="B1143" s="30" t="s">
+        <v>2886</v>
+      </c>
+      <c r="C1143" s="89" t="s">
+        <v>2887</v>
+      </c>
+      <c r="D1143" s="53">
+        <v>46239</v>
+      </c>
+    </row>
+    <row r="1144" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1144" s="52" t="s">
+        <v>2888</v>
+      </c>
+      <c r="B1144" s="30" t="s">
+        <v>2889</v>
+      </c>
+      <c r="C1144" s="85" t="s">
+        <v>2890</v>
+      </c>
+      <c r="D1144" s="53">
+        <v>46239</v>
+      </c>
+      <c r="E1144" s="86"/>
+    </row>
+    <row r="1145" spans="1:5" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1145" s="14" t="s">
+        <v>2891</v>
+      </c>
+      <c r="B1145" s="24" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C1145" s="91" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D1145" s="33">
+        <v>46239</v>
+      </c>
+      <c r="E1145" s="86"/>
+    </row>
+    <row r="1146" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1146" s="13" t="s">
+        <v>2892</v>
+      </c>
+      <c r="B1146" s="24" t="s">
+        <v>2893</v>
+      </c>
+      <c r="C1146" s="24" t="s">
+        <v>2894</v>
+      </c>
+      <c r="D1146" s="33">
+        <v>46240</v>
+      </c>
+    </row>
+    <row r="1147" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1147" s="52" t="s">
+        <v>2897</v>
+      </c>
+      <c r="B1147" s="30" t="s">
+        <v>2898</v>
+      </c>
+      <c r="C1147" s="85" t="s">
+        <v>3243</v>
+      </c>
+      <c r="D1147" s="38">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="1148" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1148" s="52" t="s">
+        <v>2899</v>
+      </c>
+      <c r="B1148" s="30" t="s">
+        <v>2900</v>
+      </c>
+      <c r="C1148" s="85" t="s">
+        <v>496</v>
+      </c>
+      <c r="D1148" s="53">
+        <v>46241</v>
+      </c>
+      <c r="E1148" s="86"/>
+    </row>
+    <row r="1149" spans="1:5" ht="73.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1149" s="52" t="s">
+        <v>2901</v>
+      </c>
+      <c r="B1149" s="25" t="s">
+        <v>2902</v>
+      </c>
+      <c r="C1149" s="85" t="s">
+        <v>2903</v>
+      </c>
+      <c r="D1149" s="38">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="1150" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1150" s="52" t="s">
+        <v>2904</v>
+      </c>
+      <c r="B1150" s="30" t="s">
+        <v>2905</v>
+      </c>
+      <c r="C1150" s="85" t="s">
+        <v>2906</v>
+      </c>
+      <c r="D1150" s="53">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1151" s="52" t="s">
+        <v>2907</v>
+      </c>
+      <c r="B1151" s="99" t="s">
+        <v>2908</v>
+      </c>
+      <c r="C1151" s="54" t="s">
+        <v>2909</v>
+      </c>
+      <c r="D1151" s="53">
+        <v>46241</v>
+      </c>
+    </row>
+    <row r="1152" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1152" s="52" t="s">
+        <v>2911</v>
+      </c>
+      <c r="B1152" s="54" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C1152" s="85" t="s">
+        <v>2913</v>
+      </c>
+      <c r="D1152" s="53">
+        <v>46242</v>
+      </c>
+      <c r="E1152" s="86"/>
+    </row>
+    <row r="1153" spans="1:5" ht="143.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1153" s="60" t="s">
+        <v>2918</v>
+      </c>
+      <c r="B1153" s="30" t="s">
+        <v>2919</v>
+      </c>
+      <c r="C1153" s="85" t="s">
+        <v>2920</v>
+      </c>
+      <c r="D1153" s="56">
+        <v>46246</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1154" s="52" t="s">
+        <v>2922</v>
+      </c>
+      <c r="B1154" s="30" t="s">
+        <v>2923</v>
+      </c>
+      <c r="C1154" s="85" t="s">
+        <v>2924</v>
+      </c>
+      <c r="D1154" s="33">
+        <v>46247</v>
+      </c>
+    </row>
+    <row r="1155" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1155" s="15" t="s">
+        <v>2932</v>
+      </c>
+      <c r="B1155" s="54" t="s">
+        <v>2933</v>
+      </c>
+      <c r="C1155" s="87" t="s">
+        <v>2934</v>
+      </c>
+      <c r="D1155" s="33">
+        <v>46254</v>
+      </c>
+    </row>
+    <row r="1156" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1156" s="52" t="s">
+        <v>2935</v>
+      </c>
+      <c r="B1156" s="30" t="s">
+        <v>2936</v>
+      </c>
+      <c r="C1156" s="91" t="s">
+        <v>2934</v>
+      </c>
+      <c r="D1156" s="53">
+        <v>46254</v>
+      </c>
+      <c r="E1156" s="86"/>
+    </row>
+    <row r="1157" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1157" s="52" t="s">
+        <v>2937</v>
+      </c>
+      <c r="B1157" s="30" t="s">
+        <v>2938</v>
+      </c>
+      <c r="C1157" s="85" t="s">
+        <v>2939</v>
+      </c>
+      <c r="D1157" s="53">
+        <v>46253</v>
+      </c>
+      <c r="E1157" s="86"/>
+    </row>
+    <row r="1158" spans="1:5" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A1158" s="52" t="s">
+        <v>2941</v>
+      </c>
+      <c r="B1158" s="30" t="s">
+        <v>2942</v>
+      </c>
+      <c r="C1158" s="85" t="s">
+        <v>3673</v>
+      </c>
+      <c r="D1158" s="53">
+        <v>46256</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1159" s="52" t="s">
+        <v>2944</v>
+      </c>
+      <c r="B1159" s="30" t="s">
+        <v>2945</v>
+      </c>
+      <c r="C1159" s="85" t="s">
+        <v>2946</v>
+      </c>
+      <c r="D1159" s="53">
+        <v>46259</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1160" s="52" t="s">
+        <v>2947</v>
+      </c>
+      <c r="B1160" s="30" t="s">
+        <v>2948</v>
+      </c>
+      <c r="C1160" s="93" t="s">
+        <v>2784</v>
+      </c>
+      <c r="D1160" s="53">
+        <v>46260</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1161" s="52" t="s">
+        <v>2949</v>
+      </c>
+      <c r="B1161" s="30" t="s">
+        <v>2950</v>
+      </c>
+      <c r="C1161" s="110" t="s">
+        <v>2951</v>
+      </c>
+      <c r="D1161" s="53">
+        <v>46260</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:5" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1162" s="60" t="s">
+        <v>2952</v>
+      </c>
+      <c r="B1162" s="30" t="s">
+        <v>2953</v>
+      </c>
+      <c r="C1162" s="85" t="s">
+        <v>3303</v>
+      </c>
+      <c r="D1162" s="53">
+        <v>46260</v>
+      </c>
+      <c r="E1162" s="86"/>
+    </row>
+    <row r="1163" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1163" s="52" t="s">
+        <v>2954</v>
+      </c>
+      <c r="B1163" s="54" t="s">
+        <v>2955</v>
+      </c>
+      <c r="C1163" s="90" t="s">
+        <v>691</v>
+      </c>
+      <c r="D1163" s="53">
+        <v>46260</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:5" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A1164" s="52" t="s">
+        <v>2958</v>
+      </c>
+      <c r="B1164" s="30" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C1164" s="85" t="s">
+        <v>1730</v>
+      </c>
+      <c r="D1164" s="33">
+        <v>46240</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1165" s="57" t="s">
+        <v>2961</v>
+      </c>
+      <c r="B1165" s="30" t="s">
+        <v>2962</v>
+      </c>
+      <c r="C1165" s="24" t="s">
+        <v>2963</v>
+      </c>
+      <c r="D1165" s="53">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:5" ht="202.5" x14ac:dyDescent="0.25">
+      <c r="A1166" s="52" t="s">
+        <v>2964</v>
+      </c>
+      <c r="B1166" s="30" t="s">
+        <v>2965</v>
+      </c>
+      <c r="C1166" s="85" t="s">
+        <v>3674</v>
+      </c>
+      <c r="D1166" s="53">
+        <v>46268</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1167" s="52" t="s">
+        <v>2970</v>
+      </c>
+      <c r="B1167" s="30" t="s">
+        <v>684</v>
+      </c>
+      <c r="C1167" s="85" t="s">
+        <v>685</v>
+      </c>
+      <c r="D1167" s="38">
+        <v>46344</v>
+      </c>
+      <c r="E1167" s="86"/>
+    </row>
+    <row r="1168" spans="1:5" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1168" s="16" t="s">
+        <v>2972</v>
+      </c>
+      <c r="B1168" s="25" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C1168" s="87" t="s">
+        <v>2973</v>
+      </c>
+      <c r="D1168" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1169" s="13" t="s">
+        <v>2974</v>
+      </c>
+      <c r="B1169" s="25" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C1169" s="93" t="s">
+        <v>2975</v>
+      </c>
+      <c r="D1169" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:5" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1170" s="14" t="s">
+        <v>2976</v>
+      </c>
+      <c r="B1170" s="25" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C1170" s="87" t="s">
+        <v>3526</v>
+      </c>
+      <c r="D1170" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1171" s="13" t="s">
+        <v>2977</v>
+      </c>
+      <c r="B1171" s="25" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C1171" s="87" t="s">
+        <v>2978</v>
+      </c>
+      <c r="D1171" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:5" ht="162" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1172" s="52" t="s">
+        <v>2979</v>
+      </c>
+      <c r="B1172" s="30" t="s">
+        <v>2980</v>
+      </c>
+      <c r="C1172" s="85" t="s">
+        <v>2981</v>
+      </c>
+      <c r="D1172" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1173" s="52" t="s">
+        <v>2982</v>
+      </c>
+      <c r="B1173" s="30" t="s">
+        <v>2983</v>
+      </c>
+      <c r="C1173" s="85" t="s">
+        <v>2984</v>
+      </c>
+      <c r="D1173" s="33">
+        <v>46274</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1174" s="52" t="s">
+        <v>2986</v>
+      </c>
+      <c r="B1174" s="54" t="s">
+        <v>2987</v>
+      </c>
+      <c r="C1174" s="85" t="s">
+        <v>2988</v>
+      </c>
+      <c r="D1174" s="53">
+        <v>46275</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:5" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1175" s="52" t="s">
+        <v>2992</v>
+      </c>
+      <c r="B1175" s="30" t="s">
+        <v>2993</v>
+      </c>
+      <c r="C1175" s="85" t="s">
+        <v>3218</v>
+      </c>
+      <c r="D1175" s="33">
+        <v>46277</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1176" s="52" t="s">
+        <v>2994</v>
+      </c>
+      <c r="B1176" s="30" t="s">
+        <v>2995</v>
+      </c>
+      <c r="C1176" s="87" t="s">
+        <v>2736</v>
+      </c>
+      <c r="D1176" s="53">
+        <v>46193</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:5" ht="104.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1177" s="52" t="s">
+        <v>2996</v>
+      </c>
+      <c r="B1177" s="30" t="s">
+        <v>2997</v>
+      </c>
+      <c r="C1177" s="85" t="s">
+        <v>2998</v>
+      </c>
+      <c r="D1177" s="33">
+        <v>46278</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1178" s="52" t="s">
+        <v>2999</v>
+      </c>
+      <c r="B1178" s="30" t="s">
+        <v>3000</v>
+      </c>
+      <c r="C1178" s="85" t="s">
+        <v>3001</v>
+      </c>
+      <c r="D1178" s="33">
+        <v>46277</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1179" s="52" t="s">
+        <v>3002</v>
+      </c>
+      <c r="B1179" s="30" t="s">
+        <v>3003</v>
+      </c>
+      <c r="C1179" s="85" t="s">
+        <v>954</v>
+      </c>
+      <c r="D1179" s="33">
+        <v>46281</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1180" s="15" t="s">
+        <v>3004</v>
+      </c>
+      <c r="B1180" s="45" t="s">
+        <v>3005</v>
+      </c>
+      <c r="C1180" s="24" t="s">
+        <v>3006</v>
+      </c>
+      <c r="D1180" s="33">
+        <v>46281</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1181" s="52" t="s">
+        <v>3009</v>
+      </c>
+      <c r="B1181" s="30" t="s">
+        <v>3010</v>
+      </c>
+      <c r="C1181" s="85" t="s">
+        <v>3011</v>
+      </c>
+      <c r="D1181" s="38">
+        <v>46283</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1182" s="52" t="s">
+        <v>3013</v>
+      </c>
+      <c r="B1182" s="30" t="s">
+        <v>3014</v>
+      </c>
+      <c r="C1182" s="85" t="s">
+        <v>3015</v>
+      </c>
+      <c r="D1182" s="33">
+        <v>46283</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1183" s="52" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B1183" s="46" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C1183" s="85" t="s">
+        <v>3380</v>
+      </c>
+      <c r="D1183" s="53">
+        <v>46283</v>
+      </c>
+      <c r="E1183" s="86"/>
+    </row>
+    <row r="1184" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1184" s="52" t="s">
+        <v>3016</v>
+      </c>
+      <c r="B1184" s="30" t="s">
+        <v>3017</v>
+      </c>
+      <c r="C1184" s="85" t="s">
+        <v>3525</v>
+      </c>
+      <c r="D1184" s="56">
+        <v>46239</v>
+      </c>
+      <c r="E1184" s="86"/>
+    </row>
+    <row r="1185" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1185" s="52" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B1185" s="30" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C1185" s="85" t="s">
+        <v>3524</v>
+      </c>
+      <c r="D1185" s="38">
+        <v>46283</v>
+      </c>
+      <c r="E1185" s="86"/>
+    </row>
+    <row r="1186" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1186" s="52" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B1186" s="30" t="s">
+        <v>3019</v>
+      </c>
+      <c r="C1186" s="85" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D1186" s="33">
+        <v>46300</v>
+      </c>
+    </row>
+    <row r="1187" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1187" s="52" t="s">
+        <v>3020</v>
+      </c>
+      <c r="B1187" s="30" t="s">
+        <v>3021</v>
+      </c>
+      <c r="C1187" s="85" t="s">
+        <v>3022</v>
+      </c>
+      <c r="D1187" s="33">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="1188" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1188" s="52" t="s">
+        <v>3025</v>
+      </c>
+      <c r="B1188" s="30" t="s">
+        <v>3026</v>
+      </c>
+      <c r="C1188" s="85" t="s">
         <v>3379</v>
       </c>
-      <c r="D709" s="38">
-[...21 lines deleted...]
-      <c r="B711" s="30" t="s">
+      <c r="D1188" s="33">
+        <v>46288</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1189" s="52" t="s">
+        <v>3030</v>
+      </c>
+      <c r="B1189" s="30" t="s">
+        <v>3031</v>
+      </c>
+      <c r="C1189" s="85" t="s">
+        <v>3032</v>
+      </c>
+      <c r="D1189" s="33">
+        <v>46288</v>
+      </c>
+    </row>
+    <row r="1190" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1190" s="52" t="s">
+        <v>3033</v>
+      </c>
+      <c r="B1190" s="30" t="s">
+        <v>3034</v>
+      </c>
+      <c r="C1190" s="85" t="s">
+        <v>3035</v>
+      </c>
+      <c r="D1190" s="33">
+        <v>46289</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1191" s="52" t="s">
+        <v>3036</v>
+      </c>
+      <c r="B1191" s="54" t="s">
+        <v>3037</v>
+      </c>
+      <c r="C1191" s="85" t="s">
+        <v>3675</v>
+      </c>
+      <c r="D1191" s="33">
+        <v>46289</v>
+      </c>
+    </row>
+    <row r="1192" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1192" s="52" t="s">
+        <v>3309</v>
+      </c>
+      <c r="B1192" s="54" t="s">
+        <v>3039</v>
+      </c>
+      <c r="C1192" s="85" t="s">
+        <v>49</v>
+      </c>
+      <c r="D1192" s="33">
+        <v>46290</v>
+      </c>
+      <c r="E1192" s="86"/>
+    </row>
+    <row r="1193" spans="1:5" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A1193" s="52" t="s">
+        <v>3308</v>
+      </c>
+      <c r="B1193" s="54" t="s">
+        <v>3040</v>
+      </c>
+      <c r="C1193" s="87" t="s">
+        <v>3041</v>
+      </c>
+      <c r="D1193" s="33">
+        <v>46290</v>
+      </c>
+    </row>
+    <row r="1194" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1194" s="52" t="s">
+        <v>3042</v>
+      </c>
+      <c r="B1194" s="30" t="s">
+        <v>3043</v>
+      </c>
+      <c r="C1194" s="85" t="s">
+        <v>489</v>
+      </c>
+      <c r="D1194" s="33">
+        <v>46291</v>
+      </c>
+      <c r="E1194" s="86"/>
+    </row>
+    <row r="1195" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1195" s="52" t="s">
+        <v>3044</v>
+      </c>
+      <c r="B1195" s="25" t="s">
+        <v>3045</v>
+      </c>
+      <c r="C1195" s="35" t="s">
+        <v>3046</v>
+      </c>
+      <c r="D1195" s="53">
+        <v>46288</v>
+      </c>
+    </row>
+    <row r="1196" spans="1:5" ht="157.5" x14ac:dyDescent="0.25">
+      <c r="A1196" s="15" t="s">
+        <v>3047</v>
+      </c>
+      <c r="B1196" s="24" t="s">
+        <v>3048</v>
+      </c>
+      <c r="C1196" s="24" t="s">
+        <v>3523</v>
+      </c>
+      <c r="D1196" s="33">
+        <v>46291</v>
+      </c>
+    </row>
+    <row r="1197" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1197" s="52" t="s">
+        <v>3052</v>
+      </c>
+      <c r="B1197" s="30" t="s">
+        <v>3053</v>
+      </c>
+      <c r="C1197" s="85" t="s">
+        <v>3054</v>
+      </c>
+      <c r="D1197" s="33">
+        <v>46288</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1198" s="52" t="s">
+        <v>3055</v>
+      </c>
+      <c r="B1198" s="30" t="s">
+        <v>3056</v>
+      </c>
+      <c r="C1198" s="85" t="s">
+        <v>3057</v>
+      </c>
+      <c r="D1198" s="33">
+        <v>46442</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:5" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A1199" s="52" t="s">
+        <v>3058</v>
+      </c>
+      <c r="B1199" s="54" t="s">
+        <v>3059</v>
+      </c>
+      <c r="C1199" s="85" t="s">
+        <v>3060</v>
+      </c>
+      <c r="D1199" s="53">
+        <v>46294</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:5" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1200" s="14" t="s">
+        <v>3061</v>
+      </c>
+      <c r="B1200" s="24" t="s">
+        <v>3062</v>
+      </c>
+      <c r="C1200" s="24" t="s">
+        <v>3063</v>
+      </c>
+      <c r="D1200" s="48">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1201" s="15" t="s">
+        <v>3066</v>
+      </c>
+      <c r="B1201" s="25" t="s">
+        <v>3067</v>
+      </c>
+      <c r="C1201" s="24" t="s">
+        <v>3068</v>
+      </c>
+      <c r="D1201" s="33">
+        <v>46296</v>
+      </c>
+    </row>
+    <row r="1202" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1202" s="61" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B1202" s="30" t="s">
+        <v>3070</v>
+      </c>
+      <c r="C1202" s="85" t="s">
+        <v>3071</v>
+      </c>
+      <c r="D1202" s="53">
+        <v>46297</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1203" s="52" t="s">
+        <v>3074</v>
+      </c>
+      <c r="B1203" s="30" t="s">
+        <v>3075</v>
+      </c>
+      <c r="C1203" s="85" t="s">
+        <v>2784</v>
+      </c>
+      <c r="D1203" s="53">
+        <v>46302</v>
+      </c>
+    </row>
+    <row r="1204" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1204" s="52" t="s">
+        <v>3077</v>
+      </c>
+      <c r="B1204" s="30" t="s">
+        <v>3078</v>
+      </c>
+      <c r="C1204" s="85" t="s">
+        <v>3079</v>
+      </c>
+      <c r="D1204" s="53">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="1205" spans="1:5" ht="228" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1205" s="52" t="s">
+        <v>3081</v>
+      </c>
+      <c r="B1205" s="30" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C1205" s="93" t="s">
+        <v>69</v>
+      </c>
+      <c r="D1205" s="33">
+        <v>46303</v>
+      </c>
+    </row>
+    <row r="1206" spans="1:5" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1206" s="52" t="s">
+        <v>3082</v>
+      </c>
+      <c r="B1206" s="30" t="s">
+        <v>3083</v>
+      </c>
+      <c r="C1206" s="85" t="s">
+        <v>941</v>
+      </c>
+      <c r="D1206" s="38">
+        <v>46304</v>
+      </c>
+    </row>
+    <row r="1207" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1207" s="52" t="s">
+        <v>3086</v>
+      </c>
+      <c r="B1207" s="25" t="s">
+        <v>3084</v>
+      </c>
+      <c r="C1207" s="93" t="s">
+        <v>3085</v>
+      </c>
+      <c r="D1207" s="38">
+        <v>46304</v>
+      </c>
+    </row>
+    <row r="1208" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1208" s="52" t="s">
+        <v>3089</v>
+      </c>
+      <c r="B1208" s="30" t="s">
+        <v>3090</v>
+      </c>
+      <c r="C1208" s="85" t="s">
+        <v>3091</v>
+      </c>
+      <c r="D1208" s="33">
+        <v>46297</v>
+      </c>
+    </row>
+    <row r="1209" spans="1:5" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1209" s="16" t="s">
+        <v>3092</v>
+      </c>
+      <c r="B1209" s="25" t="s">
+        <v>3093</v>
+      </c>
+      <c r="C1209" s="24" t="s">
+        <v>3094</v>
+      </c>
+      <c r="D1209" s="56">
+        <v>46305</v>
+      </c>
+    </row>
+    <row r="1210" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1210" s="52" t="s">
+        <v>3095</v>
+      </c>
+      <c r="B1210" s="30" t="s">
+        <v>3096</v>
+      </c>
+      <c r="C1210" s="85" t="s">
+        <v>3097</v>
+      </c>
+      <c r="D1210" s="33">
+        <v>46305</v>
+      </c>
+      <c r="E1210" s="86"/>
+    </row>
+    <row r="1211" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1211" s="52" t="s">
+        <v>3098</v>
+      </c>
+      <c r="B1211" s="30" t="s">
+        <v>3099</v>
+      </c>
+      <c r="C1211" s="85" t="s">
+        <v>501</v>
+      </c>
+      <c r="D1211" s="38">
+        <v>46290</v>
+      </c>
+    </row>
+    <row r="1212" spans="1:5" ht="129" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1212" s="52" t="s">
+        <v>3100</v>
+      </c>
+      <c r="B1212" s="30" t="s">
+        <v>3101</v>
+      </c>
+      <c r="C1212" s="85" t="s">
+        <v>3102</v>
+      </c>
+      <c r="D1212" s="38">
+        <v>46308</v>
+      </c>
+      <c r="E1212" s="86"/>
+    </row>
+    <row r="1213" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1213" s="52" t="s">
+        <v>3104</v>
+      </c>
+      <c r="B1213" s="30" t="s">
+        <v>3105</v>
+      </c>
+      <c r="C1213" s="85" t="s">
+        <v>3676</v>
+      </c>
+      <c r="D1213" s="38">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="1214" spans="1:5" ht="169.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1214" s="52" t="s">
+        <v>3106</v>
+      </c>
+      <c r="B1214" s="46" t="s">
+        <v>3107</v>
+      </c>
+      <c r="C1214" s="91" t="s">
+        <v>325</v>
+      </c>
+      <c r="D1214" s="111">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="1215" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1215" s="52" t="s">
+        <v>3109</v>
+      </c>
+      <c r="B1215" s="30" t="s">
+        <v>3110</v>
+      </c>
+      <c r="C1215" s="85" t="s">
+        <v>3111</v>
+      </c>
+      <c r="D1215" s="38">
+        <v>46308</v>
+      </c>
+    </row>
+    <row r="1216" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1216" s="52" t="s">
+        <v>3113</v>
+      </c>
+      <c r="B1216" s="30" t="s">
+        <v>3114</v>
+      </c>
+      <c r="C1216" s="85" t="s">
+        <v>3115</v>
+      </c>
+      <c r="D1216" s="38">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:5" ht="323.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1217" s="52" t="s">
+        <v>3116</v>
+      </c>
+      <c r="B1217" s="30" t="s">
+        <v>3117</v>
+      </c>
+      <c r="C1217" s="85" t="s">
+        <v>421</v>
+      </c>
+      <c r="D1217" s="38">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1218" s="52" t="s">
+        <v>3118</v>
+      </c>
+      <c r="B1218" s="54" t="s">
+        <v>3119</v>
+      </c>
+      <c r="C1218" s="85" t="s">
+        <v>3120</v>
+      </c>
+      <c r="D1218" s="38">
+        <v>46313</v>
+      </c>
+    </row>
+    <row r="1219" spans="1:5" ht="129.94999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1219" s="52" t="s">
+        <v>3244</v>
+      </c>
+      <c r="B1219" s="30" t="s">
+        <v>3121</v>
+      </c>
+      <c r="C1219" s="85" t="s">
+        <v>102</v>
+      </c>
+      <c r="D1219" s="38">
+        <v>46332</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:5" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1220" s="55" t="s">
+        <v>3307</v>
+      </c>
+      <c r="B1220" s="54" t="s">
+        <v>3122</v>
+      </c>
+      <c r="C1220" s="54" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1220" s="56">
+        <v>46333</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1221" s="15" t="s">
+        <v>3123</v>
+      </c>
+      <c r="B1221" s="24" t="s">
+        <v>3124</v>
+      </c>
+      <c r="C1221" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D1221" s="33">
+        <v>46341</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1222" s="52" t="s">
+        <v>3125</v>
+      </c>
+      <c r="B1222" s="54" t="s">
+        <v>3126</v>
+      </c>
+      <c r="C1222" s="87" t="s">
+        <v>3127</v>
+      </c>
+      <c r="D1222" s="53">
+        <v>46316</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:5" ht="291.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1223" s="60" t="s">
+        <v>3129</v>
+      </c>
+      <c r="B1223" s="54" t="s">
+        <v>118</v>
+      </c>
+      <c r="C1223" s="85" t="s">
+        <v>3522</v>
+      </c>
+      <c r="D1223" s="53">
+        <v>46319</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1224" s="52" t="s">
+        <v>3131</v>
+      </c>
+      <c r="B1224" s="54" t="s">
+        <v>3132</v>
+      </c>
+      <c r="C1224" s="85" t="s">
+        <v>3133</v>
+      </c>
+      <c r="D1224" s="38">
+        <v>46318</v>
+      </c>
+      <c r="E1224" s="86"/>
+    </row>
+    <row r="1225" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1225" s="52" t="s">
+        <v>3134</v>
+      </c>
+      <c r="B1225" s="30" t="s">
+        <v>3135</v>
+      </c>
+      <c r="C1225" s="85" t="s">
+        <v>3136</v>
+      </c>
+      <c r="D1225" s="38">
+        <v>46318</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1226" s="112" t="s">
+        <v>3137</v>
+      </c>
+      <c r="B1226" s="30" t="s">
+        <v>3138</v>
+      </c>
+      <c r="C1226" s="24" t="s">
+        <v>3139</v>
+      </c>
+      <c r="D1226" s="38">
+        <v>46340</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:5" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A1227" s="52" t="s">
+        <v>3142</v>
+      </c>
+      <c r="B1227" s="30" t="s">
+        <v>3143</v>
+      </c>
+      <c r="C1227" s="85" t="s">
+        <v>3378</v>
+      </c>
+      <c r="D1227" s="38">
+        <v>46342</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1228" s="52" t="s">
+        <v>3145</v>
+      </c>
+      <c r="B1228" s="30" t="s">
+        <v>3146</v>
+      </c>
+      <c r="C1228" s="85" t="s">
+        <v>3147</v>
+      </c>
+      <c r="D1228" s="38">
+        <v>46322</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1229" s="52" t="s">
+        <v>3148</v>
+      </c>
+      <c r="B1229" s="30" t="s">
+        <v>3149</v>
+      </c>
+      <c r="C1229" s="85" t="s">
+        <v>3150</v>
+      </c>
+      <c r="D1229" s="38">
+        <v>46324</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1230" s="52" t="s">
+        <v>3152</v>
+      </c>
+      <c r="B1230" s="30" t="s">
+        <v>3153</v>
+      </c>
+      <c r="C1230" s="85" t="s">
+        <v>23</v>
+      </c>
+      <c r="D1230" s="33">
+        <v>46353</v>
+      </c>
+      <c r="E1230" s="86"/>
+    </row>
+    <row r="1231" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1231" s="52" t="s">
+        <v>3154</v>
+      </c>
+      <c r="B1231" s="30" t="s">
+        <v>3155</v>
+      </c>
+      <c r="C1231" s="85" t="s">
+        <v>3156</v>
+      </c>
+      <c r="D1231" s="38">
+        <v>46324</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:5" ht="277.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1232" s="13" t="s">
+        <v>3636</v>
+      </c>
+      <c r="B1232" s="24" t="s">
+        <v>3157</v>
+      </c>
+      <c r="C1232" s="24" t="s">
+        <v>3158</v>
+      </c>
+      <c r="D1232" s="38">
+        <v>46284</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1233" s="52" t="s">
+        <v>3159</v>
+      </c>
+      <c r="B1233" s="30" t="s">
+        <v>3160</v>
+      </c>
+      <c r="C1233" s="89" t="s">
+        <v>3161</v>
+      </c>
+      <c r="D1233" s="38">
+        <v>46325</v>
+      </c>
+    </row>
+    <row r="1234" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1234" s="52" t="s">
+        <v>3162</v>
+      </c>
+      <c r="B1234" s="54" t="s">
+        <v>3163</v>
+      </c>
+      <c r="C1234" s="85" t="s">
+        <v>3164</v>
+      </c>
+      <c r="D1234" s="38">
+        <v>46325</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:5" ht="292.5" x14ac:dyDescent="0.25">
+      <c r="A1235" s="52" t="s">
+        <v>3245</v>
+      </c>
+      <c r="B1235" s="54" t="s">
+        <v>3246</v>
+      </c>
+      <c r="C1235" s="85" t="s">
+        <v>3136</v>
+      </c>
+      <c r="D1235" s="33">
+        <v>46329</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:5" ht="157.5" x14ac:dyDescent="0.25">
+      <c r="A1236" s="52" t="s">
+        <v>3247</v>
+      </c>
+      <c r="B1236" s="30" t="s">
+        <v>3248</v>
+      </c>
+      <c r="C1236" s="85" t="s">
+        <v>3304</v>
+      </c>
+      <c r="D1236" s="33">
+        <v>46330</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1237" s="13" t="s">
+        <v>3251</v>
+      </c>
+      <c r="B1237" s="25" t="s">
+        <v>254</v>
+      </c>
+      <c r="C1237" s="91" t="s">
+        <v>255</v>
+      </c>
+      <c r="D1237" s="33">
+        <v>46365</v>
+      </c>
+    </row>
+    <row r="1238" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1238" s="52" t="s">
+        <v>3256</v>
+      </c>
+      <c r="B1238" s="30" t="s">
+        <v>3257</v>
+      </c>
+      <c r="C1238" s="85" t="s">
+        <v>3377</v>
+      </c>
+      <c r="D1238" s="33">
+        <v>46333</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1239" s="52" t="s">
+        <v>3258</v>
+      </c>
+      <c r="B1239" s="54" t="s">
+        <v>3259</v>
+      </c>
+      <c r="C1239" s="24" t="s">
+        <v>114</v>
+      </c>
+      <c r="D1239" s="33">
+        <v>46333</v>
+      </c>
+    </row>
+    <row r="1240" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1240" s="52" t="s">
+        <v>3261</v>
+      </c>
+      <c r="B1240" s="30" t="s">
+        <v>3262</v>
+      </c>
+      <c r="C1240" s="85" t="s">
+        <v>3263</v>
+      </c>
+      <c r="D1240" s="33">
+        <v>46333</v>
+      </c>
+      <c r="E1240" s="86"/>
+    </row>
+    <row r="1241" spans="1:5" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A1241" s="52" t="s">
+        <v>3264</v>
+      </c>
+      <c r="B1241" s="35" t="s">
+        <v>3265</v>
+      </c>
+      <c r="C1241" s="85" t="s">
+        <v>3305</v>
+      </c>
+      <c r="D1241" s="33">
+        <v>46333</v>
+      </c>
+    </row>
+    <row r="1242" spans="1:5" ht="140.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1242" s="52" t="s">
+        <v>3266</v>
+      </c>
+      <c r="B1242" s="54" t="s">
+        <v>3267</v>
+      </c>
+      <c r="C1242" s="87" t="s">
+        <v>3376</v>
+      </c>
+      <c r="D1242" s="56">
+        <v>46241</v>
+      </c>
+      <c r="E1242" s="86"/>
+    </row>
+    <row r="1243" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1243" s="52" t="s">
+        <v>3268</v>
+      </c>
+      <c r="B1243" s="30" t="s">
+        <v>3269</v>
+      </c>
+      <c r="C1243" s="85" t="s">
+        <v>3270</v>
+      </c>
+      <c r="D1243" s="33">
+        <v>46337</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:5" ht="101.25" x14ac:dyDescent="0.25">
+      <c r="A1244" s="52" t="s">
+        <v>3272</v>
+      </c>
+      <c r="B1244" s="54" t="s">
+        <v>3273</v>
+      </c>
+      <c r="C1244" s="85" t="s">
+        <v>3677</v>
+      </c>
+      <c r="D1244" s="33">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1245" s="15" t="s">
+        <v>3274</v>
+      </c>
+      <c r="B1245" s="24" t="s">
+        <v>446</v>
+      </c>
+      <c r="C1245" s="89" t="s">
+        <v>3275</v>
+      </c>
+      <c r="D1245" s="38">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1246" s="52" t="s">
+        <v>3553</v>
+      </c>
+      <c r="B1246" s="54" t="s">
+        <v>3278</v>
+      </c>
+      <c r="C1246" s="85" t="s">
+        <v>3279</v>
+      </c>
+      <c r="D1246" s="33">
+        <v>46337</v>
+      </c>
+      <c r="E1246" s="86"/>
+    </row>
+    <row r="1247" spans="1:5" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1247" s="52" t="s">
+        <v>3280</v>
+      </c>
+      <c r="B1247" s="25" t="s">
+        <v>3281</v>
+      </c>
+      <c r="C1247" s="24" t="s">
+        <v>3306</v>
+      </c>
+      <c r="D1247" s="38">
+        <v>46339</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:5" ht="258.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1248" s="52" t="s">
+        <v>3285</v>
+      </c>
+      <c r="B1248" s="54" t="s">
+        <v>3284</v>
+      </c>
+      <c r="C1248" s="85" t="s">
+        <v>241</v>
+      </c>
+      <c r="D1248" s="53">
+        <v>46267</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1249" s="52" t="s">
+        <v>3314</v>
+      </c>
+      <c r="B1249" s="30" t="s">
+        <v>3310</v>
+      </c>
+      <c r="C1249" s="113" t="s">
+        <v>3311</v>
+      </c>
+      <c r="D1249" s="53">
+        <v>46340</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1250" s="52" t="s">
+        <v>3312</v>
+      </c>
+      <c r="B1250" s="30" t="s">
+        <v>3313</v>
+      </c>
+      <c r="C1250" s="85" t="s">
+        <v>3375</v>
+      </c>
+      <c r="D1250" s="53">
+        <v>46256</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1251" s="52" t="s">
+        <v>3315</v>
+      </c>
+      <c r="B1251" s="30" t="s">
+        <v>3316</v>
+      </c>
+      <c r="C1251" s="87" t="s">
+        <v>3521</v>
+      </c>
+      <c r="D1251" s="53">
+        <v>46340</v>
+      </c>
+      <c r="E1251" s="86"/>
+    </row>
+    <row r="1252" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1252" s="52" t="s">
+        <v>3317</v>
+      </c>
+      <c r="B1252" s="90" t="s">
+        <v>3318</v>
+      </c>
+      <c r="C1252" s="85" t="s">
+        <v>3520</v>
+      </c>
+      <c r="D1252" s="38">
+        <v>46343</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:5" ht="294.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1253" s="52" t="s">
+        <v>3319</v>
+      </c>
+      <c r="B1253" s="54" t="s">
+        <v>3320</v>
+      </c>
+      <c r="C1253" s="54" t="s">
+        <v>3374</v>
+      </c>
+      <c r="D1253" s="38">
+        <v>46343</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:5" ht="147" x14ac:dyDescent="0.25">
+      <c r="A1254" s="20" t="s">
+        <v>3323</v>
+      </c>
+      <c r="B1254" s="24" t="s">
+        <v>3321</v>
+      </c>
+      <c r="C1254" s="113" t="s">
+        <v>3322</v>
+      </c>
+      <c r="D1254" s="33">
+        <v>46344</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1255" s="52" t="s">
+        <v>3325</v>
+      </c>
+      <c r="B1255" s="54" t="s">
+        <v>3326</v>
+      </c>
+      <c r="C1255" s="87" t="s">
+        <v>3373</v>
+      </c>
+      <c r="D1255" s="53">
+        <v>46345</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1256" s="52" t="s">
+        <v>3328</v>
+      </c>
+      <c r="B1256" s="54" t="s">
+        <v>3329</v>
+      </c>
+      <c r="C1256" s="85" t="s">
+        <v>174</v>
+      </c>
+      <c r="D1256" s="53">
+        <v>46345</v>
+      </c>
+      <c r="E1256" s="86"/>
+    </row>
+    <row r="1257" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1257" s="52" t="s">
+        <v>3330</v>
+      </c>
+      <c r="B1257" s="30" t="s">
+        <v>3331</v>
+      </c>
+      <c r="C1257" s="85" t="s">
+        <v>3372</v>
+      </c>
+      <c r="D1257" s="53">
+        <v>46346</v>
+      </c>
+      <c r="E1257" s="86"/>
+    </row>
+    <row r="1258" spans="1:5" ht="41.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1258" s="52" t="s">
+        <v>3338</v>
+      </c>
+      <c r="B1258" s="30" t="s">
+        <v>3332</v>
+      </c>
+      <c r="C1258" s="85" t="s">
+        <v>3333</v>
+      </c>
+      <c r="D1258" s="53">
+        <v>46059</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1259" s="52" t="s">
+        <v>3335</v>
+      </c>
+      <c r="B1259" s="30" t="s">
+        <v>3336</v>
+      </c>
+      <c r="C1259" s="85" t="s">
+        <v>3337</v>
+      </c>
+      <c r="D1259" s="53">
+        <v>46346</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:5" ht="124.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1260" s="52" t="s">
+        <v>3341</v>
+      </c>
+      <c r="B1260" s="30" t="s">
+        <v>3339</v>
+      </c>
+      <c r="C1260" s="87" t="s">
+        <v>3340</v>
+      </c>
+      <c r="D1260" s="53">
+        <v>46346</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1261" s="52" t="s">
+        <v>3342</v>
+      </c>
+      <c r="B1261" s="30" t="s">
+        <v>3343</v>
+      </c>
+      <c r="C1261" s="85" t="s">
+        <v>380</v>
+      </c>
+      <c r="D1261" s="53">
+        <v>46346</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:5" ht="348.75" x14ac:dyDescent="0.25">
+      <c r="A1262" s="52" t="s">
+        <v>3344</v>
+      </c>
+      <c r="B1262" s="54" t="s">
+        <v>3345</v>
+      </c>
+      <c r="C1262" s="87" t="s">
+        <v>3346</v>
+      </c>
+      <c r="D1262" s="53">
+        <v>46346</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1263" s="15" t="s">
+        <v>3348</v>
+      </c>
+      <c r="B1263" s="24" t="s">
+        <v>3349</v>
+      </c>
+      <c r="C1263" s="91" t="s">
+        <v>3371</v>
+      </c>
+      <c r="D1263" s="38">
+        <v>46347</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1264" s="15" t="s">
+        <v>3352</v>
+      </c>
+      <c r="B1264" s="24" t="s">
+        <v>3353</v>
+      </c>
+      <c r="C1264" s="91" t="s">
+        <v>23</v>
+      </c>
+      <c r="D1264" s="33">
+        <v>46371</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1265" s="52" t="s">
+        <v>3354</v>
+      </c>
+      <c r="B1265" s="54" t="s">
+        <v>3355</v>
+      </c>
+      <c r="C1265" s="54" t="s">
+        <v>23</v>
+      </c>
+      <c r="D1265" s="56">
+        <v>46372</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1266" s="52" t="s">
+        <v>3357</v>
+      </c>
+      <c r="B1266" s="24" t="s">
+        <v>3356</v>
+      </c>
+      <c r="C1266" s="85" t="s">
+        <v>23</v>
+      </c>
+      <c r="D1266" s="33">
+        <v>46371</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1267" s="52" t="s">
+        <v>3360</v>
+      </c>
+      <c r="B1267" s="54" t="s">
+        <v>3361</v>
+      </c>
+      <c r="C1267" s="85" t="s">
+        <v>3519</v>
+      </c>
+      <c r="D1267" s="38">
+        <v>46350</v>
+      </c>
+      <c r="E1267" s="86"/>
+    </row>
+    <row r="1268" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1268" s="52" t="s">
+        <v>3409</v>
+      </c>
+      <c r="B1268" s="54" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C1268" s="85" t="s">
+        <v>3362</v>
+      </c>
+      <c r="D1268" s="38">
+        <v>46201</v>
+      </c>
+      <c r="E1268" s="86"/>
+    </row>
+    <row r="1269" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1269" s="52" t="s">
+        <v>3363</v>
+      </c>
+      <c r="B1269" s="30" t="s">
+        <v>2765</v>
+      </c>
+      <c r="C1269" s="89" t="s">
+        <v>2766</v>
+      </c>
+      <c r="D1269" s="53">
+        <v>46332</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1270" s="52" t="s">
+        <v>3364</v>
+      </c>
+      <c r="B1270" s="54" t="s">
+        <v>3365</v>
+      </c>
+      <c r="C1270" s="24" t="s">
+        <v>3366</v>
+      </c>
+      <c r="D1270" s="33">
+        <v>46353</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1271" s="15" t="s">
+        <v>3368</v>
+      </c>
+      <c r="B1271" s="24" t="s">
+        <v>3369</v>
+      </c>
+      <c r="C1271" s="89" t="s">
+        <v>3370</v>
+      </c>
+      <c r="D1271" s="38">
+        <v>46342</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1272" s="52" t="s">
+        <v>3387</v>
+      </c>
+      <c r="B1272" s="54" t="s">
+        <v>3388</v>
+      </c>
+      <c r="C1272" s="85" t="s">
+        <v>3518</v>
+      </c>
+      <c r="D1272" s="38">
+        <v>46353</v>
+      </c>
+    </row>
+    <row r="1273" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1273" s="52" t="s">
+        <v>3389</v>
+      </c>
+      <c r="B1273" s="45" t="s">
+        <v>3390</v>
+      </c>
+      <c r="C1273" s="85" t="s">
+        <v>3391</v>
+      </c>
+      <c r="D1273" s="53">
+        <v>46357</v>
+      </c>
+      <c r="E1273" s="86"/>
+    </row>
+    <row r="1274" spans="1:5" ht="157.5" x14ac:dyDescent="0.25">
+      <c r="A1274" s="60" t="s">
+        <v>3392</v>
+      </c>
+      <c r="B1274" s="24" t="s">
+        <v>3393</v>
+      </c>
+      <c r="C1274" s="24" t="s">
+        <v>691</v>
+      </c>
+      <c r="D1274" s="33">
+        <v>46358</v>
+      </c>
+    </row>
+    <row r="1275" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1275" s="52" t="s">
+        <v>3394</v>
+      </c>
+      <c r="B1275" s="30" t="s">
+        <v>3395</v>
+      </c>
+      <c r="C1275" s="85" t="s">
+        <v>3396</v>
+      </c>
+      <c r="D1275" s="38">
+        <v>46358</v>
+      </c>
+    </row>
+    <row r="1276" spans="1:5" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="A1276" s="52" t="s">
+        <v>3397</v>
+      </c>
+      <c r="B1276" s="35" t="s">
+        <v>3398</v>
+      </c>
+      <c r="C1276" s="85" t="s">
+        <v>3399</v>
+      </c>
+      <c r="D1276" s="38">
+        <v>46357</v>
+      </c>
+    </row>
+    <row r="1277" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1277" s="52" t="s">
+        <v>3411</v>
+      </c>
+      <c r="B1277" s="30" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C1277" s="85" t="s">
+        <v>3412</v>
+      </c>
+      <c r="D1277" s="38">
+        <v>46362</v>
+      </c>
+    </row>
+    <row r="1278" spans="1:5" ht="135" x14ac:dyDescent="0.25">
+      <c r="A1278" s="13" t="s">
+        <v>3414</v>
+      </c>
+      <c r="B1278" s="25" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C1278" s="87" t="s">
+        <v>3415</v>
+      </c>
+      <c r="D1278" s="38">
+        <v>46365</v>
+      </c>
+    </row>
+    <row r="1279" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1279" s="52" t="s">
+        <v>3416</v>
+      </c>
+      <c r="B1279" s="54" t="s">
+        <v>3417</v>
+      </c>
+      <c r="C1279" s="87" t="s">
+        <v>3418</v>
+      </c>
+      <c r="D1279" s="38">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="1280" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1280" s="52" t="s">
+        <v>3419</v>
+      </c>
+      <c r="B1280" s="30" t="s">
+        <v>3420</v>
+      </c>
+      <c r="C1280" s="85" t="s">
+        <v>3421</v>
+      </c>
+      <c r="D1280" s="38">
+        <v>46365</v>
+      </c>
+    </row>
+    <row r="1281" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1281" s="52" t="s">
+        <v>3422</v>
+      </c>
+      <c r="B1281" s="54" t="s">
+        <v>3423</v>
+      </c>
+      <c r="C1281" s="85" t="s">
+        <v>3424</v>
+      </c>
+      <c r="D1281" s="38">
+        <v>46365</v>
+      </c>
+    </row>
+    <row r="1282" spans="1:5" ht="35.25" x14ac:dyDescent="0.25">
+      <c r="A1282" s="114" t="s">
+        <v>3425</v>
+      </c>
+      <c r="B1282" s="115" t="s">
+        <v>356</v>
+      </c>
+      <c r="C1282" s="24" t="s">
+        <v>608</v>
+      </c>
+      <c r="D1282" s="33">
+        <v>46368</v>
+      </c>
+    </row>
+    <row r="1283" spans="1:5" ht="23.25" x14ac:dyDescent="0.25">
+      <c r="A1283" s="101" t="s">
+        <v>3426</v>
+      </c>
+      <c r="B1283" s="30" t="s">
+        <v>3427</v>
+      </c>
+      <c r="C1283" s="85" t="s">
+        <v>3517</v>
+      </c>
+      <c r="D1283" s="38">
+        <v>46398</v>
+      </c>
+    </row>
+    <row r="1284" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1284" s="15" t="s">
+        <v>3429</v>
+      </c>
+      <c r="B1284" s="45" t="s">
+        <v>3430</v>
+      </c>
+      <c r="C1284" s="24" t="s">
+        <v>3516</v>
+      </c>
+      <c r="D1284" s="38">
+        <v>46365</v>
+      </c>
+    </row>
+    <row r="1285" spans="1:5" ht="202.5" x14ac:dyDescent="0.25">
+      <c r="A1285" s="13" t="s">
+        <v>3563</v>
+      </c>
+      <c r="B1285" s="116" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C1285" s="117" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D1285" s="33">
+        <v>46365</v>
+      </c>
+    </row>
+    <row r="1286" spans="1:5" ht="252.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1286" s="52" t="s">
+        <v>3432</v>
+      </c>
+      <c r="B1286" s="54" t="s">
+        <v>3433</v>
+      </c>
+      <c r="C1286" s="85" t="s">
+        <v>3434</v>
+      </c>
+      <c r="D1286" s="53">
+        <v>46365</v>
+      </c>
+    </row>
+    <row r="1287" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1287" s="52" t="s">
+        <v>3435</v>
+      </c>
+      <c r="B1287" s="30" t="s">
+        <v>3436</v>
+      </c>
+      <c r="C1287" s="85" t="s">
+        <v>3515</v>
+      </c>
+      <c r="D1287" s="38">
+        <v>46365</v>
+      </c>
+      <c r="E1287" s="86"/>
+    </row>
+    <row r="1288" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1288" s="52" t="s">
+        <v>3439</v>
+      </c>
+      <c r="B1288" s="30" t="s">
+        <v>3440</v>
+      </c>
+      <c r="C1288" s="85" t="s">
+        <v>3678</v>
+      </c>
+      <c r="D1288" s="38">
+        <v>46367</v>
+      </c>
+      <c r="E1288" s="86"/>
+    </row>
+    <row r="1289" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1289" s="52" t="s">
+        <v>3441</v>
+      </c>
+      <c r="B1289" s="30" t="s">
+        <v>3442</v>
+      </c>
+      <c r="C1289" s="85" t="s">
+        <v>49</v>
+      </c>
+      <c r="D1289" s="38">
+        <v>46367</v>
+      </c>
+    </row>
+    <row r="1290" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1290" s="52" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B1290" s="30" t="s">
+        <v>3444</v>
+      </c>
+      <c r="C1290" s="85" t="s">
+        <v>3514</v>
+      </c>
+      <c r="D1290" s="38">
+        <v>46367</v>
+      </c>
+    </row>
+    <row r="1291" spans="1:5" ht="409.5" x14ac:dyDescent="0.25">
+      <c r="A1291" s="52" t="s">
+        <v>3446</v>
+      </c>
+      <c r="B1291" s="30" t="s">
+        <v>3447</v>
+      </c>
+      <c r="C1291" s="87" t="s">
+        <v>3448</v>
+      </c>
+      <c r="D1291" s="38">
+        <v>46367</v>
+      </c>
+      <c r="E1291" s="86"/>
+    </row>
+    <row r="1292" spans="1:5" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1292" s="52" t="s">
+        <v>3585</v>
+      </c>
+      <c r="B1292" s="54" t="s">
+        <v>3449</v>
+      </c>
+      <c r="C1292" s="85" t="s">
+        <v>3450</v>
+      </c>
+      <c r="D1292" s="53">
+        <v>46368</v>
+      </c>
+      <c r="E1292" s="86"/>
+    </row>
+    <row r="1293" spans="1:5" ht="122.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1293" s="52" t="s">
+        <v>3584</v>
+      </c>
+      <c r="B1293" s="30" t="s">
+        <v>3452</v>
+      </c>
+      <c r="C1293" s="85" t="s">
+        <v>3548</v>
+      </c>
+      <c r="D1293" s="53">
+        <v>46367</v>
+      </c>
+      <c r="E1293" s="86"/>
+    </row>
+    <row r="1294" spans="1:5" ht="237.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1294" s="52" t="s">
+        <v>3454</v>
+      </c>
+      <c r="B1294" s="54" t="s">
+        <v>3455</v>
+      </c>
+      <c r="C1294" s="85" t="s">
+        <v>3456</v>
+      </c>
+      <c r="D1294" s="53">
+        <v>46366</v>
+      </c>
+    </row>
+    <row r="1295" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1295" s="52" t="s">
+        <v>3500</v>
+      </c>
+      <c r="B1295" s="30" t="s">
+        <v>3457</v>
+      </c>
+      <c r="C1295" s="85" t="s">
+        <v>3458</v>
+      </c>
+      <c r="D1295" s="53">
+        <v>46379</v>
+      </c>
+    </row>
+    <row r="1296" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1296" s="52" t="s">
+        <v>3459</v>
+      </c>
+      <c r="B1296" s="54" t="s">
+        <v>2720</v>
+      </c>
+      <c r="C1296" s="85" t="s">
+        <v>3460</v>
+      </c>
+      <c r="D1296" s="53">
+        <v>46372</v>
+      </c>
+      <c r="E1296" s="86"/>
+    </row>
+    <row r="1297" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1297" s="52" t="s">
+        <v>3461</v>
+      </c>
+      <c r="B1297" s="30" t="s">
+        <v>3462</v>
+      </c>
+      <c r="C1297" s="85" t="s">
+        <v>3463</v>
+      </c>
+      <c r="D1297" s="53">
+        <v>46372</v>
+      </c>
+    </row>
+    <row r="1298" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1298" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="B1298" s="24" t="s">
+        <v>10</v>
+      </c>
+      <c r="C1298" s="89" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1298" s="38">
+        <v>46366</v>
+      </c>
+    </row>
+    <row r="1299" spans="1:5" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1299" s="52" t="s">
+        <v>3465</v>
+      </c>
+      <c r="B1299" s="30" t="s">
+        <v>3466</v>
+      </c>
+      <c r="C1299" s="85" t="s">
+        <v>2784</v>
+      </c>
+      <c r="D1299" s="53">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="1300" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1300" s="52" t="s">
+        <v>3467</v>
+      </c>
+      <c r="B1300" s="30" t="s">
         <v>3468</v>
       </c>
-      <c r="C711" s="24" t="s">
-[...153 lines deleted...]
-      <c r="C722" s="24" t="s">
+      <c r="C1300" s="85" t="s">
+        <v>3469</v>
+      </c>
+      <c r="D1300" s="53">
+        <v>46373</v>
+      </c>
+      <c r="E1300" s="86"/>
+    </row>
+    <row r="1301" spans="1:5" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1301" s="52" t="s">
+        <v>3473</v>
+      </c>
+      <c r="B1301" s="30" t="s">
         <v>3474</v>
       </c>
-      <c r="D722" s="38">
-[...69 lines deleted...]
-      <c r="D727" s="38">
+      <c r="C1301" s="85" t="s">
+        <v>3475</v>
+      </c>
+      <c r="D1301" s="53">
+        <v>46373</v>
+      </c>
+    </row>
+    <row r="1302" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1302" s="52" t="s">
+        <v>3476</v>
+      </c>
+      <c r="B1302" s="30" t="s">
+        <v>3477</v>
+      </c>
+      <c r="C1302" s="85" t="s">
+        <v>3513</v>
+      </c>
+      <c r="D1302" s="53">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="1303" spans="1:5" ht="180" x14ac:dyDescent="0.25">
+      <c r="A1303" s="52" t="s">
+        <v>3478</v>
+      </c>
+      <c r="B1303" s="30" t="s">
+        <v>3479</v>
+      </c>
+      <c r="C1303" s="85" t="s">
+        <v>3480</v>
+      </c>
+      <c r="D1303" s="53">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="1304" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1304" s="52" t="s">
+        <v>3481</v>
+      </c>
+      <c r="B1304" s="30" t="s">
+        <v>3482</v>
+      </c>
+      <c r="C1304" s="85" t="s">
+        <v>3483</v>
+      </c>
+      <c r="D1304" s="53">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="1305" spans="1:5" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A1305" s="52" t="s">
+        <v>3484</v>
+      </c>
+      <c r="B1305" s="54" t="s">
+        <v>3485</v>
+      </c>
+      <c r="C1305" s="85" t="s">
+        <v>3483</v>
+      </c>
+      <c r="D1305" s="53">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="1306" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1306" s="52" t="s">
+        <v>3486</v>
+      </c>
+      <c r="B1306" s="30" t="s">
+        <v>3487</v>
+      </c>
+      <c r="C1306" s="85" t="s">
+        <v>3483</v>
+      </c>
+      <c r="D1306" s="53">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="1307" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1307" s="52" t="s">
+        <v>3490</v>
+      </c>
+      <c r="B1307" s="30" t="s">
+        <v>3491</v>
+      </c>
+      <c r="C1307" s="85" t="s">
+        <v>3492</v>
+      </c>
+      <c r="D1307" s="53">
+        <v>46374</v>
+      </c>
+    </row>
+    <row r="1308" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1308" s="52" t="s">
+        <v>3493</v>
+      </c>
+      <c r="B1308" s="30" t="s">
+        <v>3494</v>
+      </c>
+      <c r="C1308" s="85" t="s">
+        <v>3512</v>
+      </c>
+      <c r="D1308" s="53">
+        <v>46375</v>
+      </c>
+      <c r="E1308" s="86"/>
+    </row>
+    <row r="1309" spans="1:5" ht="281.25" x14ac:dyDescent="0.25">
+      <c r="A1309" s="52" t="s">
+        <v>3495</v>
+      </c>
+      <c r="B1309" s="54" t="s">
+        <v>423</v>
+      </c>
+      <c r="C1309" s="85" t="s">
+        <v>3496</v>
+      </c>
+      <c r="D1309" s="53">
+        <v>46378</v>
+      </c>
+    </row>
+    <row r="1310" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1310" s="52" t="s">
+        <v>3497</v>
+      </c>
+      <c r="B1310" s="30" t="s">
+        <v>3498</v>
+      </c>
+      <c r="C1310" s="85" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D1310" s="53">
+        <v>46379</v>
+      </c>
+    </row>
+    <row r="1311" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1311" s="52" t="s">
+        <v>3502</v>
+      </c>
+      <c r="B1311" s="30" t="s">
+        <v>3503</v>
+      </c>
+      <c r="C1311" s="85" t="s">
+        <v>2230</v>
+      </c>
+      <c r="D1311" s="53">
+        <v>46379</v>
+      </c>
+    </row>
+    <row r="1312" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1312" s="52" t="s">
+        <v>3504</v>
+      </c>
+      <c r="B1312" s="30" t="s">
+        <v>3505</v>
+      </c>
+      <c r="C1312" s="85" t="s">
+        <v>3506</v>
+      </c>
+      <c r="D1312" s="53">
+        <v>46461</v>
+      </c>
+    </row>
+    <row r="1313" spans="1:5" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A1313" s="13" t="s">
+        <v>3507</v>
+      </c>
+      <c r="B1313" s="24" t="s">
+        <v>3581</v>
+      </c>
+      <c r="C1313" s="24" t="s">
+        <v>3508</v>
+      </c>
+      <c r="D1313" s="33">
+        <v>46445</v>
+      </c>
+    </row>
+    <row r="1314" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1314" s="52" t="s">
+        <v>3509</v>
+      </c>
+      <c r="B1314" s="30" t="s">
+        <v>3510</v>
+      </c>
+      <c r="C1314" s="85" t="s">
+        <v>3511</v>
+      </c>
+      <c r="D1314" s="53">
+        <v>46382</v>
+      </c>
+    </row>
+    <row r="1315" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1315" s="52" t="s">
+        <v>3550</v>
+      </c>
+      <c r="B1315" s="30" t="s">
+        <v>3551</v>
+      </c>
+      <c r="C1315" s="85" t="s">
+        <v>3552</v>
+      </c>
+      <c r="D1315" s="53">
         <v>46386</v>
       </c>
     </row>
-    <row r="728" spans="1:4" ht="30.6" x14ac:dyDescent="0.3">
-[...339 lines deleted...]
-      <c r="B752" s="24" t="s">
+    <row r="1316" spans="1:5" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A1316" s="52" t="s">
+        <v>3554</v>
+      </c>
+      <c r="B1316" s="30" t="s">
+        <v>3555</v>
+      </c>
+      <c r="C1316" s="85" t="s">
+        <v>3556</v>
+      </c>
+      <c r="D1316" s="53">
+        <v>46393</v>
+      </c>
+    </row>
+    <row r="1317" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1317" s="52" t="s">
+        <v>3557</v>
+      </c>
+      <c r="B1317" s="30" t="s">
+        <v>3558</v>
+      </c>
+      <c r="C1317" s="85" t="s">
+        <v>3559</v>
+      </c>
+      <c r="D1317" s="53">
+        <v>46392</v>
+      </c>
+      <c r="E1317" s="86"/>
+    </row>
+    <row r="1318" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1318" s="52" t="s">
+        <v>3560</v>
+      </c>
+      <c r="B1318" s="30" t="s">
+        <v>3561</v>
+      </c>
+      <c r="C1318" s="85" t="s">
+        <v>3562</v>
+      </c>
+      <c r="D1318" s="53">
+        <v>46392</v>
+      </c>
+      <c r="E1318" s="86"/>
+    </row>
+    <row r="1319" spans="1:5" ht="213.75" x14ac:dyDescent="0.25">
+      <c r="A1319" s="52" t="s">
+        <v>3569</v>
+      </c>
+      <c r="B1319" s="54" t="s">
+        <v>3567</v>
+      </c>
+      <c r="C1319" s="85" t="s">
+        <v>3568</v>
+      </c>
+      <c r="D1319" s="53">
+        <v>46394</v>
+      </c>
+    </row>
+    <row r="1320" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1320" s="52" t="s">
+        <v>3570</v>
+      </c>
+      <c r="B1320" s="30" t="s">
+        <v>3571</v>
+      </c>
+      <c r="C1320" s="85" t="s">
+        <v>3572</v>
+      </c>
+      <c r="D1320" s="53">
+        <v>46396</v>
+      </c>
+      <c r="E1320" s="86"/>
+    </row>
+    <row r="1321" spans="1:5" ht="135" x14ac:dyDescent="0.25">
+      <c r="A1321" s="52" t="s">
+        <v>3573</v>
+      </c>
+      <c r="B1321" s="35" t="s">
+        <v>3574</v>
+      </c>
+      <c r="C1321" s="85" t="s">
+        <v>3575</v>
+      </c>
+      <c r="D1321" s="53">
+        <v>46396</v>
+      </c>
+    </row>
+    <row r="1322" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1322" s="52" t="s">
+        <v>3576</v>
+      </c>
+      <c r="B1322" s="35" t="s">
+        <v>3577</v>
+      </c>
+      <c r="C1322" s="85" t="s">
+        <v>3679</v>
+      </c>
+      <c r="D1322" s="53">
+        <v>46396</v>
+      </c>
+    </row>
+    <row r="1323" spans="1:5" ht="202.5" x14ac:dyDescent="0.25">
+      <c r="A1323" s="118" t="s">
+        <v>3596</v>
+      </c>
+      <c r="B1323" s="54" t="s">
+        <v>3594</v>
+      </c>
+      <c r="C1323" s="24" t="s">
+        <v>3595</v>
+      </c>
+      <c r="D1323" s="38">
+        <v>46406</v>
+      </c>
+    </row>
+    <row r="1324" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1324" s="52" t="s">
+        <v>3597</v>
+      </c>
+      <c r="B1324" s="30" t="s">
+        <v>3598</v>
+      </c>
+      <c r="C1324" s="89" t="s">
+        <v>3599</v>
+      </c>
+      <c r="D1324" s="53">
+        <v>46406</v>
+      </c>
+    </row>
+    <row r="1325" spans="1:5" ht="168.75" x14ac:dyDescent="0.25">
+      <c r="A1325" s="52" t="s">
+        <v>3600</v>
+      </c>
+      <c r="B1325" s="30" t="s">
+        <v>3601</v>
+      </c>
+      <c r="C1325" s="25" t="s">
+        <v>3602</v>
+      </c>
+      <c r="D1325" s="38">
+        <v>46406</v>
+      </c>
+    </row>
+    <row r="1326" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1326" s="52" t="s">
+        <v>3603</v>
+      </c>
+      <c r="B1326" s="30" t="s">
+        <v>3604</v>
+      </c>
+      <c r="C1326" s="87" t="s">
+        <v>3605</v>
+      </c>
+      <c r="D1326" s="53">
+        <v>46406</v>
+      </c>
+    </row>
+    <row r="1327" spans="1:5" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1327" s="52" t="s">
+        <v>3612</v>
+      </c>
+      <c r="B1327" s="30" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C1327" s="89" t="s">
+        <v>3613</v>
+      </c>
+      <c r="D1327" s="56">
+        <v>46472</v>
+      </c>
+    </row>
+    <row r="1328" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1328" s="52" t="s">
+        <v>3614</v>
+      </c>
+      <c r="B1328" s="30" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C1328" s="93" t="s">
+        <v>3615</v>
+      </c>
+      <c r="D1328" s="56">
+        <v>46408</v>
+      </c>
+      <c r="E1328" s="86"/>
+    </row>
+    <row r="1329" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A1329" s="52" t="s">
+        <v>3616</v>
+      </c>
+      <c r="B1329" s="30" t="s">
+        <v>3617</v>
+      </c>
+      <c r="C1329" s="87" t="s">
+        <v>3680</v>
+      </c>
+      <c r="D1329" s="56">
+        <v>46408</v>
+      </c>
+      <c r="E1329" s="86"/>
+    </row>
+    <row r="1330" spans="1:6" ht="258.75" x14ac:dyDescent="0.25">
+      <c r="A1330" s="52" t="s">
+        <v>3621</v>
+      </c>
+      <c r="B1330" s="54" t="s">
+        <v>2931</v>
+      </c>
+      <c r="C1330" s="89" t="s">
         <v>1515</v>
       </c>
-      <c r="C752" s="24" t="s">
-[...1514 lines deleted...]
-      <c r="D860" s="57">
+      <c r="D1330" s="53">
+        <v>46215</v>
+      </c>
+    </row>
+    <row r="1331" spans="1:6" ht="202.5" x14ac:dyDescent="0.25">
+      <c r="A1331" s="15" t="s">
+        <v>3628</v>
+      </c>
+      <c r="B1331" s="24" t="s">
+        <v>3629</v>
+      </c>
+      <c r="C1331" s="87" t="s">
+        <v>3681</v>
+      </c>
+      <c r="D1331" s="33">
+        <v>46409</v>
+      </c>
+      <c r="E1331" s="86"/>
+    </row>
+    <row r="1332" spans="1:6" ht="180" x14ac:dyDescent="0.25">
+      <c r="A1332" s="52" t="s">
+        <v>3631</v>
+      </c>
+      <c r="B1332" s="30" t="s">
+        <v>3632</v>
+      </c>
+      <c r="C1332" s="85" t="s">
+        <v>3682</v>
+      </c>
+      <c r="D1332" s="38">
         <v>46130</v>
       </c>
-    </row>
-[...1754 lines deleted...]
-      <c r="D985" s="57">
+      <c r="E1332" s="86"/>
+    </row>
+    <row r="1333" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1333" s="52" t="s">
+        <v>3640</v>
+      </c>
+      <c r="B1333" s="30" t="s">
+        <v>3641</v>
+      </c>
+      <c r="C1333" s="85" t="s">
+        <v>3642</v>
+      </c>
+      <c r="D1333" s="53">
         <v>46414</v>
       </c>
-      <c r="E985" s="87"/>
-[...955 lines deleted...]
-      <c r="C1053" s="88" t="s">
+      <c r="E1333" s="86"/>
+    </row>
+    <row r="1334" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1334" s="52" t="s">
+        <v>3643</v>
+      </c>
+      <c r="B1334" s="25" t="s">
+        <v>3644</v>
+      </c>
+      <c r="C1334" s="85" t="s">
+        <v>3645</v>
+      </c>
+      <c r="D1334" s="38">
+        <v>46415</v>
+      </c>
+    </row>
+    <row r="1335" spans="1:6" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1335" s="52" t="s">
+        <v>3646</v>
+      </c>
+      <c r="B1335" s="24" t="s">
+        <v>3647</v>
+      </c>
+      <c r="C1335" s="24" t="s">
+        <v>3648</v>
+      </c>
+      <c r="D1335" s="33">
+        <v>46415</v>
+      </c>
+    </row>
+    <row r="1336" spans="1:6" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A1336" s="52" t="s">
+        <v>3649</v>
+      </c>
+      <c r="B1336" s="30" t="s">
+        <v>3650</v>
+      </c>
+      <c r="C1336" s="85" t="s">
+        <v>3683</v>
+      </c>
+      <c r="D1336" s="53">
+        <v>46420</v>
+      </c>
+      <c r="E1336" s="86"/>
+    </row>
+    <row r="1337" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A1337" s="52" t="s">
+        <v>3651</v>
+      </c>
+      <c r="B1337" s="54" t="s">
+        <v>3652</v>
+      </c>
+      <c r="C1337" s="91" t="s">
+        <v>3684</v>
+      </c>
+      <c r="D1337" s="53">
+        <v>46416</v>
+      </c>
+    </row>
+    <row r="1338" spans="1:6" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1338" s="52" t="s">
         <v>3655</v>
       </c>
-      <c r="D1053" s="38">
-[...10 lines deleted...]
-      <c r="C1054" s="86" t="s">
+      <c r="B1338" s="30" t="s">
         <v>3656</v>
       </c>
-      <c r="D1054" s="33">
-[...2044 lines deleted...]
-      <c r="C1197" s="86" t="s">
+      <c r="C1338" s="119" t="s">
         <v>3657</v>
       </c>
-      <c r="D1197" s="54">
-[...109 lines deleted...]
-      <c r="C1205" s="86" t="s">
+      <c r="D1338" s="38">
+        <v>46421</v>
+      </c>
+      <c r="E1338" s="86"/>
+    </row>
+    <row r="1339" spans="1:6" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1339" s="52" t="s">
+        <v>3659</v>
+      </c>
+      <c r="B1339" s="30" t="s">
         <v>3658</v>
       </c>
-      <c r="D1205" s="54">
-[...308 lines deleted...]
-      <c r="C1227" s="86" t="s">
+      <c r="C1339" s="85" t="s">
+        <v>3686</v>
+      </c>
+      <c r="D1339" s="53">
+        <v>46421</v>
+      </c>
+      <c r="F1339" s="121"/>
+    </row>
+    <row r="1340" spans="1:6" ht="67.5" x14ac:dyDescent="0.25">
+      <c r="A1340" s="52" t="s">
         <v>3659</v>
       </c>
-      <c r="D1227" s="33">
-[...350 lines deleted...]
-      <c r="C1252" s="86" t="s">
+      <c r="B1340" s="30" t="s">
+        <v>3658</v>
+      </c>
+      <c r="C1340" s="85" t="s">
+        <v>3685</v>
+      </c>
+      <c r="D1340" s="53">
+        <v>46421</v>
+      </c>
+      <c r="F1340" s="121"/>
+    </row>
+    <row r="1341" spans="1:6" ht="90" x14ac:dyDescent="0.25">
+      <c r="A1341" s="52" t="s">
         <v>3660</v>
       </c>
-      <c r="D1252" s="38">
-[...846 lines deleted...]
-      <c r="C1312" s="86" t="s">
+      <c r="B1341" s="120" t="s">
         <v>3661</v>
       </c>
-      <c r="D1312" s="38">
-[...151 lines deleted...]
-      <c r="C1323" s="86" t="s">
+      <c r="C1341" s="85" t="s">
+        <v>3662</v>
+      </c>
+      <c r="D1341" s="53">
+        <v>46421</v>
+      </c>
+    </row>
+    <row r="1342" spans="1:6" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A1342" s="52" t="s">
         <v>3663</v>
       </c>
-      <c r="D1323" s="38">
-[...24 lines deleted...]
-      <c r="C1325" s="118" t="s">
+      <c r="B1342" s="30" t="s">
         <v>3664</v>
       </c>
-      <c r="D1325" s="33">
-[...24 lines deleted...]
-      <c r="C1327" s="86" t="s">
+      <c r="C1342" s="85" t="s">
         <v>3665</v>
       </c>
-      <c r="D1327" s="38">
-[...60 lines deleted...]
-      <c r="E1331" s="87"/>
+      <c r="D1342" s="53">
+        <v>46421</v>
+      </c>
+      <c r="E1342" s="86"/>
     </row>
   </sheetData>
-  <autoFilter ref="A3:D1331" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
-[...1 lines deleted...]
-    <sortCondition sortBy="icon" ref="A250"/>
+  <autoFilter ref="A3:D1342" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:D242">
+    <sortCondition sortBy="icon" ref="A243"/>
   </sortState>
   <dataConsolidate/>
   <phoneticPr fontId="5" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="C951" r:id="rId1" display="medikamenti" xr:uid="{4BA01F4B-C97F-41B8-8D97-C9A62D2A1CB2}"/>
-[...28 lines deleted...]
-    <hyperlink ref="C1325" r:id="rId30" display="apģērbi,apavi,somas,smaržas,brilles,rotaslietas,u.c" xr:uid="{A9D06B54-9B32-43A9-973C-EFA715E4127C}"/>
+    <hyperlink ref="C919" r:id="rId1" display="medikamenti" xr:uid="{4BA01F4B-C97F-41B8-8D97-C9A62D2A1CB2}"/>
+    <hyperlink ref="C988" r:id="rId2" xr:uid="{F6A5B52A-8EB5-4A07-8A70-C278942D544F}"/>
+    <hyperlink ref="C997" r:id="rId3" display=" kosmētika un tualetes piederum, zobu pastas, parfimērija, ēteriskās eļļas u.c." xr:uid="{3880C896-4D15-40C3-8520-D03AF8F45FBE}"/>
+    <hyperlink ref="C999" r:id="rId4" display="mobilie telefoni u.c." xr:uid="{CF4A1E83-009C-4F38-8449-6F29D4A1FBF5}"/>
+    <hyperlink ref="C1012" r:id="rId5" display="datorprogrammatūras ierīces mobilajām iekārtām, displejiem  u.c." xr:uid="{0FE0C1EF-090C-49DE-AB93-2AF002BAD640}"/>
+    <hyperlink ref="C1052" r:id="rId6" display="cepures, džemperi,           T-krekli" xr:uid="{54241295-E292-4958-B99E-F360A6CEF3FB}"/>
+    <hyperlink ref="C1097" r:id="rId7" display="elektriskās sistēmas, savienojošie termināļi, elektriskie savienotāji u.c." xr:uid="{CE73A5F0-B24D-4B6F-AEA0-270EB2F06500}"/>
+    <hyperlink ref="C1108" r:id="rId8" xr:uid="{56BC9B6C-2544-4BFC-87A0-1F534FA55B8E}"/>
+    <hyperlink ref="C536" r:id="rId9" xr:uid="{52AE38C9-A551-4A5B-9D8D-1CD1EB8B73E0}"/>
+    <hyperlink ref="C1111" r:id="rId10" display="rezerves daļas,apģērbi,aksesuāri u.c." xr:uid="{DDECD329-B60F-4090-97D4-3E42F9E1FFF8}"/>
+    <hyperlink ref="C1119" r:id="rId11" display=" somas, kabatas portfeļi, mugursomas, apģērbi, apavi, galvassegas, sporta preces un aprīkojums; vingrošanas izstrādājumi, kas nav ietverti citās klasēs, vingrošanas aprīkojums, pielāgotas somas sporta inventāram u.c." xr:uid="{A0796387-969B-4267-8CBC-246B32B4AB4D}"/>
+    <hyperlink ref="C1122" r:id="rId12" xr:uid="{248235EF-E36C-4107-A552-C67A97469C31}"/>
+    <hyperlink ref="C1135" r:id="rId13" display="skuvekļi, skuvekļu asmeņi, manuālās zobu birstes, elektriskas zobu birstes; elektriskās zobu birstes galviņas  u.c." xr:uid="{4BD797EF-1273-4F2C-AF85-BE36BB4C0A6E}"/>
+    <hyperlink ref="C1140" r:id="rId14" xr:uid="{10BF3B4A-4B64-43FD-847C-9B07DDDFD271}"/>
+    <hyperlink ref="C1141" r:id="rId15" display="https://ks.vid.gov.lv/27/aprite/Koplietojamie dokumenti/Tiesību subjektu pieteikumi/Aktuālo pieprasījumu saraksts 04.08.2025.xlsx" xr:uid="{BFE9340F-D8AE-48C4-B2C5-A9D59D2F0396}"/>
+    <hyperlink ref="C1142" r:id="rId16" xr:uid="{62426794-D80C-4E47-8092-1100468A9BAE}"/>
+    <hyperlink ref="C1143" r:id="rId17" xr:uid="{45B674F4-21EA-4275-8757-A280E890E141}"/>
+    <hyperlink ref="C1145" r:id="rId18" display="apģērbi,apavi,somas,smaržas,brilles,rotaslietas,u.c" xr:uid="{AB2A1955-7C68-47B0-A33D-3CFFCCD9D716}"/>
+    <hyperlink ref="C1156" r:id="rId19" xr:uid="{F0B04F77-53AA-4F36-B188-68561F438206}"/>
+    <hyperlink ref="C1214" r:id="rId20" xr:uid="{3AE4FF88-83A2-4D3B-A78D-3BF24B8F5DAE}"/>
+    <hyperlink ref="C1233" r:id="rId21" xr:uid="{6DCB2B6C-645B-4561-9ED2-AB3093160AE4}"/>
+    <hyperlink ref="C1237" r:id="rId22" xr:uid="{A91697C7-B76A-4ECB-85A3-CC65434F2AD8}"/>
+    <hyperlink ref="C1245" r:id="rId23" xr:uid="{3ED223DB-E417-46F6-91E1-103E459E4EBA}"/>
+    <hyperlink ref="C1249" r:id="rId24" xr:uid="{7127FF60-2D36-4998-83BE-7FFE2B348AC6}"/>
+    <hyperlink ref="C1254" r:id="rId25" xr:uid="{1A040E8B-0226-418A-A15D-25A627651F21}"/>
+    <hyperlink ref="C1263" r:id="rId26" display="rezervas daļas, apģērbi, aksesuāri u.c." xr:uid="{D2612A5F-E5F8-4176-B72B-271A9C51CA88}"/>
+    <hyperlink ref="C1264" r:id="rId27" xr:uid="{C7430C33-7731-4EF1-991E-CDB057F75BA7}"/>
+    <hyperlink ref="C1269" r:id="rId28" xr:uid="{315B968E-B581-4919-80E6-3BC6CB568979}"/>
+    <hyperlink ref="C1271" r:id="rId29" xr:uid="{3BC70DD6-337F-4EB2-B41D-6F8C6E27CF73}"/>
+    <hyperlink ref="C1285" r:id="rId30" display="apģērbi,apavi,somas,smaržas,brilles,rotaslietas,u.c" xr:uid="{A9D06B54-9B32-43A9-973C-EFA715E4127C}"/>
+    <hyperlink ref="C1298" r:id="rId31" xr:uid="{E88DAF27-1976-4939-85BB-629F332DA3E8}"/>
+    <hyperlink ref="C1324" r:id="rId32" display="pārtīšanas mašīnas" xr:uid="{44E8C06B-CA53-437F-ABA1-7F79273EBDA9}"/>
+    <hyperlink ref="C1327" r:id="rId33" xr:uid="{40660D05-455B-4572-9C70-28F57585FC02}"/>
+    <hyperlink ref="C1330" r:id="rId34" xr:uid="{4360BF22-30E4-45D7-B4CD-743F1488A880}"/>
+    <hyperlink ref="C1337" r:id="rId35" display="farmaceitiskie medikamenti, zāles,  preparāti" xr:uid="{993BB5B3-E2B4-4E24-AF9B-129A5913E48A}"/>
+    <hyperlink ref="C568" r:id="rId36" display="Downloads/Downloads/Downloads/Aktuālo pieprasījumu saraksts 18.02.2022.xlsx" xr:uid="{C336E177-EC42-43B8-A061-248D9BB56763}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup paperSize="9" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId31"/>
+  <pageSetup paperSize="9" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId37"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="B2:G26"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="L20" sqref="L20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="2" spans="2:7" ht="15.6" x14ac:dyDescent="0.3">
-[...247 lines deleted...]
-      <c r="G26" s="76"/>
+    <row r="2" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B2" s="71" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C2" s="72"/>
+      <c r="D2" s="72"/>
+      <c r="E2" s="72"/>
+      <c r="F2" s="72"/>
+      <c r="G2" s="72"/>
+    </row>
+    <row r="3" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B3" s="73" t="s">
+        <v>1648</v>
+      </c>
+      <c r="C3" s="74"/>
+      <c r="D3" s="74"/>
+      <c r="E3" s="74"/>
+      <c r="F3" s="74"/>
+      <c r="G3" s="75"/>
+    </row>
+    <row r="4" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B4" s="73" t="s">
+        <v>1799</v>
+      </c>
+      <c r="C4" s="74"/>
+      <c r="D4" s="74"/>
+      <c r="E4" s="74"/>
+      <c r="F4" s="74"/>
+      <c r="G4" s="75"/>
+    </row>
+    <row r="5" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B5" s="73" t="s">
+        <v>1649</v>
+      </c>
+      <c r="C5" s="74"/>
+      <c r="D5" s="74"/>
+      <c r="E5" s="74"/>
+      <c r="F5" s="74"/>
+      <c r="G5" s="75"/>
+    </row>
+    <row r="6" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B6" s="73" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C6" s="74"/>
+      <c r="D6" s="74"/>
+      <c r="E6" s="74"/>
+      <c r="F6" s="74"/>
+      <c r="G6" s="75"/>
+    </row>
+    <row r="7" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B7" s="73" t="s">
+        <v>1651</v>
+      </c>
+      <c r="C7" s="74"/>
+      <c r="D7" s="74"/>
+      <c r="E7" s="74"/>
+      <c r="F7" s="74"/>
+      <c r="G7" s="75"/>
+    </row>
+    <row r="8" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B8" s="73" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C8" s="74"/>
+      <c r="D8" s="74"/>
+      <c r="E8" s="74"/>
+      <c r="F8" s="74"/>
+      <c r="G8" s="75"/>
+    </row>
+    <row r="9" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B9" s="73" t="s">
+        <v>1653</v>
+      </c>
+      <c r="C9" s="74"/>
+      <c r="D9" s="74"/>
+      <c r="E9" s="74"/>
+      <c r="F9" s="74"/>
+      <c r="G9" s="75"/>
+    </row>
+    <row r="10" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B10" s="73" t="s">
+        <v>1654</v>
+      </c>
+      <c r="C10" s="74"/>
+      <c r="D10" s="74"/>
+      <c r="E10" s="74"/>
+      <c r="F10" s="74"/>
+      <c r="G10" s="75"/>
+    </row>
+    <row r="11" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B11" s="73" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C11" s="74"/>
+      <c r="D11" s="74"/>
+      <c r="E11" s="74"/>
+      <c r="F11" s="74"/>
+      <c r="G11" s="75"/>
+    </row>
+    <row r="12" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B12" s="73" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C12" s="74"/>
+      <c r="D12" s="74"/>
+      <c r="E12" s="74"/>
+      <c r="F12" s="74"/>
+      <c r="G12" s="75"/>
+    </row>
+    <row r="13" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B13" s="73" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C13" s="74"/>
+      <c r="D13" s="74"/>
+      <c r="E13" s="74"/>
+      <c r="F13" s="74"/>
+      <c r="G13" s="75"/>
+    </row>
+    <row r="14" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B14" s="73" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C14" s="74"/>
+      <c r="D14" s="74"/>
+      <c r="E14" s="74"/>
+      <c r="F14" s="74"/>
+      <c r="G14" s="75"/>
+    </row>
+    <row r="15" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B15" s="76" t="s">
+        <v>1659</v>
+      </c>
+      <c r="C15" s="77"/>
+      <c r="D15" s="77"/>
+      <c r="E15" s="77"/>
+      <c r="F15" s="77"/>
+      <c r="G15" s="78"/>
+    </row>
+    <row r="16" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B16" s="70" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C16" s="69"/>
+      <c r="D16" s="69"/>
+      <c r="E16" s="69"/>
+      <c r="F16" s="69"/>
+      <c r="G16" s="69"/>
+    </row>
+    <row r="17" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B17" s="73" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C17" s="74"/>
+      <c r="D17" s="74"/>
+      <c r="E17" s="74"/>
+      <c r="F17" s="74"/>
+      <c r="G17" s="75"/>
+    </row>
+    <row r="18" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B18" s="73" t="s">
+        <v>1662</v>
+      </c>
+      <c r="C18" s="74"/>
+      <c r="D18" s="74"/>
+      <c r="E18" s="74"/>
+      <c r="F18" s="74"/>
+      <c r="G18" s="75"/>
+    </row>
+    <row r="19" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B19" s="73" t="s">
+        <v>1663</v>
+      </c>
+      <c r="C19" s="74"/>
+      <c r="D19" s="74"/>
+      <c r="E19" s="74"/>
+      <c r="F19" s="74"/>
+      <c r="G19" s="75"/>
+    </row>
+    <row r="20" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B20" s="73" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C20" s="74"/>
+      <c r="D20" s="74"/>
+      <c r="E20" s="74"/>
+      <c r="F20" s="74"/>
+      <c r="G20" s="75"/>
+    </row>
+    <row r="21" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B21" s="70" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C21" s="69"/>
+      <c r="D21" s="69"/>
+      <c r="E21" s="69"/>
+      <c r="F21" s="69"/>
+      <c r="G21" s="69"/>
+    </row>
+    <row r="22" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B22" s="79" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C22" s="80"/>
+      <c r="D22" s="80"/>
+      <c r="E22" s="80"/>
+      <c r="F22" s="80"/>
+      <c r="G22" s="81"/>
+    </row>
+    <row r="23" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B23" s="73" t="s">
+        <v>1667</v>
+      </c>
+      <c r="C23" s="74"/>
+      <c r="D23" s="74"/>
+      <c r="E23" s="74"/>
+      <c r="F23" s="74"/>
+      <c r="G23" s="75"/>
+    </row>
+    <row r="24" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B24" s="73" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C24" s="74"/>
+      <c r="D24" s="74"/>
+      <c r="E24" s="74"/>
+      <c r="F24" s="74"/>
+      <c r="G24" s="75"/>
+    </row>
+    <row r="25" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B25" s="82" t="s">
+        <v>1669</v>
+      </c>
+      <c r="C25" s="83"/>
+      <c r="D25" s="83"/>
+      <c r="E25" s="83"/>
+      <c r="F25" s="83"/>
+      <c r="G25" s="84"/>
+    </row>
+    <row r="26" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B26" s="73" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C26" s="74"/>
+      <c r="D26" s="74"/>
+      <c r="E26" s="74"/>
+      <c r="F26" s="74"/>
+      <c r="G26" s="75"/>
     </row>
   </sheetData>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100E5AD1943C960ED47AC386C569408D6F5" ma:contentTypeVersion="2" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="d83a04ce4277677504796bcbd4031a73">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2451837a-429d-469f-9860-e08ca2df3d99" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6e5bf34c722b52b896681840fd820ec8" ns2:_="">
     <xsd:import namespace="2451837a-429d-469f-9860-e08ca2df3d99"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2451837a-429d-469f-9860-e08ca2df3d99" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Koplietots ar" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
@@ -33044,115 +33355,96 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4166531-81CF-439C-ADDB-D1451044F4FC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{285ED791-06CB-4AED-B25E-FD8A5B9191D1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F628D53-2959-42DA-9E4D-B034AE7E7603}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{813FE741-B7EB-4D2B-B77E-3B7895D96125}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="2451837a-429d-469f-9860-e08ca2df3d99"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F628D53-2959-42DA-9E4D-B034AE7E7603}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4166531-81CF-439C-ADDB-D1451044F4FC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="2451837a-429d-469f-9860-e08ca2df3d99"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Intelekt. īpašuma aizsardzība</vt:lpstr>
       <vt:lpstr>Apzīmējumi</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>