--- v4 (2026-02-26)
+++ v5 (2026-03-29)
@@ -1,499 +1,351 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/chartsheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.chartsheet+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\rmri1556\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{49EEF4DC-9054-409C-B078-45134151F707}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FF20A4D5-6C89-456C-88FB-5F07DA5CCABB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="599" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="599" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Intelekt. īpašuma aizsardzība" sheetId="1" r:id="rId1"/>
-    <sheet name="Apzīmējumi" sheetId="2" r:id="rId2"/>
+    <sheet name="Chart1" sheetId="4" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="1" r:id="rId2"/>
+    <sheet name="Sheet2" sheetId="2" r:id="rId3"/>
+    <sheet name="Sheet3" sheetId="3" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Intelekt. īpašuma aizsardzība'!$A$3:$D$1342</definedName>
-[...6 lines deleted...]
-    <definedName name="OLE_LINK5" localSheetId="0">'Intelekt. īpašuma aizsardzība'!#REF!</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Sheet1!$A$5:$D$1364</definedName>
+    <definedName name="_Hlt117917926" localSheetId="1">Sheet1!#REF!</definedName>
+    <definedName name="apģērbi__apavi__aksesuāri">Sheet1!#REF!</definedName>
+    <definedName name="gaisa_atsvaidzinātāji_u.c.">Sheet1!#REF!</definedName>
+    <definedName name="OLE_LINK1" localSheetId="1">Sheet1!#REF!</definedName>
+    <definedName name="OLE_LINK2" localSheetId="1">Sheet1!#REF!</definedName>
+    <definedName name="OLE_LINK3" localSheetId="1">Sheet1!#REF!</definedName>
+    <definedName name="OLE_LINK5" localSheetId="1">Sheet1!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4047" uniqueCount="3687">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4109" uniqueCount="3697">
   <si>
     <t>Intelektuālā īpašuma nosaukums, reģistrācijas numurs</t>
   </si>
   <si>
     <t>Tiesību subjekta nosaukums</t>
   </si>
   <si>
     <t>Intelektuālā īpašuma aizsardzības termiņš</t>
   </si>
   <si>
-    <t>Dooney &amp; Bourke Inc.</t>
-[...4 lines deleted...]
-  <si>
     <t>rotaļlietas u.c.</t>
   </si>
   <si>
-    <t>CDR 002640482-0001, CDR 002665810-0001, CDR 002172031-0001, EUTM 000120741 Kawasaki /fig./, EUTM 004111175 K /fig./, EUTM 004111191 K /fig./, EUTM 000202424 JET SKI /fig./, EUTM 004122611 KAWASAKI RACING TEAM, EUTM 000091314 KRT, EUTM 004140422 K-CARE, EUTM 004140406 LET THE GOOD TIMES ROLL, EUTM 004112314 Ninja /fig./, EUTM 000120808 MULE, EUTM 5158076 Versys, EUTM 011970746 Z, ITM 1174588 Z, ITM 1209296 Kawasaki, ITM 1213482 K Kawasaki, EUTM 004111118 K Kawasaki, EUTM 004111142 Kawasaki, ITM 1223061 Kawasaki, EUTM 000121384 Ninja, EUTM 008974461 ZX, EUTM 777987, ITM 1090717 W, EUTM 004113924 V Kawasaki, ITM 1090877 ZRX, ITM 1165079 Ninja, ITM 1213481 K</t>
-[...32 lines deleted...]
-  <si>
     <t>apģērbi, apavi, aksesuāri u.c.</t>
   </si>
   <si>
-    <t>Not Us Limited</t>
-[...13 lines deleted...]
-  <si>
     <t>alkoholiskie dzērieni</t>
   </si>
   <si>
-    <t>EUTM  006046445 nawm, EUTM 001665512 VERSUS, EUTM 001665439 VERSACE, EUTM 001665306 /fig./, EUTM 001504703 VERSUS VERSACE /fig./, EUTM 004396636 /fig./, EUTM 004396602, EUTM013031059 Versus Versace</t>
-[...5 lines deleted...]
-  <si>
     <t>Mars, Incorporated</t>
   </si>
   <si>
     <t>konfektes, saldējumi u.c.</t>
   </si>
   <si>
     <t>Pandora A/S</t>
   </si>
   <si>
     <t>juvelierizstrādājumi u.c.</t>
   </si>
   <si>
-    <t>Tiffany &amp; Co</t>
-[...4 lines deleted...]
-  <si>
     <t>apģērbi, aksesuāri u.c.</t>
   </si>
   <si>
-    <t>konfektes u.c.</t>
-[...17 lines deleted...]
-  <si>
     <t>medikamenti</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 009083841 Don, EUTM 001362409 PAGID, EUTM 009010042 TEXTAR, EUTM 000689240  TEXTAR, EUTM 009083833 Mintex 
-[...27 lines deleted...]
-  <si>
     <t>rotaļlietas</t>
   </si>
   <si>
-    <t xml:space="preserve">ITM1116296Havana Club RITUAL Cubano la ESENCIA de la HABANA, EUTM 011378866HAVANA CLUB GAP YEAR, EUTM 011379104Havana Club, ITM 901601EL CULTO A LA VIDA, EUTM 009150574HAVANA CLUB SELECCIÓN DE MAESTROS, EUTM 009238106HAVANA CLUB SELECCIÓN de MAESTROS, ITM 899817, ITM 995208, EUTM 001424878Havana Club, EUTM 001342351Havana Club, EUTM 004710034 HAVANA CLUB, EUTM 005414917HAVANA CLUB, EUTM 009501032 Havana Club, EUTM 003824513 Havana Club AÑEJO 3 AÑOS , EUTM 003824505Havana Club AÑEJO 7 AÑOS , EUTM 005414917HAVANA CLUB , EUTM 009501131Havana Club , EUTM 003824539Havana Club AÑEJO BLANCO, EUTM 003824554 Havana Club AÑEJO ESPECIAL, EUTM 003287463Havana Club Añejo Maximo, EUTM 003824562Havana Club AÑEJO RESERVA , EUTM 003911872 Havana Club CUBAN BARREL PROOF, EUTM 010714236 HAVANA CLUB RITUAL CUBANO 
-[...35 lines deleted...]
-  <si>
     <t>apģērbi, apavi u.c.</t>
   </si>
   <si>
     <t>The Coca Cola Company</t>
   </si>
   <si>
     <t>bezalkoholiskie dzērieni u.c.</t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM 003495165 VICTOR </t>
+  </si>
+  <si>
     <t>VICTOR Europe GmbH</t>
   </si>
   <si>
     <t>apģērbi, apavi, sporta preces u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000226233 LONGINES, EUTM 000225714  </t>
   </si>
   <si>
     <t>Compagnie des Montres Longines, Francillon SA</t>
   </si>
   <si>
     <t>pulksteņi</t>
   </si>
   <si>
     <t>Tissot SA</t>
   </si>
   <si>
     <t>EUTM 010239879 WIKA /fig./</t>
   </si>
   <si>
     <t>WIKA Alexander Wiegand SE &amp; Co. KG</t>
   </si>
   <si>
     <t>manometri, termometri u.c.</t>
   </si>
   <si>
-    <t>pulksteņi u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 000408328 AFM</t>
   </si>
   <si>
     <t>Reinz-Dichtungs GmbH</t>
   </si>
   <si>
     <t>blīvju materiāli</t>
   </si>
   <si>
     <t>Red Bull GmbH</t>
   </si>
   <si>
     <t>dzērieni, apģērbi, apavi, cepures, somas u.c.</t>
   </si>
   <si>
+    <t xml:space="preserve">
+EUTM 005786835/EM, EUTM 000078782/EM MAGIC THE GATHERING,  EUTM 000238485/EM MONOPOLY, EUTM 000238527/EM PARKER BROTHERS, EUTM 000238675/EM RISK, EUTM 000325316/EM HASBRO
+EUTM 000078964/EM WIZARDS OF THE COAST, EUTM000238352/EM MONOPOLY, EUTM 000238410/EM TRANSFORMERS, EUTM001008960/ EM FURBY, EUTM 002333524/EM DUEL MASTERS,EUTM002475374/EM My MONOPOLY, EUTM 002850006/EM APPLEJACK,EUTM002950434/EM RAINBOW DASH, EUTM 002950590/EM PINKIE PIE,EUTM003002326/EM FURREAL FRIENDS, EUTM 003152097/EM MY LITTLE PONY, EUTM 003163995/EM FREE PARKING, EUTM 004038006/EM LITTLEST PET SHOP, EUTM 004584298/EM LITTLEST PET SHOP, EUTM 004667069/EM Wizards OF THE COAST, EUTM 005036926/EM TWISTER, EUTM 005304027/EM MY LITTLE PONY, EUTM 018399001/EM COLLECT M200 SALARY AS YOU PASS GO, EUTM 017096322/EM, EUTM 018745189/EM MY LITTLE PONY, EUTM 009483331/EM CONNECT 4,EUTM018557798/ EM WIZARDS OF THE COAST, EUTM 017993920/EM MAGIC, EUTM 017955568/EM MAGIC THE GATHERING, EUTM 011092517/EM,EUTM 014577548/EM FURREAL, EUTM 018657089/EM TRANSFORMERS EARTHSPARK, EUTM 017236654/EM CYBERTRON,EUTM017866883/EM BUMBLEBEE, EUTM 018708634/EM, EUTM 018708631/EM, EUTM 016702276/EM, EUTM 017247701/EM MOVIE EDITION,EUTM008205098/ EM NERF, EUTM 009037698/EM SUPER SOAKER,EUTM015603855/EM OPEN A CAN OF IMAGINATION, EUTM 005786967/EM, EUTM 005787114/EM TRANSFORMERS,EUTM005787155/EM TRANS FORMERS
+EUTM006296438/EM SWEETIE BELLE, EUTM006296479/EM SCOOTALOO
+EUTM 006803449/EM TRANSFORMERS, EUTM007280811/EM N-STRIKE
+EUTM007410591/EM NERF, EUTM 000078782 Magic The Gathering, EUTM 008141426/EM TRANSFORMERS - REVENGE OF THE FALLEN, EUTM 008204893/EM LITTLEST PET SHOP,EUTM008206336/EM DUNGEONS &amp; DRAGONS, EUTM 008982878/EM PLAY-DOH,EUTM 009006404/EM Play-Doh, EUTM 009037805/EM Nerf, EUTM 009109241/EM Hasbro, EUTM 009193723/EM TRANSFORMERS PRIME, EUTM 009207051/EM LITTLEST PET SHOP, EUTM 009207119/EM MONOPOLY, EUTM 009207151/EM MY LITTLE PONY, EUTM 009207218/EM TRANSFORMERS, EUTM009212333/ EM, EUTM 009212374/EM,EUTM009415142/EM DARK OF THE MOON	
+EUTM 009604794/EM my LITTLE PONY, EUTM010657931/EM N-STRIKE ELITE, EUTM 010766368/EM Hasbro Gaming, EUTM 011092351/EM FRIENDSHIP IS MAGIC, EUTM 011092491/EM FURBY, EUTM011092582/ EM A MIND OF ITS OWN, EUTM011516441/EM EQUESTRIA GIRLS	
+EUTM012243465/EM TRANSFORMERS AGE OF EXTINCTION, EUTM 012818051/EM TRANSFORMERS ROBOTS IN DISGUISE,EUTM013701685 /EM EQUESTRIA GIRLS, EUTM 015122575/EM GUARDIANS OF HARMONY,EUTM015592058/EM TRANSFORMERS THE LAST KNIGHT
+EUTM016139545/EM OPTIMUS PRIME, EUTM 016139561/EM BUMBLEBEE, EUTM 016139586/EM MEGATRON,EUTM016139651/EM GRIMLOCK, EUTM 016139735/EM AUTOBOT, EUTM016139751/EM DECEPTICON, EUTM 016386567/EM, EUTM 013429642/EM, EUTM 018950626/EM, EUTM000238345/EM CLUEDO,EUTM001628866/EM Cluedo
+EUTM 011092434/EM FURBY, EUTM 018956468/EM FURBLETS, EUTM 017096306/EM MONOPOLY, EUTM 004279899/EM Play-Doh, EUTM 001094754/EM Hasbro</t>
+  </si>
+  <si>
     <t>Hasbro Inc.</t>
   </si>
   <si>
-    <t>apģērbi, aksesuāri, rotaļlietas u.c.</t>
+    <t>rotaļlietas, apģērbi, aksesuāri u.c.</t>
   </si>
   <si>
     <t>EUTM  003461721 Canon, EUTM  000125955 Canon</t>
   </si>
   <si>
     <t>Canon Kabushiki Kaisha ( Canon Inc.)</t>
   </si>
   <si>
     <t>elektronika u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1032992 TIMKEN /fig./, EUTM 009655788, EUTM 010687317 TIMKEN ECOPOWER, ITM 1049591 TIMKEN, EUTM 004014437, EUTM 010697423    </t>
   </si>
   <si>
     <t>The Timken Company</t>
   </si>
   <si>
     <t>gultņi</t>
   </si>
   <si>
-    <t>EUTM 004627501 /fig./, EUTM 003818739 /fig./, EUTM 001365907 /fig./, EUTM 006167324 /fig./, EUTM 003550779 8 OUT OF 10 CATS PREFER WHISKAS, EUTM 003660511 8 OUT OF 10…WHISKAS, EUTM 009950692 A CAT WOULD, EUTM 000090969 WHISKAS, EUTM 009151689 Whiskas /fig./, EUTM 001466143 whiskas /fig./, EUTM 002848364 /fig./, EUTM 003703584 /fig./, EUTM 003997988 /fig./, EUTM 004171724 WHISKAS CATS KNOW THE DIFFERENCE, EUTM 002845477 /fig./, EUTM 009781949 kitten /fig./, EUTM 000000901 whiskas /fig./, EUTM 000000919 /fig./, EUTM 003793361 /fig./, EUTM 004106639 whiskas /fig./, EUTM 003998011 /fig./, EUTM 001175892 WHISKAS DENTABITS, CDR 001091821-0001, CDR 001976481-0001</t>
-[...1 lines deleted...]
-  <si>
     <t>Mars Incorporated &amp; Mars Petcare UK</t>
   </si>
   <si>
     <t>dzīvnieku barība</t>
   </si>
   <si>
     <t>EUTM 000420026 GLOBAL, EUTM 001369594,  EUTM 001373430</t>
   </si>
   <si>
     <t>Yoshida Metal Industry Co.Ltd</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR 006110516-0002, CDR 006110516-0007, CDR 006156071-0001
-[...3 lines deleted...]
-  <si>
     <t>Jean Cassegrain SAS</t>
   </si>
   <si>
     <t>EUTM 000109116 ESM</t>
   </si>
   <si>
     <t>ESM Ennepetaler Schneid- und Mähtechnik GmbH &amp; Co....</t>
   </si>
   <si>
     <t>lauksaimniecības iekārtas</t>
   </si>
   <si>
     <t>ITM 817935 Joimax</t>
   </si>
   <si>
     <t>Joimax GmbH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  medicīnas, ķirurģijas, terapeitiskie instrumenti, protēzēm un implantiem</t>
   </si>
   <si>
     <t>EUTM  009873761 AB SPIRIT MILLIONAIRE, EUTM  011001336 CIGAR COLLECTION, EUTM  1182478 ROSE NOIRE, ITM  632083 PARFUM D'OR  
 ITM  635691 CIGAR, EUTM  013396304 LOMANI</t>
   </si>
   <si>
     <t>SAS PARFUMS PAROUR</t>
   </si>
   <si>
     <t>smaržas</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM  007246226 Marke ohne Text, EUTM  007255417  Syngenta  
 ITM  960937 S pac</t>
   </si>
   <si>
     <t>Syngenta Participations AG</t>
   </si>
   <si>
     <t>sintētiskie iesaiņojuma materiāli</t>
   </si>
   <si>
     <t>EUTM 0139824 Danfoss /fig./, EUTM 000212506 DANFOSS</t>
   </si>
   <si>
     <t>Danfoss A/S</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 005914429 Strepsils, EUTM 007318116 Streps, EUTM 008563348Strefen, EUTM 008563306 Strepfen, EUTM 008883944 S Logo (greyscale), EUTM 008884074 S logo on Corner - cool, EUTM 008884165 S logo on Corner - Orange, EUTM 008884249S logo on Corner - Original - Colour, EUTM 008884322S logo on corner - SF Lemon - Colour, EUTM 008884397S logo on Corner - SF Strawberry - Colour, EUTM 008884454S logo on Corner - Soothing - Colour, EUTM 008884504S logo on Corner - STBN - Colour, EUTM 009190778 S logo on Corner - warm.EUTM 011077443 S logo Orange &amp; Vitamin C 2, EUTM 008884561 S logo on Corner with flash - greyscale, EUTM 008884637 S logo on Corner with flash - colour, EUTM 010396703S logo with Crosses. EUTM 011491917S logo Junior (Pink) 
 </t>
   </si>
   <si>
     <t>Reckitt &amp; Colman (Overseas) Limited</t>
   </si>
   <si>
-    <t>RAINBOW SPA</t>
-[...3 lines deleted...]
-</t>
+    <t xml:space="preserve">EUTM 005628144, EUTM 012644225 asics, ITM 1378136ASICS Tiger	
+ITM 1396309 Asics TIGER, ITM 1416514 ASICSTIGER, EUTM 005653852 asics, EUTM 006383574 nawm, EUTM 003242187 nawm, EUTM811294/Asics, EUTM 5811328/Asics, EUTM 4709739/Asics, EUTM 5653852/Asics, EUTM 6383574, EUTM 3242187, EUTM 5626577, EUTM 56288086, EUTM 4360939/Onitsuka Tiger, EUTM 2965101/Onitsuka Tiger, EUTM 5166103/ Onitsuka Tiger 
+ </t>
+  </si>
+  <si>
+    <t>ASICS EUROPE BV</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 8702664/Artic Ice, EUTM 8708851/ouble Gaviscon Fireman Logo, EUTM 10875359/First Signs, EUTM 7478001/Fizzlove, EUTM 8171837/Gavigard, EUTM 5432273/Gaviscon Droplet device, EUTM 5709019/Gaviscon Fireman device, EUTM 9262941/Gaviscon swirl device, EUTM 5432299/Gaviscon Tablet device, EUTM 8508319/ Gaviscon torso device,  EUTM 11096377/Instants (logo), EUTM 8708901/Power of 2 
 </t>
   </si>
   <si>
     <t>medicīnas produkts Gaviscon</t>
   </si>
   <si>
     <t>elektropreces</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM522011/TOM´S OF MAINE NATURE´S, EUTM 009014176/SINCE 1970 Tom´s OF MAINE, EUTM 000522052/TOM´S OF MAINE, ITM 954355/ TOM´S OF MAINE 
 </t>
   </si>
   <si>
     <t>Tom´s of Maine Inc.</t>
   </si>
   <si>
     <t>Reckitt Benckiser LLC</t>
   </si>
   <si>
     <t>The Absolut Company Aktiebolag</t>
   </si>
   <si>
     <t>EUTM 002843019 ORACLE, EUTM 003404449 ORACLE , EUTM 1542300 ORACLE</t>
   </si>
   <si>
     <t>Oracle International Corporation</t>
   </si>
   <si>
     <t xml:space="preserve">datortehnikas un programmatūras produkti </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 8646481 Unilever, EUTM 003646916 Unilever </t>
   </si>
   <si>
     <t>Unilever N.V</t>
   </si>
   <si>
     <t>Beiersdorf AG</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM4373783/Finlandia, EUTM 009880055/Finlandia - Vodka of Finland, EUTM 008925638/Finlandia - Vodka of Finland,CDR 001865692-0001/, CDR 001865692-0002, CDR 001865692-0003, CDR 002142653-0001, CDR 002085233-0001 
-[...2 lines deleted...]
-  <si>
     <t>alkohols</t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM1923986/BOTOX Botulinum Toxin Type A Purified Neurotoxin Complex, EUTM 001999481/BOTOX, EUTM 002015832/BOTOX, EUTM 002575371/ It's not magic, its BOTOX, EUTM 003700317/ BOTOX ,EUTM 005244942/ FROM THE CREATORS OF BOTOX, EUTM 009382185/BOTOX, EUTM 009417651/BOTOX 
 </t>
   </si>
   <si>
     <t>Allergan, Inc.</t>
   </si>
   <si>
     <t>kosmētisks līdzeklis</t>
   </si>
   <si>
     <t>EUTM 000225953 RADO</t>
   </si>
   <si>
     <t xml:space="preserve">RADO UHREN AG (RADO WATCH CO. LTD.) (MONTRES RADO S.A.) </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 4821773 Gashütte ORIGINAL </t>
   </si>
   <si>
     <t>Glashütter Uhrenbetrieb GmbH</t>
   </si>
   <si>
     <t>Lange Uhren GmbH</t>
@@ -503,386 +355,330 @@
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 007320229OMEGA, EUTM008148892 ΩOMEGA, ITM936242, ITM 953967OMEGA, ITM 997036OMEGA 
 </t>
   </si>
   <si>
     <t>Omega SA</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM11786241/Bauer, EUTM 010595056/Nexus </t>
   </si>
   <si>
     <t>Bauer Hockey Corp.</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM  000506881 Samsung, EUTM  012082641 Samsung, EUTM  012082772  Samsung</t>
   </si>
   <si>
     <t>Samsung Electronics Co. Ltd.</t>
   </si>
   <si>
     <t>mobilie telefoni, programmatūra u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR1233845-0001, CDR 1233845-0006, EUTM 005282686/, EUTM 005282603/FG WILSON, EUTM 000345272/F. G. WILSON ENGINEERING, EUTM 000352963, EUTM 007147341/POWERWIZARD, CDR 1233845-0007 
-[...2 lines deleted...]
-  <si>
     <t>Caterpillar (NI) Limited</t>
   </si>
   <si>
     <t>ģeneratori</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                                                                                                                                                                                                                                                                          EUTM 008369878 NUDIE, EUTM 005286059 Nudie Jeans c o, EUTM 003137874, EUTM 014322861 NUDIE JEANS CO, EUTM 014322895 N 
 </t>
   </si>
   <si>
     <t>Nudie Jeans Co. AB</t>
   </si>
   <si>
+    <t>Willy Bogner GmbH</t>
+  </si>
+  <si>
     <t>ABRAMIS SP. Z O. O.</t>
   </si>
   <si>
     <t>zvejas aprīkojums un piederumi u.c.</t>
   </si>
   <si>
     <t>apģērbi, apavi, somas u.c.</t>
   </si>
   <si>
     <t>J. Chandler &amp; Company (Buckfast) Limited</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni, pārtika, aksesuāri</t>
   </si>
   <si>
     <t>Hard Rock Holdings Limited</t>
   </si>
   <si>
     <t>apģērbi, suvenīri</t>
   </si>
   <si>
     <t>Vitra AG</t>
-  </si>
-[...1 lines deleted...]
-    <t>krēsli u.c</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 6493076/Husqvarna, EUTM 006575682/H Husqvarna, EUTM 007176456/Automower, EUTM 003591542/GARDENA, EUTM 002925857/MCCULLOCH,  EUTM 018162734 (Trade mark without text), EUTM 018093907 H, EUTM 016908345 HUSQVARNA, EUTM 016908469 H Husqvarna, EUTM 006575666 H, EUTM 016908444 H, EUTM 010676955 GARDENA,  EUTM 018093663 HUSQVARNA, EUTM 018208620 (Trade mark without text) 
 </t>
   </si>
   <si>
     <t>Husqvarna AB</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR000522073-0027,CDR 000522073-0032,CDR 000522073-0026 CDR 000522073-0033, CDR 000466115-0001, DR 000522073-0027/EM 10000026, CDR 000522073-0032/EM, CDR 000522073-0033/EM, EUTM 000199976/EM ARIEL, EUTM 009939984/EM, EUTM 001547488/EM  Pampers, EUTM 000299727/EM PAMPERS, EUTM 000299172/EM LENOR, EUTM 000269027/EM TIDE, EUTM 000199935/EM ALWAYS, EUTM 007201924/EM, EUTM 000230706/ EM  HEAD &amp; SHOULDERS, EUTM 003603685/EM HERBAL ESSENCES, EUTM 005764345/EM  Herbal essences, EUTM 000273342/EM PANTENE, EUTM 000301473/EM VICKS, EUTM 000058677/EM WICK, EUTM 002713790/EM  Ambi Pur, EUTM 005412838/EM AMBI PUR, EUTM 000230714/EM FAIRY, EUTM 003021904/EM, EUTM 001843630/EM CREST, EUTM 000299347/ EM P &amp; G, EUTM 000300137/EM PROCTER &amp; GAMBLE, EUTM 001569664/EM SK-II, EUTM 004755559/EM SK-II, EUTM 001762434/EM OLAY, CDR 000522073-0026/EM </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM 1195750/5.11, EUTM 003234184/5.11, EUTM 004249892/5.11 TACTICAL, EUTM 007403868/5.11 LIGHT FOR LIFE, EUTM 010262657/5.11 + - fig, EUTM 010972438/5.11 + - fig, EUTM 008441297/5.11 + TACTICAL SERIES - fig, EUTM 012109146/fig./, EUTM 011205994/fig./, EUTM 011933711/FLEX-TAC, EUTM 011205325/FLEX-TAC,EUTM 010257178/ATAC, EUTM 012091203/ BEYOND, EUTM 012342168/5.11 RECON, EUTM 009810111/TAC DRY, EUTM 009809823/ TACLITE 
  </t>
   </si>
   <si>
     <t>5.11, Inc.</t>
   </si>
   <si>
     <t>EUTM  017873670  SUZE , EUTM 004660536 SUZE</t>
   </si>
   <si>
     <t>PERNOD RICARD</t>
   </si>
   <si>
-    <r>
-[...41 lines deleted...]
-  <si>
     <t>Irish Distillers Limited</t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM 017907339 RAMAZZOTTI, EUTM 017907343 RAMAZZOTTI AMARO AUSANO RAMAZZOTTI casa fondata nel 1815 specialita della ditta Ausano Ramazzot, EUTM 017907345 RAMAZZOTTI AMARO AUSANO RAMAZZOTTI casa fondata nel 1815 specialita della ditta Ausano Ramazzot 
+EUTM 017916470 RAMAZZOTTI IL PREMIO, EUTM 017930760 RAMAZZOTTI SAMBUCA AUSANO RAMAZZOTTI casa fondata nel 1815 specialita della ditta italia, EUTM 017930763 RAMAZZOTTI SAMBUCA AUSANO RAMAZZOTTI casa fondate nel 1815 specialita della ditta, EUTM 01799877 RAMAZZOTTI IL PREMIO,EUTM 017988301 RAMAZZOTI APERITIVO ROSATO, EUTM 008598351 RAMAZZOTTI AMARO FRATELLI RAMAZZOTTI, EUTM 2498137 RAMAZZOTTI MENTA FELSINA, EUTM 15184351, EUTM 001850148 AMARETTO RAMAZZOTTI, EUTM 009815143, EUTM 008621716 RAMAZZOTTI, EUTM 009840059, EUTM 010858009, EUTM 012454435, EUTM 012692547, EUTM 012441341, EUTM 010850394, EUTM 012440971, EUTM 012440475, EUTM 001850254 AMBUCA RAMAZZOTTI 
+</t>
+  </si>
+  <si>
     <t xml:space="preserve">PERNOD RICARD ITALIA S.P.A. </t>
-  </si>
-[...4 lines deleted...]
-    <t>Abraxis Bioscience, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 00024794/BOB MARLEY, EUTM 001118702/MARLEY, EUTM 002419596/BOB MARLEY, EUTM 005837612/MAMA MARLEYS, EUTM 008371437/MAMA MARLEYS, EUTM 008854151/BOB MARLEY, EUTM 010920866/MARLEY'S ONE LOVE CAFE, EUTM 011765856/MARLEY ONE LOVE COFFEEHOUSE, EUTM 008260821/ MARLEY COFFEE STIR IT UP  
 </t>
   </si>
   <si>
     <t>Fifty-Six Hope Road Music Limited</t>
   </si>
   <si>
     <t>apģērbi, aksesuāri, mūzikas ieraksti u.c.</t>
   </si>
   <si>
     <t>apģērbi u.c.</t>
   </si>
   <si>
     <t>Bayerische Motoren Werke AG</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM001140979/SNOW MANTRA, EUTM 001140987/RESOLUTE, EUTM 001895903/EXPEDITION PARKA,EUTM 002637395/ASK ANYONE WHO KNOWS, EUTM 003898021/CANADA GOOSE, EUTM 004294336/ CHILLIWACK PARKA, EUTM 05454954/CANADA GOOSE EXPEDITION CLOTHING OUTFITTERS, EUTM 006413777/ CANADA GOOSE BEDDING, EUTM 011377421/ARCTIC TECH, EUTM 011377579/ARCTIC-TECH, EUTM 011378163/TRI-DURANCE, EUTM 011378254/TRI-DURANCE HS, EUTM 011378429/TRI-DURANCE SS, EUTM 008259947/CANADA GOOSE HOME, EUTM 008357675/ THERMAL MAPPING, EUTM 0085090309/CANADA GOOSE ADVENTURE TOURS, EUTM 008627549/CANADA GOOSE, EUTM 008712903/HYBRIDGE, EUTM 009861923/UNIFORM OF THE COLDEST PLACES ON EARTH, EUTM 010007731/BRANTA BY CANADA GOOSE, EUTM 010494979/CANADA GOOSE ARCTIC PROGRAM, EUTM 010563237/TEI, EUTM 010572899/THERMAL EXPERIENCE INDEX, EUTM 001096270/ARCTIC PROGRAM, EUTM 001096700/SNOW GOOSE 
 </t>
   </si>
   <si>
     <t>Canada Goose International AG</t>
   </si>
   <si>
     <t>apģērbi</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM12002515/MBUS, EUTM 12002523/CTR,  EUTM 12003307/MAGPUL DYNAMICS, EUTM 12003414/MOE, EUTM 12003497/UNFAIR ADVANTAGE, EUTM 12003505/PRS, EUTM 12003521/XTM, EUTM 12003638/FCS, EUTM 12003695/AFG, EUTM 12003729/MIAD,  EUTM 12003752/UBR, EUTM 12332557/MS1, EUTM 12832408/M-LOK, EUTM 12846218/M, EUTM 12002259/RSA, EUTM 8757387/QRIOCITY, EUTM 012003349/MAGPUL, EUTM 8757395/MAGPUL, EUTM 12003448, EUTM 12003513, EUTM 12260618/REVITALIZING AMERICAN MANUFACTURI NG MAPGUL DESIGNED AND MADE IN THE USA, EUTM 12003265/ REVITALIZING AMERICAN MANUFACTUIN G DESIGNED IN COLORADO – MADE IN THE USA,EUTM 9816786/PROFESSIONAL TRAINING AND SIMULATION PTS BY MAGPUL, EUTM 1200631/EMAG, EUTM 11824241/PMAG, EUTM 12002317/MS4, EUTM 12002358/ACS, EUTM 12002391/MS3, EUTM 12002457/STR 
 </t>
   </si>
   <si>
     <t>Magpul Industries Corp.</t>
   </si>
   <si>
     <t>Nokia Corporation</t>
   </si>
   <si>
     <t>mobilie telefoni, to aksesuāri</t>
   </si>
   <si>
-    <t>Eli Lilly and Company</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 004705737 /fig./, EUTM 006469266 /fig./, EUTM 006474051 UNDER ARMOUR, EUTM 004703799 UNDER ARMOUR, EUTM 005758768 /fig./</t>
   </si>
   <si>
     <t>Under Armour Inc.</t>
   </si>
   <si>
-    <t xml:space="preserve">
-[...1 lines deleted...]
-CDR 5328853-0010, CDR 5328853-0015, CDR 5328853-0021, CDR 904818- 0001, CDR 904818-0002
+    <t>Caterpillar Inc.</t>
+  </si>
+  <si>
+    <t>mašīnas, rezerves daļas u.c.</t>
+  </si>
+  <si>
+    <t>ITM 739116 NEMIROFF</t>
+  </si>
+  <si>
+    <t>Nemiroff Intellectual Property Establishment</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM  004301743 1890P, EUTM  004301735 P, EUTM  004301651  USPA  
+EUTM  003445681  P, EUTM  002599843 U.S. POLO, EUTM  000352302  UNITED STATES POLO ASSOCIATION, EUTM  000352245 UNITED STATES POLO ASSOCIATION, EUTM  004298956  U.S. POLO, SOCIATION  
+EUTM  003445749  U.S. POLO ASSN, EUTM  000352385   U.S.P.A., EUTM  009733361  U.S. POLO ASSN. since 1890, EUTM  013884317  USPA, EUTM  004998696, EUTM  004567822  1890P, EUTM  004567681U.S. Polo, association  
+EUTM  004433223  U.S. POLO ASSN. SINCE, EUTM  004567194  USPA  
+EUTM  004433215   U.S. POLO ASSN. EUTM  004424933  USPA, EUTM  004375309  1890P, EUTM  004374765  P, EUTM  004567483  U.S. POLO ASSN. EUTM  006111751   UNITED STATES POLO ASSOCIATION  
+EUTM  004422465  U.S. Polo Association, EUTM  004567591 U.S. POLO ASSN. SINCE P 1890  
 </t>
   </si>
   <si>
-    <t>Caterpillar Inc.</t>
-[...8 lines deleted...]
-    <t>Nemiroff Intellectual Property Establishment</t>
+    <t>United States Polo  Association</t>
   </si>
   <si>
     <t>EUTM 000181875 S.Oliver, EUTM 005061197 s.Oliver, EUTM 014881759 Q/S</t>
   </si>
   <si>
     <t>s.Oliver Bernd Freier GmbH &amp; Co. KG</t>
   </si>
   <si>
+    <t>apģērbi, apvi, aksesuāri u.c.</t>
+  </si>
+  <si>
     <t>EUTM 4905949 FC BAYERN,  EUTM2808145, EUTM 3777166, EUTM 9913047 Mia san mia</t>
   </si>
   <si>
     <t>FC Bayern München AG</t>
   </si>
   <si>
     <t>apģērbi, somas, aksesuāri u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM  4905451  P.J.S THAT OTHERS MAY LIVE PARAJUMPERS  
+EUTM  4905493 PARAJUMPERS, ITM  1071978  FELTED TAILORED GARMENTS, EUTM  10283828  FFELTED TAILORED GARMENTS of Gionata Malagodi, EUTM  13390241 OC, EUTM  13390273 OC AUTHENTIC MASTERFLEECE, EUTM  16976615 PARAJUMPERS, EUTM  12144473  P*J*S, EUTM  16976607 P.J.S., EUTM  12144432  PJS PARAJUMPERS 
+EUTM  13597562  ROUNDTRIP  </t>
   </si>
   <si>
     <t xml:space="preserve"> apģērbi u.c.
 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 002227858 NBA, EUTM 001737063 NBA /fig./, EUTM 000189738 /fig./, EUTM 000980623 NBA CITY /fig./, EUTM 000756890 NBA LEAGUE PASS /fig./, EUTM 001737105 NBA FINALS 2000 /fig./, EUTM 000464149 76ERS /fig./, EUTM 000189431 ATLANTA HAWKS /fig./, EUTM 000189787 BOSTON CELTICS /fig./, EUTM 003217759 CHARLOTTE BOBCATS /fig./, EUTM 000189878 CHICAGO BULLS /fig./, EUTM 003129103 CLEVELAND CAVALIERS /fig./, EUTM 001844950 DALLAS MAVERICKS /fig./, EUTM 000190017 DENVER NUGGETS /fig./, EUTM 004499737 DETROIT PISTONS /fig./, EUTM 002985646 HARDWOOD CLASSICS /fig./, EUTM 003233327 HOUSTON ROCKETS /fig./, EUTM 002228054 i love this game /fig./, EUTM 000190306 LOS ANGELES CLIPPERS /fig./, EUTM 000190322 LOS ANGELES LAKERS /fig./, EUTM 001844950 MAVERICKS DALLAS /fig./, EUTM 000189357 MIAMI HEAT /fig./, EUTM 000189761 MILWAUKEE BUCKS /fig./, EUTM 000189803 MINNESOTA TIMBERWOLVES /fig./, EUTM 000464198 NETS /fig./, EUTM 003129053 NEW ORLEANS HORNETS /fig./, EUTM 000189993 NEW YORK NICKS /fig./, EUTM 000187047 PACERS /fig./, EUTM 000187021 PHOENIX SUNS /fig./, EUTM 002511236 PORTLAND BLAZERS /fig./, EUTM 001389360 ORLANDO MAGIC /fig./, EUTM 000190348 SACRAMENTO KINGS /fig./, EUTM 002872539 SAN ANTONIO SPURS /fig./, EUTM 003919545 SWINGMAN /fig./, EUTM 007211758 THUNDER OKC /fig./, EUTM 000189464 TORONTO RAPTORS /fig./, EUTM 000189415 UTAH JAZZ /fig./, EUTM 000189456 WARRIORS /fig./, EUTM 000451179 WIZARDS /fig./, ITM 850230 NBA KIDS </t>
   </si>
   <si>
     <t>NBA Properties Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 008864712 BERGHAUS, EUTM 008864837 /fig./, EUTM 8686412Berhaus AQ, EUTM 8475386, EUTM 4968491alpha compound Ultimate Rubber, EUTM 4968591opti stud, EUTM 4974473phobic, EUTM 5149893Big Wall, EUTM 5149752, EUTM 5552393Ator, EUTM 447367Escapiste, EUTM 5967625365Life, EUTM 8475444Berghaus, EUTM 9062779Mtn Haus, EUTM 9262361Argentium, EUTM 9362179Freeflow, EUTM 10278315Live for Adventure, EUTM 2779031Evabreathe, EUTM 2779122Trust is earned, ITM 1165963Hydro Down, ITM 1194646Hydroloft 
  </t>
   </si>
   <si>
     <t>Berghaus Limited</t>
   </si>
   <si>
     <t>ALL STAR CV</t>
   </si>
   <si>
     <t>EUTM 3449832 Mitre, EUTM 2890739 Mitre, EUTM 3449576, EUTM 3497328 V</t>
   </si>
   <si>
     <t>Mitre Sports International Limited</t>
   </si>
   <si>
+    <t xml:space="preserve">sporta preces
+</t>
+  </si>
+  <si>
     <t xml:space="preserve">EUTM 003981842 ATOMIC, EUTM 004370268 ATOMIC, EUTM 002455400 ATOMIC, EUTM 004372009,  EUTM 003764628, EUTM 010981975 ATOMIC, EUTM 010982296 </t>
   </si>
   <si>
     <t>Atomic Austria GmbH</t>
   </si>
   <si>
     <t>apģērbi, apavi, slēpošanas inventārs</t>
   </si>
   <si>
-    <t>rotaļlietas, apģērbi, aksesuāri u.c.</t>
+    <t>Rovio Entertainment Corporation</t>
   </si>
   <si>
     <t>EUTM 008197766 GOYARD, EUTM 004497641 GOYARD, EUTM 004748729 E.GOYARD HONORE PARIS /fig./, EUTM 008197915 E.GOYARD /fig./, EUTM 008887291 /fig./, EUTM 003664125 GOYARD /fig./, EUTM 008197841 GOYARD /fig./, EUTM 009929605 /fig./, RCD 000863287-0001, RCD 001836933-0001, RCD 001856584-0001, RCD 001856618-0001, RCD 001856634-0001, RCD 001856691-0001, RCD 001856766-0001, RCD 001856733-0001, RCD 001857061-0001, RCD 001931718-0001</t>
   </si>
   <si>
     <t>GOYARD ST HONORE</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 11950854/M&amp;P, EUTM 011778751/M&amp;P, EUTM 004912457/M&amp;P MILITARY POLICE,  EUTM 011778834/M&amp;P MILITARY POLICE,  EUTM 002731644/S&amp;W,  EUTM 002730794/S W, EUTM 000211748/SIGMA SERIES,  EUTM 002731248/SMITH &amp; WESSON, EUTM 000625483/SMITH &amp; WESSON CDR 003114016-0001 </t>
-[...1 lines deleted...]
-  <si>
     <t>SMITH &amp; WESSON INC.</t>
   </si>
   <si>
-    <t>Brother Industries Ltd.</t>
-[...4 lines deleted...]
-  <si>
     <t>ITM1037261 TOPRAN</t>
   </si>
   <si>
     <t>Hans Pries GmbH &amp; Co.KG</t>
   </si>
   <si>
     <t>EUTM 006384416 PedEgg /fig./, EUTM 007130891 PEDEGG, EUTM 008582421 WINDSHIELD WONDER, RCD 000826300-0001, RCD 000826300-0002, RCD 000851837-0001, RCD 000851837-0002, RCD 000851837-0003, RCD 000917422, RCD 000917448-0001 - RCD 000917448-0004, RCD 001511049-001</t>
   </si>
   <si>
     <t>International Edge Inc.</t>
   </si>
   <si>
     <t>higiēnas preces</t>
   </si>
   <si>
     <t>Viacom international Inc.</t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM  008487613 BEATERATOR, EUTM  003391216  93041234  MANHUNT, EUTM  007356471  93041232  BULLY, EUTM  004237186  93041230  BULLY, EUTM  008351397  RED DEAD REDEMPTION  
+EUTM  002582765 RED DEAD REVOLVER, EUTM  003035425 MIDNIGHT CLUB, EUTM  011398179 MAX PAYNE, EUTM  012023487 2K, EUTM  008374365 T2 TAKE TWO INTERACTIVE, EUTM  010487114 R, EUTM  008274144 R, EUTM  008236441 BIOSHOCK, EUTM  006247969 BIOSHOCK  
+EUTM  009126053 XCOM, EUTM  008374357  CIVILIZATION, EUTM  000546754 CIVILIZATION, EUTM  013238407EVOLVE, EUTM  000372268 GRAND THEFT AUTO, EUTM  003556172 T2 TAKE TWO, EUTM  003391133 ROCKSTAR, EUTM  001154764 GT, EUTM  004486627  2K  
+EUTM  008374324 ROCKSTAR, EUTM  008374332 GRAND THEFT AUTO 
+EUTM  008374341 GTA </t>
+  </si>
+  <si>
     <t>Take-Two Interactive Software, Inc.</t>
   </si>
   <si>
     <t>EUTM 005272133 APC</t>
   </si>
   <si>
     <t>Schneider Electric IT Corporation</t>
   </si>
   <si>
     <t>UPS iekārtas</t>
   </si>
   <si>
-    <r>
-[...16 lines deleted...]
-      <t xml:space="preserve">
+    <t>Cummins, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 005087457C Cummins Exhaust, EUTM 005087374, EUTM 004980686,  EUTM 004980611Cummins Fuel Systems,  EUTM 004980595Cummins Turbo Technologies,  EUTM 004980538C Cummins Power Generation, EUTM004980471Cummins Filtration 
 </t>
-    </r>
-[...2 lines deleted...]
-    <t>Cummins, Inc.</t>
   </si>
   <si>
     <t>Cummins Intellectual Property, Inc.</t>
   </si>
   <si>
     <t>EUTM 005356308 WYBOROWA EXQUISITE /fig./, EUTM 003861631 /fig./, EUTM 005356241 WYBOROWA EXQUISITE, EUTM 003712445 WYBOROWA /fig./, EUTM 003754009 WÓDKA WYBOROWA /fig./, EUTM 004227989 /fig./, EUTM 003861581 /fig./, EUTM 003861622 /fig./, EUTM 006000376 There is no V in wodka, EUTM 006467121 THERE IS NO V IN WODKA /fig./, EUTM 006000681 WODKA /fig./, EUTM 006000715 WODKA WYBOROWA /fig./, EUTM 005018668 INTERNATIONAL COCTAIL EXPERIENCE, EUTM 005019039 INTERNATIONAL COCTAIL EXPERIENCE /fig./, EUTM 007523483 HOUSE OF WODKA, EUTM 009814591 ODKA, EUTM 008317811 THE WODKA COMPANY, EUTM 005018734 /fig./, EUTM 003126208 WYBOROWA, RCD 000183546-0001, RCD 000391792-0001, EUTM 003377611 WYBOROWA SINGLE ESTATE,  EUTM 011979952 WYBO</t>
   </si>
   <si>
     <t>Wyborowa S.A.</t>
   </si>
   <si>
     <t>Braun GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM183335/LEE COOPER, EUTM 1984947/LEE COOPER DIAMOND, EUTM 8924425/RDLC, EUTM 3364536/Running Jeans Logo, EUTM 1127681/LEE COOPER, EUTM 7597099/LEE COOPER, EUTM 3364081/LEE COOPER, EUTM 5158407/LEE COOPER       </t>
   </si>
   <si>
     <t>RED DIAMOND HOLDINGS SARL</t>
   </si>
   <si>
     <t>EUTM 3793361 Trade mark without text</t>
+  </si>
+  <si>
+    <t>ARS FOODS IRELAND LIMITED - WHISKAS</t>
   </si>
   <si>
     <t>ITM 863055 MANI</t>
   </si>
   <si>
     <t>MANI, Inc.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">EUTM 008947715 SNOOPY /fig./, EUTM 000408591 SNOOPY, EUTM 000423178 SNOOPY /fig./, EUTM 005468988 SNOOPY /fig./, EUTM 008735003 SNOOPY, EUTM 008748386 /fig./, EUTM 011627635/fig./, </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color rgb="FFFF0000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Times New Roman"/>
@@ -960,205 +756,178 @@
 EUTM 003009123, EUTM 003067204, EUTM 003067221, EUTM 004104626 LACOSTE ESSENTIAL, EUTM 003514692, EUTM 003514701, EUTM 017997884 MARQUE FIGURATIVE, EUTM 018000666 MARQUE FIGURATIVE </t>
   </si>
   <si>
     <t>LACOSTE</t>
   </si>
   <si>
     <t>parfimērija, saulesbrilles, apģērbi, apavi, ādas izstrādājumi, jostas u.c.</t>
   </si>
   <si>
     <t>HBI Europe GmbH</t>
   </si>
   <si>
     <t>cigarešu papīrs, maisiņi, ierīces cigarešu uztīšanai, cigarešu filtri</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 008729519 MOROCCANOIL M, EUTM 009015496 MOROCCANOIL M, EUTM 006492185MOROCCANOIL , TM 012393518 MOROCCANOIL M, EUTM 012393741 MOROCCANOIL M, EUTM 012393872 MOROCCAN OIL M , EUTM 012393955 MOROCCANOIL, EUTM 01313484, EUTM 013148192 
 </t>
   </si>
   <si>
     <t>Moroccanoil Israel Limited</t>
   </si>
   <si>
     <t xml:space="preserve">matu kopšanas produkti </t>
   </si>
   <si>
-    <t xml:space="preserve">CDR001564238 - 0001,CDR 001116065 - 0001, EUTM 009179987, EUTM 009706516TWIX PAUSE LIKE YOU MEAN IT, EUTM 010728327LEFT TWIX. RIGHT TWIX. PICK A SIDE, EUTM 010900074LINKES TWIX. RECHTES TWIX. PROBIER SIE BEIDE UND ENTSCHEIDE DICH!, EUTM 011067535TWIX GOûTEZ LES DEUX. FAITES VOTRE CHOIX, EUTM 011839636LINKER TWIX RECHTER TWIX, EUTM 011839586LINKER TWIX, RECHTER TWIX, WELKE KIES JIJ?, EUTM 012249504TWIX ENJOY THEM BOTH, EUTM 012252524ENJOY THEM BOTH, CDR 001072359 - 0001, CDR 001130165 - 0001, CDR 001116065 - 0002, CDR 001564238 - 0002, EUTM 000128371TWIX, EUTM 006311518TWIX FINO, EUTM 006954333, EUTM 008275224, EUTM 000001347TWIX, EUTM 008411845TWIX, EUTM 001258086TWIX TOP, EUTM 001513365TWIX STIX, EUTM 009070889, EUTM 009181835 
-[...11 lines deleted...]
-  <si>
     <t>BABYZEN SAS</t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t>EUTM 004848206 EUR</t>
   </si>
   <si>
     <t>Rail Cargo Austria AG</t>
   </si>
   <si>
     <t xml:space="preserve"> koka paletes</t>
   </si>
   <si>
     <t>Betty Blue s.p.a.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 0477346 Davidoff, EUTM 0540856 Davidoff, EUTM 0419399 ZINO, EUTM 1176554 D Z
 </t>
   </si>
   <si>
     <t xml:space="preserve"> Davidoff &amp; Cie  S.A.</t>
   </si>
   <si>
-    <t xml:space="preserve">                                                                                                                                     EUTM 004514113/ CALLIOPE, EUTM 001264159/TERRANOVA 
-[...5 lines deleted...]
-  <si>
     <t>EUTM 000731984 AGGRENOX, EUTM 002381085 ATROVENT,  EUTM 002382745 BEROTEC, EUTM 000612911 COMBIVENT,   EUTM 002386571 LENDORMIN, EUTM 002409225 MICARDIS, EUTM 000448589 MIRAPEXIN, EUTM 002920031 MOBEC, EUTM 002355998 MOBIC, EUTM 001072602 SIFROL, EUTM 000789529 SPIRIVA, EUTM 002381671 SPIROPENT</t>
   </si>
   <si>
     <t>Boehringer Ingelheim Pharma GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 12936233 AIRCORE, EUTM 12124012 MAGIRUS GROUP, EUTM 9032301 FIRECAN, EUTM	18228525 IVECO NNECT, EUTM 18099624 IVECO 3R REAL ROAD RENT, EUTM 18071246 IVECO X-WAY, EUTM 1006840FIGURATIVO (DISEGNO CAVALLO) EUTM 15552921 BUS MASTER THE BODYBUILDER PLATFORM BY IVECO BUS, EUTM 4713681 HEULIEZBUS, EUTM 9983611 ECOCROSS WAY, EUTM 11685633 MAGELYS LINE, EUTM 12945549 MAGIRUS TEAM CAB, EUTM 12157418 M (MAGIRUS), EUTM 12642757VECTOR, EUTM 3502622 CURSOR, ITM 1576078IVECO LIVE CHANNEL, ITM 1549524IVECO TRUCK TO THE FUTURE, ITM 1268006FIGURATIVO (DISEGNO LA CARRIOLE), ITM 13696511 STRALIS X-WAY, ITM 1368217 DAILY BLUE POWER, ITM 1429001 DAILY START, ITM 1379846 IVECO MINILEASE, EUTM 01010848 8DAILY TOP, EUTM 010108389 DAILY PLUS, EUTM 1833093 8A SEDDON ATKINSON, ITM 1255593 BHEULIEZ, ITM 1363494 LINIUM, ITM 1377546I VECO DAY LEASE, ITM 1379087 IVECO STRALEA SE, ITM 1334365 IVECO TRUCK STATION, ITM 1351538 IVECO, EUTM 4624144 ACCESS BUS GX 127, EUTM 4624169 ACCESS BUS GX 327, ITM 1334100 IVECO DAILY FLEX, ITM 1329870 DAILY IVECO BUSINESS UP, ITM 1323799 STRALIS TCO2 CHAMPION, ITM 1331856 ASTRA, ITM 890802 PROXYS, ITM 890803 PROWAY, ITM 1315276 OK BUS PRE-OWNED BUSES CERTIFIED BY IVECO BUS, ITM 502559 IVECO, ITM 890893 SENSO, ITM 890912 SUBLIMEO, ITM 1292201 GX ELEC	, EUTM 003495751 EUROCARGO, EUTM 00351309 1 DAILY, EUTM 010804301 STRALIS HI-WAY, EUTM 1006725 IVECO, EUTM 012553939 USED PLUS, ITM 1592910 IVECO STREETWAY	 </t>
   </si>
   <si>
     <t>IVECO S.P.A.</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1115473 CANTI
  </t>
   </si>
   <si>
     <t>FRATELLI MARTINI SECONDO LUIGI S.P.A.</t>
   </si>
   <si>
     <t xml:space="preserve">dzirkstošais vīns </t>
   </si>
   <si>
     <t>Simonswerk GmbH</t>
   </si>
   <si>
     <t>eņģes</t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM 4661278 MAN, EUTM 11051935, EUTM 122812 NEOPLAN
+ITM 914360 MAN, ITM 1346555 MAN, ITM	542762 MAN, EUTM 3050309 MAN-Originalteil	
+</t>
+  </si>
+  <si>
     <t>MAN Truck &amp; Bus SE</t>
   </si>
   <si>
     <t>Bioline Products s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">medicīniskais preparāts </t>
   </si>
   <si>
     <t>OPINEL SAS</t>
   </si>
   <si>
     <t>naži</t>
   </si>
   <si>
     <t>By Malene Birger A/S</t>
   </si>
   <si>
     <t>EUTM 002988285 Solingen</t>
   </si>
   <si>
     <t>Industrie und Handelskammer Wuppertal-Solingen-Remscheid</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  000078659 Easton, EUTM  002462869 Easton, EUTM  011309432, EUTM  002463701 E, EUTM  003778107  E, EUTM  003799591 Easton, EUTM  010720191 Mako, EUTM  002462869 Easton
 </t>
   </si>
   <si>
     <t>Easton Diamond Sports, LLC</t>
   </si>
   <si>
-    <t>Miniconf S.p.A.</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM  012681326 ACTARA, EUTM  012681177  ACTARA, ITM  0869527  Marke ohne Text, EUTM  015384035 АМИСТАР  2,  EUTM  015384068 AMICTAP, EUTM  015384101 XОPУC, EUTM  015384126 ХОРУС, EUTM  015384134 РИДОМИЛ ГОЛД, EUTM  015390123 РИДОМIЛ ГОЛД, EUTM  015384225 CКOР, EUTM  015384167 Скор</t>
-  </si>
-[...6 lines deleted...]
-</t>
   </si>
   <si>
     <t>GoPro Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 017191776 HAYK ARMENIAN BRANDY, EUTM 015182496 HEART TO HEART, EUTM 009797424 NAIRI, EUTM 009797317 OTBORNY, EUTM 009797391 VASPURAKAN, ICD DM/074289, EUTM 3489481 ARARAT, EUTM 13340815 EREBUNI, EUTM 1005042, EUTM 009797374 10674222 AKHTAMAR, EUTM 009797275 ANI, EUTM 1065090, EUTM 3489408 ARARAT, EUTM 011063096, EUTM 890065, EUTM 1063460, EUTM 890072, EUTM 1065147, EUTM 890064, EUTM 882087, EUTM 890062, EUTM 1065091, EUTM 890069, EUTM 1065092, EUTM 1065093 </t>
   </si>
   <si>
     <t>YEREVAN BRANDY COMPANY CJSCY</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 008574592 WHITE OAK, ITM 961239 Marque figurative, EUTM 010130755Chivas Regal 12 Blended Scotch Whisky, EUTM 010271691 Chivas Regal 18 Gold Signature, EUTM 010271741Chivas Regal 18 Gold Signature, EUTM 010444495THE ART OF HOSTING, EUTM 010588796 MADE FOR GENTLEMEN, EUTM 010645265 Chivas Regal Aged 25 Years, EUTM 010782217 CHIVAS REGAL Aged 12 Years, ESTD. 1801, EUTM 010924611, EUTM 010970069EVERY TASTE A NEW EXPERIENCE, EUTM 011002037 CHIVAS BROTHERS purveyors of fine whiskies EST° 1801; CHIVAS REGAL AGED 12 YEARS CHIVAS BROTHERS LTD, EUTM 011098456 CHIVAS REGAL AGED 12 YEARS; ESTD 1801, EUTM 011441649 Chivas Regal 1801, EUTM 011441672 Chivas Regal 12 BLENDED SCOTCH WHISKY, EUTM 011441722Chivas Regal 25YO bottle 3D (colour), EUTM 011570629 1Chivas Regal, EUTM011579372 CHIVAS REGAL AGED 18 YEARS GOLD SIGNA TURE, EUTM011636529 TREIBHIREAS-BUNAI TEACHD; FOUNDED 1801, EUTM 011636561CHIVAS REGAL,EUTM 011636578, EUTM 011636594 COLIN SCOTT, EUTM 011645991 CHIVAS REGAL, EUTM011646023, EUTM 011646064, EUTM 011646106CHIVAS REGAL 25 YEAR OLD, EUTM 011646775CHIVAS REGAL GOLD SIGNATURE, EUTM 011682283CHIVAS, EUTM 011734068 CHIVAS 18 ESTD. 1801, EUTM 011913779 CHIVAS, CHIVAS REGAL, AGED 12 YEARS, EUTM 011974516CHIVAS REGAL, EUTM 012859799AGED 12 YEARS, MADE FOR GENTLEMEN, CHIVAS, EUTM 012859799CHIVAS REGAL EXTRA, EUTM 012921243 BARRELHOUND, EUTM 013152244 CHIVAS REGAL Extra, EUTM013210851, EUTM013210877, ITM902720, EUTM009975129 The International Exhibition London 1884, EUTM 009922873 HIGHLAND CLAN,EUTM010202687Sur les traces du Clan Campbell, EUTM 010731149Clan Campbell Elements Air, EUTM 010731156 Clan Campbell Elements Fire, EUTM 010731164Clan Campbell Elements Earth, EUTM013957816 CLAN CAMPBELL, EUTM000152900CLAN CAMPBELL, EUTM000974964 HOUSE OF CAMPBELL, EUTM 01448589CHIVAS THE VENTURE, EUTM006323869, EUTM 007299605CHIVAS LIVE WITH CHIVALRY, EUTM007560501CHIVAS STUDIO, EUTM 008116642CHIVAS REGAL, EUTM 008157364 LES CHEVALIERS MODERNES 
 </t>
   </si>
   <si>
     <t>Chivas Holdings (IP) Limited</t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM 5248679 GIANVITO ROSSI, EUTM 015507163 GIANVITO ROSSI, EUTM 11716495GIANVITO ROSSI MILANO 
+</t>
+  </si>
+  <si>
+    <t>GIANVITO ROSSI SRL</t>
+  </si>
+  <si>
     <t xml:space="preserve">EUTM EU005843818LAISSEZ VOTRE EMPREINTE, EUTM EU 006270607DEJA TU HUELLA, EUTM EU009900234 Three dimensional mark , EUTM EU010198208 THE 24TH HOUR, EUTM EU010198241 GIN &amp; TEA, EUTM EU006274071, EUTM EU008707697 LISTEN TO YOUR BEAT, EUTM EU009538257 MacNair's Blended Scotch Whisky, EUTM EU006800916, EUTM EU009083379, EUTM EU009083411, EUTM EU002548113, ALLANTINE'S, EUTM EU008740672 CHRISTMAS RESERVE, EUTM EU008740706 BALLANTINE'S CHRISTMAS RESERVE, EUTM EU009079401, EUTM EU010827889, EUTM EU005843776LEAVE AN IMPRESSION, EUTM EU010198381, EUTM EU009900309 BURROUGH'S, EUTM EU0099124451 BURROUGH'S RESERVE, EUTM EU010486942 Three dimensional mark, EUTM EU010634152 1STUDIO,EUTMEU010634194 BEEFEATER STUDIO, EUTM EU010879153 JAMES BURROUGH, EUTM EU010879161  BURROUGH, EUTM EU011085024  MI LONDRES, EUTMEU011085065  THIS IS MY LONDON, EUTM EU011106366 GINSPIRE, EUTM EU011106374 GINSPIRED, EUTM EU011106391 GIN-SPIRED, EUTM EU011221785 #MYLONDON, EUTM EU010345627 BEEFEATER LONDON SESSIONS, EUTM EU010746857 EUTM EU010779891GIN COLLEGE, EUTM EU010198414, EUTM EU010222081, EUTM EU010222305, EUTM EU009425182 MACNAIR'S, EUTM EU009538281HARVEY MACNAIR &amp; CO. LTD, EUTM EU010826063, EUTM EU009660952HARVEY MACNAIR , EUTM EU009440157CULLINAN, EUTM EU009613571 GIN AND TALES, EUTM EU009471707, EUTM EU008514499TAKES YOU BEYOND, EUTM EU009475716, EUTM EU009486201, EUTM EU006625453,EUTMEU 006625719 BEEFEATER, EUTM EU014348452, EUTMEU006625719 BEEFEATER, EUTM EU008573016LONDONIZE, EUTM EU009440009 BURROUGH'S LEGACY,EUTM EU009440082 MONUMENT, EUTM EU009576455 MIDNIGHT PLEASURES, EUTM EU008435208 TAKES YOU BEYOND, EUTM EU009471996 </t>
   </si>
   <si>
     <t>Allied Domecq Spirits &amp; Wine Limited</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                    EUTM 007405293, EUTM 001045434 EUTM 007405285 (Trade mark without text), EUTM 004265997(Trade mark without text), EUTM 004748661, EUTM 001045434, EUTM 007405293 ENGLAND, EUTM 012499844 THE FOOTBALL ASSOCIATION, EUTM 009086026 ENGLAND, EUTM 012499761
 </t>
   </si>
   <si>
     <t>The Football Association Limited</t>
   </si>
   <si>
     <t>Rimowa GmbH(HRB 14213)</t>
   </si>
   <si>
-    <t xml:space="preserve">ITM 1143133QiviCon, EUTM 000215319 ·T··· , EUTM 000214528T-Online, EUTM 000214478-T---Online-, EUTM 006424055 T Home, EUTM 006660121 T-Home, EUTM 001961788 T Systems, EUTM 001935659 T-Systems, EUTM 004588208T, EUTM 002122141t, EUTM 004501342 T-Com, EUTM 000212613, EUTM 004589826 T, EUTM 003127611t, EUTM 001856079 t, EUTM 001855329 T-Com, EUTM 003125432t, EUTM 000485441T-Mobile, EUTM 000485391·T· · · Mobile·, CDR 1195101-0001, CDR 001195101-0002 WLAN POWER WPS RESET 5 SEK. LAN, CDR 000906847-0001, CDR 000906847-0003, CDR 001195101-0003WLAN POWER WPS RESET 5 SEK. LAN, CDR 001195101-0004 93039356, CDR 002004531-0001, CDR 000906847-0002 93039342,CDR 001195101-0005, EUTM 006367916T Home, EUTM 005046453T-Home, EUTM 002142784  ·T· · · Com·  
-[...2 lines deleted...]
-  <si>
     <t>Deutsche Telekom AG</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000309567Schneider KREUZNACH, EUTM 003677606B+W  </t>
   </si>
   <si>
     <t>Jos. Schneider Optische Werke GmbH</t>
   </si>
   <si>
     <t>B+W filtri</t>
   </si>
   <si>
     <t>EUTM 1319102Toppik, EUTM 015368491 Toppik, EUTM 015394471 Toppik</t>
   </si>
   <si>
     <t>Church &amp; Dwight Co. Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 10615607 URGOCLEAN, EUTM 010595651 URGOSTART, EUTM 011629342 HUMEX, EUTM 000989863 URGO, EUTM 012918901 URGO, EUTM 012918777 URGO,EUCTM 010372928 URGOTUL, EUTM 011458056 IMMUNOSTIM, EUTM 018127309 FILMOGEL
 </t>
   </si>
   <si>
     <t>URGO RECHERCHE INNOVATION ET DEVELOPPEMENT</t>
   </si>
   <si>
@@ -1178,249 +947,282 @@
  </t>
   </si>
   <si>
     <t>Taylor Made Golf Company, Inc.</t>
   </si>
   <si>
     <t>EUTM 018042778 PURE PREP, EUTM 015560873 TECH PREPEUTM 000161372 GANT, EUTM 006282776 GANT,  EUTM 008386864 GANT, EUTM 001652536 GANT, EUTM 002681062 GANT, EUTM 011527769 GANT, EUTM 004669149 GANT, EUTM 009320144 GANT, EUTM 011596467GANT,  EUTM 005170824 GANT-RUGGER, EUTM 008383051G,  EUTM 009041963 G, EUTM 003246816, EUTM 008294308 GANT, EUTM 009720251, EUTM 002685808</t>
   </si>
   <si>
     <t>Gant AB</t>
   </si>
   <si>
     <t>EUTM 2973378 COMME UNE EVIDENCE</t>
   </si>
   <si>
     <t>LABORATOIRES DE BIOLOGIE VEGETALE YVES ROCHER</t>
   </si>
   <si>
     <t>EUTM 000526095 CAMPER /fig./, EUTM 001834738 /fig./, EUTM 002566594 /fig./, EUTM 002647865 /fig./, EUTM 002662450 CAMPER /fig./, EUTM 002884104 Camper /fig./, EUTM 002884153 CAMPER /fig./, EUTM 003516961 WABI, EUTM 004469417 /fig./, EUTM 004569372 PEU, EUTM 006805493 CAMPER FOR KIDS /fig./, RCD 000516215-0007, RCD 000342605-0007, RCD 001120323-0032, RCD 001120323-0033</t>
   </si>
   <si>
     <t>Camper S.L.</t>
   </si>
   <si>
     <t>apavi u.c.</t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t>Reckitt Benckiser Healthcare (UK) Ltd</t>
   </si>
   <si>
     <t>EUTM207035XEROX, EUTM  006589535 xerox</t>
   </si>
   <si>
     <t>Xerox Corporation</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM	1046223	F, EUTM 18061271 T-WINNING TOD'S-WINNER IN NATURE NATURALLY IN NEXT GLOCALIZATION, EUTM 858452 TOD'S
 EUTM 1045303 D-BAG,EUTM 5184536 HOGAN, EUTM 5184528 T	
 EUTM 18016987	FAY TRAVEL JACKET, EUTM 17319443 TOD'S	
 EUTM 13437637 HOGAN CLUB, EUTM 1414446 T-FACTORY, EUTM 9691791	FAY, EUTM 8887804 FAY GRAND STADIUM, EUTM	1402694 TOD'S YORKY,EUTM11271343 HOGAN,EUTM9909185 FUTURE ROOTS
 EUTM 10339281 FAY BIKING JACKET, EUTM 5617105 HOGAN INTER  ACTIVE, EUTM 1099280 TOD'S SIGNATURE, EUTM 4208112 FAY	
 EUTM 1078778 TOD'S, EUTM 3324613 FAY, EUTM 1393593 VENETIAN TOD'S, EUTM 1383265 T, EUTM 12348801 J.P. CLUB, EUTM 18061267 T-WINNING, EUTM 15570955 ITALIAN DIARIES, EUTM 014723266 Trade FAY,  EUTM 12298345 INSTA DIARIES, EUTM 12298279 INSTA DIARIES
 EUTM 010623361 TOD'S,  EUTM 1445938 SHOE-KER, EUTM 13453394 HOGAN CASUAL BUSINESS, EUTM 1006548 TOD'S, EUTM 8887821 F	
 EUTM 10158889 TOD'S, EUTM 16503393 H, EUTM 5184734 FAY, EUTM 13762141 TOD'S CAPE BAG, EUTM	 5616008 H INTERACTIVE, EUTM  8437352 HOGAN, EUTM 18026127 FAY ARCHIVE, EUTM 18016971 FAY TOGGLE COAT, EUTM 16841405 H	, EUTM	18032434, EUTM 14723291 TOD'S, EUTM 1121319 TOD'S NO CODE, EUTM 4295531 TOD'S	</t>
   </si>
   <si>
     <t>Tod's S.P.A.</t>
   </si>
   <si>
     <t>Puma SE</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 008785651 LE MALE TERRIBLE (semi-figurative), EUTM 9038704 NINA (Verbale), EUTM 9291485 VICTORY, EUTM 9299942 VICTORY PACO RABANNE, EUTM 9468901 INVICTUS PACO RABANNE, EUTM 9505751 PACO RABANNE (Verbale), EUTM 9625682	 INVICTUS, EUTM 10409051 MADEMOISELLE RICCI (Verbale), EUTM 10643393 MADEMOISELLE RICCI, EUTM 10696839 LE BEAU MALE, EUTM10757128 Le Male, EUTM  JPG, EUTM 10665271 Jean Paul Gaultier, EUTM 2765246 JPG, EUTM 3944592 Jean Paul Gaultier, EUTM 8243826 Gaultier, EUTM 11172442 NINA L'EAU, CDR 192356 FLACON LOVE IN PARIS NINA RICCI, CDR 000324553 FLACON NINA NINA RICCI [NR5], CDR 820600-0001 BOTTLE (1 MILLION), CDR 870126 BOTTLE Colour 1 MILLION, CDR 1643909 ENVASE PR7F LADY MILLION (FINAL), CDR 2081521 ENVASE PR9 INVICTUS (FINAL), CDR 2443671-0001ENVASE L'EXTASE, CDR 3307461 ENVASE PURE XS, CDR 3833920-0001 ENVASE OLYMPÉA 2018, EUTM 018144767 PHANTOM PACO RABANNE, EUTM 018310792 LADY MILLION FABULOUS, EUTM 018310790 AIR METAL, EUTM 018324639 OLYMPÉA BLOSSOM, EUTM 018348265 MAJOR ME PACO RABANNE, EUTM 011327848 LA BELLE DE GAULTIER, EUTM 14055727 NINA APPLE (OUTER PACK), CDR 820600-0002 BOTTLE (1 MILLION), CDR 2443671- 0002 ENVASE L'EXTASE, CDR 2443671-0003 ENVASE L'EXTASE, EUTM 018063220 Jean Paul Gaultier "La Belle", EUTM 1938596 PREMIER JOUR (Verbale), EUTM 2412385 ULTRAVIOLET MAN paco rabanne (3D) (Figurative), EUTM 4378451 BLACK XS, EUTM 4365078 L'AIR DU TEMPS NINA RICCI, EUTM 5043021 FLACON NR5 (couleur framboise) (Tridimensionnelle), EUTM 5312459 NINA NINA RICCI (stylisée), EUTM 5338868 NINA NINA RICCI (face principale étui NR5) (Couleurs), EUTM 5400486 BLACK XS, EUTM  5420501 NR (logo) (Semi-figurative), EUTM 5682141 1 MILLION
-[...2 lines deleted...]
-  <si>
     <t>PUIG FRANCE, SAS</t>
   </si>
   <si>
     <t>higiēnas produkti</t>
   </si>
   <si>
     <t>EUTM 003971561 /fig./, EUTM 006256499 FACTOTUM, EUTM 006987689 FACTOTUM, EUTM 007595218 /fig./, EUTM 001937457 K.WAY /fig./, EUTM 004628715 LET IT RAIN, EUTM854200 K WAY, EUTM 000857557 K.WAY, EUTM 17891153 Briko, ITM 1163399 Briko, EUTM 11396521 K Way, EUTM 006256499 FACTOTUM</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 018160240 BRYGGA, EUTM5973698 NovaLite, EUTM 3387719 ComforTex, ITM 1009454 MAVIG, ITM1009455MAVIG,  CDR  3048198-0004, CDR 3048198 -0003, CDR 3048198-0002, CDR 3048198-0001, CDR 2677617-0003, CDR 2677617-0002, CDR 2677617-0001, CDR 2633503-0002, CDR 2633503-0001, CDR 3074939-0004, CDR 3074939-0003, CDR 3074939-0002 , CDR 3074939-0001, CDR 3013457-0006, CDR 3013457-0005, CDR 3013457-0004, CDR 3013457-0003, CDR 3013457-0002, CDR 3013457-0001, CDR 2484469-0002, CDR 2484469-0001, CDR 2201202-0005, CDR 2201202-0004, CDR 2201202‐0003, CDR 2201202‐0002, CDR 2201202-0001, CDR 1004550-0002, CDR 1004550-0001 
-[...2 lines deleted...]
-  <si>
     <t>MAVIG GmbH</t>
   </si>
   <si>
     <t>aktivitāšu aproce</t>
-  </si>
-[...1 lines deleted...]
-    <t>Diageo Brands B.V.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM12139416 YOSHIMURA, EUTM 011059862 YOSHIMURA, EUTM 017993213 YOSHIMURA </t>
   </si>
   <si>
     <t>Kabushiki Kaisha Yoshimura Japan</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                                                                                                                                                                                                                                                        EUTM 000401778, EUTM 000401547 UMBRO 
 </t>
   </si>
   <si>
     <t>ICONIX Luxembourg Holdings SARL</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 003500998 Wellensteyn, EUTM 004705281 </t>
   </si>
   <si>
     <t>Wellensteyn International GmbH &amp; Co.KG</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM011595006, ITM 846262/THE GLENLIVET , ITM 836865/NÀDURRA, ITM 797225/LONGMORN, ITM 1027160/GEORGE &amp; J.G. SMITH, ITM 1027161/NADURRA,  ITM 1027522, ITM 880103, EUTM 011134327, EUTM 008199011/Logo,   EUTM 011441599, EUTM 011904307/GUARDIANS CHAPTER, EUTM 011904901/THE GUARDIANS OF THE GLENLIVET, EUTM 008615692/TRIUMPH, EUTM 004486254/GLENLIVET, EUTM 012861738/Logo, EUTM 012921284/George Smith - stylized writing, EUTM 013175138, EUTM 009900614/THE GLENLIVET, EUTM 011647906/THE GLENLIVET, EUTM 007335136/THE SINGLE MALT THAT STARTED IT ALL, EUTM 009900697, EUTM 011429222, EUTM 011432051
 </t>
   </si>
   <si>
     <t>The Glenlivet Distillers Limited</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 6272462 Salvatore Ferragamo, EUTM 0668383 Salvatore Ferragamo(grafia), EUTM 000103192 Salvatore Ferragamo (grafia), EUTM 000103259 Ferragamo
 </t>
   </si>
   <si>
     <t>Salvatore Ferragamo S.p.A.</t>
   </si>
   <si>
+    <t>SOCIETE DE GESTION PIERRE CARDIN</t>
+  </si>
+  <si>
     <t>Coty Beauty Germany GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 1130709 STAG Autogas Systems  </t>
   </si>
   <si>
     <t>AC Spólka Akcyjna</t>
   </si>
   <si>
     <t xml:space="preserve">STAG autogāzes sistēmas </t>
   </si>
   <si>
     <t>EUTM 541474 ANGELUS GRAND CRU CLASSÉ CHATEAU ANGELUS St- Emilion Grand Cru DE BOÜARD DE LAFOREST &amp; FILS PROPRIET</t>
   </si>
   <si>
-    <t>GROUPEMENT FONCIER AGRICOLE CHATEAUX MAZERAT ET ANGELUS</t>
-[...5 lines deleted...]
-  <si>
     <t>Secto Design</t>
   </si>
   <si>
     <t>dizaina lampas</t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM 003489549, EUTM 004660486 PERNOD, EUTM 010137669 PERNOD ABSINTHE, EUTM 005317227 PERNOD FRENCH CLUB </t>
+  </si>
+  <si>
     <t xml:space="preserve">Pernod Ricard </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 013982707 THE DISTILLER'S SAFE, EUTM 013982814 THE COOPER'S CROZE, EUTM 013982913 THE BLENDER'S DOG, EUTM 014345516, EUTM 014345541, EUTM 014345672, EUTM 015175813  JAMESON, EUTM 009601221 Jameson, EUTM 012155511, EUTM 12196572, EUTM 012155404, EUTM 012155255, EUTM 001129329 JAMESON, EUTM 000100107  JAMESON, EUTM 009712985, EUTM 009713124, EUTM 011813839, EUTM 016269268 JAMESON, EUTM 014011712 OW STREET, EUTM 011762622 JAMESON BLACK BARREL, EUTM 012217568, EUTM 010689065, EUTM 009712845, EUTM 011751468, EUTM 011643566, EUTM 011036341, EUTM 016252091 JAMESON Established Since, EUTM 016871451 JAMESON John Jameson &amp; Son Limited JJ&amp;S, EUTM 012155164, EUTM 016871618  JAMESON, EUTM 009601352, EUTM 012943288 JAMESON ESTABLISHED SINCE 1780 SINE METU CASKMATES JJ&amp;S JOHN JAMESON &amp; SON LIMITED, EUTM 017253667 JAMESON ESTABLISHED SINCE 1780 SINE METU, CASKMATES JOHN JAMESON &amp; SON LIMITED JJ&amp;S, EUTM 012955241 CASKMATES, EUTM 013978317 SINE METU, EUTM 14533038 SINE METU </t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM 11557923/VCOG, EUTM 008203739/RMR, EUTM 002669984/ TRIPOWER, EUTM 010544294/CCAS, EUTM 010618445/SRS, EUTM 009680372/TRIJICON BRILLIANT AIMING SOLUTIONS, EUTM 010618395/TARS, EUTM 007492119 ACOG, EUTM 001445451/ TRIJICON, EUTM 011158383/ACCUPOINT,  EUTM 008209918/ ACCUPIN 
+</t>
+  </si>
+  <si>
     <t>Trijicon, Inc</t>
   </si>
   <si>
     <t>EUTM 2645448 MARVELL, EUTM 5681441 M, EUTM 18236941 M MARVELL, EUTM 18236938 M, EUTM 18236940 MARVELL</t>
   </si>
   <si>
     <t>Marvell Asia Pte, Ltd.</t>
   </si>
   <si>
     <t>integrālās shēmas, pusvadītāji</t>
   </si>
   <si>
+    <t>EUTM 015587108 K-2SO, EUTM 01558708 2JYN ERSO, EUTM 01544864 1STAR WARS MOBILE, EUTM015245095ROGUE ONE	
+EUTM015062656ROGUE ONE A STAR WARS STORY, EUTM 
+002074102DARTH TYRANUS, EUTM002072759COUNT DOOKU, EUTM002072338JANGO FETT, EUTM002072148ZAM WESELL, EUTM001243252LUCASARTS, EUTM012322459 przestrzenny, EUTM 012207452graficzny, EUTM012207411graficzny, EUTM012207379 graficzny, EUTM012071098STAR WARS REBELS, EUTM018626144 DROID, EUTM018606560LIFE DAY, EUTM 018559431WILLOW THE MAGIC LIES WITHIN, EUTM006268155INDIANA JONES AND THE KINGDOM OF THE CRYSTAL SKULL, EUTM018512346, 	EUTM 
+018472518 THE BOOK OF BOBA FETT, EUTM018458457,EUTM  
+018432332SKYWALKER ACADEMY, EUTM018432331SKYWALKER
+EUTM002791283INDIANA JONES AND THE EMPEROR'S TOMB
+EUTM018386086THE BOOK OF BOBA FETT, EUTM011823192STAR WARS REBELS, EUTM018738196THE GALACTIC CIRCLE, EUTM 
+018738197CIRCLE OF RESISTANCE, EUTM018162293 TRANSPORTED FROM STAR WARS GALAXY'S EDGE TRADING OUTPOST, EUTM018163103STAR WARS JEDI TEMPLE CHALLENGE, EUTM018188305Razor Crest, EUTM018258235THIS IS THE WAY, EUTM018258237THE MANDALORIAN,EUTM018258245 THE MANDALORIAN, EUTM018272117THE BAD BATCH, EUTM 	
+018272118THE BAD BATCH, EUTM018273234HOVER PRAM	
+EUTM018274645RAZOR CREST, EUTM018300347BOBA FETT	
+EUTM018300348CHEWBACCA, EUTM018300351HAN SOLO	
+EUTM018300356LIGHTSABER, EUTM018300364MAY THE FORCE BE WITH YOU, EUTM018300370MILLENNIUM FALCON, EUTM 	
+018300375POE DAMERON, EUTM018300385PRINCESS LEIA, EUTM018849837INDIANA JONES AND THE DIAL OF DESTINY, EUTM018976009INDIANA JONES AND THE GREAT CIRCLE, EUTM000855395graficzny, EUTM 000560029STAR WARS, EUTM018904928graficzny, EUTM018737727THE GREAT CIRCLE, EUTM000160341LUCAS ARTS, EUTM000175240INDIANA JONES 16964 LUCASFILM LTD, EUTM004645743LUCASARTS, EUTM 004645768LUCASARTS A LUCASFILM COMPANY, EUTM 004645784graficzny, EUTM004734133graficzny, EUTM005438551 STORMTROOPER, EUTM014492227STAR WARS ROGUE ONE, EUTM014484571DARTH VADER, EUTM014468854, STAR WARS: UPRISING, EUTM014443766FORCE FOR CHANGE, EUTM014443733JEDI, EUTM013223656STAR WARS BATTLE POD
+EUTM013102439INDIANA JONES ET LE TEMPLE DU PERIL	
+EUTM 016429714THE LAST JEDI, EUTM016429656THE LAST JEDI
+EUTM016141351STAR WARS FORCE ARENA,EUTM016141343STAR WARS FORCES OF DESTINY, EUTM015587249SHADOW TROOPER
+EUTM015587223DEATH TROOPER, EUTM015587181TIE STRIKER
+EUTM015587173U-WING, EUTM015587157KRENNIC, EUTM 015587116SAW GERRERA, EUTM018300388STORMTROOPER	
+EUTM018300391WOOKIEE, EUTM018309392STAR WARS THE BLACK SERIES, EUTM014492185STAR WARS ROGUE ONE, EUTM 004188645H 
+, EUTM004188421HYPERSPACE, EUTM 017480435 I'VE GOT A BAD	
+ FEELING ABOUT THIS, EUTM, 017979918STAR WARS GALAXY OF 
+ADVENTURES, EUTM 017965282 THE MANDALORIAN, EUTM	
+017820234STAR WARS RESISTANCE, EUTM016634388SABACC, EUTM016626392 CHEWBACCA, EUTM016626343HAN SOLO, EUTM007493621MUTT WILLIAMS, EUTM018080699STAR WARS, EUTM018051545STAR WARS: THE RISE OF SKYWALKER, EUTM001504653(Lucasfilm Ltd. LLC), EUTM009011421DROID, EUTM018309394GAMING GREATS, EUTM018327243DIN DJARIN, EUTM
+018345670GROGU,EUTM 018352866CHILDREN OF BLOOD AND BONE, EUTM 018352867 CLONE FORCE 99, EUTM018352868LANDO STAR WARS,EUTM 018352869OBI-WAN KENOBI, EUTM018352870ROGUE SQUADRON, EUTM018352871STAR WARS A DROID STORY, EUTM018352872 STAR WARS AHSOKA, EUTM018352873STAR WARS ANDOR, EUTM018352874STAR WARS RANGERS OF THE NEW REPUBLIC, EUTM018352875STAR WARS THE ACOLYTE,EUTM018352876 
+ THE ACOLYTE, EUTM009986928STAR WARS DETOURS</t>
+  </si>
+  <si>
     <t>Lucasfilm Ltd. LLC</t>
   </si>
   <si>
     <t>ITM 0732812 Richard Mille</t>
   </si>
   <si>
     <t>Turlen Holding SA</t>
+  </si>
+  <si>
+    <t>Hublot SA Genève</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000217414 DYSPORT </t>
   </si>
   <si>
     <t>Ipsen Biopharm Limited</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 3630258IBM, EUTM 1496462IBM, EUTM 710228IBM, EUTM 1079460IBM, EUTM 8299554IBM 
 </t>
   </si>
   <si>
     <t>International Business Machines Corporation</t>
   </si>
   <si>
     <t>detaļas</t>
   </si>
   <si>
     <t>EUTM 34439 Street One</t>
   </si>
   <si>
     <t>Street One GmbH</t>
   </si>
   <si>
     <t>parfimērija, apģērbi, apavi, somas, saulesbrilles u.c.</t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM 000167767 RABEL ASSAULT, EUTM 004502944 EMPIRE AT WAR 
+EUTM 004492591 THE SQUAD IS YOUR WEAPON, EUTM 004233946 GENERAL GRIEVOUS, EUTM 004233888 REVENGE OF THE SITH 
+EUTM 004150141 THE FORCE, EUTM 003430717 SECRET WEAPONS OVER NORMANDY, EUTM 003427473  SAM &amp; MAX , EUTM 002961670 THE CLONE WARS, EUTM 002792026 KNIGHTS OF THE OLD REPUBLIC, EUTM 002791275 AN EMPIRE DIVIDED, EUTM 002558674 ATTACK OF THE CLONES, EUTM 002533370 ROGUE LEADER, EUTM 002532174  AMIDALA, EUTM 002532166 STAR WARS GALAXIES, EUTM 002532158 STAR WARS GALACTIC BATTLEGROUNDS, EUTM 002495489  GLADIUS, EUTM 002491835 CLONE TROOPER, EUTM 002341345  STAR WARS BOUNTY HUNTER, EUTM 002245611 OBI-WAN, EUTM 002237337 SEE-THREEPIO (C-3PO), EUTM 002075893 ZAM WESELL, EUTM 002072049 COUNT DOOKU, EUTM 002071900 DARTH TYRANUS, EUTM 002071710 JANGO FETT, EUTM 001806249 LIGHTSABER, EUTM 001586395JEDI POWER BATTLES, EUTM 001113836 THE PHANTOM MENACE, EUTM 000855452ROGUE SQUADRON, EUTM 000855429 FORCE COMMANDER, EUTM 000582536 DARTH SIDIOUS, EUTM 000582460 DARTH MAUL, EUTM 000559948 OBI-WAN KENOBI, EUTM 000559922 JAR JAR BINKS, EUTM 000559823  DROIDS, EUTM 000559674 ANAKIN SKYWALKER, EUTM 000559666 SENATOR PALPATINE, EUTM 000559609 NABOO, EUTM 000559591 YODA, EUTM 000559567 SEE-THREEPIO (C-3PO), EUTM 000559559  MACE WINDU, EUTM 000559542 ARTOO-DETOO (R2-D2), EUTM 000559526 JABBA THE HUTT, EUTM 000559500 WATTO, EUTM 000559278 THE CURSE OF MONKEY ISLAND, EUTM 000175380 STAR WARS, EUTM 000167908 THE DIG, EUTM 000167890  FULL THROTTLE, EUTM 000167858 OUTLAWS, EUTM 000167833 X-WING 
+</t>
+  </si>
+  <si>
     <t>Lucasfilm Entertaiment Company Ltd.LLC</t>
   </si>
   <si>
     <t>EUTM 009593849/MabThera, EUTM 009593807/Tamiflu</t>
   </si>
   <si>
     <t>F. Hoffmann-La Roche AG</t>
   </si>
   <si>
     <t>farmaceitiskie produkti</t>
   </si>
   <si>
     <t>Pari Pharma GmbH</t>
   </si>
   <si>
     <t>Europe Watch Group II BV</t>
   </si>
   <si>
     <t>Novo Nordisk FemCare AG</t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM 003833225 WOMAN BOSS HUGO BOSS, ITM 754225 HUGO BOSS, EUTM  004389508 CLAIROL HYDRIENCE, EUTM 004316592CLAIROL NICE N EASY, EUTM 003423571CLAIROL LASTING COLOR, EUTM  003423101CLAIROL LOVING CARE, EUTM 002951481 CLAIROL COLORWONDERFUL, EUTM 004757531 MASTERPIECE, EUTM  001469188FACEFINITY, EUTM10536084 GLOSSFINITY, EUTM  005369211MASTERTOUCH, EUTM009269879 LILY,EUTM 014867576 STELLA STELLA McCARTNEY, ITM934747A/ E, EUTM008558132,EUTM 001919208, ESCADA SENTIMEN, EUTM 008558108 ESCADA, EUTM 001111590 DARK, BLUE, EUTM  002742971 DEEP RED, ITM  1319522 BOSS HUGO BOSS, ITM  1297788 BOSS, EUTM  008276801 BOSS ORANGE, EUTM  000049254 HUGO BOSS, EUTM 000049221 BOSS, ITM  1147051, ITM  836705 SOUL, EUTM  10302511  NUIT POUR FEMME BOSS HUGO BOSS, ITM 1069374 JUST DIFFERENT, ITM  945297 XY HUGO, ITM  944245 XHUGOX, EUTM  2543759 BOSS BOTTLED, EUTM  3737004 BOSS HUGO BOSS INTENSE, EUTM  002433399 STELLA McCARTNEY, EUTM  003698396 MAXFACTOR THE MAKE-UP OF MAKE-UP ARTISTS, EUTM  011657004 MAX FACTOR, EUTM  000273730 MAX FACTOR, EUTM  005783691 STELLA McCARTNEY, ITM  1016000 STELLA  
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 004537734 BIOSYNTH, EUTM	018135030 BIOSYNTH CARBOSYNTH, EUTM 018135028 BIOSYNTH Carbosynth 
+</t>
+  </si>
+  <si>
     <t>BIOSYNTH AG</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 000394460 JOHN DEERE, EUTM 000332874 JOHN DEERE, EUTM 001727122, EUTM 000063479HY-GARD, EUTM003851367 Plus-50 , EUTM 001637420COOL-GARD, EUTM 006258156, EUTM 000063289, EUTM 004390548 91011653 JOHN DEERE, EUTM 006107783 JOHN DEERE, EUTM 0062581311, EUTM 003286614
+    <t>Deere &amp; Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                                                                        EUTM 000161471 MAGNETI MARELLI, EUTM 000161521 MAGNETI MARELLI, EUTM  016638959 MAGNETI MARELLI, EUTM 1496804 M	
+EUTM	1494145 MARELLI, EUTM	1494683 M MARELLI 
 </t>
-  </si>
-[...1 lines deleted...]
-    <t>Deere &amp; Company</t>
   </si>
   <si>
     <t xml:space="preserve">Marelli Europe S.p.A. </t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">EUTM 013722178 Sandisk, EUTM 1874791 Sandisk, EUTM 2919215 SanDisk, EUTM 010885366 SanDisk, EUTM008211559 SanDisk, EUTM 002773463Cruzer, EUTM 018039296 SanDisk Extreme, EUTM 018157939 NAWM, EUTM 003118452 SANDISK, EUTM 018039292 SanDisk Ultra </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color rgb="FFFF0000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">
              </t>
@@ -1461,82 +1263,78 @@
   <si>
     <t>Telebrands Corp.</t>
   </si>
   <si>
     <t>EUTM 000184135 TITLEIST, EUTM 005130141 Titleist /fig./, EUTM 001896521 PRO VI, EUTM 000165829 PINNACLE, EUTM 002336386 NXT TOUR, EUTM 004657573 Scotty Cameron, EUTM 004044459 Studio Style, EUTM 000568188 COBRA, EUTM 000567735 /fig./, EUTM 000568063 cobra /fig./, EUTM 000568311 KING COBRA, EUTM 000184093 FOOT-JOY, EUTM 003574373 FJ /fig./, EUTM 003574324 FJ, EUTM 002166551 DRYJOYS /fig./, EUTM 000165878 DRYJOYS</t>
   </si>
   <si>
     <t>Acushnet Company</t>
   </si>
   <si>
     <t>golfa piederumi, apģērbi, aksesuāri u.c.</t>
   </si>
   <si>
     <t>Genius GmbH</t>
   </si>
   <si>
     <t>virtuves tehnika</t>
   </si>
   <si>
     <t>Brabus GmbH</t>
   </si>
   <si>
     <t>a/m diski, rezerves daļas u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM006377675/Nurofen Angel Wings Pack (Silver), EUTM 001001312/ Nurofen, EUTM 006394217/Nurofen Angel Wings Pack (Green), EUTM 006394316/Nurofen Angel Wings Pack (Purple), EUTM 006394282/Nurofen Angel Wings Pack (Red), EUTM 012251328/ Nurofen Cold &amp; Flu Get-Up, EUTM 012251369/Nurofen Day &amp; Night Cold &amp; Flue Get-Up, EUTM 011399193 /Nurofen Period Pain (Get-Up), EUTM 005598685/Nurofen Express, EUTM 006115554/ Nurofen Express Pack, EUTM 011193943/Nurofen Express Pack Get Up, EUTM 005554837/Nurofen Express Relief, EUTM 006115778/Express, EUTM 006378566/ Express, EUTM 010553171/Express, EUTM 005655659, EUTM 005655659/Immedia, EUTM 005719951/Immedia, EUTM 011392461/ Nurofen target device, EUTM 008859571, EUTM 011651321 Nurofen for lives bigger than pain, EUTM 006530067/Nurofen for Childen Pack, EUTM 006530117/Nurofen for Childen Pack, EUTM 009206558/Nuromol, EUTM 009726324/Angel Wings Pack, EUTM 008408668/Helix &amp; gold Bar,  EUTM 008408593/Helix, EUTM 008408692/Helix, EUTM 007300056/Nurofen Ultima, EUTM 007299969 Ultima 
-</t>
+    <t>Reckitt &amp; Colman (Overseas) Limited - Nurofen</t>
   </si>
   <si>
     <t>pretsāpju līdzeklis Nurofen</t>
   </si>
   <si>
     <t>parfimērija, kosmētika u.c.</t>
   </si>
   <si>
     <t>Lenovo (Beijing) Limited</t>
   </si>
   <si>
     <t>datori, portatīvie datori, planšetdatori, telefoni, aksesuāri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 012123519 Mobis, EUTM 012312518 Hyundai, EUTM 012347878H, EUTM 013188859 Kia, EUTM 012312229 Hyundai, EUTM 012347936 Hyundai, EUTM 012312781Hyundai, EUTM 012313391Hyundai, EUTM 012313623Hyundai, EUTM 012821575 Hyundai, EUTM010989119 Kia, EUTM013188834Kia, EUTM 01473677Kia Merchandise
 </t>
   </si>
   <si>
-    <t>Mobis Parts Europe N.V.</t>
-[...1 lines deleted...]
-  <si>
     <t>automašīnas, auto rezerves daļas</t>
   </si>
   <si>
-    <t xml:space="preserve">                                                                                                                                                                                                            EUTM 013245253 Octopus Print (Figurative), EUTM 013342647 Octopus, EUTM 1130246 Iuter 
-[...2 lines deleted...]
-  <si>
     <t>YOUTH SRL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                      EUTM002763266/EM/CANNA Thé solution for growth and bloom, EUTM010748242/EM/CANNA, EUTM015195266/EM CANNACURE, EUTM015195217/EM/CANNAZYM, EUTM015183007/EM/CANNABOOST, EUTM 004436234/EM 
+ </t>
   </si>
   <si>
     <t>Jemie B.V.</t>
   </si>
   <si>
     <t>AIGLE INTERNATIONAL S.A.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 014741706 SOMATULINE AUTOGEL  </t>
   </si>
   <si>
     <t>Ipsen Pharma SAS</t>
   </si>
   <si>
     <t>zāles</t>
   </si>
   <si>
     <t>Bora Creations S.L.</t>
   </si>
   <si>
     <t>Trodat GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                           EUTM 018843720, EUTM 018828169 GUARDION, EUTM 018712140 ATMUS FILTRATION TECHNOLOGIES, EUTM 018594232 ELLIPTIAIR
 EUTM	018034808 Fleetguard, EUTM 014882047 NANONET, EUTM 014882039 STRATAPORE, EUTM 010686418 DIRECT FLOWEUTM 000487645ECO CLEAN, EUTM 010615441ENVIROGUARD, EUTM 010546679NANOFORCE, EUTM 009639329 NANONET, EUTM 007063175 VENTURI, EUTM 006566574 OPTIAIR, EUTM 004724365FLEETGUARD, EUTM 004063657 SPIRATEC, ITM 0997471FS2 
@@ -1549,114 +1347,141 @@
     <t xml:space="preserve">
 EUTM  000033126 Levi's,  EUTM 000033159 LEVI'S, EUTM 012515326 LEVI'S, EUTM 1928050 LEVI'S, EUTM 000789701 LEVI STRAUSS  
 </t>
   </si>
   <si>
     <t>LEVI STRAUSS &amp; co EUROPE</t>
   </si>
   <si>
     <t xml:space="preserve">E UTM  304857  Novartis, EUTM  309955, EUTM  3070422  Sandoz  
 EUTM  3068863 S Sandoz, EUTM  000090233 Alcon , EUTM 8489205   Alcon, ITM0896377 VOTRIENT, EUTM 004065728 OMNITROPE, EUTM 0049196921 AFINITOR, EUTM 005981337 Jakavi, EUTM 006754949 GILENYA, EUTM 004731055 VOTUBIA, EUTM 010413029 NEPARVIS, EUTM 000354761 GLIVEC, EUTM 002783306 ACLASTA, EUTM 003220159 ZOMETA, EUTM 003346327S ANDOSTATIN, EUTM 010448835 ENTRESTO	
 </t>
   </si>
   <si>
     <t>Novartis AG</t>
   </si>
   <si>
     <t xml:space="preserve"> 
 ITM 1155209 DIOR HOMME COLOGNE, EUTM 002618494 DIOR ADDICT, ITM 0687422J'ADORE, EUTM 003400744  PURE POISON, EUTM 003806361 CAPTURE R60/80, EUTM 005461439  LA COLLECTION PARTICULIERE, 
 EUTM 000329243 EAU SAUVAGE, EUTM 003873833Dior, EUTM 003878923  Dior, EUTM 004574109PURE POISON Dior, EUTM 004227617  EAU SAUVAGE Dior, EUTM 004227583  TENDRE POISON, EUTM 004227609 POISON, EUTM 000329334 DIORISSIMO, EUTM 004397964  Fahrenheit Dior EUTM 004395414 DIOR HOMME Dior,EUTM 005718861 MIDNIGHT POISON, EUTM 000326843 MISS DIOR, EUTM 005143078 DIORSKIN FOREVER, EUTM 005654405FAHRENHEIT 32, EUTM 005244587  marque sans texte, EUTM 005820171  Dior Addict Lip Maximizer, EUTM 005858725  MIDNIGHT POISON, EUTM 006104343 marque sans texte, EUTM 005863411 Fahrenheit 32Dior, EUTM 007507528 DIORSHOW ICONIC, EUTM 007151021  DIOR 5 COULEURS DESIGNER, EUTM 008259641  L'OR J'ADORE, ITM 1008048 DIOR ADDICT LIP COLOR, ITM 0993963 LES ESCALES DE DIOR, ITM 1014526  Fahrenheit absolute EAU DE TOILETTE INTENSE Dior, ITM 1012849 AMBRE NUIT, ITM 1265096  Poison Girl, CTM 008492415 6 DIORSHOW MAXIMIZER , EUTM 1064983 2 marque sans texte, EUTM 009854423  Escale à Portofino Dior, EUTM 1108932 OUD ISPAHAN, EUTM 1140777HYPNOTIC POISON EAU SECRÈTE, EUTM 1221237  DIOR HOMME EAU FOR MEN, EUTM 1218251 SAUVAGE, EUTM 1217057  BEAUTY SHOT, EUTM 1227127  CD, EUTM 000329409  CHRISTIAN DIOR, EUTM 006627285 DUNE, EUTM 000332734 C D, EUTM 004227591 HYPNOTIC POISON, EUTM 001160886 Christian Dior j'adore Christian Dior, EUTM 003972577  PURE POISON Dior, EUTM 000329201  DIOR 
 </t>
   </si>
   <si>
     <t xml:space="preserve">   Parfums Christian Dior </t>
   </si>
   <si>
+    <t>BALENCIAGA</t>
+  </si>
+  <si>
     <t xml:space="preserve">EUTM 015142136, EUTM 009325275 Clack, ITM 1327764 
 </t>
   </si>
   <si>
     <t>Take2-Design GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t xml:space="preserve">       
 ITM 1310530 10673521 AQUADISIAC, ITM 1007148BELLE DE JOUR REGARD D'ANGE SOIN DE LOTUS BLANC POUR UN EFFET RADICAL SUR LA LUMIERE DU REGARD, EUTM 008532442 10673523 KENZO, EUTM 008532475 10673524 KENZO, EUTM 008609372 10673525 marque sans texte, ITM 1177557 10673526 FLORALISTA, EUTM 008361859 10673527 EAU DE PARFUM ESSENTIELLE Rosa Damascena, Jasmin, Vanille, Encens, Muscs FLOWERBYKENZO ESSENTIELLE, EUTM 008340952 FLOWERBYKENZO ESSENTIELLE, ITM 1008318 FLOWERBYKENZO WINTER FLOWERS FLEURS D'HIVER, ITM 1351157 FLOWERBYKENZO LA FLEUR, EUTM 013274683 FLOWERBYKENZO L'EAU ORIGINELLE, EUTM 009967209 FLOWERTAG, EUTM 012479473KENZO JEU D'AMOUR, EUTM 01437376KENZO WORLD, ITM 1305625KENZO KENZOAMOUR KENZO, EUTM 008687824  KENZO AMOUR, ITM 1182755  KENZO HOMME NIGHT, EUTM08698532KENZOPOWER, EUTM 016203986L'EAU KENZO, EUTM 016203994L'EAU KENZO, EUTM 010240752MADLY KENZO, EUTM 010240761MADLY KENZO!, ITM 1304774 marque sans texte, EUTM 013948625TOTEM KENZO, EUTM 013040605 TOTEM, EUTM 005092853 VOYAGE D'AMOUR  
  </t>
   </si>
   <si>
     <t>KENZO SA</t>
   </si>
   <si>
     <t>ķermeņa kopšanas līdzekļi</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                   EUTM 2551 TRIM, EUTM 2543 TRIM, EUTM 14182869 TOOLS TRIM 
 </t>
   </si>
   <si>
     <t>Pacific World Corporation</t>
   </si>
   <si>
     <t>EUTM 001158179 ORACAL, EUTM 001158542 ORAFOL, EUTM 003164282 ORAJET</t>
   </si>
   <si>
     <t>Orafol Europe GmbH</t>
   </si>
   <si>
     <t>pašlīmējošās plēves</t>
   </si>
   <si>
     <t>BOMAG GmbH</t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM 000207704 THREE STARS SAFETY MATCHES, EUTM 000721092 THREE STARS, EUTM 018040586 THREE STARS SAFETY MATCHES 
+</t>
+  </si>
+  <si>
     <t xml:space="preserve">Swedish Match Industries AB </t>
   </si>
   <si>
     <t>sērkociņi</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 003716305 brother, EUTM 007530363brother at your side, EUTM 011584968RD ROLLS, EUTM 011584851DK ROLLS, EUTM 011584992DK LABEL, EUTM 011585031DK TAPE, EUTM 000189696BROTHER, EUTM 011584885HGe TAPE, EUTM 011584919M TAPE, EUTM 008892556TZe TAPE 
 </t>
   </si>
   <si>
-    <t>JT International S.A.</t>
-[...2 lines deleted...]
-    <t>sadzīves preces</t>
+    <t>Brother Industries Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 892190 (cobbler design), EUTM 017995573 SEBAGO, EUTM 018103135 DOCKSIDES, EUTM 018194037 Campsides,EUTM 018710083/EM SEBAGO, EUTM 018656903/EM SEBAGO, EUTM 018518685/EM SEBAGO
+EUTM 018819677/EM SEBAGO, EUTM 018518692/EM SEBAGO YACHT CLUB 
+</t>
+  </si>
+  <si>
+    <t>SEBAGO S.R.L.</t>
   </si>
   <si>
     <t>Dr. Kurt Wolff GmbH &amp; Co. KG</t>
   </si>
   <si>
+    <t xml:space="preserve">zobu pasta, mutes skalojamais ūdens šampūni, kondicionieri, matu aktīva kapsulas, tonizējoši līdzekļi,šķidrumi, sauļošanās krēmi </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ITM 0927667 Dr. Wolff , ITM 1075465 Dr. Wolff's Acne Attack, ITM 0985168 Vagisan, EUTM 013272604 Linoseptic, EUTM 005401708 Linola, EUTM	17921711SafeCup, EUTM018032473 Unzwet, EUTM 018239687	dermowas, EUTM017985825proHaut
+EUTM 017984902 dermexpHert, EUTM 018059181 Anefug	
+EUTM 018063605 Vinces, ITM 1408697 LINO	, ITM 1551988 Sudormin 
+</t>
+  </si>
+  <si>
     <t>Dr. August Wolff GmbH &amp; Co. KG Arzneimittel</t>
   </si>
   <si>
+    <t xml:space="preserve">krēmi, šampūni,  ādas piens, balzāms, aerosoli, želejas  kapsulas, losjoni, ziedes </t>
+  </si>
+  <si>
     <t xml:space="preserve">EUTM 826495 ZIPWALL, EUTM 017560301 ZIPDOOR	, EUTM 009748914 ZIPPOLE  </t>
   </si>
   <si>
     <t>ZIPWALL LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 009870247 MOSPILAN, EUTM 018983796 МОСПІЛАН </t>
   </si>
   <si>
     <t>Nippon Soda Co., Ltd.</t>
   </si>
   <si>
     <t>insekticīds</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                                          EUTM 007380009 URB, EUTM 008656605 URB 
 </t>
   </si>
   <si>
     <t>SC Rulmenti SA</t>
   </si>
   <si>
     <t>Louis Vuitton Malletier S.A.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 016558876 J JUVENTUS, EUTM3953783 JUVENTUS e Scudetto, EUTM 818906 JUVENTUS </t>
   </si>
   <si>
     <t xml:space="preserve">JUVENTUS F.C. S.P.A </t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1014369, ITM 1424456 TOSHIBA, EUTM 013810106 TOSHIBA, EUTM 000185264 TOSHIBA, EUTM 004280012 TOSHIBA, EUTM 000 961482 TOSHIBA,  EUTM 005462981 TOSHIBA Leading Innovation </t>
@@ -1679,1033 +1504,1060 @@
 </t>
   </si>
   <si>
     <t>Trias Holding AG</t>
   </si>
   <si>
     <t>maki, somas, saulesbrilles un citi aksesuāri</t>
   </si>
   <si>
     <t>Patek Philippe S.A. Geneve</t>
   </si>
   <si>
     <t>somas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 009009531	CAMEL, EUTM 009009648	CAMEL, EUTM 013026811 WINSTON, EUTM 1384154	Japan Tobacco (Eagle Logo)
 </t>
   </si>
   <si>
     <t>Japan Tobacco Inc.</t>
   </si>
   <si>
     <t>tabakas izstrādājumi</t>
   </si>
   <si>
-    <t xml:space="preserve">
-[...7 lines deleted...]
-  <si>
     <t>Werkhaus Design+Produktion GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1270462 AMIRI </t>
   </si>
   <si>
     <t>Atelier Luxury Group, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 013558044 PIXUVRI, ITM 1034557 COVERSYL Perindopril arginine 5 mg, ITM 1039022 DIAMICRON MR, EUTM 010735223	 ARCALION
+EUTM	007040851 ACERYCAL, EUTM 005683561 COVERAM, EUTM 005612577 COVERLAM, EUTM 011859865/EM DETRALEX 2, EUTM 004949186/EM FLUDEX, EUTM 008802861/EM FLUTENSIF, EUTM 006135792/EM  LOCABIOSOL, EUTM 006136527/EM LOCABIOTAL, EUTM 005036058/EM NATRILIX, EUTM 008445207/EM NATRIXAM, EUTM 005819834/EM NOLITERAX, EUTM 005154968/EMOSSEOR, EUTM 007134265/EM PNEUMOREL, EUTM 005657291/EM RESTANCE, EUTM 005723531/EM PRETERAX, EUTM 003505146/EM PROCORALAN, EUTM 002849008/EM  PROTELOS, EUTM 010704179/EM STABLON, EUTM 006068944/EM  TERAXANS, EUTM 009025347/EM TERTENSAM, EUTM 005727268/EM TERTENSIF, EUTM 008980641/EM TRIPLIXAM, EUTM 002432904/EM  VALDOXAN, EUTM 008802712/EM FLUDEXAM, EUTM 005612569/EM COVERDINE, EUTM 005941364/EM VIACORAM, EUTM 012780664/EM REAPTAN, EUTM 011738747/EM TRIVERAM, EUTM 012193264/EM LIPERTANCE, EUTM 006253314/EM COVERSORAL , EUTM 006501092/EM ARPLEXAM, EUTM 011440187/EM  PRESTALIA, EUTM 010772382/EM IMPLICOR, EUTM 005396965/EM ARPARIAL, EUTM 010827591/EM  COSYREL, EUTM 010829398/EM  COSIMPREL, EUTM 005217898/EM  VIALIBRAM , EUTM 004936407/EM ARVACORAM, EUTM 006623458/EM TRIPLINOR, EUTM 014438568/EM PROALTOR, EUTM 013960018/EM  CAREVALAN, EUTM 010749257/EM  STOVADIS, EUTM 012193371/EM  STAPRESSIAL, ITM 1130957/WO 10765984 PRESTILOL, ITM 1133970/WO 10765985 ASEMBIX </t>
   </si>
   <si>
     <t>BIOFARMA</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 010180941, EUTM 010180933, EUTM 010180917 HAIX 
 </t>
   </si>
   <si>
     <t>IIP Intellectual Innovation Property AG</t>
   </si>
   <si>
     <t>mežsaimniecības, glābšanas dienestu, medību un policijas, kā arī ikdienas apavi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1158682GANNI , ITM 1355318GANNI 
 </t>
   </si>
   <si>
     <t>Ganni A/S</t>
   </si>
   <si>
     <t>apģērbi, apavi, saulesbrilles, peldkostīmi u.c. aksesuāri</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR 005835550-0001 Platten, CDR 005626744-0007 Platten, CDR 005626744-0006 Platten, CDR 005626744-0005 Platten, CDR 0056 26744-0004 Platten, CDR 005626744-0003 Platten, CDR 005626744- 0002 Platten, CDR005626744-0001Platten, CDR 005246345-0004 Platten, CDR 005246345- 0003 Platten, CDR 005246345-0002 Platten, CDR 005246345-0001 Platten, CDR 005241593-0006 Platten, CDR 005241593-0004 Platten, CDR 005241593-0002 Platten, CDR 005241593-0001 Platten, CDR 005246345-0004 Baumaterialien, CDR005246345-0003 Baumaterialien,CDR005246345-0002Baumaterialien, CDR 005246345-0001 Baumaterialien, CDR 005241593-0006 Bau materialien, CDR 005241593-0004 Baumaterialien, CDR 005241 593-0002 Baumaterialien, CDR 005241593-0001 Baumaterialien, CDR 004089936-0007 Baumaterialien, CDR 004089936-0006 Baumaterialien, CDR 004089936-0005 Baumaterialien, CDR 004089 936-0004Baumaterialien, CDR 004089936-0003 Baumaterialien, CDR 004089936-0002 Baumaterialien, CDR 004089936-0001 Baumaterialien 
-[...2 lines deleted...]
-  <si>
     <t>Cambria Company LLC</t>
   </si>
   <si>
     <t xml:space="preserve">darba virsmas virtuvēm </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 017002891KYLIE JENNER, EUTM 017002916 KYLIE COSMETICS BY KYLIE JENNER, EUTM 017002882KYLIE KYLIE JENNER 
 </t>
   </si>
   <si>
     <t>Kylie Jenner, Inc</t>
   </si>
   <si>
     <t>kosmētika</t>
   </si>
   <si>
     <t xml:space="preserve">       
 EUTM 013181169 HERSCHEL SUPPLY COMPANY, EUTM 012400784 THE HERSCHEL SUPPLY CO. BRAND, EUTM 013183389 HERSCHEL SUPPLY COMPANY, EUTM 008895501  HERSCHEL SUPPLY CO. BRAND, EUTM 011988599 THE FINEST QUALITY THE Herschel SUPPLY CO. BRAND, EUTM 013181111 HERSCHEL SUPPLY COMPANY, EUTM 008905184  THE Herschel SUPPLY CO. BRAND, EUTM 011988649  Welcome to Herschel, Enjoy your stay, EUTM 012400768 THE HERSCHEL SUPPLY CO. BRAND, EUTM 012400776 THE FINEST QUALITY THE HERSCHEL SUPPLY CO. BRAND TRADE MARK, EUTM 012400751  HERSCHEL </t>
   </si>
   <si>
     <t>Herschel  Supply Company Ltd</t>
   </si>
   <si>
-    <t xml:space="preserve">                                                                                                                                                                                                                  EUTM 004611778 LD, EUTM 002795466 LD, EUTM 002797082 LIGGETT-DUCAT
-</t>
+    <t>JT International S.A.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                    ITM 1239651 FIRE EAGLE, ITM 1113852 Black Eagle, ITM 1077135HX, ITM 1049240 HAIX, EUTM 013270244 HX, EUTM 007156235HAIX, EUTM 007155741 FIRE HERO, EUTM 007150873Airpower 
  </t>
   </si>
   <si>
     <t>Hero GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>specializētie darba apavi</t>
   </si>
   <si>
     <t>dažādas preces</t>
   </si>
   <si>
     <t>EUTM 89870 YONEX</t>
   </si>
   <si>
     <t>sporta preces</t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t>OHROPAX GmbH</t>
   </si>
   <si>
     <t>apģērbs u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                
 ITM  1185336  4 inches, EUTM  002875854 Choo, ITM  1235034 CHOO.08, EUTM  012062998 CHOOS, EUTM  012062899 CHOOS, EUTM  012062949 CHOOSY, EUTM  012063053 CHOOZ, EUTM  1236270 Jimmy Choo, ITM  1429285 Jimmy Choo, ITM  1286957 Jimmy Choo, EUTM  010851665 Jimmy Choo, ITM  1291240  Jimmy Choo, ITM  1147214  Justine, EUTM  011419645 Scorpion device, EUTM  004362778  Fever, EUTM  013469523  ILLICIT, EUTM  013278775  ILLICIT, ITM  1393820 Iwantchoo, EUTM  011420122 Scorpion logo, ITM  1078966  Tulita, EUTM  012268009  24:7 Icons, EUTM  013106604  Jimmy Chew, EUTM  013506514 Jimmy Chew, EUTM  015000623  Jimmy Chew, EUTM  001662543 Jimmy Choo, EUTM  002587830  Jimmy Choo, EUTM  009863002 Jimmy Choo, ITM  1113841 Jimmy Choo, ITM  992801 Jimmy Choo, ITM  1138635 Jimmy Choo, ITM  1139521 Jimmy, EUTM  012062551 Jimmy Choo, EUTM  012259421 Jimmy,ITM  1325017 Jimmy Choo  
 EUTM  006889265 Jimmy Choo, EUTM  011063773 CHOO, EUTM, 12062832  CHOO, EUTM  012259248 CHOO, EUTM  006891857 CHOO, EUTM  009256264 CHOO, EUTM  010852201CHOO 
 </t>
   </si>
   <si>
+    <t>J Choo Limited</t>
+  </si>
+  <si>
     <t>somas, apavi u.c.</t>
   </si>
   <si>
     <t>Salomon SAS</t>
   </si>
   <si>
     <t>O'Neal Europe GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1288269Kinder JOY, ITM 1403638/WO Kinder JOY, ITM 1643175/WO Kinder JOY </t>
   </si>
   <si>
     <t>Soremartec S.A.</t>
   </si>
   <si>
     <t>konfektes, konditorejas izstrādājumi</t>
   </si>
   <si>
     <t>Jack Daniel's Properties, Inc.</t>
   </si>
   <si>
+    <t>EUTM 010730349/EM S SPIN MASTER, EUTM 009208761/EM SPIN MASTER</t>
+  </si>
+  <si>
     <t>Spin Master Ltd.</t>
   </si>
   <si>
-    <t>EUTM  013649082 BODYLUBE, CDR  064373-0001 MEGASOL GERMANY, EUTM  002585362 EROS</t>
-[...1 lines deleted...]
-  <si>
     <t>Megasol Cosmetic GmbH</t>
   </si>
   <si>
-    <t xml:space="preserve"> EUTM  013517611  KK, EUTM  012062766 K MAKE UP MILANO, EUTM  001141126 KIKO, EUTM  014575443  KIKO MILANO</t>
-[...1 lines deleted...]
-  <si>
     <t>KIKO S.P.A.</t>
   </si>
   <si>
     <t>kosmētika un piederumi</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR 005511953-0001 Porte-empreintes, CDR 005511987-0001 Porte-empreintes
-[...3 lines deleted...]
-  <si>
     <t>DENTSPLY SIRONA Inc.</t>
   </si>
   <si>
     <t>ķirurģiskie aparāti un instrumenti, farmaceitiskie un veterinārie produkti, balināšanas līdzekļi un citas vielas, zinātniskie aparāti un instrumenti, poligrāfijas produkti, telekomunikācijas u.c.</t>
   </si>
   <si>
-    <t>CDR  000540422-0001 Distributeurs de papier</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">ESSITY OPERATIONS FRANCE </t>
   </si>
   <si>
     <t>papīra izstrādājumi sanitārajiem vai sadzīves nolūkiem </t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM  003396207 Too Faced</t>
   </si>
   <si>
     <t>Too Faced Cosmetics LLC</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR  001089395-0004/EM, EUTM  004279188/EM SERVIER, EUTM  004279171/EM  SERVIER, EUTM  003673522/EM , EUTM  011588423/EM, EUTM  010006617/EM, EUTM  002539682/ EM, EUTM  011221736/EM  Lonsurf, EUTM  015850548/EM  WEHEALTH BY SERVIER, CDR  001089395-0001/EM, CDR  001089395-0002/EM, CDR  001089395-0003/EM  
-</t>
+    <t>kosmētikas līdzekļi sievietēm, arī somas, sukas un vēl citi  aksesuāri</t>
+  </si>
+  <si>
+    <t>EUTM  001417757/EM/ AMBER LEAF, EUTM	011645728 RICHARD LLOYD &amp; SONS AMBER LEAF MELLOW CUT BLONDE ROLLING TOBACCO, EUTM	017076597 AMBER LEAF, EUTM 017933354 AMBER LEAF</t>
+  </si>
+  <si>
+    <t>tabaka, cigarešu un smēķēšanas piederumi</t>
   </si>
   <si>
     <t>LES LABORATOIRES SERVIER</t>
   </si>
   <si>
     <t>EUTM  14784177  UEG-24, EUTM  14784169 UEG-36, EUTM  14788798 VEG-24, EUTM  14788781 UEI-24</t>
   </si>
   <si>
     <t>ARTECHE LANTEGI ELKARTEA, S.A.</t>
   </si>
   <si>
     <t>vienfāzes un divfāžu sprieguma transformatori</t>
   </si>
   <si>
+    <t xml:space="preserve">                                                                                                                                    ITM  1421068  Taycan, EUTM  10788164   Panamera, EUTM  3915493 Panamera, EUTM  3915766 Cayman, EUTM  010195873 Cayman, EUTM  1393255  Cayenne, EUTM  12230082  Cayenne, EUTM  9396052  Boxster  
+EUTM  12897047  Macan, EUTM  10789089   Macan, EUTM  005832878 PORSCHE DESIGN, EUTM  002932085, EUTM  000345744 PORSCHE STUTTGART, EUTM  001700954, EUTM  000073098 PORSCHE, EUTM  002765972, EUTM  10769917  Macan, EUTM  9736232, EUTM  11737368 Porsche, EUTM  11737426 PORSCHE STUTTGART,  EUTM  73171 TARGA  
+EUTM  283879 CARRERA, EUTM  10842425 turbo, ITM  1055649  Spyder  
+EUTM  011251741, EUTM  014874614, EUTM  15610256  PIWIS  </t>
+  </si>
+  <si>
     <t>Dr. Ing.h.c.F.Porsche AG</t>
   </si>
   <si>
+    <t>rezervas daļas, apģērbi, aksesuāri u.c.</t>
+  </si>
+  <si>
     <t>audio aprīkojums un aksesuāri</t>
+  </si>
+  <si>
+    <t>EUTM  11658151  SEM</t>
+  </si>
+  <si>
+    <t>Swedish Electromagnet Holding AB</t>
+  </si>
+  <si>
+    <t>automobiļu detaļas</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 006990063,EUTM 011472735,EUTM 003171196,EUTM  003192945,EUTM 003192961,EUTM 006989347, EUTM  006578686, EUTM  006578819, EUTM  006989421, EUTM  013914353, EUTM  006983688, EUTM  009560517, EUTM  009560566, EUTM  011472529, EUTM  011472669, EUTM  010296168  UNIKKO, EUTM  006997712 marimekko, EUTM  006983589, EUTM  003174265  UNIKKO, EUTM  000307496 MARIMEKKO  
 </t>
   </si>
   <si>
     <t>Marimekko Oyj</t>
   </si>
   <si>
     <t>somas, aksesuāri, kosmētikas somas, lietussargi</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM  17799099 The Bellies from Bellyville, CDR  005654456 0001 Muñecos de juguetes, CDR  005654456 0002 Muñecos de juguetes, CDR  005654456 0003 Muñecos de juguetes, CDR  005654456 0004 Muñecos de juguetes, CDR  005654456 0005 Muñecos de juguetes, CDR  005654456 0006 Muñecos de juguetes  </t>
-[...1 lines deleted...]
-  <si>
     <t>FABRICAS AGRUPADAS DE MUÑECAS DE ONIL, S.A.U.</t>
   </si>
   <si>
     <t>lelles u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM1084722 ZEPTER, EUTM 00068062 /ZEPTER, EUTM 000279810 Z zepter INTERNATIONAL	 
 </t>
   </si>
   <si>
     <t>Fieldpoint (Cyprus) Limited</t>
   </si>
   <si>
     <t>katli u.c.</t>
   </si>
   <si>
+    <t>EUTM 015620438/EM  ARMANI JUNIOR, EUTM 013541974/EM  AJ 
+EUTM 000504308/EM GA, EUTM 001705185/EM AJ ARMANI JEANS 
+EUTM 013174073/EM  EA7 EMPORIO ARMANI, EUTM 013542121/EM  AJ 
+EUTM 015742638/EM  A|X ARMANI EXCHANGE, EUTM 015743891/EM 
+EUTM 015742687/EM EMPORIO ARMANI, EUTM 015743842/EM GIORGIO ARMANI, EUTM 015742562/EM ARMANI EXCHANGE 
+EUTM 015743991/EM, EUTM 015743867/EM  GA, EUTM 015742653/EM A|X, EUTM 015743801/EM ARMANI, EUTM 015620313/EM ARMANI COLLEZIONI / JEANS, EUTM 015620388/EM ARMANI JEANS, EUTM 015620412/EM ARMANI BABY, EUTM 013540811/EM  EA7 EMPORIO ARMANI, EUTM 015620297/EM  A ARMANI COLLEZIONI</t>
+  </si>
+  <si>
     <t>Giorgio Armani S.p.a.</t>
   </si>
   <si>
     <t>EUTM  014280259, EUTM  013649231 uhlsport, EUTM  002686558  KEMPA</t>
   </si>
   <si>
     <t>Uhlsport GmbH</t>
   </si>
   <si>
     <t>sporta apavi, cimdi, jakas garās bikses, jakas, krekli, šorti, sporta bumbas</t>
   </si>
   <si>
     <t>The Cartoon Network Inc</t>
   </si>
   <si>
     <t>ITM 1088290  SOLATENOL</t>
   </si>
   <si>
     <t>fungicīdi lauksaimniecībā</t>
   </si>
   <si>
     <t>DAVID YURMAN IP LLC</t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t>FRED PARIS</t>
   </si>
   <si>
     <t>juvelierizstrādājumi, rotaslietas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  008493231   Super Trofeo,EUTM  005134663  SV, EUTM  012642351 Anima, EUTM  011658499  Automobile Lamborghini, EUTM  011177706 CarbonSkin, EUTM  011142114   Deimos,EUTM  010698066  Deimos, EUM  011438884   nawm, EUTM  011439007 Officine del Futuro, EUTM  011595493 Veneno Bianca, EUM  011603412  Veneno,EUTM  011595501 Veneno Rossa EUTM 011595469 Veneno Verde, EUTM  013456934, Automobili Lamborghini Squadra Corse, EUTM  013456942 Automobili Lamborghini Squadra Corse, EUTM 013461199Lamborghini Squadra Corse, EUTM  013461504 Lamborghini Squadra Corse, EUTM 013299995 Huracán GT3, EUTM  013641758 GT3, EUTM  014271845  УРУС, EUTM  014271837  ЛАМБОРГИНИ, EUTM  014271811 АВЕНТАДОР, EUTM  014422621   automobili Lamborghini, EUTM  015180797  HURACÁN GTD, EUTM  014841721   Egoista, EUTM  015034002   M50, EUTM  014368237  Tamburo, EUTM  015059256  Avio, EUTM  015033996 Miura 50, EUTM  015150816  M50, EUTM  014422588   Centenario LP 770-4, EUTM  014659064  ForgedSkin, EUTM  014184295   Reactive Engineering,EUTM  014271795 АУТОМОБИЛИ ЛАМБОРГИНИ, EUTM  014271829  10000076  ХУРАКАН, EUTM  011177656  CarbonFlex, EUTM  008571804  Museo Lamborghini, EUTM  009890948 Gallardo LP 570-4 Super Trofeo Stradale, EUTM  010910586   Huracán, EUTM  1098383   Lamborghini, EUTM  6113451  Lambo, EUTM  009322538 Aventador, EUTM  008493141  Closer to the Road, EUTM  2964401  E-Gear, EUTM  008125684  Estque, EUTM  2195162  Gallardo Bocolore, EUTM  009470618 Gallardo Performante, EUTM  009521592Gallardo Trocolore, EUTM  005762992 Gallardo Superleggera  
 </t>
   </si>
   <si>
     <t>automašīnas, automobiļu detaļas, aksesuāri, apģērbs, somas, brilles u.c.</t>
   </si>
   <si>
+    <t>EUTM  002549400  W, EUTM  000081646 Wilson, EUTM  000080945  W 
+EUTM  002549350  Wilson</t>
+  </si>
+  <si>
     <t>Wilson Sporting Goods Co.</t>
   </si>
   <si>
+    <t>EUTM 013046198ABBIGLIAMENTO, CALZATURE, CAPPELLI, EUTW01242358 ABBIGLIAMENTO, CALZATURE, CAPPELLI,  EUTMW00881244 ABBIGLIAMENTO, CALZATURE, CAPPELLI, ITM1432470 GOLDEN GOOSE DELUXE BRAND, EUTM 016908238 GGDB/SSTAR, EUTM 1522047 FOR DREAM USE ONLY NOT DESIGNED FOR OTHER ACTIVITIES, EUTM 18171306 figurativo, EUTM 18238055 GOLDEN GOOSE figurativo, EUTM	018171305 marchio figurativo
+EUTM	1568651</t>
+  </si>
+  <si>
     <t>GOLDEN GOOSE SPA</t>
   </si>
   <si>
+    <t>sporta apavi (čības) bērniem u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM  1205336  La petite Robe noire EAU DE PARFUM COUTURE GUERLAIN PARIS,   EUTM  011838471  SAMSARA, EUTM  1164197  TENUE DE PERFECTION, EUTM  011250421 ORCHIEE IMPERIALE POT DE CREME, EUTM 011250421 ORCHIEE IMPERIALE POT DE CREME, EUTM 1149561 L'homme idéal, EUTM 1116358 La petite Robe noire, EUTM 1120380  LA PETITE ROBE NOIRE MANCHES BALLONS, EUTM 1120379 LA PETITE ROBE NOIRE ROBE BUSTIER, EUTM 1100330 LA PETITE ROBE NOIRE, EUTM 000498055 CHAMADE, EUTM 001406875 CHAMPS ELYSEES, EUTM 014399273 MARQUE SANS TEXTE LA PETITE ROBE NOIRE, EUTM 016215352 MARQUE SANS TEXTE, EUTM 1461116 MARQUE FIGURATIVE, EUTM 1461115 MARQUE SNS TEXTE, EUTM 1337951	MARQUE SNS TEXTE, EUTM 010595106 GUERLAIN FLACONS
+EUTM 010595049	GUERLAIN LA PETITE ROBE NOIRE, EUTM 000993998 IMAGINE, EUTM 013428453 NO NEED TO BE L HOMME IDEAL ANYMORE YOU HAVE YOUR FRAGRANCE, EUTM 006354781 Marque figurative (cf logo dans la liste des marques), EUTM 006354807 Marque figurative (cf logodans la liste des marques), ITM 1037775 Marque figurative (cf logo dans la liste des marques), EUTM 018169205 IMAGINE, EUTM 017891573 Marque figurative (cf logo dans la liste des marques), ITM 1482540 Marque figurative (cf logo dans la liste des marques), ITM 1027547 Marque figurative (cf logo dans la liste des marques), ITM1485396 Marque figurative (cf logo dans la liste des marques), ITM1505203 Marque figurative (cf logo dans la liste des marques), EUTM1348839 mon GUERLAIN, EUTM 1338431BLACK PERFECTO BY La petite Robe noire, ITM 1524912 Marque figurative (cf logo dans la liste des marques), ITM 1509779 Marque figurative (cf logo dans la liste des marques), EUTM 015506611 MON GUERLAIN, EUTM 013384458 Marque tridimensionnelle (cf visuel dans la liste des marques), EUTM 013403217 La marque représente un flacon en verre en forme de goutte écrasée sur la base, creusé en son milieu, EUTM 007529142 ABEILLE ROYALE, EUTM 007110935 Guerlain, EUTM 006102891 KISS KISS, EUTM 006102875 KISS KISS, EUTM 006061055 LES METEORITES BILLES MYTIC, EUTM 006061063 TERRACOTTA, EUTM 005804299 ORCHIDEE IMPERIALE, EUTM 03391877 AQUA ALLEGORIA, EUTM 003396108 MONOGRAMME DOUBLE G, EUTM 003391851 L'INSTANT DE GUERLAIN, EUTM 000498097 HABIT ROUGE, EUTM 000497792 LES METEORITES, EUTM 000522086 KISS-KISS, EUTM 000497917 SHALIMAR, EUTM 000125773 GUERLAIN  
+</t>
+  </si>
+  <si>
     <t>smaržas, kosmētika</t>
   </si>
   <si>
     <t>EUTM 008821993 CREDO, EUTM 001537786 CREDO, RCD 000228226-001-0002, RCD 000228200-0001-0002</t>
   </si>
   <si>
     <t>"CREDO" Stahlwarenfabrik Gustav Kracht GmbH&amp;Co.KG</t>
   </si>
   <si>
     <t>manikīra piederumi u.c.</t>
   </si>
   <si>
     <t>EUTM 002747871 KORES</t>
   </si>
   <si>
     <t>Kores Holding Zug AG</t>
   </si>
   <si>
     <t>biroja preces</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM  1101307  DAE DO, EUTM 3359809  Dae Do  </t>
   </si>
   <si>
     <t>CHUEN WOOK PARK LEE</t>
   </si>
   <si>
     <t>apģērbs un dažādu cīņu piederumi u.c.</t>
   </si>
   <si>
-    <t>EUTM  015968076, EUTM  008776429 CAME, EUTM  003689635 bpt, EUTM 014282371 CAMECONNECT, EUTM 004112215 CAME</t>
-[...13 lines deleted...]
-  <si>
     <t>Lincoln Global Inc.</t>
   </si>
   <si>
-    <t>EUTM  000290726 SPARCO, EUTM  000290734 SPARCO, EUTM  011360501 SPARCO, EUTM  014424204 S</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve"> EUTM  011690534 DIE BRÜDER LÖWENHERZ, EUTM  006449649 EMIL I LÖNNEBERGA, EUTM  006449854 UNIBACKEN, EUTM  006449938 MADICKEN, EUTM  011687217 MICHEL &amp; IDA, EUTM  010899458 MICHEL AUS LÖNNEBERGA, EUTM  005890108 Pippi Calzelunghe, EUTM  005890066 Pippi Langkous, EUTM  004735411 Pippi Langstrumpf, EUTM  008571168Pippi Långstrump, ITM  1249795  ASTRID LINDGREN'S WORLD, EUTM  011687019  KATLA, EUTM  006158513 Pippi, EUTM  004709846 Pippi, EUTM  014027163  PIPPI, EUTM  014027296 Pippi Longstocking, EUTM  004709747  Pippi Longstocking, EUTM  013397138  10000030  RONJA, EUTM  011686987 RONJA, RÄUBERTOCHTER, EUTM  011687134 RONJA RÖVARDOTTER, EUTM  006449995 SALTKRÅKAN, EUTM  006450126 SKRÅLLAN, EUTM  009515818  TAKA TUKA, EUTM  011690567 THE BROTHERS LIONHEART, EUTM  006450373  VILLA VILLEKULLA, ITM  1253773  ASTRID LINDGRENS VÄRLD, EUTM  010914968  EMIL FRA LØNNEBERG, EUTM  013197868 JUNIBACKEN, EUTM  013716361 ASTRID LINDGRENS VÄRLD, EUTM  006449541 BULLERBYN, EUTM  011687043 TENGIL, EUTM  004922936 Villa Kunterbunt, ITM  1229986  Trade mark without text, ITM  1189821 KATLA, ITM  1232312 JUNIBACKEN, ITM  1273411  PIPPI, ITM  1273413 Pippi Longstocking, ITM  1232026 RONJA RÖVARDOTTER, ITM  1191831 THE BROTHERS LIONHEART , EUTM  013712931 ASTRID LINDGRENS VÄRLD, EUTM  004709771 Astrid Lindgren, EUTM  013720412  ASTRID LINDGREN´S WORLD, EUTM  013716436 FIFI BRINDACIER, EUTM  011595683 HERR NILSSON, EUTM  013197901  Юнибакен, EUTM  008622342 KATTHULT, EUTM  009774721 KUNTERBUNT, ITM  704082A  Astrid Lindgren's Pippi, ITM  980028 Pippi Longstocking, EUTM  011687084  NANGIJALA  </t>
   </si>
   <si>
     <t>Astrid Lindgren Aktiebolag</t>
   </si>
   <si>
     <t>apģērbi, apavi, somas, maki, lietussargi, lelles, leļļu mājas, krūzes, šķīvji, paplātes u.c.</t>
   </si>
   <si>
     <t>CHAUMET INTERNATIONAL SA.</t>
   </si>
   <si>
+    <t>juvelierizstrādājumi (gredzens, kaklarota, kulons, rokassprādze, auskari, pulksteņi), visi produkti ir zeltā (dzeltenā, baltā, rozā) ar dārgakmeņiem vai bez tiem, u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 017883607/EM, EUTM  012477791 Juul, EUTM 017883609, EUTM 017883607, EUTM 017929958 Juulpods, EUTM  018007082 JUUL</t>
+  </si>
+  <si>
+    <t>JUUL LABS NETHERLANDS B.V.</t>
+  </si>
+  <si>
     <t>elektroniskās cigaretes u.c.</t>
   </si>
   <si>
     <t>LA ROCHE-POSAY LABORATOIRE DERMATOLOGIQUE</t>
   </si>
   <si>
     <t>Philip Morris Brands S.a.r.l.</t>
   </si>
   <si>
     <t>Wahl Clipper Corporation</t>
   </si>
   <si>
     <t>elektriskās matu griešanas mašīnas</t>
   </si>
   <si>
+    <t xml:space="preserve"> EUTM  8945917  Kingston Technology, EUTM  6338099  Kingston Digital  
+EUTM  10049971  nawm, EUTM  11665494  Mobilelite, EUTM  8239535  SSDNOW, EUTM  Travelite  Travelite, EUTM  1644350  Valueram  
+EUTM  5124177 Kingston, EUTM  644484 Kingston, EUTM  4282661  Data Traveller, EUTM  13107032  HyperX, EUTM  9990458 HyperXperience  
+EUTM  11605516 HyperX Predator, EUTM  5403746  nawm, EUTM  3598257 HyperX, EUTM  10497584 Wi-Drive, EUTM  9990482  Wi-Share  </t>
+  </si>
+  <si>
+    <t>KINGSTON TECHNOLOGY EUROPE CO LLP</t>
+  </si>
+  <si>
     <t>elektronika</t>
-  </si>
-[...2 lines deleted...]
-CDR  002430116-0006, CDR  002430116-0005, ICD  DM/085 025  </t>
   </si>
   <si>
     <t>mawa design Licht- und Wohnideen GmbH</t>
   </si>
   <si>
     <t>EUTM 009099474 OMNIPLUS, EUTM 000113373 MB, EUTM 000139865 MERCEDES-BENZ, EUTM 000139998 MERCEDES, EUTM 000140087 BENZ, EUTM 000140186 SMART, EUTM 000140335 /fig./, EUTM 000140400 MERCEDES BENZ  /fig./, EUTM 000833772 MAYBACH, EUTM 001022292 /fig./, EUTM 001423482 /fig./, EUTM 001424399 /fig./, EUTM 001554211 C /fig./, EUTM 001653278 AMG /fig./, EUTM 002738672 AMG /fig./, EUTM 002738953 AFFALTERBACH AMG /fig./, EUTM 005260682 MAY BACH /fig./, EUTM 005591921 MAYBACH, EUTM 006368153 /fig./, EUTM 006452254 /fig./, EUTM 008574584 /fig./; RCD 000011085-0001, RCD 000012869-0001, RCD 000051909-0001, RCD 000096441-0001, RCD 000011127-0001, RCD 000011101-0001, RCD 000011135-001, RCD 000011143-0001, RCD 000105242-0004, RCD 000129069-0001, RCD000224738-0002, RCDD 000224738-0003, RCD 000224886-0001, RCD 000244249-(0001-0003), RCD 000244249-0005, RCD 0003012470001, RCD 000513379-0001, RCD 000519103-0001, RCD 000526918-0001, RCD 000542006-0001, RCD 000671136-0001, RCD 000671136-0003, RCD 000690730-0001, RCD 000691902-0002, RCD 00079191-0001, RCD 000783493-0001, RCD 000824560-(0001-0003)</t>
   </si>
   <si>
     <t>Mercedes-Benz Group AG</t>
   </si>
   <si>
     <t>rezerves daļas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                      EUTM 015415433 MÖLKKY 5678, EUTM 010967115 MÖLKKY, ITM 797966 Mölkky 
 </t>
   </si>
   <si>
     <t>Tactic Games Oy</t>
   </si>
   <si>
     <t>mÖlkky spēle</t>
   </si>
   <si>
     <t>Philip Morris Products S.A.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 006036289 YVES SAINT LAURENT, EUTM 010850964 OPIUM,  EUTM  006036231 YSL, EUTM  004672358 YSL, EUTM  008731424 OPIUM YVES SAINT LAURENT   
 </t>
   </si>
   <si>
     <t xml:space="preserve">Pernod Ricard Mexico </t>
   </si>
   <si>
     <t>preparāti kaitēkļu iznīcināšanai u.c.</t>
   </si>
   <si>
-    <t>mūzika, video, datu ieraksti u.c.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">EUTM  004591699 MilkyWay and Design, EUTM  001189711  MilkyWay, EUTM  000128421  Milky Way, EUTM  000001389  Milky Way (Figurative), EUTM  007509094  10000002  Milky Way (Figurative), EUTM  011112638 MILKY WAY BRINGT LEICHTIGKEIT INS LEBEN, EUTM  003359346  MILKY WAY SHAKE IT!, CDR  794813-0008 MilkyWay Magic Stars Label, CDR  794813-0009  Milky Way Magic Stars Label, EUTM  001956648  MilkyWay and Design, EUTM  001384122 MilkyWay and Design, CDR  1097125-0001  Milky ay Font Design, CDR  794813-0001 MilkyWay Magic Stars Label, CDR  794813-0002 MilkyWay Magic Stars Label, CDR  794813-0003  MilkyWay Magic Stars Label, CDR  794813-0004 MilkyWay Magic Stars Label, CDR  794813-0005  MilkyWay Magic Stars Label, CDR  794813-0006 MilkyWay Magic Stars Label, CDR  794813-0007  MilkyWay Magic Stars Label  </t>
+    <t>šokolādes, konfektes kafija, tēja, kakao un mākslīgā kafija, alus,minerālūdens, gāzēts ūdens u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  012924718, EUTM 015438518 MONSTER ARMY, EUTM	
 EUTM 011669744 MONSTER ENERGY, EUTM 010892743 M MONSTER ENERGY, EUTM 011669851, EUTM  004823563 MONSTER ENERGY, EUTM  006368005 MONSTER ENERGY, EUTM  002784486 MONSTER, EUTM  011154739  M MONSTER ENERGY, EUTM  015334824, EUTM  12928231, EUTM 12924825, EUTM  012924973  </t>
   </si>
   <si>
     <t>Monster Energy Company</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  3414497 Ellesse, EUTM  69302  Ellesse, EUTM  9408221 Ellesse, EUTM  4205258 Ellassay, EUTM  163493  Moda Prima, EUTM  3184694 Jet Pant,  EUTM  285155 LS by Ellesse, EUTM  69260  Ellesse, EUTM  14306773 Ellesse  </t>
   </si>
   <si>
     <t>Ellesse International S.p.A</t>
   </si>
   <si>
     <t>sporta apģērbs un apavi</t>
   </si>
   <si>
     <t>EUTM 000103754 N /fig./, EUTM 000103648 NEW BALANCE, ITM 944507 NB, EUTM 1640036 N</t>
   </si>
   <si>
+    <t>NEW BALANCE ATHLETICS, INC</t>
+  </si>
+  <si>
     <t>ITM 1023239 Bildmarke</t>
   </si>
   <si>
     <t xml:space="preserve">farmaceitiskie un veterinārie produkti, lauksaimniecības, dārzkopības un mežsaimniecības produkti ķimikālijas rūpniecībā, zinātnē un fotogrāfijā </t>
-  </si>
-[...3 lines deleted...]
-EUTM  008975071  KAHLUA, EUTM  009176661  KAHLUA, EUTM  009176728 KAHLUA  </t>
   </si>
   <si>
     <t>The Absolute Company AB</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni u.c.</t>
   </si>
   <si>
     <t>EUTM  000542704 PHOENIX, ITM  1037956  ewm, EUTM  000531038 EWM  
 ITM  1018508 TAURUS, EUTM  016770281 Titan XQ, EUTM  016762511 Titan XQ, ITM  1448741 Tetrix XQ, EUTM  000530832 PHOENIX DRIVE</t>
   </si>
   <si>
     <t>EWM AG</t>
   </si>
   <si>
     <t>metināšanas iekārtas un loka metināšanas aparāti un to daļas, iespiedshēmas plates elektroenerģijas avotiem, ko izmanto metināšanā</t>
   </si>
   <si>
     <t>EUTM  001782309 syngenta, EUTM  001395722 SYNGENTA</t>
   </si>
   <si>
     <t xml:space="preserve">veterinārās zāles, dezinfekcijas līdzekļi u.c. </t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM  012347761 Air Wick Essential Oils Infusion,  EUTM  011929064 Air Wick Multi Layered, EUTM  011899201 Life Scents, CDR  001639758- 0001
-[...3 lines deleted...]
-  <si>
     <t>Reckitt &amp; Colman (Overseas) Hygiene Home Limited</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  001715838 Donaldson, EUTM  000872721  EURO DISNEY, EUTM  000872978 graficzny, EUTM  000953356 DISNEY STUDIOS, EUTM  007560782 Disney fwd friends with determination, EUTM  000763847 A BUG'S LIFE, EUTM  006795348 MEDIA MONORAI, EUTM  006795322 JELLYROLL, EUTM  006844451  JELLYROLL, EUTM  003174869  W.i.t.ch., EUTM  003171311  DISNEY REWARDS, EUTM  003160413 W.I.T.C.H. WILL IRMA TARANEE CORNELIA HAY LIN, EUTM  003042041   DISNEY MAGIC ARTIST, EUTM  002977429 DISNEY MOBILE, EUTM  002946929   Disney MOBILE, EUTM  002841583  BUENA VISTA, EUTM  002828341  DONALD DUCK, EUTM  002827459  MINNIE MOUSE, EUTM  002827426  MICKEY MOUSE, EUTM  000360990  MULAN, EUTM  000360677   TOUCHSTONE, EUTM  005308465 DISNEY PARKS, EUTM  005308499  YEAR OF A MILLION DREAMS, EUTM  005308631 MAGICAL BEGINNINGS, EUTM  005335724 MY FRIENDS TIGGER &amp; POOH, EUTM  005362827 MY FRIENDS TIGGER &amp; POOH, EUTM  005412143 DISNEY PIXAR WALL E, EUTM  000389502 MUSHU, EUTM  005459227  BUNNY TOWN, EUTM  005509336  JUNGLE JUNCTION, EUTM  005589131  ADVENTURES BY Disney, EUTM  000421859  DISNEY'S 101 DALMATIANS, EUTM  000411447 SEBASTIAN, EUTM  000414144    FLOUNDER, EUTM  000414193  THE LITTLE MERMAID, EUTM  000421529 ARIEL, EUTM  015870165 MICKEY AND THE ROADSTER RACERS, EUTM  015827215  BIG SLEEVE, EUTM  015725435 PUPPY DOG PALS, EUTM  015725419 VAMPIRINA, EUTM  015725385 COME DIVENTARE GRANDI NONOSTANTE I GENITORI, EUTM  015360829  DISNEY GOLDIE &amp; BEAR, EUTM  015195837 DISNEY THE LODGE, EUTM  015155146 DISNEY TRU NORTH, EUTM  008662538 DISNEY DIGICOMICS, EUTM  008643421 IMAGINATION PARK, EUTM  008291643 TOY STORY, EUTM  006327721 THE PRINCESS AND THE FROG, EUTM  006001457 SLACKER CATS, EUTM  005919832 GREY'S ANATOMY </t>
   </si>
   <si>
     <t>Disney Enterprises, Inc.</t>
   </si>
   <si>
+    <t xml:space="preserve">ITM  1421068  93085508  Taycan, EUTM  10788164  93085506  Panamera  
+EUTM  3915493  93085504  Panamera, EUTM  3915766  93085502  Cayman  
+EUTM  010195873  93085500  Cayman, EUTM  1393255  93085498  Cayenne  
+EUTM  12230082  93085496  Cayenne, EUTM  9396052  93085494  Boxster  
+EUTM  12897047  93085492  Macan, EUTM  10789089  93085490  Macan  </t>
+  </si>
+  <si>
     <t>Dr. Ing. h.c. F. Porsche Aktiengesellschaft</t>
+  </si>
+  <si>
+    <t>rezervas daļas, riteņu diski u.c.</t>
   </si>
   <si>
     <t>Prada S.A.</t>
   </si>
   <si>
     <t>Dyson Technology Limited</t>
   </si>
   <si>
     <t>sadzīves tehnika u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  011530821 L&amp;B, EUTM  011609682 L&amp;B, EUTM  012066908 L&amp;B L&amp;B, EUTM  009796467, EUTM  000388660   LAMBERT &amp; BUTLER, EUTM  000388439, ITM  1152945 SUPERKINGS, EUTM  00307586 IMPERIAL TOBACCO SUPERKINGS, EUTM  08956823  WINDSOR BLUE, EUTM  011404704  REGAL KING SIZE, EUTM  011559416, EUTM  001266311 RICHMOND, EUTM  000388090  EMBASSY, EUTM  003036746  Embassy Blue, EUTM  011453172, EUTM  009175852  GOLDEN VIRGINIA SINCE 1877 HAND ROLLING TOBACCO, EUTM  011453156 GOLDEN VIRGINIA, EUTM  011146511 GV, EUTM  011678687 GOLDEN VIRGINIA 1877 CLASSIC SENSE THE PERFECTION, EUTM, ITM  1149642  GV  
 EUTM  004547428 WINDSOR BLUE, EUTM  003801636  REGAL  </t>
   </si>
   <si>
     <t>Imperial Tobacco Limited</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1108951, ITM 1107771TWO IN ONE THE CHOICE IS YOURS WEST DUO,ITM 011146651WEST, EUTM 011255114, EUTM 011315025WEST RED LINE, EUTM 011315074WEST SILVER LINE, EUTM 011315157WEST ICE COOL BLEN, EUTM 011315173WEST ICE SELECT WE BLEND YOU ENJOY, EUTM 011315207WEST BLUE LINE, EUTM 011315306WEST WE SELECT WE BLEND YOU ENJOY SATISFYING MOMENTS OF TASTE, EUTM 011353836WEST GT, EUTM 011999729WEST ICE COOL TASTE, EUTM 012341111WEST ICE COOL TASTE, EUTM 012848818WEST, EUTM 005285937 AMERICAN BLEND R1 SLIM LINE ULTRA, EUTM 008460248FINEST QUALITY TOBACCOS AMERICAN BLEND R1, ITM 1050102R1, EUTM 003492493 GOLDEN GATE, EUTM 008461311GOLDEN GATE, EUTM 008966681GOLDEN GATE AMERICAN BLEND, EUTM 009169921GOLDEN GATE AMERICAN BLEND SLIMS, EUTM 009581794GOLDEN GATE AMERICAN BLEND SLIMS, EUTM 010038354DESIGN POWERED BY GOLDEN GATE G2 AMERICAN BLEND, EUTM 010085033DESIGN POWERED BY GOLDEN GATE G2 MICRON AMERICAN BLEND, EUTM 010228674GOLDEN GATE SPECIAL GOLDEN EDITION, EUTM 011472891GOLDEN GATE, EUTM 012864591WEST SUPERSLIMS, EUTM 013129531WEST COMPACT BLUE, EUTM 005784236JOSETTI JUNO, EUTM 009691718JUNO, ITM 799845, EUTM 003484938R1, EUTM 004436317R1 REEMTSMA NO.1, EUTM 004436341LONG LINE R1, EUTM 005285325AMERICAN BLEND R1 SLIM LINE MINIMA FRESH, EUTM 005285408SLIM LINE MINIMA R1, EUTM 005285465 AMERICAN BLEND R1 SLIM LINE, EUTM 013183868 WEST ADDITIVE FREE BLUE, EUTM 013184379RED WEST ADDITIVE FREE, EUTM 013184429 WEST ENJOY THE ORIGINAL TASTE OF 100% ADDITIVE FREE TOBACCO, EUTM 013186622WEST NOTHING MORE NOTHING LESS, EUTM 011315249WEST, EUTM 003484847PARAMOUNT, EUTM 006813877 PARAMOUNT, EUTM 008461386AMERICAN BLEND RED PARAMOUNT, EUTM 008461402 AMERICAN BLEND GOLD PARAMOUNT, EUTM 009633801 PARAMOUNT PERFECT TOBACCO. ORIGINAL TASTE, EUTM 004597654WEST, EUTM 005422101, EUTM 005816392WEST WIDE CUT TOBACCO RED 
 </t>
   </si>
   <si>
     <t>Reemtsma Cigarettenfabriken GmbH</t>
   </si>
   <si>
     <t>EUTM  016319907 TS Fasteners, EUTM  013750328  TS HiMo88, EUTM  011959822  TS, EUTM  012116554 TS</t>
   </si>
   <si>
     <t>TS Verbindungsteile GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">parastie metāli un to sakausējumi, sliedes, dzelzceļa materiāli u.c. </t>
   </si>
   <si>
     <t>EUTM  006298798 CARVEN, EUTM  008228124  CARVEN, EUTM  009475583  CARVEN GREEN, EUTM  011741691  C</t>
   </si>
   <si>
     <t>CARVEN FRANCE</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbi, kurpes, aksesuāri, ādas izstrādājumu rotaslietas u.c. </t>
-  </si>
-[...3 lines deleted...]
-EUTM  1414223  PERRIER-JOUËT, EUTM  1412163 PERRIER-JOUËT  </t>
   </si>
   <si>
     <t>Champagne Perrier - Jouёt</t>
   </si>
   <si>
     <t xml:space="preserve">šampanietis, iepakojums u.c. </t>
   </si>
   <si>
     <t>EUTM 5724869 ROEDERER</t>
   </si>
   <si>
     <t>CHAMPAGNE LOUIS ROEDERER (CLR)</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  002070209 Baby Annabell, EUTM  001153105 Baby Annabell  
 EUTM  002968121 BABY born, EUTM  003559705 BABY born miniworld, EUTM  003559821 BABY born, EUTM  00049965  Zapf Creation, EUTM  004914206 CHOU CHOU, EUTM  4904429  Baby Annabell, ITM  0868694 Baby Annabell, EUTM  002942167 Chou Chou, EUTM  00277890 Zapf Creation, EUTM  002778918
 </t>
   </si>
   <si>
     <t>Zapf Creation AG</t>
   </si>
   <si>
     <t>rotaļlietas, lelles</t>
   </si>
   <si>
-    <t xml:space="preserve"> farmaceitisks produkts</t>
-[...1 lines deleted...]
-  <si>
     <t>ķermeņa kopšanas līdzekļi, juvelierizstrādājumi, pulksteņi un hronometriskie instrumenti</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 013641469 ZTE </t>
   </si>
   <si>
     <t>ZTE Corporation</t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM 018573805, ITM 1577939 UNSUBSCRIBED, EUTM 018514023 AE77
+EUTM 018512798, EUTM 018746927 SMOOTHEZ BY AERIEEUTM  013945233 AE, EUTM  012644365 AE.COM, EUTM  011882321 AEO  
+EUTM  011739646, EUTM  010029891 AMERICAN EAGLE OUTFITTERS  
+EUTM  009676321, EUTM  006757835 AEO, EUTM  005232335 AMERICAN EAGLE, EUTM  001848449, EUTM  005227657, EUTM  005258603 LIVE YOUR LIFE, EUTM  005066113, EUTM  005287875 AMERICAN EAGLE OUTFITTERS, EUTM  004877701 AERIE, EUTM  005287503  AEO, EUTM  18017673, EUTM  015760523 AMERICAN EAGLE, EUTM  1506211, EUTM  15760531  A.EAGLE, EUTM  012833802 DON’T ASK WHY, EUTM  004901931, EUTM  004474326, EUTM  005287131 AE, EUTM  004386827 AE </t>
+  </si>
+  <si>
     <t>Retail Royalty Company</t>
   </si>
   <si>
-    <t xml:space="preserve">
-[...5 lines deleted...]
-  <si>
     <t>VALENTINO S.P.A.</t>
   </si>
   <si>
     <t xml:space="preserve">somas, kurpes - sandales ar papēdi, čības, vīriešu apavi, apģērbi, aksesuāri u.c. </t>
-  </si>
-[...4 lines deleted...]
-    <t>CDR  002009829-0002 Irritec, CDR  002009829-0001 rritec, CDR  002009829-0003 Irritec</t>
   </si>
   <si>
     <t xml:space="preserve">IRRITEC S.P.A. </t>
   </si>
   <si>
     <t xml:space="preserve"> dārza un zāliena aprīkojums, smidzinātāji filtrēšanas apūdeņošanas, iekārtas vārsti, caurules u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  011727856/EM, EUTM  000105247/EM  PEPSI, EUTM  012931201/ EM  PEPSI, EUTM  000105338/EM  PEPSI, EUTM  004716106/EM  PEPSI:COLA, EUTM  007361967/EM  PEPSI-COLA, EUTM  000105825/EM  PEPSI-COLA, EUTM  004616819/EM  PEPSI, EUTM  010866812/EM  LIVE FOR NOW, EUTM  012405478/EM  pepsi, EUTM  000106179/EM  PEPSI-COLA, EUTM  000106245/EM, EUTM  004716155/EM PEPSI, EUTM  010013407/EM   </t>
   </si>
   <si>
     <t>PEPSICO, INC</t>
   </si>
   <si>
     <t xml:space="preserve">ITM  1119867 BRINTELLIX, EUTM  011392511 BRINTELLIX VORTIOXETINE, EUTM  013942651 BRINTELLIX
 </t>
   </si>
   <si>
     <t>H. Lundbeck A/S</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR  005622669-0001Arm support (fig)  </t>
-[...1 lines deleted...]
-  <si>
     <t>Pressalit A/S</t>
   </si>
   <si>
     <t>roku balsti ar regulējamu augstumu, antracīta pārseguma plāksne vertikālai sienas sliedei</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 002960938 EXPERIENCE HENDRIX, EUTM 002963239 AUTHENTIC HENDRIX, EUTM 004626685 Jimi Hendrix, EUTM 004798179JIMI HENDRIX, EUTM 004798526 10000019 MARCA GRÁFICA, EUTM 004798724 AUTHENTIC HENDRIX, EUTM 005404231HENDRIX, EUTM 008198400 MARCA GRÁFICA, EUTM 008300733AUTHENTIC HENDRIX, EUTM 008300741JIMI HENDRIX, EUTM 011816451 JIMI HENDRIX, EUTM 011816485 JIMI HENDRIX 
 </t>
   </si>
   <si>
     <t>Experience Hendrix, L.L.C.</t>
+  </si>
+  <si>
+    <t>apģērbi, CD, DVD,  mūzikas iekārtas, plakāti, kolekcionējamas fotogrāfijas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  000028191 LE TOUR DE FRANCE, EUTM  003530557 LE TOUR DE FRANCE, EUTM  003503216 LE TOUR DE FRANCE, EUTM  004994331 LE TOUR DE FRANCE, EUTM  003197522 MAILLOT JAUNE, EUTM  015466551 Marque figurative, EUTM  015466493 MARQUE FIGURATIVE  
 EUTM  015466543 MARQUE FIGURATIVE, EUTM  015466535 MARQUE FIGURATIVE, EUTM  015466568 MARQUE FIGURATIVE, EUTM  015514938 MAILLOT JAUNE, EUTM  015514946 MAILLOT A POIS  
 EUTM  015514961 MAILLOT BLANC, EUTM  015514979 MAILLOT VERT 
 EUTM  013053137 GRAND DEPART  </t>
   </si>
   <si>
     <t>SOCIETE DU TOUR DE FRANCE</t>
   </si>
   <si>
-    <t>PATAGONIA, INC.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">
 EUTM 002719086 ABSOLUE, EUTM 013055025 LA NUIT Trésor, EUTM 005459607 TRESOR, EUTM 016278319 COLO RISTA L'ORÉAL PARIS, EUTM 017183427 CERAVE, EUTM 008118903  L'OREAL PROFESSIONNEL, EUTM 013148291 KERASTASE, EUTM 002378537 MATRIX, EUTM 007034697 GENIFIQUE, EUTM 010115756 LA VIE EST BELLE, EUTM 006451553 L'ABSOLU, EUTM 001286897 MIRACLE, EUTM 005405279  LANCÔME, EUTM 018022441 DOLE, EUTM 013117981 L'OREAL, EUTM 013186952 ELSEVE, EUTM 002174548  L'OREAL EXCELLENCE, EUTM 013926662  MAGIC RETOUCH, EUTM 017887162REVITALIFT, EUTM 011158276 MEGA VOLUME MANGA, EUTM 003367877 INFAIL LIBLE, EUTM 007598031 MAYBELLINE, EUTM 006662423 THE COLOSSAL, EUTM 008782948 THE FALSIES, EUTM 009644311 FIT ME, EUTM 008613631 BABY LIPS, EUTM 003258811 SUPERSTAY, EUTM 015861917  MAYBELLINE TATTOOBROW, EUTM 012767448 LASH SENSATIONAL, EUTM 013146642 GARNIER, EUTM 000369975 FRUCTIS, EUTM 000609628 ESSIE, EUTM 008636318 MIXA, EUTM 002099968 URBAN DECAY, EUTM 005773511 NAKED, EUTM 01313073 HELENA RUBINSTEIN, EUTM 001505767 KIEHL'S, EUTM 005732375 CLARISONIC, EUTM 005308358 FUEL FOR LIFE, EUTM 005816699 NARTA, EUTM 013131669 VICHY, EUTM 010665966 OVERDOSE, ITM 1281612  it, ITM 1280610 10934951 it COSMETICS, EUTM 013779541 10934952 UD, EUTM 015746431 NYX PROFESSIONAL MAKEUP, EUTM 006156756 REDKEN </t>
   </si>
   <si>
     <t>parfimērija u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 01042032 ALVEUS </t>
   </si>
   <si>
     <t>Kovinoplastika Lož d.o.o.</t>
   </si>
   <si>
     <t xml:space="preserve"> dažāda izmēra un materiāla izlietnes, to elementi un detaļas, plītis, ieskaitot tās, kuras apvienotas ar izlietnēm, virtuves piederumi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 018065872 MEVLANA, EUTM 018065869 GORAN-TEE 
 EUTM 003083599 MEVLANA SADE YAPRAK CAY GORAN-TEE Luxus-Mischung </t>
   </si>
   <si>
     <t>GORAN-TEE Großhandel GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t xml:space="preserve"> tējas, to lapas, augstas kvalitātes austrumu tējas krēms, iepakojums u.c. </t>
   </si>
   <si>
     <t>EUTM 000027292 GAP</t>
   </si>
   <si>
     <t>Gap (ITM) Inc.</t>
   </si>
   <si>
     <t>parfimērija, apģērbi, aksesuāri u.c.</t>
   </si>
   <si>
     <t>EUTM 000027227 OLD NAVY</t>
   </si>
   <si>
     <t>Old Navy (ITM) Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                EUTM 000027037 BANANA REPUBLIC, EUTM 001097716 BANANA REPUBLIC, EUTM 001963941 BANANA REPUBLIC, EUTM 002909364 BANANA REPUBLIC, EUTM 000027003 BANANA REPUBLIC, EUTM 001674811 BANANA REPUBLIC 
 </t>
   </si>
   <si>
     <t>Banana Republic (ITM) Inc.</t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM 000226316 swatch /fig./, EUTM 000226019 SWATCH, ITM 1134259 SWATCH </t>
+  </si>
+  <si>
     <t>Swatch AG (Swatch SA) (Swatch LTD)</t>
+  </si>
+  <si>
+    <t>pulksteņi u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                           EUTM 010181527 Alcon, EUTM 004225439 Ciba Vision, EUTM 005616339 Ciba Vision, EUTM 002299675 Ciba Vision, EUTM 000811992 Freshlook Colorfriends, EUTM 001913219 Freshlook, EUTM  018012654 Freshlook Air Colors, EUTM 009241191 Freshlook Illuminate, EUTM 010988591 Dailies Freshlook Illuminate 
+</t>
   </si>
   <si>
     <t>Alcon Inc.</t>
   </si>
   <si>
     <t>kontaktlēcas</t>
   </si>
   <si>
     <t>Spigen Korea Co., Ltd.</t>
   </si>
   <si>
     <t>mobilo tālruņu un planšetdatoru korpusi, lādētāji, kabeļi u.c.</t>
   </si>
   <si>
     <t>Les Deux ApS</t>
   </si>
   <si>
     <t>apģērbs, apavi, galvassegas</t>
   </si>
   <si>
     <t>VDW GmbH</t>
   </si>
   <si>
     <t>endotoniskie produkti steriliem instrumentiem</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 9387663 TREE FREE,  EUTM 9394446  UNBLEACHED - CHLORINE FREE, EUTM 2084234  SMOKING CULT, EUTM 10285815  PHARMA PRINT, EUTM 10996411  MCM MIQUEL Y COSTAS &amp; MIQUEL, EUTM 10998037  MC MIQUEL Y COSTAS, EUTM 11522406  SMOKING DELUXE, EUTM 4213237  SMK, EUTM 014818322  BIBLOPRINT, EUTM 4759403  MANTRA, EUTM 15621543  PERGACUP, EUTM 16315301  SUBLIDIGIT, EUTM 601369 1  SMOKING, EUTM 650994  TREE FREE, EUTM 651000  ARROZ, EUTM 684365   PH PURE HEMP CIGARETTE PAPER, EUTM 6923908 SPECIALPRINT, EUTM 6965909 SMOKING DELUXE
 EUTM 1204675  LOGO </t>
   </si>
   <si>
     <t>MIQUEL Y COSTAS Y &amp; MIQUEL, S.A.</t>
   </si>
   <si>
     <t xml:space="preserve">tabaka, smēķēšanas piederumi, sērkociņi, papīrs cigarešu ripināšanai, papīra bukleti apģērbs, apavi, galvassegas, galvassegas, koferi, lietussargi, spieķi, elektriskās, foto, optiskās, mērīšanas ierīces u.c. </t>
   </si>
   <si>
+    <t>MAHLE International GmbH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">filtri mašīnu vai motoru daļām, filtrēšanas iekārtas, dzinēju gaisa filtri, virzuļi, gredzeni, cilindrs, mašīnu pretslīdēšanas gultņi, lodīšu gultņi, gredzeni, mašīnu bloki, savienojošie stieņi mašīnām u.c. </t>
+  </si>
+  <si>
+    <t>FAURE LE PAGE PARIS</t>
+  </si>
+  <si>
+    <t>apģērbs, apavi, galvassegas,  juvelierizstrādājumi, āda un ādas imitācijas, personīgie aksesuāri u.c.</t>
+  </si>
+  <si>
     <t>apavi</t>
-  </si>
-[...7 lines deleted...]
-    <t>FAURE LE PAGE PARIS</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                     EUTM 952739 LUCOZADE, EUTM 18074044  LUCOZADE 
 </t>
   </si>
   <si>
     <t>Lucozade Ribena Suntory Limited</t>
   </si>
   <si>
     <t>dzērieni, tabletes, želejas, konditorejas izstrādājumi</t>
   </si>
   <si>
     <t>SD-3C, LLC</t>
   </si>
   <si>
     <t>atmiņas kartes</t>
   </si>
   <si>
     <t xml:space="preserve">SHENZHEN SMOORE TECHNOLOGY LIMITED </t>
   </si>
   <si>
     <t>uzpilde elektroniskajām cigaretēm</t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM009783821Nutri Bullet, EUTM 013261706RX, EUTM 013303847 Nutribullet RX, EUTM 004100483Magic Bullet, EUTM 013479258Bullet, EUTM 013921069Nutribullet, EUTM 014968879 NutriBullet, EUTM 004956462Magic Bullet, EUTM 008917049Baby Bullet 
+</t>
+  </si>
+  <si>
+    <t>CAPBRAN HOLDINGS LLC</t>
+  </si>
+  <si>
     <t>virtuves kombaini, automāti</t>
   </si>
   <si>
     <t>šokolādes batoniņi u.c.</t>
   </si>
   <si>
     <t>rīsi, rizotto un nūdeles</t>
   </si>
   <si>
     <t>toneri, kārtridži u.c.</t>
   </si>
   <si>
     <t>Mars Incorporated - Pedigree</t>
   </si>
   <si>
     <t>suņu barība, produkti</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 015671837 ELEMENTS </t>
   </si>
   <si>
     <t>Audi AG</t>
   </si>
   <si>
     <t>rezerves daļas, aksesuāri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1404001 MEYLE, ITM 1372330 MEYLE ORIGINAL QUALITY, ITM 1372331 MEYLE PD QUALITY, ITM 1412304 MEYLE HD QUALITY, ITM 0866463 Meyle, ITM 0998927 MEYLE, ITM 0926174 MEYLE HD QUALITY 
 </t>
   </si>
   <si>
     <t>Wulf Gaertner Autoparts AG</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 010185502, EUTM 009181918 Maltesers, EUTM 016820681 Maltesers, EUTM 010185569, CDR 003825835-0008 Maltesers, CDR 003825835-0014 Maltesers, CDR 003825835-0015 Maltesers, EUTM 009181967  Maltesers, EUTM 016820714 Maltesers, EUTM 011269172  MALTESERS LET YOUR LIGHTER SIDE OUT, EUTM 009165879  Maltesers Fun Times, CDR 000784889-0003 Maltesers, CDR 002043414-0002  Maltesers, CDR 002106690-0001 Maltesers, CDR 003825835-0001 Maltesers, CDR 003825835-0005 Maltesers, CDR 003825835-0009  Maltesers, CDR 003825835-0012 Maltesers, EUTM 009744962 Maltesers, EUTM 007364292 Maltesers </t>
+    <t xml:space="preserve">EUTM 18046436 DIM SPORT, EUTM 17917240 DIM HYDRA ACTIV 
+ITM 1392061 DIM SEDUCTION, ITM 1392059 DIM SEDUCTION, EUTM 16263981 DIM MORPHOTECH, EUTM 16236275 DIM HYDRABOOST 
+EUTM 15331151 DIM POWERFUL, EUTM 14781439 DIM L'AUSTRALIEN 
+EUTM 13619135 DIM, EUTM 13619151 DIM, EUTM 11124286 DIM SIGNATURE, EUTM 9803818 DIM, EUTM 7315153 DIM, EUTM 6743413 DIM, EUTM 6494579 DIM IN, EUTM 5401047 DIM L'AUSTRALIEN 
+EUTM 5291711 DIM LAB </t>
   </si>
   <si>
     <t>DIM FRANCE SAS</t>
   </si>
   <si>
     <t>apakšveļa sievietēm un vīriešiem, krūšturi u.c.</t>
   </si>
   <si>
     <t>šokolādes, konfektes, batoniņi, bezalkoholiskie dzērieni u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 003530524 TAZO and Design, EUTM 010677516 TAZO, EUTM 005285655 TAZO and Design, EUTM 003528924 TAZOBERRY, EUTM 011456977 TEAVANA, EUTM 015199995 TEAVANA, EUTM 011043395 V and Design, EUTM 011786498 TEAVANA HEAVEN OF TEA and Design, EUTM 012250148 TEAVANA HEAVEN OF TEA and Design, EUTM 002164267 VERISMO, EUTM 010707586 VERISMO, EUTM 010992535 VERISMO, EUTM 012662813 YOUTHBERRY, EUTM 000595975 YUKON BLEND, EUTM 012187167 Design Only EUTM 008864043 Design Only, EUTM 002365500 FRAPPUCCINO, EUTM 003977931 frappuccino and Design, EUTM 004314051 FRAPPUCCINO, EUTM 000598128 GAZEBO BLEND, EUTM 000617233 GOLD COAST BLEND, EUTM 003619475 GUATEMALA CASI CIELO, EUTM 012588828 HACIENDA ALSACIA, EUTM 000595306 INFUSIA, EUTM 005234877 INFUSIA, EUTM 014753461 TEAVANA, EUTM 000572982 STARBUCKS, EUTM 000630657 STARBUCKS, EUTM 004314092 STARBUCKS COFFEE and Design, EUTM 003086014 STARBUCKS COFFEE and Design, EUTM 000175539 STARBUCKS, EUTM 000630673 STARBUCKS, EUTM 001633965 STARBUCKS, EUTM 003319043 STARBUCKS, EUTM 002365732 STARBUCKS, EUTM 003984713 STARBUCKS, EUTM 011198711 STARBUCKS COFFEE and Design, EUTM 005234786  STARBUCKS COFFEE and Design, EUTM 009776667  STARBUCKS AUTUMN BLEND, EUTM 009730359 STARBUCKS BLONDE, EUTM 000564377 STARBUCKS COFFEE and Design, EUTM 000564427 STARBUCKS COFFEE, EUTM 000596163 STARBUCKS COFFEE and Design, EUTM 000689786 STARBUCKS COFFEE and Design, EUTM 001632280  STARBUCKS COFFEE and Design, EUTM 002365534 LIGHTNOTE BLEND, EUTM 004614418 MUAN JAI, EUTM 010260883 MY STARBUCKS REWARDS, EUTM 010272565 ORIGAMI 
 EUTM 003078573 SERENA ORGANIC BLEND 
 </t>
   </si>
   <si>
+    <t>kafija, tēja, karstie un aukstie dzērieni, kafijas pupiņas, sviestmaizes, salāti, konditorejas izstrādājumi u.c., kā arī citas preces, kas paredzētas tirdzniecībai krūzes, magnēti u.c.</t>
+  </si>
+  <si>
     <t>EUTM 005372743 N Nathan-Baume, EUTM 001720960 NATHAN, EUTM 001770023 N, EUTM 004274585 N, EUTM 004274569 NATHAN BAUME</t>
   </si>
   <si>
     <t>MARTIN Y PAZ DIFFUSION, SOCIETE ANONYME</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbs, apavi, galvassegas, juvelierizstrādājumi, somas, somiņas, aksesuāri u.c. </t>
   </si>
   <si>
     <t>GFM GmbH Trademarks</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 005220157 MAGSTER , EUTM 005220504, EUTM 004912002
 </t>
+  </si>
+  <si>
+    <t>metināšanas mšīnas un piederumi</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 012735031 2008 DKR , EUTM 011935939 Peugeot i-Cockpit, EUTM 011287273 207 +, EUTM 010920131, EUTM 010080001, EUTM 8839789 Peugeot Motion &amp; Emotion, EUTM 005555669 Bipper, EUTM 005226485 HDI, EUTM 004889655, EUTM 004814761 CITROEN PEUGEOT, EUTM 004814711 CITROEN PEUGEOT, EUTM 004688206, EUTM 004687992, EUTM 004609211, EUTM 004609202, EUTM 004607917, EUTM 004607487, EUTM 004047387 93000582 Peugeo, EUTM 004607453 93000580, EUTM 017869632 RIFTER , EUTM 016498891  PEUGEOT, EUTM 014715478, EUTM 014198204  PEUGEOT, EUTM 4047213  Peugeot, EUTM 8756793  ION, EUTM 004047049 Peugeot, EUTM 003247641, EUTM 002597524, EUTM 002597516, EUTM 002315208 Peugeot 407, EUTM 000190033 Peugeot 
 EUTM 009840381 508 RXH 
 </t>
   </si>
   <si>
+    <t>AUTOMOBILES PEUGEOT</t>
+  </si>
+  <si>
     <t>Peugeot rezerves daļas</t>
   </si>
   <si>
+    <t>EUTM 004873411 BABOLAT, EUTM 000707034, ITM 1092433, ITM 1191772 PLAY, ITM 1196315 10434132 PLAY, ITM 1302911 10662609 POP 
+EUTM 003741981</t>
+  </si>
+  <si>
     <t>Babolat VS S.A.</t>
   </si>
   <si>
     <t>sporta preces, apavi u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve"> ITM 1337752 LEDVANCE (mit Logo), EUTM 008592776 LEDVANCE</t>
+    <t>Mars, Incorported</t>
   </si>
   <si>
     <t>LEDVANCE GmbH</t>
   </si>
   <si>
+    <t>EUTM 000472415 EPAL</t>
+  </si>
+  <si>
     <t>EUROPEAN PALLET ASSOCIATION e.V.</t>
   </si>
   <si>
     <t xml:space="preserve"> euro paletes </t>
   </si>
   <si>
-    <t>ITM 1312103 Zenith, CDR 002766618-0002 Watch dials, CDR 000801808-0006 Watch dials, CDR 000801808-0005 Watch dials, CDR 000551098-0001, CDR 000410394-0001 Cases for watches, ITM 1303493 TAG HEUER, ITM 970668 HEUER, ITM 1224590 TAG, ITM 1304885 Tag Heuer</t>
-[...1 lines deleted...]
-  <si>
     <t>LVMH Swiss Manufactures SA</t>
   </si>
   <si>
+    <t>EUTM 000940619	HARRIS, EUTM 000508333	 HARRIS, EUTM 005959631
+EUTM 004725941	LINCOLN ELECTRIC, EUTM 007086507, EUTM 004683331 OERLIKON, EUTM 015346935 LINCOLN ELECTRIC, EUTM 004982468 LINCOLN ELECTRIC, EUTM 000228163 LINCOLN, EUTM 005959762 HARRIS</t>
+  </si>
+  <si>
     <t>metināšanas produkti</t>
   </si>
   <si>
     <t>EUTM 000102632 agria</t>
   </si>
   <si>
     <t>Agria-Werke GmbH</t>
   </si>
   <si>
+    <t xml:space="preserve">mašīnvadītas ierīces un mašīnas dārzkopībai un ainavu veidošanai, lauksaimniecībai un mežsaimniecībai, zaļo zonu un teritoriju uzturēšanai, ceļu un ielu tīrīšanai, grants ceļu un pelnu celiņu uzturēšanai, ziemu uzturēšanai uz celiņiem, jo īpaši zemes apstrādes mašīnām, piemēram, kaplēšanai un frēzēšanai , arkli, izkliedētāji, kultivatori, ecēšas, izlīdzinātāji, zemes urbji un izkliedētāji,motorizētie zāles pļāvēji </t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                        EUTM 5867452 PLAYTEX MY SIZE, EUTM 3210036 PLAYTEX BEAUTY CROSS, EUTM  3123395 PLAYTEX REVEALS YOUR BODY’S BEAUTY	
+EUTM 3082088 PLAYTEX JUST MY STYLE, EUTM 2965440 PLAYTEX SECRETS MAKE-UP, EUTM 2932176 PLAYTEX SECRETS, EUTM 2604916PLAYTEX MAGIC FEELING, EUTM	568543	PLAYTEX, EUTM 15971401 WONDERBRA FULL EFFECT, EUTM 15971443 WONDERBRA ULTIMATE PLUNGE, EUTM 15971468 WONDERBRA ULTIMATE STRAPLESS, EUTM 14984231 WONDERBRA WILD RIVIERA, EUTM 12678959 WONDERBRA MY PRETTY PUSH-UP, EUTM 12645529 WONDERBRA PERFECT MULTIWAY, EUTM 12591053 WONDERBRA NATURAL PUSH-UP, EUTM 12591152 WONDERBRA CRAZY DRESSING ROOM, EUTM11705225 WONDERBRA HYPNOTIC, EUTM 11550464 WONDERBRA SEXY SHAPING, EUTM11211381 WONDERBRA DECODER
+EUTM 11014669 WONDERBRA GEL BRA, EUTM 10993715 WONDERBRA VARIABLE CLEAVAGE, EUTM 10742104 WONDERBRA NATURAL LIFT
+EUTM 10402287 WONDERBRA, EUTMB 10369668 WONDERBRA SEXY AS YOU WISH, EUTM 3131042WONDERBRA THE ORIGINAL, EUTM 3016755WONDERBRA, EUTM 2968709 WONDERBRA W-SPIRIT, 
+EUTM 2047876 WONDERBRA PURE, EUTM 1311265	WONDERBRA LIFESTYLE, EUTM 1311521 WONDERBRA, EUTM 047554	WONDERBRA BLISS		</t>
+  </si>
+  <si>
     <t>HBI PLAYTEX BATH LLC</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbs, apakšveļa </t>
-  </si>
-[...4 lines deleted...]
-    <t>UNITED BISCUITS FRANCE</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 002372027, ITM 1185075 TÜVRheinland, EUTM 011301058 TÜVRheinland GS geprüfte Sicherheit, EUTM 010108744  TÜV Rheinland GS geprüfte Sicherheit 
 </t>
   </si>
   <si>
     <t>TÜV Rheinland Aktiengesellschaft</t>
   </si>
   <si>
     <t>EUTM 14783096 STAR</t>
   </si>
   <si>
     <t xml:space="preserve">D.T.M. RICAMBI S.R.L.  </t>
   </si>
   <si>
     <t xml:space="preserve">dzinēji, elektroniskās sistēmas, bukses un tamlīdzīgas degvielas dzinēju sastāvdaļas </t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 000124461 kaVo, EUTM 002576312 KAVO, EUTM 000125815 KaVo</t>
   </si>
   <si>
     <t>KaVo Dental GmbH</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> zobārstniecības instrumenti,  zobārstniecības un zobārstniecības tehnikas aparāti un aprīkojums, zobu sūkšanas sistēmas
+zobārstniecības darbības lampas, laboratorijas mēbeles zobārstiem un zobu tehniķiem</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 1311137 ESSENTIEL ANTWERP</t>
   </si>
   <si>
     <t>KADINE BVBA</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbi, apavi un aksesuāri u.c. </t>
   </si>
   <si>
     <t>EUTM 011642618 lavera NATURKOSMETIK</t>
   </si>
   <si>
     <t>Laverana GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>EUTM 003226222 Lundbeck /fig./, EUTM 002068229 LUNDBECK, EUTM 001909761 CIPRALEX, EUTM 002041259 LEXAPRO, EUTM 002153914 SEROPLEX, EUTM 001696442 SIPRALEXA, EP 1716108 separation method, EP 1896439 crystalline base and melt tablets, EP 1412341 escitalopram - R-Diol process, EUTM009033937 CIPRALEX MELTZ, EUTM009496407CIPRALEX OROTAB  TZ, EUTM009496431CIPRALEX ODIS, EUTM009496431 CIPRALEX ODIS, EUTM009496456CIPRALEX FLAS, EUTM009496357 SIPRALEXA ODIS, EUTM1122167 SIPRALEXA MELTZ, EUTM002153914 SEROPLEX, EUTM 009496316LEXAPRO MELTZ</t>
   </si>
   <si>
     <t>H. Lundbeck A/S Cipralex</t>
   </si>
   <si>
     <t>ITM 1391680 KODAK, EUTM 12298386 KODAK, EUTM 28449 KODAK	
 EUTM 28456 KODAK, ITM 1332046 KODAK, ITM 1245726 KODAK	
 ITM 1184780 KODAK</t>
   </si>
   <si>
     <t>Eastman Kodak Company</t>
   </si>
   <si>
     <t xml:space="preserve">led apgaismojums, spuldzes, paneļi u.c. </t>
   </si>
   <si>
     <t>Andreas Stihl AG&amp;Co.KG</t>
   </si>
   <si>
     <t>motorzāģi</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM001026905,CHRISTIAN LOUBOUTIN, EUTM 009098815 Christian Louboutin, EUTM 011022696 Louboutin, CDR 002475509- 0001, CDR 002475509-0001 - 0011, CDR 002174433-0001 - 0006, CDR 006937827-0001 - 0014 Diseño de frasco EUTM 018225568 LOUBIWORLD, Estuches para lápices de labios, Lápices para uso cosmético, Pulverizadores de perfume, CDR 002475509-0002 Estuches para lápices de labios, Lápices para uso cosmético, Pulverizadores de perfume, CDR 002475509-0003 Estuches para lápices de labios, Lápices para uso cosmético, Pulverizadores de perfume	, CDR 002475509-0004 Estuches para lápices de labios, Lápices para uso cosmético, Pulverizadores de perfume, CDR 002475509-0005 Estuches para lápices, Lápices, Pulverizadores de perfume	, CDR	002475509-0006 Estuches para lápices, Lápices, Pulverizadores de perfume	</t>
-[...1 lines deleted...]
-  <si>
     <t>ANTONIO PUIG, S.A.</t>
   </si>
   <si>
     <t>parfimērija</t>
   </si>
   <si>
     <t xml:space="preserve">ICD 084865-20 Bracelet (cf visuel dans la liste des droits/see visual in the list of rights), ICD 084865-21 Bracelet (cf visuel dans la liste des droits/see visual in the list of rights), ICD 084865-22 collier (cf visuel dans la liste des droits/see visual in the list of rights), ICD 084865-23Collier (cf visuel dans la liste des droits/see visual in the list of rights), ICD 084865-24 Collier (cf visuel dans la liste des droits/see visual in the list of rights), ICD 084865-24 Collier (cf visuel dans la liste des droits/see visual in the list of rights), ICD 084865-25 Collier (cf visuel dans la liste des droits/see visual in the list of rights), ICD 084865-26Collier (cf visuel dans la liste des droits/see visual in the list of rights), ICD 084865-27 Collier (cf visuel dans la liste des droits/see visual in the list of rights), ICD 084865-28 Bracelet manchette (cf visuel dans la liste des droits/see visual in the list of rights), ICD 084865-29 Boucles d'oreilles (cf visuel dans la liste des droits/see visual in the list of rights)	, ICD 084865-30  Collier (cf visuel dans la liste des droits/see visual in the list of rights), ICD 084865-31 Collier (cf visuel dans la liste des droits/see visual in the list of rights), ICD	084865-3211268287 Bague (cf visuel dans la liste des droits/see visual in the list of rights), ICD 084865-33Collier (cf visuel dans la liste des droits/see visual in the list of rights, ICD 084865-34 Bracelet manchette (cf visuel dans la liste des droits/see visual in the list of rights), ICD 084865-35 collier-pendentif (cf visuel dans la liste des droits/see visual in the list of rights), ICD 091024-1 Bracelet (cf visuel dans la liste des droits/see visual in the list of rights), ICD 091024-2 Bague (cf visuel dans la liste des droits/see visual in the list of rights), ICD 091024-3 Bracelet (cf visuel dans la liste des droits/see visual in the list of rights), ICD 091024-4 Bracelet (cf visuel dans la liste des droits/see visual in the list of rights), ICD 091024-5 Bracelet (cf visuel dans la liste des droits/see visual in the list of rights), ICD 091024-6 Bague (cf visuel dans la liste des droits/see visual in the list of rights), ICD 091024-7 Bague (cf visuel dans la liste des droits/see visual in the list of rights), ICD 091024-8  Bague (cf visuel dans la liste des droits/see visual in the list of rights), ICD 098051 - 1 Collier (cf visuel dans la liste des droits/see visual in the list of rights)	, ICD 098051 -2 Bracelet (cf visuel dans la liste des droits/see visual in the list of rights), ICD 098051 - 3 Bague (cf visuel dans la liste des droits/see visual in the list of rights), ICD 098051 -4 Boucles d'oreilles (cf visuel dans la liste des droits/see visual in the list of rights), ICD 098051 - 5 Boucles d'oreilles (cf visuel dans la liste des droits/see visual in the list of rights), ICD 100326-1 Bague (cf visuel dans la liste des droits/see visual in the list of rights), ICD 100326-2 Boucles d'oreilles (cf visuel dans la liste des droits/see visual in the list of rights), ICD	100326-3	11268306 Bague (cf visuel dans la liste des droits/see visual in the list of rights), ICD 100326-4  Boucles d'oreilles (cf visuel dans la liste des droits/see visual in the list of rights), EUTM 014879498 Marque figurative (cf visuel dans la liste des droits/see visual in the list of rights), EUTM 008295669 MeSSIKA, EUTM 014879472 MESSIKA, ICD 080709-12 Bracelet homme (cf visuel dans la liste des droits/see visual in the list of rights), ICD 080709-14 Bracelet (cf visuel dans la liste des droits/see visual in the list of rights) ICD 080709-18 Bague (cf visuel dans la liste des droits/see visual in the list of rights), ICD 080709-30 Bracelet (cf visuel dans la liste des droits/see visual in the list of rights), ICD	080709-47 Collier (cf visuel dans la liste des droits/see visual in the list of rights), ICD 080709-48Bracelet (cf visuel dans la liste des droits/see visual in the list of rights), ICD 080709-50 Boucles d'oreilles (cf visuel dans la liste des droits/see visual in the list of rights)	,  ICD 084865-1 Bague (cf visuel dans la liste des droits/see visual in the list of rig, ICD084865-2 Collier (cf visuel dans la liste des droits/see visual in the list of rights), IC 084865-3 Bracelet manchette (cf visuel dans la liste des droits/see visual in the list of rights), ICD 084865-4Collier (cf visuel dans la liste des droits/see visual in the list of rights), ICD 084865-5 Bague (cf visuel dans la liste des droits/see visual in the list of rights), ICD 084865-6 Bague (cf visuel dans la liste des droits/see visual in the list of rights)	</t>
   </si>
   <si>
     <t>MESSIKA GROUP</t>
   </si>
   <si>
     <t xml:space="preserve"> zelta rotaslietas, personīgie aksesuāri</t>
   </si>
   <si>
     <t>EUTM 004497384	TACTEL, EUTM 014893044 Figurative, EUTM 004460473 Figurative, EUTM 010963247 COOLMAX, EUTM 004079497 Figurative	
 EUTM 005402185	COOLMAX, EUTM 014893028 COOLMAX, EUTM 004459525 LYCRA, EUTM 005945613 THERMOLITE</t>
   </si>
   <si>
     <t>THE LYCRA COMPANY UK LIMITED</t>
   </si>
   <si>
     <t>tekstils un tekstila preces</t>
   </si>
   <si>
     <t>EUTM 010014678 AURA, EUTM 004214532 3M, EUTM 017926784 3M, EUTM 1627218 1860</t>
   </si>
   <si>
     <t>3M Company</t>
   </si>
   <si>
     <t>aizsargmaskas</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM  1308941 MARTELL VSOP MEDAILLON J. Martell, EUTM  1317929  MARTELL CORDON BLEU, EUTM  1317928 MARTELL CORDON BLEU, EUTM  1014883 L'OR de Jean MARTELL, EUTM  9541475 MARTELL  2011-04-04, CDR  000287602-0001 modèle de bouteille, EUTM  010405256  10633988  MARTELL CHANTELOUP PERSPECTIVE, CDR  001936501-0001 modèle de bouteille, EUTM  10314904  CHANTELOUP PERSPECTIVE, EUTM  10294981 MARTELL CHANTELOUP PERSPECTIVE, EUTM  5437553 MARTELL NOBLIGE, EUTM  3302593 NOBLIGE, EUTM  4952156  MARTELL CORODN BLEU, EUTM  15202633 MARTELL CORDON BLEU E. MARTELL, EUTM  001383884, EUTM  003940351 MEDAILLON, EUTM  007305741 L'OR de Jean MARTELL, CDR  000972807-0001 modèle de bouteille, CDR  000499033-0001 Récipients pour boissons, EUTM  1272048, EUTM  1272053, EUTM  1272052, EUTM  1301522  MARTELL MEDAILLON J. Martell  </t>
-[...1 lines deleted...]
-  <si>
     <t>Martell &amp; Co</t>
   </si>
   <si>
     <t xml:space="preserve">ITM1169491 ULTHERAPY, EUTM 006231691 ULTHERA  </t>
   </si>
   <si>
     <t>Ulthera, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">kosmētiskā un plastiskā ķirurģija, ārstēšana ar akustisko un ultraskaņu, ķirurģiskās un medicīniskās iekārtas un instrumenti, ultraskaņas attēlveidošanas un terapijas iekārtas </t>
   </si>
   <si>
-    <t xml:space="preserve">CDR002135400-0002; CDR002149625-0001, ITM003783743/KLIP IT, CDR 001872052-0002, CDR 000357769-0003, CDR 000357769-0001, EUTM 003783735/SISTEMA, CDR 001222996-0003, CDR 001257950-0001, CDR 001245740-0001, ITM1273476 to go, ITM 1292479, ITM	1292481, ITM 1291608, ITM 1255226, ITM 1230179, ITM 1255559 BAKE IT, ITM 1246279 TWIST 'N' SIP, ITM 1252274 SPORT FUSION, EUTM 003783735 SISTEMA, EUTM 010236446 SISTEMA, EUTM 009420787 KLIP IT TO GO, EUTM 003783743 KLIP IT,  EUTM 008875841 BREAKFAST-TO-GO      </t>
-[...1 lines deleted...]
-  <si>
     <t>Sistema Plastics Limited</t>
   </si>
   <si>
     <t>mājsaimniecības un virtuves ierīces, piknika trauki, dzesētāja somas, izolēti konteineri un somas pārtikai vai šķidrumiem u.c.</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">CDR 001422638-0006 Il disegno consiste in un reggiseno, EUTM  15904089 VS (STYLISED), CDR 002479196-0003 Il disegno consiste in un fermaglio con le iniziali VS, EUTM 16335226 LOVE PINK, EUTM 13258199 Il marchio consiste in un motivo bianco a pois tra cui appare la figura di un cane su sfondo rosa, EUTM 13431523 VICTORIA’S SECRET TEASE, EUTM 12609046PASSION STRUCKEUTM 3428448 DREAM ANGELS HALO, ITM 1059840 VS, EUTM 10522258 IN LONDON IN LOVE, EUTM 14508956 PINK VICTORIA'S SECRET (STYLISED), EUTM 8909855 VICTORIA'S SECRET SEXY LITTLE THINGS, CDR 001422638- 0004 Il disegno consiste in un reggiseno,  EUTM 16788044 VICTORIA'S SECRET LOVE (STYLISED) &amp; HEART DEVICE, EUTM 9979469 VICTORIA'S SECRET GORGEOUS, CDR 002479196-0002 Il disegno consiste in un fermaglio con le iniziali VS, EUTM 11141331LOVE PIN, EUTM 9982521 INCREDIBLE BY VICTORIA'S SECRET, EUTM 12608709 LOST IN FANTASY, EUTM 13632039 LOUNGE ANGEL, EUTM 14500862 PINK VICTORIA'S SECRET (STYLISED) &amp; BLACK POLKA DOTS ON WHITE BACKGROUND DEVICE, EUTM 13190715 VICTORIA'S SECRET PINK,  EUTM 3428372  DREAM ANGELS DIVINE, CDR 001428189-0002 Il disegno consiste in una testa per dispenser, EUTM 12608972 SHEER LOVE, CDR 001422638-0001 Il disegno consiste in un reggiseno, CDR 001313589-0003 Il disegno è cosituito dall'ala di un angelo stilizzata, EUTM 15562961 XO VICTORIA, ITM 1054492 IPEX, EUTM 6025944 OO LA LA, EUTM  11971587 Il marchio consiste in un motivo a strisce verticali con la scritta VICTORIA'S SECRET, EUTM 4569802 BUSTIER, EUTM 2813509 9POUT, EUTM 6026629 Il marchio consiste nella figura stilizzata di un cane, EUTM 11862885 PINK, EUTM 15416498 VICTORIA SPORT, EUTM 13016985 I HATE RUNNING giseno, EUTM 4439485 VICTORIA'S SECRET VERY SEXY FOR HER, EUTM 7533854 VICTORIA BY VICTORIA'S SECRET, EUTM 1376654 8HELLO, BOMBS HELL!, EUTM 4439501 VICTORIA'S SECRET VERY SEXY FOR HIM, CDR001422638- 0003 Il disegno consiste in un reggiseno, EUTM 13643523 KNOCKOUT BY VICTORIA'S SECRET, EUTM 13035795 VS FANTASIES, EUTM 11739075 THE CLOSEUP by VICTORIA'S SECRET, CDR 001422638- 0002 Il disegno consiste in un reggiseno, EUTM 13693577 VICTORIA'S SECRET, CDR 001413090-0001 Il disegno consiste in un reggiseno, EUTM 11504099 VSX SPORT		</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbs, apavi, kosmētika u.c. </t>
   </si>
   <si>
     <t>EUTM 014277008EN plus, EUTM 014277024EN plus A1 ISO, EUTM 014467484EN plus A2 ISO, EUTM 014467501EN plus B ISO 17225-2	
 EUTM 014467518SERVICE EN plus SERVICE, EUTM 014742514 enplus
 EUTM 014742662 enplus A1</t>
   </si>
   <si>
     <t>Kioxia Corporation</t>
   </si>
   <si>
     <t>SD kartes, Micro-SD, USB u.c.</t>
   </si>
   <si>
     <t>EUTM 014277008EN plus, EUTM 014277024EN plus A1 ISO, EUTM 014467484EN plus A2 ISO, EUTM 014467501EN plus B ISO 17225-2	
 EUTM 014467518SERVICE EN plus SERVICE, EUTM 014742514enplus	
 EUTM 014742662enplus A1</t>
   </si>
   <si>
     <t>BIOENERGY EUROPE AISBL</t>
   </si>
   <si>
     <t>degviela, jo īpaši kokskaidu granulas, cietā kurināmā sildīšanas ierīces koksnes sildīšanas granulām</t>
@@ -2739,7596 +2591,5704 @@
     <t>Birkenstock IP GmbH</t>
   </si>
   <si>
     <t>EUTM 016767841 CUPRA, EUTM 017517822 CUPRA, EUTM 018197350 CUPRA, EUTM 004814943 S SEAT /fig./, EUTM013846738 S SEAT, EUTM 11042108 S SEAT</t>
   </si>
   <si>
     <t>SEAT, S.A.</t>
   </si>
   <si>
     <t>aksesuāri, rezerves daļas u.c.</t>
   </si>
   <si>
     <t>G.H. Mumm et Cie</t>
   </si>
   <si>
     <t>šampanietis, etiķetes, iepakojums, kastes u.c.</t>
   </si>
   <si>
     <t>JUNO THERAPEUTICS INC</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                     EUTM 000084673  JT 
 </t>
   </si>
   <si>
+    <t>EUTM 017181124  VW AG, EUTM 009383506	Volkswagen, EUTM 009383514 VW, EUTM 017181124  VW AG, EUTM 009383506 Volkswagen, EUTM 009383514 VW, ITM 1282574   Caravelle, , EUTM 018470387 GTI, ITM1136520 Multivan, ITM 1441120 ID., EUTM 002069342</t>
+  </si>
+  <si>
     <t>Volkswagen rezerves daļas, piederumi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">ARENA S.P.A. </t>
   </si>
   <si>
-    <t xml:space="preserve">CDR  002989087-0001Envase para perfume, CDR  3051705-0001 a 0004  Envase para perfume, EUTM  5874441  SCANDAL, EUTM  16175739  Envase para perfume, EUTM  16175788  Envase para perfume, ITM  720476 Envase para perfume, ITM  720497   Envase para perfume, CDR 008281810-0001 Envase para perfume </t>
-[...6 lines deleted...]
-  <si>
     <t>Bauerfeind AG</t>
   </si>
   <si>
     <t>ortopēdiskie priekšmeti, bandāžas, ortozes, protēzes, zolītes, ortopēdiskās kurpes, zeķes, spilventiņi, ceļa locītavas, ortopēdijas, protezēšanas instrumenti, apsēji, saites u.c.</t>
   </si>
   <si>
     <t>T.R.B. International SA</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 000089227 PIONEER, EUTM 000881839 Pioneer</t>
   </si>
   <si>
+    <t>PIONEER EUROPE NV</t>
+  </si>
+  <si>
     <t>automašīnu audio un automobiļu navigācijas sistēmas, televizori (CRT Lens and Plasma, bijušais produkts), PC DVD diskdziņi, ieskaitot PC DVD ierakstītājus, "set-top" DVD atskaņotāji un rakstītāji, DJ aprīkojums</t>
   </si>
   <si>
-    <t xml:space="preserve"> EUTM  010730349 S Spin Master, EUTM  009208761 Spin Master</t>
+    <t>ITM 1467989 Bienen Logo (reine Bildmarke), EUTM 007353469 PATRON	
+EUTM 017817214	 PATRÓN, EUTM 001747666 PATRON</t>
   </si>
   <si>
     <t>Bacardi Martini Patrón International GmbH</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni, aksesuāri u.c.</t>
   </si>
   <si>
     <t>EUTM EU005807169 JUVEDERM, EUTM EU006547053 JUVEDERM FORMA, EUTM EU006547301 JUVEDERM VOLUMA, EUTM EU002196822 JUVEDERM, EUTM EU 006295638 JUVEDERM ULTRA, EUTM EU013541594 JUVEDERM VYBRANCE, EUTM EU008792863 JUVEDERM ULTRA SMILE, EUTM EU013413406 JUVEDERM VOLITE</t>
   </si>
   <si>
     <t>Allergan Holdings France SAS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">farmaceitiskie produkti, ko ievada ar injekciju palīdzību, ādas mitrināšanai un grumbu mazināšanai, medicīniski un ķirurģiski aparāti un instrumenti, dermas implanti, biosaderīgas vielas medicīniskiem nolūkiem grumbu mazināšanai, mākslīgā āda ķirurģiskiem nolūkiem, protēzes, ziepes, parfimērijas izstrādājumi, ēteriskās eļļas, kosmētikas līdzekļi ādas un ķermeņa kopšanai,   krēmi, losjoni un ziedes un želejas, ādas atsvaidzinātāji un tonizējoši līdzekļi, matu losjoni, preparāti mutes un zobu kopšanai u.c.
+  </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM000057034/F, EUTM 000057042/FILA, EUTM 000056960/FILA, EUTM 003545605/FILA, EUTM 000056945/F FILA 
 </t>
   </si>
   <si>
     <t>FILA LUXEMBOURG S.A.R.L.</t>
   </si>
   <si>
     <t>apģērbi, apakšveļa, apavi, brilles, inline slidas un aksesuāri</t>
   </si>
   <si>
     <t>CPVR 2015/1061, CPVR 2015/2066, CPVR 2015/2067, CPVR 2014/3312
 EUTM 015773451 OZBLU, EUTM 011976388 OZ, EUTM,  011976578 OZ, EUTM 018088194 Peek-A-blu</t>
   </si>
   <si>
     <t>United Exports Limited</t>
   </si>
   <si>
+    <t>gaļa, zivis, mājputni un medījumi, gaļas ekstrakti, konservēti, saldēti, žāvēti un vārīti augļi un dārzeņi, želejas, ievārījumi, kompots, olas, piens un piena produkti, pārtikas eļļas un tauki, Nesagatavoti un neapstrādāti lauksaimniecības, ūdens, dārzkopības un mežsaimniecības produkti,  graudaugi un sēklas, svaigi augļi, dārzeņi un zaļumi, dabiski augi un ziedi, ziedu sīpoli, stādi un sēklas stādīšanai, dzīvi dzīvnieki, pārtika un dzērieni dzīvniekiem, iesals u.c</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> EUTM 004656104 Gallo FAMILY VINEYARDS, EUTM 007372774Gallo	
+EUTM 008639338 Barefoot, EUTM 017978584 Gallo, EUTM 002275667 Nawm
+EUTM 002275709	Barefoot, EUTM 017978585 GALLO FAMILY VINE YARDS, EUTM 002319655	Barefoot</t>
+  </si>
+  <si>
     <t>E. &amp; J. Gallo Winery</t>
   </si>
   <si>
     <t>vīni</t>
   </si>
   <si>
     <t>EUTM003440881 BREGUET</t>
   </si>
   <si>
     <t>Montres Breguet SA</t>
   </si>
   <si>
     <t xml:space="preserve"> pulksteņi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 952796 RIBENA, EUTM 18074042  RIBENA 
 </t>
   </si>
   <si>
+    <t xml:space="preserve">ICD DM/100 028, ICD DM/204 111, ICD DM/207 174, ICD DM/207 720	
+ICD DM/103 495, ICD DM/103 494, ICD DM/098 854, ICD DM/098 620	
+ICD DM/097 425, ICD DM/096 572, ICD DM/092 390, ICD DM/102829	
+ICD DM/100 034, ICD DM/097 207, ICD DM/096 164, ICD DM/089 858	
+ICD DM/090 011	</t>
+  </si>
+  <si>
     <t>Ninebot (Beijing) Tech. Co., Ltd.</t>
   </si>
   <si>
     <t>giroskūteri ar rokturi</t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM 013532511 LITTLE MY, EUTM 009640384 MOOMIN, EUTM 013532973 Trade mark without tex, EUTM 013532809 Trade mark without text
+EUTM 013532874 Trade mark without text, EUTM 013530308 MUUMI	
+EUTM 002255214 MUUMIT MUMIN THE MOOMINS, EUTM 012683462 MUUMI, EUTM 013532585 NUUSKAMUIKKUNEN, EUTM 013532528 MOOMIN, EUTM 009697434 MOOMIN, EUTM013533062 Trade mark without text, EUTM 010070671 MOOMIN, EUTM 013533153 Trade mark without text, EUTM013532643PIKKU MYY, EUTM 007036791 Trade mark without text, EUTM 009697392 Trade mark without text, EUTM017165945 MOOMINVALLEY, EUTM 010709541 Tove Jansson	</t>
+  </si>
+  <si>
     <t>Moomin Characters Oy Ltd.</t>
   </si>
   <si>
     <t>EUTM  011678299  ZIPP, EUTM  013950936 ZIPP</t>
   </si>
   <si>
     <t>SRAM LLC</t>
+  </si>
+  <si>
+    <t>EUTM 000083345 DELL, EUTM 008295362 DELL, EUTM 000083295 DELL
+EUTM 006420641 DELL, EUTM 003087641 DELL, EUTM 003370061 DEL	
+EUTM 015767965 DELL, EUTM 012754883 DELL</t>
   </si>
   <si>
     <t>Dell Products</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 16072514 Dreamworks Trolls, EUTM 015372576 Dream works Trolls, EUTM 11841145School of Dragons, EUTM 006673594 Kung Fu Panda, EUTM 005112677 Kung Fu Panda, EUTM 008758377 Kung Fu Panda: Legends of Awesomeness, EUTM 009454431 Dreamworks Kung Fu Panda, EUTM 001653146 Shrek, EUTM 008319188 Shrek Forever After, EUTM 009921214 Dream works, EUTM 182220 Dreamworks, EUTM 009921263Dreamworks, EUTM 009921248Dreamworks Animation SKG, EUTM 011200631 Despicable Me, EUTM 012449609, EUTM 012352225 Downton Abbey, EUTM 12847241, EUTM 12937421Minions, EUTM 2494698 Jurassic Park III Dino Attack &amp; Design, EUTM 13065156 Jurassic World, EUTM 002702462 E.T. The Extra-Terrestrial, EUTM 002726917Johnny English, EUTM 002788321, EUTM 002788339 Miami Vice, EUTM 002848398  The Fast and The Furious, EUTM 003077021 The Fast and The Furious, EUTM 003077922 Van Helsing, EUTM 003294329 1Van Helsing, EUTM 004188348, EUTM 010500262, EUTM 012937553, EUTM 008489692 Scarface, EUTM 013065156Jurassic World, EUTM 002494698, EUTM 014521348, EUTM 014656441, EUTM 014908206Hybrid Dino, EUTM 014942511 The Secret Life of Pets, EUTM 014964738, EUTM 014964902, EUTM 014964894, EUTM 014964852, EUTM 014964837, EUTM 014964803, EUTM 014964951, EUTM 014964761, EUTM 014964936, EUTM 014964795, EUTM 014964829, EUTM 014554026 Trolls 
  </t>
   </si>
   <si>
     <t>Universal City Studios LLC</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR 001864141-0002, EUTM 10817104 TMWT, EUTM	 10817121 TMWT	
-[...6 lines deleted...]
-  <si>
     <t>Mattel Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">Dr. Martens International Trading GmbH </t>
   </si>
   <si>
     <t xml:space="preserve">EUT M  1041927 PLAY for her GIVENCHY, EUTM  0990713 PLAY GIVENCHY, EUTM  1325646 RWD PLAY F.FWD, EUTM  201061, EUTM  201186 TARTINE ET CHOCOLAT, EUTM  1146077  TEINT Couture, EUTM  3521002 VERY IRRESISTIBLE GIVENCHY, EUTM  5094321 VERY IRRÉSISTIBLE GIVENCHY GIVENCHY, EUTM  1115499 VERY IRRESISTIBLE GIVENCHY ELECTRIC ROSE, EUTM  1186554  Very Irrésistible L'Eau en rose GG GIVENCHY, EUTM  201210, EUTM  5391801 ange ou démon GIVENCHY PARIS, EUTM  1281293  CUSHION KISS, EUTM  12475455 DAHLIA DIVIN, EUTM  12773735 DAHLIA DIVIN GIVENCHY, EUTM  12484333  DAHLIA DIVIN GIVENCHY, EUTM  11758001  Gentlemen only Givenchy, EUTM  11301108 Gentlemen only Givenchy, EUTM  13231964 GENTLEMEN ONLY GIVENCHY CASUAL CHIC, EUTM  224949 GIVENCHY, EUTM  014013536 GIVENCHY LIVE IRRESISTIBLE, EUTM  015036544 L'ANGE NOIR GIVENCHY, EUTM  1300296 LE ROUGE PERFECTO, EUTM  1351981 LE ROUGE SCULPT, EUTM  1300366 GIVENCHY LE SOIN NOIR &amp; BLANC, EUTM  1174499 LINER Couture, EUTM  1303853   NOIR INTERDIT </t>
   </si>
   <si>
     <t xml:space="preserve">LVMH FRAGRANCE BRANDS </t>
   </si>
   <si>
     <t>smaržas, kosmētika ķermeņa kopšanas līdzekļi, ķermeņa kopšanas līdzekļi</t>
   </si>
   <si>
+    <t>EUTM 016732877	Bing, EUTM 016732869 Bing (figurativo), EUTM 018023122 Bing Bunny device, EUTM 016732851	BING BUNNY</t>
+  </si>
+  <si>
+    <t>Acamar Films Limited</t>
+  </si>
+  <si>
     <t>EUTM 17913208 TikTok, EUTM 18184341 TikTok, EUTM 18184895 TikTok EUTM 17913677 Nawm, EUTM 18186404 Nawm</t>
   </si>
   <si>
     <t>TikTok Information Technologies UK Limited</t>
   </si>
   <si>
     <t>Fédération Internationale de Football Association (FIFA)</t>
   </si>
   <si>
     <t>apģērbs, apavi un galvassegas, nozīmītes, somas, sporta aprīkojums u.c.</t>
   </si>
   <si>
     <t>EUTM 011051695 Nawm,  EUTM 008964447 BIONTECH, EUTM 011051604 BIONTECH, EUTM 016241465 BIONTECH, EUTM 018247442 COMIRNATY</t>
   </si>
   <si>
     <t>BioNTech SE</t>
   </si>
   <si>
+    <t xml:space="preserve">Covid 19 vaccins	</t>
+  </si>
+  <si>
     <t>JACQUEMUS</t>
   </si>
   <si>
-    <t>mēbeles u.c.</t>
+    <t xml:space="preserve">apģērbs un akssesuāri, apavi, to detaļas un piederumi u.c.
+</t>
   </si>
   <si>
     <t>EUTM013906193 HPE, EUTM 013917547 HEWLETT PACKARD	
 EUTM 014421598	ARUBA, EUTM 014665145 Nawm, EUTM 014063184 Hewlett Packard Enterprise, EUTM 014063283 HPE, EUTM 013906185	 HEWLETT PACKARD ENTERPRISE</t>
   </si>
   <si>
     <t>Hewlett Packard Enterprise Development LP</t>
   </si>
   <si>
-    <t>CDR 002678854-0001</t>
-[...1 lines deleted...]
-  <si>
     <t>Wever &amp; Ducré GmbH</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 016510844/EM AlphaMiner, EUTM 016510621/EM AlphaTrace
-[...1 lines deleted...]
-CDR 004494235-0001/EM	</t>
+    <t xml:space="preserve">LED apgaismes ierīces u.c </t>
   </si>
   <si>
     <t>ALPHA BOOTS - INDUSTRIA DE CALcADO DE PROTECcaO LDA</t>
   </si>
   <si>
     <t>zābaki aizsardzībai pret negadījumiem, apstarošanu un uguni, aizsargzābaki rūpnieciskai izmantošanai</t>
   </si>
   <si>
     <t>EUTM 18123416 Les Néréides PARIS</t>
   </si>
   <si>
     <t>NEREIDES DISTRIBUTION</t>
   </si>
   <si>
+    <t>juvelierizstrādājumi, sudraba rotaslietas,dārgmetālu figūriņas -statuetes,  medaļas, bižutērija, atslēgu piekariņi personīgie piederumi, u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 003964806/EM STEELFISH, EUTM 015085707/EM HURRICANE	
+ITM 1198047/WO AIRBORNE, ITM 734127/WO AVENGER, ITM 1254641/WO B, ITM 500006/WO B, ITM 1491073/WO B, ITM 1293097/WO BANDIT, ITM 1292736/WO BREITLIGHT, ITM 970173/WO BREITLING	
+ITM 613794/WO BREITLING, ITM 890749/WO BREITLINGITM 1288356 EXOSPACE, ITM 1302057 GHOSTITM 0500006 B, ITM 0845533 STARLINER, ITM 0892397 Transocean, ITM 0903403 GALACTIC, ITM 0970173 BREITLING, ITM1115984 Unitime,ITM1129579 CHRONO SPACE, ITM 1292736 Breitlight, EUTM 003964806 Steelfish, EUTM 009282013 Darwin, ITM 0615709  HRONO MAT, ITM 0892531 Skyracer, EUTM 0890749 Breitling, EUTM 1217921 Merlin, ITM 1254641 B, ITM 1288356 Exospace, ITM 1302057 Ghost, ITM 1491073 B, ITM 0613794 Breitling, EUTM 015085707 Hurricane, ITM 1045863 Breitling Jet Team, ITM 1085176 CHRONOMATIC, ITM 1198047 AIRBORNE, ITM 1460567 Legendary Future, ITM 0734127 Avenger, ITM 0778838 Superocean, ITM 0779327 MONTBRILLANT, ITM 0849619 COCKPIT	</t>
+  </si>
+  <si>
     <t>BREITLING SA</t>
   </si>
   <si>
     <t>EUTM 003441722 BLANCPAIN</t>
   </si>
   <si>
     <t>BLANCPAIN SA (BLANCPAIN AG) (BLANCPAIN LTD) (SOCIÉTÉ ANONYME)</t>
   </si>
   <si>
     <t>EUTM 003276151 HARRY WINSTON</t>
   </si>
   <si>
     <t>Harry Winston SA</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR 000960844-0015, CDR 000960844-0014, CDR 000960844-0013, CDR 000960844-0012, CDR 000960844-0011, CDR 000960844-0010, CDR 000960844-0009, CDR 000960844-0008, CDR 000960844-0007, CDR 000960844-0006, CDR 000960844-0005, CDR 000960844-0004, CDR 000960844-0003, CDR 000960844-0002, CDR 000960844-0001, EUTM 013011259 WAGO	</t>
-[...1 lines deleted...]
-  <si>
     <t>WAGO Verwaltungsgesellschaft mbH</t>
   </si>
   <si>
     <t>elektriskās sistēmas, savienojošie termināļi, elektriskie savienotāji u.c.</t>
   </si>
   <si>
     <t>EUTM 008597114 MINOLTA, EUTM 000365213, EUTM 003332376 KONICA MINOLTA , EUTM 003332236 KONICA MINOLTA</t>
   </si>
   <si>
     <t>Konica Minolta, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve"> printeru kārtridži u.c.</t>
   </si>
   <si>
     <t>EUTM 006704051, EUTM 003449394AIRWELL, ITM 12058555AIRWELL</t>
   </si>
   <si>
     <t>AIRWELL RESIDENTIAL SAS</t>
   </si>
   <si>
+    <t xml:space="preserve">
+EUTM 018304869 ISLA DAWN, EUTM 018304866 EDDIE DENNIS	
+EUTM 018304872 JACK STARZ, EUTM 018561950 NXT 2.0	
+EUTM 019067034 THE PURE FUSION COLLECTIVEEUTM 006403125 DUDE LOVE, EUTM 006402994 MICK FOLEY, EUTM 006402911DH SMITH, EUTM 006375521 AYDEN JETER, EUTM006375431 WWE MAGAZINE &amp; Device, EUTM006374011AUSTIN 3:16, EUTM 006373997WHAT?, EUTM006373948LEGEND KILLER, EUTM 006373898 JESSE DALTON, EUTM 006373864 FESTUS DALTON, EUTM006368658 GLAMAZON, EUTM 002420925 SMACKDOWN, EUTM 002420917 SURVIVOR SERIES, EUTM 002420891 KING OF THE RING, EUTM 002420875 HEAT, EUTM 002238319 CHYNA, EUTM 002168334 SMACK DOWN RECORDS Logo, EUTM 00186820 HHH, EUTM 01768464HHH (Stylised), EUTM 001731165 LAYETH THE SMACKETH DOWN, EUTM 001731132 TITANTRON, EUTM 001730894 TRIPLE H, EUTM 009873399 TOUGH ENOUGH Logo, EUTM009861998 STONE COLD STEVE AUSTIN, EUTM 009857947 EDGE, EUTM 009857921 TRIPLE H, EUTM 009857905 SUMMERSLAM, EUTM 009857889 ROYAL RUMBLE, EUTM 09857871 EDDIE GUERRERO, EUTM 009857848 THE ROCK, EUTM 009857806 STONE COLD STEVE AUSTIN, EUTM 009857764 BIG SHOW, EUTM 009857723REY MYSTERIO, EUTM 011969631 BRODUS CLAY, EUTM 011906153 WWE SLAM CITY, EUTM 011905312 BELLA TWINS, EUTM 011826542 CURT AXEL, EUTM 011788965 CRUSH WEAR, EUTM 011788866 CRUSH GEAR, EUTM 011759073 TOTAL DIVAS, EUTM 011759008 CRUSH COUTURE, EUTM 011713435 DIVA DIARIES, EUTM 011705548 DIVALICIOUS, EUTM 011700747 WWE New Scratch Logo	
+EUTM 015747355 RAN METALIK, EUTM 015721111 WWE TALKING SMACK, EUTM 015690399S HINSUKE NAKAMURA, EUTM 015622897 INTERCONTINENTAL CHAMPION, EUTM 015596745 WWE STORY TIME
+EUTM 015545569 NXT Logo (Horizontal)</t>
+  </si>
+  <si>
     <t>World Wrestling Entertainment Inc.</t>
   </si>
   <si>
     <t>rotaļlietas, datorspēles, apģērbi, somas u.c.</t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM 006819321/EM NIKEWOMEN, EUTM 012413613/EM RISK EVERYTHING, EUTM 016026338/EM ZONAL, EUTM 005733795/EM NIKEGOLF, EUTM 005698097/EM PACEKEEPER, EUTM 011600699/EM DESIGNED TO MOVE, EUTM 013146725/EM NIKE AIR, EUTM 012137493/ EM MAGISTA, EUTM 011718889/EM HYPERVENOM	, EUTM 011722931/ EM HYPERFLECT, EUTM 008117715/EM NIKE GRIND, EUTM 000278093/ EM NIKE TOWN, EUTM 000278077/EM AIR JORDAN, EUTM 000277889/ EM NIKE, EUTM 007554637/EM NIKE PRO COMBAT, EUTM 012441051/ EM COLORDRY, EUTM 015827231/EM NIKE HYPERSTRONG, EUTM 006455307/EM FLYWIRE, EUTM 016768418/EM NIKE JOYRIDE, EUTM 0121163 98/EM JUST DO IT, EUTM 003289253/EM 90, EUTM 000555763/ EM ACG, EUTM 000514984/EM JUST DO IT, EUTM 000278101/EM DRI-F.I.T., EUTM 014345284/EM, EUTM 001071000/EM, EUTM 012492583/EM FLIGHT23, EUTM 012600128/EM NIKE AEROLOFT, EUTM 000277624/EM CHALLENGE COURT, EUTM 005184619/EM LUNGE, EUTM007448095/EM LUNARG, EUTM 016026379/EM JUST DO IT, EUTM 010687713/EM NIKE+ SPORT, EUTM 000277970/EM THERMA-F.I.T., EUTM007577381/EM TOTAL90, EUTM 006952089/EM VAPOR, EUTM 007054216/EM POWER PLATFORM, EUTM 010687788/EM NIKE+ TRAINING, EUTM 010687739/ EM NIKE+ BASKETBALL, EUTM 002584340/EM ACG, EUTM 006058606/ EM NIKEID., EUTM 010898344/EM NIKE PRO COMBAT HYPERSTRONG
+EUTM 003712023/EM LBJ, EUTM 004961041/EM PHYLAR, EUTM 018205522 AIR270, EUTM 002631349/EM PRESTO, EUTM 010616993/EM NIKE+ FUELBAND, EUTM 004719282/EM THE EYES LEAD THE BODY	
+EUTM 014626006/EM VOMERO, EUTM 009022187/EM T90, EUTM003014 552/EM TRIAX,  EUTM 001155530/EM Tn AIR	</t>
+  </si>
+  <si>
     <t>NIKE Innovate C.V.</t>
+  </si>
+  <si>
+    <t>rokas darbarīki un rokas instrumenti, galda piederumi, instrumenti pārtikas sagatavošanai virtuves piederumu griešanas ieliktņi, drupinātāji, piederumi pārtikas produktu rīvēšanai, impregnēšana, 
+ trauki mājsaimniecības un virtuves vajadzībām, stikla trauki, bļodas, paliktņi, silikona paklāji u.c.</t>
+  </si>
+  <si>
+    <t>apgērbi, aksesuāri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000166702 ROCKIES, EUTM 000166629 ROYALS, EUTM 005457221 NY, EUTM001052620ANAHEIM ANGELS, EUTM003793891 Mets, EUTM 003439627 MLB.com, EUTM003439544 (Marque sans texte), EUTM00414569 WASHINGTON NATIONALS, EUTM 003436201 SF, EUTM 004086195 REDS, EUTM 004085916 ROCKIES, EUTM003437472 A's, EUTM 004084844 OAKLAND ATHLETICS A's, EUTM	 003439148 (Marque sans texte), EUTM 004085643 CUBS, EUTM 004086674 DIAMONDBACKS, EUTM 004085742 Yankees, EUTM 004084794 Braves, EUTM 003437795 Brewers, EUTM 000166801 CUBS, EUTM 004086245 NY, EUTM 003538221 PROVENUE, EUTM 003437498 RAYS, EUTM 003437861 Twins, EUTM 004086691 Orioles, EUTM 003438462 Padres, EUTM 003438504 SD, EUTM 004086187 SOX, EUTM 010979731 (Marque sans texte), EUTM 003437944 P, EUTM 003437837 M, EUTM 003440013 Cardinals, EUTM 004084893 Cardinals, EUTM 003438521 STL, EUTM 003439941 YANKEES, EUTM 003438314 MARINERS
 EUTM 004084778 A, EUTM 004086501 (Marque sans texte), EUTM 003437712 TB, EUTM0 02685501 MAJOR LEAGUE BASEBALL, EUTM 003439585 MLB, EUTM 003437928 Athletics, EUTM 003436516 CR, EUTM 004289039 CEUTM 004679411 T TEXAS RANGERS, EUTM 000166546 PIRATES, EUTM 0001655631 DEVIL RAYS, EUTM 000166827,  EUTM 000166744 REDS, EUTM 010413128 M	</t>
   </si>
   <si>
     <t>Major League Baseball Properties Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 017881890 Capri-Sun Logo, EUTM 000138404 Capri-Sonne, EUTM 000138271 Capri-Sun, EUTM 012768636 Capri-Sun Multivitamin, EUTM 012768727 Capri-Sun Orange	</t>
   </si>
   <si>
     <t>Capri Sun AG</t>
   </si>
   <si>
     <t>bezalkoholiski dzērieni, augļu dzērieni, sulas, nektāri u.c.</t>
   </si>
   <si>
     <t>KABUSHIKI KAISHA PILOT also t/a PILOT Co.</t>
   </si>
   <si>
     <t xml:space="preserve"> pildspalvas, mehāniski zīmuļi, marķieru pildspalvas un citi rakstāmpiederumi, kancelejas preces</t>
   </si>
   <si>
+    <t xml:space="preserve">ITM 0449562 AKNEMYCIN, EUTM 00507411 AKNEMYCIN PLUS	
+ITM 825625 AKNENORMIN, ITM 466932 AKNEROXID, ITM 1081432 BALNEUM,EUTM 5074241BALNEUM PLUS,ITM 839537 CRINOHERMAL
+EUTM 15012966 DECODERM, EUTM 11536703 GELACET, EUTM 2859577 HERMAL, ITM 1223485 PEDICUL HERMAL, ITM 838105 TANNO-HERMAL, EUTM 312413 VAGI C, ITM445754 VERRUMAL	</t>
+  </si>
+  <si>
     <t>ALMIRALL HERMAL GMBH</t>
   </si>
   <si>
     <t xml:space="preserve"> farmaceitiskie produkti </t>
   </si>
   <si>
     <t>POLICHEM, S.A.</t>
   </si>
   <si>
+    <t>EUTM 017984548 RAPTOR, EUTM 015829633 GOLDEN EAGLE, EUTM 014905913 DIAMONDBACK, EUTM 013866751 CROSSFIRE, EUTM 014905988 COPPERHEAD, EUTM 018091459 SONORA,EUTM 015829617 STRIKEFIRE, EUTM 017984521 VANQUISH, EUTM 015829583 RAZOR	
+EUTM 015829609 UH-1, EUTM 016778607 VORTEX,EUTM 014905806 VTX
+EUTM 015092901 AMG, EUTM 015829476 VTX, EUTM 015829534 AMG
+EUTM 005648506 VORTEX, EUTM 013867643 RAZOR, EUTM 015829492 VORTEX, EUTM	017984537/EM IMPACT, EUTM 014905897/EM FURY	
+EUTM 015829641/EMSPITFIRE, EUTM 015829633/EM GOLDEN EAGLE
+EUTM 013866751/EM CROSSFIRE, EUTM 018411755/EM CROSSFIRE
+EUTM 015829419/EMCROSSFIRE, EUTM 015829575/EMVENOM</t>
+  </si>
+  <si>
     <t>SHELTERED WINGS INC D/B/A VORTEX OPTICS</t>
   </si>
   <si>
-    <t>apģērbi, džinsi, aksesuāri u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 009218983 BAO BAO / ISSEY MIYAKE, EUTM 000071175 ISSEY MIYAKE</t>
   </si>
   <si>
     <t>Kabushiki Kaisha Miyake Design Jimusho (also trading as Miyake Design Studio)*</t>
   </si>
   <si>
     <t xml:space="preserve">ādas un skaistumkopšanas somas, čemodāni, maisiņi no sintētiska materiāla u.c. </t>
   </si>
   <si>
     <t>EUTM 017394313/EM tap AIR PORTUGAL, EUTM017394354/EM TAP AIR PORTUGAL, EUTM014950802/EM TAP express, EUTM017394339/EM TAP TAP PORTUGAL, EUTM005924881/EM TAP TAP PORTUGAL, EUTM 017394271/EM TAP, EUTM008219792/EM TAP</t>
   </si>
   <si>
     <t>TRANSPORTES AEREOS PORTUGUESES S A</t>
   </si>
   <si>
     <t>miniatūri lidmašīnu modeļi</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1338296 STANDARD 100, EUTM 018304131 STANDARD 100	</t>
   </si>
   <si>
     <t>TESTEX AG</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 003837201 BaByliss, EUTM 010109544 O'LISS, EUTM 012211215 BABYLISSPRO CURL, EUTM 014644694 Babyliss for Men, EUTM 016209116BABYLISS PRO, EUTM 017745316Y LADE, EUTM 018028810 Babyliss 9000, EUTM 017917885 Barbers Spirit, EUTM 003247798 BABYLISS FOR MEN, EUTM 003247806 MOD'LISS, EUTM 002659951 MAGIC TWIST, EUTM 003247533 BABYLISS HIGH TECH, EUTM 010109511 MIRACURL, EUTM 011276524 BABYLISS PRO, EUTM 015143902 BABYLISS PARIS, EUTM 017884575 MIX-FLOW BY BABYLISS, ITM 531663 Babyliss, EUTM 003247831 MAGIC LOCKS, EUTM 014816847 DETANGLE SECRET, ITM 961136 Be Liss, ITM957881 ECOLISS	</t>
   </si>
   <si>
     <t>Babyliss SARL</t>
   </si>
   <si>
     <t xml:space="preserve">skaistumkopšanas produkti, matu cirtu ieveidotāji, personīgās higiēnas preces, veselības un skaistumkopšanas produkti u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 15444854 GLAMGLOW DREAMDUO,EUTM 16046476 GLAMGLOW GALACTICLEANSE, EUTM 1466361 GLOWDOSE, EUTM 1246674 HELLO SEXY, EUTM 1425742 MOISTURETRIP, EUTM 11665262 SEXYMUD, EUTM 1402089 STARPOTION, EUTM 17873119 GLAMGLOW SUPER DREAM, EUTM1143183 TEAOXI, EUTM 1244633 THIRSTY CLEANSE, EUTM 1261553 THIRSTYMUD, EUTM 1401907 GLAMGLOW GENTLE BUBBLE, EUTM 13208186 GLAMGLOW,EUTM 10558278 GLAMGLOW, EUTM 1212128 BRIGHTMUD, EUTM 1275867 POUTMUD, EUTM 17871612 GLAMGLOW POWERCLEANSE, EUTM 14366025 GLAMGLOW SUPERCLEANSE, EUTM 14524854 GLAMGLOW SUPERMUD, EUTM 1289210 GRAVITYMUD, EUTM 1431898 GLOWLACE, EUTM 1410785 GLAMGLOW, EUTM 1326980 GLOWCANVAS, EUTM 15692312 GLAMGLOW GLOWSETTER, EUTM 1302041 GLOWSTARTER, EUTM 18073982GOOD IN BED, EUTM 1275868PLUMPRAGEOUS, EUTM 1499988THIRSTYMIST, EUTM 1327637VOLCASMIC, EUTM 1367154 GLAMGLOW WATERBURST, EUTM 1244634YOUTHCLEANSE, EUTM 1212568 YOUTHMUD	</t>
   </si>
   <si>
     <t>Glamglow LLC</t>
   </si>
   <si>
     <t>parfimērija un kosmētika</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 013576939 TWIST SECRET, EUTM 013293171 TWIZZ, CDR 002217927-0001, CDR 002806810-0001, CDR 005279064-0001
-[...1 lines deleted...]
-</t>
+    <t>GRUNDFOS HOLDING A/S</t>
   </si>
   <si>
     <t>Babyliss FACO</t>
   </si>
   <si>
     <t>epilatori</t>
   </si>
   <si>
     <t>Spin Master Ltd. - Paw Patrol</t>
   </si>
   <si>
+    <t xml:space="preserve">spēles un rotaļlietas, kompaktdiski, lentes un DVD ar izdomātiem varoņiem un aktivitātēm bērniem, filmas, televīzijas programmas, grāmatas, mūzika un rotaļlietu lietošanas instrukcijas, kosmētika, tualetes piederumi, apģērbs, apavi, galvassegas,  somas, maki u.c.  </t>
+  </si>
+  <si>
     <t>EUTM 004368296 ALCOTT, ITM 1036058 GUTTERIDGE -ITALIA-, EUTM 000844399 ALCOTT</t>
   </si>
   <si>
     <t>CAPRI SRL</t>
   </si>
   <si>
-    <t>EUTM 018162715 LORO PIANA</t>
+    <t xml:space="preserve">apģērbi, apavi, galvassegas,  parfimērija,  kosmētika, brilles, rotaslietas,  somas, mugursomas, maki u.c.  </t>
   </si>
   <si>
     <t>LORO PIANA S.P.A.</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbi, aksesuāri, apavi ir visaugstākās kvalitātes klasiskā stila luksusa izstrādājumi </t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                                  EUTM 001740547 STOLI, EUTM 000349910 STOLICHNAYA RUSSIAN VODKA, EUTM 010964369 STOLICHNAYA</t>
   </si>
   <si>
     <t>ZHS IP Europe Sarl</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1273394 RADLEY, EUTM 004246385 Nawn, EUTM 005222732 Radley, EUTM 009431032 Radley, EUTM 003272151 RADLEY 
 </t>
   </si>
   <si>
+    <t>rokassomas un aksesuārus, plecu, krusteniskās saites, klēpjdatoru, sporta un bērnu somas, kabatas portfeļus, somiņas uz riteņiem, ceļojumu un bagāžas piederumus, aksesuārus u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 018088638/EMC COSTA, EUTM 001964485/EM COSTA DEL MAR
+ITM 1213815/WO COSTA, EUTM 010832418/EMC COSTA</t>
+  </si>
+  <si>
     <t>Luxottica Group S.p.A</t>
   </si>
   <si>
     <t xml:space="preserve">brilles u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 013145867 NEWS, EUTM 013153391 HUMIDIFICATEUR, EUTM 013183686 NEWS, EUTM 013302872 NEWS DOSETTES, EUTM 011146801 GAULOISES, EUTM 012701348 GAULOISES Blondes, EUTM 013072723 Vive le Moment, EUTM 009255647 GITANES, EUTM 009301821 GITANES, EUTM 0011146859 GITANES, EUTM 00929509 GITANES BLONDES, EUTM 012707899 NEWS, EUTM 010215382 NEWS American Blend INTERNATIONAL, EUTM 010213957 NEWS	</t>
   </si>
   <si>
     <t>S.E.I.T.A</t>
   </si>
   <si>
-    <t xml:space="preserve"> konditorejas izstrādājumi, šokolāde, deserti, saldējums u.c.</t>
-[...4 lines deleted...]
-  <si>
     <t>SOCIETE 111 JEROME DREYFUSS</t>
   </si>
   <si>
     <t>personīgie aksesuāri</t>
   </si>
   <si>
     <t>Jemella Group Limited</t>
   </si>
   <si>
     <t>matu kopšanas līdzekļi u.c.</t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM 014179816	Mothers of Dragons, EUTM 013974746 Videosyncrasy	
+EUTM 013970744 Virtuoso, EUTM 013914544 Quarry, EUTM 01391459 3Last Week Tonight, EUTM 013767884 Iron Throne, EUTM 014634935 Winter is coming, EUTM 013453733 Home of Thrones,EUTM 004112546 Sex and the City
+EUTM 003939196 Home Box Office, EUTM 003939204 HBO (woord), EUTM 013002324 Vice Principals, EUTM 003863701 Longnight, EUTM 12926028 American Century Records, EUTM 012838868 Ballers, EUTM 012711065 Ballers, EUTM 012709994 The Brink, EUTM 012631685 Silicon Valley, EUTM 012256699 The Knick, EUTM 012256665 Knickerbocker Hospital, EUTM 012172011 True Detective, EUTM 012169249 Looking, EUTM 012019311 Togetherness, EUTM 011983442 Game of Thrones Ascent (Design), EUTM 003227329 The Sopranos (logo), EUTM 011674124 Got, EUTM 011648904 True Detective, EUTM 011632635 Game of Thrones, EUTM 011599669 Hooli, EUTM 011483311 Sex and the City, EUTM 011483328 GIRLS HANNAH MARNIE SHOSHANNA JESSA (logo)EUTM 011394236 Its HBO. Anywhere. Anytime, EUTM 011387016 HBO Sports (logo), EUTM 01138700 8HBO PPV (logo), EUTM 011386976 HBO Boxing World Championship (logo), EUTM 011387032 HBO Boxing (logo), EUTM 011386968 HBO Boxing After Dark, EUTM 011379492 Hello Ladies, EUTM 011339223 Girls Hannah Marnie Soshanna Jessa, EUTM 011339231 Girls (Logo block letters), EUTM 011266665 Girls (logo rectangular), EUTM 011255627 Girls (logo rectangular), EUTM 011153483 Banshee, EUTM 002833598 Six Feet Under, EUTM 011141579 HBO Nordic, EUTM 010939015 Cinemax, EUTM 010878148 The Newsroom, EUTM 010743607 HBO Europe (logo), EUTM 010656437 Khaleesi, EUTM 017594359 Problem Areas	</t>
+  </si>
+  <si>
     <t>Home Box Office, Inc.</t>
+  </si>
+  <si>
+    <t>izklaides industrija,  ražo un pārraida filmas, koncertus,  komēdijas, teātra filmas un sportu u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 011801883 DISOBEY,  EUTM 01830710 OBEY, EUTM 008330698 OBEY, EUTM 008848665 OBEY AWARENESS, EUTM 017089699 OBEY 
 </t>
   </si>
   <si>
     <t>BOLD STRATEGIES INC.</t>
   </si>
   <si>
     <t>apģērbs un aksesuāri u.c.</t>
   </si>
   <si>
     <t>EUTM 004111605 AVASTIN, EUTM 000020495 HERCEPTIN, EUTM 000020479 PULMOZYME</t>
   </si>
   <si>
     <t>F. Hoffmann-La Roche Ltd.</t>
   </si>
   <si>
+    <t>Wella International Operations Switzerland S.â.r.l.</t>
+  </si>
+  <si>
+    <t>parfimērija, kosmētika, matu krāsas, lūpkrāsas u.c.</t>
+  </si>
+  <si>
     <t>BabyBjörn AB</t>
   </si>
   <si>
     <t>bērnu preces u.c.</t>
   </si>
   <si>
     <t>Occhio GmbH</t>
   </si>
   <si>
+    <t>EUTM 017947375  VAGABOND SHOEMAKERS, EUTM 017947374 VAGABOND, EUTM 017947372 VA VAGABOND ATELIER CREATION &amp; INNOVATION, EUTM 017947331 VAGABOND SHOEMAKERS EST. 1973
+EUTM 010491884 VAGABOND, EUTM012293544 VAGABOND SHOEMAKERS</t>
+  </si>
+  <si>
     <t>apģērbs un aksesuāri</t>
   </si>
   <si>
     <t>EUTM 000254326 Aiwa</t>
   </si>
   <si>
     <t>Aiwa Co. Ltd</t>
   </si>
   <si>
     <t>elektronika, audio aprīkojums u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 001526334 LEXMARK </t>
   </si>
   <si>
     <t>Lexmark International Incorporated</t>
   </si>
   <si>
     <t xml:space="preserve">tonera kasetnes, fotokopētāji, elektriski darbināmas drukas iekārtas, elektromagnētiski darbināmas drukas iekārtas, to detaļas u.c. </t>
   </si>
   <si>
     <t>EUTM 000348326FC Schalke 04, EUTM 010497014 S04, EUTM 000309914S 04</t>
   </si>
   <si>
     <t>FC Gelsenkirchen Schalke 04 e. V.</t>
   </si>
   <si>
-    <t>ķermeņa kopšanas līdzekļi u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 007300643, ITM 0949004, ITM 0945330</t>
   </si>
   <si>
     <t>LLR- G5 LIMITED</t>
   </si>
   <si>
     <t>ķermeņa kopšanas līdzekļi, gēli, aerosoli, šķidrumi bez konservantiem u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 001103803 Schneider Electric </t>
   </si>
   <si>
     <t>SCHNEIDER ELECTRIC SE</t>
   </si>
   <si>
     <t>MADA Marx Datentechnik GmbH</t>
   </si>
   <si>
     <t>ID kartes, plastmasas kartes, RFID tagi vai aproces retranslatori u.c.</t>
   </si>
   <si>
+    <t>ITM 1137346 PUROLITE, ITM1137351, EUTM 5683421 PUROLITE	
+EUTM 6711907 MICROLITE, EUTM 13426077 PRAESTO, EUTM 15842024 PUROFINE</t>
+  </si>
+  <si>
     <t>Purolite LLC</t>
   </si>
   <si>
+    <t xml:space="preserve">ķīmiskie produkti, kas paredzēti ūdens attīrīšanai un atsāļošanai,  absorbenti, katalizatori, Jonu apmaiņas sveķi ar ierobežotu granulometriju izmantošanai ūdens attīrīšanā un daudzos citos pielietojumos, piemēram, saldinātāju hromatogrāfijā, aminoskābju atdalīšanā, farmācijas rūpniecībā kopumā, cukura attīrīšanā un citos pielietojumos pārtikas nozarē  </t>
+  </si>
+  <si>
+    <t>EUTM 004320371EM H&amp;M, EUTM 002662799/EM H&amp;M, ITM 1102244/WO H&amp;M, EUTM 018505579/EM COS, EUTM 018585581/EM COS, EUTM 018835850/EM &amp; OTHER STORIES, EUTM 017999303/EM &amp; OTHER STORIES</t>
+  </si>
+  <si>
     <t>H&amp;M Hennes &amp; Mauritz AB</t>
   </si>
   <si>
     <t>apģērbi, parfimērija u.c.</t>
   </si>
   <si>
     <t>EUTM 010743052 ARCTIC BLUE, EUTM 010048585 LOCS</t>
   </si>
   <si>
     <t>Jay-Y Enterprise Co., Inc.</t>
   </si>
   <si>
     <t>saulesbrilles</t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM 008897555, EUTM 003157815 TREK, EUTM 017087016 TREK, EUTM 006625991 BONTRAGER, EUTM 007344674 BONTRAGER	
+EUTM 012981056 TREK </t>
+  </si>
+  <si>
     <t>TREK Bicycle Corporation</t>
   </si>
   <si>
     <t>velosipēdi, piederumi un rezerves daļas, velosipēdu statīvi transportlīdzekļiem, bērnu piekabes, remonta stendi velosipēdiem, ķiveres, apģērbi, apavi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 007464233, EUTM 017675117, EUTM 009282691, EUTM 011567294 VEET THERMACREME, EUTM  008146367  VEET TOUCHABLY SMOOTH  
+EUTM  011505195, EUTM  012623261 VEET INFNI´SILK, EUTM  005952701  
+EUTM  017925253  VEET EASY-GEL, EUTM  0087971483 VEET EASY GRIP  
+EUTM  010210987  VEET BODYCURV, EUTM  002940294  VEET, EUTM  002436871  VEET, EUTM  008146318  TOUCHALY SMOOTH, EUTM  008198641 SUPREM´ESSENCE, EUTM  006317631  ProMinimise, EUTM  006778013  ProClear, EUTM  005130372 KLESA HOMMES SE RASENT; LES FEMMES ONT VEET, EUTM  006317556 LASTING SMOOTH, EUTM  012623229  INFINI´SILK, EUTM  009250424  HYDRO´RESTOR, EUTM  007007362 ExpertWax, EUTM  008971442  EASY STRIP, EUTM  004655239  CARESSABLY SMOOTH, EUTM  010210953  BODYCURV, EUTM  013464581VEET RADIANT TOUCH, EUTM  013869508  ACTI-GELWAX  
+EUTM  013747001  VEET SILK &amp; FRESH, EUTM  013464565  VEET HAIR MINIMIZER, EUTM  003967999   PERFECT TOUCH, EUTM  003557279  LIQUID RAZOR, EUTM  005076633  MEN SHAVE, WOMEN VEET, EUTM  003253961   BLADELESS RAZOR, EUTM  004393021   BLADELESS, EUTM  003309044 A FEELING THAT LASTS, EUTM  004188066, EUTM  008591927  
+EUTM  008605503, EUTM  009170689, EUTM  014110928  </t>
   </si>
   <si>
     <t>Reckitt &amp; Colman (Overseas) Health Limited - VEET</t>
   </si>
   <si>
     <t>Veet depilācijas produkti</t>
   </si>
   <si>
     <t>Zumba Fitness LLC</t>
   </si>
   <si>
     <t>DVD ieraksti u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 004540001 Controvento, EUTM 012597191 QUICKTRONIC
 EUTM 003697513 G2, EUTM 016289183 MANTA, EUTM 011427961 Opel, EUTM 010795128 Metronomic, EUTM 016263915 Opel electrifies, EUTM 1485150 nawm, EUTM 004818597 Meriva, EUTM 005782801 Monerey, EUTM 010475655 Monza, EUTM 010291771 Adam Glam, EUTM 004986923 OPC, EUTM 003248697 Cosmo, EUTM 004806212 Easytronic, EUTM 004806204 Ecotec, EUTM 008597379 Flexdock, EUTM 003292539 Frontera, EUTM 004846945 Frontera, EUTM 012423191 Umparken In Kopf, EUTM 004846961 AGILA, EUTM 004648408 Antara, EUTM 004391769 Ascona, EUTM 004436606 Calibra, EUTM 004823415 Calibra, EUTM 003326758 GTC, EUTM 013379938 Adam, EUTM 004736054 Insignia, EUTM 004887031 Insignia, EUTM 000992065 TMWT, EUTM 010818904 Cascada, EUTM 004682282 Commodore, EUTM 003662145 Common Systems Components, EUTM 004989935 Corsa, EUTM 013036331 IntelliLux Led, EUTM 004396453 Kadett, EUTM 004586962 Kapitän, EUTM 010291557 Adam, EUTM 004594297 Senator, ITM 1261872A Crossland, EUTM 006613897 Vauxhall, EUTM 001159458 Vauxhall, EUTM 003300753 OPC, EUTM 000990077 Opel, EUTM 010291797 Adam Jam, EUTM 007056112 Opel Eye, EUTM 004189247 Opel GT, EUTM 005623921 Opel GT, EUTM 002323673 nawm	</t>
   </si>
   <si>
     <t>Opel Automobile GmbH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 013592671 HERITAGE ART &amp; DESIGN OF THE OLYMPIC GAMES, ITM 1445565 BEIJING 2022, ITM 1327205 BEIJING 2022, ITM 1205034 BEIJING 2022, EUTM 018311409 TOKYO 2021, EUTM	 018233834 TOKYO 2021, ITM 1127014 TOKYO 2020, EUTM 002827632 THE OLYMPICS	
+EUTM 002970366, ITM 1026242, EUTM 000876383 OLYMPIC GAMES	
+EUTM 009814294 OLYMPIC, ITM 1055101 OLYMPIAN, ITM 1496460 OLYMPIAN, ITM	 1128499	 OLYMPIAD, ITM 1452513	 OLYMPIC HERITAGE	</t>
   </si>
   <si>
     <t>Comité International Olympique (CIO)</t>
   </si>
   <si>
     <t>EUTM 002613461 ALAIA</t>
   </si>
   <si>
     <t>Azzedine Alaïa SAS</t>
   </si>
   <si>
     <t>EUTM 003416443 MAKE UP FOR EVER, EUTM 014570551 MAKE UP FOR EVER, EUTM 003371341 MAKE UP FOR EVER PROFESSIONAL, EUTM 014570576 MAKE UP FOR EVER PROFESSIONAL PARIS, EUTM 011308558 representation graphique voir annexe 2, EUTM 014597851 representation graphique voir annexe 2, EUTM 005779798 HD, EUTM017873126 ARTIST LIP SHOT, EUTM 014825335 EXCESSIVE LASH, EUTM 008667214 ROUGE ARTIST, ITM 1480197 LIGHT VELVET AIR</t>
   </si>
   <si>
     <t>MAKE UP FOR EVER</t>
   </si>
   <si>
     <t xml:space="preserve">ķermeņa kopšanas līdzekļi, kosmētika un piederumi </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 015065031 FENTY BEAUTY, EUTM 018105240 FENTY, EUTM 018160294 FENTY BEAUTY PRO FILT'R, EUTM 017912536 FENTY SKIN
 EUTM 017912543 FENTY FRAGRANCE
 </t>
   </si>
   <si>
     <t>Roraj Trade, LLC</t>
   </si>
   <si>
-    <t>EUTM  003996444  ZIPPO, CDR  000034244-0001, EUTM  000137117  
-[...2 lines deleted...]
-  <si>
     <t>Zippo Manufacturing Company</t>
   </si>
   <si>
-    <t>CGIW PDO-FR-A1359 Vin de Champagne</t>
-[...1 lines deleted...]
-  <si>
     <t>COMITE INTERPROFESSIONNEL DU VIN DE CHAMPAGNE</t>
   </si>
   <si>
     <t>šampanietis, vīns</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 017889971K KRONOSTAR BY SWISS KRONO GROUP, EUTM 017 889981K KRONOSTAR, EUTM 017889964KRONOPOL, EUTM 017889968K KRONOPOL BY SWISS KRONO GROUP, EUTM 017889979K KRONOPOL, ITM 1332843K SWISS KRONO, ITM 1332844K SWISS KRONO, ITM 1332847K, ITM 1332845K, ITM 1332846 SWISS KRONO, EUTM 01788 9965KRONOTEX, EUTM 017889970K KRONOTEX BY SWISS KRONO GROUP, EUTM 017889980K KRONOTEX, EUTM 017889960 KRONO SWISS, EUTM 017889967K KRONOSWISS BY SWISS KRONO GROUP, EUTM 017889978K KRONOSWISS, EUTM 017889966KRONO STAR	</t>
   </si>
   <si>
     <t>SWISS KRONO Tec AG</t>
   </si>
   <si>
     <t xml:space="preserve"> koksnes materiāli, lamināta grīdas u.c.</t>
-  </si>
-[...7 lines deleted...]
-EUTM  012247094/EM THE LAST OF US, CDR  001179220-0001/EM, CDR  001179220-0003/EM, CDR  001179220-0002/EM, CDR  001284566-0012/EM, CDR  001284566-0004/EM, CDR  001284566-0003/EM, CDR  001284566-0008/EM, CDR  001284566-0002/EM, CDR  001284566-0009/EM, CDR  001284566-0011/EM, CDR  001284566-0005/EM, CDR  001284566-0006/EM, CDR  000610860-0001/EM, CDR  000620240-0001/EM, CDR  001200968-0001/EM, CDR  001200968-0002/EM  </t>
   </si>
   <si>
     <t>SONY Interactive Entertainment Europe Limited</t>
   </si>
   <si>
     <t>videospēļu programmatūras programmas, konsoles, videospēļu aparāti u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 15184203 BYL, EUTM 18340134 LB BIMBA Y LOLA, EUTM 12322798 BIMBA Y LOLA (gráfico), EUTM 5012455 bimba &amp; lola  (gráfico galgo), EUTM 6521777 bimba &amp; lola (gráfico galgo), EUTM 12322723 BIMBA Y LOLA                              </t>
   </si>
   <si>
     <t>Bimba &amp; Lola, S.L.</t>
   </si>
   <si>
     <t>Industrie- und Handelskammer Wuppertal-Solingen-Remscheid</t>
   </si>
   <si>
     <t>naži, šķēres, griezējinstrumenti</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                     EUTM 016907991 (Trade mark without text), EUTM 004809364 TIGER OF SWEDEN, EUTM 003754603 (Trade mark without text), EUTM007473424 TIGER OF SWEDEN 
 </t>
   </si>
   <si>
     <t>Tiger of Sweden Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbi, somas, saulesbrilles, aksesuāri, somas u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">pārtikas griezēji </t>
   </si>
   <si>
     <t>EUTM 000039248 ABB, EUTM 000410944 ABB, EUTM 002629673 ABB, EUTM 002628972 ABB, EUTM 002628964 ABB</t>
   </si>
   <si>
     <t>ABB Asea Brown Bovery Ltd.</t>
   </si>
   <si>
     <t>BENEFIT COSMETICS LLC</t>
   </si>
   <si>
+    <t>kosmētika,  ķermeņa kopšanas līdzekļi u.c.</t>
+  </si>
+  <si>
     <t>VEJA FAIR TRADE S.A.R.L.</t>
   </si>
   <si>
     <t>apavi ar elementiem un aksesuāriem</t>
   </si>
   <si>
     <t>EUTM 000509869 CYRILLUS</t>
   </si>
   <si>
     <t>CYRILLUS</t>
   </si>
   <si>
     <t>ITM 1187399 OLAPLEX</t>
   </si>
   <si>
     <t>OLAPLEX INC</t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM 018306585 UNICORNIOS INESTABLES, EUTM 018281336 LABILNÍ JEDNOROŽCI, EUTM 017853623 UNSTABLE UNICORNS, EUTM 0181313 29 UNSTABLE GAMES, EUTM 1452668 SCRAM, EUTM 1460240 LLAMAS UNLEASHED, EUTM 018229310 HERE TO SLAY, EUTM 1465673 EXILED LEGENDS, EUTM 017988853 DARING CONTEST, EUTM 017987032 DARING CONTEST, EUTM 1435157 CHIBIPUFFS
+</t>
+  </si>
+  <si>
     <t>Tee Turtle LLC</t>
   </si>
   <si>
+    <t xml:space="preserve">apģērbi, apavi, galvassegas, spēles, rotaļlietas, videospēļu aparāti, vingrošanas un sporta preces u.c </t>
+  </si>
+  <si>
     <t>ITM 1499883 pinkfong, ITM 1452088 pinkfong, ITM 1567565 Baby Shark's Big Show!, ITM 1443884 pinkfong Baby Shark, ITM 1499170 Baby Shark, ITM 1452578 Baby Shark</t>
   </si>
   <si>
     <t>The Pinkfong Company, Inc.</t>
   </si>
   <si>
     <t>Reckitt Benckiser Calgon B.V.</t>
   </si>
   <si>
     <t>Calgon ūdens mīkstinātājs u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 002304848 LULULEMON/EM, EUTM 002304863/EM, EUTM  003901915 LUON, CDR 006477725-0006/EM, CDR 003446533- 0001/ EM, CDR 006477725-0002/EM, CDR 005177003-0001/EM, CDR 001133458- 0007/ EM, CDR 001133458-0012/EM, CDR 004133387- 0001/EM	</t>
-[...1 lines deleted...]
-  <si>
     <t>Lululemon Athletica Canada Inc.</t>
   </si>
   <si>
     <t>sporta apģērbi u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 7442361 DURALEX, EUTM 8253271 VERECO, EUTM 10372861 PICARDIE, EUTM 13870506 OVENCHEF, EUTM 15283567  DURALEX depuis 1945 MADE IN FRANCE, CDU 1976846-0001, CDU 2691105-0001 
-[...2 lines deleted...]
-  <si>
     <t>NEW DURALEX INTERNATIONAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">rūdīti stikla trauki un galda piederumi                 </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  010658938 FINISH, EUTM  012679593 FINISH, EUTM  013901707 SUPER CHARGED, EUTM  010784619 FINISH POWERTABS, EUTM  002829166 finish, EUTM  005910443  Calgonit, EUTM  005910518  finish  
 EUTM  011085636  POWER GEL, EUTM  002827921  FINISH, EUTM  002980928  FINISH PROTECTOR, EUTM  003895273  FINISH CLASSIC  
 EUTM  004261244  QUANTUM, EUTM  011589033  POWER &amp; PURE 
 EUTM  015351109 SCENT CONTROL, EUTM  016242919 finish 365  
 </t>
   </si>
   <si>
     <t>Reckitt Benckiser N.V.</t>
   </si>
   <si>
     <t>trauku mazgājamās mašīnas tīrīšanas līdzekļi</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                       EUTM 014254081/EM patagonia, EUTM 015382682/EM, EUTM 008854143/ EM PATAGONIA, EUTM 001904119/EM PATAGONIA 
 </t>
+  </si>
+  <si>
+    <t>PATAGONIA, INC.</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM  005704168, EUTM  005707112, EUTM  006072706, EUTM  006072681, EUTM  006359418, EUTM  013403159, EUTM  017371477  GOLD VANISH OXI ACTION, EUTM  017949102, EUTM  003052206  VANISH OXI DEEP, EUTM  003447935 Vanish DualPOwer, EUTM  003683679  POWER OF PINK, EUTM  012085809 VANISH GOLD, EUTM  013629829  OXI EXPERT  
 EUTM  017992944   PET EXPERT, EUTM  008591752 Oxi Action, EUTM  017165135, EUTM  017165143, EUTM  003975638  FIRST AID FOR STAINS  
 EUTM  003977601 TRUST PINK, EUTM  005140587  10000010  MULTI, STAINS, COLOURS, FABRICS, TEMP, EUTM  006358238 INTELLIGENT STAIN SEEKERS, EUTM  006382428 COLOUR MAGNET, EUTM  006967129 EQUILIBRUM, EUTM  008491573 POWERSHOT, EUTM  008493926  OXIACTION CRYSTAL WHITE, EUTM  009435736  OXI ACTION CLEAR, EUTM  006341879  STAIN SEEKING TECHNOLOGY  
 EUTM  006347371  RUN MAGNET, EUTM  009445371  VANISH, EUTM  010356806, EUTM  010695773, EUTM  010695831, EUTM  011126026  
 EUTM  011271401  Shake &amp; Clean, EUTM  003992831  TRUST PINK. FORGET STAINS, EUTM  004541918  PINK, EUTM  010155786, EUTM  010356731, EUTM  010492759  DYE MAGNETS, EUTM  010632875  VANISH CLEAN &amp; FRESH, EUTM  010650381  STAIN-BREAK, EUTM  010673788  NEUTRINO, EUTM  012929196  VANISH COLOR PROTECT, EUTM  013629845  OXI PRO, EUTM  015363054  VANISH PLATINUM 
 EUTM  009383282, EUTM  003002342  Vanish Oxi action, EUTM  002475770  Vanish, EUTM  003045143  Vanish, EUTM  002999365  Vanish Oxi action  </t>
   </si>
   <si>
     <t>Reckitt Benckiser Vanish BV</t>
   </si>
   <si>
     <t>traipu tīrīšanas līdzekļi</t>
   </si>
   <si>
-    <t xml:space="preserve">                                                                                                                                        EUTM 015294119 CORDURA COMBAT WOOL, EUTM 014658496 CORDURA COMBAT WOOL, EUTM 1242619 Cordura, EUTM 2853620 invista, EUTM 014592638,  EUTM 012918348, EUTM 012918314 INVISTA, EUTM 011190998 CORDURA FLAME DEFENSE,  
-[...2 lines deleted...]
-  <si>
     <t>INVISTA Textiles (UK) Limited</t>
   </si>
   <si>
     <t>audumi un tekstilpreces, šķiedras (sintētisko un tekstilmateriālu)</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  005710579 SOLTAN, EUTM  009536426 SOLTAN, EUTM  014276141 SOLTAN PROTECT &amp; REPEL, EUTM 018276409 SOLTAN PROTECT &amp; MOISTURISE, EUTM 018276404 SOLTAN PROTECT &amp; RECOVER, , EUTM 018276407 SOLTAN SENSITIVE &amp; ALLERGY PROTECT, EUTM 018276405 SOLTAN SOOTHE &amp; RECOVER  </t>
   </si>
   <si>
     <t>The Boots Company Plc - Soltan</t>
   </si>
   <si>
     <t>nemedicīniski kosmētikas un tualetes piederumi, ķirurģijas, medicīnas, zobārstniecības un veterinārijas aparāti, farmācijas, medicīniskie līdzekļi</t>
   </si>
   <si>
     <t>EUTM 000147652 MAXALT, EUTM 005119581 JANUVIA /fig./, EUTM 002053999 ARCOXIA, EUTM 008656498 /fig./, EUTM 000298364 MSD /fig./, EUTM 000077701 /fig./, EUTM 008649113 MSD, EUTM 003422664 MSD, EUTM 000535559 EMEND, EUTM 003422714 ZOCOR, EUTM 005099262 TREDAPTIVE, EUTM 000077669 /fig./, EUTM 000077602 /fig./, EUTM 001620053 FOSAMAX /fig./, EUTM 003422649 FOSAMAX, EUTM 003570884 GARDASIL, EUTM 003675972 FOSAVANCE, EUTM 005035696 ISENTRESS, EUTM 002228237 INVANZ /fig./, EUTM 000611921 INVANZ, EUTM 005738604 ISENTRESS, EUTM 004809356 JANUMET, EUTM 004375952 JANUVIA, EUTM 000986760 CANCIDAS, EUTM 000494260 STOCRIN, EUTM 003422681 SINGULAIR, EUTM 003571015 SILGARD</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 10634459 GL, EUTM 008867285 LG, EUTM 03882941 GUY LAROCHE, EUTM 04561817 GUY LAROCHE 
 </t>
   </si>
   <si>
     <t>SOCIETE GUY LAROCHE</t>
   </si>
   <si>
+    <t>apģērbi, šalles, cepures, cimdi, kaklasaites,  lakati, jostas , kurpes, rotaslietas, veļa, saulesbriļļu un optisko briļļu rāmji, somas, maki u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 89813 (Marque sans texte), EUTM 004548822 LOGAN MCV, ITM 1310537 TREZOR, EUTM 018138964 (Marque sans texte), EUTM 7147135 GENUINE PARTS GROUPERENAULT PIECES D'ORIGINE RENAULTGROUP PIEZAS DE ORIGEN, EUTM 10589653 G, EUTM 018689760 HIPSTER, ITM 1693788 HORSE, EUTM 018770581 (Trade mark without text), EUTM 018740991 BIGSTER, EUTM 018772150 R4, EUTM 018711847 RAFALE, EUTM 018728950 TURBO, EUTM 018677299 (Trade mark without text), EUTM 018775595 ALPENGLOW, EUTM 018799837 R3NLT, EUTM 018772959 R5, ITM 1688891 SOLARBAY,EUTM 018776523
+EUTM 018800773 A290, ITM 1685235 R5 TURBO 3 E, EUTM 018318137 RENAULT 4EVER, EUTM 018786836 THE ORIGINALS, EUTM 018729247 TURBO, EUTM 000820050, EUTM 017538356 (Trade mark without text)	
+EUTM 018487812 EstafettE, EUTM 009545971 CAPTUR,EUTM 016303729 marque figurative, EUTM 000800367 MOTRIO,EUTM 010684462 RENAULT
+EUTM 018040577 RENAULT, EUTM 011658374 RENAULT, EUTM 009732744 RENAULT, EUTM 006914089 RENAULT PRO PLUS, EUTM 014187091 SANDERO, EUTM 000495788 SCENIC, EUTM 005594809 STEPWAY, EUTM 005374905 TWIZI, EUTM 011219219 A ALPINE, EUTM 001095876 ALPINE, EUTM 017969323 A110, ITM 1332337 A110, EUTM 016460917 ALPINE A 110, EUTM 017092313 ARKANA, EUTM 007405814 DUSTER	, EUTM 005627047 ECO 2, EUTM 000626853E GEUS, EUTM 001579549E SPACE, EUTM 008731747 GORDINI, EUTM 008752685 GORDINI, EUTM 89722 INITIALE, EUTM 626911 LATITUDE, EUTM 004580387, EUTM 000891861 VEL SATIS, EUTM 007147143 GENUINE PARTS GROUPERENAULT PIECES D'ORIGINE RENAULTGROUP PIEZAS DE ORIGEN, EUTM 012035911 A, EUTM 010293488 R-LINK, EUTM 010751667 INITIALES PARIS, EUTM 000510156 kangoo,EUTM 000089763 Renault, EUTM 008535213 marque figurative, EUTM 009788233 LODGY	
+EUTM 009871914 SCENIC X-MOD</t>
+  </si>
+  <si>
     <t>Renault SAS</t>
+  </si>
+  <si>
+    <t>automašīnas,  motocikli, divriteņi, motorolleri,tricikli, to detaļas un piederumi</t>
   </si>
   <si>
     <t>EUTM 009969965 FESTINA, EUTM 000204412 FESTINA FESTINA	
 EUTM 000200279LOTUS, EUTM 004220001 CALYPSO</t>
   </si>
   <si>
     <t>FESTINA LOTUS S.A.</t>
   </si>
   <si>
     <t>EUTM 004681169 CONCORD, ITM 796079 EBEL</t>
   </si>
   <si>
     <t>MGI LUXURY GROUP</t>
   </si>
   <si>
     <t>pulksteņi, rotaslietas un to piederumi</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 002737526, EUTM 002737302 SPDSL, EUTM 003012044 SIS INDEX
 EUTM 003346582 LX DEORE SHIMANO, EUTM 003345361 DEORE, EUTM 003481553 SPD, EUTM 003478062 ALTUS, EUTM 003498599 TOURNEY, EUTM 007189591 SHIMANO, EUTM 012246799 spd-x, EUTM 014484539 SHIMANO, ITM 882346 Deore XT, ITM 1338270 SHIMANO TZ	, ITM 882347 Deore LX, ITM 1338559 TOURNEY TX, ITM 1476646 SPD, ITM 1486325 SPD-SL, EUTM 001066240 TIAGRA, EUTM 001266659 SIS, EUTM 00169434 8ULTEGRA, EUTM 002234599 SHIMANO XTR, EUTM 002738243 SPDSL, ITM 801896 DURA-ACE, EUTM 014690622 SHIMANO DX, EUTM 017578221 SHIMANO, EUTM 017578162 SHIMANO	</t>
   </si>
   <si>
     <t>Shimano Inc.</t>
   </si>
   <si>
     <t>EUTM 002630267 /fig./, EUTM 000152199  /fig./, EUTM 002626018 PERKINS, EUTM 000152223 PERKINS, EUTM 002589844 POWER EXCHANGE, EUTM 002589786 POWERPART, EUTM 000152157 POWERPART, EUTM 002162568 ECOPLUS  /fig./</t>
   </si>
   <si>
     <t>Perkins Holdings Ltd.</t>
   </si>
   <si>
     <t>motori, rezerves daļas u.c.</t>
   </si>
   <si>
-    <t>EUTM 905683 WINX CLUB, EUTM 885894 WINX CLUB, EUTM 875554 WINX CLUB</t>
-[...7 lines deleted...]
-  <si>
     <t>JOHN MILLS LTD - VacPack Go!</t>
   </si>
   <si>
     <t xml:space="preserve"> mini vakuuma sūkņi, somas uzglabāšanai u.c.</t>
   </si>
   <si>
     <t>EUTM 018130985</t>
   </si>
   <si>
     <t>RICEGROWERS LIMITED</t>
   </si>
   <si>
     <t>rīsu maisījumi un uzkodas</t>
   </si>
   <si>
     <t>Epic Games</t>
   </si>
   <si>
+    <t xml:space="preserve">mēbeles, spoguļi, rāmji, konteineri, mājsaimniecības un virtuves piederumi un trauki, tekstilizstrādājumi, juvelier izstrādājumi,rokas darbarīki, galda piederumi, kosmētikas un tualetes izstrādājumi  u.c.   </t>
+  </si>
+  <si>
     <t>EUTM 2255552 IKKS</t>
   </si>
   <si>
     <t>IKKS GROUP</t>
   </si>
   <si>
     <t>EUTM 008903338 SIMONE ROCHA, EUTM 016549842 SIMONE ROCHA</t>
   </si>
   <si>
     <t>SR Studio Ltd.- Simone Rocha</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR002575290-0001, CDR 002608513-0001, CDR 003864438-0001 
-[...9 lines deleted...]
- </t>
+    <t>apģērbi, apavi, galvassegas, galda piederumi, naži, dakšiņas, karotes, brilles, juvelierizstrādājumi, ādas un ādas izstrādājumi, koferi, apavi, somas, maki, maki, somas, mēbeles, mājsaimniecības vai virtuves piederumi un konteineri, jostas un šalles u.c.</t>
   </si>
   <si>
     <t>100% Speedlab LLC</t>
   </si>
   <si>
     <t>aizsargbrilles, saulesbrilles, aksesuāri u.c.</t>
   </si>
   <si>
     <t>RB Hygiene Home Switzerland AG - AIR WICK</t>
   </si>
   <si>
     <t>gaisa atsvaidzinātāji u.c.</t>
   </si>
   <si>
     <t>Nintendo Co., Ltd.</t>
   </si>
   <si>
     <t>videospēļu aparatūra u.c.</t>
   </si>
   <si>
     <t>Daniel Wellington AB</t>
   </si>
   <si>
     <t xml:space="preserve">juvelierizstrādājumi, pulksteņi un to aksesuāri </t>
   </si>
   <si>
-    <t>CDR 008009294-0005, CDR 008009294-0004, CDR 008009294-0003, CDR 008009294-0002, CDR 008009294-0001</t>
-[...1 lines deleted...]
-  <si>
     <t>Wheelheels GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>žiro slidas</t>
   </si>
   <si>
     <t>Wilkinson Sword GmbH</t>
   </si>
   <si>
     <t>EUTM 4835757 CANAIMA (denom)	, EUTM 14959621 CANAIMA, EUTM 17725698 CANAIMA AMAZONIAN, EUTM 18017010 SMALL BATCH GIN CANAIMA BORN IN THE AMAZON</t>
   </si>
   <si>
     <t>BARBERTON - CONSULTORES E SERVIÇOS LDA.</t>
+  </si>
+  <si>
+    <t>stiprie alkoholiskie dzērieni u.c.</t>
   </si>
   <si>
     <t>Mast-Jägermeister SE</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 003447307/EM MAGGI, ITM 375835/WO Maggi
 </t>
   </si>
   <si>
     <t xml:space="preserve">SOCIETE DES PRODUITS NESTLE </t>
   </si>
   <si>
     <t>buljoni, vistas buljons, buljona kubiņi</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                    EUTM 003346053/EM  NESCAFE, ITM 1206213/WO NESCAFÉ
 </t>
   </si>
   <si>
     <t>SOCIETE DES PRODUITS NESTLE</t>
   </si>
   <si>
     <t>šķīstošā kafija</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  011592177 Buondi caffè
 </t>
   </si>
   <si>
     <t>Nestle produkti</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 2751642/ EM COFFEE-MATE </t>
   </si>
   <si>
     <t xml:space="preserve">Société des Produits Nestle </t>
   </si>
   <si>
     <t>Nestle produkti, pārtika, alkoholiskie dzērieni u.c.</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 003338696/EM NESQUIK, ITM 1299178/WO Nesquik</t>
   </si>
   <si>
     <t>Société des Produits Nestle</t>
   </si>
   <si>
-    <t>EUTM 006543516 /fig./, EUTM 006355572 /fig./, EUTM 006323505 /fig./, EUTM 006305544 SOLESUNITED, EUTM 006305429 SolesUnited /fig./, EUTM 006214282 YOU by crocs /fig./, EUTM 006214266 YOU BY CROCS, EUTM 003455383 CROCS, EUTM 000934748 /fig./, EUTM 000933179 MAMBAZ, EUTM 000885432 CROSLITE, EUTM 000885028 CROCS, EUTM 000870682 /fig./, EUTM 000865154 CROCSKIN un Croc's Inc. piederošie ES dizaina paraugi, kas norādīti pielikumā</t>
+    <t>kakao produkti, dzērieni, pulveris, dzērieni no šokolādes, šokolādes pulveri su.c.</t>
   </si>
   <si>
     <t>Crocs, Inc.</t>
   </si>
   <si>
     <t>air up group GmbH</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 000030999/EM  E &amp; J, EUTM 002565455/EM E&amp;J</t>
   </si>
   <si>
     <t>E AND J GALLO</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni (izņemot alu), brendijs</t>
   </si>
   <si>
     <t>STEGO-Holding GmbH</t>
   </si>
   <si>
     <t>elektriskās un elektroniskās iekārtas, mērīšanas un kontroles ierīcēm, termostati, gaisa plūsmas monitori, apgaismojums apkures, dzesēšanas, ventilācijas un gaisa kondicionēšanas iekārtām</t>
   </si>
   <si>
     <t>EUTM 002227890/EM CARLO ROSSI</t>
   </si>
   <si>
     <t>E AND J GALLO - CARLO ROSSI</t>
   </si>
   <si>
     <t>E AND J GALLO - APOTHIC</t>
   </si>
   <si>
+    <t xml:space="preserve">alkoholiskie dzērieni, vīnu saturoši dzērieni u.c. </t>
+  </si>
+  <si>
     <t>Pull Up Case GmbH</t>
   </si>
   <si>
+    <t xml:space="preserve">somas, ceļojumu somas,ratiņu ceļojumu somas, čemodāni,mazie koferi,preču prezentācijas futrāļi,optikas futrāļi, maki u.c. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 011445434 A ATKINSONS LONDON 1799 24 Fashion Decree, EUTM 011445558 A ATKINSONS LONDON 1799 The British Bouquet, EUTM 011445483 A ATKINSONS LONDON 1799 The Odd Fellow's Bouquet
+EUTM 011445392 A ATKINSONS LONDON 1799 24 Old Bond Street	
+EUTM 011445509 A ATKINSONS LONDON 1799 The Nuptial Bouquet	
+EUTM 011445591 A ATKINSONS LONDON 1799 The Hyde Park Bouquet
+EUTM 011445657 A ATKINSONS LONDON 1799 The Isle of Wight Bouquet
+EUTM 011448719 A ATKINSONS, EUTM 011448801 A ATKINSONS LONDON 1799, EUTM 003149747 Canapa Hemp Chanure I COLONIALI di JeE ATKINSONS, EUTM 012027876 A ATKINSONS LONDON 1799 Oud Save The Queen, EUTM 012027983 A ATKINSONS LONDON 1799 Oud Save The King,EUTM 012104253AATKINSONS LONDON 1799 NOBLE VANILLA Fine Perfumed Bath Line, EUTM018064102ATKINSONS Rose Rhapsody	
+EUTM 018143082 A ATKINSONS LONDON 1799 PANDORA'S JAR	
+EUTM 018155288 ATKINSONS LONDON 1799 44 GERRARD STREET	
+EUTM 018227924 ATKINSONS Bal des Fleurs, EUTM 018474334 ATKINSONS, EUTM 018475381 A ATKINSONS LONDON 1799, EUTM 012104204 A ATKINSONS LONDON 1799 REGAL MUSK Fine Perfumed Bath Line, EUTM 012104221 A ATKINSONS LONDON 1799 IMPERIAL IRIS Fine Perfumed Bath Line, EUTM 011445301 A ATKINSONS LONDON 1799	
+EUTM 018474354A	</t>
+  </si>
+  <si>
     <t>EUROITALIA SRL</t>
   </si>
   <si>
     <t>aromatizētas ziepes, smaržas, ēteriskās eļļas, kosmētika, odekolons, tualetes ūdens, parfimēti aerosoli ķermenim, kosmētiskās eļļas, krēmi, želejas un losjoni sejas un ķermeņa ādai, kosmētiski preparāti skūšanai, losjoni pirms skūšanās un pēcskūšanās, talks kosmētiskiem nolūkiem, vannas un dušas līdzekļi, šampūni un losjoni matiem, dezodoranti, neārstnieciski tualetes piederumi, gaisa atsvaidzinātāji, sveces, aromātiskās sveces u.c.</t>
   </si>
   <si>
+    <t xml:space="preserve"> ITM 1030712/WO NESPRESSO, ITM 882456/WO NESPRESSO. WHAT ELSE?, ITM 1137705/WO NESPRESSO WHAT ELSE?, EUTM002977569/EM NESTLE, EUTM 002793792/EM NESPRESSO	</t>
+  </si>
+  <si>
+    <t>mašīnas kafijas iegūšanai, tukšas kafijas kapsulas elektriskiem kafijas automātiem, atkārtoti uzpildāmas kafijas kapsulas, pildītas kafijas kapsulas, kafijas krūzes, cepumi</t>
+  </si>
+  <si>
     <t xml:space="preserve">EUTM 002977569/EM NESTLE, EUTM 003088721/EM KIT KAT, EUTM 003780178/EM KIT KAT, ITM 1279998/WOKitKat, ITM 1009387/WOKIT  KAT SINGLES, EUTM 003780095/EM KitKat, EUTM 002455129/EM KitKat ChunKy, ITM 1063658/WONestlé  KitKat Kit Kat	</t>
   </si>
   <si>
-    <t>EUTM 018042647/EM StickWizard, EUTM 002037596/EM GILBERT	
-EUTM 000210575/EM GRAYS, EUTM 002725661/EM, ITM 367393A/WO KARACHI KING SUPER, CDR 001772963-0001/EM, CDR 001772963-0002/ EM</t>
+    <t xml:space="preserve">šokolāde, šokolādes veidnes, cepumi ar šokolādes garšas pārklājumu, piena dzērieni, kas aromatizēti ar šokolādi, šokolādes izstrādājumi, brokastu pārslas, deserti, dārzeņi un kartupeļi (konservēti, saldēti, žāvēti vai termiski apstrādāti), augļi (konservēti, saldēti, žāvēti vai termiski apstrādāti), sēnes (konservētas, kaltētas vai termiski apstrādātas), burkas, burku vāki,  plastmasas vāki kārbām un augu podiem u.c </t>
   </si>
   <si>
     <t>GRAYS OF CAMBRIDGE (INTERNATIONAL) LTD</t>
   </si>
   <si>
     <t>sporta aprīkojums, lauka hokeja nūjas</t>
   </si>
   <si>
     <t>Mars, Incorporated - CESAR</t>
   </si>
   <si>
     <t>suņu pārtikas produkti</t>
   </si>
   <si>
-    <t>apģērbi un aksesuāri</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 009950296/EM DARK HORSE, EUTM 011637493/EM  Trade mark without text</t>
   </si>
   <si>
     <t>E AND J GALLO - DARK HORSE</t>
   </si>
   <si>
+    <t xml:space="preserve">alkoholiskie dzērieni dzirkstošie vīni, alkoholiskie vīni, vīnu saturoši dzērieni </t>
+  </si>
+  <si>
     <t>EUTM 004281168 Camp David, EUTM 010592673 Soccx	, EUTM 013504261 CAMP DAVID</t>
   </si>
   <si>
     <t>Clinton Groβhandels-GmbH</t>
   </si>
   <si>
     <t>EUTM 003319944 FRAMAX, EUTM Eurex EUREX, EUTM 003494135 DOKA MATIC, EUTM 011108966 Xbright, EUTM 011523263Framax Xlife plus, EUTM 011116407DokaShore, EUTM 011523222DOKA, EUTM 011563855 DokaBase, EUTM 011575016Xface, EUTM 011664604DokaTruss, EUTM 011731635Eureco, EUTM 003494176Doka Xtra, EUTM 003891793 Dokaset, EUTM 007347206Xsafe, EUTM 000066985 1-2-4, EUTM 000321984 1-2-4, EUTM 003275691 Framax Xlife, EUTM 003319571Frami3, EUTM 009466152 I tec, EUTM 009466186 Xclimb, EUTM 009466211Doka Top 100 tec, EUTM 009466277DoKart, EUTM 009467366 Doka. Wegweisend in der Schalungstechnik, EUTM000045930 DOKA, EUTM 011048295form-on, EUTM 011048329 doka, EUTM 011048378 form-on</t>
   </si>
   <si>
     <t>Doka GmbH</t>
   </si>
   <si>
     <t>EUTM 005873377 CECIL, EUTM 000034553 CECIL</t>
   </si>
   <si>
     <t>Cecil GmbH</t>
   </si>
   <si>
-    <t>CDR 6850012-0004</t>
+    <t xml:space="preserve"> parfimērija, ēteriskās eļļas, kosmētika, ziepes, matu losjoni, zobu pastas, smaržas, dekoratīvās kosmētikas līdzekļi, 
+briļļu futrāļi, ietvari  saulesbrilles,  kompaktdiski, DVD u.c.</t>
   </si>
   <si>
     <t>Beurer GmbH</t>
   </si>
   <si>
-    <t xml:space="preserve">ITM 779000/WO BLUE FOX, EUTM 018125701/EM KARBON, EUTM 018202916/EM RAP-V, EUTM 018205609/EM CARP SPIRIT, EUTM 008577231/EM BARBARIAN, ITM 1082164/WO VMC, ITM 1347018/WO COASTAL BLACK, EUTM 018340997/EM VANADIUM, EUTM 003462017 /EM okuma, EUTM 17912307 /EMokuma, EUTM004723029 RAPALA, EUTM005182746 trigger-x, EUTM002730992 /fig./, EUTM 002700557 STORM, EUTM003680899 X-RAP, WO 845035 WILLIAMSON LURES, EUTM 006650667 CLACKIN' RAP,EUTM 006368492 X-ProTect, WO 845037 RAPALA VISION GEAR, WO 1040277 Rapala,EUTM 008233851 Sufix PERFORMANCE FUSE /fig./,EUTM 010209468 LUHR JENSEN, EUTM 010809598 SUFIX , EUTM008772964 10000013 MORA ICE, CDR 002701078- 0004, CDR 002701078-0007, CDR 002701078-0008, CDR 002701078-0009, CDR 002701078-0010, CDR 002701078-0005, CDR 002189449-0004, CDR 002189449-0003, CDR 002189449-0002, CDR 002189449-0001, CDR 002459842-0012TORM ARASHI SQUARE 5', EUTM008233851Sufix – PERFORMANCE FUSE, EUTM 003360302 MARTTIINI, EUTM 007224975ABYSS, EUTM004708228TAIL DANCER , EUTM 002901445 SHAD RAP, CDR 002459842-0009, CDR 002459842-0010 
-[...2 lines deleted...]
-  <si>
     <t>Rapala VMC Oyj</t>
   </si>
   <si>
     <t>makšķerēšanas piederumi u.c.</t>
   </si>
   <si>
     <t>ITM 1487516 LINDEMANS, ITM 1388424 L LINDEMAN'S 1843, EUTM 000615898 LINDEMANS, EUTM 2111482 L LINDEMANS 1843, ITM 1381841 L 1843 DR HENRY JOHN LINDEMAN'S, ITM 1285407 DR. HENRY JOHN LINDEMAN SINCE 1843 GENTLEMAN'S COLLECTION 'WHEN GENTLEMEN KNEW HOW TO BEHAVE' LINDEMAN'S WINERY SINCE 1843 A GUIDE TO CHIVALRY AND INTEGRITY RULE NO BATCH NO, ITM 0920399 L</t>
+  </si>
+  <si>
+    <t>Treasury Wine Estates UK  Brands Limited</t>
   </si>
   <si>
     <t>vīns</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 000942524 PEPPERJACK</t>
   </si>
   <si>
     <t>Treasury Wine Estates Vintners Limited</t>
   </si>
   <si>
     <t>ITM 1311102 WOLF BLASS, EUTM 002777993 WOLF BLASS, EUTM  002250512 EAGLEHAWK, EUTM 000197236 WOLF BLASS WINES
 ITM 1552026, ITM 1445919 WOLF BLASS, EUTM001661495 WOLF BLASS</t>
   </si>
   <si>
     <t>Bilyara Vineyards Pty Ltd</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni (izņemot alu)</t>
   </si>
   <si>
+    <t>EUTM 006376735 TUMI ALPHA, EUTM 001140250 TUMI TRACER	
+EUTM 006238141 TUMI, EUTM 003578143 TUMI, EUTM 002306728 TUMI
+EUTM 003578176 TUMI, EUTM 000837427 TUMI, ITM 1431070 TUMI	
+ITM 1422244 TUMI</t>
+  </si>
+  <si>
     <t>TUMI, INC.</t>
   </si>
   <si>
     <t xml:space="preserve"> koferi, mugursomas </t>
   </si>
   <si>
+    <t>EUTM 005339924/EM FAI, EUTM 005339841/EM Ireland, EUTM 005795737/EM FAI NATIONAL LEAGUE OF IRELAND PREMIER DIVISION, EUTM	 005795513/EM FAI NATIONAL LEAGUE OF IRELAND
+EUTM 005795448/EM FAI NATIONAL LEAGUE OF IRELANDFIRST DIVISION, EUTM 005715057/EM LEAGUE OF IRELAND, EUTM 018549391/EM, EUTM018548900/EM FAI CENTENARY 100, EUTM 018451513/EM LOITV, EUTM018131244/EM LEAGUE OF IRELAND
+EUTM 003155355/EMF A IRELAND, EUTM000515627/EM FAI, EUTM 003832045/EMFAIreland</t>
+  </si>
+  <si>
     <t>CUMANN PEILE NA H-EIREANN ''FOOTBALL ASSOCIATION OF IRELAND''</t>
   </si>
   <si>
+    <t>parfimērija, ēteriskās eļļas, kosmētika, apģērbi, galvassegas un apavi, aksesuāri, pārtikas produkti spēles, rotaļlietas un rotaļlietas, sporta preces, futbola bumbas, sporta bumbas, vingrošanas un ķermeņa treniņu aparāti, kultūrisma aparāti, apakšstilbu aizsargi, spēļu cimdi, spēļu kārtis,  metāla atslēgu piekariņi, nozīmītes, brilles, ceļojumu somas, kabatas portfeļi, maki un somiņas, mugursomas un koferi, dzeramās pudeles, paklāji, dvieļi, karogi un vimpeļi u.c.</t>
+  </si>
+  <si>
     <t>Palm Angels S.R.L.</t>
   </si>
   <si>
     <t>apģērbs, apavi, galvassegas, koferi un ceļojumu somas</t>
   </si>
   <si>
+    <t>ITM 1255219 THREE KINGS diamondshape right, ITM 520344 THREE KINGS
+ITM 1134115 HREE KINGS	, ITM 520347 (logo b-w), ITM 1244086 charcoal in circle on red background, ITM 1461968 THREE KINGS FOIL, EUTM 015951536 THREE KINGS</t>
+  </si>
+  <si>
     <t>RENE SCHONEFELD, INDUSTRIE- EN HANDELSONDERNEMING B.V.</t>
   </si>
   <si>
+    <t xml:space="preserve">ogles, vīraks u.c.  </t>
+  </si>
+  <si>
     <t>Actiu Berbegal Y Formas, S.A</t>
   </si>
   <si>
-    <t>CDR 002711093-0002, CDR 002711093-0003, CDR 002711093-0004	
-[...1 lines deleted...]
-EUTM 1452506 A M Q, EUTM 007594633 MCQ, EUTM 012233003 Trademarlkwithout no tekst, EUTM 007594781 ALEXANDER MCQUEEN, EUTM 1273163 McQueen</t>
+    <t xml:space="preserve">biroja mēbeles, rakstāmgaldi, krēsli, soliņi, u.c </t>
   </si>
   <si>
     <t>AUTUMNPAPER LIMITED</t>
   </si>
   <si>
-    <t xml:space="preserve">CGIS  10338287 </t>
-[...1 lines deleted...]
-  <si>
     <t>Bureau National Interprofessionnel du Cognac</t>
   </si>
   <si>
+    <t>alkoholiskie dzērieni konjaks,brendijs u.c.</t>
+  </si>
+  <si>
     <t xml:space="preserve">ITM 1222756/WO douchebags, ITM 1255009/WO Db, ICD D217442- 0002/WO, ICD D217442-0001/WO, ICD D211632-0003/WO, ICD D211632-0001/WO, ICD D211632-0004/WO, ICD D211632-0002/WO, ICD D216393-0001/WO, ICD D216393-0007/WO, ICD D216393- 0005/ WO, ICD D216393-0006/WO, ICD D216393-0002/WO, ICD D216393- 0003/WO, ICD D216393-0004/WO	</t>
   </si>
   <si>
     <t>DB Equipment AS</t>
   </si>
   <si>
     <t xml:space="preserve">mugursomas, bagāžas, somas, kabatas portfeļi un citi piederumi pārnēsāšanai, plecu siksnas </t>
   </si>
   <si>
     <t>EUTM 15287601 KRONABY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   elektroniskas, digitālas un rokas ierīces ar to saistītā programmatūra,  telekomunikāciju aparāti un instrumenti,  juvelierizstrādājumi, bižutērija, sienas pulksteņi, pulksteņi personīgai lietošanai,  izsmalcināti atslēgu piekariņi, pulksteņu vai juvelierizstrādājumu futrāļi, dārgmetālu kastes un konteineri,  to daļas un piederumi</t>
   </si>
   <si>
     <t>CAROLINA HERRERA LIMITED</t>
   </si>
   <si>
     <t xml:space="preserve">rokassomas, maki, juvelierizstrādājumi, apavi, smaržas
 apģērbi, brilles </t>
   </si>
   <si>
     <t>EUTM 3450848 PERRELET</t>
   </si>
   <si>
     <t>Perrelet, S.A.</t>
   </si>
   <si>
     <t>pulksteņi un to aksesuāri</t>
   </si>
   <si>
     <t>EUTM 1559376 Gymshark, EUTM 1176002 Gym Shark, EUTM 1227917 White Shark Head Logo</t>
   </si>
   <si>
     <t>Gymshark Limited</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 017934933 1895 BERLUTI PARIS, ITM 1424706 marque figurative, CDR000233762-0001 Symboles graphiques, CDR 000212196-0002 Souliers, CDR005000502-0001 Sacs à dos, CDR 002415240-0001 Chaussures, CDR 005515418- 0001 Porte-documents, EUTM018148858 1895 BERLUTI PARIS, EUTM 018149543 B 1895 BERLUTI PARIS, EUTM 000479683 BERLUTI, EUTM 018276692 1895 BERLUTI PARIS, ITM 1513805 B	</t>
+    <t xml:space="preserve">farmaceitiskie un medicīnas instrumentu  izstrādājumi, juvelierizstrādājumi, pulksteņi, somas, trauki un stikla izstrādājumi, tekstilizstrādājumi, apģērbs, apavi, galvassegas,mežģīnes, lentes, izšuvumi, grīdas segumu izstrādājumi, rotaļlietas un sporta preces u.c.  </t>
   </si>
   <si>
     <t>BERLUTI</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 009503871 B &amp; A BY BACI &amp; ABBRACCI, EUTM 004073136  BACI &amp; ABBRACCI, EUTM 09503681  BACI &amp; ABBRACCI
 </t>
   </si>
   <si>
     <t>BACI &amp; ABBRACCI COLLEZIONI SRL</t>
   </si>
   <si>
     <t>apģērbi, apakšveļa, cepures, apavi, aksesuāri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 864147 MARC JACOBS, EUTM 006813703 MARC BY MARC JACOBS EUTM 00681524 5LITTLE MARC JACOBS, EUTM 011485513 MARC JACOBS, ITM 1282779 JJ, ITM 1387456 MARC JACOBS, EUTM 006815435 marque sans texte, EUTM 012864047 STANDARD SUPPLY MODEL# TYPE: WORKWEAR, EUTM 000481465 MARC JACOBS	</t>
   </si>
   <si>
     <t>MARC JACOBS TRADEMARKS LLC</t>
   </si>
   <si>
+    <t>apģērbi un aksesuāri</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM017867472 M18, EUTM017488917 (Trade mark without text), EUTM 017089533 REDLITHIUM, EUTM 010274595 M28, EUTM 017511262 M18 HIGH DEMAND, EUTM 012099231 M18 FUEL, EUTM 010274661 M18	
+EUTM 010355626 M14, EUTM 012103529 M12 FUEL, EUTM 010274553 M12, EUTM 003360187 NOTHING BUT HEAVY DUTY MILWAUKEE, EUTM 012520938 Milwaukee, EUTM 015082506 MILWAUKEE, EUTM 009639147 MILWAUKEE	</t>
+  </si>
+  <si>
     <t>Techtronic Cordless GP</t>
   </si>
   <si>
     <t xml:space="preserve">apgaismošanas, apkures, tvaika ģenerēšanas, vārīšanas, dzesēšanas, žāvēšanas, ventilācijas, ūdens apgādes un sanitārijas ierīces u.c. </t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 001573039Blue’s Clues, EUTM 004285771Blue’s Clues, EUTM 004322814 Blue’s Clues, EUTM 000576942Blue’s Clues, EUTM 004683629 Nickelodeon Avatar the Legend of Aang, EUTM 004683579 Nickelodeon Avatar the Legend of Aang, EUTM 005349683Nickelodeon The Backyardigans die Hinterhofzwerge les Mélodilous,EUTM 005349907 Nickelodeon The Backyardigans die Hinterhofzwerge les Mélodilous Zonzoli, EUTM 003762895 Spongebob, EUTM 001335884 Spongebob, EUTM 003762861 Spongebob Squarepants, EUTM 001360486 Spongebob Squarepants, EUTM 004303517 Nickelodeon Spongebob Squarepants, EUTM 001312016 Dora the Explorer, EUTM 004327417 Dora the Explorer, EUTM 005133269Dora, EUTM 004419156 Go Diego Go, EUTM 005351515 Nickelodeon Diego! Diogo!, EUTM 006667109 Spongebob Squarepants, EUTM 011624137 Spongebob Squarepants, EUTM 011624211, CDR 001364913-0001, EUTM 004619706, EUTM 004608436, EUTM 004604121, CDR 001414221-0001, EUTM 004540654 Nick Jr. Backyardigans </t>
-[...1 lines deleted...]
-  <si>
     <t>rotaļlietas, uzlīmes u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 015423321/EM DETTOL 3X POWER GEL, EUTM 015692759/ EM 2in1, EUTM 018049358/EM Dettol, EUTM 018048871/ EM Dettol, EUTM 018235 730/EM, EUTM 018235737/EM, EUTM 018311430/EM Dettol, EUTM 018310871/EM, EUTM 003032299/EM Dettol, EUTM 003033651/EM, EUTM0 03033842/EM DETTOL, EUTM 006028914/ EM Dettol, EUTM 006029078/ EM, EUTM 006743851/EM TRUSTED BY DOCTORS TO KILL BACTERIA, EUTM 008962094/EM, EUTM 009153511/EM DETTOL, EUTM 010278794/ EM DETTOL POWER &amp; PURE BATHROOM WITH ACTIVE OXYGEN, EUTM 010278828/EM DettolPOWER &amp; PURE MULTI PURPOSEWITH ACTIVE OXYGEN, EUTM 012034732/EM No-Touch Refill, EUTM 012562 633/EM DETTOL HEALTHY KIDS, EUTM 012574224/EM DETTOL JUNIORS, EUTM 012871489/EM SQUEEZY PACK, EUTM 013403035/EM give life a hand, EUTM 013771118/EM DETTOL GOLD, EUTM 013783212/ EM No-Touch Automatic Hand Soap System Soft on Skin HARD on GERMS KILLS 99.9% of BACTERIA Kit includes
-[...2 lines deleted...]
-  <si>
     <t>Reckitt &amp; Colman (Overseas) Health Limited</t>
   </si>
   <si>
     <t>Alcadrain s.r.o.</t>
   </si>
   <si>
     <t>plastmasas sifons</t>
   </si>
   <si>
     <t>DISC-O-BED HOLDINGS  LIMITED</t>
   </si>
   <si>
     <t>divstāvu gultas, moduļu mēbeles, saliekamās gultas u.c.</t>
   </si>
   <si>
+    <t>mēbeles u.c.</t>
+  </si>
+  <si>
     <t>EUTM 008910441 PIC, EUTM 018382606 PIC, EUTM 018382610	, EUTM 015025778 PIC solution, ITM1319155 PIC solution, EUTM 008910523 PIC SOLUTION, ITM 1344881 Pic Solution, ITM 1064324 Pic Slution, EUTM 018382608 PIC SOLUTION, EUTM 8910465 PIC SOLUTION, EUTM 1317315 PIC</t>
   </si>
   <si>
     <t>PIKDARE-SOCIETA' PER AZIONI</t>
   </si>
   <si>
     <t>medicīnas preces</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 008769085 Via Verde, EUTM 003509791 prodomo, EUTM 003497732 Dallmayr prodomo, ITM 1103917 Dallmayr Gold, EUTM 003495835 Dallmayr ESPRESSO d'Oro, EUTM 003495975 Dallmayr Crema d'Oro, ITM 941450 Dallmayr Capsa, EUTM 012170213 Dallmayr Barista, ITM 953493 Dallmayr, EUTM 003497765 Crema d'Oro, EUTM 005765888 Capsa, ITM 954137 Alois Dallmayr,ITM 953584 AD, ITM 951417 AD	</t>
   </si>
   <si>
     <t>Alois Dallmayr Kaffee oHG</t>
   </si>
   <si>
     <t>kafija, tēja, kakao un to izstrādājumi u.c.</t>
   </si>
   <si>
-    <t>EUTM 009373937 "ARCO" FLOOR LAMP, CDR 009030083-0001Lampade a piedestallo</t>
-[...1 lines deleted...]
-  <si>
     <t>FLOS S.P.A.</t>
   </si>
   <si>
     <t>stāvlampa</t>
   </si>
   <si>
     <t>EUTM 001003425 ADLER</t>
   </si>
   <si>
     <t>Adler Modemärkte AG</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM  5693999  CHRYSLER, EUTM  10593572 GRAND CHEROKEE 
-[...2 lines deleted...]
-  <si>
     <t xml:space="preserve">FCA US LLC </t>
-  </si>
-[...4 lines deleted...]
-</t>
   </si>
   <si>
     <t>Celgene Corporation</t>
   </si>
   <si>
     <t>medikamenti un farmācijas produkti</t>
   </si>
   <si>
     <t>EUTM 4464591 Marque sans texte, EUTM 7237761 CHRISTIAN LACROIX
 EUTM 11824992  CHRISTIAN LACROIX PARIS, EUTM 10003952 CL	
 EUTM 16858375 CXL BY CHRISTIAN LACROIX, EUTM 7237795 Marque sans texte</t>
   </si>
   <si>
     <t>CHRISTIAN LACROIX</t>
   </si>
   <si>
-    <t>CGIP PDO-FR-0993 Jambon sec de Corse / Jambon sec de Corse - Prisuttu	
-[...1 lines deleted...]
-CGIP PDO-FR-0994Lonzo de Corse / Lonzo de Corse - Lonzu</t>
+    <t>juvelierizstrādājumi, pulksteņi, somas, apģērbi, apavi, galvassegas u.c.</t>
   </si>
   <si>
     <t>Synd. de déf. et de prom. des charcuteries de Corse Salameria Corsa</t>
   </si>
   <si>
     <t>Korsikas sausais šķiņķis</t>
   </si>
   <si>
-    <t>CDR 001151880-0003, CDR 001151880-0002, CDR 001151880-0001, CDR 001144851-0004, CDR 001144851-0003, CDR 001144851-0002, CDR 0011 44851-0001, CDR 001144828-0002, CDR 001144828-0001, CDR 000743380- 0003, CDR 000743380-0002, CDR 000743380-0001, CDR 000742481-0009	
-[...4 lines deleted...]
-  <si>
     <t>LOWA Sportschuhe GmbH</t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM 009856105 nawm, EUTM 009855982 Arsenal, EUTM 000643098 Arsenal, EUTM 002866200 Arsenal, EUTM 004835229 nawm, EUTM 009995374 Spurs, EUTM 009995572 THFC, EUTM 004563276 nawm, EUTM 001903376 THFC Audere est facere, EUTM 014440085 The People's Club, EUTM 011681723 To dare is to do, EUTM 005711163 AVFC Prepard, EUTM 005566807 Prepared, EUTM 00979153 Premier League, EUTM 012039251 Fantasy Premier League, EUTM 011701811 nawm, EUTM 010295723 Arsenal, EUTM 000643205 Arsenal Victoria Concordia Crescit, EUTM 000643080 Gunners, EUTM 011771672 Arsenal, EUTM 007257512 Man City	
+ITM012140505 MCFC, EUTM 013056791 W.H.U.F.C., EUTM 011121878 The Saints, EUTM 011121671 Southampton Football Club, EUTM 011682515 Audere-est-facere, EUTM 011681459 Tottenham Hotspur, EUTM01203933 Ultimate Fantasy Premier League,EUTM 012084281 Premier League, EUTM 003345386 Chelsea Football Club, EUTM 001746197 CFC, EUTM 012140687, Manchester City Football Club, EUTM 005081311 Aston Villa Prepared, EUTM 007518053 nawm, EUTM 009353293 Nawm, EUTM 011121911 Together we stand, EUTM 001899525 Spurs, EUTM 004867561 Tottenham Hotspur, EUTM 011121761 Southampton, EUTM 006462601 Chelsea, EUTM 008816969 L.F.C., EUTM 007024565 Liverpool FC, EUTM 011681681 THFC, EUTM 011121605 Southampton FC, EUTM 012140547 Spurs, EUTM 007157282 nawm, EUTM 011682507 Audere-est-facere, EUTM 015086333 Premier League, EUTM 002731974 FFC, EUTM 011681806 Tottenham Hotspur	</t>
+  </si>
+  <si>
     <t>The Football Association Premier League Limited</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dažādas preces, apģērbi,sporta preces, rotaļlietas, suvenīri u.c. </t>
   </si>
   <si>
     <t>ITM 1514698 MADEMOISELLE ROCHAS, ITM 1608610 Girl ROCHAS PARIS, ITM 451949 ROCHAS PARIS</t>
   </si>
   <si>
     <t>INTERPARFUMS</t>
   </si>
   <si>
     <t>smaržas personīgai lietošanai</t>
   </si>
   <si>
     <t>EUTM 015538796 MODERN PRINCESS, EUTM 014026934 MODERN PRINCESS, EUTM 017911434 LANVIN, ITM	0801129A ÉCLAT D'ARPÈGE
 EUTM 008701278 MARRY ME</t>
   </si>
   <si>
     <t>EUTM 018586518 OUD SILK MOOD, EUTM 018586517 OUD SATIN MOOD, EUTM 018454320 AQUA CELESTIA, EUTM 018453831 AQUA UNIVERSALIS, EUTM 06104103 FRANCIS KURKDJIAN, EUTM 006104186 KK, EUTM 008273161 Maison Francis Kurkdjian Paris, EUTM 008273732 MAISON FRANCIS KURKDJIAN PARIS, ITM 1417298 FK</t>
   </si>
   <si>
     <t>PARFUM FRANCIS KURKDJIAN</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR 002015370-0007 Diseño de la lámpara SKAN, CDR 002015370- 0008 Diseño de la lámpara SKAN, CDR 002015370-0009 Diseño de la lámpara SKAN, CDR 003069731-0001 Diseño de la lámpara PIN, CDR 003069616-0001 Diseño de la lámpara ALGORITHM, CDR 007792239- 0020 Diseño de la lámpara KONTUR, CDR 001228142-0028 Diseño de la lámpara SLIM, CDR 001400659-0032 Diseño de la lámpara UP, CDR 003069731-0002 Diseño de la lámpara PIN, CDR 00306 9731-0003 Diseño de la lámpara PIN, CDR 003069731-0004 Diseño de la lámpara PIN, CDR 003069731-0005 Diseño de la lámpara PIN, CDR 003069731- 0006 Diseño de la lámpara PIN, CDR 003069731-0007 Diseño de la lámpara PIN, CDR 003069731-0008 Diseño de la lámpara PIN, CDR 003069616-0002 Diseño de la lámpara ALGORITHM, CDR 003069616- 0003 Diseño de la lámpara ALGO RITHM, CDR 003069616-0004 Diseño de la lámpara ALGORITHM, CDR 0030 69616-0005 Diseño de la lámpara ALGORITHM, CDR 003069616-0006 Diseño de la lámpara ALGO RITHM CDR 003069616-0007 Diseño de la lámpara ALGORITHM, CDR 003069 616-0008 Diseño de la lámpara ALGO RITHM, CDR 003069616-0009 Diseño de la lámpara ALGORITHM, CDR 007792239- 0021 Diseño de la lámpara KONTUR, CDR 007792239-002 2Diseño de la lámpara KON TUR, CDR 007792239-0023 Diseño de la lámpara KONTUR, CDR 00779 2239-0024 Diseño de la lámpara KONTUR, CDR 001228142-0029 Diseño de la lámpara SLIM, CDR 001400659-0035 Diseño de la lámpara UP, CDR 002015370- 0006 Diseño de la lámpara SKAN	</t>
+    <t xml:space="preserve">smaržas, smaržu ekstrakti, tualetes ūdens, smaržīgi tualetes ūdeņi </t>
   </si>
   <si>
     <t>VIBIA LIGHTING S.L.U.</t>
   </si>
   <si>
+    <t>VIBIA-lampas</t>
+  </si>
+  <si>
     <t>ITM 1345920 PETRUS, ITM 1517537 PETRUS</t>
   </si>
   <si>
     <t>PETRUS</t>
   </si>
   <si>
     <t xml:space="preserve">alkoholiskie dzērieni </t>
   </si>
   <si>
-    <t xml:space="preserve">CDR 001939075-0017, CDR 001939075-0015, CDR 001939075-0016, EUTM 018447820 NICE FLOR-S, EUTM 018447823 NICE FLOR-S, ITM 899855 Nice
-[...2 lines deleted...]
-  <si>
     <t>NICE S.P.A.</t>
   </si>
   <si>
+    <t xml:space="preserve">automatizācijas sistēmas, vārtiem, garāžas durvīm, ceļa barjerām, nojumēm un slēģiem dzīvojamām, komerciālām un rūpnieciskām ēkām, kā arī signalizācijas un  elektroniskās vadības sistēmas, kas apvieno tehnoloģiskās inovācijas un dizainu u.c. </t>
+  </si>
+  <si>
     <t>EUTM 004853453COYOTE, EUTM 012029989COYOTE NAV, EUTM 018032612COYOTE UP, EUTM 013845391COYOTE MINI, EUTM 016902058 COYOTE NAV +, EUTM 012779211COYOTE NAV S</t>
   </si>
   <si>
     <t>COYOTE SYSTEM</t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM 009640434, EUTM 009721762 FLESHLIGHTGIRLS, EUTM009728569 FLESHJACK, EUTM009733411 FLESHLIGHT	, EUTM 003948445 FLESH LIGHT, EUTM 016500878 TURBO, EUTM 017206459 FLESHJACK BOYS, EUTM 017206442 FLESHJACK, EUTM 018198105 FLESHLIGHT GIRLS	
+EUTM 008803504 SEX IN A CAN, EUTM 008803413 REAL FEEL SUPER SKIN, EUTM 008374183 FLESHLIGHT Girls, EUTM 014431936 QUICK SHOT, EUTM 012210308 FLESHSKIN, EUTM 011898319P INK LADY	
+EUTM 011574571 FLESHLIGHTMD, EUTM 01149570 2FLIGHT MD	
+EUTM 011289766 fleshjackboys YS, EUTM 010888311 FLIGHT, EUTM 010321339 FREAKS!, EUTM 010321321 FREAKS!, EUTM 010257954 FLIGHT, EUTM 006047336 fleshjack, EUTM 006158505 FLESHLIGHT	
+EUTM 006158778 fleshjack, EUTM 006325872 FLESHLIGHT GIRLS	</t>
+  </si>
+  <si>
     <t>Fleshlight International S.L.</t>
   </si>
   <si>
     <t>intīmpreces</t>
   </si>
   <si>
     <t>EUTM 018306466 medjool plusmp, EUTM 018306464 medjool plusmp, ITM medjool plus mp</t>
   </si>
   <si>
     <t>Almog Holding B.V.</t>
   </si>
   <si>
+    <t>gaļa, zivis, mājputni un medījumi, gaļas ekstrakti, konservēti, saldēti, žāvēti un termiski apstrādāti augļi un dārzeņi, želejas, ievārījumi, kompoti, olas, piens un piena produkti, eļļas un tauki pārtikai, nesagatavoti un neapstrādāti lauksaimniecības, ūdens, dārzkopības un mežsaimniecības produkti,  graudi un sēklas, svaigi augļi, dārzeņi un garšaugi, dabīgie augi un ziedi, puķu sīpoli, stādi un sēklas stādīšanai, dzīvi dzīvnieki, pārtika un dzērieni dzīvniekiem u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 011727856/EM, EUTM 000105247/EM PEPSI, EUTM 012931201/EM PEPSI, EUTM 000105338/EM PEPSI, EUTM 004716106/EM PEPSI:COLA	
+EUTM 007361967/EM PEPSI-COLA, EUTM 000105825/EM PEPSI-COLA	
+EUTM 004616819/EM PEPSI, EUTM 010866812/EM LIVE FOR NOW, EUTM 012405478/EM pepsi, EUTM 000106179/EM PEPSI-COLA, EUTM 000106245 /EM, EUTM 004716155/EM PEPSI, EUTM 010013407/EM</t>
+  </si>
+  <si>
     <t>PEPSICO INC</t>
   </si>
   <si>
-    <t>EUTM 017972921/EM XIAOMI, EUTM 018459504/EM xiaomi</t>
+    <t>ITM 1547288/WO MI, ITM 1543590/WO XIAOMI, ITM 1177611/WO XIAOMI, ITM 480950/WO Redmi, ITM 1213534/WO Redmi, EUTM 012672283/EM MI	, EUTM 017601667/EM MI, EUTM 018459507/EM MI
+EUTM 009822751/EM MI, EUTM 017903756/EM POCO, EUTM 018133860/EM Redmi,EUTM017972921/EM XIAOMI,EUTM 018459504/EM xiaomi</t>
   </si>
   <si>
     <t>XIAOMI TECHNOLOGY NETHERLANDS B.V.</t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM 493536 nawm (embleem), EUTM 6915169 LZR PULSE	
+EUTM 6321236 LZR RACER, EUTM 4484961 XDSKIN, EUTM 3561412 SPEEDO ENDURANCE	, EUTM 3142809 ENDURANCE	
+EUTM 3087533 SPEEDO SCULPTURE, EUTM 3634417 SPEEDO BIOFUSE, EUTM 3624905 AQUALAB, EUTM 3087351 SHARK DEVICE, EUTM 12444303 SCULPTURE, EUTM 12444295 FASTSKIN, EUTM 5155635 Speedo, EUTM 3386241 Speedo, EUTM 3263423 Speedo, EUTM 3413135 Speedo, EUTM 12444352 BIOFUSE, EUTM 12796173I Q FIT, EUTM 6507818 AQUABLADE, EUTM 6445241 AQUABEAT, EUTM 6321319 FASTSKIN LZR RACER, EUTM 6321277 SPEEDO LZR RACER, EUTM 6184865 FLIPTURNS, EUTM 493510 Speedo, EUTM 2228583 SPEEDO, EUTM 1809805,  FASTSKIN, EUTM 10344554 THE RACING SYSTEM, EUTM 493502 Speedo, EUTM 5611645 Speedo Aqua Gym, EUTM 5353107 LZR Pulse, EUTM 8445892 SPEEDO FLEXIFIT, EUTM 8350829 TRIATHELITE, EUTM 493445 Speedo	</t>
+  </si>
+  <si>
     <t>Speedo Holdings BV</t>
   </si>
   <si>
     <t>peldkostīmi</t>
   </si>
   <si>
     <t>ISDIN, S.A.</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR 008882500-0006 Sole TRAIL ONE, CDR 008882500-0003Sole RAVEN LO, CDR 008882500-0001 Sole CLD RUN, CDR 008387310- 0005 RSE V1, CDR 008056840-0007 FLAT, CDR 008056840-0002 TRIPLET, CDR 008055693-0003 EYZA, CDR 008055693-0001 ALEXUS, CDR 008056840-0006 BINARY, CDR 008057749-0001 ASPHA HI, EUTM 004353991 FLAMME, CDR 005759081- 0001 CORIN, CDR 006370060-0001 Flammensohle, EUTM 002212819 Buffalo, EUTM 000677146 BUMERANG, EUTM 001495753 Buffalo, EUTM 002183614 Buffalo	
-</t>
+    <t xml:space="preserve"> kosmētika ādas kopšanai, kosmētikas krēmi, kosmētikas serumi, losjoni kosmētiskai lietošanai, šampūni, ārstnieciski ādas kopšanas līdzekļi, zobu pastas, mutes skalojamie līdzekļi, nagu kopšanas līdzekļi, ķirurģiskie, medicīniskie, zobārstniecības un veterinārie aparāti un instrumenti, kā arī mākslīgās ekstremitātes, acis un zobi, ortopēdiski izstrādājumi, šuvju materiāls, seksa piederumi, fizikālās terapijas aprīkojums, knupīši un piederumi barošanai, mākslīgās protēzes un implanti, ortopēdiskie un kustību palīglīdzekļi, visu iepriekš minēto izstrādājumu daļas un piederumi.</t>
   </si>
   <si>
     <t>Buffalo Boots GmbH</t>
   </si>
   <si>
     <t>apavi, apģērbi, cepures, pulksteņi, aksesuāri u.c.</t>
   </si>
   <si>
     <t>Swarovski Aktiengesellschaft</t>
   </si>
   <si>
     <t>rotaslietas, aksesuāri u.c.</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">CDR 005253283-0003 Diseño de la lámpara DUO, CDR 005253283-0004 Diseño de la lámpara DUO, CDR 005253283-0005 Diseño de la lámpara DUO, CDR 005253283-0006 Diseño de la lámpara DUO, CDR 005253283-0007 Diseño de la lámpara DUO, CDR 005253283-0008 Diseño de la lámpara DUO, CDR 005 253283-0009 Diseño de la lámpara DUO, CDR 005282332-0001 Diseño de la lámpara GUISE, CDR 005282332-0002 Diseño de la lámpara GUISE, CDR 005282332-0003 Diseño de la lámpara GUISE, CDR 005282332-0004 Diseño de la lámpara GUISE, CDR 005282332-0005 Diseño de la lámpara GUISE, CDR 005282332-0006 Diseño de la lámpara GUISE, CDR 005253283-0001 Diseño de la lámpara MUSA, CDR 005253283-0002 </t>
   </si>
   <si>
     <t>LIGHT INSIGHT S.L.</t>
   </si>
   <si>
     <t>lampas</t>
   </si>
   <si>
     <t>EUTM 007216161 DivX, EUTM 008286577 DIVXEUTM 2252385 DivX, EUTM 9162587 DivX, EUTM 7417496 DIVX PLUS HD, EUTM 11062759 DIVX PLUS STREAMING, EUTM 9163114 DIVX+, EUTM 7220742 DIVX CONNECTED, EUTM 8766198 DIVX TO GO, EUTM 7417413  DIVX HD, EUTM	8591067 DivX Plus, EUTM 7216161 DivX</t>
   </si>
   <si>
     <t>DivX, LLC</t>
   </si>
   <si>
     <t>telekomunikācijas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 5696232, EUTM 9307992, EUTM 9308255, EUTM 9308446
 EUTM 10400752 RUBIK'S MINI MINDS, EUTM 10489871 RUBIK'S VOID CUBE, EUTM 10125789 RUBIK'S CLEVER KIDS, EUTM 4170775 RUBIK, EUTM 4170858, EUTM 5477666 RUBIK'S, REVOLUTION, EUTM9976788, EUTM 9976135, EUTM 9975681, EUTM 8371379, EUTM 323329, EUTM 9408261RUBIK'S, EUTM 9408246 Rubik's, EUTM 15292287, EUTM 15518971, EUTM 15519036, EUTM 15292311 RUBIK'S	 </t>
   </si>
   <si>
     <t>Spin Master Toys UK Limited</t>
   </si>
   <si>
     <t xml:space="preserve">MONCLER S.P.A. </t>
   </si>
   <si>
     <t>ITM 0883668RYNAXYPYR, ITM 0898745ALTACOR, ITM 0898744 CORAGEN</t>
   </si>
   <si>
     <t>FMC Agro Singapore Pte Ltd</t>
   </si>
   <si>
     <t xml:space="preserve"> insekticīdi lauksaimniecībai</t>
   </si>
   <si>
+    <t>EUTM 018714012 MOBSTER, EUTM 018711868 SOCIAL SMOKE	
+EUTM 018711889, EUTM 018701363 FOREVER YOUNGITM 1591058 ABSOLUTE ZERO, EUTM 013653721, EUTM 017926438 MESMERISE, EUTM 013653712, EUTM 017368135 Social, EUTM 011554698 SOCIAL SMOKE</t>
+  </si>
+  <si>
     <t>Social Smoke GmbH</t>
   </si>
   <si>
     <t xml:space="preserve"> ūdenspīpes tabaka </t>
   </si>
   <si>
     <t xml:space="preserve">CNH INDUSTRIAL N.V.  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 001429281/EMPEARL JAM, EUTM 002348787/EMPEARL JAM	
+EUTM 018225801/EMPEARL JAM, EUTM 017674862/EMPEARL JAM	
+EUTM 008987497/EMPEARL JAM, </t>
+  </si>
+  <si>
+    <t>PEARL JAM LLC</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 018065711/EM KINDER BUENO WHITE, EUTM 018142197/EM KINDER SCHOKO-BONS WHITE, ITM 1081775/WO, ITM 1081776/WO, ITM 1083499/WO, ITM 1190591/WO, ITM 1309741/WO KINDER HAPPY MOMENTS, ITM 1332509/WO  KINDER CARDS, ITM 1559233/WO Kinder Happy Hippo, ITM 1618301/WO Kinder PARADISO, EUTM 018627018/EM KINDER BUENO, EUTM 018627020/EM KINDER BUENO WHITE	
 </t>
   </si>
   <si>
     <t>SOREMARTEC S.A.</t>
   </si>
   <si>
     <t>šokolāde, ar šokolādi pārklātas vafeles, pildīta šokolāde, konditorejas izstrādājumi, kūkas, tortes un cepumi, saldējums</t>
   </si>
   <si>
     <t>EUTM 017919022/EM THE NORTH FACE, EUTM 017886251/EM SUMMIT SERIES, EUTM 011418365/EM SUMMIT SERIES, EUTM 003467271/EM SUMMIT SERIES, EUTM 017968234/EM FUTURELIGHT, EUTM 018236919/EM VECTIV, EUTM 018232557/EM FUTUREFLEECE</t>
   </si>
   <si>
     <t>The North Face Apparel Corp.</t>
   </si>
   <si>
+    <t>EUTM 005013511 SHAUN THE SHEEP, EUTM 003811651 WALLACE &amp; GROMIT, EUTM 003930013 NAWM, EUTM 008766313 TIMMY TIME	
+EUTM 001407337 Aardman, EUTM 003929973 NAWM, EUTM 005018941 NAWM, EUTM 010790723 HOME SHEEP HOME</t>
+  </si>
+  <si>
     <t>Aardman Animations Limited</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 016611857 Sup, EUTM 016815763 SUPREME, EUTM 018119744 SUPREME GRIP, EUTM 1457502 Supreme, EUTM 016611865 SUP	
-[...1 lines deleted...]
-</t>
+    <t>sadzīves preces</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 007524961 (Marque sans texte), EUTM 006243951 MINI BABYBEL, EUTM 011684487 Smiles for the FUTURE, ITM583451 Syrtos, EUTM 0109 32606 THE LAUGHING COW,ITM 356414 ATOS TINI, EUTM161461 ATULIPE, EUTM 008285082 bel, EUTM 004924528 XETABEL, EUTM 003530466 BABYBEL, EUTM 004266979 (Marque sans texte), EUTM 003271401 (Marque sans texte), EUTM 004266995 MINI BABYBEL, EUTM 003495009 APERI CUBE, EUTM 13500641 (Marque sans texte), EUTM 2980068 BEL, EUTM 003136975 BEL, EUTM 004703005 KIRI, EUTM 003481421 KIRI, EUTM 003492501 KIRI, EUTM 3482098 KIRI, EUTM 5132031 LA VACHE QUI RIT, EUTM 3338531 LA VACHE QUI RIT, EUTM 003449709bel Food service, EUTM 009514291 ADLER EDELCREME, EUTM 016754608 BABY BEL, EUTM 018487076 (Marque sans texte), EUTM 003068251 More Cheese, More Fun, EUTM 010902682 kiri, EUTM 018199000 (Marque sans texte), ITM 1302832 kiri, ITM 1423628 KIRI WILMI, EUTM 007430754 bouRsin Salade &amp; apéritif, EUTM 007430804 bouRsin, ITM 610775 CHEESE AND FUN, EUTM 018073355 BEL FOR ALL FOR GOOD, EUTM BIANBELBIANBEL, EUTM 10544283 BOURSIN, EUTM 017888608 BOURSIN, EUTM 00743079 6bouRsin Cuisine, EUTM 008887713 CHEEZ &amp; CO, ITM 1198048KIRI, EUTM 0179 24516 KIRI DIPPI, EUTM010573194 MOOW, EUTM 010573392 MOTHERS OF OUR WORLD, EUTM018331220 NURISHH, EUTM 018255127 NURISHH, EUTM 018255150 NURISHH, EUTM 018282999 nurishh, EUTM LA VACHE QUI RIT, LA VACHE QUI RIT	</t>
   </si>
   <si>
     <t>BEL</t>
   </si>
   <si>
+    <t>kafija, tēja, kakao un mākslīgā kafija, rīsi, tapioka un sāgo, milti un graudaugu izstrādājumi, maize, konditorejas izstrādājumi,  pārtikas ledus, cukurs, medus, melases sīrups, raugs, cepamais pulveris, sāls, sinepes, etiķis, mērces [garšvielas], garšvielas, saldējums, gaļa, zivis, mājputni un medījumi, gaļas ekstrakti, konservēti, saldēti, žāvēti un termiski apstrādāti augļi un dārzeņi, želejas, ievārījumi, kompoti, olas, piens un piena produkti, eļļas un tauki pārtikai u.c.</t>
+  </si>
+  <si>
     <t>ZIMMERMANN WEAR PTY LTD</t>
   </si>
   <si>
+    <t>apģērbi, modes aksesuāri, peldkostīmi, juvelierizstrādājumi, bižutērija, pulksteņi,  apģērbi, apavi, galvassegas, somas u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ITM 1144641 AROCS, ITM 1152233 ANTOS, EUTM 006458723 ZETROS	
+EUTM 002728343 TOURISMO, ITM 1139941 OMNIPLUS,EUTM 009099474 OMNIPLUS, EUTM 000427740 OMNIPLUS, EUTM 000481671 CITARO	
+EUTM 000842021 ACTROS, EUTM 000378455 ACTROS,EUTM 000430462 SETRA, EUTM 000140111 UNIMOG, EUTM 006235791 DAIMLER	
+EUTM 000140012 DAIMLER	</t>
+  </si>
+  <si>
     <t>Daimler Truck AG</t>
   </si>
   <si>
+    <t>EUTM 004092541/EM CaptainMorgan, EUTM 018713735/EM CAPTAIN MORGAN ORIGINAL SPICED GOLD, EUTM 009101775/EM CAPTAIN MORGAN ORIGINAL SPICED GOLD, EUTM 011442613/EM CAPTAIN MORGAN BLACK SPICED, EUTM 006916126/EM CAPTAIN MORGAN PARROT BAY, EUTM 010054542/EM CAPTAIN MORGAN BLACK, EUTM 012799433/EM CAPTAIN MORGAN, EUTM 018213701/EM CAPTAIN MORGAN TIKI, EUTM 010893543/EM CAPTAIN MORGAN, EUTM 017925470/EM CAPTAIN MORGAN</t>
+  </si>
+  <si>
+    <t>DIAGEO SCOTLAND LIMITED</t>
+  </si>
+  <si>
     <t>Glock GmbH</t>
   </si>
   <si>
     <t>šaujamieroči u.c.</t>
   </si>
   <si>
     <t>EUTM 003971645 OM DROIT AU BUT, EUTM 6733117 OM, EUTM 006748552 Droit au but, EUTM 003971661 DROIT AU BUT, ITM 1414154 OM FESTIVAL</t>
   </si>
   <si>
     <t>OM DEVELOPPEMENT</t>
   </si>
   <si>
     <t>LYL</t>
   </si>
   <si>
-    <t>CDR 001844655-0002, CDR 001844655-0001, CDR 000910666-0003</t>
-[...1 lines deleted...]
-  <si>
     <t>Cilag GmbH International</t>
   </si>
   <si>
     <t>ķirurģiskie instrumenti, ķirurģiskās šķēres</t>
-  </si>
-[...1 lines deleted...]
-    <t>CDR 002510883-0006, CDR	002510883-0005</t>
   </si>
   <si>
     <t>Cybex GmbH</t>
   </si>
   <si>
     <t>bērnu ratiņi</t>
   </si>
   <si>
     <t>EUTM 018290044 JC JINCHENG LASER</t>
   </si>
   <si>
     <t>YITAIPACKING-MATERIACCESSORIES (KUNSHAN)</t>
   </si>
   <si>
     <t xml:space="preserve">CO2 lāzera griezēji </t>
   </si>
   <si>
     <t>ITM 1495047 LIL, ITM 1463738 lil, ITM 1459667 lil, ITM 1459368 MIIX	
 ITM 1459369 MIIX, ITM 1519362 MIIX, ITM 1455672 FIIT, ITM1463717 fiit
 ITM 1495923 FIIT	, ITM 1458410lil HYBRID, ITM1452040 lil HYBRID, ITM 1466305 lil SOLID, ITM 1469782 lil SOLID</t>
   </si>
   <si>
     <t>KT &amp; G Corporation</t>
   </si>
   <si>
     <t xml:space="preserve">ITM1211119/Marc O'Polo Pure, EUTM 000261537/MARC O'POLO, EUTM 010097624/MARC O'POLO, ITM1172895/Marc O'Polo  
 </t>
   </si>
   <si>
     <t>Marc O'Polo License AG</t>
   </si>
   <si>
     <t>apģērbs zīdaiņiem, bērniem un jauniešiem, apakšveļa, naktsveļa, peldkostīmi sievietēm un vīriešiem, segas, spilveni, dvieļi, somas, nelieli ādas izstrādājumi, saulesbrilles un to daļas, briļļu rāmji, juvelierizstrādājumi u.c.</t>
-  </si>
-[...1 lines deleted...]
-    <t>CDR 000352679-0005, CDR 000352679-0004, CDR 000352679-0003, CDR 000352679-0002, CDR 000352679-0001</t>
   </si>
   <si>
     <t>ABUS Kransysteme GmbH</t>
   </si>
   <si>
     <t>lifti, pacēlāji un konveijeri</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 015850068/EM WELSH RUGBY, EUTM 000419242/EM WRU
 EUTM 008396194/EM WRU, EUTM 009726357/EM WELSH RUGBY UNION, EUTM 009726571/EM WRU, EUTM 009727603/EM WRU
 EUTM 014651236/EM WRU, EUTM 016296543/EM WRU
 </t>
   </si>
   <si>
     <t>regbija apģērbs, somas, piederumi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 011282845 Mick Jagger, EUTM 011283389 Rolling Stones, EUTM 006348668/Charlie Watts, EUTM 006348619/Keith Richards, EUTM 001021203/Mick Jagger, EUTM 008621121/Rolling Stones, EUTM 000169706, EUTM 008621071, EUTM 01616910494037163 Rolling Stones, EUTM 008621121 Rolling Stones, EUTM 008621071 nawm, EUTM 000169680 Rolling Stones, EUTM016258345 Charlie Watts, EUTM 000962019 Rolling Stones, EUTM 016171498 Mick Jagger, EUTM 016171662 nawm, EUTM	016171613 Keith Richards, EUTM 011282845 Mick Jagger, EUTM 011283389 Rolling Stones, EUTM 011282795 nawm 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Musidor B.V. </t>
   </si>
   <si>
     <t>apģērbi, suvenīri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 15090061 HDMI PREMIUM Certified Cable, EUTM 15090095 DEFINITION MULTIMEDIA INTERFACE PREMIUM Certified Cable	</t>
   </si>
   <si>
     <t>HDMI Licensing Administrator, Inc.</t>
   </si>
   <si>
-    <t xml:space="preserve">                                                                                                                                                                                                                        
-[...4 lines deleted...]
-  <si>
     <t>HMD GLOBAL OY</t>
   </si>
   <si>
     <t>mobilie telefoni, ieskaitot tehniskos komponentus un piederumus</t>
   </si>
   <si>
     <t>EUTM 226803 KNORR-BREMSE, ITM726780 K, ITM 1486540 K, ITM 1483795 Knorr-Bremse</t>
   </si>
   <si>
     <t>KNORR-BREMSE</t>
   </si>
   <si>
     <t>EUTM 018164188 C, EUTM 018164186 C, ITM 814414 camel active</t>
   </si>
   <si>
     <t>Worldwide Brands, Inc. Zweigniederlassung Deutschland</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> apģērbi, apavi, galvassegas,juveleirizstrādājumi, pulksteņi, siksniņas, atslēgu piekariņi, somas, mugursomas,iepirkumu somas, plecu somas, rokassomas, jostas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                   EUTM 000031369 MILKA, EUTM 000031344 10766780 MILKA, EUTM 000031310MILKA, EUTM 000031336 MILKA 
 </t>
   </si>
   <si>
     <t>KRAFT FOOD SCHWEIZ HOLDING Gmbh</t>
   </si>
   <si>
     <t xml:space="preserve"> dzērieni, pārtika u.c.</t>
   </si>
   <si>
     <t>EUTM 012223863/EM SUPERCELL, EUTM 018474273/EM BRAWL, EUTM 017984781/EM BRAWL-O-WEEN, EUTM 016464505/EM CLASH CUP, EUTM 017412099/EM CLASH, EUTM 016337818/EM BABY DRAGON	
 EUTM 013641295/EM SUPERCELL, EUTM 013642483/EM HAY DAY	
 EUTM 017868046/EM, EUTM 013641162/EM BOOM BEACH, EUTM 018348482/EM SQUAD BUSTERS, EUTM 018348158/EM BOOM BEACH FRONTLINES, EUTM 018362017/EM CLASH MINI, EUTM  018362331/EM CLASH QUEST, EUTM 016337792/EM LAVA HOUND, EUTM 015084932/ EM CLASH ROYALE, EUTM 011158086/EM CLASH OF CLANS, EUTM 018308903/EM BRAWL ESPORTS, EUTM 017984779/EM BRAWLIDAYS	
 EUTM 013641022/EM HAY DAY, EUTM 016314239/EM CLASHER, EUTM 013641345/EM CLASH OF CLANS, EUTM 013973383/EM10000013ClashCon
 EUTM 017412123/EM COC	, EUTM 015307515/EM CLASH ROYALE, EUTM 016753469/EM SUPERCELL, EUTM 018031604/EM DYNAMIKE, EUTM 016333577/EM CLASH NIGHTS, EUTM 013640421/EMSUPERCELL, EUTM 017868043/EM CRL, EUTM 016733214/EM BRAWL STARS, EUTM 017998 166/EM Codename_Supercon, EUTM 017961725/EM, EUTM 01564 2101/EM CLASH ROYALE, EUTM 018264520/EM CREATOR BOOST, EUTM 01469 3469/EM CLASH ROYALE, EUTM013640974/EM CLASH OF CLANS, EUTM 017998163/EM SUPERCON, EUTM 013641865/EM BOOM BEACH, EUTM 018081642/EM BRAWLER, EUTM 016337776/EM P.E.K.K.A, EUTM 016199184/EM CLASHMAS, EUTM 016337784/EM HOG RIDER	, EUTM 018348180/EM CLASH HEROES, EUTM 018351312/EM CLASH, EUTM 012224465/EM CLASH OF CLANS, EUTM 009704446/EM SUPER CELL, EUTM 012661864/EM BOOM BEACH, EUTM 013247366/EM BOOM BEACH, EUTM 014807507/EM CLASH-A-RAMA</t>
   </si>
   <si>
     <t>Supercell Oy</t>
   </si>
   <si>
     <t>statujas, apģērbs, mīkstās rotaļlietas no datorspēlēm u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR  002989087-0001Envase para perfume, CDR  3051705-0001 a 0004  Envase para perfume, EUTM  5874441  SCANDAL, EUTM  16175739  Envase para perfume, EUTM  16175788  Envase para perfume, ITM  720476 Envase para perfume, ITM  720497   Envase para perfume </t>
-[...2 lines deleted...]
-    <t>elektriskās baterijas</t>
+    <t>EUTM 000646877(Marque sans texte), EUTM 000592493BIG BABY, EUTM 009564791BIG BABY POP, EUTM 008639312BAZOOKA CANDY BRANDS
+EUTM 000120923BAZOOKA, EUTM 000120709RING POP, EUTM 010718799 JUICY DROP POP CANDY, EUTM 001400407 (Marque sans texte)
+EUTM 000646919 (Marque sans texte), EUTM 002649622 JUICY DROP	
+EUTM 000733790 BIG BABY POP, EUTM 008245243 Bazooka</t>
   </si>
   <si>
     <t>The Bazooka Companies, Inc</t>
   </si>
   <si>
     <t>konditorejas izstrādājumi, košļājamās konfektes</t>
   </si>
   <si>
+    <t>EUTM 018475326/EMREPRESENT 247, EUTM 003934775/EMREPRESENT
+ITM 1424440/WOREPRESENT, ITM 1453200/WOREPRESENTCLO, ITM 1692690/WOREPRESENT OWNERS' CLUB POWERED BY ENTHUSIASTS for enthusiasts, ITM 1692691/WO REPRESENT OWNERS' CLUB</t>
+  </si>
+  <si>
     <t>REPRESENT CLOTHING LIMITED</t>
+  </si>
+  <si>
+    <t>EUTM 018641500PPP - Pierre Paulin, Alpha - Edition Paulin, Paulin, Paulin	
+EUTM 018641499PPP - Pierre Paulin, Alpha - Edition Paulin, Paulin, Paulin	
+EUTM 018641527PPP - Paulin Paulin Paulin Edition</t>
   </si>
   <si>
     <t>SARL Paulin, Paulin &amp; Paulin</t>
   </si>
   <si>
     <t>EUTM 013436911/EM OPTUNE, EUTM 017498833/EM NOVOCURE	
 EUTM 018100314/EM novocure</t>
   </si>
   <si>
     <t>NovoCure GmbH</t>
   </si>
   <si>
     <t>EUTM 002043941/EM TRISCAN; EUTM12113072/EM</t>
   </si>
   <si>
     <t>TRISCAN A/S</t>
   </si>
   <si>
     <t>rezerves daļas</t>
   </si>
   <si>
+    <t>PENHALIGONS LIMITED</t>
+  </si>
+  <si>
+    <t>kosmētika,  parfimērijas izstrādājumi, Ķelnes ūdens, odekolons, dezodoranti, vannas un dušas želeja, dušas eļļas, ziepes, līdzeklis roku tīrīšanai, ķermeņa eļļas, ķermeņa losjoni,  roku losjons, nagu krēms, šampūni, matu losjoni, sveces un daktis sveču aizdedzināšanai,  aromātiskās sveces, tauriņi, nakts lampas  u.c.</t>
+  </si>
+  <si>
     <t>CONSORZIO DEL FORMAGGIO PARMIGIANO-REGGIANO</t>
   </si>
   <si>
     <t>THE ROYAL BRITISH LEGION</t>
   </si>
   <si>
     <t>EUTM 018046703 ZSW</t>
   </si>
   <si>
     <t>ERSA GmbH</t>
   </si>
   <si>
     <t>elektrotehnikas un elektronikas mehāniskās ražošanas aparāti un ražošanas iekārtas, to daļas un piederumi u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 000064527 DURACELL,EUTM 000146704 (Marque sans texte)	
+EUTM	008148934(Marque sans texte), EUTM 017885464 DURACELL	
+EUTM	017885471(Marque sans texte)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Duracell Batteries </t>
+  </si>
+  <si>
+    <t>elektriskās baterijas</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM1300106, EUTM11818507, EUTM11855971, EUTM9612326, EUTM 1043388, EUTM981786TORY BURCH, EUTM 11248135TORY BURCH, EUTM 1129130TORY BURCH, EUTM887081TORY BURCH, EUTM886915 TORY BURCH, EUTM1185906TORY SPORT, EUTM1288795TORY SPORT, EUTM1185451, EUTM1043796, EUTM854054, EUTM11248143, EUTM 1141379, EUTM1214872, EUTM850292,EUTM 11818515, EUTM14576896, EUTM 1296713LOVE RELENTLESSLY, EUTM 1289242, EUTM 1286062 
 </t>
   </si>
   <si>
     <t>RIVER LIGHT V, L.P.</t>
   </si>
   <si>
     <t>ādas izstrādājumi, somas, maki, skaistumkopšanas lietas, apavi sievietēm, apģērbi sievietēm, aksesuāri, cepures, lakati, šalles, rotaslietas, pulksteņi, saulesbrilles un brilles u.c.</t>
   </si>
   <si>
     <t>ITM 1221445 ADEPIDYN, ITM 1438956 ADEPIDYN</t>
   </si>
   <si>
     <t>fungicīds, augu aizsardzības līdzeklis</t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM 005089719/EM VIVIENNE WESTWOOD, EUTM 005805528/EM TOO FAST TO LIVE TOO YOUNG TO DIE, EUTM 010717874/EM WORLDS END
+EUTM 015276413/EM ANDREAS KRONTHALER, EUTM 017566183/EM Andreas Kronthaler Vivienne Westwood, EUTM 017433871/EM A&amp;V, EUTM 018078490/EM, EUTM 000553370/EM ANGLOMANIA Vivienne Westwood
+EUTM 000976183/EM Vivienne Westwood, EUTM 004174934/EM ANGLO MANIA, EUTM 005558788/EM, EUTM 011956117/EM CLIMATE REVOLUTION	
+</t>
+  </si>
+  <si>
     <t>LATIMO S.A.</t>
   </si>
   <si>
-    <t xml:space="preserve">CPVR EU 4868/Tanotika, CPVR EU 1613/Tankalcig, CPVR EU 20879/Tan01990, CPVR EU 15435/Tan01693, CPVR EU 17729/Tan01441, CPVR EU 22781/Tan02474, CPVR EU 13218/Tan00151, CPVR EU 15408/Tan02522Tan02522, CPVR EU 19808/Tan01549, CPVR EU 17727/Tan01549, CPVR EU 22835/Tan03266, CPVR EU 17773/Tan00993, CPVR EU 17757/Tan01653, CPVR EU 15768/Tan00125, CPVR EU 2279/Tanaledev, CPVR EU 20841/Tan02525, CPVR EU 25071/Tan03419, CPVR EU 30190/Tan06464,CPVR EU 38098/TAN09112, CPVR EU 38516/TAN08051 
+    <t xml:space="preserve">CPVR EU 4868/Tanotika, CPVR EU 1613/Tankalcig, CPVR EU 20879/Tan01990, CPVR EU 15435/Tan01693, CPVR EU 17729/Tan01441, CPVR EU 22781/Tan 02474, CPVR EU 13218/Tan00151, CPVR EU 15408/Tan 02522Tan02522, CPVR EU 19808/Tan01549, CPVR EU 17727/Tan01549, CPVR EU 22835/Tan03266, CPVR EU 17773/Tan00993, CPVR EU 17757/Tan01653, CPVR EU 15768/ Tan00125, CPVR EU 2279/Tanaledev, CPVR EU 20841/Tan02525, CPVR EU 25071/Tan 03419, CPVR EU 30190/Tan 06464,CPVR EU 38098/TAN09112, CPVR EU 38516/TAN08051 
 </t>
   </si>
   <si>
     <t>Rosen Tantau KG</t>
   </si>
   <si>
     <t>rozes un to stādi</t>
   </si>
   <si>
     <t>Makita Corporation</t>
   </si>
   <si>
     <t xml:space="preserve">elektroinstrumenti, bezvadu elektroinstrumenti, tostarp ripzāģi, leņķzāģi, ķēdes zāģi, lentzāģi, finierzāģi, grupzāģi, griezēji, griešanas mašīnas, knaibles, šķēres, ēveles, rievu griezēji, frēzes un trimmeri, urbju uzgaļi, triecienurbji, rotācijas urbjmašīnas, āmururbji un nojaukšanas āmuri, lauzēji, triecienskrūvgrieži, triecienuzgriežņu atslēgas, skrūvgrieži, uzgriežņu atslēgas, slīpmašīnas, slīpmašīnas, pulēšanas mašīnas u.c. </t>
   </si>
   <si>
     <t>Starbuzz Tobacco, Inc.</t>
   </si>
   <si>
     <t>elektroniskās cigaretes, tabaka, sveces u.c.</t>
   </si>
   <si>
     <t>L'Artisan Parfumeur S.A.R.L.</t>
+  </si>
+  <si>
+    <t>juvelierizstrādājumi, bižutērija, pulksteņu izgatavošanas un hronometriskie instrumenti, tostarp pulksteņi, grezni atslēgu piekariņi, mākslas priekšmeti no dārgmetāliem, rokassomas, iepirkumu somas, mugursomas, ceļojumu somas, skolas somas, pludmales somas, tūrisma somas, kabatas portfeļi, somas, kosmētikas maisiņi, tualetes piederumu glabāšanai; ādas kastes, ādas vai ādas imitācijas izstrādājumi,  parfimērija, smaržas, ķermeņa eļļas, kosmētika, sveces un daktis apgaismošanai, aromātiskās sveces, mākslinieciski priekšmeti no koka, vaska, ģipša, korķa, niedrēm, niedrēm, klūgām, raga, kaula, ziloņkaula, vaļa čaulas, gliemežvākiem, dzintara, perlamutra, jūras putām, visu šo materiālu aizstājēji vai plastmasas materiāli, iepakojuma konteineri un kastes, mājsaimniecības un  vannas istabas veļa, sienu tapsējumi no tekstilmateriāliem, ceļojumu segas, spilvenu pārvalki, mēbeļu audumi, apģērbi, apavi, galvassegas, cimdi, jostas, apakšveļa, peldmēteļi, kimono, mežģīnes un izšuvumi, lentes un bantes, pogas, spiedpogas, āķi un cilpas, adatas un adatas, mākslīgie ziedi, galantērijas izstrādājumi, apģērba rotājumi, klipši vai stiprinājumi, matu rotājumi, matu sprādzes, matu lentes, galvas lentes u.c.</t>
   </si>
   <si>
     <t>EUTM 226803 KNORR-BREMSE, ITM 726780 K, ITM1486540 K	
 ITM 1483795 Knorr-Bremse</t>
   </si>
   <si>
     <t>KNORR-BREMSE AG</t>
   </si>
   <si>
     <t>EUTM 103200 HAMILTON</t>
   </si>
   <si>
     <t>Hamilton International AG (Hamilton International SA) (Hamilton International Ltd)</t>
   </si>
   <si>
-    <t xml:space="preserve"> kabatas/rokas pulksteņi, hronometriskie instrumenti u.c</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 110338 CERTINA</t>
   </si>
   <si>
     <t>CERTINA AG (CERTINA SA) (CERTINA LTD)</t>
   </si>
   <si>
     <t xml:space="preserve">pulksteņi </t>
   </si>
   <si>
-    <t>CDR 008683379-0001, CDR 001742818-0001, CDR 001706060-0001, CDR 001705732-0001, CDR 001653924-0001, CDR 001299713-0002, CDR 0012997 13-0001, CDR 001293443-0001, CDR 001278972-0002, CDR 00127 8972-0001, CDR 001159644-0003, CDR 001159644-0002, CDR 00115 9644-0001, CDR 000916648-0001, CDR 000750880-0001, CDR 000714704-0001, CDR 000609 581-0001, CDR 000596820-0001, CDR 000571906-0001, EUTM 000708990 d&amp;b audiotechnik, EUTM 000709030, EUTM 001054402 dbaudio, CDR 004028165- 0004, CDR 004028165- 0003, CDR 004028165- 0002, CDR 004028165- 0001, CDR 004500502-0004, CDR 004500502-0003, CDR 004500502-0002, CDR 004500502-0001, CDR 004498954-0001, CDR 004498954-0002, CDR 004498 954- 0003, CDR 004498954- 0004, CDR 002299610- 0001, CDR 002302521- 0002, CDR 002302521-0001, CDR 002300095-0001, CDR 015000832-0001, EUTM 001568617d&amp;b audiotechnik</t>
-[...1 lines deleted...]
-  <si>
     <t>d&amp;b audiotechnik GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t xml:space="preserve">skaļruņu kastes, jaudas pastiprinātāji un citas audio tehniskās ierīces </t>
   </si>
   <si>
+    <t>EUTM 004497954, EUTM 001534213 NEXAVAR, EUTM 002684140
+EUTM 001481936 Levitra, EUTM 005895388, EUTM 002809127 Xarelto	
+EUTM 004791406</t>
+  </si>
+  <si>
     <t>Bayer AG</t>
   </si>
   <si>
     <t>zāles salokāmās kastītēs</t>
   </si>
   <si>
     <t>The Smiley Company (SPRL)</t>
   </si>
   <si>
     <t>EUTM 103184 FLIK FLAK</t>
   </si>
   <si>
     <t>Eta SA Manufacture Horlogère Suisse</t>
   </si>
   <si>
     <t>EUTM 103358 MIDO</t>
   </si>
   <si>
     <t>MIDO AG (MIDO SA) (MIDO LTD)</t>
   </si>
   <si>
     <t>ITM 959702 UNION GLASHÜTTE/SA.</t>
   </si>
   <si>
     <t>Union Uhrenfabrik GmbH</t>
   </si>
   <si>
     <t>Landig + Lava GmbH &amp; Co. KG</t>
   </si>
   <si>
-    <t>kompresori dzesēšanas sistēmām, ledusskapjiem un gaļas nogatavināšanas skapjiem, aukstumaģenta kompresori saldēšanas iekārtām, ledusskapjiem un gaļas izturēšanas kamerām, dzinēji kompresoriem saldēšanas sistēmām, ledusskapjiem un gaļas konservēšanas skapjiem,
-[...2 lines deleted...]
-  <si>
     <t>EUTM 009791096 Pierre Paulin, EUTM 018707926 Pierre Paulin</t>
   </si>
   <si>
     <t>MWP</t>
   </si>
   <si>
+    <t>mēbeles, spoguļi, gleznu rāmji, tekstilizstrādājumi un to aizstājēji, mājsaimniecības veļa, tekstila vai plastmasas aizkari, paklāji, paklājiņi, paklājiņi, linolejs un citi grīdas segumi, netekstila sienas tapetes u.c.</t>
+  </si>
+  <si>
     <t>Comité International Olympique</t>
   </si>
   <si>
+    <t>ITM 989616 P, EUTM 018678846 R&amp;D, EUTM 018699269 PEAK PERFORMANCE, EUTM 018678978 HIPE, ITM 1058222 BLACK LIGHT	
+EUTM 002465300 HIPE, EUTM 000056408/EM PEAK PERFORMANCE	
+EUTM 000056325/EM, EUTM 018699274/EM</t>
+  </si>
+  <si>
     <t>Peak Performance Production AB</t>
   </si>
   <si>
     <t>šorti, peldēšanas šorti, vīriešu apakšveļa, slēpošanas bikses, golfa šorti</t>
   </si>
   <si>
+    <t>EUTM 16055774 NUR DIE PRO NATURE, EUTM 14364971 NUR DIE	
+EUTM 14364996 NUR DER	, EUTM1046153 NUR DER NUR DIE	
+EUTM6852149 NUR DIE QUALITÄT, EUTM6711089 NUR DIE	
+EUTM 424144 4NUR DIE, EUTM 3374493 CLEVER PRICE NUR DIE
+EUTM 6874 NUR DIE</t>
+  </si>
+  <si>
     <t>NUR DIE GERMANY GmbH</t>
   </si>
   <si>
     <t>EUTM 012503355 ABANDERADO, EUTM 11982361 LOVABLE, EUTM 1106478 LOVABLE, EUTM 4335899 LOVELY BY LOVABLE, EUTM 369686 1LOV'IN BY LOVABLE, EUTM 3537982 LOVABLE</t>
   </si>
   <si>
     <t>DBI IP Europe Sarl</t>
   </si>
   <si>
     <t>apģērbs, aksesuāri u.c.</t>
   </si>
   <si>
     <t>ITM 1118669 BB, EUTM 002553097 BERINGER, ITM 1507822/WO BERINGER</t>
   </si>
   <si>
     <t>Treasury Wine Estates Americas Company</t>
   </si>
   <si>
+    <t>EUTM 003257961/EMGABBIANO, ITM 1448468/WO, EUTM 003257979/EM CASTELLO di GABBIANO, ITM 1076401/WO, ITM 1390000/WO CAVALIE RE D'ORO</t>
+  </si>
+  <si>
     <t>BERINGER BLASS ITALIA SRL SOCIETA' AGRICOLA</t>
   </si>
   <si>
     <t>ITM 1432450, ITM1129900 SQUEALING PIG, ITM 1150735, EUTM 002913341 MATUA, ITM 1514027/WO MATUA, ITM 1432683/WO SQUEALING PIG</t>
   </si>
   <si>
     <t>Treasury Wine Estates (Matua) Limited</t>
+  </si>
+  <si>
+    <t>ITM 1085968/WO19 CRIMES, ITM 1468908/WO19 CRIMES, ITM 1594331/WO, EUTM 017659574/EM RR, EUTM 000615872/EM SEPPELT	
+EUTM 000626739/EM WYNNS, ITM 1317579/WO ST HUBERTS THE STAG
+ITM 1201294/WO RAWSON'S RETREAT, ITM 1670651/WO ST HUBERT’S
+ITM 1670652/WO ST HUBERT THE STAG</t>
   </si>
   <si>
     <t>Rothbury Wines Pty Ltd</t>
   </si>
   <si>
     <t xml:space="preserve">
  vīni, alus, porteris, bezalkoholiskie dzērieni, sulas, bezalkoholiskie augļu ekstrakti, bezalkoholiskie preparāti dzērienu pagatavošanai u.c.
 </t>
   </si>
   <si>
     <t>EUTM 3440922 BALMAIN</t>
   </si>
   <si>
     <t>The Swatch Group Management Services AG (The Swatch Group Management Services SA) (The Swatch Group</t>
   </si>
   <si>
     <t>EUTM 729392 M, EUTM 3127263 (Marca sin texto) - Punto dorado sobre círculo negro, EUTM 4681052 MOVADO</t>
   </si>
   <si>
     <t>EUTM 509224 JAQUET-DROZ</t>
   </si>
   <si>
     <t>Montres Jaquet Droz SA (Montres Jaquet Droz AG) (Montres Jaquet Droz Ltd) Sitz</t>
   </si>
   <si>
+    <t>EUTM 003451259 BLOSSOM HILL, EUTM 004235495 BV, EUTM 2343788 BEAULIEU VINEYARD, ITM 1305079/WO BLOSSOM HILL, EUTM 002343804/EM BEAULIEU, EUTM 004235503/EM Beaulieu Vineyard	
+EUTM 002343895/EM BV, EUTM 006454953/EM BLOSSOM HILL	
+ITM 1305080/WO</t>
+  </si>
+  <si>
     <t>Treasury Chateau &amp; Estates LLC</t>
   </si>
   <si>
     <t>FERRERO SPA CON UNICO AZIONISTA</t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM 011747672 The International Rugby Football Board The Webb Ellis Cup
+EUTM 010526317, EUTM 011747797, EUTM 011744034 RWC, EUTM 000739433, EUTM 000739417, EUTM 015238843, EUTM 014842711 JAPAN 2019, EUTM 004036463 SPIRIT OF RUGBY, EUTM 015238843 RUGBY WORLD CUP JAPAN, EUTM 014842711 JAPAN 2019, EUTM 004036463 SPIRIT OF RUGBY, EUTM	015238843 RUGBY WORLD CUP JAPAN 2019
+EUTM 015387947	RUGBY WORLD CUP JAPAN, EUTM 015387913 RUGBY WORLD CUP JAPAN, EUTM 015387947, EUTM 015387913, EUTM 017718651, EUTM016428799 WORLD RUGBY HALL OF FAME, EUTM 011732021 WORLD IN UNION, EUTM 010890226 ENGLAND 2015, EUTM 011740297 ENGLAND 2015, EUTM 012943452, EUTM 000210401 RUGBY WORLD CUP, EUTM 011731874 RUGBY WORLD CUP, EUTM 011743945 RUGBY WORLD CUP 2015, EUTM 011724903 RWC, EUTM 011739943 RUGBY WORLD CUP, EUTM 000210492 RUGBY WORLD CUP, EUTM 002802080 RWC, EUTM 002802106 RWC, EUTM011744026 ENGLAND, EUTM	003614997 THE WEBB ELLIS CUP, EUTM 011747383 THE WEBB ELLIS CUP, EUTM 017985370/EM RUGBY WORLD CUP FRANCE 2023	
+   </t>
+  </si>
+  <si>
+    <t>RUGBY WORLD CUP LTD</t>
+  </si>
+  <si>
     <t>regbija apģērbs, piederumi u.c.</t>
   </si>
   <si>
+    <t>EUTM 018732418/EM CHARLOTTE'S LAW OF ATTRACTION, EUTM 018710326/EM TILBURY LOVING CARE, EUTM 011193414/EM CT	
+EUTM 004003034/EM CHARLOTTE TILBURY, EUTM 017968199/EM HOUSE OF TILBURY H.O.T., EUTM 018101907/EM CHARLOTTE'S BEAUTY SECRETS, EUTM 017968198/EM HOUSE OF TILBURY, EUTM 018143846/EM CHARLOTTE DARLING, EUTM 016658684/EM, HARLOTTE TILBURY, EUTM 014780597/EM CHARLOTTE TILBURY, EUTM 017894 111/EM CHARLOTTE’S MAGIC MIRROR, ,EUTM 018101898/EM, HARLOTTE'S MIRACLE SERUM, EUTM 018383354/EM CHARLOTTE TILBURY, EUTM 18397246/EMCHARLOTTE’S BEST SKIN OUNDATION
+EUTM 017760281/EM CHARLOTTE'S GENIUS MAGIC POWDER, EUTM 017504283/EM CT	, EUTM 018101908/EM CHARLOTTE'S MIRACLE LIP OIL, EUTM 018741908/EM CT</t>
+  </si>
+  <si>
     <t>ISLESTARR HOLDINGS LIMITED</t>
+  </si>
+  <si>
+    <t>lūpu kosmētika, meikaps, plakstiņu ēnas, acu ēnu paletes, korektori, Sejas korektors, korektori plankumiem, korektori līnijām un grumbām u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 018543420 A NEW PERSPECTIVE ON PERFORMANCE APPAREL
+EUTM 018390258 Trade mark without text, EUTM 018524427 VUORI	
+EUTM 018394907 INVESTMENT IN HAPPINESS, EUTM 018435475 DURA TERRA, EUTM 018390252 VERSATILITY IS A VIRTUE, EUTM 018390255 INVESTMENT IN HAPPINESS, EUTM 018512643 BUILT TO MOVE IN. STYLED FOR LIFE, EUTM 018542907 VDREAMKNIT, EUTM 018522677 Trade mark without text, EUTM 018435474 VERSA LIFE, EUTM 018524405 BUILT TO MOVE IN. STYLED FOR LIFE, EUTM 018390257 FROM LAND TO SEA TO LIFE, EUTM 018373659 V-CYCLED, EUTM 018617986 V1 UPLIFT, EUTM 018702652 vuori, EUTM 018732060 vuori, EUTM 018522688 INVESTMENT IN HAPPINESS</t>
   </si>
   <si>
     <t>Vuori Inc.</t>
   </si>
   <si>
     <t>EUTM 000891556/EM ANGLEPOISE, EUTM 009073073/EM, EUTM 018182102/EM ABANDON DARKNESS</t>
   </si>
   <si>
     <t>EUTM 017436361 DOBBLE ASMODEE MARQUE FIGURATIVE	
 EUTM 017810011 SPLENDOR Marque semi-figurative, EUTM 008741183 DOBBLE, EUTM 011610664 DOBBLE, EUTM 1361109 DOBBLE Marque semi-figurative, EUTM 1524971 Marque sans texte
 EUTM 018702505 SPOT IT! Marque semi-figurative, EUTM 1362920 MARQUE SANS TEXTE, EUTM 017436379 DOBBLE ASMODEE BOITE MARQUE FIGURATIVE, EUTM 017813163 SPLENDOR</t>
   </si>
   <si>
     <t>ASMODEE GROUP</t>
   </si>
   <si>
     <t>rotaļlietas, spēles (tostarp elektroniskās spēļu konsoles) un sporta preces u.c.</t>
   </si>
   <si>
     <t>ITM 893545 MBT, EUTM 6431563/MBT physiological footwear</t>
   </si>
   <si>
     <t>Masai International Pte. Ltd.</t>
   </si>
   <si>
     <t>EUTM 009307034 Dymista</t>
   </si>
   <si>
     <t>Meda AB - Dymista</t>
   </si>
   <si>
     <t>ziepes, parfimērija, ēteriskās eļļas, kosmētika, matu losjoni, higiēnas preparāti izmantošanai medicīnā, diētiskās vielas medicīniskai lietošanai, zīdaiņu pārtika, plāksteri, pārsienamie materiāli, materiāli zobu plombēšanai, zobu vasks, dezinfekcijas līdzekļi, ķirurģijas, medicīnas, zobārstniecības un veterinārijas aparāti un instrumenti, mākslīgās ekstremitātes, acis un zobi, ortopēdiskie izstrādājumi u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR 002422949-0001/EM, CDR 003175470-0001/EM, CDR004425 304 -0001/EM, CDR 003175470-0002/EM, CDR 004557049-0001/EM, CDR 004557 031-0001/EM, CDR 002996538-0001/EM, CDR 002163 675-0004/EM, CDR 002128819-0002/EM, CDR 001787656-0003/EM, CDR 002163 675-0003/EM, CDR 002163675-0002/EM, CDR 0024886 76-0002/EM, CDR 002424069-0001/EM, CDR 001787 714-0001/EM, CDR 000378 716-0001/EM, CDR 003076983-0003/EM,CDR 002774 836-0001/EM, CDR 002326579- 0001/EM, CDR 000007 901-0001/EM, CDR 002301 887-0001/EM, CDR 002408708-0001/EM, CDR 002408 682-0001/EM, CDR 002748343-0001/EM, CDR 002748343-0002 /EM, CDR 004704 666-0001/EM, CDR 003317981 - 0001/EM, CDR 00331 7981-0002/EM, CDR 003683507-0001/EM, CDR 004104420-0001/EM, CDR 0041044 20-0002/EM, CDR 004104 420-0003/EM, CDR 00410 4420-0004/EM, CDR 004104420-0005/EM, CDR 004104420- 0006/EM, CDR 004104 420-0007/EM, CDR 00410 4420-0008/EM, CDR 004104 420- 0009/EM, CDR 001890880-0001/EM, CDR 001916586-0001/EM, CDR 001958 398-0001/EM, CDR 001958398- 0002/EM, CDR 00188 0774-0001/EM, CDR 001880774-0002/EM, CDR 001880774-0003/EM, CDR 0018807 74-0005/ EM, CDR 001880 sonicare, ITM 1051850/WO SOOTHIE, ITM 991346/ WO PHILIPS, EUTM 003052925/EM Saeco, EUTM003962313/EM Saeco, EUTM 000205849/EM PHILIPS, ITM 1177075/WO SONICARE, EUTM 008722159/ EM AVENT, CDR	001592007-0001/EM, ITM 1240236/WO PHILIPS	</t>
-[...1 lines deleted...]
-  <si>
     <t>Koninklijke Philips N.V.</t>
   </si>
   <si>
     <t>spuldzes, skuvekļi, bērnu barošanas pudelītes, kafijas automāti, elektriskās zobu birstes u.c.</t>
   </si>
   <si>
     <t>EUTM 159889 CORTECO, EUTM 542506 CORTECO, EUTM 16055964 CORTECO</t>
   </si>
   <si>
     <t>Corteco GmbH</t>
   </si>
   <si>
     <t>a/m rezerves daļas, hidrauliskais akumulators, blīvgredzeni, aktivētās ogles salona gaisa filtri u.c.</t>
   </si>
   <si>
     <t>EUTM 018686670/EM CTOUCH Neo, EUTM 018647722/EM CTOUCH Atomic, EUTM 011272457/EM CTOUCH, EUTM 018300625/EM CTOUCH CANVAS, EUTM 018300623/EM CTOUCH RIVA, EUTM 018300626/EM CTOUCH BRIX</t>
   </si>
   <si>
     <t>CTOUCH EUROPE B.V.</t>
   </si>
   <si>
     <t>skārienpaneļi, LCD ekrāni, LED ekrāni, interaktīvie grafiskie ekrāni</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM	009844986  7 WONDERS semi figuratif	</t>
   </si>
   <si>
     <t>REPOS PRODUCTION</t>
   </si>
   <si>
     <t>EUTM	010620425 TICKET TO RIDE, EUTM	018531101 TICKET TO RIDE</t>
   </si>
   <si>
     <t>ASMODEE NORTH AMERICA INC</t>
   </si>
   <si>
     <t>rotaļlietas, spēles (tostarp elektroniskās spēļu konsoles) un sporta preces</t>
   </si>
   <si>
-    <t>EUTM 008429748 RIVALDI, EUTM 015184195 RIVALDI, EUTM 015184245 RIVALDI JEANS semi figuratif, EUTM 011701802 RB7 semi figuratif, EUTM 015184311 RB7 semi figuratif, EUTM 011701794 RIVALDI BLACK RB7 (semi figuratif), EUTM 017715491 RIVALDI BLACK, EUTM 011714128 RIVALDI BLACK semi figuratif lettre A inversée, EUTM 015184278 RB RIVALDI BLACK ESTABLISHED 1984, EUTM 017715533 RB7</t>
-[...4 lines deleted...]
-  <si>
     <t>EUTM 001068824/EM, EUTM 011865029/EM ENGLAND RUGBY</t>
   </si>
   <si>
     <t>RUGBY FOOTBALL UNION</t>
   </si>
   <si>
     <t>EUTM	017597592 VERTBAUDET</t>
   </si>
   <si>
     <t>CVG</t>
-  </si>
-[...1 lines deleted...]
-    <t>CGIP 10000000 AOP PIMENT D’ESPELETTE EN ENTIER FRAIS, CORDE DE PIMENT D’ESPELETTE, POUDRE DE PIMENT D’ESPELETTE</t>
   </si>
   <si>
     <t>Syndicat du Piment d’Espelette</t>
   </si>
   <si>
     <t>paprika, pipari</t>
   </si>
   <si>
     <t>EUTM 18658867 Thai Jasmine Rice 100% GOLDEN THAI LOTUS	
 EUTM 8552283 GOLDEN THAI LOTUS</t>
   </si>
   <si>
     <t>Tong-Hua Rice Co., Ltd.</t>
   </si>
   <si>
     <t>rīsi</t>
   </si>
   <si>
-    <t>CDR	003733534-0001</t>
-[...1 lines deleted...]
-  <si>
     <t>joboo GmbH</t>
+  </si>
+  <si>
+    <t>krēsli,  fitnesa aprīkojums - komplekts, fizioterapijas aprīkojums - komplekts, taburetes u.c.</t>
   </si>
   <si>
     <t>EUTM 009732851/EM RUSSELL HOBBS, EUTM 013498076/EM RUSSELL HOBBS, EUTM 014223333/EM RH, EUTM 008963787/EMRUSSELL HOBBS EUTM 008849457/EM RH, EUTM 018002667/EM RUSSELL HOBBS, EUTM 017050428/EM  RUSSELL HOBBS, EUTM 018057710/EM RUSSELL HOBBS
 EUTM 006902274/EM RUSSELL HOBBS, EUTM 000294850/EM RUSSELL HOBBS, ITM 1677581/WO</t>
   </si>
   <si>
     <t>SPECTRUM BRANDS (UK) LIMITED - RUSSELL HOBBS</t>
   </si>
   <si>
+    <t>tējkannas,elektriskie tosteri, gaisa cepšanas iekārtas, elektriskie gludekļi</t>
+  </si>
+  <si>
     <t>SodaStream Industries Ltd.</t>
   </si>
   <si>
     <t>vārsti u.c.</t>
   </si>
   <si>
+    <t>EUTM 001387927 LuK, EUTM 003378742 INA INA, EUTM 003378726 INA
+EUTM 004273348 RepXpert, EUTM 004914107 Schaeffler, EUTM 004966388 INA, EUTM 004966495, EUTM 005562798FAG</t>
+  </si>
+  <si>
     <t>Schaeffler Technologies AG &amp; Co. KG</t>
   </si>
   <si>
     <t>hidrauliskie sūkņi un motori, hidrauliskie, kompensācijas rezervuāri, hidrauliskie vārsti, gultņi u.c.</t>
   </si>
   <si>
-    <t>CDR 002256354-0009, CDR 002256354-0008, CDR 002256354-0007	
-[...3 lines deleted...]
-  <si>
     <t>Nothing Technology Limited</t>
   </si>
   <si>
-    <t xml:space="preserve">                                                                                                                                                                                                             EUTM 000852707/EM SPECIALIZED, EUTM 003721561/EM S-WORKS	
-EUTM 013463881/EM S, EUTM 000852616/EM, EUTM 000852665/EM STUMPJUMPER, ITM 1036952/WO VENGE, CDR 002961003-0001/EM	</t>
+    <t>datoru aparatūra,  portatīvie datori  mobilie tālruņi, telekomunikāciju aparāti, telekomunikāciju aparāti, datu apstrādes iekārtas, televizori, tālvadības ierīces,  viedtālruņi, datu brilles, viedie pulksteņi, viedie gredzeni, viedās rokassprādzes un datu aproces, kodētas identifikācijas rokassprādzes magnētiskas, valkājami aktivitāšu izsekotāji, GPS ierīces u.c.</t>
+  </si>
+  <si>
+    <t>THE POLO LAUREN COMPANY</t>
+  </si>
+  <si>
+    <t>apģērbi, pulksteņi, saulesbrilles, somas, maki, jostas, aksesuāri u.c.</t>
   </si>
   <si>
     <t>Specialized Bicycle Components Inc</t>
   </si>
   <si>
     <t>velosipēdu riteņi, velosipēda sēdekļi, turētājs, režģis ūdens pudelei velosipēdiem, aizsargķiveres, apģērbs u.c.</t>
   </si>
   <si>
-    <t>Kappa S.R.L.</t>
-[...1 lines deleted...]
-  <si>
     <t>SCHOLL'S WELLNESS COMPANY B.V</t>
   </si>
   <si>
-    <t>CDR 000562285-0001, CDR 00030630-0001,CDR 000613500-0001, CDR 000154695-0001,CDR 000154695-0003, CDR 000154695-0002, CDR 001659152-0002, CDR 001659152-0001,CDR 000556469-0001, CDR 002225706-0001, CDR 000346085-0001, CDR 001711557-0001, CDR 005246311-0001, CDR 000821426-0004, CDR 000434253-0001</t>
+    <t>elektriskie pedikīra komplekti, ārstnieciskie plāksteri, kukurūzas plāksteri, pārsēji tulznu profilaksei, ortopēdiskie pārsēji, neārstniecisks pēdu krēms, nagu vīles, elektriskās, pretsēnīšu dermatoloģiskie preparāti lietošanai uz nagiem</t>
   </si>
   <si>
     <t>Reisenthel Accessoires GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t xml:space="preserve"> pārnēsāšanas grozs (kastes formas, nedaudz konisks) </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 005872957 KOSS, EUTM 005872973 KOSS, EUTM 005872965 KOSS, EUTM 008834921 KOSS, EUTM 008571051 PORTA PRO 
 </t>
   </si>
   <si>
     <t>Koss Corporation</t>
   </si>
   <si>
+    <t>stereo austiņas, ieskaitot  ar tām saistītos piederumus, ieskaitot spraudkontaktu adapterus, vienas auss adapterus, rezerves spilvenu komplektus, spirālveida pagarinātājus, skaļruņu slēdžus, pagarinātājus u.c.</t>
+  </si>
+  <si>
     <t xml:space="preserve">EUTM 006183776 BYREDO, EUTM 007161235 GYPSY WATER, EUTM 007583156 Marca figurativa, EUTM 009853763 Bal D'Afrique, EUTM 009853847 Blanche, EUTM 009872797 Mister Marvelous, EUTM 012676631 BYREDO, EUTM 013556097 NIGHT VEILS, EUTM 014196828 B Rose of No Man's Land, EUTM 010845485 Byredo Black Saffron, EUTM 12676995 Black Saffron, EUTM 018097921 By Product, EUTM 018778259 Animalique, EUTM 018778260 Rouge Chaotique	</t>
   </si>
   <si>
     <t>BYREDO AB</t>
   </si>
   <si>
-    <t>ICD DM/073 966 Wasserhahn; Armatur, CDR 003478221-0005, CDR 003478221-0004, CDR 003478221-0003, CDR 003478221-0001, CDR 000372313-0005, CDR 000372313-0004, CDR 000372313-0003, CDR 000372313-0002, CDR 000372313-0001, CDR 000735956-0001, ICD DM/201862, ICD DM/071687, CDR 003478221-0002</t>
-[...1 lines deleted...]
-  <si>
     <t>KWC Group AG</t>
   </si>
   <si>
     <t xml:space="preserve"> virtuves furnitūra, jaucējkrāni</t>
   </si>
   <si>
-    <t>EUTM 006621049/EM NEXT, EUTM 004214888/EM NEXT, EUTM 000015594/EM NEXT, EUTM 000421552/EM NX NEXT, EUTM 000281832/EM NX NEXT, EUTM 000334268/EM NEXT ATHLETIC	
-[...3 lines deleted...]
-  <si>
     <t>NEXT RETAIL LTD</t>
   </si>
   <si>
     <t>kurpes, galvassegas, apģērbi</t>
   </si>
   <si>
     <t>AKIFIX SPA</t>
   </si>
   <si>
+    <t>metāla skrūves, uzgriežņi, dībeļi metāla āķi, metāla cauruļu veidgabali, rokas instrumenti un darbarīk, savienojuma kārbas, kontaktligzdas, metāla un nemetāla celtniecības elementi u.c.</t>
+  </si>
+  <si>
     <t>WORLD BRANDING MARK SA</t>
   </si>
   <si>
     <t xml:space="preserve"> ķermeņa kopšanas līdzekļi un personīgie aksesuāri</t>
   </si>
   <si>
     <t>Pit Viper, LLC</t>
   </si>
   <si>
+    <t xml:space="preserve">                                                                                                                                                                                                                    EUTM 001508530 EVERLAST,EUTM 002507028 EVERLAST, EUTM 003295061 EVERLAST, EUTM 004909115 EVERLAST, EUTM 01390356 EVERLAST CHOICE OF CHAMPIONS, EUTM 013907407 EVERLAST	
+EUTM 009003393 EVERLAST, EUTM 013906888 EVERLAST E, EUTM 013925086EVERLAST E, EUTM 015120595 EVERLAST F.I.T., EUTM 004670899 EVERLAST, EUTM 01390344 EVERLAST, EUTM 003216306 EVERLAST CHOICE OF CHAMPIONS, EUTM 011269925 EVERLAST, EUTM 011374048 EVERLAST, EUTM 011698032 EVERLAST, EUTM 013503701 EVERLAST, EUTM 016370561 EVERLAST E, EUTM 013903307 E
+EUTM 002203339 EVERLAST, EUTM 016384026, EUTM 010196327 EVERLAST, EUTM 011531878 EVERLAST, EUTM 015762057 EVERLAST F.I.T., EUTM 006180913 GREATNESS IS WITHIN, EUTM 013906722 GREATNESS IS WITHIN, EUTM 013903381 E, EUTM 012642121 E	
+EUTM 006181011, EUTM 012642286 E	
+</t>
+  </si>
+  <si>
     <t>EVERLAST SPORTS MFG CORP.</t>
   </si>
   <si>
     <t>apģērbi, somas, mugursomas, elektroniskie izstrādājumi, sporta preces, aksesuāri u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR002216861-0002, CDR 002216861-0001 </t>
-[...1 lines deleted...]
-  <si>
     <t>Konica Minolta Business Solutions Europe GmbH</t>
+  </si>
+  <si>
+    <t>printeru kārtridži u.c.</t>
   </si>
   <si>
     <t>EUTM 001114826 CISCO SYSTEMS, EUTM 001115476 CISCO, EUTM 005351002 CISCO, EUTM 003360849 CISCO, EUTM 000644732 CISCO	
 EUTM 000968537 CISCO SYSTEMS</t>
   </si>
   <si>
     <t>Cisco Systems International B.V.</t>
   </si>
   <si>
     <t>ITM 1037823 CANDINO, EUTM 3427549 CANDINO</t>
   </si>
   <si>
     <t>FESTINA-CANDINO WATCH AG</t>
   </si>
   <si>
+    <t xml:space="preserve">  pulksteņi to detaļas un piederumi</t>
+  </si>
+  <si>
     <t>Henkel Global Supply Chain B.V.</t>
   </si>
   <si>
     <t>matu kopšanas un nostiprināšanas līdzekļi, matu krāsas, šampūni un kondicionieri u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 001591601 nawm, EUTM 002701498 nawm, EUTM 001695949 BURBERRY TOUCH, EUTM 001058312 BURBERRY, EUTM 001585983 BURBERRY, EUTM 000402016 BURBERRYS, EUTM 009434044 /fig./, EUTM 003930971 BURBERRY, EUTM 000377283 THOMAS BURBERRY, EUTM 004708467 BURBERRY BLACK LABEL, EUTM 004704417 BURBERRY BLUE LABEL, EUTM 03950037 /fig./, EUTM 003940442 /fig./,  EUTM 001591601 /fig./, EUTM 000377580 /fig./, EUTM 000497784 Week end Burberrys OF LONDON /fig./, EUTM 000936195 TB /fig./, EUTM 001591577 /fig./, EUTM 000377762 B PRORSUM /fig./, EUTM 000377721 ‘Burberrys’ B PRORSUM, EUTM 004203238 TB /fig./, EUTM 001695949 BURBERRY TOUCH, EUTM 003322922 BURBERRY BRIT, EUTM 002701498 /fig./, EUTM 005951637 </t>
   </si>
   <si>
     <t>apģērbi, apavi, aksesuāri, parfimērija u.c.</t>
-  </si>
-[...5 lines deleted...]
-    <t xml:space="preserve">NTM 16691 /fig./, NTM 16690 adidas /fig./, NTM 16688 /fig./, EUTM 009457482 adidas /fig./, EUTM 009203324 THE BRAND WITH THE 3 STRIPES, EUTM 008753329 /fig./, EUTM 008753113 adidas /fig./, EUTM 006081889 /fig./, EUTM 005271598 /fig./, EUTM 005271580 adidas /fig./, EUTM 004269072 /fig./, EUTM 005937461 Y-3 /fig./, EUTM 005271572 /fig./, EUTM 003517661 /fig./, EUTM 003517612 /fig./, EUTM 003517588 /fig./, EUTM 009726498 /fig./, EUTM 006968846 /fig./, EUTM 012271961, EUTM012272035 /fig./, RCD 003105469 - /0001,0002,0003,0004,0005,0006,0007, CDR 006636346-0005, CDR 006636346- 0001, CDR 006710661-0001, CDR 006710661-0001 </t>
   </si>
   <si>
     <t>adidas AG</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 018193925 TOTORO, EUTM 018249906 Earwig and the Witch	
 EUTM 018659036 SPIRITED AWAY, EUTM 001439082 PRINCESS MONONOKE, EUTM 002669752PIRITED AWAY, EUTM 018193924TORO ( Figurative), EUTM 005842703ALES FROM EARTHSEA, EUTM 018194323(Trade mark without text), EUTM 010105963rrietty Inspired by The Borrowers (figurative), EUTM 005184858 TOTORO, EUTM 018193927 (Trade mark without text), EUTM 012591781 FROM UP ON POPPY HILL, EUTM 016437634 TALES FROM EARTHSEA, EUTM 018659037 (Trade mark without text), EUTM 004232419 HOWL'S MOVING CASTLE, EUTM 002669737 (Trade mark without text), EUTM 018447566 MAISON GHIBLI, EUTM 009980971 Totoro (figurative picture trademark), EUTM 005752911 PONYO ON THE CLIFF BY THE SEA	</t>
   </si>
   <si>
     <t>KABUSHIKI KAISHA STUDIO GHIBLI</t>
+  </si>
+  <si>
+    <t>apģērbs un personīgie aksesuāri u.c.</t>
   </si>
   <si>
     <t>EUTM	8619132	37228518		2009-10-15	2029-10-15	7	Skatīt / Rediģēt
 EUTM	8619141	61445366		2009-10-15	2029-10-15	7	Skatīt / Rediģēt
 EUTM	9798158</t>
   </si>
   <si>
     <t>S.I.CO.MA. SRL</t>
   </si>
   <si>
     <t>betona maisītāji, maisītāju rezerves daļas un piederumi</t>
   </si>
   <si>
     <t>EUTM 018713716/EM GSK, EUTM 001886647/EM GLAXOSMITHKLINE, EUTM 001697812/EMGSK, ITM 1205093/Wogsk, ITM 1204936/Wogsk, EUTM 018713727/EMGSK</t>
   </si>
   <si>
     <t>SmithKline Beecham Limited</t>
   </si>
   <si>
     <t>antibiotikas, pretvīrusu līdzekļi, inhalatori, farmaceitiski preparāti inhalatoriem, krēmi dermatoloģiskai lietošanai u.c.</t>
   </si>
   <si>
     <t>Bigfoot 4x4, Inc</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 004333035 WD, EUTM 004183356 WD, EUTM 006962484 MY PASSPORT	, EUTM 010837763 MYCLOUD, EUTM 018006192 WD BLACK, ITM 1261650 IXPAND, EUTM 012407474 WD PURPLE, EUTM 000563510 WESTERN DIGITAL, EUTM 005461058 MY BOOK
 </t>
   </si>
   <si>
     <t>datoru iekārtas</t>
   </si>
   <si>
+    <t>EUTM 013622824 VEKLURY, EUTM 014453146 VEMLIDY, EUTM 012953154 EPCLUSA, EUTM 016057036 BIKTARVY, EUTM 013798053 ODEFSEY, EUTM 012520557 DESCOVY, EUTM 012520607 GENVOYA	
+ITM 1043425 GSI, EUTM 012241915 HARVONI, EUTM 015993082 VOSEVI</t>
+  </si>
+  <si>
     <t>Gilead Scjences Ireland UC</t>
   </si>
   <si>
     <t>ITM 1381552 TRODELVY</t>
   </si>
   <si>
     <t>Immunomedics, Inc.</t>
   </si>
   <si>
     <t>EUTM 012638888, EUTM 012637575, EUTM 009423757, EUTM 012198909 GOLDBEARS, EUTM 009423765 HARIBO</t>
   </si>
   <si>
     <t>HARIBO GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>EUTM 004030193 FERRING, ITM 1275686 FERRING PHARMA CEUTICALS, EUTM 014570931 FERRING PHARMACEUTICALS, EUTM 008695694 MENOPUR, EUTM 013626271 KLYX, EUTM 000889725 FIRMAGON, EUTM 008515447 PICOPREP, EUTM 008695785 PENTASA, EUTM 008695702 MINIRIN</t>
   </si>
   <si>
     <t>FERRING B.V.</t>
   </si>
   <si>
     <t>Chopard International SA</t>
   </si>
   <si>
     <t>EUTM	018107703/EM</t>
   </si>
   <si>
     <t>PALERMO FOOTBALL CLUB S.P.A.</t>
   </si>
   <si>
     <t>šalles</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 018344235/EMFERRERO ROCHER CLASSIC, EUTM 018765612/ EMFERRERO ROCHER TRIPLE EXPERIENCE, ITM 1630155/WOFERRERO ROCHER, ITM 1665133/WOFERRERO ROCHER, ITM 1665134/WO FERRERO ROCHER, ITM 1693567/WOFERRERO ROCHER TRIPLE EXPERIENCE </t>
   </si>
   <si>
     <t>EUTM 018090906 Hepcludex</t>
   </si>
   <si>
     <t>MYR GmbH</t>
   </si>
   <si>
     <t>pretvīrusu zāles, ko lieto hronisku slimību ārstēšanai</t>
   </si>
   <si>
+    <t>EUTM 4138269, EUTM 017912610 SKIMMIES, EUTM 191536 Y-FRONT	
+EUTM 000578989, EUTM 016358145, EUTM 000191494 JOCKEY, EUTM 000191544, EUTM 191601</t>
+  </si>
+  <si>
     <t>Jockey International Inc.</t>
   </si>
   <si>
+    <t>audiovizuālie pārdošanas palīglīdzekļi neatkarīgiem tirdzniecības pārstāvjiem, kas nodarbojas ar apģērbu, apakšveļas, mājsaimniecības veļas, proti, audiokasešu, videokasešu lentu, CD-ROM, DVD ar pārdošanas padomiem, padomiem un pārdošanu, apmācības un motivācijas tēmas, mājsaimniecības piederumi, gultas, vannas, virtuves un galda veļa, paklājiņi, salvetes, palagi, vannas dvieļi, roku dvieļi, segas, aizkari u. c.</t>
+  </si>
+  <si>
+    <t>EUTM 018618297 Eyes of Marrakesch, EUTM 018618295 FRIENDLY HUNTING, EUTM 018618294 friendlyHunting, EUTM 018618292	
+EUTM 018618287 friendlyHunting, EUTM 018618285 friendly hunting	
+EUTM 018618253 fH, EUTM 008708596 fH friendly hunting</t>
+  </si>
+  <si>
     <t>OTO GmbH</t>
   </si>
   <si>
     <t>EUTM 015685746 E EUROREPAR, EUTM 015685704 E EURO REPAR CAR SERVICE, EUTM 01568568 8E, EUTM 015811474 E EUROREPAR</t>
   </si>
   <si>
     <t>Euro Depar Car Service</t>
   </si>
   <si>
     <t>autoserviss</t>
   </si>
   <si>
+    <t>ITM 1673957S'ghetti, ITM1277896 HAPPY CHERRIES, ITM 1277657	
+ITM 1277890HAPPY COLA, EUTM17900890 GOLDBÄREN, ITM 1572040 GOLDBEARS, ITM 1635745, ITM 1572606, ITM 1309724</t>
+  </si>
+  <si>
     <t>Rigo Trading S.A. (HARIBO Group)</t>
   </si>
   <si>
     <t>konditorejas izstrādājumi</t>
   </si>
   <si>
-    <t>ITM 1580497 LINAK, CDR 000219894-0001 NAWM, ITM 1581242 NAWM
-[...2 lines deleted...]
-  <si>
     <t>Linak A/S</t>
   </si>
   <si>
     <t>SCAB GIARDINO S.P.A.</t>
   </si>
   <si>
-    <t>Louis Poulsen  A/S</t>
+    <t>LOUIS POULSEN A/S</t>
   </si>
   <si>
     <t>Imiracle (ShenZhen) Technology Co., Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">tabaka, smēķētāju izstrādājumi, sērkociņi u.c. </t>
   </si>
   <si>
     <t>EUTM 000637751/EMTEMPO, EUTM 001863679/EMTEMPOCLASSIC	
 EUTM 004216461/EMTEMPO FASHION, EUTM 007073687/EMTEMPO COMPLETE CARE EUTM 011166162/EMTEMPO POCKET, EUTM 012259561/EMTEMPO PROTECT, EUTM 018017514/EMTEMPO	
 EUTM 018315286/EMTEMPO</t>
   </si>
   <si>
     <t>Essity Hygiene and Health Aktiebolag</t>
   </si>
   <si>
-    <t xml:space="preserve">                                                                                                                               CDR 003297704-0011, CDR 003297704-0001, EUTM 012876959 COLE HAAN, CDR 002771873-0001, CDR 002771873-0002, CDR 003297704	
-[...2 lines deleted...]
-  <si>
     <t>EUTM	010125664 nawm, EUTM 003913167 GILEAD, EUTM 000789263 AmBisome</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 015252935 V P VITAL PROTEINS	</t>
   </si>
   <si>
     <t>diētiskie preparāti un uztura bagātinātāji u.c.</t>
   </si>
   <si>
+    <t>EUTM 014189385 GARDEN OF LIFE, EUTM 009975418 GARDEN OF LIFE
+EUTM 018141206 GARDEN OF LIFE</t>
+  </si>
+  <si>
     <t>ITM 1498118 NUUN</t>
+  </si>
+  <si>
+    <t>šķīstošās vai putojošās tabletes elektrolītu aizstājēju dzērienu ražošanai, minerālvielu piedevas, pulverveida elektrolītu aizstājēju dzērienu maisījums, vitamīnu piedevas, probiotikas uztura bagātinātāji,  vitamīnu piedevas tablešu veidā izmantošanai dzirkstošu un nedzirkstošu dzērienu pagatavošanai, šķīstošās vai putojošās tabletes un pulveri dzērienu pagatavošanai, lai atbalstītu gremošanas veselību u.c.</t>
   </si>
   <si>
     <t>Hilti Aktiengesellschaft</t>
   </si>
   <si>
     <t>Hilti instrumenti u.c.</t>
   </si>
   <si>
     <t>EUTM 008628554The Power of Plants BOTANICS, EUTM 01508666 3NATURE INSPIRED BOTANICS THE POWER OF PLANTS, EUTM 016264012BOTANICS, EUTM 017799222NATURE INSPIRED BOTANICS THE POWER OF PLANTS Established, EUTM 016521271BOTANICS	
 EUTM 011571122Boots BOTANICS THE POWER OF PLANTS, EUTM 015069362THE POWER OF PLANTS</t>
   </si>
   <si>
     <t>The Boots Company Plc - Botanics</t>
   </si>
   <si>
     <t xml:space="preserve">SMART </t>
   </si>
   <si>
+    <t>spēles, puzles, prasmju spēles, manipulatīvas loģikas mīklas, loģikas spēles, mīklas rotaļlietas u.c.</t>
+  </si>
+  <si>
     <t xml:space="preserve"> ITM  1370547 CLAUDIE PIERLOT, ITM  528638 CLAUDIE PIERLOT, EUTM 018683192 (Trade mark without text)	</t>
   </si>
   <si>
     <t>CLAUDIE PIERLOT</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 012781183/EM DOUGLAS LABORATORIES, EUTM 012781274/EM DOUGLAS LABORATORIES	</t>
   </si>
   <si>
     <t>EUTM 000031369 MILKA, EUTM 000031310 (Marque sans texte)	
 EUTM 000031336 (Marque sans texte), EUTM 000031344 MILKA</t>
   </si>
   <si>
     <t>KRAFT FOODS SCHWEIZ HOLDING GMBH</t>
   </si>
   <si>
-    <t>CDR 008721120-0008, CDR 008721120-0007 Tischleuchten - Leuchten, CDR 008721120-0006, CDR 008721120-0005, CDR 008721120-0004, CDR 008721120-0003, CDR 008721120-0002, CDR 009153448-0007, CDR 009153448-0006, CDR 009153448-0005, CDR 009153448-0004, CDR 009153448-0003, CDR 009153448-0002, CDR 009153448-0001, CDR 008721120-0001</t>
+    <t>farmaceitiskie produkti, medicīniskie un veterinārie preparāti, medicīnas higiēnas preces, diētiskā pārtika un vielas izmantošanai medicīnā vai veterinārijā, bērnu pārtika, uztura bagātinātāji cilvēkiem un dzīvniekiem, plāksteri, pārsienamie materiāli, materiāli zobu plombēšanai un zobu nospiedumiem, dezinfekcijas līdzekļi, produkti kaitīgu dzīvnieku iznīcināšanai, fungicīdi, herbicīdi u.c.</t>
   </si>
   <si>
     <t>Sompex Im- und Export, Handelsgesellschaft mit beschränkter Haftung &amp; Co. Kommanditgesellschaft</t>
   </si>
   <si>
     <t>galda lampas u.c.</t>
   </si>
   <si>
     <t>EUTM 016883712/EMLOUNGE, ITM 1558327/WOLOUNGE</t>
   </si>
   <si>
     <t>LOUNGE UNDERWEAR LIMITED</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                           EUTM 018349101 Zuru, EUTM 010929982 Zuru, EUTM 014018303 Buncho, EUTM 013713938 Zuru Bunch O Balloons 
 </t>
   </si>
   <si>
     <t>Zuru (Singapore ) PTE. LTD</t>
   </si>
   <si>
     <t>grafiskais dizains u.c.</t>
   </si>
   <si>
+    <t>ITM 1431727/WO	logitech,  ITM680876/Logitech, ITM 0731386/Logitech, EUTM 014169684/EM ASTRO GAMING, EUTM 011640588/EM JAYBIRD
+EUTM 013635529/EM LOGI, ITM 998947/WO ULTIMATE EARS
+ITM 1354616/WO G</t>
+  </si>
+  <si>
     <t>ierīces datoriem, klaviatūras, peles, baterijas u.c.</t>
   </si>
   <si>
     <t>ITM 985527 Albonair, ITM 971403 Albonair</t>
   </si>
   <si>
     <t>Albonair GmbH</t>
   </si>
   <si>
     <t>darbgaldi, mašīnu un darbgaldu daļas, dzinēji (izņemot sauszemes transportlīdzekļus) un to daļas, sajūgi un piedziņas ierīces (izņemot sauszemes transportlīdzekļus), lauksaimniecības darbarīki, izņemot ar roku darbināmus darbarīkus, aparāti un instrumenti vadīšanai, pārslēgšanai, pārveidošanai u.c.</t>
   </si>
   <si>
     <t>POLLOGEN LTD</t>
   </si>
   <si>
+    <t>estētisks aparāts sejas un ķermeņa ādas kopšanai, medicīniskā ierīce ādas apstrādei, kontūrēšanai un pievilkšanai un celulīta mazināšanai, ārstnieciski ādas kopšanas līdzekļi,skaistumkopšanas un kosmētikas produkti u.c.</t>
+  </si>
+  <si>
     <t>EUTM 000220673 FRISTAM</t>
   </si>
   <si>
     <t>FRISTAM Pumpen KG (GmbH &amp; Co.)</t>
+  </si>
+  <si>
+    <t>EUTM 000888321 BACARDI, EUTM 000885897 BOMBAY SAPPHIRE	
+EUTM 000123265, EUTM 001366996, EUTM 002525384 ERISTOFF
+EUTM 001784735, EUTM 3117256 DEWAR'S, EUTM 3511276 MARTINI
+ITM 0878510 MARTINI RACING, EUTM 000363374 GREY GOOSE
+ITM 920326 MARTINI RACING, ITM 0890134 GREY GOOSE
+EUTM 002494896, EUTM 002367514 RON BACARDI MARCA DE FABRICA, EUTM 000888214, EUTM 000885863 SAPPHIRE</t>
   </si>
   <si>
     <t>Bacardi and Company Ltd.</t>
   </si>
   <si>
     <t>EUTM 01121109 1Benjamin Blümchen (Wortmarke), EUTM 014996871 Bibi &amp; Tina (Wort-/Bildmarke - Schriftzug), EUTM 011062668 Bibi &amp; Tina Wort-/ Bildmarke - Köpfe mit Hufeisen), EUTM 010368223 Bibi &amp; Tina (Wortmarke)	
 EUTM 011598653 Bibi Blocksberg (Wort-/Bildmarke), EUTM 010367795 Bibi Blocksberg (Wortmarke), EUTM 018083522 Benjamin Blümchen (Bildmarke)
 EUTM 018574021 Benjamin Blümchen (Wort-/Bildmarke mit Kopf)</t>
   </si>
   <si>
     <t>Kiddinx Studios GmbH</t>
   </si>
   <si>
+    <t>mazgāšanas un balināšanas līdzekļi, tīrīšanas, pulēšanas, attaukošanas un abrazīvie līdzekļi, ziepes, parfimērija, ēteriskās eļļas, kosmētika, matu losjoni, zobu pastas, losjoni pēc skūšanās, pretsviedru līdzekļi, aromterapijas eļļas, vannas želejas, vannas pulveris, ķermeņa krēmi, losjoni un pūderi, elpas atsvaidzinātāji,putu vanna, dezodoranti, pulveris, ēteriskās eļļas personīgai lietošanai, acu zīmulis, acu ēnas, uzacu zīmuļi u.c.</t>
+  </si>
+  <si>
     <t xml:space="preserve"> EUTM 013168042 ANTMINER, EUTM 013913521 BITMAIN</t>
   </si>
   <si>
     <t>Bitmain Technologies Limited</t>
   </si>
   <si>
+    <t>Antminer serveri kriptovalūtu ieguvei un  integrētās shēmas (ASIC)</t>
+  </si>
+  <si>
     <t>apģērbi, apavi, galvassegas</t>
   </si>
   <si>
     <t>EUTM 017910338 GOODR</t>
   </si>
   <si>
     <t>Goodr, LLC</t>
   </si>
   <si>
     <t>apģērbs, apavi, galvassegas u.c.</t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t>Tangle Teezer Limited</t>
   </si>
   <si>
     <t xml:space="preserve">kosmētika, skuvekļi, matu sukas u.c.
 </t>
   </si>
   <si>
-    <t>Viacom Overseas Holdings C.V.</t>
+    <t>apģērbi, apavi, somas, brilles, rotaslietas, rotaļlietas, u.c.</t>
   </si>
   <si>
     <t>ūdens filtri</t>
   </si>
   <si>
     <t>farmaceitiskie preparāti</t>
   </si>
   <si>
+    <t>EUTM 8198111 MARTIN MARGIELA, EUTM 18622008 MARGIELA
+EUTM 6163802 MARTIN MARGIELA, EUTM 11625548 MM6 Maison Margiela, EUTM 18017443 REPLICA, EUTM 8196669, EUTM 3515582, EUTM 4718227 , EUTM 1203030 , EUTM 18811396  mAison margiela, ITM 1262280 MAISON MARGIELA, EUTM 18568592 MAISON MARGIELA, EUTM 4378139 MM6, EUTM 11460359 MAISON MARGIELA, EUTM 3544103 MARTIN MARGIELA, EUTM 18703741 MM6, EUTM 18811393, EUTM 18703732 MAISON MARGIELA, EUTM 9353046 MAISON MARTIN MARGIELA EUTM 8640328 NAWM, EUTM 3544087  Maison Margiela, EUTM 4718086,  EUTM 149167215 AC, EUTM 8669541 MARTIN MARGIELA, EUTM 18365362 MM6, ITM 1251351 MM6 Maison Margiela</t>
+  </si>
+  <si>
+    <t>EUTM 000060392/EM NO FEAR, EUTM 004733441/EM NO FEAR, EUTM 004733408/EM NO FEAR, EUTM 010856284/EM, EUTM 010855741/EM	
+EUTM 005229661/EM, EUTM 009509225/EM, EUTM 016168783/EM	
+EUTM 002312510/EM, EUTM 005247432/EM, EUTM 015274897/EM</t>
+  </si>
+  <si>
     <t>SPORTS DIRECT INT HOLDINGS LIMITED</t>
   </si>
   <si>
     <t>slidas, skrituļslidas u.c.</t>
   </si>
   <si>
     <t>EUTM 000081828	NEFF, EUTM 003503836 CONSTRUCTA, EUTM 000061085 GAGGENAU, EUTM 010359958,EUTM 004240263 SIEMENS</t>
   </si>
   <si>
     <t>BSH Hausgeräte GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 006063317/EM SUPERDRY, EUTM 003528403/EM SUPERDRY, EUTM 010372910/EM Superdry, EUTM 008134314/ EM SUPERDRY, EUTM 007372378/EM SUPERDRY, EUTM 018231276/EM DRY, EUTM 018146032/EM SDX, EUTM 018146033 /EM SUPERDRY, EUTM 016086266/EM SDX, ITM 1540972/WO CULT STUDIOS, EUTM 014245931/EM Super Dry Sport, EUTM 008670051/EM SuperDry, EUTM013360656/EM SUPERDRY, EUTM 010372894/EM Superdry., EUTM 010372902 /EMby superdry	, EUTM 016974917/EM Superdry	</t>
   </si>
   <si>
     <t>DKH RETAIL LTD - SUPERDRY</t>
   </si>
   <si>
     <t>apģērbi, aksesuāri, apavi, somas u.c.</t>
   </si>
   <si>
     <t>ruwido austria gmbh</t>
+  </si>
+  <si>
+    <t>FCA GROUP MARKETING S.P.A.</t>
+  </si>
+  <si>
+    <t>transportlīdzekļi to rezerves daļas, aksesuāri, ādas izstrādājumi, somas, apģērbs, apavi, galvassegas, rotaļlietas un sporta preces u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 000813204/EM KATE SPADE, EUTM 000645093/EM KATE SPADE
+EUTM 010456101/EM KATE SPADE, EUTM 015504269/EM KATE SPADE NEW YORK, EUTM 009341041/EM kate spade NEW YORK, EUTM 018305516/EM, EUTM 014629877/EM</t>
   </si>
   <si>
     <t>Kate Spade LLC</t>
   </si>
   <si>
     <t>EUTM 007434806 DRAGON BALL, EUTM 007550445 ONE PIECE	
 EUTM 007550361 ONE PIECE, EUTM 003612363 SAINT SEIYA</t>
   </si>
   <si>
     <t>TOEI ANIMATION CO., LTD.</t>
   </si>
   <si>
     <t>ITM 1069076 MONTE-CARLO, EUTM 016080525 MONTE-CARLO	
 ITM 1069254 MONACO, ITM 1128647 MONTECARLO</t>
   </si>
   <si>
     <t>Marques de l'Etat de Monaco</t>
   </si>
   <si>
     <t>ITM 1439126 MONACO, ITM 1439157 MC MONTE-CARLO</t>
   </si>
   <si>
     <t>EUTM 1321540 ULLA JOHNSON</t>
   </si>
   <si>
     <t>Ulla Johnson Holdings LLC</t>
   </si>
   <si>
     <t>kosmētika, apģērbs, apavi, galvassegas u.c.</t>
   </si>
   <si>
     <t>Osram GmbH</t>
   </si>
   <si>
     <t>spuldzes u.c.</t>
   </si>
   <si>
+    <t>EUTM 018732418/EM CHARLOTTE'S LAW OF ATTRACTION, EUTM 018710326/EM TILBURY LOVING CARE, EUTM 011193414/EM CT
+EUTM 004003034/EM CHARLOTTE TILBURY, EUTM 017968199/EM HOUSE OF TILBURY H.O.T., EUTM 018101907/EM CHARLOTTE'S BEAUTY SECRETS, EUTM 017968198/EM HOUSE OF TILBURY, EUTM 018143846/EM CHARLOTTE DARLING, EUTM 016658684/EM CHARLOTTE TILBURY, EUTM 014780597/EM CHARLOTTE TILBURY
+EUTM 017894111/EM CHARLOTTE’S MAGIC MIRROR, EUTM 018101898/EM CHARLOTTE'S MIRACLE SERUM, EUTM 018383354/EM CHARLOTTE TILBURY, EUTM 018397246/EM CHARLOTTE’S BEST SKIN FOUNDATION, EUTM 017760281/EM CHARLOTTE'S GENIUS MAGIC POWDER, EUTM 017504283/EM CT, EUTM 018101908/EM CHARLOTTE'S MIRACLE LIP OIL, EUTM 018741908/EM CT</t>
+  </si>
+  <si>
     <t>CHARLOTTE TILBURY BEAUTY LTD</t>
+  </si>
+  <si>
+    <t>sejas vaigu, acu, lūpu kopšanas līdzekļi, ieskaitot gruntskrāsu, pamatu, korektoru, sejas pulveri, sejas pastiprinātāju, grima paletes</t>
   </si>
   <si>
     <t>EUTM 014230163Emirates, EUTM 011168499Emirates, EUTM 011168473 Emirates, EUTM 004103181Fly Emirates</t>
   </si>
   <si>
     <t>Emirates, a Dubai Decree company</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM3165214NEW YORK JETS, EUTM003166402NEW YORK GIANTS, EUTM 005901202NY, EUTM 003233137 93045130, EUTM 003249737NEW ORLEANS SAINTS, EUTM 003166956NEW ENGLAND PATRIOTS, EUTM003232601, EUTM 003233111, EUTM 003166725 93045120 MINNESOTA VIKINGS, EUTM 011774783, EUTM 002963650MIAMI DOLPHINS, EUTM 005899513GIANTS, EUTM 003233046, EUTM003166832 SAN DIEGO CHARGERS, EUTM 003166899 PITTSBURGH STEELERS, EUTM 003234309Steelers, EUTM003233021 , EUTM 003166791 PHILADELPHIA EAGLES, EUTM003165057 bOAKLAND RAIDERS EUTM003232551 RAIDERS, EUTM 001318252B, EUTM003347101NY JETS, EUTM000251454 BALTIMORE RAVENS, EUTM003166485ATLANTA FALCONS, EUTM003165801ARIZONA CARDINALS, EUTM003741725B, EUTM 003232535 G, EUTM003165371GREEN BAY PACKERS, EUTM0031 66493 DETROIT LIONS, EUTM003233053, EUTM000497412, EUTM00316 5065 DENVER BRONCOS, EUTM003166451 DALLAS COWBOYS, EUTM 003241791, EUTM003354421, EUTM003347119, EUTM 000730952NFL EUROPE, EUTM 005844386NFL, EUTM006316988NFL, EUTM 0070 62557NFL INTERNATIONAL SERIES , EUTM005333166  NFL EUROPA, EUTM 002666469 NFL, EUTM 000980862  NFL, EUTM000772541 NFL EUROPE LEAGUE, EUTM005942081, EUTM003166758SEATTLE SEAHAWKS, EUTM003166865 SAN FRANCISCO 49ERS, EUTM 003232667SF, EUTM 001837491CLEVELAND BROWNS, EUTM 003166774WASHINGTON REDSKINS 
 </t>
   </si>
   <si>
     <t>NFL Properties Europe GmbH</t>
   </si>
   <si>
     <t>Ninebot (Changzhou) Tech Co., Ltd.</t>
   </si>
   <si>
+    <t>Segway KickScooter GT</t>
+  </si>
+  <si>
     <t>EUTM 015997653/EM NORD-LOCK GROUP, EUTM 018343931/EM NORD-LOCK, EUTM 002654580/EM Nord-Lock</t>
   </si>
   <si>
     <t>Nord-Lock International AB</t>
   </si>
   <si>
     <t>metāla uzgriežņu paplāksnes, metāla slēdzenes paplāksnes</t>
   </si>
   <si>
     <t>EUTM 018530962, EUTM 018909492 WOLFPACK, EUTM 018161294 WOLFPACK, EUTM 017893785, EUTM 018197355 WOLFPACK</t>
   </si>
   <si>
     <t>Decolef Lux SARL</t>
   </si>
   <si>
     <t>pārtikas griezējs</t>
   </si>
   <si>
-    <t>EUTM	018380723 POWERS GOLD LABEL, EUTM 018449025 POWERS P GOLD LABEL, EUTM 008567166 THREE SWALLOW, POWERS, ESTD 1791, P, GOLD LABEL, John Power &amp; Son.,EUTM012215968(Marque sans texte),EUTM 001283944 POWER'S, EUTM 000099960 POWER'S, EUTM 009890781 Powers, Single Pot Still Irish Whiskey, Estd 1791, John's Lane Release, EUTM 011670072 POWERS Single Pot Still Irish Whiskey ESTD P 1791 Signature Release John Power &amp; Son, EUTM 018086292 POWERS P
-[...2 lines deleted...]
-  <si>
     <t>IRISH DISTILLERS INTERNATIONAL LTD</t>
   </si>
   <si>
+    <t>kosmētika, farmaceitiskie, medicīnas instrumentu izstrādājumi, trauki un stikla izstrādājumi  u.c.</t>
+  </si>
+  <si>
     <t>INCYTE HOLDINGS CORPORATION</t>
   </si>
   <si>
     <t>ITM 1503051 On</t>
   </si>
   <si>
+    <t>On Clouds GmbH</t>
+  </si>
+  <si>
     <t>audumi un tekstilizstrādājumi, apģērbs, apavi, galvassegas, rotaļlietas un sporta preces, somas u.c.</t>
   </si>
   <si>
+    <t>ITM 0520344 THREE KINGS, ITM 1134115 nawm, ITM 0520347 THREE KINGS, ITM 1244086 nawm, ITM 1461968 nawm, EUTM 015951536 THREE KINGS</t>
+  </si>
+  <si>
     <t>RENÉ SCHÖNEFELD, INDUSTRIE- EN HANDELSONDERNEMING B.V.</t>
   </si>
   <si>
     <t xml:space="preserve">kosmētika, parfimērija u.c. </t>
   </si>
   <si>
     <t>Astellas Pharma Europe B.V.</t>
   </si>
   <si>
+    <t>EUTM 6130132 NO NAME, EUTM 010966976 S, EUTM 0011247582 NO NAME, EUTM 10688786 NO NAME	, EUTM 1216817 5elit - Figurativa	
+EUTM 018000865 Sin texto, EUTM 1216811 8elit - 3D, EUTM 1522246 elit Eighteen, EUTM 18000858e lit eighteen, EUTM 1513576 elit eighteen</t>
+  </si>
+  <si>
     <t>ZHS IP EUROPE SARL</t>
   </si>
   <si>
     <t>ITM 1186427 KIMEX, EUTM 018633212 KIMEX</t>
   </si>
   <si>
     <t>KIMEX INTERNATIONAL</t>
   </si>
   <si>
     <t>mēbeļu izstrādājumi, metāla izstrādājumi, audiovizuālais aprīkojums un piederumi u.c.</t>
   </si>
   <si>
-    <t>The Black &amp; Decker Corporation</t>
-[...7 lines deleted...]
-  <si>
     <t>EUTM 003310729 Kasih</t>
   </si>
   <si>
     <t>Today Food Group B.V.</t>
   </si>
   <si>
+    <t xml:space="preserve"> gaļa, zivis, mājputni un medījumi, gaļas ekstrakti, konservēti, žāvēti un termiski apstrādāti augļi un dārzeņi, želejas, ievārījumi, olas, piens un piena produkti, pārtikas eļļas un tauki u.c.  </t>
+  </si>
+  <si>
     <t>Aimpoint Aktiebolag</t>
   </si>
   <si>
-    <t>CDR 003477314-0001, ITM 1154841 OstrichPillow</t>
+    <t xml:space="preserve">šautenes tēmēkļi šaujamieročiem </t>
   </si>
   <si>
     <t>Studio Banana, S.L.</t>
   </si>
   <si>
     <t>ceļojumu kakla spilvens</t>
   </si>
   <si>
     <t>ITM 1679654, ITM 1679476 RULESTHEWORLD, ITM 1679653 CRTZ
 ITM 1679478 CRTZ RTW</t>
   </si>
   <si>
     <t>419Studios Ltd</t>
   </si>
   <si>
     <t>EUTM 009940801 R, EUTM 0068609368, EUTM 006860944, EUTM 013778105, EUTM 005179585, EUTM 002404515 RUMMIKUB</t>
   </si>
   <si>
     <t>Orly Fidelman</t>
   </si>
   <si>
-    <t>CDR 008403620-0001/EM, CDR 008403620-0002/EM, EUTM 018434066/EM FAINA</t>
-[...5 lines deleted...]
-    <t>lampas apgaismojumam, stāvlampas, galda lampas u.c.</t>
+    <t>datoru programmatūra, proti, spēles, elektroniskie spēļu automāti, elektroniskās spēles kā papildu ierīces televizoriemspēles, rotaļlietas, vingrošanas un sporta preces, kas nav ietvertas citās klasēs, ziemassvētku eglīšu rotājumi u.c.</t>
   </si>
   <si>
     <t>EUTM 007429913 MOLTON BROWN, EUTM 000023366 MOLTON BROWN</t>
   </si>
   <si>
     <t>Molton Brown Limited</t>
   </si>
   <si>
     <t>smaržas u.c.</t>
   </si>
   <si>
     <t>EUTM 000260760 Chateauneuf-du-Pape Contrôlé</t>
   </si>
   <si>
     <t>Syndicat des Vignerons de l’Appellation d’Origine Châteauneuf-du-Pape</t>
   </si>
   <si>
     <t>pārtikas produkti, alkoholiskie dzērieni u.c.</t>
   </si>
   <si>
+    <t>ITM 1496832 TONALE, ITM 1361493 STELVIO, ITM 1017212/WO	
+ITM 1555981/WO 500e, ITM 1137329/WO 500L, ITM 1249753/WO 500x, EUTM 018806706/EM TOPOLINO, ITM 1294842/W OTIPO	
+ITM 1031174/W OPANDA, ITM 568873/WO CINQUECENTO</t>
+  </si>
+  <si>
+    <t>STELLANTIS EUROPE S.P.A.</t>
+  </si>
+  <si>
+    <t>ICD 206775-0003, ICD 206775-0001, ICD 206775-0007, ICD 206775-0005	
+ICD 206775-0002, ICD 206775-0006, ICD 206775-0008, ICD 206775-0009	
+ICD 206775-0004</t>
+  </si>
+  <si>
     <t>krēsli un ķebļi u.c.</t>
   </si>
   <si>
+    <t>ICD 103656-0003, ICD 103656-0006, ICD 103656-0011, ICD 215054-0001	
+ICD 103656-0010, ICD 103656-0009, ICD 100294-0003, ICD 100294-0005	
+ICD 215054-0004, ICD 100294-0006, ICD 215054-0003, ICD 100294-0001	
+ICD 103656-0008, ICD 103656-0004, ICD 103656-0002, ICD 103656-0007	
+ICD 215054-0002, ICD 103656-0001, ICD 103656-0005, ICD 103656-0012	
+ICD 100294-0004, ICD 100294-0002</t>
+  </si>
+  <si>
+    <t>krēsli, kas marķēti ar "SCAB" zīmolu, no "LISA" līnijas, "Lisa Chair" variantā, krēsli ir izgatavoti no metāla rāmja</t>
+  </si>
+  <si>
     <t>EUTM 000565267/EMBISSELL, EUTM 000531160/EMBISSELL, EUTM 005274204/EMBiSSEll, EUTM 011316511/EMPROHEAT, EUTM 014321161/EMPROHEAT 2X REVOLUTION</t>
   </si>
   <si>
     <t>BISSELL INTERNATIONAL TRADING COMPANY B.V.</t>
   </si>
   <si>
     <t>putekļu sūcēji, tvaika tīrītāji u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">makšķerēšanas aprīkojums </t>
+    <t>ITM 1510977 OPI, EUTM 018710245 O.P.I, ITM 1582124 NAWM, ITM 1565483 O·P·I, EUTM 018475494 OPI PRO SPA, EUTM 001831080 OPI	
+ITM 1683014 OPI XPRESSION, ITM 1561446 OPI NATURE STRONG	
+EUTM 018091203 O P I</t>
+  </si>
+  <si>
+    <t>WELLA OPERATIONS US LLC</t>
+  </si>
+  <si>
+    <t>EUTM 011126241/EM CARNIVOR, EUTM 014549505/EM CARNIVOR	
+EUTM 017921334/EM CARNIVOR</t>
+  </si>
+  <si>
+    <t>E AND J GALLO - CARNIVOR</t>
   </si>
   <si>
     <t>EUTM 002270817, EUTM 002931038 OSCAR, EUTM 003767118 ACADEMY AWARDS, EUTM 017553256</t>
   </si>
   <si>
     <t>Academy of Motion Picture Arts and Sciences</t>
   </si>
   <si>
     <t xml:space="preserve">"OSCAR" statuete </t>
   </si>
   <si>
     <t>EUTM 017964515 CLOZEAU, EUTM  016991895 gigiCLOZEAU</t>
   </si>
   <si>
     <t>ATELIERS CLOZEAU</t>
+  </si>
+  <si>
+    <t>rotas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 007393796 Roundell, EUTM 007060106 Spring Sponge, EUTM 003654 696 Tamasu, EUTM 000021998 BRYCE, EUTM 000021956 Sriver, EUTM 000021931 BUTTERFLY, EUTM 00021915 BUTTERFLY, EUTM 000021899 Butterfly, EUTM 011844578 Lezoline, EUTM 011699162 Jun Mizutani, EUTM 009449018 DIGNICS, EUTM 010234631 Earth, EUTM 011145109 Butterfly	
 EUTM 006028203 SPINART, EUTM 001610088, EUTM 008544298 Butterfly Effect, EUTM 008138191 Innerschield,EUTM 008137572 Innerforce, EUTM 014740691 Impartial, EUTM 013776471  BryceHighspeed, EUTM 013287131 Spin Refresh, EUTM 011699221 Mizutani Jun, EUTM 006474282, EUTM 011237534, EUTM 012624722, EUTM 012624607 BUTTERFLY, EUTM 008419491 Innerfibre, EUTM 008138141 Innerblade, EUTM 005241658 Energyforce, EUTM 005114608 SOLCION, EUTM 002624435 D´Or, EUTM 001132919 Catapult, EUTM 018322727 Dima, EUTM 018321670 Dima, tcharov
 EUTM 018316365 Ovtcharov, EUTM 018112825, EUTM 017946590 VISCARIA, EUTM 017932135Butterfly, EUTM 017586661Tenergy, EUTM 016365108Zhang Jike, EUTM 015892029Rozena, EUTM 015425838Timo Boll
 EUTM 015425821Boll, EUTM 015098957, EUTM 015098965, EUTM 015098932		</t>
   </si>
   <si>
     <t>Tamasu Butterfly Europa GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                                   EUTM 012574612 SUPER-WAX, ITM 0206290 VLISCO	, ITM 0131446 VVH
 ITM 0776719 SUPER-WAX BLOCK PRINTS</t>
   </si>
   <si>
     <t>Vlisco B.V.</t>
   </si>
   <si>
     <t>audumi un tekstilizstrādājumi</t>
   </si>
   <si>
     <t>EUTM 12550257 ENTEROSGELUM</t>
   </si>
   <si>
-    <t>juvelierizstrādājumi, apģērbs, apavi, galvassegas, koferi un ceļojumu somas u.c.</t>
+    <t>The Procter &amp; Gamble Company</t>
+  </si>
+  <si>
+    <t>šampūns, kondicionieris un produkti matiem</t>
   </si>
   <si>
     <t>EUTM 002423655 BENINCA'</t>
   </si>
   <si>
     <t>AUTOMATISMI BENINCA' - S.P.A.</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM  000000472 Sony, ITM  978971 Sony, ITM  1194843 A Sony, EUTM  160317 Walkman, ITM  1160752 Walkman, EUTM  547000 Cyber-shot, EUTM  6134019  Cyber-shot, EUTM  3615556 Handycam, EUTM  5335518, EUTM 5335575, EUTM 4638672 Xpod, EUTM 012679296 XPERIA, EUTM 012679544 XPERIA  </t>
-[...2 lines deleted...]
-    <t>Sony Corporation</t>
+    <t>Sony Group Corporation</t>
   </si>
   <si>
     <t>elektronika, baterijas u.c.</t>
   </si>
   <si>
-    <t>CDR001373047-0004/EM, CDR001373047-0001/EM, CDR001373047-0003/EM
-[...9 lines deleted...]
-  <si>
     <t xml:space="preserve">saulesbrilles u.c. </t>
   </si>
   <si>
     <t>Signify Holding B.V.</t>
   </si>
   <si>
     <t>IMC.TOYS, SA</t>
   </si>
   <si>
     <t>EUTM 015558018 Just Over The Top JOTT beach, ITM 1488818 Just Over The Top JOTT Sport, EUTM 01832487 5FRENCH TERRY 18.18, ITM 1712870 JOTT, ITM 1712869 JOTT, ITM 1486973 JOTT, EUTM 010628436 Just Over The Top JOTT</t>
   </si>
   <si>
     <t>JOTT MARKET &amp; DISTRIBUTION (société par actions simplifiée)</t>
   </si>
   <si>
     <t>ITM 1472022/WO TUKYSA, ITM 1514024/WO TUKYSA</t>
   </si>
   <si>
     <t>Seagen Inc.</t>
   </si>
   <si>
-    <t>CDR	001192827-0001</t>
-[...1 lines deleted...]
-  <si>
     <t>sanitārās iekārtas</t>
   </si>
   <si>
     <t>EUTM  010556521 FÄLLKNIVEN QUALITY KNIVES</t>
   </si>
   <si>
     <t>Fällkniven i Boden AB</t>
   </si>
   <si>
     <t>rokas darbarīki un rokas instrumenti, galda piederumi u.c.</t>
   </si>
   <si>
-    <t>CDR 002104620-0005</t>
-[...1 lines deleted...]
-  <si>
     <t>Manolo Blahnik International Limited</t>
   </si>
   <si>
     <t>FRITZ HANSEN A/S</t>
   </si>
   <si>
     <t>DINH VAN</t>
   </si>
   <si>
     <t>luksusa rotaslietas u.c.</t>
   </si>
   <si>
-    <t>CDR 005306321-0003, CDR 005306321-0002, CDR 002349092-0007, CDR 002349092-0006, CDR 002349092-0005, CDR 002349092-0004, CDR 002349092-0003, CDR 002349092-0002, CDR 005306321-0001	
-[...2 lines deleted...]
-  <si>
     <t>EUTM 015388945X-PRESSION, EUTM 008180218OUTRE, EUTM 008197055SENSATIONNEL, EUTM 008179582OUTRE, EUTM 013065016 outré, EUTM 005598677X-PRESSION</t>
   </si>
   <si>
     <t>Feme Limited</t>
   </si>
   <si>
     <t>ITM 1771995 red Cherry EYELASHES</t>
   </si>
   <si>
     <t>SeEs UG (haftungsbeschränkt)</t>
   </si>
   <si>
     <t>skropstas u.c.</t>
   </si>
   <si>
     <t>EUTM 018188997 Zalando</t>
   </si>
   <si>
     <t>Zalando SE</t>
   </si>
   <si>
     <t>EUTM 018711268Xpansion, EUTM 018560640 Pro X, EUTM 018096628 Prisma, EUTM 018001182 Steamulation, EUTM 017362476 Steamulation</t>
   </si>
   <si>
     <t>Schmidt Innovations GmbH</t>
   </si>
   <si>
+    <t>EUTM 013691324 MK Michael Kors, EUTM 003992088 Island Michael Kors
+EUTM 003140704 Kors, EUTM 003140456 Michael Kors, EUTM 003857844 Michael Michael Kors, EUTM 006453732 Michael Michael Kors, EUTM 006458939 KMKMKMKMK, EUTM 014273304 MK Michael Kors, EUTM 003201118 MK Michael Kors, EUTM 003235397 MK Michael Kors, EUTM 015298417 Michael Kors, EUTM 015298581 Michael Kors Access, EUTM 015472401 Travel Engineered, EUTM	016962301/EM MK, EUTM 018056184/EM MK, EUTM 018152343/EM MK, EUTM 018056187/EM MK
+EUTM 013691324/EM MK MICHAEL KORS, EUTM 016161622/EM MICHAEL KORS, EUTM 015980048/EM MICHAEL KORS, EUTM 015298417/EM MICHAEL KORS, EUTM 018152339/EM MICHAEL KORS</t>
+  </si>
+  <si>
+    <t>MICHAEL KORS (SWITSERLAND) INT GMBH</t>
+  </si>
+  <si>
     <t>VECTEM SA</t>
   </si>
   <si>
     <t>parfimērijas un kosmētikas izstrādājumi</t>
   </si>
   <si>
     <t>AEFFE S.P.A.</t>
   </si>
   <si>
     <t>EUTM 003592508/EM MIKSI</t>
   </si>
   <si>
     <t>PROMASIDOR IP HOLDINGS LIMITED</t>
   </si>
   <si>
     <t>piena pulveris</t>
   </si>
   <si>
     <t>PTM Guard SIA</t>
   </si>
   <si>
     <t xml:space="preserve">masāžas, akupunktūras un akupresūras paklāji, spilveni un to komplekti, izgatavoti no dabīgiem un videi draudzīgiem materiāliem </t>
   </si>
   <si>
-    <r>
-[...311 lines deleted...]
-  <si>
     <t>LA CADETTE</t>
   </si>
   <si>
     <t>ādas rokassomas</t>
   </si>
   <si>
     <t>EUTM 016449704 MINERALIX</t>
   </si>
   <si>
     <t>PHARMILL - P. PLENKIEWICZ I W. FLORYSIAK Sp.k.</t>
   </si>
   <si>
     <t>ķīmiskās piedevas, ko izmanto dzīvnieku barības ražošanā, premiksi, proti, minerālu piedevu maisījumi dzīvnieku barībai, uztura bagātinātāji lopbarībai, ārstnieciskās piedevas dzīvnieku barībai, pārtika un barība dzīvniekiem</t>
   </si>
   <si>
     <t>EUTM 016451941 PULMOMIX</t>
   </si>
   <si>
     <t>PHARMILL - P.Plenkiewicz i W.Florysiak Sp.k.</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 493536 nawm (embleem), EUTM 6915169 LZR PULSE	
-[...3 lines deleted...]
-  <si>
     <t>Festo SE &amp; Co. KG</t>
   </si>
   <si>
     <t>EUTM 004065728 OMNITROPE, EUTM003068863S SANDOZ, EUTM 003070422 SANDOZ, EUTM 002783306 ACLASTA</t>
   </si>
   <si>
     <t>SANDOZ AG</t>
+  </si>
+  <si>
+    <t>Eli Lilly and Company</t>
   </si>
   <si>
     <t>EUTM 018687659/EM CACHAREL</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 015455843, EUTM 015455827, EUTM 003169414SATA 
 </t>
   </si>
   <si>
     <t>SATA GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>pulverizatori, krāsas pistoles</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Duracell Batteries </t>
   </si>
   <si>
     <t>ITM 1501255/WO BE@RBRICK, ITM 1501256/WO BE@RBRICK	
 ITM 1707215/WO BE@RBRICK, ITM 1713860/WO BE@RBRICK
 ITM 1713859/WO @</t>
   </si>
   <si>
     <t>Medicom Toy Corporation</t>
   </si>
   <si>
+    <t xml:space="preserve">ITM 1516399 COCOMELON, EUTM 018769924 COCOMELON ANIMAL TIME, EUTM 018274761 Blippi, EUTM 018755551 COCOMELON	
+EUTM 018277289 COCOMELON, EUTM 018175009 COCOMELON	
+EUTM 018175004 COCOMELON, ITM 1515399 COCOMELON	
+EUTM 018274759 BLIPPI, </t>
+  </si>
+  <si>
+    <t xml:space="preserve">apģērbs, apavi, galvassegas, somas, tekstilizstrādājumi, u.c. </t>
+  </si>
+  <si>
     <t>EUTM 001293281, EUTM 002502797 ARC'TERYX, EUTM 001293133 ARC'TERYX</t>
   </si>
   <si>
     <t>Amer Sports Canada, Inc.</t>
   </si>
   <si>
+    <t>ceļojumu čemodāni un ceļojumu somas, mugursomas, apavi, kedas, pārgājienu zābaki, alpīnisma zābaki, ikdienas apavi, burāšanas apavi, tenisa apavi, jo īpaši basketbola apavi, slēpju zābaki un snovborda zābaki, pēcslēpošanas apavi un zābaki, zolītes un zoles, pēdas arka u.c.</t>
+  </si>
+  <si>
     <t>Gilead Sciences Ireland UC</t>
   </si>
   <si>
     <t>EUTM 009492182 SEIKO, EUTM 002430635  5</t>
   </si>
   <si>
     <t>SEIKO GROUP KABUSHIKI KAISHA t/a SEIKO GROUP CORPORATION</t>
   </si>
   <si>
-    <t>PEARL JAM LLC</t>
-[...1 lines deleted...]
-  <si>
     <t>ITM 1306775 L'INSOUMIS, ITM 514656 AMETHYST, ITM 1730021 93129696 LALIQUE, EUTM 008736084 Lalique</t>
   </si>
   <si>
     <t>Lalique Parfums SA</t>
   </si>
   <si>
     <t>EUTM 001894237/EM CHEETOS, EUTM 002403822/EM Cheetos</t>
   </si>
   <si>
     <t>uzkodas uz kukurūzas bāzes</t>
   </si>
   <si>
     <t>NIKE Innovate CV</t>
   </si>
   <si>
     <t>Christian Dior Couture SA</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR 015056567-0029/EM, CDR 002710160-0004/EM, CDR 002710160- 0003/EM, CDR 002890285-0012/EM, CDR 002890285-0010/EM, CDR 002961425-0027/EM, CDR 002981381- 0023/EM, CDR 002981381-0022/EM, CDR 002981381-0020/EM, CDR 002986919-0015/EM, CDR 002997783- 0015/EM, CDR 003126317-0015/EM, CDR 015056567-0032/EM, CDR 015056567-0014/EM, CDR 015056567- 0023/EM, CDR 015056567-0020/EM, CDR 015056567-0027/EM, CDR 015056567-0016/EM, CDR 015056567- 0017/EM, CDR 015056567-0002/EM, CDR 015056567-0010/EM, CDR 015056567-0001/EM, CDR 015056567- 0009/EM, CDR 002300350-0006/EM, CDR 002300350-0005/EM, CDR 002300350-0003/EM, CDR 002300350- 0002/EM, CDR 002300350-0008/EM, CDR 002300350- 0009/EM, CDR 002300350-0001/EM, CDR 002300350- 0004/EM, CDR 002300350-0007/EM, CDR 002300350- 0006/EM, CDR 002300350-0005/EM, CDR 002300350- 0003/EM, CDR 002347849-0011/EM, CDR 002347849- 0012/EM, CDR 002353292-0002/EM, CDR 002353292- 0001/EM, CDR 002474189-0011/EM, CDR 002474189- 0009/EM, CDR 002474189- 0015/EM, CDR 002474189- 0019/EM, CDR 002474189-0010/EM, CDR 005248218-0028, CDR 002300350- 0019/EM, CDR 002474155-0018/EM, CDR 002474155- 0019/EM, CDR 002474155-0020/EM, CDR 006591426-0001, CDR 006591426- 0003, CDR 0067 13210-0017, CDR 006713210-0019, CDR 006713210-0020, CDR 006713210- 0021, CDR 004506145-0028, CDR 004506145-0027, CDR 004506145-0026, CDR 004506145-0025, CDR 004506145-0029, CDR 004506145-0031, CDR 004506145-0032, CDR 004928000-0022, CDR 004928000-0021, CDR 00492 8000-0020, CDR 004928000-0019, CDR 004928000-0018, CDR 004928000- 0017, CDR 004928000-0015, CDR 004928000-0014, CDR 004928000-0013, CDR 006713210-0022, CDR 006713210-0023, CDR 006713210-0024, CDR 006713210-0025	
-[...2 lines deleted...]
-  <si>
     <t>EUTM 012485322 PERCY PIG</t>
   </si>
   <si>
     <t>MARKS AND SPENCER P.L.C.</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 5889142, EUTM 15298541, EUTM 14549381amiibo,  IR W01718658, EUTM 15298573, EUTM 17252859, EUTM 479931 MARO KART, EUTM16361751, EUTM 16991325, IR 1718656,  IR 1700827, IR 1581729, EUTM 2512606, EUTM 16606311, EUTM 13202841, EUTM 17469172, EUTM155192, SUPER MARIO BROS, EUTM 155135 SUPER MARIO, EUTM7075153 SUPER MARIO, IR 1594401 SUPER MARIO, EUTM 5205208 The Legend of Zelda, EUTM13480348 THE LEGEND OF ZELDA, IRW01737099, EUTM 16722829, EUTM 16722894, EUTM 18774225,EUTM 15298565, EUTM 15298607, IR 1715594 KIRBY, EUTM 4933842 KIRBY, EUTM3459071, CDR 003770213-0001, 0002, 0003, 0004, CDR  003764570-0001,CDR 003764562-0001,CDR 003837517-0001, CDR 007134523-0001,CDR 000483631- 0001, CDR 000483631-0010, EUTM 18368644 L, EUTM 009293465 NINTENDO 3DS, EUTM 017212671 GAMEBOY Device, EUTM 000155242 Nintendo Entertainment System, EUTM 017719741 NINTENDO LABO, EUTM 016997652 SNES Controller Device, EUTM 016997702 Nintendo Switch Console Device, ITM 1504465 RING FIT ADVENTURE, ITM 1504464 RING-CON, EUTM 18161044 M, EUTM 16070914 Nintendo Switch, EUTM 004907581 GAMEBOY, EUTM 000226597 N Cube Logo, EUTM 004907598 NINTENDO, EUTM 005021423 Nintendo, EUTM 011610243 Nintendo, EUTM 010766251 Official Nintendo Licensed Product, EUTM1 6855471 Nintendo Switch &amp; Logo, EUTM 016625618 Nintendo Switch &amp; Logo, EUTM 016606907 Joy-Con, EUTM 005087796 Wii	, EUTM 5028337 The Legend of Zelda, EUTM 016997637 NES Controller Design, EUTM 013169412 amiibo, EUTM 016606873 Nintendo Switch Logo alone, EUTM 14438519 amiibo Icon, ITM 1469820 SUPER MARIO	</t>
+    <t>kosmētika, parfimērijas preces, dezodoranti personīgai lietošanai, pretsviedru līdzekļi, ķelnes ūdens, ziepes, mazgāšanas līdzekļi, kas nav paredzēti rūpnieciskiem vai ražošanas procesiem vai izmantošanai medicīnā, veļaspulveris, trauku mazgājamais līdzeklis, mazgāšanas līdzekļi, veļas mīkstinātāji, tīrīšanas un pulēšanas līdzekļi, mājsaimniecības balinātājs, šampūni, matu preparāti, zobu pastas, depilācijas līdzekļi, viltus nagi, tualetes piederumi, ādas kopšanas līdzekļi, preparāti u.c.</t>
   </si>
   <si>
     <t>Zino Davidoff  S.A.</t>
   </si>
   <si>
     <t>LEGO A/S</t>
   </si>
   <si>
     <t xml:space="preserve">Lego </t>
-  </si>
-[...6 lines deleted...]
-    <t>CDR 008371611-0001, CDR 008372643-0001,CDR 008373328-0001, CDR 003501535-0001, CDR 002038349-0001,CDR 002037150-0001, EUTM 010859841 SNOOPER+, EUTM002466944 AUTO COM,EUTM 012059986 CDP, EUTM 010478733 AUTOCOM, CDR 002038356-0001</t>
   </si>
   <si>
     <t>Autocom Diagnostic Partner AB</t>
   </si>
   <si>
     <t xml:space="preserve">diagnostikas iekārtas un datu apstrādes ierīces </t>
   </si>
   <si>
     <t>EUTM 008326365/EM SPORTKASE, EUTM 003221801/EM O'NEILLS	
 EUTM 008408247/EM O'NE1918, EUTM 000279273/EM MILBRO COTTON COMPANY, EUTM 010226892/EM KOOLITE, EUTM 009000571/EM KOOLITE, EUTM 008327207/EM GAAGLE, EUTM 008337321/EM FOOTKASE, EUTM 015755812/EM COUNTY KIDZ, EUTM 017538083/EM 1918, EUTM 018645837/EM, EUTM 018646285/EM</t>
   </si>
   <si>
     <t>O'NEILLS IRISH INTERNATIONAL SPORTS COMPANY LIMITED</t>
   </si>
   <si>
-    <t>EUTM 000813220, EUTM 004507091, EUTM 018743120 Crayola	
-[...3 lines deleted...]
-  <si>
     <t>Crayola Properties, Inc.</t>
   </si>
   <si>
     <t>ITM 704276 claris, EUTM 012024022 claris</t>
   </si>
   <si>
     <t>ACLARIS GmbH, Lindau, Zweigniederlassung Rebstein</t>
   </si>
   <si>
-    <t>CDR 005330297-0002, CDR 005330297-0010, EUTM 002308013	
-[...2 lines deleted...]
-  <si>
     <t>apavi un zeķes</t>
   </si>
   <si>
-    <t>CDR 008524714-0001/EM, CDR 008709992-0001/EM, CDR 008709992-0002/ EM, CDR 008709992-0003/EM, CDR 015035499-0001/EM, CDR 015038957- 0001/EM	, CDR 002978494-0001/EM, EUTM 015088693/EM LOOP, EUTM 018857602/EM LOOP SWITCH. EUTM 018928201/EM EXPERIENCE	
-[...2 lines deleted...]
-  <si>
     <t>Loop</t>
   </si>
   <si>
     <t>Swedish Match North Europe AB</t>
   </si>
   <si>
-    <t>ICD DM/235664 Modele de sac à main, EUTM 18382823 Sandro, EUTM 018468761(marque sans texte), ITM 1767503 S, CDR 015011075-0001 Modèle de Fermoirs d'articles de maroquinerie, EUTM 18332236 (Marque sans texte)EUTM 008772568 SANDRO, EUTM 1371455 sandro</t>
-[...1 lines deleted...]
-  <si>
     <t>SANDRO ANDY</t>
-  </si>
-[...4 lines deleted...]
-    <t>Reckitt &amp; Colman (Overseas) Limited - Nurofen</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                        EUTM 000040410NORVIR, EUTM 001053446KALETRA, EUTM 002578664 Humira, EUTM 005084918ALUVIA, EUTM 010740141 ABBVIE
 </t>
   </si>
   <si>
     <t>AbbVie Inc.</t>
   </si>
   <si>
-    <t>konjaks u.c.</t>
-[...4 lines deleted...]
-  <si>
     <t>Organisme de défense et de gestion de l'appellation d'origine Châteauneuf-du-Pape</t>
   </si>
   <si>
     <t xml:space="preserve">pārtikas produkti, alkoholiskie dzērieni u.c. </t>
   </si>
   <si>
     <t>SMART</t>
   </si>
   <si>
-    <r>
-[...22 lines deleted...]
-  <si>
     <t>EUTM 11879855 BRUNELLO CUCINELLI</t>
   </si>
   <si>
     <t>BRUNELLO CUCINELLI S.P.A.</t>
   </si>
   <si>
     <t>WOLFSPEED, INC.</t>
   </si>
   <si>
     <t>elektroniskie komponenti, pusvadītāju izstrādājumi</t>
+  </si>
+  <si>
+    <t>matu žāvētāji</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                                         EUTM 003941135 SIDESHOW COLLECTIBLES  
 </t>
   </si>
   <si>
     <t>Sideshow Inc.</t>
   </si>
   <si>
     <t>rotaļlietas, ieskaitot figūriņas, kostīmu atdarinājumi, rotaļu plāksnes, bistes un statujas, lelles un to piederumi</t>
   </si>
   <si>
     <t>EUTM 0976721, EUTM 10014562</t>
   </si>
   <si>
     <t>Rolex SA</t>
   </si>
   <si>
     <t>EUTM	018812501 SILBON, EUTM  018813068 SB, EUTM 018964416 SILBON</t>
   </si>
   <si>
     <t>SILBON CLASICO, S.L.</t>
   </si>
   <si>
-    <t>EUTM 012031035 POMELLATO, EUTM 015203516 Pomellato, EUTM 018193404 DODO CHARMING JEWELRY SINCE 1994, CDR 001912684-0002 Boucles d'oreilles, EUTM 012683132 Pomellato, EUTM 000872945 Pomellato</t>
-[...1 lines deleted...]
-  <si>
     <t>POMELLATO S.P.A.</t>
   </si>
   <si>
     <t xml:space="preserve">gredzeni </t>
   </si>
   <si>
     <t>EUTM 003043379/EM NAN, ITM 1654555/WO NAN NATURA, EUTM 017867278/EM NAN NATURA</t>
   </si>
   <si>
     <t xml:space="preserve">piena pulveris zīdaiņiem un maziem bērniem, šķidrais piena maisījums zīdaiņiem u.c. </t>
   </si>
   <si>
     <t xml:space="preserve"> ITM 1574937/WO pure encapsulations, EUTM 009109844/EM Pure Encapsulations</t>
   </si>
   <si>
     <t>vitamīnu piedevas, diētiskie un uztura bagātinātāji, kalcija piedevas</t>
   </si>
   <si>
     <t>EUTM 009343781/EM NIDO, EUTM 002930980/EM NIDO</t>
   </si>
   <si>
     <t xml:space="preserve"> piena produktu dzērieni</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 003508165/EM SOLGAR, EUTM 003508132/EM SOLGAR, EUTM 011415759/EM Solgar since 194</t>
   </si>
   <si>
     <t>MOTOROLA MOBILITY LLC</t>
   </si>
   <si>
-    <t>Treasury Wine Estates UK  Brands Limited</t>
-[...20 lines deleted...]
-      <t xml:space="preserve">
+    <t>EUTM 018659186/EM, EUTM 002126530/EM GUCCI RUSH 2, EUTM 009220161/EM GUCCI GUILTY, EUTM 006318646/EM GUCCI, EUTM 009381096/EM Gucci, EUTM 009376864/EM, ITM 760787/WO GUCCIrush2
+ITM 1098949/WO GG, EUTM 011759032/EM GG, EUTM 018101010/EM GUCCI MEMOIRE D'UNE ODEUR, EUTM 018232154/EM GUCCI, EUTM 018232156/EM, EUTM 017869029/EM, EUTM 017891533/EM GG, EUTM 017969329/EM GUCCI GG, EUTM 017939045/EM THE ALCHEMIST'S GARDEN, EUTM 012715231/EM GG, EUTM 012715454/EM GG, EUTM 012715355/EM GG, EUTM 006414353/EM Gucci BY GUCCI, EUTM 008967895/EM GG, EUTM 008967846/EMt, EUTM 003474971/EM, EUTM 000122093/EM GG, EUTM 000122051/EM GG, EUTM 005172218/EM	
+EUTM 006203971/EM FLORA BY GUCCI, EUTM 006208292/EM Flora BY GUCCI, EUTM 003836491/EM, EUTM 009604653/EM GG, EUTM 002751535/EM GG, EUTM 018513039/EM GG, EUTM 010444552/EM GG
+EUTM 010444561/EM GG, EUTM 000121988/EM GUCCI, EUTM 002338556/EM GG, ITM776197/WO GG, ITM1385371/WO GUCCI BLOOM
+ITM 791674/WO GG, ITM 940984/WO GG, ITM 704535/WO GUCCI RUSH
+ITM 662333/WO ENVY, NTM M 15 935/LV, NTM M 15 993/LV GUCCI</t>
+  </si>
+  <si>
+    <t>Mallen B.V.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dopper dzērienu pudeles </t>
+  </si>
+  <si>
+    <t>MAGELLAN</t>
+  </si>
+  <si>
+    <t>R.C. TRADEMARKS S.R.L.</t>
+  </si>
+  <si>
+    <t>EUTM 006436571/EM PSoC, EUTM 001759711/EM CYPRESS, EUTM 010615474/EM</t>
+  </si>
+  <si>
+    <t>CYPRESS SEMICONDUCTOR CORPORATION</t>
+  </si>
+  <si>
+    <t>Wirtgen GmbH</t>
+  </si>
+  <si>
+    <t>Schwan-STABILO Schwanhäußer GmbH &amp; Co. KG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 11888195 M, EUTM 11888047 M , EUTM 9620154  MAXIM, EUTM 016938789 TRINAMIC, EUTM 016938771 
 </t>
-    </r>
-[...39 lines deleted...]
-</t>
   </si>
   <si>
     <t>Maxim Integrated Products, Inc.</t>
   </si>
   <si>
     <t>EUTM 018788617 YOGURETTE, EUTM 000230110/EM Yogurette</t>
   </si>
   <si>
     <t>FERRERO OHG mbH</t>
   </si>
   <si>
     <t>EUTM 018555199 Fastgas, ITM 1674610 ExoticWhip</t>
-  </si>
-[...1 lines deleted...]
-    <t>metāla baloni, kapsulas, pudeles, krējuma kārtridži un tvertnes gāzei, cilindri, un konteineri kriogēnām gāzēm u.c</t>
   </si>
   <si>
     <t>EUTM 017977716/EM CAPSLAB</t>
   </si>
   <si>
     <t>TEXTISS</t>
   </si>
   <si>
     <t>cepures</t>
   </si>
   <si>
     <t>ITM 0787776 PFERD</t>
   </si>
   <si>
     <t>August Rüggeberg GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM5492673VDE, EUTM 005521059VDE, EUTM 003334232VDE 
 </t>
   </si>
   <si>
     <t>VDE Verband der Elektrotechnik Elektronik Informationstechnik e.V.</t>
   </si>
   <si>
     <t>elektriskās iekārtas rūpnieciskām mašīnām, darbagaldiem, portatīvie strāvas ģeneratori u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">Preces apraksts </t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 018633148 UNITRA, EUTM 018633149 U, EUTM 018633151 U UNITRA</t>
   </si>
   <si>
     <t>UNITRA Sp. z o.o.</t>
   </si>
   <si>
     <t>audio-video ierīces</t>
   </si>
   <si>
     <t>EUTM 018382568</t>
   </si>
   <si>
     <t>PPR GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">slīplentes ruļļa uztvērēja ierīce </t>
   </si>
   <si>
     <t>Spansion LLC</t>
   </si>
   <si>
     <t>pusvadītāji, pusvadītāju mikroshēmas, integrālās shēmas, uzglabāšanas vienības, zibatmiņa</t>
   </si>
   <si>
     <t xml:space="preserve">ITM  1068272 WOW! WÜRTH ONLINE WORLD  </t>
   </si>
   <si>
     <t>WOW! Würth Online World GmbH</t>
   </si>
   <si>
-    <t>Tiesību veids, par kuru ir iesniegts pieprasījums (Saīsinājumi)</t>
-[...83 lines deleted...]
-    <t xml:space="preserve">apģērbi, to piederumi, apavi, somas u.c. 
+    <t>EUTM 010360329/EM ELPLP, EUTM 4147229 Epson, EUTM 015878051 Trademark without text, EUTM 10360329 Elplp, EUTM 004379483 OrientStar, EUTM 012405635 Orient, EUTM 012405544 Orient, EUTM 012405718 S ORIENT STAR</t>
+  </si>
+  <si>
+    <t>EPSON EUROPE B.V.</t>
+  </si>
+  <si>
+    <t>kārtridži, printeri u.c.</t>
+  </si>
+  <si>
+    <t>EUTM  003478948 La Martina, EUTM  003476711, EUTM  006541668  LA MARTINA CUERO, EUTM  004949541LA MARTINA, EUTM  013780432  LA MARTINA, EUTM  397117LA MARTINA, EUTM  2539567TMWT, EUTM  017470568 LA MARTINA KIDS</t>
+  </si>
+  <si>
+    <t>EUTM	014490403 IR, EUTM 014469332 International Rectifier</t>
+  </si>
+  <si>
+    <t>Infineon Technologies Americas Corporation</t>
+  </si>
+  <si>
+    <t>ITM 1498413/WO PSA GROUPE</t>
+  </si>
+  <si>
+    <t>STELLANTIS AUTO SAS</t>
+  </si>
+  <si>
+    <t>ar mašīnu darbināmi instrumenti, etiķetes</t>
+  </si>
+  <si>
+    <t>METALLICA</t>
+  </si>
+  <si>
+    <t>EUTM 018440291 Saboteur</t>
+  </si>
+  <si>
+    <t>AMIGO Spiel + Freizeit GmbH</t>
+  </si>
+  <si>
+    <t>ITM 1762363/WO WHITE FOX, EUTM 017516196/EM VEUX</t>
+  </si>
+  <si>
+    <t>WHITE FOX BOUTIQUE PTY LTD</t>
+  </si>
+  <si>
+    <t>Segway Inc.</t>
+  </si>
+  <si>
+    <t>BOTTEGA VENETA S.R.L. SOCIETA' UNIPERSONALE</t>
+  </si>
+  <si>
+    <t>NPT EP3242887 TIRZEPATIDE (GIP AND GLP-1 CO-AGONIST COMPOUNDS)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> injicējamie farmaceitiskie preparāti</t>
+  </si>
+  <si>
+    <t>EUTM 000278580/EM LAY'S, EUTM 011183381/EM Lay's, EUTM 003810603/EM Lay's, EUTM 011183472/EM, EUTM 011183423/EMLay's	
+EUTM 014259287/EMLAY'S, EUTM 013501416/EMLAY'S MAXX
+EUTM 017016411/EM</t>
+  </si>
+  <si>
+    <t>uzkodas uz kartupeļu bāzes, dārzeņu uzkodas, mērces</t>
+  </si>
+  <si>
+    <t>EUTM 010767325/EM THE BOTANIST,EUTM 011928116/EMle botaniste</t>
+  </si>
+  <si>
+    <t>BRUICHLADDICH DISTILLERY COMPANY LTD</t>
+  </si>
+  <si>
+    <t>alkoholiskie stiprie dzērieni</t>
+  </si>
+  <si>
+    <t>EUTM 000633305/EM COINTREAU E. Cointreau, EUTM 000481168/EM COINTREAU, EUTM 000481192/EME. Cointreau, EUTM 000697656/EM	
+EUTM 04027447/EM COINTREAU, EUTM 006433288/EM COINTREAUPOLITAN, EUTM 008809964/EM COINTREAU, EUTM 009390501/EM Cointreau Cuisine Logo, EUTM 009435454/EM COINTREAU
+EUTM 009808106/EM COINTREAU</t>
+  </si>
+  <si>
+    <t>COINTREAU</t>
+  </si>
+  <si>
+    <t>R en G EQUIPMENT</t>
+  </si>
+  <si>
+    <t>EUTM 009771742/EMJOHNNIE WALKER GOLD LABEL RESERVE, EUTM 003644978/EMJOHNNIE WALKER GOLD LABEL, EUTM 008166548/EM JOHNNIE WALKER DOUBLE BLACK, EUTM 003105871/EMJOHNNIE WALKER BLUE LABEL, EUTM 010838324/EMJOHNNIE WALKER, EUTM 002619740/EMJOHNNIE WALKER, EUTM 018431420/EMJOHNNIE, EUTM 012324265/EMJOHN WALKER &amp; SONS SIGNATURE BLEND, EUTM 002696383/EMJ&amp;B, EUTM 002697258/EMJ&amp;B, EUTM 002697209/EMJ&amp;B
+EUTM 001837392/EMJ&amp;B, EUTM 000497693/EMJ&amp;B, EUTM002696417/EM J B, EUTM 009089723/EMHAIG SUPREME, EUTM 011691664/EMHAIG CLUB, EUTM 003232311/EMHAIG, EUTM 003186574/EMGREEN LABEL
+EUTM 008945248/EM XR, EUTM 008945529/EM WALKER &amp; SON	
+EUTM 008441818/EMTanqueray STERLING, EUTM 018312954/EM TANQUERAY ROYALE, EUTM 013295027/EMTANQUERAY NO. TEN	
+EUTM 012802963/EM Tanqueray No. TEN, EUTM 002854735/EM TANQUERAY, EUTM 008270126/EM TANQUERAY, EUTM 008216996/EM Tanqueray, EUTM 001363738/EM T, EUTM 001363704/EM T, EUTM 007573892/EM DIMPLE GOLD CREST, EUTM 009080755/EM WHITE HORSE, EUTM 004825493/EM GORDON'S, EUTM 005062427/EM GORDON'S, EUTM 017893752/EM GORDON'S, EUTM 001875038/EM GORDON'S, EUTM 004825485/EM GORDON'S, EUTM 008223489/EM GOLD LABEL XR	, EUTM 009771569/EM GOLD LABEL RESERVE	
+EUTM 002234870/EM E &amp; BLENDED AND BOTTLED s's Street, Lo NTMENT TO THEIR LA, EUTM 002219848/EM E, EUTM 002219509/EM	E
+EUTM 008166514/EMDOUBLE BLACK, EUTM 014222582/EMCÎROC TEN
+EUTM 011099587/EM CÎROC PLATINUM, EUTM 002681385/EMcîroc	
+EUTM 004360061/EM CÎROC, EUTM 009921222/EM CÎROC, EUTM 002616530/EM BLUE LABEL, EUTM 002613925/EM BLACK LABEL	
+EUTM 016141591/EMAlexanderGordon EST LONDON,EUTM 001194265/EM Alexander Gordon, EUTM 004054037/EM, EUTM 013294971/EM, EUTM 018992741/EM, EUTM 003222999/EM, EUTM	018776112/EM, EUTM 018775550/EM, EUTM 018728934/EM, EUTM	002771020/EM, EUTM 002773646/EM, EUTM 002773984/EM, EUTM	 002774800/EM, EUTM 002696045/EM, EUTM 002692135/EM, EUTM 002683324/EM, EUTM 008945826/EM, EUTM 008447914/EM, EUTM 005523451/EM, EUTM 003297967/EM, EUTM 013845425/EM, EUTM	000518605/EM, EUTM 002606598/EM RED LABEL, EUTM 005028444/EM KEEP WALKING JOHNNIE WALKER, EUTM 018082735/EM KEEP WALKING, EUTM 001432897/EM KEEP WALKING, EUTM 001432822/EM KEEP WALKING, EUTM 009080871/EM JOHNNIE WALKER XR, EUTM 009706326/EM JOHNNIE WALKER PLATINUM LABEL, EUTM 003103744/EM JOHNNIE WALKER GREEN LABEL</t>
+  </si>
+  <si>
+    <t>Diageo Brands B.V.</t>
+  </si>
+  <si>
+    <t>EUTM 013480728/EM V CANTO BY TERENZI EVELINO, EUTM 011908811/EM TT Tiziana Terenzi Since 1968 White Fire, EUTM 012000014/ EM TT Tiziana Terenzi Since 1968 Maremma, EUTM 012952792/EM TT Tiziana Terenzi Since 1968 Laudano Nero, EUTM 018682520/EM TT Tiziana Terenzi Since 1968 Kirkè, EUTM 012239364/EM TT Tiziana Terenzi Since 1968 Chimaera, EUTM 012232914/EM TT Tiziana Terenzi Since 1968 Casanova	
+EUTM 016339831/EM TT Tiziana Terenzi since 1968, EUTM 012952578/EM TT Tiziana Terenzi Arethusa, EUTM 011200961/EM TIZIANA TERENZI	
+EUTM 018351601/EM TE CERERIA TERENZI EVELINO, EUTM 011365434/ EM GIARDINO BENESSERE, EUTM 011365475/EM AIR THERAPY GIARDINO BENESSERE, ITM 1709864/WO TE, ITM 1709865/WO TERENZI BOUTIQUE, ITM 1502877/WO TIZIANA TERENZI, ,EUTM 019004478/EM SOLIS CIRCV SOLIS PHASES LVNÆ DECRESCENTIS PHASES LVNÆ ACCRESCENTIS, EUTM 019044568/EM TIZIANA TERENZI</t>
+  </si>
+  <si>
+    <t>CERERIA TERENZI EVELINO S.R.L.</t>
+  </si>
+  <si>
+    <t>smaržas, sveces, aromātiskās sveces, dūmus absorbējošas sveces, dušas želeja u.c.</t>
+  </si>
+  <si>
+    <t>Kurt Geiger Limited</t>
+  </si>
+  <si>
+    <t>СРС Европа ООД</t>
+  </si>
+  <si>
+    <t>TsPC pretspiediena liešanas iekārtas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 019041580/EM LE MORTA </t>
+  </si>
+  <si>
+    <t>ATELIER JHP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ICD D094683-0008/WO, ICD D209870-0001/WO, ICD D203203-0001/WO	
+ICD D099235-0002/WO, ICD D085333-0001/WO, ICD D085333-0002/WO	
+ICD D206966-0001/WO, ICD D206964-0001/WO, ICD D207207-0003/WO	
+ICD D207207-0004/WO, ICD D207207-0005/WO, ICD D207207-0001/WO	
+ICD D207207-0002/WO, ICD D223966-0001/WO, ICD D223916-0001/WO	
+ICD D200867-0005/WO, ICD D200867-0004/WO, ICD D200867-0003/WO	
+ICD D200867-0001/WO, ICD D200867-0002/WO, ICD D094683-0007/WO	
+ICD D094683-0006/WO, ICD D094683-0005/WO, ICD D094683-0009/WO	
+ICD D094683-0004/WO	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dārgakmeņi u.c. </t>
+  </si>
+  <si>
+    <t>EUTM 016062515/EM BIO-OIL, EUTM 004079216/EM Bio-Oil, EUTM 016062523/EM BI-OIL, EUTM 013641915/EM BI-OIL, EUTM 009295155/EM Bi-Oil-OIL, EUTM 009295155/EM  Bi-Oil, EUTM 008511842/EM BIOIL</t>
+  </si>
+  <si>
+    <t>Geneva Laboratories Limited</t>
+  </si>
+  <si>
+    <t>ādas kopšanas eļļas</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> EUTM 001767664/EM REMINGTON, EUTM 000209411/EM REMINGTON, EUTM 008611451/EM REMINGTON, EUTM 009561036/EM REMINGTON,  ITM 1398089/WO REMINGTON, ITM 1664015/WO REMINGTON</t>
+  </si>
+  <si>
+    <t>SPECTRUM BRANDS (UK) LIMITED</t>
+  </si>
+  <si>
+    <t>elektriskie fēni</t>
+  </si>
+  <si>
+    <t>stiprie alkoholiskie dzērieni</t>
+  </si>
+  <si>
+    <t>HARIBO Holding GmbH &amp; Co. KG</t>
+  </si>
+  <si>
+    <t>AKRAPOVIČ, PODJETJE ZA PROIZVODNJO, TRGOVINO IN STORITVE, D.D.</t>
+  </si>
+  <si>
+    <t>EUTM 018274865/EM, EUTM 018399195/EM, EUTM 018399196/EM	
+EUTM 018399197/EM, EUTM 019019242/EM, EUTM 018510789/EM RICK OWENS, EUTM 002493294/EM, EUTM 018628214/EM DRKSHDW	
+EUTM 019019261/EM MEGALACE</t>
+  </si>
+  <si>
+    <t>SKORPIO SA</t>
+  </si>
+  <si>
+    <t>ITM 966965 HK, EUTM 018151218 HK, EUTM 001763465 HK, EUTM 004694873 Heckler &amp; Koc</t>
+  </si>
+  <si>
+    <t>HECKLER &amp; KOCH GmbH</t>
+  </si>
+  <si>
+    <t>ITM 1417821/WO, EUTM 000626630/EM KOONUNGA HILL, EUTM 000615864/EM PENFOLDS, ITM 1553330/WO Penfolds, EUTM 017997619/EM, ITM 1407830/WO BEN FU, ITM 1507920/WO PENFOLDS	
+ITM1513754/WO PENFOLDS BIN 149, ITM1581512/WO PENFOLDS BIN 51
+ITM 1513782/WO PENFOLDS BIN 600, ITM 1513839/WO PENFOLDS BIN 704, EUTM 000615260/EM PENFOLDS GRANGE, ITM 1508055/WO PENFOLDS LOT 518, ITM 1547756/WO PENFOLDS LOT. 015, ITM 1548205/WO PENFOLDS LOT. 020, ITM 1302568/WO PENFOLDS MAX'S	
+ITM 1317477/WO PENFOLDS RWT BIN 798, EUTM 018351630/EM PENFOLDS ST HENRI, EUTM 001439462/EM RWT</t>
+  </si>
+  <si>
+    <t>Southcorp Brands Pty Limited</t>
+  </si>
+  <si>
+    <t>ACO Ahlmann SE &amp; Co. KG</t>
+  </si>
+  <si>
+    <t>drenāžas kanāli</t>
+  </si>
+  <si>
+    <t>EUTM 009176959 Plenty, EUTM 018846657 VENTY, EUTM 018062810 Crafty+,EUTM 011591575 Crafty, EUTM 006145072,EUTM 004238341 Storz &amp; Bickel, EUTM 018062811 Volcano Hybrid, EUTM 018062809 Mighty+	
+EUTM 011591567 Mighty, EUTM 002823375 Volcano</t>
+  </si>
+  <si>
+    <t>Storz &amp; Bickel GmbH</t>
+  </si>
+  <si>
+    <t>ITM 1161231 RIOT GAMES, EUTM 008243495 RIOT GAMES, EUTM 018164974 CONV/RGENCE: A LEAGUE OF LEGENDS STORY, EUTM 018041571 KDA, EUTM 009502221 LEAGUE OF LEGENDS, EUTM 008243487 LEAGUE OF LEGENDS, EUTM 018137214 LEAGUE OF LEGENDS: WILD RIFT, EUTM 018063087 RIOT FORGE, EUTM 017967120 LEGENDS OF RUNETERRA, EUTM 018108697 TRUE DAMAGE, EUTM 018199063 VALORANT, EUTM 018164973 RUINED KING: A LEAGUE OF LEGENDS STORY, EUTM 018088897 TEAMFIGHT TACTICS, EUTM 018401274 LOL ESPORTS, EUTM 018480556 ARCANE LEAGUE OF LEGENDS, EUTM 018597636 HEXTECH MAYHEM: A LEAGUE OF LEGENDS STORY, ITM 1378904 PENTAKILL</t>
+  </si>
+  <si>
+    <t>Riot Games, Inc</t>
+  </si>
+  <si>
+    <t>spēles</t>
+  </si>
+  <si>
+    <t>GN HEARING A/S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">bezvadu austiņas </t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+EUTM 003576238DOM RUINART, EUTM 002524171BRUT Imperial, EUTM 003603404 M&amp;C BRUT IMPÉRIAL BRUT IMPÉRIAL , EUTM 003603421 BRUT IMPÉRIAL MOËT &amp; CHANDON, EUTM 1084452 MOËT &amp; CHANDON 2002 GRAND VINTAGE, EUTM 003610292R, EUTM 008837585 MOËT &amp; CHANDON ICE IMPERIAL, EUTM000515569 MOËT, EUTM 000515338 MOËT &amp; CHANDON, ITM 1017024 MOËT &amp; CHANDON IMPÉRIAL, ITM 986368 MOËT IMPERIAL, EUTM 1082673 MOËT &amp; CHANDON IMPÉRIAL, EUTM 000486076 NECTAR IMPERIAL, EUTM 000515270RESERVE IMPERIALE, EUTM 003848231 WHITE STAR, EUTM 000659409 Ruinart, EUTM 001509215Ruinart, 38RUINART, EUTM 001387091 Nawm, ITM 1116016Dom PERIGNON MILLESIMÉ Altum Villare Dom Pérignon, EUTM 000536680 MOËT et CHANDON à Epernay Fondée en 1743 Champagne Cuvée Dom Pérignon Brut, EUTM 000535138 MOËT et CHANDON à Epernay Fondée en 1743 Champagne Cuvée Dom Pérignon Rosé Vintage 1986 12,5% Vol 75, EUTM 010439982 nawm, EUTM 000515494DOM PERIGNON, ITM 1077566 VEUVE CLICQUOT, EUTM 004099743 VEUVE CLICQUOT PONSARDIN, EUTM 004099834  LA GRANDE DAME, ITM 1146083 VCP Veuve Clicquot, EUTM 003428695KRUG, EUTM 004164471 CLOS DU MESNIL, ITM 1098807CLOS D'AMBONNAY, EUTM 010957751 Dom Pérignon, ITM 1255880MERCIER MAISON FONDÉE EN, EUTM 011811668 MERCIER MAISON FONDEE EN, EUTM 000515387MERCIER 
 </t>
   </si>
   <si>
-    <t>medikamenti u.c.</t>
-[...1448 lines deleted...]
-  <si>
     <t>M H C S</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni, ekstrakti alkoholiskie augļu ekstrakti</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 006819321/EM NIKEWOMEN, EUTM 012413613/EM RISK EVERYTHING, EUTM 016026338/EM ZONAL, EUTM 005733795/EM NIKEGOLF, EUTM 005698097/EM PACEKEEPER, EUTM 011600699/EM DESIGNED TO MOVE, EUTM 013146725/EM NIKE AIR, EUTM 012137493/ EM MAGISTA, EUTM 011718889/EM HYPERVENOM	, EUTM 011722931/ EM HYPERFLECT, EUTM 008117715/EM NIKE GRIND, EUTM 000278093/ EM NIKE TOWN, EUTM 000278077/EM AIR JORDAN, EUTM 000277889/ EM NIKE, EUTM 007554637/EM NIKE PRO COMBAT, EUTM 012441051/ EM COLORDRY, EUTM 015827231/EM NIKE HYPERSTRONG, EUTM 006455307/EM FLYWIRE, EUTM 016768418/EM NIKE JOYRIDE, EUTM 0121163 98/EM JUST DO IT, EUTM 003289253/EM 90, EUTM 000555763/ EM ACG, EUTM 000514984/EM JUST DO IT, EUTM 000278101/EM DRI-F.I.T., EUTM 014345284/EM, EUTM 001071000/EM, EUTM 012492583/EM FLIGHT23, EUTM 012600128/EM NIKE AEROLOFT, EUTM 000277624/EM CHALLENGE COURT, EUTM 005184619/EM LUNGE,EUTM 007448095/EM LUNARG, EUTM 016026379/EM JUST DO IT, EUTM 010687713/EM NIKE+ SPORT, EUTM 000277970/EM THERMA-F.I.T., EUTM007577381/EM TOTAL90, EUTM 006952089/EM VAPOR, EUTM 007054216/EM POWER PLATFORM, EUTM 010687788/EM NIKE+ TRAINING, EUTM 010687739/ EM NIKE+ BASKETBALL, EUTM 002584340/EM ACG, EUTM 006058606/ EM NIKEID., EUTM 010898344/EM NIKE PRO COMBAT HYPERSTRONG
-[...45 lines deleted...]
-    <t>CDR 002546317, CDR 002546200</t>
+    <t>EUTM 000514901/EM SWOOSH, EUTM 012995973/EM MERCURIAL	
+EUTM 013072988/EM NIKE AIR VAPORMAX, EUTM 004724324/EM TUNED AIR, EUTM 008423477/EM, EUTM 012101689/EM NIKE, EUTM 001187483/EM, EUTM 006952287/EM, EUTM 004966487/EM ATHLETICS WEST, EUTM 004653648/EM, EUTM 007534101/EM AIR FORCE I, EUTM 005141858/EM, EUTM 010777761/EM FLYKNIT, EUTM 006253645/EM BECOME LEGENDARY, EUTM 000277731/EM NIKE F.I.T., EUTM 000252361/EM STORM-F.I.T., EUTM 004626552/EM 90, EUTM 007585003/ EM COR72Z, EUTM 003279247/EM 90, EUTM 008539702/EM MS	
+EUTM 000827824/EM nike, EUTM 009022245/EM TIEMPO, EUTM 003712023/EM LBJ, EUTM 004961041/EM PHYLAR</t>
   </si>
   <si>
     <t>Häfele SE &amp; Co KG</t>
   </si>
   <si>
     <t>instrumenti mēbeļu pēdu regulēšanai</t>
   </si>
   <si>
-    <t xml:space="preserve">
-[...10 lines deleted...]
-  <si>
     <t>HALLMARK CARDS INCORPORATED</t>
   </si>
   <si>
     <t>apģērbi, kancelejas preces, apsveikuma kartītes u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR 003712959-0016, CDR 003712959-0025, CDR 003712959-0026, CDR 003712959-0027, CDR 003712959-0028, CDR 003712959-0029, CDR 003712959-0009, CDR 001291066-0001, CDR 002012336-0003, EUTM 001541739, EUTM 001834373, CDR 003712959-0024, EUTM 010530558 M&amp;M'S IT DOESN'T GET BETTER THAN THE ORIGINAL, EUTM 010530483  M&amp;M'S NOTHING FANCY, JUST THE FACTS, EUTM 010530509  M&amp;M'S THE BIGGEST THING TO HAPPEN TO MILK, CHOCOLATE, EUTM 010722411 10000027 MS. BROWN, EUTM 010749191, EUTM 002744639 RED, EUTM 002743706 YELLOW, EUTM 012437885 MY M&amp;M'S, EUTM 003849148, EUTM 003853298, EUTM 003849023, EUTM 003853281, EUTM 003849122, EUTM 003849056, EUTM 011455731 M&amp;M'S, EUTM 001837384, EUTM 001838689, EUTM 009858151 NEVER LET 'EM SEE YOU MELT, EUTM 010065027 M&amp;M'S INTENSE, EUTM 002443232 M&amp;M'S, EUTM 000001446 M&amp;M'S, EUTM 005422142, EUTM 005422332, EUTM 005555164, EUTM 005555156, EUTM 001838713, EUTM 000656223 10000039 M&amp;M'S, EUTM 008749673 M&amp;M'S, EUTM 008504649, EUTM 008504615, CDR 003712959-0004, CDR 003712959-0005, CDR 003712959- 0007, CDR 003712959-0011, CDR 003712959-0012, CDR 003712959-0013, CDR 003712959-0015, CDR 003712959-0017 
-[...2 lines deleted...]
-  <si>
     <t>EUTM 018871160 LIFTER MOBILE ROBOTICS PRAMAC, EUTM 015077548 PRAMAC, EUTM 006941793 PRAMAC, EUTM 018871143 LIFTER MOBILE ROBOTICS PRAMAC</t>
   </si>
   <si>
     <t>PR INDUSTRIAL S.R.L.</t>
   </si>
   <si>
     <t>PRAMAC dīzeļa ģenerators GSW30Kw</t>
   </si>
   <si>
-    <t>EUTM 018714012 MOBSTER, EUTM 018711868 SOCIAL SMOKE	
-[...8 lines deleted...]
-  <si>
     <t>Aktiebolaget SKF</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 005628144, EUTM 012644225 asics, ITM 1378136ASICS Tiger
-[...31 lines deleted...]
-    <t>DIAGEO SCOTLAND LIMITED</t>
+    <t>EUTM 010331106/EM S&amp;E&amp;A METAXAOUZO BY METAXAS. METAXA
+EUTM 002950855/EM ears 12 STARS LIMITED Nº OF BOTTLES THE GREEK SPIRIT e70cl 40%vol., EUTM 011088796/EM METAXA, ITM 466654/WO METAXA, ITM 994866/WO METAXA 5, ITM 994867/WO METAXA 5, ITM	998435/WO METAXA 5, ITM 1053461/WO METAXA 3 THE ORIGINAL GREEK SPIRIT 1888, ITM 1290572/WO METAXA ANGELS' TREASURE, ITM 1346886/WO METAXA</t>
   </si>
   <si>
     <t>REMY COINTREAU EUROPE &amp; MEA SA</t>
   </si>
   <si>
-    <t>EUTM 010331106/EM S&amp;E&amp;A METAXAOUZO BY METAXAS. METAXA, EUTM 002950855/EM ears 12 STARS LIMITED Nº OF BOTTLES THE GREEK SPIRIT e70cl 40%vol., EUTM 011088796/EM METAXA, ITM 466654/WO METAXA, ITM 994866/WO METAXA 5, ITM 994867/WO METAXA 5, ITM	998435/WO METAXA 5, ITM 1053461/WO METAXA 3 THE ORIGINAL GREEK SPIRIT 1888, ITM 1290572/WO METAXA ANGELS' TREASURE, ITM 1346886/WO METAXA</t>
-[...1 lines deleted...]
-  <si>
     <t>ICD DM/221 603, ICD DM/221 587, ICD DM/206 773</t>
   </si>
   <si>
     <t>ANHUI HUAMI INFORMATION TECHNOLOGY CO., LTD.</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 000207704 THREE STARS SAFETY MATCHES, EUTM 000721092 THREE STARS, EUTM 018040586 THREE STARS SAFETY MATCHES 
-[...15 lines deleted...]
-  <si>
     <t>WIRTGEN GROUP, Zweigniederlassung der John Deere GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>EUTM 018343907/EM FESTO</t>
   </si>
   <si>
-    <t>CDR 002997718-0013, CDR 001654567-0001 EUTM 018651853 HT2, EUTM 017992542 HT22, EUTM 017992177 HT11, EUTM 017993594 HT3, EUTM 004777901, EUTM 012264289, CDR 002997718-0018, CDR 002997718-0017, CDR 002997718-0016, CDR 002997718-0015, CDR 002997718-0014, CDR 005935509-0009</t>
-[...12 lines deleted...]
-  <si>
     <t>EUTM 013022389 VICTOR REINZ</t>
   </si>
   <si>
     <t>Dana Limited</t>
   </si>
   <si>
-    <t>ABERCROMBIE &amp; FITCH EUROPE SAGL</t>
-[...4 lines deleted...]
-  <si>
     <t>EUTM 002955003/EM LIPITOR</t>
   </si>
   <si>
     <t>UPJOHN MANUFACTURING IRELAND UNLIMITED COMPANY</t>
   </si>
   <si>
     <t>farmaceitiskie izstrādājumi</t>
   </si>
   <si>
     <t>I.M PRODUCTION</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR 008008239-0001/EM, CDR 001221584-0023/EM,CDR 001317457-0003/ EM, CDR 008797237-0001/EM, EUTM 001035534/EM ISABEL MARANT, EUTM 014755441/EM ISABEL MARANT, ITM 1549537/WO  ISABEL MARANT, EUTM 009970682/EM ISABEL MARANT ETOILE, EUTM 017985491/EM, CDR 001432603-0052/EM	</t>
-[...4 lines deleted...]
-  <si>
     <t>MAJE</t>
   </si>
   <si>
     <t>apģērbi, somas, apavi, galvassegas, aksesuāri</t>
   </si>
   <si>
     <t>EUTM 003976578/EM DE FURSAC, EUTM 009861683/EM DE FURSAC</t>
   </si>
   <si>
     <t xml:space="preserve"> FURSAC</t>
   </si>
   <si>
-    <t>kosmētikas izstrādājumi, smaržas, apģērbi, apavi, somas, cepures, juvelierizstrādājumi u.c.</t>
-[...18 lines deleted...]
-  <si>
     <t>EUTM 018125530 balma</t>
   </si>
   <si>
     <t>FABRYKA MEBLI "BALMA" S.A.</t>
   </si>
   <si>
     <t>ITM 967348/WO BIC, EUTM 000415067/EM BIC, EUTM 000414904/EM BIC, EUTM 018694178/EM BIC, EUTM 018773937/EM BIC</t>
   </si>
   <si>
     <t>SOCIETE BIC</t>
   </si>
   <si>
     <t>skuvekļi, elektroniskās šķiltavas u.c.</t>
   </si>
   <si>
-    <t>CDR 015063604-0004, CDR 015063604-0003, CDR 015063604-0002, CDR 015063604-0001</t>
-[...1 lines deleted...]
-  <si>
     <t>SUND Digital GmbH + Co. KG</t>
   </si>
   <si>
     <t>e-komercijas sistēmas u.c.</t>
   </si>
   <si>
-    <t>EUTM 001387927 LuK, EUTM 003378742 INA INA, EUTM 003378726 INA, EUTM 004273348 RepXpert, EUTM 004914107 Schaeffler, EUTM 004966388 INA, EUTM 004966495, EUTM 005562798FAG</t>
-[...13 lines deleted...]
-ITM 1277890HAPPY COLA, EUTM17900890 GOLDBÄREN, ITM 1572040 GOLDBEARS, ITM 1635745, ITM 1572606, ITM 1309724</t>
+    <t>EUTM 018122943/EM MASERATI GRANCABRIO EV,EUTM003092996/EM MASERATI QUATTROPORTE, EUTM 008471245/EM	MASERATI GRAN CABRIO,EUTM 018788616/EM Maserati TRIDENTE,EUTM010521681/EM MASERATI LEVANTE, EUTM 008297161/EM MASERATI GHIBLI, EUTM 018762605/EM Maserati Corse,EUTM 018121057/EM MASERATI EV, EUTM 018699286/EM MASERATI, EUTM 003504925/EM MASERATI, EUTM 003504982/EM MASERATI, EUTM 001212182/EM MASERATI, EUTM 006012496/EM MASERATI	, EUTM	018107895/EM 1914 MASERATI CLASSICHE, EUTM 015898372/EM MASERATI, EUTM 018123876/ EM MASERATI GRANCONVERTIBLE EV, EUTM 018122942/EM MASERATI GRANTURISMO EV</t>
   </si>
   <si>
     <t>MASERATI S.P.A.</t>
   </si>
   <si>
-    <t>EUTM 018122943/EM MASERATI GRANCABRIOEV,EUTM 003092996/EM MASERATI QUATTROPORTE, EUTM 008471245/EM MASERATI GRAN CABRIO,EUTM 018788616/EM Maserati TRIDENTE,EUTM010521681/EM MASERATI LEVANTE, EUTM 008297161/EM MASERATI GHIBLI, EUTM 018762605/EM Maserati Corse,EUTM 018121057/EM MASERATI EV, EUTM 018699286/EM MASERATI, EUTM 003504925/EM MASERATI, EUTM 003504982/EM MASERATI, EUTM 001212182/EM MASERATI, EUTM 006012496/EM MASERATI, EUTM 018107895/EM 1914 MASERATI CLASSICHE, EUTM 015898372/EM MASERATI, EUTM 018123876/ EM MASERATI GRANCONVERTIBLE EV, EUTM 018122942/EM MASERATI GRANTURISMO EV</t>
+    <t>ROGER VIVIER  S.P.A.</t>
   </si>
   <si>
     <t>dārgakmeņu imitācijas, sprādzes u.c.</t>
   </si>
   <si>
-    <t>ROGER VIVIER  S.P.A.</t>
-[...7 lines deleted...]
-  <si>
     <t>EUTM 018383338 PSV EST 1913, EUTM 018776101 PSV, EUTM 018740753 PSV EST 1913</t>
   </si>
   <si>
-    <t>juvelierizstrādājumi, somas,stikla izstrādājumi,tekstilizstrādājumi, rotaļlietas un sporta preces u.c.</t>
-[...5 lines deleted...]
-    <t>WELLA OPERATIONS US LLC</t>
+    <t>PSV NV</t>
   </si>
   <si>
     <t>FLAMAGAS, SA</t>
   </si>
   <si>
     <t xml:space="preserve"> uzpildāmās gāzes šķiltavas u.c.
 </t>
   </si>
   <si>
+    <t>EUTM 008327033/EMNEW ERA, ITM 1089473/WO 9FIFTY, EUTM 001675446/EMNE, EUTM 001675412/EM NEW ERA, EUTM 008322802/ EM NEW ERA 59FIFTY, EUTM 001675511/EM NEW ERA</t>
+  </si>
+  <si>
     <t>NEW ERA CAP COMPANY LIMITED</t>
   </si>
   <si>
-    <t>CDR 015035965-0001/EM, CDR 015035965-0002/EM, CDR 015035965-0003/ EM, CDR 015046662-0001/EM, CDR 015046662-0003/EM, CDR 015046662-0002/EM</t>
-[...1 lines deleted...]
-  <si>
     <t>McLLOYD´S s.r.o.</t>
   </si>
   <si>
     <t>uzkodas no grauzdētas kukurūzas ar siera garšu</t>
   </si>
   <si>
-    <t>NEW BALANCE ATHLETICS, INC</t>
-[...1 lines deleted...]
-  <si>
     <t>SIGMA DI AMBROGIANI SERGIO &amp; C. S.A.S.</t>
-  </si>
-[...4 lines deleted...]
-    <t>A.M.E.S. S.R.L.</t>
   </si>
   <si>
     <t>EUTM 018965942/EM STELLEST, ITM 1524065/WO STELLEST
 ITM 1616245/WO STELLEST</t>
   </si>
   <si>
     <t>LUXOTTICA GROUP S.P.A.</t>
   </si>
   <si>
     <t>ITM 1231641/WO ESSILOR	, ITM 1575044/WO essilor</t>
   </si>
   <si>
     <t>EUTM 000960542/EM CRIZAL</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 004514113/ CALLIOPE, EUTM 001264159/TERRANOVA 
-[...9 lines deleted...]
-  <si>
     <t>Lumada trgovina in proizvodnja d.o.o.</t>
   </si>
   <si>
-    <t>kapakmeņi, kapu sveces</t>
-[...55 lines deleted...]
-    <t xml:space="preserve">CDR 005813094-0002/EM, CDR 005813094-0007/EM, CDR 008375224-0002/EM, CDR 005813094-0010/EM, CDR 005813094- 0020/EM ITM 1313292/WO SMART GAMES, EUTM 006515639/EM smart games,  CDR 005813094- 0002/EM, CDR 005813094-0011/EM, CDR 005813094- 0013/EM, CDR 007466339-0002/EM, CDR 005813094-0007/EM, CDR 008375224- 0002/EM, CDR 005643475-0001/EM, CDR 005813094- 0001/EM	</t>
+    <t>EUTM 018445366/EM Daum France, EUTM 018893230/EM Daum Intérieur	
+EUTM 019053863/EM DAUM</t>
   </si>
   <si>
     <t>DAUM</t>
   </si>
   <si>
-    <t>EUTM 018445366/EM Daum France, EUTM 018893230/EM Daum Intérieur, EUTM 019053863/EM DAUM</t>
-[...13 lines deleted...]
-  <si>
     <t>VIATRIS SPECIALTY LLC - 3D TABLET DESIGN</t>
   </si>
   <si>
+    <t>EUTM 006594857 SILVER MOUNTAIN WATER, EUTM 018280720 CREED
+EUTM 013949573 CREED VIKING, EUTM 009073826 AVENTUS</t>
+  </si>
+  <si>
     <t>Fontaine Limited</t>
   </si>
   <si>
     <t>ziepes, smaržas, ēteriskās eļļas, kosmētika, matu losjoni</t>
   </si>
   <si>
-    <t>EUTM 006594857 SILVER MOUNTAIN WATER, EUTM 018280720 CREED, EUTM 013949573 CREED VIKING, EUTM 009073826 AVENTUS</t>
-[...7 lines deleted...]
-    <t>NPT/EP2178814 HFO-1234yf, NPT/EP2546225 HFO-1234yf</t>
+    <t xml:space="preserve"> NPT/EP2546225 HFO-1234yf  Method for producing fluorinated organic compounds</t>
   </si>
   <si>
     <t>Honeywell International Inc.</t>
   </si>
   <si>
     <t>Opteon YF aukstumaģents</t>
   </si>
   <si>
-    <t>EUTM 018832560/EM TAPPLE</t>
-[...4 lines deleted...]
-  <si>
     <t>EUTM 010269652/EM CITROËN, EUTM 000189910/EM,ITM 902318/ WO, EUTM 008142903/EM CITROËN, EUTM 009030412/EM DS, EUTM 009027285/EM CITROËN RACING, EUTM 010080125/EM, EUTM 013966767/EM DS, EUTM 016169823/EM DS AUTOMOBILES, EUTM 003169951/EM CITROËN C1, EUTM 001438100/EM CITROËN C2, EUTM 001438191/EM CITROËN C3, EUTM 001437821/EM CITROËN C4, EUTM 010119824/EMC4 ELYSEE, EUTM 001437714/EM CITROËN C5, EUTM 001258391/EM CITROËN C6, EUTM 001437797/ EM CITROËN C8, EUTM 005011382/EM NEMO, EUTM 008702623/EM CITROËN DS3, EUTM 008770935/EM DS3 RACING, EUTM 008702649/EM CITROËN DS4, EUTM 008893381/EMCITROËN C-ZERO, EUTM 009704933/EM AIRCROSS, EUTM 014400576/EM e-Mehari, EUTM 018357093/EM, EUTM 010983146/EM C-ELYSEE, EUTM 017947142/EM CITROËN AMI, EUTM 002583151/EM</t>
   </si>
   <si>
     <t>AUTOMOBILES CITROEN</t>
   </si>
   <si>
     <t>Citroen auto rezerves daļas, logo dizains u.c.</t>
-  </si>
-[...1 lines deleted...]
-    <t>KAWASAKI MOTORS EUROPE N.V.</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 003466513graficzny, EUTM 014465587DEADPOOL,EUTM 012936415MARVEL AGENTS OF S.H.I.E.L.D., EUTM012048501 AGENTS OF S.H.I.E.L.D., EUTM 012022299 AVENGERS ASSEMBLE,  EUTM 011519626 BIG HERO, EUTM 010840809 UARDIANS OF THE GALAXY 
 EUTM 009458894ANT-MAN, EUTM 009458852 AVENGERS, EUTM 009458803  IRON MAN,EUTM 009458647 GUARDIANS OF THE GALAXY 
 EUTM 009458597 DOCTOR STRANGE, EUTM 009458481THOR 2, EUTM 009458415  MARVEL, EUTM 009268368 A, EUTM 008714347SUPER HERO SQUAD, EUTM 008197394graficzny, EUTM 008196305CAPTAIN AMERICA 
 EUTM 008190365GRAFICZNY 2, EUTM 006740013ANT-MAN, EUTM 006739999THOR, EUTM 004278446MARVEL, EUTM 003469665  DAREDEVIL, EUTM 003469657GHOST RIDER, EUTM 003466661,EUTM 003466653, EUTM 003466638, EUTM 003466621, EUTM 003466604 
 EUTM 003466596, EUTM 003466562, EUTM 003466547, EUTM 003357621 SUPER HEROES,EUTM 000047522 SPIDER-MAN,EUTM 000047506 X-MEN 
 EUTM 000047480MARVEL COMICS M, EUTM 000047456WOLFERINE 
 EUTM 000047431CAPTAIN AMERICA, EUTM 000047415FANTASTIC FOUR, EUTM 000047381 IRON MAN, EUTM 000047258AVENGERS 
 EUTM000047225HULK, EUTM 000047191THE INCREDIBLE HULK 
 EUTM 000047167 10320728 THE PUNISHER, EUTM 000047142 10320729 SILVER SURFER, EUTM 000047126 10320730 MARVEL, EUTM 009458472 10320731 BLACK PANTHER, EUTM 015534878, EUTM 009458548 10320733 IRON FIST, EUTM 015625098 10320734
 </t>
   </si>
   <si>
     <t>Marvel Characters, Inc.</t>
   </si>
   <si>
-    <t>mobilās spēles, bērnu spēles, komiksi, apģērbi, aksesuāri, rotaļlietas u.c.</t>
+    <t xml:space="preserve">                                                                                                                                     NPT 2686751
+</t>
   </si>
   <si>
     <t>PopSockets LLC</t>
   </si>
   <si>
     <t xml:space="preserve">izvirzāma uzmava portatīvam multivides atskaņotājam </t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t>EUTM 006492037/EMSmartMX, EUTM 011563806/EMMIFARE CLASSIC	
 EUTM 013272687/EMUCODE DNA, EUTM 010920007/EMMIFARE	
 EUTM 008223802/EMICODE, EUTM 007541824/EMMIFARE PLUS	
 EUTM 005571021/EMNXP, EUTM 005649281/EMNXP,EUTM 005710082/ EMNXP (fig.), EUTM 003810793/EMFREESCALE</t>
   </si>
   <si>
     <t>NXP SEMICONDUCTORS NETHERLANDS B.V.</t>
   </si>
   <si>
     <t>pusvadītāji, sensori</t>
   </si>
   <si>
     <t>PARAGON PET PRODUCTS EUROPE B.V.</t>
   </si>
   <si>
     <t xml:space="preserve">kārumi suņiem </t>
   </si>
   <si>
-    <t>EUTM 008327033/EMNEW ERA, ITM 1089473/WO 9FIFTY, EUTM 001675446/EMNE, EUTM 001675412/EM NEW ERA, EUTM 008322802/ EM NEW ERA 59FIFTY, EUTM 001675511/EM NEW ERA</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 018702777/EM MASHA AND THE BEAR, EUTM 018703313/EM ANIMACCORD, EUTM 015549959/EM MASHA AND THE BEAR, EUTM 011787348/EM Masha and The Bear, EUTM018113664/EM MASHA'S SONGS
 EUTM 012901633/EM Mascha und der Bär, EUTM015728009/EM Mascha und der Bär, EUTM 015728066/EM MASHA ET MICHKA, EUTM017993316/EM MASHA ET MICHKA, EUTM 013208038/EM Mascha und der Bär, ITM 1167882A/WOMASHA AND THE BEAR, EUTM 018112917/EM, TADABOOM!, EUTM015727985/EM Anmrd</t>
   </si>
   <si>
     <t>ANIMACCORD LTD</t>
   </si>
   <si>
     <t>EUTM 000233890 VIAGRA, EUTM 019031923/EM VIAGRA	
 EUTM 018961491/EM VIAGRA, EUTM 012547402/EM VIAGRA	
 EUTM 018625079/EM VIAGRA, EUTM 005933908/EM VIAGRA</t>
   </si>
   <si>
     <t>VIATRIS SPECIALTY LLC - VIAGRA</t>
   </si>
   <si>
     <t>EUTM 000998245 VGR50</t>
   </si>
   <si>
+    <t>VIATRIS SPECIALTY LLC - (VGR50)</t>
+  </si>
+  <si>
     <t>EUTM 000998252 VGR100</t>
   </si>
   <si>
     <t>VIATRIS SPECIALTY LLC - VGR100</t>
   </si>
   <si>
-    <t>VIATRIS SPECIALTY LLC - (VGR50)</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 000998237 VGR25</t>
   </si>
   <si>
+    <t>VIATRIS SPECIALTY LLC - VGR25</t>
+  </si>
+  <si>
     <t>EUTM 000998229 VGR</t>
-  </si>
-[...1 lines deleted...]
-    <t>VIATRIS SPECIALTY LLC - VGR25</t>
   </si>
   <si>
     <t>VIATRIS SPECIALTY LLC - VGR</t>
   </si>
   <si>
     <t>EUTM 000035121/EM STRATOCASTER, EUTM 000035105/EM  TELECASTER, EUTM 000035097/EM TELE, EUTM 004193496/EM F	
 EUTM 000035113/EM STRAT, EUTM 001578624/EM JAZZMASTER	
 ITM 1102170/WO JAGUAR EUTM  000042036   FENDER, EUTM  000042051 FENDER, EUTM  003318441  (Trade mark without text), EUTM  003318474  (Trade mark without text)</t>
   </si>
   <si>
     <t>FENDER MUSICAL INSTRUMENTS CORPORATION</t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 017975908/EM V50</t>
   </si>
   <si>
     <t>VIATRIS SPECIALTY LLC - V50</t>
   </si>
   <si>
     <t>EUTM 003409786 BRUFEN</t>
   </si>
   <si>
     <t>Viatris Healthcare GmbH - BRUFEN</t>
   </si>
   <si>
     <t>farmaceitiski izstrādājumi</t>
   </si>
   <si>
-    <t>CDR 000337019-0002/EM, EUTM 001487404/EM SMIRNOFF Ste Pierre Smirnoff Fils VODKA Nº21, EUTM 001487693/EM SMIRNOFF Ste Pierre Smirnoff Fils VODKA N°21, EUTM 001540855/EM ICE, EUTM 002824100/ EM, EUTM 003487857/EM, EUTM 003487915/EM, EUTM 003728581/EM SMIRNOFF ICE, EUTM 003947827/EM SMIRNOFF ICE, EUTM 004000171/ EM SMIRNOFF ICE, EUTM 001249051/EM SMIRNOFF, EUTM012931788/ EM SMIRNOFF, EUTM 003065621/EM SMIRNOFF, EUTM 003078672/EM SMIRNOFF, EUTM 003453735/EM SMIRNOFF, EUTM 003078144/EM Smirnoff, EUTM 010309243/EM SMIRNOFF, EUTM 001766609/EM SMIRNOFF, EUTM 002107878/EM SMIRNOFF, EUTM 009928607/EM SMIRNOFF, EUTM 007174824/EM SMIRNOFF, EUTM 006791768/EM SMIRNOFF, EUTM 009036534/EM SMIRNOFF, EUTM 010093862/EM SMIRNOFF, EUTM 003588571/EM NORTH, EUTM 012946406/EM	
-[...8 lines deleted...]
-  <si>
     <t>DIAGIO NORTH AMERICA INC</t>
   </si>
   <si>
-    <t>KINGSTON TECHNOLOGY EUROPE CO LLP</t>
-[...4 lines deleted...]
-EUTM 002731974 FFC, EUTM 011681806 Tottenham Hotspur	</t>
+    <t>ITM 1262280/WO MAISON MARGIELA, ITM 1263003/WO EUTM 018017443 REPLICA</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                           EUTM 009585977 APTX, EUTM 009586033 APTX, EUTM 014827406 Trade mark without text</t>
   </si>
   <si>
     <t>QUALCOMM TECHNOLOGIES INTERNATIONAL, LTD</t>
   </si>
   <si>
-    <t>E AND J GALLO - CARNIVOR</t>
-[...8 lines deleted...]
-  <si>
     <t>APPLE RETAIL NETHERLANDS B.V.</t>
-  </si>
-[...13 lines deleted...]
-    <t>TOMMY HILFIGER LICENSING B.V.</t>
   </si>
   <si>
     <t>ITM 1319603/WO LAUNCHPAD, ITM 1493172/WO, ITM 1330520/WO NOVATION, ITM 1805343/WO novation, ITM 1343102/WO RED, ITM 1343103/WO REDNET, ITM 1347727/WO SCARLETT, ITM 1527969A/WO SUMMIT, EUTM 018343316/EM VOCASTER, ITM 1708898/WO 2i2	
 ITM 1330272/WO CIRCUIT, ITM 1347542/WO CLARETT,ITM 1618948/WO FLkey, ITM 1316412/WO FOCUSRITE, ITM 1348240/WO LAUNCHKEY</t>
   </si>
   <si>
     <t>Focusrite Group EMEA Ltd</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000067744 BOSCH </t>
   </si>
   <si>
     <t>Robert Bosch GmbH</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR 002200741-0001		</t>
-[...1 lines deleted...]
-  <si>
     <t>Schlüter-Systems KG</t>
   </si>
   <si>
     <t>piederumi flīžu un akmens instalācijām, risinājumi flīžu profiliem, atvienošanai, pamatnēm, kustības šuvēm, apsildāmām grīdām un mitrām telpām</t>
   </si>
   <si>
-    <t>CDR 005136702-0001/EM, CDR 005136702-0002/EM, CDR 001124911- 0006/EM, CDR 002028167-0004/EM, ICD D215722-0002/WO, ICD D215722-0003/WO, ICD D215722-0007/WO, CDR 000266069-0004/EM	
-[...11 lines deleted...]
-  <si>
     <t>HASBRO CONSUMER PRODUCTS LICENCING LIMITED</t>
   </si>
   <si>
     <t>bērnu apģērbi, pidžamas ar apmetni, papīra dvieļi, salvetes, vienreizlietojamie papīra dvieļi, tālruņa kartes un kredītkartes, attēli, grafikas, rokasgrāmatas, plakāti, apsveikuma kartītes, pastkartes, attēlu kartes, uzlīmes, pretsviedru tualetes piederumi, aromterapijas eļļas, zīdaiņu eļļas, mitrās salvetes zīdaiņiem, dušas želejas, kristāli, ķermeņa krēmi, losjoni un pulveri, elpas atsvaidzinātāji, burbuļvannas, dezodoranti, pārsēju materiāls, zīdaiņu pārtika, vitamīni bērniem, ārstnieciskas zāļu tējas, dezinfekcijas līdzekļi u.c.</t>
-  </si>
-[...6 lines deleted...]
-EUTM 013691324/EM MK MICHAEL KORS, EUTM 016161622/EM MICHAEL KORS, EUTM 015980048/EM MICHAEL KORS, EUTM 015298417/EM MICHAEL KORS, EUTM 018152339/EM MICHAEL KORS</t>
   </si>
   <si>
     <t>EUTM 018190647/EM SH/FT, EUTM 013627062/EM PFG PERFORMANCE FISHING GEAR, EUTM 013627005/EM PFG, EUTM 006444616/EM OMNI-TECH, EUTM 010810075/EM OMNI-SHIELD, EUTM 006167233/EM OMNI-SHADE, EUTM 008684037/EM OMNI-HEAT, EUTM 001842475/EM OMNI-GRIP, EUTM 010768356/EM OMNI-FREEZE, EUTM 001842103/EM OMNI-DRY, EUTM 004152294/EM Columbia Sportswear Company, EUTM 004366671/EM COLUMBIA SPORTSWEAR COMPANY, EUTM 004421236/ EM Columbia Sportswear Company, EUTM 000511477/EM COLUMBIA SPORTSWEAR COMPANY, EUTM 006133052/EM Columbia Sportswear Company, EUTM 002663532/EM Columbia GRT, EUTM 012338315/EM Columbia	, EUTM 000511402/EM Columbia, EUTM 001719624/EM COLUMBIA, EUTM 004590121/EM Columbia, EUTM 006660393/EM BUGABOO, EUTM 010872745/EM BUGABOO, EUTM 001842566/EM	
 EUTM 004366861/EM, ITM 1014934/WO BUGABOOT, ITM 1035372/WO OMNI-WICK, ITM 951755/WO PHG PERFORMANCE HUNTING GEAR	
 ITM 709340/WO TITANIUM, EUTM 012245072/EM TURBODOWN
 EUTM 003111259/EM TITANIUM, EUTM 006225684/EM TESTED TOUGH
 EUTM 006451009/EM TECHLITE</t>
   </si>
   <si>
     <t>COLUMBIA SPORTSWEAR EUROPE</t>
   </si>
   <si>
-    <t>apģērbs, apavi, lietus necaurlaidīgas jakas, dūnu jakas, snovborda jakas u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 002860872/EM VIRTUAL SPEAKER, EUTM 002333839/EM SURROUND IN MOTION, EUTM 001067172/EM SURROUND EX, EUTM 007032477/EM SCREENTALK, EUTM 018110917/EM ON, EUTM 018135744/EM ON, EUTM 001010453/EM MLP LOSSLESS, EUTM 012313102/EM FEEL EVERY DIMENSION IN DOLBY,EUTM 010714831/EM DOLBY VOICE, EUTM 018135735/EM DOLBY VOICE, EUTM 018292271/ EM DOLBY VISION IQ, EUTM 018212969/EM DOLBY VISION IQ, EUTM 018135739/EM DOLBY VISION ATMOS, EUTM 012422937/EM DOLBY VISION, EUTM 018135729/EM DOLBY VISION, EUTM 008126591/EM DOLBY PULSE,EUTM 018110918/EM DOLBY ON, EUTM 018135741/EM DOLBY ON, EUTM 003657483/EM DOLBY HOME THEATER, EUTM 001401512/EM DOLBY HEADPHONE, EUTM 018234618/EM DOLBY DISPLAY MAPPING, EUTM 017322728/EM DOLBY DIMENSION, EUTM 018218894/EM DOLBY DIGITAL PLUS, EUTM 000910489/EM DOLBY DIGITAL, EUTM 018135737/EM DOLBY CINEMA, EUTM 008126757/EM DOLBY AXON, EUTM 018115039/EM DOLBY AUDIO PREMIUM,EUTM 018135740/EM DOLBY AUDIO, EUTM 018115037/EM DOLBY AUDIO
 EUTM 010714641/EM DOLBY ATMOS, EUTM 018135725/EM DOLBY ATMOS, EUTM 013260732/EM DOLBY, EUTM 002698637/EM DOLBY	
 EUTM 003676401/EM DOLBY, EUTM 003676384/EM DOLBY, EUTM 006671961/EM DOLBY, EUTM 017105743/EM DD VOICE, EUTM 017138281/EM DD VISION, EUTM 013260666/EM DD DOLBY, EUTM 017114059/EM DD ATMOS,EUTM 018063481/EM COMPATIBLE DOLBY VISION, EUTM 010853166/EM ATMOS, EUTM 001031905/EM AAC	
 EUTM 003676781/EM, EUTM 001401538/EM, EUTM 006671978/EM</t>
   </si>
   <si>
     <t>DOLBY LABORATORIES LIC CORP</t>
   </si>
   <si>
-    <t>skaļruņi, televizori, skaņas joslas u.c.</t>
-[...13 lines deleted...]
-  <si>
     <t>Exact Tools Oy</t>
-  </si>
-[...4 lines deleted...]
-    <t>spēļu konstruktori, rotaļu konstruktori, miniatūras figūriņas no plastmasas, savienojamas rotaļu konstruktoru daļas, savienojumu rotaļu konstruktori, konstruktoru daļas, rotaļu darbarīki,  kārbas uzglabāšanas nolūkiem (plastmasas) u.c.</t>
   </si>
   <si>
     <t>NCPR LEGO Minifigure LEGO Minifigure, NCPR LEGO Friends figurine female LEGO Friends figurine female, NCPR LEGO® Minifigure Skeleton LEGO® Minifigure Skeleton, NCPR LEGO® Friends figure male LEGO® Friends figure male, NCPR LEGO® DUPLO® figure LEGO® DUPLO® figure, NCPR LEGO® Microfigure LEGO® Microfigure,NCPR LEGO DUPLO -10558 LEGO,DUPLO- 10558, NCPR LEGO DUPLO - 10514 LEGO DUPLO - 10514, NCPR LEGO DUPLO - 10595 LEGO DUPLO - 10595, NCPR LEGO DUPLO - 6153 LEGO DUPLO - 6153, NCPR LEGO CREATOR - 10256  LEGO CREATOR - 10256
 NCPR LEGO CREATOR - 10264 LEGO CREATOR - 10264, NCPR LEGO CREATOR - 31094  LEGO CREATOR - 31094, NCPR LEGO CREATOR - 10270 LEGO CREATOR - 10270, NCPR LEGO TECHNIC - 42110 LEGO TECHNIC - 42110, NCPR LEGO TECHNIC - 42099 LEGO TECHNIC-42099
 NCPR LEGO TECHNIC - 42096 LEGO TECHNIC - 42096, NCPR LEGO TECHNIC - 42108 LEGO TECHNIC - 42108, NCPR LEGO TECHNIC -42105 LEGO TECHNIC - 42105, NCPR LEGO TECHNIC -42115 LEGO TECHNIC - 42115, NCPR LEGO LEGENDS OF CHIMA - 70010 LEGO LEGENDS OF CHIMA - 70010, NCPR LEGO CITY - 60197 LEGO CITY - 60197, NCPR LEGO CITY - 60246 LEGO CITY - 60246, NCPR LEGO CITY - 60228 LEGO CITY - 60228, NCPR LEGO CITY - 60253 LEGO CITY - 60253,NCPR LEGO NINJAGO - 71702 LEGO NINJAGO - 71702, NCPR LEGO NINJAGO -70670 LEGO NINJAGO - 70670, NCPR LEGO HERO FACTORY - 44014 LEGO HERO FACTORY - 44014, NCPR LEGO SUPER HEROES (MARVEL &amp; DC) - 76125 LEGO SUPER HEROES (MARVEL &amp; DC) - 76125,NCPR LEGO SUPER HEROES (MARVEL &amp; DC) - 76148 LEGO SUPER HEROES (MARVEL &amp; DC) - 76148, NCPR LEGO SUPER HEROES (MARVEL &amp; DC) - 76139 LEGO SUPER HEROES (MARVEL &amp; DC) - 76139, CPR LEGO STAR WARS - 75252 LEGO STAR WARS - 5252	, NCPR LEGO STAR WARS -75211 LEGO STAR WARS -75211,NCPR LEGO STAR WARS -5267 LEGO STAR WARS -75267
 NCPR LEGO FRIENDS - 41035 LEGO FRIENDS - 41035, NCPR LEGO FRIENDS - 41039 LEGO FRIENDS - 41039, NCPR LEGO FRIENDS - 41015 LEGO FRIENDS - 41015, NCPR LEGO NEXO KNIGHTS - 70324 LEGO NEXO KNIGHTS - 70324, NCPR LEGO BRICK HEADZ - 41617 LEGO BRICK HEADZ - 41617, NCPR LEGO BRICK HEADZ - 40271,NCPR LEGO BRICK HEADZ - 41589LEGO BRICK HEADZ - 41589,NCPR LEGO BRICK HEADZ - 40378LEGO BRICK HEADZ - 40378, NCPR LEGO HARRY POTTER - 71043 LEGO HARRY POTTER - 71043, NCPR LEGO HARRY POTTER - 75954 LEGO HARRY POTTER - 75954, NCPR LEGO HARRY POTTER - 75979LEGO HARRY POTTER - 75979, NCPR LEGO HARRY POTTER - 75950 LEGO HARRY POTTER - 75950, NCPR LEGO OVERWATCH - 75972 LEGO OVERWATCH - 75972, NCPR LEGO OVERWATCH - 75973 LEGO OVERWATCH - 75973, NCPR LEGO MINECRAFT - 21144 LEGO MINECRAFT - 21144, NCPR LEGO MINECRAFT - 21131 LEGO MINECRAFT - 21131, NCPR LEGO MINECRAFT - 21157 LEGO MINECRAFT - 21157, NCPR LEGO MINECRAFT - 21137 LEGO MINECRAFT - 21137, NCPR LEGO ARCHITECTURE - 21042 LEGO ARCHITECTURE - 21042, NCPR LEGO ARCHITECTURE - 21043 LEGO ARCHITECTURE - 21043, NCPR LEGO ARCHITECTURE - 21044 LEGO ARCHITECTURE - 21044, NCPR LEGO TROLLS WORLD TOUR - 41255 LEGO TROLLS WORLD TOUR - 41255	
 NCPR LEGO TROLLS WORLD TOUR - 41253 LEGO TROLLS WORLD TOUR - 41253, NCPR LEGO JURASSIC WORLD - 75935 LEGO JURASSIC WORLD - 75935, NCPR LEGO JURASSIC WORLD - 75934 LEGO JURASSIC WORLD - 75934, NCPR LEGO DISNEY - 43172 LEGO DISNEY - 43172	
 NCPR LEGO DISNEY - 71040 LEGO DISNEY - 71040,NCPR LEGO DISNEY - 43174 LEGO DISNEY - 43174, NCPR LEGO DISNEY - 43178 LEGO DISNEY - 43178, NCPR LEGO IDEAS - 21321 LEGO IDEAS - 21321, NCPR LEGO HIDDEN SIDE - 70431 LEGO HIDDEN SIDE - 70431, NCPR LEGO HIDDEN SIDE - 70427 LEGO HIDDEN SIDE - 70427, NCPR LEGO SUPER MARIO - 71374 LEGO SUPER MARIO - 71374, NCPR LEGO SUPER MARIO - 71411 LEGO SUPER MARIO - 71411, NCPR LEGO DREAMZZZ - 71456 LEGO DREAMZZZ - 71456, NCPR LEGO DREAMZZZ - 71457 LEGO DREAMZZZ - 71457, NCPR LEGO Botanical Line - 40524 LEGO Botanical Line - 40524, NCPR LEGO Botanical Line - 10311 LEGO Botanical Line - 10311
 NCPR Storage box with 4 knobs Storage box with 4 knobs,NCPR Storage box with 8 knobs Storage box with 8 knobs,NCPR Storage box - head Storage box - head	
 NCPR LEGO BRICK HEADZ figure</t>
+  </si>
+  <si>
+    <t>Lego A/S</t>
   </si>
   <si>
     <t>ICD D222066-0002/WO, ICD D222066-0004/WO,ICD D222066-0001/WO, ITM 1222605/WOprostoria, ITM 1222604/WOProstoria, ICD D238048-0002/WO
 ICD D238048-0003/WO, ICD D238048-0004/WO, ICD D238048-0005/WO
 ICD D238048-0001/WO, ICD D210615-0009/WO, ICD D210615-0011/WO	
 ICD D210615-0010/WO, ICD D210615-0008/WO, ICD D210615-0003/WO	
 ICD D210615-0006/WO, ICD D210615-0007/WO, ICD D210615-0001/WO	
 ICD D210615-0002/WO, ICD D210615-0004/WO, ICD D222066-0003/WO
 ICD D222066-0005/WO, ICD D077310-0001/WO, ICD D084748-0002/WO
 ICD D084748-0001/WO, ICD D092603-0002/WO, ICD D092603-0001/WO
 ICD D087055-0001/WO, ICD D087055-0003/WO, ICD D087055-0002/WO
 ICD D095553-0001/WO, ICD D095553-0002/WO, ICD D096079-0001/WO
 ICD D096079-0003/WO, ICD D096079-0002/WO, ICD D099446-0001/WO	
 ICD D098065-0003/WO, ICD D098065-0002/WO, ICD D098065-0001/WO	
 ICD D210134-0002/WO, ICD D210134-0003/WO, ICD D210134-0001/WO	
 ICD D206206-0002/WO, ICD D206206-0001/WO, ICD D210615-0005/WO</t>
   </si>
   <si>
     <t>PROSTORIA d.o.o. za proizvodnju, trgovinu i usluge</t>
   </si>
   <si>
-    <t>EUTM 007600117/EM CONVERSE, EUTM 007600026/EM, EUTM 009209073/EM Jack Purcell, EUTM 007600232/EM ALL STAR, EUTM 007600241/EM,EUTM 008630659/EM CONVERSE ALL STAR Chuck Taylor
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">EUTM	014786883/EM MOSES, EUTM 006491914/EM LAPLANDIA Land of purity, EUTM 018637710/EM LAPLANDIA Land of purity	</t>
   </si>
   <si>
     <t>Global Drinks Finland Oy</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM	009388877, ITM 872542, EUTM 000663542 STIHL, ITM 502574, CDR 000758974-0001/EM, CDR 000565072-0001/EM, CDR 000727029- 0001/EM, CDR 000727029-0003/EM, ,CDR 005942018-0001/EM, CDR 005942018-0002/EM			</t>
-[...11 lines deleted...]
-  <si>
     <t>datorprogram matūras ierīces mobilajām iekārtām, displejiem u.c.</t>
-  </si>
-[...5 lines deleted...]
-</t>
   </si>
   <si>
     <t>ITM 840544/WO FURMINATOR, ITM 1120702/WO FURminator	, ITM 1122699/WO, ITM 1089445/WO FUREJECTOR, ITM 1713460/WO THE FURMINATOR ULTIMATE HAIR REDUCTION SYSTEM BRUSH DESHED BATHE MAINTAIN, ITM1712276/WO BRUSH DESHED BATHE MAINTAIN, ITM 1339498/WO SHEDLINGS, ITM 1344635/WO DESHEDDING MEANS LESS SHEDLINGS</t>
   </si>
   <si>
     <t>Tetra GmbH</t>
   </si>
   <si>
     <t>dzīvnieku kopšanas līdzekļi</t>
   </si>
   <si>
     <t>EUTM 003981842 ATOMIC, EUTM 004370268 ATOMIC, EUTM 014225106 REVENT	, EUTM 010981975 ATOMIC, EUTM 010982296 Marke ohne Text
 EUTM 004372009 Marke ohne Text, EUTM 017504689 Marke ohne Text	
 EUTM 009960923 REDSTER, EUTM 016779911 COUNT,EUTM 018054619 FOUR, EUTM 018205691 MAVEN, EUTM 018720908 Marke ohne Text	
 EUTM 008824021 CLOUD, EUTM 018206014 MAVERICK, EUTM 018295081 SNOWCLOUD, EUTM 018718404 ATOMIC, EUTM 008372302 SKINTEC, EUTM 011156205 BACKLAND, EUTM 015108095 BACKLAND
 EUTM 018373917 BENT, EUTM 018093923 HAWX, EUTM 018671473 BACKLAND SUMMIT</t>
   </si>
   <si>
     <t>EUTM 018858301/EM DAYCO Racing ( R ) TM, EUTM 018858328/EM DAYCO ( R ) Racing, EUTM 018858238/EM DAYCO RACING, EUTM 018466044/EM DAYCO POWER, EUTM 018466024/EM DAYCO POWER
 EUTM 004455416/EM DAYCO, EUTM 005839766/EM DAYCO</t>
   </si>
   <si>
     <t>DAYCO EUROPE SRL</t>
   </si>
   <si>
-    <t>GIANVITO ROSSI SRL</t>
-[...4 lines deleted...]
-  <si>
     <t>IGUZZINI ILLUMINAZIONE S.P.A.</t>
   </si>
   <si>
+    <t>modulāras lampu sistēmas, kas sastāv no dažādiem elementiem (gaismas stieņa, savienojuma un pamatnes) vai "sienas" vai "piekares" vai "grīdas" vai "no augšas līdz griestiem" gaismas stieņa arhitektūras apgaismojumam, tajos ietilpst optiskie piederumi un gaismas sloksnes.</t>
+  </si>
+  <si>
     <t>ITM 1422973/WO PADCEV</t>
   </si>
   <si>
     <t>AGENSYS INC</t>
   </si>
   <si>
     <t>farmaceitiskie preparāti, specializēta farmaceitisko līdzekļu ražošana, ķīmijterapijas līdzekļi</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">EUTM 009870247 MOSPILAN, EUTM 018983796 МОСПІЛАН </t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1559737/WO PETIT BATEAU, EUTM 004097358/EM PETIT BATEAU
 EUTM 018896247/EM PETIT BATEAU, ITM 849158/WO, EUTM 001923820/EM PETIT BATEAU
 </t>
   </si>
   <si>
     <t>PETIT-BATEAU</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">apģērbi, smaržas, brilles (optika) u.c. </t>
   </si>
   <si>
     <t>EUTM 002564300/EM VANS, EUTM 002940344/EM, EUTM 001143130/EM VANS, EUTM 010512127/EM VANS "OFF THE WALL", EUTM 010512424/ EM, EUTM 010512325/EM, EUTM 003001732/EM VANS OFF THE WALL
 EUTM 004022621/EM VANS, EUTM 018431120/EM VANS, EUTM 018431122/EM VANS, EUTM 018561715/EM VANS OFF THE WALL
 EUTM 018662354/EM VANS OFF THE WALL, EUTM 018560687/EM VANS</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">VANS </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>Inc.</t>
     </r>
   </si>
   <si>
     <t>Audemars Piguet Holding SA</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 892190 (cobbler design), EUTM 017995573 SEBAGO, EUTM 018103135 DOCKSIDES, EUTM 018194037 Campsides,EUTM 018710083/EM SEBAGO, EUTM 018656903/EM SEBAGO, EUTM 018518685/EM SEBAGO
-[...6 lines deleted...]
-  <si>
     <t>EUTM 018651670/EM Bulgarian Tribulus terrestris ultra</t>
   </si>
   <si>
     <t>КНМ ПРО</t>
   </si>
   <si>
     <t>uztura bagātinātāji</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 018573805, ITM 1577939 UNSUBSCRIBED, EUTM 018514023 AE77
-[...4 lines deleted...]
-  <si>
     <t>EUTM 018781963/EM"Bee", EUTM	018781963/EM "Bee", EUTM 012071759/EM BICYCLE, EUTM 012071841/EM BICYCLE 808 The U.S. PLAYING CARD CO. MADE IN U.S.A., EUTM 018793241/EM BICYCLE TRUSTED SINCE 1885, EUTM 012071759/EM BICYCLE, EUTM 012071841/EM BICYCLE 808 The U.S. PLAYING CARD CO. MADE IN U.S.A., EUTM 018793241/EM BICYCLE TRUSTED SINCE 1885</t>
   </si>
   <si>
     <t>THE UNITED STATES PLAYING CARD COMPANY</t>
   </si>
   <si>
     <t>spēļu kārtis</t>
-  </si>
-[...9 lines deleted...]
-CGIP Mastiha Chiou, CGIP Mastihelaio Chiou, CGIP Tsikla Chiou, ITM 900845/WO ELMA</t>
   </si>
   <si>
     <t>ΕΝΩΣΗ ΜΑΣΤΙΧΟΠΑΡΑΓΩΓΩΝ ΧΙΟΥ</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000124446JAVA, EUTM 003449691, EUTM 000125781 SUN 
 EUTM 000124610 SUN, EUTM 000124594 Sun, EUTM 006551626 JAVA 
 </t>
   </si>
   <si>
     <t>ORACLE EMEA LTD</t>
   </si>
   <si>
     <t>operētājsistēmas, programmatūras un datortehnika</t>
   </si>
   <si>
     <t>ITM 883565/WO Schindler, EUTM 016612707/EM, ITM 1265628/WO SCHINDLER</t>
   </si>
   <si>
     <t>INVENTIO AG</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 4661278 MAN, EUTM 11051935, EUTM 122812 NEOPLAN
-[...26 lines deleted...]
-  <si>
     <t>KENVUE INC</t>
   </si>
   <si>
     <t>farmaceitiskie produkti u.c.</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">ITM  1219995 Disc-O-Bed, ITM  1217038 Disc-O-Bed, CDR  001095020-0001 (BEDS), EUTM 018678706 DISC O BED 018678706 (3D shape), EUTM 018678708 DISC O BED 018678708 -(3D shape) </t>
   </si>
   <si>
     <t>ICD D203262-0002/WO, ICD D203262-0001/WO, ICD D203262-0005/WO	
 ITM 1114481/WO IWC SCHAFFHAUSEN, EUTM 012196168/EM JAEGER-LECOULTRE, EUTM 012195831/EM IWC, EUTM 012196135/EM PIAGET, EUTM 012276275/E VACHERON CONSTANTIN, EUTM 012195905/EM BAUME &amp; MERCIER, EUTM 013207097/EM CARTIER, EUTM012236626 /EM C, EUTM 012443685/EM PANERAI, EUTM 003450772/EMVAN CLEEF &amp; ARPELS, EUTM 005925201/EM ROGER DUBUIS,EUTM 018180200/EM ROGER DUBUIS, EUTM 009166497/EM, ICD D079386-0029/WO, ICD D079386-0016/WO, ICD D079386-0005/WO, ICD D079386-0013/WO, ICD D079386-0028/WO, ICD D079386-0006/WO, ICD D079386-0002/WO, ICD D079386-0015/WO, ICD D079386-0017/WO, ICD D079386-0024/WO, ICD D079386-0012/WO</t>
   </si>
   <si>
     <t>RICHEMONT  INTERNATIONAL</t>
   </si>
   <si>
+    <t>pulksteņi, aksesuāri u.c.</t>
+  </si>
+  <si>
     <t>EUTM 009717761/EM SEE BY CHLOE, EUTM 003683661/EM CHLOE
 EUTM 002113454/EM SEE BY CHLOE, ICD D218294-0001/WO, ICD D218294-0003/WO, ICD D218294-0002/WO</t>
   </si>
   <si>
     <t>SOC CHLOE</t>
   </si>
   <si>
-    <t>apģērbi, somas, smaržas</t>
+    <r>
+      <t>T</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>iesību veids, par kuru ir iesniegts pieprasījums (Saīsinājumi)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Valsts preču zīme </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(NTM)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Eiropas Savienības preču zīmi </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(EUTM)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Starptautiska reģistrēta preču zīme </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(ITM)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Reģistrēts valsts dizainparaugs </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(ND)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Reģistrēts Kopienas dizainparaugs </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(CDR)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Nereģistrēts Kopienas dizainparaugs </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(CDU)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Autortiesības un blakustiesības </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(NCPR)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Komercnosaukums </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(NTN)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Pusvadītāju izstrādājumu topogrāfija </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(NTSP)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Patents, kā paredzēts valsts tiesību aktos </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(NPT)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Patents, kā paredzēts Savienības tiesību aktos </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(UPT)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Funkcionālais modelis </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(NUM)</t>
+    </r>
+  </si>
+  <si>
+    <t>Ģeogrāfiskās izcelsmes norāde / cilmes vietas nosaukums:</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">lauksaimniecības produktiem un pārtikas produktiem </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(CGIP)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">vīnam </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(CGIW)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">aromatizētiem vīna kokteiļiem </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(CGIA)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">stipriem alkoholiskiem dzērieniem </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(CGIS)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>citiem produktiem</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> (NGI)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">kā minēts nolīgumos starp Savienību un trešām valstīm </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(CGIL)</t>
+    </r>
+  </si>
+  <si>
+    <t>Tiesības uz augu šķirņu aizsardzību:</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">valsts </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(NPVR)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Kopiena </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(CPVR)</t>
+    </r>
+  </si>
+  <si>
+    <t>Papildu aizsardzības sertifikāts:</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">zālēm </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>(SPCM)</t>
+    </r>
   </si>
   <si>
     <t>ITM 896788 ENTEROSGEL</t>
   </si>
   <si>
     <t>EUTM 019018851/EM CASABLANCA TENNIS CLUB, ITM 1548815/WO
 ITM 1826775/WO, ITM 1819384/WO CASA BLANCA, ITM 813772/WO CASA BLANCA</t>
   </si>
   <si>
     <t>CBParis Group LTD</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 017602616 JAWS, EUTM 018311187 SENSUAL NG,EUTM 018170812 ENCLAVE EUTM 004994471/MIKADO,EUTM 005066568/royal fishunters, EUTM 007066509/SENSUAL,EUTM 008399107/SENSEI, EUTM 008543548/ FISHUNTER, EUTM 017800641 KATSUDO, EUTM 007066509 SENSUAL
 EUTM 017295049 CAT TERRITORY, EUTM 017260555,EUTM 017260522 MIKADO, EUTM 017492307 territory, EUTM 018048916 DREAMLINE
 EUTM 018049769 KENDO-SHINE 
 </t>
   </si>
   <si>
     <t>EUTM 000378489 PFIZER, EUTM 008614877 PFIZER	
 EUTM 000374611 PFIZER, EUTM 018468563 PAXLOVID</t>
   </si>
   <si>
     <t>Pfizer Inc.</t>
   </si>
   <si>
     <t>farmaceitiskās un veterinārās zāles, higiēnas līdzekļi medicīniskiem nolūkiem, diētiskie produkti medicīniskiem nolūkiem, bērnu pārtika, plāksteri, pārsēji, zobu plombēšanas materiāli un impresijas materiāli zobārstniecības nolūkiem, dezinfekcijas līdzekļi, līdzekļi kaitīgu dzīvnieku iznīcināšanai fungicīdi, herbicīdi, pretreimatiskas rokassprādzes, gredzeni, pretreimatiskie gredzeni, asinis medicīniskiem nolūkiem, asins plazma, rokassprādzes medicīniskiem nolūkiem u.c.</t>
   </si>
   <si>
-    <t>CDR 008566939-0001/EM,CDR 008772784-0001/EM, EUTM 018877974/EM FLASHLED SOS, EUTM 018483816/EM FLASH LED</t>
-[...1 lines deleted...]
-  <si>
     <t>TURISPORT SL</t>
   </si>
   <si>
     <t xml:space="preserve"> drošības, aizsardzības un signalizācijas ierīces un aprīkojums, signalizācijas aparāti un instrumenti</t>
   </si>
   <si>
     <t>EUTM 015102742, EUTM 002989796 Carl Zeiss, EUTM 002019651 Zeiss</t>
   </si>
   <si>
     <t>Carl Zeiss AG</t>
   </si>
   <si>
     <t>optika u.c.</t>
   </si>
   <si>
     <t>EUTM 012219465 A.LANGE &amp; SÖHNE</t>
   </si>
   <si>
     <t>Vagabond International Aktiebolag</t>
   </si>
   <si>
     <t>MONTBLANC - SIMPLO GMBH</t>
   </si>
   <si>
     <t>klasiskās pildspalvas, somas, somiņas, maki, siksnas, apģērbi, pulksteņi u.c.</t>
   </si>
   <si>
     <t>EUTM 008923229	 BUCCELLATI</t>
   </si>
   <si>
     <t>Buccellati Holding Italia S.p.A.</t>
   </si>
   <si>
-    <t>nažu, dakšiņu un karotīšu izstrādājumi, arī no dārgmetāla vai ar sudraba pārklājumu,  juvelierizstrādājumi, dārgakmeņi u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM1044270/Alfred Dunhill</t>
   </si>
   <si>
     <t>ALFRED DUNHILL LIMITED</t>
   </si>
   <si>
     <t xml:space="preserve">ādas izstrādājumi, smaržas, pulksteņi vīriešiem, aksesuāri, piederumi smēķētājiem u.c.  </t>
   </si>
   <si>
     <t>MERCK AND COMPANY LLC</t>
   </si>
   <si>
     <t>EUTM 018225081 GEEK BAR, EUTM 018264633 GB GEEK BAR</t>
   </si>
   <si>
     <t>Guangdong Qisitech CO., LTD</t>
   </si>
   <si>
-    <t>CDR 001733239-0004, CDR 001733239-0003, CDR 001733239-0002, CDR 001842295-0002, CDR 001842295-0001, CDR 001691577-0001, CDR 001733239-0001</t>
-[...1 lines deleted...]
-  <si>
     <t>oriģinālie WAGO 2060 sērijas SMD PCB spaiļu bloki u.c.</t>
   </si>
   <si>
     <t>EUTM 018584992  OFF-WHITE, EUTM 018683074 OFF-WHITE, EUTM 018276655 OFF-WHITE, EUTM 012450466 OFF-WHITE</t>
   </si>
   <si>
     <t>OFF-WHITE LLC</t>
   </si>
   <si>
     <t>apģērbs, apavi ar elementiem un aksesuāriem u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 013152459 BIRKENSTOCK, EUTM 10733574, EUTM 008284457, EUTM	017810656 BIRKENSTONES, EUTM	018796167,ICD 098109Arizona Big Buckle,ICD 096650, ICD204385, EUTM010733574/EM BIRK, EUTM 018796167/EM BRIMC KOMACK,EUTM 018796167/EM BRIMC KOMACK
+    <t xml:space="preserve">EUTM 013152459 BIRKENSTOCK, EUTM 10733574, EUTM 008284457, EUTM	017810656 BIRKENSTONES, EUTM	018796167,ICD 098109Arizona Big Buckle,ICD 096650, ICD204385, EUTM010733574/EM BIRK
 </t>
   </si>
   <si>
     <t>EUTM 018408603 QUICK CUPS</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 013389614HELLO KITTY, EUTM 000074658 KEROKEROKEROPPI 
 EUTM 000074641BAD BADTZ-MARU, EUTM 001298751POMPOMPURIN
 EUTM 013420369MY MELODY Kopf, EUTM 001177104 DAISY&amp;CORO 
 EUTM 001176080 DEAR DANIEL , EUTM 001176072 DEAR DANIEL Kopf 
 EUTM 013274345HELLO KITTY Kopf, EUTM 013392741 HELLO KITTY Kopf, EUTM 000706564SanriO SMILES, EUTM 014530927 gudetama 
 EUTM 000103721 HELLO KITTY, EUTM 013274303 HELLO KITTY 
 EUTM 003796612CHARMMYKITTY, EUTM 003643004 BADTZ-MARU
 EUTM 003466431 SHINKANSEN, EUTM 003466398TUXEDOSAM 
 EUTM003466372 KITTY, EUTM 003466356 Little Twin Stars, EUTM 003465598shinkansen Abbildung, EUTM 003393188HELLO KITTY Kopf 
 EUTM 003389129HELLO KITTY, EUTM 003142247 HELLO KITTY 
 EUTM 003003753cinnamoroll Abbildung, EUTM 003001989 cinnamoroll 
 EUTM 002078954 9Köpfe, EUTM 002078889MY MELODY Kopf 
 EUTM 010586048KIKI &amp; LALA, EUTM 011582418Hello Kitty Kopf 
 EUTM 011472156 Chococat Kopf, EUTM 010749695Chococat, EUTM 010483436 Wish me mell, EUTM 008182263MY MELODY, EUTM 005768668 KUROM, EUTM 006983282 HELLO KITTY, EUTM 006824701 Hello Kitty Kopf mit Schleife, EUTM 006662571 Hello Kitty Logo, EUTM 006257034Hello Kitty Umrandung, EUTM 005241203 9Sanrio, EUTM 005189352Hello Kitty Schleife, EUTM 004063863 HELLO KITTY, EUTM 003796851  K T 
 EUTM 003796646 Charm my Kitty Abbildung </t>
   </si>
   <si>
     <t>Sanrio Company Ltd.</t>
   </si>
   <si>
-    <t>rotaļlietas, apģērbi, somas, aksesuāri u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 018408602 Speed Cups</t>
   </si>
   <si>
     <t>JELLYCAT LIMITED</t>
-  </si>
-[...6 lines deleted...]
-CGIW PDO-FR-A0714 Sainte-Croix-du-Mont, CGIW PDO-FR-A0407 Sainte-Foy-Bordeaux, CGIW PDO-FR-A0819 Sauternes</t>
   </si>
   <si>
     <t>CONSEIL INTERPROF DU VIN DE BORDEAUX</t>
   </si>
   <si>
     <t>EUTM 018761565 OEKO TEX,EUTM 017874217 LEATHER STANDARD</t>
   </si>
   <si>
     <t>Forschungsinstitut Hohenstein Prof. Dr. Jürgen Mecheels GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>EUTM 005122081/EM JANSPORT, EUTM 003506698/EM JANSPORT
 EUTM 005121561/EM JANSPORT,EUTM 018286470/EM EASTPAK U.S.A. SINCE 1952, EUTM 008668981/EM EASTPAK BUILT TO RESIST, EUTM 017705906/EM EASTPAK U.S.A. LAB, EUTM 013061189/EM EASTPAK U.S.A., EUTM 011763752/EM EASTPAK U.S.A., EUTM 017706003/EM EASTPAK U.S.A., EUTM 008296972/EM EASTPAKU.S.A., EUTM 018270414/EM EASTPAK U.S.A., EUTM 018269810/EM EASTPAK U.S.A.
 EUTM 004399218/EM EASTPAK, EUTM 000397984/EM EASTPAK, EUTM 009968363/EM EASTPAK, EUTM 000037077/EM EASTPAK, EUTM 000036996/EM EASTPAK, EUTM 000428185/EM JANSPORT GET OUT WHILE YOU CAN,EUTM 017947886/EMJ ANSPORT COMPANY SEATTLE
 EUTM 013061106/EM JANSPORT, EUTM 017947883/EM JANSPORT
 EUTM 017947885/EM JANSPORT, EUTM 000428144/EM JANSPORT
 EUTM 000182196/EM JANSPO</t>
   </si>
   <si>
     <t>Jansport Apparel Corp.</t>
   </si>
   <si>
-    <t>somas, mugursomas, skolas somas,mazas mugursomas, jostas somas, tekstila iepirkumu somas, pārtikas preču iepirkumu somas, ceļojuma somas, bagāžas uz riteņiem, ceļojumu bagāžas somas</t>
-[...4 lines deleted...]
-  <si>
     <t>JUL-KOM SPÓŁKA Z OGRANICZONĄ ODPOWIEDZIALNOŚCIĄ SPÓŁKA KOMANDYTOWA</t>
   </si>
   <si>
     <t>elektriskie pastiprinātāji, elektriskās caurules, elektriskie instrumenti</t>
   </si>
   <si>
-    <t>EUTM 015901564 SENSIA ARENA, EUTM 018320013 GROHE,  PROFESSIONAL, EUTM 018336029 GROHE QuickFix, EUTM 018356830 GROHE SPA, EUTM 016077257 GROHE,EUTM 004556882 GROHE ENJOY WATER, EUTM 013528153 GROHE SmartControl,EUTM 009249475 Grohe Blue Pure, EUTM 008131567 GROHE Blue, EUTM 008518243 GROHE BauEdge, EUTM 015382211 GROHE, EUTM 000587824, EUTM 000226662 GROHE, EUTM 009257651 Grohe Power &amp; Soul, EUTM 009393422 GROHE Spa, EUTM 011402708 GROHE Professional,EUTM 011630506 GROHE Pure Freude an Wasser, EUTM 011638244 GROHE PROFESSIONAL WORK SMARTER, CDR 007872783-0004, EUTM 004163713 TEMPESTA, EUTM 001993385 SENSIA, EUTM 015833577 Sense Guard, EUTM 003163342 RAINSHOWER, EUTM 018356044 GROHE X,EUTM 018417309 GROHE X
-[...2 lines deleted...]
-  <si>
     <t>Grohe AG</t>
   </si>
   <si>
     <t xml:space="preserve">elektriskās, elektroniskās, optoelektroniskās un akustiskās ierīces, aparāti un no tiem sastāvošas sistēmas ūdensapgādes un notekūdeņu, piegādes, apgādes, sadales, izsūknēšanas, kā arī dzeramā un tehniskā ūdens sildīšanas uzraudzībai, kontrolei un regulēšanai, ierīces un aparāti ūdens spiediena, temperatūras un plūsmas ātruma uzraudzībai, mērīšanai, kontrolei un regulēšanai ūdensvados, tvertnēs u.c. </t>
   </si>
   <si>
     <t>EUTM 015234834/EM 47, EUTM 018916801/EM '47 HITCH, EUTM 018916776/EM '47 MVP, EUTM 018129753/EM SCRUM</t>
   </si>
   <si>
     <t>47 Brand Europe GmbH</t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t>Calvin Klein Trademark Trust</t>
   </si>
   <si>
     <t>EUTM 012441986 LUCY CROMWELL, EUTM 002335644 COUNTRY COMPANIONS, EUTM 005087821 FOREVER FRIENDS, EUTM 000220814 FOREVER FRIENDS</t>
   </si>
   <si>
     <t>Hallmark Cards PLC</t>
   </si>
   <si>
     <t>bērnu apģērbi, kancelejas preces, apsveikuma kartītes u.c.</t>
   </si>
   <si>
     <t>Stussy, Inc.</t>
   </si>
   <si>
     <t>EUTM 000915546	 STUSSY, EUTM 001056266 STÜSSY (logo), EUTM 001254200/EM STUSSY, EUTM 001243732/EM, ITM 1387478/WO	
 ITM 1390322/WO 8</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 001647874/EM, CDR 000029194-0001/EM, CDR 000029194-0002/EM, EUTM 003382561/EM, CDR 000656657-0001/EM, CDR 000656657-0002/E, CDR 000656657-0005/EM, CDR 000656657-0003/EM, CDR 000656657- 0004/EM, CDR 002317834-0001/EM </t>
+    <t xml:space="preserve">EUTM 000394460 JOHN DEERE, EUTM 000332874 JOHN DEERE, EUTM 001727122, EUTM 000063479HY-GARD, EUTM003851367 Plus-50 , EUTM 001637420 COOL-GARD, EUTM 006258156, EUTM 000063289, EUTM 004390548 91011653 JOHN DEERE, EUTM 006107783 JOHN DEERE, EUTM 0062581311, EUTM 003286614
+</t>
+  </si>
+  <si>
+    <t>EUTM 000813220, EUTM 004507091, EUTM 018743120 Crayola	
+EUTM 003498441, EUTM 018877158 CRAYOLA, EUTM 006224364 Crayola
+EUTM 003525672 CRAYOLA, EUTM 018743121 CRAYOLA</t>
   </si>
   <si>
     <t>Beaute Prestige International (Narciso Rodriguez, Issey Miyake, ALAIA Paris, Zadig&amp;Voltaire)</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 004321303 SHISEIDO, ITM 815539 SHISEIDO, EUTM 6239685 SHISEIDO FLORES, ITM 1330208 SHISEIDO GINZA TOKYO, EUTM 11553641 SHISEIDO BIO-PERFORMANCE, EUTM 11504214 SHISEIDO BENEFIANCE, EUTM 12923298 EVERBLOOM, EUTM 13071998 Ever Bloom 
 EUTM 13610241 SHISEIDO Ever Bloom, ITM 933847 ZEN, EUTM 3187374 ZEN, EUTM 13039102 IBUKI, EUTM 13037197 ULTIMUNE, EUTM 11553666 FUTURE SOLUTION, EUTM 11553674 FUTURE SOLUTION LX </t>
   </si>
   <si>
     <t>SHISEIDO COMPANY LIMITED</t>
   </si>
   <si>
     <t>smaržas un kosmētikas līdzekļi</t>
+  </si>
+  <si>
+    <t>Harley-Davidson Motor Company, Inc.</t>
   </si>
   <si>
     <t>EUTM 594150 FXRG, EUTM 539911 1125 R, EUTM 10390078 HARLEY-DAVIDSON HARD CANDY CUSTOM, EUTM 3530219
 EUTM 3090628 HARLEY DAVIDSON USA, EUTM 3530235 Authorized Harley-Davidson Rentals, EUTM 11624095 BAR &amp; SHIELD, EUTM	 4358099 Street Bob, EUTM 4366548 Street Glide	
 EUTM 4489829 Screamin' Eagle Destroyer, EUTM 13651187 Dark Custom, EUTM 84145 Motorclothes, EUTM 4410395 Night Rod
 EUTM	3522596 Night Train, EUTM 764845 Night Train, EUTM 966283 Revolution, EUTM 3522571 Road Glide, EUTM 001525625 Road Glide, EUTM 84152 Road King, EUTM 3522604 Road King, EUTM 3526472 Screamin' Eagle, EUTM 10381465 SEVENTY-TWO, EUTM 3834983 HARLEY DAVIDSON Faaker See EUROPEAN BIKE WEEK, EUTM 84186 SOFTAIL, EUTM 83287 Heritage Springer,EUTM 3522646 HOG, EUTM 83998 HOG, EUTM 001524875 HOG, EUTM 504084 HOG, EUTM 83618 HOG Harley Owners Group,EUTM 3090751 LADIES OF HARLEY, EUTM 003524139 Life Starts at the Edge, EUTM 84137 Low Rider, EUTM 3524147 Low Rider, EUTM 003522562 Motorclothes, EUTM 5390919 Harley-Davidson	, EUTM 84285 Tour Glide, EUTM 3485646 V-Rod, EUTM 1989458 V-Rod, EUTM 3085669 V-ROD, EUTM 6485171 V-Rod Muscle, EUTM 84343 Wide Glide , EUTM 3524162 Wide Glide, EUTM 12636882, EUTM 3526291 Sportster, EUTM 83931 Harley, EUTM 662148 Harley, EUTM 83691 Harley, EUTM 12218061 HOG, EUTM 13035183 Milwaukee-Eight, EUTM 15269798, EUTM 17395468 Daymaker, EUTM 16435224 Motor Harley Davidson Cycles, EUTM 17617002 48X, EUTM 17587171 HARLEY-DAVIDSON, EUTM 13924221 HOG, EUTM 17617028 Pan America, EUTM 6539845 Cross Bones, EUTM 9899444 Harley Davidson, EUTM 4489837 Destroyer, EUTM 001525195 Dyna, EUTM 83873 Electra Glide, EUTM 003477866 Electra Glide, EUTM 3524113 Screamin' Eagle, EUTM 83725 Motor Cycles Harley-Davidson, EUTM 10555605 HARLEY-DAVIDSON STREET, EUTM 3530177 HD, EUTM 001526276 H-D, EUTM 84111 Heritage Softail, EUTM 6539332 Scandinavian Harley Days Harley-Davidson Motorcycles, EUTM 4976783 Blackline, EUTM 000502559, EUTM 3530193, EUTM 83501, EUTM 5390935,EUTM 84244 Super Glide, EUTM 3522621 Super Glide, EUTM 003530227 Harley-Davidson Motor Clothes an American Legend, EUTM 83311 Motor Harley-Davidson Clothes an American Legend, EUTM 83584 Harley Davidson USA, EUTM 5330675 Harley Davidson Motorcycles, EUTM 001536309 Motor Harley-Davidson Cycles, EUTM 3530201 Harley-Davidson Motor Cycles, EUTM 5390976 Harley-Davidson Motor Cycles,EUTM 3527488 Motorcycles Harley-Davidson, EUTM	963066 Fat Boy, EUTM 3522653 Fat Boy,EUTM 8885022 Forty-Eight, EUTM 11546629 FREEWHEELER,EUTM 003527447 SOFTAIL, EUTM 010500676 SOFTAIL SLIM,EUTM 83360 Sportster, EUTM 5709654 European Bike Week,EUTM 4821005 HARLEY-DAVIDSON MOTOR CYCLES EUROPEAN BIKE WEEK, EUTM 4817375 HARLEY-DAVIDSON MOTOR CYCLES EUROPEAN BIKE WEEK FRAAKER SEE,EUTM 3898269 Fat Bob, EUTM 000083865 Fat Boy, EUTM 84236 Springer,EUTM 4891891 Street Rod, EUTM 10583474 STURGIS, EUTM 9431552 Superlow, EUTM 9060617 Superlow, EUTM 9167602 Switchback, EUTM 003825122 Harley Day, EUTM 3829108 Harley Days, EUTM 83683 Harley Owners Group, EUTM 2134500 Harley-Davidson, EUTM 3524196 Harley-Davidson, EUTM 3307411 HARLEY-DAVIDSON, EUTM 3526571 Harley-Davidson, EUTM 001172329 Harley-Davidson, EUTM 83279 Harley-Davidson, EUTM 1797018 Harley-Davidson, EUTM 83451 Genuine Harley-Davidson Motor Cycles</t>
   </si>
   <si>
-    <t>Harley-Davidson Motor Company, Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 018010818/EM PACIOTTI, EUTM 000830885/EM CESARE PACIOTTI, EUTM 000397240/EM CESARE PACIOTTI, ITM 946087/WO 4US, ITM 948642/WO U 4US</t>
   </si>
   <si>
     <t>PACIOTTI SRL</t>
   </si>
   <si>
-    <t>EUTM 016798671/EM LPG, CDR 001584525-0001/EM,EUTM 015510837/EM CELLU M6 ALLIANCE, ITM 1679590/WO LPG INNER POWER. BETTER LIFE.</t>
-[...1 lines deleted...]
-  <si>
     <t>LPG SYSTEMS</t>
-  </si>
-[...1 lines deleted...]
-    <t>EUTM 000131656/EM TOMMY tommy HILFIGER, EUTM 001212679 /fig./, EUTM 000138529 /fig./, EUTM 001509165 /fig./, EUTM 000131532 /fig./, EUTM 003870541 /fig./, EUTM 001209790 TOMMY, EUTM 001147396 TOMMY, EUTM 001212422 TOMMY GIRL, EUTM 001888445 TOMMY GEAR, EUTM 003607397 HILFIGER RED LABEL, EUTM 002501971 HILFIGER DENIM, EUTM 001216951 TOMMY JEANS, EUTM 001233923 TOMMY JEANS, EUTM 001212091 TOMMY HILFIGER, EUTM 000131706 TOMMY HILFIGER, EUTM 000131631 TOMMY HILFIGER /fig./, EUTM 001211994 TOMMY HILFIGER /fig./, EUTM 001211457 /fig./, EUTM 001209790/EM TOMMY, EUTM 001147396/EM TOMMY, EUTM 000131532/EM, EUTM 000138529/EM, EUTM	001212679/EM</t>
   </si>
   <si>
     <t>EUTM 016318388/EM NARCOS, ITM 1411337/WO NARCOS</t>
   </si>
   <si>
     <t>null Narcos Productions LLC</t>
   </si>
   <si>
     <t>ICDD095486-0001/WO, ICD D095966-0001/WO, ICD D097472-0001/WO, ICD D099915-0001/WO, ICD D100225-0001/WO, ICDD201253-0002/WO, ICD D201253-0008/WO, ICD D201253-0005/WO, ICD D201253-0006/WO, ICD D201253-0003/WO, ICDD201253-0004/WO, ICDD201253-0007/WO, ICD D201253-0010/WO, ICDD205343-0001/WO, ICDD206444-0001/WO, ICD D217310-0001/WO, ICDD218894-0001/WO, ICDD223863-0002/WO, ICD D223863-0001/WO, ICDD225004-0003/WO, ICDD225004-0002/WO, ICD D225004-0001/WO, ICDD238274-0001/WO, ICDD201253-0001/WO	
 ICDD201253-0009/WO, EUTM015077696/EM, ITM732812/WO RICHARD MILLE,ICDD073437-0001/WO,ICDD074668-0003/WO,ICDD074668-0004/WO
 ICDD074668-0005/WO, ICDD074668-0002/WO, ICDD074668-0001/WO	
 ICDD074668-0006/WO, ICDD077193-0001/WO, ICDD077193-0002/WO	
 ICDD077247-0002/WO, ICDD077247-0003/WO, ICDD077247-0004/WO	
 ICDD077247-0001/WO, ICDD079390-0001/WO, ICDD079390-0002/WO	
 ICDD079390-0003/WO, ICDD079782-0001/WO, ICDD082220-0002/WO	
 ICDD082220-0001/WO, ICDD082420-0001/WO, ICDD083216-0001/WO	
 ICDD083216-0002/WO, ICDD085210-0001/WO, ICDD088969-0001/WO	
 ICDD093544-0001/WO</t>
   </si>
   <si>
     <t>pulksteņi, svārsta pulksteņi, u.c.</t>
   </si>
   <si>
     <t>EUTM 001699446/EM AEROTECNICA COLTRI, ITM 1062321/WO COLTRI</t>
   </si>
   <si>
     <t>AEROTECNICA COLTRI SPA - SOCIO UNICO</t>
   </si>
   <si>
     <t>kompresori</t>
   </si>
   <si>
     <t>EUTM 018875326/EM OMCE</t>
   </si>
   <si>
     <t>O.M.C.E DI ROCCHETTI A. S.P.A.</t>
   </si>
   <si>
     <t>metāla tvertnes (konteineri)</t>
   </si>
   <si>
     <t>EUTM 018466902/EM, EUTM 014328728/EM, EUTM 018469585/EM THE LIONS SERIES, EUTM 006302095/EM THE LIONS, EUTM 003848504/EM THE LIONS, EUTM 017992450/EM THE LIONS,EUTM 018085458/EM THE LIONS, EUTM 002094654/EM THE BRITISH LIONS,EUTM 018468179/EM THE BRITISH &amp; IRISH LIONS SINCE 1888, EUTM 018363038/EM SINCE 1888</t>
   </si>
   <si>
     <t>BRITISH &amp; IRISH LIONS DESIGNATED ACTIVITY COMPANY</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 001628353/EM HOIST, EUTM 005132766/EM ROC-IT, CDR 005640968-0001/EM, CDR 003382159-0001/EM,CDR 003733260-0001/EM	
-[...2 lines deleted...]
-  <si>
     <t>HOIST FITNESS SYSTEMS INC</t>
+  </si>
+  <si>
+    <t>sporta un fitnesa pakalpojumi</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 012849361 Cluse, EUTM 16800195 CLUSE, EUTM 015833858 CLUSE	
 </t>
   </si>
   <si>
+    <t>EUTM10937191 VITA, EUTM 019118768 VITA	
+EUTM 93134334 VITA</t>
+  </si>
+  <si>
     <t>VITA Zahnfabrik H. Rauter GmbH &amp; Co. KG (HRA 630648)</t>
-  </si>
-[...1 lines deleted...]
-    <t>EUTM 10937191 VITA, EUTM 019118768 VITA, EUTM 93134334 VITA</t>
   </si>
   <si>
     <t>EUTM 018749906/EM KHYBER NASWAR</t>
   </si>
   <si>
     <t>GENERAL BUSINESS SOLUTION</t>
   </si>
   <si>
     <t>Pruim tabaka</t>
   </si>
   <si>
     <t>EUTM 012996451/EM M, EUTM 012356283/EM WOBURN, EUTM 008156721/EM THE FATHER OF LOUD, EUTM 014557061/EM STRIKE	
 EUTM 006126049/EM STOMPWARE, EUTM 014323166/EM STOCKWELL
 EUTM 012356325/EM STANMORE, EUTM 014557037/EM PRIZEMAN
 EUTM 014556971/EM ORIGIN, EUTM 008769986/EM NATAL, EUTM 009001603/EM NATAL, EUTM 014556922/EM MONUMENT, EUTM 013971908/EM MONITOR, EUTM 013971965/EM MODE EQ, EUTM 013971924/EM MODE, EUTM 013971833/EM MINOR, EUTM 008159113/ EM Marshallamps, EUTM 013972039/EM MARSHALL HEADPHONES
 EUTM 012932588/EM MARSHALL GATEWAY, EUTM 013005392/EM MARSHALL CODE, EUTM 017543109/EM Marshall Amplification, EUTM 012996401/EM Marshall AMPLIFICATION, EUTM 017540551/EM Marshall AMPLIFICATION, EUTM 005967732/EM Marshall AMPLIFICATION	
 EUTM 012996419/EM Marshall, EUTM 012996427/EM MARSHALL,EUTM 015136336/EM Marshall, EUTM 000058065/EM Marshall, EUTM 014378533/ EM MARSHALL, EUTM 010697936/EM MARSHALL,EUTM 018104482/EM Marshall, EUTM 010357201/EM MARSHALL,EUTM 017536079/EM Marshall
 EUTM 015249601/EM Marshall, EUTM 014378541/EM Marshall, EUTM 015249535/EM MARSHALL, EUTM 010707073/EM MARSHALL, EUTM 013971759/EM MAJOR, EUTM 015249361/EM M Marshall RECORDS
 EUTM 011354065/EM M, EUTM 014378525/EM M, EUTM 011747995/EM KILBURN, EUTM 011923356/EM JVM, EUTM 011747979/EM JTM,EUTM 011923406/EM JMP, EUTM 012996443/EM Jim Marshall, EUTM 011747821/ EM JCM	, EUTM 014557011/EM HEARTWOOD, EUTM 012356127/EM HANWELL, EUTM 014556989/EM FEARLESS, EUTM 019087214/EM BROMLEY, EUTM 014323133/EM BRIXTON, EUTM 015560394/EM ASTORIA, EUTM 014556955/EM AMBUSH,EUTM 013188503/EM ACTON
 EUTM 009641432/EM</t>
   </si>
   <si>
     <t>MARSHALL AMPLIFICATION PLC</t>
   </si>
   <si>
-    <t>apģērbs, apavi, galvassegas, krūzes, maki ar kredītkaršu nodalījumiem, koferi un ceļojumu somas u.c.</t>
-[...1 lines deleted...]
-  <si>
     <t>Google LLC</t>
   </si>
   <si>
     <t>EUTM018294133HANUTA HASELNUSS-SCHNITTE, EUTM 017677642 hanuta, EUTM 000230151 hanuta</t>
   </si>
   <si>
     <t>FERRERO oHG mbH</t>
-  </si>
-[...2 lines deleted...]
-CDR 008668297-0011/EM	</t>
   </si>
   <si>
     <t>ENGISO ApS</t>
   </si>
   <si>
     <t>EUTM 003325446/EM CONTROLLOGIX, EUTM 012864476/EM A-B, EUTM 002184588/EM ROCKWELL AUTOMATIO, EUTM 012864443/ EM ALLEN-BRADLEY</t>
   </si>
   <si>
     <t>ROCKWELL AUTOMATION B.V.</t>
   </si>
   <si>
     <t>elektroniskās detaļas</t>
   </si>
   <si>
     <t>EUTM 001019843/EM TIMBERLAND, EUTM 003452621/EM TIMBERLAND, EUTM 000164525/EM TIMBERLAND, EUTM 003057148/ EM Timberland, EUTM 001261411/EM TIMBERLAND, EUTM 001374750/ EM TIMBERLAND, EUTM 003185006/EM TBL, EUTM 001609890/EM PRO, EUTM 001609858/EM TIMBERLAND PRO, EUTM 001261403/EM, EUTM 003450673/EM, EUTM 000153486/EM, EUTM 001020049/EM, EUTM 003413093/EM SMARTWOOL, EUTM 017920291/EM, EUTM 014829006/ EM, EUTM 014829022/EM, EUTM 001374867/EM</t>
   </si>
   <si>
     <t>TBL LICENSING LLC</t>
   </si>
   <si>
     <t>EUTM 008979775 MOOSE KNUCKELS, EUTM 008979692, EUTM 008979254 MOOSE KNUCKLES, ITM 1530455 MOOSE KNUCKLES	
 ITM 1530780 MOOSE KNUCKLES, ITM 1530752 MOOSE KNUCKLES
 ITM 1530624</t>
   </si>
   <si>
     <t>Modes Moose Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">jakas vīriešiem, sievietēm un bērniem </t>
   </si>
   <si>
     <t>ITM 1707887/WO Mielle, EUTM 018993057/EM, ITM 1708394/WO Mielle Organics</t>
   </si>
   <si>
     <t>MIELLE ORGANICS, LLC</t>
   </si>
   <si>
     <t>EUTM 017843939/EM ZLATNI DUKAT</t>
   </si>
   <si>
     <t>PLAN PROMET D.O.O.</t>
   </si>
   <si>
     <t>filtru caurules cigaretēm</t>
   </si>
   <si>
-    <t xml:space="preserve">                                                                                                                                                                                                                                                                 
-[...10 lines deleted...]
-  <si>
     <t>ITM 479435/WOPINARELLO, EUTM 002864965/EMDOGMA, ITM 1117694/WO, EUTM 003955549/EMM.O.ST</t>
   </si>
   <si>
     <t>CICLI PINARELLO SPA SOC. UNIPERSONALE</t>
   </si>
   <si>
     <t xml:space="preserve">    
 EUTM 002728996/EM ESTEE LAUDER BEYOND PARADISE, EUTM 000103911/EM ESTEE LAUDER PLEASURES, EUTM 000091090/EM ESTEE LAUDER, EUTM 000054445/EM LAB SERIES, EUTM 000054221/EM ARAMIS, EUTM	000298117/EM AVEDA, EUTM 000046540/EM BOBBI BROWNEUTM 000164640Bumble and Bumble, EUTM 000140384 Creme de la Mer, EUTM 000112482Origins, EUTM 000112417 Prescriptives, EUTM 000112375Prescriptives, EUTM 000112276Flirt, EUTM 000103911 Estee Lauder Pleasures, EUTM 007248503 Smashbox, EUTM 000091090Estee Lauder, EUTM 000065052M.A.C., EUTM 000640581Clinique Happy, EUTM 000062299Jo Malone, EUTM 000054445Lab Series, EUTM 000054429Clinique, EUTM 000054411C Clinque, EUTM 000054221Aramis, EUTM 000046540Bobbi Brown, EUTM 004613113 Ojon, EUTM 004593349Darphin, EUTM 004059333 Happy, EUTM 009477076Good Skin Labs, EUTM 000298117Aveda, EUTM 002728996Estee Lauder Beyond Paradise 
 </t>
   </si>
   <si>
     <t>ESTEE LAUDER COSMETICS LIMITED</t>
   </si>
   <si>
     <t>EUTM	004549077/EM KAYDON, EUTM 004090643/EM KAYDON</t>
   </si>
   <si>
-    <t>CDR 006610614-0001/EM, EUTM 018090488/EM POLARBOX, CDR 006610614-0002/EM, EUTM 018946394/EM POLARBOX</t>
-[...1 lines deleted...]
-  <si>
     <t>POLISUR 2000, S.L.U</t>
   </si>
   <si>
     <t>pārnēsājami dzērienu dzesētāji, neelektriskas dzesēšanas kastes, neelektriski pārnēsājami dzesēšanas maisiņi vai kastes, neelektriskas dzesēšanas kastes mājsaimniecības vajadzībām, izolēti konteineri, konteineri izolēti pārtikas un dzērienu konteineri</t>
   </si>
   <si>
     <t>BORMIOLI LUIGI SPA</t>
   </si>
   <si>
-    <t xml:space="preserve"> 
-[...4 lines deleted...]
-  <si>
     <t>karafe</t>
   </si>
   <si>
     <t>EUTM 000813329  SMYTHSON</t>
   </si>
   <si>
     <t>FRANK SMYTHSON SRL</t>
   </si>
   <si>
     <t>somas, maki, dokumentu turētāji, dienasgrāmatas un piezīmju grāmatiņas</t>
   </si>
   <si>
-    <t>CDR 015094285-0001/EM, CDR 015094285-0002/EM, CDR 015076296-0001/ EM, CDR 015065413-0001/EM, CDR 015065413-0003/EM, CDR 015065413- 0002/EM	, CDR 015070753-0001/EM, CDR 015089976-0001/EM	
-[...2 lines deleted...]
-  <si>
     <t>POSREDNIK DUBROVNIK j.d.o.o. za trgovinu i usluge</t>
   </si>
   <si>
     <t>apsveikuma kartītes</t>
   </si>
   <si>
+    <t>ITM 1611974 HARIBO Goldbears, ITM 1205329 HARIBO, ITM 1279727 MAOAM, ITM 1294940 HARIBO, C'EST BEAU LA VIE, POUR LES GRANDS ET LES PETITS, ITM1284330 KIDS AND GROWN-UPS LOVE IT SO, THE HAPPY WORLD OF HARIBO, ITM1277716 Haribo macht Kinder froh und Erwachsene ebenso, ITM1652367 HARIBO, ITM1652368 HARIBO, ITM 1572483 HARIBO, ITM1572484 HARIBO</t>
+  </si>
+  <si>
     <t>IEUTM 012638888, EUTM 012637575,EUTM 009423757, EUTM 012198909 GOLDBEARS, EUTM 009423765 HARIBO</t>
   </si>
   <si>
-    <t>ITM 1611974 HARIBO Goldbears, ITM 1205329 HARIBO, ITM 1279727 MAOAM, ITM 1294940 HARIBO, C'EST BEAU LA VIE, POUR LES GRANDS ET LES PETITS, ITM1284330 KIDS AND GROWN-UPS LOVE IT SO, THE HAPPY WORLD OF HARIBO, ITM1277716 Haribo macht Kinder froh und Erwachsene ebenso, ITM1652367 HARIBO, ITM1652368 HARIBO, ITM 1572483 HARIBO, ITM1572484 HARIBO</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 010359561 THE BRIDGE FIRENZE 1969 logo, EUTM 000108274 THE BRIDGE</t>
   </si>
   <si>
     <t>THE BRIDGE S.P.A.</t>
   </si>
   <si>
-    <t>somas, mugursomas, portfeļi, nelieli ādas izstrādājumi</t>
-[...7 lines deleted...]
-  <si>
     <t>EUTM 018282401/EM MALELIONS, EUTM 018023335/EM Malelions</t>
   </si>
   <si>
     <t>MALELIONS HOLDING B.V.</t>
   </si>
   <si>
     <t>džemperi u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">CTM 003574274/BRIDGESTONE, CDR002009316-0002, CDR 001167928-0002,  CDR 001234124-0001, CDR 001234124-0002, CDR 002231019-0001, CDR 000415799-0005, CDR 000953179-0001, CDR 001237531-0001, CDR 000953328-0001, CDR 000789300-0001, CDR 000953278-0001, CDR 001234637-0002, CDR 001238679-0001, CDR 001231583-0001, CDR 000531009-0003, CDR 001903543-0001, CDR 000489711-0008, CDR 000620356-0001, CDR 000448550-0004, CDR 000448550-0005, CDR 002484147-0001, CDR 002094805-0001, CDR 002270835-0001, CDR 001836958-0001, CDR 001234090-0001, CDR 000531009-0002, CDR 000595541-0001, CDR 001252571-0001, CDR 002270843-0001, CDR 001233662-0001, CDR 000738216-0003, CDR 000738216-0002, CDR 000738216-0004, CDR 002059238-0001, CDR 000776018-0001, CDR 000953286-0001, CDR 001189765-0001, CDR 000953146-0001, CDR 000953161-0001, CDR 001133730-0001, CDR 001133730-0002, ITM 1105491, CDR 000448550-0003, CDR 001066971-0001, CDR 000910641-0001, CDR 001234637-0001, CDR 001212088-0003, CDR 001094536-0001, CDR 000289004-0001  
-[...2 lines deleted...]
-  <si>
     <t>BRIDGESTONE EUROPE NV/SA</t>
   </si>
   <si>
     <t xml:space="preserve">riepas </t>
   </si>
   <si>
-    <t>CDR 015024995-0001/EM, EUTM 003588051/EM SECRID, ITM 1823624/WO
-[...3 lines deleted...]
-  <si>
     <t>SECRID B.V.</t>
-  </si>
-[...19 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Helly Hansen AS</t>
   </si>
   <si>
     <t>EUTM 016785628/EM PURPLE BRAND, EUTM 018960301/EM PURPLE-BRAND, EUTM 018872340/EM PURPLE BRAND, EUTM 018832391/EM PURPLE BRAND, EUTM 018988220/EM PURPLE, EUTM 018963416/EM PURPLE</t>
   </si>
   <si>
     <t>PURPLE BRAND INTERNATIONAL SAGL</t>
   </si>
   <si>
     <t>atslēgu piekariņi, džinsi, treniņtērpi, džemperi, apakšbikses u.c.</t>
   </si>
   <si>
     <t>EUTM  1588482 JUVAMINE, EUTM  9508706 LABORATOIRES  JUVAMINE, EUTM  000299941 juvamine (marque 3D)</t>
   </si>
   <si>
     <t>JUVA</t>
   </si>
   <si>
     <t xml:space="preserve">probiotiskās piedevas, uztura bagātinātāji, vitamīnu piedevas u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM151480/BIGFOOT, EUTM 3031697/Bigfoot 4x4, Inc, EUTM 3683571/ SNAKE BITE, EUTM  014977151 Snake Bite, EUTM  013795679 BIGFOOT, EUTM 018383803/EM Snake Bite, EUTM 018775601/EM BIGFOOT
 </t>
   </si>
   <si>
-    <t>EUTM 014484026 JOICO</t>
+    <t>EUTM 014484026 JOICO,</t>
   </si>
   <si>
     <t>EUTM 000169599σημα με απεικονιση, EUTM 000169607RESERVA DE Don Julio, EUTM 001276633TEQUILA Don Julio, EUTM 003339496DON JULIO
 EUTM 003340411RESERVA DE DON JULIO, EUTM 003341252Julio Gonzalez E., EUTM 0065990881942 ΣΗΜΑ ΜΕ ΑΠΕΙΚΟΝΙΣΗ, EUTM 006599161Σημα με απεικονιση, EUTM 010606838DON JULIO REAL	
 EUTM 011557626DON JULIO 1942</t>
   </si>
   <si>
     <t>DIAGEO MEXICO COMERCIALIZADORA, S.A. de C.V.</t>
   </si>
   <si>
     <t>Playboy Enterprises International, Inc.</t>
   </si>
   <si>
     <t>EUTM 011566081 PLAYBOY CLUB, EUTM 007513153 PLAYBOY, ITM 0421058 AGolden Bunny,EUTM 007278492 GOLF,EUTM 011480654 BUNNY
 EUTM010067155 PHYSICAL,EUTM004546974 PLAYMATE OF THE YEAR
 EUTM 008697021 VIP, EUTM 010957538 VIP, EUTM 011772001 SUPER PLAYBOY</t>
   </si>
   <si>
-    <t>CDR 005318433-0001/EM, CDR 005318482-0003/EM,CDR 005318482-0002/ EM, CDR 001351712-0005/EM, , CDR 001339139-0004/EM,CDR 001351712- 0004/EM	, CDR 002199034-0002/EM, CDR 005890001-0001/EM, CDR 006083580-0001/EM, CDR 006083580-0002/EM, CDR 006083580-0005/EM	
-[...4 lines deleted...]
-  <si>
     <t>Christian Louboutin SAS</t>
-  </si>
-[...3 lines deleted...]
-CDR 003161660-0027 Lids for jars 5</t>
   </si>
   <si>
     <t>Bormioli Rocco S.p.A.</t>
   </si>
   <si>
     <t>stikla trauks</t>
   </si>
   <si>
     <t>EUTM 017759499 C1, EUTM 018494287 DoggyDentl,ITM 1011184 Plantur 39
 EUTM 011874187 Alcina, EUTM 014289573 Karex, EUTM 018332596 S1	
 ITM 1552403 Dandruff Killer Shampoo, EUTM 017713207 Plantur 21, EUTM 018000172 Plantur, EUTM 018239102 Dercomed,EUTM 018535168 Dr. Wolff's Bioniq, EUTM 018060306 Alpecin, EUTM 018060303 ALPECIN, EUTM 018398877 Plantur 21 #longhair</t>
   </si>
   <si>
-    <t>EUTM 008446221MUMM, CDR 002320036-0001Bouteilles,ITM 1358051 MUMM 1G.H.MUMM (marque figurative-cf visuel dans la liste des marques), ITM 1169630 Marque figurative (cf visuel dans la liste des marques)ITM 1252879 Marque figurative (cf visuel dans la liste des marques), EUTM 018054407 Marque tridimensionnelle (cf visuel dans la liste des marques), EUTM 015595391 Mumm Grand Cordon, EUTM 012696399 G.H.MUMM (marque figurative-voir visuel dans la liste des marques), EUTM 012533246 Marque figurative (cf visuel dans la liste des marques), EUTM 011826252 G.H.MUMM (marque figurative-voir visuel dans la liste des marques), EUTM 11886827 G.H. MUMM (marque figurative-voir visuel dans la liste des marques), EUTM 010157873 G.H. MUMM BRUT SELECTION (marque tridimensionnelle-cf visuel dans la liste des marques),  EUTM 009764374 MUMM DE CRAMANT GH MUMM (marque tridimensionnelle - cf visuel dans la liste des marques) EUTM 009846205 MUMM DE VERZENAY GH MUMM (marque tridimen sionnelle-cf visuel dans la liste des marques), ITM 1419835	G.H. MUMM  (marque figurative-voir visuel dans la liste des marques), ITM 1419744 G.H. MUMM (marque figurative-voir visuel dans la liste des marques), ITM 1434905 G.H.MUMM, ITM 1422636 G.H.MUMM (marque figurative-voir visuel dans la liste des marques)</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 009177411/EM VIKTOR &amp; ROLF, EUTM 014814578/EM VIKTOR&amp;ROLF Magic</t>
   </si>
   <si>
     <t xml:space="preserve">L'OREAL </t>
   </si>
   <si>
     <t>L'OREAL</t>
   </si>
   <si>
     <t>EUTM 018937371/EM EE</t>
   </si>
   <si>
     <t>null EE Holding Group LLC</t>
   </si>
   <si>
     <t>sporta bikses</t>
-  </si>
-[...4 lines deleted...]
-0007/EM, CDR 007695390-0071/EM, CDR 007695390-0055/EM,CDR 007695390-0050/EM, CDR 007695390-0018/EM</t>
   </si>
   <si>
     <t>CAREL INDUSTRIES S.P.A.</t>
   </si>
   <si>
     <t>ķīmiskie šķīdumi dzesēšanas sistēmām, dzesēšanas kondensatori, saldēšanas, dzesēšanas sistēmas</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 007401177/EM arena, EUTM 015386741 arena, EUTM 7401292 FIGURATIVO LOGO DIAMANTI, EUTM 6752372 POWERSKIN R-EVOLUTION, EUTM 7401359 LOGO DIAMANTI STRISCE VERTICALI, ITM 1402019 ARENA MAXD, EUTM 7600851 ARENA BODYLIFT, ITM 1195897 MAX LIFE, EUTM 7401136 ARENA, ITM 1208826 MAXLIFE, ITM 1366687RULE BREAKER ARENA, ITM 1195712POWERSKIN, ITM 1313022 logo diamanti ARENA, ITM 1342616 ARENA, EUTM 7401177 ARENA	</t>
   </si>
   <si>
     <t>ITM 1392297 COMETA, EUTM 18734902 stemma del leone, ITM 1074542 DORILLI, EUTM 3329935 PLANETA, EUTM 6935282 CERASUOLO DI VITTORIA, EUTM 17938319 CONTRODANZA, EUTM 16516304 TEREBINTO, EUTM 10770337 DORILLI, EUTM 17929365 stemma Santa Cecilia, EUTM 3329919 LA SEGRETA, ITM 1174510 ERUZIONE 1614	
 EUTM 15294549 PLUMBAGO, EUTM 3329992 ALASTRO, EUTM 17870732 ALLEMANDA, EUTM 3329968 BURDESE, EUTM 12912713 FRAPPATO</t>
   </si>
   <si>
     <t>PLANETA S.R.L.</t>
   </si>
   <si>
     <t>EUTM 018278711 B-LINE</t>
   </si>
   <si>
     <t>B - LINE S.R.L.</t>
   </si>
   <si>
     <t>mobilais tālrunis</t>
   </si>
   <si>
     <t>null Victoria's Secret Store Brand Management LLC</t>
   </si>
   <si>
-    <t>CDR 007988597-0001/EM, CDR 007988597-0003/EM, CDR 007993720-0002/ EM, CDR 005315553-0003/EM, CDR 000366877-0007/EM, CDR 008888143- 0007/EM, CDR 008888143-0005/EM</t>
-[...1 lines deleted...]
-  <si>
     <t>ALESSI SPA SOCIETA' BENEFIT</t>
   </si>
   <si>
     <t>tējkannas, tosteri, blenderi augļu spiedes, pudeļu attaisāmie, termosi u.c.</t>
-  </si>
-[...7 lines deleted...]
-CDR 008700330-0006, CDR 008700330-0005</t>
   </si>
   <si>
     <t>elektriskās sistēmas u.c.</t>
   </si>
   <si>
     <t>EUTM 012221479/EM BOTUCAL RESERVA EXCLUSIVA, EUTM 009929101/EM, EUTM 018848844/EM DIPLOMATICO, EUTM 018520006/EM DIPLOMÁTICO RESERVA EXCLUSIVA	
 EUTM 018520017/EM DIPLOMÁTICO RESERVA EXCLUSIVA	
 EUTM 008409401/EM DIPLOMATICO AMBASSADOR Selection
 EUTM 004545414/EM BOTUCAL</t>
   </si>
   <si>
     <t>DIPLOMATICO BRANDING UNIPESSOAL LDA ZONA FRANCA DA MADEIRA</t>
   </si>
   <si>
     <t>EUTM 017584368 GEEKVAPE, EUTM 017434564 DIGIFLAVOR</t>
   </si>
   <si>
     <t>Shenzhen Geekvape Technology Co., Ltd.</t>
   </si>
   <si>
     <t>elektroniskās cigaretes, šķidrie nikotīna šķīdumi izmantošanai elektroniskajās cigaretēs</t>
   </si>
   <si>
-    <t>EUTM 002077600 BOSE, EUTM 002081636 BOSE, EUTM 12629697 BOSE
-[...2 lines deleted...]
-  <si>
     <t>BOSE PRODUCTS B.V.</t>
   </si>
   <si>
     <t>EUTM 018042236 Trader Joe's</t>
   </si>
   <si>
     <t>ALDI Einkauf SE &amp; Co. oHG</t>
   </si>
   <si>
     <t>ķīmiskie produkti, neapstrādāti sintētiskie sveķi, neapstrādātas plastmasas, ugunsdzēsības un ugunsdrošības līdzekļi, cietinātāji un lodēšanas līdzekļi, miecēšanas līdzekļi dzīvnieku ādām, līmes rūpnieciskiem mērķiem, špakteles un citas pildvielas, komposts, mēslošanas līdzekļi, kūtsmēsli, bioloģiskie aģenti rūpnieciskiem un zinātniskiem mērķiem, krāsa</t>
   </si>
   <si>
     <t>EUTM 000543330/EM METEOSPASMYL</t>
   </si>
   <si>
     <t>LABORATOIRES MAYOLY SPINDLER</t>
   </si>
   <si>
     <t>atmiņas kartes u.c.</t>
+  </si>
+  <si>
+    <t>NOVO NORDISK A/S</t>
   </si>
   <si>
     <t>EUTM 012254025/EM Saxenda, EUTM  013519418 Ozempic,  EUTM 018213481/EM novo nordisk, ICD D201679-0003/WO, ICDD201679-0007/WO
 ICD D201679-0008/WO, ICD D201679-0004/WO, ICD D201679-0002/WO	
 ICD D201679-0001/WO, ICD D201679-0005/WO, ICD D201679-0006/WO	
-ICD D201679-0009/WO, EUTM 017928459/EM 10000013 Rybelsus, EUTM 018328084/EM WEGOVY,EUTM 018544892/EM Awiqli, EUTM 018889211/ EM</t>
-[...2 lines deleted...]
-    <t>NOVO NORDISK A/S</t>
+ICD D201679-0009/WO, EUTM 017928459/EM Rybelsus, EUTM 018328084/EM WEGOVY,EUTM 018544892/EM Awiqli, EUTM 018889211/ EM</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 8912 BDF, EUTM	15735 ATRIX, EUTM 8920	ABC, EUTM15727/ 8x4, EUTM 916905/Nivea Visage, EUTM 4730438/Nivea Soft, EUTM 951550/Nivea,  EUTM 7517139/Liposan, EUTM 7283864/Liposan, EUTM 937382/Elastoplast, EUTM 10256782/NIVEA, EUTM 3433737/ FLORENA, EUTM 12591/Nivea Creme, EUTM 428342, EUTM 605576,  EUTM 12609/NIVEA, EUTM 15750/Labello, EUTM 221127/Hidrofugal, EUTM 2798742/Harmony, EUTM 8961/Hansaplast, EUTM 765927/Eucerin, EUTM 710661/Eucerin, EUTM 2777209/ELASTOPLAST, EUTM 5204052/DUO, EUTM 1548031/doppel dusch, EUTM 363143/Beiersdorf,  EUTM 30494/BDF, EUTM 8912/BDF, EUTM 963574/ATRIX ,  EUTM 15735/ATRIX , EUTM 8920/ABC, EUTM 11900172/Nivea Sun, EUTM 12183968/Nivea Baby,  EUTM 12253043/AQUAPHOR, EUTM 11019601/AQUAPHOR,  EUTM 12443073/8 x 4, EUTM 10785/Gammon, EUTM 11187358/8 x 4, EUTM 10853216/Nivea Men, EUTM 11046836/Labello, EUTM 11398955/Hansaplast, EUTM 3557808/Nivea, EUTM 977953/Nivea Creme  
  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">skaistumkopšanas līdzekļi vai grima līdzekļi un ādas kopšanas līdzekļi (izņemot medikamentus), tostarp saules aizsargkrēmi un iedeguma līdzekļi, roku vai kāju kopšanas līdzekļi, kosmētika, roku vai kāju kopšanas līdzekļi u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                       EUTM 018103012ÏNAO, EUTM 018315945 e, EUTM 018285748 DOUBLE TROUBLE, EUTM 018033019 e essence, EUTM 18170349 JUICY BOMB	
 EUTM 018269705 e essence, EUTM 018679312 e essence Lash Princess	
 EUTM 018861983 Lash PRINCESS, EUTM 018865568 (Marke ohne Text)	
 EUTM 018584337 INAO, EUTM 018692925 e essence I EXTREME, EUTM 018849546 I EX TREME, EUTM 013000419 I EXTREME,EUTM 018269704
 EUTM18884494 DEFINITION &amp; VOLUME DOUBLE TROUBLE MASCARA EXTRA BLACK, EUTM 018948410 JUICY BOMBEUTM009128661e by essence, EUTM012734505 e essence, EUTM 004109567  essence, EUTM 009128687essence, EUM009128711 essence 
 </t>
   </si>
   <si>
-    <t xml:space="preserve">skaistumkopšanas līdzekļi vai grima līdzekļi un ādas kopšanas līdzekļi (izņemot medikamentus), tostarp saules aizsargkrēmi un iedeguma līdzekļi, roku vai kāju kopšanas līdzekļi, kosmētika, roku vai kāju kopšanas līdzekļi u.c. </t>
-[...1 lines deleted...]
-  <si>
     <t>STEFANPLAST S.P.A.</t>
   </si>
   <si>
-    <t>CDR 000339262-0001/EM</t>
-[...4 lines deleted...]
-  <si>
     <t>PARAJUMPERS SPA</t>
   </si>
   <si>
-    <r>
-[...40 lines deleted...]
-  <si>
     <t>null Bath &amp; Body Works Brand Management Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 015433436/EM DEFENDER, EUTM 017866806/EM EVOQUE, EUTM 010507903/EM F-TYPE, EUTM 015426737/EM E-PACE, EUTM 012767133/ EM SVR, EUTM 014875355/EM I-PACEEUTM 016482051 DEFENDER, EUTM 000143842 DISCOVERY, EUTM 017866807 XE, EUTM 000323592 XJ, EUTM 012718698 JAGUAR, EUTM 013184999 nawm, EUTM 016492332 JAGUAR, EUTM 015422926 LAND ROVER, EUTM 017879330 nawm, EUTM  013370572 Land Rover, EUTM  013370606 Range Rover, EUTM  013315833 Defender, EUTM 004847604 Land Rover, EUTM  005709481 Range Rover, EUTM  005709431 Range Rover, EUTM  000499343 Freelander, EUTM  000143792 Range Rover, EUTM  000189795 Jaguar, EUTM  005709456 Range Rover, EUTM  004071874 Range Rover, EUTM  000026658, EUTM  000026625 Jaguar, EUTM  000143644  Land Rover, EUTM  006447221Range Rover, EUTM  003648524 Range Rover, EUTM  005675343 Jaguar, EUTM  000026674, EUTM  000143842 Discovery  </t>
   </si>
   <si>
     <t>JAGUAR LAND ROVER LIMITED</t>
   </si>
   <si>
     <t>POP MART NETHERLANDS B.V.</t>
   </si>
   <si>
     <t>rotaļlietas, atslēgu piekariņi u.c.</t>
-  </si>
-[...1 lines deleted...]
-    <t>CDR 004555001-0006/EM</t>
   </si>
   <si>
     <t>ZAFFERANO SRL</t>
   </si>
   <si>
     <t>LED noskaņas gaismas</t>
   </si>
   <si>
     <t>EUTM 010186179/EM PEPPA PIG, EUTM 010186261/EM PEPPA PIG	
 EUTM 013084512/EM PJ Masks, EUTM 013084587/EM PJ Masks, EUTM 013957352/EM, EUTM 014396097/EM, EUTM 014395982/EM PJ Masks EUTM 018189029 Peppa Pig, EUTM 012216834 Peppa Pig, EUTM 010186261 Peppa Pig (fig.), EUTM 010186179 Peppa Pig, EUTM 015152911 SUPERPIGIAMINI, EUTM 015152929 SUPERPIJAMAS EUTM 015152978  PYJAMA HELDEN, EUTM 013957352, EUTM 013084512 PJ Masks, EUTM 013084587 PJ Masks, EUTM 014395982 PJ Masks, EUTM 014396097</t>
   </si>
   <si>
-    <t>ITM 1529140/WO WHIMZEES, ITM 1185162/WO WHIMZEES, ITM 1149583/WO WHIMZEES, EUTM 008643389/EM PARAGON, EUTM 015388515/EM DOES YOUR WHOLE FAMILY BRUSH?, EUTM 015896012/EM BRUSHZEESCDR 008698328-0002/EM, CDR 008923635- 0001/EM, CDR 003143403-0001/ EM, CDR 000196167-0002/EM, CDR 000196167-0004/EM,CDR 002863464- 0001/EM, CDR 001613209-0001/EM, CDR 000876917-0003/EM, CDR 000876917 - 000876917-0001/EM, CDR 000876917-0002/EM,CDR 000947361-0001/EM, CDR 000947361-0002/EM, CDR 000372552-0001/EM, CDR008698328-0003/ EM, CDR 008698328-0001/EM</t>
-[...26 lines deleted...]
-  <si>
     <t>TaiYuanShiXiaoDianQuJinShangXianRiYongPinShangHang</t>
   </si>
   <si>
-    <t>hanteles, hanteļu statīvi, hanteļu stieņi svarcelšanai, fitnesa aprīkojums lietošanai telpās, aprīkojums fiziskās sagatavotības uzturēšanai, plaukti fitnesa aprīkojuma glabāšanai</t>
-[...1 lines deleted...]
-  <si>
     <t>ERREA' SPORT S.P.A.</t>
   </si>
   <si>
-    <t>1CD D222353-0003/WO, ICD D222353-0006/WO, ICD D222353-0005/WO
-[...13 lines deleted...]
-  <si>
     <t>FURLA S.P.A.</t>
-  </si>
-[...6 lines deleted...]
-CDR015005059-0009/EM	</t>
   </si>
   <si>
     <t>COCCINELLE SPA UNIPERSONALE</t>
   </si>
   <si>
     <t>somas, lietussargi, ādas izstrādājumi, kabatas portfeļi, galdauti, pludmales dvieļi, siksnas, apavi, galvassegas, apģērbu ādas imitācijas, ādas apģērbi, jostas, sprādzes, apģērba piederumi u.c.</t>
   </si>
   <si>
     <t>EUTM 018441636/EM L'ALPINA, EUTM 016229668/EM AUSTRALIAN HARD COURT, EUTM 008437048/EM Australian Dream, EUTM 008222598/EM Australian by L'ALPINA, EUTM 004702866/EM Aussie	
 EUTM 015571805/EM A. RED COURT, EUTM 009764846/EM</t>
   </si>
   <si>
     <t>L'ALPINA MAGLIERIE SPORTIVE S.P.A.</t>
   </si>
   <si>
     <t>apģērbs</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1033725 THE GLENROTHES, ITM 1032425 THE GLENROTHES	
 ITM 0991310 ROBUR RESERVE,EUTM 000727842 HIGHLAND PARK, EUTM 000751099 GLENROTHES, ITM 1548238 MACALLAN, EUTM 000022228 MACALLAN	</t>
   </si>
   <si>
     <t>EDRINGTON DISTILLERS LTD</t>
-  </si>
-[...1 lines deleted...]
-    <t>stiprie alkoholiskie dzērieni u.c.</t>
   </si>
   <si>
     <t>Škoda Auto a.s.</t>
   </si>
   <si>
     <t>BURBERRY LTD</t>
   </si>
   <si>
     <t>STARBUCKS CORPORATION</t>
   </si>
   <si>
     <t>YONEX CO.,LTD.</t>
   </si>
   <si>
     <t>ITM 1004640/WO PANDORA, EUTM 003397858/EM PANDORA, ITM 1518617/WO O, ITM 981362/WO O, ITM 1178636/WO PANDORA, ITM 979859/WO PANDORA, ITM 1086893/WO ALE, ITM 1519255/WO PANDORA, EUTM 000066886/EM ESSENCE, ITM 979835/WO LovePods, EUTM 006646491/EM PANDORA, ITM 1050640/WO UNFORGETTABLE MOMENTS, ITM 1594297/WO PANDORA BRILLIANCE</t>
   </si>
   <si>
     <t>ITM 1072677/WO COMMUTER SERIES, ITM 1120565/WO OTTERBOX
 ITM 1018698/WO OTTER BOX, ITM 1022540/WO, ITM 1075783/WO DEFENDER SERIES</t>
   </si>
   <si>
     <t>OTTER PRODUCTS EMEA UNLIMITED COMPANY</t>
   </si>
   <si>
     <t>mobilo tālruņu maciņi</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 014277362/EM OPTUM,EUTM 011966116/EM CNH INDUSTRIAL
 EUTM 011975026/EM CNH INDUSTRIAL, EUTM 011975174/EM CNH INDUSTRIAL, EUTM 003519469/EM CASE IH,EUTM 006931489/EM CASE
 EUTM 000138818/EM, EUTM 003520699/EM Hi, EUTM 014191266/EM STEYR TRAKTOREN, EUTM 014191332/EM STEYR,EUTM 016800633/EM Steyr, EUTM 016800666/EM STEYR, EUTM 003503752/EM CASE, EUTM 008240831/EM NEW HOLLAND, EUTM 017972502/EM ABSOLUT, EUTM 000138628/EM AXIAL-FLOW, EUTM 001745769/EM BRAUD, EUTM 009011909/EM WORKMASTER, ITM 1524719/WO VESTRUM, EUTM 016435661/EM VENTUS, EUTM 014226311/EM TERRUS,EUTM 018356846/ EM STEYR TRAKTOREN,ITM 1543266/WO CASE CONSTRUCTION,ITM 1538698/WO CASE IH AGRICULTURE, ITM 1543201/WO CNH INDUSTRIAL, EUTM 002242899/EM CNH, EUTM 003130697/EMF ARMALL, EUTM 018098546/EM FARMALL, EUTM 009011941/EM GENESIS, EUTM 017966479/EM HY-TRAN,EUTM 017972501/EM IMPULS
 EUTM 018339092/EM, EUTM 017598831/EM,EUTM 017598781/EM NEW HOLLAND, ITM 1466977/WO LOOP MASTER, EUTM 014277421/EM LUXXUM, ITM 1543131/WO NEW HOLLAND AGRICULTURE, ITM 1541160/WO NEW HOLLAND CONSTRUCTION, EUTM 017598814/EM NEW HOLLAND, EUTM 009011974/EM POWERSTAR, EUTM 005003371/ EM PUMA, EUTM 000634345/EM QUADTRAC, EUTM 006482277/EM QUANTUM, EUTM 018216971/EM SPEZIAL  </t>
   </si>
   <si>
-    <t>EUTM 002566057 /fig./,  EUTM 002566008 /fig./,  EUTM191411 Yamaha, EUTM 000383125/EM YAMAHA</t>
-[...5 lines deleted...]
-    <t xml:space="preserve"> EUTM 005216957 NORDITROPIN SIMPLEXX, EUTM 002509172 NORDITROPIN,  EUTM 018036209 Sogroya</t>
+    <t>EUTM 005216957 NORDITROPIN SIMPLEXX, EUTM 002509172 NORDITROPIN,  EUTM 018036209 Sogroya</t>
   </si>
   <si>
     <t>AUTOMOBILI LAMBORGHINI S.P.A.</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">CDR 015082700-0008, CDR 015082700-0007, CDR 015082700-0006, CDR 015048078-0011, CDR 008846307-0009, CDR 008846307-0008, CDR 008846307-0010	</t>
   </si>
   <si>
     <t>Ravensburger Verlag GmbH</t>
   </si>
   <si>
     <t>galda spēles</t>
   </si>
   <si>
     <t>EUTM 000102988/EM CELEST, EUTM 000102939/EM DIVIDEND, EUTM 000039230/EM MODDUS, EUTM 000120956/EM RIDOMIL GOLD, EUTM 000120857/EM SWITCH, EUTM 015947799/EM ACTARA,EUTM 002292175/ EM HERITAGE, EUTM 006513675/EM SCORE, EUTM 003942299/EM AXIAL, ITM 1260753/WO MIRAVIS	, EUTM 015630932/EM ORONDIS	
 EUTM 016462699/EM VIBRANCE</t>
   </si>
   <si>
     <t>Syngenta Crop Protection AG</t>
   </si>
   <si>
     <t>WESTERN DIGITAL TECHNOLOGIES INC.</t>
   </si>
   <si>
     <t>EUTM 018188699/EM SKIFIDOL</t>
   </si>
   <si>
     <t>OFFICINA COMUNICAZIONE S.R.L.</t>
   </si>
   <si>
     <t>spēļu kārtis u.c.</t>
   </si>
   <si>
-    <t>CDR 015038444-0001/EM</t>
-[...1 lines deleted...]
-  <si>
     <t>IPEA SRL</t>
+  </si>
+  <si>
+    <t>HUMMEL HOLDING A/S</t>
   </si>
   <si>
     <t>EUTM 018706052/EM HML, EUTM 018932998/EM, EUTM 018906378/EM
 EUTM 018706564/EM, EUTM 018408336/EM, EUTM 003015377/EM, ITM
 1306318/WO, ITM 1318464/WO,ITM 878866/WO, ITM 1313403/WO, ITM 881224/WO, ITM 943057/WO, ITM 915962/WO,ITM 871910/WO HUMMEL
 EUTM 001203942/EM hummel, EUTM 009818873/EM hummel Recycled	
 EUTM 018015116/EM hummel UPCYCLED,EUTM 018018015/EM hummel UPCYCLED, EUTM 018921224/EM OFF DUTY GEAR, EUTM 010277705/ EM newline, EUTM 013481891/EM, EUTM 016982092/EM HALO</t>
   </si>
   <si>
-    <t>HUMMEL HOLDING A/S</t>
-[...8 lines deleted...]
-  <si>
     <t>CONSORZIO DI TUTELA BAROLO BARBARESCO ALBA LANGHE E DOGLIANI</t>
   </si>
   <si>
     <t>EUTM 009811341/EM COSTA SMERALDA,EUTM 000161794/EM COSTA SMERALDA, EUTM 000161828/EM COSTA SMERALDA, EUTM 000160549/EM, ITM 1385330/WO COSTA SMERALDA,ITM 1426518/WO COSTA SMERALDA</t>
   </si>
   <si>
     <t>SERVIZI CONSORTILI COSTA SMERALDA SPA</t>
   </si>
   <si>
     <t>parfimērijas izstrādājumi, kosmētika, galvassegas, apģērbs, rotaļlietas, apavi, zobu pastas un pastas, ziepes, spēles porcelāns, mazgāšanas līdzekļi rūpnieciskiem nolūkiem, parfimērijas eļļas, stikla trauki u.c.</t>
+  </si>
+  <si>
+    <t>EUTM  009208761 SPIN MASTER, EUTM 010730349 S SPIN MASTER, EUTM 015860174/EM THE ONE &amp; ONLY KINETIC SAND, EUTM 015524192/EM WACKY-TIVITIES KINETIC SAND, EUTM 018465919/EM KINETIC SAND, EUTM 015524201/EM KINETIC SAND</t>
   </si>
   <si>
     <t>EUTM 012108338 GW, EUTM 012108353 WARHAMMER, EUTM 001933852 GAMES WORKSHOP, EUTM 018096144 WARHAMMER</t>
   </si>
   <si>
     <t>GAMES WORKSHOP LTD (IRISH BRANCH)</t>
   </si>
   <si>
     <t>EUTM 012613212 DE: [Bildmarke DELTA] EN: [Figurative mark DELTA]
 EUTM 012433827 FLEXFIT DELTA, EUTM 008425217 FLEXFIT
 EUTM 018155416 ACTIVESEAL, EUTM 007023427 210 FITTED	
 EUTM 011250511 TWO TEN, EUTM 011250156 210, EUTM 013106571 110 YP YUPOONG, EUTM 018214763 YP CLASSICS, EUTM 015125123 YP
 EUTM 002655439 YP, EUTM 002655389 YUPOONG, EUTM 018132883 FLEXFIT NU</t>
   </si>
   <si>
     <t>Yupoong, Inc.</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR 008463657-0001/EM, EUTM 000152215/EM AIRWAIR WITH BOUNCING SOLES, EUTM 000152918/EM AIRWAIR,EUTM 018686687/EM AIRWAIR, CDR 007367180-0002/EM	, CDR 007367180-0001/EM, EUTM 018686688/EM AIRWAIR WITH BOUNCING SOLES	</t>
-[...1 lines deleted...]
-  <si>
     <t>AIRWAIR INTERNATIONAL LTD</t>
   </si>
   <si>
     <t xml:space="preserve">dārglietas, bižutērija, apģērbi, apavi, galvassegas, ādas un ādas imitācijas somas, kosmētikas un tualetes līdzekļi, zobu pasta, smaržas, ēteriskās eļļas, balinātāji un citi mazgāšanas līdzekļi, tīrīšanas, pulēšanas, attaukošanas un abrazīvie līdzekļi  </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 013292081 TÜV	</t>
   </si>
   <si>
     <t>TÜV Markenverbund e.V.</t>
   </si>
   <si>
     <t>elektropreces u.c.</t>
   </si>
   <si>
     <t>EUTM 018235157 LAVAZZA, EUTM 018591825 LAVAZZA A MODO MIO BARISTA TECHNOLOGY (FIGURATIVE), EUTM 018397566 LA RESERVA DE ¡TIERRA! PREMIUM BLEND HUMECO BIO-ORGANIC (FIGURATIVE), EUTM 018416406 PAULISTA (FIGURATIVE),EUTM 18345601 BLEND FOR BETTER (FIGURATIVE), EUTM 018359883   LAVAZZA COFFEE TO GO (FIGURATIVE)EUTM 011582616LAVAZZA QUALITA' ORO, ITM 1186133LAVAZZA, EUTM 317057 LAVAZZA, EUTM 15134984 LAVAZZA</t>
   </si>
   <si>
     <t>LUIGI LAVAZZA S.p.A.</t>
   </si>
   <si>
-    <t>kafija</t>
-[...4 lines deleted...]
-  <si>
     <t>EUTM7448293montura logo figurative</t>
   </si>
   <si>
     <t>MONTURA S.R.L.</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 018677050/EM SUSANNA FALKEN JEWELLERY Because i care	
-[...3 lines deleted...]
-  <si>
     <t>Susanna Falken Jewellery AB</t>
   </si>
   <si>
-    <t xml:space="preserve"> EUTM 012219366 79981781 MONTBLANC,  EUTM 012201869, ITM	1298754/WO	10000003	MONTBLANC
+    <t xml:space="preserve">EUTM 012219366 79981781 MONTBLANC,  EUTM 012201869, ITM 1298754/WO MONTBLANC
 </t>
   </si>
   <si>
-    <t xml:space="preserve">ICD D088738-0003/WO, ICD D088828-0001/WO,  EUTM 018382614/EM VALENTINO GARAVANI, EUTM 018169505/EM V, CDR 007382619- 0001/EM, EUTM	017009119/EM VLTN, EUTM 009615601/EM T-SHIRT COUTURE, EUTM 013822978/EM REDV, EUTM 013898481/EM RED V
-CDR 002167858-0001/EM, EUTM 010269331/EM RED V,EUTM 010843134/ EM RED V, EUTM 007539919/EM RED VALENTINO,EUTM 010500874/EM RED VALENTINO, EUTM	006937221/EM V, EUTM 010945236/EM VALENTINA, EUTM 010152866/EM VALENTINA VALENTINO, EUTM 001990407/EM VALENTINO, EUTM	007012149/EM VALENTINO GARAVANI, CDR 002154708-0001/EM, ICD D095792-0002/WO		</t>
+    <t xml:space="preserve">                                                                                                                                        EUTM 015294119 CORDURA COMBAT WOOL, EUTM 014658496 CORDURA COMBAT WOOL, EUTM 1242619 Cordura, EUTM 2853620 invista, EUTM 014592638,  EUTM 012918348, EUTM 012918314 INVISTA, EUTM 011190998 CORDURA FLAME DEFENSE  
+</t>
   </si>
   <si>
     <t>ITM 1535997/WO ARRA MYSTIC BLOOM, CPVR 43523 Arraone
 CPVR 43524 Arrafour, CPVR 40783 Arraten,CPVR 40779 Arraeleven
 CPVR 40782 Arrathirteen, CPVR 49473 Arrafourteenone, CPVR 43525 Arrasixteen, CPVR 40781 Arrafifteen, CPVR 49472 Arraeighteen, CPVR 40780 Arranineteen,CPVR 49470 Arratwentyfive
 CPVR 49471 Arratwentyseven, CPVR 49474 Arratwentyeight	
 CPVR 49469 Arratwentynine, CPVR 52663 Arrathirty, CPVR 58284 Arrathirtyone, CPVR 58280 Arrathirtytwo,ITM 1416455/WO ARRA PASSION FIRE, EUTM 017884676/EM ARRA AUTUMN GIANT
 ITM 1416001/WO ARRA SWEETIES, ITM 1466687/WO ARRA MYSTIC DREAM, ITM 1466683/WO ARRA MYSTIC STAR	
 ITM 1466608/WO ARRA PASSION GLOW, ITM 1466676/WO ARRA PASSION PUNCH, EUTM 018103410/EM ARRA PASSION STAR, ITM 1536561/WO ARRA SUGAR DROP,EUTM 018383563/ EM ARRA YUM!BO, ITM 1602198/WO ARRA HONEY POP</t>
   </si>
   <si>
     <t>GRAPA COMPANY LIMITED</t>
   </si>
   <si>
+    <t>vīnogas</t>
+  </si>
+  <si>
     <t xml:space="preserve">ITM 1299513 Lenovo </t>
-  </si>
-[...19 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Intercontinental Great Brands LLC</t>
   </si>
   <si>
     <t>ITM 333114 Bit, ITM 333115 Bitte ein Bit!, EUTM 014566418 Bitburger Bitte ein Bit, EUTM 014802656 Bitburger Bitte ein Bit, EUTM 018111660 Bitburger
 EUTM 018111661 BITBURGER</t>
   </si>
   <si>
     <t>Bitburger Braugruppe GmbH</t>
   </si>
   <si>
+    <t>HONDA MOTOR EUROPE LTD</t>
+  </si>
+  <si>
     <t>EUTM 006078331/EM JIBBITZ, EUTM 006078356/EM jibbitz, ITM 900654/WO JIBBITZ</t>
   </si>
   <si>
     <t>JIBBITZ LLC</t>
   </si>
   <si>
     <t>kurpju rotājumi</t>
   </si>
   <si>
-    <t>elektriskie adapteri, printera toneris, akumulatoru komplekti u.c.</t>
-[...4 lines deleted...]
-  <si>
     <t>ACM INTERNATIONAL SRL</t>
   </si>
   <si>
     <t>pārnesumkārbas motori, izņemot sauszemes transportlīdzekļiem paredzētos</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 008940587/EM ITALFILE, EUTM 012534202/EM JANE, EUTM 018019036/EM JANE ITALFILE, CDR 006145033-0002/EM,CDR 008362099-0001/EM, CDR 003531078-0001/EM	</t>
-[...1 lines deleted...]
-  <si>
     <t>ITALFILE SRL</t>
   </si>
   <si>
     <t>tālvadības pultis</t>
-  </si>
-[...1 lines deleted...]
-    <t>SCAB GIARDINO SPA</t>
   </si>
   <si>
     <t>ICD D220464-0005/WO, ICD D220464-0006/WO, ICD D220464-0003/WO
 ICD D220464-0002/WO, ICD D220464-0001/WO, ICD D220464-0004/WO</t>
   </si>
   <si>
+    <t>SCAB GIARDINO SPA</t>
+  </si>
+  <si>
     <t>BEGA Gantenbrink-Leuchten KG</t>
   </si>
   <si>
-    <t xml:space="preserve">                         
-[...6 lines deleted...]
-  <si>
     <t>THE GILLETTE COMPANY LLC</t>
   </si>
   <si>
-    <t>skuvekļi, skuvekļu asmeņi, manuālās zobu birstes, elektriskas zobu birstes, zobu birstes galviņas  u.c.</t>
-[...2 lines deleted...]
-    <t>ITM 1486516 NODALETO, EUTM 018525039 NODALETO, CDR 008425417- 0001, CDR 008713721-0001</t>
+    <t>skuvekļi, skuvekļu asmeņi, manuālās zobu birstes, elektriskas zobu birstes, elektriskās zobu birstes galviņas  u.c.</t>
   </si>
   <si>
     <t>NODALETO</t>
   </si>
   <si>
     <t xml:space="preserve">  kosmētiskie un tualetes līdzekļi, zobu pastas, parfimērija, ēteriskās eļļas, preparāti putekļu uzsūkšanai, mitrināšanai un saistīšanai, juvelierizstrādājumi,  pulksteņi un hronometriskie instrumenti,  somas, mēbeles, spoguļi, gleznu rāmji, nemetāliski uzglabāšanas vai transportēšanas konteineri, mājsaimniecības vai virtuves piederumi un trauki, apģērbi, apavi, galvassegas, apavi  u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 000687434 e, EUTM 000687111 evolution,EUTM 017998772
 EUTM 000370122 SENNHEISER
 </t>
   </si>
   <si>
     <t>Sennheiser electronic GmbH &amp; Co. KG</t>
   </si>
   <si>
-    <t>ierīces un instrumenti audio signālu ierakstīšanai, kā arī to daļas, austiņas, mikrofoni u.c.</t>
+    <t>ierīces un instrumenti audio signālu ierakstīšanai,kā arī to daļas, austiņas, mikrofoni u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ITM 1337752 LEDVANCE (mit Logo), EUTM 008592776 LEDVANCE, EUTM 018769616 LEDVANCE</t>
   </si>
   <si>
     <t>EUTM 018633205 ELFA,EUTM 018365272ELFBAR, EUTM018418043
 EUTM 018731012 ELFLIQ, EUTM 018838763/EM EBDESIGN, EUTM 018862291/EM MARYLIQ, EUTM 018856250/EM MaryLiq</t>
   </si>
   <si>
     <t>ITM 1558349/WO FERRERO ROCHER, ITM1249154/WO FERRERO ROCHER the golden experience, ITM1692374/WO FERRERO ROCHER	
 ITM1628989/WO FERRERO ROCHER ORIGINS, ITM1614931/WO FERRERO ROCHER GOLDEN TRAVELS, ITM1561733/WO FERRERO ROCHER ORIGINS, ITM1501324/WO FERRERO ROCHER GOLD - EDITION</t>
   </si>
   <si>
     <t>vafeles pārklātas ar šokolādi</t>
   </si>
   <si>
     <t>MOONBUG ENTERTAINMENT LIMITED</t>
   </si>
   <si>
     <t>EUTM4186169 PINK LADY, EUTM 2042679 PINK LADY, EUTM 968248 PINK LADY, EUTM 018111127 Pink Lady, EUTM 014353262 Pink Lady, EUTM 009914565 PINKIDS,EUTM 000968248/EM</t>
   </si>
   <si>
     <t>Apple and Pear Australia Limited</t>
   </si>
   <si>
     <t xml:space="preserve"> āboli, pārtika, alkoholiskie dzērieni u.c. </t>
   </si>
   <si>
     <t>EUTM 018234248 PIT VIPER, EUTM 018917967PIT VIPER, EUTM 018917965PIT VIPER, EUTM 018738091/EM BRAPSTRAP, EUTM 018737465/EM FLIGHT OPTICS, EUTM 018737464/EM FLIP-OFFS
 EUTM 018737463/EM LIFT-OFFS, EUTM 018754159/EM PIT VIPER
 EUTM 018775225/EM PIT VIPER, EUTM 018775261/EM PV</t>
   </si>
   <si>
-    <t>EUTM 012548913 TALTZ, EUTM 010853596 TALTZ, EUTM 014461164 VERZENIOS, EUTM 010853001 OLUMIANT, EUTM 018129502, EUTM 018130857 RETSEVMO, EUTM 012763108 CYRAMZA, EUTM 010350635 CYRAMZA, EUTM 01284969 1trulicity, EUTM 009986159 TRULICITY, CDR 000124292-0009, EUTM 003915071 C, CDR 000124284-0001, EUTM 000299685 HUMALOG, EUTM 000299644 HUMATROPE,CDR 000124284- 0004, CDR 000124292-0012, EUTM 002869634, EUTM 001223916 CIALIS	
-EUTM 001235902 Lilly, EUTM 000237016 LILLY, EUTM 000828715 ALIMTA, EUTM 014826283 OLUMIANT</t>
+    <t>KAPPA S.R.L. CON SOCIO UNICO</t>
   </si>
   <si>
     <t>EUTM 017891154/EM, EUTM 017891153/EM briko, EUTM 001847649/EM
 EUTM 003117751/EM, EUTM 017926883/EM KONTROLL, EUTM 003137395/EM KAPPA, EUTM 004951737/EM KAPPA,EUTM 005874995/ EM KAPPA,EUTM 008136996/EM KAPPA,EUTM 005875125/EM ROBE DI KAPPA, ITM871998/WO ROBE DI KAPPA, EUTM 018657259/EM BRIKO
 EUTM 018657250/EM KAPPA, EUTM 018028939/EM Kappa ski vacuum system technology, EUTM 018657252/EM, EUTM 018955011/EM SKI VACUUM SYSTEM TECHNOLOGY</t>
   </si>
   <si>
+    <t>EUTM 011744547/EM MYONE</t>
+  </si>
+  <si>
+    <t>MYONE S.R.L.</t>
+  </si>
+  <si>
+    <t>sensori durvju atvēršanas un aizvēršanas noteikšanai, tālvadības ierīces durvju atvēršanai un aizvēršanai</t>
+  </si>
+  <si>
     <t>EUTM 011298247/EM AC/DC, EUTM 007594146/EM AC/DC, EUTM 014947717/EM AC/DC, EUTM 017962722/EM AC/DC, EUTM 018316239/EM ACDC, EUTM 018389095/EM ACDC, EUTM 018696965/EM BACK IN BLACK, EUTM 018696969/EM HIGHWAY TO HELL</t>
   </si>
   <si>
     <t>LEIDSEPLEIN PRESSE B.V.</t>
   </si>
   <si>
     <t>ITM 1447181 AM 318, EUTM 018396335 Loomen, EUTM 016280844 ANTONY MORATO, EUTM 010801181 MORATO,  EUTM 007447857 ANTONY MORATO,EUTM 010495323 MORATO,  EUTM 008803082 MORATO, EUTM 007219413 ANTONY MORATO, EUTM 005863956 ANTONY MORATO ITALIA, EUTM 005231444 ANTONY MORATO</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 001793611/EM DAB, CDR 004716330-0004/EM, 
-[...2 lines deleted...]
-  <si>
     <t>DAB PUMPS S.P.A.</t>
   </si>
   <si>
     <t>elektriskie sūkņi, cirkulatori (elektriskās vai elektroniskās sastāvdaļas) u.c.</t>
-  </si>
-[...10 lines deleted...]
-    <t>ITM 940488, CDR 007707708-001, EUTM 018151929</t>
   </si>
   <si>
     <t>AL.PI. S.R.L.</t>
   </si>
   <si>
     <t>pretslīdes risinājums apavu zolēm</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 3785987 Stone Island (fig.), EUTM 3786035 Stone Island (fig.), EUTM 3785995 Stone Island (fig.), EUTM 3785953 Stone Island  
 </t>
   </si>
   <si>
     <t>EUTM 019086616/EM COWBOY CARTER AND THE RODEO CHITLIN' CIRCUIT,EUTM 019086615/EM COWBOY CARTER,EUTM 010659514/EM BLUE IVY CARTER,EUTM 019085990/EM BEYONCÉ AND THE RODEO CHITLIN' CIRCUIT, EUTM 004745402/EM BEYONCÉ, EUTM 018964403/ EM BEYONCÉ, EUTM 019086601/EM  BEYINCÉ</t>
   </si>
   <si>
     <t>BGK TRADEMARK HOLDINGS, LLC</t>
   </si>
   <si>
-    <t>apģērbi, apavi, galvassegas, smaržas, kosmētika, parfimērijas krūzes,dzeramie trauki u.c.</t>
-[...7 lines deleted...]
-  <si>
     <t>COLE HAAN INTERNATIONAL B.V.</t>
   </si>
   <si>
     <t>EUTM 000183632 GQ, EUTM 000183756VOGUE, EUTM 018104097VOGUE
 EUTM 004023041 VOGUE, EUTM 008531436 VOGUE, EUTM 004023041 VOGUE</t>
   </si>
   <si>
     <t>Advance Magazine Publisher's Inc.</t>
   </si>
   <si>
     <t>EUTM 019043632 OOTB, EUTM 019028732 Out of the blue</t>
   </si>
   <si>
     <t>Out of the blue KG</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR  001430599-0023, CDR  001430599-0002, CDR  006376273-0024 
-[...3 lines deleted...]
-CDR  006376273-0023   </t>
+    <t>FERRARI S.P.A.</t>
   </si>
   <si>
     <t>SIRMAN S.P.A.</t>
   </si>
   <si>
     <t>šķēlētāji, griezēji, gaļasmašīnas u.c.</t>
   </si>
   <si>
     <t>EUTM 018626041/EM HI-MOTIONS</t>
   </si>
   <si>
     <t>HI-MOTIONS SRL</t>
   </si>
   <si>
     <t>riteņi, dzelzs vārti, vārtu uzstādīšana ātrumkārbas, izņemot sauszemes transportlīdzekļiem paredzētās u.c.</t>
-  </si>
-[...3 lines deleted...]
-</t>
   </si>
   <si>
     <t xml:space="preserve">GRUPPO ZANELLATO S.R.L. </t>
   </si>
   <si>
     <t>ādas somas vai ādas imitācijas</t>
   </si>
   <si>
     <t>ASTELLAS PHARMA INC</t>
   </si>
   <si>
     <t>EUTM 002713956/EM maxell, EUTM 006542401/EM HgO% maxel, EUTM 012753571/EM MAXELL, ITM 1091965/WO maxell energy</t>
   </si>
   <si>
     <t>MAXELL HOLDINGS LTD</t>
   </si>
   <si>
     <t>akumulatoru bloki, baterijas</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM008829707 POLISH 1928 LUXURY, EUTM 003397742 LUKSUSOWA, EUTM 003397759 LUKSUSOWA, EUTM 003553609LUKSUSOWA, EUTM 008827776LUKSUSOWA, EUTM 008832561LUKSUSOWA VODKA, EUTM  003553617 Luxury Potato, EUTM 003321635 LUKSUSOWA POLISH Luxury Potato VODKA, EUTM	007330509 LUKSUSOWA POLSKA WÓDKA Z ZIEMNIACZANEGO SPIRYTUSU NAJWYZSZEJ JAKOSCI WYPRODUKO WANA NA BAZIE IDEALNIE, EUTM 008853616 Original LUKSUSOWA GORZKA 
 </t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 000225698 TISSOT</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1715263 NOKIA, ITM 1715260 NOKIA, EUTM 014941793 NOKIA, EUTM 010608743 NOKIA, EUTM 016147902 NOKIA  
 </t>
   </si>
   <si>
     <t>K-WAY SPA</t>
   </si>
   <si>
-    <t xml:space="preserve">
-[...6 lines deleted...]
-  <si>
     <t>ANTONIO LUPI DESIGN S.P.A.</t>
   </si>
   <si>
     <t>mēbeles, mēbeļu piederumi, apgaismes iekārtas, izlietnes, vannas, krāni,  vannas istabas un mājas piederumi</t>
   </si>
   <si>
     <t>EUTM 003552775/EM SPANSION, EUTM 003408481/EM SPANSION</t>
   </si>
   <si>
     <t>EUTM 017984369 WALSER</t>
   </si>
   <si>
     <t>Dr. Walser Dental GmbH</t>
   </si>
   <si>
     <t>medicīniskās ierīces</t>
   </si>
   <si>
     <t>LLOYD Lifestyle GmbH</t>
-  </si>
-[...1 lines deleted...]
-    <t>Rovio Entertainment Oy</t>
   </si>
   <si>
     <t>EUTM 009896283/EM ROVIO, EUTM 009894445/EM,EUTM 010363521/EM
 EUTM 009864935/EM ROVIO, EUTM 010629079/EM,EUTM 010629186/EM
 EUTM 010629038/EM, EUTM 010629012/EM,EUTM 009367681/EM BAD PIGGIES, EUTM 009372087/EM MIGHTY EAGLE, EUTM 009895996/EM MIGHTY EAGLE, EUTM 014267033/EM, EUTM 018025831/EM, EUTM 014515101/EM, EUTM 014516298/EM, EUTM 013307021/EM, EUTM 018041049/EM, EUTM 018041053/EM</t>
   </si>
   <si>
+    <t>MOBIS PARTS EUROPE</t>
+  </si>
+  <si>
     <t>EUTM 1429675 BREYANZI</t>
   </si>
   <si>
-    <t xml:space="preserve">ITM 1264131 INREBIC, ITM 1461188 INREBIC </t>
-[...6 lines deleted...]
-EUTM 009089004/EM CROCBAND, CDR 009162191-0001/EM, CDR 000651468-0007/EM, CDR 015031038-0007/EM, CDR 015010116-0001/EM</t>
+    <t>ITM 1264131 INREBIC, ITM 1461188 INREBIC</t>
   </si>
   <si>
     <t>CROCS INC</t>
   </si>
   <si>
     <t>EUTM 010167351 SANOFI, EUTM 000596023 sanofi,  ITM 1443197SANOFI GENZYME,   EUTM 004182325 SANOFI, EUTM 018726958/EM sanofi,
 EUTM 018741123/EM S</t>
   </si>
   <si>
     <t xml:space="preserve">SANOFI </t>
   </si>
   <si>
     <t>medicīnas preces, vakcīnas, vitamīni, uztura bagātinātājs, medicīnas ierīces</t>
   </si>
   <si>
     <t>EUTM 014683916 DUPIXENT, EUTM 015636293 DUPIXENT, EUTM 018484647/EM Dupixent Connections, EUTM 018689488 DUPIXENT, EUTM 017370842/EMDUPIXENT myway</t>
   </si>
   <si>
     <t>SANOFI BIOTECHNOLOGY</t>
   </si>
   <si>
-    <t>EUTM 019050859/EM, CDR 015084183-0001/EM,CDR 015084183-0002/EM</t>
-[...1 lines deleted...]
-  <si>
     <t>PE KNIAZIEV EDUARD</t>
   </si>
   <si>
-    <t xml:space="preserve">kosmētikas līdzekļi nagiem, nagu lakas </t>
+    <t>kosmētikas līdzekļi nagiem, nagu lakas</t>
   </si>
   <si>
     <t>EUTM 018126278/EM AKIFIX</t>
   </si>
   <si>
     <t>EUTM 018575035/EM SQUID GAME,EUTM 018590303/EM SQUID GAME
 EUTM 018688589/EM SQUID GAME,EUTM 018575036/EM SQUID GAME
 EUTM 018579038/EM SQUID GAME, EUTM 018632790/EM	
 EUTM 018688590/EM</t>
   </si>
   <si>
     <t>NETFLIX CPX INTERNATIONAL B.V.</t>
   </si>
   <si>
+    <t>izklaides pakalpojumi, mobilo tālruņu, planšetdatoru, klēpjdatoru, kameru un portatīvo skaņas un video atskaņotāju, elektronisko grāmatu lasītāju, datoru, viedpulksteņu un personālo digitālo asistentu piederumi, proti, aizsargapvalki, vāciņi, futrāļi, priekšējās plāksnes, apvalki, siksnas un aizsargpārklājumi displeju ekrāniem, austiņas; austiņas, planšetdatoru tastatūras, peles paliktņi, rokturi, statīvi un stiprinājumi rokas digitālajām elektroniskajām ierīcēm, proti, mobilajiem tālruņiem, planšetdatoriem, kamerām un portatīvajiem skaņas un video atskaņotājiem, elektroniskajiem grāmatu lasītājiem, datoriem un personālajiem digitālajiem asistentiem apģērbs, austiņas, atslēgu piekariņi,  pildspalvas, pēļu figūriņas, tekstilizstrādājumi un tekstilizstrādājumu aizstājēji, dvieļi, gultas veļa, guļammaisi, vannas un dušas želejas, vannas želeja, vannas sāļi, ķermeņa skrubis, vannas putas, dezodorējošas ziepes, sejas skrubis, šķidrās vannas ziepes, šķidrās ziepes rokām un sejai; ādas ziepes, ziepes ķermeņa kopšanai pīlinga skrubji kosmētiskiem nolūkiem,vaigu sārtums, ķermeņa spīdums, korektori, kosmētika, acu ēnas, uzacu zīmuļi, lūpu balzami un lūpu spīdums, lūpu krāsa,bižutērija, rotaslietas, rokaspulksteņi   u.c.</t>
+  </si>
+  <si>
     <t>ITM 1740523/WO, ICD D248094-0001/WO, ICD D238056-0001/WO, ICD D238625-0001/WO, ICD D239208-0001/WO, ICD D243980-0001/WO	
 ICD D238257-0001/WO, ITM 1638954/WO POLÈNE</t>
   </si>
   <si>
     <t>EUTM 018998385/EM TYRREL PROFESSIONAL</t>
   </si>
   <si>
     <t>MB Prabangos banga</t>
   </si>
   <si>
     <t>matu kopšanas līdzekļi, šampūni u.c.</t>
   </si>
   <si>
     <t>ITM 1824790/WO SAINT-TROPEZ</t>
   </si>
   <si>
     <t>MAIRIE</t>
   </si>
   <si>
     <t>EUTM 005582201/EM QUORIDOR</t>
   </si>
   <si>
     <t>GIGAMIC</t>
   </si>
   <si>
     <t>spēles, galda spēles, puzles, izglītojošas spēles</t>
   </si>
   <si>
     <t>ITM 1592394/WO ARIANA GRANDE CLOUD, ITM 1589877/WO ARIANA GRANDE CLOUD, ITM 1477022/WO ARIANA GRANDE THANK U, NEXT, ITM 1603085/WOGOD IS A WOMAN BY ARIANA GRANDE,ITM1802971/ WOLOVENOTES, EUTM018793436/EMARIANA GRANDE MOD VANILLA
 EUTM 018793440/EMARIANA GRANDE MOD BLUSH, EUTM	018793432/ EMARIANA GRANDE MOD, EUTM 013690649/EMARIANA GRANDE</t>
   </si>
   <si>
     <t>GRANDARI, INC.</t>
   </si>
   <si>
+    <t>smaržas,šķidrās smaržas</t>
+  </si>
+  <si>
     <t xml:space="preserve">EUTM 011056281/EM HAVAIANAS, EUTM 008170953/EM, EUTM 018978983/EM, EUTM 007156128/EM HAVAIANAS,EUTM 011070414/EM
 </t>
   </si>
   <si>
     <t>ALPARGATAS EUROPE SLU</t>
   </si>
   <si>
     <t>EUTM 003365988/EM, EUTM 003570272/EM HONDAEUTM 003570488/EM HONDA, EUTM 004374518/EM TYPER, EUTM 003336195/EM Super Cub, EUTM 004864419/EM TYPE R, EUTM 004899175/EM GC, EUTM 004899209/EM GCV,EUTM 006092233/EM CRF, EUTM 001741586/EM NSR, EUTM 002309664/EM CBR,EUTM 003082898/ EM AFRICA TWIN</t>
   </si>
   <si>
     <t>EUTM 002662443 Jägermeister HERZHAFT UND BELEBEND Mast-Jägermeister AG WOLFENBÜTTEL GERMANY Seit 1878,EUTM	000368282 Jägermeister, EUTM 000337337, EUTM 000135228 Jägermeister Europas groβer Kräuterlikör /fig./, EUTM 000337337 /fig./, EUTM 000368282 Jägermeister /fig./, EUTM 002662443 Jägermeister, EUTM 002747129 Jägermeister, EUTM 002771848 /fig./, ITM 1443751 93115398 Jägermeister COOLPACK, ITM 1624484 Jägermeister SCHARF SPICED GINGER SINCE 1878 DER KRÄUTERLIKÖR, ITM 1393638 Jägermeister CHARAKTER SCHARF, ITM 1389628, ITM 1341359 H C, ITM 1340828 HUBERTUS CIRCLE, ITM 1338888 Jägermeister MANIFEST, ITM 1311081, ITM 1291858 Jägermeister 56, ITM 1287791 Jägermeister SELECTED 56 BOTANICALS, ITM 1287599, ITM 1580896 Jägermeister, ITM 1536817 MINI MEISTERS, ITM 1530038 Jägermeister COLD BREW, ITM 1445726</t>
   </si>
   <si>
-    <t>CDR 005734043-0001, CDR 005734043-0002, CDR 008752406-0001, CDR 008752406-0002, CDR 008752406-0003, CDR 008752406-0004, CDR 008752406-0005, CDR 008752406-0006, EUTM 009406869/EM RÉMY MARTIN, EUTM 009948233/EM MAISON RÉMY MARTIN DEPUIS 
-[...10 lines deleted...]
-</t>
+    <t>E.REMY MARTIN &amp; Co</t>
+  </si>
+  <si>
+    <t>konjaks u.c.</t>
   </si>
   <si>
     <t>ITM 1283273/WO DENTELLE DE CALAIS-CAUDRY</t>
   </si>
   <si>
     <t>ASSOCIATION I.G. DENTELLE DE CALAIS-CAUDRY</t>
   </si>
   <si>
     <t>tekstilizstrādājumi un tekstilizstrādājumu aizstājēji</t>
   </si>
   <si>
     <t>EUTM 002973816/EM MANCHESTER UNITED, EUTM 002973824/EM MANCHESTER UNITED,EUTM 003127371/EM MANCHESTER UNITED
 EUTM 003397999/EM MAN UTD, EUTM005248811/EM MU, EUTM 006086201/EM MAN UNITED, EUTM 006086136/EM MANCHESTER UNITED	, EUTM 006086111/EM MANCHESTER UNITED, EUTM 008859531/EM, EUTM 000761312/EM MANCHESTER UNITED, EUTM 000937896/EM MANCHESTER UNITED, EUTM 000935486/EM MANCHESTER UNITED, EUTM 001071224/EM, EUTM 008990343/EM MANCHESTER UNITED, EUTM 008990657/EM MANCHESTER UNITED
 EUTM 010567659/EM MAN UTD, EUTM 012355962/EM MAN UTD
 EUTM 013777933/EM MANCHESTER UNITED, EUTM 013777941/EM MANCHESTER UNITED, EUTM 002201879/EM THEATRE OF DREAMS
 ITM 1325186/WO MANCHESTER UNITED FOOTBALL CLUB
 EUTM 001336304/EM, EUTM 001333640/EM MANCHESTER UNITED</t>
   </si>
   <si>
     <t>MANCHESTER UNITED FOOTBALL CLUB LIMITED</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> dažādas preces</t>
   </si>
   <si>
     <t>ITM 1766635/WO, EUTM	014885487/EM TURBOPOWER, EUTM 001322411/EM TALKABOUT, EUTM 001059831/EM TALKABOUT,EUTM 014809974/EM SHATTERSHIELD, EUTM 004550737/EM ROKR, EUTM 005111877/EM MOTOTRBO, EUTM 003703766/EM MOTOSYNC, EUTM 009117524/EM MOTOROLA SOLUTIONS, EUTM 018136741/EM MOTOROLA HALO+, EUTM 009645649/EM MOTOROLA DEFY, EUTM 017865887/EM MOTOROLA 1, EUTM 003458676/EM MOTOROLA	
 EUTM 016999931/EM MOTOROLA, EUTM 005523221/EM MOTOROLA
 EUTM 005173737/EM MOTOROKR	, EUTM 004724332/EM MOTOQ	
 EUTM 005247101/EM MOTOMING	, EUTM 014241913/EM MOTOLUXE
 EUTM 015473952/EM MOTO Z, EUTM 014939219/EM MOTO X FORCE	
 EUTM 015510795/EM MOTO MOD	, EUTM 012283561/EM MOTO G	
 EUTM 012866109/EM MOTO E, EUTM 014013296/EM MOTO BODY	
 EUTM 013444575/EM MOTO, EUTM 012314761/EM MOTO, EUTM 016999971/EM MOTO, EUTM 002565935/EM MOTO,EUTM 004590089/EM MAG ONE BY MOTOROLA, EUTM 015450001/EM M TURBOPOWER	
 EUTM 003457851/EM M, EUTM 003457728/EM M,EUTM 005523402/EM M
 EUTM 016999955/EM M, EUTM 003213444/EM M, EUTM 002883205/EM HELLOMOTO, EUTM 005160809/EM CRYSTALTALK, EUTM 019118441/ EM, ITM 1667711/WO M4DE, ITM 1753242/WO MOTO MOO, ITM 1600420/WO MOTOSYNC</t>
   </si>
   <si>
     <t>mobilie tālruņi  u.c.</t>
   </si>
   <si>
     <t>ITM 1530116 BUCKY, EUTM 011578564 BUCKFAST, EUTM  011338861 BUCKFAST, EUTM 2957306 BUCKFAST, EUTM 2957157, EUTM 000258798 BUCKFAST, EUTM017123357 BUCKY</t>
   </si>
   <si>
     <t>QUILATE SERVICES SA</t>
   </si>
   <si>
     <t>EUTM 01230+A2522:C25238516 II LES DEUX,EUTM 011443983 LES DEUX
 EUTM 017097726 II</t>
@@ -10343,151 +8303,148 @@
   <si>
     <t>pralinē, šokolādes konfektes, vafeles, šokolāde, raukšķīgas šokolādes vafeles</t>
   </si>
   <si>
     <t>EUTM 011603651/EM TIC TAC, EUTM 009298183/EM TIC TAC, ITM 1210944/WO tic tac, ITM 1652292/WO tic tac</t>
   </si>
   <si>
     <t>cukura konfektes</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1357870/WO, ITM 1360296/WO, ITM 1422800/WO Kinder bueno
 ITM 1536704/WO Kinder Country, ITM 1241737/WO, ITM 1375307/WO Kinder, ITM 1535149/WO Kinder Maxi, ITM 1482068/WO,ITM 1634141/WO
 ITM 1374098/WO Kinder SURPRISE,EUTM 019122959/EM KINDER BUENO DARK, EUTM 019122974/EM KINDER BUENO	
 </t>
   </si>
   <si>
     <t>EUTM 009316878/EM NUTELLA, ITM 1191051/WO nutella, ITM 1073241/WO nutella, ITM 1633173/WO nutella, ITM 1407264/WO nutella
 ITM 1357583/WO nutella, ITM 1758169/WO nutella, ITM 1761839/WO
 ITM 1814119/WO nutella, ITM 1702822/WO spread a nutella smile
 ITM 1748245/WO nutella peanut</t>
   </si>
   <si>
     <t>uzklājama šokolāde ar lazdu riekstiem</t>
   </si>
   <si>
+    <t xml:space="preserve"> EUTM  013517611  KK, EUTM  001141126 KIKO, EUTM  014575443  KIKO MILANO</t>
+  </si>
+  <si>
     <t>EUTM 000182790/EM QUALCOMM,EUTM 005903661/EM SNAPDRAGON
 ITM 1130107/WO, EUTM 012757787/EM QualcommQuick Charge, EUTM 012757878/EM, EUTM 015169964/EM QUALCOMM QUICK CHARGE	
 EUTM 017572281/EM Qualcomm snapdragon, EUTM 017660549/EM QUALCOMM, EUTM 017660572/EM Qualcomm,EUTM 017960124/EM QC2
 EUTM 017960125/EM QC3, EUTM 017960127/EM QC4, EUTM 018257461/ EM SNAPDRAGON RIDE,EUTM 018263282/EM SNAPDRAGON SOUND
 EUTM 018088892/EM SNAPDRAGON ELITE GAMING,EUTM 018025862/ EM Qualcomm snapdragon ELITE GAMING,EUTM 018158129/EM Qualcomm snapdragon elite gaming,EUTM 019069830/EM QUALCOMM DRAGONWING
 EUTM 019069829/EM DRAGONWING, EUTM 019059775/EM SNAPDRAGON</t>
   </si>
   <si>
     <t>QUALCOMM EUROPE INC</t>
   </si>
   <si>
     <t>akumulatoru lādētāji, viedtālruņu lādētāji</t>
   </si>
   <si>
     <t>EUTM 012291241 DRYDRY</t>
   </si>
   <si>
     <t>LEXIMA AB</t>
   </si>
   <si>
     <t>kosmētika un tīrīšanas līdzekļi, ķīmiskie produkti, ko izmanto rūpniecībā, zinātnē, fotogrāfijā, lauksaimniecībā, dārzkopībā un mežsaimniecībā, neapstrādāti sintētiskie sveķi, neapstrādātas plastmasas, farmaceitiski izstrādājumi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM000058610/CLEARASIL, EUTM 007349863/Clearasil, EUTM 008846149/Clearasil Droplet 2010,  EUTM 011108743/ Clearasil Pack 2012 - Clearasil with Chevron, EUTM 005475603/ Clearasil Ultra, EUTM 008370678/Daily Clear, EUTM 009852575/ Perfectawash, EUTM 008986895/Seal-to-Clear, EUTM 000059592/ Biactol 
 </t>
   </si>
   <si>
     <t>EUTM 001356773BAILEYS, EUTM 001359785BAILEYS, EUTM 003656444
 EUTM 007594484, EUTM 003656626, EUTM 011598687, EUTM 012488301
 EUTM 018493839, EUTM 018728916</t>
   </si>
   <si>
     <t>R &amp; A BAILEY &amp; Co Unlimited Company</t>
   </si>
   <si>
     <t xml:space="preserve"> Īru krējuma liķieris "BAILEYS" u.c.</t>
   </si>
   <si>
+    <t>JOHNSON &amp; JOHNSON</t>
+  </si>
+  <si>
     <t>EUTM 008559114/EM ACUVUE, EUTM 003429677/EM ACUVUE, EUTM 003411907/EM ENDOPATH, EUTM 003428885/EM J&amp;J,EUTM003428943/ EM JOHNSON &amp; JOHNSON, EUTM 003411394/EM ETHICON, EUTM 003484557/EM JJEUTM 003474764 Johnson &amp; Johnson, EUTM 016707804 SURGICEL, EUTM 012176871 DEPUY SYNTHES, EUTM 008986382 NAWM, EUTM 008986242 JANSSEN, EUTM 017934888 SURGICEL, EUTM 018692706 ETHICON, EUTM 003411394 ETHICON, EUTM 003484557 JJ, EUTM 008559114 ACUVUE</t>
-  </si>
-[...1 lines deleted...]
-    <t>JOHNSON &amp; JOHNSON</t>
   </si>
   <si>
     <t>ITM 1228283 PULLIN ITM 1045203 PULL-IN</t>
   </si>
   <si>
     <t>EUTM 001180801/EM THRASHER, EUTM 013853569/EM THRASHER
 EUTM 013853692/EM THRASHER, EUTM 016316218/EM THRASHER</t>
   </si>
   <si>
     <t>null High Speed production</t>
-  </si>
-[...1 lines deleted...]
-    <t>CDR 008362180-0005/EM</t>
   </si>
   <si>
     <t>KAMPOS ITALIA S.R.L. SOCIETA' BENEFIT</t>
   </si>
   <si>
     <t>EUTM 009147703/EM SUPERKINI, EUTM 003343654/EM SUPERFREAK
 EUTM 000071902/EM O'NEILL SINCE 1952 CALIFORNIA, EUTM 010351518/EM O'NEILL HYBRID, EUTM 008499782/EM O'NEILL, EUTM 008501141/EM O'NEILL, EUTM 000071928/EM O'NEILL, EUTM018245603/ EM It’s always summer on the inside, EUTM 008363095/EM HYPERFREAK
 EUTM 011298767/EM HYPERFLOW,EUTM 009655911/EM FIRST IN LAST OUT, EUTM 010894558/EM, EUTM 010169761/EM, EUTM 008499816/EM
 ITM 1191643/WO HYDROFREAK, ITM 1738047/WO TRVLR</t>
   </si>
   <si>
     <t>Surf &amp; Turf S.à r.l.</t>
   </si>
   <si>
     <t>sērfošanas apģērbs</t>
   </si>
   <si>
     <t>ITM 1559595/WO vermarc, EUTM 018500116/EM VERMARC</t>
   </si>
   <si>
     <t>VERMARCSPORT</t>
   </si>
   <si>
     <t>sporta apģērbs, velosipēdistu vestes</t>
   </si>
   <si>
     <t>ITM 1124449/WO GENTLE MONSTER, EUTM 017883231/EM Tamburins	
 ITM 1753781/WO nuflaat, ITM 1744917/WO nuflaat,ITM 1765481/WO atiissu
 ITM 1792382/WO tamburins</t>
   </si>
   <si>
     <t>IICOMBINED EUROPE</t>
   </si>
   <si>
     <t>EUTM 018563821/EM VOLVO PENTA, EUTM 003486735/EM VOLVO PENTA	, EUTM 018356943/EM VOLVO PENTA, EUTM 018563532/EM VOLVO, EUTM 002361087/EM VOLVO, EUTM 010397016/EM VOLVO, EUTM 004804522/EM VOLVO, EUTM 009045311/EM VOLVO, EUTM 018881938/EM, EUTM 009045568/EM</t>
   </si>
   <si>
     <t>Volvo Trademark Holding Aktiebolag</t>
   </si>
   <si>
     <t>auto rezerves daļas u.c.</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 000752188/EM RALPH LAUREN ROMANCE,CDR001512070-0001/ EM, CDR 001512088-0001/EM,CDR	003122787-0001/EM, EUTM  006588875 Marque sans texte, EUTM  004118782 POLO BLACK, EUTM  004416558 POLO BLUE, EUTM  004392999 POLO SPORT, EUTM  004393013 RALPH LAUREN </t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 005844592/EM GLOCK, EUTM 014685432/EM G18, EUTM 014685 441/EM G19, EUTM 014685408/EM G17,EUTM 014685457/EM G26 EUTM 014685473/EM G42, EUTM 001115997/EM GLOCK, EUTM 006639678/EM GLOCK	, ITM 971406/WO LOCK, ITM 962628/WOG LOCK, EUTM 011859543/EM GLOCK AUSTRIA</t>
   </si>
   <si>
     <t xml:space="preserve">ICD 092377 Casque de motocycliste	</t>
   </si>
   <si>
     <t>QWART</t>
   </si>
   <si>
     <t xml:space="preserve"> motociklistu ķivere</t>
   </si>
   <si>
     <t>EUTM 002197721 HARD ROCK, EUTM 000928499 ALL IS ONE, EUTM 003384187 HARD ROCK BAR, EUTM 000064592 HARD ROCK CAFE	
 EUTM 001063510 HARD ROCK CAFE, EUTM 002198018 HARD ROCK CASINO, EUTM 002547321 HARD ROCK CASINO, EUTM 002588796 HARD ROCKEUTM 004070843 HARD ROCK HOTEL, EUTM 000228783 HARD ROCK LIVE,  EUTM 004070413 HARD ROCK HOTEL /fig./, EUTM 004070348 HARD ROCK CAFE  /fig./, EUTM 004070298 HARD ROCK  /fig./, EUTM 003384187 HARD ROCK BAR, EUTM 002588796 HARD ROCK HOTEL, EUTM 002547321 HARD ROCK CASINO, EUTM 002198018 HARD ROCK CASINO, EUTM 002197721 HARD ROCK, EUTM 001070978 HARD ROCK ONLINE, EUTM 001070952 HARD ROCK PINHEADS, EUTM 001070911 HARD ROCK ONLINE  /fig./,  EUTM 001063544 HARD ROCK CAFE  /fig./, EUTM 001063510 HARD ROCK CAFE, EUTM 001063460 HARD ROCK LIVE, EUTM 001063452 HARD ROCK LIVE  /fig./, EUTM 000928663 SAVE THE PLANET, EUTM 000928499 ALL IS ONE, EUTM 000928416 LOVE ALL, SERV ALL, EUTM 000336628 HARD ROCK HOTEL  /fig./, EUTM 000064592 HARD ROCK CAFE, EUTM 000064485 HARD ROCK CAFE  /fig./, EUTM 002588796 HARD ROCK HOTEL, EUTM 002547321 Hard Rock CASINO /fig./</t>
   </si>
   <si>
     <t>EUTM 017889894/EM, EUTM 018869837/EM DoDo, EUTM 017889892/EM DoDO, EUTM 018869784/EM, EUTM 018193404/EM DODO CHARMING JEWELRY SINCE 1994</t>
   </si>
   <si>
     <t>DODO S.R.L.</t>
   </si>
   <si>
     <t>dārgakmeņi, dārglietas</t>
   </si>
   <si>
@@ -10511,260 +8468,232 @@
   </si>
   <si>
     <t>baloniņi u.c.</t>
   </si>
   <si>
     <t>OUTFIT7 LIMITED</t>
   </si>
   <si>
     <t>Chapter 4 Corp.</t>
   </si>
   <si>
     <t>EUTM 009905233/EM PINK FLOYD, EUTM 014996391/EM PINK FLOYD
 EUTM 018370323/EM PINK FLOYD, EUTM 018541172/EM PINK FLOYD
 EUTM 005261011/EM PINK FLOYD</t>
   </si>
   <si>
     <t>Pink Floyd (2023) Limited</t>
   </si>
   <si>
     <t xml:space="preserve"> L'OREAL </t>
   </si>
   <si>
     <t>BOUCHERON</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR	001058150-0001	11279499	Bijoux	2008-12-17	2028-12-17		N	Skatīt / Rediģēt
-[...3 lines deleted...]
-  <si>
     <t>EUTM 008740334 POWERTEX, EUTM 008740301 POWERTEX, EUTM 018081167 HAKLIFT</t>
   </si>
   <si>
     <t>Axel Johnson International Aktiebolag</t>
   </si>
   <si>
     <t>metāla detaļas celšanai un kravu apstrādei, sprādzes, siksnu un ķēžu spriegotāji, āķi, slēdzenes, trīši, stropes, tērauda troses, ķēdes, savienojuma posmi, karabīnes, kritiena apturēšanas bremzes, tērauda siksnas, celšanas, kravas un drošības siksnas, vinčas, konveijera lentes, rullīšu konveijeri, celšanas ragavas, poliesters, polipropilēns, PET siksnas</t>
   </si>
   <si>
     <t>UPT EP4201327</t>
   </si>
   <si>
     <t>Insulet Corporation</t>
   </si>
   <si>
     <t xml:space="preserve"> insulīna plāksteris ar integrētu sūkni</t>
   </si>
   <si>
     <t>EUTM 017088683/EM MOON, EUTM 019150779/EM MOON, EUTM 018305089/EM MOON POWER,EUTM 018693427/EM MOON CHARGING
 EUTM 018956543/EM RE:LIFE powered by MOON, EUTM 017895789/EM MOON POWER</t>
   </si>
   <si>
     <t>MOON POWER GmbH</t>
   </si>
   <si>
     <t>EUTM  002391167</t>
   </si>
   <si>
+    <t xml:space="preserve"> EUTM 9344383 GIOCHERIA 
+</t>
+  </si>
+  <si>
     <t>Giocheria S.p.A.</t>
   </si>
   <si>
+    <t xml:space="preserve">EUTM 015382963/EM GIOCHI PREZIOSI GROUP, EUTM 009344292/EM GIOCHI PREZIOSI, EUTM 015383201/EM GIOCHI PREZIOSI, ITM 1041967/WO EMOTION PETS, EUTM 009164914/EM CICCIOBELLO	
+EUTM007028525/EM GORMITI, ITM 1376005/WO BE YOU U, ITM 1620810/WO UNIQUE EYES, ITM 1610996/WO AMICICCI, EUTM 012346045/EM PRIMÍ, EUTM 018795540/EM CANTA TU KARAOKE	
+EUTM 018898946/EM COCCOLOTTI, ITM 1828821/WO GO! POP
+</t>
+  </si>
+  <si>
+    <t>skolas somas, mugursomas, rotaļlietas, spēles</t>
+  </si>
+  <si>
     <t>GIOCHI PREZIOSI S.P.A.</t>
   </si>
   <si>
-    <t>skolas somas, mugursomas, rotaļlietas, spēles</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 018934543/EM HL HELIO da Silva</t>
   </si>
   <si>
     <t>HELIO COSMETICS S.R.L.</t>
   </si>
   <si>
-    <t xml:space="preserve">CDR 008410906-0001, CDR  000177324-0001, CDR  002013722-0001, CDR  000791199-0001, CDR  000776232-0001, CDR  001921362-0001, CDR  001921362-0003, CDR  001921362-0005, CDR  001921362-0007, CDR  001921362-0004, CDR  001921362-0006, CDR  001921362-0002, CDR 008410906-0001, Beleuchtungs körper, CDR 000177324-0001, CDR 002013722-0001 Heckleuchten für Fahrzeuge, CDR 000791199-0001Rückleuchte für Fahrzeuge, CDR 000776232-0001Leuchten für Kraftfahrzeuge  </t>
-[...1 lines deleted...]
-  <si>
     <t>Aspöck Systems GmbH</t>
   </si>
   <si>
     <t>transportlīdzekļu apgaismojuma sistēmas</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 004880589/EM DEAN &amp; DAN, ITM 1193591 Dean &amp; Dan Caten, EUTM 4347761 D2 DSQUARED2, EUTM 8142011DSQUARED2 SHE WOOD, ITM 1172079 BROTHERS BAR &amp; GRILL, EUTM 1201697 CERESIO7, ITM 1233104 DSQUARED2, ITM 1091413 DSQUARED2, EUTM 8141962 DSQUARED2 HE WOOD, EUTM 5287495 Dsquared, EUTM 8133548 DSQUARED², ITM 1184744 DSQUARED2, ITM 1252279 DSQUARED2, EUTM 4936662 D² DSQUARED², ITM 1198056 Catens, ITM 1074869 DSQUARED, EUTM 4880589 DEAN &amp; DAN, EUTM 4998266 DSQUARED² WOOD, ITM 1084427 DSQUARED2 POTION, EUTM 5217963 DSQUARED2, EUTM 4952131 DETERMINATION, ITM 1217910 DSQUARED2 WILD, EUTM 7471204 DSQ, ITM 1236814 DSQUARED2, EUTM 2509826 D² DSQUARED², EUTM 5217997 DSQUARED² WOOD	</t>
   </si>
   <si>
     <t>DSQUARED2 TRADEMARKS LIMITED</t>
   </si>
   <si>
+    <t xml:space="preserve"> vīriešu un sieviešu apģērbi, apakšveļa,bērnu apģērbs, t-krekli, sporta krekli, mēteļi, visu veidu zeķes,   pludmales apģērbs, biksītes,bokseri, topiņi, somas, apavi, parfimērija, kosmētika, eau de smaržas,  saulesbrilles un brilles, maciņi, aksesuāri u.c. </t>
+  </si>
+  <si>
     <t>THE WELSH RUGBY UNION LTD</t>
   </si>
   <si>
     <t>GUCCIO GUCCI S.P.A.</t>
   </si>
   <si>
     <t>LOGITECH EUROPE S.A.</t>
   </si>
   <si>
-    <t>CDR 001290597-0001</t>
-[...1 lines deleted...]
-  <si>
     <t>One drop only Chemisch-pharmazeutische Vertriebs-GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">mēles tīrītājs </t>
-  </si>
-[...1 lines deleted...]
-    <t>CDR 000094461-0002/EM, EUTM 018115766/EM PANTAGRUEL, EUTM 018115761/EM HOPPER, EUTM 018676743/EM EXTREMIS, CDR 001825787-0001/EM</t>
   </si>
   <si>
     <t>EXTREMIS</t>
   </si>
   <si>
     <t>mēbeles, galdi, piknika galdi</t>
   </si>
   <si>
     <t>EUTM 012829842/EM TOMS, EUTM 012830551/EM TOMS, EUTM 014221816/EM TOMS, EUTM 012830791/EM TOMS, EUTM 012130647/EM TOMS, EUTM 011555497/EM TOMS, EUTM 014059695/EM TOMS, EUTM 011581931/EM TOMS, EUTM 012757969/EM TOMS, EUTM 012130563/EM TOMS, ITM 887771/WO TOMS, EUTM 014035745/EM TOMS FOR ONE ANOTHER, EUTM 011555729/EM TOMS ONE FOR ONE, EUTM 014035729/EM TOMS FOR ONE, ANOTHER, EUTM 013845755/EM TOMS PASSPORT REWARDS EUTM 012130415/EM TOMS ONE FOR ONE</t>
   </si>
   <si>
     <t>TOMS SHOES INC</t>
   </si>
   <si>
     <t>ikdienas apavi</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 008774812/EM UEFA, EUTM 007463821/EM, EUTM 007464084/EM UEFA, EUTM 016417917/EM Together #WePlayStrong,EUTM 015611387/EM UEFA Together #WePlayStrong
 </t>
   </si>
   <si>
-    <t xml:space="preserve">UNION DES ASSOCIATIONS EUROPEENNES DE FOOTBALL </t>
-[...1 lines deleted...]
-  <si>
     <t>sporta apģērbs</t>
   </si>
   <si>
+    <t>medicīnas instrumenti un farmaceitiski izstrādājumi, ķīmiskie produkti u.c.</t>
+  </si>
+  <si>
     <t>GILEAD SCIENCES INC</t>
   </si>
   <si>
+    <t>Union des Associations Européennes de Football</t>
+  </si>
+  <si>
     <t>ITM 1298483 WIRTGEN, EUTM 013694864</t>
   </si>
   <si>
     <t>EUTM000431148FOSSIL,EUTM000811737AUTHENTIC FOSSIL GENUINE, EUTM 001940097FOSSIL, EUTM006271118FOSSIL,EUTM002107001FOSSIL</t>
   </si>
   <si>
     <t>Fossil Group, Inc.</t>
   </si>
   <si>
     <t>pulksteņi, maki, juvelierizstrādājumi, dizainparaugi, smaržas, sieviešu somas, dažādi ādas izstrādājumi, datorsomas, mugursomas, jostas u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">ICD 015111293-0001 Derecho exclusivo de diseño de moto eléctrica; modelo deer blanca, ICD 015111293-0002 Derecho exclusivo de diseño de moto eléctrica: modelo deer negra, ICD 015111293-0003 Derecho exclusivo de diseño de moto eléctrica; modelo lion 0 negra, ICD 015111293-0004 Derecho exclusivo de diseño de moto eléctrica: modelo lion 0 blanca, ICD 015111293-0005Derecho exclusivo de diseño de moto eléctrica: modelo lion 0 gris	</t>
   </si>
   <si>
     <t>ECOMOBILITY GREEN WORLD, S.L.</t>
   </si>
   <si>
     <t>elektriskie motocikli u.c.</t>
   </si>
   <si>
     <t>Ramdon Ltd.</t>
-  </si>
-[...3 lines deleted...]
- </t>
   </si>
   <si>
     <t>ITM 1257551/WO VILEBREQUIN, ITM 1237277/WO VILEBREQUIN
 EUTM 002391167/EM</t>
   </si>
   <si>
     <t>trb international sa</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 017396672 HOKA ONE ONE, EUTM 017396698 HOKA, EUTM 003894623 UGG, ITM 1162727/WO HOKA ONE ONEEUTM 018310011 UGG, EUTM 018293585 FLUFF YEAH, EUTM 010398014 UGG, EUTM 004686994 UGG, EUTM 007468713 (Marque sans texte), EUTM 006335632 UGG australia, EUTM 014560643 UGG, EUTM 010304152 UGG, CDR 000233614-0001, CDR 000233614-0002, CDR 000861 471 - 0011, CDR 000861471-0012, CDR 001057780-0001, CDR 001057780-0003	
-[...2 lines deleted...]
-  <si>
     <t>EUTM 018270734/EM BRIOGEO SCALP REVIVAL, ITM 1456751/WO BE GENTLE, BE KIND, ITM 1456632/WO BLOSSOM &amp; BLOOM, ITM 1589471/WO BRIOGEO, ITM 1331751/WO BRIOGEO, ITM 1456633/WO COLOR ME BRILLIANT, ITM 1456856/WO CURL CHARISMA, ITM 1674541/WO DESTINED FOR DENSITY,ITM 1455936/WO DON'T DESPAIR, REPAIR !, ITM 1458948/WO FAREWELL FRIZZ,ITM 1456408/WO SCALP REVIVAL</t>
   </si>
   <si>
     <t>BECCAIR, LLC</t>
   </si>
   <si>
     <t>šampūni, matu kopšanas līdzekļi</t>
-  </si>
-[...10 lines deleted...]
-EUTM 011158334/EM, EUTM 009565409/EM	 WORLD CUP 2022, EUTM 009571498/EM QATAR 2022, CDR 002021279-0007/EM</t>
   </si>
   <si>
     <t xml:space="preserve">ICD D073401-0020/WO, ICD D073401-0010/WO, ICD D073401-0013/WO	
 ICD D073401-0022/WO, ICD D089493-0002/WO, ICD D089493-0003/WO	
 ICD D089493-0007/WO, ICD D089493-0008/WO, ICD D073401-0011/WO,    ICD D073401-0023/WO, ICD D073401-0019/WO, ICD D073401-0001/WO,         ICD D073401-0009/WO, ICD D073401-0021/WO, ICD D073401-0008/WO,           ICD D073401-0012/WO, ICD D205987-0001/WO, ICD D205986-0001/WO,            ICD D200059-0001/WO, ICD D200066-0001/WO, ICD D201318-0001/WO	
 ICD D205988-0001/WO, ICD D219533-0003/WO, ICD D219533-0001/WO	
 ICD D219533-0002/WO, ICD D085323-0006/WO, ICD D085323-0004/WO	
 ICD D085323-0003/WO, ICD D085323-0005/WO, ICD D085323-0002/WO	
 ICD D089493-0004/WO, ICD D080655-0001/WO, ICD D089493-0006/WO	
 ICD D089493-0001/WO, ITM 1310465/WOHAPPY DREAMS,ITM 678948/ WOICE CUBE, ITM 258707/WOL.U.C., ITM 1356721/WO L'HEURE DU DIAMANT, EUTM 018265682/EM CHOPARD MAGICAL SETTING	
 ITM 669344/WO HAPPY HEARTS, ITM 1617018/WO Chopard, ITM 1617017/WO CHOPARD, ITM 1273715/WO FERDINAND BERTHOUD	
 ICD D205997-0001/WO, ICD D075678-0007/WO, ICD D075678-0003/WO	
 ICD D075678-0008/WO, ICD D075678-0002/WO, ICD D080655-0003/WO	
 ICD D080655-0004/WO, ICD D080655-0002/WO	</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 005394283/EM CLARINS, EUTM 018226698/EM CLARINS
-[...4 lines deleted...]
-  <si>
     <t>CLARINS</t>
   </si>
   <si>
+    <t>ķermeņa kopšanas līdzekļi u.c.</t>
+  </si>
+  <si>
     <t>LABORATOIRES VIVACY</t>
   </si>
   <si>
     <t>hipodermiskās šļirces</t>
-  </si>
-[...1 lines deleted...]
-    <t>EUTM 007002132/EM STYLAGE, CDR 003841006-0001/EM, CDR 003841006-0002/EM, ICD D235800-0001/WO, ICD D235800-0002/WO, ITM 1403997/WO VIVACY PARIS,ITM 1424426/WO BI-SOFT INJECTION TECHNOLOGY, ITM 1258327/WO STYLAGE</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 004067393 MYSTIQUE, EUTM 003115045 MATRIX 3EUTM 6679526X5, ITM 1141054 XTREME 3 ULTIMATE, ITM 1094131 HYDRO SILK, ITM 1040435 HYDRO, ITM 996724 WILKINSON SWORD HYDRO, EUTM 11877032 PERSONNA, EUTM 10051407 POWER SELECT, EUTM 11697241 Protector WILKINSON SWORD, EUTM 1952902 XTREME III, EUTM 13677836 WILKINSON, EUTM 139055 WILKINSON, EUTM 3818622 WILKINSON SWORD, EUTM 3819703 WILKINSON SWORD
 </t>
-  </si>
-[...1 lines deleted...]
-    <t>CDR 000352695-0001/EM, EUTM 019185484/EM</t>
   </si>
   <si>
     <t>EUTM 019074958 JNCO, EUTM 019074926 JNCO,EUTM 019074846 JNCO</t>
   </si>
   <si>
     <t>Big Rig, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbi, to aksesuāri u.c. </t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  017938526  BVB 09, EUTM  000844993 BVB 09, EUTM  017382359 BVB 09, ITM  1455318 Borusse, ITM  1458269 Borussin, EUTM  000845115 BORUSSIA DORTMUND, EUTM  017938524 BORUSSIA DORTMUND, EUTM  017938529 Dortmunder Jungs, ITM 1859311  BVB, ITM 1745526 BVB INSPIRED BY, ITM 1720078 BORUSSIA DORTMUND, ITM 1720157 BVB 09
 </t>
   </si>
   <si>
     <t>BVB Merchandising GmbH</t>
   </si>
   <si>
     <t>sporta inventārs, apģērbs, suvenīri u.c.</t>
   </si>
   <si>
     <t>ITM 1550899/WO MILAN, EUTM 018158302/EM MILAN</t>
   </si>
   <si>
     <t>MARCO DACHS SA</t>
@@ -10773,1016 +8702,565 @@
     <t xml:space="preserve">dzēšgumijas </t>
   </si>
   <si>
     <t>EUTM 018812501 SILBON, EUTM 018813068 SB, EUTM 018964416 SILBON</t>
   </si>
   <si>
     <t>SILBON ESPAÑA, S.L.U.</t>
   </si>
   <si>
     <t>EUTM 018697043/EM N.G.P TOBACCO, EUTM 018179011/EM PABLO
 EUTM 017559972/EM KILLA, EUTM 019102975/EM EXTRA STRONG NICOPODS KILLA Apple, EUTM 019102944/EM EXTRA STRONG NICOPODS KILLA MINI BLUEBERRY, EUTM 019102893/EM KILLA DRY EXTRA STRONG NICOPODS COLD MINT, EUTM 019102908/EM PREMIUM QUALITY NICOPODS KILLA Exclusive Cherry Cola, EUTM 019102844/EM 50MG STRONG NICOPODS PABLO Exclusive Mango Ice	
 EUTM 019102973/EM DANGER STRONG NICOPODS PABLO ICE COLD MINI, EUTM 019102969/EM DANGER STRONG NICOPODS PABLO RED DRY, EUTM 019102961/EM KILLA EXTRA STRONG NICOPODS Cold Mint</t>
   </si>
   <si>
     <t>N.G.P TOBACCO ApS</t>
   </si>
   <si>
     <t>nikotīna paciņas bez tabakas, iekšķīgai lietošanai</t>
   </si>
   <si>
     <t>EUTM 014228811/EM THE POWERPUFF GIRLS,EUTM 004145884/EM THE POWERPUFF GIRLS, EUTM 000852780/EM The Powerpuff Girls, EUTM 018470734/EM POWERPUFF, EUTM 015093545/EM RICK AND MORTY	
 EUTM 018054654/EM RICK AND MORTY, EUTM018584542/EM, EUTM 008365538/EM ADVENTURE TIME, EUTM 008429136/EM BEN 10ALIEN FORCE, EUTM  008528069/EM BEN 10 ULTIMATE ALIEN, EUTM 007151939/EM CN CARTOON NETWORK, EUTM 001155282/EM CN	
 EUTM 015318785/EM ADVENTURE TIME,ITM 955360/WO BEN 10 ALIEN FORCE, ITM 892033/WO BEN 10, EUTM 003297165/EM TOONAMI</t>
   </si>
   <si>
-    <t>CDR 000134168-0006</t>
-[...1 lines deleted...]
-  <si>
     <t>Krinner GmbH</t>
   </si>
   <si>
-    <t>CDR 015002771-0001/EM, CDR 015002771-0002/EM, CDR 015002771-0003/ EM, CDR 015009801-0003/EM, CDR 015009801-0002/EM, CDR 015068623- 0001/EM	, CDR 015009803-0001/EM, CDR 015043119-0001/EM, ITM 1812338/WO HEY2O, CDR 015068605-0001/EM, CDR 008487995-0007/EM
-[...4 lines deleted...]
-  <si>
     <t>CROCS TRADING COMPANY PTE LTD</t>
   </si>
   <si>
     <t>somas, džinsa apģērbi</t>
   </si>
   <si>
     <t>EUTM 016732877/EM BING, EUTM 016732869/EM BING, EUTM 018023122/EM, EUTM 016732851/EM BING BUNNY</t>
   </si>
   <si>
     <t>Acamar Films Limited Acamar Films Limited</t>
   </si>
   <si>
     <t>apģērbs, rotaļlietas, leļļu aksesuāri</t>
   </si>
   <si>
+    <t xml:space="preserve">                                                                                                                                                                                                            EUTM 013245253, EUTM 013342647 Octopus, EUTM 1130246 Iuter 
+</t>
+  </si>
+  <si>
     <t>EUTM 017195066 Spigen EUTM 018964532/EM SPIGEN</t>
   </si>
   <si>
     <t>ITM 1196173/WO NIGY, ITM 603354/WO TOPICREM,ITM 1170081/WO TOPICREM, ITM 1040096/WO TOPICREM soins bébé bio</t>
   </si>
   <si>
     <t>LABORATOIRES NIGY S A</t>
   </si>
   <si>
     <t>ķermeņa losjoni</t>
+  </si>
+  <si>
+    <t>PIAGGIO &amp; C. S.P.A.</t>
+  </si>
+  <si>
+    <t>motorolleri, skūteri rotaļlietas</t>
   </si>
   <si>
     <t>EUTM 015057276/EM FORLAXEXPRESS,EUTM 013974365/EM, MECTAGO EUTM 014180558/EMSMECTAVIT,EUTM015922503/EM SMECTAGO, EUTM 017771361/EMsmectaGo,EUTM014105647/EM SMECTAGO,EUTM 014741516/EMSMECTA SMART SOLUTION,EUTM 002775/EM smecta Simply unique, EUTM14741474/EMSMECTA EXPECT MORE, EUTM015344815/EMSMECTA EXPRESS, EUTM015344799/EM SMECTA COMFORT, EUTM015344732/EMSMECTA ACTIVE,EUTM  014952378/EM SMECTA SMILES,EUTM015344807/EM SMECTA FORTE
 EUTM 015466444/EM SMECTA, EUTM 007102759/EM smecta,EUTM 015466436/EM SMECTA, EUTM 013974316/EM SMECTA,EUTM 015466477/EM SMECTA, EUTM 015923519/EM SMECTA,ITM1874384/ WOTANAKAN, EUTM007402332/EM TANAKANMAX, EUTM007402341/ EM BITANAKAN, EUTM 06346803/EM tanakan you will remember, EUTM 005902259/EMtanakan based on evidence,EUTM005902242/EMTANAKAN BASED ON EVIDENCE, EUTM007094221/EM tanakan EGb 761,EUTM
 011386695/EM tanakan,EUTM011744571/EM tanakan,EUTM005545066/EM tanakan, EUTM 007094238/EM TANAKAN, EUTM00341894/EM FORLAXLIQUID, EUTM 014579049/EM FORLAXLIB, EUTM015293152/ EMFORLAXVIE, EUTM 015293038/EM FORLAXLIA,EUTM015292964/EM FORLAXION, EUTM 015293095/EM FORLAXPRO,EUTM 011287034/EM smectalia, EUTM 015054547/EM FORLAXGO,EUTM016542771/EM FORLAXGO, EUTM 016542797/EM FORLAXGO, EUTM 015057235/EM 	
 FORLAX EXPRESS, EUTM 017570151/EM forlax kids,EUTM015054182/ EM ORLAX GO, EUTM 017233313/EM FORLAX GO, EUTM 016542672/ EM FORLAX, EUTM 016542714/EM FORLAX, EUTM017807991/EM FORLAX, EUTM 017778267/EM forlax, EUTM 017570144/EM forlax</t>
   </si>
   <si>
     <t>MAYOLY PHARMA FRANCE</t>
   </si>
   <si>
     <t>EUTM 016664963/EM MARCHING ON TOGETHER,EUTM 007115901/EM LEEDS UNITED, EUTM 001311588/EM, EUTM 009353293/EM</t>
   </si>
   <si>
     <t>LEEDS UNITED FOOTBALL CLUB LIMITED</t>
   </si>
   <si>
     <t>sporta apģērbs, futbola bumbas, šalles</t>
   </si>
   <si>
     <t>LATTAFA PERFUMES IND. LLC.</t>
   </si>
   <si>
+    <t xml:space="preserve">ITM 1126166/WO Monchhichi, EUTM 009139346/EM, EUTM 009139312/EM, ITM 1126165/WO
+ </t>
+  </si>
+  <si>
     <t>SEKIGUCHI CO LTD</t>
   </si>
   <si>
     <t>EUTM 000165845/EM kipling, EUTM 001459155/EM KIPLING, EUTM 001016542/EM kipling,EUTM 001459288/EM KIPLING,	EUTM 001016492/EM KIPLING, EUTM 004903928/EM KIPLING, EUTM 018679398/EM NAPAPIJRI BE OUT THERE,	EUTM 005052816/EM NAPAPIJRI geographic, EUTM 000291021/EM NAPAPIJRI, EUTM 009840901/EM NAPAPIJRI, EUTM 015326325/EM NAPAPIJRI</t>
   </si>
   <si>
     <t>VF International SAGL</t>
   </si>
   <si>
     <t>EUTM	008518839/EM PIONEER DJ, EUTM	010902468/EM  SOUND TUNED BY ANDREW JONES A. JONES CHIEF SPEAKER ENGINEER</t>
   </si>
   <si>
     <t>Pioneer Europe NV</t>
   </si>
   <si>
     <t>skaņas pastiprināšanas iekārtas audio mikseri, skaļruņi</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 8154098 Marca patrón tous, CDR 002081851-0005OSO	
-[...5 lines deleted...]
-</t>
+    <t>alkoholiskais dzērins MALIBU</t>
   </si>
   <si>
     <t>EUTM 006103899 PARMIGIANO-REGGIANO, EUTM 008737447 CONSORZIO DEL FORMAGGIO PARMIGIANO REGGIANO, EUTM 008737405 PARMIGIANO REGGIANO, EUTM 017721051 PARMIGIANO REGGIANO, EUTM 017948650, EUTM 008737389 PARMIGIANO REGGIANO, EUTM 001126481 PARMIGIANO REGGIANO, EUTM 017942425 PARMIGIANO REGGIANO, GIP PDO-IT-0016 Parmigiano Reggiano, EUTM 012053369/EM PARMIGIANO REGGIANO CONSORZIO TUTELA</t>
-  </si>
-[...1 lines deleted...]
-    <t>CDR 002952846-0001/EM, CDR 002952846-0002/EM</t>
   </si>
   <si>
     <t>FAVERO ELECTRONICS SRL</t>
   </si>
   <si>
     <t>velosipēdu datori, velosipēdu pedāļi</t>
   </si>
   <si>
     <t>EUTM 013055033/EM 1664 - sixteensixtyfour, EUTM 018685684/EM Kronenbourg 1664 BLANC, EUTM 018683108/EM 1664 BLANC, EUTM 019016525/EM 1664 , EUTM 018967049/EM 1664,ITM 1788958/WO 1664 Kronenbourg BLANC, EUTM 018967154/EM 1664, ITM 1749320/WO Kronenbourg 1664</t>
   </si>
   <si>
     <t>BRASSERIES KRONENBOURG</t>
   </si>
   <si>
     <t>alus</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 0989696 GC, EUTM	000567511MARCIANO
 </t>
   </si>
   <si>
     <t>Guess?, Inc.</t>
-  </si>
-[...1 lines deleted...]
-    <t>pulksteņi, apģērbi,apavi, galvassegas u.c.</t>
   </si>
   <si>
     <t>EUTM 007180748 RAINBOW BRITE, EUTM 005376561 hoops&amp; yoyo
 EUTM 006609887 HALLMARK, EUTM 000193326 HALLMARK</t>
   </si>
   <si>
     <t xml:space="preserve">
 EUTM 008878779 AIR WICK,  EUTM 004526703 AIR WICK, EUTM 007442775 FRESHMATIC,TM 003624533  FRESHMATIC, EUTM 001150531 AIR WICK 
 </t>
   </si>
   <si>
     <t>EUTM 015538572/EM NATURALLY ACTIVE RETREATS,EUTM 018701620/EM LIZ EARLE SMOOTH &amp; GLOW, EUTM 018836316/EM LIZ EARLE ORANGE FLOWER,EUTM	008765273/EMLIZ EARLE EYEBRIGHT
 EUTM	015538606/EM THE HOUSE OF LIZ EARLE	EUTM 005967294/ EM LIZ EARLE, EUTM 005967831/EM LIZ EARLE CLEANSE &amp; POLISH HOT CLOTH CLEANSER, EUTM008366718/EMLIZ EARLE SUPERSKIN
 EUTM	008367211/EM LIZ EARLE CLEANSE &amp; POLISH, EUTM 005967864/EM</t>
   </si>
   <si>
     <t>LIZ EARLE BEAUTY CO LTD</t>
   </si>
   <si>
+    <t>kosmētika, skaistumkopšanas balzami krēmi,  smaržas sejas mitrinātāji skaistumkopšanas serumi u.c.</t>
+  </si>
+  <si>
     <t>matu veidošanas ierīces</t>
   </si>
   <si>
     <t>EUTM 018985551/EM Kind Patches Kind Patches Kind Patches Kind Patches</t>
   </si>
   <si>
     <t>Kind Patches Limited</t>
   </si>
   <si>
     <t>vitamīnu piedevu plāksteri, transdermālie plāksteri</t>
   </si>
   <si>
-    <t>CDR 001856873-0001/EM,EUTM 013124491/EMPARA'KITO, CDR 001856949-0001/EM, CDR 004013472-0001/EM, EUTM 018863065/EM parakito</t>
-[...1 lines deleted...]
-  <si>
     <t>BIOSYNEX</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">rokassprādzes, odu atbaidīšanas līdzekļi </t>
   </si>
   <si>
     <t xml:space="preserve">Finlandia Vodka Oy </t>
   </si>
   <si>
     <t xml:space="preserve"> EUTM 4835757 CANAIMA (denom)	, EUTM 14959621 CANAIMA
 </t>
   </si>
   <si>
     <t>DUG PORTUGAL, UNIPESSOAL LDA</t>
   </si>
   <si>
     <t>EUTM 018934668/EM EXPEDITION 33, EUTM 018934698/EM CLAIR OBSCUR, ITM 1785397/WO CLAIR OBSCUR, ITM 1785398/WO EXPEDITION 33</t>
   </si>
   <si>
     <t>SANDFALL INTERACTIVE</t>
   </si>
   <si>
     <t>t-krekli u.c.</t>
   </si>
   <si>
     <t>EREMA Engineering Recycling Maschinen und Anlagen Gesellschaft m.b.H.</t>
   </si>
   <si>
     <t xml:space="preserve">atkritumu pārstrādes sistēmas u.c. </t>
   </si>
   <si>
-    <t>CDR 015033609-0001/EM</t>
-[...1 lines deleted...]
-  <si>
     <t>JIAOJUN WU</t>
   </si>
   <si>
     <t>ceļojumu čemodāni un ceļojumu somas u.c.</t>
   </si>
   <si>
     <t>EUTM 002822591/EM TIGI	, EUTM 000816918/EM BED HEAD, EUTM 018310787/EM TIGI</t>
   </si>
   <si>
     <t>TIGI HOLDINGS LIMITED</t>
   </si>
   <si>
     <t>matu veidošanas vaski, kosmētika un kosmētikas līdzekļi, matu kopšanas līdzekļi un procedūras</t>
   </si>
   <si>
-    <t xml:space="preserve">EUTM 000234351 LIU.JO /fig./, EUTM1107343/Les plumes de LIU.JO,  EUTM 011645199/Rebel Queen, EUTM 011715042/LJ ,EUTM 000747923/Liu.Jo, EUTM 0976811/Liu.Jo, EUTM 004717724/Liu.Jo </t>
-[...258 lines deleted...]
-    <t>CDR 015094092-0001/EM, CDR 015094092-0001/EM, CDR015097588- 0001/ EM, CDR 015097588-0001/EM,  EUTM 019038069/EM AMEERAT AL ARAB, EUTM 018892612/EM KHAMRAH, EUTM 018973710/EM ASAD Lattafa, EUTM 019077817/EM ANGHAM, EUTM 018981522/EM YARA Lattafa, EUTM 018125528/EM Lattafa, EUTM 019157728/EM Lattafa, EUTM 018975960/EM Fakhar Lattafa, EUTM 019076871/EM TERIAQ, EUTM 018981370/EMMAYAR Lattafa, EUTM 019149153/EM VICTORIA Lattafa, EUTM 019077889/ EM SEHR LATTAFA, EUTM 019166675/EM ATHEERI Lattafa, CDR 015063449-0002/EM, CDR015064304-0002/EM,CDR 015063647- 0001/EM, CDR 015063684-0002/EM, CDR 015067456-0002/EM, CDR 015094036- 0001/EM</t>
+    <t>EUTM 018611074/EM NIKOS ATHINA, EUTM 002583698/EM NIKOS	
+EUTM 002663417/EM, EUTM 003636768/EM SCULPTURE, EUTM 018348276/EM SCULPTURE NIKOS PARFUMS, EUTM 018948851/EM
+EUTM 018948854/EM SCULPTURE</t>
+  </si>
+  <si>
+    <t>NIKOS LTD</t>
   </si>
   <si>
     <t>EUTM 004650990/EM GUINNESS WORLD RECORDS, EUTM 013876371/ EM GUINNESS THE 1798, EUTM 012864617/EM GUINNESS THE 1759	
 EUTM 018240804/EM GUINNESS QUARTER, EUTM 006550594/EM GUINNESS PURE GENIUS, EUTM 003295417/EMG UINNESS FOREIGN EXTRA STOUT 17 99 GUINNES FOREIGN EXTRA ST JAMEES'S GATE DUBLIN, EUTM 003295458/EM GUINNESS FOREIGN EXTRA STOUT 1759 GUINNESS FOREIGN EXTRA ST. JAMES'S GATE DUBLIN, EUTM 006091961/EM GUINNESS FOREIGN EXTRA GENUINE QUALITY ST. JAMES'S GATE DUBLIN, EUTM 018118666/EM GUINNESS FOREIGN EXTRA ESTd 1759 Arth Guinness, EUTM 004184842/EM GUINNESS, EUTM 002310241/EM GUINNESS, EUTM 001278548/EM GUINNESS, EUTM 005737382/EM GUINNESS, EUTM 001326412/EM GUINNESS, EUTM 009296153/EM GUINNESS, EUTM 002646891/EM GUINNESS, EUTM 008452799/EM GUINNESS, EUTM 002278687/EM GUINNESS, EUTM 000742908/EM GUINNESS, EUTM 012170742/EM GUINNESS, EUTM 015198138/EMESTd. 1759, EUTM 012150926/EM ESTd 1759 GUINNESS FOREIGN EXTRA Arth Guinness, EUTM 15534779/EM EST. 1759, EUTM     011865169/EM CELEBRATING THE HOLIDAY SPIRIT ESTD. 1759 GUINNESS GENEROUS ALE ARTHUR'S HOLIDAY ALE,EUTM 008477093/ EM ARTHUR GUINNESS FUND, EUTM 002947869/EM ArthGuinnes	
 EUTM 003295433/EM, EUTM 005739487/EM, EUTM 002646982/EM
 EUTM 008452931/EM, EUTM 002102580/EM</t>
   </si>
   <si>
     <t>DIAGEO IRELAND</t>
   </si>
   <si>
     <t>EUTM 015094956/EM IF IT CARRIES THE NAME CARHARTT ITS PERFORMANCE WILL BE LEGENDARY, EUTM 017939287/EM OUTWORK THE WATER 24 CARHARTT 7, EUTM 011921814/EM CARHARTT. OUTWORK THEM ALL., EUTM 017917547/EM C CARHARTT COMPANY GEAR, EUTM 017936822/EM CARHARTT FOR WORKERS, EUTM 011053981/EM carhartt FORCE C, EUTM 014686109/EM CARHARTT FORCE, EUTM 015601412/EM CARHARTT WIP, EUTM 015268881/EM carhartt protective, EUTM 000036749/EM CARHARTT	
 EUTM 007283799/EM carhartt, EUTM 006402754/EM Carhartt, EUTM 000037861/EM carhartt, EUTM 014522577/EM CARHARTT, EUTM 007283807/EM carhartt, ITM 1265545/WO CARHARTT WORK IN PROGRESS, ITM 1085010/WO CARHARTT - WORK IN PROGRESS</t>
   </si>
   <si>
     <t>CARHARTT B.V.</t>
   </si>
   <si>
     <t>EUTM 0925002 BY MALENE BIRGER</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1241086BROW TASTIC, EUTM 016119241 INSTA FIX &amp; MATTE	
 EUTM 005538665 M MANHATTAN, EUTM 000213116 Manhattan	
 EUTM 005259536J OOP! GO, EUTM 007178478 JOOP! THRILL, EUTM 018355836 Chloé, EUTM002950780COTY, EUTM 000117580 CK ONE
 EUTM 000117465 CK, EUTM 003683661 CHLOE, EUTM 004393741 ck one
 EUTM 009513111 C BY CHLOE, EUTM 017059775 BOURJOIS ROUGE FABULEUX, EUTM 016736563 BOURJOIS HEALTHY MIX, EUTM 015999576 BOURJOIS VOLUME REVEAL, EUTM 016120123 BOURJOIS MIRACULOUS CONTOUR, EUTM 010813781 bruno banani NOT FOR EVERYBODY, EUTM 004365871 bb, EUTM 000882571 bruno banani	
 ITM 1082990A MAZING GRACE, EUTM  002736155 PHILOSOPHY	
 EUTM 004383535 bVERA WANG PRINCESS, EUTMb013118881bPURE TIFFANY, EUTMb000174805bSALLY HANSEN, EUTM 001278787bVERA WANGEUTM  008136103 VOLCANO, ITM  1241086 BROW` TASTIC, EUTM  016119241 INSTA FIX &amp; MATTE, EUTM  1279753 VOLUME SHAKE, EUTM  005538665 M MANHATTAN, EUTM  000213116 MANHATTAN, EUTM  005259536 JOOP! GO, EUTM  007178478 JOOP! THRILL, EUTM  008808776  FREIGEIST, EUTM  000117580 CK ONE, EUTM  000117465  CK, EUTM  003683661 CHLOE, EUTM  004393741   ck one, EUTM  003463742  JIL SANDER PURE, EUTM  002583698 NIKOS, EUTM  009513111 C BY CHLOE, ITM  1191846  ROSABOTANICA BALENCIAGA PARIS, ITM  1146029 FLORABOTANICA BALENCIAGA PARIS, EUTM  002024487 PRELUDE, EUTM  000735944 CRISTOBAL, EUTM  012783296  B., BALENCIAGA PARIS, EUTM  017059775 BOURJOIS ROUGE FABULEUX, EUTM  016736563  BOURJOIS HEALTHY MIX, EUTM  015999576  BOURJOIS VOLUME REVEAL, EUTM  016120123 BOURJOIS IRACULOUS CONTOUR, EUTM  010813781BRUNO BANANI NOT FOR EVERYBODY, EUTM  004365871 BB, EUTM  000882571 BRUNO BANANI, EUTM  009937699 JUSTCAVALLI, EUTM  008779639  CAVALLI, EUTM  008779662 RCC, EUTM  000752196 ROBERTO CAVALLI, EUTM  017416141  93075244  BB, EUTM  008360802  93075242  BALENCIAGA, EUTM  0946853  91059780  SECRET OBSESSION, EUTM  1015736  91059779  ckfree, EUTM  1102290  91059778  CK ONE SHOCK, EUTM  1114622 CALVIN KLEIN SHEER BEAUTY, EUTM  006189583 INTENSE EUPHORIA, EUTM  004087276 JOOP! JUMP, EUTM  000135517   NIGHTFLIGHT, EUTM  010029437  MARC JACOBS BANG, EUTM  005925532  DAISY MARC JACOBS, EUTM  000481465  MARC JACOBS, EUTM  000079707  CALVIN KLEIN, EUTM  000117515  CK BE, EUTM  009717761 SEE BY CHLOE, EUTM  009021726 LOVE, Chloé, EUTM  003636768 SCULPTURE, EUTM  012210555 RIMMEL </t>
   </si>
   <si>
     <t>EUTM 004775862 RAW</t>
   </si>
   <si>
     <t xml:space="preserve">ICD D224409-0003/WO, ICD D224409-0001/WO, EUTM 506873 Samsung, EUTM 1877901 Samsung, EUTM 8429731 Samsung
 </t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                     EUTM 000318261/EM BEOLINK, EUTM 000318071 B&amp;O, EUTM 000317073 BEOSOUND, EUTM 010445591 Beoplay, EUTM 10401529 B&amp;O Play, EUTM000781666 B &amp; O, EUTM 00318261 Beolink, EUTM 000318113 BANG &amp; OLUFSEN 
 </t>
   </si>
   <si>
     <t>BANG &amp; OLUFSEN OPERATIONS A/S</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 012276473/EM Calgon, EUTM 005560479 CALGON, EUTM 011825395  </t>
   </si>
   <si>
+    <t>Viacom Overseas Holdings C.V.</t>
+  </si>
+  <si>
     <t>EUTM0 03785706/EM C.P. COMPANY,EUTM 017756875/EM #eyesonthecity
 EUTM 012395621/EM C.P. COMPANY, EUTM 003785731/EM C.P. COMPANY, EUTM 018357340/EM,EUTM 018716651/EM C.P. COMPANY
 EUTM 018662358/EM,  EUTM 018676477/EM	. ITM 928957/WO C.P. COMPANY</t>
   </si>
   <si>
     <t>TRISTATE INTERNATIONAL SA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">kosmētika, smaržas, zobu pastas,matu losjoni, brilles, saulesbrilles un to piederumi, pulksteņi un hronometriskie instrumenti, apģērbi, apavi, galvassegas, somas, jostas, rotaļlietas u.c. </t>
   </si>
   <si>
     <t>ITM 911859 CHORUS, ITM 11657 GEWISS, ITM 000911653 Chorus</t>
   </si>
   <si>
     <t>Gewiss - S.p.A.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 015950264/EM LA MIA BAMBINAEUTM8860975 ELISABETTA FRANCHI + figura, ITM 1093268 figura geometrica,  ITM 959545 ELISABETTA FRANCHI 
 </t>
   </si>
   <si>
     <t>ITM 1067933/WO AquaBlade</t>
   </si>
   <si>
     <t>Jacques Beij</t>
   </si>
   <si>
     <t>logu tīrītājs</t>
   </si>
   <si>
     <t xml:space="preserve">CPVR 55220 Supechseventeen, EUTM 001199413/EM HONEYCOT, EUTM 003585858/EM COACHELLA SEEDLESS, EUTM 019077875/EM BLACK MAGIC, EUTM 001326172/EM BLACK GIANT, EUTM 000611004/EM BLACK DIAMOND, EUTM 011762705/EM BELINA SEEDLESS, EUTM 010671071/EM AUTUMNCRISP, EUTM 004474698/EM APPLUM, EUTM 001277664/EM AMBER CREST, EUTM 011443926/EM ADORA SEEDLESS
 EUTM 000610980/EM SUPERIOR SEEDLESS, EUTM 016124026/EM SUN WORLD INNOVATION, EUTM 000118802/EM SUN WORLD, EUTM 011443843/EM STARLETTA SEEDLESS, EUTM 002675692/EM SOPHIA SEEDLESS, EUTM 011762432/EM SONERA SEEDLESS, EUTM 011443876/ EM SOLETTA SEEDLESS, EUTM 011763026/EM SOLERA SEEDLESS	
 EUTM 002675130/EM SABLE SEEDLESS, EUTM 011762978/EM ROSERA SEEDLESS, EUTM 004069423/EM RED GIANT, EUTM 000902924/EM MIDNIGHT BEAUTY, EUTM 004051421/EM SUPER STAR, CPVR 27969 SUGRASIXTEEN, CPVR 21163 SUGRATHIRTEEN, CPVR 26298 SUGRAEIGHTEEN, CPVR 32280 SUGRANINETEEN, CPVR 40786 Sugrathirtyfive, CPVR 61233 Sugrafortyeight, CPVR 27235 Suapriseven, CPVR 26758 Suaprieight, CPVR 29637 Suaprinine, CPVR 26757 Sugrafourteen, CPVR 38357 Sugrathirtytwo, CPVR 52695 Sugrathirtyfour,CPVR 49785 Sugrathirtysix
 CPVR 49786 Sugrathirtyeight, CPVR 52162 Sugraforty, CPVR 49787 Sugrafortyone, CPVR 58281 Sugrafortythree, CPVR 58282 Sugrafortyfive, CPVR 35655 Sunectwentyone, CPVR 29636 Supechfifteen, CPVR 55624 Supechsixteen
 CPVR 30128 Suplumtwentytwo, CPVR 30129 Suplumtwentythree,CPVR 32804 Suplum wentysix, CPVR 32436 Suplumtwentyeight, CPVR 37509 Suplum thirtyseven, CPVR 32437 Suplumthirtyone, CPVR 35891 Suplumthirtyfour
 CPVR 35895 Suplumthirtysix, CPVR 43212 Suplumthirtyeight, CPVR 54880 Suplumfortythree, CPVR 58339 Suplumfortyseven,CPVR 66238 Suplumfortyone
 CPVR 66239 Suplumfortyfour, CPVR 66241 Suplumfortytwo, CPVR 66244 Suplumfifty, CPVR 67018 Sugrafortynine, CPVR 67019 Sugrafifty,CPVR 67020 Sugrafiftyone, CPVR 67025 Sugrafiftytwo, CPVR 67026 Sugrafiftythree, CPVR 67027 Sugrafiftyfour, CPVR 67028 Sugrafiftyfive, ITM 870220/WO SCARLOTTA SEEDLESS	</t>
   </si>
   <si>
     <t>SUN WORLD INTERNATIONAL LTD SUN WORLD INTERNATIONAL LTD</t>
   </si>
   <si>
     <t>EUTM 000161950/EM Ferrari, EUTM 001598135/EM Ferrari, EUTM 000560128/EM Ferrari, EUTM 003604261/EM S F, EUTM 001100346/EM360 modena, EUTM 003442381/EM 612SCAGLIETTI, EUTM 000560045/EM SF
 EUTM 004969564/EM, EUTM 002732196/EM Enzo Ferrari, EUTM 000560102/EM Ferrari, EUTM 001616440/EM Ferrari, EUTM 000454546/EM
 EUTM 001616457/EM Ferrari, EUTM 006543301/EM, EUTM 006216972/EM
 EUTM 003292257/EM, EUTM 003503182/EM S F, EUTM 000162065/EM Ferrari, EUTM 006542931/EM, EUTM 002731800/EM ENZO FERRARI	
 EUTM 002568210/EM575 M Maranello, EUTM 001595917/EM 360modena
 EUTM 000539585/EM Ferrari, EUTM 001598689/EM SF,EUTM 001616481/ EM, EUTM 000161984/EM SF, EUTM 000448605/EM FERRARI</t>
   </si>
   <si>
-    <t>FERRARI S.P.A.</t>
+    <t>EUTM 000334854/EM FIAT, ITM 1082074/WO FIAT 500, ITM 1556009/WO FIAT 500e, EUTM 005998141/EM FIAT PROFESSIONAL, EUTM 018485272/ EM LANCIA, ITM 1081443/WO LANCIA, ITM 1092723/WO FIAT, EUTM 018409691/EMABARTH, EUTM 018802930/EM ALFA ROMEO MILANO, EUTM 013011507/EM ALFA ROMEO, EUTM 013011408/EM ALFA ROMEO, EUTM 013011812/EM ALFA ROMEO, EUTM 009941436/EM ALFA ROMEO, EUTM 014942619/EM ALFA ROMEO, EUTM 015272701/ EM ALFA ROMEO, EUTM 005484639/EM FIAT, EUTM 001062249/EM FIAT, ITM 1106865/WO FIAT</t>
   </si>
   <si>
     <t>EUTM 018426032/EM* A BATHING APE</t>
   </si>
   <si>
     <t>I.T NOWHERE (UK) LIMITED</t>
   </si>
   <si>
     <t>krekli</t>
   </si>
   <si>
-    <t>EUTM  014676209 LA ROCHE-POSAY LABORATOIRE DERMATOLOGIQUE, CDR 000296462-0001/EM</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 010967842 LOGIC, EUTM 016673841 LOGIC PRO,EUTM 015982788 (Marque sans texte), EUTM 015982754 (Marque sans texte),EUTM 015982721 (Marque sans texte), EUTM 015982821 (Marque sans texte),EUTM 014811848 LOGIC, EUTM 015721533 PLOOM, EUTM 010919835 PLOOM, EUTM 017948904 Logic COMPACT, EUTM 17873978 LOGIC COMPACT, EUTM 017948906 Logic COMPACT ELECTRONIC CIGARETTE,EUTM 017948905 Logic COMPACT ELECTRONIC CIGARETTE, EUTM 017948902 Logic COMPACT ELECTRONIC CIGARETTE</t>
   </si>
   <si>
     <t>JT International SA</t>
   </si>
   <si>
-    <t>EUTM  001417757/EM/ AMBER LEAF, EUTM	011645728 RICHARD LLOYD &amp; SONS AMBER LEAF MELLOW CUT BLONDE ROLLING TOBACCO, EUTM	017076597 AMBER LEAF, EUTM 017933354 AMBER LEAF</t>
-[...2 lines deleted...]
-    <t>tabaka, cigarešu un smēķēšanas piederumi</t>
+    <t>tabaka un tabakas izstrādājumi, tostarp aizstājēji, elektroniskās cigaretes, elektronisko cigarešu baterijas, elektronisko cigarešu šķidrumi, elektronisko cigarešu lādētāji,  elektronisko cigarešu futrāļi</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1344003/WO RAIN STARTS PLAY, EUTM011530466 Hunter Argyll 
 EUTM003700788 Hunter, EUTM 993373 Hunter, EUTM 0945795 Hunter, EUTM1219945 Hunter, EUTM1187552 The North British Rubber Company, ITM1300042 Hunter Field, ITM1344003 Rain Strats Play 
 </t>
   </si>
   <si>
     <t>ABG HUNTER LLC</t>
   </si>
   <si>
     <t>edding AG</t>
   </si>
   <si>
     <t>rakstāmpiederumi, biroja piederumi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 015537467 MIRACULOUS, EUTM 015537426 MIRACULOUS,EUTM 017959832/EM Miraculous, EUTM 018015275/EM MIRACULOUS 
 </t>
   </si>
   <si>
     <t>METHOD ANIMATION</t>
   </si>
   <si>
     <t>Anglepoise GmbH</t>
   </si>
   <si>
     <t>EUTM 013794433/EMYSL MON PARIS,EUTM 018718391/EM YSL MYSLF YVES SAINT LAURENT, EUTM 018295474/EMBABYCAT, EUTM 018306115/EMROUGE VELOURS PATCHOULI - ROSE YVESSAINTLAURENT, EUTM 004672358/EM YSL, EUTM 006036289/EM YVES SAINT LAURENT, EUTM 012562872/EM BLACK OPIUM, EUTM 006036231/EM YSL, EUTM 010850964/EM OPIUM, EUTM 008731424/EM OPIUM YVES SAINT LAURENT</t>
   </si>
   <si>
     <t xml:space="preserve">Yves Saint Laurent </t>
   </si>
   <si>
-    <t xml:space="preserve">CDR 000613294-0001/EM, CDR 000613294-0002/EM, CDR 000727672-0001/ EM, CDR 002962696-0001/EM, EUTM 018759860/EM YSL, EUTM 018151332/EM YSL, ITM 1564759/WO YVESSAINTLAURENT, ITM 1462558/WO YVES SAINT LAURENT, EUTM 018151341/EM YVES SAINT LAURENT, EUTM 018759862/EM YVES SAINT LAURENT (Stylized), YVESSAINTLAURENT, EUTM 006845713/EM YSL, EUTM 018152561/EM YSL, EUTM 008194953/EM YSL LOVER, EUTM 018597534/EM SAINT LAURENT, EUTM 008192379/EM YSL CUIR NOIR, ITM 1461992/WO SAINT LAURENT RIVE DROITE,EUTM 018759861/EM SAINT LAURENT
-[...4 lines deleted...]
-  <si>
     <t>ITM 1433937 FORTNITE, ITM 1441992 FORTNITE, ITM 1433939 FORTNITE, ITM 1419271 FORTNITE, EUTM 017947714 FORTNITE	
 ITM 1426745 FORTNITE, ITM 1426785 FORTNITE BATTLE ROYALE	
 ITM 1447680 FORTNITE</t>
   </si>
   <si>
-    <t>matu kopšanas produkti</t>
-[...68 lines deleted...]
-    <t xml:space="preserve"> EUTM 9344383 GIOCHERIA </t>
+    <t>EUTM 009901299/EM CARLSBERG COPENHAGEN 1847 BY APPOINTMENT TO THE ROYAL DANISH COURT,EUTM000906586/EM CARLSBERG - PROBABLY THE BEST BEER IN THE WORLD	
+EUTM 000043968/EM CARLSBERG, EUTM	017997103/EM Carlsberg Danish Pilsner 1847 Onwards By Appointment to the Royal Danish Court, EUTM 000044016/EM Carlsberg, ITM 1770058/WO Carlsberg, ITM 1651307/WO Carlsberg</t>
   </si>
   <si>
     <t>Carlsberg A/S</t>
   </si>
   <si>
     <t>alus, alkoholiskie un bezalkoholiskie dzērieni pudelēs un skārdenēs u.c.</t>
   </si>
   <si>
     <t>EUTM0 18147664/EM  STRANGER THINGS, EUTM 018470831/EM STRANGER THINGS, EUTM 018059012/EM STRANGER THINGS	
 EUTM 016486961/EM STRANGER THINGS, EUTM 016494064/EM STRANGER THINGS, EUTM 018740882/EM HELLFIRE CLUB	
 EUTM 018740870/EM HELLFIRE CLUB</t>
   </si>
   <si>
     <t>NETFLIX CPX INTERNATIONAL B.V. - STRANGER THINGS</t>
   </si>
   <si>
-    <t>EUTM 009901299/EM CARLSBERG COPENHAGEN 1847 BY APPOINTMENT TO THE ROYAL DANISH, OURT, EUTM 000906586/EM CARLSBERG - PROBABLY THE BEST BEER IN THE WORLD, EUTM 000043968/EM CARLSBERG, EUTM	017997103/EM Carlsberg Danish Pilsner 1847 Onwards By Appointment to the Royal Danish Court, EUTM 000044016/EM Carlsberg, ITM 1770058/WO Carlsberg, ITM 1651307/WO Carlsberg</t>
-[...4 lines deleted...]
-  <si>
     <t>24BOTTLES SOCIETA' BENEFIT S.R.L.</t>
+  </si>
+  <si>
+    <t>ūens pudeles, ceļojumu krūzes, izolētas pudeles; gumijas blīves, nemetāliski pudeļu korķi, vāciņi, plecu siksnas, nerūsējošā tērauda dzeršanas salmiņi, gumijas auklas un aukliņas, galda piederumu turētāji u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                     EUTM 283051 P POLLINI, ITM 485980 POLLINI, ITM 609064 P POLLINI, ITM 385729 POLLINI, EUTM 4224242 P POLLINI, EUTM 10978559 STUDIO POLLINI, EUTM 10978773 STUDIO POLLINI 
  </t>
   </si>
   <si>
-    <r>
-[...26 lines deleted...]
-  <si>
     <t>EUTM 009586801 KRISS, ITM 1160654 KRISS</t>
   </si>
   <si>
     <t>Kriss Systems S.A.</t>
   </si>
   <si>
-    <t>Wella International Operations Switzerland S.â.r.l.</t>
-[...12 lines deleted...]
-  <si>
     <t>EUTM 017611799/EM Silicon Mix</t>
   </si>
   <si>
     <t>LABORATORIOS RIVAS SRL</t>
   </si>
   <si>
-    <t>EUTM 018055571/EM POP MART,EUTM 018240153/EM POP MART, ITM 1822633/WO THEMONSTERS</t>
-[...1 lines deleted...]
-  <si>
     <t>EUTM 000084970/EM, EUTM 011338101/EM PAUL &amp; SHARK, EUTM 001475508/EM PAUL &amp; SHARK yachting, EUTM 017920674/EM, EUTM 017920670/EM, EUTM 017920671/EM, EUTM 001532142/EM, ITM 1744846/WO, ITM 1764942/WO, ITM 1721346/WO KIPAWA, ITM 1778511/WO PAUL &amp; SHARK, ITM 1811507/WO PAUL &amp; SHARK</t>
   </si>
   <si>
     <t>DAMA S.P.A.</t>
   </si>
   <si>
-    <t>CDR 015042407-0001/EM, CDR 015073450-0002/EM, CDR 015073450- 0003/EM, CDR 015073450-0001/EM</t>
-[...1 lines deleted...]
-  <si>
     <t>AGAPARA</t>
   </si>
   <si>
+    <t>dekoratīvas kedas,  nozīmītes, auduma rotājumi, auduma rotājumi, dekoratīvi ielāpi apģērbam, plastmasas apavu rotājumi u.c.</t>
+  </si>
+  <si>
+    <t>ITM 1016447 KOSHI, ICD 218900-001 Support pour instruments de musique	
+ICD 221051-001 Carillon à vent, ICD 221051-002 Carillon à vent, ICD 221051-003 Carillon à vent</t>
+  </si>
+  <si>
     <t>KOLKMEIJER Johannes</t>
   </si>
   <si>
     <t>zvaniņš, kas sastāv no astoņām stīgām</t>
   </si>
   <si>
     <t>DECKERS OUTDOOR CORPORATION</t>
   </si>
   <si>
     <t>ITM 1686732/WO MOMMY BAG</t>
   </si>
   <si>
     <t>CHILDHOME</t>
   </si>
   <si>
     <t>autiņbiksīšu somas</t>
   </si>
   <si>
-    <t>ITM 1016447 KOSHI, ICD 218900-001 Support pour instruments de  musique, ICD 221051-001 Carillon à vent, ICD 221051-002 Carillon à vent, ICD 221051-003 Carillon à vent</t>
+    <t>ITM 1417821/WO, EUTM 000626630/EM KOONUNGA HILL, EUTM 000615864/EM PENFOLDS, ITM 1553330/WO Penfolds, EUTM 017997619/EM, ITM 1407830/WO BEN FU, ITM 1507920/WO PENFOLDS	
+ITM 1513754/WO PENFOLDS BIN 149, ITM1581512/WO PENFOLDS BIN 51
+ITM 1513782/WO PENFOLDS BIN 600, ITM 1513839/WO PENFOLDS BIN 704, EUTM 000615260/EM PENFOLDS GRANGE, ITM 1508055/WO PENFOLDS LOT 518, ITM 1547756/WO PENFOLDS LOT. 015, ITM 1548205/WO PENFOLDS LOT. 020, ITM 1302568/WO PENFOLDS MAX'S	
+ITM 1317477/WO PENFOLDS RWT BIN 798, EUTM 018351630/EM PENFOLDS ST HENRI, EUTM 001439462/EM RWT</t>
   </si>
   <si>
     <t>Southcorp Brands Pty Ltd</t>
   </si>
   <si>
     <t>alkoholiskie dzērieni (izņemot alu), vīns, bezalkoholiskie dzērieni</t>
-  </si>
-[...1 lines deleted...]
-    <t>ITM 1417821/WO, EUTM 000626630/EM KOONUNGA HILL, EUTM 000615864/EM PENFOLDS, ITM 1553330/WO Penfolds, EUTM 017997619/ EM, ITM 1407830/WO BEN FU, ITM 1507920/WO PENFOLDS, ITM 1513754/WO PENFOLDS BIN 149, ITM1581512/WO PENFOLDS BIN 51, ITM 1513782/WO PENFOLDS BIN 600, ITM 1513839/WO PENFOLDS BIN 704, EUTM 000615260/EM PENFOLDS GRANGE, ITM 1508055/WO PENFOLDS LOT 518, ITM 1547756/WO PENFOLDS LOT. 015, ITM 1548205/WO PENFOLDS LOT. 020, ITM 1302568/WO PENFOLDS MAX'S, ITM 1317477/WO PENFOLDS RWT BIN 798, EUTM 018351630/EM PENFOLDS ST HENRI, EUTM 001439462/EM RWT</t>
   </si>
   <si>
     <t>ITM 1381552/WO TRODELVY</t>
   </si>
   <si>
     <t>IMMUNOMEDICS INC</t>
   </si>
   <si>
     <t>EUTM 000044008/EM TUBORG, EUTM 018855260/EM TUBORG. ICE YOUR WORLD, EUTM 019019780/EM, EUTM 013850151/EM SKØLL TUBORG, EUTM 019162152/EM TUBORG,EUTM 019063375/EM TUBORG Squash, ITM 1135976/WO TUBORG, EUTM 018998270/EM TUBORG SUNSÆT, ITM 1717534/WO TUBORG, EUTM 018855256/EM TUBORG. TILT YOUR WORLD, EUTM 018998453/EM TUBORG SUNSÆT, ITM 1710937/WO H HOLSTEN, EUTM 004785721/EM H HOLSTEN, ITM 1783508/WO H HOLSTEN, EUTM 000004895/EM HOLSTEN, EUTM 019024133/EM Seth &amp; Riley's GARAGE HARDCORE,EUTM 019050214/EM GARAGE Riley Seth &amp; Riley's GARAGE, EUTM 011020641/EM GARAGE HARD LEMONADE Fresh from the garage, ITM 1183178/WO Seth &amp; Riley's Garage, ITM 1568136/WO GARAGE HARD SELTZER,ITM 1813758/WO Seth &amp; Riley's GARAGE, ITM 1813757/WO Seth &amp; Riley's GARAGE, EUTM 019021169/EM SOMERSBY	, EUTM 018923393/EM, ITM 1486785/WO SOMERSBY, EUTM 018991805/EM THAT'S REFRESHING, THAT'S SOMERSBY, EUTM 019134384/EM SOMERSBY, EUTM 015430895/EM BROOKLYN, EUTM 019157102/EM PLAYA DE BROOKLYN, EUTM 015330301/EM B BROOKLYN BREWERY, EUTM 015067275/EM BROOKLYN INSULATED LAGER, EUTM 015330343/EM BROOKLYN BREWERY, EUTM 015067234/EM BROOKLYN LORD SORACHI, ITM 1360771/WO BROOKLYN B DEFENDER, EUTM 015430887/EM BROOKLYN LOCAL, ITM 1460960/WO ARDET NEC CONSUMITUR GRIMBERGEN ABBAYE FONDÉE EN ABBEY FOUNDED IN 1128	
 EUTM 019118454/EM GRIMBERGEN NOUVELLE DEPUIS 1128
 EUTM 003604535/EM GRIMBERGEN, EUTM 018944318/EM RIMBERGEN NEW SINCE 1128, EUTM 000139881/EM GRIMBERGEN, ITM 1593435/WOGRIM BERGEN, EUTM 017986688/EM Grimbergen Abbey Brewery</t>
   </si>
   <si>
     <t>CARLSBERG BREWERIES A/S</t>
   </si>
   <si>
-    <t>alus, bezalkoholiskais alus, pudeles, metāla kannas alkoholiskajiem dzērieniem, alkoholiskie dzērieni,  alkoholiskie preparāti dzērienu pagatavošanai, sidrs u.c.</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">                                                                                                                                    EUTM 018817968/EM QUALITY PARTS, ITM 1016514/WO QUALITYPARTS</t>
   </si>
   <si>
     <t>Porsche Austria Gesellschaft m.b.H. &amp; Co. OG</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">EUTM 018636924 DIESEL, EUTM 008157174 ONLY THE BRAVE, EUTM 013712468/EM DIESEL BAD,EUTM	015778384/EM BAD,EUTM              018881357/ EM D RED, EUTM 018001898/EM DIESEL SPIRIT OF THE BRAVE, CDR 008779706-0001/EM	</t>
   </si>
   <si>
     <t>ITM 881159 HENNESSY, ITM 1752604/WO</t>
   </si>
   <si>
     <t>SOCIETE JAS HENNESSY &amp; C°</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                                                                                                                                                       EUTM 012289187Glenmorangie, EUTM 012289153Ardbeg, EUTM 000085316Glenmorangie, EUTM000704429Ardbeg 
 </t>
   </si>
   <si>
     <t>Macdonald &amp; Muir Limited</t>
   </si>
   <si>
+    <t>EUTM 007118623/EM BELVEDERE INTENSE	, EUTM 003854213/EM BELVEDERE (Cytrus), EUTM 009588864/EM, EUTM 018732777/EM BELVEDERE, EUTM 019002414/EM Polmos, EUTM 016706434/EM BELVEDERE VODKA, EUTM 018732776/EM B, EUTM 017150889/EM B	
+EUTM 017140682/EM, EUTM 019038950/EM ŻYRARDÓW Polmos 1910</t>
+  </si>
+  <si>
     <t>POLMOS ŻYRARDÓW SPÓŁKA Z OGRANICZONĄ ODPOWIEDZIALNOŚCIĄ</t>
   </si>
   <si>
-    <t>EUTM 007118623/EM BELVEDERE INTENSE	, EUTM 003854213/EM BELVEDERE (Cytrus), EUTM 009588864/EM, EUTM 018732777/EM BELVEDERE, EUTM 019002414/EM Polmos, EUTM 016706434/EM BELVEDERE VODKA,EUTM 018732776/EM B,EUTM 017150889/EM B	
-[...6 lines deleted...]
-  <si>
     <t>EUTM 002494433 Metallica, EUTM 000176750 METALLICA, EUTM 004545018 METALLICA, EUTM004721296METALLICA, EUTM 005780846 METALLICA, EUTM 010958221METALLICA,EUTM 000176750 METALLICA, ITM 1815564/WOBLACKENED</t>
   </si>
   <si>
     <t>EUTM 014607824/EM OUAI</t>
   </si>
   <si>
     <t>UNITED BEAUTY BRANDS, LLC</t>
   </si>
   <si>
     <t>spēles, manipulatīvas mīklas, galda mīklu spēles</t>
   </si>
   <si>
-    <t>EUTM 018055571/EM POP MART,EUTM 018240153/EM POP MART, NCPR 国作登字-2024-F-00271423 THE MONSTERS - HAVE A SEAT	
-NCPR VA0002424793 HAVE A SEAT BAG,NCPR VA0002448371 LABUBU - BIG INTO ENERGY, NCPR VA0002448155 The Monsters - Angel in Clouds, NCPR VA0002452115 The Monsters - Lazy Yoga - Little bird,ITM 1822633/WO THEMONSTERS</t>
+    <t>EUTM 018055571/EM POP MART,EUTM 018240153/EM POP MART, NCPR 国作登字-2024-F-00271423	THE MONSTERS - HAVE A SEAT	
+NCPR VA0002424793 HAVE A SEAT BAG,NCPR VA0002448371 LABUBU - BIG INTO ENERGY, NCPR VA0002448155 The Monsters - Angel in Clouds
+NCPR VA0002452115 The Monsters - Lazy Yoga - Little bird,ITM 1822633/WO THEMONSTERS</t>
+  </si>
+  <si>
+    <t>EUTM 018055571/EM POP MART, EUTM 018240153/EM POP MART, ITM1822633/WO THEMONSTERS</t>
   </si>
   <si>
     <t>EUTM 009060765 TOMTOM, EUTM 007072689 TOMTOM, ITM 969888 TOMTOM, ITM 969889 nawm, ITM 969890</t>
   </si>
   <si>
     <t>Tom Tom International B.V.</t>
   </si>
   <si>
     <t>navigācijas sistēmas, sporta pulksteņi u.c.</t>
   </si>
   <si>
     <t>MARGIELA</t>
-  </si>
-[...56 lines deleted...]
-</t>
   </si>
   <si>
     <t>ITM 1700479 BRITA, ITM 1071048 BRITA, EUTM 018314784 BRITA
 ICD DM/089 611, EUTM 015403892 MAXTRA+, EUTM 01867516 4MAXTRA Pro, ITM 840889 Maxtra</t>
   </si>
   <si>
     <t>BRITA SE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+dzērienu ražošanas mašīnas un saistītās iekārtas; elektriskās mašīnas un aparāti gāzētu dzērienu ražošanai, elektromehāniskās ierīces karsta, vārīta un atdzesēta ūdens un/vai dzērienu pagatavošanai un izsniegšanai un saistītās iekārtas, tostarp dozēšanas automāti, dzērienu tirdzniecības automāti, dozēšanas automāti, tirdzniecības un preču tirdzniecības automāti, trauku mazgājamās mašīnas un to piederumi, kārtridži u.c.</t>
   </si>
   <si>
     <t>EUTM 000456822Nomination,  ITM1069273 Nomination, ITM0769289 Nomination</t>
   </si>
   <si>
     <t>NOMINATION di Antonio e Paolo Gensi</t>
   </si>
   <si>
     <t>smaržas, saliekamo dārgakmeņu līnija u.c.</t>
   </si>
   <si>
     <t>REUD 009160112-0003/EM, EUTM 010414035/EM, EUTM 012645313/EM EUTM 016290629/EM  S, EUTM 017582321/EM S, EUTM 017940153/EM S
 EUTM 018026015/EM S, EUTM 018545076/EM, EUTM 018642077/EM ARCH FIT, EUTM 018642092/EM S, EUTM 018983500/EM, EUTM 005546981/EM S, EUTM 018983483/EM, EUTM 004307691/EM SKECHERS
 EUTM 018941075/EM, ITM 1636081/WO SKECHERS SLIP-INS, ITM 1724820/WO S, ITM 1773973/WO S, REUD 001037329-0001/EM, REUD 015046534-0001/EM, REUD 015026477-0002/EM,REUD 015010809-0008/EM
 REUD 001043475-0001/EM, REUD 015036928-0001/EM, EUTM 003867579/ EM S, EUTM 009147042/EM  S, REUD 015031911-0001/EM, REUD 009141880-0001/EM, REUD 009160112-0001/EM</t>
   </si>
   <si>
     <t>SKECHERS USA BENELUX B.V.</t>
   </si>
   <si>
     <t>EUTM 017915432/EM KAZAR STUDIO, EUTM 018588687/EM kazar
 EUTM 018588685/EM</t>
   </si>
   <si>
     <t>KAZAR GROUP SPÓŁKA AKCYJNA</t>
@@ -11799,120 +9277,78 @@
 REUD 003846518-0003/EM, REUD 003846518-0005/EM</t>
   </si>
   <si>
     <t>BIODOM 27 D.O.O., PROIZVODNJA, TRGOVINA IN STORITVE</t>
   </si>
   <si>
     <t>uzraudzības instrumenti un aparāti, katli, apkures sistēmas, apkures iekārtas, dūmvadi un izplūdes gāzu novadīšanas sistēmas, degļi, kamīni, centrālās apkures ierīces, telpu sildītāji, automātiskie temperatūras regulatori</t>
   </si>
   <si>
     <t>REUD 003765445-0001, ICD DM/214 407, REUD 003765445-0004</t>
   </si>
   <si>
     <t>ITM 1339334 nutella biscuits, ITM 1489982 NUTELLA B-READY, ITM 913051 nutella &amp; GO!, ITM 1687604/WO nutella B-ready, ITM 1485552/WO N
 EUTM 019122942/EM NUTELLA &amp;GO! FERRERO, EUTM 018961104/EM NUTELLA, ITM 1575871/WO NUTELLA muffin, ITM 1766829/WO nutella croissant</t>
   </si>
   <si>
     <t>EUTM 011242153/EM A, EUTM 014549463/EM A,EUTM010768241 /EM APOTHIC</t>
   </si>
   <si>
     <t xml:space="preserve">REUD 001258966-0001, ITM 1066520 TIP TON </t>
   </si>
   <si>
     <t>REUD 008793418-0017 Wortbestandteil: PARIS 2024, REUD 008793418-0016 Wortbestandteil: PARIS 2024, REUD 008793418-0015 Wortbestandteil: PARIS 2024, REUD 008793418-0014 Wortbestandteil: PARIS 2024, REUD 008793418- 0013 Wortbestandteil: PARIS 2024, REUD 008793418-0012 Wortbestandteil: PARIS 2024,REUD 008793418-0011 Wortbestandteil: PARIS 2024,REUD 008793418-0010 Wortbestandteil: PARIS 2024,REUD 008793418-0009 Wortbestandteil: PARIS 2024, REUD 008793418-0008 Wortbestandteil: PARIS 2024, REUD 008793418-0007 Wortbestandteil: PARIS 2024,REUD 008793418- 0006 Wortbestandteil: PARIS 2024, REUD 008793418-0005 Wortbestandteil: PARIS 2024, REUD 008793418-0004 Wortbestandteil: PARIS 2024, REUD 008793418-0003 Wortbestandteil: PARIS 2024, REUD 008793418-0002 Wortbestandteil: PARIS 2024, REUD 008793418-0001 Wortbestandteil: PARIS 2024, REUD 008629398-0002,REUD 008629398-0001, EUTM 018794094 PARIS 2024,REUD 008793418-0021, REUD 008793418-0020 Wortbestandteil: PARIS 2024,REUD 008793418-0019 Wortbestandteil: PARIS 2024,REUD 008793418- 0018 Wortbestandteil: PARIS 2024, ITM 1527944 PARIS 2024, ITM 1327476 PARIS 2024</t>
   </si>
   <si>
-    <t xml:space="preserve">
-[...8 lines deleted...]
-    <t xml:space="preserve"> GUERLAIN</t>
+    <t>GUERLAIN</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM  001095033  Marque figurative, EUTM  001095207 D. YURMAN  
 EUTM  001095272  DAVID YURMAN, EUTM  015372352  DY SIGNATURE, ITM  0885582  D. YURMAN, ITM  0885583  DAVID YURMAN, ITM  1025921  DY, ITM  1016422, REUD 003227552-0001   modèle enregistré au niveau de l'UE, REUD  003227552-0002  modèle enregistré au niveau de l'UE  
 </t>
   </si>
   <si>
     <t>REUD 008799100-0008/EM,  EUTM 018860992/EMIQ,REUD 007466339- 0002/EM, ICD D239884-0001/WO, ICD D231852-0001/WO, REUD  008799100-0002/EM, REUD 005813094-0012/EM, REUD 005813094-0011/EM,  005813094- 0013/EM,REUD 008799100-0004/ EM, REUD 008799100-0001/EM,  REUD 008799100-0003/EM</t>
-  </si>
-[...19 lines deleted...]
-    </r>
   </si>
   <si>
     <t>EUTM 000926766/EM RAFFAELLO, ITM 1606503/WO Raffaello	
 EUTM 019122886/EM CONFETTERIA RAFFAELLO</t>
   </si>
   <si>
     <t>šokolāde, konditorejas izstrādājumi, saldumi</t>
   </si>
   <si>
     <t>REUD 002526160-0001,  EUTM 018985008 VANQUISH, EUTM 019026763 VAPOR, EUTM 018946817 SECURE-FITEUTM  005559191  TURBO BOOSTER, EUTM  002722452  CLIP 'N TRIM, EUTM  004776944 GROOMEASE, EUTM  000201327  WAHL, EUTM  004986535 WAHL SHOWMAN, EUTM  004810032  CUTEK, EUTM  004436622  WAHL</t>
   </si>
   <si>
     <t>REUD 006413571-0010/EM, REUD 006413571-0004/EM, REUD 006413571- 0003/EM, REUD 006413571-0002/EM, REUD 006413571-0001/EM, REUD 002937771-0001/EM, REUD 002741470-0001/EM,REUD 006413571-0006/EM
 REUD 006413571-0005/EM, REUD 002142737-0001/EM, REUD 000840988- 0001/EM, ITM 1033502/WO LUMEA, REUD 006413571-0016/EM, REUD 006413571-0015/EM, REUD 006413571-0014/EM,REUD 006413571-0013/EM
 REUD 006413571-0012/EM, REUD 006413571-0009/EM	, REUD 006413571- 0008/EM, REUD 006413571-0007/EM, REUD 006413571-0011/EM	
 ITM 991346/WO PHILIPS</t>
   </si>
   <si>
     <t>matu griešanas un matu noņemšanas ierīces, lāzerepilācija, kosmētiskā elektrolīze matu noņemšanai, depilācijas un skūšanās līdzekļi</t>
-  </si>
-[...10 lines deleted...]
-    <t>apģērbs, galvassegas, mugursomas, pončo, apavi u.c.</t>
   </si>
   <si>
     <t>EUTM 008758311/EM,EUTM 009354581/EM GROW YOUR OWN LEGEND
 EUTM 008758237/EM THE BULLDOG,ITM 1415697/WO THE BULLDOG
 ITM 1478974/WO THE BULLDOG CBD STORE</t>
   </si>
   <si>
     <t>LEIDSEPLEIN IN- EN VERKOOP B.V.</t>
   </si>
   <si>
     <t>t-krekli, tabakas dzirnavas u.c.</t>
   </si>
   <si>
     <t>EUTM 018702696/EM la bonne brosse la bonne brosse . BB, ICD D215299-0001/WO</t>
   </si>
   <si>
     <t>LA BONNE BROSSE</t>
   </si>
   <si>
     <t>matu sukas un piederumi</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">EUTM 541474 </t>
     </r>
@@ -11923,1209 +9359,4059 @@
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>ANGELUS GRAND CRU CLASSÉ CHATEAU ANGELUS St- E</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t xml:space="preserve">milion Grand Cru </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
       <t>DE BOÜARD DE LAFOREST &amp; FILS PROPRIET</t>
     </r>
   </si>
   <si>
+    <t>GROUPEMENT FONCIER AGRICOLE CHATEAUX MAZERAT ET ANGELUS</t>
+  </si>
+  <si>
     <t>ITM 1211398 JACQUEMUS, REUD 008516199-0002 Modele de sac à main Bambino</t>
   </si>
   <si>
     <t>JACQUEMUS LA MODE</t>
   </si>
   <si>
     <t>EUTM 013270293 VAPORESSO</t>
   </si>
   <si>
     <t>EUTM 008844862/EM IDO, EUTM 005383741/EM i DO, EUTM 012209177/EM I DO BY MINICONF, EUTM 017979908/EM iDO by MINICONF EVERYDAY STYLE, EUTM 018195359/EM i DO mini, EUTM 018195361/EM i DO mini, EUTM 018195341/EM i 0-16 DO EVERYDAY STYLE, EUTM 018195335/EM i 0-16 DO,ITM 1429659/WO i DO</t>
   </si>
   <si>
     <t>MINICONF S.P.A.</t>
   </si>
   <si>
     <t xml:space="preserve">ITM 1211398 JACQUEMUS, REUD 008516199-0002 Modele de sac à main Bambino </t>
+  </si>
+  <si>
+    <t>COACH IP HOLDINGS LLC</t>
+  </si>
+  <si>
+    <t>apģērbi, ausu aizbāžņi vai sildītāji, kurjeru somas, plecu somas, piekarināmās somas, beisbola cepures,  krūzes u.c.</t>
   </si>
   <si>
     <t>EUTM 018501041/EMCOACH NEW YORK, EUTM 003210705/EM, EUTM 003060027/EM,EUTM 012655965/EM COACH NEW YORK, EUTM 011516317/EM, EUTM 018461458/EM UPCRAFTED, EUTM 018951723/EM TABBY, EUTM 011516051/EM LEGACY, EUTM 018998619/EM HAVE TASTE LOVE WASTE, UTM 018336915/EM COURAGE TO BE REAL	
 EUTM 018470921/EM COACH, EUTM 018465627/EM COACH, EUTM 019062545/EM  COACH RECYCLED LEATHER, EUTM 019112002/EM COACH NEW YORK, EUTM011134921/EM COACH LOVE, EUTM 019087678/EM COACH COACHTOPIA,EUTM018525298/EM COACH (RE)LOVED, EUTM018836895/EM COACH, EUTM019112069/EM C COACH
 EUTM009719733/EM POPPY, EUTM 000214858/EM COACH, EUTM 018903168/EM ROAD TO CIRCULARITY, ITM 930091/WO COACH LEATHERWARE EST. 1941, EUTM 017950505/EM COACH CREATE
 EUTM 018904764/EM UPCRUSHED	, EUTM 011516986/EM COACH LEATHERWARE EST. 1941, EUTM 015814304/EM COACH 1941, EUTM 018164141/EM CITYSOLE, EUTM 013021654/EM COACH NEW YORK, EUTM 011516713/EM COACH LEATHERWARE, EUTM 011135076/EM	
 EUTM 009099136/EM,  EUTM 000214874/EM COACH, EUTM 010325348/ EM COACH, EUTM 018501041/EM COACH NEW YORK, EUTM 018470921/EM COACH, EUTM 011516317/EM, EUTM 003060027/EM, EUTM 012655965/EM COACH NEW YORK</t>
   </si>
   <si>
-    <t>COACH IP HOLDINGS LLC</t>
-[...4 lines deleted...]
-  <si>
     <t>EUTM 016041501/EM ERBA VITA, EUTM 001472141/EM ERBA VITA
 EUTM010009331/EM sedacist, EUTM 009806746/EM SANA VOCE
 EUTM 012182705/EM LIETOSON, EUTM011746658/EMHAPPYAGE	
 EUTM010749588/EMAllergicum</t>
   </si>
   <si>
     <t>AMO ERBA VITA SRL AMO ERBA VITA SRL</t>
   </si>
   <si>
     <t>EUTM 000027490 OSRAM</t>
   </si>
   <si>
     <t>REUD 007461751-0001</t>
   </si>
   <si>
     <t>ITM 1607632/WO COSRX</t>
   </si>
   <si>
     <t>COSRX INC.</t>
   </si>
   <si>
+    <t>kosmētika, grims, odekolons, losjonsu.c.</t>
+  </si>
+  <si>
     <t>EUTM018853595/EM MINISO, EUTM019072158/EM MINISO
 EUTM018860065/EM, EUTM 017961214/EM MINISO</t>
   </si>
   <si>
     <t>Miniso Hong Kong Limited</t>
   </si>
   <si>
     <t>EUTM 018618297 Eyes of Marrakesch, EUTM 018618295 FRIENDLY HUNTING, EUTM 018618294 friendlyHunting, EUTM 018618292	,
 EUTM 018618287 friendlyHunting, EUTM  018618285 friendly hunting
 EUTM 018618253 fH, EUTM 008708596 fH friendly hunting</t>
   </si>
   <si>
     <t>friendly hunting GmbH</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> kosmētika,ķermeņa un skaistumkopšanas līdzekļi, zobu pastas,  parfimērijas izstrādājumi, ēteriskās eļļas,mazgāšanas un balināšanas līdzekļi, tīrīšanas, pulēšanas, attaukošanas un abrazīvie līdzekļi u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">EUTM 08730566/EM DR. MARTENS,EUTM006814172/EM DR. MARTENS AIR CUSHION SOLE, EUTM 000693648/EM DM's,EUTM 006982995/EM Dr Martens "Cappers" AIR CUSION SOLE,EUTM00150151DOC'S, EUTM 59089DR MARTENS AIR CUSHION SOLE,  EUTM 001215383 DR MARTENS AIRCUSHION SOLE,  EUTM 00681417 2Dr. Martens Air Cushion Sole,  EUTM 006982995 Dr. Martens Air cushion sole "Cappers",  EUTM 003573904 Dr. Martens Air Cushion Sole,  EUTM 008730566 Dr. MARTENS,  EUTM 5914 7Dr. MARTENS 
 </t>
   </si>
   <si>
     <t>REUD 003825207-0001/EM, REUD 001863606-0002/EM	REUD 001863606- 0001/EM, REUD	015045263-0003/EM, REUD 015045263-0001/EM REUD015045263-0002/EM	REUD 015045264-0001/EM	REUD015045264- 0002/EM	REUD 006693859-0001/EM	REUD 006693859-0002/EM, REUD 015053670-0001/EM, EUTM 008899098/EM EAU DUELLE, EUTM 014630537/EM EAU DES SENS, EUTM 017720087/EM EAU DE MINTHÉ	
 EUTM 005333083/EM EAU DE LIERRE, EUTM 013374087/EM EAU CAPITALE, EUTM 003364213/EM DO SON, EUTM 018761948/EM DIPTYQUE PARIS,EUTM 009591652/EM DIPTYQUE 34 BOULEVARD ST GERMAIN PARIS 5E, EUTM 018894882/EM CORAIL OSCURO, EUTM 018894988/EMBOIS CORSÉ, EUTM 014020655/EM BENJOIN BOHÈME	
 REUD 002195974-0001/EM, REUD 002196048-0001/EM, REUD002195974- 0002/EM	, REUD 008745343-0001/EM, REUD 008745343-0002/EM, REUD 002030981-0002/EM, REUD 002030981-0001/EM,REUD 002030981-0003/EM
 EUTM 010138063/EM VOLUTES, EUTM 008899007/EMVETYVERIO
 EUTM 018579338/EM TUBEREUSE diptyque 34 boulevard saint germain paris 5e,EUTM 015686331/EM TUBEREUSE diptyque 34 boulevard saint germain paris 5e, EUTM 018729131/EM TERRES BLONDES, EUTM 018729128/EM TEMPLE DES MOUSSES, EUTM 004399044/EM TAM DAO, EUTM 018579334/EM ROSES diptyque 34 boulevard saint germain paris 5e, EUTM 015717441/EM PHILOSYKOS, EUTM 015717366/EM OYÉDO, EUTM 017976290/EM ORPHÉON, EUTM 018514477/EM OPSIS,EUTM015717432/ EM OPÔNÉ, EUTM015717333/EM OLÈNE, EUTM018729143/EM, NYMPHÉES MERVEILLES, EUTM018894957/EM LUNAMARIS	, EUTM 015717408/EM L’OMBRE DANS L’EAU,EUTM018894821/EM LILYPHÉA
 EUTM015717325/EM L’EAU TROIS,EUTM014356976/EM L’EAU PTYQUE, EUTM018691779/EM L’EAU PAPIER,EUTM015717374/EM EAU LENTE
 REUD 015053670-0003/EM, REUD 015053670-0002/EM	, REUD 015089954- 0001/EM, REUD 015045254-0001/EM, REUD 015045254-0002/EM, REUD 015045262-0001/EM, REUD 015045258-0001/EM,REUD 015045258-0002/EM
 REUD 015045259-0001/EM, ICD D224960-0002/WO,ICD D224960-0003/WO
 ICD D224960-0001/WO,EUTM 018759726/EM LA DROGUERIE DIPTYQUE 34 BOULEVARD SAINT GERMAIN PARIS5E</t>
   </si>
   <si>
     <t>DIPTYQUE</t>
   </si>
   <si>
     <t>atmosfērisko smaržu nūjiņu difuzori</t>
   </si>
   <si>
+    <t>EUTM 018391129 Tympacur, ITM 1560243 XCELLARISPRO, EUTM 017146952 XCELLARISPRO, EUTM 013246822, EUTM 013246467 Tympacur
+EUTM 01620046 1DERMAROLLER, EUTM006570436 Dermaroller</t>
+  </si>
+  <si>
     <t>Dermaroller GmbH</t>
   </si>
   <si>
     <t xml:space="preserve"> kosmētikas un medicīnas produkti sejas ādas uzlabošanai, tostarp izmantojot mikroadatas u.c.</t>
   </si>
   <si>
     <t>EUTM 005875554 PIERRE CARDIN, EUTM 013381901 Pierre Cardin, EUTM 013381793 (Marque sans texte)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REUD 002631531-0001, EUTM 007090103 fischer, EUTM 00708849 5fischer
+EUTM 007088529 FISCHER, EUTM 007090129 fischer, REUD 002522052- 0017, REUD 002522052-0016, REUD 002522052-0015,REUD 002522052-0014
+REUD 002522052-0013, REUD 002522052-0012, REUD 002522052-0011	
+REUD 002522052-0010, REUD 002522052-0009, REUD 002522052-0008	
+REUD 002522052-0007, REUD 002522052-0006, REUD 002522052-0004	
+REUD 002522052-0005, REUD 002522052-0003, REUD 002522052-0002	
+REUD 002631531-0002, REUD 002976654-0004, REUD 002976654-0003	
+REUD 002976654-0002	</t>
   </si>
   <si>
     <t>fischerwerke GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>EUTM 014364715/EM PATEK PHILIPPE,EUTM 018401499/EM NAUTILUS
 EUTM 018401003/EM, EUTM 018401492/EM AQUANAUT, EUTM 018401008/EM PP, EUTM 018504025/EM PATEK PHILIPPE GENEVE
 EUTM 018504030/EM PATEK PHILIPPE GENEVE, EUTM 018504043/EM PATEK PHILIPPE GENEVE, EUTM 018504035/EM PATEK PHILIPPE GENEVE, EUTM 018504041/EM PATEK PHILIPPE GENEVE, EUTM 018504022/EM PATEK PHILIPPE GENEVE,EUTM 018504039/EM PATEK PHILIPPE GENEVE, EUTM 018504028/EM PATEK PHILIPPE GENEVE
 EUTM 018504037/EM PATEK PHILIPPE GENEVE,EUTM 018504026/EM PATEK PHILIPPE GENEVE,EUTM 018504042/EM PATEK PHILIPPE GENEVE, EUTM 018504027/EM PATEK PHILIPPE GENEVE, EUTM 018504038/EM PATEK PHILIPPE GENEVE,EUTM 018504036/EM PATEK PHILIPPE GENEVE, EUTM 018401005/EM PATEK PHILIPPE, EUTM 018401000/EM PATEK, ITM 594078/WO PATEK PHILIPPE</t>
+  </si>
+  <si>
+    <t>Bulgari SPA</t>
+  </si>
+  <si>
+    <t>parfimērija, apģērbi, pulksteņi, aksesuāri u.c.</t>
+  </si>
+  <si>
+    <t>BALANCED BODY INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ķermeņa trenažieri (vingrošanas rīki)	</t>
+  </si>
+  <si>
+    <t>EUTM 001990407/EM VALENTINO, EUTM 018034455/EM VALENTINO DONNA BORN IN ROMA, EUTM 018034458/EM VALENTINO UOMO BORN IN ROMA, EUTM 006937221/EM V, EUTM 018211007/EM VOCE VIVA</t>
+  </si>
+  <si>
+    <t>parfimērijas izstrādājumi, smaržas u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 018655749/EM MIM</t>
+  </si>
+  <si>
+    <t>MiM</t>
+  </si>
+  <si>
+    <t>matu noņemšanas krēmi, depilācijas losjoni, depilācijas līdzekļi</t>
+  </si>
+  <si>
+    <t>REUD 003504448-0001/EM, REUD 003504448-0002/EM	, REUD 007762158-0001/EM, REUD 007762158-0002/EM, EUTM 013532817/EM ARMANI / PRIVÉ, EUTM 000504258/EM GIORGIO ARMANI, EUTM 011771532/EM si!, EUTM 000504282 ARMANI,  EUTM 000504258 GIORGIO ARMANI, EUTM000505669/ACQUA DI GIO', EUTM 011771532 si! EUTM 000505594 EMPORIO ARMANI</t>
+  </si>
+  <si>
+    <t>EUTM012654951/EM, EUTM014022495/EM FRED PERRY, EUTM 005552328/ EM FredPerry, EUTM005552476/EM, EUTM009906736/EM	
+EUTM009906892/EM FRED PERRY, EUTM011427945/EM, EUTM 011432457/EM FRED PERRY, EUTM 011716751/EM, ITM1498172/ WO FRED PERRY</t>
+  </si>
+  <si>
+    <t>FRED PERRY (HOLDINGS) LIMITED</t>
+  </si>
+  <si>
+    <t>EUTM 008741101/EM T, EUTM 014456917/EM TESLA, EUTM 018023441/EM TESLA, EUTM 014492003/EM POWERWALL, EUTM 008575961/EM MODEL S, EUTM 017766239/EM MODEL Y, EUTM 011110202/EM MODEL X, EUTM 018983206/EM CYBERTRUCK
+EUTM 018023444/EM, ITM 1219819/WOMODEL 3, ITM 1292013/WO T</t>
+  </si>
+  <si>
+    <t>TESLA INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 000650358/EM CASIO, EUTM 002512176/EM G-SHOCK
+EUTM 012250759/EM G-SHOCK, EUTM 011591071/EM S-V.P.A.M.
+EUTM 011590858/EM NATURAL-V.P.A.M.,EUTM 011436177/EM SHEEN
+EUTM 005790233/EM F-91W, EUTM 005805254/EM WR, EUTM 018105584/EM PROTECTION, ITM 1158920/WO EDIFICE,ITM 1156284/WO Baby-G, ITM 1059178/WO SHOCK RESIST
+</t>
+  </si>
+  <si>
+    <t>CASIO Europe GmbH</t>
+  </si>
+  <si>
+    <t>pulksteņi, svārsta pulksteņi, elektroniskie mūzikas instrumenti</t>
+  </si>
+  <si>
+    <t>EUTM 015214844/EMBeiGene, EUTM 018461025/EM,EUTM 017204751/EM BRUKINSA, ITM 1849613/WOBeOne, ITM 1392575/ WOTEVIMBRA</t>
+  </si>
+  <si>
+    <t>BEONE MEDICINES I GMBH</t>
+  </si>
+  <si>
+    <t>farmaceitiskie izstrādājumi, līdzekļi vēža ārstēšanai, pretvēža zāles</t>
+  </si>
+  <si>
+    <t>EUTM 004890372/EM PLASTIMO</t>
+  </si>
+  <si>
+    <t>PLASTIMO GROUP</t>
+  </si>
+  <si>
+    <t>EUTM 010264802/EM CANALSAT, EUTM 008557175/EM TNTSAT
+EUTM 008699291/EM LE CUBE, EUTM 009781766/EM Piwi +	
+EUTM 009781709/EM COMEDIE+, EUTM 009781791/EM PLANETE +6	
+EUTM 009784265/EM PLANETE+ NO LIMIT, EUTM 009807348/EM PLANETE+ JUSTICE, EUTM 009783036/EM CINE+ PREMIER, EUTM 009781667/EM CINE+ FRISSON, EUTM 009781543/EM CINE+ émotion	
+EUTM 009781493/EM CINE+ CLASSIC,EUTM 009781519/EM CINE+ CLUB
+EUTM 009781551/EM CINE + FAMiZ, EUTM 009781881/EM SPORT+	
+EUTM 010093797/EM STUDIOCANAL, EUTM 018375394/EM CANAL+ Domo, EUTM 009781832/EM RUGBY +, EUTM 009781725/EM FOOT +	
+ITM 1046107/WO + SPORT</t>
+  </si>
+  <si>
+    <t>GROUPE CANAL+</t>
+  </si>
+  <si>
+    <t>televīzija, izklaides pakalpojumi u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 008419251/EM EROX, EUTM 015968662/EM EROX	
+EUTM 015968688/EM EROXXX</t>
+  </si>
+  <si>
+    <t>ENTERTAINMENT ROX B.V.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">televīzija, izklaides pakalpojumi, televizoru dekoderi, interaktīvie izklaides pakalpojumi, izklaides programmatūra </t>
+  </si>
+  <si>
+    <t>EUTM 015998586/EM 360 TUNE BOX, EUTM 016680464/EM BOX	
+EUTM 018604908/EM TOONZSTREAM, EUTM 018374297/EM TOONSTREAM, EUTM 018594440/EM SERIES STREAM, EUTM 016680456/EM ON DEMAND, EUTM 016680449/EM MIXBOX	
+EUTM 015742356/EM GAMETOON G,EUTM 015998685/EM FUNBOX 4K ULTRA HD, EUTM 016166647/EM FUNBOX, EUTM 018192337/EM FILMSTREAMBOX, EUTM 018186042/EM FILMBOX+, EUTM 016680373/EM FILMBOX ON DEMAND,EUTM 018127297/EM FILMBOX LIVE, EUTM 018057483/EM FIGHTBOX,EUTM 015998669/EM FIGHTBOX
+EUTM 015998628/EM FAST&amp;FUNBOX,EUTM 015998594/EM DOCUBOX
+EUTM 018248896/EM DIZI TIMELESS DRAMA CHANNEL, EUTM 018293678/EM DIZI, EUTM 014969356/EM BOX FOR AFRICA</t>
+  </si>
+  <si>
+    <t>MEDIABOX BROADCASTING INTERNATIONAL LIMITED</t>
+  </si>
+  <si>
+    <t>EUTM 017245341/EM SPI International B.V., EUTM 017245391/EM SPI INTERNATIONAL, EUTM 017447756/EM SPI INTERNATIONAL	
+EUTM 018144069/EM FILM1</t>
+  </si>
+  <si>
+    <t>SPI INTERNATIONAL B.V.</t>
+  </si>
+  <si>
+    <t>ITM 1707443/WO JABRA, EUTM 016671489/EM JABRA, ITM 1347299/WO Jabra GN	, ITM 951112/WO Jabra MULTI USE, EUTM 002162048/EM JABRA, ITM 951112/WO Jabra MULTI USE</t>
+  </si>
+  <si>
+    <t>ITM 1190435/WO macon &amp; lesquoy</t>
+  </si>
+  <si>
+    <t>MACON&amp;LESQUOY</t>
+  </si>
+  <si>
+    <t>rotaslietas</t>
+  </si>
+  <si>
+    <t>EUTM 000216580/EM FREEDENT, EUTM 011737723/EM Freedent
+EUTM 005588009/EM FREEDENT DROPS, EUTM 005672027/EM FREEDENT EXPERT, EUTM 007256498/EM FREEDENT FUSION	
+EUTM 004558029/EM FREEDENT PROFESSIONAL,EUTM 004878666/EM FREEDENT WHITE</t>
+  </si>
+  <si>
+    <t>Wm. Wrigley Jr. Company</t>
+  </si>
+  <si>
+    <t>košļājamās gumijas</t>
+  </si>
+  <si>
+    <t>REUD005834173-0001/EM,REUD005834173-0002/EM,REUD005834173-0004/EM, REUD005834173-0003/EM, REUD 005841640-0001/EM, REUD 005841640-0002/EM, REUD 006367298-0001/EM,REUD 006367298-0002/EM
+REUD 006367298-0003/EM, REUD 006367298-0004/EM, REUD 006537635- 0001/EM, EUTM 018073900/EM Deine Dinge,EUTM 002050516/EM DORMY
+EUTM 009015661/EM eco, EUTM 000371625/EM GOLDRING, EUTM 000604116/EM IDEAL, EUTM 012309357/EM INSTAPLATE, EUTM 002119493/EM MARKING CENTER, EUTM 016054884/EM MAXLIGHT	
+EUTM 016054942/EM PSI, ITM 986244/WO RAYJET,EUTM 000674390/EM ROYAL MARK, EUTM 004734521/EM SpeedMark, EUTM 004734811/EM SpeedMarker, EUTM 016220352/EM TRODAT, EUTM 003082773/EM trodat
+EUTM 018004832/EM TRODAT, EUTM 003152411/EM TRODAT PROFESSIONAL LINE, EUTM 011617297/EM TRODESIGN, EUTM 005443254/EM TROTEC, EUTM 003267663/EM uTypia	, EUTM 009653239/EM TROTEC, EUTM 016102931/EM TROPLY, EUTM 016175011/EM TROLASE, EUTM 011425352/EM CERAMICORE, ITM 1004343/WO &lt;JobControl&gt;, ITM 790964/WO PRINTY, ITM 1333951/WO Maxlight, ITM 1348224/WO JUSTRITE, ITM 1334139/WO PSI, EUTM 018348868/EM AMMOTH, EUTM 018349013/EM, EUTM 018347045/EM SIMPLEX, EUTM 014965801/EM PSI</t>
+  </si>
+  <si>
+    <t>zīmogi</t>
+  </si>
+  <si>
+    <t>EUTM 000239442/EM SUDOCREM, EUTM 018102547/EM MY LITTLE SUDOCREM, EUTM 015011571/EM SUDOCREM ANTISEPTIC HEALING CREAM, EUTM 011523099/EM SUDOCREMcare &amp; protect, EUTM 011523057/EM SUDOCREMcare &amp; protect, EUTM 019127212/EM Sudocrem
+EUTM 019127213/EM UDOCREM, EUTM 014988588/EM Sudocrem	
+EUTM 008519373/EM Sudocrem, EUTM 009582693/EM SUDOCREM</t>
+  </si>
+  <si>
+    <t>NORTON CREAMS LIMITED</t>
+  </si>
+  <si>
+    <t>hidratācijas krēmi</t>
+  </si>
+  <si>
+    <t>REUD 001975186-0001/EM, REUD 001975186-0002/EM, REUD 001975186-0003/EM</t>
+  </si>
+  <si>
+    <t>EUTM 014747026/EM CAMPARI DAVIDE CAMPARI MILANO, EUTM 009799231/EM APEROL, EUTM 009468273/EM APEROL SPRITZ	
+EUTM 008416679/EM APEROL SPRITZ, EUTM 010163574/EM APEROL	
+EUTM 008572844/EM, EUTM 008573081/EM, EUTM 012143863/EM	
+EUTM 000386961/EM CAMPARI, EUTM 000387100/EM CAMPARI</t>
+  </si>
+  <si>
+    <t>DAVIDE CAMPARI - MILANO N.V.</t>
+  </si>
+  <si>
+    <t>ICD D075640-0001</t>
+  </si>
+  <si>
+    <t>Bystronic Laser AG</t>
+  </si>
+  <si>
+    <t>sprauslu uzgaļi lāzergriešanas sistēmām", HK un NK tipa oriģinālās sprauslas</t>
+  </si>
+  <si>
+    <t>REUD 008025340-0006/EM, REUD 007076716-0006/EM, REUD 004687838-0001/EM, REUD 004593705-0017/EM, EUTM 017944143/EM J
+EUTM 009097494/EM HARMAN, EUTM 001830967/EM JBL, REUD 002730580-0003/EM, EUTM 003860665/EM JBL,REUD 005827359-0009/EM
+EUTM 005133251/EM HARMAN</t>
+  </si>
+  <si>
+    <t>audioelektronika, austiņas, skaļruņi, bezvadu apskaņošanas sistēmas u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 018853803/EM BELLINE</t>
+  </si>
+  <si>
+    <t>CARTAMUNDI FRANCE SARL</t>
+  </si>
+  <si>
+    <t>spēļu kārtis, taro kārtis</t>
+  </si>
+  <si>
+    <t>EUTM 000592964	, ITM 1501881Visco, ITM 1437840 chargeBIG
+EUTM 018434689 bikeEYE, EUTM 017888118, ITM 1308370 MAHLE	
+EUTM 002267581 CLEVITE, ITM 1088531 pc, ITM 1081123, ITM 1330576 CareMetix, EUTM 017888114 IZUMI, EUTM 013607932 MAHLE, EUTM 003813839 BEHR, EUTM 003809621 Visco, EUTM 003809555 BEHR	
+EUTM 003227998 Micro-Star</t>
+  </si>
+  <si>
+    <t>ITM 1613220 BEST AMINO</t>
+  </si>
+  <si>
+    <t>CJ Europe GmbH</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> uztura bagātinātāji dzīvniekiem, uzturvielu piedevas dzīvnieku barībai u.c.</t>
+  </si>
+  <si>
+    <t>REUD 01646845-0003, REUD 001646845-0002, REUD 002025049-0004, REUD 02025049-0003, REUD 002025049-0002, REUD 002074948- 0002, REUD 002074948-0001, REUD 002025049-0001,REUD 001646845-0001, EUTM 004396461,REUD 000167929-0001, REUD 000001151-0001</t>
+  </si>
+  <si>
+    <t>EUTM 015363252, EUTM 011629177 TSA SAFE SKIES, EUTM 011629037 SAFE SKIES, EUTM 011095544, EUTM 1779725 TSA SAFE SKIES, EUTM 018978486, EUTM 017996289, EUTM 017949483, EUTM 018944177 SAFE SKIES, EUTM 017910681 SAFE SKIES</t>
+  </si>
+  <si>
+    <t>Safe Skies LLC</t>
+  </si>
+  <si>
+    <t>mugursomas, somas, kempinga somas, alpīnisma mugursomas, sporta somas, plecu siksnas, pludmales somas u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 018816866/EM DAINESE, EUTM 000504498/EM DAINESE
+EUTM 018816869/EM AGV, EUTM 000959098/EM agv, EUTM 018816867/EM, ITM 896957/WO, ITM 997565/WO agv, ITM 888865/WO DAINESE</t>
+  </si>
+  <si>
+    <t>DAINESE S.P.A.</t>
+  </si>
+  <si>
+    <t>ķiveres, individuālie aizsardzības līdzekļi negadījumu novēršanai, jo īpaši aizsargpastiprinājumi pleciem, elkoņiem, ceļgaliem un citām ķermeņa daļām u.c.</t>
+  </si>
+  <si>
+    <t>ITM 1251895/WO MARCO DE VINCENZO, ITM 1250876/WO MARCO de VINCENZO</t>
+  </si>
+  <si>
+    <t>MARCO DE VINCENZO S.R.L.</t>
+  </si>
+  <si>
+    <t>apavi, somas, apģērbs</t>
+  </si>
+  <si>
+    <t>EUTM 1141206 M (fig.), EUTM 1207028 M (fig.), REUD 000944475-0002 Borsa, EUTM 010878601 Figura di papero, REUD  000944475-0001 Borse,  REUD  000715941- 0004 Articolo di abbigliamento,  REUD 000715941-0005 Articoli di abbigliamento, EUTM 991914 Campana Moncler (fig.), REUD  000715941-0001 Calzature, EUTM 1075327 Vignetta papero (fig.), REUD  000194089-0001 Articoli di abbigliamento,  REUD  000944475-0003 Borse, EUTM 5972112 Moncler,EUTM 1119381 Moncler (fig.), EUTM 10876639 Papero tridimensionale, EUTM 00579 6594 Moncler, REUD  000715941-0002 Calzature, EUTM 0991913 Figura di campana vuota,  REUD  000944475-0004 Borse,  REUD  DM/078098-1,2,3 Capi di abbigliamento, REUD  000715941-0003 Calzature, ITM 1299020 DIST DOWN INTEGRITY SYSTEM &amp;TRACEABILITY,  REUD 002484576-0001 Sandali, ITM
+1448305MONCLER GENIUS (fig.), ITM 1145779 MONCLER GAMME BLEU,  REUD 000944475-0005 Borse, ITM 1451345 3 campane,  ITM 1450763 MON CLER GENIUS, EUTM 013444377 LONGUE SAISON MONCLER</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                     EUTM  008204901   Micro SD, EUTM  008204794  SD XC, EUTM  001275858  SD, ITM  907972  SD HC, EUTM  10825421   Micro SD XC, EUTM  10825446  Micro SD HC, REUD 000128566-0001,  REUD 000128566-0002, REUD  000128566- 0003, REUD  000128566-0004, EUTM010825388/EM SD SMART, EUTM 018837191/EM SDUC, EUTM 018837197/EM micro SDUC
+</t>
+  </si>
+  <si>
+    <t>REUD 002858829-0005/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REUD 002156406-0022, EUTM 010864056, EUTM 004412839BOMAG      REUD 002028415-0008, REUD 002028415-0007,REUD 002028415-0006,   REUD 002028415-0005,REUD 002028415-0004, REUD 002028415-0003,  REUD 002028415-0002,REUD 002028415-0001, REUD 001691734-0001,  REUD 002495283-0014, REUD 002495283-0013, REUD 002495283-0012, REUD 002495283- 0011, REUD 002495283-0003, REUD 002495283-0002, REUD 002495283-0001, REUD 002391128-0004, REUD 002391128-0003,   REUD 002391128-0002, REUD 002391128-0001,REUD 002156406-0038,   REUD 002156406-0037, REUD 002156406-0036, REUD 002156406-0035,   REUD 002156406-0034, REUD 002156406-0033, REUD 002156406-0032,   REUD 002156406-0031, REUD 002156406-0030, REUD 002156406-0029 
+</t>
+  </si>
+  <si>
+    <t>EUTM 000349456 La Prairie Switzerland, EUTM 004960274 la prairie SWITZERLAND, EUTM 004960258 la prairie SWITZERLAND, ITM 100322 6la prairie, ITM 922915, ITM 911935 MIDNIGHT RAIN,EUTM 000348938 la prairie SWITZERLAND, EUTM 003643772 LA PRAIRIE SKIN CAVIAR
+ITM 1003238 la prairie, EUTM 004960266 la prairie SWITZERLAND	
+EUTM 004960241 La Prairie Switzerland, ICD D233144-0006,ITM 1633265 LA PRAIRIE SWITZERLAND, ICD D202512-0001, ICD D078705-0001, ITM 1649564 LA PRAIRIE SWITZERLAND, ITM 1511585 La Prairie,ITM 1649752 LA PRAIRIE SWITZERLAND,ITM 99242 3LA PRAIRIE,EUTM014468821LA PRAIRIE, EUTM 016119166 LA PRAIRIE PLATINUM RARE, EUTM 01684392 2LUMIDOSE, REUD 009049232-0005, REUD 008617211-0007	
+REUD 008711881-0002, REUD 015032970-0004, REUD 001089908-0001
+REUD 008889067-0001, REUD 015021556-0002, REUD 015080724-0001
+ITM 1003235 la prairie, EUTM 000349415 LA PRAIRIE, EUTM 007394745 ESSENCE OF SKIN CAVIAR, EUTM 000188631 Age Management</t>
+  </si>
+  <si>
+    <t>Laboratoires La Prairie SA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ziepes, parfimērijas izstrādājumi, ķermeņa un skaistumkopšanas līdzekļi, nemedicīniski produkti krēmu, losjonu, emulsiju, aizsargājošu un barojošu ādas koncentrātu, saules aizsargkrēmu, šampūnu un matu kopšanas līdzekļu, matu toniku, zobu pastas, dezodorantu un antiperspirantu veidā personīgai lietošanai, medicīniski produkti krēmu, losjonu, emulsiju un aizsargājošu un barojošu ādas koncentrātu veidā u.c. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                       EUTM 006175814 CALVIN, EUTM 008864126 CKU, EUTM 003865706 SENSUAL SUPPORT, EUTM 000617381 CALVIN KLEIN, EUTM 000079707 Calvin Klein, EUTM 000617415 CK CALVIN KLEIN, EUTM 000117549 CK one, EUTM 000117499 CK be, EUTM 000066712 CK Calvin Klein, EUTM 000066753 CK, EUTM 000066712 CK  Calvin Klein, EUTM 000117580 CK ONE, EUTM 000117515 CK BE 
+</t>
+  </si>
+  <si>
+    <t>ITM 1398399/WO JACOB COHËN, ITM 1827706/WO</t>
+  </si>
+  <si>
+    <t>JACOB COHEN COMPANY S.P.A.</t>
+  </si>
+  <si>
+    <t>apģērbs, bikses</t>
+  </si>
+  <si>
+    <t>EUTM 018351196/EM SWEET SAPPHIRE, CPVR 43801; 20120203I FG THREE, CPVR 43800; 20120202 IFG NINE, CPVR 49465; 20133204 IFG SIX
+CPVR 49954; 2013320 1IFG SEVEN, CPVR 49467; 20133206 IFG TEN
+CPVR 49468; 20133207I FG ELEVEN, ITM 1296785/WO SWEET CELEBRATION, ITM 1508168/WO SWEET CELEBRATION, ITM 1296775/WO Jack's Salute, ITM 1516821/WO JACK'S SALUTE, ITM 1091459/WO COTTON CANDY, ITM 1436702/WO COTTON CANDY	
+ITM 1556591/WO COTTON CANDY, ITM1515064/WO SWEET GLOBE
+ITM 1296776/WO Sugar Crisp, ITM 1515094/WO SUGAR CRISP</t>
+  </si>
+  <si>
+    <t>BLOOM FRESH INTERNATIONAL SUCURSAL EN ESPAÑA</t>
+  </si>
+  <si>
+    <t>svaigs ūdens</t>
+  </si>
+  <si>
+    <t>EUTM 017904103/EM AGOLDE, EUTM 018259560/EM AGOLDE, EUTM 004338679/EM, EUTM 003032968/EM HUMANITY JEANS, EUTM 008314999/EM HUMANITY, EUTM 018093854/EM HUMANITY
+EUTM 004384641/EM h,EUTM 003033040/EM CITIZENS OF HUMANITY
+EUTM 011346244/EM CITIZENS OF HUMANITY, EUTM 018118570/EM AGOLDE</t>
+  </si>
+  <si>
+    <t>CITIZENS OF HUMANITY LLC CITIZENS OF HUMANITY LLC</t>
+  </si>
+  <si>
+    <t>džinsi, bikses, t-krekls u.c.</t>
+  </si>
+  <si>
+    <t>REUD 001984071-0003, REUD001984071-0002, REUD 001984071-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REUD 001842618-0001/EM, REUD 001989955-0001/EM, REUD 001989955- 0002/EM	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+EUTM 1025790 MURATTI, EUTM 000778852 Chesterfield, EUTM 003596384 Chesterfield, ITM 1070987 Chesterfield ESTABLISHED 1896, EUTM 017362633 CHESTERFIELD FILTER CIGARETTES FACTORY No. 25 20 DIST. OF VA. U.S. I.R. CIGARETTES CLASS A 20 SINCE, ITM 1343314 Chesterfield, EUTM 014888341 CHESTERFIELD, REUD 003800051-0015, REUD 003800051-0013, REUD  003800051-0009,REUD  003799329-0002,REUD  003799 329-0001, REUD  001428353-0001, REUD  001428379-0001, REUD  002615112-0003,REUD  002615112-0002, REUD  002615112-0001,REUD  001314090-0003, REUD  001314090-0002, REUD  001314090-0001, ITM 1305642, VEEV, ITM 1343374  MESH, EUTM 017893512 IQOS MESH, ITM 1331054, ITM 1332896, EUTM 017915735 IQOS 3 MULTI FLEXIBLE &amp; CONVENIENT IQOS MULTI HEAT CONTROL TECHNOLOGY 10 CONSECUTIVE MOMENTS, EUTM 017915 734 IQOS 3 DISCREET &amp; PERSONAL IQOS HEAT CONTROL TECHNOLO GY 20 SINGLE MOMENTS, ITM 1328679 HEETS, ITM 1326410 HEETS, REUD  005501764-0003, REUD  005501764-0002, REUD 005501764-0006, REUD  005501764-0005,REUD 005501764 -0004, REUD  005501764-0008,REUD  005501 764-0001, REUD 004678688-0011, REUD  004678688-0001,REUD  005625365-0002, REUD 005625365-0001, REUD  005511706-0002, REUD  004701480-0002, REUD  0047 01480-0001, EUTM 018034902 Chesterfield ORIGINAL, EUTM 018049377 IQOS DUO, ITM 1214415, ITM1214416IQOS, ITM 1347235, ITM 1329691 IQOS, ITM 1025790 MURATTI, EUTM 18700964 BONDS by IQOS, EUTM 000064089 L &amp; M, ITM 1305642 VEEV, ITM 1343374 MESH	</t>
+  </si>
+  <si>
+    <t>HARMAN INTERNATIONAL INDUSTRIES, INC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 018124242/EM 1460, EUTM 000349035  Dr. Martens AirWair with Bouncing soles, EUTM 016977944 Dr. Martens AirWair with Bouncing Soles, EUTM 018121757 JADON, EUTM 018124242 1460, EUTM 016808693 Dr. Martens AIRWAIR WITH BOUNCING SOLES, EUTM 018128130 1461, EUTM 018429651/EM 2976 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+REUD 3061225-0002 Diseño, REUD 3061225-0003 Diseño, REUD 3061225- 0004 Diseño, REUD 3061159-0001Diseño, EUTM 10996511NØRDIC MIST y gráfico, EUTM 12450763 SPRITE (y gráfico), EUTM 11585833 COCA-COLA bottle (gráfica), EUTM 11745106COCA-COLA LIFE,REUD 000337415-0001 Diseño, REUD 000389101-0001Diseño, REUD 001103717-0005 Diseño, REUD 001103717-0006 Diseño,REUD 001155824-0001 Diseño, EUTM 12495057 CHERRY COKE, EUTM 12495131COCA-COLA LIGHT,REUD 001907981- 0002 Diseño, EUTM 2091569 Coca-Cola, EUTM 2091940 COKE, EUTM 2107118 Coca-Cola, EUTM 2121044 Coca-Cola light y gráfico, EUTM 2180537FANTA y gráfico, EUTM 7590649  &amp; NADA, EUTM 8573371 ION4 y gráfico, EUTM 8709818  Coca-Cola, EUTM 8711947 FANTA, EUTM 8711971SPRITE, EUTM 12646949FRUITIZZ Raspberry, Apple &amp; Grape (y gráfico), UTM 9489774 FANTA BEACH y gráfico, EUTM 9497033COCA-COLA , EUTM 12785473Marca gráfica, EUTM 12900941 FÏNLEY, EUTM 13226709 FANTA FROZEN /(y gráfico), EUTM 13291224 CAPPY PULPY (y gráfico), EUTM 13340781COCA-COLA LIGHT, EUTM 13737069FANTA INSTAMIX, EUTM 13849302Marca gráfica, EUTM 14141113 10000341 COCA-COLA (y gráfico), EUTM 15004195 SIMPLYTASTLY, EUTM 15029176 PLANTBOTTLE TECHNOLOGY, EUTM 15097892INNO BRIDGE, EUTM 15097918IN BRIDGE, EUTM 15097942 THE I BRIDGE, EUTM 15221724 BARISTA BROS, REUD2594606-0001 Diseño,REUD 2594606-0002 Diseño, REUD 2594606-0003 Diseño, REUD 2594606-0004 Diseño,REUD 2594606-0005 Diseño, REUD 2594606-0006 Diseño 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REUD 008463657-0001/EM, EUTM 000152215/EM AIRWAIR WITH BOUNCING SOLES, EUTM 000152918/EM AIRWAIR,EUTM 018686687/EM AIRWAIR, REUD 007367180-0002/EM, REUD 007367180-0001/EM, EUTM 018686688/EM AIRWAIR WITH BOUNCING SOLES	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+REUD 003811363-0001/EM/ MESA, REUD 003811363-0002/EM/mesa, REUD 003811363-0003/EM/MESA, REUD 003811363-0004/EM/mesa, REUD 004005395-0005/EM/mesa, REUD 004005395-0006/EM/mesa, REUD 004005395-0007/EM/ mesa, EUTM 010673507/EM/A ACTIU,REUD 002434225-0009/EM/Silla, REUD 003302090-0001/EM/mesa, REUD 003302090-0002/EM/ mesa,REUD 003302090-0003/EM/mesa,REUD 002434225-0010/EM/SILLA, REUD 000487822-0010/EM/ mesa,REUD 000487822-0011/EM/MESA,REUD 00487822-0012/EM/MESA, REUD 000487822-0013/EM/MESA,REUD 002312819-0003/EM/SILLA, REUD 002774240-0001/EM/SILLA, REUD 002774240-0002/EM/SILLA, REUD 003018522-0001/EM /SILLA 
+</t>
+  </si>
+  <si>
+    <t>EUTM	018212726 CHRISTIAN DIOR, EUTM 008948077 CD, EUTM 008927436 CD, EUTM 006463046 Dior, EUTM 005830328 Dior, EUTM 004705398 Dior, DEUR 000058300-0001, EUTM 000391615, ITM 1100187
+DEUR 002274977-0001, DEUR 000058300-0002, DEUR 009187750- 0001,DEUR 009187750-0003,ICD DM/086702, ITM 1360032 J'ADIOR,ITM 1564053 CD, ITM 1564066 CD CD CD CD CD, EUTM 017817255 CHRISTIAN DIOR, ITM 1738992, ITM 991522 Dior,ITM 951058 Dior,ITM 950302,ITM1205417 CD, ITM	1102827DIOR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEUR 005610334-0002, DEUR 009197999-0005, DEUR 009197999-0010	
+DEUR 009197999-0004, DEUR 004024024-0003, DEUR 004024024-0002	</t>
+  </si>
+  <si>
+    <t>EUTM 1665746 Wolfspeed, EUTM 018480379 WOLFSPEED WOLFPACK, EUTM 018676771 WOLFSPEED LEADING THE PACK, EUTM 018480384 WOLFSPEED WOLFPACK, ITM 1578058 (Marque sans texte), EUTM 018770170 (Marque sans texte), EUTM 018651236 Wolfspeed, ITM 1650904 Wolfspeed, ITM 1299560 Wolfspeed, EUTM 018770169 (Marque sans texte), EUTM 1299563 (Marque sans texte), EUTM 018851646 Wolfspeed Unleashing the Power of Possibilities, ITM 1713660 (Marque sans texte), EUTM 014730683 WOLFSPEED, EUTM 018666965 WOLFPACK, EUTM 018448147 WOLFSPEED, EUTM 018637882 (Marque sans texte), EUTM 018480364 WOLFSPEED WOLFPACK</t>
+  </si>
+  <si>
+    <t>DEUR 001384796-0003, DEUR 004371185-0001, DEUR 001428098-0001, DEUR 001436281-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 010056679/EM CLIPPER, EUTM 001007210/EM CLIPPER, EUTM 004758595/EM CLIPPER, EUTM 009154568/EM CLIPPER, EUTM 010894442/EM FLAMAGAS, REUD	000423884-0001/EM, REUD 001679630-0002/EM, REUD 001679630-0001/EM,REUD 004971505-0002/EM
+REUD 004971505-0001/EM	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 000135681/EM GUESS, EUTM 000135624/EM GUESS?, EUTM 002569069/EM GUESS BY MARCIANO, EUTM 018913993/EM GUESS AIRWASHITM  1104623 (Trade mark without text), EUTM  000858886 (Trade mark without text), EUTM  000876987 GUESS KIDS, ITM  0992526  Gc, ITM  1026192 GUESS SEDUCTIVE, EUTM  000135681 GUESS, EUTM  000135640  GUESS ?, EUTM  000495077  (Trade mark without text), EUTM  000552646  GUESS ?, EUTM  000623090  GC COLLECTION, EUTM  000843409  G81  
+ITM  1026684 G BY GUESS, ITM  1028222  GUESS, ITM  1034778  G BY GUESS, EUTM  001914852 G BRAND, ITM  1086568 GUESS, ITM  1083509  GUESS BY MARCIANO, EUTM  002569069  GUESS BY MARCIANO 
+ITM  1088676 GUESS?, EUTM  001942598  G, EUTM  005538012 (Trade mark without text), ITM  1088677G BY GUESS, EUTM  003111283 Gc, ITM  1154951  Guess?, ITM  1154952   Guess?, ITM  1089696  GUESS, ITM  1143776  (Trade mark without text), ITM  1089695(Trade mark without text)  
+EUTM  000135624 GUESS?, EUTM  000135376  ?  
+</t>
+  </si>
+  <si>
+    <t>Guess? IP Holder L.P.</t>
+  </si>
+  <si>
+    <t>pulksteņi, brilles, saulesbrilles, apģērbi, ādas izstrādājumi u.c.</t>
+  </si>
+  <si>
+    <t>REUD 015091217-0002/EM, REUD 015091217-0001/EM</t>
+  </si>
+  <si>
+    <t>WD Construct</t>
+  </si>
+  <si>
+    <t>galdniecība, furnitūra un mēbeļu izgatavošana</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 015755549/EM HUDABEAUTY, EUTM 016781221/EM #FAUXFILTER,EUTM 017040825/EM THE OVERACHIEVER CONCEALER
+EUTM 017866725/EM EASY BAKE, EUTM 017868806/EM RESTING BOSS FACE, EUTM 017868808/EM MVBEUTM 017941694, EUTM 017917768 POWER BULLET, EUTM 18055344, EUTM 017868808, EUTM 018063415, EUTM 18054723, EUTM 017866725, REUD 004515294-0004 Make up applicators, EUTM 018025046,REUD 004515294-0003 Make up applicators, EUTM 018045921, EUTM 017898323,REUD 004515294-0002Make up applicators, EUTM18102831 LIFE LINER, EUTM 018045924 N.Y.M.P.H., EUTM 018057025, EUTM 015755549 HUDABEAUTY, EUTM 016781221 FAUXFILTER, REUD 004515294-0001 Make up applicators, EUTM 017040825 THE OVERACHIEVER, EUTM 017997771 STICKY TACK </t>
+  </si>
+  <si>
+    <t>Huda Beauty Limited</t>
+  </si>
+  <si>
+    <t>kosmētika u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 015091242/EM BRUNO BARBIERI</t>
+  </si>
+  <si>
+    <t>BARBIERI BRUNO - CHEF</t>
+  </si>
+  <si>
+    <t>alumīnija virtuves piederumi, virtuves ierīces, nepiedegoši pārklājumi krāsu veidā</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REUD 007988662-0003, REUD 006565917-0001, REUD006565917- 0003, EUTM  003219037 Le Pliage, EUTM  000731919 Longchamp, EUTM  000484170 Longchamp, ITM  1007348, REUD 000033626-0002, EUTM  016472417, REUD  000033626-0017, EUTM  14461958 Longchamp, EUTM  13928528  </t>
+  </si>
+  <si>
+    <t>EUTM 009064684/EM XHEKPON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 009775561 UNCLE BEN'S PERFECT EVERY TIME, EUTM 009722737 UNCLE BEN'S PERFECT EVERY TIME, EUTM 012653887  HAVE A RICE DAY, EUTM 011082021 UNCLE BEN'S SIGNATURE, EUTM 010849032
+EUTM 000001496 UNCLE BEN'S, EUTM 000001298 UNCLE BEN'S, EUTM 006756142, EUTM 001943604  UNLCE BEN'S, EUTM 009615519 BEGIN WITH BEN, EUTM 009775677 UNLCE BEN'S PERFECT EVERY TIME 
+EUTM 010072619, EUTM 002616175 10000004 UNCLE BEN'S PERFECT ANY TIME, REUD 1263248-0003,  REUD 1263248-0002,  REUD 1263248-0001,  REUD 1284285-0001, REUD 1284285-0002, REUD 1284285-0003,  REUD 1284285-0004, REUD 1284285-0005, REUD 2030015-0007, REUD 2030015-0008,  REUD 2030015-0005, REUD 2030015-0006,  REUD 2030015-0003, REUD 2030015-0004, REUD 2030015-0001,  REUD 2030015-0002,  REUD 2035766-0003,  REUD 2035766-0004,  REUD 2035766-0002,  REUD 2035766-0001,  REUD 2035766-0007,  REUD 2035766-0005,  REUD 1264329-0001 10000024 UNCLE BENS,  REUD 2035766-0006, EUTM 001253491  Trade mark without text, EUTM 002129179 10000005 UNCLE BEN'S </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ITM 1307481 i5, EUTM 018898983 BMW Park	, ITM 1721016 iX9, ITM 1721017 iX8, ITM 1721015 iX7, ITM 1721014 iX6, ITM 1722227 iX5	
+EUTM 000653881 MINI COOPER ITM 1339740 MINI, REUD 002707240-0001, ITM 945064, EUTM 016244378, ITM 1238653 MINI, ITM 1241163, EUTM 003149325, ITM 1374845, ITM 1362589, ITM 1356117, ITM 1349847, ITM 1349846, EUTM 00497453 MINI, EUTM 000091835 BMW, EUTM 000143909 MINI, EUTM 003145034 MINI, EUTM 000302406 MINI, EUTM 004319844 M, REUD 000775747-0001, REUD 000304274-0006, EUTM 000091884  BMW, EUTM 003145067 91087800 MINI, EUTM 000653881 MINI COOPER, ITM 1354464, EUTM 014015143  BMW, ITM 1325739 93073642 iPerformance, REUD 002144352-0001, REUD 002205575-0012, REUD 002323766-0001, REUD 002205575-0005,REUD 002156554-0010,REUD 001908807-0002,REUD 001846346-0004, REUD 001772922-0009, REUD 001744640-0004,REUD 001693599-0001, REUD 001655861-0003, REUD 001636978-0014, REUD 001636978-0011,REUD 000936281-0002,REUD 001754979-0001, ITM 972752  JOHN COOPER WORKS, ITM 1083779, ITM 1000463 93055468 M, REUD 002460402-0009,REUD 001714668-0002, REUD 002015602-0003, ITM 1364755, ITM 1352556, ITM 1375115
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 003410115/fig/, EUTM 002731958/OPINEL, EUTM 002726701/fig/, EUTM 004983953/OPINEL, EUTM 011931227/LE PETIT CHEF, ITM 1016953/INTEMPORA, REUD 001943127, REUD  001944372, REUD  001585860, REUD  001728486,REUD  001628736, REUD  000119722,REUD  000585443, REUD  000546817-0001,REUD 000546817-0003,REUD  000298773-0001, REUD  002402115-0001,REUD  002402115-0001, REUD  002281493-0001,REUD  002296491-0001, REUD 002281519-0001 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REUD 001832494-0001/EM, REUD 001832494-0001/EM, REUD 001832494- 0002/EM, REUD 001832494-0002/EM	</t>
+  </si>
+  <si>
+    <t>nemetāliski drenāžas kanāli</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REUD 005200524-0001/EM	</t>
+  </si>
+  <si>
+    <t>skalošanas ierīce</t>
+  </si>
+  <si>
+    <t>ITM 1534328 KAWS, ITM 1532879 XX</t>
+  </si>
+  <si>
+    <t>KAWS INC</t>
+  </si>
+  <si>
+    <t>EUTM 017898140/EM RUNBOTT, EUTM 018953725/EM, REUD 015057634-0001/EM, REUD 015038491-0002/EM,REUD 015038491-0001/EM
+ICD D247216-0001/WO</t>
+  </si>
+  <si>
+    <t>KINETICO SPAIN, S.L.U</t>
+  </si>
+  <si>
+    <t>REUD 004700821-0002, EUTM 014737712 Julietti</t>
+  </si>
+  <si>
+    <t>REUD 004102010-0006/EM, REUD 004561207-0001/EM, EUTM 009909177/EM  PARIchamber, EUTM 018034572/EM  BronchoDirect, EUTM 011115102/EM LAMIRA, EUTM 018140764/EM NasoDirect, EUTM 017727462/EM PARI BOY FREE, EUTM 017450461/EM PARI COMPACT EUTM 017488065/EM PARI ProtECT, EUTM 004670551/EM Mucoclear EUTM 002004034/EM PARI, EUTM 000577627/EM PARI, EUTM 002374510/EM PARI SMARTMASK, EUTM 010210441/EM TOLERO, EUTM 010523959/EM VANTOBRA, EUTM 009153198/EM VELOX	
+EUTM 009555525/EM VORTEX, EUTM 010098952/EM COLFINAIR
+EUTM 005348776/EM COLIFIN, EUTM 011015211/EM EBASE, EUTM 001947134/EM E-FLOW, EUTM 004869848/EM eflow,EUTM 010206861/EM ERAPID, EUTM 013364931/EM eTrack, EUTM 005223979/EM LC SPRINT
+EUTM 012217618/EM  ZIRELA, REUD 000528450-0001/EM, REUD 000528450-0002/EM, REUD 000358502-0001/EM,REUD000371695-0001/EM
+REUD 000371695-0002/EM, REUD 000371695-0003/EM, EUTM 007178502/EM ALTERA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                                                                                                                                                                                                                                                                                                                                                                      REUD 004755916-0005, EUTM  017867367 Nicer Dicer Quick, REUD 004755916-0001
+</t>
+  </si>
+  <si>
+    <t>REUD 015002771-0002, EUTM 016683633,REUD 008487995-0016, EUTM 018653035,REUD 008487995-0006, EUTM 018782234, REUD 008487995- 0009, REUD 008487995-0002,REUD 015009803-0001, REUD 008487995- 0018,REUD 008487995-0010, REUD 008487995-0017, REUD 015009801- 0001,REUD 015002771-0003, REUD 008487995-0005, REUD 008487995- 0001,REUD 008487995-0015, EUTM1060473,REUD 008487995-0007, REUD 008487995-0004, REUD 008487995-0012, REUD 008487995-0008,REUD 015002771-0001, REUD 008487995-0013,REUD 008487995-0014, REUD 008487995-0003,REUD 008487995-0011, REUD 015009801-0003, REUD 015009801-0002, ITM 1292359/WO TRIPLE CROCS COMFORT, ITM 1381006/WO CROCS AT WORK, ITM 1053975/WO CROCS LITTLES, EUTM013239975/EM CROCS, ITM 1292358/WO DUAL CROCS COMFORT, EUTM 011412723/EMCROCS, ITM1381511/WO  LITERIDE,EUTM 003455383/EM CROCS,SWIFTWATER, REUD 002117978-0002/EM, EUTM 006971782/EM CHAMELEON, EUTM 015551393/EM COME AS YOU ARE, ITM 885028/WO CROCS, ITM 870682/WO, ITM 971105/WO CROCS, ITM 885432/WO CROSLITE, ITM 1292354/WO  ICONIC CROCS COMFORT, EUTM 018640059/EM CROCS, EUTM 009089004/EM CROCBAND,REUD 009162191-0001/EM,REUD 000651468-0007/EM, REUD 015031038- 0007/ EM, REUD 015010116-0001/EM</t>
+  </si>
+  <si>
+    <t>REUD 008821938-0008, REUD 008821938-0007, REUD 008821938-0006, REUD 008821938-0005, REUD 008821938-0004,REUD 008821938-0003,REUD 008821938-0002, REUD 008821938-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 018011395 FITBIT INSPIRE, EUTM 016539645 DIAMOND LOGO COLOR, EUTM 17252453 FITBIT IONIC, EUTM 016522351 FITBIT (word), EUTM 018483648 FITBIT LUXE, EUTM 018211602 VERSA, EUTM 009 999855 FITBIT (word), EUTM 016344038  ARIA, EUTM 016539611 DIAMOND LOGO (BLACK), ITM 1296134 DIAMOND LOGO BLACK	
+EUTM 018295953 FITBIT SENSE, ITM 1218353 FITBIT (word), EUTM 017923440 FITBIT ACE, EUTM 018181348 FITBIT VERSA,  REUD 003461946- 0003 Google Home, REUD 003464775-0001 Google Daydream EUTM 1201816 NEST, EUTM 017283581 PIXELBOOK, EUTM 016976649 DAYDREAM, EUTM 017370891 PIXELBOOK, EUTM 012310017 GOOGLE CHROME CAST, REUD 003820935-0002 Google Daydream, REUD 003464775- 0003 Google Daydream, REUD 003820935-0006 Google Daydream, ITM 00001365337 WiFi (design), ITM 1125632 NEST (figurativo), REUD 003461946- 0004 Google Home, REUD 003464775-0008 Google Daydream, REUD 004535318- 0003 Pixelbook Pen, EUTM 010394674 Chrome logo,REUD 003820935-0003 Google Daydream, EUTM 003339835 Chrome,REUD 003832948-0001 Chromecast 2.0 and Chromecast Ultra, REUD 003461946- 0005 Google Home, EUTM 016869323 #teampixel, REUD 003464775-0007, REUD 003464775- 0004, EUTM 004316642 GOOGLE, EUTM 017793571 Google, EUTM 010387397 CHROME, EUTM 012309902 CHROMECAST, REUD 003820935-0004 Google Daydream, EUTM 017690496 PIXEL, REUD 003832948-0002 Chromecast 2.0 and Chromecast Ultra, REUD 003820935-0007 Google Daydream, EUTM 017690496 Pixel, REUD 003820935-0008 Google Daydream, REUD 004535318-0002Pixelbook Pen, REUD 004535318-0004 Pixelbook Pen, ITM 1322332 DAYDREAM, ITM 1340581 DAYDREAM VIEW, ITM 1145934 Google, EUTM 005263868 GOOGLE, EUTM 010387561GOOGLE CHROME, REUD  03464775-0005 Google Daydream, REUD 003820935-0001 Google Daydream, EUTM 015953748 DAYDREAM, EUTM 015086549SUPER G logo, EUTM 018040917STADIA, EUTM 016012221SUPER G logo, EUTM 013173241Logo (Chrome),  REUD 003461946- 0008, EUTM 011600822 PIXEL, EUTM 015946247 DAYDREAM logo	</t>
+  </si>
+  <si>
+    <t>ITM 1604108/WO OPZELURA, ITM 1661689/WO Opzelura</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEUR015055168-0006/EM,DEUR015013346-0006 /EM,DEUR015013346-0002 /EM,DEUR015035768-0005/EM,DEUR015073244-0004/EM,DEUR015096360 -0001/EM,DEUR000678586-0005/EM,DEUR015035768-0009/EM,DEUR015096360 0004/EM, DEUR015073244-0007/EM, ICDD207474-0014/WO, DEUR 015013346- 0010/EM, DEUR 015096360-0006/EM,DEUR000548789- 0002/ EM,DEUR015055168-0007/EM, DEUR015035768-0002/EM,DEUR015013346- 0008/EM,DEUR015035768-0001/EM, DEUR015055168-0004/EM, DEUR 015073244-0005/EM,DEUR000359138-0006/EM, 
+DEUR015073244- 0001/EM, ICDD076316-0001/WO, ICDD076316-0019/WO
+ICDD076316-0013/WO, ICDD202483-0002/WO, ICDD202483-0006/WO, ICD D085379-0005/WO, ICDD077490-0025/WO, ICDD081314-0020/WO, ICD D082725-0011/WO, ICDD079664-0017/WO, ICDD079664-0012/WO, ICD D072615-0002/WO, ICDD094221-0002/WO, ICDD083807-0003/WO, ICD D224059-0007/WO, ICDD224059-0001/WO, ICDD224059-0005/WO, ICD D224059-0008/WO, ICDD224059-0013/WO, ICDD219216-0014/WO, ICD D219216-0011/WO
+</t>
+  </si>
+  <si>
+    <t>DEUR 002377713-0015,DEUR 002377713-0006,DEUR 015085127-0003DEUR 015085127-0001,DEUR 015015635-0004, DEUR 015015635-0002, DEUR 00378 1160-0005, DEUR 003780287-0025,DEUR 002429993-0013,DEUR 002377713- 0005,DEUR 002377713-0004,DEUR 002377713-0003,DEUR 001626946-0008, DEUR 001626946-0003, DEUR 001108955-0001, DEUR 000904131-0001, ITM 235033 Lichtbaustein, EUTM000026377 BEGA, EUTM 000026336 BEGA Leuchten</t>
+  </si>
+  <si>
+    <t>EUTM 008163149 ACTIKERALL, EUTM 000323295 AIRTAL, EUTM 000014332 ALMIRALL, EUTM 000387175 ALMAX, EUTM 002476562 ALMIRALL, EUTM 000572743 ALMOGRAN,EUTM 003404977 BIOFENAC
+EUTM 000267930 COLAZIDE, EUTM 010585354 DUAKLIR, EUTM 000102780 EBASTEL, ITM 901523 EKLIRA, EUTM 003604626 KESTINE	
+EUTM 002043230 SOLARAZE, EUTM 001778497 VANIQA, ITM 0899381 BRETARIS, ITM 967369 BRIMICA, EUTM 01062317 1SKILARENCE	
+EUTM 001200351 ALMOTREX, EUTM 001206770 AMIGNUL, EUTM 000389700 BETIRAL, EUTM 000501759 COLAZID, EUTM 000389809I VOXEL, EUTM 007453591 MONOVO, EUTM 007453665 MUNDOSON
+EUTM 006755425 MUPIDERM, EUTM 01625718 1almirall,EUTM 017967501 KLISYRI, EUTM 908223 1LOGO EKLIRA GENUAIR,EUTM 9082272 Eklira Genuair, EUTM 12197273 Duaklir Genuair,EUTM 012738811 PHYSIORELAX</t>
+  </si>
+  <si>
+    <t>ALMIRALL SA</t>
+  </si>
+  <si>
+    <t>farmaceitiskie preparāti centrālās nervu sistēmas, tostarp galvassāpju, ārstēšanai u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 018688583 ZEPBOUND, EUTM 18748013 EUTM 003702248 LILLY, EUTM 018778986, EUTM 018778978 MOUNJARO, EUTM 018531486, EUTM 018703777 MOUNJARO, EUTM 018209187 MOUNJARO, REUD 015003049-0004, REUD 015003049-0015,REUD 015003050- 0001, REUD 015003049-0027, REUD 015003049-0014, REUD 015003049-0034
+REUD 015003049-0035</t>
+  </si>
+  <si>
+    <t>EUTM 005456447 DELPHI, EUTM 017894438 D, EUTM 013643325 DS150E
+EUTM 015353253 DS-FLASH, EUTM 012831624 DELPHI, EUTM 018106076/EM DELPHI, EUTM 018404381/EM DS480E, EUTM018404380/ EM DS180E, EUTM 018106076/EM DELPHI, EUTM 012831525/EM DELPHI</t>
+  </si>
+  <si>
+    <t>PHINIA DELPHI LUXEMBOURG SARL</t>
+  </si>
+  <si>
+    <t>DEUR 008840847-0003/EM, DEUR008840847-0010/EM, DEUR 008840847- 0006/ EM,DEUR 008840847-0011/EM,DEUR 008840847-0012/EM,DEUR 008840847- 0007/EM, DEUR 008840847-0004/EM, DEUR 008840847-0005/EM, EUTM 001285469FRITZ HANSEN,DEUR 008840847-0001EGG - Chair (ægget)DEUR008840847-0003PK22 chairs,DEUR 008840847-0004PK80 Daybeds, EUTM 018554312FRITZ HANSEN, DEUR 008840847-0008Ant - Chair (Myren),  DEUR008840847-0009Series 7 - chair (syver), DEUR 008840847- 0002Swan - chair ( svanen), DEUR 008840847-0010PK22 chairs, DEUR 008840847-0006PK24 Longue chair, DEUR 008840847-0011PK24 Longue chair, DEUR008840847-0012PK24 Longue chair, DEUR008840847-0007 PK61 + PK61A Coffee table, DEUR 008840847-0005Lily chair</t>
+  </si>
+  <si>
+    <t>DEUR 005276623-0010, DEUR 005276623-0011, DEUR 6893665-0001,DEUR 6893665-0002, EUTM 000342683 BLAHNIK, DEUR 005276623-0007, DEUR 007262274-0001, EUTM 5310685 MANOLO BLAHNIK, EUTM 2773547 MANOLO,DEUR 005276623-0001,DEUR005276623-0002,DEUR005276623- 0008, DEUR 005276623-0009, EUTM 5120332,DEUR 005276623-0006, DEUR 005276623-0005, EUTM 5120365 BLAHNIK, EUTM 15679426 NAWM
+EUTM 9336661 MANOLO BLAHNIK, DEUR 005276623-0004, EUTM 14460448 NAWM, EUTM 14460455 NAWM, DEUR 005276623-0003
+EUTM 2754166 BLAHNIK</t>
+  </si>
+  <si>
+    <t>REUD 001386858-0022/EM, REUD 001386858-0025/EM, REUD 001386858-0027/ EM, REUD 001386858-0030/EM,REUD 001386858-0024/EM,  REUD001386858- 0026/EM, REUD 001386858-0029/EM, REUD 001386858-0028/EM, REUD 001386692-0001/EM, REUD001386692-0004/EM, REUD 001386692-0011/EM, REUD 001386692-0012/EM,REUD 001386700- 0002/EM, REUD 001386700-0001/ EM, ITM 1278105/WO ISEC, ITM 1298036/WO PURE LOOP, ITM 1278104/ WO PURELOOP, ITM 1841681/WO PLASMAC, ITM 1841469/WO UMAC,  EUTM 019162317/EM EDVANCED, EUTM 015080261/EM UpCentre, EUTM 001873215/EM COAX, EUTM002045748/ EM COAX, EUTM018052759/EM Circonomic Centre, EUTM 018130953/EM BluPort, ITM	1316257/WO CAREFORMANCE, ITM 1705585/WO CHEMAREMA, ITM1129879/WO COREMA, ITM 1192473/WO counter current, ITM 1726526/WO DuaFil, ITM 1705574/WO ecoGentle	, ITM 1039828/WO ecoSAVE, ITM 1042906/WO ECOSAVE, ITM 492633/WO EREMA, ITM 1661038/WO EREMA, ITM 1660881/WO erema group, ITM 1176080/WO INTAREMA, ITM 1469676/WO KEYCYCLE, ITM1483520/WO KEYCYCLE EREMA PLANT ENGINEERING, ITM 994154/WO MPR, ITM 1400093/WO POWERFIL, ITM 1403274/WO POWERFIL, ITM 1341743/WO re360, ITM 1658239/WO ReFresher, ITM 1015825/WO RTF, ITM 1208193/WO smart start, ITM 1015824/WO TVE, ITM 1061121/WO TVEplus, ITM 1312860/WO UMAC, ITM 1491090/WO VACUNITE, ITM 765459/WO VACUREMA, REUD 001386858-0002/EM, REUD 001386858-0001/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DEUR 002374041-0001, DEUR 000475595-0002, DEUR 000475595-0001, ITM 0900160 PILOT Greenball, EUTM 001561539 PILOT Capless, ITM1309693 PILOT KLEER, ITM 0866191 FRIXION, ITM 1078481 ball FRIXION CLICKER, ITM 1361161 SUPER GRIP, EUTM 011052743 PILOT, EUTM007014541V BALL, EUTM003878253Hi-Tecpoint	</t>
+  </si>
+  <si>
+    <t>REUD 002906230-0003/EM, REUD 002906230-0001/EM, REUD 002906347- 0001/ EM,REUD 001168538-0001/EM,REUD 002496869-0001/EM, REUD 007705884- 0001/EM, REUD002468876-0002/EM, REUD001169544-0003/EM, REUD 008607964-0001/EM, REUD004741791-0001/EM, REUD 008313787-0001/EM, REUD 008732002-0001/EM,REUD 000897624-0001/EM, REUD001076343-0001/EM, REUD 005638707-0001/EM, REUD 005638707- 0002/EM,REUD 004558500-0001/ EM, EUTM 010956787/EM AIMPOINT, EUTM 017944139/EM T2, EUTM 015211311/EM T1, EUTM 018374230/EM DUTY RDS, EUTM011522761/EM AIMPOINT, EUTM 018006809/EM AIMPOINT, EUTM000723346/EM Aimpoint, EUTM 017969193/EM ACRO, ITM 1657799/WO COMP, ITM 1504049/WO MICRO,REUD 002906230- 0002/EM, REUD 002946442-0001/EM, REUD 002946442-0002/EM, REUD 007012125-0001/EM,REUD002946442-0003/ EM, REUD 008607972-0001/EM, REUD015004916-0001/EM,REUD 000909528- 0001/EM, REUD 000909528-0002/EM, REUD 000909551-0001/EM, REUD008303994-0001/EM, REUD 002468876-0001/EM, REUD 001169544-0002/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 008248189 SQ3, EUTM 000019398 TT, EUTM 002248847 S line, EUTM 001614072 Audi Original Teile, EUTM 000621086 Vorsprung durch Technik, EUTM 000307413 A7, EUTM 000018838 A4, EUTM 000018846 A6, EUTM 000019471 A8, EUTM 000019414 quattro, EUTM 000021162 RS3, EUTM 000021147 RS4, EUTM 000021121 RS6, EUTM 000021105 RS8, EUTM 000019430 S3, EUTM 000019489 S4, EUTM 000019497 S6, EUTM 000019513 S8, EUTM 000994707R8, EUTM 000019505 TTS, EUTM 004775177 A5, EUTM 000018762, EUTM 012109112 RS, EUTM 010549962 Q8, EUTM 006199194  A1, EUTM 010441277 Audi Vorsprung durch Technik 
+EUTM 010441111 Audi, REUD 002153676-0005,REUD 002153528-0006, REUD 002153528-0005,REUD002153528-0004,REUD 002153528-0002,REUD 002153320-0001,REUD 002015453-0001,REUD 002002683-0003, REUD 002002683-0002, REUD 002002683-0001,REUD 001989914-0001, REUD 001981564-0007,REUD 001981564-0006, REUD 001981564-0005, REUD 001981564-0004, REUD 001981564-0003,REUD 001981564-0002,REUD 001981564-0001,REUD 001981374-0001,REUD001915133-0001,REUD 001914771 -0002,REUD 001913435-0001, ICD DM/080062 93018250 Fahrzeug Felge </t>
+  </si>
+  <si>
+    <t>REUD 002982538</t>
+  </si>
+  <si>
+    <t>ALTACHEM</t>
+  </si>
+  <si>
+    <t>blīvēšanas instrumenti, putu pistoles</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REUD  002375212 </t>
+  </si>
+  <si>
+    <t>Cembre S.p.A.</t>
+  </si>
+  <si>
+    <t>šķēres tehniskai lietošanai</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM1698935YU-GI-OH!, EUTM 001695501YU-GI-OH! </t>
+  </si>
+  <si>
+    <t>KABUSHIKI KAISHA SHUEISHA KABUSHIKI KAISHA SHUEISHA</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> automātiskās un ar monētu darbināmas atrakciju iekārtas, elektriski darbināmas rotaļlietas bērniem, rotaļlietas un spēles, elektronisko atrakciju aparāti u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ITM 1752166/WO KELLY, ITM 1352277/WO Kelly, REUD 000954599-0001/ EM, REUD 015095136-0001/EM, REUD 008083935-0001/EM	</t>
+  </si>
+  <si>
+    <t>Kelly Tillage Pty Ltd</t>
+  </si>
+  <si>
+    <t>lauksaimniecības tehnika, smidzinātāji, piekabināmā lauksaimniecības tehnika,  kultivēšanas tehnika, aršanas mašīnas,  mēslošanas mašīnas, lauksaimniecības tehnika sējai u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 018279338/EM VEOZA</t>
+  </si>
+  <si>
+    <t>ASTELLAS US LLC</t>
+  </si>
+  <si>
+    <t>PHINIA Delphi Luxembourg SARL</t>
+  </si>
+  <si>
+    <t>HUGO BOSS AG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                                                                                     ITM 1109190 Audemars Piguet le Brassus, ITM	1247290/WO AUDEMARS PIGUET
+</t>
+  </si>
+  <si>
+    <t>EUTM 006097125 V, EUTM 010833515 V, ITM 1525033 V, ITM	1815393/WO V</t>
+  </si>
+  <si>
+    <t>MARIO VALENTINO S.P.A.</t>
+  </si>
+  <si>
+    <t>somas</t>
+  </si>
+  <si>
+    <t>EUTM 018855961/EM Ultrafragola, EUTM 018400033/EM ULTRAFRAGO	
+EUTM 018661413/EM SUPERONDA, EUTM 019175361/EM SAFARI	
+EUTM 019038036/EM JOE,EUTM 018311664/EM CENTRO STUDI POLTRONOVA</t>
+  </si>
+  <si>
+    <t>CENTRO STUDI POLTRONOVA PER IL DESIGN S.R.L.</t>
+  </si>
+  <si>
+    <t>EUTM 009826785/EM ciesse piumini, EUTM 013661715/EM CIESSE OUTDOOR, EUTM 000057026/EM CIESSE PIUMINI, 
+EUTM 016623076/ EM CIESSE PIUMINI DOWN 800 FILL POWER	
+EUTM 016623118/EM CIESSE PIUMINI ECO-TECH PROJECT	
+EUTM 017881108/EM Liger, EUTM 018010770/EM GENERATION 80'	
+EUTM 018202560/EM, EUTM 018202567/EM CIESSE PIUMINI	
+EUTM 019002036/EM CIESSE</t>
+  </si>
+  <si>
+    <t>'SPORT FASHION SERVICE S.R.L.''</t>
+  </si>
+  <si>
+    <t>dūnu jakas</t>
+  </si>
+  <si>
+    <t>EUTM	017475781 RX MULTI, REUD 015035887-0001 RX-multi AC/DC9-30V</t>
+  </si>
+  <si>
+    <t>TRADINGALL ELECTRONIC SL</t>
+  </si>
+  <si>
+    <t>radio uztvērēji tālvadības pultīm, radiofrekvenču uztvērēji, raidītāju uztvērēji, raidītāju uztvērēji durvju atvēršanai un aizvēršanai u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 002635571/EM IRON MAIDEN, EUTM 000680488/EM IRON MAIDEN, EUTM 002635555/EM IRON MAIDEN, EUTM 007346281/EM, EUTM 011466992/EM, EUTM 007338163/EM	
+EUTM 011814209/EM,EUTM 011813912/EM,EUTM 007338081/EM</t>
+  </si>
+  <si>
+    <t>Iron Maiden LLP</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> EUTM 018182274/EMPALM ANGELS x PALM ANGELS. ALL RIGHTS RESERVED., EUTM 018098809/EMPALM ANGELS x PALM ANGELS. ALL RIGHTS RESERVED., EUTM 013270053/EMPALM ANGELS, EUTM 013896006/EM PALM ANGELS, EUTM 017866896/EMPALM ANGELS	
+EUTM 018366548/EMPALM ANGELS, EUTM 018610335/EMPALM
+EUTM 017055146/EM LONELY HEARTS CLUB Palm Angels, EUTM 017055161/EMLONELY HEARTS CLUB, EUTM 018202495/EM, EUTM 016659161/EM, EUTM 016659237/EM, EUTM 019173182/EMPALM ANGELS, EUTM 018616198/EMPALM ANGELS, EUTM 018455674/EM PALM, EUTM 019132688/EMBEAR IN MIND</t>
+  </si>
+  <si>
+    <t>EUTM 001336395/EM ETUDE, EUTM 017865254/EM ESPOIR, ITM 1563164/WO LANEIGE, ITM 1505396/WO LANEIGE, ITM 1511220/WO LANEIGE, ITM 1215787/WO LANEIGE, ITM 1802500/WO Sulwhasoo	
+ITM 1225014/WO AESTURA, ITM 1315027/WO MEDIAN,ITM 1391907/WO MISE EN SCENE, ITM 1333465/WO Ryo, ITM 1804537/WO HERA	
+ITM 1807368/WO IOPE</t>
+  </si>
+  <si>
+    <t>AMOREPACIFIC CORPORATION</t>
+  </si>
+  <si>
+    <t>kosmētika, balinātāji, mitrinoši balzami ādai, ķermeņa dezodoranti, smaržas,  ēteriskās eļļas kosmētiskiem nolūkiem, abrazīvi līdzekļi u.c.</t>
+  </si>
+  <si>
+    <t>REUD 000017454-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 016943516 af, EUTM 008727349, EUTM 007406598 ABERCROMBIE ITM 1129765 ABERCROMBIE, ITM 1213857 PURE CALI, ITM 1245374 ABERCROMBIE &amp; FITCH, ITM 1245373 A&amp;F, ITM 1060685 JAKE, ITM 877626 EZRA FITCH, ITM 1063076 RUEHL NO.925, ITM 1093665 ANF	
+ITM 1290999 A&amp;F Co, EUTM 014464341 A&amp;F NYC, EUTM 012484176 PURE CALI, EUTM 011763745 HOLLISTER, EUTM	008975674 GH, EUTM 000325258 ABERCROMBIE &amp; FITCH, EUTM 005765921  41, EUTM 009874447 S. CAL., ITM 1050764 HOLLISTER, ITM 1062045 ABER CROMBIE  &amp; FITCH, ITM 877697 HCO, ITM 877627 HOLLISTER CO., ITM 878553 A &amp; F, EUTM 004731139, EUTM 005921168 HOLLISTER, EUTM 011763711ABERCROMBIE &amp; FITCH, EUTM 005200373,  EUTM 004729356, EUTM 006261945 HOLLISTER Co., EUTM 008289779 HOLLISTER CALIFORNIA, ITM 903149 GILLY HICKS, ITM 1127068, ITM 889226 RUEHL NO.925, ITM 1030026 A&amp;FITCH, ITM 1115982, ITM 1180694 GH, EUTM 004428033 EZRA FITCH, EUTM 011626728 HCO, EUTM 008289878 PACIFIC MERCHANTS, EUTM 008796302 GH GILLY HICKS, EUTM 006145742 gilly hicks, EUTM 008289886, EUTM 005200407, EUTM 00626186 Abercrombie &amp; Fitch, EUTM 006437495, ITM	1362790 A + F, ITM 1279102 A&amp;F NYC, ITM 1093901 abercrombie, ITM 1060515 PACIFIC MERCHANTS	</t>
+  </si>
+  <si>
+    <t>ABERCROMBIE &amp; FITCH EUROPE SAGL</t>
+  </si>
+  <si>
+    <t>EUTM 9278862 DITRON (WORD, EUTM15540313 SWEDA (COMPLESSO)
+EUTM 6826911 SAREMA (COMPLESSO), EUTM 011988623 DITRONETWORK (COMPLESSO), EUTM 014963698 OMEGA (COMPLESSO), EUTM 011988607 DITRONETWORK (WORD), EUTM 14963681, EUTM 6827141 SWEDA (COMPLESSO), EUTM 14963714 OMEGA BILANCE (COMPLESSO)</t>
+  </si>
+  <si>
+    <t>GE.IM.IN. SRL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 014282371/EM CAMECONNECT,  EUTM 008776429/EM CAME	
+EUTM 004112215/EM CAME, EUTM 015968076/EM	</t>
+  </si>
+  <si>
+    <t>CAME S.P.A.</t>
+  </si>
+  <si>
+    <t>tālvadības pultis, skaņas un attēla uztvērēji, raidīšanas un uztveršanas ierīces, bezvadu uztvērēji, audio uztvērēji, elektriskie uztvērēji, fotoelementi, viedie vārtejas saziņai</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 019032801/EM ABSOLUT NIGHTS COUNTRY OF SWEDEN	
+EUTM 012238598/EM ABSOLUT COUNTRY OF SWEDEN KURANT	
+EUTM 006680516/EM ABSOLUT MANGO Country of Sweden	
+EUTM 012238556/EM ABSOLUT COUNTRY OF SWEDEN ÄPPLE	
+EUTM 012238333/EM ABSOLUT COUNTRY OF SWEDEN GRÄPE	
+EUTM 009814807/EM ABSOLUT COUNTRY OF SWEDEN VODKA	
+EUTM 005306956/EM ABSOLUT Country of Sweden PEARS, EUTM 005327457/EM ABSOLUT Country of Sweden 100,EUTM 018534771/ EMABSOLUT SINCE 1879 L.O. SMITH, EUTM 018476786/EMABSOLUT VODKA Swedish Vodka, EUTM 010599471/EMABSOLUT CHERRYKRAN
+EUTM 008604811/EMABSOLUT BERRI ACAI, , EUTM003641693/EM ABSOLUT RASPBERRI, EUTM001009505/EMABSOLUT MANDRIN	
+EUTM016515595/EMABSOLUT EXTRAKT,EUTM017670613/EM ABSOLUT MANDRIN, EUTM017883159/EMABSOLUT EXTRAKT	
+EUTM004393823/EMABSOLUT APEACH, EUTM017670589/EMABSOLUT CITRON,EUTM010996619/EMABSOLUT PEPPAR, EUTM018772310/EM ABSOLUT NIGHTS, EUTM010996536/EMABSOLUT KURANT, 	
+EUTM010996651/EMABSOLUT CITRON, EUTM017628009/EMABSOLUT VODKA, EUTM010878651/EMABSOLUT CRAFT, EUTM009723446/EM ABSOLUT VODKA, EUTM017627993/EMABSOLUT VODKA, 	EUTM 017670597/EMABSOLUT LIME, EUTM003219979/EMABSOLUT BAR	
+EUTM013404843/EMABSOLUT BAR,EUTM013907944/EMABSOLUT A	
+EUTM016453763/EMABSOLUT RAW, EUTM018682887/EMABSOLUT.
+EUTM001521681/EMABSOLUT, EUTM009669953/EMABSOLUT	
+EUTM005631841/EMABSOLUT, EUTM009814849/EMABSOLUT COUNTRY OF SWEDEN VODKA Every drop of this superb vodka has been crafted only with Swedish winter wheat near the small tow n of Åhus and continues a determined commitment to the pursuit of perfection since 1879	
+EUTM009814906/EMABSOLUT COUNTRY OF SWEDEN VODKA Every drop of this superb vodka has been crafted only with Swedish winter wheat near the small tow n of Åhus and continues a determined commitment to the pursuit of perfection since 1879, EUTM 013901673/EM ABSOLUT MANDRIN A 
+superb vodka with a taste of mandarin. This citrus twist is an Absolut classic, crafted in the village of Åhus, Sweden. Absolut since 1879., EUTM009199985/ EMABSOLUT GLIMMER, EUTM013902101/EMABSOLUT CITRON A superb vodka with a taste of lemon. This citrus twist is an Absolut classic. Crafted in the village of Åhus, Swed en. Absolut since 1879. A., EUTM017627985/EM ABSOLUT LIME. A SUPERB VODKA WITH A TASTE OF LIME. THIS CITRUS TWIST IS AN ABSOLUT CLASSIC. CRAFTED IN THE VILLAGE OF AHUS, SWEDEN . ABSOLUT SINCE 1879.	, EUTM019080796/EMA BSOLUT SINCE 1879 L.O. SMITH ABSOLUT VODKA This Superb Vodka is Crafted to Perfection Absolut Since 1879 Country of Sweden, REUD000690300- 0012/EM, REUD000690300-0005/EM, REUD000690300-0004/EM, REUD	
+REUD 000690300-0006/EM, REUD000690300-0007/EM, 000690300-0009/EM
+REUD000690300-0008/EM, REUD003232941-0007/EM, REUD003232941- 0003/EM	, REUD003232941-0012/EM	, REUD003232941-0006/EM	, REUD 003232941-0013/EM, REUD003232941-0002/EM, REUD003232941-0005/E	
+REUD003232941-0016/EM, REUD003232941-0009/EM, REUD003232941- 0001/EM, REUD003232941-0014/EM, REUD003232941-0010/EM	
+REUD003232941- 0011/EM, REUD003232941-0004/EM, REUD003232941- 0015/EM, REUD003232941-0008/EM, REUD000690300-0001/EM	
+REUD000690300-0003/EM, REUD000690300-0011/EM, REUD000690300- 0010/EM, REUD000690300-0002/EM, EUTM010996445/EMABSOLUT COUNTRY OF SWEDEN HIBISKUS, EUTM002993129/EMABSOLUT Country of Sweden VANILIA,EUTM012238481/EMABSOLUT COUNTRY OF SWEDEN CHERRYS, EUTM001023613/EMABSOLUT Country of Sweden MANDRIN,EUTM001023654/EMABSOLUT Country of Sweden MANDRIN
+EUTM009723495/EMABSOLUT Country of Sweden PEPPAR, EUTM 004373999/EMABSOLUT APEACH Country of Sweden EUTM009724907/EM
+ABSOLUT Country of Sweden CITRON, EMSWEDISH VODKA ABSOLUT SINCE 1879,EUTM009724949/EMABSOLUT Country of Sweden KURANT
+EUTM017627944/EMABSOLUT, EUTM017627951/EMABSOLUT	
+EUTM009384918/EMABSOLUT COUNTRY OF SWEDEN ELYX	
+EUTM018125715/EMABSOLUT ELYX COUNTRY OF SWEDEN
+EUTM009200668/EMABSOLUT ELYX, EUTM009200858/EMELYX	
+EUTM019093449/EMELYX	, EUTM019093514/EMELYX, REUD 002237677-0001/EM, REUD002223750-0002/EM,REUD002223750-0007/EM
+REUD002190439-0005/EM, REUD002223750-0004/EM
+REUD002719005-0002/EM
+REUD002223750-0008/EM	
+REUD002719005-0001/EM	
+REUD002190439-0007/EM	
+REUD002190439-0008/EM	
+REUD002223750-0005/EMREUD002237677-0002/EM
+REUD002223750-0001/EM	
+REUD008589865-0001/EM	
+REUD002190439-0004/EM	
+REUD001756925-0001/EM	
+REUD002223750-0006/EM
+REUD002223750-0003/EM	
+REUD002190439-0009/EM	
+REUD002719005-0003/EM	
+REUD002237677-0003/EM	
+REUD002190439-0006/EM	
+REUD002223750-0009/EM	
+REUD002201996-0001/EM	
+REUD002201996-0002/EM	
+REUD002201996-0003/EM	
+EUTM013902176/EMABSOLUT VODKA One Source. One Community. One superb vodka. Crafted in the village of Åhus, Sweden. Absolut since 1879. A.ABSOLUT VODKA. ONE SOURCE. ONE COMMUNITY. ONE SUPERB VODKA. CRAFTED IN THE VILLAGE OF AHUS, SWEDEN. ABSOLUT SINCE 1879.	
+EUTM017627969/EMABSOLUT VODKA ONE SOURCE. ONE COMMUNITY. ONE SUPERB VODKA. CRAFTED IN THE VILLAGE OF AHUS SWEDEN. ABSOLUT SINCE 1879
+EUTM009484544/EMABSOLUT COUNTRY OF SWEDEN ORIENT APPLE
+EUTM010599504/EMABSOLUT Country of Sweden CHERRYKRAN	
+EUTM008604803/EMABSOLUT Country of Sweden BERRI AÇAÍ
+EUTM010076701/EMABSOLUT COUNTRY OF SWEDEN GRÄPEVINE	
+EUTM003668308/EMABSOLUT Country of Sweden RASPBERRI	
+EUTM011500675/EMABSOLUT COUNTRY OF SWEDEN CILANTRO
+EUTM009423021/EMABSOLUT COUNTRY OF SWEDEN WILD TEA	</t>
+  </si>
+  <si>
+    <t>The Absolut Company International AB</t>
+  </si>
+  <si>
+    <t>alkoholiskais dzēriens Absolut</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> EUTM 010915239 ICE WATCH, EUTM 010955946  ICE DIAMOND, EUTM 011333499 ICE COLOR, EUTM 018123293 ICE SOLAR POWER, EUTM 018125704 ice save, EUTM 018179522 SOLAR IMPULSE, EUTM 018181908 ICE CHANGE, EUTM 018192981 ice-watch, EUTM 018194328 GENERATION ICE, EUTM 018192983 ice-watch, EUTM 018123289 SOLAR POWER, EUTM 010322253 ICE-CLOCK, EUTM 007239064 ice SWISS, EUTM 012610961 ICE watch 10ATM water resistant, EUTM 011662012 (Marque sans texte), EUTM 009842329, EUTM 010650752 CHANGE YOU CAN, EUTM 011572435 ICE
+EUTM 005549209 icewatch</t>
+  </si>
+  <si>
+    <t>ICE IP S.A.</t>
+  </si>
+  <si>
+    <t>EUTM 018655302/EM DEMELLIER, EUTM 016084097/EM DEMELLIER	
+ICD D251050-0001/WO, ICD D251052-0001/WO, ICD D251048-0001/WO
+ICD D251051-0001/WO</t>
+  </si>
+  <si>
+    <t>DEMELLIER LTD</t>
+  </si>
+  <si>
+    <t>krūzes</t>
+  </si>
+  <si>
+    <t>EUTM 018594000/EM AB ANINE BING, EUTM 017962503/EM ANINE BING, EUTM 012460861/EM ANINE BING</t>
+  </si>
+  <si>
+    <t>ANINE BING CORPORATION</t>
+  </si>
+  <si>
+    <t>smaržūdens, juvelierizstrādājumi, rotaslietas, t-krekli, saulesbrilles, džemperi, krekli, treniņtērpi, rokassomas, apavi</t>
+  </si>
+  <si>
+    <t>EUTM 018162715 LORO PIANA, EUTM	018905189/EM	Loro Piana	
+EUTM	018840443/EM, EUTM	018396247/EM Loro Piana
+EUTM	018905154/EM LORO PIANA, EUTM018343038/EM</t>
+  </si>
+  <si>
+    <t>EUTM 004028114/EM ESCENTRIC MOLECULES, ITM 1635462/WO EM, ITM 1592216/WO M+ Molecule 01, ITM 1775837/WO MOLECULE</t>
+  </si>
+  <si>
+    <t>ThisCompany Limited</t>
+  </si>
+  <si>
+    <t xml:space="preserve">smaržas,smaržu pudelītes,  kartona iepakojums u.c. </t>
+  </si>
+  <si>
+    <t>ITM 1153064/WO ENO, ITM 1573504/WO Centrum, ITM 1553562/WO SENSODYNE, ITM 1506870/WO SENSODYNE, ITM 1590514/WO SENSODYNE, ITM 1590665/WO SENSODYNE, ITM 1578644/WO SENSODYNE NOURISH, ITM 1536980/WO AQUAFRESH, EUTM 001842863/EM COREGA, EUTM 012614764/EM COREGA, EUTM 004097879/EM MACLEANS MILK TEETH, EUTM 003261211/EM MACLEANS, EUTM 001279355/EM MACLEANS, EUTM 000238956/EM PARODONTAX, EUTM 015610058/EM PARODONTAX, EUTM 009322108/EM POLIGRIP, EUTM 013260765/EM BIOTENE, EUTM 002973402/EM BIOTENE, EUTM 014484893/EM BIOTENE, EUTM 003436227/EM TUMS, EUTM 018169001/EM TUMS,EUTM 000940072/EM PANADOL, EUTM 008595498/EM PANADOL, EUTM 013628607/EM EXCEDRIN, EUTM 011604576/EM EXCEDRIN</t>
+  </si>
+  <si>
+    <t>HALEON UK IP LIMITED</t>
+  </si>
+  <si>
+    <t>multivitamīnu preparāti farmaceitiskie preparāti un vielas, gremošanas līdzekļi farmaceitiskiem nolūkiem paracetamols, paracetamola preparāti iekšķīgai lietošanai,pretsāpju līdzekļi, zobu birstes, mutes skalošanas līdzeklis, zobu pasta,zobu birstes, mutes skalošanas līdzeklis, protēžu līmes; tīrīšanas līdzekļi u.c.</t>
+  </si>
+  <si>
+    <t>EUTM  014881759  Q/S, EUTM  005061197 s.Oliver, EUTM  000181875  S. Oliver</t>
+  </si>
+  <si>
+    <t>s. Oliver Bernd Freier GmbH &amp; Co. KG</t>
+  </si>
+  <si>
+    <t>apģērbi, apavi, galvassegas, jostas u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM  015726961 GORE-TEX SHAKEDRY, EUTM  6276869  SURROUND  
+EUTM  012971925 THERMIUM, EUTM  012167318 GORE, EUTM  003864196 WIND STOPPER GORE, EUTM  000261073 WINDSTOPPER  
+EUTM  003120409  Guaranteed To Keep You Dry GORE-TEX  
+EUTM  003768405  GORE-TEX  </t>
+  </si>
+  <si>
+    <t>W.L. Gore &amp; Associates Inc</t>
+  </si>
+  <si>
+    <t>apģērbs, apavi, tekstilmateriālu preces, ūdensnecaurlaidīgi audumi un laminēti tekstilizstrādājumi     </t>
+  </si>
+  <si>
+    <t>INTERNATIONAL SKATING UNION</t>
+  </si>
+  <si>
+    <t>EUTM 019089193/EM USA EAGLES SHORT TRACK, EUTM 019089226/EM POLISH HUSSARS SHORT TRACK, EUTM 019089092/EM KOREAN WHITE TIGERS SHORT TRACK, EUTM 019089240/EM KAZAKH NOMADS SHORT TRACK, EUTM 019089113/EM JAPANESE NINJAS SHORT TRACK, EUTM 019089110/EM ITALIAN GLADIATORS SHORT TRACK, EUTM 019072912/EM ISU Short Track World Tour, EUTM 019240918/EM ISU FIGURE SKATING WORLD CHAMPIONSHI, EUTM 019089063/EM HUNGARIAN FALCONS SHORT TRACK, EUTM 019089105/EM FRENCH ROOSTERS SHORT TRACK, EUTM 019089004/EM DUTCH LIONS SHORT TRACK, EUTM 019088942/EM CANADIAN ICE MAPLES SHORT TRAC. EUTM 019088881/EM BELGIAN ICE BEARS SHORT TRACK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 009511891/EM Red Bull Ring Spielberg, EUTM 000698720/EM Red Bull, EUTM 018909998/EM, EUTM 018910000/EM Red Bull ENERGY DRINK, ITM 857309/WO, EUTM 014326516/EM, ITM 1289552/WO FITS BODY AND MIND, EUTM 015111156/EM, EUTM 015231517/EM TERRA MATER, ITM 1321246/WO THE RED BULLETINEUTM 014326491, EUTM 000052746, EUTM 010811826, EUTM 003275741, EUTM 013427571, EUTM 015288186 BULL, EUTM 012484441, EUTM 015111156, EUTM 005102504 BULL SHOP, EUTM 012093589, EUTM 1349656 ALPHA TAURI, EUTM 015365869 ALPHA TAURI, EUTM 017363037, EUTM 1012380 GIVES YOU WINGS, EUTM 017077281, EUTM 017077462, EUTM 017077471, EUTM 017077496, EUTM 017363094 Red Bull, EUTM 009674409 Red Bull Ring Spielberg, EUTM 014326516, EUTM 1321246 THE RED BULLETIN, EUTM 016138802 Servus in Stadt und Land, EUTM 006771323  Red Bull, EUTM 009417668, EUTM 009580226, EUTM 010780261, EUTM 010780229, EUTM 011366911Red, EUTM 003629342, EUTM 000052787 Red Bull, EUTM 000052803 RED BULL, EUTM 000698506 Red Bull, EUTM 000782383 Bull, EUTM 001143122 Red Bull ENERGY DRINK, EUTM 001252121  VITALIZES BODY AND MIND, EUTM 001564301, EUTM 002534774, EUTM 003305687, EUTM 008874166 RED, EUTM 010808558 RED, EUTM 005225611 Red Bull, REDU 001825571-0002, ITM 969260, ITM 857309, REDU 001825571-0003, REDU 001825571-0004, REDU 001825571-0001, REDU 001825571-0005, REDU 001825571-0006 </t>
+  </si>
+  <si>
+    <t>EUTM 004627501 /fig./, EUTM 003818739 /fig./, EUTM 001365907 /fig./, EUTM 006167324 /fig./, EUTM 003550779 8 OUT OF 10 CATS PREFER WHISKAS, EUTM 003660511 8 OUT OF 10…WHISKAS, EUTM 009950692 A CAT WOULD, EUTM 000090969 WHISKAS, EUTM 009151689 Whiskas /fig./, EUTM 001466143 whiskas /fig./, EUTM 002848364 /fig./, EUTM 003703584 /fig./, EUTM 003997988 /fig./, EUTM 004171724 WHISKAS CATS KNOW THE DIFFERENCE, EUTM 002845477 /fig./, EUTM 009781949 kitten /fig./, EUTM 000000901 whiskas /fig./, EUTM 000000919 /fig./, EUTM 003793361 /fig./, EUTM 004106639 whiskas /fig./, EUTM 003998011 /fig./, EUTM 001175892 WHISKAS DENTABITS, REDU 001091821-0001, REDU 001976481-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU002225888-0001, EUTM 010503662/Talking Tom, EUTM 010503671/Talking Ben, EUTM 010504264/Talking Ginger, EUTM 010747236/Talking Angela, EUTM 010504249/Talking Pierre, EUTM 010503696/Talking Gina, EUTM 010504181/Talking Friends, EUTM 009939893/Ourfit7, REDU 001827809-0001, REDU 001812173-0001, REDU 001964602-0001, REDU 001964610-0001, REDU 001980533-0001 ,REDU 002225722-0001, REDU 002225722-0002, REDU 002225888-0003 REDU 002225961-0001, REDU 002225961-0002, REDU 002225961 -0003, REDU 002225961-0004, REDU 002399659-0001, REDU 002424945-0001, REDU 002225722-0003, EUTM 009683608/ Talking Ben the Dog, EUTM 009913666/Talking Ginger, EUTM 010504314/ Talking Angela, EUTM 010601722/nawm, EUTM 010227296 /nawm, EUTM 009493719Talking Tom Cat, EUTM 010227536/Talking Tom, EUTM 010227361/nawm, EUTM 010227403/ nawm, EUTM 010747269 /nawm, EUTM 010503647 /nawm, EUTM 010227429/nawm, EUTM 010503654/nawm, REDU 002225722-0003, REDU 002225771-0001, REDU 002225771-0002, REDU 002225771-0003, REDU 002225805-0001, REDU 002225805-0002, REDU 002225805-0001, REDU 002225821-0002, REDU 002225821-0003, REDU 002225821-0001, REDU 002225888- 0002, EUTM 010227544/ Talking Ben, EUTM 009683665/Talking Gina the Giraffe, EUTM 010227551/Talking Gina, EUTM009888322/ Talking Pierre the Parrot, EUTM010504322/Talking Pierre 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM4373783/Finlandia, EUTM 009880055/Finlandia - Vodka of Finland, EUTM 008925638/Finlandia - Vodka of Finland,REDU 001865692-0001/, REDU 001865692-0002, REDU 001865692-0003, REDU 002142653-0001, REDU 002085233-0001 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU1233845-0001, REDU 1233845-0006, EUTM 005282686/, EUTM 005282603/FG WILSON, EUTM 000345272/F. G. WILSON ENGINEERING, EUTM 000352963, EUTM 007147341/POWERWIZARD, REDU 1233845-0007 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 009149743-0008/EM, REDU 009149743-0009/EM, REDU 009149743- 0010/EM, REDU 009149743-0011/EM, REDU 009149743-0012/EM, REDU 004667384-0002/EM, REDU 009149743-0001/EM, REDU 009149743-0002/EM	
+REDU 009149743-0003/EM, REDU 009149743-0004/EM, REDU 004667384- 0003/EM, REDU 004667384-0004/EM, REDU 004667384-0005/EM, REDU 004667384-0001, EUTM 018079142 BOGNER, EUTM 018003584 BOGNER, EUTM 017646571, EUTM 017646589, EUTM 017444092 BGNR, EUTM 003499381 Bogner, EUTM 003500717 S, EUTM 003509916 B Fire + Ice, EUTM 003510096 B Bogner Jeans, EUTM 003512217 B, EUTM 003514353 B Bogner, EUTM 004919411 B Bogner Homeshopping, EUTM 005482062, EUTM 007411416 Sônia Bogner,  EUTM 008640948 B, EUTM 008899940 B 
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM  012215968, EUTM  000099960, EUTM  12201703, EUTM  009890781, EUTM  011670072, EUTM008567166, EUTM 012215968, EUTM 018086292, REDU 007439328-0001, EUTM 001283944, EUTM 018380723, EUTM 018449025 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+EUTM 004904447, EUTM 004904421, EUTM 004904348, EUTM 004904306, EUTM 004907143, EUTM 004363172 ACERT, EUTM005541131 CATER PILLAR, EUTM 001062892 CATERPILLAR, EUTM005029046 CATER PILLAR, EUTM009344755 CAT, EUTM 005028147 CAT, EUTM 001063296 CAT, EUTM 010403277 1R-0716, EUTM 010403111 1R-1808, EUTM 000918417, EUTM 011734101, EUTM 011734191, EUTM 005541222, EUTM 009599028A, EUTM 006308845 CAT, EUTM 008989733C, EUTM 008585903, EUTM 004903134, REDU 3696590-0001, REDU 5328853-0020 A123&gt;, REDU 5328853-0005, REDU 5328853-0014, REDU 5328853-0016,  REDU 5328853-0003, EUTM 009599028 A, EUTM 008989733 C, EUTM 017222175 YIT, REDU 5328853-0006, REDU 5328853-0008, REDU 5328853-0012, REDU 5328853-0013	
+REDU 5328853-0010, REDU 5328853-0015, REDU 5328853-0021, REDU 904818- 0001, REDU 904818-0002
+</t>
+  </si>
+  <si>
+    <t>EUTM 007600117/EM CONVERSE, EUTM 007600026/EM, EUTM 009209073/EM Jack Purcell, EUTM 007600232/EM ALL STAR, EUTM 007600241/EM,EUTM 008630659/EM CONVERSE ALL STAR Chuck Taylor
+EUTM 007600191/EM ALL STAR, EUTM 007599947/EM Converse All Star, REDU 009146863-0014/EM, REDU 009146863-0012/EM, REDU 009146863-0015/ EM, REDU 009146863-0013/EM, REDU 009197775-0001/EM, REDU 009197775- 0002/EM, REDU 009197775-0004/EM, REDU 009197775-0003/EM, REDU 009197775-0005/EM, REDU 009197775-0006/EM, REDU 009028350-0008/EM, REDU 009028350-0010/EM, REDU 008521181-0029/ EM, REDU 008521181- 0035/EM, REDU 008521181-0032/EM, REDU 008521181- 0034/EM, REDU 008521181-0036/EM, REDU 008521181-0042/EM, REDU 008521181-0039/EM, REDU 008521181-0033/EM, REDU 008521181-0030/EM, REDU 009028350- 0006/EM, REDU 009028350-0009/EM, REDU 009028350-0007/ EM, REDU 008521181-0025/EM, REDU 007162128-0002/EM, REDU 007162128-0001/EM	
+REDU 007162128-0004/EM, REDU 007162128-0003/EM, REDU 008521181- 0040/EM, REDU 008521181-0031/EM, REDU 008521181-0041/EM, REDU 008521181-0038/EM, REDU 008521181-0037/EM, REDU 015012399-0007/EM	
+REDU 015012399-0008/EM, REDU 008926372-0029/EM, REDU 008926372- 0030/EM, REDU 008926372-0028/EM, REDU 008926372-0031/EM, REDU 008926372-0032/EM, REDU 008926372-0033/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 11950854/M&amp;P, EUTM 011778751/M&amp;P, EUTM 004912457/M&amp;P MILITARY POLICE,  EUTM 011778834/M&amp;P MILITARY POLICE,  EUTM 002731644/S&amp;W,  EUTM 002730794/S W, EUTM 000211748/SIGMA SERIES,  EUTM 002731248/SMITH &amp; WESSON, EUTM 000625483/SMITH &amp; WESSON REDU 003114016-0001 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 014460794CUMMINS INLINE, EUTM 014568513POWERSPEC
+EUTM 015004501 ISR, EUTM 006624001 CUMMINS, EUTM 004918397 JUICEBOXEUTM 004381349OPENSET, EUTM 002274470C, EUTM 001772128C Cummins, EUTM 001770585CUMMINS, EUTM 001374172C CUMMINS, EUTM 001373513 C CUMMINS, EUTM 000652115S MARTPOWER, EUTM 013187794 CALTERM , REDU 000303854-0003, REDU 000303854-0002,REDU 000303854-0001,EUTM 012931226, EUTM 011476702RECON, EUTM 010543651QSK, EUTM 010386712 ECOFIT, EUTM 009214503GENUINE PARTS, EUTM 009057332 CUMMINS AIR MANAGEMENT SOLUTIONS, EUTM 006624076C Cummins, EUTM 006624001 CUMMINS, EUTM 004918397JUICEBOX 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 000394189/EM BRAUN, REDU 000102827 - 0007/EM,  ICD  D079213/ WO, ICD D073819/WO, ICD D072551/WO, ICD DM/093 043, ICD DM/087897
+ICD DM/091 110, ICD DM/098 341
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU001564238 - 0001,REDU 001116065 - 0001, EUTM 009179987, EUTM 009706516TWIX PAUSE LIKE YOU MEAN IT, EUTM 010728327LEFT TWIX. RIGHT TWIX. PICK A SIDE, EUTM 010900074LINKES TWIX. RECHTES TWIX. PROBIER SIE BEIDE UND ENTSCHEIDE DICH!, EUTM 011067535TWIX GOûTEZ LES DEUX. FAITES VOTRE CHOIX, EUTM 011839636LINKER TWIX RECHTER TWIX, EUTM 011839586LINKER TWIX, RECHTER TWIX, WELKE KIES JIJ?, EUTM 012249504TWIX ENJOY THEM BOTH, EUTM 012252524ENJOY THEM BOTH, REDU 001072359 - 0001, REDU 001130165 - 0001, REDU 001116065 - 0002, REDU 001564238 - 0002, EUTM 000128371TWIX, EUTM 006311518TWIX FINO, EUTM 006954333, EUTM 008275224, EUTM 000001347TWIX, EUTM 008411845TWIX, EUTM 001258086TWIX TOP, EUTM 001513365TWIX STIX, EUTM 009070889, EUTM 009181835 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 007543151 SHEBA,  EUTM 009781279, EUTM 010465433, EUTM 010465491, EUTM 010825289 SHEBA FOLLOW YOUR PASSION, EUTM 010864701 SHEBA FINESSE, REDU 000181219 - 0001, REDU 000181219 - 0002, REDU 000181219 - 0004, REDU 000181219 - 0007,  REDU 000179379 - 0069, REDU 000179379 - 0092, EUTM 016130692 Sheba, REDU 003806066-0001, REDU 002932384-0001, EUTM 010864701 SHEBA FINESSE, REDU 002932384-0012 
+REDU 000179379-0092, REDU 002932384-0002, REDU 002932384-0011, EUTM 016130676  Sheba, EUTM 015377534 SHEBA PERFECT PORTIONS, EUTM 017661539 SHEBA CRAFT COLLECTION, EUTM 017961731 SHEBA CREAMY SNACKS, REDU 000181219-0001 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 001790973-0001, EUTM 008 846 834, EUTM 006292668, EUTM 006292668 BABYZEN, EUTM 009857061 YOYO 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 003712959-0016, REDU 003712959-0025, REDU 003712959-0026, REDU 003712959-0027, REDU 003712959-0028, REDU 003712959-0029, REDU 003712959-0009, REDU 001291066-0001, REDU 002012336-0003, EUTM 001541739, EUTM 001834373, REDU 003712959-0024, EUTM 010530558 M&amp;M'S IT DOESN'T GET BETTER THAN THE ORIGINAL, EUTM 010530483  M&amp;M'S NOTHING FANCY, JUST THE FACTS, EUTM 010530509  M&amp;M'S THE BIGGEST THING TO HAPPEN TO MILK, CHOCOLATE, EUTM 010722411 10000027 MS. BROWN, EUTM 010749191, EUTM 002744639 RED, EUTM 002743706 YELLOW, EUTM 012437885 MY M&amp;M'S, EUTM 003849148, EUTM 003853298, EUTM 003849023, EUTM 003853281, EUTM 003849122, EUTM 003849056, EUTM 011455731 M&amp;M'S, EUTM 001837384, EUTM 001838689, EUTM 009858151 NEVER LET 'EM SEE YOU MELT, EUTM 010065027 M&amp;M'S INTENSE, EUTM 002443232 M&amp;M'S, EUTM 000001446 M&amp;M'S, EUTM 005422142, EUTM 005422332 
+EUTM 005555164, EUTM 005555156, EUTM 001838713, EUTM 000656223 10000039 M&amp;M'S, EUTM 008749673 M&amp;M'S, EUTM 008504649, EUTM 008504615, REDU 003712959-0004, REDU 003712959-0005, REDU 003712959- 0007, REDU 003712959-0011, REDU 003712959-0012, REDU 003712959-0013, REDU 003712959-0015, REDU 003712959-0017 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM012348876, EUTM 008915415,  EUTM 009165821, EUTM 009165747, EUTM 009583998 GALAXY MELT INTO, EUTM 010172344 GALAXY FLUTES, EUTM 002692622 GALAXY, EUTM 003527975, REDU 001160519 - 0001, REDU 001160519 - 0002,  EUTM 003527942, EUTM 012348504, EUTM 012348652, EUTM 012380994, EUTM 012348694, EUTM 012348827, REDU 000170741 - 0005, REDU 000748421 - 0004, REDU 000748421 - 0005, REDU 0007 48421 - 0006, REDU 000748421 - 0007, REDU 000748421 - 0008, REDU 0007484 21 - 0009, REDU 000748421 - 0010, REDU 000170741 - 0001, REDU 000170741 - 0002, REDU 000545173 - 0001, REDU 000545173 - 0002, REDU 000545173 - 0003, REDU 000545173 - 0004, REDU 000545173 - 0005, REDU 000545173 - 0006, REDU 001296974 - 0001, REDU 001256028 - 0001, REDU 0001291066 - 0002, REDU 0001 291066 - 0003, REDU 002012757 - 0002, REDU 002227215 - 0001, REDU 00222 7215 - 0002, REDU 000170741 - 0004, REDU 000170741 - 0006, REDU 000170741 - 0007, REDU 000170741 - 0008, REDU 000748421 - 0001, REDU 000748421 - 0002, REDU 000748421 - 0003, REDU 000748421 - 0012, REDU 000748421 - 0013, REDU 000748421 - 0011, REDU 000748421 - 0014, EUTM000001701 DOVE, EUTM 001010669 DOVE PROMISES, EUTM 008797565GALAXY BUBBLES, EUTM 008915365 Galaxy Minstrels, EUTM 008915415 Galaxy Ripple, REDU 000170 741-0001,  EUTM 001010669 DOVE PROMISES
+</t>
+  </si>
+  <si>
+    <t>EUTM 016950537 DRY AGER BUILT FOR BEEF EST. 2014, REDU 004412138-0013, REDU 004412138-0012, REDU 004412138-0009, REDU 001462204-0001, REDU 004412138-0004, REDU 4412138-0001, REDU 004412138-0007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 002386763-0001, REDU 002587402-0004, REDU 002197442-0001 
+REDU 002386763-0002,EUTM 011946167 93041540 GoPro, EUTM 012621901GOPRO, DR002736124-0002, REDU002736124-0001 
+REDU002773762-0001, REDU002587402-0003, REDU002756171-0001 
+REDU002762583-0002, EUTM006750376HERO,REDU002633750-0001 
+EUTM006750368GOPRO 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 000372458, REDU 002028399-0015, REDU 002028399-0014 93026226, REDU 002028399-0013 93026224, REDU 002028399-0012 93026222, REDU 002028399-0011 93026220, REDU 002028399-0010 93026218, REDU 002028399-0009 93026216, REDU 002028399-0008 93026214, REDU 002028399-0007, REDU 002028399-0006, REDU 002028399-0005, REDU 002028399-0004, REDU 002028399-0003,         REDU 002028399-0002, REDU 002028399-0001, REDU 000899083-0001, EUTM 010427979, EUTM 010427987, EUTM 000472506  
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ITM 1143133QiviCon, EUTM 000215319 ·T··· , EUTM 000214528T-Online, EUTM 000214478-T---Online-, EUTM 006424055 T Home, EUTM 006660121 T-Home, EUTM 001961788 T Systems, EUTM 001935659 T-Systems, EUTM 004588208T, EUTM 002122141t, EUTM 004501342 T-Com, EUTM 000212613, EUTM 004589826 T, EUTM 003127611t, EUTM 001856079 t, EUTM 001855329 T-Com, EUTM 003125432t, EUTM 000485441T-Mobile, EUTM 000485391·T· · · Mobile·, REDU 1195101-0001, REDU 001195101-0002 WLAN POWER WPS RESET 5 SEK. LAN, REDU 000906847-0001, REDU 000906847-0003, REDU 001195101-0003WLAN POWER WPS RESET 5 SEK. LAN, REDU 001195101-0004 93039356, REDU 002004531-0001, REDU 000906847-0002 93039342,REDU 001195101-0005, EUTM 006367916T Home, EUTM 005046453T-Home, EUTM 002142784  ·T· · · Com·  
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 3251956/Gavi, EUTM 3877611/Gavilast,  EUTM4784906 /Gav, EUTM 4571626/Gav, EUTM 3947728/Cool, EUTM 3251972/ Gavis, REDU 000203310/Project Cooler Tablet, REDU 000552021-0001/Project Dada - Bi-Layer Tablet, REDU 000552021-0002/Project Dada -Bi-Layer tablet, REDU 000236971-0001/Project Saloon: Pill Container/Dispenser (Gaviscon/Lemsip, REDU 000236971-0002/Project Saloon: Pill Container/Dispenser (Gaviscon/Lemsip, REDU 000236971-0003/Project Saloon: Pill Container/Dispenser (Gaviscon/Lemsip 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM15138894PUMA.EVO, REDU 2773234-0001, REDU 2773200-0001, REDU 588702-0007, REDU 588702-0004, REDU 588702-0003, REDU 588702-0001, ICD DM/084357 93049324, ICD DM/084216, REDU 2579631-0001, EUTM 012697066, REDU 210323-0015, REDU 210323-0012, REDU 3109883-0003, REDU 3109883-0002, REDU 3109883-0001, REDU 1286116-0006, REDU 1286116-0005, REDU 1286116-0004,REDU 1286116-0003, REDU 1286116-0002, REDU 1286116-0001 93049296, EUTM 012579711, EUTM 012579702, EUTM 012579728 93049290 PUMA, EUTM 12579694PUMA, EUTM 8461469, EUTM 3513694, EUTM 013199666 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 008785651 LE MALE TERRIBLE (semi-figurative), EUTM 9038704 NINA (Verbale), EUTM 9291485 VICTORY, EUTM 9299942 VICTORY PACO RABANNE, EUTM 9468901 INVICTUS PACO RABANNE, EUTM 9505751 PACO RABANNE (Verbale), EUTM 9625682	 INVICTUS, EUTM 10409051 MADEMOISELLE RICCI (Verbale), EUTM 10643393 MADEMOISELLE RICCI, EUTM 10696839 LE BEAU MALE, EUTM10757128 Le Male, EUTM  JPG, EUTM 10665271 Jean Paul Gaultier, EUTM 2765246 JPG, EUTM 3944592 Jean Paul Gaultier, EUTM 8243826 Gaultier, EUTM 11172442 NINA L'EAU, REDU 192356 FLACON LOVE IN PARIS NINA RICCI, REDU 000324553 FLACON NINA NINA RICCI [NR5], REDU 820600-0001 BOTTLE (1 MILLION), REDU 870126 BOTTLE Colour 1 MILLION, REDU 1643909 ENVASE PR7F LADY MILLION (FINAL), REDU 2081521 ENVASE PR9 INVICTUS (FINAL), REDU 2443671-0001ENVASE L'EXTASE, REDU 3307461 ENVASE PURE XS, REDU 3833920-0001 ENVASE OLYMPÉA 2018, EUTM 018144767 PHANTOM PACO RABANNE, EUTM 018310792 LADY MILLION FABULOUS, EUTM 018310790 AIR METAL, EUTM 018324639 OLYMPÉA BLOSSOM, EUTM 018348265 MAJOR ME PACO RABANNE, EUTM 011327848 LA BELLE DE GAULTIER, EUTM 14055727 NINA APPLE (OUTER PACK), REDU 820600-0002 BOTTLE (1 MILLION), REDU 2443671- 0002 ENVASE L'EXTASE, REDU 2443671-0003 ENVASE L'EXTASE, EUTM 018063220 Jean Paul Gaultier "La Belle", EUTM 1938596 PREMIER JOUR (Verbale), EUTM 2412385 ULTRAVIOLET MAN paco rabanne (3D) (Figurative), EUTM 4378451 BLACK XS, EUTM 4365078 L'AIR DU TEMPS NINA RICCI, EUTM 5043021 FLACON NR5 (couleur framboise) (Tridimensionnelle), EUTM 5312459 NINA NINA RICCI (stylisée), EUTM 5338868 NINA NINA RICCI (face principale étui NR5) (Couleurs), EUTM 5400486 BLACK XS, EUTM  5420501 NR (logo) (Semi-figurative), EUTM 5682141 1 MILLION
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 018160240 BRYGGA, EUTM5973698 NovaLite, EUTM 3387719 ComforTex, ITM 1009454 MAVIG, ITM1009455MAVIG,  REDU  3048198-0004, REDU 3048198 -0003, REDU 3048198-0002, REDU 3048198-0001, REDU 2677617-0003, REDU 2677617-0002, REDU 2677617-0001, REDU 2633503-0002, REDU 2633503-0001, REDU 3074939-0004, REDU 3074939-0003, REDU 3074939-0002 , REDU 3074939-0001, REDU 3013457-0006, REDU 3013457-0005, REDU 3013457-0004, REDU 3013457-0003, REDU 3013457-0002, REDU 3013457-0001, REDU 2484469-0002, REDU 2484469-0001, REDU 2201202-0005, REDU 2201202-0004, REDU 2201202‐0003, REDU 2201202‐0002, REDU 2201202-0001, REDU 1004550-0002, REDU 1004550-0001 
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 11569696ASPIRO,EUTM 015460264TEELO, EUTM009084311 VICTO, EUTM009084377OCTO, EUTM 010778322OWALO, EUTM 009084427SECTO  REDU 001805797-0001, REDU 001805797-0002, REDU 001805797-0003, REDU 002098798-0001, REDU 002098798-0002, REDU 002614636-0001 
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 
+EUTM 016442824/EM HUBLOT, ITM	1590882/WO H HUBLOT
+REDU 000952841-0003/EM, REDU 000952841-0001/EM, ICD D075168- 0004/WO, ICD D082508-0001/WO, ICD D082508-0002/WO, ICD D082508-0005/WO,ICD D082508-0004/WO, ICD D082508-0003/WO, ITM 1089825 KEY OF TIME , ITM 1258485 H HUBLOT BOUTIQUE EXCLUSIVE, ITM 1006223 H, ITM 1018417 KING POWER, ITM 1047327H, ITM 108982 6oceanographic, ITM 1128346 Magic Gold, EUTM 008273906 BLACK MAGIC, ITM 12690012 FIRMAMENT, ITM 1273313 H HUBLOT CLASSIC FUSION, ITM 1018417 King Power , EUTM 16660185, EUTM 016442824 HUBLOT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                                                                                                      REDU 003029222-0001, CTM 012664009 93062536 HURRICANE, REDU 003124502-0004 93062534, REDU 003124502-0003 93062532, REDU 003124502-0002 93062530, REDU 003124502-0001 93062528, REDU 002854935-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                                                                                                                                                 
+REDU  001931213-0003, EUTM  002226306  91089752  Genius, EUTM  008804494 Salad Chef, REDU  001631847-0003, REDU  001631847-0004  
+REDU  001631847-0006, REDU  001631847-0007, REDU  001631847-0008  
+REDU  001631847-0009, REDU  001631847-0010, REDU  001931213-0009  
+REDU  001931213-0008, REDU  001931213-0007, REDU  001931213-0006  
+REDU  001931213-0005, REDU  001931213-0004  
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 013435532 AIGLE, EUTM 17141029 MACADAMES, EUTM 011714136, EUTM 013121553, EUTM 011824571, EUTM 015713761, REDU 001979113-0001, REDU 005265857-0001 Bottes, REDU 005265873-0001 Bottes
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU008707525-0005MOLD CLOSED shoes, REDU008707525-0004LADY SOCK shoes, REDU008707525-0002LADY AFTERHOUR shoes, REDU008707 525-0001Talon LADY, REDU008754386-0002WAIST BAG, REDU008756266- 0001LINDSAY BAG (chain), REDU008754386-0001LINDSAY BAG (strap)	
+EUTM1497643Nawm, REDU 001203830-0001,REDU 003379833-0001, REDU 001203830-0001, ICD 100149, REDU 007721808-0001, REDU 008186043-0001, REDU 001262828-0002, REDU 008186043-0002, REDU 008186043-0003, REDU 002512152-0001, REDU 002513085-0001, REDU 007439385-0001, REDU 007439385-0002, REDU 007439385-0003, REDU 008186605-0001, EUTM 011865805Balenciaga, EUTM 006257042 BB, REDU 007722715-0001, EUTM 017416141 BB, EUTM 001048370 BB, ICD 100179, ICD 100180, REDU 006272498-0001, REDU 006272852-0001, ICD 103381, REDU 006272852-0002, EUTM 1497643 Nawm, REDU 007008057-0001, REDU 005945631-0001, ICD 103372, REDU 007009402- 0001, REDU 006935219-0001, REDU 001262836-0001			
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 009844127/EM LOUIS VUITTON PARIS, EUTM 000311985 figurative, REDU 000084223-0002 Symboles graphiques, REDU 002424671-0001 Montres, REDU 000084223-0001, Symboles graphiques, REDU 003171230-0001 Valises, REDU 003799436-0001 Lunettes, EUTM 008466179 TURBULENCES, EUTM 016174815 LOUIS VUITTON, REDU 006578274-0001 Souliers, EUTM 014272496  V, REDU 002516708-0002 Maroquinerie (Ornementation pour -), Logos, REDU004678233-0001 Souliers, ITM 1127688 LV, REDU006578274-0003 Souliers REDU 004761401-0001 Chaussures, REDU 003463132-0001	Sacs [emballages], REDU 004157527-0001 Montres, REDU 000463799-0001 Montres, REDU 000463799-0002, REDU 000463799-0003 Montres, REDU 000463799-0004 Montres, ITM 1369936 Marque figurative (cf visuel dans la liste des droits), ITM 1369935 Marque figurative (cf visuel dans la liste des droits), EUTM 15214703 HEURES D'ABSENCE, EUTM 14901367 JE, TU, IL,  EUTM 17471038  LE JOUR SE LEVE, EUTM 15722051 LES FONTAINES PARFUMEES, EUTM 16993586  L'IMMENSITE, EUTM 6587844 LOUIS VUITTON TRUNKS &amp; BAGS (marque figurative : cf visuel dans la liste des droits), ITM 1411805 LV (marque figurative : cf visuel dans la liste des droits), EUTM 13369236  LV (marque figurative : cf visuel dans la liste des droits), ITM 1404143 LV (marque figurative : cf visuel dans la liste des droits), ITM 1472919 LVM (marque figurative : cf visuel dans la liste des droits), ITM 1259454 MATIERE NOIRE, EUTM 14902688 MILLE FEUX ITM 1285283 VVV (marque figurative : cf visuel dans la liste des droits), REDU003025154-0001 Sacs à dos, REDU005241577-0001 Sacs, REDU 002695858- 0001 Sac à main, REDU 007421698-0001 Housses de sacs de couchage, Sacs, REDU 002643429-0001 Sacs à main, REDU 002499467-0001 Sacs à main, REDU005518 222- 0001, EUTM 001172857/EM LOUIS VUITTON, EUTM 000015610/EM LOUIS VUITTON, EUTM 000015628/EM LV, EUTM 000015602/EM LV, EUTM 009844391/EM LV, EUTM 003958428/EM, EUTM 003958394/EM	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                                                                                                     REDU 002573956-0002, EUTM 013333091 Nicer Dicer Magic Cube</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 005835550-0001 Platten, REDU 005626744-0007 Platten, REDU 005626744-0006 Platten, REDU 005626744-0005 Platten, REDU 0056 26744-0004 Platten, REDU 005626744-0003 Platten, REDU 005626744- 0002 Platten, REDU005626744-0001Platten, REDU 005246345-0004 Platten, REDU 005246345- 0003 Platten, REDU 005246345-0002 Platten, REDU 005246345-0001 Platten, REDU 005241593-0006 Platten, REDU 005241593-0004 Platten, REDU 005241593-0002 Platten, REDU 005241593-0001 Platten, REDU 005246345-0004 Baumaterialien, REDU005246345-0003 Baumaterialien,REDU005246345-0002Baumaterialien, REDU 005246345-0001 Baumaterialien, REDU 005241593-0006 Bau materialien, REDU 005241593-0004 Baumaterialien, REDU 005241 593-0002 Baumaterialien, REDU 005241593-0001 Baumaterialien, REDU 004089936-0007 Baumaterialien, REDU 004089936-0006 Baumaterialien, REDU 004089936-0005 Baumaterialien, REDU 004089 936-0004Baumaterialien, REDU 004089936-0003 Baumaterialien, REDU 004089936-0002 Baumaterialien, REDU 004089936-0001 Baumaterialien 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                         EUTM 017842386 Erfinder der Ruhe, ITM 847301OHROPAX, REDU 000022975-0001, EUTM 000454827 OHROPAX 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 
+REDU 003161660-0029/EM, EUTM 003507639/EM FRIGOVERRE, REDU 003162031-0001/EM, REDU 003162031-0002/EM, REDU 000127246-0009/EM	
+REDU 000127246-0010/EM, REDU 003161660-0025/EM, REDU 003161660-0030/ EM, REDU 000127246-0008/EM, REDU 003161660-0028/EM, REDU 003161660- 0027/EM	, REDU 003161660-0026/EM, REDU 003161660-0023/EM, REDU 003161660-0024/EM, EUTM 003181658/EM  frigoverre, EUTM 003606852 Quattro Stagioni, EUTM 003606837decoro floreale, EUTM 003606861 QUATTRO STAGIONI, EUTM 003606787 BORMIOLI ROCCO, EUTM 014285118 Quattro Stagioni 
+</t>
+  </si>
+  <si>
+    <t>EUTM  013649082 BODYLUBE, REDU  064373-0001 MEGASOL GERMANY, EUTM  002585362 EROS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 005511953-0001 Porte-empreintes, REDU 005511987-0001 Porte-empreintes
+REDU 005511995-0001 Dispositifs luminescents, REDU 005800653-0001 Instruments dentaires à main, REDU 005800661-0001 Dentaires (instruments -) à main (partie de -), REDU 005800679-0001 Instruments dentaires (partie de -), EUTM 014902407 marque verbale, EUTM 17778556 CERAM X SPECTRA, EUTM 17865209 THE POUR WITH MORE, EUTM 17883789 TRUEXPRESSION VERAFORM, EUTM 17883995 PORTRAIT IPN VERAFORM, EUTM 017886846 INPOINT, EUTM 17891796 ANKYLOS, EUTM 17907938 AZENTO, EUTM 017910151 CONFORM FIT, EUTM 017914260 ACURIS, EUTM 17920239 PUREVAC, EUTM 17924164 PRIMESCAN, EUTM 017947175 NEO SPECTRA, EUTM 17951392 TRUNATOMY, EUTM 17951432 NUPRO RDH, EUTM 17953146 MULTIMAT CUBE, EUTM 18006674 CONNECT CASE CENTER, EUTM 001044049 marque verbale, EUTM 008397077, EUTM 17893715 marque verbale
+EUTM 17893714 marque verbale, EUTM 013132055 marque verbale, EUTM  004100681  CALAMUS, EUTM  008684921 DENTSPLY, EUTM  014517056 DENTSPLY IQ, EUTM  014517221 DENTSPLY iQ, EUTM  002317972 DENTSPLY, EUTM  005754155  DENTSPLY MAILLEFER, EUTM  015169642 DENTSPLY SIRONA, EUTM  015753221 ENDO IQ, EUTM  014884928 ENDO MATTERS, EUTM  008847188  GUTTACORE, EUTM  002007250 PROTAPER, EUTM  007581382  PROULTRA SINE, EUTM  017604241W.CONNECT, REDU  002353631-0001, REDU  002906495- 0001, REDU 002906495-0002, REDU  002906495-0003, REDU  002906495-0004, REDU 004153880-0001, REDU  004153906- 0001, REDU 004153922-0001, REDU  004153930-0001, REDU  004558062- 0001, REDU 004678191-0001, REDU 004678563- 0001, EUTM 013385745 marque verbale </t>
+  </si>
+  <si>
+    <t>REDU  000540422-0001 Distributeurs de papier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU  001089395-0004/EM, EUTM  004279188/EM SERVIER, EUTM  004279171/EM  SERVIER, EUTM  003673522/EM , EUTM  011588423/EM, EUTM  010006617/EM, EUTM  002539682/ EM, EUTM  011221736/EM  Lonsurf, EUTM  015850548/EM  WEHEALTH BY SERVIER, REDU  001089395-0001/EM, REDU  001089395-0002/EM, REDU  001089395-0003/EM  
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM  17799099 The Bellies from Bellyville, REDU  005654456 0001 Muñecos de juguetes, REDU  005654456 0002 Muñecos de juguetes, REDU  005654456 0003 Muñecos de juguetes, REDU  005654456 0004 Muñecos de juguetes, REDU  005654456 0005 Muñecos de juguetes, REDU  005654456 0006 Muñecos de juguetes  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                                EUTM 018056224 OMBRE FELINE, EUTM 1530994#gobeyond, EUTM 018221877 PRETTY HEART, EUTM 018383895 FRED, EUTM 011695624 SOLEIL D'OR, EUTM 18001142 FORCE 10, ITM 1598765 WINCH, EUTM 010641082 BAIE DES ANGES, EUTM  012291761 BELLE RIVE, EUTM  003132198 FRED, EUTM  013594312  FRED, EUTM  015503204  FRED 8°0, EUTM  1095883 PAIN DE SUCRE, EUTM  0963362  SUCCESS  20, REDU  000772819-0001  Fermoir de bracelet, REDU  004735744-0001 bague non pavée, REDU  004735744-0002  bague pavée, REDU  004735744-0003   Boucles d'oreilles, REDU  005663523-0001   Lunettes, REDU  005663523-0002   Lunettes, REDU  005663523-0003  Lunettes, REDU  005663523- 0004   Lunettes   
+</t>
+  </si>
+  <si>
+    <t>ICD DM/214904 VOIR PHOTOS SUR LISTE, ICD DM/213298 VOIR PHOTOS SUR LISTE, ICD DM/077956 VOIR PHOTOS SUR LISTE, ICD DM/075437 VOIR PHOTOS SUR LISTE, ICD DM/072781 VOIR PHOTOS SUR LISTE, ICD DM/202832 VOIR PHOTOS SUR LISTE, ICD DM/100828 VOIR PHOTOS SUR LISTE, ICD DM/200999 VOIR PHOTOS SUR LISTE, ICD DM/206548 VOIR PHOTOS SUR LISTE, ICD DM/205604 VOIR PHOTOS SUR LISTE, ICD DM/096328 VOIR PHOTOS SUR LISTE, ICD DM/091100 VOIR PHOTOS SUR LISTE, EUTM 012875803 CHAUMET, REDU 000895925-0003 Bagues	, REDU 000697990-0001 Bagues, ITM 1360161 CHAUMET	, ITM 1345714 C, ITM 149055 CHAUMET PARIS L'art de la joaillerie depuis 1780, ITM1332186 JEUX DE LIENS, ITM1519398 JEUX DE LIENS HARMONY, ITM1373606 Liens d'Amour, ITM1373607 LIENS EVIDENCE, ITM1373605 LIENS SEDUCTION, ITM1278058 AIGRETTE IMPERIALE, ITM1067410 BEE MY LOVE, ITM1353320 TORSADE DE CHAUMET, ICDDM/086354 VOIR LISTE DES DROITS, ICDDM/081075</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ITM  1262696  Marlboro,REUD  002490581-0010 MARLBORO, REUD 002490581-0009,  REUD 002490581-0008  MARLBORO,  REUD 002490581-0007,  REUD 002490581-0006,  REUD  002490581-0005,  REUD 002490581-0004, REUD 002490581-0003,  REUD 002490581-0002  MARLBORO, REUD  002490581-0001, EUTM  002 800 670 Basic, EUTM  001 653 708, EUTM  000 778 191 Marlboro, EUTM  000 075 606 MARLBORO, EUTM  000 075 812 BASIC, EUTM  000 075 705 BOND STREET, EUTM  000075564 PHILIP MORRIS, EUTM  0 943 443 RED &amp; WHITE, EUTM  003 197 399 PHILIP MORRIS SUPREME, REDU  002856989-0002, REDU  002856989-0001, ITM  1238460  93040336  Marlboro, ITM  1262697 Marlboro, ITM  1262698 Marlboro, ITM 1262699 Marlboro,ITM1239951  Marlboro, EUTM13209771Marlboro, EUTM  000186221VIRGINIA SLIMS FILTER, REUD  002490581-0020  MARLBORO,  REUD 002490581-0019, REUD  002490581-0018  93031414  MARLBORO,  REUD 002490581-0017, REUD  002490581-0016  MARLBORO, REUD  002490581-0015  93031404, REUD  002490581-0014  MARLBORO,  REUD 002490581-0013,  REUD  002490581-0012  MARLBORO,  REUD 002490581-0011 </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ITM  1357980, ICD  DM/097986, ICD  DM/095974, ICD  DM/093026  
+REDU  002430116-0006, REDU  002430116-0005, ICD  DM/085 025  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU  002193367-0001, REDU  002153254-0001, EUTM  017549585  
+EUTM  1343181 OLMECA, EUTM  012088928 SWITCH ON THE NIGHT  
+EUTM  009660978 Jesús Hernández, EUTM  008343741 OLMECA ALTOS  
+EUTM  007530868 OLMECA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM  004591699 MilkyWay and Design, EUTM  001189711  MilkyWay, EUTM  000128421  Milky Way, EUTM  000001389  Milky Way (Figurative), EUTM  007509094  10000002  Milky Way (Figurative), EUTM  011112638 MILKY WAY BRINGT LEICHTIGKEIT INS LEBEN, EUTM  003359346  MILKY WAY SHAKE IT!, REDU  794813-0008 MilkyWay Magic Stars Label, REDU  794813-0009  Milky Way Magic Stars Label, EUTM  001956648  MilkyWay and Design, EUTM  001384122 MilkyWay and Design, REDU  1097125-0001  Milky ay Font Design, REDU  794813-0001 MilkyWay Magic Stars Label, REDU  794813-0002 MilkyWay Magic Stars Label, REDU  794813-0003  MilkyWay Magic Stars Label, REDU  794813-0004 MilkyWay Magic Stars Label, REDU  794813-0005  MilkyWay Magic Stars Label, REDU  794813-0006 MilkyWay Magic Stars Label, REDU  794813-0007  MilkyWay Magic Stars Label  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM  009904103, EUTM  011011616 KAHLUA, EUTM  011196301  10000011  EST VERACRUZ 1936, EUTM  011315637  10000012  KAHLUA MIDNIGHT, REDU  002047720-0001, REDU  002047720-0002, EUTM  009500455  KAHLUA DELICIOSO, EUTM  009670101   KAHLÚA  
+EUTM  009898818, EUTM  001532407  ANYTHING GOES, EUTM  002037802  KAHLÚA, EUTM  004257507  KAHLÚA LICOR DELICIOSO  
+EUTM  008975071  KAHLUA, EUTM  009176661  KAHLUA, EUTM  009176728 KAHLUA  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM  012347761 Air Wick Essential Oils Infusion,  EUTM  011929064 Air Wick Multi Layered, EUTM  011899201 Life Scents, REDU  001639758- 0001
+REDU 001948324-0001, REDU	001149470-0010
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 12443362 PRADA, EUTM 9981663 PRADA MILANO DAL 1913	
+EUTM 9402405 PRADA MILANO, ITM 1061532 PRADA, ITM 1061531 PRADA, EUTM 9002734 MIU MIU, EUTM 13720073 PRADA JOURNAL	
+EUTM 13124458, EUTM 14322473 PRADA INSIDE, EUTM 15003056 LA FEMME PRADA MILANO DAL 1913, REDU 002937896-0001, REDU 002937896-0002, EUTM 5176003 LUNA ROSSA, EUTM 13400635 PRADA MILANO DAL 1913, REDU 003367812-0001, REDU 003367812-0002, REDU 002569178-0001, REDU 002569178-0002, EUTM 8230104 Car Shoe, EUTM 10612241, EUTM 10612257PRADA MILANO, EUTM 027747, EUTM 9774522 PRADA CANDY, EUTM 11000791 PRZ POLARIZED 	
+EUTM 11918241 BREVETTO DELLA REAL CASA FRATELLI PRADA Milano Via Manzoni, 19 - Galleria V.E.63.65 Valigerie - Ogge, EUTM 12151908 F.LLI PRADA Valigerie Borse Gioielli 20121 MILANO GALLERIA VITTORIO EMANUELE, EUTM 12313532 PRADA DOUBLE BAG, EUTM 831271 carshoe CS, EUTM	5644661	miu miu, REDU 002767335-0001, EUTM 271163 Prada, EUTM 5216312 PRADA,  EUTM 11918331 Prada, REDU 003367804- 0003, EUTM 10239515 LUNA ROSSA, EUTM	1158591, LUNA ROSSA	
+EUTM 4669421 Linea Rossa, EUTM 721142 Car Shoe, EUTM 9787565 Car	
+EUTM 8769598 CS MONOGRAM 1.0, REDU 2367425-0001, REDU 2367425- 0002, EUTM 12279782 PRADA MILANO DAL 1913, EUTM 4253191 MIU MIU, ITM 1066516 miu miu, EUTM 10393536 MIU MIU MUSING, EUTM 13609201 LES INFUSIONS DE PRADA MILANO DAL 1913, EUTM 13609193 PRADA OLFACTORIES, EUTM 15003049 L'HOMME PRADA MILANO DAL 1913, REDU 2668921-0001	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 019047921/EM ONTRAC, EUTM 019047195/EM CHI | TO | SAN, EUTM  008689391 AIR MULTIPLIER, REDU  001435770-0001, REDU  001429252-0001, REDU  001435069-0001, REDU  001428072-0001, REDU  004024024-0001, REDU  004024057-0001, REDU  004394955-0001, EUTM  006305262  Dyson, EUTM  017560971 AIRWRAP, ITM  01301389/WO SUPERSONIC, REDU  001259527-0001, REDU  001259543-0001, REDU  001357941-0003, REDU  001039911-0001, REDU  001039929-0001, REDU  001057418-0001, REDU  001057434-0001,  EUTM 018168619 CORRALE, EUTM 018168615 DYSON CORRALE, EUTM 018168616 DYSON CORRALE	
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM  5890744 PERRIER-JOUËT,EUTM  5874953 BELLE EPOQUE  
+EUTM  1217930, EUTM  8778193, EUTM  10149045  BELLE EPOQUE PERRIER-JOUËT, EUTM  012695698 PERRIER-JOUËT, EUTM  1218074   PERRIER-JOUËT, EUTM  012316576  PERRIER-JOUËT, EUTM  012316667 PJ, EUTM  940927 PJ, REDU  000701354-0001  décoration pour verres, REDU  001867797-0001 modèle de flûtes à champagne, REDU  001818998-0001 modèle de boîtes, REDU  002118059-0001  modèle de support pour coupe de champagne  
+EUTM  1414223  PERRIER-JOUËT, EUTM  1412163 PERRIER-JOUËT  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 018636924 DIESEL, EUTM 008157174 ONLY THE BRAVE, EUTM 013712468/EM DIESEL BAD,EUTM	015778384/EM BAD,EUTM              018881357/ EM D RED, EUTM 018001898/EM DIESEL SPIRIT OF THE BRAVE, REDU 008779706-0001/EM	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+REDU 002352161-0001/0002/0003/0004/0005/0006/0007VALENTINO, REDU 002631143-0001/0002 VALENTINO, REDU  002086488-0001/0002/ 0003/0004, VALENTINO, ICD DM/085166sneaker uomo camuflage, EUTM 4526984 VALENTINO, REDU 002111708-0001/0002 VALENTINO, REDU 002983387- 001/0002/0003/0004/0005/0006 /0007/ 0008 VALENTINO, EUTM 6937221V, EUTM32263540 R.E.D. VALENTINO GARAVANI, ICDDM/ 088327 VALENTINO, REDU003020502-0001/0002/0003VALENTINO, ICDDM/088769 VALENTINO, REDU002351932-0001/2/3/4/5/6/7/8/9/10/11/12/13/14  VALENTINO, REDU002598912-0001/0002/0003 12154122 VALENTINO, REDU 002631176-0001VALENTINO,  EUTM 10500874  RED VALENTINO,  EUTM 10269331 RED V, REDU001725045-0001,  VALENTINO, REDU 002383802-0001/ 2/3/4/5/ 6/7/8/9/10/11/12/13/14 22080058 VALENTINO, ICDDM/ 085 VALENTINO, REDU002167858-0001VALENTINO, EUTM 7539919RED VALENTINO, REDU 002602573-0001/ 0002/ 0003/0004/0005/0006 VALENTINO, REDU 001898255-0001/0002/ 0003/0004/0005VALENTINO, EUTM13898481 RED V, ICD DM/093 VALENTINO, ICD DM/088768 VALENTINO, EUTM  10843134RED V, REDU002631119-0001 VALENTINO,
+REDU 001814005-0001 / 0002 / 0003/ 0004VALENTINO, REDU   003095140-0001/0002VALENTINO, REDU002122192-0001 VALENTINO, REDU000159215 VALENTINO, REDU002262378-0001/0002/0003/0004/0005/0006VALENTINO, REDU000344361-0001VALENTINO, REDU 002109678-0001/0002/0003  VALENTINO, ICD DM/088828VALENTINO, REDU002111708-0001 VALENTINO, REDU002737866-0001/0002/0003 VALENTINO, ICD DM/094 459 VALENTINO, ICD DM/091 857VALENTINO, REDU000765789-000136 VALENTINO, REDU002738708-0001/0002VALENTINO,REDU002154708
+0001 VALENTINO, REDU002738880-0001/0002/0003/0004/0005 VALENTINO, ICD DM/090 227 VALENTINO, REDU002036012-0001/ 0002/0003/0004 VALENTINO, REDU002125054-0001 VALENTINO, REDU 002552398-0001 VALENTINO, EUTM10152866VALENTINA VALENTINO 
+</t>
+  </si>
+  <si>
+    <t>REDU  002009829-0002 Irritec, REDU  002009829-0001 rritec, REDU  002009829-0003 Irritec</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU  005622669-0001Arm support (fig)  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 017396672 HOKA ONE ONE, EUTM 017396698 HOKA, EUTM 003894623 UGG, ITM 1162727/WO HOKA ONE ONEEUTM 018310011 UGG, EUTM 018293585 FLUFF YEAH, EUTM 010398014 UGG, EUTM 004686994 UGG, EUTM 007468713 (Marque sans texte), EUTM 006335632 UGG australia, EUTM 014560643 UGG, EUTM 010304152 UGG, REDU 000233614-0001, REDU 000233614-0002, REDU 000861 471 - 0011, REDU 000861471-0012, REDU 001057780-0001, REDU 001057780-0003	
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+REDU 004157204-0002 Photos of hooded sweatshirt, REDU 004157204-0006 Photo of T-shirt, REDU 004157204-0001 Photos of sweatshirt, REDU 004157204-0007 Photos of sweatshirt, EUTM 011444106 les deux (fig), EUTM 012308516 II LES DEUX, REDU 004157204-0003 Photo of Shirt, REDU 004157204-0005 photo of hooded sweatshirt, EUTM 011443983 LES DEUX, EUTM 017097726 (Trade mark without text) (fig) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+EUTM 009038134 RECIPROC, EUTM 012754222 VDW, EUTM 009041931 Marque figurative, EUTM 008624091  2SEAL, EUTM 008624066 2SEAL EASYMIX, EUTM 005017769 BEEFILL, EUTM 008550766 C-PILOT, EUTM 000779330 Canal blue, EUTM 002093870 CANAL CLEAN, EUTM 008549982 CC+, EUTM 013401443 EDDY, EUTM 002846988 Endo Easy Efficient, EUTM 002851541 Endo Einfach Erfolgreich, EUTM 000910844  Flex-Master, EUTM 002093672 GUTTACUT, EUTM 011183134  GUTTAFUSION, EUTM 002093417  GUTTAMASTER, EUTM 008550006 KENDO, EUTM 002093839 LAVENDO, EUTM 008550022 NOVAPEX, EUTM 010853893 ONEGUTTA, EUTM 008550808 PROENDO, EUTM 002094126 RAYPEX, ITM 1094507 VDW, ITM 1008583  VDW, EUTM 006824551 VDW GOLD, EUTM 010605046 VDW SAFETYLOCK, EUTM 006824809 VDW SILVER 
+EUTM 010081206 VDW STERILE, EUTM 013201199 VDW. CONNECT DRIVE, EUTM 013201165 VDW.CONNECT LOCATE, EUTM 008744534 VDW.PLATINUM, EUTM 007198591 VDW. ULTRA, REDU 001428635-0001 Modèle de l'Union Européenne, REDU 002602466-0001 Modèle de l'Union Européenne, REDU 002647933-0001 Modèle de l'Union Européenne, REDU 002685404-0001 Modèle de l'Union Européenne, REDU 002685438-0001  Modèle de l'Union Européenne 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+REDU 001681032-0001/EM, EUTM 018934122/EMFLP, EUTM018934065/EM FAURE LE PAGE, EUTM 018383174 FLP, ITM 1105847, ITM 1105848, EUTM 12700449, EUTM 17996301, EUTM 8666018, EUTM 17996299, EUTM 15055742, EUTM 15069677, EUTM 17720582, EUTM 17996291, REDU 001681032-0001, REDU 003568823-0001 à 003568823-0006 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   
+REDU 002020065-0018, REDU 002020065-0001,REDU 002020065-0027, REDU 001130496-0001, REDU 002020065-0015, REDU 002020065-0026, REDU 002020065-0003, REDU 002257725-0003, REDU 002257725-0004, EUTM 009674656, EUTM 009822826DU BIST NICHT DU, WENN DU HUNGRIG BIST, EUTM 009822875 PACKED WITH PEANUT POWER, EUTM 009822784 UND DER HUNGER IST GEGESSEN, EUTM 009822719YOU'RE NOT YOU WHEN YOU'RE HUNGRY, EUTM 10746451, EUTM 010670503 
+REDU 002257725-0005, REDU 002257725-0001, EUTM 011755162SNICKERS SATISFIES, EUTM 011755154 SNICKERS YOU'RE NOT ON THE BALL WHEN YOU'RE HUNGRY, REDU 002257725-0006, EUTM 007179435 SNICKERS GET SOME NUTS, EUTM 001181189, EUTM 001771161 SNICKERS CRUNCHER, REDU 002020065-0024, REDU 002020065-0008, REDU 002020065-0010, EUTM 000001587 SNICKERS, REDU 002020065-0012, REDU 002020065-0005, REDU 002020065-0006, REDU 002257725-0002, EUTM 009674631, EUTM 002165439  
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 002128124-0007, REDU 002128124-0009, EUTM 007546799 DENTAFLEX 
+EUTM 014204853 PEDIGREE. FEED THE GOOD, EUTM 017884522 PEDIGREE DOG DATES, REDU 001246557-0001, REDU 002128124-0001 
+REDU 002128124-0010, EUTM 017902186 PEDIGREE SEASON OF GOOD DOG, EUTM 008527517 POCKETS, REDU 001246557-0002, EUTM 005646823 
+EUTM 000001066 PEDIGREE, EUTM 011862356 HIDE AND SNIFF, REDU 000654140-000, REDU 000725064-0001, REDU 000275064-0002, REDU 000760673-0002, REDU 000760673-0003, REDU 000760673-0004, REDU 0001246557-0001 
+REDU 0001981457-0005, REDU 0001981457-0004, REDU 002009100-0001, REDU 002009100-0002, REDU 002035733-0013, EUTM 006112171 THE PEDIGREE ADOPTION DRIVE, EUTM 006299374 PEDIGREE JOINT CARE, EUTM 006708051, EUTM 009833427 XTRA VITAL PROTECTION, EUTM 009950668 PEDIGREE VITAL PROTECTION, EUTM 010258671 PEDIGREE DENTATUBOS, EUTM 010561215 PEDIGREE PUPPY TO DOG, EUTM 010930832, EUTM 011420461, EUTM 011420346 DENTURE YOUR DOG, EUTM 011420429 DOGGIE DENTURES, EUTM 011423936 EDIGREE 4 IN 1 NUTITION, EUTM 011423886 PEDIGREE VITAL NUTRITION, EUTM 011436516 LA VIE A BELLES DENTS, EUTM 000395434 PEDIGREE, EUTM 007249667 The PEDIGREE Adoption Drive, REDU 000760673-0001, REDU 000725064-0002, REDU 001981457-0004, EUTM 011641768 LA ViE À BELLES DENTS, EUTM 008758815 PEDIGREE JUMBONE, REDU 001981457-0005, EUTM 014354906 PEDIGREE, EUTM 017884765 PEDIGREE FESTIVAL OF GOOD DOG </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 010185502, EUTM 009181918 Maltesers, EUTM 016820681 Maltesers, EUTM 010185569, REDU 003825835-0008 Maltesers, REDU 003825835-0014 Maltesers, REDU 003825835-0015 Maltesers, EUTM 009181967  Maltesers, EUTM 016820714 Maltesers, EUTM 011269172  MALTESERS LET YOUR LIGHTER SIDE OUT, EUTM 009165879  Maltesers Fun Times, REDU 000784889-0003 Maltesers, REDU 002043414-0002  Maltesers, REDU 002106690-0001 Maltesers, REDU 003825835-0001 Maltesers, REDU 003825835-0005 Maltesers, REDU 003825835-0009  Maltesers, REDU 003825835-0012 Maltesers, EUTM 009744962 Maltesers, EUTM 007364292 Maltesers </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> REDU 004519874-0043, REDU 004519874-0001 Celebrations, REDU 001998592-0001, REDU 001188544-0001, EUTM 018055033 Bring the Whoop Whoop 
+REDU 004519874-0034, REDU 004519874-0035, REDU 004519874-0036, REDU 004519874-0049, REDU 004519874-0040, REDU 004519874-0037, REDU 004519874-0062, REDU 001951344-0002, REDU 004519874-0007 Special Mix 
+EUTM 017545211 CELEBRATIONS, EUTM 011432812 CELEBRATIONS ADVENTURES IN CHOCOLATE!, EUTM 007560345, EUTM 008188088 Celebrations, EUTM 010200699 CelEBraTiONs, EUTM 017545187, CELEBRATIONS, EUTM 003698214, EUTM 002522480, EUTM 005015698 
+REDU 004519874-0022, REDU 004519874-0024 Celebrations, REDU 004519874-0028 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 001052401-0005, REDU 000664131-0001, EUTM 000001090/CESAR, EUTM 000047894, EUTM 007355977/CESAR, EUTM 000886853, EUTM 001343375, EUTM 009781337, REDU 000849021-0001, REDU 000849021-0002, REDU 001052401-0001, REDU 001052401-0002, REDU 001052401-0003, REDU 001052401-0004, REDU 001184535-0001, REDU 001184535-0003, REDU 001184535-0007, REDU 001982430-0002, EUTM 011034816/PAWS IN PLACES, REDU 001982430-0001, REDU 002072876-0001, REDU 002072876-0002 
+ </t>
+  </si>
+  <si>
+    <t>ITM 1312103 Zenith, REDU 002766618-0002 Watch dials, REDU 000801808-0006 Watch dials, REDU 000801808-0005 Watch dials, REDU 000551098-0001, REDU 000410394-0001 Cases for watches, ITM 1303493 TAG HEUER, ITM 970668 HEUER, ITM 1224590 TAG, ITM 1304885 Tag Heuer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM	009388877, ITM 872542, EUTM 000663542 STIHL, ITM 502574, REDU 000758974-0001/EM, REDU 000565072-0001/EM, REDU 000727029- 0001/EM, REDU 000727029-0003/EM, ,REDU 005942018-0001/EM, REDU 005942018-0002/EM			</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM001026905 CHRISTIAN LOUBOUTIN, EUTM 009098815 Christian Louboutin, EUTM 011022696 Louboutin, REDU 002475509- 0001, REDU 002475509-0001 - 0011, REDU 002174433-0001 - 0006, REDU 006937827-0001 - 0014 Diseño de frasco,  EUTM 018225568 LOUBIWORLD, Estuches para lápices de labios, Lápices para uso cosmético, Pulverizadores de perfume, REDU 002475509-0002 Estuches para lápices de labios, Lápices para uso cosmético, Pulverizadores de perfume, REDU 002475509-0003 Estuches para lápices de labios, Lápices para uso cosmético, Pulverizadores de perfume, REDU 002475509-0004 Estuches para lápices de labios, Lápices para uso cosmético, Pulverizadores de perfume, REDU 002475509-0005 Estuches para lápices, Lápices, Pulverizadores de perfume	, REDU	002475509-0006 Estuches para lápices, Lápices, Pulverizadores de perfume	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM  1308941 MARTELL VSOP MEDAILLON J. Martell, EUTM  1317929  MARTELL CORDON BLEU, EUTM  1317928 MARTELL CORDON BLEU, EUTM  1014883 L'OR de Jean MARTELL, EUTM  9541475 MARTELL  2011-04-04, REDU  000287602-0001 modèle de bouteille, EUTM  010405256  10633988  MARTELL CHANTELOUP PERSPECTIVE, REDU  001936501-0001 modèle de bouteille, EUTM  10314904  CHANTELOUP PERSPECTIVE, EUTM  10294981 MARTELL CHANTELOUP PERSPECTIVE, EUTM  5437553 MARTELL NOBLIGE, EUTM  3302593 NOBLIGE, EUTM  4952156  MARTELL CORODN BLEU, EUTM  15202633 MARTELL CORDON BLEU E. MARTELL, EUTM  001383884, EUTM  003940351 MEDAILLON, EUTM  007305741 L'OR de Jean MARTELL, REDU  000972807-0001 modèle de bouteille, REDU  000499033-0001 Récipients pour boissons, EUTM  1272048, EUTM  1272053, EUTM  1272052, EUTM  1301522  MARTELL MEDAILLON J. Martell  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU002135400-0002; REDU002149625-0001, ITM003783743/KLIP IT, REDU 001872052-0002, REDU 000357769-0003, REDU 000357769-0001, EUTM 003783735/SISTEMA, REDU 001222996-0003, REDU 001257950-0001, REDU 001245740-0001, ITM1273476 to go, ITM 1292479, ITM	1292481, ITM 1291608, ITM 1255226, ITM 1230179, ITM 1255559 BAKE IT, ITM 1246279 TWIST 'N' SIP, ITM 1252274 SPORT FUSION, EUTM 003783735 SISTEMA, EUTM 010236446 SISTEMA, EUTM 009420787 KLIP IT TO GO, EUTM 003783743 KLIP IT,  EUTM 008875841 BREAKFAST-TO-GO      </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 001422638-0006 Il disegno consiste in un reggiseno, EUTM  15904089 VS (STYLISED), REDU 002479196-0003 Il disegno consiste in un fermaglio con le iniziali VS, EUTM 16335226 LOVE PINK, EUTM 13258199 Il marchio consiste in un motivo bianco a pois tra cui appare la figura di un cane su sfondo rosa, EUTM 13431523 VICTORIA’S SECRET TEASE, EUTM 12609046PASSION STRUCKEUTM 3428448 DREAM ANGELS HALO, ITM 1059840 VS, EUTM 10522258 IN LONDON IN LOVE, EUTM 14508956 PINK VICTORIA'S SECRET (STYLISED), EUTM 8909855 VICTORIA'S SECRET SEXY LITTLE THINGS, REDU 001422638- 0004 Il disegno consiste in un reggiseno,  EUTM 16788044 VICTORIA'S SECRET LOVE (STYLISED) &amp; HEART DEVICE, EUTM 9979469 VICTORIA'S SECRET GORGEOUS, REDU 002479196-0002 Il disegno consiste in un fermaglio con le iniziali VS, EUTM 11141331LOVE PIN, EUTM 9982521 INCREDIBLE BY VICTORIA'S SECRET, EUTM 12608709 LOST IN FANTASY, EUTM 13632039 LOUNGE ANGEL, EUTM 14500862 PINK VICTORIA'S SECRET (STYLISED) &amp; BLACK POLKA DOTS ON WHITE BACKGROUND DEVICE, EUTM 13190715 VICTORIA'S SECRET PINK,  EUTM 3428372  DREAM ANGELS DIVINE, REDU 001428189-0002 Il disegno consiste in una testa per dispenser, EUTM 12608972 SHEER LOVE, REDU 001422638-0001 Il disegno consiste in un reggiseno, REDU 001313589-0003 Il disegno è cosituito dall'ala di un angelo stilizzata, EUTM 15562961 XO VICTORIA, ITM 1054492 IPEX, EUTM 6025944 OO LA LA, EUTM  11971587 Il marchio consiste in un motivo a strisce verticali con la scritta VICTORIA'S SECRET, EUTM 4569802 BUSTIER, EUTM 2813509 9POUT, EUTM 6026629 Il marchio consiste nella figura stilizzata di un cane, EUTM 11862885 PINK, EUTM 15416498 VICTORIA SPORT, EUTM 13016985 I HATE RUNNING giseno, EUTM 4439485 VICTORIA'S SECRET VERY SEXY FOR HER, EUTM 7533854 VICTORIA BY VICTORIA'S SECRET, EUTM 1376654 8HELLO, BOMBS HELL!, EUTM 4439501 VICTORIA'S SECRET VERY SEXY FOR HIM, REDU001422638- 0003 Il disegno consiste in un reggiseno, EUTM 13643523 KNOCKOUT BY VICTORIA'S SECRET, EUTM 13035795 VS FANTASIES, EUTM 11739075 THE CLOSEUP by VICTORIA'S SECRET, REDU 001422638- 0002 Il disegno consiste in un reggiseno, EUTM 13693577 VICTORIA'S SECRET, REDU 001413090-0001 Il disegno consiste in un reggiseno, EUTM 11504099 VSX SPORT		</t>
+  </si>
+  <si>
+    <t>EUTM 008446221MUMM, REDU 002320036-0001Bouteilles,ITM 1358051 MUMM 1G.H.MUMM (marque figurative-cf visuel dans la liste des marques), ITM 1169630 Marque figurative (cf visuel dans la liste des marques)ITM 1252879 Marque figurative (cf visuel dans la liste des marques), EUTM 018054407 Marque tridimensionnelle (cf visuel dans la liste des marques), EUTM 015595391 Mumm Grand Cordon, EUTM 012696399 G.H.MUMM (marque figurative-voir visuel dans la liste des marques), EUTM 012533246 Marque figurative (cf visuel dans la liste des marques), EUTM 011826252 G.H.MUMM (marque figurative-voir visuel dans la liste des marques), EUTM 11886827 G.H. MUMM (marque figurative-voir visuel dans la liste des marques), EUTM 010157873 G.H. MUMM BRUT SELECTION (marque tridimensionnelle-cf visuel dans la liste des marques),  EUTM 009764374 MUMM DE CRAMANT GH MUMM (marque tridimensionnelle - cf visuel dans la liste des marques) EUTM 009846205 MUMM DE VERZENAY GH MUMM (marque tridimen sionnelle-cf visuel dans la liste des marques), ITM 1419835	G.H. MUMM  (marque figurative-voir visuel dans la liste des marques), ITM 1419744 G.H. MUMM (marque figurative-voir visuel dans la liste des marques), ITM 1434905 G.H.MUMM, ITM 1422636 G.H.MUMM (marque figurative-voir visuel dans la liste des marques)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU  002989087-0001Envase para perfume, REDU  3051705-0001 a 0004  Envase para perfume, EUTM  5874441  SCANDAL, EUTM  16175739  Envase para perfume, EUTM  16175788  Envase para perfume, ITM  720476 Envase para perfume, ITM  720497   Envase para perfume, REDU 008281810-0001 Envase para perfume </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU001387401-0003, REDU006861803-0003LumboTrainLady	
+REDU006861803-0002LumboTrain, REDU006861803-0001GenuTrain8
+REDU007966833-0007Sportsocken, REDU  007966833-0006  Sportsocken, REDU 007966833- 0004 Sportsocken, REDU  007966833-0003 Sport socken,  REDU 007966833-0002 Sportsocken, REDU 007966833-0001 Sportsocken, REDU006861795-0003 Lumbo TrainLady, REDU 006861795-0002 LumboTrain, REDU 006861795- 0001 GenuTrain, REDU 001450464-0014, EUTM 018225921 b:joynz, EUTM 018226134 joynz, EUTM 018187030 CoxaTrain, EUTM 011515905 curaflow, EUTM 012036893 CerviLoc, EUTM 008765992 BODYTRONIC, EUTM 010315951 AchilloTrain, EUTM 000063172 Bauerfeind, REDU 001303861-0004, REDU 001303861-0003, REDU 001303861- 0002, REDU 001303861-0001, REDU 000422985-0003, REDU 000422985-0002, EUTM 01085106 Spinova, EUTM 000542605 SOFTEC, EUTM 002513638 SecuTec, EUTM 008213316 SacroLoc, EUTM 010336501 Redux, EUTM 004247318 Omoloc, EUTM 007283311 Myo Train, EUTM 000992180 MANULOC, EUTM 007226202 ManuTrain, EUTM 010315943 MalleoLoc, EUTM 007226161 MalleoTrain, EUTM 010315935 LumboLoc, EUTM 007226194 LumboTrain, EUTM 002410074 LordoLoc, EUTM 007226186 GenuTrain, EUTM 009133026 Ergopad, EUTM 000548990 EPIPOINT, EUTM 007226178 EpiTrain, EUTM 003291853 DorsoTrain,REDU 001387401-0002, REDU 001387401-0001, REDU 000697578-0018	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 001864141-0002, EUTM 10817104 TMWT, EUTM	 10817121 TMWT	
+EUTM 5952411 UNO, EUTM 5952585 UNO, EUTM 235176 MATCHBOX
+EUTM 2487288 MATCHBOX, EUTM 169318 Fisher-Price, EUTM 169896 HOT WHEELS, EUTM 169920 MATTEL, EUTM 5614516 Laugh &amp; Learn	
+EUTM 010817071T MWT, EUTM 10817096 TMWT, EUTM12288726 BOOMCO, EUTM 005776810 BOB THE BUILDER,  EUTM 001582634 Bob the Builder, EUTM 13363932 B, EUTM 014784466 TMWT, EUTM 003463239  PINGU, EUTM 003275385 Pingu, EUTM 014914766 James, EUTM 014912596 Henry, EUTM 014912621 Henry, EUTM 005792767 FIREMAN SAM, EUTM 005799382 Fireman Sam, EUTM 12671194 FIREMAN SAM, EUTM 5045091 POLLY, EUTM 004511135 POLLY POCKET, EUTM 000401737 SCRABBLE
+EUTM 11672425 JUMPEROO, REDU000212774-0001, EUTM 7010887 HOT WHEELS, EUTM 008375164 MONSTER HIGH, EUTM 7170624 MONSTER HIGH, REDU 001863952-0001, REDU 001863952-0002, REDU 001863952-0003, REDU 001863952-0005, REDU 001863952-0006, REDU 001863952-0007, REDU 001863952-0008, REDU 001863952-0009, REDU 001864141-0001, EUTM 002233674 Angelina Ballerina, EUTM 014914824 Percy, EUTM 014919021 Toby, EUTM 2313864 MAX STEEL, EUTM 2486959 HOT WHEELS, EUTM 169748 FISHER-PRICE, EUTM 169979 BARBIE, EUTM 003464013 BARNEY
+EUTM 2545671 BARBIE	</t>
+  </si>
+  <si>
+    <t>REDU 015071248-0001/EM, REDU 015080372-0002/EM, REDU 015080372- 0003/ EM, EUTM 018876471/EM, EUTM 014521281/EM, EUTM 017996845/ EM QATAR 2022, EUTM 018119408/EM FIFA WORLD CUP Qatar 2022,EUTM 018119401/EM, REDU 006808325-0001/EM, EUTM 018778791/EM TAZUNI
+EUTM 005988571/EM FIFA QUALITY APPROVED,EUTM 017899753/EM ETTIE, EUTM 016113607/EM FIFA QUALITY, EUTM 017398561/EM eWORLD CUP, EUTM 018986659/EM MUNDIAL DE CLUBES FIFA
+EUTM 018396867/EM, EUTM 006537021/EM, EUTM 015855786/EM	
+EUTM 018681170/EM, EUTM 005129085/EM, EUTM 010828341/EM
+EUTM 010828887/EM, EUTM 009761347/EM WORLD CUP,  EUTM 017227083/EM FIFA WOMEN'S WORLD CUP FRANCE, EUTM018013482/ EM FIFA eCLUB WORLD CUP, ITM 910075/WO, EUTM 009672759/EM WORLD CUP 2022, EUTM 015991318/EM THE BEST FIFA FOOTBALL AWARDS, EUTM 018591977/EM BEYOND GREATNESS,EUTM 015175318/ EM France 98, EUTM 018122094/EM LIVING FOOTBALL, EUTM 009027343/EM FIFA, EUTM 018734816/EM WORLD CUP 2026, EUTM 018948251/EM MUNDIAL 26, EUTM 018876445/EM WE ARE 26
+EUTM 018876474/EM SOMOS 26,EUTM 018879147/EM NOUS SOMMES 26
+EUTM 012100525/EM FIFA WORLD CUP, EUTM 013014188/EM FOOTBALL WORLD CUP, EUTM 011392214/EM GERMANY 2006, EUTM 011392347/EM GERMANY, EUTM 006993133/EM, EUTM008989601/EM	
+EUTM 009610511/EM FIFA Women's World Cup, EUTM009565342/EM WORLD CUP 2018,EUTM	006517007/EM,EUTM 011391745/EM FIFA WM
+EUTM 009113391/EM, EUTM 008989402/EM	2014BRAZIL, EUTM 008964173/EM GERMANY 2011,EUTM 013455993/EMFRANCE 98 WORLD CUP, EUTM 004868030/EM, EUTM	009096736/EM, EUTM 005988795/EM FIFA QUALITY INSPECTED, EUTM 009425778/EM FIFA WORLD CUP	
+EUTM 011158334/EM, EUTM 009565409/EM	 WORLD CUP 2022, EUTM 009571498/EM QATAR 2022, REDU 002021279-0007/EM</t>
+  </si>
+  <si>
+    <t>REDU 002678854-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 016510844/EM AlphaMiner, EUTM 016510621/EM AlphaTrace
+EUTM 016510661/EM Alpha IcePack, EUTM 014100721/EM ALPHA
+REDU 004494235-0001/EM	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 000960844-0015, REDU 000960844-0014, REDU 000960844-0013, REDU 000960844-0012, REDU 000960844-0011, REDU 000960844-0010, REDU 000960844-0009, REDU 000960844-0008, REDU 000960844-0007, REDU 000960844-0006, REDU 000960844-0005, REDU 000960844-0004, REDU 000960844-0003, REDU 000960844-0002, REDU 000960844-0001, EUTM 013011259 WAGO	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 15971674 Magna, EUTM 17431354 Mixit, ITM 924052  Nawm	
+ITM 1291873 Be think innovate, REDU	001987868-0006, REDU001987900- 0003 REDU 001987900-0012, REDU	002649327-0003, REDU 004113819-0009, REDU 007456793-0004, REDU 000681317-0001, REDU 000681333-0001, REDU 000681333 -0002, REDU 001466015-0025, REDU 001987520-0002, REDU 001987868-0003, REDU 001987868-0004, REDU 001987868-0005, ITM 1381443Heatmix, EUTM 6654339 Grundfos, ITM 923988	 Alpha, EUTM 002171833 Nawm, ITM 929354 Auto Adapt, REDU 001466015-0009, ITM 869954 Nawm, ITM 927611 Nawm, EUTM 10194835 Nawm, ITM	1279585 Scala, ITM 923987	Nawm	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 013576939 TWIST SECRET, EUTM 013293171 TWIZZ, REDU 002217927-0001, REDU 002806810-0001, REDU 005279064-0001
+REDU 003992692-0002, REDU 003992692-0001, REDU 002115832-0008  
+</t>
+  </si>
+  <si>
+    <t>REDU 002500991, REDU 002500991-0008, REDU 002500991-0011, REDU 002500991-0025, REDU 002500991-0002, REDU 002500991- 0005, REDU 002500991-0012, REDU 002500991-0014, REDU 002500991-0015, REDU 002500991-0018, REDU 002500991- 0019, REDU 002500991-0023, REDU 002500991-0004, REDU 002557983- 0008, REDU 002500991-0006, REDU 002500991- 0007, REDU 002500991-0010, REDU 002500991-0017,  REDU 002500991-0020, REDU 002500991-0024, REDU 002500991- 0026, REDU 002557983- 0001, REDU 002557983-0003, REDU 002557983-0007,  REDU 002500991-0016, REDU 002500991- 0001, REDU 002500991-0003, REDU 002500991-0009, REDU 002557983-0002,  REDU 002500991- 0021, REDU 004034072- 0005, REDU 004034072-0003,  EUTM 018152863 Trade mark without text, EUTM 012948221 Trade mark without text, REDU 004034 072 -0001, REDU 004034072-0002, REDU 004034072-0004, EUTM 011045325 PAW PATROL, EUTM 012922571 PAW PATROL, EUTM 012948105 PAW PATROL, EUTM 018152851 Trade mark without text, EUTM 018152859 Trade mark without text, REDU 004034072-0006, REDU 004034072-0007, EUTM 010730349/EM S SPIN MASTER, EUTM	009208761/EM SPIN MASTER, EUTM010960839/EM RYDER, EUTM 011463891/EM NO JOB IS TOO BIG, NO PUP IS TOO SMALL, EUTM 011030715/EM PUPS AT WORK, EUTM 018814070/EM RUBBLE &amp; CREW</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 003718113-0015 BOB, REDU 001244982-0002 IGOR, REDU 00808290-0015 PAUL, REDU 001330849-0003 WILLY, REDU 001279707-0003 CARLO, REDU 004483501-0005 FELIX, REDU 001244982-0003 MOMO, REDU 001446348-0003 PIF 2, EUTM 007020886 JEROME DREYFUSS, EUTM 017923932 JEROME DREYFUSS PARIS, EUTM 010931095 monsieur DREYFUSS, REDU 007439559 - 0001 ANDY, REDU 007439559-0003 CHARLY FERME, REDU 007439559-0004 CHARLY OUVERT, REDU 007439559-0006 EDGAR, REDU 007439559-0008 GEORGES, REDU 007439559-0005 CLIC-CLAC, REDU 007439559-0011 JITOUMI, REDU 007439559-00019 PORTE-MOBILE, REDU 007439559-0024 YODA, REDU 007439559-0013 LULU, REDU 007439559-0017 OSCAR, REDU 001279707-0005 BOBI	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ICD 002278218-0002 Aura Product with Nozzle Design-Line Version, EUTM
+002860518 GHD, EUTM 005795232 GHD, REDU 002706010- 0002, ICD 002555482- 0002GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN – OPEN, ICD 002555482-0004 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN – OPEN LINE IMAGES, ICD 002555482-0003 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN – CLOSED LINE IMAGES, ICD 002555482- 0001 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN – CLOSED RENDERED IMAGES, ICD 002706010-0004 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN 2015 – OPEN LINE IMAGES, ICD002706010-0003 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN, ICD 002706010-0001 GOLDILOCKS WIDE HAIR STRAIGHTENER DESIGN 2015 – CLOSED RENDERED IMAGES, ICD006243168- 0006GHD HELIOS HAIRDRYER WITHOUT NOZZLE (RENDERED), ICD 006243168-0005 GHD HELIOS HAIRDRYER WITHOUT NOZZLE (LINE DRAWING), ICD 006243168-0004 PRODUCT WITH NOZZLE (RENDERED), ICD006243168- 0003PRODUCT WITH NOZZLE (DRAWING), ICD006243168-0002GRILL (LINE DRAWING), ICD006243168- 0001GRILL (RENDERED), ICD 6576377-0004GISELLE DESIGN (CORDLESS STYLER), ICD6576377-0003GISELLE DESIGN (CORDLESS STYLER), ICD 6576377-0002GISELLE DESIGN (CORDLESS STYLER), ICD 6576377- 0001GISELLE DESIGN (CORDLESS STYLER), EUTM 011423712 UNPLUGGED, EUTM 1455057 GHD RISE, EUTM 013088554 GHD PLATINUM, EUTM 13811948 GHD ORACLE, EUTM 1445396 GHD HELIOS, EUTM 1486151 GHD GOOD HAIR DAY, EUTM 1089537 GHD GOLD, EUTM 18019343 GHD GLIDE, EUTM 015139579 GHD FLIGHT, EUTM 011950921 GHD CURVE, EUTM 012266482 GHD CONTOUR, EUTM 1516343 GHD CHRONOS, ICD 001394993-0001 26mm Tong, ICD 001395024- 0001 32mm Tong, ICD 001395016- 0001 OVAL WAND, ICD 001395230-0001 TAPERED WAND, ICD 002278218-0001 Aura Product without Nozzle Design - Line Version	
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 004718856-0003 Infant carrier, EUTM 018110172 BABYBJÖRN Baby Carrier Move, REDU 006882932-0001 Baby carrier, REDU 008170385-0001 Toddler reins (part of), REDU 001963935-0001 Cradles, REDU 002769125-0001 Infant carrier, REDU 001022677-0001 Potties, REDU 001127658-0001 Infant carrier	
+REDU 001681701-0001 Leg joints for furniture, REDU 002666271-000 1Infant carrier, REDU 001810664-0001 Infant carrier, REDU 001856485-0001 Seat cushions
+REDU 001876947-0001 Infant carrier, REDU 002050559-0001 Bouncers, REDU 000336136-0001 Buckle [haberdashery], REDU 000366976-0001 Carrying devices for babies, REDU 005643681-000 1Beds for children, EUTM 001216175 Trade mark without text, REDU 004363893-0001 Childs seat, REDU 002651463-0001 Bouncers, REDU 002651588-0001 Toy, REDU 002672121-0001 Cutlery for infants, REDU 003512128-000 1Bouncer (part of), REDU 000015789-000 1Bib, REDU 000031513-0001 Carrying devices for babies, REDU 000336144-0001 Bib	
+REDU 000556766-0001 Bouncer, REDU 001647025-0001 Glasses, REDU 001113658- 000 1Children's chairs, REDU 004718856-0001 Infant carriers (part of), REDU 006487609-0001 Baby carrier, REDU 002852814-0001 Travel cots, REDU 000692553-0001 Carrying devices for babies, REDU 000692561-0001 Carrying devices for babies, REDU 000779517-0001 Toy, REDU 000259205-0001 Potty chair, REDU 000332705-0001 Garment, REDU 006882932-0002 Baby carrier, REDU 002651463-0002 Bouncers, REDU 003512128-0002 Bouncers (part of -), REDU 005643681-0002 Beds for children, REDU 005643681-0003 Beds for children, REDU 005643681-0004 Beds for children, REDU 001513920-0002 Carrying devices for babies (part of -), REDU 004718856- 0002 Infant carrier, REDU 006882932-0003 Baby carrier, REDU 001513920-0003 Carrying devices for babies (part of -), REDU 001127658-0003 Infant carriers, REDU 001647025-0002 Glasses, REDU 006882932-0004 Baby carrier	</t>
+  </si>
+  <si>
+    <t>REDU 002920256-0018, REDU 002920256-0015, REDU 002920256-0012 Mito sospeso, REDU 002920256-0006, REDU 002920256-0004, REDU 002920256-0002
+EUTM 003160017occhio</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU	001058150-0001	11279499	Bijoux	2008-12-17	2028-12-17		N	Skatīt / Rediģēt
+REDU	001058150-0002	11279500	Bijoux	2008-12-17	2028-12-17		N	Skatīt / Rediģēt
+EUTM 1624715 Etoile de Paris, REDU 001058150-0004 Bijoux, REDU 001058150-0005 Bijoux, REDU 001058150- 0006 Bijoux, REDU 015010459-0006 Modele de coffret à bijoux,REDU 015010459- 0007 Modele de coffret à bijoux,REDU 001058150-0003 Bijoux, REDU 015010459- 0003 Modele de coffret à bijoux,REDU 015010459-0001 Modele de coffret à bijoux, REDU 015010459-0002 Modele de coffret à bijoux, EUTM 017928839 FLEURS ETERNELLES, ITM 1489762 Jack de Boucheron, EUTM 006477831 BOUCHERON, EUTM 006522866 B, EUTM 006870034 QUATRE, EUTM 006876718 BOUCHERON PARIS, EUTM 009628141 MyQuatre, EUTM 009746678 Ava Pivoine, EUTM 011281615 Epure, EUTM 010937308 First jeweller of Place Vendôme, EUTM 010937266 Premier joaillier de la Place Vendôme, EUTM 011574589 Serpent Bohème, EUTM 011968881 BOUCHERON, EUTM0 11968864 BOUCHERON, EUTM 011968849 BOUCHERON, EUTM 012002309 BOUCHERON PARIS PREMIER JOAILLIER DE LA PLACE VENDOME, EUTM 012002283 BOUCHERON PARIS FIRST JEWELER OF THE PLACE VENDOME, EUTM 013700745 BOUCHERON, EUTM 013864046 REFLET, EUTM 013965942 QUATRE, EUTM 016059991 HOTEL IMPERIAL, EUTM 015556848 NATURE TRIOMPHANTE, EUTM 016630121 HIVER IMPERIAL, EUTM 016750101 LIERRE DE PARIS	</t>
+  </si>
+  <si>
+    <t>EUTM  003996444  ZIPPO, REDU  000034244-0001, EUTM  000137117  
+EUTM  000133819  ZIPPO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM  000786715/EM, REDU  002232132-0010/EM, REDU  002232132-0007/EM  
+REDU  002232132-0002/EM, REDU  002232132-0009/EM, REDU  002232132-0003/EM, REDU  002232132-0006/EM, REDU  002232132-0001/EM, REDU  002232132-0011/EM, REDU  002232132-0005/EM, REDU  002232132-0004/EM  
+REDU  002232132-0008/EM, EUTM  001545094/EM PLAYSTATION  
+EUTM  001421981/EM  PS2, EUTM  001545144/EM  PS2, EUTM  003193463 /EM  PSP, EUTM  008936544/EM PLAYSTATION MOVE, EUTM  008936551 /EM, EUTM  009230723/EM, EUTM  008496325/EM PS3, EUTM  005372305/ EM SIXAXIS, EUTM  008689011/EM, EUTM  014251656/EM  R MCL  
+EUTM  004008454/EM, EUTM  004002374/EM, EUTM  003997889/EM  GRAN TURISMO,EUTM  004011383/EM, ITM  1225679/WO DUALSHOCK  
+EUTM  014423842/EM HORiZON ZERO DAWN, EUTM  014337372/EM  Horizon Zero Dawn, EUTM  010982445/EM  UNCHARTED, EUTM  012500831/EM Ratchet &amp; Clank, EUTM  010609097/EM THE LAST OF US  
+EUTM  012247094/EM THE LAST OF US, REDU  001179220-0001/EM, REDU  001179220-0003/EM, REDU  001179220-0002/EM, REDU  001284566-0012/EM, REDU  001284566-0004/EM, REDU  001284566-0003/EM, REDU  001284566-0008/EM, REDU  001284566-0002/EM, REDU  001284566-0009/EM, REDU  001284566-0011/EM, REDU  001284566-0005/EM, REDU  001284566-0006/EM, REDU  000610860-0001/EM, REDU  000620240-0001/EM, REDU  001200968-0001/EM, REDU  001200968-0002/EM  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                                                                                                                                                 
+REDU 002442400-0010, EUTM 013107255, REDU 002442400-0014, EUTM 013107198 Nicer Twist, REDU 002442400-0008, 	REDU 002442400-0001	
+ITM 1199152 Nicer Dicer Fusion
+</t>
+  </si>
+  <si>
+    <t>EUTM 009075003VEJA, REDU 008531891-0001, REDU 008531891-0002
+REDU 008531891-0003, REDU 008531891-0004, REDU 008531891-0005, REDU 008531891-0006, REDU 008531891-0007, REDU 008531891-0008, REDU 008531891-0009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 002304848 LULULEMON/EM, EUTM 002304863/EM, EUTM  003901915 LUON, REDU 006477725-0006/EM, REDU 003446533- 0001/ EM, REDU 006477725-0002/EM, REDU 005177003-0001/EM, REDU 001133458- 0007/ EM, REDU 001133458-0012/EM, REDU 004133387- 0001/EM	</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> REDU 007768197-0001/EM, EUTM 017989911/EM VacPack Go!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU002575290-0001, REDU 002608513-0001, REDU 003864438-0001 
+REDU 005313558-0001, REDU 008468615-0005, REDU 008468615-0004
+REDU 008468615-0003, REDU 008468615-0002, REDU 008468615-0001
+REDU 008360317-0002, REDU 008360317-0001, REDU 008026843-0006
+REDU 008026843-0005, REDU 008026843-0004, REDU 008026843-0003
+REDU 008026843-0002, REDU 008026843-0001, REDU 007569157-0002
+REDU 007569157-0001, REDU 006781613-0001, REDU 006613196-0003
+REDU 006613196-0002, REDU 006613196-0001, REDU 006609640-0002
+REDU 006609640-0001, REDU 006266425-0001, REDU 006069522-0001
+REDU 005846094-0001 
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 5889142, EUTM 15298541, EUTM 14549381amiibo,  IR W01718658, EUTM 15298573, EUTM 17252859, EUTM 479931 MARO KART, EUTM16361751, EUTM 16991325, IR 1718656,  IR 1700827, IR 1581729, EUTM 2512606, EUTM 16606311, EUTM 13202841, EUTM 17469172, EUTM155192, SUPER MARIO BROS, EUTM 155135 SUPER MARIO, EUTM7075153 SUPER MARIO, IR 1594401 SUPER MARIO, EUTM 5205208 The Legend of Zelda, EUTM13480348 THE LEGEND OF ZELDA, IRW01737099, EUTM 16722829, EUTM 16722894, EUTM 18774225,EUTM 15298565, EUTM 15298607, IR 1715594 KIRBY, EUTM 4933842 KIRBY, EUTM3459071, REDU 003770213-0001, 0002, 0003, 0004, REDU  003764570-0001,REDU 003764562-0001,REDU 003837517-0001, REDU 007134523-0001,REDU 000483631- 0001, REDU 000483631-0010, EUTM 18368644 L, EUTM 009293465 NINTENDO 3DS, EUTM 017212671 GAMEBOY Device, EUTM 000155242 Nintendo Entertainment System, EUTM 017719741 NINTENDO LABO, EUTM 016997652 SNES Controller Device, EUTM 016997702 Nintendo Switch Console Device, ITM 1504465 RING FIT ADVENTURE, ITM 1504464 RING-CON, EUTM 18161044 M, EUTM 16070914 Nintendo Switch, EUTM 004907581 GAMEBOY, EUTM 000226597 N Cube Logo, EUTM 004907598 NINTENDO, EUTM 005021423 Nintendo, EUTM 011610243 Nintendo, EUTM 010766251 Official Nintendo Licensed Product, EUTM1 6855471 Nintendo Switch &amp; Logo, EUTM 016625618 Nintendo Switch &amp; Logo, EUTM 016606907 Joy-Con, EUTM 005087796 Wii	, EUTM 5028337 The Legend of Zelda, EUTM 016997637 NES Controller Design, EUTM 013169412 amiibo, EUTM 016606873 Nintendo Switch Logo alone, EUTM 14438519 amiibo Icon, ITM 1469820 SUPER MARIO	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 008032502-0046, REDU 008032502-0045, REDU 008283774-0001, REDU 008032502-0002, REDU 008032502-0010, REDU 008032502-0041, REDU 008032 502-0028, REDU 008032502-0032, REDU 008032502-0025, REDU 008172779-0009
+REDU 008032502-0026, REDU 008032502-0008, REDU 008032502-0016, REDU 008032502-0004, REDU 008032502-0038, REDU 008032502-0022, REDU 008032 502-0033, REDU 008032502-0035, REDU 008032502-0049, REDU 008032502-0015, REDU 008172779-0001, REDU 008032502-0039, REDU 008032502-0019, REDU 008032502-0027, REDU 008032502-0031, REDU 008172779-0002, REDU 00803 2502-0042, REDU 008032502-0024, REDU 008032502-0005, REDU 008032502-0023
+REDU 008032502-0021, REDU 008172779-0008, REDU 008247373-0004, REDU 008247373-0005, REDU 008247373-0003, REDU 008247373-0002, REDU 008247 373-0006, REDU 008247373-0001, REDU 008438428-0009, REDU 008438428-0004
+REDU 008438428-0001, REDU 008438428-0010, REDU 008438428-0003, REDU 008438428-0012, REDU 008438428-0008, REDU 008438428-0002, REDU 008478 507-0009	, REDU 008478507-0005, REDU 008478507-0006, REDU 008478507-0002	</t>
+  </si>
+  <si>
+    <t>REDU 008009294-0005, REDU 008009294-0004, REDU 008009294-0003, REDU 008009294-0002, REDU 008009294-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 006543516 /fig./, EUTM 006355572 /fig./, EUTM 006323505 /fig./, EUTM 006305544 SOLESUNITED, EUTM 006305429 SolesUnited /fig./, EUTM 006214282 YOU by crocs /fig./, EUTM 006214266 YOU BY CROCS, EUTM 003455383 CROCS, EUTM 000934748 /fig./, EUTM 000933179 MAMBAZ, EUTM 000885432 CROSLITE, EUTM 000885028 CROCS, EUTM 000870682 /fig./, EUTM 000865154 CROCSKIN un Croc's Inc. piederošie ES dizaina paraugi, kas norādīti pielikumā, ITM 1053975/WO CROCS LITTLES, ITM 1292359/WO TRIPLE CROCS COMFORT, ITM 1381006/WOCROCS AT WORK,  ITM 1292358/WO DUAL CROCS COMFORT, ITM 1263293/WO FIND YOUR FUN, ITM	1428041/WO SWIFTWATER, REDU 002117978- 0002/EM, EUTM	006971782/EM CHAMELEON, EUTM 015551393/EM COME AS YOU ARE, REDU	008085476-0009/EM, ITM 885028/WO CROCS
+ITM 870682/WO, ITM 971105/WO	 CROCS, ITM 885432/WO CROSLITE
+ITM 1292354/WO ICONIC CROCS COMFORT, EUTM	018640059/EM CROCS, EUTM	009089004/EM CROCBAND, EUTM	018869247/EM COMFORT WITHOUT CARBON, REDU 015003770-0002/EM		</t>
+  </si>
+  <si>
+    <t>ICD DM/233039, ICD DM/222773,REDU 015058841-0004,REDU 015058841-0003
+REDU 015058841-0002, REDU 015058841-0001, REDU 015021736-0005, EUTM 018591923 WATER 2.0, EUTM 018988175 Sip. Swap. Repeat., ICD DM/217 839, ICD DM/229 089, ICD DM/238796, ICD DM/200 432, EUTM 018002837 AIR UP, UTM 018988116 Water in. Pod on. Flavor up.,EUTM 018784963 PIO
+EUTM 018868252 EXCITE THE ORDINARY, EUTM 018756748 SCENTASTE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU0577432-0001, 0002, EUTM 93036722 STEGO, EUTM 4682481 STEGO, EUTM 4682381 STEGO, REDU 01881640-0001, REDU 029 2933-0006, REDU 0292933-0005, REDU 0292933-0003, REDU 02929 33-0002, REDU 0292933-0001, REDU 0577416-0013, REDU 0577416- 0012, REDU 0577416-0011, REDU 0577416-0010, REDU 0577416-0009, REDU 0577416-0008, REDU 0577416-0007, REDU 0577416-0006, REDU 0577416-0005, REDU 0577416-0003, REDU 0577416-0004, REDU 057 7416-0002, REDU 0577416-0001, REDU 0577432-0018, REDU 0577 432-0017, REDU 0577432-0016, REDU 0577432-0015, REDU 05774 32-0014, REDU 0577432-0013, REDU 0577432-0012, REDU 05774 32-0011, REDU 0577432-0010, REDU 0577432-0009, REDU 0577 432-0004, REDU 0577432-0003, REDU 0577432-0002 
+</t>
+  </si>
+  <si>
+    <t>ICD DM/204 602, EUTM 018097980 PULL UP,  EUTM	018015182 PULL UP
+REDU 001749565-0001</t>
+  </si>
+  <si>
+    <t>EUTM 018042647/EM StickWizard, EUTM 002037596/EM GILBERT	
+EUTM 000210575/EM GRAYS, EUTM 002725661/EM, ITM 367393A/WO KARACHI KING SUPER, REDU 001772963-0001/EM, REDU 001772963-0002/ EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 001184535-0003, EUTM 004521431 CESAR, REDU 001052401-0002	
+REDU 001052401-0003, REDU 001052401-0004, REDU 001052401-0005, EUTM 002020162 CESAR	, EUTM 002884476 CESAR CULINARIA, EUTM 017901083 CESAR DESIGNED BY DOGS, REDU 001052401-0001, REDU 001184535-0001, REDU 001184535-0007, REDU 000849021-0001, EUTM 000001090 CESAR	, EUTM 000047894 (Trade mark without text), EUTM 007355977 Cesar, EUTM 000886853, EUTM 001343375, EUTM 009781337 Cesar, REDU 000849021-0002	, REDU 001982430-0002 LIGHTLY GRILLED	
+EUTM 011034816 PAWS IN PLACES, REDU 001982430-000 1LIGHTLY GRILLED, REDU 002072876-00011 PAWS IN PLACES, REDU 002072876-0002
+EUTM 007334881 CESAR SUNRISE, EUTM 017919242 CESAR TWINNING
+EUTM 003676749 CESAR DEVOTIONS, EUTM 016078248 (Trade mark without text)	</t>
+  </si>
+  <si>
+    <t>REDU 6850012-0004</t>
+  </si>
+  <si>
+    <t>REDU 002711093-0002, REDU 002711093-0003, REDU 002711093-0004	
+EUTM 012233003 Trademarlkwithout no tekst, EUTM 1271855 AMQ	
+EUTM 1452506 A M Q, EUTM 007594633 MCQ, EUTM 012233003 Trademarlkwithout no tekst, EUTM 007594781 ALEXANDER MCQUEEN, EUTM 1273163 McQueen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REUD 6298089-0004 CH lipstick &amp; Beetle device diseño,REUD 6298089- 0005CH lipstick &amp; Beetle device diseño, REUD 6298089-0006 CH lipstick &amp; Beetle device diseño, REUD 6298089-0007 CH lipstick &amp; Beetle device diseño, REUD 6298089-0008 CH lipstick &amp; Beetle device diseño,REUD 6303335-0002 CH lipstick &amp; Beetle device diseño,REUD 6303335-0003 CH lipstick &amp; Beetle device diseño,REUD 6303335-0004 CH lipstick &amp; Beetle device diseño, REUD 6302154-0002 CH mini lipstick &amp; lip gloss diseño, REUD 6302154-0003 CH mini lipstick &amp; lip gloss diseño,REUD 6302154-0004 CH mini lipstick &amp; lip gloss diseño, REUD 6302154- 0005 CH mini lipstick &amp; lip gloss diseño, REUD 6301677- 0002  CH COMPACT Kit de, REDU6301677-0003 CH COMPACT Kit de maquillaje, EUTM 12349759 HERRERA CONFIDENTIAL, EUTM 12622122 CH (DEVICE 2000), EUTM 12622205 CAROLINA HERRERA, EUTM 13959549 IT'S SO GOOD TO BE BAD, EUTM 13497961 GOOD BOY, EUTM 16377699 OWN THE PARTY, EUTM 13339064 GOOD GIRL (diseño), EUTM 18000710212 FOREVER YOUNG, EUTM 17536211 CAROLINA HERRERA, EUTM 12761417 CONFIDENTIAL CAROLINA HERRERA, EUTM 14028716 CH MEN PRIVÉ, EUTM 16419749 AGUAS CONFIDENTIAL, EUTM 18000711212 VIP FOREVER YOUNG (fig.), EUTM 18438427 VERY GOOD GIRL, REUD 1 780644-0001 ENVASE CH L'EAU, REUD 1849886 -0001-0002 ENVASES 212 NYC BODY SPRAYS IAC 2011, REUD 006294658 0001-0002 BOTTLE 2019 Lightning BAD BOY New Him, REUD 2011205 0001 - 0003 ENVASE CH EAU DE PARFUM, REDU 376884- 0001 - 0009 TELAS BOLSOS CH, REUD 2197079-0001 ENVASE CH MEN SPORT, EUTM 4661492 212 SEXY, EUTM 1426857CH CAROLINA HERRERA NEW YORK, EUTM 2438729212 CAROLINA HERRERA, EUTM 3011020 CAROLINA HERRERA, EUTM 4760146 212, EUTM 8268427 CH MEN, EUTM 8224883 ARE YOU ON THE LIST ?, EUTM 7599012 212 NYC, EUTM 7507437 CH MEN, EUTM 7473754 212 VIP, EUTM 5903075 CHCH HCHC CHCH HCHC, EUTM 5172317 CH, REUD 000717897-0001 diseño frasco, EUTM 9843947  GOOD GIRL, EUTM 11866472 CH, EUTM 14033864 BAD BOY, EUTM 18097902 BOTTLE 3D final LIGHTNING (BAD BOY), EUTM 17950524 GOOD GIRL LOVES BAD BOY, EUTM 18186801 BOTTLE SKATEBOARD 212 (3D)	
+EUTM 18025281 212 HEROES FOREVER YOUNG, EUTM 18158195 CHC	
+EUTM 4787271 HERRERA, EUTM 492140 212 BY CAROLINA HERRERA
+EUTM 1963610 CAROLINA HERRERA CHIC, EUTM 2548196212 BOTTLE
+EUTM 3782372 CHIC FOR MEN CAROLINA HERRERA, REDU 220702-0001 CHIC FOR MEN BOTTLE diseño, EUTM 4047114 CAROLINA HERRERA	
+EUTM 4144994 CH CAROLINA HERRERA (device STL 2004), EUTM 4190468 CH pattern device 2x2 (STL 2004)	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 017934933 1895 BERLUTI PARIS, ITM 1424706 marque figurative, REDU000233762-0001 Symboles graphiques, REDU 000212196-0002 Souliers, REDU005000502-0001 Sacs à dos, REDU 002415240-0001 Chaussures, REDU 005515418- 0001 Porte-documents, EUTM018148858 1895 BERLUTI PARIS, EUTM 018149543 B 1895 BERLUTI PARIS, EUTM 000479683 BERLUTI, EUTM 018276692 1895 BERLUTI PARIS, ITM 1513805 B	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 001573039Blue’s Clues, EUTM 004285771Blue’s Clues, EUTM 004322814 Blue’s Clues, EUTM 000576942Blue’s Clues, EUTM 004683629 Nickelodeon Avatar the Legend of Aang, EUTM 004683579 Nickelodeon Avatar the Legend of Aang, EUTM 005349683Nickelodeon The Backyardigans die Hinterhofzwerge les Mélodilous,EUTM 005349907 Nickelodeon The Backyardigans die Hinterhofzwerge les Mélodilous Zonzoli, EUTM 003762895 Spongebob, EUTM 001335884 Spongebob, EUTM 003762861 Spongebob Squarepants, EUTM 001360486 Spongebob Squarepants, EUTM 004303517 Nickelodeon Spongebob Squarepants, EUTM 001312016 Dora the Explorer, EUTM 004327417 Dora the Explorer, EUTM 005133269Dora, EUTM 004419156 Go Diego Go, EUTM 005351515 Nickelodeon Diego! Diogo!, EUTM 006667109 Spongebob Squarepants, EUTM 011624137 Spongebob Squarepants, EUTM 011624211, REDU 001364913-0001, EUTM 004619706, EUTM 004608436, EUTM 004604121, REDU 001414221-0001, EUTM 004540654 Nick Jr. Backyardigans </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 000752188/EM RALPH LAUREN ROMANCE,REDU001512070-0001/ EM, REDU 001512088-0001/EM,REDU	003122787-0001/EM, EUTM  006588875 Marque sans texte, EUTM  004118782 POLO BLACK, EUTM  004416558 POLO BLUE, EUTM  004392999 POLO SPORT, EUTM  004393013 RALPH LAUREN </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 001192827-0001, REDU 001121115-0001, REDU 001121115-0002	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ITM  1219995 Disc-O-Bed, ITM  1217038 Disc-O-Bed, REDU  001095020-0001 (BEDS), EUTM 018678706 DISC O BED 018678706 (3D shape), EUTM 018678708 DISC O BED 018678708 -(3D shape) </t>
+  </si>
+  <si>
+    <t>EUTM 009373937 "ARCO" FLOOR LAMP, REDU 009030083-0001Lampade a piedestallo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM  5693999  CHRYSLER, EUTM  10593572 GRAND CHEROKEE 
+REDU  537592-0003 JEEP VEHICLE DESIGN, EUTM  3040755 RUBICON, EUTM  188185  JEEP, EUTM  12123907 JEEP, EUTM  3291879  WILLYS, EUTM  525048  JEEP GRILLE DESIGN, REDU  537592-0001 JEEP VEHICLE DESIGN, EUTM  2538460  JEEP, EUTM   JEEP GRILLE DESIGN, EUTM  GRAND CHEROKEE GRILLE DESIGN, EUTM  SAHARA, EUTM  188391 WRANGLER, EUTM  4164455 RENEGADE, EUTM  3749421 EEP AND GRILLE DESIGN, REDU  537592-0002 JEEP VEHICLE DESIGN, EUTM  188193 DODGE, EUTM  1191113 JEEP CHEROKEE, EUTM  3494961  RAM, EUTM  188318  MOPAR , EUTM  4186441  RAM'S HEAD DESIGN II, EUTM  3054186  JEEP CAMP AND GRILL LOGO, EUTM  188359 RAM'S HEAD DESIGN I, EUTM  3497914 MOPAR AND DESIGN, EUTM  10949121 MOPAR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">  
+ITM 977321 ISTODAX, EUTM 3082229 REVLIMID, ITM 113544510519779 POMALYST, ITM 134325711262499 REBLOZYL, REDU 007707898-0002	
+REDU 007707898-0001, REDU 007698626-0007, REDU 007698626-0006, REDU 007698626-0005, REDU 007698626-0004, REDU 007698626-0003, REDU 007700125-0001, REDU 007699624-0001, ITM 1175914 VIDAZA, ITM 820013 CELGENE, ITM 1302317 IDHIFA, ITM 943486 REVLIMID, EUTM 1528116 THALOMID, EUTM 2925998 VIDAZA, ITM 982991 THALIDOMIDE CELGENE, ITM 1076350 IMNOVID, EUTM 002343317 Celgene, EUTM 002343606 CELGENE	
+</t>
+  </si>
+  <si>
+    <t>REDU 001151880-0003, REDU 001151880-0002, REDU 001151880-0001, REDU 001144851-0004, REDU 001144851-0003, REDU 001144851-0002, REDU 0011 44851-0001, REDU 001144828-0002, REDU 001144828-0001, REDU 000743380- 0003, REDU 000743380-0002, REDU 000743380-0001, REDU 000742481-0009	
+REDU 000742481-0008, REDU 000742481-0007, REDU 000742481-0006, REDU 000742481-0005, REDU 000742481-0004, REDU 000742481-0003, REDU 000742 481-0002, REDU 000742481-0001, REDU 000533054-0005, REDU 000533054-0004
+REDU 000533054-0003, REDU 000533054-0002, REDU 000533054-0001, ITM 1176905 LOWA FLEX, ITM 1053100 LOWA, ITM 1212431 Nature Line	
+ITM 993222 MONOWRAP, ITM 0600151 LOWA OUTDOORS, ITM 1209580 LOWA NATURE LINE, ITM 911888 LOWA, ITM 495673 LOWA	, ITM 1043750 LOWA FUSION, REDU 001298384-0005, REDU 001298384-0004, REDU 001298384-0003, REDU 001298384-0002, REDU 001298384-0001, REDU 00115 1880- 0007, REDU 001151880-0006, REDU 001151880-0005	, REDU 001151880- 0004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 002015370-0007 Diseño de la lámpara SKAN, REDU 002015370- 0008 Diseño de la lámpara SKAN, REDU 002015370-0009 Diseño de la lámpara SKAN, REDU 003069731-0001 Diseño de la lámpara PIN, REDU 003069616-0001 Diseño de la lámpara ALGORITHM, REDU 007792239- 0020 Diseño de la lámpara KONTUR, REDU 001228142-0028 Diseño de la lámpara SLIM, REDU 001400659-0032 Diseño de la lámpara UP, REDU 003069731-0002 Diseño de la lámpara PIN, REDU 00306 9731-0003 Diseño de la lámpara PIN, REDU 003069731-0004 Diseño de la lámpara PIN, REDU 003069731-0005 Diseño de la lámpara PIN, REDU 003069731- 0006 Diseño de la lámpara PIN, REDU 003069731-0007 Diseño de la lámpara PIN, REDU 003069731-0008 Diseño de la lámpara PIN, REDU 003069616-0002 Diseño de la lámpara ALGORITHM, REDU 003069616- 0003 Diseño de la lámpara ALGO RITHM, REDU 003069616-0004 Diseño de la lámpara ALGORITHM, REDU 0030 69616-0005 Diseño de la lámpara ALGORITHM, REDU 003069616-0006 Diseño de la lámpara ALGO RITHM REDU 003069616-0007 Diseño de la lámpara ALGORITHM, REDU 003069 616-0008 Diseño de la lámpara ALGO RITHM, REDU 003069616-0009 Diseño de la lámpara ALGORITHM, REDU 007792239- 0021 Diseño de la lámpara KONTUR, REDU 007792239-002 2Diseño de la lámpara KON TUR, REDU 007792239-0023 Diseño de la lámpara KONTUR, REDU 00779 2239-0024 Diseño de la lámpara KONTUR, REDU 001228142-0029 Diseño de la lámpara SLIM, REDU 001400659-0035 Diseño de la lámpara UP, REDU 002015370- 0006 Diseño de la lámpara SKAN	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 001939075-0017, REDU 001939075-0015, REDU 001939075-0016, EUTM 018447820 NICE FLOR-S, EUTM 018447823 NICE FLOR-S, ITM 899855 Nice
+REDU 001939075-0006, REDU 001939075-0007, REDU 001939075-0008, REDU 001939075-0009, REDU 001939075-0010, REDU 001939075-0011, REDU 0019 39075 - 0012, REDU 001939075-0001, REDU 001939075-0002, REDU 0019 39075- 0003, REDU 001939075-0004, REDU 001939075-0005, REDU 001939075-0013	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 009625518	ISDIN SUN PROTECTORS, EUTM 018125290 ISDIN LOVE YOUR SKIN, EUTM 001472547 ISDIN, EUTM 013687967 MARCA SIN TEXTO, EUTM 013691852 ISDIN, EUTM	 006144687 FotoUltra ISDIN	
+EUTM 003296316 MARCA SIN TEXTO, EUTM 001075597 FOTOPROTEC TOR ISDIN, EUTM 003288339 ISDIN, REDU 005512779-0002 BOTELLAS CON BOMBAS, REDU 005512779-0001 BOTELLAS CON BOMBAS, REDU 007484514-0001 BOTELLAS, REDU 007484514-0002 TAPONES (PARA BOTELLAS), REDU 007484514-0003 TAPONES (PARA BOTELLAS), REDU007484514-0004 TAPONES (PARA BOTELLAS)	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 008882500-0006 Sole TRAIL ONE, REDU 008882500-0003Sole RAVEN LO, REDU 008882500-0001 Sole CLD RUN, REDU 008387310- 0005 RSE V1, REDU 008056840-0007 FLAT, REDU 008056840-0002 TRIPLET, REDU 008055693-0003 EYZA, REDU 008055693-0001 ALEXUS, REDU 008056840-0006 BINARY, REDU 008057749-0001 ASPHA HI, EUTM 004353991 FLAMME, REDU 005759081- 0001 CORIN, REDU 006370060-0001 Flammensohle, EUTM 002212819 Buffalo, EUTM 000677146 BUMERANG, EUTM 001495753 Buffalo, EUTM 002183614 Buffalo	
+</t>
+  </si>
+  <si>
+    <t>REDU 008863062-0025/EM, REDU 008863062-0019/EM, REDU 008863062- 0022/EM	, REDU 008863062-0016/EM, REDU 008863062-0012/EM, REDU 008863062-0023/EM, CD R008863062-0017/EM, REDU 008863062-0021/EM	
+REDU 008863062-0014/EM, REDU 008863062-0015/EM, EUTM 006865794 SWAROVSKI, EUTM 000120576 SWAROVSKI, EUTM 000120501 SWAROVSKI, EUTM 007462922 Swarovski, EUTM 013610779 Swarovski, EUTM 003920634, EUTM 009098971 MADE WITH SWAROVSKI ELEMENTS, EUTM 1026023, EUTM 000120576 Swarovski, EUTM 003895091 Swarovski, REDU 005506862-0001, EUTM 016205569 GEMSTONES FROM SWAROVSKI SINCE 1895, EUTM 016203441 ZIRCONIA FROM SWAROVSKI SINCE 1895, EUTM 014637078 EQ, EUTM 001227164 SIGNITY, EUTM 1026023, REDU 006636643-0005/EM, REDU008863062- 0027/EM	, REDU 008585558-0001/EM, REDU 008863062-0038/EM, REDU 008863062-0032/EM, REDU 008863062-0006/EM, REDU 008863062-0009/EM	
+REDU 008863062-0003/EM, REDU 008863062-0008/EM, REDU 008863062- 0001/EM	, REDU 008863062-0002/EM, REDU 008863062-0026/EM	
+REDU 008863062-0020/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 005253283-0003 Diseño de la lámpara DUO, REDU 005253283-0004 Diseño de la lámpara DUO, REDU 005253283-0005 Diseño de la lámpara DUO, REDU 005253283-0006 Diseño de la lámpara DUO, REDU 005253283-0007 Diseño de la lámpara DUO, REDU 005253283-0008 Diseño de la lámpara DUO, REDU 005 253283-0009 Diseño de la lámpara DUO, REDU 005282332-0001 Diseño de la lámpara GUISE, REDU 005282332-0002 Diseño de la lámpara GUISE, REDU 005282332-0003 Diseño de la lámpara GUISE, REDU 005282332-0004 Diseño de la lámpara GUISE, REDU 005282332-0005 Diseño de la lámpara GUISE, REDU 005282332-0006 Diseño de la lámpara GUISE, REDU 005253283-0001 Diseño de la lámpara MUSA, REDU 005253283-0002 </t>
+  </si>
+  <si>
+    <t>EUTM 002077600 BOSE, EUTM 002081636 BOSE, EUTM 12629697 BOSE
+REDU 002338343-0002, EUTM 008211088 SOUNDLINK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 016611857 Sup, EUTM 016815763 SUPREME, EUTM 018119744 SUPREME GRIP, EUTM 1457502 Supreme, EUTM 016611865 SUP	
+EUTM 018072473 SUPREME GRIP, REDU  005832540-0001, REDU  005820370-0001, REDU  005820347-0011, REDU  005820347-0008, REDU  005820347-0007, REDU  005820347-0006, REDU  005820347-0005, REDU  005820347-0003, REDU  005820347-0002, REDU  005820347-0001  
+</t>
+  </si>
+  <si>
+    <t>REDU 001844655-0002, REDU 001844655-0001, REDU 000910666-0003</t>
+  </si>
+  <si>
+    <t>REDU 002510883-0006, REDU	002510883-0005</t>
+  </si>
+  <si>
+    <t>REDU 000352679-0005, REDU 000352679-0004, REDU 000352679-0003, REDU 000352679-0002, REDU 000352679-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                                                                                                        
+REDU 004506558-0003, REDU 005261534-0001, REDU 003841832-0001, REDU 003841832-0002, REDU 004156446-0001, REDU 003877513-0002, REDU 005628 708-0001, REDU 005628708-0002, REDU 003877513-0001, REDU 005832946-0001
+REDU 003698430-0001, REDU 003698430-0002, REDU 004030542-0001001,  REDU 003698430-0002 ...NOKIA
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU  002989087-0001Envase para perfume, REDU  3051705-0001 a 0004  Envase para perfume, EUTM  5874441  SCANDAL, EUTM  16175739  Envase para perfume, EUTM  16175788  Envase para perfume, ITM  720476 Envase para perfume, ITM  720497   Envase para perfume </t>
+  </si>
+  <si>
+    <t>EUTM 000325548 PENHALIGON'S, EUTM 001543180 HAMMAM BOUQUET, EUTM 003499134 MALABAH, EUTM 003500634 ENDYMION
+EUTM 009978131 JUNIPER SLING, EUTM 010811396 JUBILEE BOUQUET
+EUTM 010814358 BLENHEIM BOUQUET, EUTM 011037249 HAMMAM BOUQUET, EUTM 011463511 IRIS PRIMA, REDU 002825463-0001 Bottles for perfumery, REDU 002825463-0002 Bottles for perfumery, REDU 002825463-0003 Bottles for perfumery, REDU 02825463-0004 Bottles for perfumery, REDU 005660198-0001 Bottles for perfumery (part of -), REDU 005660198-0002 Bottles for perfumery (part of -), REDU 006988663-0001Bottle caps, Bottles for perfumery (part of -), Lids for bottles, REDU 008267470-0001Lids for bottles, Bottles for perfumery (part of -), Bottle caps, REDU 004682631-0001Bottles for perfumery (part of -), REDU 004682631-0002Bottles for perfumery (part of -), REDU 004682631-0003 Bottles for perfumery (part of -), REDU 004682631-0004Bottles for perfumery (part of -), REDU 004682631-0005 Bottles for perfumery (part of -) REDU 004682631-0006Bottles for perfumery (part of -), REDU 004682631-0007 Bottles for perfumery (part of -), REDU	004682631-0008Bottles for perfumery (part of -), REDU 004682631-0009 Bottles for perfumery (part of -),  REDU 004682631-0010Bottles for perfumery (part of -)	, EUTM 11289931 PENHALIGON'S, EUTM 014341234 PORTRAITS PENHALIGON S, REDU 009061138-0001 Bottles for perfumery (part of -)</t>
+  </si>
+  <si>
+    <t>EUTM 000557058/EM, EUTM 010462398/EM, EUTM 011308947/EM	
+EUTM 011310059/EM, EUTM 018111538/EM, EUTM 018061675/EM RBL
+EUTM 018061674/EM RBL, REDU 005514866-0004/EM, REDU 005825023- 0002/EM, REDU 005514866-0016/EM, REDU 005514866-0001/EM, REDU 005825023-0009/EM, REDU 005825023-0001/EM</t>
+  </si>
+  <si>
+    <t>EUTM 005882287RABBIT, ITM94 0022, ,EUTM 006337554Ezynut, EUTM 006920359HP, EUTM 007252448NEMESIS, EUTM 007374631DXT, EUTM 008956351MM4, EUTM 011772481MAKPAC, EUTM 012254058, EUTM 013337753MT, EUTM 014146294CXT, EUTM 015280506AFT, EUTM 016887606EFFICUT, EUTM017362484AWS, EUTM018244591Impact Premier
+EUTM 018022783XGT, EUTM 006687495Makita, EUTM 004264768makita
+REDU 001963380-0007, REDU 000867742-0001, REDU 000335021-0001, REDU 000120969-0002, REDU 001250609-0001, EUTM 001452283Super Joint System-SJS, EUTM 001536762MAKPOWER, EUTM 003922101MAKLOK, EUTM 003977031AVT, EUTM 003977014MXT, EUTM 004149175Flipper, EUTM 004595575LXT, EUTM 004691671diamak, EUTM 004926432aquamak, EUTM 005865217Torque Tracer, EUTM 015280555 ADT</t>
+  </si>
+  <si>
+    <t>ITM 013447925 Starbuzz,  EUTM 007394951 Starbuzz, EUTM 012717583 STARBUZZ TOBACCO SINCE 2005, EUTM 012281721 STARBUZZ TOBACCO SINCE 2005, REDU 015002768, REDU 006271912-0003, REDU 006271912-0002, REDU 006271912-0001, REDU 005651130-0004, REDU 00565 1130-0003, REDU 005651130-0002, REDU 005651130-0001, REDU 004755759-0005
+REDU 004755759-0004, REDU 004755759-0003, REDU 004755759-0002, REDU 004755759-0001, EUTM 018321140 Blue Mist, EUTM 011809738 BLUE MIST
+ITM 1031097 Blue Mist, ITM 1127941 CocoBuzz, EUTM 013654652, INTAGE BY STARBUZZ, ITM 1159496 STARBUZZ</t>
+  </si>
+  <si>
+    <t>EUTM 004538997 FOU D'ABSINTHE, EUTM 005055694 L'ARTISAN PARFUMEUR PARIS, EUTM 005055801 L'Artisan Parfumeur, EUTM 005263256 AMBRE EXTRÊME, EUTM 008189045 L'EAU D'AMBRE
+EUTM 009998089 L'ARTISAN PARFUMEUR MON NUMÉRO, EUTM 014432983 L'ARTISAN PARFUMEUR 1976, EUTM 014434989 A P (logo)
+REDU 000368170-0001 Perfume bottles, REDU 000368170-0002 Perfume bottles
+REDU 000368170-0003 Perfume bottles, REDU 002825489-0002 Bottles for perfumery</t>
+  </si>
+  <si>
+    <t>REDU 008683379-0001, REDU 001742818-0001, REDU 001706060-0001, REDU 001705732-0001, REDU 001653924-0001, REDU 001299713-0002, REDU 0012997 13-0001, REDU 001293443-0001, REDU 001278972-0002, REDU 00127 8972-0001, REDU 001159644-0003, REDU 001159644-0002, REDU 00115 9644-0001, REDU 000916648-0001, REDU 000750880-0001, REDU 000714704-0001, REDU 000609 581-0001, REDU 000596820-0001, REDU 000571906-0001, EUTM 000708990 d&amp;b audiotechnik, EUTM 000709030, EUTM 001054402 dbaudio, REDU 004028165- 0004, REDU 004028165- 0003, REDU 004028165- 0002, REDU 004028165- 0001, REDU 004500502-0004, REDU 004500502-0003, REDU 004500502-0002, REDU 004500502-0001, REDU 004498954-0001, REDU 004498954-0002, REDU 004498 954- 0003, REDU 004498954- 0004, REDU 002299610- 0001, REDU 002302521- 0002, REDU 002302521-0001, REDU 002300095-0001, REDU 015000832-0001, EUTM 001568617d&amp;b audiotechnik</t>
+  </si>
+  <si>
+    <t>EUTM 016950537 DRY AGER, BUILT FOR BEEF, REDU 004412138-0013	
+REDU 004412138-0012, REDU 004412138-0009, REDU 001462204-0001, REDU 004412138-0004, REDU 4412138-0001, REDU 004412138-0007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 002422949-0001/EM, REDU 003175470-0001/EM, REDU004425 304 -0001/EM, REDU 003175470-0002/EM, REDU 004557049-0001/EM, REDU 004557 031-0001/EM, REDU 002996538-0001/EM, REDU 002163 675-0004/EM, REDU 002128819-0002/EM, REDU 001787656-0003/EM, REDU 002163 675-0003/EM, REDU 002163675-0002/EM, REDU 0024886 76-0002/EM, REDU 002424069-0001/EM, REDU 001787 714-0001/EM, REDU 000378 716-0001/EM, REDU 003076983-0003/EM,REDU 002774 836-0001/EM, REDU 002326579- 0001/EM, REDU 000007 901-0001/EM, REDU 002301 887-0001/EM, REDU 002408708-0001/EM, REDU 002408 682-0001/EM, REDU 002748343-0001/EM, REDU 002748343-0002 /EM, REDU 004704 666-0001/EM, REDU 003317981 - 0001/EM, REDU 00331 7981-0002/EM, REDU 003683507-0001/EM, REDU 004104420-0001/EM, REDU 0041044 20-0002/EM, REDU 004104 420-0003/EM, REDU 00410 4420-0004/EM, REDU 004104420-0005/EM, REDU 004104420- 0006/EM, REDU 004104 420-0007/EM, REDU 00410 4420-0008/EM, REDU 004104 420- 0009/EM, REDU 001890880-0001/EM, REDU 001916586-0001/EM, REDU 001958 398-0001/EM, REDU 001958398- 0002/EM, REDU 00188 0774-0001/EM, REDU 001880774-0002/EM, REDU 001880774-0003/EM, REDU 0018807 74-0005/ EM, REDU 001880 sonicare, ITM 1051850/WO SOOTHIE, ITM 991346/ WO PHILIPS, EUTM 003052925/EM Saeco, EUTM003962313/EM Saeco, EUTM 000205849/EM PHILIPS, ITM 1177075/WO SONICARE, EUTM 008722159/ EM AVENT, REDU	001592007-0001/EM, ITM 1240236/WO PHILIPS	</t>
+  </si>
+  <si>
+    <t>REDU	003733534-0001</t>
+  </si>
+  <si>
+    <t>REDU 002256354-0009, REDU 002256354-0008, REDU 002256354-0007	
+REDU 002256354-0006, REDU 002256354-0005, REDU 002256354-0004	
+REDU 002256354-0003, REDU 002256354-0002, REDU 002256354-0001</t>
+  </si>
+  <si>
+    <t>ICD DM/225 926, ICD DM/225 858, ICD DM/225 845, ICD DM/225 903	
+ICD DM/225 927, REDU 008843031-0001/EM, REDU 008788723-0001/EM	
+REDU 008788723-0002/EM, EUTM 018344807/EMNOTHING, EUTM 018382935/EMNOTHING</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                                                                                             EUTM 000852707/EM SPECIALIZED, EUTM 003721561/EM S-WORKS	
+EUTM 013463881/EM S, EUTM 000852616/EM, EUTM 000852665/EM STUMPJUMPER, ITM 1036952/WO VENGE, REDU 002961003-0001/EM	</t>
+  </si>
+  <si>
+    <t>REDU 004397438-0005/EM, REDU 004395671-0002/EM, REDU 004397438- 0002/EM, REDU 004397438-0003/EM, REDU 004397438-0004/EM, REDU 004395796-0001/EM, REDU 004395671-0001/EM, EUTM 007194459/EM ACTIVE REPAIR K+, EUTM 017896521/EM 3x Cushioning, EUTM 009250424/EM HYDRO'RESTOR, EUTM 003237674/EM AIR-PILLO	
+EUTM 015477284/EM AMOPÉ NAIL PERFECT, EUTM 015516446/EM AMOPÉ PERFECT SOLE, EUTM 013699277/EM AMOPÉ WET &amp; DRY	
+EUTM 017910765/EM ANTI FOOT FATIGUE, EUTM 002202679/EM AQUAJETS, EUTM 000667626/EM BACKGUARD, EUTM 008820102/EM BUSY FEET, EUTM 005494273/EM CLAIM BACK YOUR FOOTPRINT	
+EUTM 012024601/EM CLOG PROGRESS, EUTM 017896508/EM	, EUTM 011664431/EM SCHOLL TAILORED-FIT, EUTM 002673523/EM SCHOLL TRAVEL SOCKS, EUTM 017512971/EM CHOLL ULTRA SOFT, EUTM 018027683/EM SCHOLL UVIT COMPLEX, EUTM 011469822/EM SCHOLL VELVET SMOOTH, EUTM 012838413/EM Scholl Velvet Smooth Diamonds Crystals, EUTM 012993391/EM AMOPÉ, EUTM 012137642/EM Amopé	
+ITM 958745/WO BiOPRiNT, EUTM 012859708/EM Scholl Velvet Smooth Express Pedi, EUTM 013685029/EM SCHOLL VELVET SOFT, EUTM 012755377/EM SCHOLL DIAMOND CRYSTALS, EUTM 003901881/EM PARTY, EUTM 003132693/EM PARTY FEET, EUTM 003672466/EM PARTY FEET</t>
+  </si>
+  <si>
+    <t>REDU 000562285-0001, REDU 00030630-0001,REDU 000613500-0001, REDU 000154695-0001,REDU 000154695-0003, REDU 000154695-0002, REDU 001659152-0002, REDU 001659152-0001,REDU 000556469-0001, REDU 002225706-0001, REDU 000346085-0001, REDU 001711557-0001, REDU 005246311-0001, REDU 000821426-0004, REDU 000434253-0001</t>
+  </si>
+  <si>
+    <t>ICD DM/073 966 Wasserhahn; Armatur, REDU 003478221-0005, REDU 003478221-0004, REDU 003478221-0003, REDU 003478221-0001, REDU 000372313-0005, REDU 000372313-0004, REDU 000372313-0003, REDU 000372313-0002, REDU 000372313-0001, REDU 000735956-0001, ICD DM/201862, ICD DM/071687, REDU 003478221-0002</t>
+  </si>
+  <si>
+    <t>EUTM 006621049/EM NEXT, EUTM 004214888/EM NEXT, EUTM 000015594/EM NEXT, EUTM 000421552/EM NX NEXT, EUTM 000281832/EM NX NEXT, EUTM 000334268/EM NEXT ATHLETIC	
+EUTM 013614854/EM NEXT, EUTM 015568876/EM next, EUTM 017607474/EM next, EUTM 017383316/EM, EUTM 017383365/EM	
+EUTM 017920111/EM NEXT MIX, REDU 001070908-0001/EM, REDU 001070908-0002/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> EUTM 008671521/EM MONTALE,ITM 1349853/WO, MTL MONTALE 3/WO MTL MONTALE, REDU 001835836-0001/EM, ITM  1156506, ITM  1020922, EUTM  009324237   M MANCERA, EUTM  008671521  10977166  MONTALE, ITM, EUTM  014675599  10977169  OUDMAZING, REDU  001835836-000, REDU 005910544-0001/EM   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU002216861-0002, REDU 002216861-0001 </t>
+  </si>
+  <si>
+    <t>EUTM 010818871AZONIC, EUTM 011287331O'NEAL, EUTM 017733353ALLOY MX, EUTM 017686296O'Neal, REDU 004679801-0002	
+REDU 004679801-0001, EUTM 001791714O'NEAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NTM 16691 /fig./, NTM 16690 adidas /fig./, NTM 16688 /fig./, EUTM 009457482 adidas /fig./, EUTM 009203324 THE BRAND WITH THE 3 STRIPES, EUTM 008753329 /fig./, EUTM 008753113 adidas /fig./, EUTM 006081889 /fig./, EUTM 005271598 /fig./, EUTM 005271580 adidas /fig./, EUTM 004269072 /fig./, EUTM 005937461 Y-3 /fig./, EUTM 005271572 /fig./, EUTM 003517661 /fig./, EUTM 003517612 /fig./, EUTM 003517588 /fig./, EUTM 009726498 /fig./, EUTM 006968846 /fig./, EUTM 012271961, EUTM012272035 /fig./, RCD 003105469 - /0001,0002,0003,0004,0005,0006,0007, REDU 006636346-0005, REDU 006636346- 0001, REDU 006710661-0001, REDU 006710661-0001 </t>
+  </si>
+  <si>
+    <t>ITM 1580497 LINAK, REDU 000219894-0001 NAWM, ITM 1581242 NAWM
+EUTM 002756823 NAWM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ITM 1756108/WO VP EUROPA, REDU 004150985-0002/EM, REDU 004150985- 0001/EM,REDU 004151504- 0002/ EM, REDU 004151504-0003/EM, REDU 004151504-0001/EM,REDU 004152080- 0003/EM, REDU 004152080-0001/EM, REDU 004152080-0002/EM, REDU 004502359-0001/EM, REDU 004502359- 0002/EM, REDU 004523785-0001/EM, REDU 006233029-0001/EM, REDU 008278402-0001/EM, ICD D100563-0001/WO, REDU 002732024- 0001/EM, REDU 002585711-0001/EM, REDU 001862657 0001/EM, REDU 000337183-0001/EM, REDU 003811595-0003/EM,REDU 003787654- 0002/EM, REDU 004003895-0001/ EM, REDU 004003895-0002/EM, REDU 004150951-0003/EM, REDU 004150951- 0001/EM,REDU 004150951- 0002/EM, REDU 004150985-0003/EM,ICD D100563- 0002/WO, ICD D214510-0001/WO, ICD D214510-0002/WO, ICD D214809- 0001/WO, ICD D207713-0005/WO, ICD D207713-0004/WO, ICD D207713- 0003/WO, REDU 003787654-0002 RIPLS lamp, ITM 1030487 ARTICHOKE, EUTM 003876315 Figurative, REDU 000337183-0001, EUTM 004353447 COLLAGE, EUTM 003965341CAMPBELL, REDU 000169321-0001, REDU 001644071-0001, ITM 1045573LP NEST, EUTM 003243581 10000010 Enigma, REDU 000781026- 0001, REDU 000069471-0001, REDU 000628433-0001 Enigma - Lamp, EUTM 012753588 PH5, EUTM 012753166 AJ TABLE, ITM 1029911 FIGURATIVE, REDU 002732024Ceiling lights, REDU 002685487-0001  Lamp, REDU 002585711- 0001 Lamp, REDU 003811595-0002 YUH - Bordlampe, REDU 003811595-0003 YUH - Væglampe, REDU 003787654- 0001 RIPLS - Loftslamper, Væglampe, EUTM 016063191 LP CAPSULE, REDU 003811595-0001 YUH - Standerlamper, Gulvlamper, REDU 003501279-0001 ABOVE - Loftslamper, EUTM 1378985 NORTHSCAPE, EUTM 1363195LP CITÉ, EUTM 1352457PH SNOWBALL 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                               REDU 003297704-0011, REDU 003297704-0001, EUTM 012876959 COLE HAAN, REDU 002771873-0001, REDU 002771873-0002, REDU 003297704	
+-0002, REDU 007991872-0001, EUTM 017305285 STITCHLITE, REDU 007488853-0015, REDU 003811553-0003, REDU 003811553-0001, REDU 003297704-0004, REDU 005806072-0022, EUTM 000277467 COLE-HAAN, EUTM 012775813 GRAND.OS, REDU 007991872-0002, REDU 007991872 -0004, REDU 007991872-0006, REDU 007488853-0002, REDU 007488853-0003, REDU 007488853-0009, REDU 007488853-0010, REDU 007488853-0006, REDU 007488853-0007, REDU007488853-0008, REDU 007488853-0014, REDU 007991872-0003, EUTM015284631 ZERØGRAND, REDU 007488853-0004, REDU 007488853-0005, REDU007488853-0013, REDU 007488853-0011, REDU 007715321-0001,  REDU007488853-0001, REDU 003297704-0003, EUTM 012135497COLE HAAN, REDU007488853-0012, REDU 007991872-0005, REDU005806072-0012, REDU 005806072-0011, REDU005806072-0013	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ICDDM/078358,  EUTM 010184372 HILTI Marke ohne Text, EUTM 003424661 Marke ohne Text, EUTM 005961644	 HILTI, ICD DM/081496	
+ICD DM/074987, ICD DM/075963, ICD DM/082019, ICD DM/082519, ICDDM/076318, REDU 000677190-0002, ICD DM/079590	, ITM 1288148 HI	
+ICD DM/094247, ICD DM/087261, ICD DM/089713, ICD DM/094068	
+ICD DM/094 426, ICD DM/101 288, ICD DM/102 390, ICD DM/102 855, ICD DM202316 Job floodllight stand, ICD DM/202028 Bodenradar, ICD DM/205983 Patronen, ICD DM/080065, ICD DM/074344, ICD DM/082217, ICD DM/ 074117, REDU 000909932-0001, REDU 000100649-0001, REDU 000100649-000	
+ICD DM/082425, ICD DM/081539, ICD DM/081434, ICD DM/076048	
+ICD DM/075961, ICD DM/079577, ICD DM/077611, ICD DM/081175	
+ICD DM/083873, ICD DM/091866, ICD DM/081247	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 005813094-0002/EM, REDU 005813094-0007/EM, REDU 008375224-0002/EM, REDU 005813094-0010/EM, REDU 005813094- 0020/EM ITM 1313292/WO SMART GAMES, EUTM 006515639/EM smart games,  REDU 005813094- 0002/EM, REDU 005813094-0011/EM, REDU 005813094- 0013/EM, REDU 007466339-0002/EM, REDU 005813094-0007/EM, REDU 008375224- 0002/EM, REDU 005643475-0001/EM, REDU 005813094- 0001/EM	</t>
+  </si>
+  <si>
+    <t>REDU 008721120-0008, REDU 008721120-0007 Tischleuchten - Leuchten, REDU 008721120-0006, REDU 008721120-0005, REDU 008721120-0004, REDU 008721120-0003, REDU 008721120-0002, REDU 009153448-0007, REDU 009153448-0006, REDU 009153448-0005, REDU 009153448-0004, REDU 009153448-0003, REDU 009153448-0002, REDU 009153448-0001, REDU 008721120-0001</t>
+  </si>
+  <si>
+    <t>ITM 1149858 GENEO, EUTM 017819863, EUTM 017979805 CAPSUGEN	
+EUTM 018173429 OXYPOD, EUTM 018795886 POLLOGEN, EUTM 017415878 OXYGENEO, EUTM 07408057 TRIPOLLAR, REDU 008734180- 0001, REDU 008736797-0001, EUTM 006551832 POLLOGEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 008253819-0001, REDU 001177190-0001, REDU 001177190-0002, REDU 001177190-0003, REDU 001290340-0001, REDU 002494328-0001, REDU 002494328-0002, REDU 002494328-0003, REDU 002494328-0004, REDU 002682120-0001,  EUTM 1355916 PET TEEZER, EUTM 1410775 PET TEEZER Logo, EUTM 1205395 TANGLE TEEZER,  EUTM 1262393 TANGLE TEEZER, EUTM 4345963 TANGLE TEEZER, EUTM 1286387 TANGLE TEEZER BLOW-STYLING, EUTM 1511724 THE POWER'S IN THE TEETH 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 001361430-0017, REDU 001361430-0012, REDU 001361430-0014, REDU 00161430-0010, REDU 001361430-0005, REDU 001361430-0007, REDU 001361430-0008, REDU 001361430-0009, REDU 001361430-0015, REDU 001361430-0001, EUTM 004012845Teenage Mutant Ninja Turtles2 Battlenexus
+REDU 001361430-0013, EUTM 005164173 TMNT, EUTM 4227682 Teenage Mutant Ninja Turtles Mutants &amp; Monsters, EUTM 004166245 Teenage Mutant Ninja Turtles Mutant Melee, EUTM 002502292 Teenage Mutant Ninja Turtles
+EUTM 004433884 Teenage Mutant Ninja Turtles 3 Mutant Nightmare, EUTM 5755442 TMNT, EUTM 0010106672 Teenage Mutant Ninja Turtles, REDU 001361430-0018, REDU 001361430-0002, REDU 001361430-0004, REDU 001361430-0003, REDU 001361430-0016, REDU 001361430-0011, REDU 001361430-0006, EUTM 5164173/TMNT, EUTM 4227682/Teenage Mutant Ninja Turtles Mutants &amp; Monsters, EUTM 4166245/Teenage Mutant Ninja Turtles Mutant Melee, EUTM 2502292/Teenage Mutant Ninja Turtles, EUTM 4433884/Teenage Mutant Ninja Turtles 3 Mutant Nightmare, EUTM 5755442/ TMNT, REDU 1361430-0005, REDU 1361430-0006, REDU 1361430-0007  
+</t>
+  </si>
+  <si>
+    <t>EUTM	018380723 POWERS GOLD LABEL, EUTM 018449025 POWERS P GOLD LABEL, EUTM 008567166 THREE SWALLOW, POWERS, ESTD 1791, P, GOLD LABEL, John Power &amp; Son.,EUTM012215968(Marque sans texte),EUTM 001283944 POWER'S, EUTM 000099960 POWER'S, EUTM 009890781 Powers, Single Pot Still Irish Whiskey, Estd 1791, John's Lane Release, EUTM 011670072 POWERS Single Pot Still Irish Whiskey ESTD P 1791 Signature Release John Power &amp; Son, EUTM 018086292 POWERS P
+REDU 007439328-0001 Bouteilles</t>
+  </si>
+  <si>
+    <t>REDU 003477314-0001, ITM 1154841 OstrichPillow</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU000522073-0027,REDU 000522073-0032,REDU 000522073-0026 REDU 000522073-0033, REDU 000466115-0001, DR 000522073-0027/EM 10000026, REDU 000522073-0032/EM, REDU 000522073-0033/EM, EUTM 000199976/EM ARIEL, EUTM 009939984/EM, EUTM 001547488/EM  Pampers, EUTM 000299727/EM PAMPERS, EUTM 000299172/EM LENOR, EUTM 000269027/EM TIDE, EUTM 000199935/EM ALWAYS, EUTM 007201924/EM, EUTM 000230706/ EM  HEAD &amp; SHOULDERS, EUTM 003603685/EM HERBAL ESSENCES, EUTM 005764345/EM  Herbal essences, EUTM 000273342/EM PANTENE, EUTM 000301473/EM VICKS, EUTM 000058677/EM WICK, EUTM 002713790/EM  Ambi Pur, EUTM 005412838/EM AMBI PUR, EUTM 000230714/EM FAIRY, EUTM 003021904/EM, EUTM 001843630/EM CREST, EUTM 000299347/ EM P &amp; G, EUTM 000300137/EM PROCTER &amp; GAMBLE, EUTM 001569664/EM SK-II, EUTM 004755559/EM SK-II, EUTM 001762434/EM OLAY, REDU 000522073-0026/EM </t>
+  </si>
+  <si>
+    <t>REDU001373047-0004/EM, REDU001373047-0001/EM, REDU001373047-0003/EM
+REDU001373047-0010/EM, REDU001373047-0006/EM, REDU001373047-0007/EM
+REDU001373047-0002/EM, REDU001373047-0009/EM, REDU001373047-0011/EM, REDU001373047-0012/EM, EUTM011912292/EM RAY-BAN, EUTM 010863595/EM G-31, EUTM 010863561/EM AMBERMATIC, EUTM 002711026/EM arnette, EUTM 009955899/EM WINGS, EUTM009954819/EM HIGHSTREET, EUTM 001956465/EM RAY-BAN, EUTM010799261/EM PERSOL,EUTM009271974/ EM WAYFARER, EUTM009271883/EM CLUBMASTER, EUTM009271701/ EM Ray-Ban, EUTM002712198/EM ARNETTE, EUTM004934618/EM Ray·Ban, REDU002879544-0004/EM
+REDU002879544-0003/EM, REDU002714774-0001/EM, REDU002879544-0001/EM
+REDU002879544-0002/EM, REDU002879544-0006/EM, REDU002879544-0005/EM
+EUTM000697904/EM v vogue, EUTM000859447/EM, EUTM006092829/EM RAY-BAN LIGHT ADAPTIVE, EUTM000232132/EM arnette, EUTM 006090914/EM RAY-BAN VISION, EUTM009067554/EM G-15, EUTM 009067612/EM OUTDOORSMAN, EUTM009067646/EM SHOOTER
+EUTM009067471/EM CARAVAN, EUTM000624403/EM PERSOL,EUTM 
+009067448/EM B-15, EUTM009067455/EM BALORAMA, EUTM009955568/ EM PREDATOR,EUTM000563544/EM V,EUTM000793505/EM,EUTM 
+010950921/EM RAY-BAN TECH LITEFORCE, EUTM011912201/EM RAY-BAN, EUTM010949253/EM RAY-BAN YOUNGSTER, EUTM011040227/EM RARE PRINTS, EUTM010949675/EM RAY-BAN LIGHTRAY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ITM 1129485/WO LED, ITM 1236894/WO LED, ITM 1290109/WO Arena Vision, ITM 1289434/WO CITYTOUCH, ITM 1137042/WO hue PERSONAL WIRELESS LIGHTING, REDU 001072326-0001/EM, REDU 001692187-0001/EM 
+REDU 000812359-0004/EM, REDU 002004358-0002/EM, EUTM 005595467/EM COLOR KINETICS, EUTM 004825253/EM  LIGHTOLIER, ITM 963718/WO MODULAR LIGHTING INSTRUMENTS, ITM 910907/WO  FORTIMO 
+EUTM 000957274/EM VARI-LITE, EUTM 000140988/EM VARI-LITE 
+EUTM 003469954/EM MAZDA, EUTM 002503183/EM OCCUSWITCH 
+REDU 002643585-0001/EM, REDU 002760520-0005/EM, REDU 003002195-0001/ EM, ITM 1389032/WO  SIGNIFY, ITM 1418077/WO signify, ITM 1389801/ WO SIGNIFY, ITM 1366398/WO  EyeComfort, ITM 1395447/WO/PILA   
+EUTM 014333521/EM/WIZ, REDU 004377950-0002/EM </t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+EUTM 005202072/EM icon SUNGLASS, EUTM 005111191/EM Oakley	
+EUTM 005337506/EM O, EUTM 004973715/EM OAKLEY HIGH DEFINITION OPTICS, EUTM 002583730/EM, EUTM 005701842/EM RADAR, EUTM 002589141/EM SWITCH, EUTM 006855076/EM N3L OPTICS, EUTM 000594929/EM ROMEO, EUTM 000562637/EM RACING JACKET, EUTM 000538272/EM X, EUTM 002872521/EM FACTORY PILOT 
+EUTM 004589263/EM e, EUTM 002844546/EM, EUTM 002811396/EM WIRETAP, EUTM 006854954/EM N3L, EUTM 002413748/EM XX	
+EUTM 002357176/EM SCAR, EUTM 000704395/EM XYZ OPTICS	
+EUTM 014266101/EM HDO OAKLEY HIGH DEFINITION OPTICS	
+EUTM 004071767/EM OAKLEY GIRL, EUTM 004087334/EM DARTBOARD
+EUTM 002850477/EM SPLICE, EUTM 006855225/EM N3L OPTICS
+REDU 002687335-0001/EM, REDU 000198205-0011/EM, REDU001680679-0004/ EM, REDU002481861-0002/EM, REDU000198205-0010/EM, REDU0026258 30-0001/EM, REDU002427294-0002/EM, REDU002282764-0002/EM, EUTM 016223901/EM OAKLEY, ITM1348723/WO OAKLEY CAPITAL, REDU 002432328-0001/EM, REDU 002291666-0001/EM, REDU002427294-0003/EM	
+REDU000198205-0007/EM,REDU002389502-0002/EM,REDU000198205- 0006/EM
+REDU002481861-0001/EM,REDU 000198205-0004/EM,REDU002427294- 0005/EM
+REDU002427294-0010/EM, REDU001680679-0005/EM, REDU002085944 -0001/ EM, REDU002389502-0004/EM, EUTM003309011/EM O	,EUTM 009539487 /EM OAKLEY DUAL-PERIPHERAL TECHNOLOGY,EUTM001717297/ EM NAIL, EUTM 002792562/EM HALF JACKET, EUTM002074599/EM O STORE, EUTM 004719647/EM HDO, EUTM012521671/EM CROSSLINK
+EUTM000980326/EM O OAKLEY, EUTM009539412/EM O OAKLEY TRUE DIGITAL, EUTM	003398179/EM OAKLEY, EUTM003321288/EM OAKLEY VAULT, EUTM 009539461/EM OAKLEY TRUE DIGITAL, EUTM 000980284/EM O, EUTM005678396/EM FLAK JACKET, REDU002282764- 0004/EM, REDU002427294-0006/EM, REDU 000198205-0005/EM, REDU 002427294-0008/EM, REDU002166512-0001/EM, REDU002282764-0003/EM
+REDU002389502-0005/EM,REDU002291666-0002/EM,REDU000198205- 0009/EM
+REDU002311928-0001/EM,REDU001680679-0006/EM,REDU002515551- 0001/EM
+REDU000198205-0002/EM,REDU000678941-0005/EM,REDU000678941-0003/ EM
+REDU003762244-0001/EM,REDU003762640-0001/EM,REDU003762251-0001/EM
+REDU002020834-0001/EM,REDU002051078-0002/EM,REDU002051078-0001/EM
+REDU001680679-0003/EM,REDU000198205-0012/EM,REDU002389502-0006/EM
+REDU002389502-0001/EM,REDU002472944-0001/EM,REDU002687350-0001/EM
+REDU002698951-0001/EM,REDU002856005-0001/EM,REDU002593509-0001/EM
+REDU002772830-0001/EM,REDU002699009-0001/EM,REDU000388830-0004/EM
+REDU002698977-0001/EM,REDU000427596-0001/EM,REDU002698985-0001/EM
+REDU003350057-0001/EM,REDU001929712-0003/EM,REDU000580592-0004/EM REDU000580592-0006/EM,REDU000580592-0002/EM,REDU000580592-0003/EM
+REDU000580592-0001/EM,REDU003350065-0001/EM,REDU003425396-0001/EM
+REDU003424928-0001/EM,REDU003425420-0001/EM,REDU000388830-0007/EM
+REDU002825422-0001/EM,REDU002698936-0001/EM,REDU002929141-0001/EM
+REDU002929596-0001/EM,REDU002929281-0001/EM,REDU002929240-0002/EM
+REDU002929505-0001/EM,REDU002929240-0001/EM,REDU002999011-0001/EM
+REDU001929712-0002/EM,REDU001929712-0001/EM,REDU003350024-0001/EM
+REDU000678941-0002/EM,REDU002687285-0001/EM,REDU002699017-0001/EM
+REDU 000388830-0003/EM	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 002990796-0001 Muñecos, REDU 002990796-0002 Muñecos, REDU 002990796-0003 Muñecos, REDU 002990796-0004 Muñecos,REDU 002990796- 0005 Muñecos, REDU 002998179-0001 Juguetes, REDU 003081561-0001Juguetes REDU  005844297-0001/EM Muñecos (parte de-), REDU  005844297-0004/EM, Muñecos (parte de-), REDU  005844297-0015/ EM Muñecos (parte de-), REDU  005844297-0012/EM Muñecos (parte de-), REDU  005844297-0006/EM, REDU  005844297- 0002/EM, REDU  005844297-0019/EM, REDU  005844297-0022/EM, REDU  005844297-0010/EM, REDU  005844297-0023/EM, REDU  005844297-0024/ EM Muñecos (parte de-), REDU  005844297-0003/EM, REDU  005844297-0020/ EM, REDU  005844297- 0009/EM, REDU  005844297-0005/EM, REDU  005844297- 0018/EM, EUTM  014435655/EM  IMC TOYS CRY BABIES, REDU  002990796- 0001/EM, REDU  002990796-0004/EM, REDU  002990796-0002/EM, REDU  002990796-0003/EM, REDU  002990796-0005/EM, EUTM  017721796/EM CRY BABIES MAGIC TEARS, REDU  005844297-0016/EM, REDU  005844297-0021/ EM , REDU  005844297-0014/EM, REDU  005844297-0017/EM, REDU  005844297- 0011/EM, REDU  005844297-0013/EM, REDU  005844297-0007/EM, EUTM 00941465  FUFRIS, EUTM 011498987 BLUBLU THE BABY DOLPHIN
+EUTM 011573953 LUCY IMC TOYS, EUTM 013360342 BluBlu friends
+EUTM 013667159 KOKUM, EUTM 014412969 IMC TOYS BIM &amp; BAM
+EUTM 014429799	 CLUB PETZ MARTINA THE LITTLE TURTLE
+EUTM 014435655 IMC TOYS CRY BABIES, EUTM 014649776 IMC TOYS BAMBO, EUTM	014823033 CLUB PETZ POPOMAX, EUTM 014959407 CLUB PETZ YOYO PANDA, EUTM	017721796 CRY BABIES MAGIC TEARS, EUTM 017883648 BEBÉS LLORONES LÁGRIMAS MÁGICAS
+EUTM 018706489 BFF BY BEBÉS LLORONES  </t>
+  </si>
+  <si>
+    <t>REDU	001192827-0001</t>
+  </si>
+  <si>
+    <t>REDU 002104620-0005</t>
+  </si>
+  <si>
+    <t>EUTM 006461041 KAMASUTRA, REDU 000840442-0001 Modele de pendentif
+REDU 000840442-0002 Modele de bague, REDU 000274840-0001 Modele de pendentif	, REDU 000274840-0004 Modele de bracelet, REDU000274840- 0005 Modele de bracelet, REDU 000274840-0006Modele de bracelet, REDU 000274840- 0011 Modele de bague, REDU	000840442-0003 Modele de bracelet ouvert
+REDU 000840442-0004Modele de pendentif Kamasutra, REDU001721762- 0003 Modele de bijoux, REDU 001721762-0007 Modele de menottes Dinh Van 925	
+REDU001721762-0021 Modele de bague,REDU 002260778-0008Modele de bague
+REDU 001721762-0018 Modele de boucles d'oreilles,REDU 001721762-0012Modele de menottes Dinh Van 750, REDU 001721762-0017 Modele de bijoux, REDU 001721762-0019 Modele de collier, REDU 002260778-0009 Modele de bague	
+REDU 002260778-0010 Modele de bague, REDU 002260778-0012 Modele de bague
+REDU 002260778-0013 Modele de bague, REDU 004697449-0001 Modele de bague
+REDU 004697449-0003 Modele de bague, REDU004697449-0004 Modele de bague
+EUTM	002998763 PI, EUTM 003584935 DINH VAN, EUTM 003586931 CIBLE, EUTM 008849201 PI INDEPENDENT, EUTM 011878816 SPIRALE
+EUTM 015228877 LE CUBE DIAMANT, EUTM 003601341 PI CHINOIS</t>
+  </si>
+  <si>
+    <t>REDU 005306321-0003, REDU 005306321-0002, REDU 002349092-0007, REDU 002349092-0006, REDU 002349092-0005, REDU 002349092-0004, REDU 002349092-0003, REDU 002349092-0002, REDU 005306321-0001	
+REDU 002349092-0001</t>
+  </si>
+  <si>
+    <t>EUTM 18018220 TOY, REDU 007370861-0001, REDU 005579521-0001, EUTM 18225795 Moschino, EUTM 15531387, EUTM 12527982 MOSCHINO TEDDY BEAR, REDU 004044097-0004, REDU 002974386-0002, EUTM 1166685 MOSCHINO CHEAPANDCHIC, EUTM5166863 PHILOSOPHY di ALBERTA FERRETTI, EUTM 6322887 MOSCHINO CHEAPANDCHIC, EUTM 9210029 MOSCHINO, REDU 002974386-0001, EUTM 18786925 MO5CH1NO JEANS
+REDU 004044097-0001, REDU 002617811-0001, REDU 007370861-0004, REDU 007370861-0002, EUTM 18080639PHILOSPHY DI LORENZO SERAFINI
+REDU 007370861-0003, EUTM 5166475 ALBERTA FERRETTI, REDU 004044097-0002, EUTM 18697968 MOSCHINO, REDU 004044097-0003	
+REDU 004044097-0005, REDU 005329166-0001, REDU 005329166-0002</t>
+  </si>
+  <si>
+    <t>EUTM 016253502 Pranamat, EUTM 016253528 PranaPillow, EUTM 016265332 Pranamat ECO, EUTM 018065860 Schmerzt so gut!, ITM	1174027 PRANA MAT   ECO, ITM 1247756 PRANAMAT, REDU 001552605, REDU 001584731
+REDU 005242559, ICD D210564</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 015056567-0029/EM, REDU 002710160-0004/EM, REDU 002710160- 0003/EM, REDU 002890285-0012/EM, REDU 002890285-0010/EM, REDU 002961425-0027/EM, REDU 002981381- 0023/EM, REDU 002981381-0022/EM, REDU 002981381-0020/EM, REDU 002986919-0015/EM, REDU 002997783- 0015/EM, REDU 003126317-0015/EM, REDU 015056567-0032/EM, REDU 015056567-0014/EM, REDU 015056567- 0023/EM, REDU 015056567-0020/EM, REDU 015056567-0027/EM, REDU 015056567-0016/EM, REDU 015056567- 0017/EM, REDU 015056567-0002/EM, REDU 015056567-0010/EM, REDU 015056567-0001/EM, REDU 015056567- 0009/EM, REDU 002300350-0006/EM, REDU 002300350-0005/EM, REDU 002300350-0003/EM, REDU 002300350- 0002/EM, REDU 002300350-0008/EM, REDU 002300350- 0009/EM, REDU 002300350-0001/EM, REDU 002300350- 0004/EM, REDU 002300350-0007/EM, REDU 002300350- 0006/EM, REDU 002300350-0005/EM, REDU 002300350- 0003/EM, REDU 002347849-0011/EM, REDU 002347849- 0012/EM, REDU 002353292-0002/EM, REDU 002353292- 0001/EM, REDU 002474189-0011/EM, REDU 002474189- 0009/EM, REDU 002474189- 0015/EM, REDU 002474189- 0019/EM, REDU 002474189-0010/EM, REDU 005248218-0028, REDU 002300350- 0019/EM, REDU 002474155-0018/EM, REDU 002474155- 0019/EM, REDU 002474155-0020/EM, REDU 006591426-0001, REDU 006591426- 0003, REDU 0067 13210-0017, REDU 006713210-0019, REDU 006713210-0020, REDU 006713210- 0021, REDU 004506145-0028, REDU 004506145-0027, REDU 004506145-0026, REDU 004506145-0025, REDU 004506145-0029, REDU 004506145-0031, REDU 004506145-0032, REDU 004928000-0022, REDU 004928000-0021, REDU 00492 8000-0020, REDU 004928000-0019, REDU 004928000-0018, REDU 004928000- 0017, REDU 004928000-0015, REDU 004928000-0014, REDU 004928000-0013, REDU 006713210-0022, REDU 006713210-0023, REDU 006713210-0024, REDU 006713210-0025	
+</t>
+  </si>
+  <si>
+    <t>REDU015008844-0002, ICDD076470 -0013, ICDD076470-0011, ICDD 076470 -0015, ICDD076470-0009, ICDD076470 -0007, ICDDM/094 624 -0004,ICDDM/094 624 -0001, REDU001810532-0005, ICDDM/084 982 -0006, ICDDM/084 982 -0007, ICDDM/090 221 -0006, ICDDM/090 221 -0005,ICDDM/076 470 -0005, REDU000868807-0001, REDU008 922926-0004, REDU 008337372-0014,ICDDM/ 084 982 -0002, ICDDM/ 084 982 -0005, REDU001076178-0005,REDU001076178-0006,REDU 001076178- 0014, REDU001076178- 0013,REDU001050645-0007, ICDDM084982- 003,ICDDM/094 624 -0003,ICDDM/094 624 -0005, REDU001664368-0007, ICDDM/094 624 -0002, ICD DM/094 624 -0003	93124378, ICDDM/094 624 -0005, REDU001664368-0007,ICDDM/094 624 -0002, REDU002137190- 0008, REDU015008844-0016, REDU 015008844-0015,REDU015008844- 0014 ,REDU015008844-0013, REDU015008844-0012,REDU015008844-0011, REDU015008844-0010,REDU015008844-0009,REDU015008844-0008,REDU 
+015008844- 0007,REDU015008844-0006,REDU015008844- 0004,REDU01500 8844-0003,REDU001076178-0015,REDU001076178-0017,REDU001664368-0002,REDU001050645-0003,REDU001050645-0004,REDU001050645-0002,REDU 0010,001050645-0006, REDU001076178-0001,REDU001076178-0003,REDU 
+001076178-0004,REDU001810532-0006,REDU001810532-0007,REDU001950981-0001,REDU001950981-0002,REDU001950981-0003,REDU001664368-0003,REDU001076178-0002,REDU001664368-0004,REDU001664368-0006,REDU001810532-0001,REDU001810532-0002,REDU001810532-0004,REDU001950981-0004,REDU002137190-0002,REDU002137190-0001,REDU002137190-0004,REDU002137190-0005,REDU002137190-0006,REDU002137190-0007,REDU002137190-0009,REDU002137190-0010,REDU002137190-0011,REDU002137190-0012,REDU002137190-0013,REDU008337372-0017,REDU008922926-0002,REDU008922926-0006,REDU007537964-0014,REDU007537964-0009,REDU007537964-0016,REDU000128681-0001,REDU000128681-0002,REDU000128681-0003,REDU000128681-0004,ICDD076470-0006,ICDD076470-0008,ICDD076470 -0014,ICDD076470-0010.ICDD076470-0012,ICDD076470-0001,ICDD076470-0002,ICDD076470-0003,ICDD076470-0004,ICDD076470-0016,ICDD076470-0017,ICDD076470-0018,ICDD076470-0019</t>
+  </si>
+  <si>
+    <t>REDU 008371611-0001, REDU 008372643-0001,REDU 008373328-0001, REDU 003501535-0001, REDU 002038349-0001,REDU 002037150-0001, EUTM 010859841 SNOOPER+, EUTM002466944 AUTO COM,EUTM 012059986 CDP, EUTM 010478733 AUTOCOM, REDU 002038356-0001</t>
+  </si>
+  <si>
+    <t>REDU 005330297-0002, REDU 005330297-0010, EUTM 002308013	
+EUTM 000043935, EUTM 000043810 LLOYD</t>
+  </si>
+  <si>
+    <t>REDU 008524714-0001/EM, REDU 008709992-0001/EM, REDU 008709992-0002/ EM, REDU 008709992-0003/EM, REDU 015035499-0001/EM, REDU 015038957- 0001/EM	, REDU 002978494-0001/EM, EUTM 015088693/EM LOOP, EUTM 018857602/EM LOOP SWITCH. EUTM 018928201/EM EXPERIENCE	
+EUTM 018928205/EM LOOP QUIET, EUTM 018928215/EM ENGAGE</t>
+  </si>
+  <si>
+    <t>EUTM 018311582 ONE BLA, EUTM 018311574 ONE GRÖN, EUTM 018311567 ONE, EUTM 018241900 ONE GUL, EUTM 016515603 GR ONE WHITE, EUTM 016517732 GEN ONE WHITE, EUTM 01651775 7GEN ONE PORTION, ,EUTM 013272737 NICK &amp; JOHNNY, EUTM 008978603 RONAN
+EUTM 008773327 KRONAN, EUTM 004545588 KARDUS, EUTM 009187642 KALIBER, EUTM 018318384 JAKOBSSONS, EUTM 008773269 GÖTEBORGS RAPÉ, EUTM 004075552 GÖTEBORGS RAPÉ, REDU 002664938-0004 GÖTEBORGS PRIMA FINTt, EUTM 017745068 GROV	
+EUTM 008773368 GROV, EUTM 008773351 GROVSNUS, EUTM 006257232 GROV, EUTM 006256994 GROV SNUS, EUTM 018841466 SWAVE MADE ON GOTLAND, EUTM 018841381 FACTORY BATCH SWAVE GOTLAND
+EUTM 018738046 Swave Apple XO, EUTM 018562501 SWAVE, EUTM 018213106 SWAVE, EUTM 008773236 RÖDA LACKET, EUTM 004075479 RÖDA LACKET, EUTM 009825803 CRUSHED ICE, EUTM 016214561 R42, EUTM 016214587 R42, EUTM 008885519 ONICO+, EUTM 011206307 ONICO, EUTM 010552933 100% KÄNSLA 0% NIKOTIN ONICO, EUTM 010542587 ONICO, EUTM 004821203 ONICO, EUTM 018449871 ONE RÖD, EUTM 018311592 ONE VIT, EUTM 018311587 ONE SVART, EUTM 018881316 G.3 BITE, EUTM 018881298 G.3 SWAY, EUTM 018894041 G.3, EUTM 018894132 G.3, EUTM 018336833 G.3 POW, EUTM018000839 G.3 Red Heat, EUTM 013208335 GENERATION 3 BY GENERAL G.3 EXTRA STRONG SLIM WHITE PORTION LONG LASTING MINIMAL DRIP &amp; SOFT FIT, EUTM 013207311 G.3, EUTM 013314604 GENERATION 3 BY GENERAL G.3, EUTM 018850559 LJUNGLÖFS ETTAN No1 ORIGINAL ANNO 1822, EUTM 018850592 Nº1 J. F. LJUNGLÖFS STOCKHOLM, EUTM 008966111 LJUNGLÖFS ETTAN ORIGINAL ANNO 1822, EUTM 008963035 LJUNGLÖFS ETTAN, EUTM 008773194 ETTAN, EUTM 007412497 ETTAN
+EUTM 007412398 ETTAN, EUTM 003778495 ETTAN, EUTM 003778297 ETTAN, EUTM 013741392 XR, EUTM0 18929144 VOLT COLD FROST	
+EUTM 018891216 VOLT Cosmic Dust, EUTM 018537316 VOLT, ITM 1578450 VOLT, EUTM 018353680 VOLT PEARLS, EUTM 013701644, EUTM 010535011 TRE ANKARE, EUTM 008773335 TRE ANKARE, EUTM 018465358 THUNDER PEARLS, EUTM 018267921 The Lab, EUTM 011769304 The LaB, EUTM 009096314 THE LAB SERIES, EUTM 018841316S WAVE, EUTM 018841409 SWAVE MINI MADE ON GOTLAND, ITM 1727144 ZYN PEARLS TECHNOLOGY, ITM 1726440 ZYN PEARLS TECHNOLOGY, ITM 1726439 ZYN PEARLS TECHNOLOGY, EUTM 018535818 ZYN PEARLS, EUTM 018241925 ZYN NOW YOU CAN, EUTM 017965871 ZYN, EUTM 017579939 ZYN, EUTM 015278575 ZYNNT, EUTM 015285984 ZYNNT, EUTM 015272487 ZYN, EUTM 018842259 XR, EUTM 018842364 XR, EUTM 018317919 XR, ITM1162064 General THE ORIGINAL SWEDISH SNUS SINCE 1866, ITM 1157531 General, EUTM 013207411 GENERATION 3 BY GENERAL, EUTM 008773178 GENERAL, EUTM 003778487 General G General, EUTM 000841999 GENERAL, EUTM 018465354 G.4 PEARLS, ITM 1541979 G.4 NORTHERN WOODS	, ITM 1541839 G.4 DARK FROST	, ITM 1541934 G.4 DARK FROST, EUTM 017968469 G.4 BLUSH SLIM ALL WHITE, EUTM 017846684CRYO G.4 ALL WHITE, EUTM 018881374 G.3 RIZE, EUTM 018881243 G.3 HAIL, EUTM 018881340G .3 WINK</t>
+  </si>
+  <si>
+    <t>ICD DM/235664 Modele de sac à main, EUTM 18382823 Sandro, EUTM 018468761(marque sans texte), ITM 1767503 S, REDU 015011075-0001 Modèle de Fermoirs d'articles de maroquinerie, EUTM 18332236 (Marque sans texte)EUTM 008772568 SANDRO, EUTM 1371455 sandro</t>
+  </si>
+  <si>
+    <t>EUTM 010853001 OLUMIANT, EUTM 018129502, EUTM 018130857 RETSEVMO, EUTM 012763108 CYRAMZA, EUTM 010350635 CYRAMZA
+EUTM 01284969 1trulicity, EUTM 009986159 TRULICITY, REDU 000124292-0009, EUTM 003915071 C, REDU 000124284-0001, EUTM 000299685 HUMALOG, EUTM 000299644 HUMATROPE,REDU 000124284- 0004, REDU 000124292-0012, EUTM 002869634, EUTM 001223916 CIALIS	
+EUTM 001235902 Lilly, EUTM 000237016 LILLY, EUTM 000828715 ALIMTA, EUTM 014826283 OLUMIANT</t>
+  </si>
+  <si>
+    <t>REDU 008799100-0008/EM, EUTM 018860992/EM IQ, REDU 007466339-0002
+REDU 005813094-0012/EM, REDU 005813094-0011/EM, REDU 005813094- 0013/EM, REDU 008799100-0004/EM, REDU 008799100-0001/EM, REDU 008375224-0003/EM, REDU 008799100-0003/EM</t>
+  </si>
+  <si>
+    <t>EUTM 012031035 POMELLATO, EUTM 015203516 Pomellato, EUTM 018193404 DODO CHARMING JEWELRY SINCE 1994, REDU 001912684-0002 Boucles d'oreilles, EUTM 012683132 Pomellato, EUTM 000872945 Pomellato</t>
+  </si>
+  <si>
+    <t>REDU 000731112-0029(Marque sans texte), EUTM 006060032 (Marque sans texte), REDU 000731112-0015 (Marque sans texte), ITM 1088694 BONOBO, ITM 1088532 BONOBO, EUTM 005163225 BONOBO</t>
+  </si>
+  <si>
+    <t>REDU 002997718-0013, REDU 001654567-0001 EUTM 018651853 HT2, EUTM 017992542 HT22, EUTM 017992177 HT11, EUTM 017993594 HT3, EUTM 004777901, EUTM 012264289, REDU 002997718-0018, REDU 002997718-0017, REDU 002997718-0016, REDU 002997718-0015, REDU 002997718-0014, REDU 005935509-0009</t>
+  </si>
+  <si>
+    <t>EUTM 003805471, REDU 000604467-0001, EUTM 011422953 STABILO</t>
+  </si>
+  <si>
+    <t>REDU 015029035-0001/EM, REDU 015029035-0002/EM, REDU 015029035- 0004/EM, REDU 015029035-0003/EM, REDU 015029035-0006/EM, REDU 015029035-0005/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 018629587 SEGWAY GT, EUTM 018561284 SEGWAY, EUTM 018561281, EUTM 018195400, EUTM 018065598, EUTM 018065596	
+EUTM	017996310, EUTM013665807SEGWAY, EUTM 013665781, REDU 002553776-0002, REDU 002553776-0001, REDU 002517938-0002, REDU 002517938-0001, REDU 000643630-0002, REDU 000643630-0001, EUTM 002958684, EUTM 002721900i, EUTM 002957587SEGWAY, EUTM 002545762SEGWAY 
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 015051812-0002/EM, REDU 015059382-0014/EM, EUTM 018084635/EM BOTTEGA VENETA, ITM 947399/WO BOTTEGA VENETA, EUTM 012834016/EM BOTTEGA VENETA, ITM 1594396/WO BOTTEGA for Bottegas, EUTM 003899184/EM BOTTEGA VENETA, EUTM 011894045/EM KNOT, EUTM 006632905/EM, EUTM 006632624/EM, EUTM 006687081/EM
+EUTM 006809362/EM BOTTEGA VENETA, ICD D202195-0003/WO, REDU 008870828-0001/EM, REDU 008871693-0013/EM, REDU 009182819-0007/EM	
+REDU 008871693-0017/EM, REDU 015012558-0010/EM, REDU 009182744-0001/ EM, REDU 015001962-0003/EM, ICD D103165-0004/WO, REDU 009185002- 0019/EM, REDU 015001962-0020/EM, ICD D200472-0005/WO	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 017618208/EM JACK DANIEL'S CRISP Old No. 7 BRAND BLEND TENNESSEE CIDER CRISP APPLE CIDER BLENDED WITH JACK DANIEL´S TENNESSEE WHISKEY, EUTM 018064396/EM JACK DANIEL'S ORIGINAL RECIPE TENNESSEE APPLE, EUTM 012582094/EM, EUTM 012179487/EM Jack Daniel, REDU 015026451- 0001/EM, REDU 015026451- 0002/EM, EUTM018763147/ EM  JACK DANIEL'S OLD NO. 7 BRAND, EUTM 018897944/EM JACK DANIEL'S OLD NO. 7 BRAND QUALITY TENNESSEE SOUR MASH WHISKEY, EUTM018841362/EM, EUTM 009058702/EM,  EUTM 000154278/EMJ ACK DANIEL'S, EUTM 000957365/EM JACK DANIEL'S, EUTM 002825560/EM JACK DANIEL'S, EUTM 009058413/EM JACK DANIEL'S Old No. 7 BRAND, EUTM 009058496/ EM JACK DANIEL'S Old No. 7 Brand, EUTM 000156356/ EM JACK DANIEL`S OLD TIME NO. 7 BRAND QUALITY Tennessee SOUR MASH WHISKEY, EUTM 000154211/EM JACK DANIEL'S, EUTM 000898429/EM JACK, EUTM 009043829/EM JACK DANIEL'S, EUTM 009768136/EM JACK DANIEL'S ORIGINAL RECIPE TENNESEE HONEY, EUTM 005652607/ EM GENTLEMAN JACK RARE TENNESSEE WHISKEY, EUTM 009043886/EM  JACK DANIEL'S, EUTM 017879671/EM  JACK DANIEL'S OLD NO.7 BRAND TENNESSEE SOUR MASH WHISKEY	
+EUTM 014676555/EM JACK DANIEL'S TENNESSEE FIRE                                                                                                                                               
+</t>
+  </si>
+  <si>
+    <t>REDU 004387843-0001, ITM 1701422 KURT GEIGER LONDON	
+EUTM 018354454 KURT GEIGER</t>
+  </si>
+  <si>
+    <t>EUTM 018550144/EM CPC COUNTER-PRESSURE CASTING MACHINES
+EUTM 017917500/EM  Counter Pressure Casting MACHINES, EUTM 017917496/EM CPC MACHINES, REDU 008632038-0001/EM, REDU 008730154-0001/EM, REDU 015045132-0001/EM, REDU 015045132-0002/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+REDU 002497172-0001/EM, REDU 002578732-0001/EM, REDU 002747105-0001/ EM, REDU 002747162-0001/EM, REDU 004955011-0001/EM, REDU 008354021- 0001/EM	, REDU 004132827-0001/EM, REDU 004132868-0001/EM, REDU 004132892-0001/EM, REDU 004133015-0001/EM, EUTM 013436332/EM HX2
+REDU 005430006-0002/EM, REDU 005808409-0001/EM, EUTM 012472411/EM MORSUS, EUTM011097524/EM make your own sound, EUTM013436341/EM Akrapovic HX2, EUTM 018051044/EM Akrapovič, EUTM 018051035/EM Akrapovič, ITM 996374/WO AKRAPOVIC, ITM 996375/WO10000092 AKRAPOVIC</t>
+  </si>
+  <si>
+    <t>REDU 000208996-0002, REDU	000208996-0001</t>
+  </si>
+  <si>
+    <t>REDU 002546317, REDU 002546200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 008008239-0001/EM, REDU 001221584-0023/EM,REDU 001317457-0003/ EM, REDU 008797237-0001/EM, EUTM 001035534/EM ISABEL MARANT	
+EUTM 014755441/EM ISABEL MARANT, ITM 1549537/WO ISABEL MARANT, EUTM 009970682/EM ISABEL MARANT ETOILE, EUTM 017985491/EM, REDU 001432603-0052/EM	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 011579232 MAJE, ITM 1370546 maje, EUTM 018332231 (Marque sans texte), REDU 015010699-0001, ICD	D235738-0001/WO	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 000345835/EM GUND, EUTM 018059189/EM Play!	
+EUTM 018097334/EM FLAPPY THE ELEPHANT, EUTM 018813756/EM FLORA THE BUNNY, REDU 004068435-0005/ EM, REDU 004068435-0006/EM, REDU 004068435-0002/EM, REDU 004068435-0003/EM, REDU 004068435-0004/ EM, REDU 004068435- 0001/EM
+</t>
+  </si>
+  <si>
+    <t>REDU 015063604-0004, REDU 015063604-0003, REDU 015063604-0002, REDU 015063604-0001</t>
+  </si>
+  <si>
+    <t>REDU 015035965-0001/EM, REDU 015035965-0002/EM, REDU 015035965-0003/ EM, REDU 015046662-0001/EM, REDU 015046662-0003/EM, REDU 015046662-0002/EM</t>
+  </si>
+  <si>
+    <t>REDU 000352695-0001/EM, EUTM 019185484/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 012012282LUMADA, EUTM 015713753 FLAMEMO  
+REDU 002285577-0001, REDU 002613505-0001, REDU 002736314-0001, REDU 003300821-0001, EUTM 011891702 Religi, REDU 008782676-0001	  </t>
+  </si>
+  <si>
+    <t>ITM 1529140/WO WHIMZEES, ITM 1185162/WO WHIMZEES, ITM 1149583/WO WHIMZEES, EUTM 008643389/EM PARAGON, EUTM 015388515/EM DOES YOUR WHOLE FAMILY BRUSH?, EUTM 015896012/EM BRUSHZEESREDU 008698328-0002/EM, REDU 008923635- 0001/EM, REDU 003143403-0001/ EM, REDU 000196167-0002/EM, REDU 000196167-0004/EM,REDU 002863464- 0001/EM, REDU 001613209-0001/EM, REDU 000876917-0003/EM, REDU 000876917 - 000876917-0001/EM, REDU 000876917-0002/EM,REDU 000947361-0001/EM, REDU 000947361-0002/EM, REDU 000372552-0001/EM, REDU008698328-0003/ EM, REDU 008698328-0001/EM</t>
+  </si>
+  <si>
+    <t>REDU 000337019-0002/EM, EUTM 001487404/EM SMIRNOFF Ste Pierre Smirnoff Fils VODKA Nº21, EUTM 001487693/EM SMIRNOFF Ste Pierre Smirnoff Fils VODKA N°21, EUTM 001540855/EM ICE, EUTM 002824100/ EM, EUTM 003487857/EM, EUTM 003487915/EM, EUTM 003728581/EM SMIRNOFF ICE, EUTM 003947827/EM SMIRNOFF ICE, EUTM 004000171/ EM SMIRNOFF ICE, EUTM 001249051/EM SMIRNOFF, EUTM012931788/ EM SMIRNOFF, EUTM 003065621/EM SMIRNOFF, EUTM 003078672/EM SMIRNOFF, EUTM 003453735/EM SMIRNOFF, EUTM 003078144/EM Smirnoff, EUTM 010309243/EM SMIRNOFF, EUTM 001766609/EM SMIRNOFF, EUTM 002107878/EM SMIRNOFF, EUTM 009928607/EM SMIRNOFF, EUTM 007174824/EM SMIRNOFF, EUTM 006791768/EM SMIRNOFF, EUTM 009036534/EM SMIRNOFF, EUTM 010093862/EM SMIRNOFF, EUTM 003588571/EM NORTH, EUTM 012946406/EM	
+EUTM 003487899/EM, EUTM 018728936/EM, EUTM 002872810/EM
+EUTM 001487511/EM, EUTM 001487487/EM, EUTM 005180724/EM	
+EUTM 006976914/EM, EUTM 001592153/EM, EUTM 013734298/EM	
+EUTM 012948618/EM VSV VS TS MCMXXXV, EUTM 013119813/EM STE SP FLS, EUTM 017881953/EM STE PIERRE SMIRNOFF FLS, EUTM 003501161/EM SMIRNOFF NORTH, EUTM001540913/EM SMIRNOFF ICE
+EUTM 004093423/EM SMIRNOFF BLACK ICE, EUTM 014337273/EM SMIRNOFF -I°CE ICE, EUTM 014337208/EM SMIRNOFF -I°CE, EUTM 013816715/EM SMIRNOFF - ICE, EUTM 004002812/EM SMIRNOFF
+EUTM 004000246/EM SMIRNOFF, EUTM 004000204/EM SMIRNOFF
+EUTM 004000212/EM SMIRNOFF, EUTM 003947819/EM SMIRNOFF, EUTM  012945838/EM SMIRNOFF, REDU 000022405-0007/EM, REDU 000022405-0008/EM, REDU 000022405-0009/EM, REDU 000337019-0003/EM	1</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ITM 890247/WO MAGSAFE, REDU 002628875-0001/EM, REDU 002629204- 0001/EM, REDU 002629287-0001/EM, REDU 002629147-0001/EM, REDU 003750751-0001/EM, REDU002628859-0001/EM	, REDU003785294-0001/EM	
+REDU003785278-0001/EM, ITM 1175030/WO, ITM 1182022/WO, ITM 1177474/WO, ITM 1177889/WO, EUTM 013728555/EM Tue 9, EUTM 010710028/EM MACBOOK	, EUTM 009025677/EM IPAD, EUTM 010026953/EM IPOD, REDU 002199810-0002/EM, REDU 001334254-0002/EM
+EUTM 007156061/EM BEATS, EUTM 007157357/EM b	, EUTM 011017548/ EM BEATS PILL, EUTM 011131125/EM BEATS STUDIO, EUTM 008370827/EM BEATS BY DR. DRE, EUTM 008370819/EM BEATS, EUTM 008611188/EM Tour, EUTM 008433195/EM, EUTM 010258697/EM URBEATS, REDU 000889480-0001/EM, REDU 002199117-0001/EM, EUTM 018321063/EM MAGSAFE, REDU 008534861-0001/EM, REDU 001334221- 0001/EM, REDU 001334221-0002/EM, EUTM 014586838/EMAIRPODS,EUTM 012212221/EMDESIGNED BY APPLE IN CALIFORNIA, ITM 1378087/WO
+ITM 1377651/WO APPLE, ITM 1303517/WO IPHONE, REDU002629212-0001/ EM, REDU 008433494-0001/EM, REDU 008433817-0001/EM, REDU 009175706- 0001/EM, REDU 008205082-0001/EM, REDU001334254-0001/EM, REDU 002199117-0002/EM, REDU 005825965-0001/EM, REDU 015013190-0001/EM	
+EUTM 009784299/EM, EUTMSMART COVER, EUTM 011020427/EM LIGHTNING, EUTM 011472008/EM EARPODS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 002200741-0001		</t>
+  </si>
+  <si>
+    <t>EUTM 019080737/EM exact PIPE CUTTING, EUTM 018949977/EM exact Pipe Cutting System, REDU 015070752-0001/EM, REDU 015070752-0002/EM</t>
+  </si>
+  <si>
+    <t>REDU 015017235-0036, REDU 015017235-0051, REDU 015017235-0066, REDU 015017235-0055, REDU 015017235-0053, REDU 015017235-0039, REDU 015017235-0048, REDU 015017235-0034, REDU 015017235-0045, REDU 015017235-0044, REDU 015017235-0049, REDU 015017235-0040, REDU 015017235-0041, REDU 015017235-0042, REDU 015017235-0038, REDU 015017235-0046, REDU 015017235-0052, REDU 015017235-0035, REDU 015017235-0037, REDU 015017235-0043, REDU 015017235-0050, REDU 015017235-0047, REDU 015017235-0054</t>
+  </si>
+  <si>
+    <t>EUTM 009204009/EM N NICORETTE, EUTM 018688017/EM NICORETTE
+EUTM 018678399/EM BENADRYL, EUTM 018014558/EM ZARBEE'S	
+EUTM 018014695/EM ZARBEE'S NATURALS, EUTM 013782792/EM ZARBEE`S, EUTM 018688019/EM ZARBEE'S, EUTM 018214617/EM NEUTROGENA, EUTM 018437710/EM NEUTROGENA,EUTM 018666502/ EM NEUTROGENA, EUTM 004164018/EM LISTERINE,EUTM 003429859/ EM AVEENO, EUTM 016015547/EM OGX, EUTM 018674580/EM OGX	
+EUTM 012152617/EM OGX, EUTM 019008218/EM ogx, EUTM 016059446/ EM OGX BEAUTY PURE AND SIMPLE, EUTM002341063/EM ROGAINE
+EUTM 005227905/EM REGAINE, EUTM 008181455/EM REGAINE, EUTM 010591006/EM REGAINE, EUTM 003409968/EM o.b., EUTM 018708792/EM O.B., EUTM 003428851/EM JOHNSON'S,EUTM 018670864/EM JOHNSON'S
+EUTM 018814147/EM JOHNSON'S, EUTM 003477891/EM Johnson's,EUTM 018670856/EM JOHNSON'S	, EUTM 018814150/EM Johnson's, EUTM 005285713/EM JOHNSON'S BABY 100% ESSENTIAL,EUTM 013380407/EM LE PETIT MARSEILLAIS,EUTM 018686859/EM LE PETIT MARSEILLAIS
+EUTM 000721837/EM LE PETIT MARSEILLAIS,EUTM 014655583/EM LE PETIT MARSEILLAIS, EUTM 013383971/EM LE PETIT MARSEILLAIS 
+REDU 003873926-0001/EM, EUTM 003409951/EM CAREFREE, EUTM 018708314/EM CAREFREE, EUTM 008987091/EM CLEAN &amp; CLEAR	
+EUTM 008987117/EM CLEAN &amp; CLEAR, EUTM 008986986/EM CLEAN&amp; CLEAR, EUTM 008987158/EM CLEAN &amp; CLEAR, EUTM 008987349/EM CLEAN &amp; CLEAR, EUTM 008987398/EM CLEAN &amp; CLEAR, EUTM 003429792/EM BAND-AID, EUTM 002190239/EM NICORETTE
+EUTM 018029548/EM NICORETTE, EUTM 006732655/EM NICORETTE INVISIPATCH, EUTM 006649602/EM nicorette ActiveStop, EUTM 005269634/EM NICORETTE FRESHFRUIT, EUTM 010281038/EM NICORETTE QUICKSPRAY, EUTM 005334461/EM Nicorette ActiveStop	
+EUTM 008160392/EM NICORETTE QUICKMIST, EUTM 008341241/EM NICORETTE ICY WHITE,EUTM 003260148/EM NICORETTE FRESHMINT
+EUTM 009208224/EM NICORETTE COOLS, EUTM 008260218/EM NICORETTE COMBI</t>
+  </si>
+  <si>
+    <t>REDU 008566939-0001/EM,REDU 008772784-0001/EM, EUTM 018877974/EM FLASHLED SOS, EUTM 018483816/EM FLASH LED</t>
+  </si>
+  <si>
+    <t>REDU 001733239-0004, REDU 001733239-0003, REDU 001733239-0002, REDU 001842295-0002, REDU 001842295-0001, REDU 001691577-0001, REDU 001733239-0001</t>
+  </si>
+  <si>
+    <t>DEUR 007092630-0002/EM, ICD D214766-0023/WO, ICD D214766-0051/WO
+EUTM 016869067/EM JELLYCAT, EUTM 001239748/EM JELLYCAT
+EUTM 016869083/EM, EUTM 018977423/EM BASHFUL BUNNY, EUTM 018977361/EM JELLYCAT JACK, ITM 1778855/WO RICKY RAIN FROG	
+ITM 1801389/WO TIMMY TURTLE, REDU 006356697-0022/EM, DEUR 015088677-0018/EM, ICD D225631-0002/WO, EUTM 018991687/EM CLYDE CAPYBARA, ITM 1822283/WO AMUSEABLES JELLYCAT LONDON	
+ITM 1822420/WO AMUSCABLES SPORTS JELLYCAT LONDON, EUTM 018959948/EM JELLYCAT BOOKS LONDON, ICD D225631-0001/WO	
+ICD D235209-0033/WO, DEUR 005840600-0046/EM</t>
+  </si>
+  <si>
+    <t>REDU 015092144-0001/EM</t>
+  </si>
+  <si>
+    <t>EUTM 015901564 SENSIA ARENA, EUTM 018320013 GROHE,  PROFESSIONAL, EUTM 018336029 GROHE QuickFix, EUTM 018356830 GROHE SPA, EUTM 016077257 GROHE,EUTM 004556882 GROHE ENJOY WATER, EUTM 013528153 GROHE SmartControl,EUTM 009249475 Grohe Blue Pure, EUTM 008131567 GROHE Blue, EUTM 008518243 GROHE BauEdge, EUTM 015382211 GROHE, EUTM 000587824, EUTM 000226662 GROHE, EUTM 009257651 Grohe Power &amp; Soul, EUTM 009393422 GROHE Spa, EUTM 011402708 GROHE Professional,EUTM 011630506 GROHE Pure Freude an Wasser, EUTM 011638244 GROHE PROFESSIONAL WORK SMARTER, REDU 007872783-0004, EUTM 004163713 TEMPESTA, EUTM 001993385 SENSIA, EUTM 015833577 Sense Guard, EUTM 003163342 RAINSHOWER, EUTM 018356044 GROHE X,EUTM 018417309 GROHE X
+EUTM 018300701 GROHE TEMPESTA, EUTM 018528907 GROHE QUICKFIX, EUTM 000861302 EUROSMART, EUTM 004319034 Essence</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 001647874/EM, REDU 000029194-0001/EM, REDU 000029194-0002/EM, EUTM 003382561/EM, REDU 000656657-0001/EM, REDU 000656657-0002/E, REDU 000656657-0005/EM, REDU 000656657-0003/EM, REDU 000656657- 0004/EM, REDU 002317834-0001/EM </t>
+  </si>
+  <si>
+    <t>EUTM 016798671/EM LPG, REDU 001584525-0001/EM,EUTM 015510837/EM CELLU M6 ALLIANCE, ITM 1679590/WO LPG INNER POWER. BETTER LIFE.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 001628353/EM HOIST, EUTM 005132766/EM ROC-IT, REDU 005640968-0001/EM, REDU 003382159-0001/EM,REDU 003733260-0001/EM	
+REDU 003390541-0001/EM, REDU 003731769-0001/EM, REDU 000860499- 0001/EM	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                                                                                                                                                 
+REDU 001931213-0002, REDU 001931213-0001, EUTM 01116617Nicer Dicer Plus
+EUTM 005305529Nicer Dicer 
+</t>
+  </si>
+  <si>
+    <t>REDU 006610614-0001/EM, EUTM 018090488/EM POLARBOX, REDU 006610614-0002/EM, EUTM 018946394/EM POLARBOX</t>
+  </si>
+  <si>
+    <t>REDU 015094285-0001/EM, REDU 015094285-0002/EM, REDU 015076296-0001/ EM, REDU 015065413-0001/EM, REDU 015065413-0003/EM, REDU 015065413- 0002/EM	, REDU 015070753-0001/EM, REDU 015089976-0001/EM	
+REDU 015089976-0002/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CTM 003574274/BRIDGESTONE, REDU002009316-0002, REDU 001167928-0002,  REDU 001234124-0001, REDU 001234124-0002, REDU 002231019-0001, REDU 000415799-0005, REDU 000953179-0001, REDU 001237531-0001, REDU 000953328-0001, REDU 000789300-0001, REDU 000953278-0001, REDU 001234637-0002, REDU 001238679-0001, REDU 001231583-0001, REDU 000531009-0003, REDU 001903543-0001, REDU 000489711-0008, REDU 000620356-0001, REDU 000448550-0004, REDU 000448550-0005, REDU 002484147-0001, REDU 002094805-0001, REDU 002270835-0001, REDU 001836958-0001, REDU 001234090-0001, REDU 000531009-0002, REDU 000595541-0001, REDU 001252571-0001, REDU 002270843-0001, REDU 001233662-0001, REDU 000738216-0003, REDU 000738216-0002, REDU 000738216-0004, REDU 002059238-0001, REDU 000776018-0001, REDU 000953286-0001, REDU 001189765-0001, REDU 000953146-0001, REDU 000953161-0001, REDU 001133730-0001, REDU 001133730-0002, ITM 1105491, REDU 000448550-0003, REDU 001066971-0001, REDU 000910641-0001, REDU 001234637-0001, REDU 001212088-0003, REDU 001094536-0001, REDU 000289004-0001  
+</t>
+  </si>
+  <si>
+    <t>REDU 015024995-0001/EM, EUTM 003588051/EM SECRID, ITM 1823624/WO
+ITM 1529506/WO BODYCARD, ITM 1362051/WO SECRID, ITM 1357044/WO SECRID A BETTER WORLD STARTS IN YOUR POCKET
+ITM 1356825/WO SECRID POCKET-SIZED REVOLUTION, ITM 1344168/WO SECRID POCKETWEAR, ITM	1549859/WO SMALL MATTERS</t>
+  </si>
+  <si>
+    <t>REDU 005318433-0001/EM, REDU 005318482-0003/EM,REDU 005318482-0002/ EM, REDU 001351712-0005/EM, , REDU 001339139-0004/EM,REDU 001351712- 0004/EM	, REDU 002199034-0002/EM, REDU 005890001-0001/EM, REDU 006083580-0001/EM, REDU 006083580-0002/EM, REDU 006083580-0005/EM	
+REDU 006064010-0001/EM, REDU 006584934-0002/EM, REDU 007742408- 0001/EM	, REDU 007742408-0002/EM, REDU 015025264-0002/EM, EUTM 011022696/EM LOUBOUTIN, EUTM 011113552/EM CHRISTIAN LOUBOUTIN, EUTM 001026905/EM CHRISTIAN LOUBOUTIN, EUTM 002246080/EM Christian Louboutin,EUTM 011113586/EM Christian Louboutin
+EUTM 005282322/EM, EUTM 011113611/EM, EUTM 008845539/EM,ITM 1013915/WO Louboutin, ITM 1026083/WO Christian Louboutin, ITM 1626276/WO CL, EUTM 018673117/EM CL, EUTM 018673120/EM CL
+ITM 1696025/WO Christian Louboutin, ITM 1724583/WO Louboutin, ITM 1696024/WO CL, EUTM 019053733/EM LOUBOUTIN,REDU 002749911-0001/ EM, REDU 003833839-0001/EM, REDU 005318482-0004/EM, REDU 005318433- 0002/EM, REDU 015025264-0001/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 
+EUTM 014285118 Quattro Stagioni, REDU 003162031-0002 bottle 2, REDU 003161660-0026 Lids for jars 4, REDU 003161660-0023 Lids for jars 1, REDU 003161660-0029 Lids for jars 7, REDU 003161660-0015 drinking glass 2, REDU 003161660-0025 Lids for jars 3, REDU 003161660-0028 Lids for jars 6, REDU 003161660-0014 drinking glass 1, REDU 003161660-0024 Lids for jars 2, REDU 003162031-0001, REDU 003161660-0013, REDU 003161660-0030 Lids for jars 8
+REDU 003161660-0027 Lids for jars 5</t>
+  </si>
+  <si>
+    <t>REDU 007695390-0073/EM, REDU 007695390-0009/EM, REDU 007695390- 0061/EM	, REDU 007695390-0032/EM, REDU 007695390-0064/EM, ICD D225078-0003/WO, ICD D225078-0001/WO,EUTM 000493767/EM CAREL
+ICD D225078-0002/WO, ICD D236583-0001/WO, EUTM 018378909/EM CAREL, EUTM 018378912/EM CAREL,REDU 007695390-0040/EM, REDU 007695390-0021/EM, REDU 007695390-0037/EM,REDU 007695390-0053/EM	
+REDU 007695390-0020/EM, REDU 007695390-0069/EM,REDU 007695390-0072/ EM, REDU 007695390-0001/EM, REDU 007695390-0033/ EM, REDU 007695390-0066/EM, REDU 007695390-0017/EM, REDU 007695390- 0059/EM, REDU 007695390-0062/EM, REDU 007695390-0034/EM, REDU 007695390- 0043/EM, REDU 007695390-0011/EM, REDU 007695390-0046/EM, REDU 007695390-0027/EM, REDU 007695390-0019/EM, REDU 007695390- 0047/EM, REDU 007695390-0051/EM, REDU 007695390-0035/EM, REDU 007695390- 0003/EM, REDU 007695390-0045/EM,REDU 007695390-0006/EM, REDU 007695390-0025/EM, REDU 007695390-0029/EM, REDU 007695390- 0052/EM, REDU 007695390-0005/EM, REDU 007695390-0039/EM,REDU 007695390-0038/ EM, REDU 007695390-0058/EM,REDU 007695390-0010/EM,REDU 007695390-
+0007/EM, REDU 007695390-0071/EM, REDU 007695390-0055/EM,REDU 007695390-0050/EM, REDU 007695390-0018/EM</t>
+  </si>
+  <si>
+    <t>REDU 007988597-0001/EM, REDU 007988597-0003/EM, REDU 007993720-0002/ EM, REDU 005315553-0003/EM, REDU 000366877-0007/EM, REDU 008888143- 0007/EM, REDU 008888143-0005/EM</t>
+  </si>
+  <si>
+    <t>REDU 008700330-0004, REDU 008700330-0003, REDU 008700330-0002	
+REDU 008700330-0001, REDU 003384643-0003, REDU 003384643-0008
+REDU 003384643-0007, REDU 003384643-0006, REDU 003384643-0005	
+REDU 003384643-0002, REDU 003384643-0001, REDU 005839743-0002
+REDU 005839743-0001, REDU 003461839-0001, REDU 003383926-0004
+REDU 003383926-0001, REDU 015095655-0003, REDU 015095655-0001
+REDU 008700330-0006, REDU 008700330-0005</t>
+  </si>
+  <si>
+    <t>REDU 000339262-0001/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+EUTM 018688070/EM BATH &amp; BODY WORKS, EUTM 008504219/EM BATH &amp; BODY WORKS, EUTM 007168966/EM BBW Bath &amp; Body Works	
+ITM 1502230/WO BLACK CHERRY MERLOT, ITM 1502668/WO BLACK TEAKWOOD, EUTM 017503269/EM BUBBLE COOL, ITM 1513438/WO CARAMEL PUMPKIN SWIRL, ITM 1773514/WO COZY CASHMERE	
+ITM 1513626/WO CRANBERRY WOODS, ITM 1505348/WO CRISP MORNING AIR, ITM 1716199/WO DARK KISS, ITM 1757389/WO, ITM 1764618/WO FRESH BLUE SKY, ITM 1490617/WO GINGHAM, ITM 1555631/WO HIBISCUS WATERFALLS, ITM 1716959/WO IN THE STARS
+ITM 1722580/WO INTO THE NIGHT, EUTM 017898735/EM KITCHEN LEMON, ITM 1742198/WO LOVE ALWAYS WINS, ITM 1514008/WO MARSHMALLOW FIRESIDE, EUTM 015137342/EM POCKETBAC, ITM 1791253/WO NATIONAL GINGHAM DAY,ITM 1793173/WO NATIONAL GINGHAM WEEK, ITM 1489315/WO PEACH BELLINI, EUTM017950437/ EM POCKETBAC PALS, EUTM 015821101/EM POCKETKISS, EUTM 015821077/EM POCKETSHEA, ITM 1742199/WO STRAWBERRY SNOW FLAKES, ITM 1736122/WO RADIANT SKY, ITM 1610435/WO SPREAD LOVE NOT GERMS, ITM 1554488/WO STRAWBERRY POUND CAKE
+ITM 1502078/WO SUMMER BOARDWALK, ITM 1632087/WO SUN-DRENCHED LINEN, ITM 1767069/WO SUNSHINE DAY,ITM 1764619/WO SUNWASHED SANTAL, ITM 1498511/WO SWEATER WEATHER, ITM 1699687/WO SWEATER WEATHER, ITM 1016322/WO TRUE BLUE, ITM 1762757/WO TRUE BLUE SPA, ITM 1502606/WO TURQUOISE WATERS	
+ITM 1839347/WO TWISTED PEPPERMINT, ITM 1054105/WO  WALLFLOWERS, ITM 1509613/WO VANILLA BEAN NOEL,ITM 1497042/ WO WAIKIKI BEACH COCONUT, ITM 1551683/WO WELCOME HOME	
+EUTM 018936400/EM WHITE BARN, ITM 1473222/WO WHITE BARN	
+EUTM 015144298/EM WHITE BARN, ITM 1502934/WO WINE CELLAR
+EUTM 017781048/EM NATURAL VIBES,ITM 1502664/WO ALOHA KIWI PASSIONFRUIT, ITM 1764649/WO AMBER BLUSH, ITM 1722761/WO AMONG THE CLOUDS, ITM 1246732/WO BATH &amp; BODY WORKS	
+EUTM 014187884/EM BATH &amp; BODY WORKS,REDU 007814678-0003/EM</t>
+  </si>
+  <si>
+    <t>REDU 004555001-0006/EM</t>
+  </si>
+  <si>
+    <t>REDU 008519110-0004/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+REUD 005756038-0001/EM,REUD 006315727-0006/EM, REUD 006315727- 0005/EM, REUD 002488486-0003/EM, REUD 002488486-0002/EM, REUD 001998493-0004/EM, REUD 004732683-0001/EM,EUTM 000812891/EM errea
+EUTM 009929845/EM, EUTM 009284191/EM ERREA',EUTM 012739462/EM 3DWEAR, EUTM 009067828/EM ERREA' REPUBLIC,EUTM 002955367/EM 
+EUTM 006118046/EM 3D wear, EUTM 018278606/EM,EUTM 010757243/EM ERREA' EST, EUTM 017406927/EM errea',EUTM 018309609/EM errea' TEAM SMART, EUTM 009558438/EM VOTE FOR YOURSELF, EUTM 010160869/ EM ACTIVE TENSE, EUTM 009844432/EM ERREA' POINT, EUTM 014528591/EM RA,EUTM 007330475/EM Titanium NANOTECHNOLOGY	
+EUTM 007008477/EM errea, EUTM 008169591/EM TI-ENERGY, NANO TECHNOLOGY, EUTM 009560442/EM, EUTM 001671759/EM erreà
+EUTM 007076862/EM RA, EUTM 011997871/EM ERREA' REPUBLIC	
+EUTM 007148811/EM NON-TOXIC TEXTILES errea, EUTM 018323095/ EM Ti-energy NANOTECHNOLOGY, REDU 002488486-0004/EM, REDU002488486- 0005/EM, REDU 002488486-0001/EM</t>
+  </si>
+  <si>
+    <t>1CD D222353-0003/WO, ICD D222353-0006/WO, ICD D222353-0005/WO
+ICD D222353-0001/WO, ICD D222353-0004/WO, ICD D222353-0002/WO	
+ICD D223409-0002/WO, ICD D223409-0006/WO, ICD D223409-0004/WO	
+ICD D223409-0003/WO,  ICD D223409-0005/WO, ICD D223409-0001/WO	
+ICD D227365-0002/WO, ICD D227365-0001/WO, ICD D227449-0001/WO	
+ICD D228379-0011/WO, ICD D228379-0005/WO, ICD D228379-0003/WO	
+ICD D228379-0007/WO, ICD D228379-0001/WO, ICD D228379-0009/WO	
+ICD D228379-0006/WO, ICD D228379-0008/WO, ICD D228379-0004/WO
+ICD D228379-0002/WO, ICD D228379-0010/WO, ICD D231895-0001/WO	
+ICD D231912-0001/WO,ICD D231918-0001/WO, REDU 007690557-0001/EM
+REDU 008282743-0001/EM, REDU 008282743-0002/EM, REDU 008282743- 0003/EM, REDU 008282743-0004/EM	EUTM 015222854/EM F, EUTM 015222854/EM F, EUTM015222805/EM FURLA,ITM 1642449/WO FURLA, ITM 1163622/WO FURLA PIPER, EUTM 015222763/EM F, EUTM 015222681/EM F, ICD D224712-0001/WO, ICD D231780-0001/WO, ICD D231831-0001/WO, ICD D231831-0002/WO, ICD D212940-0003/WO	
+ICD D213089-0002/WO, ICD D213089-0003/WO, ICD D213089-0005/WO	
+ICD D213089-0004/WO, ICD D219054-0001/WO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 015002970-0003/EM, REDU 015002970-0001/EM, REDU 015002970- 0006/EM	, REDU 015002970-0007/EM, REDU 015005059-0012/EM, EUTM 018919377/EM COCCINELLE ROUNDABOUT, EUTM 016522575/EM COCCINELLE, EUTM 000977454/EM C COCCINELLE,EUTM000969626/EM COCCINELLE,EUTM018319768/EM Never Without Bag,EUTM010570737/EM
+EUTM005655436/EM, EUTM009825613/EM, EUTM017624339/EM C COCCINELLE, EUTM018429552/EM Coccinelle Beat, REDU008937544- 0009/EM, REDU008937544-0001/EM, REDU008937544-0005/EM, REDU 008937544-0004/EM, REDU008937544-0010/EM	, REDU008937544-0008/EM, REDU 015005059-0011/EMREDU015005059-0014/EM,REDU015005059-0007/EM
+REDU015005059-0010/EM, REDU015005059-0002/EM,REDU015005059-0015/EM
+REDU015005059-0017/EM, REDU015005059-0001/EM,REDU015005059-0016/EM
+REDU015005059-0008/EM, REDU015005059-0018/EM,REDU015005059-0013/EM
+REDU015005059-0009/EM	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 015082700-0008, REDU 015082700-0007, REDU 015082700-0006, REDU 015048078-0011, REDU 008846307-0009, REDU 008846307-0008, REDU 008846307-0010	</t>
+  </si>
+  <si>
+    <t>REDU 015038444-0001/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 018677050/EM SUSANNA FALKEN JEWELLERY Because i care	
+EUTM 018265824/EM SUSANNA FALKEN, EUTM 018682448/EM SF
+REDU 008678221-0001/EM	</t>
+  </si>
+  <si>
+    <t>EUTM 001142868/EM CM, REDU 001829920-0001/EM, REDU 004139665-0002/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 008940587/EM ITALFILE, EUTM 012534202/EM JANE, EUTM 018019036/EM JANE ITALFILE, REDU 006145033-0002/EM,REDU 008362099-0001/EM, REDU 003531078-0001/EM	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                         
+EUTM 006665319/EM 10000001 GILLETTE, EUTM 000803833/EM/  MACH3
+EUTM 004238771/EM 10000003 FUSION, EUTM 003997624/EM 10000004 FUSION, EUTM 001079896/EM 10000005 VENUS, EUTM 001930619/EM 10000006 Venus, EUTM 015538416/EM 10000007 ORAL-B, EUTM 003590064/EM 10000008 Oral-B, EUTM 000368712/EM 10000009 MACH
+EUTM 006915045/EM 10000010 PROGLIDE, EUTM 013191507/EM 10000011 PROSHIELD, EUTM 000315184/EM 10000012 SATIN CARE, EUTM 016542086/EM 10000013 FLYING EAGLE, REDU 000388582-0001/EM  
+REDU 000388574-0001/EM, REDU 000388590-0001/EM, REDU 000190194-0001/EM, REDU 000366968-0001/EM, REDU 000173000-0001/EM 
+</t>
+  </si>
+  <si>
+    <t>ITM 1486516 NODALETO, EUTM 018525039 NODALETO, REDU 008425417- 0001, REDU 008713721-0001</t>
+  </si>
+  <si>
+    <t>EUTM 012548913 TALTZ, EUTM 010853596 TALTZ, EUTM 014461164 VERZENIOS, EUTM 010853001 OLUMIANT, EUTM 018129502, EUTM 018130857 RETSEVMO, EUTM 012763108 CYRAMZA, EUTM 010350635 CYRAMZA, EUTM 01284969 1trulicity, EUTM 009986159 TRULICITY, REDU 000124292-0009, EUTM 003915071 C, REDU 000124284-0001, EUTM 000299685 HUMALOG, EUTM 000299644 HUMATROPE,REDU 000124284- 0004, REDU 000124292-0012, EUTM 002869634, EUTM 001223916 CIALIS	
+EUTM 001235902 Lilly, EUTM 000237016 LILLY, EUTM 000828715 ALIMTA, EUTM 014826283 OLUMIANT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 001793611/EM DAB, REDU 004716330-0004/EM, 
+REDU 004067437-0001/EM	</t>
+  </si>
+  <si>
+    <t>ITM 940488, REDU 007707708-001, EUTM 018151929</t>
+  </si>
+  <si>
+    <t>REDU 005821550-0010/EM, REDU 002118638-0001/EM, REDU 005138252- 0016/EM, REDU 000037635-0002/EM, REDU 000040431-0001/EM, REDU 000040431-0002/EM, REDU 004709616-0003/EM, REDU 004709616-0001/EM	
+REDU 000879465-0002/EM, REDU 004709616-0002/EM, REDU 004709616- 0004/EM, REDU 000879390-0001/EM, REDU 000879465-0004/EM, REDU 005821550-0006/EM, REDU 005821550-0005/EM, REDU 005821550-0011/EM	
+REDU 005821550-0003/EM, REDU 005821550-0008/EM, REDU 005821550- 0007/EM, REDU 005821550-0004/EM, REDU 005821550-0009/EM, REDU 000876784-0001/EM, REDU 005821550-0012/EM, REDU 005821550-0002/EM	
+REDU 005821550-0001/EM,REDU 000879465-0001/EM, REDU 000879465-0003/ EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU  001430599-0023, REDU  001430599-0002, REDU  006376273-0024 
+REDU  006376273-0002, REDU  001430599-0006, REDU  001430599-0024  
+REDU  006376273-0026, REDU  006376273-0003, EUTM  017973310 SIRMAN  
+REDU  001430599-0007, REDU  006376273-0025, REDU  006376273-0004  
+REDU  006376273-0023   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">       
+EUTM  004974705 ZANELLATO, EUTM 013589494/EM POSTINA, REDU 001859489-0002/EM, REDU 001859489-0004/EM	
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+REDU 003051978-0002/EM, REDU 002987362-0003/EM,REDU 002987362-0007/ EM, EUTM 018697481/EMICEMOOD, EUTM 018464796/EM CRISTALMOOD, EUTM 018028745/EMCRISTALMOOD, EUTM 018324465/EMCRISTALMOOD, EUTM 018390075/EMCOLORMOOD
+EUTM 019003788/EMantoniolupi, EUTM 001632264/EMANTONIO LUPI	
+EUTM 012433686/EMA ANTONIO LUPI, EUTM 019034205/EM A
+ITM 1291793/WO FLUMOOD, ITM 1338221/WO QUARZOMOOD	
+REDU 002110544-0008/EM, REDU 002110544-0005/EM, REDU 002110544- 0003/EM, REDU 002110544-0007/EM, REDU 002110544-0004/EM, REDU 002110544-0001/EM, REDU 008674857-0004/EM	</t>
+  </si>
+  <si>
+    <t>EUTM 019050859/EM, REDU 015084183-0001/EM,REDU 015084183-0002/EM</t>
+  </si>
+  <si>
+    <t>REDU 005734043-0001, REDU 005734043-0002, REDU 008752406-0001, REDU 008752406-0002, REDU 008752406-0003, REDU 008752406-0004, REDU 008752406-0005, REDU 008752406-0006, EUTM 009406869/EM RÉMY MARTIN, EUTM 009948233/EM MAISON RÉMY MARTIN DEPUIS 
+EUTM 011619566/EM REMY MARTIN, EUTM 012621199/EM RÉMY MARTIN VSOP, EUTM 012638631/EM RÉMY MARTIN, EUTM 018741293/ EM RÉMY MARTIN CLUB EXCEPTION, EUTM 002244689/EM RÉMY	
+EUTM 009728221/EM, EUTM 009728288/EM, REDU 008592083-0002/EM
+REDU 008592083-0001/EM, REDU 002888370-0001/EM,REDU 002557835-0001/ EM, REDU 002262782-0001/EM, REDU 001143135-0001/EM, REDU 001143135- 0002/EM, REDU 005734027-0001/EM, REDU 005734027-0002/EM</t>
+  </si>
+  <si>
+    <t>REDU 008362180-0005/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 008410906-0001, REDU  000177324-0001, REDU  002013722-0001, REDU  000791199-0001, REDU  000776232-0001, REDU  001921362-0001, REDU  001921362-0003, REDU  001921362-0005, REDU  001921362-0007, REDU  001921362-0004, REDU  001921362-0006, REDU  001921362-0002, REDU 008410906-0001, Beleuchtungs körper, REDU 000177324-0001, REDU 002013722-0001 Heckleuchten für Fahrzeuge, REDU 000791199-0001Rückleuchte für Fahrzeuge, REDU 000776232-0001Leuchten für Kraftfahrzeuge  </t>
+  </si>
+  <si>
+    <t>REDU 001290597-0001</t>
+  </si>
+  <si>
+    <t>REDU 000094461-0002/EM, EUTM 018115766/EM PANTAGRUEL, EUTM 018115761/EM HOPPER, EUTM 018676743/EM EXTREMIS, REDU 001825787-0001/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 005394283/EM CLARINS, EUTM 018226698/EM CLARINS
+EUTM 012459525/EM CLARINS, EUTM 017384819/EM MY CLARINS
+EUTM 018502685/EM CLARINS PRECIOUS, REDU 008609499-0003/EM	
+REDU 008609499-0001/EM, REDU 008737944-0001/EM,REDU 008739825-0001/ EM, REDU 002963272-0001/EM	</t>
+  </si>
+  <si>
+    <t>EUTM 007002132/EM STYLAGE, REDU 003841006-0001/EM, REDU 003841006-0002/EM, ICD D235800-0001/WO, ICD D235800-0002/WO, ITM 1403997/WO VIVACY PARIS,ITM 1424426/WO BI-SOFT INJECTION TECHNOLOGY, ITM 1258327/WO STYLAGE</t>
+  </si>
+  <si>
+    <t>REDU 000134168-0006</t>
+  </si>
+  <si>
+    <t>REDU 015002771-0001/EM, REDU 015002771-0002/EM, REDU 015002771-0003/ EM, REDU 015009801-0003/EM, REDU 015009801-0002/EM, REDU 015068623- 0001/EM	, REDU 015009803-0001/EM, REDU 015043119-0001/EM, ITM 1812338/WO HEY2O, REDU 015068605-0001/EM, REDU 008487995-0007/EM
+REDU 008487995-0008/EM, REDU 008487995-0009/EM, REDU 008487995-0014/ EM, REDU 008487995-0012/EM, REDU 008487995-0013/EM, REDU 008487995- 0015/EM	, REDU 008487995-0016/EM, REDU 015009801-0001/EM, REDU 008487995-0017/EM, REDU 008487995-0018/EM,EUTM 016683633/EM HEY DUDE, EUTM 018653035/EM EY DUDE,EUTM 018782234/EM HEY DUDE
+ITM 1060473/WO hey Dude, ITM 1729640/WO HEY DUDE, EUTM 018970623/EM HEY DUDE, REDU 008487995-0001/EM, REDU 008487995- 0002/EM	, REDU 008487995-0003/EM, REDU 008487995-0004/EM, REDU 008487995-0005/EM, REDU 008487995-0011/EM, REDU 008487995-0006/EM	
+REDU 008487995-0010/EM</t>
+  </si>
+  <si>
+    <t>REDU 005799590-0001/EM, REDU 009029937-0001/EM, REDU 001942657- 0001/EM, REDU 002192518-0002/EM, REDU 002192518-0001/EM, EUTM 002963049/EM VESPA GRANTURISMO,EUTM 009431669/EM VESPA PX
+EUTM 002227452/EM Vespa Vintage, EUTM 010547297/EMVESPA 946	
+EUTM 002227395/EM VESPAVINTAGE, EUTM 011686706/EM VESPA	
+EUTM 011774321/EM VESPA,EUTM 011836707/EMVESPA PRIMAVERA
+EUTM 013533872/EM VESPA PRIMAVERA, EUTM 017439498/EM50 VESPA PRIMAVERA, EUTM 018722084/EMVESPA,EUTM 018873759/ EM VESPA, REDU 005945201-0001/EM, REDU 005296092-0001/EM, REDU 003447937-0001/EM, REDU 005799186-0001/EM, REDU 004493203-0001/EM	
+REDU 002132035-0002/EM, REDU 002192518-0005/EM, REDU 003447457- 0002/EM</t>
+  </si>
+  <si>
+    <t>REDU 015094092-0001/EM, REDU 015094092-0001/EM, REDU015097588- 0001/ EM, REDU 015097588-0001/EM,  EUTM 019038069/EM AMEERAT AL ARAB, EUTM 018892612/EM KHAMRAH, EUTM 018973710/EM ASAD Lattafa, EUTM 019077817/EM ANGHAM, EUTM 018981522/EM YARA Lattafa, EUTM 018125528/EM Lattafa, EUTM 019157728/EM Lattafa, EUTM 018975960/EM Fakhar Lattafa, EUTM	 019076871/EM TERIAQ, EUTM 018981370/EMMAYAR Lattafa, EUTM 019149153/EM VICTORIA Lattafa
+EUTM 019077889/EM SEHR LATTAFA, EUTM 019166675/EM ATHEERI Lattafa, REDU 015063449-0002/EM, REDU 015064304-0002/EM,REDU015063647- 0001/EM, REDU 015063684-0002/EM, REDU 015067456-0002/EM, REDU 015094036- 0001/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 009593922/MALIBU BLACK, EUTM 000397125/MALIBU COCONUT ICEPAK, EUTM 010886687/fig./, EUTM 009422916/ MALIBU VIVA, EUTM 010438638/MALIBU SUNSHINE, EUTM 05466131MALIBU SOUND CLASH,  EUTM 09593898/MALIBU RED, EUTM 000497651 MALIBU LIME, EUTM 008591737 MALIBOOM BOOM, EUTM 009650037 MALIBU FRESH, 011159597/ MALIBU SUNDAE, EUTM 000396994 MALIBU LIME ICEPAK, EUTM 004101887/MALIBU Chill, REDU 00047720- 0001/EM, EUTM	009467771/EM MALIBU COCKTAILS,EUTM 010467017/ EM MALIBU SUNSHINE, EUTM	009480948/EMMALIBU CREATIONEUTM 011966546/MALIBU,  EUTM 010467017/MALIBU SUNSHINE, EUTM 000940734/MALIBU, EUTM 000940700/MALIBU, EUTM 009670043/MALIBU, EUTM 000756940, EUTM 09467771/MALIBU COCKTAILS, EUTM 009467689/MALIBU COCKTAILS CARIBBEAN COSMO SPIRIT OF THE CARIBBEAN, EUTM 009467812/ MALIBU COCKTAILS ISLAND PUNCH SPIRIT OF THE CARIBBEAN, EUTM 009467721/MALIBU COCKTAILS MELON MARGARITA SPIRIT OF THE CARIBBEAN, EUTM 009467655/ MALIBU COCKTAILS TROPICAL CAIPIRINHA SPIRIT OF THE CARIBBEAN, EUTM 009593971/MALIBU WHITE, EUTM 000418384 /MALIBU,  EUTM 000886689/MALIBU, EUTM 008604753/MALIBU, EUTM 010886761/MALIBU COCKTAILS RUM PUNCH, EUTM 008591976/RADIO MALIBOOM BOOM, EUTM 010038131/MALIBU COCKTAILS CARIBBEAN COSMO, EUTM 010038172/MALIBU COCKTAILS RUM PUNCH, EUTM 010038206 MALIBU COCKTAILS MELON MARGARITA, EUTM 010038248/MALIBU COCKTAILS TROPICAL MOJITO, EUTM 011618485/MALIBOOTH, EUTM 011937133/MALIBU, EUTM 011159597/MALIBU SUNDAE, REDU 002034108-0001, REDU 002034108-0002, REDU 002034108-0003, REDU 002034108-0004 
+</t>
+  </si>
+  <si>
+    <t>REDU 002952846-0001/EM, REDU 002952846-0002/EM</t>
+  </si>
+  <si>
+    <t>REDU 001856873-0001/EM,EUTM 013124491/EMPARA'KITO, REDU 001856949-0001/EM, REDU 004013472-0001/EM, EUTM 018863065/EM parakito</t>
+  </si>
+  <si>
+    <t>REDU 015033609-0001/EM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 000613294-0001/EM, REDU 000613294-0002/EM, REDU 000727672-0001/ EM, REDU 002962696-0001/EM, EUTM 018759860/EM YSL, EUTM 018151332/EM YSL, ITM 1564759/WO YVESSAINTLAURENT, ITM 1462558/WO YVES SAINT LAURENT, EUTM 018151341/EM YVES SAINT LAURENT, EUTM 018759862/EM YVES SAINT LAURENT (Stylized), YVESSAINTLAURENT, EUTM 006845713/EM YSL, EUTM 018152561/EM YSL, EUTM 008194953/EM YSL LOVER, EUTM 018597534/EM SAINT LAURENT, EUTM 008192379/EM YSL CUIR NOIR, ITM 1461992/WO SAINT LAURENT RIVE DROITE,EUTM 018759861/EM SAINT LAURENT
+ITM 1462603/WO SAINT LAURENT	, EUTM 010217883/EM YVES SAINT LAURENT MUSE, EUTM 018152565/EM rive gauche,EUTM 017892658/EM
+EUTM 018862509/EM SAINT LAURENT high, ITM 1567626/WO SAINT LAURENT PARIS, ITM 1462341/WO SAINT LAURENT RIVE DROITE	
+ITM 1462618/WO YSL, EUTM 009417148/EM YSL, EUTM 009416108/EM YSL, REDU 000979521-0001/EM, REDU 003536564-0003/EM, REDU 002933572- 0002/EM	, REDU 002746891-0002/EM, EUTM 011445947/EM SAINT LAURENT PARIS, EUTM 014627434/EM SAINT LAURENT PARIS, ITM 1305523/WO SAINT LAURENT PARIS, EUTM 011445905/EM SAINT LAURENT, EUTM 009416116/EM YvesSaintLaurent, REDU 001175871- 0001/EM, REDU 001263859-0001/EM, REDU 002615880-0004/EM, REDU 002615880-0001/EM	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 008799746-0001/EM, REDU 015059681-0001/EM, EUTM 017881103/EM 24 BOTTLES HYDRATION BY DESIGN, EUTM 018039780/EM MAMAWATA, REDU 004153310-0001/EM, REDU 006260238-0001/EM, REDU 006693784-0001/EM, REDU 006693784-0002/EM, REDU 006693784-0003/EM	</t>
+  </si>
+  <si>
+    <t>REDU 015042407-0001/EM, REDU 015073450-0002/EM, REDU 015073450- 0003/EM, REDU 015073450-0001/EM</t>
   </si>
   <si>
     <t>ICD D083953-0007/WO, ICD D083953-0006/WO, ICD D083388-0003/WO	
 ICD D083388-0004/WO, ICD D083388-0002/WO, ICD D083388-0001/WO	
 ICD D082924-0006/WO, EUTM 001573278/EM, EUTM 018102792/EM BVLGARI ALLEGRA, EUTM 018607734/EM SERPENTI, EUTM 017376906/EM MAN WOOD ESSENCE, EUTM 018885600/EM BVLGARI OCTO, EUTM 018909154/EM BVLGARI, EUTM 018665921/EM, EUTM 018656959/EM, ICD D079879-0003/WO, ICD D079879-0012/WO, ICD D079879-0011/WO, ICD D079879-0002/WO, ICD D079879-0009/WO	
 ICD D079879-0001/WO, ICD D079879-0010/WO, ICD D079127-0001/WO	
 ICD D073965-0001/WO, ICD D072812-0005/WO, ICD D072812-0006/WO	
 ICD D072812-0001/WO, ICD D072812-0004/WO, ICD D072812-0003/WO	
 ICD D072812-0002/WO, ICD D086277-0006/WO, ICD D085804-0003/WO	
 ICD D085804-0002/WO, ICD D086277-0003/WO, ICD D086277-0001/WO	
-ICD D086267-0001/WO, ICD D083953-0003/WO, ICD D083953-0008/WO, EUTM 8633695 BVLGARI JASMIN NOIR, EUTM 012136404 BVLGARI LE GEMME, EUTM 002433555/3D TRADEMARK, EUTM 001510866 BVLGARI, CDR 000218425-0001, EUTM 000586289 SOLOTEMPO, EUTM 3749496 BVLGARI, EUTM 8926941BVLGARI, EUTM 001573278, EUTM  012460408  AQVA AMARA</t>
-[...56 lines deleted...]
-EUTM 005790233/EM F-91W, EUTM 005805254/EM WR, EUTM 018105584/EM PROTECTION, ITM 1158920/WO EDIFICE,ITM 1156284/WO Baby-G, ITM 1059178/WO SHOCK RESIST
+ICD D086267-0001/WO, ICD D083953-0003/WO, ICD D083953-0008/WO, EUTM 8633695 BVLGARI JASMIN NOIR, EUTM 012136404 BVLGARI LE GEMME, EUTM 002433555/3D TRADEMARK, EUTM 001510866 BVLGARI, REDU 000218425-0001, EUTM 000586289 SOLOTEMPO, EUTM 3749496 BVLGARI, EUTM 8926941BVLGARI, EUTM 001573278, EUTM  012460408  AQVA AMARA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 7442361 DURALEX, EUTM 8253271 VERECO, EUTM 10372861 PICARDIE, EUTM 13870506 OVENCHEF, EUTM 15283567  DURALEX depuis 1945 MADE IN FRANCE, UEUD 1976846-0001, UEUD 2691105-0001 
 </t>
   </si>
   <si>
-    <t>pulksteņi, svārsta pulksteņi, elektroniskie mūzikas instrumenti</t>
-[...162 lines deleted...]
-    <t>apģērbs, lietus plēves, mugursomas, kosmētika, auskari smaržas, šalles, kabatlakatiņi, somas, cepures, apavi u.c.</t>
+    <t>EGIP PDO-FR-0993 Jambon sec de Corse / Jambon sec de Corse - Prisuttu	
+EGIP PDO-FR-0992Coppa de Corse / Coppa de Corse - Coppa di Corsica
+EGIP PDO-FR-0994Lonzo de Corse / Lonzo de Corse - Lonzu</t>
+  </si>
+  <si>
+    <t>EGIP 10000000 AOP PIMENT D’ESPELETTE EN ENTIER FRAIS, CORDE DE PIMENT D’ESPELETTE, POUDRE DE PIMENT D’ESPELETTE</t>
+  </si>
+  <si>
+    <t>EUTM 012479598/EM ART OF NATURE MASTIHA, EUTM 012479689/EM MASTIHA SHOP, EUTM 004175089/EM mastihashop VOYAGE TO THE EAST MEDITERRANEAN THE CHIOS MASTIHA GROWERS ASSOCI ATION, EUTM 004175063/EMΕΝΩΣΗ ΜΑΣΤΙΧΟΠΑΡΑΓΩΓΩΝ ΧΙΟΥ,	
+EGIP Mastiha Chiou, EGIP Mastihelaio Chiou, EGIP Tsikla Chiou, ITM 900845/WO ELMA</t>
+  </si>
+  <si>
+    <t>EGIW PDO-FR-A1359 Vin de Champagne</t>
+  </si>
+  <si>
+    <t>EGIW PDO-FR-A0144 Châteauneuf-du-Pape</t>
+  </si>
+  <si>
+    <t>EGIW PDO-FR-A0186 Barsac, EGIW PDO-FR-A0712 Blaye, EGIW PDO-FR-A0821 Bordeaux, EGIW PDO-FR-A0686 Cadillac, EGIW PDO-FR-A092 Canon Fronsac, EGIW PDO-FR-A0987 Côtes de Bordeaux, EGIW PDO-FR-A0306 Bordeaux supérieur, EGIW PDO-FR-A0668 Cérons, EGIW PDO-FR-A0271 Côtes de Blaye, EGIW PDO-FR-A0707 Côtes de Bordeaux-Saint-Macaire
+EGIW PDO-FR-A0828 Bourg / Côtes de Bourg / Bourgeais	, EGIW PDO-FR-A0488 Crémant de Bordeaux, EGIW PDO-FR-A0406 Entre-deux-Mers, EGIW PDO-FR-A1103 Fronsac, EGIW PDO-FR-A0927Graves de Vayres, EGIW PDO-FR-A1012 Graves, EGIW PDO-FR-A1014 Graves supérieures,EGIW PDO-FR-A0710 Haut-Médoc, EGIW PDO-FR-A0171 Lalande-de-Pomerol, EGIW PDO-FR-A0276 Listrac-Médoc, EGIW PDO-FR-A0170 Loupiac, EGIW PDO-FR-A1200 Lussac Saint-Emilion, EGIW PDO-FR-A0329 Margaux,EGIW PDO-FR-A0730 Médoc, EGIW PDO-FR-A0990 Montagne-Saint-Emilion,EGIW PDO-FR-A0731 Moulis / Moulis-en-Médoc, EGIW PDO-FR-A0713 Pauillac,EGIW PDO-FR-A0162 Pessac-Léognan, EGIW PDO-FR-A0273 Pomerol, EGIW PDO-FR-A0274 Premières Côtes de Bordeaux,EGIW PDO-FR-A0992 Puisseguin Saint-Emilion, EGIW PDO-FR-A0988 Saint-Emilion, EGIW PDO-FR-A0993 Saint-Emilion Grand Cru, EGIW PDO-FR-A0178 Saint-Estèphe, EGIW PDO-FR-A0991 Saint-Georges-Saint-Emilion, EGIW PDO-FR-A0500 Saint-Julien
+EGIW PDO-FR-A0714 Sainte-Croix-du-Mont, EGIW PDO-FR-A0407 Sainte-Foy-Bordeaux, EGIW PDO-FR-A0819 Sauternes</t>
+  </si>
+  <si>
+    <t>EGIW PDO-IT-A1399 Barbaresco, EGIW PDO-IT-A1389 Barolo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EGIS  10338287 </t>
+  </si>
+  <si>
+    <t>*ar 2025.gada 16.oktobri tiek piemērotas šādas aizsardzības veidu abrievatūras:</t>
+  </si>
+  <si>
+    <t>•	CDR uz REUD (Registered European Union design)
+•	CDU uz UEUD (Unregistered European Union design)
+•	CGIP uz EGIP (Geographical indication for agricultural products)
+•	CGIW uz EGIW (Geographical indication for wine)
+•	CGIS uz EGIS (Geographical indication for spirit drinks)
+•	CGIL uz EGIL (Geographical indication as listed in Agreements between the Union and third countries)
+•	CGIA vairs nepastāv un pieder EGIP kategorijai (Geographical indication for aromatised drinks based on wine products)
+•	CIGI ir jauns veids, kas ieviests ar jauno tiesisko regulējumu (Geographical indication for craft and industrial products)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM12347381/Megared, EUTM 11590247/Megared, EUTM 12207528/Megared, EUTM 12207429/Megared, EUTM 11590486/Megared, EUTM 12098257/MegaRojo, EUTM 12098356/MegaRood, EUTM 12098315/MegaRosso, EUTM 12098414/MegaRouge, EUTM 11858958/PowerRed, EUTM 11945607/SmartMega, EUTM 11945541/Mega03 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 015921422 ca, EUTM 012734571CATRICE , EUTM 012863254 CATRICE, EUTM 009173221 CATRICE, EUTM 005430939 catrice, EUTM 015921422 CA, EUTM 012734571 CATRICE, EUTM 018675482 CATRICE COSMETICS HD LIQUID COVERAGE FOUNDATION 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 000291823 OMNIC, EUTM 011935046 OMNIC TOCAS
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 014412951 DAVIDOFF Cool Water, EUTM 014297048 DAVIDOFF Cool Water, ITM 1788437 DAVIDOFF COOL ELIXIR, ITM 490202ZINO,  ITM 490202 ZINO, ITM 467511 ZINO DAVIDOFF, ITM 968340 SILVER SHADOW PRIVATE, ITM 930604, ITM 857686 DAVIDOFF, ITM 942330 DAVIDOFF ADVENTURE, EUTM 003788767, ITM 1020705 DAVIDOFF CHAMPION, ITM 1068031, ITM 977631 HOT WATER, ITM 1459417 Cool Water, ITM 1445248 DAVIDOFF RUN WILD, ITM 1345267 DAVIDOFF COOL WATER WAVE, ITM 1303865 DAVIDOFF HORIZON, ITM 1153295 DAVIDOFF THE GAME, ITM 761286 COOL WATER, ITM 467510 DAVIDOFF    
+</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">                                                                                                      </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>ICD D075046-0001/WO, EUTM 018518955/EM DOPPER,  EUTM 018549415/EM DOPPER, EUTM 018519790/EM  DOPPER, EUTM 017898526/EM, EUTM 011701448/EM DOPPER, EUTM011701372/EM DOPPER</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 003492568/EM LIFA, EUTM 012606034/EM MUSTO, EUTM 000821983/EM HPX, EUTM 000906552/EM MUSTO,EUTM 000478693/EM H H HELLY HANSEN, EUTM 000335950/EM MPX, EUTM 011767415/EM MUSTO, ITM 1185665/WO HH HELLY HANSEN, EUTM 003823036/EM
+EUTM 001642768/EM MUSTO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 008566176/EM OREO, EUTM 000129577/EM OREO, EUTM 008640658/EM OREO, EUTM 009707613/EM belVita,EUTM 008747347/EM OREO, EUTM 010462877/EM OREO ORIGINAL, EUTM 004112835/EM BELVITA 
+ </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>POLLINI</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve"> S.p.A. </t>
+    </r>
+  </si>
+  <si>
+    <t>Preces apraksts (satur ierobežotas pieejamības informāciju)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REUD 015105546-0002/EM, REUD 015105546-0001/EM	</t>
+  </si>
+  <si>
+    <t>MONTANA FURNITURE A/S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">mēbeles, galdi, mēbeļu plaukti, metāla skapīši, vitrīnu skapīši, naktsskapīši,skapji u.c. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 008668297-0010/EM, REDU 008668297-0007/EM, REDU 008668297- 0002/EM, REDU 008668297-0005/EM, REDU 008000343-0001/EM, REDU 008364756-0001/EM, EUTM 018194534/EM V-MAG,REDU 008668297-0004/ EM, REDU 004697316-0001/EM, REDU 004696821-0001/EM, REDU 004696847- 0001/EM, REDU 008668297-0003/EM, REDU 008668297-0008/EM, REDU 008668297-0006/EM, REDU 008668297-0009/EM, REDU 008668297-0001/EM, REDU 008668297-0011/EM	</t>
+  </si>
+  <si>
+    <t>EUTM 009150244/EM MINIBANDA	, EUTM 008895492/EM, EUTM 012208955/EM SARABANDA, EUTM 004491321/EM MINIBANDA	
+EUTM 008640211/EM SARABANDA, EUTM 008844391/EM MINIBAND	
+EUTM 008640351/EM SARABANDA, EUTM 001152503/EM SARABAN	
+EUTM 017979912/EM SARABANDA IL BELLO ITALIANO FATTO BENE
+EUTM 017979917/EM SARABANDA ECCELLENZA ITALIANA</t>
+  </si>
+  <si>
+    <t>šalles, kabatlakatiņi, somas, cepures, jostas  apģērbi, lietusmēteļi, mugursomas, kosmētika, auskari, smaržas u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 013880471 Michael Jackson, EUTM 015755309 Michael Jackson	
+EUTM 016791097 BAD 25, EUTM 019219056 MJ,EUTM 008430531 King of Pop, EUTM 008404873 KING OF POP THE SHOW, EUTM 008526171 MICHAEL JACKSON, EUTM 008541971 KING OF POP,EUTM 008563371 THRILLER, EUTM 008784341 KING OF POP, EUTM 010058402
+EUTM 010380335 KING OF POP</t>
+  </si>
+  <si>
+    <t>Triumph International LLC</t>
+  </si>
+  <si>
+    <t>mūzikas ieraksti, zvanu melodijas un grafika mobilajiem tālruņiem u.c.</t>
+  </si>
+  <si>
+    <t>ITM 1588091, ITM 1586503 BELLROY, ITM 1280802 bellroy, ITM 1280298 BELLROY, ITM 1280342, ITM 1120804 BELLROY</t>
+  </si>
+  <si>
+    <t>BELLROY PTY LTD</t>
+  </si>
+  <si>
+    <t>EUTM  014676209 LA ROCHE-POSAY LABORATOIRE DERMATOLOGIQUE,REDU 000296462-0001/EM, EUTM018057035/ EMANTHELIOS, EUTM 018055998/EM LIPIKAR</t>
+  </si>
+  <si>
+    <t>EUTM 018523205/EM BRENTFORD FOOTBALL CLUB 1889	
+EUTM 018523203/EM BRENTFORD FC</t>
+  </si>
+  <si>
+    <t>BRENTFORD FC LIMITED</t>
+  </si>
+  <si>
+    <t>sporta apģērbs, šalles, fanu klubi</t>
+  </si>
+  <si>
+    <t>EUTM 019049709/EM NOTTINGHAM FOREST, EUTM 019049710/EM FOREST</t>
+  </si>
+  <si>
+    <t>NOTTINGHAM FOREST FOOTBALL CLUB LTD</t>
+  </si>
+  <si>
+    <t>                                                                       Kopsavilkums par VID Muitas pārvaldē saņemtajiem pieprasījumiem par intelektuālā īpašuma aizsardzību</t>
+  </si>
+  <si>
+    <t>apģērbi, smaržas, smaržvielas u.c.</t>
+  </si>
+  <si>
+    <t>kases aparāti, elektroniskie svari, aparāti banknošu autentiskuma pārbaudei, banknošu skaitīšanas iekārtas, rēķināšanas mašīnas, optisko disku un svītrkodu lasītāji, printeri izmantošanai ar datoriem, kartes ar mikroprocesoriem, biroja piederumi u.c.</t>
+  </si>
+  <si>
+    <t>atmiņas spēles, pārtikas preču iepirkumu maisiņi, dekoratīvie magnēti, magnētu logotipu dizains t-krekliem, piespraudes u.c.</t>
+  </si>
+  <si>
+    <t>kukaiņu kodumu ziede, nedaudz lielāka par lūpu krāsu, izgatavota no baltas plastmasas</t>
+  </si>
+  <si>
+    <t>apgaismošanas ierīces un iekārtas, griestu lampas, stāvlampas, spuldzes, kontaktligzdas, abažūra turētājs, lampu pakarināmās ierīces, elektriskās izlādes caurules,atstarotāji, gaismas sadalītājs u.c.</t>
+  </si>
+  <si>
+    <t>apģērbs, galvassegas, preparāti balināšanai un citas veļas vielas, preparāti tīrīšanai, pulēšanai, attaukošanai un noberšanai, ziepes, parfimērijas izstrādājumi, ēteriskās eļļas, kosmētika, matu losjoni, zobu pastas;apakšveļa, zeķes, cimdi,  apavi, apavu zoles, krēmi, pastas, vaski, kondicionieri, pulēšanai, tīrīšanai un aizsardzībai no lietus, apavu tīrīšanas lupatiņas,  sukas, apavu maisiņi u.c.</t>
+  </si>
+  <si>
+    <t>metāla automašīnu nozīmītes,
+galda piederumi, dakšiņas un karotes, kabatas nazis,
+automašīnas atslēga,
+alus paliktņi u.c.</t>
+  </si>
+  <si>
+    <t>digitālās kameras, svari, sporta brilles, saulesbrilles, brilles; dzīvības glābšanas ierīces un aprīkojums, glābšanas vestes, pludiņi drošības nolūkos elektriskās baterijas, bezvadu skaļruņi,  audio uztvērēji, elektriskie audio, video aparāti un instrumenti,   kosmētika,ādas kopšanas līdzekļi,  vannas un dušas līdzekļi, skūšanās,  sauļošanās līdzekļi,smaržas lietošanai mājās zīdaiņu losjoni,  bērnu eļļas, nemedicīniski bērnu krēmi, šampūni mājdzīvniekiem u.c</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   elektroniskas, digitālas un rokas ierīces ar to saistītā programmatūra,  telekomunikāciju aparāti un instrumenti,  juvelierizstrādājumi, bižutērija, sienas pulksteņi, pulksteņi personīgai lietošanai,  izsmalcināti atslēgu piekariņi, pulksteņu vai juvelierizstrādājumu futrāļi, dārgmetālu kastes un konteineri,  to daļas un piederumi.</t>
+  </si>
+  <si>
+    <t>galda piederumi, skuvekļi, žiletes,matu griešanas mašīnas, matu trimmeri, šķēres, nagu vīles,  atsperu knaibles, manikīra un pedikīra aprīkojums, aparāti higiēnas nolūkiem un skaistumkopšanai u.c.</t>
+  </si>
+  <si>
+    <t>augu aromatizētāji dzērieniem, ēteriskās eļļas dzērieniem, ar aromatizētājiem pildītas kapsulas, dzeršanas trauki, glāzes un krūzes, pudeles, dzeramais salmiņš; uzpildāmās garšas kapsulas,   
+dzērienu aromatizētāji [izņemot ēteriskās eļļas], preparāti dzērienu pagatavošanai</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ādas izstrādājumi, jostas, apavi,  cimdi, ceļojumu somas, aksesuāri </t>
+  </si>
+  <si>
+    <t>EUTM 006028914/EM Dettol, EUTM 006029078/EM,EUTM 008962094/EM
+EUTM 003033842/EM DETTOL,EUTM 009153511/EM DETTOL
+EUTM 013784962/EM, EUTM 018049358/EM Dettol,EUTM 018048871/EM Dettol</t>
+  </si>
+  <si>
+    <t>mobilie tālruņi, mobilo tālruņu somas, brīvroku austiņas mobilajiem tālruņiem, mobilo tālruņu brīvroku komplekti,  turētāji, kabeļa adapteri u.c.</t>
+  </si>
+  <si>
+    <t>ķirurģijas, medicīnas, zobārstniecības un veterinārijas aparāti un instrumenti, mākslīgās ekstremitātes, acis un zobi, ortopēdiskie izstrādājumi, šuvju materiāli, terapeitiskās un palīgierīces, kas paredzētas cilvēkiem ar invaliditāti, masāžas aparāti, bērnu aprūpes aparāti, ierīces un priekšmeti, aparāti, ierīces un priekšmeti seksuālām darbībām,  juvelierizstrādājumi,  pulksteņi, apģērbi, apavi, galvassegas, mājsaimniecības vai virtuves piederumi,galda piederumi, dakšiņas un karotes, skuvekļi tīrīšanas iekārtas,  mājsaimniecības veļa, tekstila vai plastmasas aizkari, paklāji, paklājiņi, paklājiņi, linolejs un citi grīdas segumi, netekstila sienas tapetes, spēles rotaļlietas, videospēļu aparāti, vingrošanas un sporta preces, rotājumi, kafija, tēja, kakao un mākslīgā kafija, rīsi, tapioka un sāgo,milti un graudaugu izstrādājumi, maize, konditorejas izstrādājumi, pārtikas ledus, cukurs, medus, melases sīrups,  raugs, cepamais pulveris, sāls, sinepes, etiķis, mērces [garšvielas], saldējums, alkoholiskie dzērieni, alus, minerālūdeņi un gāzētie ūdeņi un citi bezalkoholiskie dzērieni, augļu dzērieni un augļu sulas, sīrupi, tabaka, mēķētāju preces, sērkociņi, preparāti putekļu uzsūkšanai, mitrināšanai un saistīšanai, sveces un daktis apgaismošanai u.c.</t>
+  </si>
+  <si>
+    <t>tabaka un smēķēšanas izstrādājumi, mitrinātāji, tabakas aizstājēji, tabakas grauzdētāji, tabakas dzesēšanas iekārtas cigāru griezējs, cigāri, pelnu trauki smēķētājiem, elektriskie sildītāji, elektriskie sildīšanas pavedieni, tvaika ģenerēšanas ierīces,  elektroniskās cigaretes, elektronisko cigarešu kasetnes, kociņi elektronisko cigarešu tīrīšanai un dezinfekcijai, elektroniskie cigarešu tīrīšanas līdzekļi, elektronisko cigarešu tīrīšanas birstes,  spilventiņi elektronisko cigarešu tīrīšanai u.c.</t>
+  </si>
+  <si>
+    <t>mājsaimniecības vai virtuves piederumi un trauki, neapstrādāts vai daļēji apstrādāts stikls, izņemot stiklu, ko izmanto celtniecībā, stikla, porcelāna un māla trauki,  juvelierizstrādājumi, bižutērija, pulksteņi  hronometriskie instrumenti, apģērbi, apavi, galvassegas, mēbeles, spoguļi, rāmji, konteineri  uzglabāšanai vai transportēšanai kauls, rags, vaļa bārkstis  neapstrādāta vai pusfabrikāta; čaumalas, jūras putas, dzintars, rokas darbarīki un instrumenti, galda piederumi, dakšiņas un karotes; pistoles, izņemot šaujamieročus, skuvekļi,grāmatu iesiešanas izstrādājumi; fotogrāfijas, kancelejas preces un biroja piederumi, līmes  kancelejas vai mājsaimniecības vajadzībām u.c.</t>
+  </si>
+  <si>
+    <t>juvelierizstrādājumi, piespraudes,  saktas,  brošas, aproču pogas, nozīmītes no dārgmetāla,  auduma, papīra u.c.</t>
+  </si>
+  <si>
+    <t>juvelierizstrājumi, korsetes, apģērbi, jakas, smokingi, šalles apakšveļa,  pulksteņi, saulesbrilles,atslēgu piekariņi,  gredzeni, ādas atslēgu piekariņi u.c.</t>
+  </si>
+  <si>
+    <t>tālvadības automašīnas,u.c.</t>
+  </si>
+  <si>
+    <t>medikamenti,  farmaceitiskie produkti</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> sadzīves tehnika, elektriskas virtuves ierīces un ierīces pārtikas apstrādei un pārstrādei,presēšanas mašīnas, atkritumu iznīcināšanas aparāti, ieskaitot atkritumu savācējus, atkritumu preses, rokas darbarīki, galda piederumi, skuvekļi, matu griešanas mašīnas,  grieznes,  manikīra piederumi, nagu šķēres,vīles u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">tālvadības pultis  viedām mājas ierīcēm u.c. </t>
+  </si>
+  <si>
+    <t>velosipēdi, sauszemes transportlīdzekļi ar pedāļu piedziņu, izņemot riepas un riteņus velosipēdu rāmji; stūres un velosipēdu stūres kāti, segli, sēdekļu balsti u.c.</t>
+  </si>
+  <si>
+    <t>EUTM  000000472 Sony, ITM  978971 Sony, ITM  1194843 A Sony, EUTM 005335518/EM, EUTM 005335575/EM</t>
+  </si>
+  <si>
+    <t>apģērbs,apavi, galvassegas,somas u.c.</t>
+  </si>
+  <si>
+    <t>pakas, ko  sūta  pa pastu,  ir marķētas ar oriģinālo nosaukumu “Zalando”</t>
+  </si>
+  <si>
+    <t>smaržas, bižutērija,audumi
+vāciņi tālruņiem un planšetdatoriem,
+grafiskie simboli, apģērbi, apavi, somas u.c.</t>
+  </si>
+  <si>
+    <t>ķermeņa un skaistumkopšanas līdzekļi,tualetes ūdeņi,smaržas, odekoloni u.c.</t>
+  </si>
+  <si>
+    <t>brilles, kosmētikas izstrādājumi, apģērbi,apavi, somas,cepures, rotaslietas u.c.</t>
+  </si>
+  <si>
+    <t>pusvadītāji, integrētās shēmas un neierakstīti elektroniski datu nesēji; pusvadītāju ierīces, proti, digitālās, analogās, interfeisa un jauktas signālu shēmas, mikroshēmas, iespiedshēmas plates u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> konditorejas izstrādājumi, šokolāde,deserti, saldējums u.c.</t>
+  </si>
+  <si>
+    <t>metāla baloni, kapsulas, pudeles, krējuma kārtridži un tvertnes gāzei, cilindri, un konteineri kriogēnām gāzēm u.c</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> slīpmašīnas, instrumenti,to daļas u.c.</t>
+  </si>
+  <si>
+    <t>getras zirgiem,
+zirgu paklāji</t>
+  </si>
+  <si>
+    <t>gaisa spilveni automašīnām motocikli,  elektrības ģenerators u.c.</t>
+  </si>
+  <si>
+    <t>ķīmisko un neķīmisko vielu filtrēšanas līdzekļi, rūpnieciskās eļļas un smērvielas; motoreļļa, transmisijas eļļa; smērvielas; putekļu noņemšanas līdzekļi,dzelzs izstrādājumi un nelieli metāla izstrādājumi; metāla izstrādājumi, jo īpaši celtniecības materiāli,būvelementi, cisternas, tvertnes, konteineri, transportēšanas preces, uzglabāšanas preces, iepakojums, mehāniskās iekārtas celtniecībai, zemes rakšanai, drupināšanai, jaukšanai, apstrādei, ieguvei un lauksaimniecība, sūkņi, kompresori, ģeneratori un ventilatori, roboti, pārvietošana un apstrāde aprīkojums, bagāžas, somas, kabatas portfeļi un citi nesēji, mugursomas, apģērbs, apavi, galvassegas, spēles, rotaļlietas, sporta preces un aprīkojums, smēķētāju preces,  šķiltavas,pelnu trauki,  sērkociņi u.c.</t>
+  </si>
+  <si>
+    <t>hermētiķi,  hermētiķu noņēmēji, blīves un hermētiķu komplekti</t>
+  </si>
+  <si>
+    <t>briļļu lēcas, saulesbriļļu lēcas, optiskās brilles, oftalmoloģiskā stikla lēcas, optiskās lēcas,oftalmoloģiskās lēcas</t>
+  </si>
+  <si>
+    <t>briļļu lēcas, saulesbriļļu lēcas, optiskās brilles, oftalmoloģiskā stikla lēcas, optiskās lēcas,oftalmoloģiskās lēcas, kino lēcas</t>
+  </si>
+  <si>
+    <t>apģērbs, rotaļlietas, kancelejas preces, svārsta pulksteņi, vannas halāti, bērnu lietussargi,  ballīšu baloni, papīra ballīšu dekorācijas, ballīšu ielūgumi, svētku rakstāmpiederumi, papīra ballīšu piederumi, vannas rotaļlietas, ērnu albumi, bērnu pārtika (zīdaiņiem), bērnu dvieļi, plastmasas ballīšu cepures u.c.</t>
+  </si>
+  <si>
+    <t>skaņas pastiprinātāji,  elektriskās kontroles aprīkojums, skaņu atjaunošana aparatūras instrumentiem, apgaismošanas sistēmas, ģitāras,  ģitāru stīgas, mūzikas instrumenti</t>
+  </si>
+  <si>
+    <t>Audio ierīces</t>
+  </si>
+  <si>
+    <t xml:space="preserve">jaudas pārvades siksnas sauszemes transportlīdzekļu dzinējiem, gumijas transmisijas siksnas  transportlīdzekļiem, sauszemes transportlīdzekļu transmisijas elementi, sauszemes transportlīdzekļu zobsiksnu spriegošanas ierīces,jostu spriegotāji, sauszemes transportlīdzekļu dzinēju zobsiksnu spriegošanas ierīces, spriegotāji (ar roku darbināmi instrumenti), metāla kabeļu spriegotāji laivām, piedziņas skriemeļi, skriemeļi,zobsiksnas skriemeļi,siksnu skriemeļi,skriemeļi (mašīnu daļas), transportlīdzekļu dinamo skriemeļi, skriemeļi (metāla aparatūra) u.c. </t>
+  </si>
+  <si>
+    <t>nažu, dakšiņu un karotīšu izstrādājumi, arī no dārgmetāla vai ar sudraba pārklājumu,  juvelierizstrādājumi, dārgakmeņi u.c.</t>
+  </si>
+  <si>
+    <t>somas,mugursomas, portfeļi,nelieli ādas izstrādājumi</t>
+  </si>
+  <si>
+    <t>smaržas, bižutērija,audumi vāciņi tālruņiem un planšetdatoriem, grafiskie simboli, apģērbi,apavi, somas u.c.</t>
+  </si>
+  <si>
+    <t>Tekila</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> somas, kabatas portfeļi, mugursomas, apģērbi, apavi, galvassegas, sporta preces un aprīkojums; vingrošanas izstrādājumi, kas nav ietverti citās klasēs, vingrošanas aprīkojums, pielāgotas somas sporta inventāram u.c.</t>
+  </si>
+  <si>
+    <t>apģērbi, apavi, galvassegas, smaržas, kosmētika, parfimērijas krūzes,dzeramie trauki u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> apavi, apģērbs,  galvassegas juvelierizstrādājumi, bižutērija, pulksteņi, to daļas un piederumi</t>
+  </si>
+  <si>
+    <t>automobiļi, diski, motorizēto transportlīdzekļu riteņi, rotaļu automašīnas, durvis motorizētiem transportlīdzekļiem, stūres transportlīdzekļiem; transportlīdzekļu modeļi, ar tālvadības pulti vadāmi rotaļu transportlīdzekļi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">kopšanas un skaistumkopšanas līdzekļi, kosmētika, tualetes piederumi, ādas kopšanas līdzekļi; mīkstinošs tīrīšanas līdzeklis, kondicionieris, roku un ķermeņa krēms, ķermeņa losjons, dušas želejas, pēdu,  roku krēmi, dienas un nakts krēmi, acu  smaržas, istabas smaržas, sveces, kosmētika, lūpu spīdumi un lūpu mīkstinātāji, gultas un galda pārklāji, apģērbi, apavi, galvassegas,  somas, jostas, tualetes piederumu futrāļi un turētāji u.c. </t>
+  </si>
+  <si>
+    <t>mobilajiem tālruņiem pielāgoti maciņi mugursomas, piezīmju grāmatiņas, rokassīkrotas, interaktīvi spēļu krēsli videospēlēm , cepures u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">mēbeles, spoguļi, gleznu rāmji,kauli, ragi, vaļa bārkstis vai perlamutra, neapstrādāti vai daļēji apstrādāti, čaumalas; jūras putas dzeltens dzintars nemetāliski uzglabāšanas vai transportēšanas konteineri u.c. </t>
+  </si>
+  <si>
+    <t>glābšanas vestes  pašpiepūšamie plosti, kompasi u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">televīzija, izklaides pakalpojumi, televizoru dekoderi, interaktīvie izklaides pakalpojumi, Izklaides programmatūra </t>
+  </si>
+  <si>
+    <t>farmaceitiskie medikamenti, zāles,  preparāti</t>
+  </si>
+  <si>
+    <t>atmiņas spēles,  pārtikas preču iepirkumu maisiņi, dekoratīvie magnēti, magnētu logotipu dizains t-krekliem,  piespraudes u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 002161271/EM LYRICA</t>
+  </si>
+  <si>
+    <t>VIATRIS SPECIALTY LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REUD 001434088-0001/EM, REUD 001218192-0001/EM	</t>
+  </si>
+  <si>
+    <t>THETFORD B.V.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">pārnēsājamās tualetes
+</t>
+  </si>
+  <si>
+    <t>EUTM 005720552/EMGBRACING, ITM 1648643/WOGBRacing</t>
+  </si>
+  <si>
+    <t>LEWIS BANKS LIMITED</t>
+  </si>
+  <si>
+    <t>dzinēja korpusi, transportlīdzekļu daļas, motociklu dzinēji</t>
+  </si>
+  <si>
+    <t>EUTM016728099/EM MDB</t>
+  </si>
+  <si>
+    <t>MDB SRL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">iekrāvēji, kāpurķēžu transportlīdzekļi, ekskavatori </t>
+  </si>
+  <si>
+    <t>EUTM 018846485 HIWIN</t>
+  </si>
+  <si>
+    <t>HIWIN TECHNOLOGIES CORP.</t>
+  </si>
+  <si>
+    <t>rullīšu gultņi, lodīšu skrūves,  piedziņa, mašīnu daļas,  palēnināšanas ierīces, enerģijas ģeneratori, rūpnieciskie roboti, robotu rokas rūpnieciskiem nolūkiem, robotu eksoskeleta tērpi,  rotējoši instrumenti, mašīnu daļas,  eņģes un eņģu daļas bīdāmo slokšņu, plākšņu un vadotņu savienošanai; rotācijas galdi darbgaldiem u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 003922143/EM SKF, EUTM 000147074/EM SKF, EUTM 000146878/EM SKF, EUTM 001725845/EM SKF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">rūpnieciskās eļļas un smērvielas, vaski,  putekļu absorbētāji, mitrinātāji un saistvielas, sveces un daktis apgaismošanai, lauksaimniecības instrumenti, olu inkubējamās mašīnas, tirdzniecības automāti, rokas instrumenti un darbarīki, galda piederumi, skuvekļi  neelektriskie kabeļi un stieples no parastajiem metāliem, mazas datortehnikas un metāla preces, metāla konteineri uzglabāšanai vai transportēšanai, plastmasas loksnes, plastmasas plēve un plastmasas maisiņi iepakošanai un iesaiņošana u.c. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 000314336 P.S.G. PARIS-SAINT-GERMAIN, EUTM 013108411 PARIS SAINT - GERMAIN, EUTM 013508882I CI C'EST PARIS, EUTM 014407753 GOLDEN BARRE, EUTM014968382 MY PARIS SAINT-GERMAIN, EUTM 01394629 8RUSHIN' PARIS, EUTM013975263 #tousparis, EUTM 000313981 PARIS SAINT-GERMAIN 1970 
+ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                                                                                                    EUTM 010913176B, EUTM 003331147B, EUTM 010878593 Brabus, EUTM 007394703 BRABUS, EUTM 002779981 BRABUS
+</t>
+  </si>
+  <si>
+    <t>EUTM 001001312/EM NUROFEN, EUTM 011392461/EM, EUTM 015401847/EM, EUTM 018909997/EM, EUTM 015406374/EM NUROFEN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 000013037, EUTM 007300353 WERKHAUS 
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">elektriskās/elek troniskās ierīces datoriem u.c </t>
+  </si>
+  <si>
+    <t>pulksteņi un hronoloģiski instrumenti, juvelierizstrādājumi,  rotaslietas,apģērbi, galvassegas , šalles, cimdi, zeķes, jostas, apavi,  apavu zoles, zolītes, un citi aksesuāri, rāvējslēdzēji, apavu tīrīšanas un pulēšanas līdzekļi, ugunsdrošais apģērbs, darba bikses, virsvalki, ceļgalu spilventiņi, cietās cepures, aizsargcimdi, aizsargbrilles, rūpniecības apavi, aulesbrilles, austiņas, mobilo tālruņu siksnas, atmiņas kartes, DVD, kompaktdiski, magnētiskie datu nesēji, video kasetes, rūpniecisko apavu zoles un zolītes, instrumentu jostas, instrumentu jostu piederumi,
+somas, somiņas ceļojumu somas, čemodāni, mugursomas, kabatas portfeļi, maki, kancelejas preces un biroja piederumi</t>
+  </si>
+  <si>
+    <t>datoru aparatūra, 
+datorprogrammas, daļas un piederumi, tonera kasetnes, tintes kasetnes printeriem, datoru somas u.c.</t>
+  </si>
+  <si>
+    <t>rotaļlietas,spēles, DVD grāmatas, ieraksti apģērbs u.c.</t>
+  </si>
+  <si>
+    <t>EUTM003095676/EMEARLY SWEET, CPVR 19647</t>
+  </si>
+  <si>
+    <t>svaigas vīnogas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 003530524 TAZO and Design, EUTM 010677516 TAZO, EUTM 005285655 TAZO and Design, EUTM 003528924 TAZOBERRY, EUTM 011456977 TEAVANA, EUTM 015199995 TEAVANA, EUTM 011043395  V and Design, EUTM 011786498 TEAVANA HEAVEN OF TEA and Design, EUTM 012250148 TEAVANA HEAVEN OF TEA and Design, EUTM 002164267 VERISMO, EUTM 010707586 VERISMO, EUTM 010992535 VERISMO, EUTM 012662813 YOUTHBERRY, EUTM 000595975 YUKON BLEND, EUTM 012187167 Design Only EUTM 008864043 Design Only, EUTM 002365500 FRAPPUCCINO, EUTM 003977931 frappuccino and Design, EUTM 004314051 FRAPPUCCINO, EUTM 000598128 GAZEBO BLEND, EUTM 000617233 GOLD COAST BLEND, EUTM 003619475 GUATEMALA CASI CIELO, EUTM 012588828 HACIENDA ALSACIA, EUTM 000595306 INFUSIA, EUTM 005234877 INFUSIA, EUTM 014753461 TEAVANA, EUTM 000572982 STARBUCKS, EUTM 000630657 STARBUCKS, EUTM 004314092 STARBUCKS COFFEE and Design, EUTM 003086014 STARBUCKS COFFEE and Design, EUTM 000175539 STARBUCKS, EUTM 000630673 STARBUCKS, EUTM 001633965 STARBUCKS, EUTM 003319043 STARBUCKS, EUTM 002365732 STARBUCKS, EUTM 003984713 STARBUCKS, EUTM 011198711 STARBUCKS COFFEE and Design, EUTM 005234786  STARBUCKS COFFEE and Design, EUTM 009776667  STARBUCKS AUTUMN BLEND, EUTM 009730359 STARBUCKS BLONDE, EUTM 000564377 STARBUCKS COFFEE and Design, EUTM 000564427 STARBUCKS COFFEE, EUTM 000596163 STARBUCKS COFFEE and Design, EUTM 000689786 STARBUCKS COFFEE and Design, EUTM 001632280  STARBUCKS COFFEE and Design, EUTM 002365534 LIGHTNOTE BLEND, EUTM 004614418 MUAN JAI, EUTM 010260883 MY STARBUCKS REWARDS, EUTM 010272565 ORIGAMI 
+EUTM 003078573 SERENA ORGANIC BLEND 
+</t>
+  </si>
+  <si>
+    <t>Starbucks Corporation</t>
+  </si>
+  <si>
+    <t>kafija, tēja, karstie un aukstie dzērieni (šokolādes dzērieni, kokteiļi), kafijas pupiņas, gatavi  pārtikas produkti (sviestmaizes, salāti,  konditorejas izstrādājumi u.c.), kā arī citas preces, kas paredzētas tirdzniecībai (krūzes, magnēti u.c.)</t>
+  </si>
+  <si>
+    <t>EUTM	002423655/EM	10000001	BENINCA'</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> daudzfunkcionālas tālvadības pultis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM  000290726 SPARCO, EUTM  000290734 SPARCO, EUTM  011360501 SPARCO, EUTM  014424204  </t>
+  </si>
+  <si>
+    <t>SPARCO S.P.A.</t>
+  </si>
+  <si>
+    <t>auto aksesuāri, piederumi</t>
+  </si>
+  <si>
+    <t>EUTM 006469266/EM, EUTM 012107413/EM UNDER ARMOUR	
+EUTM 006474051/EM UNDER ARMOUR, EUTM 018126095/EM, EUTM003458891/EM TURFGEAR, EUTM 018903643/EM SLIPSPEED
+EUTM 015603831/EM UA, EUTM 002852721/EM UNDER ARMOUR	
+EUTM 009538166/EM UA</t>
+  </si>
+  <si>
+    <t>Under Armour, Inc.</t>
+  </si>
+  <si>
+    <t>EUTM 018896935/EM ALO	, EUTM 014528483/EM ALO, EUTM 014528491/EM ALO YOGA, ITM 1867315/WO alo</t>
+  </si>
+  <si>
+    <t>ALO YOGA IRELAND LIMITED</t>
+  </si>
+  <si>
+    <t>EUTM 004086609 NEUMANN, EUTM 018317284 U 87,EUTM 018965969 U 47 fet i, EUTM018317311 TLM 103, EUTM 018317316 TLM 102, EUTM 018846310 Neumann, EUTM 018426079 M 49, EUTM 018317314 KMS 105</t>
+  </si>
+  <si>
+    <t>Georg Neumann GmbH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">elektriskās, elektroakustiskās signalizācijas ierīces, aparāti un instrumenti,  mikrofoni, kabeļi, kabeļu adapteri, statīvi, statīvu savienojumi, mikrofonu kapsulas, mikrofonu kapsulu pagarinātāji, mikrofonstieņi, galda statīvi, mikrofonu grīdas statīvi, mikrofonu slīpuma regulēšanas ierīces, trijkāju savienojumi, mikrofonu "zoskakli", vējstikli, mikrofonu moduļi, mikrofonu sistēmu moduļi, </t>
+  </si>
+  <si>
+    <t>REUD 015121823-0001/EM</t>
+  </si>
+  <si>
+    <t>Chesu Alexandru</t>
+  </si>
+  <si>
+    <t>gaismas diožu (LED) apgaismojuma sistēmas, skatuves apgaismojuma sistēmas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 018336210 Linola sept, EUTM 018334063 Linola sept,  ITM 1594588 Little Lino, ITM 1408697 LINO, EUTM 018425107 Axhidrox, ITM 927667 Dr. Wolff, ITM 985168 Vagisan, EUTM 013272604 Linoseptic,EUTM 005401708 Linola, EUTM 017921711 SafeCup, EUTM 018541945 Linoladiol, EUTM 018056317 EtoPril
+</t>
+  </si>
+  <si>
+    <t>krēmi, šampūni, saules aizsargkrēmi, losjoni, balzami, aerosoli, želejas, kapsulas, losjoni, ziedes</t>
+  </si>
+  <si>
+    <t>EUTM 019108895 HALLI GALLI</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> galda spēles, istabas spēles, kāršu spēles, galda spēles, spēļu kārtis</t>
+  </si>
+  <si>
+    <t>POP MART (SINGAPORE) HOLDING PTE LTD</t>
+  </si>
+  <si>
+    <t>EUTM 015466031, EUTM 003839065 Phallosan</t>
+  </si>
+  <si>
+    <t>Swiss-Tec Global Limited</t>
+  </si>
+  <si>
+    <t>ortopēdiskas un medicīniskas ierīces, jo īpaši stiepšanas ierīces un pagarināšanas ierīces dzimumlocekļa pagarināšanai un dzimumlocekļa iztaisnošanai, arī jostu veidā</t>
+  </si>
+  <si>
+    <t>EUTM019208865/EM GHOSTBOND, EUTM019208866/EM GHOSTBOND CLASSIC, EUTM019208940/EM GHOSTBOND XL, EUT018417380/EM	
+EUTM018072705/EM GHOSTBOND	,EUTM018537506/EM GHOSTBON
+EUTM018072710/EM PROFESSIONAL HAIR LABS, EUTM018273378/EM Professional Hair Labs World Leader in Cosmetic Bonding,EUTM018273383/EM SAFETY FIRST, EUTM018273368/EM SAFETY FIRST</t>
+  </si>
+  <si>
+    <t>Professional Hair Products Limited</t>
+  </si>
+  <si>
+    <t>līmes mākslīgo matu fiksēšanai</t>
+  </si>
+  <si>
+    <t>EUTM  006046445 nawm, EUTM 001665512 VERSUS, EUTM 001665439 VERSACE, EUTM 001665306 /fig./, EUTM 001504703 VERSUS VERSACE /fig./, EUTM 004396636 /fig./, EUTM 004396602, EUTM013031059 Versus Versace</t>
+  </si>
+  <si>
+    <t>GIANNI VERSACE S.R.L.</t>
+  </si>
+  <si>
+    <t>EUTM 009512096 XRLI-ION, EUTM 009512237 XR, EUTM 000541581
+EUTM 000499004, EUTM 000498717, EUTM 002297604, EUTM 000541623
+EUTM 002716843, EUTM 017093121 DEWALT, EUTM 003485893 DEWALT</t>
+  </si>
+  <si>
+    <t>The Black &amp; Decker Corporation</t>
+  </si>
+  <si>
+    <t>elektriskie instrumenti un piederumi mehāniskiem instrumentiem, elektriskie urbji, elektropneimatiskie āmuri, rotējošie āmuri, smilšpapīra slīpmašīnas, elektriskie smilšu strūklu aparāti, ekscentriskā slīpmašīna, disku slīpmašīna, koka lentes slīpmašīnas, pulēšanas diski,  elektriskie zāģi, ripzāģi, finierzāģi, rāmja zāģi, motorzāģi, šķērszāģi, slīpzāģi, galda zāģi, radiālie roku zāģi, ķīmiskie izstrādājumi,  līmvielas, līmes, sveķi, hermētiķi, saistvielas un epoksīda līmvielas, ķīmiskie enkuri, vinilestera sveķi, poliestera sveķi, līmējošie enkuri, gāzes izmantošanai instrumentos, pulveris izmantošanai instrumentos, vielas iepriekš minēto preču iznīcināšanai,  metāla caurules,Izolācijas dībeļi, Instrumenti sienas enkuru atvēršanai, instrumentu turētājs, instrumentu izgrūdēji u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 008511727 tiptoi, EUTM 007205057, EUTM 005198395 Lotti Karotti
+EUTM 003704871 Ravensburger, EUTM 002738722 Ravensburger, REUD 004667988-0005, REUD 004667988-0009, REUD 004667988-0010, REUD 004667988-0011, REUD 004667988-0016, REUD 006085569-0003, REUD 007560024-0009, REUD 004679884-0003, REUD 008072888-0001, REUD 005248150-0001, REUD 002603878-0001, EUTM 017982703 Funny Bunny	
+EUTM 016463267 BRIO, EUTM 016396517 Gravitrax, EUTM 014915061 Ravensburger, EUTM 012611191 Penguin Pile-Up, EUTM 008647241	</t>
+  </si>
+  <si>
+    <t>Ravensburger AG</t>
+  </si>
+  <si>
+    <t>bērnu pudelītes,zīdaiņu knupīši, āda un mākslīgā āda, tekstilizstrādājumi, apģērbs, apavi, galvassegas,spēles un rotaļlietas u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 011851425/EM PINKO, ITM 1414319/WO PINKO</t>
+  </si>
+  <si>
+    <t>CRIS CONF. S.P.A.</t>
+  </si>
+  <si>
+    <t>kosmētika, apģērbs, apavi, galvassegas, somas, juvelierizstrādājumi, u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 000784389 /fig./</t>
+  </si>
+  <si>
+    <t>August Storck KG</t>
+  </si>
+  <si>
+    <t>šokolādes konfektes</t>
+  </si>
+  <si>
+    <t>EUTM 000554543/EM CHRISTOFLE	, EUTM 018788213/EM Christofle	
+EUTM 018788089/EM OC CHRISTOFLE ORFEVRERIE A PARIS DEPUIS 1830</t>
+  </si>
+  <si>
+    <t>ORFEVRERIE CHRISTOFLE</t>
+  </si>
+  <si>
+    <t>galda piederumi</t>
+  </si>
+  <si>
+    <t>REDU 002640482-0001, REDU 002665810-0001, REDU 002172031-0001, EUTM 000120741 Kawasaki /fig./, EUTM 004111175 K /fig./, EUTM 004111191 K /fig./, EUTM 000202424 JET SKI /fig./, EUTM 004122611 KAWASAKI RACING TEAM, EUTM 000091314 KRT, EUTM 004140422 K-CARE, EUTM 004140406 LET THE GOOD TIMES ROLL, EUTM 004112314 Ninja /fig./, EUTM 000120808 MULE, EUTM 5158076 Versys, EUTM 011970746 Z, ITM 1174588 Z, ITM 1209296 Kawasaki, ITM 1213482 K Kawasaki, EUTM 004111118 K Kawasaki, EUTM 004111142 Kawasaki, ITM 1223061 Kawasaki, EUTM 000121384 Ninja, EUTM 008974461 ZX, EUTM 777987, ITM 1090717 W, EUTM 004113924 V Kawasaki, ITM 1090877 ZRX, ITM 1165079 Ninja, ITM 1213481 K</t>
+  </si>
+  <si>
+    <t>KAWASAKI MOTORS EUROPE N.V.</t>
+  </si>
+  <si>
+    <t>naži, virtuves piederumi</t>
+  </si>
+  <si>
+    <t>somas, ādas izstrādājumi u.c.</t>
+  </si>
+  <si>
+    <t>elektromotori, sūkņi, krāni u.c.</t>
+  </si>
+  <si>
+    <t>pretsāpju līdzeklis kaklam Strepsils</t>
+  </si>
+  <si>
+    <t>rotaļlietas, suvenīri, iPhone un iPad skolai</t>
+  </si>
+  <si>
+    <t>apģērbi, apavi, somas un aksesuāri</t>
+  </si>
+  <si>
+    <t>zobu pasta un mutes skalojamais ūdenis, ķermeņa un ādas kopšanas līdzekļi, dezodorants, antiperspiranti, ziepes, skūšanās krēmi un ādas losjoni, matu kopšanas līdzekļi u.c.</t>
+  </si>
+  <si>
+    <t>uztura bagātinātāji, diētiskās pārtikas piedevas, vitamīni,  minerāli un minerālu preparāti, omega-3 taukskābes, fosfolipīdi un antioksidanti, pārtikas eļļas un tauki u.c.</t>
+  </si>
+  <si>
+    <t>dažādas skaistumkomšanas preces, šampūni, krēmi, dezodoranti   u.c</t>
+  </si>
+  <si>
+    <t>skaistumkopšanas līdzekļi, parfimērija, kosmētika, krēmi, dezodoranti, aksesuāri u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">pulksteņi u.c. </t>
+  </si>
+  <si>
+    <t>sporta preces, hokeja nūjas</t>
+  </si>
+  <si>
+    <t>apģērbi, apavi, somas, smaržas, brilles, rotaslietas u.c.</t>
+  </si>
+  <si>
+    <t>mežkopības un dārzkopības instrumenti, motorzāģi u.c.</t>
+  </si>
+  <si>
+    <t>krēsli u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">apģērbi, to piederumi, apavi, somas u.c.
+</t>
+  </si>
+  <si>
+    <t>transportlīdzekļi, visas rezerves daļas, tehniskās eļļas un ziedes, smērvielas, atslēgu piekariņi, aksesuāri u.c.</t>
+  </si>
+  <si>
+    <t>šaujamieroči, munīcija un šāviņi, spēles, rotaļlietas, apģērbs, papīrs, kartons, siksniņas adapteris, aizsardzības lietas / vāciņi telefoniem, kameras siksnas / siksnas, skatu meklētājam u.c.</t>
+  </si>
+  <si>
+    <t>apģērbi, cepures, apavi, aksesuāri u.c.</t>
+  </si>
+  <si>
+    <t>somas, maki u.c.</t>
+  </si>
+  <si>
+    <t>šaujamieroči, gāzes baloniņi, lukturi, apģērbi u.c.</t>
+  </si>
+  <si>
+    <t>transportlīdzekļa daļas, iepkojumi u.c.</t>
+  </si>
+  <si>
+    <t>datoru programmatūra, datorspēles, videospēles, elektroniskās spēles, datorprogrammas, apģērbi, galvassegas u.c.</t>
+  </si>
+  <si>
+    <t>dzinēji un rezerves daļas, ģeneratori, elektriskās iekārtas un to daļas, flešatmiņas, apģērbi, somas, mugursomas u.c.</t>
+  </si>
+  <si>
+    <t>mašīnas un darbmašīnas, motori, mašīnu sajūga un transmisijas elementi (izņemot sauszemes transportlīdzekļiem) u.c.</t>
+  </si>
+  <si>
+    <t>zobu birstes, trimmeri, matu sukas, higiēnas līdzekļi u.c.</t>
+  </si>
+  <si>
+    <t>apģērbi, apavi, somas, jostas, cepures, cimdi, šalles, zeķes, pulksteņi, u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU  000942412-0002, REDU  001944984-0002, REDU  001944984-0003 
+REDU  001944984-0004, REDU  001944984-0005, REDU  001944984-0006  
+REDU  001944984-0001, REDU  000942412-0003, EUTM  004323317 MARS  
+EUTM  006360028 MARS WORK, REST AND PLAY, EUTM  006405062 MARS REFUEL, EUTM  009254251  Mars, EUTM  002152825 Mars  
+EUTM  002830172 Mars DRINK, REDU  000942313-0001, REDU  000942313-0002, REDU  000942313-0003, REDU  000942412-0001  </t>
+  </si>
+  <si>
+    <t>ķirurģiskas ierīces, akupunktūras adatas, medicīniskas ierīces analīzēm, asinsspiediena mērīšanai, ierīces mākslīgai elpināšanai u.c.</t>
+  </si>
+  <si>
+    <t>rotaļlietas, aksesuāri u.c.</t>
+  </si>
+  <si>
+    <t>apģērbs, apavi, āda, somas, smaržvielas, rotaslietas, glāzes u.c.</t>
+  </si>
+  <si>
+    <t>somas, apģērbi, apavi u.c.</t>
+  </si>
+  <si>
+    <t>tūristu, konferenču un biroja krēsli</t>
+  </si>
+  <si>
+    <t>mūzika, video, datu ieraksti u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">disku bremžu kluči motocikliem, motorolleriem u.c. </t>
+  </si>
+  <si>
+    <t>šokolādes, konfektes u.c.</t>
+  </si>
+  <si>
+    <t>bērnu ratiņi, drošības sēdekļi, piederumi, rezerves daļas u.c.</t>
+  </si>
+  <si>
+    <t>apģērbi un aksesuāri, somas, apavi, rotaslietas, smaržas, saulesbrilles, ādas izstrādājumi</t>
+  </si>
+  <si>
+    <t>cigāri, cigarellas u.c.</t>
+  </si>
+  <si>
+    <t>transportlīdzekļu daļas, virsbūves u.c.</t>
+  </si>
+  <si>
+    <t>transportlīdzekļi pārvietošanās līdzekļi pa sauszemi, gaisu vai ūdeni u.c.</t>
+  </si>
+  <si>
+    <t>smaržas, apģērbi, rotaslietas, somas, saulesbrilles, pulksteņi, apavi</t>
+  </si>
+  <si>
+    <t>sporta preces, beisbolla, skvoša piederumi u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">foto, video kameras, aizsargaprīkojums, kronšteini, balsti, piederumi un aksesuāri    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">kurpes, somas un ādas izstrādājumi </t>
+  </si>
+  <si>
+    <t xml:space="preserve">apģērbi, sporta preces, rotaļlietas, suvenīri, keramikas krūze u.c. </t>
+  </si>
+  <si>
+    <t>koferi, somas no metāla, plast masas vai auduma, somas portatīvajiem datoriem, kameru somas, futrāļi elektroniskām ierīcēm, dažādas kombinācijas, ceļasomas un čemodāni, tualetes maciņi u.c.</t>
+  </si>
+  <si>
+    <t>telekomunikāciju aparāti, instrumenti, iekārtas, tīkli un to daļas un piederumi u.c.</t>
+  </si>
+  <si>
+    <t>matu kopšanas produkti</t>
+  </si>
+  <si>
+    <t>apģērbi, cepures, aksesuāri u.c.</t>
+  </si>
+  <si>
+    <t>apģērbi, apavi, golfa spēles piederumi u.c.</t>
+  </si>
+  <si>
+    <t>farmaceitiskie preparāti, vielas, veterinārie un higiēnas līdzekļi, pārtika zīdaiņiem, dezinfekcijas līdzekļi, preparāti kaitēkļu iznīcināšanai u.c.</t>
+  </si>
+  <si>
+    <t>kopēšanas iekārtas, portatīvie kopētāji printeri, toneris, sausās tintes un printera tintes, papīrs, kopiju papīra izstrādājumi no kartonakartona, iespieddarbi, avīzes, žurnāli, mācību un uzskates materiāli, kancelejas preces u.c.</t>
+  </si>
+  <si>
+    <t>motocikli, rezerves daļas, apģērbi, t-krekli, cepures, dažādi aksesuāri u.c.</t>
+  </si>
+  <si>
+    <t>kosmētiskie līdzekļi, ziepes, ēteriskās eļļas, smaržas, ķermeņa dezodoranti, dušas želejas, šampūni un matu losjoni, saulesbrilles, brilles,briļļu rāmji un aksesuāri, apģērbi, apavi, galvassegas, apakšveļa, krekliņi</t>
+  </si>
+  <si>
+    <t>ūdensnecaurlaidīgi zābaki u.c.</t>
+  </si>
+  <si>
+    <t>somas, apavi, jostas</t>
+  </si>
+  <si>
+    <t>parfimērija, kosmētika, ķermeņa un skaistumkopšanas līdzekļi u.c.</t>
+  </si>
+  <si>
+    <t>optika šaujamieročiem u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> spēles un rotaļlietas, kompaktdiski, DVD diski un citi digitālie datu nesēji, iespiedprodukcija u.c.</t>
+  </si>
+  <si>
+    <t>inhalatori u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">parfimērija u.c. </t>
+  </si>
+  <si>
+    <t>diagnostika, farmaceitiskā rūpniecībā, ķīmiskā rūpniecībā, pārtikas un vides testēšana</t>
+  </si>
+  <si>
+    <t>lauksaimniecības un mežsaimniecības tehnikai rezerves daļas, eļļa, filtri, apģērbi, rotaļlietas u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">transportlīdzekļu  piedziņas sistēmas, apgaismes sistēmas, virsbūves kontroles sistēmas, spēka pievadu kontroles sistēmas, elektronisko instrumentu kopu, telemātikas sistēmas un datori, piekares sistēmas un sastāvdaļas, izplūdes sistēmas u.c. </t>
+  </si>
+  <si>
+    <t>rezerves daļas, piederumi u.c.</t>
+  </si>
+  <si>
+    <t>ādas kopšanas līdzekļi, apģērbs un aksesuāri, kurpes elementi un piederumi, personālpiederumi, mobilie tālruņi ar piederumiem un tehniskiem elementiem, elektriskās/elektroniskās un datoru rotaļlietas, spēles (ieskaitot elektronisko spēļu konsoles) un sporta</t>
+  </si>
+  <si>
+    <t>lifti un liftu daļas, automašīnu lifti u.c.</t>
+  </si>
+  <si>
+    <t>apģērbi, aksesuāri, piederumi u.c.</t>
+  </si>
+  <si>
+    <t>uzturvielas, substrāti, mēslojumi, māla granulas u.c.</t>
+  </si>
+  <si>
+    <t>apģērbi un apavi ar elementiem, somas un aksesuāri, tekstilizstrādājumi</t>
+  </si>
+  <si>
+    <t>filtri u.c.</t>
+  </si>
+  <si>
+    <t>apģērbi, džinsi, aksesuāri u.c.</t>
+  </si>
+  <si>
+    <t>kontaktlēcas, kontaktlēcu kopšanas līdzekļi, šķīdums, smērvielas, acu pilieni u.c.</t>
+  </si>
+  <si>
+    <t>ķermeņa kopšanas līdzekļi, parfimērija, kosmētika u.c.</t>
+  </si>
+  <si>
+    <t>ādas izstrādājumi, apģērbi, somas, apavi, smaržas, rotaslietas u.c.</t>
+  </si>
+  <si>
+    <t>mājsaimniecības un virtuves piederumi un konteineri, rokas instrumenti un darbarīki, virtuves iekārtas, olu separators, stikla trauki, porcelāns un māla izstrādājumi u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> nagu un skaistumkopšanas  produkti u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ceļu būves mašīnas (piem., veltņi) u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">krāsas, lakas, rūsas inhibitori, koksnes konservanti, tintes toneri, kasetnes, toneru kasetnes, printeri, skeneri, faksimilatori, daudzfunkcionālās ierīces, datoru programmatūra, termiskās lentes, lentes printeriem, siltuma papīrs </t>
+  </si>
+  <si>
+    <t xml:space="preserve">putekļu aizsargbarjera u.c.     </t>
+  </si>
+  <si>
+    <t>apģērbi, apavi, somas, saulesbrilles, juvelierizstrādājumi u.c.</t>
+  </si>
+  <si>
+    <t>farmaceitiskie produkti (alopātiskie, homeopātiskie un fitoterapeitiskie) un higiēnas līdzekļi medicīnai un personīgai higiēnai, diētiskie produkti medicīniskiem nolūkiem, taukskābju, aminoskābju preparāti u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">mēbeles, spoguļi, elektriskās spuldzes, gaismas, statīvi, rāmji, plaukti, stendi, svečturi, vāzes, bļodas, trauki un porcelāns un stikls, papīrs, kartons un izstrādājumi no šiem materiāliem, līmvielas plastmasas iepakojummateriāli, spēles, rotaļlietas u.c.
+    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">apģērbs un apavi ar elementiem un aksesuāriem u.c. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">mugursomas, somas maisi, cita bagāža, cepures u.c. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">  ausu aizbāžņi, dzirdes aizsardzības ierīces nirējiem</t>
+  </si>
+  <si>
+    <t xml:space="preserve">masāžas eļļas, eļļošanas krēmi un želejas, orgasma krēmi medicīniskiem un nemedicīniskiem nolūkiem, medicīniskie seksuālie līdzekļi, farmaceitiskie produkti, pudeles, pudeļu formas, konteineri, izstrādājumi aizvākošanai </t>
+  </si>
+  <si>
+    <t xml:space="preserve">apģērbi, apavi, galvassegas, spēles, rotaļlietas, videospēļu aparāti, papīrs, kartons, iespieddarbi u.c. </t>
+  </si>
+  <si>
+    <t>mēbeles, spoguļi, rāmji, paklāji,  ljuvelierizstrādājumi, rotaslietasmēbeles, spoguļi, rāmji, paklāji, linolejs, dzelzs izstrādājumi, juvelierizstrādājumi, dārgakmeņi, trauki mājsaimniecības vai virtuves vajadzībām, balināšanas līdzekļi, audumi,  parastie metāli un to sakausējumi, rokas instrumenti u.c.</t>
+  </si>
+  <si>
+    <t>smaržas, kosmētika, brilles, jo īpaši sporta un saulesbrilles, briļļu futrāļi, pulksteņi, jo īpaši sporta un modes pulksteņi, juvelierizstrādājumi, koferi, čemodāni un somas, sporta somas, plecu un medību somas, sporta apģērbs, tostarp sporta zābaki un sporta apavi u.c.</t>
+  </si>
+  <si>
+    <t>elektriskā lampas un apgaismojums, un gaismas atstarotāji, sanitārtehniskās iekārtas un aprīkojums, ūdensapgādes iekārtas, degļi, katli un sildītāji, vārīšanas, apkures, dzesēšanas un citas pārtikas un dzērienu apstrādes iekārtas un aprīkojums, kamīni</t>
+  </si>
+  <si>
+    <t>kosmētika, tīrīšanas un higiēnas līdzekļi u.c.</t>
+  </si>
+  <si>
+    <t>bezalkoholiskie dzērieni, apģērbi, galvassegas peldkostīmi, t-krekli, zeķes, sviedru krekli, šorti, kleitas, sandales, skriešanas kostīmi, sporta džemperi, apakšbikses, džemperi ar kapuci, vestes, bikses, pidžamas, naktskrekli u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ķermeņa kopšanas līdzekļi, apģērbs un aksesuāri, rotaļlietas, spēles (ieskaitot elektroniskās spēļu konsoles) un sporta preces,  tekstilizstrādājumi u.c.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">apģērbi, apavi un galvassegas, somas, čemodāni, mugursomas, suņu būdas, redeļu kastes suņiem, kastes suņu pārvadāšanai, nemetāliski paliktņi, gultas spilveni mājdzīvniekiem u.c. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">aksesuāri un iekārtas mobiliem telefoniem un datoriem, austiņas telefoniem, somas kamerām u.c. </t>
+  </si>
+  <si>
+    <t>gaļa, zivis, mājputni un medījums, gaļas ekstrakti, konservēti, žāvēti un vārīti augļi un dārzeņi, olas, piena produkti, želejas, ievārījumi, kompoti, piens un piena dzērieni, kafija un kafijas aizstājēji, tēja, kakao, dzeramā šokolāde, graudaugu batoniņi</t>
+  </si>
+  <si>
+    <t>barības izstrādājumi suņiem</t>
+  </si>
+  <si>
+    <t>apgaismošanas ierīces, spuldzes, neona lampas, to daļas</t>
+  </si>
+  <si>
+    <t>medicīnas instrumentu, farmaceitiskie izstrādājumi, sanitārijas ierīces u.c.</t>
+  </si>
+  <si>
+    <t>sporta apģērbi un aksesuāri, peldkostīmi, pludmales apģērbi, ķermeņa pacēlāji, brilles, sandales, spuras, pleznas, peldošās jostas un ar tiem saistītie piederumi</t>
+  </si>
+  <si>
+    <t>audumi tekstila vajadzībām, gultas un galda pārklāji, apģērbs krekli, šalles, vestes, t-krekli, Bermudu šorti, apģērba stiprinājumi, bikšturi, apavi, dārgmetāli un to sakausējumi, juvelierizstrādājumi, brilles, optiskie izstrādājumi, somas, smaržas, tualetes, tualetes piederumi, kosmētikas produkti, āda un ādas imitācijas, dzīvnieku ādas u.c.</t>
+  </si>
+  <si>
+    <t>oglekļa šķiedru un aluminīja velosipēdu riteņi</t>
+  </si>
+  <si>
+    <t>apģērbs, apavi, galvassegas, bērnu sēdeklīši, krēsli, taburetes, galdi, līmējošie pārsēji, ziepes, sauļošanās krēms, odekoloni, bērnu pārtika, spēles un rotaļlietas, vingrošanas un sporta preces, rotājumi Ziemassvētku eglītēm,  velosipēdi, lampas, lukturīši, velosipēdu lukturi, ierakstītas audio lentas un DVD, skaņu ierakstītāji  un atskaņotāji, digitālās kameras izklaidei bērniem un zīdaiņiem, atslēgu piekariņi u.c.</t>
+  </si>
+  <si>
+    <t>apģērbi, apavi, galvassegas, bižutērija u.c.</t>
+  </si>
+  <si>
+    <t>lejupielādējami attēlu faili, mobilo tālruņu zvana signāli, elektroniska, lejupielādējamas publikācijas,  grāmatas, salvetes, galda paklāji, galda pārvalki un paliktņi, papīra karogi un vimpeļi, priekšautiņi no papīra, papīra dvieļi, salvetes , tualetes ruļļi, virtuves ruļļi,  brilles, futrāļi, ķēdes, auklas, briļļu rāmji, magnēti,apģērbi, apavi, galvassegas, aksesuāri un piederumi u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">mākslas viedtālruņi, pašbildes nūjas, kā viedtālruņu aksesuāri, turētāji viedtālruņiem, mobilajiem tālruņiem, siksnas priekš viedtālruņiem, mobilie tālruņi, baterijas, USB uzlādes ierīces (akumulatoru lādētāji), USB kabeļi, austiņas, aizsargplēves, citi aksesuāri, kas paredzēti viedtālruņiem vai mobiliem tālruņiem, apģērbs, cepures, zeķes šalles, cimdi, apavi u.c. </t>
+  </si>
+  <si>
+    <t>elektriskie adapteri, printera toneris, akumulatoru komplekti u.c.</t>
+  </si>
+  <si>
+    <t>gaisa kondicionēšanas iekārtas un piederumi u.c.</t>
+  </si>
+  <si>
+    <t>vingrošanas un sporta preces, apģērbs, apavi, galvassegas, pulksteņi, ceļojumu futrāļi, somas,spēles, rotaļlietas, video spēļu ierīces, juvelierizstrādājumi u.c.</t>
+  </si>
+  <si>
+    <t>EUTM 006549638 BETALFATRUS, EUTM 003111631 CICLOPOLI, EUTM 010259836 CICLOSAN, EUTM 014587638 DAFNEGIN, EUTM 012235578 ECOCEL PLUS, EUTM 3677804 FEMIPRIM, EUTM 018105802 FINJUVE	
+EUTM 009406745 GYNOMUNAL, EUTM 007065881 KITONAIL, EUTM 011279981 MYCONAIL, EUTM 006648521 NIOGERMOX, EUTM 003847704 NORMAFLOR, EUTM 012251948 ONYTEC, EUTM 005240312 ONY-TEC
+EUTM 5015565 POLICHEM, EUTM 004613758 POLINAIL, ITM 1044835 SILILEVO, EUTM 009241051 ZELOGLIN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">šaujamieroču optiskie aparāti, instrumenti, tēmēkļi un tvērumi, teleskopiskais tēmeklis, šautenes binokļi, monokļi, lāzera tālmēri, statīvi, apģērbs, cepures, krekli, sporta krekli u.c.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> aizsardzības un drošības aprīkojums, aizsargķiveres, aizsargmaskas aizsargzābaki, aizsargapģērbs (bruņas),  aizsargapģērbs, cimdi, apģērbs, galvassegas un apavi medicīnas personālam un pacientiem, medicīniskie pārsēji, autiņbiksītes zīdaiņiem un nesaturēšanai, peldbikses zīdaiņiem, automašīnu sēdekļi, pārvalki, galvas balsti, bērnu drošības sēdekļi transportlīdzekļiem, izstrādājumi no ādas, proti, kastes, maki, čemodāni un čemodāni dokumentiem, maki, kredītkaršu futrāļi, atslēgu futrāļi, somas un čemodāni,  atslēgu maisiņi, mugursomas, maki, apģērbs, apavi,  u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> agregāti cirkulācijas sūkņiem, zemūdens sūkņiem un centrbēdzes sūkņiem, elektronika sūkņiem un citu sistēmu vadības ierīcēm, elektromotori sūkņiem u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                                                                                                                       EUTM 1200229  EIMI, EUTM 003988193 WELLA, EUTM 1485938 weDo/ PROFESSIONAL, EUTM 014245443 SYSTEM PROFESSIONAL, EUTM 0198117 Wellaflex , EUTM 0997661 WELLA PROFESSIONALS,  EUTM 000592113 LONDA, EUTM  1504372 KOLESTON PERFECT,  EUTM  003988193 WELLA, EUTM	000602573 KADUS, EUTM 1356723	INVIGO	
+ITM 1200229 EIMI, EUTM 004460771 COLOR FRESH, EUTM 17926463 BLONDOR, EUTM 1399770 SEB MAN, EUTM 000392019 NIOXIN</t>
+  </si>
+  <si>
+    <t>ķermeņa kopšanas līdzekļi, personīgie piederumi u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">elektriskās, elektroniskās ierīces un instrumenti elektrības pārvadāšanai, vadīšanai, pārslēgšanai, pārveidošanai, uzkrāšanai, regulēšanai, filtrēšanai, mērīšanai un kontrolei u.c. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">          
+EUTM 009631029 ZUMBA SENTAO,  EUTM 008551186 ZUMBATOMIC 
+EUTM 008547952 ZUMBATHON, EUTM 006712475Zumba Fitness 
+EUTM 004972121 ZUMBA FITNESS, EUTM 006712434 ZUMBA fITNESS
+EUTM 006712152 ZUMBA fitness, EUTM 008551269 ZUMBA, EUTM 009855859 ZUMBA FITNESS, EUTM 009855669 ZUMBA FITNESS
+EUTM 010219111ZUMBA </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> elektroniskās un pjezoelektriskās šķiltavas un to piederumi, mērlentes, atslēgu piekariņi, spalvu nazītis, saulesbrilles u.c.</t>
+  </si>
+  <si>
+    <t>parfimērijas izstrādājumi, kosmētika, smaržas, brilles, saulesbrilles, rāmji un lēcas, juvelierizstrādājumi, bižutērija, pulksteņi, gredzeni, rokassprādzes, kuloni, auskari, aproču pogas, aproces, pulksteņu siksnas, ķēdes, pulksteņu izstrādājumi, kaklasaišu saspraudes, metāla apavu un cepuru rotājumi, pulksteņi, atslēgu gredzeni, somas, maki, čemodāni, čemodāni,  apģērbs, jostas, peldkostīmi, šalles, kaklasaites, apavi, apavi, zābaki, sandales, cimdi, cepures,  mēbeles, spoguļi, attēlu rāmji u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 016995342 BADGAL BANG, EUTM 011733953 BENEFIT, EUTM 007381023 benefit, EUTM 018251229 BENEFIT GEORGIA, EUTM 00372 03007 BENEFIT, EUTM 006020473 BOI-ING, EUTM 011101219 ACHATINT
+EUTM 017978514 COOKIE, EUTM 007275142 CORALISTA, EUTM 006020762 DALLAS DANDELION, EUTM 015125751 DANDELION TWINKLE, EUTM 003723087 DR.FEELGOOD, EUTM 014405583 GALIFORNIA, EUTM 014417976 GIMME BROW, EUTM 015800766 GOGOTINT, EUTM 015800758 GOLD RUSH, EUTM 003722295 HIGH BEAM, EUTM 016417611 HIGH BROW, EUTM 006023188 HOOLA, EUTM 011352499 LOLLITINT, EUTM 007018963 POSIE TINT	, EUTM 010784635 ROCKATEUR, EUTM 011180593 ROLLER LASH, EUTM 008527293 THE POREFESSIONAL, EUTM 013711064 THE POREFESSIONAL : MATTE RESCUE, EUTM 009518549 THEY'RE REAL, EUTM 017978513 TICKLE	
+ITM 1323022 PUNCH POP!	</t>
+  </si>
+  <si>
+    <t>apģērbs un aksesuāri, tekstilizstrādājumi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">somas, galvassegas, džinsi, apakšveļa, krekli u.c. </t>
+  </si>
+  <si>
+    <t>velosipēdi, velosipēdu daļas un sastāvdaļas, elektriskie akumulatori,  signalizācija, velodatori, ātruma rādītāji, attāluma mērīšanas ierīces, velosipēdu ķiveres brilles, saulesbrilles, aizsargbrilles, briļļu ietvari un futrāļi, apģērbs, kas aizsargā pret negadījumiem, kuģniecības elektriskie, mērīšanas, signalizācijas, pārbaudes aparāti un instrumenti, datu apstrādes iekārtas un datori, visas iepriekš minētās preces izmantošanai laivās un saistībā ar laivām, frekvences indikators, mērītājs,  dators airu laivām un sacensību airu laivas lietošanai u.c.</t>
+  </si>
+  <si>
+    <t>apģērbs, apavi, apģērba piederumi, somas, saulesbrilles</t>
+  </si>
+  <si>
+    <t>būvmateriāli, celtniecības caurules, kas nav no metāla, asfalts, piķis un bitumens, nemetāliskas pārvietojamas ēkas,  mašīnas, kabeļi un vadi no parastā metāla (neelektriski),metāla konteineri uzglabāšanai un transportēšanai, droši darbgaldi un mehāniski darbināmi elektroinstrumenti, motori un dzinēji,  mašīnu sakabes un transmisijas komponenti, kas nav paredzēti sauszemes transportlīdzekļiem, lauksaimniecības instrumenti, izņemot ar roku darbināmus rokas instrumentus u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ITM 779000/WO BLUE FOX, EUTM 018125701/EM KARBON, EUTM 018202916/EM RAP-V, EUTM 018205609/EM CARP SPIRIT, EUTM 008577231/EM BARBARIAN, ITM 1082164/WO VMC, ITM 1347018/WO COASTAL BLACK, EUTM 018340997/EM VANADIUM, EUTM 003462017 /EM okuma, EUTM 17912307 /EMokuma, EUTM004723029 RAPALA, EUTM005182746 trigger-x, EUTM002730992 /fig./, EUTM 002700557 STORM, EUTM003680899 X-RAP, WO 845035 WILLIAMSON LURES, EUTM 006650667 CLACKIN' RAP,EUTM 006368492 X-ProTect, WO 845037 RAPALA VISION GEAR, WO 1040277 Rapala,EUTM 008233851 Sufix PERFORMANCE FUSE /fig./,EUTM 010209468 LUHR JENSEN, EUTM 010809598 SUFIX , EUTM008772964 10000013 MORA ICE, REDU 002701078- 0004, REDU 002701078-0007, REDU 002701078-0008, REDU 002701078-0009, REDU 002701078-0010, REDU 002701078-0005, REDU 002189449-0004, REDU 002189449-0003, REDU 002189449-0002, REDU 002189449-0001, REDU 002459842-0012TORM ARASHI SQUARE 5', EUTM008233851Sufix – PERFORMANCE FUSE, EUTM 003360302 MARTTIINI, EUTM 007224975ABYSS, EUTM004708228TAIL DANCER , EUTM 002901445 SHAD RAP, REDU 002459842-0009, REDU 002459842-0010 </t>
+  </si>
+  <si>
+    <t>smaržas, tualetes ūdens, dezodoranti  ēteriskās eļļas,  eļļas kosmētikas vajadzībām, kosmētika, dekoratīvās kosmētikas līdzekļi, kosmētikas līdzekļi ādas kopšanai, ziepes šampūni skūšanās krēmi, apģērbs, apavi, galvassegas,  somas,  juvelierizstrādājumi, pulksteņi u.c.</t>
+  </si>
+  <si>
+    <t>parfimērija, kosmētika,  somas, maki, kabatas portfeļi, atslēgu maciņi, čemodāni un ceļojumu somas, apģērbi, apavi, galvassegas u.c.</t>
+  </si>
+  <si>
+    <t>transportlīdzekļi, iekārtas pārvietošanai pa sauszemi, gaisu, vieglie automobiļi, komunālie transportlīdzekļi, mikroautobusi, kravas automašīnas un tirdzniecības furgoni ar zīmolu Chrysler, Dodge, Jeep un Ram, apgaismojums, apkure, darbgaldi, elektroinstrumenti, instrumenti un  piederumi, konteineri mājsaimniecībai, apģērbi, apavi, galvassegas, āda un tās imitācijas, dzīvnieku ādas, bagāža spēles, rotaļlietas, videospēļu aparāti, māksla u.c.</t>
+  </si>
+  <si>
+    <t>smaržas personīgai lietošanai, smaržu pudeles, parfimērija un smaržvielas, šķidrās smaržas u.c.</t>
+  </si>
+  <si>
+    <t>globālie pozicionēšanas instrumenti (GPS)</t>
+  </si>
+  <si>
+    <t>kolas (bezalkoholiskie dzērieni un gāzētie  dzērieni), jakas, krekli, peldkostīmi, t-krekli, svīteri, zeķes, sporta krekli, šorti, kleitas, cepures (galvassegas), flip-flops, skriešanas tērpi, sporta krekliņi, apakšbikses, sporta krekli ar kapuci, vestes, bikses,  pidžamas, naktskrekli u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> lauksaimniecības mašīnas, to rezerves daļas, mehānismi un sastāvdaļas, piederumi u.c.</t>
+  </si>
+  <si>
+    <t>jakas, apģērbi, tostarp krekli, uzvalki, bikses u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">sporta krekli ar kapuci, puloveri ar kapuci, topi ar kapuci, sporta krūšturi, mitrumu izvadoši sporta krūšturi, legingi, sporta bikses, bikses, vīriešu mēteļi, sieviešu mēteļi, ikdienas jakas, sandales un pludmales apavi, gilets, skriešanas apavi, kedas, somas kalnos kāpējiem, pārgājienu mugursoma  u.c.  </t>
+  </si>
+  <si>
+    <t>dūnu jakas bez piedurknēm, ūdensizturīgas jakas, vīriešu apakšveļa, biksītes (īsas), ikdienas bikses</t>
+  </si>
+  <si>
+    <t xml:space="preserve">gaisa žāvētāja kasetne, kārtridžs, filtru kasetne, gaisa filtri, kārtridžs filtra kasetne, gaisa žāvētāja kasetne, gaisa un eļļas filtri </t>
+  </si>
+  <si>
+    <t>apģērbs, t-krekli</t>
+  </si>
+  <si>
+    <t>mēbeles, spoguļi, gleznu rāmji, nemetāliski uzglabāšanas vai transportēšanas konteineri,kauli, ragi, vaļi vai perlamutra, neapstrādāti vai daļēji apstrādāti, čaumalas, jūras putas, dzeltens dzintars</t>
+  </si>
+  <si>
+    <t>instrumenti izmantošanai medicīnā, ierīces vēža ārstēšanai</t>
+  </si>
+  <si>
+    <t>kārtridžs, filtra kasetne, gaisa žāvētāja kasetne, gaisa filtri, eļļas filtri u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> kabatas/rokas pulksteņi, hronometriskie instrumenti u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM 13315247, UTM 13315254, EUTM 13315304, EUTM 13315106 
+EUTM 13315114 , EUTM 13315122, EUTM 13315130, EUTM 13315148 
+EUTM 13315155, EUTM 13315163, EUTM 13315197, EUTM 13315205
+EUTM 13315213, EUTM 13315221, EUTM 13315239, EUTM 000517383
+EUTM 2297216, EUTM 001280148 SMILEY, EUTM 000883198, EUTM 007051841HAPPY TRAVEL, EUTM 010561314 10000058 HAPPY TRAVELS 
+EUTM 008504607, EUTM 008504581, EUTM 001277391, EUTM 008504136
+EUTM 008827198 HAPPY CASHMERE, EUTM 008841157, EUTM 000890758, EUTM 008890725, EUTM 008890659, EUTM 008890601, EUTM 008890543, EUTM 008505471, EUTM 008505331, EUTM 008505315, EUTM 008505539, EUTM 9429432, EUTM 008505703, EUTM 008505695, EUTM 008510653, EUTM 008505588, EUTM 008890592, EUTM 008505778, EUTM 008890881, EUTM 003751, EUTM 008505737 
+</t>
+  </si>
+  <si>
+    <t>juvelierizstrādājumi, pulksteņi un hronometriskie instrumenti</t>
+  </si>
+  <si>
+    <t>kompresori dzesēšanas sistēmām, ledusskapjiem un gaļas nogatavināšanas skapjiem, aukstumaģenta kompresori saldēšanas iekārtām, ledusskapjiem un gaļas izturēšanas kamerām, dzinēji kompresoriem saldēšanas sistēmām, ledusskapjiem un gaļas konservēšanas skapjiem, ledusskapji dzērienu uzglabāšanai u.c.</t>
+  </si>
+  <si>
+    <t>alkoholiskie dzērieni, vīni, stiprie alkoholiskie dzērieni un liķieri, alus, porteris, bezalkoholiskie vīni, vīnogu sula, citrusaugļu sulas, un sagataves iepriekšminēto pagatavošanai</t>
+  </si>
+  <si>
+    <t>audumi šortiem, krekliem, t-krekliem, krekliņiem, biksēm, jakām, vējjakām, jakām, sporta krekliem, legingiem, krūšturiem un cepurēm, audums, ko pārdod kā gatavu apģērbu sastāvdaļu, proti, šortu, kreklu, t-kreklu, kreklu, bikšu, jaku, vējjaku, sporta krekli, legingus, krūšturus un cepures, sastāvdaļas u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">lampas, sienas lampas, lampu abažūri, gaismas mezgli, gaismas dimmeri (regulatori) u.c. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">līmvielas (lipīgi materiāli) kancelejas vai mājsaimniecības vajadzībām, zīmēšanas materiāli un materiāli māksliniekiem, otas, mācību vai mācību materiāli, plastmasas loksnes, plēves un maisiņi iesaiņošanai un iepakošanai, rakstzīmju, bloku drukāšana, spēļu rotaļlietas, videospēļu aparāti, vingrošanas un sporta preces u.c. </t>
+  </si>
+  <si>
+    <t>apģērbi, apavi, galvassegas, Gatavs valkāšanai bērniem un zīdaiņiem, uzglabāšanas piederumi un mēbeles guļamistabai, tekstilizstrādājumi un to aizstājēji, mājsaimniecības veļa, tekstila vai plastmasas aizkari, rotaļlietas videospēļu aparāti, vingrošanas un sporta preces, Ziemassvētku eglīšu rotājumi, bagāžas un transporta somas, apkakles, siksnas un mājdzīvnieku apģērbs u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EUTM004049367Polo By Ralph Lauren, EUTM 004753166Polo Golf, EUTM 008814451Polo Jeans Co., EUTM 004049201Polo Player Design, EUTM 004164976Polo Player Design, EUTM 010000115Polo Tennis Ralph Lauren, EUTM 004017059Purple Label, EUTM 004049243Ralph Lauren, EUTM 004164828Ralph Lauren, EUTM 008853186Ralph Lauren Black Label,  EUTM 008863276Ricky Bag, EUTM 006984454RLX Polo Sport, EUTM 005824685Triple Polo Player Design, EUTM 4049235Ralph Lauren, EUTM 8612814, EUTM 004018041Blue Label, EUTM 001801729Chaps, EUTM 009912461 Denim &amp; Supply Ralph Lauren, EUTM 006990642Double Polo Plsyer Design, EUTM 005864781 International 1967 Challenge Cup PRL-NYC Ralph Lauren Company, EUTM 008719445Lauren, EUTM 008719461Lauren Ralph Lauren, EUTM 004049334Polo, EUTM 004164844Polo, EUTM 005538350Polo, EUTM 008612871Polo - PP- Ralph Lauren </t>
+  </si>
+  <si>
+    <t>lūpu krāsa, lūpu balzāms, šķidrā lūpu krāsa, vīraks, smaržas, acu ēnas, uzacis, segas, šalles un cepures, dvieļi u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">saulesbrilles un iepakojumi, somas, slēpes, brilles, apģērbi, cepures u.c. </t>
+  </si>
+  <si>
+    <t>saulesbrilles, aizsargājošas galvassegas, motociklistu, velosipēdu ķiveres, sporta ķiveres,  jāšanas cepures, aizsargķiveru sejas aizsargi, sporta somas aizsargķiveru glabāšanai, aizsargbrilles, krūškurvja aizsargi, velosipēdu rāmji, bikses, jakas, lietus kostīmi, cimdi, kas ir īpaši izstrādāti velosipēdistiem un motociklistiem un motosportistiem,motociklu daļas un piederumi</t>
+  </si>
+  <si>
+    <t>konditorejas izstrādājumi, košļājamā gumija</t>
+  </si>
+  <si>
+    <t>šokolādes, saldējums</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+lineārie aktuatori,  mašīnu izstrādājumi, medicīnas instrumentu izstrādājumi, apgaismošanas, apkures, tvaika ģenerēšanas, vārīšanas, dzesēšanas, žāvēšanas, ventilācijas, ūdens apgādes un sanitārijas ierīces, mēbeļu izstrādājumi u.c.</t>
+  </si>
+  <si>
+    <t>sejas salvetes no papīra,tualetes papīrs,salvete, papīra kabatlakatiņi, papīra salvetes izmantošanai kosmētikā, papīra kabatlakatiņi</t>
+  </si>
+  <si>
+    <t>somas, apavi, brilles, ādas izstrādājumi, juvelierizstrādājumi aksesuāri u.c.</t>
+  </si>
+  <si>
+    <t>parfimērija, kosmētika, brilles, saulesbrilles, briļļu ietvari, briļļu futrāļi, maki,  portfeļi, futrāļi, kas paredzēti tualetes piederumu glabāšanai, somas, ceļojumu somas, čemodāni, koferi, apģērbi, aksesuāri u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> uztura bagātinātāji vitamīni, vitamīnu preparāti, minerālu uztura bagātinātāji, diētiskie uztura bagātinātāji, dabīgi veseli uztura bagātinātāji, vitamīnu un minerālvielu preparāti izmantošanai kā sastāvdaļas, enzīmu uztura bagātinātāj, augu izcelsmes uztura bagātinātāji, farmaceitiskie pārtikas produkti, eļļas pārtikai u.c.</t>
+  </si>
+  <si>
+    <t>apģērbi, apakšveļa peldkostīmi, krūšturi, bikini u.c.</t>
+  </si>
+  <si>
+    <t>piena mašīnas un ierīces, dzesēšanas un sildīšanas aparāti, sūkņi pārtikas rūpniecībai, kā arī farmācijas un ķīmijas rūpniecībai, vārsti, uzpildes aparāti, visu iepriekš minēto preču daļas u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                                                                                                                    EUTM 0906229 ADVAGRAF, EUTM 014763593 ASTELLAS, EUTM 018711523 ASTELLAS, EUTM 1236281 GRAFICZNY (ASTELLAS PHARMA iNC., EUTM 1109738 BETMIGA, EUTM 008671489 MODIGRAF, EUTM 008250649 MYCAMINE, EUTM 1176108 OMNIC OCAS, EUTM 000123679 PROGRAF, EUTM 018400465 PROGRAFT, EUTM 1048025 URIZIA
+EUTM 1046863 VESOMNI, EUTM 1048784 VOLUTSA, EUTM 1327173 XOSPATA, EUTM 1109736 XTANDI</t>
+  </si>
+  <si>
+    <t>juvelierizstrādājumi, somas, apģērbi, apģērba un tekstilizstrādājumi, stikla izstrādājumi, apgaismojums,u.c.</t>
+  </si>
+  <si>
+    <t>mobilo tālruņu maciņi, pludmales tērpi, t-krekli, zeķes, sporta krekli, čības, kurpes galda spēles, Adventes kalendāri, parastā metāla atslēgu piekariņi, interaktīvie spēļu krēsli videospēlēm, statujas no plastmasas materiāliem, vaska statujas, bronzas statujas, parastā metāla statujas, vaska figūriņas, adventes kalendārā pasniegtas šokolādes, mobilo tālruņu aizsargmaciņu izgatavošana pēc pasūtījuma, galda spēles mīklu veidā u.c.</t>
+  </si>
+  <si>
+    <t>apģērbs, apavi, galvassegas, juvelierizstrādājumi, parfimērija, mēbeļu,  izstrādājumi, tekstilizstrādājumi, somas u.c.</t>
+  </si>
+  <si>
+    <t>juvelierizstrādājumi pulksteņi, pulksteņu siksniņas, pulksteņu daļas, futrāļi, hronometri, laika mērīšanas instrumenti kā pulksteņi, atslēgu piekariņi u.c.</t>
+  </si>
+  <si>
+    <t>apģērbi, t-krekli, apavi, aksesuāri u.c.</t>
+  </si>
+  <si>
+    <t>farmaceitiskās zāles, preparāti, krēmi</t>
+  </si>
+  <si>
+    <t>somas, apģērbs, šalles, kleitas, krekli, topi, kamzoli, blūzes, t-krekli, trikotāža, proti, trikotāžas topi, džemperi, džemperi, mēteļi, vestes, parki, apmetņi, sporta krekli, krekliņi, topi ar kapuci, sporta apģērbs, peldkostīmi, jakas, bleizeri, uzvalki, legingi (bikses), legingi (sildītāji), kombinezoni, bikses, bikses, šorti, atpūtas apģērbs, naktsveļa, naktskrekli, pidžamas, peldmēteļi, cimdi, zeķes, apģērba jostas, cepures, apavi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">alkoholiskie dzērieni (izņemot alu), dzirkstošie vīni, alkoholiskie vīni, vīnu saturoši dzērieni </t>
+  </si>
+  <si>
+    <t>galda tenisa nūjas, apģērbs, šorti, t-krekli, treniņtērpi u.c.</t>
+  </si>
+  <si>
+    <t>tālvadības pults auto, mājas automatizācijai - tālvadības pults auto u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">apgaismojuma instalācijas, apgaismošanas aparāti, gaismas ķermeņi, apgaismošanas rotājumi (armatūra),  dekoratīvs apgaismojums, elektriskās gaismas, apgaismošanas lampas, luminiscences spuldzes, LED spuldzes, apgaismojums, LED apgaismojuma aprīkojums, LED noskaņu apgaismojums 
+</t>
+  </si>
+  <si>
+    <t>apģērbs, apavi, galvassegas, rotaļlietas un sporta preces, somas u.c.</t>
+  </si>
+  <si>
+    <t>farmaceitiski preparāti,zāles, farmaceitiskie izstrādājumi</t>
+  </si>
+  <si>
+    <t>skalošanas poga santehnikas izstrādājumiem, sifoniem, dušas kanāliem, poda vākiem u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> dīvāni, gultas, sēdekļi, krēsli, krēslu kājas, krēslu pārvalki, galdi u.c.</t>
+  </si>
+  <si>
+    <t>elektriskās sistēmas, skavas u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ķermeņa kopšanas līdzekļi, apģērbi un aksesuāri u.c.
+</t>
+  </si>
+  <si>
+    <t>tabakas izstrādājumi, tabakas aizstājēji no tējas un tējas augiem, cigarešu tabaka, košļājamā tabaka, pīpju tabaka, smēķēšanas piederumi, sērkociņi, ūdenspīpes un elektroniskās ūdenspīpes un to piederumi elektroniskās cigaretes, cigāri, cigarillas, elektroniskais cigārs u.c.</t>
+  </si>
+  <si>
+    <t>somas, aksesuāri u.c.</t>
+  </si>
+  <si>
+    <t>rotaļlietas, lelles, celtniecības klucīši u.c.</t>
+  </si>
+  <si>
+    <t>pulksteņi, to daļu tīrīšanas līdzekļi u.c.</t>
+  </si>
+  <si>
+    <t>apavi, sporta apavi, skriešanas kurpes, futbola aprīkojums, bumbas, krekli, apavi u.c.</t>
+  </si>
+  <si>
+    <t>sieviešu, vīriešu un bērnu apģērbs, apavi, brilles, bižutērija, pulksteņi, rokassomas un maki u.c.</t>
+  </si>
+  <si>
+    <t>sporta apģērbs, sporta bumbas, ikdienas krekli u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> krāsas, lakas,  krāsvielas, tintes drukāšanai, marķēšanai un gravēšanai, marķieri, krāsainie zīmuļi, krīts, marķieri, pildspalvas, zīmuļi, personīgie plānotāji, amatniecības un gleznošanas komplekti, skicēšanas tāfele, trafareti un raksti, zīmuļu asināmie un krāsaino zīmuļu asināmie, līmvielas, kancelejas preces, modelēšanas māls, krāsošanas spilventiņi, dārgmetāli un to sakausējumi, dārgakmeņi un pusdārgakmeņi, juvelierizstrādājumi, bižutērija, spēles un rotaļlietas, sporta preces (izņemot apģērbu), rotājumi, dekoratīvi priekšmeti u.c.</t>
+  </si>
+  <si>
+    <t>dzirdes aizsardzības ierīces, ausu aizbāžņi u.c.</t>
+  </si>
+  <si>
+    <t>tabaka, smēķēšanas priekšmeti, sērkociņi, tabakas aizstājēji (nav medicīniskiem nolūkiem), šņaucamā tabaka un tabakas aizstājēji uz augu šķiedrām balstītu produktu veidā orālai lietošanai, šņaucamā tabaka, šņaucamā tabaka uz augu bāzes u.c.</t>
+  </si>
+  <si>
+    <t>rotaļlietas,puzles, inteliģentas rotaļlietas, iemaņu spēles, manipulatīvas loģikas mīklas, spēles u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">apģērbs, apavi, modes izstrādājumi, jostas, āda un ādas imitācija, visu veidu maciņi un vāciņi mobilajiem telefoniem, dārgmetāli un to sakausējumi, kancelejas un biroja preces, kosmētikas izstrādājumi, mēbeles, spoguļi, rāmji, sadzīves trauki u.c. </t>
+  </si>
+  <si>
+    <t>augu izcelsmes uztura bagātinātāji, vitamīnu piedevas, uztura bagātinātāji, kas galvenokārt sastāv no minerālvielām</t>
+  </si>
+  <si>
+    <t xml:space="preserve">vīriešu šorti, divu materiālu žaketes, jakas ar kapuci, ādas apavi, šalles, izbalējis rūtains krekls ar īsām piedurknēm, jakas, džemperi u.c.
+</t>
+  </si>
+  <si>
+    <t>apģērbi, apavi, galvassegas, ceļojumu koferi, pludmales somas, sporta somas, iepirkumu somas ar riteņiem, maki, rokassomas, instrumentu somas, medību somas (medību piederumi), portfeļi, skolas somas, dārgmetāli un to sakausējumi un izstrādājumi no tiem u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">pusvadītāji, pusvadītāju mikroshēmas, integrētās shēmas, datoru mikroshēmas, integrālās shēmas, sensori, pusvadītāju plāksnes, silīcija mikroshēmas, mikrokontrolleris, pusvadītāju atmiņas ierīces u.c.
+</t>
+  </si>
+  <si>
+    <t>kalts (maināmi instrumenti lietošanai darbgaldos) u.c.</t>
+  </si>
+  <si>
+    <t>zīmuļi, filca pildspalvas</t>
+  </si>
+  <si>
+    <t>serveru sistēmastīmekļa lietojumprogrammas, mobilās lietotnes Blackberry, iPad un Co u.c.</t>
+  </si>
+  <si>
+    <t>brilles, saulesbrilles, briļļu futrāļi, dārgmetāli un to sakausējumi, parfimērija, ēteriskās eļļas, kosmētika, matu losjoni, apģērbi, apavi, galvassegas, zīdaiņu autiņi, āda un ādas imitācijas un to izstrādājumi u.c.</t>
+  </si>
+  <si>
+    <t>apģērbi, somas, juvelierizstrā dājumi, rokassprādzes, apģērbi atslēgu piekariņi, mūzikas lentes, piederumi, kasetes ieraksti u.c.</t>
+  </si>
+  <si>
+    <t>pusvadītāji, integrālās shēmas, mikroprocesori, diodes, tranzistorisensori, strāvas moduļi (dators)u.c.</t>
+  </si>
+  <si>
+    <t>spēles, rotaļlietas, kāršu spēles, galda spēles, darbības un veiklības spēles, galda spēles, galda spēles, kauliņu spēles, puzle, spēļu kārtis, monētas un žetoni (spēļu aprīkojums), kauliņi (spēļu aprīkojums), spēles figūras u.c.</t>
+  </si>
+  <si>
+    <t>saulesbriļļu futrāļi, ietvari, saulesbrilles, saulesbriļļu auklas, siksnas, vāciņi, sieviešu sandales, atslēgu piekariņi, sieviešu rokassomas,  rotaslietas, kleitas, apģērbi, kostīmi, vilnas zeķes, virsdrēbes, peldkostīmi u.c.</t>
+  </si>
+  <si>
+    <t>motorolleri ratiņi, ratiņkrēsli, ratiņi vieglajām automašīnām, daļas un piederumi visām minētajām precēm u.c.</t>
+  </si>
+  <si>
+    <t>smaržas juvelierizstrādājumi, apavi, maki, somas, portfeļi, atslēgu piekariņi,u.c.</t>
+  </si>
+  <si>
+    <t>somas, ziepes, parfimērijas preces ēteriskās eļļas, kosmētika, pildīti kosmētikas maciņi, matu veidošanas vasks, depilācijas vasks, šampūni, mājdzīvnieku šampūni (neārstnieciski kopšanas līdzekļi), šķidrumi matu un ķermeņa kopšanai, matu krāsas, dezodorētāji u.c.</t>
+  </si>
+  <si>
+    <t>konditorejas izstrādājumi, metāla kastes, uzglabāšanas konteineri mājsaimniecībai un virtuvei, apģērbi, apavi, galvassegas, mobilo tālruņu maciņi, rotaslietas, atslēgu piekariņi, rakstāmpiederumi, plastmasas uzglabāšanas konteineri, tekstilizstrādājumi, rotaļlietu/telefonu maciņi, juvelierizstrādājumi, atslēgu piekariņi, rakstāmpiederumi, plastmasas uzglabāšanas konteineri, tekstilizstrādājumi, rotaļlietas u.c.</t>
+  </si>
+  <si>
+    <t>transportlīdzekļu izplūdes sistēmas, izpūtēji dzinējiem un mašīnām iepakojuma materiāli, kartona iepakojums  transportlīdzekļiem transportlīdzekļu spoguļi,  transportlīdzekļu daļas, transportlīdzekļu spoileri,  polo krekli, galvassegas, apģērbs, jakas u.c.</t>
+  </si>
+  <si>
+    <t>apģērbs, apavi, somas, maki, galvassegas, saulesbrilles u.c.</t>
+  </si>
+  <si>
+    <t>šaujamieroči, gaisa pistoles, gaisa šautenes, trankvilizatoru pistoles, pneimatiskie ieroči, rotaļu ieroči u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ vīni, alus, porteris, bezalkoholiskie dzērieni, sulas, bezalkoholiskie augļu ekstrakti, bezalkoholiskie preparāti dzērienu pagatavošanai u.c.
+</t>
+  </si>
+  <si>
+    <t>elektriskie iztvaicētāji, iztvaicētājs garšaugu un esenču iztvaicēšanai, inhalatori, garšaugu dzirnaviņas, apģērbi, laboratorijas mēteļi, cepures, kleitas, svārki, sporta bikses, bikses, apakšveļa, šalles,  vizieri un stieņi u.c.</t>
+  </si>
+  <si>
+    <t>apģērbs sportam, sporta inventārs, saulesbrilles, brilles (optika), sporta brilles, portfeļi, šalles, sporta aprīkojums, cimdi, sporta apavi, futbola krekli, futbola apģērbu modeļi, bērnu apģērbi, vīriešu apakšveļa  u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">pneimatiskie vārstu izpildmehānismi, izpildmehānismi AUTH rūpnieciskās automatizācijas vadības ierīces eleektriskie AUTH sensori, AUTH vārsti (sūkņu daļas), solenoīda vārsti u.c. </t>
+  </si>
+  <si>
+    <t>kosmētikas izstrādājumi, smaržas, apģērbi, apavi, somas, cepures, juvelierizstrādājumi u.c.</t>
+  </si>
+  <si>
+    <t>nemetāla emblēmas automašīnām, auto piederumi u.c.</t>
+  </si>
+  <si>
+    <t>juvelierizstrādājumi, somas, stikla izstrādājumi, tekstilizstrādājumi, rotaļlietas un sporta preces u.c.</t>
+  </si>
+  <si>
+    <t>cepures, apģērbi, apavi, somas u.c.</t>
+  </si>
+  <si>
+    <t>flīžu griezēji (rokas darbarīki)</t>
+  </si>
+  <si>
+    <t>kapakmeņi, kapu sveces</t>
+  </si>
+  <si>
+    <t>dekoratīvs stikls, stikla figūriņas, mākslinieciski priekšmeti no kristālstikla, svina kristāla figūriņas u.c.</t>
+  </si>
+  <si>
+    <t>mobilās spēles, bērnu spēles, komiksi, apģērbi, aksesuāri, rotaļlietas u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> kosmētika un tualetes piederumi, zobu pastas, parfimērija, ēteriskās eļļas u.c.</t>
+  </si>
+  <si>
+    <t>kabeļu savienotāji, bezvadu lādētāji, USB lādētāji, pulksteņu siksnas, viedpulksteņi, planšetdatori, skaļruņi, austiņas, bezvadu skaļruņi, mobilo tālruņu maciņi, viedtālruņi u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">elektriskie motori, starteri (izņemot sauszemes transportlīdzekļiem), ģeneratori, iekšdedzes dzinēju aizdedzes sistēmas, spuldžu sveces, aizdedzes sveces, degvielas sūkņi, regulatori, sprauslas un sprauslu turētāji, dzinēja vārsti, degvielas filtri, eļļas filtri, gaisa filtri u.c. </t>
+  </si>
+  <si>
+    <t>apģērbs, apavi, lietus necaurlaidīgas jakas, dūnu jakas, snovborda jakas u.c.</t>
+  </si>
+  <si>
+    <t>skaļruņi, televizori, skaņas joslas u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">zāģi, cauruļu griešanas mašīnas, mašīnas metālu zāģēšanai, pašgājējas mašīnas zāģēšanai, zāģu soli, mobilās kokzāģētavas, zāģēšanas instrumenti zāģmašīnām, zāģēšanas darbgaldi, zāģu asmeņi u.c. </t>
+  </si>
+  <si>
+    <t>spēļu konstruktori, rotaļu konstruktori, miniatūras figūriņas no plastmasas, savienojamas rotaļu konstruktoru daļas, savienojumu rotaļu konstruktori, konstruktoru daļas, rotaļu darbarīki, kārbas uzglabāšanas nolūkiem (plastmasas) u.c.</t>
+  </si>
+  <si>
+    <t>spēles, rotaļlietas un rotaļlietas, videospēļu ierīces vingrošanas un sporta inventārs, apģērbi, apavi, galvassegas, bagāžas un pārnēsāšanas somas, rokas darbarīki, sniega lāpstas, brilles, sniega brilles, saulesbrilles, ķiveres, muguras aizsargi, apakšstilbu aizsargi, nelaimes gadījumu aizsardzības ierīces personiskai lietošanai, jo īpaši pastiprinājumi plecu un elkoņu, ceļgalu un citu ķermeņa daļu aizsardzībai, elektroniski meklēšanas aparāti apbedīto personu atrašanās vietas noteikšanai, elektroniski lavīnu raiduztvērēji, meklēšanas zondes u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">apģērbi,smaržas, brilles (optika) u.c. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">šokolāde, kafija, šokolādes cepumi, ievārījumi, dabīgie ievārījumi, medus, augļu pasta, konfektes, olīvu pasta, diētas kapsulas, uztura bagātinātāji, gardumi, tēja, pīrāgi, baklava, košļājamā gumija, zobu pastas, mutes skalojamais līdzeklis, ziepe, ēteriskās eļļas (eļļas), saules aizsargkrēms, olīveļļa, šampūns, roku krēmi,  kosmētika, kosmētiskie preparāti, zāļu kapsulas, gomoritīns, roku losjoni, roku tīrīšanas līdzekļi, farmaceitiskie izstrādājumi, odekoloni, smaržas un saistīti izstrādājumi, dabīgie sveķi mastika u.c. </t>
+  </si>
+  <si>
+    <t>liftu lentes, iespiedshēmu plates, Iespiedshēmas, pārvietojamie celiņi, invertori (elektrība), inverteri strāvas padevei, pārvietojamas kāpnes (eskalatori), zobsiksnas motoriem, mašīnām, motoriem u.c.</t>
+  </si>
+  <si>
+    <t>apģērbi, somas, smaržas</t>
+  </si>
+  <si>
+    <t>t-krekli</t>
+  </si>
+  <si>
+    <t>elektroniskās cigaretes, Šķidrums elektroniskajām cigaretēm, aromatizētāji izmantošanai elektroniskajās cigaretēs, iekšķīgi lietojamie iztvaicētāji smēķētājiem, ierīces tabakas sildīšanai inhalācijas nolūkiem, cigarešu uzgaļi, filtri,  turētāji, šķiltavas,   futrāļi u.c.</t>
+  </si>
+  <si>
+    <t>spēles, rotaļlietas, kāršu spēles, darbības un veiklības spēles, galda spēles, kauliņu spēles, puzle, spēļu kārtis, monētas un žetoni, spēļu aprīkojums, kauliņi spēles figūras u.c.</t>
+  </si>
+  <si>
+    <t>rotaļlietas, apģērbi, somas, aksesuāri u.c.</t>
+  </si>
+  <si>
+    <t>grāmatas, plīša rotaļlietas</t>
+  </si>
+  <si>
+    <t>ādas apģērbs aizsardzībai pret negadījumiem vai traumām, ādas futrāļu maciņi, ādas maciņi viedtālruņiem, ādas apvalki planšetdatoriem, grāmatu vāki no ādas, ādas zīmuļu futrāļi, ar ādu iesietas dienasgrāmatas, ādas pārvalki dienasgrāmatām, ādas grāmatzīmes, ādas mēbeļu pārvalki,  somas, maki, koferi, ceļojumu somas u.c.</t>
+  </si>
+  <si>
+    <t>somas, mugursomas, skolas somas, mazas mugursomas, jostas somas, tekstila iepirkumu somas, pārtikas preču iepirkumu somas, ceļojuma somas, bagāžas uz riteņiem, ceļojumu bagāžas somas</t>
+  </si>
+  <si>
+    <t>t-krekli,džemperi ar kapuci, cepures u.c.</t>
+  </si>
+  <si>
+    <t>cepures, džemperi, t-krekli u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">parfimērija, smaržas, tualetes ūdeņi </t>
+  </si>
+  <si>
+    <t xml:space="preserve">apģērbi, somiņas, maki, mugursomas, sporta somas, motociklu seglu somas, ādas atslēgu piekariņi un atslēgu maciņi, čemodāni, iepirkumu somas, portfeļi, dokumentu maciņi, čeku grāmatiņu vāki, sajūga somiņas, bagāža, ceļojumu somas, ādas turētājs dzērienu traukiem, citas preces u.c. </t>
+  </si>
+  <si>
+    <t>apģērbs, masāžas ierīces u.c.</t>
+  </si>
+  <si>
+    <t>sporta apģērbs, t-krekli, regbija topi</t>
+  </si>
+  <si>
+    <t>apģērbs, apavi, galvassegas, krūzes, maki ar kredītkaršu nodalījumiem, koferi un ceļojumu somas u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> konditorejas izstrādājumi, šokolāde, deserti, saldējums u.c.</t>
+  </si>
+  <si>
+    <t>magnēti, preču lifti, celšanas iekārtas, mehāniskie instrumenti, magnetizācijas ierīces, magnēti, magnetizējoši un demagnetizējoši izstrādājumi, magnēti rūpnieciskiem nolūkiem, supravadošas magnētiskās ierīces, pastāvīgie magnēti, celšanas magnēti, metāla stieples (elektriskās), metāla atloki (aproces) u.c.</t>
+  </si>
+  <si>
+    <t>iepakojuma dizains sporta zeķes, potīšu zeķes, pirkstu zeķes u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">šampūni, matu kondicionieri, matu šķidrumi u.c.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">velosipēdu rāmji, dakšas (velosipēdu detaļas), velosipēdi, sporta velosipēdi u.c. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">lodīšu gultņi, rullīšu gultņi kā mašīnu elementi u.c. </t>
+  </si>
+  <si>
+    <t>konditorejas izstrādājumi, metāla kastes, uzglabāšanas konteineri mājsaimniecībai un virtuvei,  apģērbi, apavi, galvassegas, mobilo tālruņu maciņi, rotaslietas, atslēgu piekariņi, rakstāmpiederumi, plastmasas uzglabāšanas konteineri, tekstilizstrādājumi, rotaļlietu/telefonu maciņi, juvelierizstrādājumi, atslēgu piekariņi, rakstāmpiederumi, plastmasas uzglabāšanas konteineri, tekstilizstrādājumi, rotaļlietas u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">portfeļi, karšu maki,maki kredītkartēm (ādas izstrādājumi),  rokassomas, naudas maki u.c. </t>
+  </si>
+  <si>
+    <t>aksesuāri, jakas, t-krekli, sporta apakškrekli u.c.</t>
+  </si>
+  <si>
+    <t>plastmasas bļodas, konteineri, vannas u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dāvanu maisiņi, dāvanu kastes, aromāti, smaržvielas, ziepes, aerosoli, losjoni,higiēnas gels,  uz spirta bāzes veidots antibakteriāls ādas dezinfekcijas līdzeklis, kosmētiskie ķermeņa skrubji, attīroši roku tīrīšanas līdzekļi, sveces, lustras, telpu aerosoli, automašīnu smaržas, u.c. </t>
+  </si>
+  <si>
+    <t>hanteles, hanteļu statīvi, hanteļu stieņi svarcelšanai, fitnesa aprīkojums lietošanai telpās, aprīkojums fiziskās sagatavotības uzturēšanai, plaukti fitnesa aprīkojuma glabāšanai</t>
+  </si>
+  <si>
+    <t>sporta bumbas, sporta apavi, apģērbs, sporta somas, sporta apģērbu somas u.c.</t>
+  </si>
+  <si>
+    <t>rezerves daļas, piederumi, aksesuāri u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REDU 006110516-0002, REDU 006110516-0007, REDU 006156071-0001
+REDU 005644077-0001, REDU 003736289-0004, REDU 004005361-0003
+REDU 006110516-0001, ITM 1480395Enyaq, ITM 1407715Skoda Chrystal Lighting, REDU 003735836-0001, REDU 004005361-0009, REDU006110516-0004, REDU 006110516-0005, REDU 006110516-0008, REDU 006110516-0009 REDU 003736370-0002, REDU 002705855-0007, REDU 002705855-0008, REDU 002705855-0009, REDU 002705855-0010 REDU 002705855-0011, REDU 002705855-0012, REDU 002705855- 0013, REDU 002705855-0014, REDU 002504746-0001, ITM 1251395 VRS, REDU 002680462-0001, REDU 002680462-0002, REDU 002633 818-0001, REDU 002633818-0002, ITM 1303284 Kodiaq, REDU003 194000- 0001, REDU 003419449-0001, REDU 003736370-0001, REDU 003736370-0003, EUTM 1099225 Skoda Economy Parts, REDU 258 4490-0001, REDU 2399683-0001, REDU 3225143-0001, REDU 32251 43-0003, REDU 3225143-0004, REDU 3225143-0006, REDU 3225143-0 007, REDU 3225143-0008, REDU 3225143-0010, REDU 225143-0011, REDU 3225143-0012, REDU 3423615-0001, REDU 3423615-0002, REDU 3423615-0004, EUTM 4315214 Felicia, EUTM 982317 Spaceback, EUTM 1238799 Fabia, EUTM 1063984 Citigo, EUTM 4302031 Laurin &amp; Klement, REDU 001977042-0001, EUTM 3065059 Skoda, EUTM 933598 Skoda Auto, REDU 3799592- 0002, ITM 1234878 Skoda Superb, REDU 002107029-0001, REDU 002173658-0002, REDU 0021 73658-0003, EUTM 4302841 Skoda, REDU 3799592-0004, EUTM 4302022 Roomster, REDU 3799592-0005 ITM 1121505 Simply Clever, EUTM 1110655 Skoda, EUTM 4740437 Yeti, EUTM 1362701 KAROQ, EUTM 1099224 Skoda original Austausch Teile, EUTM 1099222 Skoda Genuine Exchange Parts, EUTM 1098579 Skoda Economy Teile, REDU 1814427-0001, REDU 3225143-0002, REDU 3225143-0005, REDU 3225143-0009, REDU 3225143-0013, REDU 3423615-0003, REDU 3423615-0007, REDU 3618412-0001, REDU 3736289-0003, REDU 3736289-0006, REDU 3799592-0003, REDU 006110516-0013, REDU 006063517-0002, REDU 007036611-0002 ITM 1096012 Skoda Rapid, REDU 002408369-0001, EUTM 4315032 Octavia, REDU 002725796-0001, REDU 002725796-0004, REDU 002725796-0008, REDU 002705855-0003		</t>
+  </si>
+  <si>
+    <t>kafija, kafijas kannas, šķīstošā kafija, kafijas krūzes, kafijas maisiņi, malta kafija u.c.</t>
+  </si>
+  <si>
+    <t>apģērbi un aksesuāri alpīnisma, kāpšanas un āra aktivitātēm</t>
+  </si>
+  <si>
+    <t>rotaslietas, juvelierizstrādājumi, rotaslietu lādītes, putekļu lupatiņa, filca maisiņi u.c.</t>
+  </si>
+  <si>
+    <t>ābolu vīna kokteiļi, sidrs, vīni, dzērieni uz vīna bāzes (vīna špriceri), alus, alus kokteiļi, bezalkoholiskie dzērieni, bezalkoholiskie kokteiļi u.c.</t>
+  </si>
+  <si>
+    <t>mēbeles, krēsli, dīvāni,soli (mēbeles),atpūtas mēbeļu komplekti, āra mēbeles, terases mēbeles, sēdekļi kā mēbeles u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> apgaismes ierīces, to aprīkojums, piederumi,daļas, spuldzes, āra apgaismojums u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">rokassomas, džemperi, t-krekli, mati, brilles, alus krūzes u.c.
+ </t>
+  </si>
+  <si>
+    <t>šokolādē pārklātas vafeles, pildīta šokolāde, maizes izstrādājumi un konditorejas izstrādājumi, šokolāde un deserti, šokolāde, pildītas šokolādes tāfelītes, šokolādes tāfelītes, šokolādes cepumi</t>
+  </si>
+  <si>
+    <t>juvelierizstrādājumi, ķēdes, kaklarotas  rokassprādzes, gredzeni, apģērbi, apavi, galvassegas, jostas somas, ceļojumu somas, rokasomiņas, maki u.c</t>
+  </si>
+  <si>
+    <t>apģērbi, apavi, sporta apavi, galvassegas, bērnu gultiņas, ceļojumu čemodāni, apģērbu koferi, mugursomas, somas, maki, atslēgu futrāļi (ādas izstrādājumi), maciņi, kas paredzēti tualetes piederumu glabāšanai, mapes, aploksnes (ādas izstrādājumi), ādas segas (kažokādas), ādas imitācija, kažokādas (dzīvnieku ādas), karšu turētāji, ādas polsterējums mēbelēm, dokumentu kastes u.c.</t>
+  </si>
+  <si>
+    <t>bagāžas birkas (ādas izstrādājumi, somas,  pārtikas preču maisiņi, beisbola cepures, apģērbs, t-krekli, kāju paklājiņi, auduma durvju paklājiņi, DVD diski, kompaktdiski, DVD futrāļi, diska formas ierakstu nesēji u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> atmiņas moduļi, baterijas, ierīces un instrumenti enerģijas uzkrāšanai, uzlādējamas baterijas, mobilās lietotnes, elektriskās baterijas, sauszemes pārvietošanās līdzekļi, gaisa pārvietošanās līdzekļi, ūdens pārvietošanās līdzekļi, hibrīda transportlīdzekļi, elektriskie transportlīdzekļi, galvassegas, apģērbs,glāzes, krūzes u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ziemassvētku eglītes statīvs </t>
+  </si>
+  <si>
+    <t>pulksteņi, apģērbi, apavi, galvassegas u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">rokassprādzes, odu atbaidīšanas līdzekļi </t>
+  </si>
+  <si>
+    <t>dekoratīvā kosmētika parfimērija un smaržas, iedeguma eļļa, ķermeņa krēms, losjons, ziepes, dušas želejas, ēteriskās eļļas, saules aizsarglīdzekļi, sauļošanās krēmi u.c.</t>
+  </si>
+  <si>
+    <t>galvassegas, blūzes, t-krekli, mugursomas, ceļojumu somas, jakas, mēteļi, džemperi ar kapuci u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">svaigas vīnogas, aprikozes, persiki
+</t>
+  </si>
+  <si>
+    <t>rotaļlietas, spēles, mehāniskās rotaļlietas, rotaļu modeļi, modeļu transportlīdzekļi, žurnāli, grāmatas, pulksteņi, saulesbrilles, brilles, ķiveres, stereo austiņasaudio pastiprinātāji, austiņas telefoniem, pildspalvas, apavi, apģērbs, automobiļi/vieglās automašīnas, riteņu diski, riteņi u.c.</t>
+  </si>
+  <si>
+    <t>videospēļu konsoles, rotaļlietas, lelles, grāmatas, komiksi, bērnu grāmatas, apģērbi, gultas veļa u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">apģērbi, apavi, somas skaistumkopšanas līdzekļi, to izstrādājumi un aksesuāri u.c.  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">šaujamieroči, munīcija un šāviņi, sprāgstvielas, uguņošana, šautenes, harpūnu pistoles, pistoles, gaisa pistoles, revolveri, ložmetēji, mīnmetēji, artilērijas lielgabali, raķešu palaišanas iekārtas, motorizētie ieroči ieroči, lādiņi, raķetes, mīnas, sprāgstvielu drošinātāji, sprāgstvielu drošinātāji izmantošanai raktuvēs, šaujamieroču pusgarās bikses, ieroču plecu siksnas, kārtridži, kārtridžu iepildīšanas aparāti, kasetņu maisiņi, aparāti kasetņu lentu uzpildīšanai, kasetņu iepildīšanas aparāti, kārtridžu futrāļi, šaujamieroču tīrīšanas birstes, ieroču futrāļi, pistoles, ieroču stobri, šauteņu āmuri, šauteņu futrāļi, šauteņu tēmēkļu spoguļi, ieroču un šauteņu sprūda aizsargi, šautenes, tēmēkļi,  ieroču trokšņa slāpētāji, šaušanas platformas, ieroči (rotaļlietas), pistoles (rotaļlietas), gaisa pistoles (rotaļlietas), loki un loka šaušanas ierīces, aparātus krāsas bumbiņu palaišanai, peintbola pistoles, krāsas bumbiņas, pistoļu vāciņus, harpūnu ieroči, rezerves daļas minētajam modelim un ieroču kopijām, jo īpaši iekrāvēji, rokturi, krāni, rāmji, mucas, cilindri, sprūdi, drošības fiksatori, drošības ierīces un virzuļu galvas, šāviņi un munīcija šiem ieroču modeļiem un atdarinājumiem, ieroču kopiju futrāļi un maciņi, modeļu un kopiju ieroči virtuālai šaušanai, mērķi, elektroniskie mērķi, šaujamieroču tēmēšanas teleskopi, optiskās lēcas, teleskopi, sporta brilles, novērošanas instrumenti, okulāri, briļļu futrāļi, apģērbs aizsardzībai pret negadījumiem, apstarošanu un uguni, cimdi aizsardzībai pret negadījumiem, ložu necaurlaidīgas vestes, glābšanas vestes, baterijas kabatas lampām, termoelektrolampas, lāzeri, kas nav paredzēti medicīniskiem nolūkiem, šaujamieroču tēmēšanas teleskopi, šaušanas aizsargbrilles, nakts redzamības brilles, palielināmās brilles, lēcas šaušanai, novērošanas instrumenti šaušanai, aizsargmaskas un brilles, dzirksteļu aizsargi, signalizācijas svilpes, suņu svilpes, ugunsdzēsības aparāti, simulatori, jo īpaši šaušanas simulatori, jo īpaši šaušanas simulatori savienošanai ar televizoru vai datoru, programmatūra, jo īpaši šaušanas </t>
+  </si>
+  <si>
+    <t>skaistumkopšana, matu veidošana, matu kopšana, matu kondicionieri, mitrinoši kondicionieri, šampūni u.c.</t>
+  </si>
+  <si>
+    <t>alus, bezalkoholiskais alus, pudeles, metāla kannas alkoholiskajiem dzērieniem, alkoholiskie dzērieni,  alkoholiskie preparāti dzērienu pagatavošanai, sidrs u.c.</t>
+  </si>
+  <si>
+    <t>pafimērijas izstrādājumi, kosmētika, mēbeles, diski, transportlīdzekļi, spoguļi, vējstiklu tīrītāji, uzraudzības instrumenti un aparāti, krāsas, transportlīdzekļu bamperi, tehniskās eļļas un smērvielas, automašīnu dzinējitransportlīdzekļi u.c.</t>
+  </si>
+  <si>
+    <t>ķermeņa krēms, roku krēms, viegli aromatizēti aerosoli,  smaržūdens, viegli aromatizēti ķermeņa aerosoli, šampūni, matu kondicionieri, pretblaugznu šampūni u.c.</t>
   </si>
   <si>
     <t xml:space="preserve">apģērbs, apavi, detaļas un aksesuāri
 </t>
   </si>
   <si>
-    <t xml:space="preserve">
-[...553 lines deleted...]
-    <t>džinsu bikses, t-krekli u.c.</t>
+    <t>apģērbs, lietus plēves, mugursomas, kosmētika, auskari smaržas, šalles, kabatlakatiņi, somas, cepures, apavi u.c.</t>
+  </si>
+  <si>
+    <t>sejas tīrīšanas piens, uztura bagātinātāji, probiotiskās piedevas, skaistumkopšanas balzamkrēmi,  sejas krēms, kosmētiskie krēmi, antioksidantu piedevas, ķermeņa želejas u.c.</t>
+  </si>
+  <si>
+    <t>automobiļi, kravas automašīnas, autobusi, akumulatori, automašīnu lādētāji</t>
   </si>
   <si>
     <t>vakuuma termosi dzērienu uzglabāšanai, lāzes, dzeršanas trauki un bāra piederumi, termosi, pudeles, siltumizolēti trauki, galda piederumi, virtuves piederumi un konteineri, dzesētāji (neelektriski trauki), dzērienu kannas u.c.</t>
   </si>
   <si>
-    <t>farmaceitiskie preparāti centrālās nervu sistēmas, tostarp galvassāpju ārstēšanai u.c.</t>
-[...8 lines deleted...]
-    <t>farmaceitiskie medikamenti, zāles, preparāti</t>
+    <t>rotaļu figūriņas, kartona kastes, kolekcionējamas rotaļu figūriņas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">datu apstrādes iekārtas un datori, datoru programmatūra un datoru aparatūra, viss iepriekš minētais īpaši un unikāli izstrādāts, pielāgots un pārdots izmantošanai mehānisko transportlīdzekļu un to daļu, aeronavigācijas transportlīdzekļu un to daļu, jūras transportlīdzekļu un to daļu, radioaparātu, GPS navigācijas ierīču, televizoru jomā, baterijas, elektriskie savienotāji un īpaši izņemot vispārējas nozīmes lietojumprogrammu izstrādes programmatūru, rīkus un utilītas, kā arī vispārējas nozīmes datu bāzes pārvaldības programmatūra elektroniskas vadības ierīces ratiņkrēsliem, elektroniskie ātruma un virziena regulatori transportlīdzekļiem, programmatūra, lai nodrošinātu attālo savienojumu ar pacientu monitoriem; elektroniskie ātruma un virziena regulatori ratiņkrēsliem, darbgaldidzesēšanas ventilatori, ieplūdes gaisa sildītāji, ūdens vārsti, aizdedzes, aukstā maisījuma sildītāji, rūpnieciskās eļļas un smērvielas, vasks, smērvielas, putekļus absorbējoši, mitrinoši un saistoši maisījumi, degviela un apgaismotāji, sveces un daktis apgaismošanai, uzliesmojoša degviela, dzinēju eļļas, smēreļļa mehānisko transportlīdzekļu dzinējiem, motoreļļas, transmisijas eļļa, mehāniski darbināmi instrumenti, motori un dzinēji, izņemot sauszemes transportlīdzekļiem </t>
+  </si>
+  <si>
+    <t>kosmētiskie līdzekļi, ziepes, ēteriskās eļļas, smaržas, ķermeņa dezodoranti, dušas želejas, šampūni un matu losjoni, saulesbrilles, brilles, briļļu rāmji un aksesuāri, apģērbi, apavi, galvassegas, apakšveļa, krekliņi</t>
   </si>
   <si>
     <t>atzveltnes krēsli, dīvāni, lampas, dekoratīvie spoguļi u.c.</t>
   </si>
   <si>
-    <t>atzveltnes krēsli, dīvāni, lampas,  dekoratīvie spoguļi u.c.</t>
+    <t xml:space="preserve">smaržas, smaržu pudelītes, kartona iepakojums u.c. </t>
+  </si>
+  <si>
+    <t>multivitamīnu preparāti, farmaceitiskie preparāti un vielas, gremošanas līdzekļi farmaceitiskiem nolūkiem, paracetamols, paracetamola preparāti iekšķīgai lietošanai, pretsāpju līdzekļi, zobu birstes, mutes skalošanas līdzeklis, zobu pasta, zobu birstes, mutes skalošanas līdzeklis, protēžu līmes, tīrīšanas līdzekļi u.c.</t>
+  </si>
+  <si>
+    <t>rotaslietas, rotaslietu lādītes, pulksteņu siksniņas, izšūtas tekstila rokassprādzes, piespraudes, futrāļi rotaslietu glabāšanai, elektriskie pulksteņi u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">mēbeles, galdi, mēbeļu plaukti, metāla skapīši, vitrīnu skapīši, naktsskapīši, skapji u.c. </t>
+  </si>
+  <si>
+    <t>rotaslietas, rotaslietu lādītes, pulksteņu siksniņas, izšūtas tekstila rokassprādzes  piespraudes, futrāļi rotaslietu glabāšanai, elektriskie pulksteņi u.c.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> uztura bagātinātāji, vitamīni, jogas siksnas, šorti, sporta bikses, zeķes, krūšturi, vingrošanas paklājiņi,  kleitas, svārki, sporta apģērbs</t>
+  </si>
+  <si>
+    <t>kosmētika, parfimērija, brilles, pulksteņi, somas, apģērbi, apavi u.c.</t>
+  </si>
+  <si>
+    <t>rezerves daļas, apģērbi, aksesuāri u.c.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
   </numFmts>
-  <fonts count="37" x14ac:knownFonts="1">
+  <fonts count="39" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Courier New"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier New"/>
       <family val="3"/>
       <charset val="186"/>
     </font>
     <font>
-      <b/>
-[...4 lines deleted...]
-    <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
-      <family val="1"/>
-[...3 lines deleted...]
-      <name val="Times New Roman Baltic"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Courier New"/>
       <family val="3"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier New"/>
       <family val="3"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier New"/>
       <family val="3"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier New"/>
       <family val="3"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <u/>
-[...16 lines deleted...]
-    <font>
       <sz val="10"/>
       <name val="Courier New"/>
       <family val="3"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier New"/>
       <family val="3"/>
-      <charset val="186"/>
-[...22 lines deleted...]
-      <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FFFF0000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF333333"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
-      <b/>
-[...4 lines deleted...]
-    <font>
       <sz val="8"/>
       <color rgb="FF2E2E2E"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Courier New"/>
       <family val="3"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF333333"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
+      <b/>
       <sz val="8"/>
-      <name val="Courier New"/>
-[...11 lines deleted...]
-      <color rgb="FF3C4043"/>
+      <color rgb="FF333333"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color rgb="FF333333"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
       <sz val="9"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="9"/>
+      <color indexed="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="7"/>
+      <color indexed="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="9"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Times New Roman Baltic"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Times New Roman Baltic"/>
+      <family val="1"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
       <name val="Courier New"/>
       <family val="3"/>
       <charset val="186"/>
     </font>
     <font>
-      <b/>
       <sz val="8"/>
-      <name val="Times New Roman"/>
-[...4 lines deleted...]
-      <sz val="10"/>
+      <color rgb="FF3C4043"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -13216,511 +13502,1332 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="44">
+  <cellStyleXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="9" fontId="14" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...20 lines deleted...]
-    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="122">
+  <cellXfs count="117">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="10" fillId="0" borderId="1" xfId="22" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="20" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="20" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="10" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="10" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="20" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="10" fillId="0" borderId="1" xfId="22" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="20" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="10" fillId="0" borderId="3" xfId="20" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="10" fillId="0" borderId="1" xfId="20" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="10" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="10" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="13" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="1" xfId="22" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="25" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="23" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="23" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="23" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="1" xfId="23" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="14" fillId="0" borderId="1" xfId="23" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="23" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="23" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="29" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="30" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="30" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="23" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...334 lines deleted...]
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="23"/>
   </cellXfs>
-  <cellStyles count="44">
+  <cellStyles count="24">
     <cellStyle name="Currency 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Currency 2 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Currency 2 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Currency 2 2 2 2" xfId="13" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
-    <cellStyle name="Currency 2 2 2 2 2" xfId="35" xr:uid="{313C43D6-72C0-4AEF-AE7A-1969A8911728}"/>
-    <cellStyle name="Currency 2 2 2 3" xfId="26" xr:uid="{2DBA9CD4-7AD8-4F99-BA86-F99B2F7DD28D}"/>
     <cellStyle name="Currency 2 2 3" xfId="12" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
-    <cellStyle name="Currency 2 2 3 2" xfId="34" xr:uid="{4595F7A1-A557-4FA5-B54E-976BC9BFDF44}"/>
-    <cellStyle name="Currency 2 2 4" xfId="25" xr:uid="{F55BC74A-9345-4850-827A-7BF0F8CF0F32}"/>
     <cellStyle name="Currency 2 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Currency 2 3 2" xfId="14" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
-    <cellStyle name="Currency 2 3 2 2" xfId="36" xr:uid="{CEC1EA78-89BB-47BE-9880-91C4D0D4D810}"/>
-    <cellStyle name="Currency 2 3 3" xfId="27" xr:uid="{8AB3EB2D-1A19-4148-A57C-92A4CE43FC3D}"/>
     <cellStyle name="Currency 2 4" xfId="11" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
-    <cellStyle name="Currency 2 4 2" xfId="33" xr:uid="{51F92761-3B4C-453B-B015-DA89411D95BE}"/>
-    <cellStyle name="Currency 2 5" xfId="24" xr:uid="{B245A0CC-A21F-4EEF-B858-28B0685FC300}"/>
     <cellStyle name="Currency 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Currency 3 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Currency 3 2 2" xfId="16" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
-    <cellStyle name="Currency 3 2 2 2" xfId="38" xr:uid="{167A6929-ADCF-480D-83AB-A0C9623F489B}"/>
-    <cellStyle name="Currency 3 2 3" xfId="29" xr:uid="{C1278036-D9A9-43A9-9F8A-588ABBDD988C}"/>
     <cellStyle name="Currency 3 3" xfId="15" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
-    <cellStyle name="Currency 3 3 2" xfId="37" xr:uid="{DABCB50F-EA70-4782-BCA2-6DA1014CD843}"/>
-    <cellStyle name="Currency 3 4" xfId="28" xr:uid="{E3AF1CAE-E8AE-4ED7-873A-8B5770096B8F}"/>
     <cellStyle name="Currency 4" xfId="7" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="Currency 4 2" xfId="17" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
-    <cellStyle name="Currency 4 2 2" xfId="39" xr:uid="{E0EDDFE5-6369-42CE-8AB0-23CB26DF5F1C}"/>
-    <cellStyle name="Currency 4 3" xfId="30" xr:uid="{7F8438D5-D390-4309-B1A7-1324C6199132}"/>
     <cellStyle name="Currency 5" xfId="8" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="Currency 5 2" xfId="18" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
-    <cellStyle name="Currency 5 2 2" xfId="40" xr:uid="{A4149A85-E3F7-437F-8021-9A995214882C}"/>
-    <cellStyle name="Currency 5 3" xfId="31" xr:uid="{94632A8A-637B-4252-9E4E-0DC3C4AE60CD}"/>
     <cellStyle name="Currency 6" xfId="9" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="Currency 6 2" xfId="19" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
-    <cellStyle name="Currency 6 2 2" xfId="41" xr:uid="{B906A263-91A4-4AA1-8DF6-9B9A70C0FA37}"/>
-    <cellStyle name="Currency 6 3" xfId="32" xr:uid="{ED80DECA-A0D5-458A-B2D5-1A98081254E3}"/>
     <cellStyle name="Currency 7" xfId="21" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
-    <cellStyle name="Currency 7 2" xfId="42" xr:uid="{B06CC285-33C7-418A-94F5-D514730838A4}"/>
     <cellStyle name="Hyperlink" xfId="23" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="10" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
     <cellStyle name="Normal 2 2" xfId="20" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
     <cellStyle name="Percent" xfId="22" builtinId="5"/>
-    <cellStyle name="Percent 2" xfId="43" xr:uid="{574A1F40-0EB8-4D1E-9CB6-6A521DE9DF88}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
+</file>
+
+<file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
+</file>
+
+<file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="en-US"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="lv-LV"/>
+        </a:p>
+      </c:txPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:val>
+            <c:numRef>
+              <c:f>Sheet1!#REF!</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
+              <c15:filteredSeriesTitle>
+                <c15:tx>
+                  <c:strRef>
+                    <c:extLst>
+                      <c:ext uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
+                        <c15:formulaRef>
+                          <c15:sqref>Sheet1!#REF!</c15:sqref>
+                        </c15:formulaRef>
+                      </c:ext>
+                    </c:extLst>
+                    <c:strCache>
+                      <c:ptCount val="1"/>
+                      <c:pt idx="0">
+                        <c:v>#REF!</c:v>
+                      </c:pt>
+                    </c:strCache>
+                  </c:strRef>
+                </c15:tx>
+              </c15:filteredSeriesTitle>
+            </c:ext>
+            <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
+              <c15:filteredCategoryTitle>
+                <c15:cat>
+                  <c:multiLvlStrRef>
+                    <c:extLst>
+                      <c:ext uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
+                        <c15:formulaRef>
+                          <c15:sqref>Sheet1!#REF!</c15:sqref>
+                        </c15:formulaRef>
+                      </c:ext>
+                    </c:extLst>
+                  </c:multiLvlStrRef>
+                </c15:cat>
+              </c15:filteredCategoryTitle>
+            </c:ext>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-8E3B-4281-AC37-06E4B5218C50}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="1769028496"/>
+        <c:axId val="1883752448"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="1769028496"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="lv-LV"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="1883752448"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="1883752448"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="lv-LV"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="1769028496"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:extLst>
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:solidFill>
+      <a:schemeClr val="bg1"/>
+    </a:solidFill>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:solidFill>
+        <a:schemeClr val="tx1">
+          <a:lumMod val="15000"/>
+          <a:lumOff val="85000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="lv-LV"/>
+    </a:p>
+  </c:txPr>
+</c:chartSpace>
+</file>
+
+<file path=xl/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=xl/charts/style1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="201">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="65000"/>
+          <a:lumOff val="35000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="75000"/>
+            <a:lumOff val="25000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=xl/chartsheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+</file>
+
+<file path=xl/chartsheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<chartsheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" xr:uid="{C4530E45-1310-4D7F-AB56-BDB18CD78478}">
+  <sheetPr/>
+  <sheetViews>
+    <sheetView zoomScale="139" workbookViewId="0" zoomToFit="1"/>
+  </sheetViews>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+</chartsheet>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:absoluteAnchor>
+    <xdr:pos x="0" y="0"/>
+    <xdr:ext cx="9298867" cy="6078183"/>
+    <xdr:graphicFrame macro="">
+      <xdr:nvGraphicFramePr>
+        <xdr:cNvPr id="2" name="Chart 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59B842FD-B477-4575-9DE5-D8651DC7EA08}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGraphicFramePr>
+          <a:graphicFrameLocks noGrp="1"/>
+        </xdr:cNvGraphicFramePr>
+      </xdr:nvGraphicFramePr>
+      <xdr:xfrm>
+        <a:off x="0" y="0"/>
+        <a:ext cx="0" cy="0"/>
+      </xdr:xfrm>
+      <a:graphic>
+        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+          <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
+        </a:graphicData>
+      </a:graphic>
+    </xdr:graphicFrame>
+    <xdr:clientData/>
+  </xdr:absoluteAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13965,19262 +15072,23459 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Excel/Downloads/Downloads/Piel/Willy%20Bogner%20GmbH%20%20Co%202015" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\porsche" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.10.2023.xlsx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="..\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\AppData\Roaming\Microsoft\Excel\Downloads\Downloads\Downloads\Downloads\Downloads\Piel\WAGO%20Verwaltungsgesellschaft%20mbH" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2016.04.2021.xlsx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads\Downloads\Downloads\Downloads\Downloads\Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.05.2021.xlsx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="..\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\9P617JX6\Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Downloads/Piel/crocs" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Swedish%20Electromagnet%20Holding%20AB" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Eli%20Lilly%20and%20Company%202015%20%20xxx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Stussy%20Inc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Tiesibu_subjektu_saraksts_%20tiesibu_veidu_paskaidrojumi_%2005.07.2024_.xlsx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ks.vid.gov.lv/27/aprite/Koplietojamie%20dokumenti/Ties&#299;bu%20subjektu%20pieteikumi/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/GOOGLE%20LLC" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ks.vid.gov.lv/27/aprite/Koplietojamie%20dokumenti/Ties&#299;bu%20subjektu%20pieteikumi/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\JT%20International%20S%20A%202015" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2018.02.2022.xlsx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Skoda%20Auto%20a%20s" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Excel/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads/Downloads/Downloads/Downloads/Downloads/Piel/henco" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="..\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\9P617JX6\Downloads\Downloads\Downloads\Downloads\Downloads\Piel\apple" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2002.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Eli%20Lilly%20and%20Company%202015%20%20xxx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/HBI%20Europe%20GmbH%20%20ELEMENTS" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ks.vid.gov.lv/27/aprite/Koplietojamie%20dokumenti/Ties&#299;bu%20subjektu%20pieteikumi/Downloads/Piel/Soci&#233;t&#233;%20Jas%20Hennessy%20%20Co%20%20%202018" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Roaming/Microsoft/Excel/Downloads/Downloads/Piel/Willy%20Bogner%20GmbH%20%20Co%202015" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tiesibu_subjektu_saraksts_-tiesibu-veidu_paskaidrojumi-17.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Furla%20SPA" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/9P617JX6/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.03.2022.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\yoshida%20metal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\OHROPAX%20GmbH" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/retail%20royalty%20company" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.11.2021.xlsx" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2023.xlsx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\YOUTH%20SRL%20%202018" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Kioxia%20Corporation" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.06.2022.xlsx" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Patek%20Philippe%20SA%20Geneve%202017" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.10.2024.xlsx" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.06.2025.xlsx" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.12.2023.xlsx" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Hard%20Rock%20Limited" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Les%20Laboratoires%20Servier,%20soci&#233;t&#233;%20par%20actions%20simplifi&#233;e" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/United%20Exports%20Limited" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2031.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Fieldpoint%202015" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.09.2022.xlsx" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.04.2024.xlsx" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2029.11.2024.xlsx" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2021.05.2021.xlsx" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2026.01.2024.xlsx" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\international%20edge" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/banana%20republic" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\BOMAG%20GmbH" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Harry%20Winston%20SA" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.12.2022.xlsx" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.06.2024.xlsx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/reebok%20(Brinkmanis)" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2021.xlsx" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Starbucks%20Corporation%202018" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.11.2024.xlsx" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Chivas%20Holdings%20IP%20Limited%202015%20%202" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2018.02.2022.xlsx" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2026.01.2024.xlsx" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.08.2024.xlsx" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Industrie%20und%20Handelskammer%20Wuppertal-Solingen%20Remscheid%20%202015" TargetMode="External"/><Relationship Id="rId1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\victor" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\BIOFARMA%20%20soci&#233;t&#233;%20par%20actions%20simplifi&#233;e" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/TikTok%20Information%20Technologies%20UK%20Limited" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\CREDO%20Stahlwarenfabrik%20Gustav%20Kracht%20GmbH%20Co%20KG%202017" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.09.2021.xlsx" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.07.2023.xlsx" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2010.01.2025.xlsx" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2018.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/MESSIKA%20GROUP" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.06.2022.xlsx" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.05.2022.xlsx" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2021.01.2022.xlsx" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2010.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Beiersdorf%20AG%202017" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Genius%20GmbH" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/ALMIRALL%20HERMAL%20GMBH" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.10.2023.xlsx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/EWM%20hightec%20welding" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2031.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/F%20Hoffmann%20La%20Roche%20AG%202015" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2009.09.2022.xlsx" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.03.2024.xlsx" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.04.2025.xlsx" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.05.2021.xlsx" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.09.2024.xlsx" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.03.2022.xlsx" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/all%20star" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Experience%20Hendrix%20LLC" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.11.2021.xlsx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Novartis%20AG%20%20Novartis%20Sandoz%20Alcon%20%202018" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.11.2022.xlsx" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2024.xlsx" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Birkenstock%20Sales%20GmbH" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2019.07.2021.xlsx" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\ICONIX%20Luxembourg%20Holdings%20SARL%202017" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%206.01.2022.xlsx" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.11.2024.xlsx" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2023.xlsx" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Mars%20%20Incorporated%20SNICKERS%20%202017" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Juventus%20Football%20Club%20%202016" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/SRAM%20LLC" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Tiesibu_subjektu_saraksts_20222510_tiesibu_veidu_paskaidrojumi.xlsx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Tinnus%20Enterprises%20LLC" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Adam%20Opel%20AG%202017" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.07.2023.xlsx" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2023.xlsx" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.05.2022.xlsx" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.03.2024.xlsx" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/GOOGLE%20LLC" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2024.xlsx" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/RED%20DIAMOND%20HOLDINGS%20SARL" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.07.2023.xlsx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/out%20fit%207" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/DENTSPLY%20SIRONA%20Inc" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/World%20Wrestling%20RYBACK%20%202017" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.01.2023.xlsx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Syngenta%20Participations%20AG%202017" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/LA%20ROCHE_POSAY%20LABORATOIRE%20DERMATOLOGIQUE" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2024.01.2025.xlsx" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Eli%20Lilly%20and%20Company%202015%20%20xxx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Whirlpool%20Properties%20%20INC%202016%20vvv" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/LEDVANCE%20GmbH" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.03.2022.xlsx" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.04.2025.xlsx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Church%20%20Dwight%20Co%20Inc%20%202016" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.08.2024.xlsx" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2018.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads/Downloads/Downloads/Downloads/Downloads/Piel/versace%20vizu&#257;l&#257;%20inform&#257;cija" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/mars%20petcare" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/zte" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.10.2021.xlsx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Wittur%20Holding%20GmbH%202017" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2023.xlsx" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2026.04.2024.xlsx" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Victoria%20s%20Secret%20Stores%20Brand%20Management%20Inc" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Piel/swarowski" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2030.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Babyliss%20Faco%20SARL%20%20epilatori%202018" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.10.2024.xlsx" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.06.2025.xlsx" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.12.2023.xlsx" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/j%20chandler%20(buckfast)" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\JT%20International%20S%20A%202015" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/MAHLE%20International%20GmbH%20%202018" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\HUBLOT%20SA%202017%20ITM" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/FILA%20LUXEMBOURG%20S%20A%20R%20L%202015" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.09.2022.xlsx" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.04.2024.xlsx" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2031.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Samsung%20Electronics%20Co%20Ltd%202015" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2021.05.2021.xlsx" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2029.11.2024.xlsx" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Skoda%20Auto%20a%20s" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2026.01.2024.xlsx" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Hans%20Pries%20GmbH%20Co%20KG" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/old%20navy" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\VITA%20Zahnfabrik%20H%20Rauter%20GmbH%20%20Co%20KG" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\orafol%20europe" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/BLANCPAIN%20SA%202014" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.12.2022.xlsx" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.06.2024.xlsx" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2019.07.2024.xlsx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\YVES%20SAINT%20LAURENT%202017" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2021.xlsx" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Lucozade%20Ribena%20Suntory%20Limited" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Mars%20Incorporated%20%20Celebrations" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2018.02.2022.xlsx" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/YEREVAN%20BRANDY%20COMPANY%20CJSC" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Dr.%20August%20Wolff%20GmbH%20Co.%20KG%20Arzneimittel%20%202018" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/major%20league%20baseball" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.01.2023.xlsx" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2009.08.2024.xlsx" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/new%20balance%20athletic%20shoe" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Mawa%20Design%20Licht" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.07.2023.xlsx" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2024.xlsx" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%206.01.2022.xlsx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/coca%20cola%202012" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Pernod%20Ricard%202018" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Agria-Werke%20GmbH" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Allergan%20Inc" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.04.2025.xlsx" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Taylor%20Listug%20Inc%202018" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2026.01.2024.xlsx" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.09.2024.xlsx" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\ATELIER%20FASHION%20COMPANY%20INC" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.09.2021.xlsx" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2008.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.04.2025.xlsx" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.07.2023.xlsx" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.12.2024.xlsx" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Joimax%20GmbH" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/ANTONIO%20PUIG_%20Louboutin" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.06.2022.xlsx" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.05.2022.xlsx" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.10.2024.xlsx" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Salomon%20%20SAS" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/WAGO%20Verwaltungsgesellschaft%20mbH" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.01.2023.xlsx" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\MANI%20Inc%202015" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.11.2021.xlsx" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2023.xlsx" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2024.01.2025.xlsx" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2010.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Unilever%20Patent%20Group" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\LABORATOIRES%20DE%20BIOLOGIE%20VEGETALE%20YVES%20ROCHER%202016" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Badgequo%20Limited" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%206.07.2022.xlsx" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.04.2022.xlsx" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/acushnet" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/KABUSHIKI%20KAISHA%20PILOT" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/LORO%20PIANA%20SPA" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.06.2025.xlsx" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/The%20Absolut%20Company%20Aktiebolag" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.10.2023.xlsx" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2018.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/pernod%20ricard%20italia" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/ANTONIO%20PUIG%20SA" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2009.09.2022.xlsx" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.03.2024.xlsx" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2031.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/The%20Football%20Association%20Ltd%202016X" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\porsche" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Pernod%20Ricard%202018" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.05.2021.xlsx" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.04.2025.xlsx" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.09.2024.xlsx" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/berghaus" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/CARVEN%20SAS%202016" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2022.xlsx" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Deere%20Company%202017" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.04.2024.xlsx" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.06.2021.xlsx" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.10.2024.xlsx" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2030.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Pressalit%20AS" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.11.2021.xlsx" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.10.2023.xlsx" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Cummins%20Intellectual%20Property%20%20Inc%202015%20xz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Levis%20strauss%20Co%202018" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/ferrero" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.11.2022.xlsx" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2024.xlsx" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Hunter%20Boot%20Ltd%202017" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2002.07.2021.xlsx" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.10.2024.xlsx" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Spigen%20Korea%20Co%20Ltd" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%206.01.2022.xlsx" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2023.xlsx" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Lacoste%202017" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\TOS%20Srl%20%20%20%202018" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.12.2022.xlsx" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Eli%20Lilly%20and%20Company%202015%20%20xxx" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/TRB%20%20International%20SA" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2021.xlsx" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.07.2023.xlsx" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Eli%20Lilly%20and%20Company%202015%20%20xxx" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/nudie%20jeans" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Capbran%20Holdings%20LLC%202016" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Lincoln%20Global%20Inc%202015%202" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.03.2022.xlsx" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2026.01.2024.xlsx" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.07.2021.xlsx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Louis%20Vuitton%202017" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Moomin%20Characters%20Oy%20Ltd" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Bioline%20Products%202016%20xxx" TargetMode="External"/><Relationship Id="rId1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/DAVID%20YURMAN%20IP%20LLC" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.07.2023.xlsx" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2024.xlsx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\reinz-dichtungs" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.05.2022.xlsx" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.03.2024.xlsx" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Braun%20GmbH%202017" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Cambria%20Company%20LLC" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/JACQUEMUS" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.11.2022.xlsx" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.07.2024.xlsx" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2024.xlsx" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Puma%20SE%202016" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.07.2021.xlsx" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\dks.vid.gov.lv@SSL\DavWWWRoot\muita\kontr\Intelektu&#257;l&#257;%20&#299;pa&#353;uma%20aizsardz&#299;ba\Ties&#299;bu%20subjektu%20pieteikumi\Pielikumi\Louis%20Poulsen%20Lighting%20AS" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2010.01.2025.xlsx" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Reckitt%20%20Colman%20Overseas%20Limited%20%20%202015" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/HBI%20Europe%20GmbH%20%20ELEMENTS" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.06.2022.xlsx" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.04.2022.xlsx" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.03.2024.xlsx" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Davidoff%20%20Cie%20SA%20%202016%20CIGARI" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/KIKO%20SPA" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/AIRWELL%20RESIDENTIAL%20SAS" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.01.2023.xlsx" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.07.2024.xlsx" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.06.2025.xlsx" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Excel/Downloads/Downloads/Piel/Willy%20Bogner%20GmbH%20%20Co%202015" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Astrid%20Lindgren%20Aktiebolag" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.09.2023.xlsx" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2024.01.2025.xlsx" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/omega" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Juul%20Labs%20Inc" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.08.2022.xlsx" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.04.2022.xlsx" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/TODS%20SpA%202017" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Est&#233;e%20Lauder%20Companies%20GmbH%20%202017" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Babyliss%20Faco%20SPRL%202017" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Kabushiki%20Kaisha%20Miyake%202016" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2016.04.2021.xlsx" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.04.2025.xlsx" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.06.2025.xlsx" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Jos.%20Schneider%20Optische%20Werke%20GmbH%202017" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.08.2024.xlsx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Disney%20Enterprises%20Inc%20%202015" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.09.2021.xlsx" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2018.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2029.11.2024.xlsx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\timken" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Laverana%20GmbH%20Co%20KG" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.03.2024.xlsx" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.04.2025.xlsx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\HERBOREA%20SRL%202018" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.09.2024.xlsx" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Diesel%20SpA_%20ONLY%20THE%20BRAVE" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.10.2021.xlsx" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2023.xlsx" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2010.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Kabushiki%20Kaisha%20Asics%20trading%20as%20Asics%20Corporation" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\LRC%20Products%20durex%20%202017" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Sistema%20Plastics%20Limited" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.06.2022.xlsx" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2026.04.2024.xlsx" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.10.2024.xlsx" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.06.2025.xlsx" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2030.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Kovinoplastika%20Lo&#382;%20doo" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Grundfos%20Holding%20AS" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2022.11.2021.xlsx" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.12.2023.xlsx" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Take2Design%20GmbH%20Co%20KG%202018" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/JUNO%20THERAPEUTICS%20INC" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.10.2023.xlsx" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.06.2024.xlsx" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/tiesibu_subjektu_saraksts_-tiesibu-veidu_paskaidrojumi-10.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\DMC%20%202017" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.08.2022.xlsx" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.11.2024.xlsx" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Mobis%20Parts%20Europe%20NV%202015" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\PIERRE%20CARDIN%202018" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/MIQUEL%20Y%20COSTAS%20Y%20%20MIQUEL%20SA" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.05.2021.xlsx" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2007.02.2022.xlsx" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.06.2025.xlsx" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.01.2024.xlsx" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/under%20armour" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Ipsen%20Biopharm%2020%6017" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Express%20Install%20Distribution%20SRL" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.09.2022.xlsx" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2031.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/FABRICAS%20AGRUPADAS%20DE%20MU&#209;ECAS%20DE%20ONIL%20%20SAU" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2021.05.2021.xlsx" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2029.11.2024.xlsx" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/mars%20(pedigree)" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2026.01.2024.xlsx" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/SMITH%20WESSON%20CORP" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Genius%20(Nicer%20Dicer%20Magic%20Cube)" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/mattel%20(monster%20high)" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.10.2022.xlsx" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.05.2024.xlsx" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\INVISTA%20Technologies%20S&#224;rl%202017" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2002.07.2021.xlsx" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.12.2024.xlsx" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2018.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2030.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.03.2024.xlsx" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Vitra%20Collections%20AG%202015%20x" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/breitling" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Public/Desktop/eParakst&#299;t&#257;js%203.0.lnk" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.07.2024.xlsx" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/mars%20(Sheba)" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.06.2024.xlsx" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2024.01.2025.xlsx" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2021.xlsx" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.04.2022.xlsx" TargetMode="External"/><Relationship Id="rId1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/FAURE%20LE%20PAGE%20PARIS" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Hanes%20France%20SAS" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Playboy%20Enterprises%20International%20Inc" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2007.02.2022.xlsx" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/GoPro%20Inc%202015" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Dr%20Kurt%20Wolff%20GmbH%20un%20Co%20KG%202018" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.01.2023.xlsx" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2009.08.2024.xlsx" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Ellesse%20International%20SpA" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/kingston%20technology" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.07.2023.xlsx" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/ape%20and%20partners" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Lincoln%20Global%20Inc%202015%202" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/rado%20uhren" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.04.2025.xlsx" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Metallica%20partnership%202016" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Werkhaus%20Design+Produktion%20GmbH" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Glamglow%20LLC%202016" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.09.2024.xlsx" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Imperial%20Tobacco%20Limited%20%202015%20XXXXX" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.09.2021.xlsx" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.07.2023.xlsx" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.12.2024.xlsx" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2008.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2024.xlsx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\ESM%20Ennepetaler%20Schneid%20und%20M&#228;htechnik%20GmbH%20%20Co" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\NORDITROPIN%20SIMPLEXX%20%202017" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/JT%20International%20SA%202017" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.06.2022.xlsx" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.05.2022.xlsx" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.10.2024.xlsx" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Bormioli%20Rocco%20SpA" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.11.2021.xlsx" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.01.2023.xlsx" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2023.xlsx" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Impact%20Biomedicines%20Inc" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2024.01.2025.xlsx" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2010.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Oracle%20International%20Corporation" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%206.07.2022.xlsx" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.04.2022.xlsx" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.10.2024.xlsx" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Moroccanoil%20Israel%20Limited%202015" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Capri%20Sun%20AG" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Capri%20Sun" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.06.2025.xlsx" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Syngenta%20Participations%20AG%202016" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2002.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.10.2023.xlsx" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2023.xlsx" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2018.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Irish%20Distillers%20Limited%202015" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Turlen%20Holding%20SA%20%202017" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/BasicNet_Spa" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2009.09.2022.xlsx" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.03.2024.xlsx" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/HBI%20Europe%20GmbH%20%20ELEMENTS" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/ARTECHE%20LANTEGI%20ELKARTEA%20SA" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Secto%20Design%202017" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.05.2021.xlsx" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/NBA" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Montres%20Breguet%20SA" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2022.xlsx" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.04.2024.xlsx" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\BIOSYNTH%20AG%202017" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Uhlsport%20GmbH" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2021.05.2021.xlsx" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.10.2024.xlsx" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Cummins%20Inc%202015%20zzz" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/hilti" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.11.2022.xlsx" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.10.2023.xlsx" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Cummins%20Filtration%20Inc%202018" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.05.2024.xlsx" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2018.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2002.07.2021.xlsx" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.10.2024.xlsx" TargetMode="External"/><Relationship Id="rId1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Alcon%20Inc" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%206.01.2022.xlsx" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2023.xlsx" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Viacom%20international%20Inc%202015qqq" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Brother%20%20Industries%20Ltd%20rolls%20label%202018" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/bauerfeind%20AG%202017" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.12.2022.xlsx" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.06.2024.xlsx" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.07.2024.xlsx" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Caterpillar%20NI%20Limited%2015" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2021.xlsx" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2029.11.2024.xlsx" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/SHENZHEN%20SMOORE%20TECHNOLOGY%20LIMITED" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/GFM%20GmbH%20Trademarks" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Piel/AUTUMNPAPER%20LIMITED" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2026.01.2024.xlsx" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Allied%20Domecq%20Spirits%20%20%20Wine%20Limited%202016" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\SC%20Rulmenti%20SA" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Ninebot%20Beijing%20Tech%20Co%20Ltd%202017" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.01.2023.xlsx" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.07.2021.xlsx" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/OPINEL%20SAS" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Philip%20Morris%20products%20%20SOLARIS%202017" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.07.2023.xlsx" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2024.xlsx" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\WIKA" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Syngenta%20Participations%20AG%20_%20SOLATENOL" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/DTM%20RICAMBI%20SRL" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.05.2022.xlsx" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.03.2024.xlsx" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2024.xlsx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Ganni%20%20AS" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/BioNTech%20SE" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.08.2023.xlsx" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.07.2024.xlsx" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/CHUEN%20WOOK%20PARK%20LEE" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2010.01.2025.xlsx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/danfoss" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.06.2022.xlsx" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.05.2022.xlsx" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.03.2024.xlsx" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Betty%20Blue%20spa%202016" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Peter%20Kertels" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Konica%20Minolta%20Inc%202015" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.12.2022.xlsx" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Lego%20%20AS" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/SUZE%202015" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.09.2023.xlsx" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2024.01.2025.xlsx" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2010.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Lange%20Uhren%20GmbH" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Xerox%20Corporation%202016" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/AUTOMOBILES%20PEUGEOT" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.07.2022.xlsx" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.04.2022.xlsx" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.04.2025.xlsx" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Deutsche%20Telekom%20AG%202016" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Nurofen%202017" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/SHELTERED%20WINGS%20INC%20D_B_A%20VORTEX%20OPTICS" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2016.04.2021.xlsx" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Eli%20Lilly%20and%20Company%202015%20%20xxx" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.06.2025.xlsx" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Reckitt%20Colman%20Overseas%20Limited%20Veet%202017" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.10.2023.xlsx" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2018.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Canada%20Goose%20Inc%202015" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/KABUSHIKI%20KAISHA%20BANDAI%20NAMCO%20%202015%202" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/pernod%20ricard%20mexico" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.09.2022.xlsx" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.03.2024.xlsx" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2031.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Salvatore%20Ferragamo%20SpA%202017" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/KADINE%20BVBA" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2021.05.2021.xlsx" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.04.2025.xlsx" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.09.2024.xlsx" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/zapf%20creation%20(BABY%20born)" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.10.2021.xlsx" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2010.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\PARIS%20SAINT%20GERMAIN%20FOOTBALL%202017" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Ulthera%20Inc%202016" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2026.04.2024.xlsx" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/WAGO%20Verwaltungsgesellschaft%20mbH" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.10.2024.xlsx" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2030.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/L'Or&#233;al%20UK%20Limited%202015" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Daniel%20Wellington%20AB%202015" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.09.2023.xlsx" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.11.2023.xlsx" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2010.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Bauer%20Hockey%20Corp" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Balenciaga%202015" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/GH%20Mumm%20et%20Cie" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.08.2022.xlsx" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2024.xlsx" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Fitbit%202016" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.11.2024.xlsx" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.06.2025.xlsx" TargetMode="External"/><Relationship Id="rId1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Take%20Two%20Interactive%20Software%20Inc%202015%20zx" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2016.04.2021.xlsx" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2021.01.2022.xlsx" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.01.2024.xlsx" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\International%20Business%20Machines%20Corporation%202017" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Bacardi%20Martini%20Patr&#243;n%20International%20GmbH" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.07.2024.xlsx" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2031.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Nokia%202017" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.09.2022.xlsx" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.07.2023.xlsx" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2029.11.2024.xlsx" TargetMode="External"/><Relationship Id="rId1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Marimekko%20Oyj" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/samsung%20(kartrid&#382;i)" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2021.05.2021.xlsx" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.03.2022.xlsx" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\BELHYPERION" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2026.01.2024.xlsx" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\goyard" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Universal%20City%20Studios%20LLC" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.10.2022.xlsx" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Automobili%20Lamborghini%20SPA" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2002.07.2021.xlsx" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.12.2024.xlsx" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.03.2024.xlsx" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\JIL%20SANDER%20GmBH%202015" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Yonex%20Kabushiki%20Kaisha" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/NEREIDES%20DISTRIBUTION" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2002.12.2022.xlsx" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.06.2024.xlsx" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.07.2024.xlsx" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Mars%20%20Incorporated%202015%20xxx" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2021.xlsx" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2024.01.2025.xlsx" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Pari%20Pharma%20GmbH%202017" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Mars%20Incorporated%20Maltesers" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.04.2022.xlsx" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Syngenta%20Participations%20AG%202016" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Genius_Nicer%20Dicer%20Quick" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2007.02.2022.xlsx" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.01.2023.xlsx" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2009.08.2024.xlsx" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/monster%20energy" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2010.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\SBS%20Friction%20AS%202015" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Wahl%20Clipper%20Corporation%202017" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.07.2023.xlsx" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.03.2024.xlsx" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.04.2025.xlsx" TargetMode="External"/><Relationship Id="rId1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/LVMH%20Swiss%20Manufactures%20SA%202017" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Babyliss%20SARL%20matu%20&#382;&#257;v&#275;t&#257;ji" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Glash&#252;tter%20Uhrenbetrieb%20GmbH" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\syngenta%20(reglone)" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Trias%20Holding%20AG" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.09.2024.xlsx" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Dyson%20Limited%20%202018" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/mars" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.07.2023.xlsx" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2008.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Downloads/Downloads/Downloads/Downloads/Downloads/Piel/kawasaki%20motors" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/SAS%20Jean%20Cassegrain" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Europe%20Watch%20Group%20BV%202017" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/andreas%20stihl" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.05.2022.xlsx" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\J%20Choo%20Limited" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2002.10.2024.xlsx" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/VALENTINO%20SPA%202017" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.11.2021.xlsx" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2023.xlsx" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2024.01.2025.xlsx" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2010.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Toms%20of%20Maine%20Inc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Jemie%20BV%20%20CANNABOOST%202018" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/BIOENERGY%20EUROPE%20AISBL" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%206.07.2022.xlsx" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/caterpillar%20filtri" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Spin%20Master%20Ltd%202016%20PATROL" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.04.2022.xlsx" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.10.2024.xlsx" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.06.2025.xlsx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2002.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.10.2023.xlsx" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.12.2023.xlsx" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/ARENA%20ITALIA%20SPA" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2018.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2031.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\5%2011%20Inc%202015" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.08.2022.xlsx" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.03.2024.xlsx" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.11.2024.xlsx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Gaulme%20SAS%202016" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\GROUPEMENT%20FONCIER%20AGRICOLE%20CHATEAUX%20MAZERAT%20ET%20ANGELUS%202017" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.05.2021.xlsx" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Reebok%20International%20Ltd%202015%20X" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.01.2024.xlsx" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\bayern%20munchen%20vizu&#257;l&#257;%20inf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\HFC%20Prestige%20International%20Holding%20Switzerland%20S&#224;rl%20%20Hugo%20Boss,%20Escada,%20Max%20Factor%202017" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/EJ%20Gallo%20Winery" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.09.2022.xlsx" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.04.2024.xlsx" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2031.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Easton%20Baseball%20Softball%20Inc%202016" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\giorgio%20armani%202012" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2021.05.2021.xlsx" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/PEPSICO%20INC" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/SCHNEIDER%20ELECTRIC%20SE" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Ipsen%20Pharma%20SAS%20%20SOMATULINE%20AUTOGEL%20%20%202018" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Lewis%20Banks%20Ltd" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.11.2022.xlsx" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.05.2024.xlsx" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Guerlain%2019" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2002.07.2021.xlsx" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2018.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.10.2024.xlsx" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Mars%20Incorporated%20sunu%20bariba" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Swatch%20AG%20Swatch%20SA%20%20Swatch%20LTD%20%202017" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.12.2022.xlsx" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2023.xlsx" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2019.07.2024.xlsx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\AB%20Swedish%20Match%20Industries%20AB%202018" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2021.xlsx" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.06.2024.xlsx" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2029.11.2024.xlsx" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.04.2025.xlsx" TargetMode="External"/><Relationship Id="rId1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/sd%20-%203c" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/MARTIN%20Y%20PAZ%20DIFFUSION,%20SOCIETE%20ANONYME" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2018.02.2022.xlsx" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2026.01.2024.xlsx" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\GIANVITO%20ROSSI%202016" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Nippon%20Soda%20Co%20Ltd%202015" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Lucozade%20Ribena%20Suntory%20Limited" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.01.2023.xlsx" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.08.2024.xlsx" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/By%20Malene%20Birger%202016" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/The%20Cartoon%20Network%20Inc" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Tactic%20Games%20Oy%20%20%20M&#214;LKKY%20%202018" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.07.2023.xlsx" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2024.xlsx" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/tissot%202013" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/TUV%20Rheinland%20Aktiengesellschaf%202018" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.05.2022.xlsx" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2026.01.2024.xlsx" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2010.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Wyborowa%20SA%20Luxury%202016" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\IIP%20Intellectual%20Innovation%20Property%20AG" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/F&#233;d&#233;ration%20Internationale%20de%20Football%20Association%20(FIFA)" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2024.xlsx" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2021.xlsx" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.07.2023.xlsx" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2010.01.2025.xlsx" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Excel/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Syngenta%20Participations%20AG%202017" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/kores" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/THE%20LYCRA%20COMPANY%20UK%20LIMITED" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.06.2022.xlsx" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Kinetic%20Sand%202016" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.05.2022.xlsx" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Magneti%20Marelli%20SpA%202017" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.09.2023.xlsx" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.07.2024.xlsx" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2010.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/s.Oliver" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2024.01.2025.xlsx" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Brown%20Forman%20Finland%20Ltd" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Reckitt%20Benckiser%20Healthcare%20UK%20Ltd" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%206.07.2022.xlsx" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.04.2022.xlsx" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.04.2025.xlsx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Rimowa%20GmbH%20HRB%2014213" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/brabus" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/POLICHEM%20SA" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2016.04.2021.xlsx" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.08.2024.xlsx" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Excel/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/WAGO%20Verwaltungsgesellschaft%20mbH" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Syngenta%20Participations%20AG%202016" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/L'Or&#233;al%20UK%20Limited%202015" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.10.2023.xlsx" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2018.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Bayerische%20Motoren%20Werke%20AG%202015" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/longines" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/KaVo%20Dental%20GmbH" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2009.09.2022.xlsx" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.03.2024.xlsx" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.04.2025.xlsx" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2031.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Swedish%20Electromagnet%20Holding%20AB" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2021.05.2021.xlsx" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.09.2024.xlsx" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/CHAMPAGNE%20LOUIS%20ROEDERER%202016" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.10.2021.xlsx" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Mitre%20Sports%20International%20Limited" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Volkswagen%20AG" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.10.2022.xlsx" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2026.04.2024.xlsx" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Stussy%20Inc" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Martell%20%20Co" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.06.2021.xlsx" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2030.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.10.2024.xlsx" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/SOCIETE%20DU%20TOUR%20DE%20FRANCE" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2022.11.2021.xlsx" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.11.2023.xlsx" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2010.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Parfums%20Christian%20Dior%20%20SA%20%20%20Georges%20GEOFFROY%202018" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/SEAT%202016" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2024.xlsx" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Kabushiki%20Kaisha%20Yoshimura%20Japan%202016" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.11.2024.xlsx" TargetMode="External"/><Relationship Id="rId1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/VDW%20GmbH%20%202016" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Piel/crocs" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2021.01.2022.xlsx" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2023.xlsx" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Magpul%202015" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Street%20One%20GmbH%202017" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Spin%20Master%20Ltd" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.09.2022.xlsx" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.06.2024.xlsx" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2031.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Trijicon,%20Inc%202017" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2021.05.2021.xlsx" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.07.2023.xlsx" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2029.11.2024.xlsx" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Furla%20SPA" TargetMode="External"/><Relationship Id="rId1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\ICONIX%20Luxembourg%20Holdings%20SARL%202017" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/mars%20(uncle%20ben's)" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.03.2022.xlsx" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2026.01.2024.xlsx" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Toshiba%20Corporation" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Dell%20Corporation%20Ltd" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.07.2021.xlsx" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Simonswerk%20GmbH%202016" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Aardman%20Animations%20Limited" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.10.2022.xlsx" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.07.2023.xlsx" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2024.xlsx" TargetMode="External"/><Relationship Id="rId1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/hasbro" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\lucasfilm\Lucasfilm%20Entertainment%20Company%20Ltd%20LLC%20NR.2\Lucasfilm%20Entertainment%20Company%20Ltd%20LLC%202017" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.06.2021.xlsx" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.05.2022.xlsx" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.03.2024.xlsx" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Tiesibu_subjektu_saraksts_%20tiesibu_veidu_paskaidrojumi_%2005.07.2024_.xlsx" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Herschel%20%20Supply%20Company%20Ltd" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Mars%20%20Incorporated%202015%20xxx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/ALPHA%20BOOTS%20-%20INDUSTRIA%20DE%20CALcADO%20DE%20PROTECcaO%20LDA" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.11.2022.xlsx" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.07.2024.xlsx" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/mars%20(m_m's)" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2021.xlsx" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2024.01.2025.xlsx" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Peter%20J&#228;ckel%20Kommunikationssysteme%20GmbH%202017" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.04.2022.xlsx" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/FRATELLI%20MARTINI%20SECONDO%20LUIGI%20SPA%202016" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/ESSITY%20OPERATIONS%20FRANCE" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/NIKE%20Innovate%20CV%20%20xxxx" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.01.2023.xlsx" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.07.2024.xlsx" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Mars%20%20Incorporated_%20MilkyWay" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Philip%20Morris%20Brands%20Sarl%20%20ZZZ" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.07.2023.xlsx" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2024.01.2025.xlsx" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Wever%20%20Ducr&#233;%20GmbH%202017" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/EUROPEAN%20PALLET%20ASSOCIATION%20eV" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.03.2024.xlsx" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/URGO%20RECHERCHE%20INNOVATION%20ET%20DEVELOPPEMENT%20%202016" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/TESTEX%20AG" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2016.04.2021.xlsx" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.08.2024.xlsx" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/PRADA%202018" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Rail%20Cargo%20Austria%20AG%202015" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\august%20storck(TOFFIFEE)" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Vitra%20Collections%20AG%202015%20x" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.07.2023.xlsx" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.04.2024.xlsx" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Eastman%20Kodak%20Company" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.05.2022.xlsx" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2002.10.2024.xlsx" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2010.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Reckitt%20Benckiser%20LLC" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Nemiroff%20Intellectual%20Property%20Establishment%202017" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Gap%20(ITM)%20Inc%202016%20ZZZ" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2002.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.10.2023.xlsx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Pacific%20World%20Corporation%20%202018" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Volkswagen%20AG" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.08.2022.xlsx" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.03.2024.xlsx" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2031.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\AC%20Polska%20Akcyjna" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.05.2021.xlsx" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.11.2024.xlsx" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.01.2024.xlsx" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\porsche" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/United%20States%20Polo%20Association" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/IRRITEC%20SPA" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\AIGLE%20INTERNATIONAL%20SA%20%202018" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/LVMH%20FRAGRANCE%20BRANDS%20GIVENCHY%20%202017" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.11.2022.xlsx" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Excel/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/WAGO%20Verwaltungsgesellschaft%20mbH" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/GOLDEN%20GOOSE%20SPA%20%202018" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2002.07.2021.xlsx" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2018.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/toyota" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2019.07.2024.xlsx" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\jaguar%20land%20rover" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.01.2023.xlsx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\ZIPWALL%20LLC" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/daimler" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Excel/Downloads/Downloads/Piel/Willy%20Bogner%20GmbH%20%20Co%202015" TargetMode="External"/><Relationship Id="rId1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.07.2023.xlsx" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2024.xlsx" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.04.2025.xlsx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/HBI%20Playtex%20Bath%20LLC%202015" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.05.2022.xlsx" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2026.01.2024.xlsx" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Gant%20AB" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.09.2024.xlsx" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\SAS%20PARFUMS%20PAROUR" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Soremartec%20SA" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\SanDisk%20LLC%202017" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\peanuts%20worldwide" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.11.2021.xlsx" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2023.xlsx" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2024.01.2025.xlsx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/J%20Carter%20Sporting%20Club%20Limited" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%206.07.2022.xlsx" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.04.2022.xlsx" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/camper" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2016.04.2021.xlsx" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2011.04.2025.xlsx" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.06.2025.xlsx" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2027.08.2024.xlsx" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2018.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Fifty%20Six%20Hope%20Road%20Music%20Limited%202015" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Bang%20Olufsen%20AS" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Champagne%20Perrier%20%20Jou&#1105;t%202016" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2021.xlsx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\kyocera" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/3M" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2021.10.2022.xlsx" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.04.2024.xlsx" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.06.2021.xlsx" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.10.2024.xlsx" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2030.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.10.2023.xlsx" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2009.09.2022.xlsx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Wyborowa%20SA%20Luxury%202016" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Les%20Deux%20ApS" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.12.2021.xlsx" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/jean%20malak%20(lipomatic)" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\lucasfilm" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/PIONEER%20KABUSHIKI%20KAISHA" TargetMode="External"/><Relationship Id="rId1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/tiesibu_subjektu_saraksts_-tiesibu-veidu_paskaidrojumi-17.01.2026.xlsx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Willy%20Bogner%20GmbH%20%20Co%202015" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%206.07.2022.xlsx" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2029.11.2024.xlsx" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.03.2022.xlsx" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2026.01.2024.xlsx" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/apple" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/atomic%20austria" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.07.2021.xlsx" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/MAN%20Truck%20Bus%20AG%202016" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Red%20Bull%202017%20I%20Krodere" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Kylie%20Jenner%20Inc" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Wever%20%20Ducr&#233;%20GmbH%202017" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2017.11.2022.xlsx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\BABYZEN%20SAS%202015" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.08.2023.xlsx" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2024.01.2025.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../AppData/Local/Microsoft/Windows/AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2021.xlsx" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.06.2022.xlsx" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.04.2022.xlsx" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2023.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/audi" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.03.2025.xlsx" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.06.2025.xlsx" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/IVECO%20SPA%202016" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.02.2023.xlsx" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2025.07.2024.xlsx" TargetMode="External"/><Relationship Id="rId1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.02.2026.xlsx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Lenovo%20(Beijing)%20Limited%202015" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/TRANSPORTES%20AEREOS%20PORTUGUESES%20S%20A" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Porsche%20Aktiengesellschaft" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.09.2021.xlsx" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.07.2023.xlsx" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2004.08.2025.xlsx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv\27\mp_kontrole\Intelektu%25C4%2581l%25C4%2581%20%25C4%25ABp_aizsardz\Ties%25C4%25ABbu%20subj_piet\Piel\Husqvarna%20AB%202015" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/lundbeck%202011" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2020.05.2022.xlsx" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.04.2024.xlsx" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/AppData/Roaming/Microsoft/Downloads/Piel/crocs" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.03.2023.xlsx" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.10.2024.xlsx" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.12.2025.xlsx" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.09.2025.xlsx" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2010.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Reckitt%20Colman%20Overseas%20Limited%20%20Gaviscon" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Too%20Faced%20Cosmetics%20LLC" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/GORAN-TEE%20Gro&#223;handel" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2030.11.2021.xlsx" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2003.10.2023.xlsx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Kenzo%20SA%20%20FR%202018" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Japan%20Tobacco%20Inc%202015%20xxx" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2012.08.2022.xlsx" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.05.2025.xlsx" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2031.10.2025.xlsx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektu&#257;l&#257;%20&#299;p_aizsardz\Ties&#299;bu%20subj_piet\Piel\Coty%20Germany%20GmbH%202017" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2005.05.2021.xlsx" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.11.2024.xlsx" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2001.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.01.2024.xlsx" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.02.2025.xlsx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/casio" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2014.11.2025.xlsx" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Dr%20Martens%20International%20Trading%20GmbH%20%20DrMaertens%20Marketing%20GmbH%202016" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2007.11.2022.xlsx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Piel/Wilson%20Sporting%20Goods%20Co" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2013.05.2024.xlsx" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2028.12.2024.xlsx" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2002.07.2021.xlsx" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Downloads/Downloads/Downloads/Downloads/Downloads/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2016.04.2021.xlsx" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2015.03.2024.xlsx" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2018.07.2025.xlsx" TargetMode="External"/><Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../AppData/Local/Microsoft/Windows/INetCache/Content.Outlook/NAK02IX8/Aktu&#257;lo%20piepras&#299;jumu%20saraksts%2030.12.2025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:F1342"/>
+  <dimension ref="A1:H1364"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="G1341" sqref="G1341"/>
+    <sheetView tabSelected="1" topLeftCell="A187" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+      <selection activeCell="E191" sqref="E191"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="44" style="5" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="13.25" style="4" customWidth="1"/>
+    <col min="1" max="1" width="44" style="18" customWidth="1"/>
+    <col min="2" max="2" width="36.625" style="71" customWidth="1"/>
+    <col min="3" max="3" width="36.5" style="66" customWidth="1"/>
+    <col min="4" max="4" width="16.125" style="71" customWidth="1"/>
+    <col min="5" max="5" width="13.125" style="68" customWidth="1"/>
+    <col min="6" max="6" width="12.625" style="68" customWidth="1"/>
+    <col min="7" max="7" width="9" style="70"/>
+    <col min="8" max="8" width="9" style="70" customWidth="1"/>
+    <col min="9" max="10" width="9" style="70"/>
+    <col min="11" max="11" width="7.375" style="70" customWidth="1"/>
+    <col min="12" max="16384" width="9" style="70"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="7" t="s">
+    <row r="1" spans="1:7" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="103" t="s">
+        <v>3253</v>
+      </c>
+      <c r="B1" s="101"/>
+      <c r="C1" s="102"/>
+      <c r="D1" s="104"/>
+      <c r="E1" s="100"/>
+      <c r="F1" s="105"/>
+    </row>
+    <row r="2" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="83" t="s">
+        <v>3225</v>
+      </c>
+      <c r="B2" s="67"/>
+      <c r="D2" s="100"/>
+      <c r="F2" s="69"/>
+    </row>
+    <row r="3" spans="1:7" ht="100.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="116" t="s">
+        <v>3226</v>
+      </c>
+      <c r="B3" s="116"/>
+      <c r="D3" s="67"/>
+      <c r="F3" s="69"/>
+    </row>
+    <row r="4" spans="1:7" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="103"/>
+      <c r="B4" s="101"/>
+      <c r="C4" s="102"/>
+      <c r="D4" s="104"/>
+      <c r="E4" s="100"/>
+      <c r="F4" s="105"/>
+    </row>
+    <row r="5" spans="1:7" s="19" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="72" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="8"/>
-[...3 lines deleted...]
-      <c r="A3" s="37" t="s">
+      <c r="B5" s="73" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="10" t="s">
+      <c r="C5" s="96" t="s">
+        <v>3235</v>
+      </c>
+      <c r="D5" s="74" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="11" t="s">
+      <c r="G5" s="75"/>
+    </row>
+    <row r="6" spans="1:7" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="4" t="s">
+        <v>2829</v>
+      </c>
+      <c r="B6" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="84" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" s="20">
+        <v>46247</v>
+      </c>
+      <c r="E6" s="70"/>
+      <c r="F6" s="70"/>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A7" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" s="84" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" s="30">
+        <v>46300</v>
+      </c>
+      <c r="E7" s="70"/>
+      <c r="F7" s="70"/>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A8" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="84" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" s="20">
+        <v>46492</v>
+      </c>
+      <c r="E8" s="70"/>
+      <c r="F8" s="70"/>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A9" s="3" t="s">
+        <v>2340</v>
+      </c>
+      <c r="B9" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9" s="84" t="s">
+        <v>21</v>
+      </c>
+      <c r="D9" s="20">
+        <v>46492</v>
+      </c>
+      <c r="E9" s="70"/>
+      <c r="F9" s="70"/>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10" s="85" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" s="20">
+        <v>46270</v>
+      </c>
+      <c r="E10" s="70"/>
+      <c r="F10" s="70"/>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="11" t="s">
+        <v>27</v>
+      </c>
+      <c r="C11" s="84" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" s="20">
+        <v>46345</v>
+      </c>
+      <c r="E11" s="70"/>
+      <c r="F11" s="70"/>
+    </row>
+    <row r="12" spans="1:7" ht="167.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="3" t="s">
+        <v>2951</v>
+      </c>
+      <c r="B12" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="84" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" s="20">
+        <v>46421</v>
+      </c>
+      <c r="E12" s="70"/>
+      <c r="F12" s="70"/>
+    </row>
+    <row r="13" spans="1:7" ht="409.5" x14ac:dyDescent="0.2">
+      <c r="A13" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" s="84" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" s="20">
+        <v>46384</v>
+      </c>
+      <c r="E13" s="70"/>
+      <c r="F13" s="70"/>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A14" s="32" t="s">
+        <v>34</v>
+      </c>
+      <c r="B14" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="C14" s="84" t="s">
+        <v>36</v>
+      </c>
+      <c r="D14" s="39">
+        <v>46177</v>
+      </c>
+      <c r="E14" s="70"/>
+      <c r="F14" s="70"/>
+    </row>
+    <row r="15" spans="1:7" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A15" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B15" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="C15" s="84" t="s">
+        <v>39</v>
+      </c>
+      <c r="D15" s="20">
+        <v>46174</v>
+      </c>
+      <c r="E15" s="70"/>
+      <c r="F15" s="70"/>
+    </row>
+    <row r="16" spans="1:7" ht="81" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="3" t="s">
+        <v>2952</v>
+      </c>
+      <c r="B16" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C16" s="84" t="s">
+        <v>41</v>
+      </c>
+      <c r="D16" s="20">
+        <v>46443</v>
+      </c>
+      <c r="E16" s="70"/>
+      <c r="F16" s="70"/>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A17" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B17" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="C17" s="84" t="s">
+        <v>3387</v>
+      </c>
+      <c r="D17" s="30">
+        <v>46419</v>
+      </c>
+      <c r="E17" s="70"/>
+      <c r="F17" s="70"/>
+    </row>
+    <row r="18" spans="1:6" ht="75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="1" t="s">
+        <v>2849</v>
+      </c>
+      <c r="B18" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="C18" s="84" t="s">
+        <v>3388</v>
+      </c>
+      <c r="D18" s="20">
+        <v>46408</v>
+      </c>
+      <c r="E18" s="70"/>
+      <c r="F18" s="70"/>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A19" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B19" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="C19" s="84" t="s">
+        <v>47</v>
+      </c>
+      <c r="D19" s="30">
+        <v>46478</v>
+      </c>
+      <c r="E19" s="70"/>
+      <c r="F19" s="70"/>
+    </row>
+    <row r="20" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A20" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B20" s="12" t="s">
+        <v>49</v>
+      </c>
+      <c r="C20" s="84" t="s">
+        <v>50</v>
+      </c>
+      <c r="D20" s="30">
+        <v>46204</v>
+      </c>
+      <c r="E20" s="70"/>
+      <c r="F20" s="70"/>
+    </row>
+    <row r="21" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A21" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B21" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="C21" s="84" t="s">
+        <v>53</v>
+      </c>
+      <c r="D21" s="40">
+        <v>46225</v>
+      </c>
+      <c r="E21" s="70"/>
+      <c r="F21" s="70"/>
+    </row>
+    <row r="22" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A22" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B22" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C22" s="84" t="s">
+        <v>56</v>
+      </c>
+      <c r="D22" s="30">
+        <v>46484</v>
+      </c>
+      <c r="E22" s="70"/>
+      <c r="F22" s="70"/>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A23" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B23" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="C23" s="84" t="s">
+        <v>3389</v>
+      </c>
+      <c r="D23" s="20">
+        <v>46288</v>
+      </c>
+      <c r="E23" s="70"/>
+      <c r="F23" s="70"/>
+    </row>
+    <row r="24" spans="1:6" ht="132.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="B24" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="C24" s="84" t="s">
+        <v>3390</v>
+      </c>
+      <c r="D24" s="30">
+        <v>46280</v>
+      </c>
+      <c r="E24" s="70"/>
+      <c r="F24" s="70"/>
+    </row>
+    <row r="25" spans="1:6" ht="141" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="2" t="s">
+        <v>2953</v>
+      </c>
+      <c r="B25" s="12" t="s">
+        <v>2446</v>
+      </c>
+      <c r="C25" s="84" t="s">
+        <v>3391</v>
+      </c>
+      <c r="D25" s="30">
+        <v>46285</v>
+      </c>
+      <c r="E25" s="70"/>
+      <c r="F25" s="70"/>
+    </row>
+    <row r="26" spans="1:6" ht="88.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B26" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C26" s="84" t="s">
+        <v>3392</v>
+      </c>
+      <c r="D26" s="30">
+        <v>46143</v>
+      </c>
+      <c r="E26" s="70"/>
+      <c r="F26" s="70"/>
+    </row>
+    <row r="27" spans="1:6" ht="75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="B27" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="C27" s="84" t="s">
+        <v>64</v>
+      </c>
+      <c r="D27" s="20">
+        <v>46280</v>
+      </c>
+      <c r="E27" s="70"/>
+      <c r="F27" s="70"/>
+    </row>
+    <row r="28" spans="1:6" ht="51" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B28" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="C28" s="84" t="s">
+        <v>3393</v>
+      </c>
+      <c r="D28" s="20">
+        <v>46308</v>
+      </c>
+      <c r="E28" s="70"/>
+      <c r="F28" s="70"/>
+    </row>
+    <row r="29" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A29" s="1" t="s">
+        <v>3227</v>
+      </c>
+      <c r="B29" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="C29" s="84" t="s">
+        <v>3394</v>
+      </c>
+      <c r="D29" s="30">
+        <v>46282</v>
+      </c>
+      <c r="E29" s="70"/>
+      <c r="F29" s="70"/>
+    </row>
+    <row r="30" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A30" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B30" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C30" s="84" t="s">
+        <v>72</v>
+      </c>
+      <c r="D30" s="20">
+        <v>46254</v>
+      </c>
+      <c r="E30" s="70"/>
+      <c r="F30" s="70"/>
+    </row>
+    <row r="31" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A31" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B31" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C31" s="84" t="s">
+        <v>3395</v>
+      </c>
+      <c r="D31" s="20">
+        <v>46312</v>
+      </c>
+      <c r="E31" s="70"/>
+      <c r="F31" s="70"/>
+    </row>
+    <row r="32" spans="1:6" ht="164.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="2" t="s">
+        <v>2207</v>
+      </c>
+      <c r="B32" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="C32" s="84" t="s">
+        <v>3396</v>
+      </c>
+      <c r="D32" s="20">
+        <v>46311</v>
+      </c>
+      <c r="E32" s="70"/>
+      <c r="F32" s="70"/>
+    </row>
+    <row r="33" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A33" s="2" t="s">
+        <v>2954</v>
+      </c>
+      <c r="B33" s="11" t="s">
+        <v>2567</v>
+      </c>
+      <c r="C33" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="D33" s="30">
+        <v>46323</v>
+      </c>
+      <c r="E33" s="70"/>
+      <c r="F33" s="70"/>
+    </row>
+    <row r="34" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A34" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B34" s="12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C34" s="84" t="s">
+        <v>79</v>
+      </c>
+      <c r="D34" s="30">
+        <v>46305</v>
+      </c>
+      <c r="E34" s="70"/>
+      <c r="F34" s="70"/>
+    </row>
+    <row r="35" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A35" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B35" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C35" s="84" t="s">
+        <v>781</v>
+      </c>
+      <c r="D35" s="30">
+        <v>46492</v>
+      </c>
+      <c r="E35" s="70"/>
+      <c r="F35" s="70"/>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A36" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B36" s="11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C36" s="84" t="s">
+        <v>3397</v>
+      </c>
+      <c r="D36" s="30">
+        <v>46376</v>
+      </c>
+      <c r="E36" s="70"/>
+      <c r="F36" s="70"/>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A37" s="1" t="s">
+        <v>2045</v>
+      </c>
+      <c r="B37" s="12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C37" s="84" t="s">
+        <v>3397</v>
+      </c>
+      <c r="D37" s="30">
+        <v>46129</v>
+      </c>
+      <c r="E37" s="70"/>
+      <c r="F37" s="70"/>
+    </row>
+    <row r="38" spans="1:6" ht="47.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B38" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C38" s="84" t="s">
+        <v>3397</v>
+      </c>
+      <c r="D38" s="20">
+        <v>46330</v>
+      </c>
+      <c r="E38" s="70"/>
+      <c r="F38" s="70"/>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A39" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B39" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C39" s="84" t="s">
+        <v>3398</v>
+      </c>
+      <c r="D39" s="20">
+        <v>46311</v>
+      </c>
+      <c r="E39" s="70"/>
+      <c r="F39" s="70"/>
+    </row>
+    <row r="40" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A40" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B40" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C40" s="84" t="s">
+        <v>92</v>
+      </c>
+      <c r="D40" s="20">
+        <v>46338</v>
+      </c>
+      <c r="E40" s="70"/>
+      <c r="F40" s="70"/>
+    </row>
+    <row r="41" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A41" s="3" t="s">
+        <v>2955</v>
+      </c>
+      <c r="B41" s="11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C41" s="84" t="s">
+        <v>94</v>
+      </c>
+      <c r="D41" s="20">
+        <v>46170</v>
+      </c>
+      <c r="E41" s="70"/>
+      <c r="F41" s="70"/>
+    </row>
+    <row r="42" spans="1:6" ht="48" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B42" s="11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C42" s="84" t="s">
+        <v>10</v>
+      </c>
+      <c r="D42" s="20">
+        <v>46359</v>
+      </c>
+      <c r="E42" s="70"/>
+      <c r="F42" s="70"/>
+    </row>
+    <row r="43" spans="1:6" ht="142.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="2" t="s">
+        <v>2956</v>
+      </c>
+      <c r="B43" s="50" t="s">
+        <v>97</v>
+      </c>
+      <c r="C43" s="84" t="s">
+        <v>3399</v>
+      </c>
+      <c r="D43" s="20">
+        <v>46302</v>
+      </c>
+      <c r="E43" s="70"/>
+      <c r="F43" s="70"/>
+    </row>
+    <row r="44" spans="1:6" ht="96.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="4" t="s">
+        <v>2036</v>
+      </c>
+      <c r="B44" s="12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C44" s="84" t="s">
+        <v>99</v>
+      </c>
+      <c r="D44" s="20">
+        <v>46462</v>
+      </c>
+      <c r="E44" s="70"/>
+      <c r="F44" s="70"/>
+    </row>
+    <row r="45" spans="1:6" ht="51" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="3" t="s">
+        <v>2392</v>
+      </c>
+      <c r="B45" s="11" t="s">
+        <v>101</v>
+      </c>
+      <c r="C45" s="84" t="s">
+        <v>102</v>
+      </c>
+      <c r="D45" s="20">
+        <v>46427</v>
+      </c>
+      <c r="E45" s="70"/>
+      <c r="F45" s="70"/>
+    </row>
+    <row r="46" spans="1:6" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="3" t="s">
+        <v>2435</v>
+      </c>
+      <c r="B46" s="11" t="s">
+        <v>103</v>
+      </c>
+      <c r="C46" s="84" t="s">
+        <v>104</v>
+      </c>
+      <c r="D46" s="30">
+        <v>46363</v>
+      </c>
+      <c r="E46" s="70"/>
+      <c r="F46" s="70"/>
+    </row>
+    <row r="47" spans="1:6" ht="47.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="1" t="s">
+        <v>2688</v>
+      </c>
+      <c r="B47" s="11" t="s">
+        <v>105</v>
+      </c>
+      <c r="C47" s="84" t="s">
+        <v>3401</v>
+      </c>
+      <c r="D47" s="20">
+        <v>46387</v>
+      </c>
+      <c r="E47" s="70"/>
+      <c r="F47" s="70"/>
+    </row>
+    <row r="48" spans="1:6" ht="87" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="B48" s="11" t="s">
+        <v>107</v>
+      </c>
+      <c r="C48" s="84" t="s">
+        <v>3400</v>
+      </c>
+      <c r="D48" s="20">
+        <v>46374</v>
+      </c>
+      <c r="E48" s="70"/>
+      <c r="F48" s="70"/>
+    </row>
+    <row r="49" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A49" s="14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B49" s="17" t="s">
+        <v>109</v>
+      </c>
+      <c r="C49" s="84" t="s">
+        <v>3402</v>
+      </c>
+      <c r="D49" s="41">
+        <v>46434</v>
+      </c>
+      <c r="E49" s="70"/>
+      <c r="F49" s="70"/>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A50" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B50" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="C50" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D50" s="20">
+        <v>46448</v>
+      </c>
+      <c r="E50" s="70"/>
+      <c r="F50" s="70"/>
+    </row>
+    <row r="51" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A51" s="1" t="s">
+        <v>2957</v>
+      </c>
+      <c r="B51" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="C51" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D51" s="20">
+        <v>46448</v>
+      </c>
+      <c r="E51" s="70"/>
+      <c r="F51" s="70"/>
+    </row>
+    <row r="52" spans="1:6" ht="192.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="B52" s="11" t="s">
+        <v>114</v>
+      </c>
+      <c r="C52" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D52" s="30">
+        <v>46449</v>
+      </c>
+      <c r="E52" s="70"/>
+      <c r="F52" s="70"/>
+    </row>
+    <row r="53" spans="1:6" ht="63" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="B53" s="11" t="s">
+        <v>116</v>
+      </c>
+      <c r="C53" s="84" t="s">
+        <v>117</v>
+      </c>
+      <c r="D53" s="20">
+        <v>46462</v>
+      </c>
+      <c r="E53" s="70"/>
+      <c r="F53" s="70"/>
+    </row>
+    <row r="54" spans="1:6" ht="158.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="2" t="s">
+        <v>2852</v>
+      </c>
+      <c r="B54" s="11" t="s">
+        <v>119</v>
+      </c>
+      <c r="C54" s="84" t="s">
+        <v>3403</v>
+      </c>
+      <c r="D54" s="20">
+        <v>46480</v>
+      </c>
+      <c r="E54" s="70"/>
+      <c r="F54" s="70"/>
+    </row>
+    <row r="55" spans="1:6" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="B55" s="11" t="s">
+        <v>121</v>
+      </c>
+      <c r="C55" s="84" t="s">
+        <v>122</v>
+      </c>
+      <c r="D55" s="20">
+        <v>46131</v>
+      </c>
+      <c r="E55" s="70"/>
+      <c r="F55" s="70"/>
+    </row>
+    <row r="56" spans="1:6" ht="66.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B56" s="11" t="s">
+        <v>124</v>
+      </c>
+      <c r="C56" s="84" t="s">
+        <v>3404</v>
+      </c>
+      <c r="D56" s="20">
+        <v>46132</v>
+      </c>
+      <c r="E56" s="70"/>
+      <c r="F56" s="70"/>
+    </row>
+    <row r="57" spans="1:6" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="55" t="s">
+        <v>2341</v>
+      </c>
+      <c r="B57" s="11" t="s">
+        <v>125</v>
+      </c>
+      <c r="C57" s="84" t="s">
+        <v>126</v>
+      </c>
+      <c r="D57" s="20">
+        <v>46155</v>
+      </c>
+      <c r="E57" s="70"/>
+      <c r="F57" s="70"/>
+    </row>
+    <row r="58" spans="1:6" ht="44.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B58" s="11" t="s">
+        <v>128</v>
+      </c>
+      <c r="C58" s="84" t="s">
+        <v>10</v>
+      </c>
+      <c r="D58" s="20">
+        <v>46447</v>
+      </c>
+      <c r="E58" s="70"/>
+      <c r="F58" s="70"/>
+    </row>
+    <row r="59" spans="1:6" ht="59.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="7" t="s">
+        <v>2958</v>
+      </c>
+      <c r="B59" s="11" t="s">
+        <v>129</v>
+      </c>
+      <c r="C59" s="84" t="s">
+        <v>130</v>
+      </c>
+      <c r="D59" s="30">
+        <v>46319</v>
+      </c>
+      <c r="E59" s="70"/>
+      <c r="F59" s="70"/>
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A60" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="B60" s="11" t="s">
+        <v>132</v>
+      </c>
+      <c r="C60" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D60" s="20">
+        <v>46241</v>
+      </c>
+      <c r="E60" s="70"/>
+      <c r="F60" s="70"/>
+    </row>
+    <row r="61" spans="1:6" ht="77.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="4" t="s">
+        <v>2752</v>
+      </c>
+      <c r="B61" s="21" t="s">
+        <v>2753</v>
+      </c>
+      <c r="C61" s="84" t="s">
+        <v>2754</v>
+      </c>
+      <c r="D61" s="20">
+        <v>46374</v>
+      </c>
+      <c r="E61" s="70"/>
+      <c r="F61" s="70"/>
+    </row>
+    <row r="62" spans="1:6" ht="56.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B62" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="C62" s="84" t="s">
+        <v>10</v>
+      </c>
+      <c r="D62" s="30">
+        <v>46435</v>
+      </c>
+      <c r="E62" s="70"/>
+      <c r="F62" s="70"/>
+    </row>
+    <row r="63" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A63" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="B63" s="11" t="s">
+        <v>136</v>
+      </c>
+      <c r="C63" s="84" t="s">
+        <v>137</v>
+      </c>
+      <c r="D63" s="30">
+        <v>46437</v>
+      </c>
+      <c r="E63" s="70"/>
+      <c r="F63" s="70"/>
+    </row>
+    <row r="64" spans="1:6" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B64" s="11" t="s">
+        <v>139</v>
+      </c>
+      <c r="C64" s="84" t="s">
+        <v>140</v>
+      </c>
+      <c r="D64" s="30">
+        <v>46456</v>
+      </c>
+      <c r="E64" s="70"/>
+      <c r="F64" s="70"/>
+    </row>
+    <row r="65" spans="1:6" ht="96.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B65" s="11" t="s">
+        <v>2211</v>
+      </c>
+      <c r="C65" s="84" t="s">
+        <v>142</v>
+      </c>
+      <c r="D65" s="30">
+        <v>46206</v>
+      </c>
+      <c r="E65" s="70"/>
+      <c r="F65" s="70"/>
+    </row>
+    <row r="66" spans="1:6" ht="81.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="B66" s="11" t="s">
+        <v>144</v>
+      </c>
+      <c r="C66" s="84" t="s">
+        <v>4</v>
+      </c>
+      <c r="D66" s="20">
+        <v>46462</v>
+      </c>
+      <c r="E66" s="70"/>
+      <c r="F66" s="70"/>
+    </row>
+    <row r="67" spans="1:6" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="B67" s="11" t="s">
+        <v>146</v>
+      </c>
+      <c r="C67" s="84" t="s">
+        <v>118</v>
+      </c>
+      <c r="D67" s="20">
+        <v>46463</v>
+      </c>
+      <c r="E67" s="70"/>
+      <c r="F67" s="70"/>
+    </row>
+    <row r="68" spans="1:6" ht="215.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="4" t="s">
+        <v>2959</v>
+      </c>
+      <c r="B68" s="21" t="s">
+        <v>147</v>
+      </c>
+      <c r="C68" s="84" t="s">
+        <v>3405</v>
+      </c>
+      <c r="D68" s="30">
+        <v>46131</v>
+      </c>
+      <c r="E68" s="70"/>
+      <c r="F68" s="70"/>
+    </row>
+    <row r="69" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A69" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B69" s="11" t="s">
+        <v>149</v>
+      </c>
+      <c r="C69" s="84" t="s">
+        <v>150</v>
+      </c>
+      <c r="D69" s="20">
+        <v>46107</v>
+      </c>
+      <c r="E69" s="70"/>
+      <c r="F69" s="70"/>
+    </row>
+    <row r="70" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A70" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B70" s="11" t="s">
+        <v>152</v>
+      </c>
+      <c r="C70" s="84" t="s">
+        <v>153</v>
+      </c>
+      <c r="D70" s="30">
+        <v>46474</v>
+      </c>
+      <c r="E70" s="70"/>
+      <c r="F70" s="70"/>
+    </row>
+    <row r="71" spans="1:6" ht="80.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="3" t="s">
+        <v>2350</v>
+      </c>
+      <c r="B71" s="11" t="s">
+        <v>154</v>
+      </c>
+      <c r="C71" s="84" t="s">
+        <v>33</v>
+      </c>
+      <c r="D71" s="20">
+        <v>46443</v>
+      </c>
+      <c r="E71" s="70"/>
+      <c r="F71" s="70"/>
+    </row>
+    <row r="72" spans="1:6" ht="50.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B72" s="21" t="s">
+        <v>156</v>
+      </c>
+      <c r="C72" s="84" t="s">
+        <v>3406</v>
+      </c>
+      <c r="D72" s="42">
+        <v>46111</v>
+      </c>
+      <c r="E72" s="70"/>
+      <c r="F72" s="70"/>
+    </row>
+    <row r="73" spans="1:6" ht="68.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="1" t="s">
+        <v>2960</v>
+      </c>
+      <c r="B73" s="11" t="s">
+        <v>157</v>
+      </c>
+      <c r="C73" s="84" t="s">
+        <v>3407</v>
+      </c>
+      <c r="D73" s="30">
+        <v>46467</v>
+      </c>
+      <c r="E73" s="70"/>
+      <c r="F73" s="70"/>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A74" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B74" s="11" t="s">
+        <v>159</v>
+      </c>
+      <c r="C74" s="84" t="s">
+        <v>3408</v>
+      </c>
+      <c r="D74" s="20">
+        <v>46469</v>
+      </c>
+      <c r="E74" s="70"/>
+      <c r="F74" s="70"/>
+    </row>
+    <row r="75" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A75" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B75" s="11" t="s">
+        <v>161</v>
+      </c>
+      <c r="C75" s="84" t="s">
+        <v>162</v>
+      </c>
+      <c r="D75" s="20">
+        <v>46178</v>
+      </c>
+      <c r="E75" s="70"/>
+      <c r="F75" s="70"/>
+    </row>
+    <row r="76" spans="1:6" ht="63.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B76" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="C76" s="84" t="s">
+        <v>3409</v>
+      </c>
+      <c r="D76" s="20">
+        <v>46484</v>
+      </c>
+      <c r="E76" s="70"/>
+      <c r="F76" s="70"/>
+    </row>
+    <row r="77" spans="1:6" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="B77" s="11" t="s">
+        <v>167</v>
+      </c>
+      <c r="C77" s="84" t="s">
+        <v>168</v>
+      </c>
+      <c r="D77" s="20">
+        <v>46505</v>
+      </c>
+      <c r="E77" s="70"/>
+      <c r="F77" s="70"/>
+    </row>
+    <row r="78" spans="1:6" ht="136.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="2" t="s">
+        <v>2961</v>
+      </c>
+      <c r="B78" s="12" t="s">
+        <v>169</v>
+      </c>
+      <c r="C78" s="84" t="s">
+        <v>3410</v>
+      </c>
+      <c r="D78" s="30">
+        <v>46146</v>
+      </c>
+      <c r="E78" s="70"/>
+      <c r="F78" s="70"/>
+    </row>
+    <row r="79" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A79" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="B79" s="11" t="s">
+        <v>171</v>
+      </c>
+      <c r="C79" s="84" t="s">
+        <v>3411</v>
+      </c>
+      <c r="D79" s="20">
+        <v>46148</v>
+      </c>
+      <c r="E79" s="70"/>
+      <c r="F79" s="70"/>
+    </row>
+    <row r="80" spans="1:6" ht="155.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B80" s="11" t="s">
+        <v>173</v>
+      </c>
+      <c r="C80" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D80" s="20">
+        <v>46147</v>
+      </c>
+      <c r="E80" s="70"/>
+      <c r="F80" s="70"/>
+    </row>
+    <row r="81" spans="1:6" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="3" t="s">
+        <v>2962</v>
+      </c>
+      <c r="B81" s="11" t="s">
+        <v>174</v>
+      </c>
+      <c r="C81" s="84" t="s">
+        <v>3412</v>
+      </c>
+      <c r="D81" s="20">
+        <v>46121</v>
+      </c>
+      <c r="E81" s="70"/>
+      <c r="F81" s="70"/>
+    </row>
+    <row r="82" spans="1:6" ht="78" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B82" s="11" t="s">
+        <v>176</v>
+      </c>
+      <c r="C82" s="84" t="s">
+        <v>3413</v>
+      </c>
+      <c r="D82" s="20">
+        <v>46471</v>
+      </c>
+      <c r="E82" s="70"/>
+      <c r="F82" s="70"/>
+    </row>
+    <row r="83" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A83" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B83" s="11" t="s">
+        <v>178</v>
+      </c>
+      <c r="C83" s="84" t="s">
+        <v>41</v>
+      </c>
+      <c r="D83" s="30">
+        <v>46429</v>
+      </c>
+      <c r="E83" s="70"/>
+      <c r="F83" s="70"/>
+    </row>
+    <row r="84" spans="1:6" ht="89.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="4" t="s">
+        <v>3414</v>
+      </c>
+      <c r="B84" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="C84" s="84" t="s">
+        <v>653</v>
+      </c>
+      <c r="D84" s="20">
+        <v>46418</v>
+      </c>
+      <c r="E84" s="70"/>
+      <c r="F84" s="70"/>
+    </row>
+    <row r="85" spans="1:6" ht="47.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="9" t="s">
+        <v>179</v>
+      </c>
+      <c r="B85" s="12" t="s">
+        <v>180</v>
+      </c>
+      <c r="C85" s="84" t="s">
+        <v>3415</v>
+      </c>
+      <c r="D85" s="20">
+        <v>46196</v>
+      </c>
+      <c r="E85" s="70"/>
+      <c r="F85" s="70"/>
+    </row>
+    <row r="86" spans="1:6" ht="78.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="B86" s="11" t="s">
+        <v>182</v>
+      </c>
+      <c r="C86" s="84" t="s">
+        <v>3416</v>
+      </c>
+      <c r="D86" s="20">
+        <v>46153</v>
+      </c>
+      <c r="E86" s="76"/>
+      <c r="F86" s="70"/>
+    </row>
+    <row r="87" spans="1:6" ht="44.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B87" s="12" t="s">
+        <v>184</v>
+      </c>
+      <c r="C87" s="84" t="s">
+        <v>3417</v>
+      </c>
+      <c r="D87" s="20">
+        <v>46209</v>
+      </c>
+      <c r="E87" s="70"/>
+      <c r="F87" s="70"/>
+    </row>
+    <row r="88" spans="1:6" ht="66" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="B88" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="C88" s="84" t="s">
+        <v>3418</v>
+      </c>
+      <c r="D88" s="30">
+        <v>46358</v>
+      </c>
+      <c r="E88" s="70"/>
+      <c r="F88" s="70"/>
+    </row>
+    <row r="89" spans="1:6" ht="83.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="4" t="s">
+        <v>2620</v>
+      </c>
+      <c r="B89" s="11" t="s">
+        <v>2177</v>
+      </c>
+      <c r="C89" s="84" t="s">
+        <v>187</v>
+      </c>
+      <c r="D89" s="20">
+        <v>46483</v>
+      </c>
+      <c r="E89" s="70"/>
+      <c r="F89" s="70"/>
+    </row>
+    <row r="90" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A90" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="B90" s="11" t="s">
+        <v>189</v>
+      </c>
+      <c r="C90" s="84" t="s">
+        <v>3419</v>
+      </c>
+      <c r="D90" s="20">
+        <v>46202</v>
+      </c>
+      <c r="E90" s="70"/>
+      <c r="F90" s="70"/>
+    </row>
+    <row r="91" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A91" s="1" t="s">
+        <v>2110</v>
+      </c>
+      <c r="B91" s="11" t="s">
+        <v>2111</v>
+      </c>
+      <c r="C91" s="84" t="s">
+        <v>190</v>
+      </c>
+      <c r="D91" s="20">
+        <v>46231</v>
+      </c>
+      <c r="E91" s="70"/>
+      <c r="F91" s="70"/>
+    </row>
+    <row r="92" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A92" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B92" s="11" t="s">
+        <v>192</v>
+      </c>
+      <c r="C92" s="84" t="s">
+        <v>660</v>
+      </c>
+      <c r="D92" s="20">
+        <v>46311</v>
+      </c>
+      <c r="E92" s="70"/>
+      <c r="F92" s="70"/>
+    </row>
+    <row r="93" spans="1:6" ht="59.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="B93" s="11" t="s">
+        <v>194</v>
+      </c>
+      <c r="C93" s="84" t="s">
+        <v>3420</v>
+      </c>
+      <c r="D93" s="20">
+        <v>46253</v>
+      </c>
+      <c r="E93" s="70"/>
+      <c r="F93" s="70"/>
+    </row>
+    <row r="94" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A94" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B94" s="11" t="s">
+        <v>196</v>
+      </c>
+      <c r="C94" s="84" t="s">
+        <v>3421</v>
+      </c>
+      <c r="D94" s="20">
+        <v>46245</v>
+      </c>
+      <c r="E94" s="70"/>
+      <c r="F94" s="70"/>
+    </row>
+    <row r="95" spans="1:6" ht="100.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="B95" s="11" t="s">
+        <v>198</v>
+      </c>
+      <c r="C95" s="84" t="s">
+        <v>199</v>
+      </c>
+      <c r="D95" s="20">
+        <v>46268</v>
+      </c>
+      <c r="E95" s="70"/>
+      <c r="F95" s="70"/>
+    </row>
+    <row r="96" spans="1:6" ht="61.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A96" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="B96" s="11" t="s">
+        <v>203</v>
+      </c>
+      <c r="C96" s="84" t="s">
+        <v>204</v>
+      </c>
+      <c r="D96" s="20">
+        <v>46414</v>
+      </c>
+      <c r="E96" s="70"/>
+      <c r="F96" s="70"/>
+    </row>
+    <row r="97" spans="1:6" ht="156.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="2" t="s">
+        <v>2963</v>
+      </c>
+      <c r="B97" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="C97" s="84" t="s">
+        <v>3422</v>
+      </c>
+      <c r="D97" s="20">
+        <v>46418</v>
+      </c>
+      <c r="E97" s="70"/>
+      <c r="F97" s="70"/>
+    </row>
+    <row r="98" spans="1:6" ht="133.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="2" t="s">
+        <v>2964</v>
+      </c>
+      <c r="B98" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="C98" s="84" t="s">
+        <v>41</v>
+      </c>
+      <c r="D98" s="20">
+        <v>46436</v>
+      </c>
+      <c r="E98" s="70"/>
+      <c r="F98" s="70"/>
+    </row>
+    <row r="99" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A99" s="1" t="s">
+        <v>2965</v>
+      </c>
+      <c r="B99" s="12" t="s">
+        <v>205</v>
+      </c>
+      <c r="C99" s="84" t="s">
+        <v>3423</v>
+      </c>
+      <c r="D99" s="20">
+        <v>46287</v>
+      </c>
+      <c r="E99" s="70"/>
+      <c r="F99" s="70"/>
+    </row>
+    <row r="100" spans="1:6" ht="151.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="4" t="s">
+        <v>2966</v>
+      </c>
+      <c r="B100" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="C100" s="84" t="s">
+        <v>3422</v>
+      </c>
+      <c r="D100" s="20">
+        <v>46422</v>
+      </c>
+      <c r="E100" s="70"/>
+      <c r="F100" s="70"/>
+    </row>
+    <row r="101" spans="1:6" ht="237" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="4" t="s">
+        <v>2967</v>
+      </c>
+      <c r="B101" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="C101" s="84" t="s">
+        <v>7</v>
+      </c>
+      <c r="D101" s="20">
+        <v>46423</v>
+      </c>
+      <c r="E101" s="70"/>
+      <c r="F101" s="70"/>
+    </row>
+    <row r="102" spans="1:6" s="77" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B102" s="11" t="s">
+        <v>207</v>
+      </c>
+      <c r="C102" s="84" t="s">
+        <v>208</v>
+      </c>
+      <c r="D102" s="20">
+        <v>46289</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A103" s="1" t="s">
+        <v>2599</v>
+      </c>
+      <c r="B103" s="12" t="s">
+        <v>209</v>
+      </c>
+      <c r="C103" s="84" t="s">
+        <v>3424</v>
+      </c>
+      <c r="D103" s="20">
+        <v>46333</v>
+      </c>
+      <c r="E103" s="70"/>
+      <c r="F103" s="70"/>
+    </row>
+    <row r="104" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A104" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="B104" s="12" t="s">
+        <v>211</v>
+      </c>
+      <c r="C104" s="84" t="s">
+        <v>3425</v>
+      </c>
+      <c r="D104" s="20">
+        <v>46484</v>
+      </c>
+      <c r="E104" s="70"/>
+      <c r="F104" s="70"/>
+    </row>
+    <row r="105" spans="1:6" ht="75.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A105" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B105" s="21" t="s">
+        <v>213</v>
+      </c>
+      <c r="C105" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D105" s="20">
+        <v>46349</v>
+      </c>
+      <c r="E105" s="70"/>
+      <c r="F105" s="70"/>
+    </row>
+    <row r="106" spans="1:6" ht="303.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A106" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B106" s="12" t="s">
+        <v>215</v>
+      </c>
+      <c r="C106" s="84" t="s">
+        <v>3426</v>
+      </c>
+      <c r="D106" s="20">
+        <v>46303</v>
+      </c>
+      <c r="E106" s="70"/>
+      <c r="F106" s="70"/>
+    </row>
+    <row r="107" spans="1:6" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A107" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B107" s="11" t="s">
+        <v>217</v>
+      </c>
+      <c r="C107" s="84" t="s">
+        <v>218</v>
+      </c>
+      <c r="D107" s="30">
+        <v>46365</v>
+      </c>
+      <c r="E107" s="70"/>
+      <c r="F107" s="70"/>
+    </row>
+    <row r="108" spans="1:6" ht="79.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A108" s="1" t="s">
+        <v>2968</v>
+      </c>
+      <c r="B108" s="12" t="s">
+        <v>219</v>
+      </c>
+      <c r="C108" s="84" t="s">
+        <v>220</v>
+      </c>
+      <c r="D108" s="20">
+        <v>46420</v>
+      </c>
+      <c r="E108" s="70"/>
+      <c r="F108" s="70"/>
+    </row>
+    <row r="109" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A109" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B109" s="21" t="s">
+        <v>222</v>
+      </c>
+      <c r="C109" s="84" t="s">
+        <v>3427</v>
+      </c>
+      <c r="D109" s="20">
+        <v>46404</v>
+      </c>
+      <c r="E109" s="70"/>
+      <c r="F109" s="70"/>
+    </row>
+    <row r="110" spans="1:6" ht="54.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A110" s="3" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B110" s="11" t="s">
+        <v>223</v>
+      </c>
+      <c r="C110" s="84" t="s">
+        <v>224</v>
+      </c>
+      <c r="D110" s="20">
+        <v>46160</v>
+      </c>
+      <c r="E110" s="70"/>
+      <c r="F110" s="70"/>
+    </row>
+    <row r="111" spans="1:6" ht="87.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A111" s="2" t="s">
+        <v>2853</v>
+      </c>
+      <c r="B111" s="12" t="s">
+        <v>225</v>
+      </c>
+      <c r="C111" s="84" t="s">
+        <v>226</v>
+      </c>
+      <c r="D111" s="20">
+        <v>46408</v>
+      </c>
+      <c r="E111" s="70"/>
+      <c r="F111" s="70"/>
+    </row>
+    <row r="112" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A112" s="3" t="s">
+        <v>2586</v>
+      </c>
+      <c r="B112" s="11" t="s">
+        <v>227</v>
+      </c>
+      <c r="C112" s="84" t="s">
+        <v>3428</v>
+      </c>
+      <c r="D112" s="20">
+        <v>46421</v>
+      </c>
+      <c r="E112" s="70"/>
+      <c r="F112" s="70"/>
+    </row>
+    <row r="113" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A113" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="B113" s="11" t="s">
+        <v>229</v>
+      </c>
+      <c r="C113" s="84" t="s">
+        <v>958</v>
+      </c>
+      <c r="D113" s="20">
+        <v>46287</v>
+      </c>
+      <c r="E113" s="70"/>
+      <c r="F113" s="70"/>
+    </row>
+    <row r="114" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A114" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="B114" s="11" t="s">
+        <v>231</v>
+      </c>
+      <c r="C114" s="84" t="s">
+        <v>3429</v>
+      </c>
+      <c r="D114" s="20">
+        <v>46351</v>
+      </c>
+      <c r="E114" s="70"/>
+      <c r="F114" s="70"/>
+    </row>
+    <row r="115" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A115" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B115" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C115" s="84" t="s">
+        <v>544</v>
+      </c>
+      <c r="D115" s="20">
+        <v>46460</v>
+      </c>
+      <c r="E115" s="70"/>
+      <c r="F115" s="70"/>
+    </row>
+    <row r="116" spans="1:6" ht="81.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A116" s="2" t="s">
+        <v>2969</v>
+      </c>
+      <c r="B116" s="12" t="s">
+        <v>233</v>
+      </c>
+      <c r="C116" s="84" t="s">
+        <v>3430</v>
+      </c>
+      <c r="D116" s="20">
+        <v>46466</v>
+      </c>
+      <c r="E116" s="70"/>
+      <c r="F116" s="70"/>
+    </row>
+    <row r="117" spans="1:6" ht="57.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A117" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="B117" s="11" t="s">
+        <v>235</v>
+      </c>
+      <c r="C117" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D117" s="30">
+        <v>46448</v>
+      </c>
+      <c r="E117" s="70"/>
+      <c r="F117" s="70"/>
+    </row>
+    <row r="118" spans="1:6" ht="89.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A118" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="B118" s="11" t="s">
+        <v>237</v>
+      </c>
+      <c r="C118" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D118" s="30">
+        <v>46499</v>
+      </c>
+      <c r="E118" s="70"/>
+      <c r="F118" s="70"/>
+    </row>
+    <row r="119" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A119" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="B119" s="11" t="s">
+        <v>239</v>
+      </c>
+      <c r="C119" s="84" t="s">
+        <v>3431</v>
+      </c>
+      <c r="D119" s="30">
+        <v>46472</v>
+      </c>
+      <c r="E119" s="70"/>
+      <c r="F119" s="70"/>
+    </row>
+    <row r="120" spans="1:6" ht="55.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A120" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="B120" s="11" t="s">
+        <v>241</v>
+      </c>
+      <c r="C120" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D120" s="30">
+        <v>46502</v>
+      </c>
+      <c r="E120" s="70"/>
+      <c r="F120" s="70"/>
+    </row>
+    <row r="121" spans="1:6" ht="69" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A121" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="B121" s="11" t="s">
+        <v>243</v>
+      </c>
+      <c r="C121" s="84" t="s">
+        <v>3432</v>
+      </c>
+      <c r="D121" s="20">
+        <v>46134</v>
+      </c>
+      <c r="E121" s="70"/>
+      <c r="F121" s="70"/>
+    </row>
+    <row r="122" spans="1:6" ht="114" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A122" s="3" t="s">
+        <v>2970</v>
+      </c>
+      <c r="B122" s="12" t="s">
+        <v>244</v>
+      </c>
+      <c r="C122" s="84" t="s">
+        <v>3433</v>
+      </c>
+      <c r="D122" s="20">
+        <v>46198</v>
+      </c>
+      <c r="E122" s="70"/>
+      <c r="F122" s="70"/>
+    </row>
+    <row r="123" spans="1:6" ht="155.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="2" t="s">
+        <v>2971</v>
+      </c>
+      <c r="B123" s="12" t="s">
+        <v>245</v>
+      </c>
+      <c r="C123" s="84" t="s">
+        <v>3434</v>
+      </c>
+      <c r="D123" s="20">
+        <v>46179</v>
+      </c>
+      <c r="E123" s="70"/>
+      <c r="F123" s="70"/>
+    </row>
+    <row r="124" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A124" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="B124" s="11" t="s">
+        <v>247</v>
+      </c>
+      <c r="C124" s="84" t="s">
+        <v>248</v>
+      </c>
+      <c r="D124" s="30">
+        <v>46207</v>
+      </c>
+      <c r="E124" s="70"/>
+      <c r="F124" s="70"/>
+    </row>
+    <row r="125" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A125" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B125" s="11" t="s">
+        <v>250</v>
+      </c>
+      <c r="C125" s="84" t="s">
+        <v>3435</v>
+      </c>
+      <c r="D125" s="20">
+        <v>46127</v>
+      </c>
+      <c r="E125" s="70"/>
+      <c r="F125" s="70"/>
+    </row>
+    <row r="126" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A126" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B126" s="11" t="s">
+        <v>252</v>
+      </c>
+      <c r="C126" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D126" s="20">
+        <v>46164</v>
+      </c>
+      <c r="E126" s="70"/>
+      <c r="F126" s="70"/>
+    </row>
+    <row r="127" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A127" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="B127" s="11" t="s">
+        <v>254</v>
+      </c>
+      <c r="C127" s="84" t="s">
+        <v>255</v>
+      </c>
+      <c r="D127" s="20">
+        <v>46239</v>
+      </c>
+      <c r="E127" s="70"/>
+      <c r="F127" s="70"/>
+    </row>
+    <row r="128" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A128" s="3" t="s">
+        <v>2661</v>
+      </c>
+      <c r="B128" s="11" t="s">
+        <v>256</v>
+      </c>
+      <c r="C128" s="84" t="s">
+        <v>3436</v>
+      </c>
+      <c r="D128" s="20">
+        <v>46230</v>
+      </c>
+      <c r="E128" s="70"/>
+      <c r="F128" s="70"/>
+    </row>
+    <row r="129" spans="1:6" ht="81.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="2" t="s">
+        <v>257</v>
+      </c>
+      <c r="B129" s="33" t="s">
+        <v>258</v>
+      </c>
+      <c r="C129" s="84" t="s">
+        <v>3437</v>
+      </c>
+      <c r="D129" s="30">
+        <v>46230</v>
+      </c>
+      <c r="E129" s="70"/>
+      <c r="F129" s="70"/>
+    </row>
+    <row r="130" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A130" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="B130" s="11" t="s">
+        <v>260</v>
+      </c>
+      <c r="C130" s="84" t="s">
+        <v>10</v>
+      </c>
+      <c r="D130" s="30">
+        <v>46229</v>
+      </c>
+      <c r="E130" s="70"/>
+      <c r="F130" s="70"/>
+    </row>
+    <row r="131" spans="1:6" ht="57" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="4" t="s">
+        <v>2339</v>
+      </c>
+      <c r="B131" s="11" t="s">
+        <v>173</v>
+      </c>
+      <c r="C131" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D131" s="20">
+        <v>46254</v>
+      </c>
+      <c r="E131" s="70"/>
+      <c r="F131" s="70"/>
+    </row>
+    <row r="132" spans="1:6" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="B132" s="11" t="s">
+        <v>262</v>
+      </c>
+      <c r="C132" s="84" t="s">
+        <v>2503</v>
+      </c>
+      <c r="D132" s="20">
+        <v>46235</v>
+      </c>
+      <c r="E132" s="70"/>
+      <c r="F132" s="70"/>
+    </row>
+    <row r="133" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A133" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="B133" s="11" t="s">
+        <v>264</v>
+      </c>
+      <c r="C133" s="84" t="s">
+        <v>265</v>
+      </c>
+      <c r="D133" s="20">
+        <v>46287</v>
+      </c>
+      <c r="E133" s="70"/>
+      <c r="F133" s="70"/>
+    </row>
+    <row r="134" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A134" s="2" t="s">
+        <v>2972</v>
+      </c>
+      <c r="B134" s="11" t="s">
+        <v>266</v>
+      </c>
+      <c r="C134" s="84" t="s">
+        <v>3438</v>
+      </c>
+      <c r="D134" s="20">
+        <v>46268</v>
+      </c>
+      <c r="E134" s="70"/>
+      <c r="F134" s="70"/>
+    </row>
+    <row r="135" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A135" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B135" s="12" t="s">
+        <v>268</v>
+      </c>
+      <c r="C135" s="87" t="s">
+        <v>3439</v>
+      </c>
+      <c r="D135" s="20">
+        <v>46176</v>
+      </c>
+      <c r="E135" s="70"/>
+      <c r="F135" s="70"/>
+    </row>
+    <row r="136" spans="1:6" ht="61.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="10" t="s">
+        <v>269</v>
+      </c>
+      <c r="B136" s="21" t="s">
+        <v>270</v>
+      </c>
+      <c r="C136" s="84" t="s">
+        <v>100</v>
+      </c>
+      <c r="D136" s="20">
+        <v>46103</v>
+      </c>
+      <c r="E136" s="70"/>
+      <c r="F136" s="70"/>
+    </row>
+    <row r="137" spans="1:6" ht="113.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A137" s="2" t="s">
+        <v>2973</v>
+      </c>
+      <c r="B137" s="11" t="s">
+        <v>271</v>
+      </c>
+      <c r="C137" s="84" t="s">
+        <v>4</v>
+      </c>
+      <c r="D137" s="20">
+        <v>46286</v>
+      </c>
+      <c r="E137" s="70"/>
+      <c r="F137" s="70"/>
+    </row>
+    <row r="138" spans="1:6" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="2" t="s">
+        <v>2974</v>
+      </c>
+      <c r="B138" s="12" t="s">
+        <v>272</v>
+      </c>
+      <c r="C138" s="88" t="s">
+        <v>53</v>
+      </c>
+      <c r="D138" s="30">
+        <v>46278</v>
+      </c>
+      <c r="E138" s="70"/>
+      <c r="F138" s="70"/>
+    </row>
+    <row r="139" spans="1:6" ht="67.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A139" s="4" t="s">
+        <v>2410</v>
+      </c>
+      <c r="B139" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="C139" s="84" t="s">
+        <v>273</v>
+      </c>
+      <c r="D139" s="20">
+        <v>46291</v>
+      </c>
+      <c r="E139" s="70"/>
+      <c r="F139" s="70"/>
+    </row>
+    <row r="140" spans="1:6" ht="75.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="B140" s="11" t="s">
+        <v>2342</v>
+      </c>
+      <c r="C140" s="84" t="s">
+        <v>4</v>
+      </c>
+      <c r="D140" s="20">
+        <v>46247</v>
+      </c>
+      <c r="E140" s="70"/>
+      <c r="F140" s="70"/>
+    </row>
+    <row r="141" spans="1:6" ht="96" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A141" s="4" t="s">
+        <v>2975</v>
+      </c>
+      <c r="B141" s="12" t="s">
+        <v>275</v>
+      </c>
+      <c r="C141" s="84" t="s">
+        <v>276</v>
+      </c>
+      <c r="D141" s="20">
+        <v>46307</v>
+      </c>
+      <c r="E141" s="70"/>
+      <c r="F141" s="70"/>
+    </row>
+    <row r="142" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A142" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="B142" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C142" s="84" t="s">
+        <v>3440</v>
+      </c>
+      <c r="D142" s="20">
+        <v>46104</v>
+      </c>
+      <c r="E142" s="70"/>
+      <c r="F142" s="70"/>
+    </row>
+    <row r="143" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A143" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="B143" s="11" t="s">
+        <v>280</v>
+      </c>
+      <c r="C143" s="84" t="s">
+        <v>3441</v>
+      </c>
+      <c r="D143" s="30">
+        <v>46303</v>
+      </c>
+      <c r="E143" s="70"/>
+      <c r="F143" s="70"/>
+    </row>
+    <row r="144" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A144" s="4" t="s">
+        <v>2613</v>
+      </c>
+      <c r="B144" s="11" t="s">
+        <v>2614</v>
+      </c>
+      <c r="C144" s="84" t="s">
+        <v>3442</v>
+      </c>
+      <c r="D144" s="20">
+        <v>46338</v>
+      </c>
+      <c r="E144" s="70"/>
+      <c r="F144" s="70"/>
+    </row>
+    <row r="145" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A145" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="B145" s="11" t="s">
+        <v>282</v>
+      </c>
+      <c r="C145" s="84" t="s">
+        <v>10</v>
+      </c>
+      <c r="D145" s="20">
+        <v>46368</v>
+      </c>
+      <c r="E145" s="70"/>
+      <c r="F145" s="70"/>
+    </row>
+    <row r="146" spans="1:6" ht="123.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="B146" s="11" t="s">
+        <v>284</v>
+      </c>
+      <c r="C146" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D146" s="30">
+        <v>46503</v>
+      </c>
+      <c r="E146" s="70"/>
+      <c r="F146" s="70"/>
+    </row>
+    <row r="147" spans="1:6" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A147" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B147" s="11" t="s">
+        <v>286</v>
+      </c>
+      <c r="C147" s="84" t="s">
+        <v>3443</v>
+      </c>
+      <c r="D147" s="30">
+        <v>46340</v>
+      </c>
+      <c r="E147" s="70"/>
+    </row>
+    <row r="148" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A148" s="1" t="s">
+        <v>2734</v>
+      </c>
+      <c r="B148" s="12" t="s">
+        <v>287</v>
+      </c>
+      <c r="C148" s="84" t="s">
+        <v>100</v>
+      </c>
+      <c r="D148" s="30">
+        <v>46377</v>
+      </c>
+      <c r="E148" s="70"/>
+      <c r="F148" s="70"/>
+    </row>
+    <row r="149" spans="1:6" ht="409.5" x14ac:dyDescent="0.2">
+      <c r="A149" s="2" t="s">
+        <v>2587</v>
+      </c>
+      <c r="B149" s="34" t="s">
+        <v>288</v>
+      </c>
+      <c r="C149" s="84" t="s">
+        <v>3444</v>
+      </c>
+      <c r="D149" s="20">
+        <v>46386</v>
+      </c>
+      <c r="E149" s="70"/>
+      <c r="F149" s="70"/>
+    </row>
+    <row r="150" spans="1:6" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A150" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="B150" s="11" t="s">
+        <v>290</v>
+      </c>
+      <c r="C150" s="84" t="s">
+        <v>291</v>
+      </c>
+      <c r="D150" s="20">
+        <v>46373</v>
+      </c>
+      <c r="E150" s="70"/>
+      <c r="F150" s="70"/>
+    </row>
+    <row r="151" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A151" s="35" t="s">
+        <v>292</v>
+      </c>
+      <c r="B151" s="13" t="s">
+        <v>2705</v>
+      </c>
+      <c r="C151" s="89" t="s">
+        <v>556</v>
+      </c>
+      <c r="D151" s="20">
+        <v>46368</v>
+      </c>
+      <c r="E151" s="70"/>
+      <c r="F151" s="70"/>
+    </row>
+    <row r="152" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A152" s="2" t="s">
+        <v>2976</v>
+      </c>
+      <c r="B152" s="12" t="s">
+        <v>293</v>
+      </c>
+      <c r="C152" s="88" t="s">
+        <v>294</v>
+      </c>
+      <c r="D152" s="20">
+        <v>46413</v>
+      </c>
+      <c r="E152" s="70"/>
+      <c r="F152" s="70"/>
+    </row>
+    <row r="153" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A153" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="B153" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="C153" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D153" s="30">
+        <v>46448</v>
+      </c>
+      <c r="E153" s="70"/>
+      <c r="F153" s="70"/>
+    </row>
+    <row r="154" spans="1:6" ht="77.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A154" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="B154" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="C154" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D154" s="20">
+        <v>46448</v>
+      </c>
+      <c r="E154" s="70"/>
+      <c r="F154" s="70"/>
+    </row>
+    <row r="155" spans="1:6" ht="73.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A155" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="B155" s="12" t="s">
+        <v>299</v>
+      </c>
+      <c r="C155" s="84" t="s">
+        <v>3445</v>
+      </c>
+      <c r="D155" s="20">
+        <v>46433</v>
+      </c>
+      <c r="E155" s="70"/>
+      <c r="F155" s="70"/>
+    </row>
+    <row r="156" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A156" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="B156" s="12" t="s">
+        <v>301</v>
+      </c>
+      <c r="C156" s="84" t="s">
+        <v>302</v>
+      </c>
+      <c r="D156" s="20">
+        <v>46440</v>
+      </c>
+      <c r="E156" s="70"/>
+      <c r="F156" s="70"/>
+    </row>
+    <row r="157" spans="1:6" ht="409.5" x14ac:dyDescent="0.2">
+      <c r="A157" s="4" t="s">
+        <v>303</v>
+      </c>
+      <c r="B157" s="11" t="s">
+        <v>304</v>
+      </c>
+      <c r="C157" s="84" t="s">
+        <v>3446</v>
+      </c>
+      <c r="D157" s="20">
+        <v>46113</v>
+      </c>
+      <c r="E157" s="70"/>
+      <c r="F157" s="70"/>
+    </row>
+    <row r="158" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A158" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="B158" s="12" t="s">
+        <v>306</v>
+      </c>
+      <c r="C158" s="84" t="s">
+        <v>625</v>
+      </c>
+      <c r="D158" s="30">
+        <v>46117</v>
+      </c>
+      <c r="E158" s="70"/>
+      <c r="F158" s="70"/>
+    </row>
+    <row r="159" spans="1:6" ht="135" x14ac:dyDescent="0.2">
+      <c r="A159" s="7" t="s">
+        <v>2977</v>
+      </c>
+      <c r="B159" s="21" t="s">
+        <v>307</v>
+      </c>
+      <c r="C159" s="88" t="s">
+        <v>21</v>
+      </c>
+      <c r="D159" s="30">
+        <v>46361</v>
+      </c>
+      <c r="E159" s="70"/>
+      <c r="F159" s="70"/>
+    </row>
+    <row r="160" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A160" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="B160" s="12" t="s">
+        <v>309</v>
+      </c>
+      <c r="C160" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D160" s="20">
+        <v>46100</v>
+      </c>
+      <c r="E160" s="70"/>
+      <c r="F160" s="70"/>
+    </row>
+    <row r="161" spans="1:8" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A161" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="B161" s="11" t="s">
+        <v>311</v>
+      </c>
+      <c r="C161" s="84" t="s">
+        <v>312</v>
+      </c>
+      <c r="D161" s="20">
+        <v>46517</v>
+      </c>
+      <c r="E161" s="70"/>
+      <c r="F161" s="70"/>
+    </row>
+    <row r="162" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A162" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="B162" s="11" t="s">
+        <v>314</v>
+      </c>
+      <c r="C162" s="84" t="s">
+        <v>315</v>
+      </c>
+      <c r="D162" s="20">
+        <v>46478</v>
+      </c>
+      <c r="E162" s="70"/>
+      <c r="F162" s="70"/>
+    </row>
+    <row r="163" spans="1:8" ht="57" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A163" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="B163" s="11" t="s">
+        <v>317</v>
+      </c>
+      <c r="C163" s="84" t="s">
+        <v>33</v>
+      </c>
+      <c r="D163" s="20">
+        <v>46113</v>
+      </c>
+      <c r="E163" s="70"/>
+      <c r="F163" s="70"/>
+    </row>
+    <row r="164" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A164" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="B164" s="11" t="s">
+        <v>319</v>
+      </c>
+      <c r="C164" s="84" t="s">
+        <v>320</v>
+      </c>
+      <c r="D164" s="20">
+        <v>46502</v>
+      </c>
+      <c r="E164" s="70"/>
+      <c r="F164" s="70"/>
+    </row>
+    <row r="165" spans="1:8" ht="114" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A165" s="53" t="s">
+        <v>2863</v>
+      </c>
+      <c r="B165" s="15" t="s">
+        <v>321</v>
+      </c>
+      <c r="C165" s="90" t="s">
+        <v>3447</v>
+      </c>
+      <c r="D165" s="20">
+        <v>46410</v>
+      </c>
+      <c r="E165" s="75"/>
+      <c r="F165" s="70"/>
+      <c r="H165" s="75"/>
+    </row>
+    <row r="166" spans="1:8" ht="60.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A166" s="1" t="s">
+        <v>2109</v>
+      </c>
+      <c r="B166" s="11" t="s">
+        <v>322</v>
+      </c>
+      <c r="C166" s="84" t="s">
+        <v>625</v>
+      </c>
+      <c r="D166" s="30">
+        <v>46164</v>
+      </c>
+      <c r="E166" s="70"/>
+      <c r="F166" s="78"/>
+    </row>
+    <row r="167" spans="1:8" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A167" s="3" t="s">
+        <v>2239</v>
+      </c>
+      <c r="B167" s="11" t="s">
+        <v>323</v>
+      </c>
+      <c r="C167" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D167" s="30">
+        <v>46213</v>
+      </c>
+      <c r="E167" s="70"/>
+      <c r="F167" s="70"/>
+    </row>
+    <row r="168" spans="1:8" ht="48" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A168" s="4" t="s">
+        <v>324</v>
+      </c>
+      <c r="B168" s="11" t="s">
+        <v>2898</v>
+      </c>
+      <c r="C168" s="84" t="s">
+        <v>3448</v>
+      </c>
+      <c r="D168" s="20">
+        <v>46355</v>
+      </c>
+      <c r="E168" s="75"/>
+      <c r="F168" s="70"/>
+    </row>
+    <row r="169" spans="1:8" ht="45" x14ac:dyDescent="0.2">
+      <c r="A169" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="B169" s="12" t="s">
+        <v>326</v>
+      </c>
+      <c r="C169" s="84" t="s">
+        <v>3449</v>
+      </c>
+      <c r="D169" s="20">
+        <v>46144</v>
+      </c>
+      <c r="E169" s="70"/>
+      <c r="F169" s="70"/>
+    </row>
+    <row r="170" spans="1:8" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A170" s="4" t="s">
+        <v>2084</v>
+      </c>
+      <c r="B170" s="11" t="s">
+        <v>327</v>
+      </c>
+      <c r="C170" s="84" t="s">
+        <v>3450</v>
+      </c>
+      <c r="D170" s="20">
+        <v>46187</v>
+      </c>
+      <c r="E170" s="70"/>
+      <c r="F170" s="70"/>
+      <c r="G170" s="75"/>
+    </row>
+    <row r="171" spans="1:8" ht="61.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A171" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="B171" s="12" t="s">
+        <v>329</v>
+      </c>
+      <c r="C171" s="84" t="s">
+        <v>3451</v>
+      </c>
+      <c r="D171" s="20">
+        <v>46191</v>
+      </c>
+      <c r="E171" s="70"/>
+      <c r="F171" s="70"/>
+    </row>
+    <row r="172" spans="1:8" ht="44.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A172" s="4" t="s">
+        <v>330</v>
+      </c>
+      <c r="B172" s="12" t="s">
+        <v>331</v>
+      </c>
+      <c r="C172" s="84" t="s">
+        <v>2204</v>
+      </c>
+      <c r="D172" s="30">
+        <v>46192</v>
+      </c>
+      <c r="E172" s="70"/>
+      <c r="F172" s="70"/>
+    </row>
+    <row r="173" spans="1:8" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A173" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="B173" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="C173" s="84" t="s">
+        <v>334</v>
+      </c>
+      <c r="D173" s="30">
+        <v>46211</v>
+      </c>
+      <c r="E173" s="70"/>
+      <c r="F173" s="70"/>
+    </row>
+    <row r="174" spans="1:8" ht="155.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A174" s="2" t="s">
+        <v>335</v>
+      </c>
+      <c r="B174" s="12" t="s">
+        <v>336</v>
+      </c>
+      <c r="C174" s="84" t="s">
+        <v>3452</v>
+      </c>
+      <c r="D174" s="20">
+        <v>46222</v>
+      </c>
+      <c r="E174" s="70"/>
+      <c r="F174" s="70"/>
+    </row>
+    <row r="175" spans="1:8" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A175" s="1" t="s">
+        <v>3329</v>
+      </c>
+      <c r="B175" s="11" t="s">
+        <v>337</v>
+      </c>
+      <c r="C175" s="84" t="s">
+        <v>3453</v>
+      </c>
+      <c r="D175" s="30">
+        <v>46214</v>
+      </c>
+      <c r="E175" s="70"/>
+      <c r="F175" s="70"/>
+    </row>
+    <row r="176" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A176" s="4" t="s">
+        <v>338</v>
+      </c>
+      <c r="B176" s="11" t="s">
+        <v>339</v>
+      </c>
+      <c r="C176" s="84" t="s">
+        <v>340</v>
+      </c>
+      <c r="D176" s="20">
+        <v>46257</v>
+      </c>
+      <c r="E176" s="70"/>
+      <c r="F176" s="70"/>
+    </row>
+    <row r="177" spans="1:6" ht="58.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A177" s="8" t="s">
+        <v>2978</v>
+      </c>
+      <c r="B177" s="12" t="s">
+        <v>341</v>
+      </c>
+      <c r="C177" s="84" t="s">
+        <v>3454</v>
+      </c>
+      <c r="D177" s="20">
+        <v>46231</v>
+      </c>
+      <c r="E177" s="70"/>
+      <c r="F177" s="70"/>
+    </row>
+    <row r="178" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A178" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="B178" s="11" t="s">
+        <v>343</v>
+      </c>
+      <c r="C178" s="84" t="s">
+        <v>344</v>
+      </c>
+      <c r="D178" s="20">
+        <v>46242</v>
+      </c>
+      <c r="E178" s="70"/>
+      <c r="F178" s="70"/>
+    </row>
+    <row r="179" spans="1:6" ht="75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A179" s="3" t="s">
+        <v>2979</v>
+      </c>
+      <c r="B179" s="11" t="s">
+        <v>345</v>
+      </c>
+      <c r="C179" s="84" t="s">
+        <v>346</v>
+      </c>
+      <c r="D179" s="20">
+        <v>46224</v>
+      </c>
+      <c r="E179" s="70"/>
+      <c r="F179" s="70"/>
+    </row>
+    <row r="180" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A180" s="3" t="s">
+        <v>3330</v>
+      </c>
+      <c r="B180" s="12" t="s">
+        <v>347</v>
+      </c>
+      <c r="C180" s="84" t="s">
+        <v>348</v>
+      </c>
+      <c r="D180" s="30">
+        <v>46244</v>
+      </c>
+      <c r="E180" s="70"/>
+      <c r="F180" s="70"/>
+    </row>
+    <row r="181" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A181" s="4" t="s">
+        <v>3331</v>
+      </c>
+      <c r="B181" s="11" t="s">
+        <v>349</v>
+      </c>
+      <c r="C181" s="84" t="s">
+        <v>350</v>
+      </c>
+      <c r="D181" s="30">
+        <v>46273</v>
+      </c>
+      <c r="E181" s="70"/>
+      <c r="F181" s="70"/>
+    </row>
+    <row r="182" spans="1:6" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A182" s="3" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B182" s="21" t="s">
+        <v>2137</v>
+      </c>
+      <c r="C182" s="84" t="s">
+        <v>351</v>
+      </c>
+      <c r="D182" s="20">
+        <v>46177</v>
+      </c>
+      <c r="E182" s="70"/>
+      <c r="F182" s="70"/>
+    </row>
+    <row r="183" spans="1:6" ht="41.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A183" s="1" t="s">
+        <v>2276</v>
+      </c>
+      <c r="B183" s="11" t="s">
+        <v>352</v>
+      </c>
+      <c r="C183" s="84" t="s">
+        <v>353</v>
+      </c>
+      <c r="D183" s="20">
+        <v>46248</v>
+      </c>
+      <c r="E183" s="70"/>
+      <c r="F183" s="70"/>
+    </row>
+    <row r="184" spans="1:6" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A184" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="B184" s="21" t="s">
+        <v>2351</v>
+      </c>
+      <c r="C184" s="84" t="s">
+        <v>355</v>
+      </c>
+      <c r="D184" s="20">
+        <v>46348</v>
+      </c>
+      <c r="E184" s="70"/>
+      <c r="F184" s="70"/>
+    </row>
+    <row r="185" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A185" s="1" t="s">
+        <v>2528</v>
+      </c>
+      <c r="B185" s="12" t="s">
+        <v>356</v>
+      </c>
+      <c r="C185" s="84" t="s">
+        <v>3455</v>
+      </c>
+      <c r="D185" s="30">
+        <v>46308</v>
+      </c>
+      <c r="E185" s="70"/>
+      <c r="F185" s="70"/>
+    </row>
+    <row r="186" spans="1:6" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A186" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="B186" s="12" t="s">
+        <v>358</v>
+      </c>
+      <c r="C186" s="84" t="s">
+        <v>3456</v>
+      </c>
+      <c r="D186" s="20">
+        <v>46354</v>
+      </c>
+      <c r="E186" s="70"/>
+      <c r="F186" s="70"/>
+    </row>
+    <row r="187" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A187" s="3" t="s">
+        <v>2980</v>
+      </c>
+      <c r="B187" s="12" t="s">
+        <v>359</v>
+      </c>
+      <c r="C187" s="84" t="s">
+        <v>3457</v>
+      </c>
+      <c r="D187" s="20">
+        <v>46342</v>
+      </c>
+      <c r="E187" s="70"/>
+      <c r="F187" s="70"/>
+    </row>
+    <row r="188" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A188" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="B188" s="11" t="s">
+        <v>361</v>
+      </c>
+      <c r="C188" s="84" t="s">
+        <v>362</v>
+      </c>
+      <c r="D188" s="20">
+        <v>46367</v>
+      </c>
+      <c r="E188" s="70"/>
+      <c r="F188" s="70"/>
+    </row>
+    <row r="189" spans="1:6" ht="74.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A189" s="4" t="s">
+        <v>2209</v>
+      </c>
+      <c r="B189" s="12" t="s">
+        <v>363</v>
+      </c>
+      <c r="C189" s="84" t="s">
+        <v>2208</v>
+      </c>
+      <c r="D189" s="20">
+        <v>46370</v>
+      </c>
+      <c r="E189" s="70"/>
+      <c r="F189" s="70"/>
+    </row>
+    <row r="190" spans="1:6" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A190" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="B190" s="11" t="s">
+        <v>366</v>
+      </c>
+      <c r="C190" s="84" t="s">
+        <v>3458</v>
+      </c>
+      <c r="D190" s="30">
+        <v>46148</v>
+      </c>
+      <c r="E190" s="70"/>
+      <c r="F190" s="70"/>
+    </row>
+    <row r="191" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A191" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="B191" s="11" t="s">
+        <v>368</v>
+      </c>
+      <c r="C191" s="84" t="s">
+        <v>3459</v>
+      </c>
+      <c r="D191" s="30">
+        <v>46471</v>
+      </c>
+      <c r="E191" s="70"/>
+      <c r="F191" s="70"/>
+    </row>
+    <row r="192" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A192" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="B192" s="12" t="s">
+        <v>370</v>
+      </c>
+      <c r="C192" s="84" t="s">
+        <v>3460</v>
+      </c>
+      <c r="D192" s="30">
+        <v>46348</v>
+      </c>
+      <c r="E192" s="70"/>
+      <c r="F192" s="70"/>
+    </row>
+    <row r="193" spans="1:7" ht="68.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A193" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="B193" s="11" t="s">
+        <v>372</v>
+      </c>
+      <c r="C193" s="84" t="s">
+        <v>3461</v>
+      </c>
+      <c r="D193" s="30">
+        <v>46390</v>
+      </c>
+      <c r="E193" s="70"/>
+      <c r="F193" s="70"/>
+    </row>
+    <row r="194" spans="1:7" ht="192.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A194" s="2" t="s">
+        <v>2981</v>
+      </c>
+      <c r="B194" s="12" t="s">
+        <v>373</v>
+      </c>
+      <c r="C194" s="84" t="s">
+        <v>3462</v>
+      </c>
+      <c r="D194" s="20">
+        <v>46121</v>
+      </c>
+      <c r="E194" s="70"/>
+      <c r="F194" s="70"/>
+    </row>
+    <row r="195" spans="1:7" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A195" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="B195" s="11" t="s">
+        <v>375</v>
+      </c>
+      <c r="C195" s="87" t="s">
+        <v>3463</v>
+      </c>
+      <c r="D195" s="20">
+        <v>46420</v>
+      </c>
+      <c r="E195" s="70"/>
+      <c r="F195" s="70"/>
+    </row>
+    <row r="196" spans="1:7" ht="234" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A196" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="B196" s="11" t="s">
+        <v>377</v>
+      </c>
+      <c r="C196" s="84" t="s">
+        <v>378</v>
+      </c>
+      <c r="D196" s="20">
+        <v>46419</v>
+      </c>
+      <c r="E196" s="70"/>
+      <c r="F196" s="70"/>
+    </row>
+    <row r="197" spans="1:7" ht="45" x14ac:dyDescent="0.2">
+      <c r="A197" s="4" t="s">
+        <v>379</v>
+      </c>
+      <c r="B197" s="11" t="s">
+        <v>380</v>
+      </c>
+      <c r="C197" s="84" t="s">
+        <v>3464</v>
+      </c>
+      <c r="D197" s="20">
+        <v>46437</v>
+      </c>
+      <c r="E197" s="70"/>
+      <c r="F197" s="70"/>
+    </row>
+    <row r="198" spans="1:7" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A198" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="B198" s="11" t="s">
+        <v>382</v>
+      </c>
+      <c r="C198" s="84" t="s">
+        <v>383</v>
+      </c>
+      <c r="D198" s="20">
+        <v>46441</v>
+      </c>
+      <c r="E198" s="70"/>
+      <c r="F198" s="70"/>
+    </row>
+    <row r="199" spans="1:7" ht="132.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A199" s="4" t="s">
+        <v>2810</v>
+      </c>
+      <c r="B199" s="12" t="s">
+        <v>384</v>
+      </c>
+      <c r="C199" s="84" t="s">
+        <v>3465</v>
+      </c>
+      <c r="D199" s="20">
+        <v>46452</v>
+      </c>
+      <c r="E199" s="70"/>
+      <c r="F199" s="70"/>
+    </row>
+    <row r="200" spans="1:7" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A200" s="7" t="s">
+        <v>385</v>
+      </c>
+      <c r="B200" s="11" t="s">
+        <v>386</v>
+      </c>
+      <c r="C200" s="84" t="s">
+        <v>387</v>
+      </c>
+      <c r="D200" s="20">
+        <v>46454</v>
+      </c>
+      <c r="E200" s="70"/>
+      <c r="F200" s="70"/>
+    </row>
+    <row r="201" spans="1:7" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A201" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="B201" s="11" t="s">
+        <v>389</v>
+      </c>
+      <c r="C201" s="84" t="s">
+        <v>3466</v>
+      </c>
+      <c r="D201" s="30">
+        <v>46113</v>
+      </c>
+      <c r="E201" s="70"/>
+      <c r="F201" s="70"/>
+    </row>
+    <row r="202" spans="1:7" ht="80.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A202" s="7" t="s">
+        <v>390</v>
+      </c>
+      <c r="B202" s="11" t="s">
+        <v>391</v>
+      </c>
+      <c r="C202" s="84" t="s">
+        <v>705</v>
+      </c>
+      <c r="D202" s="30">
+        <v>46429</v>
+      </c>
+      <c r="E202" s="70"/>
+      <c r="F202" s="70"/>
+    </row>
+    <row r="203" spans="1:7" ht="90" x14ac:dyDescent="0.2">
+      <c r="A203" s="3" t="s">
+        <v>2174</v>
+      </c>
+      <c r="B203" s="11" t="s">
+        <v>392</v>
+      </c>
+      <c r="C203" s="84" t="s">
+        <v>393</v>
+      </c>
+      <c r="D203" s="20">
+        <v>46507</v>
+      </c>
+      <c r="E203" s="70"/>
+      <c r="F203" s="70"/>
+      <c r="G203" s="19"/>
+    </row>
+    <row r="204" spans="1:7" ht="90" x14ac:dyDescent="0.2">
+      <c r="A204" s="4" t="s">
+        <v>394</v>
+      </c>
+      <c r="B204" s="11" t="s">
+        <v>395</v>
+      </c>
+      <c r="C204" s="84" t="s">
+        <v>396</v>
+      </c>
+      <c r="D204" s="20">
+        <v>46142</v>
+      </c>
+      <c r="E204" s="70"/>
+      <c r="F204" s="70"/>
+    </row>
+    <row r="205" spans="1:7" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A205" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="B205" s="12" t="s">
+        <v>398</v>
+      </c>
+      <c r="C205" s="84" t="s">
+        <v>3467</v>
+      </c>
+      <c r="D205" s="30">
+        <v>46293</v>
+      </c>
+      <c r="E205" s="70"/>
+      <c r="F205" s="70"/>
+    </row>
+    <row r="206" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A206" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="B206" s="11" t="s">
+        <v>400</v>
+      </c>
+      <c r="C206" s="84" t="s">
+        <v>401</v>
+      </c>
+      <c r="D206" s="30">
+        <v>46527</v>
+      </c>
+      <c r="E206" s="70"/>
+      <c r="F206" s="70"/>
+    </row>
+    <row r="207" spans="1:7" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A207" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="B207" s="11" t="s">
+        <v>403</v>
+      </c>
+      <c r="C207" s="84" t="s">
+        <v>39</v>
+      </c>
+      <c r="D207" s="30">
+        <v>46150</v>
+      </c>
+      <c r="E207" s="70"/>
+      <c r="F207" s="70"/>
+    </row>
+    <row r="208" spans="1:7" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A208" s="4" t="s">
+        <v>2982</v>
+      </c>
+      <c r="B208" s="11" t="s">
+        <v>404</v>
+      </c>
+      <c r="C208" s="84" t="s">
+        <v>3468</v>
+      </c>
+      <c r="D208" s="20">
+        <v>46479</v>
+      </c>
+      <c r="E208" s="70"/>
+      <c r="F208" s="70"/>
+    </row>
+    <row r="209" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A209" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="B209" s="11" t="s">
+        <v>406</v>
+      </c>
+      <c r="C209" s="84" t="s">
+        <v>10</v>
+      </c>
+      <c r="D209" s="30">
+        <v>46142</v>
+      </c>
+      <c r="E209" s="70"/>
+      <c r="F209" s="70"/>
+    </row>
+    <row r="210" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A210" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="B210" s="11" t="s">
+        <v>408</v>
+      </c>
+      <c r="C210" s="84" t="s">
+        <v>409</v>
+      </c>
+      <c r="D210" s="30">
+        <v>46108</v>
+      </c>
+      <c r="E210" s="70"/>
+      <c r="F210" s="70"/>
+    </row>
+    <row r="211" spans="1:6" ht="54" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A211" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="B211" s="12" t="s">
+        <v>411</v>
+      </c>
+      <c r="C211" s="84" t="s">
+        <v>3469</v>
+      </c>
+      <c r="D211" s="30">
+        <v>46492</v>
+      </c>
+      <c r="E211" s="70"/>
+      <c r="F211" s="70"/>
+    </row>
+    <row r="212" spans="1:6" ht="0.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A212" s="3" t="s">
+        <v>2983</v>
+      </c>
+      <c r="B212" s="11" t="s">
+        <v>345</v>
+      </c>
+      <c r="C212" s="84" t="s">
+        <v>346</v>
+      </c>
+      <c r="D212" s="30">
+        <v>46333</v>
+      </c>
+      <c r="E212" s="70"/>
+      <c r="F212" s="70"/>
+    </row>
+    <row r="213" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A213" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="B213" s="11" t="s">
+        <v>413</v>
+      </c>
+      <c r="C213" s="84" t="s">
+        <v>414</v>
+      </c>
+      <c r="D213" s="20">
+        <v>46212</v>
+      </c>
+      <c r="E213" s="70"/>
+      <c r="F213" s="70"/>
+    </row>
+    <row r="214" spans="1:6" ht="109.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A214" s="3" t="s">
+        <v>2737</v>
+      </c>
+      <c r="B214" s="11" t="s">
+        <v>415</v>
+      </c>
+      <c r="C214" s="84" t="s">
+        <v>21</v>
+      </c>
+      <c r="D214" s="30">
+        <v>46372</v>
+      </c>
+      <c r="E214" s="70"/>
+      <c r="F214" s="70"/>
+    </row>
+    <row r="215" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A215" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="B215" s="11" t="s">
+        <v>418</v>
+      </c>
+      <c r="C215" s="107" t="s">
+        <v>419</v>
+      </c>
+      <c r="D215" s="30">
+        <v>46373</v>
+      </c>
+      <c r="E215" s="70"/>
+      <c r="F215" s="70"/>
+    </row>
+    <row r="216" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A216" s="7" t="s">
+        <v>417</v>
+      </c>
+      <c r="B216" s="11" t="s">
+        <v>418</v>
+      </c>
+      <c r="C216" s="84" t="s">
+        <v>419</v>
+      </c>
+      <c r="D216" s="30">
+        <v>46373</v>
+      </c>
+      <c r="E216" s="70"/>
+      <c r="F216" s="70"/>
+    </row>
+    <row r="217" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A217" s="3" t="s">
+        <v>3332</v>
+      </c>
+      <c r="B217" s="11" t="s">
+        <v>420</v>
+      </c>
+      <c r="C217" s="84" t="s">
+        <v>3470</v>
+      </c>
+      <c r="D217" s="30">
+        <v>46128</v>
+      </c>
+      <c r="E217" s="70"/>
+      <c r="F217" s="70"/>
+    </row>
+    <row r="218" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A218" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="B218" s="11" t="s">
+        <v>422</v>
+      </c>
+      <c r="C218" s="84" t="s">
+        <v>3471</v>
+      </c>
+      <c r="D218" s="30">
+        <v>46159</v>
+      </c>
+      <c r="E218" s="70"/>
+      <c r="F218" s="70"/>
+    </row>
+    <row r="219" spans="1:6" ht="143.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A219" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="B219" s="11" t="s">
+        <v>424</v>
+      </c>
+      <c r="C219" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D219" s="30">
+        <v>46495</v>
+      </c>
+      <c r="E219" s="70"/>
+      <c r="F219" s="70"/>
+    </row>
+    <row r="220" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A220" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="B220" s="11" t="s">
+        <v>426</v>
+      </c>
+      <c r="C220" s="84" t="s">
+        <v>427</v>
+      </c>
+      <c r="D220" s="40">
+        <v>46199</v>
+      </c>
+      <c r="E220" s="70"/>
+      <c r="F220" s="70"/>
+    </row>
+    <row r="221" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A221" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="B221" s="11" t="s">
+        <v>429</v>
+      </c>
+      <c r="C221" s="84" t="s">
+        <v>430</v>
+      </c>
+      <c r="D221" s="40">
+        <v>46199</v>
+      </c>
+      <c r="E221" s="70"/>
+      <c r="F221" s="70"/>
+    </row>
+    <row r="222" spans="1:6" ht="213.75" x14ac:dyDescent="0.2">
+      <c r="A222" s="3" t="s">
+        <v>2984</v>
+      </c>
+      <c r="B222" s="12" t="s">
+        <v>431</v>
+      </c>
+      <c r="C222" s="84" t="s">
+        <v>432</v>
+      </c>
+      <c r="D222" s="40">
+        <v>46201</v>
+      </c>
+      <c r="E222" s="70"/>
+      <c r="F222" s="70"/>
+    </row>
+    <row r="223" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A223" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="B223" s="12" t="s">
+        <v>434</v>
+      </c>
+      <c r="C223" s="84" t="s">
+        <v>435</v>
+      </c>
+      <c r="D223" s="40">
+        <v>46141</v>
+      </c>
+      <c r="E223" s="70"/>
+      <c r="F223" s="70"/>
+    </row>
+    <row r="224" spans="1:6" ht="135" x14ac:dyDescent="0.2">
+      <c r="A224" s="4" t="s">
+        <v>436</v>
+      </c>
+      <c r="B224" s="11" t="s">
+        <v>437</v>
+      </c>
+      <c r="C224" s="84" t="s">
+        <v>3472</v>
+      </c>
+      <c r="D224" s="31">
+        <v>46492</v>
+      </c>
+      <c r="E224" s="70"/>
+      <c r="F224" s="70"/>
+    </row>
+    <row r="225" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A225" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="B225" s="11" t="s">
+        <v>440</v>
+      </c>
+      <c r="C225" s="84" t="s">
+        <v>441</v>
+      </c>
+      <c r="D225" s="20">
+        <v>46213</v>
+      </c>
+      <c r="E225" s="70"/>
+      <c r="F225" s="70"/>
+    </row>
+    <row r="226" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A226" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="B226" s="11" t="s">
+        <v>2233</v>
+      </c>
+      <c r="C226" s="88" t="s">
+        <v>444</v>
+      </c>
+      <c r="D226" s="20">
+        <v>46212</v>
+      </c>
+      <c r="E226" s="70"/>
+      <c r="F226" s="70"/>
+    </row>
+    <row r="227" spans="1:6" ht="41.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A227" s="1" t="s">
+        <v>2985</v>
+      </c>
+      <c r="B227" s="12" t="s">
+        <v>445</v>
+      </c>
+      <c r="C227" s="84" t="s">
+        <v>3473</v>
+      </c>
+      <c r="D227" s="20">
+        <v>46235</v>
+      </c>
+      <c r="E227" s="70"/>
+      <c r="F227" s="70"/>
+    </row>
+    <row r="228" spans="1:6" ht="81" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A228" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="B228" s="11" t="s">
+        <v>448</v>
+      </c>
+      <c r="C228" s="84" t="s">
+        <v>449</v>
+      </c>
+      <c r="D228" s="20">
+        <v>46486</v>
+      </c>
+      <c r="E228" s="70"/>
+      <c r="F228" s="70"/>
+    </row>
+    <row r="229" spans="1:6" ht="146.25" x14ac:dyDescent="0.2">
+      <c r="A229" s="3" t="s">
+        <v>2986</v>
+      </c>
+      <c r="B229" s="12" t="s">
+        <v>2141</v>
+      </c>
+      <c r="C229" s="88" t="s">
+        <v>2142</v>
+      </c>
+      <c r="D229" s="30">
+        <v>46178</v>
+      </c>
+      <c r="E229" s="70"/>
+      <c r="F229" s="70"/>
+    </row>
+    <row r="230" spans="1:6" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A230" s="4" t="s">
+        <v>2869</v>
+      </c>
+      <c r="B230" s="11" t="s">
+        <v>450</v>
+      </c>
+      <c r="C230" s="84" t="s">
+        <v>18</v>
+      </c>
+      <c r="D230" s="20">
+        <v>46214</v>
+      </c>
+      <c r="E230" s="70"/>
+      <c r="F230" s="70"/>
+    </row>
+    <row r="231" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A231" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="B231" s="12" t="s">
+        <v>453</v>
+      </c>
+      <c r="C231" s="84" t="s">
+        <v>454</v>
+      </c>
+      <c r="D231" s="30">
+        <v>46254</v>
+      </c>
+      <c r="E231" s="70"/>
+      <c r="F231" s="70"/>
+    </row>
+    <row r="232" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A232" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="B232" s="11" t="s">
+        <v>457</v>
+      </c>
+      <c r="C232" s="84" t="s">
+        <v>12</v>
+      </c>
+      <c r="D232" s="30">
+        <v>46355</v>
+      </c>
+      <c r="E232" s="70"/>
+      <c r="F232" s="70"/>
+    </row>
+    <row r="233" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A233" s="3" t="s">
+        <v>2987</v>
+      </c>
+      <c r="B233" s="12" t="s">
+        <v>458</v>
+      </c>
+      <c r="C233" s="84" t="s">
+        <v>3474</v>
+      </c>
+      <c r="D233" s="30">
+        <v>46276</v>
+      </c>
+      <c r="E233" s="70"/>
+      <c r="F233" s="70"/>
+    </row>
+    <row r="234" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A234" s="3" t="s">
+        <v>2403</v>
+      </c>
+      <c r="B234" s="11" t="s">
+        <v>459</v>
+      </c>
+      <c r="C234" s="84" t="s">
+        <v>460</v>
+      </c>
+      <c r="D234" s="20">
+        <v>46274</v>
+      </c>
+      <c r="E234" s="70"/>
+      <c r="F234" s="70"/>
+    </row>
+    <row r="235" spans="1:6" ht="189" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A235" s="7" t="s">
+        <v>2988</v>
+      </c>
+      <c r="B235" s="12" t="s">
+        <v>461</v>
+      </c>
+      <c r="C235" s="84" t="s">
+        <v>462</v>
+      </c>
+      <c r="D235" s="30">
+        <v>46275</v>
+      </c>
+      <c r="E235" s="70"/>
+      <c r="F235" s="70"/>
+    </row>
+    <row r="236" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A236" s="3" t="s">
+        <v>2989</v>
+      </c>
+      <c r="B236" s="11" t="s">
+        <v>463</v>
+      </c>
+      <c r="C236" s="84" t="s">
+        <v>464</v>
+      </c>
+      <c r="D236" s="30">
+        <v>46314</v>
+      </c>
+      <c r="E236" s="70"/>
+      <c r="F236" s="70"/>
+    </row>
+    <row r="237" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A237" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="B237" s="11" t="s">
+        <v>466</v>
+      </c>
+      <c r="C237" s="84" t="s">
+        <v>467</v>
+      </c>
+      <c r="D237" s="30">
+        <v>46276</v>
+      </c>
+      <c r="E237" s="70"/>
+      <c r="F237" s="70"/>
+    </row>
+    <row r="238" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A238" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="B238" s="11" t="s">
+        <v>438</v>
+      </c>
+      <c r="C238" s="84" t="s">
+        <v>469</v>
+      </c>
+      <c r="D238" s="30">
+        <v>46373</v>
+      </c>
+      <c r="E238" s="70"/>
+      <c r="F238" s="70"/>
+    </row>
+    <row r="239" spans="1:6" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A239" s="4" t="s">
+        <v>2990</v>
+      </c>
+      <c r="B239" s="11" t="s">
+        <v>470</v>
+      </c>
+      <c r="C239" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D239" s="20">
+        <v>46523</v>
+      </c>
+      <c r="E239" s="70"/>
+      <c r="F239" s="70"/>
+    </row>
+    <row r="240" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A240" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="B240" s="12" t="s">
+        <v>472</v>
+      </c>
+      <c r="C240" s="84" t="s">
+        <v>473</v>
+      </c>
+      <c r="D240" s="30">
+        <v>46303</v>
+      </c>
+      <c r="E240" s="70"/>
+      <c r="F240" s="70"/>
+    </row>
+    <row r="241" spans="1:6" ht="60.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A241" s="7" t="s">
+        <v>474</v>
+      </c>
+      <c r="B241" s="11" t="s">
+        <v>475</v>
+      </c>
+      <c r="C241" s="84" t="s">
+        <v>476</v>
+      </c>
+      <c r="D241" s="30">
+        <v>46126</v>
+      </c>
+      <c r="E241" s="70"/>
+      <c r="F241" s="70"/>
+    </row>
+    <row r="242" spans="1:6" ht="60.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A242" s="1" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B242" s="11" t="s">
+        <v>2591</v>
+      </c>
+      <c r="C242" s="84" t="s">
+        <v>477</v>
+      </c>
+      <c r="D242" s="20">
+        <v>46331</v>
+      </c>
+      <c r="E242" s="70"/>
+      <c r="F242" s="70"/>
+    </row>
+    <row r="243" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A243" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="B243" s="11" t="s">
+        <v>479</v>
+      </c>
+      <c r="C243" s="84" t="s">
+        <v>480</v>
+      </c>
+      <c r="D243" s="30">
+        <v>46342</v>
+      </c>
+      <c r="E243" s="70"/>
+      <c r="F243" s="70"/>
+    </row>
+    <row r="244" spans="1:6" ht="82.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A244" s="4" t="s">
+        <v>481</v>
+      </c>
+      <c r="B244" s="12" t="s">
+        <v>482</v>
+      </c>
+      <c r="C244" s="91" t="s">
+        <v>483</v>
+      </c>
+      <c r="D244" s="20">
+        <v>46369</v>
+      </c>
+      <c r="E244" s="70"/>
+      <c r="F244" s="70"/>
+    </row>
+    <row r="245" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A245" s="3" t="s">
+        <v>2991</v>
+      </c>
+      <c r="B245" s="11" t="s">
+        <v>484</v>
+      </c>
+      <c r="C245" s="84" t="s">
+        <v>485</v>
+      </c>
+      <c r="D245" s="20">
+        <v>46317</v>
+      </c>
+      <c r="E245" s="70"/>
+      <c r="F245" s="70"/>
+    </row>
+    <row r="246" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A246" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B246" s="12" t="s">
+        <v>487</v>
+      </c>
+      <c r="C246" s="84" t="s">
+        <v>488</v>
+      </c>
+      <c r="D246" s="20">
+        <v>46369</v>
+      </c>
+      <c r="E246" s="70"/>
+      <c r="F246" s="70"/>
+    </row>
+    <row r="247" spans="1:6" ht="168.75" x14ac:dyDescent="0.2">
+      <c r="A247" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="B247" s="11" t="s">
+        <v>490</v>
+      </c>
+      <c r="C247" s="84" t="s">
+        <v>10</v>
+      </c>
+      <c r="D247" s="30">
+        <v>46344</v>
+      </c>
+      <c r="E247" s="70"/>
+      <c r="F247" s="70"/>
+    </row>
+    <row r="248" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A248" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="B248" s="12" t="s">
+        <v>492</v>
+      </c>
+      <c r="C248" s="87" t="s">
+        <v>493</v>
+      </c>
+      <c r="D248" s="20">
+        <v>46353</v>
+      </c>
+      <c r="E248" s="70"/>
+      <c r="F248" s="70"/>
+    </row>
+    <row r="249" spans="1:6" ht="54" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A249" s="3" t="s">
+        <v>2521</v>
+      </c>
+      <c r="B249" s="12" t="s">
+        <v>494</v>
+      </c>
+      <c r="C249" s="84" t="s">
+        <v>3475</v>
+      </c>
+      <c r="D249" s="20">
+        <v>46308</v>
+      </c>
+      <c r="E249" s="70"/>
+      <c r="F249" s="70"/>
+    </row>
+    <row r="250" spans="1:6" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A250" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="B250" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C250" s="84" t="s">
+        <v>496</v>
+      </c>
+      <c r="D250" s="30">
+        <v>46368</v>
+      </c>
+      <c r="E250" s="70"/>
+      <c r="F250" s="70"/>
+    </row>
+    <row r="251" spans="1:6" ht="81" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A251" s="3" t="s">
+        <v>2691</v>
+      </c>
+      <c r="B251" s="12" t="s">
+        <v>497</v>
+      </c>
+      <c r="C251" s="84" t="s">
+        <v>3476</v>
+      </c>
+      <c r="D251" s="30">
+        <v>46375</v>
+      </c>
+      <c r="E251" s="70"/>
+      <c r="F251" s="70"/>
+    </row>
+    <row r="252" spans="1:6" ht="157.5" x14ac:dyDescent="0.2">
+      <c r="A252" s="7" t="s">
+        <v>2992</v>
+      </c>
+      <c r="B252" s="12" t="s">
+        <v>498</v>
+      </c>
+      <c r="C252" s="84" t="s">
+        <v>499</v>
+      </c>
+      <c r="D252" s="30">
+        <v>46374</v>
+      </c>
+      <c r="E252" s="70"/>
+      <c r="F252" s="70"/>
+    </row>
+    <row r="253" spans="1:6" ht="116.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A253" s="4" t="s">
+        <v>500</v>
+      </c>
+      <c r="B253" s="11" t="s">
+        <v>2240</v>
+      </c>
+      <c r="C253" s="84" t="s">
+        <v>501</v>
+      </c>
+      <c r="D253" s="30">
+        <v>46213</v>
+      </c>
+      <c r="E253" s="70"/>
+      <c r="F253" s="70"/>
+    </row>
+    <row r="254" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A254" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="B254" s="12" t="s">
+        <v>503</v>
+      </c>
+      <c r="C254" s="84" t="s">
+        <v>3477</v>
+      </c>
+      <c r="D254" s="30">
+        <v>46473</v>
+      </c>
+      <c r="E254" s="70"/>
+      <c r="F254" s="70"/>
+    </row>
+    <row r="255" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A255" s="3" t="s">
+        <v>504</v>
+      </c>
+      <c r="B255" s="12" t="s">
+        <v>505</v>
+      </c>
+      <c r="C255" s="84" t="s">
+        <v>506</v>
+      </c>
+      <c r="D255" s="20">
+        <v>46357</v>
+      </c>
+      <c r="E255" s="70"/>
+      <c r="F255" s="70"/>
+    </row>
+    <row r="256" spans="1:6" ht="409.5" x14ac:dyDescent="0.2">
+      <c r="A256" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="B256" s="21" t="s">
+        <v>2690</v>
+      </c>
+      <c r="C256" s="84" t="s">
+        <v>508</v>
+      </c>
+      <c r="D256" s="20">
+        <v>46417</v>
+      </c>
+      <c r="E256" s="70"/>
+      <c r="F256" s="70"/>
+    </row>
+    <row r="257" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A257" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="B257" s="11" t="s">
+        <v>510</v>
+      </c>
+      <c r="C257" s="84" t="s">
+        <v>511</v>
+      </c>
+      <c r="D257" s="20">
+        <v>46492</v>
+      </c>
+      <c r="E257" s="70"/>
+      <c r="F257" s="70"/>
+    </row>
+    <row r="258" spans="1:6" ht="47.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A258" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="B258" s="11" t="s">
+        <v>513</v>
+      </c>
+      <c r="C258" s="84" t="s">
+        <v>514</v>
+      </c>
+      <c r="D258" s="30">
+        <v>46464</v>
+      </c>
+      <c r="E258" s="70"/>
+      <c r="F258" s="70"/>
+    </row>
+    <row r="259" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A259" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="B259" s="12" t="s">
+        <v>516</v>
+      </c>
+      <c r="C259" s="84" t="s">
+        <v>517</v>
+      </c>
+      <c r="D259" s="30">
+        <v>46416</v>
+      </c>
+      <c r="E259" s="70"/>
+      <c r="F259" s="70"/>
+    </row>
+    <row r="260" spans="1:6" ht="326.25" x14ac:dyDescent="0.2">
+      <c r="A260" s="3" t="s">
+        <v>519</v>
+      </c>
+      <c r="B260" s="12" t="s">
+        <v>520</v>
+      </c>
+      <c r="C260" s="84" t="s">
+        <v>521</v>
+      </c>
+      <c r="D260" s="20">
+        <v>46447</v>
+      </c>
+      <c r="E260" s="70"/>
+      <c r="F260" s="70"/>
+    </row>
+    <row r="261" spans="1:6" ht="191.25" x14ac:dyDescent="0.2">
+      <c r="A261" s="3" t="s">
+        <v>2993</v>
+      </c>
+      <c r="B261" s="12" t="s">
+        <v>522</v>
+      </c>
+      <c r="C261" s="84" t="s">
+        <v>523</v>
+      </c>
+      <c r="D261" s="20">
+        <v>46443</v>
+      </c>
+      <c r="E261" s="70"/>
+      <c r="F261" s="70"/>
+    </row>
+    <row r="262" spans="1:6" ht="56.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A262" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="B262" s="12" t="s">
+        <v>525</v>
+      </c>
+      <c r="C262" s="84" t="s">
+        <v>526</v>
+      </c>
+      <c r="D262" s="20">
+        <v>46436</v>
+      </c>
+      <c r="E262" s="70"/>
+      <c r="F262" s="70"/>
+    </row>
+    <row r="263" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A263" s="3" t="s">
+        <v>3247</v>
+      </c>
+      <c r="B263" s="11" t="s">
+        <v>527</v>
+      </c>
+      <c r="C263" s="84" t="s">
+        <v>378</v>
+      </c>
+      <c r="D263" s="30">
+        <v>46460</v>
+      </c>
+      <c r="E263" s="70"/>
+      <c r="F263" s="70"/>
+    </row>
+    <row r="264" spans="1:6" ht="111.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A264" s="4" t="s">
+        <v>2994</v>
+      </c>
+      <c r="B264" s="11" t="s">
+        <v>528</v>
+      </c>
+      <c r="C264" s="84" t="s">
+        <v>419</v>
+      </c>
+      <c r="D264" s="20">
+        <v>46438</v>
+      </c>
+      <c r="E264" s="70"/>
+      <c r="F264" s="70"/>
+    </row>
+    <row r="265" spans="1:6" ht="57" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A265" s="1" t="s">
+        <v>2695</v>
+      </c>
+      <c r="B265" s="11" t="s">
+        <v>529</v>
+      </c>
+      <c r="C265" s="84" t="s">
+        <v>530</v>
+      </c>
+      <c r="D265" s="20">
+        <v>46387</v>
+      </c>
+      <c r="E265" s="79"/>
+      <c r="F265" s="70"/>
+    </row>
+    <row r="266" spans="1:6" ht="123.75" x14ac:dyDescent="0.2">
+      <c r="A266" s="4" t="s">
+        <v>531</v>
+      </c>
+      <c r="B266" s="11" t="s">
+        <v>532</v>
+      </c>
+      <c r="C266" s="84" t="s">
+        <v>533</v>
+      </c>
+      <c r="D266" s="20">
+        <v>46457</v>
+      </c>
+      <c r="E266" s="79"/>
+      <c r="F266" s="70"/>
+    </row>
+    <row r="267" spans="1:6" ht="78" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A267" s="3" t="s">
+        <v>2995</v>
+      </c>
+      <c r="B267" s="11" t="s">
+        <v>534</v>
+      </c>
+      <c r="C267" s="84" t="s">
+        <v>3478</v>
+      </c>
+      <c r="D267" s="20">
+        <v>46473</v>
+      </c>
+      <c r="E267" s="70"/>
+      <c r="F267" s="70"/>
+    </row>
+    <row r="268" spans="1:6" ht="225" x14ac:dyDescent="0.2">
+      <c r="A268" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="B268" s="11" t="s">
+        <v>536</v>
+      </c>
+      <c r="C268" s="84" t="s">
+        <v>537</v>
+      </c>
+      <c r="D268" s="20">
+        <v>46473</v>
+      </c>
+      <c r="E268" s="70"/>
+      <c r="F268" s="70"/>
+    </row>
+    <row r="269" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A269" s="7" t="s">
+        <v>538</v>
+      </c>
+      <c r="B269" s="12" t="s">
+        <v>539</v>
+      </c>
+      <c r="C269" s="84" t="s">
+        <v>540</v>
+      </c>
+      <c r="D269" s="20">
+        <v>46478</v>
+      </c>
+      <c r="E269" s="70"/>
+      <c r="F269" s="70"/>
+    </row>
+    <row r="270" spans="1:6" ht="133.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A270" s="4" t="s">
+        <v>2826</v>
+      </c>
+      <c r="B270" s="12" t="s">
+        <v>541</v>
+      </c>
+      <c r="C270" s="84" t="s">
+        <v>419</v>
+      </c>
+      <c r="D270" s="30">
+        <v>46438</v>
+      </c>
+      <c r="E270" s="70"/>
+      <c r="F270" s="70"/>
+    </row>
+    <row r="271" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A271" s="2" t="s">
+        <v>542</v>
+      </c>
+      <c r="B271" s="11" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C271" s="84" t="s">
+        <v>53</v>
+      </c>
+      <c r="D271" s="20">
+        <v>46118</v>
+      </c>
+      <c r="E271" s="70"/>
+      <c r="F271" s="70"/>
+    </row>
+    <row r="272" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A272" s="3" t="s">
+        <v>2996</v>
+      </c>
+      <c r="B272" s="11" t="s">
+        <v>543</v>
+      </c>
+      <c r="C272" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D272" s="20">
+        <v>46492</v>
+      </c>
+      <c r="E272" s="70"/>
+      <c r="F272" s="70"/>
+    </row>
+    <row r="273" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A273" s="2" t="s">
+        <v>2243</v>
+      </c>
+      <c r="B273" s="11" t="s">
+        <v>2244</v>
+      </c>
+      <c r="C273" s="84" t="s">
+        <v>544</v>
+      </c>
+      <c r="D273" s="20">
+        <v>46233</v>
+      </c>
+      <c r="E273" s="70"/>
+      <c r="F273" s="70"/>
+    </row>
+    <row r="274" spans="1:6" ht="157.5" x14ac:dyDescent="0.2">
+      <c r="A274" s="2" t="s">
+        <v>2997</v>
+      </c>
+      <c r="B274" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="C274" s="84" t="s">
+        <v>545</v>
+      </c>
+      <c r="D274" s="30">
+        <v>46506</v>
+      </c>
+      <c r="E274" s="70"/>
+      <c r="F274" s="70"/>
+    </row>
+    <row r="275" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A275" s="32" t="s">
+        <v>546</v>
+      </c>
+      <c r="B275" s="17" t="s">
+        <v>547</v>
+      </c>
+      <c r="C275" s="84" t="s">
+        <v>10</v>
+      </c>
+      <c r="D275" s="30">
+        <v>46507</v>
+      </c>
+      <c r="E275" s="70"/>
+      <c r="F275" s="70"/>
+    </row>
+    <row r="276" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A276" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="B276" s="11" t="s">
+        <v>549</v>
+      </c>
+      <c r="C276" s="84" t="s">
+        <v>550</v>
+      </c>
+      <c r="D276" s="30">
+        <v>46153</v>
+      </c>
+      <c r="E276" s="70"/>
+      <c r="F276" s="70"/>
+    </row>
+    <row r="277" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A277" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="B277" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="C277" s="84" t="s">
+        <v>265</v>
+      </c>
+      <c r="D277" s="30">
+        <v>46433</v>
+      </c>
+      <c r="E277" s="70"/>
+      <c r="F277" s="70"/>
+    </row>
+    <row r="278" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A278" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="B278" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C278" s="84" t="s">
+        <v>554</v>
+      </c>
+      <c r="D278" s="20">
+        <v>46211</v>
+      </c>
+      <c r="E278" s="70"/>
+      <c r="F278" s="70"/>
+    </row>
+    <row r="279" spans="1:6" ht="112.5" x14ac:dyDescent="0.2">
+      <c r="A279" s="3" t="s">
+        <v>2998</v>
+      </c>
+      <c r="B279" s="12" t="s">
+        <v>555</v>
+      </c>
+      <c r="C279" s="84" t="s">
+        <v>556</v>
+      </c>
+      <c r="D279" s="30">
+        <v>46159</v>
+      </c>
+      <c r="E279" s="70"/>
+      <c r="F279" s="70"/>
+    </row>
+    <row r="280" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A280" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="B280" s="12" t="s">
+        <v>558</v>
+      </c>
+      <c r="C280" s="84" t="s">
+        <v>559</v>
+      </c>
+      <c r="D280" s="30">
+        <v>46170</v>
+      </c>
+      <c r="E280" s="70"/>
+      <c r="F280" s="70"/>
+    </row>
+    <row r="281" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A281" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="B281" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C281" s="84" t="s">
+        <v>561</v>
+      </c>
+      <c r="D281" s="20">
+        <v>46226</v>
+      </c>
+      <c r="E281" s="70"/>
+      <c r="F281" s="70"/>
+    </row>
+    <row r="282" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A282" s="3" t="s">
+        <v>2999</v>
+      </c>
+      <c r="B282" s="11" t="s">
+        <v>562</v>
+      </c>
+      <c r="C282" s="84" t="s">
+        <v>3479</v>
+      </c>
+      <c r="D282" s="20">
+        <v>46190</v>
+      </c>
+      <c r="E282" s="70"/>
+      <c r="F282" s="70"/>
+    </row>
+    <row r="283" spans="1:6" ht="307.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A283" s="2" t="s">
+        <v>563</v>
+      </c>
+      <c r="B283" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="C283" s="84" t="s">
+        <v>442</v>
+      </c>
+      <c r="D283" s="20">
+        <v>46194</v>
+      </c>
+      <c r="E283" s="70"/>
+      <c r="F283" s="70"/>
+    </row>
+    <row r="284" spans="1:6" ht="112.5" x14ac:dyDescent="0.2">
+      <c r="A284" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="B284" s="11" t="s">
+        <v>566</v>
+      </c>
+      <c r="C284" s="84" t="s">
+        <v>567</v>
+      </c>
+      <c r="D284" s="20">
+        <v>46491</v>
+      </c>
+      <c r="E284" s="70"/>
+      <c r="F284" s="70"/>
+    </row>
+    <row r="285" spans="1:6" ht="348.75" x14ac:dyDescent="0.2">
+      <c r="A285" s="4" t="s">
+        <v>3000</v>
+      </c>
+      <c r="B285" s="11" t="s">
+        <v>568</v>
+      </c>
+      <c r="C285" s="84" t="s">
+        <v>10</v>
+      </c>
+      <c r="D285" s="20">
+        <v>46436</v>
+      </c>
+      <c r="E285" s="70"/>
+      <c r="F285" s="70"/>
+    </row>
+    <row r="286" spans="1:6" ht="135" x14ac:dyDescent="0.2">
+      <c r="A286" s="2" t="s">
+        <v>3001</v>
+      </c>
+      <c r="B286" s="12" t="s">
+        <v>569</v>
+      </c>
+      <c r="C286" s="84" t="s">
+        <v>570</v>
+      </c>
+      <c r="D286" s="20">
+        <v>46138</v>
+      </c>
+      <c r="E286" s="70"/>
+      <c r="F286" s="70"/>
+    </row>
+    <row r="287" spans="1:6" ht="146.25" x14ac:dyDescent="0.2">
+      <c r="A287" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="B287" s="11" t="s">
+        <v>572</v>
+      </c>
+      <c r="C287" s="84" t="s">
+        <v>419</v>
+      </c>
+      <c r="D287" s="20">
+        <v>46484</v>
+      </c>
+      <c r="E287" s="70"/>
+      <c r="F287" s="70"/>
+    </row>
+    <row r="288" spans="1:6" ht="181.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A288" s="2" t="s">
+        <v>573</v>
+      </c>
+      <c r="B288" s="11" t="s">
+        <v>574</v>
+      </c>
+      <c r="C288" s="84" t="s">
+        <v>419</v>
+      </c>
+      <c r="D288" s="20">
+        <v>46485</v>
+      </c>
+      <c r="E288" s="70"/>
+      <c r="F288" s="70"/>
+    </row>
+    <row r="289" spans="1:6" ht="58.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A289" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="B289" s="12" t="s">
+        <v>576</v>
+      </c>
+      <c r="C289" s="84" t="s">
+        <v>577</v>
+      </c>
+      <c r="D289" s="30">
+        <v>46204</v>
+      </c>
+      <c r="E289" s="70"/>
+      <c r="F289" s="70"/>
+    </row>
+    <row r="290" spans="1:6" ht="82.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A290" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="B290" s="12" t="s">
+        <v>579</v>
+      </c>
+      <c r="C290" s="84" t="s">
+        <v>580</v>
+      </c>
+      <c r="D290" s="20">
+        <v>46203</v>
+      </c>
+      <c r="E290" s="70"/>
+      <c r="F290" s="70"/>
+    </row>
+    <row r="291" spans="1:6" ht="112.5" x14ac:dyDescent="0.2">
+      <c r="A291" s="4" t="s">
+        <v>3002</v>
+      </c>
+      <c r="B291" s="11" t="s">
+        <v>581</v>
+      </c>
+      <c r="C291" s="84" t="s">
+        <v>582</v>
+      </c>
+      <c r="D291" s="20">
+        <v>46180</v>
+      </c>
+      <c r="E291" s="70"/>
+      <c r="F291" s="70"/>
+    </row>
+    <row r="292" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A292" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="B292" s="21" t="s">
+        <v>584</v>
+      </c>
+      <c r="C292" s="84" t="s">
+        <v>556</v>
+      </c>
+      <c r="D292" s="20">
+        <v>46210</v>
+      </c>
+      <c r="E292" s="70"/>
+      <c r="F292" s="70"/>
+    </row>
+    <row r="293" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A293" s="4" t="s">
+        <v>585</v>
+      </c>
+      <c r="B293" s="12" t="s">
+        <v>586</v>
+      </c>
+      <c r="C293" s="84" t="s">
+        <v>587</v>
+      </c>
+      <c r="D293" s="20">
+        <v>46227</v>
+      </c>
+      <c r="E293" s="70"/>
+      <c r="F293" s="70"/>
+    </row>
+    <row r="294" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A294" s="3" t="s">
+        <v>3003</v>
+      </c>
+      <c r="B294" s="11" t="s">
+        <v>2177</v>
+      </c>
+      <c r="C294" s="84" t="s">
+        <v>588</v>
+      </c>
+      <c r="D294" s="20">
+        <v>46221</v>
+      </c>
+      <c r="E294" s="70"/>
+      <c r="F294" s="70"/>
+    </row>
+    <row r="295" spans="1:6" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A295" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="B295" s="11" t="s">
+        <v>590</v>
+      </c>
+      <c r="C295" s="84" t="s">
+        <v>3333</v>
+      </c>
+      <c r="D295" s="20">
+        <v>46280</v>
+      </c>
+      <c r="E295" s="70"/>
+      <c r="F295" s="70"/>
+    </row>
+    <row r="296" spans="1:6" ht="156" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A296" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="B296" s="11" t="s">
+        <v>592</v>
+      </c>
+      <c r="C296" s="84" t="s">
+        <v>4</v>
+      </c>
+      <c r="D296" s="20">
+        <v>46242</v>
+      </c>
+      <c r="E296" s="70"/>
+      <c r="F296" s="70"/>
+    </row>
+    <row r="297" spans="1:6" ht="66.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A297" s="3" t="s">
+        <v>3004</v>
+      </c>
+      <c r="B297" s="12" t="s">
+        <v>593</v>
+      </c>
+      <c r="C297" s="84" t="s">
+        <v>594</v>
+      </c>
+      <c r="D297" s="20">
+        <v>46225</v>
+      </c>
+      <c r="E297" s="70"/>
+      <c r="F297" s="70"/>
+    </row>
+    <row r="298" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A298" s="3" t="s">
+        <v>3005</v>
+      </c>
+      <c r="B298" s="11" t="s">
+        <v>595</v>
+      </c>
+      <c r="C298" s="84" t="s">
+        <v>596</v>
+      </c>
+      <c r="D298" s="20">
+        <v>46241</v>
+      </c>
+      <c r="E298" s="70"/>
+      <c r="F298" s="70"/>
+    </row>
+    <row r="299" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A299" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="B299" s="12" t="s">
+        <v>598</v>
+      </c>
+      <c r="C299" s="84" t="s">
+        <v>3480</v>
+      </c>
+      <c r="D299" s="30">
+        <v>46264</v>
+      </c>
+      <c r="E299" s="70"/>
+      <c r="F299" s="70"/>
+    </row>
+    <row r="300" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A300" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="B300" s="11" t="s">
+        <v>600</v>
+      </c>
+      <c r="C300" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D300" s="20">
+        <v>46173</v>
+      </c>
+      <c r="E300" s="70"/>
+      <c r="F300" s="70"/>
+    </row>
+    <row r="301" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A301" s="3" t="s">
+        <v>3006</v>
+      </c>
+      <c r="B301" s="11" t="s">
+        <v>601</v>
+      </c>
+      <c r="C301" s="84" t="s">
+        <v>602</v>
+      </c>
+      <c r="D301" s="20">
+        <v>46281</v>
+      </c>
+      <c r="E301" s="70"/>
+      <c r="F301" s="70"/>
+    </row>
+    <row r="302" spans="1:6" ht="88.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A302" s="2" t="s">
+        <v>603</v>
+      </c>
+      <c r="B302" s="11" t="s">
+        <v>604</v>
+      </c>
+      <c r="C302" s="84" t="s">
+        <v>605</v>
+      </c>
+      <c r="D302" s="20">
+        <v>46274</v>
+      </c>
+      <c r="E302" s="70"/>
+      <c r="F302" s="70"/>
+    </row>
+    <row r="303" spans="1:6" ht="117" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A303" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="B303" s="12" t="s">
+        <v>607</v>
+      </c>
+      <c r="C303" s="91" t="s">
+        <v>3481</v>
+      </c>
+      <c r="D303" s="30">
+        <v>46288</v>
+      </c>
+      <c r="E303" s="70"/>
+      <c r="F303" s="70"/>
+    </row>
+    <row r="304" spans="1:6" ht="292.5" x14ac:dyDescent="0.2">
+      <c r="A304" s="4" t="s">
+        <v>608</v>
+      </c>
+      <c r="B304" s="11" t="s">
+        <v>2177</v>
+      </c>
+      <c r="C304" s="84" t="s">
+        <v>609</v>
+      </c>
+      <c r="D304" s="20">
+        <v>46460</v>
+      </c>
+      <c r="E304" s="70"/>
+      <c r="F304" s="70"/>
+    </row>
+    <row r="305" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A305" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="B305" s="15" t="s">
+        <v>611</v>
+      </c>
+      <c r="C305" s="84" t="s">
+        <v>612</v>
+      </c>
+      <c r="D305" s="20">
+        <v>46316</v>
+      </c>
+      <c r="E305" s="70"/>
+      <c r="F305" s="70"/>
+    </row>
+    <row r="306" spans="1:6" ht="61.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A306" s="3" t="s">
+        <v>3007</v>
+      </c>
+      <c r="B306" s="21" t="s">
+        <v>2642</v>
+      </c>
+      <c r="C306" s="84" t="s">
+        <v>3482</v>
+      </c>
+      <c r="D306" s="20">
+        <v>46323</v>
+      </c>
+      <c r="E306" s="70"/>
+      <c r="F306" s="70"/>
+    </row>
+    <row r="307" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A307" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="B307" s="15" t="s">
+        <v>614</v>
+      </c>
+      <c r="C307" s="84" t="s">
+        <v>615</v>
+      </c>
+      <c r="D307" s="20">
+        <v>46319</v>
+      </c>
+      <c r="E307" s="70"/>
+      <c r="F307" s="70"/>
+    </row>
+    <row r="308" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A308" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="B308" s="11" t="s">
+        <v>617</v>
+      </c>
+      <c r="C308" s="84" t="s">
+        <v>618</v>
+      </c>
+      <c r="D308" s="20">
+        <v>46329</v>
+      </c>
+      <c r="E308" s="70"/>
+      <c r="F308" s="70"/>
+    </row>
+    <row r="309" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A309" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="B309" s="11" t="s">
+        <v>620</v>
+      </c>
+      <c r="C309" s="84" t="s">
+        <v>10</v>
+      </c>
+      <c r="D309" s="20">
+        <v>46330</v>
+      </c>
+      <c r="E309" s="70"/>
+      <c r="F309" s="70"/>
+    </row>
+    <row r="310" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A310" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="B310" s="11" t="s">
+        <v>622</v>
+      </c>
+      <c r="C310" s="84" t="s">
+        <v>10</v>
+      </c>
+      <c r="D310" s="20">
+        <v>46330</v>
+      </c>
+      <c r="E310" s="70"/>
+      <c r="F310" s="76"/>
+    </row>
+    <row r="311" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A311" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="B311" s="11" t="s">
+        <v>624</v>
+      </c>
+      <c r="C311" s="84" t="s">
+        <v>625</v>
+      </c>
+      <c r="D311" s="20">
+        <v>46207</v>
+      </c>
+      <c r="E311" s="70"/>
+      <c r="F311" s="70"/>
+    </row>
+    <row r="312" spans="1:6" ht="73.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A312" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="B312" s="12" t="s">
+        <v>627</v>
+      </c>
+      <c r="C312" s="84" t="s">
+        <v>628</v>
+      </c>
+      <c r="D312" s="30">
+        <v>46309</v>
+      </c>
+      <c r="E312" s="70"/>
+      <c r="F312" s="70"/>
+    </row>
+    <row r="313" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A313" s="3" t="s">
+        <v>2529</v>
+      </c>
+      <c r="B313" s="15" t="s">
+        <v>629</v>
+      </c>
+      <c r="C313" s="84" t="s">
+        <v>630</v>
+      </c>
+      <c r="D313" s="20">
+        <v>46189</v>
+      </c>
+      <c r="E313" s="70"/>
+      <c r="F313" s="70"/>
+    </row>
+    <row r="314" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A314" s="4" t="s">
+        <v>3008</v>
+      </c>
+      <c r="B314" s="15" t="s">
+        <v>631</v>
+      </c>
+      <c r="C314" s="84" t="s">
+        <v>632</v>
+      </c>
+      <c r="D314" s="30">
+        <v>46344</v>
+      </c>
+      <c r="E314" s="70"/>
+      <c r="F314" s="70"/>
+    </row>
+    <row r="315" spans="1:6" ht="90" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A315" s="8" t="s">
+        <v>3009</v>
+      </c>
+      <c r="B315" s="12" t="s">
+        <v>633</v>
+      </c>
+      <c r="C315" s="84" t="s">
+        <v>634</v>
+      </c>
+      <c r="D315" s="30">
+        <v>46350</v>
+      </c>
+      <c r="E315" s="70"/>
+      <c r="F315" s="70"/>
+    </row>
+    <row r="316" spans="1:6" ht="146.25" x14ac:dyDescent="0.2">
+      <c r="A316" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="B316" s="15" t="s">
+        <v>636</v>
+      </c>
+      <c r="C316" s="84" t="s">
+        <v>637</v>
+      </c>
+      <c r="D316" s="30">
+        <v>46327</v>
+      </c>
+      <c r="E316" s="70"/>
+      <c r="F316" s="70"/>
+    </row>
+    <row r="317" spans="1:6" ht="73.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A317" s="1" t="s">
+        <v>2793</v>
+      </c>
+      <c r="B317" s="11" t="s">
+        <v>638</v>
+      </c>
+      <c r="C317" s="84" t="s">
+        <v>639</v>
+      </c>
+      <c r="D317" s="20">
+        <v>46361</v>
+      </c>
+      <c r="E317" s="70"/>
+      <c r="F317" s="70"/>
+    </row>
+    <row r="318" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A318" s="3" t="s">
+        <v>3010</v>
+      </c>
+      <c r="B318" s="15" t="s">
+        <v>640</v>
+      </c>
+      <c r="C318" s="84" t="s">
+        <v>641</v>
+      </c>
+      <c r="D318" s="20">
+        <v>46361</v>
+      </c>
+      <c r="E318" s="70"/>
+      <c r="F318" s="70"/>
+    </row>
+    <row r="319" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A319" s="4" t="s">
+        <v>643</v>
+      </c>
+      <c r="B319" s="15" t="s">
+        <v>644</v>
+      </c>
+      <c r="C319" s="84" t="s">
+        <v>645</v>
+      </c>
+      <c r="D319" s="20">
+        <v>46368</v>
+      </c>
+      <c r="E319" s="70"/>
+      <c r="F319" s="70"/>
+    </row>
+    <row r="320" spans="1:6" ht="141.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A320" s="3" t="s">
+        <v>2213</v>
+      </c>
+      <c r="B320" s="11" t="s">
+        <v>2214</v>
+      </c>
+      <c r="C320" s="84" t="s">
+        <v>537</v>
+      </c>
+      <c r="D320" s="30">
+        <v>46207</v>
+      </c>
+      <c r="E320" s="70"/>
+      <c r="F320" s="70"/>
+    </row>
+    <row r="321" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A321" s="3" t="s">
+        <v>2808</v>
+      </c>
+      <c r="B321" s="11" t="s">
+        <v>646</v>
+      </c>
+      <c r="C321" s="84" t="s">
+        <v>647</v>
+      </c>
+      <c r="D321" s="20">
+        <v>46323</v>
+      </c>
+      <c r="E321" s="70"/>
+      <c r="F321" s="70"/>
+    </row>
+    <row r="322" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A322" s="3" t="s">
+        <v>2708</v>
+      </c>
+      <c r="B322" s="11" t="s">
+        <v>648</v>
+      </c>
+      <c r="C322" s="84" t="s">
+        <v>649</v>
+      </c>
+      <c r="D322" s="30">
+        <v>46365</v>
+      </c>
+      <c r="E322" s="70"/>
+      <c r="F322" s="70"/>
+    </row>
+    <row r="323" spans="1:6" ht="57" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A323" s="2" t="s">
+        <v>650</v>
+      </c>
+      <c r="B323" s="21" t="s">
+        <v>651</v>
+      </c>
+      <c r="C323" s="84" t="s">
+        <v>652</v>
+      </c>
+      <c r="D323" s="20">
+        <v>46375</v>
+      </c>
+      <c r="E323" s="70"/>
+      <c r="F323" s="70"/>
+    </row>
+    <row r="324" spans="1:6" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A324" s="7" t="s">
+        <v>3011</v>
+      </c>
+      <c r="B324" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="C324" s="84" t="s">
+        <v>653</v>
+      </c>
+      <c r="D324" s="20">
+        <v>46402</v>
+      </c>
+      <c r="E324" s="70"/>
+      <c r="F324" s="70"/>
+    </row>
+    <row r="325" spans="1:6" ht="213.75" x14ac:dyDescent="0.2">
+      <c r="A325" s="3" t="s">
+        <v>2851</v>
+      </c>
+      <c r="B325" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="C325" s="84" t="s">
+        <v>654</v>
+      </c>
+      <c r="D325" s="20">
+        <v>46404</v>
+      </c>
+      <c r="E325" s="70"/>
+      <c r="F325" s="70"/>
+    </row>
+    <row r="326" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A326" s="4" t="s">
+        <v>2589</v>
+      </c>
+      <c r="B326" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C326" s="84" t="s">
+        <v>655</v>
+      </c>
+      <c r="D326" s="20">
+        <v>46153</v>
+      </c>
+      <c r="E326" s="70"/>
+      <c r="F326" s="70"/>
+    </row>
+    <row r="327" spans="1:6" ht="146.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A327" s="2" t="s">
+        <v>3012</v>
+      </c>
+      <c r="B327" s="21" t="s">
+        <v>656</v>
+      </c>
+      <c r="C327" s="84" t="s">
+        <v>657</v>
+      </c>
+      <c r="D327" s="20">
+        <v>46409</v>
+      </c>
+      <c r="E327" s="70"/>
+      <c r="F327" s="70"/>
+    </row>
+    <row r="328" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A328" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="B328" s="12" t="s">
+        <v>200</v>
+      </c>
+      <c r="C328" s="84" t="s">
+        <v>201</v>
+      </c>
+      <c r="D328" s="20">
+        <v>46222</v>
+      </c>
+      <c r="E328" s="70"/>
+      <c r="F328" s="70"/>
+    </row>
+    <row r="329" spans="1:6" ht="236.25" x14ac:dyDescent="0.2">
+      <c r="A329" s="4" t="s">
+        <v>2882</v>
+      </c>
+      <c r="B329" s="11" t="s">
+        <v>659</v>
+      </c>
+      <c r="C329" s="84" t="s">
+        <v>660</v>
+      </c>
+      <c r="D329" s="20">
+        <v>46402</v>
+      </c>
+      <c r="E329" s="70"/>
+      <c r="F329" s="70"/>
+    </row>
+    <row r="330" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A330" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="B330" s="11" t="s">
+        <v>662</v>
+      </c>
+      <c r="C330" s="84" t="s">
+        <v>3483</v>
+      </c>
+      <c r="D330" s="20">
+        <v>46447</v>
+      </c>
+      <c r="E330" s="70"/>
+      <c r="F330" s="70"/>
+    </row>
+    <row r="331" spans="1:6" ht="112.5" x14ac:dyDescent="0.2">
+      <c r="A331" s="1" t="s">
+        <v>3013</v>
+      </c>
+      <c r="B331" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="C331" s="84" t="s">
+        <v>3484</v>
+      </c>
+      <c r="D331" s="30">
+        <v>46415</v>
+      </c>
+      <c r="E331" s="70"/>
+      <c r="F331" s="70"/>
+    </row>
+    <row r="332" spans="1:6" ht="114" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A332" s="3" t="s">
+        <v>663</v>
+      </c>
+      <c r="B332" s="12" t="s">
+        <v>664</v>
+      </c>
+      <c r="C332" s="84" t="s">
+        <v>665</v>
+      </c>
+      <c r="D332" s="30">
+        <v>46414</v>
+      </c>
+      <c r="E332" s="70"/>
+      <c r="F332" s="70"/>
+    </row>
+    <row r="333" spans="1:6" ht="157.5" x14ac:dyDescent="0.2">
+      <c r="A333" s="1" t="s">
+        <v>3014</v>
+      </c>
+      <c r="B333" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="C333" s="84" t="s">
+        <v>666</v>
+      </c>
+      <c r="D333" s="30">
+        <v>46416</v>
+      </c>
+      <c r="E333" s="70"/>
+      <c r="F333" s="70"/>
+    </row>
+    <row r="334" spans="1:6" ht="60" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A334" s="4" t="s">
+        <v>667</v>
+      </c>
+      <c r="B334" s="12" t="s">
+        <v>2232</v>
+      </c>
+      <c r="C334" s="84" t="s">
+        <v>668</v>
+      </c>
+      <c r="D334" s="20">
+        <v>46211</v>
+      </c>
+      <c r="E334" s="70"/>
+      <c r="F334" s="70"/>
+    </row>
+    <row r="335" spans="1:6" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A335" s="3" t="s">
+        <v>669</v>
+      </c>
+      <c r="B335" s="15" t="s">
+        <v>670</v>
+      </c>
+      <c r="C335" s="84" t="s">
+        <v>671</v>
+      </c>
+      <c r="D335" s="30">
+        <v>46367</v>
+      </c>
+      <c r="E335" s="70"/>
+      <c r="F335" s="70"/>
+    </row>
+    <row r="336" spans="1:6" ht="144.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A336" s="3" t="s">
+        <v>2828</v>
+      </c>
+      <c r="B336" s="15" t="s">
+        <v>672</v>
+      </c>
+      <c r="C336" s="84" t="s">
+        <v>3334</v>
+      </c>
+      <c r="D336" s="30">
+        <v>46422</v>
+      </c>
+      <c r="E336" s="70"/>
+      <c r="F336" s="70"/>
+    </row>
+    <row r="337" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A337" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="B337" s="11" t="s">
+        <v>518</v>
+      </c>
+      <c r="C337" s="84" t="s">
+        <v>674</v>
+      </c>
+      <c r="D337" s="20">
+        <v>46227</v>
+      </c>
+      <c r="E337" s="70"/>
+      <c r="F337" s="70"/>
+    </row>
+    <row r="338" spans="1:6" ht="168.75" x14ac:dyDescent="0.2">
+      <c r="A338" s="4" t="s">
+        <v>675</v>
+      </c>
+      <c r="B338" s="21" t="s">
+        <v>676</v>
+      </c>
+      <c r="C338" s="84" t="s">
+        <v>677</v>
+      </c>
+      <c r="D338" s="20">
+        <v>46424</v>
+      </c>
+      <c r="E338" s="70"/>
+      <c r="F338" s="70"/>
+    </row>
+    <row r="339" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A339" s="3" t="s">
+        <v>678</v>
+      </c>
+      <c r="B339" s="11" t="s">
+        <v>679</v>
+      </c>
+      <c r="C339" s="84" t="s">
+        <v>680</v>
+      </c>
+      <c r="D339" s="20">
+        <v>46436</v>
+      </c>
+      <c r="E339" s="70"/>
+      <c r="F339" s="70"/>
+    </row>
+    <row r="340" spans="1:6" ht="99" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A340" s="4" t="s">
+        <v>3015</v>
+      </c>
+      <c r="B340" s="12" t="s">
+        <v>681</v>
+      </c>
+      <c r="C340" s="84" t="s">
+        <v>3485</v>
+      </c>
+      <c r="D340" s="20">
+        <v>46439</v>
+      </c>
+      <c r="E340" s="70"/>
+      <c r="F340" s="70"/>
+    </row>
+    <row r="341" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A341" s="3" t="s">
+        <v>2298</v>
+      </c>
+      <c r="B341" s="15" t="s">
+        <v>682</v>
+      </c>
+      <c r="C341" s="84" t="s">
+        <v>3486</v>
+      </c>
+      <c r="D341" s="20">
+        <v>46445</v>
+      </c>
+      <c r="E341" s="70"/>
+      <c r="F341" s="70"/>
+    </row>
+    <row r="342" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A342" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="B342" s="12" t="s">
+        <v>684</v>
+      </c>
+      <c r="C342" s="84" t="s">
+        <v>685</v>
+      </c>
+      <c r="D342" s="30">
+        <v>46101</v>
+      </c>
+      <c r="E342" s="70"/>
+      <c r="F342" s="70"/>
+    </row>
+    <row r="343" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A343" s="3" t="s">
+        <v>3016</v>
+      </c>
+      <c r="B343" s="11" t="s">
+        <v>686</v>
+      </c>
+      <c r="C343" s="84" t="s">
+        <v>625</v>
+      </c>
+      <c r="D343" s="20">
+        <v>46473</v>
+      </c>
+      <c r="E343" s="70"/>
+      <c r="F343" s="70"/>
+    </row>
+    <row r="344" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A344" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="B344" s="11" t="s">
+        <v>518</v>
+      </c>
+      <c r="C344" s="84" t="s">
+        <v>688</v>
+      </c>
+      <c r="D344" s="20">
+        <v>46482</v>
+      </c>
+      <c r="E344" s="70"/>
+      <c r="F344" s="70"/>
+    </row>
+    <row r="345" spans="1:6" ht="88.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A345" s="3" t="s">
+        <v>689</v>
+      </c>
+      <c r="B345" s="15" t="s">
+        <v>690</v>
+      </c>
+      <c r="C345" s="84" t="s">
+        <v>691</v>
+      </c>
+      <c r="D345" s="20">
+        <v>46113</v>
+      </c>
+      <c r="E345" s="70"/>
+      <c r="F345" s="70"/>
+    </row>
+    <row r="346" spans="1:6" ht="250.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A346" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="B346" s="12" t="s">
+        <v>693</v>
+      </c>
+      <c r="C346" s="84" t="s">
+        <v>694</v>
+      </c>
+      <c r="D346" s="20">
+        <v>46456</v>
+      </c>
+      <c r="E346" s="70"/>
+      <c r="F346" s="70"/>
+    </row>
+    <row r="347" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A347" s="4" t="s">
+        <v>695</v>
+      </c>
+      <c r="B347" s="11" t="s">
+        <v>696</v>
+      </c>
+      <c r="C347" s="84" t="s">
+        <v>442</v>
+      </c>
+      <c r="D347" s="20">
+        <v>46448</v>
+      </c>
+      <c r="E347" s="70"/>
+      <c r="F347" s="70"/>
+    </row>
+    <row r="348" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A348" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="B348" s="15" t="s">
+        <v>698</v>
+      </c>
+      <c r="C348" s="84" t="s">
+        <v>699</v>
+      </c>
+      <c r="D348" s="30">
+        <v>46103</v>
+      </c>
+      <c r="E348" s="70"/>
+      <c r="F348" s="70"/>
+    </row>
+    <row r="349" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A349" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="B349" s="15" t="s">
+        <v>701</v>
+      </c>
+      <c r="C349" s="84" t="s">
+        <v>702</v>
+      </c>
+      <c r="D349" s="30">
+        <v>46321</v>
+      </c>
+      <c r="E349" s="70"/>
+      <c r="F349" s="70"/>
+    </row>
+    <row r="350" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A350" s="3" t="s">
+        <v>703</v>
+      </c>
+      <c r="B350" s="15" t="s">
+        <v>704</v>
+      </c>
+      <c r="C350" s="84" t="s">
+        <v>705</v>
+      </c>
+      <c r="D350" s="20">
+        <v>46152</v>
+      </c>
+      <c r="E350" s="70"/>
+      <c r="F350" s="70"/>
+    </row>
+    <row r="351" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A351" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="B351" s="15" t="s">
+        <v>707</v>
+      </c>
+      <c r="C351" s="84" t="s">
+        <v>435</v>
+      </c>
+      <c r="D351" s="30">
+        <v>46457</v>
+      </c>
+      <c r="E351" s="70"/>
+      <c r="F351" s="70"/>
+    </row>
+    <row r="352" spans="1:6" ht="112.5" x14ac:dyDescent="0.2">
+      <c r="A352" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="B352" s="11" t="s">
+        <v>709</v>
+      </c>
+      <c r="C352" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D352" s="20">
+        <v>46179</v>
+      </c>
+      <c r="E352" s="70"/>
+      <c r="F352" s="70"/>
+    </row>
+    <row r="353" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A353" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="B353" s="15" t="s">
+        <v>711</v>
+      </c>
+      <c r="C353" s="84" t="s">
+        <v>712</v>
+      </c>
+      <c r="D353" s="30">
+        <v>46152</v>
+      </c>
+      <c r="E353" s="70"/>
+      <c r="F353" s="70"/>
+    </row>
+    <row r="354" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A354" s="3" t="s">
+        <v>3017</v>
+      </c>
+      <c r="B354" s="11" t="s">
+        <v>713</v>
+      </c>
+      <c r="C354" s="84" t="s">
+        <v>714</v>
+      </c>
+      <c r="D354" s="20">
+        <v>46187</v>
+      </c>
+      <c r="E354" s="70"/>
+      <c r="F354" s="70"/>
+    </row>
+    <row r="355" spans="1:6" ht="102.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A355" s="3" t="s">
+        <v>3018</v>
+      </c>
+      <c r="B355" s="11" t="s">
+        <v>715</v>
+      </c>
+      <c r="C355" s="84" t="s">
+        <v>716</v>
+      </c>
+      <c r="D355" s="30">
+        <v>46187</v>
+      </c>
+      <c r="E355" s="70"/>
+      <c r="F355" s="70"/>
+    </row>
+    <row r="356" spans="1:6" ht="129.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A356" s="4" t="s">
+        <v>717</v>
+      </c>
+      <c r="B356" s="15" t="s">
+        <v>718</v>
+      </c>
+      <c r="C356" s="84" t="s">
+        <v>719</v>
+      </c>
+      <c r="D356" s="30">
+        <v>46422</v>
+      </c>
+      <c r="E356" s="70"/>
+      <c r="F356" s="70"/>
+    </row>
+    <row r="357" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A357" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="B357" s="15" t="s">
+        <v>721</v>
+      </c>
+      <c r="C357" s="84" t="s">
+        <v>722</v>
+      </c>
+      <c r="D357" s="20">
+        <v>46167</v>
+      </c>
+      <c r="E357" s="70"/>
+      <c r="F357" s="70"/>
+    </row>
+    <row r="358" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A358" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="B358" s="11" t="s">
+        <v>724</v>
+      </c>
+      <c r="C358" s="84" t="s">
+        <v>725</v>
+      </c>
+      <c r="D358" s="20">
+        <v>46107</v>
+      </c>
+      <c r="E358" s="70"/>
+      <c r="F358" s="70"/>
+    </row>
+    <row r="359" spans="1:6" ht="168.75" x14ac:dyDescent="0.2">
+      <c r="A359" s="16" t="s">
+        <v>3019</v>
+      </c>
+      <c r="B359" s="11" t="s">
+        <v>726</v>
+      </c>
+      <c r="C359" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D359" s="20">
+        <v>46188</v>
+      </c>
+      <c r="E359" s="70"/>
+      <c r="F359" s="70"/>
+    </row>
+    <row r="360" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A360" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="B360" s="12" t="s">
+        <v>728</v>
+      </c>
+      <c r="C360" s="84" t="s">
+        <v>729</v>
+      </c>
+      <c r="D360" s="20">
+        <v>46192</v>
+      </c>
+      <c r="E360" s="70"/>
+      <c r="F360" s="70"/>
+    </row>
+    <row r="361" spans="1:6" ht="134.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A361" s="1" t="s">
+        <v>3020</v>
+      </c>
+      <c r="B361" s="11" t="s">
+        <v>730</v>
+      </c>
+      <c r="C361" s="84" t="s">
+        <v>731</v>
+      </c>
+      <c r="D361" s="20">
+        <v>46192</v>
+      </c>
+      <c r="E361" s="70"/>
+      <c r="F361" s="70"/>
+    </row>
+    <row r="362" spans="1:6" ht="409.5" x14ac:dyDescent="0.2">
+      <c r="A362" s="2" t="s">
+        <v>3021</v>
+      </c>
+      <c r="B362" s="11" t="s">
+        <v>2189</v>
+      </c>
+      <c r="C362" s="84" t="s">
+        <v>732</v>
+      </c>
+      <c r="D362" s="20">
+        <v>46193</v>
+      </c>
+      <c r="E362" s="70"/>
+      <c r="F362" s="70"/>
+    </row>
+    <row r="363" spans="1:6" ht="81" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A363" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="B363" s="15" t="s">
+        <v>734</v>
+      </c>
+      <c r="C363" s="84" t="s">
+        <v>735</v>
+      </c>
+      <c r="D363" s="20">
+        <v>46204</v>
+      </c>
+      <c r="E363" s="70"/>
+      <c r="F363" s="70"/>
+    </row>
+    <row r="364" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A364" s="3" t="s">
+        <v>736</v>
+      </c>
+      <c r="B364" s="15" t="s">
+        <v>737</v>
+      </c>
+      <c r="C364" s="84" t="s">
+        <v>738</v>
+      </c>
+      <c r="D364" s="30">
+        <v>46204</v>
+      </c>
+      <c r="E364" s="70"/>
+      <c r="F364" s="70"/>
+    </row>
+    <row r="365" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A365" s="3" t="s">
+        <v>2353</v>
+      </c>
+      <c r="B365" s="15" t="s">
+        <v>739</v>
+      </c>
+      <c r="C365" s="84" t="s">
+        <v>362</v>
+      </c>
+      <c r="D365" s="30">
+        <v>46209</v>
+      </c>
+      <c r="E365" s="70"/>
+      <c r="F365" s="70"/>
+    </row>
+    <row r="366" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A366" s="6" t="s">
+        <v>740</v>
+      </c>
+      <c r="B366" s="15" t="s">
+        <v>741</v>
+      </c>
+      <c r="C366" s="84" t="s">
+        <v>742</v>
+      </c>
+      <c r="D366" s="30">
+        <v>46144</v>
+      </c>
+      <c r="E366" s="70"/>
+      <c r="F366" s="70"/>
+    </row>
+    <row r="367" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A367" s="3" t="s">
+        <v>743</v>
+      </c>
+      <c r="B367" s="15" t="s">
+        <v>744</v>
+      </c>
+      <c r="C367" s="84" t="s">
+        <v>745</v>
+      </c>
+      <c r="D367" s="30">
+        <v>46134</v>
+      </c>
+      <c r="E367" s="70"/>
+      <c r="F367" s="70"/>
+    </row>
+    <row r="368" spans="1:6" ht="90.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A368" s="3" t="s">
+        <v>2686</v>
+      </c>
+      <c r="B368" s="12" t="s">
+        <v>453</v>
+      </c>
+      <c r="C368" s="84" t="s">
+        <v>746</v>
+      </c>
+      <c r="D368" s="30">
+        <v>46227</v>
+      </c>
+      <c r="E368" s="70"/>
+      <c r="F368" s="70"/>
+    </row>
+    <row r="369" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A369" s="3" t="s">
+        <v>2061</v>
+      </c>
+      <c r="B369" s="11" t="s">
+        <v>747</v>
+      </c>
+      <c r="C369" s="84" t="s">
+        <v>3487</v>
+      </c>
+      <c r="D369" s="30">
+        <v>46142</v>
+      </c>
+      <c r="E369" s="70"/>
+      <c r="F369" s="70"/>
+    </row>
+    <row r="370" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A370" s="3" t="s">
+        <v>748</v>
+      </c>
+      <c r="B370" s="11" t="s">
+        <v>749</v>
+      </c>
+      <c r="C370" s="84" t="s">
+        <v>750</v>
+      </c>
+      <c r="D370" s="30">
+        <v>46221</v>
+      </c>
+      <c r="E370" s="70"/>
+      <c r="F370" s="70"/>
+    </row>
+    <row r="371" spans="1:6" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A371" s="3" t="s">
+        <v>3022</v>
+      </c>
+      <c r="B371" s="15" t="s">
+        <v>751</v>
+      </c>
+      <c r="C371" s="84" t="s">
+        <v>752</v>
+      </c>
+      <c r="D371" s="20">
+        <v>46244</v>
+      </c>
+      <c r="E371" s="70"/>
+      <c r="F371" s="70"/>
+    </row>
+    <row r="372" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A372" s="3" t="s">
+        <v>2352</v>
+      </c>
+      <c r="B372" s="15" t="s">
+        <v>753</v>
+      </c>
+      <c r="C372" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D372" s="20">
+        <v>46244</v>
+      </c>
+      <c r="E372" s="70"/>
+      <c r="F372" s="70"/>
+    </row>
+    <row r="373" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A373" s="4" t="s">
+        <v>754</v>
+      </c>
+      <c r="B373" s="11" t="s">
+        <v>418</v>
+      </c>
+      <c r="C373" s="84" t="s">
+        <v>419</v>
+      </c>
+      <c r="D373" s="30">
+        <v>46373</v>
+      </c>
+      <c r="E373" s="70"/>
+      <c r="F373" s="70"/>
+    </row>
+    <row r="374" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A374" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="B374" s="12" t="s">
+        <v>336</v>
+      </c>
+      <c r="C374" s="84" t="s">
+        <v>756</v>
+      </c>
+      <c r="D374" s="20">
+        <v>46366</v>
+      </c>
+      <c r="E374" s="70"/>
+      <c r="F374" s="70"/>
+    </row>
+    <row r="375" spans="1:6" ht="43.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A375" s="3" t="s">
+        <v>2183</v>
+      </c>
+      <c r="B375" s="11" t="s">
+        <v>757</v>
+      </c>
+      <c r="C375" s="84" t="s">
+        <v>3488</v>
+      </c>
+      <c r="D375" s="30">
+        <v>46191</v>
+      </c>
+      <c r="E375" s="70"/>
+      <c r="F375" s="70"/>
+    </row>
+    <row r="376" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A376" s="3" t="s">
+        <v>3023</v>
+      </c>
+      <c r="B376" s="11" t="s">
+        <v>715</v>
+      </c>
+      <c r="C376" s="84" t="s">
+        <v>716</v>
+      </c>
+      <c r="D376" s="30">
+        <v>46280</v>
+      </c>
+      <c r="E376" s="70"/>
+      <c r="F376" s="70"/>
+    </row>
+    <row r="377" spans="1:6" ht="251.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A377" s="36" t="s">
+        <v>3024</v>
+      </c>
+      <c r="B377" s="17" t="s">
+        <v>758</v>
+      </c>
+      <c r="C377" s="84" t="s">
+        <v>759</v>
+      </c>
+      <c r="D377" s="39">
+        <v>46310</v>
+      </c>
+      <c r="E377" s="70"/>
+      <c r="F377" s="70"/>
+    </row>
+    <row r="378" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A378" s="3" t="s">
+        <v>2460</v>
+      </c>
+      <c r="B378" s="12" t="s">
+        <v>760</v>
+      </c>
+      <c r="C378" s="84" t="s">
+        <v>3489</v>
+      </c>
+      <c r="D378" s="30">
+        <v>46302</v>
+      </c>
+      <c r="E378" s="70"/>
+      <c r="F378" s="70"/>
+    </row>
+    <row r="379" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A379" s="1" t="s">
+        <v>2747</v>
+      </c>
+      <c r="B379" s="11" t="s">
+        <v>2177</v>
+      </c>
+      <c r="C379" s="88" t="s">
+        <v>508</v>
+      </c>
+      <c r="D379" s="20">
+        <v>46295</v>
+      </c>
+      <c r="E379" s="70"/>
+      <c r="F379" s="70"/>
+    </row>
+    <row r="380" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A380" s="3" t="s">
+        <v>761</v>
+      </c>
+      <c r="B380" s="11" t="s">
+        <v>762</v>
+      </c>
+      <c r="C380" s="84" t="s">
+        <v>763</v>
+      </c>
+      <c r="D380" s="30">
+        <v>46113</v>
+      </c>
+      <c r="E380" s="70"/>
+      <c r="F380" s="70"/>
+    </row>
+    <row r="381" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A381" s="3" t="s">
+        <v>2256</v>
+      </c>
+      <c r="B381" s="12" t="s">
+        <v>457</v>
+      </c>
+      <c r="C381" s="84" t="s">
+        <v>12</v>
+      </c>
+      <c r="D381" s="20">
+        <v>46264</v>
+      </c>
+      <c r="E381" s="70"/>
+      <c r="F381" s="70"/>
+    </row>
+    <row r="382" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A382" s="3" t="s">
+        <v>764</v>
+      </c>
+      <c r="B382" s="11" t="s">
+        <v>765</v>
+      </c>
+      <c r="C382" s="84" t="s">
+        <v>766</v>
+      </c>
+      <c r="D382" s="20">
+        <v>46486</v>
+      </c>
+      <c r="E382" s="70"/>
+      <c r="F382" s="70"/>
+    </row>
+    <row r="383" spans="1:6" ht="112.5" x14ac:dyDescent="0.2">
+      <c r="A383" s="3" t="s">
+        <v>767</v>
+      </c>
+      <c r="B383" s="15" t="s">
+        <v>768</v>
+      </c>
+      <c r="C383" s="92" t="s">
+        <v>769</v>
+      </c>
+      <c r="D383" s="20">
+        <v>46360</v>
+      </c>
+      <c r="E383" s="70"/>
+      <c r="F383" s="70"/>
+    </row>
+    <row r="384" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A384" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="B384" s="11" t="s">
+        <v>771</v>
+      </c>
+      <c r="C384" s="84" t="s">
+        <v>772</v>
+      </c>
+      <c r="D384" s="20">
+        <v>46271</v>
+      </c>
+      <c r="E384" s="70"/>
+      <c r="F384" s="70"/>
+    </row>
+    <row r="385" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A385" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="B385" s="15" t="s">
+        <v>774</v>
+      </c>
+      <c r="C385" s="87" t="s">
+        <v>775</v>
+      </c>
+      <c r="D385" s="20">
+        <v>46332</v>
+      </c>
+      <c r="E385" s="70"/>
+      <c r="F385" s="70"/>
+    </row>
+    <row r="386" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A386" s="3" t="s">
+        <v>776</v>
+      </c>
+      <c r="B386" s="15" t="s">
+        <v>777</v>
+      </c>
+      <c r="C386" s="84" t="s">
+        <v>778</v>
+      </c>
+      <c r="D386" s="30">
+        <v>46353</v>
+      </c>
+      <c r="E386" s="70"/>
+      <c r="F386" s="70"/>
+    </row>
+    <row r="387" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A387" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="B387" s="11" t="s">
+        <v>780</v>
+      </c>
+      <c r="C387" s="84" t="s">
+        <v>781</v>
+      </c>
+      <c r="D387" s="20">
+        <v>46318</v>
+      </c>
+      <c r="E387" s="70"/>
+      <c r="F387" s="70"/>
+    </row>
+    <row r="388" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A388" s="3" t="s">
+        <v>782</v>
+      </c>
+      <c r="B388" s="15" t="s">
+        <v>644</v>
+      </c>
+      <c r="C388" s="84" t="s">
+        <v>645</v>
+      </c>
+      <c r="D388" s="30">
+        <v>46368</v>
+      </c>
+      <c r="E388" s="70"/>
+      <c r="F388" s="70"/>
+    </row>
+    <row r="389" spans="1:6" ht="73.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A389" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="B389" s="11" t="s">
+        <v>784</v>
+      </c>
+      <c r="C389" s="84" t="s">
+        <v>785</v>
+      </c>
+      <c r="D389" s="20">
+        <v>46453</v>
+      </c>
+      <c r="E389" s="70"/>
+      <c r="F389" s="70"/>
+    </row>
+    <row r="390" spans="1:6" ht="64.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A390" s="3" t="s">
+        <v>3228</v>
+      </c>
+      <c r="B390" s="12" t="s">
+        <v>363</v>
+      </c>
+      <c r="C390" s="84" t="s">
+        <v>2208</v>
+      </c>
+      <c r="D390" s="20">
+        <v>46370</v>
+      </c>
+      <c r="E390" s="70"/>
+      <c r="F390" s="70"/>
+    </row>
+    <row r="391" spans="1:6" ht="157.5" x14ac:dyDescent="0.2">
+      <c r="A391" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="B391" s="15" t="s">
+        <v>787</v>
+      </c>
+      <c r="C391" s="84" t="s">
+        <v>442</v>
+      </c>
+      <c r="D391" s="30">
+        <v>46359</v>
+      </c>
+      <c r="E391" s="70"/>
+      <c r="F391" s="70"/>
+    </row>
+    <row r="392" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A392" s="3" t="s">
+        <v>788</v>
+      </c>
+      <c r="B392" s="12" t="s">
+        <v>789</v>
+      </c>
+      <c r="C392" s="84" t="s">
+        <v>3490</v>
+      </c>
+      <c r="D392" s="30">
+        <v>46366</v>
+      </c>
+      <c r="E392" s="70"/>
+      <c r="F392" s="70"/>
+    </row>
+    <row r="393" spans="1:6" ht="67.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A393" s="3" t="s">
+        <v>790</v>
+      </c>
+      <c r="B393" s="15" t="s">
+        <v>791</v>
+      </c>
+      <c r="C393" s="84" t="s">
+        <v>3335</v>
+      </c>
+      <c r="D393" s="30">
+        <v>46363</v>
+      </c>
+      <c r="E393" s="70"/>
+      <c r="F393" s="70"/>
+    </row>
+    <row r="394" spans="1:6" ht="247.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A394" s="2" t="s">
+        <v>792</v>
+      </c>
+      <c r="B394" s="11" t="s">
+        <v>793</v>
+      </c>
+      <c r="C394" s="84" t="s">
+        <v>3336</v>
+      </c>
+      <c r="D394" s="30">
+        <v>46331</v>
+      </c>
+      <c r="E394" s="70"/>
+      <c r="F394" s="70"/>
+    </row>
+    <row r="395" spans="1:6" ht="207.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A395" s="4" t="s">
+        <v>3025</v>
+      </c>
+      <c r="B395" s="11" t="s">
+        <v>794</v>
+      </c>
+      <c r="C395" s="84" t="s">
+        <v>3491</v>
+      </c>
+      <c r="D395" s="20">
+        <v>46184</v>
+      </c>
+      <c r="E395" s="70"/>
+      <c r="F395" s="70"/>
+    </row>
+    <row r="396" spans="1:6" ht="99.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A396" s="2" t="s">
+        <v>2727</v>
+      </c>
+      <c r="B396" s="11" t="s">
+        <v>795</v>
+      </c>
+      <c r="C396" s="84" t="s">
+        <v>3492</v>
+      </c>
+      <c r="D396" s="20">
+        <v>46368</v>
+      </c>
+      <c r="E396" s="70"/>
+      <c r="F396" s="70"/>
+    </row>
+    <row r="397" spans="1:6" ht="43.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A397" s="2" t="s">
+        <v>796</v>
+      </c>
+      <c r="B397" s="11" t="s">
+        <v>797</v>
+      </c>
+      <c r="C397" s="84" t="s">
+        <v>798</v>
+      </c>
+      <c r="D397" s="20">
+        <v>46377</v>
+      </c>
+      <c r="E397" s="70"/>
+      <c r="F397" s="70"/>
+    </row>
+    <row r="398" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A398" s="3" t="s">
+        <v>799</v>
+      </c>
+      <c r="B398" s="15" t="s">
+        <v>800</v>
+      </c>
+      <c r="C398" s="84" t="s">
+        <v>3493</v>
+      </c>
+      <c r="D398" s="30">
+        <v>46308</v>
+      </c>
+      <c r="E398" s="70"/>
+      <c r="F398" s="70"/>
+    </row>
+    <row r="399" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A399" s="3" t="s">
+        <v>801</v>
+      </c>
+      <c r="B399" s="15" t="s">
+        <v>802</v>
+      </c>
+      <c r="C399" s="84" t="s">
+        <v>3494</v>
+      </c>
+      <c r="D399" s="20">
+        <v>46392</v>
+      </c>
+      <c r="E399" s="70"/>
+      <c r="F399" s="70"/>
+    </row>
+    <row r="400" spans="1:6" ht="75.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A400" s="1" t="s">
+        <v>3026</v>
+      </c>
+      <c r="B400" s="12" t="s">
+        <v>803</v>
+      </c>
+      <c r="C400" s="84" t="s">
+        <v>804</v>
+      </c>
+      <c r="D400" s="20">
+        <v>46283</v>
+      </c>
+      <c r="E400" s="70"/>
+      <c r="F400" s="70"/>
+    </row>
+    <row r="401" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A401" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="B401" s="15" t="s">
+        <v>806</v>
+      </c>
+      <c r="C401" s="84" t="s">
+        <v>807</v>
+      </c>
+      <c r="D401" s="20">
+        <v>46376</v>
+      </c>
+      <c r="E401" s="70"/>
+      <c r="F401" s="70"/>
+    </row>
+    <row r="402" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A402" s="3" t="s">
+        <v>2711</v>
+      </c>
+      <c r="B402" s="11" t="s">
+        <v>808</v>
+      </c>
+      <c r="C402" s="92" t="s">
+        <v>809</v>
+      </c>
+      <c r="D402" s="20">
+        <v>46398</v>
+      </c>
+      <c r="E402" s="70"/>
+      <c r="F402" s="70"/>
+    </row>
+    <row r="403" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A403" s="3" t="s">
+        <v>810</v>
+      </c>
+      <c r="B403" s="12" t="s">
+        <v>811</v>
+      </c>
+      <c r="C403" s="93" t="s">
+        <v>3495</v>
+      </c>
+      <c r="D403" s="30">
+        <v>46281</v>
+      </c>
+      <c r="E403" s="70"/>
+      <c r="F403" s="70"/>
+    </row>
+    <row r="404" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A404" s="1" t="s">
+        <v>3027</v>
+      </c>
+      <c r="B404" s="12" t="s">
+        <v>812</v>
+      </c>
+      <c r="C404" s="84" t="s">
+        <v>813</v>
+      </c>
+      <c r="D404" s="20">
+        <v>46326</v>
+      </c>
+      <c r="E404" s="70"/>
+      <c r="F404" s="70"/>
+    </row>
+    <row r="405" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A405" s="3" t="s">
+        <v>3028</v>
+      </c>
+      <c r="B405" s="11" t="s">
+        <v>814</v>
+      </c>
+      <c r="C405" s="84" t="s">
+        <v>815</v>
+      </c>
+      <c r="D405" s="20">
+        <v>46409</v>
+      </c>
+      <c r="E405" s="70"/>
+      <c r="F405" s="70"/>
+    </row>
+    <row r="406" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A406" s="3" t="s">
+        <v>816</v>
+      </c>
+      <c r="B406" s="15" t="s">
+        <v>817</v>
+      </c>
+      <c r="C406" s="84" t="s">
+        <v>818</v>
+      </c>
+      <c r="D406" s="20">
+        <v>46411</v>
+      </c>
+      <c r="E406" s="70"/>
+      <c r="F406" s="70"/>
+    </row>
+    <row r="407" spans="1:6" ht="108.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A407" s="3" t="s">
+        <v>819</v>
+      </c>
+      <c r="B407" s="15" t="s">
+        <v>820</v>
+      </c>
+      <c r="C407" s="84" t="s">
+        <v>625</v>
+      </c>
+      <c r="D407" s="30">
+        <v>46460</v>
+      </c>
+      <c r="E407" s="70"/>
+      <c r="F407" s="70"/>
+    </row>
+    <row r="408" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A408" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="B408" s="11" t="s">
+        <v>822</v>
+      </c>
+      <c r="C408" s="84" t="s">
+        <v>781</v>
+      </c>
+      <c r="D408" s="20">
+        <v>46318</v>
+      </c>
+      <c r="E408" s="70"/>
+      <c r="F408" s="70"/>
+    </row>
+    <row r="409" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A409" s="3" t="s">
+        <v>823</v>
+      </c>
+      <c r="B409" s="12" t="s">
+        <v>824</v>
+      </c>
+      <c r="C409" s="84" t="s">
+        <v>781</v>
+      </c>
+      <c r="D409" s="20">
+        <v>46415</v>
+      </c>
+      <c r="E409" s="70"/>
+      <c r="F409" s="70"/>
+    </row>
+    <row r="410" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A410" s="3" t="s">
+        <v>3029</v>
+      </c>
+      <c r="B410" s="15" t="s">
+        <v>825</v>
+      </c>
+      <c r="C410" s="84" t="s">
+        <v>826</v>
+      </c>
+      <c r="D410" s="20">
+        <v>46453</v>
+      </c>
+      <c r="E410" s="70"/>
+      <c r="F410" s="70"/>
+    </row>
+    <row r="411" spans="1:6" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A411" s="3" t="s">
+        <v>827</v>
+      </c>
+      <c r="B411" s="11" t="s">
+        <v>828</v>
+      </c>
+      <c r="C411" s="84" t="s">
+        <v>829</v>
+      </c>
+      <c r="D411" s="30">
+        <v>46422</v>
+      </c>
+      <c r="E411" s="70"/>
+      <c r="F411" s="70"/>
+    </row>
+    <row r="412" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A412" s="3" t="s">
+        <v>830</v>
+      </c>
+      <c r="B412" s="15" t="s">
+        <v>831</v>
+      </c>
+      <c r="C412" s="84" t="s">
+        <v>3496</v>
+      </c>
+      <c r="D412" s="20">
+        <v>46429</v>
+      </c>
+      <c r="E412" s="70"/>
+      <c r="F412" s="70"/>
+    </row>
+    <row r="413" spans="1:6" ht="63" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A413" s="7" t="s">
+        <v>832</v>
+      </c>
+      <c r="B413" s="11" t="s">
+        <v>833</v>
+      </c>
+      <c r="C413" s="84" t="s">
+        <v>834</v>
+      </c>
+      <c r="D413" s="30">
+        <v>46371</v>
+      </c>
+      <c r="E413" s="70"/>
+      <c r="F413" s="70"/>
+    </row>
+    <row r="414" spans="1:6" ht="312.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A414" s="2" t="s">
+        <v>835</v>
+      </c>
+      <c r="B414" s="12" t="s">
+        <v>836</v>
+      </c>
+      <c r="C414" s="84" t="s">
+        <v>3497</v>
+      </c>
+      <c r="D414" s="20">
+        <v>46138</v>
+      </c>
+      <c r="E414" s="70"/>
+      <c r="F414" s="70"/>
+    </row>
+    <row r="415" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A415" s="3" t="s">
+        <v>2864</v>
+      </c>
+      <c r="B415" s="11" t="s">
+        <v>345</v>
+      </c>
+      <c r="C415" s="84" t="s">
+        <v>837</v>
+      </c>
+      <c r="D415" s="30">
+        <v>46424</v>
+      </c>
+      <c r="E415" s="70"/>
+      <c r="F415" s="70"/>
+    </row>
+    <row r="416" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A416" s="3" t="s">
+        <v>2170</v>
+      </c>
+      <c r="B416" s="11" t="s">
+        <v>2169</v>
+      </c>
+      <c r="C416" s="84" t="s">
+        <v>838</v>
+      </c>
+      <c r="D416" s="20">
+        <v>46439</v>
+      </c>
+      <c r="E416" s="70"/>
+      <c r="F416" s="70"/>
+    </row>
+    <row r="417" spans="1:6" ht="251.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A417" s="4" t="s">
+        <v>839</v>
+      </c>
+      <c r="B417" s="11" t="s">
+        <v>840</v>
+      </c>
+      <c r="C417" s="84" t="s">
+        <v>10</v>
+      </c>
+      <c r="D417" s="20">
+        <v>46335</v>
+      </c>
+      <c r="E417" s="70"/>
+      <c r="F417" s="70"/>
+    </row>
+    <row r="418" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A418" s="3" t="s">
+        <v>841</v>
+      </c>
+      <c r="B418" s="15" t="s">
+        <v>842</v>
+      </c>
+      <c r="C418" s="84" t="s">
+        <v>843</v>
+      </c>
+      <c r="D418" s="20">
+        <v>46444</v>
+      </c>
+      <c r="E418" s="70"/>
+      <c r="F418" s="70"/>
+    </row>
+    <row r="419" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A419" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="B419" s="11" t="s">
+        <v>844</v>
+      </c>
+      <c r="C419" s="84" t="s">
+        <v>845</v>
+      </c>
+      <c r="D419" s="20">
+        <v>46447</v>
+      </c>
+      <c r="E419" s="70"/>
+      <c r="F419" s="70"/>
+    </row>
+    <row r="420" spans="1:6" ht="84.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A420" s="3" t="s">
+        <v>846</v>
+      </c>
+      <c r="B420" s="11" t="s">
+        <v>847</v>
+      </c>
+      <c r="C420" s="84" t="s">
+        <v>848</v>
+      </c>
+      <c r="D420" s="20">
+        <v>46444</v>
+      </c>
+      <c r="E420" s="70"/>
+      <c r="F420" s="70"/>
+    </row>
+    <row r="421" spans="1:6" ht="112.5" x14ac:dyDescent="0.2">
+      <c r="A421" s="4" t="s">
+        <v>3498</v>
+      </c>
+      <c r="B421" s="15" t="s">
+        <v>849</v>
+      </c>
+      <c r="C421" s="84" t="s">
+        <v>848</v>
+      </c>
+      <c r="D421" s="20">
+        <v>46445</v>
+      </c>
+      <c r="E421" s="70"/>
+      <c r="F421" s="70"/>
+    </row>
+    <row r="422" spans="1:6" ht="144.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A422" s="3" t="s">
+        <v>850</v>
+      </c>
+      <c r="B422" s="11" t="s">
+        <v>851</v>
+      </c>
+      <c r="C422" s="84" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D422" s="20">
+        <v>46464</v>
+      </c>
+      <c r="E422" s="70"/>
+      <c r="F422" s="70"/>
+    </row>
+    <row r="423" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A423" s="3" t="s">
+        <v>852</v>
+      </c>
+      <c r="B423" s="11" t="s">
+        <v>853</v>
+      </c>
+      <c r="C423" s="84" t="s">
+        <v>854</v>
+      </c>
+      <c r="D423" s="20">
+        <v>46456</v>
+      </c>
+      <c r="E423" s="70"/>
+      <c r="F423" s="70"/>
+    </row>
+    <row r="424" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A424" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="B424" s="15" t="s">
+        <v>856</v>
+      </c>
+      <c r="C424" s="84" t="s">
+        <v>857</v>
+      </c>
+      <c r="D424" s="30">
+        <v>46456</v>
+      </c>
+      <c r="E424" s="70"/>
+      <c r="F424" s="70"/>
+    </row>
+    <row r="425" spans="1:6" ht="112.5" x14ac:dyDescent="0.2">
+      <c r="A425" s="3" t="s">
+        <v>858</v>
+      </c>
+      <c r="B425" s="15" t="s">
+        <v>859</v>
+      </c>
+      <c r="C425" s="84" t="s">
+        <v>3500</v>
+      </c>
+      <c r="D425" s="30">
+        <v>46458</v>
+      </c>
+      <c r="E425" s="70"/>
+      <c r="F425" s="70"/>
+    </row>
+    <row r="426" spans="1:6" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A426" s="2" t="s">
+        <v>860</v>
+      </c>
+      <c r="B426" s="11" t="s">
+        <v>861</v>
+      </c>
+      <c r="C426" s="84" t="s">
+        <v>862</v>
+      </c>
+      <c r="D426" s="20">
+        <v>46104</v>
+      </c>
+      <c r="E426" s="70"/>
+      <c r="F426" s="70"/>
+    </row>
+    <row r="427" spans="1:6" ht="185.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A427" s="4" t="s">
+        <v>863</v>
+      </c>
+      <c r="B427" s="12" t="s">
+        <v>864</v>
+      </c>
+      <c r="C427" s="84" t="s">
+        <v>865</v>
+      </c>
+      <c r="D427" s="20">
+        <v>46495</v>
+      </c>
+      <c r="E427" s="70"/>
+      <c r="F427" s="70"/>
+    </row>
+    <row r="428" spans="1:6" ht="135" x14ac:dyDescent="0.2">
+      <c r="A428" s="3" t="s">
+        <v>3030</v>
+      </c>
+      <c r="B428" s="21" t="s">
+        <v>866</v>
+      </c>
+      <c r="C428" s="84" t="s">
+        <v>3501</v>
+      </c>
+      <c r="D428" s="20">
+        <v>46472</v>
+      </c>
+      <c r="E428" s="70"/>
+      <c r="F428" s="70"/>
+    </row>
+    <row r="429" spans="1:6" ht="55.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A429" s="7" t="s">
+        <v>3031</v>
+      </c>
+      <c r="B429" s="12" t="s">
+        <v>867</v>
+      </c>
+      <c r="C429" s="84" t="s">
+        <v>868</v>
+      </c>
+      <c r="D429" s="20">
+        <v>46107</v>
+      </c>
+      <c r="E429" s="70"/>
+      <c r="F429" s="70"/>
+    </row>
+    <row r="430" spans="1:6" ht="258.75" x14ac:dyDescent="0.2">
+      <c r="A430" s="3" t="s">
+        <v>3032</v>
+      </c>
+      <c r="B430" s="11" t="s">
+        <v>869</v>
+      </c>
+      <c r="C430" s="84" t="s">
+        <v>870</v>
+      </c>
+      <c r="D430" s="20">
+        <v>46373</v>
+      </c>
+      <c r="E430" s="70"/>
+      <c r="F430" s="70"/>
+    </row>
+    <row r="431" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A431" s="5" t="s">
+        <v>871</v>
+      </c>
+      <c r="B431" s="29" t="s">
+        <v>872</v>
+      </c>
+      <c r="C431" s="94" t="s">
+        <v>873</v>
+      </c>
+      <c r="D431" s="43">
+        <v>46427</v>
+      </c>
+      <c r="E431" s="70"/>
+      <c r="F431" s="70"/>
+    </row>
+    <row r="432" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A432" s="3" t="s">
+        <v>2936</v>
+      </c>
+      <c r="B432" s="15" t="s">
+        <v>874</v>
+      </c>
+      <c r="C432" s="84" t="s">
+        <v>875</v>
+      </c>
+      <c r="D432" s="30">
+        <v>46435</v>
+      </c>
+      <c r="E432" s="70"/>
+      <c r="F432" s="70"/>
+    </row>
+    <row r="433" spans="1:7" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A433" s="4" t="s">
+        <v>876</v>
+      </c>
+      <c r="B433" s="12" t="s">
+        <v>877</v>
+      </c>
+      <c r="C433" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D433" s="20">
+        <v>46123</v>
+      </c>
+      <c r="E433" s="70"/>
+      <c r="F433" s="70"/>
+    </row>
+    <row r="434" spans="1:7" ht="45" x14ac:dyDescent="0.2">
+      <c r="A434" s="3" t="s">
+        <v>878</v>
+      </c>
+      <c r="B434" s="11" t="s">
+        <v>2441</v>
+      </c>
+      <c r="C434" s="84" t="s">
+        <v>879</v>
+      </c>
+      <c r="D434" s="30">
+        <v>46285</v>
+      </c>
+      <c r="E434" s="70"/>
+      <c r="F434" s="70"/>
+    </row>
+    <row r="435" spans="1:7" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A435" s="3" t="s">
+        <v>880</v>
+      </c>
+      <c r="B435" s="11" t="s">
+        <v>881</v>
+      </c>
+      <c r="C435" s="84" t="s">
+        <v>882</v>
+      </c>
+      <c r="D435" s="20">
+        <v>46131</v>
+      </c>
+      <c r="E435" s="70"/>
+      <c r="F435" s="70"/>
+    </row>
+    <row r="436" spans="1:7" ht="90" x14ac:dyDescent="0.2">
+      <c r="A436" s="3" t="s">
+        <v>883</v>
+      </c>
+      <c r="B436" s="15" t="s">
+        <v>884</v>
+      </c>
+      <c r="C436" s="84" t="s">
+        <v>419</v>
+      </c>
+      <c r="D436" s="30">
+        <v>46495</v>
+      </c>
+      <c r="E436" s="70"/>
+      <c r="F436" s="70"/>
+    </row>
+    <row r="437" spans="1:7" ht="146.25" x14ac:dyDescent="0.2">
+      <c r="A437" s="3" t="s">
+        <v>3033</v>
+      </c>
+      <c r="B437" s="11" t="s">
+        <v>885</v>
+      </c>
+      <c r="C437" s="84" t="s">
+        <v>886</v>
+      </c>
+      <c r="D437" s="30">
+        <v>46171</v>
+      </c>
+      <c r="E437" s="70"/>
+      <c r="F437" s="70"/>
+    </row>
+    <row r="438" spans="1:7" ht="289.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A438" s="4" t="s">
+        <v>3034</v>
+      </c>
+      <c r="B438" s="11" t="s">
+        <v>887</v>
+      </c>
+      <c r="C438" s="84" t="s">
+        <v>888</v>
+      </c>
+      <c r="D438" s="20">
+        <v>46349</v>
+      </c>
+      <c r="E438" s="19"/>
+      <c r="F438" s="19"/>
+      <c r="G438" s="19"/>
+    </row>
+    <row r="439" spans="1:7" ht="67.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A439" s="3" t="s">
+        <v>889</v>
+      </c>
+      <c r="B439" s="11" t="s">
+        <v>890</v>
+      </c>
+      <c r="C439" s="84" t="s">
+        <v>891</v>
+      </c>
+      <c r="D439" s="30">
+        <v>46145</v>
+      </c>
+      <c r="E439" s="70"/>
+      <c r="F439" s="70"/>
+    </row>
+    <row r="440" spans="1:7" ht="45" x14ac:dyDescent="0.2">
+      <c r="A440" s="3" t="s">
+        <v>892</v>
+      </c>
+      <c r="B440" s="11" t="s">
+        <v>893</v>
+      </c>
+      <c r="C440" s="84" t="s">
+        <v>894</v>
+      </c>
+      <c r="D440" s="30">
+        <v>46511</v>
+      </c>
+      <c r="E440" s="70"/>
+      <c r="F440" s="70"/>
+    </row>
+    <row r="441" spans="1:7" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A441" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="B441" s="12" t="s">
+        <v>896</v>
+      </c>
+      <c r="C441" s="84" t="s">
+        <v>320</v>
+      </c>
+      <c r="D441" s="20">
+        <v>46513</v>
+      </c>
+      <c r="E441" s="70"/>
+      <c r="F441" s="70"/>
+    </row>
+    <row r="442" spans="1:7" ht="99.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A442" s="4" t="s">
+        <v>3502</v>
+      </c>
+      <c r="B442" s="11" t="s">
+        <v>897</v>
+      </c>
+      <c r="C442" s="84" t="s">
+        <v>898</v>
+      </c>
+      <c r="D442" s="20">
+        <v>46344</v>
+      </c>
+      <c r="E442" s="70"/>
+      <c r="F442" s="70"/>
+    </row>
+    <row r="443" spans="1:7" ht="360" x14ac:dyDescent="0.2">
+      <c r="A443" s="3" t="s">
+        <v>3035</v>
+      </c>
+      <c r="B443" s="15" t="s">
+        <v>899</v>
+      </c>
+      <c r="C443" s="84" t="s">
+        <v>900</v>
+      </c>
+      <c r="D443" s="20">
+        <v>46161</v>
+      </c>
+      <c r="E443" s="70"/>
+      <c r="F443" s="70"/>
+    </row>
+    <row r="444" spans="1:7" ht="45" x14ac:dyDescent="0.2">
+      <c r="A444" s="3" t="s">
+        <v>3036</v>
+      </c>
+      <c r="B444" s="15" t="s">
+        <v>901</v>
+      </c>
+      <c r="C444" s="84" t="s">
+        <v>3258</v>
+      </c>
+      <c r="D444" s="20">
+        <v>46526</v>
+      </c>
+      <c r="E444" s="70"/>
+      <c r="F444" s="70"/>
+    </row>
+    <row r="445" spans="1:7" ht="93.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A445" s="3" t="s">
+        <v>902</v>
+      </c>
+      <c r="B445" s="15" t="s">
+        <v>2046</v>
+      </c>
+      <c r="C445" s="84" t="s">
+        <v>3259</v>
+      </c>
+      <c r="D445" s="20">
+        <v>46129</v>
+      </c>
+      <c r="E445" s="70"/>
+      <c r="F445" s="70"/>
+    </row>
+    <row r="446" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A446" s="3" t="s">
+        <v>904</v>
+      </c>
+      <c r="B446" s="15" t="s">
+        <v>905</v>
+      </c>
+      <c r="C446" s="84" t="s">
+        <v>906</v>
+      </c>
+      <c r="D446" s="20">
+        <v>46163</v>
+      </c>
+      <c r="E446" s="70"/>
+      <c r="F446" s="70"/>
+    </row>
+    <row r="447" spans="1:7" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A447" s="3" t="s">
+        <v>907</v>
+      </c>
+      <c r="B447" s="11" t="s">
+        <v>908</v>
+      </c>
+      <c r="C447" s="84" t="s">
+        <v>909</v>
+      </c>
+      <c r="D447" s="20">
+        <v>46173</v>
+      </c>
+      <c r="E447" s="70"/>
+      <c r="F447" s="70"/>
+    </row>
+    <row r="448" spans="1:7" ht="45" x14ac:dyDescent="0.2">
+      <c r="A448" s="3" t="s">
+        <v>910</v>
+      </c>
+      <c r="B448" s="15" t="s">
+        <v>911</v>
+      </c>
+      <c r="C448" s="84" t="s">
+        <v>3260</v>
+      </c>
+      <c r="D448" s="30">
+        <v>46174</v>
+      </c>
+      <c r="E448" s="70"/>
+      <c r="F448" s="70"/>
+    </row>
+    <row r="449" spans="1:6" ht="281.25" x14ac:dyDescent="0.2">
+      <c r="A449" s="3" t="s">
+        <v>3037</v>
+      </c>
+      <c r="B449" s="11" t="s">
+        <v>2451</v>
+      </c>
+      <c r="C449" s="84" t="s">
+        <v>3503</v>
+      </c>
+      <c r="D449" s="30">
+        <v>46174</v>
+      </c>
+      <c r="E449" s="70"/>
+      <c r="F449" s="70"/>
+    </row>
+    <row r="450" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A450" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="B450" s="15" t="s">
+        <v>913</v>
+      </c>
+      <c r="C450" s="84" t="s">
+        <v>914</v>
+      </c>
+      <c r="D450" s="30">
+        <v>46174</v>
+      </c>
+      <c r="E450" s="70"/>
+      <c r="F450" s="70"/>
+    </row>
+    <row r="451" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A451" s="3" t="s">
+        <v>915</v>
+      </c>
+      <c r="B451" s="12" t="s">
+        <v>916</v>
+      </c>
+      <c r="C451" s="84" t="s">
+        <v>3504</v>
+      </c>
+      <c r="D451" s="30">
+        <v>46180</v>
+      </c>
+      <c r="E451" s="70"/>
+      <c r="F451" s="70"/>
+    </row>
+    <row r="452" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A452" s="3" t="s">
+        <v>2824</v>
+      </c>
+      <c r="B452" s="15" t="s">
+        <v>917</v>
+      </c>
+      <c r="C452" s="84" t="s">
+        <v>918</v>
+      </c>
+      <c r="D452" s="30">
+        <v>46418</v>
+      </c>
+      <c r="E452" s="70"/>
+      <c r="F452" s="70"/>
+    </row>
+    <row r="453" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A453" s="3" t="s">
+        <v>919</v>
+      </c>
+      <c r="B453" s="15" t="s">
+        <v>920</v>
+      </c>
+      <c r="C453" s="84" t="s">
+        <v>921</v>
+      </c>
+      <c r="D453" s="30">
+        <v>46167</v>
+      </c>
+      <c r="E453" s="70"/>
+      <c r="F453" s="70"/>
+    </row>
+    <row r="454" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A454" s="3" t="s">
+        <v>922</v>
+      </c>
+      <c r="B454" s="11" t="s">
+        <v>923</v>
+      </c>
+      <c r="C454" s="84" t="s">
+        <v>924</v>
+      </c>
+      <c r="D454" s="20">
+        <v>46183</v>
+      </c>
+      <c r="E454" s="70"/>
+      <c r="F454" s="70"/>
+    </row>
+    <row r="455" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A455" s="3" t="s">
+        <v>925</v>
+      </c>
+      <c r="B455" s="11" t="s">
+        <v>926</v>
+      </c>
+      <c r="C455" s="84" t="s">
+        <v>927</v>
+      </c>
+      <c r="D455" s="20">
+        <v>46183</v>
+      </c>
+      <c r="E455" s="70"/>
+      <c r="F455" s="70"/>
+    </row>
+    <row r="456" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A456" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="B456" s="11" t="s">
+        <v>929</v>
+      </c>
+      <c r="C456" s="84" t="s">
+        <v>930</v>
+      </c>
+      <c r="D456" s="20">
+        <v>46187</v>
+      </c>
+      <c r="E456" s="70"/>
+      <c r="F456" s="70"/>
+    </row>
+    <row r="457" spans="1:6" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A457" s="2" t="s">
+        <v>931</v>
+      </c>
+      <c r="B457" s="15" t="s">
+        <v>932</v>
+      </c>
+      <c r="C457" s="84" t="s">
+        <v>933</v>
+      </c>
+      <c r="D457" s="20">
+        <v>46195</v>
+      </c>
+      <c r="E457" s="70"/>
+      <c r="F457" s="70"/>
+    </row>
+    <row r="458" spans="1:6" ht="81.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A458" s="3" t="s">
+        <v>3505</v>
+      </c>
+      <c r="B458" s="11" t="s">
+        <v>934</v>
+      </c>
+      <c r="C458" s="84" t="s">
+        <v>935</v>
+      </c>
+      <c r="D458" s="20">
+        <v>46203</v>
+      </c>
+      <c r="E458" s="70"/>
+      <c r="F458" s="70"/>
+    </row>
+    <row r="459" spans="1:6" ht="231" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A459" s="4" t="s">
+        <v>936</v>
+      </c>
+      <c r="B459" s="11" t="s">
+        <v>937</v>
+      </c>
+      <c r="C459" s="84" t="s">
+        <v>660</v>
+      </c>
+      <c r="D459" s="30">
+        <v>46204</v>
+      </c>
+      <c r="E459" s="70"/>
+      <c r="F459" s="70"/>
+    </row>
+    <row r="460" spans="1:6" ht="117.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A460" s="3" t="s">
+        <v>938</v>
+      </c>
+      <c r="B460" s="15" t="s">
+        <v>939</v>
+      </c>
+      <c r="C460" s="84" t="s">
+        <v>85</v>
+      </c>
+      <c r="D460" s="30">
+        <v>46203</v>
+      </c>
+      <c r="E460" s="70"/>
+      <c r="F460" s="70"/>
+    </row>
+    <row r="461" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A461" s="3" t="s">
+        <v>942</v>
+      </c>
+      <c r="B461" s="11" t="s">
+        <v>943</v>
+      </c>
+      <c r="C461" s="84" t="s">
+        <v>944</v>
+      </c>
+      <c r="D461" s="30">
+        <v>46208</v>
+      </c>
+      <c r="E461" s="70"/>
+      <c r="F461" s="70"/>
+    </row>
+    <row r="462" spans="1:6" ht="57" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A462" s="3" t="s">
+        <v>945</v>
+      </c>
+      <c r="B462" s="12" t="s">
+        <v>946</v>
+      </c>
+      <c r="C462" s="84" t="s">
+        <v>378</v>
+      </c>
+      <c r="D462" s="30">
+        <v>46209</v>
+      </c>
+      <c r="E462" s="70"/>
+      <c r="F462" s="70"/>
+    </row>
+    <row r="463" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A463" s="3" t="s">
+        <v>3038</v>
+      </c>
+      <c r="B463" s="11" t="s">
+        <v>947</v>
+      </c>
+      <c r="C463" s="84" t="s">
+        <v>3506</v>
+      </c>
+      <c r="D463" s="20">
+        <v>46211</v>
+      </c>
+      <c r="E463" s="70"/>
+      <c r="F463" s="70"/>
+    </row>
+    <row r="464" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A464" s="3" t="s">
+        <v>3220</v>
+      </c>
+      <c r="B464" s="22" t="s">
+        <v>948</v>
+      </c>
+      <c r="C464" s="84" t="s">
+        <v>949</v>
+      </c>
+      <c r="D464" s="30">
+        <v>46214</v>
+      </c>
+      <c r="E464" s="70"/>
+      <c r="F464" s="70"/>
+    </row>
+    <row r="465" spans="1:6" ht="87.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A465" s="3" t="s">
+        <v>950</v>
+      </c>
+      <c r="B465" s="11" t="s">
+        <v>951</v>
+      </c>
+      <c r="C465" s="84" t="s">
+        <v>952</v>
+      </c>
+      <c r="D465" s="30">
+        <v>46215</v>
+      </c>
+      <c r="E465" s="70"/>
+      <c r="F465" s="70"/>
+    </row>
+    <row r="466" spans="1:6" ht="295.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A466" s="4" t="s">
+        <v>3039</v>
+      </c>
+      <c r="B466" s="11" t="s">
+        <v>953</v>
+      </c>
+      <c r="C466" s="84" t="s">
+        <v>954</v>
+      </c>
+      <c r="D466" s="20">
+        <v>46213</v>
+      </c>
+      <c r="E466" s="70"/>
+      <c r="F466" s="70"/>
+    </row>
+    <row r="467" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A467" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="B467" s="15" t="s">
+        <v>956</v>
+      </c>
+      <c r="C467" s="84" t="s">
+        <v>3507</v>
+      </c>
+      <c r="D467" s="30">
+        <v>46214</v>
+      </c>
+      <c r="E467" s="70"/>
+      <c r="F467" s="70"/>
+    </row>
+    <row r="468" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A468" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="B468" s="11" t="s">
+        <v>957</v>
+      </c>
+      <c r="C468" s="84" t="s">
+        <v>958</v>
+      </c>
+      <c r="D468" s="20">
+        <v>46287</v>
+      </c>
+      <c r="E468" s="70"/>
+      <c r="F468" s="70"/>
+    </row>
+    <row r="469" spans="1:6" ht="54" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A469" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="B469" s="11" t="s">
+        <v>960</v>
+      </c>
+      <c r="C469" s="84" t="s">
+        <v>961</v>
+      </c>
+      <c r="D469" s="20">
+        <v>46224</v>
+      </c>
+      <c r="E469" s="70"/>
+      <c r="F469" s="70"/>
+    </row>
+    <row r="470" spans="1:6" ht="54.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A470" s="4" t="s">
+        <v>3040</v>
+      </c>
+      <c r="B470" s="11" t="s">
+        <v>345</v>
+      </c>
+      <c r="C470" s="84" t="s">
+        <v>962</v>
+      </c>
+      <c r="D470" s="30">
+        <v>46224</v>
+      </c>
+      <c r="E470" s="70"/>
+      <c r="F470" s="70"/>
+    </row>
+    <row r="471" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A471" s="3" t="s">
+        <v>963</v>
+      </c>
+      <c r="B471" s="11" t="s">
+        <v>964</v>
+      </c>
+      <c r="C471" s="84" t="s">
+        <v>65</v>
+      </c>
+      <c r="D471" s="20">
+        <v>46225</v>
+      </c>
+      <c r="E471" s="70"/>
+      <c r="F471" s="70"/>
+    </row>
+    <row r="472" spans="1:6" ht="177.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A472" s="4" t="s">
+        <v>3508</v>
+      </c>
+      <c r="B472" s="15" t="s">
+        <v>965</v>
+      </c>
+      <c r="C472" s="84" t="s">
+        <v>966</v>
+      </c>
+      <c r="D472" s="20">
+        <v>46228</v>
+      </c>
+      <c r="E472" s="70"/>
+      <c r="F472" s="70"/>
+    </row>
+    <row r="473" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A473" s="3" t="s">
+        <v>3041</v>
+      </c>
+      <c r="B473" s="15" t="s">
+        <v>967</v>
+      </c>
+      <c r="C473" s="84" t="s">
+        <v>968</v>
+      </c>
+      <c r="D473" s="20">
+        <v>46229</v>
+      </c>
+      <c r="E473" s="70"/>
+      <c r="F473" s="70"/>
+    </row>
+    <row r="474" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A474" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="B474" s="15" t="s">
+        <v>970</v>
+      </c>
+      <c r="C474" s="84" t="s">
+        <v>3509</v>
+      </c>
+      <c r="D474" s="20">
+        <v>46237</v>
+      </c>
+      <c r="E474" s="70"/>
+      <c r="F474" s="70"/>
+    </row>
+    <row r="475" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A475" s="3" t="s">
+        <v>971</v>
+      </c>
+      <c r="B475" s="15" t="s">
+        <v>972</v>
+      </c>
+      <c r="C475" s="84" t="s">
+        <v>888</v>
+      </c>
+      <c r="D475" s="20">
+        <v>46233</v>
+      </c>
+      <c r="E475" s="70"/>
+      <c r="F475" s="70"/>
+    </row>
+    <row r="476" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A476" s="3" t="s">
+        <v>973</v>
+      </c>
+      <c r="B476" s="15" t="s">
+        <v>974</v>
+      </c>
+      <c r="C476" s="84" t="s">
+        <v>975</v>
+      </c>
+      <c r="D476" s="20">
+        <v>46567</v>
+      </c>
+      <c r="E476" s="70"/>
+      <c r="F476" s="70"/>
+    </row>
+    <row r="477" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A477" s="3" t="s">
+        <v>976</v>
+      </c>
+      <c r="B477" s="15" t="s">
+        <v>977</v>
+      </c>
+      <c r="C477" s="84" t="s">
+        <v>3261</v>
+      </c>
+      <c r="D477" s="20">
+        <v>46251</v>
+      </c>
+      <c r="E477" s="70"/>
+      <c r="F477" s="70"/>
+    </row>
+    <row r="478" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A478" s="1" t="s">
+        <v>2592</v>
+      </c>
+      <c r="B478" s="11" t="s">
+        <v>978</v>
+      </c>
+      <c r="C478" s="84" t="s">
+        <v>979</v>
+      </c>
+      <c r="D478" s="30">
+        <v>46253</v>
+      </c>
+      <c r="E478" s="70"/>
+      <c r="F478" s="70"/>
+    </row>
+    <row r="479" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A479" s="3" t="s">
+        <v>3042</v>
+      </c>
+      <c r="B479" s="11" t="s">
+        <v>980</v>
+      </c>
+      <c r="C479" s="84" t="s">
+        <v>981</v>
+      </c>
+      <c r="D479" s="20">
+        <v>46259</v>
+      </c>
+      <c r="E479" s="70"/>
+      <c r="F479" s="70"/>
+    </row>
+    <row r="480" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A480" s="1" t="s">
+        <v>3216</v>
+      </c>
+      <c r="B480" s="15" t="s">
+        <v>982</v>
+      </c>
+      <c r="C480" s="84" t="s">
+        <v>983</v>
+      </c>
+      <c r="D480" s="20">
+        <v>46268</v>
+      </c>
+      <c r="E480" s="70"/>
+      <c r="F480" s="70"/>
+    </row>
+    <row r="481" spans="1:6" ht="79.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A481" s="2" t="s">
+        <v>984</v>
+      </c>
+      <c r="B481" s="11" t="s">
+        <v>985</v>
+      </c>
+      <c r="C481" s="84" t="s">
+        <v>986</v>
+      </c>
+      <c r="D481" s="20">
+        <v>46268</v>
+      </c>
+      <c r="E481" s="70"/>
+      <c r="F481" s="70"/>
+    </row>
+    <row r="482" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A482" s="3" t="s">
+        <v>987</v>
+      </c>
+      <c r="B482" s="15" t="s">
+        <v>988</v>
+      </c>
+      <c r="C482" s="84" t="s">
+        <v>3510</v>
+      </c>
+      <c r="D482" s="20">
+        <v>46313</v>
+      </c>
+      <c r="E482" s="70"/>
+      <c r="F482" s="70"/>
+    </row>
+    <row r="483" spans="1:6" ht="215.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A483" s="2" t="s">
+        <v>989</v>
+      </c>
+      <c r="B483" s="11" t="s">
+        <v>990</v>
+      </c>
+      <c r="C483" s="84" t="s">
+        <v>991</v>
+      </c>
+      <c r="D483" s="20">
+        <v>46279</v>
+      </c>
+      <c r="E483" s="70"/>
+      <c r="F483" s="70"/>
+    </row>
+    <row r="484" spans="1:6" ht="64.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A484" s="2" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B484" s="11" t="s">
+        <v>992</v>
+      </c>
+      <c r="C484" s="84" t="s">
+        <v>993</v>
+      </c>
+      <c r="D484" s="20">
+        <v>46285</v>
+      </c>
+      <c r="E484" s="70"/>
+      <c r="F484" s="70"/>
+    </row>
+    <row r="485" spans="1:6" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A485" s="3" t="s">
+        <v>994</v>
+      </c>
+      <c r="B485" s="12" t="s">
+        <v>995</v>
+      </c>
+      <c r="C485" s="84" t="s">
+        <v>996</v>
+      </c>
+      <c r="D485" s="40">
+        <v>46299</v>
+      </c>
+      <c r="E485" s="70"/>
+      <c r="F485" s="70"/>
+    </row>
+    <row r="486" spans="1:6" ht="54" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A486" s="3" t="s">
+        <v>997</v>
+      </c>
+      <c r="B486" s="21" t="s">
+        <v>2054</v>
+      </c>
+      <c r="C486" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D486" s="30">
+        <v>46128</v>
+      </c>
+      <c r="E486" s="70"/>
+      <c r="F486" s="70"/>
+    </row>
+    <row r="487" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A487" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="B487" s="11" t="s">
+        <v>999</v>
+      </c>
+      <c r="C487" s="84" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D487" s="20">
+        <v>46300</v>
+      </c>
+      <c r="E487" s="70"/>
+      <c r="F487" s="70"/>
+    </row>
+    <row r="488" spans="1:6" ht="362.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A488" s="3" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B488" s="11" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C488" s="84" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D488" s="20">
+        <v>46302</v>
+      </c>
+      <c r="E488" s="70"/>
+      <c r="F488" s="70"/>
+    </row>
+    <row r="489" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A489" s="3" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B489" s="15" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C489" s="84" t="s">
+        <v>3262</v>
+      </c>
+      <c r="D489" s="30">
+        <v>46353</v>
+      </c>
+      <c r="E489" s="70"/>
+      <c r="F489" s="70"/>
+    </row>
+    <row r="490" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A490" s="3" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B490" s="15" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C490" s="84" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D490" s="30">
+        <v>46311</v>
+      </c>
+      <c r="E490" s="70"/>
+      <c r="F490" s="70"/>
+    </row>
+    <row r="491" spans="1:6" ht="135" x14ac:dyDescent="0.2">
+      <c r="A491" s="3" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B491" s="15" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C491" s="84" t="s">
+        <v>3511</v>
+      </c>
+      <c r="D491" s="20">
+        <v>46321</v>
+      </c>
+      <c r="E491" s="70"/>
+      <c r="F491" s="70"/>
+    </row>
+    <row r="492" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A492" s="3" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B492" s="11" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C492" s="84" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D492" s="20">
+        <v>46322</v>
+      </c>
+      <c r="E492" s="70"/>
+      <c r="F492" s="70"/>
+    </row>
+    <row r="493" spans="1:6" ht="57.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A493" s="3" t="s">
+        <v>3043</v>
+      </c>
+      <c r="B493" s="58" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C493" s="84" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D493" s="30">
+        <v>46328</v>
+      </c>
+      <c r="E493" s="70"/>
+      <c r="F493" s="70"/>
+    </row>
+    <row r="494" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A494" s="3" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B494" s="15" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C494" s="84" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D494" s="30">
+        <v>46334</v>
+      </c>
+      <c r="E494" s="70"/>
+      <c r="F494" s="70"/>
+    </row>
+    <row r="495" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A495" s="3" t="s">
+        <v>2622</v>
+      </c>
+      <c r="B495" s="12" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C495" s="84" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D495" s="30">
+        <v>46334</v>
+      </c>
+      <c r="E495" s="70"/>
+      <c r="F495" s="70"/>
+    </row>
+    <row r="496" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A496" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B496" s="12" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C496" s="84" t="s">
+        <v>3512</v>
+      </c>
+      <c r="D496" s="20">
+        <v>46334</v>
+      </c>
+      <c r="E496" s="70"/>
+      <c r="F496" s="70"/>
+    </row>
+    <row r="497" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A497" s="3" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B497" s="15" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C497" s="84" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D497" s="30">
+        <v>46336</v>
+      </c>
+      <c r="E497" s="70"/>
+      <c r="F497" s="70"/>
+    </row>
+    <row r="498" spans="1:6" ht="126" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A498" s="2" t="s">
+        <v>3044</v>
+      </c>
+      <c r="B498" s="12" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C498" s="84" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D498" s="30">
+        <v>46304</v>
+      </c>
+      <c r="E498" s="70"/>
+      <c r="F498" s="70"/>
+    </row>
+    <row r="499" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A499" s="3" t="s">
+        <v>2558</v>
+      </c>
+      <c r="B499" s="11" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C499" s="84" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D499" s="20">
+        <v>46342</v>
+      </c>
+      <c r="E499" s="70"/>
+      <c r="F499" s="70"/>
+    </row>
+    <row r="500" spans="1:6" ht="92.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A500" s="4" t="s">
+        <v>3045</v>
+      </c>
+      <c r="B500" s="11" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C500" s="84" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D500" s="30">
+        <v>46347</v>
+      </c>
+      <c r="E500" s="70"/>
+      <c r="F500" s="70"/>
+    </row>
+    <row r="501" spans="1:6" ht="225" x14ac:dyDescent="0.2">
+      <c r="A501" s="1" t="s">
+        <v>3046</v>
+      </c>
+      <c r="B501" s="11" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C501" s="84" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D501" s="20">
+        <v>46352</v>
+      </c>
+      <c r="E501" s="70"/>
+      <c r="F501" s="70"/>
+    </row>
+    <row r="502" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A502" s="3" t="s">
+        <v>3047</v>
+      </c>
+      <c r="B502" s="11" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C502" s="84" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D502" s="20">
+        <v>46191</v>
+      </c>
+      <c r="E502" s="70"/>
+      <c r="F502" s="70"/>
+    </row>
+    <row r="503" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A503" s="3" t="s">
+        <v>2506</v>
+      </c>
+      <c r="B503" s="12" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C503" s="84" t="s">
+        <v>3263</v>
+      </c>
+      <c r="D503" s="20">
+        <v>46341</v>
+      </c>
+      <c r="E503" s="70"/>
+      <c r="F503" s="70"/>
+    </row>
+    <row r="504" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A504" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B504" s="15" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C504" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D504" s="30">
+        <v>46353</v>
+      </c>
+      <c r="E504" s="70"/>
+      <c r="F504" s="70"/>
+    </row>
+    <row r="505" spans="1:6" ht="81.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A505" s="3" t="s">
+        <v>2228</v>
+      </c>
+      <c r="B505" s="15" t="s">
+        <v>2229</v>
+      </c>
+      <c r="C505" s="84" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D505" s="20">
+        <v>46211</v>
+      </c>
+      <c r="E505" s="70"/>
+      <c r="F505" s="70"/>
+    </row>
+    <row r="506" spans="1:6" ht="168.75" x14ac:dyDescent="0.2">
+      <c r="A506" s="3" t="s">
+        <v>2381</v>
+      </c>
+      <c r="B506" s="11" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C506" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D506" s="30">
+        <v>46364</v>
+      </c>
+      <c r="E506" s="70"/>
+      <c r="F506" s="70"/>
+    </row>
+    <row r="507" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A507" s="3" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B507" s="11" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C507" s="84" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D507" s="20">
+        <v>46371</v>
+      </c>
+      <c r="E507" s="70"/>
+      <c r="F507" s="70"/>
+    </row>
+    <row r="508" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A508" s="3" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B508" s="11" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C508" s="88" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D508" s="20">
+        <v>46371</v>
+      </c>
+      <c r="E508" s="70"/>
+      <c r="F508" s="70"/>
+    </row>
+    <row r="509" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A509" s="3" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B509" s="11" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C509" s="88" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D509" s="20">
+        <v>46373</v>
+      </c>
+      <c r="E509" s="70"/>
+      <c r="F509" s="70"/>
+    </row>
+    <row r="510" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A510" s="3" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B510" s="11" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C510" s="84" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D510" s="30">
+        <v>46373</v>
+      </c>
+      <c r="E510" s="70"/>
+      <c r="F510" s="70"/>
+    </row>
+    <row r="511" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A511" s="3" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B511" s="11" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C511" s="84" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D511" s="30">
+        <v>46373</v>
+      </c>
+      <c r="E511" s="70"/>
+      <c r="F511" s="70"/>
+    </row>
+    <row r="512" spans="1:6" ht="236.25" x14ac:dyDescent="0.2">
+      <c r="A512" s="3" t="s">
+        <v>3048</v>
+      </c>
+      <c r="B512" s="11" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C512" s="84" t="s">
+        <v>265</v>
+      </c>
+      <c r="D512" s="30">
+        <v>46215</v>
+      </c>
+      <c r="E512" s="70"/>
+      <c r="F512" s="70"/>
+    </row>
+    <row r="513" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A513" s="3" t="s">
+        <v>3049</v>
+      </c>
+      <c r="B513" s="15" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C513" s="84" t="s">
+        <v>3264</v>
+      </c>
+      <c r="D513" s="30">
+        <v>46224</v>
+      </c>
+      <c r="E513" s="70"/>
+      <c r="F513" s="70"/>
+    </row>
+    <row r="514" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A514" s="3" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B514" s="15" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C514" s="84" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D514" s="30">
+        <v>46377</v>
+      </c>
+      <c r="E514" s="70"/>
+      <c r="F514" s="70"/>
+    </row>
+    <row r="515" spans="1:6" ht="157.5" x14ac:dyDescent="0.2">
+      <c r="A515" s="3" t="s">
+        <v>3050</v>
+      </c>
+      <c r="B515" s="11" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C515" s="84" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D515" s="20">
+        <v>46372</v>
+      </c>
+      <c r="E515" s="70"/>
+      <c r="F515" s="70"/>
+    </row>
+    <row r="516" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A516" s="3" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B516" s="11" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C516" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D516" s="30">
+        <v>46378</v>
+      </c>
+      <c r="E516" s="70"/>
+      <c r="F516" s="70"/>
+    </row>
+    <row r="517" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A517" s="3" t="s">
+        <v>2687</v>
+      </c>
+      <c r="B517" s="15" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C517" s="84" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D517" s="30">
+        <v>46378</v>
+      </c>
+      <c r="E517" s="70"/>
+      <c r="F517" s="70"/>
+    </row>
+    <row r="518" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A518" s="3" t="s">
+        <v>3051</v>
+      </c>
+      <c r="B518" s="15" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C518" s="84" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D518" s="30">
+        <v>46376</v>
+      </c>
+      <c r="E518" s="70"/>
+      <c r="F518" s="70"/>
+    </row>
+    <row r="519" spans="1:6" ht="282.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A519" s="3" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B519" s="15" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C519" s="84" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D519" s="30">
+        <v>46386</v>
+      </c>
+      <c r="E519" s="70"/>
+      <c r="F519" s="70"/>
+    </row>
+    <row r="520" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A520" s="3" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B520" s="11" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C520" s="84" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D520" s="30">
+        <v>46392</v>
+      </c>
+      <c r="E520" s="70"/>
+      <c r="F520" s="70"/>
+    </row>
+    <row r="521" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A521" s="3" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B521" s="11" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C521" s="84" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D521" s="30">
+        <v>46392</v>
+      </c>
+      <c r="E521" s="70"/>
+      <c r="F521" s="70"/>
+    </row>
+    <row r="522" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A522" s="3" t="s">
+        <v>3052</v>
+      </c>
+      <c r="B522" s="15" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C522" s="84" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D522" s="30">
+        <v>46392</v>
+      </c>
+      <c r="E522" s="70"/>
+      <c r="F522" s="70"/>
+    </row>
+    <row r="523" spans="1:6" ht="176.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A523" s="2" t="s">
+        <v>3053</v>
+      </c>
+      <c r="B523" s="11" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C523" s="84" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D523" s="30">
+        <v>46439</v>
+      </c>
+      <c r="E523" s="70"/>
+      <c r="F523" s="70"/>
+    </row>
+    <row r="524" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A524" s="3" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B524" s="15" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C524" s="84" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D524" s="30">
+        <v>46377</v>
+      </c>
+      <c r="E524" s="70"/>
+      <c r="F524" s="70"/>
+    </row>
+    <row r="525" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A525" s="3" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B525" s="11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C525" s="84" t="s">
+        <v>4</v>
+      </c>
+      <c r="D525" s="30">
+        <v>46406</v>
+      </c>
+      <c r="E525" s="70"/>
+      <c r="F525" s="70"/>
+    </row>
+    <row r="526" spans="1:6" ht="146.25" x14ac:dyDescent="0.2">
+      <c r="A526" s="3" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B526" s="15" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C526" s="84" t="s">
+        <v>3513</v>
+      </c>
+      <c r="D526" s="30">
+        <v>46400</v>
+      </c>
+      <c r="E526" s="70"/>
+      <c r="F526" s="70"/>
+    </row>
+    <row r="527" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A527" s="3" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B527" s="15" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C527" s="84" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D527" s="30">
+        <v>46407</v>
+      </c>
+      <c r="E527" s="70"/>
+      <c r="F527" s="70"/>
+    </row>
+    <row r="528" spans="1:6" ht="63.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A528" s="3" t="s">
+        <v>3054</v>
+      </c>
+      <c r="B528" s="15" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C528" s="84" t="s">
+        <v>3257</v>
+      </c>
+      <c r="D528" s="30">
+        <v>46275</v>
+      </c>
+      <c r="E528" s="70"/>
+      <c r="F528" s="70"/>
+    </row>
+    <row r="529" spans="1:6" ht="236.25" x14ac:dyDescent="0.2">
+      <c r="A529" s="4" t="s">
+        <v>3514</v>
+      </c>
+      <c r="B529" s="11" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C529" s="84" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D529" s="30">
+        <v>46419</v>
+      </c>
+      <c r="E529" s="70"/>
+      <c r="F529" s="70"/>
+    </row>
+    <row r="530" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A530" s="3" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B530" s="15" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C530" s="84" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D530" s="30">
+        <v>46412</v>
+      </c>
+      <c r="E530" s="70"/>
+      <c r="F530" s="70"/>
+    </row>
+    <row r="531" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A531" s="3" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B531" s="15" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C531" s="84" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D531" s="30">
+        <v>46413</v>
+      </c>
+      <c r="E531" s="70"/>
+      <c r="F531" s="70"/>
+    </row>
+    <row r="532" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A532" s="3" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B532" s="15" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C532" s="84" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D532" s="30">
+        <v>46412</v>
+      </c>
+      <c r="E532" s="70"/>
+      <c r="F532" s="70"/>
+    </row>
+    <row r="533" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A533" s="3" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B533" s="11" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C533" s="84" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D533" s="30">
+        <v>46425</v>
+      </c>
+      <c r="E533" s="70"/>
+      <c r="F533" s="70"/>
+    </row>
+    <row r="534" spans="1:6" ht="123.75" x14ac:dyDescent="0.2">
+      <c r="A534" s="3" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B534" s="11" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C534" s="84" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D534" s="30">
+        <v>46433</v>
+      </c>
+      <c r="E534" s="70"/>
+      <c r="F534" s="70"/>
+    </row>
+    <row r="535" spans="1:6" ht="135" x14ac:dyDescent="0.2">
+      <c r="A535" s="3" t="s">
+        <v>2913</v>
+      </c>
+      <c r="B535" s="11" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C535" s="84" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D535" s="30">
+        <v>46425</v>
+      </c>
+      <c r="E535" s="70"/>
+      <c r="F535" s="70"/>
+    </row>
+    <row r="536" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A536" s="3" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B536" s="11" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C536" s="84" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D536" s="30">
+        <v>46360</v>
+      </c>
+      <c r="E536" s="70"/>
+      <c r="F536" s="70"/>
+    </row>
+    <row r="537" spans="1:6" ht="157.5" x14ac:dyDescent="0.2">
+      <c r="A537" s="3" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B537" s="11" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C537" s="84" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D537" s="30">
+        <v>46437</v>
+      </c>
+      <c r="E537" s="70"/>
+      <c r="F537" s="70"/>
+    </row>
+    <row r="538" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A538" s="3" t="s">
+        <v>3055</v>
+      </c>
+      <c r="B538" s="12" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C538" s="84" t="s">
+        <v>3515</v>
+      </c>
+      <c r="D538" s="20">
+        <v>46449</v>
+      </c>
+      <c r="E538" s="70"/>
+      <c r="F538" s="70"/>
+    </row>
+    <row r="539" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A539" s="3" t="s">
+        <v>3224</v>
+      </c>
+      <c r="B539" s="11" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C539" s="84" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D539" s="20">
+        <v>46457</v>
+      </c>
+      <c r="E539" s="70"/>
+      <c r="F539" s="70"/>
+    </row>
+    <row r="540" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A540" s="3" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B540" s="15" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C540" s="84" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D540" s="30">
+        <v>46102</v>
+      </c>
+      <c r="E540" s="70"/>
+      <c r="F540" s="70"/>
+    </row>
+    <row r="541" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A541" s="3" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B541" s="15" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C541" s="84" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D541" s="30">
+        <v>46311</v>
+      </c>
+      <c r="E541" s="70"/>
+      <c r="F541" s="70"/>
+    </row>
+    <row r="542" spans="1:6" ht="409.5" x14ac:dyDescent="0.2">
+      <c r="A542" s="3" t="s">
+        <v>3056</v>
+      </c>
+      <c r="B542" s="15" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C542" s="84" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D542" s="30">
+        <v>46465</v>
+      </c>
+      <c r="E542" s="70"/>
+      <c r="F542" s="70"/>
+    </row>
+    <row r="543" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A543" s="3" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B543" s="15" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C543" s="84" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D543" s="20">
+        <v>46471</v>
+      </c>
+      <c r="E543" s="70"/>
+      <c r="F543" s="70"/>
+    </row>
+    <row r="544" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A544" s="3" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B544" s="15" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C544" s="84" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D544" s="20">
+        <v>46117</v>
+      </c>
+      <c r="E544" s="70"/>
+      <c r="F544" s="70"/>
+    </row>
+    <row r="545" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A545" s="2" t="s">
+        <v>3057</v>
+      </c>
+      <c r="B545" s="12" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C545" s="84" t="s">
+        <v>3265</v>
+      </c>
+      <c r="D545" s="20">
+        <v>46122</v>
+      </c>
+      <c r="E545" s="70"/>
+      <c r="F545" s="70"/>
+    </row>
+    <row r="546" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A546" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B546" s="11" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C546" s="84" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D546" s="20">
+        <v>46126</v>
+      </c>
+      <c r="E546" s="70"/>
+      <c r="F546" s="70"/>
+    </row>
+    <row r="547" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A547" s="3" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B547" s="11" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C547" s="84" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D547" s="20">
+        <v>46126</v>
+      </c>
+      <c r="E547" s="70"/>
+      <c r="F547" s="70"/>
+    </row>
+    <row r="548" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A548" s="3" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B548" s="15" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C548" s="84" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D548" s="20">
+        <v>46127</v>
+      </c>
+      <c r="E548" s="70"/>
+      <c r="F548" s="70"/>
+    </row>
+    <row r="549" spans="1:6" ht="191.25" x14ac:dyDescent="0.2">
+      <c r="A549" s="4" t="s">
+        <v>3058</v>
+      </c>
+      <c r="B549" s="11" t="s">
+        <v>163</v>
+      </c>
+      <c r="C549" s="84" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D549" s="20">
+        <v>46113</v>
+      </c>
+      <c r="E549" s="70"/>
+      <c r="F549" s="70"/>
+    </row>
+    <row r="550" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A550" s="3" t="s">
+        <v>3059</v>
+      </c>
+      <c r="B550" s="11" t="s">
+        <v>2176</v>
+      </c>
+      <c r="C550" s="84" t="s">
+        <v>378</v>
+      </c>
+      <c r="D550" s="20">
+        <v>46102</v>
+      </c>
+      <c r="E550" s="70"/>
+      <c r="F550" s="70"/>
+    </row>
+    <row r="551" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A551" s="4" t="s">
+        <v>3266</v>
+      </c>
+      <c r="B551" s="11" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C551" s="84" t="s">
+        <v>273</v>
+      </c>
+      <c r="D551" s="30">
+        <v>46139</v>
+      </c>
+      <c r="E551" s="70"/>
+      <c r="F551" s="70"/>
+    </row>
+    <row r="552" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A552" s="3" t="s">
+        <v>3060</v>
+      </c>
+      <c r="B552" s="15" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C552" s="84" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D552" s="20">
+        <v>46138</v>
+      </c>
+      <c r="E552" s="70"/>
+      <c r="F552" s="70"/>
+    </row>
+    <row r="553" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A553" s="3" t="s">
+        <v>3061</v>
+      </c>
+      <c r="B553" s="12" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C553" s="84" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D553" s="30">
+        <v>46163</v>
+      </c>
+      <c r="E553" s="70"/>
+      <c r="F553" s="70"/>
+    </row>
+    <row r="554" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A554" s="3" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B554" s="11" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C554" s="84" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D554" s="20">
+        <v>46141</v>
+      </c>
+      <c r="E554" s="70"/>
+      <c r="F554" s="70"/>
+    </row>
+    <row r="555" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A555" s="4" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B555" s="11" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C555" s="84" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D555" s="20">
+        <v>46505</v>
+      </c>
+      <c r="E555" s="70"/>
+      <c r="F555" s="70"/>
+    </row>
+    <row r="556" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A556" s="3" t="s">
+        <v>3062</v>
+      </c>
+      <c r="B556" s="15" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C556" s="84" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D556" s="20">
+        <v>46144</v>
+      </c>
+      <c r="E556" s="70"/>
+      <c r="F556" s="70"/>
+    </row>
+    <row r="557" spans="1:6" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A557" s="3" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B557" s="15" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C557" s="84" t="s">
+        <v>3516</v>
+      </c>
+      <c r="D557" s="20">
+        <v>46144</v>
+      </c>
+      <c r="E557" s="70"/>
+      <c r="F557" s="70"/>
+    </row>
+    <row r="558" spans="1:6" ht="157.5" x14ac:dyDescent="0.2">
+      <c r="A558" s="3" t="s">
+        <v>3063</v>
+      </c>
+      <c r="B558" s="11" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C558" s="84" t="s">
+        <v>3517</v>
+      </c>
+      <c r="D558" s="30">
+        <v>46147</v>
+      </c>
+      <c r="E558" s="70"/>
+      <c r="F558" s="70"/>
+    </row>
+    <row r="559" spans="1:6" ht="120.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A559" s="8" t="s">
+        <v>3064</v>
+      </c>
+      <c r="B559" s="11" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C559" s="84" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D559" s="20">
+        <v>46180</v>
+      </c>
+      <c r="E559" s="70"/>
+      <c r="F559" s="70"/>
+    </row>
+    <row r="560" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A560" s="3" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B560" s="15" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C560" s="84" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D560" s="20">
+        <v>46153</v>
+      </c>
+      <c r="E560" s="70"/>
+      <c r="F560" s="70"/>
+    </row>
+    <row r="561" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A561" s="3" t="s">
+        <v>3217</v>
+      </c>
+      <c r="B561" s="22" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C561" s="84" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D561" s="20">
+        <v>46159</v>
+      </c>
+      <c r="E561" s="70"/>
+      <c r="F561" s="70"/>
+    </row>
+    <row r="562" spans="1:6" ht="202.5" x14ac:dyDescent="0.2">
+      <c r="A562" s="3" t="s">
+        <v>3065</v>
+      </c>
+      <c r="B562" s="15" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C562" s="84" t="s">
+        <v>642</v>
+      </c>
+      <c r="D562" s="20">
+        <v>46530</v>
+      </c>
+      <c r="E562" s="70"/>
+      <c r="F562" s="70"/>
+    </row>
+    <row r="563" spans="1:6" ht="281.25" x14ac:dyDescent="0.2">
+      <c r="A563" s="1" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B563" s="11" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C563" s="84" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D563" s="20">
+        <v>46129</v>
+      </c>
+      <c r="E563" s="70"/>
+      <c r="F563" s="70"/>
+    </row>
+    <row r="564" spans="1:6" ht="75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A564" s="3" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B564" s="11" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C564" s="84" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D564" s="20">
+        <v>46165</v>
+      </c>
+      <c r="E564" s="70"/>
+      <c r="F564" s="70"/>
+    </row>
+    <row r="565" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A565" s="3" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B565" s="11" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C565" s="84" t="s">
+        <v>3518</v>
+      </c>
+      <c r="D565" s="20">
+        <v>46173</v>
+      </c>
+      <c r="E565" s="70"/>
+      <c r="F565" s="70"/>
+    </row>
+    <row r="566" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A566" s="3" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B566" s="11" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C566" s="84" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D566" s="20">
+        <v>46174</v>
+      </c>
+      <c r="E566" s="70"/>
+      <c r="F566" s="70"/>
+    </row>
+    <row r="567" spans="1:6" ht="281.25" x14ac:dyDescent="0.2">
+      <c r="A567" s="4" t="s">
+        <v>3066</v>
+      </c>
+      <c r="B567" s="15" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C567" s="84" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D567" s="30">
+        <v>46175</v>
+      </c>
+      <c r="E567" s="70"/>
+      <c r="F567" s="70"/>
+    </row>
+    <row r="568" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A568" s="3" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B568" s="15" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C568" s="84" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D568" s="20">
+        <v>46180</v>
+      </c>
+      <c r="E568" s="70"/>
+      <c r="F568" s="70"/>
+    </row>
+    <row r="569" spans="1:6" ht="69" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A569" s="3" t="s">
+        <v>3067</v>
+      </c>
+      <c r="B569" s="11" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C569" s="84" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D569" s="30">
+        <v>46183</v>
+      </c>
+      <c r="E569" s="70"/>
+      <c r="F569" s="70"/>
+    </row>
+    <row r="570" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A570" s="3" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B570" s="11" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C570" s="84" t="s">
+        <v>3519</v>
+      </c>
+      <c r="D570" s="20">
+        <v>46183</v>
+      </c>
+      <c r="E570" s="70"/>
+      <c r="F570" s="70"/>
+    </row>
+    <row r="571" spans="1:6" ht="172.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A571" s="3" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B571" s="15" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C571" s="84" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D571" s="20">
+        <v>46196</v>
+      </c>
+      <c r="E571" s="70"/>
+      <c r="F571" s="70"/>
+    </row>
+    <row r="572" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A572" s="3" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B572" s="15" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C572" s="84" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D572" s="20">
+        <v>46202</v>
+      </c>
+      <c r="E572" s="70"/>
+      <c r="F572" s="70"/>
+    </row>
+    <row r="573" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A573" s="3" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B573" s="11" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C573" s="84" t="s">
+        <v>3520</v>
+      </c>
+      <c r="D573" s="20">
+        <v>46264</v>
+      </c>
+      <c r="E573" s="70"/>
+      <c r="F573" s="70"/>
+    </row>
+    <row r="574" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A574" s="3" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B574" s="12" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C574" s="84" t="s">
+        <v>3267</v>
+      </c>
+      <c r="D574" s="30">
+        <v>46202</v>
+      </c>
+      <c r="E574" s="70"/>
+      <c r="F574" s="70"/>
+    </row>
+    <row r="575" spans="1:6" ht="166.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A575" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B575" s="11" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C575" s="84" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D575" s="30">
+        <v>46201</v>
+      </c>
+      <c r="E575" s="70"/>
+      <c r="F575" s="70"/>
+    </row>
+    <row r="576" spans="1:6" ht="123.75" x14ac:dyDescent="0.2">
+      <c r="A576" s="3" t="s">
+        <v>3068</v>
+      </c>
+      <c r="B576" s="15" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C576" s="84" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D576" s="30">
+        <v>46199</v>
+      </c>
+      <c r="E576" s="70"/>
+      <c r="F576" s="70"/>
+    </row>
+    <row r="577" spans="1:6" ht="112.5" x14ac:dyDescent="0.2">
+      <c r="A577" s="4" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B577" s="11" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C577" s="84" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D577" s="20">
+        <v>46202</v>
+      </c>
+      <c r="E577" s="70"/>
+      <c r="F577" s="70"/>
+    </row>
+    <row r="578" spans="1:6" ht="225" x14ac:dyDescent="0.2">
+      <c r="A578" s="3" t="s">
+        <v>3070</v>
+      </c>
+      <c r="B578" s="21" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C578" s="84" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D578" s="30">
+        <v>46351</v>
+      </c>
+      <c r="E578" s="70"/>
+      <c r="F578" s="70"/>
+    </row>
+    <row r="579" spans="1:6" ht="135" x14ac:dyDescent="0.2">
+      <c r="A579" s="3" t="s">
+        <v>3071</v>
+      </c>
+      <c r="B579" s="15" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C579" s="88" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D579" s="20">
+        <v>46204</v>
+      </c>
+      <c r="E579" s="70"/>
+      <c r="F579" s="70"/>
+    </row>
+    <row r="580" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A580" s="3" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B580" s="11" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C580" s="84" t="s">
+        <v>1207</v>
+      </c>
+      <c r="D580" s="30">
+        <v>46200</v>
+      </c>
+      <c r="E580" s="70"/>
+      <c r="F580" s="70"/>
+    </row>
+    <row r="581" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A581" s="3" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B581" s="11" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C581" s="84" t="s">
+        <v>12</v>
+      </c>
+      <c r="D581" s="30">
+        <v>46211</v>
+      </c>
+      <c r="E581" s="70"/>
+      <c r="F581" s="70"/>
+    </row>
+    <row r="582" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A582" s="3" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B582" s="15" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C582" s="84" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D582" s="20">
+        <v>46221</v>
+      </c>
+      <c r="E582" s="70"/>
+      <c r="F582" s="70"/>
+    </row>
+    <row r="583" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A583" s="3" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B583" s="15" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C583" s="84" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D583" s="20">
+        <v>46221</v>
+      </c>
+      <c r="E583" s="70"/>
+      <c r="F583" s="70"/>
+    </row>
+    <row r="584" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A584" s="3" t="s">
+        <v>3072</v>
+      </c>
+      <c r="B584" s="21" t="s">
+        <v>2198</v>
+      </c>
+      <c r="C584" s="84" t="s">
+        <v>36</v>
+      </c>
+      <c r="D584" s="20">
+        <v>46198</v>
+      </c>
+      <c r="E584" s="70"/>
+      <c r="F584" s="70"/>
+    </row>
+    <row r="585" spans="1:6" ht="268.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A585" s="4" t="s">
+        <v>2238</v>
+      </c>
+      <c r="B585" s="11" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C585" s="84" t="s">
+        <v>3521</v>
+      </c>
+      <c r="D585" s="40">
+        <v>46213</v>
+      </c>
+      <c r="E585" s="70"/>
+      <c r="F585" s="70"/>
+    </row>
+    <row r="586" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A586" s="3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B586" s="12" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C586" s="84" t="s">
+        <v>3522</v>
+      </c>
+      <c r="D586" s="30">
+        <v>46207</v>
+      </c>
+      <c r="E586" s="70"/>
+      <c r="F586" s="70"/>
+    </row>
+    <row r="587" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A587" s="3" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B587" s="15" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C587" s="84" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D587" s="30">
+        <v>46250</v>
+      </c>
+      <c r="E587" s="70"/>
+      <c r="F587" s="70"/>
+    </row>
+    <row r="588" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A588" s="3" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B588" s="15" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C588" s="84" t="s">
+        <v>3523</v>
+      </c>
+      <c r="D588" s="30">
+        <v>46349</v>
+      </c>
+      <c r="E588" s="70"/>
+      <c r="F588" s="70"/>
+    </row>
+    <row r="589" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A589" s="3" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B589" s="11" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C589" s="84" t="s">
+        <v>1227</v>
+      </c>
+      <c r="D589" s="20">
+        <v>46226</v>
+      </c>
+      <c r="E589" s="70"/>
+      <c r="F589" s="70"/>
+    </row>
+    <row r="590" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A590" s="3" t="s">
+        <v>3073</v>
+      </c>
+      <c r="B590" s="12" t="s">
+        <v>2447</v>
+      </c>
+      <c r="C590" s="84" t="s">
+        <v>118</v>
+      </c>
+      <c r="D590" s="30">
+        <v>46284</v>
+      </c>
+      <c r="E590" s="70"/>
+      <c r="F590" s="70"/>
+    </row>
+    <row r="591" spans="1:6" ht="246" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A591" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B591" s="11" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C591" s="84" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D591" s="30">
+        <v>46266</v>
+      </c>
+      <c r="E591" s="70"/>
+      <c r="F591" s="70"/>
+    </row>
+    <row r="592" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A592" s="3" t="s">
+        <v>2395</v>
+      </c>
+      <c r="B592" s="15" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C592" s="84" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D592" s="30">
+        <v>46275</v>
+      </c>
+      <c r="E592" s="70"/>
+      <c r="F592" s="70"/>
+    </row>
+    <row r="593" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A593" s="3" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B593" s="11" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C593" s="84" t="s">
+        <v>537</v>
+      </c>
+      <c r="D593" s="20">
+        <v>46274</v>
+      </c>
+      <c r="E593" s="70"/>
+      <c r="F593" s="70"/>
+    </row>
+    <row r="594" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A594" s="3" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B594" s="11" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C594" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D594" s="20">
+        <v>46413</v>
+      </c>
+      <c r="E594" s="70"/>
+      <c r="F594" s="70"/>
+    </row>
+    <row r="595" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A595" s="1" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B595" s="11" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C595" s="84" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D595" s="20">
+        <v>46281</v>
+      </c>
+      <c r="E595" s="70"/>
+      <c r="F595" s="70"/>
+    </row>
+    <row r="596" spans="1:6" ht="247.5" x14ac:dyDescent="0.2">
+      <c r="A596" s="3" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B596" s="11" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C596" s="84" t="s">
+        <v>3268</v>
+      </c>
+      <c r="D596" s="30">
+        <v>46282</v>
+      </c>
+      <c r="E596" s="70"/>
+      <c r="F596" s="70"/>
+    </row>
+    <row r="597" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A597" s="3" t="s">
+        <v>2416</v>
+      </c>
+      <c r="B597" s="11" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C597" s="84" t="s">
+        <v>3524</v>
+      </c>
+      <c r="D597" s="30">
+        <v>46284</v>
+      </c>
+      <c r="E597" s="70"/>
+      <c r="F597" s="70"/>
+    </row>
+    <row r="598" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A598" s="3" t="s">
+        <v>3074</v>
+      </c>
+      <c r="B598" s="15" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C598" s="84" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D598" s="30">
+        <v>46302</v>
+      </c>
+      <c r="E598" s="70"/>
+      <c r="F598" s="70"/>
+    </row>
+    <row r="599" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A599" s="3" t="s">
+        <v>3075</v>
+      </c>
+      <c r="B599" s="15" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C599" s="84" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D599" s="30">
+        <v>46292</v>
+      </c>
+      <c r="E599" s="70"/>
+      <c r="F599" s="70"/>
+    </row>
+    <row r="600" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A600" s="3" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B600" s="15" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C600" s="84" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D600" s="30">
+        <v>46331</v>
+      </c>
+      <c r="E600" s="70"/>
+      <c r="F600" s="70"/>
+    </row>
+    <row r="601" spans="1:6" ht="91.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A601" s="3" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B601" s="15" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C601" s="84" t="s">
+        <v>3269</v>
+      </c>
+      <c r="D601" s="20">
+        <v>46299</v>
+      </c>
+      <c r="E601" s="70"/>
+      <c r="F601" s="70"/>
+    </row>
+    <row r="602" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A602" s="1" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B602" s="11" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C602" s="84" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D602" s="30">
+        <v>46302</v>
+      </c>
+      <c r="E602" s="70"/>
+      <c r="F602" s="70"/>
+    </row>
+    <row r="603" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A603" s="3" t="s">
+        <v>3076</v>
+      </c>
+      <c r="B603" s="15" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C603" s="84" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D603" s="20">
+        <v>46302</v>
+      </c>
+      <c r="E603" s="70"/>
+      <c r="F603" s="70"/>
+    </row>
+    <row r="604" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A604" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B604" s="11" t="s">
+        <v>2473</v>
+      </c>
+      <c r="C604" s="84" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D604" s="20">
+        <v>46312</v>
+      </c>
+      <c r="E604" s="70"/>
+      <c r="F604" s="70"/>
+    </row>
+    <row r="605" spans="1:6" ht="112.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A605" s="4" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B605" s="11" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C605" s="84" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D605" s="20">
+        <v>46465</v>
+      </c>
+      <c r="E605" s="70"/>
+      <c r="F605" s="70"/>
+    </row>
+    <row r="606" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A606" s="3" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B606" s="11" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C606" s="84" t="s">
+        <v>36</v>
+      </c>
+      <c r="D606" s="30">
+        <v>46241</v>
+      </c>
+      <c r="E606" s="70"/>
+      <c r="F606" s="70"/>
+    </row>
+    <row r="607" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A607" s="3" t="s">
+        <v>3077</v>
+      </c>
+      <c r="B607" s="11" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C607" s="84" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D607" s="20">
+        <v>46321</v>
+      </c>
+      <c r="E607" s="70"/>
+      <c r="F607" s="70"/>
+    </row>
+    <row r="608" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A608" s="3" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B608" s="15" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C608" s="84" t="s">
+        <v>3525</v>
+      </c>
+      <c r="D608" s="20">
+        <v>46320</v>
+      </c>
+      <c r="E608" s="70"/>
+      <c r="F608" s="70"/>
+    </row>
+    <row r="609" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A609" s="3" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B609" s="22" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C609" s="84" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D609" s="20">
+        <v>46314</v>
+      </c>
+      <c r="E609" s="70"/>
+      <c r="F609" s="70"/>
+    </row>
+    <row r="610" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A610" s="3" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B610" s="11" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C610" s="84" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D610" s="40">
+        <v>46323</v>
+      </c>
+      <c r="E610" s="70"/>
+      <c r="F610" s="70"/>
+    </row>
+    <row r="611" spans="1:6" ht="310.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A611" s="4" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B611" s="12" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C611" s="84" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D611" s="30">
+        <v>46118</v>
+      </c>
+      <c r="E611" s="70"/>
+      <c r="F611" s="70"/>
+    </row>
+    <row r="612" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A612" s="3" t="s">
+        <v>3078</v>
+      </c>
+      <c r="B612" s="11" t="s">
+        <v>715</v>
+      </c>
+      <c r="C612" s="84" t="s">
+        <v>716</v>
+      </c>
+      <c r="D612" s="30">
+        <v>46280</v>
+      </c>
+      <c r="E612" s="70"/>
+      <c r="F612" s="70"/>
+    </row>
+    <row r="613" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A613" s="3" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B613" s="15" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C613" s="84" t="s">
+        <v>1278</v>
+      </c>
+      <c r="D613" s="30">
+        <v>46350</v>
+      </c>
+      <c r="E613" s="70"/>
+      <c r="F613" s="70"/>
+    </row>
+    <row r="614" spans="1:6" ht="81.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A614" s="3" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B614" s="15" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C614" s="84" t="s">
+        <v>3526</v>
+      </c>
+      <c r="D614" s="30">
+        <v>46347</v>
+      </c>
+      <c r="E614" s="70"/>
+      <c r="F614" s="70"/>
+    </row>
+    <row r="615" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A615" s="3" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B615" s="15" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C615" s="84" t="s">
+        <v>3527</v>
+      </c>
+      <c r="D615" s="30">
+        <v>46349</v>
+      </c>
+      <c r="E615" s="70"/>
+      <c r="F615" s="70"/>
+    </row>
+    <row r="616" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A616" s="3" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B616" s="15" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C616" s="84" t="s">
+        <v>3528</v>
+      </c>
+      <c r="D616" s="30">
+        <v>46348</v>
+      </c>
+      <c r="E616" s="70"/>
+      <c r="F616" s="70"/>
+    </row>
+    <row r="617" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A617" s="3" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B617" s="15" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C617" s="84" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D617" s="30">
+        <v>46349</v>
+      </c>
+      <c r="E617" s="70"/>
+      <c r="F617" s="70"/>
+    </row>
+    <row r="618" spans="1:6" ht="281.25" x14ac:dyDescent="0.2">
+      <c r="A618" s="3" t="s">
+        <v>3079</v>
+      </c>
+      <c r="B618" s="15" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C618" s="84" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D618" s="30">
+        <v>46345</v>
+      </c>
+      <c r="E618" s="70"/>
+      <c r="F618" s="70"/>
+    </row>
+    <row r="619" spans="1:6" ht="135" x14ac:dyDescent="0.2">
+      <c r="A619" s="3" t="s">
+        <v>2549</v>
+      </c>
+      <c r="B619" s="15" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C619" s="84" t="s">
+        <v>3270</v>
+      </c>
+      <c r="D619" s="30">
+        <v>46349</v>
+      </c>
+      <c r="E619" s="70"/>
+      <c r="F619" s="70"/>
+    </row>
+    <row r="620" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A620" s="3" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B620" s="15" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C620" s="84" t="s">
+        <v>3271</v>
+      </c>
+      <c r="D620" s="30">
+        <v>46351</v>
+      </c>
+      <c r="E620" s="70"/>
+      <c r="F620" s="70"/>
+    </row>
+    <row r="621" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A621" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B621" s="15" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C621" s="84" t="s">
+        <v>1294</v>
+      </c>
+      <c r="D621" s="20">
+        <v>46363</v>
+      </c>
+      <c r="E621" s="70"/>
+      <c r="F621" s="70"/>
+    </row>
+    <row r="622" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A622" s="3" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B622" s="11" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C622" s="84" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D622" s="20">
+        <v>46230</v>
+      </c>
+      <c r="E622" s="70"/>
+      <c r="F622" s="70"/>
+    </row>
+    <row r="623" spans="1:6" ht="112.5" x14ac:dyDescent="0.2">
+      <c r="A623" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B623" s="12" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C623" s="84" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D623" s="20">
+        <v>46370</v>
+      </c>
+      <c r="E623" s="70"/>
+      <c r="F623" s="70"/>
+    </row>
+    <row r="624" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A624" s="3" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B624" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C624" s="84" t="s">
+        <v>1302</v>
+      </c>
+      <c r="D624" s="20">
+        <v>46409</v>
+      </c>
+      <c r="E624" s="70"/>
+      <c r="F624" s="70"/>
+    </row>
+    <row r="625" spans="1:6" ht="123.75" x14ac:dyDescent="0.2">
+      <c r="A625" s="3" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B625" s="15" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C625" s="84" t="s">
+        <v>3272</v>
+      </c>
+      <c r="D625" s="30">
+        <v>46379</v>
+      </c>
+      <c r="E625" s="70"/>
+      <c r="F625" s="70"/>
+    </row>
+    <row r="626" spans="1:6" ht="123.75" x14ac:dyDescent="0.2">
+      <c r="A626" s="36" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B626" s="17" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C626" s="84" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D626" s="39">
+        <v>46377</v>
+      </c>
+      <c r="E626" s="70"/>
+      <c r="F626" s="70"/>
+    </row>
+    <row r="627" spans="1:6" ht="180" x14ac:dyDescent="0.2">
+      <c r="A627" s="3" t="s">
+        <v>3081</v>
+      </c>
+      <c r="B627" s="15" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C627" s="84" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D627" s="30">
+        <v>46368</v>
+      </c>
+      <c r="E627" s="70"/>
+      <c r="F627" s="70"/>
+    </row>
+    <row r="628" spans="1:6" ht="123.75" x14ac:dyDescent="0.2">
+      <c r="A628" s="1" t="s">
+        <v>3082</v>
+      </c>
+      <c r="B628" s="12" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C628" s="84" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D628" s="30">
+        <v>46384</v>
+      </c>
+      <c r="E628" s="70"/>
+      <c r="F628" s="70"/>
+    </row>
+    <row r="629" spans="1:6" ht="236.25" x14ac:dyDescent="0.2">
+      <c r="A629" s="3" t="s">
+        <v>3083</v>
+      </c>
+      <c r="B629" s="15" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C629" s="84" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D629" s="20">
+        <v>46394</v>
+      </c>
+      <c r="E629" s="70"/>
+      <c r="F629" s="70"/>
+    </row>
+    <row r="630" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A630" s="3" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B630" s="15" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C630" s="84" t="s">
+        <v>3529</v>
+      </c>
+      <c r="D630" s="20">
+        <v>46320</v>
+      </c>
+      <c r="E630" s="70"/>
+      <c r="F630" s="70"/>
+    </row>
+    <row r="631" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A631" s="3" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B631" s="11" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C631" s="84" t="s">
+        <v>3530</v>
+      </c>
+      <c r="D631" s="20">
+        <v>46478</v>
+      </c>
+      <c r="E631" s="70"/>
+      <c r="F631" s="70"/>
+    </row>
+    <row r="632" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A632" s="3" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B632" s="15" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C632" s="84" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D632" s="20">
+        <v>46493</v>
+      </c>
+      <c r="E632" s="70"/>
+      <c r="F632" s="70"/>
+    </row>
+    <row r="633" spans="1:6" ht="180" x14ac:dyDescent="0.2">
+      <c r="A633" s="3" t="s">
+        <v>3084</v>
+      </c>
+      <c r="B633" s="15" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C633" s="84" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D633" s="30">
+        <v>46411</v>
+      </c>
+      <c r="E633" s="70"/>
+      <c r="F633" s="70"/>
+    </row>
+    <row r="634" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A634" s="3" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B634" s="15" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C634" s="84" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D634" s="30">
+        <v>46417</v>
+      </c>
+      <c r="E634" s="70"/>
+      <c r="F634" s="70"/>
+    </row>
+    <row r="635" spans="1:6" ht="146.25" x14ac:dyDescent="0.2">
+      <c r="A635" s="3" t="s">
+        <v>2251</v>
+      </c>
+      <c r="B635" s="21" t="s">
+        <v>2250</v>
+      </c>
+      <c r="C635" s="84" t="s">
+        <v>10</v>
+      </c>
+      <c r="D635" s="20">
+        <v>46214</v>
+      </c>
+      <c r="E635" s="70"/>
+      <c r="F635" s="70"/>
+    </row>
+    <row r="636" spans="1:6" ht="167.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A636" s="3" t="s">
+        <v>3531</v>
+      </c>
+      <c r="B636" s="11" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C636" s="84" t="s">
+        <v>442</v>
+      </c>
+      <c r="D636" s="20">
+        <v>46353</v>
+      </c>
+      <c r="E636" s="70"/>
+      <c r="F636" s="70"/>
+    </row>
+    <row r="637" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A637" s="3" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B637" s="37" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C637" s="84" t="s">
+        <v>3532</v>
+      </c>
+      <c r="D637" s="30">
+        <v>46478</v>
+      </c>
+      <c r="E637" s="70"/>
+      <c r="F637" s="70"/>
+    </row>
+    <row r="638" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A638" s="3" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B638" s="15" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C638" s="84" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D638" s="30">
+        <v>46459</v>
+      </c>
+      <c r="E638" s="70"/>
+      <c r="F638" s="70"/>
+    </row>
+    <row r="639" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A639" s="3" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B639" s="15" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C639" s="84" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D639" s="30">
+        <v>46418</v>
+      </c>
+      <c r="E639" s="70"/>
+      <c r="F639" s="70"/>
+    </row>
+    <row r="640" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A640" s="3" t="s">
+        <v>3085</v>
+      </c>
+      <c r="B640" s="15" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C640" s="84" t="s">
+        <v>3533</v>
+      </c>
+      <c r="D640" s="30">
+        <v>46420</v>
+      </c>
+      <c r="E640" s="70"/>
+      <c r="F640" s="70"/>
+    </row>
+    <row r="641" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A641" s="3" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B641" s="15" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C641" s="84" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D641" s="30">
+        <v>46425</v>
+      </c>
+      <c r="E641" s="70"/>
+      <c r="F641" s="70"/>
+    </row>
+    <row r="642" spans="1:6" ht="225" x14ac:dyDescent="0.2">
+      <c r="A642" s="3" t="s">
+        <v>2689</v>
+      </c>
+      <c r="B642" s="15" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C642" s="84" t="s">
+        <v>85</v>
+      </c>
+      <c r="D642" s="30">
+        <v>46424</v>
+      </c>
+      <c r="E642" s="70"/>
+      <c r="F642" s="70"/>
+    </row>
+    <row r="643" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A643" s="3" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B643" s="15" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C643" s="84" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D643" s="30">
+        <v>46368</v>
+      </c>
+      <c r="E643" s="70"/>
+      <c r="F643" s="70"/>
+    </row>
+    <row r="644" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A644" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B644" s="15" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C644" s="84" t="s">
+        <v>903</v>
+      </c>
+      <c r="D644" s="30">
+        <v>46456</v>
+      </c>
+      <c r="E644" s="70"/>
+      <c r="F644" s="70"/>
+    </row>
+    <row r="645" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A645" s="3" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B645" s="12" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C645" s="93" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D645" s="30">
+        <v>46455</v>
+      </c>
+      <c r="E645" s="70"/>
+      <c r="F645" s="70"/>
+    </row>
+    <row r="646" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A646" s="3" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B646" s="15" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C646" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D646" s="30">
+        <v>46428</v>
+      </c>
+      <c r="E646" s="70"/>
+      <c r="F646" s="70"/>
+    </row>
+    <row r="647" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A647" s="3" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B647" s="15" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C647" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D647" s="30">
+        <v>46428</v>
+      </c>
+      <c r="E647" s="70"/>
+      <c r="F647" s="70"/>
+    </row>
+    <row r="648" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A648" s="3" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B648" s="15" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C648" s="84" t="s">
+        <v>3534</v>
+      </c>
+      <c r="D648" s="30">
+        <v>46428</v>
+      </c>
+      <c r="E648" s="70"/>
+      <c r="F648" s="70"/>
+    </row>
+    <row r="649" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A649" s="3" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B649" s="15" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C649" s="87" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D649" s="30">
+        <v>46435</v>
+      </c>
+      <c r="E649" s="70"/>
+      <c r="F649" s="70"/>
+    </row>
+    <row r="650" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A650" s="3" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B650" s="22" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C650" s="84" t="s">
+        <v>625</v>
+      </c>
+      <c r="D650" s="30">
+        <v>46433</v>
+      </c>
+      <c r="E650" s="70"/>
+      <c r="F650" s="70"/>
+    </row>
+    <row r="651" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A651" s="3" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B651" s="15" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C651" s="84" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D651" s="30">
+        <v>46460</v>
+      </c>
+      <c r="E651" s="70"/>
+      <c r="F651" s="70"/>
+    </row>
+    <row r="652" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A652" s="3" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B652" s="22" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C652" s="84" t="s">
+        <v>625</v>
+      </c>
+      <c r="D652" s="30">
+        <v>46433</v>
+      </c>
+      <c r="E652" s="70"/>
+      <c r="F652" s="70"/>
+    </row>
+    <row r="653" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A653" s="3" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B653" s="15" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C653" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D653" s="30">
+        <v>46435</v>
+      </c>
+      <c r="E653" s="70"/>
+      <c r="F653" s="70"/>
+    </row>
+    <row r="654" spans="1:6" ht="207.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A654" s="2" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B654" s="21" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C654" s="84" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D654" s="20">
+        <v>46438</v>
+      </c>
+      <c r="E654" s="70"/>
+      <c r="F654" s="70"/>
+    </row>
+    <row r="655" spans="1:6" ht="180" x14ac:dyDescent="0.2">
+      <c r="A655" s="3" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B655" s="15" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C655" s="84" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D655" s="30">
+        <v>46438</v>
+      </c>
+      <c r="E655" s="70"/>
+      <c r="F655" s="70"/>
+    </row>
+    <row r="656" spans="1:6" ht="157.5" x14ac:dyDescent="0.2">
+      <c r="A656" s="3" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B656" s="15" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C656" s="84" t="s">
+        <v>3535</v>
+      </c>
+      <c r="D656" s="30">
+        <v>46439</v>
+      </c>
+      <c r="E656" s="70"/>
+      <c r="F656" s="70"/>
+    </row>
+    <row r="657" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A657" s="3" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B657" s="15" t="s">
+        <v>2619</v>
+      </c>
+      <c r="C657" s="84" t="s">
+        <v>3536</v>
+      </c>
+      <c r="D657" s="30">
+        <v>46440</v>
+      </c>
+      <c r="E657" s="70"/>
+      <c r="F657" s="70"/>
+    </row>
+    <row r="658" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A658" s="3" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B658" s="12" t="s">
+        <v>1373</v>
+      </c>
+      <c r="C658" s="84" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D658" s="30">
+        <v>46441</v>
+      </c>
+      <c r="E658" s="70"/>
+      <c r="F658" s="70"/>
+    </row>
+    <row r="659" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A659" s="3" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B659" s="11" t="s">
+        <v>1376</v>
+      </c>
+      <c r="C659" s="84" t="s">
+        <v>642</v>
+      </c>
+      <c r="D659" s="20">
+        <v>46440</v>
+      </c>
+      <c r="E659" s="70"/>
+      <c r="F659" s="70"/>
+    </row>
+    <row r="660" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A660" s="3" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B660" s="15" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C660" s="84" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D660" s="30">
+        <v>46441</v>
+      </c>
+      <c r="E660" s="70"/>
+      <c r="F660" s="70"/>
+    </row>
+    <row r="661" spans="1:6" ht="281.25" x14ac:dyDescent="0.2">
+      <c r="A661" s="1" t="s">
+        <v>3086</v>
+      </c>
+      <c r="B661" s="12" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C661" s="84" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D661" s="20">
+        <v>46446</v>
+      </c>
+      <c r="E661" s="70"/>
+      <c r="F661" s="70"/>
+    </row>
+    <row r="662" spans="1:6" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A662" s="3" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B662" s="15" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C662" s="84" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D662" s="30">
+        <v>46441</v>
+      </c>
+      <c r="E662" s="70"/>
+      <c r="F662" s="70"/>
+    </row>
+    <row r="663" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A663" s="3" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B663" s="15" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C663" s="84" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D663" s="49">
+        <v>46446</v>
+      </c>
+      <c r="E663" s="70"/>
+      <c r="F663" s="70"/>
+    </row>
+    <row r="664" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A664" s="3" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B664" s="15" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C664" s="84" t="s">
+        <v>3537</v>
+      </c>
+      <c r="D664" s="30">
+        <v>46454</v>
+      </c>
+      <c r="E664" s="70"/>
+      <c r="F664" s="70"/>
+    </row>
+    <row r="665" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A665" s="3" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B665" s="12" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C665" s="84" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D665" s="30">
+        <v>46455</v>
+      </c>
+      <c r="E665" s="70"/>
+      <c r="F665" s="70"/>
+    </row>
+    <row r="666" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A666" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B666" s="11" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C666" s="84" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D666" s="20">
+        <v>46459</v>
+      </c>
+      <c r="E666" s="70"/>
+      <c r="F666" s="70"/>
+    </row>
+    <row r="667" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A667" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B667" s="15" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C667" s="84" t="s">
+        <v>3538</v>
+      </c>
+      <c r="D667" s="30">
+        <v>46140</v>
+      </c>
+      <c r="E667" s="70"/>
+      <c r="F667" s="70"/>
+    </row>
+    <row r="668" spans="1:6" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A668" s="3" t="s">
+        <v>3218</v>
+      </c>
+      <c r="B668" s="15" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C668" s="84" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D668" s="30">
+        <v>46141</v>
+      </c>
+      <c r="E668" s="70"/>
+      <c r="F668" s="70"/>
+    </row>
+    <row r="669" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A669" s="3" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B669" s="15" t="s">
+        <v>1400</v>
+      </c>
+      <c r="C669" s="84" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D669" s="30">
+        <v>46140</v>
+      </c>
+      <c r="E669" s="70"/>
+      <c r="F669" s="70"/>
+    </row>
+    <row r="670" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A670" s="3" t="s">
+        <v>3087</v>
+      </c>
+      <c r="B670" s="15" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C670" s="84" t="s">
+        <v>1403</v>
+      </c>
+      <c r="D670" s="30">
+        <v>46145</v>
+      </c>
+      <c r="E670" s="70"/>
+      <c r="F670" s="70"/>
+    </row>
+    <row r="671" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A671" s="3" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B671" s="15" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C671" s="84" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D671" s="30">
+        <v>46151</v>
+      </c>
+      <c r="E671" s="70"/>
+      <c r="F671" s="70"/>
+    </row>
+    <row r="672" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A672" s="3" t="s">
+        <v>2718</v>
+      </c>
+      <c r="B672" s="15" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C672" s="84" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D672" s="30">
+        <v>46386</v>
+      </c>
+      <c r="E672" s="70"/>
+      <c r="F672" s="70"/>
+    </row>
+    <row r="673" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A673" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B673" s="15" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C673" s="84" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D673" s="30">
+        <v>46153</v>
+      </c>
+      <c r="E673" s="70"/>
+      <c r="F673" s="70"/>
+    </row>
+    <row r="674" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A674" s="3" t="s">
+        <v>3088</v>
+      </c>
+      <c r="B674" s="15" t="s">
+        <v>825</v>
+      </c>
+      <c r="C674" s="84" t="s">
+        <v>826</v>
+      </c>
+      <c r="D674" s="20">
+        <v>46142</v>
+      </c>
+      <c r="E674" s="70"/>
+      <c r="F674" s="70"/>
+    </row>
+    <row r="675" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A675" s="3" t="s">
+        <v>3089</v>
+      </c>
+      <c r="B675" s="15" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C675" s="84" t="s">
+        <v>1413</v>
+      </c>
+      <c r="D675" s="30">
+        <v>46476</v>
+      </c>
+      <c r="E675" s="70"/>
+      <c r="F675" s="70"/>
+    </row>
+    <row r="676" spans="1:6" ht="168.75" x14ac:dyDescent="0.2">
+      <c r="A676" s="4" t="s">
+        <v>3539</v>
+      </c>
+      <c r="B676" s="11" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C676" s="84" t="s">
+        <v>1415</v>
+      </c>
+      <c r="D676" s="20">
+        <v>46116</v>
+      </c>
+      <c r="E676" s="70"/>
+      <c r="F676" s="70"/>
+    </row>
+    <row r="677" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A677" s="1" t="s">
+        <v>3090</v>
+      </c>
+      <c r="B677" s="11" t="s">
+        <v>1416</v>
+      </c>
+      <c r="C677" s="84" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D677" s="20">
+        <v>46168</v>
+      </c>
+      <c r="E677" s="70"/>
+      <c r="F677" s="70"/>
+    </row>
+    <row r="678" spans="1:6" ht="112.5" x14ac:dyDescent="0.2">
+      <c r="A678" s="3" t="s">
+        <v>2308</v>
+      </c>
+      <c r="B678" s="11" t="s">
+        <v>2307</v>
+      </c>
+      <c r="C678" s="84" t="s">
+        <v>4</v>
+      </c>
+      <c r="D678" s="20">
+        <v>46240</v>
+      </c>
+      <c r="E678" s="70"/>
+      <c r="F678" s="70"/>
+    </row>
+    <row r="679" spans="1:6" ht="281.25" x14ac:dyDescent="0.2">
+      <c r="A679" s="3" t="s">
+        <v>3091</v>
+      </c>
+      <c r="B679" s="15" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C679" s="84" t="s">
+        <v>1419</v>
+      </c>
+      <c r="D679" s="20">
+        <v>46180</v>
+      </c>
+      <c r="E679" s="70"/>
+      <c r="F679" s="70"/>
+    </row>
+    <row r="680" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A680" s="3" t="s">
+        <v>3092</v>
+      </c>
+      <c r="B680" s="11" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C680" s="84" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D680" s="20">
+        <v>46491</v>
+      </c>
+      <c r="E680" s="70"/>
+      <c r="F680" s="70"/>
+    </row>
+    <row r="681" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A681" s="3" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B681" s="11" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C681" s="84" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D681" s="20">
+        <v>46180</v>
+      </c>
+      <c r="E681" s="70"/>
+      <c r="F681" s="70"/>
+    </row>
+    <row r="682" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A682" s="3" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B682" s="15" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C682" s="84" t="s">
+        <v>3540</v>
+      </c>
+      <c r="D682" s="30">
+        <v>46183</v>
+      </c>
+      <c r="E682" s="70"/>
+      <c r="F682" s="70"/>
+    </row>
+    <row r="683" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A683" s="3" t="s">
+        <v>3093</v>
+      </c>
+      <c r="B683" s="11" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C683" s="84" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D683" s="20">
+        <v>46144</v>
+      </c>
+      <c r="E683" s="70"/>
+      <c r="F683" s="70"/>
+    </row>
+    <row r="684" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A684" s="3" t="s">
+        <v>3094</v>
+      </c>
+      <c r="B684" s="15" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C684" s="84" t="s">
+        <v>1430</v>
+      </c>
+      <c r="D684" s="20">
+        <v>46189</v>
+      </c>
+      <c r="E684" s="70"/>
+      <c r="F684" s="70"/>
+    </row>
+    <row r="685" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A685" s="3" t="s">
+        <v>2362</v>
+      </c>
+      <c r="B685" s="15" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C685" s="84" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D685" s="20">
+        <v>46191</v>
+      </c>
+      <c r="E685" s="70"/>
+      <c r="F685" s="70"/>
+    </row>
+    <row r="686" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A686" s="3" t="s">
+        <v>3095</v>
+      </c>
+      <c r="B686" s="12" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C686" s="84" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D686" s="30">
+        <v>46194</v>
+      </c>
+      <c r="E686" s="70"/>
+      <c r="F686" s="70"/>
+    </row>
+    <row r="687" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A687" s="3" t="s">
+        <v>2306</v>
+      </c>
+      <c r="B687" s="15" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C687" s="84" t="s">
+        <v>3541</v>
+      </c>
+      <c r="D687" s="20">
+        <v>46194</v>
+      </c>
+      <c r="E687" s="70"/>
+      <c r="F687" s="70"/>
+    </row>
+    <row r="688" spans="1:6" ht="213.75" x14ac:dyDescent="0.2">
+      <c r="A688" s="1" t="s">
+        <v>1436</v>
+      </c>
+      <c r="B688" s="11" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C688" s="84" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D688" s="20">
+        <v>46195</v>
+      </c>
+      <c r="E688" s="70"/>
+      <c r="F688" s="70"/>
+    </row>
+    <row r="689" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A689" s="3" t="s">
+        <v>3096</v>
+      </c>
+      <c r="B689" s="11" t="s">
+        <v>1439</v>
+      </c>
+      <c r="C689" s="84" t="s">
+        <v>1440</v>
+      </c>
+      <c r="D689" s="20">
+        <v>46196</v>
+      </c>
+      <c r="E689" s="70"/>
+      <c r="F689" s="70"/>
+    </row>
+    <row r="690" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A690" s="3" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B690" s="11" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C690" s="84" t="s">
+        <v>36</v>
+      </c>
+      <c r="D690" s="20">
+        <v>46204</v>
+      </c>
+      <c r="E690" s="70"/>
+      <c r="F690" s="70"/>
+    </row>
+    <row r="691" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A691" s="3" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B691" s="15" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C691" s="84" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D691" s="20">
+        <v>46197</v>
+      </c>
+      <c r="E691" s="70"/>
+      <c r="F691" s="70"/>
+    </row>
+    <row r="692" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A692" s="3" t="s">
+        <v>2166</v>
+      </c>
+      <c r="B692" s="15" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C692" s="84" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D692" s="20">
+        <v>46251</v>
+      </c>
+      <c r="E692" s="70"/>
+      <c r="F692" s="70"/>
+    </row>
+    <row r="693" spans="1:6" ht="146.25" x14ac:dyDescent="0.2">
+      <c r="A693" s="3" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B693" s="11" t="s">
+        <v>2231</v>
+      </c>
+      <c r="C693" s="84" t="s">
+        <v>1449</v>
+      </c>
+      <c r="D693" s="30">
+        <v>46465</v>
+      </c>
+      <c r="E693" s="70"/>
+      <c r="F693" s="70"/>
+    </row>
+    <row r="694" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A694" s="3" t="s">
+        <v>3097</v>
+      </c>
+      <c r="B694" s="11" t="s">
+        <v>451</v>
+      </c>
+      <c r="C694" s="84" t="s">
+        <v>3542</v>
+      </c>
+      <c r="D694" s="30">
+        <v>46250</v>
+      </c>
+      <c r="E694" s="70"/>
+      <c r="F694" s="70"/>
+    </row>
+    <row r="695" spans="1:6" ht="123.75" x14ac:dyDescent="0.2">
+      <c r="A695" s="3" t="s">
+        <v>3098</v>
+      </c>
+      <c r="B695" s="11" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C695" s="84" t="s">
+        <v>13</v>
+      </c>
+      <c r="D695" s="30">
+        <v>46214</v>
+      </c>
+      <c r="E695" s="70"/>
+      <c r="F695" s="70"/>
+    </row>
+    <row r="696" spans="1:6" ht="157.5" x14ac:dyDescent="0.2">
+      <c r="A696" s="3" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B696" s="15" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C696" s="84" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D696" s="30">
+        <v>46216</v>
+      </c>
+      <c r="E696" s="70"/>
+      <c r="F696" s="70"/>
+    </row>
+    <row r="697" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A697" s="3" t="s">
+        <v>1454</v>
+      </c>
+      <c r="B697" s="15" t="s">
+        <v>1455</v>
+      </c>
+      <c r="C697" s="84" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D697" s="30">
+        <v>46124</v>
+      </c>
+      <c r="E697" s="70"/>
+      <c r="F697" s="70"/>
+    </row>
+    <row r="698" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A698" s="3" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B698" s="11" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C698" s="84" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D698" s="20">
+        <v>46220</v>
+      </c>
+      <c r="E698" s="70"/>
+      <c r="F698" s="70"/>
+    </row>
+    <row r="699" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A699" s="1" t="s">
+        <v>2165</v>
+      </c>
+      <c r="B699" s="12" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C699" s="84" t="s">
+        <v>3273</v>
+      </c>
+      <c r="D699" s="30">
+        <v>46220</v>
+      </c>
+      <c r="E699" s="70"/>
+      <c r="F699" s="70"/>
+    </row>
+    <row r="700" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A700" s="3" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B700" s="11" t="s">
+        <v>2245</v>
+      </c>
+      <c r="C700" s="84" t="s">
+        <v>1462</v>
+      </c>
+      <c r="D700" s="30">
+        <v>46214</v>
+      </c>
+      <c r="E700" s="70"/>
+      <c r="F700" s="70"/>
+    </row>
+    <row r="701" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A701" s="3" t="s">
+        <v>2257</v>
+      </c>
+      <c r="B701" s="15" t="s">
+        <v>2258</v>
+      </c>
+      <c r="C701" s="84" t="s">
+        <v>12</v>
+      </c>
+      <c r="D701" s="30">
+        <v>46219</v>
+      </c>
+      <c r="E701" s="70"/>
+      <c r="F701" s="70"/>
+    </row>
+    <row r="702" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A702" s="3" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B702" s="15" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C702" s="84" t="s">
+        <v>362</v>
+      </c>
+      <c r="D702" s="30">
+        <v>46230</v>
+      </c>
+      <c r="E702" s="70"/>
+      <c r="F702" s="70"/>
+    </row>
+    <row r="703" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A703" s="3" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B703" s="15" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C703" s="84" t="s">
+        <v>362</v>
+      </c>
+      <c r="D703" s="30">
+        <v>46230</v>
+      </c>
+      <c r="E703" s="70"/>
+      <c r="F703" s="70"/>
+    </row>
+    <row r="704" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A704" s="3" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B704" s="15" t="s">
+        <v>1468</v>
+      </c>
+      <c r="C704" s="84" t="s">
+        <v>3543</v>
+      </c>
+      <c r="D704" s="30">
+        <v>46374</v>
+      </c>
+      <c r="E704" s="70"/>
+      <c r="F704" s="70"/>
+    </row>
+    <row r="705" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A705" s="3" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B705" s="15" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C705" s="84" t="s">
+        <v>3274</v>
+      </c>
+      <c r="D705" s="30">
+        <v>46231</v>
+      </c>
+      <c r="E705" s="70"/>
+      <c r="F705" s="70"/>
+    </row>
+    <row r="706" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A706" s="3" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B706" s="15" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C706" s="84" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D706" s="30">
+        <v>46231</v>
+      </c>
+      <c r="E706" s="70"/>
+      <c r="F706" s="70"/>
+    </row>
+    <row r="707" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A707" s="3" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B707" s="15" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C707" s="84" t="s">
+        <v>3544</v>
+      </c>
+      <c r="D707" s="30">
+        <v>46234</v>
+      </c>
+      <c r="E707" s="70"/>
+      <c r="F707" s="70"/>
+    </row>
+    <row r="708" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A708" s="3" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B708" s="15" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C708" s="84" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D708" s="30">
+        <v>46345</v>
+      </c>
+      <c r="E708" s="70"/>
+      <c r="F708" s="70"/>
+    </row>
+    <row r="709" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A709" s="3" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B709" s="15" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C709" s="84" t="s">
+        <v>1481</v>
+      </c>
+      <c r="D709" s="30">
+        <v>46237</v>
+      </c>
+      <c r="E709" s="70"/>
+      <c r="F709" s="70"/>
+    </row>
+    <row r="710" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A710" s="3" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B710" s="15" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C710" s="84" t="s">
+        <v>118</v>
+      </c>
+      <c r="D710" s="30">
+        <v>46237</v>
+      </c>
+      <c r="E710" s="70"/>
+      <c r="F710" s="70"/>
+    </row>
+    <row r="711" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A711" s="3" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B711" s="15" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C711" s="84" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D711" s="30">
+        <v>46459</v>
+      </c>
+      <c r="E711" s="70"/>
+      <c r="F711" s="70"/>
+    </row>
+    <row r="712" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A712" s="3" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B712" s="15" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C712" s="84" t="s">
+        <v>1489</v>
+      </c>
+      <c r="D712" s="30">
+        <v>46374</v>
+      </c>
+      <c r="E712" s="70"/>
+      <c r="F712" s="70"/>
+    </row>
+    <row r="713" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A713" s="3" t="s">
+        <v>3099</v>
+      </c>
+      <c r="B713" s="15" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C713" s="84" t="s">
+        <v>3545</v>
+      </c>
+      <c r="D713" s="30">
+        <v>46250</v>
+      </c>
+      <c r="E713" s="70"/>
+      <c r="F713" s="70"/>
+    </row>
+    <row r="714" spans="1:6" ht="337.5" x14ac:dyDescent="0.2">
+      <c r="A714" s="8" t="s">
+        <v>3100</v>
+      </c>
+      <c r="B714" s="11" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C714" s="84" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D714" s="20">
+        <v>46436</v>
+      </c>
+      <c r="E714" s="70"/>
+      <c r="F714" s="70"/>
+    </row>
+    <row r="715" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A715" s="3" t="s">
+        <v>2299</v>
+      </c>
+      <c r="B715" s="15" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C715" s="84" t="s">
+        <v>1494</v>
+      </c>
+      <c r="D715" s="30">
+        <v>46235</v>
+      </c>
+      <c r="E715" s="70"/>
+      <c r="F715" s="70"/>
+    </row>
+    <row r="716" spans="1:6" ht="105.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A716" s="3" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B716" s="11" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C716" s="84" t="s">
+        <v>3546</v>
+      </c>
+      <c r="D716" s="30">
+        <v>46270</v>
+      </c>
+      <c r="E716" s="70"/>
+      <c r="F716" s="70"/>
+    </row>
+    <row r="717" spans="1:6" ht="202.5" x14ac:dyDescent="0.2">
+      <c r="A717" s="2" t="s">
+        <v>3101</v>
+      </c>
+      <c r="B717" s="21" t="s">
+        <v>2322</v>
+      </c>
+      <c r="C717" s="84" t="s">
+        <v>3547</v>
+      </c>
+      <c r="D717" s="20">
+        <v>46242</v>
+      </c>
+      <c r="E717" s="70"/>
+      <c r="F717" s="70"/>
+    </row>
+    <row r="718" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A718" s="3" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B718" s="15" t="s">
+        <v>2486</v>
+      </c>
+      <c r="C718" s="84" t="s">
+        <v>2485</v>
+      </c>
+      <c r="D718" s="30">
+        <v>46296</v>
+      </c>
+      <c r="E718" s="70"/>
+      <c r="F718" s="70"/>
+    </row>
+    <row r="719" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A719" s="3" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B719" s="11" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C719" s="93" t="s">
+        <v>1499</v>
+      </c>
+      <c r="D719" s="30">
+        <v>46467</v>
+      </c>
+      <c r="E719" s="70"/>
+      <c r="F719" s="70"/>
+    </row>
+    <row r="720" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A720" s="3" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B720" s="11" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C720" s="84" t="s">
+        <v>1499</v>
+      </c>
+      <c r="D720" s="30">
+        <v>46273</v>
+      </c>
+      <c r="E720" s="70"/>
+      <c r="F720" s="70"/>
+    </row>
+    <row r="721" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A721" s="3" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B721" s="11" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C721" s="84" t="s">
+        <v>1502</v>
+      </c>
+      <c r="D721" s="30">
+        <v>46273</v>
+      </c>
+      <c r="E721" s="70"/>
+      <c r="F721" s="70"/>
+    </row>
+    <row r="722" spans="1:6" ht="175.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A722" s="2" t="s">
+        <v>3102</v>
+      </c>
+      <c r="B722" s="11" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C722" s="84" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D722" s="20">
+        <v>46237</v>
+      </c>
+      <c r="E722" s="70"/>
+      <c r="F722" s="70"/>
+    </row>
+    <row r="723" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A723" s="3" t="s">
+        <v>3103</v>
+      </c>
+      <c r="B723" s="15" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C723" s="84" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D723" s="30">
+        <v>46201</v>
+      </c>
+      <c r="E723" s="70"/>
+      <c r="F723" s="70"/>
+    </row>
+    <row r="724" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A724" s="3" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B724" s="12" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C724" s="84" t="s">
+        <v>3548</v>
+      </c>
+      <c r="D724" s="30">
+        <v>46286</v>
+      </c>
+      <c r="E724" s="70"/>
+      <c r="F724" s="70"/>
+    </row>
+    <row r="725" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A725" s="3" t="s">
+        <v>1511</v>
+      </c>
+      <c r="B725" s="11" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C725" s="84" t="s">
+        <v>3549</v>
+      </c>
+      <c r="D725" s="30">
+        <v>46291</v>
+      </c>
+      <c r="E725" s="70"/>
+      <c r="F725" s="70"/>
+    </row>
+    <row r="726" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A726" s="3" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B726" s="15" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C726" s="84" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D726" s="20">
+        <v>46323</v>
+      </c>
+      <c r="E726" s="70"/>
+      <c r="F726" s="70"/>
+    </row>
+    <row r="727" spans="1:6" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A727" s="3" t="s">
+        <v>3104</v>
+      </c>
+      <c r="B727" s="22" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C727" s="84" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D727" s="30">
+        <v>46297</v>
+      </c>
+      <c r="E727" s="70"/>
+      <c r="F727" s="70"/>
+    </row>
+    <row r="728" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A728" s="3" t="s">
+        <v>1517</v>
+      </c>
+      <c r="B728" s="15" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C728" s="84" t="s">
+        <v>3550</v>
+      </c>
+      <c r="D728" s="30">
+        <v>46308</v>
+      </c>
+      <c r="E728" s="70"/>
+      <c r="F728" s="70"/>
+    </row>
+    <row r="729" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A729" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B729" s="11" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C729" s="84" t="s">
+        <v>1521</v>
+      </c>
+      <c r="D729" s="20">
+        <v>46312</v>
+      </c>
+      <c r="E729" s="70"/>
+      <c r="F729" s="70"/>
+    </row>
+    <row r="730" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A730" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B730" s="11" t="s">
+        <v>2475</v>
+      </c>
+      <c r="C730" s="84" t="s">
+        <v>1523</v>
+      </c>
+      <c r="D730" s="30">
+        <v>46312</v>
+      </c>
+      <c r="E730" s="70"/>
+      <c r="F730" s="70"/>
+    </row>
+    <row r="731" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A731" s="3" t="s">
+        <v>1524</v>
+      </c>
+      <c r="B731" s="15" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C731" s="84" t="s">
+        <v>1526</v>
+      </c>
+      <c r="D731" s="30">
+        <v>46312</v>
+      </c>
+      <c r="E731" s="70"/>
+      <c r="F731" s="70"/>
+    </row>
+    <row r="732" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A732" s="3" t="s">
+        <v>3105</v>
+      </c>
+      <c r="B732" s="15" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C732" s="84" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D732" s="30">
+        <v>46320</v>
+      </c>
+      <c r="E732" s="70"/>
+      <c r="F732" s="70"/>
+    </row>
+    <row r="733" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A733" s="3" t="s">
+        <v>1529</v>
+      </c>
+      <c r="B733" s="15" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C733" s="84" t="s">
+        <v>3551</v>
+      </c>
+      <c r="D733" s="30">
+        <v>46478</v>
+      </c>
+      <c r="E733" s="70"/>
+      <c r="F733" s="70"/>
+    </row>
+    <row r="734" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A734" s="3" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B734" s="11" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C734" s="84" t="s">
+        <v>766</v>
+      </c>
+      <c r="D734" s="20">
+        <v>46359</v>
+      </c>
+      <c r="E734" s="70"/>
+      <c r="F734" s="70"/>
+    </row>
+    <row r="735" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A735" s="3" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B735" s="15" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C735" s="84" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D735" s="30">
+        <v>46321</v>
+      </c>
+      <c r="E735" s="70"/>
+      <c r="F735" s="70"/>
+    </row>
+    <row r="736" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A736" s="44" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B736" s="15" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C736" s="84" t="s">
+        <v>1538</v>
+      </c>
+      <c r="D736" s="30">
+        <v>46322</v>
+      </c>
+      <c r="E736" s="70"/>
+      <c r="F736" s="70"/>
+    </row>
+    <row r="737" spans="1:6" ht="258.75" x14ac:dyDescent="0.2">
+      <c r="A737" s="3" t="s">
+        <v>2865</v>
+      </c>
+      <c r="B737" s="11" t="s">
+        <v>2354</v>
+      </c>
+      <c r="C737" s="84" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D737" s="30">
+        <v>46215</v>
+      </c>
+      <c r="E737" s="70"/>
+      <c r="F737" s="70"/>
+    </row>
+    <row r="738" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A738" s="3" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B738" s="15" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C738" s="84" t="s">
+        <v>1542</v>
+      </c>
+      <c r="D738" s="30">
+        <v>46340</v>
+      </c>
+      <c r="E738" s="70"/>
+      <c r="F738" s="70"/>
+    </row>
+    <row r="739" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A739" s="4" t="s">
+        <v>3106</v>
+      </c>
+      <c r="B739" s="11" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C739" s="84" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D739" s="20">
+        <v>46323</v>
+      </c>
+      <c r="E739" s="70"/>
+      <c r="F739" s="70"/>
+    </row>
+    <row r="740" spans="1:6" ht="201" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A740" s="4" t="s">
+        <v>3107</v>
+      </c>
+      <c r="B740" s="11" t="s">
+        <v>2593</v>
+      </c>
+      <c r="C740" s="84" t="s">
+        <v>1545</v>
+      </c>
+      <c r="D740" s="20">
+        <v>46351</v>
+      </c>
+      <c r="E740" s="70"/>
+      <c r="F740" s="70"/>
+    </row>
+    <row r="741" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A741" s="3" t="s">
+        <v>3552</v>
+      </c>
+      <c r="B741" s="21" t="s">
+        <v>2335</v>
+      </c>
+      <c r="C741" s="84" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D741" s="20">
+        <v>46113</v>
+      </c>
+      <c r="E741" s="70"/>
+      <c r="F741" s="70"/>
+    </row>
+    <row r="742" spans="1:6" ht="146.25" x14ac:dyDescent="0.2">
+      <c r="A742" s="3" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B742" s="15" t="s">
+        <v>2670</v>
+      </c>
+      <c r="C742" s="84" t="s">
+        <v>3553</v>
+      </c>
+      <c r="D742" s="30">
+        <v>46353</v>
+      </c>
+      <c r="E742" s="70"/>
+      <c r="F742" s="70"/>
+    </row>
+    <row r="743" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A743" s="3" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B743" s="11" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C743" s="84" t="s">
+        <v>1551</v>
+      </c>
+      <c r="D743" s="30">
+        <v>46371</v>
+      </c>
+      <c r="E743" s="70"/>
+      <c r="F743" s="70"/>
+    </row>
+    <row r="744" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A744" s="3" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B744" s="15" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C744" s="84" t="s">
+        <v>3275</v>
+      </c>
+      <c r="D744" s="30">
+        <v>46367</v>
+      </c>
+      <c r="E744" s="70"/>
+      <c r="F744" s="70"/>
+    </row>
+    <row r="745" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A745" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B745" s="11" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C745" s="84" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D745" s="20">
+        <v>46371</v>
+      </c>
+      <c r="E745" s="70"/>
+      <c r="F745" s="70"/>
+    </row>
+    <row r="746" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A746" s="3" t="s">
+        <v>2685</v>
+      </c>
+      <c r="B746" s="15" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C746" s="84" t="s">
+        <v>3276</v>
+      </c>
+      <c r="D746" s="30">
+        <v>46371</v>
+      </c>
+      <c r="E746" s="70"/>
+      <c r="F746" s="70"/>
+    </row>
+    <row r="747" spans="1:6" ht="123.75" x14ac:dyDescent="0.2">
+      <c r="A747" s="3" t="s">
+        <v>2606</v>
+      </c>
+      <c r="B747" s="21" t="s">
+        <v>1558</v>
+      </c>
+      <c r="C747" s="84" t="s">
+        <v>1559</v>
+      </c>
+      <c r="D747" s="30">
+        <v>46374</v>
+      </c>
+      <c r="E747" s="70"/>
+      <c r="F747" s="70"/>
+    </row>
+    <row r="748" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A748" s="3" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B748" s="11" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C748" s="84" t="s">
+        <v>4</v>
+      </c>
+      <c r="D748" s="30">
+        <v>46338</v>
+      </c>
+      <c r="E748" s="70"/>
+      <c r="F748" s="70"/>
+    </row>
+    <row r="749" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A749" s="3" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B749" s="15" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C749" s="84" t="s">
+        <v>3554</v>
+      </c>
+      <c r="D749" s="30">
+        <v>46376</v>
+      </c>
+      <c r="E749" s="70"/>
+      <c r="F749" s="70"/>
+    </row>
+    <row r="750" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A750" s="3" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B750" s="15" t="s">
+        <v>1565</v>
+      </c>
+      <c r="C750" s="84" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D750" s="30">
+        <v>46384</v>
+      </c>
+      <c r="E750" s="70"/>
+      <c r="F750" s="70"/>
+    </row>
+    <row r="751" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A751" s="3" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B751" s="15" t="s">
+        <v>1565</v>
+      </c>
+      <c r="C751" s="84" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D751" s="30">
+        <v>46384</v>
+      </c>
+      <c r="E751" s="70"/>
+      <c r="F751" s="70"/>
+    </row>
+    <row r="752" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A752" s="3" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B752" s="15" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C752" s="84" t="s">
+        <v>3555</v>
+      </c>
+      <c r="D752" s="30">
+        <v>46399</v>
+      </c>
+      <c r="E752" s="70"/>
+      <c r="F752" s="70"/>
+    </row>
+    <row r="753" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A753" s="3" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B753" s="15" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C753" s="84" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D753" s="30">
+        <v>46237</v>
+      </c>
+      <c r="E753" s="80"/>
+      <c r="F753" s="70"/>
+    </row>
+    <row r="754" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A754" s="3" t="s">
+        <v>2717</v>
+      </c>
+      <c r="B754" s="11" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C754" s="84" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D754" s="20">
+        <v>46368</v>
+      </c>
+      <c r="E754" s="70"/>
+      <c r="F754" s="70"/>
+    </row>
+    <row r="755" spans="1:6" ht="180" x14ac:dyDescent="0.2">
+      <c r="A755" s="3" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B755" s="15" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C755" s="84" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D755" s="20">
+        <v>46438</v>
+      </c>
+      <c r="E755" s="70"/>
+      <c r="F755" s="70"/>
+    </row>
+    <row r="756" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A756" s="3" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B756" s="15" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C756" s="84" t="s">
+        <v>3556</v>
+      </c>
+      <c r="D756" s="30">
+        <v>46405</v>
+      </c>
+      <c r="E756" s="70"/>
+      <c r="F756" s="70"/>
+    </row>
+    <row r="757" spans="1:6" ht="315" x14ac:dyDescent="0.2">
+      <c r="A757" s="2" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B757" s="11" t="s">
+        <v>1578</v>
+      </c>
+      <c r="C757" s="84" t="s">
+        <v>3557</v>
+      </c>
+      <c r="D757" s="20">
+        <v>46407</v>
+      </c>
+      <c r="E757" s="70"/>
+      <c r="F757" s="70"/>
+    </row>
+    <row r="758" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A758" s="1" t="s">
+        <v>2866</v>
+      </c>
+      <c r="B758" s="11" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C758" s="84" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D758" s="20">
+        <v>46394</v>
+      </c>
+      <c r="E758" s="70"/>
+      <c r="F758" s="70"/>
+    </row>
+    <row r="759" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A759" s="3" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B759" s="15" t="s">
+        <v>1582</v>
+      </c>
+      <c r="C759" s="84" t="s">
+        <v>1583</v>
+      </c>
+      <c r="D759" s="30">
+        <v>46423</v>
+      </c>
+      <c r="E759" s="70"/>
+      <c r="F759" s="70"/>
+    </row>
+    <row r="760" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A760" s="3" t="s">
+        <v>1584</v>
+      </c>
+      <c r="B760" s="15" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C760" s="84" t="s">
+        <v>3277</v>
+      </c>
+      <c r="D760" s="30">
+        <v>46476</v>
+      </c>
+      <c r="E760" s="70"/>
+      <c r="F760" s="70"/>
+    </row>
+    <row r="761" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A761" s="3" t="s">
+        <v>2862</v>
+      </c>
+      <c r="B761" s="15" t="s">
+        <v>345</v>
+      </c>
+      <c r="C761" s="84" t="s">
+        <v>1586</v>
+      </c>
+      <c r="D761" s="20">
+        <v>46424</v>
+      </c>
+      <c r="E761" s="70"/>
+      <c r="F761" s="70"/>
+    </row>
+    <row r="762" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A762" s="2" t="s">
+        <v>3108</v>
+      </c>
+      <c r="B762" s="11" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C762" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D762" s="20">
+        <v>46448</v>
+      </c>
+      <c r="E762" s="70"/>
+      <c r="F762" s="70"/>
+    </row>
+    <row r="763" spans="1:6" ht="93.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A763" s="3" t="s">
+        <v>2415</v>
+      </c>
+      <c r="B763" s="21" t="s">
+        <v>2414</v>
+      </c>
+      <c r="C763" s="84" t="s">
+        <v>1588</v>
+      </c>
+      <c r="D763" s="20">
+        <v>46277</v>
+      </c>
+      <c r="E763" s="70"/>
+      <c r="F763" s="70"/>
+    </row>
+    <row r="764" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A764" s="3" t="s">
+        <v>2868</v>
+      </c>
+      <c r="B764" s="15" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C764" s="84" t="s">
+        <v>3558</v>
+      </c>
+      <c r="D764" s="20">
+        <v>46430</v>
+      </c>
+      <c r="E764" s="70"/>
+      <c r="F764" s="70"/>
+    </row>
+    <row r="765" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A765" s="3" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B765" s="45" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C765" s="84" t="s">
+        <v>1592</v>
+      </c>
+      <c r="D765" s="20">
+        <v>46345</v>
+      </c>
+      <c r="E765" s="70"/>
+      <c r="F765" s="70"/>
+    </row>
+    <row r="766" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A766" s="4" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B766" s="22" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C766" s="84" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D766" s="20">
+        <v>46360</v>
+      </c>
+      <c r="E766" s="70"/>
+      <c r="F766" s="70"/>
+    </row>
+    <row r="767" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A767" s="4" t="s">
+        <v>3229</v>
+      </c>
+      <c r="B767" s="11" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C767" s="84" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D767" s="20">
+        <v>46193</v>
+      </c>
+      <c r="E767" s="70"/>
+      <c r="F767" s="70"/>
+    </row>
+    <row r="768" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A768" s="3" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B768" s="15" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C768" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D768" s="20">
+        <v>46133</v>
+      </c>
+      <c r="E768" s="70"/>
+      <c r="F768" s="70"/>
+    </row>
+    <row r="769" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A769" s="3" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B769" s="15" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C769" s="84" t="s">
+        <v>1601</v>
+      </c>
+      <c r="D769" s="20">
+        <v>46441</v>
+      </c>
+      <c r="E769" s="70"/>
+      <c r="F769" s="70"/>
+    </row>
+    <row r="770" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A770" s="3" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B770" s="15" t="s">
+        <v>1603</v>
+      </c>
+      <c r="C770" s="84" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D770" s="20">
+        <v>46447</v>
+      </c>
+      <c r="E770" s="70"/>
+      <c r="F770" s="70"/>
+    </row>
+    <row r="771" spans="1:6" ht="213.75" x14ac:dyDescent="0.2">
+      <c r="A771" s="3" t="s">
+        <v>2881</v>
+      </c>
+      <c r="B771" s="15" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C771" s="84" t="s">
+        <v>1606</v>
+      </c>
+      <c r="D771" s="20">
+        <v>46452</v>
+      </c>
+      <c r="E771" s="70"/>
+      <c r="F771" s="70"/>
+    </row>
+    <row r="772" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A772" s="3" t="s">
+        <v>3109</v>
+      </c>
+      <c r="B772" s="12" t="s">
+        <v>1607</v>
+      </c>
+      <c r="C772" s="84" t="s">
+        <v>1608</v>
+      </c>
+      <c r="D772" s="20">
+        <v>46303</v>
+      </c>
+      <c r="E772" s="70"/>
+      <c r="F772" s="70"/>
+    </row>
+    <row r="773" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A773" s="3" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B773" s="15" t="s">
+        <v>1610</v>
+      </c>
+      <c r="C773" s="84" t="s">
+        <v>3559</v>
+      </c>
+      <c r="D773" s="20">
+        <v>46459</v>
+      </c>
+      <c r="E773" s="70"/>
+      <c r="F773" s="70"/>
+    </row>
+    <row r="774" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A774" s="3" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B774" s="15" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C774" s="84" t="s">
+        <v>1613</v>
+      </c>
+      <c r="D774" s="20">
+        <v>46121</v>
+      </c>
+      <c r="E774" s="70"/>
+      <c r="F774" s="70"/>
+    </row>
+    <row r="775" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A775" s="3" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B775" s="15" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C775" s="84" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D775" s="20">
+        <v>46459</v>
+      </c>
+      <c r="E775" s="70"/>
+      <c r="F775" s="70"/>
+    </row>
+    <row r="776" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A776" s="3" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B776" s="37" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C776" s="84" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D776" s="30">
+        <v>46473</v>
+      </c>
+      <c r="E776" s="70"/>
+      <c r="F776" s="70"/>
+    </row>
+    <row r="777" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A777" s="3" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B777" s="21" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C777" s="84" t="s">
+        <v>12</v>
+      </c>
+      <c r="D777" s="30">
+        <v>46474</v>
+      </c>
+      <c r="E777" s="70"/>
+      <c r="F777" s="70"/>
+    </row>
+    <row r="778" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A778" s="3" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B778" s="15" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C778" s="84" t="s">
+        <v>1623</v>
+      </c>
+      <c r="D778" s="30">
+        <v>46107</v>
+      </c>
+      <c r="E778" s="70"/>
+      <c r="F778" s="70"/>
+    </row>
+    <row r="779" spans="1:6" ht="87" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A779" s="3" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B779" s="15" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C779" s="84" t="s">
+        <v>1625</v>
+      </c>
+      <c r="D779" s="30">
+        <v>46107</v>
+      </c>
+      <c r="E779" s="70"/>
+      <c r="F779" s="70"/>
+    </row>
+    <row r="780" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A780" s="3" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B780" s="15" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C780" s="84" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D780" s="30">
+        <v>46473</v>
+      </c>
+      <c r="E780" s="70"/>
+      <c r="F780" s="70"/>
+    </row>
+    <row r="781" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A781" s="3" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B781" s="21" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C781" s="84" t="s">
+        <v>351</v>
+      </c>
+      <c r="D781" s="20">
+        <v>46430</v>
+      </c>
+      <c r="E781" s="70"/>
+      <c r="F781" s="70"/>
+    </row>
+    <row r="782" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A782" s="3" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B782" s="15" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C782" s="84" t="s">
+        <v>3560</v>
+      </c>
+      <c r="D782" s="30">
+        <v>46480</v>
+      </c>
+      <c r="E782" s="70"/>
+      <c r="F782" s="70"/>
+    </row>
+    <row r="783" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A783" s="3" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B783" s="15" t="s">
+        <v>1634</v>
+      </c>
+      <c r="C783" s="84" t="s">
+        <v>1635</v>
+      </c>
+      <c r="D783" s="30">
+        <v>46480</v>
+      </c>
+      <c r="E783" s="70"/>
+      <c r="F783" s="70"/>
+    </row>
+    <row r="784" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A784" s="3" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B784" s="15" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C784" s="84" t="s">
+        <v>1638</v>
+      </c>
+      <c r="D784" s="30">
+        <v>46118</v>
+      </c>
+      <c r="E784" s="70"/>
+      <c r="F784" s="70"/>
+    </row>
+    <row r="785" spans="1:6" ht="247.5" x14ac:dyDescent="0.2">
+      <c r="A785" s="3" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B785" s="15" t="s">
+        <v>1640</v>
+      </c>
+      <c r="C785" s="84" t="s">
+        <v>3561</v>
+      </c>
+      <c r="D785" s="30">
+        <v>46115</v>
+      </c>
+      <c r="E785" s="70"/>
+      <c r="F785" s="70"/>
+    </row>
+    <row r="786" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A786" s="4" t="s">
+        <v>1641</v>
+      </c>
+      <c r="B786" s="12" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C786" s="84" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D786" s="20">
+        <v>46289</v>
+      </c>
+      <c r="E786" s="70"/>
+      <c r="F786" s="70"/>
+    </row>
+    <row r="787" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A787" s="3" t="s">
+        <v>1644</v>
+      </c>
+      <c r="B787" s="11" t="s">
+        <v>223</v>
+      </c>
+      <c r="C787" s="84" t="s">
+        <v>224</v>
+      </c>
+      <c r="D787" s="20">
+        <v>46139</v>
+      </c>
+      <c r="E787" s="70"/>
+      <c r="F787" s="70"/>
+    </row>
+    <row r="788" spans="1:6" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A788" s="1" t="s">
+        <v>3110</v>
+      </c>
+      <c r="B788" s="11" t="s">
+        <v>1645</v>
+      </c>
+      <c r="C788" s="84" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D788" s="30">
+        <v>46121</v>
+      </c>
+      <c r="E788" s="70"/>
+      <c r="F788" s="70"/>
+    </row>
+    <row r="789" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A789" s="3" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B789" s="15" t="s">
+        <v>1648</v>
+      </c>
+      <c r="C789" s="84" t="s">
+        <v>3562</v>
+      </c>
+      <c r="D789" s="30">
+        <v>46123</v>
+      </c>
+      <c r="E789" s="70"/>
+      <c r="F789" s="70"/>
+    </row>
+    <row r="790" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A790" s="3" t="s">
+        <v>3278</v>
+      </c>
+      <c r="B790" s="21" t="s">
+        <v>1649</v>
+      </c>
+      <c r="C790" s="84" t="s">
+        <v>1650</v>
+      </c>
+      <c r="D790" s="20">
+        <v>46481</v>
+      </c>
+      <c r="E790" s="70"/>
+      <c r="F790" s="70"/>
+    </row>
+    <row r="791" spans="1:6" ht="310.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A791" s="4" t="s">
+        <v>3111</v>
+      </c>
+      <c r="B791" s="11" t="s">
+        <v>881</v>
+      </c>
+      <c r="C791" s="84" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D791" s="20">
+        <v>46128</v>
+      </c>
+      <c r="E791" s="70"/>
+      <c r="F791" s="70"/>
+    </row>
+    <row r="792" spans="1:6" ht="191.25" x14ac:dyDescent="0.2">
+      <c r="A792" s="3" t="s">
+        <v>3112</v>
+      </c>
+      <c r="B792" s="15" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C792" s="84" t="s">
+        <v>3563</v>
+      </c>
+      <c r="D792" s="20">
+        <v>46495</v>
+      </c>
+      <c r="E792" s="70"/>
+      <c r="F792" s="70"/>
+    </row>
+    <row r="793" spans="1:6" ht="409.5" x14ac:dyDescent="0.2">
+      <c r="A793" s="4" t="s">
+        <v>3113</v>
+      </c>
+      <c r="B793" s="11" t="s">
+        <v>881</v>
+      </c>
+      <c r="C793" s="88" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D793" s="20">
+        <v>46134</v>
+      </c>
+      <c r="E793" s="70"/>
+      <c r="F793" s="70"/>
+    </row>
+    <row r="794" spans="1:6" ht="360" x14ac:dyDescent="0.2">
+      <c r="A794" s="3" t="s">
+        <v>3114</v>
+      </c>
+      <c r="B794" s="11" t="s">
+        <v>1653</v>
+      </c>
+      <c r="C794" s="84" t="s">
+        <v>12</v>
+      </c>
+      <c r="D794" s="30">
+        <v>46129</v>
+      </c>
+      <c r="E794" s="70"/>
+      <c r="F794" s="70"/>
+    </row>
+    <row r="795" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A795" s="3" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B795" s="22" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C795" s="84" t="s">
+        <v>3564</v>
+      </c>
+      <c r="D795" s="20">
+        <v>46137</v>
+      </c>
+      <c r="E795" s="70"/>
+      <c r="F795" s="70"/>
+    </row>
+    <row r="796" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A796" s="3" t="s">
+        <v>1656</v>
+      </c>
+      <c r="B796" s="11" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C796" s="84" t="s">
+        <v>3565</v>
+      </c>
+      <c r="D796" s="30">
+        <v>46137</v>
+      </c>
+      <c r="E796" s="70"/>
+      <c r="F796" s="70"/>
+    </row>
+    <row r="797" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A797" s="48" t="s">
+        <v>3115</v>
+      </c>
+      <c r="B797" s="37" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C797" s="84" t="s">
+        <v>1658</v>
+      </c>
+      <c r="D797" s="30">
+        <v>46138</v>
+      </c>
+      <c r="E797" s="70"/>
+      <c r="F797" s="70"/>
+    </row>
+    <row r="798" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A798" s="3" t="s">
+        <v>1659</v>
+      </c>
+      <c r="B798" s="11" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C798" s="84" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D798" s="20">
+        <v>46201</v>
+      </c>
+      <c r="E798" s="70"/>
+      <c r="F798" s="70"/>
+    </row>
+    <row r="799" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A799" s="48" t="s">
+        <v>3116</v>
+      </c>
+      <c r="B799" s="37" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C799" s="84" t="s">
+        <v>3566</v>
+      </c>
+      <c r="D799" s="30">
+        <v>46148</v>
+      </c>
+      <c r="E799" s="70"/>
+      <c r="F799" s="70"/>
+    </row>
+    <row r="800" spans="1:6" ht="135" x14ac:dyDescent="0.2">
+      <c r="A800" s="3" t="s">
+        <v>2878</v>
+      </c>
+      <c r="B800" s="15" t="s">
+        <v>1662</v>
+      </c>
+      <c r="C800" s="84" t="s">
+        <v>3279</v>
+      </c>
+      <c r="D800" s="30">
+        <v>46149</v>
+      </c>
+      <c r="E800" s="70"/>
+      <c r="F800" s="70"/>
+    </row>
+    <row r="801" spans="1:6" ht="53.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A801" s="3" t="s">
+        <v>2877</v>
+      </c>
+      <c r="B801" s="15" t="s">
+        <v>1663</v>
+      </c>
+      <c r="C801" s="84" t="s">
+        <v>3567</v>
+      </c>
+      <c r="D801" s="30">
+        <v>46466</v>
+      </c>
+      <c r="E801" s="70"/>
+      <c r="F801" s="70"/>
+    </row>
+    <row r="802" spans="1:6" ht="303.75" x14ac:dyDescent="0.2">
+      <c r="A802" s="3" t="s">
+        <v>3117</v>
+      </c>
+      <c r="B802" s="15" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C802" s="84" t="s">
+        <v>1665</v>
+      </c>
+      <c r="D802" s="30">
+        <v>46158</v>
+      </c>
+      <c r="E802" s="70"/>
+      <c r="F802" s="70"/>
+    </row>
+    <row r="803" spans="1:6" ht="95.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A803" s="3" t="s">
+        <v>3118</v>
+      </c>
+      <c r="B803" s="15" t="s">
+        <v>825</v>
+      </c>
+      <c r="C803" s="84" t="s">
+        <v>3568</v>
+      </c>
+      <c r="D803" s="30">
+        <v>46167</v>
+      </c>
+      <c r="E803" s="70"/>
+      <c r="F803" s="70"/>
+    </row>
+    <row r="804" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A804" s="3" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B804" s="15" t="s">
+        <v>1667</v>
+      </c>
+      <c r="C804" s="84" t="s">
+        <v>3569</v>
+      </c>
+      <c r="D804" s="20">
+        <v>46166</v>
+      </c>
+      <c r="E804" s="70"/>
+      <c r="F804" s="70"/>
+    </row>
+    <row r="805" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A805" s="3" t="s">
+        <v>1668</v>
+      </c>
+      <c r="B805" s="15" t="s">
+        <v>1669</v>
+      </c>
+      <c r="C805" s="84" t="s">
+        <v>1670</v>
+      </c>
+      <c r="D805" s="20">
+        <v>46167</v>
+      </c>
+      <c r="E805" s="70"/>
+      <c r="F805" s="70"/>
+    </row>
+    <row r="806" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A806" s="3" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B806" s="37" t="s">
+        <v>1672</v>
+      </c>
+      <c r="C806" s="84" t="s">
+        <v>3280</v>
+      </c>
+      <c r="D806" s="20">
+        <v>46171</v>
+      </c>
+      <c r="E806" s="70"/>
+      <c r="F806" s="70"/>
+    </row>
+    <row r="807" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A807" s="3" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B807" s="15" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C807" s="84" t="s">
+        <v>3570</v>
+      </c>
+      <c r="D807" s="20">
+        <v>46170</v>
+      </c>
+      <c r="E807" s="70"/>
+      <c r="F807" s="70"/>
+    </row>
+    <row r="808" spans="1:6" ht="157.5" x14ac:dyDescent="0.2">
+      <c r="A808" s="3" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B808" s="21" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C808" s="84" t="s">
+        <v>3571</v>
+      </c>
+      <c r="D808" s="20">
+        <v>46464</v>
+      </c>
+      <c r="E808" s="70"/>
+      <c r="F808" s="70"/>
+    </row>
+    <row r="809" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A809" s="3" t="s">
+        <v>2850</v>
+      </c>
+      <c r="B809" s="15" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C809" s="84" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D809" s="20">
+        <v>46180</v>
+      </c>
+      <c r="E809" s="70"/>
+      <c r="F809" s="70"/>
+    </row>
+    <row r="810" spans="1:6" ht="180" x14ac:dyDescent="0.2">
+      <c r="A810" s="3" t="s">
+        <v>3119</v>
+      </c>
+      <c r="B810" s="15" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C810" s="84" t="s">
+        <v>3281</v>
+      </c>
+      <c r="D810" s="30">
+        <v>46186</v>
+      </c>
+      <c r="E810" s="70"/>
+      <c r="F810" s="70"/>
+    </row>
+    <row r="811" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A811" s="3" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B811" s="15" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C811" s="84" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D811" s="30">
+        <v>46192</v>
+      </c>
+      <c r="E811" s="70"/>
+      <c r="F811" s="70"/>
+    </row>
+    <row r="812" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A812" s="3" t="s">
+        <v>3120</v>
+      </c>
+      <c r="B812" s="15" t="s">
+        <v>1683</v>
+      </c>
+      <c r="C812" s="84" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D812" s="20">
+        <v>46420</v>
+      </c>
+      <c r="E812" s="70"/>
+      <c r="F812" s="70"/>
+    </row>
+    <row r="813" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A813" s="3" t="s">
+        <v>2366</v>
+      </c>
+      <c r="B813" s="15" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C813" s="84" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D813" s="30">
+        <v>46200</v>
+      </c>
+      <c r="E813" s="70"/>
+      <c r="F813" s="70"/>
+    </row>
+    <row r="814" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A814" s="3" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B814" s="11" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C814" s="84" t="s">
+        <v>1689</v>
+      </c>
+      <c r="D814" s="30">
+        <v>46199</v>
+      </c>
+      <c r="E814" s="70"/>
+      <c r="F814" s="70"/>
+    </row>
+    <row r="815" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A815" s="3" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B815" s="11" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C815" s="84" t="s">
+        <v>1689</v>
+      </c>
+      <c r="D815" s="30">
+        <v>46199</v>
+      </c>
+      <c r="E815" s="70"/>
+      <c r="F815" s="70"/>
+    </row>
+    <row r="816" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A816" s="3" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B816" s="15" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C816" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D816" s="30">
+        <v>46176</v>
+      </c>
+      <c r="E816" s="70"/>
+      <c r="F816" s="70"/>
+    </row>
+    <row r="817" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A817" s="4" t="s">
+        <v>2874</v>
+      </c>
+      <c r="B817" s="11" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C817" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D817" s="30">
+        <v>46144</v>
+      </c>
+      <c r="E817" s="70"/>
+      <c r="F817" s="70"/>
+    </row>
+    <row r="818" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A818" s="3" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B818" s="11" t="s">
+        <v>2177</v>
+      </c>
+      <c r="C818" s="84" t="s">
+        <v>378</v>
+      </c>
+      <c r="D818" s="30">
+        <v>46207</v>
+      </c>
+      <c r="E818" s="70"/>
+      <c r="F818" s="70"/>
+    </row>
+    <row r="819" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A819" s="3" t="s">
+        <v>1697</v>
+      </c>
+      <c r="B819" s="12" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C819" s="84" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D819" s="20">
+        <v>46207</v>
+      </c>
+      <c r="E819" s="70"/>
+      <c r="F819" s="70"/>
+    </row>
+    <row r="820" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A820" s="3" t="s">
+        <v>1700</v>
+      </c>
+      <c r="B820" s="11" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C820" s="84" t="s">
+        <v>3572</v>
+      </c>
+      <c r="D820" s="30">
+        <v>46207</v>
+      </c>
+      <c r="E820" s="70"/>
+      <c r="F820" s="70"/>
+    </row>
+    <row r="821" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A821" s="3" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B821" s="15" t="s">
+        <v>2302</v>
+      </c>
+      <c r="C821" s="84" t="s">
+        <v>1703</v>
+      </c>
+      <c r="D821" s="30">
+        <v>46236</v>
+      </c>
+      <c r="E821" s="70"/>
+      <c r="F821" s="70"/>
+    </row>
+    <row r="822" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A822" s="3" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B822" s="15" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C822" s="84" t="s">
+        <v>1706</v>
+      </c>
+      <c r="D822" s="30">
+        <v>46355</v>
+      </c>
+      <c r="E822" s="70"/>
+      <c r="F822" s="70"/>
+    </row>
+    <row r="823" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A823" s="3" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B823" s="15" t="s">
+        <v>1707</v>
+      </c>
+      <c r="C823" s="84" t="s">
+        <v>362</v>
+      </c>
+      <c r="D823" s="30">
+        <v>46296</v>
+      </c>
+      <c r="E823" s="70"/>
+      <c r="F823" s="70"/>
+    </row>
+    <row r="824" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A824" s="3" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B824" s="11" t="s">
+        <v>1709</v>
+      </c>
+      <c r="C824" s="84" t="s">
+        <v>3573</v>
+      </c>
+      <c r="D824" s="20">
+        <v>46305</v>
+      </c>
+      <c r="E824" s="70"/>
+      <c r="F824" s="70"/>
+    </row>
+    <row r="825" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A825" s="3" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B825" s="11" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C825" s="84" t="s">
+        <v>351</v>
+      </c>
+      <c r="D825" s="20">
+        <v>46220</v>
+      </c>
+      <c r="E825" s="70"/>
+      <c r="F825" s="70"/>
+    </row>
+    <row r="826" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A826" s="3" t="s">
+        <v>1712</v>
+      </c>
+      <c r="B826" s="11" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C826" s="84" t="s">
+        <v>1713</v>
+      </c>
+      <c r="D826" s="20">
+        <v>46222</v>
+      </c>
+      <c r="E826" s="70"/>
+      <c r="F826" s="70"/>
+    </row>
+    <row r="827" spans="1:6" ht="371.25" x14ac:dyDescent="0.2">
+      <c r="A827" s="2" t="s">
+        <v>3121</v>
+      </c>
+      <c r="B827" s="12" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C827" s="84" t="s">
+        <v>3574</v>
+      </c>
+      <c r="D827" s="20">
+        <v>46433</v>
+      </c>
+      <c r="E827" s="70"/>
+      <c r="F827" s="70"/>
+    </row>
+    <row r="828" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A828" s="3" t="s">
+        <v>2832</v>
+      </c>
+      <c r="B828" s="11" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C828" s="84" t="s">
+        <v>3575</v>
+      </c>
+      <c r="D828" s="20">
+        <v>46468</v>
+      </c>
+      <c r="E828" s="70"/>
+      <c r="F828" s="70"/>
+    </row>
+    <row r="829" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A829" s="3" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B829" s="15" t="s">
+        <v>1717</v>
+      </c>
+      <c r="C829" s="84" t="s">
+        <v>1718</v>
+      </c>
+      <c r="D829" s="30">
+        <v>46233</v>
+      </c>
+      <c r="E829" s="70"/>
+      <c r="F829" s="70"/>
+    </row>
+    <row r="830" spans="1:6" ht="146.25" x14ac:dyDescent="0.2">
+      <c r="A830" s="2" t="s">
+        <v>3230</v>
+      </c>
+      <c r="B830" s="12" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C830" s="84" t="s">
+        <v>3282</v>
+      </c>
+      <c r="D830" s="20">
+        <v>46233</v>
+      </c>
+      <c r="E830" s="70"/>
+      <c r="F830" s="70"/>
+    </row>
+    <row r="831" spans="1:6" ht="409.5" x14ac:dyDescent="0.2">
+      <c r="A831" s="2" t="s">
+        <v>3122</v>
+      </c>
+      <c r="B831" s="12" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C831" s="84" t="s">
+        <v>1721</v>
+      </c>
+      <c r="D831" s="20">
+        <v>46212</v>
+      </c>
+      <c r="E831" s="70"/>
+      <c r="F831" s="70"/>
+    </row>
+    <row r="832" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A832" s="3" t="s">
+        <v>3123</v>
+      </c>
+      <c r="B832" s="11" t="s">
+        <v>1722</v>
+      </c>
+      <c r="C832" s="84" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D832" s="20">
+        <v>46239</v>
+      </c>
+      <c r="E832" s="70"/>
+      <c r="F832" s="70"/>
+    </row>
+    <row r="833" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A833" s="3" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B833" s="22" t="s">
+        <v>1725</v>
+      </c>
+      <c r="C833" s="84" t="s">
+        <v>3576</v>
+      </c>
+      <c r="D833" s="20">
+        <v>46240</v>
+      </c>
+      <c r="E833" s="70"/>
+      <c r="F833" s="70"/>
+    </row>
+    <row r="834" spans="1:6" ht="149.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A834" s="3" t="s">
+        <v>2085</v>
+      </c>
+      <c r="B834" s="15" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C834" s="84" t="s">
+        <v>3577</v>
+      </c>
+      <c r="D834" s="20">
+        <v>46242</v>
+      </c>
+      <c r="E834" s="70"/>
+      <c r="F834" s="70"/>
+    </row>
+    <row r="835" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A835" s="3" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B835" s="15" t="s">
+        <v>1728</v>
+      </c>
+      <c r="C835" s="84" t="s">
+        <v>1546</v>
+      </c>
+      <c r="D835" s="20">
+        <v>46250</v>
+      </c>
+      <c r="E835" s="70"/>
+      <c r="F835" s="70"/>
+    </row>
+    <row r="836" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A836" s="3" t="s">
+        <v>3124</v>
+      </c>
+      <c r="B836" s="12" t="s">
+        <v>2349</v>
+      </c>
+      <c r="C836" s="84" t="s">
+        <v>1729</v>
+      </c>
+      <c r="D836" s="20">
+        <v>46248</v>
+      </c>
+      <c r="E836" s="70"/>
+      <c r="F836" s="70"/>
+    </row>
+    <row r="837" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A837" s="3" t="s">
+        <v>3125</v>
+      </c>
+      <c r="B837" s="11" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C837" s="84" t="s">
+        <v>3578</v>
+      </c>
+      <c r="D837" s="20">
+        <v>46293</v>
+      </c>
+      <c r="E837" s="70"/>
+      <c r="F837" s="70"/>
+    </row>
+    <row r="838" spans="1:6" ht="409.5" x14ac:dyDescent="0.2">
+      <c r="A838" s="3" t="s">
+        <v>3126</v>
+      </c>
+      <c r="B838" s="11" t="s">
+        <v>1731</v>
+      </c>
+      <c r="C838" s="84" t="s">
+        <v>3579</v>
+      </c>
+      <c r="D838" s="20">
+        <v>46112</v>
+      </c>
+      <c r="E838" s="70"/>
+      <c r="F838" s="70"/>
+    </row>
+    <row r="839" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A839" s="1" t="s">
+        <v>3127</v>
+      </c>
+      <c r="B839" s="12" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C839" s="84" t="s">
+        <v>3283</v>
+      </c>
+      <c r="D839" s="20">
+        <v>46262</v>
+      </c>
+      <c r="E839" s="70"/>
+      <c r="F839" s="70"/>
+    </row>
+    <row r="840" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A840" s="6" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B840" s="11" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C840" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D840" s="20">
+        <v>46259</v>
+      </c>
+      <c r="E840" s="70"/>
+      <c r="F840" s="70"/>
+    </row>
+    <row r="841" spans="1:6" ht="67.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A841" s="3" t="s">
+        <v>3221</v>
+      </c>
+      <c r="B841" s="22" t="s">
+        <v>1735</v>
+      </c>
+      <c r="C841" s="84" t="s">
+        <v>1736</v>
+      </c>
+      <c r="D841" s="20">
+        <v>46271</v>
+      </c>
+      <c r="E841" s="70"/>
+      <c r="F841" s="70"/>
+    </row>
+    <row r="842" spans="1:6" ht="112.5" x14ac:dyDescent="0.2">
+      <c r="A842" s="4" t="s">
+        <v>3128</v>
+      </c>
+      <c r="B842" s="11" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C842" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D842" s="30">
+        <v>46269</v>
+      </c>
+      <c r="E842" s="70"/>
+      <c r="F842" s="70"/>
+    </row>
+    <row r="843" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A843" s="3" t="s">
+        <v>3129</v>
+      </c>
+      <c r="B843" s="11" t="s">
+        <v>1737</v>
+      </c>
+      <c r="C843" s="84" t="s">
+        <v>3580</v>
+      </c>
+      <c r="D843" s="30">
+        <v>46201</v>
+      </c>
+      <c r="E843" s="70"/>
+      <c r="F843" s="70"/>
+    </row>
+    <row r="844" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A844" s="1" t="s">
+        <v>2833</v>
+      </c>
+      <c r="B844" s="12" t="s">
+        <v>569</v>
+      </c>
+      <c r="C844" s="84" t="s">
+        <v>2562</v>
+      </c>
+      <c r="D844" s="30">
+        <v>46274</v>
+      </c>
+      <c r="E844" s="70"/>
+      <c r="F844" s="70"/>
+    </row>
+    <row r="845" spans="1:6" ht="123.75" x14ac:dyDescent="0.2">
+      <c r="A845" s="3" t="s">
+        <v>2834</v>
+      </c>
+      <c r="B845" s="15" t="s">
+        <v>1740</v>
+      </c>
+      <c r="C845" s="84" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D845" s="30">
+        <v>46284</v>
+      </c>
+      <c r="E845" s="70"/>
+      <c r="F845" s="70"/>
+    </row>
+    <row r="846" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A846" s="1" t="s">
+        <v>2835</v>
+      </c>
+      <c r="B846" s="12" t="s">
+        <v>569</v>
+      </c>
+      <c r="C846" s="88" t="s">
+        <v>1742</v>
+      </c>
+      <c r="D846" s="20">
+        <v>46274</v>
+      </c>
+      <c r="E846" s="70"/>
+      <c r="F846" s="70"/>
+    </row>
+    <row r="847" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A847" s="1" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B847" s="12" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C847" s="84" t="s">
+        <v>1745</v>
+      </c>
+      <c r="D847" s="20">
+        <v>46284</v>
+      </c>
+      <c r="E847" s="70"/>
+      <c r="F847" s="70"/>
+    </row>
+    <row r="848" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A848" s="3" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B848" s="11" t="s">
+        <v>1747</v>
+      </c>
+      <c r="C848" s="84" t="s">
+        <v>21</v>
+      </c>
+      <c r="D848" s="20">
+        <v>46467</v>
+      </c>
+      <c r="E848" s="70"/>
+      <c r="F848" s="70"/>
+    </row>
+    <row r="849" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A849" s="3" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B849" s="15" t="s">
+        <v>1749</v>
+      </c>
+      <c r="C849" s="84" t="s">
+        <v>3581</v>
+      </c>
+      <c r="D849" s="20">
+        <v>46290</v>
+      </c>
+      <c r="E849" s="70"/>
+      <c r="F849" s="70"/>
+    </row>
+    <row r="850" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A850" s="3" t="s">
+        <v>3130</v>
+      </c>
+      <c r="B850" s="15" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C850" s="84" t="s">
+        <v>1751</v>
+      </c>
+      <c r="D850" s="20">
+        <v>46297</v>
+      </c>
+      <c r="E850" s="70"/>
+      <c r="F850" s="70"/>
+    </row>
+    <row r="851" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A851" s="3" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B851" s="15" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C851" s="84" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D851" s="20">
+        <v>46295</v>
+      </c>
+      <c r="E851" s="70"/>
+      <c r="F851" s="70"/>
+    </row>
+    <row r="852" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A852" s="3" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B852" s="15" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C852" s="84" t="s">
+        <v>1755</v>
+      </c>
+      <c r="D852" s="20">
+        <v>46295</v>
+      </c>
+      <c r="E852" s="70"/>
+      <c r="F852" s="70"/>
+    </row>
+    <row r="853" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A853" s="3" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B853" s="15" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C853" s="84" t="s">
+        <v>1757</v>
+      </c>
+      <c r="D853" s="20">
+        <v>46295</v>
+      </c>
+      <c r="E853" s="70"/>
+      <c r="F853" s="70"/>
+    </row>
+    <row r="854" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A854" s="3" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B854" s="15" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C854" s="84" t="s">
+        <v>3582</v>
+      </c>
+      <c r="D854" s="20">
+        <v>46295</v>
+      </c>
+      <c r="E854" s="70"/>
+      <c r="F854" s="70"/>
+    </row>
+    <row r="855" spans="1:6" ht="269.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A855" s="3" t="s">
+        <v>2390</v>
+      </c>
+      <c r="B855" s="15" t="s">
+        <v>1759</v>
+      </c>
+      <c r="C855" s="84" t="s">
+        <v>2391</v>
+      </c>
+      <c r="D855" s="30">
+        <v>46268</v>
+      </c>
+      <c r="E855" s="70"/>
+      <c r="F855" s="70"/>
+    </row>
+    <row r="856" spans="1:6" ht="224.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A856" s="3" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B856" s="21" t="s">
+        <v>2474</v>
+      </c>
+      <c r="C856" s="84" t="s">
+        <v>4</v>
+      </c>
+      <c r="D856" s="30">
+        <v>46278</v>
+      </c>
+      <c r="E856" s="70"/>
+      <c r="F856" s="70"/>
+    </row>
+    <row r="857" spans="1:6" ht="69.75" x14ac:dyDescent="0.2">
+      <c r="A857" s="81" t="s">
+        <v>3231</v>
+      </c>
+      <c r="B857" s="12" t="s">
+        <v>1761</v>
+      </c>
+      <c r="C857" s="84" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D857" s="30">
+        <v>46298</v>
+      </c>
+      <c r="E857" s="70"/>
+      <c r="F857" s="70"/>
+    </row>
+    <row r="858" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A858" s="3" t="s">
+        <v>3131</v>
+      </c>
+      <c r="B858" s="15" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C858" s="84" t="s">
+        <v>3583</v>
+      </c>
+      <c r="D858" s="30">
+        <v>46299</v>
+      </c>
+      <c r="E858" s="70"/>
+      <c r="F858" s="70"/>
+    </row>
+    <row r="859" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A859" s="3" t="s">
+        <v>2314</v>
+      </c>
+      <c r="B859" s="15" t="s">
+        <v>1764</v>
+      </c>
+      <c r="C859" s="84" t="s">
+        <v>3584</v>
+      </c>
+      <c r="D859" s="20">
+        <v>46239</v>
+      </c>
+      <c r="E859" s="70"/>
+      <c r="F859" s="70"/>
+    </row>
+    <row r="860" spans="1:6" ht="112.5" x14ac:dyDescent="0.2">
+      <c r="A860" s="3" t="s">
+        <v>2206</v>
+      </c>
+      <c r="B860" s="11" t="s">
+        <v>2205</v>
+      </c>
+      <c r="C860" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D860" s="30">
+        <v>46205</v>
+      </c>
+      <c r="E860" s="70"/>
+      <c r="F860" s="70"/>
+    </row>
+    <row r="861" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A861" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B861" s="15" t="s">
+        <v>1766</v>
+      </c>
+      <c r="C861" s="84" t="s">
+        <v>3585</v>
+      </c>
+      <c r="D861" s="20">
+        <v>46309</v>
+      </c>
+      <c r="E861" s="70"/>
+      <c r="F861" s="70"/>
+    </row>
+    <row r="862" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A862" s="3" t="s">
+        <v>3132</v>
+      </c>
+      <c r="B862" s="15" t="s">
+        <v>1767</v>
+      </c>
+      <c r="C862" s="84" t="s">
+        <v>3586</v>
+      </c>
+      <c r="D862" s="30">
+        <v>46309</v>
+      </c>
+      <c r="E862" s="70"/>
+      <c r="F862" s="70"/>
+    </row>
+    <row r="863" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A863" s="3" t="s">
+        <v>3133</v>
+      </c>
+      <c r="B863" s="37" t="s">
+        <v>1768</v>
+      </c>
+      <c r="C863" s="84" t="s">
+        <v>3587</v>
+      </c>
+      <c r="D863" s="30">
+        <v>46311</v>
+      </c>
+      <c r="E863" s="70"/>
+      <c r="F863" s="70"/>
+    </row>
+    <row r="864" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A864" s="3" t="s">
+        <v>1769</v>
+      </c>
+      <c r="B864" s="15" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C864" s="84" t="s">
+        <v>3284</v>
+      </c>
+      <c r="D864" s="30">
+        <v>46347</v>
+      </c>
+      <c r="E864" s="70"/>
+      <c r="F864" s="70"/>
+    </row>
+    <row r="865" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A865" s="3" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B865" s="11" t="s">
+        <v>1772</v>
+      </c>
+      <c r="C865" s="84" t="s">
+        <v>3285</v>
+      </c>
+      <c r="D865" s="30">
+        <v>46316</v>
+      </c>
+      <c r="E865" s="70"/>
+      <c r="F865" s="70"/>
+    </row>
+    <row r="866" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A866" s="3" t="s">
+        <v>1773</v>
+      </c>
+      <c r="B866" s="15" t="s">
+        <v>2495</v>
+      </c>
+      <c r="C866" s="84" t="s">
+        <v>3286</v>
+      </c>
+      <c r="D866" s="30">
+        <v>46316</v>
+      </c>
+      <c r="E866" s="70"/>
+      <c r="F866" s="70"/>
+    </row>
+    <row r="867" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A867" s="3" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B867" s="15" t="s">
+        <v>1775</v>
+      </c>
+      <c r="C867" s="84" t="s">
+        <v>1776</v>
+      </c>
+      <c r="D867" s="30">
+        <v>46319</v>
+      </c>
+      <c r="E867" s="70"/>
+      <c r="F867" s="70"/>
+    </row>
+    <row r="868" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A868" s="3" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B868" s="15" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C868" s="84" t="s">
+        <v>3287</v>
+      </c>
+      <c r="D868" s="30">
+        <v>46319</v>
+      </c>
+      <c r="E868" s="70"/>
+      <c r="F868" s="70"/>
+    </row>
+    <row r="869" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A869" s="1" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B869" s="11" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C869" s="84" t="s">
+        <v>1781</v>
+      </c>
+      <c r="D869" s="20">
+        <v>46320</v>
+      </c>
+      <c r="E869" s="70"/>
+      <c r="F869" s="70"/>
+    </row>
+    <row r="870" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A870" s="3" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B870" s="11" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C870" s="84" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D870" s="30">
+        <v>46325</v>
+      </c>
+      <c r="E870" s="70"/>
+      <c r="F870" s="70"/>
+    </row>
+    <row r="871" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A871" s="3" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B871" s="15" t="s">
+        <v>1786</v>
+      </c>
+      <c r="C871" s="84" t="s">
         <v>1787</v>
       </c>
-      <c r="D3" s="12" t="s">
+      <c r="D871" s="30">
+        <v>46325</v>
+      </c>
+      <c r="E871" s="70"/>
+      <c r="F871" s="70"/>
+    </row>
+    <row r="872" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A872" s="3" t="s">
+        <v>2345</v>
+      </c>
+      <c r="B872" s="15" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C872" s="84" t="s">
+        <v>1789</v>
+      </c>
+      <c r="D872" s="30">
+        <v>46325</v>
+      </c>
+      <c r="E872" s="70"/>
+      <c r="F872" s="70"/>
+    </row>
+    <row r="873" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A873" s="3" t="s">
+        <v>1790</v>
+      </c>
+      <c r="B873" s="12" t="s">
+        <v>1791</v>
+      </c>
+      <c r="C873" s="84" t="s">
+        <v>3588</v>
+      </c>
+      <c r="D873" s="30">
+        <v>46313</v>
+      </c>
+      <c r="E873" s="70"/>
+      <c r="F873" s="70"/>
+    </row>
+    <row r="874" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A874" s="3" t="s">
+        <v>1792</v>
+      </c>
+      <c r="B874" s="21" t="s">
+        <v>1793</v>
+      </c>
+      <c r="C874" s="84" t="s">
+        <v>1794</v>
+      </c>
+      <c r="D874" s="20">
+        <v>46366</v>
+      </c>
+      <c r="E874" s="70"/>
+      <c r="F874" s="70"/>
+    </row>
+    <row r="875" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A875" s="3" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B875" s="12" t="s">
+        <v>2393</v>
+      </c>
+      <c r="C875" s="84" t="s">
+        <v>3589</v>
+      </c>
+      <c r="D875" s="30">
+        <v>46269</v>
+      </c>
+      <c r="E875" s="70"/>
+      <c r="F875" s="70"/>
+    </row>
+    <row r="876" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A876" s="1" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B876" s="11" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C876" s="84" t="s">
+        <v>3591</v>
+      </c>
+      <c r="D876" s="20">
+        <v>46253</v>
+      </c>
+      <c r="E876" s="70"/>
+      <c r="F876" s="70"/>
+    </row>
+    <row r="877" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A877" s="3" t="s">
+        <v>1798</v>
+      </c>
+      <c r="B877" s="15" t="s">
+        <v>1799</v>
+      </c>
+      <c r="C877" s="84" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D877" s="30">
+        <v>46335</v>
+      </c>
+      <c r="E877" s="70"/>
+      <c r="F877" s="70"/>
+    </row>
+    <row r="878" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A878" s="3" t="s">
+        <v>3134</v>
+      </c>
+      <c r="B878" s="11" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C878" s="84" t="s">
+        <v>3590</v>
+      </c>
+      <c r="D878" s="20">
+        <v>46334</v>
+      </c>
+      <c r="E878" s="70"/>
+      <c r="F878" s="70"/>
+    </row>
+    <row r="879" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A879" s="3" t="s">
+        <v>1802</v>
+      </c>
+      <c r="B879" s="15" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C879" s="84" t="s">
+        <v>3592</v>
+      </c>
+      <c r="D879" s="30">
+        <v>46337</v>
+      </c>
+      <c r="E879" s="70"/>
+      <c r="F879" s="70"/>
+    </row>
+    <row r="880" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A880" s="3" t="s">
+        <v>1804</v>
+      </c>
+      <c r="B880" s="15" t="s">
+        <v>1805</v>
+      </c>
+      <c r="C880" s="84" t="s">
+        <v>3593</v>
+      </c>
+      <c r="D880" s="30">
+        <v>46352</v>
+      </c>
+      <c r="E880" s="70"/>
+      <c r="F880" s="70"/>
+    </row>
+    <row r="881" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A881" s="1" t="s">
+        <v>3135</v>
+      </c>
+      <c r="B881" s="12" t="s">
+        <v>1806</v>
+      </c>
+      <c r="C881" s="84" t="s">
+        <v>3594</v>
+      </c>
+      <c r="D881" s="20">
+        <v>46352</v>
+      </c>
+      <c r="E881" s="70"/>
+      <c r="F881" s="70"/>
+    </row>
+    <row r="882" spans="1:6" ht="146.25" x14ac:dyDescent="0.2">
+      <c r="A882" s="1" t="s">
+        <v>3136</v>
+      </c>
+      <c r="B882" s="11" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C882" s="84" t="s">
+        <v>3595</v>
+      </c>
+      <c r="D882" s="20">
+        <v>46355</v>
+      </c>
+      <c r="E882" s="70"/>
+      <c r="F882" s="70"/>
+    </row>
+    <row r="883" spans="1:6" ht="270" x14ac:dyDescent="0.2">
+      <c r="A883" s="3" t="s">
+        <v>3137</v>
+      </c>
+      <c r="B883" s="11" t="s">
+        <v>455</v>
+      </c>
+      <c r="C883" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D883" s="30">
+        <v>46360</v>
+      </c>
+      <c r="E883" s="70"/>
+      <c r="F883" s="70"/>
+    </row>
+    <row r="884" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A884" s="3" t="s">
+        <v>1808</v>
+      </c>
+      <c r="B884" s="11" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C884" s="84" t="s">
+        <v>1809</v>
+      </c>
+      <c r="D884" s="30">
+        <v>46269</v>
+      </c>
+      <c r="E884" s="70"/>
+      <c r="F884" s="70"/>
+    </row>
+    <row r="885" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A885" s="3" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B885" s="11" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C885" s="84" t="s">
+        <v>1811</v>
+      </c>
+      <c r="D885" s="20">
+        <v>46361</v>
+      </c>
+      <c r="E885" s="70"/>
+      <c r="F885" s="70"/>
+    </row>
+    <row r="886" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A886" s="3" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B886" s="15" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C886" s="84" t="s">
+        <v>1814</v>
+      </c>
+      <c r="D886" s="20">
+        <v>46331</v>
+      </c>
+      <c r="E886" s="70"/>
+      <c r="F886" s="70"/>
+    </row>
+    <row r="887" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A887" s="3" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B887" s="15" t="s">
+        <v>1816</v>
+      </c>
+      <c r="C887" s="84" t="s">
+        <v>1814</v>
+      </c>
+      <c r="D887" s="20">
+        <v>46331</v>
+      </c>
+      <c r="E887" s="70"/>
+      <c r="F887" s="70"/>
+    </row>
+    <row r="888" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A888" s="3" t="s">
+        <v>2825</v>
+      </c>
+      <c r="B888" s="15" t="s">
+        <v>1817</v>
+      </c>
+      <c r="C888" s="84" t="s">
+        <v>3288</v>
+      </c>
+      <c r="D888" s="20">
+        <v>46475</v>
+      </c>
+      <c r="E888" s="70"/>
+      <c r="F888" s="70"/>
+    </row>
+    <row r="889" spans="1:6" ht="409.5" x14ac:dyDescent="0.2">
+      <c r="A889" s="3" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B889" s="15" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C889" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D889" s="20">
+        <v>46367</v>
+      </c>
+      <c r="E889" s="70"/>
+      <c r="F889" s="70"/>
+    </row>
+    <row r="890" spans="1:6" ht="191.25" x14ac:dyDescent="0.2">
+      <c r="A890" s="3" t="s">
+        <v>1820</v>
+      </c>
+      <c r="B890" s="15" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C890" s="95" t="s">
+        <v>1822</v>
+      </c>
+      <c r="D890" s="20">
+        <v>46367</v>
+      </c>
+      <c r="E890" s="70"/>
+      <c r="F890" s="70"/>
+    </row>
+    <row r="891" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A891" s="3" t="s">
+        <v>3138</v>
+      </c>
+      <c r="B891" s="15" t="s">
+        <v>1823</v>
+      </c>
+      <c r="C891" s="84" t="s">
+        <v>3596</v>
+      </c>
+      <c r="D891" s="20">
+        <v>46367</v>
+      </c>
+      <c r="E891" s="70"/>
+      <c r="F891" s="70"/>
+    </row>
+    <row r="892" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A892" s="3" t="s">
+        <v>3139</v>
+      </c>
+      <c r="B892" s="15" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C892" s="84" t="s">
+        <v>1825</v>
+      </c>
+      <c r="D892" s="20">
+        <v>46368</v>
+      </c>
+      <c r="E892" s="70"/>
+      <c r="F892" s="70"/>
+    </row>
+    <row r="893" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A893" s="3" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B893" s="11" t="s">
+        <v>1827</v>
+      </c>
+      <c r="C893" s="88" t="s">
+        <v>226</v>
+      </c>
+      <c r="D893" s="30">
+        <v>46374</v>
+      </c>
+      <c r="E893" s="70"/>
+      <c r="F893" s="70"/>
+    </row>
+    <row r="894" spans="1:6" ht="118.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A894" s="3" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B894" s="15" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C894" s="88" t="s">
+        <v>1829</v>
+      </c>
+      <c r="D894" s="20">
+        <v>46373</v>
+      </c>
+      <c r="E894" s="70"/>
+      <c r="F894" s="70"/>
+    </row>
+    <row r="895" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A895" s="1" t="s">
+        <v>1830</v>
+      </c>
+      <c r="B895" s="11" t="s">
+        <v>1831</v>
+      </c>
+      <c r="C895" s="84" t="s">
+        <v>1832</v>
+      </c>
+      <c r="D895" s="20">
+        <v>46374</v>
+      </c>
+      <c r="E895" s="70"/>
+      <c r="F895" s="70"/>
+    </row>
+    <row r="896" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A896" s="3" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B896" s="11" t="s">
+        <v>1834</v>
+      </c>
+      <c r="C896" s="84" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D896" s="20">
+        <v>46373</v>
+      </c>
+      <c r="E896" s="70"/>
+      <c r="F896" s="70"/>
+    </row>
+    <row r="897" spans="1:6" ht="99" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A897" s="3" t="s">
+        <v>2149</v>
+      </c>
+      <c r="B897" s="15" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C897" s="84" t="s">
+        <v>3597</v>
+      </c>
+      <c r="D897" s="20">
+        <v>46374</v>
+      </c>
+      <c r="E897" s="70"/>
+      <c r="F897" s="70"/>
+    </row>
+    <row r="898" spans="1:6" ht="123.75" x14ac:dyDescent="0.2">
+      <c r="A898" s="1" t="s">
+        <v>3140</v>
+      </c>
+      <c r="B898" s="22" t="s">
+        <v>1838</v>
+      </c>
+      <c r="C898" s="84" t="s">
+        <v>3598</v>
+      </c>
+      <c r="D898" s="20">
+        <v>46374</v>
+      </c>
+      <c r="E898" s="70"/>
+      <c r="F898" s="70"/>
+    </row>
+    <row r="899" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A899" s="3" t="s">
+        <v>1839</v>
+      </c>
+      <c r="B899" s="15" t="s">
+        <v>1840</v>
+      </c>
+      <c r="C899" s="84" t="s">
+        <v>3599</v>
+      </c>
+      <c r="D899" s="20">
+        <v>46375</v>
+      </c>
+      <c r="E899" s="70"/>
+      <c r="F899" s="70"/>
+    </row>
+    <row r="900" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A900" s="3" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B900" s="15" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C900" s="84" t="s">
+        <v>3600</v>
+      </c>
+      <c r="D900" s="20">
+        <v>46375</v>
+      </c>
+      <c r="E900" s="70"/>
+      <c r="F900" s="70"/>
+    </row>
+    <row r="901" spans="1:6" ht="146.25" x14ac:dyDescent="0.2">
+      <c r="A901" s="3" t="s">
+        <v>1843</v>
+      </c>
+      <c r="B901" s="15" t="s">
+        <v>1844</v>
+      </c>
+      <c r="C901" s="84" t="s">
+        <v>3601</v>
+      </c>
+      <c r="D901" s="30">
+        <v>46428</v>
+      </c>
+      <c r="E901" s="82"/>
+      <c r="F901" s="70"/>
+    </row>
+    <row r="902" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A902" s="3" t="s">
+        <v>3141</v>
+      </c>
+      <c r="B902" s="15" t="s">
+        <v>1845</v>
+      </c>
+      <c r="C902" s="84" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D902" s="20">
+        <v>46383</v>
+      </c>
+      <c r="E902" s="70"/>
+      <c r="F902" s="70"/>
+    </row>
+    <row r="903" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A903" s="3" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B903" s="15" t="s">
+        <v>1848</v>
+      </c>
+      <c r="C903" s="84" t="s">
+        <v>3602</v>
+      </c>
+      <c r="D903" s="20">
+        <v>46386</v>
+      </c>
+      <c r="E903" s="70"/>
+      <c r="F903" s="70"/>
+    </row>
+    <row r="904" spans="1:6" ht="135" x14ac:dyDescent="0.2">
+      <c r="A904" s="3" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B904" s="11" t="s">
+        <v>1850</v>
+      </c>
+      <c r="C904" s="84" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D904" s="30">
+        <v>46331</v>
+      </c>
+      <c r="E904" s="70"/>
+      <c r="F904" s="70"/>
+    </row>
+    <row r="905" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A905" s="3" t="s">
+        <v>2770</v>
+      </c>
+      <c r="B905" s="15" t="s">
+        <v>1852</v>
+      </c>
+      <c r="C905" s="84" t="s">
+        <v>1853</v>
+      </c>
+      <c r="D905" s="30">
+        <v>46375</v>
+      </c>
+      <c r="E905" s="70"/>
+      <c r="F905" s="70"/>
+    </row>
+    <row r="906" spans="1:6" ht="126.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A906" s="3" t="s">
+        <v>1854</v>
+      </c>
+      <c r="B906" s="59" t="s">
+        <v>1855</v>
+      </c>
+      <c r="C906" s="84" t="s">
+        <v>1856</v>
+      </c>
+      <c r="D906" s="30">
+        <v>46371</v>
+      </c>
+      <c r="E906" s="70"/>
+      <c r="F906" s="70"/>
+    </row>
+    <row r="907" spans="1:6" ht="142.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A907" s="1" t="s">
+        <v>1857</v>
+      </c>
+      <c r="B907" s="12" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C907" s="84" t="s">
+        <v>3603</v>
+      </c>
+      <c r="D907" s="20">
+        <v>46138</v>
+      </c>
+      <c r="E907" s="70"/>
+      <c r="F907" s="70"/>
+    </row>
+    <row r="908" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A908" s="3" t="s">
+        <v>3142</v>
+      </c>
+      <c r="B908" s="15" t="s">
+        <v>1858</v>
+      </c>
+      <c r="C908" s="84" t="s">
+        <v>1859</v>
+      </c>
+      <c r="D908" s="30">
+        <v>46400</v>
+      </c>
+      <c r="E908" s="70"/>
+      <c r="F908" s="70"/>
+    </row>
+    <row r="909" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A909" s="3" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B909" s="11" t="s">
+        <v>1860</v>
+      </c>
+      <c r="C909" s="84" t="s">
+        <v>1861</v>
+      </c>
+      <c r="D909" s="30">
+        <v>46400</v>
+      </c>
+      <c r="E909" s="70"/>
+      <c r="F909" s="70"/>
+    </row>
+    <row r="910" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A910" s="3" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B910" s="15" t="s">
+        <v>1863</v>
+      </c>
+      <c r="C910" s="84" t="s">
+        <v>1864</v>
+      </c>
+      <c r="D910" s="30">
+        <v>46421</v>
+      </c>
+      <c r="E910" s="70"/>
+      <c r="F910" s="70"/>
+    </row>
+    <row r="911" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A911" s="3" t="s">
+        <v>2380</v>
+      </c>
+      <c r="B911" s="11" t="s">
+        <v>2280</v>
+      </c>
+      <c r="C911" s="84" t="s">
+        <v>3289</v>
+      </c>
+      <c r="D911" s="20">
+        <v>46404</v>
+      </c>
+      <c r="E911" s="70"/>
+      <c r="F911" s="70"/>
+    </row>
+    <row r="912" spans="1:6" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A912" s="3" t="s">
+        <v>1866</v>
+      </c>
+      <c r="B912" s="11" t="s">
+        <v>1867</v>
+      </c>
+      <c r="C912" s="84" t="s">
+        <v>1836</v>
+      </c>
+      <c r="D912" s="20">
+        <v>46413</v>
+      </c>
+      <c r="E912" s="70"/>
+      <c r="F912" s="70"/>
+    </row>
+    <row r="913" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A913" s="3" t="s">
+        <v>1868</v>
+      </c>
+      <c r="B913" s="15" t="s">
+        <v>1869</v>
+      </c>
+      <c r="C913" s="84" t="s">
+        <v>625</v>
+      </c>
+      <c r="D913" s="20">
+        <v>46414</v>
+      </c>
+      <c r="E913" s="70"/>
+      <c r="F913" s="70"/>
+    </row>
+    <row r="914" spans="1:6" ht="157.5" x14ac:dyDescent="0.2">
+      <c r="A914" s="3" t="s">
+        <v>2488</v>
+      </c>
+      <c r="B914" s="22" t="s">
+        <v>1870</v>
+      </c>
+      <c r="C914" s="84" t="s">
+        <v>3290</v>
+      </c>
+      <c r="D914" s="20">
+        <v>46418</v>
+      </c>
+      <c r="E914" s="70"/>
+      <c r="F914" s="70"/>
+    </row>
+    <row r="915" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A915" s="3" t="s">
+        <v>1871</v>
+      </c>
+      <c r="B915" s="15" t="s">
+        <v>1692</v>
+      </c>
+      <c r="C915" s="84" t="s">
+        <v>3604</v>
+      </c>
+      <c r="D915" s="30">
+        <v>46419</v>
+      </c>
+      <c r="E915" s="70"/>
+      <c r="F915" s="70"/>
+    </row>
+    <row r="916" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A916" s="3" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B916" s="15" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C916" s="84" t="s">
+        <v>3291</v>
+      </c>
+      <c r="D916" s="30">
+        <v>46421</v>
+      </c>
+      <c r="E916" s="70"/>
+      <c r="F916" s="70"/>
+    </row>
+    <row r="917" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A917" s="3" t="s">
+        <v>1874</v>
+      </c>
+      <c r="B917" s="22" t="s">
+        <v>1875</v>
+      </c>
+      <c r="C917" s="84" t="s">
+        <v>1876</v>
+      </c>
+      <c r="D917" s="30">
+        <v>46422</v>
+      </c>
+      <c r="E917" s="70"/>
+      <c r="F917" s="70"/>
+    </row>
+    <row r="918" spans="1:6" ht="122.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A918" s="3" t="s">
+        <v>3143</v>
+      </c>
+      <c r="B918" s="15" t="s">
+        <v>1877</v>
+      </c>
+      <c r="C918" s="84" t="s">
+        <v>100</v>
+      </c>
+      <c r="D918" s="30">
+        <v>46423</v>
+      </c>
+      <c r="E918" s="70"/>
+      <c r="F918" s="70"/>
+    </row>
+    <row r="919" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A919" s="1" t="s">
+        <v>3144</v>
+      </c>
+      <c r="B919" s="12" t="s">
+        <v>1878</v>
+      </c>
+      <c r="C919" s="84" t="s">
+        <v>1879</v>
+      </c>
+      <c r="D919" s="20">
+        <v>46424</v>
+      </c>
+      <c r="E919" s="70"/>
+      <c r="F919" s="70"/>
+    </row>
+    <row r="920" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A920" s="3" t="s">
+        <v>1880</v>
+      </c>
+      <c r="B920" s="15" t="s">
+        <v>1881</v>
+      </c>
+      <c r="C920" s="84" t="s">
+        <v>3605</v>
+      </c>
+      <c r="D920" s="20">
+        <v>46424</v>
+      </c>
+      <c r="E920" s="70"/>
+      <c r="F920" s="70"/>
+    </row>
+    <row r="921" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A921" s="1" t="s">
+        <v>3145</v>
+      </c>
+      <c r="B921" s="11" t="s">
+        <v>457</v>
+      </c>
+      <c r="C921" s="84" t="s">
+        <v>12</v>
+      </c>
+      <c r="D921" s="30">
+        <v>46426</v>
+      </c>
+      <c r="E921" s="70"/>
+      <c r="F921" s="70"/>
+    </row>
+    <row r="922" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A922" s="3" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B922" s="15" t="s">
+        <v>1883</v>
+      </c>
+      <c r="C922" s="84" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D922" s="20">
+        <v>46425</v>
+      </c>
+      <c r="E922" s="70"/>
+      <c r="F922" s="70"/>
+    </row>
+    <row r="923" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A923" s="1" t="s">
+        <v>1884</v>
+      </c>
+      <c r="B923" s="11" t="s">
+        <v>1885</v>
+      </c>
+      <c r="C923" s="84" t="s">
+        <v>1886</v>
+      </c>
+      <c r="D923" s="20">
+        <v>46426</v>
+      </c>
+      <c r="E923" s="70"/>
+      <c r="F923" s="70"/>
+    </row>
+    <row r="924" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A924" s="3" t="s">
+        <v>3146</v>
+      </c>
+      <c r="B924" s="15" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C924" s="88" t="s">
+        <v>1888</v>
+      </c>
+      <c r="D924" s="30">
+        <v>46425</v>
+      </c>
+      <c r="E924" s="70"/>
+      <c r="F924" s="70"/>
+    </row>
+    <row r="925" spans="1:6" ht="125.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A925" s="3" t="s">
+        <v>1889</v>
+      </c>
+      <c r="B925" s="15" t="s">
+        <v>1890</v>
+      </c>
+      <c r="C925" s="84" t="s">
+        <v>3606</v>
+      </c>
+      <c r="D925" s="30">
+        <v>46430</v>
+      </c>
+      <c r="E925" s="70"/>
+      <c r="F925" s="70"/>
+    </row>
+    <row r="926" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A926" s="3" t="s">
+        <v>2809</v>
+      </c>
+      <c r="B926" s="12" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C926" s="84" t="s">
+        <v>1892</v>
+      </c>
+      <c r="D926" s="30">
+        <v>46429</v>
+      </c>
+      <c r="E926" s="70"/>
+      <c r="F926" s="70"/>
+    </row>
+    <row r="927" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A927" s="3" t="s">
+        <v>1893</v>
+      </c>
+      <c r="B927" s="15" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C927" s="84" t="s">
+        <v>3607</v>
+      </c>
+      <c r="D927" s="30">
+        <v>46431</v>
+      </c>
+      <c r="E927" s="70"/>
+      <c r="F927" s="70"/>
+    </row>
+    <row r="928" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A928" s="1" t="s">
+        <v>2836</v>
+      </c>
+      <c r="B928" s="51" t="s">
+        <v>1895</v>
+      </c>
+      <c r="C928" s="84" t="s">
+        <v>1896</v>
+      </c>
+      <c r="D928" s="20">
+        <v>46404</v>
+      </c>
+      <c r="E928" s="70"/>
+      <c r="F928" s="70"/>
+    </row>
+    <row r="929" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A929" s="4" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B929" s="11" t="s">
+        <v>1898</v>
+      </c>
+      <c r="C929" s="84" t="s">
+        <v>3608</v>
+      </c>
+      <c r="D929" s="20">
+        <v>46431</v>
+      </c>
+      <c r="E929" s="70"/>
+      <c r="F929" s="70"/>
+    </row>
+    <row r="930" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A930" s="3" t="s">
+        <v>3147</v>
+      </c>
+      <c r="B930" s="15" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C930" s="84" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D930" s="30">
+        <v>46432</v>
+      </c>
+      <c r="E930" s="70"/>
+      <c r="F930" s="70"/>
+    </row>
+    <row r="931" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A931" s="3" t="s">
+        <v>3148</v>
+      </c>
+      <c r="B931" s="15" t="s">
+        <v>1901</v>
+      </c>
+      <c r="C931" s="84" t="s">
+        <v>3609</v>
+      </c>
+      <c r="D931" s="30">
+        <v>46432</v>
+      </c>
+      <c r="E931" s="70"/>
+      <c r="F931" s="70"/>
+    </row>
+    <row r="932" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A932" s="3" t="s">
+        <v>1902</v>
+      </c>
+      <c r="B932" s="11" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C932" s="84" t="s">
+        <v>3292</v>
+      </c>
+      <c r="D932" s="30">
+        <v>46432</v>
+      </c>
+      <c r="E932" s="70"/>
+      <c r="F932" s="70"/>
+    </row>
+    <row r="933" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A933" s="3" t="s">
+        <v>1904</v>
+      </c>
+      <c r="B933" s="11" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C933" s="84" t="s">
+        <v>3293</v>
+      </c>
+      <c r="D933" s="30">
+        <v>46432</v>
+      </c>
+      <c r="E933" s="70"/>
+      <c r="F933" s="70"/>
+    </row>
+    <row r="934" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A934" s="3" t="s">
+        <v>1905</v>
+      </c>
+      <c r="B934" s="11" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C934" s="84" t="s">
+        <v>3292</v>
+      </c>
+      <c r="D934" s="30">
+        <v>46432</v>
+      </c>
+      <c r="E934" s="70"/>
+      <c r="F934" s="70"/>
+    </row>
+    <row r="935" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A935" s="1" t="s">
+        <v>3149</v>
+      </c>
+      <c r="B935" s="11" t="s">
+        <v>1906</v>
+      </c>
+      <c r="C935" s="84" t="s">
+        <v>3610</v>
+      </c>
+      <c r="D935" s="30">
+        <v>46432</v>
+      </c>
+      <c r="E935" s="70"/>
+      <c r="F935" s="70"/>
+    </row>
+    <row r="936" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A936" s="3" t="s">
+        <v>1907</v>
+      </c>
+      <c r="B936" s="15" t="s">
+        <v>1908</v>
+      </c>
+      <c r="C936" s="84" t="s">
+        <v>3611</v>
+      </c>
+      <c r="D936" s="30">
+        <v>46439</v>
+      </c>
+      <c r="E936" s="70"/>
+      <c r="F936" s="70"/>
+    </row>
+    <row r="937" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A937" s="3" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B937" s="15" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C937" s="84" t="s">
+        <v>320</v>
+      </c>
+      <c r="D937" s="30">
+        <v>46439</v>
+      </c>
+      <c r="E937" s="70"/>
+      <c r="F937" s="70"/>
+    </row>
+    <row r="938" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A938" s="3" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B938" s="37" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C938" s="84" t="s">
+        <v>1912</v>
+      </c>
+      <c r="D938" s="30">
+        <v>46442</v>
+      </c>
+      <c r="E938" s="70"/>
+      <c r="F938" s="70"/>
+    </row>
+    <row r="939" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A939" s="3" t="s">
+        <v>1913</v>
+      </c>
+      <c r="B939" s="11" t="s">
+        <v>1914</v>
+      </c>
+      <c r="C939" s="84" t="s">
+        <v>1915</v>
+      </c>
+      <c r="D939" s="30">
+        <v>46114</v>
+      </c>
+      <c r="E939" s="70"/>
+      <c r="F939" s="70"/>
+    </row>
+    <row r="940" spans="1:6" ht="168.75" x14ac:dyDescent="0.2">
+      <c r="A940" s="2" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B940" s="12" t="s">
+        <v>1917</v>
+      </c>
+      <c r="C940" s="84" t="s">
+        <v>1918</v>
+      </c>
+      <c r="D940" s="20">
+        <v>46445</v>
+      </c>
+      <c r="E940" s="70"/>
+      <c r="F940" s="70"/>
+    </row>
+    <row r="941" spans="1:6" ht="285" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A941" s="52" t="s">
+        <v>1919</v>
+      </c>
+      <c r="B941" s="11" t="s">
+        <v>1920</v>
+      </c>
+      <c r="C941" s="84" t="s">
+        <v>3612</v>
+      </c>
+      <c r="D941" s="20">
+        <v>46113</v>
+      </c>
+      <c r="E941" s="70"/>
+      <c r="F941" s="70"/>
+    </row>
+    <row r="942" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A942" s="3" t="s">
+        <v>1921</v>
+      </c>
+      <c r="B942" s="12" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C942" s="84" t="s">
+        <v>1923</v>
+      </c>
+      <c r="D942" s="31">
+        <v>46446</v>
+      </c>
+      <c r="E942" s="70"/>
+      <c r="F942" s="70"/>
+    </row>
+    <row r="943" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A943" s="3" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B943" s="11" t="s">
+        <v>1925</v>
+      </c>
+      <c r="C943" s="84" t="s">
+        <v>1926</v>
+      </c>
+      <c r="D943" s="30">
+        <v>46422</v>
+      </c>
+      <c r="E943" s="70"/>
+      <c r="F943" s="70"/>
+    </row>
+    <row r="944" spans="1:6" ht="123.75" x14ac:dyDescent="0.2">
+      <c r="A944" s="3" t="s">
+        <v>3150</v>
+      </c>
+      <c r="B944" s="15" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C944" s="84" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D944" s="30">
+        <v>46145</v>
+      </c>
+      <c r="E944" s="70"/>
+      <c r="F944" s="70"/>
+    </row>
+    <row r="945" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A945" s="3" t="s">
+        <v>1929</v>
+      </c>
+      <c r="B945" s="15" t="s">
+        <v>1930</v>
+      </c>
+      <c r="C945" s="84" t="s">
+        <v>3294</v>
+      </c>
+      <c r="D945" s="20">
+        <v>46451</v>
+      </c>
+      <c r="E945" s="70"/>
+      <c r="F945" s="70"/>
+    </row>
+    <row r="946" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A946" s="3" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B946" s="15" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C946" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D946" s="20">
+        <v>46452</v>
+      </c>
+      <c r="E946" s="70"/>
+      <c r="F946" s="70"/>
+    </row>
+    <row r="947" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A947" s="3" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B947" s="15" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C947" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D947" s="20">
+        <v>46452</v>
+      </c>
+      <c r="E947" s="70"/>
+      <c r="F947" s="70"/>
+    </row>
+    <row r="948" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A948" s="3" t="s">
+        <v>1935</v>
+      </c>
+      <c r="B948" s="15" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C948" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D948" s="30">
+        <v>46452</v>
+      </c>
+      <c r="E948" s="70"/>
+      <c r="F948" s="70"/>
+    </row>
+    <row r="949" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A949" s="3" t="s">
+        <v>1937</v>
+      </c>
+      <c r="B949" s="15" t="s">
+        <v>1938</v>
+      </c>
+      <c r="C949" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D949" s="20">
+        <v>46452</v>
+      </c>
+      <c r="E949" s="70"/>
+      <c r="F949" s="70"/>
+    </row>
+    <row r="950" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A950" s="3" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B950" s="15" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C950" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D950" s="20">
+        <v>46452</v>
+      </c>
+      <c r="E950" s="70"/>
+      <c r="F950" s="70"/>
+    </row>
+    <row r="951" spans="1:6" ht="59.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A951" s="3" t="s">
+        <v>1941</v>
+      </c>
+      <c r="B951" s="11" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C951" s="84" t="s">
+        <v>3295</v>
+      </c>
+      <c r="D951" s="20">
+        <v>46452</v>
+      </c>
+      <c r="E951" s="70"/>
+      <c r="F951" s="70"/>
+    </row>
+    <row r="952" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A952" s="3" t="s">
+        <v>1943</v>
+      </c>
+      <c r="B952" s="15" t="s">
+        <v>1944</v>
+      </c>
+      <c r="C952" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D952" s="20">
+        <v>46453</v>
+      </c>
+      <c r="E952" s="70"/>
+      <c r="F952" s="70"/>
+    </row>
+    <row r="953" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A953" s="3" t="s">
+        <v>1945</v>
+      </c>
+      <c r="B953" s="15" t="s">
+        <v>1946</v>
+      </c>
+      <c r="C953" s="84" t="s">
+        <v>1947</v>
+      </c>
+      <c r="D953" s="20">
+        <v>46453</v>
+      </c>
+      <c r="E953" s="70"/>
+      <c r="F953" s="70"/>
+    </row>
+    <row r="954" spans="1:6" ht="327.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A954" s="3" t="s">
+        <v>3151</v>
+      </c>
+      <c r="B954" s="15" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C954" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D954" s="20">
+        <v>46452</v>
+      </c>
+      <c r="E954" s="70"/>
+      <c r="F954" s="70"/>
+    </row>
+    <row r="955" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A955" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B955" s="11" t="s">
+        <v>2176</v>
+      </c>
+      <c r="C955" s="84" t="s">
+        <v>3613</v>
+      </c>
+      <c r="D955" s="30">
+        <v>46467</v>
+      </c>
+      <c r="E955" s="70"/>
+      <c r="F955" s="70"/>
+    </row>
+    <row r="956" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A956" s="2" t="s">
+        <v>1950</v>
+      </c>
+      <c r="B956" s="12" t="s">
+        <v>1951</v>
+      </c>
+      <c r="C956" s="84" t="s">
+        <v>533</v>
+      </c>
+      <c r="D956" s="30">
+        <v>46456</v>
+      </c>
+      <c r="E956" s="70"/>
+      <c r="F956" s="70"/>
+    </row>
+    <row r="957" spans="1:6" ht="292.5" x14ac:dyDescent="0.2">
+      <c r="A957" s="8" t="s">
+        <v>3152</v>
+      </c>
+      <c r="B957" s="11" t="s">
+        <v>1952</v>
+      </c>
+      <c r="C957" s="84" t="s">
+        <v>3614</v>
+      </c>
+      <c r="D957" s="20">
+        <v>46459</v>
+      </c>
+      <c r="E957" s="70"/>
+      <c r="F957" s="70"/>
+    </row>
+    <row r="958" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A958" s="3" t="s">
+        <v>1953</v>
+      </c>
+      <c r="B958" s="15" t="s">
+        <v>1954</v>
+      </c>
+      <c r="C958" s="84" t="s">
+        <v>3296</v>
+      </c>
+      <c r="D958" s="20">
+        <v>46460</v>
+      </c>
+      <c r="E958" s="70"/>
+      <c r="F958" s="70"/>
+    </row>
+    <row r="959" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A959" s="3" t="s">
+        <v>1955</v>
+      </c>
+      <c r="B959" s="11" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C959" s="84" t="s">
+        <v>3615</v>
+      </c>
+      <c r="D959" s="30">
+        <v>46458</v>
+      </c>
+      <c r="E959" s="70"/>
+      <c r="F959" s="70"/>
+    </row>
+    <row r="960" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A960" s="3" t="s">
+        <v>3153</v>
+      </c>
+      <c r="B960" s="15" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C960" s="84" t="s">
+        <v>1958</v>
+      </c>
+      <c r="D960" s="30">
+        <v>46460</v>
+      </c>
+      <c r="E960" s="70"/>
+      <c r="F960" s="70"/>
+    </row>
+    <row r="961" spans="1:6" ht="125.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A961" s="3" t="s">
+        <v>2219</v>
+      </c>
+      <c r="B961" s="11" t="s">
+        <v>1959</v>
+      </c>
+      <c r="C961" s="84" t="s">
+        <v>1960</v>
+      </c>
+      <c r="D961" s="30">
+        <v>46464</v>
+      </c>
+      <c r="E961" s="70"/>
+      <c r="F961" s="70"/>
+    </row>
+    <row r="962" spans="1:6" ht="160.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A962" s="2" t="s">
+        <v>1961</v>
+      </c>
+      <c r="B962" s="11" t="s">
+        <v>1962</v>
+      </c>
+      <c r="C962" s="84" t="s">
+        <v>3616</v>
+      </c>
+      <c r="D962" s="20">
+        <v>46465</v>
+      </c>
+      <c r="E962" s="70"/>
+      <c r="F962" s="70"/>
+    </row>
+    <row r="963" spans="1:6" ht="272.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A963" s="3" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B963" s="11" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C963" s="84" t="s">
+        <v>3617</v>
+      </c>
+      <c r="D963" s="30">
+        <v>46100</v>
+      </c>
+      <c r="E963" s="70"/>
+      <c r="F963" s="70"/>
+    </row>
+    <row r="964" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A964" s="46" t="s">
+        <v>3154</v>
+      </c>
+      <c r="B964" s="15" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C964" s="84" t="s">
+        <v>3618</v>
+      </c>
+      <c r="D964" s="30">
+        <v>46466</v>
+      </c>
+      <c r="E964" s="70"/>
+      <c r="F964" s="70"/>
+    </row>
+    <row r="965" spans="1:6" ht="73.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A965" s="3" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B965" s="11" t="s">
+        <v>1967</v>
+      </c>
+      <c r="C965" s="84" t="s">
+        <v>3619</v>
+      </c>
+      <c r="D965" s="30">
+        <v>46466</v>
+      </c>
+      <c r="E965" s="70"/>
+      <c r="F965" s="70"/>
+    </row>
+    <row r="966" spans="1:6" ht="200.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A966" s="3" t="s">
+        <v>1968</v>
+      </c>
+      <c r="B966" s="15" t="s">
+        <v>1969</v>
+      </c>
+      <c r="C966" s="84" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D966" s="20">
+        <v>46101</v>
+      </c>
+      <c r="E966" s="70"/>
+      <c r="F966" s="70"/>
+    </row>
+    <row r="967" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A967" s="1" t="s">
+        <v>1970</v>
+      </c>
+      <c r="B967" s="11" t="s">
+        <v>1971</v>
+      </c>
+      <c r="C967" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D967" s="20">
+        <v>46467</v>
+      </c>
+      <c r="E967" s="70"/>
+      <c r="F967" s="70"/>
+    </row>
+    <row r="968" spans="1:6" ht="405" x14ac:dyDescent="0.2">
+      <c r="A968" s="2" t="s">
+        <v>2867</v>
+      </c>
+      <c r="B968" s="15" t="s">
+        <v>2117</v>
+      </c>
+      <c r="C968" s="84" t="s">
+        <v>1972</v>
+      </c>
+      <c r="D968" s="20">
+        <v>46105</v>
+      </c>
+      <c r="E968" s="70"/>
+      <c r="F968" s="70"/>
+    </row>
+    <row r="969" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A969" s="3" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B969" s="15" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C969" s="84" t="s">
+        <v>1975</v>
+      </c>
+      <c r="D969" s="20">
+        <v>46473</v>
+      </c>
+      <c r="E969" s="70"/>
+      <c r="F969" s="70"/>
+    </row>
+    <row r="970" spans="1:6" ht="133.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A970" s="48" t="s">
+        <v>1976</v>
+      </c>
+      <c r="B970" s="37" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C970" s="84" t="s">
+        <v>3620</v>
+      </c>
+      <c r="D970" s="20">
+        <v>46107</v>
+      </c>
+      <c r="E970" s="70"/>
+      <c r="F970" s="70"/>
+    </row>
+    <row r="971" spans="1:6" ht="112.5" x14ac:dyDescent="0.2">
+      <c r="A971" s="3" t="s">
+        <v>1977</v>
+      </c>
+      <c r="B971" s="15" t="s">
+        <v>1978</v>
+      </c>
+      <c r="C971" s="84" t="s">
+        <v>3297</v>
+      </c>
+      <c r="D971" s="20">
+        <v>46107</v>
+      </c>
+      <c r="E971" s="70"/>
+      <c r="F971" s="70"/>
+    </row>
+    <row r="972" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A972" s="3" t="s">
+        <v>3155</v>
+      </c>
+      <c r="B972" s="15" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C972" s="84" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D972" s="20">
+        <v>46472</v>
+      </c>
+      <c r="E972" s="70"/>
+      <c r="F972" s="70"/>
+    </row>
+    <row r="973" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A973" s="3" t="s">
+        <v>1981</v>
+      </c>
+      <c r="B973" s="15" t="s">
+        <v>1982</v>
+      </c>
+      <c r="C973" s="84" t="s">
+        <v>1983</v>
+      </c>
+      <c r="D973" s="20">
+        <v>46108</v>
+      </c>
+      <c r="E973" s="70"/>
+      <c r="F973" s="70"/>
+    </row>
+    <row r="974" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A974" s="1" t="s">
+        <v>1984</v>
+      </c>
+      <c r="B974" s="12" t="s">
+        <v>1985</v>
+      </c>
+      <c r="C974" s="84" t="s">
+        <v>3621</v>
+      </c>
+      <c r="D974" s="30">
+        <v>46109</v>
+      </c>
+      <c r="E974" s="70"/>
+      <c r="F974" s="70"/>
+    </row>
+    <row r="975" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A975" s="2" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B975" s="12" t="s">
+        <v>1987</v>
+      </c>
+      <c r="C975" s="84" t="s">
+        <v>642</v>
+      </c>
+      <c r="D975" s="20">
+        <v>46109</v>
+      </c>
+      <c r="E975" s="70"/>
+      <c r="F975" s="70"/>
+    </row>
+    <row r="976" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A976" s="4" t="s">
+        <v>2899</v>
+      </c>
+      <c r="B976" s="11" t="s">
+        <v>1988</v>
+      </c>
+      <c r="C976" s="84" t="s">
+        <v>21</v>
+      </c>
+      <c r="D976" s="56">
+        <v>46113</v>
+      </c>
+      <c r="E976" s="70"/>
+      <c r="F976" s="70"/>
+    </row>
+    <row r="977" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A977" s="3" t="s">
+        <v>1989</v>
+      </c>
+      <c r="B977" s="15" t="s">
+        <v>1990</v>
+      </c>
+      <c r="C977" s="84" t="s">
+        <v>1991</v>
+      </c>
+      <c r="D977" s="30">
+        <v>46113</v>
+      </c>
+      <c r="E977" s="70"/>
+      <c r="F977" s="70"/>
+    </row>
+    <row r="978" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A978" s="3" t="s">
+        <v>1992</v>
+      </c>
+      <c r="B978" s="15" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C978" s="84" t="s">
+        <v>1994</v>
+      </c>
+      <c r="D978" s="30">
+        <v>46116</v>
+      </c>
+      <c r="E978" s="70"/>
+      <c r="F978" s="70"/>
+    </row>
+    <row r="979" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A979" s="3" t="s">
+        <v>3219</v>
+      </c>
+      <c r="B979" s="15" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C979" s="84" t="s">
+        <v>3622</v>
+      </c>
+      <c r="D979" s="30">
+        <v>46481</v>
+      </c>
+      <c r="E979" s="70"/>
+      <c r="F979" s="70"/>
+    </row>
+    <row r="980" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A980" s="3" t="s">
+        <v>1996</v>
+      </c>
+      <c r="B980" s="11" t="s">
+        <v>1997</v>
+      </c>
+      <c r="C980" s="84" t="s">
+        <v>1998</v>
+      </c>
+      <c r="D980" s="20">
+        <v>46481</v>
+      </c>
+      <c r="E980" s="70"/>
+      <c r="F980" s="70"/>
+    </row>
+    <row r="981" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A981" s="3" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B981" s="11" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C981" s="84" t="s">
+        <v>3623</v>
+      </c>
+      <c r="D981" s="30">
+        <v>46158</v>
+      </c>
+      <c r="E981" s="70"/>
+      <c r="F981" s="70"/>
+    </row>
+    <row r="982" spans="1:6" ht="409.5" x14ac:dyDescent="0.2">
+      <c r="A982" s="3" t="s">
+        <v>3156</v>
+      </c>
+      <c r="B982" s="15" t="s">
+        <v>2001</v>
+      </c>
+      <c r="C982" s="84" t="s">
+        <v>2002</v>
+      </c>
+      <c r="D982" s="30">
+        <v>46120</v>
+      </c>
+      <c r="E982" s="70"/>
+      <c r="F982" s="70"/>
+    </row>
+    <row r="983" spans="1:6" ht="168.75" x14ac:dyDescent="0.2">
+      <c r="A983" s="3" t="s">
+        <v>2003</v>
+      </c>
+      <c r="B983" s="11" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C983" s="84" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D983" s="20">
+        <v>46123</v>
+      </c>
+      <c r="E983" s="70"/>
+      <c r="F983" s="70"/>
+    </row>
+    <row r="984" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A984" s="3" t="s">
+        <v>2006</v>
+      </c>
+      <c r="B984" s="15" t="s">
+        <v>2007</v>
+      </c>
+      <c r="C984" s="84" t="s">
+        <v>3624</v>
+      </c>
+      <c r="D984" s="30">
+        <v>46123</v>
+      </c>
+      <c r="E984" s="70"/>
+      <c r="F984" s="70"/>
+    </row>
+    <row r="985" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A985" s="3" t="s">
+        <v>2034</v>
+      </c>
+      <c r="B985" s="15" t="s">
+        <v>2035</v>
+      </c>
+      <c r="C985" s="84" t="s">
+        <v>3625</v>
+      </c>
+      <c r="D985" s="30">
+        <v>46127</v>
+      </c>
+      <c r="E985" s="70"/>
+      <c r="F985" s="70"/>
+    </row>
+    <row r="986" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A986" s="3" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B986" s="11" t="s">
+        <v>2038</v>
+      </c>
+      <c r="C986" s="84" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D986" s="30">
+        <v>46249</v>
+      </c>
+      <c r="E986" s="70"/>
+      <c r="F986" s="70"/>
+    </row>
+    <row r="987" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A987" s="3" t="s">
+        <v>3157</v>
+      </c>
+      <c r="B987" s="15" t="s">
+        <v>2040</v>
+      </c>
+      <c r="C987" s="84" t="s">
+        <v>2041</v>
+      </c>
+      <c r="D987" s="30">
+        <v>46128</v>
+      </c>
+      <c r="E987" s="70"/>
+      <c r="F987" s="70"/>
+    </row>
+    <row r="988" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A988" s="3" t="s">
+        <v>2042</v>
+      </c>
+      <c r="B988" s="11" t="s">
+        <v>2043</v>
+      </c>
+      <c r="C988" s="84" t="s">
+        <v>2044</v>
+      </c>
+      <c r="D988" s="20">
+        <v>46493</v>
+      </c>
+      <c r="E988" s="70"/>
+      <c r="F988" s="70"/>
+    </row>
+    <row r="989" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A989" s="3" t="s">
+        <v>940</v>
+      </c>
+      <c r="B989" s="11" t="s">
+        <v>941</v>
+      </c>
+      <c r="C989" s="84" t="s">
+        <v>2524</v>
+      </c>
+      <c r="D989" s="30">
+        <v>46129</v>
+      </c>
+      <c r="E989" s="70"/>
+      <c r="F989" s="70"/>
+    </row>
+    <row r="990" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A990" s="1" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B990" s="11" t="s">
+        <v>2047</v>
+      </c>
+      <c r="C990" s="84" t="s">
+        <v>2048</v>
+      </c>
+      <c r="D990" s="20">
+        <v>46123</v>
+      </c>
+      <c r="E990" s="70"/>
+      <c r="F990" s="70"/>
+    </row>
+    <row r="991" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A991" s="3" t="s">
+        <v>2049</v>
+      </c>
+      <c r="B991" s="15" t="s">
+        <v>2050</v>
+      </c>
+      <c r="C991" s="84" t="s">
+        <v>3298</v>
+      </c>
+      <c r="D991" s="30">
+        <v>46472</v>
+      </c>
+      <c r="E991" s="70"/>
+      <c r="F991" s="70"/>
+    </row>
+    <row r="992" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A992" s="1" t="s">
+        <v>2051</v>
+      </c>
+      <c r="B992" s="11" t="s">
+        <v>2052</v>
+      </c>
+      <c r="C992" s="84" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D992" s="20">
+        <v>46123</v>
+      </c>
+      <c r="E992" s="70"/>
+      <c r="F992" s="70"/>
+    </row>
+    <row r="993" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A993" s="3" t="s">
+        <v>2055</v>
+      </c>
+      <c r="B993" s="11" t="s">
+        <v>2056</v>
+      </c>
+      <c r="C993" s="84" t="s">
+        <v>3626</v>
+      </c>
+      <c r="D993" s="20">
+        <v>46501</v>
+      </c>
+      <c r="E993" s="70"/>
+      <c r="F993" s="70"/>
+    </row>
+    <row r="994" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A994" s="3" t="s">
+        <v>3158</v>
+      </c>
+      <c r="B994" s="15" t="s">
+        <v>825</v>
+      </c>
+      <c r="C994" s="86" t="s">
+        <v>2057</v>
+      </c>
+      <c r="D994" s="20">
+        <v>46142</v>
+      </c>
+      <c r="E994" s="70"/>
+      <c r="F994" s="70"/>
+    </row>
+    <row r="995" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A995" s="3" t="s">
+        <v>2058</v>
+      </c>
+      <c r="B995" s="15" t="s">
+        <v>2059</v>
+      </c>
+      <c r="C995" s="84" t="s">
+        <v>2060</v>
+      </c>
+      <c r="D995" s="20">
+        <v>46142</v>
+      </c>
+      <c r="E995" s="70"/>
+      <c r="F995" s="70"/>
+    </row>
+    <row r="996" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A996" s="3" t="s">
+        <v>2062</v>
+      </c>
+      <c r="B996" s="15" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C996" s="84" t="s">
+        <v>3627</v>
+      </c>
+      <c r="D996" s="30">
+        <v>46506</v>
+      </c>
+      <c r="E996" s="70"/>
+      <c r="F996" s="70"/>
+    </row>
+    <row r="997" spans="1:6" ht="271.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A997" s="3" t="s">
+        <v>2063</v>
+      </c>
+      <c r="B997" s="11" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C997" s="84" t="s">
+        <v>3628</v>
+      </c>
+      <c r="D997" s="30">
+        <v>46126</v>
+      </c>
+      <c r="E997" s="70"/>
+      <c r="F997" s="70"/>
+    </row>
+    <row r="998" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A998" s="3" t="s">
+        <v>2065</v>
+      </c>
+      <c r="B998" s="15" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C998" s="84" t="s">
+        <v>3627</v>
+      </c>
+      <c r="D998" s="30">
+        <v>46506</v>
+      </c>
+      <c r="E998" s="70"/>
+      <c r="F998" s="70"/>
+    </row>
+    <row r="999" spans="1:6" ht="67.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A999" s="3" t="s">
+        <v>3159</v>
+      </c>
+      <c r="B999" s="15" t="s">
+        <v>2066</v>
+      </c>
+      <c r="C999" s="84" t="s">
+        <v>3629</v>
+      </c>
+      <c r="D999" s="20">
+        <v>46410</v>
+      </c>
+      <c r="E999" s="70"/>
+      <c r="F999" s="70"/>
+    </row>
+    <row r="1000" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1000" s="3" t="s">
+        <v>3222</v>
+      </c>
+      <c r="B1000" s="15" t="s">
+        <v>2067</v>
+      </c>
+      <c r="C1000" s="84" t="s">
+        <v>778</v>
+      </c>
+      <c r="D1000" s="20">
+        <v>46143</v>
+      </c>
+      <c r="E1000" s="70"/>
+      <c r="F1000" s="70"/>
+    </row>
+    <row r="1001" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A1001" s="3" t="s">
+        <v>2068</v>
+      </c>
+      <c r="B1001" s="11" t="s">
+        <v>2069</v>
+      </c>
+      <c r="C1001" s="84" t="s">
+        <v>3630</v>
+      </c>
+      <c r="D1001" s="30">
+        <v>46142</v>
+      </c>
+      <c r="E1001" s="70"/>
+      <c r="F1001" s="70"/>
+    </row>
+    <row r="1002" spans="1:6" ht="186.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1002" s="3" t="s">
+        <v>2070</v>
+      </c>
+      <c r="B1002" s="15" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C1002" s="84" t="s">
+        <v>3631</v>
+      </c>
+      <c r="D1002" s="20">
+        <v>46143</v>
+      </c>
+      <c r="E1002" s="70"/>
+      <c r="F1002" s="70"/>
+    </row>
+    <row r="1003" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1003" s="3" t="s">
+        <v>3160</v>
+      </c>
+      <c r="B1003" s="22" t="s">
+        <v>2072</v>
+      </c>
+      <c r="C1003" s="84" t="s">
+        <v>2073</v>
+      </c>
+      <c r="D1003" s="20">
+        <v>46147</v>
+      </c>
+      <c r="E1003" s="70"/>
+      <c r="F1003" s="70"/>
+    </row>
+    <row r="1004" spans="1:6" ht="191.25" x14ac:dyDescent="0.2">
+      <c r="A1004" s="3" t="s">
+        <v>3161</v>
+      </c>
+      <c r="B1004" s="15" t="s">
+        <v>2074</v>
+      </c>
+      <c r="C1004" s="84" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D1004" s="20">
+        <v>46148</v>
+      </c>
+      <c r="E1004" s="70"/>
+      <c r="F1004" s="70"/>
+    </row>
+    <row r="1005" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1005" s="3" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B1005" s="15" t="s">
+        <v>2077</v>
+      </c>
+      <c r="C1005" s="84" t="s">
+        <v>3632</v>
+      </c>
+      <c r="D1005" s="20">
+        <v>46148</v>
+      </c>
+      <c r="E1005" s="70"/>
+      <c r="F1005" s="70"/>
+    </row>
+    <row r="1006" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A1006" s="3" t="s">
+        <v>2814</v>
+      </c>
+      <c r="B1006" s="11" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C1006" s="84" t="s">
+        <v>618</v>
+      </c>
+      <c r="D1006" s="30">
+        <v>46149</v>
+      </c>
+      <c r="E1006" s="70"/>
+      <c r="F1006" s="70"/>
+    </row>
+    <row r="1007" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1007" s="3" t="s">
+        <v>2079</v>
+      </c>
+      <c r="B1007" s="11" t="s">
+        <v>2080</v>
+      </c>
+      <c r="C1007" s="84" t="s">
+        <v>2081</v>
+      </c>
+      <c r="D1007" s="30">
+        <v>46149</v>
+      </c>
+      <c r="E1007" s="70"/>
+      <c r="F1007" s="70"/>
+    </row>
+    <row r="1008" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1008" s="3" t="s">
+        <v>2083</v>
+      </c>
+      <c r="B1008" s="15" t="s">
+        <v>2082</v>
+      </c>
+      <c r="C1008" s="84" t="s">
+        <v>3633</v>
+      </c>
+      <c r="D1008" s="30">
+        <v>46516</v>
+      </c>
+      <c r="E1008" s="70"/>
+      <c r="F1008" s="70"/>
+    </row>
+    <row r="1009" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1009" s="3" t="s">
+        <v>3162</v>
+      </c>
+      <c r="B1009" s="11" t="s">
+        <v>2086</v>
+      </c>
+      <c r="C1009" s="84" t="s">
+        <v>3634</v>
+      </c>
+      <c r="D1009" s="30">
+        <v>46153</v>
+      </c>
+      <c r="E1009" s="70"/>
+      <c r="F1009" s="70"/>
+    </row>
+    <row r="1010" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A1010" s="3" t="s">
+        <v>2087</v>
+      </c>
+      <c r="B1010" s="11" t="s">
+        <v>2088</v>
+      </c>
+      <c r="C1010" s="84" t="s">
+        <v>2089</v>
+      </c>
+      <c r="D1010" s="30">
+        <v>46154</v>
+      </c>
+      <c r="E1010" s="70"/>
+      <c r="F1010" s="70"/>
+    </row>
+    <row r="1011" spans="1:6" ht="409.5" x14ac:dyDescent="0.2">
+      <c r="A1011" s="2" t="s">
+        <v>2091</v>
+      </c>
+      <c r="B1011" s="12" t="s">
+        <v>2090</v>
+      </c>
+      <c r="C1011" s="84" t="s">
+        <v>3635</v>
+      </c>
+      <c r="D1011" s="30">
+        <v>46154</v>
+      </c>
+      <c r="E1011" s="70"/>
+      <c r="F1011" s="70"/>
+    </row>
+    <row r="1012" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1012" s="3" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B1012" s="11" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C1012" s="88" t="s">
+        <v>642</v>
+      </c>
+      <c r="D1012" s="30">
+        <v>46155</v>
+      </c>
+      <c r="E1012" s="70"/>
+      <c r="F1012" s="70"/>
+    </row>
+    <row r="1013" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1013" s="3" t="s">
+        <v>3163</v>
+      </c>
+      <c r="B1013" s="15" t="s">
+        <v>2094</v>
+      </c>
+      <c r="C1013" s="84" t="s">
+        <v>3636</v>
+      </c>
+      <c r="D1013" s="30">
+        <v>46157</v>
+      </c>
+      <c r="E1013" s="70"/>
+      <c r="F1013" s="70"/>
+    </row>
+    <row r="1014" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1014" s="3" t="s">
+        <v>2095</v>
+      </c>
+      <c r="B1014" s="15" t="s">
+        <v>2096</v>
+      </c>
+      <c r="C1014" s="84" t="s">
+        <v>122</v>
+      </c>
+      <c r="D1014" s="30">
+        <v>46157</v>
+      </c>
+      <c r="E1014" s="70"/>
+      <c r="F1014" s="70"/>
+    </row>
+    <row r="1015" spans="1:6" ht="241.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1015" s="3" t="s">
+        <v>2097</v>
+      </c>
+      <c r="B1015" s="11" t="s">
+        <v>306</v>
+      </c>
+      <c r="C1015" s="84" t="s">
+        <v>2098</v>
+      </c>
+      <c r="D1015" s="30">
+        <v>46162</v>
+      </c>
+      <c r="E1015" s="70"/>
+      <c r="F1015" s="76"/>
+    </row>
+    <row r="1016" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1016" s="3" t="s">
+        <v>2099</v>
+      </c>
+      <c r="B1016" s="15" t="s">
+        <v>2100</v>
+      </c>
+      <c r="C1016" s="84" t="s">
+        <v>2101</v>
+      </c>
+      <c r="D1016" s="30">
+        <v>46162</v>
+      </c>
+      <c r="E1016" s="70"/>
+      <c r="F1016" s="70"/>
+    </row>
+    <row r="1017" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1017" s="3" t="s">
+        <v>2102</v>
+      </c>
+      <c r="B1017" s="15" t="s">
+        <v>2103</v>
+      </c>
+      <c r="C1017" s="84" t="s">
+        <v>2104</v>
+      </c>
+      <c r="D1017" s="30">
+        <v>46162</v>
+      </c>
+      <c r="E1017" s="70"/>
+      <c r="F1017" s="70"/>
+    </row>
+    <row r="1018" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A1018" s="3" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B1018" s="22" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C1018" s="84" t="s">
+        <v>3637</v>
+      </c>
+      <c r="D1018" s="30">
+        <v>46162</v>
+      </c>
+      <c r="E1018" s="70"/>
+      <c r="F1018" s="70"/>
+    </row>
+    <row r="1019" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1019" s="3" t="s">
+        <v>3164</v>
+      </c>
+      <c r="B1019" s="15" t="s">
+        <v>2107</v>
+      </c>
+      <c r="C1019" s="84" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D1019" s="30">
+        <v>46163</v>
+      </c>
+      <c r="E1019" s="70"/>
+      <c r="F1019" s="70"/>
+    </row>
+    <row r="1020" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1020" s="3" t="s">
+        <v>2112</v>
+      </c>
+      <c r="B1020" s="15" t="s">
+        <v>2113</v>
+      </c>
+      <c r="C1020" s="84" t="s">
+        <v>2114</v>
+      </c>
+      <c r="D1020" s="30">
+        <v>46166</v>
+      </c>
+      <c r="E1020" s="70"/>
+      <c r="F1020" s="70"/>
+    </row>
+    <row r="1021" spans="1:6" ht="263.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1021" s="3" t="s">
+        <v>2115</v>
+      </c>
+      <c r="B1021" s="15" t="s">
+        <v>2116</v>
+      </c>
+      <c r="C1021" s="84" t="s">
+        <v>3638</v>
+      </c>
+      <c r="D1021" s="30">
+        <v>46165</v>
+      </c>
+      <c r="E1021" s="70"/>
+      <c r="F1021" s="70"/>
+    </row>
+    <row r="1022" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1022" s="3" t="s">
+        <v>2118</v>
+      </c>
+      <c r="B1022" s="11" t="s">
+        <v>2119</v>
+      </c>
+      <c r="C1022" s="84" t="s">
+        <v>3639</v>
+      </c>
+      <c r="D1022" s="30">
+        <v>46170</v>
+      </c>
+      <c r="E1022" s="70"/>
+      <c r="F1022" s="70"/>
+    </row>
+    <row r="1023" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A1023" s="3" t="s">
+        <v>3239</v>
+      </c>
+      <c r="B1023" s="15" t="s">
+        <v>2120</v>
+      </c>
+      <c r="C1023" s="84" t="s">
+        <v>3640</v>
+      </c>
+      <c r="D1023" s="30">
+        <v>46170</v>
+      </c>
+      <c r="E1023" s="70"/>
+      <c r="F1023" s="70"/>
+    </row>
+    <row r="1024" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1024" s="53" t="s">
+        <v>2121</v>
+      </c>
+      <c r="B1024" s="15" t="s">
+        <v>2122</v>
+      </c>
+      <c r="C1024" s="84" t="s">
+        <v>2123</v>
+      </c>
+      <c r="D1024" s="30">
+        <v>46171</v>
+      </c>
+      <c r="E1024" s="70"/>
+      <c r="F1024" s="70"/>
+    </row>
+    <row r="1025" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A1025" s="2" t="s">
+        <v>2124</v>
+      </c>
+      <c r="B1025" s="12" t="s">
+        <v>2125</v>
+      </c>
+      <c r="C1025" s="84" t="s">
+        <v>3641</v>
+      </c>
+      <c r="D1025" s="30">
+        <v>46200</v>
+      </c>
+      <c r="E1025" s="70"/>
+      <c r="F1025" s="70"/>
+    </row>
+    <row r="1026" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A1026" s="3" t="s">
+        <v>2126</v>
+      </c>
+      <c r="B1026" s="15" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C1026" s="84" t="s">
+        <v>2128</v>
+      </c>
+      <c r="D1026" s="30">
+        <v>46221</v>
+      </c>
+      <c r="E1026" s="70"/>
+      <c r="F1026" s="70"/>
+    </row>
+    <row r="1027" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1027" s="3" t="s">
+        <v>2129</v>
+      </c>
+      <c r="B1027" s="15" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C1027" s="84" t="s">
+        <v>3642</v>
+      </c>
+      <c r="D1027" s="30">
+        <v>46171</v>
+      </c>
+      <c r="E1027" s="70"/>
+      <c r="F1027" s="70"/>
+    </row>
+    <row r="1028" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1028" s="3" t="s">
+        <v>2131</v>
+      </c>
+      <c r="B1028" s="15" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C1028" s="84" t="s">
+        <v>2133</v>
+      </c>
+      <c r="D1028" s="30">
+        <v>46171</v>
+      </c>
+      <c r="E1028" s="70"/>
+      <c r="F1028" s="70"/>
+    </row>
+    <row r="1029" spans="1:6" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1029" s="4" t="s">
+        <v>3165</v>
+      </c>
+      <c r="B1029" s="11" t="s">
+        <v>345</v>
+      </c>
+      <c r="C1029" s="84" t="s">
+        <v>346</v>
+      </c>
+      <c r="D1029" s="30">
+        <v>46224</v>
+      </c>
+      <c r="E1029" s="70"/>
+      <c r="F1029" s="70"/>
+    </row>
+    <row r="1030" spans="1:6" ht="76.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1030" s="1" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B1030" s="11" t="s">
+        <v>2135</v>
+      </c>
+      <c r="C1030" s="84" t="s">
+        <v>3643</v>
+      </c>
+      <c r="D1030" s="20">
+        <v>46172</v>
+      </c>
+      <c r="E1030" s="70"/>
+      <c r="F1030" s="70"/>
+    </row>
+    <row r="1031" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1031" s="3" t="s">
+        <v>2138</v>
+      </c>
+      <c r="B1031" s="11" t="s">
+        <v>1865</v>
+      </c>
+      <c r="C1031" s="84" t="s">
+        <v>3644</v>
+      </c>
+      <c r="D1031" s="20">
+        <v>46177</v>
+      </c>
+      <c r="E1031" s="70"/>
+      <c r="F1031" s="70"/>
+    </row>
+    <row r="1032" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1032" s="3" t="s">
+        <v>3166</v>
+      </c>
+      <c r="B1032" s="15" t="s">
+        <v>2139</v>
+      </c>
+      <c r="C1032" s="84" t="s">
+        <v>2140</v>
+      </c>
+      <c r="D1032" s="20">
+        <v>46176</v>
+      </c>
+      <c r="E1032" s="70"/>
+      <c r="F1032" s="70"/>
+    </row>
+    <row r="1033" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1033" s="3" t="s">
+        <v>2143</v>
+      </c>
+      <c r="B1033" s="15" t="s">
+        <v>2144</v>
+      </c>
+      <c r="C1033" s="84" t="s">
+        <v>2145</v>
+      </c>
+      <c r="D1033" s="20">
+        <v>46178</v>
+      </c>
+      <c r="E1033" s="70"/>
+      <c r="F1033" s="70"/>
+    </row>
+    <row r="1034" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1034" s="3" t="s">
+        <v>3167</v>
+      </c>
+      <c r="B1034" s="15" t="s">
+        <v>2146</v>
+      </c>
+      <c r="C1034" s="84" t="s">
+        <v>2147</v>
+      </c>
+      <c r="D1034" s="20">
+        <v>46176</v>
+      </c>
+      <c r="E1034" s="70"/>
+      <c r="F1034" s="70"/>
+    </row>
+    <row r="1035" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A1035" s="3" t="s">
+        <v>2148</v>
+      </c>
+      <c r="B1035" s="15" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C1035" s="84" t="s">
+        <v>3645</v>
+      </c>
+      <c r="D1035" s="20">
+        <v>46374</v>
+      </c>
+      <c r="E1035" s="70"/>
+      <c r="F1035" s="70"/>
+    </row>
+    <row r="1036" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1036" s="3" t="s">
+        <v>2150</v>
+      </c>
+      <c r="B1036" s="37" t="s">
+        <v>2151</v>
+      </c>
+      <c r="C1036" s="84" t="s">
+        <v>3299</v>
+      </c>
+      <c r="D1036" s="20">
+        <v>46179</v>
+      </c>
+      <c r="E1036" s="70"/>
+      <c r="F1036" s="70"/>
+    </row>
+    <row r="1037" spans="1:6" ht="154.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1037" s="3" t="s">
+        <v>3119</v>
+      </c>
+      <c r="B1037" s="15" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C1037" s="84" t="s">
+        <v>3300</v>
+      </c>
+      <c r="D1037" s="30">
+        <v>46179</v>
+      </c>
+      <c r="E1037" s="70"/>
+      <c r="F1037" s="70"/>
+    </row>
+    <row r="1038" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1038" s="3" t="s">
+        <v>2152</v>
+      </c>
+      <c r="B1038" s="15" t="s">
+        <v>2153</v>
+      </c>
+      <c r="C1038" s="84" t="s">
+        <v>2154</v>
+      </c>
+      <c r="D1038" s="20">
+        <v>46184</v>
+      </c>
+      <c r="E1038" s="70"/>
+      <c r="F1038" s="70"/>
+    </row>
+    <row r="1039" spans="1:6" ht="198.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1039" s="4" t="s">
+        <v>3168</v>
+      </c>
+      <c r="B1039" s="11" t="s">
+        <v>2155</v>
+      </c>
+      <c r="C1039" s="84" t="s">
+        <v>2156</v>
+      </c>
+      <c r="D1039" s="20">
+        <v>46184</v>
+      </c>
+      <c r="E1039" s="70"/>
+      <c r="F1039" s="70"/>
+    </row>
+    <row r="1040" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A1040" s="4" t="s">
+        <v>3169</v>
+      </c>
+      <c r="B1040" s="15" t="s">
+        <v>2157</v>
+      </c>
+      <c r="C1040" s="84" t="s">
+        <v>3646</v>
+      </c>
+      <c r="D1040" s="20">
+        <v>46184</v>
+      </c>
+      <c r="E1040" s="70"/>
+      <c r="F1040" s="70"/>
+    </row>
+    <row r="1041" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A1041" s="1" t="s">
+        <v>3232</v>
+      </c>
+      <c r="B1041" s="12" t="s">
+        <v>2158</v>
+      </c>
+      <c r="C1041" s="84" t="s">
+        <v>3647</v>
+      </c>
+      <c r="D1041" s="30">
+        <v>46548</v>
+      </c>
+      <c r="E1041" s="70"/>
+      <c r="F1041" s="70"/>
+    </row>
+    <row r="1042" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1042" s="3" t="s">
+        <v>2159</v>
+      </c>
+      <c r="B1042" s="15" t="s">
+        <v>2160</v>
+      </c>
+      <c r="C1042" s="84" t="s">
+        <v>2161</v>
+      </c>
+      <c r="D1042" s="20">
+        <v>46183</v>
+      </c>
+      <c r="E1042" s="70"/>
+      <c r="F1042" s="70"/>
+    </row>
+    <row r="1043" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1043" s="3" t="s">
+        <v>2162</v>
+      </c>
+      <c r="B1043" s="12" t="s">
+        <v>2163</v>
+      </c>
+      <c r="C1043" s="84" t="s">
+        <v>2164</v>
+      </c>
+      <c r="D1043" s="30">
+        <v>46184</v>
+      </c>
+      <c r="E1043" s="70"/>
+      <c r="F1043" s="70"/>
+    </row>
+    <row r="1044" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A1044" s="3" t="s">
+        <v>2167</v>
+      </c>
+      <c r="B1044" s="11" t="s">
+        <v>2168</v>
+      </c>
+      <c r="C1044" s="84" t="s">
+        <v>3301</v>
+      </c>
+      <c r="D1044" s="20">
+        <v>46185</v>
+      </c>
+      <c r="E1044" s="70"/>
+      <c r="F1044" s="70"/>
+    </row>
+    <row r="1045" spans="1:6" ht="213.75" x14ac:dyDescent="0.2">
+      <c r="A1045" s="1" t="s">
+        <v>3170</v>
+      </c>
+      <c r="B1045" s="11" t="s">
+        <v>2171</v>
+      </c>
+      <c r="C1045" s="84" t="s">
+        <v>265</v>
+      </c>
+      <c r="D1045" s="20">
+        <v>46187</v>
+      </c>
+      <c r="E1045" s="70"/>
+      <c r="F1045" s="70"/>
+    </row>
+    <row r="1046" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A1046" s="7" t="s">
+        <v>3171</v>
+      </c>
+      <c r="B1046" s="12" t="s">
+        <v>2172</v>
+      </c>
+      <c r="C1046" s="88" t="s">
+        <v>2173</v>
+      </c>
+      <c r="D1046" s="30">
+        <v>46189</v>
+      </c>
+      <c r="E1046" s="70"/>
+      <c r="F1046" s="70"/>
+    </row>
+    <row r="1047" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1047" s="1" t="s">
+        <v>2175</v>
+      </c>
+      <c r="B1047" s="11" t="s">
+        <v>2176</v>
+      </c>
+      <c r="C1047" s="84" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1047" s="20">
+        <v>46205</v>
+      </c>
+      <c r="E1047" s="70"/>
+      <c r="F1047" s="70"/>
+    </row>
+    <row r="1048" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1048" s="3" t="s">
+        <v>2178</v>
+      </c>
+      <c r="B1048" s="15" t="s">
+        <v>2179</v>
+      </c>
+      <c r="C1048" s="88" t="s">
+        <v>2180</v>
+      </c>
+      <c r="D1048" s="30">
+        <v>46191</v>
+      </c>
+      <c r="E1048" s="70"/>
+      <c r="F1048" s="70"/>
+    </row>
+    <row r="1049" spans="1:6" ht="258.75" x14ac:dyDescent="0.2">
+      <c r="A1049" s="3" t="s">
+        <v>3172</v>
+      </c>
+      <c r="B1049" s="15" t="s">
+        <v>2181</v>
+      </c>
+      <c r="C1049" s="84" t="s">
+        <v>2182</v>
+      </c>
+      <c r="D1049" s="30">
+        <v>46191</v>
+      </c>
+      <c r="E1049" s="70"/>
+      <c r="F1049" s="70"/>
+    </row>
+    <row r="1050" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A1050" s="3" t="s">
+        <v>2184</v>
+      </c>
+      <c r="B1050" s="15" t="s">
+        <v>2185</v>
+      </c>
+      <c r="C1050" s="84" t="s">
+        <v>778</v>
+      </c>
+      <c r="D1050" s="30">
+        <v>46191</v>
+      </c>
+      <c r="E1050" s="70"/>
+      <c r="F1050" s="70"/>
+    </row>
+    <row r="1051" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1051" s="3" t="s">
+        <v>2186</v>
+      </c>
+      <c r="B1051" s="15" t="s">
+        <v>2187</v>
+      </c>
+      <c r="C1051" s="84" t="s">
+        <v>2188</v>
+      </c>
+      <c r="D1051" s="30">
+        <v>46191</v>
+      </c>
+      <c r="E1051" s="70"/>
+      <c r="F1051" s="70"/>
+    </row>
+    <row r="1052" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1052" s="3" t="s">
+        <v>3173</v>
+      </c>
+      <c r="B1052" s="15" t="s">
+        <v>2190</v>
+      </c>
+      <c r="C1052" s="84" t="s">
+        <v>2191</v>
+      </c>
+      <c r="D1052" s="30">
+        <v>46193</v>
+      </c>
+      <c r="E1052" s="70"/>
+      <c r="F1052" s="70"/>
+    </row>
+    <row r="1053" spans="1:6" ht="43.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1053" s="3" t="s">
+        <v>3174</v>
+      </c>
+      <c r="B1053" s="45" t="s">
+        <v>825</v>
+      </c>
+      <c r="C1053" s="90" t="s">
+        <v>2192</v>
+      </c>
+      <c r="D1053" s="30">
+        <v>46193</v>
+      </c>
+      <c r="E1053" s="70"/>
+      <c r="F1053" s="70"/>
+    </row>
+    <row r="1054" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A1054" s="3" t="s">
+        <v>2193</v>
+      </c>
+      <c r="B1054" s="37" t="s">
+        <v>2194</v>
+      </c>
+      <c r="C1054" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="D1054" s="30">
+        <v>46197</v>
+      </c>
+      <c r="E1054" s="70"/>
+      <c r="F1054" s="70"/>
+    </row>
+    <row r="1055" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1055" s="3" t="s">
+        <v>2195</v>
+      </c>
+      <c r="B1055" s="15" t="s">
+        <v>2196</v>
+      </c>
+      <c r="C1055" s="84" t="s">
+        <v>2197</v>
+      </c>
+      <c r="D1055" s="30">
+        <v>46196</v>
+      </c>
+      <c r="E1055" s="70"/>
+      <c r="F1055" s="70"/>
+    </row>
+    <row r="1056" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A1056" s="3" t="s">
+        <v>2199</v>
+      </c>
+      <c r="B1056" s="15" t="s">
+        <v>2200</v>
+      </c>
+      <c r="C1056" s="84" t="s">
+        <v>2201</v>
+      </c>
+      <c r="D1056" s="30">
+        <v>46200</v>
+      </c>
+      <c r="E1056" s="70"/>
+      <c r="F1056" s="70"/>
+    </row>
+    <row r="1057" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1057" s="3" t="s">
+        <v>2202</v>
+      </c>
+      <c r="B1057" s="15" t="s">
+        <v>2203</v>
+      </c>
+      <c r="C1057" s="88" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1057" s="30">
+        <v>46201</v>
+      </c>
+      <c r="E1057" s="70"/>
+      <c r="F1057" s="70"/>
+    </row>
+    <row r="1058" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1058" s="3" t="s">
+        <v>3175</v>
+      </c>
+      <c r="B1058" s="15" t="s">
+        <v>2210</v>
+      </c>
+      <c r="C1058" s="84" t="s">
+        <v>3648</v>
+      </c>
+      <c r="D1058" s="30">
+        <v>46204</v>
+      </c>
+      <c r="E1058" s="70"/>
+      <c r="F1058" s="70"/>
+    </row>
+    <row r="1059" spans="1:6" ht="377.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1059" s="3" t="s">
+        <v>3176</v>
+      </c>
+      <c r="B1059" s="37" t="s">
+        <v>2212</v>
+      </c>
+      <c r="C1059" s="84" t="s">
+        <v>3649</v>
+      </c>
+      <c r="D1059" s="30">
+        <v>46205</v>
+      </c>
+      <c r="E1059" s="70"/>
+      <c r="F1059" s="70"/>
+    </row>
+    <row r="1060" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A1060" s="3" t="s">
+        <v>2665</v>
+      </c>
+      <c r="B1060" s="15" t="s">
+        <v>2215</v>
+      </c>
+      <c r="C1060" s="84" t="s">
+        <v>2216</v>
+      </c>
+      <c r="D1060" s="30">
+        <v>46332</v>
+      </c>
+      <c r="E1060" s="70"/>
+      <c r="F1060" s="70"/>
+    </row>
+    <row r="1061" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1061" s="3" t="s">
+        <v>3177</v>
+      </c>
+      <c r="B1061" s="15" t="s">
+        <v>2217</v>
+      </c>
+      <c r="C1061" s="84" t="s">
+        <v>2218</v>
+      </c>
+      <c r="D1061" s="30">
+        <v>46206</v>
+      </c>
+      <c r="E1061" s="70"/>
+      <c r="F1061" s="70"/>
+    </row>
+    <row r="1062" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1062" s="3" t="s">
+        <v>3178</v>
+      </c>
+      <c r="B1062" s="15" t="s">
+        <v>2220</v>
+      </c>
+      <c r="C1062" s="84" t="s">
+        <v>3650</v>
+      </c>
+      <c r="D1062" s="30">
+        <v>46207</v>
+      </c>
+      <c r="E1062" s="70"/>
+      <c r="F1062" s="70"/>
+    </row>
+    <row r="1063" spans="1:6" ht="195" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1063" s="3" t="s">
+        <v>3179</v>
+      </c>
+      <c r="B1063" s="11" t="s">
+        <v>2221</v>
+      </c>
+      <c r="C1063" s="84" t="s">
+        <v>3651</v>
+      </c>
+      <c r="D1063" s="20">
+        <v>46207</v>
+      </c>
+      <c r="E1063" s="70"/>
+      <c r="F1063" s="70"/>
+    </row>
+    <row r="1064" spans="1:6" ht="78" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1064" s="3" t="s">
+        <v>3180</v>
+      </c>
+      <c r="B1064" s="11" t="s">
+        <v>2222</v>
+      </c>
+      <c r="C1064" s="84" t="s">
+        <v>416</v>
+      </c>
+      <c r="D1064" s="30">
+        <v>46207</v>
+      </c>
+      <c r="E1064" s="70"/>
+      <c r="F1064" s="70"/>
+    </row>
+    <row r="1065" spans="1:6" ht="236.25" x14ac:dyDescent="0.2">
+      <c r="A1065" s="1" t="s">
+        <v>3181</v>
+      </c>
+      <c r="B1065" s="15" t="s">
+        <v>2223</v>
+      </c>
+      <c r="C1065" s="84" t="s">
+        <v>2224</v>
+      </c>
+      <c r="D1065" s="20">
+        <v>46207</v>
+      </c>
+      <c r="E1065" s="70"/>
+      <c r="F1065" s="70"/>
+    </row>
+    <row r="1066" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1066" s="3" t="s">
+        <v>2225</v>
+      </c>
+      <c r="B1066" s="15" t="s">
+        <v>2226</v>
+      </c>
+      <c r="C1066" s="84" t="s">
+        <v>2227</v>
+      </c>
+      <c r="D1066" s="30">
+        <v>46211</v>
+      </c>
+      <c r="E1066" s="70"/>
+      <c r="F1066" s="70"/>
+    </row>
+    <row r="1067" spans="1:6" ht="356.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1067" s="2" t="s">
+        <v>3653</v>
+      </c>
+      <c r="B1067" s="12" t="s">
+        <v>2230</v>
+      </c>
+      <c r="C1067" s="84" t="s">
+        <v>3652</v>
+      </c>
+      <c r="D1067" s="20">
+        <v>46211</v>
+      </c>
+      <c r="E1067" s="70"/>
+      <c r="F1067" s="70"/>
+    </row>
+    <row r="1068" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A1068" s="3" t="s">
+        <v>2234</v>
+      </c>
+      <c r="B1068" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1068" s="84" t="s">
+        <v>9</v>
+      </c>
+      <c r="D1068" s="20">
+        <v>46212</v>
+      </c>
+      <c r="E1068" s="70"/>
+      <c r="F1068" s="70"/>
+    </row>
+    <row r="1069" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1069" s="3" t="s">
+        <v>2235</v>
+      </c>
+      <c r="B1069" s="15" t="s">
+        <v>2236</v>
+      </c>
+      <c r="C1069" s="84" t="s">
+        <v>2237</v>
+      </c>
+      <c r="D1069" s="30">
+        <v>46212</v>
+      </c>
+      <c r="E1069" s="70"/>
+      <c r="F1069" s="70"/>
+    </row>
+    <row r="1070" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1070" s="3" t="s">
+        <v>3182</v>
+      </c>
+      <c r="B1070" s="15" t="s">
+        <v>2241</v>
+      </c>
+      <c r="C1070" s="84" t="s">
+        <v>2242</v>
+      </c>
+      <c r="D1070" s="30">
+        <v>46212</v>
+      </c>
+      <c r="E1070" s="70"/>
+      <c r="F1070" s="70"/>
+    </row>
+    <row r="1071" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1071" s="3" t="s">
+        <v>2246</v>
+      </c>
+      <c r="B1071" s="11" t="s">
+        <v>2247</v>
+      </c>
+      <c r="C1071" s="84" t="s">
+        <v>2248</v>
+      </c>
+      <c r="D1071" s="30">
+        <v>46213</v>
+      </c>
+      <c r="E1071" s="70"/>
+      <c r="F1071" s="70"/>
+    </row>
+    <row r="1072" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1072" s="3" t="s">
+        <v>3183</v>
+      </c>
+      <c r="B1072" s="15" t="s">
+        <v>2249</v>
+      </c>
+      <c r="C1072" s="84" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D1072" s="30">
+        <v>46213</v>
+      </c>
+      <c r="E1072" s="70"/>
+      <c r="F1072" s="70"/>
+    </row>
+    <row r="1073" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1073" s="3" t="s">
+        <v>3223</v>
+      </c>
+      <c r="B1073" s="11" t="s">
+        <v>2252</v>
+      </c>
+      <c r="C1073" s="88" t="s">
+        <v>778</v>
+      </c>
+      <c r="D1073" s="30">
+        <v>46217</v>
+      </c>
+      <c r="E1073" s="70"/>
+      <c r="F1073" s="70"/>
+    </row>
+    <row r="1074" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1074" s="3" t="s">
+        <v>2253</v>
+      </c>
+      <c r="B1074" s="15" t="s">
+        <v>2254</v>
+      </c>
+      <c r="C1074" s="84" t="s">
+        <v>2255</v>
+      </c>
+      <c r="D1074" s="30">
+        <v>46217</v>
+      </c>
+      <c r="E1074" s="70"/>
+      <c r="F1074" s="70"/>
+    </row>
+    <row r="1075" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A1075" s="3" t="s">
+        <v>2259</v>
+      </c>
+      <c r="B1075" s="15" t="s">
+        <v>2260</v>
+      </c>
+      <c r="C1075" s="90" t="s">
+        <v>3302</v>
+      </c>
+      <c r="D1075" s="30">
+        <v>46219</v>
+      </c>
+      <c r="E1075" s="70"/>
+      <c r="F1075" s="70"/>
+    </row>
+    <row r="1076" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1076" s="1" t="s">
+        <v>2830</v>
+      </c>
+      <c r="B1076" s="11" t="s">
+        <v>2261</v>
+      </c>
+      <c r="C1076" s="84" t="s">
+        <v>2262</v>
+      </c>
+      <c r="D1076" s="30">
+        <v>46130</v>
+      </c>
+      <c r="E1076" s="70"/>
+      <c r="F1076" s="70"/>
+    </row>
+    <row r="1077" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1077" s="3" t="s">
+        <v>2263</v>
+      </c>
+      <c r="B1077" s="11" t="s">
+        <v>2264</v>
+      </c>
+      <c r="C1077" s="84" t="s">
+        <v>2265</v>
+      </c>
+      <c r="D1077" s="30">
+        <v>46221</v>
+      </c>
+      <c r="E1077" s="70"/>
+      <c r="F1077" s="70"/>
+    </row>
+    <row r="1078" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A1078" s="3" t="s">
+        <v>2266</v>
+      </c>
+      <c r="B1078" s="15" t="s">
+        <v>2267</v>
+      </c>
+      <c r="C1078" s="84" t="s">
+        <v>3654</v>
+      </c>
+      <c r="D1078" s="30">
+        <v>46221</v>
+      </c>
+      <c r="E1078" s="70"/>
+      <c r="F1078" s="70"/>
+    </row>
+    <row r="1079" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1079" s="3" t="s">
+        <v>2268</v>
+      </c>
+      <c r="B1079" s="11" t="s">
+        <v>2269</v>
+      </c>
+      <c r="C1079" s="84" t="s">
+        <v>3655</v>
+      </c>
+      <c r="D1079" s="30">
+        <v>46221</v>
+      </c>
+      <c r="E1079" s="70"/>
+      <c r="F1079" s="70"/>
+    </row>
+    <row r="1080" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1080" s="3" t="s">
+        <v>3184</v>
+      </c>
+      <c r="B1080" s="15" t="s">
+        <v>2270</v>
+      </c>
+      <c r="C1080" s="84" t="s">
+        <v>3656</v>
+      </c>
+      <c r="D1080" s="30">
+        <v>46225</v>
+      </c>
+      <c r="E1080" s="70"/>
+      <c r="F1080" s="70"/>
+    </row>
+    <row r="1081" spans="1:6" ht="204" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1081" s="54" t="s">
+        <v>2273</v>
+      </c>
+      <c r="B1081" s="11" t="s">
+        <v>2274</v>
+      </c>
+      <c r="C1081" s="84" t="s">
+        <v>2275</v>
+      </c>
+      <c r="D1081" s="20">
+        <v>46495</v>
+      </c>
+      <c r="E1081" s="70"/>
+      <c r="F1081" s="70"/>
+    </row>
+    <row r="1082" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1082" s="2" t="s">
+        <v>3233</v>
+      </c>
+      <c r="B1082" s="11" t="s">
+        <v>2277</v>
+      </c>
+      <c r="C1082" s="84" t="s">
+        <v>1489</v>
+      </c>
+      <c r="D1082" s="20">
+        <v>46228</v>
+      </c>
+      <c r="E1082" s="70"/>
+      <c r="F1082" s="70"/>
+    </row>
+    <row r="1083" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1083" s="3" t="s">
+        <v>2278</v>
+      </c>
+      <c r="B1083" s="15" t="s">
+        <v>2279</v>
+      </c>
+      <c r="C1083" s="84" t="s">
+        <v>3657</v>
+      </c>
+      <c r="D1083" s="30">
+        <v>46227</v>
+      </c>
+      <c r="E1083" s="70"/>
+      <c r="F1083" s="70"/>
+    </row>
+    <row r="1084" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1084" s="3" t="s">
+        <v>2281</v>
+      </c>
+      <c r="B1084" s="12" t="s">
+        <v>2282</v>
+      </c>
+      <c r="C1084" s="84" t="s">
+        <v>2283</v>
+      </c>
+      <c r="D1084" s="30">
+        <v>46227</v>
+      </c>
+      <c r="E1084" s="70"/>
+      <c r="F1084" s="70"/>
+    </row>
+    <row r="1085" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1085" s="3" t="s">
+        <v>3185</v>
+      </c>
+      <c r="B1085" s="15" t="s">
+        <v>2284</v>
+      </c>
+      <c r="C1085" s="84" t="s">
+        <v>2285</v>
+      </c>
+      <c r="D1085" s="30">
+        <v>46228</v>
+      </c>
+      <c r="E1085" s="70"/>
+      <c r="F1085" s="70"/>
+    </row>
+    <row r="1086" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1086" s="3" t="s">
+        <v>3186</v>
+      </c>
+      <c r="B1086" s="37" t="s">
+        <v>2286</v>
+      </c>
+      <c r="C1086" s="84" t="s">
+        <v>2287</v>
+      </c>
+      <c r="D1086" s="30">
+        <v>46228</v>
+      </c>
+      <c r="E1086" s="70"/>
+      <c r="F1086" s="70"/>
+    </row>
+    <row r="1087" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1087" s="3" t="s">
+        <v>2288</v>
+      </c>
+      <c r="B1087" s="15" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C1087" s="84" t="s">
+        <v>3658</v>
+      </c>
+      <c r="D1087" s="30">
+        <v>46228</v>
+      </c>
+      <c r="E1087" s="70"/>
+      <c r="F1087" s="70"/>
+    </row>
+    <row r="1088" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A1088" s="3" t="s">
+        <v>2870</v>
+      </c>
+      <c r="B1088" s="15" t="s">
+        <v>2290</v>
+      </c>
+      <c r="C1088" s="84" t="s">
+        <v>3659</v>
+      </c>
+      <c r="D1088" s="30">
+        <v>46228</v>
+      </c>
+      <c r="E1088" s="70"/>
+      <c r="F1088" s="70"/>
+    </row>
+    <row r="1089" spans="1:6" ht="149.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1089" s="3" t="s">
+        <v>3187</v>
+      </c>
+      <c r="B1089" s="11" t="s">
+        <v>2291</v>
+      </c>
+      <c r="C1089" s="84" t="s">
+        <v>2292</v>
+      </c>
+      <c r="D1089" s="20">
+        <v>46231</v>
+      </c>
+      <c r="E1089" s="70"/>
+      <c r="F1089" s="70"/>
+    </row>
+    <row r="1090" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A1090" s="3" t="s">
+        <v>3188</v>
+      </c>
+      <c r="B1090" s="15" t="s">
+        <v>2293</v>
+      </c>
+      <c r="C1090" s="84" t="s">
+        <v>2294</v>
+      </c>
+      <c r="D1090" s="20">
+        <v>46232</v>
+      </c>
+      <c r="E1090" s="70"/>
+      <c r="F1090" s="70"/>
+    </row>
+    <row r="1091" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1091" s="1" t="s">
+        <v>2295</v>
+      </c>
+      <c r="B1091" s="11" t="s">
+        <v>2296</v>
+      </c>
+      <c r="C1091" s="84" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D1091" s="20">
+        <v>46232</v>
+      </c>
+      <c r="E1091" s="70"/>
+      <c r="F1091" s="70"/>
+    </row>
+    <row r="1092" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A1092" s="3" t="s">
+        <v>2300</v>
+      </c>
+      <c r="B1092" s="15" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C1092" s="84" t="s">
+        <v>2301</v>
+      </c>
+      <c r="D1092" s="30">
+        <v>46232</v>
+      </c>
+      <c r="E1092" s="70"/>
+      <c r="F1092" s="70"/>
+    </row>
+    <row r="1093" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1093" s="3" t="s">
+        <v>2303</v>
+      </c>
+      <c r="B1093" s="11" t="s">
+        <v>2304</v>
+      </c>
+      <c r="C1093" s="84" t="s">
+        <v>2305</v>
+      </c>
+      <c r="D1093" s="20">
+        <v>46236</v>
+      </c>
+      <c r="E1093" s="70"/>
+      <c r="F1093" s="70"/>
+    </row>
+    <row r="1094" spans="1:6" ht="123.75" x14ac:dyDescent="0.2">
+      <c r="A1094" s="4" t="s">
+        <v>3189</v>
+      </c>
+      <c r="B1094" s="11" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C1094" s="90" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1094" s="30">
+        <v>46269</v>
+      </c>
+      <c r="E1094" s="70"/>
+      <c r="F1094" s="70"/>
+    </row>
+    <row r="1095" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1095" s="3" t="s">
+        <v>2309</v>
+      </c>
+      <c r="B1095" s="15" t="s">
+        <v>2310</v>
+      </c>
+      <c r="C1095" s="84" t="s">
+        <v>2311</v>
+      </c>
+      <c r="D1095" s="30">
+        <v>46239</v>
+      </c>
+      <c r="E1095" s="70"/>
+      <c r="F1095" s="70"/>
+    </row>
+    <row r="1096" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1096" s="3" t="s">
+        <v>2312</v>
+      </c>
+      <c r="B1096" s="12" t="s">
+        <v>2313</v>
+      </c>
+      <c r="C1096" s="84" t="s">
+        <v>3660</v>
+      </c>
+      <c r="D1096" s="30">
+        <v>46239</v>
+      </c>
+      <c r="E1096" s="70"/>
+      <c r="F1096" s="70"/>
+    </row>
+    <row r="1097" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1097" s="3" t="s">
+        <v>3190</v>
+      </c>
+      <c r="B1097" s="15" t="s">
+        <v>2315</v>
+      </c>
+      <c r="C1097" s="84" t="s">
+        <v>2316</v>
+      </c>
+      <c r="D1097" s="30">
+        <v>46239</v>
+      </c>
+      <c r="E1097" s="70"/>
+      <c r="F1097" s="70"/>
+    </row>
+    <row r="1098" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1098" s="3" t="s">
+        <v>3191</v>
+      </c>
+      <c r="B1098" s="15" t="s">
+        <v>2317</v>
+      </c>
+      <c r="C1098" s="84" t="s">
+        <v>2318</v>
+      </c>
+      <c r="D1098" s="30">
+        <v>46239</v>
+      </c>
+      <c r="E1098" s="70"/>
+      <c r="F1098" s="70"/>
+    </row>
+    <row r="1099" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1099" s="1" t="s">
+        <v>2319</v>
+      </c>
+      <c r="B1099" s="11" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C1099" s="90" t="s">
+        <v>3399</v>
+      </c>
+      <c r="D1099" s="20">
+        <v>46239</v>
+      </c>
+      <c r="E1099" s="70"/>
+      <c r="F1099" s="70"/>
+    </row>
+    <row r="1100" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A1100" s="1" t="s">
+        <v>2320</v>
+      </c>
+      <c r="B1100" s="11" t="s">
+        <v>2321</v>
+      </c>
+      <c r="C1100" s="84" t="s">
+        <v>3303</v>
+      </c>
+      <c r="D1100" s="20">
+        <v>46240</v>
+      </c>
+      <c r="E1100" s="70"/>
+      <c r="F1100" s="70"/>
+    </row>
+    <row r="1101" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1101" s="3" t="s">
+        <v>2323</v>
+      </c>
+      <c r="B1101" s="15" t="s">
+        <v>2324</v>
+      </c>
+      <c r="C1101" s="84" t="s">
+        <v>3304</v>
+      </c>
+      <c r="D1101" s="30">
+        <v>46241</v>
+      </c>
+      <c r="E1101" s="70"/>
+      <c r="F1101" s="70"/>
+    </row>
+    <row r="1102" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1102" s="3" t="s">
+        <v>2325</v>
+      </c>
+      <c r="B1102" s="15" t="s">
+        <v>2326</v>
+      </c>
+      <c r="C1102" s="84" t="s">
+        <v>442</v>
+      </c>
+      <c r="D1102" s="30">
+        <v>46241</v>
+      </c>
+      <c r="E1102" s="70"/>
+      <c r="F1102" s="70"/>
+    </row>
+    <row r="1103" spans="1:6" ht="147" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1103" s="3" t="s">
+        <v>3192</v>
+      </c>
+      <c r="B1103" s="11" t="s">
+        <v>2327</v>
+      </c>
+      <c r="C1103" s="84" t="s">
+        <v>3305</v>
+      </c>
+      <c r="D1103" s="20">
+        <v>46241</v>
+      </c>
+      <c r="E1103" s="70"/>
+      <c r="F1103" s="70"/>
+    </row>
+    <row r="1104" spans="1:6" ht="78" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1104" s="3" t="s">
+        <v>3193</v>
+      </c>
+      <c r="B1104" s="12" t="s">
+        <v>2328</v>
+      </c>
+      <c r="C1104" s="84" t="s">
+        <v>2329</v>
+      </c>
+      <c r="D1104" s="30">
+        <v>46241</v>
+      </c>
+      <c r="E1104" s="70"/>
+      <c r="F1104" s="70"/>
+    </row>
+    <row r="1105" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1105" s="3" t="s">
+        <v>2330</v>
+      </c>
+      <c r="B1105" s="15" t="s">
+        <v>2331</v>
+      </c>
+      <c r="C1105" s="84" t="s">
+        <v>2332</v>
+      </c>
+      <c r="D1105" s="30">
+        <v>46241</v>
+      </c>
+      <c r="E1105" s="70"/>
+      <c r="F1105" s="70"/>
+    </row>
+    <row r="1106" spans="1:6" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1106" s="3" t="s">
+        <v>3194</v>
+      </c>
+      <c r="B1106" s="12" t="s">
+        <v>2333</v>
+      </c>
+      <c r="C1106" s="84" t="s">
+        <v>2334</v>
+      </c>
+      <c r="D1106" s="30">
+        <v>46241</v>
+      </c>
+      <c r="E1106" s="70"/>
+      <c r="F1106" s="70"/>
+    </row>
+    <row r="1107" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1107" s="3" t="s">
+        <v>2336</v>
+      </c>
+      <c r="B1107" s="11" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C1107" s="84" t="s">
+        <v>2338</v>
+      </c>
+      <c r="D1107" s="30">
+        <v>46242</v>
+      </c>
+      <c r="E1107" s="70"/>
+      <c r="F1107" s="70"/>
+    </row>
+    <row r="1108" spans="1:6" ht="126" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1108" s="4" t="s">
+        <v>3195</v>
+      </c>
+      <c r="B1108" s="15" t="s">
+        <v>2343</v>
+      </c>
+      <c r="C1108" s="84" t="s">
+        <v>2344</v>
+      </c>
+      <c r="D1108" s="20">
+        <v>46246</v>
+      </c>
+      <c r="E1108" s="70"/>
+      <c r="F1108" s="70"/>
+    </row>
+    <row r="1109" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1109" s="3" t="s">
+        <v>2346</v>
+      </c>
+      <c r="B1109" s="15" t="s">
+        <v>2347</v>
+      </c>
+      <c r="C1109" s="84" t="s">
+        <v>2348</v>
+      </c>
+      <c r="D1109" s="20">
+        <v>46247</v>
+      </c>
+      <c r="E1109" s="70"/>
+      <c r="F1109" s="70"/>
+    </row>
+    <row r="1110" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1110" s="3" t="s">
+        <v>2355</v>
+      </c>
+      <c r="B1110" s="11" t="s">
+        <v>2356</v>
+      </c>
+      <c r="C1110" s="84" t="s">
+        <v>2357</v>
+      </c>
+      <c r="D1110" s="20">
+        <v>46254</v>
+      </c>
+      <c r="E1110" s="70"/>
+      <c r="F1110" s="70"/>
+    </row>
+    <row r="1111" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1111" s="3" t="s">
+        <v>2358</v>
+      </c>
+      <c r="B1111" s="15" t="s">
+        <v>2359</v>
+      </c>
+      <c r="C1111" s="90" t="s">
+        <v>2357</v>
+      </c>
+      <c r="D1111" s="30">
+        <v>46254</v>
+      </c>
+      <c r="E1111" s="70"/>
+      <c r="F1111" s="70"/>
+    </row>
+    <row r="1112" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1112" s="3" t="s">
+        <v>3196</v>
+      </c>
+      <c r="B1112" s="15" t="s">
+        <v>2360</v>
+      </c>
+      <c r="C1112" s="84" t="s">
+        <v>2361</v>
+      </c>
+      <c r="D1112" s="30">
+        <v>46253</v>
+      </c>
+      <c r="E1112" s="70"/>
+      <c r="F1112" s="70"/>
+    </row>
+    <row r="1113" spans="1:6" ht="133.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1113" s="3" t="s">
+        <v>2363</v>
+      </c>
+      <c r="B1113" s="15" t="s">
+        <v>2364</v>
+      </c>
+      <c r="C1113" s="84" t="s">
+        <v>2365</v>
+      </c>
+      <c r="D1113" s="30">
+        <v>46256</v>
+      </c>
+      <c r="E1113" s="70"/>
+      <c r="F1113" s="70"/>
+    </row>
+    <row r="1114" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1114" s="3" t="s">
+        <v>2367</v>
+      </c>
+      <c r="B1114" s="15" t="s">
+        <v>2368</v>
+      </c>
+      <c r="C1114" s="84" t="s">
+        <v>2369</v>
+      </c>
+      <c r="D1114" s="30">
+        <v>46259</v>
+      </c>
+      <c r="E1114" s="70"/>
+      <c r="F1114" s="70"/>
+    </row>
+    <row r="1115" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1115" s="3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B1115" s="15" t="s">
+        <v>2371</v>
+      </c>
+      <c r="C1115" s="88" t="s">
+        <v>2227</v>
+      </c>
+      <c r="D1115" s="30">
+        <v>46260</v>
+      </c>
+      <c r="E1115" s="70"/>
+      <c r="F1115" s="70"/>
+    </row>
+    <row r="1116" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1116" s="3" t="s">
+        <v>2372</v>
+      </c>
+      <c r="B1116" s="15" t="s">
+        <v>2373</v>
+      </c>
+      <c r="C1116" s="87" t="s">
+        <v>2374</v>
+      </c>
+      <c r="D1116" s="30">
+        <v>46260</v>
+      </c>
+      <c r="E1116" s="70"/>
+      <c r="F1116" s="70"/>
+    </row>
+    <row r="1117" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A1117" s="4" t="s">
+        <v>2375</v>
+      </c>
+      <c r="B1117" s="15" t="s">
+        <v>2376</v>
+      </c>
+      <c r="C1117" s="84" t="s">
+        <v>2377</v>
+      </c>
+      <c r="D1117" s="30">
+        <v>46260</v>
+      </c>
+      <c r="E1117" s="70"/>
+      <c r="F1117" s="70"/>
+    </row>
+    <row r="1118" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1118" s="3" t="s">
+        <v>2378</v>
+      </c>
+      <c r="B1118" s="11" t="s">
+        <v>2379</v>
+      </c>
+      <c r="C1118" s="84" t="s">
+        <v>642</v>
+      </c>
+      <c r="D1118" s="30">
+        <v>46260</v>
+      </c>
+      <c r="E1118" s="70"/>
+      <c r="F1118" s="70"/>
+    </row>
+    <row r="1119" spans="1:6" ht="143.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1119" s="3" t="s">
+        <v>3197</v>
+      </c>
+      <c r="B1119" s="15" t="s">
+        <v>2382</v>
+      </c>
+      <c r="C1119" s="84" t="s">
+        <v>2383</v>
+      </c>
+      <c r="D1119" s="20">
+        <v>46240</v>
+      </c>
+      <c r="E1119" s="70"/>
+      <c r="F1119" s="70"/>
+    </row>
+    <row r="1120" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1120" s="44" t="s">
+        <v>2384</v>
+      </c>
+      <c r="B1120" s="15" t="s">
+        <v>2385</v>
+      </c>
+      <c r="C1120" s="84" t="s">
+        <v>2386</v>
+      </c>
+      <c r="D1120" s="30">
+        <v>46268</v>
+      </c>
+      <c r="E1120" s="70"/>
+      <c r="F1120" s="70"/>
+    </row>
+    <row r="1121" spans="1:6" ht="202.5" x14ac:dyDescent="0.2">
+      <c r="A1121" s="3" t="s">
+        <v>2387</v>
+      </c>
+      <c r="B1121" s="15" t="s">
+        <v>2388</v>
+      </c>
+      <c r="C1121" s="84" t="s">
+        <v>2389</v>
+      </c>
+      <c r="D1121" s="30">
+        <v>46268</v>
+      </c>
+      <c r="E1121" s="70"/>
+      <c r="F1121" s="70"/>
+    </row>
+    <row r="1122" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1122" s="3" t="s">
+        <v>2394</v>
+      </c>
+      <c r="B1122" s="15" t="s">
+        <v>631</v>
+      </c>
+      <c r="C1122" s="84" t="s">
+        <v>632</v>
+      </c>
+      <c r="D1122" s="30">
+        <v>46344</v>
+      </c>
+      <c r="E1122" s="70"/>
+      <c r="F1122" s="70"/>
+    </row>
+    <row r="1123" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1123" s="1" t="s">
+        <v>2396</v>
+      </c>
+      <c r="B1123" s="12" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C1123" s="84" t="s">
+        <v>2397</v>
+      </c>
+      <c r="D1123" s="20">
+        <v>46274</v>
+      </c>
+      <c r="E1123" s="70"/>
+      <c r="F1123" s="70"/>
+    </row>
+    <row r="1124" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1124" s="1" t="s">
+        <v>2398</v>
+      </c>
+      <c r="B1124" s="12" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C1124" s="88" t="s">
+        <v>2399</v>
+      </c>
+      <c r="D1124" s="20">
+        <v>46274</v>
+      </c>
+      <c r="E1124" s="70"/>
+      <c r="F1124" s="70"/>
+    </row>
+    <row r="1125" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A1125" s="1" t="s">
+        <v>2400</v>
+      </c>
+      <c r="B1125" s="12" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C1125" s="84" t="s">
+        <v>3661</v>
+      </c>
+      <c r="D1125" s="20">
+        <v>46274</v>
+      </c>
+      <c r="E1125" s="70"/>
+      <c r="F1125" s="70"/>
+    </row>
+    <row r="1126" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A1126" s="1" t="s">
+        <v>2401</v>
+      </c>
+      <c r="B1126" s="12" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C1126" s="84" t="s">
+        <v>2402</v>
+      </c>
+      <c r="D1126" s="20">
+        <v>46274</v>
+      </c>
+      <c r="E1126" s="70"/>
+      <c r="F1126" s="70"/>
+    </row>
+    <row r="1127" spans="1:6" ht="149.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1127" s="3" t="s">
+        <v>2404</v>
+      </c>
+      <c r="B1127" s="15" t="s">
+        <v>2405</v>
+      </c>
+      <c r="C1127" s="84" t="s">
+        <v>2406</v>
+      </c>
+      <c r="D1127" s="20">
+        <v>46274</v>
+      </c>
+      <c r="E1127" s="70"/>
+      <c r="F1127" s="70"/>
+    </row>
+    <row r="1128" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1128" s="3" t="s">
+        <v>2407</v>
+      </c>
+      <c r="B1128" s="15" t="s">
+        <v>2408</v>
+      </c>
+      <c r="C1128" s="84" t="s">
+        <v>2409</v>
+      </c>
+      <c r="D1128" s="20">
+        <v>46274</v>
+      </c>
+      <c r="E1128" s="70"/>
+      <c r="F1128" s="70"/>
+    </row>
+    <row r="1129" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1129" s="3" t="s">
+        <v>2411</v>
+      </c>
+      <c r="B1129" s="11" t="s">
+        <v>2412</v>
+      </c>
+      <c r="C1129" s="84" t="s">
+        <v>2413</v>
+      </c>
+      <c r="D1129" s="30">
+        <v>46275</v>
+      </c>
+      <c r="E1129" s="70"/>
+      <c r="F1129" s="70"/>
+    </row>
+    <row r="1130" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1130" s="3" t="s">
+        <v>2417</v>
+      </c>
+      <c r="B1130" s="15" t="s">
+        <v>2418</v>
+      </c>
+      <c r="C1130" s="84" t="s">
+        <v>3625</v>
+      </c>
+      <c r="D1130" s="20">
+        <v>46277</v>
+      </c>
+      <c r="E1130" s="70"/>
+      <c r="F1130" s="70"/>
+    </row>
+    <row r="1131" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1131" s="3" t="s">
+        <v>3198</v>
+      </c>
+      <c r="B1131" s="15" t="s">
+        <v>2419</v>
+      </c>
+      <c r="C1131" s="84" t="s">
+        <v>2191</v>
+      </c>
+      <c r="D1131" s="30">
+        <v>46193</v>
+      </c>
+      <c r="E1131" s="70"/>
+      <c r="F1131" s="70"/>
+    </row>
+    <row r="1132" spans="1:6" ht="123.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1132" s="3" t="s">
+        <v>2420</v>
+      </c>
+      <c r="B1132" s="15" t="s">
+        <v>2421</v>
+      </c>
+      <c r="C1132" s="84" t="s">
+        <v>2422</v>
+      </c>
+      <c r="D1132" s="20">
+        <v>46278</v>
+      </c>
+      <c r="E1132" s="70"/>
+      <c r="F1132" s="70"/>
+    </row>
+    <row r="1133" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1133" s="3" t="s">
+        <v>2423</v>
+      </c>
+      <c r="B1133" s="15" t="s">
+        <v>2424</v>
+      </c>
+      <c r="C1133" s="84" t="s">
+        <v>2425</v>
+      </c>
+      <c r="D1133" s="20">
+        <v>46277</v>
+      </c>
+      <c r="E1133" s="70"/>
+      <c r="F1133" s="70"/>
+    </row>
+    <row r="1134" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1134" s="3" t="s">
+        <v>2426</v>
+      </c>
+      <c r="B1134" s="15" t="s">
+        <v>2427</v>
+      </c>
+      <c r="C1134" s="84" t="s">
+        <v>927</v>
+      </c>
+      <c r="D1134" s="20">
+        <v>46281</v>
+      </c>
+      <c r="E1134" s="70"/>
+      <c r="F1134" s="70"/>
+    </row>
+    <row r="1135" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A1135" s="3" t="s">
+        <v>2428</v>
+      </c>
+      <c r="B1135" s="37" t="s">
+        <v>2429</v>
+      </c>
+      <c r="C1135" s="84" t="s">
+        <v>2430</v>
+      </c>
+      <c r="D1135" s="20">
+        <v>46281</v>
+      </c>
+      <c r="E1135" s="70"/>
+      <c r="F1135" s="70"/>
+    </row>
+    <row r="1136" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1136" s="3" t="s">
+        <v>2432</v>
+      </c>
+      <c r="B1136" s="15" t="s">
+        <v>2433</v>
+      </c>
+      <c r="C1136" s="84" t="s">
+        <v>2434</v>
+      </c>
+      <c r="D1136" s="30">
+        <v>46283</v>
+      </c>
+      <c r="E1136" s="70"/>
+      <c r="F1136" s="70"/>
+    </row>
+    <row r="1137" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1137" s="3" t="s">
+        <v>2436</v>
+      </c>
+      <c r="B1137" s="15" t="s">
+        <v>2437</v>
+      </c>
+      <c r="C1137" s="84" t="s">
+        <v>2438</v>
+      </c>
+      <c r="D1137" s="20">
+        <v>46283</v>
+      </c>
+      <c r="E1137" s="70"/>
+      <c r="F1137" s="70"/>
+    </row>
+    <row r="1138" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A1138" s="3" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B1138" s="38" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C1138" s="84" t="s">
+        <v>3306</v>
+      </c>
+      <c r="D1138" s="30">
+        <v>46283</v>
+      </c>
+      <c r="E1138" s="70"/>
+      <c r="F1138" s="70"/>
+    </row>
+    <row r="1139" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1139" s="3" t="s">
+        <v>2439</v>
+      </c>
+      <c r="B1139" s="15" t="s">
+        <v>2440</v>
+      </c>
+      <c r="C1139" s="84" t="s">
+        <v>3662</v>
+      </c>
+      <c r="D1139" s="20">
+        <v>46239</v>
+      </c>
+      <c r="E1139" s="70"/>
+      <c r="F1139" s="70"/>
+    </row>
+    <row r="1140" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A1140" s="3" t="s">
+        <v>1738</v>
+      </c>
+      <c r="B1140" s="15" t="s">
+        <v>1739</v>
+      </c>
+      <c r="C1140" s="84" t="s">
+        <v>3663</v>
+      </c>
+      <c r="D1140" s="30">
+        <v>46283</v>
+      </c>
+      <c r="E1140" s="70"/>
+      <c r="F1140" s="70"/>
+    </row>
+    <row r="1141" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1141" s="3" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B1141" s="15" t="s">
+        <v>2442</v>
+      </c>
+      <c r="C1141" s="84" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D1141" s="20">
+        <v>46300</v>
+      </c>
+      <c r="E1141" s="70"/>
+      <c r="F1141" s="70"/>
+    </row>
+    <row r="1142" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1142" s="3" t="s">
+        <v>2443</v>
+      </c>
+      <c r="B1142" s="15" t="s">
+        <v>2444</v>
+      </c>
+      <c r="C1142" s="84" t="s">
+        <v>2445</v>
+      </c>
+      <c r="D1142" s="20">
+        <v>46284</v>
+      </c>
+      <c r="E1142" s="70"/>
+      <c r="F1142" s="70"/>
+    </row>
+    <row r="1143" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1143" s="3" t="s">
+        <v>2448</v>
+      </c>
+      <c r="B1143" s="15" t="s">
+        <v>2449</v>
+      </c>
+      <c r="C1143" s="84" t="s">
+        <v>3664</v>
+      </c>
+      <c r="D1143" s="20">
+        <v>46288</v>
+      </c>
+      <c r="E1143" s="70"/>
+      <c r="F1143" s="70"/>
+    </row>
+    <row r="1144" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A1144" s="3" t="s">
+        <v>2452</v>
+      </c>
+      <c r="B1144" s="15" t="s">
+        <v>2453</v>
+      </c>
+      <c r="C1144" s="84" t="s">
+        <v>2454</v>
+      </c>
+      <c r="D1144" s="20">
+        <v>46288</v>
+      </c>
+      <c r="E1144" s="70"/>
+      <c r="F1144" s="70"/>
+    </row>
+    <row r="1145" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1145" s="3" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B1145" s="15" t="s">
+        <v>2456</v>
+      </c>
+      <c r="C1145" s="84" t="s">
+        <v>2457</v>
+      </c>
+      <c r="D1145" s="20">
+        <v>46289</v>
+      </c>
+      <c r="E1145" s="70"/>
+      <c r="F1145" s="70"/>
+    </row>
+    <row r="1146" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A1146" s="3" t="s">
+        <v>2458</v>
+      </c>
+      <c r="B1146" s="11" t="s">
+        <v>2459</v>
+      </c>
+      <c r="C1146" s="84" t="s">
+        <v>3665</v>
+      </c>
+      <c r="D1146" s="20">
+        <v>46289</v>
+      </c>
+      <c r="E1146" s="70"/>
+      <c r="F1146" s="70"/>
+    </row>
+    <row r="1147" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1147" s="3" t="s">
+        <v>2461</v>
+      </c>
+      <c r="B1147" s="11" t="s">
+        <v>2462</v>
+      </c>
+      <c r="C1147" s="84" t="s">
+        <v>12</v>
+      </c>
+      <c r="D1147" s="20">
+        <v>46290</v>
+      </c>
+      <c r="E1147" s="70"/>
+      <c r="F1147" s="70"/>
+    </row>
+    <row r="1148" spans="1:6" ht="112.5" x14ac:dyDescent="0.2">
+      <c r="A1148" s="3" t="s">
+        <v>2463</v>
+      </c>
+      <c r="B1148" s="11" t="s">
+        <v>2465</v>
+      </c>
+      <c r="C1148" s="84" t="s">
+        <v>2464</v>
+      </c>
+      <c r="D1148" s="20">
+        <v>46290</v>
+      </c>
+      <c r="E1148" s="70"/>
+      <c r="F1148" s="70"/>
+    </row>
+    <row r="1149" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1149" s="3" t="s">
+        <v>2466</v>
+      </c>
+      <c r="B1149" s="15" t="s">
+        <v>2467</v>
+      </c>
+      <c r="C1149" s="84" t="s">
+        <v>435</v>
+      </c>
+      <c r="D1149" s="20">
+        <v>46291</v>
+      </c>
+      <c r="E1149" s="70"/>
+      <c r="F1149" s="70"/>
+    </row>
+    <row r="1150" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A1150" s="3" t="s">
+        <v>3199</v>
+      </c>
+      <c r="B1150" s="12" t="s">
+        <v>2468</v>
+      </c>
+      <c r="C1150" s="84" t="s">
+        <v>2469</v>
+      </c>
+      <c r="D1150" s="30">
+        <v>46288</v>
+      </c>
+      <c r="E1150" s="70"/>
+      <c r="F1150" s="70"/>
+    </row>
+    <row r="1151" spans="1:6" ht="164.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1151" s="3" t="s">
+        <v>2470</v>
+      </c>
+      <c r="B1151" s="11" t="s">
+        <v>2471</v>
+      </c>
+      <c r="C1151" s="84" t="s">
+        <v>2472</v>
+      </c>
+      <c r="D1151" s="20">
+        <v>46291</v>
+      </c>
+      <c r="E1151" s="70"/>
+      <c r="F1151" s="70"/>
+    </row>
+    <row r="1152" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1152" s="3" t="s">
+        <v>3200</v>
+      </c>
+      <c r="B1152" s="15" t="s">
+        <v>2476</v>
+      </c>
+      <c r="C1152" s="84" t="s">
+        <v>2477</v>
+      </c>
+      <c r="D1152" s="20">
+        <v>46288</v>
+      </c>
+      <c r="E1152" s="70"/>
+      <c r="F1152" s="70"/>
+    </row>
+    <row r="1153" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1153" s="3" t="s">
+        <v>3201</v>
+      </c>
+      <c r="B1153" s="15" t="s">
+        <v>2478</v>
+      </c>
+      <c r="C1153" s="84" t="s">
+        <v>2479</v>
+      </c>
+      <c r="D1153" s="20">
+        <v>46442</v>
+      </c>
+      <c r="E1153" s="70"/>
+      <c r="F1153" s="70"/>
+    </row>
+    <row r="1154" spans="1:6" ht="112.5" x14ac:dyDescent="0.2">
+      <c r="A1154" s="3" t="s">
+        <v>2480</v>
+      </c>
+      <c r="B1154" s="11" t="s">
+        <v>2481</v>
+      </c>
+      <c r="C1154" s="84" t="s">
+        <v>2482</v>
+      </c>
+      <c r="D1154" s="30">
+        <v>46294</v>
+      </c>
+      <c r="E1154" s="70"/>
+      <c r="F1154" s="70"/>
+    </row>
+    <row r="1155" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1155" s="2" t="s">
+        <v>2483</v>
+      </c>
+      <c r="B1155" s="11" t="s">
+        <v>2487</v>
+      </c>
+      <c r="C1155" s="84" t="s">
+        <v>2484</v>
+      </c>
+      <c r="D1155" s="40">
+        <v>46295</v>
+      </c>
+      <c r="E1155" s="70"/>
+      <c r="F1155" s="70"/>
+    </row>
+    <row r="1156" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1156" s="3" t="s">
+        <v>2489</v>
+      </c>
+      <c r="B1156" s="12" t="s">
+        <v>2490</v>
+      </c>
+      <c r="C1156" s="84" t="s">
+        <v>2491</v>
+      </c>
+      <c r="D1156" s="20">
+        <v>46432</v>
+      </c>
+      <c r="E1156" s="70"/>
+      <c r="F1156" s="70"/>
+    </row>
+    <row r="1157" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A1157" s="46" t="s">
+        <v>2492</v>
+      </c>
+      <c r="B1157" s="15" t="s">
+        <v>2493</v>
+      </c>
+      <c r="C1157" s="84" t="s">
+        <v>2494</v>
+      </c>
+      <c r="D1157" s="30">
+        <v>46297</v>
+      </c>
+      <c r="E1157" s="70"/>
+      <c r="F1157" s="70"/>
+    </row>
+    <row r="1158" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1158" s="3" t="s">
+        <v>2496</v>
+      </c>
+      <c r="B1158" s="15" t="s">
+        <v>2497</v>
+      </c>
+      <c r="C1158" s="84" t="s">
+        <v>2227</v>
+      </c>
+      <c r="D1158" s="30">
+        <v>46302</v>
+      </c>
+      <c r="E1158" s="70"/>
+      <c r="F1158" s="70"/>
+    </row>
+    <row r="1159" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A1159" s="3" t="s">
+        <v>2498</v>
+      </c>
+      <c r="B1159" s="15" t="s">
+        <v>2499</v>
+      </c>
+      <c r="C1159" s="84" t="s">
+        <v>2500</v>
+      </c>
+      <c r="D1159" s="30">
+        <v>46303</v>
+      </c>
+      <c r="E1159" s="70"/>
+      <c r="F1159" s="70"/>
+    </row>
+    <row r="1160" spans="1:6" ht="232.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1160" s="3" t="s">
+        <v>2501</v>
+      </c>
+      <c r="B1160" s="15" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C1160" s="88" t="s">
+        <v>21</v>
+      </c>
+      <c r="D1160" s="20">
+        <v>46303</v>
+      </c>
+      <c r="E1160" s="70"/>
+      <c r="F1160" s="70"/>
+    </row>
+    <row r="1161" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A1161" s="3" t="s">
+        <v>3202</v>
+      </c>
+      <c r="B1161" s="15" t="s">
+        <v>2502</v>
+      </c>
+      <c r="C1161" s="84" t="s">
+        <v>2503</v>
+      </c>
+      <c r="D1161" s="30">
+        <v>46304</v>
+      </c>
+      <c r="E1161" s="70"/>
+      <c r="F1161" s="70"/>
+    </row>
+    <row r="1162" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1162" s="3" t="s">
+        <v>3203</v>
+      </c>
+      <c r="B1162" s="12" t="s">
+        <v>2504</v>
+      </c>
+      <c r="C1162" s="84" t="s">
+        <v>2505</v>
+      </c>
+      <c r="D1162" s="30">
+        <v>46304</v>
+      </c>
+      <c r="E1162" s="70"/>
+      <c r="F1162" s="70"/>
+    </row>
+    <row r="1163" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1163" s="3" t="s">
+        <v>2507</v>
+      </c>
+      <c r="B1163" s="15" t="s">
+        <v>2508</v>
+      </c>
+      <c r="C1163" s="84" t="s">
+        <v>2509</v>
+      </c>
+      <c r="D1163" s="20">
+        <v>46297</v>
+      </c>
+      <c r="E1163" s="70"/>
+      <c r="F1163" s="70"/>
+    </row>
+    <row r="1164" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A1164" s="4" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B1164" s="12" t="s">
+        <v>2511</v>
+      </c>
+      <c r="C1164" s="84" t="s">
+        <v>2512</v>
+      </c>
+      <c r="D1164" s="20">
+        <v>46305</v>
+      </c>
+      <c r="E1164" s="70"/>
+      <c r="F1164" s="70"/>
+    </row>
+    <row r="1165" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1165" s="3" t="s">
+        <v>2513</v>
+      </c>
+      <c r="B1165" s="15" t="s">
+        <v>2514</v>
+      </c>
+      <c r="C1165" s="84" t="s">
+        <v>2515</v>
+      </c>
+      <c r="D1165" s="20">
+        <v>46305</v>
+      </c>
+      <c r="E1165" s="70"/>
+      <c r="F1165" s="70"/>
+    </row>
+    <row r="1166" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1166" s="3" t="s">
+        <v>2516</v>
+      </c>
+      <c r="B1166" s="15" t="s">
+        <v>2517</v>
+      </c>
+      <c r="C1166" s="84" t="s">
+        <v>446</v>
+      </c>
+      <c r="D1166" s="30">
+        <v>46290</v>
+      </c>
+      <c r="E1166" s="70"/>
+      <c r="F1166" s="70"/>
+    </row>
+    <row r="1167" spans="1:6" ht="127.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1167" s="3" t="s">
+        <v>2518</v>
+      </c>
+      <c r="B1167" s="15" t="s">
+        <v>2519</v>
+      </c>
+      <c r="C1167" s="84" t="s">
+        <v>2520</v>
+      </c>
+      <c r="D1167" s="30">
+        <v>46308</v>
+      </c>
+      <c r="E1167" s="70"/>
+      <c r="F1167" s="70"/>
+    </row>
+    <row r="1168" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1168" s="3" t="s">
+        <v>3204</v>
+      </c>
+      <c r="B1168" s="15" t="s">
+        <v>2522</v>
+      </c>
+      <c r="C1168" s="84" t="s">
+        <v>3666</v>
+      </c>
+      <c r="D1168" s="30">
+        <v>46308</v>
+      </c>
+      <c r="E1168" s="70"/>
+      <c r="F1168" s="70"/>
+    </row>
+    <row r="1169" spans="1:6" ht="191.25" x14ac:dyDescent="0.2">
+      <c r="A1169" s="3" t="s">
+        <v>3205</v>
+      </c>
+      <c r="B1169" s="38" t="s">
+        <v>2523</v>
+      </c>
+      <c r="C1169" s="90" t="s">
+        <v>265</v>
+      </c>
+      <c r="D1169" s="30">
+        <v>46308</v>
+      </c>
+      <c r="E1169" s="70"/>
+      <c r="F1169" s="70"/>
+    </row>
+    <row r="1170" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1170" s="3" t="s">
+        <v>2525</v>
+      </c>
+      <c r="B1170" s="15" t="s">
+        <v>2526</v>
+      </c>
+      <c r="C1170" s="84" t="s">
+        <v>2527</v>
+      </c>
+      <c r="D1170" s="30">
+        <v>46308</v>
+      </c>
+      <c r="E1170" s="70"/>
+      <c r="F1170" s="70"/>
+    </row>
+    <row r="1171" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1171" s="3" t="s">
+        <v>2530</v>
+      </c>
+      <c r="B1171" s="15" t="s">
+        <v>2531</v>
+      </c>
+      <c r="C1171" s="84" t="s">
+        <v>2532</v>
+      </c>
+      <c r="D1171" s="30">
+        <v>46312</v>
+      </c>
+      <c r="E1171" s="70"/>
+      <c r="F1171" s="70"/>
+    </row>
+    <row r="1172" spans="1:6" ht="147.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1172" s="3" t="s">
+        <v>3206</v>
+      </c>
+      <c r="B1172" s="15" t="s">
+        <v>2533</v>
+      </c>
+      <c r="C1172" s="84" t="s">
+        <v>2534</v>
+      </c>
+      <c r="D1172" s="30">
+        <v>46313</v>
+      </c>
+      <c r="E1172" s="70"/>
+      <c r="F1172" s="70"/>
+    </row>
+    <row r="1173" spans="1:6" ht="311.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1173" s="3" t="s">
+        <v>2535</v>
+      </c>
+      <c r="B1173" s="15" t="s">
+        <v>2536</v>
+      </c>
+      <c r="C1173" s="84" t="s">
+        <v>362</v>
+      </c>
+      <c r="D1173" s="30">
+        <v>46312</v>
+      </c>
+      <c r="E1173" s="70"/>
+      <c r="F1173" s="70"/>
+    </row>
+    <row r="1174" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1174" s="3" t="s">
+        <v>2537</v>
+      </c>
+      <c r="B1174" s="11" t="s">
+        <v>2538</v>
+      </c>
+      <c r="C1174" s="84" t="s">
+        <v>2539</v>
+      </c>
+      <c r="D1174" s="30">
+        <v>46313</v>
+      </c>
+      <c r="E1174" s="70"/>
+      <c r="F1174" s="70"/>
+    </row>
+    <row r="1175" spans="1:6" ht="146.25" x14ac:dyDescent="0.2">
+      <c r="A1175" s="3" t="s">
+        <v>3207</v>
+      </c>
+      <c r="B1175" s="15" t="s">
+        <v>2540</v>
+      </c>
+      <c r="C1175" s="84" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1175" s="30">
+        <v>46332</v>
+      </c>
+      <c r="E1175" s="70"/>
+      <c r="F1175" s="70"/>
+    </row>
+    <row r="1176" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1176" s="1" t="s">
+        <v>2541</v>
+      </c>
+      <c r="B1176" s="11" t="s">
+        <v>2542</v>
+      </c>
+      <c r="C1176" s="84" t="s">
         <v>3</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C4" s="24" t="s">
+      <c r="D1176" s="20">
+        <v>46333</v>
+      </c>
+      <c r="E1176" s="70"/>
+      <c r="F1176" s="70"/>
+    </row>
+    <row r="1177" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A1177" s="3" t="s">
+        <v>2543</v>
+      </c>
+      <c r="B1177" s="11" t="s">
+        <v>2544</v>
+      </c>
+      <c r="C1177" s="84" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1177" s="20">
+        <v>46341</v>
+      </c>
+      <c r="E1177" s="70"/>
+      <c r="F1177" s="70"/>
+    </row>
+    <row r="1178" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1178" s="3" t="s">
+        <v>2545</v>
+      </c>
+      <c r="B1178" s="11" t="s">
+        <v>2546</v>
+      </c>
+      <c r="C1178" s="84" t="s">
+        <v>2547</v>
+      </c>
+      <c r="D1178" s="30">
+        <v>46316</v>
+      </c>
+      <c r="E1178" s="70"/>
+      <c r="F1178" s="70"/>
+    </row>
+    <row r="1179" spans="1:6" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1179" s="4" t="s">
+        <v>3208</v>
+      </c>
+      <c r="B1179" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C1179" s="84" t="s">
+        <v>2548</v>
+      </c>
+      <c r="D1179" s="30">
+        <v>46319</v>
+      </c>
+      <c r="E1179" s="70"/>
+      <c r="F1179" s="70"/>
+    </row>
+    <row r="1180" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1180" s="3" t="s">
+        <v>3209</v>
+      </c>
+      <c r="B1180" s="11" t="s">
+        <v>2550</v>
+      </c>
+      <c r="C1180" s="84" t="s">
+        <v>2551</v>
+      </c>
+      <c r="D1180" s="30">
+        <v>46318</v>
+      </c>
+      <c r="E1180" s="70"/>
+      <c r="F1180" s="70"/>
+    </row>
+    <row r="1181" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1181" s="3" t="s">
+        <v>2552</v>
+      </c>
+      <c r="B1181" s="15" t="s">
+        <v>2553</v>
+      </c>
+      <c r="C1181" s="84" t="s">
+        <v>2554</v>
+      </c>
+      <c r="D1181" s="30">
+        <v>46318</v>
+      </c>
+      <c r="E1181" s="70"/>
+      <c r="F1181" s="70"/>
+    </row>
+    <row r="1182" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1182" s="57" t="s">
+        <v>2555</v>
+      </c>
+      <c r="B1182" s="15" t="s">
+        <v>2556</v>
+      </c>
+      <c r="C1182" s="84" t="s">
+        <v>3667</v>
+      </c>
+      <c r="D1182" s="30">
+        <v>46340</v>
+      </c>
+      <c r="E1182" s="70"/>
+      <c r="F1182" s="70"/>
+    </row>
+    <row r="1183" spans="1:6" ht="112.5" x14ac:dyDescent="0.2">
+      <c r="A1183" s="3" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B1183" s="15" t="s">
+        <v>2560</v>
+      </c>
+      <c r="C1183" s="84" t="s">
+        <v>2561</v>
+      </c>
+      <c r="D1183" s="30">
+        <v>46342</v>
+      </c>
+      <c r="E1183" s="70"/>
+      <c r="F1183" s="70"/>
+    </row>
+    <row r="1184" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1184" s="3" t="s">
+        <v>2563</v>
+      </c>
+      <c r="B1184" s="15" t="s">
+        <v>2564</v>
+      </c>
+      <c r="C1184" s="84" t="s">
+        <v>2565</v>
+      </c>
+      <c r="D1184" s="30">
+        <v>46322</v>
+      </c>
+      <c r="E1184" s="70"/>
+      <c r="F1184" s="70"/>
+    </row>
+    <row r="1185" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1185" s="3" t="s">
+        <v>3210</v>
+      </c>
+      <c r="B1185" s="15" t="s">
+        <v>2566</v>
+      </c>
+      <c r="C1185" s="84" t="s">
+        <v>3668</v>
+      </c>
+      <c r="D1185" s="30">
+        <v>46324</v>
+      </c>
+      <c r="E1185" s="70"/>
+      <c r="F1185" s="70"/>
+    </row>
+    <row r="1186" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1186" s="3" t="s">
+        <v>2568</v>
+      </c>
+      <c r="B1186" s="15" t="s">
+        <v>2569</v>
+      </c>
+      <c r="C1186" s="84" t="s">
         <v>5</v>
       </c>
-      <c r="D4" s="33">
-[...32 lines deleted...]
-      <c r="A7" s="15" t="s">
+      <c r="D1186" s="20">
+        <v>46353</v>
+      </c>
+      <c r="E1186" s="70"/>
+      <c r="F1186" s="70"/>
+    </row>
+    <row r="1187" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1187" s="3" t="s">
+        <v>2570</v>
+      </c>
+      <c r="B1187" s="15" t="s">
+        <v>2571</v>
+      </c>
+      <c r="C1187" s="84" t="s">
+        <v>2572</v>
+      </c>
+      <c r="D1187" s="30">
+        <v>46324</v>
+      </c>
+      <c r="E1187" s="70"/>
+      <c r="F1187" s="70"/>
+    </row>
+    <row r="1188" spans="1:6" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1188" s="1" t="s">
+        <v>2879</v>
+      </c>
+      <c r="B1188" s="11" t="s">
+        <v>2573</v>
+      </c>
+      <c r="C1188" s="84" t="s">
+        <v>2574</v>
+      </c>
+      <c r="D1188" s="30">
+        <v>46284</v>
+      </c>
+      <c r="E1188" s="70"/>
+      <c r="F1188" s="70"/>
+    </row>
+    <row r="1189" spans="1:6" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1189" s="3" t="s">
+        <v>3211</v>
+      </c>
+      <c r="B1189" s="15" t="s">
+        <v>2575</v>
+      </c>
+      <c r="C1189" s="84" t="s">
+        <v>2576</v>
+      </c>
+      <c r="D1189" s="30">
+        <v>46325</v>
+      </c>
+      <c r="E1189" s="70"/>
+      <c r="F1189" s="70"/>
+    </row>
+    <row r="1190" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1190" s="3" t="s">
+        <v>2577</v>
+      </c>
+      <c r="B1190" s="11" t="s">
+        <v>2578</v>
+      </c>
+      <c r="C1190" s="84" t="s">
+        <v>2579</v>
+      </c>
+      <c r="D1190" s="30">
+        <v>46325</v>
+      </c>
+      <c r="E1190" s="70"/>
+      <c r="F1190" s="70"/>
+    </row>
+    <row r="1191" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A1191" s="3" t="s">
+        <v>2580</v>
+      </c>
+      <c r="B1191" s="15" t="s">
+        <v>2581</v>
+      </c>
+      <c r="C1191" s="84" t="s">
+        <v>3669</v>
+      </c>
+      <c r="D1191" s="20">
+        <v>46329</v>
+      </c>
+      <c r="E1191" s="70"/>
+      <c r="F1191" s="70"/>
+    </row>
+    <row r="1192" spans="1:6" ht="263.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1192" s="3" t="s">
+        <v>2582</v>
+      </c>
+      <c r="B1192" s="11" t="s">
+        <v>2583</v>
+      </c>
+      <c r="C1192" s="84" t="s">
+        <v>2554</v>
+      </c>
+      <c r="D1192" s="20">
+        <v>46329</v>
+      </c>
+      <c r="E1192" s="70"/>
+      <c r="F1192" s="70"/>
+    </row>
+    <row r="1193" spans="1:6" ht="157.5" x14ac:dyDescent="0.2">
+      <c r="A1193" s="3" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B1193" s="15" t="s">
+        <v>2585</v>
+      </c>
+      <c r="C1193" s="84" t="s">
+        <v>3670</v>
+      </c>
+      <c r="D1193" s="20">
+        <v>46330</v>
+      </c>
+      <c r="E1193" s="70"/>
+      <c r="F1193" s="70"/>
+    </row>
+    <row r="1194" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1194" s="1" t="s">
+        <v>2588</v>
+      </c>
+      <c r="B1194" s="12" t="s">
+        <v>200</v>
+      </c>
+      <c r="C1194" s="90" t="s">
+        <v>201</v>
+      </c>
+      <c r="D1194" s="20">
+        <v>46365</v>
+      </c>
+      <c r="E1194" s="70"/>
+      <c r="F1194" s="70"/>
+    </row>
+    <row r="1195" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A1195" s="3" t="s">
+        <v>2594</v>
+      </c>
+      <c r="B1195" s="15" t="s">
+        <v>2595</v>
+      </c>
+      <c r="C1195" s="84" t="s">
+        <v>2596</v>
+      </c>
+      <c r="D1195" s="20">
+        <v>46333</v>
+      </c>
+      <c r="E1195" s="70"/>
+      <c r="F1195" s="70"/>
+    </row>
+    <row r="1196" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1196" s="3" t="s">
+        <v>2597</v>
+      </c>
+      <c r="B1196" s="11" t="s">
+        <v>2598</v>
+      </c>
+      <c r="C1196" s="84" t="s">
+        <v>65</v>
+      </c>
+      <c r="D1196" s="20">
+        <v>46333</v>
+      </c>
+      <c r="E1196" s="70"/>
+      <c r="F1196" s="70"/>
+    </row>
+    <row r="1197" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1197" s="3" t="s">
+        <v>2600</v>
+      </c>
+      <c r="B1197" s="15" t="s">
+        <v>2601</v>
+      </c>
+      <c r="C1197" s="84" t="s">
+        <v>2602</v>
+      </c>
+      <c r="D1197" s="20">
+        <v>46333</v>
+      </c>
+      <c r="E1197" s="70"/>
+      <c r="F1197" s="70"/>
+    </row>
+    <row r="1198" spans="1:6" ht="386.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1198" s="3" t="s">
+        <v>2603</v>
+      </c>
+      <c r="B1198" s="22" t="s">
+        <v>2604</v>
+      </c>
+      <c r="C1198" s="84" t="s">
+        <v>3671</v>
+      </c>
+      <c r="D1198" s="20">
+        <v>46333</v>
+      </c>
+      <c r="E1198" s="70"/>
+      <c r="F1198" s="70"/>
+    </row>
+    <row r="1199" spans="1:6" ht="140.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1199" s="3" t="s">
+        <v>2605</v>
+      </c>
+      <c r="B1199" s="11" t="s">
+        <v>2327</v>
+      </c>
+      <c r="C1199" s="84" t="s">
+        <v>3672</v>
+      </c>
+      <c r="D1199" s="20">
+        <v>46241</v>
+      </c>
+      <c r="E1199" s="70"/>
+      <c r="F1199" s="70"/>
+    </row>
+    <row r="1200" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1200" s="3" t="s">
+        <v>2607</v>
+      </c>
+      <c r="B1200" s="15" t="s">
+        <v>2608</v>
+      </c>
+      <c r="C1200" s="84" t="s">
+        <v>2609</v>
+      </c>
+      <c r="D1200" s="20">
+        <v>46337</v>
+      </c>
+      <c r="E1200" s="70"/>
+      <c r="F1200" s="70"/>
+    </row>
+    <row r="1201" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A1201" s="3" t="s">
+        <v>2610</v>
+      </c>
+      <c r="B1201" s="11" t="s">
+        <v>2611</v>
+      </c>
+      <c r="C1201" s="84" t="s">
+        <v>2612</v>
+      </c>
+      <c r="D1201" s="20">
+        <v>46373</v>
+      </c>
+      <c r="E1201" s="70"/>
+      <c r="F1201" s="70"/>
+    </row>
+    <row r="1202" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1202" s="3" t="s">
         <v>2797</v>
       </c>
-      <c r="B7" s="27" t="s">
+      <c r="B1202" s="11" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C1202" s="84" t="s">
+        <v>2616</v>
+      </c>
+      <c r="D1202" s="20">
+        <v>46337</v>
+      </c>
+      <c r="E1202" s="70"/>
+      <c r="F1202" s="70"/>
+    </row>
+    <row r="1203" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1203" s="3" t="s">
+        <v>2617</v>
+      </c>
+      <c r="B1203" s="12" t="s">
+        <v>2618</v>
+      </c>
+      <c r="C1203" s="84" t="s">
+        <v>3673</v>
+      </c>
+      <c r="D1203" s="30">
+        <v>46339</v>
+      </c>
+      <c r="E1203" s="70"/>
+      <c r="F1203" s="70"/>
+    </row>
+    <row r="1204" spans="1:6" ht="237.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1204" s="3" t="s">
+        <v>3212</v>
+      </c>
+      <c r="B1204" s="11" t="s">
+        <v>2621</v>
+      </c>
+      <c r="C1204" s="84" t="s">
+        <v>187</v>
+      </c>
+      <c r="D1204" s="30">
+        <v>46267</v>
+      </c>
+      <c r="E1204" s="70"/>
+      <c r="F1204" s="70"/>
+    </row>
+    <row r="1205" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A1205" s="3" t="s">
+        <v>2623</v>
+      </c>
+      <c r="B1205" s="15" t="s">
+        <v>2624</v>
+      </c>
+      <c r="C1205" s="84" t="s">
+        <v>2625</v>
+      </c>
+      <c r="D1205" s="30">
+        <v>46340</v>
+      </c>
+      <c r="E1205" s="70"/>
+      <c r="F1205" s="70"/>
+    </row>
+    <row r="1206" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1206" s="3" t="s">
+        <v>2626</v>
+      </c>
+      <c r="B1206" s="15" t="s">
+        <v>2627</v>
+      </c>
+      <c r="C1206" s="84" t="s">
+        <v>3307</v>
+      </c>
+      <c r="D1206" s="30">
+        <v>46256</v>
+      </c>
+      <c r="E1206" s="70"/>
+      <c r="F1206" s="70"/>
+    </row>
+    <row r="1207" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1207" s="3" t="s">
+        <v>3213</v>
+      </c>
+      <c r="B1207" s="15" t="s">
+        <v>2628</v>
+      </c>
+      <c r="C1207" s="84" t="s">
+        <v>2629</v>
+      </c>
+      <c r="D1207" s="30">
+        <v>46340</v>
+      </c>
+      <c r="E1207" s="70"/>
+      <c r="F1207" s="70"/>
+    </row>
+    <row r="1208" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A1208" s="3" t="s">
+        <v>2630</v>
+      </c>
+      <c r="B1208" s="59" t="s">
+        <v>3234</v>
+      </c>
+      <c r="C1208" s="84" t="s">
+        <v>3674</v>
+      </c>
+      <c r="D1208" s="30">
+        <v>46343</v>
+      </c>
+      <c r="E1208" s="70"/>
+      <c r="F1208" s="70"/>
+    </row>
+    <row r="1209" spans="1:6" ht="362.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1209" s="3" t="s">
+        <v>2631</v>
+      </c>
+      <c r="B1209" s="11" t="s">
+        <v>2632</v>
+      </c>
+      <c r="C1209" s="84" t="s">
+        <v>3675</v>
+      </c>
+      <c r="D1209" s="30">
+        <v>46343</v>
+      </c>
+      <c r="E1209" s="70"/>
+      <c r="F1209" s="70"/>
+    </row>
+    <row r="1210" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1210" s="3" t="s">
+        <v>2633</v>
+      </c>
+      <c r="B1210" s="11" t="s">
+        <v>2634</v>
+      </c>
+      <c r="C1210" s="84" t="s">
+        <v>3676</v>
+      </c>
+      <c r="D1210" s="30">
+        <v>46345</v>
+      </c>
+      <c r="E1210" s="70"/>
+      <c r="F1210" s="70"/>
+    </row>
+    <row r="1211" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A1211" s="3" t="s">
+        <v>2635</v>
+      </c>
+      <c r="B1211" s="11" t="s">
+        <v>2636</v>
+      </c>
+      <c r="C1211" s="84" t="s">
+        <v>118</v>
+      </c>
+      <c r="D1211" s="30">
+        <v>46345</v>
+      </c>
+      <c r="E1211" s="70"/>
+      <c r="F1211" s="70"/>
+    </row>
+    <row r="1212" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1212" s="3" t="s">
+        <v>3214</v>
+      </c>
+      <c r="B1212" s="15" t="s">
+        <v>2637</v>
+      </c>
+      <c r="C1212" s="84" t="s">
+        <v>2638</v>
+      </c>
+      <c r="D1212" s="30">
+        <v>46346</v>
+      </c>
+      <c r="E1212" s="70"/>
+      <c r="F1212" s="70"/>
+    </row>
+    <row r="1213" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1213" s="3" t="s">
+        <v>2639</v>
+      </c>
+      <c r="B1213" s="15" t="s">
+        <v>2640</v>
+      </c>
+      <c r="C1213" s="84" t="s">
+        <v>2641</v>
+      </c>
+      <c r="D1213" s="30">
+        <v>46424</v>
+      </c>
+      <c r="E1213" s="70"/>
+      <c r="F1213" s="70"/>
+    </row>
+    <row r="1214" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1214" s="3" t="s">
+        <v>2643</v>
+      </c>
+      <c r="B1214" s="15" t="s">
+        <v>2644</v>
+      </c>
+      <c r="C1214" s="95" t="s">
+        <v>2645</v>
+      </c>
+      <c r="D1214" s="30">
+        <v>46346</v>
+      </c>
+      <c r="E1214" s="70"/>
+      <c r="F1214" s="70"/>
+    </row>
+    <row r="1215" spans="1:6" ht="129.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1215" s="3" t="s">
+        <v>2646</v>
+      </c>
+      <c r="B1215" s="15" t="s">
+        <v>2647</v>
+      </c>
+      <c r="C1215" s="84" t="s">
+        <v>2648</v>
+      </c>
+      <c r="D1215" s="30">
+        <v>46346</v>
+      </c>
+      <c r="E1215" s="70"/>
+      <c r="F1215" s="70"/>
+    </row>
+    <row r="1216" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1216" s="3" t="s">
+        <v>2649</v>
+      </c>
+      <c r="B1216" s="15" t="s">
+        <v>2650</v>
+      </c>
+      <c r="C1216" s="84" t="s">
+        <v>320</v>
+      </c>
+      <c r="D1216" s="30">
+        <v>46346</v>
+      </c>
+      <c r="E1216" s="70"/>
+      <c r="F1216" s="70"/>
+    </row>
+    <row r="1217" spans="1:6" ht="333" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1217" s="3" t="s">
+        <v>2651</v>
+      </c>
+      <c r="B1217" s="11" t="s">
+        <v>2652</v>
+      </c>
+      <c r="C1217" s="84" t="s">
+        <v>3677</v>
+      </c>
+      <c r="D1217" s="30">
+        <v>46346</v>
+      </c>
+      <c r="E1217" s="70"/>
+      <c r="F1217" s="70"/>
+    </row>
+    <row r="1218" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1218" s="3" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B1218" s="11" t="s">
+        <v>2654</v>
+      </c>
+      <c r="C1218" s="90" t="s">
+        <v>3678</v>
+      </c>
+      <c r="D1218" s="30">
+        <v>46347</v>
+      </c>
+      <c r="E1218" s="70"/>
+      <c r="F1218" s="70"/>
+    </row>
+    <row r="1219" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1219" s="3" t="s">
+        <v>2655</v>
+      </c>
+      <c r="B1219" s="11" t="s">
+        <v>2656</v>
+      </c>
+      <c r="C1219" s="90" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1219" s="20">
+        <v>46371</v>
+      </c>
+      <c r="E1219" s="70"/>
+      <c r="F1219" s="70"/>
+    </row>
+    <row r="1220" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1220" s="3" t="s">
+        <v>2657</v>
+      </c>
+      <c r="B1220" s="11" t="s">
+        <v>2658</v>
+      </c>
+      <c r="C1220" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1220" s="20">
+        <v>46372</v>
+      </c>
+      <c r="E1220" s="70"/>
+      <c r="F1220" s="70"/>
+    </row>
+    <row r="1221" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A1221" s="3" t="s">
+        <v>2659</v>
+      </c>
+      <c r="B1221" s="11" t="s">
+        <v>2660</v>
+      </c>
+      <c r="C1221" s="84" t="s">
+        <v>5</v>
+      </c>
+      <c r="D1221" s="20">
+        <v>46371</v>
+      </c>
+      <c r="E1221" s="70"/>
+      <c r="F1221" s="70"/>
+    </row>
+    <row r="1222" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1222" s="3" t="s">
+        <v>2662</v>
+      </c>
+      <c r="B1222" s="11" t="s">
+        <v>2663</v>
+      </c>
+      <c r="C1222" s="84" t="s">
+        <v>3679</v>
+      </c>
+      <c r="D1222" s="30">
+        <v>46350</v>
+      </c>
+      <c r="E1222" s="70"/>
+      <c r="F1222" s="70"/>
+    </row>
+    <row r="1223" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1223" s="3" t="s">
+        <v>2692</v>
+      </c>
+      <c r="B1223" s="11" t="s">
+        <v>1737</v>
+      </c>
+      <c r="C1223" s="84" t="s">
+        <v>2664</v>
+      </c>
+      <c r="D1223" s="30">
+        <v>46201</v>
+      </c>
+      <c r="E1223" s="70"/>
+      <c r="F1223" s="70"/>
+    </row>
+    <row r="1224" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1224" s="3" t="s">
+        <v>2666</v>
+      </c>
+      <c r="B1224" s="21" t="s">
+        <v>3361</v>
+      </c>
+      <c r="C1224" s="84" t="s">
+        <v>2216</v>
+      </c>
+      <c r="D1224" s="108">
+        <v>46458</v>
+      </c>
+      <c r="E1224" s="70"/>
+      <c r="F1224" s="70"/>
+    </row>
+    <row r="1225" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1225" s="3" t="s">
+        <v>2667</v>
+      </c>
+      <c r="B1225" s="11" t="s">
+        <v>2668</v>
+      </c>
+      <c r="C1225" s="84" t="s">
+        <v>2669</v>
+      </c>
+      <c r="D1225" s="20">
+        <v>46353</v>
+      </c>
+      <c r="E1225" s="70"/>
+      <c r="F1225" s="70"/>
+    </row>
+    <row r="1226" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A1226" s="3" t="s">
+        <v>2671</v>
+      </c>
+      <c r="B1226" s="11" t="s">
+        <v>2672</v>
+      </c>
+      <c r="C1226" s="84" t="s">
+        <v>2673</v>
+      </c>
+      <c r="D1226" s="30">
+        <v>46353</v>
+      </c>
+      <c r="E1226" s="70"/>
+      <c r="F1226" s="70"/>
+    </row>
+    <row r="1227" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1227" s="3" t="s">
+        <v>2674</v>
+      </c>
+      <c r="B1227" s="37" t="s">
+        <v>2675</v>
+      </c>
+      <c r="C1227" s="84" t="s">
+        <v>2676</v>
+      </c>
+      <c r="D1227" s="30">
+        <v>46357</v>
+      </c>
+      <c r="E1227" s="70"/>
+      <c r="F1227" s="70"/>
+    </row>
+    <row r="1228" spans="1:6" ht="135.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1228" s="4" t="s">
+        <v>2677</v>
+      </c>
+      <c r="B1228" s="11" t="s">
+        <v>2678</v>
+      </c>
+      <c r="C1228" s="84" t="s">
+        <v>642</v>
+      </c>
+      <c r="D1228" s="20">
+        <v>46358</v>
+      </c>
+      <c r="E1228" s="70"/>
+      <c r="F1228" s="70"/>
+    </row>
+    <row r="1229" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1229" s="3" t="s">
+        <v>2679</v>
+      </c>
+      <c r="B1229" s="15" t="s">
+        <v>2680</v>
+      </c>
+      <c r="C1229" s="84" t="s">
+        <v>2681</v>
+      </c>
+      <c r="D1229" s="30">
+        <v>46358</v>
+      </c>
+      <c r="E1229" s="70"/>
+      <c r="F1229" s="70"/>
+    </row>
+    <row r="1230" spans="1:6" ht="112.5" x14ac:dyDescent="0.2">
+      <c r="A1230" s="3" t="s">
+        <v>2682</v>
+      </c>
+      <c r="B1230" s="22" t="s">
+        <v>2683</v>
+      </c>
+      <c r="C1230" s="84" t="s">
+        <v>2684</v>
+      </c>
+      <c r="D1230" s="30">
+        <v>46357</v>
+      </c>
+      <c r="E1230" s="70"/>
+      <c r="F1230" s="70"/>
+    </row>
+    <row r="1231" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1231" s="3" t="s">
+        <v>2693</v>
+      </c>
+      <c r="B1231" s="15" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C1231" s="84" t="s">
+        <v>2694</v>
+      </c>
+      <c r="D1231" s="30">
+        <v>46362</v>
+      </c>
+      <c r="E1231" s="70"/>
+      <c r="F1231" s="70"/>
+    </row>
+    <row r="1232" spans="1:6" ht="135" x14ac:dyDescent="0.2">
+      <c r="A1232" s="1" t="s">
+        <v>2696</v>
+      </c>
+      <c r="B1232" s="12" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C1232" s="84" t="s">
+        <v>2697</v>
+      </c>
+      <c r="D1232" s="30">
+        <v>46365</v>
+      </c>
+      <c r="E1232" s="70"/>
+      <c r="F1232" s="70"/>
+    </row>
+    <row r="1233" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1233" s="3" t="s">
+        <v>2698</v>
+      </c>
+      <c r="B1233" s="15" t="s">
+        <v>2699</v>
+      </c>
+      <c r="C1233" s="84" t="s">
+        <v>2700</v>
+      </c>
+      <c r="D1233" s="30">
+        <v>46365</v>
+      </c>
+      <c r="E1233" s="70"/>
+      <c r="F1233" s="70"/>
+    </row>
+    <row r="1234" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1234" s="3" t="s">
+        <v>2701</v>
+      </c>
+      <c r="B1234" s="11" t="s">
+        <v>2702</v>
+      </c>
+      <c r="C1234" s="84" t="s">
+        <v>2703</v>
+      </c>
+      <c r="D1234" s="30">
+        <v>46365</v>
+      </c>
+      <c r="E1234" s="70"/>
+      <c r="F1234" s="70"/>
+    </row>
+    <row r="1235" spans="1:6" ht="35.25" x14ac:dyDescent="0.2">
+      <c r="A1235" s="60" t="s">
+        <v>2704</v>
+      </c>
+      <c r="B1235" s="13" t="s">
+        <v>2705</v>
+      </c>
+      <c r="C1235" s="84" t="s">
+        <v>556</v>
+      </c>
+      <c r="D1235" s="20">
+        <v>46368</v>
+      </c>
+      <c r="E1235" s="70"/>
+      <c r="F1235" s="70"/>
+    </row>
+    <row r="1236" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1236" s="3" t="s">
+        <v>2706</v>
+      </c>
+      <c r="B1236" s="15" t="s">
+        <v>2707</v>
+      </c>
+      <c r="C1236" s="84" t="s">
+        <v>3680</v>
+      </c>
+      <c r="D1236" s="30">
+        <v>46398</v>
+      </c>
+      <c r="E1236" s="70"/>
+      <c r="F1236" s="70"/>
+    </row>
+    <row r="1237" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A1237" s="3" t="s">
+        <v>2709</v>
+      </c>
+      <c r="B1237" s="37" t="s">
+        <v>2710</v>
+      </c>
+      <c r="C1237" s="84" t="s">
+        <v>3681</v>
+      </c>
+      <c r="D1237" s="30">
+        <v>46365</v>
+      </c>
+      <c r="E1237" s="70"/>
+      <c r="F1237" s="70"/>
+    </row>
+    <row r="1238" spans="1:6" ht="202.5" x14ac:dyDescent="0.2">
+      <c r="A1238" s="1" t="s">
+        <v>2807</v>
+      </c>
+      <c r="B1238" s="61" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C1238" s="90" t="s">
+        <v>3399</v>
+      </c>
+      <c r="D1238" s="20">
+        <v>46365</v>
+      </c>
+      <c r="E1238" s="70"/>
+      <c r="F1238" s="70"/>
+    </row>
+    <row r="1239" spans="1:6" ht="281.25" x14ac:dyDescent="0.2">
+      <c r="A1239" s="3" t="s">
+        <v>2714</v>
+      </c>
+      <c r="B1239" s="11" t="s">
+        <v>2712</v>
+      </c>
+      <c r="C1239" s="84" t="s">
+        <v>2713</v>
+      </c>
+      <c r="D1239" s="30">
+        <v>46365</v>
+      </c>
+      <c r="E1239" s="70"/>
+      <c r="F1239" s="70"/>
+    </row>
+    <row r="1240" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A1240" s="3" t="s">
+        <v>2715</v>
+      </c>
+      <c r="B1240" s="15" t="s">
+        <v>2716</v>
+      </c>
+      <c r="C1240" s="87" t="s">
+        <v>3682</v>
+      </c>
+      <c r="D1240" s="30">
+        <v>46365</v>
+      </c>
+      <c r="E1240" s="70"/>
+      <c r="F1240" s="70"/>
+    </row>
+    <row r="1241" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1241" s="3" t="s">
+        <v>2719</v>
+      </c>
+      <c r="B1241" s="15" t="s">
+        <v>2720</v>
+      </c>
+      <c r="C1241" s="84" t="s">
+        <v>2721</v>
+      </c>
+      <c r="D1241" s="30">
+        <v>46367</v>
+      </c>
+      <c r="E1241" s="70"/>
+      <c r="F1241" s="70"/>
+    </row>
+    <row r="1242" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1242" s="3" t="s">
+        <v>2722</v>
+      </c>
+      <c r="B1242" s="15" t="s">
+        <v>2723</v>
+      </c>
+      <c r="C1242" s="84" t="s">
+        <v>12</v>
+      </c>
+      <c r="D1242" s="30">
+        <v>46367</v>
+      </c>
+      <c r="E1242" s="70"/>
+      <c r="F1242" s="70"/>
+    </row>
+    <row r="1243" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1243" s="3" t="s">
+        <v>2724</v>
+      </c>
+      <c r="B1243" s="15" t="s">
+        <v>2725</v>
+      </c>
+      <c r="C1243" s="84" t="s">
+        <v>2726</v>
+      </c>
+      <c r="D1243" s="30">
+        <v>46367</v>
+      </c>
+      <c r="E1243" s="70"/>
+      <c r="F1243" s="70"/>
+    </row>
+    <row r="1244" spans="1:6" ht="394.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1244" s="3" t="s">
+        <v>2728</v>
+      </c>
+      <c r="B1244" s="15" t="s">
+        <v>2729</v>
+      </c>
+      <c r="C1244" s="84" t="s">
+        <v>2730</v>
+      </c>
+      <c r="D1244" s="30">
+        <v>46367</v>
+      </c>
+      <c r="E1244" s="70"/>
+      <c r="F1244" s="70"/>
+    </row>
+    <row r="1245" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1245" s="3" t="s">
+        <v>2731</v>
+      </c>
+      <c r="B1245" s="11" t="s">
+        <v>2732</v>
+      </c>
+      <c r="C1245" s="84" t="s">
+        <v>2733</v>
+      </c>
+      <c r="D1245" s="30">
+        <v>46368</v>
+      </c>
+      <c r="E1245" s="70"/>
+      <c r="F1245" s="70"/>
+    </row>
+    <row r="1246" spans="1:6" ht="115.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1246" s="3" t="s">
+        <v>2735</v>
+      </c>
+      <c r="B1246" s="15" t="s">
+        <v>2736</v>
+      </c>
+      <c r="C1246" s="84" t="s">
+        <v>3308</v>
+      </c>
+      <c r="D1246" s="30">
+        <v>46367</v>
+      </c>
+      <c r="E1246" s="70"/>
+      <c r="F1246" s="70"/>
+    </row>
+    <row r="1247" spans="1:6" ht="233.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1247" s="3" t="s">
+        <v>3215</v>
+      </c>
+      <c r="B1247" s="11" t="s">
+        <v>2738</v>
+      </c>
+      <c r="C1247" s="84" t="s">
+        <v>2739</v>
+      </c>
+      <c r="D1247" s="30">
+        <v>46366</v>
+      </c>
+      <c r="E1247" s="70"/>
+      <c r="F1247" s="70"/>
+    </row>
+    <row r="1248" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1248" s="3" t="s">
+        <v>2782</v>
+      </c>
+      <c r="B1248" s="15" t="s">
+        <v>2740</v>
+      </c>
+      <c r="C1248" s="84" t="s">
+        <v>2741</v>
+      </c>
+      <c r="D1248" s="30">
+        <v>46379</v>
+      </c>
+      <c r="E1248" s="70"/>
+      <c r="F1248" s="70"/>
+    </row>
+    <row r="1249" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1249" s="3" t="s">
+        <v>2742</v>
+      </c>
+      <c r="B1249" s="11" t="s">
+        <v>2177</v>
+      </c>
+      <c r="C1249" s="84" t="s">
+        <v>2743</v>
+      </c>
+      <c r="D1249" s="30">
+        <v>46372</v>
+      </c>
+      <c r="E1249" s="70"/>
+      <c r="F1249" s="70"/>
+    </row>
+    <row r="1250" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1250" s="3" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B1250" s="15" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C1250" s="84" t="s">
+        <v>2746</v>
+      </c>
+      <c r="D1250" s="30">
+        <v>46372</v>
+      </c>
+      <c r="E1250" s="70"/>
+      <c r="F1250" s="70"/>
+    </row>
+    <row r="1251" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A1251" s="3" t="s">
+        <v>2748</v>
+      </c>
+      <c r="B1251" s="15" t="s">
+        <v>2749</v>
+      </c>
+      <c r="C1251" s="84" t="s">
+        <v>2227</v>
+      </c>
+      <c r="D1251" s="30">
+        <v>46373</v>
+      </c>
+      <c r="E1251" s="70"/>
+      <c r="F1251" s="70"/>
+    </row>
+    <row r="1252" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A1252" s="3" t="s">
+        <v>2750</v>
+      </c>
+      <c r="B1252" s="15" t="s">
+        <v>2751</v>
+      </c>
+      <c r="C1252" s="84" t="s">
+        <v>3683</v>
+      </c>
+      <c r="D1252" s="30">
+        <v>46373</v>
+      </c>
+      <c r="E1252" s="70"/>
+      <c r="F1252" s="70"/>
+    </row>
+    <row r="1253" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1253" s="3" t="s">
+        <v>2755</v>
+      </c>
+      <c r="B1253" s="15" t="s">
+        <v>2756</v>
+      </c>
+      <c r="C1253" s="84" t="s">
+        <v>2757</v>
+      </c>
+      <c r="D1253" s="30">
+        <v>46373</v>
+      </c>
+      <c r="E1253" s="70"/>
+      <c r="F1253" s="70"/>
+    </row>
+    <row r="1254" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1254" s="3" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B1254" s="15" t="s">
+        <v>2759</v>
+      </c>
+      <c r="C1254" s="84" t="s">
+        <v>3309</v>
+      </c>
+      <c r="D1254" s="30">
+        <v>46374</v>
+      </c>
+      <c r="E1254" s="70"/>
+      <c r="F1254" s="70"/>
+    </row>
+    <row r="1255" spans="1:6" ht="138" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1255" s="3" t="s">
+        <v>2760</v>
+      </c>
+      <c r="B1255" s="15" t="s">
+        <v>2761</v>
+      </c>
+      <c r="C1255" s="84" t="s">
+        <v>2762</v>
+      </c>
+      <c r="D1255" s="30">
+        <v>46374</v>
+      </c>
+      <c r="E1255" s="70"/>
+      <c r="F1255" s="70"/>
+    </row>
+    <row r="1256" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1256" s="3" t="s">
+        <v>2763</v>
+      </c>
+      <c r="B1256" s="15" t="s">
+        <v>2764</v>
+      </c>
+      <c r="C1256" s="84" t="s">
+        <v>2765</v>
+      </c>
+      <c r="D1256" s="30">
+        <v>46374</v>
+      </c>
+      <c r="E1256" s="70"/>
+      <c r="F1256" s="70"/>
+    </row>
+    <row r="1257" spans="1:6" ht="149.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1257" s="3" t="s">
+        <v>2766</v>
+      </c>
+      <c r="B1257" s="11" t="s">
+        <v>2767</v>
+      </c>
+      <c r="C1257" s="84" t="s">
+        <v>3310</v>
+      </c>
+      <c r="D1257" s="30">
+        <v>46374</v>
+      </c>
+      <c r="E1257" s="70"/>
+      <c r="F1257" s="70"/>
+    </row>
+    <row r="1258" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1258" s="3" t="s">
+        <v>2768</v>
+      </c>
+      <c r="B1258" s="15" t="s">
+        <v>2769</v>
+      </c>
+      <c r="C1258" s="84" t="s">
+        <v>3310</v>
+      </c>
+      <c r="D1258" s="30">
+        <v>46374</v>
+      </c>
+      <c r="E1258" s="70"/>
+      <c r="F1258" s="70"/>
+    </row>
+    <row r="1259" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1259" s="3" t="s">
+        <v>2771</v>
+      </c>
+      <c r="B1259" s="15" t="s">
+        <v>2772</v>
+      </c>
+      <c r="C1259" s="84" t="s">
+        <v>2773</v>
+      </c>
+      <c r="D1259" s="30">
+        <v>46374</v>
+      </c>
+      <c r="E1259" s="70"/>
+      <c r="F1259" s="70"/>
+    </row>
+    <row r="1260" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1260" s="3" t="s">
+        <v>2774</v>
+      </c>
+      <c r="B1260" s="15" t="s">
+        <v>2775</v>
+      </c>
+      <c r="C1260" s="84" t="s">
+        <v>2776</v>
+      </c>
+      <c r="D1260" s="30">
+        <v>46375</v>
+      </c>
+      <c r="E1260" s="70"/>
+      <c r="F1260" s="70"/>
+    </row>
+    <row r="1261" spans="1:6" ht="241.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1261" s="3" t="s">
+        <v>2777</v>
+      </c>
+      <c r="B1261" s="11" t="s">
+        <v>364</v>
+      </c>
+      <c r="C1261" s="84" t="s">
+        <v>2778</v>
+      </c>
+      <c r="D1261" s="30">
+        <v>46378</v>
+      </c>
+      <c r="E1261" s="70"/>
+      <c r="F1261" s="70"/>
+    </row>
+    <row r="1262" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A1262" s="3" t="s">
+        <v>2779</v>
+      </c>
+      <c r="B1262" s="15" t="s">
+        <v>2780</v>
+      </c>
+      <c r="C1262" s="84" t="s">
+        <v>2781</v>
+      </c>
+      <c r="D1262" s="30">
+        <v>46379</v>
+      </c>
+      <c r="E1262" s="70"/>
+      <c r="F1262" s="70"/>
+    </row>
+    <row r="1263" spans="1:6" ht="74.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1263" s="3" t="s">
+        <v>2783</v>
+      </c>
+      <c r="B1263" s="15" t="s">
+        <v>2784</v>
+      </c>
+      <c r="C1263" s="84" t="s">
+        <v>1836</v>
+      </c>
+      <c r="D1263" s="30">
+        <v>46379</v>
+      </c>
+      <c r="E1263" s="70"/>
+      <c r="F1263" s="70"/>
+    </row>
+    <row r="1264" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1264" s="3" t="s">
+        <v>2785</v>
+      </c>
+      <c r="B1264" s="15" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C1264" s="84" t="s">
+        <v>2787</v>
+      </c>
+      <c r="D1264" s="30">
+        <v>46461</v>
+      </c>
+      <c r="E1264" s="70"/>
+      <c r="F1264" s="70"/>
+    </row>
+    <row r="1265" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A1265" s="1" t="s">
+        <v>2788</v>
+      </c>
+      <c r="B1265" s="11" t="s">
+        <v>2827</v>
+      </c>
+      <c r="C1265" s="84" t="s">
+        <v>2789</v>
+      </c>
+      <c r="D1265" s="20">
+        <v>46445</v>
+      </c>
+      <c r="E1265" s="70"/>
+      <c r="F1265" s="70"/>
+    </row>
+    <row r="1266" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1266" s="3" t="s">
+        <v>2790</v>
+      </c>
+      <c r="B1266" s="15" t="s">
+        <v>2791</v>
+      </c>
+      <c r="C1266" s="84" t="s">
+        <v>2792</v>
+      </c>
+      <c r="D1266" s="30">
+        <v>46382</v>
+      </c>
+      <c r="E1266" s="70"/>
+      <c r="F1266" s="70"/>
+    </row>
+    <row r="1267" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1267" s="3" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B1267" s="15" t="s">
+        <v>2795</v>
+      </c>
+      <c r="C1267" s="84" t="s">
+        <v>2796</v>
+      </c>
+      <c r="D1267" s="30">
+        <v>46386</v>
+      </c>
+      <c r="E1267" s="70"/>
+      <c r="F1267" s="70"/>
+    </row>
+    <row r="1268" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1268" s="3" t="s">
         <v>2798</v>
       </c>
-      <c r="C7" s="24" t="s">
-[...10 lines deleted...]
-      <c r="B8" s="24" t="s">
+      <c r="B1268" s="15" t="s">
+        <v>2799</v>
+      </c>
+      <c r="C1268" s="84" t="s">
+        <v>2800</v>
+      </c>
+      <c r="D1268" s="30">
+        <v>46393</v>
+      </c>
+      <c r="E1268" s="70"/>
+      <c r="F1268" s="70"/>
+    </row>
+    <row r="1269" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1269" s="3" t="s">
+        <v>2801</v>
+      </c>
+      <c r="B1269" s="15" t="s">
+        <v>2802</v>
+      </c>
+      <c r="C1269" s="84" t="s">
+        <v>2803</v>
+      </c>
+      <c r="D1269" s="30">
+        <v>46392</v>
+      </c>
+      <c r="E1269" s="70"/>
+      <c r="F1269" s="70"/>
+    </row>
+    <row r="1270" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1270" s="3" t="s">
+        <v>2804</v>
+      </c>
+      <c r="B1270" s="15" t="s">
+        <v>2805</v>
+      </c>
+      <c r="C1270" s="84" t="s">
+        <v>2806</v>
+      </c>
+      <c r="D1270" s="30">
+        <v>46392</v>
+      </c>
+      <c r="E1270" s="70"/>
+      <c r="F1270" s="70"/>
+    </row>
+    <row r="1271" spans="1:6" ht="180.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1271" s="3" t="s">
+        <v>2811</v>
+      </c>
+      <c r="B1271" s="11" t="s">
+        <v>2812</v>
+      </c>
+      <c r="C1271" s="84" t="s">
+        <v>2813</v>
+      </c>
+      <c r="D1271" s="30">
+        <v>46394</v>
+      </c>
+      <c r="E1271" s="70"/>
+      <c r="F1271" s="70"/>
+    </row>
+    <row r="1272" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1272" s="3" t="s">
+        <v>2815</v>
+      </c>
+      <c r="B1272" s="15" t="s">
+        <v>2816</v>
+      </c>
+      <c r="C1272" s="84" t="s">
+        <v>2817</v>
+      </c>
+      <c r="D1272" s="30">
+        <v>46396</v>
+      </c>
+      <c r="E1272" s="70"/>
+      <c r="F1272" s="70"/>
+    </row>
+    <row r="1273" spans="1:6" ht="111.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1273" s="3" t="s">
+        <v>2818</v>
+      </c>
+      <c r="B1273" s="22" t="s">
+        <v>2819</v>
+      </c>
+      <c r="C1273" s="84" t="s">
+        <v>2820</v>
+      </c>
+      <c r="D1273" s="30">
+        <v>46396</v>
+      </c>
+      <c r="E1273" s="70"/>
+      <c r="F1273" s="70"/>
+    </row>
+    <row r="1274" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A1274" s="3" t="s">
+        <v>2821</v>
+      </c>
+      <c r="B1274" s="22" t="s">
+        <v>2822</v>
+      </c>
+      <c r="C1274" s="84" t="s">
+        <v>2823</v>
+      </c>
+      <c r="D1274" s="30">
+        <v>46396</v>
+      </c>
+      <c r="E1274" s="70"/>
+      <c r="F1274" s="70"/>
+    </row>
+    <row r="1275" spans="1:6" ht="171.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1275" s="62" t="s">
+        <v>2837</v>
+      </c>
+      <c r="B1275" s="11" t="s">
+        <v>2838</v>
+      </c>
+      <c r="C1275" s="84" t="s">
+        <v>2839</v>
+      </c>
+      <c r="D1275" s="30">
+        <v>46406</v>
+      </c>
+      <c r="E1275" s="70"/>
+      <c r="F1275" s="70"/>
+    </row>
+    <row r="1276" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1276" s="3" t="s">
+        <v>2840</v>
+      </c>
+      <c r="B1276" s="15" t="s">
+        <v>2841</v>
+      </c>
+      <c r="C1276" s="84" t="s">
+        <v>2842</v>
+      </c>
+      <c r="D1276" s="30">
+        <v>46406</v>
+      </c>
+      <c r="E1276" s="70"/>
+      <c r="F1276" s="70"/>
+    </row>
+    <row r="1277" spans="1:6" ht="143.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1277" s="3" t="s">
+        <v>2843</v>
+      </c>
+      <c r="B1277" s="15" t="s">
+        <v>2844</v>
+      </c>
+      <c r="C1277" s="88" t="s">
+        <v>2845</v>
+      </c>
+      <c r="D1277" s="30">
+        <v>46406</v>
+      </c>
+      <c r="E1277" s="70"/>
+      <c r="F1277" s="70"/>
+    </row>
+    <row r="1278" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1278" s="3" t="s">
+        <v>2846</v>
+      </c>
+      <c r="B1278" s="15" t="s">
+        <v>2847</v>
+      </c>
+      <c r="C1278" s="84" t="s">
+        <v>2848</v>
+      </c>
+      <c r="D1278" s="30">
+        <v>46406</v>
+      </c>
+      <c r="E1278" s="70"/>
+      <c r="F1278" s="70"/>
+    </row>
+    <row r="1279" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1279" s="3" t="s">
+        <v>2854</v>
+      </c>
+      <c r="B1279" s="15" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C1279" s="84" t="s">
+        <v>2855</v>
+      </c>
+      <c r="D1279" s="20">
+        <v>46472</v>
+      </c>
+      <c r="E1279" s="70"/>
+      <c r="F1279" s="70"/>
+    </row>
+    <row r="1280" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1280" s="3" t="s">
+        <v>2856</v>
+      </c>
+      <c r="B1280" s="15" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C1280" s="88" t="s">
+        <v>2857</v>
+      </c>
+      <c r="D1280" s="20">
+        <v>46408</v>
+      </c>
+      <c r="E1280" s="70"/>
+      <c r="F1280" s="70"/>
+    </row>
+    <row r="1281" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1281" s="3" t="s">
+        <v>2858</v>
+      </c>
+      <c r="B1281" s="15" t="s">
+        <v>2859</v>
+      </c>
+      <c r="C1281" s="84" t="s">
+        <v>3685</v>
+      </c>
+      <c r="D1281" s="20">
+        <v>46408</v>
+      </c>
+      <c r="E1281" s="70"/>
+      <c r="F1281" s="70"/>
+    </row>
+    <row r="1282" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1282" s="3" t="s">
+        <v>2860</v>
+      </c>
+      <c r="B1282" s="15" t="s">
+        <v>2861</v>
+      </c>
+      <c r="C1282" s="84" t="s">
+        <v>3684</v>
+      </c>
+      <c r="D1282" s="20">
+        <v>46408</v>
+      </c>
+      <c r="E1282" s="70"/>
+      <c r="F1282" s="70"/>
+    </row>
+    <row r="1283" spans="1:6" ht="162.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1283" s="3" t="s">
+        <v>2871</v>
+      </c>
+      <c r="B1283" s="11" t="s">
+        <v>2872</v>
+      </c>
+      <c r="C1283" s="84" t="s">
+        <v>2873</v>
+      </c>
+      <c r="D1283" s="20">
+        <v>46409</v>
+      </c>
+      <c r="E1283" s="70"/>
+      <c r="F1283" s="70"/>
+    </row>
+    <row r="1284" spans="1:6" ht="247.5" x14ac:dyDescent="0.2">
+      <c r="A1284" s="3" t="s">
+        <v>2875</v>
+      </c>
+      <c r="B1284" s="15" t="s">
+        <v>2876</v>
+      </c>
+      <c r="C1284" s="84" t="s">
+        <v>3686</v>
+      </c>
+      <c r="D1284" s="30">
+        <v>46495</v>
+      </c>
+      <c r="E1284" s="70"/>
+      <c r="F1284" s="70"/>
+    </row>
+    <row r="1285" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1285" s="3" t="s">
+        <v>2883</v>
+      </c>
+      <c r="B1285" s="15" t="s">
+        <v>2884</v>
+      </c>
+      <c r="C1285" s="84" t="s">
+        <v>2885</v>
+      </c>
+      <c r="D1285" s="30">
+        <v>46414</v>
+      </c>
+      <c r="E1285" s="70"/>
+      <c r="F1285" s="70"/>
+    </row>
+    <row r="1286" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1286" s="3" t="s">
+        <v>2886</v>
+      </c>
+      <c r="B1286" s="12" t="s">
+        <v>2887</v>
+      </c>
+      <c r="C1286" s="84" t="s">
+        <v>2888</v>
+      </c>
+      <c r="D1286" s="30">
+        <v>46415</v>
+      </c>
+      <c r="E1286" s="70"/>
+      <c r="F1286" s="70"/>
+    </row>
+    <row r="1287" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1287" s="3" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B1287" s="11" t="s">
+        <v>2890</v>
+      </c>
+      <c r="C1287" s="84" t="s">
+        <v>2891</v>
+      </c>
+      <c r="D1287" s="20">
+        <v>46415</v>
+      </c>
+      <c r="E1287" s="70"/>
+      <c r="F1287" s="70"/>
+    </row>
+    <row r="1288" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1288" s="3" t="s">
+        <v>2892</v>
+      </c>
+      <c r="B1288" s="15" t="s">
+        <v>2893</v>
+      </c>
+      <c r="C1288" s="84" t="s">
+        <v>2894</v>
+      </c>
+      <c r="D1288" s="30">
+        <v>46420</v>
+      </c>
+      <c r="E1288" s="70"/>
+      <c r="F1288" s="70"/>
+    </row>
+    <row r="1289" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1289" s="3" t="s">
+        <v>2895</v>
+      </c>
+      <c r="B1289" s="11" t="s">
+        <v>2896</v>
+      </c>
+      <c r="C1289" s="90" t="s">
+        <v>3311</v>
+      </c>
+      <c r="D1289" s="30">
+        <v>46416</v>
+      </c>
+      <c r="E1289" s="70"/>
+      <c r="F1289" s="70"/>
+    </row>
+    <row r="1290" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A1290" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="B1290" s="11" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C1290" s="90" t="s">
+        <v>3687</v>
+      </c>
+      <c r="D1290" s="30">
+        <v>46303</v>
+      </c>
+      <c r="E1290" s="70"/>
+      <c r="F1290" s="70"/>
+    </row>
+    <row r="1291" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1291" s="3" t="s">
+        <v>2900</v>
+      </c>
+      <c r="B1291" s="15" t="s">
+        <v>2901</v>
+      </c>
+      <c r="C1291" s="84" t="s">
+        <v>2902</v>
+      </c>
+      <c r="D1291" s="30">
+        <v>46421</v>
+      </c>
+      <c r="E1291" s="70"/>
+      <c r="F1291" s="70"/>
+    </row>
+    <row r="1292" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A1292" s="3" t="s">
+        <v>2903</v>
+      </c>
+      <c r="B1292" s="15" t="s">
+        <v>2904</v>
+      </c>
+      <c r="C1292" s="84" t="s">
+        <v>3688</v>
+      </c>
+      <c r="D1292" s="30">
+        <v>46421</v>
+      </c>
+      <c r="E1292" s="70"/>
+      <c r="F1292" s="70"/>
+    </row>
+    <row r="1293" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A1293" s="3" t="s">
+        <v>2905</v>
+      </c>
+      <c r="B1293" s="63" t="s">
+        <v>2906</v>
+      </c>
+      <c r="C1293" s="84" t="s">
+        <v>2907</v>
+      </c>
+      <c r="D1293" s="30">
+        <v>46421</v>
+      </c>
+      <c r="E1293" s="70"/>
+      <c r="F1293" s="70"/>
+    </row>
+    <row r="1294" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1294" s="3" t="s">
+        <v>2908</v>
+      </c>
+      <c r="B1294" s="15" t="s">
+        <v>2909</v>
+      </c>
+      <c r="C1294" s="84" t="s">
+        <v>2910</v>
+      </c>
+      <c r="D1294" s="30">
+        <v>46421</v>
+      </c>
+      <c r="E1294" s="70"/>
+      <c r="F1294" s="70"/>
+    </row>
+    <row r="1295" spans="1:6" ht="60" x14ac:dyDescent="0.2">
+      <c r="A1295" s="47" t="s">
+        <v>2911</v>
+      </c>
+      <c r="B1295" s="59" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C1295" s="84" t="s">
         <v>10</v>
       </c>
-      <c r="C8" s="24" t="s">
+      <c r="D1295" s="20">
+        <v>46424</v>
+      </c>
+      <c r="E1295" s="70"/>
+      <c r="F1295" s="70"/>
+    </row>
+    <row r="1296" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A1296" s="53" t="s">
+        <v>2914</v>
+      </c>
+      <c r="B1296" s="15" t="s">
+        <v>2915</v>
+      </c>
+      <c r="C1296" s="84" t="s">
+        <v>2916</v>
+      </c>
+      <c r="D1296" s="30">
+        <v>46425</v>
+      </c>
+      <c r="E1296" s="70"/>
+      <c r="F1296" s="70"/>
+    </row>
+    <row r="1297" spans="1:6" ht="228.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1297" s="64" t="s">
+        <v>2918</v>
+      </c>
+      <c r="B1297" s="11" t="s">
+        <v>2919</v>
+      </c>
+      <c r="C1297" s="84" t="s">
+        <v>3254</v>
+      </c>
+      <c r="D1297" s="30">
+        <v>46423</v>
+      </c>
+      <c r="E1297" s="70"/>
+      <c r="F1297" s="70"/>
+    </row>
+    <row r="1298" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A1298" s="3" t="s">
+        <v>2920</v>
+      </c>
+      <c r="B1298" s="15" t="s">
+        <v>2921</v>
+      </c>
+      <c r="C1298" s="84" t="s">
+        <v>3255</v>
+      </c>
+      <c r="D1298" s="30">
+        <v>46427</v>
+      </c>
+      <c r="E1298" s="70"/>
+      <c r="F1298" s="70"/>
+    </row>
+    <row r="1299" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1299" s="3" t="s">
+        <v>2922</v>
+      </c>
+      <c r="B1299" s="15" t="s">
+        <v>2923</v>
+      </c>
+      <c r="C1299" s="84" t="s">
+        <v>2924</v>
+      </c>
+      <c r="D1299" s="30">
+        <v>46429</v>
+      </c>
+      <c r="E1299" s="70"/>
+      <c r="F1299" s="70"/>
+    </row>
+    <row r="1300" spans="1:6" ht="409.5" x14ac:dyDescent="0.2">
+      <c r="A1300" s="2" t="s">
+        <v>2925</v>
+      </c>
+      <c r="B1300" s="11" t="s">
+        <v>2926</v>
+      </c>
+      <c r="C1300" s="84" t="s">
+        <v>2927</v>
+      </c>
+      <c r="D1300" s="20">
+        <v>46430</v>
+      </c>
+      <c r="E1300" s="70"/>
+      <c r="F1300" s="70"/>
+    </row>
+    <row r="1301" spans="1:6" ht="123.75" x14ac:dyDescent="0.2">
+      <c r="A1301" s="3" t="s">
+        <v>2928</v>
+      </c>
+      <c r="B1301" s="11" t="s">
+        <v>2929</v>
+      </c>
+      <c r="C1301" s="84" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D1301" s="30">
+        <v>46429</v>
+      </c>
+      <c r="E1301" s="70"/>
+      <c r="F1301" s="70"/>
+    </row>
+    <row r="1302" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1302" s="3" t="s">
+        <v>2930</v>
+      </c>
+      <c r="B1302" s="65" t="s">
+        <v>2931</v>
+      </c>
+      <c r="C1302" s="84" t="s">
+        <v>2932</v>
+      </c>
+      <c r="D1302" s="20">
+        <v>46435</v>
+      </c>
+      <c r="E1302" s="70"/>
+      <c r="F1302" s="70"/>
+    </row>
+    <row r="1303" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1303" s="3" t="s">
+        <v>2933</v>
+      </c>
+      <c r="B1303" s="11" t="s">
+        <v>2934</v>
+      </c>
+      <c r="C1303" s="84" t="s">
+        <v>2935</v>
+      </c>
+      <c r="D1303" s="20">
+        <v>46435</v>
+      </c>
+      <c r="E1303" s="70"/>
+      <c r="F1303" s="70"/>
+    </row>
+    <row r="1304" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1304" s="3" t="s">
+        <v>2937</v>
+      </c>
+      <c r="B1304" s="11" t="s">
+        <v>2938</v>
+      </c>
+      <c r="C1304" s="84" t="s">
+        <v>3689</v>
+      </c>
+      <c r="D1304" s="20">
+        <v>46436</v>
+      </c>
+      <c r="E1304" s="70"/>
+      <c r="F1304" s="70"/>
+    </row>
+    <row r="1305" spans="1:6" ht="157.5" x14ac:dyDescent="0.2">
+      <c r="A1305" s="3" t="s">
+        <v>2940</v>
+      </c>
+      <c r="B1305" s="15" t="s">
+        <v>2941</v>
+      </c>
+      <c r="C1305" s="84" t="s">
+        <v>3690</v>
+      </c>
+      <c r="D1305" s="20">
+        <v>46436</v>
+      </c>
+      <c r="E1305" s="70"/>
+      <c r="F1305" s="70"/>
+    </row>
+    <row r="1306" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1306" s="3" t="s">
+        <v>2943</v>
+      </c>
+      <c r="B1306" s="12" t="s">
+        <v>2944</v>
+      </c>
+      <c r="C1306" s="84" t="s">
+        <v>2945</v>
+      </c>
+      <c r="D1306" s="20">
+        <v>46437</v>
+      </c>
+      <c r="E1306" s="70"/>
+      <c r="F1306" s="70"/>
+    </row>
+    <row r="1307" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A1307" s="3" t="s">
+        <v>2946</v>
+      </c>
+      <c r="B1307" s="12" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C1307" s="84" t="s">
+        <v>2948</v>
+      </c>
+      <c r="D1307" s="30">
+        <v>46437</v>
+      </c>
+      <c r="E1307" s="70"/>
+      <c r="F1307" s="70"/>
+    </row>
+    <row r="1308" spans="1:6" ht="146.25" x14ac:dyDescent="0.2">
+      <c r="A1308" s="3" t="s">
+        <v>2950</v>
+      </c>
+      <c r="B1308" s="11" t="s">
+        <v>2949</v>
+      </c>
+      <c r="C1308" s="84" t="s">
+        <v>3312</v>
+      </c>
+      <c r="D1308" s="20">
+        <v>46438</v>
+      </c>
+      <c r="E1308" s="70"/>
+      <c r="F1308" s="70"/>
+    </row>
+    <row r="1309" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1309" s="97" t="s">
+        <v>3236</v>
+      </c>
+      <c r="B1309" s="15" t="s">
+        <v>3237</v>
+      </c>
+      <c r="C1309" s="98" t="s">
+        <v>3238</v>
+      </c>
+      <c r="D1309" s="20">
+        <v>46441</v>
+      </c>
+      <c r="E1309" s="70"/>
+      <c r="F1309" s="70"/>
+    </row>
+    <row r="1310" spans="1:6" ht="87" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1310" s="97" t="s">
+        <v>3240</v>
+      </c>
+      <c r="B1310" s="99" t="s">
+        <v>2710</v>
+      </c>
+      <c r="C1310" s="98" t="s">
+        <v>3241</v>
+      </c>
+      <c r="D1310" s="20">
+        <v>46441</v>
+      </c>
+      <c r="E1310" s="70"/>
+      <c r="F1310" s="70"/>
+    </row>
+    <row r="1311" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A1311" s="97" t="s">
+        <v>3242</v>
+      </c>
+      <c r="B1311" s="15" t="s">
+        <v>3243</v>
+      </c>
+      <c r="C1311" s="98" t="s">
+        <v>3244</v>
+      </c>
+      <c r="D1311" s="20">
+        <v>46442</v>
+      </c>
+      <c r="E1311" s="70"/>
+      <c r="F1311" s="70"/>
+    </row>
+    <row r="1312" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1312" s="97" t="s">
+        <v>3245</v>
+      </c>
+      <c r="B1312" s="15" t="s">
+        <v>3246</v>
+      </c>
+      <c r="C1312" s="98" t="s">
+        <v>3691</v>
+      </c>
+      <c r="D1312" s="20">
+        <v>46438</v>
+      </c>
+      <c r="E1312" s="70"/>
+      <c r="F1312" s="70"/>
+    </row>
+    <row r="1313" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1313" s="97" t="s">
+        <v>3248</v>
+      </c>
+      <c r="B1313" s="15" t="s">
+        <v>3249</v>
+      </c>
+      <c r="C1313" s="98" t="s">
+        <v>3250</v>
+      </c>
+      <c r="D1313" s="20">
+        <v>46443</v>
+      </c>
+      <c r="E1313" s="70"/>
+      <c r="F1313" s="70"/>
+    </row>
+    <row r="1314" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1314" s="97" t="s">
+        <v>3251</v>
+      </c>
+      <c r="B1314" s="99" t="s">
+        <v>3252</v>
+      </c>
+      <c r="C1314" s="98" t="s">
+        <v>3250</v>
+      </c>
+      <c r="D1314" s="20">
+        <v>46443</v>
+      </c>
+      <c r="E1314" s="70"/>
+      <c r="F1314" s="70"/>
+    </row>
+    <row r="1315" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1315" s="97" t="s">
+        <v>3313</v>
+      </c>
+      <c r="B1315" s="15" t="s">
+        <v>3314</v>
+      </c>
+      <c r="C1315" s="98" t="s">
         <v>11</v>
       </c>
-      <c r="D8" s="38">
-[...55 lines deleted...]
-      <c r="D12" s="33">
+      <c r="D1315" s="20">
+        <v>46443</v>
+      </c>
+      <c r="E1315" s="70"/>
+      <c r="F1315" s="70"/>
+    </row>
+    <row r="1316" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1316" s="97" t="s">
+        <v>3315</v>
+      </c>
+      <c r="B1316" s="15" t="s">
+        <v>3316</v>
+      </c>
+      <c r="C1316" s="106" t="s">
+        <v>3317</v>
+      </c>
+      <c r="D1316" s="20">
+        <v>46445</v>
+      </c>
+      <c r="E1316" s="70"/>
+      <c r="F1316" s="70"/>
+    </row>
+    <row r="1317" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1317" s="3" t="s">
+        <v>3318</v>
+      </c>
+      <c r="B1317" s="15" t="s">
+        <v>3319</v>
+      </c>
+      <c r="C1317" s="11" t="s">
+        <v>3320</v>
+      </c>
+      <c r="D1317" s="20">
+        <v>46445</v>
+      </c>
+      <c r="E1317" s="70"/>
+      <c r="F1317" s="70"/>
+    </row>
+    <row r="1318" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1318" s="97" t="s">
+        <v>3321</v>
+      </c>
+      <c r="B1318" s="15" t="s">
+        <v>3322</v>
+      </c>
+      <c r="C1318" s="98" t="s">
+        <v>3323</v>
+      </c>
+      <c r="D1318" s="20">
+        <v>46445</v>
+      </c>
+      <c r="E1318" s="70"/>
+      <c r="F1318" s="70"/>
+    </row>
+    <row r="1319" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A1319" s="97" t="s">
+        <v>3324</v>
+      </c>
+      <c r="B1319" s="15" t="s">
+        <v>3325</v>
+      </c>
+      <c r="C1319" s="98" t="s">
+        <v>3326</v>
+      </c>
+      <c r="D1319" s="20">
+        <v>46445</v>
+      </c>
+      <c r="E1319" s="70"/>
+      <c r="F1319" s="70"/>
+    </row>
+    <row r="1320" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A1320" s="3" t="s">
+        <v>3327</v>
+      </c>
+      <c r="B1320" s="11" t="s">
+        <v>1865</v>
+      </c>
+      <c r="C1320" s="11" t="s">
+        <v>3328</v>
+      </c>
+      <c r="D1320" s="20">
+        <v>46448</v>
+      </c>
+      <c r="E1320" s="70"/>
+      <c r="F1320" s="70"/>
+    </row>
+    <row r="1321" spans="1:6" ht="232.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1321" s="64" t="s">
+        <v>2918</v>
+      </c>
+      <c r="B1321" s="11" t="s">
+        <v>2919</v>
+      </c>
+      <c r="C1321" s="84" t="s">
+        <v>3254</v>
+      </c>
+      <c r="D1321" s="30">
+        <v>46423</v>
+      </c>
+      <c r="E1321" s="70"/>
+      <c r="F1321" s="70"/>
+    </row>
+    <row r="1322" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A1322" s="3" t="s">
+        <v>2920</v>
+      </c>
+      <c r="B1322" s="15" t="s">
+        <v>2921</v>
+      </c>
+      <c r="C1322" s="84" t="s">
+        <v>3255</v>
+      </c>
+      <c r="D1322" s="30">
+        <v>46427</v>
+      </c>
+      <c r="E1322" s="70"/>
+      <c r="F1322" s="70"/>
+    </row>
+    <row r="1323" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1323" s="3" t="s">
+        <v>2922</v>
+      </c>
+      <c r="B1323" s="15" t="s">
+        <v>2923</v>
+      </c>
+      <c r="C1323" s="84" t="s">
+        <v>2924</v>
+      </c>
+      <c r="D1323" s="30">
+        <v>46429</v>
+      </c>
+      <c r="E1323" s="70"/>
+      <c r="F1323" s="70"/>
+    </row>
+    <row r="1324" spans="1:6" ht="409.5" x14ac:dyDescent="0.2">
+      <c r="A1324" s="2" t="s">
+        <v>2925</v>
+      </c>
+      <c r="B1324" s="11" t="s">
+        <v>2926</v>
+      </c>
+      <c r="C1324" s="84" t="s">
+        <v>2927</v>
+      </c>
+      <c r="D1324" s="20">
+        <v>46430</v>
+      </c>
+      <c r="E1324" s="70"/>
+      <c r="F1324" s="70"/>
+    </row>
+    <row r="1325" spans="1:6" ht="123.75" x14ac:dyDescent="0.2">
+      <c r="A1325" s="3" t="s">
+        <v>2928</v>
+      </c>
+      <c r="B1325" s="11" t="s">
+        <v>2929</v>
+      </c>
+      <c r="C1325" s="84" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D1325" s="30">
+        <v>46429</v>
+      </c>
+      <c r="E1325" s="70"/>
+      <c r="F1325" s="70"/>
+    </row>
+    <row r="1326" spans="1:6" ht="56.25" x14ac:dyDescent="0.2">
+      <c r="A1326" s="3" t="s">
+        <v>2930</v>
+      </c>
+      <c r="B1326" s="65" t="s">
+        <v>2931</v>
+      </c>
+      <c r="C1326" s="84" t="s">
+        <v>2932</v>
+      </c>
+      <c r="D1326" s="20">
+        <v>46435</v>
+      </c>
+      <c r="E1326" s="70"/>
+      <c r="F1326" s="70"/>
+    </row>
+    <row r="1327" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1327" s="3" t="s">
+        <v>2933</v>
+      </c>
+      <c r="B1327" s="11" t="s">
+        <v>2934</v>
+      </c>
+      <c r="C1327" s="84" t="s">
+        <v>2935</v>
+      </c>
+      <c r="D1327" s="20">
+        <v>46435</v>
+      </c>
+      <c r="E1327" s="70"/>
+      <c r="F1327" s="70"/>
+    </row>
+    <row r="1328" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1328" s="3" t="s">
+        <v>2937</v>
+      </c>
+      <c r="B1328" s="11" t="s">
+        <v>2938</v>
+      </c>
+      <c r="C1328" s="84" t="s">
+        <v>2939</v>
+      </c>
+      <c r="D1328" s="20">
+        <v>46436</v>
+      </c>
+      <c r="E1328" s="70"/>
+      <c r="F1328" s="70"/>
+    </row>
+    <row r="1329" spans="1:6" ht="157.5" x14ac:dyDescent="0.2">
+      <c r="A1329" s="3" t="s">
+        <v>2940</v>
+      </c>
+      <c r="B1329" s="15" t="s">
+        <v>2941</v>
+      </c>
+      <c r="C1329" s="84" t="s">
+        <v>2942</v>
+      </c>
+      <c r="D1329" s="20">
+        <v>46436</v>
+      </c>
+      <c r="E1329" s="70"/>
+      <c r="F1329" s="70"/>
+    </row>
+    <row r="1330" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1330" s="3" t="s">
+        <v>2943</v>
+      </c>
+      <c r="B1330" s="12" t="s">
+        <v>2944</v>
+      </c>
+      <c r="C1330" s="84" t="s">
+        <v>2945</v>
+      </c>
+      <c r="D1330" s="20">
+        <v>46437</v>
+      </c>
+      <c r="E1330" s="70"/>
+      <c r="F1330" s="70"/>
+    </row>
+    <row r="1331" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A1331" s="3" t="s">
+        <v>2946</v>
+      </c>
+      <c r="B1331" s="12" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C1331" s="84" t="s">
+        <v>2948</v>
+      </c>
+      <c r="D1331" s="30">
+        <v>46437</v>
+      </c>
+      <c r="E1331" s="70"/>
+      <c r="F1331" s="70"/>
+    </row>
+    <row r="1332" spans="1:6" ht="146.25" x14ac:dyDescent="0.2">
+      <c r="A1332" s="3" t="s">
+        <v>2950</v>
+      </c>
+      <c r="B1332" s="11" t="s">
+        <v>2949</v>
+      </c>
+      <c r="C1332" s="84" t="s">
+        <v>3256</v>
+      </c>
+      <c r="D1332" s="20">
+        <v>46438</v>
+      </c>
+      <c r="E1332" s="70"/>
+      <c r="F1332" s="70"/>
+    </row>
+    <row r="1333" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1333" s="97" t="s">
+        <v>3236</v>
+      </c>
+      <c r="B1333" s="15" t="s">
+        <v>3237</v>
+      </c>
+      <c r="C1333" s="98" t="s">
+        <v>3692</v>
+      </c>
+      <c r="D1333" s="20">
+        <v>46441</v>
+      </c>
+      <c r="E1333" s="70"/>
+      <c r="F1333" s="70"/>
+    </row>
+    <row r="1334" spans="1:6" ht="86.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1334" s="97" t="s">
+        <v>3240</v>
+      </c>
+      <c r="B1334" s="99" t="s">
+        <v>2710</v>
+      </c>
+      <c r="C1334" s="98" t="s">
+        <v>3241</v>
+      </c>
+      <c r="D1334" s="20">
+        <v>46441</v>
+      </c>
+      <c r="F1334" s="70"/>
+    </row>
+    <row r="1335" spans="1:6" ht="90" x14ac:dyDescent="0.2">
+      <c r="A1335" s="97" t="s">
+        <v>3242</v>
+      </c>
+      <c r="B1335" s="15" t="s">
+        <v>3243</v>
+      </c>
+      <c r="C1335" s="98" t="s">
+        <v>3244</v>
+      </c>
+      <c r="D1335" s="20">
+        <v>46442</v>
+      </c>
+      <c r="F1335" s="70"/>
+    </row>
+    <row r="1336" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1336" s="97" t="s">
+        <v>3245</v>
+      </c>
+      <c r="B1336" s="15" t="s">
+        <v>3246</v>
+      </c>
+      <c r="C1336" s="98" t="s">
+        <v>3693</v>
+      </c>
+      <c r="D1336" s="20">
+        <v>46438</v>
+      </c>
+      <c r="F1336" s="70"/>
+    </row>
+    <row r="1337" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1337" s="97" t="s">
+        <v>3248</v>
+      </c>
+      <c r="B1337" s="15" t="s">
+        <v>3249</v>
+      </c>
+      <c r="C1337" s="98" t="s">
+        <v>3250</v>
+      </c>
+      <c r="D1337" s="20">
+        <v>46443</v>
+      </c>
+      <c r="F1337" s="70"/>
+    </row>
+    <row r="1338" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1338" s="97" t="s">
+        <v>3251</v>
+      </c>
+      <c r="B1338" s="99" t="s">
+        <v>3252</v>
+      </c>
+      <c r="C1338" s="98" t="s">
+        <v>3250</v>
+      </c>
+      <c r="D1338" s="20">
+        <v>46443</v>
+      </c>
+      <c r="F1338" s="70"/>
+    </row>
+    <row r="1339" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1339" s="97" t="s">
+        <v>3313</v>
+      </c>
+      <c r="B1339" s="15" t="s">
+        <v>3314</v>
+      </c>
+      <c r="C1339" s="98" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1339" s="20">
+        <v>46443</v>
+      </c>
+    </row>
+    <row r="1340" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1340" s="97" t="s">
+        <v>3315</v>
+      </c>
+      <c r="B1340" s="15" t="s">
+        <v>3316</v>
+      </c>
+      <c r="C1340" s="106" t="s">
+        <v>3317</v>
+      </c>
+      <c r="D1340" s="20">
+        <v>46445</v>
+      </c>
+    </row>
+    <row r="1341" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1341" s="3" t="s">
+        <v>3318</v>
+      </c>
+      <c r="B1341" s="15" t="s">
+        <v>3319</v>
+      </c>
+      <c r="C1341" s="11" t="s">
+        <v>3320</v>
+      </c>
+      <c r="D1341" s="20">
+        <v>46445</v>
+      </c>
+    </row>
+    <row r="1342" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1342" s="97" t="s">
+        <v>3321</v>
+      </c>
+      <c r="B1342" s="15" t="s">
+        <v>3322</v>
+      </c>
+      <c r="C1342" s="98" t="s">
+        <v>3323</v>
+      </c>
+      <c r="D1342" s="20">
+        <v>46445</v>
+      </c>
+    </row>
+    <row r="1343" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A1343" s="97" t="s">
+        <v>3324</v>
+      </c>
+      <c r="B1343" s="15" t="s">
+        <v>3325</v>
+      </c>
+      <c r="C1343" s="98" t="s">
+        <v>3326</v>
+      </c>
+      <c r="D1343" s="20">
+        <v>46445</v>
+      </c>
+    </row>
+    <row r="1344" spans="1:6" ht="101.25" x14ac:dyDescent="0.2">
+      <c r="A1344" s="3" t="s">
+        <v>3327</v>
+      </c>
+      <c r="B1344" s="11" t="s">
+        <v>1865</v>
+      </c>
+      <c r="C1344" s="11" t="s">
+        <v>3328</v>
+      </c>
+      <c r="D1344" s="20">
+        <v>46448</v>
+      </c>
+    </row>
+    <row r="1345" spans="1:6" ht="360" x14ac:dyDescent="0.2">
+      <c r="A1345" s="97" t="s">
+        <v>3339</v>
+      </c>
+      <c r="B1345" s="12" t="s">
+        <v>3340</v>
+      </c>
+      <c r="C1345" s="84" t="s">
+        <v>3341</v>
+      </c>
+      <c r="D1345" s="20">
         <v>46211</v>
       </c>
-    </row>
-[...57 lines deleted...]
-      <c r="A17" s="15" t="s">
+      <c r="E1345" s="70"/>
+      <c r="F1345" s="70"/>
+    </row>
+    <row r="1346" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1346" s="97" t="s">
+        <v>697</v>
+      </c>
+      <c r="B1346" s="15" t="s">
+        <v>698</v>
+      </c>
+      <c r="C1346" s="84" t="s">
+        <v>699</v>
+      </c>
+      <c r="D1346" s="108">
+        <v>46449</v>
+      </c>
+      <c r="F1346" s="70"/>
+    </row>
+    <row r="1347" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1347" s="97" t="s">
+        <v>3342</v>
+      </c>
+      <c r="B1347" s="15" t="s">
+        <v>1648</v>
+      </c>
+      <c r="C1347" s="84" t="s">
+        <v>3343</v>
+      </c>
+      <c r="D1347" s="109">
+        <v>46449</v>
+      </c>
+      <c r="F1347" s="70"/>
+    </row>
+    <row r="1348" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1348" s="97" t="s">
+        <v>3344</v>
+      </c>
+      <c r="B1348" s="12" t="s">
+        <v>3345</v>
+      </c>
+      <c r="C1348" s="84" t="s">
+        <v>3346</v>
+      </c>
+      <c r="D1348" s="109">
+        <v>46449</v>
+      </c>
+      <c r="F1348" s="70"/>
+    </row>
+    <row r="1349" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1349" s="1" t="s">
+        <v>3337</v>
+      </c>
+      <c r="B1349" s="11" t="s">
+        <v>2274</v>
+      </c>
+      <c r="C1349" s="88" t="s">
+        <v>3338</v>
+      </c>
+      <c r="D1349" s="109">
+        <v>46495</v>
+      </c>
+      <c r="F1349" s="70"/>
+    </row>
+    <row r="1350" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A1350" s="3" t="s">
         <v>3347</v>
       </c>
-      <c r="B17" s="24" t="s">
-[...58 lines deleted...]
-      <c r="C21" s="24" t="s">
+      <c r="B1350" s="99" t="s">
+        <v>3348</v>
+      </c>
+      <c r="C1350" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1350" s="20">
+        <v>46447</v>
+      </c>
+      <c r="E1350" s="110"/>
+      <c r="F1350" s="70"/>
+    </row>
+    <row r="1351" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1351" s="97" t="s">
+        <v>3349</v>
+      </c>
+      <c r="B1351" s="15" t="s">
+        <v>3350</v>
+      </c>
+      <c r="C1351" s="98" t="s">
+        <v>3694</v>
+      </c>
+      <c r="D1351" s="20">
+        <v>46452</v>
+      </c>
+      <c r="F1351" s="70"/>
+    </row>
+    <row r="1352" spans="1:6" ht="78.75" x14ac:dyDescent="0.2">
+      <c r="A1352" s="97" t="s">
+        <v>3351</v>
+      </c>
+      <c r="B1352" s="15" t="s">
+        <v>3352</v>
+      </c>
+      <c r="C1352" s="98" t="s">
+        <v>3353</v>
+      </c>
+      <c r="D1352" s="20">
+        <v>46452</v>
+      </c>
+      <c r="F1352" s="70"/>
+    </row>
+    <row r="1353" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1353" s="97" t="s">
+        <v>3354</v>
+      </c>
+      <c r="B1353" s="15" t="s">
+        <v>3355</v>
+      </c>
+      <c r="C1353" s="98" t="s">
+        <v>3356</v>
+      </c>
+      <c r="D1353" s="20">
+        <v>46456</v>
+      </c>
+      <c r="E1353" s="111"/>
+      <c r="F1353" s="70"/>
+    </row>
+    <row r="1354" spans="1:6" ht="67.5" x14ac:dyDescent="0.2">
+      <c r="A1354" s="97" t="s">
+        <v>3357</v>
+      </c>
+      <c r="B1354" s="11" t="s">
+        <v>395</v>
+      </c>
+      <c r="C1354" s="112" t="s">
+        <v>3358</v>
+      </c>
+      <c r="D1354" s="20">
+        <v>46507</v>
+      </c>
+      <c r="F1354" s="70"/>
+    </row>
+    <row r="1355" spans="1:6" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1355" s="97" t="s">
+        <v>3359</v>
+      </c>
+      <c r="B1355" s="15" t="s">
         <v>1803</v>
       </c>
-      <c r="D21" s="38">
-[...13 lines deleted...]
-      <c r="D22" s="38">
+      <c r="C1355" s="98" t="s">
+        <v>3360</v>
+      </c>
+      <c r="D1355" s="20">
+        <v>46457</v>
+      </c>
+      <c r="F1355" s="70"/>
+    </row>
+    <row r="1356" spans="1:6" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A1356" s="97" t="s">
+        <v>3362</v>
+      </c>
+      <c r="B1356" s="15" t="s">
+        <v>3363</v>
+      </c>
+      <c r="C1356" s="98" t="s">
+        <v>3364</v>
+      </c>
+      <c r="D1356" s="20">
+        <v>46457</v>
+      </c>
+      <c r="F1356" s="70"/>
+    </row>
+    <row r="1357" spans="1:6" ht="81.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1357" s="97" t="s">
+        <v>3365</v>
+      </c>
+      <c r="B1357" s="99" t="s">
+        <v>3366</v>
+      </c>
+      <c r="C1357" s="113" t="s">
+        <v>3367</v>
+      </c>
+      <c r="D1357" s="108">
+        <v>46457</v>
+      </c>
+      <c r="E1357" s="111"/>
+      <c r="F1357" s="70"/>
+    </row>
+    <row r="1358" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1358" s="3" t="s">
+        <v>3368</v>
+      </c>
+      <c r="B1358" s="11" t="s">
+        <v>3369</v>
+      </c>
+      <c r="C1358" s="84" t="s">
+        <v>3695</v>
+      </c>
+      <c r="D1358" s="30">
+        <v>46464</v>
+      </c>
+      <c r="F1358" s="70"/>
+    </row>
+    <row r="1359" spans="1:6" ht="157.5" x14ac:dyDescent="0.2">
+      <c r="A1359" s="97" t="s">
+        <v>3370</v>
+      </c>
+      <c r="B1359" s="15" t="s">
+        <v>3371</v>
+      </c>
+      <c r="C1359" s="98" t="s">
+        <v>3372</v>
+      </c>
+      <c r="D1359" s="20">
+        <v>46458</v>
+      </c>
+      <c r="F1359" s="70"/>
+    </row>
+    <row r="1360" spans="1:6" ht="123.75" x14ac:dyDescent="0.2">
+      <c r="A1360" s="97" t="s">
+        <v>3373</v>
+      </c>
+      <c r="B1360" s="15" t="s">
+        <v>3374</v>
+      </c>
+      <c r="C1360" s="113" t="s">
+        <v>3375</v>
+      </c>
+      <c r="D1360" s="108">
+        <v>46459</v>
+      </c>
+      <c r="F1360" s="70"/>
+    </row>
+    <row r="1361" spans="1:6" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A1361" s="97" t="s">
+        <v>3376</v>
+      </c>
+      <c r="B1361" s="15" t="s">
+        <v>3377</v>
+      </c>
+      <c r="C1361" s="98" t="s">
+        <v>3378</v>
+      </c>
+      <c r="D1361" s="20">
+        <v>46459</v>
+      </c>
+      <c r="F1361" s="70"/>
+    </row>
+    <row r="1362" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A1362" s="3" t="s">
+        <v>3379</v>
+      </c>
+      <c r="B1362" s="11" t="s">
+        <v>3380</v>
+      </c>
+      <c r="C1362" s="84" t="s">
+        <v>3381</v>
+      </c>
+      <c r="D1362" s="30">
         <v>46167</v>
       </c>
-    </row>
-[...1228 lines deleted...]
-      <c r="D110" s="38">
+      <c r="F1362" s="70"/>
+    </row>
+    <row r="1363" spans="1:6" ht="45" x14ac:dyDescent="0.2">
+      <c r="A1363" s="114" t="s">
+        <v>3382</v>
+      </c>
+      <c r="B1363" s="15" t="s">
+        <v>3383</v>
+      </c>
+      <c r="C1363" s="98" t="s">
+        <v>3384</v>
+      </c>
+      <c r="D1363" s="20">
+        <v>46465</v>
+      </c>
+      <c r="E1363" s="111"/>
+      <c r="F1363" s="70"/>
+    </row>
+    <row r="1364" spans="1:6" ht="135" x14ac:dyDescent="0.2">
+      <c r="A1364" s="3" t="s">
+        <v>3385</v>
+      </c>
+      <c r="B1364" s="11" t="s">
+        <v>3386</v>
+      </c>
+      <c r="C1364" s="115" t="s">
+        <v>3696</v>
+      </c>
+      <c r="D1364" s="20">
         <v>46429</v>
       </c>
-    </row>
-[...17349 lines deleted...]
-      <c r="E1342" s="86"/>
+      <c r="F1364" s="70"/>
     </row>
   </sheetData>
-  <autoFilter ref="A3:D1342" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
-[...1 lines deleted...]
-    <sortCondition sortBy="icon" ref="A243"/>
+  <autoFilter ref="A5:D1364" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:F236">
+    <sortCondition sortBy="icon" ref="A237"/>
   </sortState>
   <dataConsolidate/>
-  <phoneticPr fontId="5" type="noConversion"/>
+  <mergeCells count="1">
+    <mergeCell ref="A3:B3"/>
+  </mergeCells>
+  <phoneticPr fontId="3" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="C919" r:id="rId1" display="medikamenti" xr:uid="{4BA01F4B-C97F-41B8-8D97-C9A62D2A1CB2}"/>
-[...34 lines deleted...]
-    <hyperlink ref="C568" r:id="rId36" display="Downloads/Downloads/Downloads/Aktuālo pieprasījumu saraksts 18.02.2022.xlsx" xr:uid="{C336E177-EC42-43B8-A061-248D9BB56763}"/>
+    <hyperlink ref="C1321" r:id="rId1" display="apģērbi, smaržas; smaržvielas u.c." xr:uid="{3729B786-7710-465C-927B-F314B612522D}"/>
+    <hyperlink ref="C1322" r:id="rId2" display="kases aparāti; elektroniskie svari; aparāti banknošu autentiskuma pārbaudei, banknošu skaitīšanas iekārtas, rēķināšanas mašīnas; optisko disku un svītrkodu lasītāji, printeri izmantošanai ar datoriem, kartes ar mikroprocesoriem, biroja piederumi u.c." xr:uid="{A4C168C5-9D43-4E63-9F22-CE486EAC45AF}"/>
+    <hyperlink ref="C1323" r:id="rId3" xr:uid="{507F52E6-9328-448D-ABA7-1902F9162E0E}"/>
+    <hyperlink ref="C1324" r:id="rId4" xr:uid="{5FAFE772-B22F-4D1B-B9ED-7F67EEBB248A}"/>
+    <hyperlink ref="C1325" r:id="rId5" xr:uid="{9341F52E-F899-41A0-9BDC-2A38DDD019DC}"/>
+    <hyperlink ref="C1326" r:id="rId6" xr:uid="{24560AAC-90C9-42E5-9F38-A2E9780AC81D}"/>
+    <hyperlink ref="C1327" r:id="rId7" xr:uid="{459B4132-8550-4BD1-824A-8A28AFD54646}"/>
+    <hyperlink ref="C1328" r:id="rId8" xr:uid="{C054FF94-B9FB-4B22-A291-4C9BA75D3190}"/>
+    <hyperlink ref="C1329" r:id="rId9" display="multivitamīnu preparāti farmaceitiskie preparāti un vielas... gremošanas līdzekļi farmaceitiskiem nolūkiem paracetamols, paracetamola preparāti iekšķīgai lietošanai... pretsāpju līdzekļi, zobu birstes, mutes skalošanas līdzeklis, zobu pasta,zobu birstes, mutes skalošanas līdzeklis, protēžu līmes; tīrīšanas līdzekļi u.c." xr:uid="{403C0868-B36C-4EE1-A65D-B8E78321415A}"/>
+    <hyperlink ref="C1330" r:id="rId10" xr:uid="{368E5F7D-3496-4DCA-A3F1-4829356DABFC}"/>
+    <hyperlink ref="C1331" r:id="rId11" xr:uid="{081195F7-387D-4E7A-87ED-51E0D65AF6F0}"/>
+    <hyperlink ref="C1332" r:id="rId12" display="atmiņas spēles,  pārtikas preču iepirkumu maisiņi, dekoratīvie magnēti, magnētu logotipu dizains t-krekliem,  piespraudes u.c." xr:uid="{AB0FE24E-AC6C-4E16-BDCF-6DCF3F8BF328}"/>
+    <hyperlink ref="C6" r:id="rId13" xr:uid="{B2BACACA-6DDF-4C69-B488-395A421ACA37}"/>
+    <hyperlink ref="C7" r:id="rId14" xr:uid="{C69BF947-17DC-48A6-8654-62BE0F7C8362}"/>
+    <hyperlink ref="C9" r:id="rId15" xr:uid="{6D720CCE-49CE-459A-806F-19AF3BCF606A}"/>
+    <hyperlink ref="C10" r:id="rId16" xr:uid="{1F0C9ED0-15E8-442C-A17C-250BA12FC48C}"/>
+    <hyperlink ref="C11" r:id="rId17" xr:uid="{2ED88169-E032-4185-86E3-90A21ECAE8E7}"/>
+    <hyperlink ref="C12" r:id="rId18" xr:uid="{530845F4-1B91-4CC2-A611-12221DB5D1D4}"/>
+    <hyperlink ref="C13" r:id="rId19" display="apģērbi, aksesuāri, rotaļlietas u.c." xr:uid="{0790B49C-9F67-49DD-ABA4-8CABF7927357}"/>
+    <hyperlink ref="C16" r:id="rId20" xr:uid="{1205DCB9-F61E-420B-8ADD-27474509F18E}"/>
+    <hyperlink ref="C17" r:id="rId21" display="naži,virtuves piederumi" xr:uid="{CC8404AB-A0B9-4D21-B18E-54C2C24F803A}"/>
+    <hyperlink ref="C18" r:id="rId22" display="somas,ādas izstrādājumi,u.c." xr:uid="{1480927F-D197-41A9-8E30-8834BD4DFA6E}"/>
+    <hyperlink ref="C19" r:id="rId23" display="Lauksaimniecības iekārtas" xr:uid="{C0DA901B-72AF-4F3E-B438-5AA5AB905BCD}"/>
+    <hyperlink ref="C20" r:id="rId24" xr:uid="{32A675AE-40E6-4835-945B-F4477B39ADE9}"/>
+    <hyperlink ref="C21" r:id="rId25" xr:uid="{9AFE4C74-CD44-4361-AD43-2612904302FC}"/>
+    <hyperlink ref="C22" r:id="rId26" xr:uid="{803DF8C9-1102-4809-8885-39B3590A951D}"/>
+    <hyperlink ref="C23" r:id="rId27" display="elektromotori,sūkņi,krāni u.c." xr:uid="{A39D0410-BB90-4E23-AE94-7E3B800FD1E6}"/>
+    <hyperlink ref="C24" r:id="rId28" display="pretsāpju līdzeklis kaklam  Strepsils" xr:uid="{B1EAB8DC-72F1-4289-92A1-B2E4AD89DCFB}"/>
+    <hyperlink ref="C25" r:id="rId29" display="rotaļlietas,suvenīri iPhone un iPad skolai" xr:uid="{D49AB803-52D8-43F6-8A90-A6EC20AB5C47}"/>
+    <hyperlink ref="C26" r:id="rId30" display="apģērbi,apavi,somas un aksesuāri" xr:uid="{96388EB8-A8C5-426F-837D-FAEA5CE5BFDE}"/>
+    <hyperlink ref="C27" r:id="rId31" xr:uid="{9B8602BC-6D45-47E9-8BCB-61956534BAD3}"/>
+    <hyperlink ref="C29" r:id="rId32" display="Uztura bagātinātāji; diētiskās pārtikas piedevas;vitamīni; minerāli un minerālu preparāti; omega-3 taukskābes, fosfolipīdi un antioksidanti, Pārtikas eļļas un tauki,u.c." xr:uid="{EB811F77-C0F2-4952-9D31-DC5A56CAFCE5}"/>
+    <hyperlink ref="C28" r:id="rId33" display="zobu pasta un mutes skalojamais ūdenis;ķermeņa un ādas kopšanas līdzekļi,dezodorants;antiperspiranti,ziepes, skūšanās krēmi un ādas losjoni, matu kopšanas līdzekļi,u.c." xr:uid="{ED35BBEE-A6F0-4CD1-89FF-B7E91F7117E3}"/>
+    <hyperlink ref="C30" r:id="rId34" xr:uid="{39881BE9-74C8-43B2-BA6B-8DB9F0C6083A}"/>
+    <hyperlink ref="C31" r:id="rId35" display="dažādas skaistumkomšanas  preces, šampūni, krēmi, dezodoranti, u.c" xr:uid="{A4EF7E0E-367D-41C7-8A22-12838B0E9E84}"/>
+    <hyperlink ref="C32" r:id="rId36" display="skaistumkopšanas līdzekļi,parfimērija,kosmētika,krēmi,dezodoranti,aksesuāri,u.c." xr:uid="{6AA78671-37FA-497C-8362-86A2E879B41B}"/>
+    <hyperlink ref="C33" r:id="rId37" xr:uid="{A68203AE-22E5-4979-AA7E-D3DAED505AB4}"/>
+    <hyperlink ref="C37" r:id="rId38" display="pulksteņi,u.c " xr:uid="{649427F7-471B-499E-9641-47170C68C1FA}"/>
+    <hyperlink ref="C38" r:id="rId39" display="pulksteņi,u.c " xr:uid="{21D9B92A-6EF4-4510-9430-931B79D6D588}"/>
+    <hyperlink ref="C39" r:id="rId40" display="sporta preces,hokeja nūjas" xr:uid="{F42F2D2A-15B1-42E3-9CF6-CA60888C2335}"/>
+    <hyperlink ref="C44" r:id="rId41" display="vilnas spoles,dzijas un diegi tekstilizstrādājumiem" xr:uid="{7EF34840-3E92-4811-AD5A-112C44DE262B}"/>
+    <hyperlink ref="C45" r:id="rId42" xr:uid="{747E8D76-B332-42B3-B267-41605B9428DB}"/>
+    <hyperlink ref="C46" r:id="rId43" xr:uid="{E3AEAF36-D010-4A98-8508-0F984B364067}"/>
+    <hyperlink ref="C49" r:id="rId44" display="\\dks.vid.gov.lv@SSL\DavWWWRoot\muita\kontr\Intelektuālā īpašuma aizsardzība\Tiesību subjektu pieteikumi\Pielikumi\5 11 Inc 2015" xr:uid="{F6BF4859-66AC-43D8-AF84-59ABC86D5F3A}"/>
+    <hyperlink ref="C51" r:id="rId45" xr:uid="{4D3E4734-CC97-433A-AD75-7FA905FCA401}"/>
+    <hyperlink ref="C52" r:id="rId46" xr:uid="{FAC24C11-6D75-4767-9E8D-5E06DE50C9C0}"/>
+    <hyperlink ref="C53" r:id="rId47" xr:uid="{B7A09BD1-C135-4105-AFDB-D9D7CF5CB7E2}"/>
+    <hyperlink ref="C54" r:id="rId48" display="Transporta līdzekļi,visas rezerves daļas,tehniskās eļļas un ziedes; smērvielas,atslēgu piekariņi,     aksesuāri,u.c." xr:uid="{10EC4180-EAE2-4874-A18C-A64C4F849FD4}"/>
+    <hyperlink ref="C55" r:id="rId49" xr:uid="{B645CB21-0FAF-4088-ADDF-FBD9630ED3B1}"/>
+    <hyperlink ref="C56" r:id="rId50" display="šaujamieroči,    munīcija un šāviņi,spēles,rotaļlietas,apģērbs, papīrs, kartons, siksniņas adapteris, Aizsardzības lietas / vāciņi telefoniem, kameras siksnas / siksnas, skatu meklētājam,u.c" xr:uid="{CBCA3DFE-79D7-4C3A-83C8-40157269F153}"/>
+    <hyperlink ref="C57" r:id="rId51" xr:uid="{A2C23D3E-B2E6-4A18-8CD9-CE287871BD09}"/>
+    <hyperlink ref="C58" r:id="rId52" xr:uid="{A372280B-6C58-4B74-AADB-27E16D4AD88F}"/>
+    <hyperlink ref="C61" r:id="rId53" display="pulksteņi,kalkulatori" xr:uid="{09393CE1-A7DB-4429-BC38-8406176B4008}"/>
+    <hyperlink ref="C62" r:id="rId54" xr:uid="{DD2E21F4-E143-4B84-8F1D-10CB1AE9B6ED}"/>
+    <hyperlink ref="C64" r:id="rId55" xr:uid="{99E1859C-5D80-4068-9DE0-834B878FCD43}"/>
+    <hyperlink ref="C66" r:id="rId56" xr:uid="{2C508F5E-82BB-473C-94D7-9C29ADDD61CD}"/>
+    <hyperlink ref="C67" r:id="rId57" xr:uid="{42D171F3-9B7D-4185-A851-905BEBFF3460}"/>
+    <hyperlink ref="C68" r:id="rId58" display="apģērbi,cepures,  apavi, aksesuāri u.c." xr:uid="{7A89698C-F06C-4963-81A8-9F8C0F7BD924}"/>
+    <hyperlink ref="C69" r:id="rId59" display="Piel/Mitre Sports International Limited" xr:uid="{32FDC333-FA37-403B-9C97-DCF76253A856}"/>
+    <hyperlink ref="C70" r:id="rId60" xr:uid="{E2BE5B6C-63AA-4C18-A331-B405E9F9A09F}"/>
+    <hyperlink ref="C71" r:id="rId61" display="sadzīves preces" xr:uid="{C22CBF27-8426-4A4A-A385-9D2061437E6D}"/>
+    <hyperlink ref="C72" r:id="rId62" display="somas, maki u.c" xr:uid="{4C4D6A58-9921-42AC-976B-F4C86862C356}"/>
+    <hyperlink ref="C73" r:id="rId63" display="šaujamieroči,gāzes baloniņi,lukturi,apģērbi u.c " xr:uid="{F9EDBF17-9275-44A7-A90F-CB3E6C00C23E}"/>
+    <hyperlink ref="C74" r:id="rId64" display="transportlīdzekļa daļas, u.c" xr:uid="{87F6D0DB-4CD9-421F-A74E-A010A6CC3981}"/>
+    <hyperlink ref="C75" r:id="rId65" xr:uid="{D3AF1E99-37A0-4415-A36B-55CA7D0D14C2}"/>
+    <hyperlink ref="C77" r:id="rId66" xr:uid="{F35226D2-4565-45C7-A5E2-0D9470391D62}"/>
+    <hyperlink ref="C78" r:id="rId67" display="dzinēji un rezerves daļas,ģeneratori, elektriskās iekārtas un to daļas;flešatmiņas, apģērbi, somas, mugursomas,u.c." xr:uid="{26CC5EA6-A349-480F-AC00-66A660D7784C}"/>
+    <hyperlink ref="C79" r:id="rId68" display="mašīnas un darbmašīnas;motori,mašīnu sajūga un transmisijas elementi (izņemot sauszemes transportlīdzekļiem),u.c" xr:uid="{37032802-485F-448D-8E61-1CBF10BA8877}"/>
+    <hyperlink ref="C80" r:id="rId69" xr:uid="{03CDD68E-6716-43FA-BBEA-7178F9894E64}"/>
+    <hyperlink ref="C81" r:id="rId70" display="zobu birstes,trimmeri, matu sukas,higiēnas līdzekļi,u.c" xr:uid="{4BAC7CFC-65BA-429F-82E4-91A764EF7D45}"/>
+    <hyperlink ref="C82" r:id="rId71" display="apģērbi,apavi,somas, jostas,cepures,cimdi,šalles,zeķes,pulksteņi,u.c" xr:uid="{A2C838DF-7B78-4369-9094-A709CD537F44}"/>
+    <hyperlink ref="C84" r:id="rId72" display="šokolādes batoniņi,u.c" xr:uid="{06969168-596F-40D9-9218-7174BA1E1879}"/>
+    <hyperlink ref="C87" r:id="rId73" display="apģērbs,apavi,āda,somas,smaržvielas,rotaslietas,glāzes u.c " xr:uid="{B92B254B-48B2-4E90-90C0-8720D4FB8D26}"/>
+    <hyperlink ref="C90" r:id="rId74" display="tūristu,konferenču un biroja krēsli" xr:uid="{CF2E87CA-9321-4AD1-881C-9BDCBF8A3116}"/>
+    <hyperlink ref="C91" r:id="rId75" xr:uid="{050B0B21-8831-48C0-8BFB-27D68EC5116E}"/>
+    <hyperlink ref="C92" r:id="rId76" display="rezerves daļas,aksesuāri, u.c." xr:uid="{E8BA6B22-8F79-412B-BC79-9C1EEA3E5241}"/>
+    <hyperlink ref="C83" r:id="rId77" xr:uid="{2F2C60DA-BD6B-4241-9767-6C4E17FF403E}"/>
+    <hyperlink ref="C93" r:id="rId78" display="mūzika, video, datu ieraksti, u.c." xr:uid="{F6D78CA3-3F11-407C-9FE7-3A4409E585E5}"/>
+    <hyperlink ref="C95" r:id="rId79" xr:uid="{D4B3F238-5936-4A45-B2AB-56A8AB023312}"/>
+    <hyperlink ref="C103" r:id="rId80" display="apģērbi un aksesuāri,somas,apavi,rotaslietas,smaržas,saulesbrilles,ādas izstrādājumi" xr:uid="{B8CC17E8-5C19-48FF-89CA-19BE63099CD2}"/>
+    <hyperlink ref="C104" r:id="rId81" display="cigāri, cigarellas,u.c" xr:uid="{FE6398C2-9559-487A-A4BB-C96B8525D786}"/>
+    <hyperlink ref="C106" r:id="rId82" display="transportlīdzekļu daļas, virsbūves,u.c" xr:uid="{180D9788-1EF2-418A-9CED-B2B71DDFDD07}"/>
+    <hyperlink ref="C107" r:id="rId83" xr:uid="{E96ECC55-3CF4-4344-82F6-72383E9BB613}"/>
+    <hyperlink ref="C115" r:id="rId84" display="preparāti kaitēkļu iznīcināšanai,uc" xr:uid="{E293AD04-C560-404E-9C58-E1D8498EE4CE}"/>
+    <hyperlink ref="C116" r:id="rId85" display="foto,video kameras, aizsargaprīkojums,kronšteini,balsti,piederumi,un aksesuāri    " xr:uid="{93200C92-3100-4D8C-B48A-A2DD0856DF1B}"/>
+    <hyperlink ref="C117" r:id="rId86" xr:uid="{600E7106-973D-4D9B-B0C4-B0537DD046CC}"/>
+    <hyperlink ref="C118" r:id="rId87" xr:uid="{3B63F899-70F2-4BD8-A619-0657760B38C9}"/>
+    <hyperlink ref="C119" r:id="rId88" display="kurpes,somas un ādas izstrādājumi " xr:uid="{B6530AAC-36FB-4AAD-81B2-CA25376670F2}"/>
+    <hyperlink ref="C120" r:id="rId89" xr:uid="{F717E1C7-72CC-4F06-A15F-F0E1C22A373F}"/>
+    <hyperlink ref="C122" r:id="rId90" display="koferi,somas no metāla,plast masas vai auduma,somas portatīvajiem datoriem,kameru somas,futrāļi  elektroniskām ierīcēm,dažādas kombinācijas,ceļasomas un čemodāni,tualetes maciņi,u.c" xr:uid="{C0B3069A-1719-490B-89F5-1797026C6EED}"/>
+    <hyperlink ref="C123" r:id="rId91" display="telekomunikāciju aparāti, instrumenti,iekārtas,tīkli un to daļas un piederumi,u.c" xr:uid="{67154AED-C84A-4C85-A45D-C04EE6C37E76}"/>
+    <hyperlink ref="C124" r:id="rId92" xr:uid="{5F9957E5-B34D-4D9E-A33A-48CC604ADD26}"/>
+    <hyperlink ref="C125" r:id="rId93" display="Matu kopšanas produkti" xr:uid="{0FB26EFE-7C41-4672-846D-956F2BF47790}"/>
+    <hyperlink ref="C126" r:id="rId94" xr:uid="{42F7A002-AE03-4106-B644-7DEA0BF651BD}"/>
+    <hyperlink ref="C127" r:id="rId95" xr:uid="{4E330770-DF39-40EE-A11B-963CBB1E06A9}"/>
+    <hyperlink ref="C128" r:id="rId96" display="parfimērija, apģērbi, aksesuāri u.c." xr:uid="{69924C7C-2FB9-4DC2-8F58-071F9A8AE624}"/>
+    <hyperlink ref="C129" r:id="rId97" display="apģērbi, apavi, golfa spēles piederumi,u.c" xr:uid="{824E22A2-F9D1-4AAD-A329-1EC476A5D2EA}"/>
+    <hyperlink ref="C130" r:id="rId98" xr:uid="{AC99D6F2-D9E1-44D7-AFF3-0B6128BFB985}"/>
+    <hyperlink ref="C131" r:id="rId99" xr:uid="{BAEA8B94-9E23-47F4-82C4-C229E126FF2A}"/>
+    <hyperlink ref="C132" r:id="rId100" display="ķermeņa kopšanas līdzekļi" xr:uid="{B1FB1238-3554-4C31-B097-2696F4D24C2A}"/>
+    <hyperlink ref="C133" r:id="rId101" xr:uid="{87EF883C-05BA-4EC7-B881-E78AAF15BC33}"/>
+    <hyperlink ref="C134" r:id="rId102" display="farmaceitiskie preparāti, vielas,veterinārie un higiēnas līdzekļi; pārtika zīdaiņiem; dezinfekcijas līdzekļi; preparāti kaitēkļu iznīcināšanai,u.c" xr:uid="{4F3145C8-5AC4-4B76-BE1F-98DDC1B3070D}"/>
+    <hyperlink ref="C135" r:id="rId103" display="kopēšanas iekārtas,portatīvie kopētāji printeri,toneris,sausās tintes un printera tintes,papīrs,kopiju papīra izstrādājumi no kartonakartona,iespieddarbi,avīzes,žurnāli,mācību un uzskates materiāli,kancelejas preces,u.c" xr:uid="{CC8B7E6E-8E08-4E61-BAA5-C91E30DACF7C}"/>
+    <hyperlink ref="C136" r:id="rId104" display="apģērbi, apavi,somas,u.c" xr:uid="{52BB88D0-8981-409D-8B8D-8F9605E9D360}"/>
+    <hyperlink ref="C139" r:id="rId105" display="virtuves maisītāji un virtuves iekārtas" xr:uid="{F21CD9CE-A838-4DB4-AC93-B95B98CA1EDB}"/>
+    <hyperlink ref="C145" r:id="rId106" display="LED apgaismes ierīces, u.c " xr:uid="{AF21ED36-4171-4A5D-89EB-9697F5C177AE}"/>
+    <hyperlink ref="C94" r:id="rId107" display="disku bremžu kluči  motocikliem,motorolleriem,u.c " xr:uid="{652725D0-6593-41B5-A000-3D5F0D0F8F7D}"/>
+    <hyperlink ref="C65" r:id="rId108" display="Piel/ape and partners" xr:uid="{6656DB95-B6C2-4E69-8F41-CAE3DD00F949}"/>
+    <hyperlink ref="C154" r:id="rId109" xr:uid="{CE5B3A4C-E6E3-4491-8635-79BDCE7B8953}"/>
+    <hyperlink ref="C158" r:id="rId110" display="pulksteņi,u.c" xr:uid="{90A633F1-2F7E-4418-979F-64F60B25FA28}"/>
+    <hyperlink ref="C121" r:id="rId111" display="apģērbi,sporta preces,rotaļlietas,suvenīri,keramikas krūze,u.c " xr:uid="{87B9DAD3-BCE3-442A-BFDE-455BCF718CA3}"/>
+    <hyperlink ref="C164" r:id="rId112" xr:uid="{E9162EED-1A6D-40EE-95FE-CF889CCA6795}"/>
+    <hyperlink ref="C8" r:id="rId113" xr:uid="{9D3B8A65-A7C6-40EC-8F46-6DB1CC62C123}"/>
+    <hyperlink ref="C14" r:id="rId114" xr:uid="{85FE0F08-9F2F-4FD2-8CF7-DCA8653CE8FE}"/>
+    <hyperlink ref="C15" r:id="rId115" xr:uid="{C6F913A5-77EB-4F30-BE63-C23D2A3A2A16}"/>
+    <hyperlink ref="C48" r:id="rId116" display="dārzkopības un mežkopības instrumenti, motorzāģi,u.c" xr:uid="{75A7CC36-A6B5-4A8B-B636-FC282AEE71BE}"/>
+    <hyperlink ref="C47" r:id="rId117" display="krēsli u.c" xr:uid="{E061F568-439C-4759-9A12-94C611D777F4}"/>
+    <hyperlink ref="C166" r:id="rId118" display="pulksteņi,aksesuāri,u.c" xr:uid="{0FF4764D-543A-4CDB-80E7-7101025B53F6}"/>
+    <hyperlink ref="C167" r:id="rId119" xr:uid="{77D32B64-C989-4DE3-BEB3-248C2582992A}"/>
+    <hyperlink ref="C168" r:id="rId120" display="parfimērija,u.c " xr:uid="{36BF7733-7C96-4323-8C08-08AD8DE8EA66}"/>
+    <hyperlink ref="C169" r:id="rId121" display="diagnostika, farmaceitiskā rūpniecībā, ķīmiskā rūpniecībā, pārtikas un vides testēšana." xr:uid="{61A61C49-E242-4398-84DD-BDA19B50A66C}"/>
+    <hyperlink ref="C170" r:id="rId122" display="lauksaimniecības un mežsaimniecības tehnikai rezerves daļas,  rotaļlietas u.c." xr:uid="{0A57A862-A402-4C17-9F37-4A132FCC1ACA}"/>
+    <hyperlink ref="C173" r:id="rId123" xr:uid="{BB7AA51E-F1D8-4755-8846-EDBA1CF4E28D}"/>
+    <hyperlink ref="C174" r:id="rId124" display="Volkswagen rezerves daļas, piederumi, u.c" xr:uid="{7A76581F-7743-42CA-8122-16DD842B4F0A}"/>
+    <hyperlink ref="C175" r:id="rId125" display="ādas kopšanas līdzekļi,apģērbs un aksesuāri, kurpes elementi un piederumi, personalpiederumi, mobilie tālruņi ar piederumiem un tehniskiem elementiem, elektriskās/elektroniskās un datoru rotaļlietas,spēles (ieskaitot elektronisko spēļu konsoles) un sporta" xr:uid="{21B6A1DA-9C9D-4A8C-9C8D-26E6D85240F5}"/>
+    <hyperlink ref="C176" r:id="rId126" xr:uid="{E61EA289-A1F8-464E-B46C-82350578D1A5}"/>
+    <hyperlink ref="C177" r:id="rId127" display="lifti un liftu daļas,automašīnu lifti,u.c" xr:uid="{CA38069E-EFE6-4892-80C7-6679B804CC4F}"/>
+    <hyperlink ref="C185" r:id="rId128" display="Astoņkāju krekls" xr:uid="{C7EDB5A7-456E-4192-B708-B1C4BB72CA2A}"/>
+    <hyperlink ref="C186" r:id="rId129" display="uzturvielas,substrāti,mēslojumi,māla granulas,u.c" xr:uid="{1D13D34A-DF1C-4FC2-993C-2786AF4FF45E}"/>
+    <hyperlink ref="C187" r:id="rId130" display="apģērbi un apavi ar elementiem un aksesuāriem, personīgie,aksesuāri, tekstilizstrādājumi" xr:uid="{49C4C485-1A33-4296-AE60-F880BF878D6E}"/>
+    <hyperlink ref="C188" r:id="rId131" xr:uid="{70691A66-AC09-409D-ADCB-02F9776BFA04}"/>
+    <hyperlink ref="C190" r:id="rId132" display="filtri,u.c" xr:uid="{BE085443-8C03-455B-AB5E-5092A6CB785F}"/>
+    <hyperlink ref="C191" r:id="rId133" display="džinsi,apģērbi,u.c" xr:uid="{89C76073-CB99-4015-9ED7-2C176CFC716C}"/>
+    <hyperlink ref="C192" r:id="rId134" display="kontaktlēcas,kontaktlēcu kopšanas līdzekļi,  šķīdums, smērvielas,acu pilieni;u.c." xr:uid="{DF725906-A275-4796-A26C-D4430A63FD37}"/>
+    <hyperlink ref="C193" r:id="rId135" display="ķermeņa kopšanas līdzekļi" xr:uid="{1843B5D6-9DBF-4907-A4A6-6E7DED67D195}"/>
+    <hyperlink ref="C194" r:id="rId136" display="ādas izstrādājumi,apģērbi, somas,apavi,smaržas,rotaslietas,u.c" xr:uid="{061966F2-108A-4E82-BCB3-18BA2297B759}"/>
+    <hyperlink ref="C195" r:id="rId137" display="mājsaimniecības un virtuves piederumi un konteineri;rokas instrumenti un darbarīki; virtuves iekārtas; olu separators; stikla trauki, porcelāns un māla izstrādājumi,u.c" xr:uid="{F94B48EF-0B1F-45B0-89FB-BA714BAF8FD4}"/>
+    <hyperlink ref="C196" r:id="rId138" xr:uid="{BF2D964A-0B0B-4D4A-BF97-412401FC0FA6}"/>
+    <hyperlink ref="C197" r:id="rId139" display=" nagu un skaistumkopšanas  produkti,u.c" xr:uid="{C0E5F3F9-BDD0-417D-BB25-A143FFFCD421}"/>
+    <hyperlink ref="C198" r:id="rId140" xr:uid="{D0EAB1BB-C6E9-4101-AF97-0EEA7BB96D3C}"/>
+    <hyperlink ref="C199" r:id="rId141" display=" ceļu būves mašīnas (piem., veltņi),u.c" xr:uid="{D16042E8-22EA-4668-8FA2-A9DD7A1FE85E}"/>
+    <hyperlink ref="C200" r:id="rId142" xr:uid="{917A6677-43D8-4A2D-B815-F949C6303398}"/>
+    <hyperlink ref="C201" r:id="rId143" display="krāsas,lakas,rūsas inhibitori,koksnes konservanti;tintes toneri,kasetnes,toneru kasetnes,printeri,skeneri, faksimilatori,daudzfunkcionālās ierīces;datoru programmatūra;termiskās lentes;lentes printeriem,siltuma papīrs " xr:uid="{1CE08DA2-AD5A-4E5D-853A-44736B6E26EA}"/>
+    <hyperlink ref="C202" r:id="rId144" display="apģērbi, apavi un aksesuāri,u.c " xr:uid="{E219B61F-3B84-4FBA-850E-FCACB22782AA}"/>
+    <hyperlink ref="C163" r:id="rId145" xr:uid="{8452CE67-D94C-48FB-A3ED-EB9D7FF3D1DB}"/>
+    <hyperlink ref="C162" r:id="rId146" xr:uid="{F0BA9930-56DB-480A-8AED-F9148ED479AF}"/>
+    <hyperlink ref="C161" r:id="rId147" xr:uid="{6FEA145C-5E25-4EFD-9E19-9EC84EFA36BA}"/>
+    <hyperlink ref="C160" r:id="rId148" xr:uid="{AEE44A96-5955-4652-ADED-0DD0371BF46D}"/>
+    <hyperlink ref="C159" r:id="rId149" xr:uid="{FD745C85-CCCD-424C-8497-73D90868EA00}"/>
+    <hyperlink ref="C203" r:id="rId150" display="zobu pasta, mutes skalojamais ūdens šampūni, kondicionieri, matu aktīva kapsulas, tonizējoši līdzekļi,šķidrumi, sauļošanās, krēmi " xr:uid="{C5D917FB-59AC-49D1-8003-AC6091DB7890}"/>
+    <hyperlink ref="C204" r:id="rId151" xr:uid="{E6B484F0-42D3-4E5E-989F-2E8372F7C72A}"/>
+    <hyperlink ref="C205" r:id="rId152" display="putekļu aizsargbarjera,u.c " xr:uid="{25AEF2DC-8E1D-45EE-ABCE-137A8537002B}"/>
+    <hyperlink ref="C206" r:id="rId153" xr:uid="{A3C7C814-91B6-4EEA-8D42-6B2B56F2F676}"/>
+    <hyperlink ref="C207" r:id="rId154" xr:uid="{ED2A0228-3F9A-4611-862E-90667A618503}"/>
+    <hyperlink ref="C208" r:id="rId155" display="saulesbrilles, somas, juvelierizstrādājumi, apģērbi u.c." xr:uid="{144AD27A-1FC2-4DF6-ADE9-1881A91CF0C9}"/>
+    <hyperlink ref="C209" r:id="rId156" xr:uid="{C457FEBE-D608-4061-85D1-1B5B6DA8C968}"/>
+    <hyperlink ref="C210" r:id="rId157" display="\\dks.vid.gov.lv@SSL\DavWWWRoot\muita\kontr\Intelektuālā īpašuma aizsardzība\Tiesību subjektu pieteikumi\Pielikumi\Toshiba Corporation" xr:uid="{66F91835-479B-4BA9-B51A-F019FCAAE3FA}"/>
+    <hyperlink ref="C211" r:id="rId158" display="farmaceitiskie produkti (alopātiskie, homeopātiskie un fitoterapeitiskie) un higiēnas līdzekļi medicīnai un personīgai higiēnai; diētiskie produkti medicīniskiem nolūkiem, taukskābju, aminoskābju preparāti,u.c" xr:uid="{D23141FE-A5D7-4075-A217-4E9F635254B6}"/>
+    <hyperlink ref="C212" r:id="rId159" xr:uid="{642B1CCE-851B-4E94-8C8A-DBE89ABECF9F}"/>
+    <hyperlink ref="C213" r:id="rId160" xr:uid="{16894FA3-B8E7-4BDF-8682-82D1AB597F61}"/>
+    <hyperlink ref="C217" r:id="rId161" display="\\ks.vid.gov.lv@SSL\DavWWWRoot\27\mp_kontrole\Intelektuālā īp_aizsardz\Tiesību subj_piet\Piel\Werkhaus Design+Produktion GmbH" xr:uid="{1E3BCA4F-EC21-4208-99C8-555CD318ABEF}"/>
+    <hyperlink ref="C218" r:id="rId162" display="apģērbs un apavi ar elementiem un aksesuāriem,u.c " xr:uid="{7679E151-965E-45B7-A33D-2284722C40E0}"/>
+    <hyperlink ref="C219" r:id="rId163" xr:uid="{8867F4C6-98B2-43B6-B1C0-A6DD51607D59}"/>
+    <hyperlink ref="C220" r:id="rId164" display="mežsaimniecības, glābšanas dienestu, medību un policijas, kā arī ikdienas apavi, apģērbi,u.c" xr:uid="{DD07F134-3371-406C-9BC9-C51562F6484E}"/>
+    <hyperlink ref="C221" r:id="rId165" xr:uid="{7A87B66F-4AF5-4654-B0D5-796203C37FBD}"/>
+    <hyperlink ref="C222" r:id="rId166" display="Cambria Company LLC" xr:uid="{DDDC0BEA-CA50-4F85-A7B9-D95EDD84BBC9}"/>
+    <hyperlink ref="C223" r:id="rId167" xr:uid="{F3936475-EFB9-4D85-8BDC-579F94E2FF8F}"/>
+    <hyperlink ref="C224" r:id="rId168" display="mugursomas, somas maisi, cita bagāža, cepures, u.c " xr:uid="{85213996-E9CA-4269-B5A1-7DA8BF1F5944}"/>
+    <hyperlink ref="C226" r:id="rId169" xr:uid="{746320D5-A1A1-42DB-9529-54D7B97FC20D}"/>
+    <hyperlink ref="C227" r:id="rId170" display="  ausu aizbāžņi, dzirdes aizsardzības ierīces nirējiem." xr:uid="{8839E7F8-0786-4172-B6A9-8871DBCD8D11}"/>
+    <hyperlink ref="C228" r:id="rId171" xr:uid="{7FA83C95-5C0C-45CC-8C9C-DB7C3A146B40}"/>
+    <hyperlink ref="C229" r:id="rId172" display="stikla burka" xr:uid="{54B51621-629C-42FF-B7BF-5D91380E94F9}"/>
+    <hyperlink ref="C230" r:id="rId173" display="apģērbi,apavi,sporta preces,u.c." xr:uid="{D7650B95-3603-4800-AF07-F4A782D7A9CA}"/>
+    <hyperlink ref="C231" r:id="rId174" xr:uid="{5C73E7C3-32AF-45F9-92C7-67F2ECC55413}"/>
+    <hyperlink ref="C232" r:id="rId175" display="Rotaļlietas" xr:uid="{017F9CBC-B19A-41AD-91DA-01C0C2E9C044}"/>
+    <hyperlink ref="C233" r:id="rId176" display="Piel/Peter Kertels" xr:uid="{AAED131A-2814-47A8-9674-298C32CDE2CE}"/>
+    <hyperlink ref="C234" r:id="rId177" xr:uid="{514AD773-CD12-4967-A0E4-9988E59F3853}"/>
+    <hyperlink ref="C235" r:id="rId178" xr:uid="{22A3B131-A50E-4CC6-A6CA-1D35C44A3B6D}"/>
+    <hyperlink ref="C236" r:id="rId179" xr:uid="{7D0F7950-A22E-4BEF-8423-7EA0F4D3F13A}"/>
+    <hyperlink ref="C237" r:id="rId180" xr:uid="{BDAD2905-E2A7-4828-B083-1F54BBD43898}"/>
+    <hyperlink ref="C60" r:id="rId181" xr:uid="{3F1CC692-D4C1-42F3-B523-95E76939A28E}"/>
+    <hyperlink ref="C59" r:id="rId182" display="filtri" xr:uid="{590EABC4-0DDC-4633-9B69-65DCBD435FFF}"/>
+    <hyperlink ref="C96" r:id="rId183" xr:uid="{CD336DBA-40A2-446A-A276-3BB0C5FAF06F}"/>
+    <hyperlink ref="C178" r:id="rId184" xr:uid="{57FCB97D-4FE8-4DF4-9EE0-FD238D8D003E}"/>
+    <hyperlink ref="C179" r:id="rId185" xr:uid="{44070AED-D38F-408B-966E-1EAC0D4884AB}"/>
+    <hyperlink ref="C180" r:id="rId186" xr:uid="{58D34C6F-4FD5-49B0-84D8-5DDCFDE40E0A}"/>
+    <hyperlink ref="C181" r:id="rId187" xr:uid="{A1D27F06-54D2-4A6C-8B02-A7E1A31DB56D}"/>
+    <hyperlink ref="C182" r:id="rId188" xr:uid="{92F149CF-0FA5-4414-8CFB-F025C7806060}"/>
+    <hyperlink ref="C183" r:id="rId189" xr:uid="{45D32918-1117-4103-BDF7-9D72263E7F85}"/>
+    <hyperlink ref="C184" r:id="rId190" xr:uid="{DFF821CB-E0F9-40C5-86A0-D954BD8B74F5}"/>
+    <hyperlink ref="C238" r:id="rId191" xr:uid="{2D13F2A7-77D7-49BA-AD89-D89FCC7A085F}"/>
+    <hyperlink ref="C239" r:id="rId192" xr:uid="{234DCBD3-994B-47B2-A620-D489FA629A75}"/>
+    <hyperlink ref="C138" r:id="rId193" xr:uid="{359C1B19-75CD-4237-A350-5F2A333CB8BB}"/>
+    <hyperlink ref="C240" r:id="rId194" xr:uid="{1EF9677D-0D43-41BA-AEAB-5125D8645E42}"/>
+    <hyperlink ref="C241" r:id="rId195" xr:uid="{CF3A8033-5A1A-4A20-A5F5-39D0F30FCD58}"/>
+    <hyperlink ref="C242" r:id="rId196" display="televizoru skaļruņi, audio sistēmas un austiņas" xr:uid="{B759E9E6-0A60-4977-8CF2-6521DAFB1390}"/>
+    <hyperlink ref="C243" r:id="rId197" xr:uid="{CEBEF857-E7EB-4A32-AC75-04BEE2F60960}"/>
+    <hyperlink ref="C147" r:id="rId198" display="somas,apavi, jostas" xr:uid="{23DF89A9-1664-42A9-A7E1-76309D9F955E}"/>
+    <hyperlink ref="C146" r:id="rId199" display="augu izcelsmes cigaretes,u.c" xr:uid="{8136683B-696C-4F40-AB26-94E1B3AAF1BD}"/>
+    <hyperlink ref="C144" r:id="rId200" display="ūdensnecaurlaidīgi zābaki u.c" xr:uid="{159BCB22-DE79-4F52-AEEA-2E50B21FDB9D}"/>
+    <hyperlink ref="C143" r:id="rId201" display="kosmētiskie līdzekļi,ziepes,ēteriskās eļļas,smaržas,ķermeņa dezodoranti,dušas želejas,šampūni un matu losjoni,filmas,videoieraksti un kasetes,datorprogrammas,radiosaulesbrilles,brilles,briļļu rāmji un aksesuāri,apģērbi,apavi,galvassegas,apakšveļa,krekliņi" xr:uid="{A1881FBD-C771-4EF9-ACDC-3A35C64058E5}"/>
+    <hyperlink ref="C142" r:id="rId202" display="motociklu rezerves daļas, aksesuāri, u.c." xr:uid="{863CDDC3-9052-4083-8BD3-BE63DE5F288C}"/>
+    <hyperlink ref="C141" r:id="rId203" xr:uid="{9E2BBF41-70EE-4F3F-BBF8-DB752CE61499}"/>
+    <hyperlink ref="C148" r:id="rId204" display="PIERRE CARDIN" xr:uid="{54B82295-47ED-44FB-ABA5-D4C91FF19009}"/>
+    <hyperlink ref="C149" r:id="rId205" display="parfimērija,     kosmētika, ķermeņa un skaistumkopšanas līdzekļi,u.c" xr:uid="{CC9047F9-19D8-4A96-BF76-9594EE1B27DB}"/>
+    <hyperlink ref="C150" r:id="rId206" xr:uid="{923D69C5-B7F4-4ECE-82DA-E16C1C5A4144}"/>
+    <hyperlink ref="C151" r:id="rId207" display="pārtika, alkoholiskie dzērieni,u.c" xr:uid="{43E3127E-523A-4D03-B432-9CE84696D2BA}"/>
+    <hyperlink ref="C152" r:id="rId208" display="Dizaina lampas" xr:uid="{2988528C-BAA9-4D8D-97C1-2985B3808908}"/>
+    <hyperlink ref="C153" r:id="rId209" xr:uid="{6EED56CA-3EEE-4FE3-9FE5-7EF15E33876F}"/>
+    <hyperlink ref="C41" r:id="rId210" xr:uid="{EFECAF8A-05FC-4C0B-9817-B848D1D1FE18}"/>
+    <hyperlink ref="C42" r:id="rId211" xr:uid="{64FDC4F8-641E-4200-9786-826C1CD10810}"/>
+    <hyperlink ref="C43" r:id="rId212" display="apģērbi,apavi,somas,smaržas,brilles,rotaslietas,u.c" xr:uid="{B4A8FD7D-CE76-45E3-A599-C7177B945646}"/>
+    <hyperlink ref="C155" r:id="rId213" display="optika šaujamieročiem,u.c" xr:uid="{9DF4DF94-17E1-42FD-A149-A7380EF62C81}"/>
+    <hyperlink ref="C244" r:id="rId214" xr:uid="{7FDDB220-5808-45D9-A50D-DE345751459D}"/>
+    <hyperlink ref="C245" r:id="rId215" display="rotaļlietas arī lelles" xr:uid="{7AD4301A-1C95-471E-B006-97558011EB1E}"/>
+    <hyperlink ref="C40" r:id="rId216" display="mobilie telefoni u.c." xr:uid="{EFD3BEBC-4D0B-4278-BFAE-0CE20CD930B7}"/>
+    <hyperlink ref="C246" r:id="rId217" xr:uid="{E8D0F27D-D13E-45E8-8E2E-40DF0B87C12A}"/>
+    <hyperlink ref="C247" r:id="rId218" xr:uid="{593FC3C6-01EF-4BC4-9770-46D86451BA14}"/>
+    <hyperlink ref="C248" r:id="rId219" xr:uid="{F389FFDE-0452-4895-9CF9-E153075C0133}"/>
+    <hyperlink ref="C249" r:id="rId220" display="apģērbi, apavi, galvassegas,spēles, rotaļlietas videospēļu aparāti, papīrs, kartons  iespieddarbi u.c. " xr:uid="{23D3A7CD-86DA-41E8-AFB6-90686791F4D4}"/>
+    <hyperlink ref="C250" r:id="rId221" xr:uid="{152DCB8F-FCC7-45AA-9012-5C3BC17D32B2}"/>
+    <hyperlink ref="C251" r:id="rId222" display="mēbeles, spoguļi, rāmji, paklāji,  linolejs, dzelzs izstrādājumi, juvelierizstrādājumi, dārgakmeņi, trauki mājsaimniecības vai virtuves vajadzībām, balināšanas līdzekļi, audumi,  parastie metāli un to sakausējumi, rokas instrumenti" xr:uid="{D939C5DA-9AC0-4223-9226-3ABEC7F27B0D}"/>
+    <hyperlink ref="C252" r:id="rId223" display="baloni u.c." xr:uid="{0EFE7071-2E6E-4AFD-BEB4-145BC1DAEBA5}"/>
+    <hyperlink ref="C157" r:id="rId224" display=" spēles un rotaļlietas,kompaktdiski, DVD diski un citi digitālie datu nesēji; iespiedprodukcija;u.c" xr:uid="{429209EA-FCA4-4E0D-90D4-AF5A4FA36613}"/>
+    <hyperlink ref="C253" r:id="rId225" xr:uid="{76317E47-5A5B-456D-BE5F-C17D9EC2876A}"/>
+    <hyperlink ref="C156" r:id="rId226" display="audumi un tekstilpreces; šķiedras (tekstilmateriālu un sintētisko)" xr:uid="{F69A43D8-05DE-4EB4-8998-2F0373EF2F24}"/>
+    <hyperlink ref="C254" r:id="rId227" display="Piel/Wilson Sporting Goods Co" xr:uid="{543B9578-35E9-4D6D-885A-3E21675CF5EC}"/>
+    <hyperlink ref="C255" r:id="rId228" display="sporta apavi (čības) bērniem" xr:uid="{24536930-71E4-401D-A155-10CC6478DB6F}"/>
+    <hyperlink ref="C256" r:id="rId229" xr:uid="{A8DF887B-F19C-485A-B247-941ABD6BF5A1}"/>
+    <hyperlink ref="C257" r:id="rId230" xr:uid="{7EBA2924-2592-4AA9-BADB-6E56A38B81FF}"/>
+    <hyperlink ref="C258" r:id="rId231" xr:uid="{54E4A348-0288-4228-A962-952825A67668}"/>
+    <hyperlink ref="C259" r:id="rId232" xr:uid="{A64FC4D4-F3BE-40C5-9C30-5E7E03A8CDFE}"/>
+    <hyperlink ref="C137" r:id="rId233" xr:uid="{6C5AEB84-0D46-48BE-9DBE-A5D9CA3E529E}"/>
+    <hyperlink ref="C99" r:id="rId234" display="apgaismošanas,tvaika ražošanas,ēdiena gatavošanai,gaisa vai ūdens attīrīšanas iekārtas;sterilizatori,elektriskie transportlīdzekļi,bērnu trīsriteņi,velosipēdi,klaidonis,bērnu ratiņi,drošības sēdekļi bērniem (transportlīdzekļiem),mēbeles,u.c" xr:uid="{5B595922-961A-4240-99D5-E341D5ECF92C}"/>
+    <hyperlink ref="C100" r:id="rId235" display="šokolādes,konfektes,u.c" xr:uid="{AA0531C2-A7C1-4DA1-A6F8-BE6E81B573D8}"/>
+    <hyperlink ref="C97" r:id="rId236" display="šokolādes,konfektes,u.c" xr:uid="{D2A6FF45-DA55-4CC0-A6BF-C9C757A7A5D7}"/>
+    <hyperlink ref="C98" r:id="rId237" xr:uid="{6367976B-F109-4AF2-ACF2-A4ABE04D779E}"/>
+    <hyperlink ref="C89" r:id="rId238" xr:uid="{C7955464-0AE7-4792-AA3E-F10456A1F7BB}"/>
+    <hyperlink ref="C88" r:id="rId239" display="somas,apģērbi, apavi u.c" xr:uid="{95B3633A-5560-4E5D-91F1-C8DB7FD7BF5E}"/>
+    <hyperlink ref="C85" r:id="rId240" display="ķirurģiskas ierīces,akupunktūras adatas;medicīniskas ierīces analīzēm;asins spiediena mērīšanai;ierīces mākslīgai elpināšanai,u.c" xr:uid="{2FA85A5B-C916-4E28-B7E2-432C8B055717}"/>
+    <hyperlink ref="C86" r:id="rId241" display="rotaļlietas,aksesuāri u.c." xr:uid="{7B4E55FD-85F9-455A-B108-1DE64E45BAFF}"/>
+    <hyperlink ref="C63" r:id="rId242" xr:uid="{EE521B28-F4F2-4A70-ADDD-84B1B989E443}"/>
+    <hyperlink ref="C50" r:id="rId243" xr:uid="{72663D4E-28CF-43A0-9856-FFB9A0DC88CF}"/>
+    <hyperlink ref="C260" r:id="rId244" xr:uid="{17F64448-FAD7-4F14-A508-33EE7C883D89}"/>
+    <hyperlink ref="C273" r:id="rId245" xr:uid="{460EF7AF-F1CA-4375-B419-D49B3E156412}"/>
+    <hyperlink ref="C274" r:id="rId246" xr:uid="{525B607B-BD9E-4122-B746-84A9C11407E9}"/>
+    <hyperlink ref="C275" r:id="rId247" xr:uid="{9635EBF0-8687-41F8-86F4-EFA75590536E}"/>
+    <hyperlink ref="C276" r:id="rId248" xr:uid="{D73D7F0F-3EFC-4596-9BB9-84F6F7AFD659}"/>
+    <hyperlink ref="C277" r:id="rId249" xr:uid="{BF8571CB-922F-40CC-9E67-8122EB3BFEB5}"/>
+    <hyperlink ref="C278" r:id="rId250" xr:uid="{049AD697-7439-4A16-AD9F-2EB45D9FF151}"/>
+    <hyperlink ref="C279" r:id="rId251" xr:uid="{879C7175-B7CB-4020-B061-7831D00056F5}"/>
+    <hyperlink ref="C280" r:id="rId252" xr:uid="{57717BE4-D42E-48B9-A429-56ED8740FB21}"/>
+    <hyperlink ref="C281" r:id="rId253" xr:uid="{B80DF59D-1DAC-4D91-B4A6-E477A6E80CA6}"/>
+    <hyperlink ref="C282" r:id="rId254" display="kosmētika, tīrīšanas  un higiēnas līdzekļi u.c." xr:uid="{4F1F6FE3-C19A-4537-B1A8-CB5228BF2B82}"/>
+    <hyperlink ref="C283" r:id="rId255" xr:uid="{4F489348-BAB4-4D5F-BF8C-6B189F6315EF}"/>
+    <hyperlink ref="C284" r:id="rId256" xr:uid="{58CD8181-6C30-410E-9F7D-3054C67A7B23}"/>
+    <hyperlink ref="C285" r:id="rId257" xr:uid="{72F5776E-5763-46B5-AA03-B8646DD4EA1F}"/>
+    <hyperlink ref="C286" r:id="rId258" display="ventilatori u.c." xr:uid="{ADC1C75A-54C5-4275-B57A-F1B972302B7C}"/>
+    <hyperlink ref="C287" r:id="rId259" xr:uid="{6A52566A-9718-4A86-B781-57D0984D2DAC}"/>
+    <hyperlink ref="C288" r:id="rId260" xr:uid="{3F37580D-5873-442D-9516-569683DE7186}"/>
+    <hyperlink ref="C289" r:id="rId261" xr:uid="{0B0FCAFE-C0E4-4870-B415-15159B231FF3}"/>
+    <hyperlink ref="C290" r:id="rId262" xr:uid="{CB9C741F-CE4B-4E50-ADE6-E61E60F4A339}"/>
+    <hyperlink ref="C291" r:id="rId263" xr:uid="{0DCCB55D-27C6-43EC-B22D-41DBA321F865}"/>
+    <hyperlink ref="C292" r:id="rId264" xr:uid="{470817C4-52E7-457D-A5F8-458F75F83359}"/>
+    <hyperlink ref="C293" r:id="rId265" xr:uid="{797D9085-EB99-475D-BD0D-8ABC85B4F6E4}"/>
+    <hyperlink ref="C294" r:id="rId266" display="ķermeņa kopšanas līdzekļi" xr:uid="{381D6E9C-03C9-46F5-8D87-614A4F2A46F0}"/>
+    <hyperlink ref="C295" r:id="rId267" display="elektriskās/elek troniskās ierīces datoriem, u.c " xr:uid="{5641A079-5D74-497A-B7E0-6B6B30A7A9AC}"/>
+    <hyperlink ref="C296" r:id="rId268" xr:uid="{D02E44CA-7E18-4B5A-AB51-50C232B855C6}"/>
+    <hyperlink ref="C297" r:id="rId269" xr:uid="{A76C1A1E-0DD5-4AEB-BB12-87135116950C}"/>
+    <hyperlink ref="C298" r:id="rId270" xr:uid="{D641A87C-AE54-4BC5-8E1F-1AA9E5CBB060}"/>
+    <hyperlink ref="C299" r:id="rId271" display="bezalkoholiskie dzērieni, apģērbi, galvassegas peldkostīmi,T-krekli  zeķes,sviedru krekli, šorti, kleitas, sandales, skriešanas kostīmi  sporta džemperi apakšbikses, džemperi ar kapuci,vestes, bikses  pidžamas, naktskrekli u.c." xr:uid="{29FE0C51-42DC-49C1-8660-3ED45A04B9CC}"/>
+    <hyperlink ref="C300" r:id="rId272" xr:uid="{372EDF1B-1443-4181-8A91-725A94CD1DB3}"/>
+    <hyperlink ref="C301" r:id="rId273" xr:uid="{0FC9D552-AAFF-4B3B-A575-915311245731}"/>
+    <hyperlink ref="C302" r:id="rId274" xr:uid="{D064AD73-A6C9-4F99-858C-3E3709421663}"/>
+    <hyperlink ref="C303" r:id="rId275" display="Piel/SOCIETE DU TOUR DE FRANCE" xr:uid="{8E404B9C-C6EA-4F24-ABEC-D22AF5FCC445}"/>
+    <hyperlink ref="C304" r:id="rId276" xr:uid="{9E05D7FD-C7E0-418B-850D-04B508741AAF}"/>
+    <hyperlink ref="C305" r:id="rId277" xr:uid="{1869A730-95F2-46BD-8499-1FF21C4C6947}"/>
+    <hyperlink ref="C307" r:id="rId278" xr:uid="{449E76C4-6242-4202-AEF4-C712DFE488DB}"/>
+    <hyperlink ref="C308" r:id="rId279" xr:uid="{670DF2D9-0D08-42CD-A101-516C49A1A38B}"/>
+    <hyperlink ref="C309" r:id="rId280" xr:uid="{FCC1C72D-6354-4CE8-8737-1DBBBBCA72A0}"/>
+    <hyperlink ref="C310" r:id="rId281" xr:uid="{B97A3CC7-0629-4595-B5E3-81F263D4793E}"/>
+    <hyperlink ref="C311" r:id="rId282" xr:uid="{C30D8784-860D-4A8F-B5A6-F9D4E492CE0A}"/>
+    <hyperlink ref="C312" r:id="rId283" xr:uid="{8A94FA3E-57B5-43B6-B5A0-B2961D14EB31}"/>
+    <hyperlink ref="C313" r:id="rId284" xr:uid="{34F41283-D17E-46DD-A7DF-490785C608F2}"/>
+    <hyperlink ref="C314" r:id="rId285" xr:uid="{518D9C56-7478-4D81-AAED-9AE35FB9753B}"/>
+    <hyperlink ref="C315" r:id="rId286" xr:uid="{DD4BB984-0743-42A8-921B-D3120DA57FD7}"/>
+    <hyperlink ref="C76" r:id="rId287" display="datoru programmatūra,datorspēles,videospēles,elektroniskās spēles,datorprogrammas,apģērbi,galvassegas,u.c" xr:uid="{7EF541C5-0BBE-4907-9BE9-9F61E9217645}"/>
+    <hyperlink ref="C316" r:id="rId288" xr:uid="{9E3C0438-9707-4B95-A947-43F63B1C3BFC}"/>
+    <hyperlink ref="C317" r:id="rId289" xr:uid="{3FD4744C-1621-452D-AFE9-4437F85C7299}"/>
+    <hyperlink ref="C318" r:id="rId290" xr:uid="{806F0C72-0758-4963-9047-C25C4214AB11}"/>
+    <hyperlink ref="C319" r:id="rId291" xr:uid="{156259BD-CAB7-4F40-8024-4E96628F3C60}"/>
+    <hyperlink ref="C320" r:id="rId292" xr:uid="{293452BB-6FCC-484E-8152-8A1B29F8B123}"/>
+    <hyperlink ref="C321" r:id="rId293" xr:uid="{6856CAB9-7ADA-4687-9618-BEDABD5A0B7F}"/>
+    <hyperlink ref="C322" r:id="rId294" xr:uid="{5796E5FE-7BB6-4E16-B4F8-065A81CB7856}"/>
+    <hyperlink ref="C323" r:id="rId295" xr:uid="{5AD98F73-072C-4EE8-A33B-CF92748F0B93}"/>
+    <hyperlink ref="C324" r:id="rId296" xr:uid="{8A0D5E79-8AA7-47FA-9143-BEC0432A69D6}"/>
+    <hyperlink ref="C325" r:id="rId297" xr:uid="{008B84EA-4814-4A96-B758-5112DC33DF81}"/>
+    <hyperlink ref="C326" r:id="rId298" xr:uid="{F663EFF8-B653-4B28-95A4-2975EAA48615}"/>
+    <hyperlink ref="C327" r:id="rId299" xr:uid="{334B6B88-A403-479C-ADBB-7433D6E4F032}"/>
+    <hyperlink ref="C328" r:id="rId300" xr:uid="{4CA66DCE-316A-4351-A05A-4218E622CBC0}"/>
+    <hyperlink ref="C329" r:id="rId301" xr:uid="{A25A3EBB-933B-4324-92C4-6E05B940E23C}"/>
+    <hyperlink ref="C330" r:id="rId302" display="aksesuāri un iekārtas mobiliem telefoniem un datoriem,kabeļi;rokturi   un futrāļi mobilajiem tālruņiem, datoriem, konteineri elektroniskām ierīcēm,energoavoti, baterijas,elektriskie akumulatori,lādētāji akumulatoriem;lādētāji elektriskajām baterijām; Plāk" xr:uid="{FDCCFF8F-A64B-4546-85F8-E206370F8C1B}"/>
+    <hyperlink ref="C331" r:id="rId303" display="gaļa, zivis, mājputni un medījums; gaļas ekstrakti, konservēti, žāvēti un vārīti augļi un dārzeņi, olas, piena produkti, želejas, ievārījumi, kompoti, piens un piena dzērieni, kafija un kafijas aizstājēji, tēja, kakao, dzeramā šokolāde, graudaugu batoniņi" xr:uid="{945C1A36-B2A4-410F-A2D4-D7368DAD42E4}"/>
+    <hyperlink ref="C332" r:id="rId304" xr:uid="{FD69EB76-5ACE-4DA8-A351-50FC93B03945}"/>
+    <hyperlink ref="C333" r:id="rId305" display="šokolādes, konfektes u.c." xr:uid="{9D1244D1-8B56-4D01-A202-17903C2F07A5}"/>
+    <hyperlink ref="C334" r:id="rId306" xr:uid="{D63939FE-1667-42F5-AE5F-56EC9D3E116C}"/>
+    <hyperlink ref="C335" r:id="rId307" xr:uid="{2BA1FC45-E2ED-4B75-8184-40011D428F33}"/>
+    <hyperlink ref="C336" r:id="rId308" display="Piel/GFM GmbH Trademarks" xr:uid="{EAED7D08-F1F5-4E11-9A08-5821ACE36A64}"/>
+    <hyperlink ref="C337" r:id="rId309" xr:uid="{5FEEA990-6378-48B8-8D50-8498D11E7B7A}"/>
+    <hyperlink ref="C338" r:id="rId310" xr:uid="{4C2F0889-4382-490C-900B-A5E73661DA7C}"/>
+    <hyperlink ref="C339" r:id="rId311" xr:uid="{DDED4565-C4E7-46AF-B7AE-ABBDDB8685E5}"/>
+    <hyperlink ref="C341" r:id="rId312" display="apgaismošanas ierīces, spuldzes, neona lampas,  to daļas" xr:uid="{937EBE41-028B-45DE-A443-A793ADC373D7}"/>
+    <hyperlink ref="C342" r:id="rId313" xr:uid="{CB188614-D54A-4BB4-AB51-B074533D21ED}"/>
+    <hyperlink ref="C343" r:id="rId314" xr:uid="{566A3151-A435-4167-8A61-A80D495E040C}"/>
+    <hyperlink ref="C344" r:id="rId315" xr:uid="{54B97C33-C995-4E07-B673-44697D817ACC}"/>
+    <hyperlink ref="C345" r:id="rId316" display="mašīnvadītas ierīces un mašīnas dārzkopībai un ainavu veidošanai, lauksaimniecībai un mežsaimniecībai, zaļo zonu un teritoriju uzturēšanai, ceļu un ielu tīrīšanai, grants ceļu un pelnu celiņu uzturēšanai, ziemu uzturēšanai uz celiņiem, jo īpaši zemes apstrādes mašīnām, piemēram, kaplēšanai un frēzēšanai , arkli, izkliedētāji, kultivatori, ecēšas, izlīdzinātāji, zemes urbji un izkliedētāji,motorizētie zāles pļāvēji " xr:uid="{E035A376-E163-4AA7-B405-037F45E1879F}"/>
+    <hyperlink ref="C346" r:id="rId317" xr:uid="{306237D1-F0F8-4F51-A708-80EA2C63FB08}"/>
+    <hyperlink ref="C347" r:id="rId318" xr:uid="{3187984C-E67C-470F-A0EF-57AA177FD617}"/>
+    <hyperlink ref="C348" r:id="rId319" xr:uid="{2EAFCFEE-F6B8-4E5A-B59D-CE6A450C3468}"/>
+    <hyperlink ref="C349" r:id="rId320" display="Piel/KaVo Dental GmbH" xr:uid="{750A5602-BC35-4A30-BA6A-5F4460F834CB}"/>
+    <hyperlink ref="C350" r:id="rId321" xr:uid="{17060572-C928-449A-B79C-74DF733708EA}"/>
+    <hyperlink ref="C351" r:id="rId322" xr:uid="{6C458DD8-8AA2-4ADA-8784-6B6FD562DC6B}"/>
+    <hyperlink ref="C352" r:id="rId323" xr:uid="{995383AF-D318-41D9-B003-F4B6DC8F9BA2}"/>
+    <hyperlink ref="C353" r:id="rId324" xr:uid="{785AA447-68B3-4B4F-B9CE-41A3D11FF9E0}"/>
+    <hyperlink ref="C354" r:id="rId325" xr:uid="{2ED19939-DEC7-408F-8D30-14E53616CA50}"/>
+    <hyperlink ref="C216" r:id="rId326" xr:uid="{621598FC-8C15-43CC-8D39-5F18DA8C551C}"/>
+    <hyperlink ref="C355" r:id="rId327" xr:uid="{825121E6-CE1E-4E73-B67B-DBFB46AEFE83}"/>
+    <hyperlink ref="C356" r:id="rId328" xr:uid="{513D5E79-250B-48FD-B2F1-686EF6F7AFA4}"/>
+    <hyperlink ref="C357" r:id="rId329" xr:uid="{A1BCA8A2-209D-411A-A6C0-390D4DB9B535}"/>
+    <hyperlink ref="C358" r:id="rId330" xr:uid="{57512256-E8A8-446E-9A32-776572BB8329}"/>
+    <hyperlink ref="C359" r:id="rId331" xr:uid="{E92EC4B3-FE40-4D85-A0DB-C309B02A4036}"/>
+    <hyperlink ref="C360" r:id="rId332" xr:uid="{F26C64AF-C0D1-4319-B939-8315FF68D3B1}"/>
+    <hyperlink ref="C361" r:id="rId333" xr:uid="{F22D712B-956E-4A2F-B3E2-55B301C6BF63}"/>
+    <hyperlink ref="C362" r:id="rId334" xr:uid="{5B1AED8D-6055-4C70-823E-30505A892B63}"/>
+    <hyperlink ref="C363" r:id="rId335" display="Kioxia Corporation" xr:uid="{9F0631E1-C295-45A8-B540-26675BA5BF7A}"/>
+    <hyperlink ref="C364" r:id="rId336" xr:uid="{52B4F224-ED99-48A2-9B52-3EF70968A6F8}"/>
+    <hyperlink ref="C365" r:id="rId337" xr:uid="{41775533-4BFF-46C3-B45F-532368F58289}"/>
+    <hyperlink ref="C366" r:id="rId338" display="kosmētika, sukas,  spoguļi u.c." xr:uid="{38BBE24F-0D6D-46DB-98BF-E4ABBC303A23}"/>
+    <hyperlink ref="C367" r:id="rId339" xr:uid="{4F1DE28A-A6CF-4F2F-BA76-ADDBAFC3430A}"/>
+    <hyperlink ref="C368" r:id="rId340" xr:uid="{BCDE99DF-7219-4520-AF9E-415123DE2C3D}"/>
+    <hyperlink ref="C369" r:id="rId341" display="medicīnas instrumentu,farmaceitiskie izstrādājumi, sanitārijas ierīces u.c." xr:uid="{86023E8C-5F78-4A27-99F0-8A3B1B00C1B4}"/>
+    <hyperlink ref="C370" r:id="rId342" xr:uid="{630F2046-7BF6-42E1-B4C5-9264E139A8E8}"/>
+    <hyperlink ref="C371" r:id="rId343" xr:uid="{36E9AA26-B35C-403A-A572-EAC62D8CAE9D}"/>
+    <hyperlink ref="C372" r:id="rId344" xr:uid="{08FC551A-D600-4CED-B18C-699D1E1F8B94}"/>
+    <hyperlink ref="C373" r:id="rId345" xr:uid="{9517306F-DF80-4FB7-ACD3-D167097DA255}"/>
+    <hyperlink ref="C374" r:id="rId346" xr:uid="{AB36F9A3-3DDC-4968-9B4F-96797239DD23}"/>
+    <hyperlink ref="C375" r:id="rId347" display="sporta apģērbi un aksesuāri.  peldkostīmi, pludmales apģērbi, ķermeņa pacēlāji, brilles,  sandales, spuras,pleznas,  peldošās jostas un ar tiem saistīti piederumi" xr:uid="{ED8ED2E1-16D4-42B3-BF72-714FDDDF5F6D}"/>
+    <hyperlink ref="C140" r:id="rId348" xr:uid="{C0B0CB94-9E18-44E0-ADE0-ED5C04AA2850}"/>
+    <hyperlink ref="C376" r:id="rId349" xr:uid="{EBF2AC25-2320-40DB-A90F-A0FDCD48BB87}"/>
+    <hyperlink ref="C377" r:id="rId350" xr:uid="{32CCCAAD-2FCA-4E46-89C4-93CD7763FE62}"/>
+    <hyperlink ref="C378" r:id="rId351" display="Piel/TRB  International SA" xr:uid="{B3701B5A-42C1-41F6-A219-FD6FC6487414}"/>
+    <hyperlink ref="C380" r:id="rId352" xr:uid="{4BE51FD6-C9D8-4CFD-8888-DC2285270671}"/>
+    <hyperlink ref="C381" r:id="rId353" xr:uid="{C6D914C5-3DDB-40A2-BB5E-416B07907011}"/>
+    <hyperlink ref="C382" r:id="rId354" xr:uid="{090A0176-CA60-4D6A-8818-D49AC17B8BB7}"/>
+    <hyperlink ref="C383" r:id="rId355" display="santehnika, radiatori u.c." xr:uid="{EC495AB6-F21B-4F5E-B58C-86696FFD590C}"/>
+    <hyperlink ref="C384" r:id="rId356" xr:uid="{1F8D8980-FF74-4F81-98C1-73261A31347B}"/>
+    <hyperlink ref="C385" r:id="rId357" display="gaļa, zivis, mājputni un medījumi, gaļas ekstrakti, konservēti, saldēti, žāvēti un vārīti augļi un dārzeņi, želejas, ievārījumi, kompots, olas, piens un piena produkti, pārtikas eļļas un tauki, Nesagatavoti un neapstrādāti lauksaimniecības, ūdens, dārzkopības un mežsaimniecības produkti,  graudaugi un sēklas, svaigi augļi, dārzeņi un zaļumi, dabiski augi un ziedi, ziedu sīpoli, stādi un sēklas stādīšanai, dzīvi dzīvnieki, pārtika un dzērieni dzīvniekiem, iesals u.c" xr:uid="{2FC1D8AF-2371-49B5-94C2-8BF932EAFD41}"/>
+    <hyperlink ref="C386" r:id="rId358" xr:uid="{BEC4BAD3-AC80-4788-B7BF-B27241219A1E}"/>
+    <hyperlink ref="C387" r:id="rId359" xr:uid="{883FB285-7E0F-42B2-A269-16462ED94083}"/>
+    <hyperlink ref="C388" r:id="rId360" xr:uid="{FB219ABC-613C-4DA4-9C4C-1432021F7F89}"/>
+    <hyperlink ref="C389" r:id="rId361" xr:uid="{601B67EC-D854-41E6-BB27-CF7B6664497D}"/>
+    <hyperlink ref="C391" r:id="rId362" xr:uid="{30702242-7396-4365-B40D-E152595073F9}"/>
+    <hyperlink ref="C392" r:id="rId363" display="ogļhidruma un alumīnija radzes riteņus" xr:uid="{B9DE0654-3D81-4B24-9487-D30D7758E9EF}"/>
+    <hyperlink ref="C393" r:id="rId364" display="Piel/Dell Corporation Ltd" xr:uid="{2B4D78A3-95D0-4AB4-A801-BEB60F1BEECF}"/>
+    <hyperlink ref="C394" r:id="rId365" xr:uid="{61B1BCBE-89FB-4114-8157-49E959DA441E}"/>
+    <hyperlink ref="C395" r:id="rId366" display="apģērbs, apavi, galvassegas,bērnu sēdeklīši,krēsli, taburetes,galdi, līmējošie pārsēji, ziepes, sauļošanās krēms, odekoloni, bērnu pārtika,                     spēles un rotaļlietas, vingrošanas un sporta preces, rotājumi Ziemassvētku eglītēm,  velosipēdi, lampas, lukturīši, velosipēdu lukturi, ierakstītas audio lentas un DVD, skaņu ierakstītāji  un atskaņotāji, digitālās kameras      izklaidei bērniem un zīdaiņiem, atslēgu piekariņi u.c." xr:uid="{4CF67E46-4263-4D0D-B813-DA53A541FC82}"/>
+    <hyperlink ref="C396" r:id="rId367" display="apģērbi, apavi, galvassegas,  bižutērija u.c." xr:uid="{B2E12091-C4DD-4A0B-A04F-6E6273C2A622}"/>
+    <hyperlink ref="C397" r:id="rId368" xr:uid="{975C17FE-DFA2-4B50-9469-5BB48C84FE07}"/>
+    <hyperlink ref="C398" r:id="rId369" display="motora korpusi,  transportlīdzekļu daļas, aprīkoti motociklu pārsegi u.c." xr:uid="{E11633BE-0906-42E4-A278-224F8B95937A}"/>
+    <hyperlink ref="C399" r:id="rId370" display="Piel/TikTok Information Technologies UK Limited" xr:uid="{F262504A-CD3F-47A0-AB82-9FC0A9DCF56F}"/>
+    <hyperlink ref="C400" r:id="rId371" xr:uid="{3E1177A2-9223-4148-8927-10CAF2CEEA1E}"/>
+    <hyperlink ref="C401" r:id="rId372" xr:uid="{AA083346-5222-46F4-87BB-A3FEAB99CC2D}"/>
+    <hyperlink ref="C402" r:id="rId373" display="Piel/JACQUEMUS" xr:uid="{76237E6E-4A4B-4606-8701-24E49931A90E}"/>
+    <hyperlink ref="C404" r:id="rId374" xr:uid="{2A0E1187-47EB-422B-BDCB-DB0A52AEBE67}"/>
+    <hyperlink ref="C405" r:id="rId375" xr:uid="{0B37A103-5045-43FA-AFAC-67EC44D8784B}"/>
+    <hyperlink ref="C406" r:id="rId376" display=" juvelierizstrādājumi, sudraba rotaslietas,dārgmetālu figūriņas -statuetes,  medaļas, bižutērija, atslēgu piekariņi personīgie piederumi, u.c." xr:uid="{F4682966-5EDC-41BE-A531-530CA291742B}"/>
+    <hyperlink ref="C407" r:id="rId377" xr:uid="{DE703D6E-D2B5-4403-AC59-6B1FBDB41CB1}"/>
+    <hyperlink ref="C408" r:id="rId378" xr:uid="{348848C0-F7DD-4C82-A9C8-962A7A3A7D7E}"/>
+    <hyperlink ref="C409" r:id="rId379" xr:uid="{E8F9116E-4C04-414E-BC76-B388F481B794}"/>
+    <hyperlink ref="C410" r:id="rId380" xr:uid="{392D6AB8-E904-47DE-986B-7BDCD2C6D139}"/>
+    <hyperlink ref="C172" r:id="rId381" display=" USB atmiņas kartes,utt" xr:uid="{C62A3BFE-8514-4404-AC5D-B1A10161CBF7}"/>
+    <hyperlink ref="C171" r:id="rId382" display="transportlīdzekļu  piedziņas sistēmas,apgaismes sistēmas, virsbūves kontroles sistēmas, spēka pievadu kontroles sistēmas, elektronisko instrumentu kopu, telemātikas sistēmas un datori, piekares sistēmas un sastāvdaļas, izplūdes sistēmas,u.c " xr:uid="{F770DA2F-74D6-4E80-BED5-19DFA83032F1}"/>
+    <hyperlink ref="C411" r:id="rId383" xr:uid="{9AF76267-96D1-4A78-A489-0D547390EB14}"/>
+    <hyperlink ref="C412" r:id="rId384" display="gaisa kondicionēšanas iekārtas  un piederumi u.c." xr:uid="{58419121-93C9-4405-995A-4D2E2E458E22}"/>
+    <hyperlink ref="C413" r:id="rId385" xr:uid="{DE72B59C-EC9C-4049-8B4D-8769FA9EC3AF}"/>
+    <hyperlink ref="C414" r:id="rId386" display="vingrošanas un sporta preces, apģērbs, apavi, galvassegas, pulksteņi, ceļojumu futrāļi, somas,spēles, rotaļlietas, video spēļu ierīces,  juvelierizstrādājumi u.c." xr:uid="{D247A1C3-DDF9-465D-BFA0-280C9796A588}"/>
+    <hyperlink ref="C415" r:id="rId387" display="Piel/Genius_Nicer Dicer Quick" xr:uid="{BFD4DF69-8168-4D12-ACF2-2B568E8108B3}"/>
+    <hyperlink ref="C416" r:id="rId388" xr:uid="{BD722931-7B54-462B-901B-652331D9AE86}"/>
+    <hyperlink ref="C417" r:id="rId389" xr:uid="{E016A938-0E1B-4FA3-9E56-8A9F83B7BA6B}"/>
+    <hyperlink ref="C418" r:id="rId390" xr:uid="{BD24325B-4E21-46C5-9DF5-CF64901E94EB}"/>
+    <hyperlink ref="C419" r:id="rId391" display=" pildspalvas, mehāniski zīmuļi, marķieru pildspalvas un citi rakstāmpiederumi, kancelejas preces." xr:uid="{D6F7403A-8D7F-4B0F-9B45-F7AEFA2DB2CE}"/>
+    <hyperlink ref="C420" r:id="rId392" xr:uid="{261D673D-E340-4A79-BE94-BE216D0138C0}"/>
+    <hyperlink ref="C421" r:id="rId393" xr:uid="{7A1E6C7E-E188-4F46-B741-1594F6CE9B21}"/>
+    <hyperlink ref="C422" r:id="rId394" display="Piel/SHELTERED WINGS INC D_B_A VORTEX OPTICS" xr:uid="{2F8FB2F1-4387-486F-95A8-E44652B099F7}"/>
+    <hyperlink ref="C423" r:id="rId395" xr:uid="{D3F718E9-5A7B-4FCC-BD0A-31D1F46AF27E}"/>
+    <hyperlink ref="C424" r:id="rId396" xr:uid="{A4AEC209-1846-485D-85AD-43040DE58ED8}"/>
+    <hyperlink ref="C425" r:id="rId397" display=" aizsardzības un drošības aprīkojums, aizsarg ķiveres, aizsargmaskas aizsargzābaki, aizsarg apģērbs [bruņas],  aizsargapģērbs, cimdi, apģērbs, galvassegas un apavi medicīnas personālam un pacientiem, medicīniskie pārsēji,  autiņbiksītes zīdaiņiem un nesaturēšana, peldbikses zīdaiņiem,    automašīnu sēdekļi, pārvalki, galvas balsti, bērnu drošības sēdekļi transportlīdzekļiem, izstrādājumi no ādas, proti, kastes, maki, čemodāni un čemodāni dokumentiem, maki, kredītkaršu futrāļi, atslēgu futrāļi, somas un čemodāni,  atslēgu maisiņi, mugursomas, maki, apģērbs, apavi,  u.c." xr:uid="{C99F36BD-76FC-4AFB-AD22-3E8B2E4DFEB7}"/>
+    <hyperlink ref="C426" r:id="rId398" xr:uid="{54757399-313C-4C39-9236-9963075F3A66}"/>
+    <hyperlink ref="C427" r:id="rId399" xr:uid="{6029EACF-30B5-410C-BEB5-E7F615A6CD64}"/>
+    <hyperlink ref="C428" r:id="rId400" display=" agregāti cirkulācijas sūkņiem, zemūdens sūkņiem un centrbēdzes sūkņiem.  elektronika sūkņiem un citu sistēmu vadības ierīcēm,  elektromotori sūkņiem u.c." xr:uid="{1C8DC23A-4C2B-4BBC-B992-F5292EFDAD5F}"/>
+    <hyperlink ref="C429" r:id="rId401" xr:uid="{0B4AECA1-8A2A-4D7F-BA52-1C65BEFF7B61}"/>
+    <hyperlink ref="C214" r:id="rId402" xr:uid="{58D16FC9-7D4F-413C-9F7A-4A56DD840FD4}"/>
+    <hyperlink ref="C430" r:id="rId403" display="spēles un rotaļlietas, kompaktdiski, lentes un DVD ar izdomātiem varoņiem un aktivitātēm bērniem, filmas, televīzijas programmas, grāmatas, mūzika un rotaļlietu lietošanas instrukcijas, kosmētika, tualetes piederumi, apģērbs, apavi, galvassegas,  somas, maki u.c.  " xr:uid="{15747787-C80C-48CA-82A8-D5B752C429DB}"/>
+    <hyperlink ref="C431" r:id="rId404" xr:uid="{3619071F-E63B-4BDB-857C-1F4CB0739EF3}"/>
+    <hyperlink ref="C432" r:id="rId405" xr:uid="{46111667-4EDF-41C6-AEE8-48803465DF44}"/>
+    <hyperlink ref="C433" r:id="rId406" xr:uid="{40493B48-482E-439E-8EA1-07F2B5EC1FAD}"/>
+    <hyperlink ref="C434" r:id="rId407" xr:uid="{752D5436-7EED-4675-A607-74C913CC1DBB}"/>
+    <hyperlink ref="C436" r:id="rId408" xr:uid="{22FA0E92-95AD-45F5-8E31-8923FBAAE6C3}"/>
+    <hyperlink ref="C438" r:id="rId409" xr:uid="{8E3A9522-76A3-4942-BE6E-D452B1AD72C0}"/>
+    <hyperlink ref="C439" r:id="rId410" xr:uid="{4F742D36-A694-4977-948F-505065A5208F}"/>
+    <hyperlink ref="C440" r:id="rId411" xr:uid="{A10E74CD-7771-4565-94E2-7394590EC4A2}"/>
+    <hyperlink ref="C441" r:id="rId412" xr:uid="{E0884BE1-7CBB-4E83-823C-6923176CC0F3}"/>
+    <hyperlink ref="C442" r:id="rId413" xr:uid="{EAD01F0E-2C8F-4516-8DB1-F14C3DB943F7}"/>
+    <hyperlink ref="C443" r:id="rId414" xr:uid="{776FBC1A-79E6-4857-B11F-08AEFA91278E}"/>
+    <hyperlink ref="C444" r:id="rId415" xr:uid="{7B1F7EC8-271F-4448-8CFA-1D9B6FBD2252}"/>
+    <hyperlink ref="C445" r:id="rId416" display="apģērbs, galvassegas, preparāti balināšanai un citas veļas vielas, preparāti tīrīšanai, pulēšanai, attaukošanai un noberšanai, ziepes, parfimērijas izstrādājumi, ēteriskās eļļas, kosmētika, matu losjoni, zobu pastas;apakšveļa, zeķes, cimdi,  apavi, apavu zoles, krēmi, pastas, vaski, kondicionieri, pulēšanai, tīrīšanai un aizsardzībai no lietus, apavu tīrīšanas lupatiņas,  sukas, apavu maisiņi u.c." xr:uid="{693AA726-846E-4E9A-9545-F15FEFD2F9FB}"/>
+    <hyperlink ref="C446" r:id="rId417" xr:uid="{6DBBD980-6030-48ED-A89E-9645CF1276BF}"/>
+    <hyperlink ref="C447" r:id="rId418" xr:uid="{B35CFAFC-B3A8-4988-8DAD-633EC0CB6CB3}"/>
+    <hyperlink ref="C448" r:id="rId419" display="Aktuālo pieprasījumu saraksts 21.05.2021.xlsx" xr:uid="{B8DB44FB-2A1F-4EB0-837E-3A4DB7138E6A}"/>
+    <hyperlink ref="C449" r:id="rId420" display="Aktuālo pieprasījumu saraksts 21.05.2021.xlsx" xr:uid="{FFC96EDE-4238-4D84-8A1C-846ABA7BB63B}"/>
+    <hyperlink ref="C450" r:id="rId421" xr:uid="{6E47DDA9-3FD6-4D54-8B51-0071D2D18F40}"/>
+    <hyperlink ref="C451" r:id="rId422" display="elektriskās,elektroniskās ierīces un instrumenti elektrības pārvadāšanai, vadīšanai,pārslēgšanai, pārveidošanai,uzkrāšanai, regulēšanai,filtrēšanai, mērīšanai  un kontrolei u.c. " xr:uid="{886A2217-48B6-4E42-9EE6-8AA1F23EF1B4}"/>
+    <hyperlink ref="C452" r:id="rId423" xr:uid="{E741580C-A183-4D2A-916B-8F901E7CCAAE}"/>
+    <hyperlink ref="C453" r:id="rId424" display="ķīmiskie produkti, kas paredzēti ūdens attīrīšanai un atsāļošanai,  absorbenti, katalizatori, Jonu apmaiņas sveķi ar ierobežotu granulometriju izmantošanai ūdens attīrīšanā un daudzos citos pielietojumos, piemēram, saldinātāju hromatogrāfijā, aminoskābju atdalīšanā, farmācijas rūpniecībā kopumā, cukura attīrīšanā un citos pielietojumos pārtikas nozarē u.c. " xr:uid="{63DF1669-4095-4FD5-8F6C-1BD546B624C8}"/>
+    <hyperlink ref="C454" r:id="rId425" xr:uid="{3A5E0C31-A36A-4AEC-A12F-9FA9C2686CD1}"/>
+    <hyperlink ref="C455" r:id="rId426" xr:uid="{33DA73FF-6910-404C-B9B9-0CDBDEC8B7A9}"/>
+    <hyperlink ref="C456" r:id="rId427" xr:uid="{4A2BC208-9F3B-4399-8CDA-1A40D9B8E914}"/>
+    <hyperlink ref="C457" r:id="rId428" xr:uid="{02728A34-3844-4F7F-A0B1-7EA95EC2EC39}"/>
+    <hyperlink ref="C458" r:id="rId429" xr:uid="{F8FE4944-ABE6-4B81-A17B-C549FAD731B4}"/>
+    <hyperlink ref="C459" r:id="rId430" xr:uid="{16BB3688-49BA-4528-A369-62DE00060F90}"/>
+    <hyperlink ref="C460" r:id="rId431" display="Aktuālo pieprasījumu saraksts 14.06.2021.xlsx" xr:uid="{5B2DDC1A-13A0-42CF-9757-E55AF3ADE242}"/>
+    <hyperlink ref="C461" r:id="rId432" xr:uid="{03379E66-601D-47ED-96D2-796CE5E508F4}"/>
+    <hyperlink ref="C462" r:id="rId433" xr:uid="{F8C78382-04E2-4296-BD95-4407114D77FB}"/>
+    <hyperlink ref="C463" r:id="rId434" display=" elektroniskās un pjezoelektriskās šķiltavas un to piederumi, mērlentes; atslēgu piekariņi, spalvu nazītis, saulesbrilles u.c." xr:uid="{8266E804-582A-49A7-9FC7-93DB2E896F3B}"/>
+    <hyperlink ref="C464" r:id="rId435" display="šampanietis" xr:uid="{BF7F5BBE-2C72-431B-A986-FE8E63933B80}"/>
+    <hyperlink ref="C465" r:id="rId436" xr:uid="{F2AD1623-D335-42BB-943A-9D2E32EA82BD}"/>
+    <hyperlink ref="C466" r:id="rId437" xr:uid="{5031659F-CCC4-4E95-9DE4-B43239AB3CBD}"/>
+    <hyperlink ref="C467" r:id="rId438" display="parfimērijas izstrādājumi, kosmētika, smaržas, brilles, saulesbrilles, rāmji un lēcas, ...juvelierizstrādājumi, bižutērija,  pulksteņi, gredzeni, rokassprādzes, kuloni, auskari, aproču pogas, aproces, pulksteņu siksnas, ķēdes, pulksteņu izstrādājumi, kaklasaišu saspraudes, metāla apavu un cepuru rotājumi, pulksteņi, atslēgu gredzeni, somas, maki, čemodāni, čemodāni,  apģērbs, jostas, peldkostīmi, šalles, kaklasaites, apavi, apavi, zābaki, sandales, cimdi, cepures,  mēbeles, spoguļi, attēlu rāmji u.c." xr:uid="{6FB372FA-E9AA-420B-AF85-6F8423DEF6D7}"/>
+    <hyperlink ref="C468" r:id="rId439" xr:uid="{5B26D0CA-5936-4D5C-85D1-5503978AF892}"/>
+    <hyperlink ref="C469" r:id="rId440" xr:uid="{CF584B17-A9AD-417C-A22E-0D2E66CB82CA}"/>
+    <hyperlink ref="C474" r:id="rId441" display="Aktuālo pieprasījumu saraksts 04.08.2021.xlsx" xr:uid="{352027FE-7D06-4E9A-A55B-A3C42F34CBD1}"/>
+    <hyperlink ref="C475" r:id="rId442" xr:uid="{E6985A25-2F65-446D-A8ED-1B833AA8D123}"/>
+    <hyperlink ref="C476" r:id="rId443" xr:uid="{CF345B01-2033-4594-A558-E3BFBD0D9DCA}"/>
+    <hyperlink ref="C477" r:id="rId444" display="digitālās kameras, svari, sporta brilles, saulesbrilles, brilles; dzīvības glābšanas ierīces un aprīkojums, glābšanas vestes, pludiņi drošības nolūkos elektriskās baterijas, bezvadu skaļruņi,  audio uztvērēji, elektriskie audio, video aparāti un instrumenti,   kosmētika,ādas kopšanas līdzekļi,  vannas un dušas līdzekļi, skūšanās,  sauļošanās līdzekļi,smaržas lietošanai mājās zīdaiņu losjoni,  bērnu eļļas, nemedicīniski bērnu krēmi, šampūni mājdzīvniekiem u.c" xr:uid="{187DE0AB-E427-4F93-9AE0-E202F5E5EE69}"/>
+    <hyperlink ref="C478" r:id="rId445" xr:uid="{EC2AC9AC-44C2-42C4-B366-E575091BD055}"/>
+    <hyperlink ref="C105" r:id="rId446" xr:uid="{064BB204-1597-42BB-9A34-FCA21F71445D}"/>
+    <hyperlink ref="C479" r:id="rId447" xr:uid="{54169E3B-1B74-4619-9FC4-E0452C45C503}"/>
+    <hyperlink ref="C480" r:id="rId448" xr:uid="{4EA62BFF-737C-43F1-BA36-F95D9B6BDFC9}"/>
+    <hyperlink ref="C481" r:id="rId449" xr:uid="{56FB69F9-AEF2-40C4-89B9-5C413B40358D}"/>
+    <hyperlink ref="C261" r:id="rId450" xr:uid="{A4E89316-C6B8-4E13-8C3E-0B01FA069CEB}"/>
+    <hyperlink ref="C262" r:id="rId451" display="e-smēķētājs" xr:uid="{64FB2727-10A6-4DAB-B4B2-8D137949501D}"/>
+    <hyperlink ref="C263" r:id="rId452" xr:uid="{6B46DDD1-9381-445A-AB10-1B0EB323BEAF}"/>
+    <hyperlink ref="C264" r:id="rId453" xr:uid="{F0828755-7540-48D1-90CD-A67C39F5ECA5}"/>
+    <hyperlink ref="C265" r:id="rId454" xr:uid="{BE11AE71-D07F-4314-8343-307D34D21D9C}"/>
+    <hyperlink ref="C266" r:id="rId455" xr:uid="{066EC16E-2491-4261-A4C6-D0E235060511}"/>
+    <hyperlink ref="C267" r:id="rId456" display="elektriskā lampas un apgaismojums, un gaismas atstarotāji, sanitārtehniskās iekārtas un aprīkojums, ūdensapgādes iekārtas, degļi, katli un sildītāji, vārīšanas, apkures, dzesēšanas un citas pārtikas un dzērienu apstrādes iekārtas un aprīkojums, kamīni, in" xr:uid="{793716D7-A5CD-4178-BE80-26A9761AF9A4}"/>
+    <hyperlink ref="C268" r:id="rId457" xr:uid="{FA079F4E-C3D3-4C13-B8EC-EC89EB1BEF3F}"/>
+    <hyperlink ref="C269" r:id="rId458" xr:uid="{71059B24-A3E2-4989-A7D1-635D4E98C066}"/>
+    <hyperlink ref="C270" r:id="rId459" xr:uid="{544BDD14-7840-4D3E-99D1-E308DFF97B3A}"/>
+    <hyperlink ref="C271" r:id="rId460" xr:uid="{64F1879F-C076-4385-BF1D-A6900118CB59}"/>
+    <hyperlink ref="C272" r:id="rId461" xr:uid="{6C909A21-DF72-4ACB-9FC6-2BA2FDD9164F}"/>
+    <hyperlink ref="C485" r:id="rId462" xr:uid="{597D3D83-EA2F-4605-81C2-B549BB86A93D}"/>
+    <hyperlink ref="C486" r:id="rId463" xr:uid="{C671B78C-04CC-430C-8224-AD9AE6D3D154}"/>
+    <hyperlink ref="C102" r:id="rId464" xr:uid="{AA18D794-D272-49DD-BCDE-A0AA5CBFDD77}"/>
+    <hyperlink ref="C101" r:id="rId465" xr:uid="{5747C67A-016F-449D-AB5F-B46918C93894}"/>
+    <hyperlink ref="C487" r:id="rId466" xr:uid="{5843447C-E984-4418-96F2-85CDAD1259E9}"/>
+    <hyperlink ref="C488" r:id="rId467" display="automašīnas, divriteņi, motorolleri, motocikli, tricikli, to detaļas un piederumi" xr:uid="{0922CED6-1CB8-436C-A25B-B33D795B943D}"/>
+    <hyperlink ref="C484" r:id="rId468" xr:uid="{D1A72242-6F40-4CE0-8CC8-5B35C3CA7710}"/>
+    <hyperlink ref="C483" r:id="rId469" xr:uid="{C8E4586E-D869-4BD7-AADA-5079B40CA1DC}"/>
+    <hyperlink ref="C482" r:id="rId470" display="somas, galvassegas, džinsi; apakšveļa, krekli u.c. " xr:uid="{E1A11450-1AD0-4A3E-B8FE-B33E6D725DD9}"/>
+    <hyperlink ref="C489" r:id="rId471" display="   elektroniskas, digitālas un rokas ierīces ar to saistītā programmatūra,  telekomunikāciju aparāti un instrumenti,  juvelierizstrādājumi, bižutērija, sienas pulksteņi, pulksteņi personīgai lietošanai,  izsmalcināti atslēgu piekariņi, pulksteņu vai juvelierizstrādājumu futrāļi, dārgmetālu kastes un konteineri,  to daļas un piederumi." xr:uid="{D50FC278-F0D5-46D3-A468-574E4D017617}"/>
+    <hyperlink ref="C490" r:id="rId472" xr:uid="{2B2C627F-01F1-4854-AD3D-793522BB24B5}"/>
+    <hyperlink ref="C491" r:id="rId473" display="Aktuālo pieprasījumu saraksts 14.10.2021.xlsx" xr:uid="{F564D73F-0AD5-4121-8A26-BB40364B8EBD}"/>
+    <hyperlink ref="C492" r:id="rId474" xr:uid="{A4F88325-A1B4-45F7-B4DE-558239998AE3}"/>
+    <hyperlink ref="C493" r:id="rId475" display=" mini vakuma sūkņi, somas uzglabāšanai u.c." xr:uid="{70CC0592-DFC5-4648-8CA6-817B6C29CFD6}"/>
+    <hyperlink ref="C494" r:id="rId476" xr:uid="{1A8C809A-9D4E-4FC1-AAAF-D3A044FDB39F}"/>
+    <hyperlink ref="C495" r:id="rId477" display="mēbeles, spoguļi, rāmji; konteineri, mājsaimniecības un virtuves piederumi un trauki, tekstilizstrādājumi, juvelierizstrādājumi,rokas darbarīki, galda piederumi;papīrs un kartons, iespieddarbi, grāmatu iesiešana, āda un ādas imitācijas, parasti metāli un to sakausējumi, rūdas, kosmētikas un tualetes izstrādājumi  u.c." xr:uid="{EAFF4895-5D43-48EE-AA23-157288290BF5}"/>
+    <hyperlink ref="C496" r:id="rId478" display="apģērbs, apavi,       apģērba piederumi, somas,  saulesbrilles" xr:uid="{17FDEB40-0ABF-4A5F-B567-DE5BCBF679FD}"/>
+    <hyperlink ref="C497" r:id="rId479" xr:uid="{34B6674E-535A-4B75-B3F9-FDA1D5561A67}"/>
+    <hyperlink ref="C498" r:id="rId480" xr:uid="{BBA644FA-3830-40DC-BBA0-E6875712A9A6}"/>
+    <hyperlink ref="C499" r:id="rId481" xr:uid="{3CCED735-7F29-416A-B9FA-077E4DCEF3FA}"/>
+    <hyperlink ref="C500" r:id="rId482" xr:uid="{A2A2DC83-8A06-45E1-B722-3C51D163FF24}"/>
+    <hyperlink ref="C501" r:id="rId483" display="pulksteņi un to aksesuāri" xr:uid="{B6490496-1E05-45E5-B92F-F18AFA5ABA06}"/>
+    <hyperlink ref="C502" r:id="rId484" xr:uid="{3A9ED71C-AE86-40A8-948D-34BE7FBB0873}"/>
+    <hyperlink ref="C503" r:id="rId485" xr:uid="{3538EBA2-EAB5-4D65-8A51-43DE6A1A5EF3}"/>
+    <hyperlink ref="C504" r:id="rId486" display="alkoholiskie dzērienI" xr:uid="{035762FA-5BE4-4045-947D-6EC37A109D12}"/>
+    <hyperlink ref="C505" r:id="rId487" xr:uid="{B6AB4050-5B9E-4FF4-AE44-9839F435FAF6}"/>
+    <hyperlink ref="C506" r:id="rId488" xr:uid="{FCBDB4F6-E283-4A97-8D8D-3F10764F050F}"/>
+    <hyperlink ref="C508" r:id="rId489" xr:uid="{0CC362B3-26B6-4A57-BCD3-E98B97C0D86C}"/>
+    <hyperlink ref="C509" r:id="rId490" xr:uid="{7CF4D669-38FE-43AA-B405-2BE183D4ED2A}"/>
+    <hyperlink ref="C510" r:id="rId491" xr:uid="{3A2524D7-8371-44AF-B569-5F95F7C20ADF}"/>
+    <hyperlink ref="C511" r:id="rId492" xr:uid="{343C7D1F-D1C2-4A71-B91E-02E85F0C6AD4}"/>
+    <hyperlink ref="C512" r:id="rId493" xr:uid="{9D509995-E3A9-41C3-B0BC-461BE3E6073D}"/>
+    <hyperlink ref="C513" r:id="rId494" display="Aktuālo pieprasījumu saraksts 13.12.2021.xlsx" xr:uid="{EBEF48EE-DAEB-4C20-AB2B-423F62CD9111}"/>
+    <hyperlink ref="C514" r:id="rId495" xr:uid="{5019ED9F-E699-4C22-A44F-057CFA74BBCD}"/>
+    <hyperlink ref="C515" r:id="rId496" xr:uid="{8DAB08D0-A979-4217-9EE2-131EED336316}"/>
+    <hyperlink ref="C516" r:id="rId497" xr:uid="{E9B931AB-A3A3-4387-9415-953D2823B49A}"/>
+    <hyperlink ref="C517" r:id="rId498" xr:uid="{4EF4EE80-DF09-4AE0-894A-5ACBE8C9B675}"/>
+    <hyperlink ref="C518" r:id="rId499" display="somas, čemodāni un ceļojumu somas ratiņu ceļojumu somas, mazie koferi, ādas čemodāni, preču prezentācijas futrāļi  optikas futrāļi, maki u.c. " xr:uid="{F3ADE014-1D41-4F7E-AAEC-CB1F935D923A}"/>
+    <hyperlink ref="C519" r:id="rId500" display="aromatizētas ziepes, smaržas, ēteriskās eļļas, kosmētika, odekolons, tualetes ūdens, parfimēti aerosoli ķermenim, kosmētiskās eļļas, krēmi, želejas un losjoni sejas un ķermeņa ādai, kosmētiski preparāti skūšanai, losjoni pirms skūšanās un pēcskūšanās, talks kosmētiskiem nolūkiem, vannas un dušas līdzekļi, šampūni un losjoni matiem, dezodoranti, neārstnieciski tualetes piederumi, gaisa atsvaidzinātāji, sveces, aromātiskās sveces u.c." xr:uid="{224030EE-BAC1-4F00-9B26-D6F4BF99A5D7}"/>
+    <hyperlink ref="C520" r:id="rId501" xr:uid="{AC42C65A-6062-4AC3-89DC-CD83E4889F04}"/>
+    <hyperlink ref="C521" r:id="rId502" display="šokolāde, šokolādes veidnes, cepumi ar šokolādes garšas pārklājumu, piena dzērieni, kas aromatizēti ar šokolādi, šokolādes izstrādājumi, brokastu pārslas, deserti, dārzeņi un kartupeļi (konservēti, saldēti, žāvēti vai termiski apstrādāti), augļi (konservēti, saldēti, žāvēti vai termiski apstrādāti), sēnes (konservētas, kaltētas vai termiski apstrādātas), burkas, burku vāki,  plastmasas vāki kārbām un augu podiem u.c " xr:uid="{37E87D4C-CC44-483D-8E7F-50693403357D}"/>
+    <hyperlink ref="C522" r:id="rId503" xr:uid="{9F990F6E-2D78-4AFB-8FF3-1D6E6D062361}"/>
+    <hyperlink ref="C525" r:id="rId504" xr:uid="{12FD3687-5976-4DD4-93C2-82FF7742649A}"/>
+    <hyperlink ref="C526" r:id="rId505" display="būvmateriāli,   celtniecības caurules, kas nav no metāla, asfalts, piķis un bitumens, nemetāliskas pārvietojamas ēkas,  mašīnas, kabeļi un vadi no parastā metāla [neelektriski],metāla konteineri uzglabāšanai un transportēšanai, droši darbgaldi un mehāniski darbināmi elektroinstrumenti, motori un dzinēji,  mašīnu sakabes un transmisijas komponenti, kas nav paredzēti sauszemes transportlīdzekļiem, lauksaimniecības instrumenti, izņemot ar roku darbināmus rokas instrumentus u.c." xr:uid="{24726C3A-AA86-401E-831F-42393979C121}"/>
+    <hyperlink ref="C527" r:id="rId506" display="Aktuālo pieprasījumu saraksts 6.01.2022.xlsx" xr:uid="{E54EE61A-206B-4292-A863-B06A25410CCC}"/>
+    <hyperlink ref="C529" r:id="rId507" xr:uid="{C984E07C-721B-4930-ADC6-7BC5F58C604D}"/>
+    <hyperlink ref="C530" r:id="rId508" xr:uid="{924CFBE4-E2F2-4B7E-B667-F5535E96FD74}"/>
+    <hyperlink ref="C532" r:id="rId509" xr:uid="{44AE829C-AA54-4802-804C-DC8B0D78F0A1}"/>
+    <hyperlink ref="C533" r:id="rId510" xr:uid="{8F178BE8-004C-4BEA-ADEB-01FB1126F96D}"/>
+    <hyperlink ref="C534" r:id="rId511" display="parfimērija, ēteriskās eļļas, kosmētika, apģērbi, galvassegas un apavi, aksesuāri, pārtikas produkti spēles, rotaļlietas un rotaļlietas, sporta preces, futbola bumbas, sporta bumbas, vingrošanas un ķermeņa treniņu aparāti, kultūrisma aparāti, apakšstilbu aizsargi, spēļu cimdi, spēļu kārtis,  metāla atslēgu piekariņi, nozīmītes, brilles, ceļojumu somas, kabatas portfeļi, maki un somiņas, mugursomas un koferi, dzeramās pudeles, paklāji, dvieļi, karogi un vimpeļi u.c." xr:uid="{EC13CFD8-40A8-4A59-8947-1A29C8A3331D}"/>
+    <hyperlink ref="C535" r:id="rId512" xr:uid="{0914DB30-73C3-4795-AE9E-0D1121E6F5FE}"/>
+    <hyperlink ref="C536" r:id="rId513" xr:uid="{65B2A3C8-A105-4FFC-BED8-45DD0C84A3D2}"/>
+    <hyperlink ref="C537" r:id="rId514" xr:uid="{7C35C4FC-D06A-4392-AE1B-BADA9D7E6AAF}"/>
+    <hyperlink ref="C538" r:id="rId515" display="smaržas, tualetes ūdens, dezodoranti  ēteriskās eļļas,  eļļas kosmētikas vajadzībām,  kosmētika, dekoratīvās kosmētikas līdzekļi, kosmētikas līdzekļi ādas kopšanai, celulīta mazināšanai, vannai, sauļošanās, kosmētikas komplekti, kas sastāv no kosmētikas, skaistumkopšanas maskas,zīmuļi kosmētikas vajadzībām,  nagu laka, lūpu krāsas, acu oderējums, matu losjoni un nemedicīniski preparāti matu kopšanai šampūni, skūšanās līdzekļi, skūšanās ziepes,  želejas,apģērbs, apavi, galvassegas,  somas,  juvelierizstrādājumi, pulksteņi,  u.c." xr:uid="{1910D99A-C956-4540-8DF0-BAF87083A70B}"/>
+    <hyperlink ref="C539" r:id="rId516" xr:uid="{598C8944-4A02-4FE8-B87E-43469DE8F816}"/>
+    <hyperlink ref="C540" r:id="rId517" xr:uid="{84089AC5-8075-4801-B312-D929753BE5BA}"/>
+    <hyperlink ref="C541" r:id="rId518" display="   elektroniskas, digitālas un rokas ierīces ar to saistītā programmatūra,  telekomunikāciju aparāti un instrumenti,  juvelierizstrādājumi, bižutērija, sienas pulksteņi, pulksteņi personīgai lietošanai,  izsmalcināti atslēgu piekariņi, pulksteņu vai juvelierizstrādājumu futrāļi, dārgmetālu kastes un konteineri,  to daļas un piederumi" xr:uid="{2FEF954B-7690-4BAB-B260-BC87F59F1912}"/>
+    <hyperlink ref="C542" r:id="rId519" display="Aktuālo pieprasījumu saraksts 15.03.2022.xlsx" xr:uid="{FA55FF4B-F92E-4D03-B86D-AF75A9446DDB}"/>
+    <hyperlink ref="C435" r:id="rId520" xr:uid="{839A98E8-37C3-4AFC-B8F4-B16E7094DE65}"/>
+    <hyperlink ref="C36" r:id="rId521" display="pulksteņi,u.c " xr:uid="{C3C77E0E-ED77-45DD-B2D4-B4F4DFDD201E}"/>
+    <hyperlink ref="C35" r:id="rId522" display=" pulksteņi,u.c" xr:uid="{166C45F6-45C2-4C79-9887-D3F28C269500}"/>
+    <hyperlink ref="C34" r:id="rId523" xr:uid="{0BF14202-B7A9-4360-9D48-0FFF6DFF5FB5}"/>
+    <hyperlink ref="C561" r:id="rId524" xr:uid="{1F4A47CA-B6BF-4476-B7EB-108D98DA1A52}"/>
+    <hyperlink ref="C562" r:id="rId525" xr:uid="{238D05DD-2008-439F-A5E6-82A8BB41DDD8}"/>
+    <hyperlink ref="C563" r:id="rId526" display="dažādas preces, apģērbi, sporta preces, rotaļlietas, suvenīri u.c. " xr:uid="{E2C1264E-C175-4C05-AD87-734808FD1BF2}"/>
+    <hyperlink ref="C564" r:id="rId527" xr:uid="{783A9E3D-E8C6-4F89-A44F-335C737B3B6F}"/>
+    <hyperlink ref="C565" r:id="rId528" display="smaržas personīgai lietošanai, smaržu pudeles; parfimērija un smaržvielas, šķidrās smaržas u.c." xr:uid="{CB259714-988F-491B-AA5B-F0755EDDE63D}"/>
+    <hyperlink ref="C566" r:id="rId529" xr:uid="{6DDE4A25-E9D0-4A47-9ADE-756CFF1BF232}"/>
+    <hyperlink ref="C567" r:id="rId530" xr:uid="{E4C0F737-5275-4FAE-BDAA-1CA2C2FB5814}"/>
+    <hyperlink ref="C568" r:id="rId531" xr:uid="{B6B34DCF-A1B3-432C-B7DD-00D43BD73E50}"/>
+    <hyperlink ref="C569" r:id="rId532" display="automatizācijas sistēmas                                                  vārtiem, garāžas durvīm,                                                     ceļa barjerām, nojumēm                                                         un slēģiem dzīvojamām,                                                       komerciālām un rūpnie                                                      ciskām ēkām, kā arī                                                       signalizācijas un                                                         elektroniskās vadības                                                         sistēmas, kas apvieno                                                 tehnoloģiskās                                                             inovācijas un dizainu u.c. " xr:uid="{E849F18A-E06F-4184-9213-E5795A3D3397}"/>
+    <hyperlink ref="C570" r:id="rId533" display="globālie pozicionēšanas instrumenti [GPS]" xr:uid="{AEE7E6EA-32F6-4440-87AC-7D6551DB7D54}"/>
+    <hyperlink ref="C571" r:id="rId534" xr:uid="{EBBC1E70-8A28-4617-9816-C464DF488800}"/>
+    <hyperlink ref="C573" r:id="rId535" display="kolas (bezalkoholiskie dzērieni un gāzētie  dzērieni), jakas, krekli, peldkostīmi; T-krekli, svīteri, zeķes, sporta krekli, šorti, kleitas, cepures (galvassegas), flip-flops, skriešanas tērpi, sporta krekliņi, apakšbikses,  sporta krekli ar kapuci, vestes, bikses,  pidžamas, naktskrekli u.c." xr:uid="{3F20291F-9FB6-40C6-A67D-798BD87EE08F}"/>
+    <hyperlink ref="C572" r:id="rId536" display="gaļa, zivis, mājputni un medījumi, gaļas ekstrakti, konservēti, saldēti, žāvēti un termiski apstrādāti augļi un dārzeņi, želejas, ievārījumi, kompoti, olas, piens un piena produkti, eļļas un tauki pārtikai, nesagatavoti un neapstrādāti lauksaimniecības, ūdens, dārzkopības un mežsaimniecības produkti,  graudi un sēklas, svaigi augļi, dārzeņi un garšaugi, dabīgie augi un ziedi, puķu sīpoli, stādi un sēklas stādīšanai, dzīvi dzīvnieki, pārtika un dzērieni dzīvniekiem u.c." xr:uid="{5BA05286-DFE5-49D7-8900-F8BC845C9D5B}"/>
+    <hyperlink ref="C574" r:id="rId537" xr:uid="{D6A1F489-302F-40E6-B57F-E171F149A0C1}"/>
+    <hyperlink ref="C575" r:id="rId538" xr:uid="{139BADE9-7991-43F0-84FB-8F4A1FDCFB4D}"/>
+    <hyperlink ref="C576" r:id="rId539" display=" kosmētika ādas kopšanai, kosmētikas krēmi, kosmētikas serumi, losjoni kosmētiskai lietošanai, šampūni, ārstnieciski ādas kopšanas līdzekļi, zobu pastas, mutes skalojamie līdzekļi, nagu kopšanas līdzekļi, ķirurģiskie, medicīniskie, zobārstniecības un veterinārie aparāti un instrumenti, kā arī mākslīgās ekstremitātes, acis un zobi, ortopēdiski izstrādājumi, šuvju materiāls, seksa piederumi, fizikālās terapijas aprīkojums, knupīši un piederumi barošanai, mākslīgās protēzes un implanti, ortopēdiskie un kustību palīglīdzekļi, visu iepriekš minēto izstrādājumu daļas un piederumi." xr:uid="{050E3CDE-1D61-4E30-94A8-10646CF6F313}"/>
+    <hyperlink ref="C577" r:id="rId540" xr:uid="{C13DE403-5185-415D-AB69-E7EBC78AEF5B}"/>
+    <hyperlink ref="C578" r:id="rId541" xr:uid="{29F82A9C-CA33-48D7-BD2A-2B1485EB9895}"/>
+    <hyperlink ref="C579" r:id="rId542" xr:uid="{5213D36E-17CD-4E9D-9A97-85467914B2AA}"/>
+    <hyperlink ref="C580" r:id="rId543" xr:uid="{6D5EBAA6-6DBC-458B-8D1A-BF7CCA692BF1}"/>
+    <hyperlink ref="C581" r:id="rId544" xr:uid="{BFC13E18-0CE0-4DC9-B3D4-31C1E40E7C6B}"/>
+    <hyperlink ref="C582" r:id="rId545" xr:uid="{E5F59D30-7016-4685-90EC-82615216960C}"/>
+    <hyperlink ref="C583" r:id="rId546" xr:uid="{C75A7A00-0920-4816-951F-BBAF5132AA8E}"/>
+    <hyperlink ref="C584" r:id="rId547" xr:uid="{9802682A-57E0-4AE4-900F-DB03D8511EA2}"/>
+    <hyperlink ref="C585" r:id="rId548" display=" lauksaimniecības mašīnas  to rezerves daļas, mehānismi un  sastāvdaļas,  piederumi u.c." xr:uid="{45D12AF5-0833-4A26-B7E6-A13B7918EAB3}"/>
+    <hyperlink ref="C587" r:id="rId549" xr:uid="{F66BE07C-3420-4113-B09E-9C5B9E253393}"/>
+    <hyperlink ref="C588" r:id="rId550" display="Aktuālo pieprasījumu saraksts 12.08.2022.xlsx" xr:uid="{8F602787-3DC8-40E4-B866-C6C1D1B6C460}"/>
+    <hyperlink ref="C589" r:id="rId551" xr:uid="{9B9603F2-88D9-4B3F-8491-956C832C5AE4}"/>
+    <hyperlink ref="C590" r:id="rId552" xr:uid="{3ACAD7A7-40B3-48D1-BF09-A95A06217276}"/>
+    <hyperlink ref="C591" r:id="rId553" display="kafija, tēja, kakao un mākslīgā kafija, rīsi, tapioka un sāgo, milti un graudaugu izstrādājumi, maize, konditorejas izstrādājumi,  pārtikas ledus, cukurs, medus, melases sīrups, raugs, cepamais pulveris, sāls, sinepes, etiķis, mērces [garšvielas], garšvielas, saldējums, gaļa, zivis, mājputni un medījumi, gaļas ekstrakti, konservēti, saldēti, žāvēti un termiski apstrādāti augļi un dārzeņi, želejas, ievārījumi, kompoti, olas, piens un piena produkti, eļļas un tauki pārtikai u.c." xr:uid="{D831E4DB-47C8-452C-AA70-84594AEE0306}"/>
+    <hyperlink ref="C592" r:id="rId554" xr:uid="{7E182ABB-B5EA-4DDD-A762-1EE686399B21}"/>
+    <hyperlink ref="C593" r:id="rId555" xr:uid="{45327F2D-6842-4778-999F-E9633E7C613E}"/>
+    <hyperlink ref="C596" r:id="rId556" display="ķirurģijas, medicīnas, zobārstniecības un veterinārijas aparāti un instrumenti, mākslīgās ekstremitātes, acis un zobi, ortopēdiskie izstrādājumi, šuvju materiāli, terapeitiskās un palīgierīces, kas paredzētas cilvēkiem ar invaliditāti, masāžas aparāti, bērnu aprūpes aparāti, ierīces un priekšmeti, aparāti, ierīces un priekšmeti seksuālām darbībām,  juvelierizstrādājumi,  pulksteņi, apģērbi, apavi, galvassegas, mājsaimniecības vai virtuves piederumi,galda piederumi, dakšiņas un karotes, skuvekļi tīrīšanas iekārtas,  mājsaimniecības veļa, tekstila vai plastmasas aizkari, paklāji, paklājiņi, paklājiņi, linolejs un citi grīdas segumi, netekstila sienas tapetes, spēles rotaļlietas, videospēļu aparāti, vingrošanas un sporta preces, rotājumi, kafija, tēja, kakao un mākslīgā kafija, rīsi, tapioka un sāgo,milti un graudaugu izstrādājumi, maize, konditorejas izstrādājumi, pārtikas ledus, cukurs, medus, melases sīrups,  raugs, cepamais pulveris, sāls, sinepes, etiķis, mērces [garšvielas], saldējums, alkoholiskie dzērieni, alus, minerālūdeņi un gāzētie ūdeņi un citi bezalkoholiskie dzērieni, augļu dzērieni un augļu sulas, sīrupi, tabaka, mēķētāju preces, sērkociņi, preparāti putekļu uzsūkšanai, mitrināšanai un saistīšanai, sveces un daktis apgaismošanai u.c." xr:uid="{F45163E0-C78D-47C2-9CA6-41ECD71A9BBA}"/>
+    <hyperlink ref="C597" r:id="rId557" display="dūnu jakas bez piedurknēm, ūdensizturīgas jakas, vīriešu apakšveļa, biksītes [īsas], ikdienas bikses" xr:uid="{EB851D23-49AA-4F06-9497-9A523A10CE1C}"/>
+    <hyperlink ref="C598" r:id="rId558" xr:uid="{8BF360D1-59D9-434F-8A5A-D8CFA40AF2E9}"/>
+    <hyperlink ref="C594" r:id="rId559" xr:uid="{83355CC1-E0A1-477B-B2D7-952094CF0DF6}"/>
+    <hyperlink ref="C599" r:id="rId560" xr:uid="{596B23B2-F790-40DF-89D9-B343F576D04B}"/>
+    <hyperlink ref="C306" r:id="rId561" display="apģērbi, apavi un galvassegas  somas,čemodāni, mugursomas,  suņu būdas, redeļu kastes suņiem, kastes suņu pārvadāšanai, nemetāliski  paliktņi, gultas  spilveni mājdzīvniekiem, u.c. " xr:uid="{BF8AA69C-8A63-4F85-93D0-9E0BDF704CE0}"/>
+    <hyperlink ref="C600" r:id="rId562" xr:uid="{1EE7A6CB-8D9A-4058-98A1-67BDBEE3B91C}"/>
+    <hyperlink ref="C601" r:id="rId563" display="tabaka un smēķēšanas izstrādājumi, mitrinātāji, tabakas aizstājēji, tabakas grauzdētāji, tabakas dzesēšanas iekārtas cigāru griezējs, cigāri, pelnu trauki smēķētājiem, elektriskie sildītāji, elektriskie sildīšanas pavedieni, tvaika ģenerēšanas ierīces,  elektroniskās cigaretes, elektronisko cigarešu kasetnes, kociņi elektronisko cigarešu tīrīšanai un dezinfekcijai, elektroniskie cigarešu tīrīšanas līdzekļi, elektronisko cigarešu tīrīšanas birstes,  spilventiņi elektronisko cigarešu tīrīšanai u.c." xr:uid="{D7A414B7-420A-41A3-9E1A-C2D9B21D3AE5}"/>
+    <hyperlink ref="C602" r:id="rId564" xr:uid="{7A80E99F-29DA-4A0E-82E8-1500FF3F4FDF}"/>
+    <hyperlink ref="C603" r:id="rId565" xr:uid="{E164B014-7892-43FD-8E85-36277F7E0999}"/>
+    <hyperlink ref="C604" r:id="rId566" xr:uid="{B4E92548-E7AA-4A40-86D9-4FF93D329D24}"/>
+    <hyperlink ref="C605" r:id="rId567" xr:uid="{8CDAAAF7-495C-4E72-9914-8F85514A653E}"/>
+    <hyperlink ref="C606" r:id="rId568" xr:uid="{0D80BD0C-96AF-47BB-A5D0-0EFF7B5C969E}"/>
+    <hyperlink ref="C607" r:id="rId569" xr:uid="{98D7BCAB-73D6-487E-994A-70D6106438D7}"/>
+    <hyperlink ref="C608" r:id="rId570" display="Tiesibu_subjektu_saraksts_20222510_tiesibu_veidu_paskaidrojumi.xlsx" xr:uid="{66CEBB15-8335-4329-9A2B-3033F0466E3D}"/>
+    <hyperlink ref="C609" r:id="rId571" xr:uid="{2DE5D13B-BB25-4697-8974-8E969FEA9052}"/>
+    <hyperlink ref="C610" r:id="rId572" xr:uid="{77797DDC-6DE6-4A90-85E2-62FB63603B12}"/>
+    <hyperlink ref="C611" r:id="rId573" xr:uid="{F36FBD15-1624-40EC-AD55-D682AE83487A}"/>
+    <hyperlink ref="C612" r:id="rId574" xr:uid="{A66F806C-3BE3-46B4-97F0-C815BA3992CC}"/>
+    <hyperlink ref="C613" r:id="rId575" xr:uid="{9957D71E-BCE0-4B87-AD9E-5B215F48155F}"/>
+    <hyperlink ref="C614" r:id="rId576" display="apģērbs; T-krekli" xr:uid="{667AE182-59DA-4B52-A27D-7A2A9A08FF03}"/>
+    <hyperlink ref="C615" r:id="rId577" display="mēbeles, spoguļi, gleznu rāmji, nemetāliski uzglabāšanas vai transportēšanas konteineri,kauli, ragi, vaļi vai perlamutra, neapstrādāti vai daļēji apstrādāti, čaumalas, Jūras putas, dzeltens dzintars" xr:uid="{E493AC4A-F10F-4DBB-A0F3-0E8158581DC8}"/>
+    <hyperlink ref="C616" r:id="rId578" display="instrumenti izmantošanai medicīnā, Ierīces vēža ārstēšanai" xr:uid="{653334DF-00E0-40BB-A576-64F1D8CD7FFF}"/>
+    <hyperlink ref="C618" r:id="rId579" display="kosmētika,  parfimērijas izstrādājumi, Ķelnes ūdens, odekolons, dezodoranti, vannas un dušas želeja, dušas eļļas, ziepes, līdzeklis roku tīrīšanai, ķermeņa eļļas, ķermeņa losjoni,  roku losjons, nagu krēms, šampūni, matu losjoni, sveces un daktis sveču aizdedzināšanai,  aromātiskās sveces, tauriņi, nakts lampas  u.c." xr:uid="{B5F1DC56-9197-4C0E-B77E-04AAF323CD66}"/>
+    <hyperlink ref="C617" r:id="rId580" xr:uid="{55A8F32D-3E7A-42D1-9A19-3E0102EA9A79}"/>
+    <hyperlink ref="C619" r:id="rId581" display="mājsaimniecības vai virtuves piederumi un trauki, neapstrādāts vai daļēji apstrādāts stikls, izņemot stiklu, ko izmanto celtniecībā, stikla, porcelāna un māla trauki,  juvelierizstrādājumi, bižutērija, pulksteņi  hronometriskie instrumenti, apģērbi, apavi, galvassegas, mēbeles, spoguļi, rāmji, konteineri  uzglabāšanai vai transportēšanai kauls, rags, vaļa bārkstis  neapstrādāta vai pusfabrikāta; čaumalas, jūras putas, dzintars, rokas darbarīki un instrumenti, galda piederumi, dakšiņas un karotes; pistoles, izņemot šaujamieročus, skuvekļi,grāmatu iesiešanas izstrādājumi; fotogrāfijas, kancelejas preces un biroja piederumi, līmes  kancelejas vai mājsaimniecības vajadzībām u.c." xr:uid="{4C888791-2089-418B-AD9D-0653B651BF92}"/>
+    <hyperlink ref="C620" r:id="rId582" xr:uid="{61B3C44E-7A8D-42C7-9B54-F63F14A0ACB7}"/>
+    <hyperlink ref="C621" r:id="rId583" xr:uid="{BD444ACC-89DD-490A-B9E6-A79D86A8995D}"/>
+    <hyperlink ref="C622" r:id="rId584" xr:uid="{1D99A939-D399-4965-B02A-4DDEEE2D76CF}"/>
+    <hyperlink ref="C623" r:id="rId585" xr:uid="{82225A66-534B-467A-8EDF-12BCE375AEA4}"/>
+    <hyperlink ref="C624" r:id="rId586" xr:uid="{97B3F3CC-6E0A-4965-AC0E-E8A75049A05D}"/>
+    <hyperlink ref="C625" r:id="rId587" xr:uid="{31503410-A8ED-4DEE-A0CA-88171DDD3D3B}"/>
+    <hyperlink ref="C626" r:id="rId588" xr:uid="{06A34CC2-FAD2-44FF-8C7A-A07CA43E04F2}"/>
+    <hyperlink ref="C627" r:id="rId589" display="elektroinstrumenti, bezvadu elektroinstrumenti, tostarp ripzāģi, leņķzāģi, ķēdes zāģi, lentzāģi, finierzāģi, grupzāģi, griezēji, griešanas mašīnas, knaibles, šķēres, ēveles, rievu griezēji, frēzes un trimmeri, urbju uzgaļi, triecienurbji, rotācijas urbjmašīnas, āmururbji un nojaukšanas āmuri, lauzēji, triecienskrūvgrieži, triecienuzgriežņu atslēgas, skrūvgrieži, uzgriežņu atslēgas, slīpmašīnas, slīpmašīnas, pulēšanas mašīnas u.c. " xr:uid="{86B82F61-CAA0-4CDF-9312-A77FAAA1740D}"/>
+    <hyperlink ref="C628" r:id="rId590" xr:uid="{9D8118F0-C15F-4680-81A1-C99C9A72A8FD}"/>
+    <hyperlink ref="C629" r:id="rId591" display="juvelierizstrādājumi, bižutērija, pulksteņu izgatavošanas un hronometriskie instrumenti, tostarp pulksteņi, grezni atslēgu piekariņi, mākslas priekšmeti no dārgmetāliem, rokassomas, iepirkumu somas, mugursomas, ceļojumu somas, skolas somas, pludmales somas, tūrisma somas, kabatas portfeļi, somas, kosmētikas maisiņi, tualetes piederumu glabāšanai; ādas kastes, ādas vai ādas imitācijas izstrādājumi,  parfimērija, smaržas, ķermeņa eļļas, kosmētika, sveces un daktis apgaismošanai, aromātiskās sveces, mākslinieciski priekšmeti no koka, vaska, ģipša, korķa, niedrēm, niedrēm, klūgām, raga, kaula, ziloņkaula, vaļa čaulas, gliemežvākiem, dzintara, perlamutra, jūras putām, visu šo materiālu aizstājēji vai plastmasas materiāli, iepakojuma konteineri un kastes, mājsaimniecības un  vannas istabas veļa, sienu tapsējumi no tekstilmateriāliem, ceļojumu segas, spilvenu pārvalki, mēbeļu audumi, apģērbi, apavi, galvassegas, cimdi, jostas, apakšveļa, peldmēteļi, kimono, mežģīnes un izšuvumi, lentes un bantes, pogas, spiedpogas, āķi un cilpas, adatas un adatas, mākslīgie ziedi, galantērijas izstrādājumi, apģērba rotājumi, klipši vai stiprinājumi, matu rotājumi, matu sprādzes, matu lentes, galvas lentes u.c." xr:uid="{5408C3BC-C91E-4EB8-9CA6-82F2D165BCFC}"/>
+    <hyperlink ref="C630" r:id="rId592" display="Aktuālo pieprasījumu saraksts 05.01.2023.xlsx" xr:uid="{3145D369-206E-4785-916F-49F36D73C8A8}"/>
+    <hyperlink ref="C631" r:id="rId593" display=" kabatas/rokas pulksteņi" xr:uid="{14E15B98-B6B6-4E47-9CD5-24D396EFC894}"/>
+    <hyperlink ref="C632" r:id="rId594" xr:uid="{FD637049-462B-4AD3-812E-CBC7D7C7EE69}"/>
+    <hyperlink ref="C633" r:id="rId595" xr:uid="{0AE9C0FD-D2FD-4F01-BC53-D0C570FB5B4F}"/>
+    <hyperlink ref="C634" r:id="rId596" xr:uid="{95DFDAF5-D392-4B3F-BD04-B3514BA198D3}"/>
+    <hyperlink ref="C635" r:id="rId597" xr:uid="{7DA87AC0-50F6-44EB-BC0F-8D2E8F048646}"/>
+    <hyperlink ref="C636" r:id="rId598" xr:uid="{8EE88640-01C4-4EDE-BF0E-0CA1E2B01275}"/>
+    <hyperlink ref="C637" r:id="rId599" display=" juvelierizstrādājumi,  pulksteņi un hronometriskie instrumenti" xr:uid="{9E7B8FBA-2660-4099-9B1F-05CB60A4143B}"/>
+    <hyperlink ref="C638" r:id="rId600" xr:uid="{1B531436-0D63-4F90-BFCF-A95714BE7617}"/>
+    <hyperlink ref="C639" r:id="rId601" xr:uid="{35332634-5FFE-430D-A5F7-0ED5FEA0926A}"/>
+    <hyperlink ref="C531" r:id="rId602" xr:uid="{44B43FED-A3A3-4549-B3A9-DBDF37AA6CED}"/>
+    <hyperlink ref="C640" r:id="rId603" display="Aktuālo pieprasījumu saraksts 03.02.2023.xlsx" xr:uid="{899DDC50-3E63-4C63-BE87-252073F945CB}"/>
+    <hyperlink ref="C641" r:id="rId604" xr:uid="{1463BA14-0773-4738-A0CC-0F560BAC8C2D}"/>
+    <hyperlink ref="C642" r:id="rId605" display="Aktuālo pieprasījumu saraksts 03.02.2023.xlsx" xr:uid="{898FBA2F-2AC8-487B-9A45-77FC9DC2AEF8}"/>
+    <hyperlink ref="C643" r:id="rId606" xr:uid="{14C21FDD-325A-487F-B218-CDB8374F94F9}"/>
+    <hyperlink ref="C644" r:id="rId607" xr:uid="{0C879C5D-0A73-4C73-ACA8-78917597659F}"/>
+    <hyperlink ref="C645" r:id="rId608" xr:uid="{67BE6F9A-4F22-48DD-9426-62FE2F28F798}"/>
+    <hyperlink ref="C646" r:id="rId609" xr:uid="{EF98FAEF-4EE4-4373-B8A3-508E87C706DB}"/>
+    <hyperlink ref="C647" r:id="rId610" xr:uid="{B6B4DDD3-1349-4FD6-9785-E226BD9B8935}"/>
+    <hyperlink ref="C648" r:id="rId611" display="alkoholiskie dzērieni,  vīni, stiprie alkoholiskie dzērieni un liķieri, alus, porteris,  bezalkoholiskie vīni, vīnogu sula,; citrusaugļu sulas, un sagataves iepriekšminēto pagatavošanai" xr:uid="{3E123337-8823-407B-B995-476F42D5CCF6}"/>
+    <hyperlink ref="C649" r:id="rId612" display="Aktuālo pieprasījumu saraksts 03.02.2023.xlsx" xr:uid="{4D336A46-2718-4560-9090-3837DA585641}"/>
+    <hyperlink ref="C650" r:id="rId613" xr:uid="{85E83515-474B-4E6B-96DA-121834E69546}"/>
+    <hyperlink ref="C651" r:id="rId614" xr:uid="{0F940928-FE7A-41B8-B3A5-BCCA1AA0FC4C}"/>
+    <hyperlink ref="C652" r:id="rId615" xr:uid="{1A58E14E-2A8F-4F0D-9697-197FD6EC487D}"/>
+    <hyperlink ref="C653" r:id="rId616" xr:uid="{EAAD445F-E95A-4FBC-8E19-722040A52513}"/>
+    <hyperlink ref="C654" r:id="rId617" xr:uid="{B472B7E4-21C5-4B7C-BD4F-BA2F726A97C7}"/>
+    <hyperlink ref="C655" r:id="rId618" xr:uid="{174245DF-F4F2-4AFB-9DE6-BDD510001208}"/>
+    <hyperlink ref="C656" r:id="rId619" display="audumi šortiem, krekliem, T-krekliem, krekliņiem, biksēm, jakām, vējjakām, jakām, sporta krekliem, legingiem, krūšturiem un cepurēm,audums, ko pārdod kā gatavu apģērbu sastāvdaļu, proti, šortu, kreklu, t-kreklu, kreklu, bikšu, jaku, vējjaku, sporta krekli, legingus, krūšturus un cepures, sastāvdaļas u.c." xr:uid="{2ED67BA4-FAD0-4497-B759-F201FA8A8808}"/>
+    <hyperlink ref="C657" r:id="rId620" display="lampas, sienas lampas; lampu abažūri, gaismas mezgli, gaismas dimmeri [regulatori] u.c. " xr:uid="{A66BF55E-9A59-4C03-BD37-CF6C406A8BEF}"/>
+    <hyperlink ref="C658" r:id="rId621" xr:uid="{7A5C0E55-D40A-4CA9-B6A3-E6289FA2C274}"/>
+    <hyperlink ref="C659" r:id="rId622" xr:uid="{489B8936-4AE0-4ABB-A89D-7DAB43077A8A}"/>
+    <hyperlink ref="C660" r:id="rId623" display="ziepes, parfimērija, ēteriskās eļļas, kosmētika, matu losjoni, higiēnas preparāti izmantošanai medicīnā, diētiskās vielas medicīniskai lietošanai, zīdaiņu pārtika, plāksteri, pārsienamie materiāli, materiāli zobu plombēšanai, zobu vasks, dezinfekcijas līdzekļi, ķirurģijas, medicīnas, zobārstniecības un veterinārijas aparāti un instrumenti, mākslīgās ekstremitātes, acis un zobi, ortopēdiskie izstrādājumi u.c." xr:uid="{E3117161-347B-4537-A3D3-0D70BEDA422C}"/>
+    <hyperlink ref="C661" r:id="rId624" xr:uid="{B48FD1C3-1D88-4825-A79D-29F293BFD96C}"/>
+    <hyperlink ref="C662" r:id="rId625" xr:uid="{EA6F86D3-9E3C-450D-96AE-7ABFD8D9630E}"/>
+    <hyperlink ref="C663" r:id="rId626" xr:uid="{38B594AA-C063-4495-BED1-F597A31F20FA}"/>
+    <hyperlink ref="C664" r:id="rId627" display="līmvielas [lipīgi materiāli] kancelejas vai mājsaimniecības vajadzībām, zīmēšanas materiāli un materiāli māksliniekiem, otas, mācību vai mācību materiāli, plastmasas loksnes, plēves un maisiņi iesaiņošanai un iepakošanai, rakstzīmju, bloku drukāšana, spēļu rotaļlietas, videospēļu aparāti, vingrošanas un sporta preces u.c. " xr:uid="{FF64B772-8BAE-4C16-96E4-3D18C2C5E6E0}"/>
+    <hyperlink ref="C665" r:id="rId628" xr:uid="{AD9899F5-445D-49A4-BB33-E43EA35F363A}"/>
+    <hyperlink ref="C666" r:id="rId629" xr:uid="{0800D13D-BBF8-4356-BC76-4325C2D6AE66}"/>
+    <hyperlink ref="C667" r:id="rId630" display="Aktuālo pieprasījumu saraksts 03.03.2023.xlsx" xr:uid="{9E16A35D-EC99-498D-9F82-598C347C4554}"/>
+    <hyperlink ref="C668" r:id="rId631" xr:uid="{DC9A6E11-D586-4858-A752-DAA22D73E385}"/>
+    <hyperlink ref="C669" r:id="rId632" xr:uid="{4B275C7B-460A-4576-8418-948B5D387E65}"/>
+    <hyperlink ref="C670" r:id="rId633" xr:uid="{8C82300A-5E43-49E8-9F19-E6AFCB334162}"/>
+    <hyperlink ref="C671" r:id="rId634" xr:uid="{0BE344A8-230A-471D-BDE9-607E8DC9356B}"/>
+    <hyperlink ref="C672" r:id="rId635" xr:uid="{5E1916DD-8264-48D0-BC71-BD9E22D8710D}"/>
+    <hyperlink ref="C673" r:id="rId636" xr:uid="{9228B03C-1DF3-485C-84F6-C96F1C6D4C6D}"/>
+    <hyperlink ref="C674" r:id="rId637" xr:uid="{EEC44BF5-2409-4957-8436-32C89207BAB4}"/>
+    <hyperlink ref="C675" r:id="rId638" display="datoru aparatūra,  portatīvie datori  mobilie tālruņi, telekomunikāciju aparāti, telekomunikāciju aparāti, datu apstrādes iekārtas, televizori, tālvadības ierīces,  viedtālruņi, datu brilles, viedie pulksteņi, viedie gredzeni, viedās rokassprādzes un datu aproces, kodētas identifikācijas rokassprādzes magnētiskas, valkājami aktivitāšu izsekotāji, GPS ierīces u.c." xr:uid="{76AE474E-3936-4BFB-85BB-A972D505BB07}"/>
+    <hyperlink ref="C676" r:id="rId639" xr:uid="{6CED31BD-CA33-4F4C-891F-9CBE5BF63817}"/>
+    <hyperlink ref="C677" r:id="rId640" xr:uid="{CF47A6BA-2ECE-4E1C-9D04-EBC3EA82A9F0}"/>
+    <hyperlink ref="C437" r:id="rId641" xr:uid="{3CE022C8-DD5C-45AC-A3F2-6F012F3C39A3}"/>
+    <hyperlink ref="C678" r:id="rId642" xr:uid="{FE785760-C815-47B7-B693-8404F2456C59}"/>
+    <hyperlink ref="C679" r:id="rId643" xr:uid="{B32140A9-5F95-4A78-ACF2-C8690CD840FC}"/>
+    <hyperlink ref="C680" r:id="rId644" xr:uid="{FF375FF7-CF0D-497A-A57B-B711C434FF84}"/>
+    <hyperlink ref="C681" r:id="rId645" xr:uid="{5639A016-0CD6-4C0E-81DD-9557A806D0F5}"/>
+    <hyperlink ref="C682" r:id="rId646" display="lūpu krāsa, lūpu balzāmsšķidrā lūpu krāsa, 'vīraks, smaržas, acu ēnas, uzacis, segas, šalles un cepures, dvieļi u.c." xr:uid="{DC37222B-4EC3-416C-84CC-DC6DD1E607C9}"/>
+    <hyperlink ref="C683" r:id="rId647" xr:uid="{61D93725-046E-487D-B7CF-03CEAED57A99}"/>
+    <hyperlink ref="C684" r:id="rId648" xr:uid="{9501E070-1A89-4792-B1F1-BEA3D97837F6}"/>
+    <hyperlink ref="C685" r:id="rId649" xr:uid="{55283DE7-3AD3-4668-9623-3208F89EAD5D}"/>
+    <hyperlink ref="C686" r:id="rId650" xr:uid="{012704F7-5B27-406C-B2C1-3BFE71881238}"/>
+    <hyperlink ref="C687" r:id="rId651" display="Aktuālo pieprasījumu saraksts 03.03.2023.xlsx" xr:uid="{A5F97299-D99A-4ABC-8BCE-74F994ACE37A}"/>
+    <hyperlink ref="C688" r:id="rId652" xr:uid="{CD2AD2E6-3E3B-42C3-87A9-4C5E2C3B0F62}"/>
+    <hyperlink ref="C689" r:id="rId653" xr:uid="{1611317B-B784-4B83-AFE7-D83C588ADC2F}"/>
+    <hyperlink ref="C690" r:id="rId654" xr:uid="{65F0183C-B7BD-4F05-BD08-7837CF7BCFC9}"/>
+    <hyperlink ref="C691" r:id="rId655" xr:uid="{2D284700-7F2C-41D8-A3E8-CE5A4D8D6481}"/>
+    <hyperlink ref="C692" r:id="rId656" xr:uid="{4E370586-4D32-4993-8132-70A09A6D73D5}"/>
+    <hyperlink ref="C693" r:id="rId657" xr:uid="{B71F7C11-683B-485F-9A7F-1F20791AFF38}"/>
+    <hyperlink ref="C694" r:id="rId658" display="Aktuālo pieprasījumu saraksts 03.07.2023.xlsx" xr:uid="{9B247975-B3D8-494D-AF76-5D882E30985E}"/>
+    <hyperlink ref="C696" r:id="rId659" xr:uid="{4BBD52D6-F4B1-4B23-8DE2-64411851BE58}"/>
+    <hyperlink ref="C695" r:id="rId660" xr:uid="{7063A97B-E987-48E8-B95F-DF3589A623F5}"/>
+    <hyperlink ref="C697" r:id="rId661" xr:uid="{FB745592-1FD0-4381-9EA0-449C8E8846DB}"/>
+    <hyperlink ref="C698" r:id="rId662" xr:uid="{AF889D76-5365-4D10-A3A0-BC5994C6100A}"/>
+    <hyperlink ref="C699" r:id="rId663" xr:uid="{7C4E4D4F-C2F1-4A0C-B65A-42E2ECB9D292}"/>
+    <hyperlink ref="C700" r:id="rId664" xr:uid="{8C11E8FD-8E06-4965-AF05-CCF05BDD3A7A}"/>
+    <hyperlink ref="C701" r:id="rId665" xr:uid="{EEC2E278-C9ED-4EFD-9BA1-55BC9C017498}"/>
+    <hyperlink ref="C702" r:id="rId666" xr:uid="{8E84774E-6D04-47A5-80AF-17B0A5EFCC12}"/>
+    <hyperlink ref="C703" r:id="rId667" xr:uid="{05DFBF81-5B70-465D-847E-218A0CA6C0DF}"/>
+    <hyperlink ref="C704" r:id="rId668" display="konditorejas izstrādājumi, košļājamā gumija." xr:uid="{6AE598F6-77CB-4838-842F-C2D94D7C0F90}"/>
+    <hyperlink ref="C705" r:id="rId669" xr:uid="{70FA9EA1-D5F6-4711-9C6D-67E896FB4129}"/>
+    <hyperlink ref="C706" r:id="rId670" xr:uid="{1D2201A4-D370-4FCA-A258-515CEBA60CA0}"/>
+    <hyperlink ref="C707" r:id="rId671" display="šokolādes; saldējums" xr:uid="{AF1ABECB-2B38-4260-9432-B03C9F470BF5}"/>
+    <hyperlink ref="C708" r:id="rId672" xr:uid="{27A3F54E-D8E7-4D38-9B8F-2F7D38E8BC22}"/>
+    <hyperlink ref="C709" r:id="rId673" display="audiovizuālie pārdošanas palīglīdzekļi neatkarīgiem tirdzniecības pārstāvjiem, kas nodarbojas ar apģērbu, apakšveļas, mājsaimniecības veļas, proti, audiokasešu, videokasešu lentu, CD-ROM, DVD ar pārdošanas padomiem, padomiem un pārdošanu, apmācības un motivācijas tēmas, mājsaimniecības piederumi, gultas, vannas, virtuves un galda veļa, paklājiņi, salvetes, palagi, vannas dvieļi, roku dvieļi, segas, aizkari u. c." xr:uid="{61F53CD1-7A3A-45E2-975A-9ADE5313B8B4}"/>
+    <hyperlink ref="C710" r:id="rId674" xr:uid="{804712F2-FCF8-4E25-91F1-935939408DB5}"/>
+    <hyperlink ref="C711" r:id="rId675" xr:uid="{5E31B6F8-91DF-4397-9D18-15582B3E65F2}"/>
+    <hyperlink ref="C712" r:id="rId676" xr:uid="{2F60FBB5-8633-4BFC-B59C-CB9EE3364E67}"/>
+    <hyperlink ref="C713" r:id="rId677" display="Aktuālo pieprasījumu saraksts 15.08.2023.xlsx" xr:uid="{4B1D58D4-6A8D-4E1B-B797-B51A6851770E}"/>
+    <hyperlink ref="C714" r:id="rId678" xr:uid="{119C14DA-FB7E-4E03-9256-3825D5D107D4}"/>
+    <hyperlink ref="C715" r:id="rId679" xr:uid="{6BEEE0DF-EF4E-4913-ACA2-259BA9D619A5}"/>
+    <hyperlink ref="C716" r:id="rId680" display="sejas salvetes no papīra, tualetes papīrs, salvete, papīra kabatlakatiņi, papīra salvetes izmantošanai kosmētikā, papīra kabatlakatiņi" xr:uid="{860D3CF0-3423-4840-AFC9-5ADD0F943DBB}"/>
+    <hyperlink ref="C717" r:id="rId681" display="somas, apavi, brilles, ādas izstrādājumi, juvelierizstrādājumi aksesuāri,  u.c." xr:uid="{2654523E-5C98-432D-A263-1B657392DCDB}"/>
+    <hyperlink ref="C718" r:id="rId682" display="medicīnas instrument un farmaceitiski izstrādājumi, ķīmiskie produkti u.c." xr:uid="{24F1BCF7-790D-42D7-9DF7-0DA35B4D352D}"/>
+    <hyperlink ref="C719" r:id="rId683" xr:uid="{74E00331-9EDC-41D5-98BC-77181611DDBD}"/>
+    <hyperlink ref="C720" r:id="rId684" xr:uid="{92946320-FF66-4067-AF46-1E4BDB59975E}"/>
+    <hyperlink ref="C721" r:id="rId685" display="šķīstošās vai putojošās tabletes elektrolītu aizstājēju dzērienu ražošanai, minerālvielu piedevas, pulverveida elektrolītu aizstājēju dzērienu maisījums, vitamīnu piedevas, probiotikas uztura bagātinātāji,  vitamīnu piedevas tablešu veidā izmantošanai dzirkstošu un nedzirkstošu dzērienu pagatavošanai, šķīstošās vai putojošās tabletes un pulveri dzērienu pagatavošanai, lai atbalstītu gremošanas veselību u.c." xr:uid="{AFADD717-10F6-42CE-842F-FF223DB36750}"/>
+    <hyperlink ref="C722" r:id="rId686" xr:uid="{70AD258B-8E03-4863-B1B9-3DB4D2861509}"/>
+    <hyperlink ref="C723" r:id="rId687" xr:uid="{E38FBE65-0700-4E31-AD66-8F623BA18F43}"/>
+    <hyperlink ref="C724" r:id="rId688" display="parfimērija, kosmētika, brilles, saulesbrilles, briļļu ietvari, briļļu futrāļi, maki,  portfeļi,  futrāļi, kas paredzēti tualetes piederumu glabāšanai, somas,   ceļojumu somas, čemodāni, koferi, apģērbi, aksesuāri u.c." xr:uid="{5AEEDF4C-8FF4-4CE1-A281-C3179A50F8A8}"/>
+    <hyperlink ref="C725" r:id="rId689" display=" uztura bagātinātāji vitamīni,  vitamīnu preparāti, minerālu uztura bagātinātāji, diētiskie uztura bagātinātāji, dabīgi veseli uztura bagātinātāji, vitamīnu un minerālvielu preparāti izmantošanai kā sastāvdaļas, enzīmu uztura bagātinātāj, augu izcelsmes uztura bagātinātāji, farmaceitiskie pārtikas produkti, eļļas pārtikai u.c." xr:uid="{FDB230A7-F2F1-4A68-A34A-9A9B8A41A149}"/>
+    <hyperlink ref="C726" r:id="rId690" display="farmaceitiskie produkti, medicīniskie un veterinārie preparāti, medicīnas higiēnas preces, diētiskā pārtika un vielas izmantošanai medicīnā vai veterinārijā, bērnu pārtika, uztura bagātinātāji cilvēkiem un dzīvniekiem, plāksteri, pārsienamie materiāli, materiāli zobu plombēšanai un zobu nospiedumiem, dezinfekcijas līdzekļi, produkti kaitīgu dzīvnieku iznīcināšanai, fungicīdi, herbicīdi u.c." xr:uid="{D1EC2C89-0757-46CE-8F16-D8F653895F6E}"/>
+    <hyperlink ref="C727" r:id="rId691" xr:uid="{507560F9-A573-4144-AE22-FC37A4629176}"/>
+    <hyperlink ref="C728" r:id="rId692" display="apģērbi, apakšveļa peldkostīmi, krūšturi,  bikini u.c." xr:uid="{DCA9E9BF-9426-463D-A58C-869A964E4C08}"/>
+    <hyperlink ref="C729" r:id="rId693" xr:uid="{9490D056-3C29-478C-A2E7-3F60DA053E4D}"/>
+    <hyperlink ref="C730" r:id="rId694" xr:uid="{0AEC7162-40D0-4719-AD3F-0F838FB7315E}"/>
+    <hyperlink ref="C731" r:id="rId695" display="darbgaldi, mašīnu un darbgaldu daļas, dzinēji (izņemot sauszemes transportlīdzekļus) un to daļas, sajūgi un piedziņas ierīces (izņemot sauszemes transportlīdzekļus), lauksaimniecības darbarīki, izņemot ar roku darbināmus darbarīkus, aparāti un instrumenti vadīšanai, pārslēgšanai, pārveidošanai u.c." xr:uid="{F53FEDDB-9E02-4AC9-9D29-808F61520AEC}"/>
+    <hyperlink ref="C732" r:id="rId696" xr:uid="{DE428C1F-6FB0-4C0F-82C0-E78AE5109DC7}"/>
+    <hyperlink ref="C733" r:id="rId697" display="piena mašīnas un ierīces, dzesēšanas un sildīšanas aparāti, sūkņi pārtikas rūpniecībai, kā arī farmācijas un ķīmijas rūpniecībai, vārsti, uzpildes aparāti, visu iepriekš minēto preču daļas u.c" xr:uid="{3B4EC0D8-6D50-4553-9518-1C110A793DDB}"/>
+    <hyperlink ref="C734" r:id="rId698" xr:uid="{04AF9E16-EB58-4485-80CE-F4DF7BB337D1}"/>
+    <hyperlink ref="C735" r:id="rId699" display="mazgāšanas un balināšanas līdzekļi, tīrīšanas, pulēšanas, attaukošanas un abrazīvie līdzekļi, ziepes, parfimērija, ēteriskās eļļas, kosmētika, matu losjoni, zobu pastas, losjoni pēc skūšanās, pretsviedru līdzekļi, aromterapijas eļļas, vannas želejas, vannas pulveris, ķermeņa krēmi, losjoni un pūderi, elpas atsvaidzinātāji,putu vanna, dezodoranti, pulveris, ēteriskās eļļas personīgai lietošanai, acu zīmulis, acu ēnas, uzacu zīmuļi u.c." xr:uid="{812D2A6D-B6D4-427C-B207-7036A12FC34F}"/>
+    <hyperlink ref="C736" r:id="rId700" xr:uid="{9B525560-598C-4E34-86BB-69F419C0C3B3}"/>
+    <hyperlink ref="C737" r:id="rId701" xr:uid="{8C125CCF-9078-4EE6-B1E3-2E2611F1FD07}"/>
+    <hyperlink ref="C738" r:id="rId702" xr:uid="{4B72D38D-8642-4BEE-B9C5-56CD167EB635}"/>
+    <hyperlink ref="C739" r:id="rId703" display="Aktuālo pieprasījumu saraksts 15.11.2023.xlsx" xr:uid="{61A5153A-9412-40F2-AF59-763697285D98}"/>
+    <hyperlink ref="C740" r:id="rId704" xr:uid="{D9067BA1-DE8C-4E1B-908E-F9D0D7C10857}"/>
+    <hyperlink ref="C741" r:id="rId705" xr:uid="{DD659BE7-6E7E-4FBF-ABA3-223DE9DEC02C}"/>
+    <hyperlink ref="C742" r:id="rId706" display="juvelierizstrādājumi, somas, apģērbi,  apģērba un  tekstilizstrādājumi, stikla izstrādājumi, apgaismojums, u.c." xr:uid="{C5059F53-42F5-45E2-9F99-5484EF8B6409}"/>
+    <hyperlink ref="C743" r:id="rId707" xr:uid="{A9C50806-11F5-4905-A6E5-4D4D676A1238}"/>
+    <hyperlink ref="C744" r:id="rId708" display=" sadzīves tehnika, elektriskas virtuves ierīces un ierīces pārtikas apstrādei un pārstrādei,presēšanas mašīnas, sulu spiedes, sulu centrifūgas, saldējuma pagatavošanas mašīnas, slīpēšanas mašīnas, griešanas ierīces, elektroniski darbināmas ierīces, ieskaitot kannu atvērējus, nažu asinātājus, atkritumu iznīcināšanas aparāti, ieskaitot atkritumu savācējus, atkritumu preses, veļas mašīnas, trauku mazgājamā mašīnas,rokas darbarīki,galda piederumi, dakšiņas un karotes, skuvekļi, matu griešanas mašīnas,  grieznes,  manikīra piederumi, nagu šķēres,vīles u.c." xr:uid="{41228E92-E75D-4CC3-9D27-5CCA13AAE056}"/>
+    <hyperlink ref="C745" r:id="rId709" xr:uid="{4FEF4449-6D30-4751-A64E-917F15EB59D8}"/>
+    <hyperlink ref="C746" r:id="rId710" xr:uid="{449F464C-B87B-4E76-91E6-799734EDA681}"/>
+    <hyperlink ref="C748" r:id="rId711" xr:uid="{70EC1C20-A3AA-492D-9AC0-690AA337D42D}"/>
+    <hyperlink ref="C749" r:id="rId712" display="mobilo tālruņu maciņi, pludmales tērpi, T-krekli, zeķes; sporta krekli, čības, kurpes galda spēles, Adventes kalendāri, parastā metāla atslēgu piekariņi, interaktīvie spēļu krēsli videospēlēm, statujas no plastmasas materiāliem, vaska statujas, bronzas statujas, parastā metāla statujas, vaska figūriņas, adventes kalendārā pasniegtas šokolādes, mobilo tālruņu aizsargmaciņu izgatavošana pēc pasūtījuma, galda spēles mīklu veidā u.c." xr:uid="{40227F4F-74A4-423B-ABC4-4EECE8AA391F}"/>
+    <hyperlink ref="C750" r:id="rId713" xr:uid="{82451FF8-A876-4155-8454-E5F816933AB3}"/>
+    <hyperlink ref="C751" r:id="rId714" xr:uid="{18C46872-7045-46F5-AC87-8A8B1DF711DB}"/>
+    <hyperlink ref="C752" r:id="rId715" display="apģērbs, apavi, galvassegas,juvelierizstrādājumi, parfimērija, mēbeļu,  izstrādājumi, tekstilizstrādājumi, somas u.c." xr:uid="{C15E9B4A-984B-401A-A126-28811947F9E8}"/>
+    <hyperlink ref="C753" r:id="rId716" xr:uid="{397D6C75-BAAD-4D95-AF1B-699291D35D94}"/>
+    <hyperlink ref="C754" r:id="rId717" xr:uid="{4DDAD651-74DA-4AB3-B0E6-F7CC2C6DC85A}"/>
+    <hyperlink ref="C755" r:id="rId718" xr:uid="{1984F50B-D154-4396-AE5A-882F2F55BE3C}"/>
+    <hyperlink ref="C756" r:id="rId719" xr:uid="{4F295460-26E2-4FF6-85E3-0A0E2B69D115}"/>
+    <hyperlink ref="C757" r:id="rId720" display="apģērbi, T-krekli, apavi, aksesuāri u.c." xr:uid="{60BB184F-0E1F-4498-B305-5FB939C27AD1}"/>
+    <hyperlink ref="C758" r:id="rId721" xr:uid="{38AE103F-F66A-4D7F-B7AA-7A9801DFA4BD}"/>
+    <hyperlink ref="C759" r:id="rId722" xr:uid="{EE5C8E1C-50CC-47A9-B6B3-E584ECBD595B}"/>
+    <hyperlink ref="C760" r:id="rId723" xr:uid="{E6A4615B-0070-490F-BB98-81855AC6A9AC}"/>
+    <hyperlink ref="C761" r:id="rId724" xr:uid="{9660A76E-AC48-44FD-901A-38BFC6A0F946}"/>
+    <hyperlink ref="C762" r:id="rId725" xr:uid="{D761DD73-645E-49C5-BD71-8EAD82DAC65F}"/>
+    <hyperlink ref="C763" r:id="rId726" xr:uid="{69343999-E0AA-4129-87A1-32F6C3A6FC89}"/>
+    <hyperlink ref="C764" r:id="rId727" display="farmaceitiskās zāles,  preparāti, krēmi" xr:uid="{BF8B196B-D9FB-442F-86FB-ED0606B60D40}"/>
+    <hyperlink ref="C765" r:id="rId728" xr:uid="{5F0FDD70-DC83-4C8B-AF83-007E89313CD6}"/>
+    <hyperlink ref="C766" r:id="rId729" xr:uid="{D29EACB4-BD72-4226-B948-64F80DC4875F}"/>
+    <hyperlink ref="C767" r:id="rId730" xr:uid="{117B2077-DAB3-49FA-A003-7292C0D58611}"/>
+    <hyperlink ref="C768" r:id="rId731" xr:uid="{A542D49C-F765-4D6B-8E5C-D803EB5835A7}"/>
+    <hyperlink ref="C769" r:id="rId732" xr:uid="{09533A84-70B4-4E16-8533-C9DB175B394D}"/>
+    <hyperlink ref="C770" r:id="rId733" xr:uid="{C55117AA-8F7E-4CB5-ACC6-5608A64E5CBD}"/>
+    <hyperlink ref="C771" r:id="rId734" xr:uid="{1093A6C1-A183-43DF-925D-BB2FD8C2FE2E}"/>
+    <hyperlink ref="C772" r:id="rId735" xr:uid="{EA4A1828-9F46-4253-861D-DD7BE47A141E}"/>
+    <hyperlink ref="C773" r:id="rId736" display="somas, apģērbs, šalles, kleitas, krekli, topi, kamzoli, blūzes, T-krekli, trikotāža, proti, trikotāžas topi, džemperi, džemperi, mēteļi, vestes, parki, apmetņi, sporta krekli, krekliņi, topi ar kapuci, sporta apģērbs, peldkostīmi, jakas, bleizeri, uzvalki, legingi (bikses), legingi (sildītāji), kombinezoni, bikses, bikses, šorti, atpūtas apģērbs, naktsveļa, naktskrekli, pidžamas, peldmēteļi, cimdi, zeķes, apģērba jostas, cepures, apavi" xr:uid="{7D79EBD4-341F-4052-A8C9-B4E1409E3BF4}"/>
+    <hyperlink ref="C774" r:id="rId737" xr:uid="{8623A89B-4810-4774-8103-F162ECF29FD1}"/>
+    <hyperlink ref="C775" r:id="rId738" xr:uid="{54B40757-BC41-4D5E-8F21-C652C1FDAD3F}"/>
+    <hyperlink ref="C776" r:id="rId739" xr:uid="{018F376C-02DF-4723-B876-EBA07948FB86}"/>
+    <hyperlink ref="C560" r:id="rId740" display=" juvelierizstrādājumi,   pulksteņi, somas, apģērbi, apavi, galvassegas u.c." xr:uid="{F3881B20-549D-401B-80C1-79BACC5D41D8}"/>
+    <hyperlink ref="C559" r:id="rId741" xr:uid="{91035EC2-9A79-4039-A3B8-FAFE3B336738}"/>
+    <hyperlink ref="C558" r:id="rId742" display="transportlīdzekļi, iekārtas pārvietošanai pa sauszemi, gaisu,  vieglie automobiļi, komunālie transportlīdzekļi, mikroautobusi, kravas automašīnas un tirdzniecības furgoni ar zīmolu Chrysler, Dodge, Jeep un Ram, apgaismojums, apkure,darbgaldi, elektroinstrumenti, instrumenti un  piederumi, konteineri mājsaimniecībai,  apģērbi, apavi, galvassegas, āda un tās imitācijas, dzīvnieku ādas, bagāža spēles, rotaļlietas, videospēļu aparāti, māksla u.c." xr:uid="{F70C6232-E776-4AF8-B0E1-96EA6D4F96AD}"/>
+    <hyperlink ref="C557" r:id="rId743" display="Aktuālo pieprasījumu saraksts 03.05.2022.xlsx" xr:uid="{0472BBAA-9A9D-4F7E-BE6A-F4D747C87974}"/>
+    <hyperlink ref="C556" r:id="rId744" xr:uid="{A5B0DA88-EE8D-400F-8568-615FB83AB63D}"/>
+    <hyperlink ref="C555" r:id="rId745" xr:uid="{A6122400-FD34-4F74-8365-F39BC1746296}"/>
+    <hyperlink ref="C554" r:id="rId746" xr:uid="{0AC80886-94CB-453B-BA32-570E49419773}"/>
+    <hyperlink ref="C553" r:id="rId747" xr:uid="{F71750FE-19D5-4945-B441-5A60B6715030}"/>
+    <hyperlink ref="C552" r:id="rId748" display="pastmasas sifons" xr:uid="{CE28281F-5B1F-4900-9006-E2C96400C404}"/>
+    <hyperlink ref="C551" r:id="rId749" xr:uid="{D82BFFFA-CB8C-48DD-BD5E-6EE6C0E9DEF8}"/>
+    <hyperlink ref="C550" r:id="rId750" xr:uid="{DC9A47D9-1A03-45E5-8099-5C4F037B20A8}"/>
+    <hyperlink ref="C549" r:id="rId751" xr:uid="{525251A7-9F9A-4E4F-8D0E-B45CC39A4ECD}"/>
+    <hyperlink ref="C548" r:id="rId752" xr:uid="{497B003F-AD42-4FF7-851E-0F13A7C8130F}"/>
+    <hyperlink ref="C547" r:id="rId753" xr:uid="{CBFD3485-5D69-43C2-B6BD-C41992A7193C}"/>
+    <hyperlink ref="C546" r:id="rId754" xr:uid="{6C13FF30-CFCF-414D-B62B-DF0B3FAD2F89}"/>
+    <hyperlink ref="C545" r:id="rId755" xr:uid="{CE05C024-85A6-44A4-A51D-88A789423D2E}"/>
+    <hyperlink ref="C544" r:id="rId756" display="farmaceitiskie un medicīnas instrumentu  izstrādājumi, juvelierizstrādājumi, pulksteņi, somas, trauki un stikla izstrādājumi, tekstilizstrādājumi, apģērbs, apavi, galvassegas,mežģīnes, lentes, izšuvumi, grīdas segumu izstrādājumi, rotaļlietas un sporta preces u.c.  " xr:uid="{4585DC6F-0D6A-4DFE-84E2-016C0AAEBC51}"/>
+    <hyperlink ref="C543" r:id="rId757" display="pulksteņi un to aksesuāri. " xr:uid="{846A410A-EE7F-4435-A1DD-83B9E59607BD}"/>
+    <hyperlink ref="C779" r:id="rId758" display="krēsli, kas marķēti ar &quot;SCAB&quot; zīmolu, no &quot;LISA&quot; līnijas, &quot;Lisa Chair&quot; variantā., krēsli ir izgatavoti no metāla rāmja" xr:uid="{E3090B02-1D68-4F5D-AF03-B97799BC4CCB}"/>
+    <hyperlink ref="C780" r:id="rId759" xr:uid="{2987B7A4-4DD0-4EAF-98FB-E5C8B7024F69}"/>
+    <hyperlink ref="C781" r:id="rId760" xr:uid="{F47BE20E-B076-4ECC-8DAF-B0D7ABD2FB1E}"/>
+    <hyperlink ref="C782" r:id="rId761" display="alkoholiskie dzērieni (izņemot alu); dzirkstošie vīni, alkoholiskie vīni, vīnu saturoši dzērieni " xr:uid="{3F83AC19-A481-46B5-971E-0A96E218048F}"/>
+    <hyperlink ref="C783" r:id="rId762" xr:uid="{6C9885C3-ED9B-4474-826B-701BCF7674B7}"/>
+    <hyperlink ref="C784" r:id="rId763" xr:uid="{D00E6334-3B09-4395-87D5-F5034C3E0B5A}"/>
+    <hyperlink ref="C785" r:id="rId764" display="galda tenisa nūjas" xr:uid="{D324B1D1-CB0D-4544-AE1B-F9F1AD0697D2}"/>
+    <hyperlink ref="C786" r:id="rId765" xr:uid="{7411A298-0C4E-4081-803B-8349F8BF1683}"/>
+    <hyperlink ref="C787" r:id="rId766" xr:uid="{FFA09602-3560-48EE-9DE0-FB3DA8C639FF}"/>
+    <hyperlink ref="C788" r:id="rId767" xr:uid="{4ECF825B-163D-4B68-A49C-F93D0A54D8C7}"/>
+    <hyperlink ref="C789" r:id="rId768" display="tālvadības pults auto, mājas  automatizācijai - tālvadības pults auto u.c." xr:uid="{904047CC-3EE0-432C-81EC-0648877ABC85}"/>
+    <hyperlink ref="C791" r:id="rId769" xr:uid="{34B25C2E-6E80-4E3F-A55E-658C8D2FFEAC}"/>
+    <hyperlink ref="C790" r:id="rId770" xr:uid="{583CD4D7-8668-4540-B502-2CDA9CA39147}"/>
+    <hyperlink ref="C792" r:id="rId771" display="Aktuālo pieprasījumu saraksts 14.04.2024.xlsx" xr:uid="{C304CB55-E305-4A2B-B18E-9E7746093165}"/>
+    <hyperlink ref="C793" r:id="rId772" xr:uid="{AB156550-662B-4F26-B4BC-5D4C5E2093E3}"/>
+    <hyperlink ref="C794" r:id="rId773" xr:uid="{D336FF92-BC89-44D9-A9B9-35C18CBB7769}"/>
+    <hyperlink ref="C795" r:id="rId774" xr:uid="{6A8561CB-7E7A-4D1A-B99D-D0A3E265EC29}"/>
+    <hyperlink ref="C796" r:id="rId775" display="farmaceitiski preparāti, zāles,  farmaceitiskie izstrādājumi" xr:uid="{E28BD1EF-A946-4EEB-A3DB-B7524719B393}"/>
+    <hyperlink ref="C797" r:id="rId776" xr:uid="{56BDC312-7B3E-469A-98A3-D3CB26EFC007}"/>
+    <hyperlink ref="C798" r:id="rId777" xr:uid="{4E37CD8A-A5E4-46F5-B85C-658EDFFC26EA}"/>
+    <hyperlink ref="C799" r:id="rId778" display="skalošanas poga izgatavota no metāla materiāliem." xr:uid="{B0B0921C-36E3-4880-91D3-9D1C6EB7F4D3}"/>
+    <hyperlink ref="C800" r:id="rId779" display="apģērbs, apavi, galvassegas, somas u.c." xr:uid="{5015EB7C-394D-44D6-A10B-8330EFE1EAAD}"/>
+    <hyperlink ref="C801" r:id="rId780" display=" dīvāni, gultas, sēdekļi, krēsli, krēslu kājas, krēslu pārvalki, galdi, u.c." xr:uid="{7A9A3013-A404-4DD4-87F7-F0ED49AA9CFB}"/>
+    <hyperlink ref="C802" r:id="rId781" xr:uid="{F7FFF94E-7985-4760-B290-4084873018C2}"/>
+    <hyperlink ref="C803" r:id="rId782" display="elektriskās sistēmas, savienojošie termināļi, elektriskie savienotāji u.c." xr:uid="{1872318F-8C73-460B-AA02-F843490540B7}"/>
+    <hyperlink ref="C804" r:id="rId783" display="Aktuālo pieprasījumu saraksts 13.05.2024.xlsx" xr:uid="{1752D4ED-72B2-414D-8200-5C223F06074C}"/>
+    <hyperlink ref="C805" r:id="rId784" xr:uid="{75E60071-BE7A-4D16-AB4B-94B097559105}"/>
+    <hyperlink ref="C806" r:id="rId785" xr:uid="{CB7A187B-77CD-42DA-95D9-8E401158FC82}"/>
+    <hyperlink ref="C807" r:id="rId786" display="tabakas izstrādājumi; tabakas aizstājēji no tējas un tējas augiem, cigarešu tabaka, košļājamā tabaka, pīpju tabaka,  smēķēšanas piederumi, sērkociņi, ūdenspīpes un elektroniskās ūdenspīpes un to piederumi elektroniskās cigaretes, cigāri, cigarillas, elektroniskais cigārs u.c." xr:uid="{76B8EB97-EED3-4AA1-966A-742D17F7CF20}"/>
+    <hyperlink ref="C808" r:id="rId787" xr:uid="{D89C4BEB-3F83-409B-ACB6-426D28263C9A}"/>
+    <hyperlink ref="C809" r:id="rId788" xr:uid="{B1D48559-9E54-4BCB-885D-2806513BA228}"/>
+    <hyperlink ref="C810" r:id="rId789" display="Aktuālo pieprasījumu saraksts 11.06.2024.xlsx" xr:uid="{F7528349-A542-47F5-8870-FC18E9CD57EE}"/>
+    <hyperlink ref="C811" r:id="rId790" xr:uid="{7B12EE6C-7D91-4D01-8F83-BFAD653C5DEE}"/>
+    <hyperlink ref="C812" r:id="rId791" xr:uid="{2ADF7D1C-FCA8-4372-8666-53EDEAC53F68}"/>
+    <hyperlink ref="C813" r:id="rId792" xr:uid="{0FC3018A-82F1-442C-A3AC-E0CFBB2A7708}"/>
+    <hyperlink ref="C814" r:id="rId793" xr:uid="{CDB9C649-C745-45E5-A0E3-AE7F836FD70A}"/>
+    <hyperlink ref="C815" r:id="rId794" xr:uid="{9BE3DE1B-428F-46F8-8BD4-2319A95B7948}"/>
+    <hyperlink ref="C816" r:id="rId795" xr:uid="{344E877A-981E-4339-84B8-1B7F91F3E55F}"/>
+    <hyperlink ref="C817" r:id="rId796" xr:uid="{055BF04B-BCE8-4F99-9349-AFFD37AB86EB}"/>
+    <hyperlink ref="C818" r:id="rId797" xr:uid="{A75FC792-EE0E-464D-8305-809E7F3E1B01}"/>
+    <hyperlink ref="C819" r:id="rId798" xr:uid="{12D6EDE8-B35F-4476-BB07-9B239BDF18BE}"/>
+    <hyperlink ref="C820" r:id="rId799" display="rotaļlietas, lelles,  celtniecības klucīši u.c." xr:uid="{6A378092-8716-4788-85D2-E567E7271E09}"/>
+    <hyperlink ref="C821" r:id="rId800" xr:uid="{3FCA252E-F068-4A20-831C-319360E41114}"/>
+    <hyperlink ref="C822" r:id="rId801" display="ceļojumu čemodāni un ceļojumu somas, mugursomas, apavi, kedas, pārgājienu zābaki, alpīnisma zābaki, ikdienas apavi, burāšanas apavi, tenisa apavi, jo īpaši basketbola apavi, slēpju zābaki un snovborda zābaki, pēcslēpošanas apavi un zābaki, zolītes un zoles, pēdas arka u.c." xr:uid="{434109A2-85A7-4094-ADC6-D8FEAC9B2009}"/>
+    <hyperlink ref="C823" r:id="rId802" xr:uid="{216BA386-D6A3-468A-9A19-264A497DAD65}"/>
+    <hyperlink ref="C824" r:id="rId803" xr:uid="{78F82E36-DF4F-48D1-88B1-EC8AFD63C9CB}"/>
+    <hyperlink ref="C586" r:id="rId804" xr:uid="{2FE8EFB6-5ED4-450C-A3EA-18EEAFFC9FBD}"/>
+    <hyperlink ref="C825" r:id="rId805" xr:uid="{499ACCCB-B456-4F78-9461-D9F29967555F}"/>
+    <hyperlink ref="C826" r:id="rId806" xr:uid="{2429357C-776F-467B-A2BE-10A34BAE66EB}"/>
+    <hyperlink ref="C827" r:id="rId807" display="apavi, sporta apavi, skriešanas kurpes,futbola aprīkojums, bumbas, krekli, apavi u.c." xr:uid="{1CF78391-EFC6-455E-AEB9-A1B162F9D8C4}"/>
+    <hyperlink ref="C828" r:id="rId808" xr:uid="{7CB70BE5-B4F5-4FF7-A7DD-13427C7297AF}"/>
+    <hyperlink ref="C829" r:id="rId809" display="kosmētika, parfimērijas preces, dezodoranti personīgai lietošanai, pretsviedru līdzekļi, ķelnes ūdens, ziepes, mazgāšanas līdzekļi, kas nav paredzēti rūpnieciskiem vai ražošanas procesiem vai izmantošanai medicīnā, veļaspulveris, trauku mazgājamais līdzeklis, mazgāšanas līdzekļi, veļas mīkstinātāji, tīrīšanas un pulēšanas līdzekļi, mājsaimniecības balinātājs, šampūni, matu preparāti, zobu pastas, depilācijas līdzekļi, viltus nagi, tualetes piederumi, ādas kopšanas līdzekļi, preparāti u.c." xr:uid="{2D8E5FEE-7A98-4AB2-9F82-B4BB078B2215}"/>
+    <hyperlink ref="C830" r:id="rId810" display="ķermeņa un skaistumkopšanas līdzekļi, tualetes ūdeņi, smaržas, odekoloni u.c." xr:uid="{3E07446A-DB09-431B-A173-367BC656B951}"/>
+    <hyperlink ref="C831" r:id="rId811" xr:uid="{0006EBF1-68CB-4016-A41E-0C769D477F1D}"/>
+    <hyperlink ref="C832" r:id="rId812" xr:uid="{EDA7D153-9E1E-4527-AFBD-00E77F21290B}"/>
+    <hyperlink ref="C833" r:id="rId813" display="sporta apģērbs,sporta bumbas, ikdienas krekli u.c." xr:uid="{0F8506BE-C212-4885-903C-C8BC9B621100}"/>
+    <hyperlink ref="C834" r:id="rId814" display=" krāsas, lakas,  krāsvielas, tintes drukāšanai, marķēšanai un ravēšanai,marķieri, krāsainie zīmuļi, krīts, marķieri, pildspalvas, zīmuļi, personīgie plānotāji, amatniecības un gleznošanas komplekti,skicēšanas tāfele,trafareti un raksti, zīmuļu asināmie un krāsaino zīmuļu asināmie, līmvielas, kancelejas preces, modelēšanas māls, krāsošanas spilventiņi,dārgmetāli un to sakausējumi, dārgakmeņi un pusdārgakmeņi, juvelierizstrādājumi, bižutērija,spēles un rotaļlietas,sporta preces (izņemot apģērbu), rotājumi, dekoratīvi priekšmeti u.c." xr:uid="{B804ECB4-260F-44AC-87A1-A8A0186C8676}"/>
+    <hyperlink ref="C835" r:id="rId815" xr:uid="{050EAB1B-36B3-4BCA-B7C0-10FD35AA30BB}"/>
+    <hyperlink ref="C836" r:id="rId816" xr:uid="{E6C89DE7-DBA1-4798-99AC-0BA7940C67D2}"/>
+    <hyperlink ref="C837" r:id="rId817" xr:uid="{92B263A7-11C6-410E-BB45-CBA6D4B5625D}"/>
+    <hyperlink ref="C838" r:id="rId818" display="tabaka,smēķēšanas priekšmeti,sērkociņi, tabakas aizstājēji (nav medicīniskiem nolūkiem), šņaucamā tabaka un tabakas aizstājēji uz augu šķiedrām balstītu produktu veidā orālai lietošanai, šņaucamā tabaka, šņaucamā tabaka uz augu bāzes u.c." xr:uid="{F653FCFA-679D-433E-9C99-42BD26100013}"/>
+    <hyperlink ref="C839" r:id="rId819" display="brilles, kosmētikas izstrādājumi, apģērbi, apavi, somas, cepures, rotaslietas u.c." xr:uid="{7632E8E3-8B18-46E5-BF55-E2954199AF9C}"/>
+    <hyperlink ref="C840" r:id="rId820" xr:uid="{BAD132F3-F194-445F-9C12-21DF247FD97C}"/>
+    <hyperlink ref="C841" r:id="rId821" xr:uid="{D195FF67-DE32-4D8F-A2E0-AA2E7454471D}"/>
+    <hyperlink ref="C842" r:id="rId822" xr:uid="{BDFEF8FE-BBFB-40E1-B6F0-695495016521}"/>
+    <hyperlink ref="C843" r:id="rId823" display="rotaļlietas, puzles,  puzles [rotaļlietas]; inteliģentas rotaļlietas, iemaņu spēles, manipulatīvas loģikas mīklas,  loģikas spēles u.c." xr:uid="{A8609C5E-2522-47D7-8915-67405ADA007B}"/>
+    <hyperlink ref="C844" r:id="rId824" display="matu veidošanas ierīce" xr:uid="{C5658874-7533-42D7-9800-5159A9EC8A19}"/>
+    <hyperlink ref="C845" r:id="rId825" xr:uid="{D3933A64-A8B7-4B53-9B8B-0685366B7C42}"/>
+    <hyperlink ref="C846" r:id="rId826" xr:uid="{DE5ECFBF-9FEA-4B3F-B036-1EC1BC67AD4B}"/>
+    <hyperlink ref="C847" r:id="rId827" xr:uid="{4BD69A61-5548-4DE3-A90E-F4070AA0BCAF}"/>
+    <hyperlink ref="C848" r:id="rId828" xr:uid="{6D6EC489-7859-4C48-BD90-9815E337EA33}"/>
+    <hyperlink ref="C849" r:id="rId829" display="Aktuālo pieprasījumu saraksts 13.09.2024.xlsx" xr:uid="{6867E950-EBC2-4344-BA88-3E584934E19B}"/>
+    <hyperlink ref="C850" r:id="rId830" display="gredzeni u.c." xr:uid="{9C40558D-BC10-4003-B06C-46CC72003E90}"/>
+    <hyperlink ref="C851" r:id="rId831" xr:uid="{9C916A24-EF57-472D-953F-727AE72958D7}"/>
+    <hyperlink ref="C852" r:id="rId832" xr:uid="{C925A1A6-1526-46A5-A714-495C9761E4CB}"/>
+    <hyperlink ref="C853" r:id="rId833" xr:uid="{45665774-8318-40DB-9C2C-2F31A4000255}"/>
+    <hyperlink ref="C854" r:id="rId834" display="augu izcelsmes uztura bagātinātāji, vitamīnu piedevas; uztura bagātinātāji, kas galvenokārt sastāv no minerālvielām" xr:uid="{45DFB19C-F4EC-4153-ADEF-FDDF4FA617D7}"/>
+    <hyperlink ref="C856" r:id="rId835" xr:uid="{D6F1FB61-F6A3-46F0-B84E-B6A6DDD46B0E}"/>
+    <hyperlink ref="C857" r:id="rId836" xr:uid="{48E1369E-8B20-4E31-9FE3-6E3799389C41}"/>
+    <hyperlink ref="C858" r:id="rId837" display="Aktuālo pieprasījumu saraksts 02.10.2024.xlsx" xr:uid="{F395809B-F486-45C7-B5AF-4CC9BBB70FDB}"/>
+    <hyperlink ref="C859" r:id="rId838" display="apģērbi, apavi, galvassegas, ceļojumu koferi, pludmales somas, sporta somas, iepirkumu somas ar riteņiem, maki, rokassomas, instrumentu somas, medību somas [medību piederumi], portfeļi, skolas somas, dārgmetāli un to sakausējumi un izstrādājumi no tiem u.c." xr:uid="{2C0D4FEA-FE9A-46E3-A2C4-DD105C482828}"/>
+    <hyperlink ref="C860" r:id="rId839" xr:uid="{C9846FBE-9732-40AC-9704-CEC21EA582D6}"/>
+    <hyperlink ref="C861" r:id="rId840" display="Aktuālo pieprasījumu saraksts 05.10.2024.xlsx" xr:uid="{6715A2B2-8DE9-4E4F-B745-1FF40E3E8C51}"/>
+    <hyperlink ref="C862" r:id="rId841" xr:uid="{3CC0A549-131F-47F3-80B5-C9D18F24B41F}"/>
+    <hyperlink ref="C863" r:id="rId842" display="Aktuālo pieprasījumu saraksts 05.10.2024.xlsx" xr:uid="{4FFAA372-422C-4B3E-BFBC-F3B77830FB36}"/>
+    <hyperlink ref="C864" r:id="rId843" xr:uid="{03D4D3E9-0194-4E72-8379-34F946156170}"/>
+    <hyperlink ref="C865" r:id="rId844" display=" konditorejas izstrādājumi, šokolāde, deserti, saldējums u.c." xr:uid="{DEE1D853-8CB4-43B4-AF31-BF237F3F39C6}"/>
+    <hyperlink ref="C866" r:id="rId845" display="metāla baloni, kapsulas, pudeles, krējuma kārtridži un tvertnes gāzei, cilindri, kapsulas, pudeles, krējuma kārtridži un konteineri kriogēnām gāzēm u.c" xr:uid="{60F0BC22-58A8-47E9-8DD1-D06A8D206C6B}"/>
+    <hyperlink ref="C867" r:id="rId846" xr:uid="{CE67A40E-B5F6-47DA-8119-DE158A788370}"/>
+    <hyperlink ref="C868" r:id="rId847" display=" slīpmašīnas, instrumenti, to daļas u.c." xr:uid="{5AF5E3AA-56E0-4A04-A155-6A8E15A82337}"/>
+    <hyperlink ref="C869" r:id="rId848" xr:uid="{22238862-8F81-4DB6-9C04-13B883667B91}"/>
+    <hyperlink ref="C870" r:id="rId849" xr:uid="{68392ABD-29D9-4CD0-9339-33E6D26835EB}"/>
+    <hyperlink ref="C871" r:id="rId850" xr:uid="{867F3040-79D9-4D75-BB11-D367E732E2A3}"/>
+    <hyperlink ref="C872" r:id="rId851" display="pusvadītāji, pusvadītāju mikroshēmas, mikroshēmas [integrālās shēmas], uzglabāšanas vienības, zibatmiņa" xr:uid="{F033A2AF-4EFE-469D-B2C3-50BEEDCEBA5B}"/>
+    <hyperlink ref="C873" r:id="rId852" display="serveru sistēmas,tīmekļa lietojumprogrammas, mobilās lietotnes Blackberry, iPad un Co u.c." xr:uid="{FA7EE57A-35A7-4B9E-9993-640DB7FA080F}"/>
+    <hyperlink ref="C874" r:id="rId853" xr:uid="{40715D9F-A673-4551-9F47-E7BE7A5C5C74}"/>
+    <hyperlink ref="C875" r:id="rId854" display="brilles, saulesbrilles, briļļu futrāļi, dārgmetāli un to sakausējumi, parfimērija, ēteriskās eļļas, kosmētika, matu losjoni, apģērbi, apavi, galvassegas; zīdaiņu autiņi, āda un ādas imitācijas, un to izstrādājumi u.c." xr:uid="{7EEBDE7E-A724-428E-8688-9E71A54B14E3}"/>
+    <hyperlink ref="C876" r:id="rId855" display="pusvadītāji, integrālās shēmas, mikroprocesori, diodes, tranzistori, sensori, strāvas moduļi [dators] u.c." xr:uid="{40411B11-06A8-4811-AC01-DBCDBC746E2A}"/>
+    <hyperlink ref="C877" r:id="rId856" xr:uid="{F6A11DAC-1C40-49B9-9E3B-F560695A15F2}"/>
+    <hyperlink ref="C878" r:id="rId857" display="apģērbi, somas,pudeles,juvelierizstrā dājumi, rokassprādzes,apģērbi atslēgu piekariņi, mūzikas lentes; piederumi, kasetes ieraksti u.c." xr:uid="{AAF0F0B4-9990-46F0-B5B3-BD08D6793231}"/>
+    <hyperlink ref="C879" r:id="rId858" display="Aktuālo pieprasījumu saraksts 01.11.2024.xlsx" xr:uid="{1C31AB30-CE84-4ED6-AF28-748CE44944D7}"/>
+    <hyperlink ref="C880" r:id="rId859" display="saulesbriļļu futrāļi,  ietvari, saulesbrilles saulesbriļļu auklas, siksnas,  vāciņi, sieviešu sandales, atslēgu piekariņi sieviešu rokassomas,  rotaslietas, kleitas apģērbi, kostīmi, vilnas zeķes, virsdrēbes, peldkostīmi u.c." xr:uid="{4F856E47-2A51-45F4-B23C-A833A9303B48}"/>
+    <hyperlink ref="C881" r:id="rId860" xr:uid="{E5898D01-3EC6-4750-9EA4-051B0E344349}"/>
+    <hyperlink ref="C882" r:id="rId861" display="smaržas, juvelier izstrādājumi,   maki; somas, portfeļi, atslēgu piekariņi, apavi u.c." xr:uid="{8E71E908-A3B8-4DFE-90C0-5B965523A0E5}"/>
+    <hyperlink ref="C883" r:id="rId862" xr:uid="{4FF80F7E-9038-4C31-959A-2D944AD76447}"/>
+    <hyperlink ref="C884" r:id="rId863" display="medikamenti" xr:uid="{280F7843-C6BB-4DDD-A1DA-83EDD9C97B96}"/>
+    <hyperlink ref="C885" r:id="rId864" xr:uid="{B9890627-544F-47F6-9469-349AA220B423}"/>
+    <hyperlink ref="C886" r:id="rId865" xr:uid="{618FC750-1C41-467B-868B-64F8D8770D9E}"/>
+    <hyperlink ref="C887" r:id="rId866" xr:uid="{71FB4D25-71AF-4D5E-910E-0CEDFCDE7C61}"/>
+    <hyperlink ref="C888" r:id="rId867" display="Aktuālo pieprasījumu saraksts 29.11.2024.xlsx" xr:uid="{63E63D50-147C-462E-BFBA-FB617F719BB7}"/>
+    <hyperlink ref="C889" r:id="rId868" xr:uid="{F6396004-2464-41B3-B7B5-2D9D8DD4C835}"/>
+    <hyperlink ref="C891" r:id="rId869" display="somas, ziepes, parfimērijas preces ēteriskās eļļas, kosmētika, pildīti kosmētikas maciņi, matu veidošanas vasks; depilācijas vasks, šampūni, mājdzīvnieku šampūni [neārstnieciski kopšanas līdzekļi], šķidrumi matu un ķermeņa kopšanai, matu krāsas, dezodorētāji u.c." xr:uid="{83241AE5-C692-4EB9-AAE7-C031DC31E883}"/>
+    <hyperlink ref="C892" r:id="rId870" xr:uid="{F2F6E72B-3007-4767-8D65-DE4C8AA7DE2C}"/>
+    <hyperlink ref="C893" r:id="rId871" xr:uid="{7D6C70B7-DD13-4845-9254-D6D743864A0B}"/>
+    <hyperlink ref="C894" r:id="rId872" xr:uid="{E62357D1-3460-40C6-97CC-013DFAA90C29}"/>
+    <hyperlink ref="C895" r:id="rId873" xr:uid="{688CE3FD-153C-4931-8613-148F4676408D}"/>
+    <hyperlink ref="C896" r:id="rId874" xr:uid="{EA308944-4EBD-4E38-A68C-2DEF70740BE4}"/>
+    <hyperlink ref="C747" r:id="rId875" xr:uid="{EE18586C-4A10-4399-A380-B45B3C4CBBC4}"/>
+    <hyperlink ref="C902" r:id="rId876" display="kanalizācijas kanāli" xr:uid="{3FF6402C-05B4-4232-B970-8C166899F602}"/>
+    <hyperlink ref="C903" r:id="rId877" display="elektriskie iztvaicētāji,iztvaicētājs garšaugu un esenču iztvaicēšanai,  Inhalatori, garšaugu dzirnaviņas,  apģērbi,  laboratorijas mēteļi, cepures, kleitas, svārki, sporta bikses, bikses, apakšveļa, šalles,  vizieri un stieņi u.c." xr:uid="{ABCA54CA-DB7E-403D-BF87-465DA2E5840B}"/>
+    <hyperlink ref="C904" r:id="rId878" xr:uid="{689A6FE9-A455-432E-A47E-18A5B8A105D3}"/>
+    <hyperlink ref="C906" r:id="rId879" xr:uid="{8734DEFD-FD75-4D2B-BA9E-C52B9CB34B1A}"/>
+    <hyperlink ref="C907" r:id="rId880" display="apģērbs sportam,  sporta inventārs,  saulesbrilles; brilles (optika), sporta brilles, portfeļi, šalles, sporta aprīkojums, cimdi, sporta apavi, futbola krekli, futbola apģērbu modeļi, bērnu apģērbi, vīriešu apakšveļa  u.c." xr:uid="{D16310C0-CC70-4F9C-93C1-19044039ABD4}"/>
+    <hyperlink ref="C905" r:id="rId881" xr:uid="{42F15BF0-64CF-45F2-9B1F-DE2B075C13BE}"/>
+    <hyperlink ref="C908" r:id="rId882" xr:uid="{EA2F72BD-F901-40FB-A9CD-680D0253FA3A}"/>
+    <hyperlink ref="C909" r:id="rId883" xr:uid="{629104C2-7EB9-4353-A9F4-EB663B96C2EB}"/>
+    <hyperlink ref="C910" r:id="rId884" xr:uid="{A4B73AEE-07F2-49E7-B007-77C2066407A2}"/>
+    <hyperlink ref="C911" r:id="rId885" xr:uid="{6C989A12-397D-48CB-830E-02B3A243823E}"/>
+    <hyperlink ref="C912" r:id="rId886" xr:uid="{7AA5F026-1960-4497-A569-BDBC0B85BD8F}"/>
+    <hyperlink ref="C913" r:id="rId887" xr:uid="{78F07FC9-0419-45D7-B094-FBEAB3ADC529}"/>
+    <hyperlink ref="C914" r:id="rId888" display="ķīmisko un neķīmisko vielu filtrēšanas līdzekļi, rūpnieciskās eļļas un smērvielas; motoreļļa, transmisijas eļļa; smērvielas; putekļu noņemšanas līdzekļi,dzelzs izstrādājumi un nelieli metāla izstrādājumi; metāla izstrādājumi, jo īpaši celtniecības materiāli,būvelementi, cisternas, tvertnes, konteineri, transportēšanas preces, uzglabāšanas preces, iepakojums, mehāniskās iekārtas celtniecībai, zemes rakšanai, drupināšanai, jaukšanai, apstrādei, ieguvei un lauksaimniecība, sūkņi, kompresori, ģeneratori un ventilatori, roboti, pārvietošana un apstrāde aprīkojums, bagāžas, somas, kabatas portfeļi un citi nesēji, mugursomas, apģērbs, apavi, galvassegas, spēles, rotaļlietas, sporta preces un aprīkojums, smēķētāju preces,  šķiltavas,pelnu trauki,  sērkociņi u.c." xr:uid="{53801129-51F6-4F60-9B9A-1EA8E05321C2}"/>
+    <hyperlink ref="C915" r:id="rId889" display="pneimatiskie vārstu izpildmehānismi, izpildmehānismi AUTH rūpnieciskās automatizācijas vadības ierīces eleektriskie AUTH sensori, AUTH vārsti [sūkņu daļas], solenoīda vārsti u.c. " xr:uid="{F3731FB3-83FC-4893-98E2-0E6EA63EB8A4}"/>
+    <hyperlink ref="C916" r:id="rId890" xr:uid="{A52AEFF3-099F-4EE0-9898-FE5139ADD9ED}"/>
+    <hyperlink ref="C917" r:id="rId891" xr:uid="{ABF51D58-9C9E-41E2-8D1D-837BAE14FB78}"/>
+    <hyperlink ref="C918" r:id="rId892" xr:uid="{2E8B55CA-27ED-4702-B934-385892EF5A42}"/>
+    <hyperlink ref="C919" r:id="rId893" xr:uid="{5B8E92E0-4997-42F1-8D57-11FE55E17073}"/>
+    <hyperlink ref="C920" r:id="rId894" xr:uid="{C0EE080F-8F18-409D-B41B-8F44C81D1DA0}"/>
+    <hyperlink ref="C921" r:id="rId895" xr:uid="{A351E911-1598-4C98-8FE3-9543EB14F94E}"/>
+    <hyperlink ref="C922" r:id="rId896" xr:uid="{D4A5C02A-7F80-49FF-9770-A13C743FA436}"/>
+    <hyperlink ref="C923" r:id="rId897" xr:uid="{E9043F93-1E2C-4FCD-9571-F18BB8A08E52}"/>
+    <hyperlink ref="C924" r:id="rId898" xr:uid="{463892CB-CD7D-4E63-AA87-EF8C39AD262C}"/>
+    <hyperlink ref="C925" r:id="rId899" display="nemetāla emblēmas automašīnām, auto piederumi u.c" xr:uid="{5E50712F-D88B-4A00-B790-C3F5D9BCEF88}"/>
+    <hyperlink ref="C926" r:id="rId900" xr:uid="{66B9B0DB-23C9-4170-991F-2B4F6F5C4423}"/>
+    <hyperlink ref="C927" r:id="rId901" display="juvelierizstrādājumi, somas,stikla izstrādājumi,tekstilizstrādājumi, rotaļlietas un sporta preces u.c." xr:uid="{5F035FD0-C2B4-40B6-A675-D0CE19F593DE}"/>
+    <hyperlink ref="C928" r:id="rId902" display="Aktuālo pieprasījumu saraksts 10.02.2025.xlsx" xr:uid="{208FFDF8-441C-4C56-8E29-D85B153B7D1E}"/>
+    <hyperlink ref="C929" r:id="rId903" xr:uid="{E308119A-7E47-4B74-B51C-521C7CD6CFB8}"/>
+    <hyperlink ref="C930" r:id="rId904" xr:uid="{C956FE18-679D-4675-A30E-FA7167C91FD4}"/>
+    <hyperlink ref="C931" r:id="rId905" display="flīžu griezēji [rokas darbarīki]" xr:uid="{656EB103-0701-4F49-BAF2-7298BDA71452}"/>
+    <hyperlink ref="C932" r:id="rId906" xr:uid="{DD4A9C0D-BBCA-4DF9-B9D6-9ED375091F52}"/>
+    <hyperlink ref="C933" r:id="rId907" xr:uid="{5D70D2AE-187B-4F68-9FFB-53D0A630B27E}"/>
+    <hyperlink ref="C934" r:id="rId908" xr:uid="{1B3D01F8-F0EF-402F-B685-5596342F2AF1}"/>
+    <hyperlink ref="C935" r:id="rId909" xr:uid="{72463950-6FE2-4156-873B-F34B38928989}"/>
+    <hyperlink ref="C936" r:id="rId910" display="dekoratīvs stikls,stikla figūriņas, mākslinieciski priekšmeti no kristālstikla, svina kristāla figūriņas u.c." xr:uid="{186A8EEA-C2B4-4DDA-918C-F7561FBCFB73}"/>
+    <hyperlink ref="C937" r:id="rId911" xr:uid="{EE9E0A0C-C19E-457F-9903-B0AE923EE510}"/>
+    <hyperlink ref="C938" r:id="rId912" xr:uid="{B0746357-E5F6-4B0B-934B-8E37DBD5C8C9}"/>
+    <hyperlink ref="C939" r:id="rId913" xr:uid="{8A296444-558F-4046-A645-E928CE101C13}"/>
+    <hyperlink ref="C940" r:id="rId914" xr:uid="{29412CAF-94C9-4643-A5A9-69A3FB2FD762}"/>
+    <hyperlink ref="C941" r:id="rId915" xr:uid="{A2721EA4-BA4C-434E-AE8D-F10C83D6F536}"/>
+    <hyperlink ref="C942" r:id="rId916" xr:uid="{C2385FB3-6A1F-4FD5-9B48-B446F03B79DC}"/>
+    <hyperlink ref="C943" r:id="rId917" xr:uid="{CE032A19-9A89-49E6-B3A2-A44DDCAAB194}"/>
+    <hyperlink ref="C944" r:id="rId918" xr:uid="{1FE07634-364E-455A-B553-791C522A7CF9}"/>
+    <hyperlink ref="C945" r:id="rId919" display="apģērbs, rotaļlietas, kancelejas preces, svārsta pulksteņi, vannas halāti, bērnu lietussargi,  ballīšu baloni, papīra ballīšu dekorācijas, ballīšu ielūgumi, svētku rakstāmpiederumi, papīra ballīšu piederumi, vannas rotaļlietas, ērnu albumi, bērnu pārtika (zīdaiņiem), bērnu dvieļi, plastmasas ballīšu cepures u.c." xr:uid="{CFD756AA-62DE-4DD0-8BF0-02E9FD4711A9}"/>
+    <hyperlink ref="C946" r:id="rId920" xr:uid="{8B33C305-D30D-4560-B472-97EAEC5611A5}"/>
+    <hyperlink ref="C947" r:id="rId921" xr:uid="{77C7EEB5-0058-4103-87F9-B48640AC17FE}"/>
+    <hyperlink ref="C948" r:id="rId922" xr:uid="{1E008383-3FEC-4FBE-93CC-61050C2DB2AD}"/>
+    <hyperlink ref="C949" r:id="rId923" xr:uid="{D21968B2-FE36-490C-8690-F5B6B8146719}"/>
+    <hyperlink ref="C950" r:id="rId924" xr:uid="{2C12C319-4817-49AA-9F06-B1D70E068292}"/>
+    <hyperlink ref="C951" r:id="rId925" xr:uid="{003223B5-D961-4987-B25F-D933AC93FCA0}"/>
+    <hyperlink ref="C952" r:id="rId926" xr:uid="{CDDA875D-DF30-4A78-9DC2-AE35D390BEC6}"/>
+    <hyperlink ref="C953" r:id="rId927" xr:uid="{6C762CB8-39CD-4662-8827-E21DA3817F76}"/>
+    <hyperlink ref="C954" r:id="rId928" xr:uid="{D8BB1354-AA7E-43FC-84C2-A130E3F20997}"/>
+    <hyperlink ref="C955" r:id="rId929" display=" kosmētika un tualetes piederum, zobu pastas, parfimērija, ēteriskās eļļas u.c." xr:uid="{BFA9C267-046A-4197-88B2-74B90DE43017}"/>
+    <hyperlink ref="C956" r:id="rId930" xr:uid="{C1678B3C-4424-4533-9EDC-98892E4462B0}"/>
+    <hyperlink ref="C957" r:id="rId931" display="mobilie telefoni u.c." xr:uid="{F930C1EB-4262-48C4-BE03-C665BA99CD43}"/>
+    <hyperlink ref="C958" r:id="rId932" display="Audio irrīces" xr:uid="{2EB236CA-787D-45FD-A1CC-2E697C5052C7}"/>
+    <hyperlink ref="C959" r:id="rId933" display="elektriskie motori,starteri  (izņemot sauszemes transportlīdzekļiem),ģeneratori, iekšdedzes dzinēju aizdedzes sistēmas, spuldžu sveces,aizdedzes sveces,degvielas sūkņi, regulatori, sprauslas un sprauslu turētāji, dzinēja vārsti, degvielas filtri, eļļas filtri, gaisa filtri u.c. " xr:uid="{F65414F6-08A7-435C-8234-7357DDFDCD79}"/>
+    <hyperlink ref="C960" r:id="rId934" xr:uid="{EE0EB4FE-F416-4C25-AC85-8E9AFAB47BE1}"/>
+    <hyperlink ref="C961" r:id="rId935" display="bērnu apģērbi, pidžamas ar apmetni, papīra dvieļi, salvetes, vienreizlietojamie papīra dvieļi, tālruņa kartes un kredītkartes, attēli, grafikas, rokasgrāmatas, plakāti, apsveikuma kartītes, pastkartes, attēlu kartes, uzlīmes, pretsviedru tualetes piederumi, aromterapijas eļļas, zīdaiņu eļļas, mitrās salvetes zīdaiņiem, dušas želejas, kristāli, ķermeņa krēmi, losjoni un pulveri, elpas atsvaidzinātāji, burbuļvannas, dezodoranti, pārsēju materiāls, zīdaiņu pārtika, vitamīni bērniem, ārstnieciskas zāļu tējas, dezinfekcijas līdzekļi u.c." xr:uid="{AA7F9368-E476-4128-97C9-11A8A306A23F}"/>
+    <hyperlink ref="C962" r:id="rId936" xr:uid="{F1BC1058-EF46-4E8C-83F3-E65FD2BC6F9C}"/>
+    <hyperlink ref="C963" r:id="rId937" display="skaļruņi, televizori, skaņas joslas" xr:uid="{AC926257-EBA8-4DED-881C-8DE21511990B}"/>
+    <hyperlink ref="C964" r:id="rId938" display="zāģi,  cauruļu griešanas mašīnas, mašīnas metālu zāģēšanai, pašgājējas mašīnas zāģēšanai, zāģu soli, mobilās kokzāģētavas, zāģēšanas instrumenti zāģmašīnām, zāģēšanas darbgaldi, zāģu asmeņi u.c. " xr:uid="{809E93E1-A50F-4EEF-8566-A29041C5834F}"/>
+    <hyperlink ref="C965" r:id="rId939" display="spēļu konstruktori, rotaļu konstruktori, miniatūras figūriņas no plastmasas, savienojamas rotaļu konstruktoru daļas, savienojumu rotaļu konstruktori, konstruktoru daļas, rotaļu darbarīki,  kārbas uzglabāšanas nolūkiem (plastmasas) u.c." xr:uid="{F99B8906-855A-4066-846E-EF8F7ACA61A9}"/>
+    <hyperlink ref="C966" r:id="rId940" xr:uid="{7D498068-AEE7-4236-9687-F14D9A32C7B6}"/>
+    <hyperlink ref="C967" r:id="rId941" xr:uid="{DEA0396B-07A4-4708-AFC7-1CA8F61D3373}"/>
+    <hyperlink ref="C968" r:id="rId942" display="datorprogrammatūras ierīces mobilajām iekārtām, displejiem  u.c." xr:uid="{D4ABC1AA-E4CB-40A5-BBB9-25D39F9CE022}"/>
+    <hyperlink ref="C969" r:id="rId943" xr:uid="{F05E7AB5-0CEB-42DD-BD56-925975203923}"/>
+    <hyperlink ref="C970" r:id="rId944" display="spēles, rotaļlietas un rotaļlietas,videospēļu ierīces vingrošanas un sporta inventārs, apģērbi, apavi, galvassegas, bagāžas un pārnēsāšanas somas, rokas darbarīki, sniega lāpstas, brilles, sniega brilles, saulesbrilles, ķiveres, muguras aizsargi, apakšstilbu aizsargi,nelaimes gadījumu aizsardzības ierīces personiskai lietošanai, jo īpaši pastiprinājumi plecu un elkoņu, ceļgalu un citu ķermeņa daļu aizsardzībai, elektroniski meklēšanas aparāti apbedīto personu atrašanās vietas noteikšanai, elektroniski lavīnu raiduztvērēji,meklēšanas zondes u.c." xr:uid="{EC86601C-8664-4408-A248-42326033F50B}"/>
+    <hyperlink ref="C971" r:id="rId945" display="jaudas pārvades siksnas sauszemes transportlīdzekļu dzinējiem, gumijas transmisijas siksnas  transportlīdzekļiem, sauszemes transportlīdzekļu transmisijas elementi, sauszemes transportlīdzekļu zobsiksnu spriegošanas ierīces,jostu spriegotāji, sauszemes transportlīdzekļu dzinēju zobsiksnu spriegošanas ierīces, spriegotāji (ar roku darbināmi instrumenti), metāla kabeļu spriegotāji laivām, piedziņas skriemeļi, skriemeļi,zobsiksnas skriemeļi,siksnu skriemeļi,skriemeļi (mašīnu daļas), transportlīdzekļu dinamo skriemeļi, skriemeļi (metāla aparatūra) u.c. " xr:uid="{AC7E6699-E0B8-449F-BA5F-661F072DB7D9}"/>
+    <hyperlink ref="C972" r:id="rId946" display="modulāras lampu sistēmas, kas sastāv no dažādiem elementiem (gaismas stieņa, savienojuma un pamatnes) vai &quot;sienas&quot; vai &quot;piekares&quot; vai &quot;grīdas&quot; vai &quot;no augšas līdz griestiem&quot; gaismas stieņa arhitektūras apgaismojumam, tajos ietilpst optiskie piederumi un gaismas sloksnes." xr:uid="{040B5818-0F0D-4BEB-A662-7B743B6B090E}"/>
+    <hyperlink ref="C973" r:id="rId947" xr:uid="{C757A1E8-A495-4F26-89DD-60B27D22CBF1}"/>
+    <hyperlink ref="C974" r:id="rId948" display="apģērbi, smaržas, brilles (optika) u.c. " xr:uid="{63F5FED9-8393-48B0-847E-A785D7C74E0E}"/>
+    <hyperlink ref="C975" r:id="rId949" xr:uid="{701B47B7-AB83-47C3-9249-232ACA7136C9}"/>
+    <hyperlink ref="C976" r:id="rId950" xr:uid="{1BF548D4-E75F-40CB-AFA1-FEFBF8EE839F}"/>
+    <hyperlink ref="C778" r:id="rId951" xr:uid="{BC741899-9808-44BF-9862-50EF92EB9CA1}"/>
+    <hyperlink ref="C777" r:id="rId952" xr:uid="{AA85CE16-69D1-4364-A783-A9A6C452F2EB}"/>
+    <hyperlink ref="C977" r:id="rId953" xr:uid="{A853AB3C-CBC1-4D8E-B863-B6A126B95776}"/>
+    <hyperlink ref="C978" r:id="rId954" xr:uid="{EC546C18-C6EA-41A1-A73F-3B1A59E1EB77}"/>
+    <hyperlink ref="C979" r:id="rId955" display="šokolāde,  kafija, šokolādes cepumi, ievārījumi; dabīgie ievārījumi. medus, augļu pasta,  konfektes, olīvu pasta,diētas kapsulas, uztura bagātinātāji, gardumi, tēja, pīrāgi, baklava, košļājamā gumija, zobu pastas, mutes skalojamais līdzeklis, ziepe, ēteriskās eļļas (eļļas), saules aizsargkrēms, olīveļļa, šampūns, roku krēmi,  kosmētika, kosmētiskie preparāti, zāļu kapsulas, gomoritīns,  roku losjoni, roku tīrīšanas līdzekļi, farmaceitiskie izstrādājumi,  odekoloni, smaržas un saistīti izstrādājumi, dabīgie sveķi mastika u.c. " xr:uid="{EA72F06B-501E-450A-849F-3E8FED639868}"/>
+    <hyperlink ref="C980" r:id="rId956" xr:uid="{5D1F7966-8101-49EF-B948-D01D6DCD363E}"/>
+    <hyperlink ref="C982" r:id="rId957" xr:uid="{08BEB8DB-C540-41E3-8440-D4AE3FE0EC86}"/>
+    <hyperlink ref="C523" r:id="rId958" xr:uid="{77259622-4D9D-45AC-945D-E9068DB5BD3E}"/>
+    <hyperlink ref="C983" r:id="rId959" xr:uid="{270CFF40-6074-4EB9-8D48-C01A7DC369E2}"/>
+    <hyperlink ref="C984" r:id="rId960" xr:uid="{EB3CF168-DC28-4891-9B2A-41C5A8AACFCF}"/>
+    <hyperlink ref="C985" r:id="rId961" display="T-krekli" xr:uid="{1BB3415B-688D-4763-9292-2CC4E2251BEE}"/>
+    <hyperlink ref="C986" r:id="rId962" display="farmaceitiskās un veterinārās zāles, higiēnas līdzekļi medicīniskiem nolūkiem, diētiskie produkti medicīniskiem nolūkiem, bērnu pārtika, plāksteri, pārsēji, zobu plombēšanas materiāli un impresijas materiāli zobārstniecības nolūkiem, dezinfekcijas līdzekļi, līdzekļi kaitīgu dzīvnieku iznīcināšanai fungicīdi, herbicīdi, pretreimatiskas rokassprādzes, gredzeni, pretreimatiskie gredzeni, asinis medicīniskiem nolūkiem, asins plazma, rokassprādzes medicīniskiem nolūkiem u.c." xr:uid="{0F44F70F-AA4E-4C71-B48C-BF260D82E7EF}"/>
+    <hyperlink ref="C987" r:id="rId963" xr:uid="{00DE510C-C29C-42ED-9543-E7086C3794E9}"/>
+    <hyperlink ref="C988" r:id="rId964" xr:uid="{89F73BF0-FE2D-4B5E-B008-4D0B520F6DF5}"/>
+    <hyperlink ref="C989" r:id="rId965" xr:uid="{C6216D62-3BDF-4E7D-B360-A084E88E056F}"/>
+    <hyperlink ref="C990" r:id="rId966" xr:uid="{33488069-BD88-47DF-9382-D4D864C12AB2}"/>
+    <hyperlink ref="C991" r:id="rId967" xr:uid="{2DA75C6D-1295-4074-8383-11EDC227B58E}"/>
+    <hyperlink ref="C992" r:id="rId968" xr:uid="{6C355912-792C-4F0B-B1EF-7822877AE1CD}"/>
+    <hyperlink ref="C993" r:id="rId969" display="Aktuālo pieprasījumu saraksts 11.04.2025.xlsx" xr:uid="{26DE056C-CB08-49D7-9D2A-BE2B2CF4E72B}"/>
+    <hyperlink ref="C994" r:id="rId970" xr:uid="{25E76923-8CF1-4674-AF2F-6500E3045E0F}"/>
+    <hyperlink ref="C995" r:id="rId971" xr:uid="{9CBFC22B-C3B3-4867-ABEA-8780E76D7BC3}"/>
+    <hyperlink ref="C996" r:id="rId972" display="Aktuālo pieprasījumu saraksts 11.04.2025.xlsx" xr:uid="{096A5C18-E709-46F3-A055-651C726D86F8}"/>
+    <hyperlink ref="C997" r:id="rId973" xr:uid="{A0BB546A-6467-485C-A33C-03CE0E3CD822}"/>
+    <hyperlink ref="C999" r:id="rId974" display="Aktuālo pieprasījumu saraksts 11.04.2025.xlsx" xr:uid="{3530818B-63CF-4446-981B-0B23B07C76B5}"/>
+    <hyperlink ref="C1000" r:id="rId975" xr:uid="{9F567955-B077-4763-B9BF-9AD79CB16D2B}"/>
+    <hyperlink ref="C1001" r:id="rId976" display="ādas apģērbs aizsardzībai pret negadījumiem vai traumām, ādas futrāļu maciņi, ādas maciņi viedtālruņiem, ādas apvalki planšetdatoriem,  grāmatu vāki no ādas; Ādas zīmuļu futrāļi, ar ādu iesietas dienasgrāmatas, ādas pārvalki dienasgrāmatām, ādas grāmatzīmes, ādas mēbeļu pārvalki,  somas, maki, koferi, ceļojumu somas u.c." xr:uid="{49A221F6-F013-47B7-B18F-7BC09E08F60B}"/>
+    <hyperlink ref="C1002" r:id="rId977" display="Aktuālo pieprasījumu saraksts 01.05.2025.xlsx" xr:uid="{897159CF-91F1-40A3-A4CC-06D365F327FC}"/>
+    <hyperlink ref="C1003" r:id="rId978" xr:uid="{3B6B2A7C-A85E-4C00-904C-77D3E36BC1AC}"/>
+    <hyperlink ref="C1004" r:id="rId979" display="elektriskās, elektroniskās, optoelektroniskās un akustiskās ierīces, aparāti un no tiem sastāvošas sistēmas ūdensapgādes un notekūdeņu, piegādes, apgādes, sadales, izsūknēšanas, kā arī dzeramā un tehniskā ūdens sildīšanas uzraudzībai, kontrolei un regulēšanai, ierīces un aparāti ūdens spiediena, temperatūras un plūsmas ātruma uzraudzībai, mērīšanai, kontrolei un regulēšanai ūdensvados, tvertnēs u.c. " xr:uid="{0737B64E-41ED-4F17-996C-C9547542F58E}"/>
+    <hyperlink ref="C1005" r:id="rId980" display="Aktuālo pieprasījumu saraksts 01.05.2025.xlsx" xr:uid="{F05D513C-F696-4F44-B901-08726E7235F3}"/>
+    <hyperlink ref="C1006" r:id="rId981" xr:uid="{BD9107A0-C8B9-4131-804A-CBADCFADD5DF}"/>
+    <hyperlink ref="C1007" r:id="rId982" display="apģērbi, kancelejas preces, apsveikuma kartītes u.c." xr:uid="{2B8F6BE5-5D20-4206-A45C-A388AAF5E4D9}"/>
+    <hyperlink ref="C1008" r:id="rId983" display="cepures, džemperi,           T-krekli" xr:uid="{E51B17F2-4EC2-41E3-B3E2-91159DDFE253}"/>
+    <hyperlink ref="C1009" r:id="rId984" display="parfimērija,  smaržas, tualetes ūdeņi u.c." xr:uid="{0C030A01-14CB-44D8-A216-680C25F202A7}"/>
+    <hyperlink ref="C1010" r:id="rId985" xr:uid="{796A794C-90F0-44C7-B346-244CFDB57E60}"/>
+    <hyperlink ref="C1011" r:id="rId986" display="apģērbi, somiņas, maki, mugursomas, sporta somas, motociklu seglu somas, ādas atslēgu piekariņi un atslēgu maciņi,čemodāni, iepirkumu somas, portfeļi, dokumentu maciņi, čeku grāmatiņu vāki, sajūga somiņas, bagāža, ceļojumu somas, ādas turētājs dzērienu traukiem, citas preces u.c. " xr:uid="{6642EFFE-834A-4581-9FB4-A033D9162D02}"/>
+    <hyperlink ref="C1012" r:id="rId987" xr:uid="{A94EBDF9-F1CD-4CD8-8BE5-36726AACBFFF}"/>
+    <hyperlink ref="C1013" r:id="rId988" display="apģērbs, masāžas ierīces" xr:uid="{E03419BB-1BD8-4AAA-A8DF-8029D7B01DA7}"/>
+    <hyperlink ref="C1014" r:id="rId989" xr:uid="{2B6F773C-F19A-46DB-8635-87EE13681BCF}"/>
+    <hyperlink ref="C340" r:id="rId990" display="Barības izstrādājumi suņiem" xr:uid="{A78C9973-BD67-48CC-AADD-1EBFFF11ACA0}"/>
+    <hyperlink ref="C1016" r:id="rId991" xr:uid="{32B59FB0-5CD9-4840-886C-63FE6889F97C}"/>
+    <hyperlink ref="C1015" r:id="rId992" xr:uid="{ED79914C-F39C-4321-AAD2-88B09C560C07}"/>
+    <hyperlink ref="C1017" r:id="rId993" xr:uid="{0B1B3574-AD78-4833-9268-946B3A4CC062}"/>
+    <hyperlink ref="C1018" r:id="rId994" display="sporta apģērbs, T-krekli, regbija topi" xr:uid="{E8E55A69-FDC0-4721-B801-CCA28837284C}"/>
+    <hyperlink ref="C1019" r:id="rId995" xr:uid="{C9623702-B21A-4D4D-AC88-E6F1819E0775}"/>
+    <hyperlink ref="C1020" r:id="rId996" xr:uid="{3E4849B0-393E-42C6-8E4B-327EAF2FA85C}"/>
+    <hyperlink ref="C1021" r:id="rId997" xr:uid="{1CF6D686-1FEC-4C57-8216-F90887F203B4}"/>
+    <hyperlink ref="C1022" r:id="rId998" xr:uid="{A4728BDC-992C-406A-AA5E-EF795AC88C44}"/>
+    <hyperlink ref="C1023" r:id="rId999" display="magnēti; preču lifti, celšanas iekārtas, mehāniskie instrumenti, magnetizācijas ierīces, magnēti, magnetizējoši un demagnetizējoši izstrādājumi, magnēti rūpnieciskiem nolūkiem, supravadošas magnētiskās ierīces, pastāvīgie magnēti, celšanas magnēti, metāla stieples (elektriskās), metāla atloki (aproces) u.c." xr:uid="{BE273EB7-4615-4017-8AAB-B2F2E84EB63A}"/>
+    <hyperlink ref="C1024" r:id="rId1000" xr:uid="{DB801796-28ED-40CD-88FC-40E9602F0329}"/>
+    <hyperlink ref="C1025" r:id="rId1001" display="iepakojuma dizains sporta zeķes, potīšu zeķes; pirkstu zeķes u.c." xr:uid="{717661BB-3780-408B-88F7-8CCEEA7C900F}"/>
+    <hyperlink ref="C1026" r:id="rId1002" xr:uid="{876882EA-568B-4770-A14D-FB306D91A431}"/>
+    <hyperlink ref="C1027" r:id="rId1003" display="Aktuālo pieprasījumu saraksts 15.05.2025.xlsx" xr:uid="{C2E7ED4B-8251-4636-9BA2-7883D4F8717F}"/>
+    <hyperlink ref="C1028" r:id="rId1004" xr:uid="{5371350B-BBB5-4C94-A61B-AA68C99A4F3D}"/>
+    <hyperlink ref="C473" r:id="rId1005" xr:uid="{DBA0F06E-8797-4CC9-AE80-A5E0111EFB63}"/>
+    <hyperlink ref="C472" r:id="rId1006" xr:uid="{41306292-68A3-40E6-9C5B-C026639CB28C}"/>
+    <hyperlink ref="C471" r:id="rId1007" xr:uid="{743D1ECD-C321-4159-9F97-1E326C3BE81B}"/>
+    <hyperlink ref="C470" r:id="rId1008" xr:uid="{1C1F5F5F-2295-4F08-920F-B0D3D8198270}"/>
+    <hyperlink ref="C1029" r:id="rId1009" xr:uid="{DA11E1A5-D052-4C4E-B98B-9E8134102AD9}"/>
+    <hyperlink ref="C1030" r:id="rId1010" display="velosipēdu rāmji, dakšas (velosipēdu detaļas), velosipēdi; sporta velosipēdi u.c. " xr:uid="{EFE7F49A-3F92-45D4-BFF9-5B171C72F47A}"/>
+    <hyperlink ref="C1031" r:id="rId1011" display="lodīšu gultņi; rullīšu gultņi kā mašīnu elementi u.c. " xr:uid="{F3503071-F702-475B-9B07-DDDB354C01C9}"/>
+    <hyperlink ref="C1032" r:id="rId1012" xr:uid="{4B6A4572-4266-40D1-8AA2-A76663094CCD}"/>
+    <hyperlink ref="C1033" r:id="rId1013" xr:uid="{748BA176-379E-42D3-9D06-656490605893}"/>
+    <hyperlink ref="C1034" r:id="rId1014" xr:uid="{B09A8DBC-4B98-4996-9681-A98A2378DC50}"/>
+    <hyperlink ref="C900" r:id="rId1015" display="šaujamieroči, gaisa pistoles, gaisa šautenes, trankvilizatoru pistoles, Pneimatiskie ieroči, rotaļu ieroči u.c." xr:uid="{22471393-4FAB-465E-84CB-9D713AF6ECBD}"/>
+    <hyperlink ref="C899" r:id="rId1016" display="apģērbs, apavi; somas, maki, galvassegas, saulesbrilles u.c." xr:uid="{E0D8E9F8-364F-476F-8AC3-5DC26CBADAEE}"/>
+    <hyperlink ref="C898" r:id="rId1017" display="transportlīdzekļu izplūdes sistēmas, izpūtēji dzinējiem un mašīnām iepakojuma materiāli, kartona iepakojums  transportlīdzekļiem transportlīdzekļu spoguļi,  transportlīdzekļu daļas, transportlīdzekļu spoileri,  polo krekli; galvassegas; apģērbs, jakas u.c." xr:uid="{8B4E49A1-62FB-409D-B0A8-5A37742D667B}"/>
+    <hyperlink ref="C897" r:id="rId1018" display="konditorejas izstrādājumi, metāla kastes;uzglabāšanas konteineri mājsaimniecībai un virtuvei,  apģērbi, apavi, galvassegas; mobilo tālruņu maciņi, rotaslietas, atslēgu piekariņi, rakstāmpiederumi, plastmasas uzglabāšanas konteineri, tekstilizstrādājumi, rotaļlietu/telefonu maciņi, juvelierizstrādājumi, atslēgu piekariņi, rakstāmpiederumi, plastmasas uzglabāšanas konteineri, tekstilizstrādājumi, rotaļlietas u.c." xr:uid="{4C75E94E-D619-4F2A-883E-CAA30DF39B3D}"/>
+    <hyperlink ref="C1035" r:id="rId1019" display="konditorejas izstrādājumi, metāla kastes;uzglabāšanas konteineri mājsaimniecībai un virtuvei,  apģērbi, apavi, galvassegas; mobilo tālruņu maciņi, rotaslietas, atslēgu piekariņi, rakstāmpiederumi, plastmasas uzglabāšanas konteineri, tekstilizstrādājumi, rotaļlietu/telefonu maciņi, juvelierizstrādājumi, atslēgu piekariņi, rakstāmpiederumi, plastmasas uzglabāšanas konteineri, tekstilizstrādājumi, rotaļlietas u.c." xr:uid="{C5DB38E8-4137-4F66-986E-790B6E448E81}"/>
+    <hyperlink ref="C1036" r:id="rId1020" display="somas, mugursomas, portfeļi, nelieli ādas izstrādājumi" xr:uid="{7C9768DD-195C-4DB9-9492-1A98B5DD773D}"/>
+    <hyperlink ref="C1037" r:id="rId1021" display="Aktuālo pieprasījumu saraksts 15.05.2025.xlsx" xr:uid="{ACC4B377-5775-44E3-8508-C2982BBB49C0}"/>
+    <hyperlink ref="C1038" r:id="rId1022" xr:uid="{BCBB959F-9933-4906-B468-A42CB5718FD1}"/>
+    <hyperlink ref="C1039" r:id="rId1023" xr:uid="{A2EF5E41-3493-430C-B8CC-659A0CDD6EE3}"/>
+    <hyperlink ref="C1040" r:id="rId1024" display="portfeļi, karšu maki, maki kredītkartēm (ādas izstrādājumi),  rokassomas, naudas maki u.c. " xr:uid="{B021D1CD-4443-4D66-8DDA-5BD6707244EA}"/>
+    <hyperlink ref="C1041" r:id="rId1025" display="aksesuāri, jakas, T-krekli, sporta apakškrekli" xr:uid="{B280CAFB-977B-4104-ACC0-F83E1310D409}"/>
+    <hyperlink ref="C1042" r:id="rId1026" xr:uid="{89C5FA0E-5E93-45AD-A8BF-87AAE25765B6}"/>
+    <hyperlink ref="C1043" r:id="rId1027" xr:uid="{2253AD68-7950-4437-A1B9-5270A4EE51C9}"/>
+    <hyperlink ref="C1044" r:id="rId1028" xr:uid="{FCB7498A-24AE-4F17-8F57-A2E1A38AD010}"/>
+    <hyperlink ref="C1045" r:id="rId1029" xr:uid="{5007041E-D12C-40BF-9C6B-AF3D5246739A}"/>
+    <hyperlink ref="C1046" r:id="rId1030" xr:uid="{0D39E9EB-998E-4360-928C-4BE33661E833}"/>
+    <hyperlink ref="C1047" r:id="rId1031" xr:uid="{3A0627F5-654F-414B-A926-449A3C9866B2}"/>
+    <hyperlink ref="C1050" r:id="rId1032" xr:uid="{2305F8A0-68BA-482B-86E8-6E803314F50E}"/>
+    <hyperlink ref="C1048" r:id="rId1033" xr:uid="{F786984D-6846-43AE-94E8-91E5E3E366A8}"/>
+    <hyperlink ref="C1049" r:id="rId1034" xr:uid="{DD7E50E1-37A7-466A-A883-04985793C79D}"/>
+    <hyperlink ref="C1051" r:id="rId1035" xr:uid="{C3D7EF18-4742-44DC-9190-4799F04EA725}"/>
+    <hyperlink ref="C1052" r:id="rId1036" xr:uid="{4824DC19-A2BB-4BEE-9FA4-AA61393C669C}"/>
+    <hyperlink ref="C1053" r:id="rId1037" display="elektriskās sistēmas, savienojošie termināļi, elektriskie savienotāji u.c." xr:uid="{0442F6A0-2095-49CE-A015-598ED5238815}"/>
+    <hyperlink ref="C1054" r:id="rId1038" xr:uid="{AFD1E69B-BAA8-44D2-B8F3-AD805C71460C}"/>
+    <hyperlink ref="C1055" r:id="rId1039" display="elektroniskās cigaretes; šķidrie nikotīna šķīdumi izmantošanai elektroniskajās cigaretēs" xr:uid="{6288A323-6C49-4373-B016-C9278E2129EB}"/>
+    <hyperlink ref="C1056" r:id="rId1040" display="ķīmiskie produkti, neapstrādāti sintētiskie sveķi, neapstrādātas plastmasas, ugunsdzēsības un ugunsdrošības līdzekļi, cietinātāji un lodēšanas līdzekļi, miecēšanas līdzekļi dzīvnieku ādām, līmes rūpnieciskiem mērķiem, špakteles un citas pildvielas, komposts, mēslošanas līdzekļi, kūtsmēsli, bioloģiskie aģenti rūpnieciskiem un zinātniskiem mērķiem, krāsa" xr:uid="{32A6DD2A-056D-4300-9AA7-D3E65FF9474D}"/>
+    <hyperlink ref="C1057" r:id="rId1041" xr:uid="{662F4C1A-F5C1-4118-A011-AB6030D4DA1E}"/>
+    <hyperlink ref="C390" r:id="rId1042" xr:uid="{D96D36BB-D305-4573-BB4B-72DF04D129D4}"/>
+    <hyperlink ref="C189" r:id="rId1043" xr:uid="{6477D022-19BB-40AA-BA87-C21221113697}"/>
+    <hyperlink ref="C1058" r:id="rId1044" display="plastmasas bļodas, bļodas (konteineri), mazgāšanas vannas u.c." xr:uid="{18FBCECB-D40B-45B9-B1C0-1813EA94EF4B}"/>
+    <hyperlink ref="C1059" r:id="rId1045" display="Aktuālo pieprasījumu saraksts 01.07.2025.xlsx" xr:uid="{B7615EE9-A5E3-4AAD-A7B0-EE12F89E2CB4}"/>
+    <hyperlink ref="C1060" r:id="rId1046" xr:uid="{3D3AE453-923A-4224-B7E6-138C513C5330}"/>
+    <hyperlink ref="C1061" r:id="rId1047" xr:uid="{2C7CE228-71E1-491D-900D-0C7C9387A6D7}"/>
+    <hyperlink ref="C1062" r:id="rId1048" xr:uid="{E6CB70A0-83DB-4D37-A90A-DDB7CB60007C}"/>
+    <hyperlink ref="C1063" r:id="rId1049" display="sporta bumbas, sporta apavi, apģērbs,sporta somas; sporta apģērbu somas u.c." xr:uid="{BC6C9D15-A910-4AE2-AFCB-F1BFE3BE425E}"/>
+    <hyperlink ref="C1064" r:id="rId1050" xr:uid="{BA9B0BB0-38D0-4868-A4BE-B0E6D8F6DBA9}"/>
+    <hyperlink ref="C1065" r:id="rId1051" xr:uid="{87BBAB75-30CA-490F-88F2-02800BA0EE62}"/>
+    <hyperlink ref="C1066" r:id="rId1052" xr:uid="{D7C0D9A5-44B2-4BDE-B8A1-387F9411D844}"/>
+    <hyperlink ref="C1067" r:id="rId1053" display="rezerves daļas,apģērbi,aksesuāri u.c." xr:uid="{7C73C108-54EB-41EE-889A-B504F9BE7287}"/>
+    <hyperlink ref="C1068" r:id="rId1054" xr:uid="{A4801FF2-7E4A-4049-82D9-66F0A44B2BC6}"/>
+    <hyperlink ref="C1069" r:id="rId1055" xr:uid="{791C31BF-F272-412B-8F1C-A89215DB36E8}"/>
+    <hyperlink ref="C1070" r:id="rId1056" xr:uid="{507EE77A-E422-4B9B-AA7C-22BB72DDEC56}"/>
+    <hyperlink ref="C1071" r:id="rId1057" xr:uid="{70B67AB4-D9E3-47DE-B119-16EBA9C8B21A}"/>
+    <hyperlink ref="C1072" r:id="rId1058" xr:uid="{F16FD3DD-5A97-471F-AE04-4DDCAFEBC5FA}"/>
+    <hyperlink ref="C1073" r:id="rId1059" xr:uid="{67379BF0-06E6-4658-A677-0E3C1E9E8B7D}"/>
+    <hyperlink ref="C1074" r:id="rId1060" display="parfimērijas izstrādājumi, kosmētika, galvassegas, apģērbs, rotaļlietas, apavi, zobu pastas un pastas, transportlīdzekļi, ziepes, spēles porcelāns, mazgāšanas līdzekļi rūpnieciskiem nolūkiem, parfimērijas eļļas, stikla trauki u.c." xr:uid="{EE55D5F1-E728-484C-A78C-25CC2ED10047}"/>
+    <hyperlink ref="C1075" r:id="rId1061" xr:uid="{C4A2156F-6780-4867-83E6-056D827184ED}"/>
+    <hyperlink ref="C1076" r:id="rId1062" xr:uid="{7470E136-E431-4454-B941-963766CC399A}"/>
+    <hyperlink ref="C1077" r:id="rId1063" xr:uid="{AFC2A69A-6DF7-4EB5-9134-E4807481E514}"/>
+    <hyperlink ref="C1078" r:id="rId1064" xr:uid="{ACC8CA45-9383-4395-B878-4402B7DF6A9A}"/>
+    <hyperlink ref="C1079" r:id="rId1065" display="apģērbi un aksesuāri alpīnisma,kāpšanas un āra aktivitātēm" xr:uid="{74222C10-093B-400D-B802-FB63B5DA9010}"/>
+    <hyperlink ref="C1080" r:id="rId1066" display="rotaslietas, juvelierizstrādājumi, rotaslietu lādītes,  putekļu lupatiņa, filca maisiņi u.c." xr:uid="{4A001845-2761-47AB-96EC-CBAD03801BCE}"/>
+    <hyperlink ref="C1081" r:id="rId1067" xr:uid="{F47B9ADC-7D55-45C2-AF34-0A56357DE8DB}"/>
+    <hyperlink ref="C981" r:id="rId1068" display="Aktuālo pieprasījumu saraksts 28.03.2025.xlsx" xr:uid="{A3C2C00E-D1D6-4C34-BD32-012F1161763D}"/>
+    <hyperlink ref="C1082" r:id="rId1069" xr:uid="{6E967CDE-5EEA-47A5-A3A3-1FE9E51524D9}"/>
+    <hyperlink ref="C1083" r:id="rId1070" display="ābolu vīna kokteiļi, sidrs, vīni, dzērieni uz vīna bāzes (vīna špriceri).alus, alus kokteiļi, bezalkoholiskie dzērieni, bezalkoholiskie  kokteiļi u.c." xr:uid="{623767BC-2BB1-4AF7-BACE-E4A28E648AAA}"/>
+    <hyperlink ref="C1084" r:id="rId1071" xr:uid="{92ED861C-F56C-4294-8C3E-E2016AFE5520}"/>
+    <hyperlink ref="C403" r:id="rId1072" xr:uid="{F8CDF554-53EB-42BA-AA75-7687A27F1E93}"/>
+    <hyperlink ref="C1085" r:id="rId1073" xr:uid="{EF66AFCE-C97F-48E6-8620-B93DB2880271}"/>
+    <hyperlink ref="C1086" r:id="rId1074" xr:uid="{B2A03B36-6576-44F7-B000-F8953726157F}"/>
+    <hyperlink ref="C1087" r:id="rId1075" display="mēbeles, krēsli, dīvāni, soli [mēbeles], tpūtas mēbeļu komplekti, āra mēbeles, terases mēbeles, sēdekļi kā mēbeles u.c." xr:uid="{5CC3BFF3-DAB3-4CB5-AEEA-E75CA063BF2D}"/>
+    <hyperlink ref="C1088" r:id="rId1076" display=" apgaismes ierīces, to  aprīkojums, piederumi, daļas,  spuldzes, āra apgaismojums u.c." xr:uid="{0796E102-721B-4751-A1E1-E09FF04A5695}"/>
+    <hyperlink ref="C1089" r:id="rId1077" display="skuvekļi, skuvekļu asmeņi, manuālās zobu birstes, elektriskas zobu birstes; elektriskās zobu birstes galviņas  u.c." xr:uid="{7BA13706-6C6C-490A-8F60-D6BB40C5BB9F}"/>
+    <hyperlink ref="C1090" r:id="rId1078" display="  kosmētiskie un tualetes līdzekļi, zobu pastas, parfimērija, ēteriskās eļļas, preparāti putekļu uzsūkšanai, mitrināšanai un saistīšanai, juvelierizstrādājumi,  pulksteņi un hronometriskie instrumenti,  somas, mēbeles, spoguļi, gleznu rāmji, nemetāliski uzglabāšanas vai transportēšanas konteineri, mājsaimniecības vai virtuves piederumi un trauki, apģērbi, apavi, galvassegas, apavi  u.c." xr:uid="{539CA5A0-CCD8-41F5-A148-41F3C70393A8}"/>
+    <hyperlink ref="C1091" r:id="rId1079" display="ierīces un instrumenti audio signālu ierakstīšanai, kā arī to daļas, austiņas, mikrofoni u.c." xr:uid="{C0F22DBF-265F-4B37-B0AD-1B8B828726A9}"/>
+    <hyperlink ref="C1092" r:id="rId1080" xr:uid="{1F0234BF-28A9-495A-B2A4-DAC1B187229E}"/>
+    <hyperlink ref="C1093" r:id="rId1081" xr:uid="{5F44B5AD-5093-4A26-9F2C-6803C8D1554C}"/>
+    <hyperlink ref="C1094" r:id="rId1082" xr:uid="{8BB660D6-4F4C-438E-9CE1-FD281A4BD333}"/>
+    <hyperlink ref="C1095" r:id="rId1083" xr:uid="{F0D9580A-54DB-4D8F-B87D-09570F6C80AD}"/>
+    <hyperlink ref="C1096" r:id="rId1084" display="Aktuālo pieprasījumu saraksts 04.08.2025.xlsx" xr:uid="{6E5EB8F0-3E65-40BA-A4EC-BC5A424C2A12}"/>
+    <hyperlink ref="C1097" r:id="rId1085" xr:uid="{5CF28FA2-54E7-4C7A-971D-8D4CF580710F}"/>
+    <hyperlink ref="C1098" r:id="rId1086" xr:uid="{A557F1B3-76D4-42B9-B283-3BD336E8941D}"/>
+    <hyperlink ref="C1099" r:id="rId1087" display="apģērbi,apavi,somas,smaržas,brilles,rotaslietas,u.c" xr:uid="{A8ADA2E0-5D85-4987-99F4-B5D123B33146}"/>
+    <hyperlink ref="C1100" r:id="rId1088" xr:uid="{C6F0C7D1-BA62-4551-A11B-F72B33D3AE0F}"/>
+    <hyperlink ref="C1102" r:id="rId1089" display="dažādas preces." xr:uid="{1B7F5351-C4CB-4EB7-A603-83182A4BD9A9}"/>
+    <hyperlink ref="C1101" r:id="rId1090" xr:uid="{52711482-3F27-497F-9F41-8F548F27DDC1}"/>
+    <hyperlink ref="C1103" r:id="rId1091" xr:uid="{B372C9D6-724C-417D-A3A0-775E6E8A5F27}"/>
+    <hyperlink ref="C1104" r:id="rId1092" xr:uid="{86D48FAC-25F3-48A3-8E20-895306F9E604}"/>
+    <hyperlink ref="C1105" r:id="rId1093" xr:uid="{B34BA36B-8180-4179-BAC4-A089A472F55B}"/>
+    <hyperlink ref="C1106" r:id="rId1094" xr:uid="{9F62559D-E99D-42BF-9D7E-79BF5E4E2451}"/>
+    <hyperlink ref="C1107" r:id="rId1095" xr:uid="{DB2D9060-6FC0-4F57-8A91-6260712B09BB}"/>
+    <hyperlink ref="C1108" r:id="rId1096" xr:uid="{EC50DBBA-DD2B-4566-BDF0-9652E9B7F16E}"/>
+    <hyperlink ref="C1109" r:id="rId1097" xr:uid="{6E5714FA-B8C4-4B83-861F-CECFF0756644}"/>
+    <hyperlink ref="C1110" r:id="rId1098" xr:uid="{6F0E1FED-E4A9-433E-BA29-D81B7EB58110}"/>
+    <hyperlink ref="C1111" r:id="rId1099" xr:uid="{4EF0360F-71D6-4F17-9D43-CB8AAE51CB5F}"/>
+    <hyperlink ref="C1112" r:id="rId1100" display="kosmētikas līdzekļi nagiem, nagu lakas bāze" xr:uid="{B609D23F-74D9-4F87-B4B5-ABF25C5F86BE}"/>
+    <hyperlink ref="C1113" r:id="rId1101" display="izklaides pakalpojumi, mobilo tālruņu, planšetdatoru, klēpjdatoru, kameru un portatīvo skaņas un video atskaņotāju, elektronisko grāmatu lasītāju, datoru, viedpulksteņu un personālo digitālo asistentu piederumi, proti, aizsargapvalki, vāciņi, futrāļi, priekšējās plāksnes, apvalki, siksnas un aizsargpārklājumi displeju ekrāniem, austiņas; austiņas, planšetdatoru tastatūras, peles paliktņi, rokturi, statīvi un stiprinājumi rokas digitālajām elektroniskajām ierīcēm, proti, mobilajiem tālruņiem, planšetdatoriem, kamerām un portatīvajiem skaņas un video atskaņotājiem, elektroniskajiem grāmatu lasītājiem, datoriem un personālajiem digitālajiem asistentiem apģērbs, austiņas, atslēgu piekariņi,  pildspalvas, pēļu figūriņas, tekstilizstrādājumi un tekstilizstrādājumu aizstājēji, dvieļi, gultas veļa, guļammaisi, vannas un dušas želejas, vannas želeja, vannas sāļi, ķermeņa skrubis, vannas putas, dezodorējošas ziepes, sejas skrubis, šķidrās vannas ziepes, šķidrās ziepes rokām un sejai; ādas ziepes, ziepes ķermeņa kopšanai pīlinga skrubji kosmētiskiem nolūkiem,vaigu sārtums, ķermeņa spīdums, korektori, kosmētika, acu ēnas, uzacu zīmuļi, lūpu balzami un lūpu spīdums, lūpu krāsa,bižutērija, rotaslietas, rokaspulksteņi   u.c." xr:uid="{271987E1-4C73-4C2F-B929-169EF66429B6}"/>
+    <hyperlink ref="C1114" r:id="rId1102" xr:uid="{938A24BF-E09E-4750-B539-FD61F13E15FA}"/>
+    <hyperlink ref="C1115" r:id="rId1103" xr:uid="{86FDEA93-C3F5-4BFF-BC06-60FD3ECDFAFE}"/>
+    <hyperlink ref="C1116" r:id="rId1104" xr:uid="{5C6F66B5-B5EE-4ABC-B58C-D15C7BCB962B}"/>
+    <hyperlink ref="C1117" r:id="rId1105" xr:uid="{AB5C92AC-9880-474A-95DB-313FC24DBDA2}"/>
+    <hyperlink ref="C1118" r:id="rId1106" xr:uid="{9DFC0F5A-67B5-4A72-9237-75BCFC53F1AC}"/>
+    <hyperlink ref="C1119" r:id="rId1107" xr:uid="{ECE7BB93-BBB0-4ECB-9923-D956A4D85EF1}"/>
+    <hyperlink ref="C379" r:id="rId1108" xr:uid="{7BA9645B-0148-4BBD-8D45-507AAD40465A}"/>
+    <hyperlink ref="C1120" r:id="rId1109" xr:uid="{7C465999-3E8C-4B72-825D-24EA5B1C563B}"/>
+    <hyperlink ref="C1121" r:id="rId1110" display="apģērbs, apavi, galvassegas, virsdrēbes, sporta apģērbs, futbola zābaki, kurpes, vestes, ūdensnecaurlaidīgs apģērbs; jostas,  velosipēdi,tricikli, laivas, visu iepriekš minēto preču pielikumi, detaļas, furnitūra un piederumi,paklāji; grīdsegas,mašas,linolejs, grīdas segumi esošajām grīdām, tapetes, kas nav no tekstilmateriāla, tapetes,viedkartes, telefona kartes, kodētas viedkartes, kodētas viedkartes, kodētas telefona kartes; magnētiskas telefona kartes,kodētas kartes, kodētas kartes, magnētiskās identifikācijas kartes, kameras un to daļas un piederumi, kameras filmas, pretatspīduma aizsargi, brilles un aizsargi,kompasi un barometri, pulksteņi (lūku zvaniņi); binokļi, kalkulatori, animācijas filmas, brilles, saulesbrilles, aizsargbrilles, futrāļi, maciņi, to auklas un rāmji, fotoaparātu un instrumentu futrāļi, kontaktlēcu turētāji, optiskās preces, hologrammas; televizori, videomagnetofona iekārtas, skaņas ierakstīšanas un atskaņošanas ierīces un instrumenti transportlīdzekļu numura zīmes un to stieņi, atslēgas,atslēgu sagataves,atslēgu piekariņi un atslēgu riņķi, slēdzenes un rotājumi, manikīra maciņi, nažu izgatavošanas piederumi, dakšiņas un karotes, skuvekļi, žiletes, skūšanās maciņi, rokas instrumenti un darbarīki, kabatas naži,uzkodas,gatavas uzkodas; uzkodas, saldētas kūkas, saldēti konditorejas izstrādājumi, saldētas gatavas maltītes,pēcskūšanās losjoni, odekolons, mājsaimniecības vai virtuves piederumi un trauki, elektriskie tosteri un katli, lampas u.c." xr:uid="{FDC87112-799C-4056-B591-15318CA1C98B}"/>
+    <hyperlink ref="C1122" r:id="rId1111" xr:uid="{CD8F20AC-CAAD-4A0B-8FEA-C331A366D255}"/>
+    <hyperlink ref="C855" r:id="rId1112" xr:uid="{F9AA2FA7-1F87-4A80-A891-9D9F9003F3FC}"/>
+    <hyperlink ref="C1123" r:id="rId1113" xr:uid="{CD69E62A-5CAE-4DE0-9AB8-7A7A8F9E1AC6}"/>
+    <hyperlink ref="C1124" r:id="rId1114" xr:uid="{89BC94E1-EDC9-43AA-AA69-28443E6DBC5C}"/>
+    <hyperlink ref="C1125" r:id="rId1115" display="šokolādē pārklātas vafeles, pildīta šokolāde, maizes izstrādājumi un konditorejas izstrādājumi, šokolāde un deserti; šokolāde, pildītas šokolādes tāfelītes, šokolādes tāfelītes, šokolādes cepumi" xr:uid="{5AD2A30C-6F3B-407A-8CC3-D2A77DE40108}"/>
+    <hyperlink ref="C1126" r:id="rId1116" xr:uid="{19F772EC-1AF0-454B-A3C7-1576E98FC36A}"/>
+    <hyperlink ref="C1127" r:id="rId1117" xr:uid="{6EC68409-110C-4C84-B6F1-5F6F1ABF7FF9}"/>
+    <hyperlink ref="C1128" r:id="rId1118" xr:uid="{5FE73459-302C-437F-8019-6DC332D84991}"/>
+    <hyperlink ref="C1129" r:id="rId1119" xr:uid="{232FBEAE-E9F6-450D-A075-C5681D5B83D7}"/>
+    <hyperlink ref="C1130" r:id="rId1120" display="T-krekli" xr:uid="{F570A0E0-90D4-46F2-AA4D-22581344028A}"/>
+    <hyperlink ref="C1131" r:id="rId1121" xr:uid="{2DD2FF14-8559-4585-AA8D-9EF4A98E761A}"/>
+    <hyperlink ref="C1132" r:id="rId1122" xr:uid="{E399273D-AF94-4CA9-9AE7-DAC0FC10D862}"/>
+    <hyperlink ref="C1133" r:id="rId1123" xr:uid="{D85354D8-FA0F-494B-9181-0CED6C7CEA88}"/>
+    <hyperlink ref="C1134" r:id="rId1124" xr:uid="{E273A871-922C-4633-BBA5-849B00D2EFA1}"/>
+    <hyperlink ref="C595" r:id="rId1125" xr:uid="{58F86962-9839-4E58-B2FC-B20AD4D6E003}"/>
+    <hyperlink ref="C1135" r:id="rId1126" xr:uid="{B9D3E05C-343E-4601-9DE6-8E5CFDD9967A}"/>
+    <hyperlink ref="C1136" r:id="rId1127" xr:uid="{56A41FF2-E72B-47E5-9027-BBD44053CBEE}"/>
+    <hyperlink ref="C1137" r:id="rId1128" xr:uid="{D158CBED-C8C2-42DE-B571-DFBE18BE32B1}"/>
+    <hyperlink ref="C1138" r:id="rId1129" display="kopšanas un skaistumkopšanas līdzekļi, kosmētika, tualetes piederumi, ādas kopšanas līdzekļi; mīkstinošs tīrīšanas līdzeklis, kondicionieris, roku un ķermeņa krēms, ķermeņa losjons, dušas želejas, pēdu,  roku krēmi, dienas un nakts krēmi, acu  smaržas, istabas smaržas, sveces, kosmētika, lūpu spīdumi un lūpu mīkstinātāji, gultas un galda pārklāji, apģērbi, apavi, galvassegas,  somas, jostas, tualetes piederumu futrāļi un turētāji u.c. " xr:uid="{BF14B0DE-0F22-46DF-875A-701167AAB8E1}"/>
+    <hyperlink ref="C1139" r:id="rId1130" display="juvelierizstrādājumi, ķēdes,  kaklarotas  rokassprādzes   gredzeni, apģērbi, apavi, galvassegas, jostas somas, ceļojumu somas, rokasomiņas, maki u.c" xr:uid="{21901D5F-79EA-45E6-B6DC-9980CE22133E}"/>
+    <hyperlink ref="C1140" r:id="rId1131" display="apģērbi, apavi,sporta apavi, galvassegas, bērnu gultiņasceļojumu čemodāni, apģērbu koferi, mugursomas, somas, maki, atslēgu futrāļi [ādas izstrādājumi], maciņi, kas paredzēti tualetes piederumu glabāšanai,  mapes, aploksnes [ādas izstrādājumi], ādas segas [kažokādas], ādas imitācija, kažokādas [dzīvnieku ādas], karšu turētāji, ādas polsterējums mēbelēm, dokumentu kastes  u.c." xr:uid="{65226875-6B36-4C6F-8C26-C3A5B1736C36}"/>
+    <hyperlink ref="C1141" r:id="rId1132" xr:uid="{BC3C1801-8937-450F-B019-B90B65F27FE3}"/>
+    <hyperlink ref="C1142" r:id="rId1133" xr:uid="{A612B45C-903E-49C7-9541-92A33AFC9F04}"/>
+    <hyperlink ref="C1143" r:id="rId1134" display="bagāžas birkas (ādas izstrādājumi, somas,  pārtikas preču maisiņi, beisbola cepures, apģērbs, T-krekli, kāju paklājiņi, auduma durvju paklājiņi, DVD diski, kompaktdiski, DVD futrāļi, diska formas ierakstu nesēji u.c." xr:uid="{23D52590-E646-467D-B39D-FBC920BF00F9}"/>
+    <hyperlink ref="C1144" r:id="rId1135" display="metāla detaļas celšanai un kravu apstrādei, sprādzes, siksnu un ķēžu spriegotāji, āķi, slēdzenes, trīši, stropes, tērauda troses, ķēdes, savienojuma posmi, karabīnes, kritiena apturēšanas bremzes, tērauda siksnas, celšanas, kravas un drošības siksnas, vinčas, konveijera lentes, rullīšu konveijeri, celšanas ragavas, poliesters, polipropilēns, PET siksnas" xr:uid="{431D636E-7CB2-4E36-ADD7-BFED184F7F4C}"/>
+    <hyperlink ref="C1145" r:id="rId1136" xr:uid="{A835EAA0-F051-4809-B55B-62E7E783F894}"/>
+    <hyperlink ref="C1146" r:id="rId1137" display=" atmiņas moduļi, baterijas, ierīces un instrumenti enerģijas uzkrāšanai, uzlādējamas baterijas, mobilās lietotnes, elektriskās baterijas, sauszemes pārvietošanās līdzekļi, gaisa pārvietošanās līdzekļi, ūdens pārvietošanās līdzekļi; hibrīda transportlīdzekļi, elektriskie transportlīdzekļi,   galvassegas, apģērbs,glāzes, krūzes u.c." xr:uid="{C9B12187-A887-41CC-9022-B2DBF3EA43B4}"/>
+    <hyperlink ref="C1147" r:id="rId1138" xr:uid="{40F586D6-D258-4132-9074-25648B167537}"/>
+    <hyperlink ref="C1148" r:id="rId1139" xr:uid="{E652C648-F22B-4CC6-999E-1A55E5865D87}"/>
+    <hyperlink ref="C1149" r:id="rId1140" xr:uid="{6E21B4F9-EE37-4079-ABEF-00211070F5E9}"/>
+    <hyperlink ref="C1150" r:id="rId1141" xr:uid="{2492B5A1-A122-4D82-A773-69439C8B7C2A}"/>
+    <hyperlink ref="C1151" r:id="rId1142" display=" vīriešu un sieviešu apģērbi, apakšveļa,bērnu apģērbs, t-krekli, sporta krekli, mēteļi, visu veidu zeķes,   pludmales apģērbs, biksītes,bokseri, topiņi, somas, apavi, parfimērija, kosmētika, eau de smaržas,  saulesbrilles un brilles, maciņi, aksesuāri u.c. " xr:uid="{13705136-8CEA-4D5A-B8AB-FD6D0FADAE65}"/>
+    <hyperlink ref="C1152" r:id="rId1143" xr:uid="{63D69033-997B-4485-AA07-46B187D33BC8}"/>
+    <hyperlink ref="C1153" r:id="rId1144" xr:uid="{DD899604-2770-4D14-AB43-5F515184FEA3}"/>
+    <hyperlink ref="C1154" r:id="rId1145" xr:uid="{0087665D-5C5F-432C-9F4F-491CE6DE9251}"/>
+    <hyperlink ref="C1155" r:id="rId1146" xr:uid="{6F6A43B2-02D2-4A6C-8703-8CC0B45EFA4D}"/>
+    <hyperlink ref="C1156" r:id="rId1147" xr:uid="{DD8C6B87-2930-463E-9027-74FB7A678121}"/>
+    <hyperlink ref="C1157" r:id="rId1148" xr:uid="{E02E064B-007C-4203-8A82-41B3798B5B72}"/>
+    <hyperlink ref="C1158" r:id="rId1149" xr:uid="{CCCDE6C0-CE38-4CBC-8040-ED49839BCAD1}"/>
+    <hyperlink ref="C1159" r:id="rId1150" xr:uid="{394B9581-2A67-40C0-8E2D-5F38D8F13717}"/>
+    <hyperlink ref="C1160" r:id="rId1151" xr:uid="{89B474F9-1734-4911-A32E-DE4161603BB9}"/>
+    <hyperlink ref="C1161" r:id="rId1152" xr:uid="{9E5ACD3B-B975-4EFD-A952-8923FA21F591}"/>
+    <hyperlink ref="C1162" r:id="rId1153" xr:uid="{87E4DCCE-1ABA-4E45-9E42-D6B25249079D}"/>
+    <hyperlink ref="C1163" r:id="rId1154" xr:uid="{FAF632DD-E30F-495F-BF05-2CAD73C45016}"/>
+    <hyperlink ref="C1164" r:id="rId1155" xr:uid="{AE778625-2DF7-4798-A9F7-E93020F99FD1}"/>
+    <hyperlink ref="C1165" r:id="rId1156" xr:uid="{AEF79835-BE72-4EE7-A4DE-775A9DCE66CC}"/>
+    <hyperlink ref="C1166" r:id="rId1157" xr:uid="{8D867213-36E2-4DD6-BCF5-18F17D36CA15}"/>
+    <hyperlink ref="C1167" r:id="rId1158" xr:uid="{6D72E0E7-9D31-4BB0-97B8-915E23E3D262}"/>
+    <hyperlink ref="C1168" r:id="rId1159" display="ziemassvētku eglītes statīvs " xr:uid="{29E98CED-87EE-4685-9772-D34967E0C1D6}"/>
+    <hyperlink ref="C1169" r:id="rId1160" xr:uid="{0B7B7C00-291A-4B38-8F17-C4D3F5E07FC0}"/>
+    <hyperlink ref="C1170" r:id="rId1161" xr:uid="{29812B0D-B208-4820-92E8-C9D05E32A805}"/>
+    <hyperlink ref="C1171" r:id="rId1162" xr:uid="{3F8BA1E6-44B0-4DE6-82EC-138E39633946}"/>
+    <hyperlink ref="C1172" r:id="rId1163" xr:uid="{C0E00687-976D-4A20-9252-DC91D5A8E10B}"/>
+    <hyperlink ref="C1173" r:id="rId1164" xr:uid="{C4B5C565-EA3C-46A0-8E61-2892CB804A62}"/>
+    <hyperlink ref="C1174" r:id="rId1165" xr:uid="{4FD13D2A-5724-4299-B1EE-8449EFFBB0C9}"/>
+    <hyperlink ref="C1175" r:id="rId1166" xr:uid="{FF677D4D-8350-4794-985F-9F3C8AFDE26A}"/>
+    <hyperlink ref="C1176" r:id="rId1167" xr:uid="{AA254080-E9DB-47BC-9B30-203A2D42ADFF}"/>
+    <hyperlink ref="C1177" r:id="rId1168" xr:uid="{ECB16DA6-3ED2-4669-84EA-6BD664206DF5}"/>
+    <hyperlink ref="C1178" r:id="rId1169" xr:uid="{98E7312F-464A-4123-98A4-6B0BC92E6C19}"/>
+    <hyperlink ref="C1179" r:id="rId1170" xr:uid="{5F50373B-E4D1-443A-8DD6-27C6C719D8D9}"/>
+    <hyperlink ref="C1180" r:id="rId1171" xr:uid="{A475E918-1E92-4CCA-8C04-F15D27D02CEB}"/>
+    <hyperlink ref="C1181" r:id="rId1172" xr:uid="{BCD6497C-197C-4B45-876A-C29BFDF49E41}"/>
+    <hyperlink ref="C1182" r:id="rId1173" display="pulksteņi, apģērbi,apavi, galvassegas u.c." xr:uid="{4A2B5319-9471-43A4-9CAE-04688326EF42}"/>
+    <hyperlink ref="C1183" r:id="rId1174" xr:uid="{8D9322ED-38AA-4823-932A-23DC2F6D9602}"/>
+    <hyperlink ref="C1184" r:id="rId1175" xr:uid="{502C376B-A2AC-4DCF-A302-2082449ED402}"/>
+    <hyperlink ref="C1185" r:id="rId1176" xr:uid="{C2118CAC-B3DF-42C8-A0E6-DFFC6EF1E3E8}"/>
+    <hyperlink ref="C1186" r:id="rId1177" xr:uid="{1E19AA6C-CB9E-4E55-89DE-F8547BD36ECE}"/>
+    <hyperlink ref="C1187" r:id="rId1178" xr:uid="{118B1945-8C03-4E4E-ADBD-36A50E69BEEC}"/>
+    <hyperlink ref="C1188" r:id="rId1179" xr:uid="{9E034240-EECA-43C9-A136-283E7E71FF58}"/>
+    <hyperlink ref="C1189" r:id="rId1180" xr:uid="{FDB660BC-60B2-4BBF-AD42-80D3B7C0A3D9}"/>
+    <hyperlink ref="C1190" r:id="rId1181" xr:uid="{4C935014-A7AE-4396-ADEA-C01FAA839852}"/>
+    <hyperlink ref="C1191" r:id="rId1182" display="dekoratīvā kosmētika parfimērija un smaržas, iedeguma eļļa,  ķermeņa krēms, losjons, ziepes,dušas želejas, ēteriskās eļļas  saulesaizsarg līdzekļi [sauļošanās krēmi u.c." xr:uid="{AE6B94B5-EA87-4091-860E-AB34F6D05D1D}"/>
+    <hyperlink ref="C1192" r:id="rId1183" xr:uid="{B83EA276-2E7F-4FC4-9F9F-4D76ABE3B483}"/>
+    <hyperlink ref="C1193" r:id="rId1184" display="Aktuālo pieprasījumu saraksts 31.10.2025.xlsx" xr:uid="{9D4329C1-8E18-4D18-BEDD-1B7A40149D3F}"/>
+    <hyperlink ref="C1194" r:id="rId1185" xr:uid="{E613F666-F57F-4FBC-8643-A96AF04B6CD3}"/>
+    <hyperlink ref="C1195" r:id="rId1186" xr:uid="{AC00EECF-83D3-4542-A316-C3A6A73A8D28}"/>
+    <hyperlink ref="C1196" r:id="rId1187" xr:uid="{BF767B40-022B-4132-A332-FF3CC019D1A2}"/>
+    <hyperlink ref="C1197" r:id="rId1188" xr:uid="{8A931C63-3C40-4CEB-A630-02D1158BE34C}"/>
+    <hyperlink ref="C1198" r:id="rId1189" display="Aktuālo pieprasījumu saraksts 31.10.2025.xlsx" xr:uid="{60D74060-09F2-4B9F-ACFA-60FEA7522A78}"/>
+    <hyperlink ref="C1199" r:id="rId1190" display="rotaļlietas, spēles, mehāniskās rotaļlietas, rotaļu modeļi; Modeļu transportlīdzekļi, žurnāli , grāmatas, pulksteņi, saulesbrilles, brilles, ķiveres, stereo austiņasaudio pastiprinātāji, austiņas telefoniem, pildspalvas, apavi, apģērbs, automobiļi/vieglās automašīnas, riteņu diski, riteņi u.c." xr:uid="{F29BAC3D-1206-4DA7-A5FB-8067E5802DC4}"/>
+    <hyperlink ref="C1200" r:id="rId1191" xr:uid="{CB7E06F8-02B5-4968-A13C-A30D248060BA}"/>
+    <hyperlink ref="C1201" r:id="rId1192" xr:uid="{AA2FCC2D-A7E4-4DA1-9239-EC318149F4C1}"/>
+    <hyperlink ref="C1202" r:id="rId1193" xr:uid="{003CBF8A-1B10-4EF2-985D-D40F846BEF84}"/>
+    <hyperlink ref="C1203" r:id="rId1194" display="videospēļu konsoles, rotaļlietas, lelles; grāmatas; komiksi; bērnu grāmatas, apģērbigultas,  veļa u.c." xr:uid="{50467035-5886-4974-95EF-7D717D899A99}"/>
+    <hyperlink ref="C1204" r:id="rId1195" xr:uid="{66DBA119-4943-4CF2-81F4-4D37295D44B3}"/>
+    <hyperlink ref="C1205" r:id="rId1196" xr:uid="{F48BDD7D-4442-4B7D-8690-D134C6981E20}"/>
+    <hyperlink ref="C1206" r:id="rId1197" xr:uid="{99DB2CBA-E644-4934-89B5-6554658B62C0}"/>
+    <hyperlink ref="C1207" r:id="rId1198" xr:uid="{146EFC84-57CA-46FE-AE4A-16CCDCD3F441}"/>
+    <hyperlink ref="C1208" r:id="rId1199" display="apģērbi,apavi,somas skaistumkopšanas līdzekļi, to izstrādājumi un aksesuāri u.c.  " xr:uid="{1C86F6AC-FC24-4A94-8BDD-C1EC4FFBF574}"/>
+    <hyperlink ref="C1209" r:id="rId1200" display="šaujamieroči; munīcija un šāviņi, sprāgstvielas, uguņošana, šautenes, harpūnu pistoles, pistoles,  gaisa pistoles, revolveri, ložmetēji, mīnmetēji, artilērijas lielgabali, raķešu palaišanas iekārtas, motorizētie ieroči ieroči; lādiņi, raķetes, mīnas, sprāgstvielu drošinātāji, sprāgstvielu drošinātāji izmantošanai raktuvēs, šaujamieroču pusgarās bikses, ieroču plecu siksnas, kārtridži, kārtridžu iepildīšanas aparāti, kasetņu maisiņi, aparāti kasetņu lentu uzpildīšanai, kasetņu iepildīšanas aparāti, kārtridžu futrāļi, šaujamieroču tīrīšanas birstes, ieroču futrāļi, pistoles, ieroču stobri, šauteņu āmuri, šauteņu futrāļi, šauteņu tēmēkļu spoguļi, ieroču un šauteņu sprūda aizsargi, šautenes, tēmēkļi,  ieroču trokšņa slāpētāji, šaušanas platformas, ieroči [rotaļlietas], pistoles [rotaļlietas], gaisa pistoles [rotaļlietas], loki un loka šaušanas ierīces, aparātus krāsas bumbiņu palaišanai, peintbola pistoles, krāsas bumbiņas, pistoļu vāciņus, harpūnu ieroči, rezerves daļas minētajam modelim un ieroču kopijām, jo īpaši iekrāvēji, rokturi, krāni, rāmji, mucas, cilindri, sprūdi, drošības fiksatori, drošības ierīces un virzuļu galvas, šāviņi un munīcija šiem ieroču modeļiem un atdarinājumiem, ieroču kopiju futrāļi un maciņi, modeļu un kopiju ieroči virtuālai šaušanai, mērķi, elektroniskie mērķi, šaujamieroču tēmēšanas teleskopi, optiskās lēcas, teleskopi, sporta brilles, novērošanas instrumenti, okulāri, briļļu futrāļi; apģērbs aizsardzībai pret negadījumiem, apstarošanu un uguni, cimdi aizsardzībai pret negadījumiem, ložu necaurlaidīgas vestes, glābšanas vestes; Baterijas kabatas lampām, termoelektrolampas, lāzeri, kas nav paredzēti medicīniskiem nolūkiem; šaujamieroču tēmēšanas teleskopi, šaušanas aizsargbrilles, nakts redzamības brilles, palielināmās brilles, lēcas šaušanai, novērošanas instrumenti šaušanai, aizsargmaskas un brilles; dzirksteļu aizsargi; Signalizācijas svilpes; suņu svilpes; ugunsdzēsības aparāti; simulatori, jo īpaši šaušanas simulatori, jo īpaši šaušanas simulatori savienošanai ar televizoru vai datoru; programmatūra, jo īpaši šaušanas " xr:uid="{A9FB4BAC-3CCF-49AB-983B-FC8216EDC21C}"/>
+    <hyperlink ref="C1210" r:id="rId1201" display="skaistumkopšana, matu veidošana, matu kopšana, matu kondicionieri; mitrinoši kondicionieri, šampūni u.c." xr:uid="{34974F01-2851-4EBF-930E-AF52A7F4E178}"/>
+    <hyperlink ref="C1211" r:id="rId1202" xr:uid="{77CEFA21-C14E-4391-BB35-A99DE7BB222C}"/>
+    <hyperlink ref="C1212" r:id="rId1203" xr:uid="{5CEEF975-F584-42FE-82D0-5C0E6A7DAAB4}"/>
+    <hyperlink ref="C1213" r:id="rId1204" xr:uid="{705FDFB7-C231-489F-958C-3A7B9CA1B3A0}"/>
+    <hyperlink ref="C1215" r:id="rId1205" xr:uid="{5F5CF80D-CCAF-4466-BAF5-89BE5FF97992}"/>
+    <hyperlink ref="C1216" r:id="rId1206" xr:uid="{D114210E-667E-4536-A12D-320429ADD6CC}"/>
+    <hyperlink ref="C1217" r:id="rId1207" display="alus, bezalkoholiskais alus, pudeles, metāla kannas alkoholiskajiem dzērieniem, alkoholiskie dzērieni,  alkoholiskie preparāti dzērienu pagatavošanai, sidrs. u.c." xr:uid="{AA4E8062-9604-4B63-830E-E8E9BD3C03DE}"/>
+    <hyperlink ref="C1218" r:id="rId1208" display="rezervas daļas, apģērbi, aksesuāri u.c." xr:uid="{2D038D78-E461-40C1-8B77-B7F3A535A0B2}"/>
+    <hyperlink ref="C114" r:id="rId1209" display="sporta preces, beisbolla, skvoša piederumi,u.c " xr:uid="{ABD1444C-37D9-47EA-804F-74ECAB36EB3D}"/>
+    <hyperlink ref="C113" r:id="rId1210" display="naži,šķēres,griezējinstrumenti" xr:uid="{83A26D40-3929-427B-A2F2-4461DDCA8D0E}"/>
+    <hyperlink ref="C112" r:id="rId1211" display="smaržas,apģērbi,  rotaslietas,somas,saulesbrilles,pulksteņi,apavi" xr:uid="{25E75BC2-E5C0-4C41-8BD1-9294E8CA802B}"/>
+    <hyperlink ref="C111" r:id="rId1212" xr:uid="{65E3FD33-6FFB-485F-80E3-9DB8DC57316E}"/>
+    <hyperlink ref="C110" r:id="rId1213" xr:uid="{421554AC-1205-4D4D-84CF-013CF4DFE342}"/>
+    <hyperlink ref="C109" r:id="rId1214" display="transporta līdzekļi;pārvietošanās līdzekļi pa sauszemi, gaisu vai ūdeni,u.c" xr:uid="{66A794CF-10B3-4EC4-9FCF-B0C4D0D90B9B}"/>
+    <hyperlink ref="C108" r:id="rId1215" xr:uid="{E8E21403-DD30-44C5-A5E3-92FE96955B16}"/>
+    <hyperlink ref="C1219" r:id="rId1216" xr:uid="{BE684758-87FF-451E-BCDD-4EB419DCBC3B}"/>
+    <hyperlink ref="C1220" r:id="rId1217" xr:uid="{9BC71D4F-99E9-406B-BE87-571A7D056980}"/>
+    <hyperlink ref="C1221" r:id="rId1218" xr:uid="{8ADE6CD7-71E5-42C5-BBD6-DCAD35BBC60C}"/>
+    <hyperlink ref="C1222" r:id="rId1219" display="ķermeņa krēms, roku krēms, viegli aromatizēti aerosoli,  smaržūdens; viegli aromatizēti ķermeņa aerosolišampūni, matu kondicionieri,   pretblaugznu šampūni u.c." xr:uid="{5C5845BC-AC06-4864-BD8A-4417D074F4B9}"/>
+    <hyperlink ref="C1223" r:id="rId1220" xr:uid="{2C47C254-CC4A-42E6-8142-9FE6813A1711}"/>
+    <hyperlink ref="C1224" r:id="rId1221" xr:uid="{961F4775-360B-494B-94D0-DAAD7BC793A4}"/>
+    <hyperlink ref="C1225" r:id="rId1222" xr:uid="{5A9062EE-DE39-4C58-9073-9ECC2F50584C}"/>
+    <hyperlink ref="C1226" r:id="rId1223" display="Aktuālo pieprasījumu saraksts 14.11.2025.xlsx" xr:uid="{8B115978-BCF6-4E58-9B67-883CB732C460}"/>
+    <hyperlink ref="C1227" r:id="rId1224" xr:uid="{5111D43F-D7A1-4113-8935-870EBB4BD718}"/>
+    <hyperlink ref="C1228" r:id="rId1225" xr:uid="{082DA5E8-A769-418D-A61D-A4A7C25AEAD5}"/>
+    <hyperlink ref="C1229" r:id="rId1226" xr:uid="{EB80A179-674F-4E59-8478-B72E31D6C788}"/>
+    <hyperlink ref="C1230" r:id="rId1227" xr:uid="{BDC889C8-E4CB-4A33-B02B-A59005AF602A}"/>
+    <hyperlink ref="C1231" r:id="rId1228" xr:uid="{CA4C2331-7C85-4798-80F3-0800F0D48851}"/>
+    <hyperlink ref="C1232" r:id="rId1229" display="Matu griešanas un matu noņemšanas ierīces, lāzerepilācija, kosmētiskā elektrolīze matu noņemšanai, depilācijas un skūšanās līdzekļi" xr:uid="{8E8B8C4D-D79A-4287-AA39-F21E33F1C19D}"/>
+    <hyperlink ref="C1233" r:id="rId1230" xr:uid="{91E19691-8E46-4A07-813B-A37E3D2A9D49}"/>
+    <hyperlink ref="C1234" r:id="rId1231" xr:uid="{23283D6E-AA7E-49C5-9325-2D0705ED1BE5}"/>
+    <hyperlink ref="C1235" r:id="rId1232" xr:uid="{75CCA532-B72D-464F-8958-ACA0BA2AA5DF}"/>
+    <hyperlink ref="C1236" r:id="rId1233" display="Aktuālo pieprasījumu saraksts 14.11.2025.xlsx" xr:uid="{421FFCF6-9E55-4DA3-A1EA-C3D29D907F45}"/>
+    <hyperlink ref="C1237" r:id="rId1234" display="Aktuālo pieprasījumu saraksts 14.11.2025.xlsx" xr:uid="{D54E8715-ED92-47AA-A6E2-13237518E24F}"/>
+    <hyperlink ref="C1238" r:id="rId1235" display="apģērbi,apavi,somas,smaržas,brilles,rotaslietas,u.c" xr:uid="{328D7361-2AAE-4361-BEF7-7317D76B5203}"/>
+    <hyperlink ref="C1239" r:id="rId1236" xr:uid="{BAA2397B-7E2B-4C95-B908-30584BD283DE}"/>
+    <hyperlink ref="C1240" r:id="rId1237" display="Aktuālo pieprasījumu saraksts 14.11.2025.xlsx" xr:uid="{73C3B04D-E579-41CD-B8C1-3439712A6D27}"/>
+    <hyperlink ref="C1241" r:id="rId1238" xr:uid="{4E826692-A601-4371-A03E-7467D7FED493}"/>
+    <hyperlink ref="C1242" r:id="rId1239" xr:uid="{DD278504-9EB2-4BC0-A6AB-93954EC6DB49}"/>
+    <hyperlink ref="C1243" r:id="rId1240" xr:uid="{6809AFA5-2193-4C7B-8E76-40C30CDC16A6}"/>
+    <hyperlink ref="C1244" r:id="rId1241" xr:uid="{CFEEF548-17BB-4BAB-B021-51102C327456}"/>
+    <hyperlink ref="C1245" r:id="rId1242" xr:uid="{975163E9-0FDE-4F96-8D45-80B1E7680FE7}"/>
+    <hyperlink ref="C1246" r:id="rId1243" xr:uid="{D62E4D0A-BF43-46AB-9A35-926998C0AFDD}"/>
+    <hyperlink ref="C1247" r:id="rId1244" xr:uid="{2F14AE8C-D075-4DDE-9907-E62C7150BF09}"/>
+    <hyperlink ref="C1248" r:id="rId1245" xr:uid="{0E241892-8E3B-4CDE-A9A5-3266DFEBB56E}"/>
+    <hyperlink ref="C1249" r:id="rId1246" xr:uid="{A805CC86-1E1C-4452-8B0C-867D29D89350}"/>
+    <hyperlink ref="C1250" r:id="rId1247" xr:uid="{109ABC0F-D800-4C40-8EC3-5CB61921378C}"/>
+    <hyperlink ref="C1251" r:id="rId1248" xr:uid="{6A459DCE-42F1-4A54-BB98-AC664A2E98D0}"/>
+    <hyperlink ref="C1252" r:id="rId1249" display="Aktuālo pieprasījumu saraksts 12.12.2025.xlsx" xr:uid="{C7BD1B72-28B0-4C4E-8991-48FF56146459}"/>
+    <hyperlink ref="C1253" r:id="rId1250" xr:uid="{8B9A6FBD-39C7-429B-B236-7FF866271AAF}"/>
+    <hyperlink ref="C1254" r:id="rId1251" xr:uid="{389E7831-943F-47DB-ABC6-15BAE17B3B40}"/>
+    <hyperlink ref="C1255" r:id="rId1252" xr:uid="{863B6E2C-95D1-47E4-96D0-05D7489CB536}"/>
+    <hyperlink ref="C1256" r:id="rId1253" display="televīzija, izklaides pakalpojumi, televizoru dekoderi, interaktīvie izklaides pakalpojumi, Izklaides programmatūra " xr:uid="{D2B01B17-2CBB-431D-9C82-FAA6EB3663AD}"/>
+    <hyperlink ref="C1257" r:id="rId1254" xr:uid="{F2A63A0B-A30A-442A-97E6-591A60AA9AF1}"/>
+    <hyperlink ref="C1258" r:id="rId1255" xr:uid="{A8553E90-C62E-437A-8D51-0024375EDF3E}"/>
+    <hyperlink ref="C1259" r:id="rId1256" xr:uid="{1894DAD9-F72F-4D3C-8A92-E0596CD6EF89}"/>
+    <hyperlink ref="C1260" r:id="rId1257" xr:uid="{0E6B0B55-8D35-43FC-8709-8B49640A974E}"/>
+    <hyperlink ref="C1261" r:id="rId1258" xr:uid="{FE9D89AE-29C1-4F82-99C8-FCB4B785429A}"/>
+    <hyperlink ref="C1262" r:id="rId1259" xr:uid="{77F94F6B-91B6-4E40-8D95-B80B334693A8}"/>
+    <hyperlink ref="C1263" r:id="rId1260" xr:uid="{3F394879-340A-4304-88E7-9E50A1808F44}"/>
+    <hyperlink ref="C1264" r:id="rId1261" xr:uid="{561103E9-5B01-4E71-82E7-F1C60435A6DB}"/>
+    <hyperlink ref="C1265" r:id="rId1262" xr:uid="{CBE8B05E-8905-4D76-A32C-05E29B6CA35E}"/>
+    <hyperlink ref="C1266" r:id="rId1263" xr:uid="{E0F2F330-281B-4CEF-A7D7-015C07901ED5}"/>
+    <hyperlink ref="C1267" r:id="rId1264" xr:uid="{D964CC4E-4978-454A-B550-7C1BC65739A0}"/>
+    <hyperlink ref="C1268" r:id="rId1265" xr:uid="{A0FE1A9B-4022-4DE3-ADBB-A0B5E21EE676}"/>
+    <hyperlink ref="C1269" r:id="rId1266" xr:uid="{4A228E59-DDB0-4F5C-93DB-834F61F3972E}"/>
+    <hyperlink ref="C1270" r:id="rId1267" xr:uid="{46D6D305-4F10-4355-AAE5-521B6BD6877B}"/>
+    <hyperlink ref="C1271" r:id="rId1268" display="ziepes, parfimērijas izstrādājumi, ķermeņa un skaistumkopšanas līdzekļi, nemedicīniski produkti krēmu, losjonu, emulsiju, aizsargājošu un barojošu ādas koncentrātu, saules aizsargkrēmu, šampūnu un matu kopšanas līdzekļu, matu toniku, zobu pastas, dezodorantu un antiperspirantu veidā personīgai lietošanai, medicīniski produkti krēmu, losjonu, emulsiju un aizsargājošu un barojošu ādas koncentrātu veidā u.c. " xr:uid="{29407985-F2E4-4DBE-AD5D-F775BD6C5F00}"/>
+    <hyperlink ref="C1272" r:id="rId1269" xr:uid="{969E3194-4676-4E6F-8074-49C887AF7086}"/>
+    <hyperlink ref="C1273" r:id="rId1270" xr:uid="{85AA1563-C8F1-4A18-B386-84C7EDC5A6BA}"/>
+    <hyperlink ref="C1274" r:id="rId1271" xr:uid="{60B65AE7-1549-41BF-B22B-F03FF7EDB65D}"/>
+    <hyperlink ref="C1275" r:id="rId1272" xr:uid="{C03F21AB-362F-44DD-9CCF-792CE66408ED}"/>
+    <hyperlink ref="C1276" r:id="rId1273" display="pārtīšanas mašīnas" xr:uid="{3C0140C2-C4A8-4162-A8AC-C8CA2E8AF037}"/>
+    <hyperlink ref="C1277" r:id="rId1274" xr:uid="{F5F84984-73B4-480C-8EAF-3D677D8A1EDD}"/>
+    <hyperlink ref="C1278" r:id="rId1275" xr:uid="{3B024D09-C401-474C-B730-5486CE3B7A8D}"/>
+    <hyperlink ref="C1279" r:id="rId1276" xr:uid="{73FA618A-E838-4748-872E-92DF3ED08B30}"/>
+    <hyperlink ref="C1280" r:id="rId1277" xr:uid="{1A8173DE-FB3F-40DE-A040-E02E41D25D43}"/>
+    <hyperlink ref="C1281" r:id="rId1278" display="rotaļu figūriņas, kartona kastes,  kolekcionējamas rotaļu figūriņas" xr:uid="{1533D53A-4059-4C79-9952-C836A33D5C58}"/>
+    <hyperlink ref="C1282" r:id="rId1279" display="vakuuma termosi dzērienu uzglabāšanai, lāzes, dzeršanas trauki un bāra piederumi,  termosi; pudeles; siltumizolēti trauki, galda piederumi, virtuves piederumi un konteineri, dzesētāji [neelektriski trauki], dzērienu kannas u.c." xr:uid="{B0D443E8-245B-4D44-AF72-42EC218D6BC4}"/>
+    <hyperlink ref="C165" r:id="rId1280" display="inhalatori,u.c." xr:uid="{0D9C410D-24F9-4107-9D36-B9F2067E6F1A}"/>
+    <hyperlink ref="C1283" r:id="rId1281" xr:uid="{24BE8C72-CCEE-442B-AD80-8C030437C321}"/>
+    <hyperlink ref="C1284" r:id="rId1282" display="datu apstrādes iekārtas un datori, datoru programmatūra un datoru aparatūra, viss iepriekš minētais īpaši un unikāli izstrādāts, pielāgots un pārdots izmantošanai mehānisko transportlīdzekļu un to daļu, aeronavigācijas transportlīdzekļu un to daļu, jūras transportlīdzekļu un to daļu, radioaparātu, GPS navigācijas ierīču, televizoru jomā, baterijas, elektriskie savienotāji un īpaši izņemot vispārējas nozīmes lietojumprogrammu izstrādes programmatūru, rīkus un utilītas, kā arī vispārējas nozīmes datu bāzes pārvaldības programmatūra elektroniskas vadības ierīces ratiņkrēsliem, elektroniskie ātruma un virziena regulatori transportlīdzekļiem, programmatūra, lai nodrošinātu attālo savienojumu ar pacientu monitoriem; elektroniskie ātruma un virziena regulatori ratiņkrēsliem,darbgaldidzesēšanas ventilatori, ieplūdes gaisa sildītāji, ūdens vārsti; aizdedzes, aukstā maisījuma sildītāji, Rūpnieciskās eļļas un smērvielas, vasks; smērvielas; Putekļus absorbējoši, mitrinoši un saistoši maisījumi; degviela un apgaismotāji; sveces un daktis apgaismošanai; uzliesmojoša degviela; dzinēju eļļas; Smēreļļa mehānisko transportlīdzekļu dzinējiem; motoreļļas; transmisijas eļļa,mehāniski darbināmi instrumenti; motori un dzinēji, izņemot sauszemes transportlīdzekļiem" xr:uid="{3319CC04-3B45-4602-B30E-2452BCB344CA}"/>
+    <hyperlink ref="C1285" r:id="rId1283" xr:uid="{E6930D52-F8A0-427D-807B-2AC250C7D499}"/>
+    <hyperlink ref="C1286" r:id="rId1284" xr:uid="{368D878D-60A4-4E2F-BF6F-5F55596B2464}"/>
+    <hyperlink ref="C1287" r:id="rId1285" xr:uid="{21DC375C-6E01-42C1-A90A-3405C10D70BA}"/>
+    <hyperlink ref="C1288" r:id="rId1286" xr:uid="{EE8389E6-84CE-4108-947C-05782A9610FB}"/>
+    <hyperlink ref="C1289" r:id="rId1287" xr:uid="{2391C430-E281-44FA-9463-EB56635B0A36}"/>
+    <hyperlink ref="C1290" r:id="rId1288" display="kosmētiskie līdzekļi,ziepes,ēteriskās eļļas,smaržas,ķermeņa dezodoranti,dušas želejas,šampūni un matu losjoni,filmas,videoieraksti un kasetes,datorprogrammas,radiosaulesbrilles,brilles,briļļu rāmji un aksesuāri,apģērbi,apavi,galvassegas,apakšveļa,krekliņi" xr:uid="{8C5997B3-D163-40B3-98C6-D7F73828202C}"/>
+    <hyperlink ref="C1291" r:id="rId1289" xr:uid="{C8D6FB47-46FB-482B-913E-71CB18FE98C6}"/>
+    <hyperlink ref="C1292" r:id="rId1290" display="Aktuālo pieprasījumu saraksts 17.01.2026.xlsx" xr:uid="{D4F6909A-D349-4FC9-A527-3E63F8A76685}"/>
+    <hyperlink ref="C1293" r:id="rId1291" xr:uid="{753FA311-F2BE-496B-B743-B887CABBAC85}"/>
+    <hyperlink ref="C1294" r:id="rId1292" xr:uid="{521ED34B-0B60-4A6F-9641-247A6F707286}"/>
+    <hyperlink ref="C1295" r:id="rId1293" xr:uid="{E03213A4-7756-4331-BFD1-CC0A9F55D2C3}"/>
+    <hyperlink ref="C1296" r:id="rId1294" xr:uid="{9926D4C1-EFD3-4AC9-9691-5C000A77B820}"/>
+    <hyperlink ref="C1297" r:id="rId1295" display="apģērbi, smaržas; smaržvielas u.c." xr:uid="{23AE31F9-6190-4C2E-A241-B22A2F117605}"/>
+    <hyperlink ref="C1298" r:id="rId1296" display="kases aparāti; elektroniskie svari; aparāti banknošu autentiskuma pārbaudei, banknošu skaitīšanas iekārtas, rēķināšanas mašīnas; optisko disku un svītrkodu lasītāji, printeri izmantošanai ar datoriem, kartes ar mikroprocesoriem, biroja piederumi u.c." xr:uid="{D32D36EF-E497-4599-919E-E6E86888CCA5}"/>
+    <hyperlink ref="C1299" r:id="rId1297" xr:uid="{88441159-9AA2-4A47-B529-1D6A4C95F8E7}"/>
+    <hyperlink ref="C1300" r:id="rId1298" xr:uid="{B9A786E9-4B17-4FD5-B0E3-CF457D979532}"/>
+    <hyperlink ref="C1301" r:id="rId1299" xr:uid="{800FC35B-46FC-4F96-9ED5-EC32F971292D}"/>
+    <hyperlink ref="C1302" r:id="rId1300" xr:uid="{6CE32D79-A6C8-4FE1-AB30-75AB4AE6E683}"/>
+    <hyperlink ref="C1303" r:id="rId1301" xr:uid="{120F1424-1CBB-483C-B321-E3CE2ECDB8E8}"/>
+    <hyperlink ref="C1304" r:id="rId1302" display="smaržas,smaržu pudelītes,  kartona iepakojums u.c. " xr:uid="{3C52FBC4-75EB-4C10-AAD5-C7B5CF833B20}"/>
+    <hyperlink ref="C1305" r:id="rId1303" display="multivitamīnu preparāti farmaceitiskie preparāti un vielas... gremošanas līdzekļi farmaceitiskiem nolūkiem paracetamols, paracetamola preparāti iekšķīgai lietošanai... pretsāpju līdzekļi, zobu birstes, mutes skalošanas līdzeklis, zobu pasta,zobu birstes, mutes skalošanas līdzeklis, protēžu līmes; tīrīšanas līdzekļi u.c." xr:uid="{F356703E-D062-4AD5-8BEC-AF1B2E283646}"/>
+    <hyperlink ref="C1306" r:id="rId1304" xr:uid="{6DFF867B-14BC-4241-AACA-F38C74EC2112}"/>
+    <hyperlink ref="C1307" r:id="rId1305" xr:uid="{BD82BD70-1B5C-4A96-90C5-E5E60A38140A}"/>
+    <hyperlink ref="C1308" r:id="rId1306" xr:uid="{8FF0003F-9CA2-44BC-8475-CD6E49C6EDE5}"/>
+    <hyperlink ref="C528" r:id="rId1307" display="kukaiņu kodumu dziedniece, odu koduma dziedniece, koduma dziedniece" xr:uid="{EC78A5B2-15DC-4248-AF61-7C9C77CDCD3B}"/>
+    <hyperlink ref="C1345" r:id="rId1308" xr:uid="{FE16A496-FEF9-4510-A0E8-953BE2B1DD95}"/>
+    <hyperlink ref="C1346" r:id="rId1309" xr:uid="{2198350D-7D26-4A05-8422-7FA5F0B2B6F3}"/>
+    <hyperlink ref="C1347" r:id="rId1310" xr:uid="{D006D935-9407-46E4-A62E-4A595AB033E8}"/>
+    <hyperlink ref="C1348" r:id="rId1311" xr:uid="{1CA9DB1B-E635-4676-A397-5535155CEE3B}"/>
+    <hyperlink ref="C1349" r:id="rId1312" xr:uid="{69EBC8A0-EBC4-48EB-8549-E48C82FF91AC}"/>
+    <hyperlink ref="C1354" r:id="rId1313" display="alkoholiskie dzērieni" xr:uid="{E0008E44-6D76-4601-9A06-562B7C748F6D}"/>
+    <hyperlink ref="C1358" r:id="rId1314" xr:uid="{5BB6C9D8-46D5-4269-BE68-BBE49C6A8621}"/>
+    <hyperlink ref="C1362" r:id="rId1315" xr:uid="{6BFBAE5C-CF9B-475A-A1FB-F55F0EFC9258}"/>
+    <hyperlink ref="C1364" r:id="rId1316" xr:uid="{799E00F9-191F-46D1-830A-D52689506B48}"/>
+    <hyperlink ref="C901" r:id="rId1317" display="Aktuālo pieprasījumu saraksts 13.12.2024.xlsx" xr:uid="{F9F932BE-1DA1-4532-8B4D-BC3E0C752C45}"/>
+    <hyperlink ref="C998" r:id="rId1318" display="Aktuālo pieprasījumu saraksts 11.04.2025.xlsx" xr:uid="{CB05A1FC-52D4-4D08-9481-E7F32F84D04F}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup paperSize="9" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId37"/>
+  <pageSetup paperSize="9" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1319"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="B2:G26"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="L20" sqref="L20"/>
+      <selection activeCell="K33" sqref="K33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="2" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B2" s="71" t="s">
-[...6 lines deleted...]
-      <c r="G2" s="72"/>
+      <c r="B2" s="23" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C2" s="24"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="24"/>
+      <c r="F2" s="24"/>
+      <c r="G2" s="24"/>
     </row>
     <row r="3" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B3" s="73" t="s">
-[...6 lines deleted...]
-      <c r="G3" s="75"/>
+      <c r="B3" s="25" t="s">
+        <v>2009</v>
+      </c>
+      <c r="C3" s="24"/>
+      <c r="D3" s="24"/>
+      <c r="E3" s="24"/>
+      <c r="F3" s="24"/>
+      <c r="G3" s="24"/>
     </row>
     <row r="4" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B4" s="73" t="s">
-[...6 lines deleted...]
-      <c r="G4" s="75"/>
+      <c r="B4" s="25" t="s">
+        <v>2010</v>
+      </c>
+      <c r="C4" s="24"/>
+      <c r="D4" s="24"/>
+      <c r="E4" s="24"/>
+      <c r="F4" s="24"/>
+      <c r="G4" s="24"/>
     </row>
     <row r="5" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B5" s="73" t="s">
-[...6 lines deleted...]
-      <c r="G5" s="75"/>
+      <c r="B5" s="25" t="s">
+        <v>2011</v>
+      </c>
+      <c r="C5" s="24"/>
+      <c r="D5" s="24"/>
+      <c r="E5" s="24"/>
+      <c r="F5" s="24"/>
+      <c r="G5" s="24"/>
     </row>
     <row r="6" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B6" s="73" t="s">
-[...6 lines deleted...]
-      <c r="G6" s="75"/>
+      <c r="B6" s="25" t="s">
+        <v>2012</v>
+      </c>
+      <c r="C6" s="24"/>
+      <c r="D6" s="24"/>
+      <c r="E6" s="24"/>
+      <c r="F6" s="24"/>
+      <c r="G6" s="24"/>
     </row>
     <row r="7" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B7" s="73" t="s">
-[...6 lines deleted...]
-      <c r="G7" s="75"/>
+      <c r="B7" s="25" t="s">
+        <v>2013</v>
+      </c>
+      <c r="C7" s="24"/>
+      <c r="D7" s="24"/>
+      <c r="E7" s="24"/>
+      <c r="F7" s="24"/>
+      <c r="G7" s="24"/>
     </row>
     <row r="8" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B8" s="73" t="s">
-[...6 lines deleted...]
-      <c r="G8" s="75"/>
+      <c r="B8" s="25" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C8" s="24"/>
+      <c r="D8" s="24"/>
+      <c r="E8" s="24"/>
+      <c r="F8" s="24"/>
+      <c r="G8" s="24"/>
     </row>
     <row r="9" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B9" s="73" t="s">
-[...6 lines deleted...]
-      <c r="G9" s="75"/>
+      <c r="B9" s="25" t="s">
+        <v>2015</v>
+      </c>
+      <c r="C9" s="24"/>
+      <c r="D9" s="24"/>
+      <c r="E9" s="24"/>
+      <c r="F9" s="24"/>
+      <c r="G9" s="24"/>
     </row>
     <row r="10" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B10" s="73" t="s">
-[...6 lines deleted...]
-      <c r="G10" s="75"/>
+      <c r="B10" s="25" t="s">
+        <v>2016</v>
+      </c>
+      <c r="C10" s="24"/>
+      <c r="D10" s="24"/>
+      <c r="E10" s="24"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="24"/>
     </row>
     <row r="11" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B11" s="73" t="s">
-[...6 lines deleted...]
-      <c r="G11" s="75"/>
+      <c r="B11" s="25" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C11" s="24"/>
+      <c r="D11" s="24"/>
+      <c r="E11" s="24"/>
+      <c r="F11" s="24"/>
+      <c r="G11" s="24"/>
     </row>
     <row r="12" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B12" s="73" t="s">
-[...6 lines deleted...]
-      <c r="G12" s="75"/>
+      <c r="B12" s="25" t="s">
+        <v>2018</v>
+      </c>
+      <c r="C12" s="24"/>
+      <c r="D12" s="24"/>
+      <c r="E12" s="24"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="24"/>
     </row>
     <row r="13" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B13" s="73" t="s">
-[...6 lines deleted...]
-      <c r="G13" s="75"/>
+      <c r="B13" s="25" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C13" s="24"/>
+      <c r="D13" s="24"/>
+      <c r="E13" s="24"/>
+      <c r="F13" s="24"/>
+      <c r="G13" s="24"/>
     </row>
     <row r="14" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B14" s="73" t="s">
-[...6 lines deleted...]
-      <c r="G14" s="75"/>
+      <c r="B14" s="25" t="s">
+        <v>2020</v>
+      </c>
+      <c r="C14" s="24"/>
+      <c r="D14" s="24"/>
+      <c r="E14" s="24"/>
+      <c r="F14" s="24"/>
+      <c r="G14" s="24"/>
     </row>
     <row r="15" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B15" s="76" t="s">
-[...6 lines deleted...]
-      <c r="G15" s="78"/>
+      <c r="B15" s="26" t="s">
+        <v>2021</v>
+      </c>
+      <c r="C15" s="24"/>
+      <c r="D15" s="24"/>
+      <c r="E15" s="24"/>
+      <c r="F15" s="24"/>
+      <c r="G15" s="24"/>
     </row>
     <row r="16" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B16" s="70" t="s">
-[...6 lines deleted...]
-      <c r="G16" s="69"/>
+      <c r="B16" s="25" t="s">
+        <v>2022</v>
+      </c>
+      <c r="C16" s="24"/>
+      <c r="D16" s="24"/>
+      <c r="E16" s="24"/>
+      <c r="F16" s="24"/>
+      <c r="G16" s="24"/>
     </row>
     <row r="17" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B17" s="73" t="s">
-[...6 lines deleted...]
-      <c r="G17" s="75"/>
+      <c r="B17" s="25" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C17" s="24"/>
+      <c r="D17" s="24"/>
+      <c r="E17" s="24"/>
+      <c r="F17" s="24"/>
+      <c r="G17" s="24"/>
     </row>
     <row r="18" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B18" s="73" t="s">
-[...6 lines deleted...]
-      <c r="G18" s="75"/>
+      <c r="B18" s="25" t="s">
+        <v>2024</v>
+      </c>
+      <c r="C18" s="24"/>
+      <c r="D18" s="24"/>
+      <c r="E18" s="24"/>
+      <c r="F18" s="24"/>
+      <c r="G18" s="24"/>
     </row>
     <row r="19" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B19" s="73" t="s">
-[...6 lines deleted...]
-      <c r="G19" s="75"/>
+      <c r="B19" s="25" t="s">
+        <v>2025</v>
+      </c>
+      <c r="C19" s="24"/>
+      <c r="D19" s="24"/>
+      <c r="E19" s="24"/>
+      <c r="F19" s="24"/>
+      <c r="G19" s="24"/>
     </row>
     <row r="20" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B20" s="73" t="s">
-[...6 lines deleted...]
-      <c r="G20" s="75"/>
+      <c r="B20" s="25" t="s">
+        <v>2026</v>
+      </c>
+      <c r="C20" s="24"/>
+      <c r="D20" s="24"/>
+      <c r="E20" s="24"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="24"/>
     </row>
     <row r="21" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B21" s="70" t="s">
-[...6 lines deleted...]
-      <c r="G21" s="69"/>
+      <c r="B21" s="25" t="s">
+        <v>2027</v>
+      </c>
+      <c r="C21" s="24"/>
+      <c r="D21" s="24"/>
+      <c r="E21" s="24"/>
+      <c r="F21" s="24"/>
+      <c r="G21" s="24"/>
     </row>
     <row r="22" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B22" s="79" t="s">
-[...6 lines deleted...]
-      <c r="G22" s="81"/>
+      <c r="B22" s="27" t="s">
+        <v>2028</v>
+      </c>
+      <c r="C22" s="24"/>
+      <c r="D22" s="24"/>
+      <c r="E22" s="24"/>
+      <c r="F22" s="24"/>
+      <c r="G22" s="24"/>
     </row>
     <row r="23" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B23" s="73" t="s">
-[...6 lines deleted...]
-      <c r="G23" s="75"/>
+      <c r="B23" s="25" t="s">
+        <v>2029</v>
+      </c>
+      <c r="C23" s="24"/>
+      <c r="D23" s="24"/>
+      <c r="E23" s="24"/>
+      <c r="F23" s="24"/>
+      <c r="G23" s="24"/>
     </row>
     <row r="24" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B24" s="73" t="s">
-[...6 lines deleted...]
-      <c r="G24" s="75"/>
+      <c r="B24" s="25" t="s">
+        <v>2030</v>
+      </c>
+      <c r="C24" s="24"/>
+      <c r="D24" s="24"/>
+      <c r="E24" s="24"/>
+      <c r="F24" s="24"/>
+      <c r="G24" s="24"/>
     </row>
     <row r="25" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B25" s="82" t="s">
-[...6 lines deleted...]
-      <c r="G25" s="84"/>
+      <c r="B25" s="28" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C25" s="24"/>
+      <c r="D25" s="24"/>
+      <c r="E25" s="24"/>
+      <c r="F25" s="24"/>
+      <c r="G25" s="24"/>
     </row>
     <row r="26" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B26" s="73" t="s">
-[...6 lines deleted...]
-      <c r="G26" s="75"/>
+      <c r="B26" s="25" t="s">
+        <v>2032</v>
+      </c>
+      <c r="C26" s="24"/>
+      <c r="D26" s="24"/>
+      <c r="E26" s="24"/>
+      <c r="F26" s="24"/>
+      <c r="G26" s="24"/>
     </row>
   </sheetData>
-  <phoneticPr fontId="5" type="noConversion"/>
+  <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="M38" sqref="M38"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
+  <sheetData/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
@@ -33374,100 +38678,108 @@
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{285ED791-06CB-4AED-B25E-FD8A5B9191D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F628D53-2959-42DA-9E4D-B034AE7E7603}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{813FE741-B7EB-4D2B-B77E-3B7895D96125}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="2451837a-429d-469f-9860-e08ca2df3d99"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="2451837a-429d-469f-9860-e08ca2df3d99"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4166531-81CF-439C-ADDB-D1451044F4FC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2451837a-429d-469f-9860-e08ca2df3d99"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Charts</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>Apzīmējumi</vt:lpstr>
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>Sheet2</vt:lpstr>
+      <vt:lpstr>Sheet3</vt:lpstr>
+      <vt:lpstr>Chart1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>VID</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>GMP</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>